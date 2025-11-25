--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -12,2890 +12,2893 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4425">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4758">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Кыргызча
 # Source: https://hadeethenc.com/ky
-# Last update: 2025-04-04 17:34:55 (v1.17.0)
-# Check for updates: https://hadeethenc.com/en/check/ky/v1.17.0
+# Last update: 2025-11-12 00:09:53 (v1.20.0)
+# Check for updates: https://hadeethenc.com/en/check/ky/v1.20.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً</t>
-[...2 lines deleted...]
-    <t>"Анда Рамазан айы келгенде умрага бар. Ал айдагы умра ажыга тете болот" - деди</t>
+    <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
+  </si>
+  <si>
+    <t>Анда Рамазан айы келгенде умрага бар. Ал айдагы умра ажыга тете болот" - деди</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
   </si>
   <si>
     <t>Ибн Аббас (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси ансарлардан бир аялга (Ибн Аббас анын атын айтты эле, мен унутуп калдым): "Эмненин айынан биз менен ажыга барбай калдың?" - деди. Ал: Бизде эки төөбүз бар эле, анын бирин минип күйөөм менен балам ажыга кетти. Экинчисин суу ташып ичкенге пайдаланып жатканбыз" - деди. "Анда Рамазан айы келгенде умрага бар. Ал айдагы умра ажыга тете болот" - деди.</t>
   </si>
   <si>
     <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
 فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
 فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) коштошуу ажылыгынан келгенден кийин, ансарлардан ажыга барбай калган бир аялга кайрылып: "Биз менен ажыга баруудан сени эмне тосуп калды?" - деп сурайт.
 Аял аларда эки төөсү болгонун, анын бирин күйөөсү менен баласы минип ажыга кеткенин, экинчисин үйдө калгандарга кудуктан суу ташып ичип туруу үчүн калтырышканын айтып үзүрүн билдирет.
 Ошондо Пайгамбарыбыз (ага Алланын тынчтыгы жана мактоосу болсун) ага Рамазан айында умра кылуу ажылык кылгандай сооптуу болорун айтты.</t>
   </si>
   <si>
     <t>فضيلة العمرة في شهر رمضان.
 العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
 ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
   </si>
   <si>
     <t>Рамазан айындагы умра артыкчылыктуу болот.
 Рамазан айында аткарылган умра сообу жагынан ажыга тете болот, бирок ажылыктын милдетин моюндан түшүрбөйт.
 Иш-амалдардын сооп-сыйлыгы убакыттын артыкчылыгына карап көбөйөт. Буга Рамазан айындагы иш-амалдар да кирет.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[Сахих (ишенимдүү)]</t>
   </si>
   <si>
     <t>[Муттафакун алайхи (хадистин ишенимдүүлүгүнө бир ооздон макулдашылган)]</t>
   </si>
   <si>
     <t>ky</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2753</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>Кимде-ким Аллах үчүн аялы менен жыныстык катнаш кылбай жана бузукулук иштерди кылбай ажылык кылса, анда ал энеден төрөлгөндөй күнөөлөрүнөн таза болуп кайтат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылып айтат: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Кимде-ким Аллах үчүн аялы менен жыныстык катнаш кылбай жана бузукулук иштерди кылбай ажылык кылса, анда ал энеден төрөлгөндөй күнөөлөрүнөн таза болуп кайтат».</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам: «Кимде-ким Аллах үчүн аялы менен жыныстык катнаш кылбай ажылык кылса» - деген сөзүндөгү жыныстык катнаш – бул жыныстык катнаш кылуу жана ага киришүүдөн алдынкы өбүшүү жана кармалашуу экендигин баяндап жатат. Жана жыныстык катнаш – бул жаман сөздөр деп да айтылат. Ошондой эле анын «бузукулук иштерди аткарбай» деген сөзү – бул жаман иштерди жана күнөө иштерди аткарбоо экендигин баяндап жатат. Жана Ажылык учурунда тыюу салынган (1) иштерди кылуу да бузукулук иштерден болот. Кимде-ким Аллах үчүн ушуларды кылбай ажылык кылса, анда ажылыктан энеден төрөлгөндөй күнөөлөрүнөн таза ымыркай сыяктуу күнөөсү кечирилген абалда кайтарын баяндап жатат.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Бузукулук иштерди кылуу бардык учурда тыюу салынат. Ошондуктан ажылык амалдарын улуктугу үчүн ажылык учурунда бузукулук иштерден тыюу бекемделип жатат.
 Инсан күнөөсүз төрөлөт жана ал өзүнөн башкалардын күнөөсүн көтөрбөйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2758</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ</t>
+    <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>О, Аллахтын элчиси, жихадды амалдардын абзели деп билебиз. Жихадга чыкпайбызбы?" Аллахтын элчиси: "Жок, жихаддын абзели - бул, кабыл болгон ажылык" - деп жооп берет</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) минтип айтат: "О, Аллахтын элчиси, жихадды амалдардын абзели деп билебиз. Жихадга чыкпайбызбы?" Аллахтын элчиси: "Жок, жихаддын абзели - бул, кабыл болгон ажылык" - деп жооп берет.</t>
   </si>
   <si>
     <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
 فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
 فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
   </si>
   <si>
     <t>Сахабалар (аларга Аллах ыраазы болсун) Аллах жолундагы жихадга чыгууну, душман менен согушууну амалдардын абзели деп билген. Айша энебиз (ага Аллах ыраазы болсун) пайгамбарыбыздан жихадка чыгууну сурайт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага туура жол көрсөтүп, аялдар үчүн жихаддын жакшысы кабыл боло турган ажылык, тагыраагы, Куран жана сүннөткө ылайык, күнөө жана эл көрсүндөн таза аткарылган ажылык экенин айтат.</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>Эркектер үчүн абзел амалдардын бири жихад.
 Аялдар үчүн жихадга караганда ажылык абзел. Бул алар үчүн эң абзел амалдардын бири.
 Аткаруучуга карап амалдар ар түрдүү жана артыкчылыктуу болот.
 Ажылык дагы жихад деп аталат. Анткени ал напсиге карата жихад болуп эсептелет. Анда мал-мүлк сарпталат, дене-мүчөгө күч келет. Ажылык Аллах жолундагы жихадга окшош мал-мүлк жана дене мүчөлөр менен аткарылат.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[Бухари жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2759</t>
   </si>
   <si>
-    <t>يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ</t>
+    <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>Эй, Аббас, эй, Аллахтын элчисинин агасы, Аллахтан дүйнө жана акыреттин амандыгын тиле" - деди</t>
   </si>
   <si>
     <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
   </si>
   <si>
     <t>Аббас бин Абдулмуталиб (ага Аллах ыразы болсун) айтат: Аллахтын элчисине: "О, Аллахтын элчиси, мага Аллахтан сурай турган нерсени үйрөтүңүзчү" - дедим. Ал: "Аллахтан амандык тиле" - деди. Бир канча күндөн кийин кайра келип: "О, Аллахтын элчиси, мага Аллахтан эмнени суроону үйрөтүңүзчү" - дедим. Ал мага: "Эй, Аббас, эй, Аллахтын элчисинин агасы, Аллахтан дүйнө жана акыреттин амандыгын тиле" - деди.</t>
   </si>
   <si>
     <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) атасы менен бир тууган агасы Аббас (ага Аллах ыраазы болсун) Аллахтан эмнени сурап дуба кылуу керектигин үйрөтүүсүн пайгамбарыбыздан суранат. Пайгамбарыбыз ага дин ишинде, дүйнө ишинде, акыретинде апааттардан жана айып-кемчиликтен аман кылуусун тиле деп үйрөтөт. Бир канча күндөн кийин кайра келип Аллахтан эмнени сурап дуба кылайын деп экинчи жолу сурайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага кам көрүп: "Эй, Аббас, эй, Аллахтын элчисинин агасы, Аллахтан бардык жамандыкты алып кете турган, бардык жакшылыкты  алып келе турган жана дүйнө, акыретте пайда бере турган амандыкты тиле" - деп үйрөттү.</t>
   </si>
   <si>
     <t>تَكرار النبيِّ صلى الله عليه وسلم نفسَ الإجابةِ للعباس حين سألَه للمرة الثانية يدلُّ على أن العافية هي خير ما يَسأل العبدُ ربَّه.
 بيان فضل العافية وأن فيها جماع الخير في الدنيا والآخرة.
 حرص الصحابة رضوان الله عليهم على الاستزادة من العلم والخير.</t>
   </si>
   <si>
     <t>Аббастын эки жолку суроосуна тең пайгамбарыбыздын бир жоопту берип кайталаганы, амандык пенде Раббисинен сурай турган эң жакшы нерсе экенине далил.
 Амандык тилөөдө дүйнө жана акыреттин жакшылыктары камтылган.
 Сахабалар илимин жана жакшылык иштерин арттырууга кызыкдар болушкан.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[Сахих лигойрихи (башка дагы жакшы айтымы бар жакшы хадис)]</t>
   </si>
   <si>
     <t>[Ат-Тирмизи жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2932</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>Силерге чоң күнөөлөрдүн эң оору жөнүндө кабар берейинби?"- деп үч жолу айтты. Ошондо сахабалар: "Ооба, оо, Аллахтын Элчиси!" - дешти. Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Аллахка шерик кошуу жана ата-энени нараазы кылуу". Ошондо Пайгамбар жөлөнүп жаткан жеринен отура калып: "Жалган күбөлүк берүү!" - деп кайра-кайра айтып, биз: "Токтотсо экен" дегенге чейин кайталай берди</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Абу Бакра, ​​радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Силерге чоң күнөөлөрдүн эң оору жөнүндө кабар берейинби?"- деп үч жолу айтты. Ошондо сахабалар: "Ооба, оо, Аллахтын Элчиси!" - дешти. Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Аллахка шерик кошуу жана ата-энени нараазы кылуу". Ошондо Пайгамбар жөлөнүп жаткан жеринен отура калып: "Жалган күбөлүк берүү!" - деп кайра-кайра айтып, биз: "Токтотсо экен" дегенге чейин кайталай берди".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, сахабаларына күнөөлөрдүн эң чоңу жөнүндө кабар берип жатып, бул үчөөнү айтты:
 1. Аллахка шерик кошуу деген - ал ибадаттын кандай түрүн болсо да Аллахтан башкага кылуу жана Аллахтан башканы улухияда, рубубияда, Аллахтын ысым-сыпаттарында Аллах менен теңөө болуп саналат.
 2. Ата-энени нараазы кылуу - бул ата-энеге сөз менен болсо да, кыймыл аракет менен болсо да зыян жеткирүү жана аларга жакшылык кылууну таштоо.
 3. Жалган күбөлүк берүү жана жалгандан күбөлүккө өтүү. Бул акчасын алып, ар-намысына шек келтирип, же башка ушул сыяктуу нерселер менен айыпка жыгып каралоо максатында жалган айтылган сөздөр.
 Пайгамбар, саллаллаху алейхи уа саллам, бир нече жолу жалгандан күбөлүк берүүдөн кайра-кайра эскертип, анын жамандыгынан жана анын коомго тийгизген терс таасиринен эскертип жатканда Сахабалар Пайгамбарга боорлору ооруп, аны кыйнаган нерсени жек көрүшүп: «Пайгамбар токтосо экен» деп айтышты.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Эң чоң күнөө – бул Аллахка ширк кылуу. Анткени Аллах Таала аны чоң күнөөлөрдүн башаты жана күнөөлөрдүн эң чоңу экенин баяндап, бул сөзүндө бекемдеди: "Албетте, Аллах Өзүнө шерик кошулуусун кечирбейт. Мындан башка күнөөнү Өзү каалаган пендесинен кечирет".
 Ата-эненин акысынын улуулугу. Анткени Пайгамбар алардын акыларын Аллах Тааланын акысы менен бирге айтты.
 Күнөөлөр чоң жана кичине күнөөлөр болуп экиге бөлүнөт. Чоң күнөө - бул худуд жана лиаан (1) айтышуу сыяктуу бул дүйнөдө жазасы бар ар бир күнөө же тозок азабы сыяктуу акыретте жазасы бар күнөө. Албетте чоң күнөөлөрдүн даражалары бар. Чоң күнөөлөрдүн кээ бирлери кээ бирлеринен арамдык жагынан оор. Ал эми чоң күнөөлөрдөн башкалары алар кичине күнөөлөр.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ</t>
+    <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>Улук Аллах Таала силерди атаңардын аты менен касам ичүүдөн тыйды</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>Умар бин Хаттаб (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Улук Аллах Таала силерди атаңардын аты менен касам ичүүдөн тыйды". Умар айтат: Аллахка касам ичип айтам, Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) мындан тыйганын уккандан бери, атайлап да, бирөөнүн айтканын кайталап да, атамдын аты менен касам ичпедим.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала ата-бабанын аты менен касам ичүүдөн тыйганын кабарлаган. Касам ичүүнү каалаган адам Аллахтын аты менен гана касам ичсин, Андан башка менен касам ичүүгө болбойт. Анан Умар бин Хаттаб (ага Аллах ыраазы болсун) ошол Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) бул тууралуу уккандан бери бир да жолу антип касам ичпегенин эскерет. Атайын да, Аллахтын атынан башкага касам ичкен бирөөнүн сөзүн кайталап да минтип касам ичкен эмес экен.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>Аллахтын атынан башка бардык нерсе менен касам ичүү арам. Ал эми ата-бабанын аты менен деп айтканы, исламга чейинки доордо ушундай касам кеңири тараган болчу.
 Касам: бул Аллах менен же Анын ысымдары, же сыпаттары менен кайсы бир ишти бышыктап билдирүү үчүн айтылган сөз.
 Умар бин Хаттабдын (ага Аллах ыраазы болсун) буйрукту дароо аткарган артыкчылыгы, түшүнүктүүлүгү жана такыбалыгын (байкайбыз).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2945</t>
   </si>
   <si>
-    <t>أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ</t>
+    <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кайсы бир казатында кайтыш болгондордун арасынан аял кишинин өлүгү чыгат. Ошондо пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) согушта аялдарды жана жаш балдарды өлтүрүүнү катуу кайтарды</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُما: أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ.</t>
   </si>
   <si>
     <t>Абдуллах бин Умар (аларга Аллах ыраазы болсун) минтип айткан: Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кайсы бир казатында кайтыш болгондордун арасынан аял кишинин өлүгү чыгат. Ошондо пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) согушта аялдарды жана жаш балдарды өлтүрүүнү катуу кайтарды.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم امرأةً مقتولةً في إحدى الغزوات، فأنْكَرَ قَتْلَ النساء والصيبان الصغار الذين لم يبلغوا الحنث.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир казатта өлтүрүлгөн аялды көрүп, согушта аялдарды жана балакат жаш курагына жете элек балдарды өлтүрүүгө катуу кайтарды.</t>
   </si>
   <si>
     <t>مَن لم يقاتل مِن النساء، والصبيان، ومَن في حُكمهم من الشيوخ الفانِيْن والرهبان، فإنهم لا يُقتَلون، ما لم يكن هؤلاء من أصحاب رأي ومساعدة على قتال المسلمين، فإذا كانوا كذلك فإنهم يُقتلون.
 النهي عن قتل النساء والصبيان؛ لأن هؤلاء لا يُقاتلون المسلمين، والمقصود من الجهاد في سبيل الله تعالى كَسْر شوكة المقاتلين فقط؛ حتى تصل دعوة الحق إلى الناس أجمعين.
 رحمة النبي صلى الله عليه وسلم حتى في الغزوات والحروب.</t>
   </si>
   <si>
     <t>Согушка катышпаган аялдар, жаш балдар, кары-картаңдар жана кечилдер, эгер согушка карата согуштук пландарын  айтып, мусулмандарга каршы дашманга жардам бербесе, аларды өлтүрүүгө болбойт. Эгер душманга ар кандай жолдор менен жардам берсе, анда өлтүрүүгө уруксат.
 Аялдарды жана балдарды өлтүрүүдөн тыюунун себеби алар мусулмандарга каршы курал көтөрүп чыкпайт. Аллах жолундагы жихаддын максаты, акыйкат чакырыгы элге жетүүсү үчүн, ага тоскоол болуп согушка чыккандардын канатын кайруу гана.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) казат, согуштарда да ырайымдуу болгон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2949</t>
   </si>
   <si>
-    <t>نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ</t>
+    <t>نهى عن النذر، وقال: إنه لا يأتي بخير، وإنما يستخرج به من البخيل</t>
   </si>
   <si>
     <t>назр кылуудан тыйып: "Назр жакшылык алып келбейт, сараң адамдан гана чыгарылуусу талап кылынат" - деди</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ».</t>
   </si>
   <si>
     <t>Ибн Умар (аларга Аллах ыраазы болсун) минтип айткан: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун)  назр кылуудан тыйып: "Назр жакшылык алып келбейт, сараң адамдан гана чыгарылуусу талап кылынат" - деди.</t>
   </si>
   <si>
     <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) назр кылуудан тыйган. Назр - бул, адам өзүнө-өзү шарият буйрубаган ишти жүктөп алуусу. Назр тагдырда жазылган ишти алдыга да, артка да жылдырып жибербейт. Болгону назр кылуу важиб болуп калган соң, сараң адамдын бир нерсе чыгаруусу талап кылынат. (Мисалы: эгер оорудан айыгып кетсем, миң сом садага берем десе, ушул назр болуп эсептелет. Айыкканда миң сом садага бериши милдеттүү болот).</t>
   </si>
   <si>
     <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
 العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
 قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
   </si>
   <si>
     <t>Назр кылуу шарияттын буйругу эмес. Бирок күнөө иштен  башка нерсени назр кылса, аны аткаруусу важыб болот.
 Назр кылуудан тыюунун негизги себеби, анда эч кандай жакшылык жок. Назр Аллахтын жазган тагдырынан эч нерсени кайтарып жибербейт. Назр кылган адам, ушул назрым үчүн Аллах Таала менин суранычымды аткарат деп ойлоп албоосу керек. Аллах Таала пенденин назрына муктаж эмес.
 Куртуби минтип айткан: "Бул тыюунун себеби, мисалы бирөө: "Эгер Аллах мага шыпаа берсе, мынча садага кылам" деп айтышы мүмкүн. Бул учурда айтылган курбанчылык белгилүү максат үчүн жасалгандыктан туура эмес болуп жатат. Мындан ал адам Аллах Таалага жакындоону максат кылбай, Аллах Таала менен эсептешип жатканы көрүнүп турат. Эгер Аллах шыпаа бербесе, анда садага бербеймин деген маани чыгып жатат. Бул сараңдыктын белгиси. Анткени, сараң чыгарган мал-мүлкү үчүн андан да көбүрөгүн кайра алууну максат кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2960</t>
   </si>
   <si>
-    <t>إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ</t>
+    <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
   </si>
   <si>
     <t>Аллах кааласа, мен касам ичип кийин андан жакшы ишти көрсөм, касамымды бузуп, жакшы ишти аткара берем" - деди</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
   </si>
   <si>
     <t>Абу Муса (ага Аллах ыраазы болсун) айтат: Ашари уруусунан бир канча адам болуп Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) мингенге улоо сурап бардык. Ал: "Аллахка ант болсун, силерге улоо бере албаймын. Менде силерге бере турган улоо жок" - деди. Арадан бир аз өткөндөн кийин ага олжого түшкөн төө келип калып, аны бизге берүүго буйруду. Биз төөнү алып кетип жатканда бири-бирибизге: Бизди Кудай урду го, Аллахтын элчисине улоо сурап барып ал бизге улоо бербеймин деп Аллахтын атына касам ичип, анан кайра улоо берип койду го деп сөз кылдык. Абу Муса (ага Аллах ыраазы болсун) айтат: Анан Аллахтын элчисине кайра келип оюбузду айттык. Ал: "Силерге төөнү мен берген жокмун, Аллах Таала берди.  Аллах кааласа, мен касам ичип кийин андан жакшы ишти көрсөм, касамымды бузуп, жакшы ишти аткара берем" - деди.</t>
   </si>
   <si>
     <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
 فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
 فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
 ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
   </si>
   <si>
     <t>Абу Муса Ашаринин (ага Аллах ыраазы болсун) айтымында, уруусундагы бир канча адам менен Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) келет. Максаты казатка минүү үчүн Аллахтын элчисинен төө суроо эле. Аллахтын элчиси касам ичип, аларга бере турган төө жок экенин айтат. Алар кайтып кетишет. Бир канча убакыт өткөндөн кийин Аллахтын элчисине олжодон түшкөн төөнү алып келишет. Ошол төөнү аларга берет. Төөнү алгандан кийин бири-бирине: бул төөнүн берекеси болбой калат го, анткени Аллахтын элчиси төө бербеймин деп касам ичти эле, андан кийин кайра берип койду дешет. Анан кайра келип мунун жагдайын сурашат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга мындай деди: Силерге төөнү Аллах Таала берди; анткени аны ырыскы кылып, насип кылган Аллах. Мен болгону аны ишке ашырган себепчимин. Анан дагы мындай деп кошумчалады: Аллахка ант болсун, мен Аллах кааласа, кайсы нерсеге кыламын же кылбаймын деп касам ичпейин, касам ичкен нерсеге караганда жакшы ишти көрсөм, жакшы ишти аткарамын. Касамымдан кайтып анын кафаратын аткарам.</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>Айтып жаткан сөздү бекемдөө үчүн ал келечектин иши болсо да ал үчүн касам ичүүгө болот.
 Касамдан кийин "Аллах кааласа" деген сөз менен ажыратып айтууга болот. Анткени бул ажыратууну касам менен бирге ниет кылса, экөө чогуу айтылып касамын бузган адамга каффарат болбойт.
 Эгерде касам ичкен иишине караганда жакшы, пайдалуу ишти көрсө, касамын бузуп жакшы ишти аткаруу абзел.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2961</t>
   </si>
   <si>
-    <t>أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ</t>
+    <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>Кыямат күнү адамдар арасындагы иштерден эң биринчи териштириле турганы - кан жөнүндө болот</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү адамдар арасындагы иштерден эң биринчи териштириле турганы - кан жөнүндө болот".</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кыямат күнү адамдардын бири-бирине кылган зулумдугунан эң биринчи өкүм кылына турганы кан тууралуу болорун эскерткен. Мисалы: өлтүрүү, жаракаттандыруу ж.б.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Кандын иши оор, анткени (өкүмдүн) башталышы маанилүү нерсе менен башталат.
 Күнөөлөр тийгизген зыянына жараша оорлой берет. Жазыксыз жанды кыюу эң оор бузук күнөө. Мындан оор каапырлык менен Аллахка шерик кылуу күнөөлөрү гана бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2962</t>
   </si>
   <si>
-    <t>مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ</t>
+    <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>Ким Аллахтын сөзү бийик болуусу үчүн жихад кылса, ошол Аллахтын жолунда болот" - деп жооп берди</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>Абу Муса (ага Аллах ыраазы болсун) айтат: Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) баатырдыгы үчүн, элин сактоо үчүн, элге көрүнүү үчүн жихадга чыккан адамдардын кимиси Аллах жолунда болот? - деп сурашты. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Ким Аллахтын сөзү бийик болуусу үчүн жихад кылса, ошол Аллахтын жолунда болот" - деп жооп берди.</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) ар түрдүү максатта согушка чыккан адамдар тууралуу сурашты. Баатырдыгы үчүн, коргонуу үчүн, адамдарга көрүнүү үчүн ж.б. максатта чыккан адамдардын кимиси Аллахтын жолунда болот? деп сурашты. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Ким Аллахтын сөзү бийик болсун деп согушса, ошол Аллах жолунда согушка чыккан болорун айтат.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>Иш-амалдардын оңдолуусу да, бузулуусу да ниет жана Аллахка болгон ыкластан болот.
 Эгерде жихадга чыгуудагы максаты Аллахтын сөзү бийик болуусу үчүн болсо, бирок ага башка максат аралашса, мисалы олжо алуу сыяктуу, бул анын негизги ниетине зыянын тийгизбейт.
 Мекенди жана өзүнө тиешелүү нерселерди душмандан коргоо да Аллах жолундагы согуш болуп эсептелет.
 Жихадга чыккандар тууралуу айтылган артыкчылыктар, Аллахтын сөзү бийик болуусу үчүн согушкан адамга гана тиешелүү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2969</t>
   </si>
   <si>
-    <t>ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا</t>
+    <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мүйүздүү эки ак кочкорду курмандыкка чалып, Аллахтын атын атап, такбир айтып, анан бутун кочкорлордун моюнуна такап туруп өз колу менен мууздады</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мүйүздүү эки ак кочкорду курмандыкка чалып, Аллахтын атын атап, такбир айтып, анан бутун кочкорлордун моюнуна такап туруп өз колу менен мууздады.</t>
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) курман айт күнү пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мүйүздүү, бир аз кара аласы бар эки ак кочкорду курмандыкка чалганын айтат. Аларды мууздардан алдын: Бисмиллахи Аллаху Акбар деп, анан алардын моюнуна бутун такап туруп мууздайт.</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
     <t>Курмандык чалуу бардык мусулмандардын пикиринде шарият кызыктырган иштерден.
 Курмандыкка чалына турган мал-жандыктын эң абзели пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) курмандык чалган кочкорлордой сыпаттагы кочкор. Анткени, мындай кочкордун көрүнүшү жакшы жана эт, майы да даамдуу болот.
 Ан-Навави (ага Аллах ыраазы болсун) минтип айткан: Ар бир адам курмандыкты өз колу менен чалганы абзел. Кандайдыр бир үзүр, себеп болсо гана ордуна башка бирөөнү дайындаса болот. Бирөөнү дайындаган учурда да анын мууздаганына өзүнүн күбө болгону жакшы. Ордуна мусулман адамды сурануу эч кандай талашы жок жарактуу иш.
 Ибн Хажар минтип айткан: Курмандык чаларда Аллахты атоо менен бирге такбир айтуу мустахаб. Ошондой эле чалынып жаткан жандыктын моюнунун оң жагына бутту коюп туруп мууздоо да мустахаб. Ушундай кылганда союп жаткан адамга бычакты оң колуна алып, сол колу менен жандыктын башын кармап туруу ыңгайлуу болот.
 Курмандыктын мүйүздүү болгону мустахаб. Бирок мүйүзү жок токол болсо деле курмандыкка жарай берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2971</t>
   </si>
   <si>
-    <t>لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ</t>
+    <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>Жибек жана парчаны кийбегиле. Алтын жана күмуш идиштерден ичпегиле. Жана алардан жасалган табактан тамак жебегиле. Булар бул дүйнөдө каапырлар үчүн, акыретте биз үчүн</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Абдурахман инб Абу Лайланын айтымында, алар Хузайфанын жанына барышат. Ал суу сурап, бир отпарас киши ага суу алып келет. Чөйчөктү колуна алып, анан аны ыргытып жиберет. Анан: Мен муну бир-эки жолу эле айтсам экен... - деп ачууланды б.а. мурда эскертпегенимде мынтип ыргытпайт элем деген маанини айтты. Бирок мен пайгамбарыбыздын мындай деп айтканын укканмын: "Жибек жана парчаны кийбегиле. Алтын жана күмуш идиштерден ичпегиле. Жана алардан жасалган табактан тамак жебегиле. Булар бул дүйнөдө каапырлар үчүн, акыретте биз үчүн".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эркектерди жибектин кайсы түрү болбосун, андан тигилген кийимдерди кийүүдөн тыйган. Ошондой эле эркектерди жана аялдарды алтын жана күмүш идиштерден ичип-жегенден тыйган. Мусулмандар Аллахка баш ийип, дүйнө жашоосунда алтын менен күмүштөн жасалган идиштерди пайдаланбаганы үчүн акыретте мындай идиштер мусулмандар үчүн гана болорун кабарлаган. Ал эми каапырларга акыретте алтын күмүштөр берилбейт. Анткени, алар бул дүйнө жашоосунда аларды пайдаланышты жана Аллахтын буйругуна каршы болушту.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Жибектин бардык түрүн кийүүдөн тыюу эркектерге гана тиешелүү. Кийген адамга катуу азап болору убада кылынган.
 Жибектин түрлөрүн жан парча кийимдерин кийүү аялдарга уруксат.
 Алтын жана күмүш идиштерден ичип, жегендик эркектерге да, аялдарга да тыюу салынган арам иш.
 Хузайфанын (ага Аллах ыраазы болсун) чөйчөктү ыргытып, катуу тыюу салганынын себеби, ал буга чейин бир канча жолу эскерткен болчу, бирок тигилер ага макул болгон эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2985</t>
   </si>
   <si>
-    <t>مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ</t>
+    <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>Кимде-ким бул дүйнөдө жибек кийим кийсе, акыретте аны кийбейт</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Умар (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким бул дүйнөдө жибек кийим кийсе, акыретте аны кийбейт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул дүйнөдө жибек кийим кийген эркек жаза катары акыретте аны кийбестигин айткан.</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>Жибек дегени таза табигый жибек. Ал эми колдо жасалма жибек болсо эч нерсе болбойт.
 Жибек кийим кийүү эркектерге гана тыюу салынган.
 Жибекти кийүүдөн тыюу аны кийүүнү жана жерге төшөп ага отурууну, жатууну да камтыйт.
 Кийимдин кээ бир бөлүгү, тагыраагы, бир сөөмдөн ашпаган жеринде белги катары тигилген же жээктелген жибек болсо, эч нерсе эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2986</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا</t>
+    <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>Ким бизге каршы курал көтөрсө, анда ал бизден эмес</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Абу Муса Аль-Ашари, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Ким бизге каршы курал көтөрсө, анда ал бизден эмес".</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулмандарга каршы курал алып жүрүүдөн, аларды коркутуп-үркүтүүдөн же талап-тоноодон эскертүүдө. Ким муну акыйкатты тургузуу үчүн кылбаса, анда чоң кылмыш жана чоң күнөө кылган болот. Ошондой эле бул оор азапка татыктуу болот.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Мусулман мусулман бир туугандары менен согушуусунан катуу эскертти.
 Жер жүзүндөгү эң чоң жийиркеничтүү иштердин жана чоң бузукулуктардын бири – мусулмандарга курал көтөрүү жана өлтүрүү менен бузукулук кылуу.
 Жогоруда айтылган катуу эскертүү акыйкатты тургузуу үчүн күрөшкөндөрдү камтыбайт. Алар мисалы: эл башчысына каршы чыккандар менен согушкандар, бузукулар менен согушкандар ж.б.
 Мусулмандарды тамаша иретинде болсо да курал же башка нерсе менен коркутууга тыюу салынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2997</t>
   </si>
   <si>
-    <t>أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ</t>
+    <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
     <t>Мен силерге ишенбегеним үчүн касам ичтиргеним жок. Бирок мага Жебирейил келип, Аллах Таала периштелерге силерди мактап жатканын айтты" - деди</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
   </si>
   <si>
     <t>Абу Саид Худри айтат: "Мечитте отурган адамдарга Муавия чыгып: "Эмне кылып отурасыңар?" - деди. "Аллахты эстеп, зикир кылып отурабыз" - дешти. "Ушул үчун гана отурабыз деп касам иче аласыңарбы?" - деди. "Аллахка касам ичип айтабыз, биз ушул үчүн гана отурабыз" - дешти. "Мен силерге ишенбегеним үчүн касам ичтиргеним жок (пайгамбардын кылганын кылып, ага окшошуу үчүн ушинттим). Аллахтын элчисинен менден да аз риваят кылган эч ким жок: Бир жолу Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мечитте тизилип отурган сахабаларына чыгып: "Эмне кылып отурасыңар?" - деди. "Аллахты зикир кылып, бизди Исламга баштаганына жана аны бизге белек кылганына шүгүр келтирип отурабыз" - дешти. "Ушул үчүн эле отурабыз деп касам ичесиңерби?" - деди. "Аллахка касам ичип айтабыз, ушул үчүн эле отурабыз" - дешти. "Мен силерге ишенбегеним үчүн касам ичтиргеним жок. Бирок мага Жебирейил келип, Аллах Таала периштелерге силерди мактап жатканын айтты" - деди".</t>
   </si>
   <si>
     <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
 فقالوا: نذكر الله، 
 فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
 فحلفوا له، 
 ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
 فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
 ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
   </si>
   <si>
     <t>Муавия бин Абу Суфян (ага Алла ыраазы болсун) мечитте тизилип отурган адамдарга чыгып, алар эмне үчүн чогулуп отурганын сурайт. Алар: Аллахты зикир кылып отурабыз дешет. Алар чындап эле Аллахты зикир кылууну каалап чогулганын касам ичип тастыктоосун сурайт. Алар касам ичишет. Анан аларга: Мен силерге ишенбегеним үчүн же шектенгеним үчүн касам ичиргеним жок деп, пайгамбарды туураганын айтат. Анан пайгамбарга эң жакын адам болгонун айтат. Анткени анын бир тууганы Умму Хабиба пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) аялы эле, ошондой эле ал өзү анын вахий жазган катчысы болгон. Бирок ошентсе да өтө аз хадис риваят кылган. Анан аларга минтип айтып берет: бир күнү пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үйүнөн чыгып, мечитте Аллахты зикир кылып, аларды Исламга баштап, динди нээмат кылганы үчүн алкыш-мактоо айтып отурган адамдарды көрөт. Анан алардын эмне кылып отурганын сурап, азыр Муавия касам ичтирген сыяктуу аларга касам ичтирет. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алардан эмне үчун сурап, эмне үчүн касам ичтиргенинин сырын айтат. Ага Жебирейил келип, Алла Таала ал жерде отургандарды периштелерге мактап сыймыктанганын б.а. силердин артыкчылыгыңарды жана жакшы амалыңарды көрсөтүп, алардын жанында мактады дейт.</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
     <t>Илим жеткирүүдөгү Муавиянын (ага Аллах ыраазы болсун) артыкчылыгын, пайгамбарга эргешүүгө жан үрөгөнүн билебиз.
 Ишеничтин жоктугунан эмес, айтыла турган сөздүн (кабардын) маанилүүлүгүн билдирүү үчүн касам ичтирүүгө болот.
 Зикир кылуу же илим алуу үчүн чогулуу жакшы иш, Аллах Таала аларды жакшы көрөт жана периштелерге мактайт.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Муслим жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3007</t>
   </si>
   <si>
-    <t>إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ</t>
+    <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>Бул экөө азапталып жатат. (Өздөрүнүн оюндагы) чоң эмес күнөө себептүү азапталып жатат. Экөөнүн бири заарасынан тазаланбайт эле. Ал эми экинчиси ушак-айың таратып басып жүрчү</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>Ибн Аббас (аларга Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки мүрзөнүн жанынан өтүп баратып: "Бул экөө азапталып жатат. (Өздөрүнүн оюндагы) чоң эмес күнөө себептүү азапталып жатат. Экөөнүн бири заарасынан тазаланбайт эле. Ал эми экинчиси ушак-айың таратып басып жүрчү" - деди. Анан кургай элек бутакты алып, тең ортосунан жарды да, эки мүрзөнүн ар бирине бир-бирден сайып койду. О, Аллахтын элчиси, эмне үчүн мындай кылдың? - деп сурашты. "Ушул бутактар соолуп калганга чейин аларды азабы жеңилдесе ажеп эмес" деди ал.</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эки мүрзөнүн жанынан өтүп баратып, мындай деди: Бул эки мүрзөдөгү адамдар азапталып жатат; силердин көз карашыңарда чоң болбогон, Алланын алдында чоң болгон күнөө себептүү азапталып жатышат, Ал экөөнүн бири кажетин өтөгөн учурда, кийимин да, денесин да заарадан сактоого кам жеген эмес. Экинчиси адамдардын ортосунда ушак таратып жүргөн. Зыян жеткирүү максатында, адамдардын ортосунда келишпестикти жана жек көрүүнү пайда кылуу үчүн бирөөнүн айткан сөзүн бирөөгө айтып келген.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Ушак айтуу жана заарадан тазаланбоо чоң күнөөлөрдүн бири жана бул мүрзөдө азапталууга себеп болот.
 Аллах Таала пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгынын белги, далили катары, кабыр азабы сыяктуу кээ бир кайып иштерин ачыкка чыгарган.
 Бутактарды жарып, кабырлардын үстүнө сайуу, бул пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жеке өзүнө тиешелүү иштерден; анткени Аллах Таала ага тиги эки кабырдагы адамдын абалын билдирди. Башкаларды ага салыштырып кыяс кылууга болбойт. Себеби, эч ким кабырдагы адамдардын абалын билбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3010</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ</t>
+    <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>Качан азанды уксаңар, азанчы айткандай кайталап айткыла</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>Абу Саид ал-Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Качан азанды уксаңар, азанчы айткандай кайталап айткыла".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) уккан учурда азанчыга жооп берүүгө үндөгөн. Ага жооп берүү анын айтканын сөзмө-сөз кайталап айтуу менен болот. Ал такбир айтканда, анын артынан такбир айтабыз. Күбөлүк келмелерине келгенде, аларды кайталайбыз. (Хаййа алассола, хаййа алалфалах) деген сөздөр гана кайталанбайт. Себеби бул учурда "Лаа хавла ва лаа куввата илла биллах" деп айтылат.</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Эгер бир канча азанчы болсо, биринчиси бүткөндөн кийин экинчисин ээрчийт. Анткени хадис жалпылай айтылган.
 Ажатканада болбосо же ажат өтөп жатпаса, андан башка бардык абалдарында азанчыга жооп берүү керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3013</t>
   </si>
   <si>
-    <t>دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ</t>
+    <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>Аларды тек кой, анткени мен аларды даарат алып анан кийгенмин</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
     <t>Мугира (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен сапарда бирге болдум. (Даарат аларда) анын маасыларын тартмакчы болсом, ал: "Аларды тек кой, анткени мен аларды даарат алып анан кийгенмин " - деди. Анан аларга масх тартып койду.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сапарларынын биринде баратып даарат алат. Даарат алып бутун жубарга келгенде, пайгамбар бутун жууштугу үчүн Мугира бин Шуъба (ага Аллах ыраазы болсун) анын бутундагы маасыларын чечүү үчүн колун созот. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Ал экөөнү жөн кой, чечпегин, себеби мен буларды бутума кийгенде даарат алып анан кийгенмин дейт. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) буттарын жуунун ордуна маасыларына масх тартып койот.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Эки маасыга масх тартуу кичине дааратсыздыкка даарат алган учурда жарайт. Ал эми чоң дааратсыздыктан жуунуп тазаланууда буттарды да жуу зарыл.
 Масх сууланган манжанын учу менен маасынын үстүнө бир ирет тартылат, асты жагына тартылбайт.
 Масх туртуу үчүн суу менен эки бут жуулуп, толук даарат алынгандан кийин маасынын кийилүүсү шарт. Маасы таза, буттун жабылуусу парз болгон өлчөмүн жаап турган болуусу керек. Ошондой эле масх кичине дааратсыздыкка тартылуусу керек, жунубдуктан же жуунууну важыб кылган иштерден кийин тартылбайт. Дагы масх тартуу чектелген убактын ичинде болуусу керек. Бул убакыттын чеги үйдөгү адам үчүн бир күн, бир түн. Ал эми жолоочу адам үчүн үч күн, үч түн.
 Бутту жапкан жороп сыяктуулардын баары маасыга кыяс кылынат, аларга да масх тартуу жайыз.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзүнүн жана таалим берүүсүнүн жакшылыгы. Мугираны анын маасыларын чечүүдөн тыйып, ага: аларды толук даарат менен кийгенин айтып, себебин түшүндүрдү. Анын көөнү тынчып, өкүмдү билип алуусу үчүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3014</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Эгерде ким мусулман бир тууганын жакшы көрсө, анда ага аны жакшы көрөрүн кабарласын</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Аль-Микдам бин Маьди Кариба, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Эгерде ким мусулман бир тууганын жакшы көрсө, анда ага аны жакшы көрөрүн кабарласын».</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, момундардын ортосундагы мамилени чыңдоочу жана алардын ортосундагы сүйүүнүн жайылышынын себептеринин бири бул - кимдир-бирөө мусулман бир тууганын жакшы көрсө, анда аны жакшы көрөөрүн кабар бериш керек экендигин баяндап жатат.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Дүнүйө кызыкчылык учун эмес, калыс Аллах Таала үчүн жакшы көрүүнүн пазилети.
 Аллах үчүн жакшы көргөн адамга аны жакшы көрөөрүн жана жакшы көрүүнү жана үлпөттүктү күчөрүү үчүн ага жакшы көрөөрүн кабарлоо мустахаб.
 Ыймандуулардын ортосунда болгон сүйүүнү жайылтуу бул - ыймандагы бир туугандыкты күчөтөт жана коомду бөлүнүп-жарылуудан сактайт.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[Абу Дауд, ат-Тирмизи, ан-Насааи "Ас-Сунан ал-Кубро" китебинде жазып калтырган жана Ахмад да жазып калтырган]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[Абу Дауд, ат-Тирмизи, Ан-Насааи "Ал-Кубро" китебинде жазып калтырган жана Ахмад да жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3017</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бут кийим кийгенде, чач-сакалын тараганда, даарат алганда, деги ар бир ишинде оң жагынан баштоону жакшы көрөт эле</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бут кийим кийгенде, чач-сакалын тараганда, даарат алганда, деги ар бир ишинде оң жагынан баштоону жакшы көрөт эле.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшы иштердин баарын оң колу менен баштаганды артык көрчү. Мисалы: Бут кийимин кийгенде он бутун биринчи кийчү. Чачын, сакалын тараганда же майлаганда оң жагынан баштачу. Даарат алып колдорун жана буттарын жууганда оң жагын биринчи жуучу.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>Навави минтип айткан: "Шарияттагы оң жактан баштоо эрежеси, ошол нерсени кадырлоо болуп эсептелет. Мисалы: кийим кийүүдө, мечитке кирүүдө, мисвак колдонууда, көзгө сурма коюда, тырмактарды алууда, мурутту кыскартууда, чачты тароодо, колтуктун жүнүн алууда, чач алганда, намазды бүтүрүп салам бергенде, дааратта дене мүчөлөрүн жууганда, даараткандан чыкканда, жегенде, ичкенде, көрүшкөндө, Каабада кара ташты сылаганда ж.б. иштерде оң жагынан баштоо. Ал эми мунун тескерисинде, дааратканага киргенде, мечиттен чыкканда, чимкиргенде, истинжа кылганда, кийимин, шымын, маасысын ж.б. кийимин чечкенде сол жагынан баштоо жакшы. Мунун баары оң жактын артыкчылыгы үчүн.
 "Оң жакты жакшы көрөт эле" дегени, кыймылды оң кол жана оң бут менен баштоону, оң тарапты (оң жакта отуруу, оң жакты карап жатуу, саламдашканда оң жактагы кишиден баштап саламдашуу ж.б.) жана бир нерсени бергенде оң тараптагы адамдан баштап берүүнү ж.б. ичине камтыйт.
 Навави минтип айткан: "Даарат алганда жуула турган мүчөлөрдөн оң жактан башталбай, бирдей жуула тургандары да бар. Булар: эки кулак, эки алакан жана эки жаак. Буларды бирдей бир убакта жуу керек. Эгерде бир колу кесилген болуп, же дагы башка бир себеп менен бул мүчөлөрүн бирдей жууй албаса, анда оң тарабын биринчи жуу  керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3018</t>
   </si>
   <si>
-    <t>إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي</t>
+    <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>бул тамыр (жарылгандан чыккан) каны. Сен этек кир көргөн күндөрдүн эсебинче намазыңды токтот да, андан кийин жуунуп намаз окуй бер</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Фатима бинт Абу Хубайш пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип сурады: Менден такай кан келип турат, эч таза болбоймун. Намазды таштап койомунбу? Ал минтти: "Жок, бул тамыр (жарылгандан чыккан) каны. Сен этек кир көргөн күндөрдүн эсебинче намазыңды токтот да, андан кийин жуунуп намаз окуй бер".</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Фатима бинт Хубайш пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) суроо сурап: Менден эч токтобой кан келип турат, атүгүл этек кир келбей турган убакта да токтобойт. Ушул учурлар да этек кир келген учурдун өкүмүндө болобу? Мен намазды таштап койомбу? - дейт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага минтет: Бул истихааза каны, бул ооруу себептүү жатындагы тамырлардын жарылуусунан улам чыккан кан, этек кирдин каны эмес, Сен истихаза канын көрө турган ооруу менен ооруй электеги, ай сайын этек кир келе турган адатыңдагы күндөр келген учурда намаз, орозо жана башка этек кири келген убакта аял киши аткарбай турган иштерди токтот. Бул мөөнөт өткөндөн кийин сен этек кирден тазаланган болосуң, анан кандын ордун жууп тазала, анан дааратсыздыкты кетирүү үчүн дене-башыңды толук жууп жуун, анан намаз окуй бер.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Аял кишиге этек кир көргөн күндөрү буткөндөн кийин жуунуу важыб.
 Истихаза канын көрүп жаткан аялдын намазды окуй берүүсү важыб.
 Айыз (этек кир): балакат жаш курагына жеткен аялзатынын  жатыны анын кыны аркылуу койо бере турган табигый кан. Бул кан белгилүү күндөрдө келет.
 Истихаза каны: Жатындын үстүнөн белгилүү бир мөөнөтү жок агып чыгуучу кан.
 Этек кир каны менен истихаза канынын айырмасы: этек кирдин каны карамтыл, коюу, анан жагымсыз жыты болот. Ал эми истихаза каны кызгылт, суюк, жагымсыз жыты болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3029</t>
   </si>
   <si>
-    <t>سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ</t>
+    <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>Саптарда тегиз тургула. Анткени, саптын тегиздиги - намаздын толуктугунан болуп эсептелет</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Анас бин Малик (ага Аллах ыраазы болсун) айткан хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Саптарда тегиз тургула. Анткени, саптын тегиздиги - намаздын толуктугунан болуп эсептелет".</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намаз окуучуларды сапка тегиз турууга, бири-биринен алдыга же артка туруп албоого буйруган. Сапта тегиз туруу намаздын толук болуусуна өбөлгө. Саптын ийрилиги же бош орундун калуусу - намаздын кемчилиги.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>Намаздын толук болуусуна жана аны кемчиликтен сактоого кам көрүү шарияттын талабы.
 Таалим берүүдө пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) даанышмандыгы чоң. Ал дайыма өкүм айтканда анын себебин кошо айтчу. Муну ал шарияттын өкүмүн баяндоо үчүн жана адамдарды ошого кызыктыруу үчүн айтчу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3031</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ</t>
+    <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>Силердин бирөөңөр даарат алса, мурдуна суу алып, анан кайра чимкирсин. Аврет жерлерин тазаласа так санда тазаласын</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силердин бирөөңөр даарат алса, мурдуна суу алып, анан кайра чимкирсин. Аврет жерлерин тазаласа так санда тазаласын . Силерден бирөөңөр уйкудан ойгонуп турганда, даарат алчу сууна кол салбай туруп колун жууп алсын. Анткени, эч кимиңер колу кайда түнөп чыкканын билбейт". Муслимдин риваятында: "Силердин бирөөңөр уйкудан ойгонуп турганда, үч жолу жуумайынча колун идиштеги сууга сала койбосун. Анткени, ал колу кайда түнөгөнүн билбейт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) даараттын кээ бир өкүмдөрүн баяндаган, алар: Биринчиси: даарат алган кишиге мурдуна сууну тартуу, кийин кайра чимкирип чыгаруу зарыл. Экинчиси: заң чыккан жерин суу менен эмес, таш же ушул сыяктуу башка нерсе менен тазалаган адам так санда тазалайт. Анын азы үч, көбү чыккан нерсе жоголуп, ошол жай таза болгонго чейин. Үчүнчүсү: түнкү уйкудан турган киши колун идиштин сыртында үч жолу жуумайынча даарат алуу үчүн колун идиштеги сууга салбайт. Себеби, ал колу түндө кайсы жерде турганын билбейт. Ал ыплас болуп калуусу мүмкүн.  Ага шайтан үйлөп коюусу жана да инсанга зыяндуу же сууну булгай турган нерсени салып коюусу мүмкүн.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>Дааратта истиншак кылуу важыб: ал мурунга абаны тартуунун жардамы менен суунун киргизүү.
 Ошондой эле истинсар кылуу да важыб: ал абанын жардамы менен мурундан суунун чыгаруу.
 Истижмарды, б.а. тазаланууну так санда кылуу жакшы.
 Түнкү уйкудан турганда колду үч жолу жуу шарият кылынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3033</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ</t>
+    <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>Киши үйүнө киргенде, кирээрде жана тамак ичээрде Аллахтын атын атап эстесе, Шайтан (жан-жөкөрлөрүнө): Силерге мында түнөк да жок, тамак да жок - дейт</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Жабир бин Абдуллах (аларга Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Киши үйүнө киргенде, кирээрде жана тамак ичээрде Аллахтын атын атап эстесе, Шайтан (жан-жөкөрлөрүнө): Силерге мында түнөк да жок, тамак да жок - дейт . А эгер кирип, бирок кирээрде Аллахты эстебесе, шайтан: Түнөктү таптыңар - дейт. А эгер тамактанаарда да Аллахты эстебесе , шайтан: Тамакты да, түнөктү да таптыңар - дейт.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үйгө кирээрде жана тамак ичээрде Аллахты зикир кылууга буйруган. Эгер адам үйгө кирээрде, же тамактанаарда "Бисмиллаах" деп Аллахты эстесе, шайтан жан-жөкөрлөрүнө: Үйдүн ээси Аллахты зикир кылып силерден коргонгон бул үйдө, силерге түнөктүн да, тамактын да үлүшү жок - деп айтат. Ал эми киши үйүнө киргенде кирип баратып Аллахты зикир кылбаса жана тамактанаарда да зикир кылбаса, анда шайтан жан-жөкөрлөрүнө, алар бул үйдөн түнөк да, тамак да табууга жетишкенин кабарлайт.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>Үйгө кирээрде жана тамактанаарда Аллахтын атын атап зикир кылуу жакшы көрүлгөн амал. Анткени, шайтан үйлөрдө түнөп алат жана эгер Аллахтын атын зикир кылышпаса, үйдүн жашоочуларынын тамагынан да жей берет.
 Шайтан адам баласынын амалдарына, жүрүм-турумуна, дегеле бардык иштерине көз салып турат. Эгер ал Аллахты зикир кылууну эсинен чыгарса, шайтан андагы максатын ишке ашырат.
 Зикр - шайтанды кууйт.
 Бардык шайтанда анын сөзүнө кубанып, буйругун аткарган тарапташтары жана достору болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3037</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>Чоң күнөөлөр: Аллахка шерик кошуу, ата-энеге ак болуу, адам өлтүрүү жана жалган ант берүү</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Абдуллах бин Амр бин Аль-Аас, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Чоң күнөөлөр: Аллахка шерик кошуу, ата-энеге ак болуу, адам өлтүрүү жана жалган ант берүү".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бул хадисте чоң күнөөлөрдү баяндап жатат. Ал чоң күнөөлөрдү аткарган адам бул дүйнөдө да, акыретте да катуу азап менен азапталат.
 Чоң күнөөлөрдүн биринчиси: "Аллахка шерик кошуу". Бул ибадаттын кандай түрүн болсо да Аллахтан башкага арноо жана Аллахтан башканы Аллахтын сыпаттары болгон улухияда, рубубияда, Аллахтын ысым-сыпаттарында Аллах менен теңөө.
 Экинчиси: Ата-энени нараазы кылуу. Ата-энеге сөз менен болсо да, кыймыл аракет менен болсо да зыян жеткирүү жана аларга жакшылык кылууну таштоо.
 Үчүнчүсү: Душмандык кылып жана зулумдук менен адам өлтүрүү сыяктуу адилетсиздик менен адам өлтүрүү.
 Төртүнчүсү:  Жалгандан касам ичүү. Бул калп айтып жатканын билип туруп жалгандан касам ичүүсү. Ушул "жалгандан касам ичүү" деп аталат. Анткени ал жалгандан касам ичип жаткан адамды күнөөгө же тозокко батырып салат.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Жалгандан касам ичүү чоң коркунучтуу жана кылмыш болгону үчүн анын каффараты жок, бирок андан тообо кылуу бар.
 Хадисте бул төрт чоң күнөөнүн күнөөсүнүн чоңдугуна токтолду, чоң күнөөлөрдү чектөө үчүн токтолгон жок.
 Күнөөлөр чоң жана кичине күнөөлөр болуп экиге бөлүнөт. Чоң күнөө - бул худуд жана лиаан (1) айтышуу сыяктуу бул дүйнөдө жазасы бар ар бир күнөө же тозок азабы сыяктуу акыретте жазасы бар күнөө. Албетте чоң күнөөлөрдүн даражалары бар. Чоң күнөөлөрдүн кээ бирлери кээ бирлеринен арамдык жагынан оор. Ал эми чоң күнөөлөрдөн башкалары алар кичине күнөөлөр.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3044</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ</t>
+    <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
   </si>
   <si>
     <t>Чынында, жихаддын эң улугу - заалым падышанын алдында адилеттүү сөздү айтуу</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
   </si>
   <si>
     <t>Абу Саид Худри (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, жихаддын эң улугу - заалым падышанын алдында адилеттүү сөздү айтуу".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах жолундагы жихаддын эң чоң жана эң пайдалуу түрү - заалым падышага адилеттүү, ак сөздү тайманбай айтуу деп айткан. Анткени, аны менен жакшылыкка чакыруу жана жамандыктан кайтаруу милдетин аткарат. Жаман иштен жакшы ишке кайтара турган сөзүн айтабы, кат жазып жибереби же иш-аракети менен көрсөтөбү айырмасы жок.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Жакшылыкка чакырып, жамандыктан тыюу - жихаддын бир түрү.
 Башчыга насаат айтуу - жихаддын эң чоңу. Бирок аны илимдүүлүк, даанышмандык жана туруктуулук менен айтуу важиб.
 Хаттаби минтип айткан: "Башчыга адилеттүү сөз айтуу жихаддын чоңу болуусунун себеби мындай; душманга жихад кылып чыккан адам үмүт жана коркунучтун ортосунда турат. Ал жеңерин да, жеңилерин да билбейт. Ал эми башчыга ак сөзүн айткан адам башчынын колунда турат. Башчыга акыйкатты айтып, жакшылыкка чакыруу менен өзүнө-өзү зыян кылып, өзүн жок кылып алуусу мүмкүн. Үмүткө караганда коркунуч басымдуу болгону үчүн жихаддын эң чоңу болуп эсептелет. Жихаддын эң чоңу болуусуна дагы бир себеп; эгерде башчы анын айткан сөзүн кабыл кылса, анын пайдасы өтө көп адамга тийип, оңолууга жол ачат.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[حسن لغيره]</t>
+  </si>
+  <si>
     <t>[Абу Дауд, ат-Тирмизи, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3045</t>
   </si>
   <si>
-    <t>إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ</t>
+    <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>Чынында, дүйнө - таттуу, көрүмдүү. Алла Таала анда силерди бириңердин артынан бириңерди келтирип турат. Анан кандай иш-амал кылганыңарга карайт. Дүйнөдөн сак болгула жана аялдардан сак болгула</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Абу Саъид ал-Худринин (ага Аллах ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Чынында, дүйнө - таттуу, көрүмдүү. Алла Таала анда силерди бириңердин артынан бириңерди келтирип турат. Анан кандай иш-амал кылганыңарга карайт. Дүйнөдөн сак болгула жана аялдардан сак болгула . Анткени Исраил урпактарында алгачкы фитна-бүлгүн аялдардан болгон".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул дүйнө даамдаганга таттуу, караганга көрүмдүү экенин, инсан ага алданып, аны менен алек болуп, аны негизги максатына айлантып аларын баяндаган. Ошондой эле, Аллах Таала биздин кандай амал кыларыбызды, Ага таат-ибадат кылабызбы, же күнөө кылабызбы, ушуну кароо үчүн, бизди бул дүйнө жашоосунда бирибиздин артынан бирибиз келе турган кылганын баяндады. Андан кийин: Силерди дүйнөлүк пайдалар жана анын көркөмдүгү алдап коюусунан этият болгула - деди. Бул, силерди Аллах буйруган нерсени таштоого, Ал тыйган нерсеге кирип кетүүгө алып барат. Бул дүйнөдөгү этият болуп, сактануусу зарыл болгон эң чоң фитна - аялдардын фитнасы. Ал Исраил урпактары кабылган эң биринчи фитна болгон.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Такыбылыкты бекем кармоого жана дүйнөнүн сырткы көрүнүшүнө жана кооздугуна берилип албоого үгүт, үндөө бар.
 Аялдардын фитнасынан, т.а. аларды кароо, бөтөн эркектер менен аралашып жүрүүсүнө маани бербөө, ж.б.у.с. фитналардан сактануу зарыл.
 Аялдардын фитнасы дүйнөдөгү эң чоң фитна.
 Өткөн үммөттөрдөн сабак, үлгү-өнөк алуу зарыл. Исраил урпактарында болгон нерсе башкаларда да болору мүмкүн.
 Аялдардын фитнасы мындай: эгер аял жубайы болсо, ал күйөөсүн таакаты жетпеген каржыга мажбурлап, аны дин иштеринен алагды кылат. Дүйнө талап кылуу иштери менен аны чарчатат. Эгер бөтөн аял болсо, алардын фитнасы, сыртка чыкканда жана эркектерге аралашканда, аларды азгырып, туура жолдон тайдыруу менен болот, айрыкча, алар ачык кийинген жана жасанып алган аялдар болсо. Бул зынанын ар кайсы түрүнө алып барат. Ыймандуу адамга Аллахка таянуу жана аялдардын фитнасынан сактоону Андан сурануу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3053</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа салламга, биз кыйынчылыкта да, жеңилдикте да, даяр турганыбызда да, жактырбай турганыбызда да (башчыны) угуп, моюн сунууга, бизге каршы терс таасир этсе да жана бир иште алар менен талашып-тартышпашыбызга жана кайда болсок дагы Аллахтын ыраазычылыгы үчүн айыптоочунун жемелөөсүнөн коркпой чындыкты айтууга байъат (2) бердик</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Убада бин Ас-Самит, радыяллаху анху, айтты: "Аллахтын Элчиси, саллаллаху алейхи уа салламга, биз кыйынчылыкта да, жеңилдикте да, даяр турганыбызда да, жактырбай турганыбызда да (башчыны) угуп, моюн сунууга, бизге каршы терс таасир этсе да жана бир иште алар менен талашып-тартышпашыбызга жана кайда болсок дагы Аллахтын ыраазычылыгы үчүн айыптоочунун жемелөөсүнөн коркпой чындыкты айтууга байъат (2) бердик".</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, жеңил жана оор шарттарда, байыган кезде жана жакырчылыкта башчыларга жана өкүмдарларга моюн сунуу үчүн сахабалардан келишимдерин жана убадаларын алды. Ал башчылардын буйруктары напси жактырган нерседе болобу же жек көргөн нерседе болобу, мейли алар элдин акчасы менен, мансап же андан башка нерселер менен элди башкарып, көзөмөлдөп турса дагы, аларды угуу, аларга баш ийүү важиб. Адамдар аларга каршы көтөрүлүшкө чыгышпасын. Анткени алар менен күрөшүүдөгү фитна жана бузукулук алардын зулуму себептүү болгон бузукулуктан да чоң жана зыяндуу. Алар айыптоочулардан коркпой, Аллахка чын ыкластуу болуп, каалаган жерде чындыкты айтууга убада кылышкан.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Башчыларды угуунун жана моюн сунуунун пайдасы – мусулмандарды бириктирүү жана бөлүнүүнү таштоо.
 Кыйынчылыкта да, жеңилдикте да, даяр турган абалда да, жактырбай турган абалда да, терс таасир этип каршы өкүм кылса да башкаруучуну угуу жана ага баш ийүү важиб.
 Кайсыл жерде болсок дагы Аллах үчүн айыптоочунун жемелөөсүнөн коркпой чындыкты айтуубуз важиб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3061</t>
   </si>
   <si>
-    <t>حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ</t>
+    <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) он ирекет намазын эстеп калдым</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
     <t>Ибн Умар (атасы экөөнө Аллах ыраазы болсун) айтат: "Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) он ирекет намазын эстеп калдым : бешимден мурда эки ирекет, бешимден кийин эки ирекет окуганын. Шамдан кийин үйүндө эки ирекет окуганын. Куптандан кийин да эки ирекет үйүндө окуганын. Дагы багымдат намазынан мурда эки ирекет окуганын. Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жанына кирбей турган да убак бар болчу. Мага Хафса да минтип айткан: Азанчы азан чакырып, таң сүргөндө (пайгамбар) эки ирекет намаз окучу. Башка риваятта: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жума намазынан кийин эки ирекет намаз окур эле - деп келген.</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>Абдуллах бин Умар (аларга Аллах ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) эстеп калган, сунан раватиб деп аталган напил намаздар он ирекет экенин баяндайт. Эки ирекет бешимден мурда, эки ирекет андан кийин. Шамдан кийин үйүндө эки ирекет. Куптандан кийин үйүндө эки ирекет. Багымдаттан мурда эки ирекет. Ушуну менен он ирекет болду. Ал эми жума намазынан кийин эки ирекет окуган.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Бул раватиб намаздарды ар дайым окуп жүрүү жакшы көрүлгөн амалдардан.
 Сүннөт намаздарды үйдө окуу шариятка ылайык.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Бардык айтымдарынын ишенимдүүлүгүнө макулдашылган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3062</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) түндө турганда, оозун мисвак менен тазалайт эле</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
   </si>
   <si>
     <t>Хузайфа (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) түндө турганда, оозун мисвак менен тазалайт эле.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мисвакты көп колдончу жана колдонууга буйручу. Мисвакты колдонууну кээ бир убактарга бекемдеп айтчу. Мисалы: түндө уйкудан турган учурда. Бул учурда өзү да мисвак менен оозун тазалачу.</t>
   </si>
   <si>
     <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
 تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
 مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
 التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
 السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
   </si>
   <si>
     <t>Уйкудан турганда оозду мисвак менен тазалоо зарыл. Анткени, уйкуда ооз жыттанып калат, ал эми мисвак аны жакшы тазалайт.
 Ушуга карай, ооз жыттанган учурдун баарында мисвак колдонуу шарияттын талабы.
 Негизи эле оозду таза кармоо шарияттын талабы. Бул пайгамбардын сүннөтү жана жакшы адеп.
 Мисвак менен оозду тазалоо тишке, тилге, тиштин мүлктөрүнө тиешелүү.
 Мисвак - Арак деп аталган дарактын тамырынан жасалат. Ал оозду жаман жыттан арылтууга, тишти тазалоого, оозго жакшы жыт берүү үчүн пайдаланат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3063</t>
   </si>
   <si>
-    <t>لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ</t>
+    <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
     <t>Ыймандуу эркек ыймандуу аялды таштабайт. Анын кайсы бир мүнөзүн жактырбаса, башка бир мүнөзүнө ыраазы болот</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
     <t>Абу Хурайранын (ага Аллах ыраазы болсун) риваят кылган хадисте, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ыймандуу эркек ыймандуу аялды таштабайт. Анын кайсы бир мүнөзүн жактырбаса, башка бир мүнөзүнө ыраазы болот" же: "...башка бир мүнөзүнө" деп айткан.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эркек кишини аялына зулум кылууга, аны таштоого же андан жүз буруп кетүүгө алып бара турган жек көрүүдөн тыйган. Анткени адам баласы кемчиликтен аруу эмес, эгер аялынан бир жаман мүнөз көрсө, анын башка жакшы мүнөзүн да көрөт. Ошол өзүнө жаккан жакшы мүнөзүнө таянып ага ыраазы болот. Өзүнө жакпаган мүнөзүнө сабыр кылат. Сабыр кылып, акыры ажырашууга алып бара турган жек көрүүнү ташташы керек.</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
     <t>Ыймандуу адамды аялы менен болгон ар кандай талаш-тартышта адилеттүү болууга  жана акылдуулук менен өкүм кылууга чакыруу. Кызуу кандуулук жана убактылуу сезимдер менен өкүм кылбоого чакыруу.
 Ыймандуу адам ыймандуу аялды аны менен ажырашууга алып бара тургандай жек көрбөөсү керек. Тескерисинче, андан жек көргөн нерсесине караганда жакшы көргөн нерсесине (көбүрөөк) ыктоосу кажет.
 Жубайларды бири-бирине көңүл бурууга жана жакшы мамиле кылууга үндөө.
 Ыйман жакшы кулк-мүнөздө болууга чакырат. Демек, ыймандуу эркек да, ыймандуу аял да жакшы кулк-мүнөздөн куру эмес. Ыйман ал экөөнөн мактоого татыктуу сыпаттарды талап кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3071</t>
   </si>
   <si>
-    <t>كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا،</t>
+    <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге болчумун. Ал адамдар таштандыларын таштаган жерге барды да, туруп заара кылды</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
   </si>
   <si>
     <t>Хузайфа (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге болчумун. Ал адамдар таштандыларын таштаган жерге барды да, туруп заара кылды. Мен алысыраак турдум эле: "Жакыныраак кел" - деди. Мен ага жакын келип артына турдум. Ал даарат алып, эки маасысына масх тартты.</t>
   </si>
   <si>
     <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
 فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
 ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
   </si>
   <si>
     <t>Хузайфа бин Йамандын (аларга Аллах ыраазы болсун) айтымында, ал пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге болчу. Пайгамбар заара кылмакчы болуп, адамдар таштанды таштаган жерге кирди: ал жерге адамдар эшик алдын шыпырганда чыккан топурак, шыпырындыларын таштачу. Ал тике туруп заара ушатты, адатта көбүнчө отуруп заара кылчу.
 Хузайфа андан алысыраак турса, ал аны жакын кел деп чакырат. Хузайфа ага жакын келип, анын артына бутунун жанына турат. Муну ал аны башкалардан тосуп туруу үчүн кылган.
 Андан кийин пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) даарат алып, бутун жубарга келгенде эки маасысына масх тартат. Маасы дегени - жука териден же башка ушул сыяктуу нерседен тигилген, буттун томугун жаап турган бут кийим. Ал экөөнү чечкен эмес.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
     <t>Маасыга масх тартуу шариятта бар.
 Заарадан эч нерсе чачырабай турган болсо, туруп заара кылууга уруксат.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) шыпырынды, топурак таштаган жерди тандаганы, ал жер жумшак болуп, заара кылган адамга заара чачырабайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3075</t>
   </si>
   <si>
-    <t>إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا</t>
+    <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
     <t>Даарат ушатууга барганыңарда кыбалага жүздөнүп отурбагыла, артыңарды да салбагыла. Чыгышка же батышка жүздөнүп отургула</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
     <t>Абу Айуб Ансари (ага Аллах ыраазы болсун) айтат: пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Даарат ушатууга барганыңарда кыбалага жүздөнүп отурбагыла, артыңарды да салбагыла. Чыгышка же батышка жүздөнүп отургула". Абу Айуб айтат: Биз Шам тарапка барганда ал жакта даараткананы кыбылага каратып салынган экен, биз бурулуп отуруп, анан Аллахтан кечирим айтып жүрдүк.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) заара кылганы же заңдаганы даарат ушатууга барган адамды кыбылага, Кааба тарапка карап отуруудан жана ал жакка артын салып отуруудан тыйган. Тескерисинче, күн чыгышка же батышка бурулуп отурууга буйруган. Бул кыбыласы Мадинанын кыбыласы сыяктуу болгон жерлерге тиешелүү. Анан Абу Айуб (ага Аллах ыраазы болсун) алар Шамга барганда, атайын даарат ушатуу үчүн курулган дааратканалар кыбыла тарапка карап курулганын көргөнүн айтат. Ошондо алар башка бир тарапка бурулуп отуруп жүрүшкөнүн, ошого карабай Аллахтан кечирим тилеп жүрүшкөнүн айтат.</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>Мунун негизги сыры ыйык Каабаны улуктоо жана урматтоо.
 Даарат ушатып чыккандан кийин истигфар айтуу керек.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) таалиминин өзгөчөлүгүн байкайбыз. Ал бир нерсеге тыюу салса, тыюу салынбаган жолун кошо айтчу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3078</t>
   </si>
   <si>
-    <t>لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ</t>
+    <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
     <t>Эч кимиңер заара кылганда мүчөсүн оң колу менен кармабасын. Даарат ушатканда оң колу менен тазалабасын. Ичкенде идиштин ичине демин чыгарбасын</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
     <t>Абу Катада (ага Аллах ыраазы болсун) айат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эч кимиңер заара кылганда мүчөсүн оң колу менен кармабасын. Даарат ушатканда оң колу менен тазалабасын. Ичкенде идиштин ичине демин чыгарбасын".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кээ бир адептерди баяндаган; заара кылган учурда мүчөсүн оң кол менен кармоодон тыйды. Алды жагын, арты жагын оң кол менен тазалоодон тыйды. Анткени, оң кол жакшы иштерди кылууга дайындалган. Ошондой эле суусундук ичкен идиштин ичине демин чыгаруудан тыйган.</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>Ислам дининин адепте жана тазалыкта алда канча алдында экендиги баяндалды.
 Ыплас нерселерден этият болуу керек. Эгер тазалоо зарылдыгы болсо, сол кол менен тазалоо керек.
 Оң тараптын шарапаттуулугу жана сол тараптан артыкчылыгы бар экени айтылган.
 Ислам шариятынын толуктугу жана анын таалим-тарбиясынын ар тараптуулугу айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3079</t>
   </si>
   <si>
-    <t>أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ</t>
+    <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>Силердин бириңер башын имамдан мурда көтөрүп алса, Аллах анын башын эшектин башындай, же анын кейпин эшектин кейпиндей кылып коюусунан коркпойбу</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Абу Хурайранын (ага Аллах ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Силердин бириңер башын имамдан мурда көтөрүп алса, Аллах анын башын эшектин башындай, же анын кейпин эшектин кейпиндей кылып коюусунан коркпойбу".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) башын имамдан мурда көтөрүп алган адамга катуу эскертүүнү баян кылган. Аллах анын башын эшектин башындай кылып коюусун, же анын кейпин эшектин кейпиндей кылып коюусун эскерткен.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Имамга уюган кишиде төрт абал болот: анын үчөөсүнө тыюу салынган, булар: алдыга озуп кетүү, аны менен бирдей кылуу, өтө кечигип калуу. Шариятка ылайыгы: имамды ээрчип аткаруу.
 Намазда уюган адам имамды ээрчүүсү важыб.
 Имамдан мурда башын өйдө кылган адамдын сүрөтү эшектин сүрөтүнө айланып калат деген жаман убада боло турган иш, бул кубултуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3086</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا</t>
-[...2 lines deleted...]
-    <t>Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши кыяматтын качан болорун сурап: Кыямат качан болот? - деди. Пайгамбар андан: "Кыяматка эмне даярдыгың бар?" - деп сурады.</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
+  </si>
+  <si>
+    <t>Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши кыяматтын качан болорун сурап: Кыямат качан болот? - деди. Пайгамбар андан: "Кыяматка эмне даярдыгың бар?" - деп сурады</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши кыяматтын качан болорун сурап: Кыямат качан болот? - деди. Пайгамбар андан: "Кыяматка эмне даярдыгың бар?" - деп сурады.  Тиги киши: Эч нерсе даярдыгым жок. Болгону, Аллахты жана Анын элчисин жакшы көрөм - деди. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Сен кимди жакшы көрсөң, ошону менен биргесиң" - деди. Анас айтат: Аллахтын элчисинин "Сен кимди жакшы көрсөң, ошону менен биргесиң" деген сөзүнө кубангандай буга чейин эч кубанган эмес элек. Анас сөзүн улап минтип айтты: "Мен Аллахтын элчисин, Абу Бакрды, Умарды жакшы көрөм. Алардай жакшы амалдарды көп кылбасам да, аларды жакшы көргөнүм үчүн алар менен бирге болом деп үмүт кыламын".</t>
   </si>
   <si>
     <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
 فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
 فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
 فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
 ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
 ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
   </si>
   <si>
     <t>Чөлдө жашаган адамдардын бири пайгамбарыбыздан (ага Аллах ыраазы болсун) кыяматтын болор учурун сурайт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) андан: "Кыяматка кандай жакшы амалдарды кылып даярдандың?" - деп сурайт.
 Сураган киши: Көп деле жакшы амалым жок бирок Аллахты жана Анын элчисин аябай жакшы көрөм деп, мындан башка жүрөккө, денеге жана мал-мүлккө тиешелүү эч кандай амал кылганын айтпайт. Анткени, мунун баары жакшы көрүүнүн бутакчалары болуп эсептелет. Чыныгы жакшы көрүү жакшы амалдарды кылууга түртөт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: Сен кимди жакшы көрсөң, бейиште ошону менен биргесиң дейт.
 Пайгамбардын сахабалары бул сүйүнүчтүү кабарга аябай сүйүнүшөт.
 Андан кийин Анас (ага Аллах ыраазы болсун) Аллахтын элчисин, Абу Бакрды жана Умарды жакшы көрөрүн, алардай жакшы амалдарды көп кыла албаса да бейиште алар менен чогуу болууну үмүт кыларын айтты.</t>
   </si>
   <si>
     <t>حكمة رسول الله صلى الله عليه وسلم في إجابة السائل، حيث دلَّه على الذي يهمه وينجيه، وهو: الاستعداد للآخرة بما ينفع والعمل الصالح.
 أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
 فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
 قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
 توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жооп берүүдөгү даанышмандыгы -  суроочуга акыретке жакшы амалдарды кылып даярдануу керектигин эскерткени.
 Аллах Таалага жолугууга даярданып, жакшы амалдарды аткарып жүрүүсү үчүн Аллах Таала пенделерине кыяматтын качан болорун сыр кылып койгон.
 Аллахты, пайгамбарларды жана саалих адамдарды жакшы көрүү артыкчылыктуу иш. Ал эми мушриктерди жакшы көрүүдөн сак болуу керек.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) "Сен кимди жакшы көрсөң, ошону мененсиң" деген сөзү, орунда жана даражада алар менен бирдейсиң деген маани эмес. Алар сыяктуу сен да бейиште болосуң, бейиште бири-бириңерди көрүүгө мүмкүн деген маанини билдирет.
 Мусулман адам пайдасыз суроолорду берүүдөн оолак болуп, пайдалуу, жакшы иш-амалдарды аткаруу менен алек болуусу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3087</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>Тамак келгенде намаз болбойт жана эки нажас келип калган абалда туруп да намаз окулбайт</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>Айша, радыяллаху анха, риваят кылган хадисте, ал айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: "Тамак келгенде намаз болбойт жана эки нажас келип калган абалда туруп да намаз окулбайт".</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, тамак келгенде намаз окуудан тыйган. Анткени намаз окуп жаткан адам тамакты эңсеп, жүрөгү ага байланып калат.
 Ошол сыяктуу эле Аллахтын Элчиси, саллаллаху алейхи уа саллам, эки нажасты; чоң заара жана кичи заара келген абалда намаз окуудан тыйган. Анткени андай учурда намаз окуучу дааратын кармоо менен алек болуп калат.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Намаз окуучу намазын баштаардан алдын намаз учурунда аны алаксыта турган нерселердин баарын алып салышы керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3088</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ،</t>
-[...2 lines deleted...]
-    <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды баштаганда эки колун эки ийининин тушуна чейин көтөрчү.</t>
+    <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
+  </si>
+  <si>
+    <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды баштаганда эки колун эки ийининин тушуна чейин көтөрчү</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
     <t>Ибн Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды баштаганда эки колун эки ийининин тушуна чейин көтөрчү.  Рүкү кылуу үчүн такбир айтканда, рүкүдөн башын өйдө кылганда эки колун ошондой көтөрчү. Анан: "Самиъа Аллаху лиман хамидах, роббанаа лакал хамду" деп айтчу. Саждада мындай кылчу эмес.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намазда үч учурда колун ийин тушуна чейин: далы менен акырек сөөгүнүн тушуна чейин көтөргөн.
 Биринчи учур: намазды баштагандагы биринчи такбирде
 Экинчиси: рүкүгө эңкейгендеги такбирде
 Үчүнчүсү: рүкүдөн башын көтөргөндө. Ушул учурда: Самиъа Аллаху лиман хамидах, роббанаа ва лакал хамд деп айткан.
 Сажда кыларда да, саждадан өйдө болордо да колун көтөргөн эмес.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Намазда колун көтөрүүнүн сыры - намазга кооздук жана Аллах Тааланы улуктоо.
 Мындан сырткары Абу Хумайд ас-Саъидинин Абу Дауд ж.б. айтылган хадисинде пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) дагы бир учурда колун көтөргөнү айтылган. Бул үч жана төрт ирекеттүү намаздарда биринчи ташахуддан турган учур.
 Дагы пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) колдорун кулак түшуна чейин көтөргөнү бирок кулагына тийгизбегени айтылган. Маалик бин Хувайристин эки ишенимдүү хадистер топтомунда айтылган хадисинде: "Аллахтын элчиси (Аллаху Акбар деп) такбир айтканда эки колун кулактарынын тушуна чейин көтөргөн" деп айтылат.
 Самиъа Аллаху лиман хамидах деп айтуу имамга анан өзү жалгыз намаз окуган кишиге тиешелүү. Ал эми имамга уюган киши: Роббана ва лакал хамду деп айтат.
 Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) айтылган "Роббана ва лакал хамду" деген сөз төрт түрдө айтылат. Бири ушул. Жакшысы бул дубаны жана башкасын билип билип, кээде бирин, кээде башкасын айтып туруу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3095</t>
   </si>
   <si>
-    <t>عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ</t>
+    <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менин алаканымды эки алаканын ортосуна кармап, ташахудду мага куду Курандын сүрөлөрүн үйрөткөндөй үйрөттү</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>Ибн Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менин алаканымды эки алаканын ортосуна кармап, ташахудду мага куду Курандын сүрөлөрүн үйрөткөндөй үйрөттү : "Саламдар, намаздар, жакшы сөздөр жана жакшы иш-аракеттер Аллахка таандык. (Аллахтын) тынчтыгы, ырайымы жана берекеси сага болсун, о, пайгамбар. Бизге да, Аллахтын салих пенделерине да Аллахтын тынчтыгы болсун. Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси" деп күбөлүк берем". Хадистин башка бир версиясында: "Чындыгында Аллах - бардык айып-кемчиликтерден  Таза. Качан силердин бириңер намазда отурганда минтип айтсын: "Саламдар, намаздар, жакшы сөздөр жана жакшы иш-аракеттер Аллахка таандык. (Аллахтын) тынчтыгы, ырайымы жана берекеси сага болсун, о, пайгамбар. Бизге да, Аллахтын салих пенделерине да Аллахтын тынчтыгы болсун".  Ушуну айтса, Аллахтын асман-жердеги бардык кулдарына жетет. "Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси" деп, андан кийин каалагандай дуба кылууга ыктыярдуу".</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
 أي أُقِرُّ إقرارًا جازمًا به بأنه لا معبود حق إلا الله. 
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Абдуллах бин Масъудга (ага Аллах ыраазы болсун) намазда айтыла турган ташахудду үйрөттү. Ибн Масъуддун көңүлүн буруу үчүн анын колун кармады. Курандын кайсы бир сүрөсүн үйрөткөндөй үйрөткөнү,  пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) бул ташахуддун маанисине  да, айтылышына да  зор маани бергенине далил. Анан ал мындай деди: "Аттахияту лиллаах": Бул, улуктукту билдирген бардык иштер жана сөздөр, булардын баары Аллах Таалага ылайык деген маани. "Ас-Солаваату": Бул, белгилүү болгон парз жана напил намаздар Аллах үчун деген маани. "Ат-Тоййибаат": Бул, толуктукту билдирген сөздөр, иштер, сыпаттар баары Аллахка ылайык деген маани. "Ас-Салааму алайка аййухан-Набиййу ва рахматуллохи ва баркатух". Ага (пайгамбарга) апаат жана жамандыктардан саламаттыкты тилеп жана ага бардык жакшылыктын көбөйүп, мол болуусун суранып дуба кылуу. "Ас-Салааму алайнаа ва ъалаа ъибаадиллаахис-Соолихиийн": Намаз окуучуга жана асман-жердеги бардык салих пенделерге саламаттык тилеген дуба. "Ашхаду аллаа илааха ил-лаллооху": Аллахтан башка ибадатка татыктуу жок деп тастыктаймын. "Ва анна Мухаммадан ъабдуху ва расуулуху": Анын (пайгамбардын) пенде жана акыркы элчи экендигин тастыктаймын.
 Муну айткандан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намаз окуучуну каалаган дубасын кылууга үндөдү.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Бул ташахудду айта турган учур бардык намаздардын акыркы саждасынан кийинки отуруш жана үч, төрт ирекеттүү намаздардын экинчи ирекетинен кийинки отуруш.
 Ташахудда ат-тахияуну окуу важыб, пайгамбарыбыздан (ага Аллах ыраазы болсун) айтылган ташахуддун кайсы айтылышы болсо да айта берсе жайыз.
 Намазда өзүнө жаккан, бирок күнөө эмес нерсени дуба кылуу жайыз.
 Дуба кылганда биринчи өзүнөн баштаган жакшы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3096</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ</t>
+    <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>Аллахым, кабыр азабынан, тозок азабынан, жашоонун жана өлүм фитна-бүлгүнүнөн жана масих Дажжалдын фитна-бүлгүнүнөн сактоону Өзүңдөн суранам</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) дуба кылып, минтип айтаар эле: "Аллахым, кабыр азабынан, тозок азабынан, жашоонун жана өлүм фитна-бүлгүнүнөн жана масих Дажжалдын фитна-бүлгүнүнөн сактоону Өзүңдөн суранам ". Муслимдин риваятында: "Акыркы ташаудду окугандан кийин төрт нерседен сактоону Аллахтан сурангыла: тозоктун азабынан, кабырдын азабынан, жашоонун жана өлүм фитна-бүлгүнүнөн, масих Дажжалдын жамандыгынан" деп келген.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазда акыркы ташахуддан кийин, салам берүүдөн мурда төрт нерседен сактоосун Аллахтан суранат эле жана бизди да ушул нерселерден сактоону Аллахтан суранууга буйруган.
 Биринчи: Мурзөдөгү азаптан.
 Экинчи: тозоктогу азаптан, бул кыямат күнүнө тиешелүү.
 Үчүнчү: тирүүлөрдүн фитна, азгырыгынан, тыюу салынган дүйнөлүк ышкы кумарлардан жана дүйнөнүн адаштыруучу шек-күмөндүү иштеринен. Ошондой өлүм фитнасынан, т.а. өлүм саатынан, ислам же сүннөттөн четтеп (өлүп)  кетүүдөн, эки периштенин сурагы сыктуу мүрзөдөгү сыноолордон.
 Төртүнчү: акыр заманда чыга турган масих Дажжалдын фитна, азгырыгынан. Аллах ал аркылуу пенделерин сынайт. Анын жеке өзүн зикир кылып айтканы, анын фитнасы жана адаштыруусу коркунучтуу болгондугу үчүн.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Бул сактануу сөздөрү дубанын эң зарылы жана толугу. Анткени, бул сөздөр дүйнөнүн да, акыреттин да жамандыктарынан сактоону өз ичине камтыйт.
 Кабыр азыбынын бардыгына далил, кабыр азабынын болору ак.
 Фитнанын коркунучтуулугу, андан кутулуу үчүн Аллах дуба кылуу, Андан жардам тилөө зарыл.
 Дажжалдын чыгуусу жана анын фитна-азгырыгынын күчтүүлүгү.
 Бул дубаны акыркы ташахуддан кийин айтуу жакшы.
 Ийги иш-амалдардын артынан дуба кылуу жакшы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3103</t>
   </si>
   <si>
-    <t>اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ</t>
+    <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>Аллахумма баъид байни ва байна хотойайа камаа баъадта байнал машрики вал магриб,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) такбир айтып намазга киргенден кийин (Фатиханы) окуганга чейин бир саамга унчукпай турчу. Ошондо мен: О, Аллахтын элчиси, ата-энем сага курман болсун, такбир менен кырааттын ортосунда унчукпай турдуңуз, ал учурда эмнени окуйсуз? - деп сурадым. Ал: " Аллахумма баъид байни ва байна хотойайа камаа баъадта байнал машрики вал магриб, Аллахумма наккини мин хотойайа камаа йунаккас савбул абйазу минад-данаси, Аллахуммаг силнии мин хотойайа бис-салжи вал-мааи вал-баради" деп айтамын" - деди.</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) такбир айтып намазга киришкенден кийин фатиханы окуганга чейин бир азга унчукпай туруп калчу. Б.а. намазды кайсы бир дубаны окуп баштачу. Анын окуган дубасы мындай эле: О, Аллах! Мен менен менин каталарымдын арасын батыш менен чыгыштын арасын узак кылгандай узак кыл! О, Аллах! Ак кийим кирден таза болгондой мени да каталарымдан тазарта көр! О, Аллах! Менин каталарымды кар, суу жана шүүдүрүм менен жуба көр! Ал күнөө кылбастыгы үчүн күнөөлөрү менен анын ортосун чыгыш менен батыш бири-бирине жолуга албагандай эч жолуга албай турган алыс кылгын деп дуба кылган. Кокус ага жолугуп калса б.а. күнөө кылып калса, анда аны ак кийимдин кирин кетирип тазалагандай таптаза кылуусун, күнөөсүн эң жакшы муздак тазалоочу суу, кар жана шүүдүрүм менен тазалагандай тазалап анын табын жана ысыгын кетирүүсүн суранып дуба кылган.</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>Намаз жарыя окулчу намаз болсо да, намазга киришкенде айтылчу бул дуба купуя окулат.
 Сахабалар пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бири кыймылына жана унчукпай турганына кызыгып, ошол учурда эмне деп жатканын билүүгө кызыктар болушкан.
 Намазды баштоо дубасынын башкача айтылгандары да бар. Жакшысы, анык пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айткан бул дубалардын баарын билип, кээде бирин, кээде башкасын айтып жүрүүсү керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3104</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>Эгер жаныңдагы адамга жума күнү имам кутба айтып жаткан маалда: "Тынчтанып ук» - десең да, анда куру сөз сүйлөгөн болосуң</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Эгер жаныңдагы адамга жума күнү имам кутба айтып жаткан маалда: "Тынчтанып ук» - десең да, анда куру сөз сүйлөгөн болосуң".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, жума хутбасына келгендер үчүн жума хутбасындагы важиб адептердин бири хутбаны түшүнүү үчүн тынч олтуруп угуу экенин баяндап жатат. Кимде-ким имам хутба айтып жатканда кыска болсо да сүйлөп, башкага: "Тынч бол, ук" - десе, анда жума намазынын пазилетинен куру калган болот.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Хутба угуп жатканда жамандыктан кайтаруу же саламга алек алуу жана чүчкүргөнгө жооп берүү менен болсо да сүйлөөгө тыюу салынган.
 Мындан тышкары. имамга кайрылган адамга же имам ага кайрылган адамга сүйлөө болот.
 Зарыл учурда эки кутбанын ортосунда сүйлөөгө уруксат.
 Имам хутба айтып жатканда Пайгамбар, саллаллаху алейхи уа саллам, эскерилсе, анда ал үчүн купуя салават айтыңыз, ошондой эле дубада "аамиин" деп айтсаңыз да болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3107</t>
   </si>
   <si>
-    <t>أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ،</t>
-[...2 lines deleted...]
-    <t>Силерге Дажжалдын мурдагы пайгамбарлар коомуна айтпаган сыпаттарын айтып берейинби?" Анын көзү сокур. Ал бейиш жана тозок сыяктуу нерсени алып жүрөт.</t>
+    <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
+  </si>
+  <si>
+    <t>Силерге Дажжалдын мурдагы пайгамбарлар коомуна айтпаган сыпаттарын айтып берейинби?" Анын көзү сокур. Ал бейиш жана тозок сыяктуу нерсени алып жүрөт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерге Дажжалдын мурдагы пайгамбарлар коомуна айтпаган сыпаттарын айтып берейинби?" Анын көзү сокур. Ал бейиш жана тозок сыяктуу нерсени алып жүрөт.  Анын бейиш дегени тозок болот. Нух пайгамбар аны айтып коомуна эскерткен сыяктуу мен да силерге эскертемин".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына Дажжал тууралуу мурдагы пайгамбарлар айтпаган анын сыпаттары жана белгилери тууралуу кабар берген. Алардын кээ бири булар:
 Анын көзү сокур болот.
 Аллах Таала ага бейиш жана тозок сыяктуу нерсени алып жүрүүгө мүмкүнчүлүк берет б.а. элдин көзүнө ошондой көрүнөт.
 Бирок анын бейиши - тозок, тозогу - бейиш. Ким анын айтканын кылса, эл көзүнө бейиш болуп көрүнгөн нерсеге киргизет, бирок ал күйгүзүүчү тозок болот. Ким ага моюн сунбаса, аны эл көзүнө тозок болуп көрүнгөн нерсеге киргизет, бирок ал бейиш болот. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Нух пайгамбар Дажжалдын азгырыгын коомуна эскерткен сыяктуу, ал да үммөтүнө анын азгырыгынан сак болууну эскертти.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>Дажжалдын бүлгүн, бузукулугу өтө чоң болот.
 Дажжалдын бүлгүнүнөн чыныгы ыйман, Аллага таянуу, акыркы ташахудда андан сактоону Аллахтан тилөө, Кахф сүрөөсүнүн алгачкы он аятын жаттоо сыяктуу иштер куткарууга себеп боло алат.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүнө аябай кам көргөн. Ал башка пайгамбарлар коомуна айтпаган нерсени мусулмандарга айтып баяндап берген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3110</t>
   </si>
   <si>
-    <t>الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل</t>
+    <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>Адам досунун дининде болот. Ошондуктан ар кимиң ким менен дос болоруна карасын</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адам досунун дининде болот. Ошондуктан ар кимиң ким менен дос болоруна карасын".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдын жүрүм-туруму, адаттары жакын досуна окшошуп каларын айткан. Достук адамдын жүрүм-турумуна, адеп-ахлагына, иш-аракеттерине таасирин тийгизет. Ошон үчүн досту жакшылап карап тандоого чакырган. Жакшы адам досунун ыйманына, туура жолдо жүрүүсүнө жана жакшы иштерди кылуусуна далил болот жана аны колдоп турат.</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
     <t>Жакшы адамдар менен болуп, алар менен маектешип жүрүүгө буйруп, жаман адамдарга жакын болуудан тыйган.
 Мында жакын тууган жөнүндө эмес, дос жөнүндо гана айтылган. Анткени, досту тандоого болот. Ал эми тууганды тандай албайсың.
 Кимдир бирөөгө жоро-жолдош болуудан мурда пикир кылып, ойлонуу керек.
 Ыймандуу адамдар менен бирге болуп, алар менен маектешкен адам динин бекемдейт. Ал эми фасык жана бузуку адамдар менен маектешкен адамдын дини алсыздайт.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[Хасан (жакшы)]</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3122</t>
   </si>
   <si>
-    <t>إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ،</t>
-[...2 lines deleted...]
-    <t>Салих жана жаман адам менен отуруунун мисалы, атыр саткан жана көөрүк үйлөгөн адам менен отуруу сыяктуу.</t>
+    <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
+  </si>
+  <si>
+    <t>Салих жана жаман адам менен отуруунун мисалы, атыр саткан жана көөрүк үйлөгөн адам менен отуруу сыяктуу</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>Абу Муса Ашари (ага Аллах ыраазы болсун) айтымында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Салих жана жаман адам менен отуруунун мисалы, атыр саткан жана көөрүк үйлөгөн адам менен отуруу сыяктуу. 
  Атыр саткан адам: же ал сага атырын белек кылат, же сен андан сатып аласың, же жок эле дегенде анын жыпар жыты келип турат. Көөрүк үйлөгөн адам: же ал сенин кийимиңди күйгүзөт, же андан жагымсыз жытты табасың".</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эки түрдүү адамды мисал келтирди:
 Биринчиси: Сөзгө ынак адам жана салих дос, ал Аллахка жана Аллах ыраазы боло турган иштерге багыт берет, Ага баш ийүүгө түрткү болот. Ал атыр саткан адамга окшош, сага атыр бериши мүмкүн, же сен андан атыр сатып аласың, же сен анын жыпар жытын жыттайсың.
 Экинчиси: Жаман жолдош же табакташ. Ал Аллахтын жолунан тыят, күнөө иштерди кылууга түрткү болот. Андан жаман иштерди гана көрөсүң, өзү сыяктуу сенден да жаман иштерди кылууну талап кылат. Ал көөрүк менен отту кызыткан темир уста сыяктуу. Анын  учурган учкунуна кийимиңди күйгүзөсүң, же андан жаман жытты жыттайсың.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
     <t>Угуучуга маани түшүнүктүү болуусу үчун мисалдарды келтирүүгө болот.
 Ибадатчыл, салих адамдар менен отуруу. Бузукулардан жана жаман мүнөздүүлөрдөн алыс болуу зарыл. Хадис ушуга үндөп, кызыктырган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3127</t>
   </si>
   <si>
-    <t>السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ</t>
+    <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>Жесирге жана жардыга жардам берген адам Аллах жолунда жихад кылгандай же түнү туруп намаз окуп, күндүзү орозо кармагандай (сооп-сый алат)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жесирге жана жардыга жардам берген адам Аллах жолунда жихад кылгандай же түнү туруп намаз окуп, күндүзү орозо кармагандай (сооп-сый алат)".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун), күйөөсү өлүп, ага каралашар эч кими жок аялга жана муктаж болгон жардыга жардам колун сунуп, Алла Тааладан сооп үмүт кылып аларды каржылган киши, Аллахтын жолунда жихадга чыккандай, же чарчабастан түнү тахажуд намазын окуган, күндүзү оозун ачпай орозо кармаган адамдай сооп-сыйга ээ болорун кабарлаган.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Хадисте бей-бечаранын кажетин чечүү, кепилдикке алуу жана жардам берүүгө үндөгөн.
 Ибадат бардык ийги иш-амалдарды ичине камтыйт, жесирге жана жардыга жардам берүү да ибадаттын бири болуп саналат.
 Ибн Хубайра минтип айткан: Алла Тааланын ага бир учурда орозо тутуучунун, намаз окуучунун жана жихадга чыгуучунун сооп-сыйын чогуу бергенинин төркүнү мындай, анткени ал жесирге анын күйөөсүнүн ордунда туруп жардам берет..., өзүн эптөөгө алы жетпеген жардыга анын ордуна туруп жардам берет. Азык-түлүктүн артыкчасынан каржылайт. Туруктуулук менен садага берет. Ошол себептен анын пайдасы орозого, намазга жана жихадга тең келет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3135</t>
   </si>
   <si>
-    <t>بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ،</t>
+    <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>Жакшы иш-амалдарды аткарууга шашылгыла. Караңгы түн каптагандай фитна-азгырыктар каптаган заман келет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жакшы иш-амалдарды аткарууга шашылгыла. Караңгы түн каптагандай фитна-азгырыктар каптаган заман келет. Ошондо эрте менен ыймандуу болуп турган адам, кечинде каапыр болуп калат. Кечинде ыйманы менен жүргөн адам, эртең менен каапыр болуп калат. Алар жарыбаган дүйнө кызыкчылыгы үчүн динин сатып жиберишет".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандууларды жакшы иш-амалдарды шашылып аткарууга үндөгөн. Аларды жакшы иш-амалдардан алаксыта турган, же такыр эле аткартпай тосо турган фитна, шек-күмөндүү жаман иштер пайда болорун айткан. Ал учур түндөй караңгы, анда чындык менен жалган аралашып кетет. Адамдар ак менен караны ажырата албай калат. Азгырыктын күчтүүлүгүнөн эртең менен эле ыймандуу болуп турган адам, кечинде каапыр болуп калат. Кечинде ыймандуу болуп турган адам, эрте менен каапыр болуп калат. Убактылуу, жок болуп кете турган кайсы бир дүйнө кызыкчылыгы үчүн динин таштап коюшат.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
     <t>Динди бекем кармоо жана тоскоолдук жаратуучу иштер пайда болгончо жакшы иш-амалдарды аткарып калууга шашылуу важиб.
 Акыр заманда түндөй каптаган фитна-бүлгүн иштер көбөйөт. Мындай бузуку фитналардын бири пайда болуп кайра жоголсо, анын артынан экинчиси чыга берет.
 Эгер инсандын дин кармануусу алсыздап, анын каршысына байлыкка кызыгуусу же башка бир дүйнөлүк нерсеге кызыгуусу күчөй берсе, бул анын динден алыстоосуна жана таштап коюусуна, фитна-азгырыкка ээрчип кетүүсүнө себеп болот.
 Бул хадис жакшы иш-амалдар фитна-бүлгүндөн кутулууга себеп болоруна далил.
 Фитна-бүлгүн эки түрдүү болот: биринчиси, шек-күмөн жараткан фитна. Муну илим аркылуу жеңүүгө болот. Экинчиси, шахват, кумар каалоолорун жараткан фитна. Муну бекем ыйман жана сабырдуулук менен жеңүүгө болот.
 Хадисте кимдин жакшы иш-амалдары аз болсо ага фитна бат жетерине ишарат бар. Ал эми кимдин жакшы иш-амалдары көбүрөөк болсо, анысына сыймыктанып жүрүп албай, жакшы ишин дагы көбөйтө бериши керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3138</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ</t>
-[...2 lines deleted...]
-    <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Йа муколлибал кулууби саббит колби алаа дииника" (Эй, жүрөктөрдү калчоочу Аллах, менин жүрөгүмдү динге бекем кыл)"</t>
+    <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
+  </si>
+  <si>
+    <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Йа муколлибал кулууби саббит колби алаа дииника" (Эй, жүрөктөрдү калчоочу Аллах, менин жүрөгүмдү динге бекем кыл)</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Йа муколлибал кулууби саббит колби алаа дииника" (Эй, жүрөктөрдү калчоочу Аллах, менин жүрөгүмдү динге бекем кыл)"  - деп көп дуба кылчу. Мен: "О, Алахтын элчиси, биз сизге жана сиз алып келген динге ыйман келтирдик. Ошентсе да биз үчүн коркосузбу?" - деп сурадым. Ал: "Ооба, жүрөктөр Аллахтын манжаларынан эки манжасынын арасында турат. Кандай кааласа ошондой калчайт" - деди.</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) динге жана таат-ибадатка бекем кылуусун жана туура жолдон тайып кетүүдөн, адашуудан сактоосун сурап Аллахка көп дуба кылчу. Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип көп дуба кылганына Анас (ага Аллах ыраазы болсун) таң калып, анын жөнүн сураганда пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын жүрөктөрү Аллахтын эки манжасынын ортосунда турарын, Аллах аларды каалагандай калчарын айтып түшүндүрөт. Жүрөк ыйман менен каапырлыктын чеги. Жүрөктү арапча "колбун" дейт, мааниси ары-бери өзгөрүп туруучу дегенди туюндурат. Жүрөктүн өзгөрүүсү казан кайнап ашып кеткенден да бат өзгөрүп турат. Аллах кимди кааласа, анын жүрөгүн туура жолго багыттап, динде туруктуу кылат. Кимди кааласа, анын жүрөгүн туура жолдон тайдырып, адаштырат.</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтан коркуп, Ага катуу берилип жалбарган жана үммөтүн да ушундай жалбарып дуба кылууга чакырган.
 Динде туруктуу жана бекем болуу зарыл, анткени натыйжа эң акыркы амалдарга тиешелүү болот.
 Аллах колдоп, туруктуу кармап турбаса, пенде Исламда көз ирмемчелик да тура албайт.
 Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана макоосу болсун) өрнөк алып, жогорудагы дубаны көп айтышыбыз керек.
 Динде бекем болуп, туруктуу жүрүү - бул Аллахтын пендесине берген чоң нээмат жакышылыгы. Бул үчүн пенде Аллахка шүгүр кылып, алкыш-мактоо айтууга тийиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3142</t>
   </si>
   <si>
-    <t>إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا</t>
+    <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>Эгерде бирөөңөрдүн идишине ит башын салса, ал идишти жети жолу жууп тазаласын</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде бирөөңөрдүн идишине ит башын салса, ал идишти жети жолу жууп тазаласын".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ит жалаган идишти жети жолу жууп тазалоого буйруган. Жетинин биринчисинде идишти топурак менен тазалап алуу керек. Андан кийин суу менен жууса ыплас, зыяндуу микробдордон тазаланат.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>Иттин шилекейи оор нажас (өтө ыплас).
 Ит жалаган идиш да, андагы суу да ыплас болот.
 Топурак менен тазалап, анан жети жолу жуу иттин шилекейи тийген нерсеге тиешелүү. Анын тезегине, сийдигине ж.б. булганычтарына эмес.
 Идишти топурак менен тазалоо мындай таризде болот: алгач идишке топуракты салат, анан анын үстүнө бир аз суу куюп, эзилген ылай менен идишти ышкап жууйт.
 Хадисте айтылган өкүм бардык иттерге тиешелүү. Шариятта аңчылык кылууга, кароолчулукка жана кайтаруучулук үчүн багууга уруксат берилген иттерге да тиешелүү.
 Самын ж.б. идиш жуучу каражаттар топурактын ордуна өтпөйт. Анткени, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) топурак деп баса белгилеп айткан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3143</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>Беш нерсе бул адамдын табияттык тазалыгынан. Алар: сүннөткө отургузуу, уяттуу жерлердеги түктөрдү кыруу, мурутту кыскартуу, тырмактарды алуу жана колтуктун түктөрүн жулуу</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте ал айтты: Мен Пайгамбар, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: Беш нерсе бул адамдын табияттык тазалыгынан. Алар: сүннөткө отургузуу, уяттуу жерлердеги түктөрдү кыруу, мурутту кыскартуу, тырмактарды алуу жана колтуктун түктөрүн жулуу.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Ислам дининдеги беш сыпатты жана элчилердин сүннөттөрүн баяндады.
 Биринчиси: сүннөткө отургузуу. Бул балдардын жыныс мүчөсүнүн баш жагындагы ашыкча терисин жана кыздардын жыныс мүчөсүнүн кынынан жогору жагынан кесип алуу.
 Экинчиси: жыныс мүчөлөрдүн айланасындагы түктөрдү кыруу.
 Үчүнчүсү: мурутту кыскартуу. Эрин көрүнгүдөй кылып эркектин үстүнкү эрининен жогорунда өскөн мурутту кыскартып алуу.
 Төртүнчүсү: тырмактарды алуу.
 Бешинчи: колтуктагы түктөрдү жулуу.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Аллах сүйгөн, ыраазы болгон жана буйруган пайгамбарлардын сүннөттөрү кемчиликсиздикке, тазалыкка жана сулуулукка чакырат.
 Бул нерселердин келишиминин шарияттагы мыйзамдуулугу жана аларды көз жаздымда калтырбоо.
 Бул сыпаттардын диний жана дүнүйөлүк пайдалары бар, алар: сырткы көрүнүштү жакшыртуу, денени тазалоо, тазалыкка чараларды көрүү, каапырларга каршы болуу жана Аллахтын буйругуна моюн сунуу.
 Бул беш сыпаттан башка адамдын табиятындагы кошумча сыпаттар башка хадистерде да айтылган. Мисалы: сакал коюу, тишти мисвак менен тазалоо ж.б. сыпаттар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3144</t>
   </si>
   <si>
-    <t>لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ</t>
-[...2 lines deleted...]
-    <t>Лаа илаха иллаллааху, чоң жамандык жакындап келе жаткан араптардын шору курусун. Бүгүн Йажуж менен Мажуждун тосмосунун ушунча жери ачылды"</t>
+    <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
+  </si>
+  <si>
+    <t>Лаа илаха иллаллааху, чоң жамандык жакындап келе жаткан араптардын шору курусун. Бүгүн Йажуж менен Мажуждун тосмосунун ушунча жери ачылды</t>
   </si>
   <si>
     <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
   </si>
   <si>
     <t>Зайнап бинт Жахш (аларга Аллах ыраазы болсун) айтат: Бир жолу Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чочулагандай түрү менен кирип келип мындай деди: "Лаа илаха иллаллааху, чоң жамандык жакындап келе жаткан араптардын шору курусун. Бүгүн Йажуж менен Мажуждун тосмосунун ушунча жери ачылды"  деп, сөөмөйүн баш бармагы менен бириктирип эки манжасынын ортосундагы кичине жылчыкты көрсөттү. Зайнаб бинт Жахш айтат: "Мен ага мындай дедим: "О, Аллахтын элчиси, биздин арабызда салих адамдар болсо деле кыйроого учурашыбыз мүмкүнбү?" Ал: "Ооба, эгер бузуку иштер күнөөлөр көбөйүп кетсе" - деди.</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
 ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
 فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
 فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аялы Зайнаб бинт Жахштын бөлмөсүнө чочулап, корккондой түр менен кирет. Анан алдыда жаман иштин болорун, андан бир гана Аллахка жалбаруу менен кутулууга болорун билдирип: "Лаа илааха иллаллааху" дейт. Анан минтип айтат: Араптарга вайл болсун, бир жамандыктын ишке ашарына аз калды. Бүгүн Йажуж менен Мажуждун Зулкарнайн тосуп кеткен тосмосу ушунча өлчөмдө ачылды деп, баш бармагы менен сөөмөйүн бириктирип, ортосунда пайда болгон жылчыкты көрсөттү. Зайнаб (ага Аллах ыраазы болсун): "Арабызда ыймандуу, саалих адамдар бар болсо, Аллах кантип бизди кыйратып жиберсин? деп сурайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага мындай дейт: Эгерде бузукулук, жамандык, күнөөлөр, зына кылуу, арак ичүү ж.б. көбөйүп кетсе, Аллах Таала адамдардын баарын чогуу кыйратат.</t>
   </si>
   <si>
     <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>Чочулоо, тынчсыздануу ыймандуу адамды Аллахты зикир кылуудан алагды кылбайт. Анткени, Аллахты эстөө менен жүрөктөр тынчтанат.
 Күнөө иштерден кайтарып, аны аткарууга жол бербөө керек.
 Эгерде күнөө иштер көбөйүп жайылып кетсе жана андан тыйган адам болбосо, эл арасында саалих адамдар көп болгонуна карабай, Аллах Тааланын азабы жалпы элге бирдей түшөт.
 Башка түшкөн балээлер саалихтерге да, бузуктарга да бирдей келет, бирок кыяматта тирилгенде ар кимиси ниетине жараша тирилет.
 Хадисте "араптарга вайл болсун" деп, араптарды гана айтканы, ал учурда динди кабылдаган элдин эң көбү араптар болгону үчүн. Негизи бул хадис жалпы адамзатка тиешелүү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3145</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатканага кирээрде: "Аллахым, жиндердин эркек, ургаачысынын жамандыгынан сактоону Өзүңдөн тилейм" деп айтчу</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатканага кирээрде: "Аллахым, жиндердин эркек, ургаачысынын жамандыгынан сактоону Өзүңдөн тилейм" деп айтчу.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) заара же заңдоо үчүн ажетин өтөй турган жерге кирүүнү каалаганда, Аллахтан коргоо тилөөчү жана шайтандын эркек жана ургаачысынын жамандыгынан сактагын деп Ага сүйөнчү. Ал-Хубс вал-Хабааис деген сөздөр, жамандык жана ыпластык деп да чечмеленет.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Ажатканага кирээрде ушул дубаны айтуу жакшы.
 Бардык калайык-макулуктар ар кандай абалда аларга зыян тийгизүүчү же ыза берүүчү нерседен сактанууда Раббисине муктаж.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3150</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) көшөгөнүн артындагы бойго жеткен кыздан да уялчаак эле. Эгерде кайсы бир нерсени жактырбаса, жүзүнөн байкайт элек</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
   </si>
   <si>
     <t>Абу Саид Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) көшөгөнүн артындагы бойго жеткен кыздан да уялчаак эле. Эгерде кайсы бир нерсени жактырбаса, жүзүнөн байкайт элек.</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو سعيد الخدري رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم كان أشدَّ حياء من البنت البِكْر التي لم تتزوج وتعاشر الرجال المُستترة في بيتها، ومن شدة حيائه أنه إذا كَرِهَ شيئًا يتغير وجهه ولا يتكلم، بل يفهم أصحابه كراهيتَه لذلك في وجهه.</t>
   </si>
   <si>
     <t>Абу Саид Худри (ага Аллах ыраазы болсун) пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) уялчаактыгын бойго жеткен, турмушка чыга элек, эркектерден өзүн жашырган кызга салыштырган. Анткени, анын уяттуулугу жогору болгон, эгер бир нерсени жактырбаса, жүзү өзгөрүп кетет эле жана эч нерсе деп айтчу эмес. Сахабалар анын жүзүнөн жактырбай жатканын байкашчу.</t>
   </si>
   <si>
     <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
 حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
 الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) көркөм мүнөздөрүнүн бири ал –уяттуулугу болгон.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) уяттуулугу аны Аллах арам кылган иштерди айтуудан токтотуп койгон эмес. Эгер мындай иштерди көрсө, ачууланып, саахабаларын буйруп же тыйып турчу.
 Уяттуулук сыпатын мүнөзгө киргизүү зарыл, анткени, уяттуулук жакшы иштерди аткарып, жаман ишти таштоого түрткү болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3153</t>
   </si>
   <si>
-    <t>سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ</t>
+    <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>Келечекте өзүмчүл башчылар жана диниңерде жек көргөн иштер болот". О, Аллахтын элчиси, (ал учурда) бизди эмне кылууга буйруйсуң - дешти (сахабалар). "Силердин моюнуңардагы милдетиңерди аткара бергиле, акыңарды Аллахтан сурагыла" - деди</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>Абу Масуъддун (ага Аллах ыраазы болсун) риваятында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Келечекте өзүмчүл башчылар жана диниңерде жек көргөн иштер болот". О, Аллахтын элчиси, (ал учурда) бизди эмне кылууга буйруйсуң - дешти (сахабалар). "Силердин моюнуңардагы милдетиңерди аткара бергиле, акыңарды Аллахтан сурагыла" - деди.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) келечекте мусулмандарга алардын мал-мүлкүнө ж.б. дүйнө иштерине кыянат кыла турган башчылар башчылык кыларын кабарлаган. Ал башчылар алардын мал-мүлкүн каалагандай жумшап, мусулмандардын акысынан тыят. Ошондой эле аларда динде четке кагылган иштер пайда болот. Сахабалар (аларга Аллах ыраазы болсун) ошол учурда эмне кылуу керектигин сурайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алардын мал-мүлктү каалагандай жумшоосу, силерди башчыны угуп, ага баш ийүү милдетинен тыйып койбоосу керектигин айтат. Тескерисинче, сабыр кылгыла, уккула, баш ийгиле, алардан бийликти талашпагыла, өзүңөргө тиешелүү акыны, башчыларды оңдоп-түзөөнү, алырдын жамандыгын жана зулумдугун жок кылууну Аллахтан сурагыла - деди.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Бул хадис пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгынын далили. Келечекте үммөтүндө боло турган нерсени айткан, анан дал ошондой болду.
 Сыноого туш болуучу адамга ал кабыла турган сыноону айтса болот; ал өзүн даярдап, сыноо келгенде ага сабырдуу болуп, сооп үмут кылуусу үчүн.
 Куран менен сүннөткө таянуу фитна жана келишпестиктерден чыгаруучу (курал).
 Жакшылык иштерде башчыларды угуп, аларга баш ийүүгө, алардан зулумдук көрүшсө да, аларга каршы чыкпоого, үндөө.
 Фитна учурунда сүннөткө ээрчип, даанышмандыкты пайдалануу (керек).
 Эгер ага зулумдук кылынып жатса да, инсанга анын моюнундагы милдет-акыны аткаруу зарыл.
 Хадисте төмөнкү эрежеге далил бар: Жамандыктардын жеңили, зыяндардын кичиги тандалат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3156</t>
   </si>
   <si>
-    <t>مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ</t>
+    <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
   </si>
   <si>
     <t>Кимде-ким шейит болууну чын жүрөктөн суранса, Аллах Таала аны ал төшөгүндө жатып өлсө да аны шейиттердин даражасына көтөрөт</t>
   </si>
   <si>
     <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
   </si>
   <si>
     <t>Сахл бин Хунайф (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким шейит болууну чын жүрөктөн суранса, Аллах Таала аны ал төшөгүндө жатып өлсө да аны шейиттердин даражасына көтөрөт".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким Аллах жолунда шейит болуп өлүүнү Аллахка чын ыкласы менен ниет кылса, Аллах Таала анын чын ниети үчүн эгер ал төшөгүндө жатып өлсө да шейиттердин даражасын берерин айткан.</t>
   </si>
   <si>
     <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
 الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
 إكرام الله تعالى لهذه الأمة، فهو يعطيها بقليل من العمل أعلى الدرجات في الجنة.</t>
   </si>
   <si>
     <t>Чыныгы ниет жана чамасынын жетишинче аракет кылуу - аракетине толук жете албаса да максат кылган сооп-сыйлыкка жетүүгө себеп болот.
 Жихадга жана шейиттикти үмүт кылууга үндөгөн.
 Аллах Таала мусулман үммөтүн урматтаган. Аз гана амал үчүн бейиштеги улук даражаларды берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3157</t>
   </si>
   <si>
-    <t>مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ</t>
+    <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
   </si>
   <si>
     <t>Аллах Таалага таза, күнөөсү жок жолугуусу үчүн ыймандуу эркектин жана ыймандуу аялдын өзүнө, балдарына жана мал-мүлкүнө ар кандай балээ, сыноолор боло берет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таалага таза, күнөөсү жок жолугуусу үчүн ыймандуу эркектин жана ыймандуу аялдын өзүнө, балдарына жана мал-мүлкүнө ар кандай балээ, сыноолор боло берет".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: ыймандуу эркек-аялдарга алардын өзүнө тиешелүү, мисалы, ден-соолугуна, дене-мүчөлөрүнө же балдарына тиешелүү, мисалы, ооруп калуу, кайтыш болуп калуу, ата-энесине  моюн сунбай коюу, же мал-мүлкүнө тиешелүү, мисалы, жетишсиздик, соодасынын жүрүшпөй калуусу, мал-мүлкүн ууруга алдырып жиберүү, ырыскысынын аздыгы сыяктуу ар түрдүү балээ, сыноолор боло берет. Мунун баарын Аллах Таала алардын күнөө-каталарын кечирип, кыяматта Ага эч кандай күнөөсү жок, таза жолугуулары үчүн ушинтет.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Ыймандуу адамдардын күнөө-каталарын бул дүйнөнүн кыйынчылыктары аркылуу өчүрүп тазалаганы - Аллах Тааланын аларга кылган ырайымы.
 Балээ, сыноолордун күнөөлөрдү өчүрүүсүнө адамдын ыймандуу болуусу шарт. Пенде кыйынчылыктарга ачууланбастан сабыр кылса, соопко ээ болот.
 Өзүнө жаккан иште да, жакпаган иште да баарына  сабырдуу болуу кажет. Аллахтын буйругун аткаруу үчүн сабырдуу болуу керек. Аллах тыйган нерседен алыс болуу үчүн сабырдуу болуу керек. Аллахтан сооп үмүт кылып, Анын азабынан коркуу керек.
 "Ыймандуу эркек жана ыймандуу аял" деп аялзатын кошуп айтканы, аялдарга тиешелүү сөзүн бекемдөө үчүн айтылган.  Анткени, "ыймандуу эркек" деп айткан сөзүнө аялдар да кирет, бул эркекке гана тиешелүү эмес. Аял кишилерге да кандайдыр бир балээ, сыноолор болсо, ошол себептүү алардын да күнөө-катасы кечирилет.
 Пенденин кыйынчылыктарын улам-улам жеңилдеткен нерсе балээлерден пайда болгон артыкчылык.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3159</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намаз окуганда колдорун кенен жайып сажда кылгандыктан, анын колтуктарынын актыгы көрүнүп калчу</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>Абдуллах бин Малик бин Бухайна (ага Аллах ыраазы болсун) мындай дейт: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намаз окуганда колдорун кенен жайып сажда кылгандыктан, анын колтуктарынын актыгы көрүнүп калчу.</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) саждага жыгылган учурда эки колун эки тарабына  канат сыяктуу жайып сажда кылгандыктан, анын колтугунун териси көрүнчү. Саждада эки чыканакты эки жагына кенен жайып, денеден көбүрөөк алыстатуу керек.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Сажданы ушундай абалда, эки чыканакты денеден алысыраак ажыратып аткаруу керек.
 Ал эми имамга уюган адам эки жанындагы адамга зыян тийгизиши мүмкүн болгондуктан, ага мындай кылуу шариятта айтылган эмес.
 Саждага жыгылууда көп пайда, сырлар бар, анын бири: намаздагы сергектикти жана кызыгууну көрсөтүү. Анткени, саждада канча мүчө жерге тийсе, анын баары ибадаттагы өз акысын алат. Сажданын негизги сыры - кичипейилдикти көрсөтүү деп да айтылат. Ошондой эле бешене жана мурунду жерге жеткире тийгизет, ар бир мүчөнү өз-өзүнчө ажыратат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3220</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ</t>
-[...2 lines deleted...]
-    <t>Аллахтын пендеге эң жакын боло турган учуру - түндүн акыркы бөлүгү.</t>
+    <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
+  </si>
+  <si>
+    <t>Аллахтын пендеге эң жакын боло турган учуру - түндүн акыркы бөлүгү</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
     <t>Абу Умама айтат: Мага Амр бин Абаса (ага Аллах ыраазы болсун) Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) укканын минтип айтты: "Аллахтын пендеге эң жакын боло турган учуру - түндүн акыркы бөлүгү.  Эгер колуңдан келсе, ошол убакта Аллахты зикир кылуучулардан бол"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: түндүн акыркы үчүнчү бөлүгүндө Аллах Таала пендеге эң жакын болгон учуру. О, ыймандуу пенде, эгер ушул убакта намаз окуп, зикир чалып, тообо кылуучу адамдардын катарында болууга чамаң жетип, колуңдан келип турса, анда бул убакты текке кетирбей, аны пайдаланып калууга тырыш.</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>Түндүн акыркы бөлүгүндө зикир кылуу зарыл.
 Зикир, дуба жана намаз ибадаттары аткарыла турган артыкчылыктуу убактар бар.
 Муайрик минтип айткан: "Аллах пендеге эң жакын болгон учур" деген хадис менен "Пенде Раббисине эң жакын болгон учур анын сажда кылган учуру" деген хадистин бири-биринен айырмасы мындай: биринчисинде Аллах Тааланын пендеге эң жакын боло турган убакыт жөнүндө айтылган. Бул убакыт түндүн акыркы бөлүгү. Ал эми экинчисинде пенденин Аллахка жакын боло турган абалы тууралуу айтылган. Бул абал пенденин саждадагы абалы.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи жана ан-Насааи жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3236</t>
   </si>
   <si>
-    <t>أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ</t>
-[...2 lines deleted...]
-    <t>Кишинин сарптаган акчасынын эң абзели: Үй бүлөсүнө сарптаган акчасы, Аллах жолунда казатка чыгуу үчүн ат-улоосуна сарптаган акчасы жана Аллах жолунда жүргөн жолдошторуна сарптаган акчасы".</t>
+    <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
+  </si>
+  <si>
+    <t>Кишинин сарптаган акчасынын эң абзели: Үй бүлөсүнө сарптаган акчасы, Аллах жолунда казатка чыгуу үчүн ат-улоосуна сарптаган акчасы жана Аллах жолунда жүргөн жолдошторуна сарптаган акчасы</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>Савбан (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кишинин сарптаган акчасынын эң абзели: Үй бүлөсүнө сарптаган акчасы, Аллах жолунда казатка чыгуу үчүн ат-улоосуна сарптаган акчасы жана Аллах жолунда жүргөн жолдошторуна сарптаган акчасы".  (Хадисти риваят кылгандардын бири) Абу Килаба: "Алгач үй-бүлөдөн баштады" - деп, андан кийин Абу Килаба дагы сөзүн улай: "Жаш балдарын камсыз кылып, аларды сурануудан, муктаждыктан чыгаруудан өткөн сооптуу каржылоо болмок беле?!" - деди.</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) каржылоону сүрөттөп, каржы кыла тургандар көп болсо, алардын эң зарылынан баштоо керектигин, ирети менен айтып берген. Каржылоонун сообу эң көбү - өзү каржылоого милдеттүү болгон адамдарга берилген каржы болот. Мисалы, аялына, баласына ж.б. Андан кийинкиси, Аллах жолундагы согушка даярдалган улоого кетирген каржысы. Андан кийин Аллах жолунда согушка кетип жаткан дос, жолдошторуна берген каржысы.</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>Жогорудагы тартип каржылоонун артыкчылыгына карай айтылганы, шартка жана зарылдыкка карап өзгөрүүсү мүмкүн.
 Үй-бүлөнү каржылоо башка каржылоолорго караганда алдынкы орунда турат.
 Аллах жолундагы согушка каржы берүү каржылоонун эң пайдалууларынын бири. Мисалы: курал-жарак, аскерлерди даярдоо сыяктуу.
 Аллах жолунда деген сөз, ажылык кылуу сыяктуу таат-ибадаттарга да айтылат дегендер да бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3267</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ</t>
+    <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>Мухаммаддын жаны колунда турган Аллахка ант болсун, яхуди болобу, христиан болобу бул үммөттөн ким мен (жөнүндө) угуп, кийин мен жиберилген динге ишенбей өлүп кетсе, тозок ээлеринен болот</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мухаммаддын жаны колунда турган Аллахка ант болсун, яхуди болобу, христиан болобу бул үммөттөн ким мен (жөнүндө) угуп, кийин мен жиберилген динге ишенбей өлүп кетсе, тозок ээлеринен болот".</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын аты менен касам ичип, яхудий болобу, христиан болобу, же анын даават, чакырыгы жеткен башка дин өкүлү болобу, аны угуп, бирок ага ишенбей бул дүйнөдөн өтүп кетсе, тозоктун тургуну болуп, анда түбөлүк каларын айткан.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгы бүткүл ааламга жалпы тиешелүү экендигин, аны ээрчүү да баарына бирдей важыб болгондугун жана анын шарияты келгенден кийин башка шарияттардын баары күчүн жоготкондугун билдирет.
 Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) ишенбеген адамга, анын андан башка пайгамбарларга (аларга Аллахтын тынчтыгы болсун) ишенем деген ою эч кандай пайда бербейт.
 Пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) укпаган жана Ислам даават, чакырыгы жетпеген адамдар кечиримдүү (себептүү). Акыретте аларга кандай өкүм чыгаруу Аллахтын колунда.
 Өлүмгө аз калган учурда болсо да, катуу ооруп жаткан учурунда болсо да, өлүм сааты кекиртекке келгенге чейин Исламды моюндап пайдаланып калуу зарыл.
 Каапырлардын динин, анын ичинде яхудий жана христиандардын динин да туура деп эсептөө - каапырлык.
 Хадисте яхудий жана христиандарды айткан себеби, башкаларга эскертүү. Анткени, яхудий жана христиандардын (илахий, асман) китеби бар. Китеби бар диндер ушундай болгон соң, булардан башка китепсиз "диндер" андан бетер экени маалым. Булардын баарына пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) динине кирип, ага моюн сунуу ваажыб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>Мурутуңарды кыскарткыла жана сакалыңарды өстүргүлө</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Ибн Умар, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Мурутуңарды кыскарткыла жана сакалыңарды өстүргүлө".</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мурутту өстүрбөй алууга, кыскартууга буйруган жана кыскартууга катуу көңүл бурган.
 Сакалды өстүрүүгө жана кенен калтырууга буйруган хадистери өтө көп кездешет.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Сакалды кырууга тыюу салынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3279</t>
   </si>
   <si>
-    <t>عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ</t>
+    <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>Момундун ишине таң каламын. Анын бардык иши жакшылык. Мындай момун үчүн гана болот</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Сухайб (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Момундун ишине таң каламын. Анын бардык иши жакшылык. Мындай момун үчүн гана болот. Эгер ага кубаныч болсо, ага шүгүр кылат. Бул ал үчүн жакшы. Эгер ага зыян болсо, ага сабыр кылат. Бул да ал үчүн жакшы».</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандуу адамдын абалына ыраазы болуу менен таң калганын айткан; анткени, анын ар бир абалы ал үчүн жакшылык. Мындай жакшылык ыймандуулардан башкаларда болбойт. Эгер кубанычка бөлөнсө, ал үчүн Аллахка шүгүр кылат; шүгүр кылганы үчүн соопко ээ болот. Эгер кыйынчылыкка кабылса, сабыр кылат. Аллахтан сооп күтөт. Сабыр кылганы үчүн соопко ээ болот. Ошентип ал кандай абалга кабылбасын баары бир соопко ээ болот.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
     <t>Кубанычка шүгүр, кыйынчылыкка сабыр кылуу артыкчылыктуу иштерден. Мындай кылган адамдарга дүйнө жана акыреттин жакышылыгы болот. Ал эми ким кубанычка шүгүр кылбаса жана кыйынчылыкка сабыр кылбаса, сооптон куру калат. Тескерисинче, ага жамандык жетет.
 Ыймандын артыкчылыгы ушунда, мындай учурлардын баарында ыймандуу адамга гана сооп жазылат.
 Кубанычка шүгүр кылуу жана кыйынчылыкка сабыр кылуу - ыймандуу адамдардын белгиси.
 Аллахтын тагдырына ишенүү - ыймандуу адамды бардык абалды ыраазылык менен кабыл ала турган кылат.  А ыймансыз адам тескерисинче, ага кандай зыян болбосун дайыма нааразы болуп жүрөт. А эгер ага Аллахтын кайсы бир жакшылыгы болсо, аны ал күнөө иштерге жумшап, ал аны Аллахка таат-ибадат кылуудан алек кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3298</t>
   </si>
   <si>
-    <t>وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ</t>
+    <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
     <t>Жунуб адамдын кандай жуунуу керектиги тууралуу</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
     <t>Момундардын энеси Маймуна (ага Аллах ыраазы болсун) айтат: Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) жуунганга суу алып келдим. Анан аны кийим менен көрсөтпөй тосуп турдум. Ал оболу суу куюп колдорун жууду. Анан оң колу менен суу алып сол колуна куюп аврат жерлерин жууду. Анан колун жерге чаап, сүртүп, анан кайра жууду. Анан оозу, мурдун чайкады. Анан бетин жана колдорун чыканактарына чейин жууду. Анан башына суу куюп, жалпы денесин жууду. Анан бир жагына жылып, буттарын жууду. Мен ага арчынганга кийим берсем аны алган жок. Колу менен денесиндеги сууну сыдырып, ары басты.</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
 خامسًا: غسل وجهه وذراعيه. 
 سادسًا: صب الماء على رأسه. 
 سابعًا: صب الماء على بقية جسده. 
 ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
 ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
   </si>
   <si>
     <t>Момундардын энеси Маймуна (ага Аллах ыраазы болсун) пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жунуб болгондон кийин кандай жуунгандыгын айтып берген. Ал суу алып келип, кийим менен тосуп турат.  Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төмөнкүдөй тартипте жуунат:
 Биринчи: эки колун сууга салыштан алдын колуна суу куюп эки колун тең таза жууйт.
 Экинчи: оң колу менен суу алып сол колуна куюп, аны менен аврат мүчөлөрүн жууйт; ушинтип жунуб болгон учурда жугуп калган нажасаттардан тазалайт.
 Үчүнчү: анан ошол колун жерге уруп, ары-бери сүрүп, анан колун суу менен тазалап жууйт.
 Төртүнчү: оозун жууйт; оозун толтура суу алып, оозун чайкап, тамагына чейин жеткирип кайра түкүрөт. Анан мурдун жууйт; мурдуна суу тартып кайра чыгарат.
 Бешинчи: бетин жана колдорун чыканактарына чейин жууйт.
 Алтынчы: башына суу куят.
 Жетинчи: жалпы денесине суу куят.
 Сегизинчи: ордунан жылып, анан буттарын жууйт.
 Маймуна энебиз ага арчынганга чачык алып келет. Бирок аны менен арчынбай, денесиндеги сууну колу менен сыдырып кургатат.</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>Үммөтүнө таалим сабак болуусу үчүн пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) аялдары анын жашоосун майда-чүйдөсүнө чейин сыпаттап берүүгө аракет кылышкан.
 Жуунуунун жогорудагыдай сыпаты пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жунуб болгондон кийинки толук жуунганынын бир көрүнүшү. Ал эми жалпы денеге суу жеткирип, ооз менен мурунду жууп коюу деле жуунууга өтө берет.
 Жуунгандан кийин же даарат алгандан кийин чачык менен арчынуу же аарчынбоо адамдын эркиндеги мубах иш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3310</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Усман ибну Аффан, радыяллаху анхунун, кулу Хумрон айтат: “Усман ибну Аффан, радыяллаху анху, даарат алганга суу алдырды да идиштеги суудан эки колуна куюп, колдорун үч жолу жууду. Андан кийин оң колу менен идиштен суу алып оозу менен мурдун чайкады. Андан соң бетин үч жолу жана колдорун чыканакка чейин үч жолу жууду. Андан кийин башына масх тартты да эки бутун үч жолудан жууду. Анан мындай деп айтты: “Мына мен ушундай даарат алганымдай Пайгамбар, саллаллаху алейхи уа салламдын, даарат алып жатканын көрдүм”. Анан айтты: “Ким менин даарат алганымдай даарат алып,  эч нерсени сүйлөбөй эки рекет намаз окуса, Аллах таала анын өткөн күнөөлөрүн кечирет”.*@</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Усман ибну Аффан, радыяллаху анхунун, кулу Хумрон айтат: “Усман ибну Аффан, радыяллаху анху, даарат алганга суу алдырды да идиштеги суудан эки колуна куюп, колдорун үч жолу жууду. Андан кийин оң колу менен идиштен суу алып оозу менен мурдун чайкады. Андан соң бетин үч жолу жана колдорун чыканакка чейин үч жолу жууду. Андан кийин башына масх тартты да эки бутун үч жолудан жууду. Анан мындай деп айтты: “Мына мен ушундай даарат алганымдай Пайгамбар, саллаллаху алейхи уа салламдын, даарат алып жатканын көрдүм”. Анан айтты: “Ким менин даарат алганымдай даарат алып,  эч нерсени сүйлөбөй эки рекет намаз окуса, Аллах таала анын өткөн күнөөлөрүн кечирет”.</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>Усман, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламдын, дааратынын сыпатталышын иш-жүзүндө, өтө ачык болсун деп үйрөттү. Ошентип, ал идишке суу алдырды да үч жолу эки колун жууп, андан кийин оң колун идишке салып, сууну алып, оозуна айлантып, кайрадан сууну чыгарды. Андан кийин сууну мурдунун ичине чейин тартып, анан аны чыгарып чимкирди. Анан үч жолу жүзүн жууду, анан эки колун чыканактары менен үч жолу жууду. Анан суу болгон колу менен башына бир жолу масх тартты. Андан кийин үч жолу кызыл ашыгы менен кошо бутун жууду.
 Усман, радыяллаху анху, даарат алып бүткөндөн кийин Пайгамбар, саллаллаху алейхи уа саллам, ушундай даарат алып жатканын көргөнүн айтып, аларга Пайгамбар мындай деп сүйүнчүлөгөнүн да айтты: "Ким Пайгамбар даарат алган сыяктуу даарат алып, эки рекет намазды тынчтанып, жүрөгүн Улуу Раббисине тапшырып окуса, анда Аллах таала бул толук даараты үчүн жана бул чын ыклас менен окулган намаз үчүн анын мурунку күнөөлөрүн кечирүү менен сыйлайт".</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Даараттын башталышында колду идишке салуудан мурда, уйкудан турбаган болсо да эки колду жууш сооптуу амалдардан. А эгерде түнкү уйкудан турган болсо, анда эки колун сөзсүз жууш керек.
 Мугалим окуучу үчүн билимди түшүндүрүүдө жана бекем илим алууда эң мыкты ыкмаларды тандашы керек. Мына ошол түшүндүрүү ыкмаларынан иш жүзүндө көрсөтүп үйрөтүү.
 Намаз окуп жаткан адам дүнүйө иштерине байланыштуу ойлордон алыс болушу керек. Ошондуктан намаздын толук бүтүшү жана кемчиликсиз болушу андагы жүрөктүн даярдыгына жараша болот. Антпесе, ойлордон сактана албайт. Ал өзүнүн напсине каршы күрөшүп, ага алданып калбашы керек.
 Оң жактан баштап даарат алуу мустахаб (3) амалдардан.
 Оозду чайкоо менен мурунга суу алып кайра чыгаруунун ортосундагы тартиптин шарият мыйзамына киргизилүүсү.
 Бетти, эки колду, эки бутту үч жолудан жууш мустахаб амалдардан. Ал эми бир жолу жууш важиб.
 Аллахтын өткөн күнөөлөрдү кечирип жибериши эки нерсенин негизинен келип чыгат. Алар: хадисте айтылган сыпаттарга ылайык даарат алуу жана эки рекет намаз окуу.
 Даарат алып жатканда ар бир мүчөнүн жуулучу чеги бар. Демек даарат алып жаткандагы беттин чеги: баштын чач чыккан жеринен баштап сакал менен ээктин астына чейин жана туурасынан кулактан кулакка чейин. Колдун чеги: манжалардын учунан чыканакка чейин, бул билек менен колдун үстүнкү мууну. Баштын чеги: баштын чач чыккан жеринен баштап беттин капталынан моюндун өйдө жагына чейин. Эки кулакка масх тартуу да баштын чегине кирет. Ал эми буттун чеги: бут менен балтырдын ортосундагы кызыл ашыкка чейин.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3313</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубдуктан жуунганда, алгач эки колун жууп, анан намазга даарат алгандай даарат алчу да, андан кийин толук жуунчу</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубдуктан жуунганда, алгач эки колун жууп, анан намазга даарат алгандай даарат алчу да, андан кийин толук жуунчу . Кийин чачтарынын арасына колун салып, терисине чейин суу жеткени анык болгонго чейин аралатчу. Башына сууну ич ирет куйчу. Анан бүт денесин (суу куюп) жуучу. (Айша) дагы кошумчалайт: Мен, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) экөөбүз тең чогуу сузуп алып, бир идиштен жуунат элек.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубдуктан жуунмакчы болгондо, колдорун жуудан баштаган. Кийин намазга даарат алгандай даарат алган. Андан кийин бүт денесине суу куйган. Кийин чачтарынын арасына колун салган. Чачтарынын түбүнө, терисине чейин суу жетти деп ишенгенге чейин колун салып аралаткан. Башына сууну үч жолу куйган, анан бүт денесине суу куюп жууган. Айша ага (Аллах ыраазы болсун) айтат: Мен, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) экөөбүз тең чогу сузуп алып, бир идиштен жуунат элек.</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Жуунуу эки түрдүү болот: Толук жуунуу, жарым-жартылай жуунуу. Жарым-жартылай жууну дегени, мында киши тазаланууну (дааратты) ниет кылат, анан оозу, мурдун чайкоо менен бирге бүт денесине суу тийгизет. Ал эми толук жуунуу дегени, жогорудагы хадисте айтылган пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жуунуусундай жуунуу.
 Уруктук суусу түшкөндө, же жыныстык катнаш кылып, бирок уруктугу түшпөсө да жунубдук пайда болот.
 Жубайлар бири-биринин авретин караса жана бир идиштен жуунса жайыз.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3316</t>
   </si>
   <si>
-    <t>كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөндө колун же кийиминин бир учун оозуна тосуп, ошо менен үнүн басаңдатчу</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөндө колун же кийиминин бир учун оозуна тосуп, ошо менен үнүн басаңдатчу.</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөндө мындай кылчу:
 Биринчи: колу же кийиминин бир учу менен оозун жапчу; муну оозунан же мурдунан жанындагыларды иренжите турган нерселер чыгып кетпеши үчүн ушундай кылчу.
 Экинчи: үнүн акырын чыгарчу, катуу чыгарчу эмес.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөн адамга көрсөткөн өрнөгү жана аны так ошондой аткаруу зарылдыгы айтылган.
 Чүчкүргөн учурда башкаларды иренжитпеш үчүн кол менен же колаарчы менен оозду жабуу жакшы.
 Ошондой эле чүчкүргөндө үндү акырын чыгаруу керек. Бул адептүүлүктү жана жакшы ахлакты билдирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3317</t>
   </si>
   <si>
-    <t>لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>"Пайгамбар, саллаллаху алейхи уа салламга, өлүм жакындаганда жүзүнө чүпүрөк жаап, өлүм азабынан дем алуусу кыйындаганда, аны жүзүнөн алып салып жатты. Ал ошондой оор абалда жатып: "Аллах яхудийлерди жана христиандарды каргыштады. Алар өздөрүнүн пайгамбарларынын мүрзөлөрүн мечит кылып алышкан" - деп алардын кылгандарынан эскертип жатты".*@</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>Аиша жана Абдулла бин Аббас, радыяллаху анхума, риваят кылган хадисте ал экөөсү айтты: "Пайгамбар, саллаллаху алейхи уа салламга, өлүм жакындаганда жүзүнө чүпүрөк жаап, өлүм азабынан дем алуусу кыйындаганда, аны жүзүнөн алып салып жатты. Ал ошондой оор абалда жатып: "Аллах яхудийлерди жана христиандарды каргыштады. Алар өздөрүнүн пайгамбарларынын мүрзөлөрүн мечит кылып алышкан" - деп алардын кылгандарынан эскертип жатты".</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>Бул хадисте Аиша жана Ибн Аббас, радыяллаху анхум, мындай деп кабарлап жатат: "Пайгамбар, саллаллаху алейхи уа салламга, өлүм жакындаганда жүзүнө чүпүрөк жаап, өлүм азабынан дем алуусу кыйындаганда аны жүзүнөн алып салып жатты. Ошондой оор абалда жатып мындай деди: "Аллах яхудийлерди жана христиандарды каргыштады жана аларды Өз ырайымынан алыстатты. Себеби, алар өздөрүнүн пайгамбарларынын мүрзөлөрүнө мечиттерди салышкан". Эгер бул иштин коркунучтуулугу болбогондо, Пайгамбар, саллаллаху алейхи уа саллам, мындай кыйын абалда аны эскертмек эмес. Ошондуктан ал мына ошого окшош иштерден үммөтүнө тыюу салды. Анткени ал яхудийлер менен христиандардын кылганы жана Аллах Таалага ширк кылууга алып баруучу жол.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Пайгамбарлардын жана салихтердин мүрзөлөрүн Аллах үчүн намаз окулуучу мечит кылып алуудан Пайгамбар, саллаллаху алейхи уа саллам, тыйды. Анткени бул ширкке алып баруучу жол.
 Аллахтын Элчиси, саллаллаху алейхи уа салламдын, бул ишке катуу көңүл буруусу, анын тавхидке болгон камкордугу жана кабырларды улуктоодон коркушу. Анткени бул ширкке алып барат.
 Яхудийлерге, христиандарга жана алар сыяктуу мүрзөлөрдү куруп, аларды мечит кылып алгандарга каргыш айтууга уруксат.
 Мүрзөлөргө курулуш куруу яхудийлердин жана христиандардын үрп-адаттарынын бири. Ал эми бул хадисте аларга окшошууга тыюу салынган.
 Мечит курулбаса да, кабырларды намаз окуучу жай кылып алуудан жана кабырда намаз окуудан тыюу салынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3330</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Кыйратуучу жети күнөөдөн алыс болгула». Ошондо сахабалар:  «Оо, Аллахтын элчиси! Алар кайсылар?» — деп сурашты. Аллахтын элчиси: «Аллахка ширк кылуу, сыйкырчылык, Аллах өлтүрүүнү арам кылган жанды эч бир акысыз өлтүрүү, сүткорлук кылуу, жетимдин мал-мүлкүн жегендик, согуш учурунда артка качуу жана күнөө кылуудан капилетте калган, абийирдүү жана ыймандуу аялдарга бузуку деп жалаа жабуу» - деп айтты</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте
 Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Кыйратуучу жети күнөөдөн алыс болгула». Ошондо сахабалар:  «Оо, Аллахтын элчиси! Алар кайсылар?» — деп сурашты. Аллахтын элчиси: «Аллахка ширк кылуу, сыйкырчылык, Аллах өлтүрүүнү арам кылган жанды эч бир акысыз өлтүрүү, сүткорлук кылуу, жетимдин мал-мүлкүн жегендик, согуш учурунда артка качуу жана күнөө кылуудан капилетте калган, абийирдүү жана ыймандуу аялдарга бузуку деп жалаа жабуу» - деп айтты».</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Аллахтын элчиси, саллаллаху алейхи уа саллам, үммөтүн жети кыйратуучу күнөөлөрдөн алыс болууга буйруп жатат. Жана андан күнөөлөр жөнүндө «алар кайсылар?» деп суралганда төмөндөгүчө баяндады:
 Биринчиси: Аллах Таалага ширк кылуу. Бул бир нерсенин кандай түрү болбосун Аллах Таалага окшотуу жана Аллах Тааланы ал нерселерге окшоштуруу менен Ага шерик кошуу. Ибадаттарды Аллахтан башкага кылуу. Аллахтын элчиси, саллаллаху алейхи уа саллам, ширктен баштады. Анткени бул күнөөлөрдүн эң чоңу.
 Экинчиси: Сыйкырчылык. Бул түйүндү дубалоо, кара дуба окуу, дары-дармектерди дубалап коюу жана түтөткү түтөтүү. Бул нерселер адамга өлүм же оору менен зыян берет же күйөөсү менен аялын ажыраштырат. Бул сыйкыр шайтандын иши. Сыйкырдын көпчүлүгүнө ширк кылуу менен, жиндердин жакшы көргөн нерселери аркылуу жиндерге жакын болуу менен гана сыйкырчылыка жетишүүгө болот.
 Үчүнчүсү: Аллах өлтүрүүнү арам кылган жанды эч бир акысыз өлтүрүү. Өлтүрүү шарияттагы себеп (1) менен болсо гана казы сот аркылуу ишке ашырат.
 Төртүнчүсү: Сүткорлук кылуу. Бул сүткорлук менен жан багуу же андан башка иштерде сүткорлук менен пайда алып келүү.
 Бешинчиси: Жетимдин мал-мүлкүн жегендик. Бул бойго жете элек, атасы каза болгон жетимдин байлыгын зулумдук менен пайдалануу.
 Алтынчы: Согуш учурунда артка качуу. Бул каапырлар менен болгон согушта артка качуу.
 Жетинчиси: Күнөө кылуудан капилетте калган, абийирдүү жана ыймандуу аялдарга бузуку деп жалаа жабуу. Бул күнөөдөн таза аялдарды жана эркектерди зынакор деп жалаа жабуу.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Чоң күнөөлөр хадисте эскерилген жети күнөөгө чектелбейт. Хадисте эскерилген күнөөлөр өтө чоң жана өтө коркунучтуу болгондуктан өзгөчөлөнүп эскерилди.
 Кисас(1), ридда(2), үйлөнгөн адамдын зына кылуусу ж.б.у. с. себептер менен адамды өлтүрүүгө укуктуу кылат жана өлүм жазасын казылар гана ишке ашырышат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Оо, Аллах, менин кабырымды адамдар сыйына турган эстеликке (идол) айлантпа. Аллах пайгамбарларынын кабырын мечитке айланткан коомду каргыштады</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Оо, Аллах, менин кабырымды адамдар сыйына турган эстеликке (идол) айлантпа. Аллах пайгамбарларынын кабырын мечитке айланткан коомду каргыштады».</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам, раббисинен дуба кылып, анын кабырын адамдар улуктап, ага сажида кылып өөп сыйынуусунан сактоону сурады. Андан кийин Аллах Пайгамбарлардын кабырын мечитке (ибадат жайына) айланткан адамдарды Өз мээриминен алыстатты жана чыгарып салды. Анткени пайгамбарлардын кабырларын мечит кылып алуу аларга ибадат кылууга жана алар пайда жана зыян берет деп ишенүүгө жол ачат.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Пайгамбарлардын жана солих инсандардын кабырын шарият койгон чектен чыгып улуктап жиберүү аларга ибадат кылууга, башкача айтканда Аллахтан башкага ибадат кылууга алып барат. Ошондуктан ширкке алып баруучу жолдордон алыс болуу керек.
 Кабырда жаткан адам канчалык Аллахка жакын инсан болбосун анын кабырынын алдында ибадат кылууга жана кабырларды улуктоого тыюу салынат.
 Кабырлардын үстүнө мечит куруу арам.
 Кабырлардын жанында жаназа намазын гана окууга болот, андан башка намаздарды окуу арам кылынган.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3336</t>
   </si>
   <si>
-    <t>مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا</t>
+    <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>Аллхтын чегинде турган жана ага кирип кеткен адамдын мисалы, бир адамдарга окшойт, алар кемеге чыгарда чүчү кулак кылып, кээ бири үстүнкү кабатына, кээ бири астына жайгашат</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
     <t>Нуъман бин Баширдин (аларга Аллах ыраазы болсун) риваятында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллхтын чегинде турган жана ага кирип кеткен адамдын мисалы, бир адамдарга окшойт, алар кемеге чыгарда чүчү кулак кылып, кээ бири үстүнкү кабатына, кээ бири астына жайгашат . Астына жайгашкандар суу алмакчы болгондо үстүндөгүлөрдү аралап өтөт. Анан алар өзүнчө: Эгер биз өзүбүздүн энчибизге кеменин түбүн тешип алсак, үстүндөгүлөргө зыяныбызды тийгизбейбиз - деп айтышат. Эгерде аларды каалаганын кыла берсин деп тек коюшса, баары чөгүп кетет. А эгер аларды колдон камап токтотуп калышса, алар өздөрү да (өлүмдөн) кутулат жана баары кутулушат.</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын чегинде туруучуларга, Аллахтын буйругун такай аткаруучуларга, жакшылыкка чакырып, жамандыктан тыйуучуларга мисал келтирди. Жакшылыкка чакырууну таштап, жамандыкка берилип Аллахтын чегине кирип кеткендер жана алардын коомчулуктун ийгилигине тийгизген таасиринин мисалы, кемеге түшкөн бир топ адамдын мисалына окшош. Алар кеменин үстүнкү кабатына ким жайгашат, астына ким жайгашат деп чүчү кулак кармашат. Анан кээ бири үстүн, кээ бири астын ээлейт. Астына жайгашкандар суу алмакчы болгондо, үстүнө чыгып андагыларды аралап өтөт. Астынкы кабаттагылар өз ара сүйлөшүп: Эгер биз ушул астынан өзүбүзгө суу ала турган тешик тешип алсак, үстүндөгүлөрдү убайма кылбайбыз - дешет. Эгерде үстүндөгүлөр аларды ушундай кыла бергиле деп таштап койсо, алардын баары кеме менен чөгүп кетет. А эгер аларды мындай кылуудан кайтарып, тыйышса, эки топ тең аман калат.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Коомчулукту сактоодо, анын жамандыктан оолак болуусуна жакшылыкка чакыруу жана жамандыктан кайтаруунун ролу чоң.
 Таалим берүүнүн (таасирдүү) жолдорунун бири мисал келтирип салыштыруу. Мындайда даана сүрөттөө болгондуктан, маани акылга бат жетет.
 Эч кандай тыюусуз ачык аткарылып жаткан жаман иш - коомго зыянын тийгизе турган бузукулук болуп эсептелет.
 Коомчулуктун кыйроосу - жер бетинде бузукулукту тараткан жаман иш кылуучуларды тыйбай коюунун натыйжасы.
 Ниет туура болуп туруп, туура эмес аракет кылуу амалдын туура экендигин билдирбейт.
 Мусулман коомундагы жоопкерчилик жалпы баарына тиешелүү, жеке бир адамга байланган эмес.
 Жеке аткарылган күнөөнү эч ким тыйбаса, анын азабы жалпыга бирдей болот.
 Жаман иштерди кылуучулар кылган иштерин коомчулукка жакшы иш катары көрсөтүшөт, эки жүздүүлөр сыяктуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3341</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>«Улуу Аллах Таала айтты: «Мен ширк келтирген шериктерге муктаж эмесмин. Ким Мага иш-аракетти кылууда башканы шерик кошсо, анда Мен аны ошол ширкине таштаймын.*@</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, рываят кылган хадисте Аллахтын элчиси, саллалаху алейхи уа саллам, айтты: «Улуу Аллах Таала айтты: «Мен ширк келтирген шериктерге муктаж эмесмин. Ким Мага иш-аракетти кылууда башканы шерик кошсо, анда Мен аны ошол ширкине таштаймын.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таала ширк келтирген шериктерге муктаж эмес. Бардык нерсе Аллахка муктаж. Ал эч бир нерсеге муктаж эмес экендигин баяндап жатат. Эгерде инсан кандайдыр бир ибадат кылып, ниетинде Аллах үчүн жана башка бирөө үчүн болсо, анда Аллах аны кабыл кылбастан, аны шерик кылган нерсесине таштап, ширкин кайра ээсине кайтарып коёрун кабарлап жатат. Ошондуктан иш-аракеттерди ихлас менен Аллах үчүн кылуу зарыл. Анткени Аллах ихлас менен аткарылган иш-аракеттерди гана кабыл кылат.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Ширктин бардык түрүнөн алыс болуу. Ширк себептүү иш-аракеттер кабыл болбойт.
 Аллах улуу жана эч кимге муктаж эмес экендигин эстеп жүрүү иш-аракеттерди ихлас менен аткарууга жардам берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3342</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى</t>
+    <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
   </si>
   <si>
     <t>Кыямат күнү бир киши алып келинип тозокко ташталат. Анын ичеги-карды чубалып калат. Анан ал эшек тегирмендин ташын айлантып тегеренген сыяктуу ичеги-кардын айланып калат</t>
   </si>
   <si>
     <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
   </si>
   <si>
     <t>Усама бин Зайддын (ага Аллах ыраазы болсун) айтымында, ага бирөөлөр: Сен Усманга кирип сүйлөшпөйсүңбү?  - дешет. Ал: Силер укпасаңар эле мен сүйлөшпөгөн боломбу? Аллахка ант болсун, мен аны менен бетме-бет сүйлөштүм. (Башчыга ар ким доомат артып кире бере турган) эшикти биринчи ачкан киши болуудан корком. Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) төмөнкү хадисти уккандан кийин, башчы болгон адамдардын эч бирин адамдардын жакшысы деп айтпайм. "Кыямат күнү бир киши алып келинип тозокко ташталат. Анын ичеги-карды чубалып калат. Анан ал эшек тегирмендин ташын айлантып тегеренген сыяктуу ичеги-кардын айланып калат. Анын айланасына тозоктун тургундары чогулат. Анан: Эй, баланча! Сага эмне болду!? Сен башкаларды жашылыкка чакырып, жамандыктан тыят элең го? - деп сурашат. Ал айтат: Ооба, чындап  башкаларды жакшылыкка чакырчумун, бирок өзүм аткарчу эмесмин. жамандыктан кайтарчумун, бирок өзүм кыла берчүмүн".</t>
   </si>
   <si>
     <t>قيل لأسامة بن زيد رضي الله عنهما: ألا تدخل على عثمان بن عفان رضي الله عنه فتُكلِّمه فيما وقع من الفتنة بين الناس والسعي في إطفائها برمتها، فأبلغهم أنه كلمه سرًا طلبًا للمصلحة لا تهييجًا للفتنة، وغرضه أنه لا يريد المجاهرة بالإنكار على الأمراء في الملأ، فتكون سببًا للتطاول على الخليفة، وهو بابُ فتنةٍ وشر لا أكون أول من فتحه. 
 ثم قال أسامة رضي الله عنهما: بأنه ينصحُ الأمراءَ في السر ولا يداهن أحدًا ولو كان أميرًا، ولا يَتملَّق لهم فيمدحهم في وجوههم بالباطل، وذلك بعدما سمع من النبي صلى الله عليه وسلم أنه يؤتى يوم القيامة برجل، فيُلقى في النار، فتخرج أمعاؤه من بطنه خروجًا سريعًا من شدة الحر وشدة العذاب، فيدور بأمعائه على هذه الحالة في النار كدَوَرَان الحمار حول رَحَاه الذي هو حَجَر الطاحون، فيجتمع حولَه أهلُ النار على هيئة حلقة تحيط به، فيسألونه: يا فلان، ألستَ كنتَ تأمر بالمعروف وتنهى عن المنكر؟! 
 فيقول: إني كنت آمر بالمعروف ولا أفعلُه، وأنهى عن المنكر وأفعلُه.</t>
   </si>
   <si>
     <t>Усама бин Зайдга (ага Аллах ыраазы болсун): Усман бин Аффанга (ага Аллах ыраазы болсун) кирип адамдардын арасына жайылып жаткан фитна тууралуу айтпайсыңбы деп айтышат. Усама: Ага кирип жашыруун сүйлөшкөнүн айтат. Анткени, ал башчыга эл көзүнчө ачык каяша кылууну каалаган эмес. Андай кылса, халифаны кемсинтүүгө себеп болуп калмак жана буга чейин эч ким ача элек фитнанын эшигин ачкан болмок.
 Андан кийин Усама (ага Аллах ыраазы болсун): ал амирлерге  жашыруун насаат кыларын, падышага да кошомат кылбастыгын, аларды жалгандан беттерине мактабастыгын айтат. Анткени ал  пайгамбардын (ага Аллахтын тынчтыгы жана макоосу болсун) минтип айтканын уккан: кыямат күнү бир кишини алып келип, тозокко ташташат. Азаптын оордугунан жана ысыктын катуулугунан анын ичеги-карды дароо эле чубалып калат. Анан ал тегирмендин ташын айланып тегеренген эшек сыяктуу өзүнүн ичеги-кардын тегерене баштайт. Анын айланасына тозоктун тургундары чогулуп: "Эй, баланча, сен башкаларды жакшлыкка буйруп, жамандыктан тыят элең го?!" - деп сурашат.
 Ал минтип айтат: Мен башкаларды жакшылыкка буйруйт элем, бирок өзүм аткарбайт элем. Жамандыктан тыят элем, бирок өзүм аткара берет элем.</t>
   </si>
   <si>
     <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
 الوعيد الشديد لمن يخالف قولُه فعلَه.
 الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
 ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
   </si>
   <si>
     <t>Негизинде башчыларга насаат айтканда жалпы элдин алдында эмес, жеке өзүнө айткан оң.
 Айткан сөзүнө кылган иши төп келбегендерге катуу азап убада кылынган.
 Башчыларга жумшак мамиле кылып, аларды жакшылыкка үндөп, жамандыктан кайтаруунун адеби ушундай.
 Башчынын алдында аны жалган мактоо, ага кошомат кылуу жана анын жашыруун ишин ачыкка чыгаруу жакшы эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3345</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>«Пайгамбар, саллаллаху алейхи уа салламдын, көзү өтөөрдөн беш күн алдын мындай деп айтканын укканмын: «Аллахтан силердин араңардан кимдир бирөө мага халил (1) болуусунан коргоо сураймын. Чындыгында, Аллах Ибрахим, алейхис саламды, Өзүнө халил кылып алгандай мени да өзүнө халил кылып алды. Эгерде мен үммөтүмдөн кимдир бирөөнү өзүмө халил кылып алтурган болсом, анда Абу Бакрды халил кылып алмакмын. Силерден алдыңкы коомдор пайгамбарларынын жана солих адамдарынын кабырларын мечит кылып алышпадыбы?!. Силер кабырларды мечит кылып албагыла. Мен силерди андай кылуудан тыямын».*@</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Жундуб, радыяллаху анху, айтты: «Пайгамбар, саллаллаху алейхи уа салламдын, көзү өтөөрдөн беш күн алдын мындай деп айтканын укканмын: «Аллахтан силердин араңардан кимдир бирөө мага халил (1) болуусунан коргоо сураймын. Чындыгында, Аллах Ибрахим, алейхис саламды, Өзүнө халил кылып алгандай мени да өзүнө халил кылып алды. Эгерде мен үммөтүмдөн кимдир бирөөнү өзүмө халил кылып алтурган болсом, анда Абу Бакрды халил кылып алмакмын. Силерден алдыңкы коомдор пайгамбарларынын жана солих адамдарынын кабырларын мечит кылып алышпадыбы?!. Силер кабырларды мечит кылып албагыла. Мен силерди андай кылуудан тыямын».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтын алдында халил макамына ээ экенин, ал халил макамы жакшы көрүүнүн эң жогорку даражасы экенин жана ага Ибрахим пайгамбар жеткендей пайгамбарыбыз да жеткенин кабар берди. Ошондуктан Пайгамбар өзүнө Аллахтан башканы халил болуусун тыйган. Анткени анын жүрөгү Аллах Тааланы сүйүүгө, улуктоого, жана Аны таанып билүүгө толгон болчу. Ошондуктан ал жүрөгүнө Аллахтан башка эч кимди батырган эмес. Эгерде Пайгамбар, саллаллаху алейхи уа саллам, адамдардан кимдир бирөөнү халил кылып алтурган болса, анда Абу Бакр, радыяллаху анхуну, халил кылып алмак. Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, бирөөнү жакшы көрүүдө уруксат берилген чектен Яхудийлер жана христиандар сыяктуу  ашып кетүүдөн эскертти. Алар пайгамбарларын жана салих адамдарын чектен чыгып сүйгөндүктөрү себептен алардын кабырын сыйынуучу кудайча кылып алышты. Алардын кабырларына мечиттерди жана ибадатканаларды тургузушту. Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнү яхудийлер жана христиандар  аткарган нерселерден кайтарды.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Абу Бакр, радыяллаху анхунун, пазилеттүүлүгү жана сахабалардын арасынан эң абзели. Пайгамбар, саллаллаху алейхи уа саллам, көз жумгандан кийин жалпы адамдардын арасынан анын ордуна халиф болууга татыктуу адам.
 Кабырдын үстүнө мечит куруу мурунку өткөн коомдордо да тыюу салынган иштерден.
 Адамдар ширкке түшүп калуу коркунучу болгондуктан кабырды ибадат кылуучу жайга  айландыруу, анын жанында же ага карап намаз окуу жана анын үстүнө мечит куруу же күмбөз тургузуу тыюу салынган.
 Салих адамдарды чектен ашырып сыйлоо ширкке алып баргандыгы үчүн андан сактануу керек.
 Пайгамбар, саллаллаху алейхи уа саллам, эскерткен күнөөлөрдүн акыбети өтө коркунучтуу болгондуктан, өлүмүнөн беш күн алдын үммөтүн бул күнөөлөрдөн кескин тыйып баса белгиледи.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3347</t>
   </si>
   <si>
-    <t>كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ</t>
+    <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>Мен маази суусу көп аккан киши элем. Анын күйөө баласы болгонум үчүн пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) (бул тууралуу) суроодон уялып жүрдүм. Анан Микдад бин ал-Асвадды сурап келүүгө жибердим. (Сураса), ал: "Аспабын жууп, анан даарат алат" - дептир</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>Али (ага Аллах ыраазы болсун) айтат: Мен маази суусу көп аккан киши элем. Анын күйөө баласы болгонум үчүн пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) (бул тууралуу) суроодон уялып жүрдүм. Анан Микдад бин ал-Асвадды сурап келүүгө жибердим. (Сураса), ал: "Аспабын жууп, анан даарат алат" - дептир. Бухариде: "Даарат ал жана аспабыңды жуу" - деп келген.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>Али бин Абу Талиб (ага Аллах ыраазы болсун) ал маази суусу көп аккан киши болгонун айтат. Маази суусу - ак түстө, суюк, илешкээк суу, ышкы кумары козголгондо же жыныстык катнаштан мурда агып чыгат. Ал маази суусу агып чыккандан кийин эмне кылуу керектигин билбей, ал тууралуу пайгамбардан (ага Аллахтын тынчтыгы жана мактосу болсун) суроодон уялат. Анткени аялы Фатима пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) кызы эле. Анан ал тууралуу пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) сурап келүүнү Микдад бин ал-Асваддан суранат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Аспабын жууп анан даарат алсын - деп жооп берет.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Алинин (ага Аллах ыраазы болсун) артыкчылыгы белгилүү болот, анын уялуусу ортомчу аркылуу болсо да суроодон тыйган жок.
 Фатва суроодо бирөөнү жиберүү жайыз.
 Көпчүлүктүн пайдасы үчүн өзү тууралуу уяттуу нерсени айтуу жайыз.
 Маази суусу булганыч (нажас), ал жуккан денени жана кийимди жуу керек.
 Маази суусунун чыгуусу дааратты бузуучулардын бири.
 Эркектик мүчөнү жана эки жумуртканы жуу важыб, бул тууралуу башка хадисте айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3348</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Үйүңөрдү мүрзөгө айлантып албагыла. Менин кабырымды кез-кезде ибадат кылуучу жай кылып албагыла. Мага салават айткыла. Чындыгында, силер кайсыл жерде болсоңорда силердин салаватыңар мага жетип турат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, рываят кылган хадисте Аллахтын элчиси, саллалаху алейхи уа саллам, айтты: «Үйүңөрдү мүрзөгө айлантып албагыла. Менин кабырымды кез-кезде ибадат кылуучу жай кылып албагыла. Мага салават айткыла. Чындыгында, силер кайсыл жерде болсоңорда силердин салаватыңар мага жетип турат».</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, үйлөрдө намаз окулбай калуудан тыйды. Үйлөрдө намаз окулбай калса, анда алар намаз окулбаган кабырлар сыяктуу болуп калат. Ошондой эле кабырын кайра-кайра зыярат кылуудан жана анын тегерегинде кез-кезде жыйналууну адат кылуудан тыйды. Анткени бул нерселер ширк кылууга жол ачат. Пайгамбар, саллаллаху алейхи уа саллам, жердин кайсыл бурчунан болбосун салават айтууга буйруду. Анткени айтылган салават алыстан же жакындан болсун, ага жетип турат. Салават айтуу үчүн Пайгамбардын кабырына баруунун зарылчылыгы жок.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Үйлөрдө Аллахка ибадат кылбай калуудан тыйды.
 Пайгамбар, саллаллаху алейхи уа салламдын, кабырын зыярат кылуу үчүн сапар кылуу тыюу салынган. Анткени Пайгамбар салават айтууга буйруган жана кайсыл жерден салават айтылбасын, ага жетип турарын кабар берген. Чындыгында, пайгамбардын мечитин жана анда намаз окууну ниет кылгандыгы үчүн ал мечитке  сапар кылынат.
 Пайгамбар, саллалаху алейхи уа салламдын, кабырын, ошондой эле башка кабырларды өзгөчөлөп, өзгөчө бир убакыттарда кез-кези менен аларды кайра-кайра зыярат кылуу тыюу салынган.
 Пайгамбар, саллаллаху алейхи уа саллам, Аллахтын алдында өтө чоң кадыр-баркка ээ болгондуктан ага бардык учурда, ар тараптан  салават айтууга шариятта уруксат берилди.
 Сахабалардын учурунда мүрзөдө намаз окууга бекемделип тыюу салынган. Ошондуктан Пайгамбар, саллаллаху алейхи уа саллам, үйлөрдө намаз окулбастан мүрзө сыяктуу болуп калуудан кайтарган.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[Абу Дауд жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3350</t>
   </si>
   <si>
-    <t>لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ</t>
+    <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>Аллах каалады жана баланча каалады" деп айтпагыла. Анын ордунда: "Аллах каалады андан кийин баланча каалады" - дегиле</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>Хузайфанын (ага Аллах ыраазы болсун) риваятында, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах каалады жана баланча каалады" деп айтпагыла. Анын ордунда: "Аллах каалады андан кийин баланча каалады" - дегиле".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман адамды: "Аллах каалады жана баланча каалады" деп айтуудан тыйган. Же Аллах жана баланча каалады деп айтуудан; Мунун себеби, Аллахтын каалоосу жана каалоосун ишке ашыруусу абсолюттук түрдө Анын  Өзүнө гана тиешелүү, ага эч ким шерик боло албайт. Жана деген маанини билдирген (Вав) байламтасын колдонгондо, кимдир бирөөнүн Аллахка шерик болгону жана Аны менен бирдей болуп калды деген маани туюунулат. Тескерсинче: Аллах каалады, кийин баланча каалады деп айтуу керек. "Вав" деген тамаганын ордуна кийин деген маанини билдирген "сумма" деген тамганы колдонсо, пенденин каалоосу Аллахтын каалоосунан кийин болгонун билдирет, анткени "сумма" бир иштин экинчи иштен бираздан кийин (дароо эмес) болгонун туюндурат.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
@@ -2903,1488 +2906,1491 @@
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>"Аллах каалады жана сен кааладың" деп айтууга тыюу салынган (арам). Жана башка ушул сыяктуу "вав" байламтасы менен айтылган сөздөр, сөзгө тиешелүү ширктерден болгону үчүн айтууга тыюу салынган.
 "Аллах каалады анан сен кааладың" деп айтуу жайыз, уруксат. Жана башка ушул сыяктуу "сумма" деген байламта менен айтылган сөздөр, аларга тыюу салынбаганы үчүн айтууга уруксат.
 Аллахтын да каалоосу бар, пенденин да каалоосу бар. Пенденин калоосу Аллахтын каалоосунан кийин аны ээрчүүчү каалоо.
 Аллахтын каалоосуна калайыкты сөз менен болсо да шерик кылууга тыюу салынган.
 Сүйлөөчү адам эгер пенденин каалоосу Аллах Тааланын каалоосу сыяктуу, ар тараптуу жана абсолюттук жагынан ага барабар деп ишенип, этикат кылса же пенденин өз алдынча каалоосу бар деп ишенип этикат кылса, анда бул чоң ширк болот. Ал эми эгер пенденин каалоосу Аллах Тааланын каалоосунан төмөн деп ишенип этикат кылса, бул кичине ширк болот.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Сахих бимажмуъи тарикихи (бардык тарабынан ишенимдүү хадис)]</t>
   </si>
   <si>
     <t>[Абу Дауд менен ан-Насааи "Ал-Кубро" китебинде жазып калтырган жана Ахмад дагы жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3352</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ</t>
+    <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>Чынында, Аллах кызганат. Чынында ыймандуу пенде да кызганат.  Аллахтын кызгануусу ыймандуу пенде Анын тыюу салган ишине барганда болот</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, Аллах кызганат. Чынында ыймандуу пенде да кызганат.  Аллахтын кызгануусу ыймандуу пенде Анын тыюу салган ишине барганда болот".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандуу пенде кызганып, жек көрүп, жийиркенген сыяктуу Алла Таала да кызганарын, жек көрөрүн жана жийиркенерин кабарлаган.  Алла Таалынын кызгануусуна, ыймандуу пенденин арак ичүү, уурулук кылуу, бачабаздык кылуу, зына жана башка ушулар сыяктуу Аллах тыюу салган ыплас иштерге баруусу себеп болот.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Анын арам чектерин бузууда Аллахтын каарынан жана азабынан сактануу зарылдыгы айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3354</t>
   </si>
   <si>
-    <t>لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ</t>
+    <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>Силерден мурдагылардын жолун изме-из, карышма-карыш ээрчийсиңер</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
     <t>Абу Саид ал-Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерден мурдагылардын жолун изме-из, карышма-карыш ээрчийсиңер.  Атүгүл, алар кескелдириктин ийнине кирсе, силер да аларды ээрчип киресиңер". Биз: О, Аллахтын элчиси, сиз жөөттөр менен христиандарды айтып жатасызбы? - деп сурадык. Ал: "Алардан башка кимди айтмак элем?!" - деди.</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) анын заманынан кийин келе турган үммөтүнүн кээ биринин абалын сүрөттөгөн. Алар жөөттөр менен христиандардын акыйда-ишенимин, кылган иш-аракеттерин, адаттарын, каада-салттарын дал ошолордой кылып изме-из, карышына-карыш ээрчишет. Атүгүл, алар кескелдириктин ийинине кирип кетишсе, алардын артынан ээрчип булар да киришет.</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Бул пайгамбардын пайгамбарлык белгилеринин бири. Анткени буларды ал боло элегинде айткан. Кийин дал ошондой болду.
 Мусулмандарга каапырларды алардын акыйдасында болобу, ибадатында болобу, майрамдарында болобу же өздөрүнө тиешелүү иштеринде болобу, ээрчүүгө тыюу салынган.
 Маанилүү жагынан айтылган иштерди материалдык нерселер менен салыштырып түшүндүрүү Ислам таалиминин ыкмаларынын бири.
 Добб (шипохвост, кескелдирик): ийни өтө тар, жыты жагымсыз жаныбар. Чөлдө көп кездешет. Анын ийинин мисал кылганы: анын өтө тардыгы жана жагымсыздыгы үчүн. Ошого карабай, алардын изи менен басып, жолу менен жүрүшөт. Ушул сыяктуу тар, жагымсыз жерге киришсе, алардын артынан киришет. Алла Өзү сактасын.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3355</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Ким Аллахтан башкага ант ичсе, анда ал каапырлык кылган болот же ширк кылган болот</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Ибн Умар, радыяллаху анхума, бир кишинин мындай деп айтып жатканын угуп калат. Ал киши: «Жок, Каабага ант болсун!» - дейт. Ошондо Ибн Умар мындай деп айтат: «Аллахтан башкага ант ичилбейт. Чындыгында, мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын укканмын: «Ким Аллахтан башкага ант ичсе, анда ал каапырлык кылган болот же ширк кылган болот».</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтан жана анын ысым-сыпаттарынан башкага ант ичкен адам Аллахка каапырлык кылганын же ширк кылганын кабар берип жатат. Себеби ант ичүү ант ичкен нерсени улуктоону талап кылат. Чындыгында, бардык улуулук Жалгыз Аллахка гана таандык. Ошондуктан бир гана Аллахка же анын ысым-сыпаттары менен гана ант ичүүгө болот. Аллахтан башкага ант ичүү кичине ширк (2) болот. Эгерде ант ичкен адам ант ичкен нерсесин Аллахты улуктагандай же андан ашырып улуктаса, анда ал учурда чоң ширк болот.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Улуктап ант ичүү Аллах Тааланын акысы болгондуктан, Аллах жана анын ысым-сыпаттары менен гана ант ичүүгө болот.
 Сахабалар жакшылыкка чакырып жамандыктан кайтарууга өтө дилгир болушкан, өзгөчө ал каапырлыкка же ширкке байланыштуу жаман иштер болсо.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3359</t>
   </si>
   <si>
-    <t>لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ</t>
+    <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>Ыймандуу болмоюнча бейишке кире албайсыңар жана бири-бириңди жакшы көрмөйүнчө ыймандуу боло албайсыңар. Оболу, мен силерге бир нерсени айтайын, эгер ошону аткарсаңар бири-бириңерди жакшы көрөсүңөр: "Араңарда саламды жайылткыла</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ыймандуу болмоюнча бейишке кире албайсыңар жана бири-бириңди жакшы көрмөйүнчө ыймандуу боло албайсыңар. Оболу, мен силерге бир нерсени айтайын, эгер ошону аткарсаңар бири-бириңерди жакшы көрөсүңөр: "Араңарда саламды жайылткыла".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бейишке ыймандуулар гана кирерин баяндаган. Ошондой эле бири-бирин жакшы көрмөйүнчө ыйман толук болбостугун, мусулман коомчулугунун абалы оңолбостугун айткан. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) махабатты пайда кыла турган иштердин эң жакшысына багыт берди. Ал Аллах Таала пенделери үчүн учурашуучу сөз кылып койгон салам айтууну мусулмандардын арасына жайылтуу.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Бейишке кирүү ыйман аркылуу гана болот.
 Өзүнө каалаган нерсени башка мусулман бир тууганына да каалоо мусулмандын ыйманынын толуктугунан кабар берет.
 Адамдардын арасында аманчылыкты жана махабатты пайда кылганы үчүн, мусулмандарга саламды жайылтуу жана көп айтуу жакшы.
 Мусулман адамга гана салам айтылат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "араңарда" деп  баса белгилеп айткан.
 Салам айтуу - мамиленин үзүлүүсү, бири-биринен алыстоо жана касташуунун алдын алат.
 Мусулмандардын ортосунда махабаттын болуусу зарыл, анткени ал ыймандын толуктугунан.
 Башка хадисте салам айтканда: "Ассаламу алайкум ва рахматуллохи ва баракатух" деп айтуу саламдын толугу экени, ал эми: "Ассаламу алайкум" десе деле жетиштүү болору айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3361</t>
   </si>
   <si>
-    <t>أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ</t>
+    <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>Аллахка кайсы иш-амал көбүрөөк жагат? - деп сурадым. "Өз убагында окулган намаз" - деди ал. Андан кийиничи? - деди. "Андан кийин ата-энеге жакшы мамиле кылуу" - деди. Андан кийинчи? - деди. "Аллахтын жолунда жихадга чыгуу</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Абдуллах бин Масуъд (ага Аллах ыраазы болсун) айтат: Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун): Аллахка кайсы иш-амал көбүрөөк жагат? - деп сурадым. "Өз убагында окулган намаз" - деди ал. Андан кийиничи? - деди. "Андан кийин ата-энеге жакшы мамиле кылуу" - деди. Андан кийинчи? - деди. "Аллахтын жолунда жихадга чыгуу" - деди. Ушинтип мага ушул иш-амалдарды айтты. Эгер мен дагы сураганымда, ал дагы айтмак.</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) Иш-амалдардын кайсысы Аллахка көбүрөөк жагымдуу? деп суралды. Так шариятта көрсөтүлгөн убактысында окулган парз намаз - деди ал. Андан кийин ата-энеге жакшылык кылып, алардын акысын өтөп, аларды нааразы кылып каарына калбай, жакшы мамиле кылуу. Андан кийин Аллахтын сөзү бийик болуусу үчүн, исламды жана мусулмандарды коргоо үчүн жана анын шариятын ачыкка чыгаруу үчүн малы жана жаны менен Аллахтын жолунда жихадга чыгуу.
 Ибн Масъуд (ага Аллах ыраазы болсун) айтат: Ал мага ушул иш-амалдар тууралуу айтты. Эгер мен: андан кийинчи? - деп, дагы сураганымда, ал мага дагы айтмак.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>Аллахка жагымдуулугуна карай иш-амалдар бири-биринен артыкча болот.
 Мусулман адамды иш-амалдардын абзелирээгин аткарганга кызыктыруу керек.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) иш-амалдардын абзелдиги тууралуу жооптору, адамдардын өзгөчөлүгүнө жана алардын абалдарына жараша, алардын кимисине кайсы иш-амал пайдалуурак экенине карай ар түрдүү болгон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3365</t>
   </si>
   <si>
-    <t>‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا</t>
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Мунафыктар үчүн эң оор намаз – куптан жана багымдат намаздары. Эгер алар ал намаздарда эмне бар экенин билишкенде, анда жөрмөлөп болсо да келишмек. Мен намаз окууга буйрук берип, намаз окулуп, бир кишини адамдарга имам болуп намаз окууга буюруп, анан мен отун көтөргөн кишилер менен намазга келбеген адамдарга барып алардын үйлөрүн өрттөөнү кааладым</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, мындай деп айтты: "Мунафыктар үчүн эң оор намаз – куптан жана багымдат намаздары. Эгер алар ал намаздарда эмне бар экенин билишкенде, анда жөрмөлөп болсо да келишмек. Мен намаз окууга буйрук берип, намаз окулуп, бир кишини адамдарга имам болуп намаз окууга буюруп, анан мен отун көтөргөн кишилер менен намазга келбеген адамдарга барып алардын үйлөрүн өрттөөнү кааладым".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мунафыктар жана алардын намазга өзгөчө куптан жана багымдат намаздарына баруудагы жалкоолугу жөнүндө кабар берип жатат. Эгер алар мусулман жамааты менен болуудагы сооп-сыйлыктардын кадырын билишкенде, анда бала колу жана тизеси менен жөрмөлөгөндөй жөрмөлөп болсо да келишмек.
-. Пайгамбар, саллаллаху алейхи уа саллам, намаз окууга буйрук кылып намаз окулуп, өзүнүн ордуна башка бирөөнү адамдарга имам болууга дайындап андан соң жамаат намазга келбеген эркектерге отун көтөргөн бирөө менен барып, алар жамаатка келбей оор күнөө кылышканы үчүн үйлөрүн өрттөп жиберүүнү каалады. Бирок ал муну кылган жок. Анткени үйлөрдө эч кандай күнөөсү жок аялдар, балдар жана башка үзүрлүү адамдар бар болчу.</t>
+Пайгамбар, саллаллаху алейхи уа саллам, намаз окууга буйрук кылып намаз окулуп, өзүнүн ордуна башка бирөөнү адамдарга имам болууга дайындап андан соң жамаат намазга келбеген эркектерге отун көтөргөн бирөө менен барып, алар жамаатка келбей оор күнөө кылышканы үчүн үйлөрүн өрттөп жиберүүнү каалады. Бирок ал муну кылган жок. Анткени үйлөрдө эч кандай күнөөсү жок аялдар, балдар жана башка үзүрлүү адамдар бар болчу.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Мечитте жамаат менен намаз окубай калуу коркунучтуу.
 Мүнафыктар ибадат кылышканда эл көрсүн жана атак-даңкты гана максат кылышкан. Ошондуктан адамдар аларды көргөндө гана намазга келишкен.
 Жамаат менен окулган куптан жана багымдат намаздарынын сообу чоң. Куптан жана багымдат намаздары жөрмөлөп болсо да барып жамаат менен окууга татыктуу.
 Куптан жана багымдат намаздарын жамаат менен окуу эки жүздүүлүктөн сактайт. Ал эми эки намазды жамаат менен окубоо мунафыктардын сыпаттарынан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3366</t>
   </si>
   <si>
-    <t>هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا</t>
+    <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>Бул жетимиш жыл мурда тозокко ыргытылган таш, ал учуп барып тозоктун түбүнө азыр түштү" - деди</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) менен чогуу отурганбыз. Кокустан ал бир нерсенин катуу урунган добушун угуп: "Бул эмне экенин билесиңерби?" - деди. Биз: Аллах жана Анын элчиси жакшы билет - дедик. Ал: "Бул жетимиш жыл мурда тозокко ыргытылган таш, ал учуп барып тозоктун түбүнө азыр түштү" - деди.</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم صوتًا مُزْعِجًا كسقوطِ جسمٍ من الأجسام، فسأل مَن عنده من الصحابة رضي الله عنهم عن ذلك الصوت، فقالوا: الله ورسوله أعلم.
 فقال لهم صلى الله عليه وسلم: إنَّ هذا الصوت الذي سمعتموه هو لحَجَرٍ رُمي به من شَفِيْر جهنم منذ سبعين عامًا، فهو يهوي ويسقط فيها، حتى انتهى إلى قَعرِها الآن حين سمعتم الصوت.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кандайдыр бир зат асмандан келип жерге түшкөндө чыккан үн сыяктуу катуу чыккан үндү угуп, жанындагы сахабалардан бул эмненин үнү экенин сурайт. Алар: Аллах жана Анын элчиси жакшы билет - дешет.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Силер уккан үн мындан жетимиш жыл мурда тозоктун кырынан ыргытылган таш, ал учуп барып тозоктун түбүнө азыр түшкөнүн силер уктуңар деди.</t>
   </si>
   <si>
     <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
 استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
 إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
   </si>
   <si>
     <t>Акырет күнүнө ийги иш-амалдарды кылып даярдануу жана тозоктон сактануу зарыл.
 Адамдын илими жетпеген нерсени Аллахка калтырганы жакшы.
 Айткан сөзү түшүнүктүү болуусу үчүн мугалим  угуучулардын көңүлүн, назарын өзүнө буруп алуусу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3370</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ</t>
-[...2 lines deleted...]
-    <t>Бир киши Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көз алдында сол колу менен тамак жеди эле, ал: "Оң колуң менен жегин" - деди. Тиги: (Оң колум менен) жей албаймын - деди. "Анда жей албай калгын"</t>
+    <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
+  </si>
+  <si>
+    <t>Бир киши Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көз алдында сол колу менен тамак жеди эле, ал: "Оң колуң менен жегин" - деди. Тиги: (Оң колум менен) жей албаймын - деди. "Анда жей албай калгын</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>Салама бин ал-Акваъ (ага Аллах ыраазы болсун) айтат: Бир киши Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көз алдында сол колу менен тамак жеди эле, ал: "Оң колуң менен жегин" - деди. Тиги: (Оң колум менен) жей албаймын - деди. "Анда жей албай калгын"  - деди. (Анткени) тиги текеберленип ошенткен болчу. Ошентип ал колун оозуна жеткире көтөрө албай калды.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сол колу менен жеп жаткан адамды көрүп, аны оң колу менен жегенге буйруду. Тиги киши текебердик менен оң колу менен жей албастыгын айтып жалган сүйлөйт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага оң колу менен тамак жей албай калуусун тилеп дуба кылат. Аллах Таала пайгамбарынын дубасын кабыл кылып, тиги кишинин оң колу шал болуп, ошондон кийин ал колу тамагын же суусундугун оозуна чейин көтөрө албай калат.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Тамакты оң кол менен жеген важыб, сол кол менен жеген арам.
 Шарият өкүмдөрүн аткарууда текеберлик кылуу, мындай кылган кишини жазага ылайык кылат.
 Аллах Таала пайгамбарынын дубасын кабыл кылуу менен аны урматтайт.
 Жакшылыкка үндөп, жамандыктан тыюуну бардык учурда  аткаруу керек, атүгүл, тамактанган учурда да.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3372</t>
   </si>
   <si>
-    <t>مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا</t>
+    <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>Ким туура жолго багыт берсе, ал аны ээрчиген адамдардай эле сооп алат, мындан тигилердин сообу да кемип калбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким туура жолго багыт берсе, ал аны ээрчиген адамдардай эле сооп алат, мындан тигилердин сообу да кемип калбайт . Ал эми ким адашууга багыт берсе, аны ээрчип адашкандардын күнөөсүндөй күнөөгө батат, мындан тигилердин күнөөсү да кемибейт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Ким адамдарды туура жолго колу менен болобу, тили менен болобу багыт берип үндөсө, же кызыктырса, аны ээрчиген адамдар ала тургандай соопко ээ болорун, мындан ал көрсөткөн жолго түшкөндөрдүн сообу кемибестигин баяндап айткан. Ал эми ким адамдарды колу менен же тили менен, күнөөгө же адал эмес иштерге алып бара турган туура эмес жаман жолго багыт берип, жол көрсөтсө, аны ээрчиген адамдар ала тургандай күнөөгө ээ болот. Мындан ал көрсөткөн жолго түшүп алгандардын күнөөсү да кемибейт.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>Азбы, көппү, жол көрсөтүп туура жолго үндөөнүн артыкчылыгы. Кайсы бир ишке жол көрсөтүүчү ошол ишти иш жүзүндө аткарган адамдай эле сооп алат. Бул Аллахтын пазилетинин улуулугу жана берешендигинин толуктугунун белгиси.
 Азбы, көппү, адаштыра турган жолго үндөөнүн корунучтуулугу. Анткени, мындай жолго чакырган адам, ошол ишти кылган адамдын күнөөсүндөй эле күнөөкөр болот.
 Жаза - иштин жынысына жараша болот. Ким жакшы ишке үндөсө, аны аткарган адамдын сообундай сооп алат. Ал эми ким жаман ишке үндөсө, аны аткарган адамдын күнөөсүндөй күнөөгө батат.
 Мусулман адам башкалардын көзүнчө күнөө кылып, анан аны бирөө туурап алуусунан этият кылуусу керек. Анткени, аны туураган адамды ал күнөөгө үндөбөсө деле, анын себебинен күнөөкөр болуп калат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3373</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ</t>
+    <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
     <t>Адамдардын эң жаманы - Кыямат кайым болгондо тирүү болгондор жана мүрзөлөрдү мечитке (ибадатканага) айландырып алгандар</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Адамдардын эң жаманы - Кыямат кайым болгондо тирүү болгондор жана мүрзөлөрдү мечитке (ибадатканага) айландырып алгандар".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактосу болсун) адамдардын эң жамандары тууралуу айткан. Алар кыямат кайымдын болгонун көргөн адамдар. Ошондой эле мүрзөлөрдү мечит кылып, анын үстүндө же ага жүздөнүп намаз окугандар.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Кабыр үстүнө мечит куруу арам, тыюу салынган. Анткени, бул ширкке алып барат.
 Кабырда мечит жок болсо да намаз окуу арам, тыюу салынган. Анткени, мечит деген сөз сажда кылына турган жай дегенди билдирет, имарат жок болсо да сажда кылынган жер мечит болуп эсептелет.
 Салих адамдардын кабырларын анда намаз окуу үчүн мечит кылып алгандар - адамдардын эң жамандары. Алар мындай кылуудагы максаты Аллага жакындоо деп эсептешсе дагы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3375</t>
   </si>
   <si>
-    <t>إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ</t>
+    <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>Менин силер үчүн корккон нерселеримдин эң коркунучтуусу - кичине ширк". "Кичине ширк деген эмне?" - дешти. Аллахтын элчичи мындай деди: "Рия</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Махмуд бин Лабид (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Менин силер үчүн корккон нерселеримдин эң коркунучтуусу - кичине ширк". "Кичине ширк деген эмне?" - дешти. Аллахтын элчичи мындай деди: "Рия. Кыямат күнү адамдар иш-амалдарынын жаза, сыйын алганда, Улук Алла Таала аларга: "Дүйнө жашоосунда иш-амалдарыңарды рия кылып көрсөткөн адамдарга барып карагылачы, аларда силерге бере турган сыйды таба алар бекенсиңер!?" дейт.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтү үчүн эң корккон иш: кичине ширк экенин кабарлаган. Ал: Рия, б.а. адамдар үчүн амал кылуу. Андан кийин рия кылган адамдардын кыямат күнүндөгү жазасын кабарлаган. Аларга "Ким үчүн амал кылган болсоңор, ошого баргыла жана карагыла, алар силерге амалыңарга жараша сооп бере алар бекен" деп айтылат.</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>Амалды Аллахка чын ыклас менен аткаруу жана риядан сактануу ваажыб.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүнө өтө боорукер болгон жана аларга туура жолду көрсөтүүгө, насаат кылууга катуу умтулган.
 Салихтердин башында турган сахабаларга пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ушинтип айтып, корккон болсо, анда алардан кийинкилерге андан да коркунучтуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3381</t>
   </si>
   <si>
-    <t>الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ</t>
+    <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
     <t>Жамандыкка жоруу - ширк, жамандыкка жоруу - ширк, жамандыкка жоруу - ширк" деп үч жолу (айткан). Бизде бул (жоруму жаман ырымдар) бар, бирок тобокел кылуу менен Аллах аны кетирет</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
     <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жамандыкка жоруу - ширк, жамандыкка жоруу - ширк, жамандыкка жоруу - ширк" деп үч жолу (айткан). Бизде бул (жоруму жаман ырымдар) бар, бирок тобокел кылуу менен Аллах аны кетирет.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) куш учуруудан (ырым кылуудан) катуу эскертип тыйган. Бул, уккан-көргөн нерсенин баарынан жаман жышаан издөө, мисалы: куштардан, айбанаттардан, майыптардан, сан-санактан, күндөрдөн ж.б. нерселерден. Ал эми куш учуруу деп баса берлгилеп айтканынын себеби, исламга чейинки доордо жоромол кылуунун ушул түрү өтө кенен жыйылган болчу. Мунун негизи мындай: Бирөө сапарга чыкмакчы болсо же соодо кылмакчы болсо, жа дагы башка бир ишке киришерде куш учуруп көрөт. Эгерде койо берген кушу оң тарапка учуп кестсе, аны жакшылыкка жоруп, ишине кирише берген. А эгер куш сол тарапка учуп кетсе, аны жамандыкка жоруп, баштай турган ишин кылбай токтотуп койгон. Мындай кылуу ширк экенин кабарлаган. Чынында, жаман жышаан издөө ширк. Анткени, жакшылыкты Аллах Таала гана берет, жамандыкты да бир гана эч шериги жок Жалгыз Аллах кетирет.
 Анан Ибн Масъуд (ага Аллах ыраазы болсун) кээде мусулман адамдын дилине деле мындай жамандыкка жоруу кылт этип келээрин, бирок аны Аллахка тобокел кылуу жана себептерин аткаруу менен жок кылуу керектигин эскерип өткөн.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Жамандыкка жоруу - ширк; анткени, мында жүрөк Аллахтан башкага байланып калат.
 Журөктөргө жетип, бекем орун алуусу үчүн маанилүү маселенин кайра-кайра кайталап айтуунун зарылдыгы.
 Жаман жышаан издеген (ишеним) ырымдарды Аллахка болгон тобокелчилик жок кылат.
 Жалгыз Аллахка гана тобокел кылып, жүрөктү Ага байлоо керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3383</t>
   </si>
   <si>
-    <t>فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ</t>
+    <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>Анан ага: Сен биздин төрөбүзсүң - десек, ал: "Төрө - Аллах" - деди. Биз: Даража жагынан бийигибиз, берешендик жагынан артыгыбызсың - дедик. Ал: "Ушинтип айтсаңар болот, же мындан да азыраак айткыла. Шайтан силерди өкүл кылып албасын" - деди</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>Абдуллах бин Шиххир (ага Аллах ыраазы болсун) айтат: Бану Амир тобунан бир топ киши менен Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) бардым. 
  Анан ага: Сен биздин төрөбүзсүң - десек, ал: "Төрө - Аллах" - деди. Биз: Даража жагынан бийигибиз, берешендик жагынан артыгыбызсың - дедик. Ал: "Ушинтип айтсаңар болот, же мындан да азыраак айткыла. Шайтан силерди өкүл кылып албасын" - деди.</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) бир жамаат адамдар келип, ага жеткенден кийин ал өзү жактырбаган кээ бир мактоо сөздөрүн айта башташты. "Сен биздин төрөбүзсүң" - дешти. Аллхтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Төрө - Аллах" Ал калайыктын үстүнөн толук төрөлүккө, бийликке ээ. Калайык болсо Анын кулдары. Алар: Сен "Даража жагынан бийигибизсиң", даражасы, абройу, касиети бийиксиң - дешти. Сен "Берешендик жагынан артыгыбызсың", жоомарт, кең пейил, улуксуң - дешти. Кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аларды адаттагыдай эле сүйлөөгө, сөздү кооздобоого үндөдү. Антсе, шайтан ширк жана ага себепчи боло турган тыюу салынган иштерге кириптер кыла турган аша чабууларга алып барарын айтты.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабалары үчүн кадыры жогору болгон жана сахабалар аны урматтап, сыйлаган.
 Сөздөрдү кооздоп сүйлөөдөн тыюу жана үнөмдүү сүйлөө (зарыл).
 Тавхидди аны бузуучу сөздөрдөн жана иштерден сактоо.
 Мактоодо чектен ашырып жиберүүдөн тыюу, анткени бул шайтанга эшик ачат.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамзаттын төрөсү. Ал эми жогорудагы хадисте айтылгандар, анын кичипейилдигинен жана тигилердин бул иште чектен чыгып кетүүсүнөн чочулаганынан кабар берет.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[Абу Дауд жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3389</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>«Сен китеп ээлеринен болгон коомго барасын. Аларга барганыңда аларды: «Аллахтан башка сыйынууга татыктуу кудай жок жана Мухаммад Аллахтын элчиси» - деп күбөлүк берүүгө чакыр. Эгер алар аны кабыл кылышса, анда Аллах аларга бир күндө беш убак намазды парз кылгандыгын кабар бергин. Эгер алар аны кабыл кылышса, анда Аллах алардын байларынан алынып кедейлерине бериле турган зекетти парз кылгандыгын кабар бергин. Эгерде алар аны кабыл кылышса, зекетке алардын эң жакшы малын алып коюудан алыс бол. Зулум чеккен адымдын дубасынан сактан. Анткени анын дубасы менен Аллахтын ортосунда тосмо жок.@*</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, Муьаз ибну Жабалды Йеменге жөнөтүп жатканда ага мындай деп айтты: «Сен китеп ээлеринен болгон коомго барасын. Аларга барганыңда аларды: «Аллахтан башка сыйынууга татыктуу кудай жок жана Мухаммад Аллахтын элчиси» - деп күбөлүк берүүгө чакыр. Эгер алар аны кабыл кылышса, анда Аллах аларга бир күндө беш убак намазды парз кылгандыгын кабар бергин. Эгер алар аны кабыл кылышса, анда Аллах алардын байларынан алынып кедейлерине бериле турган зекетти парз кылгандыгын кабар бергин. Эгерде алар аны кабыл кылышса, зекетке алардын эң жакшы малын алып коюудан алыс бол. Зулум чеккен адымдын дубасынан сактан. Анткени анын дубасы менен Аллахтын ортосунда тосмо жок.</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Муьаз ибн Жабал, радыяллаху анхуну, Йемен жергесине Аллахка чакыруу үчүн жана динди үйрөтүү үчүн жиберип жатканда, ал христиан коому менен жолугушаарын жана алар менен жолугууга даяр болуусун кабарлады. Андан кийин аларга даават кылганда эң маанилүүсүнөн баштаарын айтты. Ошондуктан Муьаз ибну Жабал баштап аларды: «Аллахтан башка сыйынууга татыктуу кудай жок, Мухаммад Аллахтын элчиси» - деп күбөлүк беришип, акыйдаларын оңдоого чакырды. Анткени алар бул келимени айтуу менен Исламга киришет. Муьаз ибну Жабал алар Исламды кабыл алышканда аларды намаз окууга буйурду. Анткени намаз таухид келимесинен кийинки эң улуу парз. Андан кийин алар намазды окушканда, алардын байларына мал-мүлктөрүнүн зекетин кедейлерине берүүгө буйурду. Андан кийин Зекетке малдын эң жакшысын алуудан тыйды. Анткени малдын орточосунан алуу важип. Андан кийин Муьаз бин Жабалга зулум чеккен адам дуба кылбоо үчүн Пайгамбар, саллаллаху алейхи уа саллам, ага зулумдук кылуудан сактанууну насаат кылды. Анткени зулум чеккен адамдын дубасы сөзсүз кабыл болот.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>«Лаа илааха иллаллах» келимесинин мааниси жалгыз Аллахка гана ибадат кылуу жана Андан башкага ибадат кылууну таштоо.
 «Мухаммад расулуллах» келимесинин мааниси; Пайгамбарга, анын алып келген динине ыйман келтирип, аны тастыктоо жана ал Аллахтын адамзатка жиберген элчилеринин эң акыркысы экенине ыйман келтирүү.
 Аалымдын динде шек-күмөнү бар адам менен сүйлөшүүсү сабатсыз адам менен сүйлөшкандөй болбошу керек. Ошондуктан Пайгамбар, саллаллаху алейхи уа саллам, Муьазга: «Сен китеп ээлеринен болгон коомго барасын» - деп эскертти.
 Мусулман адам шек-кумөндөн жана туура эмес түшүнүктөн арылуу үчүн илим алуу менен өз динин билүүсү зарыл.
 Яахудийлердин жана христиандардын дини Аллахтын Элчиси, саллаллаху алейхи уа саллам, жиберилгенден кийин жараксыз болду. Алар Ислам динин кабыл алып, Пайгамбар, саллаллаху алейхи уа салламга, ыйман келтирмейинче кыямат күнү тозоктон кутула алышпайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3390</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ</t>
+    <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>Эй, адамдар, динде аша чаап кетүүдөн сактангыла. Анткени, силерден мурдагылар динде аша чапканы үчүн кыйрап жок болгон" - деди</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
     <t>Ибн Аббас (ал экөөнө Аллах ыраазы болсун) айтат: Акабада таша ата турган күнү эртең менен төөсүнө минип бара жатып Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Мага таш алып берчи" - деди. Мен ага манжалары менен ыргыта тургандай жети таш алып бердим. Ал таштарды алаканына салып: "Ушундай (кичинекей) таштар менен (шайтанды) аткыла"- деди. Анан: "Эй, адамдар, динде аша чаап кетүүдөн сактангыла. Анткени, силерден мурдагылар динде аша чапканы үчүн кыйрап жок болгон" - деди.</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Ибн Аббас (ага Аллах ыраазы болсун), коштошуу ажылыгында, курбандык күнү эртең менен Акабада таш атууга пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге барганын айтат. Аны жерден шайтанга атчу таштардан алып берүүгө буйруйт. Ал жети таш алып берет. Анын ар бири мысыр буурчагы же фундук көлөмүндө болчу. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) аларды колуна алып, ары-бери кыймылдатып, анан мындай дейт: Атканда ушундай өлчөмдөгү таштар менен аткыла. Андан кийин пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) дин иштеринде аша чабуудан, оорлотуудан жана чектен чыгуудан тыйып эскертти. Анткени, өткөн үммөттөрдөн (кээ бири) динде чектен чыкканы жана ыгы жок оорлоткону үчүн кыйрап жок болгон.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Динде чектен чыгуудан тыйган жана анын жаман акыбетин баяндаган. Ал кыйрап жок болууга себеп болот.
 Алар кетирген катадан сактануу үчүн бизден мурда өткөн үммөттөрдөн этибар, сабак алуу (зарыл).
 Сүннөттү бекем кармоого үндөө.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[Ибн Маажа, ан-Насааи жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3395</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Мени христиандар Марямдын баласын чектен ашып улуктагандай улуктабагыла. Чындыгында, мен Анын (Аллахтын) кулумун. Силер мени: «Аллахтын кулу жана элчиси» - деп айткыла</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Умар ибн Аль-Хаттаб, радыяллаху анху, айтты: Мен пайгамбар, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Мени христиандар Марямдын баласын чектен ашып улуктагандай улуктабагыла. Чындыгында, мен Анын (Аллахтын) кулумун. Силер мени: «Аллахтын кулу жана элчиси» - деп айткыла».</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Христиандар Иса пайгамбарды Аллахка таандык сыпаттар менен сүрөттөгөндөй, Пайгамбарыбыз өзүн шарияттын чегинен ашып мактоо жана Аллахка таандык сыпаттар менен сүрөттөп ага ибадат кылуудан кайтарып жатат. Жана Пайгамбар кайыпты билет деп же Христиандар Мариям уулу Иса пайгамбарга дуба кылышкандай Аллах менен кошо Пайгамбарга дуба кылуудан тыйып жатат. Андан соң Пайгамбар Аллахтын кулдарынын бири экендигин баяндап, аны: «Аллахтын кулу жана элчиси» - деп айтуубузду буйруду.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Шарият койгон чектен ашып мактоодон жана улуктоодон эскетти. Анткени бул ширк кылууга алып барат.
 Тилекке каршы Пайгамбар, саллаллаху алейхи уа саллам, эскерткен нерсе бул үммөттө да болуп жатат. Ошондуктан кээ бирөөлөр Аллахтын элчисини, кээ бирөөлөр ахлу байтти, (1) кээ бирөөлөр олуяларды чектен ашып улукташып ширк кылып жатышат.
 Раббинин өзгөчөлүктөрнөн болгон сыпаттарды пайгамбарга арноо туура эместигин жана пайгамбар да Аллахтын пендеси экендигин баяндоо үчүн Аллахтын Элчиси, саллаллаху алейхи уа саллам, өзүн Аллахтын кулу деп сыпаттады.
 Аллахтын элчиси, саллаллаху алейхи уа саллам,  Аллах тараптан жиберилген элчи экендигин жана аны ээрчип, аны тастыктоо важип экендигин баяндоо үчүн ал өзүн Аллахтын Элчиси деп сыпаттады.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3406</t>
   </si>
   <si>
-    <t>لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ</t>
+    <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>Ооруунун жугуусу, куш менен төлгө тартуу, үкү конгон үйдө жамандык болот деп ырым кылуу, Сафар айына ырым кылуу, мунун баары жок нерселер. Пес оорусу менен ооруган адамдан арстандан качкандай качкыла</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>Ау Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ооруунун жугуусу, куш менен төлгө тартуу, үкү конгон үйдө жамандык болот деп ырым кылуу, Сафар айына ырым кылуу, мунун баары жок нерселер. Пес оорусу менен ооруган адамдан арстандан качкандай качкыла".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) исламга чейинки караңгылык доордогу кээ бир иштерди айтып, андай иштерди кылбоого буйруган. Иштин баары Аллахтын колунда экенин, Анын буйругу жана тагдыры менен гана болорун эскерткен. Ал тыюу салган иштер төмөнкүлөр:
 Биринчи: Караңгылык доордо адамдар оору өзүнөн-өзү жугуп жайылат деп ойлошкон. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) оору Аллахтын каалоосусуз бир адамдан башкаларга жугат деген ишенимден тыйган. Бул жаратылышты Аллах башкарып турат. Ооруну пайда кылган да, аны кайра айыктырган да Аллах. Оору Анын каалоосу жана тагдыр кылуусу менен гана жугат.
 Экинчи: караңгылык доордо бирөө сапарга жөнөсө, же соода ишине чыкса, куш учуруп ырым кылган. Эгерде учурган кушу оң тарапка учуп кетсе, жакшы деп эсептеп сапарга чыккан. Эгер анысы сол тарапка учса, жаман деп эсептеп сапарга чыкпай калган. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул ырымга да тыюу салып, бул туура эмес ишеним экенин айткан.
 Үчүнчү: караңгы доордогу адамдар: кайсы үйдүн короосуна үкү келип консо, ошол үйгө жамандык болот деп айтышкан. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул ырымды да жокко чыгарган.
 Төртүнчү: Сафар айындагы ырым-жырымдарга да тыюу салган. Сафар ай санагында Мухаррам айынан кийинки экинчи ай. Сафар - ашказанда жаткан курт, малга, адамдарга оору жугузат, бул котур оорусунан да жаман деген ишенимдери болгон. Мына ушул туура эмес ишенимден тыйган.
 Бешинчи: пес оорусу менен ооруган адамдан арстандан оолак болгондой оолак болууга буйруган. Бул өзүнө этият болуу үчүн, Алла буйруган себептерди аткаруу үчүн айтылган буйрук. Пес оорусу адамдын бүт денесин каптай турган оору.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>Бардык иште Аллахка тобокел кылуу жана Ага таянуу, ошондой эле шариятта буйрулган себептерди аткаруу зарыл.
 Аллахтын тагдырына ишенүү важиб. Себептер Аллахтын колунда, Ал аларды ишке ашырат, же таасирин тийгизбейт.
 Кээ бир адамдар ишенип аткарып жүргөн кызыл, кара түстөргө, же сандарга, же адамдардын аттарына, же мүмкүнчүлүгү чектелген адамдарга байланышкан ырым-жырымдардын баары жараксыз.
 Пес же ушул сыяктуу башка ооруларга жакындабагыла деген тыюу - Аллах Тааланын адатта себепкер болуп калуусу мүмкүн болгон себептеринин бири. Себептер өзүнөн-өзү ишке ашпайт. Аллах кааласа, ошол себеп аркылуу эч кандай зыян тийгизбей сактайт. Кааласа, ал себептен эч кандай пайда тийгизбейт, оору жуга берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3407</t>
   </si>
   <si>
-    <t>فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ</t>
+    <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
     <t>Аллахка ант берип айтамын, сенин себебиң менен бир адам динге кирсе, бул сага кызыл төөгө ээ болгонуңдан да жакшы" - деди</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
     <t>Сахл бин Саъд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Хайбар согушу болгон күнү минтип айткан: "Бул тууну эртең Аллахтын каалоосу менен жеңишке жете турган адамдын колуна карматам. Ал Аллахты жана Анын элчисин жакшы көргөн адам. Аллах жана Анын элчиси да аны жакшы көрөт". Бул түнү адамдардын баары тууну кимисине берер экен деп ойлонуп чыгышты. Эртеси таңда баары мага берип калар бекен деген үмүт менен Аллахтын элчисинин жанына чогулушту. Ал: "Али бин Абуталиб кайда жүрөт?" - деп сурады. Анын көзү ооруп калыптыр - деди бирөөлөр. "Аны чакырып келгенге бирөөнү жөнөткүлө" - деди. Алини чакырып келишти эле, пайгамбарыбыз куттуу шилекейин анын көзүнө сүртүп, дуба кылды. Көзү такыр оорубагандай болуп, дароо айыгып калды. Анан анын колуна тууну карматты. Али: О, Аллахтын элчиси, алар биз сыяктуу мусулман болгонго чейин согуша берейинби? - деп сурады. "Алардын чептерине жеткениңден кийин аларга Исламга кирүүсүн сунуш кыл. Эгер кабыл кылышса, аларга тиешелүү Аллахтын акыларын айтып түшүндүр. Аллахка ант берип айтамын, сенин себебиң менен бир адам динге кирсе, бул сага кызыл төөгө ээ болгонуңдан да жакшы" - деди.</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эртең Хайбардагы жөөттөр жеңилерин кабарлап, бул жеңиш ал берген тууну кармаган адамдын кол алдында болорун айтат. Туу - бул, жоокерлер согушта өз эн белгилери катары көтөрүп жүргөн желек. Тууну бере турган кишинин сыпаты мындай: ал Аллахты жана анын элчисин жакшы көрөт. Аллах менен Анын элчиси да аны жакшы көрөт. Мындай улук сый-урматка жетүүгө кызыккан сахабалардын баары түнү менен ал ким болор экен деп сүйлөшүп, самап чыгышат. Эртеси бул улук сыйды үмүт кылып баары Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактосу болсун) жанына келишти.
 Пайгамбарыбыз (ага Аллахын тынчтыгы жана мактоосу болсун) Али бин Абуталиб кайда экенин сурады.
 Анын көзү ооруп жатканын айтышты.
 Аны чакарып келгенге бирөөнү жиберип, ал Алини чакырып келди. Анан шилекейин Алинин көзүнө сүртүп, ага шыпаа тилеп дуба кылды. Анын көзү эзели оорубагандай болуп айыгып калды. Анан ага тууну карматып, душмандын чеп, сепилдерине жеткенге чейин эч кимге зыян тийгизбей барып, аларга жеткенден кийин исламга кирүүнү сунуш кылууну, эгер сунушту кабыл кылышса, алардын моюнуна кандай парздар милдет болорун эскертүү керектигин айтат.
 Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Алиге Аллахтын динине чакыруунун артыкчылыгын эскертип, эгер адам бирөөнүн динге кирүүсүнө себепкер болуп калса, араптар үчүн эң баалуу болгон кызгылт төөгө ээ болуудан да же ошондой төөнү садага кылгандан да артык сооптуу иш экенин айтат.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
     <t>Мындан Алинин (ага Аллах ыраазы болсун) артыкчылыгын билебиз. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ал Аллах менен Анын элчисин жакшы көрөрүн, Аллах менен Аллахтын элчиси аны жакшы көрөрүн  күбөлүк берип айткан.
 Мындан сахабалардын жакшылыкка умтулушканын, жарышканын көрөбүз.
 Согушка жөнөгөндө өз адебин сактоо керек, керексиз ызы-чуунун, кыйкырыктын, ышкырыктын зарылдыгы жок.
 Жөөттөрдүн жеңилерин алдын ала айтканы жана Алинин көзүн айыктырганы булар пайгамбардын чыныгы пайгамбар экенин билдирген белгилер.
 Аллах жолундагы күрөштүн негизги максаты - адамдарды Исламга киргизүү.
 Аллахтын динине чакыруу бир баскычтан экинчи баскычка өтүү менен болууга тийиш. Оболу каапырлардан келме айтып динге кирүү талап кылынат. Динге киргенден кийин аларга парздарды аткаруу буйрулат.
 Исламга чакыруунун пайдасы зор. Чакырган адам да, чакырылган адам да жакшылыкка жетет. Чакырылган адам туура жолду табат, чакырган адам болсо үлкөн сооп-сыйга жетет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3409</t>
   </si>
   <si>
-    <t>أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ</t>
-[...2 lines deleted...]
-    <t>"О, агам, "Лаа илааха иллаллооху" деген сөздү айтыңыз, Аллахтын алдында сен үчүн буга күбө өтөмүн" - деди.</t>
+    <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
+  </si>
+  <si>
+    <t>О, агам, "Лаа илааха иллаллооху" деген сөздү айтыңыз, Аллахтын алдында сен үчүн буга күбө өтөмүн" - деди</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Саъид бин Мусаяб атасынан укканын айтат: Абу Талибге өлүм сааты келгенде, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага кирди. Анын жанында Абу Жахл менен Абдуллах бин Абу Умая бин Мугира бар экен. Анан ага: "О, агам, "Лаа илааха иллаллооху" деген сөздү айтыңыз, Аллахтын алдында сен үчүн буга күбө өтөмүн" - деди.  Абу Жахл менен Абдуллах бин Абу Умая болсо: Абдулмутталибдин дининен чанып кетесиңби?! - деди Абу Талибге. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага сунуш кылган сайын, тигилер да айтканын кайталай беришти. Ошентип Абу Талиб акыркы сөзүндө:  Абдулмутталибдин дининдемин деп, жан берди. "Лаа илааха иллаллоху" деп айтуудан баш тартты. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Аллахка ант болсун, Аллах тыймайынча сага кечирим тилей беремин" - деди. Ошондо Аллах Таала: "Пайгамбарга да, ыймандууларга да мушриктерге кечирим тилөө мүмкүн эмес" (Тобо, 113-аят) деген аятты түшүрдү. Ал эми Абу Талиб тууралуу: "Чынында, сен өзүң каалаган адамды туура жолго сала албайсың, бирок Аллах гана кимди кааласа туура жолго салат" деген аятты түшүрдү (Касас, 56-аят).</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) атасы менен бир тууган агасы Абу Талиб жан берерде анын жанына кирип, ага мындай деди: Ага, "Лаа илааха иллаллоху" деңиз, Аллахтын алдында ушул сөзүңө сага күбө өтөм. Абу Жахил менен Абдуллах бин Абу Умая экөөсү: Эй, Абу Талиб, атаң Абдулмутталибдин динин чанып кетесиңби?! - дешти. Анын дини буттарга сыйынуу дини болчу. Ошентип экөө улам кайталап айтып жатып, акырында Абу Талибдин соңку сөзү: Мен Абдулмутталибдин дининдемин деген сөз болду. Ширк жана буттарга сыйынуу дининде (калды). Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Сага кечирим тилеп дуба кылам, Аллах мени мындан тыйганча - деди. Ошондо Аллах Таала бул аятты түшүрдү: "Пайгамбарга да, ыймандуу пенделерге да, мушриктер алардын тууганы болсо деле,  алар тозоктун тургундары экени маалым болгондон кийин, аларга кечирим тилөө мүмкүн эмес" (Тобо, 113-аят). Абу Талиб жөнүндө Аллах Тааланын төмөнкү сөздөрү түшкөн: "Чынында, сен өзүң каалаган адамды туура жолго сала албайсың. Бирок Аллах гана кимди кааласа туура жолго салат. Ал туура жолго түшүүчүлөрдү билүүчү" (Касас, 56-аят). Сен туура жолго түшүүсүн самаган адамыңды туура жолго сала албайсың, сенин милдетиң жеткирүү гана. Аллах кимди кааласа аны туура жолго салат.</t>
   </si>
   <si>
     <t>تحريم الاستغفار للمشركين مهما كانت قرابتهم وعملهم وإحسانهم.
 تقليدُ الآباء والأكابر بالباطل مِن فِعْل أهل الجاهلية.
 كمالُ شفقة النبيِّ صلى الله عليه وسلم وحرصِه على دعوة الناس وهدايتهم.
 الرد على مَن زعم إسلام أبي طالب.
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Алардын туугандыгы, амалдары жана жакшылык иштери канчалык көп болбосун, баары бир мушриктерге кечирим тилөө тыюу салынган арам иш.
 Ата-бабасынын, аттуу баштуу адамдардын түркөй ишенимдерин берилип ээрчүү - Исламга чейинки жахилият доорундагы адамдардын иштеринен.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мээримдүүлүгү жана адамдарды үгүттөп, аларды туура жолго салууга болгон ынтызарлыгы.
 Бул хадис Абу Талиб Исламды кабыл алган дегендердин сөзүн жокко чыгарат.
 Амалдардын жыйынтыгы эң акыркысына каралат.
 Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) жана башкаларга пайда алып келет, же зыянды кетирет - деп байлануунун туура эмес экендигин көрсөтөт.
 Ким: "Лаа илааха иллаллооху" (Аллахтан башка ибадатка ылайыктуу кудай жок) деп, илими жана ишеними менен чын жүрөктөн айтса, ал Исламга кирет.
 Жаман жана бузуку достун адамга тийгизген зыяны.
 "Лаа илааха иллаллох" келмесинин мааниси: буттарга, олуяларга, саалихтерге сыйынууну таштап, ибдатты жалгыз Аллахка гана арноо. Чынында, мушриктер мунун маанисин жакшы билишкен.
 Эгерде Исламга киришин үмүт кылса, ооруп жаткан мушрик адамды зыярат кылууга болот.
 Бирөөнү туура жолго салуу эч шериги жок Жалгыз Аллахтын колундагы иш. Ал эми Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) милдети туура жолго багыттоо, чакыруу жана жеткирүү гана.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3410</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>«Оо, Аллахтын элчиси! «Кыямат күнү сенин шапаатың менен эң бактылуу адам ким?» - деп сураганда, Аллахтын элчиси, саллаллаху алейхи уа саллам: «Оо, Абу Хурайра! Сенин хадиске болгон кызыгууңду көргөнүмдө бул хадисти сенден алдын эч ким сурабайт деп ойлогонмун. Кыямат күнү менин шапаатым менен эң бактылуу болгон адам ал «Лаа илааха иллаллах» келимесин чын ыклас менен жүрөгүнөн же напсисинен айткан адам» - деп айтты».@</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылат: «Оо, Аллахтын элчиси! «Кыямат күнү сенин шапаатың менен эң бактылуу адам ким?» - деп сураганда, Аллахтын элчиси, саллаллаху алейхи уа саллам: «Оо, Абу Хурайра! Сенин хадиске болгон кызыгууңду көргөнүмдө бул хадисти сенден алдын эч ким сурабайт деп ойлогонмун. Кыямат күнү менин шапаатым менен эң бактылуу болгон адам ал «Лаа илааха иллаллах» келимесин чын ыклас менен жүрөгүнөн же напсисинен айткан адам» - деп айтты».</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам, кыямат күнү анын шапааты менен эң бактылуу адам: «Лаа илааха иллаллах, б.а. Аллахтан башка сыйынууга татыктуу кудай жок» - деп эл көрсүн дебей жана ширк кылбастан, чын ыклас менен жүрөгүнөн айткан адам экендигин кабар берип жатат.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Акыретте Пайгамбар, саллаллаху алейхи уа салламга, шапаат берилээрин жана ал бир гана чыныгы муаххидтер (2) үчүн болоору тастыклатып жатат.
 Пайгамбар, саллаллаху алейхи уа салламдын,  шапааты бул - тозокко кирүүгө татыктуу болгон момундардын тозокко кирбештиги үчүн, эгерде тозокко кирген болсо ал жактан чыгуусу үчүн Аллах менен алардын ортосуна түшкөн Пайгамбардын ортомчулугу.
 Калыс Аллах Таала үчүн айтылган таухид келимесинин пазилети жана анын чоң таасири.
 Таухид келимесин ишке ашыруу анын маанисин билүү жана анын талабына ылайык амал кылуу менен болот.
 Абу Хурайра, радыяллаху анхунун, пазилети жана илимге болгон кызыгуусу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3414</t>
   </si>
   <si>
-    <t>أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ</t>
+    <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>Аллах аны  амалына карабай бейишке киргизет</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>Убаданын (ага Аллах ыраазы болсун) риваятында пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким: "Аллахтан башка ибадатка татыктуу кудай жок, Ал Жалгыз, Анын шериги жок. Мухаммад Анын кулу жана элчиси, Иса да Аллахтын кулу, элчиси жана Мариямга үйлөгөн сөзү, анын руху Алладан, бейиш чын, тозок да чын" деп күбөлүк берсе, Аллах аны  амалына карабай бейишке киргизет".</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге мындай кабарлаган, ким тавхид келмесин маанисин түшүнүп, талаптарын аткарып айтса, жана Мухаммад пайгамбардын пенделигине жана пайгамбарлыгына күлөлүк берип, Исанын пенделигин жана пайгамбарлыгын, аны Аллах Таала "бол" деген сөзү менен жаратканын, ал Аллах жараткан рухтардын бири экенин моюндап, яхудийлер анын энесине жапкан жалган жалаадан арууласа, бейиштин чындык экенине жана тозоктун да чындык экенине, булардын бар экенине жана булар Аллахтын жакшылыгы жана азабы экенине ыйман келтирсе, анан ушул абалында дүйнөдөн өтсө, анын ибадаты аз жана күнөөлөрү бар болгонуна карабай, барар жайы бейиш болот.</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>Аллах Таала Мариям уулу Исаны атасы жок эле "бол" деген сөзү менен жараткан.
 Мухаммад пайгамбар менен Иса пайгамбарды Аллахтын пенделери жана элчилери деп чогуу айтканы, экөө тең жалган айтпаган элчи, сыйынылбаган пенде болгон.
 Тавхид келмесинин артыкчылыгы, күнөөлөрдү өчүрөрү айтылган. Тавхидди карманган б.а. бир Аллахка сыйынуу ишениминдеги адамдын барар жайы бейиш, кээ бир күнөөлөрдү кылган болсо да.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3417</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>Ким Аллахка ширк келтирбестен жолукса, анда ал бейишке кирет. Ал эми ким Ага ширк кылган абалда жолукса, анда тозокко кирет</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Жабир Ибн Абдуллах, радыяллаху анхума, айтты: «Мен Аллахтын Элчисин, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Ким Аллахка ширк келтирбестен жолукса, анда ал бейишке кирет. Ал эми ким Ага ширк кылган абалда жолукса, анда тозокко кирет».</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бул хадисте ким ширк кылбаган абалда өлсө, ал кээ бир күнөөсү үчүн тозокто азапталса да анын бара турган жайы бейиш экендигин жана ким ширк кылган абалда өлсө, тозокто түбөлүктүү калаарын кабарлап жатат.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Таухидтин пазилети жана ал тозокто түбөлүк калуудан сактайт.
 Бейиш жана тозок пендеге жакын. Аны менен пенденин ортосун өлүм гана тосуп турат.
 Ширктин көбүнөн да азынан да эскертүү. Анткени тозоктон аман калуу ширктен алыс болууда турат.
 Иш-аракеттердин эң акыркы аткарылганы эске алынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3418</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ</t>
+    <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Ким Аллахтан башкага кудай деп дуба кылып жүрүп өлсө, тозокко кирет" - деди</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
     <t>Абдуллах бин Масуъд (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир сөздү айткан, мен болсо андан башкасын айттым. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): " Ким Аллахтан башкага кудай деп дуба кылып жүрүп өлсө, тозокко кирет" - деди. Мен болсо: Ким Аллахтан башканы кудай деп дуба кылбастан өлсө, бейишке кирет - дедим.</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким Аллах Таалага аткарыла турган кайсы бир ишти, мисалы Аллахтан башкага дуба кылуу, Андан башкадан жардам суроо сыяктуу иштерди кылса жана ошентип жүрүп дүйнөдөн өтүп кетсе, ал тозоктун тургуну болорун кабарлаган. Ал эми Абдуллах бин Масуъд (ага Аллах ыраазы болсун) буга кошумчалап, кимде-ким Аллахка эч нерсени шерик кылбай (Аллахтын өзүнө ибадат кылып) жүрүп дүйнөдөн өтсө, анын турагы бейиш болорун айткан.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>Дуба - бул, Аллахтан башкага аткарылбай турган ибадат.
 Тавхиддин б.а. бир Аллахка сыйынуу ишениминин артыкчылыгы айтылган, анткени ким тавхид менен өлсө, кээ бир күнөөлөрү үчүн азапталса да, акыры бейишке кирет.
 Ширктин коркунучтуулугу айтылган, анткени ким шерик кошуп жүрүп дүйнөдөн өтүп кетсе, тозокко кирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>Чектен ашкандар кыйроого учурады» - деп үч жолу айтты</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>Абдуллах ибн Масьуд, радыяллаху анху, риваят кылган хадисте Аллахтын элчиси, саллаллаху алейхи уа саллам: «Чектен ашкандар кыйроого учурады» - деп үч жолу айтты.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, дүйнөдө жана динде, ошондой эле сөздөрүндө жана иштеринде илимсиздик менен Пайгамбар, алып келген шарияттын чегинен чыгып, чектен ашкандардын зыянга учураарын кабар берип жатат.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Бардык иште аша чаап кетүүдөн тыюу салынат жана бардык иште аша чаап кетүүдөн алыс болууга кызыктыруу керек. Өзгөчө ибадатта жана салих адамдарды ашыра улуктоого тыюу салынган.
 Ибадатты толук түрдө аткаруу макталган жакшы иш, бирок шарият көрсөткөн жол менен болуусу зарыл.
 Маанилүү жана өтө зарыл иштерди Пайгамбар, саллаллаху алейхи уа саллам, үч жолу кайталап эскерткендей бекемдеп эскертүү мустахаб.
 Ислам дини оңой жана жеңил.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3420</t>
   </si>
   <si>
-    <t>لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ</t>
+    <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
     <t>Оору жукпайт, жамандыкка жоруу да жок. Мага фаьл жагат". Фаьл деген эмне? деп сурашканда: "Бул жакшы сөз" - деди</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
     <t>Анас бин Маликтин (ага Аллах ыраазы болсун) риваятында пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Оору жукпайт, жамандыкка жоруу да жок. Мага фаьл жагат". Фаьл деген эмне? деп сурашканда: "Бул жакшы сөз" - деди.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жахилияттагы адамдардын, оору Аллахтын тагдырысыз эле бирөөдөн бирөөгө жугат деген ишеними туура эмес экенин айткан. Ошондой эле жамандыкка жоруу да туура эмес. Ал угулган же көрүлгөн кайсы бир нерсе менен ырым кылуу, мисалы куштар, жан-жаныбар, майып адамдар, сандар, күндөр ж.б. нерселер менен ырым кылып жамандыкка жоруу. Ал эми куш учуруу деп баса белгилеп айтканынын себеби, исламга чейинки доордо жамандыкка жоруунун  ушул түрү өтө кенен жыйылган болчу. Мунун негизи мындай: Бирөө сапарга чыкмакчы болсо же соода кылмакчы болсо, же дагы башка бир ишке киришерде куш учуруп көрөт. Эгерде койо берген кушу оң тарапка учуп кестсе, аны жакшылыкка жооруп, ишине кирише берген. А эгер куш сол тарапка учуп кетсе, аны жамандыкка жооруп, баштай турган ишин кылбай токтотуп койгон. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны фаьл таң калтырарын айткан. Бул кайсы бир жакшы сөздү угуу аркылуу инсандын жүрөгүнө кубаныч кирип, Аллах жөнүндө жакшы ойдо болуусуна себеп болот.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Аллахка тобокел кылуу, анткени жакшылыкты алып келген да жамандыкты кетирген да Аллах Таала.
 Ырым кылып, жамандыкка жооруудан кайтарган. Ал жамандыкка жооруп, амалдан тоскон бардык нерсени өз ичине камтыйт.
 Фаьл кылуу тыюу салынган ырымдардан эмес, ал Аллах жөнүндө жакшы ойдо болуу.
 Бардык нерсе шериги жок, Жалгыз Аллах Тааланын тагдыры менен болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3422</t>
   </si>
   <si>
-    <t>مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا</t>
+    <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
   </si>
   <si>
     <t>Кимде-ким Аллах жолуна казатка чыккан адамга (ат-күлүгүн, курал-жарагын, азык-түлүгүн) даярдап берсе, казатка чыккандай сооп алат. Кимде-ким Аллах жолуна казатка чыккан адамдын үй-бүлөсүнө жакшылык кылып каралашса, казатка чыккандай сооп алат</t>
   </si>
   <si>
     <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
   </si>
   <si>
     <t>Махмуд бин Лабид (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Кимде-ким Аллах жолуна казатка чыккан адамга (ат-күлүгүн, курал-жарагын, азык-түлүгүн) даярдап берсе, казатка чыккандай сооп алат. Кимде-ким Аллах жолуна казатка чыккан адамдын үй-бүлөсүнө жакшылык кылып каралашса, казатка чыккандай сооп алат".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن هَيَّأَ للغازي في سبيل الله أسبابَ سَفَرِه وما يَحتاج إليه مما لا بدَّ منه من سلاح، ومركوب، وطعام، ونفقة وغيرها؛ فهو في حكم الغازي، وحصل له ثواب الغزاة.
 ومَن تولَّى أمرَ الغازي بخير، ونابَ مَنابَه في مراعاة أهلِه زمانَ غيبتِه فهو في حكم الغازي.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах жолунда казатка чыккан адамдын сапарга керектүү каржыларын, курал-жарагын, азык-түлүгүн ж.б. камдап берген адам, казатка чыккандын өкүмүндө болуп, казатка чыккан адамдай соопко ээ болот.
 Ошондой эле казатка чыккан адамдын үй-бүлөсүнө жардам берип, ал казаттан келгенче каралашкан адам да казатка чыккандын өкүмүндө болот.</t>
   </si>
   <si>
     <t>حث المسلمين على التعاون على الخير.
 قال ابن حجر: وفي هذا الحديث الحث على الإحسان إلى من فعل مصلحة للمسلمين، أو قام بأمر من مهماتهم.
 القاعدة العامة: أنّ مَن أعانَ شخصًا في طاعة من طاعات الله كان له مثل أجره، من غير أن ينقص من أجره شيئًا.</t>
   </si>
   <si>
     <t>Жакшылык иште жардам берүү зарыл.
 Ибн Хажар минтип айткан: Бул хадисте мусулмандар үчүн пайдалуу иш кылгандарга жана алардын кайсы бир милдеттүү ишин аткарууга чыккандарга жакшылык кылып жардам берүүгө үндөйт.
 Жалпы эреже: Кимде-ким Аллахка таат-ибадат кылган адамга жардам берсе, ошол адам сыяктуу соопко ээ болот. Мындан тигинин сооп-сыйы кемип калбайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3437</t>
   </si>
   <si>
-    <t>عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ</t>
+    <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Ансарлар тууралуу: "Аларды ыймандуулар гана жакшы көрөт. Мунаафыктар гана жаман көрөт. Аларды жакшы көргөндөрдү Аллах жакшы көрөт. Аларды жаман көргөндөрдү Аллах жаман көрөт" - деген</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>Ал-Бараа (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Ансарлар тууралуу: "Аларды ыймандуулар гана жакшы көрөт. Мунаафыктар гана жаман көрөт. Аларды жакшы көргөндөрдү Аллах жакшы көрөт. Аларды жаман көргөндөрдү Аллах жаман көрөт" - деген.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Мадинанын элиндеги ансарларды жакшы көрүү ыймандын толуктугунун белгиси экенин айткан. Буга алардын Исламга жана пайгамбарга жардам берүүдө биринчилерден болгону, мусулмандарга баш баанек берүүгө аракет кылганы, мал-жанын Аллах жолунда ишеткени себеп. Ал эми аларды жаман көрүү эки жүздүүлүктүн белгиси. Анан Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ким ансарларды жакшы көрсө, аны Аллах жакшы көрөрүн, ким ансарларды жаман көрсө, аны Аллах жаман көрөрүн баяндады.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>Хадисте ансарлардын аброю жогору экени айтылган. Аларды сүйүү ыймандуулуктун жана эки жүздүүлүктөн тазалыктын белгиси.
 Аллахтын досторун сүйүү жана аларга жардам берүү - Аллахтын пендеге болгон сүйүүсүнө себеп болот.
 Исламга алгачкылардан болуп киргендердин артыкчылыгы баяндалат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3438</t>
   </si>
   <si>
-    <t>فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ</t>
+    <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>Анан аларга пайгамбар даарат алгандай даарат алып көрсөттү</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
     <t>Яхья бин Умара ал-Мазиний айтат: Амр бин Абу Хасан, Абдуллах бин Зайддан пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) кандай даарат алганы тууралуу сурап жатканына күбө болуп калдым. Ал бир идишке суу алдырды. Анан аларга пайгамбар даарат алгандай даарат алып көрсөттү . Идиштен колуна суу куюп, колдорун үч жолу жууду. Анан идишке колун салып суу алып, үч жолу оозуна суу алып гаргара кылып жууп, мурдуна суу алып кайра чимкирди. Анан колун салып суу алып бетин үч жолу жууду. Анан колдорун эки чыканагын кошуп эки жолу жууду. Анан колун сууга салып башына бир жолу масх тартып, башынын алды жагынан баштап, кайра баштаган жерине алып келди. Анан буттарын томугун кошуп жууду.</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
     <t>Абдуллах бин Зайд (ага Аллах ыраазы болсун) пайгамбардын кандай даарат алганын иш жүзүндө аткарып көрсөтүп берген. Алгач кичинекей идишке суу алдырды Оболу колун жуудан баштады, анан идишти кыйшайтып, бир аз суу куюп, колдорун идиштин сыртына үч жолу жууду. Анан колун идишке салып, андан үч жолу суу сузуп алып, ар бир алганы менен оозун гаргара кылып жууп жана мурдуна суу алып чимкирди. Анан идишке колун салып суу сузуп алып, аны менен үч жолу бетин жууду. Анан дагы суу сузуп алып, эки колун чыканактарын кошуп эки жолудан жууду. Анан колун дагы идишке салып, (суу) колдору менен башынын алды жагынан арт жагына карай желкесине чейин бир жолу масх тартып барып, кайра бешенесине чейин тартып келди. Анан эки бутун томуктарын кошуп жууду.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Мугалимдин жүрүм-туруму илимди түшүнүүнүн жана анын бекемделүүсүнүн эң негизги себеби болуп саналат жана ушунун бири иш жүзүндө көрсөтүп үйрөтүү.
 Дааратта жуула турган кээ бир мүчөлөрдү үч жолу, кээ бирин эки жолудан жуу жайыз. Ал эми бир жолу жуу - важыб.
 Хадисте келгендей, дааратта жуула турган мүчөлөрдү тартиби менен жуу - важыб.
 Беттин чеги тигинен бешенеде чач чыккан жерден баштап, сакал чыккан ээк астына чейин. Ал эми туурасынан кулактан кулакка чейин.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3444</t>
   </si>
   <si>
-    <t>إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ</t>
-[...2 lines deleted...]
-    <t>"Сага колдоруңду мына ушинтсең жетиштүү болмок" - деп, алакандары менен жерди бир жолу чаап, анан оң жана сол колунун үстүнө, анан бетине сүртүп койду</t>
+    <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
+  </si>
+  <si>
+    <t>Сага колдоруңду мына ушинтсең жетиштүү болмок" - деп, алакандары менен жерди бир жолу чаап, анан оң жана сол колунун үстүнө, анан бетине сүртүп койду</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
     <t>Аммар бин Ясир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени кайсы бир ишке жумшады. Мен жунуб болуп калып, жуунгага суу таппай койдум. Анан жан-жаныбарлар оонаган сыяктуу топуракка оонап, буланып (намаз окудум). Кийин Аллахтын элчисине келгенде ушуну айтсам, ал:  "Сага колдоруңду мына ушинтсең жетиштүү болмок" - деп, алакандары менен жерди бир жолу чаап, анан оң жана сол колунун үстүнө, анан бетине сүртүп койду.</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сапарда баратып, Аммар бин Ясирди бир ишке жумшайт. Ал аялына кошулуппу, же (түшүркөп) кумарлануу менен уруктугу чыгып кетиппи, айтор жунуб болуп калат. Анан жунубдуктан жуунганга суу таба албайт. Ал жунубдукка таямум кылуунун өкүмүн билбейт эле. Кичи дааратка таямум кылуунун өкүмүн билчү. Анан өзүнчө изилденип ижтихад кылып, кичи дааратка таямум кылганда жуула турган мүчөлөрүнө топурак сүрткөн сыяктуу, жунубдукка таямум кылганда бүт денеге топурак сүртүү керек го деп ойлойт. Анан денеси менен топуракка буланып, намаз окуйт. Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) келгенде, кылганы туура, же туура эмес экенин билүү үчүн аны пайгамбарга айтат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага заара ушатуу сыяктуу жеңил дааратсыздыктан да, жунубдук сыяктуу оор дааратсыздыктан да таямум менен тазалануунун жолун үйрөтүп баяндап берет: ал мындай кылат, алгач эки алаканын топуракка чаап, анан сол колу менен оң колун  сылап, эки колунун үстүн жана бетин сылайт.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Таямум кылбастан мурда суу издөө важыб.
 Жунуб болуп, суу таба албаган адамга таямум кылуу шариятта уруксат.
 Оор, же чоң дааратсыздыктын таямуму деле кичине дааратсыздыктын таямуму сыяктуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3461</t>
   </si>
   <si>
-    <t>إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ</t>
+    <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>Эгерде адамдар зулум кылып жаткан адамды көрүп, анын колунан кармап токтотпосо, Аллах Таала ал үчүн баарын чогуу жазалап коюусу мүмкүн</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Абу Бакр Сыддык (ага Аллах ыраазы болсун) айтат: Эй, адамдар! Силер Аллах Тааланын: "Эй, ыймандуу пенделер! Өзүңөргө сак болгула! Эгер туура жолго түшкөн болсоңор, анда адашкандар силерге зыян тийгизе албайт..." деген аятын окуп жүрөсүңөр. Мен Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын укканмын: "Эгерде адамдар зулум кылып жаткан адамды көрүп, анын колунан кармап токтотпосо, Аллах Таала ал үчүн баарын чогуу жазалап коюусу мүмкүн".</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Абу Бакр Сыддык (ага Аллах ыраазы болсун) адамдар төмөнкү аятты окуп жүрүшкөнүн айтат:
 "Эй, ыймандуу пенделер! Өзүңөргө сак болгула! Эгер туура жолго түшкөн болсоңор, адашкандар силерге зыян тийгизе албайт..." (Маида, 105-аят).
 Бул аятты адам өз жанын сактаса болду, ал өзү ыйманга келгенден кийин башкалардын адашканы ага зыянын тийгизбейт, ал башкаларды жакшылыкка чакырып, жамандыктан тыюуга буйрулган эмес деп түшүнүшөт...
 Анан аларга анын мааниси андай эмес экенин үйрөтүп, Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) укканын айтат: Эгер адамдар заалым адамды көрүп, аны тыюуга кудурети болуп туруп, аны зулумдуктан тыйбаса, Аллах Таала алардын баарын чогуу азаптап коюшу жакын болот. Жаман иш кылганды жаман иши үчүн, ага унчукпаганды унчукпаганы үчүн.</t>
   </si>
   <si>
     <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
 عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
 تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
 أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
 الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
 التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
   </si>
   <si>
     <t>Жакшылыкка чакырып, жамандыктан кайтарып насаат айтуу мусулмандардын моюнундагы важиб.
 Аллахтын жазасы заалымга заалымдыгы үчүн, ал эми ага унчукпаган адамга, мүмкүнчүлүгү болуп туруп аны жамандыктан тыйбаганы үчүн болот.
 Жалпы элге Куран тексттерин туура түшүндүрүп, таалим берүү зарыл.
 Куран аяттарын Аллах айткан мааниден башкача түшүнүп албоосу үчүн адамдарга аны туура түшүнүүгө жардам берүү кажет.
 Туура жолго түшүү жакшылыкка чакырып, жамандыктан кайтарууну таштоо менен ишке ашпайт.
 Жогорудагы аяттын туура чечмеленүүсү мындай: өзүңөрдү күнөө иштерден сактагыла. Эгер өзүңөрдү сактасаңар, адашкандарды жакшылыкка чакырып, жамандыктан кайтарууга чамаңар жетпесе, алардын адашканы силерге зыянын тийгизбейт.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи, ан-Насааи "Ал-Кубро" китебинде жазып калтырган жана Ибн Маажа менен Ахмад да жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3470</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Кимде-ким мага эки жаагы менен эки бутунун ортосундагы (мүчөлөрүн күнөөлөрдөн) сактаймын деп кепилдик берсе, анда мен анын Бейишке кирүүсүнө кепилдик беремин</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Сахл ибн Саьд, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким мага эки жаагы менен эки бутунун ортосундагы (мүчөлөрүн күнөөлөрдөн) сактаймын деп кепилдик берсе, анда мен анын Бейишке кирүүсүнө кепилдик беремин».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам, мусулман адам эки нерсеге бекем болсо, бейишке кирерин кабарлап жатат.
 Биринчиси: Тилди Аллахтын каарын келтире турган сөздөрдөн сактоо.
 Экинчиси: Жыныстык мүчөнү зынадан сактоо.
 Анткени көптөгөн күнөөлөр ушул эки мүчө аркылуу болот.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Тилди жана жыныстык мүчөнү күнөөдөн сактоо бейишке кирүүгө себеп болот.
 Бул дүйнө жана акыретте балээнин көпчүлүгү тил жана жыныстык мүчө себептүү болгондуктан хадисте ал экөөсүн өзгөчөлөп айтты.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3475</t>
   </si>
   <si>
-    <t>كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ،</t>
-[...2 lines deleted...]
-    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) экөбүз тең жунуб болгондо бир эле идиштеги сууга жуунчубуз. Менин айызым келген учурда, мени шым кийип алууга буйручу жана (кийимдин сыртынан) кучактап, жакындачу.</t>
+    <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
+  </si>
+  <si>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) экөбүз тең жунуб болгондо бир эле идиштеги сууга жуунчубуз. Менин айызым келген учурда, мени шым кийип алууга буйручу жана (кийимдин сыртынан) кучактап, жакындачу</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) экөбүз тең жунуб болгондо бир эле идиштеги сууга жуунчубуз. Менин айызым келген учурда, мени шым кийип алууга буйручу жана (кийимдин сыртынан) кучактап, жакындачу.   Мечитте этикафта отурганда, менин бөлмөмө эшиктен башын чыгарчу, менин айыз көрүп жаткан учурум болсо деле, анын башын жууп берчүмүн.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) пайгамбарыбыз экөөнө тиешелүү кээ бир абалдары тууралуу баяндайт. Алардын кээ бири булар: Ал пайгамбарыбыз экөө жунубдуктан жуунганда бир идиштен суу алып жуунчу. Анын айызы келген кезде пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага кошулууну кааласа, киндигинен тизесине чейин кийинип алууга буйруп, анан ага кошулбастан кучактап, жакындай берчү. Дагы ал айызы келип турган учурда, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мечитте этикафта болсо, башын эшиктен анын бөлмөсүнө чыгарып, ал жууп берчү.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Күйөөсү менен аялы бир идиштен жууна берсе болот.
 Айызы келип жаткан аялына жыныстык катыш кылбай, кучактап, жакындай берсе болот, анткени анын денеси таза.
 Кучактап, жакындаган учурда аялдын шым кийип алганы жакшы.
 Арамга кирип кетүүдөн тосуучу себептерди аткаруу зарыл.
 Айызы келген аял мечитте көпкө турууга тыюу салынган.
 Аял кишиге (айыз учурунда) өл болобу, кургак болобу, нерселерди кармоого болот, мисалы чачын жуу жана тароо сыяктуу.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аялдарына жакшы мамиле жасаган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3476</t>
   </si>
   <si>
-    <t>مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ</t>
+    <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
   </si>
   <si>
     <t>Алла Таала менден мурда жиберген бардык пайгамбарлардын үммөтүндө анын сүннөтүн карманып, буйругун аткарган өзгөчө жакын чөйрөсү жана жолдоштору болгон</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ، ثُمَّ إِنَّهَا تَخْلُفُ مِنْ بَعْدِهِمْ خُلُوفٌ يَقُولُونَ مَا لَا يَفْعَلُونَ، وَيَفْعَلُونَ مَا لَا يُؤْمَرُونَ، فَمَنْ جَاهَدَهُمْ بِيَدِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِلِسَانِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِقَلْبِهِ فَهُوَ مُؤْمِنٌ، وَلَيْسَ وَرَاءَ ذَلِكَ مِنَ الْإِيمَانِ حَبَّةُ خَرْدَلٍ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Алла Таала менден мурда жиберген бардык пайгамбарлардын үммөтүндө анын сүннөтүн карманып, буйругун аткарган өзгөчө жакын чөйрөсү жана жолдоштору болгон. Андан кийин алардын артынан кылбаган нерсени кылдым деп, буйрулбаган нерсени аткарган адамдар чыккан. Мындай адамдарга каршы колу менен күрөшкөн – ыймандуу, тили менен күрөшкөн – ыймандуу. Кимде-ким аларды жүрөгү менен (жек көрүп) каршы болсо, ал да ыймандуу. Мындан кийинкилеринде сары кычынын данындай да ыйманы болбойт".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن نبيٍّ بعثَه الله في أمة قَبلَه إلا كان له مِن أمته أصفياء وأنصار ومجاهدون مخلصون، يَصْلحون للخِلافة بعده؛ يأخذون بِسنّته، ويقتدون بأمره، ثم يجيء بعد أولئك السلف الصالح أُناسٌ لا خيرَ فيهم؛ يقولون ما لا يفعلون، ويفعلون ما لا يؤمرون؛ فمَن جاهدَهم بيده فهو مؤمن، ومن جاهدهم بلسانه فهو مؤمن، ومن جاهدهم بقلبه فهو مؤمن، وليس وراء ذلك من الإيمان حَبَّةُ خَرْدَلٍ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип кабарлаган: Алла Таала андан мурда жиберген бардык пайгамбарлардын үммөтүнүн арасында ал өткөндөн кийин анын ордун басууга татыктуу, ыкластуу мужахиддер жана тандалган жардамчылары болгон. Алар пайгамбарынын сүннөтүн карманган, буйругун аткарган. Бул ыймандуу, салихтерден кийин эч кандай жакшылыгы жок адамдар чыккан. Алар өздөрү кылбаган иштерди айтышат, буйрулбаган ишти кылышат. Кимде-ким ошолорго каршы колу менен жихад кылса, ал ыймандуу болот. Кимде-ким колу менен жихад кыла албай, бирок тили менен аларга каршы сүйлөп жихад кылса, ал да ыймандуу. Кимде-ким тили менен да айта албай, бирок жүрөгү менен аларды жек көрсө, ал да ыймандуу. Ал эми жүрөгү менен жек көрө албай, аларга ыраазы болгондордун жүрөгүндө сары кычынын данындай да ыйманы болбойт.</t>
   </si>
   <si>
     <t>الحث على مجاهدة المخالفين للشرع بأقوالهم وأفعالهم.
 عدم إنكار القلب للمنكر دليلٌ على ضَعْفِ الإيمان أو ذَهابِه.
 تيسير الله سبحانه وتعالى للأنبياء مَن يَحمِلُ رسالتَهم مِن بعدِهم.
 مَن أراد النجاة فعليه باتباع منهج الأنبياء؛ لأنَّ كل طريق سوى طريقهم هلاك وغواية.
 كلَّما بَعُد العهدُ مِن النبي صلى الله عليه وسلم وأصحابه رضي الله عنهم تَرَكَ الناس السُّنَنَ واتبعوا الأهواءَ وأَحَدَثُوا البِدَع.
 بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
 وجوب الأمر بالمعروف والنهي عن المنكر.</t>
   </si>
   <si>
     <t>Шариятка сөзү менен да, кыймыл-аракети менен да каршы болгондор менен күрөшүүгө кызыктыруу.
 Туура эмес ишти жүрөгү менен жек көрө албастык - ыймандын алсыздыгынын же жоктугунун далили.
 Алла Таала пайгамбарларга алардын артынан алар алып келген динди жеткире турган адамдар аркылуу жеңилдик берген.
 Кимде-ким кутулууну кааласа, ал пайгамбарлардын жолун кармансын. Анткени, алардын жолунан башка жолдун баарынын акыры адашууга же кыйроого алып барат.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жана сахабалардын доору алыстаган сайын адамдар сүннөттү таштап, напси каалоолорун ээрчип, жаңы бидааттарды пайда кылышат.
 Жихаддын мартабалары ар түрдүү. Өзгөртүүгө чамасы жеткен амирлер, өкүмдарлар жана жетекчилер сыяктуу адамдар колу менен жихад кылат. Андан кийинкилер акыйкатты айтып, тили менен даават кылат. Андан кийинкилер туура эмес ишти жүрөгү менен жек көрөт, аларга ыраазы болуп жакшы көрбөйт.
 Адамдарды жакшылыкка чакырып, жамандыктан кайтаруу ваажыб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3480</t>
   </si>
   <si>
-    <t>سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ</t>
+    <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>Келечекте силер алардын кээ бир ишине ыраазы болуп, кээ бир ишинен кайтара турган башчылар чыгат. Ким алардын жаман ишин (жүрөгү менен) жактырбаса, (күнөөдөн же эки жүздүүлүктөн) кутулат. Ким аларды (тили же колу менен) кайтарса, алар менен чогуу болуудан өзүн куткарат. Бирок (алар менен күнөө жана азапта бирге болот) ким аларга ыраазы болуп, ээрчисе</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Умму Салама (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактосу болсун) минтип айткан: "Келечекте силер алардын кээ бир ишине ыраазы болуп, кээ бир ишинен кайтара турган башчылар чыгат. Ким алардын жаман ишин (жүрөгү менен) жактырбаса, (күнөөдөн же эки жүздүүлүктөн) кутулат. Ким аларды (тили же колу менен) кайтарса, алар менен чогуу болуудан өзүн куткарат. Бирок (алар менен күнөө жана азапта бирге болот) ким аларга ыраазы болуп, ээрчисе ". "Аларга каршы чыгалыбы?" -  дешти. "Жок, намаз окушса (аларга каршы чыкпагыла)" - деди.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) келечекте бизге чыга турган башчылар жөнүндө кабар берген. Алардын кээ бир иштери шариятка дал келгендиктен аларды аткарабыз. Кээ бир иштери шариятка каршы келгендиктен, аларды аткарбайбыз. Ким туура эмес ишти кайтарууга кудурети жетпегендиктен жүрөгү менен жек көрүп, четке какса, ал күнөөдөн жана эки жүздүүлүктөн кутулат. Ал эми колу же тили менен кайтарууга кудурет жетип аларды кайтарса, күнөөдөн жана аларга шериктеш болуп калуудан саламат болот. Ал эми ким аларга ыраазы болуп, алардын жаман иштерин кошо аткарса, алар туш болгон азапка туш болот.
 Ошенткенде сахабалар: "Ушундай сыпаты бар башчыларга каршы чыгалыбы?" деп сурашты. Аларды андай кылуудан тыйып: "Жок, араңарда намаз окуп турушканда (аларга каршы чыкпагыла)" - деди.</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Келечектеги кайып иштердин кабарын берип, кийин ошол иштердин болуусу - бул, пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгына далил болгон иштердин бири.
 Шариятка каршы келген ишке ыраазы болууга жана ага шериктеш болууга болбойт, тескерисинче, андан кайтаруу ваажыб.
 Эгерде башчылар шариятка каршы келген жаңы бир ишти пайда кылса, андай иште аларга баш ийүүгө болбойт.
 Мусулман башчыларга каршы чыгууга болбойт; мындан баш аламандык, кан төгүлүү, бейпилсиздик пайда болуусу мүмкүн. Күнөөкөр башчылардын туура эмес иштерине чыдоо жана алардын ыза-кордугуна сабыр кылуу кан төгүлүү ж.б.у.с. жамандыктардан жеңил.
 Намаздын орду жогору, ал каапырлык менен Исламды ажыратып турат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3481</t>
   </si>
   <si>
-    <t>أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي</t>
+    <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
   </si>
   <si>
     <t>Мага менден мурдагы пайгамбарларга берилбеген беш нерсе берилди</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي: نُصِرْتُ بِالرُّعْبِ مَسِيرَةَ شَهْرٍ، وَجُعِلَتْ لِي الأَرْضُ مَسْجِدًا وَطَهُورًا، فَأَيُّمَا رَجُلٍ مِنْ أُمَّتِي أَدْرَكَتْهُ الصَّلاَةُ فَلْيُصَلِّ، وَأُحِلَّتْ لِي المَغَانِمُ، وَلَمْ تَحِلَّ لِأَحَدٍ قَبْلِي، وَأُعْطِيتُ الشَّفَاعَةَ، وَكَانَ النَّبِيُّ يُبْعَثُ إِلَى قَوْمِهِ خَاصَّةً وَبُعِثْتُ إِلَى النَّاسِ عَامَّةً».</t>
   </si>
   <si>
     <t>Жабир бин Абдуллах (аларга Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мага менден мурдагы пайгамбарларга берилбеген беш нерсе берилди : бир айлык аралыктан душмандарымдын жүргүндөгү коркунуч аркылуу жеңиш берилди. Жер бетинин баары мага намаз окуганга жарактуу жана тазаланганга жарактуу болду. Үммөтүмдөн ким кайсы жерде болсо, ошол жерде намазын окуй берсин. Мага олжо адал болду. Мага чейин эч кимге олжо адал эмес эле. Мага шапаат кылуу артыкчылыгы берилди. Мага чейинки пайгамбарлар өзүнүн гана элине жиберилсе, мен жалпы адам баласына жиберилдим".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله أعطاه خمسَ خصالٍ لم يُعْطَهُنَّ أحدٌ مِن الأنبياء قبله: 
 أولًا: نُصِرْتُ بالرُّعْب يُقذَف في قُلوب أعدائي ولو كان بيني وبينهم مَسِيْرَة شهر. 
 ثانيًا: جُعِلَت لنا الأرضُ مسجدًا نُصلِّي أينَما كُنَّا، وطَهُورًا بالتُّراب عند العَجْز عن الماء. 
 ثالثًا: أُحِلَّتْ لنا غَنائمُ الحَرْب، وهي التي يأخذُها المسلمون في حربِهم مع الكفار. 
 رابعًا: أُعْطِيْتُ الشَّفاعَة العُظْمَى في إراحة الناس مِن هَوْلِ مَوْقِفِ يوم القيامة. 
 خامسًا: أُرسِلْتُ إلى الخَلْق كافة إنسِهم وجنِّهم، بخلاف الأنبياء قبله فكانوا يبعثون إلى أقوامهم فقط.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага мурдагы пайгамбарларга берилбеген беш нерсе берилгенин кабарлайт:
 Биринчиси: Мени менен душмандарымдын аралыгы бир айлык сапар болгонуна карабастан, Аллах Таала алардын жүрөгүнө коркунуч салып, мага жардам (жеңиш) берди.
 Экинчиси: Жер бети бизге намаз окууга жарактуу болду. Кайсы жерде болсок ошол жерде намаз окуй беребиз. Ошондой эле суу жок учурда таямум кылганга жердин топурагы таза болду.
 Үчүнчүсү: Согуштан түшкөн олжолор да адал болду. Олжо деп, мусулмандар каапырлар менен согушуп жеңишке жетишкенде алардан калган мал-мүлккө айтылат.
 Төртүнчүсү: Адамдарды кыямат күнүнүн коркунучунан куткаруу үчүн шапаат кылуу артыкчылыгы берилди.
 Бешинчиси: Мен жалпы калайыкка, инсандарга да, жиндерге да пайгамбар болуп жиберилдим. Мурдагы пайгамбарларда андай болгон эмес. Алар ар кимиси өзүнө тиешелүү элине гана жиберилген.</t>
   </si>
   <si>
     <t>مشروعية تَعديد العبد لِنِعَم الله عليه إخبارًا بها وشُكرًا لله عليها.
 فضل الله عز وجل على هذه الأمة وعلى نبيِّها بهذه الخِصال.
 وجوب فعل الصلاة في وقتِها على أيِّ حالٍ كانت، ويَفعل ما يَقدر عليه من شروطها وأركانها وواجباتها.
 الشفاعة التي اختص بها النبي صلى الله عليه وسلم من بين الأنبياء، أنواع؛ أحدها: شفاعته للخلق في فَصْلِ القَضَاء بينهم، ومنها: شفاعته في دخول أهل الجنة الجنة، ومنها: شفاعته خاصة في عمِّه أبي طالب في تخفيف النار عنه لا في الخروج؛ لأنه مات كافرًا.
 خِصال للنبي صلى الله عليه وسلم كثيرة لم تُذْكَر في هذا الحديث ومنها: أُعْطِيَ جوامع الكلم، وخُتِمَ به النبيُّون، وجُعلت صفوفُنا كصفوف الملائكة وغيرها من الخصال.</t>
   </si>
   <si>
     <t>Аллахка шүгүр кылып, Ал берген жакшылыктарды айтуу шариятта уруксат.
 Аллах Тааланын биздин үммөткө жана анын пайгамбарына ушундай артыкчылыктарды бергени, Анын чексиз берешендигинен.
 Кандай абалда болбосун, намазды өз убагында окуу важыб. Намаздын шарттарын, рүкүндөрүн жана важыбдарын колдон келишинче аткаруу керек.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) башка пайгамбарлардан өзгөчөлөнгөн шапааты бир канча түрдүү болот; Бири: жалпы калайыкты эсеп-кысап кылууга шапаат кылуусу. Дагы бири: Бейишке кирүүчүлөрдү бейишке кирүүгө шапаат кылуусу. Дагы бири: Каапыр абалында өткөн агасы Абу Талибдин азабын жеңилдетүү үчүн кылган шапааты, ж.б.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) бул хадисте айтылгандан сырткары да көптөгөн өзгөчөлүктөрү бар. Мисалга: ага кыска сөз менен көп маанини түшүндүрө турган чечендик, пайгамбарлардын мөөрү, ошондой эле биздин сапта туруубуз периштелердин сабына окшош экендиги, ж.б. өзгөчөлүктөр бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3503</t>
   </si>
   <si>
-    <t>بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ</t>
+    <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтан башка ибадат кылууга татыктуу кудай жок экенине жана Мухаммад анын элчиси экендигине күбөлүк берүүгө, намаз окууга, зекет берүүгө, (башчыны) угууга жана баш ийүүгө, бардык мусулмандарга насаат кылууга ант-убада бердим</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Жарир бин Абдуллах (ага Аллах ыраазы болсун) айтат: Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтан башка ибадат кылууга татыктуу кудай жок экенине жана Мухаммад анын элчиси экендигине күбөлүк берүүгө, намаз окууга, зекет берүүгө, (башчыны) угууга жана баш ийүүгө, бардык мусулмандарга насаат кылууга ант-убада бердим.</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Сахаба Жарир бин Абдуллах (ага Аллах ыраазы болсун) Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) төмөнкү иштерге ант-убада бергенин айтат: тавхидди карманууга, бир суткада күнү-түнү окулчу беш убак парз намазды, үрүкүн, ваажыб, сүннөттөрүн аткарып толук окууга, парз зекетти берүүгө, ал байлардан алынып, татыктуу кембагалдарга бериле турган мал-мүлккө тиешелүү ибадат, башчыларга баш ийүүгө жана бардык мусулмандарга насаат кылууга. Анткени насаат сөз менен жана амал менен болуп, ага пайдасын тийгизип, жакшылыкка жетүүсүнө, андан жамандыктын кетүүсүнө умтулуу менен болот.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Намаз менен зекет өтө маанилүү, булар экөө тең Ислам түркүктөрүнөн.
 Насаат кылуу жана мусулмандардын ортосунда бири-бирине кеңеш берүү маанилүү иштерден. Ошон үчүн Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларынан ушуга ант-убада алган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3512</t>
   </si>
   <si>
-    <t>لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ</t>
+    <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
   </si>
   <si>
     <t>сага айтар осуятым: ар бир намаздан кийин "Аллахумма аъинни ъалаа зикрика ва шукрика ва хусни ъибадатика" деп айтканды такыр калтырба" - деди</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
   </si>
   <si>
     <t>Муаз бин Жабал (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Муаздын колунан кармап: "Эй Муаз, Аллахка ант берип айтам, мени сени жакшы көрөм" - деди. Анан: "Муаз,  сага айтар осуятым: ар бир намаздан кийин "Аллахумма аъинни ъалаа зикрика ва шукрика ва хусни ъибадатика" деп айтканды такыр калтырба" - деди.</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Муаздын (ага Аллах ыраазы болсун) колунан кармап, ага мындай деди: Аллахка ант болсун, мен сени жакшы көрөм. Муаз, сага ар бир намазды окугандан кийин, бул дубаны айтууну осуят кылам: (Оо Аллах, Сени зикир кылууга мага жардам бер) таат-ибадатка жакындата турган бардык амалдар жана сөздөр менен. (жана Сага шүгүр кылууга жардам бер) жакшылыктарга жеткирип, жамандыктардан сактаганың үчүн. (жана жакшы ибадат кылууга жардам бер) Аллахка ыклас кылып, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) көрсөткөн тартипте ибадат кылууга.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Аллах үчүн жакшы көргөн адамына аны жакшы көрөрүн айтуу шариятта уруксат.
 Ар бир парз жана напил намаздан кийин бул дубаны айтуу мустахаб.
 Бул кыска дубада дүйнө жана акыреттин жакшылыктары суралат.
 Аллах үчүн жакшы көрүүнүн пайдаларынын бири, акыйкатка жолго насаат айтып чакыруу, такыбалыкта жана жакшылыкта жардамдашуу.
 Ат-Тибий минтип айткан: Аллахты зикир кылуу көкүрөктүн кеңейишине киришүү, Ага шүгүр кылуу кабыл боло турган жакшылыктарга жетүүгө ортомчу, талаптагыдай жакшы ибадат кылуу Аллах Тааладан алагды кылып кой турган нерселерден алыс кылат.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3518</t>
   </si>
   <si>
-    <t>اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ</t>
+    <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>Раббиңер Аллахтан корккула, беш убак намазыңарды окугула, айлык орозоңорду кармагыла, мал-дүйнөңөрдүн зекетин бергиле, жол башчыңарга баш ийгиле, ошондо Раббиңердин бейишине киресиңер</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Абу Умама (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) коштошуу ажылыгында минтип кутпа кылганын уктум: "Раббиңер Аллахтан корккула, беш убак намазыңарды окугула, айлык орозоңорду кармагыла, мал-дүйнөңөрдүн зекетин бергиле, жол башчыңарга баш ийгиле, ошондо Раббиңердин бейишине киресиңер".</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) хижранын онунчу жылындагы коштошуу ажылыгында, Арафа күнү кутпа айткан. Пайгамбарыбыз анда эл менен коштошкондуктан, бул ажылыгы "коштошуу ажылыгы" деп аталып калган. Адамдардын баарын Аллахтын буйругун аткарып, кайтарганынан тыйылып такыба болууга буйруган. Аллах Таала күнү-түнү окулуусун парз кылган беш убак намазды окууга (буйруган). Рамазан айында орозо кармоого (буйруган). Сараңдык кылбай, татыктуу адамга малдын зекетин берүүгө (буйруган). Аллах Таала башчы кылган адамдарга күнөө иштен башкасында баш ийүүгө (буйруган). Ким ушул айтылгандарды аткарса, анын сыйлыгы - бейишке кирүү.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Мына ушул амалдар бейишке кирүү себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3520</t>
   </si>
   <si>
-    <t>لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ</t>
+    <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Силерден бирөөңөрдүн даараты бузулса, даарат алмайынча Аллах намазын кабыл кылбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Силерден бирөөңөрдүн даараты бузулса, даарат алмайынча Аллах намазын кабыл кылбайт".</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намаздын туура болуусунун бир шарты даарат экенин кабарлаган. Дааратты буза турган заңдоо, зааралоо, уктоо ж.б. иштердин бири болгондон кийин, намаз окумакчы болгон адам сөзсүз даарат алуусу зарыл.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Даараты жок адам,  эгер чоң дааратсыздыкта болсо, жуунуп тазаланмайынча, кичине дааратсыздыкта болсо даарат алмайынча окуган намазы кабыл болбойт.
 Даарат бул, сууну алып оозуна уурттап, кайра чыгаруу, анан мурундун ичине сууну киргизип, кайра чыгарып, чимкирүү, андан кийин үч жолу бетин жуу, анан колун чыканактары менен бирге үч жолу жуу, анан башына толук бир жолу масх тартуу, акырында бутун томуктары менен бирге үч жолу жуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3534</t>
   </si>
   <si>
-    <t>قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ</t>
+    <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
   </si>
   <si>
     <t>Аллах Таала айтат: "Адам баласынын бардык амалы өзү үчүн. Бир гана орозосу андай эмес. Анын орозосу Мен үчүн жана анын сооп-сыйын Мен Өзүм берем</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ، وَالصِّيَامُ جُنَّةٌ، وَإِذَا كَانَ يَوْمُ صَوْمِ أَحَدِكُمْ فَلاَ يَرْفُثْ وَلاَ يَصْخَبْ، فَإِنْ سَابَّهُ أَحَدٌ أَوْ قَاتَلَهُ، فَلْيَقُلْ إِنِّي امْرُؤٌ صَائِمٌ، وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ، لَخُلُوفُ فَمِ الصَّائِمِ أَطْيَبُ عِنْدَ اللَّهِ مِنْ رِيحِ المِسْكِ، لِلصَّائِمِ فَرْحَتَانِ يَفْرَحُهُمَا: إِذَا أَفْطَرَ فَرِحَ، وَإِذَا لَقِيَ رَبَّهُ فَرِحَ بِصَوْمِهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таала айтат: "Адам баласынын бардык амалы өзү үчүн. Бир гана орозосу андай эмес. Анын орозосу Мен үчүн жана анын сооп-сыйын Мен Өзүм берем". Орозо - бул, калканч. Кимдир бирөөңөр орозо кармасаңар, ал күндө жаман сөздөрдү сүйлөбөгүлө, кыйкырып, талашып-тартышпагыла. Эгер орозо адамды бирөө тилдеп же мушташмакчы болсо,  ага "мен орозо кишимин" деп айтсын. Мухаммаддын жаны колунда турган Аллахка ант берип айтам, орозо кармаган адамдын оозунан чыккан жыт Аллахтын алдында мисктин жытынан да жыттуу. Орозо туткан адамдын сүйүнө турган эки убагы бар: биринчиси, ооз ачкан убакта кубанат. Экинчиси, Раббисине жолуккан учурда бул дүйнөдө орозо тутканына кубанат".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول في الحديث القدسي: 
 كل عمل ابن آدم يُضاعَف الحسنةُ بعشرِ أمثالها إلى سبعمائة ضعف، إلا الصيام؛ فإنه لي حيث لا يقع فيه الرياء، وأنا أجزي به فأَنْفَرِد بِعلِم مِقدار ثوابه وتضعيف حسناته. 
 ثم قال: (والصيام جُنّة) ووقاية وسِتْر وحِصْن حَصِيْن مِن النار؛ لأنه إمساك عن الشهوات والوقوع بالآثام، والنارُ مَحْفُوفة بالشهوات. 
 (فإذا كان يوم صوم أحدكم فلا يرفث) بالجماع ومُقَدِّماته، ولا بالكلام الفاحش مطلقًا. 
 (ولا يَصخب) بالخِصَام والصِّياح. 
 (فإنْ سابّه أحد أو قاتله) في رمضان فليقل: إني امرؤٌ صائم؛ لعله يكف عنه، فإنْ أصرَّ إلا المقاتلة حقيقة دَفَعَهُ بالأخفِّ فالأخف كالصَّائل. 
 ثم حَلَف صلى الله عليه وسلم وأقسم بالذي نفسه بيده أنَّ تَغَيُّرَ رائحةِ فمِ الصائم بسبب الصيام أطيبُ عند الله يوم القيامة من ريح المِسْك عندكم، وأكثر ثوابًا من المسك المندوب إليه في الجُمَع ومجالس الذكر. 
 وللصائم فرحتان يفرحهما: إذا أفطر فَرِح بفطره بزوال جوعه وعطشه حيث أُبِيْحَ له الفطر، وفَرِحَ بتمام صومه وخاتمة عبادته، وتخفيف من ربه، ومعونة على مستقبل صومه. 
 (وإذا لقي ربه فرح بصومه) بجزائه وثوابه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын кудусий хадисте минтип айтканын кабарлайт:
 Адам баласынын бардык амалдарынын сообу он барабардан жети жуз барабарга чейин көбөйтүлөт. Бирок орозо андай эмес. Анткени, орозодо эл көрсүн деген ниет болбойт, орозону Мен үчүн гана кармайт. Ошон үчүн анын сооп-сыйын Мен Өзүм гана билген өлчөмдө беремин.
 Анан минтип айтты: (Орозо - бул, калканч) тозоктон сактаган коргон, көшөгө, сактоочу. Анткени орозо шахваттардан тыйып, күнөөдөн тосот. Ал эми тозок шахваттар менен курчалган.
@@ -4397,422 +4403,422 @@
   </si>
   <si>
     <t>فضل الصيام وأنه يحفظ صاحبَه في الدنيا من الشهوات، وفي الآخرة من عذاب النار.
 من آداب الصوم ترك الكلام الفاحش واللَّغَط، والصبر على أذَى الناس ومقابلة إساءتهم بالصبر والإحسان.
 الصائم أو العابد إذا فَرِح بسبب إكمال عبادته والانتهاء منها لم ينقص ذلك من أجره في الآخرة.
 الفرحة الكاملة هي بلقاء الله تعالى، عندما يُوَفَّى الصابرون والصائمون أجرهم بغير حساب.
 إعلام الناس بالطاعة عند الحاجة والمصلحة ليس من الرياء لقوله: (إني صائم).
 الصائم الكامل صومه هو الذي صامت جوارحه عن الآثام، ولسانه عن الكذب والفحش، وقول الزور، وبطنه عن الطعام والشراب.
 تأكيد النهي عن الصَّخَب والخِصام والصِّياح حالَ الصوم، وإلا فَغَيْرُ الصائم مَنهيٌّ عن ذلك أيضًا.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، مِن التَّعَبُّد بتلاوته والطهارة له والتَّحَدِّي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Орозонун артыкчылыгы өзгөчө. Ал адамды бул дүйнөдө кумар каалоосунан сактайт. Акыретте болсо, тозок отунан сактайт.
 Орозонун негизги адептеринин бири, жаман, бузук жана пайдасыз сөздөрдү таштоо. Ага карата айтылган сөздөргө же жаман мамилелерге сабыр жана жакшылык менен жооп берүү.
 Орозо кармаган адам, же кайсы эле ибадатты аткарган адам ибадатын жакшы, толук аткаргандыгы үчүн бул дүйнөдө сүйүнсө, ал үчүн ибадатынын акыреттеги сооптору кемип калбайт.
 Чыныгы толук кубаныч, орозо кармоочулар жана сабырдуулар эсеп-кысапсыз сооп-сыйын алган Кыямат күндө Аллах Таалага жолуккан учурда болот.
 Зарылчылыкта же пайдасы тие турган учурда жасап жаткан ибадатын элге жарыя кылып айтуу рия (элге көрүнүү) эмес. Анткени: хадисте (мен орозо кармаган кишимин деп айтсын) деп айтылган.
 Чыныгы орозосу толук кармалган адам, дене мүчөлөрү күнөөдөн тыйылган, тили жалгандан, бузук сөздөрдөн, жалган күбөлүк берүүдөн тыйылган, курсагы тамак-аш жана суусундуктан тыйылган адам.
 Орозо адамдын кыйкырып, урушуп, талашып тартышуудан тыйылуусу, бул орозо адамга бышыктоо иретинде айтылган. Болбосо, мындай иштер орозо эмес адамга да тыюу салынган.
 Бул хадис пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббисинен риваят кылган хадистерден. Мындай хадистер кудсий же илахий хадис деп аталат. Анын айтылышы жана мааниси Аллахтан, бирок кудсий хадис Курандын башкалардан айырмаланып турган өзгөчөлүктөрүнө ээ эмес. Мисалы, Куранды окуу ибадат экендиги, аны даарат менен кармоо, андайды эч ким жаза албастыгы, мужизалыгы ж.б.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3546</t>
   </si>
   <si>
-    <t>إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا</t>
+    <t>إذا لقي أحدكم أخاه فليسلم عليه، فإن حالت بينهما شجرة أو جدار أو حجر ثم لقيه فليسلم عليه أيضا</t>
   </si>
   <si>
     <t>Силерден ким болбосун мусулман боордошуна жолукканда ага салам айтсын. Эгер ал экөө даракты, дубалды же чоңураак ташты эки жагынан айланып өтүп, кайра бирксе, дагы салам айтышсын</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا».</t>
   </si>
   <si>
     <t>Абу Храйра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерден ким болбосун мусулман боордошуна жолукканда ага салам айтсын. Эгер ал экөө даракты, дубалды же чоңураак ташты эки жагынан айланып өтүп, кайра бирксе, дагы салам айтышсын".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المُسلمَ بالسلام على أخيه المسلمِ كلّما لَقِيَه، حتى وإنْ كانا يَسيران معًا وفَصَلَ بينهما فاصلٌ كشجرة أو جِدار أو حَجَر كبير، ثم لقيه بعدُ فلْيسلِّم عليه مرة أخرى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандарды бири-бирине жолуккан сайын салам айтууга үндөгөн. Ал тургай, экөө басып баратканда ортосун дубал, дарак же чоң таш сыяктуу бир нерсе ажыратып, кайра бириксе, дагы салам айтышы керек.</t>
   </si>
   <si>
     <t>استحباب إفْشاء السلام، وأنْ يُكَرَّر عند كل تَغَيُّر حال.
 شدَّة حرصِه صلى الله عليه وسلم على إفشاء سنة السلام والمبالغة فيه؛ لما فيه من جَلْبِ المودّة والأُلفة بين المسلمين.
 السلام هو قول: (السلام عليكم) أو (السلام عليكم ورحمة الله وبركاته)، غير المصافحة التي تَحدُث عند التلاقي أول مرة.
 السلام دعاء، والمسلمون بحاجة إلى أن يدعو بعضهم لبعض ولو تَكرَّر ذلك.</t>
   </si>
   <si>
     <t>Саламды жайылтуу жана абал өзгөргөн сайын кайталап айтуу мустахаб.
 Саламдашуу аркылуу мусулмандардын ортосунда махабат, ынтымак пайда болгондуктан, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) саламдашуу сүннөтүн жайылтууга аябай куштар болгон.
 Алагач ирет жолукканда кол кармашып учурашкандан сырткары, салам деген: "Ассаламу алайкум" деп же "Ассаламу алайкум ва рахматуллахи ва баракатуху" деп айтуу.
 Салам - бул, дуба. Кайра кайра кайталанса деле мусулмандар бири-бирине дуба кылууга муктаж.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3552</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Пенде ооруса же сапарга чыкса, анда ага денисак, сапарга чыкпаган кезинде аткарган иш-аракеттеринин сообу бериле берет</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Абу Муса аль-Ашьари, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Пенде ооруса же сапарга чыкса, анда ага денисак, сапарга чыкпаган кезинде аткарган иш-аракеттеринин сообу бериле берет».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, хадисинде эгерде мусулман адам денисак жана сапарга чыкпаган кезинде жакшы иш-аракеттерди аткарып жүргөн болсо, оору же сапар ж.б. үзүр себептүү ал иш-аракеттерин аткара албай калса, анда ага сообу жазыла берээрин айтып, Аллахтын пазилеттүү жана мээримдүү экенин кабарлап жатат.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Аллахтын пенделерине болгон берешендиги.
 Денисак жана бош кезде убакытты туура пайдаланып ибадатты көп аткарууга чакыруу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Эң жакшы зикир «лаа илааха иллаллах», жана эң жакшы дуба «алхамду лиллах</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Жабир, радыяллаху анху, айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Эң жакшы зикир «лаа илааха иллаллах», жана эң жакшы дуба «алхамду лиллах».</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Зикирдин эң жакшысы "лаа илааха иллаллах". Мааниси: Аллахтан башка сыйынууга татыктуу кудай жок. Эң жакшы дуба «алхамдулиллах». Анын мааниси: Аллах Таала гана нээматтарды берүүчү жана Ал гана Кемчиликсиз деген сыпатка Ээ деп ынатуу керек экендигин кабар берип жатат.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Аллахты таухид келимесин айтып жана Ага мактоо айтып дуба кылуу менен көп-көп эстеп зикир кылууга кызыктыруу.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Ат-Тирмизи менен ан-Насааи "ал-Кубро" китебинде жазып калтырган жана Ибн Маажа да жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3567</t>
   </si>
   <si>
-    <t>أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟</t>
-[...2 lines deleted...]
-    <t>Силерге Аллах Таала ал аркылуу күнөө-каталарды өчүрүп, даражаларды көтөрө турган ишти айтайынбы?"</t>
+    <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
+  </si>
+  <si>
+    <t>Силерге Аллах Таала ал аркылуу күнөө-каталарды өчүрүп, даражаларды көтөрө турган ишти айтайынбы?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерге Аллах Таала ал аркылуу күнөө-каталарды өчүрүп, даражаларды көтөрө турган ишти айтайынбы?"  Сахабалар: Айтыңыз, о, Аллахтын элчиси" - дешти. "Кыйынчылыкка карабай жеткиликтүү даарат алуу. Мечитке көп каттоо. Намаздан кийин кийинки намазды күтүү. Мына ушул (Аллах менен) бекем байланыш".</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына кайрылып, күнөөлөрдүн кечирилүүсүнө, периштелердин жазылган китебинен өчүрүлүүсүнө, бейиште даражанын бийик болуусуна себеп боло турган иштерди билүүнү каалайсыңарбы деп сурады.
 Сахабалар: Ооба, угууну каалайбыз - деп жооп берет. Ал минтип айтат:
 Биринчи: суукта, суу аз учурда, ооруп турганда, же суу ысык болуп калган учурда, айтор кандай кыйынчылык болгонуна карабай, дааратты толук, жеткиликтүү алуу.
 Экинчи: алыс үйдөн мечитке басып баруу жана улам-улам мечитке каттоо.
 Үчүнчү: намаз убактысын күтүү, жүрөк менен байланып самап күтүү. Мечитте жамаат менен намаз окуу үчүн күтүп отуруу. Бир намаз окулуп бүткөндөн кийин кийинки намазды күтүү.
 Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ушул иштер Аллах менен чыныгы байланыш экенин айтты. Анткени, булар шайтандын азгырык жолдорун тосот. Напси каалоосун тыят. Бул кудум душмандын чегиндеги чек араны коруу сыяктуу.</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>Мындан намазды мечитте жамаат менен окуунун зарылдыгын, намазга кам-пикир кылып, андан алагды болбоо керектигин билдик.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына аябай кам көргөн, суроо ыкмасы менен аларга сооптуу иштерди түшүндүргөн. Бул таалим берүүдөгү мыкты ыкмалардын бири.
 Маселени суроо-жооп аркылуу жеткирүүнүн пайдасы: сөз адамга айкын түшүнүктүү болот.
 Навави (Аллах аны ырайым кылсын) минтип айткан: Хадистеги "ушул бекем байланыш" дегендин мааниси, кызыккан нерсеге байлануу дегенди туюндурат. Байланыштын түпкү мааниси бир нерсеге байлануу. Демек, мына ушул ибадаттарга байлангыла деген маани. Бул байланыштын эң абзели деп да айтылган. Чыныгы жихад, өз напсиси менен болгон жихад деген сыяктуу. Аткарууга мүмкүн болгон, жеңил байланыш деген маани болуусу да мүмкүн б.а. Аллах менен болгон байланыштын бир түрү.
 Байланыш деген сөздүн арап тилиндеги белгилүү сөздөрдүн формасында келиши - жогорудагы иштердин маанилүү экендигин билдирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3574</t>
   </si>
   <si>
-    <t>أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ</t>
+    <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Көңүл бургула! Мен силерге силердин даражаңарды көтөрө турган,</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Абу Дарда (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Көңүл бургула! Мен силерге силердин даражаңарды көтөрө турган, Падышаңардын алдында эң таза жана силер үчүн алтын-күмүш садака кылуудан да артык, казатта душманыңар менен беттешип, силер алардын, алар силердин башын кыя чапкандан да артыгыраак ишиңер жөнүндө айтып берейинби?" Алар: "Ооба" - дешти, Пайгамбар: "Ал иш - Аллахты зикир кылуу" - деди.</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларынан минтип сурады: .
-Силерге ишиңердин ичинен эң абзелин, эң маанилүүсүн, Аллахка эң жакынын, эң тазасын, эң алдыңкысын айтып үйрөтүүмдү каалайсыңарбы? .
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларынан минтип сурады:
+Силерге ишиңердин ичинен эң абзелин, эң маанилүүсүн, Аллахка эң жакынын, эң тазасын, эң алдыңкысын айтып үйрөтүүмдү каалайсыңарбы?
 Ошондой эле, бейиштеги ордуңарды бийик кыла турганын айтайынбы?
 Силер алтынды жана күмүштү садака кылгандан да жакшыраак ишти айтайынбы?
 Силер согушта каапырларга жолугуп, силер аларды, алар силерди өлтүргөндөн да жакшы ишти айтайынбы?
 Сахабалар: Ооба, айтыңыз. Биз ошол ишти билүүнү каалайбыз - дешти.
 Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): Бардык убакта, кандай абал, кандай учур болбосун, Аллахты зикир кылуу - деди.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Аллах Тааланы ачык жана жашыруун зикир кылууну токтотпой улантуу Аллахка жакындатуучу жана Аллахтын алдындагы эң пайдалуу зарыл иштерден.
 Бардык ибадат, амалдар Аллахты зикир кылууга негизделип буйрулган. Аллах Таала: "Мени зикир кылуу үчүн намаз оку" деген. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Каабаны таваф кылуу, Сафа менен Марванын ортосундагы басуу, шайтанга таш атуу, мунун баары Аллахты зикир кылуу үчүн буйрулган" - деген.
 Ал-Изз бин Абдусалам минтип айткан: Бул хадис бардык эле ибадаттардын сообу аткарылуусунун ченине карай бериле бербестигине далил. Тескерисинче, кээде Аллах Таала көп амалга берген соопко караганда, аз амалга көбүрөөк сооп берет. Сооп амалдардын артыкчылыгына карай берилет.
 Манаавий "Файз ал-Кодир" китебинде минтип айткан: Бул хадистеги зикр кимге кайрылса ошого тиешелүү эң абзел зикр болуп эсептелет. Эгер бул зикр эр жүрөк, баатырга багытталса, ал ошол себептүү исламга пайдасын тийгизе турган болсо, ал үчүн бул зикр жихад деп айтылат. Эгер бай адамга багытталса, ал ушул зикр себептүү жардыларга пайдасын тийгизсе, ал үчүн садага деп айтылат. Эгерде ажыга мүмкүнчүлүгү бар адамга багытталса, ал үчүн ажылык деп айтылат. Эгерде ата-энеси бар адамга карата айтылса, ал үчүн жакшылык кылуу деп эсептелет. Ошентип бардык хадистерде айтылган максат орундалат.
 Зикирдин эң толугу - тил менен айтылып, жүрөк менен маанисин ойлонгон зикир. Андан кийинкиси жүрөктөн маанисине ойлонуу менен кылынганы. Андан кийинкиси тил менен эле айтылып чектелгени. Булардын баарына өзүнө жараша сообу берилет.
 Мусулман адам убакыттарга байланган зикирлерди, мисалы, эртең менен жана кечинде айтылчу зикирди, мечитке, үйгө, ажатканага киргенде жана андан чыкканда айтылчу зикир сөздөрдү ж.б. такай айтып жүрүүсү керек.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Ат-Тирмизи, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3575</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Бейиш силерге бут кийимиңердин боосунан да жакыныраак жана тозок да ошол сыяктуу</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ибн Масьуд, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Бейиш силерге бут кийимиңердин боосунан да жакыныраак жана тозок да ошол сыяктуу».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам, бейиш менен тозок бутка байланган боо сыяктуу адамга өтө жакын экендигин кабар берди. Анткени адам баласы бир ибадатты Аллахтын ыраазылыгы үчүн аткарып, ошол себептен  бейишке кирүүсү мүмкүн же бир күнөө себептен тозокко түшүүсү мүмкүн.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Жакшылык аз болсо да ага кызыктыруу жана жамандык аз болсо да андан алыстоого үндөө керек.
 Мусулман бул жашоосунда үмүт менен коркуунун ортосунда жашоосу зарыл. Ошондой эле өзүнө ишенип текеберленип кетпештиги үчүн Аллахтан дуба кылып туура жолдо бекем кылуусун сурануусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Мисвак колдонуу оозду тазартат жана Раббимдин ыраазылыгына жеткирет</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Аиша, радыяллаху анха, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Мисвак колдонуу оозду тазартат жана Раббимдин ыраазылыгына жеткирет».</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бул хадисте аль-Арак дарагынын таякчасы, б.а. мисвак менен тишти тазалоону жана ал мисвак ооздон жагымсыз жыттарды кетире турганын бизге кабарлап жатат. Мисвак колдонуу Аллахтын пендесинен ыраазы болушунун себептеринин бири. Анткени пенде мисвакты Аллахка моюн сунганы үчүн жана Анын буйругуна жооп бергени үчүн колдонуп жатат.  Жана аны колдонууда Аллах Таала сүйгөн тазалык бар.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Мисвактын көп пайдасы бар жана Пайгамбар, саллаллаху алейхи уа салламдын, өз үммөтүн мисвакты көп колдонууга кызыктырып жатат.
 Арак дарагынын шактарынан жасалган мисвакты колдонуу жакшыраак. Бирок тиш щеткасын жана пастасын колдонуу мисвактын ордуна жарайт.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[Ан-Насааи жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Беш убак намаз бири-бирине чейинки, жума намазы келерки жумага чейинки, Рамазан айы келерки Рамазан айына чейинки кичине күнөөлөрдүн кечирилишине себеп болот, эгерде чоң күнөөлөрдөн алыс болсо</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, мындай деп айткан эле: «Беш убак намаз бири-бирине чейинки, жума намазы келерки жумага чейинки, Рамазан айы келерки Рамазан айына чейинки кичине күнөөлөрдүн кечирилишине себеп болот, эгерде чоң күнөөлөрдөн алыс болсо».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, чоң күнөөлөрдөн алыс болуу шарты менен бир күндөгү беш убак парз намаздардын ортосундагы, ар бир аптадагы жума намазы менен кийинки жума намазын ортосундагы жана жыл сайын рамазан айындагы орозо менен кийинки орозонун ортосундагы кичине күнөөлөрдүн кечирилишин кабарлап жатат. Ал эми зына жана арак ичүү, ж.б.у.с. чоң күнөөлөр тооба менен гана кечирилет.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Күнөөлөр чоң жана кичине болуп бөлүнөт.
 Чоң күнөөлөрдөн алыс болуу шарты менен гана кичине күнөөлөр кечирилет.
 Чоң күнөө - бул дүйнөдө анын жазасы баяндалган. Акыретте анын азапталышы тууралуу жана Аллахтын ага ачуулануусу тууралуу убада келген. Аны кылган адамга экертүү керек же ал Аллахтын каргышына калат. Чоң күнөөлөр зына же арак ичуу, ж.б.у.с.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Менден бир аят болсо да жеткиргиле. Бану-Исраилдин окуяларын айта бергиле, анда эч кандай күнөө жок. Ким менин атымдан атайылап жалган айтса, анда тозоктон жайын даярдай берсин</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Абдулла бин Амр, радыяллаху анхума, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Менден бир аят болсо да жеткиргиле. Бану-Исраилдин окуяларын айта бергиле, анда эч кандай күнөө жок. Ким менин атымдан атайылап жалган айтса, анда тозоктон жайын даярдай берсин».</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, өзүнүн атынан Куран же сүннөт илимдерин, ал бир аят же бир хадис болсо да жеткирүүгө буйруп жатат. Аларды элге жеткирүүдө эмнени жеткирип жатканын жана эмнеге чакырып жатканын билүүсү шарт. Андан соң Пайгамбар, саллаллаху алейхи уа саллам, Бану-Исраилдин шариятыбызга каршы келбеген окуяларын айтуунун зыяны жок экенин баяндады. Пайгамбар, саллаллаху алейхи уа саллам, жалган айтуудан тыйды. Ким анын атынан атайылап жалган айтса, анда өзүнө тозоктон жайын алып коёо берсин».</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Аллахтын шариятын жеткирүүгө кызыктыруу. Албетте бир адам аз болсо да түшүнгөн жана жаттаган нерселерин башкаларга жеткирүүсү керек.
 Аллахка туура ибадат кылуу үчүн жана шариятты туура жеткирүү үчүн дин илимин үйрөнүү важип.
 Хадисте келген катуу эскертүүгө кирип калбоо үчүн хадисти жеткирерден алдын же жайылтуудан алдын анын сахих (туура) экенин тактоо важип.
 Айрыкча, Аллахтын динине тиешелүү сөздөрдө жалганга түшүп калбоо үчүн сүйлөгөндө чынчыл болууга жана абайлап сүйлөөгө үндөдү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3686</t>
   </si>
   <si>
-    <t>دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ</t>
-[...2 lines deleted...]
-    <t>Мага мен аны аткарсам бейишке кире турган бир ишти көрсөтчү - деди. Ал: "Аллахка эч нерсени шерик кылбай ибадат кыласың, парз намаздарды окуйсуң, парз зекетти бересиң, Рамазанда орозо кармайсың" - деди.</t>
+    <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
+  </si>
+  <si>
+    <t>Мага мен аны аткарсам бейишке кире турган бир ишти көрсөтчү - деди. Ал: "Аллахка эч нерсени шерик кылбай ибадат кыласың, парз намаздарды окуйсуң, парз зекетти бересиң, Рамазанда орозо кармайсың" - деди</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) чөлдүк киши келип:  Мага мен аны аткарсам бейишке кире турган бир ишти көрсөтчү - деди. Ал: "Аллахка эч нерсени шерик кылбай ибадат кыласың, парз намаздарды окуйсуң, парз зекетти бересиң, Рамазанда орозо кармайсың" - деди.  Тиги киши: Жаным колунда турган Аллахка ант болсун, мындан ашыкча эч нерсе кылбаймын - деди. Ошентип ал ары кеткенде пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Кимди бейиштик адамды көрүү кубандырса, анда тиги кишиге карасын" - деди.</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
     <t>Бейишке киргизе турган амалды көрсөтүп берүүсүн суранып пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) бир чөлдүк киши келди. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага бейишке кирүү жана тозоктон кутулуу Исламдын түркүктөрүн аткарууда, Аллахка эч нерсени шерик кылбай, Анын Өзүнө ибадат кылууга байланыштуу экенин айтып жооп берди. Анын бири - Аллах Таала пенделерине ар бир күн-түнү окууну парз кылган беш убак намазды окуйсуң. Аллах сага берүүңдү милдет кылган мал-дүйнөнүн зекетин, татыктуу адамга бересиң. Рамазан айынын орозосун өз убагында кармайсың. Ошондо тиги киши: Жаным колунда турган Аллахка ант болсун, сен айткандан ашыкча ибадат кылбаймын жана мындан кем да кылбаймын дейт. Ошентип ал кеткенден кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дейт: Кимди бейиштин тургундарынан болгон адамды көрүү кубандырса, анда ушул чөлдүк кишиге карасын.</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Аллахка (динине) чакырууда эң биринчи аткарылуучу нерсе - ибадатты Жалгыз Аллах Таалага арноо.
 Исламды жаңыдан кабыл алган адамга парз ибадаттарды үйрөтүү жетиштүү.
 Аллах Таалага чакыруу баскыч-баскыч менен болуусу зарыл.
 Адам дининин амалдарын үйрөнүүгө ынтызар болуусу зарыл.
 Эгерде мусулман киши парз, милдеттерин гана аткарса (тозоктон) кутулат, бирок бул напилдерди жеңил саноо дегенди билдирбейт. Анткени, напил ибадаттар менен парздын кемчиликтери толукталат.
 Кээ бир ибадаттын өзүн баса белгилеп айтуу, ошол ибадаттын маанилүү экенине далил болот, бул мындан башка ибадаттар милдеттүү болбойт деген сөз эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3689</t>
   </si>
   <si>
-    <t>أَفْلَحَ إِنْ صَدَقَ</t>
+    <t>أفلح إن صدق</t>
   </si>
   <si>
     <t>“Эгер, бул сөзүнө турса, азаптан кутулат”. – деди”</t>
   </si>
   <si>
     <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
   </si>
   <si>
     <t>Талха бин Убайдуллах (ага Аллах ыраазы болсун) айтат: “Нажд журтунан чачтары үрпөйгөн жүдөгөн бир киши пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) келди. Анын бийик үнүн тээ алыстан эле уктук, бирок эмне деп жатканына түшүнбөдүк. Жаныбызга келгенде гана пайгамбардан Ислам негиздерин сурап жатканын түшүндүк. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) анын суроосуна: “Күнү-түнү биригип беш убак намаз окуу” – деп жооп берди. Тиги: “Мындан ашыкча дагы намаз окуу мага шартпы?” – деп сурады. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): “Жок, бирок өз ыктыярың менен кошуп окуйм десең, нафил намаздарды оку. Анан Рамазан айында орозо кармоо” – деди. Тиги дагы сурады: “Мындан башка дагы орозо кармоо шартпы?” “Жок, бирок өз ыктыярың менен кармайм десең, нафил орозолорду карма” – деди. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) зекет тууралуу айтты. Тиги: “Мындан сырткары да зекет берүү шартпы?” – деп сурады. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): “Жок, бирок өз ыктыярың менен берем десең, нафил садака бер” – деди. Тиги киши жоопту угуп артына бурулуп баратып: “Аллахка ант, мен мына ушул сиз айткандардан ашыкча да кылбайм, кем да кылбайм” – деди. Ал ары кеткенден кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун):  “Эгер, бул сөзүнө турса, азаптан кутулат”. – деди”.</t>
   </si>
   <si>
     <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
 فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
 فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
 فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
 ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
 فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
 فقال: لا، إلا أن تتطوّع بصوم. 
 ثم ذكر له صلى الله عليه وسلم الزكاة.
 فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
 قال: لا، إلا أن تتطوّع. 
 وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
   </si>
   <si>
     <t>Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) Нажддын тургундарынан чачы чатышкан, үнү бийик, бирок айтканы түшүнүксүз болгон бир киши келди. Ал качан гана пайгамбардын жанына келгенде, андан Исламдын парздары тууралуу сурап жатканы маалым болду.
@@ -4829,883 +4835,935 @@
   </si>
   <si>
     <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
 حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
 البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
 الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
 أهمية هذه الأعمال وأنها من أركان الإسلام.
 صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
 بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>Ислам шарияты кечиримдүү жана аткаруучу адамдарга өтө жеңил.
 Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) тиги кишини жанына жакын алып, анын суроолоруна жооп бергени, анын өтө жакшы мамиле кылуучу экенинен кабар берет.
 Аллахтын динине чакырууда, алгач ибадаттардын эң зарылы, анан андан кийинкиси катары менен айтылууга тийиш.
 Ислам дини - ишеним жана иш-амал кылуудан турат. Ыймансыз аткарылган иш-амалдардын пайдасы жок. Иш-амалдары жок болсо, ыймандын пайдасы тийбейт.
 Бул айтылган ибадаттар өтө зарыл ибадаттар, анткени алар Исламдын түркүктөрү.
 Жума намазы дагы беш убак намаздын ичине кирет, анткени ал жума күнү бешим намазынын ордуна окулат.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ислам түркүктөрүн айтканда, күбөлүк келмесинен кийинки намаздан баштады. Мунун себеби тиги киши келме келтирип мусулман болгон адам эле. Ал эми ажылык тууралуу айтпаганы, бул окуя ажы парз болгонго чейин болушу мүмкүн. Же ажылыктын убагы келе элек болушу мүмкүн.
 Эгерде инсан ушул парз амалдарды аткаруу менен эле чектелсе да тозоктон кутулат. Бирок бул башка нафил ибадаттарды аткаруу сүннөттө жок деген сөз эмес. Анткени, кыямат күнү парз амалдардын кемчилиги нафил ибадаттар менен толукталат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3700</t>
   </si>
   <si>
-    <t>مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ</t>
+    <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>Мусулман кишиге чарчап-чалыгуу, оору, кыжаалатчылык, кайгы-капа, ыза, кыйынчылык болсо, атүгүл, тикен сайылса да, ошонун себебинен Аллах анын каталарын өчүрөт</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Абу Саъид ал-Худри жана Абу Хурайра (ал экөөнө Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: Мусулман кишиге чарчап-чалыгуу, оору, кыжаалатчылык, кайгы-капа, ыза, кыйынчылык болсо, атүгүл, тикен сайылса да, ошонун себебинен Аллах анын каталарын өчүрөт".</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман пендеге ооруу, кыжаалатчылык, кайгы, убайым, каатчылык, коркунуч, ачкалык, ал тургай кичинекей тикен сайылып, оорутса, ушунун баары анын күнөөсү кечирилип, катасы жоюлууга себеп болорун бяндаган.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Ыймандуу пенденин башына келген аз гана зыяндын себебинен анын күнөсүн кечирген Аллахтын ырайымы жана артыкчылыгы баян кылынган.
 Мусулман пенде даражасы көтөрүлүп, күнөөлөрү кечирилүүсү үчүн,  башына түшкөн иш үчүн Аллахтан сооп үмүт кылып, кыйынчылыктын азына да, көбүнө да сабыр кылуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Тозок напсинин кумарлары менен курчалган. Ал эми бейиш кыйынчылыктар менен курчалган</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты. «Тозок напсинин кумарлары менен курчалган. Ал эми бейиш кыйынчылыктар менен курчалган».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, тозок напсиге жага турган арам иштер менен же аткарылбай калган парз амалдардын күнөөлөрү менен курчалып, сакталып тураарын баяндап жатат. Ким напсиси каалаганын ээрчисе, тозокко кирүүгө татыктуу болот. Ал эми бейиш Аллахтын буйруктарын ар дайым аткаруу, күнөөлөрдү таштоо жана ага сабыр кылуу сыяктуу напси жактырбаган нерселер менен курчалган. Эгер напсинин каалоосу менен күрөшүп, ага каршы бекем турса, анда бейишке кирүүгө татыктуу болот.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Напсинин кумарына туткун болуунун себептеринин бири – шайтандын күнөө иштерди жана жийиркеничтүү иштерди, напси аларды жакшы көрүп ага карай ыкталып калганга чейин кооздоп көрсөтүүсү.
 Напсинин арам кумарларынан алыс болууга буйруду. Анткени ал тозоктун жолу. Жана кыйынчылыктарга сабыр кылууга буйруду. Анткени ал бейиштин жолу жол.
 Напси менен күрөшүүнүн жана ибадаттагы тырышчаактыктын пазилери.
 Ибадаттарды курчап алган кыйынчылыктарга жана машакаттарга сабыр кылуунун пазилети.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Мусулмандын мусулманга болгон акысы бешөө. Алар: Салам берсе алик алуу, ооруса зыярат кылуу, чакырган болсо баруу, дүйнөдөн өтсө жаназасына катышуу, чүчкүрсө "ярхамукаллах" деп айтуу</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Мусулмандын мусулманга болгон акысы бешөө. Алар: Салам берсе алик алуу, ооруса зыярат кылуу, чакырган болсо баруу, дүйнөдөн өтсө жаназасына катышуу, чүчкүрсө "ярхамукаллах" деп айтуу».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам, мусулмандын мусулман бир тууганына болгон кээ бир акыларын баяндап жатат. Бул акылардын биринчиси салам берген адамга алик алуу.
 Экинчиси: Ооруса, зыярат кылып кабар алуу.
 Үчүнчүсү: Дүйнөдөн өтсө, үйүнөн баштап жаназа окулчу жерге же мүрзөгө чейин узатып, көмүлгөнгө чейин туруу.
 Төртүнчүсү: Тойго же ушул сыяктуу мааракеге чакырса баруу.
 Бешинчиси: Эгерде чүчкүргөн адам «альхамдулиллах» деп айтса, ага «ярхамукаллах» деп айтуу. Андан соң чүчкүргөн адам «яхдиикумуллаху уа юслиху баалакум» деп айтат.</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Мусулмандардын бири-бирине болгон акыларын, бир тууганчылык жана сүйүүсүн бекемдөөдөгү Исламдын улуулугу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3706</t>
   </si>
   <si>
-    <t>خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ</t>
-[...2 lines deleted...]
-    <t>Жаркырап күн чыгып жаткан күндөрдүн эң жакшысы бул - жума күн.</t>
+    <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
+  </si>
+  <si>
+    <t>Жаркырап күн чыгып жаткан күндөрдүн эң жакшысы бул - жума күн</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жаркырап күн чыгып жаткан күндөрдүн эң жакшысы бул - жума күн.  Бул күнү Адам ата жаратылган. Ушул күнү ал бейишке киргизилген. Ушул күнү бейиштен чыгарылган. Кыямат дагы дал ушул күнү болот".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) күн чыгып башталган күндөрдүн эң жакшысы жума күнү экенин баяндады. Жума күнүнүн өзгөчөлүктөрү төмөнкүлөр: Аллах Таала Адам атаны жума күнү жараткан. Аны жума күнү бейишке киргизген. Кийин жума күнү кайра бейиштен чыгарган жана жер бетине түшүргөн. Кыямат жүма күнү башталат.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Жума күнү аптанын башка күндөрүнөн артык.
 Жума күнү жакшы иш-амалдарды көбүрөөк кылуу керек.
 Жогоруда хадисте айтылган жума күнүнүн өзгөчөлүктөрү тууралуу кээ бир китептерде: булар жума күнүнүн артыкчылыктары катары айтылган эмес, анткени, Адам атанын бейиштен чыгарылуусу, кыяматтын башталышы артыкчылыктуу иштер эмес деп айтылган. Бирок чынында булар жуманын артыкчылыктары, анткени Адам атанын бейиштен чыгуусу менен анын урпагы уланып пайгамбар, элчилер жана салих адамдар чыкты. Ал эми кыяматтын болушу салих адамдардын сыйлык алуусу жана Аллахтын аларга даярдап койгон бейишине кирүүсү жакындаганын билдирет деп да айтылат.
 Бул риваяттан башка да жума күндүн өзгөчөлүктөрү тууралуу айтымдар бар. Алардын кээ бири төмөнкүлөр: жума күнү Адам атанын тообосу кабыл болгон, жума күнү дүйнөдөн өткөн, бул күнү намаз окуган пенде дуба кылганда, дубасы дал келип калса сөзсүз кабыл боло турган бир убакыт бар.
 Жыл ичиндеги күндөрдүн эн жакшысы - арафа күнү. Жыл ичиндеги эң жакшы күн - курмандык чалуу күнү деген айтым да бар. Аптанын ичиндеги эң жакшы күн - жума күнү. Түндөрдүн эң жакшысы - кадыр түнү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3711</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Сатканда, сатып алганда жана өз акысын талап кылганда жоомарт адамды Аллах ырайымына алсын</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Жабир, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты. «Сатканда, сатып алганда жана өз акысын талап кылганда жоомарт адамды Аллах ырайымына алсын».</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, соода-сатыкта жеңил, кечиримдүү жана берешен болгон адамга ырайым тилеп дуба кылды. Ал адам кардарга бааны көтөрбөстөн, ага жакшы кулк-мүнөз менен сылык мамиле кылышы керек. Эгерде сатып алчу болсо, анда товардын баасын төмөндөтпөй жана арзандатпай жеңил, жоомарт, берешендик менен сатып алсын. Карыздарын талап кылганда карыздар адам кедей же муктаж болсо, анда ага оор мамиле кылбай, жумшак жана сылык мамиле кылыш керек. Эгерде карызын төлөй албаса, анда ага кошумча убакыт берип күтүү керек.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Адамдардын ортосундагы өз ара мамилелерин оңдоочу нерселерди сактоо - бул шарияттын негизги максаттарынын бири.
 Адамдардын ортосундагы соода сатык сыяктуу өз ара мамилелеринде жакшы адеп-ахлак менен мамиле кылууга үндөө керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3716</t>
   </si>
   <si>
-    <t>رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ</t>
+    <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>Тумшугу менен жер сүзсүн, дагы тумшугу менен жер сүзсун, дагы тумшугу менен жер сүзсүн". Бирөөлөр: О, Аллахтын элчиси, ким тумушугу менен жер сүзсүн? деп сурады. Ал: "Анын ата-энеси экөө тең же экөөнүн бири картайган кезине жетсе, (аларга кызмат кылып) бейишке кире албаган адам" - деди</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) баяндайт, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Тумшугу менен жер сүзсүн, дагы тумшугу менен жер сүзсун, дагы тумшугу менен жер сүзсүн". Бирөөлөр: О, Аллахтын элчиси, ким тумушугу менен жер сүзсүн? деп сурады. Ал: "Анын ата-энеси экөө тең же экөөнүн бири картайган кезине жетсе, (аларга кызмат кылып) бейишке кире албаган адам" - деди.</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимдир бирөөнү кор болуп, шерменде болсун деген мааниде "тумшугу менен жер сүзсүн" деп үч жолу дуба кылды. Бирөөлөр: О, Алланын элчиси, кимге мындай каршы дуба кылып жатасыз? деп сурайт.
 Ал: Кимдин ата-энеси экөө тең, же экөөнүн бири баласынын колунда картайса, ошолордун картайганы баласынын бейишке кирүүсүнө себеп боло албаса б.а. аларга жакшы мамиле кылбай, алардын каргышына калса, ошол бала тумшугу менен жер сүзсүн деп жооп берди.</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Ата-энеге жакшы мамиле кылуу, айрыкча ата-эне картайган кезде аларга кызмат кылуу баланын моюнундагы милдет. Анткени, бул анын бейишке кирүүсүнө себеп болот.
 Ата-эненин каргышына калып нараазычылыгына калуу бул - чоң күнөө.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3718</t>
   </si>
   <si>
-    <t>سَبَقَ الْمُفَرِّدُونَ</t>
+    <t>سبق المفردون</t>
   </si>
   <si>
     <t>Өзүнчө жүргөндөр алдыга озуп кетти</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсу) Меккенин жолунда бара жатып, Жумдан деп аталган тоонун жанынан өткөндө: "Баскыла! Бул Жумдан тоосу.  Өзүнчө жүргөндөр алдыга озуп кетти" - деди. Сахабалар: "О, Аллахтын элчиси, өзүнчө жүргөндөр деген кимдер?" - деп сурашты. Ал: "Аллахты көп эстеген эркектер менен аялдар" - деди.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахты көп эстеген адамдардын даражасын баяндап, алар башкаларды артында калтырып, жалгыздап, бейиштин бийик даражаларына озуп кетти деп айтат. Алардын жалгыздап кеткенин Жумдан тоосуна салыштырат. Анткени, Жумдан тоосу айланасында башка тоо жок жалгыз тоо болчу.</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>Аллахты көп эстеп зикир кылып, ошону менен алек болуу жакшы. Себеби, бул дүйнөдө көп ибадат кылуу, ибадатты калыс Аллахка аткаруу акыретте адамдардан алдыда болууга жана даражасы көтөрүлүүгө шарт түзөт.
 Аллахты зикр кылуу тилдин өзү менен, же жүрөктүн өзү менен же тил менен да, жүрөк менен да болот.
 Шариятта такай айтылып жүрчү зикирлерге эртең менен жана кечинде айтылчу зикирлер, беш убак парз намаздан кийин айтылчу зикирлер ж.б. кирет.
 Навави (ага Аллах ырайым кылсын) айтат: Зикир кылуунун артыкчылыгы тасбих, тахлил, тамхид же такбир менен эле чектелип калбайт. Аллахка баш ийип, Ага ибадат кылгандын баары зикир кылуучу болуп эсптелет.
 Аллахты зикир кылуу сөзүндө жана ишинде туруктуу болуунун негизги себептеринин бири. Аллах Таала минтип айткан: "Эй, ыймандуу пенделер! (Душмандар) менен беттешсеңер, буттан тайбай бекем тургула. Аллахты көп эстегиле! Балким, ийгиликке жетээрсиңер" (Анфал, 45-аят).
 Аллахты зикир кылгандарды Жумдан тоосуна окшотуунун себеби, жалгыздык жана обочолонуп бөлүнүү эле. Жумдан тоосу айланасында башка тоо жок, обочолонгон жалгыз тоо болчу. Ошол сыяктуу Аллахты зикир кылган адам өзү элдин арасында жүрсө да, анын тили, жүрөгү, жалгыздап, башкалардан обочолонуп Аллахты зикир кылуу менен алек болот. Бош убагын текке кетирбейт, элге көп аралашуудан алыс болот. Ошондой эле окшотуунун дагы бир себеби, зикир кылуу динде бекем болууга себеп. Ошол сыяктуу жердин бекем туруусуна тоо себеп болот. Ошондой эле дүйнө жана акырет  жакшылыгында алдыда болууну окшоштурган. Мисалы: Мадинадан Меккеге жолго чыккан адам Жумдан тоосуна жеткенде анын Меккеге  жеткени белгилүү, демек Жумданга жеткен адам, Меккеге биринчилерден болуп жеткен болот. Ошол сыяктуу Аллахты көп зикир кылган адам башкалардан алдыда болот. Туурасын Аллах билет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3719</t>
   </si>
   <si>
-    <t>يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ</t>
+    <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>“Силерден ким болбосун уйкуга жаткан учурда шайтан желкесине үч түйүн түйөт. Ар бир түйүндү түйүп жатып "Алдыда узун түн бар, уктай бер деп түйгөн жерине урат</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: “Силерден ким болбосун уйкуга жаткан учурда шайтан желкесине үч түйүн түйөт. Ар бир түйүндү түйүп жатып "Алдыда узун түн бар, уктай бер деп түйгөн жерине урат. Эгер ал ойгонуп, Аллахты эстесе, түйүндөрдүн бири чечилет. Эгер даарат алса, экинчи түйүн чечилет. Эгер намаз окуса, акыркысы да чечилип, эртең менен сергек турат жана маанайы ачык жүрөт. А эгер андай кылбаса, маанайы жок, илең-салаң ойгонот”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) шайтандын абалы жана түнкү же багымдат намазына турууну каалаган адам менен болгон күрөшү тууралуу кабар берет.
 Мусулман киши уйкуга жатканда, шайтан анын желкесине үч түйүн түйөт.
 Ал түн ичинде ойгонуп, шайтандын азгырыгына карабай Аллахты зикир кылса, бир түйүн чечилет.
-Эгер даарат алса, экинчи түйүн чечилет. .
+Эгер даарат алса, экинчи түйүн чечилет.
 Эгер туруп намаз окуса, үчүнчү түйүнү да чечилет. Аллах Таала ага таат-ибадат кылууга ийгилик бергенине, сооп-сый жана кечиримди убада кылганына сүйүнп, эртең менен сергек, маанайы жарык абалда ойгонот. А эгер намазга турбаса, маанай жок, жүрөгү кабатырланып, жакшы амалдарды аткарганга жалкоолонуп илең-салаң болуп турат. Анткени, ал шайтандын түйүндөрүнө байланып, Аллахтын ырайымынан оолактап калат.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Шайтан инсанды Аллахка ибадат кылуудан алагды кылуу үчүн анын ар бир жолунда желип жүрөт. Инсан коргонуучу себептерди кылып, Аллахтын сактоосун суранып, Андан жардам суроо менен гана шайтандан сактана алат.
 Аллахты эстөө жана Ага ибаадат кылуу адамды сергек кылып, маанайын жарытып, жалкоолукту, ышкоолукту кетирип, кайгыдан жана жек көрүүдөн арылтат. Анткени, Аллахты зикир кылып, ибадат кылуу шайтанды кубалайт.
 Ыймандуу адам Аллах Таала ага ибадат кылууга ийгилик бергенине кубанат. Пазилет жана толуктуктун эң жогорку даражаларына жетүү жолунда кетирген кемчиликтерине кайгырат.
 Таат-ибадаттан капылет болуу жана ыкшоолук кылуу - бул, шайтандын иши жана анын кооз көрсөтүүсүнүн натыйжасы.
 Мына ушул үч иш, Аллахты зикир кылуу, даарат алуу жана намаз окуу - шайтанды кууйт.
 Шайтан түйүндөрүн адамдын желкесине түйгөнү, ал жер күчтүн борбору жана башкаруу талаасы. Эгер ошол жерине түйүн түйүп алса, адамдын рухун башкарып, уйкуга батыра алат.
 Ибн Хажар Асакаланий минтип айткан: "Сенин түнүң узун" деп түндү айтканы, хадис түнкү уйкуну айтып жатканын билдирет.
 Ибн Хажар Аскалани дагы минтип айткан: Аллахты зикир кылууга атайын дайындалган зикир жок, зикир деп айтылган сөздөрдүн баары жарактуу болот. Мисалы ага Куран окуу, хадис окуу, башка шарият илимдерин окуу, ж.б. Булардын эң жакшысы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) хадисинде айтылгандай (дуба кылуу): "Кимде-ким түндө ойгонуп "Лаа илаха иллал-лааху вахдаху лаа шариика лах, лахул мулку ва лахул хамду, ва хува алаа кулли шайиң кодир. Алхамду лиллаах, ва субхааналлах, ва лаа илааха иллал-лааху, валлаху акбар, ва лаа хавла ва лаа куввата илла биллах" деп, анан: Аллахым, мени кечир десе, же башка дуба кылса, дубасы кабыл болот. Эгер даарат алып намаз окуса намазы кабыл болот".(Бухари).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3731</t>
   </si>
   <si>
-    <t>عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً</t>
-[...2 lines deleted...]
-    <t>"Аллах Таалага көп сажда кылгын. Сажда кылганың сайын сенин даражаңды көтөрүп, катаңды өчүрөт</t>
+    <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
+  </si>
+  <si>
+    <t>Аллах Таалага көп сажда кылгын. Сажда кылганың сайын сенин даражаңды көтөрүп, катаңды өчүрөт</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
     <t>Маъдан бин  Абу Талха Йаъмари (ага Аллах ыраазы болсун) айтат: Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) кызматчысы Савбанга жолугуп: Анын себеби менен Аллах мени бейишке киргизе турган амалды айтчы? - деп айттым. Же Аллахка эң сүйкүмдүү амалды айтчы деп сурадым окшойт. Ал унчукпай койду. Мен дагы сурадым. Ал бул жолу да унчукпады. Үчүнчү жолу сураганымда, ал: Бул амал тууралуу Аллахтын элчисинен мен да сураганмын. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таалага көп сажда кылгын. Сажда кылганың сайын сенин даражаңды көтөрүп, катаңды өчүрөт". Маъдан айтат: Кийин Абу Дардага жолугуп, андан сурасам, ал да: Мага Савбан ушинтип айткан - деди.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) бейишке кирүүгө себеп боло турган же Аллах Таалага сүйкүмдүү болгон амал тууралуу сурашты.
 Пайгамбарыбыз (ага  Аллахтын тынчтыгы жана мактоосу болсун): Көбүрөөк сажда кылууга аракет кыл. Сен Аллахка ар бир сажда кылганыңда, ал үчүн сенин даражаңды көтөрүп, күнөөңдү өчүрөт - деди.</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Мусулман адам парз жана нафил намаздарды такай окушу керек, анткени намаздын ичинде сажда бар.
 Сахабалар бейишке Аллахтын ырайымынан кийин амал аркылуу гана жетүүгө болорун жакшы билишкен.
 Намаздын ичиндеги саждалар - даражанын көтөрүлүшүнө жана күнөөлөрдүн өчүрүлүшүнө чоң себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3732</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>Бир киши адамдарга ар дайым карыз берет эле. Ал карызды чогулткан жаш жигитине: «Эгерде кедей карыздар адамга жолугуп калсаң, анда анын карызын кечип жибер. Балким Аллах бизди да кечирээр» - деп айтат эле. Ошондуктан ал көз жумуп Аллахка жолукканда Аллах Таала аны кечирди</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты. «Бир киши адамдарга ар дайым карыз берет эле. Ал карызды чогулткан жаш жигитине: «Эгерде кедей карыздар адамга жолугуп калсаң, анда анын карызын кечип жибер. Балким Аллах бизди да кечирээр» - деп айтат эле. Ошондуктан ал көз жумуп Аллахка жолукканда Аллах Таала аны кечирди».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, адамдарга карыз берип жакшы мамиле кылган киши жөнүндө же аларга бир нерсени сатканда бир канча мөөнөттөн кийин төлөөгө макул болуп саткан киши жөнүндө кабар берип жатат. Ал адамдардагы карыздарын чогулткан кызматкерине мынтип айтат эле: «Эгерде карызды чогулткан учурда карыздар адам өтө муктаж болгондуктан алган карызын төлөй албай турган болсо, анда анын карызын же кечип жибер же болбосо кошумча убакыт бер жана аны шаштырба». Же болбосо карыздын канчасын төлөй алса ошону алып, калганын кечип жибер».
 Ал киши бул кылган иштери аркылуу Аллахтан кечирүүсүн үмүт кылган. Ошондуктан ал өлгөндө Аллах анын күнөөлөрүн кечирип, жамандыктарын жоюп салды.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Адамдарга жакшы мамиле кылуу, аларга кечиримдүү болуу жана кедейдин карызын кечип жиберүү - бул кыямат күнү пенденин азаптан кутулуусунун эң чоң себептеринен болот.
 Адамдарга жакшылык кылуу, Аллахка ыкластуу болуу жана анын ырайымын үмүт кылуу - бул күнөөлөрдүн кечирилишине себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3753</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ</t>
+    <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Күнөөсүн жарыя кылгандардан башка үммөтүмдүн баары ккечирилет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Күнөөсүн жарыя кылгандардан башка үммөтүмдүн баары ккечирилет. Жарыя кылуу мындай, бир адам түн ичинде күнөө кылып, Аллах анын жасаганын жашырат. Тиги болсо күндүзү: "О, баланча, мен түнү мындай, тигиндей иш кылдым" деп өзү жарыя кылат. Түндө аны Раббиси жашырган эле, Аллах жашырганды күндүзү өзү жарыя кылат".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман кишинин кылган күнөөсү кечирилерине үмүт бар экенин баяндайт. Бирок мактаныч менен кылган күнөөсүн уялбай жарыя кылган адам кечиримге ылайык эмес. Түнү күнөө кылат, аны Аллах жашырып койсо, эртеси бирөөлөргө түндө мындай күнөө кылдым деп өзү ашкере кылат. Түндө Аллах аны жашырган эле, күндүзү ал өзү Аллах жашырганды ашкере кылды.</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Аллах жашырган күнөөнү жарыя кылуу өтө жаман иш.
 Күнөөнү жарыя кылуу ыймандуулардын арасында бузукулукту жайылтат.
 Аллах бул дүйнөдө кимдин күнөөсүн жашырса, акыретте да анын күнөөсүн жашырат. Бул Аллахтын пенделерине болгон ырайымынын кенендиги.
 Күнөө кылган адам күнөөсүн жашырып, Аллахка тообо кылышы керек.
 Күнөөлөрдү ачык кылып, кечиримден куру калгандардын күнөөлөрүнүн өтө оор экендиги баяндалат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3756</t>
   </si>
   <si>
-    <t>لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ</t>
+    <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
   </si>
   <si>
     <t>Мен сейил кылдырылган исра-мираж түнү Ибрахимге жолуктум. Ал мага: Оо, Мухаммед, үммөтүңө менден салам айт. Аларга айтып кой, бейиштин топурагы борпоң, суусу (тузсуз) таза</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
   </si>
   <si>
     <t>Ибн Масуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мен сейил кылдырылган исра-мираж түнү Ибрахимге жолуктум. Ал мага: Оо, Мухаммед, үммөтүңө менден салам айт. Аларга айтып кой, бейиштин топурагы борпоң, суусу (тузсуз) таза, жери кенен. Анын көчөтү "Субханаллах, валхамду лиллаах, ва лаа илааха иллаллааху валлааху акбар".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
     <t>Мухаммед пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Ибрахим пайгамбар менен Исра жана Мираж түнүндө жолукканын кабарлайт. Ибрахим ага: «Оо, Мухаммад, үммөтүңө менден салам айт жана аларга бейиштин топурагы борпоң, суусу таттуу, тузсуз экенин билдир. Бейиш кең, тегиз, бирок азырынча бак-дараксыз, анын өсүмдүктөрү жакшы сөздөр. Булар түбөлүк сооптуу иштер болуп кала турган сөздөр: «Субханаллах» (Аллах аруу), «Алхамдулиллах» (Аллахка мактоолор болсун), «Лаа илааха иллаллох» (Аллахтан башка сыйынууга татыктуу Кудай жок), «Аллаху Акбар» (Аллах Улук). Мусулман адам бул сөздөрдү айткан жана кайталаган сайын бейиште ага бак тигилет».</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
     <t>Бейиштеги бак-дарагын көбөйтүү үчүн көп зикир кылууга кызыктыруу.
 Мусулман үммөтүнүн кадыры бийик. Аларга Ибрахим пайгамбар салам айткан.
 Ибрахим пайгамбар Мухаммед пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүн көп зикир кылууга кызыктырып үндөгөн.
 Ат-Тийбий айтат: Бейиш кенен, бош болгон. Аллах Таала Өзүнүн берешендиги менен амал кылуучулардын амалына жараша анда дарактарды жана сарайларды пайда кылган. Ар бир амал кылуучуга амалына жараша өзүнө тиешелүү энчиси болот. Андан кийин Аллах Таала алар соопко жетишүүсү үчүн амалдарды жеңилдетип, тиги дарактардын көчөтү кылып койду.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[Хасан бишаваахидихи (башка жакшы айтымдары бар хадис)]</t>
   </si>
   <si>
     <t>[Ат-Тирмизи жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3791</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Өзүнө жараша мамиле кылуу тууганчылык байланышты бекемдөөгө жатпайт. Тууганчылык байланыш үзүлгөндө аны байланыштырган адам тууганчылык байланышты бекемдеген адам болот</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Абдулла ибн Амр, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Өзүнө жараша мамиле кылуу тууганчылык байланышты бекемдөөгө жатпайт. Тууганчылык байланыш үзүлгөндө аны байланыштырган адам тууганчылык байланышты бекемдеген адам болот».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, хадисте мындай деп кабар берип жатат. Тууганчылык байланышты толук кандуу аткарган адам жана жакындарына жакшылык кылган адам - ал көргөн жакшылыкка жараша жакшылык менен жооп берген адам эмес. Тескерисинче, ал жакын туугандары аны менен тууганчылык байланышты үзүп ага жамандык кылышса да алар менен тууганчылык байланышты күчөтүп, тууганчылык байланышты толук кандуу бекемдеген адам. Анткени ал жакын туугандарына жакшылык менен жооп берип жатат.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Шариятта этибарга алынган туугандык байланышты бекемдөө - сенден мамилесин үзгөн туугандар менен мамиле кылууң, сага зулумдук кылганды кечирүүң жана сенден бир нерселерди тыйып койса да сен ага берүүң. Туугандык байланышты бекемдөө жакшылыкка жараша гана жакшылык кылуу эмес, тескерисинче, бардыгы менен бирдей жакшы мамиледе болуу.
 Туугандык байланышты бекемдөө – бул жакын туугандарга колдон келген мал-дүйнөдөн жакшылык кылып берүү, аларга дуба кылуу, аларды жакшылыкка чакырып жамандыктан кайтаруу ж.б.у.с. жакшылыктарды кылуу. Ошондой эле мүмкүн болушунча аларды жамандыктардан сактоо керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3854</t>
   </si>
   <si>
-    <t>فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا</t>
+    <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>эмне кылууга байъат келишим кылабыз?" - дедик. Ал: "Аллахка ибадат кылууңарга жана Ага эч нерсени шерик кылбооңорго, беш убак намазга, баш ийүүңөргө" - деп, анан акырын үнү менен: "Адамдардан эч нерсени сурабооңорго</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Абу Муслим Хавлани айтат: Мага чынчыл жана сүйүктүү болгон адам айтып берди, ал мен үчүн сүйүктүү жана менин оюмда ал чынчыл, ал Ауф бин Малик (ага Аллах ыраазы болсун), ал мындай деди: Биз тогузбу, сегизби же жетиби адам Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) жанында отурган элек. Ал: "Аллахтын элчисине байъат келишим-убада кылбайсыңарбы?" - деди. Биз жаңы эле байъат кылган элек. Ошого: Сага байъат кылып, убада бердик  го, о, Аллахтын элчиси? - дедик. Ал дагы: "Аллахтын элчисине байаът келишим кылбайсыңарбы?" - деди. Биз колубузду сунуп: "Сага байъат келишим кылдык го, о, Аллахтын элчиси. Эми  эмне кылууга байъат келишим кылабыз?" - дедик. Ал: "Аллахка ибадат кылууңарга жана Ага эч нерсени шерик кылбооңорго, беш убак намазга, баш ийүүңөргө" - деп, анан акырын үнү менен: "Адамдардан эч нерсени сурабооңорго" - деди. Чынын айтсам, кийин мен ошол адамдардын кээ бири камчысын тушүрүп жиберсе, аны алып берүүсүн бирөөдөн суранбай калганын көрдүм.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир канча сахабалар менен туруп, кээ бир иштерди бекем кармоого ант, келишим кылуусун алардан үч жолу талап кылат:
 Биринчиси: Аллах Тааланын буйруктарын аткарып, тыюуларынан тыйылып, Ага эч нерсени шерик кылбай ибаадат кылууга.
 Экинчиси: Күнү-түнү окула турган беш убак парз намазды калтырбай окууга.
 Үчүнчүсү: Шариятка каршы келбеген иштерде мусулмандарга башчы болгон адамды угуп, баш ийүүгө.
 Төртүнчү: Бардык муктаждыктарын Аллахтан күтүп, адамдардан эч нерсе сурабоого. Ушул сөздү айтканда пайгамбар (ага Аллахтын тынчтыгы жана мактосу болсун) үнүн мурдагыдан акырыныраак чыгарды.
 Чынында, сахабалар (аларга Аллах ыраазы болсун) берген ант-келишимдерин так аткарышты. Атүгүл, хадисти айткан киши айтат: Ошол сахабалардын кээ бири камчысын түшүрүп жиберсе, аны алып берүүнү бирөөдөн суранбай, өздөрү түшүп алганын көрдүм.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Адамдардан суранууну таштоо, сурануу деп эсептелген нерсенин баарынан тазалануу, өтө жөнөкөй иште дагы адамдардын жардамын үмүт кылбоо.
 Суроонун тыюу салынган түрү бул дүйнө иштерине тиешелүү. Ал эми илим тууралуу жана дин иштеринде суроо айып эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4176</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Кимде-ким кедейдин карызын төлөө мөөнөтүн кечиктирсе, же
 карызынын баарын же бир бөлүгүн кечип салса, анда Аллах аны Кыямат күнү Өз Аршынын көлөкөсүндө башка эч кандай көлөкө жок болгон күнү көлөкө кылат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким кедейдин карызын төлөө мөөнөтүн кечиктирсе, же
 карызынын баарын же бир бөлүгүн кечип салса, анда Аллах аны Кыямат күнү Өз Аршынын көлөкөсүндө башка эч кандай көлөкө жок болгон күнү көлөкө кылат».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай деп кабар берди: Кимде-ким карыздар адамдын карызын төлөө мөөнөтүн кечиктирсе, же карызынын бир бөлүгүн кечип салса, анда анын сыйлыгы Аллах аны Өз Аршынын астына, Кыямат күнү күн пенделердин башына жакындай турган күнү көлөкөсүнө алат. Ал күнү күндүн ысыгы аларга катуу тийген кез болот. Демек Аллах көлөкөсүнө алган адамдан башка эч ким көлөкө таба албайт.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Аллах Тааланын пенделери үчүн жеңилдетүүнүн пазилети жана адамдарга жеңилдик берүү - Кыямат күнүнүн коркунучтуу азабынан кутулуунун себептеринин бири.
 Иш-аракеттердин түрүнө жараша сооп-сыйлыктар да ошол түрдөн берилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Кимде-ким Рамазанда ыйман келтирип жана сооп үмүт кылып орозо кармаса, анда анын мурунку күнөөлөрү кечирилет</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким Рамазанда ыйман келтирип жана сооп үмүт кылып орозо кармаса, анда анын мурунку күнөөлөрү кечирилет».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай деп кабарлап жатат: Кимде-ким Рамазан айында Аллахка ыйман келтирип жана орозонун парздыгын тастыктап орозо кармаса, анда Аллах Таала орозо кармагандар үчүн сыйлыктарды жана соопторду даярдап койгон. Ал бул орозосун Аллах Тааланын ыраазычылыгы үчүн, жоро көрсүн жана эл уксун дебестен кармаса, анда анын мурунку күнөөлөрү кечирилет.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Ыкластуулуктун пазилети, ыкластуулуктун Рамазан орозосунда жана башка жакшы иш-аракеттердеги маанилүүлүгү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ</t>
+    <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>Ким эртең мененки жана кеч курунку намазды окуса, бейишке кирет</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Абу Муса Ашари (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким эртең мененки жана кеч курунку намазды окуса, бейишке кирет".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) багымдат намазы менен асыр намазын калтырбай, өз убагынан кечиктирбей окууга үндөгөн. Кимде-ким бул эки намазды талаптагыдай, өз убактысында, жамаат менен окуса, бул намаздар анын бейишке кирүүсүнө себеп болот.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Багымдат намазы менен асыр намазын калтырбай окууда чоң артыкчылык бар; Анткени, багымдат намазы уйку аябай татуу болгон учурга дал келет. Асыр болсо иш аябай кызыган учурда. Ошондуктан, бул эки намазды калтырбай окуу башка намаздарга караганда зарылыраак.
 Бул эки намаз "бардайни" деп аталат, "суукта окулчу эки намаз" деген мааниде. Багымдат намазы түндүн суугунда, дигер намазы күндүн табы кайтып калганда окулганы үчүн ушинтип аталышы мүмкүн. Ысык мезгилде болсо деле, асыр убагы андан мурунку убакка караганда салкындап калган учур болот эмеспи. Же жөн эле басымдуулугун эске алып ушинтип атаган болушу да мүмкүн. Мисалы, Күн менен Айды араптар "эки Ай" деп атаган сыяктуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4198</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Кимде-ким Кадыр түндү ыйман келтирген абалда жана сооп үмүт кылып (ибадат менен) өткөрсө, анда анын өткөн күнөөлөрү кечирилет</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким Кадыр түндү ыйман келтирген абалда жана сооп үмүт кылып (ибадат менен) өткөрсө, анда анын өткөн күнөөлөрү кечирилет».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Рамазан айынын акыркы он күнүндө болгон Кадыр түндү тосуунун пазилетин кабарлады. Ошондой эле кимде-ким ал түндө намаз окуу, дуба кылуу, Куран окуу жана зикир кылуу менен алек болуп, Кадыр түндүн болоруна, ал тууралуу келген пазилеттерине ыйман келтирип, кылган иш-аракеттери үчүн Аллахтан гана сооп-сыйлык үмүт кылып, жоро көрсүн жана эл уксун дебестен өткөрсө, анда анын мурунку күнөөлөрү кечирилишин кабарлады.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Кадыр түндүн пазилети жана аны тосууга үндөө.
 Жакшы иш-аракеттер туура ниет кылуу менен гана кабыл болот.
 Аллахтын пазилеттүүлүгү жана Анын ырайымдуулугу. Анткени кимде-ким Кадыр түндүн болоруна ыйман келтирип жана сооп үмүт кылып өткөрсө, анда анын өткөн күнөөлөрү кечирилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Аллах кимге жакшылык кааласа, анда ага сыноо жиберет</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах кимге жакшылык кааласа, анда ага сыноо жиберет».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, эгер Аллах ыймандуу пенделеринин бирине жакшылык кааласа, анда аларды өздөрү, мал-мүлктөрү жана үй-бүлөлөрү менен сынаарын кабарлап кетти. Анткени Аллах аларга сыноо жөнөтүү менен ыймандуулар дуба кылып Аллах Таалага кайрылышат, алардын жаман иштеринин күнөөлөрү кечирилет жана даражаларды көтөрүлөт.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Ыймандуу адам ар кандай сыноолорго кабылат.
 Сыноолор Аллахтын пенделерине болгон сүйүүсүнүн белгиси болушу мүмкүн. Аллах аны менен пенделеринин даражасын, кадыр-баркын көтөрөт жана күнөөлөрүн кечирет.
 Кыйынчылык болгондо сабырдуулукка жана дүрбөлөңгө түшпөөгө үндөө.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4204</t>
   </si>
   <si>
-    <t>المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ</t>
+    <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Мусулман кабырда суралганда: "Лаа илаха иллаллаху Мухаммад расулуллохи</t>
   </si>
   <si>
     <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Бараа бин Аазиб (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мусулман кабырда суралганда: "Лаа илаха иллаллаху Мухаммад расулуллохи " деп күбөлүк берет. Аллах Тааланын: "Аллах Таала ыйандуу пенделерин бул дүйнөдө да, акыретте да бекем сөзгө туруктуу кылат" - деген аятында ушул айтылган" (Ибрахим, 27-аят).</t>
   </si>
   <si>
     <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
 فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
 قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
 {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Пенде кабырында сурак берет. Аны атайын ушул ишке дайындалган эки периште Мункар жана Накир сурак кылат. Алардын ушундай аталышы бир канча хадистерде келген. Ошондо ыймандуу адам: "Аллахтан башка сыйынууга татыктуу кудай жок жана Мухаммад Аллахтын элчиси" деп күбөлүк берет. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын төмөнкү аяты ушул жөнүндө экендигин айткан: "Аллах Таала ыймандуу пенделерди бул дүйнө жашоосунда да, акыретте да бекем сөзгө туруктуу кылат" (Ибрахим, 27-аят).</t>
   </si>
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>Кабырда сурак болору - чындык.
 Ыймандуу адамдарды дүйнөдө да, акыретте да туура сөзгө бекем, туруктуу кылганы бул - Аллах Тааланын жакшылыгы.
 Тавхид келмеси жана өлүм алдында бул келмени айтып өтүү - улуу иштерден.
 Аллах Тааланын ыймандуу адамды бул дүйнөдө бекем кылганы, анын ыйманын бекемдеп, туруктуу түз жолдо сактаганы, өлүм алдында келме менен алганы жана кабырда сурак периштелерге туура жооп бердиргени.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4206</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>Мен адамдар Аллахтан башка ибадатка татыктуу кудай жок экенине, Мухаммад Аллахтын элчиси экенине күбөлүк бермейинче, намаз окумайынча, зекет бермейинче алар менен согуша берүүгө буйрулдум</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Ибн Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактосу болсун) минтип айткан: "Мен адамдар Аллахтан башка ибадатка татыктуу кудай жок экенине, Мухаммад Аллахтын элчиси экенине күбөлүк бермейинче, намаз окумайынча, зекет бермейинче алар менен согуша берүүгө буйрулдум. Эгер ушуларды аткарышса, анда менден канын жана малын сактап калышат. Бирок Исламдын акысына тиешелүү иштерде андай эмес, анда алардын эсеби Аллахтын колунда".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала аны, мушриктер эч шериги жок жалгыз Аллахтан башка ибадатка татыктуу кудай жок экенине күбөлүк бермейинче жана Мухаммадга (ага Аллахтын тынчтыгы жана мактоосу болсун) анын элчи экендигине күбөлүк бермейинче, ошондой эле бул күбөлүктөр талап кылган ибаадаттар: күнүмдүк беш убак намазды окумайынча жана татыктууларга зекет бермейинче, алар менен согуша берүүгө буйруганын бяндайт. Мына ушул иштерди аткарышса, анда Ислам алардын канын жана жанын сактайт. Аларды өлтүрүү адал болбойт. Бирок Ислам өкүмү менен өлтүрүүгө акылуу болгон кылмышка барса, анда өлтүрүлөт. Кийин кыяматта алардын ички сырын билген Аллах Таала аларга Өзү өкүм кылат.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Өкүмдөр сырткы ачык көрүнгөн иштерге карап жүргүзүлөт, ал эми ички сырларга Аллах Өзү өкүмдар.
 Тавхидге чакыруу өтө зарыл, анткени динге чакырууда эң биринчи башталган иш ушул.
 Бул хадис мушриктерди динге кирүүдө мажбурлоо керек деген мааниде эмес. Алар динди кабыл кылуу же салык төлөөдө ыктыярдуу болушкан. Эгер алар Исламга чакырууга тоскоол болушса, Ислам өкүмү боюнча алар менен согушуудан башка арга жок.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4211</t>
   </si>
   <si>
-    <t>يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ</t>
-[...2 lines deleted...]
-    <t>Улоодо бара жаткан адам, жөө бара жаткан адамга, жөө бара жаткан адам, отурган адамга, аз сандагы адам, көп сандагы адамга салам айтат"</t>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>Аллах Таала менин үммөтүмдүн катасын, унутуп жана мажбурланып кылганын кечирди</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Ибн Аббас (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Аллах Таала менин үммөтүмдүн катасын, унутуп жана мажбурланып кылганын кечирди".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала анын үммөтүнүн үч абалын кечирерин айткан: Биринчиси: Каталыктан кылган иштери. Бул атайын жасабаган б.а. бир ишти кылууну максат кылып, бирок натыйжада максат кылбаган ишке кириптер болуп калган учурлары. Экинчиси: Унутуп калуу. Бир ишти кылуу эскертилип, бирок аны кыларда унутуп калган учурлары. Буга да күнөө жазылбайт. Үчүнчүсү: Мажбур жасаган иштери. Өзү кылууну каалабаган ишке мажбурланып, аны кылбай коюуга кудурути жатпеген учурлары. Мында да ага күнөө жазылбайт. Бул хадистеги сөз пенде менен анын Раббисинин ортосундагы тыюу салынган нерсени жасоо жөнүндө болуп жатат. Ал эми буйрук кылынган ибадаттарды унутуп коюу (мисалы: намазды убагында окууну унутуп коюу) бул милдетти түшүрүп салбайт. (Кийин сөзсүз аны толукташы керек). Ошондой эле, эгер адамдын тыюу кылынган ишти жасоосунун натыйжасында башка бирөөгө зыян жетсе, анда бул жерде адамдардын укугу түшпөйт. Мисалы, кимдир бирөө атайлап эмес, кокусунан адам өлтүрүп алса, ага кун (кан акы) милдет болот. Же бирөөнүн машинасын бузуп алса, аны төлөп берет.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Жасаса күнөө боло турган бул үч абалда пенделерине күнөө жазбаганы, бул Аллах Тааланын ырайымы жана кечирими кенендигинен.
+Мухаммад пайгамбарыбызга жана анын үммөтүнө болгон Аллахтын жакшылыгы.
+Күнөө жазылбайт дегени анын өкүмү жана төлөмү да жок деген сөз эмес. Мисалы: бирөө даарат алууну унутуп даараты жок намаз окуп алса, ага күнөө жазылбайт, бирок даарат менен намаз анын моюнунан түшүп калбайт. Ал даарат алып намазын кайра окушу керек.
+Күнөөдөн кутулуу үчүн мажбурлануунун (икрах) шарттары сөзсүз болушу керек. Мисалы, мажбур кылып жаткан киши өзүнүн коркутуусун ишке ашырууга кудуреттүү болушу керек.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/4216</t>
+  </si>
+  <si>
+    <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
+  </si>
+  <si>
+    <t>Улоодо бара жаткан адам, жөө бара жаткан адамга, жөө бара жаткан адам, отурган адамга, аз сандагы адам, көп сандагы адамга салам айтат</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Улоодо бара жаткан адам, жөө бара жаткан адамга, жөө бара жаткан адам, отурган адамга, аз сандагы адам, көп сандагы адамга салам айтат" .</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдар арасында минтип салам берүүнүн адебин көрсөткөн: "Ассалааму алайкум ва рахматуллоохи ва баракатуху". Жашы кичине жаш улууга, улоодогу жөөгө, басып бараткан отурганга, саны аз саны көпкө салам айтат.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Хадисте келгендей салам айтуу жакшы, а эгер жөө бараткан адам улоодогу адамга салам айтса, же жогоруда айтылгандардын кайсы бири тескерисинче болуп калса, эч нерсе эмес. Бирок жакшы жана абзел болгонго каршы келет.
 Хадисте айтылгандай тартипте салам айтып жайылтуу жакшы көрүүгө жана мээримдүүлүккө себеп болот.
 Эгер жогоруда айтылгандар салам берүүдө бирдей болуп калса, анда озунуп салам айтканы алардын жакшысы болуп эсептелет.
 Адам баласы эмнеге муктаж болсо, анын баарын баяндаган (Ислам) шарияты кемчиликсиз, толук.
 Ар бир адамга өз акысын берүүнү жана саламдашуунун адебин үйрөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4243</t>
   </si>
   <si>
-    <t>إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ</t>
+    <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
   </si>
   <si>
     <t>Бул экөөсү үммөтүмдүн эркектерине арам, аялдарына адал болду" - деди</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>Али бин Абу Талиб (ага Аллах ыраазы болсун) айткан: "Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) сол колуна жибекти, оң колуна алтынды кармап, колдорун өйдө көтөрүп, анан: "Бул экөөсү үммөтүмдүн эркектерине арам, аялдарына адал болду" - деди.</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жибек кийимди же анын бир үзүмүн сол колуна алып, алтындан жасалган кайсы бир жасалганы оң колуна алып, анан: Жибек менен алтынды кийүү эркектерге арам. Ал эми аялдарга экөө тең адал - деди.</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>Ас-Синдий минтип айткан: Арам дегенден максат, аларды кийим катары колдонууга арам. Ал эми соода-сатык ишинде, иштетүүдө, каржылоодо колдонуу эч кимге арам эмес. Бирок алтынды идиш катары пайдалануу баарына (аял, эркекке) бирдей арам.
 Аялдардын зыйнатка ж.б. муктаждыгы болгон үчүн шарият аларга мүмкүнчүлүк берген, бул шарияттын кенендигинен.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4292</t>
   </si>
   <si>
-    <t>دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ</t>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Мен силерге айтпаган нерсени ошол бойдон калтыргыла! Анткени, силерден мурдагылар керексиз көп суроо бергени жана пайгамбарларына каяша кылганы үчүн кыйрап жок болгон</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Мен силерге айтпаган нерсени ошол бойдон калтыргыла! Анткени, силерден мурдагылар керексиз көп суроо бергени жана пайгамбарларына каяша кылганы үчүн кыйрап жок болгон . Ошондуктан, эгер мен силерди бир нерседен тыйсам, андан алыс болгула. Эгер кайсы бир ишке буйрусам, аны чамаңардын жетишинче аткаргыла".</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) шарият өкүмдөрү үч түрдүү болорун айтты: эч нерсе айтылбаган, тыюу салынган, буйрулган.
 Биринчиси: Шариятта ага карата эч нерсе айтылган эмес, эч кандай өкүм жок. Негизи аткарылуусу милдет болбогон иштерге карата болот. Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) доорунда суроонун себебинен Аллах Таала ал нерсени важиб же арам кылып коюу коркунучу болгондуктан, али боло элек нерсени сурабоо важиб болгон. Анткени, ал нерсени Аллах Таала пенделериине ырайым кылып айтпай калтырган болушу мүмкүн. Ал эми пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) дүйнөдөн өткөндөн кийин фатва алуу же жөн эле билип алуу үчүн дин иштери тууралуу суроого тыюу жок, тескерисинче сурап алуу зарыл. А эгер көктүк кылып, өзүн жана суралган адамды кыйноо үчүн ар кандай суроолорду берсе, анда бул жогорудагы хадиске кирет. Мындай көп суроо берүү Исраил урпактарынын башына түшкөн сыяктуу мүшкүлгө салат. Аларга уй сойгула деген буйрук болгондо, каалаган уйду соё койсо болмок, бирок алар улам сурай берип өздөрүнө-өздөрү кыйынчылык жаратып алышты.
 Экинчиси: тыюу салынган иштер: мындай иштерди кылбагандар соопко ээ болот, кылгандар күнөөкөр болот. Мындай иштердин баарынан алыс болуу важиб.
 Үчүнчүсү: буйрулган иштер: мындай иштерди аткаргандар соопко ээ болот, аткарбагандар күнөөкөр болот. Мындай иштерди чамасынын жетишинче аткаруу важиб.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Өтө зарыл болуп турган ишти аткаруу менен алек болуп, учурда муктаждыгы жок ишти коё турган оң. Ошондой эле али болбогон нерсени суроонун кереги жок.
 Түйүндүү маселеге алып бара турган жана арада ар кандай келишпестиктерге эшик ача турган суроолорду суроо арам (тыюу салынган).
 Тыюу салынган нерсенин баарын таштоо керек. Анткени, тыюу салынган ишти аткарбай коюуда эч кандай кыйынчылык жаралбайт.
 Ал эми буйрулган ишти ар ким өз чамасына жараша аткаруусу керек. Анткени, кээде аны аткаруу бирөөлөргө оор болуп, машакат жаратуусу мүмкүн. Ошондуктан, буйрулган иштерди ар ким чамасына жараша аткарууга буйрулган.
 Көп суроо берүүдөн тыюу боюнча аалымдар суроолорду эки түргө бөлүшөт: биринчиси, дин иштеринин кайсы бирин билип алуу үчүн берилген суроо. Буга сахабалардын сурагандары кирет, мындай суроолорду берүү шариятта буйрулган. Экинчиси: өзүнө-өзү оорлук жаратуу үчүн, көктүк кылып атайын берилген суроолор. Мына ушундай суроолорго тыюу салынган.
 Мурдагы үммөттөрдө болгон сыяктуу, бул үммөткө пайгамбарына каршы чыгуу катуу эскертилди.
 Кереги жок нерселер тууралуу көп суроо берүү жана пайгамбарына каяша кылуу кыйрап жок болууга себеп болот. Айрыкча, аткарууга жана түшүнүүгө мүмкүн болбогон нерселер тууралуу суроо. Мисалы: Аллахтан башка эч ким билбеген кайып нерселер, кыяматагы боло турган иштер ж.б.
 Маселелерди татаалдаштыруу суроо берүү тууралуу Авзаъи минтип айткан: "Эгерде Аллах Таала пендесин илимдин берекесинен куру калтырууну кааласа, анын тилине адаштыруучу сөздөрдү салат. Чынында, мындайлар адамдардын эң илими азы болорун көрдүм". Ибн Вахб минтип айткан: "Илимдеги шек саноо - кишинин жүрөгүнөн илимдин нурун кетирет".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4295</t>
   </si>
   <si>
-    <t>لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ</t>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>“Сен өтө оор ишти сурадың. Бирок Аллах жеңил кылгандар үчүн өтө оңой болот</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Муаз бин Жабал (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен сапарда бирге болдум. Бир күнү жол жүрүп бара жатканда аны жандай бастырып калдым. Анан андан: Оо, Аллахтын элчиси, мени тозоктон алыстатып, бейишке киргизе турган кандай иш бар? – деп сурадым. Ал: “Сен өтө оор ишти сурадың. Бирок Аллах жеңил кылгандар үчүн өтө оңой болот . Аллахка шерик кошпой ибадат кыл, беш убак намазды толук оку, зекетти бер, Рамазан айынын орозосун карма. Аллахтын үйү (Каъбага барып), ажылык милдетиңди аткар” – деп, анан сөзүн кайра улады: “Сага жакшылыктын эшиктери тууралуу айтайынбы? Орозо (тозоктон) калкан; Садага – суу отту өчүргөндөй күнөөлөрдү өчүрөт. Адамдын түн ортосунда окуган намазы” – деп, бул аятты окуду: “Алардын жамбашы жатчу жайынан алыс болуп, коркуу жана үмүт менен Раббисине дуба кылышат. Биз берген ырыскыдан каржылашат. Эч ким кылган иш-амалдары үчүн аларга жашыруун даярдалып коюлган көз кубанычын билбейт”. Анан кайра мага: “Сага диндин башы, тиреги жана туу чокусу тууралу айтайынбы?” – деди. Мен: О Аллахтын элчиси, айтыңыз – дедим. Ал: “Диндин башы – Ислам; Анын тиреги – намаз; Туу чокусу – Аллах жолунда күрөш” – деди. Анан: “Эми сага ушул айтылгандардын баарынын негизи эмне экенин айтайынбы?” – деди. Мен: О Аллахтын элчиси, айтыңыз – дедим. Ошондо ал тилин кармап көрсөтүп: “Ушуну сакта!” – деди. Мен: О Аллахтын элчиси, биз айткан сөздөрүбүз үчүн да жоопко тартылабызбы? – деп сурадым. Ал: “Энең сени жоготсун, оо Муаз, адамдарды тозокко бети же мурду менен кулаткан нерсе тилинен тапкан күнөөлөрү эмеспи” – деди.</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
 ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
 قال معاذ رضي الله عنه: بلى يا رسول الله. 
 قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
@@ -5737,544 +5795,698 @@
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
     <t>Сахабалардын (Аллах алардан ыраазы болсун) илимге болгон ынтызаарлыгы. Ошондуктан алар пайгамбарыбыздан көп нерсени сурашкан.
 Сахабалардын (Аллах алардан ыраазы болсун) дин маселелерин терең түшүнүүсү, бейишке кирүүнүн себеби жакшы амалдар экенин билишинде.
 Муаздын (Аллах андан ыраазы болсун) берген суроосу, чындыгында, жашоонун жана бар болуунун түпкү маңызын камтыганы үчүн улуу суроо. Анткени, бул дүйнөдөгү ар бир жаратылгандын, мейли инсан болобу, мейли жин болобу, акыры барчу жери же бейиш, же тозок. Мына ошондуктан бул суроо улуу суроо болуп эсептелет.
 Анын бейишке кирүүсү Исламдын беш парзын аткаруу аркылуу болору катары менен айтылды. Алар: күбөлүк берүү келимеси, намаз, зекет, орозо жана ажылык.
 Диндин башы, зарыл иштердин эң кымбаты жана эң негизги милдет - Ага эч нерсени шерик кылбай ибадат кылуу менен Аллахты жалгыздоо.
 Сообу көбөйүп, күнөөлөрү кечирилүүсү үчүн жакшылык эшиктерин ачып койгону Аллах Тааланын пенделерине кылган ырайымы.
 Парз амалдарды аткаргандан кийин напил амалдарды да аткаруу артыкчылыктуу иш.
 Исламдагы намаздын орду, чатырдын тирөөчү сыяктуу. Тирөөчтү алса, чатыр кулап калгандай, намаз жок болсо, Ислам болбойт.
 Динине зыянын тийгизе турган сөздөрдөн тилди сактоо важыб.
 Тилди тыйып, аны сактоо бардык жакшылыктын булагы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4303</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Эки мусулман бири-бири менен кылычташып урушканда, өлтүргөн да жана өлгөн да тозоко түшөт. Ошондо мен: «Аллахтын Элчиси, бул киши өлтүргөн адам, а бирок өлтүрүлгөн адамда эмне күнөө?» - деп айттым. Аллахтын Элчиси: «Ал да шеригин өлтүргүсү келген» - деди</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Абу Бакра, радыяллаху анху, риваят кылып айтат: «Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Эки мусулман бири-бири менен кылычташып урушканда, өлтүргөн да жана өлгөн да тозоко түшөт. Ошондо мен: «Аллахтын Элчиси, бул киши өлтүргөн адам, а бирок өлтүрүлгөн адамда эмне күнөө?» - деп айттым. Аллахтын Элчиси: «Ал да шеригин өлтүргүсү келген» - деди».</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, эгерде эки мусулман бири-бирин жок кылууну көздөп кылычташып урушса, анда өлтүргөн киши экинчисин түздөн-түз өлтүргөндүктөн тозоко түшөөрүн кабарлады. Өлтүрүлгөн адам туурасында сахабалар: «Ал тозокко кандай түшөт?» - деп сурашканда, Пайгамбар, саллаллаху алейхи уа саллам, ал да шеригин өлтүргүсү келгени үчүн кылычын көтөрүп чыкканын айтты. Андыктан ал да тозоко түшөөрүн, аны өлтүрүүдөн башка эч кандай максаты болбогондугун жана аны шериги өлтүрүп койгондугун кабар берди.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Адам ниетинде күнөө кылууну чечип, күнөөнүн себептерин аткарса, анда ал жазага татыктуу болот.
 Мусулмандар менен согушууга жана алар менен согушкандардын тозокко түшөөрүн катуу эскертти.
 Мусулмандардын ортосунда акыйкат үчүн согушууда, мисалыга: падышага каршы чыккандар менен жана бузукулар менен согушууда эскертилген азапка дуушар болбойт.
 Чоң күнөө кылган адам капыр болбойт. Анткени Пайгамбар, саллаллаху алейхи уа саллам, согушкан эки адамды мусулмандар деп атады.
 Эгер эки мусулман киши өлтүрүүгө мүмкүн болгон кандайдыр бир куралдар менен жолугушуп, бири экинчисин өлтүрсө, анда өлтүргөн адам да жана өлгөн адам да тозокко түшөт. Бул хадисте кылыч мисал катары айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>Дүнүйөгө кызыкпа - Аллах сени жакшы көрөт. Адамдардын колундагы нерселерге кызыкпа - адамдар сени жакшы көрөт</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Абу Аббас Сахл бин Саад ас-Саади (ага Аллах ыраазы болсун) айтат: Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши келип: "О Аллахтын элчиси! Мага аны аткарсам Аллах да, пенделер да жакшы көрө турган ишти айтыңызчы?" - деди. Ал мындай жооп берди: "Дүнүйөгө кызыкпа - Аллах сени жакшы көрөт. Адамдардын колундагы нерселерге кызыкпа - адамдар сени жакшы көрөт".</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Бир киши пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) кайсы ишти аткарса Аллах Таала да, адамдар да жакшы көрөрүн сурайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): бул дүйнөдө ашыкча болгон, акыретиңе пайдасы жок, диниңе зыянын тийгизе турган нерселерден баш тартсаң, Аллах жакшы көрөт. Ал эми адамдардын колундагы нерселерден баш тартсаң, адамдар жакшы көрөт. Анткени алар дүнүйөнү жакшы көрөт, дүнүйө топтоодо атаандаш болгон адамды жаман көрүшөт. Аларга атаандашпай таштап койгон адамды жакшы көрүшөт.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Зухд адамдагы артыкчылыктуу сыпат, бул: акыретке пайдасы жок нерселерден баш тартуу.
+Зухддун мартабасы такыбалыктан жогору турат. Анткени, такыбалык - зыяндуу нерседен баш тартуу, зухд - акыретке пайдасы жок нерседен баш тартуу.
+Ас-Синдий мындай деген: "Адамдар дүнүйөнү жакшы көрүшөт. Аларга жолтоо болгон адам жолтоосуна жараша жек көрүлөт. Жолтоо болбой таштап койгон адам ошонусуна жараша алардын жүрөгүнөн сүйүү табат".</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/4307</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Жакшылык - мүнөздүн көркөмдүгү. Күнөө - жүрөгүңдү өйүгөн жана ал жөнүндө адамдардын билишин каалабаган нерсе</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Наввас бин Самаан (ага Аллах ыраазы болсун) айтат: Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшылык жана күнөө тууралуу сурадым. Ал мындай деди:  "Жакшылык - мүнөздүн көркөмдүгү. Күнөө - жүрөгүңдү өйүгөн жана ал жөнүндө адамдардын билишин каалабаган нерсе.".</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) бирр - жакшылык жана исм - күнөө жөнүндө сурашат. Ал минтип жооп берет:
+Жакшылыктын эң негизги белгиси бул Аллахка такыба болуу менен жакшы мүнөздө болуу, башкалардын зыянына сабыр кылуу, көп ачууланбоо, жарык маанайда болуу, сылык сүйлөө, карым-катыш кылуу, жумшак болуу, жакшы сухбат мамиле кылуу.
+Ал эми күнөө бул, жүрөккө шектүү болгон нерселер кирип, ага көңүл толбой, анын күнөө экенине шек жана коркунуч пайда болгондо, жана аны кадыр-барктуу, изги адамдарга көрсөтүүнү каалабай калганда  – мына ошол иш күнөө болот. Анткени, адамдын табияты жакшы амалдарынын элге көрүнүшүн жактырат. Эгер айрым иштеринин башкаларга көрүнүшүн жаман көрсө, анда ал амалда жакшылык жок, ал күнөө.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Хадис жакшы ахлакта болууга кызыктырат. Анткени, ахлактын жакшылыгы жакшылыктын эң негизги белгилеринин бири.
+Ыймандуу адам акыйкат менен жалганды аралаштырып, чаташтырбайт. Акыйкатты жүрөк нуру менен билет жана жалгандан качып, аны четке кагат.
+Күнөөнүн бир белгиси - жүрөктүн тынчсыздануусу жана ал ишин башкалардын көрүүсүн жактырбашы.
+Ас-Синди минтип айткан: бул (хадисте айтылган нерсе) — адамдар кайсы тарап туура экенин так билбей турган күмөндүү иштерге тиешелүү. Ал эми шариятта так буйрулган нерселер — эгер ага каршы эч кандай далил чыкпаса — бул жакшы амалдар болуп саналат. Ошондой эле шариятта так тыюу салынгандар — бул күнөөлөр болуп эсептелет. Мындай учурда жүрөктөн суроо же анын тынчтануусун издөө зарыл эмес.
+Бул хадисте кайрылып айтылып жаткан адамдар — табияты түз, фитраты таза болгон адамдар. Ал эми жүрөгү төңкөрүлүп, өзүнүн кумарына гана берилип калган, жакшылыкты жакшылык катары тааныбаган жана жамандыктан жийиркенбеген адамдарга бул тиешелүү эмес.
+Ат-Тийбий мындай деген: Хадистеги "бирр" (жакшылык) деген сөз бир канча мааниде чечмеленген. Кээ бир жерде напси жана жүрөк тынчтана турган деп айтылса, кээ биринде ыйман деп айтылган. Кээ биринде Аллахка жакындата турган нерсе деп айтылган. Бул жерде болсо жакшы ахлак деп чечмеленди. Ал эми жакшы ахлак деген: башкалардын ызасына сабыр кылуу, көп ачууланбоо, жарык маанайда болуу, сылык сүйлөө ж.б. Булардын баары мааниси жагынан жакын.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/4308</t>
+  </si>
+  <si>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Аллахтын Китеби үчүн, Аллахтын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Тамим ад-Даари, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Аллахтын Китеби үчүн, Аллахтын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Ислам динин кармануу - чын ыкластуулукка жана чынчылдыкка негизделгенин, Аллах буйругандай толук, кемчиликсиз жана алдамчылыксыз менен аткарылышын айтты.
 Пайгамбар, саллаллаху алейхи уа салламдан: «Насаат кимге берилет?» - деп сурашканда ал мындай деп айтты:
 Биринчиси: Насаат Аллах Таала үчүн б.а. чын-ыкластан Аллах үчүн иш-аракеттерди аткаруу, Ага шерик кошпоо. Ага рубубиятта, улухиятта жана ысым-сыпаттарында ыйман келтирүү, Анын буйругун бийик тутуп аткаруу жана Ага ыйман келтирүүгө чакыруу.
 Экинчиси: Насаат Аллахтын Китеби үчүн, ал Ыйык Куран б.а. бул Аллахтын сөзү, китептеринин акыркысы экендигине жана ал Куран өзүнөн мурунку бардык шарият мыйзамдарын жокко чыгарганына ишенүүбүз, Аны урматтообуз жана аны туура окуубуз керек. Андагы мухкам аяттарга амал кылуубуз жана муташабих аяттарга моюн сунуубуз. Аны бурмалоочулардын чечмелөөсүнөн коргообуз. Анын насааттарын, анын илимин таралуусун жана ага чакырууну  этибарга алуубуз керек.
 Үчүнчүсү: Насаат Аллахтын элчиси Мухаммад, саллаллаху алейхи уа саллам, үчүн б.а. ал элчилердин акыркысы экенине ишенүүбүз жана ал алып келген нерсени тастыктообуз, анын буйруктарына баш ийүүбүз жана тыюу салган нерселеринен сактануубуз, ал алып келген нерсе менен гана Аллахка ибадат кылуубуз, анын акысын улуктообуз, урматтообуз, анын даават, шарият мыйзамын жайылтуубуз жана Ага коюлган дооматтарды четке кагуубуз керек.
 Төртүнчүсү: Насаат мусулмандардын башчылары үчүн б.а. бул мусулмандардын башчыларына акыйкатты жайылтууда жардам берүү, алар менен бир иштерде талашып-тартышпоо жана Аллахка ибадат кылууда аларды угуп жана аларга моюн сунуу керек.
 Бешинчиси: Насаат жалпы мусулмандар үчүн б.а. бул жалпы мусулмандарга жакшылык кылуу жана аларга даават кылуу, аларга зыян жеткирүүдөн тыйылуу, аларга жакшылыктын жетүүсүн жакшы көрүү жана алар менен жакшылыкта жана такыбалыкта жардамдашуу.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Насаат кылууга буйруу бардык адамдар үчүн.
 Ислам дининдеги насаат макамынын улуулугу.
 Ислам дини ички ишенимдерди, тил амалдарын жана дене амалдарын камтыйт.
 Насаат – бул насаат кылынган адамды алдамчылыктан тазалап, ага жакшылык каалоо.
 Пайгамбар, саллаллаху алейхи уа салламдын, таалимди жакшы берүүсү. Анткени Пайгамбар, саллаллаху алейхи уа саллам, бир нерсени жалпылап айтып, андан соң аны майда-чүйдөсүнө чейин айтып берген.
 Негизги нерселердин эң негизгисинен баштоо. Мына ошондуктан Пайгамбар, саллаллаху алейхи уа саллам, насаат Аллах үчүн андан кийин Аллахтын Китеби үчүн, андан кийин Аллахтын  Элчиси үчүн, андан кийин мусулмандардын башчылары үчүн, андан кийин жалпы мусулмандар үчүн деп эң негизгисинен баштады.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>Эмизүү да төрөт (туугандык) арам кылган нерсени арам кылат</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Айша (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Эмизүү да төрөт (туугандык) арам кылган нерсени арам кылат".</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) тага, атасынын бир тууганы, өз бир тууганы сыяктуу текте жана бир туугандыкта арам кылган нерсени эмчектештик да арам кыларын айткан. Ошондой эле өкүмдөрдө бир туугандык адал кылган нерсени эмчектештик да адал кылат.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Бул хадис эмчектештиктин өкүмдөрүн камтыган эреже.
+Ибн Хажар минтип айткан: "Эмчек эмүү бир туугандык (төрөт) кандай нерселерди арам кылса, ошол нерселерди арам кылат" дегени, эмчек эмүү айрым нерселерди адал кылат, айрымдарын арам кылат. Бул маселе нике жана ага байланыштуу өкүмдөрдө ижма (бүт мусулмандар бир пикирде болушу) менен белгиленген. Тактап айтканда, эмизилген наристе менен аны эмизген аялдын балдарынын ортосунда махрамдык өкүмдөрү пайда болот; Алар бир туугандардай болуп эсептелет, ошондуктан бири-бирине караса да болот, жалгыз калып сүйлөшсө да болот, бирге сапарга чыкса да болот. Бирок, эмчек эмизүүнүн натыйжасында төрөткө байланышкан калган өкүмдөр келип чыкпайт: Мурастан үлүш алуу, нафаканы (каржылык чыгымды) камсыз кылуу, кулду азат кылуу, күбөлүк берүү, кун (өч алуунун ордуна төлөнүүчү төлөм), касасты (кандан өч алуу) түшүрүү, ж.б.
+Эмчектештикке тиешелүү болгон арам деген өкүм - түбөлүк арамдыкка кирет.
+Башка хадисте эмүү себептүү махрам болуу үчун абалкы эки жылдын ичинде ачык беш жолу эмүү шарт экени айтылган.
+Тек боюнча арам (махрам) болгондор: энелер, буга ата тарабынан да, эне тарабынан да өйдө карай чоң эне, таенелер кирет. Кыздар: буга кыздардын кыздары, балдардын кыздары, ылдый карай кете берет. Эже-карындаштар: ата менен эне тарабынан болсун, же экөөнүн бири тарабынан болсун айырмасы жок. Аммалар (атасынын эже-карындаштары): буга атасынын бир тууган жана башка бардык эже-карындаштары жана өйдө карай чоң аталарынын эже-карындаштары кире берет. Таежелер: буга энесинин бир тууган жана башка эже-сиңдилери, ошондой эле апа тарабынан жана ата тарабынан болгон чоң эне, таенелеринин эже-сиңдилери өйдө карай кире берет. Дагы бир тууган ага-инисинин кыздары, бир тууган эже-карындаштарынын кыздары жана төмөн карай булардын кыздары болуп уланып кете берет.
+Эмүү себептүү махрамдар, теги жагынан арам болгондор эмчектештик жагынан да арам болот. Тек жагынан арам болгон аялдардын баары эмчектештик жагынан да арам болот. Болгону, эмчектештик жактан бир тууганынын энеси жана баласынын бир тууган эже-карындашы арам болбойт.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/4311</t>
+  </si>
+  <si>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Ан-Нууман бин Башир, радыяллаху анху, риваят кылат. Нууман эки манжасы менен кулагынына ишара кылып: «Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум» - дейт. Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, нерселерге байланыштуу жалпы айтылган эрежени ачыктап жатат. Ал эреже шариятта үчкө бөлүнөт: Ачык-айкын адал, ачык-айкын арам жана өкүмдө адалдык жана арамдык жагынан ачык-айкын болбогон күмөндүү иштер. Анын өкүмүн көп адамдар биле бербейт.
 Демек кимде-ким ошол күмөндүү нерселерди таштаса, анда анын дини аны арамга түшүп калуудан сактайт жана анын намысы бул күмөндүү иштерди жасаган себебинен аны айыптаган адамдардын сөзүнөн аман болот. Кимде-ким күмөндүү нерселерден алыстабаса, анда ал же арамга түшүп калат, же адамдар анын намысына тийишет. Пайгамбар, саллаллаху алейхи уа саллам, күмөндүү нерселерди аткарып койгон адамдын абалын баяндоо үчүн мисал келтирди. Бул кожоюну коргогон жердин жанында малын жайып жүргөн чабанга окшош. Чабандын малы бул коруктун жанына жакын жайгашкандыктан, жайылып ага өтүп кетүүсүнө аз калат. Ошондой эле, кимде-ким күмөндүү бир ишти кылса, анда ал арамга жакындайт да ал арамга түшүп калышына аз калат. Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, денеде бир үзүм эт бар экенин, (ал жүрөк) ал оңолсо, дененин баары оңолоорун жана ал бузулса, дененин баары бузулаарын кабар берди.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Өкүмү тактала элек күмөндүү нерселерди таштоого үндөдү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4314</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
     <t>Оо, адамдар! Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларга пайгамбарларга буйруган нерсени буйруган</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Оо, адамдар! Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларга пайгамбарларга буйруган нерсени буйруган. Ал минтип айткан: "Оо, пайгамбарлар! Таза, адал нерседен жегиле! Ийги иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн" (Муминун, 51-аят). Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...”!" деген (Бакара, 172-аят). Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун)  алыс сапарга чыгып, чачы саксайып жүдөгөн, үстү-башын чаң баскан адам колун өйдө көтөрүп: “ “Оо, Раббим, оо, Раббим” деп дуба кылганын эскерип, анан мындай деди: “Анын жегени арам, ичкени арам, кийгени арам, арамдан азыктанат. Анан анын дубасы кантип кабыл болсун?!”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
 ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
 ثالثًا: يرفع يديه إلى السماء بالدعاء. 
 رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
 ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: Аллах Таала Таза, Ыйык, айып, кемчиликтерден аруу, толук сыпаттар менен сыпатталган. Сөздөрдүн, амалдардын, ишенимдердин тазасын гана кабыл кылат. Мындай ибадаттар калыс Аллах үчүн анан пайгамбардын көрсөткөн тартибинде болушу керек. Аллах Таалага ушндай жол менен гана жакындоого болот. Ыймандуу адам үчүн анын эң таза амалы - таза, адал ырыскы менен азыктануусу. Ошон үчүн Аллах Таала  ыймандууларды пайгамбарларды буйругандай таза, адал тамактанууга жана жакшы амалдарды аткарууга буйруган. Ал минтип айткан: "Оо, пайгамбарлар! Таза, адал нерседен жегиле! Ийги иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн". Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...”!" деген.
 Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким арамдан ырыскы жесе,   анысы аткарган амалын бузуп, анын сырткы көрүнүшү кабыл боло тургандай көрүнсө да, кабыл болбой каларын эскерткен. Кабыл боло тургандай көрүнгөн сырткы көрүнүштөр булар:
 Биринчи: Ажылык, жихад, же туугандар менен байланышуу сыяктуу Аллахка таат кылуу максатында болгон узун сапарлар.
 Экинчи: таралбай чатышып калган чачы, чаң басып калган кийими, анын муктаж экендигинен кабар берет.
 Үчүнчү: Колун асманга сунуп дуба кылганы.
 Төртүнчү: Аллахтын ысымдарын ортого салып, Оо, Раббим! Оо, Раббим! - деп жалбарганы.
 Ушундай себептердин болуусуна карабай анын дубасы кабыл болбойт. Анткени, анын жегени, ичкени, кийгени баары арамдан. Арам менен азыктанган. Мындай адамдын дубасы кайдан кабыл болмок эле.</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
     <t>Аллах Таала затында, сыпаттарында, иштеринде жана өкүмдөрүндө кемчиликсиз толук.
 Амалдар калыс Аллах үчүн, анан пайгамбар көрсөткөн тартипте болуусу буйрулган.
 Амал кылууга үндөгөн учурда шыктандыруучу сөздөрдү пайдаланууга болот. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Аллах Таала элчилерди буйруган нерсеге ыймандууларды да буйруган" - деп айтты. Ыймандуулар аларга буйрулуп жаткан иштер пайгамбарларга да буйрулганын билген соң ошол амалдарды кылууга шыктанып, аракет кылышат.
 Дубанын кабыл болуусун тыйып койо турган иштердин бири - арам тамактануу.
 Дубанын кабыл болуусуна себеп боло турган иштер бешөө: Бириничиси: Адамга кыйынчылык жараткан алыс сапар; Экинчиси: Адамдын жалбарган абалы; Үчүнчүсү: Колду асманга көтөрүү; Төртүнчүсү: Аллахтын рубубиятын кайталап Аллахка кайрылуу. Мындай кылуу дуба кабыл болуу үчүн өтө зарыл иштердин бири; Бешинчиси: жеген-ичкенинин адал, таза болуусу.
 Адалдан тамактануу жакшы иш-амалдарды аткарууга жардам бере турган иштерден.
 Ал-Каади (Ияд) минтип айткан: Таза ыпластын тескериси, эгер таза деген сыпат Аллах Таалага карата айтылса, бардык кемчиликтен таза, апааттардан алыс деген маани. А эгер бул сыпат менен пенде сыпатталса, жаман ахлактардан, бузук амалдардан таза, анын тескериси менен кооздолгон деген маани. Эгер мал-жандыктар сыпатталса жакшы мал-жандыктын адалдары максат кылынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4316</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا</t>
+    <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>Чынында, Аллах Таала күндүзү күнөө кылгандардын тобосун кабыл кылуу үчүн түнү колун созот. Түндө күнөө кылгандардын тобосун кабыл кылуу үчүн күндүзү колун созот. Анын мындай ырайымы күн батыштан чыкканча уланат</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>Абу Муса Ашари (ага Аллах ыраазы болсун) айтымында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, Аллах Таала күндүзү күнөө кылгандардын тобосун кабыл кылуу үчүн түнү колун созот. Түндө күнөө кылгандардын тобосун кабыл кылуу үчүн күндүзү колун созот. Анын мындай ырайымы күн батыштан чыкканча уланат.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын  тынчтыгы жана мактоосу болсун) Аллах Таала пенделеринин тообосун кабыл кыларын айтат. Эгер пенде күндүзү күнөө кылып, кечинде күнөөсүнө тообо кылса, Аллах Таала анын тообосун кабыл кылат. Эгер түндө күнөө кылып, күндүзү күнөөсүнө тообо кылса, Аллах Таала аны кабыл кылат. Аллах Таала пендесинин тообо кылганын сүйүнүп, кабыл кылуу үчүн колун созот. Ушинтип тообонун эшиги жабылуусу бул дүйнөнүн бүткөнүнөн кабар берет, бирок тообо эшиги күн батыштан чыкканга чейин ачык турат. Күн батыштан чыкканда, тообонун эшиги жабылат.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>Тообо эшиги ачык турган чакта бардык тооболор кабыл болот. Анын эшиги күн батыштан чыкканда жабылат. Адам кекиртегине өлүмдүн гаргарасы келгенге чейин, тагыраагы жан кекиртекке келгенге чейин тообо кылуусу керек.
 Күнөөнүн кечирилүүсүнөн үмүт үзүү - күнөө кылууга себеп болот. Аллах Тааланын кечирими жана ырайымы кенен. Тообонун эшиги дайыма ачык.
 Тообонун шарттары: биринчи, күнөөнү токтотуу. Экинчи, кылган күнөөсүнө өкүнүү. Үчүнчү, күнөөнү кайра эч качан кайталабоого чечим чыгаруу. Бул үч шарт пенденин Аллахтын акысына тиешелүү болгон күнөөлөрүнүн шарттары. Ал эми пенденин акысына тиешелүү күнөө болсо, анда тообо толук болуусу үчүн кимдин акысын бузган болсо, анын акысын берүү шарт, же акынын ээси (зулум чеккен адам) кечириши керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4318</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Чындыгында, Аллах баардык нерсеге жакшылык кылууну буйруган. Ошондуктан өлтүрсөңөр жакшылап өлтүргүлө, мууздасаңар жакшылап сойгула. Силердин муздоочуңар бычагын курчутсун, жандыктын жанын кыйнабай чыгарсын</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Шаддад бин Авс, радыяллаху анху, риваят кылган хадисте, ал айтты: «Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдан, эки нерсени жаттап алдым». Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, Аллах баардык нерсеге жакшылык кылууну буйруган. Ошондуктан өлтүрсөңөр жакшылап өлтүргүлө, мууздасаңар жакшылап сойгула. Силердин муздоочуңар бычагын курчутсун, жандыктын жанын кыйнабай чыгарсын».</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таала бизге бардык нерседе жакшылык кылууга буйруганын кабарлады. Жакшылык кылуу - бул ар дайым Аллахтын көзөмөлдөп туруусу, Ага ибадат кылуу, жакшылык кылуу жана макулуктарга зыян келтирүүдөн сактануу. Ошондой эле өлтүрүүдө да жана союуда да жакшылык кылуу.
 Касас өкүмүн тургузуп жаткан учурда да өлтүрүүдө жакшылык кылуу - бул өлүм жазасына тартылып жаткан адамды өлтүрүү үчүн эң оңой, эң жеңил жана тез жолду тандоо.
 Мал жандыкты союуда жакшылык кылуу – бул бычакты курчутуу менен малга жумшак мамиле кылуу. Малды каратып туруп анын алдында бычакты курчутпоо. Башка мал жандыктардын көз алдында мууздабоо.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Аллах Тааланын ырайымы жана Анын макулуктарына болгон боорукерлиги.
 Өлтүрүүнүн жана союунун жакшылыгы – шарият көрсөткөн түрдө болуусу.
 Шарияттын кемчиликсиздиги жана бардык жакшылыктарды камтышы. Мына ошол жакшылыктар жаныбарларга мээримдүүк кылууну жана аларга жумшак мамиле кылууну камтыйт.
 Адамды өлтүргөндөн кийин денесин кескилөөгө тыюу салынат.
 Жаныбарларды кыйнаган нерселердин бардыгына тыюу салынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Улуу Раббисинен риваят кылган хадисте мындай деп айтты: «Чындыгында, Аллах жакшылыктарды да, жамандыктарды да жазып анан аны ачык баяндады. Кимде-ким бир жакшылык кылууну каалап, аны аткара албай калса, анда Аллах Өзүндө ага толук жакшылык жазат. А эгерде ал ниет кылып аны аткарса, анда Аллах Өзүндө ага он эседен жети жүз эсеге чейин, бир канча эселетип  жазат. Кимде-ким бир жамандык кылууну ниет кылып, аны кыла албай калса, анда Аллах ага толук жакшылык жазат. А эгерде ниет кылып аны аткарган болсо, анда Аллах Өзүндө ага бир жамандыкты гана жазат».@</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, риваят кылат. Пайгамбар, саллаллаху алейхи уа саллам, Улуу Раббисинен риваят кылган хадисте мындай деп айтты: «Чындыгында, Аллах жакшылыктарды да, жамандыктарды да жазып анан аны ачык баяндады. Кимде-ким бир жакшылык кылууну каалап, аны аткара албай калса, анда Аллах Өзүндө ага толук жакшылык жазат. А эгерде ал ниет кылып аны аткарса, анда Аллах Өзүндө ага он эседен жети жүз эсеге чейин, бир канча эселетип  жазат. Кимде-ким бир жамандык кылууну ниет кылып, аны кыла албай калса, анда Аллах ага толук жакшылык жазат. А эгерде ниет кылып аны аткарган болсо, анда Аллах Өзүндө ага бир жамандыкты гана жазат».</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтын жакшылыктар менен жамандыктарды тагдыр кылып, анан аларды эки периштеге кантип жазууну көрсөткөнүн баяндады.
 Демек, кимде-ким бир жакшылык кылууну кааласа, ниет кылса жана аны аткарууга чечкиндүү киришсе, анда аны аткара албай калса деле ага бир жакшылык жазылат. А эгерде аны аткарса, анда он эседен жети жүз эсеге чейин бир канча эсе көбөйтүлүп жазылат. Бир канча эсе көбөйүү бул жүрөктөгү ыкластуулукка, пайданын келишишне ж.б.у.с. нерселерге жараша болот.
 Ал эми кимде-ким бир жамандык кылууну каалап, ниет кылып, чечкиндүү киришип анан аны Аллах үчүн таштаса, анда ага бир жакшылык жазылат. Эгерде анын себептерин кылбай, алек болуп таштап койсо, анда ага эч нерсе жазылбайт. А эгерде ал колунан келбей аны таштаса, анда анын ниети жазылат. А эгерде аны аткарса, анда ага бир жамандык эле жазылат.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Аллахтын бул үммөткө жакшылыктарды көбөйтүп, Аны Өзүнүн алдында жазып, жамандыктарды көбөйтпөөдөгү улуу пезилетин баяндоо.
 Иш-аракеттерди аткаруудагы ниеттин маанилүүлүгү жана анын  таасири.
 Аллах Тааланын пазилети, боорукердиги жана жакшылыгы бул кимде-ким бир жакшылык кылууга ниет кылып, аны аткара албай калса, анда Аллахтын ага жакшылык жазуусу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4322</t>
   </si>
   <si>
-    <t>أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ</t>
+    <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
     <t>Эң сүйүктүү досум (пайгамбар) (ага Аллахтын тынчтыгы жана мактоосу болсун) мага үч ишти осуят кылды: ар айда үч күндөн орозо кармоону; (күн сайын) эки рекеттен чашке намазын окууну; уктаардан мурда витр намазын окуп жатууну</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Эң сүйүктүү досум (пайгамбар) (ага Аллахтын тынчтыгы жана мактоосу болсун) мага үч ишти осуят кылды: ар айда үч күндөн орозо кармоону; (күн сайын) эки рекеттен чашке намазын окууну; уктаардан мурда витр намазын окуп жатууну".</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
 الأولى: صوم ثلاثة أيام من كل شهر. 
 الثانية: ركعتي الضُّحَى كل يوم. 
 الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) сүйүктүү пайгамбары жана жолдошу (ага Аллахтын тынчтыгы жана мактоосу болсун) ага үч ишти осуят кылып эскерткенин кабарлайт:
 Биринчиси: ар бир айда үч күн орозо кармоо.
 Экинчиси: күн сайын эки рекет чашке намазын окуу.
 Үчүнчүсү: уктаардан мурда витр намазын окуу. Витр намаз мындай убакта окуу уйкудан ойгонбой калам деп корккон адамдар үчүн.</t>
   </si>
   <si>
     <t>اختلاف وصايا النبيِّ صلى الله عليه وسلم لأصحابه: مَبنيٌّ على عِلْمِه صلى الله عليه وسلم بأحوال أصحابه، وما يُناسِب كلَّ واحد منهم، فالقوي يُناسبه الجهاد، والعابد تُناسبه العبادة، والعالِم يُناسبه العِلْم، وهكذا.
 قال ابن حجر العسقلاني في قوله: صوم ثلاثة أيام من كل شهر، الذي يظهر أن المراد بها البِيْض؛ وهي: يوم الثالث عشر، والرابع عشر، والخامس عشر، من الشهر الهجري.
 قال ابن حجر العسقلاني: فيه استحباب تقديم الوتر على النوم، وذلك في حقِّ مَن لم يَثِق بالاستيقاظ.
 أهمية هذه الأعمال الثلاثة؛ لوصية النبي صلى الله عليه وسلم عَدَدًا من أصحابه بها.
 قال ابن دقيق العيد في قوله: (وركعتي الضحى): لعلّه ذَكَر الأقَلَّ الذي يوجد التأكيد بفعله، وفي هذا دلالة على استحباب صلاة الضحى، وأنَّ أقلها ركعتان.
 وقت صلاة الضحى: من بعد شروق الشمس بربع ساعة تقريبًا، ويَمتَد وقتُها إلى ما قبل الظهر بعشر دقائق تقريبًا، وعددها: أقلها ركعتان، واختُلف في أكثرها؛ فقيل: ثماني ركعات، وقيل: لا حد لأكثرها.
 وقت الوتر: من بعد صلاة العشاء إلى طلوع الفجر، وأقله ركعة، وأكثره إحدى عشرة ركعة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына айткан осуяттарынын ар түрдүү болуусуна сахбаларынын абалын жакшы билгени себеп. Алардын кимиси эмнеге ылайык экенин жакшы билген. Күчтүү адам жихад кылууга ылайык. Ибадаткөй адам ибадат кылганга ылайык. Аалым адам илим таратканга ылайык, ж.б.
 Ибн Хажар ал-Аскалани минтип айткан: ай сайын үч күндөн кармалуучу орозо дегени, ай толгон учурдагы, б.а. хижра жыл санагы боюнча он үч, он төрт жана он бешинчи күндөгү орозолор.
 Ибн Хажар ал-Аскалани дагы мындай деген: Мында витр намазын уйкудан мурда окуу жакшы экени айтылган. Мындай кылуу уйкудан кайра ойгоно албай калам деп корккон адамдар үчүн.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир канча сахабасына ушундай осуят кылгандыктан, бул үч амалдын өтө зарылдыгын билебиз.
 Ибн Дакик ал-Ийд "Эки рекет чашке" намазы тууралуу мындай дейт: балким аткарылышы зарыл болгон эң аз сан айтылгандыр. Бул чашке намазынын абзелдигине жана анын эң аз өлчөмү эки рекет экендигине ишарат кылат.
 Чашке намазынын убактысы: Күн чыккандан болжолдуу он беш мүнөт өткөндөн баштап, чак түшкө он мүнөт калганга чейин. Ирекеттеринин саны: азы эки ирекет, көбү жөнүндө кайчы пикирлер бар. Кээ бирлер сегиз ирекет деген. Кээ бирлер көбүнө такталган чек жок дешет.
 Витр намазынын убактысы: Куптан намазынан кийин башталып, таң сүргөнгө чейин. Азы бир ирекет, көбү он бир ирекет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4538</t>
   </si>
   <si>
-    <t>إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ</t>
+    <t>إذا رأيتموه فصوموا، وإذا رأيتموه فأفطروا، فإن غم عليكم فاقدروا له</t>
   </si>
   <si>
     <t>Жаңырган айды көрүп орозо кармагыла. Жаңырган айды көрүп орозоңорду бүтүргүлө. Эгер күн бүркөк болуп калса, эсеп менен чыгаргыла</t>
   </si>
   <si>
     <t>عَنْ ابْنَ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ».</t>
   </si>
   <si>
     <t>Ибн Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактосу болсун) минтип айтканын уктум: "Жаңырган айды көрүп орозо кармагыла. Жаңырган айды көрүп орозоңорду бүтүргүлө. Эгер күн бүркөк болуп калса, эсеп менен чыгаргыла".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم علامةَ دخول شهر رمضان وخروجه، فقال: إذا رأيتم هلال رمضان فصوموا، فإنْ حَالَ بينكم وبينه غَيْمٌ وسُتِرَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر شعبان، وإذا رأيتم هلال شوال فأفطروا، فإنْ حال بينكم وبينه غَيْمٌ وسُترَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر رمضان.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Рамазан айынын башталышынын жана бүтүүсүнүн белгиси тууралуу баяндап: Эгер Рамазандын айын көрсөңөр орозо туткула. Эгер күн бүркөк болуп ай көрүнбөй калса, анда Шаабан айын эсептеп отуз күн болгондо орозо кармай бергиле. Эгер Шаввалдын айын көрсөңөр оозуңарды ачкыла. Күн бүркөө болуп ай көрүнбөй калса, Рамазанды эсептеп отуз күн болгондо орозону бүтүрө бергиле.</t>
   </si>
   <si>
     <t>الاعتماد على الرؤية لا على الحساب في إثبات دخول الشهر.
 نقل ابن المنذر الإجماع على أنه لا يجب الصيام إذا كان دخول شهر رمضان بالحساب فقط دون الرؤية.
 وجوب إكمال شعبان ثلاثين يومًا إذا حال دون رؤية هلال رمضان غَيْمٌ أو نحوه .
 الشهرُ القَمَريُّ لا يكون إلا تسعةً وعشرون يومًا، أو ثلاثين يومًا.
 وجوب إكمال رمضان ثلاثين يومًا إذا حال غيم أو نحوه دون هلال شوال.
 من كان بموضع ليس فيه مَن يَتَفَقَّدُ أَمْرَ المسلمين في الصوم، أو كان ممن يضيِّع ذلك فينبغي أن يراعي ذلك ويَتفقده بمَن يثبت ذلك عنده برؤية نفسه أو برؤية من يثق به؛ فيصوم بذلك ويفطر.</t>
   </si>
   <si>
     <t>Эсеп боюнча айдын киргенине эмес, жаңырган айды көрүүгө таянуу керек.
 Ибн Мунзир "Рамазан айы көрүнбөй, бирок эсеп боюнча ай кирсе, орозо кармалбайт" деген аалымдардын жалпы пикирин айтып өткөн.
 Эгер күн бүркөө болуп ж.б.у.с. себептерден улам Рамазандын жаңырган айы көрүнбөй калса, анда Шаабан айын толук отуз күн кылуу важыб.
 Ай календары боюнча ар бир ай же жыйырма тогуз, же отуз күн болот.
 Эгер күн бүркөө болуп же башкка себептерден улам Шаввалдын жаңырган айы көрүнбөй калса, анда Рамазан айын толук отуз күн кылуу важыб.
 Кимде-ким мусулмандарга орозо тууралуу маселелерди аныктап бере турган жооптуу адам жок жерде же ал адам жоопкерчиликсиз адам болсо, анда айды өзү көрүп же өзү ишенген бирөөнүн көрүүсү менен орозо кармап жана орозону бүтүрүүсү зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4549</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Чындыгында, Аллах силердин келбетиңерге жана байлыгыңарга карабайт, бирок жүрөгүңөргө жана иш-аракетиңерге карайт</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, Аллах силердин келбетиңерге жана байлыгыңарга карабайт, бирок жүрөгүңөргө жана иш-аракетиңерге карайт».</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Тааланын пенделеринин келбеттерине, алардын денелерине, алар сулуубу же сулуу эмесби, бул чоңбу же кичинеби, же ден соолугу тазабы же оорулуубу? - деп карабай турганын баяндады. Жана Аллах алардын акчасынын аз же көп экендигине карабайт. Аллах Таала пенделерин бул иштерден жана алардагы айырмачылыктары үчүн аларды азаптабайт. Бирок Аллах алардын жүрөктөрүнө жана жүрөктөрүндөгү такыбалыкка, ишеничке, чынчылдыкка, ыкластуулукка, же жоро көрсүн жана эл уксун деген максатына карайт.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Жүрөктү оңдоого кам көрүү жана аны ар кандай жаман сыпаттардан тазалоо.
 Жүрөк ыкластуулук менен оңолот, ал эми иш-аракеттер Пайгамбар, саллаллаху алейхи уа салламды, ээрчүү менен оңолот. Аллах Тааланын алдында ушул экөөсү эске алынат жана аларга көңүл бурулат.
 Адам акчасына, сулуулугуна, денесине жана бул дүйнөнүн көрүнүштөрүнө алданбашы керек.
 Ички дүйнөнү оңдобостон, сырткы көрүнүшкө таянып калуудан эскертүү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ</t>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
   </si>
   <si>
     <t>Аллах жана Анын элчиси аракты сатууну, өлүмтүктү, чочкону жана буттарды арам кылды</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
   </si>
   <si>
     <t>Жаабир бин Абдуллахтын (ал экөөнө Аллах ыраазы болсун) айтымында, жеңиш жылы Меккеде ал пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уккан: "Аллах жана Анын элчиси аракты сатууну, өлүмтүктү, чочкону жана буттарды арам кылды". Бирөөлөр: "О, Аллахтын элчиси, өлүмтүктүн майына эмне дейсиз? Аны  кайыктарды жана терилерди майлоодо колдонуп, адамдар чыракка жагып пайдаланышат" - дешти. Аллахтын элчиси: "Жок. Ал арам" - деди. Анан: "Аллах Таала кыйратып жок кылгыр жөөттөр, Аллах аларга майды арам кылганда алар аны ээритип, анан аны сатып акчасын жешкен" - деп кошумчалады.</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>Жаабир бин Абдуллах (аларга Аллах ыраазы болсун) Мекке мусулмандардын колуна өткөн жылы Меккеде пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Аллах жана Анын элчиси аракты сатууну, өлүмтүктү, чочкону жана буркандарды арам кылды - деп айтканын угат. Бирөө: өлүмтүктүн майын сатып пайдалана берсек болобу? - деп сурайт. Анткени, май менен кайыктардын түбүн майлап, терилерди майлап, чыракка куйуп күйгүзүшөт дейт. Пайгамбарыбыз: жок, өлүмтүктүн майын да сатуу арам - дейт. Анан пайгамбарыбыз: Аллах Таала жөөттөрдү кыйратып жок кылсын, аларга наалаты болсун. Анткени алар Аллах Таала аларга мал-жандыктын майын арам кылганда алар аны сызгырып, ээритип анан аны сатып, акчасын жей беришкен - деп кошумчалайт.</t>
   </si>
   <si>
     <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
 قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
 قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
 كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
 قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
   </si>
   <si>
     <t>Ан-Навави минтип айткан: Арак, өлүмтүк жана чочко, булардын баарынын соодасы, тагыраагы, акчасы арам экенин бардык мусулман аалымдар бир ооздон айтышкан.
 Ал-Каази минтип айткан: Бул хадис жегенге жана пайдаланганга арам болгон нерсенин баарынын акчасы да арам болорун ичине камтыйт. Хадисте айтылган май сыяктуу.
 Ибн Хажар минтип айткан: Хадистин контекстинен "бул арам" дегени пайдаланууга эмес, сатууга карата айтылып жатканы анык билинип турат.
 Арам нерсени адалга айлантууга жасалган куулуктун баары батыл, жараксыз.
 Ан-Навави минтип айткан: Аалымдар өлүмтүктү сатуунун арам экенине согушта өлгөн каапырлардын жасаты үчүн акы алуу да кирерин айтышкан. Эгер мусулмандар өлтүргөн каапырдын денесин сатып алабыз дешсе, же анын акысына башка бир нерсени сунушташса, аны сатууга болбойт. Бир хадисте мындай окуя болгон: Аңгек согушунда мусулмандар Навфал бин Абдуллах ал-Махзумини мусулмандар өлтүрүшкөндө анын жасатын алуу үчүн каапырлар пайгамбарыбызга он миң дирхам сунуштаган. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны алган эмес жана каапырдын жасатын аларга жөн эле өткөрүп берген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4556</t>
   </si>
   <si>
-    <t>إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ</t>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>Аллах Таала силерге да садакадай сооптуу иштерди бербеди беле? Ар бир тасби айтканыңар - садага, Ар бир такбир айтканыңар - садага. Ар бир мактоо айтканыңар - садага. Ар бир - тахлил айтканыңар - садага. Жакшылыкка чакырганыңар - садага, жамандыктан тыйганыңар да - садага. Атүгүл, аялдарыңарга жакындык кылганыңар да - садага" - деди</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Абу Зар, (ага Аллах ыраазы болсун) айтат: Сахабалардын бир тобу пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) келип: "О Аллахтын элчиси, колунда барлар сооп топтоодо бизден озуп кетишти. Алар биздей эле намаз окушат, биздей эле орозо кармашат, бирок байлыгы бар болгондуктан садака да беришет" - дешти. Ал:   "Аллах Таала силерге да садакадай сооптуу иштерди бербеди беле? Ар бир тасби айтканыңар - садага, Ар бир такбир айтканыңар - садага. Ар бир мактоо айтканыңар - садага. Ар бир - тахлил айтканыңар - садага. Жакшылыкка чакырганыңар - садага, жамандыктан тыйганыңар да - садага. Атүгүл, аялдарыңарга жакындык кылганыңар да - садага" - деди. Сахабалар: "Биз кумар каалообузду кандыруу үчүн жакындайбыз го, ошого да сооп жазылабы?" - деп сурашты. Ал: "Эгер бул ишти арам жол менен кылсаңар, ага күнөө жазылат беле? Ошол сыяктуу эле адал жол менен кылганыңар үчүн сооп жазылат" - деди.</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Кээ бир колу жука сахабалар өздөрүнүн жардылыгын, башка бай сахабалар сыяктуу садага берип, сооп топтоого чамалары жоктугун айтып даттанат. Алар деле биздей намаз окуп, орозо кармап, бирок байлыгынан садага да берип жатышат. Биз болсо садага бере албайбыз дешет. Ошондо пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга садаганын сообундай эле сооптуу иштерди айтат: Аллах Таала силерге деле өзүңөр үчүн бере турган садагаларды бербедиби? Мисалы, "субхан Аллах" деп айтсаңар, силерге садага бергендин сообу болот. Ошондой эле "Аллаху акбар", "Алхамду лиллах", "Лаа илааха иллаллах" деп айтканыңар садага. Жакшылыкка чакырып, жаманыктан тыйганыңар садага. Ал эмес аялыңар менен кошулганыңар да садага. Сахабалар таң калышып: "Оо, Аллахтын элчиси, бирөөбүз өз кумарын кандыруу үчүн аялына кошулса, ошого да сооп жазылабы?" - деп сурашат. Пайгамбарыбыз: "Эгерде ушул ишти зына, же башка бир арам жол менен кылса күнөө жазылат беле? Эми аны адал жол менен кылса, ага сооп жазылат" - деди.</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Сахабалар жакшы иштерди кылууда жарышкан. Аллахтан көбүрөөк сооп алууга кызыгып, аракет кылышкан.
+Жакшы иштердин түрү көп. Таза ниет, жакшы максат менен аткарылган иштин баары жакшы, сооптуу иштер болуп эсептелет.
+Ислам дини жеңил, оңой. Ар бир мусулман өзүнүн колунан келе турган амалды таба алат.
+Имам Навави мындай деген: Бул хадис мубах иштер жакшы ниеттин негизинде ибадатка айланарына далил. Аялга кошулуу жубайынын акысын берүүнү, Аллах буйруган жакшы мамилени аткарууну, ыймандуу балалуу болууну, өзүн жана аялын арам иштен, арамга кароодон, арамды пикир кылуудан тосууну, же дагы бир башка жакшылыкты ниет кылса, бул да ибадат болуп эсептелет.
+Салыштырып, окшотуу менен мисал кылуу уккан адамга ары түшүнүктүү, ары жеткиликтүү болот.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
   </si>
   <si>
     <t>Мурдагы пайгамбарлардын сөздөрүнөн адамдарга кеңири тараганы: "Эгер уялбасаң, каалаганыңды кыла бер" деген сөз</t>
   </si>
   <si>
     <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>Абу Масуд (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мурдагы пайгамбарлардын сөздөрүнөн адамдарга кеңири тараганы: "Эгер уялбасаң, каалаганыңды кыла бер" деген сөз".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: мурдагы пайгамбарлардын осуяттарынан кылымдан кылымга өтүп эл арасында айтылып акыркы үммөткө чейин жеткен сөз: эмне кылганы жатканыңа кара, эгер ал ишиң үчүн уялбай турган болсоң, кыла бер. А эгер ал ишиң үчүн уяла турган болсоң, аны кылба. Анткени, жаман ишти кылуудан тосуп турган нерсе уяттуулук. Кимде уяты жок болсо, ал бардык жаман, бузук иштерди кыла берет.</t>
   </si>
   <si>
     <t>الحياء أصل الأخلاق الكريمة.
 الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
 الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
 قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
   </si>
   <si>
     <t>Уяттуулук - жакшы мүнөздөрдүн тамыры.
 Уяттуулук пайгамбарлардын сыпаты. Алардан санат болуп калган.
 Уяттуулук мусулманды аны көркүнө чыгарып, кадырын көтөрө турган жакшы иштерди аткартып, көркүн бузуп, кадырын түшүрө турган жаман иштерден тыйып турат.
 Ан-Нававий минтип айткан: Мында мубах амал жөнүндө айтылган. Тагыраак айтканда, бир ишти аткарууну кааласаң, ал иш үчүн Аллахтын же адамдардын алдында уят болуп калбай турган болсоң, аны аткара бер. Эгер уят болуп кала турган болсоң, аны аткарба. Исламдын жолу да ушундай. Мунун себеби, буйрулган иштер важыб жана мандуб, аларды аткарбай коюу уят. Тыйылган иштер арам жана макирөө, аларды аткаруу уят. Ал эми мубах иште уялуу да, уялбоо да жайыз. Хадис беш өкүмдү өзүнө камтыйт, коркутуу түрүндөгү буйрук деген да пикир бар, б.а. эгер сенде уятың жок болсо,каалаганыңды кыла бер, Аллах сени Өзү жазалайт деген маани. Кабар маанисинде айтылган буйрук деген да пикир бар. Ким уялбаса, каалаганын жасай берет деген мааниде.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4559</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>«Чындыгында, иш-аракеттер ниеттерге жараша болот. Ар бир адам ниет кылганына жетет. Кимдин хижраты Аллах жана Анын Элчиси үчүн болсо, анда анын хижраты Аллах жана Анын элчиси үчүн болот. Ал эми кимдин хижраты дүнүйөгө жетүү үчүн же аялга үйлөнүү үчүн болсо, анда анын хижраты эмнеге болсо ошол үчүн хижрат кылган болот». Ал эми имим Бухаринин риваятында: «Чындыгында, иш-аракеттер ниеттерге жараша болот. Ар бир адам ниет кылганына жетет» - деп келет.*@</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Умар ибн аль-Хаттаб, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, иш-аракеттер ниеттерге жараша болот. Ар бир адам ниет кылганына жетет. Кимдин хижраты Аллах жана Анын Элчиси үчүн болсо, анда анын хижраты Аллах жана Анын элчиси үчүн болот. Ал эми кимдин хижраты дүнүйөгө жетүү үчүн же аялга үйлөнүү үчүн болсо, анда анын хижраты эмнеге болсо ошол үчүн хижрат кылган болот». Ал эми имим Бухаринин риваятында: «Чындыгында, иш-аракеттер ниеттерге жараша болот. Ар бир адам ниет кылганына жетет» - деп келет.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бардык иш-аракеттерде ниеттер эске алынарын кабар берип жатат. Бул өкүм бардык ибадаттарда жана соода-сатыктарда жалпы болоору айтылды. Ошондуктан кимде-ким өз ишинде пайда көрүүнү ниет кылса, анда ал бул ниети менен пайдадан башка эч нерсеге жетпейт жана ага эч кандай сооп да болбойт. Ал эми кимде-ким өз иши менен Аллах Таалага жакындоого ниет кылса, анда ал иши жеп-ичүү сыяктуу катардагы иш болсо да, ал бул ниети менен соопко жана сыйлыкка жетет.
 Андан кийин, Пайгамбар, саллаллаху алейхи уа саллам, ниет менен амалдар сырткы сүрөтүнөн бирдей болгонуна карабастан ниеттин амалдарга тийгизген таасирин көрсөтүү үчүн мисал келтирди. Ошондуктан Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким хижрат кылууга ниет кылып Раббисинин ыраазычылыгын көздөп мекенин таштап кеткен болсо, анда анын хижраты кабыл болгонун, Ислам шариятына дал келген хижрат экенин жана ниетинин чынчылдыгынан улам хижранын сообуна да ээ болорун ачык айтты. Ал эми кимде-ким хижрат кылуу менен акча, кадыр-барк, соода же аял сыяктуу дүнүйөлүк пайданы ниет кылса, анда ал хижраттан ал ниет кылган пайдасына гана жетет жана ага сооптон үлүш болбойт.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Иш-аракеттерди калыс Аллах үчүн аткарууга үндөө. Анткени Аллах Өзүнүн жүзү үчүн аткарылган иш-аракеттерден башкасын кабыл албайт.
 Эгерде балакатка жеткен адам Аллах Таалага жакындата турган амалдарды адатынча аткарса, анда ал амалдары менен Аллахка жакындоого ниет кылмайынча ал үчүн сооп болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>«Күндөрдүн биринде биз Аллахтын элчисинин жанында олтурган элек. Ошол учурда жаныбызга аппак кийимчен, чачтары капкара болгон бир киши келди. Анын кейпинде мусапырлык белги да жок, эч кимибиз аны тааныбайт да экенбиз. Ал келип эле Аллахтын элчисинин тизесине тизесин тийгизип, колдорун сандарына коюп олтурду да:
 – Оо, Мухаммад! Мага Ислам жөнүндө айтып бер. - Деди. Аллахтын элчиси:
 – Ислам – бул Аллахтан башка сыйынууга татыктуу кудай жок экендигине жана Мухаммад Анын элчиси экендигине күбөлүк берүүң, намазды толук аткарууң, зекет берүүң, Рамазан орозосун тутууң жана күчүң жетсе каабага ажылык кылууң. - Деп жооп берди. Жанагы киши:
 – Туура айттың. - Деди.
 Биз анын суроо берип, кайра өзү тастыктап жатканына таң калдык. Андан кийин ал:
 – Эми мага Ыйман жөнүндө айтып бер. - Деп сурады. Аллахтын элчиси:
 – Ыйман – бул Аллахка, Анын периштелерине, Анын китептерине, Анын пайгамбарларына, акырет күнүнө жана жакшылык менен жамандык тагдырдан болоруна ишенүүң. - Деп жооп берди. Ал киши:
 – Туура айттың. - Деди. Анан:
 – Эми мага Ихсан жөнүндө айтып бер. - Деди. Аллахтын элчиси: Ихсан – бул сен Аллахты көрүп турганыңдай Ага сыйынууң. Сен Аны көрбөсөң да, Ал сени сөзсүз түрдө көрүп турат. - Деп жооп берди. Ал киши:
 – Кыямат качан болорун айтып бер. - Деди. Аллахтын элчиси:
 – Бул жөнүндө суралуучу сурап жаткандан артык билбейт. - Деп жооп берди. Ал киши:
 – Андай болсо, мага кыяматтын белгилери туурасында айтып бер. - Деди. Ал айтты:
 – Күңдөн өзүнүн кожоюну төрөлөт, жылаң аяк, киерге кийими жок кедей малчылар бийик-бийик имараттарды курууда бири-бири менен атаандашканына күбө болосуң. - Деп жооп берди.
 Умар айтты: «Андан кийин ал киши кетип калды. Арадан бир топ убакыт өткөндөн кийин Аллахтын элчиси менден:
 – Эй, Умар! Суроо узаткан киши ким экенин билесиңби? - Деп сурады. Мен:
 – Аллах жана Анын элчиси жакшы билет. - Деп жооп бердим. Ошондо ал:
 – Чындыгында, ал Жебреил периште болчу. Силерге диниңерди үйрөткөнү келген эле. - Деп айтты».*@</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Умар ибн аль-Хаттаб, радыяллаху анху, мындай деди: «Күндөрдүн биринде биз Аллахтын элчисинин жанында олтурган элек. Ошол учурда жаныбызга аппак кийимчен, чачтары капкара болгон бир киши келди. Анын кейпинде мусапырлык белги да жок, эч кимибиз аны тааныбайт да экенбиз. Ал келип эле Аллахтын элчисинин тизесине тизесин тийгизип, колдорун сандарына коюп олтурду да:
@@ -6319,829 +6531,992 @@
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламдын, жакшы кулк-мүнөзү жана анын сахабалары менен отурушу жана сахабалар аны менен бирге отурушу.
 Тынчсызданбай, коркпой сураш үчүн суроо берүүчүгө боорукер болуу жана аны жакын тутууга шарт түзүү.
 Мугалим менен болгон адеп. Бул Жебреил периштенин Пайгамбар, саллаллаху алейхи уа салламдын, алдына андан илим алуу үчүн адептүү болуп отурушу.
 Исламдын түркүгү бешөө, ал эми ыймандын негиздери алтоо.
 Ислам менен ыйман сүйлөмдө чогуу келгенде Ислам тышкы иштерди, ал эми ыйман ички иштерди түшүндүрөт.
 Динде ар кандай даражалар бар экенин баяндоо.
 Биринчи даража: Ислам, экинчи: Ыйман жана үчүнчү даража: Ихсан. Бул ихсан даражалардын эң жогоркусу.
 Суроочудагы негизги нерсе бул билимсиздик. Сабатсыздык суроо бөрүүгө түрткү болот. Ошондуктан сахабалар ал кишинин суроо берип анан аны тастыктаганына таң калышты.
 Эң негизги нерседен баштоо. Анткени Исламды чечмелөөдө эки күбөлүк келиме менен башталып, ыйманды чечмелөөдө Аллахка ыйман келтирүү менен башталды.
 Суроо узаткан адам башкалар билсин деп билген нерсесин аалымдардан суроосу.
 Кыяматтын качан болорун билүү илими – бул Аллах сактап койгон илим.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4563</t>
   </si>
   <si>
-    <t>دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ</t>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
   </si>
   <si>
     <t>Шек-күмөн жаратып турган ишти таштап, шек-күмөнү жок ишти аткар. Чынчылдык - бейкуттукту, жалган айтуу болсо, шектенүүнү алып келет</t>
   </si>
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>Абу Хавра Саъидий айтат: Хасан бин Алиге (аларга Аллах ыраазы болсун): Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) угуп эстеп калган хадистериң барбы? - дедим. Ал: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дегенин эстеп калгам: "Шек-күмөн жаратып турган ишти таштап, шек-күмөнү жок ишти аткар. Чынчылдык - бейкуттукту, жалган айтуу болсо, шектенүүнү алып келет".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамга шек-күмөн жараткан сөз болсун же иш болсун аны таштоого буйруган. Мейли ага тыюу салынган болсун, мейли тыюу салынбасын, мейли арам, мейли адал болсун. Анын ордуна шек-күмөнү жок, адалдыгы, жакшылыгы анык болгонду алсын. Ошондо жүрөк тынчтанат. Ал эми шектүү нерсе жүрөктү тынчсыздандыра берет.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>Мусулман адам өз ишин ачык-айкындыкка негиздеп, күмөндүү нерселерди ташташы керек. Дининде көрөгөч болуусу зарыл.
 Шек-күмөндүү иштерге кирүүгө тыюу салынган.
 Эгер бейпилдикти, ырахатты кааласаң, шектүү нерселерди таштап, аларды четке ыргыт.
 Пенделерин жан дүйнөнү эс алдырган иштерге буйруп, тынчын кетирген иштерден тыйганы Аллах Тааланын ырайымдуулугунан.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4564</t>
   </si>
   <si>
-    <t>صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً</t>
-[...2 lines deleted...]
-    <t>Кишинин (мечитте) жамаат менен окуган намазы, анын үйүндө же базарында окуган намазынан жыйырма канча даража ашыкча болот.</t>
+    <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
+  </si>
+  <si>
+    <t>Кишинин (мечитте) жамаат менен окуган намазы, анын үйүндө же базарында окуган намазынан жыйырма канча даража ашыкча болот</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кишинин (мечитте) жамаат менен окуган намазы, анын үйүндө же базарында окуган намазынан жыйырма канча даража ашыкча болот.  Бул мындай, эгер алардын бири даарат алганда жеткиликтүү даарат алса, анан намаз окуу үчүн гана мечитке келсе, анын ар бир шилтеген кадамына даражасы көтөрүлөт, ошого жараша катасы өчүрүлөт. Ошентип мечитке кирип, канча убакыт намазды күтүп отурса, намазда отургандай эсептелет. Силерден бирөөңөр намаз окуган ордунда отурса, анын даараты бузулбаса же бирөөгө зыян тийгизбесе, периштелер ага дуба кылып:    
 Аллахым, ага ырайым кыл. Аллахым, аны кечир. Аллахым, анын тобосун кабыл кыл дешет".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман адам намазды жамаат менен окуса, анын бул намазы үйдө же базарда окуган намазынан жыйырма канча барабар абзел болорун айткан. Анан мунун себебин чечмелеген: Киши дааратын толук, жеткиликтүү алып, анан намаз окуу ниети менен мечитке жөнөсө, таштаган кадамына жараша мартабасы жана орду жогорулайт, ошондой эле ошого жараша каталары өчүрүлөт. Мечитке киргенден кийин намазды күтүп отурса, күтүп отурган учурунда да намаз окугандын сооп-сыйын алат. Ал намаз окуган орунунда отурганда периштелер ага дуба кылат: "Аллахым, ага ырайым кыл. Аллахым, аны кечир. Аллахым, анын тобосун кабыл кыл" дешет. Эгер ал дааратын сындырбаса же адамдарга же периштелерге зыян тийгизе турган иш кылбаса.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Адамдын үйүндө же базарда жалгыз окуган намазы жарактуу, бирок жамаатты себепсиз калтырганы үчүн күнөөкөр болот.
 Мечитте жамаат менен окулган намаз, адамдын өзү жалгыз окуган намазынан жыйырма беш же жайырма алты, же жыйырма жети барабар абзел.
 Периштелердин озуйпаларынын бири - ыймандуу пенделерге дуба кылуу.
 Мечитке даарат менен баруу артыкчылыктуу иш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4566</t>
   </si>
   <si>
-    <t>كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ</t>
+    <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>Адам баласы ар бир дене мүчөсү үчүн күн сайын садага берүүсү керек</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адам баласы ар бир дене мүчөсү үчүн күн сайын садага берүүсү керек . Анын эки адамды жараштырып койгону - садага. Бирөөнү атына аттантып, жүгүн артып бергени - садага. Жакшы сөз - садага. Намаз окуу үчүн мечитке таштаган ар бир кадам - садага. Жолду зыяндуу нерседен тазалоо - садага".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир балакат жаш курагына жеткен мусулман таза ден-соолугуна шүгүр иретинде Аллах үчүн күн сайын дене мүчөлөрүнүн санынча садага бериши керектигин айткан. Бул садагалар мал-мүлктөн гана бере турган садага эмес, жакшы иштердин баарына тиешелүү садагалар. Алардын кээ бири төмөнкүлөр: Урушкан эки адамды жараштырып коюу - садага. Алсыз болгон бирөөнү улоосуна мингизип, жүгүн артып берүү да - садага. Дуба, зикир же салам айтуу сыяктуу жакшы сөздөрдүн баары - садага. Мечитке карай таштаган кадамдын баары - садага. Зыяны тие турган нерсени жолдон алып таштоо - садага.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>Адам баласынын сөөк, тарамыштарынын тартиптүү кыймылдап турганы Аллах Тааланын бизге берген эң чоң нээмат жакшылыгы. Ошон үчүн Аллахтын бул жакшылыгына шүгүр кылып, ар бир мүчөгө өзүнчө садага берилүүсү тийиш.
 Аллахтын нээмат жакшылыгы дайыма уланып туруусу үчүн күн сайын ага жаңылап шүгүр кылуу керек.
 Күн сайын нафил ибадаттарды аткарып, садагаларды берип туруу керек.
 Адамдардын ортосун жараштыруу - артыкчылыктуу иштерден.
 Мусулман боордошуна жардам берүү зарыл, анткени ага жардам берүү да садага болуп эсептелет.
 Жамаат намазын окуу үчүн басып баруу керек. Мечит куруу да ушуга кирет.
 Зыяндуу нерселерди алып таштоо аркылуу мусулмандардын ары-бери баскан жолун таза сактоо важиб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4568</t>
   </si>
   <si>
-    <t>كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ</t>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
   </si>
   <si>
     <t>Бул дүйнө жашоосунда жат жерлик адамдай же жолоочу сыяктуу бол!</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
   </si>
   <si>
     <t>Абдулла бин Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени ийнимден кармап мындай деди: "Бул дүйнө жашоосунда жат жерлик адамдай же жолоочу сыяктуу бол!" Ибн Умар: Эгер кечке жетсең, таңды күтпөгүн. Таңга жетсең, кечти күтпөгүн. Ооруп калганга чейин ден соолугуңду пайдалан. Өлүм келгенге чейин тирүүлүгүңдү пайдалан - деп айтчу.</t>
   </si>
   <si>
     <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
 فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
 فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
   </si>
   <si>
     <t>Ибн Умар (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси аны ийнинен кармап: Бул дүйнө жашоосунда бөтөн жерлик адамдай бол. Ал башка жерден келген, жашаганга турагы жок, Жаратуучуга ибадат кылуудан алагды кыла турган бала-чака, үй-бүлөсү да жок. Же андан да өткөн өз мекение бара жаткан жолоочу сыяктуу бол. Бөтөн жерлик адам бөтөн жерде отурукташып жашап калышы мүмкүн. Ал эми мекенине бара жаткан жолоочу андай эмес. Ал эч жерге токтобойт, мекенине батыраак жетүүгө аракет кылат. Ошондой эле жолоочу киши өзүнүн жолуна жеткидей каражаттан ашык каражатка да муктаж эмес. Ошол сыяктуу ыймандуу адам дагы бул дүйнө жашоосунда жашоосуна жеткидей каражаттан ашыкчага муктаж эмес.
 Ибн Умар бул насаатка амал кылып аны иш жүзүндө аткарып: Таңды аттырсаң, кечти, кечти киргизсең таңды күтпөгүн. Өзүңдү кабырдагылардын биримин деп эсепте (ошого даярдан). Анткени, өмүрдө ооруу-сыркоо деген болот - дечү. Ооруп калганга чейин дени карды соо күндөрүңдө ибадат кылып кал. Тирүүлүгүңдү пайдаланып, өлгөндөн кийин пайдасы тие турган амалдарды аткарып кал.</t>
   </si>
   <si>
     <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
 الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
 حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
 اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
  بيان قِصَر الأمل، والاستعداد للموت.
  الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
 المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
 فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
 وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
   </si>
   <si>
     <t>Мугалимдин окуучунун көңүлүн буруп, тынчтандыруу үчүн анын ийнине колун койуп таалим бергени жакшы.
 Шариятта өзү талап кылбаган адамга да насаат айтып, туура жол көрсөтүүгө уруксат берилет.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) эң сонун таалим-тарбия ыкмасы анын: “Бул дүйнөдө чоочун же жолоочу сыяктуу бол” деген сөздөрүндөй ынандырарлык мисалдарды келтирүү болгон.
 Адамдардын акыретке болгон сапары ар түрдүү болот: бөтөн жерлик адамга караганда жолоочу адамдын даражасы жогору турат.
 Үммүттү кыска кылуу жана өлүмгө даярдануу зарыл.
 Хадис ырыскы талап кылуудан жана дүйнө жашоосунун ырахаттарынан баш тартууга үндөбөйт. Болгону, дүйнөгө берилип кетпөөгө жана азайтууга кызыктырат.
 Жакшы амалдарды аткарууга шашылуу зарыл. Анткени, ооруу же өлүм келип калса аткарууга шарт болбой калат.
 Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) бул насаатты угуп таасирленген Абдуллах бин Умардын (аларга Аллах ыраазы болсун) артыкчылыгы.
 Ыймандуулардын турагы бейиш. Ал бул дүйнөдө бөтөн жерлик, акыретке сапар кылып бара жатат. Бөтөн бирөөнүн жерине бир нерсени жүрөгүнө киригизип албайт. Анын жүрөгү кайтып бара турган мекенине байланган. Анын бул дүйнөдө турушу, убактылуу гана милдеттерин бүтүрүп, мекенине кайтууга даярдануусу үчүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4704</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>Бири-бириңе көралбастык кылбагыла. Бири-бириң менен (адамдарды алдоо үчүн) жасалма соода кылбагыла. Бири-бириңерди жек көрбөгүлө. Бири-бириңерден жүз буруп артыңарды салып кетпегиле. Бириңдин соодасынын үстүнөн экинчиң соода кылбагыла. Бир тууган Алланын пенделери болгула!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Бири-бириңе көралбастык кылбагыла. Бири-бириң менен (адамдарды алдоо үчүн) жасалма соода кылбагыла. Бири-бириңерди жек көрбөгүлө. Бири-бириңерден жүз буруп артыңарды салып кетпегиле. Бириңдин соодасынын үстүнөн экинчиң соода кылбагыла. Бир тууган Алланын пенделери болгула!  Мусулман мусулмандын бир тууганы. Ага зулум кылбайт, аны таштап койбойт, аны кемсинпейт. Такыбалык ушул жерде" деп анан колу менен үч жолу көкүрөгүн көрсөттү. Анан: "Мусулман бир тууганын кемсинтүү кишиге жетиштүү күнөө болот. Ар бир мусулмандын каны, малы, ар-намысы экинчи мусулманга арам" - деди.</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман экинчи мусулман бир тууганына жакшылык кылуусун осуят кылып, кээ бир аткаруусу зарыл болгон важыбдарды жана адептерди баян кылган. Алар төмөнкүлөр: Биринчи осуяты: бирөөдөгү жакшылыктарды көралбай, андан кетүүсүн самап көралбастык кылбоого. Экинчиси: озу сатып алууну каалабай туруп буюмдун баасын көтөрүп, сатуучуга пайда, сатып алуучуга зыян келтирген жасалма соода кылбоого. Үчүнчүсү: жек көрбөгүлө деди. Бул - жамандык каалоо, жакшы көрүүнүн тескериси. Жек көрүү Аллах үчүн болсо гана болот. Бул учурда важиб болуп калат. Төртүнчүсү: бири-биринен жүз буруп, артын салып тескени карап кетпөөгө. Бешинчиси: Бирөөнүн соодасынын үстүнө соода кылбоого. Мисалы, буюмду сатып алып жаткан кишиге келип "менде ушул эле нерсе баасы арзаныраак бар" деп бузбоого. Анан Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жалпылай мындай осуятын айтты: жогоруда айтылган жаман сыпаттарды таштап, мээрим, сүйүү, жумшактык менен бири-бириңди колдоп, таза жүрөк, жакшы насыйкаттар менен жакшылыкта жардам берип, бир туугандай болгула. Бул бир туугандык талап кылган иштер: Мусулман бир тууганына зулумдук жана душмандык кылбоо. Мусулман бир тууганын зулумдукка кабылтып, өзү жардам бере ала турган абалда туруп ага жардам көрсөтпөй таштап койбоо. Мусулман бир тууганын кемсинтип, ага жаман көз караш менен карабашы керек. Мындай мамиле жүрөктөгү текебердиктен чыгат. Андан кийин Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) уч жолу такыбалык жүрөктө болорун айтты. Кимдин жүрөгүндө Аллахтан коркууну, жакшы ахлакты камтыган такыбалык болсо, ал башка мусулманды кемсинтпейт. Текебер жүрөктөн чыкчу, мусулман бир тууганын кемсинте турган жаман мүнөздөн сактайт. Андан кийин Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бир мусулмандын экинчи мусулманга арам болгон үч нерсесин бекемдеп айтты: каны, душмандык кылып өлтүрүү же жаракат алдыруу, уруу ж.б. Мал-дүйнөсү: анын мал-мүлкүн акысыз алуу. Ар-намысы: анын өзүнө же ата тегине шек келтирүү.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>Ыймандагы бир тууганчылыгы талап кылган бардык нерселерди аткарууга буйруп, ага каршы келген сөздөр менен иштердин баарынан тыят.
+Такыбалыктын негизи — жүрөктө Аллахты таануу, Анын алдында коркуу жана дайыма көзөмөлдөп жатканын сезүү. Ушул такыбалыктан жакшы амалдар келип чыгат.
+Көзгө көрүнгөн адашуу (күнөө иштерге киришүү) жүрөктөгү такыбалыктын алсыздыгына далил болот.
+Мусулманга сөз менен болобу, иш менен болобу зыян тийгизүүнүн бардык түрүнөн тыюу.
+Мусулмандын башка бир мусулмандагы жакшылыктын кетүүсүн самабай, жөн гана ошол сыяктуу болууну каалаганы  көралбастык эмес. Бул гыбта - суктануу деп аталат. Жакшылык иште жарышууну пайда кылганы үчүн буга уруксат берилет.
+Адам табиятынан башканын өзүнөн артык болуп кеткенин жактырбайт. Эгер башкадагы жакшылыктын жок болуп кетүүсүн самаса, бул жек көрүлгөн көралбастык. Эгер аны менен жакшылыкта жарышууну кааласа, бул уруксат болгон суктануу.
+Эгер сатып алуучуга соодада катуу алданып жатканын эскертип айтса, бул сооданын үстүнө соода кылып бузганга кирбейт. Бул насыйкат болуп эсептелет. Бирок мунун шарты: айткан адамдын ниетинде сатып алуучуга эскертип айтуу гана болушу керек,  сатуучуга зыян жеткирүү ниети болбош керек. Амалдар ниетке жараша бааланат.
+Эгер сатуучу менен алуучу баада келише албаса, бири-бирине ыраазы болбосо, бул учурда да башка бирөөнүн соодага аралашуусу сооданын үстүнө соода кылганга кирбейт.
+Аллах үчүн жек көрүү, бул хадисте айтылган жек көрүүгө кирбейт. Анткени, Аллах үчун жек көрүү важыб, ыймандын белгиси.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/4706</t>
+  </si>
+  <si>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>Бир киши Пайгамбар, саллаллаху алейхи уа салламга: «Мага насаат бериңиз» - деп айтты. Ал: «Ачууланба» - деди. Андан кийин кайра-кайра сураганда Пайгамбар: «Ачууланба» - деп кайталады.*@</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылат: Бир киши Пайгамбар, саллаллаху алейхи уа салламга: «Мага насаат бериңиз» - деп айтты. Ал: «Ачууланба» - деди. Андан кийин кайра-кайра сураганда Пайгамбар: «Ачууланба» - деп кайталады.</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Сахабалардын бири Пайгамбар, саллаллаху алейхи уа салламдан, өзүнө пайда алып келе турган нерсеге багыттоосун сурады. Ошондо Пайгамбар ачууланбоого буюрду. Бул анын ачуусун келтирген себептерден алыс болушун, ачуусу келгенде өзүн карманышын, кан төгүү, уруп-сабоо, мазактоо жана ушул сыяктуу нерселер менен ачуусун баспоо дегенди билдирет.
 Ал киши: «Мага насаат бериңиз» - деген өтүнүчүн бир нече жолу кайталаса да, Пайгамбар, саллаллаху алейхи уа саллам, ага «ачууланба» деп айткан насаатын гана айтты.</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Ачуулануудан жана анын себептеринен сактануу. Анткени ачуулануу жамандыктын жыйындысы. Ал эми андан сактануу жакшылыктын жыйындысы.
 Аллахтын жүзү үчүн ачуулануу - бул мактоого татыктуу ачуулануу. Ал мактоого татыктуу ачуулануу - бул Аллахтын тыюулары бузулгандагы ачуулануу.
 Сүйлөмдү кайталоого зарыл болгон учурда угуучу аны баамдап, анын маанисин түшүнгүчө кайталоо.
 Аалымдан насаат суроонун пазилети.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Зыян тартуу жок жана зыян берүү да жок. Ким зыян келтирсе, анда Аллах ага зыян келтирет. Ал эми ким машакат жаратса, анда Аллах аны машакатка салып коёт</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Абу Саид аль-Худри, радыяллаху анху, риваят кылган хадисте, Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Зыян тартуу жок жана зыян берүү да жок. Ким зыян келтирсе, анда Аллах ага зыян келтирет. Ал эми ким машакат жаратса, анда Аллах аны машакатка салып коёт».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, өзүнө жана башкаларга зыяндын ар кандай түрлөрүнөн жана көрүнүштөрүнөн сактануу керек экенин баяндады. Ошондуктан кимдир бирөө өзүнө да, башкаларга да зыян келтириши туура эмес.
 Зыян менен зыяндын ордун толтуруу туура эмес. Анткени зыянды зыян менен кетирүү болбойт. Бирок зыянды чектен чыкпаган касас (1) менен жоюуга болот.
 Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, адамдарга зыян келтиргендерге зыяндын азабы болоорун, адамдарга катаал болгондор үчүн кыйынчылыктын азабы болорун баяндады.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Жазага тартылгандарды чегинен ашыра жазалоого тыюу салынат.
 Аллах пенделерине зыяндуу нерселерди кылууга буйруган эмес.
 Сөз менен же кыймыл аракет менен же мамиле кылбай таштап коюу менен зыян тартууга жана зыян келтирүүгө тыюу салынат.
 Иш-аракеттин түрүнө жараша жаза болот. Ошондуктан ким зыян келтирсе, анда Аллах ага зыян берет. Ал эми ким машакат жаратса, анда Аллах аны машакатка салып коёт».
 Шарият эрежелеринин бири: “Зыян жок кылынат”. Ошондуктан шарият зыян тартууга жол бербейт жана зыян келтирүүнү четке кагат.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Сахих бишаваахидихи (башка ишенимдүү айтымдары бар хадис)]</t>
   </si>
   <si>
     <t>[Ад-Даракутни жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ</t>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>Тилиң ар дайым Аллахты зикир кылуу менен нымдалып турсун</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>Абдуллах бин Буср (ага Аллах ыраазы болсун) айтат: Бир киши келип: Оо, Аллахтын элчиси, мага Ислам шариятындагы (напил) амалдарды аткаруу көптүк кылып жатат. Мен дайыма аткарып жүрө турган (жеңил) ибадатты айтчы - деди.  Аллахтын элчиси ага мындай деди: "Тилиң ар дайым Аллахты зикир кылуу менен нымдалып турсун".</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>Бир киши Аллахтын элчисине келип, напил ибадаттарды аткарууга алсыздык кылып жатканын айтып даттанат. Анан Аллахтын элчисинен ага аткарууга жеңил, сообу көп бир ибадатты үйрөтүүсүн суранат.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бардык убакта жана абалда Аллахка тасбих айтып, мактоо айтып, кечирим тилеп, дуба кылып тили кыймылдап, нымдалып туруусун айтып жол көрсөтөт.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
   </si>
   <si>
     <t>Аллах Тааланы дайыма зикир кылуунун артыкчылыгы.
 Соопко жетүүнүн жолдорун жеңил кылганы Аллах Тааланын берешендигинен.
 Пенделердин жакшылыктагы насиптери да ар түрдүү болот.
 Аллах Таалага тасбих, мактоо, тахлил, такбир ж.б. зикирлерди ар дайым тил менен айтып, жүрөк менен тастыктоо башка көптөгөн напил ибадаттардын ордуна жүрөт.
 Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ар дайым өзүнө суроо бергендердин абалын эске алып, ар бирине шартына, мүмкүнчүлүгүнө жараша жооп берген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4716</t>
   </si>
   <si>
-    <t>لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ</t>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>Силердин эч кимиңер өзүнө жакшы көргөн нерсени диндеш боордошу үчүн да жакшы көрмөйүнчө ыйманы толук болбойт</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силердин эч кимиңер өзүнө жакшы көргөн нерсени диндеш боордошу үчүн да жакшы көрмөйүнчө ыйманы толук болбойт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман адам дүйнө жана акыретке тиешелүү жакшылык иштерде, таат-ибадатта өзүнө жакшы көргөндү диндеш тууганына да жакшы көрмөйүнчө, өзүнө жек көргөндү ага да жек көрмөйүнчө ыйманы толук болбостугун айткан. Эгерде диндеш тууганынын дининде кемчилигин көрсө, аны оңдоого тырышат. Эгер жакшылыкты көрсө, аны улантууга жардам берет. Дүйнө ишинде да, акырет ишинде да насаатын айтып, кеңеш берип турат.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>Мусулман адам өзүнө жакшы көргөндү диндеш тууганына да жакшы көрүүсү ваажыб. Өзүнө жакшы көргөндү башкаларга ыраа көрбөгөн адамдын ыйманы толук болбостугу мунун ваажыбдыгына далил.
 Диндеги боордоштук туугандыктагы боордоштуктан жогору турат. Анын акысы да маанилүүрөөк.
 Мындай жакшы көрүүнү жокко чыгара турган иштин баары, мисалы, алдамчылык, ушакчылык, көрө албастык, мусулмандын өзүнө, мал-мүлкүнө, абийирине шек келтирүү ж.б. арам болуп эсептелет.
 Ишти аткарууга шык берген сөздөрдү колдонууга болот. "Бир боордошуна" деп айткан сыяктуу.
 Кирмани (ага Аллах ыраазы болсун) айтат: өзүнө жек көргөн жаман нерсени диндеш тууганына жек көрүү да ыймандуулуктан. Анткени бир нерсени жакшы көрүү анын тескерисин жек көрүүнү талап кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4717</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Эгерде силер Аллахка чыныгы таваккүль (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыка ырыскы бергендей ырыскы бермек</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Умар ибн аль-Хаттаб, радыяллаху анху, риваят кылат. Ал Пайгамбар, саллаллаху алейхи уа салламдын, мындай дегенин укту: «Эгерде силер Аллахка чыныгы таваккүль (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыка ырыскы бергендей ырыскы бермек».</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бизди дүйнөлүк жана диний иштерде пайда алып келүү жана зыяндан сактануу үчүн Аллах Таалага таянууга үндөп жатат. Анткени Аруу Аллах Тааладан башка эч ким бере да албайт, тыйып да коё албайт жана зыян да, пайда да жеткире албайт. Качан биз пайда алып келе турган жана зыяндан сактай турган себептерди Аллахка чын ыкластан таянып аткарсак, анда Аллах бизге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы берип коёт. Чымчыктын бул кылганы - башкаларга таянбастан, жалкоолук кылбастан ырыскы издөөдөгү себептердин бир түрү.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Чыныгы таваккүль кылуунун пазилети. Чыныгы таваккүль кылуу ырыскы талап кылуудагы эң чоң себептердин бири.
 Тобокел кылуу менен себептерди аткаруу бири-бирине каршы келбейт. Анткени чыныгы тобокел кылуу эртең менен жана кечинде ырыскы издөөгө каршы келбестигин кабарланган.
 Жүрөктөрдүн амалдарына Ислам шарияты көңүл бурат. Анткени таваккүль кылуу – бул жүрөктүн амалы.
 Себептерге гана байлануу – анын дининин кемчилдиги. Ал эми себептерден баш тартуу – акылынын кемчилиги.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4721</t>
   </si>
   <si>
-    <t>لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ</t>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>Эгерде адамдарга доомат артканы бериле берсе, анда адамдар башкалардын мал-мүлк, кан-жанын доомат менен талап кыла бермек. Андыктан доомат кылган киши күбө-далил алып келиши керек. Ал эми дооматты четке каккан  киши касам ичсе жетиштүү</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>Ибн Аббас (ал экөөнө Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде адамдарга доомат артканы бериле берсе, анда адамдар башкалардын мал-мүлк, кан-жанын доомат менен талап кыла бермек. Андыктан доомат кылган киши күбө-далил алып келиши керек. Ал эми дооматты четке каккан  киши касам ичсе жетиштүү".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтат: эгерде адамдарга эч кандай күбө-далили жок эле алардын доомат кылган нерселери бериле берсе, анда алар башкалардын мал-мүлкүнө, кан-жанына доомат артып ала бермек. Ошон үчүн доомат кылган киши талап кылып жаткан нерсесине күбө-далил алып келиши керек. Эгер күбө-далил алып келе албаса, талаш доомат кылынып жаткан адамга каралат. Эгер ал аны четке какса, касам ичиши керек болот.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ибн Дакик ал-Айд айтат: "Бул хадис өкүм усулдарынын негизи жана талаш-тартыш жаралганда аны чечүүнүн эң негизги жолу".
 Шарият адамдардын мал-мүлк, кан-жанын талап-тоноо, алдамчылыктан сактоо үчүн келген.
 Казы өз билгенине таянып өкүм чыгарбайт, далилдерге таянып өкүм чыгарат.
 Далили жок доомат кылган адамдын сөзү четке кагылат. Мейли ал укук маселесинде болсун, мейли мамиледе болсун, мейли ыйман жана илим маселесинде болсун.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
+    <t>[رواه البيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4722</t>
   </si>
   <si>
-    <t>مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ</t>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>Адам баласы толтура турган анын ашказанынан өткөн жаман идиш жок. Адам баласына анын дене-мүчөлөрүн кармап тургудай эле тамактанса жетиштүү. Эгер тоё жеш керек болсо, анда аш казанын үчкө бөлүп, бир бөлүгүн тамакка, бир бөлүгүн суусундукка, бир бөлүгүн абага калтырсын</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Микдад бин Маъди Кариб (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Адам баласы толтура турган анын ашказанынан өткөн жаман идиш жок. Адам баласына анын дене-мүчөлөрүн кармап тургудай эле тамактанса жетиштүү. Эгер тоё жеш керек болсо, анда аш казанын үчкө бөлүп, бир бөлүгүн тамакка, бир бөлүгүн суусундукка, бир бөлүгүн абага калтырсын".</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) медицинадагы негизги нерселердин бирине багыттады. Бул аз тамактануу аркылуу ден соолукту сактоо. Адам иштерин жасаганга күч бере тургандай тамак жесе жетиштүү. Себеби адамдын тамакка толгон аш казаны эртедир-кечтир ачык же жашыруун көптөгөн ооруларга чалдыктырат. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эгер адам курсагын тойгузушу керек болсо, анда аш казандын бир бөлүгүн тамакка, бир бөлүгүн сууга, бир бөлүгүн абага калтырышы керектигин айткан. Ошондо аш казан кысылбай, Аллах Таала буйруган дүйнө жана дин амалдарын аткарууга жеңил болот.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Өтө көп ичип-жебеш керек. Бул медицинанын усулдарын камтыган усул. Анткени, аша тоюп алуу бардык оору-сыркоолордун себеби.
+Тамактануунун максаты - ден-соолукту, күч-кубатты сактап, жакшы жашоо кечирүү.
+Аша тоюп алуу денеге да, динге да зыян. Умар (ага Аллах ыраазы болсун): "Ашыкча тоюп албагыла! Ашыкча тоюу - ден соолукту бузат жана намаздан жалкоолонтот".
+Тамактануу өкүм жагынан бир нече түргө бөлүнөт:
+Важыб – өмүрдү сактап калуучу өлчөмдө тамактануу; аны таштоо зыян алып келет.
+Жаиз (уруксат) – зарыл болгон өлчөмдөн ашыгыраак, бирок зыяны коркунуч жаратпаган өлчөмдө тамактануу.
+Макүрү – зыяны тийиши мүмкүн болгон өлчөмдө тамактануу.
+Харам – зыяны анык болгон нерселерди жеш.
+Мустахаб – Аллахка ибадат кылууга жана Ага баш ийүүгө күч берүүчү өлчөмдө тамактануу.
+Бул жыйынтык пайгамбарыбыз айткан хадисте үч деңгээл менен баяндалган: Биринчи даража: Ашказанды толтуруу.
+Экинчи даража: Белди тик кармап турууга жетерлик эле тамактануу. Үчүнчү даража: «Ашказандын үчтөн бир бөлүгүн тамакка, үчтөн бир бөлүгүн сууга, үчтөн бир бөлүгүн дем алууга бөлгүлө» деген насаат. Жогорудагынын баары адал тамакка тиешелүү.
+Бул хадис медицина эрежелеринин бирин камтыган хадис. Медицина илими үч негизге таянат: күчтү сактоо, зыяндан сактануу, денени таза тутуу. Хадис булардын абалкы экөөсүн айткан. Аллах Таала дагы Куранда мындай деген: "Жегиле, ичкиле, ысырап кылбагыла. Аллах ысырапкорлорду жакшы көрбөйт". (Аараф, 31-аят).
+Адамдын динин да, дүнүйөсүн да оңдоого кам көргөн Ислам шарияты кемчиликсиз, толук.
+Шарият илиминде медицинанын негизи жана түрлөрү да бар. Мисалы, бал, кара зире ж.б. жөнүндө айтылган.
+Шарият өкүмдөрүнүн ичинде көп даанышмандык бар, ал жамандыктын алдын алат, пайдалуу нерсени алып келет.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/4723</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>Ким биздин ишибизге андан болбогон жаңы ишти киргизсе, ал кайтарылат</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким биздин ишибизге андан болбогон жаңы ишти киргизсе, ал кайтарылат ". Муттафакун алайхи. Муслимде: "Ким биздин ишибизде жок амалды аткарса, ал кайтарылат".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким динде бир нерсени ойлоп тапса, же Куран жана сүннөттө далили жок амалды аткарса, ал аны аткарган ээсине кайтарыларын, кабыл болбостугун баяндаган.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ибадаттар Куран жана сүннөттө келген далилдерге карап дайындалган. Аллах Таалага Ал шарият кылган нерсе менен гана ибадат кылабыз, жаңы пайда болгон жана ойдон чыгарылган нерсе менен эмес.
 Дин оюна келгенди же көңүлүнө жакканды аткаруу менен болбойт, Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчүү менен болот.
 Бул хадис диндин толуктугуна далил.
 Динде жаңыдан пайда болгон, пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жана сахабалардын убагында болбогон акыйда ишенимге, сөзгө, амалга тиешелүү иштин баары - бидаат (диндеги жаңылык).
 Бул хадис Ислам негидеринин бири, бул амалдагы тараза сыяктуу. Аллахтын ыраазылыгы көздөлбөгөн бардык амалдар, аны аткаруучуга сооп болбойт. Ошондой эле Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген жолго дал келбесе, ал аткарган адамга кайра кайтарылат.
 Жаңыдан пайда болгон тыюу салынган иштер динге гана тиешелүү, дүйнө иштерине тиешелүү эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4792</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>Кимде-ким бир ыймандуу адамды бул дүйнөдө кайгыдан арылтса, Аллах аны кыямат күндөгү кайгыдан арылтат</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Кимде-ким бир ыймандуу адамды бул дүйнөдө кайгыдан арылтса, Аллах аны кыямат күндөгү кайгыдан арылтат. Кимде-ким бирөөнүн ишин жеңилдетсе, Аллах анын ишин дүйнө жана акыретте жеңилдетет. Кимде-ким мусулмандын айыбын жашырса, Аллах дүйнө жана акыретте анын айыбын жашырат. (Диндеш) тууганына жардам берген пендеге Аллах да жардам берет. Кимде-ким илим издеп жолго чыкса, ошол үчүн Аллах ага бейиштин жолун жеңил кылат. Кайсы бир адамдар Аллахтын үйлөрүнүн бирине чогулуп Аллахтын китебин окуп, бири-бирине үйрөтсө, аларга бейпилдик түшөт, ырайым ороп алат, аларды периштелер курчайт, Аллах аларды периштелерге мактайт. Кимди иш-амалдары артта калтырса, аны ата-теги алдыга жылдырып койбойт".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандын Аллахтын астындагы сыйы анын бул дүйнөдө башка мусулмандарга кылган жакшы мамилесине жараша болот; ким бир мусулмандын кайгысын кетирип,  жеңилдетип, жардам берсе, Аллах Таала анын кыямат күнкү кыйынчылыктарын жеңилдетүү менен сыйлайт. Ким бирөөнү кыйынчылыктан чыгарса, Аллах аны дүйнө жана акыретте кыйынчылыктан чыгарат. Ким бир мусулмандын ачыкка чыгарууга болбой турган айып, ката-кемчилигин жашырып койсо, Аллах анын кемчилигин дүйнө жана акыретте жашырат. Пенде башка бир тууганынын дүйнөлүк жана акыреттик ишине жардам берип колдогон сайын Аллах Таала аны колдой берет. Колдоо дуба кылуу менен, физикалык жана каржылык жактан болот. Ким Аллахтын ыраазылыгын көздөп шарият илимин издеп чыкса, Аллах Таала ага бейиштин жолун жеңил кылат. Адамдар Аллахтын үйү мечитке чогулуп, Куран окуп, бири-бирине үйрөтүп отурса, аларга бейпилдик, тынчтык түшөт. Аларды Аллахтын ырайымы курчайт. Периштелер курчап алат. Алла Таала аларды периштелерге мактайт. Аллахтын периштелерге пендесин мактаганы жетиштүү кадыр-барк болот. Кимдин амалдары аз болсо, жакшы амал кылгандардын мартабасына жетпесе, ал ата-бабасынын тегине, урматына таянып амалдарды таштап койбосун.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Ибн Дакик ал-Айд мындай деген: бул улук хадис илим, адеп жана эрежелердин түрлөрүн камтыган. Анда мусулмандын муктаждыгын чечүүнүн, колдон келишинче илим менен, байлык менен, же колдоо менен же жакшы акыл насаат менен пайда берүүнүн артыкчылыктары айтылган.
+Кыйналган адамдын ишин жеңилдетүүгө кызыктырган.
+Мусулманды колдоого кызыктырган, ал канча колдосо, аны Аллах ошончо колдойт.
+Мусулманды жашырууга анын кемчиликтерин аңдыбоо да кирет. Абалкылардын сөзү бар: Айыбы жок коомду көрдүм. Бирок алар адамдардын айыбын айтышат эле. Анан адамдар алардын айыбын айта баштады. Ошондой эле айыбы бар коомду көрдүм. Бирок алар башкалардын айыбын жашырат эле. Ошондуктан алардын айыбы да унутулчу.
+Адамдардын айыбын жашыруу – жамандыкты токтотпой коюу дегенди билдирбейт. Тескерисинче, жамандыктын алдын алып, ошол эле учурда жашыруу керек. Бул — бузукулукта жана зулумдукту тынымсыз улантууда белгилүү болбогон адамдарга тиешелүү. Ал эми ким жамандыкта белгилүү болсо, аны жашыруу жакшы эмес, тескерисинче, эгер чоң зыян алып келбесе, анын ишин бийлик ээсине (валисине) билдирүү керек. Анткени аны жашыруу бузукулукка шыктандырат, адамдарга зыян кылууга жана башка жамандык ээлерин да ошого үндөп, тайманбай кылууга түрткү берет.
+Хадисте илим алууга, Куран окууга жана аны үйрөтүүгө кызыктырган.
+Имам Навави минтип айткан: "Бул хадис Куран окуу үчүн мечитке чогулуунун артыкчылыгын далилдейт. Медреседе ж.б. диний окуу жайларда чогулуп Куран окуу, үйрөнүү деле ушул сыяктуу".
+Жаза, сый амалга жараша берилет, текке карата эмес.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/4801</t>
+  </si>
+  <si>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>«Эй, пенделерим! Чындыгында, Мен зулумдук кылууну Өзүмө арам кылдым жана аны силерге да арам кылдым. Ошондуктан силер, эч качан бири-бириңерге зулумдук кылбагыла! Эй, пенделерим! Чындыгында силердин баарыңар адашуудасыңар, бир гана Мен туура жолго салып койгон адамдар гана туура жолдо. Мына ошондуктан силер Менден туура жол сурагыла! Ошондо Мен силерди туура жолго саламын. Эй, пенделерим! Чындыгында, бардыгыңар ачкасыңар, Мен ырыскы берген адамдар гана ток болушат. Ошондуктан менден ырыскы сурагыла, Мен силерге ырыскы беремин. Эй, пенделерим! Акыйкатта силердин араңардан, Мен кийинтип койгон адамдардан башка баарыңар жылаңачсыңар. Ошондуктан силер – Менден гана кийиндирүүнү сурангыла, Мен силерди кийимдүү кылам. Эй, пенделерим! Силер эртеден кечке күнөө кыласыңар. Ал эми Мен күнөөлөрдүн бүт баарын кечиремин. Ошондуктан силер – Менден кечирим сурагыла! Мен силерди кечиремин. Эй, пенделерим! Мага зыян бергенге аракет кылып көргүлө. Бирок силер – эч качан Мага зыян бере албайсыңар. Эй, пенделерим! Силер Мага пайда бергенге да аракет кылып көргүлө. Бирок силер – эч качан Мага пайда бере албайсыңар. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү силердин араңардан эң такыбалуу бир кишинин жүрөгүндөй болуп бир деңгээлде такыбаа болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени көбөйтпөйт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү, силердин араңардан эң жаман бир кишинин жүрөгүндөй болуп бир деңгээлде жаман болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени азайтпайт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп туруп, Менден муктаждыктарын сураса, Мен алардын ар бирине сураган нерселерин берсем да бул нерселер – ийне деңизге салынып алынганда деңиздин суусун ийне азайткан сыяктуу менин мүлкүмдөн ошончолук деңгээлде гана кемите алат. Эй, пенделерим! Чындыгында, алар силердин кылган иш-аракеттериңер. Ал иш-аракеттериңерди эсеп-кысап кылам. Анан ошого жараша силерге сооп же жаза берем. Кимде-ким өзүн жакшы абалда тапса, анда ал Аллахка мактоо айтсын. Ал эми кимде-ким өзүн жакшы абалда таппаса, анда ал өзүнөн башка эч кимди күнөөлөбөсүн».*@</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Абу Зар, радыяллаху анху, риваят кылат. Пайгамбар, саллаллаху алейхи уа саллам, кудсий хадисте Аллах Тааланын мындай деп айтканын айтты: «Эй, пенделерим! Чындыгында, Мен зулумдук кылууну Өзүмө арам кылдым жана аны силерге да арам кылдым. Ошондуктан силер, эч качан бири-бириңерге зулумдук кылбагыла! Эй, пенделерим! Чындыгында силердин баарыңар адашуудасыңар, бир гана Мен туура жолго салып койгон адамдар гана туура жолдо. Мына ошондуктан силер Менден туура жол сурагыла! Ошондо Мен силерди туура жолго саламын. Эй, пенделерим! Чындыгында, бардыгыңар ачкасыңар, Мен ырыскы берген адамдар гана ток болушат. Ошондуктан менден ырыскы сурагыла, Мен силерге ырыскы беремин. Эй, пенделерим! Акыйкатта силердин араңардан, Мен кийинтип койгон адамдардан башка баарыңар жылаңачсыңар. Ошондуктан силер – Менден гана кийиндирүүнү сурангыла, Мен силерди кийимдүү кылам. Эй, пенделерим! Силер эртеден кечке күнөө кыласыңар. Ал эми Мен күнөөлөрдүн бүт баарын кечиремин. Ошондуктан силер – Менден кечирим сурагыла! Мен силерди кечиремин. Эй, пенделерим! Мага зыян бергенге аракет кылып көргүлө. Бирок силер – эч качан Мага зыян бере албайсыңар. Эй, пенделерим! Силер Мага пайда бергенге да аракет кылып көргүлө. Бирок силер – эч качан Мага пайда бере албайсыңар. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү силердин араңардан эң такыбалуу бир кишинин жүрөгүндөй болуп бир деңгээлде такыбаа болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени көбөйтпөйт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү, силердин араңардан эң жаман бир кишинин жүрөгүндөй болуп бир деңгээлде жаман болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени азайтпайт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп туруп, Менден муктаждыктарын сураса, Мен алардын ар бирине сураган нерселерин берсем да бул нерселер – ийне деңизге салынып алынганда деңиздин суусун ийне азайткан сыяктуу менин мүлкүмдөн ошончолук деңгээлде гана кемите алат. Эй, пенделерим! Чындыгында, алар силердин кылган иш-аракеттериңер. Ал иш-аракеттериңерди эсеп-кысап кылам. Анан ошого жараша силерге сооп же жаза берем. Кимде-ким өзүн жакшы абалда тапса, анда ал Аллахка мактоо айтсын. Ал эми кимде-ким өзүн жакшы абалда таппаса, анда ал өзүнөн башка эч кимди күнөөлөбөсүн».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таала зулумду Өзүнө арам кылганын жана зулумду Өзүнүн макулуктарынын арасында арам кылганын баяндап жатат. Ошондуктан эч ким башкага зулумдук кылбашы керек. Аллах туура жолго салып ага ийгилик берген адамдардан башкасынын баары акыйкат жолунан адашкандар. Ким Аллахтын туура жолго салуусун сураса, анда Аллах аны туура жолго салып ага ийгилик берет. Адамдар Аллахтын алдында кедей. Алар бардык муктаждыктарын орундатууда Аллахка гана муктаж. Ким Аллахтан сураса, анда Аллах анын муктаждыктарын орундатат жана ага жетиштүү болот. Алар күнү-түнү күнөө кылышат. Ал эми Аллах Таала пендеси кечирим сураганда, алардын күнөөлөрүн жаап, кечирип коёт. Адамдар Аллахка зыян да же бир нерсе менен пайда да бере алышпайт. А эгерде алар бир адамдын жүрөгүндөй такыба болушса да алардын такыбалыгы Аллахтын мүлкүн көбөйтө албайт. А эгерде алар бир адамдын жүрөгүндөй болуп бузуку болушса да, анда алардын жамандыгы Анын мүлкүнөн эч нерсе азайта албайт. Анткени алар Аллахтын алдында алсыз жана жакыр. Алар ар кандай абалда, убакта жана жерде Ага муктаж. Аллах муктаж эмес, Аруу Зат. Эгерде алардын алгачкыларынан баштап акыркыларына чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп Аллахтан муктаждыктарын сураса, Аллах алардын ар бирине сураган нерселерин берсе да бул нерселер ийне деңизге салынып алынганда деңиздин суусунан эч нерсе азайбагандай Аллахтын алдындагы нерселерден эч нерсе азайбайт.
 Аллах Таала Өзүнүн пенделеринин амалдарын эсептеп, сактап коёт да андан кийин аларды Кыямат күнү ээлерине кайтарат. Ошондуктан кимде-ким кылган жакшылыгынын сообун тапса, анда Аллах анын моюн сунуусуна ийгилик бергендиги үчүн Аллахка мактоо-шүгүрлөрдү айтсын. Ал эми кимде-ким андан башка кылган ишинин жазасын тапса, анда өзүнүн жамандык менен зыянга баштаган нафсисин күнөөлөсүн.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Бул хадис Пайгамбар, саллаллаху алейхи уа саллам, Раббиси тарабынан риваят кылган хадистерден. Ал кудсий хадис же илахий хадис деп аталат. Анын айтылышы жана мааниси Аллахтан болот. Бирок кудсий хадис Курандын өзгөчөлүктөрүнө ээ эмес. Куран Аны окуу менен ибадат болуусу, Аны даарат менен кармоо, душмандардын чакырыгын алсыз калтырган мужизасы жана кереметтүүлүгү ж.б.у.с нерселер менен айырмаланып турат.
 Пенделердин илим алуусу же туура жолго түшүүсү Аллах аларды туура жолго салуусу жана үйрөтүүсү менен болот.
 Пенденин башына келген жакшылык Аллах Тааланын пазилетинен. Ал эми ага жеткен жамандык өзүнөн жана өз напсисинин каалоосунан.
 Кимде-ким жакшылык кылса, анда Аллахтын ага ийгилик берүүсү менен болот жана аны сыйлоо Аллахтын пазилети менен болот. Ошондуктан Аллахка мактоолор болсун. Кимде-ким жамандык кылса, анда ал өзүнөн башка эч кимди күнөөлөбөсүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>«Күндөрдүн биринде мен пайгамбар, саллаллаху алейхи уа салламдын, артында учкашып бара жатсам ал мага мындай деп айтты: «Эй, бала! Мен сага ушундай сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун табасың. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурай турган болсоң, анда Аллахтан сура. Билгиниң! Эгерде бүткүл үммөт сага пайда берүү үчүн бириксе да, алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле үммөттүн бардыгы сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Калемдер көтөрүлгөн, барактар кургаган».*@</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, айтты: «Күндөрдүн биринде мен пайгамбар, саллаллаху алейхи уа салламдын, артында учкашып бара жатсам ал мага мындай деп айтты: «Эй, бала! Мен сага ушундай сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун табасың. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурай турган болсоң, анда Аллахтан сура. Билгиниң! Эгерде бүткүл үммөт сага пайда берүү үчүн бириксе да, алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле үммөттүн бардыгы сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Калемдер көтөрүлгөн, барактар кургаган».</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анху, ал жаш кезинде Пайгамбар, саллаллаху алейхи уа салламдын, артында учкашып бара жатканын кабарлап жатат. Ошондо Пайгамбар, саллаллаху алейхи уа саллам, ага: «Мен сага Аллах сага пайда бере турган иштерди жана нерселерди үйрөтөм» - деди.
 Аллахтын буйруктарын аткаруу менен жана тыюу салган нерселериннен сактануу менен Аллахтын шариятын сакта. Ошондо сен Аллахты өзүңө жакын тутуп жатканыңда, Ага ибадат кылып жатканыңда табасын жана Андан баш тартканыңда, күнөө кылып жатканыңда Аны таппайсын. Эгер ушундай кылсаң, сага сыйлык - Аллах сени бул дүйнө жана акырет балээлеринен сактап, кайда барбагын зарыл иштериңде жардам берет.
 А эгер бир нерсе сурагың келсе, анда Аллахтан гана сура, анткени сурагандарга Ал гана жооп берет.
 А эгер жардам кааласаң, анда Аллахтан гана жардам сура.
 Сенде ушундай ишенич болсун эгерде бүткүл жер жүзүндөгү бардык адамдар сага пайда берүү үчүн бириксе да алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле бүткүл жер жүзүндөгү бардык адамдар сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат.
 Чындыгында, бул иш Аллах Таала тарабынан жазылган жана Анын даанышмандыгынын жана илиминин талабына ылайык тагдыр кылынган. Аллах жазып койгон нерседе эч кандай өзгөртүү болбойт.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Жаштарга жана жаш балдарга таухидти жана адеп-ахлакты ж.б. дин иштеринен окутуу зарыл.
 Иш-аракеттердин түрүнө жараша сооп-сыйлык болот же жаза болот.
 Иштер Аллахка таянуу менен жана Ага гана таваккүль кылуу менен болот. Ал эң жакшы Кепилдике Алуучу.
 Тагдырга жана тагдырдын ишке ашуусуна ыйман келтирүү жана ага ыраазы болуу. Чындыгында, Аллах Таала бардык нерсени тагдыр кылган.
 Ким Аллахтын буйругунда кемчилик кетирсе, анда Аллах аны адаштырат жана аны сактабайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4811</t>
   </si>
   <si>
-    <t>لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ</t>
-[...2 lines deleted...]
-    <t>"Аны өлтүрбө. Эгер аны өлтүрсөң, ал сен аны өлтүрө электеги сенин ордуңда болуп, сен болсо ал жанагы сөзүн айта электеги анын ордунда болуп каласың" - деди</t>
+    <t>لا تقتله، فإن قتلته فإنه بمنزلتك قبل أن تقتله، وإنك بمنزلته قبل أن يقول كلمته التي قال</t>
+  </si>
+  <si>
+    <t>Аны өлтүрбө. Эгер аны өлтүрсөң, ал сен аны өлтүрө электеги сенин ордуңда болуп, сен болсо ал жанагы сөзүн айта электеги анын ордунда болуп каласың" - деди</t>
   </si>
   <si>
     <t>عَنْ المِقْدَادِ بْنَ عَمْرٍو الكِنْدِيَّ رضي الله عنه: أَنَّهُ قَالَ لِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَرَأَيْتَ إِنْ لَقِيتُ رَجُلًا مِنَ الكُفَّارِ فَاقْتَتَلْنَا، فَضَرَبَ إِحْدَى يَدَيَّ بِالسَّيْفِ فَقَطَعَهَا، ثُمَّ لاَذَ مِنِّي بِشَجَرَةٍ، فَقَالَ: أَسْلَمْتُ لِلَّهِ، أَأَقْتُلُهُ يَا رَسُولَ اللَّهِ بَعْدَ أَنْ قَالَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ» فَقَالَ: يَا رَسُولَ اللَّهِ إِنَّهُ قَطَعَ إِحْدَى يَدَيَّ، ثُمَّ قَالَ ذَلِكَ بَعْدَ مَا قَطَعَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ».</t>
   </si>
   <si>
     <t>Микдад бин Амр Киндий (ага Аллах ыраазы болсун) айтат: Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дейт: Мен каапырлардын бири менен бет келип согушуп, ал менин бир колумду кылыч менен шылый чапса, анан дарактын артына жашынып алып: Мен Аллах үчүн Исламды кабыл кылдым - десе, мен аны өлтүрсөм болобу, оо, Аллахтын элчиси? Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: "Аны өлтүрбө" - деди. Ал: Оо, Аллахтын элчиси, ал менин колумду кыя чаап, колумду кесип таштагандан кийин айтып жатат да? - деди. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун):  "Аны өлтүрбө. Эгер аны өлтүрсөң, ал сен аны өлтүрө электеги сенин ордуңда болуп, сен болсо ал жанагы сөзүн айта электеги анын ордунда болуп каласың" - деди.</t>
   </si>
   <si>
     <t>سألَ المقدادُ بن الأسود رضي الله عنه النبيَّ صلى الله عليه وسلم إذا هو لَقِيَ رجلًا من الكفار في المعركة، فتبارزا بالسيوف، حتى أصاب الكافر إحدى يديه بالسيف فقطعها، ثم فَرَّ الكافر منه وتَحَصَّنَ بشجرة، فقال: لا إله إلا الله، أيحل لي قَتْلُه بعد أنْ قَطَعَ يدي؟ 
 فقال له النبي صلى الله عليه وسلم: لا تقتلْه. 
 فقال يا رسول الله، إنه قطع إحدى يديَّ، أَمَعَ هذا لا أقتله؟! 
 فقال صلى الله عليه وسلم: لا تقتلْه، فإنه أصبح حَرامُ الدَّم، فإنك إنْ قَتلتَه بعد إسلامه؛ فإنه بمنزلتِك مَعصومُ الدَّم بإسلامه، وإنك بمنزلته مُباح الدم بقتلك إياه قِصاصًا.</t>
   </si>
   <si>
     <t>Микдад бин Асвад (ага Аллах ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип сурайт: согушта ал каапырлардын бирине бет келип, аны менен кылычташып, каапыр анын бир колун кылыч менен кыя чаап, анын качып барып дарактын артына жашынып: Лаа илааха иллаллааху деп келме айтса, аны өлтүрүү адал болобу?
 Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун): "Аны өлтүрбө" - дейт.
 Ал: оо, Аллахтын элчиси, ал менин бир колумду чаап салса да аны өлтүрбөймүнбү? - деп сурайт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Аны өлтүрбө, анткени анын каны сага арам болду. Эгер ал исламга киргенден кийин сен аны өлтүрсөң, ал каны ислам менен корголгон сенин ордуңда болот. А сен болсо аны өлтүргөнүң үчүн өч алууга каны адал болгон адамдын ордунда болуп каласың - дейт.</t>
   </si>
   <si>
     <t>مَن صَدَر منه ما يَدل على الدخول في الإسلام مِن قول أو فعل حَرُم قتلُه.
 إذا أسلم أحدٌ من الكفار أثناء المعركة، فقد عُصِم دمُه، ووجب الكفُّ عنه إلا أن يَتَبَيَّنَ منه خلاف ذلك.
 يجب على المسلم أن يكون هواه تبعًا للشرع وليس للعصبية والانتقام.
 قال ابن حجر: جواز السؤال عن النوازل قبل وقوعها بناءً على ترجيح أنَّ القصة لم تقع، وأما ما نُقِلَ عن بعض السلف من كراهة ذلك فهو محمول على ما يَنْدُرُ وقوعُه، وأما ما يمكن وقوعُه عادةً فيُشرَع السؤالُ عنه لِيُعْلَم.</t>
   </si>
   <si>
     <t>Кимдин сөзү же кыймыл-аракети Исламды кабыл алганын көрсөтсө, аны өлтүрүү арам болот.
 Эгер каапырлардын бири согуш учурунда Исламды кабыл алса, анын каны корголот. Аны кайра каапырлыгы анык болмоюнча өлтүрүүгө болбойт.
 Мусулман адамдын каалоосу улутчулдугана жана кегине жараша эмес, шарияттын талабына жараша болууга тийиш.
 Ибн Хажар минтип айткан: Окуя боло электе, анын болуу ыктымалдыгына жараша ал тууралуу суроого болот. Ал эми абалкы аалымдардын мындай нерсени суроо жакшы эмес деген пикири болуусу сейрек боло турган нерселерге карата айтылган. А адатта болуусу мүмкүн  болгон нерсени билип алуу үчүн суроо шариятта тыюу салынган эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4815</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>«Бир адам күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр»  деди. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Андан кийин ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Раббим! Менин күнөөмдү кечир» - деди. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Раббим, менин күнөөмдү кечир» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Каалаганыңды кыл, анткени Мен сени кечирдим» - деп айтты.*@</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылат. Пайгамбар, саллаллаху алейхи уа саллам, кудсий хадисте Аллах Тааланын мындай деп айтканын айтты: «Бир адам күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр»  деди. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Андан кийин ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Раббим! Менин күнөөмдү кечир» - деди. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Раббим, менин күнөөмдү кечир» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Каалаганыңды кыл, анткени Мен сени кечирдим» - деп айтты.</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, кудсий хадисте Аллах Тааланын мындай деп айтканын айтты: «Бир адам күнөө кылып, андан кийин: «Оо, Аллах! Менин күнөөмдү кечире көр» - деп айтса, анда Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечирип жашыра турган, күнөөлөрдү кетире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» деди да: «Мен сенин күнөөлөрүңдү кечирдим» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечирип жашыра турган, күнөөлөрдү кетире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Мен кулумду кечирдим» - деп айтты. Андан кийин кайра ал адам күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечирип жашыра турган, күнөөлөрдү кетире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Мен кулумду кечирдим. Ал ар бир күнөө кылган сайын күнөөсүн таштап, өкүнүп, кайра ага кайтпоону чечип бирок напси аны жеңип кайра күнөөгө батса, анда каалаганын кылсын. Ал күнөө кылып анан тообо кылып ушундай кыла берсе, анда Мен аны кечирем. Анткени тообо андан мурункуларды жок кылат» - деп айтты.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Аллахтын пенделерине болгон ырайымы кең. Пенде кандай күнөө кылбасын, эмне кылбасын, эгер ага тообо кылып Ага кайрылса, Аллах анын тообосун кабыл кылат.
 Аллах Таалага ыйман келтирген адам Раббисинин кечириминен үмүт кылат, Анын азабынан коркот. Ошондуктан тообо кылууга шашат жана күнөө кылууну токтотот.
 Чыныгы тообо кылуунун шарттары: күнөөсүн таштоо, өкүнүү жана кайра күнөөгө барбоого ниет кылуу. Ал эми пенделердин мал мүлкүн тартып алып, намысын тепсеп же напсисин кордоп зулумдук кылган болсо, анда анын тообо кылуусуна төртүнчү шарт кошулат. Ал - Акы ээлери акысын кечүү үчүн алардан ыраазычылык суроо же алардын акысын берүү.
 Аллах тууралуу илим алуу эң зарыл. Ал илим пендени дин маселелерини билүүчү кылып коёт. Ошондуктан ал пенде ката кетирген сайын тообо кылат, Аллахтан үмүтүн үзбөйт жана күнөөсүн кайра уланта бербейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4817</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ</t>
-[...2 lines deleted...]
-    <t>Кимде-ким сарымсак же пияз жесе, бизге (же биздин мечитибизге) жолобой үйүндө отурсун"</t>
+    <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
+  </si>
+  <si>
+    <t>Кимде-ким сарымсак же пияз жесе, бизге (же биздин мечитибизге) жолобой үйүндө отурсун</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
   </si>
   <si>
     <t>Жабир бин Абдуллах (аларга Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким сарымсак же пияз жесе, бизге (же биздин мечитибизге) жолобой үйүндө отурсун" . Бир жолу Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) сарымсак, жашылчалар кошулган тамак салынган идишти алып келишти эле, андан жагымсыз жытты байкап, эмне кошулганын сурады. Алар анда сарымсак бар экенин айтышты. Ал аны ошол жердеги бир сахабасына бергиле деди. Кийин тиги сахабанын тамакты жебей отурганын көрүп: "Сен жей бергин. Мен сен байланышпаган бирөө менен байланышам" - деди.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
 وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
   </si>
   <si>
     <t>Жамаат намазга келген мусулман бир туугандарына зыян бербөөсү үчүн, пайгамбар (ага Аллахтын тынчтыгы жана мактосу болсун) пияз же сарымсак жеген адамды мечитке келүүдөн тыйган. Бул тыюу пияз менен сарымсакты жештен эмес, жегенден кийин мечитке келүүдөн тыйган жеңил тыюу. Бул жашылчалар жегенге боло турган жашылчалар. Бир жолу пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) жашылчалар салынган казанды алып келишкенде, андан жагымсыз жытты байкап жана ага анда сарымсак бар экенин айтышканда, аны өзү жебей, бир сахабасына бердирет. Ал сахаба да пайгамбарды ээрчип аны жебей отурганын көрүп: Сен жей бер. Мен аян-кабар алып келген периште менен байланышам - деген.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) периштелер да адамдар сыяктуу жагымсыз жытка жийиркенерин айткан.</t>
   </si>
   <si>
     <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
 يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
 علة المنع الرائحة، فإذا زالت بكثرة الطبخ أو بغير ذلك؛ زالت الكراهة.
 كراهة أكل هذه الأشياء لمن عليه حضور الصلاة في المسجد؛ لئلا تفوته الجماعة في المسجد، ما لم يأكلها حيلة على إسقاط الحضور، فيحرم.
 امتناع النبي صلى الله عليه وسلم عن أكل الثوم ونحوه، ليس لتحريمه، وإنما لمناجاته جبريل عليه السلام.
 حسن تعليم النبي صلى الله عليه وسلم، حيث يَقرُن الحكم ببيان سببه؛ ليطمئن المخاطَب بمعرفة الحكمة.
 قال القاضي: وقاس العلماء على هذا مجامع الصلاة غير المسجد كمصلّى العيد والجنائز ونحوها من مجامع العبادات، وكذا مجامع العلم والذكر والولائم ونحوها، ولا يلتحق بها الأسواق ونحوها.
 قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
   </si>
   <si>
     <t>Пияз, сарымсак, порей жеген адамга мечитке келгенге тыюу салынган.
 Бул тыюу буларга окшош жагымсыз жыты бар, намазга келген адамдарды жийиркенте турган бардык нерсеге тиешелүү. Мисалы, түтүн жана тамекинин жыты ж.б.у.с.
 Тыюуга жыт себеп болууда. Эгер кайнатып бышырганда булардын жыты кетсе, анда аны жегенден кийин мечитке бара берсе болот. Бул учурда анын макирөөлүгү кетет.
 Булардын макирөөлүгү мечитке жамаат намазга бара турган адамга гана тиешелүү. Намазга баруудан кутулуу үчүн атайлап жесе, анда арам болот.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сарымсак сыяктуу нерселерди жебегени, алар арам деген маани эмес, ал Жебирейил периште менен жолугуп турган.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кайрылган адам өкүмдүн даанышмандыгын (себебин) түшүнүп, тынчтануусу үчүн анын себебин кошо баяндап, өтө мыкты таалим берген.
 Ал-Каази минтип айткан: Аалымдар бул өкүмдөгү намазга салыштырып мечиттен башка жакта окула турган айт, жаназа намаздарына жана башка эл чогула турган ибадаттарга, илим алуу, зикир кылуу отуруштарына жана үйлөнүү үлпөттөрүнө да жогорудагы өсүмдүктөрдү жеген адамдын келүүсү макирөө дешкен. Ал эми базар ж.б.у.с. эл чогула турган жерлер бул тыюуга кирбейт.
 Аалымдар дагы: Хадистердин жалпы маанисине ылайык, сарымсак сыяктуу нерселерди жеген адам мечитте эч ким жок болсо да кирүүгө болбостугун айтышкан. Анткени, мечит периштелер кире турган жай.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4850</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Чындыгында, Аллахтын алдында адилеттүү болгондор нурдан болгон минбарларда, Улуу, Мээримдүү Заттын оң жагында болушат. Анын эки колу тең оң. (1) Алар өкүм кылганда адилеттүү болгондор, үй-бүлөлөрүнө адилеттүү болгондор жана  башкарууда адилеттүү болгондор</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>Абдулла ибн Амр, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Чындыгында, Аллахтын алдында адилеттүү болгондор нурдан болгон минбарларда, Улуу, Мээримдүү Заттын оң жагында болушат. Анын эки колу тең оң. (1) Алар өкүм кылганда адилеттүү болгондор, үй-бүлөлөрүнө адилеттүү болгондор жана  башкарууда адилеттүү болгондор».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, адамдарды башкарууда, аларга өкүм чыгарууда жана үй-бүлөлөрүнүн ортосунда адилеттүүлүк жана акыйкат менен өкүм кылгандар Кыямат күнү аларды урматтоо үчүн нурдан жаратылган бийик отургучтарда отурушаарын кабар берүүдө. Бул минбарлар Мээримдүү Аллах Тааланын оң жагында жана Анын эки колу тең оң.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Адилеттүүлүктүн пазилети жана ага үндөө.
 Адилеттүүлүк жалпы бардык башкарууну жана адамдар арасындагы өкүм кылууну, жада калса аялдар менен балдардын ортосундагы адилеттикти жана башкаларды камтыйт.
 Адилеттүү адамдардын Кыямат күнүндөгү даражалары баяндалды.
 Ыймандуу адамдар Кыямат күнүндө ар кимиси кылган иш-аракетине жараша ар кандай даражада болушат.
 Кызыктыруу ыкмасы – бул даават кылуунун ыкмаларынын бири. Ал ыкмалар чакырылып жаткан адамды моюн сунууга кызыктырат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4935</t>
   </si>
   <si>
-    <t>مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ</t>
+    <t>من يحرم الرفق يحرم الخير</t>
   </si>
   <si>
     <t>Кимде-ким боорукерликтен куру калса, бардык жакшылыктан куру калыптыр</t>
   </si>
   <si>
     <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
   </si>
   <si>
     <t>Жарир (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким боорукерликтен куру калса, бардык жакшылыктан куру калыптыр".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтат: боорукерликтен куру калган адамдын дүйнө ишинде да, акырет ишинде да,  өзүнө кылган ишинде да, өзгөлөргө кылган ишинде да ийгилик болбойт. Ал бардык жакшылыктан тыйылып калат.</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
 الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
 قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
   </si>
   <si>
     <t>Боорукер болуу артыкчылыктуу мүнөз, кулк-мүнөздү ошого калыптандыруу керек. Ал эми оройлук, таш боордук жаман мүнөз.
 Боорукердик, ак көңүлдүк дүйнө жана акыреттин жакшылыгын камсыз кылат. Ал эми оройлук, таш боордук мунун тескерисине алып барат.
 Боорукердик - жакшы мүнөздүн жана саламатчылыктын жыйынтыгы. Таш боордук - ачуунун жана оройлуктун жыйынтыгы. Ошон үчүн пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) боорукердикти мактаган.
 Суфян Саври (ага Аллах ырайым кылсын) жолдошторуна кайрылып мындай дейт: Боорукердик деген эмне экенин билесиңерби? Ал - ар бир нерсени өз ордуна коюу. Катуулукту да өз ордуна коюу. Жумшактыкты да өз ордуна коюу. Кылычты да өз ордуна коюу. Таякты да өз ордуна коюу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4939</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Менин үммөтүмдөн баш тарткандардан башкасынын баары бейишке кирет. Ошондо: «Оо, Аллахтын Элчиси, ким баш тартат?» - деп айтышат. Пайгамбар, саллаллаху алейхи уа саллам: «Ким мага моюн сунса, Бейишке кирет. Ким мага моюн сунбаса, анда баш тарткан болот» - деп айтты</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Менин үммөтүмдөн баш тарткандардан башкасынын баары бейишке кирет. Ошондо: «Оо, Аллахтын Элчиси, ким баш тартат?» - деп айтышат. Пайгамбар, саллаллаху алейхи уа саллам: «Ким мага моюн сунса, Бейишке кирет. Ким мага моюн сунбаса, анда баш тарткан болот» - деп айтты».</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнүн тыйылгандардан башкасынын баары бейишке кире турганын кабарлап жатат.
 Сахабалар: «Ким бейишке кирүүдөн тыйылат, эй Аллахтын Элчиси?» - деп сурашат.
 Пайгамбар, саллаллаху алейхи уа саллам, аларга мындай деп жооп берди: Ким Пайгамбар, саллаллаху алейхи уа салламга, моюн сунса, ээрчисе жана ага баш ийсе, бейишке кирет. Ал эми кимде-ким шариятка моюн сунбаса жана баш ийбесе, анда жаман иш-аракеттери себебинен бейишке кирүүсүнө тыюу салынат.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламга, моюн сунуу – Аллахка моюн сунуу. Ал эми ага баш ийбөө – Аллахка баш ийбөө болуп саналат.
 Пайгамбар, саллаллаху алейхи уа салламга, баш ийүү бейишке алып барат. Ал эми ага баш ийбөө тозокко алып барат.
 Бул үммөттүн моюн сунуучулары үчүн сүйүнчү. Аллахка жана Анын элчисине баш ийбегендерден башкасынын баары бейишке киришет.
 Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнө боорукер болгон жана аларга туура жолду көрсөтүүгө катуу умтулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4947</t>
   </si>
   <si>
-    <t>لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ</t>
+    <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>Кыямат күнү пенде өмүрүн эмне менен өткөргөнү, илимин кандай пайдаланганы, мал-мүлкүн кайдан таап, кайда каржылаганы, дене-кубатын кандай иштеткени тууралуу суралмайынча анын кадамы жылбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>Абу Барза ал-Аслами (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү пенде өмүрүн эмне менен өткөргөнү, илимин кандай пайдаланганы, мал-мүлкүн кайдан таап, кайда каржылаганы, дене-кубатын кандай иштеткени тууралуу суралмайынча анын кадамы жылбайт".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кыямат күнү эч бир адам төмөнкү иштер тууралуу суралмайынча эсеп-кысап майданынан бейишке да, тозокко да өтө албастыгын айткан.
 Биринчиси: Жашоосун кантип өткөргөнү тууралуу.
 Экинчиси: Илимди Аллахтын ыраазылыгы үчүн алганбы? Алган илимине амал кылдыбы? Алган илимин тиешелүү адамдарга жеткирдиби?
 Үчүнчүсү: Мал-мүлкүн арамдан таптыбы, же адалдан таптыбы? Анан аны Аллах ыраазы боло турган иштерге жумшадыбы, же Аллахтын ачуусун келтире турган иштерге короттубу?
 Төртүнчү: Дене мүчөлөрүн, күч-кубатын, чың ден солугун, жаштык курагын эмнеге иштетип, эмнеге жумшады?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Өмүрдү Аллах ыраазы боло тургандай пайдалануу зарыл.
 Аллахтын пенделерге берген нээмат-жакшылыгы өтө көп. Пенде ошол нээматтар тууралуу сөзсүз суралат, ошондуктан Аллахтын нээматтарын Ал ыраазы боло тургандай пайдалануусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4950</t>
   </si>
   <si>
-    <t>لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ</t>
+    <t>لأعطين هذه الراية رجلا يحب الله ورسوله، يفتح الله على يديه</t>
   </si>
   <si>
     <t>Бул тууну Аллахты жана Анын элчисин жакшы көргөн адамга берем. Аллах Таала аны жеңишке жеткирет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ» قَالَ عُمَرُ بْنُ الْخَطَّابِ: مَا أَحْبَبْتُ الْإِمَارَةَ إِلَّا يَوْمَئِذٍ، قَالَ فَتَسَاوَرْتُ لَهَا رَجَاءَ أَنْ أُدْعَى لَهَا، قَالَ فَدَعَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلِيَّ بْنَ أَبِي طَالِبٍ، فَأَعْطَاهُ إِيَّاهَا، وَقَالَ: «امْشِ، وَلَا تَلْتَفِتْ، حَتَّى يَفْتَحَ اللهُ عَلَيْكَ» قَالَ فَسَارَ عَلِيٌّ شَيْئًا ثُمَّ وَقَفَ وَلَمْ يَلْتَفِتْ، فَصَرَخَ: يَا رَسُولَ اللهِ، عَلَى مَاذَا أُقَاتِلُ النَّاسَ؟ قَالَ: «قَاتِلْهُمْ حَتَّى يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِذَا فَعَلُوا ذَلِكَ فَقَدْ مَنَعُوا مِنْكَ دِمَاءَهُمْ وَأَمْوَالَهُمْ، إِلَّا بِحَقِّهَا وَحِسَابُهُمْ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Хайбар согушу болгон күнү Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Бул тууну Аллахты жана Анын элчисин жакшы көргөн адамга берем. Аллах Таала аны жеңишке жеткирет". Умар бин Хаттаб айтат: Мен башчы болууну ушул күнү гана аябай кааладым. Анан мага берип калса деп үмүт кылып (көрүнүү үчүн) боюмду керип өйдө болдум. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Али бин Абу Талибди чакырып, ага тууну берди. Анан: "Согушка аттан, Аллах жеңишке жеткирмейинче, артыңа кылчайба" - деди. Али алдыга басып жөнөп, токтой калды, бирок артына бурулуп караган жок. Анан үнүн катуу чыгарып: Оо, Аллахтын элчиси, алар эмне кылганча согушайын? - деп сурады. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Алар Аллахтан башка ибадатка татыктуу кудай жок экенине жана Мухаммад Аллахтын элчиси экенине күбөлүк бергенге чейин согуша бер. Эгер алар ушинтип күбөлүк берип мусулман болсо, өлүм жазасына татыктуу күнөө кылмайынча, жандарын жана мал-мүлкүн сенден сактап калышат. Алардын эсеби Аллахтын колунда".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم الصحابةَ بانتصار المسلمين مِن الغَد على يهود خيبر مَدينة قُرْبَ المدينة، وذلك على يَد رجل يعطيه الراية، وهو العَلَم الذي يَتخذه الجيش شعارًا له، وهذا الرجل مِن صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله.
 وقد ذَكَرَ عُمرُ بن الخطاب رضي الله عنه أنه ما أحبَّ الإمارةَ وأن يكون هو المقصود إلا يومئذ؛ رجاء أن يصيبه ما قاله النبي صلى الله عليه وسلم من حُبِّ الله ورسوله، ومدَّ عمر رضي الله عنه جسده ليراه النبي صلى الله عليه وسلم رجاء أن يُدْعَى لها، وحرصًا وطمعًا في أخذ تلك الراية.
 فدعا صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه فأعطاه الراية، وأمره النبي صلى الله عليه وسلم أن يَتحرَّك بالجيش، وألَّا ينصرف عن القتال بعد لقاء عدوه براحة أو توقف أو هدنة حتى يفتح الله عليه هذه الحصون بالنصر والغلبة. 
 فسار عليٌّ رضي الله عنه، ثم وَقَفَ إلا أنه لم يلتفت؛ لئلا يخالِف أمرَ النبيِّ صلى الله عليه وسلم، فرفع عليٌّ رضي الله عنه صوته: يا رسول الله، على ماذا أقاتل الناس؟ 
 فقال صلى الله عليه وسلم: قاتلهم حتى يشهدوا أن لا إله إلا الله وأن محمدًا رسول الله، فإذا استجابوا، ودخلوا في الإسلام؛ فقد منعوا منك دماءهم وأموالهم وحَرُمَت عليك، إلا بحقِّها يعني إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، وحسابهم على الله.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына эртең Мадинага жакын жайгашкан Хайбар жөөттөрү жеңилерин кабар берет. Бул жеңиш азыр мен тууну берген адамдын башчылыгында болот деп айтат. Туу дегени аскерлер белги катары көтөрүп жүргөн желек. Ал кишинин эң негизги сыпаты: Аллахты жана Анын элчисин жакшы көрөт, Аллах менен Анын элчиси аны жакшы көрөт.
 Умар бин Хаттаб (ага Аллах ыраазы болсун) Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айткан Аллахтын жана Анын элчисинин сүйүүсүнө жетишсем деп үмүт кылып, ушул күнү башчылыкка кызыккандай, эч качан кызыкпаганын эскерет. Анан Умар (ага Аллах ыраазы болсун) пайгамбар көрүп чакырып калабы деген үмүт менен боюн созуп, тууну мага берсе экен деп самады.
 Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Али ибн Абу Талибди (Аллах андан ыраазы болсун) чакырып, ага тууну берди. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Алиге аскерлерди жетектеп, душман менен жолуккандан кийин Аллах жеңишке жеткирип, душмандын чептерин басып алганга чейин артка чегинбөөнү, токтобоону жана тынчтык келишимин түзбөөнү буйруду.
 Али (ага Аллах ыраазы болсун) алга жөнөп токтоп калды, бирок пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) буйругуна каршы келбеши үчүн, артына кылчайбай туруп үнүн бийик чыгарып: Оо, Аллахтын элчиси, алар менен эмне кылганга чейин согушайын? - деп сурады.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: «Аллахтан башка сыйынууга татыктуу кудай жок жана Мухаммад Аллахтын элчиси деп күбөлүк бермейинче алар менен согуш. Эгер алар муну кабыл алып, Исламга кирсе, анда жандарын жана мал-мүлкүн сенден сактап калышат, Ислам мыйзамдары боюнча жазага татыктуу болгон кылмыштан башка учурларда. Жана алардын эсеби Аллахтын колунда».</t>
   </si>
   <si>
@@ -7150,209 +7525,209 @@
 توجيه الإمام لقائد الجيش في كيفية التصرّف في ساحة المعركة.
 التزام أصحاب الرسول صلى الله عليه وسلم لوصاياه والمبادرة إلى تنفيذها.
 مَن أَشْكَلَ عليه شيء فيما طُلب منه سأل عنه.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
 الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
 لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
 تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
  المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
   </si>
   <si>
     <t>Жоопкерчилиги оор болгону үчүн сахабалар башчы болууну жактырышкан эмес.
 Жакшылыгы анык болгон нерсеге умтулууга, самоого  уруксат (жайыз).
 Башчы аскер кол башчысына согуш талаасында өзүн кандай алып жүрүү керектигине багыт берүүсү керек.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабалары анын осуятын бекем карманышкан жана аны дароо ишке ашырууга ашыгышкан.
 Буйрулган ишке жакшы түшүнбөй калса, аны кайра сурап тактап алуу зарыл.
 Жөөттөрдүн жеңилерин айтканы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгына далил. Ал Хайбар жөөттөрү жеңилет деди эле, айтканындай жөөттөр жеңилди.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) буйругун дароо аткарууга кызыктыруу.
 Күбөлүк келмесин айткан адамды өлтүрүүгө болбойт. Эгер өлүмгө татыктуу иши андан анык билинип турса гана өлтүрүлөт.
 Ислам мыйзамдары адамдардын иш-аракеттеринин сырткы көрүнүштөрүнө негизделет. Ал эми алардын ички сырлары Аллахтын өкүмүндө кала берет.
 Аллах жолундагы күрөштүн негизги максаты - адамдардын Исламга кирүүсү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4958</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Жебреил периште мага кошуна жөнүндө «мен кошуна да мурас алат экен» деп мен ойлоп калганга чейин насаат айтып жатты</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Ибн Умар, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Жебреил периште мага кошуна жөнүндө «мен кошуна да мурас алат экен» деп мен ойлоп калганга чейин насаат айтып жатты".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Жебреил периште Пайгамбар, саллаллаху алейхи уа саллам, кайра-кайра кайталап, үйгө жакын жайгашкан кошунасына, мусулманбы же каапырбы, тууганбы же башкабы, анын акысын сактап, ага зыян келтирбестен, ага жакшылык кылып жана анын зыянына сабыр кылып, кам көрүүнү буйруп жатканын кабарлап жатат. Жебреил периште Пайгамбар, саллаллаху алейхи уа саллам, кошунанын акысын сыйлаш керек деп ойлогонго чейин кайра-кайра кайталады. Жебреил периштенин кайра-кайра кайталоосу өлгөндөн кийин кала турган кошунасынын мал-мүлкүнөн мурас берилээрине вахий түшөт деген ойду пайда кылды.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Кошунанын укугун урматтоо жана анын укугун сактоо керек.
 Осуят жазып жатканда кошунанын укугун баса белгилеп, аны урматтоону, жакшы көрүүнү жана жакшылык кылууну, андан жамандыкты кайтарууну, ооруганда зыярат кылууну, кубанычтуу болгондо куттуктоону, балээге кабылганда көңүл айтууну осуят кылуу зарылчылыгы талап кылынат.
 Кошунанын эшиги канчалык жакын болсо, анда ал ошончолук акылуу болот.
 Ислам шариятынын кемчиликсиздиги коомчулуктун арасында кошуналарга жакшылык кылууда жана аларды жамандыктан сактоодо да келген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4965</t>
   </si>
   <si>
-    <t>أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟</t>
+    <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>Эгерде силерден кимдир бирөөнүн эшик алдында дарыя агып, анан ал ошол дарыяга бир күндө беш жолу жуунса, анын денесинде кир калабы?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Эгерде силерден кимдир бирөөнүн эшик алдында дарыя агып, анан ал ошол дарыяга бир күндө беш жолу жуунса, анын денесинде кир калабы?"  Кирден эч нерсе калбайт - дешти (сахабалар). Ал: "Беш убак намаз да ушул сыяктуу, Аллах намаз аркылуу күнөөлөрдү жууйт" - деди.</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) күнүмдүк беш убак намазды майда күнөөлөрдү жана каталарды өчүрүүдө бирөөнүн эшигинин алдында агып жаткан дарыяга окшоштурган. Ал киши дарыяга бир күндө беш жолу жуунса, денесинде эч кандай кир калбайт.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Бул артыкчылык майда күнөөлөргө эле тиешелүү, ал эми чоң күнөөлөргө тообо кылуу зарыл.
 Беш убак намазды шарттары, үрүкүндөрү, ваажыбдары жана сүннөттөрү менен калтырбай толук аткаруу ушундай артыкчылыктуу иш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4968</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى</t>
+    <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>Ыймандуулар бири-бирин жакшы көрүүдө, ырайым кылууда жана жардам берүүдө бир бүтүн дене сыяктуу, дененин бир мүчөсү ооруса, уйкусуздукта жана ысытмада ага бардык мүчөлөр шерик болот</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>Нуъман бин Башир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ыймандуулар бири-бирин жакшы көрүүдө, ырайым кылууда жана жардам берүүдө бир бүтүн дене сыяктуу, дененин бир мүчөсү ооруса, уйкусуздукта жана ысытмада ага бардык мүчөлөр шерик болот".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) дене мүчөлөрүнөн бир мүчө ооруса, башка мүчөлөрү да уйкусуздукта жана ысытмалоодо ага шерик болгондой, мусулмандар да бири-бирине жакшылык кылууда, ырайым кылууда, жардам берип, көмөктөшүүдө, бирине зыян тийсе аны сезүүдө бир дене сыяктуу болуу керек экендигин айткан.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Мусулмандардын укугун сактоо, аларга жардам берүү жана бири-бири менен тыгыз мамиледе болуу зарыл.
 Ыймандуулардын ортосунда махабат жана көмөктөштүк болууга тийиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4969</t>
   </si>
   <si>
-    <t>اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ</t>
+    <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
   </si>
   <si>
     <t>Ошондо пайгамбарыбыз: "Аларды уккула жана баш ийгиле. Алар өз моюнундагына, силер өз моюнуңардагыга жооп бересиңер" - деп жооп берди</t>
   </si>
   <si>
     <t>عَنْ وَائِلٍ الْحَضْرَمِيِّ قَالَ: سَأَلَ سَلَمَةُ بْنُ يَزِيدَ الْجُعْفِيُّ رضي الله عنه رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا نَبِيَّ اللهِ، أَرَأَيْتَ إِنْ قَامَتْ عَلَيْنَا أُمَرَاءُ يَسْأَلُونَا حَقَّهُمْ وَيَمْنَعُونَا حَقَّنَا، فَمَا تَأْمُرُنَا؟ فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ، فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ فِي الثَّانِيَةِ أَوْ فِي الثَّالِثَةِ، فَجَذَبَهُ الْأَشْعَثُ بْنُ قَيْسٍ، وَقَالَ: «اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ».</t>
   </si>
   <si>
     <t>Вааил ал-Хазрамий айтат: Салама бин Йазид ал-Жуфий (ага Аллах ыраазы болсун) Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип сурады: Оо, Аллахтын пайгамбары, эгер бизге өздөрүнүн укугун талап кылып, бизди укугубуздан тыйган адамдар башчы болуп калса, биз эмне кылабыз? Пайгамбарыбыз андан жүз бурду. Ал дагы сурады. Пайгамбарыбыз дагы жүз бурду. Ал экинчи же үчүнчү жолу сураганда Ашаъс бин Кайс аны жым отур деп эскертти.  Ошондо пайгамбарыбыз: "Аларды уккула жана баш ийгиле. Алар өз моюнундагына, силер өз моюнуңардагыга жооп бересиңер" - деп жооп берди.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الأمراء الذين يَطلبون حَقَّهم من الناس مِن السمع والطاعة، ويَمنعون الحقَّ الذي عليهم؛ مِن بَذْل العدل وإعطاء الغنيمة ورد المظالم والتسوية، فما تأمرنا أن نفعل معهم؟ 
 فأعْرَضَ النبيُّ صلى الله عليه وسلم عنه؛ كأنه كَرِهَ هذه المسائل، لكنْ أعادَ السائلُ عليه مرة ثانية وثالثة، فَجَذَبَ الأشعثُ بنُ قيس رضي الله عنه السائلَ لِيُسْكِتَه.
 فأجاب النبيُّ صلى الله عليه وسلم، وقال: اسمعوا لقولِهم، وأطيعوا أمرَهم؛ فإنما عليهم ما حُمِّلوا وما كُلِّفوا مِن العدل وإعطاء حق الرعية، وعليكم ما حُمِّلْتُم من الطاعة وأداء الحقوق والصبر على البلية.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдарды угууга жана баш ийүүгө буйруп, өз укуктарын талап кылган, бирок адамдарды адилдикти, олжо бөлүштүрүүнү, зулум тарткан адамга жардам берүүнү, теңдикти талап кылуу укуктарынан ажыраткан башчылар тууралуу суралды. Бизди андай башчыларга кандай мамиле кылууга буйруйсуң?
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул суроону жактырбагансып, ага жооп бербей тескери бурулду. Бирок сураган адам суроосун эки-үч жолу кайталап жиберди. Ашаъс бин Кайс сурап жаткан кишини этегинен тартып жым бол деп белги берди.
 Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага жооп берип мындай деди: Алардын айтканын уккула, буйругуна баш ийгиле. Анткени, алар моюнуна жүктөлгөн, адилеттүү болуу, кол алдындагылардын акысын берүү сыяктуу иштерге өздөрү жооп берет. Силер болсо, моюнуңарга жүктөлгөн, аларга баш ийүү, акысын берүү, кыйылчыкка сабыр кылуу сыяктуу иштерге жооп бересиңер.</t>
   </si>
   <si>
     <t>الأمر بالسمع والطاعة للأمراء على كل حال فيما يرضي الله عز وجل، وإن لم يقوموا بحق الرعية.
 تقصير الحكّام في واجبهم لا يُسَوِّغُ تقصيرَ الناس بالمقابل في واجباتهم؛ فكلٌّ مسؤولٌ عن عملِه، ومؤاخذ عن تقصيره.
 الدين ليس مبنيًّا على المُقايَضَة، وإنما على الالتزام بما وَجَب وإنْ قَصَّرَ الآخَرُ بما وجب عليه في المقابل، كما ورد في هذا الحديث.</t>
   </si>
   <si>
     <t>Аллах ыраазы болгон иштерде башчыларды угуу жана аларга баш ийүүгө буйруган, эгер алар кол алдындагылардын укугун тебелесе да.
 Башчылардын өз милдеттерине кайдыгер мамилеси адамдарга өз милдеттерине кайдыгер мамиле кылууга укук бербейт. Ар ким аткарган иши үчүн жооп берет, шалаакылыктары үчүн да жазасын алат.
 Бул хадисте айтылгандай: Дин алмашууга негизделген эмес. Биринчи тарап өз моюнуна жүктөлгөн иште кемчилик кетирсе дагы, экинчи тарап өз милдетин так аткара берүүсү керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5037</t>
   </si>
   <si>
-    <t>مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ</t>
+    <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>Балдарыңарды жети жашка чыкканда намаз окууга буйругула, он жашка чыкканда (окубаса, эскертүү үчүн акырын) ургула жана (кыз менен баланын) жаткан орундарын бөлгүлө</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>Амир бин Шуъайб атасынан чон атасынын айтканын минтип айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Балдарыңарды жети жашка чыкканда намаз окууга буйругула, он жашка чыкканда (окубаса, эскертүү үчүн акырын) ургула жана (кыз менен баланын) жаткан орундарын бөлгүлө".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ата балдарын (уулбу, кызбы айымасы жок) жети жашында намазга буйруусун жана намаз окуу үчүн эмнени билиш керек болсо, аны үйрөтүү керектигин айткан. Ал эми он жашка чыкканда да намаз окубаса буйругандан сырткары уруу керектигин жана (ушул жашка чыккан уул бала менен кыз баланын) төшөгүн ажыратуу керектигин айткан.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Балдар балакат жаш курагына жеткенге чейин эле дин иштерин үйрөтүү зарыл, бул иштердин эң маанилүүсү - намаз.
 Баланы уруу аны азаптоо эмес, ага адеп берүү үчүн, б.а. аны абалына жараша гана урат.
 Шарият намысты сактоого жана бузукулукка алып бара турган бардык жолдорду тосууга көңүл бурат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5272</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Рукия, тумарлар жана тивала ширк</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Абдулла бин Масууд, радыяллаху анху, айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Рукия, тумарлар жана тивала ширк».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ширк иштерин баяндады. Алар:
 Биринчи: Рукия. Бул - Исламга чейинки сабатсыз элдердин шыпаа табуу үчүн колдонгон ширк аралашкан сөздөрү жана дубалары.
 Экинчиси: Мончоктордон жана ушул сыяктуу нерселерден жасалган тумарлар. Муну жаман көздөн сактануу үчүн балдарга, жаныбарларга жана башкаларга тагышат.
 Үчүнчүсү: Тивала. Бул - жубайларды бирини экинчисине сүйдүрүү үчүн жасалат.
 Бул иштердин баары ширк. Анткени ширк шариятта далилденбеген бир нерсени, тажрыйба менен далилденбеген бир нерсени себеп кылуудан болот. Ал эми Куран окуу сыяктуу шариятта бар себептер же тажрыйба менен далилденген дарылар сыяктуу көзгө көрүнгөн себептерге келсек, пайда менен зыян Аллахтын колунда деген ишеним менен аларды себеп деп эсептесе болот.</t>
   </si>
@@ -7365,1488 +7740,1491 @@
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Тавхидди жана Ислам акыйдасын бузуудан сактоо керек.
 Ширк аралашкан рукияны окууга, тумарларды тагууга жана тиваланы колдонууга тыюу салынат.
 Адамдын бул үч себепке ишениши – бул кичине ширк. Себеби ал шариятта себеп болбогон нерсени себеп кылды. Ал эми алардын өзүнө пайда жана зыяны бар деп ишенсе, анда бул чоң ширк.
 Ширк жана арам себептерди кылуудан сактануу керек.
 Ширк аралашкан рукия окуу арам болот. Шариятта келген рукия окуудан башкасынын баары ширк болуп саналат.
 Жүрөк бир гана Аллахка байлануусу керек. Анткени бардык зыян жана пайда андан гана болот. Ал Жалгыз, Анын шериги жок. Ошондуктан Аллахтан башка эч ким жакшылык алып келе албайт. Андан башка эч ким жамандыкты кайтара албайт.
 Ислам шариятындагы рукия окуу үч шартты камтып алат: 
 1- Рукия окуу болгону бир себеп. Аллахтын уруксатысыз пайда бербейт деп ишенүү керек. 
 2- Рукия окуу - бул Куран окуу менен, Аллахтын ысым-сыпаттарын окуу менен, пайгамбар айткан дубаларды окуу менен жана шариятта келген дубаларды окуу менен болушу керек. 
 3-Рукия түшүнүктүү тилде болушу керек. Рукия дубалары таласим, башкача айтканда түшүнүксүз жазуулар жазылган дуба жана шааваза, башкача айтканда сыйкырдын турлөрү менен болбошу керек.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Абу Дауд, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>Гыйбат эмне экенин билесиңерби?” - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - дешти. Ал айтты: «Бир тууганыңды ал жактырбаган жагын айтууң» - деди. Ага: «Билесиңби, менин бир тууганымда менин айтканым бар болсочу?» - деп айтылганда Пайгамбар: «Эгер айтканың бар болсо, анда сен аны гыйбат кылган болосуң. Эгер болбосо, анда ага жалаа жапкан болосун» - деп айтты</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Гыйбат эмне экенин билесиңерби?” - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - дешти. Ал айтты: «Бир тууганыңды ал жактырбаган жагын айтууң» - деди. Ага: «Билесиңби, менин бир тууганымда менин айтканым бар болсочу?» - деп айтылганда Пайгамбар: «Эгер айтканың бар болсо, анда сен аны гыйбат кылган болосуң. Эгер болбосо, анда ага жалаа жапкан болосун» - деп айтты.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, шариятта тыюу салынган гыйбатты мындайча түшүндүрүп жатат: Мусулмандын артынан  анын жаратылышындагы же адеп-ахлагындагы жек көргөн нерсесин айтуу. Мисалы: Кылый, алдамчы, жалганчы жана ушуга окшогон жаман сыпаттарын айтуу, эгер ошол сыпаттары анда бар болсо да.
 Ал эми анда ал сыпат жок болсо, анда бул гыйбат кылуудан да жаман. Бул жалаа б.а. адамда жок нерсе менен жалаа жабуу.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Пайгамбардын, саллаллаху алейхи уа салламдын, жакшы таалими. Ал суроо жолунда маселелерди айтуусу.
 Сахабалардын: «Аллах жана Анын Элчиси жакшы билет» - деп айтышкан сөздөрүндөгү Пайгамбар, саллаллаху алейхи уа саллам, менен болгон жакшы адептери.
 Билбегени үчүн жооп берип жатканда: «Туурасын Аллах билет» - деп айтуу.
 Алардын арасындагы укуктарды жана бир туугандыкты сактоо менен коом үчүн шариятты сактоо керек.
 Кээ бир учурларда жалпы адамдардын пайдасы үчүн гыйбат кылуу арам болбойт. Мисилы: Зулумдукту кайтаруу. Зулум чеккен адам акысын алуу үчүн акысын алып бере ала турган адамга: «Мага баланча зулумдук кылды, же мага баланча ушундай кылды» - деп зулум кылган адамды айтса болот. Жана түгөй издөөдө, шериктештик иштерде же коңшулук маселеси боюнча ж.б.у.с. кеңешүү иштеринде боло берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Оо, Аллах! Кимде-ким менин үммөтүмдүн иштерин башкарып, аларды кыйнаса, анда ага кыйынчылык бер. Кимде-ким менин үммөтүмдүн иштерин башкарып, аларга жылуу мамиле кылса, анда ага боорукерлик кыл</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Аиша, радыяллаху анха, риваят кылган хадисте мындай деп айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, менин үйүмдө минтип айтканын уктум: «Оо, Аллах! Кимде-ким менин үммөтүмдүн иштерин башкарып, аларды кыйнаса, анда ага кыйынчылык бер. Кимде-ким менин үммөтүмдүн иштерин башкарып, аларга жылуу мамиле кылса, анда ага боорукерлик кыл».</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, мусулмандын иштерин башкарган адам жаш болсун же улгайган болсун, алардын баарына дуба кылды. Жана бул башкаруу жалпы башкаруу болсун же жеке башкаруу болсун, ал башчы аларга жылуу мамиле кылбай машакат туудурган болсо, анда Аллах таала аны кылган ишине жараша машакатка салып коёт.
 Кимде-ким аларга жылуу мамиле кылса жана алардын иштерин жеңилдетсе, анда Аллах ага боорукерлик кылат жана анын иштерин жеңилдетет.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Кимде-ким мусулмандардын кайсы бир иштеринде башчылык кылса, анда колунан келишинче аларга жылуу мамиле кылышы келек.
 Иш-аракеттердин түрүнө жараша сооп-сыйлык же жаза болот.
 Жылуу мамиле же катаал мамиле деп эсептелген мамилелердин чен-өлчөмү Куранга жана сүннөткө каршы келбеши керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Аллахтын мүлкүн адилетсиздик менен иштеткен эркектер, алар Кыямат күнү тозокто болушат</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Хавла аль-Ансарийа, радыяллаху анха, риваят кылат: Мен Пайгамбар, саллаллаху алейхи уа саллам, мындай деп айтканын уктум: «Аллахтын мүлкүн адилетсиздик менен иштеткен эркектер, алар Кыямат күнү тозокто болушат».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулмандардын мал-мүлкүн алдамчылык менен иштетип, аны адилетсиз алып жаткан адамдар жөнүндө айтып жатат. Мунун мааниси мал-мүлктү адал эмес жолдор менен табуу, аларды жыйноо жана туура эмес жерлерге сарптоо жагынан жалпыга тиешелүү. Буга жетимдердин жана вакф фонддорунун акчасын жеп, аманаттарды четке кагуу, коомдук фонддон негизсиз каражаттарды алуу кирет.
 Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, алардын жазасы Кыямат күнү тозок болорун айтты.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Адамдардын колундагы мал-мүлк Аллахтын мүлкү. Аллах Таала аны шарият жолу менен сарптоолору жана алдамчылык менен иштетүүдөн сактануулары үчүн адамдарга берди. Бул башчыларга жана алардан башка адамдардын баарына тиешелүү.
 Жалпы адамдардын мал-мүлкүнө болгон шарияттын катуу өкүмү. Ким мусулмандардын мал-мүлкүнө башчылык кылса, анда Кыямат күнү аны чогултканы жана сарптаганы үчүн жооп берет.
 Бул азапка өзүнүн же башка бирөөнүн мал-мүлкүн шарияттын мыйзамысыз иштеткендер кирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5331</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ</t>
+    <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>Күмөн саноодон сактангыла! Анткени, күмөн саноо сөздөрдүн жалганы</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтты, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Күмөн саноодон сактангыла! Анткени, күмөн саноо сөздөрдүн жалганы .  Адамдардын айыбын издебегиле, тыңчылык кылбагыла, бири-бириңерге көралбастык кылбагыла, кол үзүп кетпегиле, жек көрүп калбагыла! Эй, Аллахтын пенделери, бир тууган болгула!"</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандардын арасын бөлүп жара турган жана ортодо душмандыкты пайда кыла турган кээ бир жаман адаттардан тыйып, эскерткен. Мындай адаттардын кээ бири төмөнкүлөр:
 (Жаман күмөн саноо) бул эч кандай далили жок эле жүрөктө пайда болгон доомат, шек-күмөн, муну сөздөрдүн эң жалганы деп баяндаган.
 (Тахассус, аңдуу): көзү менен да, кулагы менен да адамдардын айыбын аңдып, изденүү.
 (Тажассус, баканооздук кылуу): жашыруун иштерди билүү үчүн атайын тыңчылык кылуу, көбүнчө жаман иштерге тыңчылык кылууга айтылат.
 (Хасад, көралбастык) башкаларга кандайдыр бир жакшылыктын болуусун жаман көрүү, ичи тардык кылуу.
 (Тадаабур, жүз үйрүп кетүү) биринен бири жүз буруп кетүү, саламдашпай калуу, мусулман бир тууганынан кабар албай коюу.
 (Табаагуз, жек көрүү) жаман көрүү, жактырбоо, кабагын чытуу, жакшы кабыл кылбоо.
 Анан акырында мусулмандардын абалын оңдой турган көп жактуу сөздү айтты: (Аллахтын пенделери, бир тууган болуп жашагыла). Бир туугандык - аны менен адамдардын алакасы бекемделе турган, алардын араларында махабат, мээрди пайда кыла турган байланыш.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>Кайсы бир жамандыктын белгиси ачык билинип турган адамга жаман күнөө кылуунун зыяны жок. Ыймандуу пенде баамчыл, көрөгөч болуусу керек, бузуку, жаман адамдарга алданбоосу кажет.
 Тыюу салынып жаткан күмөн (доомат) бул дайыма жүрөктө турган жана дайыма боло бере турган күмөн. Ал эми напсиге бир келип, кайра кете берген күмөнгө адам жооп бербейт.
 Тыңчылык, көралбастык, ж.б. сыяктуу мусулман коомчулугундагы адамдардын ортосуна бөлүнүүгө, карым-катышты токтотууга себеп боло турган иштер арам, тыюу салынган.
 Мусулмандар мамилесинде (бири-бирине) насаат айтып, боордоштук кылып, бир туугандык мамиледе болуусун осуят кылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5332</t>
   </si>
   <si>
-    <t>سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ</t>
+    <t>سباب المسلم فسوق، وقتاله كفر</t>
   </si>
   <si>
     <t>Мусулманды сөгүү - пасыктык, өлтүрүү - каапырдык</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масуд (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мусулманды сөгүү - пасыктык, өлтүрүү - каапырдык".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم المُسلمَ أنْ يَشْتُمَ ويَسُبَّ أخاه المسلمَ، وأنَّ ذلك من الفسوق وهو الخروج عن طاعة الله ورسوله صلى الله عليه وسلم، وأنَّ مُقاتَلَةَ المسلمِ أخاه المسلمَ من الأعمال الكُفْرِيّة، لكنه كُفْرٌ أصغر.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бир мусулманды экинчи мусулман бир боорун сөгүүдөн тыйган. Бул Аллахка жана Анын элчисине итаат кылуудан чыгарган пасык иш. Ал эми бир мусулмандын экинчи мусулманды өлтүрүүсү каапырдык иштерден. Бирок бул кичине каапырлык болуп эсептелет.</t>
   </si>
   <si>
     <t>وجوب احترام عِرْضِ المسلم ودمِهِ.
 عِظَم مآل سابِّ المسلم بغير حق؛ فالسابُّ بغير حق فاسق.
 سباب المسلم وقتاله يُضْعِفُ الإيمان وينقصه.
 بعض الأعمال تُسمى كُفْرًا؛ وإنْ لم تَصِل إلى الكفر الأكبر المخرج عن مِلَّة الإسلام.
 المراد بالكفر هنا الكفر الأصغر الذي لا يُخْرِج مِن المِلّة باتفاق أهل السنة؛ لأن الله عز وجل أثبت أُخُوَّةَ الإيمان للمؤمنين حال اقتتالِهم ونزاعِهم، فقال تعالى: (وَإِنْ طَائِفَتَانِ مِنَ الْمُؤْمِنِينَ اقْتَتَلُوا فَأَصْلِحُوا بَيْنَهُمَا) إلى قوله: ( إِنَّمَا الْمُؤْمِنُونَ إِخْوَةٌ).</t>
   </si>
   <si>
     <t>Мусулмандын канын жана намысын сактоо важыб.
 Мусулманды себепсиз сөккөн адамдын кесепети оор болот: адилетсиз акаарат кылган адам бузуку болот.
 Мусулманды сөгүү же өлтүрүү ыйманды алсыратып, кемчиликтүү кылат.
 Кээ бир иштер адамды динден чыгара турган чыныгы чоң каапырлыктын даражасына жетпесе да каапырдык деп аталат.
 Бул жерде айтылган каапырлык жалпы ахлу сунна аалымдарынын пикиринде адамды динден чыгарбай турган кичине каапырлык. Анткени, Аллах Таала мусулмандардын бири-бири менен талашып, согушуп турган учурун да ыймандуулар деп сүрөттөгөн. Алла Таала минтип айткан:"Эгерде момундардан эки тайпасы өз ара согушуп калса, экөөнүн арасын оңдогула..." кийинки аятка чейин: "Чынында, (бардык) момундар – бир туугандар".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5333</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Аллах жоопкер кылып койгон пенде, ал өлөөр күнүнө чейин карамагындагыларды алдап жүрүп өлсө, Аллах аны бейишке кирүүсүн арам кылат</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Маъкил бин Ясар Аль-Музани, радыяллаху анху, риваят кылып айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа саллам, мындай дегенин уктум: «Аллах жоопкер кылып койгон пенде, ал өлөөр күнүнө чейин карамагындагыларды алдап жүрүп өлсө, Аллах аны бейишке кирүүсүн арам кылат».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таала ар бир адамды башкаруучу жана адамдарга жооптуу кылып койгонун кабарлап жатат. Амир сыяктуу жалпы башкаруучу болобу, же өз үйүндөгү эркек жана өз үйүндөгү аял сыяктуу жеке башкаруучу болобу, айтор, ал өз кол алдындагы адамдын акысында кемчилик кетирип, аны алдап, ага насаат айтпай, анын диний жана дүйнөлүк акыларын текке кетирсе, анда ал бул катуу жазага татыктуу болот.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Бул азап имамга жана анын орун басарларына гана тиешелүү эмес. Тескерисинче, Аллах Таала жоопкер кылып койгон бардык адамдарга жалпы тиешелүү.
 Мусулмандардын иштерине жооптуу болгон ар бир башчы адамдарга насаат айтуу, аманатты кайтарууга аракет кылуу, кыянат кылуудан сактануу парз.
 Башкаруу чоң болобу же кичи болобу, жалпы болобу же жекече болобу, ар бир башчынын жоопкерчилиги чоң.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Ар бир жакшылык – садака</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Жабир бин Абдуллах, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Ар бир жакшылык – садака».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, башкалар үчүн жасалган ар бир жакшылык жана пайда, мейли ал сөз түрүндө болсун же иш жүзүндө болсун, ал садака болорун жана анда сооп жана сыйлык бар экенин кабар берип жатат.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Садака адамдын акчасынан берген нерсе менен эле чектелбейт. Анын кылган же айткан жана башкаларга жеткирген ар бир жакшылыгын да камтыйт.
 Ал хадисте жакшылык кылууга жана башкаларга пайдалуу нерселердин баарын аткарууга кызыктыруу бар.
 Оңой болсо да жакшылык үчүн болгон нерсени аз санабоо керек.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[Бухари Жаабирдин айтканынан, Муслим болсо Хузайфанын айтканынан жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ</t>
+    <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
   </si>
   <si>
     <t>Жөөттөргө жана христиандарга озунуп салам айтпагыла. Эгер жолдо алардын бирөөсүнө жолугуп калсаңар, аны жолдун кырына кысып өткүлө</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жөөттөргө жана христиандарга озунуп салам айтпагыла. Эгер жолдо алардын бирөөсүнө жолугуп калсаңар, аны жолдун кырына кысып өткүлө".</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن بَدْءِ اليهودِ والنصارى بالسلام ولو كانوا ذِمِّيِّيْن، فضلًا عن غيرهم من الكفار، وبَيَّن صلى الله عليه وسلم أننا إذا لقينا أحدَهم في طريق فنَضْطَرّه إلى أَضيَق الطريق، فالمؤمن هو الذي يَمشي في وسط الطريق، والذي يَتَنَحَّى هو الكافر، ولا يكون المسلم ذليلًا بحال من الأحوال.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жөөттөргө жана христиандарга, эгер алар мусулман мамлекетинин коргоосунда болсо да, озунуп салам айтуудан тыйган. Ошондой эле алардын бирөөсү менен бир жолдо бет келишип калсак, аны жолдун чекесине кысып өтүү керектигин баяндаган. Мусулман жолдун ортосу менен басып, каапыр жолдун чекеси менен басат. Кандай абал болсо да мусулман адам эч качан кор болбошу керек.</t>
   </si>
   <si>
     <t>لا يجوز للمسلم أن يبتدئ أحدًا من اليهود والنصارى وغيرهم من الكفار بالسلام.
 يجوز رد السلام عليهم إنْ هم بَدؤوا بالسلام بأن يقول: وعليكم.
 لا يجوز للمسلم أنْ يَتَقَصَّدَ أَذيّة الكافر بأن يُضَيِّقَ عليه قصدًا من غير موجب؛ ليضطره إلى أضيق الطريق؛ لكن إن كان الطريق ضيقًا أو مزدحمًا فالمسلم أحق به، والكافر يَتَنَحّى عنه.
 إظهار عزة المسلمين وصَغَار غيرهم، دون ظلم أو بَذَاءة في القول.
 التضييق على الكفار بسبب ما هم عليه من كفر بالله تعالى، قد يكون ذلك سببًا في إسلامهم؛ فينجوا من النار، إذا حملهم ذلك على معرفة السبب.
 لا بأس أن يقول المسلم للكافر ابتداءً كيف حالُك، كيف أصبحتَ، كيف أمسيتَ؟ ونحو ذلك إذا دعت الحاجة إلى ذلك؛ لأن النهي محمول على السلام.
 قال الطيبي: المُختار أنَّ المُبتدع لا يُبدأ بالسلام، ولو سلَّم على مَن لا يعرفه فظهر ذِميًّا أو مبتدعًا يقول: استرجعت سلامي تحقيرًا له.</t>
   </si>
   <si>
     <t>Жөөт, христиан жана башка каапырларга мусулман адам озунуп салам айтканга болбойт.
 Эгер алар салам берсе, аларга "Ва алайкум" деп жооп кайтарууга болот.
 Каапырларды атайын жолдун чекесине түртүп чыгарып зыян берүүгө болбойт. Болгону, эгер жол тар болсо, же жолдо тыгын болуп калса, анда ал жолдон биринчи өткөнгө мусулман адам акылуу. Каапыр ага жол бошотуп турат.
 Мунун максаты башкага зулум кылбастан же тил тийгизбестен мусулмандардын ызаттуулугун башкалардын алардан төмөндүгүн көрсөтүү.
 Каапыраларга мындай кысым кылуу алардын Аллах Таалага каапыр болгону үчүн. Эгер мындай мамиленин себебин билүүгө түрткү болсо, бул алардын динди кабыл кылып, тозоктон кутулушуна себеп болуусу мүмкүн.
 Эгер муктаждык болуп калса мусулман адам каапырга озунуп "Абалың кандай, кутмандуу таң, кутмандуу кеч" деген сыяктуу сөздөрдү айтууга болот. Бул жердеги тыюу "Ассаламу алайкум" деген ислам саламдашуусуна гана тиешелүү.
 Ат-Тийбий минтип айткан: Жакшысы бидаатчы адамга да озунуп салам бербеш керек. Эгер ким экенин билбей салам берсе, салам берген киши же мусулман өлкөсүндө жашаган каапыр же бидаатчы болуп калса, анда: Аны кемсинткендин белгиси катары саламымды кайтарып алдым деп айтсын.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5347</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Эч бир жакшылыкты кем санаба, эгерде мусулман бир тууганыңа жолуксаң ага жылмаюу менен жүз көрүшүп болсо да (жакшылык кыл)</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Абу Зар, ​​радыяллаху анху, риваят кылат: Пайгамбар, саллаллаху алейхи уа саллам, мага айтты: «Эч бир жакшылыкты кем санаба, эгерде мусулман бир тууганыңа жолуксаң ага жылмаюу менен жүз көрүшүп болсо да (жакшылык кыл)».</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, жакшылык кылууга жана ал жакшылык аз болсо да кем санабай аткарууга үндөдү. Мисалы: Жолугушканда жылмаюу менен жүз көрүшүү. Демек, мусулман бир тууганы менен ынак болушу үчүн жана аны кубандыруу үчүн аз болсо да жакшылык кылууга кызыктырыш керек.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Ыймандуулардын арасындагы сүйүүнүн пазилети чоң. Жолугушууда жылмаюу жана кубаныч тартуулоо керек.
 Бул шарият толук жана ар тараптуу. Шариятта мусулмандардын оңолуусу жана алардын сөзүн бириктирүү тууралуу бардык нерселер келген.
 Аз болсо да жакшылык кылууга үндөө керек.
 Мусулмандарга кубаныч тартуулоо сооптуу. Анткени бул алардын ортосундагы үлпөттүүлүктү күчөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Күрөшкөн күчтүү эмес. Ачууланганда өзүн кармай билген күчтүү</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Күрөшкөн күчтүү эмес. Ачууланганда өзүн кармай билген күчтүү».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, чыныгы күч дененин күчү эмес же башка билеги күчтүүнү жеңген адам күчтүү эмес. Тескерисинче, ачууланганда өзүн кармап напсиге каршы күрөшүп, ачуусун баскан күчтүү экенин баяндап жатат. Анткени, анда өзүн башкара ала турган күч жана шайтанга үстөмдүк кыла ала турган күч бар экендигин көрсөтүп турат.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Ачууланганда сабырдуулуктун жана өзүн кармануунун пазилети жана бул Ислам үндөгөн жакшы иштердин бири экендиги айтылды.
 Ачууланганда напси менен күрөшүү - душманга каршы күрөшүүдөн күчтүү.
 Ислам наадандыктагы күчкө ээ болуунун түшүнүгүн жакшы адеп-ахлакка айлантты. Ошондуктан эң күчтүү адам – бул өз напсисин башкарган адам.
 Ачуулануудан баш тартуу. Анткени ал жеке адамдарга жана коомго зыян келтирүүгө себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Ким бир коомго өзүн окшотсо, анда ал ошолордон</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Ибн Умар, радыяллаху анху, риваят кылган хадисте, ал айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Ким бир коомго өзүн окшотсо, анда ал ошолордон».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким каапыр, бузуку же жакшы бир коомго өзүн окшотуп, аларга тиешелүү болгон акыйдаларынан, ибадаттарынан же үрп-адаттарынан бир нерсени аткарса, анда ал алардан болот. Анткени аларга өзүн-өзү сыртынан окшотуу алардын ички дүйнөсүнө да окшошуп калууга алып барат. Адамдарды тууроо аларга суктануунун натыйжасы экени талашсыз. Бул аларды сүйүүгө, аларды улуулоого, аларга таянууга алып келиши мүмкүн. Ал тургай ички ишениминде да жана ибадатта да аларга окшошууга алып келиши мүмкүн. Аллах андай болуудан сактасын.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Каапырларга жана бузукуларга өзүн окшоштурууга тыюу салды.
 Өзүн саалих адамдарга окшотууга жана алардан үлгү алууга үндөдү.
 Сыртынан ага окшошуу анын ички дүйнөсүн сүйүүнү пайда кылат.
 Адам өзүн бузукуларга окшотуу жана анын түрүнө жараша күнөөгө жана азапка дуушар болот.
 Каапырларды дининде жана алардын өзгөчө үрп-адаттарында аларга окшошууга тыюу салынган. Ал эми кол өнөрчүлүк жана башка ушул сыяктуу нерселерди үйрөнүүгө тыюу салынган эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламдын, алдына бир киши келип: «Менин улоом өлүп калды, мага мени мингизип алып жүргөнү улоо берчи» десе, Пайгамбар ага: «Менде жок» - деди. Башка бир киши: «Оо, Аллахтын Элчиси, мен ага аны ким мингизип аларын көрсөтөм» - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам: «Ким жакшылыкка жол көрсөтсө, анда ага аны аткарган адамдын сообундай сооп болот» - деп айтты.*@</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Абу Масууд Аль-Ансари, радыяллаху анху, айтты: Пайгамбар, саллаллаху алейхи уа салламдын, алдына бир киши келип: «Менин улоом өлүп калды, мага мени мингизип алып жүргөнү улоо берчи» десе, Пайгамбар ага: «Менде жок» - деди. Башка бир киши: «Оо, Аллахтын Элчиси, мен ага аны ким мингизип аларын көрсөтөм» - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам: «Ким жакшылыкка жол көрсөтсө, анда ага аны аткарган адамдын сообундай сооп болот» - деп айтты.</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламга, бир киши келип: «Менин төөм өлүп калды, мени мингизип алып кеткени мага бир улоо бергиле» - деди. Ошондо, Пайгамбар, саллаллаху алейхи уа саллам, андан үзүр сурады, анткени аны мингизе турган эч нерсеси жок болчу. Ошол жерде турган бир адам айтты: «Оо, Аллахтын Элчиси, мен аны ким мингизээрин айтам» - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, садака бергендин сообуна шерик болорун айтты. Анткени ал муктажга жардам берүүчү адамды көрсөтүп койду.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Жакшылыкты көрсөтүүгө үндөө керек.
 Жакшылыкка үндөө – мусулман коомчулугунун ынтымагын жана бири-биринин кемчилигин толуктоо себептеринин бири.
 Аллах Тааланын пазилети кең.
 Хадисте жалпы эреже бар. Ошондуктан ага бардык жакшы амалдар кирет.
 Эгер адам суроочунун каалоосун орундата албаса, анда анын суроосун орундата турган башка бирөөнү көрсөтүү керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5354</t>
   </si>
   <si>
-    <t>سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ</t>
+    <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>Кайсы күнөө Аллах үчүн өтө оор? - деп пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) сурадым. "Ал сени жаратканына карабай, Ага башканы шерик кошууң</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масуъд (ага Аллах ыраазы болсун) айтат: Кайсы күнөө Аллах үчүн өтө оор? - деп пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) сурадым. "Ал сени жаратканына карабай, Ага башканы шерик кошууң" - деди. Ырас, бул өтө оор. Андан кийин кайсы күнөө? - деп сурадым. "Өзүң менен бирге аны багуудан коркуп, балаңды өлтүрүүң" - деди. Андан кийин кайсы? - дедим. "Кошунаңдын аялы менен ойноштук кылууң" - деди.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) эң чоң күнөөлөр тууралуу суралды эле, ал мындай деди: Күнөөнүн эң чоңу - чоң ширк. Чоң ширк - бул, Аллахка Анын улухиятына же рубубиятына же ысым-сыпаттарына башканы окшоштуруп, шерик кылып алуу. Бул күнөөнү Аллах Таала тообо аркылуу гана кечирет. Эгер ширк кылып жүргөн адам тообо кылбай өтүп кетсе, анда ал тозокто түбөлүк калат. Андан кийинкиси багуудан коркуп баласын өлтүрүү. Адам өлтүрүү арам. Ал эми өлтүрүлгөн адам өлтүрүүчүнүн канынан бүткөн адам болсо, анын күнөөсү мындан да оор. Анан да эгер өлтүрүүчүнүн өлтүрүүдөгү максаты өзүн ырыскы берүүдө Аллахка шерик кылып алып, ырыскы бере албайм деп коркон учурда болсо күнөө ого бетер оорлойт. Андан кийинкиси кошунасынын аялы менен зына кылуусу, кошунасынын аялына кыянаттык кылуу менен зына кылып, аны өзүнө көндүрүп алуу. Зына кылуу арам. Бирок шарият жакшылык кылууга жана жакшы мамиледе болууга үндөгөн кошунанын аялы менен зына кылуу күнөөнү ого бетер оорлотот.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Ийги иш-амалдар (сообунун) артыкчылыгында айырмаланган сыяктуу, күнөөлөр да чоңдугуна жараша айырмалуу.
 Күнөөлөрдүн эң чоңу: Аллах Таалага ширк кылуу, андан кийинкиси өзүң менен бирге багуудан коркуп балаңды өлтүрүүң, андан кийинкиси кошунаңдын аялы менен зынаа кылууң.
 Ырыскы Аллахтын колунда, жаратылгандардын баарынын ырыскысын Ал Өз моюнуна алган.
 Кошунанын укугу жогору. Ага зыян тийгизүү башкага зыян тийгизүүдөн оор күнөө.
 Жаратуучу, Ал гана ибадат кылынууга татыктуу, Ал жалгыз, Анын шериги да жок.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5359</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Өлгөндөрдү тилдебегиле. Анткени алар өздөрү аткарган иш-аракеттерине жетишти</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>Аиша, ралыяллаху анха, риваят кылган хадисте, Пайгамбар, саллаллаху алейхи уа саллам, айтты: Өлгөндөрдү тилдебегиле. Анткени алар өздөрү аткарган иш-аракеттерине жетишти.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, өлгөндөрдү тилдөөнү жана алардын ар-намысына тийүүнүн арам экенин баяндап жатат. Бул тилдөө адеп-ахлактын терс жактарынын бири. Анткени алар аткарган жакшы же жаман иш-аракеттерине жетишкен. Ошондой эле бул тилдөө аларга жетпейт. Анткени ал тилдөө тирүүлөргө гана зыян жеткирет.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Бул хадис өлгөндөрдү тилдөө арам экендигине далил болот.
 Тирүүлөрдүн кызыкчылыгын эске алуу менен өлгөндөрдү тилдөөнү таштап, коомду чыр-чатактан, жек көрүүдөн сактоо керек.
 Аларды тилдөөдөн тыюунун хикматы – алар мурда кылган иш-аракетине жеткендиктен аларды тилдөөдө пайда жок. Бирок алардын тирүү туугандары зыян тартат.
 Адам пайдасы жок нерсени айтпашы керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Кимдир бирөө бир тууганын үч түндөн ашык жүз буруп таштап коюусу туура эмес. Ошентип, ал мындан жүз бурат, бул андан жүз бурат. Алардын эң жакшысы саламды биринчи баштаганы болот</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Абу Айюб Аль-Ансари, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимдир бирөө бир тууганын үч түндөн ашык жүз буруп таштап коюусу туура эмес. Ошентип, ал мындан жүз бурат, бул андан жүз бурат. Алардын эң жакшысы саламды биринчи баштаганы болот».</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулман бир тууганын үч күндөн ашык таштап, бири-бири менен жолукканда саламдашпай жана сүйлөшпөй коюуларына тыюу салган.
 Бул эки урушкан адамдардын эң жакшысы – жүз буруп таштап коюуну таштоого аракет кылганы жана саламды биринчи баштаганы. Бул жерде таштоо дегени – напси үчүн таштоо. Ал эми Аллах Тааланын акысы үчүн таштоо – бул Аллахка баш ийбегендерди, бидъатчыларды жана жаман досторду таштоо. Бул таштоо убактылуу эмес. Тескерисинче, таштоонун пайдасына байланган. Эгерде аларга таштоо пайда берсе, анда тоштоону четке кагып мамиле кыла берет.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Адамдын табиятын эске алуу менен үч күн же андан аз убакыттын ичинде жүз буруп таштап коюу уруксат. Капачылык кетүүсү үчүн үч күн жүз буруп таштап коюу кечирилген.
 Салам айтуунун пазилети көп. Ал салам айтуу напсиге тийген такты кетирет жана ал жакшы көрүүнүн белгиси.
 Ислам дини мусулмандардын ортосундагы бир туугандыкка жана ынак мамилеге кызыктырат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>Тууганчылык байланышты үзгөн адам бейишке кирбейт</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Жубайр бин Мутъим, радыяллаху анху, риваят кылган хадисте ал Пайгамбар, саллаллаху алейхи уа саллам, мындай дегенин укту: «Тууганчылык байланышты үзгөн адам бейишке кирбейт».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким жакындарынын важип акысын өтөбөсө, же аларга жамандык кылса, анда ал бейишке кирбөөгө татыктуу экенин билдирген.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Тууганчылык байланышты үзүү чоң күнөөлөрдөн.
 Тууганчылык байланыш каада-салтка жараша болот. Ал жерге, заманга, адамдарга жараша айырмаланып турат.
 Тууганчылык байланыш зыярат кылуу, садака берүү, аларга жакшылык кылуу, оорулууларды зыярат кылуу, жакшылыкка буюруу, жамандыктан кайтаруу ж.б.у.с. мамиле менен болот.
 Туугандык байланыштын үзүлүшү канчалык жакын туугандар менен болсо, күнөөсү ошончолук чоң болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>Ушакчылар бейишке кирбейт</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Хузайфа, радыяллаху анху, риваят кылган хадисте ал айтты: «Мен Пайгамбар, саллаллаху алейхи уа саллам, мындай деп айтканын уктум: «Ушакчылар бейишке кирбейт»».</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, адамдардын арасында бузукулук кылууну көздөп сөз ташыган ушакчы бейишке кирбестен жазага татыктуу экенин кабарлап жатат.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Ушак айтуу чоң күнөөлөрдүн бири.
 Жеке адамдар жана жамааттын ортосунда бузукулук жана зыян болгондугу үчүн ушак айтууга тыюу салынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ</t>
+    <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>Кыямат күнү ыймандуу адамдын таразасына салмак боло турган жакшы кулк-мүнөздөн өткөн оор нерсе жок. Чынында, Аллах бузуку жана богооз адамдарды жаман көрөт</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Абу Дарда (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү ыймандуу адамдын таразасына салмак боло турган жакшы кулк-мүнөздөн өткөн оор нерсе жок. Чынында, Аллах бузуку жана богооз адамдарды жаман көрөт".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кыямат күнү ыймандуу адамдын таразасына салмак боло турган иштердин жана сөздөрдүн эң оору - жакшы кулк-мүнөз экенин айткан. Жакшы кулк-мүнөз - бул, жарык маанай, эч кимге зыян тийгизбөө, жакшылыкты көп кылуу ж.б. Аллах Таала иши жана сөзү бузук адамдарды жана сүйлөгөн сөзү башкаларды иренжите турган адамдарды жакшы көрбөйт.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Жакшы кулк-мүнөздүн артыкчылыгы (көп); анткени, жакшы кулк-мүнөздүн ээси Аллахтын сүйүүсүнө, пенделердин сүйүүсүнө ылайыкту болот. Кыямат күнү таразада салмак болот.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[Абу Дауд жана ат-Тирмизи жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5371</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Кимде-ким ырыскысы кенен болушун кааласа, өмүрүн узун болушун кааласа, анда тууганчылык байланышын бекемдесин</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Анас бин Малик, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким ырыскысы кенен болушун кааласа, өмүрүн узун болушун кааласа, анда тууганчылык байланышын бекемдесин».</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, тууганчылык байланышты зыярат кылуу менен, сый-урмат жана материалдык, ж.б.у.с сыйлыктар менен бекемдөөгө чакырып жатат. Тууганчылык байланышты бекемдөө ырыскынын мол болушуна, өмүрдүн узун болушуна себеп болот.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Тууганчылык – бул ата менен эне тараптан болгон жакындар. Ал канчалык жакын болсо, ошончолук байланышка татыктуу болот.
 Иш-аракеттин түрүнө жараша сооп-сыйлык болот же жаза болот. Ошондуктан кимде-ким тууганчылык байланышын жакшылык менен жана кайрымдуулук менен бекемдесе, анда Аллах Таала анын өмүрүн узартып, ырыскысына береке берет.
 Туугандык байланышты бекемдөө – ырыскынын кеңейишине жана өмүрүнүн узун болушуна себеп болот. Ал эми ажал жана ырыскы чектелген болсо да, бирок анын ырыскысында жана өмүрүндө береке болушу мүмкүн. Ырыскысында жана өмүрүндө береке болушу – жашоосунда башкаларга караганда пайдалуу жана көп нерселерди аткаруу менен болот. Башка бир айтымда ырыскысында жана өмүрүндө береке болушу – бул ырыскысы көбөйүп, өмүрү узарат деп келет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Кимде-ким зыян келтирсе, анда Аллах ага зыян келтирет. Ал эми кимде-ким бирөөнү кыйнаса, анда Аллах аны кыйынчылыка салып коёт</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Абу Сирма, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким зыян келтирсе, анда Аллах ага зыян келтирет. Ал эми кимде-ким бирөөнү кыйнаса, анда Аллах аны кыйынчылыка салып коёт».</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бир мусулмандын өзүнө, мал-мүлкүнө жана үй-бүлөсүнө зыян келтирүүдөн же ага кыйынчылык келтирүүдөн эскертти. Ким ушундай кылса, анда Аллах аны келтирген зыянына жана кыйнаганына жараша жазасын жана азабын берет.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Мусулманга зыян келтирүү жана ага кыйынчылык келтирүү арам.
 Аллах пенделеринин өчүн алып берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5375</t>
   </si>
   <si>
-    <t>إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟</t>
+    <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге чыкты. Биз: О, Аллахтын элчиси, биз сага кантип салам айтканды үйрөндүк, ал эми салаватты кантип айтабыз?</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
     <t>Абдурахман бин Абу Лайла айтат: Мага Каъб бин Уъжра жолугуп: Сага бир белек берейинби? - деди. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге чыкты. Биз: О, Аллахтын элчиси, биз сага кантип салам айтканды үйрөндүк, ал эми салаватты кантип айтабыз?  - дедик. Ал: "Аллахумма солли алаа Мухаммад, ва алаа аали Мухаммад. Камаа соллайта алаа Иброхима, ва алаа аали Иброхим. Иннака хамидум-мажиид.  Аллахумма баарик алаа Мухаммад, ва алаа аали Мухаммад. Камаа бааракта алаа Иброхима, ва алаа аали Иброхим. Иннака хамидум-мажиид, деп айткыла" - деди.</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
     <t>Аттахиятта ага: "Ассаламу алайка айюхан-набию ва рахматуллохи ва баракатух..." деп айтууну үйрөнгөндөн кийин, сахабалар пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) ага кантип салават айтуу керектигин сурашат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга салават кандай айтыларын үйрөтөт. Анын мааниси мындай: "Аллахумма солли алаа Мухаммад ва алаа аали Мухаммад" Мааниси: Бийиктиктеги периштелерге аны жакшы сөздөр менен макта жана динде аны ээрчигендерди, жакындарынан ыймандуу болгондорду да (макта). "Камаа соллайта алаа аали Иброхима" Ибрахим жана анын үй-бүлөсүн, алар Ибрахим, Исмайил, Исхак, алардын урпактары жана алардын динин ээрчиген ыймандуулар, артык кылган сыяктуу, артыкчылыгыңды Мухаммадга (ага Аллахтын тынчтыгы жана мактоосу болсун) да бер. "Иннака хамидум-мажид" Мааниси: Затыңда, сыпатыңда жана кыймыл-аракетиңде  макталгансың, улуктугуңда, башчылыгыңда жана берешендигиңде кененсиң. "Аллахумма баарик алаа Мухаммад, ва алаа аали Мухаммад, камаа бааракта алаа аали Иброхима" Ага жакшылык жана ыззаттын эң чоңун бергин, аны көбөйт жана түбөлүктүү кыл.</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Абалкылар илимий маселелерди бири-бирине айтып белек кылышкан.
 Намаздагы акыркы ташахудда пайгамбарга салават айтуу ваажыб.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына ага (өзүнө) салам жана салаватты кантип айтууну үйрөткөн.
 Жогорудагы салават пайгамбарга айтылчу салаваттардын эң толугу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5377</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ</t>
+    <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>Фатиханы окубаган адамдын намазы жок</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>Убада бин Саамит (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Фатиханы окубаган адамдын намазы жок".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Фатиха сүрөсү окулбаса, адамдын окуган намазы жарактуу болбостугун айткан. Фатиханы окуу намаздын ар бир ирекетинде аткарылчу рүкүндөрдүн бири.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Фатиха сүрөсүн окууга мүмкүнчүлүгү болуп туруп анын ордуна башка сүрөнү окуса, анын ордуна өтпөйт.
 Фатиха сүрөсү окулбаган ирекет батыл, б.а жакраксыз, мейли атайлап окубасын, мейли билбестен же унутуп окубасын, айырмасы жок. Анткени, ал рүкүн, рүкүндөр кандай шартта болсо да моюндан түшпөйт.
 Имамга жүктөгөн адам имам үрүкү кылган учурда жетишип калса, Фатиханы окуу анын моюнунан сакыт болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5378</t>
   </si>
   <si>
-    <t>لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ</t>
+    <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
   </si>
   <si>
     <t>Бетин тытып, жакасын айрып, караңгы доорго чакырып, кыйкыргандар бизден эмес</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масуд (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бетин тытып, жакасын айрып, караңгы доорго чакырып, кыйкыргандар бизден эмес".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ عن بعض أفعال أهل الجاهلية فقال: ليس منا: 
 الأول: مَن لَطَمَ الخُدُود، وخَصَّ الخَدّ لكونه الغالب في ذلك، وإلا فَضَرْبُ بقية الوجه داخل في النهي. 
 والثاني: شَقَّ ما يُفْتَح من الثوب ليدخل فيه الرأس من شدّة الجزع. 
 والثالث: دَعى بدعوى أهل الجاهلية كالدعاء بالويل والثُّبُور والنياحة والنُّدْبَة وغيرها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Исламга чейинки доордогу кээ бир иштерди аткаруудан тыйып, катуу эскертип, бул иштерди кылгандар бизден эмес деп айткан.
 Биринчиси:  Беттин кырына ургандар. Беттин кыры деп айтканы беттин көп бөлүгүн түзгөнү үчүн, негизи беттин бардык бөлүгүнө уруп, тытмалоого тыюу салынган.
 Экинчиси: Кайгыдан улам кийимдин башын чыгара турган жерин, жакасын айрыгандар.
 Үчүнчүсү: Караңгы доордогудай амалдарды кылуу, мисалы, кошок, өкүрүк, ж.б. коштогон дубаларды кылуу.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أنَّ هذه الأعمال من كبائر الذنوب.
 وجوب الصبر على المصيبة، وتحريم التَّسَخُّط مِن أقدار الله المؤلمة، وإظهار ذلك: بالنياحة أو النَّدْب أو الحَلْق أو الشَّقّ أو غير ذلك.
 تحريم تَقلِيْد الجاهلية بأمورهم التي لم يُقِرّهم الشارع عليها.
 لا بأس من الحُزْن والبكاء، فهو لا ينافي الصبر على قضاء الله تعالى، وإنما هو رحمة جعلها الله في قلوب الأقارب والأحباب.
 على المسلم الرضا بقضاء الله، فإنْ لم يَرْضَ فالصبر واجب عليه.</t>
   </si>
   <si>
     <t>Бул хадисте айтылган тыюу бул амалдар чоң күнөөлөрдөн экенине далил.
 Кайгы-кысыретке сабыр кылуу важыб. Аллахтын тагдырына ачуулануу жана аны өкүрүк, кайгыруу, чачты жулуп, кийимди тытуу менен билдирүү арам иш.
 Шарият тыюу салган карангылык доордогу жаман адаттарды кармануу арам.
 Кайгырып, көздөн жаш чыгарып ыйлоо эч нерсе эмес, бул Аллахтын тагдыр-өкүмүнө сабырсыздык деп эсептелбейт. Бул Аллах Тааланын (каза болгон адамга) жакын, аны жакшы көргөн адамдардын жүрөгүнө салган ырайымы.
 Мусулман адам Аллах Тааланын тагдыр-өкүмүнө ыраазы болушу керек. Эгер ыраазы болбосо да, ага сабыр кылуу важыб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5380</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Пенде Раббисине саждада турган абалында эң жакын болот. Ошондуктан ал учурда көп дуба кылгыла</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте, Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты. «Пенде Раббисине саждада турган абалында эң жакын болот. Ошондуктан ал учурда көп дуба кылгыла».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, пенденин Раббисине эң жакын абалы – саждада турган учуру экендигин баяндады. Себеби, намаз окуп жаткан адам саждада турганда Аллах Таалага моюн сунуу менен, баш ийүү менен жана кичи пейилдик менен денесинин эң бийик жана эң асыл жерин жерге коет.
 Пайгамбар, саллаллаху алейхи уа саллам, саждада көп дуба кылууну буйруган. Себеби саждада Аллахка баш ийүү сөз жана иш жүзүндө чогуу болуп жатат.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Ибадат кылуу пендени Аллах Таалага жакындатат.
 Саждада көп дуба кылуу сооптуу. Анткени сажда дуба кабыл боло турган жай.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً</t>
+    <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
   </si>
   <si>
     <t>Кимде-ким жума күнү жунуптуктан жуунгандай жуунуп, анан эртелеп мечитке барса,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким жума күнү жунуптуктан жуунгандай жуунуп, анан эртелеп мечитке барса,  төөнү курмандыкка чалгандай сооп алат. Андан кийинки убакта барган адам уйду курмандыкка чалгандай сооп алат. Андан кийинки убакта барган адам мүйүздүү кочкорду курмандыкка чалгандай сооп алат. Андан кийинки убакта барган адам тоокту садака кылгандай сооп алат. Андан кийинки убакта барган адам жумуртканы садака кылгандай сооп алат. Имам кутпа айтуу үчүн минбарга чыкканда периштелер зикирди угуу үчүн чогулат".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
 ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
 الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
 الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
 الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
 الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
 الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
 فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жума намазына эртелеп баруунун артыкчылыгы тууралуу айткан. Намазга баруу убактысы –ошол күнү Күн чыккан убактан имам кутпа айтуу үчүн минбарга чыкканга чейин созулат. Бул аралыкты беш саатка бөлсөк болот. Б.а. күн чыккандан баштап имам минбарга чыкканга чейинки убакты беш бөлүккө бөлөбүз:
 Биринчиси: кимде-ким жунубтуктан жуунгандай тазаланып жуунуп, биринчи саатта мечитке барса, төөнү садака кылгандай соопко ээ болот.
 Экинчиси: экинчи саатта барган адам уйду садака кылгандай соопко ээ болот.
 Үчүнчүсү: үчүнчү саатта барган адам мүйүздүү кочкорду садака кылгандай соопко ээ болот.
 Төртүнчүсү: төртүнчү саатта барган адам тоокту садака кылгандай соопко ээ болот.
 Бешинчиси: бешинчи саатта барган адам жумуртканы садака кылгандай соопко ээ болот.
 Ошентип имам кутпа айтуу үчүн минбарга чыкканда мечитке келгендерди катары менен жазып жаткан периштелер жазганын токтотуп, зикир жана кутпаны угуу үчүн чогулушат.</t>
   </si>
   <si>
     <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
 فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
 الحث على المبادرة إلى الأعمال الصالحة.
 حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
 الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
 قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
   </si>
   <si>
     <t>Жума күнү намазга барардан мурда жуунуу зарыл.
 Жума намазына күндүн алгачкы бөлүгүндө эртелеп баруу артыкчылыктуу иш.
 Ийги иш-амалдарды аткарууга шашылуу керек.
 Жума намазына периштелер да келет жана кутпаны угат.
 Жума намазына келгендерди периштелер катары менен жазып турат.
 Ибн Ражаб айтат: Хадистеги "Кимде-ким жума күнү жуунуп, анан эртелеп мечитке жөнөсө..." дегени жума үчүн жуунуунун абалкы учуру күн чыккан учур, акыркы учуру жумага жөнөгөн учур".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5393</t>
   </si>
   <si>
-    <t>‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ</t>
+    <t>من جاء منكم الجمعة فليغتسل</t>
   </si>
   <si>
     <t>Силерден кимиңер жума намазына келсе, жуунуп келсин</t>
   </si>
   <si>
     <t>عن عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ».</t>
   </si>
   <si>
     <t>Абдулла бин Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Силерден кимиңер жума намазына келсе, жуунуп келсин".</t>
   </si>
   <si>
     <t>يُؤَكِّدُ النبيُّ صلى الله عليه وسلم على مَن أراد أنْ يأتي لصلاة الجمعة فإنه يستحب له أن يغتسل، مثل غُسلِه للجنابة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жума намазга барууну каалаган адам, жанабаттан жуунгандай жуунуп барганы жакшы экенин баса белгилеп айткан.</t>
   </si>
   <si>
     <t>تأكيد غُسْل الجمعة، وأنه سنة للمؤمن يوم الجمعة وأنْ يكون عند الذهاب للصلاة أفضل.
 الحرص على النظافة وطيب الرائحة من أخلاق المسلم وآدابه، ويتأكد الأمر عند مُلاقاة الناس ومجالستهم، لا سيما في الجمع والجماعات.
 الخطاب في الحديث لِمَن تَجب عليه الجمعة؛ لأنه هو الذي يأتيها.
 يستحب لمن يأتي الجمعة أن يكون نظيفًا، فيغتسل حتى تزول الروائح من جسده ويتطيب، وإن توضأ فقط أجزأه ذلك.</t>
   </si>
   <si>
     <t>Жума намазына жууну баса белгиленген. Бул мусулмандар үчүн сүннөт. Намазга жөнөргө жакын жуунса андан да жакшы болот.
 Тазалыкка жана жагымдуу жытка көңүл буруу мусулман адамдын жакшы адеп-ахлактарынан. Айрыкча адамдарга жолуга турган же чогуу отура турган жерге барганда бул маанилүү. Өзгөчө жума намазына жана жамаат менен намаз окула турган мечиттерге барганда.
 Хадистеги кайрылуу жума намазына баруу моюнуна жүктөлгөн адамдарга гана тиешелүү. Анткени, жума намазына ушулар барат.
 Жумага барган адамдын таза болуусу мустахаб. Ал жуунуп денесинен жагымсыз жытты кетирип, жыттуу нерселерди сүртүнүп алышы керек. Эгер даарат алуу менен чектелсе, бул да жетиштүү болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5394</t>
   </si>
   <si>
-    <t>الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ</t>
+    <t>البخيل من ذكرت عنده فلم يصل علي</t>
   </si>
   <si>
     <t>Менин атымды укканда мага салават айтпаган адам - сараң адам</t>
   </si>
   <si>
     <t>عَنِ الحُسَينِ بنِ عَلِيٍّ بنِ أَبِي طَالِبٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ».</t>
   </si>
   <si>
     <t>Хусайн бин Али бин Абу Талиб (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Менин атымды укканда мага салават айтпаган адам - сараң адам".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْك الصلاة عليه حال سَمَاع اسمه أو كُنْيَتِه أو وصفه، وقال: البَخيل كامل البُخْل مَن ذُكرتُ عنده فلم يُصلِّ عليّ؛ وذلك لأمور: 
 الأول: أنه بُخْلٌ بشيءٍ لا يَخْسَر بسببه قليلًا ولا كثيرًا، ولا يَبذُل مالًا، ولا يَبذُل جُهْدًا. 
 الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
 الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) анын атын, куниясын же сыпаттарын укканда салават айтпай коюудан эскерткен. Мен эскерилгенимде мага салават айтпаган адам чыныгы сараң деген. Бул бир канча маанини билдирет:
 Биринчи: Бул аз да, көп да чыгым болбой турган, байлык да, күч да коротпой турган нерсеге сараңдык кылуу.
 Экинчи: мындай адам өзүнө-өзү сараңдык кылып, айтылган салаваттын сообунан куру калат. Анткени ал салават айтпай, сараңдык кылды жана өзүнө жүктөлгөн милдетти аткаруудан тыйылды жана анын аткарылышынын артынан келген сооптон да кол жууду.
 Үчүнчү: Пайгамбарга салават айтуу анын кээ бир акыларын берүү болуп эсептелет. Ал бизге динди үйрөттү, туура жолго багыт берди, Аллахтын динине чакырды, аян-кабарды жана шариятты таратты. Ал Аллах Тааладан кийинки эле биздин туура жолго түшүүбүзгө себепкер болду. Ошон үчүн ким ага салават айтпаса, ал өзүнө-өзү сараңдык кылат. Анын аз гана акысын бере албай пайгамбарына да сараңдык кылат.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>Пайгамбарга салават айтпай коюу сараңдыктын белгиси.
 Пайгамбарга салават айтуу бардык убактарга тиешелүү эң жакшы таат-ибадат, Аллахка жакындоо болуп эсептелет. Ал эми аты аталган учурда салават айтуу важип болот.
 Ан-Навави минтип айткан: Пайгамбарга салават айтканда салам менен салаватты чогуу айтуу керек, бирин калтырып экинчисин айтууга болойт. Мисалы: "Соллаллааху алайхи..." деп коюу же "Алайхис салам" деп коюу жарабайт.
 Абу Аалия Аллах Тааланын "Аллах жана Анын периштелери пайгамбарга салават айтат..." деген сөзү тууралу минтип айткан: Аллах Тааланын пайгамбарына салават айтканы - аны мактаганы. Периштелер менен адамдардын салават айтканы - ага дуба кылганы.
 Ал-Халимий минтип айткан: "Аллахумаа солли алаа Мухаммад" деген салаваттын мааниси: Аллахым, аны бул дүйнөдө атын жарыя кылып, динин жайылтып, шариятын түбөлүк калтырып улуктагын. Акыретте болсо, үммөтүн шапаат кылдырып,  сооп-сыйын арттырып, мактоого татыктуу орду аркылуу мурдагы жана кийинкилерге артыкчылыгын көрсөтүп, бардык (Аллахка) жакын, күбө болуучулардын алдына коюу менен улуктагын.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5403</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Кимде-ким тамак жеп бүткөндөн кийин: "Алхамду лиллаахил-лази атъамани хаза ва розаканиихи мин гойри хавлин уа лаа кувватин" (Менден эч кандай күч-кубат талап кылбай, ушул тамакты жедирип, ырыскы берген Аллах Таалага алкыш-мактоолор болсун) деп айтса, анын өткөн (майда) күнөөлөрү кечирилет</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Сахл бин Муаз бин Анас атасынан риваят кылып айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким тамак жеп бүткөндөн кийин: "Алхамду лиллаахил-лази атъамани хаза ва розаканиихи мин гойри хавлин уа лаа кувватин" (Менден эч кандай күч-кубат талап кылбай, ушул тамакты жедирип, ырыскы берген Аллах Таалага алкыш-мактоолор болсун) деп айтса, анын өткөн (майда) күнөөлөрү кечирилет.</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) тамак жеген адам: бул тамакты табууга, аны жегенге менин кудуретим жок эле, Аллахтын жардамы менен гана тамак таап жей алдым деп, Аллахка алкыш-мактоо айтууга үндөгөн. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким ушинтип айтса, Аллах Таала анын мурда жасаган майда күнөөлөрүн кечиришине татыктуу болорун сүйүнчүлөгөн.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
   </si>
   <si>
     <t>Тамак жеп бүткөндөн кийин Аллах Таалага алкыш-мактоо айтуу жакшы иш.
 Аллах Тааланын пенделерине берешендиги улуу. Пенделерине ырыскы берет, ырыскы алуунун жолун жеңил кылат, анан да ошол ырыскыны жеп мактоо айтканы үчүн күнөөлөрүн кечирет.
 Пенденин ар бир иши Аллахтын жардамы менен болот, өзүнүн күч-кубаты менен болбойт. Пенде себептерди аткарууга гана буйрулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5431</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ</t>
-[...2 lines deleted...]
-    <t>Кимде-ким жакшылап толук даарат алып, жума намазына барса, анан (кутпаны) укса жана унчкупай жым отурса, өткөн жумадан бул жумага чейинки, ага кошумча дагы үч күндүн (майда) күнөөлөрү кечирилет.</t>
+    <t>من توضأ فأحسن الوضوء ثم أتى الجمعة فاستمع وأنصت غفر له ما بينه وبين الجمعة وزيادة ثلاثة أيام</t>
+  </si>
+  <si>
+    <t>Кимде-ким жакшылап толук даарат алып, жума намазына барса, анан (кутпаны) укса жана унчкупай жым отурса, өткөн жумадан бул жумага чейинки, ага кошумча дагы үч күндүн (майда) күнөөлөрү кечирилет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ، وَمَنْ مَسَّ الْحَصَى فَقَدْ لَغَا».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким жакшылап толук даарат алып, жума намазына барса, анан (кутпаны) укса жана унчкупай жым отурса, өткөн жумадан бул жумага чейинки, ага кошумча дагы үч күндүн (майда) күнөөлөрү кечирилет.  Ал эми ким (жердеги майда) таштарды ары-бери жылдырса, куру калат"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
 ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтат: кимде-ким парз, сүннөт, мустахабдарын калтырбай толук аткарып даарат алса, анан жума намазын окуу үчүн мечитке барып, кутпа айткан кишини унчукпай угуп отурса, керексиз сөз сүйлөбөсө, Аллах Таала анын он күндүк майда күнөөлөрүн кечирет. Өткөн жумадан бул жумага чейинки жети күн андан сырткары дагы үч күндүк күнөөлөрү кечирилет. Анткени жакшылыктын сообу он эсеге көбөйтүлүп берилет. Андан кийин пайгамбарыбыз (ага Алланын тынчтыгы жана мактоосу болсун) кутпадан алагды кыла турган иштерди кылуудан тыйып эскертти. Кимде-ким денесине тийген майда таштарды тазалаган сыяктуу адамды алагды кыла турган иштерди кылса, ал жуманын толук сооп-сыйын алуудан куру калат.</t>
   </si>
   <si>
     <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
 فضل صلاة الجمعة.
 وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
 من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
   </si>
   <si>
     <t>Дааратты кемчиликсиз, толук алуу жана жума намазын такыр калтырбай окуу зарыл.
 Жума намазы артыкчылыктуу намаз.
 Жумадагы кутпаны унчукпай отуруп угуу важыб. Кутпанын учурунда сүйлөөгө же башка иш менен алек болууга болбойт.
 Кутпанын учурунда керексиз иш кылган адамдын намазы – намаз катары кабыл болот, бирок сооп-сыйлыктары кемчиликтүү болуп калат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5433</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>Кимде-ким багымдат намазын окуса, анда ал Аллахтын коргоосунда болот. Ошондуктан Аллах силерден Өзүнүн коргоосундагы адам тууралуу эч нерсени талап кылбасын. Анткени Аллах кимден Өз коргоосундагы адам тууралуу бир нерсени талап кылса, анда Аллах ага сөзсүз жетет. Андан кийин аны бети менен тозоко ыргытат</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Жундуб бин Абдулла Аль-Касри, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким багымдат намазын окуса, анда ал Аллахтын коргоосунда болот. Ошондуктан Аллах силерден Өзүнүн коргоосундагы адам тууралуу эч нерсени талап кылбасын. Анткени Аллах кимден Өз коргоосундагы адам тууралуу бир нерсени талап кылса, анда Аллах ага сөзсүз жетет. Андан кийин аны бети менен тозоко ыргытат».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким багымдат намазын окуса, анда ал Аллахтын сактоосунда, көзөмөлүндө жана коргоосунда болоорун кабарлап жатат. Аллах Таала аны душмандан сактайт жана аларга үстөмдүк кылат.
 Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, багымдат намазын калтырып же багымдат намазын окугандарга кол салып, аларга душмандык кылып, Аллах коргоосуна алган адам менен Аллахтын ортосундагы бул келишимди бузгандарга, аны жараксыз кылгандарга катуу эскертти. Анткени кимде-ким бул келишимди бузса, анда Аллахтын коргоосун бузган болот. Ал Аллахтын коргоосундагы адамдын акысына душмандык кылганы себептүү ал катуу азапка татыктуу болот. Аллах кимден Өз коргоосундагы адам тууралуу бир нерсени талап кылса, анда Аллах ага сөзсүз жетет. Андан кийин аны бети менен тозоко ыргытат».*</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Багымдат намазынын маанилүүлүгү жана анын пазилети баяндалды.
 Багымдат намазын окугандар үчүн жамандык кылган адамдарга катуу азап болоорун эскертип жатат.
 Аллахтын салих пенделерине душмандык кылгандардан Аллах алардын өчүн алып берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ</t>
+    <t>من غدا إلى المسجد أو راح أعد الله له في الجنة نزلا، كلما غدا أو راح</t>
   </si>
   <si>
     <t>Кимде-ким эртең менен жана кечинде мечитке барса, анын ар бир барганы үчүн Аллах Таала ага бейиште сый даярдап койот</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким эртең менен жана кечинде мечитке барса, анын ар бир барганы үчүн Аллах Таала ага бейиште сый даярдап койот".</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن أتى المَسجدَ للعبادة أو العلم أو لغير ذلك مِن مقاصد الخير في أيِّ وقت؛ أولَ النهار أو آخرَه بأنَّ الله قد هَيَّأَ له مَكانًا وضِيافة في الجنة، كلّما جاء المسجد في ليل أو نهار.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) илим алуу, же ибадат кылуу же башка бир жакшы максатта таң эрте жана күн батарга жакын болобу, кайсы убакытта болбосун мечитке барган адамга ар бир барган сайын бейиште орун жана сый даярдаларын айтып сүйүнчүлөгөн.</t>
   </si>
   <si>
     <t>فَضْل الذهاب إلى المسجد، والحَثُّ على المحافظة على صلاة الجماعة فيه، فَكَم يَفُوْتُ المُتَخَلِّف عن المساجد من الخير والفضل والأجر والضيافة التي يعدُّها الله تبارك وتعالى لقاصِدِيْ بيته.
 إذا كان الناس يُكرِمُون من جاء بيوتَهم، ويُقَدِّمون له الطعام، فالله تبارك وتعالى أَكْرَمُ مِن خَلْقِه! فمَن قَصَدَ بيتَه أَكرمَه، وأَعَدّ الله له نزلًا عظيمًا وكبيرًا.
 الفرح والغِبْطَة بالذهاب للمساجد؛ لأنه يُعَدّ له نُزُلٌ كلّما غَدَا أو رَاح بِعَدَد ذهابِه.</t>
   </si>
   <si>
     <t>Мечитке баруунун артыкчылыгы айтылган жана намазды ар дайым жамаат менен окууга кызыктырган. Мечитке барбай калган адам, Аллахтын үйүн максат кылып барган адамга Аллах Таала Өзү даярдай турган канчалаган жакшылыктан, артыкчылыктан, сооптон, сыйдан куру калат.
 Адамдар үйүнө келген конокту сыйлап, анын алдына түркүн тамактарды койот. Алла Таала пенделерден берешен. Аллах мечитке барган адамга чоң сыйды даярдайт.
 Мечитке барган адамда кубаныч жана шаттык болот. Анткени, ал эртең менен же кечинде канча жолу барса, ага ошончо сый даярдалат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5436</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда жакшылыкты сүйлөсүн же унчукпасын. Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда кошунасын сыйласын. Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда коногун сыйласын</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда жакшылыкты сүйлөсүн же унчукпасын. Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда кошунасын сыйласын. Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда коногун сыйласын».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахка жана кайтып бара турган жана аткарган иш-аракеттерине жараша сыйлык ала турган акырет күнүнө ыйман келтирген пендени ыйманы төмөнкү сыпаттарды аткарууга үндөй турганын баяндады. Алар:
 Биринчиси: Аллахка тасбих жана тахлил айтуудан турган жакшы сөз, жакшылыкка буюруп, жамандыктан кайтаруу, араздашкан адамдарды жараштыруу. Эгерде андай кыла албаса, анда унчукпай, ага жамандык кылууну токтотуп, тилин сакташы керек
 Экинчиси: кошунаны урматтоо, ага жакшылык кылуу жана ага зыян келтирбөө.
 Үчүнчүсү: Зыяратка келген конокту сыйлоо, ага жакшы сөз айтуу жана ага тамак берүү ж.б.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Аллахка жана акырет күнүнө ыйман келтирүү бардык жакшылыктардын негизи жана ал жакшылык кылуу үчүн жиберилген.
 Тилдин бузулуусунан сактануу.
 Ислам дини карым-катыштыктын жана берешендиктин дини.
 Бул сыпаттар ыймандын бутактарынан жана мактоого татыктуу адептерден.
 Ашыкча сүйлөө макрух же арам нерсеге алып келиши мүмкүн. Ал эми саламат болуу - бул жакшыдан башканы сүйлөбөөдө.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Ким адамдарга ырайым кылбаса, анда Аллах Таала ага ырайым кылбайт</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Жарир бин Абдулла, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Ким адамдарга ырайым кылбаса, анда Аллах Таала ага ырайым кылбайт».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, адамдарга ырайым кылбаган адамга Аллах Таала ырайым кылбай турганын баяндап жатат. Пенденин калайык калкка кылган ырайымы – Аллах Тааланын ырайымына ээ болуунун эң чоң себептеринин бири.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Ырайымдуулук бардык макулуктар үчүн талап кылынат. Бирок ал макулуктарга адамдардын көңүл буруусу өзгөчө айтылды.
 Аллах Таала Ырайымдуу. Ырайымдуу пенделерин ырайымына алат. Иш-аракеттердин түрүнө жараша сооп-сыйлык же жаза болот.
 Адамдарга ырайымдуулук кылуу - бул аларга жакшылык кылууну, алардан жамандыкты кайтарууну жана аларга жакшы мамиле кылууну камтыйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5439</t>
   </si>
   <si>
-    <t>يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي</t>
-[...2 lines deleted...]
-    <t>"Эй, адам баласы! Эгер Мага дуба кылып, анын кабыл болуусун үмүт кылсаң, сенден болгон күнөөнүн баарын кечирип коюу Мага эч нерсе эмес</t>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
+  </si>
+  <si>
+    <t>Эй, адам баласы! Эгер Мага дуба кылып, анын кабыл болуусун үмүт кылсаң, сенден болгон күнөөнүн баарын кечирип коюу Мага эч нерсе эмес</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Улуу Аллах Таала минтип айткан: "Эй, адам баласы! Эгер Мага дуба кылып, анын кабыл болуусун үмүт кылсаң, сенден болгон күнөөнүн баарын кечирип коюу Мага эч нерсе эмес . Эй, адам баласы! Эгер күнөөлөрүң асманды тиреп калса да сен Менден кечирим тилесең, сени кечирип коюу Мага оор эмес . Эй, адам баласы! Сен мага жер бети толо күнөө менен келип, бирок Мага эч нерсени шерик кылбай жолуксаң, Мен сага жер бети толо кечирим менен бармакмын".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала кудси хадисте минтип айтканын баяндайт: Эй, адам баласы! Сен Мага дуба кылып, Менин ырайымымды үмүт кылсаң жана үмүтүңдү үзбөсөң, сенин айыбыңды жашырып, күнөөңдү кечирип коюу Мага жеңил. Атүгүл, күнөөлөрүңдүн арасында чоң күнөөлөр болсо да кечирем. Эй, адам баласы! Эгерде күнөөлөрүң асман менен жердин ортосун толтуруп, анын жетер чегине жетсе, анан сен Менден кечирим тилесең; анын көптүгүнө карабай баарын кечирип, өчүрүп саламын.
 Эй, адам баласы! Сен өлгөндөн кийин Мага жер бети толо күнөө, ката менен келсең, бирок Мага эч нерсени шерик кылбай, жалгыздап жүрүп өлгөн болсоң; сенин күнөө-каталарыңды жер бети толо кечирим менен тосуп алам. Анткени, Менин кечиримим кенен, ширктен башка бардык күнөөнү кечиремин.</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Аллах Тааланын кечирими, ырайымы жана берешендиги кенен.
 Бир Аллахка сыйынуу ишенимин кармануу артыкчылыктуу иш. Бир Аллахка сыйынуу ишеними менен өткөн адамдын күнөө, каталарын Аллах кечирет.
 Ширк өтө коркунучтуу күнөө, анткени Аллах Таала аны кечирбейт.
 Ибн Ражаб айтат: "Бул хадис күнөөлөрдүн кечирилүүсүнө себеп боло турган үч ишти баяндаган, биринчиси: үмүт кылуу менен бирге дуба кылуу, экинчиси: кечирим тилеп, тообо кылуу, үчүнчүсү: бир Аллахка сыйынуу ишеними менен жашап өтүү".
 Бул хадис пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббисинен риваят кылган хадистерден. Мындай хадистер кудсий же илахий хадис деп аталат. Анын айтылышы жана мааниси Аллахтан, бирок кудсий хадис Курандын башкалардан айырмаланып турган өзгөчөлүктөрүнө ээ эмес. Мисалы, Куранды окуу ибадат экендиги, аны даарат менен кармоо, андайды эч ким жаза албастыгы, мужизалыгы ж.б.
 Күнөөлөрдүн үч түрү бар: биринчиси: Аллахка шерик кошуу, бул күнөөнү Аллах Таала кечирбейт. Аллах Таала минтип айткан: "Кимде-ким Аллахка шерик кошсо, Аллах аны бейишке киргизбейт". Экинчиси: пенденин Раббиси менен өзүнүн ортосундагы иштерде өзүнө зулум кылып жасаган күнөөлөрү, мындай күнөөлөрдү Аллах Таала кааласа кечирип жиберет. Үчүнчүсү: Аллах Таала таштап койбой турган күнөөлөр, бул пенделердин бири-бирине кылган зулум күнөөлөрү, мындай күнөөлөрдүн өчү алынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5456</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Чындыгында, Аллахтын алдында адамдардын эң жаманы – өтө талашчаак адам</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Аиша, радыяллаху анха, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Чындыгында, Аллахтын алдында адамдардын эң жаманы – өтө талашчаак адам».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Тааланын бизге өтө талашчаак жана көп талашып-тартышкан адамдарды жана талашып аны коргоого аракет кылган адамды жек көрөрүн кабар берип жатат. Аллах Таала акыйкат менен талашып, бирок талаш-тартышты көбүртүп-жабыртып, чектен чыгып, билимсиз талашкан адамды жаман көрөт.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Юридикалык кайрылуу жолу менен зулум чеккен адамдын укугун талап кылуу айыптуу талаштардын катарына кирбейт.
 Мусулмандардын арасында бөлүнүүгө жана душмандашууга себеп болгон тилдин балээлеринин бири – талашуу жана араздашуу .
 Талашып-тартышуу акыйкат жөнүндө болсо жана анын ыкмасы жакшы болсо, анда мактоого татыктуу болот. Ал эми талашып-тартышуу акыйкатты жокко чыгаруу жана батылды орнотуу үчүн болсо же далилсиз болсо, анда күнөөлүү болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Аллахка эң сүйүктүү төрт сөз: Субханаллах, Алхамдулиллах, Лаа илааха иллаллах жана Аллаху Акбар. Булардын кайсы биринен баштасаң да зыяны жок</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Самура бин Жундуб, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллахка эң сүйүктүү төрт сөз: Субханаллах, Алхамдулиллах, Лаа илааха иллаллах жана Аллаху Акбар. Булардын кайсы биринен баштасаң да зыяны жок».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таалага эң сүйүктүү сөздөр төртөө экенин баяндап жатат.
 Субханаллах: Аллах Тааланы бардык кемчиликтен аруулоону түшүндүрөт.
 Алхамдулиллах: Аллах Тааланы жакшы көрүү жана Аны улуулоо менен Анын толук, кемчиликсиз экенин сыпаттоо.
 Лаа илааха Иллаллах: Аллахтан башка сыйынууга татыктуу кудай жок.
 Аллаху Акбар: Бардык нерседен эң урматтуу, эң улуу жана эң кадырлуу.
 Бул сөздөрдүн пазилетин жана сообун алуу үчүн аларды тартиби менен айтуу талап кылынбайт.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Шарият жеңил. Ошондуктан бул сөздөрдүн кайсынысы менен  баштасаң да зыяны жок.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, адамдарды бейишке эң көп эмне киргизе тургандыгы жөнүндө суралганда, ал: «Аллахка такыбалык кылуу жана жакшы адеп-ахлак» - деп айтты. Андан кийин адамдарды тозокко эң көп эмне киргизе тургандыгы жөнүндө суралганда: «Ооз жана жыныстык мүчө» - деп жооп берди</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылат. Аллахтын Элчиси, саллаллаху алейхи уа саллам, адамдарды бейишке эң көп эмне киргизе тургандыгы жөнүндө суралганда, ал: «Аллахка такыбалык кылуу жана жакшы адеп-ахлак» - деп айтты. Андан кийин адамдарды тозокко эң көп эмне киргизе тургандыгы жөнүндө суралганда: «Ооз жана жыныстык мүчө» - деп жооп берди.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бейишке киргизе турган эң чоң себептер экөө экендигин баяндады. Алар:
 Аллахка такыбалык кылуу жана жакшы адеп-ахлак.
 Аллахка такыбалык кылуу - бул сени менен Аллахтын азабынын  ортосундагы сактануу. Ал Аллахтын буйруктарын аткаруу жана тыюу салган нерселеринен тыйылуу.
 Ал эми жакшы адеп-ахлак - бул жылуу жүздүү болуу, жакшылык кылуу жана зыян берүүнү токтотуу.
 Тозокко киргизе турган эң чоң себептер экөө. Алар:
 Тил жана уяттуу жерлер.
 Башкача айтканда тилдин күнөөлөрү. Бул - жалган айтуу, гыйбат кылуу, ушак айтуу ж.б.
 Ал эми уяттуу жерлердин күнөөлөрү - бул зына кылуу, гомосексуализм ж.б.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Бейишке кирүүнүн Аллах Таалага байланыштуу себептери бар. Ал Аллахка такыбалык кылуу. Жана Адамдарга тиешелүү себептер, ал жакшы адеп-ахлак.
 Тилдин ээсине жеткирген коркунучу бар жана ал тозокко киргизүүчү себептердин бири болот.
 Напсинин кумарларынын жана бузукулуктун адам үчүн коркунучу бар жана ал тозоко киргизүүчү эң көп себептердин бири болот.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[Хасан Сахих (жакшы, ишенимдүү хадис)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бир кишинин бир тууганына уяттуулугу үчүн жемелеп жатканын угуп: «Уяттуулук ыймандан» - деди.*@</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Абдулла бин Умар, радыяллаху анхума, айтты: Пайгамбар, саллаллаху алейхи уа саллам, бир кишинин бир тууганына уяттуулугу үчүн жемелеп жатканын угуп: «Уяттуулук ыймандан» - деди.</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бир кишинин бир тууганына ашыкча уялчаактыгын таштоосун насаат кылганын укту. Андан кийин, ага уяттуулук ыймандын бир бөлүгү экенин жана ал жакшылык гана алып келерин түшүндүрдү.
 Уяттуулук – бул жакшы иш-аракеттерди аткарууга жана жаман иш-аракеттерди таштоого түрткү болгон адеп.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Жакшылыктан тоскон нерсе уяттуулук эмес. Тескерисинче, ал тартынуу, алсыздык, текебердик жана коркоктук деп аталат.
 Аллах Тааладан уялуу - бул Анын буюруганын аткаруу жана Ал тыйган нерселерди таштоо менен болот.
 Адамдардан уялуу – бул аларды урматтоо, аларды коомчулуктагы ордуна коюу жана адаттагы жийиркеничтүү нерселерден алыс болуу менен болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ</t>
+    <t>الدعاء لا يرد بين الأذان والإقامة</t>
   </si>
   <si>
     <t>Азан жана икооматтын ортосунда айтылган дуба артка кайтарылбат</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
   </si>
   <si>
     <t>Анас бин Малик (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Азан жана икооматтын ортосунда айтылган дуба артка кайтарылбат".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فَضْلَ الدعاء بين الأذان والإقامة، وأنه لا يُرَدّ وحَرِيٌّ بالإجابة، فادعوا الله فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) азан менен икооматтын ортосунда дуба кылуунун артыкчылыгын баяндаган. Бул дуба артка кайтарылбайт жана кабыл болууга жакын. Ушул убакта Аллахка дуба кылгыла.</t>
   </si>
   <si>
     <t>فضيلة هذا الوقت للدعاء.
 إذا تَحَلّى الدّاعي بآداب الدعاء، وقَصَدَ مَوَاطِنَه وأوقاته الفاضلة، وابتعد عن عِصْيان الله، واحتاط لنفسه من الوقوع في الشُّبُهات والرِّيَب، وأحسن الظن بالله: فإنه جَدِيْرٌ أنْ يُستَجاب له بإذن الله.
 قال المناوي عن استجابة الدعاء: أي: بعد جَمْع شروط الدعاء وأركانه وآدابه، فإنْ تَخَلَّفَ شيءٌ منها فلا يَلوم إلا نفسَه. 
 استجابة الدعاء: إما أنْ تُعَجَّلَ له دعوتُه، أو يُصرَفَ عنه مِن الشر مِثلُها، أو تُدَّخَرَ له في الآخرة؛ وذلك بحسب حكمة الله ورحمته.</t>
   </si>
   <si>
     <t>Дуба кылуу үчүн ушул убак артыкчылыктуу.
 Дуба кылуучу адам дубанын адебин сактап, дуба кабыл боло турган орундарды жана убактарды максат кылып, Аллахка күнөө кылуудан алыс болуп, шек-күмөндөн напсисин этияттап, дубам кабыл болот деп Аллахка жакшы күмөн кылып дуба кылса, Аллахтын уруксаты менен анын дубасы кабыл болууга татыктуу болот.
 Ал-Мунавий дубанын кабыл болуусу жөнүндө минтип айткан: Б.а. дубанын шарттарын, рүкүндөрүн, адептерин бүт аткаргандан кийин дуба кабыл болот. Эгер булардын кайсы бири аткарылбай калса, адам өзүн гана айыптасын.
 Дубанын кабыл болуусу: же анын сураганы дароо берилет, же анын ордуна андан бир жамандык арылтылат, же акыретке калтырылат. Мунун баары Аллахтын ырайымы жана даанышмандыгы менен болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5479</t>
   </si>
   <si>
-    <t>اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي</t>
-[...2 lines deleted...]
-    <t>Аллахым, менин иштеримдин коргоочусу болгон динимди оңдо.</t>
+    <t>اللهم أصلح لي ديني الذي هو عصمة أمري</t>
+  </si>
+  <si>
+    <t>Аллахым, менин иштеримдин коргоочусу болгон динимди оңдо</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтар эле: "Аллахым, менин иштеримдин коргоочусу болгон динимди оңдо.  Менин жашоом өтүп жаткан дүйнөмдү оңдо.  Мен кайтып бара турган акыретимди оңдо. Өмүрдү мен үчүн ар бир жакшылыкты көбөйтүүчү кыл, ал эми өлүмдү ар бир жамандыктан арылтуучу кыл».</t>
   </si>
   <si>
     <t>دَعَا النبيُّ صلى الله عليه وسلم بِدُعاء جَمَعَ فيه أصولَ مَكارِمِ الأخلاقِ التي بُعِثَ لإتمامها؛ وهي صلاح الدين، والدنيا، والآخرة، فاستقى في هذا اللفظ الوجيز صلاح هذه الجوامع الثلاث، وبدأ بصلاح الدين وبه صلاحُ حالِ الدَّارَين فقال: 
 (اللهم أصلح لي ديني) بأنْ توفقَني للقيام بآدابه على الوجه الأكمل الأتمّ. 
 (الذي هو عصمة أمري) وحافظٌ لجميع أموري، فإنْ فَسَدَ ديني فَسَدت أموري، وخِبْتُ وخَسِرتُ، ولأنه لا يتم صلاح الدين المطلوب إلا بصلاح الدنيا فقال:
 (وأصلح لي دنياي) بإعطائي صحةَ البدن والأمن، والرزق، والزوجة الصالحة، والذرية الطيبة وما أحتاج إليه، ويكون حلالًا، ومُعِيْنًا على طاعتك، ثم ذَكَرَ العُذْرَ في سؤاله إصلاحها؛ بأن قال: 
 (التي فيها معاشي) ومكان عيشي وزَمَنُ حياتي.
 (وأصلح لي آخرتي التي فيها معادي) وعَوْدِيْ إلى لقائك وذلك بصلاح الأعمال، وتوفيق الله للعبد على العبادة والإخلاص، وحسن الخاتمة. 
 ورَتَّبَ صلى الله عليه وسلم الآخرة بعد الدنيا؛ إذ الأُولى هي وسيلة إصلاح الثانية، فمَن استقام في دنياه وِفْقَ مُرَاد الله، استقامت له آخرته وسعد فيها.
 (واجعل الحياة) وطول العمر (زيادة لي في كل خير) أتكثَّر فيها من الأعمال الصالحة، (واجعل الموت) وتعجيلَه (راحة لي من كل شرٍّ) وفتنةٍ ومِحْنَةٍ وابتلاء بمعصية وغفلة، وخلاصًا من مَشَقّة الدنيا وغمومها، وحصول الراحة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) өзү толуктоо үчүн жиберилген ахлактардын баары топтолгон дуба менен дуба кылган. Ал: диндин оңолушу, дүйнөнүн оңолушу, акыреттин оңолушу. Бул кыска сөзүндө үч бирдиктүү нерсенин оңолушун сурады. Биринчи диндин оңолушунан баштады. Диндин ичинде эки дүйнөнүн абалынын оңолушу жатат. Ал минтип айтты:
 (Аллахым, менин динимди оңдо) динимдин бардык милдеттерин адептери менен толук аткарууга мага топук (ийгилик) бер.
 (Ал диним менин бардык иштеримдин коргоочусу) эгер диним бузулса, бардык иштерим бузулат жана мен куру жалак, өкүнүүчү болуп калам. Анткени, диндин оңолушу дүйнөнүн оңолушу менен толук болот. Ошон үчүн минтип айтты:
 (Менин дүйнөмдү да оңдо) ден соолук, аманчылык, ырыскы, ыймандуу жар, таза, такыба уул-кыз, ж.б. мен муктаж болгон нерселерди бер. Буларды адал жана Сага ибадат кылууга жардам берүүчү кыл. Андан кийин бул суранычынын себебин айтты:
 (Бул дүйнөдө менин жашоом өтөт) мен жашап турган жерде жана тирүүлүгүмдө.
 (Мен кайтып бара турган акыретимди оңдо) мен Сага кайтып баруум, салих амалдарым менен, Аллахтын ибадатты ыклас менен аткарууга жана жакшы акыбет менен коштолсун.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) акыретти дүйнөдөн кийин тизмектеди. Себеби дүйнө акыреттин жакшы болуусуна себеп болот. Кимде-ким бул дүйнөдө Аллах каалагандай түз (дининде бекем) жашап өтсө, анын акырети да түз болуп, акыретте бактылуу болот.
 (Жашоомдо жакшылыктарды көп кыл) өмүр бою жакшы амалдарды кылууга насип кыл. (Өлүмүмдү бардык жамандык кутулуучу кыл) фитналардан, мээнеттерден, күнөө жана кайдыгерлик сыноолорунан, айрыкча дүйнөнүн кайгы-машакаттарынан куткарып, ырахатка жеткир.</t>
   </si>
   <si>
     <t>الدين أهمُّ شيء؛ لهذا بدأ به النبي صلى الله عليه وسلم بالدعاء.
 الدين عِصْمَةٌ للإنسان يَمْنَعُه من كلّ شرٍّ.
 الدعاء بالأمور الدنيوية من أجل صلاح الدين والآخرة.
 لا يُكرَه تَمَنِّي الموت خوفًا من الفتنة في الدين، أو سؤال الله الموت على الشهادة.</t>
   </si>
   <si>
     <t>Дин эң зарыл нерсе; ошон үчүн пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) дубасын динден баштаган.
 Дин адам баласын бардык жамандыктан тыйып турган коргоочу.
 Дин жана акыреттин оңолушу үчүн дүйнө иштерин сурап дуба кылууга болот.
 Диндеги сыноолордон коркуп өлүмдү үмүт же Аллахтан шейиттик өлүмдү суроо макрух эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5482</t>
   </si>
   <si>
-    <t>رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ</t>
+    <t>رب اغفر لي خطيئتي وجهلي، وإسرافي في أمري كله، وما أنت أعلم به مني، اللهم اغفر لي خطاياي، وعمدي وجهلي وهزلي، وكل ذلك عندي، اللهم اغفر لي ما قدمت وما أخرت، وما أسررت وما أعلنت، أنت المقدم وأنت المؤخر، وأنت على كل شيء قدير</t>
   </si>
   <si>
     <t>Раббим, менин каталарымды жана билбестигимди кечир. Бардык иштеримдегеи кемчилик жана аша чабуумду кечир. Мендеги Сен Өзүң билип турган күнөөлөрүмдү кечир. Аллахым, менин каталарымды, атайын жана билбей жасаган, тамашалап кетирген кемчиликтеримди кечир. Мендеги бардык кемчиликти кечир. Аллахым, менин мурдагы жана кийинки күнөөлөрүмдү кечир. Ачык жана жашыруун күнөөлөрүмдү кечир. Сен алдыда кылуучу жана кечиктирүүчүсүң. Сен бардык нерсеге күчү жетүүчү Кадырсың</t>
   </si>
   <si>
     <t>عَنِ أَبِي مُوسَى رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ كَانَ يَدْعُو بِهَذَا الدُّعَاءِ: «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ».</t>
   </si>
   <si>
     <t>Абу Муса (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ушинтип дуба кылчу: "Раббим, менин каталарымды жана билбестигимди кечир. Бардык иштеримдегеи кемчилик жана аша чабуумду кечир. Мендеги Сен Өзүң билип турган күнөөлөрүмдү кечир. Аллахым, менин каталарымды, атайын жана билбей жасаган, тамашалап кетирген кемчиликтеримди кечир. Мендеги бардык кемчиликти кечир. Аллахым, менин мурдагы жана кийинки күнөөлөрүмдү кечир. Ачык жана жашыруун күнөөлөрүмдү кечир. Сен алдыда кылуучу жана кечиктирүүчүсүң. Сен бардык нерсеге күчү жетүүчү Кадырсың".</t>
   </si>
   <si>
     <t>كانَ مِن أَدعية النبيِّ صلى الله عليه وسلم الجَامِعة قوله: 
 "رب اغفر لي خطيئتي" وذنبي، "وجهلي" وما وَقَع مِنِّي بدون علم. 
 "وإسرافي في أمري كله" وتقصيري وتَجَاوُزِيْ للحد. 
 "وما أنت أعلم به مني" عَلِمْتَه أنت يا الله ونَسِيْتُه أنا. 
 "اللهم اغفر لي خطاياي وعمدي" وما صَدَر عَن عَمْدٍ مني وعِلْمٍ مني بالذنوب. 
 "وجدي وهزلي" وما صدر عن مُزَاح، وما وَقَع مني في الحالين. 
 "وكل ذلك عندي" حيث جَمَعتْ ما ذُكِرَ من الذنوب والعيوب. 
 "اللهم اغفر لي ما قدمت" فيما مضى، "وما أخرت" فيما سيأتي. 
 "وما أسررت" وأخفيت، "وما أعلنت" وأظهرت. 
 "أنت المقدم وأنت المؤخر" تُقدِّم من تشاء من خلقك إلى رحمتك بتوفيقك لما ترضاه، وأنت تؤخر من تشاء عن ذلك بخذلانك إياه، فلا مُقَدِّمَ لما أخرت، ولا مؤخِّرَ لما قدمت من الأمور. 
 "وأنت على كل شيء قدير" كامل القدرة تام الإرادة، الفعال لكل ما تشاء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) барлык нерсени камтыган дубасы ушундай болчу:
@@ -8859,2029 +9237,2032 @@
 "Аллахым менен мурдагы" болуп өткөн, "жана кийинки" эми боло турган каталарымды кечир.
 "Жашыруун" купуя болгон жана "Жарыя" ачык болгон каталарымды кечир.
 "Сен мурда жеткирүүчү жана кечиктирүүчүсүң" калайыктан кимди кааласаң, аны ыраазы кылып ырайымыңа мурда жеткиресиң. Кимди кааласаң аны кордоп ырайымыңдан кечиктиресиң. Сен кечиктирген ишти алдыга жылдыруучу, Сен алдын кылган ишти кечиктирүүчү жок.
 "Сен бардык нерсеге кадырсың" ар бир каалаган ишиңди аткарууга толук кудуреттүүсүң.</t>
   </si>
   <si>
     <t>فضيلة هذا الدعاء، والحرص عليه اقتداء بالنبي صلى الله عليه وسلم.
 النهي عن الإسراف وأنَّ المسرف مُعَرَّض للعقوبة.
 الله تعالى أعلم بالإنسان من نفسه، فعليه أنْ يُفَوِّض أمرَه إلى الله؛ لأنه قد يخطئ وهو لا يدري.
 الإنسان قد يُؤاخَذ على هَزْلِهِ كما يُؤاخذ على جِدِّه، فيجب على الإنسان أنْ يَحْتَرِس في مُزاحِه.
 قال ابن حجر العسقلاني: لم أَرَ في شيءٍ من طُرُقه محل الدعاء بذلك، وقد وقع معظم آخره… كان يقوله في صلاة الليل، ووقع أيضًا أنه كان يقوله في آخر الصلاة، واختلفت الرواية هل كان يقوله قبل السلام أو بعده؟ بكلامها وَرَدَ.
 هل النبيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يخطئ ليستغفر؟ قيل بأنه قاله متواضعًا وهَضْمًا لنفسه، أو عَدَّ فَواتَ الكمال وترك الأولى ذنوبًا، أو أراد ما كان عن سهو، أو ما كان قبل النبوة، وقيل: الاستغفار تَعَبُّدٌ يجب أتيانه، لا للمغفرة، بل تعبدًا، وقيل: ذلك تنبيه وتعليمٌ لأمته؛ كي لا يأمنوا ويتركوا الاستغفار.</t>
   </si>
   <si>
     <t>Бул дубанын артыкчылыгы жана пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчип ушул дубаны кылууга умтулуу.
 Ысрапкор болууга тыюу салынган, ысырапкор адам жазага татыктуу болот.
 Аллах Таала адамдын өзүнө караганда аны жакшы билет. Ошон үчун пенде иштерин Аллахка тапшырышы керек: анткени, пенде өзү билбестен да ката кетире берет.
 Адам чындап кылганына айыпталган сыяктуу, тамашалап кылганына да айыпталат. Ошон үчүн тамашалаганда да этият болуу зарыл.
 Ибн Хажар Аскалани минтип айткан: Мен буд хадистерден дубанын айтыла турган жайын көрө албадым. Көпчүлүгүндө түнкү намаздын аягында деп келген... . Риваяттарда дубаны саламдан мурда айтканы же саламдан кийин айтканы боюнча кайчы пикирлер бар. Риваяттарда экөөсү тең келген.
 Кечирим тилеп дуба кылганга пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) күнөө-ката кылганбы? Бир канча пикирлер бар: Ал өз напсисине кичи пейилдик кылып кечирим тилеген. Же жакшыраагын калтырганын күнөө эстеген. Же адашып жасап алган иштери үчүн айткан. Же пайгамбар болгонго чейинки кетирген кемчиликтерин айткан. Кээ бир аалымдар: Истигфар - аткарылуусу милдет болгон ибадат. Аны күнөөнүн кечирилүүсү үчүн эмес, ибадат катары айтылат. Бул үммөтүнө эскертүү жана сабак, алар истигфарды таштап койбошу үчүн айткан деген да аалымдар бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5483</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ</t>
-[...2 lines deleted...]
-    <t>"Аллахым, Сенден дүйнө жана акыреттин амандыгын (жакшылыгын) сураймын.</t>
+    <t>اللهم إني أسألك العافية في الدنيا والآخرة</t>
+  </si>
+  <si>
+    <t>Аллахым, Сенден дүйнө жана акыреттин амандыгын (жакшылыгын) сураймын</t>
   </si>
   <si>
     <t>عَنِ ابنِ عُمَرَ رضي الله عنهما قَالَ: لَمْ يَكُنْ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدَعُ هَؤُلَاءِ الدَّعَوَاتِ، حِينَ يُمْسِي وَحِينَ يُصْبِحُ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
   </si>
   <si>
     <t>Ибн Умар (атасы экөөнө Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) эртең менен да кечинде да бул дубаны калтырбай,  дайыма айтчу:  "Аллахым, Сенден дүйнө жана акыреттин амандыгын (жакшылыгын) сураймын.  Аллахым, Сенден динимде, дүйнө жашоомдо, үй-бүлөмдө жана мал-мүлкүмдө кечирим жана амандык (жакшылык) сураймын.  Аллахым, менин кемчилик-айыбымды (бардык айып-кемчилигимди) жашыр жана жүрөгүмдү тынч кыл. Аллахым, мени бет алдымдан келүүчү, артымдан келүүчү, оң жак, сол жагымдан келүүчү, үстүмдөн келүүчү жамандыктардан сакта. Мен Сенин улуулугуң менен астымдан келе турган жамандыктан (кайдыгер өлүмдөн) сактанам".</t>
   </si>
   <si>
     <t>لم يَكُن النبيُّ صلى الله عليه وسلم يتركُ هؤلاء الدَّعَوات حين يُمسي وحين يُصبح: 
 (اللهم إني أسألُكَ العافيةَ)، والسلامة من الأسقامَ والبلايا والشدائد الدنيوية، والشهوات والفتن الدينية (في الدنيا والآخرة) العاجلة والآجلة. 
 (اللهمَّ إني أسأَلُكَ العفو) ومَحْوَ الذنوب والتَّجَاوزَ عنها، (والعافيةَ) والسلامة من العيوب، (في دِيني) من الشرك والبدع والمعاصي، (ودنياي) من المصائب والأذى والشرور، (وأهلِي) زوجاتي وأولادي وقرابتي، (ومالي) وأموالي وعملي.
 (اللهم استرْ عَوراتي) وما فيَّ من العيوب والخَلَل والتقصير وامْحُ ذنوبي، (وآمِن رَوْعاتي) وفَزَعي وخوفي. 
 (اللهم احفظْني) وادفع البلاء عني من المؤذِيات والبلاء، (من بين يديَّ ومِن خلفي، وعن يميني وعن شمالي، ومن فوقي) حيث سألَ أنْ يحفظَه الله من جميع الجهات؛ لأن البلايا والآفات إنما تَلْحَق الإنسانَ وتُقبِلُ إليه من إحدى هذه الجهات. 
 (وأعوذُ بعظمتك أن أُغْتَال) وأؤاخَذ بَغْتَة، وأَهْلِكَ غفلةً (من تحتي) فأهلك بالخَسْف.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эртең менен жана кечинде ушул дубаларды калтырбай, такай айтып жүргөн:
 (Аллахым, мен Сенден аманчылык тилейм) оорулардан, балээлерден, дүнүйөлүк кыйынчылыктардан, диний фитна жана азгырыктардан (Дүйнө жана акыретте), убактылуу жана түбөлүктүү жашоодо.
 (Аллахым, Сенден кечирим сурайм) жана күнөөлөрдүн өчүрүлүшүн жана алардын кечирилишин, (жана жакшылыкты сурайм) айып-кемчиликтен таза болууну, (динимде) ширктен, бидаттан жана күнөөкөр болуудан, (дүйнө жашоомдо) кыйынчылыктан, кырсыктан, зыяндуу  жамандыктардан, (үй-бүлөмдө) аялым, балдарым жана туугандарыма, (мал-мүлкүмдө) байлыгыма жана иштериме (жакшылык сурайм).
 (Аллахым, менин айып-кемчиликтеримди жап) мендеги айыптарды, кемчиликтерди жашырып, күнөөлөрүмдү кечир.  (жана жүрөгүмдү тынч кыл) чочулоодон, коркуудан сакта.
 (Аллахым мени сакта) мага келе турган балээ-кырсыктарды менден кетир, (бет алдымдан келүүчү, артымдан келүүчү, оң жак, сол жагымдан келүүчү, үстүмдөн келүүчү) жамандыктардан сакта деп, туш тарабынан келүүчү жамандактардан сактоону Аллахтан суранган. Анткени, балээ-кырсыктар адамдарга ушул айтылган тараптардын бирөөсүнөн келип калышы мүмкүн.
 (Мен Сенин улуулугуң менен) капылет келип, жок кылуучу (астымдан) келүүчү жамандыктан сактанам.</t>
   </si>
   <si>
     <t>المحافظة على هذه الكلمات اقتداءً بالرسول صلى الله عليه وسلم.
 الإنسان كما هو مأمور بسؤال الله العافية في الدين كذلك مأمور بسؤالها في الدنيا.
 قال الطيبي: عَمَّ الجهاتَ الست؛ لأن الآفات منها، وبالَغَ فِي جهة السُّفْلِ لرَدَاءة الآفة منها.
  الأفضل في قراءة الأذكار، في الصباح: من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك يعني: قالها في الصباح بعد ارتفاع الضُّحى أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 ما دَلَّ الدليل على كون الذِّكْر له وقت مُعَيّن في الليل كقراءة آخر آيتين من سورة البقرة فإنها تكون ليلًا بعد غروب الشمس.</t>
   </si>
   <si>
     <t>Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчип ушул дубаларды ар дайым айтып жүрүү керек.
 Инсан Аллах Тааладан динине жакшылык суроого буйрулгандай, дүйнөсүнө жакшылык суроого да буйрулган.
 Ат-Тайиби минтип айткан: алты тарап дегени, апаат-балээлер ушул тараптардан болот. Асты (ылдый) тарабына басым жасап айтканы, апааттын оору ушул тараптан болот.
 Эртең менен зикир айта турган эң жакшы учур: Таң аткандан тартып, күн чыкканга чейинки убак. Кечкиси: дигерден тартып, Күн батканга чейин. Эгер бул убактардан кийин айтып калса, б.а. эртең менен чашкеден өткөндө же бешимден кийин айтып калса деле жарайт. Кечинде деле Күн баткандан кийин айтса жарай берет. Зикрдин убактысы ушундай.
 Ал эми "Бакара" сүрөсүнүн акыркы эки аятын окуу сыяктуу атайын түн ичине дайындалган зикирлер болсо, андай зикирлерди Күн баткандан кийин гана айтыш керек.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Абу Дауд, ан-Насааи, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5485</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ</t>
-[...2 lines deleted...]
-    <t>Аллахым, Сенден жакшылыктын баарын, азыркысын да, кийинкисин да, мен билгенин да, билбегенин да суранам. Сенин жардамың менен бардык жамандыктан, азыркысынан да, кийинкисинен да, мен билгенинен да, билбегенинен да коргоном.</t>
+    <t>اللهم إني أسألك من الخير كله، عاجله وآجله، ما علمت منه وما لم أعلم، وأعوذ بك من الشر كله، عاجله وآجله، ما علمت منه وما لم أعلم</t>
+  </si>
+  <si>
+    <t>Аллахым, Сенден жакшылыктын баарын, азыркысын да, кийинкисин да, мен билгенин да, билбегенин да суранам. Сенин жардамың менен бардык жамандыктан, азыркысынан да, кийинкисинен да, мен билгенинен да, билбегенинен да коргоном</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رضي الله عنها أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ عَلَّمَهَا هَذَا الدُّعَاءَ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا».</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага бул дубаны үйрөткөн: "Аллахым, Сенден жакшылыктын баарын, азыркысын да, кийинкисин да, мен билгенин да, билбегенин да суранам. Сенин жардамың менен бардык жамандыктан, азыркысынан да, кийинкисинен да, мен билгенинен да, билбегенинен да коргоном.  Аллахым, Сенден кулуң жана пайгамбарың суранган жакшылыктын баарын суранамын. Сенден кулуң жана пайгамбарың сактоону сураган жамандыктын баарынан сактооңду суранам. Аллахым, мен Сенден бейишти сурайм. Бейишке жакындата турган сөздөрдү жана амалдарды сурайм. Сенден тозоктон сактоону сурайм. Тозокко жакындата турган сөздөрдөн жана амалдардан сактоону сурайм. Сен чыгарган тагдыр-өкүмдүн баары мен үчүн жакшылык болуусун сурайм.</t>
   </si>
   <si>
     <t>علَّم النبيُّ صلى الله عليه وسلم عائشةَ رضي الله عنها جوامِعَ الدعاء وهو أربع دعوات: 
 الأول: دعاء عام لكل خير: (اللهم إني أسألك من الخير كله) وجميعه، (عاجله) القريب في وقته، (وآجله) البعيد، (ما عَلِمتُ منه) مما علّمتني، (وما لم أعلم)، مما يكون في علمك سبحانك، 
 وفيه تفويض الأمر إلى الله العليم الخبير اللطيف؛ فيختار سبحانه للمسلم أفضله وأحسنه، (وأعوذ) وأعتصم وأَحْتَمي (بك من الشر كله عاجله وآجله، ما علمت منه وما لم أعلم). 
 الدعاء الثاني: وهو حِفْظٌ للمسلم مِن أنْ يَعْتَدي في الدعاء (اللهم إني أسألك) وأطلبك (من خير ما سألك عبدك ونبيك) صلى الله عليه وسلم، (وأعوذ) وألتجئ وأعتصم (بك من شر ما عاذ به عبدك ونبيك) صلى الله عليه وسلم، وهذا دعاء وطَلَبٌ من الله أنْ يُعطيَ الداعي مما سأله وطلبه النبيُّ محمد صلى الله عليه وسلم لنفسه، دون تعديد لأنواع ما دعا به صلى الله عليه وسلم. 
 الدعاء الثالث: طلب دخول الجنة والابتعاد عن النار، وهو مَطْلبُ كلِّ مسلم وغايةُ عَمَلِه: (اللهم إني أسألك الجنة) والفوز بها (وما قرّب إليها من قول أو عمل) صالح يرضيك، (وأعوذ بك من النار) حيث لا عصمة من قبائح الأعمال إلا بلطفك، (وما قرّب إليها من قول أو عمل) من المعاصي التي تغضبك. 
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Айша энебизге ар тараптуу дубаларды үйрөткөн. Ал төрт дубадан турат:
 Биринчиси: Бардык жакшылыкты камтыган дуба (Аллахым, сенден бардык жакшылыкты сурайм) (азыркысын) жакын арада боло турган, (кийинкисин) кийин боло турган. (Мен билгенин) Сен мага билдиргендерди, (Мен билбегенин) Сен Өзүң гана билген (жакшылыктарды), Сен Аруу-Тазасың. Бул дубада ишти, Билүүчү, Кабардар жана майда баратынан бери Билип туруучу Аллахка тапшыруу айтылган. Аллах Таала мусулман адам үчүн жалаң гана жакшы, абзел иштерди тандайт. (Сенден бардык жамандыктан, азыркысынан да, кийинкисинен да, мен билгенинен да, билбегенинен да сактоону суранам).
 Экинчи  дуба: мусулман адамды дуба кылганда чектен ашуудан сактайт. "Аллахым, мен Сенден сураймын" талап кыламын "Сенин пайгамбарың жана кулуң суранган жакшылыктардын баарын". "Жана коргоном" коргоном, сактанам "Сенин жардамың менен пайгамбарың жана кулуң коргонгон жамандыктын баарынан". Бул дуба Мухаммед пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтан өзү үчүн эмнени сураса ошонун баарын камтыган дуба. Пайгамбарыбыз сурагандын баарын бирден эсептеп отурбай, ушул дубаны айтып коюу жетиштүү.
 Үчүнчү дуба: бейишке кирүүнү жана тозоктон алыс болууну сурануу. Бул бардык мусулмандын тилеги жана кылган амалдарынын максаты. "Аллахым мен Сенден бейишти суранам" ага жетүүнү "Бейишке жакындата турган сөздөрдү жана амалдарды" Өзүңдү ыраазы кыла турган салих амалдарды аткартууну суранам. "Сенден мени тозоктон алыс кылууну суранам" тозокко татыктуу жаман амалдардан Сенин ырайымың менен гана кутулууга болот. "Ошондой эле тозокко алып бара турган создөрдөн жана амалдардан" Сенин каарыңды келтире турган күнөөлөрдөн сактооңду суранам.
 Төртүнчү дуба: Аллахтын өкүм, тагдырына ыраазы болууну дуба кылуу. "Мага кылган ар бир өкүм, тагдырыңды мен үчүн жакшылык кыл". Аллах Таала мага өкүм тагдыр кылган иштин баары мен үчүн жакшылык болсун. Мына ушул дуба Аллахтын каза-кадарына, өкүм тагдырына ыраазы болуу дубасы.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Айша энебизге үйрөткөндөй, эркек киши үй-бүлөсүнө аларга пайдалуу диний жана дүнүйө иштерин үйрөтүшү керек.
 Мусулман адамга пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айткан дубаларды жаттап алганы жакшы. Анткени бул дубалар бардык нерсени ичине камтыйт.
 Бул хадис тууралуу аалымдар минтип айткан: Бул хадис жакшылыкты суроо жана жамандыктан сактанууга тиешелүүнүн баарын камтыган хадис. Бул пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) өзүнө гана берилген кыска бирок нуска (баардык нерсени ичине камтыган) хадистерден.
 Бейишке кирүүгө Аллахтын ырайымынан кийинки себептер: жакшы амалдар жана жакшы сөздөр.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5487</t>
   </si>
   <si>
-    <t>اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ</t>
+    <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>Оо, Аллахым! Мен Сенин жакшылыктарыңдын жок болуп кетүүсүнөн, аманчылыгыңдын алмашып кетүүсүнөн, кокустан келген азабыңдан жана Сенин газабыңа себеп болуучу бардык нерселерден Өзүңдүн жардамың менен коргоном</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>Абдулла бин Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) дубаларынын бир ушундай эле: "Оо, Аллахым! Мен Сенин жакшылыктарыңдын жок болуп кетүүсүнөн, аманчылыгыңдын алмашып кетүүсүнөн, кокустан келген азабыңдан жана Сенин газабыңа себеп болуучу бардык нерселерден Өзүңдүн жардамың менен коргоном".</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төрт нерседен коргоосун сураган:
 Биринчиси: "Аллахым, мен Сенин жакшылыктарыңдын жок болуп кетүүсүнөн сактоону суранам". Диний жана дүйнөлүк жакшылыктардын, ошондой эле Исламда бекем туруу жакшылыгынын жок болуп кетүүсүнөн сактоону жана жакшылыкты жок кыла турган күнөө иштерден алыс кылууну суранам.
 Экинчиси: "Аманчылыгыңдын алмашып кетүүсүнөн..." анын балээ-кырсыктарга алмашып кетүүсүнөн сактоону суранам. Оору-сыркоодон саламаттыкты, аманчылыгыңдын дайыма болуп туруусун суранам.
 Үчүнчү: "Кокустан келген азабыңдан..." балээ, кыйынчылык болуп келип калуусунан сактоону суранам. Эгерде азап жана жаман акыбет кокустан келип калса, тообо кылууга убакыт болбой калат. Мындайдагы кыйынчылык оор жана катуу болот.
 Төртүнчү: "Каарыңдын келүүсүнөн..." Сенин каарыңдын келүүсүнө себеп болчу иштерден сактоону суранам. Анткени, Сен кимге каардансаң, ал кор болуп, ийгиликсиздикке учурайт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул хадисинде да баарын камтыган сөздү: Аллахтын каарына себеп боло турган ишеним, амал жана сөздөр тууралуу айткан.</t>
   </si>
   <si>
     <t>افتقار النبيِّ صلى الله عليه وسلم إلى الله تعالى.
 تضمّنت هذه الاستعاذة المباركة: التوفيق لشكر النِّعم، والحفظ من الوقوع في المعاصي؛ لأنها تزيل النعم.
 الحرص عن الابتعاد عن مواضع سَخَطِ الله تعالى.
 استعاذ صلى الله عليه وسلم من فجأة نقمة الله تعالى؛ لأنه إذا انتقم من العبد فقد أَحَلَّ به من البلاء ما لا يَقدِر على دفعه، ولا يُستدفع بسائر المخلوقين، وإن اجتمعوا جميعًا.
 استعاذ صلى الله عليه وسلم من تحول عافيته سبحانه؛ لأنه إذا كان قد اختصَّه الله بعافيته، فقد ظفر بخير الدارين، فإن تحولت عنه فقد أصيب بشر الدارين، فإن العافية بها صلاح الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) да Аллах Таалага муктаж экендиги.
 Бул берекелүү сурануу өз ичине нээмат-жакшылыктарга шүгүр кылууга топук берүүнү жана күнөөгө кириптер болуудан сактоону камтыйт. Анткени, күнөө иштер жакшылыктарды кетирет.
 Аллах Тааланын каарын келтире турган орундардан алыс болууга умтулуу.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын кокустан азабы келип калуусунан сактоону суранган. Анткени, эгер Аллах Таала пендесин азаптаса, пенде кутула албай турган, бардык калайык чогулса да жардам бере албай турган балээге туш кылып койот.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала берген аманчылыктын өзгөрүп кетүүсүнөн сактоону суранган. Анткени, эгер Аллахтын аманчылыгы болсо, дүйнө жана акыретте жакшылык болот.  Эгер аманчылыкты алмаштырып жиберсе, дүйнө жана акыретте кыйынчылык болот. Дүйнө жана акырет иштеринин оңолуусу аманчылыкка байланыштуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5488</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ</t>
+    <t>اللهم إني أعوذ بك من غلبة الدين، وغلبة العدو، وشماتة الأعداء</t>
   </si>
   <si>
     <t>Аллахым, карызга батуудан, душмандын үстөмдүк кылуусунан жана табалоосунан сактоону Өзүңдөн суранам</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَدْعُو بِهَؤُلَاءِ الْكَلِمَاتِ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ».</t>
   </si>
   <si>
     <t>Абдуллах бин Амр бин Аас (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) төмөнкү сөздөрдү айтып дуба кылчу: "Аллахым, карызга батуудан, душмандын үстөмдүк кылуусунан жана табалоосунан сактоону Өзүңдөн суранам".</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم من أمور: 
 الأول: (اللهم إني أعوذ) وألجأ وأَلُوْذُ (بك) لا بغيرِك، (من غلبة الدَّين) وقهره وهمِّه وكَرْبِه، وأسألك الإعانة على قضائه وسداده. 
 الثاني: (وغلبة العدو) وقهره وتَسَلُّطه، وأسألك كَفَّ أذاه، والانتصارَ عليه. 
 الثالث: (وشماتة الأعداء) وفَرَحِهم بما يُصيب المسلمين من بلاء ومصيبة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир канча иштен сактоону Аллахтан суранган:
 Биринчиси: "Аллахым, Сенден суранамын" Сенден башкадан суранбайм "карызга батып кетүүдөн сакта" карыздын оордугунан, кыжаалатчылыгынан, кайгы-капасынан сакта. Карыздан кутулууга жардам берүүңдү суранам.
 Экинчиси: "душмандын үстөмдүгүнөн" басмырлоосунан жана башчылык кылуусунан сакта. Душмандын зыянынан сактооңду жана жеңишке жеткирүүңдү суранам.
 Үчүнчү: "душмандын таба кылуусунан" мусулмандардын башына түшкөн балээ, кыйынчылыкка кубанып карап туруусунан сакта.</t>
   </si>
   <si>
     <t>الحث على التعوذ بالله من كلِّ ما يَشغل عن الطاعة ويَجلب الهموم كالدَّيْن وغيره.
 مطلق الدَّيْن لا حَرَجَ فيه، إنما الحَرَجُ فيمَن ليس لديه وفاءٌ للدَّين، وهذا هو الدَّيْن الغالِب.
 الإنسان عليه أنْ يَتَجنَّبَ الأمور التي يُشْمَتُ بها ويُعاب فيها.
 بيان عداوة الكفار للمؤمنين وشماتهم بهم عند حلول المصائب.
 إظهار الأعداء فرحَهم بِبَلِيَّة الإنسان يَشتدُّ على الإنسان من نفس البلية.</t>
   </si>
   <si>
     <t>Карыз ж.б.у.с. адамды ибадаттан алагды кыла турган, кыжаалатчылыкка сала турган иштердин баарынан сактоону Аллахтан сурануу керек.
 Жалпы карыздар эч нерсе эмес, карыздын жаманы аны төлөгөнгө чамасы жок болуп калганы. Мына ушул карыз карызга батуу болуп эсептелет.
 Адам баласы шылдың боло турган жана өзүнө айып тагыла турган иштерден алыс болушу керек.
 Кыйынчылык болгон учурда каапырлардын ыймандууларга болгон табасын, душмандыгын баяндоо.
 Адамдын башына түшкөн кыйынчылыгына душманынын табалап, сүйүнүүсү адамдын кыйынчылыгын ого бетер күчөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5489</t>
   </si>
   <si>
-    <t>اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ</t>
-[...2 lines deleted...]
-    <t>"Аллахым, Сенин атың менен таң атырабыз. Сенин атың менен кечти киргизебиз. Сенин атың менен тирилебиз. Сенин атың менен өлөбүз. Кайра тирилип баруу Сага гана</t>
+    <t>اللهم بك أصبحنا، وبك أمسينا، وبك نحيا، وبك نموت، وإليك النشور</t>
+  </si>
+  <si>
+    <t>Аллахым, Сенин атың менен таң атырабыз. Сенин атың менен кечти киргизебиз. Сенин атың менен тирилебиз. Сенин атың менен өлөбүз. Кайра тирилип баруу Сага гана</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّهُ كَانَ يَقُولُ إِذَا أَصْبَحَ: «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» وَإِذَا أَمْسَى قَالَ: «بِكَ أَمْسَيْنَا، وَبِكَ أَصْبَحْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» قَالَ: وَمَرَّةً أُخْرَى: «وَإِلَيْكَ الْمَصِيرُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: Эртең менен таң атырганда ал минтип айтчу: "Аллахым, Сенин атың менен таң атырабыз. Сенин атың менен кечти киргизебиз. Сенин атың менен тирилебиз. Сенин атың менен өлөбүз. Кайра тирилип баруу Сага гана" Кеч киргенде минтип айтчу: "Аллахым, Сенин атың менен кеч киргизебиз. Сенин атың менен таң атырабыз. Сенин атың менен тирилебиз. Сенин атын менен өлөбүз. Кайра тирилип баруу Сага гана". Кээде: "Кайра кайтып баруу Сага гана" дечү.</t>
   </si>
   <si>
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) таң жаңы агарып ата баштаганда минтип айтчу:
 "Аллахым, Сенин ысмың менен таң атырабыз" Сенин сактооңо таянып, нээмат-жакшылыктарыңа тобокел кылып, топук-ийгиликтериңе куралып, Сен берген күч-кубат менен кыймыл-аракет кылып (таңды тосуп, күндүзгү жашоону баштадык). "Сенин ысмың менен кечти киргизип, Сенин ысмың менен өлүп, Сенин ысмың менен өлөбүз". Б.а. жогоруда айтылгандай кечинде да айтылат. Кечинде минтип айтат: Аллахым Сенин ысмың менен кечти киргиздим, Сенин Тирилтүүчү ысымың менен тирилебиз, Өлтүрүүчү ысымың менен өлөбүз. "Анан кайра Сенин өзүңө тирилип барабыз" өлгөндөн кийин кайра тирилүү жана чогулгандан кийин кайра ажырашуу, биз ар дайым жана ар кандай абалда ушундай абалда болобуз.
 Кеч кирип дигерден кийинки убак болгондо минтип айтчу: "Аллахым, Сенин атың менен кеч киргиздик. Сенин атың менен таң атырдык. Сенин атың менен тирилебиз. Сенин атың менен өлөбүз. Кайра кайтуу Өзүңө гана" бул дүйнөдө да акыретте да кайра кайтаруу Сага гана. Сен мени өлтүрүп, Сен мени кайра тирилтесиң.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчип, ушул дубаны эртең менен жана кечинде айтуу мустахаб.
 Пенденин бардык убакта жана абалда Аллахка муктаждыгы.
 Эртең менен зикир айта турган эң жакшы учур: Таң аткандан тартып, күн чыкканга чейинки убак. Кечкиси: дигерден тартып, Күн батканга чейин. Эгер бул убактардан кийин айтып калса, б.а. эртең менен чашкеден өткөндө же бешимден кийин айтып калса деле жарайт. Кечинде деле Күн баткандан кийин айтса жарай берет. Зикрдин убактысы ушундай.
 "Кайра тирилип баруу Сага гана" дегенди эртең менен айтканы, адамдар өлүп, кыяматтта кайра тирилген учурду эскертет. Бул жаңы тирилүү, жаңы күн, бул күнү арбактар (рухтар) денеге кайтарылат. Ал күнү адамдар жайылып чыгат. Аллах жараткан бул жаңы күн, Адам баласына күбө болуу үчүн башталат. Бул күндүн мөөнөтү жана убактысы биздин амалдарыбыз үчүн казына болот.
 Ал эми "Кайра кайтуу Сага гана" деген сөздүн кечинде айтылганы, адамдар кечинде жумушунан, жүргөн жерлеринен жашаган турак-жайларына кайтып, эс алып ырахатта жатып калышат. Бул Аллах Таалага кайра кайтып барууну эскертет.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5490</t>
   </si>
   <si>
-    <t>الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ،</t>
+    <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>Күчтүү момун алсыз момунга караганда Аллахка жакшыраак жана сүйүктүүрөөк. Алардын экөөсүндө тең жакшылык бар</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Күчтүү момун алсыз момунга караганда Аллахка жакшыраак жана сүйүктүүрөөк. Алардын экөөсүндө тең жакшылык бар.  Өзүңө пайдалуу болгон нерсеге умтул, Аллахтан жардам сура, жана алсыз болбо. Эгер сага бир кайгы-капа жетсе: « Эгер тигиндей кылсам, мындай болоор эле»-деп айтпа». Аллах тагдыр кылыптыр. Ал Өз каалаганын жасайт «-дегиле. Анткени, «Эгер» деген сөз шайтандын амалдарына жол ачат»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): ыймандуунун баары жакшы экенин, бирок ыйманында, чечкиндүүлүгүндө, байлыгында ж.б. күч-кубатка тиешелүү иштерде күчтүү болгон ыймандуу адам күчсүз ыймандууга караганда Аллахка жагымдуу жана сүйкүмдүүрөөк экенин айткан. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандуу адамга, ага дүйнө жана акыретте пайдасын тийгизе турган иштерде Аллахка таянуу менен бирге себептерди аткарууну, Аллахтан жардам суроону жана Ага тобокел кылууну насаат кылган. Анан дүйнө жана акыретке пайдалуу иштерди аткарууда чамасыз болуудан, жалкоолуктан жана шалаакылыктан тыйды. Ыймандуу адам кайсы бир иште аракет кылса, себептерди аткарса, Аллахка таянса жана Аллахтан жакшылык тилесе, анда бардык иштерин Аллахка тапшыруусу жана Аллахтын тандоосу эң жакшы тандоо экенин билүүсү керек. Ошондон кийин ага кандайдыр бир көйгөй болуп калса, анда: "Эгер мен мындай кылсам, тигиндей болмок эмес" деп айтпасын. Анткени "эгер" деп айтуу шайтандын амалдарына эшик ачып берет. Тагдырга нааразы болууда, өткөн иште өкүнүүдө (шайтанга эшик ачат). Анын ордуна тагдырга моюн сунуп жана ыраазы болуп: "Аллахтын тагдыры, Ал каалаганын аткарды" деп айтуу керек. Болгон иш Аллахтын каалоосунун чегинде болду, анткени ал каалаганын аткаруучу. Анын буйругун жокко чыгаруучу болбойт жана Анын өкүмүн кечиктирүүчү да жок.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Адамдар ыйманында ар түрдүү болот.
 Иш-амалдарда күчтүү болуу жакшы; анткени, күчтүүлүк менен алсыз адам жетпеген пайдаларга жете алат.
 Инсан өзүнө пайдалуу иштерге аракет кылып, пайдасыз иштерди таштоосу керек.
 Ыймандуу адам өзүнө таянбастан, бардык иштеринде Аллахтын көмөгүн сурануусу керек.
 Каза жана кадардын бар экени анык, бул жакшы иштерге аракет кылууга  жана себептерди аткарууга каршы келбейт.
 Кыйынчылыкка кабылганда нааразыланып: "эгер" деген сөздү айтуудан тыйган жана Аллахтын каза, кадарына каршы болуунун арамдыгын айткан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5493</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Дуба – бул ибадат» – деп айткан соң (Курандын бул аятын) окуду: «Мага дуба кылгыла, силерге жооп беремин. Чындыгында, Мага ибадат кылуудан текеберленген адамдар кор болгон абалда тозокко киришет». (Гафир, 60-аят)</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Ан-Нуман бин Башир, радыяллаху анху, риваят кылган хадисте ал айтты: «Мен Пайгамбар, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Дуба – бул ибадат» – деп айткан соң (Курандын бул аятын) окуду: «Мага дуба кылгыла, силерге жооп беремин. Чындыгында, Мага ибадат кылуудан текеберленген адамдар кор болгон абалда тозокко киришет». (Гафир, 60-аят)</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, дуба ибадат экенин кабар берди. Дуба жалаң гана Аллах үчүн болушу керек. Мейли ал дуба сурануу жана талап кылуу дубасы болсун, Аллах Тааладан өзүнө пайда алып келе турган нерсени суроо менен жана бул дүйнөдө жана акыретте зыян келтирүүчү нерселерден коргоонуну талап кылуу менен болот. Мейли ал дуба ибадат дубасы болсун, жалаң гана Аллах үчүн болушу керек. Ибадат дубасы - бул Аллах Таала сүйгөн жана ыраазы болгон бардык сөздөр жана иш-аракеттер, сырткы жана ички иш-аракеттер жана жүрөктүн ибадаттары, дененин ибадаттары жана мал-мүлк менен болгон ибадарттар болуп саналат.
 Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, ушуга Аллах Тааланын бул сөзүн далил кылды: «Мага дуба кылгыла, силерге жооп беремин. Чындыгында, Мага ибадат кылуудан текеберленген адамдар кор болгон абалда тозокко киришет».</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Дуба бул ибадаттын негизи. Аллахтан башкага дуба кылууга болбойт.
 Дуба - чыныгы кулчулук экенин, Аллахтын эч кимге муктаж эместигин, Анын кудуреттүү экенин жана пенденин Ага гана муктаждыгын моюнга алууну камтыйт.
 Катуу азап – бул Аллахка ибадат кылуудан жана Ага дуба кылууну таштап текеберленген адамдардын жазасы. Аллахка дуба кылуудан текеберленгендер тозокко кор болгон абалда жана жийиркеничтүү абалда киришет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ</t>
+    <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көп кылган дубасы: "Роббана аатинаа фид-дуня хасана, ва фил аахироти хасана, ва кынаа азаабан-наар" деген дуба эле</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көп кылган дубасы: "Роббана аатинаа фид-дуня хасана, ва фил аахироти хасана, ва кынаа азаабан-наар" деген дуба эле.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) көптөгөн дубаларды камтыган дубаларды көп кылчу, ошолордун бири: "О, Жараткан, бизди бул дүйнөдө да, акыретте да жакшылыктан куру калтырба жана тозок азабынан сакта" Бул дуба дүйнө жакшылыктарын, адалдан болгон кенен ырыскыны, салиха аялды, көзүңду кубанткан ыймандуу баланы, ырахатты, пайдалуу илимди, ийги иш-амалдарды жана башка жакшы жана мубах иштерди суранууну өз ичине камтыйт. Ошондой эле акыреттин жакшылыктарын, кабырдагы, эсеп-кысап учурундагы, тозоктогу азаптардан сактоону, Аллахтын ыраазылыгына жетүүнү, даярдалган нээмат-жакшылыктарга ээ болууну, Ырайымдуу Раббибизге жакын болууну суранууну да ичине камтыйт.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) өрнөк алып, жалпы жакшылыкты камтыган дубаларды кылуу жакшы.
 Дубанын эң толугу - дүйнө жана акыреттин жакшылыктарын бирге сурап дуба кылуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5502</t>
   </si>
   <si>
-    <t>سَيِّدُ الِاسْتِغْفَارِ</t>
+    <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>Истигфардын төрөсү</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
     <t>Шаддад бин Аус (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Истигфардын төрөсү  мындай: Аллахым, Сен менин - Раббимсиң, Сенден башка ибадатка татыктуу кудай жок. Сен мени жараттың, мен Сенин кулуңмун. Мен чолом жетишинче Сага берген убада, шартымды сактаймын. Жасаган иштеримдин жамандыгынан сактоону Сенден суранам. Мага берген нээмат-жакшылыктарыңды жана күнөөлөрүмдү мойнума алам. Мени кечир, Сенден башка күнөөлөрдү кечирүүчү эч ким жок». Анан мындай деди: "Кимде-ким эртең менен бул сөздөрдү чын жүрөгүнөн айтса, анан ошол күнү кечке чейин каза болсо, ал бейиштин тургундарынан. Ал эми ким бул сөздөрдү кечинде чын жүрөгүнөн айтса жана таң атканга чейин каза болсо, ал бейиштин тургундарынан".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) истигфардын ар түрдүү сөздөрү бар экенин, алардын ичинен эң абзели жана эң улугу төмөнкү сөздөр экенин айткан: "Аллахым, Сен менин Раббимсиң, Сенден башка ибадатка татыктуу кудай жок. Сен мени жараттың, мен Сенин кулуңмун. Мен чолом жетишинче Сага берген убада, шартымды сактаймын. Жасаган иштеримдин жамандыгынан сактоону Сенден суранам. Мага берген нээмат-жакшылыктарыңа ынанам жана күнөөлөрүмдү мойнума алам. Мени кечир, Сенден башка күнөөлөрдү кечирүүчү эч ким жок". Биринчиден пенде Аллахтын тавхидин моюндайт, Аллах Таала анын Жаратуучусу, эч кандай шериги жок ибадат кыла турган Кудайы экенин (моюнуна алат). Ыйманда жана баш ийүүдө колунан келишинче Аллахка берген ант-келишимин аткарарын (моюнуна алат). Анткени, пенде канчалык көп ибадат кылса да, Аллах буйругандын баарын аткара албайт, нээматтарга татыктуу шүгүр кыла албайт. Ал Аллахка кайрылат, Аны менен коргонот. Анткени, Аллах - пенде жасаган жаман ишинен коргоно турган Коргооочу. Пенде Аллахтын ага берген нээматтарына муюп, аны моюнуна алат. Өзү жасаган күнөө, каталарын моюндап, өзүнө кайтат. Аллахка ушинтип жалбарып сурануудан кийин, Раббисине дуба кылып аны Өз кечирими, ырайымы жана пазилети менен кечирүүсүн, күнөөлөрүн жашыруусун, жана күнөөлөрдөн сактоосун тилейт. Анткени, күнөөлөрдү Аллахтан башка эч ким кечире албайт. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул сөздөр эртең менен жана кечинде айтылчу зикрлерден экенин, кимде-ким бул зикрди чын жүрөгүнөн, маанилерине түшүнүп, ишеним менен эртең менен күн чыккандан шашкеге дейре айтса жана ошол күнү өлсө, бейишке кирерин айткан. Ал эми ким кечинде, күн баткандан таң атканга чейинки аралыкта айтса жана таң атканга чейин өлсө, бейишке кирерин айткан.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Истигфар сөздөрүнүн айтылышы ар түрдүү жана биринен-бири артыкча да болот.
 Пенде Аллахка ушул дуба менен кайрылууга аракет кылуусу керек. Анткени, бул истигфарлардын төрөсү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5503</t>
   </si>
   <si>
-    <t>عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ</t>
+    <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
   </si>
   <si>
     <t>Чынчыл болгула, анткени чындык жакшылыкка жетелейт, а жакшылык болсо бейишке алып барат</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
   </si>
   <si>
     <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынчыл болгула, анткени чындык жакшылыкка жетелейт, а жакшылык болсо бейишке алып барат . Адам чындыкты айта берип, чынчылдыкка берилсе, Аллахтын алдында чынчыл деп жазылат. Жалган айтуудан сак болгула, анткени жалган жамандыкка жетелейт, а жамандык болсо тозокко алып барат. Адам жалган айта берип жалганга берилсе, Аллахтын алдында жалганчы деп жазылат".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
 ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) чынчыл болууга буйруп, чынчыл болуу дайыма ийги иш-амалдарды аткарууга жеткирерин баяндаган. Ал эми жакшы иш-амалдары аны аткарган адамдын бейишке кирүүсүнө себеп болот. Ашкере болобу, жашыруун болобу, дайыма чынчыл болгон адам, өтө чынчыл деген атка татыктуу болот. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жалган сүйлөөдөн тыйып, эскертти. Анткени, жалганчылык туура жолдон тайдырып, жаман, бузук, күнөө иштерге түртөт. Анан аны тозокко түшүрөт. Жалганчылыгын таштабай улам жалган айта берсе, Аллахтын алдында жалганчы деп жазылат.</t>
   </si>
   <si>
     <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
 الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
 الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
   </si>
   <si>
     <t>Чынчылдык, бул - мээнет, аракет менен жете турган жакшы мүнөз. Адам дайыма чын сүйлөп, чынчылдыкка берилсе, чынчылдык анын табиятына айланат да Аллахтын алдында таза, чынчыл деп жазылат.
 Жалганчылык да ишинде же сөзүндө уламдан-улам пайда болуп отуруп табигый адатка айлана турган жаман мүнөз. Анан Аллахтын алдында жалганчы деп жазылып калат.
 Чынчылдык бул - чындыкты сүйлөөгө айтылат. Чындыктын тескериси ал – жалган айтуу. Ал эми чынчылдык ниетке тиешелүү болсо, анда ал ыкластуулук болуп саналат. Амалга тиешелүү болсо, анда ал ашкере жана жашыруунун бирдей аткаруу.  Ошондой эле, коркуудагы, үмүт кылуудагы чынчылдык сыяктуу чынчылдыктар бар. Ушунун баарында чынчыл болгон адам "сыддык" өтө чынчыл деп аталат. Ал эми кээ биринде чынчыл болгон адам "саадык" чынчыл деп аталат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5504</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Тилге жеңил, таразада оор жана Ырайымдуу (Аллахка) сүйүктүү болгон эки сөз бар. Ал: «Субханаллахиль-азыими, Субханаллахи уа бихамдихих</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Тилге жеңил, таразада оор жана Ырайымдуу (Аллахка) сүйүктүү болгон эки сөз бар. Ал: «Субханаллахиль-азыими, Субханаллахи уа бихамдихих».</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, адам эч кыйынчылыксыз, ар кандай абалда да айта турган эки сөздү, алардын таразада чоң сооптуу экенин жана Раббибиз, Мээримдүү, Улуу Аллах Таала аларды жакшы көрөрүн айтты. Алар:
 «Субханаллахиль-азиим, Субханаллахи уа бихамдихих». Бул эки сөз Аллахтын улуу жана кемчиликсиз деген сыпаттарын жана Улуу Аллах Тааланын бардык кемчиликтерден аруу экенин камтып алган сөз.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Эң улуу зикир – анда Аллахка мактоо-шүгүр айтуу жана Аны бардык айып-кемчиликтерден аруулоо чогуу келет.
 Аллахтын пенделерине болгон ырайымынын кеңдиги баяндалып жатат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Аллах таала үчүн дубадан артык эч нерсе жок</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Аллах таала үчүн дубадан артык эч нерсе жок».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ибадаттарда Аллах Тааланын алдында дубадан артык эч нерсе жок экенин баяндады. Анткени Аллахка дуба кылууда Аллахтын эч кимге муктаж эместигин, пенде алсыз экенин жана пенде Аллахка муктаж экендиги билинет.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Дуба кылуунун пазилети чоң. Кимде-ким Аллахка дуба кылса, анда ал Аллахты улуктайт, Анын муктаж эмес экенин жана муктажга дуба кылынбастыгын тастыктайт. Жана Ал Аллах Угуучу, ошондуктан дүлөйгө дуба кылынбастыгын тастыктайт. Ал Аллах Берешен, ошондуктан сараңга дуба кылынбастыгын тастыктайт. Ал Аллах Мээримдүү, ошондуктан таш-боорго дуба кылынбастыгын тастыктайт. Ал Кудуреттүү, ошондуктан алсызга дуба кылынбастыгын тастыктайт. Ал Аллах баарына жакын, ошондуктан алыстагылар укпастыгын ж.б. Аллахтын улуулугун жана Аллахтын сулуулугун сыпаттаган сыпаттарын тастыктайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Берилген садакадан пенденин мал-дүнүйөсү кемибейт. Пенде башкаларды кечирүү менен аны Аллах анын кадыр-баркын көтөрөт. Кимдир бирөө Аллах үчүн кичипейил болсо, анда Аллах аны жогору кылат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Берилген садакадан пенденин мал-дүнүйөсү кемибейт. Пенде башкаларды кечирүү менен аны Аллах анын кадыр-баркын көтөрөт. Кимдир бирөө Аллах үчүн кичипейил болсо, анда Аллах аны жогору кылат».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, берилген садакадан пенденин мал-дүнүйөсү кемибейт, тескерисинче, садака кылган адамдан балээлерди кетирет деп баяндап жатат. Садака кылган адамга Аллах чоң жакшылык менен анын ордун толуктап берет. Демек, садака берүүдөн анын мал-дүнүйөсү кемибейт, кайра көбөйөт.
 Өч алуу же ээсин жазалоо мүмкүнчүлүгү болсо да аны кечирүү күч-кубатты жана ар-намысты арттырат.
 Эч ким эч кимден коркконунан, сылык-сыпаалыгынан, эч кимден пайда үмүт кылбастан, бирок Аллахтын жүзү үчүн гана кичипейил, жөнөкөй болсо, анда анын сыйлыгы катары даражасы өйдө болууга жана кадыр-баркка жетүүгө татыктуу болот.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Жакшылык жана ийгиликти кээ бирөөлөр башкача деп ойлошсо да, жакшылык жана ийгилик шариятка баш ийип, жакшылык кылууда болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Кимде-ким мусулман бир тууганынын абийирин төгүүдөн жүз бурса, анда Аллах Кыямат күнү анын жүзүн тозоко түшүүдөн кайтарат</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Абу Дарда, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Кимде-ким мусулман бир тууганынын абийирин төгүүдөн жүз бурса, анда Аллах Кыямат күнү анын жүзүн тозоко түшүүдөн кайтарат».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким өзүнүн мусулман бир тууганын ал жокто аны жамандабай же ага жамандык кылбай анын абийирин коргосо, анда Аллах Таала Кыямат күнү андан азапты кайтараарын кабар берип жатат.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Мусулмандардын абийирин төгүүгө тыюу салынат.
 Иш-аракеттердин түрүнө жараша сооп-сыйлык же жаза болот. Ошондуктан кимде-ким мусулман бир тууганынын абийирин төгүүдөн жүз бурса, анда Аллах Кыямат күнү аны тозокко түшүүдөн кайтарат.
 Ислам - бул мусулмандардын ортосундагы бир туугандыктын жана жардамдашуунун дини.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Кимде-ким: "Субханаллоохи ва бихамдихи" деп күнүнө жүз жолу айтса, күнөөлөрү деңиз толкунунун көбүгүндөй көп болсо да кечирилет</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) риваят кылган хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун)  мынтип айткан: "Кимде-ким: "Субханаллоохи ва бихамдихи" деп күнүнө жүз жолу айтса, күнөөлөрү деңиз толкунунун көбүгүндөй көп болсо да кечирилет".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ким бир күндө жүз жолу "субханаллохи ва бихамдихи" деп айтса, анын каталары өчүрүлүп жана кечирилерин кабарлаган. Эгер анын күнөөлөрү албууттанып толкундаган деңиздин бетинде пайда болгон ак көбүктөрдөй көп болсо дагы.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Мындай сооп бул сөздү күндө катары менен айткан адамга да, бөлүп-бөлүп айткан адамга да берилет.
 Тасбих: Аллах Тааланы кемчиликтен таза деп аруулоо. Ал эми тахмид: Аллах Тааланы сүйүү жана улуктоо менен Анын кемелдүүлүгүн сыпаттоо.
 Хадисте айтылган күнөөлөр кичине күнөөлөр. Ал эми чоң күнөөлөр тообо кылуу менен гана кечирилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>Кимде-ким: "Лаа илааха иллаллооху вахдаху лаа шарикалах, лахул мулку валахул хамду ва хува аълаа кулли шайин кодиир" деп он жолу айтса</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>Абу Аюб (ага Аллах ыраазы болсун) риваят кылган хадисте пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Кимде-ким: "Лаа илааха иллаллооху вахдаху лаа шарикалах, лахул мулку валахул хамду ва хува аълаа кулли шайин кодиир" деп он жолу айтса, Исмаилдин урпагынан төрт кулду азаттыкка чыгаргандай сооп алат".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ким: "Лаа илааха иллаллооху вахдаху лаа шарикалах, лахул мулку валахул хамду ва хува аълаа кулли шайин кодиир" деп айтса... деп кабарлаган хадистеги бул сөздүн мааниси: Жалгыз, эч шериги жок Аллахтан башка ибадатка татыктуу кудай жок, бир гана Кемчиликсиз Аллах Таала толук мүлктүн ээси, Ал гана улуктоо жана сүйүү менен айтылган алкыш-мактоого ылайык, Андан башка эч ким буга ылайык эмес, Ал бардык нерсеге Кадыр, Ал аткара албай кала турган эч нерсе жок. Эми ушул сөздү ким бир күндө он жолу кайталап айтса, ал Ибрахим пайгамбардын уулу Исмаил пайгамбардын урпагынан төрт кулду азаттыкка чыгаргандай соопко ээ болот. Исмаилдин урпагынан деп аны жеке айтканы алардын кадыр-баркы жогору болгону үчүн.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Аллах Тааланы улухиятта, падышалыкта, мактоодо жана толук кудуреттүүлүктө жалгыздаганы үчүн бул зикир өзгөчө болуп эсептелет.
 Бул зикирдин сообуна аны катары менен дароо айткан адам да, бөлүп-бөлүп айткан адам да жетет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Аллах кимге жакшылыкты кааласа, аны динде илимдүү кылат</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Муавия (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айтканын уктум: "Аллах кимге жакшылыкты кааласа, аны динде илимдүү кылат. Чынында мен бөлүштүрүүчүмүн, Аллах берүүчү. Бул үммөт Аллахтын динин бекем кармаса, кыямат болгонго чейин аларга каршы чыккандар зыянын тийгизе албайт".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала жакшылыкты каалаган пендесине Өзүнүн динине болгон туура түшүнүк берип коёт. Ал эми ал өзү (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала берген ырыскыны, илимди ж.б. бөлүштүрөт жана таратат. Чыныгы берүүчү - Аллах Таала. Башкалардын баары себеп, Аллахтын каалоосу менен гана пайда бере алат. Бул үммөт Аллахтын динин бек кармап, Анын буйруктарын так аткарып жүрсө, кыямат болгонго чейин аларга каршы чыккандардын зыяны аларга тийбейт.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Шарият илиминин артыкчылыгы, маанилүүлүгү, аны үйрөнүү жана ага кызыктырып шыктандыруу.
 Бул үммөттүн сакталуусуна алардын ак динди бекем кармануулары себеп болот. Эгер бир тайпа ал жолдон тайса, анын ордуна башкасы келет.
 Дин илимин терең түшүнүү - Аллах Таалынын пендесине каалаган жакшылыгынан болуп эсептелет.
 Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын буйругу жана каалоосу менен гана бере алат, ал өзү эч нерсеге ээ эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5518</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ</t>
+    <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
   </si>
   <si>
     <t>Эй, адамдар! Саламыңарды жайылткыла. Ачкаларды тоюндургула! Туугандар менен катташкыла! Түндө башкалар уктап жатканда силер намаз окугула! Ошондо эч жамандыкка учурабай бейишке киресиңер!</t>
   </si>
   <si>
     <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
   </si>
   <si>
     <t>Абдуллах бин Салам (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Мадинага келген күнү, адамдардын баары ал келе жаткан тарапка чуркап, бирөө "Аллахтын элчиси келди!" деп үч жолу кыйкырды. Мен дагы эл менен бирге аны көрүүгө чуркадым. Анын жүзү мага даана көрүнгөндө, жүзүнөн дароо эле анын жалган сүйлөбөстүгүн байкадым. Анын айткан сөздөрүнөн эң биринчи укканым ушул болду: "Эй, адамдар! Саламыңарды жайылткыла. Ачкаларды тоюндургула! Туугандар менен катташкыла! Түндө башкалар уктап жатканда силер намаз окугула! Ошондо эч жамандыкка учурабай бейишке киресиңер!"</t>
   </si>
   <si>
     <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
 فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
 أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
 ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
 ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
 رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз Мадинага келгенде анын караанын көргөн адамдар ага бет алып чуркашты. Аны утурлай чуркагандардын арасында жөөттөрдөн Абдуллах бин Салам да бар эле. Ал пайгамбардын жүзүн көргөндө эле ал жүздүн жалган айтпастыгын сезет. Анткени анын жүзүнөн нур, чырай, айбат жана чынчылдыктын белгиси көрүнүп турган. Анын пайгамбардан укан эң биринчи сөзү, адамдын бейишке кирүүсүнө себеп боло турган амалдар жөнүндө айтканы болду. Ала амалдар төмөнкүлөр:
 Биринчи: саламды жайылтуу, көбөйтүү, тааныган адамга да, тааныбаган адамга да ачык салам айтуу.
 Экинчи: коноктоп же белек кылып, же садага катары ачка адамдарга тамак берүү.
 Үчүнчү: ата жагынан болобу, эне жагынан болобу туугандык байланышы бар жакын туугандар менен карым-катышта болуу.
 Төртүнчү: адамдар уктап жатканда түнкү напил намаздарды окуу.</t>
   </si>
   <si>
     <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
   </si>
   <si>
     <t>Мусулмандардын арасында салам айтууну жайылтуу жакшы. Ал эми мусулман эмес адамга озунуп салам айтууга болбойт. Эгер ал Ассаламу алайкум (сага тынчтык болсун) деп салам берсе, ва алайкум (сага дагы) деп жооп кайтаруу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5520</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Аллах Таала такыба, бай, купуя пендени жакшы көрөт</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Саъд бин Абу ваккас  (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айтканын уктум: "Аллах Таала такыба, бай, купуя пендени жакшы көрөт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала кээ бир пенделерин жакшы көрөрүн кабарлаган.
 Ошолордун бири такыба пенде: Аллах Тааланын буйруктарын кынтыксыз аткарып, тыюуларынан дароо тыйылган адам.
 Аллах Таала байды жакшы көрөт: адамдардын колун карабаган, Аллахка гана таянган каниеттүү адам.
 Аллах Таала купуя пендени жакшы көрөт: кичи пейил, Раббисине ибадат кылган, пайдалуу иш менен алек болгон, анысын адамдар билүүсүн жана мактап сөз кылуусун каалабаган адам.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>Аллах Тааланын сүйүүсүнө татыктуу боло турган кээ бир сыпаттар: такыбалык, кичи пейилдик, Аллахтын бергенине ыраазы болуу ж.б. тууралуу баяндалган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5545</t>
   </si>
   <si>
-    <t>إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ</t>
+    <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Раббиңерди ушул айды көрүп турган сыяктуу көрөсүңөр, Аны көрүүдө эч кыйналбайсыңар</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
     <t>Жарир бин Абдуллах (ага Аллах ыраазы болсун) айтат: Биз Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) жанында элек. Ал түнкү айга, тагыраак айтканда, толуп турган айга карап: " Раббиңерди ушул айды көрүп турган сыяктуу көрөсүңөр, Аны көрүүдө эч кыйналбайсыңар. Эгер күн батардагы жана күн чыгардагы намазга тоскоолдуктарды жеңе аласаңар, анда ушул эки намазды аткаргыла" - деди да, анан: "Күн чыгардан мурда жана күн батарда Раббиңе мактоо айтуу менен Аны аруула" деген аятты окуду.</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
     <t>Бир түнү сахабалар Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге отурганда, ал он төртүнө толуп турган айга карап мындай дейт: Чынында ыймандуу пенделер Раббисин акыйкат, өз көздөрү менен эч шексиз көрүшөт. Аллах Тааланы көрүүдө аларда тыгын да,  кыйынчылык да, чарчоо да болбойт. Андан кийин Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дейт: Эгер багымдат жана дигер намазынан силерди алагды кыла турган себептерди жогото алсаңар, анда ошондой кылгыла, бул эки намазга өз убагында жамаат менен окууга келгиле. Анткени бул Улук Аллах Тааланын жүзүн көрүүгө себеп болот. Андан кийин Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бул аятты окуду: "Күн чыгардан мурда жана күн батарда Раббиңе мактоо айтуу менен Аны аруула".</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>Ыйман ээлерине бейиште Аллах Тааланы көрөрү тууралуу сүйүнчү кабар.
 Бышыктап айтуу, кызыктыруу жана мисал келтирүү - булар, дааваттын услуб-ыкмаларынан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5657</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жыттуу атырлар (белекке берилсе) кайтарбайт эле</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Анас бин Малик (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жыттуу атырлар (белекке берилсе) кайтарбайт эле.</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сүннөт жолдорунун бири - ага жыттуу нерсе белек берилсе аны кайтарбай алганы. Анткени, аны алып жүрүү жеңил жана жыты сонун.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Белекке берилген жыттуу нерсени кабыл кылуу жакшы.
 Жыттуу нерсени кайтарбаганы жана берилген белекти кабыл кылганы пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөзүнүн жакшылыгы жана толуктугу.
 Жыттуу атырларды колдонууга кызыктыруу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5733</t>
   </si>
   <si>
-    <t>اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ،</t>
-[...2 lines deleted...]
-    <t>Зулумдуктан сактангыла! Себеби зулумдук - кыяматтагы караңгылык. Ач көздүктөн сактангыла! Анткени, силерден мурдагылар ач көздүктүн айынан кыйроого учураган.</t>
+    <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
+  </si>
+  <si>
+    <t>Зулумдуктан сактангыла! Себеби зулумдук - кыяматтагы караңгылык. Ач көздүктөн сактангыла! Анткени, силерден мурдагылар ач көздүктүн айынан кыйроого учураган</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
     <t>Жаабир бин Абдуллах (аларга Аллах ыраазы болсун) Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Зулумдуктан сактангыла! Себеби зулумдук - кыяматтагы караңгылык. Ач көздүктөн сактангыла! Анткени, силерден мурдагылар ач көздүктүн айынан кыйроого учураган.  Ач көздүк аларды кан төгүүгө, арамды адал кылууга түрткөн".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) зулумдук кылуудан тыйып, эскерткен. Зулумдук: адамдарга зулум кылуу, өзүнө-өзү зулум кылуу жана Аллах Тааланын акысында зулум кылуу (болуп бөлүнөт). Зулумдук - бул, ар бир акы ээсине акысын бербей койуу. Адамдын кылган зулумдук кыямат күнү анын башына кыйынчылык жана оор абалдар менен коштолуп каран күн түшүрөт. Ошондой эле ач көздүктөн тыйган. Ач көздүк бул суктук жана сараңдык. Мал-мүлккө тиешелүү бирөөлөрдүн акысын бербей коюу, дүнүйөгө өтө берилип суктук кылууда ач көздүккө кирет. Зулумдуктун ушул түрү бизден мурда жашап өткөн кээ бир коомдорду кыйратып жок кылган, аларды бири-бирин өлтүрүүгө түрткөн, Аллах арам кылган нерселерди адалдаштырууга алып барган.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Мал-мүлктөн каралашуу, бир туугандар менен тең бөлүшүү, бири-бирин жакшы көрүүгө жана байланышты бекемдөөгө себеп болот.
 Сараңдык жана ач көздүк бузукулукка, ката кетирүү жана күнөө кылууга алып барат.
 Мурда жашап өткөн үммөттөрдүн абалын да этибарга ала жүрүү зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5787</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>Ыймандуулардын ыйманы толугу - кулк-мүнөзү жакшысы. Силердин эң жакшыңар - аялзатына жакшы мамиле кылганыңар</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ыймандуулардын ыйманы толугу - кулк-мүнөзү жакшысы. Силердин эң жакшыңар - аялзатына жакшы мамиле кылганыңар".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын ичинен ыйманы толугу кулк-мүнөзү жакшысы экенин айткан. Кулк-мүнөздүн жакшылыгы жарык маанайда болуу, жакшылыктарды кылуу, сылык-сыпаа сүйлөө жана эч кимге зыян бербөө менен билинет.
 Ошондой эле ыймандуулардын жакшысы аялдарга жакшы мамиле кылгандары экенин айткан. Б.а. аялына, кызына, эже-карындашына, жакын аял туугандарына жакшылык кылуусу керек. Анткени адамдардын арасынан алар жакшы мамилеге муктажыраак болушат.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Жакшы кулк-мүнөздүн артыкчылыгы, анткени ал ыймандан болуп эсептелет.
 Иш-аракеттер ыймандан болуп эсептелет, ыйман көбөйөт жана азаят.
 Ислам дини аял-затынын сый-урматын көтөрөт жана аларга жакшылык кылууга үндөйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Дүйнө убактылуу ырахаттардан турат. Дүйнө ырахатынын эң жакшысы саалиха аял</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>Абдуллах бин Амр (ал экөөнө Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Дүйнө убактылуу ырахаттардан турат. Дүйнө ырахатынын эң жакшысы саалиха аял".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бул дүйнө андагы нерселер убактылуу пайдаланылып, анан жок болуп кете тургандыгын айткан. Ошол пайдалана турган нерселердин эң абзели салиха аял: күйөөсү анын жүзүнө караса кубантат, бир нерсеге буйруса баш ийет, күйөөсү жокто анын мал-мүлкүн жана өзүнүн абийирин таза сактайт.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Дүйнө жашоосунда Аллах Таала адал кылган таза нерселерди ысырап кылбастан, текеберленбестен пайдаланууга уруксат.
 Аял тандоодо салиха аялды тандоого кызыктыруу, анткени Раббисине таат-ибадат кылууда ал күйөөсүнө жардам берет.
 Дүйнөдөгү убактылуу пайдалана турган нерселердин жакшысы Аллахка таат-ибадат кылган же таат-ибадат кылууга жардам берген нерсе.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا</t>
+    <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>Чынында бул дин абдан жеңил. Эч ким чамасы келбеген даражада ибадат кылам дебесин. Антсе ага дин үстөмдүк кылат. Ошондуктан, ар бир иште тактыкты</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Чынында бул дин абдан жеңил. Эч ким чамасы келбеген даражада ибадат кылам дебесин. Антсе ага дин үстөмдүк кылат. Ошондуктан, ар бир иште тактыкты  жана ортолукту кармангыла. Ар бир ишти мыкты аткаргыла. Ошенте алсаңар, кубангыла. Таңкы, кечки жана түн бир оокумдагы убактыңарды жакшы пайдаланып, Аллахтан жардам сурагыла".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Ислам дини бардык тарабынан жеңил, оңой түзүлгөнүн айткан. Алсыздык же муктаждык себептери табылган учурда анын жеңилдиги анык билинет. Анткени, кайсы бир дин амалына берилип терең кирип кетүүнүн жана жеңилдикти таштоонун акыбети ошол амалды аткара албай кала турган алсыздыкка алып барат, же анын баарын же кээ бирин такыр аткара албай калууга себеп болт. . Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) өтө аша чаппай, ортолукту карманууга үндөйт; пенде ага буйрулган ишти кемчиликтүү  кылбашы керек. Так кыла албаган ишти аткарбашы керек. Эгер ишти толук аткарууга чамасы жетпесе, анда ага жакыныраагын аткарышы керек.
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Ислам дини бардык тарабынан жеңил, оңой түзүлгөнүн айткан. Алсыздык же муктаждык себептери табылган учурда анын жеңилдиги анык билинет. Анткени, кайсы бир дин амалына берилип терең кирип кетүүнүн жана жеңилдикти таштоонун акыбети ошол амалды аткара албай кала турган алсыздыкка алып барат, же анын баарын же кээ бирин такыр аткара албай калууга себеп болт. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) өтө аша чаппай, ортолукту карманууга үндөйт; пенде ага буйрулган ишти кемчиликтүү  кылбашы керек. Так кыла албаган ишти аткарбашы керек. Эгер ишти толук аткарууга чамасы жетпесе, анда ага жакыныраагын аткарышы керек.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) амалды толук аткарууга чамасы жетпеген адам аны колунан келишинче, аз болсо да такай аткарып турса, ага чоң сооп болорун сүйүнчү катары айткан. Анткени, амал алсыздыктан улам аткарылбай калса да сооптон үзулуп калбайт.
 Дүйнө жашоосу бул – сапар жана акыретке алып бара турган көч. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үч убакта ибадатты мыкты акарып жана улантып турууга жардам берүүсүн Аллахтан суранууга буйруган:
 Биринчиси: таң эрте багымдат намазынан күн чыкканга чейинки убак.
 Эуинчиси: чак түштөн оогон убак.
 Үчүнчүсү: түн же түндүн кээ бир бөлүгү. Түндө ибадат кылуу күндүзгө караганда оор. Ошон үчүн түндүн кээ бир бөлүгүндө деп айткан.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Ислам шарияты жеңил, кечиримдүү. Ал аша чабуу менен кайдыгер болуунун ортолугунда.
 Пенде кайсы амалды болсо да аша чаппай же кемчиликтүү кылбай, колунан келишинче гана аткарууга тийиш.
 Пенде ибадат кылууга сергек убактарды тандап алуусу керек. Жогоруда айтылган үч убак ибадат кылууга дене мүчөлөр чыйрак болуп турган убактар.
 Ибн Хажар Аскалани айтат: "Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бул хадисинде жолоочу адамга кайрылгандай кайрылган. Бул үч убак жолоочу үчүн эң жакшы убактар, ошон үчүн ага сергек убагын эскерткен. Анткени, жолоочу түндө да, күндүз да токтобой жол жүрө берсе, алы жетпей сапарын токтотот. А эгер бул үч сергектик убакта сапар кылса, сапарын кыйналбай уланта алат.
 Ибн Хажар айтат: Бул хадистин кыйыр маанисинде шарият уруксат берген иштерди аткаруу зарылдыгы айтылып жатат. Уруксат берилген жерде ага маани бербей, максат кылганын аткаруу күнөө. Мисалы, суу иштетүүгө чамасы жок болуп, аны иштетсе зыянга учурай турган адамдын таямум кылуудан баш тартканы сыяктуу.
 Ибн Мунир минтип айткан: Бул хадис чыныгы пайгамбарлыктын бир белгисин айгинелеген хадис. Анткени, биз да, бизден мурдагылар да динде аша чапкандардын кылып жүргөн ибадаттарын таштап коюшканын көргөнбүз. Бул жерде ибадатты толук, жеткиликтүү аткаруудан тыйып жатат деген сөз эмес. Ибадатты толук, кемчиликсиз аткаруу мактоого ылайык иш. Бул акыр аягы тажатууга алып бара турган жеке иштерге, же аткарылышы абзел (зарыл) болгон иштерден алагды кылуучу ыктыярдуу напил ибадаттарды аша чабуу менен аткарууга, же түнү менен напил намаз окуп, таң сүргөндө багымдат намазын жамаат менен окуй албай уктап калган, же күн чыгып кеткенче ойгонбой багымдаттын убактысын өткөрүп жибергендерге карата айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5795</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Кайсы иште жумшактык болсо, ал ишти көркүнө чыгарат. Кайсы иште жумшактык болбосо, анын көркү кетет</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) аялы Аиша энебиз (ага Аллах ыраазы болсун) риваят кылат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Кайсы иште жумшактык болсо, ал ишти көркүнө чыгарат. Кайсы иште жумшактык болбосо, анын көркү кетет".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) сөздөгү жана иштеги кичи пейилдик, жумшактык жана шашылбоо иштин жакшы, кооз, толук болуусуна жана муктаждыктын оңой бүтүүсүнө себеп болорун айткан.
 Ал эми сөздө же иште жумшактыктын жоктугу ишти айыптуу жана жаман көрсөтүп, муктаждыктын оңой бүтүүсүнө тоскоол болот, бүтсө да кыйынчылык менен бүтөт.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Жумшактыкты кулк-мүнөзгө калыптандырууга кызыктыруу.
 Жумшактык адамдын көркү, ал дүйнө жана акырет иштериндеги бардык жакшылыктын себеби.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>Тамактанып анан Ага (Аллах) алкыш-мактоо айткан же суусундук ичип анан Ага алкыш мактоо айткан адамга Аллах Таала ыраазы болот</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>Анас бин Малик (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Тамактанып анан Ага (Аллах) алкыш-мактоо айткан же суусундук ичип анан Ага алкыш мактоо айткан адамга Аллах Таала ыраазы болот".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) пенденин Раббисине Анын берешендиги жана берген нээматы үчүн мактоо айтуусу Аллах Тааланын ыраазылыгына жеткире турган иштерден экенин баяндаган. Тамактангандан кийин "алхамду лиллах" дейт, суусундук ичкенден кийин да "алхамду лиллах" дейт.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Ырыскы менен сыйлап, анан кайра ага айтылган мактоого ыраазы болуу Аллах Тааланын берешендигинен.
 Аллахтын ыраазылыгына оңой эле себептер менен жетүүгө болот, жеп жана ичкенден кийин алкыш-мактоо айтуу сыяктуу.
 Жеп, ичкенден кийин дароо Аллах Таалага мактоо айтуу - тамактануу жана суусундук ичүүнүн адептеринен болуп саналат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Чынында, ыймандуу адам жакшы кулк-мүнөзү менен (күндүзү) орозо туткан, (түнү) намаз окуган адамдын даражасына жетет</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>Аиша энебиз (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айтканын уктум: "Чынында, ыймандуу адам жакшы кулк-мүнөзү менен (күндүзү) орозо туткан, (түнү) намаз окуган адамдын даражасына жетет".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөздүн жакшылыгы дайыма күндүзү орозо кармап, түнү намазга туруп жүргөн адамдын даражасына жеткирерин баяндаган. Жакшы кулк-мүнөз жакшылыкты көп кылуу, сылык-сыпаа сүйлөө, маанайын ачык алып жүрүү, эч кимге зыян тийгизбөө жана адамдардын зыянына чыдоо ж.б. ичине алат.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Адеп-ахлактуулукка тарбиялоо жана ахлакты толуктоо Ислам камкордугунун улуктугун билдирет.
 Жакшы кулк-мүнөздүүлүктүн артыкчалыгы. Пенде жакшы мүнөзү менен ооз ачпаган орозо тутуучунун, чарчабаган намаз окуучунун даражасына жетет.
 Күндүзү орозо кармоо, түнү намазга туруу напсиге оор келген  иштер, бул экөөнүн даражасына жакшы мамилеге напсисин тарбиялаганы үчүн кулк-мүнөзү жакшы адам гана жете алат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Силердин жакшыңар - ахлагыңар жакшыңар" - деп айтчу</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>Абдуллах бин Амр (аларга Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жаман сөз сүйлөгөн эмес жана андайга жол берген эмес. Ал: " Силердин жакшыңар - ахлагыңар жакшыңар" - деп айтчу.</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Жаман сүйлөө же жаман иш кылуу пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) ахлагынан эмес. Ал мындайды максат да кылган эмес, мындайга макул да болгон эмес. Ал (ага Аллахтын тынчтыгы жана мактоосу болсун) өтө көркөм кулктун ээси болгон.
 Пайгамбарыбыз (ага Аллахтын тынчыгы жана мактоосу болсун): Аллахтын алдында силердин жакшырагыңар - кулк-мүнөзү жакшыңар - деп айтчу. Б.а. жакшылыкты көп кылган, жүзү жарык, эч кимге зыянын тийгизбеген жана адамдарга сылык-сыпаа мамиле кылган адам.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Ыймандуу адам жаман сөз сүйлөөдөн жана жаман иштен алыс болуусу зарыл.
 Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөзү толук болчу. Ал жалаң гана жакшы амалдарды жасап, жагымдуу сөздөрдү сүйлөчү.
 Мүнөздүн жакшылыгы атаандаша турган иш, ким алдыга озсо, ал ыймандуулардын жакшысы жана ыйманы толугу болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>Аллах Таала: "О, Адам баласы! Нафака бер, сага да нафака берилет" деген</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Аллах Таала: "О, Адам баласы! Нафака бер, сага да нафака берилет" деген".</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын: "О, Адам баласы, важиб жана мустахаб болгон нафакаңды бергин. Ошондо сага ырыскыңды кеңейтем, сенин бергениңдин ордуна берем жана аны сага берекелүү кылам" - дегенин кабарлаган.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Аллах жолунда садака жана нафака берүүгө кызыктырат.
 Кайрымдуулук кылып каржылоо ырыскынын берекелүү болуусунун, көбөйүүсүнүн жана пенденин бергенине Аллахтын кайтарып берүүсүнүн негизги себеби.
 Бул хадис пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббисинен риваят кылган хадистерден. Мындай хадистер кудсий же илахий хадис деп аталат. Анын айтылышы жана мааниси Аллахтан, бирок кудсий хадис Курандын башкалардан айырмаланып турган өзгөчөлүктөрүнө ээ эмес. Мисалы, Куранды окуу ибадат экендиги, аны даарат менен кармоо, андайды эч ким жаза албастыгы, мужизалыгы ж.б.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5805</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>Бир адам Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун): "Мусулманчылыктын жакшысы кандай болот?" - деп сурады эле, ал: Муктаждарды тойгузасың,  таанышка да, бейтаанышка да салам айтасың" - деди</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
     <t>Абдуллах бин Амр (аларга Аллах ыраазы болсун) айтат: Бир адам Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун): "Мусулманчылыктын жакшысы кандай болот?" - деп сурады эле, ал: Муктаждарды тойгузасың,  таанышка да, бейтаанышка да салам айтасың" - деди.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) Исламдын кайсы өзгөчөлүгү абзел? - деп суралды. Ал эки өзгөчөлүктү айтты:
 Биринчиси: жакыр адамдарды көбүрөөк тамактандыруу. Буга садага кылуу, белек берүү, конок тосуу, той кылуу, ж.б. кирет. Айрыкча кымбатчылык жана ачарчылык учурларда адамдарга тамак берүү артыкча (сооптуу) болот.
 Экинчиси: бардык мусулмандарга, аларды таанысаң да, тааныбасаң да салам айтуу.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Сахабалар дүйнө жана акыретке пайдалуу өзгөчө иштерди билүүгө кызыкдар болушкан.
 Салам жана тоюндуруу Исламдагы эң абзел иштерден; артыкчылыктуу болгону жана адамдар бул эки нерсеге дайыма муктаж болуп турганы үчүн.
 Бул эки өзгөчө иш аркылуу амалга да, сөзгө да тиешелүү жакшылыктар ишке ашат, жакшылыктын эң артыгы тил жана амал менен болгону.
 Бул өзгөчө иштер мусулмандардын бири-бири менен болгон мамилесине тиешелүү, мындан башка Аллах менен пенденин ортосундагы мамилеге тиешелүү да өзгөчө иштер бар.
 Саламды озунуп биринчи айтуу мусулмандарга гана тиешелүү, а эгер мусулман эмес адамга жолукса, ага озунуп салам айтууга болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5808</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Чынында Аллах Таала заалымга убакыт берет, анан аны кармаганда такыр коё бербейт</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Абу Муса ал-Ашари (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында Аллах Таала заалымга убакыт берет, анан аны кармаганда такыр коё бербейт ". Анан бул аятты окуду: "Раббиң шаарларды азабына алганда  мына ушундай азаптайт. Алар заалым болчу. Анын азабы чынында оорутуучу, катуу" (Худ: 102-аят).</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ширк жана күнөөлөр аркылуу зулумдукту уланта берүүдөн жана адамдардын акысына зулумдук кылуудан тыйып эскерткен. Аллах Таала заалымга убакыт берип, кечиктирип, анын өмүрүн, мал-мүлкүн узартып, аны жазалоого шашылбайт. Эгер ушул мөөнөттө да тиги тообо кылбаса, анда аны азабына алып, такыр бошотпойт жана көп зулум кылганы үчүн аны жазасыз калтырбайт.
 Андан кийин пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун): "Раббиң шаарларды азабына алганда мына ушундай азаптайт. Алар заалым болчу. Анын азабы чынында оорутуучу, катуу" - деген аятты окуду (Худ: 102-аят).</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Акылдуу адам тообо кылууга шашылуусу керек, эгер заалымдык кылып жүргөн болсо, Аллахтын айла-амалынан аман калбайт.
 Эгер тообо кылышпаса, алардын азабын дагы көбөйтүү үчүн Аллах Таала заалымдарды азаптоого шашылбайт, аларга күнөөсүн улантууга убакыт берет.
 Зулумдук себебинен Аллах Таала канчалаган коомдорду азабына салат.
 Аллах Таала арасында ыймандуу адамдар да бар шаарларды талкалап жок кылса, кыямат күнү алар аткарып жаткан жакшы амалдары менен тирилет, аларга аларды ороп алган азаптын зыяны тийбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5811</t>
   </si>
   <si>
-    <t>كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ،</t>
-[...2 lines deleted...]
-    <t>Баарыңар кайтаруучусуңар жана кайтарганыңарга жоопкерсиңер.</t>
+    <t>كلكم راع فمسئول عن رعيته،</t>
+  </si>
+  <si>
+    <t>Баарыңар кайтаруучусуңар жана кайтарганыңарга жоопкерсиңер</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
     <t>Абдуллах бин Умар (ал экөөнө Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Баарыңар кайтаруучусуңар жана кайтарганыңарга жоопкерсиңер.  Адамдарга кайтаруучу болгон башчы аларга жоопкер. Эркек киши үй-бүлөсүн кайтаруучу, ал аларга жоопкер. Аял киши күйөөсүнүн үйүнө жана балдарына кайтаруучу, ал аларга жоопкер. Кул кожоюнунун мал-мүлкүнө кайтаруучу, ал ага жоопкер. Билип алгыла, баарыңар кайтаруучусуңар жана баарыңар жоопкерсиңер".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) коомчулуктагы ар бир мусулмандын кам көрүшү жана көтөрүүсү керек болгон жоопкерчилик жүктөлгөндүгүн кабар берет. Имам же башчы Аллах ага башкартып койгон адамдар үчүн кайтаруучу, анын моюнуна алардын шариятын сактоо, аларга зулумдук кылгандардан коргоо, душмандарына каршы күрөшүү жана укуктарын коргоо жүктөлгөн. Эркек киши үй-бүлөсүндө аларды каржылоого, жакшы мамиле жасоого, таалим-тарбия берүүгө, адеп берүүгө милдеттүү. Аял киши күйөөсүнүн үйүндө үй иштерин жакшы жүргүзүүгө, балдарына жакшы тарбия берүүгө милдеттүү. Ал ушул нерселер тууралуу суралат. Кызматчы же мандикер иштеген адам кожоюндун анын колунда турган мал-келин сактоого жана кылган кызматына жоопкер, ал ушулар үчүн суралат. Ар ким өзүнө тапшырылган нерсенин кайтаруучусу жана алар тууралуу сөзсүз суралат.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Мусулман коомундагы жоопкерчилик жалпыга бирдей, ар ким өз абалына, өз кудуретине, өз жоопкерчилигине жараша суралат.
 Аял кишинин жоопкерчилиги жогору, ал күйөөсүнүн үйүнүн акысын сактоого жана балдарына тиешелүү милдеттерин аткарууга тийиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5819</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>Мен өткөндөн кийин эркектерге аялдардан өткөн фитна-азгырык болбойт</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Усама бин Зайддын (аларга Аллах ыраазы болсун) айтымында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Мен өткөндөн кийин эркектерге аялдардан өткөн фитна-азгырык болбойт".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчыгы жана мактоосу болсун) өзүнөн кийин эркектерге аялдардын азгырыгынан өткөн зыяндуу сыноо болбостугун айткан. Эгер аял эркектин үй-бүлөсүнөн болсо, шариятка тескери иштерде аны ээрчип кетет. Эгер аял жат болсо, аларга аралашуу, жалгыз калуу менен натыйжасы бузук ишке алып барат.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Мусулман адамга аялдардын фитнасынан сактануу зарыл, фитнага алып бара турган жолдордун баарын тосуу керек.
 Ыймандуу адам фитнадан саламат болууда Аллахка таянуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5830</t>
   </si>
   <si>
-    <t>مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ</t>
+    <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
     <t>Кимде-ким никенин акысын бере алса, анда үйлөнсүн. Анткени үйлөнүү көзгө көшөгө жана зынадан коргоочу болот. Кимде-ким никенин акысын бере албаса, анда ага орозо кармоо зарыл, анткени орозо аны бычкан сыяктуу шакыбатын токтотот</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге болчубуз. Бир маалда ал мындай деди: "Кимде-ким никенин акысын бере алса, анда үйлөнсүн. Анткени үйлөнүү көзгө көшөгө жана зынадан коргоочу болот. Кимде-ким никенин акысын бере албаса, анда ага орозо кармоо зарыл, анткени орозо аны бычкан сыяктуу шакыбатын токтотот".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
 ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аялынын жыныстык кумарын кандырууга жарактуу жана аны каржылоого мүмкүнчүлүгу бар жигиттерди батыраак үйлөнүүгө үндөгөн. Анткени, үйлөнүү адамды көзүн арамга артуудан, зынага же башка бузук ишке баруудан сактайт. Ал эми нике менен бүлөсүн каржылоого мүмкүнчүлүгү жок бирок жыныстык катнашка жарактуу болсо, анда аны орозо кармоого үндөйт. Анткени, орозо адамдын кумар каалоосун басаңдатат.</t>
   </si>
   <si>
     <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
 حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
 وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
   </si>
   <si>
     <t>Ислам дини жаман, бузуку иштерден сак болууну алдын алат.
 Ошондой эле никенин акысын бере албагандарды орозо кармоого үндөгөн; анткени орозо адамдын кумар каалоосун басаңдатат.
 Орозону "бычып коюуга" окшоткону, бычканда уруктук чыгуучу бездер алып салынып аны менен кошо кумар каалоосу жоголот. Ошол сыяктуу орозо да кумар каалоону алсыздатат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5863</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Жеңил көрсөткүлө, оор кылбагыла, сүйүнчүлөгүлө, качырбагыла!</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Анас бин Маликтин (ага Аллах ыраазы болсун) айтымында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Жеңил көрсөткүлө, оор кылбагыла, сүйүнчүлөгүлө, качырбагыла!"</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) дин жана дүнүйө иштеринин баарында адамдарга жеңил, оңой кылууга, аларга оор келтирбөөгө буйруган. Бул Аллах Таала шарият кылган жана мубах (аткарылуусу ыктыярдуу) болгон иштердин чегине тиешелүү.
 Ошондой эле жакшы иштерди айтып сүйүнчүлөөгө кызыктырып, мындай иштерден аларды качырбоого үндөгөн.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Ыймандуу адамдын моюнундагы милдет адамдарга Аллахты сүйдүрүү жана аларды жакшылык иштерге кызыктыруу.
 Аллахтын динине чакыруучу адамга Ислам чакырыгын адамдарга кандай жеткирүү даанышмандыгын кароосу зарыл.
 Кубантуучу нерсени айтуу даават кылуучуга жана ал адамдарга сунуш кылып жаткан нерседе кубанычты, көңүл бурууну жана жан дүйнө тынчтыгын пайда кылат.
 Ал эми оорлотуу даават кылуучунун сөзүндө күмөн саноону, жүз бурууну, кайра кайтып кетүүнү пайда кылат.
 Аллах Тааланын пенделерине ырайымы кенен, ал аларга кечиримдүү динге жана жеңил шариятка ыраазы болду.
 Жеңилдикке буйруу бул шариятта келген нерсе.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5866</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ</t>
+    <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
     <t>Бөтөн аялдардын жанына киргенден сак болгула". Ансарлардан бир киши: Оо, Аллахтын элчиси, кайын журттан болсочу (аялдын кайниси, кайнагасы)" деп сурады. Ал: "Кайын журттан болсо - бул, өлүмгө тете" - деди</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
     <t>Укба бин Аамир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бөтөн аялдардын жанына киргенден сак болгула". Ансарлардан бир киши: Оо, Аллахтын элчиси, кайын журттан болсочу (аялдын кайниси, кайнагасы)" деп сурады. Ал: "Кайын журттан болсо - бул, өлүмгө тете" - деди.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бөтөн аял менен жалгыз калууга болбостугун эскертип: Бөтөн аялдын жанына кирүүдөн, же бөтөн аял силердин жаныңарга кирүүсүнөн сак болгула деди.
 Ансарлардан бир адам минтип сурады: Эгер эркектин жакын туугандары болсо, мисалы, күйөөсүнүн ага-иниси же ага-инисинин баласы, атасы менен бир тууганы, же атасы менен бир туугандын баласы, же эжесинин баласы сыяктуу аялга нике жүрө турган адамдар кирсе боло береби?
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Андан өлүмдөн корккондой корккула! - деди. Анткени, мындай жакын адамдар менен ээн калуу фитнага, диндеги кыйроого алып келет. Күйөөнүн аталары менен балдарынан башка туугандары жат адамга караганда көбүрөөк тыйылуусу зарыл. Жат адамга караганда күйөөнүн туугандары менен ээн калуу көп кездешет. Башкаларга караганда булардан жамандык көбүрөөк жана фитнанын болуусу да көбүрөөк мүмкүн. Себеби аял менен байланышуу жана аны менен ээн калуу жеңил. Адатта эркек кишинин ага-инисинин аялы менен  жалгыз калуусуна коомчук кайдыгер карашат. Башынан эле сактанып, алыс болгон чоочун эркекке салыштырмалуу күйөөнүн бир тууганы менен жалгыз калуу өлүм сыяктуу.</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
 هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
 الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
 قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
 شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
   </si>
   <si>
     <t>Жаман ишке (зынага) кириптер болуп калуунун алдын алуу үчүн жат, бөтөн аялдын жанына кирүүдөн жана аны менен жалгыз калуудан тыйган.
 Бул бардык жат адамдарга, айрыкча аялга махрам болбогон күйөөнүн туугандарына тиешелүү. Ал эми аялга кирүү дегени аны менен жалгыз ээн калбоо деген сөз, эгер жанында башка адамдар болсо эч нерсе эмес.
 Жамандыкка кириптер болуп калбоо үчүн бардык эле адашуу мүмкүн болгон орундардан алыс болгон жакшы.
 Имам Ан-Навави минтип айткан: Бардык тилчи илимпоздор араб тииндеги "ал-ахмаау" деген сөз күйөөнүн жакын туугандарын билдирерин айтышкан. Алар күйөөнүн атасы, атасы менен бир тууганы, ага-иниси, ага-инисинин балдары, атасы менен бир тууганынын балдары ж.б. "Ахтан" б.а. төркүн деген сөз күйөөнүн аялынын жакындарына айтылат. Ал эми "Асхаар" кайын журт деген сөз, экөөнө тең тиешелүү.
 "Хамув" (күйөөнүн жакындары) дегенди өлүмгө окшоткон себеби тууралуу Ибн Хажар минтип айткан: Арабтар жаман нерсенин баарын өлүм деп сыпаттайт. Мисалы күнөөнү диндин өлүмү, күнөө кылып жазага татыктуу болгонду жан дүйнөнүн өлүмү, кызганычтан улам талакка татыктуу болгон аялды аялдын өлүмү деп айтышат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5888</t>
   </si>
   <si>
-    <t>الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ</t>
+    <t>الورق بالذهب ربا، إلا هاء وهاء، والبر بالبر ربا، إلا هاء وهاء، والشعير بالشعير ربا، إلا هاء وهاء، والتمر بالتمر ربا، إلا هاء وهاء</t>
   </si>
   <si>
     <t>Күмүштү алтынга алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Буудайды буудайга алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Арпаны арпага алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Курманы курмага алмаштыруу сүткордук болот. Бирок колмо-кол болсо эч нерсе эмес</t>
   </si>
   <si>
     <t>عَنْ مَالِكِ بْنِ أَوْسِ بْنِ الْحَدَثَانِ أَنَّهُ قَالَ: أَقْبَلْتُ أَقُولُ مَنْ يَصْطَرِفُ الدَّرَاهِمَ؟ فَقَالَ طَلْحَةُ بْنُ عُبَيْدِ اللهِ وَهُوَ عِنْدَ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنهما: أَرِنَا ذَهَبَكَ، ثُمَّ ائْتِنَا، إِذَا جَاءَ خَادِمُنَا، نُعْطِكَ وَرِقَكَ، فَقَالَ عُمَرُ بْنُ الْخَطَّابِ: كَلَّا، وَاللهِ لَتُعْطِيَنَّهُ وَرِقَهُ، أَوْ لَتَرُدَّنَّ إِلَيْهِ ذَهَبَهُ، فَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ».</t>
   </si>
   <si>
     <t>Малик бин Аус бин Хадасан айтат: Мен жанымдагыларга кайрылып: Ким мага алтын теңгелерди күмүш акчага алмаштырып берет? - деп сурадым. Талха бин Убайдулла: Алтындарыңды бизге (берчи) көрөлү, анан кийин кызматчыбыз келгенде келсең, сага күмүш акча беребиз - деди. Ал жерде Умар бин Хаттаб да турган. Ал: Жок, мындай болбойт. Аллахка ант болсун, сен ага акчаны дароо беришиң керек, же алтындарын кайтарып бересиң. Анткени Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Күмүштү алтынга алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Буудайды буудайга алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Арпаны арпага алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Курманы курмага алмаштыруу сүткордук болот. Бирок колмо-кол болсо эч нерсе эмес".</t>
   </si>
   <si>
     <t>يُخْبِرُ التَّابِعِيُّ مالكُ بنُ أوس أنه كان عنده دَنانير ذهب، ويريد أنْ يَصْرِفَها بدراهم فضة، فقال له طلحةُ بن عبيد الله رضي الله عنه: أعطنا دنانيرَك لأَراها! ثم قال له بعد أن عَزَم على الشراء: ائتنا إذا جاء خادمُنا فيما بعد لنعطيَك دراهمَ الفضة، وكان عمر بن الخطاب رضي الله عنه حاضرًا في المجلس، فأنكر هذا النوع من المعاملة، وأقسم على طلحة أن يدفع الفضة الآن، أو يَردَّ إليه ذَهبَه الذي أخذه منه، وبيَّن سبب ذلك أن رسول الله صلى الله عليه وسلم ذَكَرَ أنَّ بَيعَ الفضة بالذهب أو العكس يجب أنْ يَقبِضَ المقابل مباشرة، وإلّا تكون تلك الصفقة ربًا محرّمًا، وبيعًا باطلًا، فلا يباع الذهب بالفضة ولا الفضة بالذهب إلا يدًا بيدٍ ويتم التقابض، ولا يباع البُر بالبر والقمحُ بالقمحِ والشعيرُ بالشعيرِ والتمر بالتمرِ إلا مثلًا بمثلٍ وزنًا بوزنٍ، كيلًا بكيل، يدًا بيد، ولا يباع شيء منها عاجلٌ بآجل، ولا يجوز التفرُّق قبل القبض.</t>
   </si>
   <si>
     <t>Таабийиндердин бири Малик бин Аус айтат: Анда алтын динарлары болгон. Ал динарын күмүш дирхамга алмаштырмакчы болот. Талха бин Убайдулла ага: Алтындарыңды бизге бер, карап көрөлү - деп, анан аны ала турган болгондон кийин: Бизди күтө тур, кызматчыбыз келгенден кийин келсең күмүш акчаларды сага беребиз - дейт. Бул отурушта Умар (ага Аллах ыраазы болсун) да отурган. Ал мындай соодалашууну четке кагып, Аллахка ант берип, Талханы күмүш дирхамдарды дароо берүүгө же алтындарын кайра кайтарып берүүгө буйруйт. Анан мунун себебин түшүндүрүп, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алтынды күмүшкө же күмүштү алтынга соода кылганда дароо колмо-кол алуу важыб экенин айтканын, эгер мындай болбосо, арам сүткордук болорун, мындай соода жараксыз экенин эскерткенин айтат. Алтынды күмүшкө же күмүштү алтынга соода кылганда колмо-кол соода кылып кабыл кылып алуу керек. Ошондой эле буудайды буудайга, арпаны арпага, курманы курмага соода кылганда, өзүндөй, салмагын, өлчөмүн бирдей кылып колмо-кол соода кылуу керек. Булардын бирин да кийинкиге калтырып насыя соода кылууга болойт. Ошондой эле колмо-кол өткөрүп алмайынча ажырап кетүүгө болбойт.</t>
   </si>
   <si>
     <t>الأصناف التي ذُكِرَتْ في هذا الحديث خمسة: الذهب والفضة والبر الشعير والتمر، فإذا حَصَل البيعُ في نفس الصنف فلابد من شرطين لصحته: التقابض في مجلس العقد، والتَّمَاثُل في الوزن كذَهَبٍ بِذَهَبٍ، وإلّا يكون ربا الفضل، وإذا اختلفت كفضة بقمح مثلًا فشَرْطٌ واحِدٌ لِصحّة العقد، وهو قَبْضُ الثَّمَن في مجلس العقد، وإلا يكون ربا النسيئة.
 يراد بمجلس العقد: مكان التَّبَايُع، سواء أكانا جالسَين، أم ماضِيَين، أم راكبين، ويراد بالتفرُّق ما يُعَد تَفَرُّقًا عُرْفًا بين الناس.
 النهي في الحديث يشمل جميع أنواع الذهب المَضْرُوبة وغيرها، وجميع أنواع الفضة مضروبة وغير مضروبة.
 العملات النَّقْدِية في هذا الزمن يجب فيها ما يجب في بيع الذهب بالفضة، أي أنه إذا أردت استبدال عملة بعملة أخرى كريال بدرهم فيجوز التفاضل بما يرضاه الطرفان، ولكن يجب التقابض في مجلس البيع، وإلا بَطَلَت الصَّفْقة، وأصبح التعامُل رِبَوِيًّا مُحرّمًا.
 التعاملات الرِّبوية لا تجوز، وعقدُها باطل ولو تراضا الطرفان؛ لأن الإسلام يحفظ للإنسان وللمجتمع حقَّه ولو تنازل هو عنه.
 النهي عن المنكر ومنعه لمن استطاع ذلك.
 ذكر الدليل عند إنكار المنكر، كما كان من عمر بن الخطاب رضي الله عنه.</t>
   </si>
   <si>
     <t>Бул хадисте беш түрдүү нерсе айтылган: алтын, күмүш, буудай, арпа, курма. Мына ушул нерселерди ушул эле нерселерге алмаштырганда (сатканда), сооданын жарактуу болуусу үчүн эки шарт табылуусу зарыл: келишим болгон жерде товарды кабыл кылып алуу. Салмагы бирдей болуу. Мисалы алтынды алтынга алганда салмагы бирдей болушу керек. Бул шарттардын бири табылбаса риба фаазил, ашыкча сүткордук болот. А эгер күмүштү данга алмаштыруу сыяктуу жынсы ар түрдүү нерсе болсо, анда анын жарактуу болуусу үчүн бир эле шарт бар: акысын келишим кылынган жерде төлөө. Эгер андай болбосо бул риба насия, насыя сүткордук болуп калат.
 Келишим түзүлгөн отуруш дегени, соода болгон жер. Мейли алар отуруп соода кылсын, басып баратып соода кылсын, же улоонун үстүндө баратып соода кылсын айырмасы жок. Ал эми ажырап кетүү дегени, адамдардын жашаган жериндеги үрп адатта ажыроо кандай болсо, ошондой эсептелет.
 Хадистеги тыюу алтын менен күмүштүн бардык түрүнө, иштетилген жана иштетилбегенине тиешелүү.
 Азыркы замандагы акча бирдиктерине да алтын менен күмүшкө тиешелүү шарттар каралат. Башкача айтканда, риалды дирхамга алмаштырууну кааласаң, эки тарап ыраазы болгон курста алмаштырылат, бирок алмаштыруу соодалашкан орунда болуусу важыб. Эгер андай болбосо, соода жараксыз болуп, арам деп эсептелеген сүткордук болуп калат.
 Сүткордук менен алмаштыруу, эгер эки тарап тең ыраазы болуп турса да жараксыз. Анткени Ислам дини жеке адамдын да, коомчулуктун да акысын коргойт. Өз акысын кечкенине каралбайт.
 Колунан келген адамга башкаларды жамандыктан кайтаруусу милдет.
 Кайсы бир иштен кайтарганда, кайтарган нерсесинин далилин келтирүү зарыл. Умар бин Хаттаб (ага Аллах ыраазы болсун) хадисти далил кылганы сыяктуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5889</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>Бул Куранга бекем болгула, Мухаммаддын жаны колунда турган Аллахка ант ичип айтам, ал жибинен бошонгон төөдөн да ылдам чыгып кетет</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Абу Муса ал-Ашаринин (ага Аллах ыраазы болсун) айтымында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Бул Куранга бекем болгула, Мухаммаддын жаны колунда турган Аллахка ант ичип айтам, ал жибинен бошонгон төөдөн да ылдам чыгып кетет".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Куранды жаттап көкүрөккө киргизгенден кийин кайра унутуп калбоо үчүн Куранга бекем болууга, тилават кылып окууга көңүл бурууга буйруган. Курандын эстен бат чыгып кетерин пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ант ичип бекемдеп айткан. Куран буту жип менен чидерленген төө бошонуп качып кеткенден да бат эстен чыгат. Ал төөнү адам караса кармап калат, бошотуп койсо качып кетет жана жоголот.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Куранды жаттаган адам улам-улам аны окуп көңүл буруп турса, жүрөгүндо сакталган боюнча калат. Болбосо, эсинен чыгып, унутуп калат.
 Куранды бекем кармоонун пайдаларынын бири: сооп-сый табат, кыямат күнү даражасы бийик болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>Силердин жакшыңар - Куранды үйрөнүп жана аны үйрөткөндөр</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>Усмандын (ага Аллах ыраазы болсун) айтымында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Силердин жакшыңар - Куранды үйрөнүп жана аны үйрөткөндөр".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандардын абзели, Аллахтын алдында даражасы бийиги -  Куранды окуганды, жаттаганды, кыраат кылганды, түшүнгөндү, чечмелегенди үйрөнүп, анан өзү билген Куран илимин башка бирөөлөргө үйрөтүп, өзү да аны иш жүзүндө аткарып амал кылганы деп баяндаган.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Куран шарапаттуулугу жана сөздөрдүн эң жакшысы экендиги айтылган, анткени ал Аллахтын сөзү.
 Таалим алуучулардын эң жакшысы - алган илими өзүндө гана чектелип калбай башкаларга да үйрөткөн адамдар.
 Куранды үйрөнүү жана үйрөтүү - аны окууну, маанисин түшүнүүнү жана өкүмдөрүнө амал кылууну камтыйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5913</t>
   </si>
   <si>
-    <t>قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ</t>
+    <t>قل اللهم اهدني وسددني، واذكر بالهدى هدايتك الطريق، والسداد سداد السهم</t>
   </si>
   <si>
     <t>Аллахым, мени туура жолго башта жана түз жүрүүгө ийгилик бер" деп дуба кыл жана дуба кылганда, туура жолду туура жолдо басып бара жатканыңды, түз жүрүүдө жебенин түздүгүн эстегин</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: قَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ».</t>
   </si>
   <si>
     <t>Али (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мага мындай деди: "Аллахым, мени туура жолго башта жана түз жүрүүгө ийгилик бер" деп дуба кыл жана дуба кылганда, туура жолду туура жолдо басып бара жатканыңды, түз жүрүүдө жебенин түздүгүн эстегин".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه أنْ يَدعوَ اللهَ ويسألَه فيقول: (اللهم اهدني) وأرشدني ودلني (وسددني) ووفقني، واجعلني مستقيمًا في جميع أموري. 
 فالهُدَى: هو مَعرفةُ الحقِّ تفصيلًا وإجمالًا، والتوفيق لاتّباعه ظاهرًا وباطنًا. 
 والسّداد: هو التوفيق والاستقامة في جميع الأمور بما يكون صوابًا على الحق، وهو الطريق المستقيم في القول والفعل والاعتقاد. 
 ولأن الأمر المعنوي يَتَّضِح بالمَحْسُوس؛ تَذَكَّر وأنت تدعو هذا الدعاء بأنَّ: (الهدى: هدايتك الطريق) فأحضِر بقلبِك وأنت تسأل هدايةً كهداية مَن سافر، فإنه لا يَنحرِف عن الطريق يَمْنة أو يسرة؛ وذلك لِيَسْلَمَ مِن الضياع، وبذلك يَنال السلامة، ويَصِل إلى غايته سريعًا. 
 (والسداد: سداد السهم) فأنت تلاحظ عند تَسْديدِك السَّهْمَ في سرعة وصوله وإصابته للهدف، فالرامي إذا رمى غرضًا سدَّد بالسهم نحو الغَرَض، فكذلك تسأل الله تعالى أنَّ ما تَنويه من السداد على شاكلة السهم؛ فتكون في سؤالك طالبًا غاية الهدى، ونهاية السداد.
 فأحضر هذا المعنى بقلبك حتى تسأل الله السداد ليكون ما تنويه من ذلك على مشاكلة ما تستعمله من الرمي.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Али бин Абу Талибди (ага Аллах ыраазы болсун) төмөнкүдөй дуба кылууга буйруган: "Аллахым, мени туура жолго башта" туура жолго багыт берип, жол көрсөт. "жана түз жүрүүгө ийгилик бер" ийгилик бер жана бардык иштеримде түз-туруктуу кылгын.
 Туура жол дегени: акыйкатты кенен да жалпысынан да түшүнүү. Ийгилик дегени: акыйкатты ачык да, купуя да ээрчүү деген маани.
 Түз жүрүү: бардык иштерде акыйкатка дал келген ийгилик жана түз жүрүү. Бул сөздө, амалда жана этикадда туруктуу болгон түз жол.
 Маанавий иштер көзгө көрүнгөн иштер менен ачык болот: Сен бул дубаны айтканда, "жолдон адашпаганыңды" элестетип дуба кыл. Жүрөгүңдө өзүң сапарга чыгып бара жаткандай туура жол сура. Жолдо ал оң тарап, сол тарапка чыгып кетпейт. Себеби жолдон адашып кетпөөсү үчүн, ошентип ал максат кылган барчу жерине тынч жана бат жетет.
 (Түз жүрүүдө жебенин түздүгүн эстегин) дегени: Сен жебени атканда жебе мээленген жерине бат жетип кадаларын билесиң. Мерген бутага атканда жебени бутага түз мээлейт. Ошол сыяктуу Аллах Тааладан суранганда ниет кылган нерсеңди жебени мээлегендей так сура; сурооңдо туура жолдун да түз-туруктуулуктун да жеткен чегин сураган болосуң.
 Аллахтан түз-туруктуулукту суранганда ниет кылып жаткан нерсең жебени мээлеген адамдын бутасындай болуусун жүрөгүңө алып кел.</t>
   </si>
   <si>
     <t>الداعي ينبغي أن يَحرِص على تسديد عملِه وتقويمه بلزوم السنة وإخلاص النية.
 استحباب الدعاء بهذه الكلمات الجامعة للتوفيق والسداد.
 ينبغي على العبد الاستعانة بالله تعالى في جميع أموره.
 ضرْب المثال في مقام التعليم.
 الجمع بين طلب الهداية وصلاح الحال، والاستمرار عليها وعدم الزيغ عنها طرفة عين وصلاح المآل، فقوله: "اهدني" بأن يكون سائرًا على دَرْبِ الهداية، وقوله: "وسددني": من الإصابة وعدم الزيغ عند الهداية التي اعتلاها.
 الداعي ينبغي له أن يهتمَّ بدعائه، ويستحضر معاني دعواته في قلبه؛ فهذا أَدْعَى للقبول.</t>
   </si>
   <si>
     <t>Дуба кылган адам амалынын туура болуусу үчүн сүннөттү кармануу жана ниетти калыс кылуу менен аракет кылуусу керек.
 Топук жана туруктуулукка жетүү үчүн ушул сөздөрдү айтуу менен дуба кылуу жакшы.
 Пенде бардык иштеринде Аллахтан колдоо суроосу зарыл.
 Таалим берүүдө мисал келтирүү (жеткиликтүү болот).
 Туура жол жана жакшы абалды сураганда, ошол жолдо туруктуу болууну жана андан бир көз ирмемчелик да четтеп кетпөөнү жана жакшы акыбетти да кошо сурануу керек. "Туура жолго башта" деген сөзү, туура жолдун үстүндө жүрүүчү болуу дегенди билдирсе, "түз жүрүүгө ийгилик бер" дегени, туура жолду табууга жана андан адаштырбай, четтетбей алып жүр дегени.
 Дуба кылган адам дубасына маани бериши керек жана дубасынын түпкү маанисин жүрөгүндө элестетип-түшүнүшү керек. Ушундай дубанын кабыл болуусу ишенимдүүрөөк болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5915</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ</t>
+    <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>Жаным колунда турган Затка ант ичип айтам, силер да мурда өткөндөрдүн жолуна түшөсүңөр" - деди (ачууланып)</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Абу Ваакид ал-Лайсийи (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Алахтын тынчтыгы жана мактоосу болсун) Хунайнга жөнөп чыкканда, мушриктердин "Заат анваат" деп аталган дарагынын жанынан өттү. Мушриктер ага (аны ыйыктап) курал-жарагын илип койчу. Ошондо жанындагылардан бирөөлөр: О, Аллахтын элчиси, булардын "Заат анвааты" сыяктуу бизге да (ыйыктай турган) "Заат анваат" кылып бербейсиңби? - дешти. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Субхааналлах! Бул айтканыңар Мусанын коому ага: "Алардын кудайы сыяктуу бизге да кудай кылып бер" дегениндей болуп жатат (Аъраф, 138-аят) . Жаным колунда турган Затка ант ичип айтам, силер да мурда өткөндөрдүн жолуна түшөсүңөр" - деди (ачууланып).</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Хунайнга жөнөп чыгат, ал Мекке менен Таифтин ортосунда жайгашкан өрөөн. Аны менен бирге Исламга эми эле кирген сахабалар да бар эле. Жолдо алар "Заат анваат" б.а. илинчектүү дарак деп аталган дарактын жанынан өтүшөт. Бул даракты мушриктер ыйык санап, андан береке үмүт кылып курал-жарагын жана башка нерселерди илип коюшчу. Динге жаңы кирген сахабалар пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга да ошол дарак сыяктуу курал-жарагын илип алып береке тилей турган дарак дайындап берүүсүн суранат. Алар муну туура иш деп ойлошкон. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алардын атйкан сөзүн четке какканын билдирип, Аллахты улуктап "Субхааналлах" деп тасбих айтат. Анан алардын айтканы Мусанын коому ага (Бизге да алардын кудайы сыяктуу кудай дайндап бер) деген сөзүндөй экенин айтат. Алар да буттарга ибадат кылып жаткандарды көрүп, ошол мушриктердики сыяктуу аларга да буттарды кудай кылып берүүсүн талап кылышкан. Мындай кылуу алардын жолун ээрчүү болот. Андан соң пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) келечекте мусулман үммөтү да жөөт жана христиандардын жолун ээрчип, алар кылганды кыларын айтып, мындай кылуудан тыйып катуу эскертти.</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
     <t>Инсан кээ бир иштерди жакшы көрүп, Аллахка жакындатат деп ойлоосу мүмкүн, бирок ал иш аны Аллахтан алыстатат.
 Таң калган учурда же динде айтылбай турган туура эмес сөзду уккан учурда мусулман адамдын тасбих же такбир айтканы эп.
 Бак-дарак, тоо-ташты ж.б. нерселерден береке суроо ширк болуп эсептелет. Береке бир гана Аллахтын Өзүнөн суралат.
 Буттарга сыйынып кетүүнүн себеби: аларды улуктоо, алардын жанында болуу жана алардан береке суроо.
 Ширкке алып бара турган эшик, жолдордун баарын тосуу ваажыб.
 Жөт жана христиандардын жамандыгы тууралуу айтылган аят-хадистердин баары биз үчүн эскертүү.
 Исламга чейинки доордогу адамдарга, жөөттөргө жана христиандарга окшошууга тыюу салынган. Эгер алардын кайсы бир кылганы биздин динибизден экенине ачык далил болсо гана аны аткарууга болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5927</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ</t>
+    <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
   </si>
   <si>
     <t>Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши келип, кээ бир иштер тууралуу сүйлөшүп, акырында: Аллах жана сен кааладың... - деди эле, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Мени Аллахка шерик кыласыңбы?! Жалгыз Аллах каалады деп айткын" - деди</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
     <t>Ибн Аббас (аларга Аллах ыраазы болсун) айтат: Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши келип, кээ бир иштер тууралуу сүйлөшүп, акырында: Аллах жана сен кааладың... - деди эле, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Мени Аллахка шерик кыласыңбы?! Жалгыз Аллах каалады деп айткын" - деди.</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
     <t>Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши келип, өзүнө тиешелүү иштерин сүйлөшүп, анан: "Аллах жана сен кааладың" деп айтат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) анын айтканын четке кагып, пенденин каалоосун Аллахтын каалоосуна жана деген байламта аркылуу кошуу кичине ширк болорун эскертет. Мусулман адамга минтип сүйлөөгө болбойт. Анан ага туура сөздү үйрөтүп: "Жалгыз Аллах каалады" деп,  каалоосунда Аллахты жалгыздоону, анын каалоосуна башка бирөөнүн каалосун эч кайсы байламта менен кошууга болбостугун эскертет.</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>Аллах жана сен кааладың деп, же ушул сыяктуу пенденин каалоосун Аллахтын каалоосуна жана деген байламта менен кошуп айтууга болбойт; анткени, бул кичине ширк болуп эсептелет.
 Туура эмес иштен тыюу ваажыб.
 Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) тавхиддин тосмосун сактаган, ширктин жолун тоскон.
 Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) өрнөк алып, туура эмес иштен тыйганда анын ордуна туура, мубах ишти көрсөтүү керек.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун): "Жалгыз Аллах каалады"  деп айткын деген хадиси менен: "Аллах каалады анан сен кааладың" деп айт деген хадиси бири-бирине каршы эмес. Бирөөнүн: "Аллах каалады анан сен кааладың" деп айтуусу жайыз, бирок анын: "Жалгыз Аллах каалады" деп айтканы абзел.
 "Аллах каалаган нерсе анан сен каалаган нерсе" деп айтуу  жайыз, бирок: "Жалгыз Аллах каалаган нерсе" деп айтуу абзел.</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Иснадуху хасан (айтып өткөрүүчүлөрү жакшы)]</t>
   </si>
   <si>
     <t>[Ибн Маажа менен ан-Насааи "Ал-Кубро" китебинде жазып калтырган жана Ахмад да жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5928</t>
   </si>
   <si>
-    <t>أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ</t>
-[...2 lines deleted...]
-    <t>Кыямат күнү Аллахтын алдында азабы катуу боло турган адамдар - Аллахтын жараткан нерселерине окшошту тарткандар" - деди.</t>
+    <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
+  </si>
+  <si>
+    <t>Кыямат күнү Аллахтын алдында азабы катуу боло турган адамдар - Аллахтын жараткан нерселерине окшошту тарткандар" - деди</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Мага Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) кирди. Мен сүрөттөрү бар, жука, жүн кездемени (текчеге) парда кылып тартып койгон элем. Аны көрүп, өңү өзгөрүп кетти да, илинген жеринен сыйрып алды. Анан: "Айша!  Кыямат күнү Аллахтын алдында азабы катуу боло турган адамдар - Аллахтын жараткан нерселерине окшошту тарткандар" - деди.  Айша энебиз айтат: Анан биз аны кесип алып, бирби, экиби жаздык жасап койдук.</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Айша энебиздин бөлмөсүнө кирип, ал буюм-терим койгон текчесине жандуулардын сүрөттөрү бар кездемени парда кылып тартып койгонун көрөт. Аллах үчүн ага ачууланып өңү өзгөрүп, аны сыйрып алып мындай дейт: Кыямат күнү катуу азаптала турган адамдар Аллахтын жаратканына окшош нерселерди тарткан адамдар. Айша энебиз: анан андан бир же эки жаздык жасап койдук - дейт.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Туура эмес ишти тыюуда андан чоңураак зыян келбесе, көрөр замат дароо тыюу керек.
 Күнөөгө жараша кыяматтагы азаптар да ар түрдүү болот.
 Жандуу нерселердин сүрөтүн тартуу чоң күнөөлөрдөн.
 Сүрөт тартуунун арамдыгын себептеринин бири: аны Аллахтын жаратуучулугуна окшотууда, сүрөтчү мейли ушундай ниетте болсун, же жөн эле тартсын айырмасы жок.
 Арам кылынган нерседен тыйгандан кийин, шарият мал-мүлктү туура пайдаланып, сактап калууга үндөйт.
 Жандуулардын сүрөтүн тартуу кандай шекилде болсо да, мейли ал кордолгон, жек көрүндү болсо да баары бир тыюу салынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5931</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>Кимде-ким кайсыл бир жерге келсе: "Аъузу би калима тиллаахит-тааммаати миң шарри маа холак" деп айтса, анда ал кайра жолун улап кеткенге чейин ага эч нерсе зыян бербейт</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Хавла бинт Хаким ас-Суламия (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айтканын укканмын: "Кимде-ким кайсыл бир жерге келсе: "Аъузу би калима тиллаахит-тааммаати миң шарри маа холак" деп айтса, анда ал кайра жолун улап кеткенге чейин ага эч нерсе зыян бербейт".</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ким болсо да кайсы бир жерге келгенде  зыянын тийгизе турган коркунучтуу нерселерден коргой турган пайдалуу коргонууга жол көрсөткөн. Мейли сапарда жүргөндо болсун, же эс алууга чыкканда болсун, мейли башка учурда болсун айырмасы жок. Бул коргонуу: зыяны бар бардык макулуктардын жамандыгынан Аллах Тааланын арткычылыгы, берекеси, пайдасы толук тийе турган, эч кандай айып, кемчилиги жок сөзү менен сактанамын деп коргоо тилөө. Мына ушундай кылса, ал жерден кайра жөнөп кеткенге чейин зыянын тийгизе турган нерсенин баарынан аман болот.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Аллахтан коргоо тилөө деген бул  - өзүнчө бир ибадат болуп саналат, ал Аллах менен же Алахтын ысым-сыпаттары менен гана болот.
 Аллахтын сөзү менен коргоо тилөөго болот, анткени ал Аллахтын сыпаттарынын бири. Ал эми жаратылган нерселер менен коргоо тилөө мындай эмес, ал ширк болот.
 Бул дуба берекелүү жана пазилеттүү.
 Зикирлер менен коргонуу пенденин жамандыктан аман болуусуна себеп болот.
 Аллахтан башкадан, мисалы, жинден, сыйкырдан, жалганчылардан коргоо тилөө туура эмес, мындай кылууга болбойт.
 Сапарда болобу, жайчылыкта болобу ушул дубаны айтуу шариятта көрсөтүлгөн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>Мен сени Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени буйруган нерсеге буйруйунбу? Эстелик, сүрөттү көрсөң талкалап жок кыл, кабыр үстүнө коюлган нерсени көрсөң тегиздеп түздөгүн - деди</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Абу ал-Хаяж ал-Асадий айтат: Али бин Абу Талиб мага:  Мен сени Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени буйруган нерсеге буйруйунбу? Эстелик, сүрөттү көрсөң талкалап жок кыл, кабыр үстүнө коюлган нерсени көрсөң тегиздеп түздөгүн - деди.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларын эстеликтерди калтырбоого (жандуулардын сүрөтү, денеси болсо, болбосо айырмасы жок) талкалап же өчүрүп жоготууга жөнөтөт эле.
 Ошондой эле жерден бийик көтөрүлгөн кабырларды тегиздөөгө, кабыр үстүнө курулган нерселерди сындырууга, же аларды алып кабырдын үстүн тегиздеп, бир карыштай гана көтөрүп коюуга буйруган.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Жандуу нерселердин сүрөтүн тартуу арам, анткени бул ширктин пайда болуусуна алып келет.
 Бийлиги же кудурети жеткен адамга туура эмес иштерди колу менен кайтаруусу шариятта буйрулган.
 Сүрөт тартуу, эстелик жасоо, кабыр үстүнө бир нерсе куруу сыяктуу жахил доордон калган жаман адаттарды жок кылууга пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аракет кылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Силердин эч бириңер мен ага атасынан, баласынан, жалпы эле адамдардан сүйүктүү болмоюнча толук ыймандуу боло албайт</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Силердин эч бириңер мен ага атасынан, баласынан, жалпы эле адамдардан сүйүктүү болмоюнча толук ыймандуу боло албайт"</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман киши ага болгон махабатын энесинин, атасынын, баласынын, кызынын, деги эле бардык адамдардан да жакшы көрмөйүнчө  толук ыймандуу боло албастыгын бизге кабарлаган. Бул жакшы көрүү ага баш ийүү, (сүннөтүн жайылтууга) жардам берүү, ага күнөө кылууну таштоо аркылуу болот.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) сүйүү жана ага болгон сүйүүнү бардык жаратылгандардын сүйүүсүнөн алдыга коюу важиб.
 Ага болгон сүйүүнүн толуктугу: Аллахтын элчисинин сүннөтүнө жардам берүү жана ага өзүн арнап, мал-мүлкүн жумшоо.
 Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) сүйүү анын буйруктарына баш ийүүнү, ал айткандарга ишенип тастыктоону, ал тыйган нерселерден тыйылууну жана ага эргешип, бидаатты таштоону ичине камтыйт.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) акысы бардык адамдардын акысынан улук жана маанилүү. Анткени, ал биздин туура жолго түшүүбүзгө, тозоктон кутулуубузга, бейишке кирүүбүзгө себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>Куш учурган жана учурткан, көзү ачыктык кылган жана көзү ачыктык кылдырткан, сыйкырлаган жана сыйкыр кылдырган</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>Имран бин Хусейн (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Куш учурган жана учурткан, көзү ачыктык кылган жана көзү ачыктык кылдырткан, сыйкырлаган жана сыйкыр кылдырган, түйүн түйүп ырым кылган адамдар бизден эмес. Ким көзү ачыкка барып анын айтканына ишенсе, Мухаммадка (ага Аллахтын тынчтыгы жана мактоосу болсун) тушкөн нерсеге каапырлык кылыптыр".</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) "бизден эмес" деген сөзү менен үммөтүнөн кээ бир (жаман) иштерди кылгандарга катуу эскертүү берген:
 Биринчиси: "Куш учурган жана учурткан киши". Бул мындай: кайсы бир ишти баштаарда, сапарга чыгарда, соода кыларда ж.б. куш учуруп ырым кылат. Эгер коё берген куш оң тарапка учса, каалаган ишин баштай берет. А эгер куш сол тарапка учуп кетсе, жаман ырым кылып ишин баштабайт. Мындайды өзү кылууга да болбойт, мындайды жасаган адамга барып жасатууга да болбойт. Буга ушул сыяктуу  ырымдардын баары кирет, мейли ал куш аркылуу болсун, же айбанаттар, же майып адамдар, же сандар, же күндөр аркылуу болсун айырмасы жок.
 Экинчиси: "Көзү ачыктык кылган жана кылдырткан киши". Жылдыздар же башка нерсе аркылуу кайып илимин билем деп айтса, же ушундай көзү ачыктык кылган сыяктууларга барып, алардын кайып илими тууралуу айтканына ишенип тастыктаса, Мухаммадка (ага Аллахтын тынчтыгы жана мактоосу болсун) тушкөн  нерсеге (Куранга) каапыр болот.
 Үчүнчүсү: "Сыйкырлаган жана сыйкыр кылдырган..." бул сыйкырчылык менен алек болгон адам, же бирөөгө пайда-зыян берүү үчүн ушундайларды пайдаланган адамдар. Ошондой эле жипти түйүн кылып түйүп ага тыюу салынган сөздөр менен дем салып сыйкыр кылган адамдар.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Аллах Таалага тобокел кылуу, Анын жазган тагдырына ыйман келтирүү  важиб. Куш учуруу, жаман ырым кылуу, сыйкырчылык кылуу, көзү ачыктык кылуу жана ушуларга барып жардам суроо тыюу салынган арам иштерден.
 Кайып илимин билем дештик - тавхидди алсырата турган ширк амалдарынан.
 Көзү ачыкка баруу, анын айтканын тастыктоо тыюу салынган арам иш. Буга алаканга карап, чыныдагы сууга карап, жылдыз белгилерине (зодиак, гороскопко) карап кайыпты айтуу жана буга жөн эле кызыгып кароо да кирет.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[Ал-Базар жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>Ким төлгөчүгө барып андан бир нерсе тууралуу сураса, кырк күнгө чейин анын намазы кабыл болбойт</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) аялдарынын биринин айтымында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ким төлгөчүгө барып андан бир нерсе тууралуу сураса, кырк күнгө чейин анын намазы кабыл болбойт".</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төлгөчүгө барууга болбостугун эскерткен. Төлгөчү дегени, көзү ачык, жылдыз кароочу, пал ачуучу ж.б. ушундайларды пайдаланып кайыпты билерине далил кылган адамдардын жалпы аталышы. Мындайлардан кайып ишти бир эле жолу сурап койсо, Аллах Таала сураган кишини кырк күндүк намазынын сообунан куру калтырат, бул анын ушундай чоң күнөөгө барганынын акыбети.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Көзү ачыктык кылуу жана ага барып кайыпты суроо тыюу салынган арам иш.
 Кылган күнөөсү себептүү адам жакшы амалдарынын сооп-сыйынан куру калышы мүмкүн.
 Жылдыз төлгөсү деп аталган төлгө жана ага кароо, ошондой эле алаканга, чыныга жөн эле кызыгып кароо да ушул хадистин ичине кирет. Анткени мунун баары көзү ачыктыкка жана кайып илимин билем дегендикке жатат.
 Төлгөчүгө баруунун эле жазасы ушундай болсо, анда төлгөчүнүн өзүнүн жазасы кандай болорун ойлоп көр?
 Кырк күндүк намаз окулган болуп эсептелет, анын казасы окулбайт, бирок сообу болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>Ким жылдыз илиминен үйрөнсө ал сыйкырдын бир бутагын (бир азын) үйрөнгөн болот, көбөйткөн сайын көбөйө берет</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>Ибн Аббас (ага Аллах ыраазы болсун) айтат: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ким жылдыз илиминен үйрөнсө ал сыйкырдын бир бутагын (бир азын) үйрөнгөн болот, көбөйткөн сайын көбөйө берет".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ким астрология жана жылдыздар илимин окуса, алардын кыймылын, кирүүсүн, чыгуусун жерде болуп жаткан окуяларга, мисалы, бирөөнүн өлүмүнө, туулуусуна, ооруп калуусуна ж.б. келечекте боло турган иштерге байланыштырып далил кылса, ал адам сыйкырдын бир бөлүгүн үйрөнгөн болуп эсептелет. Ошентип бул илимге тереңдеп кирген сайын сыйкыры да көбөйө берет.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Жылдыздардын абалына карап ага таянуу менен келечек иштери тууралуу кабар берүү тыюу салынган арам иш, анткени бул кайып илимине киришүү болуп эсептелет.
 Жылдыз илими да тавхидди жана Аллахты жалгыздоого каршы келген  сыйкырдын бир түрү. Ал эми тараптарды ажыратуу же кыбыланы, жыл мезгилдерин, айлардын башталышын тактоо үчүн жылдыздарга кароо эч нерсе эмес.
 Жылдыз илимине тереңдеп кирген сайын сыйкыр илиминин бутактары да көбөйө берет.
 Аллах Таала жылдыздардын пайдасын Куранда айтканы боюнча үч пайдасы бар: алар асмандын кооздугу, жол табуу үчүн белги, шайтандарды уруу үчүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5989</t>
   </si>
   <si>
-    <t>ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ</t>
+    <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
   </si>
   <si>
     <t>Колуңду ооруган жериңе коюп үч жолу: "Бисмиллах" деп айткын. Анан жети жолу: "Өзүм сезген жана кооптонгон ушул ооруунун жамандыгынан коргоо тилеп, Аллахка жана анын кудуретине сыйынам!</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ بْنِ أَبِي الْعَاصِ الثَّقَفِيِّ رضي الله عنه أَنَّهُ شَكَا إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَجَعًا يَجِدُهُ فِي جَسَدِهِ مُنْذُ أَسْلَمَ، فَقَالَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ».</t>
   </si>
   <si>
     <t>Усман бин Абу Аас Сакафи (ага Аллах ыраазы болсун) Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) динге киргенден бери денесинен бир жери ооруп жатканын айтып даттанат. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага мындай дейт: Колуңду ооруган жериңе коюп үч жолу: "Бисмиллах" деп айткын. Анан жети жолу: "Өзүм сезген жана кооптонгон ушул ооруунун жамандыгынан коргоо тилеп, Аллахка жана анын кудуретине сыйынам!</t>
   </si>
   <si>
     <t>أَصابَ عثمانَ بن أبي العاص رضي الله عنه وَجَعٌ كادَ يُهلكه، فأتاه النبيُّ صلى الله عليه وسلم يَعُودُه، وعَلَّمَه دعاءً يَرْفَع اللهُ عنه ما نَزَل به مِن مَرَض؛ وهو أنْ يَضَعَ يدَه على المكان الذي يَشْتَكي، ويقول: (بسم الله) ثلاث مرات، ثم يقول سَبعَ مرات: (أعوذ) وألتجئ وأعتصم وأَتَحَصَّن (بالله وقدرته من شر ما أجد) مِن أَلَمٍ في الوقت الحاضر (وأُحاذِر) وأخاف حصولَه في المستقبل من الحُزْن والخوف، أو مِنْ أنْ يستمرَّ هذا المرض ويَنْتَشر ألمُه بالجَسَد.</t>
   </si>
   <si>
     <t>Усман бин Абу Аас (ага Аллах ыраазы болсун) аны өлүмгө алып бара тургандай катуу ооруп калат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны кабар алып келип, Аллах Таала андан ооруну кетире турган дубаны ага үйрөтөт. Бул дуба мындай: алгач колун ооруган жерине койот. Анан үч жолу "Бисмиллах" дейт. Андан кийин: "Өзүм сезген жана кооптонгон ушул ооруунун жамандыгынан коргоо тилеп, Аллахка жана анын кудуретине сыйынам" деп жети жолу айтат. Кооптоном дегени, келечекте мени кайгыга жана коркунучка салуусунан, же оору бут денеме жайылып кетүүсүнөн чочулайм деген маани.</t>
   </si>
   <si>
     <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
 الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
 الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
 هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
 وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
   </si>
   <si>
     <t>Ушул хадисте айтылгандай дуба кылып адам өзүнө дем салганы жакшы.
 Даттануу эгер тагдырга каршылыкшыз болсо жана кейүү менен коштолбосо, анда тобокел жана сабырга каршы келбейт.
 Дуба себепти аткаруунун бир түрү. Ошон үчүн анын сөздөрүнө жана сандарына маани берүү керек.
 Бул дуба бардык дене оорууларына жарактуу.
 Бул дубаны айткан учурда колду ооруган жерге коюу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6018</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>(Нике окулуп) аялды адал кылган учурда коюлган шарттар - сөзсүз аткарыла турган шарттардан</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>Укба бин Аамир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "(Нике окулуп) аялды адал кылган учурда коюлган шарттар - сөзсүз аткарыла турган шарттардан".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аткарылуусу зарыл болгон шарттар булар аялга кошулуунун адал болуусуна себеп болгон шарттар экенин баяндаган. Бул шарттар нике келишими учурунда аял эркектен талап кылган мубах (ыктыярдуу) шарттар.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Жубайлар бири-бирине койгон шарттарды аткаруулары важиб, бирок арамды адал, адалды арам кылуучу шарттар болуп калса, аткарылбайт.
 Нике келишиминдеги шарттар башка шарттарга караганда аткарылуусу зарыл. Анткени бул шарттар аял менен кошулууну адал кылуучу шарттар.
 Исламда үйлөнүүнүн (жубайлыктын) орду маанилүү, карасаң андагы шарттардын аткарылуусу да бекемделген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6021</t>
   </si>
   <si>
-    <t>أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ</t>
+    <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
   </si>
   <si>
     <t>Силер сураганга караганда жакшыраак нерсени айтайынбы? Уйкуга жатарыңарда отуз үч жолу тасбих, отуз үч жолу тамхид, отуз төрт жолу такбир айткыла. Бул силер үчүн кызматчыга караганда жакшырак" - деди</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
   </si>
   <si>
     <t>Али (ага Аллах ыраазы болсун) минтип айтат: Аллахтын элчисине кулдар алынып келгенин угуп Фатима жаргылчак тарткандан кабарып кеткен колун көрсөтүп, арызданып кызматчы сурамакчы болуп барат. Фатима барса Пайгамбарыбыз жок болот. Анан келген максатын Айшага айтып кайра кетет. Аллахтын элчиси келгенде Айша ага Фатиманын келгенин айтат. Али айтат: Биз эми уйкуга жатканыбызда, Аллахтын элчиси келип калды. Ордубуздан турмакчы болсок, ал: "Ордуңарда жата бергиле" - деди. Анан Фатима экөөбүздүн ортобузга келип отурду. Жакын отургандыктан, тамандарынын суугу ичиме билинип турду. Анан: " Силер сураганга караганда жакшыраак нерсени айтайынбы? Уйкуга жатарыңарда отуз үч жолу тасбих, отуз үч жолу тамхид, отуз төрт жолу такбир айткыла. Бул силер үчүн кызматчыга караганда жакшырак" - деди.</t>
   </si>
   <si>
     <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
 فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
 فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
 ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
 قالا بلى، فقال صلى الله عليه وسلم: 
 إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
 وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
 واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
 فهذا الذكر خيرٌ لكما من خادم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын кызы Фатима жаргылчак тарткандан колдору кабарып кеткенин айтып, атасына арызданып келет. Ошол учурда пайгамбарыбызга туткунга түшкөн кулдар алынып келген эле. Үй иштерин аткартуу үчүн ошол туткундардан бир кызматчы сурамакчы болуп барат. Бирок пайгамбар үйдө жок болот. Айшага жолугуп, ага келген себебин айтып кайра кетет. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) келгенде, Айша ага Фатима кызматчы сурап келгенин айтат. Фатима менен Али уйкуга жаткан учурда пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алардын үйүнө келет. Алардын ортосуна өтө жакын отургандыктан, Али анын бутунун суугу ичине өтүп жатканын сезет. Анан мындай дейт: Силер сураган кызматчыга караганда силерге пайдалуураак нерсени айтайынбы? Ооба, айтыңыз дешет алар. Ал мындай дейт: Түндө уйкуга жатканыңарда "Аллаху акбар" деп отуз төрт жолу такбир айткыла. "Субхан Аллах" деп отуз үч жолу тасбих айткыла. "Алхамду лиллаах" деп, отуз төрт жолу тахмид (мактоо) айткыла. Мына ушул зикр сөздөр силерге кызматчыга караганда жакшы.</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>Бул берекелүү зикрди такай айтып жүрүү жакшы. Айтымда, Али (ага Аллах ыраазы болсун) пайгамбардын бул осуятын зикрди эч калтырбай такай айтып жүргөн, алтургай, Сиффин согушу болгон түнү да айткан.
 Бул зикрлер түнкү уйкуга жатарда гана айтылат. Имам Муслимдин китебинде Муаз (ага Аллах ыраазы болсун) Шуубадан риваят кылган хадисте: "Түндө төшөккө жаткан учуруңарда..." деп айтылган.
 Эгерде жаткан учурда айтпай унутуп калып кийин түн ортосунда эсине түшсө, айтып койсо эч нерсе эмес. Анткени, али (ага Аллах ыраазы болсун) Сиффин согушу болгон түнү зикрди айтууну унутуп калып, кийин таңга жуук эсине түшкөндө айтканы белгилүү.
 Мухлаб минтип айтат: Бул хадисте үй-бүлө башчысы өзү каалаган дүйнө кызыкчылыгына караганда акырет кызыкчылыгын алдына коюуну үй-бүлөсүнө да каалап, аларды ушуга үндөө керектиги айтылган. Эгер алар ушуну аткарууга чамасы жетсе.
 Ибн Хажар Аскалани минтип айткан: Ким бул зикир сөздөрдү дайыма айтып жүрсө, анда ал адамга иштин көптүгү зыянын тийгизбейт, чарчаса да кыйналбайт.
 Ал-Айни минтип айткан: Зикр кызматчыдан жакшы дегенден максат, зикр акырет үчүн, ал эми кызматчы дүйнө үчүн. Акырет түбөлүктүү жана жакшы. Же минтип айтуудан максат, ушул зикр аркылуу күч-кубат алып, кызматчы аткарганга караганда көбүрөк ишти өздөрү эле аткарышы мүмкүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6076</t>
   </si>
   <si>
-    <t>{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ</t>
-[...2 lines deleted...]
-    <t>"Кул хуваллааху ахадды" жана эки сактоочу сүрөнү оку, кеч киргизгениңде жана таң атырганыңда үч жолудан окуп жүрсөң, бардык жамандыктан сактоого жетиштүү болот" - деди</t>
+    <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
+  </si>
+  <si>
+    <t>Кул хуваллааху ахадды" жана эки сактоочу сүрөнү оку, кеч киргизгениңде жана таң атырганыңда үч жолудан окуп жүрсөң, бардык жамандыктан сактоого жетиштүү болот" - деди</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Абдуллах бин Хубайб (ага Аллах ыраазы болсун) айтат: Катуу жамгыр жаап, көзгө сайса көрүнгүс караңгы болгон түнү чогуу намаз окуу үчүн Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) издеп бардык. Анан аны таптым. Ал: "Оку" - деди. Мен эч нерсени окубадым. Ал дагы: "Оку" - деди. Мен дагы эле эч нерсе дебедим. Ал: "Оку" - деди. Эмнени окуюн - дедим. Ал:  "Кул хуваллааху ахадды" жана эки сактоочу сүрөнү оку, кеч киргизгениңде жана таң атырганыңда үч жолудан окуп жүрсөң, бардык жамандыктан сактоого жетиштүү болот" - деди.</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Улуу сахаба Абдуллах бин Хубайб (ага Аллах ыраазы болсун) айтат: алар жамгырлуу, караңгы түндө аны менен бирге намаз окуу үчүн пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) издеп барышат да, аны табышат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: "Айт" б.а. оку - дейт. Ал эч нерсени окубайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сөзүн кайталайт. Абдуллах: О, Аллахтын элчиси, эмнени окуйун? - дейт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Ихлас сүрөсүн (кул хуваллааху ахад), сактоочу эки сүрө (Кул ауузу бироббил фалак), (Кул ауузу бироббин наас) сүрөлөрүн эртең менен жана кечинде үч жолудан окусаң, бардык жамандыктан сактап, жаман иштен коргойт - дейт.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Ихлас жана эки коргоочу сүрөнү эртең менен жана кечинде окуу жакшы, анткени бардык жамандыктан калканч болот.
 Ихлас жана эки коргоочу сүрөнү окуу артыкчылыктуу иштерден.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6082</t>
   </si>
   <si>
-    <t>مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ</t>
+    <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>Кимде-ким: Аллахтын аты менен баштаймын. Анын  аты менен башталган нерсеге жер бетинде да, асманда да эч ким зыян жеткире албайт. Ал Угуучу, Билүүчү" деп үч жолу айтса, таң атканга чейин ага кокустан балээ-кырсык келбейт</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>Абан бин Усман айтат: Усман бин Аффан (ага Аллах ыраазы болсун) Аллахтын элчисинен уктум деп бул хадисти айтып жатканын уктум: "Кимде-ким: Аллахтын аты менен баштаймын. Анын  аты менен башталган нерсеге жер бетинде да, асманда да эч ким зыян жеткире албайт. Ал Угуучу, Билүүчү" деп үч жолу айтса, таң атканга чейин ага кокустан балээ-кырсык келбейт. Кимде-ким бул дубаны таң атканда үч жолу айтса, кеч киргенге чейин ага кокустан балээ-кырсык келбейт". Кийин Абан бин Усман шал оорусу менен ооруп калды. Андан жогорудагы хадисти уккан бир киши аны суроолуу карап калды. Усман ага: Сага эмне болду, мени таңыркап карайсың? Аллахка ант болсун, мага Усман бин Аффан жалган айткан эмес. Усманга да пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жалган айткан эмес. Болгону, мага ушул балээ келген күнү мен (бирөөгө) ачууланып, жогорудагы дубаны айтпай унутуп калыпмын - деди.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) күн сайын таң аткандан кийин жана кечинде күн батардан мурда үч жолудан ушул дубаны айтса, ага балээ-кырсык болбостугун баяндаган: "Аллахтын ысымы менен" бардык зыяндуу нерселерден сактанамын. "Ал Аллах Анын аты зикр кылынса эч нерсе зыян тийгизе албайт". Ал нерсе "жердеги" кандай чоң нерсе болбосун, же жерден сырткары балээлерден болсун, "асмандагы" асмандан түшүүчү балээлерден болсун эч бири зыян бербейт. "Ал Аллах биздин сөздөрүбуздү "Угуучу" биздин абалдарыбызды "Билүүчү".
-. Кимде-ким бул дубаны кечинде айтса, таң атканга чейин ага кокустук балээлер келбейт. Ал эми ким таң эрте айтса, кеч киргенге чейин ага кокустук балээлер келбейт.
+Кимде-ким бул дубаны кечинде айтса, таң атканга чейин ага кокустук балээлер келбейт. Ал эми ким таң эрте айтса, кеч киргенге чейин ага кокустук балээлер келбейт.
 Кийин бул хадисти айтып өткөргөн Абан бин Усманга шал оорусу тиет. Шал оорусу дегени, адамдын бир жак ыптасы иштебей калат. Ошондо андан жогорудагы хадисти уккан кишилердин бири аны таң калып карайт. Усман ага: Неге таң калып карайсың?! Аллахка ант болсун, мен Усмандан жалган нерсени айткан жокмун. Усман да пайгамбардан жалган нерсени айткан жок. Болгону, мага ушул оору тийген күнү Аллах Таала бул дубаны айтууну тагдырыма жазбаптыр. Мен бир нерсеге ачууланып, бул сөздөрду айтууну унутуп калыпмын - деди.</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Аллахтын уруксаты менен адам кокус келүүчү балээ, зыяндардан ж.б.у.с. нерселерден корголуп туруусу үчүн, бул зикрди эртең менен жана кечинде айтып жүргөн жакшы.
 Мурдагы өткөн мусулмандардын Аллахка болгон ишеними бекем жана Аллахтын элчисинин айтканын тастыктоосу күчтүү болгон.
 Эртең менен жана кечинде зикр кылып туруунун бир пайдасы - мусулманды кайдыгерликтен ойготуп, ага дайыма Аллахтын кулу экендигин эскертип турат.
 Зикрдин таасири зикр кылган адамдын ыйманынын бекемдигине, берилүүсүнө жана ыкласына жараша болот.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6093</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ</t>
-[...2 lines deleted...]
-    <t>"Аллахтан башка кудай жок. Ал - жалгыз. Анын шериги да жок. Аллах - эң Улук. Аллахка көп мактоолор болсун. Бардык ааламдардын Раббиси - Аллахты аруулайм. Өзгөрүү да күч-кубат да Даанышман жана Кудуреттүү Аллахтан" деп айткын деди. Анда ал:</t>
+    <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
+  </si>
+  <si>
+    <t>Аллахтан башка кудай жок. Ал - жалгыз. Анын шериги да жок. Аллах - эң Улук. Аллахка көп мактоолор болсун. Бардык ааламдардын Раббиси - Аллахты аруулайм. Өзгөрүү да күч-кубат да Даанышман жана Кудуреттүү Аллахтан" деп айткын деди. Анда ал</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Саъд (ага Аллах ыраазы болсун) айтат: Аллахтын элчисине чөлдө жашаганмбир араб келип: "Мага ар дайым айтып жүрчү сөздү үйрөтчү" деди эле, ал:  "Аллахтан башка кудай жок. Ал - жалгыз. Анын шериги да жок. Аллах - эң Улук. Аллахка көп мактоолор болсун. Бардык ааламдардын Раббиси - Аллахты аруулайм. Өзгөрүү да күч-кубат да Даанышман жана Кудуреттүү Аллахтан" деп айткын деди. Анда ал:  "Булар Раббим үчүн арналган дуба экен, өзүм үчүн эмне деп айтайын" деди. Ал: "О, Аллах. Мени кечир! Мага ырайым кыл, туура жолго башта жана мага ырыскы бер" деп айткын деди"</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
 بمحو السيئات وسترها، 
 "وارحمني" 
 بإيصال المنافع والمصالح الدينية والدنيوية لي، 
@@ -10893,121 +11274,121 @@
   <si>
     <t>Чөлдү жердеген адамдардан бирөөсу келип, Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) такай айтып жүрө турган зикирди үйрөтүүсүн суранат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага минтет: "Аллахтан башка кудай жок. Ал - жалгыз. Анын шериги да жок". Ушинтип тавхид күбөлүгу менен баштайт. Бул Аллахтан башка ибадатка ылайык эч кандай кудай жок деген маани. "Аллах - эң Улук". Б.а. Аллах бардык нерседен улук жана чоң. "Аллахка көп алкыш-мактоолор болсун" Б.а. Аллахтын сыпатына, иштерине жана санак жеткис жакшылыктарына көп мактоо-шүгүрлор болсун. "Бардык ааламдардын Раббиси - Аллах бардык кемчиликтерден Аруу-Таза". Б.а. айып-кемчиликтерден таза, аруу. "Өзгөрүү да күч-кубат да Даанышман жана Кудуреттүү Аллахтан" Б.а. Ар кандай абалдан башка бир абалга өзгөрүү Аллахтын жардамы жана топугу менен гана болот. Тиги киши: Бул сөздөр Раббимди зикир кылып, улуктай турган сөздөр экен, мен өзүмө эмне деп дуба кылайын? - дейт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: минтип айт - деди: "О, Аллах! Мени кечир" Күнөөлөрдү өчүрүү жана жашыруу менен "Мени ырайым кыл" Менин диниме жана дүнүйөмө пайдалуу иштерге жеткирүү менен "Мени туура жолго башта" Түз, туура жолго жана эң жакшы абалдарга "Мага ырыскы бер" Адал мал-мүлк, ден-соолук, ж.б. бардык жакшылыктарды</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>Аллахка тахлил, такбир, тахмид, тасбих айтууга үндөйт.
 Дуба кылуудан мурда, Аллахты зикир кылуу жана алкыш-мактоо айтуу жакшы.
 Жакшы дуба кылуу, дүйнө жана акырет жакшылыктарын суроону камтыган пайгамбардан келген дубаларды, ошондой эле өзү каалаган нерсени суранып дуба кылуу жакшы.
 Пендеге өзүнүн дүйнө жана акыретине пайдалуу нерселерди үйрөнүүсү зарыл.
 Бут жакшылыктын жыйындысы болгон кечирим, ырайым, ырыскы суроого үндөйт.
 Пайгамбардын (ага Алахтын тынчтыгы жана мактоосу болсун) үммөтүнө аларга пайдалуу нерсени үйрөтүүсү, анын мээримдүүлүгүн көрсөтөт.
 Ырайымдын кечиримден кийин айтылуусу тазалыктын толук болуусу үчүн, б.а. кечирим күнөөлөрдү жашыруу, өчүрүү, тозоктон алыстатуу, ал эми ырайым болсо, жакшылыкка жетип бейишке кирүү, мына ушул чоң утуш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6112</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын арасынан өтө жоомарты эле. Рамазан айында Жебреил периштеге</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
   </si>
   <si>
     <t>Ибн Аббас (ага Аллах ыраазы болсун) мынтип айткан: "Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын арасынан өтө жоомарты эле. Рамазан айында Жебреил периштеге  жолуккан учурларында жоомарттыгы андан да күчөйт эле. Жебреил периштеге Рамазан айынын ар бир түнүндө жолугуп, бири-бирине Куранды окуп беришчү. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшылык кылууда согуп турган шамалдан да ылдамыраак эле".</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
 الأول: الْتِقاؤه بجبريل عليه السلام.
 والأمر الآخر: مدارسة القرآن، وهو القراءة عن ظهر قلب.
 فيدارسه جبريل عليه السلام جميع ما نزل من القرآن، ولَرَسُول الله صلى الله عليه وسلم أكرم وأكثر عطاءً وفعلًا للخير، وأسرع نفعًا للخلق من الريح الطيبة التي يرسلها الله بالغيث والرحمة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын эң берешени болгон. Рамазан айында берешендиги андан да күчөп, ким эмнени кааласа ошону берчү. Анын берешендигинин артышына эки себеп бар эле:
 Биринчиси: Жебиреил периштеге жолукканы.
 Экинчиси: Куранды жүрөгүнөн өткөрүп окуганы.
 Жебиреил периште ага Курандан түшкөн аяттардын баарын дагы бир сыйра окутуп чыкчу. Пайгамбарыбыз (ага Аллахтын тынчтыгы мактоосу болсун) өтө берешен жана жакшылыкты өтө көп кылган киши болгон. Адамдарга жакшылык кылууда Аллах Таала жөнөткөн согуп турган шамал сыяктуу шашылат эле.</t>
   </si>
   <si>
     <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
 الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
 الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
 من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) берешендиги айрыкча Рамазан айында күчөйт эле. Анткени Рамазан айы таат-ибадаттын жана жакшылык кылуунун айы.
 Кайсы убакыт болбосун, берешен болуу керек, айрыкча Рамазан айында берешендикти күчөтүү жакшы.
 Рамазан айында Куран окууну, жакшылык иштерди кылууну, берешен болууну көбөйтүү керек.
 Илимди эстен чыгарбай сактоонун себептеринин бири - илим талап кылуучулар жана аалымдар менен бирге сабак өтүү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6179</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын ичинен мүнөзү эң жакшысы эле</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын ичинен мүнөзү эң жакшысы эле.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын ичинен кулк-мүнөзү эң толугу эле. Ал бардык кулк-мүнөздүүлүктө жана жакшылыктарда алдында болчу, мисалы, сөзүнүн сылыктыгы, жакшылыкты көп кылганы, жүзүнүн жарыктыгы, эч кимге зыян бербегени, башкалардын зыянына чыдаганы ж.б. иштерде алдында болчу.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөзү жакшылыктарды камтыган толук болгон.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөздө үлгү алууда толук үлгү боло алат.
 Көркөм кулк-мүнөздө пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) үлгү алуу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ушул сөздөрдү ар бир намаздан кийин айтчу" - деди</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Абу Зубайр айтат: Ибн Зубайр бардык парз намаздын соңунда салам бергенден кийин: "Лаа илааха иллаллооху вахдаху лаа шарика лах, лахул мулку ва лахул хамду ва хува аълаа кулли шайиң кодир, лаа хавла ва лаа куввата илла биллах, лаа илааха иллаллооху, ва лаа наъбуду илла ийяху, лахун-ниъмату ва лахул-фадлу ва лахус-санааул хасан, лаа илааха иллаллооху мухлисиина лахуддина ва лав карихал каафируун" деп айтып, анан: " Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ушул сөздөрдү ар бир намаздан кийин айтчу" - деди.</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
@@ -11016,532 +11397,532 @@
 "Вахдаху лаа шарикалах": Ал Жалгыз, Анын шериги жок. Тактап айтканда, улухиятта, рубубиятта жана ысым-сыпаттарында Анын шериги жок.
 "Лахул мулку": Бардык мүлк Аныкы, тактап айтканда, асман-жердин жана алардын ортосундагы жалпы, толук, бардык мүлк Ага таандык.
 "Ва лахул хамду": Алкыш-мактоолор да Ага жарашат, тактап айтканда, Ал кемчиликсиз толук сыпыттар менен сыпатталган, толук сүйүү менен макталган, баардык абалдарда жыргалда да, кыйынчылыкта да улукталган.
 "Ва хува аълаа кулли шайиң кодиир": Ал бардык нерсеге Кудуреттүү. Кудурети бардык жааттан жетиштүү, толук, эч нерсеге күчү жетпей калбайт, эч кайсы иш Ага тоскоолдук жарата албайт.
 "Лаа хавла ва лаа куввата илла биллаахи": Бир абалдан экинчи абалга, күнөөдөн таат-ибадатка кайтуу да, күч-кубат да Аллахтан, Ал жардам Берүүчү, тобокел Ага гана болот.
 "Лаа илааха иллаллааху, ва лаа наъбуду илла ийяху": Ширкти кетирүүчү жана улухияттыкты бекемдөөчү сөз, анткени Андан башка ибадатка татыктуу зат жок.
 "Лахун-ниъмату ва лахул фазлу": Нээмат-жакшылыкты жаратып ага ээлик кылган Аллах, пенделеринен кимге кааласа жакшылыкты ашыгы менен берет.
 "Ва лахус-Санааул хасан": Аллахтын затына, сыпатына, иштерине, нээматына жана бардык абалда Ага алкыш-мактоо болсун.
 "Лаа илааха иллаллооху, мухлисина лахуд-диин": Б.а. ибадатты көрсөтүү же угузуу үчүн эмес калыс Аллах үчүн Анын Өзүнө гана аткарылат.
 "Ва лав карихал каафирууна": Каапырлар жаман көрсө да, Аллахты жалгыздоодо жана Ага ибадат кылууда бекем турушат.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Ар бир парз намаздан кийин ушул зикирди айтуу жакшы.
 Мусулман адам дини менен ызаттуу болот, анын ибадаттарын ачык аткарат, каапырлар аны жактырбай жатса да.
 Эгерде хадисте "Дубр ас-солаати" "намаздын артынан" деген сөз келсе жана бул хадисте зикир тууралуу айтылса, анда бул зикир саламдан кийин дароо айтылат дегенди билдирет. А эгер дуба тууралуу айтылса, анда бул дуба салам берүүдөн мурда айтылат дегенди билдирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>Үйүңөрдү көрүстөндөй кылып албагыла. Чынында, Бакара сүрөөсү окулган үйдөн шайтан качат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Үйүңөрдү көрүстөндөй кылып албагыла. Чынында, Бакара сүрөөсү окулган үйдөн шайтан качат".</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үйдө такыр намаз окубай, аны намаз окулбай турган кабырга окшотуп алуудан тыйган.
 Андан кийин Бакара сүрөөсү окулуп турган үйдөн шайтан качып чыгары тууралуу кабарлаган.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Үйдө ибадатты, нафил намаздарды окууну көбөйтүү жакшы.
 Көрүстөндө жаназадан башка намаз окууга болбойт. Анткени ал ширкке алып баруучу ортомчу жана адамды чектен чыгарчу иштерден.
 Сахабалардын учурунда мүрзөдө намаз окууга тыюу салынганы ачык белгилүү болгон. Ошондуктан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үйлөрдү намаз окулбаган мүрзө сыяктуу кылбагыла деп тыйган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>Субхан Аллоохи, валхамду лиллаахи, ва лаа илааха иллаллооху, валлааху акбар" деп айтуу мен үчүн күн нуру тийген нерсенин баарынан жакшы</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Субхан Аллоохи, валхамду лиллаахи, ва лаа илааха иллаллооху, валлааху акбар" деп айтуу мен үчүн күн нуру тийген нерсенин баарынан жакшы".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ушул улук сөздөр менен Аллах Тааланы зикир кылуу дүйнө жана андагынын баарынан жакшы экендигин айткан. Бул сөздөр:
 "Субхан Аллоохи": Аллах Тааланы бардык кемчиликтерден таза деп аруулоо.
 "Алхамду лиллаахи": Улуктоо жана махабат менен бирге Аллах Тааланы толук сыпаттары менен мактоо.
 "Лаа илааха иллаллооху": Аллахтан башка ибадатка татыктуу кудай жок.
 "Аллаху акбар": Бардык нерседен улук, чоң.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Аллахты зикир кылууга кызыктыруу, анткени зикир күн тийген нерсенин баарынан артык.
 Сообу жана артыкчылыктары көп болгону үчүн зикирди көбөйтүү зарыл.
 Дүйнөнүн пайдаланчу нерселери аз жана анын ырахаты да убактылуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6211</t>
   </si>
   <si>
-    <t>لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا</t>
+    <t>لن يلج النار أحد صلى قبل طلوع الشمس وقبل غروبها</t>
   </si>
   <si>
     <t>Күн чыгардан мурда жана Күн батардан мурда намаз окугандар тозокко кирбейт</t>
   </si>
   <si>
     <t>عَنِ أبي زُهير عُمَارَةَ بْنِ رُؤَيْبَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا»</t>
   </si>
   <si>
     <t>Абу Зухайр Умара бин Руайба (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Күн чыгардан мурда жана Күн батардан мурда намаз окугандар тозокко кирбейт".</t>
   </si>
   <si>
     <t>يُخْبِرُ رسولُ الله صلى الله عليه وسلم: أنه لن يدخلَ النارَ، أحدٌ صلّى صلاة الفجر، وصلاة العصر، وداوم عليهما؛ وخَصَّ هاتين الصلاتين؛ لأنهما أثقلُ الصلوات، ولأنّ وقت الصبح يكون عند النوم ولَذَّتِه، ووقت العصر يكون عند الاشتغال بأعمال النهار وتجارته، ومَن حافَظَ على هاتين الصلاتَين مع وُجودِ المَشقّة فسيحافظ على بَقيّة الصلوات.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип кабарлайт: багымдат жана дигер намаздарын такай калтырбай окуган адам тозокко кирбейт. Бул эки намазды баса белгилеп айткан себеби; бул намаздар окууга оор намаздар болуп эсептелет. Багымдат намазы уйку кызып, таттуу болгон учурда болот. Дигер намазы күндүзү иш кызып, эл алагды болгон учурга туш келет. Кимде-ким ушул эки намаздын машакатына чыдап такай окуп жүрсө, анда башка намаздарын да сактай алат.</t>
   </si>
   <si>
     <t>فضل صلاتي الصبح والعصر، فينبغي المحافظة عليهما.
 مَن أدَّى هذه الصلوات يكون غالبًا خالي النفس من الكَسَل والرياء مُحِبًّا للعبادة.</t>
   </si>
   <si>
     <t>Багымдат жана Дигер намаздарынын артыкчылыгы. Бул эки намазды такай окуп жүрүү зарыл.
 Кимде-ким бул эки намазды такай окуса, көбүнчө жалкоолуктан жана риядан оолак болуп, ибадат кылууну жакшы көрөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6215</t>
   </si>
   <si>
-    <t>ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ</t>
+    <t>ما من أحد يسلم علي إلا رد الله علي روحي حتى أرد عليه السلام</t>
   </si>
   <si>
     <t>Мага кимдир бирөө салам айтса, анын саламына жооп кайтаруу үчүн Аллах менин жанымды кайра киргизет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلَّى الله عليه وسلم قال: «ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мага кимдир бирөө салам айтса, анын саламына жооп кайтаруу үчүн Аллах менин жанымды кайра киргизет".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّه تُرَدُّ إليه رُوحُه ليَرُدَّ السلامَ على كل مَن سلَّم عليه سواء كان قريبًا أو بعيدًا؛ وحياة البَرْزَخ والقبور أمرٌ غيبي، لا يَعلم حقيقتَها إلا الله، وهو على كل شيء قدير.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага салам айткан кишиге жооп кайтаруу үчүн Аллах Таала анын рухун кайтарарын кабарлаган. Мейли ага салам айткан адам жакын болсун же алыс болсун айырмасы жок. Кабыр жашоосу кайып ааламына кирет. Анын акыйкатын бир гана Аллах билет. Ал бардык нерсеге Кудуреттүү.</t>
   </si>
   <si>
     <t>الحث على الإكثار من الصلاة والسلام على النبي صلى الله عليه وسلم.
 حياة النبي صلى الله عليه وسلم في قبره هي أكملُ حياة يحياها إنسان في بَرْزَخِه، فلا يَعلم حقيقتها إلا الله تعالى.
 الحديث ليس فيه حُجّة لمن يقول بحياة رسول الله صلى الله عليه وسلم حياةً كما نعيشها نحن، حتى لا يَستدِلّ به أهل الشرك على الاستغاثة به عليه الصلاة والسلام، وإنما هي حياة برزخية.</t>
   </si>
   <si>
     <t>Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) көбүрөөк салам жана салават айтууга кызыктыруу.
 Пайгамбарыбыздын кабырдагы жашоосу инсан кабырында жашаган жашоонун эң толугу. Болгону анын акыйкатын жана кандайлыгын Аллахтан башка эч ким билбейт.
 Бул хадис пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) азыркы жашоосу биздин жашообуз сыяктуу деп, андан жардам сурап ширк кылгандарга далил эмес. Анын жашоосу кабыр жашоосу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6222</t>
   </si>
   <si>
-    <t>مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ</t>
+    <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>Кайсы бир мусулман пенде, ага парз намаздын убактысы келгенде дааратын жеткиликтүү алып, жүрөгү менен берилип, үрүкүлөрүн жакшы аткарып намаз окуса, андан мурдагы (майда) күнөөлөрүн кетирет, эгер ал чоң күнөө кылбаган болсо. Бул ар дайым ушундай</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
     <t>Усман (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Кайсы бир мусулман пенде, ага парз намаздын убактысы келгенде дааратын жеткиликтүү алып, жүрөгү менен берилип, үрүкүлөрүн жакшы аткарып намаз окуса, андан мурдагы (майда) күнөөлөрүн кетирет, эгер ал чоң күнөө кылбаган болсо. Бул ар дайым ушундай".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип баяндайт: ага парз болгон намаз убактысы киргенде мусулман адам жакшылап, толук даарат алса, анан жүрөгү менен да, дене мүчөлөрү менен да Аллахка берилип, Анын улуктугун сезип намаз окуса, намаздын үрүкү, сажда ж.б.у.с. амалдарын толук аткарса, анда анын бул намазы ага чейин жасаган майда күнөөлөрүнө каффарат болот, б.а. күнөөлөрүн кетирет. Бирок ал чоң күнөөлөрдү кылбоосу шарт. Мындай артыкчылык бардык заманга жана бардык намаздарга тиешелүү.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Күнөөлөрдүн кечирилүүсүнө себеп болгон намаз: Пенденин дааратын жеткиликтүү алып, Аллахтын ыраазылыгын үмүт кылып, жүрөгү менен берилип окуган намазы.
 Ибадаттарды токтотпой улантуу артыкчылыктуу иш, анткени ал майда күнөөлөрдүн кечирилүүсүнө себеп болот.
 Дааратты жеткиликтүү алуу, намазды берилүү менен жакшы окуу артыкчылыктуу иштерден.
 Майда күнөөлөр кечирилүүсү үчүн чоң күнөөдөн оолак болуу зарыл.
 Ал эми чоң күнөөлөр тообо кылуу менен гана кечирилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6254</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
-[...2 lines deleted...]
-    <t>Аткарылган жакшы амалдары Аллахка сүйкүмдүү болгон мына ушул күндөрдөн өткөн башка күн жок" т.а. Зулхижжанын баштапкы он күнү"</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
+  </si>
+  <si>
+    <t>Аткарылган жакшы амалдары Аллахка сүйкүмдүү болгон мына ушул күндөрдөн өткөн башка күн жок" т.а. Зулхижжанын баштапкы он күнү</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>Ибн Аббас (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Аткарылган жакшы амалдары Аллахка сүйкүмдүү болгон мына ушул күндөрдөн өткөн башка күн жок" т.а. Зулхижжанын баштапкы он күнү" . Сахабалар: О, Аллахтын элчиси, Аллах жолундагы жихад да буга жетпейби? - деп сурады. "Аллах жолундагы жихад да жетпейт. Бир гана өз мал-жаны менен чыгып, кайра кайтпай калган адамдын сообу буга жетет" - деди.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Зулхижжа айынын баштапкы он күнүндөгү жакшы амалдар жылдын башка учурларынан абзел экенин кабарлаган.
 Сахабалар бул күндөрдөн башка күндөрү Аллах жолунда жихадга чыгуунун сооп-сыйлыгы тууралуу, бул амал абзелби, же ушул күндөрдөгү жакшы амалдар абзелби деп сурашат. Анткени аларда жихад иш-амалдардын эң абзели экени белгилүү эле.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга мынтип жооп берип: бул күндөрдөгү жакшы амалдар башка күндөгү жихаддан да сооптуу, бирок бирөө Аллах жолунда жихадга өз мал-мүлкү менен чыкса жана мал-мүлкү түгөнүп, өзү да шейит болуп кетсе, ушул адамдын гана сооп-сыйлыгы жогору болорун айтат. Бул күндөрдөгү жакшы амалдарды абзел кылган мына ушул.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Зулхижжа айынын баштапкы он күнүндөгү жакшы амалдардын артыкчылыгы, мусулман адамга бул күндөрдү пайдаланып калуунун, ибадаттарды көбөйтүүнүн зарылдыгы айтылган. Аллахты зикир кылуу, Куран окуу, такбир, тахлил, тахмид айтуу, намаз окуу, садага берүү, орозо кармоо ж.б. бардык жакшы амалдарды көбөйтүү керек.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[Ал-Бухари жана Абу Дауд жазып калтырган, бул айтым Абу Даудга тиешелүү]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ</t>
+    <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Куран окуган ыймандуу адам цитрон сыяктуу, анын жыты да, даамы да сонун. Ал эми Куран окубаган ыймандуу адам курма сыяктуу, анын жыты жок, бирок даамдуу</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Абу Муса ал-Ашари (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Куран окуган ыймандуу адам цитрон сыяктуу, анын жыты да, даамы да сонун. Ал эми Куран окубаган ыймандуу адам курма сыяктуу, анын жыты жок, бирок даамдуу  . Куран окуган эки жүздүү (мунафык) адам райхан сыяктуу, анын жыты буркураганы менен даамы ачуу. Ал эми Куран окубаган эки жүздүү адам колоцинт сыяктуу, анын жыты да жагымсыз, даамы да ачуу”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Куранды окуган жана андан пайдаланган адамдардын түрлөрүн баяндаган:
 Биринчиси: Куранды окуп, андан пайдаланган ыймандуу адам. Ал цитрон деп аталаган өсүмдүктүн мөмөсү сыяктуу, анын даамы да жакшы, жыты жана түсү да жакшы. Анын пайдасы көп, ал окуганына амал кылат жана башка пенделерге да пайдасын тийгизет.
 Экинчиси: Куранды окубаган ыймандуу адам. Ал курма сыяктуу, даамы таттуу, бирок анын жыты жок. Курма даамды ичине ороп алып, бирок анын адамдар жыттай турган жагымдуу жыты жок болгон сыяктуу, тиги адамдын жүрөгү ыйманды ороп алган, бирок адамдар угуп ырахат ала тургандай Куранды окубайт.
 Үчүнчүсү: Куран окуган мунафык. Ал Райхан сыяктуу, анын жыты жагымдуу бирок даамы ачуу. Б.а. анын жүрөгү ыйман менен оңдолгон эмес, Куранга да амал кылбайт, адамдардарын арасында өзүн мусулман сыяктуу көрсөтөт. Жыты жакшы деп анын Куран окуганын окшоткон. Даамы ачуу деп анын каапырлыгын окшоткон.
 Төртүнчү: Куран окубаган мунафык. Ал колоцинт сыяктуу, анын жыты да жок, даамы да ачуу. Анын жытынын жоктугун Куран окубаганына окшоткон; Куран окубагандыгы үчүн. Даамынын ачуулугун каапырлыгынын ачуулугуна окшоткон.  Ичи да ыймандан бош, сырткы иштери да пайдасыз, тагыраагы, зыяндуу.</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
     <t>Куран жаттап, ага амал кылгандын артыкчылыгын баяндоо.
 Таалим берүүнүн жакшы жолдорунун бири мисал келтирүү, мындайда түшүнүү жеңил болот.
 Мусулман адам Аллахтын китебин ар дайым окуп туруусу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6258</t>
   </si>
   <si>
-    <t>مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً</t>
+    <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
   </si>
   <si>
     <t>Ар бир парз намаздан кийин биринин артынан бири айтыла турган (зикр) сөздөр айтуучуну (сооптон) куру калтырбайт, булар: отуз үч тасбих, отуз үч тахмид, отуз төрт такбир</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
     <t>Каъб бин Ужранын (ага Аллах ыраазы болсун) айтты: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: Ар бир парз намаздан кийин биринин артынан бири айтыла турган (зикр) сөздөр айтуучуну (сооптон) куру калтырбайт, булар: отуз үч тасбих, отуз үч тахмид, отуз төрт такбир".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтуучусу куру кол калбай турган жана өкүнбөй турган, тескерисинче сооп боло турган зикирлер жөнүндө айткан. Бул сөздөр парз намаздан кийин биринин артынан бири айтылат. Булар төмөнкүлөр:
 "Субхааналлах" деп отуз үч жолу айтуу. Б.а. Аллах Тааланы бардык кемчиликтерден таза деп аруулоо.
 "Алхамду лиллах" деп отуз үч жолу айтуу. Бул сөз Аллахты сүйүү жана улуктоо менен Анын кемчиликсиз толуктугун айтып мактоо.
 "Аллаху Акбар" деп отуз төрт жолу айтуу. Аллах Улук, Ал бардык нерседен Кудуреттүү, Чоң.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Тасбих, тахмид жана такбир айтуунын артыкчылыг. Алар сооптору калуучу, Аллахты ыраазы кылуучу жакшы амалдар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6259</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Ким асыр намазын калтырса, анын амалы текке кетет" - деген</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>Бурайда (ага Аллах ыраазы болсун) мынтип айткан: Асыр намазын эртерээк окугула, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): " Ким асыр намазын калтырса, анын амалы текке кетет" - деген.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) асыр намазын убактысынан атайлап кечиктирүүдөн эскерткен. Ким кечиктирсе иш-амалдары жокко чыгып, текке кетерин айтты.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Асыр намазын абалкы убактысында окуу жана ушуга аракет кылуу керек.
 Асыр намазын калтырган жана убактысынан кечиктирген адамга катуу эскертүү бар. Аны кечиктирүү башка намаздарды кечиктирүүдөн оор күнөө. Анткени ал Аллах Таала: "Намазыңарды, айрыкча ортоңку намазды бекем сактагыла" - деп баса белгилеген ортоңку намаз. (Бакара, 238-аят).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>Ким даарат алганда жеткиликтүү жакшы даарат алса, денесинен күнөөлөрү төгүлүп, тырмактарынын астынан чыгып кетет</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>Усман бин Аффан (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ким даарат алганда жеткиликтүү жакшы даарат алса, денесинен күнөөлөрү төгүлүп, тырмактарынын астынан чыгып кетет".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким сүннөт жана мустахаб амалдарына көңүл буруп даарат алса, бул анын күнөөлөрүнүн кечирилүүсүнө, каталарынын өчүрүлүүсүнө себеп болорун кабарлаган. Күнөө-каталары тырмактарынын астынан чыгып кеткенче өчүрүлөт.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Дааратты анын сүннөтү, мустахабы менен үйрөнүүгө аракеттенүү жана аны иш жүзүндө аткаруу зарыл.
 Даараттын артыкчылыгы, ал майда күнөөлөргө каффарат (кечирим) болот. Ал эми чоң күнөөлөргө тообо кылуу тообо кылуу менен гана кечирилет.
 Каталардын өчүүсүнүн шарты - дааратты жеткиликтүү алуу жана пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлагандай кемчиликсиз аткаруу.
 Бул хадистеги күнөөлөрдүн кечирилүүсү чоң күнөөлөргө жакындабоого жана ага тообо кылууга байланышкан. Анткени, Аллах Таала: "Эгер тыюу салынган чоң күнөөлөрдөн алыс болсоңор, силердин майда күнөөлөрүңөрдү кечиребиз" - деген. (Ниса, 31-аят).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ</t>
+    <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>Ким азанчынын үнүн укканда: "Ашхаду ан лаа илааха иллаллааху вахдаху лаа шарика лах, ва анна Мухаммаддан абдуху ва расуулух, розийту биллаахи роббан, ва бил ислаами диинан" деп айтса, анын күнөөлөрү кечирилет</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Саъд бин Абу Ваккастын (ага Аллах ыраазы болсун) риваятында Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким азанчынын үнүн укканда: "Ашхаду ан лаа илааха иллаллааху вахдаху лаа шарика лах, ва анна Мухаммаддан абдуху ва расуулух, розийту биллаахи роббан, ва бил ислаами диинан" деп айтса, анын күнөөлөрү кечирилет".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) азанчынын үнүн уккан адам төмөнкү сөздөрдү айтса күнөөсү кечирилерин айткан: "Ашхаду ан лаа илааха иллаллааху вахдаху лаа шарика лах" Күбөлүк берем, тастыктаймын, моюнга алам Аллахтан башка ибадатка татыктуу кудай жок, андан башка сыйынылган нерсенин баары батыл, жалган. "Ва анна Мухаммаддан абдуху ва расуулух" Мухаммад Аллахтын кулу жана элчиси, ага ибадат кылынбайт. Ал жалган айтпаган элчи. "Розийту биллахи роббан" Аллахтын рубубиятына, улухиятына, ысым-сыпаттарына баарына ыраазымын. "Ва би Мухаммадин расуулан" Ал алып келген диндин баарына жана бизге жеткиргенине ыраазымын. "Ва бил Ислам" Исламдын бардык буйруктарына жана өкүмдөрүнө, "Диинан" дин болгонуна ишенүү жана баш ийүү менен ыраазымын. (ушинтип айтса) анын кичине күнөөлөрү кечирилет.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Азанды укканда ушул дубаны кайталап айтуу күнөөлөрдү кетирүүчү иштерден.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6272</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>Ким түнү Бакара сүрөөсүнүн акыркы эки аятын окуса, ага жетиштүү болот</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Абу Масъуд (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ким түнү Бакара сүрөөсүнүн акыркы эки аятын окуса, ага жетиштүү болот".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ким Бакара сүрөөсүнүн акыркы эки аятын түндө окуса, Аллах Таала аны жамандыктан сактаарын кабарлаган. Кээ бир аалымдар: Түнкү намаздын ордуна жетиштүү болот деген. Кээ бирлери: Башка зикирлердин ордуна жетиштүү болот деген. Кээ бирлери: Аз дегенде түндө туруп Куран окуунун ордуна жарайт деген. Мындан башка да пикирлер бар. Кантсе да бул пикирлердин баары бирдей эле туура мааниде.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>Бакара сүрөөсүнүн акыркы эки аятынынын артыкчылыгы баян кылынды. Бул аяттар Аллах Тааланын: "Аамана расул..." "Элчилер ыйман келтирди..." деп башталган аятынан баштап Бакара сүрөөнүн акырына чейин.
 Бакара сүрөөсүнүн акыркы аяттарын түндө окуса аны окуган адамдан жамандыкты, шайтанды айдайт.
 Түн күн баткандан башталып, күндүн чыгуусу менен бүтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>Ким Аллахтын китебинен бир тамга окуса, ал үчүн ага бир жакшылык он барабар болуп жазылат</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ким Аллахтын китебинен бир тамга окуса, ал үчүн ага бир жакшылык он барабар болуп жазылат. "Алиф, лам, мим" бир тамга деп айтпайм, бирок "алиф" бир тамга, "лам" бир тамга жана "мим" бир тамга".</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир мусулман Аллахтын китебинен бир тамга окуса, ал үчүн бир жакшылык жазыларын, ал жакшылык он эсеге көбөйтүлөрүн кабарлаган.
 Кийин аны мынтип баяндады: ("Алиф, лам, мим" бир тамга деп айтпайм, бирок "алиф" бир тамга, "лам" бир тамга жана "мим" бир тамга"): ошондо үч тамга болуп, ага отуз жакшылык жазылат.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Куранды көбүрөөк тилават кылып окууга кызыктырган.
 Ар бир сөздүн ар бир тамгасы үчүн окуган окуучуга он эсеге көбөйтүлгөн жакшылык болот.
 Аллах Тааланын ырайымынын жана берешендигинин кенендиги айтылган, пенденин сообунун артыкчылыгы жана берешендиги менен эселеп көбөйтөт.
 Курандын башка сөздөрдөн артыкчылыгы жана аны окуунун ибадат улуулугу айтылды. Анткени ал Аллах Тааланын сөзү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6275</t>
   </si>
   <si>
-    <t>كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ</t>
-[...2 lines deleted...]
-    <t>"Адам баласы мени жалганчыга чыгарды, мындай кылуу аларга ылайык эмес эле. Алар Мени сөгүштү, мындай кылуу аларга ылайык эмес эле.</t>
+    <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
+  </si>
+  <si>
+    <t>Адам баласы мени жалганчыга чыгарды, мындай кылуу аларга ылайык эмес эле. Алар Мени сөгүштү, мындай кылуу аларга ылайык эмес эле</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын мындай дегенин айтат:  "Адам баласы мени жалганчыга чыгарды, мындай кылуу аларга ылайык эмес эле. Алар Мени сөгүштү, мындай кылуу аларга ылайык эмес эле.  Жалганчыга чыгарганы: бизди биринчи жолу жараткандай, кайра жарата албайт деп айтканы. А чынында, аларды кайра тирилтүү жоктон бар кылып биринчи жолу жаратканга караганда жеңил эмеспи. Ал эми сөккөнү: Аллахтын баласы бар деп айтканы. А чынында, Мен эч нерсеге муктаж эмес Жалгызмын, тууган да, туулган да эмесмин, Мага эч нерсе тең эмес".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кудуси хадисте Аллах Тааланы жалганчыга чыгарып, кемчиликтүү жана айыптуу деп сыпаттаган, бирок андай кылуу аларга ылайык болбогон мушриктер менен каапырлар тууралуу айтканын кабарлайт.
 Аллардын Аллахты жалганга чыгарганы: Аллах Таала аларды биринчи жолу жоктон бар кылып жараткандай, алар өлгөндөн кийин кайра тирилтпейт деген ойлору. Аллах Таала аларга жооп кылып, аларды биринчи жолу жоктон бар кылып жараткан Аллах кайра тирилтүүгө да кудуреттүү экенин, бул биринчи жаратууга караганда оңой экенин айтат. Аллах үчүн жаратуу жана кайра тирилтүү бирдей эле иш. Аллах бардык нерсеге кудуреттүү.
 Ал эми аны акаарат кылып сөккөнү: Анын баласы бар деп айтышканы. Аларга жооп кылып, Ал Өзү ысымдарында, сыпаттарында, иштеринде жалгыз экенин, бардык кемчиликтен жана айыптардан таза экендигин, эч кимге муктажы жок беймуктаж экендигин, баары Ага муктаж экенин, Ал эч кимге ата да, эч кимге бала да болбогонун айтып, Мага окшошо турган же теңдеше турган эч кандай теңи жок деген.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Аллах Тааланын кудуретинин толуктугун бекемдөө.
 Өлүмдөн кийин кайра тирилүүнү тастыктоо.
 Аллахтын баласы бар деп эсептеген жана кайра тирилүүнү четке каккан адам каапыр болот.
 Аллахтын окшошу да, теңдеши да жок.
 Аллахтын мээри кенен, каапырлар тообо кылып, кайтып калабы деп аларга убакыт берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6327</t>
   </si>
   <si>
-    <t>مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ</t>
-[...2 lines deleted...]
-    <t>"Ким Менин досума душмандык кылса Мен ага согуш жарыя кыламын. Пендемди мага жакындата турган Мен ага парыз кылган амалдардан өткөн амал жок.</t>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Ким Менин досума душмандык кылса Мен ага согуш жарыя кыламын. Пендемди мага жакындата турган Мен ага парыз кылган амалдардан өткөн амал жок</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, Аллах Таала мындай деди:  "Ким Менин досума душмандык кылса Мен ага согуш жарыя кыламын. Пендемди мага жакындата турган Мен ага парыз кылган амалдардан өткөн амал жок. 
  Пендем Мага напил амалдар аркылуу жакындаган сайын, Мен аны жакшы көрөм. А Мен аны жакшы көрсөм, анын уга турган кулагы, көрө турган көзү, кармай турган колу жана баса турган буту болом. Эгер менден сураса, берем, Эгер Мени менен сактанса, сактайм. Мен кылган иштеримден момундун жанын алганда экиленгендей экиленген эмесмин, ал өлүмдү жек көрөт, Мен аны кыйнаган нерсени жек көрөм".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Улук Аллах Таала кудусий хадисте минтип айтканын кабарлайт: Ким менин досторумдан бирине ыза берсе, ачууландырса, же аны жек көрсө, мен ага билдирем жана ага согуш жарыялайм.
 Дос дегени: такыба ыймандуу адам. Пендеде ыйман жана такыбылатан канча болсо, Аллахка достугу ошончолук болот. Мусулманды Раббисине жакындата турган эң жакшы иш - ибадаттарды аткаруу жана күнөөлөрдөн тыйылуу сыяктуу ага важыб, парз кылынган иштер. Мусулман адам парз ибадаттар менен бирге напил ибадаттарды аткарган сайын Раббисине жакындап, Анын сүйүүсүнө жетет. Аллах аны жакшы көрүп калгандан кийин анын төмөнкү төрт мүчөсүн күнөөдөн Өзү сактайт:
 Угуусун сактайт, Аллах ыраазы боло турган сөздөрдү гана угуп калат.
@@ -11551,237 +11932,237 @@
 Аны менен бирге Аллахтан эмнени сураса, Аллах ага сураганын берет. Дубасы кабыл болуучу киши болот. Эгер Аллах менен сактанып, Андан коргоо тилесе, Аллах аны корккон нерсесинен сактап, коргойт.
 Андан кийин Аллах Таала айтат: Мен кылган иштеримдин ичинен ыймандуу адамга ырайым кылып анын жанын алганда экиленгендей эч экиленбеймин; анткени ал өлүм учурунда катуу оору болгону үчүн аны жек көрөт, Аллах болсо ыймандуу адамды кыйнаган нерсени жек көрөт.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Бул хадис пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббисинен риваят кылган хадистерден. Мындай хадистер кудсий же илахий хадис деп аталат. Анын сөзү жана мааниси Аллахтан, бирок кудсий хадис Курандын башкалардан айырмаланып турган өзгөчөлүктөрүнө ээ эмес. Мисалы, Куранды окуу ибадат, аны даарат менен кармоо керек, ал сыяктууну алып келүүгө атаандаштыкка чакыруу, анын муъжизалыгы ж.б.
 Аллахтын досторуна ыза берүүдөн тыйып, алардын артыкчылыгын моюнга алып, аларды жакшы көрүүгө үндөө.
 Аллахтын душмандарына душман болууга буйруган. Алар менен дос болуу арам.
 Ким өзүн Аллахтын досумун деп эсептесе, бирок Анын шариятын аткарбаса, анда ал айтканында жалганчы.
 Аллахтын достугуна буйруктарды аткаруу, арамдардан тыйылуу аркылуу гана жетүүгө болот.
 Аллахтын сүйүүсүнө ээ болуунун жана дубасы кабыл боло турган адам болуунун себептеринин бири, парз амалдарды аткаруу менен бирге напил амалдарды да аткаруу жана арам иштерден тыйылуу.
 Аллахтын досторунун шарапаты улук, даражасы бийик экенине далил.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6337</t>
   </si>
   <si>
-    <t>اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ</t>
+    <t>اثنتان في الناس هما بهم كفر: الطعن في النسب، والنياحة على الميت</t>
   </si>
   <si>
     <t>Адамдарда каапырлыктын  белгилеринен болгон эки белги бар: Ата-текти кемсинтүү жана өлүккө өкүрүп ыйлоо</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адамдарда каапырлыктын  белгилеринен болгон эки белги бар: Ата-текти кемсинтүү жана өлүккө өкүрүп ыйлоо".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن خصلَتَين في الناس من أعمال الكفار، وأخلاق الجاهلية، وهما: 
 الأولى: الطَّعْن بأنساب الناس وتَنَقُّصُهم والتكبُّر عليهم. 
 الثانية: رفع الصوت عند المصيبة تَسَخُّطًا على القَدَر، أو قطع الثياب من شِدّة الجَزَع.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эки ишти каапырлардын амалы, Исламга чейинки доордон калган ахлак деп кабарлаган. Ал экөө:
 Биринчиси: Адамдардын тегин кемсинтип, аларды басынтып, текеберлик кылуу.
 Экинчиси: өлүм болгондо тагдырга нааразы болуп, үнүн көтөрүп өкүрүп ыйлоо, же сабырсыздыктан улам кийимин тытып ыйлоо.</t>
   </si>
   <si>
     <t>الحثُّ على التواضع وعدَم التكبُّر على الناس.
 وجوب الصبر على المصيبة وعدم التسخُّط.
 هذه الأعمال من الكُفْر الأصغر، وليس مَن قام به شُعْبةٌ من شُعَب الكُفْر يكون كافرًا الكفر المُخْرِج من المِلّة حتى يقومَ به الكفرُ الأكبر.
 نهي الإسلام عن كلِّ ما يؤدِّي إلى الفُرْقَة بين المسلمين من الطعن في الأنساب وغيرها.</t>
   </si>
   <si>
     <t>Кичи пейил болууга, адамдарга текеберленбөөгө кызыктыруу.
 Жоготуу кайгысы болгондо сабыр кылып, тагдырга ачууланбоо важыб.
 Бул иштер кичине каапырлыктан, буларды кылган адам каапыр боло турган каапырлыктын бир бутагын кылган болуп эсептелбейт. Адамды диинден чыгара турган каапырлык бул чоң каапырлык болот.
 Ислам дини мусулмандардын ортосунда бөлүнүүгө алып келе турган бардык иштен тыят. Мисалы, тегин кемсинтүү ж.б.у.с.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6361</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ</t>
+    <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
   </si>
   <si>
     <t>Кимде-ким ант берип, антында: "Лат жана Уззага ант" деп айтса, ал "Лаа илааха иллалллаху" деп келме келтирсин. Кимде-ким жолдошуна "кел кумар ойнойбуз" деп айтса, ал садага берсин</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким ант берип, антында: "Лат жана Уззага ант" деп айтса, ал "Лаа илааха иллалллаху" деп келме келтирсин. Кимде-ким жолдошуна "кел кумар ойнойбуз" деп айтса, ал садага берсин.</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
 ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
 ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын атынан башка нерсе менен ант ичүүгө тыюу салып, катуу эскерткен. Ыймандуу адам Аллахтын аты менен гана ант ичет. Кимде-ким Аллахтын атынан башка нерсе менен, мисалы: Лаат жана Уззага ант деп, Исламга чейинки доордо кудай кылып сыйынып жүрүшкөн эки буттардын аты менен ант ичсе, ширктен өзүн тазалоо үчүн жана бул антынын күнөөсүнөн кутулуу үчүн дароо "лаа илааха иллал-лааху" деп келме келтириши зарыл.
 Ошондой эле, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким жолдошуна "кел кумар ойнойбуз" деп айтса, аны чакырганы үчүн дароо садага берсин деген. Кумар оюну эки же андан көп кишинин ортосуна коюлган акчага ойнолуп, алардын бири да утуп аларын же утулуп каларын билбейт.</t>
   </si>
   <si>
     <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
 الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
 قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
 ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
 تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
 وجوب الرجوع عن المعصية في حال اقترافها.
 من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
   </si>
   <si>
     <t>Аллахтын гана аты менен же Анын ысым-сыпаттары менен ант ичүүгө болот.
 Аллахтын атынан башка нерсе менен ант ичүү арам. Лаат жана Узза сыяктуу буттардын аты менен болсун, же пайгамбардын аты менен болсун, же дагы башка нерсе менен болсун, айырмсы жок. Баарына тыюу салынган.
 Ал-Хаттабий минтип айткан: Ант сыйынылуучу улуу Заттын аты менен айтылат. Лаат же ошол сыяктуу нерсеге ант ичсе, каапырларды туураган болот. Ошон үчүн дароо тавхид келмесин айтуусу зарыл болот.
 Аллахтан башка менен ант ичкен адамга антынын ордуна төлөй турган акы-төлөм жок. Ага истигфар айтып Аллахка кайтуу зарыл. Анткени, анын күнөөсү тообо кылуудан башка нерсе менен кечирилбейт.
 Кумардын кайсы түрү кандай сүрөттө болбосун, баары арам. Аллах Таала анын арамдыгын арак ичүү жана төлгө тартуу менен бир катарда айтып арам кылган.
 Күнөө кылып алганын билер замат андан кайтуу важыб.
 Кимде-ким күнөө иш жасап алса, анын артынан дароо жакшы иш жасасын. Анткени, жакшылык жамандыкты жууп кетет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6379</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْمُفْلِسُ؟</t>
+    <t>أتدرون ما المفلس؟</t>
   </si>
   <si>
     <t>“Куру-жалак калган адам ким экенин билесиңерби?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: бир жолу Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): “Куру-жалак калган адам ким экенин билесиңерби? ” - деп сурап калды. Куру-жалак калды деп арабыздагы күмүш акчасы да, буюм-терими да жок калган кишини айтабыз деди сахабалар. Аллахтын элчиси (ага Алланын тынчтыгы жана мактоосу болсун): “Чынында, менин үммөттүмдөгү куру-жалак калган адам: кыямат күнү окуган намазы, туткан орозосу, берген зекети менен келет. Ошол эле учурда ал бирөөнү сөккөн, бирөөгө жалаа жапкан, бирөөнүн малын жеген, бирөөнүн канын төккөн, бирөөнү урган сыяктуу жаман иштерин да ала келет. Анан анын жакшы иш-амалдары тигилерге алып берилет. Кокус моюнундагы карызы бүтө электе жакшы амалдары түгөп калса, анда тигилердин жаман иш-амалдары мунун моюнуна жүктөлөт. Андан кийин тозокко ташталат” - деди.</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларынан куру кол калган адам ким экенин сурады. Сахабалар: Арабызда же малы, же буюуму жок калган адамдар куру кол адамдар деп жооп беришти. Пайгамбарыбыз: Менин үммөтүмдүн куру кол калгандары - кыямат күнү намаз, орозо, зекет ж.б. жакшы иш-амалдары менен келет. Ошону менен бирге бирөөнү сөккөн, дагы бирөөнүн абийирин төккөн, дагы бирөөнүн мал-мүлкүн алып танып кеткен, дагы бирөөнүн канын төгүп зулум кылган, дагы бирөөнү уруп кордогон... Анан ошол зулум чекккендерге анын жакшылыктары алынып берилет, эгер зулумдугу жана алган акылары акырын чыкканга чейин анын жакшылыктары түгөнүп калса, зулум чеккендердин күнөөлөрүнөн ага алынып берилет. Анан анын эч кандай жакшылыгы жок калгандыктан, тозокко ташталат.</t>
   </si>
   <si>
     <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
 حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
 استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
 بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
 معاملة الله للخلق قائمة على العدل والحق.</t>
   </si>
   <si>
     <t>Арам иштерге баруудан эскертет. Айрыкча, пенделердин акысына тиешелүү иштерде, мейли материалдык жактан болсун, мейли моралдык жактан болсун.
 Пенделердин укугун тебелөө (алар өзү кечирмейинче) кечирилбейт. Ал эми Аллахтын укугунда, ширктен башка күнөөлөр (Аллах кааласа) кечирилет.
 Диалог аркылуу үйрөтүү угуучуну ойготуп, анын көңүлүн бурдуруп, кызыгуусун арттырат. Айрыкча, тарбия берүүдө жана илим үйрөтүүдө бул ыкма маанилүү.
 Куру кол калуу дегендин чыныгы мааниси, кыямат күнү болгон жакшылыктарын зулум берген адамдарына алдырып койгон адам.
 Кыямат күндөгү өч алуу жакшылыктардын баарынан куру жалак калганга чейин уланат.
 Аллахтын пенделерине кылган мамилеси адилеттиктин жана акыйкаттыктын үстүнө курулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6454</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>Эгер киши үй-бүлөсүн сооп үмүт кылуу менен каржыласа, анын каржысы садака болуп эсептелет</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Абу Масуъддун (ага Аллах ыраазы болсун) айтымында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактосу болсун) мынтип айткан: "Эгер киши үй-бүлөсүн сооп үмүт кылуу менен каржыласа, анын каржысы садака болуп эсептелет".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эгер эркек киши каржылай турган үй-бүлөсүн, аялын, ата-энесин, балдарын ж.б. каржыласа, ал муну менен Аллахка жакындарын, анын бергенине садака бергендин сообу берилерин кабарлаган.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Үй-бүлөсүн каржылоо менен сооп-сыйлыкка да жетүүгө болот.
 Ыймандуу адам кайсы ишинде Аллахтын ыраазылыгын көздөсө, ошол ишинде сооп болот.
 Бардык иштерде ниетти түздөө зарыл, ушул иштердин бири үй-бүлөсүн каржылап жаткан учур.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>Ыйман жетимиш канча, же алтымыш канча бутактан турат. Анын эң бийиги "Лаа илааха иллаллоох" сөзү, эң төмөнү жолдон зыяндуу нерсени алып таштоо</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Алллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактосу болсун) минтип айткан: "Ыйман жетимиш канча, же алтымыш канча бутактан турат. Анын эң бийиги "Лаа илааха иллаллоох" сөзү, эң төмөнү жолдон зыяндуу нерсени алып таштоо .Уяттуулук да ыймандын бир бутагы".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандын амалды, ишенимди жана сөздү ичине камтыган бир канча бутактары жана түрлөрү бар экенин кабарлады.
 Ыймандын түрлөрүнүн эң абзели: "Лаа илааха иллаллоох" келменин маанисин түшүнүү менен, талабын аткарып амал кылуу менен айтуу. Чынында, Аллах Таала ибадат кылууга татыктуу Жалгыз Кудай, Андан башка ибадатка татыктуу кудай жок.
 Ыймандын амалдарынын эң азы адамдарга зыянын тийгизе турган нерселерди алардын жолунан тазалап алып таштоо.
 Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) уяттуулук да ыймандын бир бөлүгү экенин айткан. Уяттуулук бул жаман ишти таштап, жакшы ишти кылууга түрткү болгон кулк-мүнөз.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Ыймандын биринен бири өйдө болгон даражалары бар.
 Ыйман - бул тилде, амалда жана жүрөктө болот.
 Аллах Тааладан уялуу деген - ал Сени тыйган жерде Аллах сени көрбөстүгү, сага буйруган иште Ал сени жоготпостугу.
 Сандардын айтылуусу ушунча санда деген маани эмес, бул жөн эле ыйман амалдарынын көптүгүн билдирет. Арабтарда кайсы бир нерсеге санды айтышса, андан башка санды жокко чыгарбайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6468</t>
   </si>
   <si>
-    <t>مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ</t>
+    <t>ما من صاحب ذهب ولا فضة، لا يؤدي منها حقها، إلا إذا كان يوم القيامة، صفحت له صفائح من نار</t>
   </si>
   <si>
     <t>Алтыны жана күмүшү бар адам, ал экөөнүн акысын бербесе, кыямат күнү болгондо, алтын-күмүшү оттон болгон тактайчага айланат</t>
   </si>
   <si>
     <t>عَنْ أَبي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ، فَأُحْمِيَ عَلَيْهَا فِي نَارِ جَهَنَّمَ، فَيُكْوَى بِهَا جَنْبُهُ وَجَبِينُهُ وَظَهْرُهُ، كُلَّمَا بَرَدَتْ أُعِيدَتْ لَهُ، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ، إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْإِبِلُ؟ قَالَ: «وَلَا صَاحِبُ إِبِلٍ لَا يُؤَدِّي مِنْهَا حَقَّهَا، وَمِنْ حَقِّهَا حَلَبُهَا يَوْمَ وِرْدِهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، أَوْفَرَ مَا كَانَتْ، لَا يَفْقِدُ مِنْهَا فَصِيلًا وَاحِدًا، تَطَؤُهُ بِأَخْفَافِهَا وَتَعَضُّهُ بِأَفْوَاهِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْبَقَرُ وَالْغَنَمُ؟ قَالَ: «وَلَا صَاحِبُ بَقَرٍ، وَلَا غَنَمٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، لَا يَفْقِدُ مِنْهَا شَيْئًا، لَيْسَ فِيهَا عَقْصَاءُ، وَلَا جَلْحَاءُ، وَلَا عَضْبَاءُ تَنْطَحُهُ بِقُرُونِهَا وَتَطَؤُهُ بِأَظْلَافِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْخَيْلُ؟ قَالَ: «الْخَيْلُ ثَلَاثَةٌ: هِيَ لِرَجُلٍ وِزْرٌ، وَهِيَ لِرَجُلٍ سِتْرٌ، وَهِيَ لِرَجُلٍ أَجْرٌ، فَأَمَّا الَّتِي هِيَ لَهُ وِزْرٌ، فَرَجُلٌ رَبَطَهَا رِيَاءً وَفَخْرًا وَنِوَاءً عَلَى أَهْلِ الْإِسْلَامِ، فَهِيَ لَهُ وِزْرٌ، وَأَمَّا الَّتِي هِيَ لَهُ سِتْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ، ثُمَّ لَمْ يَنْسَ حَقَّ اللهِ فِي ظُهُورِهَا وَلَا رِقَابِهَا، فَهِيَ لَهُ سِتْرٌ وَأَمَّا الَّتِي هِيَ لَهُ أَجْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ لِأَهْلِ الْإِسْلَامِ، فِي مَرْجٍ وَرَوْضَةٍ، فَمَا أَكَلَتْ مِنْ ذَلِكَ الْمَرْجِ، أَوِ الرَّوْضَةِ مِنْ شَيْءٍ، إِلَّا كُتِبَ لَهُ، عَدَدَ مَا أَكَلَتْ حَسَنَاتٌ، وَكُتِبَ لَهُ، عَدَدَ أَرْوَاثِهَا وَأَبْوَالِهَا، حَسَنَاتٌ، وَلَا تَقْطَعُ طِوَلَهَا فَاسْتَنَّتْ شَرَفًا، أَوْ شَرَفَيْنِ، إِلَّا كَتَبَ اللهُ لَهُ عَدَدَ آثَارِهَا وَأَرْوَاثِهَا حَسَنَاتٍ، وَلَا مَرَّ بِهَا صَاحِبُهَا عَلَى نَهْرٍ، فَشَرِبَتْ مِنْهُ وَلَا يُرِيدُ أَنْ يَسْقِيَهَا، إِلَّا كَتَبَ اللهُ لَهُ، عَدَدَ مَا شَرِبَتْ، حَسَنَاتٍ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْحُمُرُ؟ قَالَ: «مَا أُنْزِلَ عَلَيَّ فِي الْحُمُرِ شَيْءٌ، إِلَّا هَذِهِ الْآيَةَ الْفَاذَّةُ الْجَامِعَةُ»: {فَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ خَيْرًا يَرَهُ، وَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ شَرًّا يَرَهُ} [الزلزلة: 8].</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Алтыны жана күмүшү бар адам, ал экөөнүн акысын бербесе, кыямат күнү болгондо, алтын-күмүшү оттон болгон тактайчага айланат  жана ал отко кызытылат, анан аны менен ээсинин капталына, бешенесине жана артына үтүктөлүп белги салынат. Ал муздаган сайын кайра кайталанып турат. Бул күндүн узактыгы элүү миң жылга тете болот. Ошентип качан адамдарга өкүм чыгып, бара турган жерин же бейишти, же тозокту көргөнгө чейин азапталат".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أصنافًا من المال، وجزاء مَن لم يُؤدِّ زكاتها يوم القيامة، ومنها: 
 الأول: الذهب والفضة وما في حكمهما من أموال وعروض تجارة، وهو ما وجبت فيه الزكاة فلم تُؤَدَّ، فإذا كان يوم القيامة صُهِرت وسُكِبت على هيئة الألواح، وأوقد عليها في نار جهنم، وعُذِّب بها صاحبها، فيكوى بها جَنْبُه وجَبْهَتُه وظَهره، كلما بَرَدتْ أُعيد إحماؤها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مِقْدار يومِهِ خمسين ألف سنة، حتى يَحْكُم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثاني: مالك الإبل التي لا يُؤدِّي فَرْض زكاتِها وحقِّها، ومنه حَلْبُها لِمَن يَحْضُرُها من المساكين، فيُؤتَى بهذه الإبل عَظَيمةً سمينةً وأكثر ما كانت في عَدَدِها، ويُبسَط ويُلقى ويُمَدّ لها صاحبُها يوم القيامة على أرض واسعة مستوية، تَطَأَه بأرجلها، وتعضُّه بأسنانها، كلّما مَرَّ عليه آخرُها رُدّ عليه أولُها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثالث: مالك البقر والغنم -من الضّأن والماعِز- التي لا يؤدِّي صاحبها زكاتها المفروضة، فيؤتى بها أَوْفَرَ ما كانت عَدَدًا لا ينقص منها شيء، فيبسط ويُلقى ويُمَدّ لها صاحبها يوم القيامة على أرض واسعة مستوية، ليس فيها مُلْتَوية القَرنين، ولا ما لا قَرْن لها، ولا مكسورة القرن، بل هي على أَكْمَل أوصافِها، فتَنْطَحُه بقرونها، وتطأه بأرجلها، كلما مر عليه آخرها رد عليه أولها، 
 ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الرابع: مقتني الخيل، وهو على ثلاثة أصناف: 
 الأول: هي له وِزْر، وهو من اتَّخَذَهَا رياءً وفخرًا وحربًا على أهل الإسلام. 
 الثاني: هي له سِتْر، وهو من اتخذها للجهاد في سبيل الله، ثم أحسن إليها فقام بِعَلْفِها وسائر مُؤَنِها، ومنه إِطْراق فَحْلِها. 
 الثالث: هي له أَجْر، وهو مَن اتَّخَذَها للجهاد في سبيل الله لأهل الإسلام، وهي في مَرْجٍ ورَوضة للرَّعْي، فما أَكَلت إلا كُتِب له عَدد ما أكلت حسنات، وكتب له عدد أرواثها وأبوالها حسنات، ولا تقطع طولها، وهو الحِبْل الذي تُربَط فيه، وجَرَت ورَكَضَت في العالي من الأرض؛ إلا كُتب الله له عدد آثارها وأرواثها حسنات، ولا مَرّ بها صاحبُها على نهر فشربت منه ولا يريد أن يسقيها، إلا كتب الله له عدد ما شربت حسنات. 
 ثم سئل صلى الله عليه وسلم عن الحمير أهي مثل الخيل؟ 
@@ -11801,1343 +12182,1349 @@
   </si>
   <si>
     <t>وجوب إيتاء الزكاة، والوعيد الشديد على منعِها.
 عدم كفر مانع الزكاة تكاسلًا، لكنه على خطر شديد.
 الإنسان يُؤجَر على التفاصيل التي تقع في فعل الطاعة، إذا قصد أصلَها، وإن لم يقصد تلك التفاصيل.
 في المال حقٌّ سِوى الزكاة.
 من الحق في الإبل حَلْبُها لمن يحضرها من المساكين عند موضع شربها الماء؛ ليكون أسهل على المحتاج من قصد المنازل، وأرفق بالماشية، قال ابن بطال: في المال حَقَّان: فرض عين وغيره، فالحَلْب من الحقوق التي هي من مكارم الأخلاق.
 من الحق الواجب في الإبل والبقر والغنم إطراق فحلها إذا طلبت عاريته.
 حكم الحُمُر وكل ما لم يرد به نص: أنه داخل في قوله تعالى: (فمن يعمل مِثقال ذرة خيرًا يَره، ومن يعمل مِثقال ذرة شرًا يره).
 في الآية الترغيب في فعل الخير ولو قليلًا، والترهيب من فعل الشر ولو حقيرًا.</t>
   </si>
   <si>
     <t>Зекетти өз убагында берүү важыб. Бербеген адамга катуу азап убада кылынган.
 Жакшы маани бербей зекетин чыгарбай жүргөн адам каапыр деп эсептелбейт, бирок бул өтө коркунутуу.
 Адам  жакшылыктын негизин максат кылса, таат-ибадаттын майда-чүйдөсүнө да сооп жазыла берет. Ал бул майда-чүйдөнү максат кылбаса деле.
 Мал-келде анын зекетинен башка да акылары болот.
 Төөнүн акыларынын бири ал суу ичкени келген ордунда сүтүн саап муктаждарга берүү. Мындай кылуу муктаждар үчүн жеңил, төөлөргө да ыңгайлуу болот. Ибн Баттал минтип айткан: Малдын эки акысы бар: анык парз болгон жана андай болбогон. Сүтүн саап берүү бул анык парз эмес, бирок жакшы ахлакты билдирген акылардан.
 Төө, уй жана койдун важыб болгон акысынын бири эгер талап кылса акысыз уруктандыруу.
 Эшектин өкүмү ж.б. айтылбаган нерселердин баарынын өкүмү "Кимде-ким кымындын салмагындай жакшылык кылса, аны көрөт. Кимде-ким кымындын салмагындай жамандык кылса, аны көрөт" деген аяттын ичинде камтылган.
 Аятта жакшылыкты аз болсо да кылууга үндөө, жамандыкты аз болсо да сактанууга эскертүү бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6611</t>
   </si>
   <si>
-    <t>مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ</t>
+    <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
   </si>
   <si>
     <t>Силерден кимиңер болбосун, жакында Аллах Таала аны менен котормочусуз сүйлөшөт</t>
   </si>
   <si>
     <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
   </si>
   <si>
     <t>Адий бин Хаатим (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерден кимиңер болбосун, жакында Аллах Таала аны менен котормочусуз сүйлөшөт.Ошондо ал оң тарабына карап жасаган жакшы амалдарын гана көрөт. Сол тарабына карап жасаган жаман иштерин гана көрөт. Алдына карап бет алдында турган жалындуу тозокту көрөт. Ошон үчүн жарты курманы садака кылып болсо да тозоктон сактангыла".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
 فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
 وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
 وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
 ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: Кыямат күнү ар бир момун мусулман Аллах Тааланын алдына келип турат. Аллах Таала аны менен эч кандай ортомчусу, котормочусу жок түзмө-түз сүйлөшөт. Пенде катуу коркконунан бет алдындагы тозоктон кутулуп чыгуунун жолу барбы деп эки жагына алаңдап карайт. Ошондо оң тарабына караганда бул дүйнөдө жасаган жакшы амалдарын көрөт. Сол тарабына караганда жалаң жаман күнөө иштерин көрөт. Алды тарабына караса, тозок отун көрөт. Тозок отунан кутулуунун айласын таппайт. Тозоктун үстүндөгү кыл көпүрөдөн өтүүдөн башка айласы калбайт. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Өзүңөрдү садака аркылуу тозоктон тоскула, курманын жарымындай нерсе болсо да садака бергиле деп эскертти.</t>
   </si>
   <si>
     <t>الحث على الصدقات وإن قَلَّتْ والتَّخَلُّق بالخصال الحميدة، والمعاملة باللطف ولين الكلام.
 قرب الله تعالى من عبده يوم القيامة، إذ ليس بينهما حجاب ولا واسطة ولا ترجمان، فليَحذَر المؤمن من مخالفة أمر ربه.
 ينبغي على المرء أن لا يحتقر ما يتصدق به، ولو كان يسيرًا، فإنه وقاية من النار.</t>
   </si>
   <si>
     <t>Аз болсо да садака берүүгө, мактоого татыктуу жакшы мүнөздүү болууга, жумшактык, жылуу сөз менен мамиле кылууга үндөгөн.
 Кыямат күнү Аллах Таала пенделерге жакын болот. Ошондуктан алардын ортосунда тосмо, же ортомчу, же котормочу керек эмес. Ыймандуу Раббисинин буйруктарына тескери иштерди кылуудан этият болуусу зарыл.
 Садака берген нерсесин аз же кичине деп санабоо керек. Садака аз болсо да тозоктон коргоочу болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6615</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>Төөлөрдүн моюнундагы тебеге байланган мончокторду да, башка мончокторду калтырбай алышсын" - деди</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>Абу Башир ал-Ансарий (ага Аллах ыраазы болсун) риваят кылат: Ал Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менен кайсы бир сапарында чогуу болот. Ал айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдар турагында эс алып жатканда аларга элчисин жиберип: " 
 Төөлөрдүн моюнундагы тебеге байланган мончокторду да, башка мончокторду калтырбай алышсын" - деди.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сапарда жүрүп, адамдар эс алууга токтоп, уктоочу жайына тиккен чатырларында турган кезде аларга чабарманын жиберип, аларды төөлөрүнүн моюнуна байлаган мончокторун кыркып алууга буйруду. Мейли ал мончок жаанын тебе жибине байланган болсун, же коңгуроо, чокой сыяктуу нерсе болсун. Анткени, алар мындай нерселерди көз тийүүдөн сактануу үчүн байлашар эле. Аларды кесип таштоого буйрулушту. Себеби мындайлардан эч нерсе кайтарылбайт б.а. мындайлар көз тийүүдөн тосо албайт. Пайда да, зыян да шериги жок Жалгыз Аллахтын колунда.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Пайда берет же зыяндан тосот деп жипти жана мончокторду байлоо тыюу салынган арам иш. Анткени бул ширк амалдарынан.
 Мончокту кооздук үчүн, же улоону башкаруу үчүн, же аны байлоо үчүн колдонсо эч нерсе эмес.
 Туура эмес ишти мүмкүнчүлүгүнө жараша кайтаруу важиб.
 Жүрөктү бир гана эч шериги жок Аллахка байлоо важиб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6761</t>
   </si>
   <si>
-    <t>مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ</t>
+    <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>Тумар тагынган адам, чынында ширк кылган болот" - деди</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Укба бин Аамир аль-Жуханий (ага Аллах ыраазы болсун) айтат: Аллахтын эчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) он чакты адам келип, ал алардын тогузу менен убада-келишим кылып, онунчусуна келишим кылбай койду. О, Аллахтын элчиси, тогузу менен келишим кылып, бирөөн калтырып койдуң го? - дешти эле, ал: "Анын тагынган тумары бар экен" - деди. Тиги киши коюнуна колун салып, тумарын жулуп таштады эле, аны менен убада-келишим кылып, анан: "Тумар тагынган адам, чынында ширк кылган болот" - деди.</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
     <t>Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) бир жамаат адам келет, алардын саны он болчу. Алардын тогузу менен исламга кирүүгө жана аны ээрчүүгө келишим-убадасын алат. Бирөөсү менен андай келишим кылбай койот. Мунун себебин сураганда, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дейт: Анын тумары бар экен. Тумар дегени, мончок, же дагы башка бир нерселерди жипке байлап, көз тийүүдөн жана башка зыяндан сактайт деп тагынып алуу. Ошенткенде тиги киши колун салып тумарын кесип алып таштайт. Ошондон кийин гана пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны менен келишим кылат. Анан тумар тагынуудан тыйып, эскертип, аны тагынуунун өкүмүн баяндайт: "Тумар тагынган киши чынында ширк кылган болот".</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Ким Аллахтан башкага таянса, Аллах анын максатына карама-каршы мамиле кылат.
 Тумар тагынуу жамандыктан, көз тийүүдөн сактоого себеп болот деп ишенүү кичине ширк. Ал эми тумар өзү жамандыктан сактайт деп ишенүү чоң ширк.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6762</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>Ким: Лаа илааха иллаллоох" деп айтып, Аллахтан башка ибадат кылынган нерселерден баш тартса, анын мал-мүлкү жана каны арам болот. Ал эми сурагы Аллахка таандык</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Таарик бин Ашйам ал-Ашжаъи (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Ким: Лаа илааха иллаллоох" деп айтып, Аллахтан башка ибадат кылынган нерселерден баш тартса, анын мал-мүлкү жана каны арам болот. Ал эми сурагы Аллахка таандык".</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Алллахтын тынчтыгы жана мактоосу болсун) кимде-ким "лаа илааха иллаллоох" деп тактап айтканда, Аллахтан башка ибадатка татыктуу кудай жок деп тили менен айтса, күбөлүк берсе, анан Аллахтан башка сыйынып жүргөн нерселеринен баш тартса, Исламдан башка бардык диндерден баш тартса, анын каны жана малы мусулмандарга арам болорун кабарлаган. Биз анын сырткы амалына гана карайбыз, анын малы тартып алынбайт,каны төгүлбөйт. Бирок кокус кылмыш кылып, же жазага кириптер болуп калса гана Ислам өкүмдөрү менен кылмышына жараша өкүм чыгарылат.
 Ал эми анын эсеп-кысабын кыямат күнү Аллах жүргүзөт, эгер айтканында чынчыл болсо сообун алат, эгер эки жүздүүлүк кылып жалган айткан болсо жазасын алат.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>"Лаа илааха иллаллоох" деп тил менен айтуу жана Аллахтан башка сыйынып жүргөн нерселерин таштоо Исламга кирүүнун шарты.
 (Лаа илааха иллаллооху)нун мааниси, Аллахтан башка кабыр, таш-буркан ж.б. сыйынылып жүргөн нерселерден баш тартуу, ибадат кылууда Аллахты жалгыздоо.
 Ким тавхидди айтып, анын шарттарын сырткы көрүнүшүндө карманса, мунун каршысы андан ачык дайын болмоюнча ага тийишпөө важиб.
 Мусулмандын малы, каны жана абийири арам, бирок жазыгы болсо арам эмес.
 Бул дүйнөдө адамдын сырткы амалдарына карай өкүм чыгарылат, акыретте болсо ниетине жана максатына каралат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6765</t>
   </si>
   <si>
-    <t>مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ</t>
+    <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>Кимде-ким бир хадистин жалган экенин билип туруп аны мени айткан деп таратса, ал жалганчылардын бири болот</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Самура бин Жундаб жана Мугира бин Шууба (аларга Аллах ыраазы болсун) экөө айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким бир хадистин жалган экенин билип туруп аны мени айткан деп таратса, ал жалганчылардын бири болот".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: Ким кайсы бир хадистин жалган экенин анык билип туруп, же жалган болуш керек деп күмөнсүрөп туруп, аны пайгамбардын атынан айтып таратса, ал ушул жалгандын таралуусуна шериктеш болуп калат.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Пайгамбардан риваят болгон хадистерге дыкат менен кароо жана аны айтып өткөрүүдөн мурда анын тастыкталганын так билүү зарыл.
 Жалганчы деген сыпат жалганды айткан, башкаларга айтып өткөргөн жана жайылткандардын баарына бирдей айтылат.
 Айтылган "хадис" жалган сөз экенин анык билген же жалган деп күмөн кылган адамга аны башкаларга айтып өткөрүү арам. Бул сөздүн жалган экенин башкаларга эскертүү үчүн гана айтса уруксат.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
+    <t>[رواه مسلم في مقدمته]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6982</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
-[...2 lines deleted...]
-    <t>"Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү Куран эле" - деди Аиша энебиз</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
+  </si>
+  <si>
+    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү Куран эле" - деди Аиша энебиз</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Саъд бин Хишам бин Аамир Аиша энебизге (ага Аллах ыраазы болсун) кирип, мындай деди: "О, ыймандуулардын энеси, мага Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөзү тууралуу айтып бериңизчи". Ошондо ал: "Сен Куран окубайсыңбы?" - деп сурады. Ал: "Окуймун" - деди. 
  "Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү Куран эле" - деди Аиша энебиз.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Аишадан (ага Аллах ырааз болсун) пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү тууралуу суралат. Ал мааниси терең бир сөз менен жооп берет. Суроочунун көңүлүн бардык толук сыпаттарды камтыган Куранга буруп: "Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Курандын ахлагын алган эле" - дейт. Куран эмнеге буйруса аны аткарган, Куран эмнеден тыйса, андан сактанган, мүнөзү ага амал кылуу менен болгон, чектеринен чыккан эмес, адебинен адеп алган, мисалдарынан жана окуяларынан сабак алган.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) Куран ахлактарынан алганынан үлгү алуу зарыл.
 Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү мактоого татыктуу, анын ахлагы аян-кабардын маңызынан болчу.
 Куран бардык жакшы ахлактардын башаты.
 Ислам ахлагы буйруктарды аткарып, тыюулардан тыйылуу менен бардык динди ичине камтыйт.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[Муслим узун хадис боюнча жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8265</t>
   </si>
   <si>
-    <t>الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء</t>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>Мээримдүүлөргө Мээримдүү Зат ырайым кылат. Жер жүзүндөгүлөргө ырайым кылгыла, силерге асмандагы Зат ырайым кылат</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Абдулла бин Амр, радияллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Мээримдүүлөргө Мээримдүү Зат ырайым кылат. Жер жүзүндөгүлөргө ырайым кылгыла, силерге асмандагы Зат ырайым кылат".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, башкаларга ырайым кылгандарды Мээримдүү Аллах ырайым кылаарын түшүндүрүп жатат. Бардык нерсени камтыган Анын ырайымдуулугу жетиштүү сыйлык.
 Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, жер жүзүндөгү бардык адамдарга, айбанаттарга, канаттууларга жана башка бардык жаратылгандарга ырайым кылууну буйруду. Мунун сообу – асмандардын үстүнөн Аллахтын силерге ырайым кылуусу.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Ислам дини мээримдүүлүктүн дини. Ал толугу менен Аллахка ибадат кылууга жана жаратылгандарга жакшылык кылууга негизделген.
 Аллах Таала ырайымдуулук менен сыпатталган. Ал бардык айып-кемчиликтерден Аруу, Мээримдүү, Ырайымдуу жана Өз пенделерине ырайым кылуучу.
 Иш-аракеттердин түрүнө жараша сооп-сыйлык же жаза болот. Ырайымдууларды Аллах ырайымына алат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8289</t>
   </si>
   <si>
-    <t>كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم</t>
+    <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
   </si>
   <si>
     <t>мечитке киргенде: "Ауузу биллахил азиим, ва би важхихил карим, ва султанихил кодим, минаш-шайтоонир-рожим</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
   </si>
   <si>
     <t>Абдуллах бин Амир бин Ааас (ал экөөнө Аллах ыраазы болсун) айткан: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун)  мечитке киргенде: "Ауузу биллахил азиим, ва би важхихил карим, ва султанихил кодим, минаш-шайтоонир-рожим" деп айтты. Абдуллах бин Амрдан: Ушинтип эле айтчубу? - деп сурашты. Ал: "Ооба" - деди. Эгер ушинтип айтса, шайтан: "Бул күн бою менден корголду" - деп айтат.</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
 (أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
 (وبوجهه الكريم) الجَواد المُعطي، 
 (وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
 (القديم) الأزلي الأبدي 
 (من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
 أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
 فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
 قال: نعم.
 فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мечитке кирерде минтип айтчу: (Ауузу биллахил азиим) Улуу Аллахтын жана Анын сыпаттарын айтып коргономун (ва би важхихил карим) Берешен, Жоомарт (ва султонихи) үстөмдүгү, кудурети жана каалаган пендесине төккөн каары (кодим) эзелки, түбөлүк (минаш-шайтонир-рожим) Аллахтын ырайымынан алыстатылган, куулган шайтандан Башкача айтканда: О, Аллахым, мени шайтандын азгырыгынан, ээрчиткен жолдорунан, коркутууларынан, алдаган өтүнүчтөрүнөн жана адаштыруусунан Өзүң сакта. Анткени ал адашууга себепчи, азгырык менен наадандыкка шыкакчы болот. Абдуллах бин Амрдан: пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ушуну эле айттыбы? - деп сурашат жанындагылар. Ал: "Ооба" - деп жооп берет.
 Эгерде мечитке кире турган адам ушул дубаны айтса, шайтан: "Бул адам менден бардык убакта, күнү-түнү корголуп калды" - деп айтат.</t>
   </si>
   <si>
     <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
 التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
 يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
   </si>
   <si>
     <t>Мечитке кирер учурда айтылчу бул зикр артыкчылыктуу дуба. Анткени, муну айткан адам күнү-түнү шайтандан корголот.
 Шайтандан дайыма этият болуп, коргонуу керек. Анткени, ал мусулман адамды азгырып, адаштыруу үчүн дайыма аңдып турат.
 Адам, жүрөгү Аллахка канчалык ишенгенине жана бул дубага канчалык берилгенине, дубаны айткан адамга берген Аллахтын убадасына канчалык даражада ишенгенине жараша шайтандын адаштыруусунан жана алдамчылыгынан корголот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8294</t>
   </si>
   <si>
-    <t>يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ</t>
-[...2 lines deleted...]
-    <t>Кыямат күнү тозокто эң жеңил азап тартып жаткан адамга кайрылып Аллах Таала: "Эгер сенде жер бети толо мүлкүң болсо, аны берип өзүңдү азаптан куткарат белең?" - деп сурайт. Ал: "Ооба"</t>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
+  </si>
+  <si>
+    <t>Кыямат күнү тозокто эң жеңил азап тартып жаткан адамга кайрылып Аллах Таала: "Эгер сенде жер бети толо мүлкүң болсо, аны берип өзүңдү азаптан куткарат белең?" - деп сурайт. Ал: "Ооба</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
   </si>
   <si>
     <t>Анас бин Малик (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү тозокто эң жеңил азап тартып жаткан адамга кайрылып Аллах Таала: "Эгер сенде жер бети толо мүлкүң болсо, аны берип өзүңдү азаптан куткарат белең?" - деп сурайт. Ал: "Ооба"  - дейт. Ошондо Аллах Таала мындай дейт: "Мен сенден мында жеңил нерсени эле каалаганмын. Сен Адамдын белинде жаткан кезиңде Мага эч нерсени шерик кылбашыңды айткам, бирок сен баш тартып, Мага башка нерселерди шерик кылдың".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
 فيقول: نعم، 
 فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: Тозокко түшүп эң жеңил азап менен азапталып жаткан тозок тургунуна кайрылып, Аллах Таала: Сенде бутүндөй дүйнө жана андагы бардык нерселер болсо, ошонун баарын ушул азаптан кутулуу үчүн берет белең? деп сурайт. Тиги адам ооба деп жооп берет. Аллах Таала минтип айтат: Сен Адамдын белинде турганыңда силерден ант келишим алганда Мен сенден буга караганда өтө жеңил нерсени талап кылгам, сенден болгону Мага эч нерсени шерик кылбай ибадат кылууну талап кылып, ушуга буйругам. Кийин сен жашоого келгениңде мындан баш тартып, Мага башка нерсени шерик кылдың.</t>
   </si>
   <si>
     <t>فضل التوحيد ويُسْر العمل به.
 خطر الشرك بالله تعالى وعاقبته.
 أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
 التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
   </si>
   <si>
     <t>Тавхиддин артыкчылыгы жана андагы амалдардын жеңилдиги айтылган.
 Аллахка шерик кошуунун жана ширктин акыбетинин коркунучу айтылган.
 Аллах Таала адамдын урпактары Адам атанын белинде жаткан кезде аларды Өзүнө шерик кошпоого буйруп, шарт убадаларын алган.
 Ширктен сактанууну эскерткен, анткени бүтүндөй дүнүйөсү бар болсо да кыямат күнү каапыр адамды азаптан сактап кала албайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8315</t>
   </si>
   <si>
-    <t>يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا</t>
-[...2 lines deleted...]
-    <t>(Кыяматта бейиш тургундары бейишке киргенден кийин) бир жарчы минтип жар салат: "Силер эми дени сак болосуңар, эч качан оорубайсыңар! Силер эми тирүү болосуңар, эч качан оорубайсыңар! Силер эми жаш болосуңар, эч качан картайбайсыңар! Силер эми ырахатта блсуңар, эч качан кыжаалат болбойсуңар"</t>
+    <t>ينادي مناد: إن لكم أن تصحوا فلا تسقموا أبدا، وإن لكم أن تحيوا فلا تموتوا أبدا، وإن لكم أن تشبوا فلا تهرموا أبدا، وإن لكم أن تنعموا فلا تبأسوا أبدا</t>
+  </si>
+  <si>
+    <t>(Кыяматта бейиш тургундары бейишке киргенден кийин) бир жарчы минтип жар салат: "Силер эми дени сак болосуңар, эч качан оорубайсыңар! Силер эми тирүү болосуңар, эч качан оорубайсыңар! Силер эми жаш болосуңар, эч качан картайбайсыңар! Силер эми ырахатта блсуңар, эч качан кыжаалат болбойсуңар</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَأَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا» فَذَلِكَ قَوْلُهُ عَزَّ وَجَلَّ: {وَنُودُوا أَنْ تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Абу Саъид ал-Худри жана Абу Хурайра (ал экөөнө Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "(Кыяматта бейиш тургундары бейишке киргенден кийин) бир жарчы минтип жар салат: "Силер эми дени сак болосуңар, эч качан оорубайсыңар! Силер эми тирүү болосуңар, эч качан оорубайсыңар! Силер эми жаш болосуңар, эч качан картайбайсыңар! Силер эми ырахатта блсуңар, эч качан кыжаалат болбойсуңар"  бул Аллах Тааланын төмөнкү сөзүнө шайкеш: "Кийин аларга: “Бул силердин кылган иш-амалыңар үчүн мураска берилген бейиш” деп жар салынат" (Аьраф, 43-аят).</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنه ينادي أهلَ الجنة مُنادٍ وهم فيها يتنعمون: إنّ لكم أنْ تَصحوا فلا تمرضوا في الجنة أبدًا مهما قَلَّ المرض، وإنَّ لكم أن تَحْيَوا فلا تموتوا فيها أبدًا ولو كان نومًا وهو موتة صغرى، وإن لكم أن تَشِبُّوا فلا تَشِيْخوا فيها أبدًا، وإن لكم أن تَنْعموا فلا تحزنوا أو تبْأسوا فيها أبدًا، فذلك قوله عز وجل: {ونُودُوا أنْ تلكم الجنة أورثتموها بما كنتم تعملون} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бейиш ээлери бейиште ырахат алып жаткан учурда аларга бир жарчы жар саларын кабарлайт: Силер эми дениңер соо болосуңар, бейиште кичинекей да оору болбойт. Эми тирүү болосуңар, бейиште өлүм болбойт. Кичинекей өлүм деп аталган уйку да жок. Силер эми дайыма жаш болосуңар, бейиште эч качан картаюу болбойт. Эми ырахатта болосуңар, бейиште кайгы, кыжаалатчылык болбойт. Муну Аллах Таала да айткан:  "Кийин аларга: “Бул силердин кылган иш-амалыңар үчүн мураска берилген бейиш” деп жар салынат" (Аьраф, 43-аят).</t>
   </si>
   <si>
     <t>أعظم مُضَيِّقات نعيم الحياة الدنيا مهما بَلَغَ صاحبُه من التَّرَف أربعة أمور: المرض، والموت، والهرم، والبؤس والحزن بسبب الخوف من العدو والفقر والحرب وغير ذلك، وأهل الجنة سالمون منها، فحصل لأهل الجنة النعيم الأكمل.
 اختلاف نعيم الجنة عما في الدنيا من النعيم؛ لأن نعيم الجنة لا خوف فيه، وأما نعيم الدنيا لا يدوم ويعتريه آلام وأسقام.
 الترغيب في العمل الصالح الذي يُتَوَصَّل به إلى نعيم الجنة.</t>
   </si>
   <si>
     <t>Адамга бул дүйнө жашоосунун ырахаты канчалык кенен болсо да төрт нерсе дайыма аны бузуп турат: оору, өлүм, карылык жана душмандан, жакырлыктан, согуштан ж.б. нерселерден коркуп кайгы-капага батуу. Ал эми бейиш тургундары ушул төрт нерседен саламат болот. Алар бейиште чыныгы толук, кемчиликсиз ырахатка бөлөнөт.
 Бейиш нээматтары менен бул дүйнө жашоосунун нээматтарынын айырмасы; бейиш нээматтарында эч кандай коркунуч жок. Ал эми дүйнө жашоосунун нээматтары такай улана бербейт, аны оору-сыркоо сыяктуулар бузуп турат.
 Бейиштин ырахатына жетүүгө себеп боло турган жакшы иш-амалдарды кылууга кызыктыруу, үндөө.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8341</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟</t>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
   </si>
   <si>
     <t>Улуу Аллах Таала бейиш тургундарына: "Эй, бейиш тургундары!" - деп кайрылат. Алар: "О, Раббибиз, Сенин кызматыңа даярбыз" - дешет. Аллах Таала: "Ыраазы бодуңарбы?" - деп сурайт. Алар: "Биз кантип ыраазы болбойбуз, Сен бизге башка эч бир калайыкка бербеген нерсени бердиң" - дешет. Аллах Таала: "Мен силерге мындан да жакшыны берем" - дейт. Алар: "О, Рабби, мындан да жакшы нерсе болмок беле?</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
   </si>
   <si>
     <t>Абу Саид Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Улуу Аллах Таала бейиш тургундарына: "Эй, бейиш тургундары!" - деп кайрылат. Алар: "О, Раббибиз, Сенин кызматыңа даярбыз" - дешет. Аллах Таала: "Ыраазы бодуңарбы?" - деп сурайт. Алар: "Биз кантип ыраазы болбойбуз, Сен бизге башка эч бир калайыкка бербеген нерсени бердиң" - дешет. Аллах Таала: "Мен силерге мындан да жакшыны берем" - дейт. Алар: "О, Рабби, мындан да жакшы нерсе болмок беле?"- дешет. Аллах Таала: "Мен силерге ыраазы болдум. Мындан кийин силерге такыр ачууланбаймын" - дейт.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
 فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
 فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
 قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
 فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: бейиш тургундары бейишке киргенден кийин Аллах Таала аларга: Эй, бейиш тургундары деп кайрылат. Алар: Раббибиз, биз Сенин алдыңда, буйруктарыңды аткарууга даярбыз деп жооп беришет. Анан аларга: силер Мага ыраазы болдуңарбы? - дейт. Алар: Ооба, ыраазыбыз; Сен эч бир калайыкка бербеген жакшылыктарды бизге бердиң. Анан кантип ыраазы болбойлу - дешет. Аллах Таала: Силерге мындан да жакшы нерсени берейинби? - дейт. Алар: Оо, Раббибиз! Мындан да жакшы нерсе болмок беле? - дешет. Аллах Таала: Мен эми силерге ыраазылыгымды уланта берем, эми силерге эч качан ачууланбайм - дейт.</t>
   </si>
   <si>
     <t>كلام الله عز وجل مع أهل الجنة.
 البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
 رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
   </si>
   <si>
     <t>Аллах Тааланын бейиш тургундары менен сүйлөшөрү акыйкат.
 Аллах Таала бейиш тургундарына ыраазы болгондугун, мындан кийин аларга такыр ачууланбастыгын айтып сүйүнчүлөйт.
 Бейиш тургундары андагы ар түрдүү орундарына, ар түрдүү даражаларына карабастан, баары бирдей ыраазы болушат. Аллах Тааланын суроосуна алардын баары бир ооздон: "Башка эч бир калайыкка бербеген нерсени бизге бердиң" деп ыраазылыгын билдирип жооп беришкен.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8343</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟</t>
-[...2 lines deleted...]
-    <t>Бейиш тургундары бейишке киргенден кийин Улуу Аллах Таала: "Дагы бир нерсени каалайсыңарбы, кошумча кылып берейин?"</t>
+    <t>إذا دخل أهل الجنة الجنة، قال: يقول الله تبارك وتعالى: تريدون شيئا أزيدكم؟</t>
+  </si>
+  <si>
+    <t>Бейиш тургундары бейишке киргенден кийин Улуу Аллах Таала: "Дагы бир нерсени каалайсыңарбы, кошумча кылып берейин?</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟ فَيَقُولُونَ: أَلَمْ تُبَيِّضْ وُجُوهَنَا؟ أَلَمْ تُدْخِلْنَا الْجَنَّةَ، وَتُنَجِّنَا مِنَ النَّارِ؟ قَالَ: فَيَكْشِفُ الْحِجَابَ، فَمَا أُعْطُوا شَيْئًا أَحَبَّ إِلَيْهِمْ مِنَ النَّظَرِ إِلَى رَبِّهِمْ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Сухайб (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бейиш тургундары бейишке киргенден кийин Улуу Аллах Таала: "Дагы бир нерсени каалайсыңарбы, кошумча кылып берейин?"  - дейт. Бейиш ээлери: "Сен биздин жүзүбүздү агартпадыңбы? Бейишке киргизбедиңби? Тозоктон куткарбадыңбы?" - дешет. Ошондо Аллах Таала көшөгөнү ачат, аларга Раббисинин жамалын көрүүдөн артык сүйүктүү нерсе берилген эмес эле".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه إذا دَخَلَ أهلُ الجَنةِ الجنةَ، يقول الله تبارك وتعالى لهم: 
 هل تُريدون شيئًا أَزِيْدُكم؟ 
 فيقول أهلُ الجنة كلُّهم: ألم تُبَيِّضْ وجوهَنا؟ ألم تدخلنا الجنة، وتنجِنا من النار؟ 
 فيُزيلُ الله الحِجَابَ ويَرفعه؛ وحِجَابُه النُّور، فما أُعْطوا شيئًا أحبَّ إليهم من النَّظَر إلى ربِّهم عز وجل.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бейиш тургундары бейишке киргенден кийин Аллах Таала аларга минтип айтарын кабарлайт:
 Силерге дагы бир нерсени кошумча кылып берүүмдү каалайсыңарбы?
 Бейиш тургундарынын баары: Биздин жүзүбуздү ак кылбадыңбы, бейишке киргизбедиңби, тозоктон куткарбадыңбы? дешет.
 Аллах Таала тосмону алып өйдө көтөрөт: анын тосмосу нур, аларга Раббисинин жамалын көрүүдөн өткөн жакшы нерсе берилген эмес.</t>
   </si>
   <si>
     <t>كَشْفُ الحِجاب عن أهلِ الجَنة فيَرَون ربَّهم، وأما الكفار؛ فمَحْرُومون منها.
 أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
 كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
 فضل الله على المؤمنين بإدخالهم الجنة.
 أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Бейиш тургундарына тосмо ачылып Раббилерин көрүшөт. Ал эми каапырлар андан куру калышат.
 Бейиштеги нээмат жакшылыктардын эң чоңу ыймандуулардын Раббисин көрүүсү.
 Бейиш тургундарынын даражалары ар түрдүү болсо да, баары Раббилеринин жамалын көрүшөт.
 Ыймандууларды бейишке киргизгени Аллах Тааланын берешендигинен.
 Жакшы амалдарды аткаруу, Аллахка жана Анын элчисине баш ийүү менен бейишке шашылуунун зарылдыгы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8344</t>
   </si>
   <si>
-    <t>هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ</t>
+    <t>هو الطهور ماؤه، الحل ميتته</t>
   </si>
   <si>
     <t>Деңиздин суусу таза, өлүмтүгү адал" - деп жооп берди</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Бир киши Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) суроо берип мындай деди: О Аллахтын элчиси, биз деңизде жүрөбүз. Жаныбызда аз гана суу болот. Эгер ал сууга даарат алсак, ичкенге суубуз жок чаңкап калабыз. Деңиз суусуна даарат алсак болобу? Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Деңиздин суусу таза, өлүмтүгү адал" - деп жооп берди.</t>
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>Бир киши Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип сурайт: Биз балык уулап, же соода кылып же башка иштер менен кемеде көп жүрөбүз. Жаныбызда иче турган таза суубуз аз болот. Эгер ал сууну даарат же гусул үчүн пайдалансак, ичкенге суу таппай калабыз. Бизге деңиздин суусунан даарат алганга болобу?
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип жооп берди: Деңиздин суусу таза, тазалаганга да жарактуу. Ага даарат алууга да, жуунууга да болот. Суу бетине чыгып калган кит, балык жана башка деңиз жандыктары жегенге да адал. Кармалбай, өлүп суу бетине калкып чыгып калса деле адал.</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Сууда жашаган жаныбарлардын өлүмтүгү адал. Өлүмтүк дегени, сууда гана жашаган жандыктардын өлүмтүгү адал.
 Толук пайдалуу болсун үчун суроого ашыгы менен жооп берүү жакшы.
 Таза нерсенин аралашуусу менен суунун даамы, түсү, же жыты өзгөрсө деле, эгер суулук табияты сакталса, ал суу таза эсептелет. Эгер анын шору, же ысыктыгы же сууктугу артса деле.
 Деңиздин суусу кичи дааратка да, чоң даратка да (гусулга) жарактуу. Денедеги, кийимдеги жана башка ыплас нажасты тазалоого да жарактуу.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8355</t>
   </si>
   <si>
-    <t>إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ</t>
+    <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>Эгер суу эки кулла (чоң кумара) чыга турган болсо, ал нажас болбойт</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>Абдулла бин Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) айбанаттар жана жырткычтар ичүү үчүн келген суу тууралуу сурашты. "Эгер суу эки кулла (чоң кумара) чыга турган болсо, ал нажас болбойт"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) айбанаттар жана жырткычтар ичүү ж.б.у.с нерсе үчүн келген суунун тазалыгы тууралуу сурашты. Ал минтип жооп берди: Эгер суу эки чоң кумура чыга турган болсо, (болжолдо 210 литр) ал суу көп деп эсептелет жана нажас болбойт. Бирок түсү, даамы, же жыты өзгөрүп кетсе, анда нажас болот.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
   </si>
   <si>
     <t>Суунун үч касиети түсү, даамы, жыты нажас нерсе аралашуу менен өзгөрүп кетсе анда нажас эсептелет. Хадис көпчүлүк учурду эске алган, так чектеп айткан эмес.
 Аалымдардын бир ооздон айткан пикиринде эгер сууну нажас нерсе аралашып өзгөртүп жиберсе, суу мейли аз болсун, мейли көп болсун нажас болуп эсептелет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8357</t>
   </si>
   <si>
-    <t>إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ</t>
+    <t>إذا استيقظ أحدكم من منامه فليستنثر ثلاث مرات، فإن الشيطان يبيت على خياشيمه</t>
   </si>
   <si>
     <t>Силерден бирөөңөр уйкудан турганда мурдун үч жолу кеңилжээрине чейин тазалап жуусун. Анткени шайтан мурундун кеңилжээринде түнөйт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерден бирөөңөр уйкудан турганда мурдун үч жолу кеңилжээрине чейин тазалап жуусун. Анткени шайтан мурундун кеңилжээринде түнөйт".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم مَن استيقظ مِن مَنامِه أن يَستنثر ثلاث مرات؛ والاستنثار هو إخراج الماء من الأنف بعد إدخاله، وذلك لأن الشيطان يَبيت على الخيشوم -وهو الأنف كلُّه-.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) уйкудан турган адамды мурдун үч жолу жууга үндөйт. Мурунду жуу дегени, сууну мурунга киргизе тартып кайра чимкирүү. Мындай кылуунун себеби, шайтан мурундун кеңилжээринде түнөгөнү үчүн. Бул жалпы мурундун ичи.</t>
   </si>
   <si>
     <t>يُشرع لكلِّ مَن استيقظ مِن النوم أنْ يستنثر إزالةً لأثر الشيطان من أنفه، وإذا كان سيتوضأ، فالأمر بالاستنثار حينئذ آكد.
 الاستنثار من تمام فائدة الاستنشاق؛ لأن الاستنشاق تنظيف داخل الأنف، والاستنثار يُخرِج ذلك الوَسَخَ مع الماء.
 تَقْيِيْدُه بنوم الليل، أخذًا مِن لفظ "يَبيت"؛ فإنّ البيتوتةَ لا تكون إلا من نوم الليل، ولأنه مَظِنَّة الطول والاستغراق.
 في الحديث دليلٌ على مُلابَسَةِ الشيطان للإنسان وهو لا يَشْعُرُ بذلك.</t>
   </si>
   <si>
     <t>Уйкудан турган ар бир адам үчүн мурундун ичин үч жолу тазалап жууп, шайтандын изин кетирүү шарияттын талабы. Эгер даарат ала турган болсо, анда мурунду сөзсүз жуу керек.
 Мурунду чимкирүү, мурунга суу алууну толуктайт. Анткени суу алуу мурундун ичин тазалайт, чимкирүү мурун ичиндеги ыплас нерсени сыртка чыгарат.
 Мурунду тазалоону түнкү уйкуга чектеген себеби хадисте шайтан түнөйт деп айтылгандыктан. Анткени, түнкү уйку терең жана узун болот.
 Хадисте адам сезбеген абалда ага шайтан жакындаарына далил бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8377</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى</t>
+    <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
     <t>Бир киши даарат алып бутун жууганда тырмак ордундай жерине суу тийбей калды эле аны көрүп калган пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Кайра кайт да, дааратыңды жакшылап ал" - деди. Тиги кайра даарат алып, анан намаз окуду</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
     <t>Жаабир (ага Аллах ыраазы болсун) айтат: Мага Умар бин Хаттаб минтип айтты: Бир киши даарат алып бутун жууганда тырмак ордундай жерине суу тийбей калды эле аны көрүп калган пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Кайра кайт да, дааратыңды жакшылап ал" - деди. Тиги кайра даарат алып, анан намаз окуду.</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>Умар (ага Аллах ыраазы болсун) пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир адам даарат алып бүткөндө, бутунун тырмактай жерине суу тийбей калганын көрүп, анын суу тийбеген жерин көрсөтүп: барып жакшылап даарат ал, толук кыл, ар бир мүчөңө суу жеткир деп айтат. Тиги киши барып дааратын толук алып келет да, анан намазын окуйт.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Жакшы ишке буйрууга шашылуу, билбеген жана капылеттеги адамга туура ишти көрсөтүү важыб, айрыкча ал кылып жаткан туура эмес иш ибадатын буза турган болсо.
 Дааратта жуулусу зарыл болгон дене мүчөлөрдүн баарына суу жеткирүү важыб. Ким кайсы бир мүчөсүнөн бир бөлүгүн суу тийгизбей калтырып койсо, эгер ал кичине болсо да, анын даараты жарактуу болбойт, ага дааратын кайталап алуу лаазым болот.
 Дааратты жакшы алуу шарияттын талабы. Жакшы алуу бул шарият буйругандай толук, жеткиликтүү алуу.
 Эки бут да дааратта жуула турган мүчөлөрдөн, аларды суулап сүртүп коюу жетишсиз, толук жуу зарыл.
 Дааратта жуула турган мүчөлөрдү катары менен жуу керек, тагыраагы, ар бир мүчөнү андан мурда жуулган мүчө кургап калганга чейин жуу зарыл.
 Билбестик же унутуп калуу важыбды моюндан сакыт кылбайт. Болгону күнөөнү сакыт кылат. Тиги билбестиктен улам дааратын чала алган кишиден пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ваажыбды, б.а. дааратты сакыт кылбады, аны кайра даарат алууга буйруду.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8386</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ</t>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жуунганда бир саадан беш мудга чейин өлчөмдөгү сууга жуунчу. Даарат алганда бир муд сууга даарат алчу</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жуунганда бир саадан беш мудга чейин өлчөмдөгү сууга жуунчу. Даарат алганда бир муд сууга даарат алчу.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубтуктан жуунганда бир саадан  төрт мудга чейинки өлчөмдөгү сууга жуунчу. Дааратты бир муд сууга алчу. Саа дегени - төрт муд. Бир муд - болжолдо, адамдын кочушуна толо суу. (Эки колун бириктирип кочуштап сузуп алганчалык, болжолдо жети жүз, жети жүз элүү мл. суу болот)</t>
   </si>
   <si>
     <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
 استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
 المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
 تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
 الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
 المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
   </si>
   <si>
     <t>Шарият, суу кенен агып жатса да дааратта жана гусулда сууну үнөмдөөгө, ысырап кылбоого буйруйт.
 Гусул жана дааратта сууну аз иштетүү мустахаб. Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) көрсөткөн жолу ушундай.
 Гусулда жана дааратта сууну ысырап кылбай, же өтө үнөмдөп жибербей сүннөттү жана адепти сактоонун максаты суунун аз убагына да, кенен убагына да жана бардык убактарга тиешелүү.
 Уруктук суусу кумарлануу менен атып чыккан же жыныстык катнаш кылган адамды жунуб деп айтышат. Жунубдук же жанабат дегендин мааниси алыс болуу дегенди билдирет. Анткени, жунуб болуп калган адам тазаланып жуунганга чейин намаз ж.б. ибадаттарга жакындабай алыс болот.
 Саа - белгилүү өлчөм бирдиги. Саа дегенден максат  пайгамбардын өлчөмү, анын салмагы кургак нерседе 480 мискал, суюктукта 3 литр.
 Муд - шарияттагы салмак өлчөмдөрүнүн бири. Чоң адам эки колун бириктирип кочуштап алганчалык өлчөм. Муд саанын төрттөн бири болорун баардык аалымдар бир ооздон бекемдешкен. Болжолдо 750 мл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8387</t>
   </si>
   <si>
-    <t>مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ</t>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
   </si>
   <si>
     <t>“Кайсы бир мусулман жакшылап даарат алып, анан жүзү менен да, жүрөгү менен да берилип эки ирекет намаз окуса, анын бейишке кирүүсү анык болот”</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
   </si>
   <si>
     <t>Укба бин Амр (ага Аллах ыраазы болсун) айтат: Биз төөнү кезек менен кайтарчубуз. Бир күнү менин кезегим келип, кечинде төөлөрдү айдап келип жуушатып коюп келсем, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) тике туруп адамдарга сүйлөп жаткан экен. Мен келип анын минтип айтып жатканын угуп калдым: “Кайсы бир мусулман жакшылап даарат алып, анан жүзү менен да, жүрөгү менен да берилип эки ирекет намаз окуса, анын бейишке кирүүсү анык болот”. (Аны угуп): Кандай жакшы сөз... – деп жибердим (сүйүнүп). Менин жанымда турган киши: Мындан мурдагы айтканы мындан да жакшы болчу, – деди. Карасам, ал Умар (ага Аллах ыраазы болсун) экен. Ал мага карап: Сенин эми эле келгениңди көрдүм, сага чейин ал: “Кимдир бирөөңөр жакшылап толук даарат алып, анан: “Ашхаду ан лаа илааха иллаллааху ва анна Мухаммадан аъбдуху ва расуулуху” деп айтса, ага бейиштин сегиз эшиги ачылып алардын каалаганынан кирет” деп айтты" – деди.</t>
   </si>
   <si>
     <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
 الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
 الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдарга сүйлөп жатып эки чоң маанилүү нерсени айткан:
 Биринчи: Кимде-ким даарат алганда толук даарат алып, жеткиликтүү кылып сүннөттө көрсөтүлгөндөй ар бир мүчөнүн акысын берип кемчиликсиз даарат алса, анан: Ашхаду аллаа илааха иллаллаху ва ашхаду анна Мухаммадан абдуху ва расуулуху деп келме айтса, ага бейиштин сегиз эшиги ачылып, алардан каалаганынан кирет.
 Экинчи: Кимде-ким жогоруда айтылгандай толук жеткиликтүү даарат алса, анан чын ыкластан жүзү жана бүт дене мүчөсү менен Аллахка берилип эки рекет намаз окуса, анын бейишке кирүүсү анык болот.</t>
   </si>
   <si>
     <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
 مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
 إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
 استحباب قول هذا الذكر للمغتسل أيضًا.
 حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
 الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
   </si>
   <si>
     <t>Аллах Тааланын берешендиги абдан улук, жеңил ибадаттарга да чоң сооп-сыйлык берет.
 Дааратты толук, кемчиликсиз алуу жана даараттан кийин эки ирекет намаз окуу шарияттагы кызыктырылган иштерден. Мында чоң сооп-сыйлык
  бар.
 Толук даарат алуу жана андан кийин жогорудагыдай зикир айтуу бейишке кирүүнүн себептеринин бири.
 Жуунгандан кийин да бул зикирди айтуу мустахаб.
 Сахабалар билбегенин үйрөнүп, аны башкаларга жеткирип, жардам берүүгө куштар болушкан.
 Даараттан кийин айтылчу зикрде жүрөктү ширктен тазалап, ыкласты бекемдей турган сөздөр айтылат. Даарат алганда да дене-мүчөлөр тазаланып, кирден арылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8388</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ</t>
+    <t>إذا توضأ أحدكم ولبس خفيه فليصل فيهما، وليمسح عليهما ثم لا يخلعهما إن شاء إلا من جنابة</t>
   </si>
   <si>
     <t>Силердин бирөөңөр даарат алып, анан маасысын кийсе, ошол маасысы менен намаз окуй берет. Кийин даарат алганда маасысына масх тартат жана кааласа аларды чечпейт. Бирок жунуб болсо гана чечип жуунусу керек</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ».</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силердин бирөөңөр даарат алып, анан маасысын кийсе, ошол маасысы менен намаз окуй берет. Кийин даарат алганда маасысына масх тартат жана кааласа аларды чечпейт. Бирок жунуб болсо гана чечип жуунусу керек".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه إذا لَبِسَ المُسلِمُ خُفَّيْه بعد أنْ تَوَضأ، ثم أَحْدَث بعد ذلك وأراد الوضوء، فله المَسْحُ عليهما إن أراد ذلك، ويصلي فيهما ولا يَنزعهما مدة معلومة، إلا إذا أَجْنَبَ لزِمَه خَلعُ الخُفِّ والاغتسال.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) баяндайт: эгер даарат алгандан кийин маасы кийсе, анан даараты бузулуп кайра даарат алмакчы болсо, кааласа маасысына масх тартып койсо болот. Белгилүү мөөнөткө чейин маасысын чечпей, масх тартып жүрө берет. Бирок жунуб болуп калса, анда маасыны чечип жуунуу керек.</t>
   </si>
   <si>
     <t>لا يجوز المَسحُ على الخُفَّين إلا إذا لُبسَا بعد كمال الطهارة.
 مدة المسح للمقيم: المسحُ يومًا وليلةً، وللمسافر: ثلاثةَ أيام بلياليها.
 المسح على الخفين يَخْتَصُّ بالحَدَث الأصغر لا الأكبر، أما الحدث الأكبر فلا يجوز المسح معه، بل لابد من خَلْع الخُفّين وغسل القدمين.
 يستحَب الصلاة في الحذاء والخفّ ونحوِهما مخالفةً لليهود وذلك إذا كانت طهارة، وليس فيها أذية للمصلين، أو للمسجد مثل المساجد المفروشة فلا يصل بها.
 المسح على الخفين فيه تيسير وتخفيف على هذه الأُمَّة.</t>
   </si>
   <si>
     <t>Маасыга толук даарат алып кийгенден кийин гана масх тартылат.
 Туруктуу адам үчүн масх тартуунун мөөнөтү бир күн, бир түн. Сапардагы адам үчүн үч күн, үч түн.
 Маасыга масх тартуу кичи дааратка гана тиешелүү, жунубдукка тиешелүү эмес. Ал эми жунубдукта масх тартуу жарабайт, маасыны чечип эки бутту жуу зарыл.
 Жөөттөргө окшобоо үчүн маасы, чокой ж.б.у.с. нерселер менен намаз окуу мустахаб, эгер ала таза болсо жана башка намаз окуучуларга жолтоо болбосо. Ошондой эле килем төшөлгөн мечит болсо, анда чокой менен окууга болбойт.
 Маасыга масх тартуу мусулман үммөтү үчүн берилген жеңилдик.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8392</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахты бардык абалында эстеп зикир кылат эле</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Аиша энебиз (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахты бардык абалында эстеп зикир кылат эле.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Аиша энебиз (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланы эстеп зикир кылууга аябай куштар экенин айткан. Ал Аллахты бардык жерде, бардык убакта, бардык абалда эстейт эле.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Аллахты зикир кылуу үчүн кичине дааратсыздыктан да, чоң дааратсыздыктан да таза болуу шарт эмес.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланы такай, дайыма зикир кылган.
 Пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчип бардык учурларда Аллахты зикир кылууну көбөйтүү зарыл. Кажет өтөө сыяктуу зикир кылууга тыюу салынган учурларда гана зикир кылууга болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8402</t>
   </si>
   <si>
-    <t>سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي</t>
+    <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) кокустан арамга көз салып алуу тууралуу сурадым. Ал көзүмдү дароо буруп кетүүгө буйруду</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>Жарир бин Абдуллах (ага Аллах ыраазы болсун) айтат: Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) кокустан арамга көз салып алуу тууралуу сурадым. Ал көзүмдү дароо буруп кетүүгө буйруду.</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
     <t>Жарир бин Абдуллах (ага Аллах ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) бөтөн аялга атайлабай, кокустан коз чаптырып алуу тууралуу сурайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындайда дароо башка тарапка жүз буруп кетүү керектигин айтат. Ошондо ага эч кандай күнөө жазылбайт.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
   </si>
   <si>
     <t>Көздү сактоо ваажыб.
 Кароого тыюу салынган нерсеге кокустан көз түшүп калса, аны көпкө тигилип карап туруп алуудан тыйган.
 Бөтөн аялга тигиле кароонун арамдыгы сахабалардын арасында калыптанган тыюу болгон. Буга Жарир бин Абдуллахтын (ага Аллах ыраазы болсун) пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) бөтөн аялга атайлабастан көз салып алгандын өкүмү атайлап карагандын өкүмүндөйбү деп сураганы далил.
 Хадистен шарият адамдардын оңолуусуна кам көрөрүн байкайбыз. Анткени анда бөтөн аялга кароодон тыйып арам кылып жатат. Бөтөн аялга кароо адамдардын дүйнө жашоосуна да, акыретине да зыянын тийгизе турган бузук иш.
 Сахабалар өздөрүнө шек-күмөн жараткан маселе пайда болсо, дароо пайгамбарыбызга барып сурачу. Жалпы карапайым эл шек-күмөндүү иштерди аалымдарга барып сурап билип алуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8902</t>
   </si>
   <si>
-    <t>صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ</t>
+    <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>Эки түрдүү адамдар тозоктун тургундары болот, бирок мен аларды көрө элекмин. Биринчиси, колунда уйдун куйругундай чубалган камчысы бар, аны менен адамдарды сабаган коом. Экинчиси, кийимчен жылаңач,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эки түрдүү адамдар тозоктун тургундары болот, бирок мен аларды көрө элекмин. Биринчиси, колунда уйдун куйругундай чубалган камчысы бар, аны менен адамдарды сабаган коом. Экинчиси, кийимчен жылаңач,  эркектерди өздөрүнө тарткан жана башкаларды да ушундай болууга кызыктырган, башына түйгөн чачтары төөнүн өркөчүндөй чайпалган аялдар. Мына ушулар бейишке кирбейт жана бейиштин жытын да жыттабайт. Ал эми бейиштин жыты канча-канча аралыкка буркурап турат".</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) тозоктун тургуну боло турган адамдардын эки тобун айтып эскерткен. Бирок аларды өзү көргөн эмес, анткени анын учурунда мындай адамдар болгон эмес, булар кийинчерээк чыккан:
 Биринчи тобу: уйдун куйругундай узун камчылары бар адамдар. Аны менен башкаларды урат. Булар жазыксыз адамдарды сабаган милиция кызматкерлери жана залимдердин жардамчылары.
 Экинчи тобу: адатта аялдын табиятында болгон ыйбаалуулуктун жана уяттуулуктун кийимин сыйрып салган аялдар.
 Алардын сыпаты: негизинде кийимчен, акыйкатында жылаңач, анткени алар бүт денеси көрүнүп турган жука кийинет, же сулуу көрүнүү үчүн денесинин бир мүчөсүн жаап, экинчи мүчөсүн ачып жүрүшөт. Кийимдери жана баскан-турганы менен эркектердин көңүлүн өздөрүнө бурат. Ийиндерине таянып басышат.  Башкаларды туура жолдон бурууга, болуп жаткан адашууга чакырат. Алардын дагы бир сыпаты: баштары төөнүн чайпалган өркөчүндөй, алар чачтарын түйүп, же чүпүрөк менен байлап чоңойтуп алат. Төөнүн өркөчүнө окшоткону, алар чачтарын жана көкүлдөрүн башынын төбөсүнө түйүп алганы, түйүлгөн чачын төөнүн өркөчүндөй ары-бери чайпалтып  ойсолоңдоп басканы үчүн. Кимде ушундай жаман сыпаттар болсо, аларга төмөнкүдөй жаман убада берилген, алар бейишке кирбейт, бейиштин жытын жыттабайт, ага жакын да келбейт. А бейиштин жыты өтө алыс аралыктан буркурап турат.</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>Кылган кылмышы, тарткан жазасы жок эле адамдарды уруп, ыза берүү - арам.
 Залимдин зулумдугуна жардам берүү да - арам.
 Аялдарды жасануудан, мүчөлөрдүн бирин жаап, бирин көрсөткөн ачык, тар, аврети жана дене мүчөлөрү анык билинип турган жука кийим кийүүдөн тыйып эскертүү.
 Мусулман аялзатын Аллахтын буйуруктарын бекем кармоого, Аллахты ачууландыра турган жана аны акыретте катуу азапка кириптер кыла турган иштерден алыс болууга үндөө.
 Бул хадис да пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгын далилдеген хадистердин бири. Мында да ал али боло элек иштер тууралуу айткан, ал иштер кийин пайда болгон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8903</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ</t>
+    <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>Эркек киши эркек кишинин авретине карабайт. Аял киши да аял кишинин авретине карабайт</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
     <t>Абу Саид ал-Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эркек киши эркек кишинин авретине карабайт. Аял киши да аял кишинин авретине карабайт. Бир эркек киши башка эркек кишини менен, аял киши да башка аял киши менен бир жамынчыга оронуп жылаңачтанып жатпайт".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эркек кишини эркек кишинин авретин кароодон тыйган. Аял кишини аял кишинин авретин кароодон тыйган.
 Аврет: бул ачылып калса уюла турган мүчөлөр. Эркектин аврети киндигинен тизесине чейин. Ал эми аял киши бөтөн эркектин алдында бүт денеси аврет. А, аялдардын жана өзүнө махрам болгон эркектердин алдында адатта үйдө иштеп жүргөн учурда көрүнүүгө уруксат болгон жеринен башка жерлери аврет.
 Ошондой эле пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эркек киши эркек киши менен бир кийимдин же бир жамынчынын астында жылаңачтанган абалда калуусунан тыйган. Аял киши аял киши менен бир кийимдин же бир жамынчынын астында жылаңачтанган абалда калуусунан тыйган. Анткени, мындайда алар бири-биринин авретине кол тийгизип алуусу мүмкүн. Авретти кармоо, аны кароодой эле тыюу салынган арам иш. Балким, кармоо кароого караганда катуурак тыйылган, анткени бул чоң бузукулукка түртөт.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Күйөөсүнөн жана аялынан башканын авретин кароого тыюу салынат.
 Ислам дини коомдун тазалыгына жана бузук ишке алып бара турган бардык эшиктерди жабууга кызыкдар.
 Дарылоо сыяктуу зарыл учурларда авретти кумарланбастан кароого уруксат.
 Мусулман адам өзүнүн авретин жабууга жана башкалардын авретинен көзүн сактоого буйрулган.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) эркек эркектин, аял аялдын деп өз-өзүнчө айтканы, булар бири-бирине кароого жана авреттерин ачык коюуга көп маани беришпейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8904</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) көкүл коюудан тыйган</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Ибн Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) көкүл коюудан тыйган.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) чачтын бир жерин кырып, бир жерин калтырып коюудан тыйган.
 Бул тыюу эркектердин баарына, чоңуна да, кичинесине да тиешелүү. Ал эми аялдарга чачын кырдырууга болбойт.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Ислам шарияты адамдын сырткы көрүнүшүнө да кам көрөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>Ал туура чыгып калган сөздү жиндер уурдап келип (көзү ачык) досунун кулагына тоок какылыктагандай какылдайт. Алар болсо ага жүздөн ашык жалганды аралаштырып айтат"-деп айтты</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>Аиша энебиз (ага Аллах ыраазы болсун) айтат: Адамдар Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) көзү ачыктар тууралуу сурашты. Ал: "Алар эч нерсе кыла албайт" - деди. О, Аллахтын элчиси, кээде алардын айтканы туура чыгып калып жатпайбы - дешти. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Ал туура чыгып калган сөздү жиндер уурдап келип (көзү ачык) досунун кулагына тоок какылыктагандай какылдайт. Алар болсо ага жүздөн ашык жалганды аралаштырып айтат"-деп айтты.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тычтыгы жана мактоосу болсун)  келечектеги кайып кабарлар тууралуу айткандар жөнүндө суралды эле, ал: "Аларга арлашпагыла, алардын айтканын укпагыла, алардын кылганы силерди кыжаалат кылбасын" - деген.
 Кээ бир окуяларда алардын айтканы туура чыгып калып жатат, мисалы, баланча айда, баланча күнү мындай болот деп кайып ишти айтса, ошолордун айтканындай болуп калган учурлар болот дешет.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жиндер асманда айтылган кабарларды тыңшап угуп келет да көзү ачык досторуна түшүп укканын аларга айтат. Кийин көзү ачык анын асмандан укканына жүз жалганды кошуп жиберет.</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Көзү ачыктарга ишенүүгө болбойт. Кээде туура болгонуна карабай, алардын айтканы жалган жана атайын дайындалган.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгы башталгандан тартып асман кабарлары шайтандардын кулак салып угуп алуусунан сакталган. Кээ бир гана жылдыздын соккусунан аман калып кулак төшөгөндөрү угуусу мүмкүн.
 Жиндер адамдардын арасынан дос тутат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>Биз Умардын жанында болчубуз, ал: "Биз өзүнө  оорлотуудан тыйылганбыз" - деди</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Биз Умардын жанында болчубуз, ал: "Биз өзүнө  оорлотуудан тыйылганбыз" - деди.</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Умар (ага Аллах ыраазы болсун) кабарлайт. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) аларды кажети жок иштерде өзүн кыйноодон тыйган. Бул иш мейли сөзгө тиешелүү болсун, мейли кыймыл-аракетке тиешелүү болсун.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Тыюу салынган оорлотууга булар кирет: көп суроо берүү, өзү билбеген нерсеге терең кирүү, Аллах Таала жеңилдик берген ишти оорлотуу ж.б.
 Мусулман адамга өзүн орто алып жүрүү сөздө болобу, иште болобу, бардык абалда тереңдебей жүрүүсү зарыл.
 Ислам - жеңил дин.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8945</t>
   </si>
   <si>
-    <t>لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ</t>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
     <t>Ит жана сүрөт бар үйгө периштелер кирбейт</t>
   </si>
   <si>
     <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
   </si>
   <si>
     <t>Абу Талха (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ит жана сүрөт бар үйгө периштелер кирбейт".</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
 وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
 وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
 ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ырайым периштелери ит бар жана жандуулардын сүрөтү илинген үйлөргө кирбестигин кабарлаган. Мунун себеби, жандуу нерселердин сүрөтүн тартуу чоң күнөө. Сүрөт тартуу Аллахтын жаратуучулугун тууроо жана ширк кылууга ортомчу болот. Кээ бир сүрөттөргө сыйынып, ибадат кылгандар бар. Ал эми ит жашаган үйгө периштелердин кирбегенине иттердин ыплас, нажасаттарды жегени жана кээ бир иттердин шайтан деп эсептелгени себеп. Периштелер шайтандын душманы. Ошондой эле иттердин жыты да жагымсыз. Периштелер жагымсыз жытты жактырбайт. Алар андай жерге баруудан тыйылган. Ошондуктан үйүнө ит кармаган адамдар ырайым периштелеринин үйүнө кирүүсүнөн, ага салават айтуусунан, кечирим тилөөсүнөн, береке алып келүүсүнөн жана шайтанды кубалоосунан куру калат.</t>
   </si>
   <si>
     <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
 اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
 الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
 تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
 قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
   </si>
   <si>
     <t>Итти аңчылык же кароолчулук үчүн гана кармоого уруксат. Башка максатта ит кармоо арам.
 Үйгө жандуу нерселердин сүрөтүн, эстелигин ж.б. коюп алуу периштелерди качыра турган жаман адат. Үйүнө ит кармаган адам сыяктуу эле сүрөт койгон адам да периштелердин көп жакшылыгынан куру калат.
 Ит жана сүрөт бар үйгө кирбеген периштелер ырайым периштелери. Ал эми иш-амалдарды жазып туруучу, же өлүм периштеси сыяктуу аткара турган милдеттери бар периштелер мындай үйлөргө деле кире берет.
 Жандуу нерселердин сүрөтүн дубалга илип алуу же көрүнөө жерге коюп коюу арам.
 Ал-Хаттаабий минтип айткан: Периштелер багууга тыюу салынган ит багылган жана коюуга тыюу салынган сүрөт коюлган үйгө гана кирбейт. Ал эми аңчылык же кароолчулук үчүн ит багылган үйгө же ичине сүрөттүү материал менен капталган төшөк, жаздыктары бар үйлөргө кирүүдөн тыйылган эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8950</t>
   </si>
   <si>
-    <t>لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ</t>
+    <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>Периштелер ит жана коңгуроо бар кербенге (жолоочуларага) жолдош болбойт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Периштелер ит жана коңгуроо бар кербенге (жолоочуларага) жолдош болбойт"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кербенде ити бар, же жаныбарлар басканда шыңгырап турчу коңгүроосу бар адамдарга периштелер сапарда жолдош болбостугун айткан.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Итти багууга жана аны жолго ээрчитүүгө тыюу салынган. Бирок аңчылык жана кароолчулук үчүн багылса уруксат.
 Адамдарга жолдош болбой койгон периштелер булар ырахмат периштелери. Ал эми сактоочу (жазуучу) периштелер, алар адамдар үйдө болобу, жолдо болобу эч ажырабайт.
 Коңгуроо тагууга тыюу салыган. Анткени, ала шайтандын кернейи, мында христиандардын коңгуроосуна окшоштук бар.
 Мусулман адамга аны периштелерден алыстата турган иштердин баарынан этият болуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8951</t>
   </si>
   <si>
-    <t>لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ</t>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
   <si>
     <t>Шайтандардын (сыйынылган буттар) жана ата-бабаңардын аты менен ант ичпегиле</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>Абдурахман бин Самура (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Шайтандардын (сыйынылган буттар) жана ата-бабаңардын аты менен ант ичпегиле".</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) таагут-шайтандарга, тагыраак айтканда, мушриктер Аллахтын ордуна сыйынган бардык бут-буркандардын аты менен ант ичүүдөн тыйган. Бул алардын чектен чыгып, каапыр болгону үчүн. Ошондой эле ата-бабаларынын аты менен ант ичүүдөн да тыйган. Жахилият учурунда араптарда мактаныч жана ыйыктоо үчүн аталарынын аты менен ант ичүү адаты болгон.</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
   <si>
     <t>Аллахтын аты менен жана Анын улук ысым сыпаттары менен гана ант ичүүгө болот.
 Таагуттун аты менен, ата-бабанын аты менен, башчылардын, бут-айкелдердин аты менен ж.б. батыл нерселер менен ант ичүү арам.
 Аллахтын атынан башка нерсе менен ант ичүү кичине ширк болуп эсептелет. Эгерде ант ичкен адам ант ичип жаткан нерсени чын жүрөгү менен ыйыктап, аны ыйык деп эсептеп ант ичсе, бул чоң ширк болот. Анткени аны Аллахты улуктагандай улуктап, ант ичкенин ага ибадат кылгандай ишенип алат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8959</t>
   </si>
   <si>
-    <t>كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا</t>
+    <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>Тазалыктан кийин кызгылтым жана саргыч суу келсе, аны айыз деп эсептечү эмеспиз</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Умму Атия (ага Аллах ыраазы болсун), пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) убада-келишим берген аял, ал минтип айтат: Тазалыктан кийин кызгылтым жана саргыч суу келсе, аны айыз деп эсептечү эмеспиз.</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Сахаба аялдардын бири Умму Атия (ага Аллах ыраазы болсун) пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) заманында айыз көрүп бүткөндөн кийин келген өңү кызгылтым жана саргыч сууга айыз деп маани беришпегенин, ал үчүн намазды да, орозону да калтырышпаганын айткан.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Аял киши айыз көрүп бүткөндөн кийин келген өңү кызгылт же сары сууга этибар кылынбайт.
 Кызгылтым же сары түстөгү кан айыз учурунда же айыз деп саналган адатында келсе, анда айыз деп эсептелет. Анткени, ал өз убагында суу аралашып келген кан болуп эсептелет.
 Тазалыктан кийин келген кызгылтым жана сары суу үчүн аялдар намазды да, орозону да токтотпойт, даарат алып намазын окуй берет.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[Абу Дауд ушул айтымын жазып калтырган, Бухари болсо (тазалыктан кийин) деген кошумчасы жок жазып калтырган]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10014</t>
   </si>
   <si>
-    <t>امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي</t>
-[...2 lines deleted...]
-    <t>"Өзүң айыз деп эсептеген мөөнөтүңчө намазды токтотуп тур да, анан жуунуп (окуй) бер" - деди</t>
+    <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
+  </si>
+  <si>
+    <t>Өзүң айыз деп эсептеген мөөнөтүңчө намазды токтотуп тур да, анан жуунуп (окуй) бер" - деди</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) минтип айтат: Абдурахман бин Ауфтун аялы Умму Хабиба бинт Жахш Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) каны токтобостугун айтып арызданып келди. Ал ага:  "Өзүң айыз деп эсептеген мөөнөтүңчө намазды токтотуп тур да, анан жуунуп (окуй) бер" - деди. Ошондон кийин ал ар бир намазына жуунуп жүргөнүн көрдүм.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Сахаба аялдардын бири пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) каны эч токтобостугун айтып арызданат. Аны мындай абалган туш болгонго чейин канча убак айыз көргөн болсо, ошончо убак намаз окубай туруп, андан кийин жуунуп намаз окуй берүүгө буйруйт. Ал болсо ыктыярдуу түрдө ар бир намазын жуунуп анан окуп жүрдү.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
     <t>Истихаза каны: Аялдын адаттагы айыз күндөрүнөн башка күндөрү да токтобой келип туруучу кан.
 Истихаза каны токтобогон аял, мындай абалга туш болгонго чейин айызы канча күн келген болсо ошончо күндү айыз деп эсептейт.
 Негизги адатындагы күндөрү өткөн соң, каны токтобосо деле өзүн айыздан таза болдум деп этибар кылып, жуунуп тазаланат.
 Истихаза каны келип турган аялга ар бир намаз үчүн жуунуу важыб эмес. Тиги сахаба аялдын ар бир намазга жуунганы анын жеке түшүнүгүнө жараша болгон. Эгер ар бир намазга жуунуу важыб болсо, анда пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) муну эскертмек.
 Истихаза каны келип турган аял ар бир намазга даарат алуусу зарыл. Анткени, дайыма келип турган кан анын дааратын бузат. Ушул сыяктуу дайыма агып туруучу нерселер, мисалы зааранын дайыма агуусу, желдин токтобой чыгып туруусу ж.б. дааратты бузат.
 Дин иштеринде шектүү болгон нерсени аалымдардан суроо зарыл. Сахаба аял пайгамбарыбызга (ага Аллахтын тынчытыгы жана мактоосу болсун) арызданып, каны токтобой ага бергенде эмне кылуу керектигин сураган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10015</t>
   </si>
   <si>
-    <t>الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ</t>
+    <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
   </si>
   <si>
     <t>Жума күнү жуунуу, тишин мисвак менен тазалоо жана эгер таба алса жыттуу нерсени себинүү ар бир балакат жаш курагына жеткен мусулманга ваажыб</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
     <t>Амр бин Сулайм ал-Ансари (ага Аллах ыраазы болсун) айтат: Мен күбөлүк берем, Абу Саид аль-Худри (Аллах андан ыраазы болсун) айтты: «Мен күбөлүк берем, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Жума күнү жуунуу, тишин мисвак менен тазалоо жана эгер таба алса жыттуу нерсени себинүү ар бир балакат жаш курагына жеткен мусулманга ваажыб".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жума окуу ваажыб болгон бардык балакат жаш курагындагы эркек мусулмандарга жума күнү жуунуу ваажыб сыяктуу бекемделген сүннөт экенин айткан. Жана тишин мисвак же щетка менен тазалоо, жыттуу нерселерди себинүү да ваажыб.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Балакатка жеткен ар бир мусулман эркектин жума күнү жуунуусу жакшы экени бекемделип айтылган.
 Тазалык, жаман жыттан оолак болуу мусулманга шарият тарабынан талап кылынган.
 Жума күнү улуктоо жана ага даярдануу зарыл.
 Жумага мисвак менен тишин тазалап баруу жакшы экендиги бекемделип айтылган.
 Жумага баруудан мурда кандай болсо да жыттуу нерсени себинип, же сүртүнүү жакшы көрүлгөн амалдардан.
 Аял киши намазга же башка жакка үйүнөн чыкса, жыттуу нерсени себинүүгө болбойт, мындай кылуу арам экени сүннөттө айтылган.
 Балакат жаш курагына жеткенин төмөнкүдөй белгилер менен аныкталат, алардын үчөөсү эркекке да, аялга да тиелешүү: биринчи: он беш жашка толуу; экинчи: аврет жерлерине калың түктүн чыгуусу, үчүнчү: маани суусунун түш көрүп, же түш көрбөй эле кумарлануу менен атып чыгуусу. Ал эми төртүнчү белгиси бул аялдарга гана тиешелүү: айыз канынын келүүсү, айызы келген кыз балакат жаш курагына жеткен болуп эсептелет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10036</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатканадан чыкканда: "Гуфранака" деп айтчу</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатканадан чыкканда: "Гуфранака" деп айтчу.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатын өтөп чыкканда: "О, Аллах, мени кечирүүңдү сураймын" - деп айтчу.</t>
   </si>
   <si>
     <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
 استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
 قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
   </si>
   <si>
     <t>Ажатканадан чыкканда "Гуфранака" деп айтуу сүннөт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бардык абалдарында Аллахка истигфар айтып, кечирим тилеген.
 Ажатканадан чыкканда кечирим тилөөнүн себеби: Аллахтын көптөгөн нээматтарына, анын ичинде заң жана заараны жеңил чыкканына шүгүр айтылбай калганы үчүн. Ажат өтөп жаткан учурда Сага шүгүр келтире албаганым үчүн мени кечир деген маани дешкен.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10046</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Ким чын жүрөгү менен: "Лаа илааха иллаллооху, ва анна Мухамммадан аъбдуху ва расуулух" - деп күбөлүк берсе, Аллах анын тозокко кирүүсүн арам кылат</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Анас бин Малик (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Муазды улоосуна учкаштырып баратып: "Муаз бин Жабал!" - деди. Ал: "Кызматыңызга даярмын, о, Аллахтын элчиси!" - деди. "Муаз!" - деди дагы. "Кызматыңызга даярмын, о, Аллахтын элчиси!" - деди ал. Ушунтип үч жолу айткандан кийин: " Ким чын жүрөгү менен: "Лаа илааха иллаллооху, ва анна Мухамммадан аъбдуху ва расуулух" - деп күбөлүк берсе, Аллах анын тозокко кирүүсүн арам кылат" - деди. "О, Аллахтын элчиси, муну адамдарга айтып сүйүнчүлөйүнбү?" - деди Муаз. "Андай кылсаң, ушуга таянып алышат" - деди. Бул хадисти Муаз өлөр алдында хадисти айтпай жашырып кетүүдөн корккону үчүн айтты.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Муаз (ага Аллахтын тынчтыгы жана мактоосу болсун) Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) артында, анын улоосуна учкашып бараткан. Аны: "Эй, Муаз!" - деп үч жолу чакырган, анткени ага айта турган сөзү өтө маанилүү экенин билдирген.
 Анын ар бир чакырыгына Муаз (ага Аллах ыраазы болсун) "Лаббайка, я расуулуллоохи, ва саъдайка" деп "Сизге кайра-кайра жооп кайтарууга даярмын, о Аллахтын элчиси, сизге жооп берүү мен үчүн бакыт алып келет деп үмүт кылам" - деп жооп берип жатты.
 Ошондон кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким "Лаа илааха иллаллооху" деп т.а. Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад болсо Аллахтын элчиси деп жалган эмес, чын жүрөгүнөн күбөлүк берсе, анан ошол абалында өтүп кетсе, Аллах аны тозокко киргизбестигин кабарлады.
 Муаз (ага Аллах ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) анын айтканын адамдарга кабарлап, аларды кубантып сүйүнчүлөйүнбү деп сурайт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдар ошого үмүт артып, башка амалдарын таштап коёбу деп чочулайт.
 Муаз (ага Аллах ыраазы болсун) бул хадисти өлүм сааты жакындаганга чейин эч кимге айткан эмес. Өлүмүнө жакын хадисти айтпай жашырганы үчүн күнөөкөр болуп калуудан коркуп айткан.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Муазды улоосуна учкаштырып алганы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кичи пейил, жөнөкөйлүгүнөн.
 Айта турган сөзүнө жакшы көңүл бурдуруу үчүн Муазга кайра-кайра кайрылганы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) таалим берүүдөгү мыкты ыкмаларынан.
 Күбөлүк келмесинин шарттаты: Лаа илааха иллаллооху ва анна Мухаммадан расуулуллохи келмесин айтуучу жалгандан эмес, шектенбей, бекем ишеним менен чын жүрөктөн айтышы керек.
 Бир кудайга сыйынуу ишеними менен өткөн адамдар тозокто түбөлүк калбайт. Эгер күнөө себептүү тозокко кирсе да, тазалангандан кийин андан чыгып бейишке кирет.
 Чын жүрөгү менен айткан адамга бул эки күбөлүктүн артыкчылыгы чоң.
 Эгер туура эмес түшүнүктү пайда кыла турган болсо, кээ бир абалдарда хадисти жашырып айтпай турган оң.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10098</t>
   </si>
   <si>
-    <t>المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ</t>
+    <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Мусулман адам - башка мусулмандар анын колунан жана тилинен зыян тартпаган адам. Мухажир адам - Аллах тыюу салган нерселерди таштаган адам</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Абдуллах бин Амрдын (аларга Аллах ыраазы болсун) риваятында пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мусулман адам - башка мусулмандар анын колунан жана тилинен зыян тартпаган адам. Мухажир адам - Аллах тыюу салган нерселерди таштаган адам".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Исламды толук карманган мусулман адам башка мусулмандар анын тилинен аман болгон адам. Б.а. аларды сөкпөгөн, наалат айтпаган, артынан сүйлөбөгөн жана алардын ортосунда тили менен зыянын тийгизе турган эч бир ишке барбаган адам. Ошондой эле анын колунан да жамандык көргөн эмес, б.а. ал эч кимге өкүм зордук кылган эмес, мал-мүлкүн тартып алган эмес ж.б.у.с. Ал эми мухажир - Аллах арам кылган нерсени таштаган адам.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Исламдын толуктугу - материалдык болобу, маънаваий болобу башкаларга зыян берүүдөн сактануу менен гана болот.
 Тил жана колдун баса белгиленип айтылуусу, бул экөөнүн көп ката кетиргени жана зыян бергени үчүн, чынында жамандыктын көбү тил жана кол менен ишке ашат.
 Күнөөлөрдү таштоого жана Аллахтын буйруктарын бекем кармоого кызыктыруу.
 Мусулмандардын абзели Аллахтын да, пенделердин да укугун сактаганы.
 Душмандык кылуу тил менен да, кол менен да болушу мүмкүн.
 Чыныгы көчүү - Аллах арам кылган нерселерди таштоо.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10101</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Раббибиз Улук Аллах Таала ар бир түнү түндүн акыркы үчүнчү бөлүгү калганда дүйнө асманына түшөт</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Раббибиз Улук Аллах Таала ар бир түнү түндүн акыркы үчүнчү бөлүгү калганда дүйнө асманына түшөт. Анан: "Мага дуба кыла турган барбы, Мен жооп берем? Менден сурай турган барбы, Мен беремин? Менден кечирим тилей турган барбы, Мен аны кечиремин?" - дейт.</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала ар бир түнү түндүн акыркы үчүнчү бөлүгү калганда дүйнө асманына түшөрүн баяндаган. Анан дуба кылгандын дубасын кабыл кыларын айтып, пенделерин Ага дуба кылууга үндөйт. Сурагандын сураганын берерин айтып, аларды каалаган нерсесин суроого кызыктырат. Ыймандуу пенделерин кечире тургандыгын айтып, аларды күнөөлөрү үчүн кечирим тилөөгө буйруйт.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Түндүн акыркы үчүнчү бөлүгү жана анда анмаз окуу, дуба кылуу, истигфар айтып кечирим тилөө артыкча сооптуу.
 Бул хадисти уккан адам дубасы кабыл боло турган убактарды текке кетирбөөгө тырышуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ</t>
+    <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>Аял киши эки күндүк жолго күйөөсү же махрамы менен гана чыгат</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
     <t>Абу Саъид ал-Худри (ага Аллах ыраазы болсун), пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге он эки казатка катышкан, ал айтат: Мен Аллахтын элчисинен уккан бул төрт нерсе мени таң калтырды: "Аял киши эки күндүк жолго күйөөсү же махрамы менен гана чыгат . Эки күндө орозо кармоого болбойт: орозо айтта жана курбан айтта. Таңкы намаздан кийин күн чыкканча намаз окууга болбойт, дигерден кийин күн батканча намаз окууга болбойт. Үч гана мечитке атайын сапар кылып барууга болот: Харам мечитине, Акса мечитине жана менин ушул мечитиме (Набави мечитине)".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төрт ишке тыюу салган:
 Биринчиси: Аял кишини эки күндүк аралыктагы сапарга күйөөсү же махрамы жок баруудан тыйган. Махрам дегени, ага нике жүрбөгөн жакын туугандары, атасы, баласы, ага-инисинин же эже-сиңдисинин баласы, атасы менен бир тууганы, тагасы ж.б.
 Экинчиси: Орозо айт күнү жана Курман айт күнү орозо кармоодон тыйган. Мейли бул күнү кармаган орозосу назири болсун, напил болсун, каффарат болсун, айырмасы жок, кандай орозо болсо да кармоого болбойт.
 Үчүнчүсү: Дигер намазынан кийин күн батканга чейин жана таңкы намаздан кийин күн чыкканга чейин напил намаз окуудан тыйган.
 Бир жерден экинчи жерди абзел деп, же анын жакшылыгы артык деп атайлап сапар кылуудан тыйган. Болгону үч гана мечитке намаз окуу үчүн атайын сапар кылып чыгууга болот. Анткени, сооп ушул үч эле мечитте эселеп көбөйөт. Бул мечиттер: (Меккедеги) Харам мечити, (Мединадагы) Набави мечити, (Палестинадагы) Акса мечити.</t>
   </si>
   <si>
@@ -13148,1528 +13535,1568 @@
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Аял кишиге махрамсыз сапарга чыгууга уруксат жок.
 Сапарда аял аялга махрам болбойт, пайгамбарыбыз : "Күйөөсү же махрамы..." деп айтканы үчүн.
 Сапар деп аталган аралыктын баарына аял киши махрамы менен гана бара алат. Ал эми бул хадисте эки күндүк сапар деп айтылганы, суроочунун абалына жана мекенине карата айтылган.
 Аялдын махрамы - анын күйөөсү. Же жакын туугандык себептүү нике жүрбөгөн адамдар, мисалы атасы, баласы, атасы менен бир тууганы, апасы менен бир тууганы, же эмчектештик жактан жакыны, мисалы сүт атасы (сүт эненин жолдошу), сүт атанын бир тууганы, же кайын журт жагынан жакыны, мисалы күйөөсүнүн атасы. Махрам болгон адам мусулман, балакат жаш курагына жеткен, акылы жайында, ишеничтүү адам болуусу керек. Анткени, махрам болуп баруудан максат аялды коргоо жана ага кам көрүү.
 Ислам шарияты аялзатын коргойт, колдойт жана кам көрөт.
 Багымдат жана дигер намазынан кийин бардык напил намаздарды окуу жарактуу эмес. Бир гана ошол күнкү парз намаздын казасын окууга жана тахият ал-масжид сыяктуу себептүү намаздарды окууга уруксат.
 Күн чыгып жатканда намаз окуу арам болот. Күн найза бою көтөрүлгөндөн кийин, он мүнөттөн он беш мүнөткө чейин убакыт өткөндөн кийин окуу керек.
 Дигер намазынын убактысы күн батканга чейин созулат.
 Үч мечитти зыярат кылуу үчүн сапарга чыгууга уруксат.
 Үч мечиттин артыкчылыгы жана алардын башка мечиттерден өзгөчөлүгү айтылган.
 Кабырларды атайын зыярат кылып барууга болбойт, мейли ал кабыр пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кабыры болсо да. Медина шаарындагыларга же ал шаарга шариятта уруксат берилген иш үчүн баргандарга пайгамбардын кабырын зыярат кылууга уруксат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10603</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Кабырлардын үстүнө отурбагыла жана анда намаз окубагыла!</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Абу Марсад ал-Ганави (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кабырлардын үстүнө отурбагыла жана анда намаз окубагыла!"</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабылдардын үстүнө отурууга тыюу салган.
 Ошондой эле кабырда намаз окууга жана кыбыла тарабындагы кабырга жүздөнүп намаз окууга тыюу салган. Анткени, бул ширкке алып баруучу иштерден.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Кабырдын ичинде, кабырлардын арасында, же кабырга жүздөнүп намаз окууга болбойт. Бир гана жаназа намазын окууга болору сүннөттө айтылган.
 Кабырларга намаз окуудан тыюу - ширкти пайда кылчу иштерден тосот.
 Ислам дини кабыр тууралуу чектен чыгуудан жана аны кордоодон тыят. Аша чабууга да, шалаакылык кылууга да болойт.
 Мусулмандын урматы ал өлгөндөн кийин да сакталат, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Өлүктүн сөөгүн сындыруу - тирүү кезинде сындыргандай эле (күнөө)" - деген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10647</t>
   </si>
   <si>
-    <t>أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا</t>
+    <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>Эгер арасындагы ийги иш-амалдарды кылган пенде (же киши) дүйнөдөн өтсө, анын кабырына мечит куруп</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Умму Салама Эфиопия жеринде "Мария" деп аталган чиркөөнү көргөнүн, анын ичинде (ар түрдүү) сүрөттөр бар экенин Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) кеп кылат. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): " Эгер арасындагы ийги иш-амалдарды кылган пенде (же киши) дүйнөдөн өтсө, анын кабырына мечит куруп . Анан ага жанагындай сүрөттөрдү тартышат. Мына ошолор Аллахтын алдындагы эң жаман калайык" - деди.</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Умму Салама (ага Аллах ыраазы болсун) пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) Эфиопия жеринде болгондо "Мария" деп аталган чиркөөнү көргөнүн, анда картиналар, оймо-чиймелер, сүрөттөр бар экенин таң калып айтат. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай сүрөттөрдү коюуунун себептерин түшүндүрөт. Сен айтып жаткан адамдар, эгер алардын арасындагы ийги иш-амал кылган кишилерден бирөөсү дүйнөдөн өтсө, анын кабырына намаз окуй турган мечит куруп алышат. Анан ага жанагындай сүрөттөрдү тартышат - дейт. Ошондой эле, мындай ишти кылгандар Аллахтын алдындагы эң жаман адамдар экенин айтат. Анткени мындай иштер Аллах Таалага ширк кылууга түртөт.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Кабырга мечит куруу, анда намаз окуу, же өлүктөрдү мечиттерге көмүү арам, тыюу салынган. Ширкке алып баруудан тосуу үчүн.
 Кабырга мечит куруу, ага сүрөттөрдү коюу, бул жөөттөрдүн жана христиандардын иши, ким мындай кылса, ошолорго окшогон болот.
 Жандуулардын сүрөтүн алып жүрүү (тартуу, жасоо ж.б.) арам.
 Ким кабырга мечит курса жана ага сүрөттөрдү тартса, ал Аллах Тааланын калктарынын эң жаманы.
 Ширкке алып бара турган бардык жолдорду тосуу аркылуу шарият тавхидди толук коргоп турат.
 Ийги иш-амал кылган адамдарды урматтоодо чектен чыгып кетүүдөн тыят, анткени бул ширк кылууга түрткү, себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10887</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ</t>
+    <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>Жети мүчөмдү жерге тийгизип сажда кылууга</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
     <t>Ибн Аббастын (аларга Аллах ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жети мүчөмдү жерге тийгизип сажда кылууга . Бешене, анан колу менен мурдун көрсөтүп ишаара кылды, эки кол, эки тизе жана эки буттун учу. Ошондой эле кийимди кымтыланбоого жана чачты байлап албоого буйрулдум".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала аны сажда кылганда жети мүчөсү менен сажда кылууга буйруганын айтат. Алар:
 Биринчи: бешене, ал: эки көз менен мурундун өйдө жагындагы жүздүн жайык жери. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мурун менен бешене экөө биригип жети мүчөнүн бири экенин баяндап жана сажда кылган адам мурдун жерге тийгизүүсү зарыл экенин бышыктап, мурдун колу менен ишаара кылып көрсөткөн.
 Экинчи жана үчүнчү мүчөлөр: эки кол.
 Төртүнчү жана бешинчиси: эки тизе.
 Алтынчы жана жетинчиси: эки буттун манжалары.
 Анан бизди жерге сажда кылган учурда этияттап чачыбызды байлап алуудан, кийимди бирине-бирин киргизип кымтылануудан тыйган. Тескерисинче, аларды жөн таштап койобуз, башка мүчөлөрдөй эле жерге тийип сажда кылуусу үчүн.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Намазда сажда жети мүчө менен кылынуусу важыб.
 Намазда кийимди, чачты кымтылап байлоо макирөө.
 Намаз окуучу адамга намазда бейпил, тынч болуусу важыб. Бул саждадагы жети мүчөнү жерге тегиз тийгизип, шариятта айтылган зикр-дубаларды айтканча саждада шашпай туруу менен болот.
 Чачты байлоодон тыюу эркектерге гана тиешелүү. Анткени аял киши намазда толук жамынып окууга буйрулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10925</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда: "Аллахуммагфир лии, вархамнии, ва аъфинии, вахдинии, варзукнии" - деп айтчу</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Ибн Аббас (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда: "Аллахуммагфир лии, вархамнии, ва аъфинии, вахдинии, варзукнии" - деп айтчу.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактооосу болсун) намазда эки сажданын ортосунда ушул беш нерсени, мусулман пенде өтө муктаж боло турган, дүйнө жана акыреттин жакшылыктарын ичине камтыган нерселерди сурап дуба кылчу. Биринчи: Күнөөлөрүн кечирүүнү, айып-кемчилигин жашырууну жана ал үчүн жазалабоону. Экинчи: Кенен ырайымын. Үчүнчү: Шектүү иштерден, ышкы-кумардан, оору-сыркоодон сактоону. Төртүнчү: Ак жолду жана ал жолдон адаштырбай алып жүрүүнү. Бешинчи: Ыйман, илим, жакшы амал жана адал ырыскысын берүүнү.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Эки сажданын ортосунда ушул дубаны айтуу шариятта көрсөтүлгөн.
 Дүйнө жана акыреттин жакшылыктарын ичине камтыганы үчүн бул дубанын артыкчылыгы чоң.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10930</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>Аллахумма антас-салам, ва минкас-салам, табааракта зал жалаали вал икрам" деп айтчу</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Савбан (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намаз окуп бүткөндө үч жолу истигфар айтып, анан: "Аллахумма антас-салам, ва минкас-салам, табааракта зал жалаали вал икрам" деп айтчу. Валид айтат: Авзаъийден: Истигфарды кантип айтат? - деп сурасам, ал: Астагфируллох, астагфируллох... деп айтасың - деди.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намазын бүткөндө: "Астагфируллох, астагфируллох, астагфируллох" - деп айткан.
 Андан кийин Аллах Тааланы улуктап: "Аллахумма антас-салам, ва минкас-салам, табааракта зал жалаали вал икрам" - деп айткан. Аллахтын Салам-тынчтык сыпаты толук, бардык айып-кемчиликтерден таза. Анын ушул сыпаты менен Анын Өзүнөн гана дүйнө жана акыреттин жамандыктарынан саламаттыкты сурайт. Аллах Тааланын жакшылыгы эки дүйнөдө тең көп, Ал улуулук жана жакшылыктын ээси.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Намаздан кийин истигфар айтуу жана аны дайыма улантуу жакшы.
 Ибадаттагы жана баш ийүүдөгү кемчиликтерди толтуруу үчүн истигфар айтуу жакшы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10947</t>
   </si>
   <si>
-    <t>مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Кимде-ким ар бир парз намаздан кийин отуз үч жолу Аллахка тасбих айтса, отуз үч жолу алкыш-мактоо айтса, отуз үч жолу такбир айтса, жалпы токсон тогуз болуп, жүзүнчүсүн: "Лаа илаха иллаллааху вахдаху лаа шарикалах, лахул мулку, ва лахул хамду, ва хува алаа кулли шайин кодиир" деп жыйынтыктаса, деңиздин көбүгүндөй көп күнөөсү болсо да кечирилет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким ар бир парз намаздан кийин отуз үч жолу Аллахка тасбих айтса, отуз үч жолу алкыш-мактоо айтса, отуз үч жолу такбир айтса, жалпы токсон тогуз болуп, жүзүнчүсүн: "Лаа илаха иллаллааху вахдаху лаа шарикалах, лахул мулку, ва лахул хамду, ва хува алаа кулли шайин кодиир" деп жыйынтыктаса, деңиздин көбүгүндөй көп күнөөсү болсо да кечирилет".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким парз намаздардан кийин төмөнкү зикир-дубаларды айтса:
 Отуз үч жолу "Субханаллаах" десе, бул Аллахты кемчиликсиз деп аруулоо.
 Отуз үч жолу "Алхамду лиллаахи" десе, бул Аллахты жакшы көрүп, аны улуктап айткан алкыш-мактоо.
 Отуз үч жолу "Аллаху Акбар" десе, бул Аллах Таала бардык нерседен Улуу жана Бийик деген сөз.
 Жүзүнчүсүндө: "Лаа илааха иллаллооху вахдаху лаа шарикалах, лахул мулку валахул хамду ва хува аълаа кулли шайин кодиир" деп айтса, бул сөздүн мааниси: Жалгыз, эч шериги жок Аллахтан башка ибадатка татыктуу кудай жок, бир гана Кемчиликсиз Аллах Таала толук мүлктүн ээси, Ага гана улуктоо жана сүйүү менен айтылган алкыш-мактоого ылайык, Андан башка эч ким буга ылайык эмес, Ал бардык нерсеге Кудуреттүү, Ал аткара албай кала турган эч нерсе жок дегенди билдирет.
 Мына ушул сөздөрдү айткан адамдын күнөөлөрү деңиз суусу толкуганда жээкте пайда болгон аппак көбүктөрдөй көп болсо да кечирилет.</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>Парз намаздардан кийин ушул зикирлерди айтуу жакшы.
 Бул зикирлер күнөөлөрдүн кечирилүүсүнө себеп болот.
 Аллах Тааланын улуктугу, ырайымы жана кечирими кенен.
 Бул зикирлер күнөөлөрдүн кечирилүүсүнө себеп болот дегени, майда күнөөлөргө тиешелүү. Ал эми чоң күнөөлөр тообо кылуу менен гана кечирилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10948</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ</t>
+    <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
     <t>Кимде-ким ар бир парз намазынан кийин "Аят ал-Курси" деген аятты окуп жүрсө, анын бейишке кирүүсүн өлүмү гана тосуп турат</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким ар бир парз намазынан кийин "Аят ал-Курси" деген аятты окуп жүрсө, анын бейишке кирүүсүн өлүмү гана тосуп турат".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир парз намаздан кийин "аят ал-Курсини" окуп жүргөн адамды өлүм эле бейиштен тосуп турарын айткан. Бул аят Бакара сүрөөсүнүн ичинде. Ал аятта Аллах минтип айткан: "Аллахтан башка эч бир сыйынууга татыктуу кудай жок. Өзу гана бар. (Ал) - түбөлүк Тирүү, ар нерсени башкарып Туруучу. Аны үргүлөө да, уйку да кармабайт. асмандардагы жана жердегинин баары Аныкы! Анын алдында Анын уруксаты болмоюнча эч ким (эч кимге) шапаат-колдоочулук кыла албайт. Ал алардын (бардык макулуктардын) келечегиндеги жана өтмүшүндөгү нерселерди билет. Ал эми алар болсо, Анын илиминен Ал Өзү каалагандан башка эч нерсени билишпейт. анын курсийи асмандар жана жерден да кенен. Ал экөөнү (асмандар менен жерди) сактап туруу Аны такыр чарчатпайт жана Ал - эн Жогорку жана эн Улук!" (Бакара, 255-аят).</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Бул аятта Аллах Тааланын көркөм ысымдары, улуу сыпаттары айтылгандыктан, аяттын артыкчылыгы да көп.
 Ар бир парз намаздан кийин бул аятты окуу жакшы.
 Жакшы амалдар - бейишке кирүүгө себеп болот.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10950</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Туруп оку, эгер анте албасаң, анда отуруп оку. Эгер анте да албасаң, анда жатып оку" - деди</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Имран бин Хусайн (ага Аллах ыраазы болсун) айтат: Менин гемморой оруу бар эле. Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды кантип окуу тууралуу сурасам, ал: "Туруп оку, эгер анте албасаң, анда отуруп оку. Эгер анте да албасаң, анда жатып оку" - деди.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды негизи туруп окуу керектигин баяндаган. А эгер туруп окууга мүмкүнчүлүгү чектелген абал болсо, анда отуруп окуса болот. А эгер отуруп окууга да алы келбесе, анда жатып окуса жарай турганын кабарлады.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Адамдын акылы жайында турган учурда намаз анын моюнунан түшүп калбайт, мүмкүнчүлүгүнө жараша абалдан абалга өтүп намазын окушу керек.
 Пенденин ибадатты мүмкүнчүлүгүнө жараша аткарганы - Исламдын жеңил жана кечирим дин экендигин кабарлайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10951</t>
   </si>
   <si>
-    <t>لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ</t>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
   </si>
   <si>
     <t>Менин сахабаларыма тил тийгизбегиле! Силерден бирөөңөр Ухуд тоосундай каржы берсе, анысы сахабаларымдын бир кочуш же анын жарымындай каржысына татыбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>Абу Саид Худрий (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Менин сахабаларыма тил тийгизбегиле! Силерден бирөөңөр Ухуд тоосундай каржы берсе, анысы сахабаларымдын бир кочуш же анын жарымындай каржысына татыбайт"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларга тил тийгизип сөгүүдөн тыйган. Айрыкча, динди алгачкылардан болуп кабыл кылган мухажир жана ансарларды. Эгер адамдардын бири Ухуд тоосундай алтынды каржы кылып берсе, анысы бир сахабанын кочуштап берген же жарым кочуш азыгына да татыбастыгын айткан. Мунун себеби сахабалардын ыкласынын күчтүүлүгү, ниетинин түздүгү, каржылары жана согуштары Меккенин ачылышынан мурда, аябай муктаждык болуп турган учурда болгону үчүн.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Сахабаларга тил тийгизүү арам, чоң күнөө.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11000</t>
   </si>
   <si>
-    <t>‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ</t>
-[...2 lines deleted...]
-    <t>Бул дин түндүн караңгылыгы менен күндүн нуру жеткен жердин баарына жетет. Аллах Таала бул динди киргизбеген же ылайдан салынган, же кийизден жасалган үй калбайт.</t>
+    <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
+  </si>
+  <si>
+    <t>Бул дин түндүн караңгылыгы менен күндүн нуру жеткен жердин баарына жетет. Аллах Таала бул динди киргизбеген же ылайдан салынган, же кийизден жасалган үй калбайт</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Тамим Дари (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Бул дин түндүн караңгылыгы менен күндүн нуру жеткен жердин баарына жетет. Аллах Таала бул динди киргизбеген же ылайдан салынган, же кийизден жасалган үй калбайт.  Ал бирөөлөрдү ызаттуу кылса, бирөөлөрдү кор кылат. Исламды кабыл кылгандарды Аллах ызаттуу кылат. Каапыр болгондорду Аллах кор кылат" Тамим Даари айтат: Бул хадисте айтылганды мен өзүмдүн жакындарымдан көрдүм. Алардын арасынан динди кабыл кылгандары жакшылыкка жетип, кадыры артып, ызаттуу болду. Динди кабыл кылбай каапыр болгондору кордук тартып, кор болушуп, салык төлөп калышты.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жакында Ислам дини бүт жер бетине жайыларын, түн менен күн жеткен жердин баарына жетерин айткан. Аллах Таала шаардагы, айыл-кыштактагы, атүгүл жайлоодогу үйлөргө чейин бул динди киргизет. Кимде-ким Исламды кабыл кылып, ага ыйман келтирсе, Исламдын ызаты менен ызаттуу болот. Кимде-ким Исламдан баш тартса, ишенбей каапырдык кылса, кор болот.
 Хадисти айткан сахаба Тамим Даари (ага Аллах ыраазы болсун) Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айткан бул кабарды турмушта өзүнүн жакындарынан көргөнүн айтат. Жакындарынын арасынан кимиси динди кабыл кылса, ал жакшылыкка жетип, кадыр-барктуу болуп ызатка ээ болду. Ал эми динди кабыл кылбагандары кор болушту. Анткени, алар салык катары мусулмандарга мал-мүлкүнөн төлөп жашашкан.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Хадисте мусулмандарга чоң сүйүнчү кабар: жакын арада алардын дини бүт ааламга жайылары айтылган.
 Ызаттуулук Исламда жана мусулмандарда. Кордук баш ийбестикте жана каапырлыкта.
 Бул хадис пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгына анык далил. Анткени, анын алдын ала айтканы ишке ашты.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11220</t>
   </si>
   <si>
-    <t>إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ</t>
+    <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>Эгерде силерден бирөөңөр намаз окуп жатып үч рекетпи же төрт рекетпи окуганын билбей шектенип калса, шектенип турганын эмес, анык болуп турганын улантып окуй берсин. Анан намаздын акырында салам берүүдөн мурда эки жолу сажда кылсын</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Абу Саид ал-Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде силерден бирөөңөр намаз окуп жатып үч рекетпи же төрт рекетпи окуганын билбей шектенип калса, шектенип турганын эмес, анык болуп турганын улантып окуй берсин. Анан намаздын акырында салам берүүдөн мурда эки жолу сажда кылсын. Эгер беш рекет кылып бир рекет ашыкча окуп алса, ошол эки сажда менен ал жуп болуп калат. А эгер төрт рекет болуп намаз так болуп калса, анда эки сажда шайтанга сокку болот".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эгер намаз окуп жаткан адам үчүнчү рекетти окудумбу же төртүнчү рекетти окудумбу деп эки анжы ойдо калса, күмөнсүрөп жатканын, тагыраагы төртүнчү рекет деген оюн таштап, анык болгон үчүнчү рекетти окудум деген ойго токтоп, анан дагы бир рекет кошуп окусун, акырында кошумча эки сажда кылсын деп айткан.
 Эгер төртүнчү рекетти окуган болсо, анда кошуп окуган рекети бешинчи болуп, бир рекет ашыкча болот. Анын артынан аткарылган кошумча эки сажда бир рекет намаздын ордуна эсептелип, намазы алты рекет б.а. так эмес, жуп намаз болуп жарактуу болот. Эгерде кошумча окуган бир рекети менен биригип намазы төрт рекет болсо, анда ашык-кеми жок төрт ирекет намазын окуган болот.
 Ал эми намаздын соңундагы эки кошумча саждасы шайтанды кор кылып, аны максатынан куру калтырган курал болот. Анткени, шайтан пендени намаздан алагды кылды, намазын бузууга аракет кылды, бирок пенде Аллахтын буйругун аткарып, убагында Ибилис Адамга сажда кылбай күнөөкөр болгон эки сажданы аткарып намазын кайра оңдоп алды.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Намаз окуп жаткан адам канчанчы рекетти окуп жатканын билбей эки анжы болуп калса, шектүүнү таштап, шеги жокту б.а. рекеттин азын алып, намазын уланта берет. Акырында салам бербей туруп, эки жолу кошумча сажда кылат.
 Бул эки сажда намазды өз калыбына келтирүүнүн жолу жана шайтанды кор кылып, максатынан алыстатуу.
 Хадисте айтылып жаткан шек бул эч кандай аныктыгы жок эки анжылыкка тиешелүү. А эгер шек пайда болуп бирок аныктык басымдуулук кылып турса, анда басымдуу болгонун аткара берет.
 Шарият буйруктарын аткаруу менен шайтандын васваса азгырыгын кубалоого болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11231</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>- деп сурады. "Ооба" - деди тиги киши. "Анда ага жооп бер" - деди</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарга (ага Аллахтын тынчтыгы жана мактооосу болсун) сокур адам келип: "О, Аллахтын элчиси, мен мечитке жетелеп келе турган адам жок болуп жатат" - деп Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) ага намазды үйүндө окууга уруксат сурады. Ага уруксат берди. Ал кайрылып кетип бара жатканда, кайра чакырып: "Намазга айтылган азанды угасыңбы?" - деп сурады. "Ооба" - деди тиги киши. "Анда ага жооп бер" - деди.</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Көзү көрбөгөн киши пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) келип: "О, Аллахтын элчиси, мага жардам берип, мени беш убак намазга мечитке алып келе турган эч ким жок" - дейт. Б.а. ал пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага жамаатка келбей эле коюуга уруксат берүүсүн каалаганын билдирет. Ага уруксат берет. Ал кетип бара жатканда кайра чакырып, намазга чакырган азанды угасыңбы деп сурайт. "Ооба" - дейт ал. "Анда азанга жооп кылып мечитке келгин" - дейт.</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Намазды жамаат менен окуу важиб. Анткени важиб жана лаазым иштерден гана уруксат суралат.
 Азанды уккан адамга карата айтылган "Жооп бер" деген сөзү намазды жамаат менен окуунун важибтигине далил. Анткени буйрук важибге негизделген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11287</t>
   </si>
   <si>
-    <t>خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا</t>
+    <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
   </si>
   <si>
     <t>Эркектер үчүн саптардын эң жакшысы - алдыңкылары. Эң жаманы - арткылары. Аялдар үчүн саптардын эң жакшысы - арткылары. Эң жаманы - алдыңкылары</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эркектер үчүн саптардын эң жакшысы - алдыңкылары. Эң жаманы - арткылары. Аялдар үчүн саптардын эң жакшысы - арткылары. Эң жаманы - алдыңкылары".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
 وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
 وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: эркектер үчүн намазда турганда саптардын эң жакшысы жана сообу көбү биринчи саптар; себеби имамга жакын болуп, ал окуган Куранды угат жана арттагы аялдардын сабынан алыс болот. Саптын жаманы, сообу азы жана шарияттын талабынан четте калганы - саптардын акыркысы. Аялдар үчүн саптардын эң жакшысы - акыркысы. Анткени акыркы сап аялдар үчүн жашыруун, эркектерге аралашып калуудан, аларды көрүүдөн оолагыраак болот. Ал эми алар үчүн саптардын эң жаманы - алдыңкы сап. Анткени алдыңкы сапта эркектерге жакын болуп, фитна пайда болуусу мүмкүн.</t>
   </si>
   <si>
     <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
 جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
 النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
 بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
 تفاضل الناس بحسب أعمالهم.
 قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
 قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
   </si>
   <si>
     <t>Эркектерди таат-ибадат кылууга шашылууга, намазда алдыңкы саптарга жетишип барууга үндөгөн.
 Аялдарга эркектер менен бирге мечитте намаз окууга уруксат. Бирок жабык кийимчен, уяттуулук менен эркектердин артында өзүнчө сапта турууга тийиш.
 Аялдар мечитте жамаат менен намаз окуса, эркектер сыяктуу эле араларында ачык калтырбай, катар тизилип сапка туруп намаз окушат.
 Бул хадистен эркектер менен аялдарды бири-биринен алыс болууга үндөгөн шарияттын камы канчалык катуу экенин көрөбүз. Шарият алтургай ибадат кылына турган орундарда да эркек менен аялдын аралашуусуна жол бербейт.
 Адамдар кылган амалдарына жараша бири-биринен артык болот.
 Ан-Навави минтип айткан: Хадисте айтылган эркектердин сабы бардык учурга тиешелүү. Саптардын биринчиси дайыма жакшы. Акыркысы дайыма жаман. Ал эми хадистеги аялдардын сабы, мечитке барып эркектер менен бирге намаз окуган аялдарга гана тиешелүү. Эгерде аялдар өзүнчө намаз окуса, анда эркектер сыяктуу эле алардын да биринчи сабы эң жакшы сап, акыркы сабы эң жаманы болот.
 Имам ан-Навави дагы минтип айткан: Хадисте жакшы сап деп макталып айтылган, анда турууга үндөлгөн сап имамдын артындагы сап; ал сапка турган адам эртелеп келдиби же кеч келдиби айырмасы жок.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11299</t>
   </si>
   <si>
-    <t>إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب</t>
+    <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
   </si>
   <si>
     <t>Ушул эки намаз мунафыктар үчүн өтө оор намаздар. Бул эки намаз үчүн бериле турган сооп-сыйлыкты билгениңерде, төрт буттап жөрмөлөп болсо да келет элеңер</t>
   </si>
   <si>
     <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
   </si>
   <si>
     <t>Убай бин Кааб (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир күнү биз менен багымдат намазын окуп, анан: "Баланча намазга келдиби?" - деп сурады. Сахабалар: "Жок, келбеди" - дешти. Ал: "Баланча келдиби?" - деп сурады. Сахабалар: "Жок, келбеди" - дешти. Ошондо ал: "Ушул эки намаз мунафыктар үчүн өтө оор намаздар. Бул эки намаз үчүн бериле турган сооп-сыйлыкты билгениңерде, төрт буттап жөрмөлөп болсо да келет элеңер . Биринчи сап периштелердин сабы сыяктуу. Эгер биринчи саптын артыкчылыгын билгениңерде, ага жарышып келмексиңер. Чынында, адамдын бирөө менен окуган намазы анын жалгыз окуган намазына караганда жакшы. Эки адам менен окуган намазы бир адам менен окуган намазына караганда жакшы. Намазда кишинин саны канча көп болсо, Аллахка ошончо  жагымдуу болот".</t>
   </si>
   <si>
     <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
 قال الصحابة: لا. 
 ثم قال: أحاضر فلان؟ لشخص آخر، 
 قالوا: لا. 
 قال صلى الله عليه وسلم: 
 إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
 ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
 وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
 وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
 والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир күнү таңкы намазды окуп бүтүп: Баланча биздин бул намазыбызга келдиби? - деп сурайт. Сахабалар: Жок - дешет. Анан: Баланча келдиби? - деп башка адамды сурайт. Сахабалар: Жок - дешет. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дейт: Багымдат жана куптан намаздары мунафыктар үчүн оор намаздар; бул учурларда алардын жалкоолугу басымдуулук кылат. Бул намаздар караңгыда окулгандыктан, алар башкаларга анча көрүнө албайт (рия кыла албайт).
 Эй, ыймандуулар, эгер силер бул эки намаз үчүн бериле турган ашыкча сооп-сыйды билгениңерде, (негизи сооп амалдын машакатына жараша берилет) анда жөрмөлөп болсо да келмексиңер.
 Имамга жакын турган биринчи сап, Аллахка жакын турган периштелердин сабына окшош. Эгер ыймандуулар биринчи саптын артыкчылыгын билгенде, ага жетишип калуу үчүн жарышып келишмек. Кишинин башка бир киши менен чогуу окуган намазы сооп жагынан да, таасири жагынан да өзү жалгыз окуган намазга караганда жогору турат. Жамаат менен окулган намазда кишинин саны канча көп болсо, ал намаз Аллахка ошончо жагымдуу болот.</t>
   </si>
   <si>
     <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
 مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
 عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
 صلاة الجماعة تنعقد باثنين فما فوق.
 بيان فضل الصف الأول، والترغيب في المبادرة إليه.
 فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
 الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
   </si>
   <si>
     <t>Мечиттин имамынын жамааттагы адамдардын абалын байкап, келбей калгандар тууралуу сурап билип туруусу шарияттын талабы.
 Жамаат намазды калтырбоо, айрыкча багымат жана куптанды жамаат менен окуу ыймандуулуктун белгилеринин бири.
 Багымдат жана куптан намаздарына баруу напсиге каршы күрөштү жана сабырдуулукту талап кылгандыктан, бул эки намазга баруунун сообу башка намаздарга барууга караганда көбүрөөк.
 Эки же андан көп адам окуган намаз жамаат намазы деп эсептелет.
 Биринчи сапка туруунун артыкчылыктары айтылып, ага шашылууга үндөгөн.
 Жамаатта адамдын санынын көп болгону жакшы. Адамдын саны канча көп болсо, сообу да ошончо көп болот.
 Жакшы иш-амалдар шарият артыкчылыгын ашырган учурларга жана сыпаттаган абалдарга  карай бири-биринен артыкчылыктуу болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11306</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге муктаждыктардын башында айтылчу кутпаны минтип үйрөткөн</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>Абдуллах бин Масуъд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге муктаждыктардын башында айтылчу кутпаны минтип үйрөткөн: "Алкыш-мактоолор Аллахка болсун. Андан жардам сурайбыз жана кечирим тилейбиз. Напсибиздин жамандыгынан сактоону Өзүнөн суранабыз. Аллах кимди туура жолго салса, аны адаштыруучу жок. Ал кимди адаштырса, аны туура жолго салуучу жок. Аллахтан башка ибадатка татыктуу кудай жок жана Мухаммад  Анын кулу жана элчиси деп күбөлүк берем. "О, адамдар! Силерди бир жандан жаратып, андан жубайын жаратып, ал экөөнөн көп эркек жана аялдарды тараткан Раббиңерден корккула! Анын аты менен жана туугандыктан сурала турган Раббиңерден корккула!" (Ниса, 1-аят). "О, ыймандуу пенделер! Аллахтан чыныгы коркуу менен корккула жана мусулман болмоюнча өлбөгүлө!" (Аалу Имран, 102-аят). "О, ыймандуу пенделер! Аллахтан корккула жана туура сүйлөгүлө! Аллах силердин ишиңерди оңдоп, күнөөңөрдү кечирет. Ким Аллахка жана Анын элчисине моюн сунса, чоң утушка жетет". (Ахзаб, 70-71-аяттар).</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ибн Масъуд (ага Аллах ыраазы болсун) пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) муктаждык кутпасын үйрөткөнүн айтат. Бул кайсы бир муктаждык иште кутпаны баштаарда айтылчу сөздөр. Муктаждык дегени, нике кутпасы, жума кутпасы сыяктуу кутпалар. Бул кутпа Аллах Таала түрдүү алкыш-мактоолордун баарына ылайык экендигин билдирген терең маанилерди ичине камтыйт. Ошондой эле шериги жок Жалгыз Аллахтан жардам суроо, күнөөлөрдү жашырууну жана ал үчүн жазалабоону сурануу, бардык жамандыктан, напсинин жамандыгынан ж.б. жамандыктардан сактоону Анын Өзүнөн жалбарып суранууну камтыйт.
 Кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) туура жол Аллахтын колунда экенин, Ал кимди туура жолго баштаса, аны адаштыруучу болбостугун, ал эми кимди Ал адаштырса, ага туура жолго баштоочу болбостугун кабарлаган.
 Андан кийин Аллахтан башка ибадатка татыктуу кудай жок деген тавхид күбөлүгүн жана Мухаммад Анын элчиси деген элчиликке берилген күбөлүктү эскерткен.
 Акырында Аллахтын ыраазылыгын издеп, Анын буйругун аткарып, тыюусунан тыйыла турган такыбалыкка буйруган үч аят менен жыйынтыктаган. Аятта мындай жакшы амалдарды жасап, жакшы сөздөрдү айткандардын сыйлыгы - күнөөнүн кечирилүүсү, жамандыктардын өчүрүлүүсү, бул дүйнөдө жакшы, таза жашоо, кыяматта болсо утугу бейиш болот.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Нике, жума, ж.б. кутпаларды ушул сөздөр менен баштоо жакшы.
 Кутпа алкыш-мактоону, келмелерди жана кээ бир Куран аяттарын ичине камтышы керек.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына алар динде эмнени билүүгө муктаж болсо ошону үйрөткөн.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58060</t>
   </si>
   <si>
-    <t>لا نِكَاحَ إِلّا بِوَليٍّ</t>
+    <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Валий (4) болбосо нике болбойт</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Абу Муса, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Валий (4) болбосо нике болбойт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, аялдын никесинде валий жок болсо никеси жараксыз экенин баяндады.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Валийдин никеде болушу никенин жарактуу болушунун шарты болуп саналат. Ошондуктан эгерде аялдын валийи жок болсо, же аял өзү эле нике кыйдырып алса, анда никеси жарабайт.
 Валий аялга эң жакын эркек туугандарынан болот. Ошондуктан аялдын жакын туугандарынан болгон валийи бар болсо, анда алыс туугандарынан болгон валийи аны никелеп турмушка бере албайт.
 Валий болуунун шарттары: валий шарият өкүмдөрүн аткара алышы, эркек киши болуусу, никенин жол-жобосун айырмалап билүүсү жана аял менен валийдин дини бир болушу керек. Кимде-ким бул сапаттар менен мүнөздөлбөсө, анда никеде валий болууга жарактуу эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58066</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ</t>
+    <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>"Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, кол астындагы бала элем. (Тамактанууда) колум табактын ар тарабына кетет эле. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, мага: "Эй, бала! Бисмиллах" - деп, Аллахтын атын ата. Оң колуң менен жана өз алдыңдан жегин!" – деп айтты. Мен ошондон бери (Аллахтын Элчиси үйрөткөндөй) тамактанам".*@</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>Умар бин Абу Салама, радыяллаху анху, риваят кылып мындай деп айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, кол астындагы бала элем. (Тамактанууда) колум табактын ар тарабына кетет эле. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, мага: "Эй, бала! Бисмиллах" - деп, Аллахтын атын ата. Оң колуң менен жана өз алдыңдан жегин!" – деп айтты. Мен ошондон бери (Аллахтын Элчиси үйрөткөндөй) тамактанам".</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>Умар бин Аби Салама, радыяллаху анхума, Пайгамбар, саллаллаху алейхи уа салламдын, аялы Умму Саламанын уулу, мындай деп кабарлап жатат. Ал Пайгамбар, саллаллаху алейхи уа салламдын, тарбиясында жана камкордугунда болгон. Ал тамак ичип жаткан учурда тамакты алуу үчүн колун идиштин ар тарабына сунчу. Пайгамбар, саллаллаху алейхи уа саллам, ага тамактануунун үч эрежесин үйрөттү.
 Биринчиси: Тамактанып баштаганда "бисмиллах" деп айтуу.
 Экинчиси: оң кол менен тамактануу.
 Үчүнчүсү: Өзүнө жакын тараптан тамактануу.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>Жеп-ичүүнүн адептеринин бири – башында "бисмиллах" деп айтуу.
 Өзгөчө кароосунда болгон эркек балдарга адептерди үйрөтүү.
 Пайгамбар, саллаллаху алейхи уа саллам, жаш өспүрүмдөрдү тарбиялоодо жана аларга адептерди үйрөтүүдө боорукер жана кең пейил болгон.
 Тамак-аштын адептеринин бири – адам тамак-ашты өз алдынан алуу. Эгерде дасторкондо ар түрдүү нерселер болсо, анда андан каалагандай алса болот.
 Сахабалар Пайгамбар, саллаллаху алейхи уа салламдын, үйрөткөн адептерин бекем кармашкан. Муну Умар, радыяллаху анхунун: "Мен ошондон бери (Аллахтын Элчиси үйрөткөндөй) тамактанам" - деген сөзүнөн билүүгө болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>Силерден бирөө тамактанса оң колу менен жесин, ичкенде оң колу менен ичсин. Анткени шайтан сол колу менен жейт жана сол колу менен ичет</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Ибн Умар, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Силерден бирөө тамактанса оң колу менен жесин, ичкенде оң колу менен ичсин. Анткени шайтан сол колу менен жейт жана сол колу менен ичет".</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулманга оң колу менен жеп-ичүүнү буйруп, сол колу менен жеп-ичүүдөн тыйып жатат. Себеби шайтан сол колу менен ичип-жейт.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Сол кол менен ичип-жеш менен шайтанга окшошууга тыюу салынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58122</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ</t>
+    <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>Аллах Таала менин үммөтүмдүн ой-санаасына келген, бирок аткарбаган жана эч кимге айтпаган күнөөлөрүн кечирет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таала менин үммөтүмдүн ой-санаасына келген, бирок аткарбаган жана эч кимге айтпаган күнөөлөрүн кечирет".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: мусулман адам напсисине келген жаман ойду ишке ашырбаса жана эч кимге айтпаса, ал үчүн жазаланбайт. Аллах Таала аны кечирет. Мухаммад пайгамбардын үммөтүнөн эч ким кыялына келген жаман ишти аткарууда эки анжы болуп, аны аткарууга толук бел байламайынча ага жооп бербейт. Эгер жүрөгү менен текеберликке, менменсинүүгө, эки жүздүүлүккө же кайсы бир дене мүчөсү менен күнөө кылууга толук чечим кылса же тили менен айтса, анда анысына жооп берет.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
   <si>
     <t>Аллах Таала мусулмандын кыялына келген жаман пикир, туура эмес ойлорду кечирет.
 Эгер адам талакты пикир кылса, кыялына келтирсе, бирок аны айтпаса жана жазып бербесе, бул талак болуп эсептелбейт.
 Кыялына келген иш канчалык чоң күнөө иш болсо да эгер аны ишке ашырууга бел байлабаса, аткарбаса жана айтпаса, ал үчүн күнөөкөр болбойт.
 Мурдагы үммөттөрдөн айырмаланып, Мухаммад пайгамбардын үммөтүнүн кыялындагы иш үчүн айыпталбаганы, бул үммөттүн артыкчылыгын билдирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58144</t>
   </si>
   <si>
-    <t>رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ</t>
+    <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
   </si>
   <si>
     <t>Үч түрдүү адамдан калем көтөрүлгөн (б.а. күнөө жазылбайт): уктап жаткан киши ойгонгонго чейин. Жаш бала балакат курагына жеткенге чейин. Акылынан айныган адам акылына келгенге чейин</t>
   </si>
   <si>
     <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
   </si>
   <si>
     <t>Али (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Үч түрдүү адамдан калем көтөрүлгөн (б.а. күнөө жазылбайт): уктап жаткан киши ойгонгонго чейин. Жаш бала балакат курагына жеткенге чейин. Акылынан айныган адам акылына келгенге чейин".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
 الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
 وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
 وعن النائم حتى يَستيقظَ.
 فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төмөнкү үч түрдүү адамдан башкаларына жоопкерчилик жүктөлөрүн айткан:
 Жаш бала чоңоюп, балакат курагына жеткенге чейин.
 Акылынан айнып жинди болуп калган адам кайра акылына келгенге чейин.
 Уктап жаткан адам ойгонгонго чейин.
 Булардан жоопкерчилик алынган. Булардын кылган күнөөсү жазылбайт. Бирок жаш баланын жакшы иштеринин сообу жазылат. Жинди болгон адам менен уктап жаткан адамга жакшы иштеринин сообу да жазылбайт. Анткени, өздөрү эмне кылып жатканын билбегендиктен, алар ибадаттары кабыл болбой турган адамдар болуп эсептелет.</t>
   </si>
   <si>
     <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
 عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
 للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
 قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
   </si>
   <si>
     <t>Инсан аны уйку баскан учурда ибадат кылууга жараксыз болот. Же жашы кичүү мезгилинде жараксыз болот. Же акылынан тайып жинди болуп калган учурда жараксыз болот. Аллах Таала Өзүнүн адилеттүүлүгү жана ырайымдуулугу менен ушул үч учурда инсандын жасаган күнөө иштерин кечирип жиберет.
 Аларга күнөөнүн жазылбоосу аларга тиешелүү кээ бир дүнүйөлүк өкүмдөргө каршы келбейт. Мисалы жинди адам бирөөнү өлтүрүп койсо, ага өч алуу да, акы-төлөм да болбойт. Эгер акылы төп болсо, кун (дият) берилмек.
 Балакат жаш курагына жеткендин үч белгиси бар: түшүркөп же башка себеп менен уруктук суунун түшүүсү. Же аврат жерлерге түктөрдүн чыгуусу. Же он беш жашка толуусу. Ал эми аялзатына төртүнчү белги: айыздын келүүсү кошулат.
 Ас-Субки минтип айткан: "Сабий-жаш бала дегени, гулам деп айтылат". Дагы бирөөлөр минтип айткан: "Эненин ичиндеги бала жанин (түйүлдүк) деп аталат. Төрөлгөндө сабий (бөбөк) деп аталат. Эмчектен чыккандан баштап жети жашка чейин гулам (тестиер) деп аталат. Он жашка чейин йафиъ (жеткинчек) деп аталат. Он беш жашка чейин хазур (өспүрүм) деп аталат". Ас-Суйути болсо: "Ушул курактардын баарында баланы гулам деп атайт" деген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58148</t>
   </si>
   <si>
-    <t>مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً</t>
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Кимде-ким (башчыларга) баш ийүүсүнөн тайып, жамааттан бөлүнүп өлсө, ал жахилияттын өлүмү менен өлөт. Ким сокур желектин астында согушса, уруусу же улуту үчүн өзгөчө катуу берилип ачууланса, же улутчулдукка чакырса, же аларга жардам берип жүрүп өлсө, анда жахилият өлүмү менен өлөт. Ким менин үммөтүмө каршы чыкса, салихине да, бузукусуна да сокку урса жана ыймандууларды (өлтүрүү азабынан) коркпосо жана анын убадасын аткарбаса, анда ал менден эмес жана мен андан эмесмин</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Кимде-ким (башчыларга) баш ийүүсүнөн тайып, жамааттан бөлүнүп өлсө, ал жахилияттын өлүмү менен өлөт. Ким сокур желектин астында согушса, уруусу же улуту үчүн өзгөчө катуу берилип ачууланса, же улутчулдукка чакырса, же аларга жардам берип жүрүп өлсө, анда жахилият өлүмү менен өлөт. Ким менин үммөтүмө каршы чыкса, салихине да, бузукусуна да сокку урса жана ыймандууларды (өлтүрүү азабынан) коркпосо жана анын убадасын аткарбаса, анда ал менден эмес жана мен андан эмесмин".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, хадисте мындайча баяндады: "Кимде-ким башчыларга баш ийүүсүнөн тайып, имамга байъат кылууну макулдашкан Ислам жамаатынан бөлүнүп кетсе жана баш ийбесе, ошол бөлүнүп жүргөн абалында өлсө, анда ал жахилият (5) элинин өлүмүндөй өлөт. Алар мусулмандардын башчысына баш ийбей, жамаатка кошулбагандар. Тактап айтканда алар бири-бири менен согушкан топтор".
-. Жана Пайгамбар, саллаллаху алейхи уа саллам, чындыктын жүзү ачык көрүнбөгөн туунун астында согушкан, дин жана чындык үчүн эмес, өз элине же уруусуна өзгөчө катуу берилгендерге ачууланарын кабар берди. Алар көрөгөчтүгү жана илими жок, өз элине же уруусуна өзгөчө катуу берилип согушат. Эгер алар ошол абалда өлтүрүлсө, жахилият элинин өлүмүндөй өлөт.
+Жана Пайгамбар, саллаллаху алейхи уа саллам, чындыктын жүзү ачык көрүнбөгөн туунун астында согушкан, дин жана чындык үчүн эмес, өз элине же уруусуна өзгөчө катуу берилгендерге ачууланарын кабар берди. Алар көрөгөчтүгү жана илими жок, өз элине же уруусуна өзгөчө катуу берилип согушат. Эгер алар ошол абалда өлтүрүлсө, жахилият элинин өлүмүндөй өлөт.
 Кимде-ким Пайгамбар, саллаллаху алейхи уа салламдын, үммөтүнө каршы чыкса, анын салих жана бузуку элине сокку урса, кылган иштерине маани бербесе жана ыймандууларды өлтүрүү азабынан коркпосо жана каапырлар же башчылар менен болгон келишимин аткарбаса, тескерисинче ал келишимди бузса, анда анын бул кылганы чоң күнөөлөрдүн бири болуп саналат. Ким аны кылса, анда ал катуу азапка татыктуу болот.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Аллах Таалага күнөө болбогон иштерде башчыларга моюн сунуу важиб.
 Хадисте башчыга баш ийүүдөн тайып, мусулман коомунан бөлүнүп кеткендерге катуу эскертүү камтылган. Эгер алар ушул абалда өлсө, жахилият элинин жолунда өлөт.
 Хадисте уруусу үчүн өзгөчө катуу берилип согушуудан тыйды.
 Убадаларды аткаруу важиб.
 Жамаатка моюн сунууда жана ар дайым жамаат менен болууда көп жакшылык, коопсуздук, бейпилдик жана жакшы шарттар бар.
 Жахилият элинин абалдарына окшошуп калуудан тыюу бар.
 Ар дайым мусулман жамааты менен болууга буюрулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58218</t>
   </si>
   <si>
-    <t>مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ</t>
+    <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>Баарыңар бир адамдын кол астында турганда силердин араңарды бөлүп-жаргысы келген же жамаатыңарды тыркыратуу үчүн келген адамды өлтүргүлө</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Арфажа, радыяллаху анху, риваят кылып айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: "Баарыңар бир адамдын кол астында турганда силердин араңарды бөлүп-жаргысы келген же жамаатыңарды тыркыратуу үчүн келген адамды өлтүргүлө".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай деп баяндап жатат. Мусулмандар бир өкүмдардын астына жана жалпы мусулмандар жамаатына биригишсе, андан кийин ал өкүмдар менен өкүм талашууну каалаган же мусулмандарды бир нече жамаатка бөлүүнү каалаган бирөө келсе, анда ал адамды жамандыгынан кайтаруу үчүн жана мусулмандардын канын сактоо үчүн тыюу керек же ал адамга каршы күрөшүү керек.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Күнөө болбогон иштерде мусулмандардын башчысын угуу керек. Ага баш ийүү важиб болот жана ага каршы чыгууга тыюу салынган.
 Ким мусулмандардын башчысына жана мусулмандар жамаатына каршы козголоң чыгарса, ар-намысына жана тукумуна карабастан, аны менен согушуу керек.
 Бөлүнбөй, каршы чыкпай биригүүгө үндөө керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58223</t>
   </si>
   <si>
-    <t>كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة</t>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>Аллах Таала тыйган бул жаман, жийиркеничтүү иштен алыс болгула! Ким буга кабылса, Аллах жашыргандай жашырсын жана тообо кылууга шашылсын. Анткени, ким бизге күнөөсүн ачып берсе, ага Аллахтын китеби менен өкүм, жаза тургузабыз</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>Абдулла бин Умар (аларга Аллах ыраазы болсун) айтат: Асламини (зина кылганы үчүн) жазалап бүткөндөн кийин Аллахтын элчиси туруп мындай деди: "Аллах Таала тыйган бул жаман, жийиркеничтүү иштен алыс болгула! Ким буга кабылса, Аллах жашыргандай жашырсын жана тообо кылууга шашылсын. Анткени, ким бизге күнөөсүн ачып берсе, ага Аллахтын китеби менен өкүм, жаза тургузабыз".</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>Ибн Умар (аларга Аллах ыраазы болсун) кабарлайт: Мааиз бин Малик Асламини (ага Аллах ыраазы болсун) зына кылганы үчүн жазалагандан кийин, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) элге кутпа кылып, мындай деген: Аллах Таала тыйган жек көрүндү, жийиркеничтүү иштен алыс болгула. Ким бул ишти кылса, ага эки нерсе важыб болот: Биринчи: Аллах да аны жашыруусу үчүн кылган күнөөсүн жашыруу, күнөөсүн эч кимге айтпоо. Экинчи: күнөөнү улантып кыла бербей, дароо Аллахка тообо кылып кайтуу. Кимдин күнөөсү бизге ачык болсо, анда ошол күнөө үчүн Аллахтын китебинде айтылган жазаны беребиз.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Кылган күнөөсүн жашырууга жана Раббиси экөөнүн ортосунда болгон күнөөгө дароо тообо кылууга үндөө.
+Эгер жазалар башчыга жетсе, анда жазаны берүү зарыл болуп калат.
+Күнөөдөн сактануу жана тообого шашылуу важыб.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/58240</t>
+  </si>
+  <si>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>Бардык мас кылуучу ичимдиктер арак. Ал эми бардык мас кылуучу ичимдиктер арам. Кимде-ким бул дүйнөдө арак ичип жүрүп тообо кылбастан өтүп кетсе, акыретте аны иче албайт</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Ибн Умар (ал экөөнө Аллах ыраазы болсун) Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бардык мас кылуучу ичимдиктер арак. Ал эми бардык мас кылуучу ичимдиктер арам. Кимде-ким бул дүйнөдө арак ичип жүрүп тообо кылбастан өтүп кетсе, акыретте аны иче албайт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамды акылынан тайдырып, эсин кетире турган нерсенин баары, мейли ал суюк ичимдик болсун, мейли жей турган нерсе болсун, мейли жыттай турган түтүн болсун, баары хамр, мас кылуучу деп эсептелерин айткан. Акылдан кетире турган нерсенин баарына Аллах Таала тыюу салып, азын да, көбүн да арам кылган. Мындай мас кылуучулардын кайсы түрү болбосун, аны колдонуп, токтотпостон ичип жүрүп, тообо кылбай дүйнөдөн өтүп кетсе, ал бейиштеги насибинен куру калтырылып Аллахтын азабына дуушар болот.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Арактын арам болуусунун себеби анын мас кылгандыгында. Ошондуктан, бардык мас кылуучу нерселер арам.
 Аллах Таала аракты анын коомду буза турган зыяны чоң болгону үчүн арам кылган.
 Бейиште аракты ичүү анын ырахытынын жана нээмат жакшылыктарынын кемчиликсиздигинен кабар берет.
 Кимде-ким бул дүйнөдө арак ичүүдөн напсисин тыя албаса, Аллах Таала бейиште аны ичүүдөн куру калтырат, анткени жаза күнөөнүн түрүнө жараша болот.
 Өлүм сааты келгенге чейин күнөөлөргө тообо кылууга шашылуу зарыл.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58259</t>
   </si>
   <si>
-    <t>مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا</t>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Кимде-ким муаахадты (6) өлтүргөн болсо, анда бейиштин жытын жыттабайт. Анын жыты кырк жылдык алыстан жыттанып турат</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Абдулла бин Амр, радыяллаху анху риваят кылган хадисте, Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Кимде-ким муаахадты (6) өлтүргөн болсо, анда бейиштин жытын жыттабайт. Анын жыты кырк жылдык алыстан жыттанып турат".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, муаахадты өлтүргөн адамга катуу азап болоорун баяндап жатат. Муаахад: Ислам жергесине коопсуздук келишимин алып кирген каапыр адам. Кимде-ким аны өлтүрсө, бейиштин жытын жыттабайт. Бейиштин жыты кырк жылдык аралыктан келип турат.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Каапырлардын арасынан муаахадты, зиммийлерди жана мустаьманды өлтүрүүгө тыюу салынган. Аларды өлтүрүү чоң күнөөлөрдөн.
 Муаахад: Ислам жергесине коопсуздук келишимин алып кирген каапыр адам. Ал өз өлкөсүндө жашайт, мусулмандарга каршы согушпайт жана мусулмандар деле аны менен согушпайт. Зиммий: ал мусулмандардын жеринде отурукташып, салык төлөгөн адам. Мустаьман: белгилүү бир убакытка чейин мусулмандардын жерине коопсуздук келишимин алып кирген каапыр адам.
 Мусулман эместер менен болгон келишимге кыянатчылык кылуудан эскертүү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/64637</t>
   </si>
   <si>
-    <t>نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ</t>
+    <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
   </si>
   <si>
     <t>Азуу тиштүү жырткычтардын жана тырмактуу (жырткыч) канаттуулардын этин жегенден тыйган</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
   </si>
   <si>
     <t>Ибн Аббас (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Азуу тиштүү жырткычтардын жана тырмактуу (жырткыч) канаттуулардын этин жегенден тыйган.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) азуу тиштери менен аңчылык кылган жырткыч айбандардын жана табылгасын темир тырмагы менен кармап, тытып жеген канаттуулардын этин жегенден тыйган.</t>
   </si>
   <si>
     <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
 الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
   </si>
   <si>
     <t>Ислам дини бардык нерседе, жегенде да, ичкенде да таза нерсени гана пайдаланууга үндөйт.
 Негизинде тамак-аштын баары адал. Бирок арам экендигине анык далил келгендери гана арам.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/64643</t>
   </si>
   <si>
-    <t>لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ</t>
+    <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, бийликтеги пара берүүчүгө жана пара алуучуга каргыш айтты</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылып айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, бийликтеги пара берүүчүгө жана пара алуучуга каргыш айтты.</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, пара берген жана пара алган адамга Аллах Тааланын ырайымынан чыксын жана алыс болсун деп дуба кылган.
 Мына ошол пара - бул соттор өкүмдү бурмалоосу үчүн аларга төлөнүүчү нерсе. Пара берүүчү адам каалаган максатына адилетсиздик менен жетиши үчүн пара берет.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Пара берүүгө, алууга, аларга ортомчу болууга жана аларга жардам берүүгө тыюу салынат. Анткени ал зулумдукка жардам берген болуп калат.
 Пара алуу чоң күнөө. Анткени Аллахтын Элчиси, саллаллаху алейхи уа саллам, пара алганга да жана пара бергенге да каргыш айткан.
 Сотто жана өкүм чыгарууда пара алуу эң чоң кылмыш жана эң чоң күнөө. Анткени анда Аллах түшүргөн өкүмдөн башкасы менен өкүм чыгаруу бар жана зулумдук бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/64689</t>
   </si>
   <si>
-    <t>بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ</t>
+    <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>Ислам беш нерсеге (түркүккө) негизделген</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Абдулла бин Умар (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ислам беш нерсеге (түркүккө) негизделген : Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси деп күбөлүк берүү, намаз окуу, зекет берүү, (Каабага) ажылык кылуу, Рамазанда орозо кармоо".</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Исламды бекем курулушка окшоткон. Ал курулушту кармап турган түркүктөрү Исламдын беш түркүгү, ал эми Исламдын башка жөрөлгөлөрү курулушту толуктап бүтүрөт. Бул түркүктөрдүн биринчиси: эки күбөлүк; Аллахтан башка ибадатка татыктуу кудай жок жана Мухаммад Анын элчиси деген күбөлүктөр. Бул экөө бири-биринен ажырагыс болгон бир түркүк. Пенде бул эки күбөлүктү Аллахтын жалгыздыгын, Ал гана ибадатка татыктуу экендигин, Андан башка ибадатка татыктуу жоктугун моюндап айтат. Бул күбөлүктүн талабын аткарып амал кылат. Мухаммаддын (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген динине ишенип, анын артынан ээрчийт. Экинчи түркүк: Намаз окуу. Бул бир сутка ичинде окула турган беш убак парз намаз. Алар: Багымдат, бешим, дигер, шам жана куптан. Намаз окуганда анын (сырткы) шарттары, (ички) үрүкүн-парздары жана ваажыбдары толук аткарылуусу керек. Үчүнчү түркүк: Парз болгон зекетти берүү. Бул шариятта чектелип көрсөтүлгөн чек-өлчөмгө жеткен малдан милдеттүү түрдө бериле турган байлыкка тиешелүү ибадат. Зекет аны алууга ылайыктуу болгон адамдарга берилет. Төртүнчү түркүк: Ажы кылуу. Бул Аллахка кулчулук кылуу үчүн Меккени максат кылып барып, анда ажылыктын талап, тартиптерин аткаруу. Бешинчи түркүк: Рамазан айында орозо тутуу. Бул таң аткандан баштап, күн батканга чейин Аллахка кулчулук кылуу ниети менен жегенден, ичкенден ж.б. орозону буза турган иштерден сактануу.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>Эки күбөлүктү бекем кармоо зарыл, алардын бири болбосо, экинчиси жарактуу болбойт, ошон үчүн экөө бир түркүк болуп эсептелет.
 Бул эки күбөлүк диндин негизи, бул экөөсүсүз сөз дагы, амал дагы кабыл кылынбайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65000</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Силердин кимиңер күнөө ишти көргөн болсо, анда аны колу менен токтотсун! А эгерде колу менен токтото албаса, анда тили менен токтотсун! Ал эми тили менен да токтото албаса, анда жүрөгүнөн жек көрсүн! Мына бул ыймандын эң алсыздыгы</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Абу Саид аль-Худри, радыяллаху анху, риваят кылат: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Силердин кимиңер күнөө ишти көргөн болсо, анда аны колу менен токтотсун! А эгерде колу менен токтото албаса, анда тили менен токтотсун! Ал эми тили менен да токтото албаса, анда жүрөгүнөн жек көрсүн! Мына бул ыймандын эң алсыздыгы».</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, жамандыкты, б.а. Аллах жана Анын Элчиси тыюу салган нерселердин бардыгынан адамдын мүмкүнчүлүгүнө жараша токтотууга буйруйт. Эгерде бир күнөө ишти көрсө, аны токтотууга күчү жетсе, анда колу менен токтотушу керек. Эгерде ага кудурети жетпесе, анда күнөөкөрдү тыйып, күнөөнүн зыянын түшүндүрүп жана бул жамандыктын ордуна жакшылык ишти көрсөтүп, аны тили менен токтотсун. Эгерде бул даражага жете албаса, анда бул жамандыкты жүрөгү менен жек көрсүн. Эгерде аны токтотууга кудурети жеткенде, аны аткарат эле деген ниетте болсун. Жүрөгүнөн жек көрүү – жамандыкты токтотуудагы ыймандын эң алсыз даражасы.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Бул хадис – жамандыкты токтотуунун даражаларын баяндоодо негиз болуп саналат.
 Акырындык менен жамандыктан кайтаруу буйругу ар кимисинин өз жөндөмүнө жана мүмкүнчүлүгүнө жараша болот.
 Жамандыктан кайтаруу – бул диндеги улуу иштерден. Бул иш эч кимдин жоопкерчилигинен түшпөйт жана ар бир мусулманга өзүнүн мүмкүнчүлүгүнө жараша милдет болот.
 Жакшылыкка буюруу жана жамандыктан кайтаруу ыймандын белгилеринен. Анткени ыйман көбөйөт жана азаят.
 Жамандыктан кайтаруунун шарттарынан: Иштин күнөө экенин билүү.
 Жамандыктан кайтаруунун шарты: Андан чоң жамандык алып келбеши керек.
 Жамандыктан кайтаруунун мусулман сөзсүз түрдө үйрөнө турган адептери жана шарттары бар.
 Жамандыктан кайтаруу үчүн шарияттык саясат, билим жана көрөгөчтүк керек.
 Аткарылып жаткан күнөөнү көрүп жүрөк менен жек көрбөгөндүк - ал ыймандын алсыздыгын көрсөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Ким Исламда жакшылык кылса, жахилиятта кылган иши үчүн жазаланбайт, ал эми ким Исламда жүрүп жаман иштерди кылса, биринчи жана акыркысы үчүн жазаланат</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Ибн Масуд, радыяллаху анху, айтты: Бир киши: Оо, Аллахтын Элчиси, жахилият кезинде кылган иштерибиз үчүн жазаланабызбы? - деп сурады. Анда Пайгамбарыбыз айтты: «Ким Исламда жакшылык кылса, жахилиятта кылган иши үчүн жазаланбайт, ал эми ким Исламда жүрүп жаман иштерди кылса, биринчи жана акыркысы үчүн жазаланат»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Исламга кирүүнүн пазилеттерин ачыктап айтып берди. Ошондой эле ким Исламды кабыл алып, такыба мусулман болуп, ыкластуу жана чынчыл болсо, анда жахилиятта кылган күнөөлөрү үчүн жооп бербейт. Ал эми ким Исламда жүрүп эки жүздүү болсо же динден чыгып кетсе, анда ал каапырлык кезинде кылган иштери үчүн жана Исламдагы кылган күнөөлөрү үчүн жооп берет.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Сахабалардан Аллах ыраазы болсун. Алар жахилият (1) учурунда кылган иш-аракеттеринен коркушкан жана ал иш-аракеттери аларды катуу ойлондурган.
 Исламда бекем болууга чакыруу.
 Исламга кирүүнүн пазилети жана ал мурунку жаман иш-аракеттерди жок кылат.
 Исламдан чыккан адам жана мунафык жахилиятта мурда жасаган ар бир иши үчүн жана Исламда кылган ар бир күнөөсү үчүн жооп берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>Айтыңызчы, мен парз намаздарын окуп, Рамазан орозосун кармасам, адалды адал деп билип, арамды арам</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Жабир, радыяллаху анху, риваят кылат: Бир киши Аллахтын Элчиси, саллаллаху алейхи уа салламдан, мындай деп сурады: «Айтыңызчы, мен парз намаздарын окуп, Рамазан орозосун кармасам, адалды адал деп билип, арамды арам деп билсем жана бул нерселерге эч нерсе кошпосом, анда мен бейишке киреминби?» Анда Пайгамбарыбыз айтты: «Ооба» - деди. Ал: «Аллага касам! Мен буга эч нерсе кошпойм» - деди.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ким беш убак намазды окуп аларга нафил намазды кошпосо, Рамазан орозосун кармап нафил орозо кармабаса, адалды адал деп билип жана аны аткарса, арамдын арам экендигин билип андан алыс болсо, анда анын бейишке кирерин баяндады.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Мусулман парздарды аткарууга жана арам нерселерди таштоого аракет кылат жана анын максаты бейишке кирүү болот.
 Адал иштерди аткаруу жана анын адалдыгына ишенүүнүн, арам иштерди арам деп билүү жана ага тыюу салынган деп ишенүүнүн маанилүүлүгү.
 Парздарды аткаруу жана арам иштерди таштоо бейишке кирүүгө себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Тазалык – ыймандын жарымы. Алхамдулиллахи сөзү амал таразаны толтурат. Субхааналлах жана Алхамдулиллах сөздөрү болсо асман менен жердин</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Абу Маалик Аль-Хаарис ибн Аасим Аль-Ашарий, радыяллаху анхудан, Алахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Тазалык – ыймандын жарымы. Алхамдулиллахи сөзү амал таразаны толтурат. Субхааналлах жана Алхамдулиллах сөздөрү болсо асман менен жердин ортосун толтурат. Намаз – нур, садака бул - далил, ал эми сабырдуулук болсо жарыктык. Куран болсо, сенин пайдаңа же сенин зыяныңа күбөө болот. Ар бир инсан күндө өз нафсисин Аллах үчүн же шайтан үчүн сатыка коёт, анан аны куткарып алат же аны зыянга учуратат».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай дейт: Чындыгында тышкы тазалык даарат алуу жана жуунуу менен болот. Анткени бул намаздын шарты. Ал эми: «Алхамдулиллах» – сөзү Аллахты мактоо сөзү жана Аны толук болгон сыпаттар менен сыпаттоо сөзү. Ошондой эле бул сөз Кыямат күнү таразага тартылып, амал таразасын толтурат. Ал эми «Субханаллах» жана «Алхамдулиллах» сөздөрү - бул ар бир кемчиликтен аруулоо жана Аллахтын улуулугуна ылайыктуу келген толук болгон сыпаттар менен сыпаттаган сөздөр. Бул сөздөрдү айтууда Аллахка толук сүйүү жана улуктоо менен коштолот. Ошондой эле бул сөздөр жер менен асмандардын ортосун толтурат. «Намаз нур» деген сөзү пенденин жүрөгүндө, жүзүндө, кабырында жана кайра тирилүүдө ага нур болот. «Садака далил» деген сөзү момундун ыйманынын чынчылдыгына далил болот. Ошондой эле садаканын сыйлыктарына ишенбегендиги үчүн садаканы бербеген мунафык адам эмес экенине далил болот. “Сабырдуулук жарыктык” – бул деген тынчсызданууда жана нааразычылыкта өзүн кармай билүү. Сабырдуулуктун жарыктык сыяктуу болгонунун себеби күн нуру сыяктуу жылуулукту жана күйүүнү алып келген жарык сыяктуу. Анткени, сабыр кылуу - бул нафсиге оор келет жана өзүн өзү көптөгөн аракет менен көндүрүүсү керек. Ошондой эле өзү каалаган нерсесинен өзүн кармоосу талап кылынат. Анын ээси дайыма жарык жана туура жолдо болот. Сабыр кылуу – Аллахка моюн сунууда, Ал арам кылган иштерден тыйылууда сабыр кылуу жана бул дүйнөдөгү балээлерге жана ар кандай кыйынчылыктарга сабыр кылуу түрлөрүнө бөлүнөт. «Куран болсо, сенин пайдаңа» - бул Куранды тилават кылуу менен жана ага амал кылуу менен болот. Же «сенин зыяныңа күбө болот» - бул Куранды тилават кылууну жана аны иш жүзүнө ашырууну таштап коюуда болот. Андан кийин, Пайгамбарыбыз, саллаллаху алейхи уа саллам, бизге бардык адамдар чуркашып, тарашып, уйкудан туруп ар кандай иштери үчүн үйлөрүнөн чыгып кетээрин айтты. Алардын кээ бирлери Аллахка моюн сунууда туура жолду карманышып өз нафсилерин тозок отунан куткаргандар жана алардын арасында туура жолдон тайып, Аллахка баш ийбей, тозокко түшүп нафсисин кор кылгандар да бар.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Тазалык эки түрдүү болот: Сырткы тазалык - ал даарат алуу жана жуунуп  гусул алуу менен болот. Ал эми ички тазалык – тавхид, ыймандуулук жана жакшы амалдар менен болот.
 Намазга бекем болуунун маанилүүлүгү айтылды. Анткени намаз пенде үчүн бул дүйнөдө жана Кыяматта нур болот.
 Садака берүү ыймандын чынчылдыгына далил болот.
 Курандын өкүмдөрүн жана тыйган тыюуларын иш жүзүндө аткаруунун маанилүүлүгү. Ал сенин зыяныңа эмес, сенин пайдаңа болушу үчүн ага бекем ыйман келтирүү маанилүүлүгү айтылды.
 Эгерде нафсиңди Аллахка баш ийүү менен алектендирбесең, анда ал сени күнөөлөр менен алектендирет.
 Ар бир адам иш-аракеттерди аткаруу керек. Ошондуктан нафсисин Аллахка моюн сунуу менен тозоктон куткарат же Аллахка баш ийбестик менен жок кылат.
 Сабыр кылуу көтөрө билүүнү жана анын сыйлыгын үмүттөнүүнү талап кылат жана аны аткарууда кыйынчылыктар жаралат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Бир кишиге менин бир хадисим жетсе, ал сөөрүсүндө жөлөнүп отуруп алып: «Силер менен биздин ортобузда Аллахтын Китеби</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Аль-Микдам бин Муадикариб, радыяллаху анху, риваят кылган хадисте, ал айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Бир кишиге менин бир хадисим жетсе, ал сөөрүсүндө жөлөнүп отуруп алып: «Силер менен биздин ортобузда Аллахтын Китеби бар. Андан адал деп тапканыбызды адал кылабыз, арам деп тапканыбызды арам кылабыз. Аллахтын Элчиси, саллаллаху алейхи уа саллам, арам кылган нерсени Аллах арам кылган» - деп айтуусуна жакын калбадыбы?!.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз, саллаллаху алейхи уа салламдын, хадистерин укса да ал сөөрүсүндө жатып алып: «Биз менен силерди бөлүп турган нерсе – бул Курани Карим жана ал бизге жетиштүү. Анда эмнени адал деп тапсак, ага ылайык амал кылабыз, ал эми эмнени арам деп тапсак, андан алыс болобуз» - деп айткан адамдар чыккан замандын жакындаганынан Пайгамбарыбыз, саллаллаху алейхи уа саллам, кабар берди. Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, сүннөтүндө арам кылган иштер же тыюу салган нерселердин баары Аллах Өз Китебинде тыюу салган нерселердин өкүмүнө окшош экенин баяндады.  Анткени ал Раббисинин буйруктарын жеткирүүчү гана.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын сүннөтүн Куран катары урматтоо жана кабыл алуу.
 Пайгамбарга баш ийүү – Аллахка баш ийүү, ал эми ага баш ийбөө – Аллах Таалага баш ийбөө.
 Сүннөттүн далил катары алынуусу жана сүннөттү четке каккандарга  жооп.
 Ким сүннөттөн жүз буруп, Куран менен гана чектелем десе, анда ал сүннөттөн жана Курандан да баш тарткандыгынын белгиси болот. Ошондой эле ал Куранга амал кылам деген сөзүндө жалганчы болот.
 Аллахтын Элчисинин, саллаллаху алейхи уа саллам, пайгамбарлыгынын бир далили – келечекте боло турган бир нерсени айтуусу. Чындыгында Пайгамбардын айтканындай болду.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи жана Ибн Маажа жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
-[...2 lines deleted...]
-    <t>«Оо, Аллахтын Элчиси, кандай гана жаман иш болбосун, эч кимисин калтырбай аткарып чыктым». Анда Пайгамбар: «Аллахтан башка сыйынууга татыктуу кудай жок экендигине жана Мухаммад Аллахтын элчиси экендигине күбөлүк бересиңби?» - деп үч жолу сурады. Ал: «Ооба, күбөлүк берем» - деп айтты. Пайгамбар айтты: «Күбөлүк берүүң ал жаман иштериңди жууп кетет</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
+  </si>
+  <si>
+    <t>Оо, Аллахтын Элчиси, кандай гана жаман иш болбосун, эч кимисин калтырбай аткарып чыктым». Анда Пайгамбар: «Аллахтан башка сыйынууга татыктуу кудай жок экендигине жана Мухаммад Аллахтын элчиси экендигине күбөлүк бересиңби?» - деп үч жолу сурады. Ал: «Ооба, күбөлүк берем» - деп айтты. Пайгамбар айтты: «Күбөлүк берүүң ал жаман иштериңди жууп кетет</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Анас, радыяллаху анху, риваят кылат: Пайгамбар, саллаллаху алейхи уа салламга, бир киши келип, мындай деп айтты: «Оо, Аллахтын Элчиси, кандай гана жаман иш болбосун, эч кимисин калтырбай аткарып чыктым». Анда Пайгамбар: «Аллахтан башка сыйынууга татыктуу кудай жок экендигине жана Мухаммад Аллахтын элчиси экендигине күбөлүк бересиңби?» - деп үч жолу сурады. Ал: «Ооба, күбөлүк берем» - деп айтты. Пайгамбар айтты: «Күбөлүк берүүң ал жаман иштериңди жууп кетет».</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Бир адам Пайгамбар, саллаллаху алейхи уа салламга, келип: «Оо, Аллахтын Элчиси, мен бардык күнөөлөрдү жана туура эмес иштерди кылдым, мен чоң күнөөнү да, кичүү күнөөнү да калтырбай аткардым. Эми менин күнөөлөрүм кечирилеби?» - деп сурады. Пайгамбар, саллаллаху алейхи уа саллам, андан: «Аллахтан башка сыйынууга татыктуу кудай жок экендигине жана Мухаммад Аллахтын элчиси деп күбөлүк бересиңби?» - деп сурады. Ага муну үч жолу айтты. Ал киши: "Ооба, күбөлүк берем" - деп айтты. Ошентип, Пайгамбар, саллаллаху алейхи уа саллам, ага эки күбөлүк берүү келмесинин пазилеттүүлүгүн жана алар күнөө иштерди жууп кетүүсүн айтып берди. Ошондой эле тообо кылуу өзүнөн мурунку күнөө иштерди жок кылаарын айтты.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Күбөлүк берүү келмесинин улуулугу жана чын жүрөктөн айткан адам үчүн кандай гана күнөө болбосун, анын күнөөлөрүн жууп жок кылган артыкчылыгы.
 Ислам дини өзүнөн мурунку күнөө иштерди жок кылат.
 Тообо кылуу өзүнөн алдыңкы күнөөлөрдү жууп кетирет.
 Үйрөтүүдө кайталап түшүндүрүү – Пайгамбар, саллаллаху алейхи уа салламдын,  сүннөтү.
 Күбөлүк берүү келмесинин пазилеттүүлүгүн айтты. Анткени алар түбөлүк тозокто калуудан кутулууга себеп болот.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[Абу Йаъла, ат-Табарани жана аз-Зия ал-Макдиси жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Күндөрдүн биринде Пайгамбарыбыз, саллаллаху алейхи уа саллам, менен Уфайр аттуу эшектин үстүндө учкашып бара жаткам. Ошондо Пайгамбар айтты: "Эй, Муаз! Сен пенделердин Аллахка болгон акыларын жана Аллахтын пенделерине болгон акысын билесиңби?" - деп сурады. Мен: "Аллах жана Анын Элчиси жакшы билет" - деп айттым. Ал: "Пенделердин Аллахка болгон акылары - жалгыз Ага гана сыйынуулары жана Ага эч кимди шерик кылбоосу - деп айтты. Ошондой эле Аллахтын пенделерине болгон акысы - ал Өзүнө шерик кошпогон пендесин азапка салбоосу" - деди. Мен: "О, Аллахтын Элчиси! Мен бул кабарды элге айтып сүйүнчүлөсөм кандай?" - дедим. Ал: "Аларды сүйүнчүлөбөй эле кой. Андай кылсаң алар ушуга таянып алышат"* - деп айтты.@</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Муаз, радыяллаху анху, риваят кылат: Күндөрдүн биринде Пайгамбарыбыз, саллаллаху алейхи уа саллам, менен Уфайр аттуу эшектин үстүндө учкашып бара жаткам. Ошондо Пайгамбар айтты: "Эй, Муаз! Сен пенделердин Аллахка болгон акыларын жана Аллахтын пенделерине болгон акысын билесиңби?" - деп сурады. Мен: "Аллах жана Анын Элчиси жакшы билет" - деп айттым. Ал: "Пенделердин Аллахка болгон акылары - жалгыз Ага гана сыйынуулары жана Ага эч кимди шерик кылбоосу - деп айтты. Ошондой эле Аллахтын пенделерине болгон акысы - ал Өзүнө шерик кошпогон пендесин азапка салбоосу" - деди. Мен: "О, Аллахтын Элчиси! Мен бул кабарды элге айтып сүйүнчүлөсөм кандай?" - дедим. Ал: "Аларды сүйүнчүлөбөй эле кой. Андай кылсаң алар ушуга таянып алышат" - деп айтты.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтын пенделердеги акысын жана пенделердин Аллахтагы акысын баяндап берди. Аллахтын пенделердин үстүндөгү акысы – алар жалгыз Ага ибадат кылуулары жана Ага эч нерсени шерик кылбоо экендигин айтты. Ал эми пенделердин Аллахтагы акысы – Ага эч нерсени шерик кошпогон муваххиддерди азаптабашы. Андан кийин  Муаз айтты: Оо, Аллахтын Элчиси, мен адамдарга сүйүнчүлөп, алар бул жакшылыкка кубанып, сүйүнүшпөсүнбү? - деп сурады. Пайгамбар, саллаллаху алейхи уа саллам: «Ушуга гана таянып калышат» - деп коркуп, аны тыйды.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Аллах Таала парз кылган пенделердин Аллахка болгон акыларын түшүндүрдү. Ал акылары - Аллахка гана сыйынуулары жана эч кимди шерик кошпоолору.
 Аллах Өзүнүн пазилети жана жакшылыгы менен Өзүнө милдет кылган пенделеринин акысы - аларды эч бир азапка салбай бейишке киргизүү
 Бул хадисте Аллах Таалага эч нерсени шерик кошпогон муваххидтерге, алардын акыбети бейишке кирүү экендигине чоң сүйүнчү бар.
 Бул хадисти Муаз, радыяллаху анху, өлөр алдында айткан. Анткени ал илимди жашыруу күнөөсүнөн коркуп элге айткан.
 Сөзсүз аткарыла турган өкүмдөрдү жана шарияттын худуддарын камтыбаган кээ бир хадистерди анын маанисин түшүнбөгөн адамдар башкача мааниде түшүнүп алуусунан коркуп, кээ бир адамдарга айтпаса болот.
 Ал эми күнөөкөр муваххидтер Аллахтын каалоосунун астында. Ал кааласа азаптайт, кааласа кечирет. Бирок алардын акыркы бара турган жайы бейиш болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламга, бир киши келип: Оо, Аллахтын Элчиси, милдет болгон негизги эки нерсе эмне? - деп айтты. Ал айтты: «Ким Аллахка шерик кошпой өлсө бейишке кирет, ал эми ким шерик кошуп өлсө тозокко кирет».@</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Жабир, радыяллаху анху, айтат: Пайгамбар, саллаллаху алейхи уа салламга, бир киши келип: Оо, Аллахтын Элчиси, милдет болгон негизги эки нерсе эмне? - деп айтты. Ал айтты: «Ким Аллахка шерик кошпой өлсө бейишке кирет, ал эми ким шерик кошуп өлсө тозокко кирет».</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Бир киши Пайгамбар, саллаллаху алейхи уа салламдан, өзгөчө эки маселе туурасында сурады. Алар: Бейишке киргизген амал жана тозокко түшүргөн амал. Пайгамбар, саллаллаху алейхи уа саллам, ага: "Бейишке киргизген нерсе - ал адам Аллахка сыйынып жана ага эч нерсени шерик кылбай өтүшү" - деп жооп берди. Бир киши Пайгамбардан, саллаллаху алейхи уа саллам, эки өзгөчө маселе туурасында сурады. Алар: Бейишке киргизген жана тозокко түшүргөн нерсе.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Тавхиддин пазилети. Анткени кимде-ким Аллахка эч нерсени шерик кылбай ыймандуу болуп өлсө, бейишке кирет.
 Ширк келтирүүнүн коркунучу. Анткени ким Аллахга шерик кылып өлсө, тозокко кирет.
 Ал эми күнөөкөр муваххидтер Аллахтын каалоосунун астында. Ал кааласа азаптайт, кааласа кечирет. Бирок акырында алардын барар жери бейиш болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>Мен: "Оо, Аллахтын Элчиси, Ибн Жудаан Исламга чейинки доордо тууганчылык байланыштарды бекемдеп, кедей-кембагалдарды тоюндурчу, бул ага пайдасын береби?" - деп сурадым. Ал айтты: «Бул ага эч кандай пайда алып келбейт, анткени ал эч качан: «Раббим, Кыямат күнү менин күнөөмдү кечир» - деп айткан эмес».@</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Айша, радыяллаху анха, айтат: Мен: "Оо, Аллахтын Элчиси, Ибн Жудаан Исламга чейинки доордо тууганчылык байланыштарды бекемдеп, кедей-кембагалдарды тоюндурчу, бул ага пайдасын береби?" - деп сурадым. Ал айтты: «Бул ага эч кандай пайда алып келбейт, анткени ал эч качан: «Раббим, Кыямат күнү менин күнөөмдү кечир» - деп айткан эмес».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Исламга чейин Курайштын башчыларынын бири болгон Абдулла ибн Жудаан тууралуу кабар берди. Анын жакшы иштеринин ичинен жакындарына туугандык мамиле кылуусу, аларга жакшылык кылуусу, кедей-кембагалдарды тоюндуруусу жана Ислам дини үндөгөн башка жакшы иштерди кылуусу. Бирок бул иштер ага Акыретте пайда бербейт. Анткени ал Аллахка каапыр болгондугу үчүн жана эч качан: «Раббим, кыямат күнү менин күнөөмдү кечир» деп айтпагандыгы үчүн анын жакшы иштери ага пайда бербейт.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Ыймандын пазилеттүүлүгү жана анын амалдардын кабыл болуусуна шарт экендиги баяндалды.
 Каапырлыктын коркунучтуулугу жана ал салих амалдардын текке кетүүсүнө себеп экендиги айтылды.
 Каапырлар Аллахка жана Акырет күнүнө ишенбегендиктен, алар кылган амалдарынан акыретте пайда табышпайт.
 Эгерде каапыр адам Исламга кирсе, анда анын Исламга чейинки жакшы амалдары үчүн сооп-сыйлык алат жана ал жакшылык иштери жазылып калат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, Аль-Худайбияда жамгыр жааган түнү биз менен бирге багымдат намазын окуду. Ал намаздан кийин элге кайрылып: «Раббиңер эмне дегенин билесиңерби?» - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - деп айтышты. Пайгамбар айтты: «Раббиңер: Менин пенделеримдин арасынан Мага ыйман келтиргени жана Мага каапыр болгону бар» - деди . Кимде-ким: «Бизге Аллахтын пазилети жана ырайымы менен жамгыр жаады» деген болсо, анда алар Мага ыйман келтирди жана жылдыздарга каапырлык кылышты. Ал эми: «Бизге баланча же түкүнчө жылдыздын таасиринен жамгыр жаады» деген болсо, анда ал Мага каапыр болду жана жылдыздарга ыйман келтирди» - деп айтты.*@</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Зайд бин Халид Аль-Жухани, радыяллаху анху, айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, Аль-Худайбияда жамгыр жааган түнү биз менен бирге багымдат намазын окуду. Ал намаздан кийин элге кайрылып: «Раббиңер эмне дегенин билесиңерби?» - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - деп айтышты. Пайгамбар айтты: «Раббиңер: Менин пенделеримдин арасынан Мага ыйман келтиргени жана Мага каапыр болгону бар» - деди . Кимде-ким: «Бизге Аллахтын пазилети жана ырайымы менен жамгыр жаады» деген болсо, анда алар Мага ыйман келтирди жана жылдыздарга каапырлык кылышты. Ал эми: «Бизге баланча же түкүнчө жылдыздын таасиринен жамгыр жаады» деген болсо, анда ал Мага каапыр болду жана жылдыздарга ыйман келтирди» - деп айтты.</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, түнү жамгыр жаагандан кийин Меккеге жакын жайгашкан Аль-Худайбия кыштагында багымдат намазын окуду. Салам берип, намазын бүтүргөн соң элге кайрылып: «Улуу Раббиңер эмне дегенин билесиңерби?» – деп сурады. Сахабалар: «Аллах жана Анын Элчиси жакшы билет» - деп жооп беришти. Пайгамбар айтты: "Жамгыр жааганда Аллах Таалага ыйман келтиргендер жана Аллах Таалага каапыр болгондор болуп адамдар экиге бөлүнөрүн Аллах таала баяндады". Ал эми «бизге Аллахтын ырайымы жана пазилети менен жамгыр жаады» деп жамгыр жааганын Аллах Таалага таандык кылса, анда ал жамгыр жаадырган Жаратуучуга, ааламдагы бүткүл иштерди Башкаруучу Аллахка ыйман келтирген болот жана жылдыздарга каапырлык кылган болот.. Ал эми «бизге баланча жылдыздын таасиринен жамгыр жаады» деп жамгыр жааганын кайсыл бир жылдыздарга таандык кылса, анда ал Аллахка капырлык кылды жана жылдыздарга ыйман келтирди. Андыктан жамгырды жылдыздарга таандык кылуу - бул динден чыгарбаган кичине капырлык. Анткени Аллах Таала жамгыр жааганына жылдыздар таасирин тийгизүүсүнө тагдыр жактан себеп кылган эмес жана шариятында да айткан эмес. Кимде-ким жамгыр жааганын жана башка окуяларды жылдыздардын кыймылдарына жана чыккан жерине таандык кылса же аларды чыныгы таасир берүүчү деп эсептесе, анда ал динден чыгарган чоң каапырлык кылган болот.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Жамгырдан кийин: "Аллахтын пазилети жана ырайымы менен жамгыр жаады" - деп айтуу мустахаб иштерден.
 Ким жамгырдын жана башка кубулуштардын  жаратылганын жана болуп өткөндүгүн жылдыздарга  толук таандык кылса, анда ал чоң каапырлык менен каапыр болот. А эгерде жылдыздарды себеп катары көрсө, анда ал кичи каапырлык кылган болот. Анткени жылдыздардын жамгыр жааганына физикалык жактан да шарияттык көз караш менен да таасири жок.
 Аллахтын берген жакшылыгына шүгүр келтирбесе, анда ал каапырлыкка себеп болот. А эгерде шүгүр келтирсе, анда ыймандуулукка себеп болот.
 «Бизге баланча жылдыздын таасиринен жамгыр жаады» деп айтууга тыюу салынат.  Ширк коркунучуна бөгөт коюу үчүн бир убакытты билдирген максатта айтса да болбойт.
 Жүрөк жакшылыктарга жетүүдө жана балээлерден сактанууда Аллах Таалага байлануусу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламга, сахабалар келип: «Биздин оюбузга айтканга тил барбаган жаман ойлор келет» - деп сурашты, анда Пайгамбар: «Силерге ушундай ойлор келип жатабы?» - деди.  Алар: «Ооба» дешти. Пайгамбар: «Бул ыймандуулуктун ачык белгиси» - деп айтты. @</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t xml:space="preserve">Абу Хурайра, радыяллаху, анху риваят кылат: Пайгамбар, саллаллаху алейхи уа салламга, сахабалар келип: «Биздин оюбузга айтканга тил барбаган жаман ойлор келет» - деп сурашты, анда Пайгамбар: «Силерге ушундай ойлор келип жатабы?» - деди.  Алар: «Ооба» дешти. Пайгамбар: «Бул ыймандуулуктун ачык белгиси» - деп айтты. </t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламдын, сахабаларынын бир тобу келип, аларга айтканга тил барбаган жаман ойлор келип жатканы туурасында  сурашты. Пайгамбар, саллаллаху алейхи уа саллам: «Силерге келип жаткан ойлор ыймандуулуктун белгиси жана шайтан адамдын оюна салган азгырыктарын кайтарган мусулман адамдын бекем ишеними» - деп айтты. «Ошондой эле бул ойлорду айтуу силерге жийиркенүүнү алып келгендиги шайтан силерди азгырып албагандыгынан кабар берет. А эгерде андай келген ойлорду кайтарбасаңар же аны менен күрөшүп жакшы ойлорго өтпөсөңөр, анда шайтан силерди азгырып жүрөгүңөрдү ээлеп алгандын белгиси болот» - деп айтты.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Ыймандуу жана ыкластуу адамдардын алдында  шайтан алсыз болот. Анткени аларга азгырык таштай алат. Башка нерсеге күчү жетпейт.
 Ойго келген ар кандай ойлорго ишенбөө керек жана кабыл албоо зарыл. Анткени ал шайтандан.
 Шайтандын азгырыгы ыймандуу адамга эч кандай зыян келтирбейт. Бирок шайтандын азгырыгынан Аллахтан коргоо тилеп, ага алданып калуудан сактануусу керек. Ошондой эле ага келген жаман ойлорду заматта токтотуу керек.
 Мусулман адам өзүнүн динине байланыштуу суроолорго унчукпай турбашы керек. Аны ойлондурган суроолорду дароо илимдүүлөрдөн  сурашы керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>«Бир киши Пайгамбарыбыз, саллаллаху алейхи уа салламга, келип: «Оо, Аллахтын Элчиси, биздин оюбузга ушундай ойлор келет. Аны сизге айтууга караганда күл болуп күйүп калганыбыз жакшыраак» - деп айтат. Анда Пайгамбарыбыз: «Аллаху Акбар! Аллаху Акбар! Шайтандын айла-амалын жөн гана азгырыкка таштаган Аллахка мактоолор болсун!» - деп айтты.@</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>Абдуллах бин Аббас, радыяллаху анхума, риваят кылат: «Бир киши Пайгамбарыбыз, саллаллаху алейхи уа салламга, келип: «Оо, Аллахтын Элчиси, биздин оюбузга ушундай ойлор келет. Аны сизге айтууга караганда күл болуп күйүп калганыбыз жакшыраак» - деп айтат. Анда Пайгамбарыбыз: «Аллаху Акбар! Аллаху Акбар! Шайтандын айла-амалын жөн гана азгырыкка таштаган Аллахка мактоолор болсун!» - деп айтты.</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Бир киши Пайгамбарыбыз, саллаллаху алейхи уа салламга, келип: «Оо, Аллахтын Элчиси, биз оюбузга ушунчалык жаман ойлор келет, аны айтканга караганда күл болуп күйүп кеткенибиз жакшыраак» - деп айтышат. Пайгамбар, саллаллаху алейхи уа саллам, эки жолу такбир айтып, шайтандын айла-амалы жөн эле азгырык ойлорго айланып кеткени үчүн Аллахка мактоо айтты.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Шайтан момундарды ыймандан куфрга буруу үчүн аларды ар түрдүү азгырык ойлорго салат.
 Ыймандуу адамдардын алдында шайтан алсыз болот. Анткени ал аларга ойлорду гана сала алат.
 Ыймандуу адам шайтандын азгырык ойлорун кабыл албай, келген азгырык ойлорду жок кылуу үчүн күрөшүү керек.
 Жакшы кабар укканда же таң калыштуу нерсе болгондо же ушуга окшош учурларда Аллахка такбирлерди айтуу керек.
 Мусулманды ойлондурган ар түрдүү суроолорду аалымдан суроосу керек</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[Абу Дауд менен ан-Насааи "Ал-Кубро" китебинде жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>Шайтан силердин бириңерге келип: «Баланчаны ким жаратты? Муну ким жаратты?» - деген ойлорду салат.  Акырында: «Раббиңди ким жаратты?» - деген азгырык суроо салат. Эгерде кимдир бирөөгө мындай азгырык ойлор келсе, анда ал Аллахтан коргоо сурасын жана андай ойлонуусун токтосун</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылат. Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Шайтан силердин бириңерге келип: «Баланчаны ким жаратты? Муну ким жаратты?» - деген ойлорду салат.  Акырында: «Раббиңди ким жаратты?» - деген азгырык суроо салат. Эгерде кимдир бирөөгө мындай азгырык ойлор келсе, анда ал Аллахтан коргоо сурасын жана андай ойлонуусун токтосун».</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, шайтандын момунга салган азгырык суроолоруна кандай түрдө мамиле кылууну айтты. Шайтан адамга: «Муну ким жаратты? Тигини ким жаратты?  Асманды ким жаратты? Жерди ким жаратты?» - деген ойлорду салат. Ыймандуу адам ага шарият, таза табият жана акыл менен Аллах деп жооп берет. Бирок шайтан  азгырууда бул чекте гана токтоп калбайт. Ал адамга: «Раббиңди ким жаратты?» - деген ойго чейин алып барат. Ошондо момун адам бул азгырыкты үч нерсе менен кайтарат:
 Аллахка ыйман келтирүү менен
 Аллахтан шайтандын азгырыгынан коргоону сурануу менен.
 Шайтандын салган азгырыктарын токтотуу менен.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Шайтандын азгырыктарынан жана адамга салган азгырык ойлорунан баш тартуу жана алар жөнүндө ойлонбоо керек. Ошондой эле аларды кетирүү үчүн Аллах Таалага кайрылуу зарыл.
 Адамдын жүрөгүнө шариятка карама-каршы келген ойлордун баары шайтандан.
 Аллахтын заты жөнүндө ойлонуу тыюу салынган иштерден. Бирок Анын маклуктары жана аяттары жөнүндө ой жүгүртүүбүз керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>Алты иш-аракет, төрт түрдүү адам жана эки сөзсүз боло турган иш бар. Ал эми ар бир жакшылык он эседен жети жүз эсеге чейин көбөйтүлүп берилет. Сөзсүз түрдө боло турган эки иш - ал кимде-ким Аллахка ширк кылбай өлсө, анда ал бейишке кирет. Ал эми ким ширк кылып жүрүп өлсө, анда ал тозокко кирет. Бир амалга өзүндөй болгон сооп ал - эгерде-ким бир жакшы ишке ниет кылып ал ишти жүрөгү менен аткарууга аракет кылып кылса, (бирок аткарууга мүмкүнчүлүгү жок болсо деле) Аллах анын жүрөгүн билип ага бир сооп жазат. А эгерде ким бир жаман иш кылса, анда ага бир күнөө жазылат. Ал эми бир жакшылык ишин кылса, анда ага он эсеге чейин көбөйтүлүп берилет. Кимде-ким Аллах жолунда мал-акчасын сарптаса, анда ага жети жүз эсеге чейин көбөйтүлүп берилет. Ал эми адамдар: Бирөөсү, бул дүйнөдө ырыскысы кеңири берилип акыретте куру жалак калат. Бирөөсү, бул дүйнөдө ырыскысы тарып акыретте кенен ырыскыга жетет. Бирөөсү, бул дүйнөдө жана акыретте да ырыскысы тар болот. Акыркысы, бул дүйнөдө жана акыретте да ырыскысы кенен болот</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Хурайым бин Фатик, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: Алты иш-аракет, төрт түрдүү адам жана эки сөзсүз боло турган иш бар. Ал эми ар бир жакшылык он эседен жети жүз эсеге чейин көбөйтүлүп берилет. Сөзсүз түрдө боло турган эки иш - ал кимде-ким Аллахка ширк кылбай өлсө, анда ал бейишке кирет. Ал эми ким ширк кылып жүрүп өлсө, анда ал тозокко кирет. Бир амалга өзүндөй болгон сооп ал - эгерде-ким бир жакшы ишке ниет кылып ал ишти жүрөгү менен аткарууга аракет кылып кылса, (бирок аткарууга мүмкүнчүлүгү жок болсо деле) Аллах анын жүрөгүн билип ага бир сооп жазат. А эгерде ким бир жаман иш кылса, анда ага бир күнөө жазылат. Ал эми бир жакшылык ишин кылса, анда ага он эсеге чейин көбөйтүлүп берилет. Кимде-ким Аллах жолунда мал-акчасын сарптаса, анда ага жети жүз эсеге чейин көбөйтүлүп берилет. Ал эми адамдар: Бирөөсү, бул дүйнөдө ырыскысы кеңири берилип акыретте куру жалак калат. Бирөөсү, бул дүйнөдө ырыскысы тарып акыретте кенен ырыскыга жетет. Бирөөсү, бул дүйнөдө жана акыретте да ырыскысы тар болот. Акыркысы, бул дүйнөдө жана акыретте да ырыскысы кенен болот».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -14690,897 +15117,897 @@
 Үчүнчүсү: Бул дүйнөдө да, акыретте да ырыскысы тар адам. Ал болсо каапыр кедей адам.
 Төртүнчүсү: Бул дүйнөдө да, акыретте да ырыскысы кенен адам. Ал болсо  ыймандуу бай адам.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Аллах Тааланын пенделерине болгон пазилети жана жакшылыктарды көбөйтүп берген улуу берешендиги.
 Аллахтын адилеттүүлүгү жана кең пейилдиги. Жамандык иштерде Аллах бизге адилеттүүлүгү менен мамиле кылды. Мындан улам бир жамандык ишке бир күнөөнү гана жазды.
 Аллахка ширк келтирүүнүн коркунучу. Анткени ширк кылган адам бейиштен түбөлүктүү куру калат.
 Мал-мүлкүн Аллах жолунда сарптоонун пазилети.
 Аллах жолунда мал-мүлкүн сарптоого сооптун берилиши жети жүз эседен башталат. Анткени ал Аллахтын сөзүн көтөрүүгө жардам берет..
 Адамдардын түрдүүлүгү жана ар кандай жолдору.
 Бул дүйнөнүн ырыскылары ыймандуу адамга, каапырга да кенен боло берет. Ал эми акыреттин сыйлыгы ыймандуу адамга гана берилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Аллах ыймандуу адамдын жасаган жакшылыгынын сыйлыгын бербей коюп зулумдук кылбайт. Ага бул дүйнөдө жакшылыгын жана, акыретте болсо толук сооп-сыйлыгын берет. Ал эми каапыр болсо, бул дүйнөдө кудай деп кылган жакшылыктарына сыйлыгын алат. Ал эми акыретке барганда, ал эч бир жакшылыгынын сообун албайт</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Анас бин Малик, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах ыймандуу адамдын жасаган жакшылыгынын сыйлыгын бербей коюп зулумдук кылбайт. Ага бул дүйнөдө жакшылыгын жана, акыретте болсо толук сооп-сыйлыгын берет. Ал эми каапыр болсо, бул дүйнөдө кудай деп кылган жакшылыктарына сыйлыгын алат. Ал эми акыретке барганда, ал эч бир жакшылыгынын сообун албайт».</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтын ыймандууларга болгон пазилеттүүлүгүн, ал эми каапырларга адилеттүүлүгүн баяндады. Ал эми ыймандуу адамдын, кылган жакшылыгынын сообу кемибейт.  Тескерисинче, ага моюн сунгандыгы үчүн бул дүйнөдө жакшылык берилет жана акыретте анын сообу толугу менен сакталат. Ошондой эле ал бүт соопту акыретте гана алышы мүмкүн. Ал эми каапыр болсо, Аллах ага бул дүйнөдөгү жакшылыктары үчүн сыйлыгын берет. Акыретке барганда, ал үчүн сооп-сыйлыктар болбойт. Анткени жакшы иштерге эки дүйнөдө тең сыйлыгын алуу үчүн адам сөзсүз  ыймандуу болушу керек.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Ким каапыр болуп  өлсө, анда ага кылган иштери пайда бербейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>Мен: «Оо, Аллахтын Элчиси, айтыңызчы, мен Исламга чейинки доордо азат кылган, садака берген жана туугандык мамиле кылган иштерим үчүн соопторду аламбы?» - деп айттым. Пайгамбар, саллаллаху алейхи уа саллам: «Сендеги болгон жакшылык иштериң менен бирге Исламды кабыл алгансың» - деп айтты. @</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t xml:space="preserve">Хаким бин Хизам, радыяллаху анху, риваят кылат: Мен: «Оо, Аллахтын Элчиси, айтыңызчы, мен Исламга чейинки доордо азат кылган, садака берген жана туугандык мамиле кылган иштерим үчүн соопторду аламбы?» - деп айттым. Пайгамбар, саллаллаху алейхи уа саллам: «Сендеги болгон жакшылык иштериң менен бирге Исламды кабыл алгансың» - деп айтты. </t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Эгерде каапыр Ислам динине кирсе, анда ал жахилият учурунда берген садакаларына, кулдарды азат кылганына жана тууганчылык байланыштарына соопторду аларын Пайгамбар, саллаллаху алейхи уа саллам, ачыктап кетти.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Каапыр адам бул дүйнөдөн каапыр болуп өлсө, анда ал бул дүйнөдө кылган жакшылыгы
 үчүн акыретте сооп берилбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Аллах Өзүнүн өкүмдөрү так аткарылышын жакшы көргөндөй эле, Өзү берген уруксаттардын аткарылышын жакшы көрөт</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах Өзүнүн өкүмдөрү так аткарылышын жакшы көргөндөй эле, Өзү берген уруксаттардын аткарылышын жакшы көрөт».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай деп кабарлайт: Адамдардын үзүрлүү болгондугунун себебинен аларга жеңилдетүү үчүн Аллах койгон өкүмдөрдөгү жана ибадаттардагы уруксаттарынын аткарылышын жакшы көрөт. Мисалы, сапарда намаздарды кыскартып жана бириктирип окулган уруксаттарын аткарылышын жакшы көрөт. Ошондой эле Аллах парз жана важиб өкүмдөрүнүн так аткарылышын жакшы көрөт. Анткени уруксаттардагы жана милдет өкүмдөрдөгү буйруктары бир.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Аллах Тааланын пенделерине болгон ырайымынын бири -  Өзү уруксат кылган жеңилдиктердин аткарылуусун жакшы көрүүсү.
 Ислам шариятынын толуктугу жана кемчиликсиздиги. Анткени мусулман адамга кандай гана кыйынчылыктар болсо, аны шарият жеңилдетет.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[Ибн Хаббан жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65017</t>
   </si>
   <si>
-    <t>قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>мага Исламдагы бир сөздү үйрөт, ал жөнүндө сенден башка эч кимден сурабаймын, - дедим. Ал: "Аллахка ыйман келтирдим" дегин, анан түз жүргүн" - деди</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Суфян бин Абдулла ас-Сакафи (ага Аллах ыраазы болсун) айтат: Мен: О, Аллахтын элчиси, мага Исламдагы бир сөздү үйрөт, ал жөнүндө сенден башка эч кимден сурабаймын, - дедим. Ал: "Аллахка ыйман келтирдим" дегин, анан түз жүргүн" - деди.</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>Суфян бин Абдулла деген сахаба (ага Аллах ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) ага жалпы Ислам маанисин камтыган сөздү үйрөтүүсүн суранып, аны бекем кармап, ал жөнүндө башка эч кимден сурабастыгын айтат. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: Аллахты жалгыз деп билем, Ал менин Раббим, Кудайым, Жаратуучум жана эч шериги жок Ибадат кылуучум деп айткын - деди. Кийин Аллахтын парз буйруктарын аткарып, Ала тыйган тыюулардан тыйылып, Аллахка баш ийүүгө, анан ушул жолдо такай жүрүүгө буйруду.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Диндин негизи - бул, Аллахка Анын  рубубиятына, улухиятына жана ысым сыпаттарына ыйман келтирүү.
 Ыймандан кийин эле түз жолдо такай жүрүү, ибадатты дайыма аткаруу жана ушунда бекем болуу зарыл.
 Ыйман - амалдардын кабыл болуусунун бир шарты.
 Аллахка ыйман келтирүү өз ичине ыйман ишенимдеринен жана негиздеринен ишенүү важыб болгон иштерди камтыйт. Ошондой эле буга тиешелүү жүрөк амалдарын жана ички амалдарда да, сырткы көрүнүштө да Аллахка баш ийип, Ага өзүн тапшырууну камтыйт.
 Истикоома б.а. түз жолдо такай жүрүү - буйруктарды аткарып, тыюулардан тыйылып түз жолдо жүрүү дегенди билдирет.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>[Муслим жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65018</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Мунафыктын мисалы эки үйүрдүн арасында турган кой сыяктуу. Кээде бирисине барат, кээде экинчисине барат</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Ибн Умар, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Мунафыктын мисалы эки үйүрдүн арасында турган кой сыяктуу. Кээде бирисине барат, кээде экинчисине барат».</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мунафыктын абалын түшүндүрүп, эки үйүрдүн кайсынысын ээрчүүнү билбеген, эки жүздүү абалын салыштырып кетти. Кээде бул үйүргө, кээде башка үйүргө барат. Алар ыйман менен куфрдун ортосунда арсарлангандар. Алар сыртынан да, ичинен да ыймандуулар менен эмес. Сыртынан да, ичинен да каапырлар менен эмес. Тескерисинче, алардын сырткы көрүнүштөрү ыймандуулар менен, ал эми ички ишенимдери күмөндөнүү жана шектенүү менен болот. Мына ошондуктан алар кээде ыймандууларга, кээде каапырларга оошот.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бир маанини элдин аң-сезимине жакындатуу үчүн ар түрдүү мисалдарды айтып түшүндүргөн.
 Эки жүздүү адамдын дайыма күмөндөнүүсүн жана туруксуздугун Пайгамбарыбыз, саллаллаху алейхи уа саллам, айтып кетти.
 Мунафыктардын абалынан сактанууну эскертти. Сырткы жана ички абалдарда ыйманда чынчыл жана чечкиндүү болууга чакырды.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Чындыгында, кийим эскирген сыяктуу эле силердин жүрөгүңөрдөгү ыйманыңар да эскирет. Андыктан Аллахтан жүрөгүңөрдөгү ыйманды жаңыртуусун сурангыла</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Абдулла бин Амр бин Аль-Аас, радыяллаху анхума, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, мындай деп айтты: «Чындыгында, кийим эскирген сыяктуу эле силердин жүрөгүңөрдөгү ыйманыңар да эскирет. Андыктан Аллахтан жүрөгүңөрдөгү ыйманды жаңыртуусун сурангыла».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, жаңы кийим көп кийилип эскирген сыяктуу мусулмандын жүрөгүндөгү ыйманы да эскирип, алсыз болуп калышы туурасында айтты. Бул ыймандын эскирүүсү ибадаттагы кайдыгерликтен, күнөө кылуудан жана азгырыктарга берилип кетүүдөн болот. Мындай учурда Пайгамбар, саллаллаху алейхи уа саллам, парз ибадаттарды аткаруу менен, көп зикир кылуу жана истигфар айтуу менен ыйманыбызды жаңыртуу үчүн Алла Таалага дуба кылууга багыт берди.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Аллахтын дининде бекем болууга жана жүрөктөгү ыйманды жаңылап турууга чакырды.
 Ыйман – бул сөз, иш-аракет жана ички ишенимден турат. Ал ибадат кылуу менен көтөрүлүп, күнөө кылуу менен ылдыйлайт.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[Ал-Хаким жана ат-Табарани жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>Кыяматтын белгилери болгон кезде илим көтөрүлөт, наадандык көбөйөт, зина көбөйүп, арак көп ичилет. Эркектер азайып, аялдар көбөйөт. Камсыз кылган ар бир эркекке элүү аял туура келет</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Анас, радыяллаху анху, риваят кылат: «Мен силерге Аллахтын Элчиси, саллаллаху алейхи уа салламдан, уккан хадисти айтып берейин. Бул хадисти силерге менден башка эч ким айтып бербейт.   Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Кыяматтын белгилери болгон кезде илим көтөрүлөт, наадандык көбөйөт, зина көбөйүп, арак көп ичилет. Эркектер азайып, аялдар көбөйөт. Камсыз кылган ар бир эркекке элүү аял туура келет»</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Кыяматтын жакындашынын белгилеринин бири – шарият илиминин көтөрүлүшүн айтты. Ал илимдин көтөрүлүшү аалымдардын өлүмү менен болот. Натыйжада наадандык көбөйүп, зина, бузукулук жайылат. Арак ичүү кеңири тарайт. Эркектердин саны азайып, аялдардын саны көбөйөт.  Ошентип, элүү аялдын ишин караган жана аларды камсыз кылган бир эркек болот.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Кыяматтын кээ бир белгилерин айтты.
 Кыяматтын убактысын билүү – Аллах белгисиз кылган кайып иштердин бири.
 Шарияттын илими жоголуп кеткиче аны үйрөнүүгө чакырды.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ</t>
+    <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
   </si>
   <si>
     <t>Бир киши экинчи бир кишинин кабырынын жанынан өтүп бара жатып: "Аттиң десе, ушунун ордунда мен болуп калганымда" деп (самап) калмайынча кыямат болбойт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
     <t>Абу Хурайранын (ага Аллах ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Бир киши экинчи бир кишинин кабырынын жанынан өтүп бара жатып: "Аттиң десе, ушунун ордунда мен болуп калганымда" деп (самап) калмайынча кыямат болбойт".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип кабарлайт: Бир адам кабырдын жанынан өтүп бара жатып, анын ордунда өзү майит болуп жатууну самап, үмут кылмайынча кыямат болбойт. Мунун себеби, жалган нерселер басымдуулук кылып, фитна, күнөө, жаман иштер ачыктан ачык жасалгандыктан, ал динин жоготуп аламбы деп коркот.</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
     <t>Бул хадис акыр заманда күнөө, фитналар ачык болорунан кабар берет.
 Этият болуп, ыйман жана ийги иш-амалдар менен өлүүгө даярданууга жана фитна, балээ жайылган жайлардан алыс болууга үндөйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65022</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>Силер яхудийлер менен согушмайынча Кыямат болбойт. Ошондо таштын артында яхудий турса, таш: «Эй мусулман, менин артымда бир жөөт бар, аны өлтүр!» - деп айтат</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Силер яхудийлер менен согушмайынча Кыямат болбойт. Ошондо таштын артында яхудий турса, таш: «Эй мусулман, менин артымда бир жөөт бар, аны өлтүр!» - деп айтат».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулмандар менен яхудийлер бири-бири менен согушмайынча Кыямат болбойт деп кабар берди. Яхудий мусулмандардан жашынуу үчүн таштын артына качканда Аллах ташты сүйлөтүп, мусулманга мындай деп айтат: «Менин артымда бир яхудий бар, аны келип өлтүр!».</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Аллах Таала Пайгамбарга, саллаллаху алейхи уа саллам, билгизгендей, кээ бир кайыптар жана келечектеги боло турган окуялар туурасында кабар берди. Пайгамбарыбыздын айткан кабарлары  сөзсүз болот.
 Мусулмандардын акыр заманда яхудийлер менен согушуусу - бул кыяматтын белгилеринин бири.
 Ислам дининин Кыяматка чейин сакталышы жана бардык диндерден үстөм болушу.
 Аллах мусулмандарга душмандарынын үстүнөн жеңиш берет. Аны менен кошо акыр заманда ташты сүйлөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65023</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ</t>
+    <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>Жаным Анын колунда турганга (Аллахка) ант ичип айтам, силерге Марямдын уулу түшүп, адилеттүү өкүмдар болоруна аз калды. Ал крестти сындырат, чочкону өлтүрөт, салыкты (жизя) жок кылат, мал-мүлк аябай көбөйүп, аны эч ким албай калат</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жаным Анын колунда турганга (Аллахка) ант ичип айтам, силерге Марямдын уулу түшүп, адилеттүү өкүмдар болоруна аз калды. Ал крестти сындырат, чочкону өлтүрөт, салыкты (жизя) жок кылат, мал-мүлк аябай көбөйүп, аны эч ким албай калат".</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Марямдын уулу Иса пайгамбар адамдарга адилеттүү жана Мухаммаддын шарияты менен өкүм кылуу үчүн жерге түшөрүнө аз калганын Аллахтын аты менен ант ичип айткан. Ал христиандар ыйык санаган крестти сындырат. Иса пайгамбар чочкону өлтүрөт. Ал салыкты жок кылат, адамдардын баарын Ислам динине кирүүгө түртөт. Байлык көбөйүп, аны эч ким кабыл кылбай калат; бул байлыктын көптүгүнөн, ар ким өз колундагыдан башкага муктаж болбогондуктан, береке жааганынан жана катар-катар жакшылыктар болгондуктан улам.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
     <t>Иса пайгамбардын түшүүсүн бекемдөө, бул кыяматтын белгилеринен бири.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) шариятын башка шарият жокко чыгарбайт.
 Акыр заманда мал-мүлккө береке түшөрү, адамдар ага кызыкпай топуктуу болуп калары анык.
 Ислам дини түбөлүк калары тууралуу сүйүнчү айтылган, ал тургай Иса пайгамбар да акыр заманда Ислам менен өкүм кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65025</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>Күн батыштан чыкмайынча, Кыямат болбойт. Качан күн батыштан чыкканда аны адамдар көрүшүп баары ыйман келтиришет. Мына ошол ушул аятта айтылган убакыт: «Эгерде мурда ыйман келтирбеген болсо же ыйманы менен жакшылык таппаса, анда ал кезде анын ыйман келтиргени ага пайда бербейт». (Анаам, 158)
 Кыямат келгенде эки адам кийимдерин сатууга коюшат, бирок алар аны сата албай калышат жана кайра бүктөп ала алышпайт. Кыямат келгенде бир адам төөнүн сүтүн саап келет, бирок иче албай калат. Кыямат келгенде бир адам суу куйганы чуңкурун жасап чыгат, бирок ага суу толтура албай калат. Кыямат келгенде силерден бирөө тамагын оозуна алып барат, бирок аны жей албай калат</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Күн батыштан чыкмайынча, Кыямат болбойт. Качан күн батыштан чыкканда аны адамдар көрүшүп баары ыйман келтиришет. Мына ошол ушул аятта айтылган убакыт: «Эгерде мурда ыйман келтирбеген болсо же ыйманы менен жакшылык таппаса, анда ал кезде анын ыйман келтиргени ага пайда бербейт». (Анаам, 158)
 Кыямат келгенде эки адам кийимдерин сатууга коюшат, бирок алар аны сата албай калышат жана кайра бүктөп ала алышпайт. Кыямат келгенде бир адам төөнүн сүтүн саап келет, бирок иче албай калат. Кыямат келгенде бир адам суу куйганы чуңкурун жасап чыгат, бирок ага суу толтура албай калат. Кыямат келгенде силерден бирөө тамагын оозуна алып барат, бирок аны жей албай калат».</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, Кыяматтын эң чоң белгилеринин бири күндүн чыгыштан эмес, батыштан чыгышын жана адамдар аны көргөндө баары ыйман келтирээрин кабар берди. Ошондо каапыр адамга ыйман келтирүүсү пайда бербей калат. Ошондой эле ага салих амалдар жана тообо да пайда бербей калат. Пайгамбар, саллаллаху алейхи уа саллам, Кыяматтын күтүлбөгөн жерден келерин айтты. Ал тургай Кыямат келгенде адамдар өздөрүнүн күнүмдүк тиричилигик жана жашоо абалдары менен алек болорун айтты. Кыямат келгенде сатуучу менен сатып алуучу кийимдерин ортосуна жайып коюшат, бирок аны сатууга жана кайра жыйнап салууга жетишпей калышат. Жана адам саан төөнүн сүтүн саап келип, бирок аны ичүүгө жетишпей калат. Кыямат келгенде адам суу куйган чуңкурун оңдоп, ага ылай чаптап, бирок ага суу толтурууга жетишпей калат. Кыямат келгенде адам тамагын оозуна алып келет, бирок аны жегенге жетишпей калат.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Күн батыштан чыкканга чейин Ислам динине кирүү жана тообо кылуу амалдары кабыл боло берет. Күн батыштан чыкканда эч бир амал кабыл болбой калат.
 Пайгамбарыбыз ыйман менен жана жакшы амалдар менен Кыяматка даярданууга чакырууда. Анткени Кыямат күтүлбөгөн жерден келет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65026</t>
   </si>
   <si>
-    <t>لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ</t>
+    <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
     <t>Убакыт тарымайынча кыямат кайым болбойт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Убакыт тарымайынча кыямат кайым болбойт . Жыл айдай болуп калат. Ай аптадай болот. Апта күндөй эле болуп калат. Күн сааттай болот. А саат болсо куураган курма жалбырагын күйгүзгөндөй (жалт этип) өтөт".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) убакыттын таруусу кыяматтын белгиси экенин кабарлаган. Ошентип жыл ай өткөндөй өтөт. Ай апта өткөндөй өтөт. Апта күн өткөндөй өтөт. Күн болсо бир саат өткөндөй өтөт. Саат курманын кургак жалбырагы жалп күйүп кайра өчкөндөй өтө бат өтөт.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Убакыттын берекесинин кетиши же анын бат өтүүсү кыяматтын белгилеринен бири.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65027</t>
   </si>
   <si>
-    <t>يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ</t>
+    <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
     <t>Аллах жерди кармап, асмандарды түрүп, оң колуна алып, анан: "Мен - Падышамын, жердин падышалары кайда?!" - дейт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Аллах жерди кармап, асмандарды түрүп, оң колуна алып, анан: "Мен - Падышамын, жердин падышалары кайда?!" - дейт.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кыямат күнү жерди чеңгелдеп чогултуп, асманды оң колу менен түрүп, биринин-үстүнө бирин жыйып, аны кетирип жок кылат. Кийин: Мен - Падышамын, жердин падышалары кайда?! - дейт.</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>Аллахтын Падышалыгы түбөлүктүү, Андан башканын падышалыгы жок болуучу экенин эскерткен.
 Аллахтын Улуктугу, Анын Кудуретинин жана Бийлигинин Күчтүүлүгү, Падышалыгынын кемчиликсиздиги (айтылган).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65028</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Менин Хаудум бир айлык жолдун алыстыгындай чоң. Анын суусу сүттөн ак, жыты мисктен жыттуу. Анын идиштери асмандагы жылдыздардын санындай. Андан ичкен адам эч качан суусабайт</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>Абдулла бин Амр, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Менин Хаудум бир айлык жолдун алыстыгындай чоң. Анын суусу сүттөн ак, жыты мисктен жыттуу. Анын идиштери асмандагы жылдыздардын санындай. Андан ичкен адам эч качан суусабайт».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Кыямат күнү анын узундугу жана туурасы бир айлык жол болгон Хауду тууралуу кабар берди. Ал эми анын суусу сүттөн ак. Жана анын таттуу жыты мисктин жытынан жакшыраак. Анын кумуралары асмандагы жылдыздардай көп. Ким ошол кумуралар менен Хауддан ичсе, анда ал эч качан суусабайт.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламдын, Хауду – Кыямат күнү анын үммөтүнүн ыймандуулары келе турган чоң топтолгон суу.
 Анын Хаудунан ичкен адам эч качан суусабай чоң жакшылыкка жетишет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>Силер мага келгениңерге чейин мен силерди Хаудумдун алдынан күтүп турам. Ошондо кээ бир адамдар мага жакын калганда жолдору жабылат. Мен: Оо, Раббим! Булар менден жана менин үммөтүмдөн деп айтам. Анда: «Сенден кийин алардын эмне кылгандарын билесиңби?. Аллахка ант болсун! Алар артка кайтып кетишкен» - деп айтылат</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Асма бинти Абу Бакр, радыяллаху анха, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Силер мага келгениңерге чейин мен силерди Хаудумдун алдынан күтүп турам. Ошондо кээ бир адамдар мага жакын калганда жолдору жабылат. Мен: Оо, Раббим! Булар менден жана менин үммөтүмдөн деп айтам. Анда: «Сенден кийин алардын эмне кылгандарын билесиңби?. Аллахка ант болсун! Алар артка кайтып кетишкен» - деп айтылат.</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Кыямат күнү анын үммөтүнөн ага келе жаткан адамдарды көрүү үчүн өзүнүн Хаудунда болоорун баяндады. Пайгамбар, саллаллаху алейхи уа салламга, адамдар жакын калганда, алардын жолдору жабылат. Ошондо Пайгамбар: «Оо, Раббим, булар менден жана үммөтүмдөн» - деп айтат. Алар сен кеткенден кийин эмне кылышканын билбейсиңби? Аллахка ант болсун! Алар кайра каапырлык жолдоруна кайтышып, динден чыгып кетишкен. Демек алар сенден да, үммөтүңдөн да эмес - деп айтылат.</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз, саллаллаху алейхи уа салламдын, үммөтүнө болгон ырайымы жана аларга болгон камкордугу.
 Пайгамбарыбыздын жүргөн жолунан чыгып кетүүнүн коркунучтуулугу.
 Пайгамбар, саллаллаху алейхи уа салламдын, сүннөтүн карманууга чакыруу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>Мен: «Оо, Аллахтын Элчиси, Хауддун идиштери кандай болот?» - деп айттым. Ал айтты: «Мухамматтын жаны Анын колунда болгон Затка ант болсун! Хауддун идиштери - караңгы түндө чыккан асмандагы жылдыздардын жана планеталардын санынан көп чыгат. Ошондой эле бир адам бейиштеги идиштерден суусундук ичкен учуру - анын акыркы суусагандыгы болот. Хаудка бейиштин эки булагы келип куюлат, андан ичкен адам эч суусабайт. Хауддун узуну менен туурасы бирдей аралыкта. Аммандан Айла шаарына чейинки аралыкта болот. Анын суусу сүттөн ак, балдан таттуу болот».*@</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Абу Зар, ​​радыяллаху анху, риваят айтты: Мен: «Оо, Аллахтын Элчиси, Хауддун идиштери кандай болот?» - деп айттым. Ал айтты: «Мухамматтын жаны Анын колунда болгон Затка ант болсун! Хауддун идиштери - караңгы түндө чыккан асмандагы жылдыздардын жана планеталардын санынан көп чыгат. Ошондой эле бир адам бейиштеги идиштерден суусундук ичкен учуру - анын акыркы суусагандыгы болот. Хаудка бейиштин эки булагы келип куюлат, андан ичкен адам эч суусабайт. Хауддун узуну менен туурасы бирдей аралыкта. Аммандан Айла шаарына чейинки аралыкта болот. Анын суусу сүттөн ак, балдан таттуу болот».</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Кыямат күнү Хауддун куюучу идиштери асмандагы жылдыздардын жана планеталардын санынан да көп болот деп Аллахтын аты менен ант ичип айтты. Асмандын жылдыздары ай чыкпаган караңгы түндө көбүрөөк болот. Анткени айдын жарыгы жылдыздарды тоскону үчүн ачык болбойт. Ошондой эле булуттардын болушу жылдыздардын көрүнбөй калышына тоскоол болот. Мына ошондуктан Пайгамбарыбыз айсыз жана ачык асмандагы жылдыздар деп айтты. Ал эми бейиштин идиши – кимде-ким андагы суусундуктан ичсе, эч качан чаңкабайт жана ал учур анын акыркы чаңкагандыгы болот. Хаудка бейиштин эки булагы куюп турат жана анын туурасы узундугуна барабар болот. Хауддун узуну менен туурасы бирдей. Анын ченеминин узундугу  - Балка аймагындагы Амман менен Леванттын четиндеги белгилүү шаар болгон Айлага чейинки аралыкка барабар болот. Хауддун суусу сүттөн ак, даамы балдын даамынан таттуу болот.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Бул хадис Хауддун жана андагы нээматтардын түрлөрү боло тургандыгын далилдеп турат.
 Хауддун чоңдугу, узундугу, кеңдиги жана идиштеринин көптүгү айтылды.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>Аллах Кыямат күнү үммөтүмдөн бир адамды бардык адамдардын арасынан тандап алат. Анан токсон тогуз китепти көзгө көрүнгөн жерге чейин жайат. Ар бир китеп көзгө көрүнгөн жерге чейинки чоңдукта болот. Андан кийин мындай дейт: «Булардын кайсы бирин жокко чыгарасын?  Менин сактоочу жазуучуларым сага зулумдук кылыштыбы?  Ал: «Жок, Раббим» – дейт. Анан: "Сенин үзүрүң барбы?" - дейт.  Ал: «Жок, Раббим» - дейт. Роббиси: «Бирок, Бизде сенин бир жакшылыгың бар» - дейт. Чындыгында, бүгүн сага эч кандай зулумдук кылынбайт. Ал китептин ичинен: «Аллахтан башка сыйынууга татыктуу кудай жок экендигине күбөлүк берем жана Мухаммад Анын кулу жана Элчиси экендигине күбөлүк берем» - деген жазуусу бар баракча чыгарылат. Роббиси: «Амал таразаны алып келгиле» дейт, анан: «Оо, Раббим! Бул баракча чоң китептердин алдында эмнеге жарайт? - дейт. Раббиси: «Силерге зулум кылынбайт» - деди. Андан кийин китептерди таразанын бир  табагына салып, баракчаны таразанын экинчи табагына койгондо баракча китептерге басымдуу келет. Мына ошондуктан Аллахтын ысымы менен эч нерсе тең келбейт</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Абдулла бин Амр бин Аль-Аас, радыяллаху анху, риваят кылат. Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: Аллах Кыямат күнү үммөтүмдөн бир адамды бардык адамдардын арасынан тандап алат. Анан токсон тогуз китепти көзгө көрүнгөн жерге чейин жайат. Ар бир китеп көзгө көрүнгөн жерге чейинки чоңдукта болот. Андан кийин мындай дейт: «Булардын кайсы бирин жокко чыгарасын?  Менин сактоочу жазуучуларым сага зулумдук кылыштыбы?  Ал: «Жок, Раббим» – дейт. Анан: "Сенин үзүрүң барбы?" - дейт.  Ал: «Жок, Раббим» - дейт. Роббиси: «Бирок, Бизде сенин бир жакшылыгың бар» - дейт. Чындыгында, бүгүн сага эч кандай зулумдук кылынбайт. Ал китептин ичинен: «Аллахтан башка сыйынууга татыктуу кудай жок экендигине күбөлүк берем жана Мухаммад Анын кулу жана Элчиси экендигине күбөлүк берем» - деген жазуусу бар баракча чыгарылат. Роббиси: «Амал таразаны алып келгиле» дейт, анан: «Оо, Раббим! Бул баракча чоң китептердин алдында эмнеге жарайт? - дейт. Раббиси: «Силерге зулум кылынбайт» - деди. Андан кийин китептерди таразанын бир  табагына салып, баракчаны таразанын экинчи табагына койгондо баракча китептерге басымдуу келет. Мына ошондуктан Аллахтын ысымы менен эч нерсе тең келбейт».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтын Кыямат күнү бардык макулуктардын арасынан өз үммөтүнөн бир адамды сурак алуу үчүн чыгаруусун кабарлады. Ага токсон тогуз китепти көрсөтүп, бул анын бул дүйнөдө кылган жаман иштеринин китептери жана ар бир китептин узундугу көз жеткенчелик чоңдукта болгонун айтты. Ошондо Аллах Таала бул кишиге: "Бул китептерде жазылгандардын бирөөсүн болсо да тана аласыңбы?" - деп айтат. Менин коргоочу периштелерим, китепчилер, силерге зулумдук кылыштыбы? Ал киши: Оо, Раббим! Андай эмес - дейт. Аллах Таала айтат: Бул дүйнөдө кылгандарың үчүн үзүрүң барбы? Бул кемчиликпи, катачылыкпы же билбестикпи деп үзүрүн сурайт. Ал киши: Жок, Раббим, менде эч кандай шылтоо жок - дейт Аллах Таала айтат: Чындыгында, сенин Бизде бир жакшылыгың бар жана бүгүн силерге эч кандай зулумдук жок. Пайгамбар айтты: Анан ал: «Аллахтан башка сыйынууга татыктуу кудай жок экендигине күбөлүк берем жана Мухаммад Анын кулу жана элчиси экендигине күбөлүк берем» деген баракчаны алып чыгат. Аллах Таала: Бул киши үчүн таразаңды алып кел - деп айтат. Ошондо ал киши таң калып: Оо, Раббим!  Бул баракча бул китептер менен кандай салмакта болот?! - деп сурайт. Аллах Таала айтты: Сага эч кандай зулумдук болбойт. Ошондо Пайгамбар мындай деди: Ошентип, жазуу китептер таразанын бир жагына салынат, ал эми баракча таразанын экинчи жагына коюлат. Ошентип, жазуу китептери бар тарабы жеңилдеп, баракча бар тарабы оорлоду. Мына ошондуктан Аллах аны кечирди.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Аллахтан башка сыйынууга татыктуу кудай  жок экендигине күбөлүк берүү тавхид сөзүнүн улуулугу жана анын таразадагы салмагы.
 «Лаа илааха иллаллах» сөзүн тил менен гана айтуу жетиштүү эмес, анын маанисин билип, ага ылайык амал кылуу зарыл.
 Ыкластуулуктун жана тавхидтин күчү күнөөлөрдүн кечирүүлүсүнө себеп болот.
 Ыйман ыкластын жүрөктөрдө болгонуна жараша бир канча даражаларга бөлүнөт. Анткени кээ бир адамдар бул сөздү айтышы мүмкүн, бирок күнөөсүнө жараша азапка дуушар болушат.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Ат-Тирмизи жана Ибн Маажа жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Аллах бейиш менен тозокту жаратканда Жебреил периштени бейишке жөнөтүп: «Бейишке көз салып көр, мен ал үчүн эмнелерди гана даярдаганымды кара» - деди. Жебреил периште бейишти көрүп чыгып: «Сенин улуулугуңа ант болсун, аны ким гана уккан болсо, анда ага сөзсүз аракет кылып кирет" - деди.  Ошондо Аллах бейишти кыйынчылыктар менен курчоого буйруду. Анан Жебреил периштеге: «Бейишке баргын да, бейишти жана Мен анда анын эли үчүн эмнелерди даярдап койгонумду карагын» - деп жөнөттү.  Жебреил периште бейишке келип караса, анын айланасы кыйынчылыктар менен курчалган экен. Жебреил периште Раббисине келип мындай деп айтты: «Сенин кудуретиңе ант болсун, ага эч ким кире албайтко деп корктум». Аллах ага: «Сен баргын да, тозокту жана анын эли үчүн эмнени даярдап койгонумду көр» - деп буйруду.  Периште тозокко барып караса, алар биринин алоолонгон отунан экинчисин оту өйдө болуп жанып жаткан экен, анан кайра кайтып келип: «Сенин улуулугуңа ант болсун, ага эч ким кирбейт» – деп айтат. Ошондо Аллах аны азгырыктар менен курчоого буйруйт. Анан Жебреилге: «Артка кайтып барып, аны кайрадан карагын» - деп кайра карап келүүгө буйруйт.  Жебреил периште барып караса, анын айланасы азгырыктар менен курчалган болот. Ал Аллахка кайтып барып: «Сенин улуулугуңа ант болсун, мен андан эч ким кутула албайт деп коркуп турам» - деп айтат</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах бейиш менен тозокту жаратканда Жебреил периштени бейишке жөнөтүп: «Бейишке көз салып көр, мен ал үчүн эмнелерди гана даярдаганымды кара» - деди. Жебреил периште бейишти көрүп чыгып: «Сенин улуулугуңа ант болсун, аны ким гана уккан болсо, анда ага сөзсүз аракет кылып кирет" - деди.  Ошондо Аллах бейишти кыйынчылыктар менен курчоого буйруду. Анан Жебреил периштеге: «Бейишке баргын да, бейишти жана Мен анда анын эли үчүн эмнелерди даярдап койгонумду карагын» - деп жөнөттү.  Жебреил периште бейишке келип караса, анын айланасы кыйынчылыктар менен курчалган экен. Жебреил периште Раббисине келип мындай деп айтты: «Сенин кудуретиңе ант болсун, ага эч ким кире албайтко деп корктум». Аллах ага: «Сен баргын да, тозокту жана анын эли үчүн эмнени даярдап койгонумду көр» - деп буйруду.  Периште тозокко барып караса, алар биринин алоолонгон отунан экинчисин оту өйдө болуп жанып жаткан экен, анан кайра кайтып келип: «Сенин улуулугуңа ант болсун, ага эч ким кирбейт» – деп айтат. Ошондо Аллах аны азгырыктар менен курчоого буйруйт. Анан Жебреилге: «Артка кайтып барып, аны кайрадан карагын» - деп кайра карап келүүгө буйруйт.  Жебреил периште барып караса, анын айланасы азгырыктар менен курчалган болот. Ал Аллахка кайтып барып: «Сенин улуулугуңа ант болсун, мен андан эч ким кутула албайт деп коркуп турам» - деп айтат».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, айтты: Аллах бейиш менен тозокту жаратканда Жебреил, алайхис саламга: «Бейишке бар да аны карап келгин» - деп айтты. Ошондо ал барып, аны карап, анан кайра кайтып келди. Жебреил айтты: «Оо, Раббим, Сенин улуулугуңа ант болсун! Ким болбосун анда (бейиш) кандай жыргалчылык, сый-урмат жана ырыскы бар экенин уга турган болсо, анда ал ага кирүүнү көксөп калат жана ал жанын бергиче аракетин кылат». Андан кийин Аллах бейишти курчап, аны буйруктарды аткаруунун жана арамдардан сактануунун кыйынчылыктары менен курчап койду. Ага кирүүнү каалагандар ошол кыйынчылыктардан өтүшү керек. Бейиш кыйынчылыктар менен курчалгандан кийин Аллах Таала: «Эй, Жебреил! Баргын, бейишти кайрадан карап келгин» - деп айтты. Ошентип, ал барып, аны карап келип: «Оо, Раббим, Сенин улуулугуңа ант болсун! Мен анын жолунда турган кыйынчылыктар себептүү эч ким ага кирбей калатко деп корком» - деп айтты. Аллах тозокту жаратканда: «Эй, Жебреил!  Бар да, тозокко көз салып кел» - деп айтканда Жебреил тозокко барып көрүп келди. Анан келип, Жебреил айтты: «Оо, Раббим, Сенин улуулугуңа ант болсун! Ким гана болбосун андагы азап, кайгы жана кордукту уккан болсо, анда ал жерге түшүүнү жек көрүп жана анын түшүрүүчү себептеринен алыс болот. Ошондо Улуу Аллах Таала тозокко алып баруучу жолдорду азгырыктар жана ырахаттар менен курчап: «Эй, Жебреил, кайрадан барып кара» - деди. Жебреил периште барып, аны карап, анан келип: «Оо, Раббим, Сенин кудуретиңе ант болсун! Анын айланасындагы курчалган азгырыктар жана ырахаттарды көрүп мен андан эч ким качып кутула албайт деп корктум» - деди.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Бейиш менен тозок азыркы учурда бар экенине ишенүү
 Динде айтылган кайып кабарларга жана Аллахтан жана Анын Элчиси, саллаллаху алейхи уа салламдан, келген бардык кабарларга ишенүү важиб.
 Кыйынчылыктарга сабыр кылуунун зарылдыгы, анткени ал бейишке алып баруучу жол.
 Күнөө иштерден алыс болуунун зарылдыгы. Анткени ал тозоко алып баруучу жол.
 Бейишти кыйынчылыктар менен жана тозокту азгырыктар менен курчоо - бул дүйнө жашоосундагы сыноонун маңызы.
 Бейишке баруучу жол татаал жана түйшүктүү, ага жетүү үчүн ыймандуулук жана сабыр кылуу зарыл болот. Ал эми тозокко баруучу жол бул дүйнөдөгү ырахаттарга жана азгырыктарга толгон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>Өлүм ала түстүү кочкордун кейпиндей болуп алып келинет. Ошондо бир чакыруучу: «Эй, бейиш ээлери» - деп чакырат. Алар баштарын көтөрүп карап калышат. Ошондо ал: «Силер муну билесиңерби?» - дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Анан ал: «Эй, тозок ээлери» - деп чакырат. Алар баары баштарын көтөрүп карашат. Ал: «Силер муну тааныйсыңарбы?» дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Ошондо аны союп: «Эй, бейиш ээлери! Түбөлүкө каласыңар, өлүм жок» – деп айтат. Эй, тозок ээлери! Түбөлүкө каласыңар, өлүм жок» - деп бул аятты окуду: «Аларды зыянга учураган күн менен эскерткин. Алар капылет абалда болгон учурда Кыямат болот» (Мариям: 39)
-Дүйнө ээлери алар ушундай капылетте болушат. «Алар ыйман келтиришпейт» - деген аятты окуду.</t>
+Дүйнө ээлери алар ушундай капылетте болушат. «Алар ыйман келтиришпейт» - деген аятты окуду</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t xml:space="preserve">Абу Саид аль-Худри, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Өлүм ала түстүү кочкордун кейпиндей болуп алып келинет. Ошондо бир чакыруучу: «Эй, бейиш ээлери» - деп чакырат. Алар баштарын көтөрүп карап калышат. Ошондо ал: «Силер муну билесиңерби?» - дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Анан ал: «Эй, тозок ээлери» - деп чакырат. Алар баары баштарын көтөрүп карашат. Ал: «Силер муну тааныйсыңарбы?» дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Ошондо аны союп: «Эй, бейиш ээлери! Түбөлүкө каласыңар, өлүм жок» – деп айтат. Эй, тозок ээлери! Түбөлүкө каласыңар, өлүм жок» - деп бул аятты окуду: «Аларды зыянга учураган күн менен эскерткин. Алар капылет абалда болгон учурда Кыямат болот» (Мариям: 39)
 Дүйнө ээлери алар ушундай капылетте болушат. «Алар ыйман келтиришпейт» - деген аятты окуду. </t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Кыямат күнү өлүмдүн ак жана кара түстүү болгон кочкордун сүрөтүндө алып келерин баяндады. Чакыруучу: «Эй бейиш ээлери!» - деп чакырат. Алар моюндарын сунуп, баштарын көтөрүп карашат. Аларга: «Силер муну билесиңерби?» - деп айтат. Алар: «Ооба, бул өлүм» - деп айтышат. Алардын баары аны көрүшөт жана билишет. Жарчы: «Эй тозок ээлери!» - деп жар салат. Алар моюндарын сунуп, баштарын көтөрүп карашат. Аларга: «Силер муну билесиңерби?» - деп айтат. Алар: «Ооба, бул өлүм» - деп айтышат. Алардын баары аны көрүшөт жана билишет. Андан кийин ал союлат, анан жарчы айтат: «Эй бейиш ээлери, өлүм болбойт, түбөлүк каласыңар. Эй тозок ээлери, өлүм болбойт, түбөлүк каласыңар». Мына ушул момундардын жыргалчылыгын арттыруу жана каапырлардын азабын көбөйтүү үчүн болот. Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, бул аятты окуду: «Аларды зыянга учураган күн менен эскерткин. Алар капылет жана ишенбеген абалда болгон учурда Кыямат болот» (Мариям: 39) Кыямат күнү бейиш менен тозок ээлерин бөлүп коёт. Алардын баары барган жерлеринде түбөлүккө калышат. Ошондо күнөө кылып жүргөн адам жакшылык иштерин кылбаганы үчүн, ал эми ибадаттарга бекем болбогон адам жакшылык иштерин көбөйтпөгөнү үчүн катуу өкүнүшөт.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>Адамдын акыреттеги бара турган жери түбөлүктүү бейиш же тозок болот.
 Кыямат күнүнүн коркунучтуулугу жана кайгыруу жана өкүнүчтүү күн экенин катуу эскертти.
 Бейиш ээлеринин түбөлүк бактылуулугу жана тозок элинин түбөлүк кайгысы баяндалды.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Селердин күйгүзгөн отуңар – тозок отунун жетимиш бөлүгүнүн бири. Анда: «Оо, Аллахтын Элчиси! Бул дүйнөнүн оту болсо да жетиштүү болмок» - деп айтылды. Пайгамбар: «Тозоктун оту бул дүйнөнүн отунан алтымыш тогуз эсе ысык болду. Анын баары бул дүйнөнүн отунун ысыгындай ысык</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: Селердин күйгүзгөн отуңар – тозок отунун жетимиш бөлүгүнүн бири. Анда: «Оо, Аллахтын Элчиси! Бул дүйнөнүн оту болсо да жетиштүү болмок» - деп айтылды. Пайгамбар: «Тозоктун оту бул дүйнөнүн отунан алтымыш тогуз эсе ысык болду. Анын баары бул дүйнөнүн отунун ысыгындай ысык».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бул дүйнөнүн оту тозок отунун жетимиш бөлүгүнүн бири экенин айтты. Акырет оту бул дүйнөнүн отунун ысыгына караганда, анын температурасы алтымыш тогуз эсе жогору болгонун айтты. Ошондой эле анын ар бир бөлүгү бул дүйнөнүн отунун ысыгына барабар. «Оо, Аллахтын Элчиси, бул дүйнөнүн оту тозокко кирген адамды азаптоого жетиштүү эле» - деп айтылды. Пайгамбар: «Тозок оту бул дүйнөнүн отунан алтымыш тогуз бөлүккө көп жана алардын ар биринин ысыктыгынын күчтүүлүгү бул дүйнө отундай ысык» - деп айтты.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Адамдарды тозок отуна алып келе турган иштерден алыс кылуу үчүн тозок менен катуу эскертти.
 Тозоктун катуу азабын жана температурасынын күчтүүлүгүнүн кабарын айтты.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Чындыкты айткан жана айтканы тастыкталган Пайгамбар, саллаллаху алейхи уа саллам, бизге мындайча баяндап берди: «Чындыгында, силердин ар бириңер энесинин ичинде кырк күн</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Абдуллах ибну Масууд, радыяллаху анху, айтат: «Чындыкты айткан жана айтканы тастыкталган Пайгамбар, саллаллаху алейхи уа саллам, бизге мындайча баяндап берди: «Чындыгында, силердин ар бириңер энесинин ичинде кырк күн тамчы түрүндө топтолот. Андан кийин ошончо убакытта уюган кан түрүндө болот. Андан кийин ошончо убакытта бир үзүм эт түрүндө болот. Андан кийин Аллах периштени жөнөтүп ага жан салынат. Андан кийин ал периште төрт нерсени жазууга буйрулат: анын ырыскысын, ажалын, кыла турган иш-аракеттерин, бактылуу же бактысыз болушун. Чындыгында, силерден бирөө бейиш менен анын ортосунда бир чыканактай аралык калгыча бейиш ээлеринин амалдарын кылат. Бирок анын жазылган китеби озуп кетет да тозок ээлеренинин амалдарын кыла баштайт. Ошентип ал тозокко кирет. Ошондой эле силерден бирөө тозок менен анын ортосунда бир чыканактай аралык калгыча тозок ээлеринин амалдарын кылат. Бирок анын жазылган китеби озуп кетет да бейиш ээлеренинин амалдарын кыла баштайт. Ошентип ал бейишке кирет».</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Ибн Масууд: «Аллахтын Элчиси, саллаллаху алейхи уа саллам, ал айтканында чынчыл жана тастыкталган» - деп айтты. Анткени ал Аллах Таала тарабынан тастыкталган эле. Пайгамбар айтты: «Силердин жаралууңар бир канча күндө бириктирилет». Себеби эркек аялы менен жакындык кылса, анын чачылган уругу аялдын жатынында кырк күндө жыйналат. Анан ал «Алака» болот. Ал коюу, катуу кан. бул экинчи кырк күндүк убакытта болот. Анан ал бир кесим эт айланат. Бул үчүнчү кырк күндүк убакытта болот. Андан кийин Аллах ага периштени жиберет. Ал периште үчүнчү кырк күндөн кийин ага рух үйлөйт. Периште төрт сөздү жазууга буйрулат: Анын ырыскысы. Ал бул жашоосунда канчалык өлчөмдө ала турган ырыскысы жазылат. Анын ажалы жана анын бул дүйнөдө жашай турган мөөнөтү жазылат. Ал эми анын иш-аракеттери жана анын кандай иш-аракет экендиги жазылат. Ошондой эле анын бактысыз же бактылуу экендиги жазылат. Пайгамбар, саллаллаху алейхи уа саллам, ант ичип мындай деп айтты: «Бир адам бейиш ээлеринин амалдарын жасайт жана анын амалдары адамдарга салих амалдар болуп көрүнөт. Аны менен бейиштин ортосунда бир чыканактай аралык 
 калгыча ал жакшы амалдарды аткарып жүрөт». Ал менен Бейиштин ортосундагы бир чыканактай гана аралык калгандан кийин жазылган китеби жана белгиленген тагдыры ага үстөмдүк келип, ал тозок элинин амалын кылат жана ал амалдары анын жашоосундагы акыркы амалдары болуп тозокко кирет. Анткени, анын кылган иш-аракеттеринин кабыл болушунун шарты – аны туруктуу, өзгөртпөй аткарып жүрүүсү керек. Ал эми адамдардын кээ бирлери тозок ээлеринин амалдарын тозокко кирүүгө жакындаганга чейин аткарат жана тозок менен анын ортосунда чыканактай аралык калат. Ошондо жазылган китеби жана белгиленген тагдыры үстөмдүк кылат. Ошондо ал бейиш ээлеринин амалдарын жасап, бейишке кирет.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Бардык иш-аракеттердин акыры - башында тагдыр кылынганына жараша жана жазылган китеби боюнча өтөт.
 Иш-аракеттердин тышкы сүрөттөрүнө алданып калуудан эскертүү болду. Анткени иш-аракеттер акырына карап бааланат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Аллах асмандар менен жерди жаратардан элүү миң жыл</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Абдуллах бин Амр, радыяллаху анху, риваят кылат: «Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Аллах асмандар менен жерди жаратардан элүү миң жыл мурда бардык макулуктардын тагдырларын жазып койгон. Анан мындай деп айтты: Анын (Аллахтын) аршы суунун үстүндө болгон».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Аллах Таала бүткүл маклуктардын жашоо, өлүм, ырыскы ж.б.у.с тагдырлары боюнча эмне болоорун асмандарды жана жерди жаратардан элүү миң жыл мурда Лавхул-Махфуз китебинде майда-чүйдөсүнө чейин жазганын Пайгамбарыбыз кабарлайт. Ал нерселердин баары Аллах жазган тагдырдын нугунда гана жүрөт. Кандай гана нерсе болбосун - ал Аллахтын жазган тагдырдын негизинде болот. Адамга жеткен нерсе, андан башкага өтүп кетпейт. Андан өтүп кеткен нерсе, ага кайра жетпейт.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Тагдырга ыйман келтирүүнүн зарылдыгы.
 Тагдыр - ал Аллахтын нерселерди билүүсү, аны жазуусу, анын учуру келгенде анын болуусун каалоосу жана аны жаратуусу.
 Тагдырдын асмандар жана жер жаралуудан мурда жазылганына ишенүү - тагдырга ыраазы болууга жана ага моюн сунууга алып барат.
 Чындыгында жер менен асмандар жаралардан мурда Аллахтын аршы суунун үстүндө болгон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>Баары тагдыр менен болот. Жада калса жалкоолук жана шаттуулук да тагдыр менен болот». Башка риваятта: «шаттуулук жана жалкоолук» деп айтты</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Тооус, рахимахуллах, айтат: «Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, сахабаларынын кээ бирлерин мындай деп айтканын уктум: «Бардык нерсе тагдырга жараша болот». "Баары тагдыр менен болот. Жада калса жалкоолук жана шаттуулук да тагдыр менен болот». Башка риваятта: «шаттуулук жана жалкоолук» деп айтты.</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бардык нерсе тагдыр менен болорун айтты. Жада калса жалкоолук да тагдыр менен болорун айтты. Жалкоолук - бул кылынышы керек болгон нерсени таштоо. Дүйнө жана акырет иштерин өз убактысынан кечиктирүү. Жада калса шаттуулук да тагдыр менен болот. Шаттуулук - бул дүйнө жана акырет иштеринде аракеттенүү жана акылдуулук кылуу. Аллах Таала жалкоолукту, шаттуулукту жана башка бардык нерсени тагдыр кылып койгон. Ага Аллахтын илими жана каалоосу болмоюнча ишке ашат.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Сахабалардын, Аллах алардан ыраазы болсун, тагдырга болгон ишеними баяндалды.
 Бардык нерсе Аллахтын каалоосу менен болот, ал тургай, жалкоолук жана аракет кылуу да тагдыр менен болот.
 Аллахтын Элчиси, саллаллаху алейхи уа салламдын, хадисин жеткирүүдөгү сахабалардын тактыгы жана этияттыгы. Аллах алардан ыраазы болсун.
 Жакшы иштер жана жаман иштер да тагдырдан болот деп ишенүү керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>Эгерде Аллах бир пендени бир жерде өлүүнү тагдыр кылса, анда ага ошол жерде бир муктаждыгын жаратат</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Матар бин Укамис, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Эгерде Аллах бир пендени бир жерде өлүүнү тагдыр кылса, анда ага ошол жерде бир муктаждыгын жаратат».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай деп кабарлайт: «Эгерде Аллах пенде жок болгон жерде өлүшүнө өкүм кылса, анда Аллах аны ал жерге муктаж кылып коёт. Андан соң ал муктаж жерине келгенде анын жаны алынат».</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Бул хадис Аллах Тааланын: «Эч бир жан кайсы жерде өлөөрүн билбейт» - деген аятын тастыктайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65040</t>
   </si>
   <si>
-    <t>مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Ким менин атымдан атайын жалган сүйлөсө - өзүнө тозоктон орун камдай берсин</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким менин атымдан атайын жалган сүйлөсө - өзүнө тозоктон орун камдай берсин".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким кайсы бир сөздү же ишти ага таандык кылып атайын жалган айтса, акыретте тозоктон ага орун даярдаларын кабарлаган. Ага жалган айтканынын жазасы ушул.</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) атайын максат кылып жалган айтуу, тозокко кирүүгө себеп болот.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) атынан жалган айтуу башка адамдарга жалган айтуу сыяктуу эмес. Анткени, мунун дүйнө жана акыретке өтө көп зыяны тиет.
 Хадистин чындап эле пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) тиешелүү экендигинин ишенимдүүлүгүн тактап, тастыктмайынча аны таратуудан эскертүү.</t>
@@ -15620,523 +16047,517 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Анас бин Малик, радыяллаху анху, айтат: Сахабалар Пайгамбар, саллаллаху алейхи уа саллам, менен мечитте отурганда, бир адам төөгө минип келип, аны чөгөлөтүп байлап койду. Анан алардан: «Силердин кимиңер Мухаммад?» — деп сурады. Ал эми Пайгамбар, саллаллаху алейхи уа саллам, сахабалардын арасында жөлөнүп жаткан эле, биз: «Бул — жөлөнүп жаткан ак адам» - деп айттык. Ал киши Пайгамбарыбызга: «Эй Абдулмутталибдин уулу!» - деп кайрылды. Пайгамбар, саллаллаху алейхи уа саллам, ага: «Мен сени уктум, сура, мен сага жооп берем» - деп айтты. Ал киши Пайгамбар, саллаллаху алейхи уа салламга: «Мен сенден суроолорду сураймын. Жана мен бул суроолордо катуумун, өзүңө катуу алба» - деди. Башкача айтканда, мага ачууланба, капа болбо деди. Пайгамбар: «Каалаганыңды сура» - деди. Ал айтты: «Сенин Раббиң жана сенден мурункулардын Раббисине ант болсун! Аллах сени жалпы адамдарга жибердиби?» Пайгамбар: «Оо, Аллахым, ооба» - деп чынчылдыгын тастыктаган абалда айтты. Ал киши: «Сага Аллахтын аты менен касам ичип айтам». Башкача айтканда: «Мен сенден Аллахтын аты менен суранам, Аллах сага беш убак намазды күнү-түнү окууну буйрудубу?» деди. Ал парз намаздар. Пайгамбар: «Оо, Аллахым, ооба» - деди. Ал айтты: «Аллахтын аты менен касам ичип айтам, Аллах силерге жылдын ушул айында орозо кармоону буйрудубу?». Ал рамазан айы. Пайгамбар: «Оо, Аллахым, ооба» - деди. Ал айтты: «Аллахтын аты менен касам ичип айтам, Аллах сага бул садаканы байларыбыздан алып, кедейлерибизге бөлүштүрүүнү буйрудубу?». Бул зекет. Пайгамбар: «Оо, Аллахым, ооба» - деди. Ошондо Димам Исламды кабыл алып, Пайгамбар, саллаллаху алейхи уа салламга, элин Исламга чакыра турганын айтты. Анан өзүн тааныштырып, ал Бани Саад бин Бакр уруусунан Димам бин Саълаба экенин айтты.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламдын, кичи-пейилдүүлүгү. Анткени бул сахаба Пайгамбарды башка сахабалардын арасынан айырмалай алган жок.
 Пайгамбар, саллаллаху алейхи уас салламдын, сонун кулк-мүнөздүүлүгү. Анткени суроо берүүчүгө жакшы жооп берүүсү. Себеби жакшы жооп берүү дааватты кабыл алуунун себептеринин бири.
 Бир кишини ак же кызыл, боюнун узундугу же кыскалыгы менен тааныштырууга уруксат болот. Ошондой эле бул сыпаттар кемчиликке ниет кылынбаган болсо жана аны ал киши жек көрбөсө уруксат болот.
 Каапыр адам муктаждык үчүн мечитке киришине уруксат.
 Хадисте ажылык жөнүндө айтылбады. Анткени ал келгенде ажылык ибадаты парз болбогон учур болуусу ыктымал.
 Сахабалар адамдарды Исламга чакырууга кызыгуусу. Бул сахаба Ислам динин кабыл алаары менен элин чакырууга киришти.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бир нерсени айтып: «Ал илим жок боло турган кезде болот» - деди. Мен айттым: «Оо, Аллахтын Элчиси, илим кандай жок болот. Биз Куран окуйбуз,  балдарыбызга да окутабыз жана балдарыбыз да балдарына  окутушат. Ушинтип Кыяматка чейин окубайбызбы?». Ал айтты: «Апаң сени жоготкур Зияд! Мен сени Мадинадагы илимдүү кишилерден деп билемин. Чындыгында, яхудийлер жана христиандар Тоорат менен Инжилди окушат эмесби, бирок андагы нерселердин бирин да аткарышпайт?!</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Зияд бин Лабид, радыяллаху анху, риваят кылган хадисте ал айтат: Пайгамбар, саллаллаху алейхи уа саллам, бир нерсени айтып: «Ал илим жок боло турган кезде болот» - деди. Мен айттым: «Оо, Аллахтын Элчиси, илим кандай жок болот. Биз Куран окуйбуз,  балдарыбызга да окутабыз жана балдарыбыз да балдарына  окутушат. Ушинтип Кыяматка чейин окубайбызбы?». Ал айтты: «Апаң сени жоготкур Зияд! Мен сени Мадинадагы илимдүү кишилерден деп билемин. Чындыгында, яхудийлер жана христиандар Тоорат менен Инжилди окушат эмесби, бирок андагы нерселердин бирин да аткарышпайт?!».</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, сахабаларынын арасында отурганда, ал мындай деди: «Бул адамдардан илим көтөрүлгөн кезде болот» - деп айтты. Зияд бин Лабид аль-Ансари, радыяллаху анху, таң калып Пайгамбар, саллаллаху алейхи уа салламдын, сурады: Ал айтты: «Бизден илим кантип көтөрүлүп, жоголот? Куранды окуп, жаттап алганбыз. Аллахка ант болсун! Биз аны окуйбуз жана аялдарыбызга, уулдарыбызга жана уулдарыбыздын уулдарына окутабыз». Пайгамбарыбыз, саллаллаху алейхи уа саллам, таң калып: «Энең сени жоготкур, Зияд!  Мен сени Медина калкынын аалымдарынан деп билем» - деп айтты. Ошондо Пайгамбар, саллаллаху алейхи уа саллам, мындай деп түшүндүрдү: Илимдин жоголуусу Курандын жоголуусу менен болбойт. Бирок илимди иш жүзүндө аткарууну таштап коюу менен жоголорун айтты. Бул иудейлер жана христиандардын китептери Тоорат жана Инжил китептери. Бирок ал китептер аларга пайда бербейт. Анткени алар китептердин максаттарын туура колдонушкан жок. Ошондой эле анын өкүмдөрүн аткарышкан жок.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Куран китебине амал кылбаса, анда адамдардын колунда Куран китептердин болушу аларга пайда бербейт.
 Илимдин көтөрүлүүсү бир канча белгилер менен болот. Анын ичинде: Пайгамбар, саллаллаху алейхи уа салламдын, өлүмү, аалымдардын өлүмү жана илимди иш жүзүндө аткарууну таштоо менен болот.
 Кыяматтын белгилеринин бири – илимдин жок болушу жана ага амал кылуунун ташталышы.
 Илим менен амал кылууга чакырууда. Анткени мына ошол чыныгы максат.</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[Ибн Маажа жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>«Китеп ээлери Тауратты иврит тилинде окуп, аны араб тилинде Ислам элине түшүндүрүп беришчү. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Китеп ээлерине ишенбегиле жана аларды жалганга чыгарбагыла. «Биз Аллахка жана бизге түшүрүлгөнгө ишенебиз» - деп айткыла». (Бакара, 136).*@</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылат: «Китеп ээлери Тауратты иврит тилинде окуп, аны араб тилинде Ислам элине түшүндүрүп беришчү. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Китеп ээлерине ишенбегиле жана аларды жалганга чыгарбагыла. «Биз Аллахка жана бизге түшүрүлгөнгө ишенебиз» - деп айткыла». (Бакара, 136).</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, үммөтүн Китеп ээлери риваят кылган нерселерге алданып калуудан эскертти. Пайгамбар, саллаллаху алейхи уа салламдын, убагында яхудийлер Тооратты иврит тилинде окушчу. Бул эврейлердин тили. Анан алар аны арабча чечмелеп беришчү. Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Китеп ээлерине ишенбегиле жана жалганга чыгарбагыла». Бул анын жалганы жана акыйкаттуулугу билинбеген марселелерде болот. Себеби Аллах Таала бизге Куранга жана аларга түшүрүлгөн Китептерге ыйман келтирүүнү буйруган. Эгерде биздин шариятыбызда алар айткан маселелердин чындыгын же жалгандыгын түшүндүрө турган эч нерсе жок болсо, анда алар айтып жаткан нерселердин туура же жалган экенин билүү үчүн бизге эч кандай жол жок. Андыктан биз алар бурмалаган нерселерде аларга шерик болуп калбашыбыз үчүн аларга ишенбейбиз жана токтоп турабыз. Балким чын болуп, ыйман келтирүүгө буйрулган нерселерден баш тарткан болуп калбашыбыз үчүн аларды жалганга чыгарбайбыз. Пайгамбар, саллаллаху алейхи уа саллам, бизге мындай деп айтууга буйруду: «Биз Аллахка, бизге түшүрүлгөнгө, Ибрахимге, Исмаилге, Исхакка, Якубка жана асбаттарга түшүрүлгөнгө, Муса менен Исага берилгенге жана пайгамбарларга Раббиси тарабынан берилгенге ишенебиз. Алардын ортосун айырмалабайбыз. Биз Ага моюн сунган мусулмандарданбыз». (Бакара, 136)</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Китеп ээлеринин айткандары үч бөлүмгө бөлүнөт: Куран жана Сүннөткө туура келген бөлүм. Бул бөлүмгө ишенебиз. Куран жана Сүннөткө карама-каршы келген бөлүм. Бул жалган бөлүмгө ишенбейбиз. Ал эми үчүнчүсү: Куран жана Сүннөттө жок болгон бөлүм, анын чындык же жалган экендигине далил жок. Андыктан мындай маселелер риваят кылына берет. Бирок мындай маселелерге ишенбейбиз жана жалганга чыгарбайбыз.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Илимди аалымдарга мактануу үчүн жана наадандар менен талашуу үчүн ошондой эле жыйындарда өзүн көрсөтүү үчүн албагыла. Эгерде кимдир бирөө мындай кылса, анда ага тозок болсун жана тозок болсун</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Жабир бин Абдуллах, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Илимди аалымдарга мактануу үчүн жана наадандар менен талашуу үчүн ошондой эле жыйындарда өзүн көрсөтүү үчүн албагыла. Эгерде кимдир бирөө мындай кылса, анда ага тозок болсун жана тозок болсун».</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, аалымдардын алдында мактануу үчүн жана мен да силердей аалыммын деп өзүн көрсөтүү үчүн илим алуудан катуу кайтарды. Ошондой эле акмактар жана жеңил ойлуу адамдар менен талашып-тартышуу максатта илим алуудан кайтарды. Жыйындарда алдыңкы катарда болууга, башкалардан артыкчылык кылуу максатта илим алуудан кайтарды. Андыктан ким мындай кылса, анда ал риякерлиги жана илим издөөдөгү ыклассыздыгы үчүн отко татыктуу болот.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Илим менен мактануу, аны менен талашып-тартышуу, же аны менен жыйындарда өзүн көрсөтүү ж.б. ушул сыяктуу максаттарда илим алган адамга катуу азап менен эскертүү болду.
 Илим үйрөнгөн жана үйрөткөн адамдар үчүн ниеттеги ыкластуулуктун маанилүүлүгү.
 Ниет – амалдардын негизи жана анын негизинде соопторго жетет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>Аллах Таала түз жолго мисал келтирди. Ал түз жолдун эки тарабында ачык эшиктери менен дубалдар бар. Ал эми эшиктерге түшүрүлгөн пардалар бар. Түз жолдун эшигинин башында: «Эй адамдар, бардыгыңар бул жолго түшкүлө, оңго-солго кетпегиле», - деп айтып турган жарчы бар. Кимде-ким ал эшиктерди ачууну кааласа, түз жолдун үстүндө: «Шоруң кургур! Бул эшикти ачпа. Эгерде ача турган болсоң, анда ага кирип кетесиң» - деп турган дагы бир жарчы бар. Түз жол - бул Ислам дини. Эки дубал - бул Аллахтын койгон чектери. Ал эми ачык эшиктер - алар Аллахтын арам кылган иштери. Түз жолдун баш жагында турган жарчы - бул Аллахтын Китеби. Ал эми түз жолдун үстүндө турган жарчы - бул ар бир мусулмандын жүрөгүндөгү Аллахтын эскертүүсү</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Ан-Наввас бин Самаан Аль-Ансари, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах Таала түз жолго мисал келтирди. Ал түз жолдун эки тарабында ачык эшиктери менен дубалдар бар. Ал эми эшиктерге түшүрүлгөн пардалар бар. Түз жолдун эшигинин башында: «Эй адамдар, бардыгыңар бул жолго түшкүлө, оңго-солго кетпегиле», - деп айтып турган жарчы бар. Кимде-ким ал эшиктерди ачууну кааласа, түз жолдун үстүндө: «Шоруң кургур! Бул эшикти ачпа. Эгерде ача турган болсоң, анда ага кирип кетесиң» - деп турган дагы бир жарчы бар. Түз жол - бул Ислам дини. Эки дубал - бул Аллахтын койгон чектери. Ал эми ачык эшиктер - алар Аллахтын арам кылган иштери. Түз жолдун баш жагында турган жарчы - бул Аллахтын Китеби. Ал эми түз жолдун үстүндө турган жарчы - бул ар бир мусулмандын жүрөгүндөгү Аллахтын эскертүүсү».</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Тааланын Исламды эч кандай кыйшыгы жок түз жолго салыштырып мисал кылганын айтты. Ал түз жолдун эки тарабында эки дубал бар. Ал эки дубал - алар Аллахтын койгон чектери. Бул эки дубалдын ачылган эшиктери бар. Алар Аллахтын арам кылган иштери. Ал эшиктердин үстүнөн түшүрүлгөн пардалар бар. Ал пардалар жолдон өтүп бараткан адамга ичин көрсөтпөй турган пардалар. Ал эми жолдун башында адамдарды туура жолго салып, туура багыт берип аларга: «Түз жолдон оңго же солго басып кетпегиле, анын ортосунда жүргүлө» - деп айтып турган жарчы бар. Ал жарчы Аллахтын Китеби. Ал эми жолдун үстүндө турган дагы бир жарчы бар. Ал жарчы жолдо жүргөн адам ал эшиктердин пардаларынан бир аз ачууну каалаганда, ал аны кайтарып: «Шоруң кургур, ал эшикти ачпа! Ачсаң кирип кетесиң, кирүүдөн өзүңдү токтото албайсың» - деп айтып турат. Бул чакыруучу ар бир мусулмандын жүрөгүндөгү Аллахтын эскертүүсү.</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Ислам дини акыйкат дин. Ал бизди бейишке алып баруучу түз жол.
 Аллахтын чектерине, уруксат берген жана арам кылган нерселерине моюн сунуунун зарылчылыгы. Анткени аларга шалакы мамиле кылуу кыйроого алып барат.
 Улуу Курандын пазилетин ачыктады жана ага амал кылууга үндөдү. Анткени анда хидаят, нур жана ийгилик камтылган.
 Аллахтын пенделерине болгон ырайымын билебиз. Анткени момундардын жүрөгүнө салган эскертүүсү аларды кыйроого алып барган иштерден сактайт жана эскертет.
 Аллах Өзүнүн ырайымы менен пенделерин күнөөгө батуусунан сактоо үчүн эскертме тосмолорду койгон.
 Билимди жеткирүүдөгү каражаттардын бири – жакындатуу жана ачыктоо үчүн мисалдарды келтирип айтуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа салламдын, кырк жашында вахий түшкөн. Меккеде он үч жыл болду, андан соң хижрат кылууга буюрулду. Мындан улам Мадинага хижрат кылды, ошондо ал жерде он жыл болду. Андан соң Пайгамбар, саллаллаху алейхи уа саллам, дүйнөдөн кайтты</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, айтты: «Аллахтын Элчиси, саллаллаху алейхи уа салламдын, кырк жашында вахий түшкөн. Меккеде он үч жыл болду, андан соң хижрат кылууга буюрулду. Мындан улам Мадинага хижрат кылды, ошондо ал жерде он жыл болду. Андан соң Пайгамбар, саллаллаху алейхи уа саллам, дүйнөдөн кайтты».</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, айтат: «Аллахтын Элчиси, саллаллаху алейхи уа саллам, кырк жашында Пайгамбар болуп жиберилген жана ага вахий түшкөн. Ошентип вахий түшкөндөн кийин Меккеде он үч жыл жашады, андан соң Мадинага хижрат кылууга буюрулду. Ал жерде он жыл жашады, андан соң Пайгамбарыбыз, саллаллаху алейхи уа саллам, алтымыш үч жашында көз жумду».</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Сахабалар Пайгамбарыбыздын өмүр таржымалына катуу маани беришкен.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Пайгамбарга, саллаллаху алейхи уа саллам, «Бисмиллахир Рохманир Рохиим (Мээримдүү жана Ырайымдуу Аллахтын аты менен баштаймын)» деген аяты түшүрүлмөйүнчө эки сүрөөнүн бөлүнүшүн билген эмес</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, айтты: Пайгамбарга, саллаллаху алейхи уа саллам, «Бисмиллахир Рохманир Рохиим (Мээримдүү жана Ырайымдуу Аллахтын аты менен баштаймын)» деген аяты түшүрүлмөйүнчө эки сүрөөнүн бөлүнүшүн билген эмес».</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, Ыйык Курандын сүрөөлөрү Пайгамбар, саллаллаху алейхи уа салламга, түшүрүлгөндө ага «Бисмиллахир Рохманир Рохиим» аяты түшүрүлмөйүнчө сүрөөнүн бөлүнүшүн жана бүткөнүн билбей турганын айтты. Качан бул аят келгенде бир сүрөө аяктаганын жана жаңы сүрөөнүн башталганын билген.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Бисмилла сүрөөлөрдү бөлүү үчүн колдонулат. Бирок Анфал сүрөөсү менен Тауба сүрөөсүнүн ортосунан башка жерлерде келет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>Силердин бирөөңөр үй-бүлөсүнө кайтып келгенде, үч семиз төө менен кайткысы келеби?» Биз: «Ооба» - деп жооп бердик. Ал айтты: «Силердин бириңер намазда окуган үч аят ал үчүн үч семиз төөдөн жакшы</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Силердин бирөөңөр үй-бүлөсүнө кайтып келгенде, үч семиз төө менен кайткысы келеби?» Биз: «Ооба» - деп жооп бердик. Ал айтты: «Силердин бириңер намазда окуган үч аят ал үчүн үч семиз төөдөн жакшы».</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, намазда үч аят окуунун сообун түшүндүрүп берди. Адам үйүнөн үч чоң семиз жана бооз төө тапкандан көрө намазда үч аят окуган жакшы деп айтты.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Намазда Куран окуунун пазилети тууралуу айтылды.
 Жакшы амалдар бул дүйнөнүн жыргалдарынан жакшы жана түбөлүктүү.
 Бул сооптор үч гана аятты окуу менен чектелбейт. Адам намазда Куран аяттарын канчалык көп окуса, анын сообу ошончо төөдөн жакшы болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Куран жаттаган адамга мындай деп айтылат: «Куран оку жана көтөрүл. Аны дүйнөдө окугандай кылып кырааты менен оку. Чындыгында, сенин даражаң акыркы окуган аятыңа жараша болот</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Абдулла ибн Амр, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Куран жаттаган адамга мындай деп айтылат: «Куран оку жана көтөрүл. Аны дүйнөдө окугандай кылып кырааты менен оку. Чындыгында, сенин даражаң акыркы окуган аятыңа жараша болот».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Куранды жакшы окуган жана жаттаган ошондой эле анын өкүмдөрүнө амал кылган адам бейишке киргенде ага: «Бул дүйнөдө Куранды ой жүгүртүү жана шашпай окуган сыяктуу азыр да Куран оку жана аны окуу менен бейиштин даражаларына көтөрүл. Сенин даражаң сен окуган акыркы аятта болот» - деп айтылат.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Кыяматтагы жаза жана сыйлыктар - иш-аракеттердин санына жана сапатына жараша болот.
 Куранды окууга, аны так билүүгө, жаттоого, ой жүгүртүүгө жана ага ылайык амал кылууга Пайгамбарыбыз үндөөдө.
 Бейиштин көптөгөн даражалары бар. Куран ээлери эң жогорку даражаларга жетет.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Ким Куранды ачык ашкере окуса, анда ал садаканы ашкере берген сыяктуу болот. Ал эми Куранды ичинен окуса, анда ал садаканы жашырып берген сыяктуу болот</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Укба бин Амир Аль-Жухани, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Ким Куранды ачык ашкере окуса, анда ал садаканы ашкере берген сыяктуу болот. Ал эми Куранды ичинен окуса, анда ал садаканы жашырып берген сыяктуу болот».</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Куранды ачык окуган адам ачык садака кылгандай болот. Ал эми Куранды ичинен окуган адам жашырып садака берген адам сыяктуу болорун  ачыктап берди.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Садаканы жашырып берген жакшыраак болгондой эле Куранды да ичинен окуган жакшы. Анткени ичинен окуган Куран тилаватында ыкластуулук болот. Риякерликтен жана өзүнө өзү суктануудан алыс болот. Бир гана муктаждык болгондо тышынан окуса болот. Мисалы: Куран үйрөтүү сыяктуу үн көтөрүп окуу муктаждыгы болсо, анда үнүн тышынан чыгарып окуйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65055</t>
   </si>
   <si>
-    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Аллахтан корккула! Башчыңар хабаший (ынды кара) кул болсо да аны уккула жана моюн сунгула! Менден кийин көптөгөн карама-карышылыктарды көрөсүңөр. Ошондо менин жана менин туура жол көрсөтүүчү халифтеримдин сүннөт жолун бекем кармагыла!</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>Ал Ирбаз бин Сария (ага Аллах ыраазы болсун) айтат: Бир күнү Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) туруп, бизге аябай жеткиликтүү насаат айтты. Андан жүрөктөр титиреп, көздөр жашылданды. О, Аллахтын элчиси, бизге коштошуп жаткандай насаат айттың, эми бизге бир келишимди (дайыма аткарып жүрүү үчүн) осуят кыл - дешти. Ал мындай деди: " Аллахтан корккула! Башчыңар хабаший (ынды кара) кул болсо да аны уккула жана моюн сунгула! Менден кийин көптөгөн карама-карышылыктарды көрөсүңөр. Ошондо менин жана менин туура жол көрсөтүүчү халифтеримдин сүннөт жолун бекем кармагыла! Ага азууңар менен жармашкыла! Жаңы пайда болгон иштерден сак болгула! Анткени, бардык жаңы иштер адашууга алып барат".</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>Пайгамбар ага (Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына жеткиликтүү насаат айтып, андан жүрөктөр коркуп титиреп, көздөрдөн жаш агып кетет. Анан алар: О, Аллахтын элчиси, сен бизге коштошкондой насаат айттың - дешет. Насааттын өтө жеткиликтүү айтылганынан улам алар муну байкаган болчу. Анан ал өткөндөн кийин такай аткарып жүрө турган ишти осуят кылуусун андан суранышат. Ал: Улуу Аллах Таалага такыба болгула - дейт. Такыбалык ваажыб, буйруктарды аткаруу жана арам,тыюу салынган иштерден тыйылуу менен болот. "Уккула жана баш ийгиле" - дейт. Т.а. башчыларга баш ийгиле. Эгерде силерге кул башчы болуп же өкүмдарлык кылса, ага да баш ийгиле. Мындайча айтканда, калайыктын ичинен даражасы эң төмөн адам башчы болсо да, аны теңсинбей койбой, ага баш ийгиле, фитна, бүлгүндөн этият болуу үчүн. Анткени, кимдин өмүрү узун болсо келечекте көп келишпестиктерди көрөт. Андан кийин аларга мындай келишпестиктерден алып чыга турган жолду баяндады. Бул - ал өткөндөн кийин анын жана анын туура жол көрсөтүүчү халифтеринин сүннөт жолун бекем кармоо. Булар Абу Бакр Сыддык, Умар бин Хаттаб, Усман бин Аффан жана Али бин Абу Талиб (аларга баарына Аллах ыраазы болсун). Ушул жолду азуу тиштери менен бекем тиштөөгө үндөдү. Б.а. сүннөттү бекем тутуп, аны менен жүрүүгө тырышууга үндөдү. Ошондой эле аларга динде жаңыдан пайда болгон иштерден этият болууну эскертти, анткени бардык жаңыдан пайда болгон иштер адашууга алып барат.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Сүннөттү кармоо жана аны ээрчүүнүн зарылдыгы.
 Насаат айтууга жана жүрөктү жумшартуучу нерселерге көңүл буруу.
 Өзүнөн кийинки туура жолго баштоочу төрт халифти ээрчүүгө буюруусу. Алар Абу Бакр, Умар, Усман, Али (аларага Аллах ыраазы болсун).
 Динде жаңы ишти пайда кылуудан тыюу. Анткени, бардык жаңы иштер - адашуу.
 Ыймандууларга (мусулмандарга) башчы болгон адамды күнөө эмес иштерде угуу жана ага баш ийүү.
 Бардык учурда жана бардык абалда Улук Алла Таалага такыба болуунун зарылдыгы.
 Бул үммөттө келишпестиктер сөзсүз болот. Мындайлар пайда болгондо Аллахтын элчисинин жана туура жолго  баштоочу халифтердин сүннөт жолуна кайтуу лаазым.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65057</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>Бизге Пайгамбарыбыздын, саллаллаху алейхи уа саллам, сахабалары айтышкан. Алар Аллахтын Элчиси, саллаллаху алейхи уа салламдан, он аят үйрөнүшчү жана аларда кандай илим жана амал бар экенин билмейинче, калган он аяттан алышчу эмес. «Биз ушинтип аяттардагы илимди жана амалдарды да үйрөнөт элек» - деп айтышат эле.*@</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Абу Абдур-Рахман ас-Сулами, рахимахуллах , мындай деп айтты: Бизге Пайгамбарыбыздын, саллаллаху алейхи уа саллам, сахабалары айтышкан. Алар Аллахтын Элчиси, саллаллаху алейхи уа салламдан, он аят үйрөнүшчү жана аларда кандай илим жана амал бар экенин билмейинче, калган он аяттан алышчу эмес. «Биз ушинтип аяттардагы илимди жана амалдарды да үйрөнөт элек» - деп айтышат эле.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Сахабалар, Аллах алардан ыраазы болсун, Аллахтын Элчиси, саллаллаху алейхи уа салламдан, Курандан он аят алышчу жана алар аяттардан илимди алып ага амал кылмайынча, башка аяттарга өтүшчү эмес. Ошентип алар илим менен амалды бирге үйрөнүшкөн.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Сахабалардан Аллах ыраазы болсун. Алардын Куранды үйрөнүүгө болгон аракеттери ачыкталды.
 Куранды үйрөнүү аны окуу жана жаттоо менен эле эмес, андагы нерселерди билүү жана амал кылуу менен болот.
 Илим сөздөн жана иш-аракеттерден турат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>«Эй, Абуль-Мунзир! Аллахтын Китебинде эң улуу аят кайсы экенин билесиңби?». Мен: «Аллах жана Анын Элчиси билет» - деп айттым. Ал кайрадан: «Эй, Абуль-Мунзир! Аллахтын Китебинде эң улуу аят кайсы экенин билесиңби?» - деп айтты. Мен: «Аллахтан башка сыйынууга татыктуу кудай жок. Ал түбөлүк Тирүү Башкаруучу» (Бакара, 255) - деп айттым. Ал менин көкүрөгүмө чаап: «Эй, Абуль-Мунзир. Аллахка ант болсун! Бул илим сага куттуу болсун!» - деди.@*</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Убай ибн Кааб, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Эй, Абуль-Мунзир! Аллахтын Китебинде эң улуу аят кайсы экенин билесиңби?». Мен: «Аллах жана Анын Элчиси билет» - деп айттым. Ал кайрадан: «Эй, Абуль-Мунзир! Аллахтын Китебинде эң улуу аят кайсы экенин билесиңби?» - деп айтты. Мен: «Аллахтан башка сыйынууга татыктуу кудай жок. Ал түбөлүк Тирүү Башкаруучу» (Бакара, 255) - деп айттым. Ал менин көкүрөгүмө чаап: «Эй, Абуль-Мунзир. Аллахка ант болсун! Бул илим сага куттуу болсун!» - деди.</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Убай ибн Каабдан Аллахтын Китебиндеги эң улуу аят жөнүндө сурады. Ал жооп берүүдөн карманып, анан: Бул Аятул Курси (Аллахтан башка сыйынууга татыктуу кудай жок. Ал түбөлүк Тирүү Башкаруучу) деп айтты. Ошондо Пайгамбар, саллаллаху алейхи уа саллам, аны ырастап жана илим менен даанышмандыкка толгон көкүрөгүн чапты. Ал бул илим менен кубанычка жетиши үчүн жана ага жеңил болуу үчүн Пайгамбарыбыз ага дуба кылды.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Убай бин Кааб, радыяллаху анхунун, чоң орду.
 Аятул-Курси Аллах Тааланын Китебиндеги эң улуу аят. Андыктан аны жаттап, маанисине ой жүгүртүп, ага амал кылуу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ар күнү түнү уктаганда эки колун бириктирип, анан аларга үйлөп: «Айткын! Ал Аллах жалгыз» деп башталган Ихлас сүрөөсүн, «Айткын! Таңдын Раббиси менен коргоном» деп башталган Фалак сүрөөсүн жана «Айткын! Адамдардын Раббиси менен коргоном» деп башталган Наас сүрөөсүн окучу. Анан колдору менен башына, жүзүнө жана денесинин алдынан баштап колу жеткен жерге чейин сүртөт эле. Ал муну үч жолу кылчу</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Айша, радыяллаху анха, риваят кылат: Пайгамбар, саллаллаху алейхи уа саллам, ар күнү түнү уктаганда эки колун бириктирип, анан аларга үйлөп: «Айткын! Ал Аллах жалгыз» деп башталган Ихлас сүрөөсүн, «Айткын! Таңдын Раббиси менен коргоном» деп башталган Фалак сүрөөсүн жана «Айткын! Адамдардын Раббиси менен коргоном» деп башталган Наас сүрөөсүн окучу. Анан колдору менен башына, жүзүнө жана денесинин алдынан баштап колу жеткен жерге чейин сүртөт эле. Ал муну үч жолу кылчу.</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын, саллаллаху алейхи уа саллам, сүннөтү - ал уктаардан алдын, дуба кылуучу кишидей алакандарын бириктирип, өйдө көтөрүп, «Айткын! Ал Аллах жалгыз» деп башталган Ихлас сүрөөсүн, «Айткын! Таңдын Раббиси менен коргоном» деп башталган Фалак сүрөөсүн жана «Айткын! Адамдардын Раббиси менен коргоном» деп башталган Наас сүрөөлөрүн үч жолу окуп, оозунан бир аз шилекейи менен кошо алакандарына үйлөчү. Башынан, бетинен, денесинин алдыңкы бөлүгүнөн баштап алакандары жеткен жерге чейин денесине сүртүп чыкчу. Бул үч сүрөөнү бирден окуп алаканына үйлөп денесине сүрткөн аракетин үч жолу кайталайт болчу.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Уктаардан мурда Ихлас, Фалак жана Наас сүрөөлөрүн окуп, алаканына үйлөп, колу жеткен жерге чейин денесине сүртүп жатуу сүннөт иштерден.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65060</t>
   </si>
   <si>
-    <t>الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ</t>
+    <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Жөөттөр - алар каарга калган, христиандар болсо - адашкан</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>Адий бин Хаатимдин (ага Аллах ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жөөттөр - алар каарга калган, христиандар болсо - адашкан".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жөөттөр Аллах аларга каарданган коом экенин кабарлаган. Анткени, алар акыйкатты билип туруп, аны иш жүзүнө ашырган жок (ага амал кылган жок). Христиандар адашкан адамдар; анткени алар билбей эле амал кылышты.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Илим менен амалдын бирге болуусу - каарга калуудан да, адашуудан да сактайт.
 Жөөттөр менен христиандардын жолунан этият болуп, туруктуу, түз жол болгон Исламды бекем кармануу зарыл.
 Жөөттөр да, христиандар да, адашууда жана каарга калууда бирдей эле. Бирок жөөттөрдүн конкреттүү сыпаты -  каарга калуу. Ал эми христиандардын конкреттүү сыпаты - адашуучулук.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65061</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>«Аллахтын Элчиси, саллаллаху алейхи уа саллам, бул аятты окуду: «Ал сага (теңдешсиз) Китеп түшүргөн Зат. Анын ичинен Китептин энеси (маңызы) болгон мухкам-анык аяттар жана алардан башка муташабих (түшүнүлүшү оор) аяттар орун алган. Ал эми жүрөгүндө илдет-ийрилик болгон адамдар аны (өз каалоолоруна ылайыктап) түшүндүрүүнү жана бузукулукту үмүт кылып, муташабих аяттарды ээрчишет. Ал муташабих аяттын түшүндүрмөсүн Аллахтан бөлөк эч ким анык билбейт. Ошондуктан терең илимдүү адамдар: «Биз Куранга ыйман келтиргенбиз. Анын аяттарынын бардыгы Раббибибизден келген» - дешет. Акылдуу адамдар гана андан эскертме алышат». (Аали Имран, 7) Андан соң Аллахтын Элчиси, саллаллаху алейхи уа саллам: «Эгерде андагы түшүнүүгө оор болгон аяттарды өзүнүн максатына ылайыктап түшүнгөн адамдарды көрсөң, анда алар Аллах бул аятта айткан адамдар. Алардан сак бол» - деп айтты».*@</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>Айша, радыяллаху анха, риваят кылат: «Аллахтын Элчиси, саллаллаху алейхи уа саллам, бул аятты окуду: «Ал сага (теңдешсиз) Китеп түшүргөн Зат. Анын ичинен Китептин энеси (маңызы) болгон мухкам-анык аяттар жана алардан башка муташабих (түшүнүлүшү оор) аяттар орун алган. Ал эми жүрөгүндө илдет-ийрилик болгон адамдар аны (өз каалоолоруна ылайыктап) түшүндүрүүнү жана бузукулукту үмүт кылып, муташабих аяттарды ээрчишет. Ал муташабих аяттын түшүндүрмөсүн Аллахтан бөлөк эч ким анык билбейт. Ошондуктан терең илимдүү адамдар: «Биз Куранга ыйман келтиргенбиз. Анын аяттарынын бардыгы Раббибибизден келген» - дешет. Акылдуу адамдар гана андан эскертме алышат». (Аали Имран, 7) Андан соң Аллахтын Элчиси, саллаллаху алейхи уа саллам: «Эгерде андагы түшүнүүгө оор болгон аяттарды өзүнүн максатына ылайыктап түшүнгөн адамдарды көрсөң, анда алар Аллах бул аятта айткан адамдар. Алардан сак бол» - деп айтты».</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам: «Ал сага (теңдешсиз) Китеп түшүргөн Зат. Анын ичинен Китептин энеси (маңызы) болгон мухкам-анык аяттар жана алардан башка муташабих (түшүнүлүшү оор) аяттар орун алган. Ал эми жүрөгүндө илдет-ийрилик болгон адамдар аны (өз каалоолоруна ылайыктап) түшүндүрүүнү жана бузукулукту үмүт кылып муташабих аяттарды ээрчишет. Ал муташабих аяттын түшүндүрмөсүн Аллахтан башка эч ким анык билбейт. Ошондуктан терең илимдүү адамдар: «Биз Куранга ыйман келтиргенбиз. Анын аяттарынын бардыгы Раббибибизден келген» - дешет. Акылдуу адамдар гана андан эскертме алышат» деген аятын окуду. Бул аятта Аллах Таала Куранды Өзүнүн Пайгамбарына түшүргөн Зат экендигин айтты. Ошондой эле анда ачык маанидеги, өкүмдөрү белгилүү жана ачык-айкын болгон аяттарды камтыганын айтты. Бул аяттар Курандын негизги өкүмдөрү жана таяна турган аяттары болуп саналат. Куранда жана башка аяттар да бар, алар бир нече мааниге ээ болушу мүмкүн, кээ бир адамдарга ал аяттардын маанилери оор келип карама-каршы маанилер чыгат деп ойлошот. Андан соң Аллах бул аяттарды түшүнүүдө адамдардын туура эмес мамилесин баяндап берди. Алардын жүрөгүндө акыйкаттан кыйшаюу бар болгонун айтты. Алар чечүүчү, ачык аяттарды ташташып эки ара мааниде болгон окшош аяттарды алышып, элди күмөнгө салып, адамдарды адаштырышат. Алар ал аяттарды өз каалоолоруна жараша чечмелөөгө умтулушат. Ал эми илимге бекем болгондор бул окшош аяттарды билишет жана аны чечүүчү аяттарга кайтарышат жана анын Аллахтан келгенине ишенишет. Алар бул аяттар түшүнүксүз же карама-каршылыктуу болушу мүмкүн эмес деп билишет. Бирок бул аяттардан бир гана тунук акылдуу адамдар сабак жана эскертме алышат. Ошондо Пайгамбар, саллаллаху алейхи уа саллам, момундардын энеси Аишага, радыяллаху анха, эгерде ал окшош аяттарды ээрчигендерди көрсө, анда аларды укпай сак болууну айтты. Мына ошолор Аллах Таала: «Ал эми жүрөгүндө илдет-ийрилик болгондор» - деп айткан адамдар экендигин айтты.</t>
   </si>
@@ -16144,1549 +16565,2444 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Курандын Мухкам аяттары: Мааниси ачык болгон жана бир мааниде чечмеленген аяттар. Ал эми Муташабих аяттар: Бирден ашык мааниге ээ болгон жана ойлонууну жана түшүнүүнү талап кылган аят.
 Адашкандар, бидъатчылар жана адамдарды адаштырып, күмөнгө салуу үчүн маселе айткандар менен аралашуудан сактануу керек.
 Аяттын аягында Аллах Таала мындай дейт: «Жана акылдуулардан башка эч ким эскертме албайт». Бул жүрөгү куттуларды жемелегени, илимге бекемдерди мактаганы ачык болду. Тагыраак айтканда бул аяттардан эскертме, насаат албаган жана напсилерине ээрчиген адамдар акылдуулардан эмес экендигин айтты.
 Муташабих аяттардын туура эмес маанилерин ээрчип жүрүү - жүрөктүн тайкы болушуна себеп болот.
 Мааниси түшүнүксүз болушу мүмкүн болгон Муташабих аяттарды Мухкам аяттарга кайтаруу важиб болот.
 Ыйман ээлери менен адашкандарды айырмалоо үчүн жана адамдарды  сыноо үчүн Аллах Таала Курандын кээ бир аяттарын Мухкам, кээ бир аяттарын Муташабих кылып койгон.
 Куранда муташабих аяттардын болушу - Аалымдардын башка адамдардан артыкчылыгын көрсөттү. Канчалык тунук акыл болбосун, анын кемчиликтүү экендигин билдирди. Мындан улам адам баласы өзүнүн алсыздыгын Жаратуучусунун алдында мойнуна алат.
 Илим алууда туруктуу болуунун пазилети жана алган илимге бекем болуунун зарылчылыгы.
 Тафсирчилер «Анын маанилерин Аллах гана билет жана илимде бекем аалымдар» деген аяттын «Аллах» деген сөзүндө токтоп туруп тилават кылууда эки түрдүү пикирлери бар. Эгерде тилават кылганда «Аллах» деген сөздө токтоп туруп анан улантып окуп кетсе, анда Муташабих аяттардын маанилерин Аллахтан башка эч ким билбейт деген маани чыгат. Ошондой эле Тавил деген сөздөн - бизге белгисиз нерселердин чыныгы акыйкаты жана кейпи максат кылынат. Мисалы адамдын руху, кыяматтын кандай болушу сыяктуу Аллах белгисиз кылган маселелер кирет. Ал эми аалымдар бул маселелерди Аллахка кайтарышат жана Андан гана келген деп ишенишет. А эгерде бул аяттын «Аллах» деген сөзүндө токтобой аятты улантып окуп кетсе, анда Тавилден тафсир жана ачыктоо деген маани чыгат. Анда Муташабих аяттарды Аллах билет жана илимде бекем аалымдар да билет деген маани чыгат. Алар бул аяттарга ишенишет жана Мухкам аяттарга кайтарышат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65062</t>
   </si>
   <si>
-    <t>مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ</t>
+    <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>Кайсы бир киши күнөө кылып, кийин туруп тазаланып (даарат алып), анан намаз окуса, анан Аллахтан (күнөөсүнө) кечирим тилесе,  Аллах аны кечирет</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>Али мындай дейт: Мен Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) хадис уксам, Аллах андан Өзү каалаганча пайдаландырчу. Эгер анын сахабаларынан бирөө-жарымы андан хадис айтса, мен аны касам ичтирчүмүн да, касам ичсе ага ишенчүмүн. Ал эми бул хадисти мага Абу Бакр айткан. Абу Бакр чын сүйлөйт. Ал: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум дейт: "Кайсы бир киши күнөө кылып, кийин туруп тазаланып (даарат алып), анан намаз окуса, анан Аллахтан (күнөөсүнө) кечирим тилесе,  Аллах аны кечирет ". Андан кийин бул аятты окуду: "(Ал такыбалар) кокус ыплас иш кылып алса, же (күнөө менен) өзүнө зулум кылса, дароо Аллахты эстеп, күнөөсүнө кечирим тилейт..." (Аалу Имран, 135-аят).</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кайсы бир пенде күнөө кылып алса, анан жакшылап даарат алып, анан бул күнөөсүнө тообо кылуу ниети менен эки ирекет намаз окуса, анан Аллахтан кечирим тилесе, Аллах аны кечирерин кабарлаган. (Бул хадисти айткандан) кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын бул аятын окуйт: "(Ал такыбалар) кокус ыплас иш кылып алса, же (күнөө менен) өзүнө зулум кылса, дароо Алланы эстеп, күнөөсүнө кечирим тилейт. Күнөөнү Алладан башка ким кечирет. Алар билип туруп жасаган (күнөө) ишин кайра кайталабайт". (Аалу Имран, 135-аят).</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Күнөө кылып алгандан кийин намаз окуп, истигфар айтууга үндөө.
 Аллах Тааланын кечирими кенен жана тообо, истигфарды кабыл кылуучу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65063</t>
   </si>
   <si>
-    <t>يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ</t>
+    <t>يحسب ما خانوك وعصوك وكذبوك وعقابك إياهم</t>
   </si>
   <si>
     <t>«Бир адам Пайгамбар, саллаллаху алейхи уа салламдын, алдына келип: «Оо, Аллахтын Элчиси, менде кулдарым бар, алар мага жалган айтышат, мага кыянат кылышат жана менин сөзүмдү угушпайт. Алардын алдында менин абалым кандай болот» - деп сурады. Пайгамбар айтты: «Сага кыянат кылгандары үчүн, сага баш ийбегендиги жана сага калп айткандары үчүн сен аларга берген жазаңа татыктуу болушат. Эгерде аларга берген жазаң алардын күнөөлөрүнө жараша болсо, бул аларга жетиштүү болот. Сенин пайдаңа да жана зыяныңа да болбойт. А эгерде аларга берген жазаң алардын күнөөлөрүнөн азыраак болсо, анда сага артыкчылык болот. А эгерде жазаң алардын күнөөлөрүнөн көбүрөөк болсо, анда алар сенден өчтөрүн алышат. Ошондо ал киши четке чыгып, үнүн чыгара ыйлай баштады. Анда Аллахтын Элчиси, саллаллаху алейхи уа саллам, ага: «Сен Аллахтын Китебинде: «Кыямат күнү адилеттүүлүк таразасын коёбуз, ошондо эч бир жанга зулумдук кылынбайт» - деген аятын окубадыңбы?» - деп айтты. Ал киши: «Оо, Аллахтын Элчиси, Аллахка ант болсун! Мен өзүм үчүн да, алар үчүн да алардан бөлүнүүдөн артык эч нерсе таба албайм. Күбөлүк берем алардын баары азат» - деп айтты».*@</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ رَجُلًا قَعَدَ بَيْنَ يَدَيِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ لِي مَمْلُوكِينَ يَكْذِبُونَنِي وَيَخُونُونَنِي وَيَعْصُونَنِي، وَأَشْتُمُهُمْ وَأَضْرِبُهُمْ، فَكَيْفَ أَنَا مِنْهُمْ؟ قَالَ: «يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ، فَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ بِقَدْرِ ذُنُوبِهِمْ كَانَ كَفَافًا، لَا لَكَ وَلَا عَلَيْكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ دُونَ ذُنُوبِهِمْ كَانَ فَضْلًا لَكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ فَوْقَ ذُنُوبِهِمُ اقْتُصَّ لَهُمْ مِنْكَ الْفَضْلُ»، قَالَ: فَتَنَحَّى الرَّجُلُ فَجَعَلَ يَبْكِي وَيَهْتِفُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَمَا تَقْرَأُ كِتَابَ اللهِ: {وَنَضَعُ الْمَوَازِينَ الْقِسْطَ لِيَوْمِ الْقِيَامَةِ فَلا تُظْلَمُ نَفْسٌ شَيْئًا}، الْآيَةَ»، فَقَالَ الرَّجُلُ: وَاللهِ يَا رَسُولَ اللهِ، مَا أَجِدُ لِي وَلهُمْ شَيْئًا خَيْرًا مِنْ مُفَارَقَتِهِمْ، أُشْهِدُكَ أَنَّهُمْ أَحْرَارٌ كُلُّهُمْ.</t>
   </si>
   <si>
     <t>Аиша, радыяллаху анха, риваят кылат: «Бир адам Пайгамбар, саллаллаху алейхи уа салламдын, алдына келип: «Оо, Аллахтын Элчиси, менде кулдарым бар, алар мага жалган айтышат, мага кыянат кылышат жана менин сөзүмдү угушпайт. Алардын алдында менин абалым кандай болот» - деп сурады. Пайгамбар айтты: «Сага кыянат кылгандары үчүн, сага баш ийбегендиги жана сага калп айткандары үчүн сен аларга берген жазаңа татыктуу болушат. Эгерде аларга берген жазаң алардын күнөөлөрүнө жараша болсо, бул аларга жетиштүү болот. Сенин пайдаңа да жана зыяныңа да болбойт. А эгерде аларга берген жазаң алардын күнөөлөрүнөн азыраак болсо, анда сага артыкчылык болот. А эгерде жазаң алардын күнөөлөрүнөн көбүрөөк болсо, анда алар сенден өчтөрүн алышат. Ошондо ал киши четке чыгып, үнүн чыгара ыйлай баштады. Анда Аллахтын Элчиси, саллаллаху алейхи уа саллам, ага: «Сен Аллахтын Китебинде: «Кыямат күнү адилеттүүлүк таразасын коёбуз, ошондо эч бир жанга зулумдук кылынбайт» - деген аятын окубадыңбы?» - деп айтты. Ал киши: «Оо, Аллахтын Элчиси, Аллахка ант болсун! Мен өзүм үчүн да, алар үчүн да алардан бөлүнүүдөн артык эч нерсе таба албайм. Күбөлүк берем алардын баары азат» - деп айтты».</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم يشكو مِن تصرّفات عبيده، وأنهم يكذبونه في الخبر، ويخونونه في الأمانة، ويغشّون في المعاملة، ويعصونه في الأمر، وهو يشتمهم ويضربهم تأديبًا لهم، فسأله عن حاله يوم القيامة معهم؟ 
 فقال عليه الصلاة والسلام: يُحسَب ما خانوك وعصوك وكذَّبوك ويحسَب عقابك لهم، فإذا تساوى مقدار العقاب مع ذنوبهم فما لك شيء، ولا عليك شيء، وإن كان مقدار عقابك لهم أقل مِن ذنوبهم، كان فضلًا وزيادةً لك في الأجر، 
 وإن كان عقابك لهم أكثر من ذنوبهم عُوقِبْتَ، وأُخِذ منك القدر الزائد وأُعطي لهم، 
 فتنحَّى الرجل وجعل يبكي ويعلو صوته، 
 فقال له رسول الله صلى الله عليه وسلم: أما تقرأ كتاب الله: 
 {ونضع الموازين القسط ليوم القيامة فلا تُظلم نفسٌ شيئًا، وإن كان مثقال حبة من خردل أتينا بها وكفى بنا حاسبين} [الأنبياء: 47]، 
 فلا يُظلم أحدٌ شيئًا يوم القيامة، وتكون الموازين بين الناس بالعدل، 
 فقال الرجل: والله يا رسول الله، لا أجِد لي ولهم شيئًا أفضل مِن مُفارَقتهم وتركِهم، أُشْهِدُك أنهم أحرار لوجه الله كلّهم؛ خشية الحساب والعذاب.</t>
   </si>
   <si>
     <t>Бир адам Пайгамбар, саллаллаху алейхи уа салламга, келип кулдарынын кылган иштерине жана алардын айткан жалган сөздөрүнө, аманатка кыянаттык кылгандарына, соода-сатык иштеринде алдаганына жана ага баш ийбегендигине даттанат. Анан ал киши аларды тилдеп, тарбиялоо үчүн сабаганын айтты. Анан Пайгамбарыбыздан алар менен Кыямат күнүндөгү абалын сурады. Пайгамбар, саллаллаху алейхи уа саллам, айтты: Сага кыянат кылгандар, сага моюн сунбагандар, сага жалган айткандар суракка алынат жана сенин аларга берген жазаң да суракка алынат. Эгерде жазанын өлчөмү алардын күнөөлөрүнө барабар болсо, анда сага пайда болбойт, сага зыян да болбойт. Алардын күнөөлөрүнө караганда берген жаза көбүрөөк болсо, анда ашыкча жазаң үчүн сенден өч алынып, аларга берилет. Ошондо ал киши четке чыгып, үнүн чыгара ыйлай баштады. Анда Аллахтын Элчиси, саллаллаху алейхи уа саллам, ага: «Сен Аллахтын Китебинде: «Кыямат күнү адилеттүүлүк таразасына коёбуз, ошондо эч бир жанга зулумдук кылынбайт. Эгерде (сообу же күнөөсү) сары кычы данынчалык болсо да, аны алып келебиз. Биз жетиштүү эсепчибиз» деген аятты окубадыңбы?» - деп айтты. Ошентип, кыямат күнү эч кимге зулумдук кылынбайт жана адамдардын ортосундагы тараза адилеттүү болот. Ал киши: «Аллахка ант болсун! Оо, Аллахтын элчиси, мен өзүм үчүн да, алар үчүн да аларды таштап коюудан жакшыраак эч нерсе таба албайм» - деди. Мен күбөлүк берем, алардын баары Аллахтын ыраазычылыгы үчүн азат болсун деп ал күндөгү сурактан жана азаптан коркуп баарын азат кылды.</t>
   </si>
   <si>
     <t>صدق الصحابي في تحريره لعبيده خوفًا من عذاب الله.
 الاقتصاص من الظالم إن كان مساويًا لمقدار الظلم أو أقل منه فهو جائز، أما الزيادة فهي محرمة.
 الحثُّ على حسن معاملة الخدم والضعفاء.</t>
   </si>
   <si>
     <t>Сахабанын Аллахтын азабынан коркуп, кулдарын азаттыкка чыгаруудагы ыкластуулугу айтылды.
 Зулумдук кылган адамдардан жаза алууда - ал күнөөнүн өлчөмүнө барабар же андан аз болсо, анда уруксат болот. Бирок ашыкча жазалоо арам болот.
 Кызматчыларга жана алсыздарга жакшы мамиле кылууга үндөдү.</t>
   </si>
   <si>
     <t>ضعيف</t>
   </si>
   <si>
     <t>[Даъиф (ишеничсиз хадис)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65065</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Анас бин Малик, радыяллаху анху, риваят кылган хадисте, бир адам: «Оо, Аллахтын Элчиси, каапыр адам Кыямат күнү  тирилгенде жүзү менен кантип тургузулат? - деп сурады. Пайгамбар айтты: «Аны бул дүйнөдө эки буту менен бастырган Зат Кыяматта аны бети менен бастырууга Кудуреттүү эмеспи?!». Катада бул хадисти айтып ушул жеринде: «Раббимдин улуулугуна ант болсун! Албетте Ал Кудуреттүү» - деп айтты».*@</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Катада, рахимахуллах, айтат: Анас бин Малик, радыяллаху анху, риваят кылган хадисте, бир адам: «Оо, Аллахтын Элчиси, каапыр адам Кыямат күнү  тирилгенде жүзү менен кантип тургузулат? - деп сурады. Пайгамбар айтты: «Аны бул дүйнөдө эки буту менен бастырган Зат Кыяматта аны бети менен бастырууга Кудуреттүү эмеспи?!». Катада бул хадисти айтып ушул жеринде: «Раббимдин улуулугуна ант болсун! Албетте Ал Кудуреттүү» - деп айтты».</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ушундай суроо менен суралды: «Кыямат күнү каапыр адам тирилгенде кантип жүзү менен тургузулат?» Ага Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Аны бул дүйнөдө эки буту менен бастырып койгон Аллах, Кыямат күнү аны бети менен бастырууга Кудуреттүү эмеспи?! Аллах бардык нерсеге Кудуреттүү».</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Каапыр адамдын Кыяматта болгон кордугу жана ал бети менен басуусу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>«Аллахтын Элчиси, саллаллаху алейхи уа саллам, амекисине: «Аллахтан башка сыйынууга татыктуу кудай жок деп айтыңыз. Кыямат күнү мен сизге күбө болом» - деп айтканда, ал айтты: «Эгерде Курайш башчылары «бул өлүмдөн коркуп келимени айтты» дешип жемелөөлөрү болбогондо, анда мен сенин көзүңдү сүйүнтмөкмүн». Ошондо Аллах бул аятты түшүрдү: «Чындыгында, сен жакшы көргөн адамыңды туура жолго алып келе албайсың. Бирок Аллах каалаган пендесин туура жолго алып келет». (Касас, 56)*@</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылат: «Аллахтын Элчиси, саллаллаху алейхи уа саллам, амекисине: «Аллахтан башка сыйынууга татыктуу кудай жок деп айтыңыз. Кыямат күнү мен сизге күбө болом» - деп айтканда, ал айтты: «Эгерде Курайш башчылары «бул өлүмдөн коркуп келимени айтты» дешип жемелөөлөрү болбогондо, анда мен сенин көзүңдү сүйүнтмөкмүн». Ошондо Аллах бул аятты түшүрдү: «Чындыгында, сен жакшы көргөн адамыңды туура жолго алып келе албайсың. Бирок Аллах каалаган пендесин туура жолго алып келет». (Касас, 56)</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, агасы Абу Талиб өлүм алдында жатканда кыяматта ага шапаат кылуусу үчүн «Лаа илааха иллаллах» деп айтуусун суранат. Ошондой эле амекиси Исламда экендигине күбөлүк берүү үчүн келимени айтууну суранат. Бирок Курайш уруусунун башчыларынын жемесинен коркуп, күбөлүк келмесин айтуудан баш тартат. Курайш башчылары «ал өлүмдөн коркуп, алсыздыктан Исламды кабыл алды» деген сөздү айтпасын деп келимени айтпай коёт. Пайгамбардын, саллаллаху алейхи уа саллам, амекиси Абу Толиб ага мындай деп айтат: «Эгер андай болбогондо, мен күбөлүк келимесин айтып сенин жүрөгүңдү сүйүнтмөкмүн жана сен ыраазы болгонго чейин тилегиң аткарылат эле». Ошентип, Аллах Таала Пайгамбар, саллаллаху алейхи уа саллам, Исламга киргизе турган хидаятка ээ эмес, бирок Аллах Таала кимге кааласа, туура жолго салат деген аятты түшүрөт. Бирок Пайгамбар, саллаллаху алейхи уа саллам, адамдарды түз жолго чакыруу жана туура жолду ачыктап берүү хидаятына ээлик кылат.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Элдин сөзүнөн коркуп чындык четте калбай айтылыш керек.
 Пайгамбар, саллаллаху алейхи уа саллам, туура жолго салууга ээ эмес, ачыктап берүүгө жана багыт берүүгө ээ боло алат.
 Оорулуу каапырды Исламга чакыруу үчүн зыярат кылуунун уруксат экендиги баяндалды.
 Пайгамбар, саллаллаху алейхи уа саллам, бардык жагдайларда Аллах Таалага чакырууга аракетчил болгон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65069</t>
   </si>
   <si>
-    <t>إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً</t>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>Көп киши өлтүргөн, көп зына кылган кээ бир мушриктер Мухаммад, саллаллаху алейхи уа салламга, келишип: "Чындыгында, сенин айтканың жана чакырганың жакшы. Бизге кабар берчи. Биз аткарып койгон нерселердин каффараты барбы?" - дешти. Ошондо бул аяттар түштү. Аллах таала айтты: "Алар Аллахтан башка кудайларга дуба кылышпайт, Аллах өлтүрүүгө тыюу салган жанды укуксуз (шарияттын талаптарысыз) өлтүрүшпөйт. Акысы (өчү) бар болгондо гана (өлтүрүүсү адал болот). Алар зына кылышпайт.(Фуркан сүрөөсү, 68-аят).
 Аллах таала айтты: "(Оо, Мухаммад, Менин пенделериме) айт: "Оо, Менин, өздөрүнө ысырап кылып (көп күнөө) кылган пенделерим! Аллахтын ырайымынан үмүтсүз болбогула!". (Аз-Зумар сүрөөсү, 53).@*</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, риваят кылат: Көп киши өлтүргөн, көп зына кылган кээ бир мушриктер Мухаммад, саллаллаху алейхи уа салламга, келишип: "Чындыгында, сенин айтканың жана чакырганың жакшы. Бизге кабар берчи. Биз аткарып койгон нерселердин каффараты барбы?" - дешти. Ошондо бул аяттар түштү. Аллах таала айтты: "Алар Аллахтан башка кудайларга дуба кылышпайт, Аллах өлтүрүүгө тыюу салган жанды укуксуз (шарияттын талаптарысыз) өлтүрүшпөйт. Акысы (өчү) бар болгондо гана (өлтүрүүсү адал болот). Алар зына кылышпайт.(Фуркан сүрөөсү, 68-аят).
 Аллах таала айтты: "(Оо, Мухаммад, Менин пенделериме) айт: "Оо, Менин, өздөрүнө ысырап кылып (көп күнөө) кылган пенделерим! Аллахтын ырайымынан үмүтсүз болбогула!". (Аз-Зумар сүрөөсү, 53).</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>Көп киши өлтүрүп, зына кылган кээ бир мушриктер Пайгамбар, саллаллаху алейхи уа салламга, келишип, ага: "Силердин Исламга жана аны үйрөрүүгө чакырып жатканыңар жакшы нерсе. Бирок биздин абалыбыз кандай болот? Биз аткарып койгон ширк жана чоң күнөөлөрүбүздүн каффараты барбы?" - дешти.
 Ошондо Аллах Таала эки аят түшүрдү. Бул аятта Аллах адамдардын күнөөлөрүнүн көптүгүнө жана чоңдугуна карабастан, алардын тообосун кабыл кылганы айтылган. Эгерде андай болбогондо, алар каапырлык жана зулумдуктарын уланта беришмек жана алар бул динге кирмек эмес.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>Исламдын пазилети жана улуулугу. Жана Ислам өзүнөн мурунку күнөөлөрдү өчүрөт.
 Аллахтын пенделерине болгон ырайымы, кечиримдүүлүгү жана күнөөлөрдү жууп кетирүүсү.
 Ширктин арамдыгы, арам өлтүрүүнүн арамдыгы, зына кылуунун арамдыгы жана бул күнөөлөрдү кылгандарга азаптар бар.
 Ыклас жана жакшы амалдар менен бирге чын ыкластан тообо кылуу бардык чоң күнөөлөрдү, анын ичиндеги Аллах Таалага каапыр болгондорду да кечирет.
 Аллах Тааланын мээриминен үмүтсүздүктөн жана үмүт үзүүдөн тыюу салынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65071</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>"Чындыгында, Пайгамбар, саллаллаху алейхи уа саллам, Сабит бин Кайсты жоктоп, ал жөнүндө сураганда, бир киши: "Оо, Аллахтын Элчиси! Мен сизге анын кабарын билип беремин" - деди. Ошентип ал Сабит бин Кайс үйүндө башын ылдый кылып капаланып олтурганын көрүп: "Абалың кандай?" - деп сурады. Сабит ага: "Жаман нерсе болду" - деп айтты. Анткени Сабит үнүн Пайгамбар, саллаллаху алейхи уа салламдын, үнүнөн өйдө көтөрүп сүйлөп койгон эле. Ошондуктан ал өзүн тозок ээлеринен дейт эле. Ошондо ал киши Пайгамбар, саллаллаху алейхи уа салламга, кайтып келип, Сабит бин Кайстын абалын айтып берди. Анан ал киши Сабит бин Кайска кийинки жолу чоң кабар менен кайтып барды. Пайгамбар, саллаллаху алейхи уа саллам, ал кишиге: "Ага барып айткын: Сен тозок ээлеринен эмессиң, тескерисинче, бейиш ээлериненсин» - деди".@</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>Анас бин Малик, радыяллаху анху, риваят кылып айтты: "Чындыгында, Пайгамбар, саллаллаху алейхи уа саллам, Сабит бин Кайсты жоктоп, ал жөнүндө сураганда, бир киши: "Оо, Аллахтын Элчиси! Мен сизге анын кабарын билип беремин" - деди. Ошентип ал Сабит бин Кайс үйүндө башын ылдый кылып капаланып олтурганын көрүп: "Абалың кандай?" - деп сурады. Сабит ага: "Жаман нерсе болду" - деп айтты. Анткени Сабит үнүн Пайгамбар, саллаллаху алейхи уа салламдын, үнүнөн өйдө көтөрүп сүйлөп койгон эле. Ошондуктан ал өзүн тозок ээлеринен дейт эле. Ошондо ал киши Пайгамбар, саллаллаху алейхи уа салламга, кайтып келип, Сабит бин Кайстын абалын айтып берди. Анан ал киши Сабит бин Кайска кийинки жолу чоң кабар менен кайтып барды. Пайгамбар, саллаллаху алейхи уа саллам, ал кишиге: "Ага барып айткын: Сен тозок ээлеринен эмессиң, тескерисинче, бейиш ээлериненсин» - деди".</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Сабит бин Кайс, радияллаху анхуну, жоктоп, ал жөнүндө сураганда бир киши: "Мен сизге анын кабарын жана анын келбегендигинин себебин билип беремин" - деди. Ошондо ал Сабит бин Кайстын үйүнө барып, ал үйүндө башын ылдый кылып капаланып олтурганын көрүп: "Абалың кандай?" - деп сурады. Сабит ага жаман нерсе болгонун айтты. Анткени Сабит үнүн Пайгамбар, саллаллаху алейхи уа салламдын, үнүнөн өйдө көтөрүп сүйлөп койгон эле. Аллах Таала ким ушундай кылса, анын иш-аракеттери жараксыз болот 
 жана ал тозок ээлеринен болот деп эскерткен болчу!
 Ошондо ал киши Пайгамбар, саллаллаху алейхи уа салламга, кайтып келип, Сабит бин Кайстын абалын айтып берди. Пайгамбар, саллаллаху алейхи уа саллам, ага Сабитке кайтып барууну жана ага Тозок элинин арасында эмес тескерисинче, бейиш ээлеринин арасында экенин сүйүнчүлөөнү буйруду. Себеби анын үнү табиятынан бийик болчу. Ошондуктан ал Аллахтын Элчиси, саллаллаху алейхи уа салламдын, жарчысы жана ансарлардын жарчысы болгон.</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Сабит бин Кайстын пазилети жана анын бейиш ээлеринен экени баяндалды.
 Пайгамбар, саллаллаху алейхи уа салламдын, сахабаларга көңүл буруп турган жана аларды жоктоп турган.
 Сахабалардын, радыяллаху анхум, кичи-пейилдиктери жана алардын амалдары жокко чыгуусунан коркушкан.
 Пайгамбар, саллаллаху алейхи уа салламга, тирүү кезинде сүйлөгөндө адеп менен сүйлөө жана өлгөндөн кийин сүннөттөрүн укканда үнүн басаңдатуу важиб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65073</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا</t>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, Меккени фатх кылган күнү элге кайрылып мындай деди: «Эй адамдар! Чындыгында, Аллах силерден Исламга чейинки доордун текебердигин жана ата-бабалары менен сыймыктанууларын алып салды. Эй адамдар, Аллах силерден жахилияттын жүгүн жана анын ата-бабаларына болгон текебердигин алып салды. Адамдар эки түрдүү болот: салих, такыба жана Аллахтын алдында урматтуу жана  бузуку, бактысыз, Аллахтын алдында эң төмөн. Бардык адамдар Адам атанын балдары. Аллах Таала Адам атаны топурактан жараткан. Аллах Таала айтты: "Оо, адамдар! Биз силерди бир эркек жана бир аялдан (Адам ата менен Обо энеден) жараттык жана бири-бириңерди таанып-билишиңер үчүн силерди элдерге жана урууларга бөлдүк. Чындыгында, Аллахтын алдында силердин эң урматтууңар - эң такыбаңар. Чындыгында, Аллах Билүүчү, Кабардар!". (Аль-Хужурат сүрөөсү, 13-аят)@*</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>Ибн Умар, радыяллаху анхума, риваят кылып айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, Меккени фатх кылган күнү элге кайрылып мындай деди: «Эй адамдар! Чындыгында, Аллах силерден Исламга чейинки доордун текебердигин жана ата-бабалары менен сыймыктанууларын алып салды. Эй адамдар, Аллах силерден жахилияттын жүгүн жана анын ата-бабаларына болгон текебердигин алып салды. Адамдар эки түрдүү болот: салих, такыба жана Аллахтын алдында урматтуу жана  бузуку, бактысыз, Аллахтын алдында эң төмөн. Бардык адамдар Адам атанын балдары. Аллах Таала Адам атаны топурактан жараткан. Аллах Таала айтты: "Оо, адамдар! Биз силерди бир эркек жана бир аялдан (Адам ата менен Обо энеден) жараттык жана бири-бириңерди таанып-билишиңер үчүн силерди элдерге жана урууларга бөлдүк. Чындыгында, Аллахтын алдында силердин эң урматтууңар - эң такыбаңар. Чындыгында, Аллах Билүүчү, Кабардар!". (Аль-Хужурат сүрөөсү, 13-аят)</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Меккени фатх кылган күнү элге кайрылып, мындай деди: Оо, адамдар! Аллах силерден Исламга чейинки доордогу текебердикти жана Исламга чейинки доордун сыймыгы жана ата-баба менен сыймыктанууну көтөрдү жана аларды жок кылды. Тактап айтканда адамдар эки түргө бөлүнөт:
 Алар Аллах Таалага ибадат кылган салих, такыба, моюн сунуучу болот. Мындай адамдар эл ичинде теги, тукуму болбосо да Аллахтын алдында урматтуу болот.
 Же бузуку жана бактысыз каапыр болот. Мындай адамдар бийик даражалуу, кадыр-баркы жана бийлиги бар болсо да Аллахтын алдында эч нерсеге татыбаган, кор жана төмөн болушат.
 Бардык адамдар Адам атанын балдары. Аллах Таала Адам атаны топурактан жараткан. Теги топурактан болгон адамдын текеберленип өзүнө суктануусу туура эмес. Буга Аллах Тааланын сөздөрү далил. Аллах Таала айтты: "Оо, адамдар! Биз силерди бир эркек жана бир аялдан (Адам ата менен Обо энеден) жараттык жана бири-бириңерди таанып-билишиңер үчүн силерди элдерге жана урууларга бөлдүк. Чындыгында, Аллахтын алдында силердин эң урматтууңар - эң такыбаңар. Чындыгында, Аллах Билүүчү, Кабардар!". (Аль-Хужурат сүрөөсү, 13-аят)</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Теги жана тукуму менен сыймыктанууга тыюу салынган.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[Ат-Тирмизи жана Ибн Хаббан жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65074</t>
   </si>
   <si>
-    <t>{ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ}</t>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>Бул аят: "Андан соң, ошол күнү нээмат-жакшылык жөнүндө албетте сураласыңар!" - деп түшкөндө Зубайр: "Оо, Аллахтын Элчиси, биз кандай нээмат-жакшылык жөнүндө суралабыз? Тагыраагы алар эки кара курма жана суубу?" - деп айтат. Ошондо Пайгамбар, саллаллаху алейхи уа саллам: "Келечекте боло турган нерседен" - деп айтты". @*</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t xml:space="preserve">Зубайр бин Аль-Аввам риваят кылып айтты: Бул аят: "Андан соң, ошол күнү нээмат-жакшылык жөнүндө албетте сураласыңар!" - деп түшкөндө Зубайр: "Оо, Аллахтын Элчиси, биз кандай нээмат-жакшылык жөнүндө суралабыз? Тагыраагы алар эки кара курма жана суубу?" - деп айтат. Ошондо Пайгамбар, саллаллаху алейхи уа саллам: "Келечекте боло турган нерседен" - деп айтты". </t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>Бул аят түшкөндө: "Андан соң, ошол күнү нээмат-жакшылык жөнүндө албетте сураласыңар!" б.а. Аллахтын силерге берген нээмат-жакшылыктарына шүгүр кылуу жөнүндө сураласыңар" - деп түшкөндө Зубайр бин Аль-Аввам, радыяллаху анху, айтты: "Оо, Аллахтын Элчиси, биз кандай нээмат-жакшылыктар жөнүндө суралабыз? Тактап айтканда, алар суроону талап кылбаган эки нээмат-жакшылык болгон курма жана суубу? - деп айтат".
 Ошондо Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Силер бул абалыңардагы нээмат-жакшылыктар жөнүндө сураласыңар. Тактап айтканда бул экөөсү Аллах Тааланын нээматтарынан эки чоң нээмат".</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>Нээмат-жакшылыктар үчүн Аллах Таалага шүгүр айтууга басым жасоо.
 Кыямат күнү пенденин аз болобу, көп болобу, сурала турган нерсеси – нээмат-жакшылыктар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65075</t>
   </si>
   <si>
-    <t>سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ</t>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
     <t>Менин үммөтүмдүн акыркыларынан силер да, силердин атаңар да укпаган нерсени айта турган адамдар чыгат. Андыктан силер да алардан сак болгула</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Менин үммөтүмдүн акыркыларынан силер да, силердин атаңар да укпаган нерсени айта турган адамдар чыгат. Андыктан силер да алардан сак болгула".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнүн акыркыларынан калпты ойлоп чыгарып, өздөрүнөн мурда эч ким айтпаган сөздөрдү айтышып, жалган жана токулма хадистерди айта турган адамдар пайда болоорун кабарлады. Ошентип, Пайгамбар, саллаллаху алейхи уа саллам, бизди алардан алыс болуубузду, алар менен отурбоону жана алардын айткан хадистерин укпоону буйруду. Анткени бул токулма хадистер адамдардын аң-сезиминде калып калат да, андан арыла албай калабыз.</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>Бул хадисте пайгамбарлыктын белгилеринин бири бар. Анткени Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнө эмне болорун кабар берген жана ал кабар бергендей болду.
 Аллахтын Элчиси, саллаллаху алейхи уа салламга, жана Ислам динине жалган жалаа жапкандардан алыс болуу жана алардын калпына кулак салбоо керек.
 Хадистердин сахих жана далилдүү экендиги тастыкталмайынча аларды кабыл алуу же жарыялоо тууралуу катуу эскертти.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65076</t>
   </si>
   <si>
-    <t>اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ</t>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдан,  укканымдын бардыгын жаттагым келип жаза берчүмүн. Ошондо Курайштыктар мени тыйып: "Аллахтын Элчиси, саллаллаху алейхи уа салламдан, эшиткениңдин баарын жаза бересиңби? Аллахтын Элчиси, саллаллаху алейхи уа саллам, да пенде, кээде ачууланып, кээде ыраазы болуп сүйлөйт го" - дешти. Ошондо мен жазууну токтоттум да аны Аллахтын Элчиси, саллаллаху алейхи уа салламга, айттым. Ал сөөмөйү менен оозун көрсөтүп: "Жаз, анткени менин жаным колунда болгон Затка ант болсун! Мындан акыйкаттан башка эч нерсе чыкпайт" - деди. @</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t xml:space="preserve">Абдулла бин Амр, радыяллаху анху, риваят кылат: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдан,  укканымдын бардыгын жаттагым келип жаза берчүмүн. Ошондо Курайштыктар мени тыйып: "Аллахтын Элчиси, саллаллаху алейхи уа салламдан, эшиткениңдин баарын жаза бересиңби? Аллахтын Элчиси, саллаллаху алейхи уа саллам, да пенде, кээде ачууланып, кээде ыраазы болуп сүйлөйт го" - дешти. Ошондо мен жазууну токтоттум да аны Аллахтын Элчиси, саллаллаху алейхи уа салламга, айттым. Ал сөөмөйү менен оозун көрсөтүп: "Жаз, анткени менин жаным колунда болгон Затка ант болсун! Мындан акыйкаттан башка эч нерсе чыкпайт" - деди. </t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>Абдулла бин Амр, радыяллаху анху, айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдан, укканымдын баарын жазуу түрүндө сактап калуу үчүн жазчумун. Бирок Курайш уруусундагы кишилер тыюу салышты да мага: "Аллахтын Элчиси, саллаллаху алейхи уа саллам, да пенде. Кээде ачууланып, кээде ыраазы болуп сүйлөйт. Кээде ката кетириши мүмкүн" - дешкенде жазууну токтоттум.
 Ошондо мен Пайгамбарга, саллаллаху алейхи уа салламга, алардын айткандарын айттым. Ал сөөмөйү менен оозун көрсөтүп: "Жаз, анткени менин жаным колунда болгон Затка ант болсун! Мындан бардык абалда, ачууланып турган абалда да, ыраазы болуп турган абалда да, акыйкаттан башка эч нерсе чыкпайт" - деди.
 Чындыганда, Аллах Таала Өзүнүн пайгамбары, саллаллаху алейхи уа саллам, жөнүндө мындай деген: "Ал өз каалоосу менен сүйлөбөйт. Чындыгында, ал (сүйлөгөн нерсе) 
  түшүрүлгөн вахийден (8) башка нерсе эмес".</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ыраазы болсо да, ачууланганда да Раббисинен жеткирген нерсесинде күнөөсүз (катасыз).
 Сахабалар, Аллах алардан ыраазы болсун, сүннөттү жаттап, аларды жеткирүүгө ынтызар болушкан.
 Бир ишти бекемдеп ырастоодо да ант ичүүгө болот.
 Илимди жазуу - илимди сактоонун эң маанилүү себептеринин бири.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65077</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ар бир намазга даарат алчу"- деди. Ошондо (Амр бин Аамир) Мен: "Силер кандай кылат элеңер?" - деп сурадым. Ал Анас бин Малик: "Даарат бузулбаса, ар бирибизге бир даарат менен (бир нече намаз окууга) болот." - деди</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
     <t>Амр бин Аамир Анас бин Маликтен  риваят кылып айтты: "Пайгамбар, саллаллаху алейхи уа саллам, ар бир намазга даарат алчу"- деди. Ошондо (Амр бин Аамир) Мен: "Силер кандай кылат элеңер?" - деп сурадым. Ал Анас бин Малик: "Даарат бузулбаса, ар бирибизге бир даарат менен (бир нече намаз окууга) болот." - деди.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, даараты бузулбаса да, ар бир парз намазына даарат алчу. Даараттын сооп-сыйлыгына жана пезилетине жетүү үчүн ушундай кылат эле.
 Даараты сынбаса, ошол бир даараты менен бирден ашык парз намаз окуса болот.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламдын, эң көп амалы даараттын толук сообуна жетүү үчүн ар бир намазга даарат алуусу болгон.
 Ар бир намазда даарат алуу сооптуу.
 Бир даарат менен бир нече намаз окууга болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65080</t>
   </si>
   <si>
-    <t>تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً</t>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бир жолудан, бир жолудан жууп даарат алды</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анху, риваят кылып айтты: "Пайгамбар, саллаллаху алейхи уа саллам, бир жолудан, бир жолудан жууп даарат алды".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>Кээде Пайгамбар, саллаллаху алейхи уа саллам, даарат алып жатканда ар бир даарат мүчөсүн бир жолу жууп, ооз менен мурунду чайкап, бетти, колу-бутун бир жолу жуучу. Бул бир жолудан жубуу важиб.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Дааратта мүчөлөрдү бир жолудан жууш важиб, андан ашыкча жууш мустахаб.
 Кээ бир абалда мүчөлөрдү бир жолудан жууп даарат алса да болот.
 Дааратта башка масх тартуу бир жолу эле болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65081</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ</t>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>Чындыгында. Пайгамбар, саллаллаху алейхи уа саллам, эки жолудан, эки жолудан жууп даарат алды</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>Абдулла бин Зайд, радыяллаху анху, риваят кылып айтты: "Чындыгында. Пайгамбар, саллаллаху алейхи уа саллам, эки жолудан, эки жолудан жууп даарат алды".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
     <t>Кээде Пайгамбар, саллаллаху алейхи уа саллам, даарат алганда, мүчөлөрүн ар бирин эки жолудан жуучу. Ооз менен мурунду чайкап, бетин, эки колун жана эки бутун эки жолудан жуучу.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Дааратта мүчөлөрдү бир жолудан жууш важиб, андан ашыкча жууш мустахаб.
 Кээ бир абалда мүчөлөрдү эки жолудан жууп даарат алса да болот.
 Дааратта башка масх тартуу бир жолу эле болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65082</t>
   </si>
   <si>
-    <t>إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا</t>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>Эгерде силердин бирөөңөр курсагындагы желдин чыкканын билсе жана андан жел чыктыбы же чыкпадыбы деп күмөн санаса, ал желдин үнүн укмайынча же жытын жыттамайынча мечиттен чыкпасын</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Эгерде силердин бирөөңөр курсагындагы желдин чыкканын билсе жана андан жел чыктыбы же чыкпадыбы деп күмөн санаса, ал желдин үнүн укмайынча же жытын жыттамайынча мечиттен чыкпасын".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мындайча баяндады. Намаз окуган адамды курсагындагы жел экилентсе, ал курсагынан чыктыбы же чыкпадыбы деп шектенип калса, анда ал дааратын буза турган нерсе бар экенине б.а. желдин үнүн угуп, же жытын жыттап ынанмайынча, даарат алуу үчүн намазды токтотпосун жана бузбасын. Анткени анык болгон нерсе күмөн менен бузулбайт. Ал намаз окуучунун даараты бар экенини анык, бирок дааратынын бузулганында күмөн бар.</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>Бул хадис Исламдын негиздеринин бири жана фикх эрежелеринин бири болуп саналат. Бул эреже: Анык болгон нерсе күмөн менен жок болбойт. Негизги принцип - башкасы анык болмоюнча, болгон нерсе ошол бойдон кала берет.
 Күмөндөнүү даараттын бар экенине таасир этпейт. Намаз окуган адам дааратынын бузулганына анык билмейинче, анда даараты бар бойдон кала берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65083</t>
   </si>
   <si>
-    <t>حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ</t>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>Ар бир мусулман жети күндө бир жуунууга милдеттүү, ошол күндөрдө башын жана денесин жууйт</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Ар бир мусулман жети күндө бир жуунууга милдеттүү, ошол күндөрдө башын жана денесин жууйт".</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, кабар берди: "Ар бир акыл-эси жайында болгон бойго жеткен мусулман үчүн жуманын жети күнүндө бир күн жуунуп туруу жана бул күнү тазалыкка умтулуу менен башын жана денесин жууп туруу – мусулмандын милдети. Ал эми бул күндөрдүн биринчиси, кээ бир риваяттарда айтылгандай жума күн. Бейшемби күнү жуунуп алса да жума күнү намаздан мурда жуунуу бекемделген мустахаб (9) амал. Жума күнү жуунуу важиб деген өкүмдөн буруучу нерсе ал Аиша,
 радыяллаху анханын, сөзү: "Адамдар өз иштери менен алектенишчү, жума намазга барганда кадимки көрүнүшү менен барышчу. Ошондуктан аларга мындай деп айтылды: "Жуунсаңар болмок". Имам Бухари риваят кылган. Ал эми Имам Бухаринин башка риваятында: "Алар жыттанып турчу" б.а. тер жана ушуга окшогондордун жыты бар эле. Ошого карабастан, аларга: "Жуунсаңар болмок» - деп эле айтылган болсо, анда алардан башкаларга айтуу да ылайыктуураак.</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>Ислам дини тазалыкты сактайт жана ага көңүл бурат.
 Жума күнү намазга жуунуу бекемделген мустахаб амал.
 Хадисте дене жөнүндө сөз болсо дагы "башты" деп өзүнчө айтылуусу ага көңүл бурууну түшүндүрүп турат.
 Кимден жагымсыз жыт келип, андан адамдар зыян тартып турса, анда ага жуунуу важиб болот.
 Жуунуу үчүн эң жакшы күн – бул жума күнү, жума күнү пазилеттүү болгону үчүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65084</t>
   </si>
   <si>
-    <t>أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ</t>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>Мен мусулман болууну каалап, Пайгамбар, саллаллаху алейхи уа салламдын, алдына келдим, ал мага суу жана сидр (лотос) жалбырактары менен жуунууну буйруду</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>Кайс бин Асим, радыяллаху анху, риваят кылат: "Мен мусулман болууну каалап, Пайгамбар, саллаллаху алейхи уа салламдын, алдына келдим, ал мага суу жана сидр (лотос) жалбырактары менен жуунууну буйруду".</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
     <t>Кайс бин Асим Ислам динин кабыл алгысы келгендиктен Пайгамбар, саллаллаху алейхи уа салламга, келгенде ага суу жана сидр дарагынын жалбырактары менен жуунууну буйруду. Анткени сидр дарагынын жалбырактары тазалоосу болгону үчүн жана жагымдуу жыты болгону үчүн колдонулат.</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Каапыр адам Исламды кабыл алгандагы жуунуусу шарият мыйзамына киргизилген.
 Ислам дини денеге да жана руханий байлыкка да чогуу көңүл бурат.
 Сууга таза нерселерди аралаштыруу аны тазалыгынан чыгарбайт.
 Сидрдин ордун самын жана башка ушул сыяктуу заманбап жуучу каражаттарды иштетсе болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65085</t>
   </si>
   <si>
-    <t>إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ</t>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>Эгерде азанчы: "Аллаху акбар, Аллаху акбар" - десе, силер да: "Аллаху акбар, Аллаху акбар" - деп айтсаңар, андан кийин азанчы: "Ашхаду ал-лаа илааха иллаллах" - десе, силер да: "Ашхаду ал-лаа илааха иллаллах" - деп айтсаңар, андан кийин азанчы: "Ашхаду анна Мухаммадар-расуулуллах" - десе, силер да: "Ашхаду анна Мухаммадар-расуулуллах" - деп айтсаңар, андан кийин азанчы: "Хаййя алас-солаах" - десе, силер: "Лаа хаула уа лаа куввата илла бил-лаах" - деп айтсаңар, андан кийин азанчы: "Хаййя алаль-фалаах, хаййя алаль-фалаах" - десе, силер: "Лаа хаула уа лаа куввата илла бил-лаах" - деп айтсаңар, андан кийин азанчы: "Аллаху акбар, Аллаху акбар" - десе, силер да: "Аллаху акбар, Аллаху акбар" - деп айтсаңар, андан кийин азанчы: "Лаа иляха иллааллах" - десе, силер да: "Лаа иляха иллааллах" - деп чын жүрөктөн айтсаңар, анда Аллах силерди бейишке киргизет”. (7)</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Умар Ибн аль-Хаттаб, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Эгерде азанчы: "Аллаху акбар, Аллаху акбар" - десе, силер да: "Аллаху акбар, Аллаху акбар" - деп айтсаңар, андан кийин азанчы: "Ашхаду ал-лаа илааха иллаллах" - десе, силер да: "Ашхаду ал-лаа илааха иллаллах" - деп айтсаңар, андан кийин азанчы: "Ашхаду анна Мухаммадар-расуулуллах" - десе, силер да: "Ашхаду анна Мухаммадар-расуулуллах" - деп айтсаңар, андан кийин азанчы: "Хаййя алас-солаах" - десе, силер: "Лаа хаула уа лаа куввата илла бил-лаах" - деп айтсаңар, андан кийин азанчы: "Хаййя алаль-фалаах, хаййя алаль-фалаах" - десе, силер: "Лаа хаула уа лаа куввата илла бил-лаах" - деп айтсаңар, андан кийин азанчы: "Аллаху акбар, Аллаху акбар" - десе, силер да: "Аллаху акбар, Аллаху акбар" - деп айтсаңар, андан кийин азанчы: "Лаа иляха иллааллах" - десе, силер да: "Лаа иляха иллааллах" - деп чын жүрөктөн айтсаңар, анда Аллах силерди бейишке киргизет”. (7)</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Азан – намаз убагы киргенин элге кабарлоо. Азандын сөздөрү ыйман акыйдасын толук камтып алган сөздөр.
 Бул хадисте Пайгамбар, саллаллаху алейхи уа саллам, азанды укканда эмнелер айтылаарын баяндады. Бул азан угуучу азанчынын айтканын айткандай айтуу. Эгер азанчы "Аллаху акбар" десе, угуучу: "Аллаху акбар" - дейт ж.б.у.с. Бирок азанчы: "Хаййя алас-солах" жана "Хаййя алал фалах" - десе, угуучу: "Лаа хаула уа лаа куввата илли биллах" - деп айтат.
 Пайгамбар, саллаллаху алейхи уа саллам, ким азанчы айтканын чын жүрөктөн кайталаса, анда ал бейишке кирээрин баяндады.
 Азандын сөздөрүнүн маанилери: "Аллаху акбар": Ал бардык кемчиликтен аруу Аллах - эң улуу, эң урматтуу жана баарынан бийик.
 "Ашхаду ал лаа илааха иллаллах": Аллахтан башка сыйынууга татыктуу кудай жок экендигине күбөлүк берем.
 "Ашхаду анна Мухамман расуулуллах": Мухаммад Аллах Тааланын элчиси экенине, Аллах Таала аны жибергенине жана ага моюн сунуу важиб экендигине тилим жана жүрөгүм менен ынанып күбөлүк берем.
 "Хаййя алас-солаах": Намазга келгиле. 
 Азан угуучунун сөзү: "Лаа хаула уа лаа куввата илли биллах": Аллах Таала ийгилик бербесе ибадат кылуудагы тоскоолдуктардан кутулууга эч кандай жол жок, ибадат кылууда эч кандай күч-кубат да жок, ал нерселерге эч кимдин кудурети да жетпейт. Бардык нерсе Аллах Тааланын колдоосу менен гана болот.
 "Хаййя алал фалаах": Кутулуунун себептерин аткарууга келгиле. Ал кутулуу бул - бейишке кирүү жана тозоктон кутулуу.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>Азанчы айткандай айтып кайталоонун пазилети бар жана азанчы "хаййя алас-солаах" жана "Хаййя алал фалах" сөздөрүн айтканда, угуучу: "Лаа хаула уа лаа куввата илли биллах" - деп айтуунун пазилети бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65086</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ</t>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>Эгер силер азанчыны уксаңар анын айтканын айткыла, андан соң мага салават айткыла. Анткени ким мага бир салават айтса, анда Аллах ал себептен ага он салават айтат. Андан кийин мага Аллахтан васила (10) сурагыла. Анткени ал васила бейиштеги улуу макам. Ал макам бир гана Аллахтын кулуна ылайыктуу. Ал мен болом деп үмүттөнөм. Ошондуктан ким мен үчүн васила сураса, ага шапаат уруксат болот</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>Абдулла бин Амр бин Аль-Аас, радыяллаху анху, риваят кылган хадисте ал Пайгамбар, саллаллаху алейхи уа салламдын, мындай дегенин укту: "Эгер силер азанчыны уксаңар анын айтканын айткыла, андан соң мага салават айткыла. Анткени ким мага бир салават айтса, анда Аллах ал себептен ага он салават айтат. Андан кийин мага Аллахтан васила (10) сурагыла. Анткени ал васила бейиштеги улуу макам. Ал макам бир гана Аллахтын кулуна ылайыктуу. Ал мен болом деп үмүттөнөм. Ошондуктан ким мен үчүн васила сураса, ага шапаат уруксат болот".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким намазга азан айткан азанчыны укса, анын артынан кайталап, ал айткан эки хаяяа-аладан башка сөздү айтууга баштаган. Анткени эки хаяяа-аладан кийин мындай дейт: "Лаа хаула уа лаа куввата илли биллах". Анан азан айтылып бүткөндөн кийин Пайгамбар, саллаллаху алейхи уа салламга, салават айтат. Анткени ким ага бир жолу салават айтса, анда Аллах ага ошол себептен он салават айтат. Аллахтын пендеге айткан салаватынын мааниси: Аллах Тааланын периштелердин алдында пендени мактоосу.
 Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, үчүн Аллахтан васила суроону буйруду. Ал бейиштеги улуу макам. Ал бейиштин эң бийик даражасы. Бул орун Аллах Тааланын бардык пенделеринен бир пендесине гана ылайыктуу. Ал менмин деп үмүттөнөм. Бирок Пайгамбар, саллаллаху алейхи уа саллам, аны кичипейилдиктен айтты. Анткени бул жогорку даража бир гана адамга таандык болсо, анда ал бир адам андан башка эч ким боло албайт. Анткени, ал Пайгамбар адам затынын эң абзели.
 Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, ким Пайгамбар үчүн васила сурап дуба кылса, анда ал Пайгамбардын шапаатына ээ болот деп түшүндүрдү.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Азанчынын айтканын айтып, ага жооп берүүгө кызыктырды.
 Азанчыга жооп бергенден кийин Пайгамбар, саллаллаху алейхи уа салламга, салават айтуунун пазилети чоң.
 Пайгамбар, саллаллаху алейхи уа саллам, салават айткандан кийин ал үчүн васила суроого үндөдү.
 Аллахтын бир гана пендесине ылайыктуу болгон василанын маанисин жана анын даражасын улуулугун баяндап жатат.
 Пайгамбар, саллаллаху алейхи уа саллам, ошол жогорку даражага ээ болгондугунун пазилетин түшүндүрүп жатат.
 Ким Пайгамбар, саллаллаху алейхи уа саллам, үчүн васила сурап дуба кылса, анда ал Пайгамбардын шапаатына ээ болот.
 Бул бейиштеги бийик даража анын макамы болсо да ал ушундай даражага жетүү үчүн өзүнүн үммөтүнөн дуба кылуусун суранганы анын кичипейилдигин баяндайт.
 Аллахтын пазилети жана ырайымы кенен. Ошондуктан бир жакшылык он эсе көбөйтүлүп берилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65087</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ</t>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>Ким бир намазды унутса, аны эстегенде окусун. Ага андан башка каффарат (8) жок. Аллах таала айтты: "Мени эстөө үчүн намаз оку</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
     <t>Анас бин Малик, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Ким бир намазды унутса, аны эстегенде окусун. Ага андан башка каффарат (8) жок. Аллах таала айтты: "Мени эстөө үчүн намаз оку" [Таха: 14]".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким кайсы бир парз намазды окууну убактысы бүткүчө унутуп калса, аны эстеген замат казасын окууга шашылуусу керек экенин баяндады. Эгер мусулман унуткан намазын эстегенде окубаса кайдыгерликтин күнөөсү кечирилбейт жана өчүрүлбөйт. Анткени Алла Таала Өзүнүн ыйык китебинде айтты: "Мени эстөө үчүн намаз оку". [Таха: 14]". Мааниси: унутулган намазды эстеген кезде оку.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Намаздын маанилүүлүгүн түшүндүрүү жана аны окууда жана казасын окууда кайдыгерлик кылбоо.
 Намазды үзүрсүз атайылап мөөнөтүнөн кечиктирүүгө болбойт.
 Унуткан адам эстеген кезде, уктап калган адам ойгонгон кезде намазды окуп алуусу парз.
 Каза болгон намаздарды тыюу салынган учурларда да дароо казасын окуу парз.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65088</t>
   </si>
   <si>
-    <t>مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ</t>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>Чындыгында, Усман бин Аффан мечитти кургусу келгенде адамдар муну жактырбай, аны ошол бойдон калтырып койгонун жакшы көрүштү. Ошондо Усман бин Аффан айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: "Ким Аллах үчүн мечит курса, Аллах ал үчүн бейиште ошол мечиттей курат".*@</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>Махмуд бин Лабид, радыяллаху анху, риваят кылат: Чындыгында, Усман бин Аффан мечитти кургусу келгенде адамдар муну жактырбай, аны ошол бойдон калтырып койгонун жакшы көрүштү. Ошондо Усман бин Аффан айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: "Ким Аллах үчүн мечит курса, Аллах ал үчүн бейиште ошол мечиттей курат".</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>Усман бин Аффан, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламдын, мечитин анын биринчи курулушунан да жакшыраак кылып кайра курууну кааласа, адамдар Пайгамбар, саллаллаху алейхи уа салламдын, доорундагы мечиттин курулушу өзгөргөнү үчүн муну жактырышпады. Ал мечит ылайдан курулган, анын шыбы пальма дарагынан шактары менен жабылган. Бирок Усман аны таш жана гипс менен тургузгусу келген. Ошондуктан Усман, радыяллаху анху, аларга Пайгамбар, саллаллаху алейхи уа салламдан, укканын ушинтип айтты: "Кимде-ким мактаныш үчүн да, атак-даңк үчүн да эмес, Аллах Тааланын ыраазылыгын көздөп мечит курса, Аллах Таала аны жасаган эмгегиндей эң жакшы сыйлык менен сыйлайт. Бул сыйлык – Аллах аны бейиште ага окшош курулуш менен сыйлайт".</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Мечиттерди курууга үндөө керек жана анын пазилети чоң.
 Мечитти кеңейтүү жана оңдоп-түзөө мечит кургандын пазилетине кайсыл бир деңгээлде ээ боло берет.
 Бардык иштерди Аллах Таала үчүн чын ыкластан аткаруунун  маанилүүлүгү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65089</t>
   </si>
   <si>
-    <t>صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ</t>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>Менин бул мечитимде окулган намаз, Харам мечитинен башка бардык мечиттерде окулган миң намаздан жакшыраак</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Менин бул мечитимде окулган намаз, Харам мечитинен башка бардык мечиттерде окулган миң намаздан жакшыраак".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, өзүнүн мечитинде намаз окуунун пазилеттүүлүгүн түшүндүрүп, Меккедеги Харам мечитинен башка жер жүзүндөгү мечиттерде миң намаз окугандан да сооптуураак экенин баяндады. Меккедеги Харам мечитинде окулган намаз Пайгамбар, саллаллаху алейхи уа салламдын, мечитинде окулган намаздан жакшыраак.</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>Харам мечитинде намаз окуу Пайгамбардын мечитинде намаз окуганга караганда сообу эки эсе көп.
 Харам мечитинде окулган намаз башка мечиттердеги жүз миң намаздан жакшыраак.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65090</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ</t>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>Силердин бирөөңөр мечитке киргенде отурар алдында эки рекет намаз окусун</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
     <t>Абу Катада ас-Сулами, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Силердин бирөөңөр мечитке киргенде отурар алдында эки рекет намаз окусун".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ким мечитке каалаган убакта жана каалаган максатта келип-кирсе, отурардан мурда эки рекет намаз окууга үндөгөн. Ал эки рекет тахиййатул-масжид намазы.</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Мечитке киргенде отураардан алдын тахиййатул-масжид деген эки рекет намаз окуу сооптуу.
 Бул эки рекет тахиййатул-масжид намазын окуу мечитте отургусу келгендер үчүн. Ал эми ким мечитке кирсе жана отура электе чыгып кетсе, тахиййатул-масжид намазын окубаса да болот.
 Эгер намаз окууну каалаган адам мечитке киргенде адамдар намаз окуп жатса, анда алар менен бирге намаз окуйт. Алар менен намаз окуусу менен ал эки рекет тахиййатул-масжид намазына жетиштүү болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65091</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ</t>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>Эгерде силердин бирөөңөр мечитке кирсе, анда ал: "Аллахум-мафтах ли абывааба рахматик. (Оо, Аллах! Мага ырайымыңдын эшиктерин ач)" - деп айтсын. Ал эми мечиттен чыкканда: "Аллахумма инни ас алука мин фадлик. (Оо, Аллах! Мен Сенин жакшылыгыңдан сураймын)" - деп айтсын</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
     <t>Абу Хамид же Абу Усайд риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Эгерде силердин бирөөңөр мечитке кирсе, анда ал: "Аллахум-мафтах ли абывааба рахматик. (Оо, Аллах! Мага ырайымыңдын эшиктерин ач)" - деп айтсын. Ал эми мечиттен чыкканда: "Аллахумма инни ас алука мин фадлик. (Оо, Аллах! Мен Сенин жакшылыгыңдан сураймын)" - деп айтсын".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнө мечитке киргенде айтылган дубаны үйрөткөн. Ал дуба:  "Аллахум-мафтах ли абывааба рахматик. (Оо, Аллах! Мага ырайымыңдын эшиктерин ач)" б.а. ал Аллах Тааладан ага ырайымынын себептерин даярдап берүүсүн суранат. Эгер сыртка чыккысы келсе, анда: "Аллахумма инни ас алука мин фадлик. (Оо, Аллах! Мен Сенин жакшылыгыңдан сураймын)" -деп айтсын. Ал Аллахтан Анын жакшылыктарын жана адал ырыскынын жакшылыгын көбөйүүсүн сурайт.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Мечитке киргенде жана чыкканда бул дубаны айтуу сооптуу.
 Кирүү менен ырайымдуулукту, чыгуу менен жакшылыктарды суроонун өзгөчөлүгү: кирген адам Аллахка жана бейишине жакындата турган нерселер менен алек болот. Ошондуктан ырайымдуулукту айтуу ылайыктуу. Ал эми сыртка чыкканда, Аллахтын ырыскысын издеп, жер жүзүн айланат. Ошондуктан Аллахтын жакшылыктарын айтуу ылайыктуу.
 Бул дубалар мечитке киргенде жана андан чыкканда айтылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65092</t>
   </si>
   <si>
-    <t>إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ</t>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>Чындыгында, адам менен ширк, каапырлыктын ортосунда намазды таштоо гана турат</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Жабир, радыяллаху анху, риваят кылган хадисте, ал айтты: "Мен Пайгамбар, саллаллаху алейхи уа саллам, мындай деп айтып жатканын уктум: "Чындыгында, адам менен ширк, каапырлыктын ортосунда намазды таштоо гана турат".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, парз намазды таштоодон сактанууну эскертти. Жана адам менен ширкке жана куфрга түшүп калуунун ортосунда намазды таштоо гана тураарын кабар берди. Намаз Исламдын экинчи түркүгү, анын Исламдагы мааниси чоң. Кимде-ким намазды таштаса, анын парз экенин четке какса, мусулмандардын ижмаъсына ылайык каапыр болот. Эгер шалаакылык жана жалкоолук менен аны толугу менен таштаса, анда ал каапыр болуп саналат жана бул жөнүндө сахабалардын ижмаъсы кабарланган. Ал эми намазды кээде калтырып, кээде окуса, анда ал катуу азапка дуушар болот.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>Намазга көңүл буруу жана аны калтырбай окуунун маанилүүлүгү бул куфр менен ыйманды айырмалап турат.
 Намазды калтыруу жана аны толугу менен таштоодон катуу эскертүү келди.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65093</t>
   </si>
   <si>
-    <t>إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ</t>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>Чындыгында, биз менен алардын ортосундагы келишим намаз, ким аны таштаса, каапыр болот</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>Бурайда, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Чындыгында, биз менен алардын ортосундагы келишим намаз, ким аны таштаса, каапыр болот".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулмандар менен каапырлар жана мунафыктар ортосундагы келишим намаз экенин жана ким аны таштаса, каапыр болоорун баяндады.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Намаздын мааниси чоң. Чындыгында, намаз ыймандуу менен каапырды айырмалап турат.
 Ислам өкүмдөрү адамдын ички дүйнөсүнө эмес сырткы абалына карап бекитилет.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Ат-Тирмизи, ан-Насааи, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65094</t>
   </si>
   <si>
-    <t>يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها</t>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>Эй, Билал, намазга чакыр жана намаз менен бизди эс алдыр</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Салим бин Абу аль-Жаад риваят кылат: "Бир адам айтты: "Мен намаз окуп, эс алсам гана" - деди эле сахабалар бул үчүн аны айыптагандай болушту. Ошондо ал айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа саллам, мындай деп айтканын уктум: "Эй, Билал, намазга чакыр жана намаз менен бизди эс алдыр".</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>Сахабалардан бир киши: "Мен намаз окуп, эс алсам гана" - деди. Анын айланасындагылар аны жемелеп жаткандай болушту. Ошондо ал айтты: "Мен Пайгамбар, саллаллаху алейхи уа саллам, мындай дегенин уктум: "Эй Билал! Азан айт жана намазга такбир айт! Биз намазда эс алабыз. Себеби анда Аллах Таалага кайрылуу жана рух менен жүрөктүн эс алуусу бар".</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Жүрөктүн эс алуусу намаз аркылуу болот. Анткени анда Аллах Таалага кайрылуу бар.
 Ибадаттарга кайдыгер кароодон кайтаруу керек.
 Кимде-ким өз милдетин аткарса жана анын жоопкерчилигин өтөсө, анда ал ырахат алат жана бейпилдикти сезет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65095</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي</t>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>Адамдар Сахл бин Саад Ас-Саадиге келип, минбардын жанынан  өтүшүп жана андан минбардын жыгачы эмнеден экенин сурашканда ал мындай деди: "Аллахка ант болсун! Анын эмнеден экенин билбейм. Аны биринчи орнотулган күнү көрдүм жана биринчи күнү Аллахтын Элчиси, саллаллаху алейхи уа саллам, анын үстүнө отурганын көрдүм. Аллахтын Элчиси, саллаллаху алейхи уа саллам, Сахл деп атаган баланча ансар аялга мындай деп жөнөтөт: "Уста балаңа айт, мага минбар жасап берсин, мен адамдарга сүйлөгөндө ага отурайын. Ошондо ал аял кызматчысына буйруду. Ал кызматчысы аны токойдогу тамариск дарагынан жасады да аны аялга алып келди. Андан кийин ал аял аны Аллахтын Элчиси, саллаллаху алейхи уа салламга, жөнөтөт. Ошондо Аллахтын Элчиси аны бул жерге коюуну буйруду. Андан соң мен Пайгамбар, саллаллаху алейхи уа салламдын, анын үстүндө намаз окуганын жана анын үстүндө турганда «Аллаху акбар» деп такбир айтканын, андан кийин анын үстүндө турганда рүкү кылганын, андан соң жүзүн артка бурбай ылдый түшүп, минбардын жанында сажда кылып, кайра кайтып чыкканын көрдүм. Намазды окуп бүткөн соң элге кайрылып: "Эй адамдар, мен муну силер менин намазымды ээрчип, үйрөнсөңөр деп кылдым" - деп айтты".@</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Абу Хазим бин Динар, радыяллаху анху, риваят кылат. Адамдар Сахл бин Саад Ас-Саадиге келип, минбардын жанынан  өтүшүп жана андан минбардын жыгачы эмнеден экенин сурашканда ал мындай деди: "Аллахка ант болсун! Анын эмнеден экенин билбейм. Аны биринчи орнотулган күнү көрдүм жана биринчи күнү Аллахтын Элчиси, саллаллаху алейхи уа саллам, анын үстүнө отурганын көрдүм. Аллахтын Элчиси, саллаллаху алейхи уа саллам, Сахл деп атаган баланча ансар аялга мындай деп жөнөтөт: "Уста балаңа айт, мага минбар жасап берсин, мен адамдарга сүйлөгөндө ага отурайын. Ошондо ал аял кызматчысына буйруду. Ал кызматчысы аны токойдогу тамариск дарагынан жасады да аны аялга алып келди. Андан кийин ал аял аны Аллахтын Элчиси, саллаллаху алейхи уа салламга, жөнөтөт. Ошондо Аллахтын Элчиси аны бул жерге коюуну буйруду. Андан соң мен Пайгамбар, саллаллаху алейхи уа салламдын, анын үстүндө намаз окуганын жана анын үстүндө турганда «Аллаху акбар» деп такбир айтканын, андан кийин анын үстүндө турганда рүкү кылганын, андан соң жүзүн артка бурбай ылдый түшүп, минбардын жанында сажда кылып, кайра кайтып чыкканын көрдүм. Намазды окуп бүткөн соң элге кайрылып: "Эй адамдар, мен муну силер менин намазымды ээрчип, үйрөнсөңөр деп кылдым" - деп айтты".</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
     <t>"Адамдар сахабалардын бирине келип, Аллахтын Элчиси, саллаллаху алейхи уа салламдын, минбары жөнүндө: "Ал эмнеден жасалган?" - деп сурашты. Алар бул жөнүндө талашып-тартышып жатышты. Ошондо аларга мындай деп айтышты: "Пайгамбар, саллаллаху алейхи уа саллам, ансарлардан бир уста кызматчысы бар бир аялга жөнөтүп, ага Пайгамбар: "Балаңа айт, мага мен элге сүйлөгөндө отура турган минбар жасап берсин" - деди. Аял аны кабыл кылып, кызматчысына Пайгамбар, саллаллаху алейхи уа саллам, үчүн тамариск дарагынан минбар жасоону буйруду. Ал бүтүргөндөн кийин аны Пайгамбар, саллаллаху алейхи уа салламга, жөнөттү. Пайгамбар, саллаллаху алейхи уа саллам, аны мечиттеги ордуна коюуга буйрук берди. Андан соң Пайгамбар, саллаллаху алейхи уа саллам, анын үстүндө намаз окуду жана анын үстүндө турганда «Аллаху акбар» деп такбир айтты, андан кийин анын үстүндө турганда рүкү кылды. Андан соң ылдый түшүп, жүзүн артка бурбай артка карай басып, минбардын жанында сажда кылып, кайра кайтып келди. Намазды окуп бүткөн соң элге кайрылып: "Эй адамдар, мен муну силер менин намазымды ээрчип, үйрөнсөңөр деп кылдым" - деп айтты".</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>Минбарга чыгуу жана анын үстүндө даават кылуу сооптуу жана кабар берүүдө жана угууда пайдалуу.
 Таалим үчүн минбарда намаз окууга жана муктаждык болгондо имамдын адамдардан бийик көтөрүлүшү болот.
 Мусулмандардын муктаждыктары үчүн өнөрлүү адамдардан жардам суроо болот.
 Муктаждык болсо намаз учурунда кичине кыймылдаса болот.
 Артта намаз окуган адам намазда имамдан сабак алуу үчүн имамга карап койсо болот жана бул намаздагы коркуу менен турууга каршы келбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65096</t>
   </si>
   <si>
-    <t>إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا</t>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>Намаз окуганыңарда катарыңарды түздөп тургула, анан силердин бириңер намазда имам болсун. Ал имам: "Аллаху Акбар" - деп такбир айтса, анда силер да "Аллаху Акбар" деп такбир айткыла. Эгерде имам: «Гайрил магдууби алайхим уалад-дооооллиин" - деп айтса, анда силер: "Аамиин" - деп айтсаңар, Аллах Таала силерди жакшы көрөт. [Фатиха: 7] Эгерде имим такбир айтып рүкү кылса, анда силер да такбир айтып рүкү кылгыла. Анткени имам силерден алдын рүкү кылып, силерден алдын рукүдөн тик турат. Ошондуктан Аллахтын Элчиси, саллаллаху алейхи уа саллам: "Тиги тигини ээрчийт" - деп айткан. Эгерде имам: "Самиаллааху лиман хамидах" - десе, анда силер: "Аллахумма Раббана лакал хамду" - десеңер, Аллах силерди угуп турат. Анткени Аллах Таала Пайгамбар, саллаллаху алейхи уа салламдын, тили менен: "Самиьаллааху лиман хамидах, Аллах мактоо шүгүр айткандарды угат" - деген. Эгерде имам такбир айтып сажда кылса, анда силер да такбир айтып сажда кылгыла. Анткени имам силерден алдын сажда кылып, кайрадан саждадан турат. Ошондуктан Аллахтын Элчиси, саллаллаху алейхи уа саллам: "Тиги тигини ээрчийт" - деп айткан. Имам каадага отурганда силердин биринчи айткан сөзүңөр: "Аттахиятут-тоййибаатус-салаваату Лиллахи. Ассаламу алайка аййухан набиййу уа рахматуллахи уа баракатух. Ассалааму алайна уа алаа ибаадиллахис-саалихиин. Ашхаду аллаа илааха иллаллааху уа ашхаду анна Мухаммадан абдуху уа расуулух" - сөзү болсун</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Хаттан бин Абдуллах Ар-Ракаши риваят кылган хадисте: "Мен Абу Муса аль-Ашари менен намаз окудум, ал каадада отурганда элден бир киши: "Намаз такыбалык жана зекет менен орундалган" - дейт. Абу Муса намазды бүтүрүп салам бергенден кийин аларга барып: "Силердин кимиңер мындай сөздү айтты?" – деди. Ошондо адамдар унчукпай турушту. Андан кийин кайра: "Силердин кимиңер тигиндей деген сөздү айтты?" - деди. Кайра эле адамдар унчукпай турушту". Андан кийин: "Балким, сен, Хаттан, ушинтип айткандырсың?" - деди. Хаттан: "Мен айткан жокмун, сен мени катуу урасын деп корктум" - деди. Ошондо элден бир киши: "Мен айттым, мен муну менен жакшылыкты гана кааладым" - деди. Ошондо Абу Муса айтты: "Намазда кантип айтууну билбейсиңерби? Аллахтын Элчиси, саллаллаху алейхи уа саллам, хутбада бизге сүннөтүбүздү түшүндүрүп, намазыбызды үйрөтүп мындай деп айткан: «Намаз окуганыңарда катарыңарды түздөп тургула, анан силердин бириңер намазда имам болсун. Ал имам: "Аллаху Акбар" - деп такбир айтса, анда силер да "Аллаху Акбар" деп такбир айткыла. Эгерде имам: «Гайрил магдууби алайхим уалад-дооооллиин" - деп айтса, анда силер: "Аамиин" - деп айтсаңар, Аллах Таала силерди жакшы көрөт. [Фатиха: 7] Эгерде имим такбир айтып рүкү кылса, анда силер да такбир айтып рүкү кылгыла. Анткени имам силерден алдын рүкү кылып, силерден алдын рукүдөн тик турат. Ошондуктан Аллахтын Элчиси, саллаллаху алейхи уа саллам: "Тиги тигини ээрчийт" - деп айткан. Эгерде имам: "Самиаллааху лиман хамидах" - десе, анда силер: "Аллахумма Раббана лакал хамду" - десеңер, Аллах силерди угуп турат. Анткени Аллах Таала Пайгамбар, саллаллаху алейхи уа салламдын, тили менен: "Самиьаллааху лиман хамидах, Аллах мактоо шүгүр айткандарды угат" - деген. Эгерде имам такбир айтып сажда кылса, анда силер да такбир айтып сажда кылгыла. Анткени имам силерден алдын сажда кылып, кайрадан саждадан турат. Ошондуктан Аллахтын Элчиси, саллаллаху алейхи уа саллам: "Тиги тигини ээрчийт" - деп айткан. Имам каадага отурганда силердин биринчи айткан сөзүңөр: "Аттахиятут-тоййибаатус-салаваату Лиллахи. Ассаламу алайка аййухан набиййу уа рахматуллахи уа баракатух. Ассалааму алайна уа алаа ибаадиллахис-саалихиин. Ашхаду аллаа илааха иллаллааху уа ашхаду анна Мухаммадан абдуху уа расуулух" - сөзү болсун.</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>Сахаба Абу Муса аль-Ашари, радыяллаху анху, намаз окуп жатып ташаххуд айтып каадада отурганда анын артында намаз окугандардан бир киши: "Намаз Куранда такыбалык жана зекет менен салыштырылган" - деди. Абу Муса, радыяллаху анху, намазын окуп бүткөндөн кийин, артында намаз окугандарга кайрылып: “Силердин кимиңер: “Намаз Куранда жакшылык жана зекет менен салыштырылган” - деген сөздү айтты?" - деп алардан сурады. Адамдар унчукпай калышты, алардан эч кимиси жооп берген жок. Ал суроону кайра аларга кайталаса да ага эч ким жооп бербеди. Ошондо Абу Муса, радыяллаху анху, айтты: "Балким, Хаттан, сен айткандырсың!" - деди. Абу Мусага болгон тайманбастыгы жана жакындыгы жана аны менен болгон байланышы, анын дооматы Хаттанга зыян келтирбей тургандыгы үчүн жана иштин чыныгы жайын моюнга алууга түрткөндүктөн, Хаттан муну четке какты да мындай деди: "Мен айтты деп ойлоп, мени урушуп кетесиңби деп корктум". Мына ошол учурда элден бир киши: "Мен муну айттым, мен муну менен жакшылыктан башканы максат кылганым жок" - деди. Абу Муса ага үйрөтүү үчүн: "Намазда кантип айтууну билбейсиңерби?!" - деди. Абу Муса мындайды жактырбады. Андан кийин Абу Муса айтты: "Пайгамбар, саллаллаху алейхи уа саллам, бир жолу аларга хутба айтып, алардын шарияттарын түшүндүрүп жана аларга намаздарын үйрөтүп мындай деди:
 Намаз окуганыңарда катарды түздөп түз тургула. Анан алардын бири элге имамдык кылат. Эгерде имам такбиратул ихрамды (ачылыш такбирин) айтса, имам сыяктуу такбиратул ихрамды айткыла. Эгерде имам Фатиха сүрөөсүн окуп: "Гойриль магдууби алейхим уаладдооооллиин" - десе, анда силер: "Аамиин!" - деп айткыла. Эгерде силер ушундай кылсаңар, Аллах дубаңарды кабыл кылат. Эгерде имим такбир айтып рүкү кылса, анда силер да такбир айтып рүкү кылгыла. Имам сенден алдын рүкү кылат жана сенден алдын рүкүдөн турат. Андыктан имамдан ашып кетпегиле. Анткени имамдын рүкүдө сенден мурда кылган учуру сени бир аз рүкүнү кечирээк кылууга мажбурлайт. Ошондуктан ал учур ошол эле учур болот да сенин рүкүңдүн өлчөмү анын рүкүсүнүн өлчөмүнө тең келет. Эгерде имам: "Самиьаллаху лиман хамидах" - десе, анда силер: "Аллахумма Раббанаа лакал хамд" - деп айткыла. Намаз окуган адамдар ушинтип айтышса, Аллах Таала алардын дубасын жана сөздөрүн угуп турат. Анткени Аллах Таала Пайгамбар, саллаллаху алейхи уа салламдын, тили менен: "Аллах мактоо-шүгүр айткандарды угат" - деген. Эгерде имам такбир айтып сажда кылса, анда артындагы адамдар да такбир айтып сажда кылышсын. Анткени имам алардан алдын сажда кылып, кайра алардан алдын саждадан турат. Ошондуктан ал учур ошол эле учур болот да алардын саждасынын өлчөмү имамдын саждасынын өлчөмүнө тең келет. Имам каадага отурганда намаз окуп жаткандардын биринчи айткан сөзү: "Аттахиятут-тоййибаатус-салаваату Лиллахи" болсун. Башкаруу, түбөлүктүүлүк жана улуулук баарысына Аллах гана татыктуу. Ошол сыяктуу эле беш убак намаздын баары Аллах үчүн гана болот. Ассаламу алайка аййухан набиййу уа рахматуллахи уа баракатух. Ассалааму алайна уа алаа ибаадиллахис-саалихиин. Ар бир кемчиликтен, балээден, жетишсиздиктен жана бузукулуктан сактоосун Аллахтан тилегиле. Жана Пайгамбарыбыз Мухаммад, саллаллаху алейхи уа салламга, салам айтып, андан кийин өзүбүзгө салам айтабыз. Андан соң Аллах Тааланын акысын жана Аллахтын пенделерине важип болгон укуктарын аткарган Аллахтын салих пенделерине салам айтабыз. Андан соң: "Ашхаду аллаа илааха иллаллааху уа ашхаду анна Мухаммадан абдуху уа расуулух" - деп  Аллахтан башка кудай жок экендигине күбөлүк беребиз жана Мухаммад Анын кулу жана элчиси экендигине күбөлүк беребиз.</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Ташаххуддун түрлөрүнүн бирин баяндалды.
 Намаздын амалдары жана сөздөрү Пайгамбар, саллаллаху алейхи уа салламдан, келген нерселерден болушу керек. Сүннөттө келбеген бир сөздү жана амалды намазга бидаат кылып киргизүү эч кимге туура болбойт.
 Имам менен жарышуу же андан өтө эле артта калуу туура эмес. Имамдын артында турган адамдар имамдын кылган амалын ээрчисе болот.
 Пайгамбар, саллаллаху алейхи уа салламдын, жеткирүүгө жана үммөтүнө диндин өкүмдөрүн үйрөтүүгө болгон кызыгуусун айтты.
 Имам артында намаз окуган адамга үлгү болот. Ошондуктан намазда имам менен жарышуу да, аны менен тең аткаруу да, көп артта калуу да туура эмес. Тескерисинче, ал имам өзү каалаган амалды тастыктап аткарууга киришкенден кийин аны ээрчиш керек. Имамды намазда ээрчүү сүннөт.
 Намазда саптарды түз алып туруу шариятта каралган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65097</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا</t>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>"Чындыгында, Абу Хурайра, радыяллаху анху, ар бир парз намазда жана башка убакта, Рамазанда жана башка убакта рүкү кылып жатканда: "Аллаху Акбар" - деп такбир айтып, рүкүдөн турганда: “Самиьаллаху лиман хамидах” - деп айтып, андан кийин саждага барардан мурда "Раббанаа лакал хамду" деп айтчу. Андан кийин саждага жыгылганда "Аллаху акбар" деп такбир айтып, саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтып, андан кийин кайра сажда кылып жатканда "Аллаху акбар" деп такбир айтып, андан кийин саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтчу. Андан кийин эки сажданын ортосуна отурганы турганда “Аллаху акбар” деп такбир айтчу. Ал намазды бүтүргөнгө чейин ар бир рекетте ушундай кылган". Намазын окуп бүткөндөн кийин: "Менин жаным Анын колунда болгон Затка касам! Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, намазына эң жакын окшоштурдум. Чындыгында Пайгамбар, саллаллаху алейхи уа саллам, дүйнөнү таштап кеткенге чейинки намазы ушул болгон" - деп айткан". @</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
     <t xml:space="preserve">Абу Хурайра, радыяллаху анху, риваят кылат: "Чындыгында, Абу Хурайра, радыяллаху анху, ар бир парз намазда жана башка убакта, Рамазанда жана башка убакта рүкү кылып жатканда: "Аллаху Акбар" - деп такбир айтып, рүкүдөн турганда: “Самиьаллаху лиман хамидах” - деп айтып, андан кийин саждага барардан мурда "Раббанаа лакал хамду" деп айтчу. Андан кийин саждага жыгылганда "Аллаху акбар" деп такбир айтып, саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтып, андан кийин кайра сажда кылып жатканда "Аллаху акбар" деп такбир айтып, андан кийин саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтчу. Андан кийин эки сажданын ортосуна отурганы турганда “Аллаху акбар” деп такбир айтчу. Ал намазды бүтүргөнгө чейин ар бир рекетте ушундай кылган". Намазын окуп бүткөндөн кийин: "Менин жаным Анын колунда болгон Затка касам! Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, намазына эң жакын окшоштурдум. Чындыгында Пайгамбар, саллаллаху алейхи уа саллам, дүйнөнү таштап кеткенге чейинки намазы ушул болгон" - деп айткан". </t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламдын, намазынын сүрөттөлүшүнүн бир бөлүгүн риваят кылып мындайча кабарлап айткан: "Ал намазга турганда “Аллаху Акбар” деп такбиратул ихрамды айткан. Андан кийин “Аллаху Акбар” деп  рүкү кылганда. Саждага барганда, саждадан башын өйдө көтөргөндө, экинчи саждага барганда, саждадан башын көтөргөндө жана үч же төрт рекет намазда биринчи ташаххудга отургандан кийин алгачкы эки рекеттен турганда такбир айткан. Андан соң  бардык намаздарды бүткүчө мына ошондой кылып окучу. Рүкүдөн далысын көтөргөндө: "Самиьаллаху лиман хамидах" - деп, андан кийин рүкүдөн тик турганда: "Раббанаа лакал хамд" - деп айткан".
 Анан Абу Хурайра намазын окуп бүткөндөн кийин мындай дейт: "Менин жаным Анын колунда болгон Затка касам! Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, намазына эң жакын окшоштурдум. Чындыгында Пайгамбар, саллаллаху алейхи уа саллам, дүйнөнү таштап кеткенге чейинки намазы ушул болгон" - деп айткан".</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Ар бир рүкүгө эңкейип жаткан учурда жана рүкүдөн көтөрүлүп жаткан учурда такбир айтылат. Ал эми рүкүдөн тик турган учурда: "Самиьаллааху лиман хамидах" - деп айтылат.
 Сахабалар Пайгамбар, саллаллаху алейхи уа салламдан, үлгү алууга жана анын сүннөттөрүн сактоого өтө ынтызар болушкан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65098</t>
   </si>
   <si>
-    <t>قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ</t>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>Аллах таала айтты: "Намазды Менин жана пендемдин ортосунда экиге бөлдүм, ошондой эле пендеме сураган нерсеси (берилет). Эгерде пенде: "Альхамду лиллахи Роббиль ааълямиин" - деп айтса, Аллах айтат: "Пендем Мага шүгүрлөрдү айтты". Эгерде пенде: "Ар-Рахманир Рахийм" - деп айтса, Аллах айтат: "Пендем Мага мактоолорду айтты". Эгер пенде: "Маалики яумуддиин" - деп айтса, Аллах айтат: "Пендем Мени улуктады". Эгерде пенде: "Иййака наьбуду ва иййака настаьийн" - деп айтса, Аллах айтат: "Бул Мени менен пендемдин ортосундагы (нерсе) жана Пендеме сураган нерсеси (берилет)". Эгерде пенде: "Ихдинас сиротоль мустакийм. Сиротоль лязиина анъамта аълайхим гойриль магдууби алайхим уа ляд-дооооллиин" - деп айтса, Аллах айтат: "Бул пендем үчүн, пендеме сураган нерсеси (берилет)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылып айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: Аллах таала айтты: "Намазды Менин жана пендемдин ортосунда экиге бөлдүм, ошондой эле пендеме сураган нерсеси (берилет). Эгерде пенде: "Альхамду лиллахи Роббиль ааълямиин" - деп айтса, Аллах айтат: "Пендем Мага шүгүрлөрдү айтты". Эгерде пенде: "Ар-Рахманир Рахийм" - деп айтса, Аллах айтат: "Пендем Мага мактоолорду айтты". Эгер пенде: "Маалики яумуддиин" - деп айтса, Аллах айтат: "Пендем Мени улуктады". Эгерде пенде: "Иййака наьбуду ва иййака настаьийн" - деп айтса, Аллах айтат: "Бул Мени менен пендемдин ортосундагы (нерсе) жана Пендеме сураган нерсеси (берилет)". Эгерде пенде: "Ихдинас сиротоль мустакийм. Сиротоль лязиина анъамта аълайхим гойриль магдууби алайхим уа ляд-дооооллиин" - деп айтса, Аллах айтат: "Бул пендем үчүн, пендеме сураган нерсеси (берилет)".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, хадиси кудсийде, Аллах Тааланын айтканын кабар берди: "Мен Фатиха сүрөөсүн намазда Өзүм менен пендемдин ортосунда экиге бөлдүм, жарымы мен үчүн, жарымы ал үчүн".
 Биринчи жарымы: Аллахка шүгүрлөр, мактоолор жана улуктоо жана аны эң жакшы сыйлык менен сыйлоо.
 Экинчи жарымы: дуба жана жалбаруу. Аллах Таала айтты: "Мен ага жооп берем жана сураганын берем" - деди.
 Намаз окуган адам: "Альхамду лиллахи Раббиль ааълямиин" - десе, Аллах айтат: "Менин пендем мага шүгүрлөрдү айтты". Эгер ал: "Ар-Рахманир Рахийм" - десе, Аллах айтат: «Менин пендем Мени мактады жана Мага шүгүрлөрөрдү айтты. Менин жаратканыма болгон жакшылыктарды жалпылай моюнга алды". Эгер ал: "Маалики яумуддиин" - десе, Аллах айтат: "Менин пендем Мени улуктады, бул эң чоң сыймык".
 Эгер намаз окуган адам: "Иййака наьбуду ва иййака настаьийн" - десе, Аллах: "Бул Мен менен пендемдин ортосунда" - дейт.
 Бул аяттын биринчи жарымы Аллахка таандык. Ал аят: "Иййака наьбуду". Бул - ибадат Аллахка гана болоорун моюнга алуу жана Ага гана ибадат кылууну кабыл алуу. Ушул менен Аллахка тиешелүү жарымы бүтөт.
 Ал эми аяттын экинчи жарымы пенде үчүн. Ал аят: "Иййака настаьийн".  Бул - Аллахтан жардам суроо жана Анын жардам берүүгө болгон убадасы.
 Эгерде намаз окуучу: "Ихдинас сиротоль мустакийм. Сиротоль лязиина анъамта аълайхим гойриль магдууби алайхим уа ляд-дооооллиин" - десе, Аллах айтат: "Бул Менин пендемдин дубасы жана жалбаруусу. Пендемдин сураганы берилет жана мен анын дубасын кабыл кылдым".</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Фатиха сүрөөсүнүн эң чоң мааниси – Аллах Таала аны намаз (Солах) деп атаган.
 Аллах Тааланын Өзүнүн пендесине жардам берээрин баяндап жатат. Анткени Аллах Таала аны мактоо-шүгүрлөрдү айтканы себептен жана улуктаганы себептен мактады жана сураганын берем деп убада берди.
 Бул ыйык сүрөө Аллахка мактоо-шүгүрлөрдү айтууну, Кыямат күнүн эскертүүнү, Аллахка дуба кылууну, Ага гана чын ыкластан ибадат кылууну, туура жолго салууну суроону жана бузуку жолдордон сактанууну камтып алган.
 Намаз окуучу бул хадистин маанисин түшүнсө Фатиха сүрөөсүн окуган кезде анын намаздагы коркуп туруусу күчөйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65099</t>
   </si>
   <si>
-    <t>أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا</t>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>Адамдардын эң жаманы – өзүнүн намазынан уурдаган адам" - деди. Абу Хурайра айтты: "Намазын кантип уурдай алат?". Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Намазынын рүкүсүн да, саждасын да толук кылбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, рываят кылган хадисте Аллахтын элчиси, саллалаху алейхи уа саллам, айтты: "Адамдардын эң жаманы – өзүнүн намазынан уурдаган адам" - деди. Абу Хурайра айтты: "Намазын кантип уурдай алат?". Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Намазынын рүкүсүн да, саждасын да толук кылбайт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, уурулук кылган адамдын эң жаманы, намазынан уурдаган адам экенин баяндады. Себеби, башка бирөөнүн акчасын алуу, бул дүйнөдө ага пайда алып келиши мүмкүн. Намазын уурдаган ууру бул уурудан айырмаланып турат. Анткени ал өзүнүн сооп-сыйлыгын уурдап алат. Сахабалар: "Оо, Аллахтын Элчиси, ал намазынан кантип уурдайт?" - деп айтышты. Ошондо Пайгамбар, саллаллаху алейхи уа саллам: "Намазынын рүкүсүн да, саждасын да толук кылбайт" - деп айтты. Себеби, ал рүкүдө жана саждада шашып, эки рекет намазын толук турдө аткарбай калат.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Намазды жакшы окуу жана намаздын түркүктөрүн бейпилдүүлүк менен жана тынчтануу менен аткаруу маанилүү.
 Рүкүнү жана сажданы толук аткарбаган адамды ууру деп сыпаттоо - аны ошондой кылып намаз окуудан коркутуу жана андай окуунун арамдыгы тууралуу эскертүү.
 Намазда рүкү менен сажданы толук кылуу жана ал экөөнү бирдей аткаруу важиб болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65100</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах. Аллахумма Раббанаа лакал хамд, мил ассамааваати, уа мил ал арди, уа мил а маа ши та мин шай ин баьд" - деп айтчу</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>Ибн Аби Авфа, радыяллаху анху, айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах. Аллахумма Раббанаа лакал хамд, мил ассамааваати, уа мил ал арди, уа мил а маа ши та мин шай ин баьд" - деп айтчу.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах" - деп айтчу. Мааниси: Ким Аллах Таалага мактоолорду айтса, Аллах Таала анын дубасын кабыл кылат жана анын мактоо-шүгүрлөрүн кабыл кылып, ага сооп-сыйлыктарды берет. Андан кийин Аллах Таалага ушул сөздөр менен мактоо-шүгүрлөрдү айтат: Оо, Аллах! Раббибиз, Сага  асман толо жана жер толо, андан кийин каалаган нерсең менен толтура мактоолор болсун. Асмандарды, жерди жана алардын ортосундагы бардык нерселерди толтурган мактоолор болсун жана Аллах каалагандай мактоолор болсун.</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Намаз окуган адам рүкүдөн башын көтөргөндө эмнени айтуусу сооптуу экени баяндалды.
 Рүкүдөн тургандан кийин түз жана бейпил туруу шариятта бар. Анткени ал түз жана бейпил турмайынча бул зикирди айтуу мүмкүн эмес.
 Бул зикир парз болобу, нафил болобу бардык намаздарда айтылыш керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65101</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>Чындыгында, Пайгамбар, саллаллаху алейхи уа саллам, ар бир парз намаздын аягында мындай деп айтчу: “Лаа илааха иллаллаху, уахдаху лаа шариика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>Аль-Мугира бин Шуъбанын катчысы Варраддан риваят кылынат. Ал мындай дейт: "Мугира бин Шуъба мага Муавияга жазган катында айтты: "Чындыгында, Пайгамбар, саллаллаху алейхи уа саллам, ар бир парз намаздын аягында мындай деп айтчу: “Лаа илааха иллаллаху, уахдаху лаа шариика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ар бир парз намаздын аягында мындай деп айтат эле: “Лаа илааха иллаллаху, уахдаху лаа шакиика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду".
 Мааниси: "Аллахтан башка сыйынууга татыктуу кудай жок деген тавхид сөзүн тастыктаймын жана аны моюнга алам. Мен чыныгы ибадатты Аллахка кыламын жана андан башкага ибадат кылууну жокко чыгарамын. Анткени Аллахтан башкага сыйынууга татыктуу кудай жок. Чыныгы жана толук башкаруу Аллахка гана таандык экенин тастыктаймын. Асмандар жана жердеги адамдардын бардык мактоолору Аллах Таалага таандык. Анткени Аллах бардык нерсеге Кудуреттүү. Аллах эмне нерсени берүүнү же эмнени кайтарууну тагдыр кылса, аны эч ким кайтара албайт. Аллахтын алдында байдын байлыгы эч кандай пайда бербейт, бирок жакшы иш-аракеттер гана пайда берет".</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Намаздан кийинки бул зикирди айтуу сооптуу. Анткени анда тавхид жана мактоо сөздөрү бар.
 Сүннөткө баш ийүүгө жана аны жайылтууга шашылуу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65102</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, эки сажданын ортосунда: "Раббигфир ли, Раббигфир ли" - (10) деп айтчу</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Хузайфа, радыяллаху анху, риваят кылат: Пайгамбар, саллаллаху алейхи уа саллам, эки сажданын ортосунда: "Раббигфир ли, Раббигфир ли" - (10) деп айтчу.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, эки сажданын ортосунда отурганда: "Раббигфир ли, Раббигфир ли" - деп кайра-кайра кайталайт эле.
 "Раббигфир ли" - дегендин мааниси: пенденин Раббисинен анын күнөөлөрүн кечирүүнү жана айыбын жабууну сурануусу.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Парз жана нафил намаздардагы эки сажданын ортосунда отурганда бул дубаны айтуу шариятта каралган.
 "Раббигфир ли" деп бир жолу айтуу важиб. Ал эми кайталап айтуу мустахаб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65104</t>
   </si>
   <si>
-    <t>ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا</t>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>Усман бин Абу аль-Аас, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламга, келип: "Оо, Аллахтын Элчиси, мен намазда Куран окуп жатканымда шайтан аралашып, мени адаштырууга аракет кылып жатат" - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Бул "Ханзаб" деп аталган шайтан. Эгерде аны сезсең, анда Аллахтан андан коргоо тилегин жана үч жолу сол тарабыңа түкүргүн". Усман бин Абу аль-Аас, радыяллаху анху, айтты: "Ошондо мен ушундай кылдым, Аллах Таала аны менден кетирди".@*</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>Усман бин Абу аль-Аас, радыяллаху анху, риваят кылат: Усман бин Абу аль-Аас, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламга, келип: "Оо, Аллахтын Элчиси, мен намазда Куран окуп жатканымда шайтан аралашып, мени адаштырууга аракет кылып жатат" - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Бул "Ханзаб" деп аталган шайтан. Эгерде аны сезсең, анда Аллахтан андан коргоо тилегин жана үч жолу сол тарабыңа түкүргүн". Усман бин Абу аль-Аас, радыяллаху анху, айтты: "Ошондо мен ушундай кылдым, Аллах Таала аны менден кетирди".</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>Усман бин Абу аль-Аас, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламга, келип: "Оо, Аллахтын Элчиси, мен намаз окуп жатканымда шайтан азгырып мени хушуу (11) менен окуудан тосуп жатат. Мен Куран окуп жатканымда чаташтырып, күмөнгө салып жатат." - деп айтты. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, ага мындай деди:" Бул Ханзаб деген шайтан. Эгерде муну билип, сезсең, анда Аллахтан коргоо суран, Аллахтан андан коргоо сура жана сол тарабыңа үч жолу аз шилекейиң менен түкүрүп жибер. Усман айтты: Ошентип, мен Пайгамбар, саллаллаху алейхи уа саллам, эмнени буйруса, ошону аткардым. Ошондуктан Аллах аны менден кетирди.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Намазды кичи пейилдик менен окуу жана жүрөктү намаз окууга даярдоо маанилүү. Шайтан намазда ага калакат берүүгө жана шек салууга аракет кылат.
 Шайтан намазда азгырганда, сол жагына үч жолу түкүрүп, Аллахтын  шайтандан коргоосун суроо сооптуу.
 Сахабалар, радыяллаху анхум, өздөрүнүн арасында болгон көйгөйлөрдү чечүү үчүн, Пайгамбар, саллаллаху алейхи уа салламга, кайрылышканын баяндалды.
 Сахабалардын жүрөктөрүнүн жашоосу жана алардын акыретке кам көрүүсү баяндалды.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65105</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ</t>
+    <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
   </si>
   <si>
     <t>Аллах Таала калыс Өзү үчүн жана Өзүнүн ыраазылыгы үчүн  аткарылган амалдарды гана кабыл кылат" - деп айтты</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
   </si>
   <si>
     <t>Абу Умама Баахилий (ага Аллах ыраазы болсун) айтат: Бир киши пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) келип: "Мен соопту да, атакты да үмүт кылып казатка чыккан кишини көрдүм. Ага сооп берилеби?" - деп сурады. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Ага эч нерсе берилбейт" - деди. Тиги киши суроосун үч жолу кайталады. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: "Ага эч нерсе берилбейт" - деп, анан: "Аллах Таала калыс Өзү үчүн жана Өзүнүн ыраазылыгы үчүн  аткарылган амалдарды гана кабыл кылат" - деп айтты.</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>Аллахтан сооп-сый талап кылып ошол эле учурда элден мактоо, атак-даңк үмүт кылып казатка чыккан кишинин өкүмү кандай болорун суроо үчүн бир киши пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) келип ошол адам сооп-сыйга татыктуу болобу деп сурайт. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) андай адамга эч кандай сооп берилбейт, анткени ал ниетинде Аллахка башка нерсени шерик кылды деп жооп берет. Суроо берген киши суроосун үч жолу кайталайт. Пайгамбарыбыз да баягы ага эч кандай сооп берилбейт деген жообун кайталап айтат. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын алдында амалдардын кабыл болуу эрежесин эскертип: Аллах Таала баары Анын Өзү үчүн аткарылган, эч кандай башка ниет аралашпаган, Аллахтын ыраазылыгы көздөлгөн амалдарды гана кабыл кыларын айтат.</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Аллах Таала калыс Өзү үчүн жана пайгамбардын сүннөт жолу менен аткарылган амалдарды гана кабыл кылат.
 Суроочунун билгиси келген максатынан ашыгы менен жооп берүү фатва берүүчүнүн эң мыкты жообу болуп эсептелет.
 Иштин маанилүү экенин суроону кайталоо аркылуу билдирсе болот.
 Чыныгы мужахид (казат кылуучу) - кайсы бир дүйнөлүк максатта эмес, Аллахтын сөзү бийик болуусу үчүн, акыретине сооп талап кылып калыс ниети менен казатка чыккан адам.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
+    <t>[رواه النسائي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65107</t>
   </si>
   <si>
-    <t>ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا</t>
+    <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>“Кимде-ким Аллах Тааланы Раббим деп, Исламды диним деп жана Мухаммадды пайгамбарым деп ыраазы болсо, ыймандын даамын татат</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>Аббас бин Абдулмуталиб (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын укканмын: “Кимде-ким Аллах Тааланы Раббим деп, Исламды диним деп жана Мухаммадды пайгамбарым деп ыраазы болсо, ыймандын даамын татат"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: Ыйманында чынчыл, ыйманы жүрөгүндө бейпилдик тапкан ыймандуу адам ушул үч ишке ыраазы болсо, жүрөгү менен тынчтыкты, кенендикти, кубанычты, Аллахка жакындыгынын даамын сезет:
 Биринчиси: Аллахтын Рабби экенине ыраазы болсо. Мында Аллахтын Раббилик тарабынан берилген ырыскыларга жана ар кандай абалдарга көкүрөгү кеңейип ыраазы болот. Жүрөгүндө ага каршы эч нерсени сезбейт жана Аллахтан башка нерсени Рабби кылып албайт.
 Экинчиси: Исламдын дин болгонуна ыраазы болуу. Мында Исламдын моюнга жүктөгөн буйруктарына жана ваажыбдарына жүрөгү менен ыраазы болуп, Исламдын жолунан башка жолго ыраазы болбойт.
 Үчүнчүсү: Мухаммаддын (ага Аллахтын тынчтыгы жана мактосу болсун) элчи болгонуна ыраазы болуу. Мында пайгамбарыбыз алып келген динге шек-күмөнсүз ишенип, ага кубанып жана ыраазы болот. Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жолунан башка жолго түшпөйт.</t>
   </si>
   <si>
     <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
 الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
 الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
 قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
   </si>
   <si>
     <t>Жеп, ичилген нерселердин тилге сезиле турган даамы болгон сыяктуу, ыймандын да жүрөккө гана сезиле турган даамы бар.
 Жеп, ичилген нерселердин даамын оорудан таза дене гана сезе алат. Ошол сыяктуу жүрөк да напси каалоолорунан, кумар азгырыктарынан таза болсо, ыймандын даамын сезе алат. Эгер жүрөк "оорулуу" болсо, ыймандын даамын сезбейт. Тескерисинче, аны өлтүрө турган күнөөлөр жана напси каалоолорду өзүнө адал кылып сиңирип алат.
 Эгерде инсан кайсы бир ишке ыраазы болсо жана аны жакшы кылса, ал ага жеңил болот, аны аткарууда эч кандай машакатты сезбейт. Ал иши үчүн кубанычта болот. Ошол сыяктуу эле ыймандуу адамдын жүрөгүнө ыйман отурукташса, ага Раббисине таат-ибадат кылуу жеңил болот. Напсиси ыраазы болот, сыноолор ага оордук жаратпайт.
 Ибн Каййум минтип айткан: Бул хадис Аллах Тааланын рубубиятына да, улухиятына да ыраазы болууну, ошондой эле Анын элчисине да ыраазы болуп, аны ээрчүүнү, динине ыраазы болуп, ага берилүүнү ичине камтыган хадис.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65116</t>
   </si>
   <si>
-    <t>أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ</t>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
     <t>“Төмөнкү төрт түрдүү жорук кимде болсо, ал анык эки жүздүү болот. Ал эми кимде бул жоруктардын бири болсо, андан арылмайынча экүү жүздүүлүктүн бир белгиси бар болот. Алар: аманат берилсе, ага кыянаттык кылат; Сүйлөсө жалган сүйлөйт; Убада берсе, сөзүндө турбайт жана талашып-тартышса, аша чаап кетет”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
     <t>Абдуллах бин Амир (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: “Төмөнкү төрт түрдүү жорук кимде болсо, ал анык эки жүздүү болот. Ал эми кимде бул жоруктардын бири болсо, андан арылмайынча экүү жүздүүлүктүн бир белгиси бар болот. Алар: аманат берилсе, ага кыянаттык кылат; Сүйлөсө жалган сүйлөйт; Убада берсе, сөзүндө турбайт жана талашып-тартышса, аша чаап кетет”</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төрт иштен тыйып, катуу эскерткен. Эгер бул төрт иш бир адамда топтолсо, ал анык мунафыктарга окшойт. Бул ошол төрт ишти көп учурда аткарган адамга тиешелүү. Ал эми бул иштердин кээ бирин гана кылган адам буга кирбейт.
 Биринчиси: Сүйлөгөндө жалганга таянып сүйлөйт, сөзүндө чындыгы болбойт.
 Экинчиси: Келишим кылса, анын өтөөсүнө чыкпайт, келишим кылган адамга кыянат кылат.
 Үчүнчүсү: Убада берсе, анысын аткарбайт, убадасынын тескерисин кылат.
 Төртүнчүсү: Кимдир бирөө менен талашып-тартышса, сөзүн чындыкка чыгаруу үчүн чектен чыгып, акыйкаттан четтеп, батыл жалганды айтат.
 Нифак, (эки жүздүүлүк) - ичиндеги нерсенин тескерисин ачыкка чыгаруу. Мына ушул маани жогорудагыдай адаттардан байкалат. Эки жүздүүлүгү сүйлөгөн адамдын акысына, убада берген адамдын акысына, келишим кылган адамдын акысына, талаш-тартыш кылган адамдын акысына кирет. Мындай адам каапырлыгын жашырып динин көрсөткөн анык мунафык эмес. Кимде ушул айтылган сыпаттар болсо, аны таштаганга чейин мунафыктыктын сыпатын көтөрүп жүргөн болот.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Ушундай сыпаттарды өзүнө киргизип алуудан сак болууну эскертүү үчүн мунафыктыктын кээ бир белгилери айтылган.
 Хадистин максаты: Ушул сыпаттар нифактын сыпаттары, мындай сыпаттары бар адам бул сыпаттарда мунафыкка окшойт. Бирок ал каапырлыгын жашырып, динин ачыкка чыгарган анык мунафык эмес. Кимде мындай сыпаттары болсо, көбүнчө ишеними бузук болот.
 Ал-Газали минтип айткан: Диндарлыктын негизи үч нерсени ичине алат: сөз, иш, ниет. (Хадисте) сөздүн бузулушу жалганчылык менен болорун, иштин бузулушу кыянаттык менен болору, ниеттин бузулуусу анын тескерисин кылуу менен болорун эскерткен. Анткени убадага тескери иш кылуу чындап ошондой кылууну ниеттенгенде гана абийирсиз иш болуп эсептелет. Ал эми башында убаданы аткарууну ниет кылып, кийин аны кандайдыр бир тоскоолдук тосуп калса, же ага башка бир ой келип убадасын аткара албай калса, андай адамда мунафыктын белгиси болбойт.
 Нифак эки түрдүү болот: Ишенимдеги нифак, бул адамды динден чыгарат. Мында адам каапырлыгын жашырып, жалган динин ачык кылат. Экинчиси, амалдагы нифак, бул кулк-мүнөзүндө мунафыктарга окшошуу. Бул нифак адамды динден чыгарбайт. Анткен менен чоң күнөөлөрдүн бири болуп саналат.
 Ибн Хажар минтип айткан: Кимде-ким жүрөгү менен ыйман келтирип, тили менен тастыктаса, бирок жогорудагы жоруктарды аткарса, мындай адамды каапыр жана тозокто түбөлүк кала турган мунафык деп өкүм чыгарууга болбойт. Бул бардык аалымдардын пикири.
 Ан-Навави минтип айткан: Аалымдардын бир тобу мындай деген: Хадистен максат, пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) заманындагы мунафыктарга тиешелүү, алар ыйманга келдик деп айтышат эле, бирок аны жалган айтышкан. Диндерин аманатка алып, бирок ага кыянат кылышкан. Дин ишинде жардам беребиз деп убада берип, бирок аны аткарышкан эмес. Ошондой эле талашып-тартышканда чектен чыгып кетишчү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65124</t>
   </si>
   <si>
-    <t>بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ</t>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>Адам Исламды эң жакшы кармануусу - өзүнө тиешеси жок нерсеге кийлигишпегени</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адам Исламды эң жакшы кармануусу - өзүнө тиешеси жок нерсеге кийлигишпегени".</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман адамдагы Исламдын эң жакшы белгиси жана анын ыйманынын толуктугу - анын өзүнө тиешеси жок, ага пайдасы да жок, аны кабатыр кылбай турган сөздөргө жана иштерге аралашпай, же дүйнө жана дин иштеринен ага байланышы жок нерселерге киришпегени экенин баяндаган. Тиешеси жок иштер менен алек болуу - анын өзүнө тиешелүү, өзү аткарышы зарыл болгон иштерден алаксытып же тескерисинче, сактана турган иштерге жакындатып коёт. Инсан кыямат күнү бул дүйнөдө кылган иштеринен суралат.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Адамдар динде ар түрдүү болушат, кээ бир амалдар аркылуу Исламдын жакшылыгы артат.
+Ашыкча жана керексиз сөздөн, иштен өзүн сактоо - анын дининин толуктугунан кабар берет.
+Хадис адамды өзүнө тиешелүү иш-амалдарды аткарууга үндөйт. Өзүнө тиешеси жоктон алыс болуу исламды жакшы кармануу болсо, өзүнө тиешелүү иш менен алек болуу да анын жакшы белгиси.
+Ибн Каййим мындай деген: "Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) такыбалыктын баарын бир суйлөм менен айткан, ал: "Адам Исламды эң жакшы кармануусу - өзүнө тиешеси жок нерсеге кийлигишпегени" - деген хадиси. Бул өзүнө тиешеси жок сөздөн, кароодон, угуудан, басып баруудан, кармоодон, ойлонуудан ж.б. ачык жана жашыруун аракеттердин баарынан сактануу керек дегенди билдирет".
+Ибн Ражаб мындай деген: "Бул хадис адептин негиздеринин бири".
+Хадис илим алууга үндөйт, анткени, илим алуу менен адам эмне өзүнө тиешелүү, эмне тиешелүү эмес экенин ажыратат.
+Жакшылыкка чакырып, жамандыктан тыйып, акыл-насаат айтып туруу зарыл. Анткени, инсан буга буйрулган.
+Хадистин жалпы маанисине булар кирет: Аллах Таала арам кылган жана пайгамбарыбыз жактырбаган нерселерден алыс болуу. Ошондой эле зарыл болбогон иштерден качуу. Мисалы, акыретке байланыштуу кайып, көмүскө сырларды иликтөө, жаратуу жана башкаруу ишинин майда-чүйдө өкүмдөрүн териштирүү, иш жүзүндө болбогон, дээрлик болбой турган, же элестетүү да мүмкүн болбогон маселелерди сурап-изилдөө.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>Бардык эки азандын ортосунда намаз бар. Бардык эки азандын ортосунда намаз бар". Анан: "Каалагандар үчүн" - деп кошумчалаган</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>Абдулла бин Мугаффал (ага Аллах ыраазы болсун) айтат: пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бардык эки азандын ортосунда намаз бар. Бардык эки азандын ортосунда намаз бар". Анан: "Каалагандар үчүн" - деп кошумчалаган.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир азан менен икооматтын ортосунда напил намаз окуу керектигин айткан. Муну үч жолу кайталап, анан каалаган адамга гана мустахаб деп кошумчалаган.</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
   <si>
     <t>Азан менен икооматтын ортосунда напил намаз окуу мустахаб.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) таалим берүүдөгү ыкмасы, маанилүү ишти айтарда аны бир канча жолу кайталаган.
 Эки азан дегени: азан менен икоомат. Көбүнчө буга эки азан деп айтылат. Күн менен айды "эки ай", Абу Бакр менен Умарды "эки Умар" деген сыяктуу.
 Азан намаздын убактысы киргенин билдирүү үчүн айтылат. Икоомат болсо, намаздын башталгандыгын билдирүү үчүн айтылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65479</t>
   </si>
   <si>
-    <t>إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ</t>
+    <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
   </si>
   <si>
     <t>“Адам өлгөндө, анын иш-аракеттери бүт токтойт. Бирок үч ишинин гана сообу токтобой улана берет. Алар: эл пайдасын көргөн, сообу үзүлбөгөн садакалары; бирөөлөргө үйрөтүп кеткен пайдалуу илим-билими; артынан дуба кылган ыймандуу баласы”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: “Адам өлгөндө, анын иш-аракеттери бүт токтойт. Бирок үч ишинин гана сообу токтобой улана берет. Алар: эл пайдасын көргөн, сообу үзүлбөгөн садакалары; бирөөлөргө үйрөтүп кеткен пайдалуу илим-билими; артынан дуба кылган ыймандуу баласы”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
 الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
 الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
 الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адам өлгөндө анын иш-амалдары токтоп каларын кабаларган. Өлгөн адамга анын себеби менен ишке ашкан төмөнкү үч иштин гана сообу жетип турат:
 Биринчи: Вакфка берген мүлкү, же салып койгон мечити, же казып суу чыгарып койгон кудугу сыяктуу сообу токтобой агып туруучу садага иштери.
 Экинчи: Адамдар пайдалана турган илими. Илим жолунда жазган китептери, же кимдир бирөөнү окутуп үйрөткөн илими. Ал өлгөндөн кийин анын жазган китеби окулган сайын, же ал илим берген адам башкаларга илимин тараткан сайын сообу ага жазыла берет.
 Үчүнчү: Ата-энесине дуба кылган ыймандуу, саалих баланын дубасы.</t>
   </si>
   <si>
     <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
 خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
 كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
 العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
 الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
 الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
 الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
   </si>
   <si>
     <t>Аалымдар адам өлгөндөн кийин анын артынан сообу жете турган иштерге сообу токтобогон садагалар, башкалар пайдасын көрө турган илимдер жана дубалар деп айтышкан. Башка хадисте буларга кошумча ажылык ибадаты да айтылган.
 Хадисте ушул үч ишти айтып, ушуларды аткарууга үндөгөн. Анткени, булар жакшылыктын негизи, пазилеттүү адамдар артына калтырып кетүүнү максат кылган иштер.
 Бардык эле пайдалуу илимдер үчүн сооп берилет. Бирок илимдердин эң башында жана биринчи сабында шарият илими жана шариятка тиешелүү илимдер турат.
 Бул үч иштин ичинен эң пайдалуусу илим таратуу. Анткени, үйрөнгөн адам пайдалана турган илим шариятты сактай турган жалпы калайыкка пайдасы тие турган илим. Бул илим бул дүйнө жашоосуна да, акырет жашоосуна да зарыл нерселерди камтыган илим.
 Хадис, саалих ыймандуу балдарды тарбиялоого үндөйт. Мындай балдар дуба аркылуу ата-энесинин акыретине да пайдасын тийгизет.
 Ошондой эле, ата-эненин көзү өткөндөн кийин да аларга жакшылык кылууга үндөйт. Бул дагы балага пайдасы тие турган жакшы иштерден болуп эсептелет.
 Өлгөн адамга баласынан башкалардын дубасы деле пайдасын тийгизет. Хадисте баласын айтканынын себеби, башкаларга караганда баласы ата-энесин көбүрөөк эстеп, көбүрөөк дуба кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65566</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ</t>
+    <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
   </si>
   <si>
     <t>О, Аллахтын элчиси, Сааддын энеси кайтыш болду. Ал үчүн кандай садака кылсам жакшы? - дейт. Аллахтын элчиси: "Суу" - дейт. Кийин Саад кудук казып, суу чыгарып: "Бул Сааддын энеси үчүн (садака)" - деди</t>
   </si>
   <si>
     <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
   </si>
   <si>
     <t>Саад бин Убаданын (ага Аллах ыраазы болсун) айтымында, ал Аллахтын элчисине: О, Аллахтын элчиси, Сааддын энеси кайтыш болду. Ал үчүн кандай садака кылсам жакшы? - дейт. Аллахтын элчиси: "Суу" - дейт. Кийин Саад кудук казып, суу чыгарып: "Бул Сааддын энеси үчүн (садака)" - деди.</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>Саад бин Убаданын (ага Аллах ыраазы болсун) энеси кайтыш болот. Ал пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) энеси үчүн кандай садака кылса жакшы болорун сурайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) садакалардын ичинен эң жакшысы суу экенин айтат. Кийин Саад кудук казып, суу чыгарып, аны энесинин атынан садака деп элдерге пайдаланууга берет.</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>Суу эң жакшы садака экени баяндалган.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Саадга сууну садака кыл деп багыт көрсөткөн. Анткени, ал учурда күн ысык, суу тартыш болуп сууга муктаждык чоң болгон. Суу чыгаруу дүйнөлүк да, акыреттик да пайдаларды алып келген.
 Жасалган садакалардын сообу өтүп кеткен адамдарга жетет.
 Саад бин Убада (ага Аллах ыраазы болсун) энесине жакшылык кылган уул болгон.</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65613</t>
   </si>
   <si>
-    <t>لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ</t>
+    <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>Бирөөлөрдүн ата тегин кемсинткен, бирөөлөргө каргыш айткан, бузук иштерди кылган, уят сөздөрдү сүйлөгөн адамдын ыйманы толук болбойт</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бирөөлөрдүн ата тегин кемсинткен, бирөөлөргө каргыш айткан, бузук иштерди кылган, уят сөздөрдү сүйлөгөн адамдын ыйманы толук болбойт".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: адамда төмөнкүдөй жаман сапаттары болсо, анын ыйманы толук болбойт: адамдардын ата тегин кемсинтсе, дайыма сөгүнүп каргыш айтып жүрсө, уят жаман иштерди кылып, ушундай сөздөрдү сүйлөсө.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>Шарияттын тексттеринде арам иштерди жасаган же парз иштерди аткарбаган адамга гана ыйманы алсыз деп айтылат.
 Дене мүчөлөрдү, айрыкча, тилди зыян берүүдөн сактоо зарыл.
 Ас-Синдий минтип айтат: Бирөөнүн тегин кемсинтүү жана каргыш айтуу деген эки сыпаттын күчөтмө мааниде айтылганы, мындайга ылайыктуу болгон адамдарга карата кээ-кээде, аз-аз айтылса, мындайды айткан адамды ыймандуу деп сыпаттоого зыянын тийгизбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65869</t>
   </si>
   <si>
-    <t>وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ</t>
-[...2 lines deleted...]
-    <t>"Суу жетпеген согончокторго азап болот, дааратты жеткиликтүү алгыла!" - деди</t>
+    <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
+  </si>
+  <si>
+    <t>Суу жетпеген согончокторго азап болот, дааратты жеткиликтүү алгыла!" - деди</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
     <t>Абдуллах ибн Амр (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге Меккеден Мадинага келе жатканбыз. Сууга жеткенибизде адамдар асыр намазына шашылып даарат ала башташты. Биз алардын жанына келип, кээ бирлери согончогуна суу жеткирбей кургак калып даарат алып жатканын көрдүк. Ошондо пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун):  "Суу жетпеген согончокторго азап болот, дааратты жеткиликтүү алгыла!" - деди.</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабалары менен Меккеден Мадинага келе жаткан. Жолдо сууга туш келип, асыр намазын өз убагында окуу үчүн шашылып даарат ала башташат. Сахабалардын кээ бири шашылып даарат алгандыктан, согончокторуна суу жеткирбей, караган адамга кургак калып жатканы көрүнөт. Ошондо пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) даарат алганда кемчиликтүү алып, согончокторуна суу жеткирбей кургак калтырган адамдарга тозокто азап болорун айтып, аларды дааратты жакшы, толук алууга буйруйт.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Даарат алганда эки бутту жууш парз. Жылаң аяк бутка масх тартуу жарабайт. Анткени согончокторун жуубай калтырган адамга тозоктун азабы болору айтылган.
 Дааратта жуула турган дене мүчөлөрүн толук жуу зарыл. Жуу зарыл болгон мүчөлөрдүн бир аз бөлүгүнө атайын же маани бербей суу тийгизбей койсо, намазы жарактуу болбойт.
 Билбеген адамга үйрөтүп, туура багыт берүү зарыл.
 Парз же сүннөт амалды туура эмес аткарып жаткан кишини көргөндө, билген адам аны өзүнө ылайык жол менен эскертип тыйышы керек.
 Мухаммад Исхак ад-Дахлави минтип айткан: "Дааратты жеткиликтүү алуу үч түрдүү болот: жууй турган мүчөнү бир жолу жуу - парз. Үч жолуу жуу - сүннөт. Үч жолу жууганда  жуулчу мүчөнүн жуула турган чегинен ашыра жуу - мустахаб".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>Аллах Таала кээ бир амалдарды парз кылган, аларды аткарбай койбогула! Чектерди койгон, андан ашып кетпегиле! Кээ бир нерселерди арам кылган, аларга кирип кетпегиле! Кээ бир нерселерде унутуп эмес, силерге ырайым кылып унчуккан эмес. Аларды изилдебегиле!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Абу Саълаба Хушани Журсум бин Нашир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таала кээ бир амалдарды парз кылган, аларды аткарбай койбогула! Чектерди койгон, андан ашып кетпегиле! Кээ бир нерселерди арам кылган, аларга кирип кетпегиле! Кээ бир нерселерде унутуп эмес, силерге ырайым кылып унчуккан эмес. Аларды изилдебегиле!"</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтат: Аллах Таала кээ бир иштерди аткарууну милдет парз кылган, мындай иштерди жеңил санап, же кайдыгерлик кылып аткарбай койбогула. Ал силерге чектерди белгилеп, эскертүүлөрдү берди, алар силерди Аллах ыраазы болбой турган иштерден тосуп, эскертип турат. Шарият буйругандан ашыкча кылып кошуп жибербегиле. Арамдарды ачык баяндады, ага жакындабагыла. Андан башка нерселерди пенделерине ырайым кылып, унчукпай калтырып койгон. Алар ошол мубах боюнча кала берет, аларды тереңдеп изилдебегиле.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Бул хадис шариятты Аллах түзгөндүгүнө, ошондуктан бардык иштер Анын колунда экендигине далил.
+Хадис шарияттын өкүм жана мубах эрежелерин камтыйт: шарият өкүмү же так айтылат, же унчукпай калтырылат. Ал: важыб же мандуб болуп буйрулат, же болбосо арам же макүрү болуп тыйылат. Же мубах болот.
+Ал эми Аллах Таала парз да кылбай, чек да койбой, тыюу да салбай калтырып койгон иштер баары - адал.
+Хадисти бөлүп-бөлүп, ачык, түшүнүктүү кылып айтканы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) мыкты сөз чебери экенин айтып турат.
+Аллахтын парз амалдарын аткаруу зарыл милдет.
+Аллахтын чектеген чектеринен ашып кетүү - арам, тыю салынган.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>“Чынында иш-аракеттер ниетке жараша болот. Аныгында, ар бир адам ниетиндегисине жетет</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Ыймандуулардын амири Абу Хафс Умар бин Хаттаб (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтып жатканын уктум: “Чынында иш-аракеттер ниетке жараша болот. Аныгында, ар бир адам ниетиндегисине жетет.  Кимдин хижраты (жер которуу) Аллах жана Анын элчиси үчүн болсо, анын хижраты Аллах жана Анын элчиси үчүн болот. Ал эми кимдин хижраты жетчү дүнүйө үчүн, же үйлөнчү аял үчүн болсо, ошол ниетиндегисине хижрат кылган болот”.</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Иш-аракеттерди калыс Аллах үчүн аткарууга үндөө. Анткени Аллах Өзүнүн жүзү үчүн аткарылган иш-аракеттерден башкасын кабыл албайт.
+Эгерде балакатка жеткен адам Аллах Таалага жакындата турган амалдарды адатынча аткарса, анда ал амалдары менен Аллахка жакындоого ниет кылмайынча ал үчүн сооп болбойт.
+Ниет аркылуу ибадаттар бири-биринен айырмаланып турат, ошондой эле ибадаттар адаттардан ажыратылат.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Абу Абдурахман Абдулла бин Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум:||"Ислам беш нерсеге (түркүккө) негизделген : Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси деп күбөлүк берүү, намаз окуу, зекет берүү, (Каабага) ажылык кылуу, Рамазанда орозо кармоо</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Абу Абдурахман Абдулла бин Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Ислам беш нерсеге (түркүккө) негизделген : Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси деп күбөлүк берүү, намаз окуу, зекет берүү, (Каабага) ажылык кылуу, Рамазанда орозо кармоо".</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>“Силердин энеңердин курсагындагы өрчүүңөр кырк күн (суу абалда) болот</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Абу Абдурахман Абдуллах бин Масуд (ага Аллах ыраазы болсун) айтат: Чынчылдыгы тастыкталган Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге минтип айткан: “Силердин энеңердин курсагындагы өрчүүңөр кырк күн (суу абалда) болот.  Андан кийин дагы ошончо күн канга айланат. Андан кийин дагы ошончо күн бир тиштем этке айланат. Андан кийин периште жиберилип, ага жан үйлөйт. Ошондой эле (ал периште) төрт нерсени: баланын ырыскысын, ажалын, амалын, бактылуу же бактысыз болорун жазууга буйрулат. Андан башка ибадатка татыктуу кудай болбогон Аллага ант берип айтам, кээ бириң бейишке барчулардын иш-амалын кылып жүрүп, бейишке кирерине бир чыканактай калганда китебинде жазылганы ишке ашат да, тозокко кирчүлөрдүн иш-амалын кылып тозокко кирет. Кээ бириң тозокко кирчүлөрдүн иш-амалын кылып жүрүп, тозокко кирерине бир чыканактай калганда, китебинде жазылганы ишке ашат да бейишке кирчүлөрдүн иш-амалын кылып бейишке кирет”.</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Инсандын жаралуу этаптары айтылган.
+Тагдыр жана жазмышка ыйман келтирүү зарыл.
+Бардык иш-аракеттердин акыры - башында тагдыр кылынганына жараша жана жазылган китеби боюнча өтөт.
+Иш-аракеттердин тышкы сүрөттөрүнө алданып калуудан эскертүү болду. Анткени иш-аракеттер акырына карап бааланат.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>Кимде-ким биздин шариятыбызга анда болбогон жаңы ишти киргизсе, ал өзүнө кайтарылат</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Ыймандуулардын энеси Умму Абдулла Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактосу болсун) минтип айткан: "Кимде-ким биздин шариятыбызга анда болбогон жаңы ишти киргизсе, ал өзүнө кайтарылат ".</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Ибадаттар Куран жана сүннөттө келген далилдерге карап дайындалган. Аллах Таалага Ал шарият кылган нерсе менен гана ибадат кылабыз, жаңы пайда болгон жана ойдон чыгарылган нерсе менен эмес.
+Дин оюна келгенди же көңүлүнө жакканды аткаруу менен болбойт, Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчүү менен болот.
+Бул хадис диндин толуктугуна далил.
+Динде жаңыдан пайда болгон, пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жана сахабалардын убагында болбогон акыйда ишенимге, сөзгө, амалга тиешелүү иштин баары - бидаат (диндеги жаңылык).
+Бул хадис Ислам негидеринин бири, бул амалдагы тараза сыяктуу. Аллахтын ыраазылыгы көздөлбөгөн бардык амалдар, аны аткаруучуга сооп болбойт. Ошондой эле Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген жолго дал келбесе, ал аткарган адамга кайра кайтарылат.
+Бул хадис азыркы тескери иштерди, жаңы пайда болгон бидаат амалдарды четке кага турган эреже.
+Жаңыдан пайда болгон тыюу салынган иштер динге гана тиешелүү, дүйнө иштерине тиешелүү эмес.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Абу Абдулла Нууман бин Башир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум:||Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Абу Абдулла Нууман бин Башир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк».</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Бул хадис азгырык-ишенимдерден сактанууга негиз болгон эреже.
+Өкүмү тактала элек күмөндүү нерселерди таштоого үндөдү.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Абу Рукая Тамим бин Аус ад-Даари (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||«Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Аллахтын Китеби үчүн, Аллахтын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Абу Рукая Тамим бин Аус ад-Даари (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Аллахтын Китеби үчүн, Аллахтын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты».</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Ислам динин кармануу - чын ыкластуулукка жана чынчылдыкка негизделгенин, Аллах буйругандай толук, кемчиликсиз жана алдамчылыксыз менен аткарылышын айткан. Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун): «Насаат кимге берилет?» - деп сурашканда ал мындай деди: Биринчиси: Насаат Аллах Таала үчүн б.а. чын-ыкластан Аллах үчүн иш-аракеттерди аткаруу, Ага шерик кошпоо. Ага рубубиятта, илахиятта жана ысым-сыпаттарында ыйман келтирүү, Анын буйругун бийик тутуп аткаруу жана Ага ыйман келтирүүгө чакыруу. Экинчиси: Насаат Аллахтын Китеби үчүн, ал Ыйык Куран б.а. бул Аллахтын сөзү, китептеринин акыркысы экендигине жана ал Куран өзүнөн мурунку бардык шарият мыйзамдарын жокко чыгарганына ишенүүбүз, Аны урматтообуз жана аны туура окуубуз керек. Андагы мухкам аяттарга амал кылуубуз жана муташабих аяттарга моюн сунуубуз зарыл. Аны бурмалоочулардын чечмелөөсүнөн коргообуз. Анын насааттарын, анын илимин таралуусун жана ага чакырууну этибарга алуубуз керек. Үчүнчүсү: Насаат Аллахтын элчиси Мухаммад (ага Аллахтын тынчтыгы жана мактоосу болсун) үчүн б.а. ал элчилердин акыркысы экенине ишенүүбүз жана ал алып келген нерсени тастыктообуз, анын буйруктарына баш ийүүбүз жана тыюу салган нерселеринен сактануубуз, ал алып келген нерсе менен гана Аллахка ибадат кылуубуз, анын акысын улуктообуз, урматтообуз, анын даават, шарият мыйзамын жайылтуубуз жана Ага коюлган дооматтарды четке кагуубуз керек. Төртүнчүсү: Насаат мусулмандардын башчылары үчүн б.а. бул мусулмандардын башчыларына акыйкатты жайылтууда жардам берүү, алар менен бир иштерде талашып-тартышпоо жана Аллахка ибадат кылууда аларды угуп жана аларга моюн сунуу керек. Бешинчиси: Насаат жалпы мусулмандар үчүн б.а. бул жалпы мусулмандарга жакшылык кылуу жана аларга даават кылуу, аларга зыян жеткирүүдөн тыйылуу, аларга жакшылыктын жетүүсүн жакшы көрүү жана алар менен жакшылыкка жана такыбалыкка көмөктөшүү.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>Мен силерди эмнеден тыйсам, андан тыйылгыла! Мен силерди эмнеге буйрусам, аны чамаңардын жетишинче аткаргыла</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: "Мен силерди эмнеден тыйсам, андан тыйылгыла! Мен силерди эмнеге буйрусам, аны чамаңардын жетишинче аткаргыла.  Силерден мурда жашап өткөндөрдүн көбү пайгамбарына каяша сүйлөгөнү жана бейпайда суроолорду көп бергени үчүн кыйраган".</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге минтип айтып жатат: эгер ал бизди кайсы бир иштен тыйса, биз эч бир каяшасыз дароо тыйылышыбыз зарыл. Ал эми ал бизди кайсы бир ишке буйруса, ал ишти алыбызга жараша гана аткарабыз. Андан кийин мурда жашап өткөн кээ бир элдерди эскерип, алар пайгамбарларына көп суроо берип, каршы чыгып, акырында ошол себептүү Аллах Таала аларды кыйратып жок кылганын айтып, ошолор сыяктуу болбогула деди.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Бул хадис буйрукту аткаруунун, тыюудан тыйылуунун эрежелерин камтыйт.
+Тыйылган иштердин эч бирин аткарууга болбойт. Ал эми буйрулган иштерди кудуретке жараша аткарууга уруксат. Анткени тыйылууга бардык адам кадыр. Ал эми аткарууга келгенде бардык эле адамдын кудурети бирдей эмес.
+Көп суроо берүүдөн тыюу боюнча аалымдар суроолорду эки түргө бөлүшөт: биринчиси, дин иштеринин кайсы бирин билип алуу үчүн берилген суроо. Буга сахабалардын сурагандары кирет, мындай суроолорду берүү шариятта буйрулган. Экинчиси: өзүнө-өзү оорлук жаратуу үчүн, көктүк кылып атайын берилген суроолор. Мына ушундай суроолорго тыюу салынган.
+Мурдагы үммөттөрдө болгон сыяктуу, бул үммөткө пайгамбарына каршы чыгуу катуу эскертилди.
+Тыюу азды да, көпту да камтыйт. Анткени, жаман иштин азынан да, көбүнөн да тыйылмайынча ал сактанган болбойт. Мисалы: Сүткордуктун азы да, көбү да сүткордук. Бизди андан тыйдыбы, демек азынан да, көбүнөн да тыйылышыбыз керек.
+Арам ишке алып бара турган себептерди да таштоо керек; анткени, бул дагы сактанууга кирет.
+Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кайсы бир буйругун укканда, аны "бул важыб бекен, же мустахаб бекен" деп изилдеп отуруунун кажети жок. Тескерисинче, аны аткарууга дароо киришүү керек. Хадисте: "...аны алыңардын жетишинче аткаргыла" - деп айтылган.
+Көп суроо берүү, айрыкча, толук чечмеленбей турган, кайып болгон кыяматтагы адамдардын абалы сыяктуу маселелерде кыйроого себеп болот. Мындайларды тереңдеп, казып сурай берсең кыйроого кабыласың.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларды пайгамбарларды буйруган нерсеге буйруган. Ал минтип айткан: "Оо, элчилер! Таза, адал нерседен жегиле! Жакшы иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн". (Муминун, 51-аят). Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...!" деген. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алыс сапарга чыгып, чачы саксайып жүдөгөн, үстү-башын чаң баскан адам колун өйдө көтөрүп: “Оо, Раббим! Оо, Раббим!” - деп дуба кылганын эскерип, анан мындай деди: “Анын жегени арам, ичкени арам, кийгени арам, арамдан азыктанат. Анан анын дубасы кантип кабыл болсун?!”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларды пайгамбарларды буйруган нерсеге буйруган. Ал минтип айткан: "Оо, элчилер! Таза, адал нерседен жегиле! Жакшы иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн". (Муминун, 51-аят). Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...!" деген. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алыс сапарга чыгып, чачы саксайып жүдөгөн, үстү-башын чаң баскан адам колун өйдө көтөрүп: “Оо, Раббим! Оо, Раббим!” - деп дуба кылганын эскерип, анан мындай деди: “Анын жегени арам, ичкени арам, кийгени арам, арамдан азыктанат. Анан анын дубасы кантип кабыл болсун?!”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Аллах Таала затында, сыпаттарында, иштеринде жана өкүмдөрүндө кемчиликсиз толук.
+Амалдар калыс Аллах үчүн, анан пайгамбар көрсөткөн тартипте болуусу буйрулган.
+Амал кылууга үндөгөн учурда шыктандыруучу сөздөрдү пайдаланууга болот. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Аллах Таала элчилерди буйруган нерсеге ыймандууларды да буйруган" - деп айтты. Ыймандуулар аларга буйрулуп жаткан иштер пайгамбарларга да буйрулганын билген соң ошол амалдарды кылууга шыктанып, аракет кылышат.
+Дубанын кабыл болуусун тыйып койо турган иштердин бири - арам тамактануу.
+Дубанын кабыл болуусуна себеп боло турган иштер бешөө: Бириничиси: Адамга кыйынчылык жараткан алыс сапар; Экинчиси: Адамдын жалбарган абалы; Үчүнчүсү: Колду асманга көтөрүү; Төртүнчүсү: Аллахтын рубубиятын кайталап Аллахка кайрылуу. Мындай кылуу дуба кабыл болуу үчүн өтө зарыл иштердин бири; Бешинчиси: жеген-ичкенинин адал, таза болуусу.
+Адалдан тамактануу жакшы иш-амалдарды аткарууга жардам бере турган иштерден.
+Ал-Каазы (Ияд) минтип айткан: Тазалык - ыпластыктын тескериси. Эгер таза деген сыпат Аллах Таалага карата айтылса, бардык кемчиликтен таза, жамандыктардан алыс деген маани. А эгер бул сыпат менен пенде сыпатталса, жаман ахлактардан, бузук амалдардан таза, анын тескериси менен кооздолгон деген маани. Эгер мал-жандыктар сыпатталса, жакшы мал-жандыктын адалдары максат кылынат.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>Шек-күмөндүү ишти таштап, күмөнү жок ишти кыл</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>"Абу Мухаммад Хасан бин Али бин Абу Талиб, Аллахтын элчисинин жыпар жыттуу небереси (аларга Аллах ыраазы болсун) айтат: Аллахтын элчисинен бул сөздөрдү жаттап алгам: "Шек-күмөндүү ишти таштап, күмөнү жок ишти кыл".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сөз болобу, иш болобу, арамбы же адалбы, тыйуу салынганбы же тыйуу салынбаганбы, белгисиз болгон шектүү нерселерди таштоого буйруган. Анын ордуна эч кандай шеги жок иштерди кылуу керек.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Абу Хамза Анас бин Малик, Аллахтын элчисинин кызматчысы (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Силердин эч кимиңер өзүнө жакшы көргөн нерсени диндеш боордошу үчүн да жакшы көрмөйүнчө ыйманы толук болбойт</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Абу Хамза Анас бин Малик, Аллахтын элчисинин кызматчысы (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силердин эч кимиңер өзүнө жакшы көргөн нерсени диндеш боордошу үчүн да жакшы көрмөйүнчө ыйманы толук болбойт".</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>Чындыгында, Аллах бардык нерсеге жакшылык кылууну буйруган</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Абу Йъала Шаддад бин Аус (ага Аллах ыраазы болсун) айтат:  Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Чындыгында, Аллах бардык нерсеге жакшылык кылууну буйруган.  Ошондуктан өлтүрсөңөр, кыйнабай өлтүргүлө. Мууздасаңар, кыйнабай мууздагыла. Мууздаган адам бычагын курчутуп алсын, жандыктын жанын кыйнабай чыгарсын».</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>Эй, бала! Мен сага ушундай (пайдалуу) сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун көрөсүң. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурасаң, анда Аллахтан жардам сура</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Абу Аббас, Абдулла бин Аббас (аларга Аллах ыраазы болсун) айтат: Бир күнү Аллахтын элчиси минген улоого учкашып бара жатсам, ал мындай деди: «Эй, бала! Мен сага ушундай (пайдалуу) сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун көрөсүң. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурасаң, анда Аллахтан жардам сура.  Билип ал! Эгерде бүткүл үммөт сага пайда берүү үчүн бириксе да, алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле үммөттүн баары сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Калемдер көтөрүлгөн, барактар кургаган».</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ибн Аббас (ага Аллах ыраазы болсун) бала кезинде Пайгамбаыбыздын улоосуна  учкашып бара жатканын кеп кылат.  Ошондо Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: «Мен сага Аллах сага пайда бере турган иштерди жана нерселерди үйрөтөм» - деп төмөнкүлөрду айтат: Аллахтын буйруктарын аткаруу менен жана тыюу салган нерселеринен сактануу менен Аллахтын шариятын сакта. Аллах сени жакшы амалдардын, ибадаттардын үстүндө көрсүн. Сени күнөөлөрдүн үстүндө көрбөсүн. Ушуларга амал кылсаң, анда мунун сыйлыгы Аллах сени дүйнө жана акырет кыйынчылыктарынан сактайт, кайда болбогун иштериңе жардам берет. А эгер бир нерсе сурагың келсе, анда Аллахтан гана сура, анткени сурагандарга Ал гана жооп берет. А эгер жардам кааласаң, анда Аллахтан гана жардам сурап, Ага таян. Сенде ушундай ишенич болсун, эгерде бүткүл жер жүзүндөгү бардык адамдар сага пайда берүү үчүн бириксе да алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле бүткүл жер жүзүндөгү бардык адамдар сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Чындыгында, бул иш Аллах Таала тарабынан жазылган жана Анын даанышмандыгынын жана илиминин талабына ылайык тагдыр кылынган. Аллах жазып койгон нерседе эч кандай өзгөртүү болбойт. Кимде-ким Анын буйругун аткарып, тыйганынан тыйылып Аллахтын динин сактаса, Аллах Таала анын жанында болот, т.а. ал эмнеге муктаж экенин билет, ага жардам берип, колдойт. Эгерде инсан жайчылык жашоодо Аллахты эстеп, Ага таат-ибадат кылса, кыйынчылыкта Аллах ага жеңилдик берип, эшик ачат. Ар бир инсан Аллахтын жакшы жана жаман тагдырына ыраазы болсун. Кыйынчылык, мээнеткечтик адамдан сабырды талап кылат. Сабыр ийгиликтин ачкычы. Кыйынчылык күчөгөндө Аллахтан жардам келет. Кыйынчылыктын артынан Аллах Таала жеңилдикти келтирет.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Жаштарга жана жаш балдарга таухидти жана адеп-ахлакты ж.б. дин иштеринен окутуу зарыл.
+Иш-аракеттердин түрүнө жараша сооп-сыйлык болот же жаза болот.
+Иштер Аллахка таянуу менен жана Ага гана таваккүль кылуу менен болот. Ал эң жакшы Кепилдике Алуучу.
+Тагдырга жана тагдырдын ишке ашуусуна ыйман келтирүү жана ага ыраазы болуу. Чындыгында, Аллах Таала бардык нерсени тагдыр кылган.
+Ким Аллахтын буйругунда кемчилик кетирсе, анда Аллах аны адаштырат жана аны сактабайт.
+Эгер инсандын башына мүшкүл, кыйынчылык келсе, анын артынан жеңилдикти күтсүн деген чоң сүйүнчү кабар айтылган.
+Пенденин башына балээ түшкөндө жана жакшы көргөнүнөн ажыраганда көңүл жубатуу айтылган: "Билип ал, сенин башыңа келген нерсе, сенден өтүп кетмек эмес. Сенден өтүп кеткен нерсе, сенин башыңа келмек эмес". Биринчи сүйлөм кыйынчылыктан сооротуу, экинчиси жакшы көргөнүнөн ажыраганда сооротуу.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Абу Масуд Укба бин Амр Ансари Бадри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Мурдагы пайгамбарлардын сөздөрүнөн адамдарга кеңири тараганы: "Эгер уялбасаң, каалаганыңды кыла бер" деген сөз</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Абу Масуд Укба бин Амр Ансари Бадри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мурдагы пайгамбарлардын сөздөрүнөн адамдарга кеңири тараганы: "Эгер уялбасаң, каалаганыңды кыла бер" деген сөз".</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Абу Амр - башка айтымда, Абу Амра - суфян бин Абдулла (ага Аллах ыраазы болсун) айтат:||Мен: О, Аллахтын элчиси, мага Исламдагы бир сөздү үйрөт, ал жөнүндө сенден башка эч кимден сурабаймын, - дедим. Ал: "Аллахка ыйман келтирдим" дегин, анан түз жүргүн" - деди</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Абу Амр - башка айтымда, Абу Амра - суфян бин Абдулла (ага Аллах ыраазы болсун) айтат: Мен: О, Аллахтын элчиси, мага Исламдагы бир сөздү үйрөт, ал жөнүндө сенден башка эч кимден сурабаймын, - дедим. Ал: "Аллахка ыйман келтирдим" дегин, анан түз жүргүн" - деди.</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Абу Абдулла Жаабир бин Абдулла Ансари (аларга Аллах ыраазы болсун) айтат: Бир киши Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип сурады:  «Айтыңызчы, мен парз намаздарын окуп, Рамазан орозосун кармасам, адалды адал деп билип, арамды арам деп билсем жана бул нерселерге эч нерсе кошпосом, анда мен бейишке киреминби?» Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): «Ооба» - деди.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>Тазалык – ыймандын жарымы. "Алхамдулиллах" деп айтуу амал таразасын толтурат. "Субхааналлах" жана "Алхамдулиллах" деп айтуу асман менен жердин</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Абу Маалик Ал-Хаарис ибн Аасим Ашарий (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Тазалык – ыймандын жарымы. "Алхамдулиллах" деп айтуу амал таразасын толтурат. "Субхааналлах" жана "Алхамдулиллах" деп айтуу асман менен жердин ортосун толтурат. Намаз – нур, садага - далил, ал эми сабырдуулук -жылуу таптуу нур. Куран - сенин пайдаңа же зыяныңа күбө болот. Ар бир инсан күндө өз напсисин Аллах үчүн же шайтан үчүн сатыкка коёт, анан аны куткарып алат же аны зыянга учуратат».</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Адамдар ар бир мүчөсү үчүн күн сайын садага берүүгө милдеттүү. Эки адамды жараштыруу - садага. Кишини улоосуна мингизип, же буюм-теримин улоосуна артышып коюу - садага. Ооздон чыккан жакшы сөз - садага. Намаз окуу үчүн мечитке каттаган ар бир кадам - садага. Зыяны тие туган нерсени жолдон алып таштоо - садага</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адамдар ар бир мүчөсү үчүн күн сайын садага берүүгө милдеттүү. Эки адамды жараштыруу - садага. Кишини улоосуна мингизип, же буюм-теримин улоосуна артышып коюу - садага. Ооздон чыккан жакшы сөз - садага. Намаз окуу үчүн мечитке каттаган ар бир кадам - садага. Зыяны тие туган нерсени жолдон алып таштоо - садага".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>Силерге Аллахка такыба болууну осуят кылам. Эгер силерге кул киши башчылык кылса да аны уккула жана укканыңарды аткаргыла. Мен өтүп кеткенден кийин көбүрөөк жашаганыңар өтө көп карама-каршылыктарды көрөсүңөр. Менин жана туура жолго баштаган халифаларымдын сүннөт-жолун кармангыла</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Абу Нажих Ирбаз бин Сария (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге насаат айтты. Андан жүрөктөр титиреп, көздөр жаш алды. Биз: "О Аллахтын элчиси, бул сөздөрүңүз биз менен коштошуп жаткандай туюлду. Бизге осуят кылыңызчы"  - дедик. Ал мындай деди: "Силерге Аллахка такыба болууну осуят кылам. Эгер силерге кул киши башчылык кылса да аны уккула жана укканыңарды аткаргыла. Мен өтүп кеткенден кийин көбүрөөк жашаганыңар өтө көп карама-каршылыктарды көрөсүңөр. Менин жана туура жолго баштаган халифаларымдын сүннөт-жолун кармангыла . Бул сүннөт-жолго азуу тишиңер менен тиштеп жармашкыла. Жаңыдан пайда болгон иштерден сак болгула! Анткени жаңыдан пайда болгон бидааттын баары - адашуу".</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>Сен өтө чоң нерсени сурадың, бирок Аллах жеңил кылган адамга бул өтө жеңил</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Муаз бин Жабал (ага Аллах ыраазы болсун) айтат: Мен Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу  болсун) кайрылып: "О Аллахтын элчиси, мени тозоктон оолак кылып, бейишке киргизе турган ишти айтыңызчы" - деп сурандым. Ал мындай деди: "Сен өтө чоң нерсени сурадың, бирок Аллах жеңил кылган адамга бул өтө жеңил: Аллахка эч нерсени шерик кылбастан ибадат кыласың. Намаздарынды окуйсуң. Зекетиңди бересиң. Рамазанда орозо кармайсың. Ажылык кыласың". Анан ал сөзүн улай мындай деди: "Сага жакшылыктын эшиктерин айтып берейинби? Орозо - далил болот. Садага - суу отту өчүргөндөй күнөөлөрдү өчүрөт. Кишинин түн ортосунда туруп окуган намазы..." деп, анан бул аятты окуду: "Алардын капталдары жатчу жайынан өйдө болуп..." - дегенден баштап: "...кылган иштерине..." - деген жерине чейин окуду. Анан кайра сөзүн улап: "Сага иштин өзөгүн, түркүгүн жана эң өйдө чокусун айтып берейинби? - деди. Мен: "Ооба, айтыңыз" - дедим. "Иштин өзөгү - Ислам, анын түркүгү - намаз, анын чокусу - жихад" - деди. Анан: "Сага булардын баарынын падышасын айтайынбы?" - деп сурады. Мен: "Ооба, айтыңыз" - дедим. Ал тилин кармады да, анан: "Ушуну тый" - деди. Мен: "О Аллахтын элчиси, тилибиз үчүн да жооп беребизби?" - дедим. Ал: "О жарыбагыр десе, адамдарды тилинин күнөөлөрү гана тозокко тумшугу менен киргизип жатпайбы!" - деди.</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>Өзгө да, өзгөгө да зыян берүүгө болбойт</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Абу Саид Саад бин Малик бин Синан ал-Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Өзгө да, өзгөгө да зыян берүүгө болбойт".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) өзүнө жана башкаларга зыяндын ар кандай түрлөрүнөн жана көрүнүштөрүнөн сактануу керек экенин баяндады. Ошондуктан кимдир бирөө өзүнө да, башкаларга да зыян келтириши туура эмес. Зыянга зыян менен жооп берүү адал эмес. Анткени зыян зыян менен кетирилбейт. Бирок зыянды чектен чыкпастан өч алуу (касас) менен жоюуга болот.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Жазага тартылгандарды чегинен ашыра жазалоого тыюу салынат.
+Аллах пенделерине зыяндуу нерселерди кылууга буйруган эмес.
+Бул хадис бирөөгө тил менен, иш менен же аткарбай таштоо менен зыян берүүнүн жана зыянга зыян менен жооп берүүнүн арамдыгын билдирген эреже.
+Шарият эрежелеринин бири: “Зыян жок кылынат”. Ошондуктан шарият зыян тартууга жол бербейт жана зыян келтирүүнү четке кагат.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Ибн Аббас (ал экөөнө Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Эгерде адамдарга доомат артканы бериле берсе, анда адамдар башкалардын мал-мүлк, кан-жанын доомат менен талап кыла бермек. Андыктан, доомат кылган киши күбө-далил алып келиши керек. Ал эми дооматты четке каккан киши касам ичет</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Ибн Аббас (ал экөөнө Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде адамдарга доомат артканы бериле берсе, анда адамдар башкалардын мал-мүлк, кан-жанын доомат менен талап кыла бермек. Андыктан, доомат кылган киши күбө-далил алып келиши керек. Ал эми дооматты четке каккан киши касам ичет".</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>Аллах Таала жакшылыктарды жана жамандыктарды жазып, анан аларды баяндап берген</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Ибн Аббас (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббисинин айтканын минтип айткан: "Аллах Таала жакшылыктарды жана жамандыктарды жазып, анан аларды баяндап берген.  Кимде-ким бир жакшылыкты ниет кылып, бирок аткара албай калса, Аллах Таала ага ошол жакшылыкты толук аткарды деп жазат. Эгер ниет кылып, анан ниетиндегини иш жүзүндө аткарса, анда ага ондон жети жүзгө чейин же андан да көп эселеген жакшылыктарды жазат. Эгерде пенде бир жаман ишти ниет кылып, бирок аны аткарбаса, ага толук бир жакшылыкты жазат. А эгер ниет кылып, ниетин иш жүзүндө аткарса, ага бир жамандык жасады деп жазат".</t>
+  </si>
+  <si>
+    <t>Аллахтын бул үммөткө жакшылыктарды көбөйтүп, Аны Өзүнүн алдында жазып, жамандыктарды көбөйтпөөдөгү улуу пезилетин баяндоо.
+Иш-аракеттерди аткаруудагы ниеттин маанилүүлүгү жана анын  таасири.
+Аллах Тааланын пазилети, боорукердиги жана жакшылыгы бул кимде-ким бир жакшылык кылууга ниет кылып, аны аткара албай калса, анда Аллахтын ага жакшылык жазуусу.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Аллах Таала мындай деди: "Кимде-ким Менин досума душман болсо, Мен ага согуш жарыялайм. Пендем Мага эң сүйүктүү болгон парз ибадаттарды аткаруу менен жакындагандай башка нерсе менен жакындай албайт</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таала мындай деди: "Кимде-ким Менин досума душман болсо, Мен ага согуш жарыялайм. Пендем Мага эң сүйүктүү болгон парз ибадаттарды аткаруу менен жакындагандай башка нерсе менен жакындай албайт.  Пендем напил ибадаттары менен мага жакындай берсе, Мен аны жакшы көрүп калам. Эгер жакшы  көрүп калсам, анда анын уга турган кулагы, көрө турган көзү, кармай турган колу, баса турган буту болот. Эгер сураса, сураганын сөзсүз берем. Эгер коргоо тилесе, коргоомо алам".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Бул кудуси хадисте пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын "ким менин досторумдун бирине зыян тийгизсе, Мен ага ачууланып, каарымды төгүп, ага душмандыгымды жарыялайм" дегенин айткан. Биз дос деп айтып жаткан "вали" деген сөздүн мааниси: такыба, ыймандуу адам. Пенденин ыйманынын жана такыбалыгынын даражасына жараша анын Аллага дос болуу насиби көтөрүлө берет. Пендени Аллахка жакындата турган эң негизги нерсе Анын буйруктарын аткарып, тыюуларынан тыйылып такыба болуу. Ал эми парздар менен бирге напилдерди да аткарып Аллахка жакындай берсе, Аллахтын махабатына жетет. Эгер Аллах аны жакшы көрсө, анда аны төмөнкү төрт мүчөсүн арамдан сактайт: Угуусун сактайт, Аллах ыраазы боло турган сөздөрдү гана угуп калат. Көрүүсүн сактайт, Аллах кароону жакшы көргөн жана ыраазы болгон нерсени гана карап калат. Колун сактайт, колу менен Аллах ыраазы боло турган иштерди гана жасайт. Буттарын сактайт, Аллах ыраазы боло турган жерлерге гана басат, жакшылык бар нерсеге гана аракет кылат. Аны менен бирге Аллахтан эмнени сураса, Аллах ага сураганын берет. Дубасы кабыл болуучу киши болот. Эгер Аллахка кайрылып, Андан коргоо тилесе, Аллах аны корккон нерсесинен сактап, коргоп, пааналайт.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>Силердин эч кимиңер каалоосу мен алып келген нерсени (динди) ээрчимейинче толук ыймандуу боло албайт</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Абу Мухаммад Абдулла бин Амр бин Аас (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силердин эч кимиңер каалоосу мен алып келген нерсени (динди) ээрчимейинче толук ыймандуу боло албайт".</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ал алып келген буйрук жана тыюулардан турган динди ээрчип, буйруктарын жакшы көрүп, тыйган иштерин жек көрмөйүнчө адамдын ыйманы талаптагыдай толук болбостугун айткан.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Бул хадис адам өзүн толук шариятка тапшырып, Ага баш ийүүсүн билдирген эреже.
+Хадисте акылы же адат боюнча өкүм чыгарып, аны пайгамбар алып келген шарияттан алдыга койгондорго катуу эскертүү бар. Мындай кылган адамдын ыйманы толук эмес.
+"Ал алып келген..." деген сөзү бардык нерседе шарияттын өкүмү важыб экенине далил.
+Ыйман - таат-ибадат менен көбөйүп, күнөө-ката менен азаят.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Бардык мас кылуучулар - арам.</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Абу Бурда атасы Абу Муса Ашаринин (ага Аллах ыраазы болсун) айтканын айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны Йеменге жөнөтөт. Кийин Абу Муса пайгамбардан йемендиктер жасаган ичимдик тууралуу сурайт. Пайгамбарыбыз: "Ал эмне экен?" - деп тактайт. Абу Муса: "Ал-битъу ва алмизру" - дейт. Андан "ал-битъу" эмне экенин сурашканда, ал: "Ал-битъу - балдын кайнатмасы, ал-мизру - арпанын кайнатмасы" - деп түшүндүрөт. Пайгамбарыбыз: "Бардык мас кылуучулар - арам" - деп жооп берет. Имам Бухари.</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Абу Муса Ашари кабарлайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны Йеменге жибергенде, ал Йеменде жасалган ичимдиктер жөнүндө сурайт. Пайгамбарыбыз аны чечмелеп сурайт. Абу Муса алар балдан жана арпадан жасалган ичимдиктер экенин айтат. Ошондо кыска сөз менен түшүндүрүү артыкчылыгы берилген пайгамбарыбыз: "Бардык (акылды кетире турган) мас кылуучулар - арам" - дейт.</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Набиз: Курманы, же жүзүмдү, же арпаны, же балды сууга салып кайнатып, анан сүзүп алынган шире. Кээде ал ачып кетет да, мас кылуучу касиетке ээ болуп калат.
+Бул хадис арак, наша сыяктуу бардык мас кылуучу нерселердин баары арам экенине далил болгон эреже.
+Мусулман адамга өзүнө керектүү билбеген нерсесин сурап билип алуусу зарыл.
+Аракка алгач кээ бир мухажирлердин намаз окуп жатып кыраатында адашып туура эмес окуп алган учурда тыюу салынган. Аллах Таала: "Эй, ыймандуу пенделер! Эмнени айтып жатканыңарды аңдап билмейинче мас абалыңарда намазга жакындабагыла!" (Ниса, 43-аят). Мында Пайгамбарыбыздын жарчысы "мас болгондор намазга келбесин!" деп жар салган. Андан көп өтпөй Аллах Таала аракка толук тыюу салып: "Эй, ыймандуу пенделер! Чынында, арак, кумар, буркан таштар жана жебе (менен төлгө салуу) шайтандын ыплас иштеринен. Андан оолак болгула! (Ошондо тозоктон) кутуларсыңар.  
+91. Арак жана кумар аркылуу шайтан силердин ортоңорго жек көрүүнү, душмандыкты киригизүүнү жана силерди намаз окуудан, Алланы эстөөдөн алагды кылып тосууну каалайт. Эми токтотосуңарбы?!" деген аяттарды түшүргөн (Маида, 90-91-аяттар).
+Аллах Таала аракты анын коомду буза турган зыяны чоң болгону үчүн арам кылган.
+Арам болуу үчүн мас кылуучу сыпаты болушу керек. Эгер кайнатылган шире мас кылса, ал - арам. Эгер мас кылуучу сыпаты жок болсо, аны ичүү мубах.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Абдуллах бин Амир (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Кимде төмөнкү төрт сыпат болсо, ал анык мунапык болот. Эгер булардын бири болсо, анда мунапыктыктын белгиси болот: сүйлөгөндө жалган сүйлөсө, убадасын аткарбаса, талашса чектен чыгып кетсе, келишимди (кыянаттык менен) бузса</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Абдуллах бин Амир (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде төмөнкү төрт сыпат болсо, ал анык мунапык болот. Эгер булардын бири болсо, анда мунапыктыктын белгиси болот: сүйлөгөндө жалган сүйлөсө, убадасын аткарбаса, талашса чектен чыгып кетсе, келишимди (кыянаттык менен) бузса".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>Эгерде силер Аллахка чындап тобокел (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы бермек</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Умар бин Хаттаб (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: «Эгерде силер Аллахка чындап тобокел (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы бермек».</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Жакшылык - бул жакшы адеп-ахлак. Күнөө - көкүрөгүңдү өйүгөн жана адамдар билүүсүн жек көргөн иштериң</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Наваас бин Симаан (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген:  "Жакшылык - бул жакшы адеп-ахлак. Күнөө - көкүрөгүңдү өйүгөн жана адамдар билүүсүн жек көргөн иштериң"</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшылык жана күнөө тууралуу баяндоосуна ылайык, жакшылыктын эң негизги белгиси Аллахка такыба болгон жана калайыкка зыянын тийгизбеген жакшы ахлак, бул ачууланбоо, жүзү жарык, сылык сүйлөө, карым-катышта болуп, жумшак, кичи пейил, жакшы мамиле жана жакшы сүйлөшүү менен болот. Жакшылык - бул, напси жана жүрөк тынч алган иштер. Күнөө – жүрөктө тынчсыздануу жараткан, адамдын көкүрөгү бейпилдик таппаган күмөндүү иштер. Ал тууралуу шектенүү пайда болот жана бул иш күнөө болуп калышы мүмкүн деген коркунуч жүрөктө туулат. Ошондой эле адам аны эл алдында көрсөтүүнү каалабайт. Анткени адам табиятынан элге жакшы жагын гана көрсөткүсу келет. Эгер кылганын элге көрсөтүүнү жек көрсө демек, бул күнөө, анда эч жакшылык жок. Эгер бирөөлөр аны кылууга фатва берип жатса да, өзүңдө экиленүү болсо, алардын айтканын аткарба. Анткени туура илимге негизделбеген фатва күмөндү кетире албайт. (Күмөн анык болуп, фатва берген адам аны билбестен фатва бере бериши мүмкүн). А эгер фатва шарияттык далилге таянып чыгарылса, анда фатва алган адам, эгер көңүлу жай таппаса деле аны аткарса болот.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Абдулла бин Буср (ага Аллах ыраазы болсун) айтат: Пайгамбарыбызга бир киши келип: "О Аллахтын элчиси! Ислам шарияты (напил амалдар) бизге көптүк кылып жатат. Анын баарына татый турган дайыма аткарып жүрө турган амал барбы?" - деп сурады. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Тилиң ар дайым Аллахты зикир кылуу менен нымдалып турсун".</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ky/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -17989,51 +19305,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O479"/>
+  <dimension ref="A1:O519"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -19305,21157 +20621,23091 @@
       </c>
       <c r="D29" t="s">
         <v>267</v>
       </c>
       <c r="E29" t="s">
         <v>268</v>
       </c>
       <c r="F29" t="s">
         <v>269</v>
       </c>
       <c r="G29" t="s">
         <v>270</v>
       </c>
       <c r="H29" t="s">
         <v>271</v>
       </c>
       <c r="I29" t="s">
         <v>272</v>
       </c>
       <c r="J29" t="s">
         <v>273</v>
       </c>
       <c r="K29" t="s">
         <v>274</v>
       </c>
+      <c r="L29" t="s">
+        <v>275</v>
+      </c>
       <c r="M29" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C30" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D30" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E30" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F30" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G30" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H30" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I30" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3061</v>
       </c>
       <c r="B31" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C31" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F31" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G31" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H31" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I31" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3062</v>
       </c>
       <c r="B32" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C32" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D32" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E32" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F32" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G32" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H32" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I32" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3063</v>
       </c>
       <c r="B33" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C33" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D33" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F33" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="G33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I33" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>25</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3071</v>
       </c>
       <c r="B34" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C34" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D34" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E34" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F34" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="G34" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H34" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I34" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>170</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>171</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3075</v>
       </c>
       <c r="B35" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C35" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D35" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E35" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F35" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G35" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H35" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="I35" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>25</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3078</v>
       </c>
       <c r="B36" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C36" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D36" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E36" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F36" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G36" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3079</v>
       </c>
       <c r="B37" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3086</v>
       </c>
       <c r="B38" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3087</v>
       </c>
       <c r="B39" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3088</v>
       </c>
       <c r="B40" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C40" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D40" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E40" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F40" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G40" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I40" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>170</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>171</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3095</v>
       </c>
       <c r="B41" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3096</v>
       </c>
       <c r="B42" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C42" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D42" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E42" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F42" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G42" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3103</v>
       </c>
       <c r="B43" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D43" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E43" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G43" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3104</v>
       </c>
       <c r="B44" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C44" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D44" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="G44" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H44" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I44" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3107</v>
       </c>
       <c r="B45" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C45" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D45" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E45" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F45" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="G45" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H45" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I45" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3110</v>
       </c>
       <c r="B46" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C46" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D46" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F46" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="G46" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H46" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I46" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3122</v>
       </c>
       <c r="B47" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C47" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D47" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E47" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F47" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G47" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H47" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I47" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K47" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L47" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M47" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3127</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C48" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D48" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E48" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F48" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="G48" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H48" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="I48" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
         <v>25</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
         <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3135</v>
       </c>
       <c r="B49" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G49" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H49" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="I49" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3138</v>
       </c>
       <c r="B50" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C50" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D50" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E50" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F50" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="G50" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="I50" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>170</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>171</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3142</v>
       </c>
       <c r="B51" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C51" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D51" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G51" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="I51" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>59</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>61</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3143</v>
       </c>
       <c r="B52" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C52" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E52" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F52" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G52" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H52" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I52" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>25</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>27</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3144</v>
       </c>
       <c r="B53" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C53" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D53" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E53" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F53" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="G53" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H53" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I53" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>3145</v>
       </c>
       <c r="B54" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C54" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D54" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E54" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F54" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="G54" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="H54" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="I54" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>3150</v>
       </c>
       <c r="B55" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C55" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D55" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E55" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F55" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G55" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H55" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="I55" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>3153</v>
       </c>
       <c r="B56" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C56" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D56" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E56" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F56" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G56" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H56" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="I56" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>3156</v>
       </c>
       <c r="B57" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C57" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D57" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F57" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G57" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H57" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="I57" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>3157</v>
       </c>
       <c r="B58" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C58" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D58" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E58" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F58" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G58" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H58" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I58" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>170</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>171</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>3159</v>
       </c>
       <c r="B59" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C59" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D59" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E59" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F59" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G59" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H59" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="I59" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J59" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K59" t="s">
         <v>59</v>
       </c>
       <c r="L59" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M59" t="s">
         <v>61</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>3220</v>
       </c>
       <c r="B60" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C60" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D60" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E60" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F60" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="G60" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H60" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="I60" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>3236</v>
       </c>
       <c r="B61" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C61" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D61" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E61" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F61" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="G61" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H61" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="I61" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>3267</v>
       </c>
       <c r="B62" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C62" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D62" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E62" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F62" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="G62" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="H62" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="I62" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
         <v>170</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
         <v>171</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>3272</v>
       </c>
       <c r="B63" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D63" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E63" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F63" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G63" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H63" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="I63" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>3279</v>
       </c>
       <c r="B64" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C64" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E64" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F64" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G64" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H64" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="I64" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>3298</v>
       </c>
       <c r="B65" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C65" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D65" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E65" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F65" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G65" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H65" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="I65" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>170</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>171</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>3310</v>
       </c>
       <c r="B66" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C66" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E66" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F66" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="G66" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H66" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I66" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>3313</v>
       </c>
       <c r="B67" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D67" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E67" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F67" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G67" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H67" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="I67" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>3316</v>
       </c>
       <c r="B68" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C68" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D68" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E68" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F68" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G68" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H68" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="I68" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>47</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>48</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>3317</v>
       </c>
       <c r="B69" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C69" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D69" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E69" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F69" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G69" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H69" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I69" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>3330</v>
       </c>
       <c r="B70" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C70" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D70" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E70" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F70" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="G70" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H70" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="I70" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>3331</v>
       </c>
       <c r="B71" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C71" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D71" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E71" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="F71" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G71" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H71" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="I71" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
         <v>25</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>3336</v>
       </c>
       <c r="B72" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C72" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D72" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E72" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="F72" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="G72" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H72" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="I72" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>3341</v>
       </c>
       <c r="B73" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C73" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D73" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E73" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="F73" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G73" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="H73" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="I73" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
         <v>47</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
         <v>48</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>3342</v>
       </c>
       <c r="B74" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C74" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D74" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E74" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F74" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="G74" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H74" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="I74" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
         <v>170</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
         <v>171</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>3345</v>
       </c>
       <c r="B75" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C75" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D75" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E75" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F75" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G75" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H75" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="I75" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
         <v>25</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>27</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>3347</v>
       </c>
       <c r="B76" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C76" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D76" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E76" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F76" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G76" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H76" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="I76" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>3348</v>
       </c>
       <c r="B77" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C77" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D77" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E77" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="F77" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G77" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H77" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="I77" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>3350</v>
       </c>
       <c r="B78" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C78" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D78" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E78" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F78" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="G78" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="H78" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="I78" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="J78" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K78" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="L78" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M78" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>3352</v>
       </c>
       <c r="B79" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C79" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D79" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="E79" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="F79" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="G79" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="H79" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="I79" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="J79" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="K79" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="L79" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="M79" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>3354</v>
       </c>
       <c r="B80" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C80" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D80" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="E80" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="F80" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="G80" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="H80" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="I80" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
         <v>25</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
         <v>27</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>3355</v>
       </c>
       <c r="B81" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C81" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D81" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="E81" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F81" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="G81" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H81" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="I81" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
         <v>25</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
         <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>3359</v>
       </c>
       <c r="B82" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C82" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D82" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E82" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F82" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="G82" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H82" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="I82" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>3361</v>
       </c>
       <c r="B83" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C83" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D83" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="E83" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F83" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="G83" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H83" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="I83" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>170</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>171</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>3365</v>
       </c>
       <c r="B84" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C84" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D84" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E84" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F84" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="G84" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="H84" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="I84" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
         <v>25</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
         <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>3366</v>
       </c>
       <c r="B85" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C85" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D85" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E85" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F85" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G85" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="H85" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="I85" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>25</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>3370</v>
       </c>
       <c r="B86" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C86" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D86" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="E86" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F86" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="G86" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="H86" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="I86" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>3372</v>
       </c>
       <c r="B87" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C87" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D87" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="E87" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F87" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G87" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H87" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="I87" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>170</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>171</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>3373</v>
       </c>
       <c r="B88" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C88" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D88" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E88" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F88" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="G88" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H88" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="I88" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>170</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>171</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>3375</v>
       </c>
       <c r="B89" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C89" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D89" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E89" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="F89" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="G89" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H89" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="I89" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="J89" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K89" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L89" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M89" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>3381</v>
       </c>
       <c r="B90" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C90" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D90" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E90" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F90" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="G90" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H90" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="I90" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="J90" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K90" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L90" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M90" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>3383</v>
       </c>
       <c r="B91" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C91" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D91" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="E91" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F91" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="G91" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="H91" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="I91" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
         <v>274</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>3389</v>
       </c>
       <c r="B92" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C92" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D92" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E92" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="F92" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="G92" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H92" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="I92" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>3390</v>
       </c>
       <c r="B93" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C93" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D93" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="E93" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="F93" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="G93" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="H93" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="I93" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>3395</v>
       </c>
       <c r="B94" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C94" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D94" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="E94" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="F94" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="G94" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H94" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="I94" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>3406</v>
       </c>
       <c r="B95" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C95" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D95" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="E95" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F95" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="G95" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="H95" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="I95" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>47</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>48</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>3407</v>
       </c>
       <c r="B96" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C96" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D96" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="E96" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="F96" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="G96" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H96" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="I96" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
         <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
         <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>3409</v>
       </c>
       <c r="B97" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C97" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D97" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="E97" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="F97" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="G97" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="H97" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="I97" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
         <v>25</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
         <v>27</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>3410</v>
       </c>
       <c r="B98" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C98" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D98" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="E98" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F98" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="G98" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H98" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="I98" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>3414</v>
       </c>
       <c r="B99" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C99" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D99" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="E99" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="F99" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="G99" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="H99" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="I99" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>47</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>48</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>3417</v>
       </c>
       <c r="B100" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C100" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D100" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="E100" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="F100" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="G100" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="H100" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="I100" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>3418</v>
       </c>
       <c r="B101" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C101" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D101" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="E101" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="F101" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="G101" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="H101" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="I101" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>170</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>171</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>3419</v>
       </c>
       <c r="B102" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C102" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D102" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="E102" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="F102" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="G102" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H102" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="I102" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>3420</v>
       </c>
       <c r="B103" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C103" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D103" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E103" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F103" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="G103" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H103" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I103" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>170</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>171</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>3422</v>
       </c>
       <c r="B104" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C104" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D104" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="E104" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="F104" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="G104" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="H104" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="I104" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>3437</v>
       </c>
       <c r="B105" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C105" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D105" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="E105" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="F105" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="G105" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="H105" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="I105" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>3438</v>
       </c>
       <c r="B106" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C106" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D106" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="E106" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F106" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="G106" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H106" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="I106" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>3444</v>
       </c>
       <c r="B107" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C107" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D107" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E107" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F107" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="G107" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H107" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="I107" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>3461</v>
       </c>
       <c r="B108" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C108" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D108" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="E108" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F108" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="G108" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H108" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="I108" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>25</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>3470</v>
       </c>
       <c r="B109" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C109" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D109" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E109" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F109" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="G109" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="H109" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="I109" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>3475</v>
       </c>
       <c r="B110" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C110" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D110" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E110" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="F110" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="G110" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="H110" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="I110" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>47</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>48</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>3476</v>
       </c>
       <c r="B111" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C111" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D111" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E111" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F111" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="G111" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="H111" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="I111" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>3480</v>
       </c>
       <c r="B112" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C112" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D112" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="E112" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="F112" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="G112" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="H112" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="I112" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>170</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>171</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>3481</v>
       </c>
       <c r="B113" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C113" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D113" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="E113" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F113" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="G113" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="H113" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="I113" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>170</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>171</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>3503</v>
       </c>
       <c r="B114" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C114" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D114" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="E114" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="F114" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="G114" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="H114" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="I114" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>3512</v>
       </c>
       <c r="B115" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C115" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D115" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="E115" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="F115" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G115" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="H115" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="I115" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
         <v>3518</v>
       </c>
       <c r="B116" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C116" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D116" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="E116" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F116" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="G116" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="H116" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="I116" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
+      <c r="M116" t="s">
+        <v>1083</v>
+      </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
         <v>3520</v>
       </c>
       <c r="B117" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C117" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="D117" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="E117" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="F117" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="G117" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="H117" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I117" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>59</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>61</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>3534</v>
       </c>
       <c r="B118" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="C118" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="D118" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="E118" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="F118" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="G118" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="H118" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="I118" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>3546</v>
       </c>
       <c r="B119" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C119" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="D119" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="E119" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="F119" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="G119" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="H119" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="I119" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>3552</v>
       </c>
       <c r="B120" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C120" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="D120" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="E120" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="F120" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="G120" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="H120" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="I120" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>3553</v>
       </c>
       <c r="B121" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C121" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D121" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="E121" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="F121" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="G121" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="H121" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="I121" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>47</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>48</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>3567</v>
       </c>
       <c r="B122" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="C122" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="D122" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="E122" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="F122" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="G122" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="H122" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="I122" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="J122" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K122" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="L122" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M122" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>3574</v>
       </c>
       <c r="B123" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="C123" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="D123" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="E123" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="F123" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="G123" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="H123" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="I123" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>170</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>171</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>3575</v>
       </c>
       <c r="B124" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="C124" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="D124" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="E124" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="F124" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="G124" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="H124" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="I124" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>3581</v>
       </c>
       <c r="B125" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C125" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="D125" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="E125" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="F125" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="G125" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="H125" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="I125" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>47</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>48</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>3588</v>
       </c>
       <c r="B126" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="C126" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D126" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="E126" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="F126" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="G126" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="H126" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="I126" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>3591</v>
       </c>
       <c r="B127" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="C127" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="D127" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="E127" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="F127" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="G127" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="H127" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="I127" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>170</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>171</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>3686</v>
       </c>
       <c r="B128" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C128" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D128" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="E128" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="F128" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="G128" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="H128" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="I128" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>47</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>48</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>3689</v>
       </c>
       <c r="B129" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="C129" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="D129" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="E129" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="F129" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="G129" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="H129" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="I129" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>25</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>27</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>3700</v>
       </c>
       <c r="B130" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C130" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="D130" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="E130" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="F130" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="G130" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="H130" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="I130" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>3701</v>
       </c>
       <c r="B131" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="C131" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="D131" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="E131" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="F131" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="G131" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="H131" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="I131" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
         <v>25</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>27</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>3702</v>
       </c>
       <c r="B132" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="C132" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="D132" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="E132" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="F132" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="G132" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="H132" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="I132" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
         <v>47</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>48</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>3706</v>
       </c>
       <c r="B133" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="C133" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="D133" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="E133" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="F133" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="G133" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="H133" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="I133" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>3711</v>
       </c>
       <c r="B134" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="C134" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="D134" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="E134" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="F134" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="G134" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="H134" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="I134" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>170</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>171</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>3716</v>
       </c>
       <c r="B135" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C135" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="D135" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="E135" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F135" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="G135" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="H135" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="I135" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>48</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>3718</v>
       </c>
       <c r="B136" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C136" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="D136" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="E136" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="F136" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="G136" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="H136" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="I136" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>170</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>171</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
         <v>3719</v>
       </c>
       <c r="B137" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="C137" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="D137" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="E137" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="F137" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="G137" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="H137" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="I137" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
         <v>3731</v>
       </c>
       <c r="B138" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C138" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="D138" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="E138" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="F138" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="G138" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="H138" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="I138" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
         <v>25</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>27</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
         <v>3732</v>
       </c>
       <c r="B139" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C139" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="D139" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="E139" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="F139" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="G139" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="H139" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="I139" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>170</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>171</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
         <v>3753</v>
       </c>
       <c r="B140" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C140" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D140" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="E140" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="F140" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="G140" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="H140" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="I140" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
         <v>3756</v>
       </c>
       <c r="B141" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C141" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="D141" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="E141" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="F141" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="G141" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="H141" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="I141" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>25</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
         <v>3791</v>
       </c>
       <c r="B142" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C142" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="D142" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="E142" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="F142" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="G142" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="H142" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="I142" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="J142" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="K142" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="L142" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="M142" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
         <v>3854</v>
       </c>
       <c r="B143" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C143" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="D143" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="E143" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="F143" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="G143" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="H143" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="I143" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>47</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>48</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
         <v>4176</v>
       </c>
       <c r="B144" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="C144" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="D144" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="E144" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="F144" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="G144" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="H144" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="I144" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
         <v>170</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>171</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
         <v>4186</v>
       </c>
       <c r="B145" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="C145" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="D145" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="E145" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="F145" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="G145" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="H145" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="I145" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
         <v>59</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
         <v>61</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
         <v>4196</v>
       </c>
       <c r="B146" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="C146" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D146" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="E146" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="F146" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="G146" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="H146" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="I146" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
         <v>4198</v>
       </c>
       <c r="B147" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="C147" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="D147" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="E147" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="F147" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="G147" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="H147" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="I147" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
         <v>4202</v>
       </c>
       <c r="B148" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C148" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D148" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="E148" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="F148" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="G148" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="H148" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="I148" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
         <v>4204</v>
       </c>
       <c r="B149" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C149" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D149" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="E149" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="F149" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="G149" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="H149" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="I149" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>47</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>48</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
         <v>4206</v>
       </c>
       <c r="B150" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="C150" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="D150" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="E150" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="F150" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="G150" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="H150" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="I150" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
         <v>4211</v>
       </c>
       <c r="B151" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="C151" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="D151" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="E151" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="F151" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="G151" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="H151" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="I151" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
         <v>25</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
         <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4243</v>
+        <v>4216</v>
       </c>
       <c r="B152" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="C152" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="D152" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="E152" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F152" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="G152" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="H152" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="I152" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="J152" t="s">
-        <v>24</v>
+        <v>1418</v>
       </c>
       <c r="K152" t="s">
-        <v>25</v>
+        <v>1419</v>
       </c>
       <c r="L152" t="s">
-        <v>26</v>
+        <v>1420</v>
       </c>
       <c r="M152" t="s">
-        <v>27</v>
+        <v>1421</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4292</v>
+        <v>4243</v>
       </c>
       <c r="B153" t="s">
-        <v>1417</v>
+        <v>1423</v>
       </c>
       <c r="C153" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="D153" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="E153" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="F153" t="s">
-        <v>1421</v>
+        <v>1427</v>
       </c>
       <c r="G153" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="H153" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="I153" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>1425</v>
+        <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
+      <c r="M153" t="s">
+        <v>27</v>
+      </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4295</v>
+        <v>4292</v>
       </c>
       <c r="B154" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="C154" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="D154" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
       <c r="E154" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="F154" t="s">
-        <v>1431</v>
+        <v>1436</v>
       </c>
       <c r="G154" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="H154" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="I154" t="s">
-        <v>1434</v>
+        <v>1439</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>25</v>
+        <v>1440</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>27</v>
+        <v>1441</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4303</v>
+        <v>4295</v>
       </c>
       <c r="B155" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="C155" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="D155" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="E155" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="F155" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="G155" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="H155" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
       <c r="I155" t="s">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="J155" t="s">
-        <v>738</v>
+        <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1156</v>
+        <v>25</v>
       </c>
       <c r="L155" t="s">
-        <v>740</v>
+        <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>1157</v>
+        <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1444</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4304</v>
+        <v>4303</v>
       </c>
       <c r="B156" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="C156" t="s">
-        <v>1446</v>
+        <v>1453</v>
       </c>
       <c r="D156" t="s">
-        <v>1447</v>
+        <v>1454</v>
       </c>
       <c r="E156" t="s">
-        <v>1448</v>
+        <v>1455</v>
       </c>
       <c r="F156" t="s">
-        <v>1449</v>
+        <v>1456</v>
       </c>
       <c r="G156" t="s">
-        <v>1450</v>
+        <v>1457</v>
       </c>
       <c r="H156" t="s">
-        <v>1451</v>
+        <v>1458</v>
       </c>
       <c r="I156" t="s">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="J156" t="s">
-        <v>24</v>
+        <v>739</v>
       </c>
       <c r="K156" t="s">
-        <v>25</v>
+        <v>1158</v>
       </c>
       <c r="L156" t="s">
-        <v>26</v>
+        <v>741</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>1159</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1453</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4309</v>
+        <v>4304</v>
       </c>
       <c r="B157" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
       <c r="C157" t="s">
-        <v>1455</v>
+        <v>1462</v>
       </c>
       <c r="D157" t="s">
-        <v>1456</v>
+        <v>1463</v>
       </c>
       <c r="E157" t="s">
-        <v>1457</v>
+        <v>1464</v>
       </c>
       <c r="F157" t="s">
-        <v>1458</v>
+        <v>1465</v>
       </c>
       <c r="G157" t="s">
-        <v>1459</v>
+        <v>1466</v>
       </c>
       <c r="H157" t="s">
-        <v>1460</v>
+        <v>1467</v>
       </c>
       <c r="I157" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1462</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4314</v>
+        <v>4307</v>
       </c>
       <c r="B158" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="C158" t="s">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="D158" t="s">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="E158" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
       <c r="F158" t="s">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="G158" t="s">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="H158" t="s">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="I158" t="s">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="J158" t="s">
-        <v>24</v>
+        <v>1418</v>
       </c>
       <c r="K158" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L158" t="s">
-        <v>26</v>
+        <v>1420</v>
       </c>
       <c r="M158" t="s">
-        <v>27</v>
+        <v>1479</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1471</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4316</v>
+        <v>4308</v>
       </c>
       <c r="B159" t="s">
-        <v>1472</v>
+        <v>1481</v>
       </c>
       <c r="C159" t="s">
-        <v>1473</v>
+        <v>1482</v>
       </c>
       <c r="D159" t="s">
-        <v>1474</v>
+        <v>1483</v>
       </c>
       <c r="E159" t="s">
-        <v>1475</v>
+        <v>1484</v>
       </c>
       <c r="F159" t="s">
-        <v>1476</v>
+        <v>1485</v>
       </c>
       <c r="G159" t="s">
-        <v>1477</v>
+        <v>1486</v>
       </c>
       <c r="H159" t="s">
-        <v>1478</v>
+        <v>1487</v>
       </c>
       <c r="I159" t="s">
-        <v>1479</v>
+        <v>1488</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
         <v>170</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
         <v>171</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1480</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4318</v>
+        <v>4309</v>
       </c>
       <c r="B160" t="s">
-        <v>1481</v>
+        <v>1490</v>
       </c>
       <c r="C160" t="s">
-        <v>1482</v>
+        <v>1491</v>
       </c>
       <c r="D160" t="s">
-        <v>1483</v>
+        <v>1492</v>
       </c>
       <c r="E160" t="s">
-        <v>1484</v>
+        <v>1493</v>
       </c>
       <c r="F160" t="s">
-        <v>1485</v>
+        <v>1494</v>
       </c>
       <c r="G160" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="H160" t="s">
-        <v>1487</v>
+        <v>1496</v>
       </c>
       <c r="I160" t="s">
-        <v>1488</v>
+        <v>1497</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>170</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>171</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1489</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4319</v>
+        <v>4311</v>
       </c>
       <c r="B161" t="s">
-        <v>1490</v>
+        <v>1499</v>
       </c>
       <c r="C161" t="s">
-        <v>1491</v>
+        <v>1500</v>
       </c>
       <c r="D161" t="s">
-        <v>1492</v>
+        <v>1501</v>
       </c>
       <c r="E161" t="s">
-        <v>1493</v>
+        <v>1502</v>
       </c>
       <c r="F161" t="s">
-        <v>1494</v>
+        <v>1503</v>
       </c>
       <c r="G161" t="s">
-        <v>1495</v>
+        <v>1504</v>
       </c>
       <c r="H161" t="s">
-        <v>1496</v>
+        <v>1505</v>
       </c>
       <c r="I161" t="s">
-        <v>1497</v>
+        <v>1506</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1498</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4322</v>
+        <v>4314</v>
       </c>
       <c r="B162" t="s">
-        <v>1499</v>
+        <v>1508</v>
       </c>
       <c r="C162" t="s">
-        <v>1500</v>
+        <v>1509</v>
       </c>
       <c r="D162" t="s">
-        <v>1501</v>
+        <v>1510</v>
       </c>
       <c r="E162" t="s">
-        <v>1502</v>
+        <v>1511</v>
       </c>
       <c r="F162" t="s">
-        <v>1503</v>
+        <v>1512</v>
       </c>
       <c r="G162" t="s">
-        <v>1504</v>
+        <v>1513</v>
       </c>
       <c r="H162" t="s">
-        <v>1505</v>
+        <v>1514</v>
       </c>
       <c r="I162" t="s">
-        <v>1506</v>
+        <v>1515</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1507</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4538</v>
+        <v>4316</v>
       </c>
       <c r="B163" t="s">
-        <v>1508</v>
+        <v>1517</v>
       </c>
       <c r="C163" t="s">
-        <v>1509</v>
+        <v>1518</v>
       </c>
       <c r="D163" t="s">
-        <v>1510</v>
+        <v>1519</v>
       </c>
       <c r="E163" t="s">
-        <v>1511</v>
+        <v>1520</v>
       </c>
       <c r="F163" t="s">
-        <v>1512</v>
+        <v>1521</v>
       </c>
       <c r="G163" t="s">
-        <v>1513</v>
+        <v>1522</v>
       </c>
       <c r="H163" t="s">
-        <v>1514</v>
+        <v>1523</v>
       </c>
       <c r="I163" t="s">
-        <v>1515</v>
+        <v>1524</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1516</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4549</v>
+        <v>4318</v>
       </c>
       <c r="B164" t="s">
-        <v>1517</v>
+        <v>1526</v>
       </c>
       <c r="C164" t="s">
-        <v>1518</v>
+        <v>1527</v>
       </c>
       <c r="D164" t="s">
-        <v>1519</v>
+        <v>1528</v>
       </c>
       <c r="E164" t="s">
-        <v>1520</v>
+        <v>1529</v>
       </c>
       <c r="F164" t="s">
-        <v>1521</v>
+        <v>1530</v>
       </c>
       <c r="G164" t="s">
-        <v>1522</v>
+        <v>1531</v>
       </c>
       <c r="H164" t="s">
-        <v>1523</v>
+        <v>1532</v>
       </c>
       <c r="I164" t="s">
-        <v>1524</v>
+        <v>1533</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1525</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4555</v>
+        <v>4319</v>
       </c>
       <c r="B165" t="s">
-        <v>1526</v>
+        <v>1535</v>
       </c>
       <c r="C165" t="s">
-        <v>1527</v>
+        <v>1536</v>
       </c>
       <c r="D165" t="s">
-        <v>1528</v>
+        <v>1537</v>
       </c>
       <c r="E165" t="s">
-        <v>1529</v>
+        <v>1538</v>
       </c>
       <c r="F165" t="s">
-        <v>1530</v>
+        <v>1539</v>
       </c>
       <c r="G165" t="s">
-        <v>1531</v>
+        <v>1540</v>
       </c>
       <c r="H165" t="s">
-        <v>1532</v>
+        <v>1541</v>
       </c>
       <c r="I165" t="s">
-        <v>1533</v>
+        <v>1542</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>170</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>171</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1534</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4556</v>
+        <v>4322</v>
       </c>
       <c r="B166" t="s">
-        <v>1535</v>
+        <v>1544</v>
       </c>
       <c r="C166" t="s">
-        <v>1536</v>
+        <v>1545</v>
       </c>
       <c r="D166" t="s">
-        <v>1537</v>
+        <v>1546</v>
       </c>
       <c r="E166" t="s">
-        <v>1538</v>
+        <v>1547</v>
       </c>
       <c r="F166" t="s">
-        <v>1539</v>
+        <v>1548</v>
       </c>
       <c r="G166" t="s">
-        <v>1540</v>
+        <v>1549</v>
       </c>
       <c r="H166" t="s">
-        <v>1541</v>
+        <v>1550</v>
       </c>
       <c r="I166" t="s">
-        <v>1542</v>
+        <v>1551</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1543</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4559</v>
+        <v>4538</v>
       </c>
       <c r="B167" t="s">
-        <v>1544</v>
+        <v>1553</v>
       </c>
       <c r="C167" t="s">
-        <v>1545</v>
+        <v>1554</v>
       </c>
       <c r="D167" t="s">
-        <v>1546</v>
+        <v>1555</v>
       </c>
       <c r="E167" t="s">
-        <v>1547</v>
+        <v>1556</v>
       </c>
       <c r="F167" t="s">
-        <v>1548</v>
+        <v>1557</v>
       </c>
       <c r="G167" t="s">
-        <v>1549</v>
+        <v>1558</v>
       </c>
       <c r="H167" t="s">
-        <v>1550</v>
+        <v>1559</v>
       </c>
       <c r="I167" t="s">
-        <v>1551</v>
+        <v>1560</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1552</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4560</v>
+        <v>4549</v>
       </c>
       <c r="B168" t="s">
-        <v>1553</v>
+        <v>1562</v>
       </c>
       <c r="C168" t="s">
-        <v>1554</v>
+        <v>1563</v>
       </c>
       <c r="D168" t="s">
-        <v>1555</v>
+        <v>1564</v>
       </c>
       <c r="E168" t="s">
-        <v>1556</v>
+        <v>1565</v>
       </c>
       <c r="F168" t="s">
-        <v>1557</v>
+        <v>1566</v>
       </c>
       <c r="G168" t="s">
-        <v>1558</v>
+        <v>1567</v>
       </c>
       <c r="H168" t="s">
-        <v>1559</v>
+        <v>1568</v>
       </c>
       <c r="I168" t="s">
-        <v>1560</v>
+        <v>1569</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1561</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4563</v>
+        <v>4555</v>
       </c>
       <c r="B169" t="s">
-        <v>1562</v>
+        <v>1571</v>
       </c>
       <c r="C169" t="s">
-        <v>1563</v>
+        <v>1572</v>
       </c>
       <c r="D169" t="s">
-        <v>1564</v>
+        <v>1573</v>
       </c>
       <c r="E169" t="s">
-        <v>1565</v>
+        <v>1574</v>
       </c>
       <c r="F169" t="s">
-        <v>1566</v>
+        <v>1575</v>
       </c>
       <c r="G169" t="s">
-        <v>1567</v>
+        <v>1576</v>
       </c>
       <c r="H169" t="s">
-        <v>1568</v>
+        <v>1577</v>
       </c>
       <c r="I169" t="s">
-        <v>1569</v>
+        <v>1578</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>170</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>171</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1570</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4564</v>
+        <v>4556</v>
       </c>
       <c r="B170" t="s">
-        <v>1571</v>
+        <v>1580</v>
       </c>
       <c r="C170" t="s">
-        <v>1572</v>
+        <v>1581</v>
       </c>
       <c r="D170" t="s">
-        <v>1573</v>
+        <v>1582</v>
       </c>
       <c r="E170" t="s">
-        <v>1574</v>
+        <v>1583</v>
       </c>
       <c r="F170" t="s">
-        <v>1575</v>
+        <v>1584</v>
       </c>
       <c r="G170" t="s">
-        <v>1576</v>
+        <v>1585</v>
       </c>
       <c r="H170" t="s">
-        <v>1577</v>
+        <v>1586</v>
       </c>
       <c r="I170" t="s">
-        <v>1578</v>
+        <v>1587</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>1579</v>
+        <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
+      <c r="M170" t="s">
+        <v>27</v>
+      </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4566</v>
+        <v>4558</v>
       </c>
       <c r="B171" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="C171" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="D171" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="E171" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="F171" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="G171" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="H171" t="s">
-        <v>1587</v>
+        <v>1595</v>
       </c>
       <c r="I171" t="s">
-        <v>1588</v>
+        <v>1596</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1589</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4568</v>
+        <v>4559</v>
       </c>
       <c r="B172" t="s">
-        <v>1590</v>
+        <v>1598</v>
       </c>
       <c r="C172" t="s">
-        <v>1591</v>
+        <v>1599</v>
       </c>
       <c r="D172" t="s">
-        <v>1592</v>
+        <v>1600</v>
       </c>
       <c r="E172" t="s">
-        <v>1593</v>
+        <v>1601</v>
       </c>
       <c r="F172" t="s">
-        <v>1594</v>
+        <v>1602</v>
       </c>
       <c r="G172" t="s">
-        <v>1595</v>
+        <v>1603</v>
       </c>
       <c r="H172" t="s">
-        <v>1596</v>
+        <v>1604</v>
       </c>
       <c r="I172" t="s">
-        <v>1597</v>
+        <v>1605</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1598</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4704</v>
+        <v>4560</v>
       </c>
       <c r="B173" t="s">
-        <v>1599</v>
+        <v>1607</v>
       </c>
       <c r="C173" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="D173" t="s">
-        <v>1601</v>
+        <v>1609</v>
       </c>
       <c r="E173" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="F173" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="G173" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="H173" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="I173" t="s">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4709</v>
+        <v>4563</v>
       </c>
       <c r="B174" t="s">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="C174" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="D174" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="E174" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="F174" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="G174" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="H174" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="I174" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4711</v>
+        <v>4564</v>
       </c>
       <c r="B175" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="C175" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="D175" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="E175" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
       <c r="F175" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="G175" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
       <c r="H175" t="s">
-        <v>1623</v>
+        <v>1631</v>
       </c>
       <c r="I175" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="J175" t="s">
-        <v>1625</v>
+        <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="L175" t="s">
-        <v>1627</v>
+        <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4716</v>
+        <v>4566</v>
       </c>
       <c r="B176" t="s">
-        <v>1630</v>
+        <v>1636</v>
       </c>
       <c r="C176" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
       <c r="D176" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
       <c r="E176" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="F176" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="G176" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="H176" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="I176" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>1156</v>
+        <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>1157</v>
+        <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4717</v>
+        <v>4568</v>
       </c>
       <c r="B177" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="C177" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="D177" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
       <c r="E177" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="F177" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
       <c r="G177" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="H177" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="I177" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4721</v>
+        <v>4704</v>
       </c>
       <c r="B178" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="C178" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="D178" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="E178" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="F178" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="G178" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="H178" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
       <c r="I178" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>1156</v>
+        <v>47</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>1157</v>
+        <v>48</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4722</v>
+        <v>4706</v>
       </c>
       <c r="B179" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
       <c r="C179" t="s">
-        <v>1658</v>
+        <v>1664</v>
       </c>
       <c r="D179" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
       <c r="E179" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="F179" t="s">
-        <v>1661</v>
+        <v>1667</v>
       </c>
       <c r="G179" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="H179" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="I179" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>1665</v>
+        <v>170</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
+      <c r="M179" t="s">
+        <v>171</v>
+      </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1666</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4792</v>
+        <v>4709</v>
       </c>
       <c r="B180" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="C180" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
       <c r="D180" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
       <c r="E180" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="F180" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="G180" t="s">
-        <v>1672</v>
+        <v>1677</v>
       </c>
       <c r="H180" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
       <c r="I180" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4810</v>
+        <v>4711</v>
       </c>
       <c r="B181" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
       <c r="C181" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
       <c r="D181" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="E181" t="s">
-        <v>1679</v>
+        <v>1684</v>
       </c>
       <c r="F181" t="s">
-        <v>1680</v>
+        <v>1685</v>
       </c>
       <c r="G181" t="s">
-        <v>1681</v>
+        <v>1686</v>
       </c>
       <c r="H181" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
       <c r="I181" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="J181" t="s">
-        <v>24</v>
+        <v>1689</v>
       </c>
       <c r="K181" t="s">
-        <v>170</v>
+        <v>1690</v>
       </c>
       <c r="L181" t="s">
-        <v>26</v>
+        <v>1691</v>
       </c>
       <c r="M181" t="s">
-        <v>171</v>
+        <v>1692</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1684</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4811</v>
+        <v>4716</v>
       </c>
       <c r="B182" t="s">
-        <v>1685</v>
+        <v>1694</v>
       </c>
       <c r="C182" t="s">
-        <v>1686</v>
+        <v>1695</v>
       </c>
       <c r="D182" t="s">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="E182" t="s">
-        <v>1688</v>
+        <v>1697</v>
       </c>
       <c r="F182" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
       <c r="G182" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
       <c r="H182" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="I182" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>1323</v>
+        <v>1158</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>1325</v>
+        <v>1159</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1693</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4815</v>
+        <v>4717</v>
       </c>
       <c r="B183" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="C183" t="s">
-        <v>1695</v>
+        <v>1704</v>
       </c>
       <c r="D183" t="s">
-        <v>1696</v>
+        <v>1705</v>
       </c>
       <c r="E183" t="s">
-        <v>1697</v>
+        <v>1706</v>
       </c>
       <c r="F183" t="s">
-        <v>1698</v>
+        <v>1707</v>
       </c>
       <c r="G183" t="s">
-        <v>1699</v>
+        <v>1708</v>
       </c>
       <c r="H183" t="s">
-        <v>1700</v>
+        <v>1709</v>
       </c>
       <c r="I183" t="s">
-        <v>1701</v>
+        <v>1710</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1702</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4817</v>
+        <v>4721</v>
       </c>
       <c r="B184" t="s">
-        <v>1703</v>
+        <v>1712</v>
       </c>
       <c r="C184" t="s">
-        <v>1704</v>
+        <v>1713</v>
       </c>
       <c r="D184" t="s">
-        <v>1705</v>
+        <v>1714</v>
       </c>
       <c r="E184" t="s">
-        <v>1706</v>
+        <v>1715</v>
       </c>
       <c r="F184" t="s">
-        <v>1707</v>
+        <v>1716</v>
       </c>
       <c r="G184" t="s">
-        <v>1708</v>
+        <v>1717</v>
       </c>
       <c r="H184" t="s">
-        <v>1709</v>
+        <v>1718</v>
       </c>
       <c r="I184" t="s">
-        <v>1710</v>
+        <v>1719</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>25</v>
+        <v>1158</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
+        <v>1159</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1711</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4850</v>
+        <v>4722</v>
       </c>
       <c r="B185" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="C185" t="s">
-        <v>1713</v>
+        <v>1722</v>
       </c>
       <c r="D185" t="s">
-        <v>1714</v>
+        <v>1723</v>
       </c>
       <c r="E185" t="s">
-        <v>1715</v>
+        <v>1724</v>
       </c>
       <c r="F185" t="s">
-        <v>1716</v>
+        <v>1725</v>
       </c>
       <c r="G185" t="s">
-        <v>1717</v>
+        <v>1726</v>
       </c>
       <c r="H185" t="s">
-        <v>1718</v>
+        <v>1727</v>
       </c>
       <c r="I185" t="s">
-        <v>1719</v>
+        <v>1728</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>1729</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>1730</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1720</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4935</v>
+        <v>4723</v>
       </c>
       <c r="B186" t="s">
-        <v>1721</v>
+        <v>1732</v>
       </c>
       <c r="C186" t="s">
-        <v>1722</v>
+        <v>1733</v>
       </c>
       <c r="D186" t="s">
-        <v>1723</v>
+        <v>1734</v>
       </c>
       <c r="E186" t="s">
-        <v>1724</v>
+        <v>1735</v>
       </c>
       <c r="F186" t="s">
-        <v>1725</v>
+        <v>1736</v>
       </c>
       <c r="G186" t="s">
-        <v>1726</v>
+        <v>1737</v>
       </c>
       <c r="H186" t="s">
-        <v>1727</v>
+        <v>1738</v>
       </c>
       <c r="I186" t="s">
-        <v>1728</v>
+        <v>1739</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>170</v>
+        <v>1740</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>171</v>
+        <v>1741</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1729</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4939</v>
+        <v>4792</v>
       </c>
       <c r="B187" t="s">
-        <v>1730</v>
+        <v>1743</v>
       </c>
       <c r="C187" t="s">
-        <v>1731</v>
+        <v>1744</v>
       </c>
       <c r="D187" t="s">
-        <v>1732</v>
+        <v>1745</v>
       </c>
       <c r="E187" t="s">
-        <v>1733</v>
+        <v>1746</v>
       </c>
       <c r="F187" t="s">
-        <v>1734</v>
+        <v>1747</v>
       </c>
       <c r="G187" t="s">
-        <v>1735</v>
+        <v>1748</v>
       </c>
       <c r="H187" t="s">
-        <v>1736</v>
+        <v>1749</v>
       </c>
       <c r="I187" t="s">
-        <v>1737</v>
+        <v>1750</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1738</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4947</v>
+        <v>4801</v>
       </c>
       <c r="B188" t="s">
-        <v>1739</v>
+        <v>1752</v>
       </c>
       <c r="C188" t="s">
-        <v>1740</v>
+        <v>1753</v>
       </c>
       <c r="D188" t="s">
-        <v>1741</v>
+        <v>1754</v>
       </c>
       <c r="E188" t="s">
-        <v>1742</v>
+        <v>1755</v>
       </c>
       <c r="F188" t="s">
-        <v>1743</v>
+        <v>1756</v>
       </c>
       <c r="G188" t="s">
-        <v>1744</v>
+        <v>1757</v>
       </c>
       <c r="H188" t="s">
-        <v>1745</v>
+        <v>1758</v>
       </c>
       <c r="I188" t="s">
-        <v>1746</v>
+        <v>1759</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1747</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4950</v>
+        <v>4810</v>
       </c>
       <c r="B189" t="s">
-        <v>1748</v>
+        <v>1761</v>
       </c>
       <c r="C189" t="s">
-        <v>1749</v>
+        <v>1762</v>
       </c>
       <c r="D189" t="s">
-        <v>1750</v>
+        <v>1763</v>
       </c>
       <c r="E189" t="s">
-        <v>1751</v>
+        <v>1764</v>
       </c>
       <c r="F189" t="s">
-        <v>1752</v>
+        <v>1765</v>
       </c>
       <c r="G189" t="s">
-        <v>1753</v>
+        <v>1766</v>
       </c>
       <c r="H189" t="s">
-        <v>1754</v>
+        <v>1767</v>
       </c>
       <c r="I189" t="s">
-        <v>1755</v>
+        <v>1768</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>1323</v>
+        <v>170</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>1325</v>
+        <v>171</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1756</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4958</v>
+        <v>4811</v>
       </c>
       <c r="B190" t="s">
-        <v>1757</v>
+        <v>1770</v>
       </c>
       <c r="C190" t="s">
-        <v>1758</v>
+        <v>1771</v>
       </c>
       <c r="D190" t="s">
-        <v>1759</v>
+        <v>1772</v>
       </c>
       <c r="E190" t="s">
-        <v>1760</v>
+        <v>1773</v>
       </c>
       <c r="F190" t="s">
-        <v>1761</v>
+        <v>1774</v>
       </c>
       <c r="G190" t="s">
-        <v>1762</v>
+        <v>1775</v>
       </c>
       <c r="H190" t="s">
-        <v>1763</v>
+        <v>1776</v>
       </c>
       <c r="I190" t="s">
-        <v>1764</v>
+        <v>1777</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>170</v>
+        <v>1325</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>171</v>
+        <v>1327</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1765</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4965</v>
+        <v>4815</v>
       </c>
       <c r="B191" t="s">
-        <v>1766</v>
+        <v>1779</v>
       </c>
       <c r="C191" t="s">
-        <v>1767</v>
+        <v>1780</v>
       </c>
       <c r="D191" t="s">
-        <v>1768</v>
+        <v>1781</v>
       </c>
       <c r="E191" t="s">
-        <v>1769</v>
+        <v>1782</v>
       </c>
       <c r="F191" t="s">
-        <v>1770</v>
+        <v>1783</v>
       </c>
       <c r="G191" t="s">
-        <v>1771</v>
+        <v>1784</v>
       </c>
       <c r="H191" t="s">
-        <v>1772</v>
+        <v>1785</v>
       </c>
       <c r="I191" t="s">
-        <v>1773</v>
+        <v>1786</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1774</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4968</v>
+        <v>4817</v>
       </c>
       <c r="B192" t="s">
-        <v>1775</v>
+        <v>1788</v>
       </c>
       <c r="C192" t="s">
-        <v>1776</v>
+        <v>1789</v>
       </c>
       <c r="D192" t="s">
-        <v>1777</v>
+        <v>1790</v>
       </c>
       <c r="E192" t="s">
-        <v>1778</v>
+        <v>1791</v>
       </c>
       <c r="F192" t="s">
-        <v>1779</v>
+        <v>1792</v>
       </c>
       <c r="G192" t="s">
-        <v>1780</v>
+        <v>1793</v>
       </c>
       <c r="H192" t="s">
-        <v>1781</v>
+        <v>1794</v>
       </c>
       <c r="I192" t="s">
-        <v>1782</v>
+        <v>1795</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1783</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4969</v>
+        <v>4850</v>
       </c>
       <c r="B193" t="s">
-        <v>1784</v>
+        <v>1797</v>
       </c>
       <c r="C193" t="s">
-        <v>1785</v>
+        <v>1798</v>
       </c>
       <c r="D193" t="s">
-        <v>1786</v>
+        <v>1799</v>
       </c>
       <c r="E193" t="s">
-        <v>1787</v>
+        <v>1800</v>
       </c>
       <c r="F193" t="s">
-        <v>1788</v>
+        <v>1801</v>
       </c>
       <c r="G193" t="s">
-        <v>1789</v>
+        <v>1802</v>
       </c>
       <c r="H193" t="s">
-        <v>1790</v>
+        <v>1803</v>
       </c>
       <c r="I193" t="s">
-        <v>1791</v>
+        <v>1804</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
         <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
         <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1792</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5037</v>
+        <v>4935</v>
       </c>
       <c r="B194" t="s">
-        <v>1793</v>
+        <v>1806</v>
       </c>
       <c r="C194" t="s">
-        <v>1794</v>
+        <v>1807</v>
       </c>
       <c r="D194" t="s">
-        <v>1795</v>
+        <v>1808</v>
       </c>
       <c r="E194" t="s">
-        <v>1796</v>
+        <v>1809</v>
       </c>
       <c r="F194" t="s">
-        <v>1797</v>
+        <v>1810</v>
       </c>
       <c r="G194" t="s">
-        <v>1798</v>
+        <v>1811</v>
       </c>
       <c r="H194" t="s">
-        <v>1799</v>
+        <v>1812</v>
       </c>
       <c r="I194" t="s">
-        <v>1800</v>
+        <v>1813</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
         <v>170</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
         <v>171</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1801</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5272</v>
+        <v>4939</v>
       </c>
       <c r="B195" t="s">
-        <v>1802</v>
+        <v>1815</v>
       </c>
       <c r="C195" t="s">
-        <v>1803</v>
+        <v>1816</v>
       </c>
       <c r="D195" t="s">
-        <v>1804</v>
+        <v>1817</v>
       </c>
       <c r="E195" t="s">
-        <v>1805</v>
+        <v>1818</v>
       </c>
       <c r="F195" t="s">
-        <v>1806</v>
+        <v>1819</v>
       </c>
       <c r="G195" t="s">
-        <v>1807</v>
+        <v>1820</v>
       </c>
       <c r="H195" t="s">
-        <v>1808</v>
+        <v>1821</v>
       </c>
       <c r="I195" t="s">
-        <v>1809</v>
+        <v>1822</v>
       </c>
       <c r="J195" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>727</v>
+        <v>170</v>
       </c>
       <c r="L195" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>728</v>
+        <v>171</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1810</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5273</v>
+        <v>4947</v>
       </c>
       <c r="B196" t="s">
-        <v>1811</v>
+        <v>1824</v>
       </c>
       <c r="C196" t="s">
-        <v>1812</v>
+        <v>1825</v>
       </c>
       <c r="D196" t="s">
-        <v>1813</v>
+        <v>1826</v>
       </c>
       <c r="E196" t="s">
-        <v>1814</v>
+        <v>1827</v>
       </c>
       <c r="F196" t="s">
-        <v>1815</v>
+        <v>1828</v>
       </c>
       <c r="G196" t="s">
-        <v>1816</v>
+        <v>1829</v>
       </c>
       <c r="H196" t="s">
-        <v>1817</v>
+        <v>1830</v>
       </c>
       <c r="I196" t="s">
-        <v>1818</v>
+        <v>1831</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>1819</v>
+        <v>47</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>1820</v>
+        <v>48</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1821</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5326</v>
+        <v>4950</v>
       </c>
       <c r="B197" t="s">
-        <v>1822</v>
+        <v>1833</v>
       </c>
       <c r="C197" t="s">
-        <v>1823</v>
+        <v>1834</v>
       </c>
       <c r="D197" t="s">
-        <v>1824</v>
+        <v>1835</v>
       </c>
       <c r="E197" t="s">
-        <v>1825</v>
+        <v>1836</v>
       </c>
       <c r="F197" t="s">
-        <v>1826</v>
+        <v>1837</v>
       </c>
       <c r="G197" t="s">
-        <v>1827</v>
+        <v>1838</v>
       </c>
       <c r="H197" t="s">
-        <v>1828</v>
+        <v>1839</v>
       </c>
       <c r="I197" t="s">
-        <v>1829</v>
+        <v>1840</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>170</v>
+        <v>1325</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>171</v>
+        <v>1327</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1830</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5330</v>
+        <v>4958</v>
       </c>
       <c r="B198" t="s">
-        <v>1831</v>
+        <v>1842</v>
       </c>
       <c r="C198" t="s">
-        <v>1832</v>
+        <v>1843</v>
       </c>
       <c r="D198" t="s">
-        <v>1833</v>
+        <v>1844</v>
       </c>
       <c r="E198" t="s">
-        <v>1834</v>
+        <v>1845</v>
       </c>
       <c r="F198" t="s">
-        <v>1835</v>
+        <v>1846</v>
       </c>
       <c r="G198" t="s">
-        <v>1836</v>
+        <v>1847</v>
       </c>
       <c r="H198" t="s">
-        <v>1837</v>
+        <v>1848</v>
       </c>
       <c r="I198" t="s">
-        <v>1838</v>
+        <v>1849</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
         <v>170</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>171</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1839</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5331</v>
+        <v>4965</v>
       </c>
       <c r="B199" t="s">
-        <v>1840</v>
+        <v>1851</v>
       </c>
       <c r="C199" t="s">
-        <v>1841</v>
+        <v>1852</v>
       </c>
       <c r="D199" t="s">
-        <v>1842</v>
+        <v>1853</v>
       </c>
       <c r="E199" t="s">
-        <v>1843</v>
+        <v>1854</v>
       </c>
       <c r="F199" t="s">
-        <v>1844</v>
+        <v>1855</v>
       </c>
       <c r="G199" t="s">
-        <v>1845</v>
+        <v>1856</v>
       </c>
       <c r="H199" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
       <c r="I199" t="s">
-        <v>1847</v>
+        <v>1858</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1848</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5332</v>
+        <v>4968</v>
       </c>
       <c r="B200" t="s">
-        <v>1849</v>
+        <v>1860</v>
       </c>
       <c r="C200" t="s">
-        <v>1850</v>
+        <v>1861</v>
       </c>
       <c r="D200" t="s">
-        <v>1851</v>
+        <v>1862</v>
       </c>
       <c r="E200" t="s">
-        <v>1852</v>
+        <v>1863</v>
       </c>
       <c r="F200" t="s">
-        <v>1853</v>
+        <v>1864</v>
       </c>
       <c r="G200" t="s">
-        <v>1854</v>
+        <v>1865</v>
       </c>
       <c r="H200" t="s">
-        <v>1855</v>
+        <v>1866</v>
       </c>
       <c r="I200" t="s">
-        <v>1856</v>
+        <v>1867</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1857</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5333</v>
+        <v>4969</v>
       </c>
       <c r="B201" t="s">
-        <v>1858</v>
+        <v>1869</v>
       </c>
       <c r="C201" t="s">
-        <v>1859</v>
+        <v>1870</v>
       </c>
       <c r="D201" t="s">
-        <v>1860</v>
+        <v>1871</v>
       </c>
       <c r="E201" t="s">
-        <v>1861</v>
+        <v>1872</v>
       </c>
       <c r="F201" t="s">
-        <v>1862</v>
+        <v>1873</v>
       </c>
       <c r="G201" t="s">
-        <v>1863</v>
+        <v>1874</v>
       </c>
       <c r="H201" t="s">
-        <v>1864</v>
+        <v>1875</v>
       </c>
       <c r="I201" t="s">
-        <v>1865</v>
+        <v>1876</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1866</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5335</v>
+        <v>5037</v>
       </c>
       <c r="B202" t="s">
-        <v>1867</v>
+        <v>1878</v>
       </c>
       <c r="C202" t="s">
-        <v>1868</v>
+        <v>1879</v>
       </c>
       <c r="D202" t="s">
-        <v>1869</v>
+        <v>1880</v>
       </c>
       <c r="E202" t="s">
-        <v>1870</v>
+        <v>1881</v>
       </c>
       <c r="F202" t="s">
-        <v>1871</v>
+        <v>1882</v>
       </c>
       <c r="G202" t="s">
-        <v>1872</v>
+        <v>1883</v>
       </c>
       <c r="H202" t="s">
-        <v>1873</v>
+        <v>1884</v>
       </c>
       <c r="I202" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1875</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5346</v>
+        <v>5272</v>
       </c>
       <c r="B203" t="s">
-        <v>1876</v>
+        <v>1887</v>
       </c>
       <c r="C203" t="s">
-        <v>1877</v>
+        <v>1888</v>
       </c>
       <c r="D203" t="s">
-        <v>1878</v>
+        <v>1889</v>
       </c>
       <c r="E203" t="s">
-        <v>1879</v>
+        <v>1890</v>
       </c>
       <c r="F203" t="s">
-        <v>1880</v>
+        <v>1891</v>
       </c>
       <c r="G203" t="s">
-        <v>1881</v>
+        <v>1892</v>
       </c>
       <c r="H203" t="s">
-        <v>1882</v>
+        <v>1893</v>
       </c>
       <c r="I203" t="s">
-        <v>1883</v>
+        <v>1894</v>
       </c>
       <c r="J203" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K203" t="s">
-        <v>1884</v>
+        <v>728</v>
       </c>
       <c r="L203" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M203" t="s">
-        <v>1885</v>
+        <v>729</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1886</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5347</v>
+        <v>5273</v>
       </c>
       <c r="B204" t="s">
-        <v>1887</v>
+        <v>1896</v>
       </c>
       <c r="C204" t="s">
-        <v>1888</v>
+        <v>1897</v>
       </c>
       <c r="D204" t="s">
-        <v>1889</v>
+        <v>1898</v>
       </c>
       <c r="E204" t="s">
-        <v>1890</v>
+        <v>1899</v>
       </c>
       <c r="F204" t="s">
-        <v>1891</v>
+        <v>1900</v>
       </c>
       <c r="G204" t="s">
-        <v>1892</v>
+        <v>1901</v>
       </c>
       <c r="H204" t="s">
-        <v>1893</v>
+        <v>1902</v>
       </c>
       <c r="I204" t="s">
-        <v>1894</v>
+        <v>1903</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>170</v>
+        <v>1904</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>171</v>
+        <v>1905</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5348</v>
+        <v>5326</v>
       </c>
       <c r="B205" t="s">
-        <v>1896</v>
+        <v>1907</v>
       </c>
       <c r="C205" t="s">
-        <v>1897</v>
+        <v>1908</v>
       </c>
       <c r="D205" t="s">
-        <v>1898</v>
+        <v>1909</v>
       </c>
       <c r="E205" t="s">
-        <v>1899</v>
+        <v>1910</v>
       </c>
       <c r="F205" t="s">
-        <v>1900</v>
+        <v>1911</v>
       </c>
       <c r="G205" t="s">
-        <v>1901</v>
+        <v>1912</v>
       </c>
       <c r="H205" t="s">
-        <v>1902</v>
+        <v>1913</v>
       </c>
       <c r="I205" t="s">
-        <v>1903</v>
+        <v>1914</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>170</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>171</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1904</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5351</v>
+        <v>5330</v>
       </c>
       <c r="B206" t="s">
-        <v>1905</v>
+        <v>1916</v>
       </c>
       <c r="C206" t="s">
-        <v>1906</v>
+        <v>1917</v>
       </c>
       <c r="D206" t="s">
-        <v>1907</v>
+        <v>1918</v>
       </c>
       <c r="E206" t="s">
-        <v>1908</v>
+        <v>1919</v>
       </c>
       <c r="F206" t="s">
-        <v>1909</v>
+        <v>1920</v>
       </c>
       <c r="G206" t="s">
-        <v>1910</v>
+        <v>1921</v>
       </c>
       <c r="H206" t="s">
-        <v>1911</v>
+        <v>1922</v>
       </c>
       <c r="I206" t="s">
-        <v>1912</v>
+        <v>1923</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1913</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5353</v>
+        <v>5331</v>
       </c>
       <c r="B207" t="s">
-        <v>1914</v>
+        <v>1925</v>
       </c>
       <c r="C207" t="s">
-        <v>1915</v>
+        <v>1926</v>
       </c>
       <c r="D207" t="s">
-        <v>1916</v>
+        <v>1927</v>
       </c>
       <c r="E207" t="s">
-        <v>1917</v>
+        <v>1928</v>
       </c>
       <c r="F207" t="s">
-        <v>1918</v>
+        <v>1929</v>
       </c>
       <c r="G207" t="s">
-        <v>1919</v>
+        <v>1930</v>
       </c>
       <c r="H207" t="s">
-        <v>1920</v>
+        <v>1931</v>
       </c>
       <c r="I207" t="s">
-        <v>1921</v>
+        <v>1932</v>
       </c>
       <c r="J207" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>859</v>
+        <v>47</v>
       </c>
       <c r="L207" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>860</v>
+        <v>48</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1922</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5354</v>
+        <v>5332</v>
       </c>
       <c r="B208" t="s">
-        <v>1923</v>
+        <v>1934</v>
       </c>
       <c r="C208" t="s">
-        <v>1924</v>
+        <v>1935</v>
       </c>
       <c r="D208" t="s">
-        <v>1925</v>
+        <v>1936</v>
       </c>
       <c r="E208" t="s">
-        <v>1926</v>
+        <v>1937</v>
       </c>
       <c r="F208" t="s">
-        <v>1927</v>
+        <v>1938</v>
       </c>
       <c r="G208" t="s">
-        <v>1928</v>
+        <v>1939</v>
       </c>
       <c r="H208" t="s">
-        <v>1929</v>
+        <v>1940</v>
       </c>
       <c r="I208" t="s">
-        <v>1930</v>
+        <v>1941</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1931</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5359</v>
+        <v>5333</v>
       </c>
       <c r="B209" t="s">
-        <v>1932</v>
+        <v>1943</v>
       </c>
       <c r="C209" t="s">
-        <v>1933</v>
+        <v>1944</v>
       </c>
       <c r="D209" t="s">
-        <v>1934</v>
+        <v>1945</v>
       </c>
       <c r="E209" t="s">
-        <v>1935</v>
+        <v>1946</v>
       </c>
       <c r="F209" t="s">
-        <v>1936</v>
+        <v>1947</v>
       </c>
       <c r="G209" t="s">
-        <v>1937</v>
+        <v>1948</v>
       </c>
       <c r="H209" t="s">
-        <v>1938</v>
+        <v>1949</v>
       </c>
       <c r="I209" t="s">
-        <v>1939</v>
+        <v>1950</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1940</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5364</v>
+        <v>5335</v>
       </c>
       <c r="B210" t="s">
-        <v>1941</v>
+        <v>1952</v>
       </c>
       <c r="C210" t="s">
-        <v>1942</v>
+        <v>1953</v>
       </c>
       <c r="D210" t="s">
-        <v>1943</v>
+        <v>1954</v>
       </c>
       <c r="E210" t="s">
-        <v>1944</v>
+        <v>1955</v>
       </c>
       <c r="F210" t="s">
-        <v>1945</v>
+        <v>1956</v>
       </c>
       <c r="G210" t="s">
-        <v>1946</v>
+        <v>1957</v>
       </c>
       <c r="H210" t="s">
-        <v>1947</v>
+        <v>1958</v>
       </c>
       <c r="I210" t="s">
-        <v>1948</v>
+        <v>1959</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1949</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5365</v>
+        <v>5346</v>
       </c>
       <c r="B211" t="s">
-        <v>1950</v>
+        <v>1961</v>
       </c>
       <c r="C211" t="s">
-        <v>1951</v>
+        <v>1962</v>
       </c>
       <c r="D211" t="s">
-        <v>1952</v>
+        <v>1963</v>
       </c>
       <c r="E211" t="s">
-        <v>1953</v>
+        <v>1964</v>
       </c>
       <c r="F211" t="s">
-        <v>1954</v>
+        <v>1965</v>
       </c>
       <c r="G211" t="s">
-        <v>1955</v>
+        <v>1966</v>
       </c>
       <c r="H211" t="s">
-        <v>1956</v>
+        <v>1967</v>
       </c>
       <c r="I211" t="s">
-        <v>1957</v>
+        <v>1968</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>25</v>
+        <v>1969</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>27</v>
+        <v>1970</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1958</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5367</v>
+        <v>5347</v>
       </c>
       <c r="B212" t="s">
-        <v>1959</v>
+        <v>1972</v>
       </c>
       <c r="C212" t="s">
-        <v>1960</v>
+        <v>1973</v>
       </c>
       <c r="D212" t="s">
-        <v>1961</v>
+        <v>1974</v>
       </c>
       <c r="E212" t="s">
-        <v>1962</v>
+        <v>1975</v>
       </c>
       <c r="F212" t="s">
-        <v>1963</v>
+        <v>1976</v>
       </c>
       <c r="G212" t="s">
-        <v>1964</v>
+        <v>1977</v>
       </c>
       <c r="H212" t="s">
-        <v>1965</v>
+        <v>1978</v>
       </c>
       <c r="I212" t="s">
-        <v>1966</v>
+        <v>1979</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1967</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5368</v>
+        <v>5348</v>
       </c>
       <c r="B213" t="s">
-        <v>1968</v>
+        <v>1981</v>
       </c>
       <c r="C213" t="s">
-        <v>1969</v>
+        <v>1982</v>
       </c>
       <c r="D213" t="s">
-        <v>1970</v>
+        <v>1983</v>
       </c>
       <c r="E213" t="s">
-        <v>1971</v>
+        <v>1984</v>
       </c>
       <c r="F213" t="s">
-        <v>1972</v>
+        <v>1985</v>
       </c>
       <c r="G213" t="s">
-        <v>1973</v>
+        <v>1986</v>
       </c>
       <c r="H213" t="s">
-        <v>1974</v>
+        <v>1987</v>
       </c>
       <c r="I213" t="s">
-        <v>1975</v>
+        <v>1988</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1976</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5371</v>
+        <v>5351</v>
       </c>
       <c r="B214" t="s">
-        <v>1977</v>
+        <v>1990</v>
       </c>
       <c r="C214" t="s">
-        <v>1978</v>
+        <v>1991</v>
       </c>
       <c r="D214" t="s">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E214" t="s">
-        <v>1980</v>
+        <v>1993</v>
       </c>
       <c r="F214" t="s">
-        <v>1981</v>
+        <v>1994</v>
       </c>
       <c r="G214" t="s">
-        <v>1982</v>
+        <v>1995</v>
       </c>
       <c r="H214" t="s">
-        <v>1983</v>
+        <v>1996</v>
       </c>
       <c r="I214" t="s">
-        <v>1984</v>
+        <v>1997</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1985</v>
+        <v>25</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>1986</v>
+        <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1987</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5372</v>
+        <v>5353</v>
       </c>
       <c r="B215" t="s">
-        <v>1988</v>
+        <v>1999</v>
       </c>
       <c r="C215" t="s">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="D215" t="s">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="E215" t="s">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="F215" t="s">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="G215" t="s">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="H215" t="s">
-        <v>1994</v>
+        <v>2005</v>
       </c>
       <c r="I215" t="s">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="J215" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K215" t="s">
-        <v>25</v>
+        <v>860</v>
       </c>
       <c r="L215" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M215" t="s">
-        <v>27</v>
+        <v>861</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1996</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5375</v>
+        <v>5354</v>
       </c>
       <c r="B216" t="s">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="C216" t="s">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="D216" t="s">
-        <v>1999</v>
+        <v>2010</v>
       </c>
       <c r="E216" t="s">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="F216" t="s">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="G216" t="s">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="H216" t="s">
-        <v>2003</v>
+        <v>2014</v>
       </c>
       <c r="I216" t="s">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="J216" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L216" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2005</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5377</v>
+        <v>5359</v>
       </c>
       <c r="B217" t="s">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="C217" t="s">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="D217" t="s">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="E217" t="s">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="F217" t="s">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="G217" t="s">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="H217" t="s">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="I217" t="s">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2014</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5378</v>
+        <v>5364</v>
       </c>
       <c r="B218" t="s">
-        <v>2015</v>
+        <v>2026</v>
       </c>
       <c r="C218" t="s">
-        <v>2016</v>
+        <v>2027</v>
       </c>
       <c r="D218" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="E218" t="s">
-        <v>2018</v>
+        <v>2029</v>
       </c>
       <c r="F218" t="s">
-        <v>2019</v>
+        <v>2030</v>
       </c>
       <c r="G218" t="s">
-        <v>2020</v>
+        <v>2031</v>
       </c>
       <c r="H218" t="s">
-        <v>2021</v>
+        <v>2032</v>
       </c>
       <c r="I218" t="s">
-        <v>2022</v>
+        <v>2033</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2023</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5380</v>
+        <v>5365</v>
       </c>
       <c r="B219" t="s">
-        <v>2024</v>
+        <v>2035</v>
       </c>
       <c r="C219" t="s">
-        <v>2025</v>
+        <v>2036</v>
       </c>
       <c r="D219" t="s">
-        <v>2026</v>
+        <v>2037</v>
       </c>
       <c r="E219" t="s">
-        <v>2027</v>
+        <v>2038</v>
       </c>
       <c r="F219" t="s">
-        <v>2028</v>
+        <v>2039</v>
       </c>
       <c r="G219" t="s">
-        <v>2029</v>
+        <v>2040</v>
       </c>
       <c r="H219" t="s">
-        <v>2030</v>
+        <v>2041</v>
       </c>
       <c r="I219" t="s">
-        <v>2031</v>
+        <v>2042</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2032</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5382</v>
+        <v>5367</v>
       </c>
       <c r="B220" t="s">
-        <v>2033</v>
+        <v>2044</v>
       </c>
       <c r="C220" t="s">
-        <v>2034</v>
+        <v>2045</v>
       </c>
       <c r="D220" t="s">
-        <v>2035</v>
+        <v>2046</v>
       </c>
       <c r="E220" t="s">
-        <v>2036</v>
+        <v>2047</v>
       </c>
       <c r="F220" t="s">
-        <v>2037</v>
+        <v>2048</v>
       </c>
       <c r="G220" t="s">
-        <v>2038</v>
+        <v>2049</v>
       </c>
       <c r="H220" t="s">
-        <v>2039</v>
+        <v>2050</v>
       </c>
       <c r="I220" t="s">
-        <v>2040</v>
+        <v>2051</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2041</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5393</v>
+        <v>5368</v>
       </c>
       <c r="B221" t="s">
-        <v>2042</v>
+        <v>2053</v>
       </c>
       <c r="C221" t="s">
-        <v>2043</v>
+        <v>2054</v>
       </c>
       <c r="D221" t="s">
-        <v>2044</v>
+        <v>2055</v>
       </c>
       <c r="E221" t="s">
-        <v>2045</v>
+        <v>2056</v>
       </c>
       <c r="F221" t="s">
-        <v>2046</v>
+        <v>2057</v>
       </c>
       <c r="G221" t="s">
-        <v>2047</v>
+        <v>2058</v>
       </c>
       <c r="H221" t="s">
-        <v>2048</v>
+        <v>2059</v>
       </c>
       <c r="I221" t="s">
-        <v>2049</v>
+        <v>2060</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2050</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5394</v>
+        <v>5371</v>
       </c>
       <c r="B222" t="s">
-        <v>2051</v>
+        <v>2062</v>
       </c>
       <c r="C222" t="s">
-        <v>2052</v>
+        <v>2063</v>
       </c>
       <c r="D222" t="s">
-        <v>2053</v>
+        <v>2064</v>
       </c>
       <c r="E222" t="s">
-        <v>2054</v>
+        <v>2065</v>
       </c>
       <c r="F222" t="s">
-        <v>2055</v>
+        <v>2066</v>
       </c>
       <c r="G222" t="s">
-        <v>2056</v>
+        <v>2067</v>
       </c>
       <c r="H222" t="s">
-        <v>2057</v>
+        <v>2068</v>
       </c>
       <c r="I222" t="s">
-        <v>2058</v>
+        <v>2069</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>25</v>
+        <v>2070</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>27</v>
+        <v>2071</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2059</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5403</v>
+        <v>5372</v>
       </c>
       <c r="B223" t="s">
-        <v>2060</v>
+        <v>2073</v>
       </c>
       <c r="C223" t="s">
-        <v>2061</v>
+        <v>2074</v>
       </c>
       <c r="D223" t="s">
-        <v>2062</v>
+        <v>2075</v>
       </c>
       <c r="E223" t="s">
-        <v>2063</v>
+        <v>2076</v>
       </c>
       <c r="F223" t="s">
-        <v>2064</v>
+        <v>2077</v>
       </c>
       <c r="G223" t="s">
-        <v>2065</v>
+        <v>2078</v>
       </c>
       <c r="H223" t="s">
-        <v>2066</v>
+        <v>2079</v>
       </c>
       <c r="I223" t="s">
-        <v>2067</v>
+        <v>2080</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>2068</v>
+        <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
+      <c r="M223" t="s">
+        <v>27</v>
+      </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2069</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5431</v>
+        <v>5375</v>
       </c>
       <c r="B224" t="s">
-        <v>2070</v>
+        <v>2082</v>
       </c>
       <c r="C224" t="s">
-        <v>2071</v>
+        <v>2083</v>
       </c>
       <c r="D224" t="s">
-        <v>2072</v>
+        <v>2084</v>
       </c>
       <c r="E224" t="s">
-        <v>2073</v>
+        <v>2085</v>
       </c>
       <c r="F224" t="s">
-        <v>2074</v>
+        <v>2086</v>
       </c>
       <c r="G224" t="s">
-        <v>2075</v>
+        <v>2087</v>
       </c>
       <c r="H224" t="s">
-        <v>2076</v>
+        <v>2088</v>
       </c>
       <c r="I224" t="s">
-        <v>2077</v>
+        <v>2089</v>
       </c>
       <c r="J224" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K224" t="s">
         <v>274</v>
       </c>
       <c r="L224" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M224" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2078</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5433</v>
+        <v>5377</v>
       </c>
       <c r="B225" t="s">
-        <v>2079</v>
+        <v>2091</v>
       </c>
       <c r="C225" t="s">
-        <v>2080</v>
+        <v>2092</v>
       </c>
       <c r="D225" t="s">
-        <v>2081</v>
+        <v>2093</v>
       </c>
       <c r="E225" t="s">
-        <v>2082</v>
+        <v>2094</v>
       </c>
       <c r="F225" t="s">
-        <v>2083</v>
+        <v>2095</v>
       </c>
       <c r="G225" t="s">
-        <v>2084</v>
+        <v>2096</v>
       </c>
       <c r="H225" t="s">
-        <v>2085</v>
+        <v>2097</v>
       </c>
       <c r="I225" t="s">
-        <v>2086</v>
+        <v>2098</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2087</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5435</v>
+        <v>5378</v>
       </c>
       <c r="B226" t="s">
-        <v>2088</v>
+        <v>2100</v>
       </c>
       <c r="C226" t="s">
-        <v>2089</v>
+        <v>2101</v>
       </c>
       <c r="D226" t="s">
-        <v>2090</v>
+        <v>2102</v>
       </c>
       <c r="E226" t="s">
-        <v>2091</v>
+        <v>2103</v>
       </c>
       <c r="F226" t="s">
-        <v>2092</v>
+        <v>2104</v>
       </c>
       <c r="G226" t="s">
-        <v>2093</v>
+        <v>2105</v>
       </c>
       <c r="H226" t="s">
-        <v>2094</v>
+        <v>2106</v>
       </c>
       <c r="I226" t="s">
-        <v>2095</v>
+        <v>2107</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2096</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5436</v>
+        <v>5380</v>
       </c>
       <c r="B227" t="s">
-        <v>2097</v>
+        <v>2109</v>
       </c>
       <c r="C227" t="s">
-        <v>2098</v>
+        <v>2110</v>
       </c>
       <c r="D227" t="s">
-        <v>2099</v>
+        <v>2111</v>
       </c>
       <c r="E227" t="s">
-        <v>2100</v>
+        <v>2112</v>
       </c>
       <c r="F227" t="s">
-        <v>2101</v>
+        <v>2113</v>
       </c>
       <c r="G227" t="s">
-        <v>2102</v>
+        <v>2114</v>
       </c>
       <c r="H227" t="s">
-        <v>2103</v>
+        <v>2115</v>
       </c>
       <c r="I227" t="s">
-        <v>2104</v>
+        <v>2116</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2105</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5437</v>
+        <v>5382</v>
       </c>
       <c r="B228" t="s">
-        <v>2106</v>
+        <v>2118</v>
       </c>
       <c r="C228" t="s">
-        <v>2107</v>
+        <v>2119</v>
       </c>
       <c r="D228" t="s">
-        <v>2108</v>
+        <v>2120</v>
       </c>
       <c r="E228" t="s">
-        <v>2109</v>
+        <v>2121</v>
       </c>
       <c r="F228" t="s">
-        <v>2110</v>
+        <v>2122</v>
       </c>
       <c r="G228" t="s">
-        <v>2111</v>
+        <v>2123</v>
       </c>
       <c r="H228" t="s">
-        <v>2112</v>
+        <v>2124</v>
       </c>
       <c r="I228" t="s">
-        <v>2113</v>
+        <v>2125</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2114</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5439</v>
+        <v>5393</v>
       </c>
       <c r="B229" t="s">
-        <v>2115</v>
+        <v>2127</v>
       </c>
       <c r="C229" t="s">
-        <v>2116</v>
+        <v>2128</v>
       </c>
       <c r="D229" t="s">
-        <v>2117</v>
+        <v>2129</v>
       </c>
       <c r="E229" t="s">
-        <v>2118</v>
+        <v>2130</v>
       </c>
       <c r="F229" t="s">
-        <v>2119</v>
+        <v>2131</v>
       </c>
       <c r="G229" t="s">
-        <v>2120</v>
+        <v>2132</v>
       </c>
       <c r="H229" t="s">
-        <v>2121</v>
+        <v>2133</v>
       </c>
       <c r="I229" t="s">
-        <v>2122</v>
+        <v>2134</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2123</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5456</v>
+        <v>5394</v>
       </c>
       <c r="B230" t="s">
-        <v>2124</v>
+        <v>2136</v>
       </c>
       <c r="C230" t="s">
-        <v>2125</v>
+        <v>2137</v>
       </c>
       <c r="D230" t="s">
-        <v>2126</v>
+        <v>2138</v>
       </c>
       <c r="E230" t="s">
-        <v>2127</v>
+        <v>2139</v>
       </c>
       <c r="F230" t="s">
-        <v>2128</v>
+        <v>2140</v>
       </c>
       <c r="G230" t="s">
-        <v>2129</v>
+        <v>2141</v>
       </c>
       <c r="H230" t="s">
-        <v>2130</v>
+        <v>2142</v>
       </c>
       <c r="I230" t="s">
-        <v>2131</v>
+        <v>2143</v>
       </c>
       <c r="J230" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>1323</v>
+        <v>25</v>
       </c>
       <c r="L230" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>1325</v>
+        <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2132</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5474</v>
+        <v>5403</v>
       </c>
       <c r="B231" t="s">
-        <v>2133</v>
+        <v>2145</v>
       </c>
       <c r="C231" t="s">
-        <v>2134</v>
+        <v>2146</v>
       </c>
       <c r="D231" t="s">
-        <v>2135</v>
+        <v>2147</v>
       </c>
       <c r="E231" t="s">
-        <v>2136</v>
+        <v>2148</v>
       </c>
       <c r="F231" t="s">
-        <v>2137</v>
+        <v>2149</v>
       </c>
       <c r="G231" t="s">
-        <v>2138</v>
+        <v>2150</v>
       </c>
       <c r="H231" t="s">
-        <v>2139</v>
+        <v>2151</v>
       </c>
       <c r="I231" t="s">
-        <v>2140</v>
+        <v>2152</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>25</v>
+        <v>2153</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>27</v>
+        <v>2154</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2141</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5475</v>
+        <v>5431</v>
       </c>
       <c r="B232" t="s">
-        <v>2142</v>
+        <v>2156</v>
       </c>
       <c r="C232" t="s">
-        <v>2143</v>
+        <v>2157</v>
       </c>
       <c r="D232" t="s">
-        <v>2144</v>
+        <v>2158</v>
       </c>
       <c r="E232" t="s">
-        <v>2145</v>
+        <v>2159</v>
       </c>
       <c r="F232" t="s">
-        <v>2146</v>
+        <v>2160</v>
       </c>
       <c r="G232" t="s">
-        <v>2147</v>
+        <v>2161</v>
       </c>
       <c r="H232" t="s">
-        <v>2148</v>
+        <v>2162</v>
       </c>
       <c r="I232" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="J232" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K232" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L232" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M232" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5476</v>
+        <v>5433</v>
       </c>
       <c r="B233" t="s">
-        <v>2151</v>
+        <v>2165</v>
       </c>
       <c r="C233" t="s">
-        <v>2152</v>
+        <v>2166</v>
       </c>
       <c r="D233" t="s">
-        <v>2153</v>
+        <v>2167</v>
       </c>
       <c r="E233" t="s">
-        <v>2154</v>
+        <v>2168</v>
       </c>
       <c r="F233" t="s">
-        <v>2155</v>
+        <v>2169</v>
       </c>
       <c r="G233" t="s">
-        <v>2156</v>
+        <v>2170</v>
       </c>
       <c r="H233" t="s">
-        <v>2157</v>
+        <v>2171</v>
       </c>
       <c r="I233" t="s">
-        <v>2158</v>
+        <v>2172</v>
       </c>
       <c r="J233" t="s">
-        <v>2159</v>
+        <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>1156</v>
+        <v>170</v>
       </c>
       <c r="L233" t="s">
-        <v>2160</v>
+        <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>1157</v>
+        <v>171</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2161</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5478</v>
+        <v>5435</v>
       </c>
       <c r="B234" t="s">
-        <v>2162</v>
+        <v>2174</v>
       </c>
       <c r="C234" t="s">
-        <v>2163</v>
+        <v>2175</v>
       </c>
       <c r="D234" t="s">
-        <v>2164</v>
+        <v>2176</v>
       </c>
       <c r="E234" t="s">
-        <v>2165</v>
+        <v>2177</v>
       </c>
       <c r="F234" t="s">
-        <v>2166</v>
+        <v>2178</v>
       </c>
       <c r="G234" t="s">
-        <v>2167</v>
+        <v>2179</v>
       </c>
       <c r="H234" t="s">
-        <v>2168</v>
+        <v>2180</v>
       </c>
       <c r="I234" t="s">
-        <v>2169</v>
+        <v>2181</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2170</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5479</v>
+        <v>5436</v>
       </c>
       <c r="B235" t="s">
-        <v>2171</v>
+        <v>2183</v>
       </c>
       <c r="C235" t="s">
-        <v>2172</v>
+        <v>2184</v>
       </c>
       <c r="D235" t="s">
-        <v>2173</v>
+        <v>2185</v>
       </c>
       <c r="E235" t="s">
-        <v>2174</v>
+        <v>2186</v>
       </c>
       <c r="F235" t="s">
-        <v>2175</v>
+        <v>2187</v>
       </c>
       <c r="G235" t="s">
-        <v>2176</v>
+        <v>2188</v>
       </c>
       <c r="H235" t="s">
-        <v>2177</v>
+        <v>2189</v>
       </c>
       <c r="I235" t="s">
-        <v>2178</v>
+        <v>2190</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>571</v>
+        <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2179</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5482</v>
+        <v>5437</v>
       </c>
       <c r="B236" t="s">
-        <v>2180</v>
+        <v>2192</v>
       </c>
       <c r="C236" t="s">
-        <v>2181</v>
+        <v>2193</v>
       </c>
       <c r="D236" t="s">
-        <v>2182</v>
+        <v>2194</v>
       </c>
       <c r="E236" t="s">
-        <v>2183</v>
+        <v>2195</v>
       </c>
       <c r="F236" t="s">
-        <v>2184</v>
+        <v>2196</v>
       </c>
       <c r="G236" t="s">
-        <v>2185</v>
+        <v>2197</v>
       </c>
       <c r="H236" t="s">
-        <v>2186</v>
+        <v>2198</v>
       </c>
       <c r="I236" t="s">
-        <v>2187</v>
+        <v>2199</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2188</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5483</v>
+        <v>5439</v>
       </c>
       <c r="B237" t="s">
-        <v>2189</v>
+        <v>2201</v>
       </c>
       <c r="C237" t="s">
-        <v>2190</v>
+        <v>2202</v>
       </c>
       <c r="D237" t="s">
-        <v>2191</v>
+        <v>2203</v>
       </c>
       <c r="E237" t="s">
-        <v>2192</v>
+        <v>2204</v>
       </c>
       <c r="F237" t="s">
-        <v>2193</v>
+        <v>2205</v>
       </c>
       <c r="G237" t="s">
-        <v>2194</v>
+        <v>2206</v>
       </c>
       <c r="H237" t="s">
-        <v>2195</v>
+        <v>2207</v>
       </c>
       <c r="I237" t="s">
-        <v>2196</v>
+        <v>2208</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2197</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5485</v>
+        <v>5456</v>
       </c>
       <c r="B238" t="s">
-        <v>2198</v>
+        <v>2210</v>
       </c>
       <c r="C238" t="s">
-        <v>2199</v>
+        <v>2211</v>
       </c>
       <c r="D238" t="s">
-        <v>2200</v>
+        <v>2212</v>
       </c>
       <c r="E238" t="s">
-        <v>2201</v>
+        <v>2213</v>
       </c>
       <c r="F238" t="s">
-        <v>2202</v>
+        <v>2214</v>
       </c>
       <c r="G238" t="s">
-        <v>2203</v>
+        <v>2215</v>
       </c>
       <c r="H238" t="s">
-        <v>2204</v>
+        <v>2216</v>
       </c>
       <c r="I238" t="s">
-        <v>2205</v>
+        <v>2217</v>
       </c>
       <c r="J238" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K238" t="s">
-        <v>2206</v>
+        <v>1325</v>
       </c>
       <c r="L238" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M238" t="s">
-        <v>2207</v>
+        <v>1327</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2208</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5487</v>
+        <v>5474</v>
       </c>
       <c r="B239" t="s">
-        <v>2209</v>
+        <v>2219</v>
       </c>
       <c r="C239" t="s">
-        <v>2210</v>
+        <v>2220</v>
       </c>
       <c r="D239" t="s">
-        <v>2211</v>
+        <v>2221</v>
       </c>
       <c r="E239" t="s">
-        <v>2212</v>
+        <v>2222</v>
       </c>
       <c r="F239" t="s">
-        <v>2213</v>
+        <v>2223</v>
       </c>
       <c r="G239" t="s">
-        <v>2214</v>
+        <v>2224</v>
       </c>
       <c r="H239" t="s">
-        <v>2215</v>
+        <v>2225</v>
       </c>
       <c r="I239" t="s">
-        <v>2216</v>
+        <v>2226</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>2217</v>
+        <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
+      <c r="M239" t="s">
+        <v>27</v>
+      </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5488</v>
+        <v>5475</v>
       </c>
       <c r="B240" t="s">
-        <v>2219</v>
+        <v>2228</v>
       </c>
       <c r="C240" t="s">
-        <v>2220</v>
+        <v>2229</v>
       </c>
       <c r="D240" t="s">
-        <v>2221</v>
+        <v>2230</v>
       </c>
       <c r="E240" t="s">
-        <v>2222</v>
+        <v>2231</v>
       </c>
       <c r="F240" t="s">
-        <v>2223</v>
+        <v>2232</v>
       </c>
       <c r="G240" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="H240" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="I240" t="s">
-        <v>2226</v>
+        <v>2235</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>170</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>171</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2227</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5489</v>
+        <v>5476</v>
       </c>
       <c r="B241" t="s">
-        <v>2228</v>
+        <v>2237</v>
       </c>
       <c r="C241" t="s">
-        <v>2229</v>
+        <v>2238</v>
       </c>
       <c r="D241" t="s">
-        <v>2230</v>
+        <v>2239</v>
       </c>
       <c r="E241" t="s">
-        <v>2231</v>
+        <v>2240</v>
       </c>
       <c r="F241" t="s">
-        <v>2232</v>
+        <v>2241</v>
       </c>
       <c r="G241" t="s">
-        <v>2233</v>
+        <v>2242</v>
       </c>
       <c r="H241" t="s">
-        <v>2234</v>
+        <v>2243</v>
       </c>
       <c r="I241" t="s">
-        <v>2235</v>
+        <v>2244</v>
       </c>
       <c r="J241" t="s">
-        <v>24</v>
+        <v>2245</v>
       </c>
       <c r="K241" t="s">
-        <v>1176</v>
+        <v>1158</v>
       </c>
       <c r="L241" t="s">
-        <v>26</v>
+        <v>2246</v>
       </c>
       <c r="M241" t="s">
-        <v>1177</v>
+        <v>1159</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2236</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5490</v>
+        <v>5478</v>
       </c>
       <c r="B242" t="s">
-        <v>2237</v>
+        <v>2248</v>
       </c>
       <c r="C242" t="s">
-        <v>2238</v>
+        <v>2249</v>
       </c>
       <c r="D242" t="s">
-        <v>2239</v>
+        <v>2250</v>
       </c>
       <c r="E242" t="s">
-        <v>2240</v>
+        <v>2251</v>
       </c>
       <c r="F242" t="s">
-        <v>2241</v>
+        <v>2252</v>
       </c>
       <c r="G242" t="s">
-        <v>2242</v>
+        <v>2253</v>
       </c>
       <c r="H242" t="s">
-        <v>2243</v>
+        <v>2254</v>
       </c>
       <c r="I242" t="s">
-        <v>2244</v>
+        <v>2255</v>
       </c>
       <c r="J242" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>2245</v>
+        <v>25</v>
       </c>
       <c r="L242" t="s">
-        <v>442</v>
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>27</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2246</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5493</v>
+        <v>5479</v>
       </c>
       <c r="B243" t="s">
-        <v>2247</v>
+        <v>2257</v>
       </c>
       <c r="C243" t="s">
-        <v>2248</v>
+        <v>2258</v>
       </c>
       <c r="D243" t="s">
-        <v>2249</v>
+        <v>2259</v>
       </c>
       <c r="E243" t="s">
-        <v>2250</v>
+        <v>2260</v>
       </c>
       <c r="F243" t="s">
-        <v>2251</v>
+        <v>2261</v>
       </c>
       <c r="G243" t="s">
-        <v>2252</v>
+        <v>2262</v>
       </c>
       <c r="H243" t="s">
-        <v>2253</v>
+        <v>2263</v>
       </c>
       <c r="I243" t="s">
-        <v>2254</v>
+        <v>2264</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>170</v>
+        <v>571</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>171</v>
+        <v>572</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2255</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5496</v>
+        <v>5482</v>
       </c>
       <c r="B244" t="s">
-        <v>2256</v>
+        <v>2266</v>
       </c>
       <c r="C244" t="s">
-        <v>2257</v>
+        <v>2267</v>
       </c>
       <c r="D244" t="s">
-        <v>2258</v>
+        <v>2268</v>
       </c>
       <c r="E244" t="s">
-        <v>2259</v>
+        <v>2269</v>
       </c>
       <c r="F244" t="s">
-        <v>2260</v>
+        <v>2270</v>
       </c>
       <c r="G244" t="s">
-        <v>2261</v>
+        <v>2271</v>
       </c>
       <c r="H244" t="s">
-        <v>2262</v>
+        <v>2272</v>
       </c>
       <c r="I244" t="s">
-        <v>2263</v>
+        <v>2273</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2264</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5502</v>
+        <v>5483</v>
       </c>
       <c r="B245" t="s">
-        <v>2265</v>
+        <v>2275</v>
       </c>
       <c r="C245" t="s">
-        <v>2266</v>
+        <v>2276</v>
       </c>
       <c r="D245" t="s">
-        <v>2267</v>
+        <v>2277</v>
       </c>
       <c r="E245" t="s">
-        <v>2268</v>
+        <v>2278</v>
       </c>
       <c r="F245" t="s">
-        <v>2269</v>
+        <v>2279</v>
       </c>
       <c r="G245" t="s">
-        <v>2270</v>
+        <v>2280</v>
       </c>
       <c r="H245" t="s">
-        <v>2271</v>
+        <v>2281</v>
       </c>
       <c r="I245" t="s">
-        <v>2272</v>
+        <v>2282</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
         <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
         <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2273</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5503</v>
+        <v>5485</v>
       </c>
       <c r="B246" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="C246" t="s">
-        <v>2275</v>
+        <v>2285</v>
       </c>
       <c r="D246" t="s">
-        <v>2276</v>
+        <v>2286</v>
       </c>
       <c r="E246" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="F246" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="G246" t="s">
-        <v>2279</v>
+        <v>2289</v>
       </c>
       <c r="H246" t="s">
-        <v>2280</v>
+        <v>2290</v>
       </c>
       <c r="I246" t="s">
-        <v>2281</v>
+        <v>2291</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>47</v>
+        <v>2292</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>48</v>
+        <v>2293</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2282</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5504</v>
+        <v>5487</v>
       </c>
       <c r="B247" t="s">
-        <v>2283</v>
+        <v>2295</v>
       </c>
       <c r="C247" t="s">
-        <v>2284</v>
+        <v>2296</v>
       </c>
       <c r="D247" t="s">
-        <v>2285</v>
+        <v>2297</v>
       </c>
       <c r="E247" t="s">
-        <v>2286</v>
+        <v>2298</v>
       </c>
       <c r="F247" t="s">
-        <v>2287</v>
+        <v>2299</v>
       </c>
       <c r="G247" t="s">
-        <v>2288</v>
+        <v>2300</v>
       </c>
       <c r="H247" t="s">
-        <v>2289</v>
+        <v>2301</v>
       </c>
       <c r="I247" t="s">
-        <v>2290</v>
+        <v>2302</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>25</v>
+        <v>2303</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>27</v>
+        <v>2304</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2291</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5507</v>
+        <v>5488</v>
       </c>
       <c r="B248" t="s">
-        <v>2292</v>
+        <v>2306</v>
       </c>
       <c r="C248" t="s">
-        <v>2293</v>
+        <v>2307</v>
       </c>
       <c r="D248" t="s">
-        <v>2294</v>
+        <v>2308</v>
       </c>
       <c r="E248" t="s">
-        <v>2295</v>
+        <v>2309</v>
       </c>
       <c r="F248" t="s">
-        <v>2296</v>
+        <v>2310</v>
       </c>
       <c r="G248" t="s">
-        <v>2297</v>
+        <v>2311</v>
       </c>
       <c r="H248" t="s">
-        <v>2298</v>
+        <v>2312</v>
       </c>
       <c r="I248" t="s">
-        <v>2299</v>
+        <v>2313</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2300</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5509</v>
+        <v>5489</v>
       </c>
       <c r="B249" t="s">
-        <v>2301</v>
+        <v>2315</v>
       </c>
       <c r="C249" t="s">
-        <v>2302</v>
+        <v>2316</v>
       </c>
       <c r="D249" t="s">
-        <v>2303</v>
+        <v>2317</v>
       </c>
       <c r="E249" t="s">
-        <v>2304</v>
+        <v>2318</v>
       </c>
       <c r="F249" t="s">
-        <v>2305</v>
+        <v>2319</v>
       </c>
       <c r="G249" t="s">
-        <v>2306</v>
+        <v>2320</v>
       </c>
       <c r="H249" t="s">
-        <v>2307</v>
+        <v>2321</v>
       </c>
       <c r="I249" t="s">
-        <v>2308</v>
+        <v>2322</v>
       </c>
       <c r="J249" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>1156</v>
+        <v>1178</v>
       </c>
       <c r="L249" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>1157</v>
+        <v>1179</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2309</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5512</v>
+        <v>5490</v>
       </c>
       <c r="B250" t="s">
-        <v>2310</v>
+        <v>2324</v>
       </c>
       <c r="C250" t="s">
-        <v>2311</v>
+        <v>2325</v>
       </c>
       <c r="D250" t="s">
-        <v>2312</v>
+        <v>2326</v>
       </c>
       <c r="E250" t="s">
-        <v>2313</v>
+        <v>2327</v>
       </c>
       <c r="F250" t="s">
-        <v>2314</v>
+        <v>2328</v>
       </c>
       <c r="G250" t="s">
-        <v>2315</v>
+        <v>2329</v>
       </c>
       <c r="H250" t="s">
-        <v>2316</v>
+        <v>2330</v>
       </c>
       <c r="I250" t="s">
-        <v>2317</v>
+        <v>2331</v>
       </c>
       <c r="J250" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K250" t="s">
-        <v>170</v>
+        <v>2332</v>
       </c>
       <c r="L250" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M250" t="s">
-        <v>171</v>
+        <v>2333</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2318</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5514</v>
+        <v>5493</v>
       </c>
       <c r="B251" t="s">
-        <v>2319</v>
+        <v>2335</v>
       </c>
       <c r="C251" t="s">
-        <v>2320</v>
+        <v>2336</v>
       </c>
       <c r="D251" t="s">
-        <v>2321</v>
+        <v>2337</v>
       </c>
       <c r="E251" t="s">
-        <v>2322</v>
+        <v>2338</v>
       </c>
       <c r="F251" t="s">
-        <v>2323</v>
+        <v>2339</v>
       </c>
       <c r="G251" t="s">
-        <v>2324</v>
+        <v>2340</v>
       </c>
       <c r="H251" t="s">
-        <v>2325</v>
+        <v>2341</v>
       </c>
       <c r="I251" t="s">
-        <v>2326</v>
+        <v>2342</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2327</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5516</v>
+        <v>5496</v>
       </c>
       <c r="B252" t="s">
-        <v>2328</v>
+        <v>2344</v>
       </c>
       <c r="C252" t="s">
-        <v>2329</v>
+        <v>2345</v>
       </c>
       <c r="D252" t="s">
-        <v>2330</v>
+        <v>2346</v>
       </c>
       <c r="E252" t="s">
-        <v>2331</v>
+        <v>2347</v>
       </c>
       <c r="F252" t="s">
-        <v>2332</v>
+        <v>2348</v>
       </c>
       <c r="G252" t="s">
-        <v>2333</v>
+        <v>2349</v>
       </c>
       <c r="H252" t="s">
-        <v>2334</v>
+        <v>2350</v>
       </c>
       <c r="I252" t="s">
-        <v>2335</v>
+        <v>2351</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2336</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5517</v>
+        <v>5502</v>
       </c>
       <c r="B253" t="s">
-        <v>2337</v>
+        <v>2353</v>
       </c>
       <c r="C253" t="s">
-        <v>2338</v>
+        <v>2354</v>
       </c>
       <c r="D253" t="s">
-        <v>2339</v>
+        <v>2355</v>
       </c>
       <c r="E253" t="s">
-        <v>2340</v>
+        <v>2356</v>
       </c>
       <c r="F253" t="s">
-        <v>2341</v>
+        <v>2357</v>
       </c>
       <c r="G253" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
       <c r="H253" t="s">
-        <v>2343</v>
+        <v>2359</v>
       </c>
       <c r="I253" t="s">
-        <v>2344</v>
+        <v>2360</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2345</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5518</v>
+        <v>5503</v>
       </c>
       <c r="B254" t="s">
-        <v>2346</v>
+        <v>2362</v>
       </c>
       <c r="C254" t="s">
-        <v>2347</v>
+        <v>2363</v>
       </c>
       <c r="D254" t="s">
-        <v>2348</v>
+        <v>2364</v>
       </c>
       <c r="E254" t="s">
-        <v>2349</v>
+        <v>2365</v>
       </c>
       <c r="F254" t="s">
-        <v>2350</v>
+        <v>2366</v>
       </c>
       <c r="G254" t="s">
-        <v>2351</v>
+        <v>2367</v>
       </c>
       <c r="H254" t="s">
-        <v>2352</v>
+        <v>2368</v>
       </c>
       <c r="I254" t="s">
-        <v>2353</v>
+        <v>2369</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2354</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5520</v>
+        <v>5504</v>
       </c>
       <c r="B255" t="s">
-        <v>2355</v>
+        <v>2371</v>
       </c>
       <c r="C255" t="s">
-        <v>2356</v>
+        <v>2372</v>
       </c>
       <c r="D255" t="s">
-        <v>2357</v>
+        <v>2373</v>
       </c>
       <c r="E255" t="s">
-        <v>2358</v>
+        <v>2374</v>
       </c>
       <c r="F255" t="s">
-        <v>2359</v>
+        <v>2375</v>
       </c>
       <c r="G255" t="s">
-        <v>2360</v>
+        <v>2376</v>
       </c>
       <c r="H255" t="s">
-        <v>2361</v>
+        <v>2377</v>
       </c>
       <c r="I255" t="s">
-        <v>2362</v>
+        <v>2378</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>1156</v>
+        <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>1157</v>
+        <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2363</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5545</v>
+        <v>5507</v>
       </c>
       <c r="B256" t="s">
-        <v>2364</v>
+        <v>2380</v>
       </c>
       <c r="C256" t="s">
-        <v>2365</v>
+        <v>2381</v>
       </c>
       <c r="D256" t="s">
-        <v>2366</v>
+        <v>2382</v>
       </c>
       <c r="E256" t="s">
-        <v>2367</v>
+        <v>2383</v>
       </c>
       <c r="F256" t="s">
-        <v>2368</v>
+        <v>2384</v>
       </c>
       <c r="G256" t="s">
-        <v>2369</v>
+        <v>2385</v>
       </c>
       <c r="H256" t="s">
-        <v>2370</v>
+        <v>2386</v>
       </c>
       <c r="I256" t="s">
-        <v>2371</v>
+        <v>2387</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2372</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5657</v>
+        <v>5509</v>
       </c>
       <c r="B257" t="s">
-        <v>2373</v>
+        <v>2389</v>
       </c>
       <c r="C257" t="s">
-        <v>2374</v>
+        <v>2390</v>
       </c>
       <c r="D257" t="s">
-        <v>2375</v>
+        <v>2391</v>
       </c>
       <c r="E257" t="s">
-        <v>2376</v>
+        <v>2392</v>
       </c>
       <c r="F257" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="G257" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="H257" t="s">
-        <v>2379</v>
+        <v>2395</v>
       </c>
       <c r="I257" t="s">
-        <v>2380</v>
+        <v>2396</v>
       </c>
       <c r="J257" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K257" t="s">
-        <v>25</v>
+        <v>1158</v>
       </c>
       <c r="L257" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M257" t="s">
-        <v>27</v>
+        <v>1159</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2381</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5733</v>
+        <v>5512</v>
       </c>
       <c r="B258" t="s">
-        <v>2382</v>
+        <v>2398</v>
       </c>
       <c r="C258" t="s">
-        <v>2383</v>
+        <v>2399</v>
       </c>
       <c r="D258" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="E258" t="s">
-        <v>2385</v>
+        <v>2401</v>
       </c>
       <c r="F258" t="s">
-        <v>2386</v>
+        <v>2402</v>
       </c>
       <c r="G258" t="s">
-        <v>2387</v>
+        <v>2403</v>
       </c>
       <c r="H258" t="s">
-        <v>2388</v>
+        <v>2404</v>
       </c>
       <c r="I258" t="s">
-        <v>2389</v>
+        <v>2405</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2390</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5787</v>
+        <v>5514</v>
       </c>
       <c r="B259" t="s">
-        <v>2391</v>
+        <v>2407</v>
       </c>
       <c r="C259" t="s">
-        <v>2392</v>
+        <v>2408</v>
       </c>
       <c r="D259" t="s">
-        <v>2393</v>
+        <v>2409</v>
       </c>
       <c r="E259" t="s">
-        <v>2394</v>
+        <v>2410</v>
       </c>
       <c r="F259" t="s">
-        <v>2395</v>
+        <v>2411</v>
       </c>
       <c r="G259" t="s">
-        <v>2396</v>
+        <v>2412</v>
       </c>
       <c r="H259" t="s">
-        <v>2397</v>
+        <v>2413</v>
       </c>
       <c r="I259" t="s">
-        <v>2398</v>
+        <v>2414</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2399</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5792</v>
+        <v>5516</v>
       </c>
       <c r="B260" t="s">
-        <v>2400</v>
+        <v>2416</v>
       </c>
       <c r="C260" t="s">
-        <v>2401</v>
+        <v>2417</v>
       </c>
       <c r="D260" t="s">
-        <v>2402</v>
+        <v>2418</v>
       </c>
       <c r="E260" t="s">
-        <v>2403</v>
+        <v>2419</v>
       </c>
       <c r="F260" t="s">
-        <v>2404</v>
+        <v>2420</v>
       </c>
       <c r="G260" t="s">
-        <v>2405</v>
+        <v>2421</v>
       </c>
       <c r="H260" t="s">
-        <v>2406</v>
+        <v>2422</v>
       </c>
       <c r="I260" t="s">
-        <v>2407</v>
+        <v>2423</v>
       </c>
       <c r="J260" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>441</v>
+        <v>25</v>
       </c>
       <c r="L260" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2408</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5794</v>
+        <v>5517</v>
       </c>
       <c r="B261" t="s">
-        <v>2409</v>
+        <v>2425</v>
       </c>
       <c r="C261" t="s">
-        <v>2410</v>
+        <v>2426</v>
       </c>
       <c r="D261" t="s">
-        <v>2411</v>
+        <v>2427</v>
       </c>
       <c r="E261" t="s">
-        <v>2412</v>
+        <v>2428</v>
       </c>
       <c r="F261" t="s">
-        <v>2413</v>
+        <v>2429</v>
       </c>
       <c r="G261" t="s">
-        <v>2414</v>
+        <v>2430</v>
       </c>
       <c r="H261" t="s">
-        <v>2415</v>
+        <v>2431</v>
       </c>
       <c r="I261" t="s">
-        <v>2416</v>
+        <v>2432</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2417</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5795</v>
+        <v>5518</v>
       </c>
       <c r="B262" t="s">
-        <v>2418</v>
+        <v>2434</v>
       </c>
       <c r="C262" t="s">
-        <v>2419</v>
+        <v>2435</v>
       </c>
       <c r="D262" t="s">
-        <v>2420</v>
+        <v>2436</v>
       </c>
       <c r="E262" t="s">
-        <v>2421</v>
+        <v>2437</v>
       </c>
       <c r="F262" t="s">
-        <v>2422</v>
+        <v>2438</v>
       </c>
       <c r="G262" t="s">
-        <v>2423</v>
+        <v>2439</v>
       </c>
       <c r="H262" t="s">
-        <v>2424</v>
+        <v>2440</v>
       </c>
       <c r="I262" t="s">
-        <v>2425</v>
+        <v>2441</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2426</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5796</v>
+        <v>5520</v>
       </c>
       <c r="B263" t="s">
-        <v>2427</v>
+        <v>2443</v>
       </c>
       <c r="C263" t="s">
-        <v>2428</v>
+        <v>2444</v>
       </c>
       <c r="D263" t="s">
-        <v>2429</v>
+        <v>2445</v>
       </c>
       <c r="E263" t="s">
-        <v>2430</v>
+        <v>2446</v>
       </c>
       <c r="F263" t="s">
-        <v>2431</v>
+        <v>2447</v>
       </c>
       <c r="G263" t="s">
-        <v>2432</v>
+        <v>2448</v>
       </c>
       <c r="H263" t="s">
-        <v>2433</v>
+        <v>2449</v>
       </c>
       <c r="I263" t="s">
-        <v>2434</v>
+        <v>2450</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>170</v>
+        <v>1158</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>171</v>
+        <v>1159</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2435</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5798</v>
+        <v>5545</v>
       </c>
       <c r="B264" t="s">
-        <v>2436</v>
+        <v>2452</v>
       </c>
       <c r="C264" t="s">
-        <v>2437</v>
+        <v>2453</v>
       </c>
       <c r="D264" t="s">
-        <v>2438</v>
+        <v>2454</v>
       </c>
       <c r="E264" t="s">
-        <v>2439</v>
+        <v>2455</v>
       </c>
       <c r="F264" t="s">
-        <v>2440</v>
+        <v>2456</v>
       </c>
       <c r="G264" t="s">
-        <v>2441</v>
+        <v>2457</v>
       </c>
       <c r="H264" t="s">
-        <v>2442</v>
+        <v>2458</v>
       </c>
       <c r="I264" t="s">
-        <v>2443</v>
+        <v>2459</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>170</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>171</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2444</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5799</v>
+        <v>5657</v>
       </c>
       <c r="B265" t="s">
-        <v>2445</v>
+        <v>2461</v>
       </c>
       <c r="C265" t="s">
-        <v>2446</v>
+        <v>2462</v>
       </c>
       <c r="D265" t="s">
-        <v>2447</v>
+        <v>2463</v>
       </c>
       <c r="E265" t="s">
-        <v>2448</v>
+        <v>2464</v>
       </c>
       <c r="F265" t="s">
-        <v>2449</v>
+        <v>2465</v>
       </c>
       <c r="G265" t="s">
-        <v>2450</v>
+        <v>2466</v>
       </c>
       <c r="H265" t="s">
-        <v>2451</v>
+        <v>2467</v>
       </c>
       <c r="I265" t="s">
-        <v>2452</v>
+        <v>2468</v>
       </c>
       <c r="J265" t="s">
-        <v>1625</v>
+        <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>859</v>
+        <v>25</v>
       </c>
       <c r="L265" t="s">
-        <v>1627</v>
+        <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>860</v>
+        <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2453</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5803</v>
+        <v>5733</v>
       </c>
       <c r="B266" t="s">
-        <v>2454</v>
+        <v>2470</v>
       </c>
       <c r="C266" t="s">
-        <v>2455</v>
+        <v>2471</v>
       </c>
       <c r="D266" t="s">
-        <v>2456</v>
+        <v>2472</v>
       </c>
       <c r="E266" t="s">
-        <v>2457</v>
+        <v>2473</v>
       </c>
       <c r="F266" t="s">
-        <v>2458</v>
+        <v>2474</v>
       </c>
       <c r="G266" t="s">
-        <v>2459</v>
+        <v>2475</v>
       </c>
       <c r="H266" t="s">
-        <v>2460</v>
+        <v>2476</v>
       </c>
       <c r="I266" t="s">
-        <v>2461</v>
+        <v>2477</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2462</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5805</v>
+        <v>5787</v>
       </c>
       <c r="B267" t="s">
-        <v>2463</v>
+        <v>2479</v>
       </c>
       <c r="C267" t="s">
-        <v>2464</v>
+        <v>2480</v>
       </c>
       <c r="D267" t="s">
-        <v>2465</v>
+        <v>2481</v>
       </c>
       <c r="E267" t="s">
-        <v>2466</v>
+        <v>2482</v>
       </c>
       <c r="F267" t="s">
-        <v>2467</v>
+        <v>2483</v>
       </c>
       <c r="G267" t="s">
-        <v>2468</v>
+        <v>2484</v>
       </c>
       <c r="H267" t="s">
-        <v>2469</v>
+        <v>2485</v>
       </c>
       <c r="I267" t="s">
-        <v>2470</v>
+        <v>2486</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2471</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5808</v>
+        <v>5792</v>
       </c>
       <c r="B268" t="s">
-        <v>2472</v>
+        <v>2488</v>
       </c>
       <c r="C268" t="s">
-        <v>2473</v>
+        <v>2489</v>
       </c>
       <c r="D268" t="s">
-        <v>2474</v>
+        <v>2490</v>
       </c>
       <c r="E268" t="s">
-        <v>2475</v>
+        <v>2491</v>
       </c>
       <c r="F268" t="s">
-        <v>2476</v>
+        <v>2492</v>
       </c>
       <c r="G268" t="s">
-        <v>2477</v>
+        <v>2493</v>
       </c>
       <c r="H268" t="s">
-        <v>2478</v>
+        <v>2494</v>
       </c>
       <c r="I268" t="s">
-        <v>2479</v>
+        <v>2495</v>
       </c>
       <c r="J268" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>442</v>
       </c>
       <c r="L268" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>444</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2480</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5811</v>
+        <v>5794</v>
       </c>
       <c r="B269" t="s">
-        <v>2481</v>
+        <v>2497</v>
       </c>
       <c r="C269" t="s">
-        <v>2482</v>
+        <v>2498</v>
       </c>
       <c r="D269" t="s">
-        <v>2483</v>
+        <v>2499</v>
       </c>
       <c r="E269" t="s">
-        <v>2484</v>
+        <v>2500</v>
       </c>
       <c r="F269" t="s">
-        <v>2485</v>
+        <v>2501</v>
       </c>
       <c r="G269" t="s">
-        <v>2486</v>
+        <v>2502</v>
       </c>
       <c r="H269" t="s">
-        <v>2487</v>
+        <v>2503</v>
       </c>
       <c r="I269" t="s">
-        <v>2488</v>
+        <v>2504</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2489</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5819</v>
+        <v>5795</v>
       </c>
       <c r="B270" t="s">
-        <v>2490</v>
+        <v>2506</v>
       </c>
       <c r="C270" t="s">
-        <v>2491</v>
+        <v>2507</v>
       </c>
       <c r="D270" t="s">
-        <v>2492</v>
+        <v>2508</v>
       </c>
       <c r="E270" t="s">
-        <v>2493</v>
+        <v>2509</v>
       </c>
       <c r="F270" t="s">
-        <v>2494</v>
+        <v>2510</v>
       </c>
       <c r="G270" t="s">
-        <v>2495</v>
+        <v>2511</v>
       </c>
       <c r="H270" t="s">
-        <v>2496</v>
+        <v>2512</v>
       </c>
       <c r="I270" t="s">
-        <v>2497</v>
+        <v>2513</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2498</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5830</v>
+        <v>5796</v>
       </c>
       <c r="B271" t="s">
-        <v>2499</v>
+        <v>2515</v>
       </c>
       <c r="C271" t="s">
-        <v>2500</v>
+        <v>2516</v>
       </c>
       <c r="D271" t="s">
-        <v>2501</v>
+        <v>2517</v>
       </c>
       <c r="E271" t="s">
-        <v>2502</v>
+        <v>2518</v>
       </c>
       <c r="F271" t="s">
-        <v>2503</v>
+        <v>2519</v>
       </c>
       <c r="G271" t="s">
-        <v>2504</v>
+        <v>2520</v>
       </c>
       <c r="H271" t="s">
-        <v>2505</v>
+        <v>2521</v>
       </c>
       <c r="I271" t="s">
-        <v>2506</v>
+        <v>2522</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2507</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5863</v>
+        <v>5798</v>
       </c>
       <c r="B272" t="s">
-        <v>2508</v>
+        <v>2524</v>
       </c>
       <c r="C272" t="s">
-        <v>2509</v>
+        <v>2525</v>
       </c>
       <c r="D272" t="s">
-        <v>2510</v>
+        <v>2526</v>
       </c>
       <c r="E272" t="s">
-        <v>2511</v>
+        <v>2527</v>
       </c>
       <c r="F272" t="s">
-        <v>2512</v>
+        <v>2528</v>
       </c>
       <c r="G272" t="s">
-        <v>2513</v>
+        <v>2529</v>
       </c>
       <c r="H272" t="s">
-        <v>2514</v>
+        <v>2530</v>
       </c>
       <c r="I272" t="s">
-        <v>2515</v>
+        <v>2531</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2516</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5866</v>
+        <v>5799</v>
       </c>
       <c r="B273" t="s">
-        <v>2517</v>
+        <v>2533</v>
       </c>
       <c r="C273" t="s">
-        <v>2518</v>
+        <v>2534</v>
       </c>
       <c r="D273" t="s">
-        <v>2519</v>
+        <v>2535</v>
       </c>
       <c r="E273" t="s">
-        <v>2520</v>
+        <v>2536</v>
       </c>
       <c r="F273" t="s">
-        <v>2521</v>
+        <v>2537</v>
       </c>
       <c r="G273" t="s">
-        <v>2522</v>
+        <v>2538</v>
       </c>
       <c r="H273" t="s">
-        <v>2523</v>
+        <v>2539</v>
       </c>
       <c r="I273" t="s">
-        <v>2524</v>
+        <v>2540</v>
       </c>
       <c r="J273" t="s">
-        <v>24</v>
+        <v>1689</v>
       </c>
       <c r="K273" t="s">
-        <v>25</v>
+        <v>860</v>
       </c>
       <c r="L273" t="s">
-        <v>26</v>
+        <v>1691</v>
       </c>
       <c r="M273" t="s">
-        <v>27</v>
+        <v>861</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2525</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5888</v>
+        <v>5803</v>
       </c>
       <c r="B274" t="s">
-        <v>2526</v>
+        <v>2542</v>
       </c>
       <c r="C274" t="s">
-        <v>2527</v>
+        <v>2543</v>
       </c>
       <c r="D274" t="s">
-        <v>2528</v>
+        <v>2544</v>
       </c>
       <c r="E274" t="s">
-        <v>2529</v>
+        <v>2545</v>
       </c>
       <c r="F274" t="s">
-        <v>2530</v>
+        <v>2546</v>
       </c>
       <c r="G274" t="s">
-        <v>2531</v>
+        <v>2547</v>
       </c>
       <c r="H274" t="s">
-        <v>2532</v>
+        <v>2548</v>
       </c>
       <c r="I274" t="s">
-        <v>2533</v>
+        <v>2549</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2534</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5889</v>
+        <v>5805</v>
       </c>
       <c r="B275" t="s">
-        <v>2535</v>
+        <v>2551</v>
       </c>
       <c r="C275" t="s">
-        <v>2536</v>
+        <v>2552</v>
       </c>
       <c r="D275" t="s">
-        <v>2537</v>
+        <v>2553</v>
       </c>
       <c r="E275" t="s">
-        <v>2538</v>
+        <v>2554</v>
       </c>
       <c r="F275" t="s">
-        <v>2539</v>
+        <v>2555</v>
       </c>
       <c r="G275" t="s">
-        <v>2540</v>
+        <v>2556</v>
       </c>
       <c r="H275" t="s">
-        <v>2541</v>
+        <v>2557</v>
       </c>
       <c r="I275" t="s">
-        <v>2542</v>
+        <v>2558</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>25</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2543</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5907</v>
+        <v>5808</v>
       </c>
       <c r="B276" t="s">
-        <v>2544</v>
+        <v>2560</v>
       </c>
       <c r="C276" t="s">
-        <v>2545</v>
+        <v>2561</v>
       </c>
       <c r="D276" t="s">
-        <v>2546</v>
+        <v>2562</v>
       </c>
       <c r="E276" t="s">
-        <v>2547</v>
+        <v>2563</v>
       </c>
       <c r="F276" t="s">
-        <v>2548</v>
+        <v>2564</v>
       </c>
       <c r="G276" t="s">
-        <v>2549</v>
+        <v>2565</v>
       </c>
       <c r="H276" t="s">
-        <v>2550</v>
+        <v>2566</v>
       </c>
       <c r="I276" t="s">
-        <v>2551</v>
+        <v>2567</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
         <v>25</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>27</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2552</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5913</v>
+        <v>5811</v>
       </c>
       <c r="B277" t="s">
-        <v>2553</v>
+        <v>2569</v>
       </c>
       <c r="C277" t="s">
-        <v>2554</v>
+        <v>2570</v>
       </c>
       <c r="D277" t="s">
-        <v>2555</v>
+        <v>2571</v>
       </c>
       <c r="E277" t="s">
-        <v>2556</v>
+        <v>2572</v>
       </c>
       <c r="F277" t="s">
-        <v>2557</v>
+        <v>2573</v>
       </c>
       <c r="G277" t="s">
-        <v>2558</v>
+        <v>2574</v>
       </c>
       <c r="H277" t="s">
-        <v>2559</v>
+        <v>2575</v>
       </c>
       <c r="I277" t="s">
-        <v>2560</v>
+        <v>2576</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2561</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5915</v>
+        <v>5819</v>
       </c>
       <c r="B278" t="s">
-        <v>2562</v>
+        <v>2578</v>
       </c>
       <c r="C278" t="s">
-        <v>2563</v>
+        <v>2579</v>
       </c>
       <c r="D278" t="s">
-        <v>2564</v>
+        <v>2580</v>
       </c>
       <c r="E278" t="s">
-        <v>2565</v>
+        <v>2581</v>
       </c>
       <c r="F278" t="s">
-        <v>2566</v>
+        <v>2582</v>
       </c>
       <c r="G278" t="s">
-        <v>2567</v>
+        <v>2583</v>
       </c>
       <c r="H278" t="s">
-        <v>2568</v>
+        <v>2584</v>
       </c>
       <c r="I278" t="s">
-        <v>2569</v>
+        <v>2585</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2570</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5927</v>
+        <v>5830</v>
       </c>
       <c r="B279" t="s">
-        <v>2571</v>
+        <v>2587</v>
       </c>
       <c r="C279" t="s">
-        <v>2572</v>
+        <v>2588</v>
       </c>
       <c r="D279" t="s">
-        <v>2573</v>
+        <v>2589</v>
       </c>
       <c r="E279" t="s">
-        <v>2574</v>
+        <v>2590</v>
       </c>
       <c r="F279" t="s">
-        <v>2575</v>
+        <v>2591</v>
       </c>
       <c r="G279" t="s">
-        <v>2576</v>
+        <v>2592</v>
       </c>
       <c r="H279" t="s">
-        <v>2577</v>
+        <v>2593</v>
       </c>
       <c r="I279" t="s">
-        <v>2578</v>
+        <v>2594</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2579</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5928</v>
+        <v>5863</v>
       </c>
       <c r="B280" t="s">
-        <v>2580</v>
+        <v>2596</v>
       </c>
       <c r="C280" t="s">
-        <v>2581</v>
+        <v>2597</v>
       </c>
       <c r="D280" t="s">
-        <v>2582</v>
+        <v>2598</v>
       </c>
       <c r="E280" t="s">
-        <v>2583</v>
+        <v>2599</v>
       </c>
       <c r="F280" t="s">
-        <v>2584</v>
+        <v>2600</v>
       </c>
       <c r="G280" t="s">
-        <v>2585</v>
+        <v>2601</v>
       </c>
       <c r="H280" t="s">
-        <v>2586</v>
+        <v>2602</v>
       </c>
       <c r="I280" t="s">
-        <v>2587</v>
+        <v>2603</v>
       </c>
       <c r="J280" t="s">
-        <v>2588</v>
+        <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>2589</v>
+        <v>25</v>
       </c>
       <c r="L280" t="s">
-        <v>2590</v>
+        <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>2591</v>
+        <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2592</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5931</v>
+        <v>5866</v>
       </c>
       <c r="B281" t="s">
-        <v>2593</v>
+        <v>2605</v>
       </c>
       <c r="C281" t="s">
-        <v>2594</v>
+        <v>2606</v>
       </c>
       <c r="D281" t="s">
-        <v>2595</v>
+        <v>2607</v>
       </c>
       <c r="E281" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="F281" t="s">
-        <v>2597</v>
+        <v>2609</v>
       </c>
       <c r="G281" t="s">
-        <v>2598</v>
+        <v>2610</v>
       </c>
       <c r="H281" t="s">
-        <v>2599</v>
+        <v>2611</v>
       </c>
       <c r="I281" t="s">
-        <v>2600</v>
+        <v>2612</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
         <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
         <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2601</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5932</v>
+        <v>5888</v>
       </c>
       <c r="B282" t="s">
-        <v>2602</v>
+        <v>2614</v>
       </c>
       <c r="C282" t="s">
-        <v>2603</v>
+        <v>2615</v>
       </c>
       <c r="D282" t="s">
-        <v>2604</v>
+        <v>2616</v>
       </c>
       <c r="E282" t="s">
-        <v>2605</v>
+        <v>2617</v>
       </c>
       <c r="F282" t="s">
-        <v>2606</v>
+        <v>2618</v>
       </c>
       <c r="G282" t="s">
-        <v>2607</v>
+        <v>2619</v>
       </c>
       <c r="H282" t="s">
-        <v>2608</v>
+        <v>2620</v>
       </c>
       <c r="I282" t="s">
-        <v>2609</v>
+        <v>2621</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2610</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5934</v>
+        <v>5889</v>
       </c>
       <c r="B283" t="s">
-        <v>2611</v>
+        <v>2623</v>
       </c>
       <c r="C283" t="s">
-        <v>2612</v>
+        <v>2624</v>
       </c>
       <c r="D283" t="s">
-        <v>2613</v>
+        <v>2625</v>
       </c>
       <c r="E283" t="s">
-        <v>2614</v>
+        <v>2626</v>
       </c>
       <c r="F283" t="s">
-        <v>2615</v>
+        <v>2627</v>
       </c>
       <c r="G283" t="s">
-        <v>2616</v>
+        <v>2628</v>
       </c>
       <c r="H283" t="s">
-        <v>2617</v>
+        <v>2629</v>
       </c>
       <c r="I283" t="s">
-        <v>2618</v>
+        <v>2630</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2619</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5953</v>
+        <v>5907</v>
       </c>
       <c r="B284" t="s">
-        <v>2620</v>
+        <v>2632</v>
       </c>
       <c r="C284" t="s">
-        <v>2621</v>
+        <v>2633</v>
       </c>
       <c r="D284" t="s">
-        <v>2622</v>
+        <v>2634</v>
       </c>
       <c r="E284" t="s">
-        <v>2623</v>
+        <v>2635</v>
       </c>
       <c r="F284" t="s">
-        <v>2624</v>
+        <v>2636</v>
       </c>
       <c r="G284" t="s">
-        <v>2625</v>
+        <v>2637</v>
       </c>
       <c r="H284" t="s">
-        <v>2626</v>
+        <v>2638</v>
       </c>
       <c r="I284" t="s">
-        <v>2627</v>
+        <v>2639</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
         <v>25</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
         <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2628</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5981</v>
+        <v>5913</v>
       </c>
       <c r="B285" t="s">
-        <v>2629</v>
+        <v>2641</v>
       </c>
       <c r="C285" t="s">
-        <v>2630</v>
+        <v>2642</v>
       </c>
       <c r="D285" t="s">
-        <v>2631</v>
+        <v>2643</v>
       </c>
       <c r="E285" t="s">
-        <v>2632</v>
+        <v>2644</v>
       </c>
       <c r="F285" t="s">
-        <v>2633</v>
+        <v>2645</v>
       </c>
       <c r="G285" t="s">
-        <v>2634</v>
+        <v>2646</v>
       </c>
       <c r="H285" t="s">
-        <v>2635</v>
+        <v>2647</v>
       </c>
       <c r="I285" t="s">
-        <v>2636</v>
+        <v>2648</v>
       </c>
       <c r="J285" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>2637</v>
+        <v>47</v>
       </c>
       <c r="L285" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>2638</v>
+        <v>48</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2639</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5986</v>
+        <v>5915</v>
       </c>
       <c r="B286" t="s">
-        <v>2640</v>
+        <v>2650</v>
       </c>
       <c r="C286" t="s">
-        <v>2641</v>
+        <v>2651</v>
       </c>
       <c r="D286" t="s">
-        <v>2642</v>
+        <v>2652</v>
       </c>
       <c r="E286" t="s">
-        <v>2643</v>
+        <v>2653</v>
       </c>
       <c r="F286" t="s">
-        <v>2644</v>
+        <v>2654</v>
       </c>
       <c r="G286" t="s">
-        <v>2645</v>
+        <v>2655</v>
       </c>
       <c r="H286" t="s">
-        <v>2646</v>
+        <v>2656</v>
       </c>
       <c r="I286" t="s">
-        <v>2647</v>
+        <v>2657</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>170</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>171</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2648</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5989</v>
+        <v>5927</v>
       </c>
       <c r="B287" t="s">
-        <v>2649</v>
+        <v>2659</v>
       </c>
       <c r="C287" t="s">
-        <v>2650</v>
+        <v>2660</v>
       </c>
       <c r="D287" t="s">
-        <v>2651</v>
+        <v>2661</v>
       </c>
       <c r="E287" t="s">
-        <v>2652</v>
+        <v>2662</v>
       </c>
       <c r="F287" t="s">
-        <v>2653</v>
+        <v>2663</v>
       </c>
       <c r="G287" t="s">
-        <v>2654</v>
+        <v>2664</v>
       </c>
       <c r="H287" t="s">
-        <v>2655</v>
+        <v>2665</v>
       </c>
       <c r="I287" t="s">
-        <v>2656</v>
+        <v>2666</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>1819</v>
+        <v>59</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>1820</v>
+        <v>61</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2657</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>6018</v>
+        <v>5928</v>
       </c>
       <c r="B288" t="s">
-        <v>2658</v>
+        <v>2668</v>
       </c>
       <c r="C288" t="s">
-        <v>2659</v>
+        <v>2669</v>
       </c>
       <c r="D288" t="s">
-        <v>2660</v>
+        <v>2670</v>
       </c>
       <c r="E288" t="s">
-        <v>2661</v>
+        <v>2671</v>
       </c>
       <c r="F288" t="s">
-        <v>2662</v>
+        <v>2672</v>
       </c>
       <c r="G288" t="s">
-        <v>2663</v>
+        <v>2673</v>
       </c>
       <c r="H288" t="s">
-        <v>2664</v>
+        <v>2674</v>
       </c>
       <c r="I288" t="s">
-        <v>2665</v>
+        <v>2675</v>
       </c>
       <c r="J288" t="s">
-        <v>24</v>
+        <v>2676</v>
       </c>
       <c r="K288" t="s">
-        <v>170</v>
+        <v>2677</v>
       </c>
       <c r="L288" t="s">
-        <v>26</v>
+        <v>2678</v>
       </c>
       <c r="M288" t="s">
-        <v>171</v>
+        <v>2679</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2666</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>6021</v>
+        <v>5931</v>
       </c>
       <c r="B289" t="s">
-        <v>2667</v>
+        <v>2681</v>
       </c>
       <c r="C289" t="s">
-        <v>2668</v>
+        <v>2682</v>
       </c>
       <c r="D289" t="s">
-        <v>2669</v>
+        <v>2683</v>
       </c>
       <c r="E289" t="s">
-        <v>2670</v>
+        <v>2684</v>
       </c>
       <c r="F289" t="s">
-        <v>2671</v>
+        <v>2685</v>
       </c>
       <c r="G289" t="s">
-        <v>2672</v>
+        <v>2686</v>
       </c>
       <c r="H289" t="s">
-        <v>2673</v>
+        <v>2687</v>
       </c>
       <c r="I289" t="s">
-        <v>2674</v>
+        <v>2688</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2675</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>6076</v>
+        <v>5932</v>
       </c>
       <c r="B290" t="s">
-        <v>2676</v>
+        <v>2690</v>
       </c>
       <c r="C290" t="s">
-        <v>2677</v>
+        <v>2691</v>
       </c>
       <c r="D290" t="s">
-        <v>2678</v>
+        <v>2692</v>
       </c>
       <c r="E290" t="s">
-        <v>2679</v>
+        <v>2693</v>
       </c>
       <c r="F290" t="s">
-        <v>2680</v>
+        <v>2694</v>
       </c>
       <c r="G290" t="s">
-        <v>2681</v>
+        <v>2695</v>
       </c>
       <c r="H290" t="s">
-        <v>2682</v>
+        <v>2696</v>
       </c>
       <c r="I290" t="s">
-        <v>2683</v>
+        <v>2697</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2684</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>6082</v>
+        <v>5934</v>
       </c>
       <c r="B291" t="s">
-        <v>2685</v>
+        <v>2699</v>
       </c>
       <c r="C291" t="s">
-        <v>2686</v>
+        <v>2700</v>
       </c>
       <c r="D291" t="s">
-        <v>2687</v>
+        <v>2701</v>
       </c>
       <c r="E291" t="s">
-        <v>2688</v>
+        <v>2702</v>
       </c>
       <c r="F291" t="s">
-        <v>2689</v>
+        <v>2703</v>
       </c>
       <c r="G291" t="s">
-        <v>2690</v>
+        <v>2704</v>
       </c>
       <c r="H291" t="s">
-        <v>2691</v>
+        <v>2705</v>
       </c>
       <c r="I291" t="s">
-        <v>2692</v>
+        <v>2706</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>570</v>
+        <v>170</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>571</v>
+        <v>171</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2693</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>6093</v>
+        <v>5953</v>
       </c>
       <c r="B292" t="s">
-        <v>2694</v>
+        <v>2708</v>
       </c>
       <c r="C292" t="s">
-        <v>2695</v>
+        <v>2709</v>
       </c>
       <c r="D292" t="s">
-        <v>2696</v>
+        <v>2710</v>
       </c>
       <c r="E292" t="s">
-        <v>2697</v>
+        <v>2711</v>
       </c>
       <c r="F292" t="s">
-        <v>2698</v>
+        <v>2712</v>
       </c>
       <c r="G292" t="s">
-        <v>2699</v>
+        <v>2713</v>
       </c>
       <c r="H292" t="s">
-        <v>2700</v>
+        <v>2714</v>
       </c>
       <c r="I292" t="s">
-        <v>2701</v>
+        <v>2715</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>2702</v>
+        <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
+      <c r="M292" t="s">
+        <v>27</v>
+      </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2703</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>6112</v>
+        <v>5981</v>
       </c>
       <c r="B293" t="s">
-        <v>2704</v>
+        <v>2717</v>
       </c>
       <c r="C293" t="s">
-        <v>2705</v>
+        <v>2718</v>
       </c>
       <c r="D293" t="s">
-        <v>2706</v>
+        <v>2719</v>
       </c>
       <c r="E293" t="s">
-        <v>2707</v>
+        <v>2720</v>
       </c>
       <c r="F293" t="s">
-        <v>2708</v>
+        <v>2721</v>
       </c>
       <c r="G293" t="s">
-        <v>2709</v>
+        <v>2722</v>
       </c>
       <c r="H293" t="s">
-        <v>2710</v>
+        <v>2723</v>
       </c>
       <c r="I293" t="s">
-        <v>2711</v>
+        <v>2724</v>
       </c>
       <c r="J293" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K293" t="s">
-        <v>170</v>
+        <v>2725</v>
       </c>
       <c r="L293" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M293" t="s">
-        <v>171</v>
+        <v>2726</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2712</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>6179</v>
+        <v>5986</v>
       </c>
       <c r="B294" t="s">
-        <v>2713</v>
+        <v>2728</v>
       </c>
       <c r="C294" t="s">
-        <v>2714</v>
+        <v>2729</v>
       </c>
       <c r="D294" t="s">
-        <v>2715</v>
+        <v>2730</v>
       </c>
       <c r="E294" t="s">
-        <v>2716</v>
+        <v>2731</v>
       </c>
       <c r="F294" t="s">
-        <v>2717</v>
+        <v>2732</v>
       </c>
       <c r="G294" t="s">
-        <v>2718</v>
+        <v>2733</v>
       </c>
       <c r="H294" t="s">
-        <v>2719</v>
+        <v>2734</v>
       </c>
       <c r="I294" t="s">
-        <v>2720</v>
+        <v>2735</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2721</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>6180</v>
+        <v>5989</v>
       </c>
       <c r="B295" t="s">
-        <v>2722</v>
+        <v>2737</v>
       </c>
       <c r="C295" t="s">
-        <v>2723</v>
+        <v>2738</v>
       </c>
       <c r="D295" t="s">
-        <v>2724</v>
+        <v>2739</v>
       </c>
       <c r="E295" t="s">
-        <v>2725</v>
+        <v>2740</v>
       </c>
       <c r="F295" t="s">
-        <v>2726</v>
+        <v>2741</v>
       </c>
       <c r="G295" t="s">
-        <v>2727</v>
+        <v>2742</v>
       </c>
       <c r="H295" t="s">
-        <v>2728</v>
+        <v>2743</v>
       </c>
       <c r="I295" t="s">
-        <v>2729</v>
+        <v>2744</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>25</v>
+        <v>1904</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>27</v>
+        <v>1905</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2730</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>6203</v>
+        <v>6018</v>
       </c>
       <c r="B296" t="s">
-        <v>2731</v>
+        <v>2746</v>
       </c>
       <c r="C296" t="s">
-        <v>2732</v>
+        <v>2747</v>
       </c>
       <c r="D296" t="s">
-        <v>2733</v>
+        <v>2748</v>
       </c>
       <c r="E296" t="s">
-        <v>2734</v>
+        <v>2749</v>
       </c>
       <c r="F296" t="s">
-        <v>2735</v>
+        <v>2750</v>
       </c>
       <c r="G296" t="s">
-        <v>2736</v>
+        <v>2751</v>
       </c>
       <c r="H296" t="s">
-        <v>2737</v>
+        <v>2752</v>
       </c>
       <c r="I296" t="s">
-        <v>2738</v>
+        <v>2753</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
         <v>170</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
         <v>171</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2739</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>6208</v>
+        <v>6021</v>
       </c>
       <c r="B297" t="s">
-        <v>2740</v>
+        <v>2755</v>
       </c>
       <c r="C297" t="s">
-        <v>2741</v>
+        <v>2756</v>
       </c>
       <c r="D297" t="s">
-        <v>2742</v>
+        <v>2757</v>
       </c>
       <c r="E297" t="s">
-        <v>2743</v>
+        <v>2758</v>
       </c>
       <c r="F297" t="s">
-        <v>2744</v>
+        <v>2759</v>
       </c>
       <c r="G297" t="s">
-        <v>2745</v>
+        <v>2760</v>
       </c>
       <c r="H297" t="s">
-        <v>2746</v>
+        <v>2761</v>
       </c>
       <c r="I297" t="s">
-        <v>2747</v>
+        <v>2762</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2748</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>6211</v>
+        <v>6076</v>
       </c>
       <c r="B298" t="s">
-        <v>2749</v>
+        <v>2764</v>
       </c>
       <c r="C298" t="s">
-        <v>2750</v>
+        <v>2765</v>
       </c>
       <c r="D298" t="s">
-        <v>2751</v>
+        <v>2766</v>
       </c>
       <c r="E298" t="s">
-        <v>2752</v>
+        <v>2767</v>
       </c>
       <c r="F298" t="s">
-        <v>2753</v>
+        <v>2768</v>
       </c>
       <c r="G298" t="s">
-        <v>2754</v>
+        <v>2769</v>
       </c>
       <c r="H298" t="s">
-        <v>2755</v>
+        <v>2770</v>
       </c>
       <c r="I298" t="s">
-        <v>2756</v>
+        <v>2771</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2757</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>6215</v>
+        <v>6082</v>
       </c>
       <c r="B299" t="s">
-        <v>2758</v>
+        <v>2773</v>
       </c>
       <c r="C299" t="s">
-        <v>2759</v>
+        <v>2774</v>
       </c>
       <c r="D299" t="s">
-        <v>2760</v>
+        <v>2775</v>
       </c>
       <c r="E299" t="s">
-        <v>2761</v>
+        <v>2776</v>
       </c>
       <c r="F299" t="s">
-        <v>2762</v>
+        <v>2777</v>
       </c>
       <c r="G299" t="s">
-        <v>2763</v>
+        <v>2778</v>
       </c>
       <c r="H299" t="s">
-        <v>2764</v>
+        <v>2779</v>
       </c>
       <c r="I299" t="s">
-        <v>2765</v>
+        <v>2780</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>170</v>
+        <v>571</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>171</v>
+        <v>572</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2766</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>6222</v>
+        <v>6093</v>
       </c>
       <c r="B300" t="s">
-        <v>2767</v>
+        <v>2782</v>
       </c>
       <c r="C300" t="s">
-        <v>2768</v>
+        <v>2783</v>
       </c>
       <c r="D300" t="s">
-        <v>2769</v>
+        <v>2784</v>
       </c>
       <c r="E300" t="s">
-        <v>2770</v>
+        <v>2785</v>
       </c>
       <c r="F300" t="s">
-        <v>2771</v>
+        <v>2786</v>
       </c>
       <c r="G300" t="s">
-        <v>2772</v>
+        <v>2787</v>
       </c>
       <c r="H300" t="s">
-        <v>2773</v>
+        <v>2788</v>
       </c>
       <c r="I300" t="s">
-        <v>2774</v>
+        <v>2789</v>
       </c>
       <c r="J300" t="s">
-        <v>2588</v>
+        <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>859</v>
+        <v>1017</v>
       </c>
       <c r="L300" t="s">
-        <v>2590</v>
+        <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>860</v>
+        <v>1018</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2775</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>6254</v>
+        <v>6112</v>
       </c>
       <c r="B301" t="s">
-        <v>2776</v>
+        <v>2791</v>
       </c>
       <c r="C301" t="s">
-        <v>2777</v>
+        <v>2792</v>
       </c>
       <c r="D301" t="s">
-        <v>2778</v>
+        <v>2793</v>
       </c>
       <c r="E301" t="s">
-        <v>2779</v>
+        <v>2794</v>
       </c>
       <c r="F301" t="s">
-        <v>2780</v>
+        <v>2795</v>
       </c>
       <c r="G301" t="s">
-        <v>2781</v>
+        <v>2796</v>
       </c>
       <c r="H301" t="s">
-        <v>2782</v>
+        <v>2797</v>
       </c>
       <c r="I301" t="s">
-        <v>2783</v>
+        <v>2798</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
         <v>170</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
         <v>171</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2784</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>6255</v>
+        <v>6179</v>
       </c>
       <c r="B302" t="s">
-        <v>2785</v>
+        <v>2800</v>
       </c>
       <c r="C302" t="s">
-        <v>2786</v>
+        <v>2801</v>
       </c>
       <c r="D302" t="s">
-        <v>2787</v>
+        <v>2802</v>
       </c>
       <c r="E302" t="s">
-        <v>2788</v>
+        <v>2803</v>
       </c>
       <c r="F302" t="s">
-        <v>2789</v>
+        <v>2804</v>
       </c>
       <c r="G302" t="s">
-        <v>2790</v>
+        <v>2805</v>
       </c>
       <c r="H302" t="s">
-        <v>2791</v>
+        <v>2806</v>
       </c>
       <c r="I302" t="s">
-        <v>2792</v>
+        <v>2807</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>2793</v>
+        <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>2794</v>
+        <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2795</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>6258</v>
+        <v>6180</v>
       </c>
       <c r="B303" t="s">
-        <v>2796</v>
+        <v>2809</v>
       </c>
       <c r="C303" t="s">
-        <v>2797</v>
+        <v>2810</v>
       </c>
       <c r="D303" t="s">
-        <v>2798</v>
+        <v>2811</v>
       </c>
       <c r="E303" t="s">
-        <v>2799</v>
+        <v>2812</v>
       </c>
       <c r="F303" t="s">
-        <v>2800</v>
+        <v>2813</v>
       </c>
       <c r="G303" t="s">
-        <v>2801</v>
+        <v>2814</v>
       </c>
       <c r="H303" t="s">
-        <v>2802</v>
+        <v>2815</v>
       </c>
       <c r="I303" t="s">
-        <v>2803</v>
+        <v>2816</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
         <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
         <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2804</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>6259</v>
+        <v>6203</v>
       </c>
       <c r="B304" t="s">
-        <v>2805</v>
+        <v>2818</v>
       </c>
       <c r="C304" t="s">
-        <v>2806</v>
+        <v>2819</v>
       </c>
       <c r="D304" t="s">
-        <v>2807</v>
+        <v>2820</v>
       </c>
       <c r="E304" t="s">
-        <v>2808</v>
+        <v>2821</v>
       </c>
       <c r="F304" t="s">
-        <v>2809</v>
+        <v>2822</v>
       </c>
       <c r="G304" t="s">
-        <v>2810</v>
+        <v>2823</v>
       </c>
       <c r="H304" t="s">
-        <v>2811</v>
+        <v>2824</v>
       </c>
       <c r="I304" t="s">
-        <v>2812</v>
+        <v>2825</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
         <v>170</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
         <v>171</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2813</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>6261</v>
+        <v>6208</v>
       </c>
       <c r="B305" t="s">
-        <v>2814</v>
+        <v>2827</v>
       </c>
       <c r="C305" t="s">
-        <v>2815</v>
+        <v>2828</v>
       </c>
       <c r="D305" t="s">
-        <v>2816</v>
+        <v>2829</v>
       </c>
       <c r="E305" t="s">
-        <v>2817</v>
+        <v>2830</v>
       </c>
       <c r="F305" t="s">
-        <v>2818</v>
+        <v>2831</v>
       </c>
       <c r="G305" t="s">
-        <v>2819</v>
+        <v>2832</v>
       </c>
       <c r="H305" t="s">
-        <v>2820</v>
+        <v>2833</v>
       </c>
       <c r="I305" t="s">
-        <v>2821</v>
+        <v>2834</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2822</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>6263</v>
+        <v>6211</v>
       </c>
       <c r="B306" t="s">
-        <v>2823</v>
+        <v>2836</v>
       </c>
       <c r="C306" t="s">
-        <v>2824</v>
+        <v>2837</v>
       </c>
       <c r="D306" t="s">
-        <v>2825</v>
+        <v>2838</v>
       </c>
       <c r="E306" t="s">
-        <v>2826</v>
+        <v>2839</v>
       </c>
       <c r="F306" t="s">
-        <v>2827</v>
+        <v>2840</v>
       </c>
       <c r="G306" t="s">
-        <v>2828</v>
+        <v>2841</v>
       </c>
       <c r="H306" t="s">
-        <v>2829</v>
+        <v>2842</v>
       </c>
       <c r="I306" t="s">
-        <v>2830</v>
+        <v>2843</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
         <v>170</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
         <v>171</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2831</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>6272</v>
+        <v>6215</v>
       </c>
       <c r="B307" t="s">
-        <v>2832</v>
+        <v>2845</v>
       </c>
       <c r="C307" t="s">
-        <v>2833</v>
+        <v>2846</v>
       </c>
       <c r="D307" t="s">
-        <v>2834</v>
+        <v>2847</v>
       </c>
       <c r="E307" t="s">
-        <v>2835</v>
+        <v>2848</v>
       </c>
       <c r="F307" t="s">
-        <v>2836</v>
+        <v>2849</v>
       </c>
       <c r="G307" t="s">
-        <v>2837</v>
+        <v>2850</v>
       </c>
       <c r="H307" t="s">
-        <v>2838</v>
+        <v>2851</v>
       </c>
       <c r="I307" t="s">
-        <v>2839</v>
+        <v>2852</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
         <v>170</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
         <v>171</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2840</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6274</v>
+        <v>6222</v>
       </c>
       <c r="B308" t="s">
-        <v>2841</v>
+        <v>2854</v>
       </c>
       <c r="C308" t="s">
-        <v>2842</v>
+        <v>2855</v>
       </c>
       <c r="D308" t="s">
-        <v>2843</v>
+        <v>2856</v>
       </c>
       <c r="E308" t="s">
-        <v>2844</v>
+        <v>2857</v>
       </c>
       <c r="F308" t="s">
-        <v>2845</v>
+        <v>2858</v>
       </c>
       <c r="G308" t="s">
-        <v>2846</v>
+        <v>2859</v>
       </c>
       <c r="H308" t="s">
-        <v>2847</v>
+        <v>2860</v>
       </c>
       <c r="I308" t="s">
-        <v>2848</v>
+        <v>2861</v>
       </c>
       <c r="J308" t="s">
-        <v>24</v>
+        <v>2676</v>
       </c>
       <c r="K308" t="s">
-        <v>25</v>
+        <v>860</v>
       </c>
       <c r="L308" t="s">
-        <v>26</v>
+        <v>2678</v>
       </c>
       <c r="M308" t="s">
-        <v>27</v>
+        <v>861</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2849</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6275</v>
+        <v>6254</v>
       </c>
       <c r="B309" t="s">
-        <v>2850</v>
+        <v>2863</v>
       </c>
       <c r="C309" t="s">
-        <v>2851</v>
+        <v>2864</v>
       </c>
       <c r="D309" t="s">
-        <v>2852</v>
+        <v>2865</v>
       </c>
       <c r="E309" t="s">
-        <v>2853</v>
+        <v>2866</v>
       </c>
       <c r="F309" t="s">
-        <v>2854</v>
+        <v>2867</v>
       </c>
       <c r="G309" t="s">
-        <v>2855</v>
+        <v>2868</v>
       </c>
       <c r="H309" t="s">
-        <v>2856</v>
+        <v>2869</v>
       </c>
       <c r="I309" t="s">
-        <v>2857</v>
+        <v>2870</v>
       </c>
       <c r="J309" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>1323</v>
+        <v>170</v>
       </c>
       <c r="L309" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>1325</v>
+        <v>171</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2858</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6327</v>
+        <v>6255</v>
       </c>
       <c r="B310" t="s">
-        <v>2859</v>
+        <v>2872</v>
       </c>
       <c r="C310" t="s">
-        <v>2860</v>
+        <v>2873</v>
       </c>
       <c r="D310" t="s">
-        <v>2861</v>
+        <v>2874</v>
       </c>
       <c r="E310" t="s">
-        <v>2862</v>
+        <v>2875</v>
       </c>
       <c r="F310" t="s">
-        <v>2863</v>
+        <v>2876</v>
       </c>
       <c r="G310" t="s">
-        <v>2864</v>
+        <v>2877</v>
       </c>
       <c r="H310" t="s">
-        <v>2865</v>
+        <v>2878</v>
       </c>
       <c r="I310" t="s">
-        <v>2866</v>
+        <v>2879</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>47</v>
+        <v>2880</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>48</v>
+        <v>2881</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2867</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6337</v>
+        <v>6258</v>
       </c>
       <c r="B311" t="s">
-        <v>2868</v>
+        <v>2883</v>
       </c>
       <c r="C311" t="s">
-        <v>2869</v>
+        <v>2884</v>
       </c>
       <c r="D311" t="s">
-        <v>2870</v>
+        <v>2885</v>
       </c>
       <c r="E311" t="s">
-        <v>2871</v>
+        <v>2886</v>
       </c>
       <c r="F311" t="s">
-        <v>2872</v>
+        <v>2887</v>
       </c>
       <c r="G311" t="s">
-        <v>2873</v>
+        <v>2888</v>
       </c>
       <c r="H311" t="s">
-        <v>2874</v>
+        <v>2889</v>
       </c>
       <c r="I311" t="s">
-        <v>2875</v>
+        <v>2890</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2876</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6361</v>
+        <v>6259</v>
       </c>
       <c r="B312" t="s">
-        <v>2877</v>
+        <v>2892</v>
       </c>
       <c r="C312" t="s">
-        <v>2878</v>
+        <v>2893</v>
       </c>
       <c r="D312" t="s">
-        <v>2879</v>
+        <v>2894</v>
       </c>
       <c r="E312" t="s">
-        <v>2880</v>
+        <v>2895</v>
       </c>
       <c r="F312" t="s">
-        <v>2881</v>
+        <v>2896</v>
       </c>
       <c r="G312" t="s">
-        <v>2882</v>
+        <v>2897</v>
       </c>
       <c r="H312" t="s">
-        <v>2883</v>
+        <v>2898</v>
       </c>
       <c r="I312" t="s">
-        <v>2884</v>
+        <v>2899</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
         <v>170</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
         <v>171</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2885</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6379</v>
+        <v>6261</v>
       </c>
       <c r="B313" t="s">
-        <v>2886</v>
+        <v>2901</v>
       </c>
       <c r="C313" t="s">
-        <v>2887</v>
+        <v>2902</v>
       </c>
       <c r="D313" t="s">
-        <v>2888</v>
+        <v>2903</v>
       </c>
       <c r="E313" t="s">
-        <v>2889</v>
+        <v>2904</v>
       </c>
       <c r="F313" t="s">
-        <v>2890</v>
+        <v>2905</v>
       </c>
       <c r="G313" t="s">
-        <v>2891</v>
+        <v>2906</v>
       </c>
       <c r="H313" t="s">
-        <v>2892</v>
+        <v>2907</v>
       </c>
       <c r="I313" t="s">
-        <v>2893</v>
+        <v>2908</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2894</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6454</v>
+        <v>6263</v>
       </c>
       <c r="B314" t="s">
-        <v>2895</v>
+        <v>2910</v>
       </c>
       <c r="C314" t="s">
-        <v>2896</v>
+        <v>2911</v>
       </c>
       <c r="D314" t="s">
-        <v>2897</v>
+        <v>2912</v>
       </c>
       <c r="E314" t="s">
-        <v>2898</v>
+        <v>2913</v>
       </c>
       <c r="F314" t="s">
-        <v>2899</v>
+        <v>2914</v>
       </c>
       <c r="G314" t="s">
-        <v>2900</v>
+        <v>2915</v>
       </c>
       <c r="H314" t="s">
-        <v>2901</v>
+        <v>2916</v>
       </c>
       <c r="I314" t="s">
-        <v>2902</v>
+        <v>2917</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
         <v>170</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
         <v>171</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2903</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6460</v>
+        <v>6272</v>
       </c>
       <c r="B315" t="s">
-        <v>2904</v>
+        <v>2919</v>
       </c>
       <c r="C315" t="s">
-        <v>2905</v>
+        <v>2920</v>
       </c>
       <c r="D315" t="s">
-        <v>2906</v>
+        <v>2921</v>
       </c>
       <c r="E315" t="s">
-        <v>2907</v>
+        <v>2922</v>
       </c>
       <c r="F315" t="s">
-        <v>2908</v>
+        <v>2923</v>
       </c>
       <c r="G315" t="s">
-        <v>2909</v>
+        <v>2924</v>
       </c>
       <c r="H315" t="s">
-        <v>2910</v>
+        <v>2925</v>
       </c>
       <c r="I315" t="s">
-        <v>2911</v>
+        <v>2926</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2912</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6468</v>
+        <v>6274</v>
       </c>
       <c r="B316" t="s">
-        <v>2913</v>
+        <v>2928</v>
       </c>
       <c r="C316" t="s">
-        <v>2914</v>
+        <v>2929</v>
       </c>
       <c r="D316" t="s">
-        <v>2915</v>
+        <v>2930</v>
       </c>
       <c r="E316" t="s">
-        <v>2916</v>
+        <v>2931</v>
       </c>
       <c r="F316" t="s">
-        <v>2917</v>
+        <v>2932</v>
       </c>
       <c r="G316" t="s">
-        <v>2918</v>
+        <v>2933</v>
       </c>
       <c r="H316" t="s">
-        <v>2919</v>
+        <v>2934</v>
       </c>
       <c r="I316" t="s">
-        <v>2920</v>
+        <v>2935</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
         <v>25</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
         <v>27</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2921</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6611</v>
+        <v>6275</v>
       </c>
       <c r="B317" t="s">
-        <v>2922</v>
+        <v>2937</v>
       </c>
       <c r="C317" t="s">
-        <v>2923</v>
+        <v>2938</v>
       </c>
       <c r="D317" t="s">
-        <v>2924</v>
+        <v>2939</v>
       </c>
       <c r="E317" t="s">
-        <v>2925</v>
+        <v>2940</v>
       </c>
       <c r="F317" t="s">
-        <v>2926</v>
+        <v>2941</v>
       </c>
       <c r="G317" t="s">
-        <v>2927</v>
+        <v>2942</v>
       </c>
       <c r="H317" t="s">
-        <v>2928</v>
+        <v>2943</v>
       </c>
       <c r="I317" t="s">
-        <v>2929</v>
+        <v>2944</v>
       </c>
       <c r="J317" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K317" t="s">
-        <v>25</v>
+        <v>1325</v>
       </c>
       <c r="L317" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M317" t="s">
-        <v>27</v>
+        <v>1327</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2930</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6615</v>
+        <v>6327</v>
       </c>
       <c r="B318" t="s">
-        <v>2931</v>
+        <v>2946</v>
       </c>
       <c r="C318" t="s">
-        <v>2932</v>
+        <v>2947</v>
       </c>
       <c r="D318" t="s">
-        <v>2933</v>
+        <v>2948</v>
       </c>
       <c r="E318" t="s">
-        <v>2934</v>
+        <v>2949</v>
       </c>
       <c r="F318" t="s">
-        <v>2935</v>
+        <v>2950</v>
       </c>
       <c r="G318" t="s">
-        <v>2936</v>
+        <v>2951</v>
       </c>
       <c r="H318" t="s">
-        <v>2937</v>
+        <v>2952</v>
       </c>
       <c r="I318" t="s">
-        <v>2938</v>
+        <v>2953</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2939</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6761</v>
+        <v>6337</v>
       </c>
       <c r="B319" t="s">
-        <v>2940</v>
+        <v>2955</v>
       </c>
       <c r="C319" t="s">
-        <v>2941</v>
+        <v>2956</v>
       </c>
       <c r="D319" t="s">
-        <v>2942</v>
+        <v>2957</v>
       </c>
       <c r="E319" t="s">
-        <v>2943</v>
+        <v>2958</v>
       </c>
       <c r="F319" t="s">
-        <v>2944</v>
+        <v>2959</v>
       </c>
       <c r="G319" t="s">
-        <v>2945</v>
+        <v>2960</v>
       </c>
       <c r="H319" t="s">
-        <v>2946</v>
+        <v>2961</v>
       </c>
       <c r="I319" t="s">
-        <v>2947</v>
+        <v>2962</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2948</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6762</v>
+        <v>6361</v>
       </c>
       <c r="B320" t="s">
-        <v>2949</v>
+        <v>2964</v>
       </c>
       <c r="C320" t="s">
-        <v>2950</v>
+        <v>2965</v>
       </c>
       <c r="D320" t="s">
-        <v>2951</v>
+        <v>2966</v>
       </c>
       <c r="E320" t="s">
-        <v>2952</v>
+        <v>2967</v>
       </c>
       <c r="F320" t="s">
-        <v>2953</v>
+        <v>2968</v>
       </c>
       <c r="G320" t="s">
-        <v>2954</v>
+        <v>2969</v>
       </c>
       <c r="H320" t="s">
-        <v>2955</v>
+        <v>2970</v>
       </c>
       <c r="I320" t="s">
-        <v>2956</v>
+        <v>2971</v>
       </c>
       <c r="J320" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>671</v>
+        <v>170</v>
       </c>
       <c r="L320" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>672</v>
+        <v>171</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2957</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6765</v>
+        <v>6379</v>
       </c>
       <c r="B321" t="s">
-        <v>2958</v>
+        <v>2973</v>
       </c>
       <c r="C321" t="s">
-        <v>2959</v>
+        <v>2974</v>
       </c>
       <c r="D321" t="s">
-        <v>2960</v>
+        <v>2975</v>
       </c>
       <c r="E321" t="s">
-        <v>2961</v>
+        <v>2976</v>
       </c>
       <c r="F321" t="s">
-        <v>2962</v>
+        <v>2977</v>
       </c>
       <c r="G321" t="s">
-        <v>2963</v>
+        <v>2978</v>
       </c>
       <c r="H321" t="s">
-        <v>2964</v>
+        <v>2979</v>
       </c>
       <c r="I321" t="s">
-        <v>2965</v>
+        <v>2980</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2966</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6982</v>
+        <v>6454</v>
       </c>
       <c r="B322" t="s">
-        <v>2967</v>
+        <v>2982</v>
       </c>
       <c r="C322" t="s">
-        <v>2968</v>
+        <v>2983</v>
       </c>
       <c r="D322" t="s">
-        <v>2969</v>
+        <v>2984</v>
       </c>
       <c r="E322" t="s">
-        <v>2970</v>
+        <v>2985</v>
       </c>
       <c r="F322" t="s">
-        <v>2971</v>
+        <v>2986</v>
       </c>
       <c r="G322" t="s">
-        <v>2972</v>
+        <v>2987</v>
       </c>
       <c r="H322" t="s">
-        <v>2973</v>
+        <v>2988</v>
       </c>
       <c r="I322" t="s">
-        <v>2974</v>
+        <v>2989</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>2975</v>
+        <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
+      <c r="M322" t="s">
+        <v>171</v>
+      </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2976</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>8265</v>
+        <v>6460</v>
       </c>
       <c r="B323" t="s">
-        <v>2977</v>
+        <v>2991</v>
       </c>
       <c r="C323" t="s">
-        <v>2978</v>
+        <v>2992</v>
       </c>
       <c r="D323" t="s">
-        <v>2979</v>
+        <v>2993</v>
       </c>
       <c r="E323" t="s">
-        <v>2980</v>
+        <v>2994</v>
       </c>
       <c r="F323" t="s">
-        <v>2981</v>
+        <v>2995</v>
       </c>
       <c r="G323" t="s">
-        <v>2982</v>
+        <v>2996</v>
       </c>
       <c r="H323" t="s">
-        <v>2983</v>
+        <v>2997</v>
       </c>
       <c r="I323" t="s">
-        <v>2984</v>
+        <v>2998</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>2985</v>
+        <v>25</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>2986</v>
+        <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2987</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>8289</v>
+        <v>6468</v>
       </c>
       <c r="B324" t="s">
-        <v>2988</v>
+        <v>3000</v>
       </c>
       <c r="C324" t="s">
-        <v>2989</v>
+        <v>3001</v>
       </c>
       <c r="D324" t="s">
-        <v>2990</v>
+        <v>3002</v>
       </c>
       <c r="E324" t="s">
-        <v>2991</v>
+        <v>3003</v>
       </c>
       <c r="F324" t="s">
-        <v>2992</v>
+        <v>3004</v>
       </c>
       <c r="G324" t="s">
-        <v>2993</v>
+        <v>3005</v>
       </c>
       <c r="H324" t="s">
-        <v>2994</v>
+        <v>3006</v>
       </c>
       <c r="I324" t="s">
-        <v>2995</v>
+        <v>3007</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>441</v>
+        <v>25</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2996</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>8294</v>
+        <v>6611</v>
       </c>
       <c r="B325" t="s">
-        <v>2997</v>
+        <v>3009</v>
       </c>
       <c r="C325" t="s">
-        <v>2998</v>
+        <v>3010</v>
       </c>
       <c r="D325" t="s">
-        <v>2999</v>
+        <v>3011</v>
       </c>
       <c r="E325" t="s">
-        <v>3000</v>
+        <v>3012</v>
       </c>
       <c r="F325" t="s">
-        <v>3001</v>
+        <v>3013</v>
       </c>
       <c r="G325" t="s">
-        <v>3002</v>
+        <v>3014</v>
       </c>
       <c r="H325" t="s">
-        <v>3003</v>
+        <v>3015</v>
       </c>
       <c r="I325" t="s">
-        <v>3004</v>
+        <v>3016</v>
       </c>
       <c r="J325" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>727</v>
+        <v>25</v>
       </c>
       <c r="L325" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>728</v>
+        <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3005</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>8315</v>
+        <v>6615</v>
       </c>
       <c r="B326" t="s">
-        <v>3006</v>
+        <v>3018</v>
       </c>
       <c r="C326" t="s">
-        <v>3007</v>
+        <v>3019</v>
       </c>
       <c r="D326" t="s">
-        <v>3008</v>
+        <v>3020</v>
       </c>
       <c r="E326" t="s">
-        <v>3009</v>
+        <v>3021</v>
       </c>
       <c r="F326" t="s">
-        <v>3010</v>
+        <v>3022</v>
       </c>
       <c r="G326" t="s">
-        <v>3011</v>
+        <v>3023</v>
       </c>
       <c r="H326" t="s">
-        <v>3012</v>
+        <v>3024</v>
       </c>
       <c r="I326" t="s">
-        <v>3013</v>
+        <v>3025</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
         <v>25</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
         <v>27</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3014</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>8341</v>
+        <v>6761</v>
       </c>
       <c r="B327" t="s">
-        <v>3015</v>
+        <v>3027</v>
       </c>
       <c r="C327" t="s">
-        <v>3016</v>
+        <v>3028</v>
       </c>
       <c r="D327" t="s">
-        <v>3017</v>
+        <v>3029</v>
       </c>
       <c r="E327" t="s">
-        <v>3018</v>
+        <v>3030</v>
       </c>
       <c r="F327" t="s">
-        <v>3019</v>
+        <v>3031</v>
       </c>
       <c r="G327" t="s">
-        <v>3020</v>
+        <v>3032</v>
       </c>
       <c r="H327" t="s">
-        <v>3021</v>
+        <v>3033</v>
       </c>
       <c r="I327" t="s">
-        <v>3022</v>
+        <v>3034</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3023</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>8343</v>
+        <v>6762</v>
       </c>
       <c r="B328" t="s">
-        <v>3024</v>
+        <v>3036</v>
       </c>
       <c r="C328" t="s">
-        <v>3025</v>
+        <v>3037</v>
       </c>
       <c r="D328" t="s">
-        <v>3026</v>
+        <v>3038</v>
       </c>
       <c r="E328" t="s">
-        <v>3027</v>
+        <v>3039</v>
       </c>
       <c r="F328" t="s">
-        <v>3028</v>
+        <v>3040</v>
       </c>
       <c r="G328" t="s">
-        <v>3029</v>
+        <v>3041</v>
       </c>
       <c r="H328" t="s">
-        <v>3030</v>
+        <v>3042</v>
       </c>
       <c r="I328" t="s">
-        <v>3031</v>
+        <v>3043</v>
       </c>
       <c r="J328" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K328" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L328" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M328" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3032</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>8344</v>
+        <v>6765</v>
       </c>
       <c r="B329" t="s">
-        <v>3033</v>
+        <v>3045</v>
       </c>
       <c r="C329" t="s">
-        <v>3034</v>
+        <v>3046</v>
       </c>
       <c r="D329" t="s">
-        <v>3035</v>
+        <v>3047</v>
       </c>
       <c r="E329" t="s">
-        <v>3036</v>
+        <v>3048</v>
       </c>
       <c r="F329" t="s">
-        <v>3037</v>
+        <v>3049</v>
       </c>
       <c r="G329" t="s">
-        <v>3038</v>
+        <v>3050</v>
       </c>
       <c r="H329" t="s">
-        <v>3039</v>
+        <v>3051</v>
       </c>
       <c r="I329" t="s">
-        <v>3040</v>
+        <v>3052</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
         <v>170</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
         <v>171</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3041</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>8355</v>
+        <v>6982</v>
       </c>
       <c r="B330" t="s">
-        <v>3042</v>
+        <v>3054</v>
       </c>
       <c r="C330" t="s">
-        <v>3043</v>
+        <v>3055</v>
       </c>
       <c r="D330" t="s">
-        <v>3044</v>
+        <v>3056</v>
       </c>
       <c r="E330" t="s">
-        <v>3045</v>
+        <v>3057</v>
       </c>
       <c r="F330" t="s">
-        <v>3046</v>
+        <v>3058</v>
       </c>
       <c r="G330" t="s">
-        <v>3047</v>
+        <v>3059</v>
       </c>
       <c r="H330" t="s">
-        <v>3048</v>
+        <v>3060</v>
       </c>
       <c r="I330" t="s">
-        <v>3049</v>
+        <v>3061</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>3050</v>
+        <v>3062</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
+      <c r="M330" t="s">
+        <v>3063</v>
+      </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3051</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>8357</v>
+        <v>8265</v>
       </c>
       <c r="B331" t="s">
-        <v>3052</v>
+        <v>3065</v>
       </c>
       <c r="C331" t="s">
-        <v>3053</v>
+        <v>3066</v>
       </c>
       <c r="D331" t="s">
-        <v>3054</v>
+        <v>3067</v>
       </c>
       <c r="E331" t="s">
-        <v>3055</v>
+        <v>3068</v>
       </c>
       <c r="F331" t="s">
-        <v>3056</v>
+        <v>3069</v>
       </c>
       <c r="G331" t="s">
-        <v>3057</v>
+        <v>3070</v>
       </c>
       <c r="H331" t="s">
-        <v>3058</v>
+        <v>3071</v>
       </c>
       <c r="I331" t="s">
-        <v>3059</v>
+        <v>3072</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>3050</v>
+        <v>3073</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
+      <c r="M331" t="s">
+        <v>3074</v>
+      </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3060</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>8377</v>
+        <v>8289</v>
       </c>
       <c r="B332" t="s">
-        <v>3061</v>
+        <v>3076</v>
       </c>
       <c r="C332" t="s">
-        <v>3062</v>
+        <v>3077</v>
       </c>
       <c r="D332" t="s">
-        <v>3063</v>
+        <v>3078</v>
       </c>
       <c r="E332" t="s">
-        <v>3064</v>
+        <v>3079</v>
       </c>
       <c r="F332" t="s">
-        <v>3065</v>
+        <v>3080</v>
       </c>
       <c r="G332" t="s">
-        <v>3066</v>
+        <v>3081</v>
       </c>
       <c r="H332" t="s">
-        <v>3067</v>
+        <v>3082</v>
       </c>
       <c r="I332" t="s">
-        <v>3068</v>
+        <v>3083</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>25</v>
+        <v>442</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>27</v>
+        <v>444</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3069</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>8386</v>
+        <v>8294</v>
       </c>
       <c r="B333" t="s">
-        <v>3070</v>
+        <v>3085</v>
       </c>
       <c r="C333" t="s">
-        <v>3071</v>
+        <v>3086</v>
       </c>
       <c r="D333" t="s">
-        <v>3072</v>
+        <v>3087</v>
       </c>
       <c r="E333" t="s">
-        <v>3073</v>
+        <v>3088</v>
       </c>
       <c r="F333" t="s">
-        <v>3074</v>
+        <v>3089</v>
       </c>
       <c r="G333" t="s">
-        <v>3075</v>
+        <v>3090</v>
       </c>
       <c r="H333" t="s">
-        <v>3076</v>
+        <v>3091</v>
       </c>
       <c r="I333" t="s">
-        <v>3077</v>
+        <v>3092</v>
       </c>
       <c r="J333" t="s">
-        <v>1625</v>
+        <v>441</v>
       </c>
       <c r="K333" t="s">
-        <v>170</v>
+        <v>728</v>
       </c>
       <c r="L333" t="s">
-        <v>1627</v>
+        <v>443</v>
       </c>
       <c r="M333" t="s">
-        <v>171</v>
+        <v>729</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3078</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>8387</v>
+        <v>8315</v>
       </c>
       <c r="B334" t="s">
-        <v>3079</v>
+        <v>3094</v>
       </c>
       <c r="C334" t="s">
-        <v>3080</v>
+        <v>3095</v>
       </c>
       <c r="D334" t="s">
-        <v>3081</v>
+        <v>3096</v>
       </c>
       <c r="E334" t="s">
-        <v>3082</v>
+        <v>3097</v>
       </c>
       <c r="F334" t="s">
-        <v>3083</v>
+        <v>3098</v>
       </c>
       <c r="G334" t="s">
-        <v>3084</v>
+        <v>3099</v>
       </c>
       <c r="H334" t="s">
-        <v>3085</v>
+        <v>3100</v>
       </c>
       <c r="I334" t="s">
-        <v>3086</v>
+        <v>3101</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3087</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>8388</v>
+        <v>8341</v>
       </c>
       <c r="B335" t="s">
-        <v>3088</v>
+        <v>3103</v>
       </c>
       <c r="C335" t="s">
-        <v>3089</v>
+        <v>3104</v>
       </c>
       <c r="D335" t="s">
-        <v>3090</v>
+        <v>3105</v>
       </c>
       <c r="E335" t="s">
-        <v>3091</v>
+        <v>3106</v>
       </c>
       <c r="F335" t="s">
-        <v>3092</v>
+        <v>3107</v>
       </c>
       <c r="G335" t="s">
-        <v>3093</v>
+        <v>3108</v>
       </c>
       <c r="H335" t="s">
-        <v>3094</v>
+        <v>3109</v>
       </c>
       <c r="I335" t="s">
-        <v>3095</v>
+        <v>3110</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
         <v>170</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
         <v>171</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3096</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>8392</v>
+        <v>8343</v>
       </c>
       <c r="B336" t="s">
-        <v>3097</v>
+        <v>3112</v>
       </c>
       <c r="C336" t="s">
-        <v>3098</v>
+        <v>3113</v>
       </c>
       <c r="D336" t="s">
-        <v>3099</v>
+        <v>3114</v>
       </c>
       <c r="E336" t="s">
-        <v>3100</v>
+        <v>3115</v>
       </c>
       <c r="F336" t="s">
-        <v>3101</v>
+        <v>3116</v>
       </c>
       <c r="G336" t="s">
-        <v>3102</v>
+        <v>3117</v>
       </c>
       <c r="H336" t="s">
-        <v>3103</v>
+        <v>3118</v>
       </c>
       <c r="I336" t="s">
-        <v>3104</v>
+        <v>3119</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>1626</v>
+        <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>1628</v>
+        <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3105</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>8402</v>
+        <v>8344</v>
       </c>
       <c r="B337" t="s">
-        <v>3106</v>
+        <v>3121</v>
       </c>
       <c r="C337" t="s">
-        <v>3107</v>
+        <v>3122</v>
       </c>
       <c r="D337" t="s">
-        <v>3108</v>
+        <v>3123</v>
       </c>
       <c r="E337" t="s">
-        <v>3109</v>
+        <v>3124</v>
       </c>
       <c r="F337" t="s">
-        <v>3110</v>
+        <v>3125</v>
       </c>
       <c r="G337" t="s">
-        <v>3111</v>
+        <v>3126</v>
       </c>
       <c r="H337" t="s">
-        <v>3112</v>
+        <v>3127</v>
       </c>
       <c r="I337" t="s">
-        <v>3113</v>
+        <v>3128</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>170</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>171</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3114</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>8902</v>
+        <v>8355</v>
       </c>
       <c r="B338" t="s">
-        <v>3115</v>
+        <v>3130</v>
       </c>
       <c r="C338" t="s">
-        <v>3116</v>
+        <v>3131</v>
       </c>
       <c r="D338" t="s">
-        <v>3117</v>
+        <v>3132</v>
       </c>
       <c r="E338" t="s">
-        <v>3118</v>
+        <v>3133</v>
       </c>
       <c r="F338" t="s">
-        <v>3119</v>
+        <v>3134</v>
       </c>
       <c r="G338" t="s">
-        <v>3120</v>
+        <v>3135</v>
       </c>
       <c r="H338" t="s">
-        <v>3121</v>
+        <v>3136</v>
       </c>
       <c r="I338" t="s">
-        <v>3122</v>
+        <v>3137</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>170</v>
+        <v>3138</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>171</v>
+        <v>3139</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3123</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>8903</v>
+        <v>8357</v>
       </c>
       <c r="B339" t="s">
-        <v>3124</v>
+        <v>3141</v>
       </c>
       <c r="C339" t="s">
-        <v>3125</v>
+        <v>3142</v>
       </c>
       <c r="D339" t="s">
-        <v>3126</v>
+        <v>3143</v>
       </c>
       <c r="E339" t="s">
-        <v>3127</v>
+        <v>3144</v>
       </c>
       <c r="F339" t="s">
-        <v>3128</v>
+        <v>3145</v>
       </c>
       <c r="G339" t="s">
-        <v>3129</v>
+        <v>3146</v>
       </c>
       <c r="H339" t="s">
-        <v>3130</v>
+        <v>3147</v>
       </c>
       <c r="I339" t="s">
-        <v>3131</v>
+        <v>3148</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>170</v>
+        <v>3138</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>171</v>
+        <v>3139</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3132</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>8904</v>
+        <v>8377</v>
       </c>
       <c r="B340" t="s">
-        <v>3133</v>
+        <v>3150</v>
       </c>
       <c r="C340" t="s">
-        <v>3134</v>
+        <v>3151</v>
       </c>
       <c r="D340" t="s">
-        <v>3135</v>
+        <v>3152</v>
       </c>
       <c r="E340" t="s">
-        <v>3136</v>
+        <v>3153</v>
       </c>
       <c r="F340" t="s">
-        <v>3137</v>
+        <v>3154</v>
       </c>
       <c r="G340" t="s">
-        <v>3138</v>
+        <v>3155</v>
       </c>
       <c r="H340" t="s">
-        <v>3139</v>
+        <v>3156</v>
       </c>
       <c r="I340" t="s">
-        <v>3140</v>
+        <v>3157</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3141</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>8914</v>
+        <v>8386</v>
       </c>
       <c r="B341" t="s">
-        <v>3142</v>
+        <v>3159</v>
       </c>
       <c r="C341" t="s">
-        <v>3143</v>
+        <v>3160</v>
       </c>
       <c r="D341" t="s">
-        <v>3144</v>
+        <v>3161</v>
       </c>
       <c r="E341" t="s">
-        <v>3145</v>
+        <v>3162</v>
       </c>
       <c r="F341" t="s">
-        <v>3146</v>
+        <v>3163</v>
       </c>
       <c r="G341" t="s">
-        <v>3147</v>
+        <v>3164</v>
       </c>
       <c r="H341" t="s">
-        <v>3148</v>
+        <v>3165</v>
       </c>
       <c r="I341" t="s">
-        <v>3149</v>
+        <v>3166</v>
       </c>
       <c r="J341" t="s">
-        <v>24</v>
+        <v>1689</v>
       </c>
       <c r="K341" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L341" t="s">
-        <v>26</v>
+        <v>1691</v>
       </c>
       <c r="M341" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3150</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>8918</v>
+        <v>8387</v>
       </c>
       <c r="B342" t="s">
-        <v>3151</v>
+        <v>3168</v>
       </c>
       <c r="C342" t="s">
-        <v>3152</v>
+        <v>3169</v>
       </c>
       <c r="D342" t="s">
-        <v>3153</v>
+        <v>3170</v>
       </c>
       <c r="E342" t="s">
-        <v>3154</v>
+        <v>3171</v>
       </c>
       <c r="F342" t="s">
-        <v>3155</v>
+        <v>3172</v>
       </c>
       <c r="G342" t="s">
-        <v>3156</v>
+        <v>3173</v>
       </c>
       <c r="H342" t="s">
-        <v>3157</v>
+        <v>3174</v>
       </c>
       <c r="I342" t="s">
-        <v>3158</v>
+        <v>3175</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3159</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>8945</v>
+        <v>8388</v>
       </c>
       <c r="B343" t="s">
-        <v>3160</v>
+        <v>3177</v>
       </c>
       <c r="C343" t="s">
-        <v>3161</v>
+        <v>3178</v>
       </c>
       <c r="D343" t="s">
-        <v>3162</v>
+        <v>3179</v>
       </c>
       <c r="E343" t="s">
-        <v>3163</v>
+        <v>3180</v>
       </c>
       <c r="F343" t="s">
-        <v>3164</v>
+        <v>3181</v>
       </c>
       <c r="G343" t="s">
-        <v>3165</v>
+        <v>3182</v>
       </c>
       <c r="H343" t="s">
-        <v>3166</v>
+        <v>3183</v>
       </c>
       <c r="I343" t="s">
-        <v>3167</v>
+        <v>3184</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3168</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>8950</v>
+        <v>8392</v>
       </c>
       <c r="B344" t="s">
-        <v>3169</v>
+        <v>3186</v>
       </c>
       <c r="C344" t="s">
-        <v>3170</v>
+        <v>3187</v>
       </c>
       <c r="D344" t="s">
-        <v>3171</v>
+        <v>3188</v>
       </c>
       <c r="E344" t="s">
-        <v>3172</v>
+        <v>3189</v>
       </c>
       <c r="F344" t="s">
-        <v>3173</v>
+        <v>3190</v>
       </c>
       <c r="G344" t="s">
-        <v>3174</v>
+        <v>3191</v>
       </c>
       <c r="H344" t="s">
-        <v>3175</v>
+        <v>3192</v>
       </c>
       <c r="I344" t="s">
-        <v>3176</v>
+        <v>3193</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>25</v>
+        <v>1690</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>27</v>
+        <v>1692</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3177</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8951</v>
+        <v>8402</v>
       </c>
       <c r="B345" t="s">
-        <v>3178</v>
+        <v>3195</v>
       </c>
       <c r="C345" t="s">
-        <v>3179</v>
+        <v>3196</v>
       </c>
       <c r="D345" t="s">
-        <v>3180</v>
+        <v>3197</v>
       </c>
       <c r="E345" t="s">
-        <v>3181</v>
+        <v>3198</v>
       </c>
       <c r="F345" t="s">
-        <v>3182</v>
+        <v>3199</v>
       </c>
       <c r="G345" t="s">
-        <v>3183</v>
+        <v>3200</v>
       </c>
       <c r="H345" t="s">
-        <v>3184</v>
+        <v>3201</v>
       </c>
       <c r="I345" t="s">
-        <v>3185</v>
+        <v>3202</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
         <v>170</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
         <v>171</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3186</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8959</v>
+        <v>8902</v>
       </c>
       <c r="B346" t="s">
-        <v>3187</v>
+        <v>3204</v>
       </c>
       <c r="C346" t="s">
-        <v>3188</v>
+        <v>3205</v>
       </c>
       <c r="D346" t="s">
-        <v>3189</v>
+        <v>3206</v>
       </c>
       <c r="E346" t="s">
-        <v>3190</v>
+        <v>3207</v>
       </c>
       <c r="F346" t="s">
-        <v>3191</v>
+        <v>3208</v>
       </c>
       <c r="G346" t="s">
-        <v>3192</v>
+        <v>3209</v>
       </c>
       <c r="H346" t="s">
-        <v>3193</v>
+        <v>3210</v>
       </c>
       <c r="I346" t="s">
-        <v>3194</v>
+        <v>3211</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
         <v>170</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
         <v>171</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3195</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>10014</v>
+        <v>8903</v>
       </c>
       <c r="B347" t="s">
-        <v>3196</v>
+        <v>3213</v>
       </c>
       <c r="C347" t="s">
-        <v>3197</v>
+        <v>3214</v>
       </c>
       <c r="D347" t="s">
-        <v>3198</v>
+        <v>3215</v>
       </c>
       <c r="E347" t="s">
-        <v>3199</v>
+        <v>3216</v>
       </c>
       <c r="F347" t="s">
-        <v>3200</v>
+        <v>3217</v>
       </c>
       <c r="G347" t="s">
-        <v>3201</v>
+        <v>3218</v>
       </c>
       <c r="H347" t="s">
-        <v>3202</v>
+        <v>3219</v>
       </c>
       <c r="I347" t="s">
-        <v>3203</v>
+        <v>3220</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>3204</v>
+        <v>170</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>3205</v>
+        <v>171</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3206</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>10015</v>
+        <v>8904</v>
       </c>
       <c r="B348" t="s">
-        <v>3207</v>
+        <v>3222</v>
       </c>
       <c r="C348" t="s">
-        <v>3208</v>
+        <v>3223</v>
       </c>
       <c r="D348" t="s">
-        <v>3209</v>
+        <v>3224</v>
       </c>
       <c r="E348" t="s">
-        <v>3210</v>
+        <v>3225</v>
       </c>
       <c r="F348" t="s">
-        <v>3211</v>
+        <v>3226</v>
       </c>
       <c r="G348" t="s">
-        <v>3212</v>
+        <v>3227</v>
       </c>
       <c r="H348" t="s">
-        <v>3213</v>
+        <v>3228</v>
       </c>
       <c r="I348" t="s">
-        <v>3214</v>
+        <v>3229</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
         <v>170</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
         <v>171</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3215</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>10036</v>
+        <v>8914</v>
       </c>
       <c r="B349" t="s">
-        <v>3216</v>
+        <v>3231</v>
       </c>
       <c r="C349" t="s">
-        <v>3217</v>
+        <v>3232</v>
       </c>
       <c r="D349" t="s">
-        <v>3218</v>
+        <v>3233</v>
       </c>
       <c r="E349" t="s">
-        <v>3219</v>
+        <v>3234</v>
       </c>
       <c r="F349" t="s">
-        <v>3220</v>
+        <v>3235</v>
       </c>
       <c r="G349" t="s">
-        <v>3221</v>
+        <v>3236</v>
       </c>
       <c r="H349" t="s">
-        <v>3222</v>
+        <v>3237</v>
       </c>
       <c r="I349" t="s">
-        <v>3223</v>
+        <v>3238</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
         <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
         <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3224</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>10046</v>
+        <v>8918</v>
       </c>
       <c r="B350" t="s">
-        <v>3225</v>
+        <v>3240</v>
       </c>
       <c r="C350" t="s">
-        <v>3226</v>
+        <v>3241</v>
       </c>
       <c r="D350" t="s">
-        <v>3227</v>
+        <v>3242</v>
       </c>
       <c r="E350" t="s">
-        <v>3228</v>
+        <v>3243</v>
       </c>
       <c r="F350" t="s">
-        <v>3229</v>
+        <v>3244</v>
       </c>
       <c r="G350" t="s">
-        <v>3230</v>
+        <v>3245</v>
       </c>
       <c r="H350" t="s">
-        <v>3231</v>
+        <v>3246</v>
       </c>
       <c r="I350" t="s">
-        <v>3232</v>
+        <v>3247</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3233</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>10098</v>
+        <v>8945</v>
       </c>
       <c r="B351" t="s">
-        <v>3234</v>
+        <v>3249</v>
       </c>
       <c r="C351" t="s">
-        <v>3235</v>
+        <v>3250</v>
       </c>
       <c r="D351" t="s">
-        <v>3236</v>
+        <v>3251</v>
       </c>
       <c r="E351" t="s">
-        <v>3237</v>
+        <v>3252</v>
       </c>
       <c r="F351" t="s">
-        <v>3238</v>
+        <v>3253</v>
       </c>
       <c r="G351" t="s">
-        <v>3239</v>
+        <v>3254</v>
       </c>
       <c r="H351" t="s">
-        <v>3240</v>
+        <v>3255</v>
       </c>
       <c r="I351" t="s">
-        <v>3241</v>
+        <v>3256</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3242</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>10101</v>
+        <v>8950</v>
       </c>
       <c r="B352" t="s">
-        <v>3243</v>
+        <v>3258</v>
       </c>
       <c r="C352" t="s">
-        <v>3244</v>
+        <v>3259</v>
       </c>
       <c r="D352" t="s">
-        <v>3245</v>
+        <v>3260</v>
       </c>
       <c r="E352" t="s">
-        <v>3246</v>
+        <v>3261</v>
       </c>
       <c r="F352" t="s">
-        <v>3247</v>
+        <v>3262</v>
       </c>
       <c r="G352" t="s">
-        <v>3248</v>
+        <v>3263</v>
       </c>
       <c r="H352" t="s">
-        <v>3249</v>
+        <v>3264</v>
       </c>
       <c r="I352" t="s">
-        <v>3250</v>
+        <v>3265</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3251</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>10412</v>
+        <v>8951</v>
       </c>
       <c r="B353" t="s">
-        <v>3252</v>
+        <v>3267</v>
       </c>
       <c r="C353" t="s">
-        <v>3253</v>
+        <v>3268</v>
       </c>
       <c r="D353" t="s">
-        <v>3254</v>
+        <v>3269</v>
       </c>
       <c r="E353" t="s">
-        <v>3255</v>
+        <v>3270</v>
       </c>
       <c r="F353" t="s">
-        <v>3256</v>
+        <v>3271</v>
       </c>
       <c r="G353" t="s">
-        <v>3257</v>
+        <v>3272</v>
       </c>
       <c r="H353" t="s">
-        <v>3258</v>
+        <v>3273</v>
       </c>
       <c r="I353" t="s">
-        <v>3259</v>
+        <v>3274</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3260</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>10603</v>
+        <v>8959</v>
       </c>
       <c r="B354" t="s">
-        <v>3261</v>
+        <v>3276</v>
       </c>
       <c r="C354" t="s">
-        <v>3262</v>
+        <v>3277</v>
       </c>
       <c r="D354" t="s">
-        <v>3263</v>
+        <v>3278</v>
       </c>
       <c r="E354" t="s">
-        <v>3264</v>
+        <v>3279</v>
       </c>
       <c r="F354" t="s">
-        <v>3265</v>
+        <v>3280</v>
       </c>
       <c r="G354" t="s">
-        <v>3266</v>
+        <v>3281</v>
       </c>
       <c r="H354" t="s">
-        <v>3267</v>
+        <v>3282</v>
       </c>
       <c r="I354" t="s">
-        <v>3268</v>
+        <v>3283</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3269</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>10647</v>
+        <v>10014</v>
       </c>
       <c r="B355" t="s">
-        <v>3270</v>
+        <v>3285</v>
       </c>
       <c r="C355" t="s">
-        <v>3271</v>
+        <v>3286</v>
       </c>
       <c r="D355" t="s">
-        <v>3272</v>
+        <v>3287</v>
       </c>
       <c r="E355" t="s">
-        <v>3273</v>
+        <v>3288</v>
       </c>
       <c r="F355" t="s">
-        <v>3274</v>
+        <v>3289</v>
       </c>
       <c r="G355" t="s">
-        <v>3275</v>
+        <v>3290</v>
       </c>
       <c r="H355" t="s">
-        <v>3276</v>
+        <v>3291</v>
       </c>
       <c r="I355" t="s">
-        <v>3277</v>
+        <v>3292</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>170</v>
+        <v>3293</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>171</v>
+        <v>3294</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3278</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>10887</v>
+        <v>10015</v>
       </c>
       <c r="B356" t="s">
-        <v>3279</v>
+        <v>3296</v>
       </c>
       <c r="C356" t="s">
-        <v>3280</v>
+        <v>3297</v>
       </c>
       <c r="D356" t="s">
-        <v>3281</v>
+        <v>3298</v>
       </c>
       <c r="E356" t="s">
-        <v>3282</v>
+        <v>3299</v>
       </c>
       <c r="F356" t="s">
-        <v>3283</v>
+        <v>3300</v>
       </c>
       <c r="G356" t="s">
-        <v>3284</v>
+        <v>3301</v>
       </c>
       <c r="H356" t="s">
-        <v>3285</v>
+        <v>3302</v>
       </c>
       <c r="I356" t="s">
-        <v>3286</v>
+        <v>3303</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3287</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>10925</v>
+        <v>10036</v>
       </c>
       <c r="B357" t="s">
-        <v>3288</v>
+        <v>3305</v>
       </c>
       <c r="C357" t="s">
-        <v>3289</v>
+        <v>3306</v>
       </c>
       <c r="D357" t="s">
-        <v>3290</v>
+        <v>3307</v>
       </c>
       <c r="E357" t="s">
-        <v>3291</v>
+        <v>3308</v>
       </c>
       <c r="F357" t="s">
-        <v>3292</v>
+        <v>3309</v>
       </c>
       <c r="G357" t="s">
-        <v>3293</v>
+        <v>3310</v>
       </c>
       <c r="H357" t="s">
-        <v>3294</v>
+        <v>3311</v>
       </c>
       <c r="I357" t="s">
-        <v>3295</v>
+        <v>3312</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
         <v>25</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
         <v>27</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3296</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>10930</v>
+        <v>10046</v>
       </c>
       <c r="B358" t="s">
-        <v>3297</v>
+        <v>3314</v>
       </c>
       <c r="C358" t="s">
-        <v>3298</v>
+        <v>3315</v>
       </c>
       <c r="D358" t="s">
-        <v>3299</v>
+        <v>3316</v>
       </c>
       <c r="E358" t="s">
-        <v>3300</v>
+        <v>3317</v>
       </c>
       <c r="F358" t="s">
-        <v>3301</v>
+        <v>3318</v>
       </c>
       <c r="G358" t="s">
-        <v>3302</v>
+        <v>3319</v>
       </c>
       <c r="H358" t="s">
-        <v>3303</v>
+        <v>3320</v>
       </c>
       <c r="I358" t="s">
-        <v>3304</v>
+        <v>3321</v>
       </c>
       <c r="J358" t="s">
-        <v>1322</v>
+        <v>24</v>
       </c>
       <c r="K358" t="s">
         <v>274</v>
       </c>
       <c r="L358" t="s">
-        <v>1324</v>
+        <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3305</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>10947</v>
+        <v>10098</v>
       </c>
       <c r="B359" t="s">
-        <v>3306</v>
+        <v>3323</v>
       </c>
       <c r="C359" t="s">
-        <v>3307</v>
+        <v>3324</v>
       </c>
       <c r="D359" t="s">
-        <v>3308</v>
+        <v>3325</v>
       </c>
       <c r="E359" t="s">
-        <v>3309</v>
+        <v>3326</v>
       </c>
       <c r="F359" t="s">
-        <v>3310</v>
+        <v>3327</v>
       </c>
       <c r="G359" t="s">
-        <v>3311</v>
+        <v>3328</v>
       </c>
       <c r="H359" t="s">
-        <v>3312</v>
+        <v>3329</v>
       </c>
       <c r="I359" t="s">
-        <v>3313</v>
+        <v>3330</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3314</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>10948</v>
+        <v>10101</v>
       </c>
       <c r="B360" t="s">
-        <v>3315</v>
+        <v>3332</v>
       </c>
       <c r="C360" t="s">
-        <v>3316</v>
+        <v>3333</v>
       </c>
       <c r="D360" t="s">
-        <v>3317</v>
+        <v>3334</v>
       </c>
       <c r="E360" t="s">
-        <v>3318</v>
+        <v>3335</v>
       </c>
       <c r="F360" t="s">
-        <v>3319</v>
+        <v>3336</v>
       </c>
       <c r="G360" t="s">
-        <v>3320</v>
+        <v>3337</v>
       </c>
       <c r="H360" t="s">
-        <v>3321</v>
+        <v>3338</v>
       </c>
       <c r="I360" t="s">
-        <v>3322</v>
+        <v>3339</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3323</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>10950</v>
+        <v>10412</v>
       </c>
       <c r="B361" t="s">
-        <v>3324</v>
+        <v>3341</v>
       </c>
       <c r="C361" t="s">
-        <v>3325</v>
+        <v>3342</v>
       </c>
       <c r="D361" t="s">
-        <v>3326</v>
+        <v>3343</v>
       </c>
       <c r="E361" t="s">
-        <v>3327</v>
+        <v>3344</v>
       </c>
       <c r="F361" t="s">
-        <v>3328</v>
+        <v>3345</v>
       </c>
       <c r="G361" t="s">
-        <v>3329</v>
+        <v>3346</v>
       </c>
       <c r="H361" t="s">
-        <v>3330</v>
+        <v>3347</v>
       </c>
       <c r="I361" t="s">
-        <v>3331</v>
+        <v>3348</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>3332</v>
+        <v>25</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
+      <c r="M361" t="s">
+        <v>27</v>
+      </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3333</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>10951</v>
+        <v>10603</v>
       </c>
       <c r="B362" t="s">
-        <v>3334</v>
+        <v>3350</v>
       </c>
       <c r="C362" t="s">
-        <v>3335</v>
+        <v>3351</v>
       </c>
       <c r="D362" t="s">
-        <v>3336</v>
+        <v>3352</v>
       </c>
       <c r="E362" t="s">
-        <v>3337</v>
+        <v>3353</v>
       </c>
       <c r="F362" t="s">
-        <v>3338</v>
+        <v>3354</v>
       </c>
       <c r="G362" t="s">
-        <v>3339</v>
+        <v>3355</v>
       </c>
       <c r="H362" t="s">
-        <v>3340</v>
+        <v>3356</v>
       </c>
       <c r="I362" t="s">
-        <v>3341</v>
+        <v>3357</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3342</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>11000</v>
+        <v>10647</v>
       </c>
       <c r="B363" t="s">
-        <v>3343</v>
+        <v>3359</v>
       </c>
       <c r="C363" t="s">
-        <v>3344</v>
+        <v>3360</v>
       </c>
       <c r="D363" t="s">
-        <v>3345</v>
+        <v>3361</v>
       </c>
       <c r="E363" t="s">
-        <v>3346</v>
+        <v>3362</v>
       </c>
       <c r="F363" t="s">
-        <v>3347</v>
+        <v>3363</v>
       </c>
       <c r="G363" t="s">
-        <v>3348</v>
+        <v>3364</v>
       </c>
       <c r="H363" t="s">
-        <v>3349</v>
+        <v>3365</v>
       </c>
       <c r="I363" t="s">
-        <v>3350</v>
+        <v>3366</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3351</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>11220</v>
+        <v>10887</v>
       </c>
       <c r="B364" t="s">
-        <v>3352</v>
+        <v>3368</v>
       </c>
       <c r="C364" t="s">
-        <v>3353</v>
+        <v>3369</v>
       </c>
       <c r="D364" t="s">
-        <v>3354</v>
+        <v>3370</v>
       </c>
       <c r="E364" t="s">
-        <v>3355</v>
+        <v>3371</v>
       </c>
       <c r="F364" t="s">
-        <v>3356</v>
+        <v>3372</v>
       </c>
       <c r="G364" t="s">
-        <v>3357</v>
+        <v>3373</v>
       </c>
       <c r="H364" t="s">
-        <v>3358</v>
+        <v>3374</v>
       </c>
       <c r="I364" t="s">
-        <v>3359</v>
+        <v>3375</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>671</v>
+        <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>672</v>
+        <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3360</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>11231</v>
+        <v>10925</v>
       </c>
       <c r="B365" t="s">
-        <v>3361</v>
+        <v>3377</v>
       </c>
       <c r="C365" t="s">
-        <v>3362</v>
+        <v>3378</v>
       </c>
       <c r="D365" t="s">
-        <v>3363</v>
+        <v>3379</v>
       </c>
       <c r="E365" t="s">
-        <v>3364</v>
+        <v>3380</v>
       </c>
       <c r="F365" t="s">
-        <v>3365</v>
+        <v>3381</v>
       </c>
       <c r="G365" t="s">
-        <v>3366</v>
+        <v>3382</v>
       </c>
       <c r="H365" t="s">
-        <v>3367</v>
+        <v>3383</v>
       </c>
       <c r="I365" t="s">
-        <v>3368</v>
+        <v>3384</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3369</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>11287</v>
+        <v>10930</v>
       </c>
       <c r="B366" t="s">
-        <v>3370</v>
+        <v>3386</v>
       </c>
       <c r="C366" t="s">
-        <v>3371</v>
+        <v>3387</v>
       </c>
       <c r="D366" t="s">
-        <v>3372</v>
+        <v>3388</v>
       </c>
       <c r="E366" t="s">
-        <v>3373</v>
+        <v>3389</v>
       </c>
       <c r="F366" t="s">
-        <v>3374</v>
+        <v>3390</v>
       </c>
       <c r="G366" t="s">
-        <v>3375</v>
+        <v>3391</v>
       </c>
       <c r="H366" t="s">
-        <v>3376</v>
+        <v>3392</v>
       </c>
       <c r="I366" t="s">
-        <v>3377</v>
+        <v>3393</v>
       </c>
       <c r="J366" t="s">
-        <v>24</v>
+        <v>1324</v>
       </c>
       <c r="K366" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L366" t="s">
-        <v>26</v>
+        <v>1326</v>
       </c>
       <c r="M366" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3378</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>11299</v>
+        <v>10947</v>
       </c>
       <c r="B367" t="s">
-        <v>3379</v>
+        <v>3395</v>
       </c>
       <c r="C367" t="s">
-        <v>3380</v>
+        <v>3396</v>
       </c>
       <c r="D367" t="s">
-        <v>3381</v>
+        <v>3397</v>
       </c>
       <c r="E367" t="s">
-        <v>3382</v>
+        <v>3398</v>
       </c>
       <c r="F367" t="s">
-        <v>3383</v>
+        <v>3399</v>
       </c>
       <c r="G367" t="s">
-        <v>3384</v>
+        <v>3400</v>
       </c>
       <c r="H367" t="s">
-        <v>3385</v>
+        <v>3401</v>
       </c>
       <c r="I367" t="s">
-        <v>3386</v>
+        <v>3402</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>170</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>171</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3387</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>11306</v>
+        <v>10948</v>
       </c>
       <c r="B368" t="s">
-        <v>3388</v>
+        <v>3404</v>
       </c>
       <c r="C368" t="s">
-        <v>3389</v>
+        <v>3405</v>
       </c>
       <c r="D368" t="s">
-        <v>3390</v>
+        <v>3406</v>
       </c>
       <c r="E368" t="s">
-        <v>3391</v>
+        <v>3407</v>
       </c>
       <c r="F368" t="s">
-        <v>3392</v>
+        <v>3408</v>
       </c>
       <c r="G368" t="s">
-        <v>3393</v>
+        <v>3409</v>
       </c>
       <c r="H368" t="s">
-        <v>3394</v>
+        <v>3410</v>
       </c>
       <c r="I368" t="s">
-        <v>3395</v>
+        <v>3411</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>1081</v>
+        <v>170</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
+      <c r="M368" t="s">
+        <v>171</v>
+      </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3396</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>58060</v>
+        <v>10950</v>
       </c>
       <c r="B369" t="s">
-        <v>3397</v>
+        <v>3413</v>
       </c>
       <c r="C369" t="s">
-        <v>3398</v>
+        <v>3414</v>
       </c>
       <c r="D369" t="s">
-        <v>3399</v>
+        <v>3415</v>
       </c>
       <c r="E369" t="s">
-        <v>3400</v>
+        <v>3416</v>
       </c>
       <c r="F369" t="s">
-        <v>3401</v>
+        <v>3417</v>
       </c>
       <c r="G369" t="s">
-        <v>3402</v>
+        <v>3418</v>
       </c>
       <c r="H369" t="s">
-        <v>3403</v>
+        <v>3419</v>
       </c>
       <c r="I369" t="s">
-        <v>3404</v>
+        <v>3420</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>3405</v>
+        <v>3421</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>3406</v>
+        <v>3422</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3407</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>58066</v>
+        <v>10951</v>
       </c>
       <c r="B370" t="s">
-        <v>3408</v>
+        <v>3424</v>
       </c>
       <c r="C370" t="s">
-        <v>3409</v>
+        <v>3425</v>
       </c>
       <c r="D370" t="s">
-        <v>3410</v>
+        <v>3426</v>
       </c>
       <c r="E370" t="s">
-        <v>3411</v>
+        <v>3427</v>
       </c>
       <c r="F370" t="s">
-        <v>3412</v>
+        <v>3428</v>
       </c>
       <c r="G370" t="s">
-        <v>3413</v>
+        <v>3429</v>
       </c>
       <c r="H370" t="s">
-        <v>3414</v>
+        <v>3430</v>
       </c>
       <c r="I370" t="s">
-        <v>3415</v>
+        <v>3431</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>274</v>
+        <v>47</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>275</v>
+        <v>48</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3416</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>58120</v>
+        <v>11000</v>
       </c>
       <c r="B371" t="s">
-        <v>3417</v>
+        <v>3433</v>
       </c>
       <c r="C371" t="s">
-        <v>3418</v>
+        <v>3434</v>
       </c>
       <c r="D371" t="s">
-        <v>3419</v>
+        <v>3435</v>
       </c>
       <c r="E371" t="s">
-        <v>3420</v>
+        <v>3436</v>
       </c>
       <c r="F371" t="s">
-        <v>3421</v>
+        <v>3437</v>
       </c>
       <c r="G371" t="s">
-        <v>3422</v>
+        <v>3438</v>
       </c>
       <c r="H371" t="s">
-        <v>3423</v>
+        <v>3439</v>
       </c>
       <c r="I371" t="s">
-        <v>3424</v>
+        <v>3440</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
         <v>25</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
         <v>27</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3425</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>58122</v>
+        <v>11220</v>
       </c>
       <c r="B372" t="s">
-        <v>3426</v>
+        <v>3442</v>
       </c>
       <c r="C372" t="s">
-        <v>3427</v>
+        <v>3443</v>
       </c>
       <c r="D372" t="s">
-        <v>3428</v>
+        <v>3444</v>
       </c>
       <c r="E372" t="s">
-        <v>3429</v>
+        <v>3445</v>
       </c>
       <c r="F372" t="s">
-        <v>3430</v>
+        <v>3446</v>
       </c>
       <c r="G372" t="s">
-        <v>3431</v>
+        <v>3447</v>
       </c>
       <c r="H372" t="s">
-        <v>3432</v>
+        <v>3448</v>
       </c>
       <c r="I372" t="s">
-        <v>3433</v>
+        <v>3449</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>170</v>
+        <v>672</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>171</v>
+        <v>673</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3434</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>58144</v>
+        <v>11231</v>
       </c>
       <c r="B373" t="s">
-        <v>3435</v>
+        <v>3451</v>
       </c>
       <c r="C373" t="s">
-        <v>3436</v>
+        <v>3452</v>
       </c>
       <c r="D373" t="s">
-        <v>3437</v>
+        <v>3453</v>
       </c>
       <c r="E373" t="s">
-        <v>3438</v>
+        <v>3454</v>
       </c>
       <c r="F373" t="s">
-        <v>3439</v>
+        <v>3455</v>
       </c>
       <c r="G373" t="s">
-        <v>3440</v>
+        <v>3456</v>
       </c>
       <c r="H373" t="s">
-        <v>3441</v>
+        <v>3457</v>
       </c>
       <c r="I373" t="s">
-        <v>3442</v>
+        <v>3458</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3443</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>58148</v>
+        <v>11287</v>
       </c>
       <c r="B374" t="s">
-        <v>3444</v>
+        <v>3460</v>
       </c>
       <c r="C374" t="s">
-        <v>3445</v>
+        <v>3461</v>
       </c>
       <c r="D374" t="s">
-        <v>3446</v>
+        <v>3462</v>
       </c>
       <c r="E374" t="s">
-        <v>3447</v>
+        <v>3463</v>
       </c>
       <c r="F374" t="s">
-        <v>3448</v>
+        <v>3464</v>
       </c>
       <c r="G374" t="s">
-        <v>3449</v>
+        <v>3465</v>
       </c>
       <c r="H374" t="s">
-        <v>3450</v>
+        <v>3466</v>
       </c>
       <c r="I374" t="s">
-        <v>3451</v>
+        <v>3467</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>1016</v>
+        <v>170</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>1017</v>
+        <v>171</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3452</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>58218</v>
+        <v>11299</v>
       </c>
       <c r="B375" t="s">
-        <v>3453</v>
+        <v>3469</v>
       </c>
       <c r="C375" t="s">
-        <v>3454</v>
+        <v>3470</v>
       </c>
       <c r="D375" t="s">
-        <v>3455</v>
+        <v>3471</v>
       </c>
       <c r="E375" t="s">
-        <v>3456</v>
+        <v>3472</v>
       </c>
       <c r="F375" t="s">
-        <v>3457</v>
+        <v>3473</v>
       </c>
       <c r="G375" t="s">
-        <v>3458</v>
+        <v>3474</v>
       </c>
       <c r="H375" t="s">
-        <v>3459</v>
+        <v>3475</v>
       </c>
       <c r="I375" t="s">
-        <v>3460</v>
+        <v>3476</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
         <v>170</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
         <v>171</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3461</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>58223</v>
+        <v>11306</v>
       </c>
       <c r="B376" t="s">
-        <v>3462</v>
+        <v>3478</v>
       </c>
       <c r="C376" t="s">
-        <v>3463</v>
+        <v>3479</v>
       </c>
       <c r="D376" t="s">
-        <v>3464</v>
+        <v>3480</v>
       </c>
       <c r="E376" t="s">
-        <v>3465</v>
+        <v>3481</v>
       </c>
       <c r="F376" t="s">
-        <v>3466</v>
+        <v>3482</v>
       </c>
       <c r="G376" t="s">
-        <v>3467</v>
+        <v>3483</v>
       </c>
       <c r="H376" t="s">
-        <v>3468</v>
+        <v>3484</v>
       </c>
       <c r="I376" t="s">
-        <v>3469</v>
+        <v>3485</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>170</v>
+        <v>1082</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>171</v>
+        <v>1083</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3470</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>58259</v>
+        <v>58060</v>
       </c>
       <c r="B377" t="s">
-        <v>3471</v>
+        <v>3487</v>
       </c>
       <c r="C377" t="s">
-        <v>3472</v>
+        <v>3488</v>
       </c>
       <c r="D377" t="s">
-        <v>3473</v>
+        <v>3489</v>
       </c>
       <c r="E377" t="s">
-        <v>3474</v>
+        <v>3490</v>
       </c>
       <c r="F377" t="s">
-        <v>3475</v>
+        <v>3491</v>
       </c>
       <c r="G377" t="s">
-        <v>3476</v>
+        <v>3492</v>
       </c>
       <c r="H377" t="s">
-        <v>3477</v>
+        <v>3493</v>
       </c>
       <c r="I377" t="s">
-        <v>3478</v>
+        <v>3494</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>3479</v>
+        <v>3138</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
+      <c r="M377" t="s">
+        <v>3139</v>
+      </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3480</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>64637</v>
+        <v>58066</v>
       </c>
       <c r="B378" t="s">
-        <v>3481</v>
+        <v>3496</v>
       </c>
       <c r="C378" t="s">
-        <v>3482</v>
+        <v>3497</v>
       </c>
       <c r="D378" t="s">
-        <v>3483</v>
+        <v>3498</v>
       </c>
       <c r="E378" t="s">
-        <v>3484</v>
+        <v>3499</v>
       </c>
       <c r="F378" t="s">
-        <v>3485</v>
+        <v>3500</v>
       </c>
       <c r="G378" t="s">
-        <v>3486</v>
+        <v>3501</v>
       </c>
       <c r="H378" t="s">
-        <v>3487</v>
+        <v>3502</v>
       </c>
       <c r="I378" t="s">
-        <v>3488</v>
+        <v>3503</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3489</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>64643</v>
+        <v>58120</v>
       </c>
       <c r="B379" t="s">
-        <v>3490</v>
+        <v>3505</v>
       </c>
       <c r="C379" t="s">
-        <v>3491</v>
+        <v>3506</v>
       </c>
       <c r="D379" t="s">
-        <v>3492</v>
+        <v>3507</v>
       </c>
       <c r="E379" t="s">
-        <v>3493</v>
+        <v>3508</v>
       </c>
       <c r="F379" t="s">
-        <v>3494</v>
+        <v>3509</v>
       </c>
       <c r="G379" t="s">
-        <v>3495</v>
+        <v>3510</v>
       </c>
       <c r="H379" t="s">
-        <v>3496</v>
+        <v>3511</v>
       </c>
       <c r="I379" t="s">
-        <v>3497</v>
+        <v>3512</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3498</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>64689</v>
+        <v>58122</v>
       </c>
       <c r="B380" t="s">
-        <v>3499</v>
+        <v>3514</v>
       </c>
       <c r="C380" t="s">
-        <v>3500</v>
+        <v>3515</v>
       </c>
       <c r="D380" t="s">
-        <v>3501</v>
+        <v>3516</v>
       </c>
       <c r="E380" t="s">
-        <v>3502</v>
+        <v>3517</v>
       </c>
       <c r="F380" t="s">
-        <v>3503</v>
+        <v>3518</v>
       </c>
       <c r="G380" t="s">
-        <v>3504</v>
+        <v>3519</v>
       </c>
       <c r="H380" t="s">
-        <v>3505</v>
+        <v>3520</v>
       </c>
       <c r="I380" t="s">
-        <v>3506</v>
+        <v>3521</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3507</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65000</v>
+        <v>58144</v>
       </c>
       <c r="B381" t="s">
-        <v>3508</v>
+        <v>3523</v>
       </c>
       <c r="C381" t="s">
-        <v>3509</v>
+        <v>3524</v>
       </c>
       <c r="D381" t="s">
-        <v>3510</v>
+        <v>3525</v>
       </c>
       <c r="E381" t="s">
-        <v>3511</v>
+        <v>3526</v>
       </c>
       <c r="F381" t="s">
-        <v>3512</v>
+        <v>3527</v>
       </c>
       <c r="G381" t="s">
-        <v>3513</v>
+        <v>3528</v>
       </c>
       <c r="H381" t="s">
-        <v>3514</v>
+        <v>3529</v>
       </c>
       <c r="I381" t="s">
-        <v>3515</v>
+        <v>3530</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
         <v>25</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
         <v>27</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3516</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65001</v>
+        <v>58148</v>
       </c>
       <c r="B382" t="s">
-        <v>3517</v>
+        <v>3532</v>
       </c>
       <c r="C382" t="s">
-        <v>3518</v>
+        <v>3533</v>
       </c>
       <c r="D382" t="s">
-        <v>3519</v>
+        <v>3534</v>
       </c>
       <c r="E382" t="s">
-        <v>3520</v>
+        <v>3535</v>
       </c>
       <c r="F382" t="s">
-        <v>3521</v>
+        <v>3536</v>
       </c>
       <c r="G382" t="s">
-        <v>3522</v>
+        <v>3537</v>
       </c>
       <c r="H382" t="s">
-        <v>3523</v>
+        <v>3538</v>
       </c>
       <c r="I382" t="s">
-        <v>3524</v>
+        <v>3539</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>170</v>
+        <v>1017</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>171</v>
+        <v>1018</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3525</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65002</v>
+        <v>58218</v>
       </c>
       <c r="B383" t="s">
-        <v>3526</v>
+        <v>3541</v>
       </c>
       <c r="C383" t="s">
-        <v>3527</v>
+        <v>3542</v>
       </c>
       <c r="D383" t="s">
-        <v>3528</v>
+        <v>3543</v>
       </c>
       <c r="E383" t="s">
-        <v>3529</v>
+        <v>3544</v>
       </c>
       <c r="F383" t="s">
-        <v>3530</v>
+        <v>3545</v>
       </c>
       <c r="G383" t="s">
-        <v>3531</v>
+        <v>3546</v>
       </c>
       <c r="H383" t="s">
-        <v>3532</v>
+        <v>3547</v>
       </c>
       <c r="I383" t="s">
-        <v>3533</v>
+        <v>3548</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3534</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65003</v>
+        <v>58223</v>
       </c>
       <c r="B384" t="s">
-        <v>3535</v>
+        <v>3550</v>
       </c>
       <c r="C384" t="s">
-        <v>3536</v>
+        <v>3551</v>
       </c>
       <c r="D384" t="s">
-        <v>3537</v>
+        <v>3552</v>
       </c>
       <c r="E384" t="s">
-        <v>3538</v>
+        <v>3553</v>
       </c>
       <c r="F384" t="s">
-        <v>3539</v>
+        <v>3554</v>
       </c>
       <c r="G384" t="s">
-        <v>3540</v>
+        <v>3555</v>
       </c>
       <c r="H384" t="s">
-        <v>3541</v>
+        <v>3556</v>
       </c>
       <c r="I384" t="s">
-        <v>3542</v>
+        <v>3557</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
         <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
         <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3543</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65004</v>
+        <v>58240</v>
       </c>
       <c r="B385" t="s">
-        <v>3544</v>
+        <v>3559</v>
       </c>
       <c r="C385" t="s">
-        <v>3545</v>
+        <v>3560</v>
       </c>
       <c r="D385" t="s">
-        <v>3546</v>
+        <v>3561</v>
       </c>
       <c r="E385" t="s">
-        <v>3547</v>
+        <v>3562</v>
       </c>
       <c r="F385" t="s">
-        <v>3548</v>
+        <v>3563</v>
       </c>
       <c r="G385" t="s">
-        <v>3549</v>
+        <v>3564</v>
       </c>
       <c r="H385" t="s">
-        <v>3550</v>
+        <v>3565</v>
       </c>
       <c r="I385" t="s">
-        <v>3551</v>
+        <v>3566</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>170</v>
+        <v>3567</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>171</v>
+        <v>3568</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3552</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65005</v>
+        <v>58259</v>
       </c>
       <c r="B386" t="s">
-        <v>3553</v>
+        <v>3570</v>
       </c>
       <c r="C386" t="s">
-        <v>3554</v>
+        <v>3571</v>
       </c>
       <c r="D386" t="s">
-        <v>3555</v>
+        <v>3572</v>
       </c>
       <c r="E386" t="s">
-        <v>3556</v>
+        <v>3573</v>
       </c>
       <c r="F386" t="s">
-        <v>3557</v>
+        <v>3574</v>
       </c>
       <c r="G386" t="s">
-        <v>3558</v>
+        <v>3575</v>
       </c>
       <c r="H386" t="s">
-        <v>3559</v>
+        <v>3576</v>
       </c>
       <c r="I386" t="s">
-        <v>3560</v>
+        <v>3577</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>3561</v>
+        <v>3578</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>3562</v>
+        <v>3579</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3563</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65006</v>
+        <v>64637</v>
       </c>
       <c r="B387" t="s">
-        <v>3564</v>
+        <v>3581</v>
       </c>
       <c r="C387" t="s">
-        <v>3565</v>
+        <v>3582</v>
       </c>
       <c r="D387" t="s">
-        <v>3566</v>
+        <v>3583</v>
       </c>
       <c r="E387" t="s">
-        <v>3567</v>
+        <v>3584</v>
       </c>
       <c r="F387" t="s">
-        <v>3568</v>
+        <v>3585</v>
       </c>
       <c r="G387" t="s">
-        <v>3569</v>
+        <v>3586</v>
       </c>
       <c r="H387" t="s">
-        <v>3570</v>
+        <v>3587</v>
       </c>
       <c r="I387" t="s">
-        <v>3571</v>
+        <v>3588</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>3572</v>
+        <v>47</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>3573</v>
+        <v>48</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3574</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65007</v>
+        <v>64643</v>
       </c>
       <c r="B388" t="s">
-        <v>3575</v>
+        <v>3590</v>
       </c>
       <c r="C388" t="s">
-        <v>3576</v>
+        <v>3591</v>
       </c>
       <c r="D388" t="s">
-        <v>3577</v>
+        <v>3592</v>
       </c>
       <c r="E388" t="s">
-        <v>3578</v>
+        <v>3593</v>
       </c>
       <c r="F388" t="s">
-        <v>3579</v>
+        <v>3594</v>
       </c>
       <c r="G388" t="s">
-        <v>3580</v>
+        <v>3595</v>
       </c>
       <c r="H388" t="s">
-        <v>3581</v>
+        <v>3596</v>
       </c>
       <c r="I388" t="s">
-        <v>3582</v>
+        <v>3597</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3583</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65008</v>
+        <v>64689</v>
       </c>
       <c r="B389" t="s">
-        <v>3584</v>
+        <v>3599</v>
       </c>
       <c r="C389" t="s">
-        <v>3585</v>
+        <v>3600</v>
       </c>
       <c r="D389" t="s">
-        <v>3586</v>
+        <v>3601</v>
       </c>
       <c r="E389" t="s">
-        <v>3587</v>
+        <v>3602</v>
       </c>
       <c r="F389" t="s">
-        <v>3588</v>
+        <v>3603</v>
       </c>
       <c r="G389" t="s">
-        <v>3589</v>
+        <v>3604</v>
       </c>
       <c r="H389" t="s">
-        <v>3590</v>
+        <v>3605</v>
       </c>
       <c r="I389" t="s">
-        <v>3591</v>
+        <v>3606</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3592</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65009</v>
+        <v>65000</v>
       </c>
       <c r="B390" t="s">
-        <v>3593</v>
+        <v>3608</v>
       </c>
       <c r="C390" t="s">
-        <v>3594</v>
+        <v>3609</v>
       </c>
       <c r="D390" t="s">
-        <v>3595</v>
+        <v>3610</v>
       </c>
       <c r="E390" t="s">
-        <v>3596</v>
+        <v>3611</v>
       </c>
       <c r="F390" t="s">
-        <v>3597</v>
+        <v>3612</v>
       </c>
       <c r="G390" t="s">
-        <v>3598</v>
+        <v>3613</v>
       </c>
       <c r="H390" t="s">
-        <v>3599</v>
+        <v>3614</v>
       </c>
       <c r="I390" t="s">
-        <v>3600</v>
+        <v>3615</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3601</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65010</v>
+        <v>65001</v>
       </c>
       <c r="B391" t="s">
-        <v>3602</v>
+        <v>3617</v>
       </c>
       <c r="C391" t="s">
-        <v>3603</v>
+        <v>3618</v>
       </c>
       <c r="D391" t="s">
-        <v>3604</v>
+        <v>3619</v>
       </c>
       <c r="E391" t="s">
-        <v>3605</v>
+        <v>3620</v>
       </c>
       <c r="F391" t="s">
-        <v>3606</v>
+        <v>3621</v>
       </c>
       <c r="G391" t="s">
-        <v>3607</v>
+        <v>3622</v>
       </c>
       <c r="H391" t="s">
-        <v>3608</v>
+        <v>3623</v>
       </c>
       <c r="I391" t="s">
-        <v>3609</v>
+        <v>3624</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3610</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65011</v>
+        <v>65002</v>
       </c>
       <c r="B392" t="s">
-        <v>3611</v>
+        <v>3626</v>
       </c>
       <c r="C392" t="s">
-        <v>3612</v>
+        <v>3627</v>
       </c>
       <c r="D392" t="s">
-        <v>3613</v>
+        <v>3628</v>
       </c>
       <c r="E392" t="s">
-        <v>3614</v>
+        <v>3629</v>
       </c>
       <c r="F392" t="s">
-        <v>3615</v>
+        <v>3630</v>
       </c>
       <c r="G392" t="s">
-        <v>3616</v>
+        <v>3631</v>
       </c>
       <c r="H392" t="s">
-        <v>3617</v>
+        <v>3632</v>
       </c>
       <c r="I392" t="s">
-        <v>3618</v>
+        <v>3633</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3619</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65012</v>
+        <v>65003</v>
       </c>
       <c r="B393" t="s">
-        <v>3620</v>
+        <v>3635</v>
       </c>
       <c r="C393" t="s">
-        <v>3621</v>
+        <v>3636</v>
       </c>
       <c r="D393" t="s">
-        <v>3622</v>
+        <v>3637</v>
       </c>
       <c r="E393" t="s">
-        <v>3623</v>
+        <v>3638</v>
       </c>
       <c r="F393" t="s">
-        <v>3624</v>
+        <v>3639</v>
       </c>
       <c r="G393" t="s">
-        <v>3625</v>
+        <v>3640</v>
       </c>
       <c r="H393" t="s">
-        <v>3626</v>
+        <v>3641</v>
       </c>
       <c r="I393" t="s">
-        <v>3627</v>
+        <v>3642</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>3628</v>
+        <v>170</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>3629</v>
+        <v>171</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3630</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65013</v>
+        <v>65004</v>
       </c>
       <c r="B394" t="s">
-        <v>3631</v>
+        <v>3644</v>
       </c>
       <c r="C394" t="s">
-        <v>3632</v>
+        <v>3645</v>
       </c>
       <c r="D394" t="s">
-        <v>3633</v>
+        <v>3646</v>
       </c>
       <c r="E394" t="s">
-        <v>3634</v>
+        <v>3647</v>
       </c>
       <c r="F394" t="s">
-        <v>3635</v>
+        <v>3648</v>
       </c>
       <c r="G394" t="s">
-        <v>3636</v>
+        <v>3649</v>
       </c>
       <c r="H394" t="s">
-        <v>3637</v>
+        <v>3650</v>
       </c>
       <c r="I394" t="s">
-        <v>3638</v>
+        <v>3651</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3639</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65014</v>
+        <v>65005</v>
       </c>
       <c r="B395" t="s">
-        <v>3640</v>
+        <v>3653</v>
       </c>
       <c r="C395" t="s">
-        <v>3641</v>
+        <v>3654</v>
       </c>
       <c r="D395" t="s">
-        <v>3642</v>
+        <v>3655</v>
       </c>
       <c r="E395" t="s">
-        <v>3643</v>
+        <v>3656</v>
       </c>
       <c r="F395" t="s">
-        <v>3644</v>
+        <v>3657</v>
       </c>
       <c r="G395" t="s">
-        <v>3645</v>
+        <v>3658</v>
       </c>
       <c r="H395" t="s">
-        <v>3646</v>
+        <v>3659</v>
       </c>
       <c r="I395" t="s">
-        <v>3647</v>
+        <v>3660</v>
       </c>
       <c r="J395" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>671</v>
+        <v>3661</v>
       </c>
       <c r="L395" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>672</v>
+        <v>3662</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3648</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65015</v>
+        <v>65006</v>
       </c>
       <c r="B396" t="s">
-        <v>3649</v>
+        <v>3664</v>
       </c>
       <c r="C396" t="s">
-        <v>3650</v>
+        <v>3665</v>
       </c>
       <c r="D396" t="s">
-        <v>3651</v>
+        <v>3666</v>
       </c>
       <c r="E396" t="s">
-        <v>3652</v>
+        <v>3667</v>
       </c>
       <c r="F396" t="s">
-        <v>3653</v>
+        <v>3668</v>
       </c>
       <c r="G396" t="s">
-        <v>3654</v>
+        <v>3669</v>
       </c>
       <c r="H396" t="s">
-        <v>3655</v>
+        <v>3670</v>
       </c>
       <c r="I396" t="s">
-        <v>3656</v>
+        <v>3671</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>170</v>
+        <v>3672</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>171</v>
+        <v>3673</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3657</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65016</v>
+        <v>65007</v>
       </c>
       <c r="B397" t="s">
-        <v>3658</v>
+        <v>3675</v>
       </c>
       <c r="C397" t="s">
-        <v>3659</v>
+        <v>3676</v>
       </c>
       <c r="D397" t="s">
-        <v>3660</v>
+        <v>3677</v>
       </c>
       <c r="E397" t="s">
-        <v>3661</v>
+        <v>3678</v>
       </c>
       <c r="F397" t="s">
-        <v>3662</v>
+        <v>3679</v>
       </c>
       <c r="G397" t="s">
-        <v>3663</v>
+        <v>3680</v>
       </c>
       <c r="H397" t="s">
-        <v>3664</v>
+        <v>3681</v>
       </c>
       <c r="I397" t="s">
-        <v>3665</v>
+        <v>3682</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>25</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>27</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3666</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65017</v>
+        <v>65008</v>
       </c>
       <c r="B398" t="s">
-        <v>3667</v>
+        <v>3684</v>
       </c>
       <c r="C398" t="s">
-        <v>3668</v>
+        <v>3685</v>
       </c>
       <c r="D398" t="s">
-        <v>3669</v>
+        <v>3686</v>
       </c>
       <c r="E398" t="s">
-        <v>3670</v>
+        <v>3687</v>
       </c>
       <c r="F398" t="s">
-        <v>3671</v>
+        <v>3688</v>
       </c>
       <c r="G398" t="s">
-        <v>3672</v>
+        <v>3689</v>
       </c>
       <c r="H398" t="s">
-        <v>3673</v>
+        <v>3690</v>
       </c>
       <c r="I398" t="s">
-        <v>3674</v>
+        <v>3691</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>3675</v>
+        <v>170</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>3676</v>
+        <v>171</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3677</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65018</v>
+        <v>65009</v>
       </c>
       <c r="B399" t="s">
-        <v>3678</v>
+        <v>3693</v>
       </c>
       <c r="C399" t="s">
-        <v>3679</v>
+        <v>3694</v>
       </c>
       <c r="D399" t="s">
-        <v>3680</v>
+        <v>3695</v>
       </c>
       <c r="E399" t="s">
-        <v>3681</v>
+        <v>3696</v>
       </c>
       <c r="F399" t="s">
-        <v>3682</v>
+        <v>3697</v>
       </c>
       <c r="G399" t="s">
-        <v>3683</v>
+        <v>3698</v>
       </c>
       <c r="H399" t="s">
-        <v>3684</v>
+        <v>3699</v>
       </c>
       <c r="I399" t="s">
-        <v>3685</v>
+        <v>3700</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>3686</v>
+        <v>170</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>3687</v>
+        <v>171</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3688</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65019</v>
+        <v>65010</v>
       </c>
       <c r="B400" t="s">
-        <v>3689</v>
+        <v>3702</v>
       </c>
       <c r="C400" t="s">
-        <v>3690</v>
+        <v>3703</v>
       </c>
       <c r="D400" t="s">
-        <v>3691</v>
+        <v>3704</v>
       </c>
       <c r="E400" t="s">
-        <v>3692</v>
+        <v>3705</v>
       </c>
       <c r="F400" t="s">
-        <v>3693</v>
+        <v>3706</v>
       </c>
       <c r="G400" t="s">
-        <v>3694</v>
+        <v>3707</v>
       </c>
       <c r="H400" t="s">
-        <v>3695</v>
+        <v>3708</v>
       </c>
       <c r="I400" t="s">
-        <v>3696</v>
+        <v>3709</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3697</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65020</v>
+        <v>65011</v>
       </c>
       <c r="B401" t="s">
-        <v>3698</v>
+        <v>3711</v>
       </c>
       <c r="C401" t="s">
-        <v>3699</v>
+        <v>3712</v>
       </c>
       <c r="D401" t="s">
-        <v>3700</v>
+        <v>3713</v>
       </c>
       <c r="E401" t="s">
-        <v>3701</v>
+        <v>3714</v>
       </c>
       <c r="F401" t="s">
-        <v>3702</v>
+        <v>3715</v>
       </c>
       <c r="G401" t="s">
-        <v>3703</v>
+        <v>3716</v>
       </c>
       <c r="H401" t="s">
-        <v>3704</v>
+        <v>3717</v>
       </c>
       <c r="I401" t="s">
-        <v>3705</v>
+        <v>3718</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>3706</v>
+        <v>170</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>3707</v>
+        <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3708</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65021</v>
+        <v>65012</v>
       </c>
       <c r="B402" t="s">
-        <v>3709</v>
+        <v>3720</v>
       </c>
       <c r="C402" t="s">
-        <v>3710</v>
+        <v>3721</v>
       </c>
       <c r="D402" t="s">
-        <v>3711</v>
+        <v>3722</v>
       </c>
       <c r="E402" t="s">
-        <v>3712</v>
+        <v>3723</v>
       </c>
       <c r="F402" t="s">
-        <v>3713</v>
+        <v>3724</v>
       </c>
       <c r="G402" t="s">
-        <v>3714</v>
+        <v>3725</v>
       </c>
       <c r="H402" t="s">
-        <v>3715</v>
+        <v>3726</v>
       </c>
       <c r="I402" t="s">
-        <v>3716</v>
+        <v>3727</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>25</v>
+        <v>3728</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>27</v>
+        <v>3729</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3717</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65022</v>
+        <v>65013</v>
       </c>
       <c r="B403" t="s">
-        <v>3718</v>
+        <v>3731</v>
       </c>
       <c r="C403" t="s">
-        <v>3719</v>
+        <v>3732</v>
       </c>
       <c r="D403" t="s">
-        <v>3720</v>
+        <v>3733</v>
       </c>
       <c r="E403" t="s">
-        <v>3721</v>
+        <v>3734</v>
       </c>
       <c r="F403" t="s">
-        <v>3722</v>
+        <v>3735</v>
       </c>
       <c r="G403" t="s">
-        <v>3723</v>
+        <v>3736</v>
       </c>
       <c r="H403" t="s">
-        <v>3724</v>
+        <v>3737</v>
       </c>
       <c r="I403" t="s">
-        <v>3725</v>
+        <v>3738</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
         <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
         <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3726</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65023</v>
+        <v>65014</v>
       </c>
       <c r="B404" t="s">
-        <v>3727</v>
+        <v>3740</v>
       </c>
       <c r="C404" t="s">
-        <v>3728</v>
+        <v>3741</v>
       </c>
       <c r="D404" t="s">
-        <v>3729</v>
+        <v>3742</v>
       </c>
       <c r="E404" t="s">
-        <v>3730</v>
+        <v>3743</v>
       </c>
       <c r="F404" t="s">
-        <v>3731</v>
+        <v>3744</v>
       </c>
       <c r="G404" t="s">
-        <v>3732</v>
+        <v>3745</v>
       </c>
       <c r="H404" t="s">
-        <v>3733</v>
+        <v>3746</v>
       </c>
       <c r="I404" t="s">
-        <v>3734</v>
+        <v>3747</v>
       </c>
       <c r="J404" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K404" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L404" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M404" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3735</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65025</v>
+        <v>65015</v>
       </c>
       <c r="B405" t="s">
-        <v>3736</v>
+        <v>3749</v>
       </c>
       <c r="C405" t="s">
-        <v>3737</v>
+        <v>3750</v>
       </c>
       <c r="D405" t="s">
-        <v>3738</v>
+        <v>3751</v>
       </c>
       <c r="E405" t="s">
-        <v>3739</v>
+        <v>3752</v>
       </c>
       <c r="F405" t="s">
-        <v>3740</v>
+        <v>3753</v>
       </c>
       <c r="G405" t="s">
-        <v>3741</v>
+        <v>3754</v>
       </c>
       <c r="H405" t="s">
-        <v>3742</v>
+        <v>3755</v>
       </c>
       <c r="I405" t="s">
-        <v>3743</v>
+        <v>3756</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3744</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65026</v>
+        <v>65016</v>
       </c>
       <c r="B406" t="s">
-        <v>3745</v>
+        <v>3758</v>
       </c>
       <c r="C406" t="s">
-        <v>3746</v>
+        <v>3759</v>
       </c>
       <c r="D406" t="s">
-        <v>3747</v>
+        <v>3760</v>
       </c>
       <c r="E406" t="s">
-        <v>3748</v>
+        <v>3761</v>
       </c>
       <c r="F406" t="s">
-        <v>3749</v>
+        <v>3762</v>
       </c>
       <c r="G406" t="s">
-        <v>3750</v>
+        <v>3763</v>
       </c>
       <c r="H406" t="s">
-        <v>3751</v>
+        <v>3764</v>
       </c>
       <c r="I406" t="s">
-        <v>3752</v>
+        <v>3765</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
         <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
         <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3753</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65027</v>
+        <v>65017</v>
       </c>
       <c r="B407" t="s">
-        <v>3754</v>
+        <v>3767</v>
       </c>
       <c r="C407" t="s">
-        <v>3755</v>
+        <v>3768</v>
       </c>
       <c r="D407" t="s">
-        <v>3756</v>
+        <v>3769</v>
       </c>
       <c r="E407" t="s">
-        <v>3757</v>
+        <v>3770</v>
       </c>
       <c r="F407" t="s">
-        <v>3758</v>
+        <v>3771</v>
       </c>
       <c r="G407" t="s">
-        <v>3759</v>
+        <v>3772</v>
       </c>
       <c r="H407" t="s">
-        <v>3760</v>
+        <v>3773</v>
       </c>
       <c r="I407" t="s">
-        <v>3761</v>
+        <v>3774</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>671</v>
+        <v>3775</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>672</v>
+        <v>3776</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3762</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65028</v>
+        <v>65018</v>
       </c>
       <c r="B408" t="s">
-        <v>3763</v>
+        <v>3778</v>
       </c>
       <c r="C408" t="s">
-        <v>3764</v>
+        <v>3779</v>
       </c>
       <c r="D408" t="s">
-        <v>3765</v>
+        <v>3780</v>
       </c>
       <c r="E408" t="s">
-        <v>3766</v>
+        <v>3781</v>
       </c>
       <c r="F408" t="s">
-        <v>3767</v>
+        <v>3782</v>
       </c>
       <c r="G408" t="s">
-        <v>3768</v>
+        <v>3783</v>
       </c>
       <c r="H408" t="s">
-        <v>3769</v>
+        <v>3784</v>
       </c>
       <c r="I408" t="s">
-        <v>3770</v>
+        <v>3785</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>25</v>
+        <v>3786</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>27</v>
+        <v>3787</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3771</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65030</v>
+        <v>65019</v>
       </c>
       <c r="B409" t="s">
-        <v>3772</v>
+        <v>3789</v>
       </c>
       <c r="C409" t="s">
-        <v>3773</v>
+        <v>3790</v>
       </c>
       <c r="D409" t="s">
-        <v>3774</v>
+        <v>3791</v>
       </c>
       <c r="E409" t="s">
-        <v>3775</v>
+        <v>3792</v>
       </c>
       <c r="F409" t="s">
-        <v>3776</v>
+        <v>3793</v>
       </c>
       <c r="G409" t="s">
-        <v>3777</v>
+        <v>3794</v>
       </c>
       <c r="H409" t="s">
-        <v>3778</v>
+        <v>3795</v>
       </c>
       <c r="I409" t="s">
-        <v>3779</v>
+        <v>3796</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3780</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65031</v>
+        <v>65020</v>
       </c>
       <c r="B410" t="s">
-        <v>3781</v>
+        <v>3798</v>
       </c>
       <c r="C410" t="s">
-        <v>3782</v>
+        <v>3799</v>
       </c>
       <c r="D410" t="s">
-        <v>3783</v>
+        <v>3800</v>
       </c>
       <c r="E410" t="s">
-        <v>3784</v>
+        <v>3801</v>
       </c>
       <c r="F410" t="s">
-        <v>3785</v>
+        <v>3802</v>
       </c>
       <c r="G410" t="s">
-        <v>3786</v>
+        <v>3803</v>
       </c>
       <c r="H410" t="s">
-        <v>3787</v>
+        <v>3804</v>
       </c>
       <c r="I410" t="s">
-        <v>3788</v>
+        <v>3805</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>25</v>
+        <v>3806</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>27</v>
+        <v>3807</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3789</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65032</v>
+        <v>65021</v>
       </c>
       <c r="B411" t="s">
-        <v>3790</v>
+        <v>3809</v>
       </c>
       <c r="C411" t="s">
-        <v>3791</v>
+        <v>3810</v>
       </c>
       <c r="D411" t="s">
-        <v>3792</v>
+        <v>3811</v>
       </c>
       <c r="E411" t="s">
-        <v>3793</v>
+        <v>3812</v>
       </c>
       <c r="F411" t="s">
-        <v>3794</v>
+        <v>3813</v>
       </c>
       <c r="G411" t="s">
-        <v>3795</v>
+        <v>3814</v>
       </c>
       <c r="H411" t="s">
-        <v>3796</v>
+        <v>3815</v>
       </c>
       <c r="I411" t="s">
-        <v>3797</v>
+        <v>3816</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3798</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65033</v>
+        <v>65022</v>
       </c>
       <c r="B412" t="s">
-        <v>3799</v>
+        <v>3818</v>
       </c>
       <c r="C412" t="s">
-        <v>3800</v>
+        <v>3819</v>
       </c>
       <c r="D412" t="s">
-        <v>3801</v>
+        <v>3820</v>
       </c>
       <c r="E412" t="s">
-        <v>3802</v>
+        <v>3821</v>
       </c>
       <c r="F412" t="s">
-        <v>3803</v>
+        <v>3822</v>
       </c>
       <c r="G412" t="s">
-        <v>3804</v>
+        <v>3823</v>
       </c>
       <c r="H412" t="s">
-        <v>3805</v>
+        <v>3824</v>
       </c>
       <c r="I412" t="s">
-        <v>3806</v>
+        <v>3825</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>3807</v>
+        <v>25</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>3808</v>
+        <v>27</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3809</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65034</v>
+        <v>65023</v>
       </c>
       <c r="B413" t="s">
-        <v>3810</v>
+        <v>3827</v>
       </c>
       <c r="C413" t="s">
-        <v>3811</v>
+        <v>3828</v>
       </c>
       <c r="D413" t="s">
-        <v>3812</v>
+        <v>3829</v>
       </c>
       <c r="E413" t="s">
-        <v>3813</v>
+        <v>3830</v>
       </c>
       <c r="F413" t="s">
-        <v>3814</v>
+        <v>3831</v>
       </c>
       <c r="G413" t="s">
-        <v>3815</v>
+        <v>3832</v>
       </c>
       <c r="H413" t="s">
-        <v>3816</v>
+        <v>3833</v>
       </c>
       <c r="I413" t="s">
-        <v>3817</v>
+        <v>3834</v>
       </c>
       <c r="J413" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L413" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>571</v>
+        <v>27</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3818</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65035</v>
+        <v>65025</v>
       </c>
       <c r="B414" t="s">
-        <v>3819</v>
+        <v>3836</v>
       </c>
       <c r="C414" t="s">
-        <v>3820</v>
+        <v>3837</v>
       </c>
       <c r="D414" t="s">
-        <v>3821</v>
+        <v>3838</v>
       </c>
       <c r="E414" t="s">
-        <v>3822</v>
+        <v>3839</v>
       </c>
       <c r="F414" t="s">
-        <v>3823</v>
+        <v>3840</v>
       </c>
       <c r="G414" t="s">
-        <v>3824</v>
+        <v>3841</v>
       </c>
       <c r="H414" t="s">
-        <v>3825</v>
+        <v>3842</v>
       </c>
       <c r="I414" t="s">
-        <v>3826</v>
+        <v>3843</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
         <v>25</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
         <v>27</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3827</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65036</v>
+        <v>65026</v>
       </c>
       <c r="B415" t="s">
-        <v>3828</v>
+        <v>3845</v>
       </c>
       <c r="C415" t="s">
-        <v>3829</v>
+        <v>3846</v>
       </c>
       <c r="D415" t="s">
-        <v>3830</v>
+        <v>3847</v>
       </c>
       <c r="E415" t="s">
-        <v>3831</v>
+        <v>3848</v>
       </c>
       <c r="F415" t="s">
-        <v>3832</v>
+        <v>3849</v>
       </c>
       <c r="G415" t="s">
-        <v>3833</v>
+        <v>3850</v>
       </c>
       <c r="H415" t="s">
-        <v>3834</v>
+        <v>3851</v>
       </c>
       <c r="I415" t="s">
-        <v>3835</v>
+        <v>3852</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
         <v>25</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
         <v>27</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3836</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65037</v>
+        <v>65027</v>
       </c>
       <c r="B416" t="s">
-        <v>3837</v>
+        <v>3854</v>
       </c>
       <c r="C416" t="s">
-        <v>3838</v>
+        <v>3855</v>
       </c>
       <c r="D416" t="s">
-        <v>3839</v>
+        <v>3856</v>
       </c>
       <c r="E416" t="s">
-        <v>3840</v>
+        <v>3857</v>
       </c>
       <c r="F416" t="s">
-        <v>3841</v>
+        <v>3858</v>
       </c>
       <c r="G416" t="s">
-        <v>3842</v>
+        <v>3859</v>
       </c>
       <c r="H416" t="s">
-        <v>3843</v>
+        <v>3860</v>
       </c>
       <c r="I416" t="s">
-        <v>3844</v>
+        <v>3861</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3845</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65038</v>
+        <v>65028</v>
       </c>
       <c r="B417" t="s">
-        <v>3846</v>
+        <v>3863</v>
       </c>
       <c r="C417" t="s">
-        <v>3847</v>
+        <v>3864</v>
       </c>
       <c r="D417" t="s">
-        <v>3848</v>
+        <v>3865</v>
       </c>
       <c r="E417" t="s">
-        <v>3849</v>
+        <v>3866</v>
       </c>
       <c r="F417" t="s">
-        <v>3850</v>
+        <v>3867</v>
       </c>
       <c r="G417" t="s">
-        <v>3851</v>
+        <v>3868</v>
       </c>
       <c r="H417" t="s">
-        <v>3852</v>
+        <v>3869</v>
       </c>
       <c r="I417" t="s">
-        <v>3853</v>
+        <v>3870</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3854</v>
+        <v>3871</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65039</v>
+        <v>65030</v>
       </c>
       <c r="B418" t="s">
-        <v>3855</v>
+        <v>3872</v>
       </c>
       <c r="C418" t="s">
-        <v>3856</v>
+        <v>3873</v>
       </c>
       <c r="D418" t="s">
-        <v>3857</v>
+        <v>3874</v>
       </c>
       <c r="E418" t="s">
-        <v>3858</v>
+        <v>3875</v>
       </c>
       <c r="F418" t="s">
-        <v>3859</v>
+        <v>3876</v>
       </c>
       <c r="G418" t="s">
-        <v>3860</v>
+        <v>3877</v>
       </c>
       <c r="H418" t="s">
-        <v>3861</v>
+        <v>3878</v>
       </c>
       <c r="I418" t="s">
-        <v>3862</v>
+        <v>3879</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3863</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65040</v>
+        <v>65031</v>
       </c>
       <c r="B419" t="s">
-        <v>3864</v>
+        <v>3881</v>
       </c>
       <c r="C419" t="s">
-        <v>3865</v>
+        <v>3882</v>
       </c>
       <c r="D419" t="s">
-        <v>3866</v>
+        <v>3883</v>
       </c>
       <c r="E419" t="s">
-        <v>3867</v>
+        <v>3884</v>
       </c>
       <c r="F419" t="s">
-        <v>3868</v>
+        <v>3885</v>
       </c>
       <c r="G419" t="s">
-        <v>3869</v>
+        <v>3886</v>
       </c>
       <c r="H419" t="s">
-        <v>3870</v>
+        <v>3887</v>
       </c>
       <c r="I419" t="s">
-        <v>3871</v>
+        <v>3888</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>1323</v>
+        <v>25</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>1325</v>
+        <v>27</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3872</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65043</v>
+        <v>65032</v>
       </c>
       <c r="B420" t="s">
-        <v>3873</v>
+        <v>3890</v>
       </c>
       <c r="C420" t="s">
-        <v>3874</v>
+        <v>3891</v>
       </c>
       <c r="D420" t="s">
-        <v>3875</v>
+        <v>3892</v>
       </c>
       <c r="E420" t="s">
-        <v>3876</v>
+        <v>3893</v>
       </c>
       <c r="F420" t="s">
-        <v>3877</v>
+        <v>3894</v>
       </c>
       <c r="G420" t="s">
-        <v>3878</v>
+        <v>3895</v>
       </c>
       <c r="H420" t="s">
-        <v>3879</v>
+        <v>3896</v>
       </c>
       <c r="I420" t="s">
-        <v>3880</v>
+        <v>3897</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3881</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65044</v>
+        <v>65033</v>
       </c>
       <c r="B421" t="s">
-        <v>3882</v>
+        <v>3899</v>
       </c>
       <c r="C421" t="s">
-        <v>3883</v>
+        <v>3900</v>
       </c>
       <c r="D421" t="s">
-        <v>3884</v>
+        <v>3901</v>
       </c>
       <c r="E421" t="s">
-        <v>3885</v>
+        <v>3902</v>
       </c>
       <c r="F421" t="s">
-        <v>3886</v>
+        <v>3903</v>
       </c>
       <c r="G421" t="s">
-        <v>3887</v>
+        <v>3904</v>
       </c>
       <c r="H421" t="s">
-        <v>3888</v>
+        <v>3905</v>
       </c>
       <c r="I421" t="s">
-        <v>3889</v>
+        <v>3906</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>25</v>
+        <v>3907</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>27</v>
+        <v>3908</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3890</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65045</v>
+        <v>65034</v>
       </c>
       <c r="B422" t="s">
-        <v>3891</v>
+        <v>3910</v>
       </c>
       <c r="C422" t="s">
-        <v>3892</v>
+        <v>3911</v>
       </c>
       <c r="D422" t="s">
-        <v>3893</v>
+        <v>3912</v>
       </c>
       <c r="E422" t="s">
-        <v>3894</v>
+        <v>3913</v>
       </c>
       <c r="F422" t="s">
-        <v>3895</v>
+        <v>3914</v>
       </c>
       <c r="G422" t="s">
-        <v>3896</v>
+        <v>3915</v>
       </c>
       <c r="H422" t="s">
-        <v>3897</v>
+        <v>3916</v>
       </c>
       <c r="I422" t="s">
-        <v>3898</v>
+        <v>3917</v>
       </c>
       <c r="J422" t="s">
-        <v>58</v>
+        <v>441</v>
       </c>
       <c r="K422" t="s">
-        <v>3899</v>
+        <v>571</v>
       </c>
       <c r="L422" t="s">
-        <v>60</v>
+        <v>443</v>
       </c>
       <c r="M422" t="s">
-        <v>3900</v>
+        <v>572</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3901</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65046</v>
+        <v>65035</v>
       </c>
       <c r="B423" t="s">
-        <v>3902</v>
+        <v>3919</v>
       </c>
       <c r="C423" t="s">
-        <v>3903</v>
+        <v>3920</v>
       </c>
       <c r="D423" t="s">
-        <v>3904</v>
+        <v>3921</v>
       </c>
       <c r="E423" t="s">
-        <v>3905</v>
+        <v>3922</v>
       </c>
       <c r="F423" t="s">
-        <v>3906</v>
+        <v>3923</v>
       </c>
       <c r="G423" t="s">
-        <v>3907</v>
+        <v>3924</v>
       </c>
       <c r="H423" t="s">
-        <v>3908</v>
+        <v>3925</v>
       </c>
       <c r="I423" t="s">
-        <v>3909</v>
+        <v>3926</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3910</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65047</v>
+        <v>65036</v>
       </c>
       <c r="B424" t="s">
-        <v>3911</v>
+        <v>3928</v>
       </c>
       <c r="C424" t="s">
-        <v>3912</v>
+        <v>3929</v>
       </c>
       <c r="D424" t="s">
-        <v>3913</v>
+        <v>3930</v>
       </c>
       <c r="E424" t="s">
-        <v>3914</v>
+        <v>3931</v>
       </c>
       <c r="F424" t="s">
-        <v>3915</v>
+        <v>3932</v>
       </c>
       <c r="G424" t="s">
-        <v>3916</v>
+        <v>3933</v>
       </c>
       <c r="H424" t="s">
-        <v>3917</v>
+        <v>3934</v>
       </c>
       <c r="I424" t="s">
-        <v>3918</v>
+        <v>3935</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>3899</v>
+        <v>25</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>3900</v>
+        <v>27</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3919</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65049</v>
+        <v>65037</v>
       </c>
       <c r="B425" t="s">
-        <v>3920</v>
+        <v>3937</v>
       </c>
       <c r="C425" t="s">
-        <v>3921</v>
+        <v>3938</v>
       </c>
       <c r="D425" t="s">
-        <v>3922</v>
+        <v>3939</v>
       </c>
       <c r="E425" t="s">
-        <v>3923</v>
+        <v>3940</v>
       </c>
       <c r="F425" t="s">
-        <v>3924</v>
+        <v>3941</v>
       </c>
       <c r="G425" t="s">
-        <v>3925</v>
+        <v>3942</v>
       </c>
       <c r="H425" t="s">
-        <v>3926</v>
+        <v>3943</v>
       </c>
       <c r="I425" t="s">
-        <v>3927</v>
+        <v>3944</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3928</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65050</v>
+        <v>65038</v>
       </c>
       <c r="B426" t="s">
-        <v>3929</v>
+        <v>3946</v>
       </c>
       <c r="C426" t="s">
-        <v>3930</v>
+        <v>3947</v>
       </c>
       <c r="D426" t="s">
-        <v>3931</v>
+        <v>3948</v>
       </c>
       <c r="E426" t="s">
-        <v>3932</v>
+        <v>3949</v>
       </c>
       <c r="F426" t="s">
-        <v>3933</v>
+        <v>3950</v>
       </c>
       <c r="G426" t="s">
-        <v>3934</v>
+        <v>3951</v>
       </c>
       <c r="H426" t="s">
-        <v>3935</v>
+        <v>3952</v>
       </c>
       <c r="I426" t="s">
-        <v>3936</v>
+        <v>3953</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3937</v>
+        <v>3954</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65051</v>
+        <v>65039</v>
       </c>
       <c r="B427" t="s">
-        <v>3938</v>
+        <v>3955</v>
       </c>
       <c r="C427" t="s">
-        <v>3939</v>
+        <v>3956</v>
       </c>
       <c r="D427" t="s">
-        <v>3940</v>
+        <v>3957</v>
       </c>
       <c r="E427" t="s">
-        <v>3941</v>
+        <v>3958</v>
       </c>
       <c r="F427" t="s">
-        <v>3942</v>
+        <v>3959</v>
       </c>
       <c r="G427" t="s">
-        <v>3943</v>
+        <v>3960</v>
       </c>
       <c r="H427" t="s">
-        <v>3944</v>
+        <v>3961</v>
       </c>
       <c r="I427" t="s">
-        <v>3945</v>
+        <v>3962</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>727</v>
+        <v>170</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
-        <v>728</v>
+        <v>171</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3946</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65053</v>
+        <v>65040</v>
       </c>
       <c r="B428" t="s">
-        <v>3947</v>
+        <v>3964</v>
       </c>
       <c r="C428" t="s">
-        <v>3948</v>
+        <v>3965</v>
       </c>
       <c r="D428" t="s">
-        <v>3949</v>
+        <v>3966</v>
       </c>
       <c r="E428" t="s">
-        <v>3950</v>
+        <v>3967</v>
       </c>
       <c r="F428" t="s">
-        <v>3951</v>
+        <v>3968</v>
       </c>
       <c r="G428" t="s">
-        <v>3952</v>
+        <v>3969</v>
       </c>
       <c r="H428" t="s">
-        <v>3953</v>
+        <v>3970</v>
       </c>
       <c r="I428" t="s">
-        <v>3954</v>
+        <v>3971</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>170</v>
+        <v>1325</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>171</v>
+        <v>1327</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3955</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65054</v>
+        <v>65043</v>
       </c>
       <c r="B429" t="s">
-        <v>3956</v>
+        <v>3973</v>
       </c>
       <c r="C429" t="s">
-        <v>3957</v>
+        <v>3974</v>
       </c>
       <c r="D429" t="s">
-        <v>3958</v>
+        <v>3975</v>
       </c>
       <c r="E429" t="s">
-        <v>3959</v>
+        <v>3976</v>
       </c>
       <c r="F429" t="s">
-        <v>3960</v>
+        <v>3977</v>
       </c>
       <c r="G429" t="s">
-        <v>3961</v>
+        <v>3978</v>
       </c>
       <c r="H429" t="s">
-        <v>3962</v>
+        <v>3979</v>
       </c>
       <c r="I429" t="s">
-        <v>3963</v>
+        <v>3980</v>
       </c>
       <c r="J429" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>3964</v>
+        <v>25</v>
       </c>
       <c r="L429" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>3965</v>
+        <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3966</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65055</v>
+        <v>65044</v>
       </c>
       <c r="B430" t="s">
-        <v>3967</v>
+        <v>3982</v>
       </c>
       <c r="C430" t="s">
-        <v>3968</v>
+        <v>3983</v>
       </c>
       <c r="D430" t="s">
-        <v>3969</v>
+        <v>3984</v>
       </c>
       <c r="E430" t="s">
-        <v>3970</v>
+        <v>3985</v>
       </c>
       <c r="F430" t="s">
-        <v>3971</v>
+        <v>3986</v>
       </c>
       <c r="G430" t="s">
-        <v>3972</v>
+        <v>3987</v>
       </c>
       <c r="H430" t="s">
-        <v>3973</v>
+        <v>3988</v>
       </c>
       <c r="I430" t="s">
-        <v>3974</v>
+        <v>3989</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>571</v>
+        <v>27</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3975</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65057</v>
+        <v>65045</v>
       </c>
       <c r="B431" t="s">
-        <v>3976</v>
+        <v>3991</v>
       </c>
       <c r="C431" t="s">
-        <v>3977</v>
+        <v>3992</v>
       </c>
       <c r="D431" t="s">
-        <v>3978</v>
+        <v>3993</v>
       </c>
       <c r="E431" t="s">
-        <v>3979</v>
+        <v>3994</v>
       </c>
       <c r="F431" t="s">
-        <v>3980</v>
+        <v>3995</v>
       </c>
       <c r="G431" t="s">
-        <v>3981</v>
+        <v>3996</v>
       </c>
       <c r="H431" t="s">
-        <v>3982</v>
+        <v>3997</v>
       </c>
       <c r="I431" t="s">
-        <v>3983</v>
+        <v>3998</v>
       </c>
       <c r="J431" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K431" t="s">
-        <v>274</v>
+        <v>3999</v>
       </c>
       <c r="L431" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M431" t="s">
-        <v>275</v>
+        <v>4000</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3984</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65058</v>
+        <v>65046</v>
       </c>
       <c r="B432" t="s">
-        <v>3985</v>
+        <v>4002</v>
       </c>
       <c r="C432" t="s">
-        <v>3986</v>
+        <v>4003</v>
       </c>
       <c r="D432" t="s">
-        <v>3987</v>
+        <v>4004</v>
       </c>
       <c r="E432" t="s">
-        <v>3988</v>
+        <v>4005</v>
       </c>
       <c r="F432" t="s">
-        <v>3989</v>
+        <v>4006</v>
       </c>
       <c r="G432" t="s">
-        <v>3990</v>
+        <v>4007</v>
       </c>
       <c r="H432" t="s">
-        <v>3991</v>
+        <v>4008</v>
       </c>
       <c r="I432" t="s">
-        <v>3992</v>
+        <v>4009</v>
       </c>
       <c r="J432" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>671</v>
+        <v>47</v>
       </c>
       <c r="L432" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>672</v>
+        <v>48</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3993</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65059</v>
+        <v>65047</v>
       </c>
       <c r="B433" t="s">
-        <v>3994</v>
+        <v>4011</v>
       </c>
       <c r="C433" t="s">
-        <v>3995</v>
+        <v>4012</v>
       </c>
       <c r="D433" t="s">
-        <v>3996</v>
+        <v>4013</v>
       </c>
       <c r="E433" t="s">
-        <v>3997</v>
+        <v>4014</v>
       </c>
       <c r="F433" t="s">
-        <v>3998</v>
+        <v>4015</v>
       </c>
       <c r="G433" t="s">
+        <v>4016</v>
+      </c>
+      <c r="H433" t="s">
+        <v>4017</v>
+      </c>
+      <c r="I433" t="s">
+        <v>4018</v>
+      </c>
+      <c r="J433" t="s">
+        <v>24</v>
+      </c>
+      <c r="K433" t="s">
         <v>3999</v>
       </c>
-      <c r="H433" t="s">
+      <c r="L433" t="s">
+        <v>26</v>
+      </c>
+      <c r="M433" t="s">
         <v>4000</v>
       </c>
-      <c r="I433" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>4002</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65060</v>
+        <v>65049</v>
       </c>
       <c r="B434" t="s">
-        <v>4003</v>
+        <v>4020</v>
       </c>
       <c r="C434" t="s">
-        <v>4004</v>
+        <v>4021</v>
       </c>
       <c r="D434" t="s">
-        <v>4005</v>
+        <v>4022</v>
       </c>
       <c r="E434" t="s">
-        <v>4006</v>
+        <v>4023</v>
       </c>
       <c r="F434" t="s">
-        <v>4007</v>
+        <v>4024</v>
       </c>
       <c r="G434" t="s">
-        <v>4008</v>
+        <v>4025</v>
       </c>
       <c r="H434" t="s">
-        <v>4009</v>
+        <v>4026</v>
       </c>
       <c r="I434" t="s">
-        <v>4010</v>
+        <v>4027</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>4011</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65061</v>
+        <v>65050</v>
       </c>
       <c r="B435" t="s">
-        <v>4012</v>
+        <v>4029</v>
       </c>
       <c r="C435" t="s">
-        <v>4013</v>
+        <v>4030</v>
       </c>
       <c r="D435" t="s">
-        <v>4014</v>
+        <v>4031</v>
       </c>
       <c r="E435" t="s">
-        <v>4015</v>
+        <v>4032</v>
       </c>
       <c r="F435" t="s">
-        <v>4016</v>
+        <v>4033</v>
       </c>
       <c r="G435" t="s">
-        <v>4017</v>
+        <v>4034</v>
       </c>
       <c r="H435" t="s">
-        <v>4018</v>
+        <v>4035</v>
       </c>
       <c r="I435" t="s">
-        <v>4019</v>
+        <v>4036</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>1323</v>
+        <v>25</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
-        <v>1325</v>
+        <v>27</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4020</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65062</v>
+        <v>65051</v>
       </c>
       <c r="B436" t="s">
-        <v>4021</v>
+        <v>4038</v>
       </c>
       <c r="C436" t="s">
-        <v>4022</v>
+        <v>4039</v>
       </c>
       <c r="D436" t="s">
-        <v>4023</v>
+        <v>4040</v>
       </c>
       <c r="E436" t="s">
-        <v>4024</v>
+        <v>4041</v>
       </c>
       <c r="F436" t="s">
-        <v>4025</v>
+        <v>4042</v>
       </c>
       <c r="G436" t="s">
-        <v>4026</v>
+        <v>4043</v>
       </c>
       <c r="H436" t="s">
-        <v>4027</v>
+        <v>4044</v>
       </c>
       <c r="I436" t="s">
-        <v>4028</v>
+        <v>4045</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>25</v>
+        <v>728</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>27</v>
+        <v>729</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4029</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65063</v>
+        <v>65053</v>
       </c>
       <c r="B437" t="s">
-        <v>4030</v>
+        <v>4047</v>
       </c>
       <c r="C437" t="s">
-        <v>4031</v>
+        <v>4048</v>
       </c>
       <c r="D437" t="s">
-        <v>4032</v>
+        <v>4049</v>
       </c>
       <c r="E437" t="s">
-        <v>4033</v>
+        <v>4050</v>
       </c>
       <c r="F437" t="s">
-        <v>4034</v>
+        <v>4051</v>
       </c>
       <c r="G437" t="s">
-        <v>4035</v>
+        <v>4052</v>
       </c>
       <c r="H437" t="s">
-        <v>4036</v>
+        <v>4053</v>
       </c>
       <c r="I437" t="s">
-        <v>4037</v>
+        <v>4054</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>1016</v>
+        <v>170</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>1017</v>
+        <v>171</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4038</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65065</v>
+        <v>65054</v>
       </c>
       <c r="B438" t="s">
-        <v>4039</v>
+        <v>4056</v>
       </c>
       <c r="C438" t="s">
-        <v>4040</v>
+        <v>4057</v>
       </c>
       <c r="D438" t="s">
-        <v>4041</v>
+        <v>4058</v>
       </c>
       <c r="E438" t="s">
-        <v>4042</v>
+        <v>4059</v>
       </c>
       <c r="F438" t="s">
-        <v>4043</v>
+        <v>4060</v>
       </c>
       <c r="G438" t="s">
-        <v>4044</v>
+        <v>4061</v>
       </c>
       <c r="H438" t="s">
-        <v>4045</v>
+        <v>4062</v>
       </c>
       <c r="I438" t="s">
-        <v>4046</v>
+        <v>4063</v>
       </c>
       <c r="J438" t="s">
-        <v>4047</v>
+        <v>441</v>
       </c>
       <c r="K438" t="s">
-        <v>1323</v>
+        <v>208</v>
       </c>
       <c r="L438" t="s">
-        <v>4048</v>
+        <v>443</v>
       </c>
       <c r="M438" t="s">
-        <v>1325</v>
+        <v>209</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4049</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65068</v>
+        <v>65055</v>
       </c>
       <c r="B439" t="s">
-        <v>4050</v>
+        <v>4065</v>
       </c>
       <c r="C439" t="s">
-        <v>4051</v>
+        <v>4066</v>
       </c>
       <c r="D439" t="s">
-        <v>4052</v>
+        <v>4067</v>
       </c>
       <c r="E439" t="s">
-        <v>4053</v>
+        <v>4068</v>
       </c>
       <c r="F439" t="s">
-        <v>4054</v>
+        <v>4069</v>
       </c>
       <c r="G439" t="s">
-        <v>4055</v>
+        <v>4070</v>
       </c>
       <c r="H439" t="s">
-        <v>4056</v>
+        <v>4071</v>
       </c>
       <c r="I439" t="s">
-        <v>4057</v>
+        <v>4072</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4058</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65069</v>
+        <v>65057</v>
       </c>
       <c r="B440" t="s">
-        <v>4059</v>
+        <v>4074</v>
       </c>
       <c r="C440" t="s">
-        <v>4060</v>
+        <v>4075</v>
       </c>
       <c r="D440" t="s">
-        <v>4061</v>
+        <v>4076</v>
       </c>
       <c r="E440" t="s">
-        <v>4062</v>
+        <v>4077</v>
       </c>
       <c r="F440" t="s">
-        <v>4063</v>
+        <v>4078</v>
       </c>
       <c r="G440" t="s">
-        <v>4064</v>
+        <v>4079</v>
       </c>
       <c r="H440" t="s">
-        <v>4065</v>
+        <v>4080</v>
       </c>
       <c r="I440" t="s">
-        <v>4066</v>
+        <v>4081</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4067</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65071</v>
+        <v>65058</v>
       </c>
       <c r="B441" t="s">
-        <v>4068</v>
+        <v>4083</v>
       </c>
       <c r="C441" t="s">
-        <v>4069</v>
+        <v>4084</v>
       </c>
       <c r="D441" t="s">
-        <v>4070</v>
+        <v>4085</v>
       </c>
       <c r="E441" t="s">
-        <v>4071</v>
+        <v>4086</v>
       </c>
       <c r="F441" t="s">
-        <v>4072</v>
+        <v>4087</v>
       </c>
       <c r="G441" t="s">
-        <v>4073</v>
+        <v>4088</v>
       </c>
       <c r="H441" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
       <c r="I441" t="s">
-        <v>4075</v>
+        <v>4090</v>
       </c>
       <c r="J441" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K441" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L441" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M441" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4076</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65073</v>
+        <v>65059</v>
       </c>
       <c r="B442" t="s">
-        <v>4077</v>
+        <v>4092</v>
       </c>
       <c r="C442" t="s">
-        <v>4078</v>
+        <v>4093</v>
       </c>
       <c r="D442" t="s">
-        <v>4079</v>
+        <v>4094</v>
       </c>
       <c r="E442" t="s">
-        <v>4080</v>
+        <v>4095</v>
       </c>
       <c r="F442" t="s">
-        <v>4081</v>
+        <v>4096</v>
       </c>
       <c r="G442" t="s">
-        <v>4082</v>
+        <v>4097</v>
       </c>
       <c r="H442" t="s">
-        <v>4083</v>
+        <v>4098</v>
       </c>
       <c r="I442" t="s">
-        <v>4084</v>
+        <v>4099</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4085</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65074</v>
+        <v>65060</v>
       </c>
       <c r="B443" t="s">
-        <v>4086</v>
+        <v>4101</v>
       </c>
       <c r="C443" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="D443" t="s">
-        <v>4088</v>
+        <v>4103</v>
       </c>
       <c r="E443" t="s">
-        <v>4089</v>
+        <v>4104</v>
       </c>
       <c r="F443" t="s">
-        <v>4090</v>
+        <v>4105</v>
       </c>
       <c r="G443" t="s">
-        <v>4091</v>
+        <v>4106</v>
       </c>
       <c r="H443" t="s">
-        <v>4092</v>
+        <v>4107</v>
       </c>
       <c r="I443" t="s">
-        <v>4093</v>
+        <v>4108</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
-        <v>4094</v>
+        <v>47</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>4095</v>
+        <v>48</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4096</v>
+        <v>4109</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65075</v>
+        <v>65061</v>
       </c>
       <c r="B444" t="s">
-        <v>4097</v>
+        <v>4110</v>
       </c>
       <c r="C444" t="s">
-        <v>4098</v>
+        <v>4111</v>
       </c>
       <c r="D444" t="s">
-        <v>4099</v>
+        <v>4112</v>
       </c>
       <c r="E444" t="s">
-        <v>4100</v>
+        <v>4113</v>
       </c>
       <c r="F444" t="s">
-        <v>4101</v>
+        <v>4114</v>
       </c>
       <c r="G444" t="s">
-        <v>4102</v>
+        <v>4115</v>
       </c>
       <c r="H444" t="s">
-        <v>4103</v>
+        <v>4116</v>
       </c>
       <c r="I444" t="s">
-        <v>4104</v>
+        <v>4117</v>
       </c>
       <c r="J444" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>3807</v>
+        <v>1325</v>
       </c>
       <c r="L444" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M444" t="s">
-        <v>3808</v>
+        <v>1327</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4105</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65076</v>
+        <v>65062</v>
       </c>
       <c r="B445" t="s">
-        <v>4106</v>
+        <v>4119</v>
       </c>
       <c r="C445" t="s">
-        <v>4107</v>
+        <v>4120</v>
       </c>
       <c r="D445" t="s">
-        <v>4108</v>
+        <v>4121</v>
       </c>
       <c r="E445" t="s">
-        <v>4109</v>
+        <v>4122</v>
       </c>
       <c r="F445" t="s">
-        <v>4110</v>
+        <v>4123</v>
       </c>
       <c r="G445" t="s">
-        <v>4111</v>
+        <v>4124</v>
       </c>
       <c r="H445" t="s">
-        <v>4112</v>
+        <v>4125</v>
       </c>
       <c r="I445" t="s">
-        <v>4113</v>
+        <v>4126</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4114</v>
+        <v>4127</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65077</v>
+        <v>65063</v>
       </c>
       <c r="B446" t="s">
-        <v>4115</v>
+        <v>4128</v>
       </c>
       <c r="C446" t="s">
-        <v>4116</v>
+        <v>4129</v>
       </c>
       <c r="D446" t="s">
-        <v>4117</v>
+        <v>4130</v>
       </c>
       <c r="E446" t="s">
-        <v>4118</v>
+        <v>4131</v>
       </c>
       <c r="F446" t="s">
-        <v>4119</v>
+        <v>4132</v>
       </c>
       <c r="G446" t="s">
-        <v>4120</v>
+        <v>4133</v>
       </c>
       <c r="H446" t="s">
-        <v>4121</v>
+        <v>4134</v>
       </c>
       <c r="I446" t="s">
-        <v>4122</v>
+        <v>4135</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>727</v>
+        <v>1017</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>728</v>
+        <v>1018</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4123</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65080</v>
+        <v>65065</v>
       </c>
       <c r="B447" t="s">
-        <v>4124</v>
+        <v>4137</v>
       </c>
       <c r="C447" t="s">
-        <v>4125</v>
+        <v>4138</v>
       </c>
       <c r="D447" t="s">
-        <v>4126</v>
+        <v>4139</v>
       </c>
       <c r="E447" t="s">
-        <v>4127</v>
+        <v>4140</v>
       </c>
       <c r="F447" t="s">
-        <v>4128</v>
+        <v>4141</v>
       </c>
       <c r="G447" t="s">
-        <v>4129</v>
+        <v>4142</v>
       </c>
       <c r="H447" t="s">
-        <v>4130</v>
+        <v>4143</v>
       </c>
       <c r="I447" t="s">
-        <v>4131</v>
+        <v>4144</v>
       </c>
       <c r="J447" t="s">
-        <v>24</v>
+        <v>4145</v>
       </c>
       <c r="K447" t="s">
-        <v>47</v>
+        <v>1325</v>
       </c>
       <c r="L447" t="s">
-        <v>26</v>
+        <v>4146</v>
       </c>
       <c r="M447" t="s">
-        <v>48</v>
+        <v>1327</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4132</v>
+        <v>4147</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65081</v>
+        <v>65068</v>
       </c>
       <c r="B448" t="s">
-        <v>4133</v>
+        <v>4148</v>
       </c>
       <c r="C448" t="s">
-        <v>4134</v>
+        <v>4149</v>
       </c>
       <c r="D448" t="s">
-        <v>4135</v>
+        <v>4150</v>
       </c>
       <c r="E448" t="s">
-        <v>4136</v>
+        <v>4151</v>
       </c>
       <c r="F448" t="s">
-        <v>4137</v>
+        <v>4152</v>
       </c>
       <c r="G448" t="s">
-        <v>4138</v>
+        <v>4153</v>
       </c>
       <c r="H448" t="s">
-        <v>4139</v>
+        <v>4154</v>
       </c>
       <c r="I448" t="s">
-        <v>4140</v>
+        <v>4155</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4141</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65082</v>
+        <v>65069</v>
       </c>
       <c r="B449" t="s">
-        <v>4142</v>
+        <v>4157</v>
       </c>
       <c r="C449" t="s">
-        <v>4143</v>
+        <v>4158</v>
       </c>
       <c r="D449" t="s">
-        <v>4144</v>
+        <v>4159</v>
       </c>
       <c r="E449" t="s">
-        <v>4145</v>
+        <v>4160</v>
       </c>
       <c r="F449" t="s">
-        <v>4146</v>
+        <v>4161</v>
       </c>
       <c r="G449" t="s">
-        <v>4147</v>
+        <v>4162</v>
       </c>
       <c r="H449" t="s">
-        <v>4148</v>
+        <v>4163</v>
       </c>
       <c r="I449" t="s">
-        <v>4149</v>
+        <v>4164</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4150</v>
+        <v>4165</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65083</v>
+        <v>65071</v>
       </c>
       <c r="B450" t="s">
-        <v>4151</v>
+        <v>4166</v>
       </c>
       <c r="C450" t="s">
-        <v>4152</v>
+        <v>4167</v>
       </c>
       <c r="D450" t="s">
-        <v>4153</v>
+        <v>4168</v>
       </c>
       <c r="E450" t="s">
-        <v>4154</v>
+        <v>4169</v>
       </c>
       <c r="F450" t="s">
-        <v>4155</v>
+        <v>4170</v>
       </c>
       <c r="G450" t="s">
-        <v>4156</v>
+        <v>4171</v>
       </c>
       <c r="H450" t="s">
-        <v>4157</v>
+        <v>4172</v>
       </c>
       <c r="I450" t="s">
-        <v>4158</v>
+        <v>4173</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4159</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65084</v>
+        <v>65073</v>
       </c>
       <c r="B451" t="s">
-        <v>4160</v>
+        <v>4175</v>
       </c>
       <c r="C451" t="s">
-        <v>4161</v>
+        <v>4176</v>
       </c>
       <c r="D451" t="s">
-        <v>4162</v>
+        <v>4177</v>
       </c>
       <c r="E451" t="s">
-        <v>4163</v>
+        <v>4178</v>
       </c>
       <c r="F451" t="s">
-        <v>4164</v>
+        <v>4179</v>
       </c>
       <c r="G451" t="s">
-        <v>4165</v>
+        <v>4180</v>
       </c>
       <c r="H451" t="s">
-        <v>4166</v>
+        <v>4181</v>
       </c>
       <c r="I451" t="s">
-        <v>4167</v>
+        <v>4182</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
         <v>25</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
         <v>27</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4168</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65085</v>
+        <v>65074</v>
       </c>
       <c r="B452" t="s">
-        <v>4169</v>
+        <v>4184</v>
       </c>
       <c r="C452" t="s">
-        <v>4170</v>
+        <v>4185</v>
       </c>
       <c r="D452" t="s">
-        <v>4171</v>
+        <v>4186</v>
       </c>
       <c r="E452" t="s">
-        <v>4172</v>
+        <v>4187</v>
       </c>
       <c r="F452" t="s">
-        <v>4173</v>
+        <v>4188</v>
       </c>
       <c r="G452" t="s">
-        <v>4174</v>
+        <v>4189</v>
       </c>
       <c r="H452" t="s">
-        <v>4175</v>
+        <v>4190</v>
       </c>
       <c r="I452" t="s">
-        <v>4176</v>
+        <v>4191</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>570</v>
+        <v>4192</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>571</v>
+        <v>4193</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4177</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65086</v>
+        <v>65075</v>
       </c>
       <c r="B453" t="s">
-        <v>4178</v>
+        <v>4195</v>
       </c>
       <c r="C453" t="s">
-        <v>4179</v>
+        <v>4196</v>
       </c>
       <c r="D453" t="s">
-        <v>4180</v>
+        <v>4197</v>
       </c>
       <c r="E453" t="s">
-        <v>4181</v>
+        <v>4198</v>
       </c>
       <c r="F453" t="s">
-        <v>4182</v>
+        <v>4199</v>
       </c>
       <c r="G453" t="s">
-        <v>4183</v>
+        <v>4200</v>
       </c>
       <c r="H453" t="s">
-        <v>4184</v>
+        <v>4201</v>
       </c>
       <c r="I453" t="s">
-        <v>4185</v>
+        <v>4202</v>
       </c>
       <c r="J453" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K453" t="s">
-        <v>170</v>
+        <v>3907</v>
       </c>
       <c r="L453" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M453" t="s">
-        <v>171</v>
+        <v>3908</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4186</v>
+        <v>4203</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65087</v>
+        <v>65076</v>
       </c>
       <c r="B454" t="s">
-        <v>4187</v>
+        <v>4204</v>
       </c>
       <c r="C454" t="s">
-        <v>4188</v>
+        <v>4205</v>
       </c>
       <c r="D454" t="s">
-        <v>4189</v>
+        <v>4206</v>
       </c>
       <c r="E454" t="s">
-        <v>4190</v>
+        <v>4207</v>
       </c>
       <c r="F454" t="s">
-        <v>4191</v>
+        <v>4208</v>
       </c>
       <c r="G454" t="s">
-        <v>4192</v>
+        <v>4209</v>
       </c>
       <c r="H454" t="s">
-        <v>4193</v>
+        <v>4210</v>
       </c>
       <c r="I454" t="s">
-        <v>4194</v>
+        <v>4211</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
         <v>170</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
         <v>171</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4195</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65088</v>
+        <v>65077</v>
       </c>
       <c r="B455" t="s">
-        <v>4196</v>
+        <v>4213</v>
       </c>
       <c r="C455" t="s">
-        <v>4197</v>
+        <v>4214</v>
       </c>
       <c r="D455" t="s">
-        <v>4198</v>
+        <v>4215</v>
       </c>
       <c r="E455" t="s">
-        <v>4199</v>
+        <v>4216</v>
       </c>
       <c r="F455" t="s">
-        <v>4200</v>
+        <v>4217</v>
       </c>
       <c r="G455" t="s">
-        <v>4201</v>
+        <v>4218</v>
       </c>
       <c r="H455" t="s">
-        <v>4202</v>
+        <v>4219</v>
       </c>
       <c r="I455" t="s">
-        <v>4203</v>
+        <v>4220</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
-        <v>25</v>
+        <v>728</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
-        <v>27</v>
+        <v>729</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4204</v>
+        <v>4221</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65089</v>
+        <v>65080</v>
       </c>
       <c r="B456" t="s">
-        <v>4205</v>
+        <v>4222</v>
       </c>
       <c r="C456" t="s">
-        <v>4206</v>
+        <v>4223</v>
       </c>
       <c r="D456" t="s">
-        <v>4207</v>
+        <v>4224</v>
       </c>
       <c r="E456" t="s">
-        <v>4208</v>
+        <v>4225</v>
       </c>
       <c r="F456" t="s">
-        <v>4209</v>
+        <v>4226</v>
       </c>
       <c r="G456" t="s">
-        <v>4210</v>
+        <v>4227</v>
       </c>
       <c r="H456" t="s">
-        <v>4211</v>
+        <v>4228</v>
       </c>
       <c r="I456" t="s">
-        <v>4212</v>
+        <v>4229</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4213</v>
+        <v>4230</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65090</v>
+        <v>65081</v>
       </c>
       <c r="B457" t="s">
-        <v>4214</v>
+        <v>4231</v>
       </c>
       <c r="C457" t="s">
-        <v>4215</v>
+        <v>4232</v>
       </c>
       <c r="D457" t="s">
-        <v>4216</v>
+        <v>4233</v>
       </c>
       <c r="E457" t="s">
-        <v>4217</v>
+        <v>4234</v>
       </c>
       <c r="F457" t="s">
-        <v>4218</v>
+        <v>4235</v>
       </c>
       <c r="G457" t="s">
-        <v>4219</v>
+        <v>4236</v>
       </c>
       <c r="H457" t="s">
-        <v>4220</v>
+        <v>4237</v>
       </c>
       <c r="I457" t="s">
-        <v>4221</v>
+        <v>4238</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4222</v>
+        <v>4239</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65091</v>
+        <v>65082</v>
       </c>
       <c r="B458" t="s">
-        <v>4223</v>
+        <v>4240</v>
       </c>
       <c r="C458" t="s">
-        <v>4224</v>
+        <v>4241</v>
       </c>
       <c r="D458" t="s">
-        <v>4225</v>
+        <v>4242</v>
       </c>
       <c r="E458" t="s">
-        <v>4226</v>
+        <v>4243</v>
       </c>
       <c r="F458" t="s">
-        <v>4227</v>
+        <v>4244</v>
       </c>
       <c r="G458" t="s">
-        <v>4228</v>
+        <v>4245</v>
       </c>
       <c r="H458" t="s">
-        <v>4229</v>
+        <v>4246</v>
       </c>
       <c r="I458" t="s">
-        <v>4230</v>
+        <v>4247</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4231</v>
+        <v>4248</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65092</v>
+        <v>65083</v>
       </c>
       <c r="B459" t="s">
-        <v>4232</v>
+        <v>4249</v>
       </c>
       <c r="C459" t="s">
-        <v>4233</v>
+        <v>4250</v>
       </c>
       <c r="D459" t="s">
-        <v>4234</v>
+        <v>4251</v>
       </c>
       <c r="E459" t="s">
-        <v>4235</v>
+        <v>4252</v>
       </c>
       <c r="F459" t="s">
-        <v>4236</v>
+        <v>4253</v>
       </c>
       <c r="G459" t="s">
-        <v>4237</v>
+        <v>4254</v>
       </c>
       <c r="H459" t="s">
-        <v>4238</v>
+        <v>4255</v>
       </c>
       <c r="I459" t="s">
-        <v>4239</v>
+        <v>4256</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
         <v>170</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
         <v>171</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4240</v>
+        <v>4257</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65093</v>
+        <v>65084</v>
       </c>
       <c r="B460" t="s">
-        <v>4241</v>
+        <v>4258</v>
       </c>
       <c r="C460" t="s">
-        <v>4242</v>
+        <v>4259</v>
       </c>
       <c r="D460" t="s">
-        <v>4243</v>
+        <v>4260</v>
       </c>
       <c r="E460" t="s">
-        <v>4244</v>
+        <v>4261</v>
       </c>
       <c r="F460" t="s">
-        <v>4245</v>
+        <v>4262</v>
       </c>
       <c r="G460" t="s">
-        <v>4246</v>
+        <v>4263</v>
       </c>
       <c r="H460" t="s">
-        <v>4247</v>
+        <v>4264</v>
       </c>
       <c r="I460" t="s">
-        <v>4248</v>
+        <v>4265</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4249</v>
+        <v>4266</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65094</v>
+        <v>65085</v>
       </c>
       <c r="B461" t="s">
-        <v>4250</v>
+        <v>4267</v>
       </c>
       <c r="C461" t="s">
-        <v>4251</v>
+        <v>4268</v>
       </c>
       <c r="D461" t="s">
-        <v>4252</v>
+        <v>4269</v>
       </c>
       <c r="E461" t="s">
-        <v>4253</v>
+        <v>4270</v>
       </c>
       <c r="F461" t="s">
-        <v>4254</v>
+        <v>4271</v>
       </c>
       <c r="G461" t="s">
-        <v>4255</v>
+        <v>4272</v>
       </c>
       <c r="H461" t="s">
-        <v>4256</v>
+        <v>4273</v>
       </c>
       <c r="I461" t="s">
-        <v>4257</v>
+        <v>4274</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>4258</v>
+        <v>571</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>4259</v>
+        <v>572</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4260</v>
+        <v>4275</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65095</v>
+        <v>65086</v>
       </c>
       <c r="B462" t="s">
-        <v>4261</v>
+        <v>4276</v>
       </c>
       <c r="C462" t="s">
-        <v>4262</v>
+        <v>4277</v>
       </c>
       <c r="D462" t="s">
-        <v>4263</v>
+        <v>4278</v>
       </c>
       <c r="E462" t="s">
-        <v>4264</v>
+        <v>4279</v>
       </c>
       <c r="F462" t="s">
-        <v>4265</v>
+        <v>4280</v>
       </c>
       <c r="G462" t="s">
-        <v>4266</v>
+        <v>4281</v>
       </c>
       <c r="H462" t="s">
-        <v>4267</v>
+        <v>4282</v>
       </c>
       <c r="I462" t="s">
-        <v>4268</v>
+        <v>4283</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>727</v>
+        <v>170</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>728</v>
+        <v>171</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4269</v>
+        <v>4284</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65096</v>
+        <v>65087</v>
       </c>
       <c r="B463" t="s">
-        <v>4270</v>
+        <v>4285</v>
       </c>
       <c r="C463" t="s">
-        <v>4271</v>
+        <v>4286</v>
       </c>
       <c r="D463" t="s">
-        <v>4272</v>
+        <v>4287</v>
       </c>
       <c r="E463" t="s">
-        <v>4273</v>
+        <v>4288</v>
       </c>
       <c r="F463" t="s">
-        <v>4274</v>
+        <v>4289</v>
       </c>
       <c r="G463" t="s">
-        <v>4275</v>
+        <v>4290</v>
       </c>
       <c r="H463" t="s">
-        <v>4276</v>
+        <v>4291</v>
       </c>
       <c r="I463" t="s">
-        <v>4277</v>
+        <v>4292</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4278</v>
+        <v>4293</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65097</v>
+        <v>65088</v>
       </c>
       <c r="B464" t="s">
-        <v>4279</v>
+        <v>4294</v>
       </c>
       <c r="C464" t="s">
-        <v>4280</v>
+        <v>4295</v>
       </c>
       <c r="D464" t="s">
-        <v>4281</v>
+        <v>4296</v>
       </c>
       <c r="E464" t="s">
-        <v>4282</v>
+        <v>4297</v>
       </c>
       <c r="F464" t="s">
-        <v>4283</v>
+        <v>4298</v>
       </c>
       <c r="G464" t="s">
-        <v>4284</v>
+        <v>4299</v>
       </c>
       <c r="H464" t="s">
-        <v>4285</v>
+        <v>4300</v>
       </c>
       <c r="I464" t="s">
-        <v>4286</v>
+        <v>4301</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4287</v>
+        <v>4302</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65098</v>
+        <v>65089</v>
       </c>
       <c r="B465" t="s">
-        <v>4288</v>
+        <v>4303</v>
       </c>
       <c r="C465" t="s">
-        <v>4289</v>
+        <v>4304</v>
       </c>
       <c r="D465" t="s">
-        <v>4290</v>
+        <v>4305</v>
       </c>
       <c r="E465" t="s">
-        <v>4291</v>
+        <v>4306</v>
       </c>
       <c r="F465" t="s">
-        <v>4292</v>
+        <v>4307</v>
       </c>
       <c r="G465" t="s">
-        <v>4293</v>
+        <v>4308</v>
       </c>
       <c r="H465" t="s">
-        <v>4294</v>
+        <v>4309</v>
       </c>
       <c r="I465" t="s">
-        <v>4295</v>
+        <v>4310</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
         <v>25</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
         <v>27</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4296</v>
+        <v>4311</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65099</v>
+        <v>65090</v>
       </c>
       <c r="B466" t="s">
-        <v>4297</v>
+        <v>4312</v>
       </c>
       <c r="C466" t="s">
-        <v>4298</v>
+        <v>4313</v>
       </c>
       <c r="D466" t="s">
-        <v>4299</v>
+        <v>4314</v>
       </c>
       <c r="E466" t="s">
-        <v>4300</v>
+        <v>4315</v>
       </c>
       <c r="F466" t="s">
-        <v>4301</v>
+        <v>4316</v>
       </c>
       <c r="G466" t="s">
-        <v>4302</v>
+        <v>4317</v>
       </c>
       <c r="H466" t="s">
-        <v>4303</v>
+        <v>4318</v>
       </c>
       <c r="I466" t="s">
-        <v>4304</v>
+        <v>4319</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4305</v>
+        <v>4320</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65100</v>
+        <v>65091</v>
       </c>
       <c r="B467" t="s">
-        <v>4306</v>
+        <v>4321</v>
       </c>
       <c r="C467" t="s">
-        <v>4307</v>
+        <v>4322</v>
       </c>
       <c r="D467" t="s">
-        <v>4308</v>
+        <v>4323</v>
       </c>
       <c r="E467" t="s">
-        <v>4309</v>
+        <v>4324</v>
       </c>
       <c r="F467" t="s">
-        <v>4310</v>
+        <v>4325</v>
       </c>
       <c r="G467" t="s">
-        <v>4311</v>
+        <v>4326</v>
       </c>
       <c r="H467" t="s">
-        <v>4312</v>
+        <v>4327</v>
       </c>
       <c r="I467" t="s">
-        <v>4313</v>
+        <v>4328</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>3675</v>
+        <v>25</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
-        <v>3676</v>
+        <v>27</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4314</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65101</v>
+        <v>65092</v>
       </c>
       <c r="B468" t="s">
-        <v>4315</v>
+        <v>4330</v>
       </c>
       <c r="C468" t="s">
-        <v>4316</v>
+        <v>4331</v>
       </c>
       <c r="D468" t="s">
-        <v>4317</v>
+        <v>4332</v>
       </c>
       <c r="E468" t="s">
-        <v>4318</v>
+        <v>4333</v>
       </c>
       <c r="F468" t="s">
-        <v>4319</v>
+        <v>4334</v>
       </c>
       <c r="G468" t="s">
-        <v>4320</v>
+        <v>4335</v>
       </c>
       <c r="H468" t="s">
-        <v>4321</v>
+        <v>4336</v>
       </c>
       <c r="I468" t="s">
-        <v>4322</v>
+        <v>4337</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
         <v>170</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
         <v>171</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4323</v>
+        <v>4338</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65102</v>
+        <v>65093</v>
       </c>
       <c r="B469" t="s">
-        <v>4324</v>
+        <v>4339</v>
       </c>
       <c r="C469" t="s">
-        <v>4325</v>
+        <v>4340</v>
       </c>
       <c r="D469" t="s">
-        <v>4326</v>
+        <v>4341</v>
       </c>
       <c r="E469" t="s">
-        <v>4327</v>
+        <v>4342</v>
       </c>
       <c r="F469" t="s">
-        <v>4328</v>
+        <v>4343</v>
       </c>
       <c r="G469" t="s">
-        <v>4329</v>
+        <v>4344</v>
       </c>
       <c r="H469" t="s">
-        <v>4330</v>
+        <v>4345</v>
       </c>
       <c r="I469" t="s">
-        <v>4331</v>
+        <v>4346</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4332</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65104</v>
+        <v>65094</v>
       </c>
       <c r="B470" t="s">
-        <v>4333</v>
+        <v>4348</v>
       </c>
       <c r="C470" t="s">
-        <v>4334</v>
+        <v>4349</v>
       </c>
       <c r="D470" t="s">
-        <v>4335</v>
+        <v>4350</v>
       </c>
       <c r="E470" t="s">
-        <v>4336</v>
+        <v>4351</v>
       </c>
       <c r="F470" t="s">
-        <v>4337</v>
+        <v>4352</v>
       </c>
       <c r="G470" t="s">
-        <v>4338</v>
+        <v>4353</v>
       </c>
       <c r="H470" t="s">
-        <v>4339</v>
+        <v>4354</v>
       </c>
       <c r="I470" t="s">
-        <v>4340</v>
+        <v>4355</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
-        <v>2206</v>
+        <v>4356</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
-        <v>2207</v>
+        <v>4357</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4341</v>
+        <v>4358</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65105</v>
+        <v>65095</v>
       </c>
       <c r="B471" t="s">
-        <v>4342</v>
+        <v>4359</v>
       </c>
       <c r="C471" t="s">
-        <v>4343</v>
+        <v>4360</v>
       </c>
       <c r="D471" t="s">
-        <v>4344</v>
+        <v>4361</v>
       </c>
       <c r="E471" t="s">
-        <v>4345</v>
+        <v>4362</v>
       </c>
       <c r="F471" t="s">
-        <v>4346</v>
+        <v>4363</v>
       </c>
       <c r="G471" t="s">
-        <v>4347</v>
+        <v>4364</v>
       </c>
       <c r="H471" t="s">
-        <v>4348</v>
+        <v>4365</v>
       </c>
       <c r="I471" t="s">
-        <v>4349</v>
+        <v>4366</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
-        <v>170</v>
+        <v>728</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
-        <v>171</v>
+        <v>729</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4350</v>
+        <v>4367</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65107</v>
+        <v>65096</v>
       </c>
       <c r="B472" t="s">
-        <v>4351</v>
+        <v>4368</v>
       </c>
       <c r="C472" t="s">
-        <v>4352</v>
+        <v>4369</v>
       </c>
       <c r="D472" t="s">
-        <v>4353</v>
+        <v>4370</v>
       </c>
       <c r="E472" t="s">
-        <v>4354</v>
+        <v>4371</v>
       </c>
       <c r="F472" t="s">
-        <v>4355</v>
+        <v>4372</v>
       </c>
       <c r="G472" t="s">
-        <v>4356</v>
+        <v>4373</v>
       </c>
       <c r="H472" t="s">
-        <v>4357</v>
+        <v>4374</v>
       </c>
       <c r="I472" t="s">
-        <v>4358</v>
+        <v>4375</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>4359</v>
+        <v>25</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
+      <c r="M472" t="s">
+        <v>27</v>
+      </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4360</v>
+        <v>4376</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65116</v>
+        <v>65097</v>
       </c>
       <c r="B473" t="s">
-        <v>4361</v>
+        <v>4377</v>
       </c>
       <c r="C473" t="s">
-        <v>4362</v>
+        <v>4378</v>
       </c>
       <c r="D473" t="s">
-        <v>4363</v>
+        <v>4379</v>
       </c>
       <c r="E473" t="s">
-        <v>4364</v>
+        <v>4380</v>
       </c>
       <c r="F473" t="s">
-        <v>4365</v>
+        <v>4381</v>
       </c>
       <c r="G473" t="s">
-        <v>4366</v>
+        <v>4382</v>
       </c>
       <c r="H473" t="s">
-        <v>4367</v>
+        <v>4383</v>
       </c>
       <c r="I473" t="s">
-        <v>4368</v>
+        <v>4384</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
         <v>170</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
         <v>171</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4369</v>
+        <v>4385</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65124</v>
+        <v>65098</v>
       </c>
       <c r="B474" t="s">
-        <v>4370</v>
+        <v>4386</v>
       </c>
       <c r="C474" t="s">
-        <v>4371</v>
+        <v>4387</v>
       </c>
       <c r="D474" t="s">
-        <v>4372</v>
+        <v>4388</v>
       </c>
       <c r="E474" t="s">
-        <v>4373</v>
+        <v>4389</v>
       </c>
       <c r="F474" t="s">
-        <v>4374</v>
+        <v>4390</v>
       </c>
       <c r="G474" t="s">
-        <v>4375</v>
+        <v>4391</v>
       </c>
       <c r="H474" t="s">
-        <v>4376</v>
+        <v>4392</v>
       </c>
       <c r="I474" t="s">
-        <v>4377</v>
+        <v>4393</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
         <v>25</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
         <v>27</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4378</v>
+        <v>4394</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65479</v>
+        <v>65099</v>
       </c>
       <c r="B475" t="s">
-        <v>4379</v>
+        <v>4395</v>
       </c>
       <c r="C475" t="s">
-        <v>4380</v>
+        <v>4396</v>
       </c>
       <c r="D475" t="s">
-        <v>4381</v>
+        <v>4397</v>
       </c>
       <c r="E475" t="s">
-        <v>4382</v>
+        <v>4398</v>
       </c>
       <c r="F475" t="s">
-        <v>4383</v>
+        <v>4399</v>
       </c>
       <c r="G475" t="s">
-        <v>4384</v>
+        <v>4400</v>
       </c>
       <c r="H475" t="s">
-        <v>4385</v>
+        <v>4401</v>
       </c>
       <c r="I475" t="s">
-        <v>4386</v>
+        <v>4402</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4387</v>
+        <v>4403</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65566</v>
+        <v>65100</v>
       </c>
       <c r="B476" t="s">
-        <v>4388</v>
+        <v>4404</v>
       </c>
       <c r="C476" t="s">
-        <v>4389</v>
+        <v>4405</v>
       </c>
       <c r="D476" t="s">
-        <v>4390</v>
+        <v>4406</v>
       </c>
       <c r="E476" t="s">
-        <v>4391</v>
+        <v>4407</v>
       </c>
       <c r="F476" t="s">
-        <v>4392</v>
+        <v>4408</v>
       </c>
       <c r="G476" t="s">
-        <v>4393</v>
+        <v>4409</v>
       </c>
       <c r="H476" t="s">
-        <v>4394</v>
+        <v>4410</v>
       </c>
       <c r="I476" t="s">
-        <v>4395</v>
+        <v>4411</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>170</v>
+        <v>3775</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>171</v>
+        <v>3776</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4396</v>
+        <v>4412</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65613</v>
+        <v>65101</v>
       </c>
       <c r="B477" t="s">
-        <v>4397</v>
+        <v>4413</v>
       </c>
       <c r="C477" t="s">
-        <v>4398</v>
+        <v>4414</v>
       </c>
       <c r="D477" t="s">
-        <v>4399</v>
+        <v>4415</v>
       </c>
       <c r="E477" t="s">
-        <v>4400</v>
+        <v>4416</v>
       </c>
       <c r="F477" t="s">
-        <v>4401</v>
+        <v>4417</v>
       </c>
       <c r="G477" t="s">
-        <v>4402</v>
+        <v>4418</v>
       </c>
       <c r="H477" t="s">
-        <v>4403</v>
+        <v>4419</v>
       </c>
       <c r="I477" t="s">
-        <v>4404</v>
+        <v>4420</v>
       </c>
       <c r="J477" t="s">
-        <v>4405</v>
+        <v>24</v>
       </c>
       <c r="K477" t="s">
-        <v>1425</v>
+        <v>170</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>171</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4406</v>
+        <v>4421</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65869</v>
+        <v>65102</v>
       </c>
       <c r="B478" t="s">
-        <v>4407</v>
+        <v>4422</v>
       </c>
       <c r="C478" t="s">
-        <v>4408</v>
+        <v>4423</v>
       </c>
       <c r="D478" t="s">
-        <v>4409</v>
+        <v>4424</v>
       </c>
       <c r="E478" t="s">
-        <v>4410</v>
+        <v>4425</v>
       </c>
       <c r="F478" t="s">
-        <v>4411</v>
+        <v>4426</v>
       </c>
       <c r="G478" t="s">
-        <v>4412</v>
+        <v>4427</v>
       </c>
       <c r="H478" t="s">
-        <v>4413</v>
+        <v>4428</v>
       </c>
       <c r="I478" t="s">
-        <v>4414</v>
+        <v>4429</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>1323</v>
+        <v>25</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>1325</v>
+        <v>27</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4415</v>
+        <v>4430</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
+        <v>65104</v>
+      </c>
+      <c r="B479" t="s">
+        <v>4431</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4432</v>
+      </c>
+      <c r="D479" t="s">
+        <v>4433</v>
+      </c>
+      <c r="E479" t="s">
+        <v>4434</v>
+      </c>
+      <c r="F479" t="s">
+        <v>4435</v>
+      </c>
+      <c r="G479" t="s">
+        <v>4436</v>
+      </c>
+      <c r="H479" t="s">
+        <v>4437</v>
+      </c>
+      <c r="I479" t="s">
+        <v>4438</v>
+      </c>
+      <c r="J479" t="s">
+        <v>24</v>
+      </c>
+      <c r="K479" t="s">
+        <v>2292</v>
+      </c>
+      <c r="L479" t="s">
+        <v>26</v>
+      </c>
+      <c r="M479" t="s">
+        <v>2293</v>
+      </c>
+      <c r="N479" t="s">
+        <v>28</v>
+      </c>
+      <c r="O479" t="s">
+        <v>4439</v>
+      </c>
+    </row>
+    <row r="480" spans="1:15">
+      <c r="A480">
+        <v>65105</v>
+      </c>
+      <c r="B480" t="s">
+        <v>4440</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4441</v>
+      </c>
+      <c r="D480" t="s">
+        <v>4442</v>
+      </c>
+      <c r="E480" t="s">
+        <v>4443</v>
+      </c>
+      <c r="F480" t="s">
+        <v>4444</v>
+      </c>
+      <c r="G480" t="s">
+        <v>4445</v>
+      </c>
+      <c r="H480" t="s">
+        <v>4446</v>
+      </c>
+      <c r="I480" t="s">
+        <v>4447</v>
+      </c>
+      <c r="J480" t="s">
+        <v>24</v>
+      </c>
+      <c r="K480" t="s">
+        <v>170</v>
+      </c>
+      <c r="L480" t="s">
+        <v>26</v>
+      </c>
+      <c r="M480" t="s">
+        <v>171</v>
+      </c>
+      <c r="N480" t="s">
+        <v>28</v>
+      </c>
+      <c r="O480" t="s">
+        <v>4448</v>
+      </c>
+    </row>
+    <row r="481" spans="1:15">
+      <c r="A481">
+        <v>65107</v>
+      </c>
+      <c r="B481" t="s">
+        <v>4449</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4450</v>
+      </c>
+      <c r="D481" t="s">
+        <v>4451</v>
+      </c>
+      <c r="E481" t="s">
+        <v>4452</v>
+      </c>
+      <c r="F481" t="s">
+        <v>4453</v>
+      </c>
+      <c r="G481" t="s">
+        <v>4454</v>
+      </c>
+      <c r="H481" t="s">
+        <v>4455</v>
+      </c>
+      <c r="I481" t="s">
+        <v>4456</v>
+      </c>
+      <c r="J481" t="s">
+        <v>24</v>
+      </c>
+      <c r="K481" t="s">
+        <v>4457</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>4458</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
+        <v>4459</v>
+      </c>
+    </row>
+    <row r="482" spans="1:15">
+      <c r="A482">
+        <v>65116</v>
+      </c>
+      <c r="B482" t="s">
+        <v>4460</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4461</v>
+      </c>
+      <c r="D482" t="s">
+        <v>4462</v>
+      </c>
+      <c r="E482" t="s">
+        <v>4463</v>
+      </c>
+      <c r="F482" t="s">
+        <v>4464</v>
+      </c>
+      <c r="G482" t="s">
+        <v>4465</v>
+      </c>
+      <c r="H482" t="s">
+        <v>4466</v>
+      </c>
+      <c r="I482" t="s">
+        <v>4467</v>
+      </c>
+      <c r="J482" t="s">
+        <v>24</v>
+      </c>
+      <c r="K482" t="s">
+        <v>170</v>
+      </c>
+      <c r="L482" t="s">
+        <v>26</v>
+      </c>
+      <c r="M482" t="s">
+        <v>171</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
+        <v>4468</v>
+      </c>
+    </row>
+    <row r="483" spans="1:15">
+      <c r="A483">
+        <v>65124</v>
+      </c>
+      <c r="B483" t="s">
+        <v>4469</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4470</v>
+      </c>
+      <c r="D483" t="s">
+        <v>4471</v>
+      </c>
+      <c r="E483" t="s">
+        <v>4472</v>
+      </c>
+      <c r="F483" t="s">
+        <v>4473</v>
+      </c>
+      <c r="G483" t="s">
+        <v>4474</v>
+      </c>
+      <c r="H483" t="s">
+        <v>4475</v>
+      </c>
+      <c r="I483" t="s">
+        <v>4476</v>
+      </c>
+      <c r="J483" t="s">
+        <v>24</v>
+      </c>
+      <c r="K483" t="s">
+        <v>25</v>
+      </c>
+      <c r="L483" t="s">
+        <v>26</v>
+      </c>
+      <c r="M483" t="s">
+        <v>27</v>
+      </c>
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
+        <v>4477</v>
+      </c>
+    </row>
+    <row r="484" spans="1:15">
+      <c r="A484">
+        <v>65255</v>
+      </c>
+      <c r="B484" t="s">
+        <v>4478</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4479</v>
+      </c>
+      <c r="D484" t="s">
+        <v>4480</v>
+      </c>
+      <c r="E484" t="s">
+        <v>4481</v>
+      </c>
+      <c r="F484" t="s">
+        <v>4482</v>
+      </c>
+      <c r="G484" t="s">
+        <v>4483</v>
+      </c>
+      <c r="H484" t="s">
+        <v>4484</v>
+      </c>
+      <c r="I484" t="s">
+        <v>4485</v>
+      </c>
+      <c r="J484" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K484" t="s">
+        <v>4486</v>
+      </c>
+      <c r="L484" t="s">
+        <v>1420</v>
+      </c>
+      <c r="M484" t="s">
+        <v>4487</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
+        <v>4488</v>
+      </c>
+    </row>
+    <row r="485" spans="1:15">
+      <c r="A485">
+        <v>65479</v>
+      </c>
+      <c r="B485" t="s">
+        <v>4489</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4490</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4491</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4492</v>
+      </c>
+      <c r="F485" t="s">
+        <v>4493</v>
+      </c>
+      <c r="G485" t="s">
+        <v>4494</v>
+      </c>
+      <c r="H485" t="s">
+        <v>4495</v>
+      </c>
+      <c r="I485" t="s">
+        <v>4496</v>
+      </c>
+      <c r="J485" t="s">
+        <v>24</v>
+      </c>
+      <c r="K485" t="s">
+        <v>25</v>
+      </c>
+      <c r="L485" t="s">
+        <v>26</v>
+      </c>
+      <c r="M485" t="s">
+        <v>27</v>
+      </c>
+      <c r="N485" t="s">
+        <v>28</v>
+      </c>
+      <c r="O485" t="s">
+        <v>4497</v>
+      </c>
+    </row>
+    <row r="486" spans="1:15">
+      <c r="A486">
+        <v>65566</v>
+      </c>
+      <c r="B486" t="s">
+        <v>4498</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4499</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4500</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4501</v>
+      </c>
+      <c r="F486" t="s">
+        <v>4502</v>
+      </c>
+      <c r="G486" t="s">
+        <v>4503</v>
+      </c>
+      <c r="H486" t="s">
+        <v>4504</v>
+      </c>
+      <c r="I486" t="s">
+        <v>4505</v>
+      </c>
+      <c r="J486" t="s">
+        <v>24</v>
+      </c>
+      <c r="K486" t="s">
+        <v>170</v>
+      </c>
+      <c r="L486" t="s">
+        <v>26</v>
+      </c>
+      <c r="M486" t="s">
+        <v>171</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
+        <v>4506</v>
+      </c>
+    </row>
+    <row r="487" spans="1:15">
+      <c r="A487">
+        <v>65613</v>
+      </c>
+      <c r="B487" t="s">
+        <v>4507</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4508</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4509</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4510</v>
+      </c>
+      <c r="F487" t="s">
+        <v>4511</v>
+      </c>
+      <c r="G487" t="s">
+        <v>4512</v>
+      </c>
+      <c r="H487" t="s">
+        <v>4513</v>
+      </c>
+      <c r="I487" t="s">
+        <v>4514</v>
+      </c>
+      <c r="J487" t="s">
+        <v>4515</v>
+      </c>
+      <c r="K487" t="s">
+        <v>1440</v>
+      </c>
+      <c r="L487" t="s">
+        <v>4516</v>
+      </c>
+      <c r="M487" t="s">
+        <v>1441</v>
+      </c>
+      <c r="N487" t="s">
+        <v>28</v>
+      </c>
+      <c r="O487" t="s">
+        <v>4517</v>
+      </c>
+    </row>
+    <row r="488" spans="1:15">
+      <c r="A488">
+        <v>65869</v>
+      </c>
+      <c r="B488" t="s">
+        <v>4518</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4519</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4520</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4521</v>
+      </c>
+      <c r="F488" t="s">
+        <v>4522</v>
+      </c>
+      <c r="G488" t="s">
+        <v>4523</v>
+      </c>
+      <c r="H488" t="s">
+        <v>4524</v>
+      </c>
+      <c r="I488" t="s">
+        <v>4525</v>
+      </c>
+      <c r="J488" t="s">
+        <v>24</v>
+      </c>
+      <c r="K488" t="s">
+        <v>1325</v>
+      </c>
+      <c r="L488" t="s">
+        <v>26</v>
+      </c>
+      <c r="M488" t="s">
+        <v>1327</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
+        <v>4526</v>
+      </c>
+    </row>
+    <row r="489" spans="1:15">
+      <c r="A489">
         <v>66392</v>
       </c>
-      <c r="B479" t="s">
-[...26 lines deleted...]
-      <c r="K479" t="s">
+      <c r="B489" t="s">
+        <v>4527</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4528</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4529</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4530</v>
+      </c>
+      <c r="F489" t="s">
+        <v>4531</v>
+      </c>
+      <c r="G489" t="s">
+        <v>4532</v>
+      </c>
+      <c r="H489" t="s">
+        <v>4533</v>
+      </c>
+      <c r="I489" t="s">
+        <v>4534</v>
+      </c>
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
         <v>25</v>
       </c>
-      <c r="L479" t="s">
-[...2 lines deleted...]
-      <c r="M479" t="s">
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
         <v>27</v>
       </c>
-      <c r="N479" t="s">
-[...3 lines deleted...]
-        <v>4424</v>
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
+        <v>4535</v>
+      </c>
+    </row>
+    <row r="490" spans="1:15">
+      <c r="A490">
+        <v>66510</v>
+      </c>
+      <c r="B490" t="s">
+        <v>4536</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4537</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4538</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4539</v>
+      </c>
+      <c r="F490" t="s">
+        <v>4540</v>
+      </c>
+      <c r="G490" t="s">
+        <v>4541</v>
+      </c>
+      <c r="H490" t="s">
+        <v>4542</v>
+      </c>
+      <c r="I490" t="s">
+        <v>4543</v>
+      </c>
+      <c r="J490" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K490" t="s">
+        <v>4544</v>
+      </c>
+      <c r="L490" t="s">
+        <v>1420</v>
+      </c>
+      <c r="M490" t="s">
+        <v>4545</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
+        <v>4546</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15">
+      <c r="A491">
+        <v>66511</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4547</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4548</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4549</v>
+      </c>
+      <c r="F491" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G491" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H491" t="s">
+        <v>4550</v>
+      </c>
+      <c r="I491" t="s">
+        <v>4551</v>
+      </c>
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>4552</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>4553</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
+        <v>4554</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15">
+      <c r="A492">
+        <v>66512</v>
+      </c>
+      <c r="B492" t="s">
+        <v>3608</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4555</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4556</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4557</v>
+      </c>
+      <c r="F492" t="s">
+        <v>4558</v>
+      </c>
+      <c r="G492" t="s">
+        <v>3613</v>
+      </c>
+      <c r="H492" t="s">
+        <v>3614</v>
+      </c>
+      <c r="I492" t="s">
+        <v>3615</v>
+      </c>
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
+        <v>4561</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15">
+      <c r="A493">
+        <v>66513</v>
+      </c>
+      <c r="B493" t="s">
+        <v>4562</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4563</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4564</v>
+      </c>
+      <c r="E493" t="s">
+        <v>4565</v>
+      </c>
+      <c r="F493" t="s">
+        <v>4566</v>
+      </c>
+      <c r="G493" t="s">
+        <v>3942</v>
+      </c>
+      <c r="H493" t="s">
+        <v>4567</v>
+      </c>
+      <c r="I493" t="s">
+        <v>4568</v>
+      </c>
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
+        <v>4569</v>
+      </c>
+    </row>
+    <row r="494" spans="1:15">
+      <c r="A494">
+        <v>66514</v>
+      </c>
+      <c r="B494" t="s">
+        <v>4570</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4571</v>
+      </c>
+      <c r="D494" t="s">
+        <v>4572</v>
+      </c>
+      <c r="E494" t="s">
+        <v>4573</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1747</v>
+      </c>
+      <c r="G494" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H494" t="s">
+        <v>4574</v>
+      </c>
+      <c r="I494" t="s">
+        <v>4575</v>
+      </c>
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
+        <v>4576</v>
+      </c>
+    </row>
+    <row r="495" spans="1:15">
+      <c r="A495">
+        <v>66515</v>
+      </c>
+      <c r="B495" t="s">
+        <v>4577</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4578</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4579</v>
+      </c>
+      <c r="E495" t="s">
+        <v>4580</v>
+      </c>
+      <c r="F495" t="s">
+        <v>4581</v>
+      </c>
+      <c r="G495" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H495" t="s">
+        <v>4582</v>
+      </c>
+      <c r="I495" t="s">
+        <v>4583</v>
+      </c>
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
+        <v>4584</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15">
+      <c r="A496">
+        <v>66516</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4585</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4586</v>
+      </c>
+      <c r="E496" t="s">
+        <v>4587</v>
+      </c>
+      <c r="F496" t="s">
+        <v>4588</v>
+      </c>
+      <c r="G496" t="s">
+        <v>4589</v>
+      </c>
+      <c r="H496" t="s">
+        <v>4590</v>
+      </c>
+      <c r="I496" t="s">
+        <v>1497</v>
+      </c>
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>170</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>171</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
+        <v>4591</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15">
+      <c r="A497">
+        <v>66517</v>
+      </c>
+      <c r="B497" t="s">
+        <v>4592</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4593</v>
+      </c>
+      <c r="D497" t="s">
+        <v>4594</v>
+      </c>
+      <c r="E497" t="s">
+        <v>4595</v>
+      </c>
+      <c r="F497" t="s">
+        <v>4596</v>
+      </c>
+      <c r="G497" t="s">
+        <v>4597</v>
+      </c>
+      <c r="H497" t="s">
+        <v>4598</v>
+      </c>
+      <c r="I497" t="s">
+        <v>4599</v>
+      </c>
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N497" t="s">
+        <v>28</v>
+      </c>
+      <c r="O497" t="s">
+        <v>4600</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15">
+      <c r="A498">
+        <v>66518</v>
+      </c>
+      <c r="B498" t="s">
+        <v>4601</v>
+      </c>
+      <c r="C498" t="s">
+        <v>4602</v>
+      </c>
+      <c r="D498" t="s">
+        <v>4603</v>
+      </c>
+      <c r="E498" t="s">
+        <v>4604</v>
+      </c>
+      <c r="F498" t="s">
+        <v>4605</v>
+      </c>
+      <c r="G498" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H498" t="s">
+        <v>4606</v>
+      </c>
+      <c r="I498" t="s">
+        <v>4607</v>
+      </c>
+      <c r="J498" t="s">
+        <v>24</v>
+      </c>
+      <c r="K498" t="s">
+        <v>170</v>
+      </c>
+      <c r="L498" t="s">
+        <v>26</v>
+      </c>
+      <c r="M498" t="s">
+        <v>171</v>
+      </c>
+      <c r="N498" t="s">
+        <v>28</v>
+      </c>
+      <c r="O498" t="s">
+        <v>4608</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15">
+      <c r="A499">
+        <v>66519</v>
+      </c>
+      <c r="B499" t="s">
+        <v>4609</v>
+      </c>
+      <c r="C499" t="s">
+        <v>4610</v>
+      </c>
+      <c r="D499" t="s">
+        <v>4611</v>
+      </c>
+      <c r="E499" t="s">
+        <v>4612</v>
+      </c>
+      <c r="F499" t="s">
+        <v>4613</v>
+      </c>
+      <c r="G499" t="s">
+        <v>4614</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1631</v>
+      </c>
+      <c r="I499" t="s">
+        <v>1632</v>
+      </c>
+      <c r="J499" t="s">
+        <v>24</v>
+      </c>
+      <c r="K499" t="s">
+        <v>4615</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>4616</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
+        <v>4617</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15">
+      <c r="A500">
+        <v>66520</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4618</v>
+      </c>
+      <c r="D500" t="s">
+        <v>4619</v>
+      </c>
+      <c r="E500" t="s">
+        <v>4620</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1707</v>
+      </c>
+      <c r="G500" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1709</v>
+      </c>
+      <c r="I500" t="s">
+        <v>1710</v>
+      </c>
+      <c r="J500" t="s">
+        <v>24</v>
+      </c>
+      <c r="K500" t="s">
+        <v>25</v>
+      </c>
+      <c r="L500" t="s">
+        <v>26</v>
+      </c>
+      <c r="M500" t="s">
+        <v>27</v>
+      </c>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
+        <v>4621</v>
+      </c>
+    </row>
+    <row r="501" spans="1:15">
+      <c r="A501">
+        <v>66521</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4622</v>
+      </c>
+      <c r="D501" t="s">
+        <v>4623</v>
+      </c>
+      <c r="E501" t="s">
+        <v>4624</v>
+      </c>
+      <c r="F501" t="s">
+        <v>4625</v>
+      </c>
+      <c r="G501" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H501" t="s">
+        <v>4626</v>
+      </c>
+      <c r="I501" t="s">
+        <v>1542</v>
+      </c>
+      <c r="J501" t="s">
+        <v>24</v>
+      </c>
+      <c r="K501" t="s">
+        <v>170</v>
+      </c>
+      <c r="L501" t="s">
+        <v>26</v>
+      </c>
+      <c r="M501" t="s">
+        <v>171</v>
+      </c>
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
+        <v>4627</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15">
+      <c r="A502">
+        <v>66522</v>
+      </c>
+      <c r="B502" t="s">
+        <v>4628</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4629</v>
+      </c>
+      <c r="D502" t="s">
+        <v>4630</v>
+      </c>
+      <c r="E502" t="s">
+        <v>4631</v>
+      </c>
+      <c r="F502" t="s">
+        <v>4632</v>
+      </c>
+      <c r="G502" t="s">
+        <v>4633</v>
+      </c>
+      <c r="H502" t="s">
+        <v>4634</v>
+      </c>
+      <c r="I502" t="s">
+        <v>4635</v>
+      </c>
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>4486</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>4487</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
+        <v>4636</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15">
+      <c r="A503">
+        <v>66523</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4637</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4638</v>
+      </c>
+      <c r="E503" t="s">
+        <v>4639</v>
+      </c>
+      <c r="F503" t="s">
+        <v>1602</v>
+      </c>
+      <c r="G503" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1604</v>
+      </c>
+      <c r="I503" t="s">
+        <v>1605</v>
+      </c>
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>47</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>48</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
+        <v>4640</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15">
+      <c r="A504">
+        <v>66524</v>
+      </c>
+      <c r="B504" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4641</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4642</v>
+      </c>
+      <c r="E504" t="s">
+        <v>4643</v>
+      </c>
+      <c r="F504" t="s">
+        <v>4644</v>
+      </c>
+      <c r="G504" t="s">
+        <v>3783</v>
+      </c>
+      <c r="H504" t="s">
+        <v>3784</v>
+      </c>
+      <c r="I504" t="s">
+        <v>3785</v>
+      </c>
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
+        <v>170</v>
+      </c>
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
+        <v>171</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
+        <v>4645</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15">
+      <c r="A505">
+        <v>66525</v>
+      </c>
+      <c r="B505" t="s">
+        <v>4646</v>
+      </c>
+      <c r="C505" t="s">
+        <v>3636</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4647</v>
+      </c>
+      <c r="E505" t="s">
+        <v>4648</v>
+      </c>
+      <c r="F505" t="s">
+        <v>3639</v>
+      </c>
+      <c r="G505" t="s">
+        <v>3640</v>
+      </c>
+      <c r="H505" t="s">
+        <v>3641</v>
+      </c>
+      <c r="I505" t="s">
+        <v>3642</v>
+      </c>
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>170</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>171</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
+        <v>4649</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15">
+      <c r="A506">
+        <v>66526</v>
+      </c>
+      <c r="B506" t="s">
+        <v>4650</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4651</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4652</v>
+      </c>
+      <c r="E506" t="s">
+        <v>4653</v>
+      </c>
+      <c r="F506" t="s">
+        <v>4654</v>
+      </c>
+      <c r="G506" t="s">
+        <v>3649</v>
+      </c>
+      <c r="H506" t="s">
+        <v>3650</v>
+      </c>
+      <c r="I506" t="s">
+        <v>3651</v>
+      </c>
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>170</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>171</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
+        <v>4655</v>
+      </c>
+    </row>
+    <row r="507" spans="1:15">
+      <c r="A507">
+        <v>66527</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4656</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4657</v>
+      </c>
+      <c r="E507" t="s">
+        <v>4658</v>
+      </c>
+      <c r="F507" t="s">
+        <v>4659</v>
+      </c>
+      <c r="G507" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1651</v>
+      </c>
+      <c r="I507" t="s">
+        <v>1652</v>
+      </c>
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
+        <v>4660</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15">
+      <c r="A508">
+        <v>66529</v>
+      </c>
+      <c r="B508" t="s">
+        <v>4661</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4662</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4663</v>
+      </c>
+      <c r="E508" t="s">
+        <v>4664</v>
+      </c>
+      <c r="F508" t="s">
+        <v>4665</v>
+      </c>
+      <c r="G508" t="s">
+        <v>4079</v>
+      </c>
+      <c r="H508" t="s">
+        <v>4080</v>
+      </c>
+      <c r="I508" t="s">
+        <v>4081</v>
+      </c>
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>2070</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>2071</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
+        <v>4666</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15">
+      <c r="A509">
+        <v>66530</v>
+      </c>
+      <c r="B509" t="s">
+        <v>4667</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4668</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4669</v>
+      </c>
+      <c r="E509" t="s">
+        <v>4670</v>
+      </c>
+      <c r="F509" t="s">
+        <v>4671</v>
+      </c>
+      <c r="G509" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I509" t="s">
+        <v>1459</v>
+      </c>
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
+        <v>1325</v>
+      </c>
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
+        <v>1327</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
+        <v>4672</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15">
+      <c r="A510">
+        <v>66531</v>
+      </c>
+      <c r="B510" t="s">
+        <v>4673</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4674</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4675</v>
+      </c>
+      <c r="E510" t="s">
+        <v>4676</v>
+      </c>
+      <c r="F510" t="s">
+        <v>4677</v>
+      </c>
+      <c r="G510" t="s">
+        <v>4678</v>
+      </c>
+      <c r="H510" t="s">
+        <v>4679</v>
+      </c>
+      <c r="I510" t="s">
+        <v>4680</v>
+      </c>
+      <c r="J510" t="s">
+        <v>441</v>
+      </c>
+      <c r="K510" t="s">
+        <v>4681</v>
+      </c>
+      <c r="L510" t="s">
+        <v>443</v>
+      </c>
+      <c r="M510" t="s">
+        <v>4682</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
+        <v>4683</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15">
+      <c r="A511">
+        <v>66532</v>
+      </c>
+      <c r="B511" t="s">
+        <v>4684</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4685</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4686</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4687</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1725</v>
+      </c>
+      <c r="G511" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1727</v>
+      </c>
+      <c r="I511" t="s">
+        <v>1728</v>
+      </c>
+      <c r="J511" t="s">
+        <v>441</v>
+      </c>
+      <c r="K511" t="s">
+        <v>4688</v>
+      </c>
+      <c r="L511" t="s">
+        <v>443</v>
+      </c>
+      <c r="M511" t="s">
+        <v>4689</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
+        <v>4690</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15">
+      <c r="A512">
+        <v>66533</v>
+      </c>
+      <c r="B512" t="s">
+        <v>4691</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4692</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4693</v>
+      </c>
+      <c r="E512" t="s">
+        <v>4694</v>
+      </c>
+      <c r="F512" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G512" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I512" t="s">
+        <v>4695</v>
+      </c>
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>4696</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>4697</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
+        <v>4698</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15">
+      <c r="A513">
+        <v>66534</v>
+      </c>
+      <c r="B513" t="s">
+        <v>4699</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4700</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4701</v>
+      </c>
+      <c r="E513" t="s">
+        <v>4702</v>
+      </c>
+      <c r="F513" t="s">
+        <v>4703</v>
+      </c>
+      <c r="G513" t="s">
+        <v>4704</v>
+      </c>
+      <c r="H513" t="s">
+        <v>2961</v>
+      </c>
+      <c r="I513" t="s">
+        <v>2962</v>
+      </c>
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>47</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>48</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
+        <v>4705</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15">
+      <c r="A514">
+        <v>66535</v>
+      </c>
+      <c r="B514" t="s">
+        <v>4706</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4707</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4708</v>
+      </c>
+      <c r="E514" t="s">
+        <v>4709</v>
+      </c>
+      <c r="F514" t="s">
+        <v>4710</v>
+      </c>
+      <c r="G514" t="s">
+        <v>4711</v>
+      </c>
+      <c r="H514" t="s">
+        <v>4712</v>
+      </c>
+      <c r="I514" t="s">
+        <v>4713</v>
+      </c>
+      <c r="J514" t="s">
+        <v>4714</v>
+      </c>
+      <c r="K514" t="s">
+        <v>4715</v>
+      </c>
+      <c r="L514" t="s">
+        <v>4716</v>
+      </c>
+      <c r="M514" t="s">
+        <v>4717</v>
+      </c>
+      <c r="N514" t="s">
+        <v>28</v>
+      </c>
+      <c r="O514" t="s">
+        <v>4718</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15">
+      <c r="A515">
+        <v>66536</v>
+      </c>
+      <c r="B515" t="s">
+        <v>4719</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4720</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4721</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4722</v>
+      </c>
+      <c r="F515" t="s">
+        <v>4723</v>
+      </c>
+      <c r="G515" t="s">
+        <v>4724</v>
+      </c>
+      <c r="H515" t="s">
+        <v>4725</v>
+      </c>
+      <c r="I515" t="s">
+        <v>4726</v>
+      </c>
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
+        <v>4727</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15">
+      <c r="A516">
+        <v>66537</v>
+      </c>
+      <c r="B516" t="s">
+        <v>4728</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4729</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4730</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4731</v>
+      </c>
+      <c r="F516" t="s">
+        <v>4732</v>
+      </c>
+      <c r="G516" t="s">
+        <v>4474</v>
+      </c>
+      <c r="H516" t="s">
+        <v>4475</v>
+      </c>
+      <c r="I516" t="s">
+        <v>4476</v>
+      </c>
+      <c r="J516" t="s">
+        <v>24</v>
+      </c>
+      <c r="K516" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L516" t="s">
+        <v>26</v>
+      </c>
+      <c r="M516" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
+        <v>4733</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15">
+      <c r="A517">
+        <v>66538</v>
+      </c>
+      <c r="B517" t="s">
+        <v>4734</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4735</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4736</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4737</v>
+      </c>
+      <c r="F517" t="s">
+        <v>4738</v>
+      </c>
+      <c r="G517" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1718</v>
+      </c>
+      <c r="I517" t="s">
+        <v>1719</v>
+      </c>
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>4739</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>4740</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
+        <v>4741</v>
+      </c>
+    </row>
+    <row r="518" spans="1:15">
+      <c r="A518">
+        <v>66540</v>
+      </c>
+      <c r="B518" t="s">
+        <v>4742</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4743</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4744</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4745</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4746</v>
+      </c>
+      <c r="G518" t="s">
+        <v>4747</v>
+      </c>
+      <c r="H518" t="s">
+        <v>4748</v>
+      </c>
+      <c r="I518" t="s">
+        <v>1488</v>
+      </c>
+      <c r="J518" t="s">
+        <v>24</v>
+      </c>
+      <c r="K518" t="s">
+        <v>4749</v>
+      </c>
+      <c r="L518" t="s">
+        <v>26</v>
+      </c>
+      <c r="M518" t="s">
+        <v>4750</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
+        <v>4751</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15">
+      <c r="A519">
+        <v>66541</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4752</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4753</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4754</v>
+      </c>
+      <c r="G519" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1700</v>
+      </c>
+      <c r="I519" t="s">
+        <v>1701</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>4755</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>4756</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4757</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">