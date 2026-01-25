--- v1 (2025-11-25)
+++ v2 (2026-01-25)
@@ -18,52 +18,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4758">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Кыргызча
 # Source: https://hadeethenc.com/ky
-# Last update: 2025-11-12 00:09:53 (v1.20.0)
-# Check for updates: https://hadeethenc.com/en/check/ky/v1.20.0
+# Last update: 2026-01-22 22:54:14 (v1.23.0)
+# Check for updates: https://hadeethenc.com/en/check/ky/v1.23.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -376,60 +376,60 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) назр кылуудан тыйган. Назр - бул, адам өзүнө-өзү шарият буйрубаган ишти жүктөп алуусу. Назр тагдырда жазылган ишти алдыга да, артка да жылдырып жибербейт. Болгону назр кылуу важиб болуп калган соң, сараң адамдын бир нерсе чыгаруусу талап кылынат. (Мисалы: эгер оорудан айыгып кетсем, миң сом садага берем десе, ушул назр болуп эсептелет. Айыкканда миң сом садага бериши милдеттүү болот).</t>
   </si>
   <si>
     <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
 العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
 قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
   </si>
   <si>
     <t>Назр кылуу шарияттын буйругу эмес. Бирок күнөө иштен  башка нерсени назр кылса, аны аткаруусу важыб болот.
 Назр кылуудан тыюунун негизги себеби, анда эч кандай жакшылык жок. Назр Аллахтын жазган тагдырынан эч нерсени кайтарып жибербейт. Назр кылган адам, ушул назрым үчүн Аллах Таала менин суранычымды аткарат деп ойлоп албоосу керек. Аллах Таала пенденин назрына муктаж эмес.
 Куртуби минтип айткан: "Бул тыюунун себеби, мисалы бирөө: "Эгер Аллах мага шыпаа берсе, мынча садага кылам" деп айтышы мүмкүн. Бул учурда айтылган курбанчылык белгилүү максат үчүн жасалгандыктан туура эмес болуп жатат. Мындан ал адам Аллах Таалага жакындоону максат кылбай, Аллах Таала менен эсептешип жатканы көрүнүп турат. Эгер Аллах шыпаа бербесе, анда садага бербеймин деген маани чыгып жатат. Бул сараңдыктын белгиси. Анткени, сараң чыгарган мал-мүлкү үчүн андан да көбүрөгүн кайра алууну максат кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2960</t>
   </si>
   <si>
     <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
   </si>
   <si>
     <t>Аллах кааласа, мен касам ичип кийин андан жакшы ишти көрсөм, касамымды бузуп, жакшы ишти аткара берем" - деди</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
   </si>
   <si>
-    <t>Абу Муса (ага Аллах ыраазы болсун) айтат: Ашари уруусунан бир канча адам болуп Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) мингенге улоо сурап бардык. Ал: "Аллахка ант болсун, силерге улоо бере албаймын. Менде силерге бере турган улоо жок" - деди. Арадан бир аз өткөндөн кийин ага олжого түшкөн төө келип калып, аны бизге берүүго буйруду. Биз төөнү алып кетип жатканда бири-бирибизге: Бизди Кудай урду го, Аллахтын элчисине улоо сурап барып ал бизге улоо бербеймин деп Аллахтын атына касам ичип, анан кайра улоо берип койду го деп сөз кылдык. Абу Муса (ага Аллах ыраазы болсун) айтат: Анан Аллахтын элчисине кайра келип оюбузду айттык. Ал: "Силерге төөнү мен берген жокмун, Аллах Таала берди.  Аллах кааласа, мен касам ичип кийин андан жакшы ишти көрсөм, касамымды бузуп, жакшы ишти аткара берем" - деди.</t>
+    <t>Абу Муса (Аллах андан ыраазы болсун) айтат: Ашари уруусунан бир канча адам болуп Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) мингенге улоо сурап бардык. Ал: "Аллахка ант болсун, силерге улоо бере албаймын. Менде силерге бере турган улоо жок" - деди. Арадан бир аз өткөндөн кийин ага олжого түшкөн төө келип калып, бизге үч төө берүүгө буйруду. Биз төөнү алып кетип жатканда бири-бирибизге: Бизди Кудай урду го, Аллахтын элчисине улоо сурап барып ал бизге улоо бербеймин деп Аллахтын атына касам ичип, анан кайра улоо берип койду го деп сөз кылдык. Абу Муса (ага Аллах ыраазы болсун) айтат: Анан Аллахтын элчисине кайра келип оюбузду айттык. Ал: "Силерге төөнү мен берген жокмун, Аллах Таала берди.  Аллах кааласа, мен касам ичип кийин андан жакшы ишти көрсөм, касамымды бузуп, жакшы ишти аткара берем" - деди.</t>
   </si>
   <si>
     <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
 فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
 فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
 ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
   </si>
   <si>
-    <t>Абу Муса Ашаринин (ага Аллах ыраазы болсун) айтымында, уруусундагы бир канча адам менен Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) келет. Максаты казатка минүү үчүн Аллахтын элчисинен төө суроо эле. Аллахтын элчиси касам ичип, аларга бере турган төө жок экенин айтат. Алар кайтып кетишет. Бир канча убакыт өткөндөн кийин Аллахтын элчисине олжодон түшкөн төөнү алып келишет. Ошол төөнү аларга берет. Төөнү алгандан кийин бири-бирине: бул төөнүн берекеси болбой калат го, анткени Аллахтын элчиси төө бербеймин деп касам ичти эле, андан кийин кайра берип койду дешет. Анан кайра келип мунун жагдайын сурашат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга мындай деди: Силерге төөнү Аллах Таала берди; анткени аны ырыскы кылып, насип кылган Аллах. Мен болгону аны ишке ашырган себепчимин. Анан дагы мындай деп кошумчалады: Аллахка ант болсун, мен Аллах кааласа, кайсы нерсеге кыламын же кылбаймын деп касам ичпейин, касам ичкен нерсеге караганда жакшы ишти көрсөм, жакшы ишти аткарамын. Касамымдан кайтып анын кафаратын аткарам.</t>
+    <t>Абу Муса Ашари (Аллах андан ыраазы болсун)  уруусундагы бир канча адам менен Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) келет. Максаты казатка минүү үчүн Аллахтын элчисинен төө суроо эле. Аллахтын элчиси касам ичип, аларга бере турган төө жок экенин айтат. Алар кайтып кетишет. Бир канча убакыт өткөндөн кийин Аллахтын элчисине олжодон түшкөн төөнү алып келишет. Ошол төөнү аларга берет. Төөнү алгандан кийин бири-бирине: бул төөнүн берекеси болбой калат го, анткени Аллахтын элчиси төө бербеймин деп касам ичти эле, андан кийин кайра берип койду дешет. Анан кайра келип мунун жагдайын сурашат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга мындай деди: Силерге төөнү Аллах Таала берди; анткени аны ырыскы кылып, насип кылган Аллах. Мен болгону аны ишке ашырган себепчимин. Анан дагы мындай деп кошумчалады: Аллахка ант болсун, мен Аллах кааласа, кайсы нерсеге кыламын же кылбаймын деп касам ичпейин, касам ичкен нерсеге караганда жакшы ишти көрсөм, жакшы ишти аткарамын. Касамымдан кайтып анын кафаратын аткарам.</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>Айтып жаткан сөздү бекемдөө үчүн ал келечектин иши болсо да ал үчүн касам ичүүгө болот.
 Касамдан кийин "Аллах кааласа" деген сөз менен ажыратып айтууга болот. Анткени бул ажыратууну касам менен бирге ниет кылса, экөө чогуу айтылып касамын бузган адамга каффарат болбойт.
 Эгерде касам ичкен иишине караганда жакшы, пайдалуу ишти көрсө, касамын бузуп жакшы ишти аткаруу абзел.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2961</t>
   </si>
   <si>
     <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>Кыямат күнү адамдар арасындагы иштерден эң биринчи териштириле турганы - кан жөнүндө болот</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү адамдар арасындагы иштерден эң биринчи териштириле турганы - кан жөнүндө болот".</t>
@@ -1674,67 +1674,67 @@
 Бирок анын бейиши - тозок, тозогу - бейиш. Ким анын айтканын кылса, эл көзүнө бейиш болуп көрүнгөн нерсеге киргизет, бирок ал күйгүзүүчү тозок болот. Ким ага моюн сунбаса, аны эл көзүнө тозок болуп көрүнгөн нерсеге киргизет, бирок ал бейиш болот. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Нух пайгамбар Дажжалдын азгырыгын коомуна эскерткен сыяктуу, ал да үммөтүнө анын азгырыгынан сак болууну эскертти.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>Дажжалдын бүлгүн, бузукулугу өтө чоң болот.
 Дажжалдын бүлгүнүнөн чыныгы ыйман, Аллага таянуу, акыркы ташахудда андан сактоону Аллахтан тилөө, Кахф сүрөөсүнүн алгачкы он аятын жаттоо сыяктуу иштер куткарууга себеп боло алат.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүнө аябай кам көргөн. Ал башка пайгамбарлар коомуна айтпаган нерсени мусулмандарга айтып баяндап берген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3110</t>
   </si>
   <si>
     <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>Адам досунун дининде болот. Ошондуктан ар кимиң ким менен дос болоруна карасын</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адам досунун дининде болот. Ошондуктан ар кимиң ким менен дос болоруна карасын".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адам досунун дининде болот. Ошондуктан ар кимиң ким менен дос болоруна карасын".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдын жүрүм-туруму, адаттары жакын досуна окшошуп каларын айткан. Достук адамдын жүрүм-турумуна, адеп-ахлагына, иш-аракеттерине таасирин тийгизет. Ошон үчүн досту жакшылап карап тандоого чакырган. Жакшы адам досунун ыйманына, туура жолдо жүрүүсүнө жана жакшы иштерди кылуусуна далил болот жана аны колдоп турат.</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
     <t>Жакшы адамдар менен болуп, алар менен маектешип жүрүүгө буйруп, жаман адамдарга жакын болуудан тыйган.
-Мында жакын тууган жөнүндө эмес, дос жөнүндо гана айтылган. Анткени, досту тандоого болот. Ал эми тууганды тандай албайсың.
+Мында жакын тууган жөнүндө эмес, дос жөнүндө гана айтылган. Анткени, досту тандоого болот. Ал эми тууганды тандай албайсың.
 Кимдир бирөөгө жоро-жолдош болуудан мурда пикир кылып, ойлонуу керек.
 Ыймандуу адамдар менен бирге болуп, алар менен маектешкен адам динин бекемдейт. Ал эми фасык жана бузуку адамдар менен маектешкен адамдын дини алсыздайт.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[Хасан (жакшы)]</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3122</t>
   </si>
   <si>
     <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>Салих жана жаман адам менен отуруунун мисалы, атыр саткан жана көөрүк үйлөгөн адам менен отуруу сыяктуу</t>
   </si>
   <si>
@@ -2040,76 +2040,76 @@
     <t>Абу Саид Худри (ага Аллах ыраазы болсун) пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) уялчаактыгын бойго жеткен, турмушка чыга элек, эркектерден өзүн жашырган кызга салыштырган. Анткени, анын уяттуулугу жогору болгон, эгер бир нерсени жактырбаса, жүзү өзгөрүп кетет эле жана эч нерсе деп айтчу эмес. Сахабалар анын жүзүнөн жактырбай жатканын байкашчу.</t>
   </si>
   <si>
     <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
 حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
 الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) көркөм мүнөздөрүнүн бири ал –уяттуулугу болгон.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) уяттуулугу аны Аллах арам кылган иштерди айтуудан токтотуп койгон эмес. Эгер мындай иштерди көрсө, ачууланып, саахабаларын буйруп же тыйып турчу.
 Уяттуулук сыпатын мүнөзгө киргизүү зарыл, анткени, уяттуулук жакшы иштерди аткарып, жаман ишти таштоого түрткү болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3153</t>
   </si>
   <si>
     <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>Келечекте өзүмчүл башчылар жана диниңерде жек көргөн иштер болот". О, Аллахтын элчиси, (ал учурда) бизди эмне кылууга буйруйсуң - дешти (сахабалар). "Силердин моюнуңардагы милдетиңерди аткара бергиле, акыңарды Аллахтан сурагыла" - деди</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
-    <t>Абу Масуъддун (ага Аллах ыраазы болсун) риваятында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Келечекте өзүмчүл башчылар жана диниңерде жек көргөн иштер болот". О, Аллахтын элчиси, (ал учурда) бизди эмне кылууга буйруйсуң - дешти (сахабалар). "Силердин моюнуңардагы милдетиңерди аткара бергиле, акыңарды Аллахтан сурагыла" - деди.</t>
+    <t>Ибн Масуъддун (ага Аллах ыраазы болсун) риваятында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Келечекте өзүмчүл башчылар жана диниңерде жек көргөн иштер болот". О, Аллахтын элчиси, (ал учурда) бизди эмне кылууга буйруйсуң - дешти (сахабалар). "Силердин моюнуңардагы милдетиңерди аткара бергиле, акыңарды Аллахтан сурагыла" - деди.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) келечекте мусулмандарга алардын мал-мүлкүнө ж.б. дүйнө иштерине кыянат кыла турган башчылар башчылык кыларын кабарлаган. Ал башчылар алардын мал-мүлкүн каалагандай жумшап, мусулмандардын акысынан тыят. Ошондой эле аларда динде четке кагылган иштер пайда болот. Сахабалар (аларга Аллах ыраазы болсун) ошол учурда эмне кылуу керектигин сурайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алардын мал-мүлктү каалагандай жумшоосу, силерди башчыны угуп, ага баш ийүү милдетинен тыйып койбоосу керектигин айтат. Тескерисинче, сабыр кылгыла, уккула, баш ийгиле, алардан бийликти талашпагыла, өзүңөргө тиешелүү акыны, башчыларды оңдоп-түзөөнү, алырдын жамандыгын жана зулумдугун жок кылууну Аллахтан сурагыла - деди.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) келечекте мусулмандарга алардын мал-мүлкүнө ж.б. дүйнө иштерине кыянат кыла турган башчылар башчылык кыларын кабарлаган. Ал башчылар алардын мал-мүлкүн каалагандай жумшап, мусулмандардын акысынан тыят. Ошондой эле аларда динде четке кагылган иштер пайда болот. Сахабалар (Аллах алардан ыраазы болсун) ошол учурда эмне кылуу керектигин сурайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алардын мал-мүлктү каалагандай жумшоосу, силерди башчыны угуп, ага баш ийүү милдетинен тыйып койбоосу керектигин айтат. Тескерисинче, сабыр кылгыла, уккула, баш ийгиле, алардан бийликти талашпагыла, өзүңөргө тиешелүү акыны, башчыларды оңдоп-түзөөнү, алырдын жамандыгын жана зулумдугун жок кылууну Аллахтан сурагыла - деди.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Бул хадис пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгынын далили. Келечекте үммөтүндө боло турган нерсени айткан, анан дал ошондой болду.
-Сыноого туш болуучу адамга ал кабыла турган сыноону айтса болот; ал өзүн даярдап, сыноо келгенде ага сабырдуу болуп, сооп үмут кылуусу үчүн.
-Куран менен сүннөткө таянуу фитна жана келишпестиктерден чыгаруучу (курал).
+Сыноого туш болуучу адамга ал кабыла турган сыноону айтса болот; ал өзүн даярдап, сыноо келгенде ага сабырдуу болуп, сооп үмүт кылуусу үчүн.
+Куран менен сүннөткө таянуу фитна жана келишпестиктерден чыгаруучу жол.
 Жакшылык иштерде башчыларды угуп, аларга баш ийүүгө, алардан зулумдук көрүшсө да, аларга каршы чыкпоого, үндөө.
-Фитна учурунда сүннөткө ээрчип, даанышмандыкты пайдалануу (керек).
+Фитна учурунда сүннөткө ээрчип,  даанышмандыкты пайдалануу (керек).
 Эгер ага зулумдук кылынып жатса да, инсанга анын моюнундагы милдет-акыны аткаруу зарыл.
 Хадисте төмөнкү эрежеге далил бар: Жамандыктардын жеңили, зыяндардын кичиги тандалат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3156</t>
   </si>
   <si>
     <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
   </si>
   <si>
     <t>Кимде-ким шейит болууну чын жүрөктөн суранса, Аллах Таала аны ал төшөгүндө жатып өлсө да аны шейиттердин даражасына көтөрөт</t>
   </si>
   <si>
     <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
   </si>
   <si>
     <t>Сахл бин Хунайф (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким шейит болууну чын жүрөктөн суранса, Аллах Таала аны ал төшөгүндө жатып өлсө да аны шейиттердин даражасына көтөрөт".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким Аллах жолунда шейит болуп өлүүнү Аллахка чын ыкласы менен ниет кылса, Аллах Таала анын чын ниети үчүн эгер ал төшөгүндө жатып өлсө да шейиттердин даражасын берерин айткан.</t>
   </si>
   <si>
@@ -2247,79 +2247,79 @@
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) каржылоону сүрөттөп, каржы кыла тургандар көп болсо, алардын эң зарылынан баштоо керектигин, ирети менен айтып берген. Каржылоонун сообу эң көбү - өзү каржылоого милдеттүү болгон адамдарга берилген каржы болот. Мисалы, аялына, баласына ж.б. Андан кийинкиси, Аллах жолундагы согушка даярдалган улоого кетирген каржысы. Андан кийин Аллах жолунда согушка кетип жаткан дос, жолдошторуна берген каржысы.</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>Жогорудагы тартип каржылоонун артыкчылыгына карай айтылганы, шартка жана зарылдыкка карап өзгөрүүсү мүмкүн.
 Үй-бүлөнү каржылоо башка каржылоолорго караганда алдынкы орунда турат.
 Аллах жолундагы согушка каржы берүү каржылоонун эң пайдалууларынын бири. Мисалы: курал-жарак, аскерлерди даярдоо сыяктуу.
 Аллах жолунда деген сөз, ажылык кылуу сыяктуу таат-ибадаттарга да айтылат дегендер да бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3267</t>
   </si>
   <si>
     <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
-    <t>Мухаммаддын жаны колунда турган Аллахка ант болсун, яхуди болобу, христиан болобу бул үммөттөн ким мен (жөнүндө) угуп, кийин мен жиберилген динге ишенбей өлүп кетсе, тозок ээлеринен болот</t>
+    <t>Мухаммаддын жаны колунда турган Аллахка ант болсун, яхудий болобу, христиан болобу бул үммөттөн ким мен (жөнүндө) угуп, кийин мен жиберилген динге ишенбей өлүп кетсе, тозок ээлеринен болот</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мухаммаддын жаны колунда турган Аллахка ант болсун, яхуди болобу, христиан болобу бул үммөттөн ким мен (жөнүндө) угуп, кийин мен жиберилген динге ишенбей өлүп кетсе, тозок ээлеринен болот".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мухаммаддын жаны колунда турган Аллахка ант болсун, яхудий болобу, христиан болобу бул үммөттөн ким мен (жөнүндө) угуп, кийин мен жиберилген динге ишенбей өлүп кетсе, тозок ээлеринен болот".</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын аты менен касам ичип, яхудий болобу, христиан болобу, же анын даават, чакырыгы жеткен башка дин өкүлү болобу, аны угуп, бирок ага ишенбей бул дүйнөдөн өтүп кетсе, тозоктун тургуну болуп, анда түбөлүк каларын айткан.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгы бүткүл ааламга жалпы тиешелүү экендигин, аны ээрчүү да баарына бирдей важыб болгондугун жана анын шарияты келгенден кийин башка шарияттардын баары күчүн жоготкондугун билдирет.
 Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) ишенбеген адамга, анын андан башка пайгамбарларга (аларга Аллахтын тынчтыгы болсун) ишенем деген ою эч кандай пайда бербейт.
 Пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) укпаган жана Ислам даават, чакырыгы жетпеген адамдар кечиримдүү (себептүү). Акыретте аларга кандай өкүм чыгаруу Аллахтын колунда.
 Өлүмгө аз калган учурда болсо да, катуу ооруп жаткан учурунда болсо да, өлүм сааты кекиртекке келгенге чейин Исламды моюндап пайдаланып калуу зарыл.
 Каапырлардын динин, анын ичинде яхудий жана христиандардын динин да туура деп эсептөө - каапырлык.
-Хадисте яхудий жана христиандарды айткан себеби, башкаларга эскертүү. Анткени, яхудий жана христиандардын (илахий, асман) китеби бар. Китеби бар диндер ушундай болгон соң, булардан башка китепсиз "диндер" андан бетер экени маалым. Булардын баарына пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) динине кирип, ага моюн сунуу ваажыб.</t>
+Хадисте яхудий жана христиандарды айткан себеби, башкаларга эскертүү. Анткени, яхудий жана христиандардын (илахий, асман) китеби бар. Китеби бар диндер ушундай болгон соң, булардан башка китепсиз "диндер" андан бетер экени маалым. Булардын баарына пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) динине кирип, ага моюн сунуу важиб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3272</t>
   </si>
   <si>
     <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>Мурутуңарды кыскарткыла жана сакалыңарды өстүргүлө</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Ибн Умар, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Мурутуңарды кыскарткыла жана сакалыңарды өстүргүлө".</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мурутту өстүрбөй алууга, кыскартууга буйруган жана кыскартууга катуу көңүл бурган.
 Сакалды өстүрүүгө жана кенен калтырууга буйруган хадистери өтө көп кездешет.</t>
   </si>
   <si>
@@ -2508,75 +2508,75 @@
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөндө мындай кылчу:
 Биринчи: колу же кийиминин бир учу менен оозун жапчу; муну оозунан же мурдунан жанындагыларды иренжите турган нерселер чыгып кетпеши үчүн ушундай кылчу.
 Экинчи: үнүн акырын чыгарчу, катуу чыгарчу эмес.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөн адамга көрсөткөн өрнөгү жана аны так ошондой аткаруу зарылдыгы айтылган.
 Чүчкүргөн учурда башкаларды иренжитпеш үчүн кол менен же колаарчы менен оозду жабуу жакшы.
 Ошондой эле чүчкүргөндө үндү акырын чыгаруу керек. Бул адептүүлүктү жана жакшы ахлакты билдирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3317</t>
   </si>
   <si>
     <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
-    <t>"Пайгамбар, саллаллаху алейхи уа салламга, өлүм жакындаганда жүзүнө чүпүрөк жаап, өлүм азабынан дем алуусу кыйындаганда, аны жүзүнөн алып салып жатты. Ал ошондой оор абалда жатып: "Аллах яхудийлерди жана христиандарды каргыштады. Алар өздөрүнүн пайгамбарларынын мүрзөлөрүн мечит кылып алышкан" - деп алардын кылгандарынан эскертип жатты".*@</t>
+    <t>"Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) өлүм жакындаганда жүзүнө чүпүрөк жаап, өлүм азабынан дем алуусу кыйындаганда, аны жүзүнөн алып салып жатты. Ал ошондой оор абалда жатып: "Аллах яхудийлерди жана христиандарды каргыштады. Алар өздөрүнүн пайгамбарларынын мүрзөлөрүн мечит кылып алышкан" - деп алардын кылгандарынан эскертип жатты".*@</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
-    <t>Аиша жана Абдулла бин Аббас, радыяллаху анхума, риваят кылган хадисте ал экөөсү айтты: "Пайгамбар, саллаллаху алейхи уа салламга, өлүм жакындаганда жүзүнө чүпүрөк жаап, өлүм азабынан дем алуусу кыйындаганда, аны жүзүнөн алып салып жатты. Ал ошондой оор абалда жатып: "Аллах яхудийлерди жана христиандарды каргыштады. Алар өздөрүнүн пайгамбарларынын мүрзөлөрүн мечит кылып алышкан" - деп алардын кылгандарынан эскертип жатты".</t>
+    <t>Айша жана Абдулла бин Аббас (Аллах алардан ыраазы болсун) риваят кылган хадисте ал экөөсү айтты: "Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) өлүм жакындаганда жүзүнө чүпүрөк жаап, өлүм азабынан дем алуусу кыйындаганда, аны жүзүнөн алып салып жатты. Ал ошондой оор абалда жатып: "Аллах яхудийлерди жана христиандарды каргыштады. Алар өздөрүнүн пайгамбарларынын мүрзөлөрүн мечит кылып алышкан" - деп алардын кылгандарынан эскертип жатты".</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
-    <t>Бул хадисте Аиша жана Ибн Аббас, радыяллаху анхум, мындай деп кабарлап жатат: "Пайгамбар, саллаллаху алейхи уа салламга, өлүм жакындаганда жүзүнө чүпүрөк жаап, өлүм азабынан дем алуусу кыйындаганда аны жүзүнөн алып салып жатты. Ошондой оор абалда жатып мындай деди: "Аллах яхудийлерди жана христиандарды каргыштады жана аларды Өз ырайымынан алыстатты. Себеби, алар өздөрүнүн пайгамбарларынын мүрзөлөрүнө мечиттерди салышкан". Эгер бул иштин коркунучтуулугу болбогондо, Пайгамбар, саллаллаху алейхи уа саллам, мындай кыйын абалда аны эскертмек эмес. Ошондуктан ал мына ошого окшош иштерден үммөтүнө тыюу салды. Анткени ал яхудийлер менен христиандардын кылганы жана Аллах Таалага ширк кылууга алып баруучу жол.</t>
+    <t>Бул хадисте Айша жана Ибн Аббас (Аллах алардан ыраазы болсун) мындай деп кабарлап жатат: "Пайгамбарга (Аллахалардан болсун) өлүм жакындаганда жүзүнө чүпүрөк жаап, өлүм азабынан дем алуусу кыйындаганда аны жүзүнөн алып салып жатты. Ошондой оор абалда жатып мындай деди: "Аллах яхудийлерди жана христиандарды каргыштады жана аларды Өз ырайымынан алыстатты. Себеби, алар өздөрүнүн пайгамбарларынын мүрзөлөрүнө мечиттерди салышкан". Эгер бул иштин коркунучтуулугу болбогондо, Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай кыйын абалда аны эскертмек эмес. Ошондуктан ал мына ошого окшош иштерден үммөтүнө тыюу салды. Анткени ал яхудийлер менен христиандардын кылганы жана Аллах Таалага ширк кылууга алып баруучу жол.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
-    <t>Пайгамбарлардын жана салихтердин мүрзөлөрүн Аллах үчүн намаз окулуучу мечит кылып алуудан Пайгамбар, саллаллаху алейхи уа саллам, тыйды. Анткени бул ширкке алып баруучу жол.
-Аллахтын Элчиси, саллаллаху алейхи уа салламдын, бул ишке катуу көңүл буруусу, анын тавхидке болгон камкордугу жана кабырларды улуктоодон коркушу. Анткени бул ширкке алып барат.
+    <t>Пайгамбарлардын жана салихтердин мүрзөлөрүн Аллах үчүн намаз окулуучу мечит кылып алуудан Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) тыйды. Анткени бул ширкке алып баруучу жол.
+Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) бул ишке катуу көңүл буруусу, анын тавхидке болгон камкордугу жана кабырларды улуктоодон коркушу. Анткени бул ширкке алып барат.
 Яхудийлерге, христиандарга жана алар сыяктуу мүрзөлөрдү куруп, аларды мечит кылып алгандарга каргыш айтууга уруксат.
 Мүрзөлөргө курулуш куруу яхудийлердин жана христиандардын үрп-адаттарынын бири. Ал эми бул хадисте аларга окшошууга тыюу салынган.
 Мечит курулбаса да, кабырларды намаз окуучу жай кылып алуудан жана кабырда намаз окуудан тыюу салынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3330</t>
   </si>
   <si>
     <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Кыйратуучу жети күнөөдөн алыс болгула». Ошондо сахабалар:  «Оо, Аллахтын элчиси! Алар кайсылар?» — деп сурашты. Аллахтын элчиси: «Аллахка ширк кылуу, сыйкырчылык, Аллах өлтүрүүнү арам кылган жанды эч бир акысыз өлтүрүү, сүткорлук кылуу, жетимдин мал-мүлкүн жегендик, согуш учурунда артка качуу жана күнөө кылуудан капилетте калган, абийирдүү жана ыймандуу аялдарга бузуку деп жалаа жабуу» - деп айтты</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте
 Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Кыйратуучу жети күнөөдөн алыс болгула». Ошондо сахабалар:  «Оо, Аллахтын элчиси! Алар кайсылар?» — деп сурашты. Аллахтын элчиси: «Аллахка ширк кылуу, сыйкырчылык, Аллах өлтүрүүнү арам кылган жанды эч бир акысыз өлтүрүү, сүткорлук кылуу, жетимдин мал-мүлкүн жегендик, согуш учурунда артка качуу жана күнөө кылуудан капилетте калган, абийирдүү жана ыймандуу аялдарга бузуку деп жалаа жабуу» - деп айтты».</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
@@ -2594,140 +2594,140 @@
 Бешинчиси: Жетимдин мал-мүлкүн жегендик. Бул бойго жете элек, атасы каза болгон жетимдин байлыгын зулумдук менен пайдалануу.
 Алтынчы: Согуш учурунда артка качуу. Бул каапырлар менен болгон согушта артка качуу.
 Жетинчиси: Күнөө кылуудан капилетте калган, абийирдүү жана ыймандуу аялдарга бузуку деп жалаа жабуу. Бул күнөөдөн таза аялдарды жана эркектерди зынакор деп жалаа жабуу.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Чоң күнөөлөр хадисте эскерилген жети күнөөгө чектелбейт. Хадисте эскерилген күнөөлөр өтө чоң жана өтө коркунучтуу болгондуктан өзгөчөлөнүп эскерилди.
 Кисас(1), ридда(2), үйлөнгөн адамдын зына кылуусу ж.б.у. с. себептер менен адамды өлтүрүүгө укуктуу кылат жана өлүм жазасын казылар гана ишке ашырышат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3331</t>
   </si>
   <si>
     <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Оо, Аллах, менин кабырымды адамдар сыйына турган эстеликке (идол) айлантпа. Аллах пайгамбарларынын кабырын мечитке айланткан коомду каргыштады</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Оо, Аллах, менин кабырымды адамдар сыйына турган эстеликке (идол) айлантпа. Аллах пайгамбарларынын кабырын мечитке айланткан коомду каргыштады».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Оо, Аллах, менин кабырымды адамдар сыйына турган эстеликке (идол) айлантпа. Аллах пайгамбарларынын кабырын мечитке айланткан коомду каргыштады».</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам, раббисинен дуба кылып, анын кабырын адамдар улуктап, ага сажида кылып өөп сыйынуусунан сактоону сурады. Андан кийин Аллах Пайгамбарлардын кабырын мечитке (ибадат жайына) айланткан адамдарды Өз мээриминен алыстатты жана чыгарып салды. Анткени пайгамбарлардын кабырларын мечит кылып алуу аларга ибадат кылууга жана алар пайда жана зыян берет деп ишенүүгө жол ачат.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) раббисинен дуба кылып, анын кабырын адамдар улуктап, ага сажда кылып өөп сыйынуусунан сактоону сурады. Андан кийин Аллах Пайгамбарлардын кабырын мечитке (ибадат жайына) айланткан адамдарды Өз мээриминен алыстатты жана чыгарып салды. Анткени пайгамбарлардын кабырларын мечит кылып алуу аларга ибадат кылууга жана алар пайда жана зыян берет деп ишенүүгө жол ачат.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Пайгамбарлардын жана солих инсандардын кабырын шарият койгон чектен чыгып улуктап жиберүү аларга ибадат кылууга, башкача айтканда Аллахтан башкага ибадат кылууга алып барат. Ошондуктан ширкке алып баруучу жолдордон алыс болуу керек.
 Кабырда жаткан адам канчалык Аллахка жакын инсан болбосун анын кабырынын алдында ибадат кылууга жана кабырларды улуктоого тыюу салынат.
 Кабырлардын үстүнө мечит куруу арам.
 Кабырлардын жанында жаназа намазын гана окууга болот, андан башка намаздарды окуу арам кылынган.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3336</t>
   </si>
   <si>
     <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
-    <t>Аллхтын чегинде турган жана ага кирип кеткен адамдын мисалы, бир адамдарга окшойт, алар кемеге чыгарда чүчү кулак кылып, кээ бири үстүнкү кабатына, кээ бири астына жайгашат</t>
+    <t>Аллахтын чегинде турган жана ага кирип кеткен адамдын мисалы, бир адамдарга окшойт, алар кемеге чыгарда чүчү кулак кылып, кээ бири үстүнкү кабатына, кээ бири астына жайгашат</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
-    <t>Нуъман бин Баширдин (аларга Аллах ыраазы болсун) риваятында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллхтын чегинде турган жана ага кирип кеткен адамдын мисалы, бир адамдарга окшойт, алар кемеге чыгарда чүчү кулак кылып, кээ бири үстүнкү кабатына, кээ бири астына жайгашат . Астына жайгашкандар суу алмакчы болгондо үстүндөгүлөрдү аралап өтөт. Анан алар өзүнчө: Эгер биз өзүбүздүн энчибизге кеменин түбүн тешип алсак, үстүндөгүлөргө зыяныбызды тийгизбейбиз - деп айтышат. Эгерде аларды каалаганын кыла берсин деп тек коюшса, баары чөгүп кетет. А эгер аларды колдон камап токтотуп калышса, алар өздөрү да (өлүмдөн) кутулат жана баары кутулушат.</t>
+    <t>Ан-Нуъман бин Баширдин (Аллах алардан ыраазы болсун) риваятында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллахтын чегинде турган жана ага кирип кеткен адамдын мисалы, бир адамдарга окшойт, алар кемеге чыгарда чүчү кулак кылып, кээ бири үстүнкү кабатына, кээ бири астына жайгашат . Астына жайгашкандар суу алмакчы болгондо үстүндөгүлөрдү аралап өтөт. Анан алар өзүнчө: Эгер биз өзүбүздүн энчибизге кеменин түбүн тешип алсак, үстүндөгүлөргө зыяныбызды тийгизбейбиз - деп айтышат. Эгерде аларды каалаганын кыла берсин деп тек коюшса, баары чөгүп кетет. А эгер аларды колдон кармап токтотуп калышса, алар өздөрү да (өлүмдөн) кутулат жана баары кутулушат.</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын чегинде туруучуларга, Аллахтын буйругун такай аткаруучуларга, жакшылыкка чакырып, жамандыктан тыйуучуларга мисал келтирди. Жакшылыкка чакырууну таштап, жамандыкка берилип Аллахтын чегине кирип кеткендер жана алардын коомчулуктун ийгилигине тийгизген таасиринин мисалы, кемеге түшкөн бир топ адамдын мисалына окшош. Алар кеменин үстүнкү кабатына ким жайгашат, астына ким жайгашат деп чүчү кулак кармашат. Анан кээ бири үстүн, кээ бири астын ээлейт. Астына жайгашкандар суу алмакчы болгондо, үстүнө чыгып андагыларды аралап өтөт. Астынкы кабаттагылар өз ара сүйлөшүп: Эгер биз ушул астынан өзүбүзгө суу ала турган тешик тешип алсак, үстүндөгүлөрдү убайма кылбайбыз - дешет. Эгерде үстүндөгүлөр аларды ушундай кыла бергиле деп таштап койсо, алардын баары кеме менен чөгүп кетет. А эгер аларды мындай кылуудан кайтарып, тыйышса, эки топ тең аман калат.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Коомчулукту сактоодо, анын жамандыктан оолак болуусуна жакшылыкка чакыруу жана жамандыктан кайтаруунун ролу чоң.
 Таалим берүүнүн (таасирдүү) жолдорунун бири мисал келтирип салыштыруу. Мындайда даана сүрөттөө болгондуктан, маани акылга бат жетет.
 Эч кандай тыюусуз ачык аткарылып жаткан жаман иш - коомго зыянын тийгизе турган бузукулук болуп эсептелет.
 Коомчулуктун кыйроосу - жер бетинде бузукулукту тараткан жаман иш кылуучуларды тыйбай коюунун натыйжасы.
 Ниет туура болуп туруп, туура эмес аракет кылуу амалдын туура экендигин билдирбейт.
 Мусулман коомундагы жоопкерчилик жалпы баарына тиешелүү, жеке бир адамга байланган эмес.
 Жеке аткарылган күнөөнү эч ким тыйбаса, анын азабы жалпыга бирдей болот.
 Жаман иштерди кылуучулар кылган иштерин коомчулукка жакшы иш катары көрсөтүшөт, эки жүздүүлөр сыяктуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3341</t>
   </si>
   <si>
     <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
-    <t>«Улуу Аллах Таала айтты: «Мен ширк келтирген шериктерге муктаж эмесмин. Ким Мага иш-аракетти кылууда башканы шерик кошсо, анда Мен аны ошол ширкине таштаймын.*@</t>
+    <t>«Улуу Аллах Таала айтты: «Мен ширк келтирген шериктерге муктаж эмесмин. Ким Мага иш-аракетти кылууда башканы шерик кошсо, анда Мен аны да, ошол ширкин да таштаймын.*@</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, рываят кылган хадисте Аллахтын элчиси, саллалаху алейхи уа саллам, айтты: «Улуу Аллах Таала айтты: «Мен ширк келтирген шериктерге муктаж эмесмин. Ким Мага иш-аракетти кылууда башканы шерик кошсо, анда Мен аны ошол ширкине таштаймын.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Улуу Аллах Таала айтты: «Мен ширк келтирген шериктерге муктаж эмесмин. Ким Мага иш-аракетти кылууда башканы шерик кошсо, анда Мен аны да, ошол ширкин да таштаймын.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таала ширк келтирген шериктерге муктаж эмес. Бардык нерсе Аллахка муктаж. Ал эч бир нерсеге муктаж эмес экендигин баяндап жатат. Эгерде инсан кандайдыр бир ибадат кылып, ниетинде Аллах үчүн жана башка бирөө үчүн болсо, анда Аллах аны кабыл кылбастан, аны шерик кылган нерсесине таштап, ширкин кайра ээсине кайтарып коёрун кабарлап жатат. Ошондуктан иш-аракеттерди ихлас менен Аллах үчүн кылуу зарыл. Анткени Аллах ихлас менен аткарылган иш-аракеттерди гана кабыл кылат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала ширк келтирген шериктерге муктаж эмес. Бардык нерсе Аллахка муктаж. Ал эч бир нерсеге муктаж эмес экендигин баяндап жатат. Эгерде инсан кандайдыр бир ибадат кылып, ниетинде Аллах үчүн жана башка бирөө үчүн болсо, анда Аллах аны кабыл кылбастан, аны таштап, ширкин кайра ээсине кайтарып коёрун кабарлап жатат. Ошондуктан иш-аракеттерди ихлас менен Аллах үчүн кылуу зарыл. Анткени Аллах ихлас менен аткарылган иш-аракеттерди гана кабыл кылат.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Ширктин бардык түрүнөн алыс болуу. Ширк себептүү иш-аракеттер кабыл болбойт.
 Аллах улуу жана эч кимге муктаж эмес экендигин эстеп жүрүү иш-аракеттерди ихлас менен аткарууга жардам берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3342</t>
   </si>
   <si>
     <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
   </si>
   <si>
     <t>Кыямат күнү бир киши алып келинип тозокко ташталат. Анын ичеги-карды чубалып калат. Анан ал эшек тегирмендин ташын айлантып тегеренген сыяктуу ичеги-кардын айланып калат</t>
   </si>
   <si>
     <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
   </si>
   <si>
     <t>Усама бин Зайддын (ага Аллах ыраазы болсун) айтымында, ага бирөөлөр: Сен Усманга кирип сүйлөшпөйсүңбү?  - дешет. Ал: Силер укпасаңар эле мен сүйлөшпөгөн боломбу? Аллахка ант болсун, мен аны менен бетме-бет сүйлөштүм. (Башчыга ар ким доомат артып кире бере турган) эшикти биринчи ачкан киши болуудан корком. Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) төмөнкү хадисти уккандан кийин, башчы болгон адамдардын эч бирин адамдардын жакшысы деп айтпайм. "Кыямат күнү бир киши алып келинип тозокко ташталат. Анын ичеги-карды чубалып калат. Анан ал эшек тегирмендин ташын айлантып тегеренген сыяктуу ичеги-кардын айланып калат. Анын айланасына тозоктун тургундары чогулат. Анан: Эй, баланча! Сага эмне болду!? Сен башкаларды жашылыкка чакырып, жамандыктан тыят элең го? - деп сурашат. Ал айтат: Ооба, чындап  башкаларды жакшылыкка чакырчумун, бирок өзүм аткарчу эмесмин. жамандыктан кайтарчумун, бирок өзүм кыла берчүмүн".</t>
   </si>
   <si>
@@ -2737,78 +2737,78 @@
   </si>
   <si>
     <t>Усама бин Зайдга (ага Аллах ыраазы болсун): Усман бин Аффанга (ага Аллах ыраазы болсун) кирип адамдардын арасына жайылып жаткан фитна тууралуу айтпайсыңбы деп айтышат. Усама: Ага кирип жашыруун сүйлөшкөнүн айтат. Анткени, ал башчыга эл көзүнчө ачык каяша кылууну каалаган эмес. Андай кылса, халифаны кемсинтүүгө себеп болуп калмак жана буга чейин эч ким ача элек фитнанын эшигин ачкан болмок.
 Андан кийин Усама (ага Аллах ыраазы болсун): ал амирлерге  жашыруун насаат кыларын, падышага да кошомат кылбастыгын, аларды жалгандан беттерине мактабастыгын айтат. Анткени ал  пайгамбардын (ага Аллахтын тынчтыгы жана макоосу болсун) минтип айтканын уккан: кыямат күнү бир кишини алып келип, тозокко ташташат. Азаптын оордугунан жана ысыктын катуулугунан анын ичеги-карды дароо эле чубалып калат. Анан ал тегирмендин ташын айланып тегеренген эшек сыяктуу өзүнүн ичеги-кардын тегерене баштайт. Анын айланасына тозоктун тургундары чогулуп: "Эй, баланча, сен башкаларды жакшлыкка буйруп, жамандыктан тыят элең го?!" - деп сурашат.
 Ал минтип айтат: Мен башкаларды жакшылыкка буйруйт элем, бирок өзүм аткарбайт элем. Жамандыктан тыят элем, бирок өзүм аткара берет элем.</t>
   </si>
   <si>
     <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
 الوعيد الشديد لمن يخالف قولُه فعلَه.
 الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
 ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
   </si>
   <si>
     <t>Негизинде башчыларга насаат айтканда жалпы элдин алдында эмес, жеке өзүнө айткан оң.
 Айткан сөзүнө кылган иши төп келбегендерге катуу азап убада кылынган.
 Башчыларга жумшак мамиле кылып, аларды жакшылыкка үндөп, жамандыктан кайтаруунун адеби ушундай.
 Башчынын алдында аны жалган мактоо, ага кошомат кылуу жана анын жашыруун ишин ачыкка чыгаруу жакшы эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3345</t>
   </si>
   <si>
     <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
-    <t>«Пайгамбар, саллаллаху алейхи уа салламдын, көзү өтөөрдөн беш күн алдын мындай деп айтканын укканмын: «Аллахтан силердин араңардан кимдир бирөө мага халил (1) болуусунан коргоо сураймын. Чындыгында, Аллах Ибрахим, алейхис саламды, Өзүнө халил кылып алгандай мени да өзүнө халил кылып алды. Эгерде мен үммөтүмдөн кимдир бирөөнү өзүмө халил кылып алтурган болсом, анда Абу Бакрды халил кылып алмакмын. Силерден алдыңкы коомдор пайгамбарларынын жана солих адамдарынын кабырларын мечит кылып алышпадыбы?!. Силер кабырларды мечит кылып албагыла. Мен силерди андай кылуудан тыямын».*@</t>
+    <t>«Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) көзү өтөөрдөн беш күн алдын мындай деп айтканын укканмын: «Аллахтан силердин араңардан кимдир бирөө мага халил (1) болуусунан коргоо сураймын. Чындыгында, Аллах Ибрахим, алейхис саламды, Өзүнө халил кылып алгандай мени да өзүнө халил кылып алды. Эгерде мен үммөтүмдөн кимдир бирөөнү өзүмө халил кылып ала турган болсом, анда Абу Бакрды халил кылып алмакмын. Силерден алдыңкы коомдор пайгамбарларынын жана солих адамдарынын кабырларын мечит кылып алышпадыбы?!. Силер кабырларды мечит кылып албагыла. Мен силерди андай кылуудан тыямын».*@</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
-    <t>Жундуб, радыяллаху анху, айтты: «Пайгамбар, саллаллаху алейхи уа салламдын, көзү өтөөрдөн беш күн алдын мындай деп айтканын укканмын: «Аллахтан силердин араңардан кимдир бирөө мага халил (1) болуусунан коргоо сураймын. Чындыгында, Аллах Ибрахим, алейхис саламды, Өзүнө халил кылып алгандай мени да өзүнө халил кылып алды. Эгерде мен үммөтүмдөн кимдир бирөөнү өзүмө халил кылып алтурган болсом, анда Абу Бакрды халил кылып алмакмын. Силерден алдыңкы коомдор пайгамбарларынын жана солих адамдарынын кабырларын мечит кылып алышпадыбы?!. Силер кабырларды мечит кылып албагыла. Мен силерди андай кылуудан тыямын».</t>
+    <t>Жундуб (Аллах андан ыраазы болсун) айтты: «Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) көзү өтөөрдөн беш күн алдын мындай деп айтканын укканмын: «Аллахтан силердин араңардан кимдир бирөө мага халил (1) болуусунан коргоо сураймын. Чындыгында, Аллах Ибрахим, алейхис саламды, Өзүнө халил кылып алгандай мени да өзүнө халил кылып алды. Эгерде мен үммөтүмдөн кимдир бирөөнү өзүмө халил кылып ала турган болсом, анда Абу Бакрды халил кылып алмакмын. Силерден алдыңкы коомдор пайгамбарларынын жана солих адамдарынын кабырларын мечит кылып алышпадыбы?!. Силер кабырларды мечит кылып албагыла. Мен силерди андай кылуудан тыямын».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтын алдында халил макамына ээ экенин, ал халил макамы жакшы көрүүнүн эң жогорку даражасы экенин жана ага Ибрахим пайгамбар жеткендей пайгамбарыбыз да жеткенин кабар берди. Ошондуктан Пайгамбар өзүнө Аллахтан башканы халил болуусун тыйган. Анткени анын жүрөгү Аллах Тааланы сүйүүгө, улуктоого, жана Аны таанып билүүгө толгон болчу. Ошондуктан ал жүрөгүнө Аллахтан башка эч кимди батырган эмес. Эгерде Пайгамбар, саллаллаху алейхи уа саллам, адамдардан кимдир бирөөнү халил кылып алтурган болса, анда Абу Бакр, радыяллаху анхуну, халил кылып алмак. Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, бирөөнү жакшы көрүүдө уруксат берилген чектен Яхудийлер жана христиандар сыяктуу  ашып кетүүдөн эскертти. Алар пайгамбарларын жана салих адамдарын чектен чыгып сүйгөндүктөрү себептен алардын кабырын сыйынуучу кудайча кылып алышты. Алардын кабырларына мечиттерди жана ибадатканаларды тургузушту. Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнү яхудийлер жана христиандар  аткарган нерселерден кайтарды.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын алдында халил макамына ээ экенин, ал халил макамы жакшы көрүүнүн эң жогорку даражасы экенин жана ага Ибрахим пайгамбар жеткендей пайгамбарыбыз да жеткенин кабар берди. Ошондуктан Пайгамбар өзүнө Аллахтан башканы халил болуусун тыйган. Анткени анын жүрөгү Аллах Тааланы сүйүүгө, улуктоого, жана Аны таанып билүүгө толгон болчу. Ошондуктан ал жүрөгүнө Аллахтан башка эч кимди батырган эмес. Эгерде Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардан кимдир бирөөнү халил кылып ала турган болсо, анда Абу Бакрды (Аллах андан ыраазы болсун) халил кылып алмак. Андан кийин Пайгамбар (Аллах андан ыраазы болсун) бирөөнү жакшы көрүүдө уруксат берилген чектен Яхудийлер жана христиандар сыяктуу  ашып кетүүдөн эскертти. Алар пайгамбарларын жана салих адамдарын чектен чыгып сүйгөндүктөрү себептен алардын кабырын сыйынуучу кудайча кылып алышты. Алардын кабырларына мечиттерди жана ибадатканаларды тургузушту. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүнү яхудийлер жана христиандар  аткарган нерселерден кайтарды.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
-    <t>Абу Бакр, радыяллаху анхунун, пазилеттүүлүгү жана сахабалардын арасынан эң абзели. Пайгамбар, саллаллаху алейхи уа саллам, көз жумгандан кийин жалпы адамдардын арасынан анын ордуна халиф болууга татыктуу адам.
+    <t>Абу Бакрдын (ага Аллахтын тынчтыгы жана мактоосу болсун) пазилеттүүлүгү жана сахабалардын арасынан эң абзели. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) көз жумгандан кийин жалпы адамдардын арасынан анын ордуна халиф болууга татыктуу адам.
 Кабырдын үстүнө мечит куруу мурунку өткөн коомдордо да тыюу салынган иштерден.
 Адамдар ширкке түшүп калуу коркунучу болгондуктан кабырды ибадат кылуучу жайга  айландыруу, анын жанында же ага карап намаз окуу жана анын үстүнө мечит куруу же күмбөз тургузуу тыюу салынган.
 Салих адамдарды чектен ашырып сыйлоо ширкке алып баргандыгы үчүн андан сактануу керек.
-Пайгамбар, саллаллаху алейхи уа саллам, эскерткен күнөөлөрдүн акыбети өтө коркунучтуу болгондуктан, өлүмүнөн беш күн алдын үммөтүн бул күнөөлөрдөн кескин тыйып баса белгиледи.</t>
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эскерткен күнөөлөрдүн акыбети өтө коркунучтуу болгондуктан, өлүмүнөн беш күн алдын үммөтүн бул күнөөлөрдөн кескин тыйып баса белгиледи.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3347</t>
   </si>
   <si>
     <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>Мен маази суусу көп аккан киши элем. Анын күйөө баласы болгонум үчүн пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) (бул тууралуу) суроодон уялып жүрдүм. Анан Микдад бин ал-Асвадды сурап келүүгө жибердим. (Сураса), ал: "Аспабын жууп, анан даарат алат" - дептир</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>Али (ага Аллах ыраазы болсун) айтат: Мен маази суусу көп аккан киши элем. Анын күйөө баласы болгонум үчүн пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) (бул тууралуу) суроодон уялып жүрдүм. Анан Микдад бин ал-Асвадды сурап келүүгө жибердим. (Сураса), ал: "Аспабын жууп, анан даарат алат" - дептир. Бухариде: "Даарат ал жана аспабыңды жуу" - деп келген.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>Али бин Абу Талиб (ага Аллах ыраазы болсун) ал маази суусу көп аккан киши болгонун айтат. Маази суусу - ак түстө, суюк, илешкээк суу, ышкы кумары козголгондо же жыныстык катнаштан мурда агып чыгат. Ал маази суусу агып чыккандан кийин эмне кылуу керектигин билбей, ал тууралуу пайгамбардан (ага Аллахтын тынчтыгы жана мактосу болсун) суроодон уялат. Анткени аялы Фатима пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) кызы эле. Анан ал тууралуу пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) сурап келүүнү Микдад бин ал-Асваддан суранат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Аспабын жууп анан даарат алсын - деп жооп берет.</t>
@@ -2820,73 +2820,73 @@
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Алинин (ага Аллах ыраазы болсун) артыкчылыгы белгилүү болот, анын уялуусу ортомчу аркылуу болсо да суроодон тыйган жок.
 Фатва суроодо бирөөнү жиберүү жайыз.
 Көпчүлүктүн пайдасы үчүн өзү тууралуу уяттуу нерсени айтуу жайыз.
 Маази суусу булганыч (нажас), ал жуккан денени жана кийимди жуу керек.
 Маази суусунун чыгуусу дааратты бузуучулардын бири.
 Эркектик мүчөнү жана эки жумуртканы жуу важыб, бул тууралуу башка хадисте айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3348</t>
   </si>
   <si>
     <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Үйүңөрдү мүрзөгө айлантып албагыла. Менин кабырымды кез-кезде ибадат кылуучу жай кылып албагыла. Мага салават айткыла. Чындыгында, силер кайсыл жерде болсоңорда силердин салаватыңар мага жетип турат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, рываят кылган хадисте Аллахтын элчиси, саллалаху алейхи уа саллам, айтты: «Үйүңөрдү мүрзөгө айлантып албагыла. Менин кабырымды кез-кезде ибадат кылуучу жай кылып албагыла. Мага салават айткыла. Чындыгында, силер кайсыл жерде болсоңорда силердин салаватыңар мага жетип турат».</t>
+    <t>Абу Хурайра (ага Аллахтын тынчтыгы жана мактоосу болсун) риваят кылган хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Үйүңөрдү мүрзөгө айлантып албагыла. Менин кабырымды кез-кезде ибадат кылуучу жай кылып албагыла. Мага салават айткыла. Чындыгында, силер кайсыл жерде болсоңорда силердин салаватыңар мага жетип турат».</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, үйлөрдө намаз окулбай калуудан тыйды. Үйлөрдө намаз окулбай калса, анда алар намаз окулбаган кабырлар сыяктуу болуп калат. Ошондой эле кабырын кайра-кайра зыярат кылуудан жана анын тегерегинде кез-кезде жыйналууну адат кылуудан тыйды. Анткени бул нерселер ширк кылууга жол ачат. Пайгамбар, саллаллаху алейхи уа саллам, жердин кайсыл бурчунан болбосун салават айтууга буйруду. Анткени айтылган салават алыстан же жакындан болсун, ага жетип турат. Салават айтуу үчүн Пайгамбардын кабырына баруунун зарылчылыгы жок.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) үйлөрдө намаз окулбай калуудан тыйды. Үйлөрдө намаз окулбай калса, анда алар намаз окулбаган кабырлар сыяктуу болуп калат. Ошондой эле кабырын кайра-кайра зыярат кылуудан жана анын тегерегинде кез-кезде жыйналууну адат кылуудан тыйды. Анткени бул нерселер ширк кылууга жол ачат. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жердин кайсыл бурчунан болбосун салават айтууга буйруду. Анткени айтылган салават алыстан же жакындан болсун, ага жетип турат. Салават айтуу үчүн Пайгамбардын кабырына баруунун зарылчылыгы жок.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Үйлөрдө Аллахка ибадат кылбай калуудан тыйды.
-Пайгамбар, саллаллаху алейхи уа салламдын, кабырын зыярат кылуу үчүн сапар кылуу тыюу салынган. Анткени Пайгамбар салават айтууга буйруган жана кайсыл жерден салават айтылбасын, ага жетип турарын кабар берген. Чындыгында, пайгамбардын мечитин жана анда намаз окууну ниет кылгандыгы үчүн ал мечитке  сапар кылынат.
-[...2 lines deleted...]
-Сахабалардын учурунда мүрзөдө намаз окууга бекемделип тыюу салынган. Ошондуктан Пайгамбар, саллаллаху алейхи уа саллам, үйлөрдө намаз окулбастан мүрзө сыяктуу болуп калуудан кайтарган.</t>
+Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) кабырын зыярат кылуу үчүн сапар кылуу тыюу салынган. Анткени Пайгамбар салават айтууга буйруган жана кайсыл жерден салават айтылбасын, ага жетип турарын кабар берген. Чындыгында, пайгамбардын мечитин жана анда намаз окууну ниет кылгандыгы үчүн ал мечитке  сапар кылынат.
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кабырын, ошондой эле башка кабырларды өзгөчөлөп, өзгөчө бир убакыттарда кез-кези менен аларды кайра-кайра зыярат кылуу тыюу салынган.
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын алдында өтө чоң кадыр-баркка ээ болгондуктан ага бардык учурда, ар тараптан  салават айтууга шариятта уруксат берилди.
+Сахабалардын учурунда мүрзөдө намаз окууга бекемделип тыюу салынган. Ошондуктан Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) үйлөрдө намаз окулбастан мүрзө сыяктуу болуп калуудан кайтарган.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[Абу Дауд жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3350</t>
   </si>
   <si>
     <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>Аллах каалады жана баланча каалады" деп айтпагыла. Анын ордунда: "Аллах каалады андан кийин баланча каалады" - дегиле</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>Хузайфанын (ага Аллах ыраазы болсун) риваятында, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах каалады жана баланча каалады" деп айтпагыла. Анын ордунда: "Аллах каалады андан кийин баланча каалады" - дегиле".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
@@ -2975,57 +2975,57 @@
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Бул пайгамбардын пайгамбарлык белгилеринин бири. Анткени буларды ал боло элегинде айткан. Кийин дал ошондой болду.
 Мусулмандарга каапырларды алардын акыйдасында болобу, ибадатында болобу, майрамдарында болобу же өздөрүнө тиешелүү иштеринде болобу, ээрчүүгө тыюу салынган.
 Маанилүү жагынан айтылган иштерди материалдык нерселер менен салыштырып түшүндүрүү Ислам таалиминин ыкмаларынын бири.
 Добб (шипохвост, кескелдирик): ийни өтө тар, жыты жагымсыз жаныбар. Чөлдө көп кездешет. Анын ийинин мисал кылганы: анын өтө тардыгы жана жагымсыздыгы үчүн. Ошого карабай, алардын изи менен басып, жолу менен жүрүшөт. Ушул сыяктуу тар, жагымсыз жерге киришсе, алардын артынан киришет. Алла Өзү сактасын.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3355</t>
   </si>
   <si>
     <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Ким Аллахтан башкага ант ичсе, анда ал каапырлык кылган болот же ширк кылган болот</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
-    <t>Ибн Умар, радыяллаху анхума, бир кишинин мындай деп айтып жатканын угуп калат. Ал киши: «Жок, Каабага ант болсун!» - дейт. Ошондо Ибн Умар мындай деп айтат: «Аллахтан башкага ант ичилбейт. Чындыгында, мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын укканмын: «Ким Аллахтан башкага ант ичсе, анда ал каапырлык кылган болот же ширк кылган болот».</t>
+    <t>Ибн Умар (Аллах алардан ыраазы болсун) бир кишинин мындай деп айтып жатканын угуп калат. Ал киши: «Жок, Каабага ант болсун!» - дейт. Ошондо Ибн Умар мындай деп айтат: «Аллахтан башкага ант ичилбейт. Чындыгында, мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын укканмын: «Ким Аллахтан башкага ант ичсе, анда ал каапырлык кылган болот же ширк кылган болот».</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтан жана анын ысым-сыпаттарынан башкага ант ичкен адам Аллахка каапырлык кылганын же ширк кылганын кабар берип жатат. Себеби ант ичүү ант ичкен нерсени улуктоону талап кылат. Чындыгында, бардык улуулук Жалгыз Аллахка гана таандык. Ошондуктан бир гана Аллахка же анын ысым-сыпаттары менен гана ант ичүүгө болот. Аллахтан башкага ант ичүү кичине ширк (2) болот. Эгерде ант ичкен адам ант ичкен нерсесин Аллахты улуктагандай же андан ашырып улуктаса, анда ал учурда чоң ширк болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтан жана анын ысым-сыпаттарынан башкага ант ичкен адам Аллахка каапырлык кылганын же ширк кылганын кабар берип жатат. Себеби ант ичүү ант ичкен нерсени улуктоону талап кылат. Чындыгында, бардык улуулук Жалгыз Аллахка гана таандык. Ошондуктан бир гана Аллахка же анын ысым-сыпаттары менен гана ант ичүүгө болот. Аллахтан башкага ант ичүү кичине ширк (2) болот. Эгерде ант ичкен адам ант ичкен нерсесин Аллахты улуктагандай же андан ашырып улуктаса, анда ал учурда чоң ширк болот.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Улуктап ант ичүү Аллах Тааланын акысы болгондуктан, Аллах жана анын ысым-сыпаттары менен гана ант ичүүгө болот.
 Сахабалар жакшылыкка чакырып жамандыктан кайтарууга өтө дилгир болушкан, өзгөчө ал каапырлыкка же ширкке байланыштуу жаман иштер болсо.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3359</t>
   </si>
   <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>Ыймандуу болмоюнча бейишке кире албайсыңар жана бири-бириңди жакшы көрмөйүнчө ыймандуу боло албайсыңар. Оболу, мен силерге бир нерсени айтайын, эгер ошону аткарсаңар бири-бириңерди жакшы көрөсүңөр: "Араңарда саламды жайылткыла</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ыймандуу болмоюнча бейишке кире албайсыңар жана бири-бириңди жакшы көрмөйүнчө ыймандуу боло албайсыңар. Оболу, мен силерге бир нерсени айтайын, эгер ошону аткарсаңар бири-бириңерди жакшы көрөсүңөр: "Араңарда саламды жайылткыла".</t>
   </si>
   <si>
@@ -3178,57 +3178,57 @@
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сол колу менен жеп жаткан адамды көрүп, аны оң колу менен жегенге буйруду. Тиги киши текебердик менен оң колу менен жей албастыгын айтып жалган сүйлөйт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага оң колу менен тамак жей албай калуусун тилеп дуба кылат. Аллах Таала пайгамбарынын дубасын кабыл кылып, тиги кишинин оң колу шал болуп, ошондон кийин ал колу тамагын же суусундугун оозуна чейин көтөрө албай калат.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Тамакты оң кол менен жеген важыб, сол кол менен жеген арам.
 Шарият өкүмдөрүн аткарууда текеберлик кылуу, мындай кылган кишини жазага ылайык кылат.
 Аллах Таала пайгамбарынын дубасын кабыл кылуу менен аны урматтайт.
 Жакшылыкка үндөп, жамандыктан тыюуну бардык учурда  аткаруу керек, атүгүл, тамактанган учурда да.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3372</t>
   </si>
   <si>
     <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
-    <t>Ким туура жолго багыт берсе, ал аны ээрчиген адамдардай эле сооп алат, мындан тигилердин сообу да кемип калбайт</t>
+    <t>Ким туура жолго чакырса, ал аны ээрчиген адамдардай эле сооп алат, мындан тигилердин сообу да кемип калбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким туура жолго багыт берсе, ал аны ээрчиген адамдардай эле сооп алат, мындан тигилердин сообу да кемип калбайт . Ал эми ким адашууга багыт берсе, аны ээрчип адашкандардын күнөөсүндөй күнөөгө батат, мындан тигилердин күнөөсү да кемибейт".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким туура жолго чакырса, ал аны ээрчиген адамдардай эле сооп алат, мындан тигилердин сообу да кемип калбайт . Ал эми ким адашууга чакырса, аны ээрчип адашкандардын күнөөсүндөй күнөөгө батат, мындан тигилердин күнөөсү да кемибейт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Ким адамдарды туура жолго колу менен болобу, тили менен болобу багыт берип үндөсө, же кызыктырса, аны ээрчиген адамдар ала тургандай соопко ээ болорун, мындан ал көрсөткөн жолго түшкөндөрдүн сообу кемибестигин баяндап айткан. Ал эми ким адамдарды колу менен же тили менен, күнөөгө же адал эмес иштерге алып бара турган туура эмес жаман жолго багыт берип, жол көрсөтсө, аны ээрчиген адамдар ала тургандай күнөөгө ээ болот. Мындан ал көрсөткөн жолго түшүп алгандардын күнөөсү да кемибейт.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>Азбы, көппү, жол көрсөтүп туура жолго үндөөнүн артыкчылыгы. Кайсы бир ишке жол көрсөтүүчү ошол ишти иш жүзүндө аткарган адамдай эле сооп алат. Бул Аллахтын пазилетинин улуулугу жана берешендигинин толуктугунун белгиси.
 Азбы, көппү, адаштыра турган жолго үндөөнүн корунучтуулугу. Анткени, мындай жолго чакырган адам, ошол ишти кылган адамдын күнөөсүндөй эле күнөөкөр болот.
 Жаза - иштин жынысына жараша болот. Ким жакшы ишке үндөсө, аны аткарган адамдын сообундай сооп алат. Ал эми ким жаман ишке үндөсө, аны аткарган адамдын күнөөсүндөй күнөөгө батат.
 Мусулман адам башкалардын көзүнчө күнөө кылып, анан аны бирөө туурап алуусунан этият кылуусу керек. Анткени, аны туураган адамды ал күнөөгө үндөбөсө деле, анын себебинен күнөөкөр болуп калат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3373</t>
   </si>
   <si>
     <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
@@ -3243,109 +3243,109 @@
     <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Адамдардын эң жаманы - Кыямат кайым болгондо тирүү болгондор жана мүрзөлөрдү мечитке (ибадатканага) айландырып алгандар".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактосу болсун) адамдардын эң жамандары тууралуу айткан. Алар кыямат кайымдын болгонун көргөн адамдар. Ошондой эле мүрзөлөрдү мечит кылып, анын үстүндө же ага жүздөнүп намаз окугандар.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Кабыр үстүнө мечит куруу арам, тыюу салынган. Анткени, бул ширкке алып барат.
 Кабырда мечит жок болсо да намаз окуу арам, тыюу салынган. Анткени, мечит деген сөз сажда кылына турган жай дегенди билдирет, имарат жок болсо да сажда кылынган жер мечит болуп эсептелет.
 Салих адамдардын кабырларын анда намаз окуу үчүн мечит кылып алгандар - адамдардын эң жамандары. Алар мындай кылуудагы максаты Аллага жакындоо деп эсептешсе дагы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3375</t>
   </si>
   <si>
     <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
-    <t>Менин силер үчүн корккон нерселеримдин эң коркунучтуусу - кичине ширк". "Кичине ширк деген эмне?" - дешти. Аллахтын элчичи мындай деди: "Рия</t>
+    <t>Менин силер үчүн корккон нерселеримдин эң коркунучтуусу - кичине ширк". "Кичине ширк деген эмне?" - дешти. Аллахтын элчиси мындай деди: "Рия</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
-    <t>Махмуд бин Лабид (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Менин силер үчүн корккон нерселеримдин эң коркунучтуусу - кичине ширк". "Кичине ширк деген эмне?" - дешти. Аллахтын элчичи мындай деди: "Рия. Кыямат күнү адамдар иш-амалдарынын жаза, сыйын алганда, Улук Алла Таала аларга: "Дүйнө жашоосунда иш-амалдарыңарды рия кылып көрсөткөн адамдарга барып карагылачы, аларда силерге бере турган сыйды таба алар бекенсиңер!?" дейт.</t>
+    <t>Махмуд бин Лабид (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Менин силер үчүн корккон нерселеримдин эң коркунучтуусу - кичине ширк". "Кичине ширк деген эмне?" - дешти. Аллахтын элчиси мындай деди: "Рия. Кыямат күнү адамдар иш-амалдарынын жаза, сыйын алганда, Улук Алла Таала аларга: "Дүйнө жашоосунда иш-амалдарыңарды рия кылып көрсөткөн адамдарга барып карагылачы, аларда силерге бере турган сыйды таба алар бекенсиңер!?" дейт.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтү үчүн эң корккон иш: кичине ширк экенин кабарлаган. Ал: Рия, б.а. адамдар үчүн амал кылуу. Андан кийин рия кылган адамдардын кыямат күнүндөгү жазасын кабарлаган. Аларга "Ким үчүн амал кылган болсоңор, ошого баргыла жана карагыла, алар силерге амалыңарга жараша сооп бере алар бекен" деп айтылат.</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>Амалды Аллахка чын ыклас менен аткаруу жана риядан сактануу ваажыб.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүнө өтө боорукер болгон жана аларга туура жолду көрсөтүүгө, насаат кылууга катуу умтулган.
 Салихтердин башында турган сахабаларга пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ушинтип айтып, корккон болсо, анда алардан кийинкилерге андан да коркунучтуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3381</t>
   </si>
   <si>
     <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
     <t>Жамандыкка жоруу - ширк, жамандыкка жоруу - ширк, жамандыкка жоруу - ширк" деп үч жолу (айткан). Бизде бул (жоруму жаман ырымдар) бар, бирок тобокел кылуу менен Аллах аны кетирет</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
-    <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жамандыкка жоруу - ширк, жамандыкка жоруу - ширк, жамандыкка жоруу - ширк" деп үч жолу (айткан). Бизде бул (жоруму жаман ырымдар) бар, бирок тобокел кылуу менен Аллах аны кетирет.</t>
+    <t>Абдуллах бин Масъуд (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жамандыкка жоруу - ширк, жамандыкка жоруу - ширк, жамандыкка жоруу - ширк" деп үч жолу (айткан). Бизде бул (жоруму жаман ырымдар) бар, бирок тобокел кылуу менен Аллах аны кетирет.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) куш учуруудан (ырым кылуудан) катуу эскертип тыйган. Бул, уккан-көргөн нерсенин баарынан жаман жышаан издөө, мисалы: куштардан, айбанаттардан, майыптардан, сан-санактан, күндөрдөн ж.б. нерселерден. Ал эми куш учуруу деп баса берлгилеп айтканынын себеби, исламга чейинки доордо жоромол кылуунун ушул түрү өтө кенен жыйылган болчу. Мунун негизи мындай: Бирөө сапарга чыкмакчы болсо же соодо кылмакчы болсо, жа дагы башка бир ишке киришерде куш учуруп көрөт. Эгерде койо берген кушу оң тарапка учуп кестсе, аны жакшылыкка жоруп, ишине кирише берген. А эгер куш сол тарапка учуп кетсе, аны жамандыкка жоруп, баштай турган ишин кылбай токтотуп койгон. Мындай кылуу ширк экенин кабарлаган. Чынында, жаман жышаан издөө ширк. Анткени, жакшылыкты Аллах Таала гана берет, жамандыкты да бир гана эч шериги жок Жалгыз Аллах кетирет.
-Анан Ибн Масъуд (ага Аллах ыраазы болсун) кээде мусулман адамдын дилине деле мындай жамандыкка жоруу кылт этип келээрин, бирок аны Аллахка тобокел кылуу жана себептерин аткаруу менен жок кылуу керектигин эскерип өткөн.</t>
+Анан Ибн Масъуд (Аллах андан ыраазы болсун) кээде мусулман адамдын дилине деле мындай жамандыкка жоруу кылт этип келээрин, бирок аны Аллахка тобокел кылуу жана себептерин аткаруу менен жок кылуу керектигин эскерип өткөн.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Жамандыкка жоруу - ширк; анткени, мында жүрөк Аллахтан башкага байланып калат.
-Журөктөргө жетип, бекем орун алуусу үчүн маанилүү маселенин кайра-кайра кайталап айтуунун зарылдыгы.
+Жүрөктөргө жетип, бекем орун алуусу үчүн маанилүү маселенин кайра-кайра кайталап айтуунун зарылдыгы.
 Жаман жышаан издеген (ишеним) ырымдарды Аллахка болгон тобокелчилик жок кылат.
 Жалгыз Аллахка гана тобокел кылып, жүрөктү Ага байлоо керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3383</t>
   </si>
   <si>
     <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>Анан ага: Сен биздин төрөбүзсүң - десек, ал: "Төрө - Аллах" - деди. Биз: Даража жагынан бийигибиз, берешендик жагынан артыгыбызсың - дедик. Ал: "Ушинтип айтсаңар болот, же мындан да азыраак айткыла. Шайтан силерди өкүл кылып албасын" - деди</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>Абдуллах бин Шиххир (ага Аллах ыраазы болсун) айтат: Бану Амир тобунан бир топ киши менен Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) бардым. 
  Анан ага: Сен биздин төрөбүзсүң - десек, ал: "Төрө - Аллах" - деди. Биз: Даража жагынан бийигибиз, берешендик жагынан артыгыбызсың - дедик. Ал: "Ушинтип айтсаңар болот, же мындан да азыраак айткыла. Шайтан силерди өкүл кылып албасын" - деди.</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
@@ -3367,147 +3367,147 @@
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабалары үчүн кадыры жогору болгон жана сахабалар аны урматтап, сыйлаган.
 Сөздөрдү кооздоп сүйлөөдөн тыюу жана үнөмдүү сүйлөө (зарыл).
 Тавхидди аны бузуучу сөздөрдөн жана иштерден сактоо.
 Мактоодо чектен ашырып жиберүүдөн тыюу, анткени бул шайтанга эшик ачат.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамзаттын төрөсү. Ал эми жогорудагы хадисте айтылгандар, анын кичипейилдигинен жана тигилердин бул иште чектен чыгып кетүүсүнөн чочулаганынан кабар берет.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[Абу Дауд жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3389</t>
   </si>
   <si>
     <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>«Сен китеп ээлеринен болгон коомго барасын. Аларга барганыңда аларды: «Аллахтан башка сыйынууга татыктуу кудай жок жана Мухаммад Аллахтын элчиси» - деп күбөлүк берүүгө чакыр. Эгер алар аны кабыл кылышса, анда Аллах аларга бир күндө беш убак намазды парз кылгандыгын кабар бергин. Эгер алар аны кабыл кылышса, анда Аллах алардын байларынан алынып кедейлерине бериле турган зекетти парз кылгандыгын кабар бергин. Эгерде алар аны кабыл кылышса, зекетке алардын эң жакшы малын алып коюудан алыс бол. Зулум чеккен адымдын дубасынан сактан. Анткени анын дубасы менен Аллахтын ортосунда тосмо жок.@*</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
-    <t>Ибн Аббас, радыяллаху анхума, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, Муьаз ибну Жабалды Йеменге жөнөтүп жатканда ага мындай деп айтты: «Сен китеп ээлеринен болгон коомго барасын. Аларга барганыңда аларды: «Аллахтан башка сыйынууга татыктуу кудай жок жана Мухаммад Аллахтын элчиси» - деп күбөлүк берүүгө чакыр. Эгер алар аны кабыл кылышса, анда Аллах аларга бир күндө беш убак намазды парз кылгандыгын кабар бергин. Эгер алар аны кабыл кылышса, анда Аллах алардын байларынан алынып кедейлерине бериле турган зекетти парз кылгандыгын кабар бергин. Эгерде алар аны кабыл кылышса, зекетке алардын эң жакшы малын алып коюудан алыс бол. Зулум чеккен адымдын дубасынан сактан. Анткени анын дубасы менен Аллахтын ортосунда тосмо жок.</t>
+    <t>Ибн Аббас (Аллах алардан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Муьаз ибну Жабалды Йеменге жөнөтүп жатканда ага мындай деп айтты: «Сен китеп ээлеринен болгон коомго барасын. Аларга барганыңда аларды: «Аллахтан башка сыйынууга татыктуу кудай жок жана Мухаммад Аллахтын элчиси» - деп күбөлүк берүүгө чакыр. Эгер алар аны кабыл кылышса, анда Аллах аларга бир күндө беш убак намазды парз кылгандыгын кабар бергин. Эгер алар аны кабыл кылышса, анда Аллах алардын байларынан алынып кедейлерине бериле турган зекетти парз кылгандыгын кабар бергин. Эгерде алар аны кабыл кылышса, зекетке алардын эң жакшы малын алып коюудан алыс бол. Зулум чеккен адымдын дубасынан сактан. Анткени анын дубасы менен Аллахтын ортосунда тосмо жок.</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Муьаз ибн Жабал, радыяллаху анхуну, Йемен жергесине Аллахка чакыруу үчүн жана динди үйрөтүү үчүн жиберип жатканда, ал христиан коому менен жолугушаарын жана алар менен жолугууга даяр болуусун кабарлады. Андан кийин аларга даават кылганда эң маанилүүсүнөн баштаарын айтты. Ошондуктан Муьаз ибну Жабал баштап аларды: «Аллахтан башка сыйынууга татыктуу кудай жок, Мухаммад Аллахтын элчиси» - деп күбөлүк беришип, акыйдаларын оңдоого чакырды. Анткени алар бул келимени айтуу менен Исламга киришет. Муьаз ибну Жабал алар Исламды кабыл алышканда аларды намаз окууга буйурду. Анткени намаз таухид келимесинен кийинки эң улуу парз. Андан кийин алар намазды окушканда, алардын байларына мал-мүлктөрүнүн зекетин кедейлерине берүүгө буйурду. Андан кийин Зекетке малдын эң жакшысын алуудан тыйды. Анткени малдын орточосунан алуу важип. Андан кийин Муьаз бин Жабалга зулум чеккен адам дуба кылбоо үчүн Пайгамбар, саллаллаху алейхи уа саллам, ага зулумдук кылуудан сактанууну насаат кылды. Анткени зулум чеккен адамдын дубасы сөзсүз кабыл болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Муьаз ибн Жабалды (Аллах андан ыраазы болсун) Йемен жергесине Аллахка чакыруу үчүн жана динди үйрөтүү үчүн жиберип жатканда, ал христиан коому менен жолугушаарын жана алар менен жолугууга даяр болуусун кабарлады. Андан кийин аларга даават кылганда эң маанилүүсүнөн баштаарын айтты. Ошондуктан Муьаз ибну Жабал баштап аларды: «Аллахтан башка сыйынууга татыктуу кудай жок, Мухаммад Аллахтын элчиси» - деп күбөлүк беришип, акыйдаларын оңдоого чакырды. Анткени алар бул келимени айтуу менен Исламга киришет. Муьаз ибну Жабал алар Исламды кабыл алышканда аларды намаз окууга буйурду. Анткени намаз таухид келимесинен кийинки эң улуу парз. Андан кийин алар намазды окушканда, алардын байларына мал-мүлктөрүнүн зекетин кедейлерине берүүгө буйурду. Андан кийин зекетке малдын эң жакшысын алуудан тыйды. Анткени малдын орточосунан алуу важип. Андан кийин Муьаз бин Жабалга зулум чеккен адам дуба кылбоо үчүн Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ага зулумдук кылуудан сактанууну насаат кылды. Анткени зулум чеккен адамдын дубасы сөзсүз кабыл болот.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>«Лаа илааха иллаллах» келимесинин мааниси жалгыз Аллахка гана ибадат кылуу жана Андан башкага ибадат кылууну таштоо.
 «Мухаммад расулуллах» келимесинин мааниси; Пайгамбарга, анын алып келген динине ыйман келтирип, аны тастыктоо жана ал Аллахтын адамзатка жиберген элчилеринин эң акыркысы экенине ыйман келтирүү.
-Аалымдын динде шек-күмөнү бар адам менен сүйлөшүүсү сабатсыз адам менен сүйлөшкандөй болбошу керек. Ошондуктан Пайгамбар, саллаллаху алейхи уа саллам, Муьазга: «Сен китеп ээлеринен болгон коомго барасын» - деп эскертти.
-[...1 lines deleted...]
-Яахудийлердин жана христиандардын дини Аллахтын Элчиси, саллаллаху алейхи уа саллам, жиберилгенден кийин жараксыз болду. Алар Ислам динин кабыл алып, Пайгамбар, саллаллаху алейхи уа салламга, ыйман келтирмейинче кыямат күнү тозоктон кутула алышпайт.</t>
+Аалымдын динде шек-күмөнү бар адам менен сүйлөшүүсү сабатсыз адам менен сүйлөшкөндөй болбошу керек. Ошондуктан Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Муьазга: «Сен китеп ээлеринен болгон коомго барасын» - деп эскертти.
+Мусулман адам шек-күмөндөн жана туура эмес түшүнүктөн арылуу үчүн илим алуу менен өз динин билүүсү зарыл.
+Яахудийлердин жана христиандардын дини Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жиберилгенден кийин жараксыз болду. Алар Ислам динин кабыл алып, Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) ыйман келтирмейинче кыямат күнү тозоктон кутула алышпайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3390</t>
   </si>
   <si>
     <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>Эй, адамдар, динде аша чаап кетүүдөн сактангыла. Анткени, силерден мурдагылар динде аша чапканы үчүн кыйрап жок болгон" - деди</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
-    <t>Ибн Аббас (ал экөөнө Аллах ыраазы болсун) айтат: Акабада таша ата турган күнү эртең менен төөсүнө минип бара жатып Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Мага таш алып берчи" - деди. Мен ага манжалары менен ыргыта тургандай жети таш алып бердим. Ал таштарды алаканына салып: "Ушундай (кичинекей) таштар менен (шайтанды) аткыла"- деди. Анан: "Эй, адамдар, динде аша чаап кетүүдөн сактангыла. Анткени, силерден мурдагылар динде аша чапканы үчүн кыйрап жок болгон" - деди.</t>
+    <t>Ибн Аббас (Аллах алардан ыраазы болсун) айтат: Акаба күнү эртең менен төөсүнө минип бара жатып Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Мага таш алып берчи" - деди. Мен ага манжалары менен ыргыта тургандай жети таш алып бердим. Ал таштарды алаканына салып: "Ушундай (кичинекей) таштар менен (шайтанды) аткыла"- деди. Анан: "Эй, адамдар, динде аша чаап кетүүдөн сактангыла. Анткени, силерден мурдагылар динде аша чапканы үчүн кыйрап жок болгон" - деди.</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
-    <t>Ибн Аббас (ага Аллах ыраазы болсун), коштошуу ажылыгында, курбандык күнү эртең менен Акабада таш атууга пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге барганын айтат. Аны жерден шайтанга атчу таштардан алып берүүгө буйруйт. Ал жети таш алып берет. Анын ар бири мысыр буурчагы же фундук көлөмүндө болчу. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) аларды колуна алып, ары-бери кыймылдатып, анан мындай дейт: Атканда ушундай өлчөмдөгү таштар менен аткыла. Андан кийин пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) дин иштеринде аша чабуудан, оорлотуудан жана чектен чыгуудан тыйып эскертти. Анткени, өткөн үммөттөрдөн (кээ бири) динде чектен чыкканы жана ыгы жок оорлоткону үчүн кыйрап жок болгон.</t>
+    <t>Ибн Аббас (Аллах алардан ыраазы болсун), коштошуу ажылыгында, курбандык күнү эртең менен Акабада таш атууга пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге барганын айтат. Аны жерден шайтанга атчу таштардан алып берүүгө буйруйт. Ал жети таш алып берет. Анын ар бири мысыр буурчагы же фундук көлөмүндө болчу. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) аларды колуна алып, ары-бери кыймылдатып, анан мындай дейт: Атканда ушундай өлчөмдөгү таштар менен аткыла. Андан кийин пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) дин иштеринде аша чабуудан, оорлотуудан жана чектен чыгуудан тыйып эскертти. Анткени, өткөн үммөттөрдөн (кээ бири) динде чектен чыкканы жана ыгы жок оорлоткону үчүн кыйрап жок болгон.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Динде чектен чыгуудан тыйган жана анын жаман акыбетин баяндаган. Ал кыйрап жок болууга себеп болот.
 Алар кетирген катадан сактануу үчүн бизден мурда өткөн үммөттөрдөн этибар, сабак алуу (зарыл).
 Сүннөттү бекем кармоого үндөө.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[Ибн Маажа, ан-Насааи жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3395</t>
   </si>
   <si>
     <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Мени христиандар Марямдын баласын чектен ашып улуктагандай улуктабагыла. Чындыгында, мен Анын (Аллахтын) кулумун. Силер мени: «Аллахтын кулу жана элчиси» - деп айткыла</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
-    <t>Умар ибн Аль-Хаттаб, радыяллаху анху, айтты: Мен пайгамбар, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Мени христиандар Марямдын баласын чектен ашып улуктагандай улуктабагыла. Чындыгында, мен Анын (Аллахтын) кулумун. Силер мени: «Аллахтын кулу жана элчиси» - деп айткыла».</t>
+    <t>Умар ибн Аль-Хаттаб (Аллах андан ыраазы болсун) айтты: Мен пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Мени христиандар Марямдын баласын чектен ашып улуктагандай улуктабагыла. Чындыгында, мен Анын (Аллахтын) кулумун. Силер мени: «Аллахтын кулу жана элчиси» - деп айткыла».</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
-    <t>Христиандар Иса пайгамбарды Аллахка таандык сыпаттар менен сүрөттөгөндөй, Пайгамбарыбыз өзүн шарияттын чегинен ашып мактоо жана Аллахка таандык сыпаттар менен сүрөттөп ага ибадат кылуудан кайтарып жатат. Жана Пайгамбар кайыпты билет деп же Христиандар Мариям уулу Иса пайгамбарга дуба кылышкандай Аллах менен кошо Пайгамбарга дуба кылуудан тыйып жатат. Андан соң Пайгамбар Аллахтын кулдарынын бири экендигин баяндап, аны: «Аллахтын кулу жана элчиси» - деп айтуубузду буйруду.</t>
+    <t>Христиандар Иса пайгамбарды Аллахка таандык сыпаттар менен сүрөттөгөндөй, Пайгамбарыбыз өзүн шарияттын чегинен ашып мактоо жана Аллахка таандык сыпаттар менен сүрөттөп ага ибадат кылуудан кайтарып жатат. Жана Пайгамбар кайыпты билет деп же Христиандар Марям уулу Иса пайгамбарга дуба кылышкандай Аллах менен кошо Пайгамбарга дуба кылуудан тыйып жатат. Андан соң Пайгамбар Аллахтын кулдарынын бири экендигин баяндап, аны: «Аллахтын кулу жана элчиси» - деп айтуубузду буйруду.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Шарият койгон чектен ашып мактоодон жана улуктоодон эскетти. Анткени бул ширк кылууга алып барат.
-Тилекке каршы Пайгамбар, саллаллаху алейхи уа саллам, эскерткен нерсе бул үммөттө да болуп жатат. Ошондуктан кээ бирөөлөр Аллахтын элчисини, кээ бирөөлөр ахлу байтти, (1) кээ бирөөлөр олуяларды чектен ашып улукташып ширк кылып жатышат.
-[...1 lines deleted...]
-Аллахтын элчиси, саллаллаху алейхи уа саллам,  Аллах тараптан жиберилген элчи экендигин жана аны ээрчип, аны тастыктоо важип экендигин баяндоо үчүн ал өзүн Аллахтын Элчиси деп сыпаттады.</t>
+Тилекке каршы Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эскерткен нерсе бул үммөттө да болуп жатат. Ошондуктан кээ бирөөлөр Аллахтын элчисини, кээ бирөөлөр ахлу байтти, (1) кээ бирөөлөр олуяларды чектен ашып улукташып ширк кылып жатышат.
+Раббинин өзгөчөлүктөрнөн болгон сыпаттарды пайгамбарга арноо туура эместигин жана пайгамбар да Аллахтын пендеси экендигин баяндоо үчүн Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) өзүн Аллахтын кулу деп сыпаттады.
+Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах тараптан жиберилген элчи экендигин жана аны ээрчип, аны тастыктоо важип экендигин баяндоо үчүн ал өзүн Аллахтын Элчиси деп сыпаттады.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3406</t>
   </si>
   <si>
     <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>Ооруунун жугуусу, куш менен төлгө тартуу, үкү конгон үйдө жамандык болот деп ырым кылуу, Сафар айына ырым кылуу, мунун баары жок нерселер. Пес оорусу менен ооруган адамдан арстандан качкандай качкыла</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>Ау Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ооруунун жугуусу, куш менен төлгө тартуу, үкү конгон үйдө жамандык болот деп ырым кылуу, Сафар айына ырым кылуу, мунун баары жок нерселер. Пес оорусу менен ооруган адамдан арстандан качкандай качкыла".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
@@ -3515,86 +3515,86 @@
 Биринчи: Караңгылык доордо адамдар оору өзүнөн-өзү жугуп жайылат деп ойлошкон. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) оору Аллахтын каалоосусуз бир адамдан башкаларга жугат деген ишенимден тыйган. Бул жаратылышты Аллах башкарып турат. Ооруну пайда кылган да, аны кайра айыктырган да Аллах. Оору Анын каалоосу жана тагдыр кылуусу менен гана жугат.
 Экинчи: караңгылык доордо бирөө сапарга жөнөсө, же соода ишине чыкса, куш учуруп ырым кылган. Эгерде учурган кушу оң тарапка учуп кетсе, жакшы деп эсептеп сапарга чыккан. Эгер анысы сол тарапка учса, жаман деп эсептеп сапарга чыкпай калган. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул ырымга да тыюу салып, бул туура эмес ишеним экенин айткан.
 Үчүнчү: караңгы доордогу адамдар: кайсы үйдүн короосуна үкү келип консо, ошол үйгө жамандык болот деп айтышкан. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул ырымды да жокко чыгарган.
 Төртүнчү: Сафар айындагы ырым-жырымдарга да тыюу салган. Сафар ай санагында Мухаррам айынан кийинки экинчи ай. Сафар - ашказанда жаткан курт, малга, адамдарга оору жугузат, бул котур оорусунан да жаман деген ишенимдери болгон. Мына ушул туура эмес ишенимден тыйган.
 Бешинчи: пес оорусу менен ооруган адамдан арстандан оолак болгондой оолак болууга буйруган. Бул өзүнө этият болуу үчүн, Алла буйруган себептерди аткаруу үчүн айтылган буйрук. Пес оорусу адамдын бүт денесин каптай турган оору.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>Бардык иште Аллахка тобокел кылуу жана Ага таянуу, ошондой эле шариятта буйрулган себептерди аткаруу зарыл.
 Аллахтын тагдырына ишенүү важиб. Себептер Аллахтын колунда, Ал аларды ишке ашырат, же таасирин тийгизбейт.
 Кээ бир адамдар ишенип аткарып жүргөн кызыл, кара түстөргө, же сандарга, же адамдардын аттарына, же мүмкүнчүлүгү чектелген адамдарга байланышкан ырым-жырымдардын баары жараксыз.
 Пес же ушул сыяктуу башка ооруларга жакындабагыла деген тыюу - Аллах Тааланын адатта себепкер болуп калуусу мүмкүн болгон себептеринин бири. Себептер өзүнөн-өзү ишке ашпайт. Аллах кааласа, ошол себеп аркылуу эч кандай зыян тийгизбей сактайт. Кааласа, ал себептен эч кандай пайда тийгизбейт, оору жуга берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3407</t>
   </si>
   <si>
     <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
-    <t>Аллахка ант берип айтамын, сенин себебиң менен бир адам динге кирсе, бул сага кызыл төөгө ээ болгонуңдан да жакшы" - деди</t>
+    <t>Аллахка ант берип айтамын, Аллах сенин себебиң менен бир адам туура жолго салса, бул сага кызыл төөлөргө ээ болгонуңдан да жакшы" - деди</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
-    <t>Сахл бин Саъд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Хайбар согушу болгон күнү минтип айткан: "Бул тууну эртең Аллахтын каалоосу менен жеңишке жете турган адамдын колуна карматам. Ал Аллахты жана Анын элчисин жакшы көргөн адам. Аллах жана Анын элчиси да аны жакшы көрөт". Бул түнү адамдардын баары тууну кимисине берер экен деп ойлонуп чыгышты. Эртеси таңда баары мага берип калар бекен деген үмүт менен Аллахтын элчисинин жанына чогулушту. Ал: "Али бин Абуталиб кайда жүрөт?" - деп сурады. Анын көзү ооруп калыптыр - деди бирөөлөр. "Аны чакырып келгенге бирөөнү жөнөткүлө" - деди. Алини чакырып келишти эле, пайгамбарыбыз куттуу шилекейин анын көзүнө сүртүп, дуба кылды. Көзү такыр оорубагандай болуп, дароо айыгып калды. Анан анын колуна тууну карматты. Али: О, Аллахтын элчиси, алар биз сыяктуу мусулман болгонго чейин согуша берейинби? - деп сурады. "Алардын чептерине жеткениңден кийин аларга Исламга кирүүсүн сунуш кыл. Эгер кабыл кылышса, аларга тиешелүү Аллахтын акыларын айтып түшүндүр. Аллахка ант берип айтамын, сенин себебиң менен бир адам динге кирсе, бул сага кызыл төөгө ээ болгонуңдан да жакшы" - деди.</t>
+    <t>Сахл бин Саъд (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Хайбар күнү минтип айткан: "Бул тууну эртең Аллахтын каалоосу менен жеңишке жете турган адамдын колуна карматам. Ал Аллахты жана Анын элчисин жакшы көргөн адам. Аллах жана Анын элчиси да аны жакшы көрөт". Бул түнү адамдардын баары тууну кимисине берер экен деп ойлонуп чыгышты. Эртеси таңда баары мага берип калар бекен деген үмүт менен Аллахтын элчисинин жанына чогулушту. Ал: "Али бин Абуталиб кайда жүрөт?" - деп сурады. Анын көзү ооруп калыптыр - деди бирөөлөр. "Аны чакырып келгенге бирөөнү жөнөткүлө" - деди. Алини чакырып келишти эле, пайгамбарыбыз куттуу шилекейин анын көзүнө сүртүп, дуба кылды. Көзү такыр оорубагандай болуп, дароо айыгып калды. Анан анын колуна тууну карматты. Али: О, Аллахтын элчиси, алар биз сыяктуу мусулман болгонго чейин согуша берейинби? - деп сурады. "Алардын чептерине жеткениңден кийин аларга Исламга кирүүсүн сунуш кыл. Эгер кабыл кылышса, аларга тиешелүү Аллахтын акыларын айтып түшүндүр. Аллахка ант берип айтамын, Аллах сенин себебиң менен бир адам туура жолго салса, бул сага кызыл төөлөргө ээ болгонуңдан да жакшы" - деди.</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эртең Хайбардагы жөөттөр жеңилерин кабарлап, бул жеңиш ал берген тууну кармаган адамдын кол алдында болорун айтат. Туу - бул, жоокерлер согушта өз эн белгилери катары көтөрүп жүргөн желек. Тууну бере турган кишинин сыпаты мындай: ал Аллахты жана анын элчисин жакшы көрөт. Аллах менен Анын элчиси да аны жакшы көрөт. Мындай улук сый-урматка жетүүгө кызыккан сахабалардын баары түнү менен ал ким болор экен деп сүйлөшүп, самап чыгышат. Эртеси бул улук сыйды үмүт кылып баары Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактосу болсун) жанына келишти.
-Пайгамбарыбыз (ага Аллахын тынчтыгы жана мактоосу болсун) Али бин Абуталиб кайда экенин сурады.
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эртең Хайбардагы жөөттөр жеңилерин кабарлап, бул жеңиш ал берген тууну кармаган адамдын кол алдында болорун айтат. Туу - бул, жоокерлер согушта өз эн белгилери катары көтөрүп жүргөн желек. Тууну бере турган кишинин сыпаты мындай: ал Аллахты жана анын элчисин жакшы көрөт. Аллах менен Анын элчиси да аны жакшы көрөт. Мындай улук сый-урматка жетүүгө кызыккан сахабалардын баары түнү менен ал ким болор экен деп сүйлөшүп, самап чыгышат. Эртеси бул улук сыйды үмүт кылып баары Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) жанына келишти.
+Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Али бин Абуталиб кайда экенин сурады.
 Анын көзү ооруп жатканын айтышты.
 Аны чакарып келгенге бирөөнү жиберип, ал Алини чакырып келди. Анан шилекейин Алинин көзүнө сүртүп, ага шыпаа тилеп дуба кылды. Анын көзү эзели оорубагандай болуп айыгып калды. Анан ага тууну карматып, душмандын чеп, сепилдерине жеткенге чейин эч кимге зыян тийгизбей барып, аларга жеткенден кийин исламга кирүүнү сунуш кылууну, эгер сунушту кабыл кылышса, алардын моюнуна кандай парздар милдет болорун эскертүү керектигин айтат.
-Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Алиге Аллахтын динине чакыруунун артыкчылыгын эскертип, эгер адам бирөөнүн динге кирүүсүнө себепкер болуп калса, араптар үчүн эң баалуу болгон кызгылт төөгө ээ болуудан да же ошондой төөнү садага кылгандан да артык сооптуу иш экенин айтат.</t>
+Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Алиге Аллахтын динине чакыруунун артыкчылыгын эскертип, эгер адам бирөөнүн динге кирүүсүнө себепкер болуп калса, арабтар үчүн эң баалуу болгон кызгылт төөгө ээ болуудан да же ошондой төөнү садага кылгандан да артык сооптуу иш экенин айтат.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
-    <t>Мындан Алинин (ага Аллах ыраазы болсун) артыкчылыгын билебиз. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ал Аллах менен Анын элчисин жакшы көрөрүн, Аллах менен Аллахтын элчиси аны жакшы көрөрүн  күбөлүк берип айткан.
+    <t>Мындан Алинин (ага Аллах ыраазы болсун) артыкчылыгын билебиз. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ал Аллах менен Анын элчисин жакшы көрөрүн, Аллах менен Анын элчиси да аны жакшы көрөрүн  күбөлүк берип айткан.
 Мындан сахабалардын жакшылыкка умтулушканын, жарышканын көрөбүз.
 Согушка жөнөгөндө өз адебин сактоо керек, керексиз ызы-чуунун, кыйкырыктын, ышкырыктын зарылдыгы жок.
 Жөөттөрдүн жеңилерин алдын ала айтканы жана Алинин көзүн айыктырганы булар пайгамбардын чыныгы пайгамбар экенин билдирген белгилер.
 Аллах жолундагы күрөштүн негизги максаты - адамдарды Исламга киргизүү.
 Аллахтын динине чакыруу бир баскычтан экинчи баскычка өтүү менен болууга тийиш. Оболу каапырлардан келме айтып динге кирүү талап кылынат. Динге киргенден кийин аларга парздарды аткаруу буйрулат.
 Исламга чакыруунун пайдасы зор. Чакырган адам да, чакырылган адам да жакшылыкка жетет. Чакырылган адам туура жолду табат, чакырган адам болсо үлкөн сооп-сыйга жетет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3409</t>
   </si>
   <si>
     <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>О, агам, "Лаа илааха иллаллооху" деген сөздү айтыңыз, Аллахтын алдында сен үчүн буга күбө өтөмүн" - деди</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Саъид бин Мусаяб атасынан укканын айтат: Абу Талибге өлүм сааты келгенде, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага кирди. Анын жанында Абу Жахл менен Абдуллах бин Абу Умая бин Мугира бар экен. Анан ага: "О, агам, "Лаа илааха иллаллооху" деген сөздү айтыңыз, Аллахтын алдында сен үчүн буга күбө өтөмүн" - деди.  Абу Жахл менен Абдуллах бин Абу Умая болсо: Абдулмутталибдин дининен чанып кетесиңби?! - деди Абу Талибге. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага сунуш кылган сайын, тигилер да айтканын кайталай беришти. Ошентип Абу Талиб акыркы сөзүндө:  Абдулмутталибдин дининдемин деп, жан берди. "Лаа илааха иллаллоху" деп айтуудан баш тартты. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Аллахка ант болсун, Аллах тыймайынча сага кечирим тилей беремин" - деди. Ошондо Аллах Таала: "Пайгамбарга да, ыймандууларга да мушриктерге кечирим тилөө мүмкүн эмес" (Тобо, 113-аят) деген аятты түшүрдү. Ал эми Абу Талиб тууралуу: "Чынында, сен өзүң каалаган адамды туура жолго сала албайсың, бирок Аллах гана кимди кааласа туура жолго салат" деген аятты түшүрдү (Касас, 56-аят).</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
@@ -3619,77 +3619,77 @@
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Алардын туугандыгы, амалдары жана жакшылык иштери канчалык көп болбосун, баары бир мушриктерге кечирим тилөө тыюу салынган арам иш.
 Ата-бабасынын, аттуу баштуу адамдардын түркөй ишенимдерин берилип ээрчүү - Исламга чейинки жахилият доорундагы адамдардын иштеринен.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мээримдүүлүгү жана адамдарды үгүттөп, аларды туура жолго салууга болгон ынтызарлыгы.
 Бул хадис Абу Талиб Исламды кабыл алган дегендердин сөзүн жокко чыгарат.
 Амалдардын жыйынтыгы эң акыркысына каралат.
 Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) жана башкаларга пайда алып келет, же зыянды кетирет - деп байлануунун туура эмес экендигин көрсөтөт.
 Ким: "Лаа илааха иллаллооху" (Аллахтан башка ибадатка ылайыктуу кудай жок) деп, илими жана ишеними менен чын жүрөктөн айтса, ал Исламга кирет.
 Жаман жана бузуку достун адамга тийгизген зыяны.
 "Лаа илааха иллаллох" келмесинин мааниси: буттарга, олуяларга, саалихтерге сыйынууну таштап, ибдатты жалгыз Аллахка гана арноо. Чынында, мушриктер мунун маанисин жакшы билишкен.
 Эгерде Исламга киришин үмүт кылса, ооруп жаткан мушрик адамды зыярат кылууга болот.
 Бирөөнү туура жолго салуу эч шериги жок Жалгыз Аллахтын колундагы иш. Ал эми Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) милдети туура жолго багыттоо, чакыруу жана жеткирүү гана.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3410</t>
   </si>
   <si>
     <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
-    <t>«Оо, Аллахтын элчиси! «Кыямат күнү сенин шапаатың менен эң бактылуу адам ким?» - деп сураганда, Аллахтын элчиси, саллаллаху алейхи уа саллам: «Оо, Абу Хурайра! Сенин хадиске болгон кызыгууңду көргөнүмдө бул хадисти сенден алдын эч ким сурабайт деп ойлогонмун. Кыямат күнү менин шапаатым менен эң бактылуу болгон адам ал «Лаа илааха иллаллах» келимесин чын ыклас менен жүрөгүнөн же напсисинен айткан адам» - деп айтты».@</t>
+    <t>«Оо, Аллахтын элчиси! «Кыямат күнү сенин шапаатың менен эң бактылуу адам ким?» - деп сураганда, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): «Оо, Абу Хурайра! Сенин хадиске болгон кызыгууңду көргөнүмдө бул хадисти сенден алдын эч ким сурабайт деп ойлогонмун. Кыямат күнү менин шапаатым менен эң бактылуу болгон адам ал «Лаа илааха иллаллах» келимесин чын ыклас менен жүрөгүнөн же напсисинен айткан адам» - деп айтты».@</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылат: «Оо, Аллахтын элчиси! «Кыямат күнү сенин шапаатың менен эң бактылуу адам ким?» - деп сураганда, Аллахтын элчиси, саллаллаху алейхи уа саллам: «Оо, Абу Хурайра! Сенин хадиске болгон кызыгууңду көргөнүмдө бул хадисти сенден алдын эч ким сурабайт деп ойлогонмун. Кыямат күнү менин шапаатым менен эң бактылуу болгон адам ал «Лаа илааха иллаллах» келимесин чын ыклас менен жүрөгүнөн же напсисинен айткан адам» - деп айтты».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылат: «Оо, Аллахтын элчиси! «Кыямат күнү сенин шапаатың менен эң бактылуу адам ким?» - деп сураганда, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): «Оо, Абу Хурайра! Сенин хадиске болгон кызыгууңду көргөнүмдө бул хадисти сенден алдын эч ким сурабайт деп ойлогонмун. Кыямат күнү менин шапаатым менен эң бактылуу болгон адам ал «Лаа илааха иллаллах» келимесин чын ыклас менен жүрөгүнөн же напсисинен айткан адам» - деп айтты».</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам, кыямат күнү анын шапааты менен эң бактылуу адам: «Лаа илааха иллаллах, б.а. Аллахтан башка сыйынууга татыктуу кудай жок» - деп эл көрсүн дебей жана ширк кылбастан, чын ыклас менен жүрөгүнөн айткан адам экендигин кабар берип жатат.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кыямат күнү анын шапааты менен эң бактылуу адам: «Лаа илааха иллаллах, б.а. Аллахтан башка сыйынууга татыктуу кудай жок» - деп эл көрсүн дебей жана ширк кылбастан, чын ыклас менен жүрөгүнөн айткан адам экендигин кабар берип жатат.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
-    <t>Акыретте Пайгамбар, саллаллаху алейхи уа салламга, шапаат берилээрин жана ал бир гана чыныгы муаххидтер (2) үчүн болоору тастыклатып жатат.
-Пайгамбар, саллаллаху алейхи уа салламдын,  шапааты бул - тозокко кирүүгө татыктуу болгон момундардын тозокко кирбештиги үчүн, эгерде тозокко кирген болсо ал жактан чыгуусу үчүн Аллах менен алардын ортосуна түшкөн Пайгамбардын ортомчулугу.
+    <t>Акыретте Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) шапаат берилээрин жана ал бир гана чыныгы муаххидтер (2) үчүн болоору тастыкталып жатат.
+Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) шапааты бул - тозокко кирүүгө татыктуу болгон момундардын тозокко кирбештиги үчүн, эгерде тозокко кирген болсо ал жактан чыгуусу үчүн Аллах менен алардын ортосуна түшкөн Пайгамбардын ортомчулугу.
 Калыс Аллах Таала үчүн айтылган таухид келимесинин пазилети жана анын чоң таасири.
 Таухид келимесин ишке ашыруу анын маанисин билүү жана анын талабына ылайык амал кылуу менен болот.
-Абу Хурайра, радыяллаху анхунун, пазилети жана илимге болгон кызыгуусу.</t>
+Абу Хурайранын (Аллах андан ыраазы болсун) пазилети жана илимге болгон кызыгуусу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3414</t>
   </si>
   <si>
     <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>Аллах аны  амалына карабай бейишке киргизет</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>Убаданын (ага Аллах ыраазы болсун) риваятында пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким: "Аллахтан башка ибадатка татыктуу кудай жок, Ал Жалгыз, Анын шериги жок. Мухаммад Анын кулу жана элчиси, Иса да Аллахтын кулу, элчиси жана Мариямга үйлөгөн сөзү, анын руху Алладан, бейиш чын, тозок да чын" деп күбөлүк берсе, Аллах аны  амалына карабай бейишке киргизет".</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
@@ -3729,125 +3729,125 @@
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Таухидтин пазилети жана ал тозокто түбөлүк калуудан сактайт.
 Бейиш жана тозок пендеге жакын. Аны менен пенденин ортосун өлүм гана тосуп турат.
 Ширктин көбүнөн да азынан да эскертүү. Анткени тозоктон аман калуу ширктен алыс болууда турат.
 Иш-аракеттердин эң акыркы аткарылганы эске алынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3418</t>
   </si>
   <si>
     <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Ким Аллахтан башкага кудай деп дуба кылып жүрүп өлсө, тозокко кирет" - деди</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
-    <t>Абдуллах бин Масуъд (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир сөздү айткан, мен болсо андан башкасын айттым. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): " Ким Аллахтан башкага кудай деп дуба кылып жүрүп өлсө, тозокко кирет" - деди. Мен болсо: Ким Аллахтан башканы кудай деп дуба кылбастан өлсө, бейишке кирет - дедим.</t>
+    <t>Абдуллах бин Масуъд (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир сөздү айткан, мен болсо андан башкасын айттым. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): " Ким Аллахтан башкага кудай деп дуба кылып жүрүп өлсө, тозокко кирет" - деди. Мен болсо: Ким Аллахтан башканы кудай деп дуба кылбастан өлсө, бейишке кирет - дедим.</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким Аллах Таалага аткарыла турган кайсы бир ишти, мисалы Аллахтан башкага дуба кылуу, Андан башкадан жардам суроо сыяктуу иштерди кылса жана ошентип жүрүп дүйнөдөн өтүп кетсе, ал тозоктун тургуну болорун кабарлаган. Ал эми Абдуллах бин Масуъд (ага Аллах ыраазы болсун) буга кошумчалап, кимде-ким Аллахка эч нерсени шерик кылбай (Аллахтын өзүнө ибадат кылып) жүрүп дүйнөдөн өтсө, анын турагы бейиш болорун айткан.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким Аллах Таалага аткарыла турган кайсы бир ишти, мисалы Аллахтан башкага дуба кылуу, Андан башкадан жардам суроо сыяктуу иштерди кылса жана ошентип жүрүп дүйнөдөн өтүп кетсе, ал тозоктун тургуну болорун кабарлаган. Ал эми Абдуллах бин Масуъд (Аллах андан ыраазы болсун) буга кошумчалап, кимде-ким Аллахка эч нерсени шерик кылбай (Аллахтын өзүнө ибадат кылып) жүрүп дүйнөдөн өтсө, анын турагы бейиш болорун айткан.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>Дуба - бул, Аллахтан башкага аткарылбай турган ибадат.
 Тавхиддин б.а. бир Аллахка сыйынуу ишениминин артыкчылыгы айтылган, анткени ким тавхид менен өлсө, кээ бир күнөөлөрү үчүн азапталса да, акыры бейишке кирет.
 Ширктин коркунучтуулугу айтылган, анткени ким шерик кошуп жүрүп дүйнөдөн өтүп кетсе, тозокко кирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3419</t>
   </si>
   <si>
     <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>Чектен ашкандар кыйроого учурады» - деп үч жолу айтты</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
-    <t>Абдуллах ибн Масьуд, радыяллаху анху, риваят кылган хадисте Аллахтын элчиси, саллаллаху алейхи уа саллам: «Чектен ашкандар кыйроого учурады» - деп үч жолу айтты.</t>
+    <t>Абдуллах ибн Масьуд (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын элчиси(ага Аллахтын тынчтыгы жана мактоосу болсун): «Чектен ашкандар кыйроого учурады» - деп үч жолу айтты.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, дүйнөдө жана динде, ошондой эле сөздөрүндө жана иштеринде илимсиздик менен Пайгамбар, алып келген шарияттын чегинен чыгып, чектен ашкандардын зыянга учураарын кабар берип жатат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) дүйнөдө жана динде, ошондой эле сөздөрүндө жана иштеринде илимсиздик менен Пайгамбар алып келген шарияттын чегинен чыгып, чектен ашкандардын зыянга учураарын кабар берип жатат.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Бардык иште аша чаап кетүүдөн тыюу салынат жана бардык иште аша чаап кетүүдөн алыс болууга кызыктыруу керек. Өзгөчө ибадатта жана салих адамдарды ашыра улуктоого тыюу салынган.
 Ибадатты толук түрдө аткаруу макталган жакшы иш, бирок шарият көрсөткөн жол менен болуусу зарыл.
-Маанилүү жана өтө зарыл иштерди Пайгамбар, саллаллаху алейхи уа саллам, үч жолу кайталап эскерткендей бекемдеп эскертүү мустахаб.
+Маанилүү жана өтө зарыл иштерди Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) үч жолу кайталап эскерткендей бекемдеп эскертүү мустахаб.
 Ислам дини оңой жана жеңил.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3420</t>
   </si>
   <si>
     <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
     <t>Оору жукпайт, жамандыкка жоруу да жок. Мага фаьл жагат". Фаьл деген эмне? деп сурашканда: "Бул жакшы сөз" - деди</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
-    <t>Анас бин Маликтин (ага Аллах ыраазы болсун) риваятында пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Оору жукпайт, жамандыкка жоруу да жок. Мага фаьл жагат". Фаьл деген эмне? деп сурашканда: "Бул жакшы сөз" - деди.</t>
+    <t>Анас бин Маликтин (Аллах андан ыраазы болсун) риваятында пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Оору жукпайт, жамандыкка жоруу да жок. Мага фаьл жагат". Фаьл деген эмне? деп сурашканда: "Бул жакшы сөз" - деди.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жахилияттагы адамдардын, оору Аллахтын тагдырысыз эле бирөөдөн бирөөгө жугат деген ишеними туура эмес экенин айткан. Ошондой эле жамандыкка жоруу да туура эмес. Ал угулган же көрүлгөн кайсы бир нерсе менен ырым кылуу, мисалы куштар, жан-жаныбар, майып адамдар, сандар, күндөр ж.б. нерселер менен ырым кылып жамандыкка жоруу. Ал эми куш учуруу деп баса белгилеп айтканынын себеби, исламга чейинки доордо жамандыкка жоруунун  ушул түрү өтө кенен жыйылган болчу. Мунун негизи мындай: Бирөө сапарга чыкмакчы болсо же соода кылмакчы болсо, же дагы башка бир ишке киришерде куш учуруп көрөт. Эгерде койо берген кушу оң тарапка учуп кестсе, аны жакшылыкка жооруп, ишине кирише берген. А эгер куш сол тарапка учуп кетсе, аны жамандыкка жооруп, баштай турган ишин кылбай токтотуп койгон. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны фаьл таң калтырарын айткан. Бул кайсы бир жакшы сөздү угуу аркылуу инсандын жүрөгүнө кубаныч кирип, Аллах жөнүндө жакшы ойдо болуусуна себеп болот.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жахилияттагы адамдардын, оору Аллахтын тагдырысыз эле бирөөдөн бирөөгө жугат деген ишеними туура эмес экенин айткан. Ошондой эле жамандыкка жоруу да туура эмес. Ал угулган же көрүлгөн кайсы бир нерсе менен ырым кылуу, мисалы куштар, жан-жаныбар, майып адамдар, сандар, күндөр ж.б. нерселер менен ырым кылып жамандыкка жоруу. Ал эми куш учуруу деп баса белгилеп айтканынын себеби, исламга чейинки доордо жамандыкка жоруунун  ушул түрү өтө кенен жыйылган болчу. Мунун негизи мындай: Бирөө сапарга чыкмакчы болсо же соода кылмакчы болсо, же дагы башка бир ишке киришерде куш учуруп көрөт. Эгерде койо берген кушу оң тарапка учуп кетсе, аны жакшылыкка жооруп, ишине кирише берген. А эгер куш сол тарапка учуп кетсе, аны жамандыкка жооруп, баштай турган ишин кылбай токтотуп койгон. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны фаьл таң калтырарын айткан. Бул кайсы бир жакшы сөздү угуу аркылуу инсандын жүрөгүнө кубаныч кирип, Аллах жөнүндө жакшы ойдо болуусуна себеп болот.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Аллахка тобокел кылуу, анткени жакшылыкты алып келген да жамандыкты кетирген да Аллах Таала.
 Ырым кылып, жамандыкка жооруудан кайтарган. Ал жамандыкка жооруп, амалдан тоскон бардык нерсени өз ичине камтыйт.
 Фаьл кылуу тыюу салынган ырымдардан эмес, ал Аллах жөнүндө жакшы ойдо болуу.
 Бардык нерсе шериги жок, Жалгыз Аллах Тааланын тагдыры менен болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3422</t>
   </si>
   <si>
     <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
   </si>
   <si>
     <t>Кимде-ким Аллах жолуна казатка чыккан адамга (ат-күлүгүн, курал-жарагын, азык-түлүгүн) даярдап берсе, казатка чыккандай сооп алат. Кимде-ким Аллах жолуна казатка чыккан адамдын үй-бүлөсүнө жакшылык кылып каралашса, казатка чыккандай сооп алат</t>
   </si>
   <si>
     <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
   </si>
@@ -4135,73 +4135,73 @@
 بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
 وجوب الأمر بالمعروف والنهي عن المنكر.</t>
   </si>
   <si>
     <t>Шариятка сөзү менен да, кыймыл-аракети менен да каршы болгондор менен күрөшүүгө кызыктыруу.
 Туура эмес ишти жүрөгү менен жек көрө албастык - ыймандын алсыздыгынын же жоктугунун далили.
 Алла Таала пайгамбарларга алардын артынан алар алып келген динди жеткире турган адамдар аркылуу жеңилдик берген.
 Кимде-ким кутулууну кааласа, ал пайгамбарлардын жолун кармансын. Анткени, алардын жолунан башка жолдун баарынын акыры адашууга же кыйроого алып барат.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жана сахабалардын доору алыстаган сайын адамдар сүннөттү таштап, напси каалоолорун ээрчип, жаңы бидааттарды пайда кылышат.
 Жихаддын мартабалары ар түрдүү. Өзгөртүүгө чамасы жеткен амирлер, өкүмдарлар жана жетекчилер сыяктуу адамдар колу менен жихад кылат. Андан кийинкилер акыйкатты айтып, тили менен даават кылат. Андан кийинкилер туура эмес ишти жүрөгү менен жек көрөт, аларга ыраазы болуп жакшы көрбөйт.
 Адамдарды жакшылыкка чакырып, жамандыктан кайтаруу ваажыб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3480</t>
   </si>
   <si>
     <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>Келечекте силер алардын кээ бир ишине ыраазы болуп, кээ бир ишинен кайтара турган башчылар чыгат. Ким алардын жаман ишин (жүрөгү менен) жактырбаса, (күнөөдөн же эки жүздүүлүктөн) кутулат. Ким аларды (тили же колу менен) кайтарса, алар менен чогуу болуудан өзүн куткарат. Бирок (алар менен күнөө жана азапта бирге болот) ким аларга ыраазы болуп, ээрчисе</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
-    <t>Ыймандуулардын энеси Умму Салама (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактосу болсун) минтип айткан: "Келечекте силер алардын кээ бир ишине ыраазы болуп, кээ бир ишинен кайтара турган башчылар чыгат. Ким алардын жаман ишин (жүрөгү менен) жактырбаса, (күнөөдөн же эки жүздүүлүктөн) кутулат. Ким аларды (тили же колу менен) кайтарса, алар менен чогуу болуудан өзүн куткарат. Бирок (алар менен күнөө жана азапта бирге болот) ким аларга ыраазы болуп, ээрчисе ". "Аларга каршы чыгалыбы?" -  дешти. "Жок, намаз окушса (аларга каршы чыкпагыла)" - деди.</t>
+    <t>Ыймандуулардын энеси Умму Салама (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактосу болсун) минтип айткан: "Келечекте силер алардын кээ бир ишине ыраазы болуп, кээ бир ишинен кайтара турган башчылар чыгат. Ким алардын жаман ишин (жүрөгү менен) жактырбаса, (күнөөдөн же эки жүздүүлүктөн) кутулат. Ким аларды (тили же колу менен) кайтарса, алар менен чогуу болуудан өзүн куткарат. Бирок (алар менен күнөө жана азапта бирге болот) ким аларга ыраазы болуп, ээрчисе ". "Аларга каршы чыгалыбы?" -  дешти. "Жок, намаз окушса (аларга каршы чыкпагыла)" - деди.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) келечекте бизге чыга турган башчылар жөнүндө кабар берген. Алардын кээ бир иштери шариятка дал келгендиктен аларды аткарабыз. Кээ бир иштери шариятка каршы келгендиктен, аларды аткарбайбыз. Ким туура эмес ишти кайтарууга кудурети жетпегендиктен жүрөгү менен жек көрүп, четке какса, ал күнөөдөн жана эки жүздүүлүктөн кутулат. Ал эми колу же тили менен кайтарууга кудурет жетип аларды кайтарса, күнөөдөн жана аларга шериктеш болуп калуудан саламат болот. Ал эми ким аларга ыраазы болуп, алардын жаман иштерин кошо аткарса, алар туш болгон азапка туш болот.
 Ошенткенде сахабалар: "Ушундай сыпаты бар башчыларга каршы чыгалыбы?" деп сурашты. Аларды андай кылуудан тыйып: "Жок, араңарда намаз окуп турушканда (аларга каршы чыкпагыла)" - деди.</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Келечектеги кайып иштердин кабарын берип, кийин ошол иштердин болуусу - бул, пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгына далил болгон иштердин бири.
-Шариятка каршы келген ишке ыраазы болууга жана ага шериктеш болууга болбойт, тескерисинче, андан кайтаруу ваажыб.
+Шариятка каршы келген ишке ыраазы болууга жана ага шериктеш болууга болбойт, тескерисинче, андан кайтаруу важиб.
 Эгерде башчылар шариятка каршы келген жаңы бир ишти пайда кылса, андай иште аларга баш ийүүгө болбойт.
 Мусулман башчыларга каршы чыгууга болбойт; мындан баш аламандык, кан төгүлүү, бейпилсиздик пайда болуусу мүмкүн. Күнөөкөр башчылардын туура эмес иштерине чыдоо жана алардын ыза-кордугуна сабыр кылуу кан төгүлүү ж.б.у.с. жамандыктардан жеңил.
 Намаздын орду жогору, ал каапырлык менен Исламды ажыратып турат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3481</t>
   </si>
   <si>
     <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
   </si>
   <si>
     <t>Мага менден мурдагы пайгамбарларга берилбеген беш нерсе берилди</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي: نُصِرْتُ بِالرُّعْبِ مَسِيرَةَ شَهْرٍ، وَجُعِلَتْ لِي الأَرْضُ مَسْجِدًا وَطَهُورًا، فَأَيُّمَا رَجُلٍ مِنْ أُمَّتِي أَدْرَكَتْهُ الصَّلاَةُ فَلْيُصَلِّ، وَأُحِلَّتْ لِي المَغَانِمُ، وَلَمْ تَحِلَّ لِأَحَدٍ قَبْلِي، وَأُعْطِيتُ الشَّفَاعَةَ، وَكَانَ النَّبِيُّ يُبْعَثُ إِلَى قَوْمِهِ خَاصَّةً وَبُعِثْتُ إِلَى النَّاسِ عَامَّةً».</t>
   </si>
   <si>
     <t>Жабир бин Абдуллах (аларга Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мага менден мурдагы пайгамбарларга берилбеген беш нерсе берилди : бир айлык аралыктан душмандарымдын жүргүндөгү коркунуч аркылуу жеңиш берилди. Жер бетинин баары мага намаз окуганга жарактуу жана тазаланганга жарактуу болду. Үммөтүмдөн ким кайсы жерде болсо, ошол жерде намазын окуй берсин. Мага олжо адал болду. Мага чейин эч кимге олжо адал эмес эле. Мага шапаат кылуу артыкчылыгы берилди. Мага чейинки пайгамбарлар өзүнүн гана элине жиберилсе, мен жалпы адам баласына жиберилдим".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله أعطاه خمسَ خصالٍ لم يُعْطَهُنَّ أحدٌ مِن الأنبياء قبله: 
 أولًا: نُصِرْتُ بالرُّعْب يُقذَف في قُلوب أعدائي ولو كان بيني وبينهم مَسِيْرَة شهر. 
 ثانيًا: جُعِلَت لنا الأرضُ مسجدًا نُصلِّي أينَما كُنَّا، وطَهُورًا بالتُّراب عند العَجْز عن الماء. 
 ثالثًا: أُحِلَّتْ لنا غَنائمُ الحَرْب، وهي التي يأخذُها المسلمون في حربِهم مع الكفار. 
 رابعًا: أُعْطِيْتُ الشَّفاعَة العُظْمَى في إراحة الناس مِن هَوْلِ مَوْقِفِ يوم القيامة. 
@@ -4607,57 +4607,57 @@
 Бардык ибадат, амалдар Аллахты зикир кылууга негизделип буйрулган. Аллах Таала: "Мени зикир кылуу үчүн намаз оку" деген. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Каабаны таваф кылуу, Сафа менен Марванын ортосундагы басуу, шайтанга таш атуу, мунун баары Аллахты зикир кылуу үчүн буйрулган" - деген.
 Ал-Изз бин Абдусалам минтип айткан: Бул хадис бардык эле ибадаттардын сообу аткарылуусунун ченине карай бериле бербестигине далил. Тескерисинче, кээде Аллах Таала көп амалга берген соопко караганда, аз амалга көбүрөөк сооп берет. Сооп амалдардын артыкчылыгына карай берилет.
 Манаавий "Файз ал-Кодир" китебинде минтип айткан: Бул хадистеги зикр кимге кайрылса ошого тиешелүү эң абзел зикр болуп эсептелет. Эгер бул зикр эр жүрөк, баатырга багытталса, ал ошол себептүү исламга пайдасын тийгизе турган болсо, ал үчүн бул зикр жихад деп айтылат. Эгер бай адамга багытталса, ал ушул зикр себептүү жардыларга пайдасын тийгизсе, ал үчүн садага деп айтылат. Эгерде ажыга мүмкүнчүлүгү бар адамга багытталса, ал үчүн ажылык деп айтылат. Эгерде ата-энеси бар адамга карата айтылса, ал үчүн жакшылык кылуу деп эсептелет. Ошентип бардык хадистерде айтылган максат орундалат.
 Зикирдин эң толугу - тил менен айтылып, жүрөк менен маанисин ойлонгон зикир. Андан кийинкиси жүрөктөн маанисине ойлонуу менен кылынганы. Андан кийинкиси тил менен эле айтылып чектелгени. Булардын баарына өзүнө жараша сообу берилет.
 Мусулман адам убакыттарга байланган зикирлерди, мисалы, эртең менен жана кечинде айтылчу зикирди, мечитке, үйгө, ажатканага киргенде жана андан чыкканда айтылчу зикир сөздөрдү ж.б. такай айтып жүрүүсү керек.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Ат-Тирмизи, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3575</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Бейиш силерге бут кийимиңердин боосунан да жакыныраак жана тозок да ошол сыяктуу</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
-    <t>Ибн Масьуд, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Бейиш силерге бут кийимиңердин боосунан да жакыныраак жана тозок да ошол сыяктуу».</t>
+    <t>Ибн Масуъд (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Бейиш силерге бут кийимиңердин боосунан да жакыныраак жана тозок да ошол сыяктуу».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам, бейиш менен тозок бутка байланган боо сыяктуу адамга өтө жакын экендигин кабар берди. Анткени адам баласы бир ибадатты Аллахтын ыраазылыгы үчүн аткарып, ошол себептен  бейишке кирүүсү мүмкүн же бир күнөө себептен тозокко түшүүсү мүмкүн.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бейиш менен тозок бутка байланган боо сыяктуу адамга өтө жакын экендигин кабар берди. Анткени адам баласы бир ибадатты Аллахтын ыраазылыгы үчүн аткарып, ошол себептен  бейишке кирүүсү мүмкүн же бир күнөө себептен тозокко түшүүсү мүмкүн.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Жакшылык аз болсо да ага кызыктыруу жана жамандык аз болсо да андан алыстоого үндөө керек.
 Мусулман бул жашоосунда үмүт менен коркуунун ортосунда жашоосу зарыл. Ошондой эле өзүнө ишенип текеберленип кетпештиги үчүн Аллахтан дуба кылып туура жолдо бекем кылуусун сурануусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3581</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Мисвак колдонуу оозду тазартат жана Раббимдин ыраазылыгына жеткирет</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Аиша, радыяллаху анха, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Мисвак колдонуу оозду тазартат жана Раббимдин ыраазылыгына жеткирет».</t>
   </si>
   <si>
@@ -4712,51 +4712,51 @@
     <t>Күнөөлөр чоң жана кичине болуп бөлүнөт.
 Чоң күнөөлөрдөн алыс болуу шарты менен гана кичине күнөөлөр кечирилет.
 Чоң күнөө - бул дүйнөдө анын жазасы баяндалган. Акыретте анын азапталышы тууралуу жана Аллахтын ага ачуулануусу тууралуу убада келген. Аны кылган адамга экертүү керек же ал Аллахтын каргышына калат. Чоң күнөөлөр зына же арак ичуу, ж.б.у.с.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3591</t>
   </si>
   <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Менден бир аят болсо да жеткиргиле. Бану-Исраилдин окуяларын айта бергиле, анда эч кандай күнөө жок. Ким менин атымдан атайылап жалган айтса, анда тозоктон жайын даярдай берсин</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Абдулла бин Амр, радыяллаху анхума, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Менден бир аят болсо да жеткиргиле. Бану-Исраилдин окуяларын айта бергиле, анда эч кандай күнөө жок. Ким менин атымдан атайылап жалган айтса, анда тозоктон жайын даярдай берсин».</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, өзүнүн атынан Куран же сүннөт илимдерин, ал бир аят же бир хадис болсо да жеткирүүгө буйруп жатат. Аларды элге жеткирүүдө эмнени жеткирип жатканын жана эмнеге чакырып жатканын билүүсү шарт. Андан соң Пайгамбар, саллаллаху алейхи уа саллам, Бану-Исраилдин шариятыбызга каршы келбеген окуяларын айтуунун зыяны жок экенин баяндады. Пайгамбар, саллаллаху алейхи уа саллам, жалган айтуудан тыйды. Ким анын атынан атайылап жалган айтса, анда өзүнө тозоктон жайын алып коёо берсин».</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) өзүнүн атынан Куран же сүннөт илимдерин, ал бир аят же бир хадис болсо да жеткирүүгө буйруп жатат. Аларды элге жеткирүүдө эмнени жеткирип жатканын жана эмнеге чакырып жатканын билүүсү шарт. Андан соң Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Бану-Исраилдин шариятыбызга каршы келбеген окуяларын айтуунун зыяны жок экенин баяндады. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жалган айтуудан тыйды. Ким анын атынан атайылап жалган айтса, анда өзүнө тозоктон жайын алып коёо берсин».</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Аллахтын шариятын жеткирүүгө кызыктыруу. Албетте бир адам аз болсо да түшүнгөн жана жаттаган нерселерин башкаларга жеткирүүсү керек.
 Аллахка туура ибадат кылуу үчүн жана шариятты туура жеткирүү үчүн дин илимин үйрөнүү важип.
 Хадисте келген катуу эскертүүгө кирип калбоо үчүн хадисти жеткирерден алдын же жайылтуудан алдын анын сахих (туура) экенин тактоо важип.
 Айрыкча, Аллахтын динине тиешелүү сөздөрдө жалганга түшүп калбоо үчүн сүйлөгөндө чынчыл болууга жана абайлап сүйлөөгө үндөдү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3686</t>
   </si>
   <si>
     <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>Мага мен аны аткарсам бейишке кире турган бир ишти көрсөтчү - деди. Ал: "Аллахка эч нерсени шерик кылбай ибадат кыласың, парз намаздарды окуйсуң, парз зекетти бересиң, Рамазанда орозо кармайсың" - деди</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
@@ -5713,51 +5713,51 @@
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) шарият өкүмдөрү үч түрдүү болорун айтты: эч нерсе айтылбаган, тыюу салынган, буйрулган.
 Биринчиси: Шариятта ага карата эч нерсе айтылган эмес, эч кандай өкүм жок. Негизи аткарылуусу милдет болбогон иштерге карата болот. Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) доорунда суроонун себебинен Аллах Таала ал нерсени важиб же арам кылып коюу коркунучу болгондуктан, али боло элек нерсени сурабоо важиб болгон. Анткени, ал нерсени Аллах Таала пенделериине ырайым кылып айтпай калтырган болушу мүмкүн. Ал эми пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) дүйнөдөн өткөндөн кийин фатва алуу же жөн эле билип алуу үчүн дин иштери тууралуу суроого тыюу жок, тескерисинче сурап алуу зарыл. А эгер көктүк кылып, өзүн жана суралган адамды кыйноо үчүн ар кандай суроолорду берсе, анда бул жогорудагы хадиске кирет. Мындай көп суроо берүү Исраил урпактарынын башына түшкөн сыяктуу мүшкүлгө салат. Аларга уй сойгула деген буйрук болгондо, каалаган уйду соё койсо болмок, бирок алар улам сурай берип өздөрүнө-өздөрү кыйынчылык жаратып алышты.
 Экинчиси: тыюу салынган иштер: мындай иштерди кылбагандар соопко ээ болот, кылгандар күнөөкөр болот. Мындай иштердин баарынан алыс болуу важиб.
 Үчүнчүсү: буйрулган иштер: мындай иштерди аткаргандар соопко ээ болот, аткарбагандар күнөөкөр болот. Мындай иштерди чамасынын жетишинче аткаруу важиб.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Өтө зарыл болуп турган ишти аткаруу менен алек болуп, учурда муктаждыгы жок ишти коё турган оң. Ошондой эле али болбогон нерсени суроонун кереги жок.
 Түйүндүү маселеге алып бара турган жана арада ар кандай келишпестиктерге эшик ача турган суроолорду суроо арам (тыюу салынган).
 Тыюу салынган нерсенин баарын таштоо керек. Анткени, тыюу салынган ишти аткарбай коюуда эч кандай кыйынчылык жаралбайт.
 Ал эми буйрулган ишти ар ким өз чамасына жараша аткаруусу керек. Анткени, кээде аны аткаруу бирөөлөргө оор болуп, машакат жаратуусу мүмкүн. Ошондуктан, буйрулган иштерди ар ким чамасына жараша аткарууга буйрулган.
 Көп суроо берүүдөн тыюу боюнча аалымдар суроолорду эки түргө бөлүшөт: биринчиси, дин иштеринин кайсы бирин билип алуу үчүн берилген суроо. Буга сахабалардын сурагандары кирет, мындай суроолорду берүү шариятта буйрулган. Экинчиси: өзүнө-өзү оорлук жаратуу үчүн, көктүк кылып атайын берилген суроолор. Мына ушундай суроолорго тыюу салынган.
 Мурдагы үммөттөрдө болгон сыяктуу, бул үммөткө пайгамбарына каршы чыгуу катуу эскертилди.
 Кереги жок нерселер тууралуу көп суроо берүү жана пайгамбарына каяша кылуу кыйрап жок болууга себеп болот. Айрыкча, аткарууга жана түшүнүүгө мүмкүн болбогон нерселер тууралуу суроо. Мисалы: Аллахтан башка эч ким билбеген кайып нерселер, кыяматагы боло турган иштер ж.б.
-Маселелерди татаалдаштыруу суроо берүү тууралуу Авзаъи минтип айткан: "Эгерде Аллах Таала пендесин илимдин берекесинен куру калтырууну кааласа, анын тилине адаштыруучу сөздөрдү салат. Чынында, мындайлар адамдардын эң илими азы болорун көрдүм". Ибн Вахб минтип айткан: "Илимдеги шек саноо - кишинин жүрөгүнөн илимдин нурун кетирет".</t>
+Татаал маселелер тууралуу суроо берүүдөн кайтаруу. Имам Авзаъи минтип айткан: "Эгерде Аллах Таала пендесин илимдин берекесинен куру калтырууну кааласа, анын тилине адаштыруучу сөздөрдү салат. Чынында, мындайлар адамдардын эң илими азы болорун көрдүм". Ибн Вахб минтип айткан: "Илимдеги талашуу - кишинин жүрөгүнөн илимдин нурун кетирет".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4295</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>“Сен өтө оор ишти сурадың. Бирок Аллах жеңил кылгандар үчүн өтө оңой болот</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Муаз бин Жабал (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен сапарда бирге болдум. Бир күнү жол жүрүп бара жатканда аны жандай бастырып калдым. Анан андан: Оо, Аллахтын элчиси, мени тозоктон алыстатып, бейишке киргизе турган кандай иш бар? – деп сурадым. Ал: “Сен өтө оор ишти сурадың. Бирок Аллах жеңил кылгандар үчүн өтө оңой болот . Аллахка шерик кошпой ибадат кыл, беш убак намазды толук оку, зекетти бер, Рамазан айынын орозосун карма. Аллахтын үйү (Каъбага барып), ажылык милдетиңди аткар” – деп, анан сөзүн кайра улады: “Сага жакшылыктын эшиктери тууралуу айтайынбы? Орозо (тозоктон) калкан; Садага – суу отту өчүргөндөй күнөөлөрдү өчүрөт. Адамдын түн ортосунда окуган намазы” – деп, бул аятты окуду: “Алардын жамбашы жатчу жайынан алыс болуп, коркуу жана үмүт менен Раббисине дуба кылышат. Биз берген ырыскыдан каржылашат. Эч ким кылган иш-амалдары үчүн аларга жашыруун даярдалып коюлган көз кубанычын билбейт”. Анан кайра мага: “Сага диндин башы, тиреги жана туу чокусу тууралу айтайынбы?” – деди. Мен: О Аллахтын элчиси, айтыңыз – дедим. Ал: “Диндин башы – Ислам; Анын тиреги – намаз; Туу чокусу – Аллах жолунда күрөш” – деди. Анан: “Эми сага ушул айтылгандардын баарынын негизи эмне экенин айтайынбы?” – деди. Мен: О Аллахтын элчиси, айтыңыз – дедим. Ошондо ал тилин кармап көрсөтүп: “Ушуну сакта!” – деди. Мен: О Аллахтын элчиси, биз айткан сөздөрүбүз үчүн да жоопко тартылабызбы? – деп сурадым. Ал: “Энең сени жоготсун, оо Муаз, адамдарды тозокко бети же мурду менен кулаткан нерсе тилинен тапкан күнөөлөрү эмеспи” – деди.</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
@@ -5912,91 +5912,91 @@
 Ал эми күнөө бул, жүрөккө шектүү болгон нерселер кирип, ага көңүл толбой, анын күнөө экенине шек жана коркунуч пайда болгондо, жана аны кадыр-барктуу, изги адамдарга көрсөтүүнү каалабай калганда  – мына ошол иш күнөө болот. Анткени, адамдын табияты жакшы амалдарынын элге көрүнүшүн жактырат. Эгер айрым иштеринин башкаларга көрүнүшүн жаман көрсө, анда ал амалда жакшылык жок, ал күнөө.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
 قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
 المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
 قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
   </si>
   <si>
     <t>Хадис жакшы ахлакта болууга кызыктырат. Анткени, ахлактын жакшылыгы жакшылыктын эң негизги белгилеринин бири.
 Ыймандуу адам акыйкат менен жалганды аралаштырып, чаташтырбайт. Акыйкатты жүрөк нуру менен билет жана жалгандан качып, аны четке кагат.
 Күнөөнүн бир белгиси - жүрөктүн тынчсыздануусу жана ал ишин башкалардын көрүүсүн жактырбашы.
 Ас-Синди минтип айткан: бул (хадисте айтылган нерсе) — адамдар кайсы тарап туура экенин так билбей турган күмөндүү иштерге тиешелүү. Ал эми шариятта так буйрулган нерселер — эгер ага каршы эч кандай далил чыкпаса — бул жакшы амалдар болуп саналат. Ошондой эле шариятта так тыюу салынгандар — бул күнөөлөр болуп эсептелет. Мындай учурда жүрөктөн суроо же анын тынчтануусун издөө зарыл эмес.
 Бул хадисте кайрылып айтылып жаткан адамдар — табияты түз, фитраты таза болгон адамдар. Ал эми жүрөгү төңкөрүлүп, өзүнүн кумарына гана берилип калган, жакшылыкты жакшылык катары тааныбаган жана жамандыктан жийиркенбеген адамдарга бул тиешелүү эмес.
 Ат-Тийбий мындай деген: Хадистеги "бирр" (жакшылык) деген сөз бир канча мааниде чечмеленген. Кээ бир жерде напси жана жүрөк тынчтана турган деп айтылса, кээ биринде ыйман деп айтылган. Кээ биринде Аллахка жакындата турган нерсе деп айтылган. Бул жерде болсо жакшы ахлак деп чечмеленди. Ал эми жакшы ахлак деген: башкалардын ызасына сабыр кылуу, көп ачууланбоо, жарык маанайда болуу, сылык сүйлөө ж.б. Булардын баары мааниси жагынан жакын.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4308</t>
   </si>
   <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
-    <t>Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Аллахтын Китеби үчүн, Аллахтын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты</t>
+    <t>Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Анын Китеби үчүн, Анын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
-    <t>Тамим ад-Даари, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Аллахтын Китеби үчүн, Аллахтын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты».</t>
+    <t>Тамим ад-Даари (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Анын Китеби үчүн, Анын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Ислам динин кармануу - чын ыкластуулукка жана чынчылдыкка негизделгенин, Аллах буйругандай толук, кемчиликсиз жана алдамчылыксыз менен аткарылышын айтты.
-Пайгамбар, саллаллаху алейхи уа салламдан: «Насаат кимге берилет?» - деп сурашканда ал мындай деп айтты:
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Ислам динин кармануу - чын ыкластуулукка жана чынчылдыкка негизделгенин, Аллах буйругандай толук, кемчиликсиз жана алдамчылыксыз менен аткарылышын айтты.
+Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун): «Насаат кимге берилет?» - деп сурашканда ал мындай деп айтты:
 Биринчиси: Насаат Аллах Таала үчүн б.а. чын-ыкластан Аллах үчүн иш-аракеттерди аткаруу, Ага шерик кошпоо. Ага рубубиятта, улухиятта жана ысым-сыпаттарында ыйман келтирүү, Анын буйругун бийик тутуп аткаруу жана Ага ыйман келтирүүгө чакыруу.
-Экинчиси: Насаат Аллахтын Китеби үчүн, ал Ыйык Куран б.а. бул Аллахтын сөзү, китептеринин акыркысы экендигине жана ал Куран өзүнөн мурунку бардык шарият мыйзамдарын жокко чыгарганына ишенүүбүз, Аны урматтообуз жана аны туура окуубуз керек. Андагы мухкам аяттарга амал кылуубуз жана муташабих аяттарга моюн сунуубуз. Аны бурмалоочулардын чечмелөөсүнөн коргообуз. Анын насааттарын, анын илимин таралуусун жана ага чакырууну  этибарга алуубуз керек.
-Үчүнчүсү: Насаат Аллахтын элчиси Мухаммад, саллаллаху алейхи уа саллам, үчүн б.а. ал элчилердин акыркысы экенине ишенүүбүз жана ал алып келген нерсени тастыктообуз, анын буйруктарына баш ийүүбүз жана тыюу салган нерселеринен сактануубуз, ал алып келген нерсе менен гана Аллахка ибадат кылуубуз, анын акысын улуктообуз, урматтообуз, анын даават, шарият мыйзамын жайылтуубуз жана Ага коюлган дооматтарды четке кагуубуз керек.
+Экинчиси: Насаат Анын Китеби үчүн, ал Ыйык Куран б.а. бул Аллахтын сөзү, китептеринин акыркысы экендигине жана ал Куран өзүнөн мурунку бардык шарият мыйзамдарын жокко чыгарганына ишенүүбүз, Аны урматтообуз жана аны туура окуубуз керек. Андагы мухкам аяттарга амал кылуубуз жана муташабих аяттарга моюн сунуубуз. Аны бурмалоочулардын чечмелөөсүнөн коргообуз. Анын насааттарын, анын илимин таралуусун жана ага чакырууну  этибарга алуубуз керек.
+Үчүнчүсү: Насаат Аллахтын элчиси Мухаммад (ага Аллахтын тынчтыгы жана мактоосу болсун) үчүн б.а. ал элчилердин акыркысы экенине ишенүүбүз жана ал алып келген нерсени тастыктообуз, анын буйруктарына баш ийүүбүз жана тыюу салган нерселеринен сактануубуз, ал алып келген нерсе менен гана Аллахка ибадат кылуубуз, анын акысын улуктообуз, урматтообуз, анын даават, шарият мыйзамын жайылтуубуз жана Ага коюлган дооматтарды четке кагуубуз керек.
 Төртүнчүсү: Насаат мусулмандардын башчылары үчүн б.а. бул мусулмандардын башчыларына акыйкатты жайылтууда жардам берүү, алар менен бир иштерде талашып-тартышпоо жана Аллахка ибадат кылууда аларды угуп жана аларга моюн сунуу керек.
 Бешинчиси: Насаат жалпы мусулмандар үчүн б.а. бул жалпы мусулмандарга жакшылык кылуу жана аларга даават кылуу, аларга зыян жеткирүүдөн тыйылуу, аларга жакшылыктын жетүүсүн жакшы көрүү жана алар менен жакшылыкта жана такыбалыкта жардамдашуу.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Насаат кылууга буйруу бардык адамдар үчүн.
 Ислам дининдеги насаат макамынын улуулугу.
 Ислам дини ички ишенимдерди, тил амалдарын жана дене амалдарын камтыйт.
 Насаат – бул насаат кылынган адамды алдамчылыктан тазалап, ага жакшылык каалоо.
-Пайгамбар, саллаллаху алейхи уа салламдын, таалимди жакшы берүүсү. Анткени Пайгамбар, саллаллаху алейхи уа саллам, бир нерсени жалпылап айтып, андан соң аны майда-чүйдөсүнө чейин айтып берген.
-Негизги нерселердин эң негизгисинен баштоо. Мына ошондуктан Пайгамбар, саллаллаху алейхи уа саллам, насаат Аллах үчүн андан кийин Аллахтын Китеби үчүн, андан кийин Аллахтын  Элчиси үчүн, андан кийин мусулмандардын башчылары үчүн, андан кийин жалпы мусулмандар үчүн деп эң негизгисинен баштады.</t>
+Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) таалимди жакшы берүүсү. Анткени Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бир нерсени жалпылап айтып, андан соң аны майда-чүйдөсүнө чейин айтып берген.
+Негизги нерселердин эң негизгисинен баштоо. Мына ошондуктан Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) насаат Аллах үчүн андан кийин Анын Китеби үчүн, андан кийин Анын  Элчиси үчүн, андан кийин мусулмандардын башчылары үчүн, андан кийин жалпы мусулмандар үчүн деп эң негизгисинен баштады.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4309</t>
   </si>
   <si>
     <t>الرضاعة تحرم ما تحرم الولادة</t>
   </si>
   <si>
     <t>Эмизүү да төрөт (туугандык) арам кылган нерсени арам кылат</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
   </si>
   <si>
     <t>Айша (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Эмизүү да төрөт (туугандык) арам кылган нерсени арам кылат".</t>
   </si>
   <si>
     <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) тага, атасынын бир тууганы, өз бир тууганы сыяктуу текте жана бир туугандыкта арам кылган нерсени эмчектештик да арам кыларын айткан. Ошондой эле өкүмдөрдө бир туугандык адал кылган нерсени эмчектештик да адал кылат.</t>
   </si>
   <si>
     <t>الحديث قاعدة في أحكام الرضاع.
 قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
@@ -6413,155 +6413,155 @@
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: мурдагы пайгамбарлардын осуяттарынан кылымдан кылымга өтүп эл арасында айтылып акыркы үммөткө чейин жеткен сөз: эмне кылганы жатканыңа кара, эгер ал ишиң үчүн уялбай турган болсоң, кыла бер. А эгер ал ишиң үчүн уяла турган болсоң, аны кылба. Анткени, жаман ишти кылуудан тосуп турган нерсе уяттуулук. Кимде уяты жок болсо, ал бардык жаман, бузук иштерди кыла берет.</t>
   </si>
   <si>
     <t>الحياء أصل الأخلاق الكريمة.
 الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
 الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
 قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
   </si>
   <si>
     <t>Уяттуулук - жакшы мүнөздөрдүн тамыры.
 Уяттуулук пайгамбарлардын сыпаты. Алардан санат болуп калган.
 Уяттуулук мусулманды аны көркүнө чыгарып, кадырын көтөрө турган жакшы иштерди аткартып, көркүн бузуп, кадырын түшүрө турган жаман иштерден тыйып турат.
 Ан-Нававий минтип айткан: Мында мубах амал жөнүндө айтылган. Тагыраак айтканда, бир ишти аткарууну кааласаң, ал иш үчүн Аллахтын же адамдардын алдында уят болуп калбай турган болсоң, аны аткара бер. Эгер уят болуп кала турган болсоң, аны аткарба. Исламдын жолу да ушундай. Мунун себеби, буйрулган иштер важыб жана мандуб, аларды аткарбай коюу уят. Тыйылган иштер арам жана макирөө, аларды аткаруу уят. Ал эми мубах иште уялуу да, уялбоо да жайыз. Хадис беш өкүмдү өзүнө камтыйт, коркутуу түрүндөгү буйрук деген да пикир бар, б.а. эгер сенде уятың жок болсо,каалаганыңды кыла бер, Аллах сени Өзү жазалайт деген маани. Кабар маанисинде айтылган буйрук деген да пикир бар. Ким уялбаса, каалаганын жасай берет деген мааниде.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4559</t>
   </si>
   <si>
     <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
-    <t>«Чындыгында, иш-аракеттер ниеттерге жараша болот. Ар бир адам ниет кылганына жетет. Кимдин хижраты Аллах жана Анын Элчиси үчүн болсо, анда анын хижраты Аллах жана Анын элчиси үчүн болот. Ал эми кимдин хижраты дүнүйөгө жетүү үчүн же аялга үйлөнүү үчүн болсо, анда анын хижраты эмнеге болсо ошол үчүн хижрат кылган болот». Ал эми имим Бухаринин риваятында: «Чындыгында, иш-аракеттер ниеттерге жараша болот. Ар бир адам ниет кылганына жетет» - деп келет.*@</t>
+    <t>«Чындыгында, иш-аракеттер ниетке жараша болот. Ар бир адам ниет кылганына жетет. Кимдин хижраты Аллах жана Анын Элчиси үчүн болсо, анда анын хижраты Аллах жана Анын элчиси үчүн болот. Ал эми кимдин хижраты дүнүйөгө жетүү үчүн же аялга үйлөнүү үчүн болсо, анда анын хижраты эмнеге болсо ошол үчүн хижрат кылган болот». Ал эми имам Бухаринин риваятында: «Чындыгында, иш-аракеттер ниеттерге жараша болот. Ар бир адам ниет кылганына жетет» - деп келет.*@</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
-    <t>Умар ибн аль-Хаттаб, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, иш-аракеттер ниеттерге жараша болот. Ар бир адам ниет кылганына жетет. Кимдин хижраты Аллах жана Анын Элчиси үчүн болсо, анда анын хижраты Аллах жана Анын элчиси үчүн болот. Ал эми кимдин хижраты дүнүйөгө жетүү үчүн же аялга үйлөнүү үчүн болсо, анда анын хижраты эмнеге болсо ошол үчүн хижрат кылган болот». Ал эми имим Бухаринин риваятында: «Чындыгында, иш-аракеттер ниеттерге жараша болот. Ар бир адам ниет кылганына жетет» - деп келет.</t>
+    <t>Умар ибн аль-Хаттаб (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси  (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Чындыгында, иш-аракеттер ниетке жараша болот. Ар бир адам ниет кылганына жетет. Кимдин хижраты Аллах жана Анын Элчиси үчүн болсо, анда анын хижраты Аллах жана Анын элчиси үчүн болот. Ал эми кимдин хижраты дүнүйөгө жетүү үчүн же аялга үйлөнүү үчүн болсо, анда анын хижраты эмнеге болсо ошол үчүн хижрат кылган болот». Ал эми имам Бухаринин риваятында: «Чындыгында, иш-аракеттер ниеттерге жараша болот. Ар бир адам ниет кылганына жетет» - деп келет.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, бардык иш-аракеттерде ниеттер эске алынарын кабар берип жатат. Бул өкүм бардык ибадаттарда жана соода-сатыктарда жалпы болоору айтылды. Ошондуктан кимде-ким өз ишинде пайда көрүүнү ниет кылса, анда ал бул ниети менен пайдадан башка эч нерсеге жетпейт жана ага эч кандай сооп да болбойт. Ал эми кимде-ким өз иши менен Аллах Таалага жакындоого ниет кылса, анда ал иши жеп-ичүү сыяктуу катардагы иш болсо да, ал бул ниети менен соопко жана сыйлыкка жетет.
-Андан кийин, Пайгамбар, саллаллаху алейхи уа саллам, ниет менен амалдар сырткы сүрөтүнөн бирдей болгонуна карабастан ниеттин амалдарга тийгизген таасирин көрсөтүү үчүн мисал келтирди. Ошондуктан Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким хижрат кылууга ниет кылып Раббисинин ыраазычылыгын көздөп мекенин таштап кеткен болсо, анда анын хижраты кабыл болгонун, Ислам шариятына дал келген хижрат экенин жана ниетинин чынчылдыгынан улам хижранын сообуна да ээ болорун ачык айтты. Ал эми кимде-ким хижрат кылуу менен акча, кадыр-барк, соода же аял сыяктуу дүнүйөлүк пайданы ниет кылса, анда ал хижраттан ал ниет кылган пайдасына гана жетет жана ага сооптон үлүш болбойт.</t>
+    <t>Пайгамбар  (ага Аллахтын тынчтыгы жана мактоосу болсун) бардык иш-аракеттерде ниеттер эске алынарын кабар берип жатат. Бул өкүм бардык ибадаттарда жана соода-сатыктарда жалпы болоору айтылды. Ошондуктан кимде-ким өз ишинде пайда көрүүнү ниет кылса, анда ал бул ниети менен пайдадан башка эч нерсеге жетпейт жана ага эч кандай сооп да болбойт. Ал эми кимде-ким өз иши менен Аллах Таалага жакындоого ниет кылса, анда ал иши жеп-ичүү сыяктуу катардагы иш болсо да, ал бул ниети менен соопко жана сыйлыкка жетет.
+Андан кийин, Пайгамбар  (ага Аллахтын тынчтыгы жана мактоосу болсун) ниет менен амалдар сырткы сүрөтүнөн бирдей болгонуна карабастан ниеттин амалдарга тийгизген таасирин көрсөтүү үчүн мисал келтирди. Ошондуктан Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким хижрат кылууга ниет кылып Раббисинин ыраазычылыгын көздөп мекенин таштап кеткен болсо, анда анын хижраты кабыл болгонун, Ислам шариятына дал келген хижрат экенин жана ниетинин чынчылдыгынан улам хижраттын сообуна да ээ болорун ачык айтты. Ал эми кимде-ким хижрат кылуу менен акча, кадыр-барк, соода же аял сыяктуу дүнүйөлүк пайданы ниет кылса, анда ал хижраттан ал ниет кылган пайдасына гана жетет жана ага сооптон үлүш болбойт.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Иш-аракеттерди калыс Аллах үчүн аткарууга үндөө. Анткени Аллах Өзүнүн жүзү үчүн аткарылган иш-аракеттерден башкасын кабыл албайт.
 Эгерде балакатка жеткен адам Аллах Таалага жакындата турган амалдарды адатынча аткарса, анда ал амалдары менен Аллахка жакындоого ниет кылмайынча ал үчүн сооп болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4560</t>
   </si>
   <si>
     <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>«Күндөрдүн биринде биз Аллахтын элчисинин жанында олтурган элек. Ошол учурда жаныбызга аппак кийимчен, чачтары капкара болгон бир киши келди. Анын кейпинде мусапырлык белги да жок, эч кимибиз аны тааныбайт да экенбиз. Ал келип эле Аллахтын элчисинин тизесине тизесин тийгизип, колдорун сандарына коюп олтурду да:
-– Оо, Мухаммад! Мага Ислам жөнүндө айтып бер. - Деди. Аллахтын элчиси:
-[...1 lines deleted...]
-– Туура айттың. - Деди.
+– Оо, Мухаммад! Мага Ислам жөнүндө айтып бер - деди. Аллахтын элчиси:
+– Ислам – бул Аллахтан башка сыйынууга татыктуу кудай жок экендигине жана Мухаммад Анын элчиси экендигине күбөлүк берүүң, намазды толук аткарууң, зекет берүүң, Рамазан орозосун тутууң жана күчүң жетсе каабага ажылык кылууң - деп жооп берди. Жанагы киши:
+– Туура айттың - деди.
 Биз анын суроо берип, кайра өзү тастыктап жатканына таң калдык. Андан кийин ал:
-– Эми мага Ыйман жөнүндө айтып бер. - Деп сурады. Аллахтын элчиси:
-[...6 lines deleted...]
-– Күңдөн өзүнүн кожоюну төрөлөт, жылаң аяк, киерге кийими жок кедей малчылар бийик-бийик имараттарды курууда бири-бири менен атаандашканына күбө болосуң. - Деп жооп берди.
+– Эми мага Ыйман жөнүндө айтып бер - деп сурады. Аллахтын элчиси:
+– Ыйман – бул Аллахка, Анын периштелерине, Анын китептерине, Анын пайгамбарларына, акырет күнүнө жана жакшылык менен жамандык тагдырдан болоруна ишенүүң - деп жооп берди. Ал киши:
+– Туура айттың - деди. Анан:
+– Эми мага Ихсан жөнүндө айтып бер - деди. Аллахтын элчиси: Ихсан – бул сен Аллахты көрүп турганыңдай Ага сыйынууң. Сен Аны көрбөсөң да, Ал сени сөзсүз түрдө көрүп турат - деп жооп берди. Ал киши:
+– Кыямат качан болорун айтып бер - деди. Аллахтын элчиси:
+– Бул жөнүндө суралуучу сурап жаткандан артык билбейт - деп жооп берди. Ал киши:
+– Андай болсо, мага кыяматтын белгилери туурасында айтып бер - деди. Ал айтты:
+– Күңдөн өзүнүн кожоюну төрөлөт, жылаң аяк, киерге кийими жок кедей малчылар бийик-бийик имараттарды курууда бири-бири менен атаандашканына күбө болосуң - деп жооп берди.
 Умар айтты: «Андан кийин ал киши кетип калды. Арадан бир топ убакыт өткөндөн кийин Аллахтын элчиси менден:
-– Эй, Умар! Суроо узаткан киши ким экенин билесиңби? - Деп сурады. Мен:
-[...1 lines deleted...]
-– Чындыгында, ал Жебреил периште болчу. Силерге диниңерди үйрөткөнү келген эле. - Деп айтты».*@</t>
+– Эй, Умар! Суроо узаткан киши ким экенин билесиңби? - деп сурады. Мен:
+– Аллах жана Анын элчиси жакшы билет - деп жооп бердим. Ошондо ал:
+– Чындыгында, ал Жебирейил периште болчу. Силерге диниңерди үйрөткөнү келген эле - деп айтты».*@</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
-    <t>Умар ибн аль-Хаттаб, радыяллаху анху, мындай деди: «Күндөрдүн биринде биз Аллахтын элчисинин жанында олтурган элек. Ошол учурда жаныбызга аппак кийимчен, чачтары капкара болгон бир киши келди. Анын кейпинде мусапырлык белги да жок, эч кимибиз аны тааныбайт да экенбиз. Ал келип эле Аллахтын элчисинин тизесине тизесин тийгизип, колдорун сандарына коюп олтурду да:
-[...2 lines deleted...]
-– Туура айттың. - Деди.
+    <t>Умар ибн аль-Хаттаб (Аллах андан ыраазы болсун) мындай деди: «Күндөрдүн биринде биз Аллахтын элчисинин жанында олтурган элек. Ошол учурда жаныбызга аппак кийимчен, чачтары капкара болгон бир киши келди. Анын кейпинде мусапырлык белги да жок, эч кимибиз аны тааныбайт да экенбиз. Ал келип эле Аллахтын элчисинин тизесине тизесин тийгизип, колдорун сандарына коюп олтурду да:
+– Оо, Мухаммад! Мага Ислам жөнүндө айтып бер - деди. Аллахтын элчиси:
+– Ислам – бул Аллахтан башка сыйынууга татыктуу кудай жок экендигине жана Мухаммад Анын элчиси экендигине күбөлүк берүүң, намазды толук аткарууң, зекет берүүң, Рамазан орозосун тутууң жана күчүң жетсе каабага ажылык кылууң - деп жооп берди. Жанагы киши:
+– Туура айттың - деди.
 Биз анын суроо берип, кайра өзү тастыктап жатканына таң калдык. Андан кийин ал:
-– Эми мага Ыйман жөнүндө айтып бер. - Деп сурады. Аллахтын элчиси:
-[...6 lines deleted...]
-– Күңдөн өзүнүн кожоюну төрөлөт, жылаң аяк, киерге кийими жок кедей малчылар бийик-бийик имараттарды курууда бири-бири менен атаандашканына күбө болосуң. - Деп жооп берди.
+– Эми мага Ыйман жөнүндө айтып бер - деп сурады. Аллахтын элчиси:
+– Ыйман – бул Аллахка, Анын периштелерине, Анын китептерине, Анын пайгамбарларына, акырет күнүнө жана жакшылык менен жамандык тагдырдан болоруна ишенүүң - деп жооп берди. Ал киши:
+– Туура айттың - деди. Анан:
+– Эми мага Ихсан жөнүндө айтып бер - деди. Аллахтын элчиси: Ихсан – бул сен Аллахты көрүп турганыңдай Ага сыйынууң. Сен Аны көрбөсөң да, Ал сени сөзсүз түрдө көрүп турат - деп жооп берди. Ал киши:
+– Кыямат качан болорун айтып бер - деди. Аллахтын элчиси:
+– Бул жөнүндө суралуучу сурап жаткандан артык билбейт - деп жооп берди. Ал киши:
+– Андай болсо, мага кыяматтын белгилери туурасында айтып бер - деди. Ал айтты:
+– Күңдөн өзүнүн кожоюну төрөлөт, жылаң аяк, киерге кийими жок кедей малчылар бийик-бийик имараттарды курууда бири-бири менен атаандашканына күбө болосуң - деп жооп берди.
 Умар айтты: «Андан кийин ал киши кетип калды. Арадан бир топ убакыт өткөндөн кийин Аллахтын элчиси менден:
-– Эй, Умар! Суроо узаткан киши ким экенин билесиңби? - Деп сурады. Мен:
-[...1 lines deleted...]
-– Чындыгында, ал Жебреил периште болчу. Силерге диниңерди үйрөткөнү келген эле. - Деп айтты».</t>
+– Эй, Умар! Суроо узаткан киши ким экенин билесиңби? - деп сурады. Мен:
+– Аллах жана Анын элчиси жакшы билет - деп жооп бердим. Ошондо ал:
+– Чындыгында, ал Жебирейил периште болчу. Силерге диниңерди үйрөткөнү келген эле - деп айтты».</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Умар ибн аль-Хаттаб, радыяллаху анхуга, Жебреил периште сахабаларга белгисиз бир кишинин кейпинде келгендигин кабарлап жатат. Ал кишинин сыпаттары – кийими өтө аппак, чачы өтө кара. Чарчагандай, чаң баскандай, чачы жүдөгөй, кийими кирдегендей болуп сапардын белгиси көрүнбөйт. Ал жерде отургандардын эч кимиси аны тааныбайт. Алар Пайгамбар, саллаллаху алейхи уа саллам, менен бирге отурганда, ал киши Пайгамбар, саллаллаху алейхи уа салламдын, алдына үйрөнүүчү катары отуруп, андан Ислам жөнүндө сурады. Ошондо Пайгамбар ага эки күбөлүккө моюн сунуу, беш убак намазды окуу, татыктууларга зекет берүү, Рамазан айынын орозосун кармоо жана мүмкүнчүлүгү барларга ажылык парзын аткаруу сыяктуу Ислам түркүктөрүн айтып жооп берди.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Умар ибн аль-Хаттабка (Аллах андан ыраазы болсун) Жебирейил периште сахабаларга белгисиз бир кишинин кейпинде келгендигин кабарлап жатат. Ал кишинин сыпаттары – кийими өтө аппак, чачы өтө кара. Чарчагандай, чаң баскандай, чачы жүдөгөй, кийими кирдегендей болуп сапардын белгиси көрүнбөйт. Ал жерде отургандардын эч кимиси аны тааныбайт. Алар Пайгамбар  (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге отурганда, ал киши Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) алдына үйрөнүүчү катары отуруп, андан Ислам жөнүндө сурады. Ошондо Пайгамбар ага эки күбөлүккө моюн сунуу, беш убак намазды окуу, татыктууларга зекет берүү, Рамазан айынын орозосун кармоо жана мүмкүнчүлүгү барларга ажылык парзын аткаруу сыяктуу Ислам түркүктөрүн айтып жооп берди.
 Суроо узаткан: Туура айттың деп айтты. Ошондо, сахабалар анын бул суроолорду билбестигинен сурап анан аны тастыктап  жатканына таң калышты.
-Андан кийин ал киши Пайгамбар, саллаллаху алейхи уа салламдан, ыйман жөнүндө сурады. Ошондо ал Аллах Тааланын бар экенин жана Анын сыпаттарына ыйман келтирүү тууралуу, жаратуу сыяктуу иштерде Аллах жалгыз экенин, ибадат Жалгыз Ага гана болоорун айтты. Жана Аллах нурдан жараткан периштелер алар Аллах Таалага каршы чыгышпайт, Анын буйругу менен иш кылышат, ар дайым ибадатта болушат деп аларды айтты. Жана Пайгамбарларга Аллах Тааладан түшүрүлгөн Куран, Тоорат, Инжил ж.б. китептерге жана Аллахтын динин Аллахтын атынан жеткирген элчилерге, алардын арасынан Нух, Ибрахим, Муса, Иса, жана акыркы пайгамбар Мухаммад, саллаллаху алейхи уа салламга ж.б. пайгамбарларга жана элчилерге ыйман келтирүү деп айтты. Жана Акырет күнүнө ыйман келтирүүнү айтты. Акырет күнүнө ыйман келтирүүгө өлгөндөн кийин кабырда боло турган нерселер, Барзах ааламындагы жашоо, адамдын өлгөндөн кийин кайра тирилүүсү, сурак берээри жана анын кайра барар жери Бейиш же Тозок болоору ж.б.у.с. нерселер кирээрин айтты. Жана Аллахтын бардык нерселерди Өзүнүн алдын ала билгенине, даанышмандыгына, жазуусуна жараша тагдыр кылганына ыйман келтирүүнү айтты. Жана ал нерселер Аллахтын каалоосу менен болоору жана алардын ишке ашуусу Аллахтын тагдыр кылганына жана жаратканына жараша болооруна ыйман келтирүү деп алты түркүктүн баарын айтып жооп берди. Андан кийин ал киши Пайгамбар, саллаллаху алейхи уа салламдан, ихсан жөнүндө сурады. Ага Пайгамбар, саллаллаху алейхи уа саллам, ихсан  бул Аллахты көрүп тургандай ибадат кылуу экенин айтты. Эгерде ал ихсандын бул даражасына жетпесе, анда Аллах Таала аны көрүп тургандай ибадат кылсын. Ихсандын биринчи даражасы – бул Аллахты көрүп тургандай ибадат кылуу. Ал эң жогору даража. Ал эми экинчи даражасы – бул Аллах Таала аны көзөмөлдөп тургандай ибадат кылуу.
-Андан кийин ал киши Пайгамбар, саллаллаху алейхи уа салламдан, Кыямат качан болорун сурады. Ошондо Пайгамбар, саллаллаху алейхи уа саллам, Кыяматтын качан болорун билүү Аллахтын Өз илимине жашырылган нерсе экенин жана аны макулуктардан эч ким, жада калса ал жөнүндө суралуучу да, сурап жаткан да билбей турганын баяндады.
+Андан кийин ал киши Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) ыйман жөнүндө сурады. Ошондо ал Аллах Тааланын бар экенин жана Анын сыпаттарына ыйман келтирүү тууралуу, жаратуу сыяктуу иштерде Аллах жалгыз экенин, ибадат Жалгыз Ага гана болоорун айтты. Жана Аллах нурдан жараткан периштелер алар Аллах Таалага каршы чыгышпайт, Анын буйругу менен иш кылышат, ар дайым ибадатта болушат деп аларды айтты. Жана Пайгамбарларга Аллах Тааладан түшүрүлгөн Куран, Тоорат, Инжил ж.б. китептерге жана Аллахтын динин Аллахтын атынан жеткирген элчилерге, алардын арасынан Нух, Ибрахим, Муса, Иса, жана акыркы пайгамбар Мухаммадка (ага Аллахтын тынчтыгы жана мактоосу болсун) ж.б. пайгамбарларга жана элчилерге ыйман келтирүү деп айтты. Жана Акырет күнүнө ыйман келтирүүнү айтты. Акырет күнүнө ыйман келтирүүгө өлгөндөн кийин кабырда боло турган нерселер, Барзах ааламындагы жашоо, адамдын өлгөндөн кийин кайра тирилүүсү, сурак берээри жана анын кайра барар жери Бейиш же Тозок болоору ж.б.у.с. нерселер кирээрин айтты. Жана Аллахтын бардык нерселерди Өзүнүн алдын ала билгенине, даанышмандыгына, жазуусуна жараша тагдыр кылганына ыйман келтирүүнү айтты. Жана ал нерселер Аллахтын каалоосу менен болоору жана алардын ишке ашуусу Аллахтын тагдыр кылганына жана жаратканына жараша болооруна ыйман келтирүү деп алты түркүктүн баарын айтып жооп берди. Андан кийин ал киши Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) ихсан жөнүндө сурады. Ага Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ихсан  бул Аллахты көрүп тургандай ибадат кылуу экенин айтты. Эгерде ал ихсандын бул даражасына жетпесе, анда Аллах Таала аны көрүп тургандай ибадат кылсын. Ихсандын биринчи даражасы – бул Аллахты көрүп тургандай ибадат кылуу. Ал эң жогору даража. Ал эми экинчи даражасы – бул Аллах Таала аны көзөмөлдөп тургандай ибадат кылуу.
+Андан кийин ал киши Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) Кыямат качан болорун сурады. Ошондо Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Кыяматтын качан болорун билүү Аллахтын Өз илимине жашырылган нерсе экенин жана аны макулуктардан эч ким, жада калса ал жөнүндө суралуучу да, сурап жаткан да билбей турганын баяндады.
 Андан кийин Пайгамбардан Кыяматтын белгилери жөнүндө сурады. Кыяматтын белгилеринен күң аялдардын жана алардын балдарынын көптүгү, же күңгө мамиле кылгандай энелерине баш ийбеген балдардын көптүгү. Жана Акыр заманда чабандар жана кедейлер үчүн дүнүйө кеңейип, алар имараттарды жасалгалоо жана куруу менен сыймыктанышы тууралуу айтты.
-Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, бул суроону сахабаларга ушул акыйкат динди үйрөтүү үчүн келген Жабраил периште экенин айтты.</t>
+Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бул суроону сахабаларга ушул акыйкат динди үйрөтүү үчүн келген Жебирейил периште экенин айтты.</t>
   </si>
   <si>
     <t>حُسْن خُلُقِ النبي صلى الله عليه وسلم، وأنه يجلس مع أصحابه ويجلسون إليه.
 مشروعية الرفق بالسائل وتقريبه، ليتمكن من السؤال غير مُنْقَبِضٍ ولا خائف.
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа салламдын, жакшы кулк-мүнөзү жана анын сахабалары менен отурушу жана сахабалар аны менен бирге отурушу.
+    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшы кулк-мүнөзү жана анын сахабалары менен отурушу жана сахабалар аны менен бирге отурушу.
 Тынчсызданбай, коркпой сураш үчүн суроо берүүчүгө боорукер болуу жана аны жакын тутууга шарт түзүү.
-Мугалим менен болгон адеп. Бул Жебреил периштенин Пайгамбар, саллаллаху алейхи уа салламдын, алдына андан илим алуу үчүн адептүү болуп отурушу.
+Мугалим менен болгон адеп. Бул Жебирейил периштенин Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) алдына андан илим алуу үчүн адептүү болуп отурушу.
 Исламдын түркүгү бешөө, ал эми ыймандын негиздери алтоо.
 Ислам менен ыйман сүйлөмдө чогуу келгенде Ислам тышкы иштерди, ал эми ыйман ички иштерди түшүндүрөт.
 Динде ар кандай даражалар бар экенин баяндоо.
 Биринчи даража: Ислам, экинчи: Ыйман жана үчүнчү даража: Ихсан. Бул ихсан даражалардын эң жогоркусу.
 Суроочудагы негизги нерсе бул билимсиздик. Сабатсыздык суроо бөрүүгө түрткү болот. Ошондуктан сахабалар ал кишинин суроо берип анан аны тастыктаганына таң калышты.
 Эң негизги нерседен баштоо. Анткени Исламды чечмелөөдө эки күбөлүк келиме менен башталып, ыйманды чечмелөөдө Аллахка ыйман келтирүү менен башталды.
 Суроо узаткан адам башкалар билсин деп билген нерсесин аалымдардан суроосу.
 Кыяматтын качан болорун билүү илими – бул Аллах сактап койгон илим.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4563</t>
   </si>
   <si>
     <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
   </si>
   <si>
     <t>Шек-күмөн жаратып турган ишти таштап, шек-күмөнү жок ишти аткар. Чынчылдык - бейкуттукту, жалган айтуу болсо, шектенүүнү алып келет</t>
   </si>
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>Абу Хавра Саъидий айтат: Хасан бин Алиге (аларга Аллах ыраазы болсун): Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) угуп эстеп калган хадистериң барбы? - дедим. Ал: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дегенин эстеп калгам: "Шек-күмөн жаратып турган ишти таштап, шек-күмөнү жок ишти аткар. Чынчылдык - бейкуттукту, жалган айтуу болсо, шектенүүнү алып келет".</t>
   </si>
   <si>
@@ -7070,51 +7070,51 @@
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким биздин ишибизге андан болбогон жаңы ишти киргизсе, ал кайтарылат ". Муттафакун алайхи. Муслимде: "Ким биздин ишибизде жок амалды аткарса, ал кайтарылат".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким динде бир нерсени ойлоп тапса, же Куран жана сүннөттө далили жок амалды аткарса, ал аны аткарган ээсине кайтарыларын, кабыл болбостугун баяндаган.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ибадаттар Куран жана сүннөттө келген далилдерге карап дайындалган. Аллах Таалага Ал шарият кылган нерсе менен гана ибадат кылабыз, жаңы пайда болгон жана ойдон чыгарылган нерсе менен эмес.
 Дин оюна келгенди же көңүлүнө жакканды аткаруу менен болбойт, Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчүү менен болот.
 Бул хадис диндин толуктугуна далил.
 Динде жаңыдан пайда болгон, пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жана сахабалардын убагында болбогон акыйда ишенимге, сөзгө, амалга тиешелүү иштин баары - бидаат (диндеги жаңылык).
-Бул хадис Ислам негидеринин бири, бул амалдагы тараза сыяктуу. Аллахтын ыраазылыгы көздөлбөгөн бардык амалдар, аны аткаруучуга сооп болбойт. Ошондой эле Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген жолго дал келбесе, ал аткарган адамга кайра кайтарылат.
+Бул хадис Ислам негиздеринин бири, бул амалдагы тараза сыяктуу. Аллахтын ыраазылыгы көздөлбөгөн бардык амалдар, аны аткаруучуга сооп болбойт. Ошондой эле Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген жолго дал келбесе, ал аткарган адамга кайра кайтарылат.
 Жаңыдан пайда болгон тыюу салынган иштер динге гана тиешелүү, дүйнө иштерине тиешелүү эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4792</t>
   </si>
   <si>
     <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
   </si>
   <si>
     <t>Кимде-ким бир ыймандуу адамды бул дүйнөдө кайгыдан арылтса, Аллах аны кыямат күндөгү кайгыдан арылтат</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Кимде-ким бир ыймандуу адамды бул дүйнөдө кайгыдан арылтса, Аллах аны кыямат күндөгү кайгыдан арылтат. Кимде-ким бирөөнүн ишин жеңилдетсе, Аллах анын ишин дүйнө жана акыретте жеңилдетет. Кимде-ким мусулмандын айыбын жашырса, Аллах дүйнө жана акыретте анын айыбын жашырат. (Диндеш) тууганына жардам берген пендеге Аллах да жардам берет. Кимде-ким илим издеп жолго чыкса, ошол үчүн Аллах ага бейиштин жолун жеңил кылат. Кайсы бир адамдар Аллахтын үйлөрүнүн бирине чогулуп Аллахтын китебин окуп, бири-бирине үйрөтсө, аларга бейпилдик түшөт, ырайым ороп алат, аларды периштелер курчайт, Аллах аларды периштелерге мактайт. Кимди иш-амалдары артта калтырса, аны ата-теги алдыга жылдырып койбойт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
 ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
 ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
 والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
 ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
 وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
 ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
@@ -7401,79 +7401,79 @@
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтат: боорукерликтен куру калган адамдын дүйнө ишинде да, акырет ишинде да,  өзүнө кылган ишинде да, өзгөлөргө кылган ишинде да ийгилик болбойт. Ал бардык жакшылыктан тыйылып калат.</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
 الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
 قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
   </si>
   <si>
     <t>Боорукер болуу артыкчылыктуу мүнөз, кулк-мүнөздү ошого калыптандыруу керек. Ал эми оройлук, таш боордук жаман мүнөз.
 Боорукердик, ак көңүлдүк дүйнө жана акыреттин жакшылыгын камсыз кылат. Ал эми оройлук, таш боордук мунун тескерисине алып барат.
 Боорукердик - жакшы мүнөздүн жана саламатчылыктын жыйынтыгы. Таш боордук - ачуунун жана оройлуктун жыйынтыгы. Ошон үчүн пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) боорукердикти мактаган.
 Суфян Саври (ага Аллах ырайым кылсын) жолдошторуна кайрылып мындай дейт: Боорукердик деген эмне экенин билесиңерби? Ал - ар бир нерсени өз ордуна коюу. Катуулукту да өз ордуна коюу. Жумшактыкты да өз ордуна коюу. Кылычты да өз ордуна коюу. Таякты да өз ордуна коюу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4939</t>
   </si>
   <si>
     <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
-    <t>Менин үммөтүмдөн баш тарткандардан башкасынын баары бейишке кирет. Ошондо: «Оо, Аллахтын Элчиси, ким баш тартат?» - деп айтышат. Пайгамбар, саллаллаху алейхи уа саллам: «Ким мага моюн сунса, Бейишке кирет. Ким мага моюн сунбаса, анда баш тарткан болот» - деп айтты</t>
+    <t>Менин үммөтүмдөн баш тарткандардан башкасынын баары бейишке кирет. Ошондо: «Оо, Аллахтын Элчиси, ким баш тартат?» - деп айтышат. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун): «Ким мага моюн сунса, Бейишке кирет. Ким мага моюн сунбаса, анда баш тарткан болот» - деп айтты</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Менин үммөтүмдөн баш тарткандардан башкасынын баары бейишке кирет. Ошондо: «Оо, Аллахтын Элчиси, ким баш тартат?» - деп айтышат. Пайгамбар, саллаллаху алейхи уа саллам: «Ким мага моюн сунса, Бейишке кирет. Ким мага моюн сунбаса, анда баш тарткан болот» - деп айтты».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Менин үммөтүмдөн баш тарткандардан башкасынын баары бейишке кирет. Ошондо: «Оо, Аллахтын Элчиси, ким баш тартат?» - деп айтышат. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун): «Ким мага моюн сунса, Бейишке кирет. Ким мага моюн сунбаса, анда баш тарткан болот» - деп айтты».</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнүн тыйылгандардан башкасынын баары бейишке кире турганын кабарлап жатат.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүнүн тыйылгандардан башкасынын баары бейишке кире турганын кабарлап жатат.
 Сахабалар: «Ким бейишке кирүүдөн тыйылат, эй Аллахтын Элчиси?» - деп сурашат.
-Пайгамбар, саллаллаху алейхи уа саллам, аларга мындай деп жооп берди: Ким Пайгамбар, саллаллаху алейхи уа салламга, моюн сунса, ээрчисе жана ага баш ийсе, бейишке кирет. Ал эми кимде-ким шариятка моюн сунбаса жана баш ийбесе, анда жаман иш-аракеттери себебинен бейишке кирүүсүнө тыюу салынат.</t>
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга мындай деп жооп берди: Ким Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) моюн сунса, ээрчисе жана ага баш ийсе, бейишке кирет. Ал эми кимде-ким шариятка моюн сунбаса жана баш ийбесе, анда жаман иш-аракеттери себебинен бейишке кирүүсүнө тыюу салынат.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа салламга, моюн сунуу – Аллахка моюн сунуу. Ал эми ага баш ийбөө – Аллахка баш ийбөө болуп саналат.
-Пайгамбар, саллаллаху алейхи уа салламга, баш ийүү бейишке алып барат. Ал эми ага баш ийбөө тозокко алып барат.
+    <t>Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) моюн сунуу – Аллахка моюн сунуу. Ал эми ага баш ийбөө – Аллахка баш ийбөө болуп саналат.
+Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) баш ийүү бейишке алып барат. Ал эми ага баш ийбөө тозокко алып барат.
 Бул үммөттүн моюн сунуучулары үчүн сүйүнчү. Аллахка жана Анын элчисине баш ийбегендерден башкасынын баары бейишке киришет.
-Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнө боорукер болгон жана аларга туура жолду көрсөтүүгө катуу умтулган.</t>
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүнө боорукер болгон жана аларга туура жолду көрсөтүүгө катуу умтулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4947</t>
   </si>
   <si>
     <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>Кыямат күнү пенде өмүрүн эмне менен өткөргөнү, илимин кандай пайдаланганы, мал-мүлкүн кайдан таап, кайда каржылаганы, дене-кубатын кандай иштеткени тууралуу суралмайынча анын кадамы жылбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>Абу Барза ал-Аслами (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү пенде өмүрүн эмне менен өткөргөнү, илимин кандай пайдаланганы, мал-мүлкүн кайдан таап, кайда каржылаганы, дене-кубатын кандай иштеткени тууралуу суралмайынча анын кадамы жылбайт".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кыямат күнү эч бир адам төмөнкү иштер тууралуу суралмайынча эсеп-кысап майданынан бейишке да, тозокко да өтө албастыгын айткан.
@@ -7692,87 +7692,87 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ата балдарын (уулбу, кызбы айымасы жок) жети жашында намазга буйруусун жана намаз окуу үчүн эмнени билиш керек болсо, аны үйрөтүү керектигин айткан. Ал эми он жашка чыкканда да намаз окубаса буйругандан сырткары уруу керектигин жана (ушул жашка чыккан уул бала менен кыз баланын) төшөгүн ажыратуу керектигин айткан.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Балдар балакат жаш курагына жеткенге чейин эле дин иштерин үйрөтүү зарыл, бул иштердин эң маанилүүсү - намаз.
 Баланы уруу аны азаптоо эмес, ага адеп берүү үчүн, б.а. аны абалына жараша гана урат.
 Шарият намысты сактоого жана бузукулукка алып бара турган бардык жолдорду тосууга көңүл бурат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5272</t>
   </si>
   <si>
     <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Рукия, тумарлар жана тивала ширк</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
-    <t>Абдулла бин Масууд, радыяллаху анху, айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Рукия, тумарлар жана тивала ширк».</t>
+    <t>Абдулла бин Масуъд (Аллах андан ыраазы болсун) айтты: Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Рукия, тумарлар жана тивала ширк».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, ширк иштерин баяндады. Алар:
-Биринчи: Рукия. Бул - Исламга чейинки сабатсыз элдердин шыпаа табуу үчүн колдонгон ширк аралашкан сөздөрү жана дубалары.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ширк иштерин баяндады. Алар:
+Биринчи: Рукия. Бул - Исламга чейинки доордо жашаган элдердин шыпаа табуу үчүн колдонгон ширк аралашкан сөздөрү жана дубалары.
 Экинчиси: Мончоктордон жана ушул сыяктуу нерселерден жасалган тумарлар. Муну жаман көздөн сактануу үчүн балдарга, жаныбарларга жана башкаларга тагышат.
 Үчүнчүсү: Тивала. Бул - жубайларды бирини экинчисине сүйдүрүү үчүн жасалат.
-Бул иштердин баары ширк. Анткени ширк шариятта далилденбеген бир нерсени, тажрыйба менен далилденбеген бир нерсени себеп кылуудан болот. Ал эми Куран окуу сыяктуу шариятта бар себептер же тажрыйба менен далилденген дарылар сыяктуу көзгө көрүнгөн себептерге келсек, пайда менен зыян Аллахтын колунда деген ишеним менен аларды себеп деп эсептесе болот.</t>
+Бул иштердин баары ширк. Анткени ширк шариятта далилденбеген бир нерсени же тажрыйба менен далилденбеген бир нерсени себеп кылуудан болот. Ал эми Куран окуу сыяктуу шариятта бар себептер же тажрыйба менен далилденген дарылар сыяктуу көзгө көрүнгөн себептерге келсек, пайда менен зыян Аллахтын колунда деген ишеним менен аларды себеп деп эсептесе болот.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Тавхидди жана Ислам акыйдасын бузуудан сактоо керек.
 Ширк аралашкан рукияны окууга, тумарларды тагууга жана тиваланы колдонууга тыюу салынат.
 Адамдын бул үч себепке ишениши – бул кичине ширк. Себеби ал шариятта себеп болбогон нерсени себеп кылды. Ал эми алардын өзүнө пайда жана зыяны бар деп ишенсе, анда бул чоң ширк.
 Ширк жана арам себептерди кылуудан сактануу керек.
 Ширк аралашкан рукия окуу арам болот. Шариятта келген рукия окуудан башкасынын баары ширк болуп саналат.
 Жүрөк бир гана Аллахка байлануусу керек. Анткени бардык зыян жана пайда андан гана болот. Ал Жалгыз, Анын шериги жок. Ошондуктан Аллахтан башка эч ким жакшылык алып келе албайт. Андан башка эч ким жамандыкты кайтара албайт.
 Ислам шариятындагы рукия окуу үч шартты камтып алат: 
 1- Рукия окуу болгону бир себеп. Аллахтын уруксатысыз пайда бербейт деп ишенүү керек. 
 2- Рукия окуу - бул Куран окуу менен, Аллахтын ысым-сыпаттарын окуу менен, пайгамбар айткан дубаларды окуу менен жана шариятта келген дубаларды окуу менен болушу керек. 
-3-Рукия түшүнүктүү тилде болушу керек. Рукия дубалары таласим, башкача айтканда түшүнүксүз жазуулар жазылган дуба жана шааваза, башкача айтканда сыйкырдын турлөрү менен болбошу керек.</t>
+3-Рукия түшүнүктүү тилде болушу керек. Рукия дубалары таласим, башкача айтканда түшүнүксүз жазуулар жазылган дуба жана шааваза, башкача айтканда сыйкырдын түрлөрү менен болбошу керек.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Абу Дауд, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>Гыйбат эмне экенин билесиңерби?” - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - дешти. Ал айтты: «Бир тууганыңды ал жактырбаган жагын айтууң» - деди. Ага: «Билесиңби, менин бир тууганымда менин айтканым бар болсочу?» - деп айтылганда Пайгамбар: «Эгер айтканың бар болсо, анда сен аны гыйбат кылган болосуң. Эгер болбосо, анда ага жалаа жапкан болосун» - деп айтты</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Гыйбат эмне экенин билесиңерби?” - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - дешти. Ал айтты: «Бир тууганыңды ал жактырбаган жагын айтууң» - деди. Ага: «Билесиңби, менин бир тууганымда менин айтканым бар болсочу?» - деп айтылганда Пайгамбар: «Эгер айтканың бар болсо, анда сен аны гыйбат кылган болосуң. Эгер болбосо, анда ага жалаа жапкан болосун» - деп айтты.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
@@ -7786,58 +7786,58 @@
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Пайгамбардын, саллаллаху алейхи уа салламдын, жакшы таалими. Ал суроо жолунда маселелерди айтуусу.
 Сахабалардын: «Аллах жана Анын Элчиси жакшы билет» - деп айтышкан сөздөрүндөгү Пайгамбар, саллаллаху алейхи уа саллам, менен болгон жакшы адептери.
 Билбегени үчүн жооп берип жатканда: «Туурасын Аллах билет» - деп айтуу.
 Алардын арасындагы укуктарды жана бир туугандыкты сактоо менен коом үчүн шариятты сактоо керек.
 Кээ бир учурларда жалпы адамдардын пайдасы үчүн гыйбат кылуу арам болбойт. Мисилы: Зулумдукту кайтаруу. Зулум чеккен адам акысын алуу үчүн акысын алып бере ала турган адамга: «Мага баланча зулумдук кылды, же мага баланча ушундай кылды» - деп зулум кылган адамды айтса болот. Жана түгөй издөөдө, шериктештик иштерде же коңшулук маселеси боюнча ж.б.у.с. кеңешүү иштеринде боло берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5326</t>
   </si>
   <si>
     <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Оо, Аллах! Кимде-ким менин үммөтүмдүн иштерин башкарып, аларды кыйнаса, анда ага кыйынчылык бер. Кимде-ким менин үммөтүмдүн иштерин башкарып, аларга жылуу мамиле кылса, анда ага боорукерлик кыл</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
-    <t>Аиша, радыяллаху анха, риваят кылган хадисте мындай деп айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, менин үйүмдө минтип айтканын уктум: «Оо, Аллах! Кимде-ким менин үммөтүмдүн иштерин башкарып, аларды кыйнаса, анда ага кыйынчылык бер. Кимде-ким менин үммөтүмдүн иштерин башкарып, аларга жылуу мамиле кылса, анда ага боорукерлик кыл».</t>
+    <t>Аиша (ага Аллахтын тынчтыгы жана мактоосу болсун) риваят кылган хадисте мындай деп айтты: Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) менин үйүмдө минтип айтканын уктум: «Оо, Аллах! Кимде-ким менин үммөтүмдүн иштерин башкарып, аларды кыйнаса, анда ага кыйынчылык бер. Кимде-ким менин үммөтүмдүн иштерин башкарып, аларга жылуу мамиле кылса, анда ага боорукерлик кыл».</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
-    <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, мусулмандын иштерин башкарган адам жаш болсун же улгайган болсун, алардын баарына дуба кылды. Жана бул башкаруу жалпы башкаруу болсун же жеке башкаруу болсун, ал башчы аларга жылуу мамиле кылбай машакат туудурган болсо, анда Аллах таала аны кылган ишине жараша машакатка салып коёт.
+    <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандын иштерин башкарган адам жаш болсун же улгайган болсун, алардын баарына дуба кылды. Жана бул башкаруу жалпы башкаруу болсун же жеке башкаруу болсун, ал башчы аларга жылуу мамиле кылбай машакат туудурган болсо, анда Аллах таала аны кылган ишине жараша машакатка салып коёт.
 Кимде-ким аларга жылуу мамиле кылса жана алардын иштерин жеңилдетсе, анда Аллах ага боорукерлик кылат жана анын иштерин жеңилдетет.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Кимде-ким мусулмандардын кайсы бир иштеринде башчылык кылса, анда колунан келишинче аларга жылуу мамиле кылышы келек.
 Иш-аракеттердин түрүнө жараша сооп-сыйлык же жаза болот.
 Жылуу мамиле же катаал мамиле деп эсептелген мамилелердин чен-өлчөмү Куранга жана сүннөткө каршы келбеши керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5330</t>
   </si>
   <si>
     <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Аллахтын мүлкүн адилетсиздик менен иштеткен эркектер, алар Кыямат күнү тозокто болушат</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
@@ -7936,57 +7936,57 @@
 عِظَم مآل سابِّ المسلم بغير حق؛ فالسابُّ بغير حق فاسق.
 سباب المسلم وقتاله يُضْعِفُ الإيمان وينقصه.
 بعض الأعمال تُسمى كُفْرًا؛ وإنْ لم تَصِل إلى الكفر الأكبر المخرج عن مِلَّة الإسلام.
 المراد بالكفر هنا الكفر الأصغر الذي لا يُخْرِج مِن المِلّة باتفاق أهل السنة؛ لأن الله عز وجل أثبت أُخُوَّةَ الإيمان للمؤمنين حال اقتتالِهم ونزاعِهم، فقال تعالى: (وَإِنْ طَائِفَتَانِ مِنَ الْمُؤْمِنِينَ اقْتَتَلُوا فَأَصْلِحُوا بَيْنَهُمَا) إلى قوله: ( إِنَّمَا الْمُؤْمِنُونَ إِخْوَةٌ).</t>
   </si>
   <si>
     <t>Мусулмандын канын жана намысын сактоо важыб.
 Мусулманды себепсиз сөккөн адамдын кесепети оор болот: адилетсиз акаарат кылган адам бузуку болот.
 Мусулманды сөгүү же өлтүрүү ыйманды алсыратып, кемчиликтүү кылат.
 Кээ бир иштер адамды динден чыгара турган чыныгы чоң каапырлыктын даражасына жетпесе да каапырдык деп аталат.
 Бул жерде айтылган каапырлык жалпы ахлу сунна аалымдарынын пикиринде адамды динден чыгарбай турган кичине каапырлык. Анткени, Аллах Таала мусулмандардын бири-бири менен талашып, согушуп турган учурун да ыймандуулар деп сүрөттөгөн. Алла Таала минтип айткан:"Эгерде момундардан эки тайпасы өз ара согушуп калса, экөөнүн арасын оңдогула..." кийинки аятка чейин: "Чынында, (бардык) момундар – бир туугандар".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5333</t>
   </si>
   <si>
     <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Аллах жоопкер кылып койгон пенде, ал өлөөр күнүнө чейин карамагындагыларды алдап жүрүп өлсө, Аллах аны бейишке кирүүсүн арам кылат</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
-    <t>Маъкил бин Ясар Аль-Музани, радыяллаху анху, риваят кылып айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа саллам, мындай дегенин уктум: «Аллах жоопкер кылып койгон пенде, ал өлөөр күнүнө чейин карамагындагыларды алдап жүрүп өлсө, Аллах аны бейишке кирүүсүн арам кылат».</t>
+    <t>Маъкил бин Ясар Аль-Музани (Аллах андан ыраазы болсун) риваят кылып айтты: Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дегенин уктум: «Аллах жоопкер кылып койгон пенде, ал өлөөр күнүнө чейин карамагындагыларды алдап жүрүп өлсө, Аллах аны бейишке кирүүсүн арам кылат».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таала ар бир адамды башкаруучу жана адамдарга жооптуу кылып койгонун кабарлап жатат. Амир сыяктуу жалпы башкаруучу болобу, же өз үйүндөгү эркек жана өз үйүндөгү аял сыяктуу жеке башкаруучу болобу, айтор, ал өз кол алдындагы адамдын акысында кемчилик кетирип, аны алдап, ага насаат айтпай, анын диний жана дүйнөлүк акыларын текке кетирсе, анда ал бул катуу жазага татыктуу болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала ар бир адамды башкаруучу жана адамдарга жооптуу кылып койгонун кабарлап жатат. Амир сыяктуу жалпы башкаруучу болобу, же өз үйүндөгү эркек жана өз үйүндөгү аял сыяктуу жеке башкаруучу болобу, айтор, ал өз кол алдындагы адамдын акысында кемчилик кетирип, аны алдап, ага насаат айтпай, анын диний жана дүйнөлүк акыларын текке кетирсе, анда ал бул катуу жазага татыктуу болот.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Бул азап имамга жана анын орун басарларына гана тиешелүү эмес. Тескерисинче, Аллах Таала жоопкер кылып койгон бардык адамдарга жалпы тиешелүү.
 Мусулмандардын иштерине жооптуу болгон ар бир башчы адамдарга насаат айтуу, аманатты кайтарууга аракет кылуу, кыянат кылуудан сактануу парз.
 Башкаруу чоң болобу же кичи болобу, жалпы болобу же жекече болобу, ар бир башчынын жоопкерчилиги чоң.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5335</t>
   </si>
   <si>
     <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Ар бир жакшылык – садака</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Жабир бин Абдуллах, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Ар бир жакшылык – садака».</t>
@@ -8109,141 +8109,141 @@
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Ачууланганда сабырдуулуктун жана өзүн кармануунун пазилети жана бул Ислам үндөгөн жакшы иштердин бири экендиги айтылды.
 Ачууланганда напси менен күрөшүү - душманга каршы күрөшүүдөн күчтүү.
 Ислам наадандыктагы күчкө ээ болуунун түшүнүгүн жакшы адеп-ахлакка айлантты. Ошондуктан эң күчтүү адам – бул өз напсисин башкарган адам.
 Ачуулануудан баш тартуу. Анткени ал жеке адамдарга жана коомго зыян келтирүүгө себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5351</t>
   </si>
   <si>
     <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Ким бир коомго өзүн окшотсо, анда ал ошолордон</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
-    <t>Ибн Умар, радыяллаху анху, риваят кылган хадисте, ал айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Ким бир коомго өзүн окшотсо, анда ал ошолордон».</t>
+    <t>Ибн Умар (Аллах андан ыраазы болсун) риваят кылган хадисте, ал айтты: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Ким бир коомго өзүн окшотсо, анда ал ошолордон».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким каапыр, бузуку же жакшы бир коомго өзүн окшотуп, аларга тиешелүү болгон акыйдаларынан, ибадаттарынан же үрп-адаттарынан бир нерсени аткарса, анда ал алардан болот. Анткени аларга өзүн-өзү сыртынан окшотуу алардын ички дүйнөсүнө да окшошуп калууга алып барат. Адамдарды тууроо аларга суктануунун натыйжасы экени талашсыз. Бул аларды сүйүүгө, аларды улуулоого, аларга таянууга алып келиши мүмкүн. Ал тургай ички ишениминде да жана ибадатта да аларга окшошууга алып келиши мүмкүн. Аллах андай болуудан сактасын.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким каапыр, бузуку же жакшы бир коомго өзүн окшотуп, аларга тиешелүү болгон акыйдаларынан, ибадаттарынан же үрп-адаттарынан бир нерсени аткарса, анда ал алардан болот. Анткени аларга өзүн-өзү сыртынан окшотуу алардын ички дүйнөсүнө да окшошуп калууга алып барат. Адамдарды тууроо аларга суктануунун натыйжасы экени талашсыз. Бул аларды сүйүүгө, аларды улуулоого, аларга таянууга алып келиши мүмкүн. Ал тургай ички ишениминде да жана ибадатта да аларга окшошууга алып келиши мүмкүн. Аллах андай болуудан сактасын.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Каапырларга жана бузукуларга өзүн окшоштурууга тыюу салды.
-Өзүн саалих адамдарга окшотууга жана алардан үлгү алууга үндөдү.
+Өзүн салих адамдарга окшотууга жана алардан үлгү алууга үндөдү.
 Сыртынан ага окшошуу анын ички дүйнөсүн сүйүүнү пайда кылат.
 Адам өзүн бузукуларга окшотуу жана анын түрүнө жараша күнөөгө жана азапка дуушар болот.
 Каапырларды дининде жана алардын өзгөчө үрп-адаттарында аларга окшошууга тыюу салынган. Ал эми кол өнөрчүлүк жана башка ушул сыяктуу нерселерди үйрөнүүгө тыюу салынган эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5353</t>
   </si>
   <si>
     <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа салламдын, алдына бир киши келип: «Менин улоом өлүп калды, мага мени мингизип алып жүргөнү улоо берчи» десе, Пайгамбар ага: «Менде жок» - деди. Башка бир киши: «Оо, Аллахтын Элчиси, мен ага аны ким мингизип аларын көрсөтөм» - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам: «Ким жакшылыкка жол көрсөтсө, анда ага аны аткарган адамдын сообундай сооп болот» - деп айтты.*@</t>
+    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) алдына бир киши келип: «Менин улоом өлүп калды, мага мени мингизип алып жүргөнү улоо берчи» десе, Пайгамбар ага: «Менде жок» - деди. Башка бир киши: «Оо, Аллахтын Элчиси, мен ага аны ким мингизип аларын көрсөтөм» - деди. Ошондо Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): «Ким жакшылыкка жол көрсөтсө, анда ага аны аткарган адамдын сообундай сооп болот» - деп айтты.*@</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
-    <t>Абу Масууд Аль-Ансари, радыяллаху анху, айтты: Пайгамбар, саллаллаху алейхи уа салламдын, алдына бир киши келип: «Менин улоом өлүп калды, мага мени мингизип алып жүргөнү улоо берчи» десе, Пайгамбар ага: «Менде жок» - деди. Башка бир киши: «Оо, Аллахтын Элчиси, мен ага аны ким мингизип аларын көрсөтөм» - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам: «Ким жакшылыкка жол көрсөтсө, анда ага аны аткарган адамдын сообундай сооп болот» - деп айтты.</t>
+    <t>Абу Масууд Аль-Ансари, радыяллаху анху, айтты: Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) алдына бир киши келип: «Менин улоом өлүп калды, мага мени мингизип алып жүргөнү улоо берчи» десе, Пайгамбар ага: «Менде жок» - деди. Башка бир киши: «Оо, Аллахтын Элчиси, мен ага аны ким мингизип аларын көрсөтөм» - деди. Ошондо Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): «Ким жакшылыкка жол көрсөтсө, анда ага аны аткарган адамдын сообундай сооп болот» - деп айтты.</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа салламга, бир киши келип: «Менин төөм өлүп калды, мени мингизип алып кеткени мага бир улоо бергиле» - деди. Ошондо, Пайгамбар, саллаллаху алейхи уа саллам, андан үзүр сурады, анткени аны мингизе турган эч нерсеси жок болчу. Ошол жерде турган бир адам айтты: «Оо, Аллахтын Элчиси, мен аны ким мингизээрин айтам» - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, садака бергендин сообуна шерик болорун айтты. Анткени ал муктажга жардам берүүчү адамды көрсөтүп койду.</t>
+    <t>Пайгамбар, саллаллаху алейхи уа салламга, бир киши келип: «Менин төөм өлүп калды, мени мингизип алып кеткени мага бир улоо бергиле» - деди. Ошондо, Пайгамбар, саллаллаху алейхи уа саллам, андан үзүр сурады, анткени аны мингизе турган эч нерсеси жок болчу. Ошол жерде турган бир адам айтты: «Оо, Аллахтын Элчиси, мен аны ким мингизээрин айтам» - деди. Ошондо Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) садака бергендин сообуна шерик болорун айтты. Анткени ал муктажга жардам берүүчү адамды көрсөтүп койду.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
-    <t>Жакшылыкты көрсөтүүгө үндөө керек.
+    <t>Жакшылыкты көрсөтүүгө кызыктыруу.
 Жакшылыкка үндөө – мусулман коомчулугунун ынтымагын жана бири-биринин кемчилигин толуктоо себептеринин бири.
 Аллах Тааланын пазилети кең.
 Хадисте жалпы эреже бар. Ошондуктан ага бардык жакшы амалдар кирет.
 Эгер адам суроочунун каалоосун орундата албаса, анда анын суроосун орундата турган башка бирөөнү көрсөтүү керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5354</t>
   </si>
   <si>
     <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>Кайсы күнөө Аллах үчүн өтө оор? - деп пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) сурадым. "Ал сени жаратканына карабай, Ага башканы шерик кошууң</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>Абдуллах бин Масуъд (ага Аллах ыраазы болсун) айтат: Кайсы күнөө Аллах үчүн өтө оор? - деп пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) сурадым. "Ал сени жаратканына карабай, Ага башканы шерик кошууң" - деди. Ырас, бул өтө оор. Андан кийин кайсы күнөө? - деп сурадым. "Өзүң менен бирге аны багуудан коркуп, балаңды өлтүрүүң" - деди. Андан кийин кайсы? - дедим. "Кошунаңдын аялы менен ойноштук кылууң" - деди.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) эң чоң күнөөлөр тууралуу суралды эле, ал мындай деди: Күнөөнүн эң чоңу - чоң ширк. Чоң ширк - бул, Аллахка Анын улухиятына же рубубиятына же ысым-сыпаттарына башканы окшоштуруп, шерик кылып алуу. Бул күнөөнү Аллах Таала тообо аркылуу гана кечирет. Эгер ширк кылып жүргөн адам тообо кылбай өтүп кетсе, анда ал тозокто түбөлүк калат. Андан кийинкиси багуудан коркуп баласын өлтүрүү. Адам өлтүрүү арам. Ал эми өлтүрүлгөн адам өлтүрүүчүнүн канынан бүткөн адам болсо, анын күнөөсү мындан да оор. Анан да эгер өлтүрүүчүнүн өлтүрүүдөгү максаты өзүн ырыскы берүүдө Аллахка шерик кылып алып, ырыскы бере албайм деп коркон учурда болсо күнөө ого бетер оорлойт. Андан кийинкиси кошунасынын аялы менен зына кылуусу, кошунасынын аялына кыянаттык кылуу менен зына кылып, аны өзүнө көндүрүп алуу. Зына кылуу арам. Бирок шарият жакшылык кылууга жана жакшы мамиледе болууга үндөгөн кошунанын аялы менен зына кылуу күнөөнү ого бетер оорлотот.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
-    <t>Ийги иш-амалдар (сообунун) артыкчылыгында айырмаланган сыяктуу, күнөөлөр да чоңдугуна жараша айырмалуу.
+    <t>Ийги иш-амалдар (сообунун) артыкчылыгында айырмаланган сыяктуу, күнөөлөр да чоңдугуна жараша айырмаланат.
 Күнөөлөрдүн эң чоңу: Аллах Таалага ширк кылуу, андан кийинкиси өзүң менен бирге багуудан коркуп балаңды өлтүрүүң, андан кийинкиси кошунаңдын аялы менен зынаа кылууң.
 Ырыскы Аллахтын колунда, жаратылгандардын баарынын ырыскысын Ал Өз моюнуна алган.
 Кошунанын укугу жогору. Ага зыян тийгизүү башкага зыян тийгизүүдөн оор күнөө.
 Жаратуучу, Ал гана ибадат кылынууга татыктуу, Ал жалгыз, Анын шериги да жок.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5359</t>
   </si>
   <si>
     <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Өлгөндөрдү тилдебегиле. Анткени алар өздөрү аткарган иш-аракеттерине жетишти</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>Аиша, ралыяллаху анха, риваят кылган хадисте, Пайгамбар, саллаллаху алейхи уа саллам, айтты: Өлгөндөрдү тилдебегиле. Анткени алар өздөрү аткарган иш-аракеттерине жетишти.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, өлгөндөрдү тилдөөнү жана алардын ар-намысына тийүүнүн арам экенин баяндап жатат. Бул тилдөө адеп-ахлактын терс жактарынын бири. Анткени алар аткарган жакшы же жаман иш-аракеттерине жетишкен. Ошондой эле бул тилдөө аларга жетпейт. Анткени ал тилдөө тирүүлөргө гана зыян жеткирет.</t>
@@ -10377,51 +10377,51 @@
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Акылдуу адам тообо кылууга шашылуусу керек, эгер заалымдык кылып жүргөн болсо, Аллахтын айла-амалынан аман калбайт.
 Эгер тообо кылышпаса, алардын азабын дагы көбөйтүү үчүн Аллах Таала заалымдарды азаптоого шашылбайт, аларга күнөөсүн улантууга убакыт берет.
 Зулумдук себебинен Аллах Таала канчалаган коомдорду азабына салат.
 Аллах Таала арасында ыймандуу адамдар да бар шаарларды талкалап жок кылса, кыямат күнү алар аткарып жаткан жакшы амалдары менен тирилет, аларга аларды ороп алган азаптын зыяны тийбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5811</t>
   </si>
   <si>
     <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>Баарыңар кайтаруучусуңар жана кайтарганыңарга жоопкерсиңер</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Умар (ал экөөнө Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Баарыңар кайтаруучусуңар жана кайтарганыңарга жоопкерсиңер.  Адамдарга кайтаруучу болгон башчы аларга жоопкер. Эркек киши үй-бүлөсүн кайтаруучу, ал аларга жоопкер. Аял киши күйөөсүнүн үйүнө жана балдарына кайтаруучу, ал аларга жоопкер. Кул кожоюнунун мал-мүлкүнө кайтаруучу, ал ага жоопкер. Билип алгыла, баарыңар кайтаруучусуңар жана баарыңар жоопкерсиңер".</t>
+    <t>Абдуллах бин Умар (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Баарыңар кайтаруучусуңар жана кайтарганыңарга жоопкерсиңер.  Адамдарга кайтаруучу болгон башчы аларга жоопкер. Эркек киши үй-бүлөсүн кайтаруучу, ал аларга жоопкер. Аял киши күйөөсүнүн үйүнө жана балдарына кайтаруучу, ал аларга жоопкер. Кул кожоюнунун мал-мүлкүнө кайтаруучу, ал ага жоопкер. Билип алгыла, баарыңар кайтаруучусуңар жана баарыңар жоопкерсиңер".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) коомчулуктагы ар бир мусулмандын кам көрүшү жана көтөрүүсү керек болгон жоопкерчилик жүктөлгөндүгүн кабар берет. Имам же башчы Аллах ага башкартып койгон адамдар үчүн кайтаруучу, анын моюнуна алардын шариятын сактоо, аларга зулумдук кылгандардан коргоо, душмандарына каршы күрөшүү жана укуктарын коргоо жүктөлгөн. Эркек киши үй-бүлөсүндө аларды каржылоого, жакшы мамиле жасоого, таалим-тарбия берүүгө, адеп берүүгө милдеттүү. Аял киши күйөөсүнүн үйүндө үй иштерин жакшы жүргүзүүгө, балдарына жакшы тарбия берүүгө милдеттүү. Ал ушул нерселер тууралуу суралат. Кызматчы же мандикер иштеген адам кожоюндун анын колунда турган мал-келин сактоого жана кылган кызматына жоопкер, ал ушулар үчүн суралат. Ар ким өзүнө тапшырылган нерсенин кайтаруучусу жана алар тууралуу сөзсүз суралат.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Мусулман коомундагы жоопкерчилик жалпыга бирдей, ар ким өз абалына, өз кудуретине, өз жоопкерчилигине жараша суралат.
 Аял кишинин жоопкерчилиги жогору, ал күйөөсүнүн үйүнүн акысын сактоого жана балдарына тиешелүү милдеттерин аткарууга тийиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5819</t>
   </si>
   <si>
     <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
@@ -10867,160 +10867,160 @@
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Аллахтан коргоо тилөө деген бул  - өзүнчө бир ибадат болуп саналат, ал Аллах менен же Алахтын ысым-сыпаттары менен гана болот.
 Аллахтын сөзү менен коргоо тилөөго болот, анткени ал Аллахтын сыпаттарынын бири. Ал эми жаратылган нерселер менен коргоо тилөө мындай эмес, ал ширк болот.
 Бул дуба берекелүү жана пазилеттүү.
 Зикирлер менен коргонуу пенденин жамандыктан аман болуусуна себеп болот.
 Аллахтан башкадан, мисалы, жинден, сыйкырдан, жалганчылардан коргоо тилөө туура эмес, мындай кылууга болбойт.
 Сапарда болобу, жайчылыкта болобу ушул дубаны айтуу шариятта көрсөтүлгөн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5932</t>
   </si>
   <si>
     <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>Мен сени Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени буйруган нерсеге буйруйунбу? Эстелик, сүрөттү көрсөң талкалап жок кыл, кабыр үстүнө коюлган нерсени көрсөң тегиздеп түздөгүн - деди</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
-    <t>Абу ал-Хаяж ал-Асадий айтат: Али бин Абу Талиб мага:  Мен сени Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени буйруган нерсеге буйруйунбу? Эстелик, сүрөттү көрсөң талкалап жок кыл, кабыр үстүнө коюлган нерсени көрсөң тегиздеп түздөгүн - деди.</t>
+    <t>Абу ал-Хаййаж ал-Асадий айтат: Али бин Абу Талиб мага:  Мен сени Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени буйруган нерсеге буйруйунбу? Эстелик, сүрөттү көрсөң талкалап жок кыл, кабыр үстүнө коюлган нерсени көрсөң тегиздеп түздөгүн - деди.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларын эстеликтерди калтырбоого (жандуулардын сүрөтү, денеси болсо, болбосо айырмасы жок) талкалап же өчүрүп жоготууга жөнөтөт эле.
 Ошондой эле жерден бийик көтөрүлгөн кабырларды тегиздөөгө, кабыр үстүнө курулган нерселерди сындырууга, же аларды алып кабырдын үстүн тегиздеп, бир карыштай гана көтөрүп коюуга буйруган.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Жандуу нерселердин сүрөтүн тартуу арам, анткени бул ширктин пайда болуусуна алып келет.
 Бийлиги же кудурети жеткен адамга туура эмес иштерди колу менен кайтаруусу шариятта буйрулган.
-Сүрөт тартуу, эстелик жасоо, кабыр үстүнө бир нерсе куруу сыяктуу жахил доордон калган жаман адаттарды жок кылууга пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аракет кылган.</t>
+Сүрөт тартуу, эстелик жасоо, кабыр үстүнө бир нерсе куруу сыяктуу исламга чейинки доордон калган жаман адаттарды жок кылууга пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аракет кылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5934</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Силердин эч бириңер мен ага атасынан, баласынан, жалпы эле адамдардан сүйүктүү болмоюнча толук ыймандуу боло албайт</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Силердин эч бириңер мен ага атасынан, баласынан, жалпы эле адамдардан сүйүктүү болмоюнча толук ыймандуу боло албайт"</t>
+    <t>Анас (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Силердин эч бириңер мен ага атасынан, баласынан, жалпы эле адамдардан сүйүктүү болмоюнча толук ыймандуу боло албайт".</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман киши ага болгон махабатын энесинин, атасынын, баласынын, кызынын, деги эле бардык адамдардан да жакшы көрмөйүнчө  толук ыймандуу боло албастыгын бизге кабарлаган. Бул жакшы көрүү ага баш ийүү, (сүннөтүн жайылтууга) жардам берүү, ага күнөө кылууну таштоо аркылуу болот.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) сүйүү жана ага болгон сүйүүнү бардык жаратылгандардын сүйүүсүнөн алдыга коюу важиб.
 Ага болгон сүйүүнүн толуктугу: Аллахтын элчисинин сүннөтүнө жардам берүү жана ага өзүн арнап, мал-мүлкүн жумшоо.
 Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) сүйүү анын буйруктарына баш ийүүнү, ал айткандарга ишенип тастыктоону, ал тыйган нерселерден тыйылууну жана ага эргешип, бидаатты таштоону ичине камтыйт.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) акысы бардык адамдардын акысынан улук жана маанилүү. Анткени, ал биздин туура жолго түшүүбүзгө, тозоктон кутулуубузга, бейишке кирүүбүзгө себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5953</t>
   </si>
   <si>
     <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>Куш учурган жана учурткан, көзү ачыктык кылган жана көзү ачыктык кылдырткан, сыйкырлаган жана сыйкыр кылдырган</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
-    <t>Имран бин Хусейн (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Куш учурган жана учурткан, көзү ачыктык кылган жана көзү ачыктык кылдырткан, сыйкырлаган жана сыйкыр кылдырган, түйүн түйүп ырым кылган адамдар бизден эмес. Ким көзү ачыкка барып анын айтканына ишенсе, Мухаммадка (ага Аллахтын тынчтыгы жана мактоосу болсун) тушкөн нерсеге каапырлык кылыптыр".</t>
+    <t>Имран бин Хусейн (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Куш учурган жана учурткан, көзү ачыктык кылган жана көзү ачыктык кылдырткан, сыйкырлаган жана сыйкыр кылдырган, түйүн түйүп ырым кылган адамдар бизден эмес. Ким көзү ачыкка барып анын айтканына ишенсе, Мухаммадка (ага Аллахтын тынчтыгы жана мактоосу болсун) түшкөн нерсеге каапырлык кылыптыр".</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) "бизден эмес" деген сөзү менен үммөтүнөн кээ бир (жаман) иштерди кылгандарга катуу эскертүү берген:
 Биринчиси: "Куш учурган жана учурткан киши". Бул мындай: кайсы бир ишти баштаарда, сапарга чыгарда, соода кыларда ж.б. куш учуруп ырым кылат. Эгер коё берген куш оң тарапка учса, каалаган ишин баштай берет. А эгер куш сол тарапка учуп кетсе, жаман ырым кылып ишин баштабайт. Мындайды өзү кылууга да болбойт, мындайды жасаган адамга барып жасатууга да болбойт. Буга ушул сыяктуу  ырымдардын баары кирет, мейли ал куш аркылуу болсун, же айбанаттар, же майып адамдар, же сандар, же күндөр аркылуу болсун айырмасы жок.
-Экинчиси: "Көзү ачыктык кылган жана кылдырткан киши". Жылдыздар же башка нерсе аркылуу кайып илимин билем деп айтса, же ушундай көзү ачыктык кылган сыяктууларга барып, алардын кайып илими тууралуу айтканына ишенип тастыктаса, Мухаммадка (ага Аллахтын тынчтыгы жана мактоосу болсун) тушкөн  нерсеге (Куранга) каапыр болот.
+Экинчиси: "Көзү ачыктык кылган жана кылдырткан киши". Жылдыздар же башка нерсе аркылуу кайып илимин билем деп айтса, же ушундай көзү ачыктык кылган сыяктууларга барып, алардын кайып илими тууралуу айтканына ишенип тастыктаса, Мухаммадка (ага Аллахтын тынчтыгы жана мактоосу болсун) түшкөн  нерсеге (Куранга) каапыр болот.
 Үчүнчүсү: "Сыйкырлаган жана сыйкыр кылдырган..." бул сыйкырчылык менен алек болгон адам, же бирөөгө пайда-зыян берүү үчүн ушундайларды пайдаланган адамдар. Ошондой эле жипти түйүн кылып түйүп ага тыюу салынган сөздөр менен дем салып сыйкыр кылган адамдар.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Аллах Таалага тобокел кылуу, Анын жазган тагдырына ыйман келтирүү  важиб. Куш учуруу, жаман ырым кылуу, сыйкырчылык кылуу, көзү ачыктык кылуу жана ушуларга барып жардам суроо тыюу салынган арам иштерден.
-Кайып илимин билем дештик - тавхидди алсырата турган ширк амалдарынан.
+Кайып илимин билем деп айтуу - тавхидке каршы келген ширк амалдарынан.
 Көзү ачыкка баруу, анын айтканын тастыктоо тыюу салынган арам иш. Буга алаканга карап, чыныдагы сууга карап, жылдыз белгилерине (зодиак, гороскопко) карап кайыпты айтуу жана буга жөн эле кызыгып кароо да кирет.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[Ал-Базар жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5981</t>
   </si>
   <si>
     <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>Ким төлгөчүгө барып андан бир нерсе тууралуу сураса, кырк күнгө чейин анын намазы кабыл болбойт</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
-    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) аялдарынын биринин айтымында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ким төлгөчүгө барып андан бир нерсе тууралуу сураса, кырк күнгө чейин анын намазы кабыл болбойт".</t>
+    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) аялдарынын биринин риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким төлгөчүгө барып андан бир нерсе тууралуу сураса, кырк күнгө чейин анын намазы кабыл болбойт".</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төлгөчүгө барууга болбостугун эскерткен. Төлгөчү дегени, көзү ачык, жылдыз кароочу, пал ачуучу ж.б. ушундайларды пайдаланып кайыпты билерине далил кылган адамдардын жалпы аталышы. Мындайлардан кайып ишти бир эле жолу сурап койсо, Аллах Таала сураган кишини кырк күндүк намазынын сообунан куру калтырат, бул анын ушундай чоң күнөөгө барганынын акыбети.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Көзү ачыктык кылуу жана ага барып кайыпты суроо тыюу салынган арам иш.
 Кылган күнөөсү себептүү адам жакшы амалдарынын сооп-сыйынан куру калышы мүмкүн.
 Жылдыз төлгөсү деп аталган төлгө жана ага кароо, ошондой эле алаканга, чыныга жөн эле кызыгып кароо да ушул хадистин ичине кирет. Анткени мунун баары көзү ачыктыкка жана кайып илимин билем дегендикке жатат.
 Төлгөчүгө баруунун эле жазасы ушундай болсо, анда төлгөчүнүн өзүнүн жазасы кандай болорун ойлоп көр?
 Кырк күндүк намаз окулган болуп эсептелет, анын казасы окулбайт, бирок сообу болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5986</t>
   </si>
   <si>
@@ -11884,108 +11884,108 @@
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Аллах Тааланын кудуретинин толуктугун бекемдөө.
 Өлүмдөн кийин кайра тирилүүнү тастыктоо.
 Аллахтын баласы бар деп эсептеген жана кайра тирилүүнү четке каккан адам каапыр болот.
 Аллахтын окшошу да, теңдеши да жок.
 Аллахтын мээри кенен, каапырлар тообо кылып, кайтып калабы деп аларга убакыт берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6327</t>
   </si>
   <si>
     <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>Ким Менин досума душмандык кылса Мен ага согуш жарыя кыламын. Пендемди мага жакындата турган Мен ага парыз кылган амалдардан өткөн амал жок</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, Аллах Таала мындай деди:  "Ким Менин досума душмандык кылса Мен ага согуш жарыя кыламын. Пендемди мага жакындата турган Мен ага парыз кылган амалдардан өткөн амал жок. 
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, Аллах Таала мындай деди:  "Ким Менин досума душмандык кылса Мен ага согуш жарыя кыламын. Пендемди мага жакындата турган Мен ага парыз кылган амалдардан өткөн амал жок. 
  Пендем Мага напил амалдар аркылуу жакындаган сайын, Мен аны жакшы көрөм. А Мен аны жакшы көрсөм, анын уга турган кулагы, көрө турган көзү, кармай турган колу жана баса турган буту болом. Эгер менден сураса, берем, Эгер Мени менен сактанса, сактайм. Мен кылган иштеримден момундун жанын алганда экиленгендей экиленген эмесмин, ал өлүмдү жек көрөт, Мен аны кыйнаган нерсени жек көрөм".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Улук Аллах Таала кудусий хадисте минтип айтканын кабарлайт: Ким менин досторумдан бирине ыза берсе, ачууландырса, же аны жек көрсө, мен ага билдирем жана ага согуш жарыялайм.
-Дос дегени: такыба ыймандуу адам. Пендеде ыйман жана такыбылатан канча болсо, Аллахка достугу ошончолук болот. Мусулманды Раббисине жакындата турган эң жакшы иш - ибадаттарды аткаруу жана күнөөлөрдөн тыйылуу сыяктуу ага важыб, парз кылынган иштер. Мусулман адам парз ибадаттар менен бирге напил ибадаттарды аткарган сайын Раббисине жакындап, Анын сүйүүсүнө жетет. Аллах аны жакшы көрүп калгандан кийин анын төмөнкү төрт мүчөсүн күнөөдөн Өзү сактайт:
+Дос дегени: такыба ыймандуу адам. Пендеде ыйман жана такыбылыктан канча болсо, Аллахка достугу ошончолук болот. Мусулманды Раббисине жакындата турган эң жакшы иш - ибадаттарды аткаруу жана күнөөлөрдөн тыйылуу сыяктуу ага важыб, парз кылынган иштер. Мусулман адам парз ибадаттар менен бирге напил ибадаттарды аткарган сайын Раббисине жакындап, Анын сүйүүсүнө жетет. Аллах аны жакшы көрүп калгандан кийин анын төмөнкү төрт мүчөсүн күнөөдөн Өзү сактайт:
 Угуусун сактайт, Аллах ыраазы боло турган сөздөрдү гана угуп калат.
 Көрүүсүн сактайт, Аллах кароосун жакшы көргөн жана ыраазы болгон нерсени гана карап калат.
 Колун сактайт, колу менен Аллах ыраазы боло турган иштерди гана жасайт.
 Буттарын сактайт, Аллах ыраазы боло турган жерлерге гана басат, жакшылык бар нерсеге гана аракет кылат.
 Аны менен бирге Аллахтан эмнени сураса, Аллах ага сураганын берет. Дубасы кабыл болуучу киши болот. Эгер Аллах менен сактанып, Андан коргоо тилесе, Аллах аны корккон нерсесинен сактап, коргойт.
 Андан кийин Аллах Таала айтат: Мен кылган иштеримдин ичинен ыймандуу адамга ырайым кылып анын жанын алганда экиленгендей эч экиленбеймин; анткени ал өлүм учурунда катуу оору болгону үчүн аны жек көрөт, Аллах болсо ыймандуу адамды кыйнаган нерсени жек көрөт.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Бул хадис пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббисинен риваят кылган хадистерден. Мындай хадистер кудсий же илахий хадис деп аталат. Анын сөзү жана мааниси Аллахтан, бирок кудсий хадис Курандын башкалардан айырмаланып турган өзгөчөлүктөрүнө ээ эмес. Мисалы, Куранды окуу ибадат, аны даарат менен кармоо керек, ал сыяктууну алып келүүгө атаандаштыкка чакыруу, анын муъжизалыгы ж.б.
 Аллахтын досторуна ыза берүүдөн тыйып, алардын артыкчылыгын моюнга алып, аларды жакшы көрүүгө үндөө.
 Аллахтын душмандарына душман болууга буйруган. Алар менен дос болуу арам.
 Ким өзүн Аллахтын досумун деп эсептесе, бирок Анын шариятын аткарбаса, анда ал айтканында жалганчы.
 Аллахтын достугуна буйруктарды аткаруу, арамдардан тыйылуу аркылуу гана жетүүгө болот.
 Аллахтын сүйүүсүнө ээ болуунун жана дубасы кабыл боло турган адам болуунун себептеринин бири, парз амалдарды аткаруу менен бирге напил амалдарды да аткаруу жана арам иштерден тыйылуу.
 Аллахтын досторунун шарапаты улук, даражасы бийик экенине далил.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6337</t>
   </si>
   <si>
     <t>اثنتان في الناس هما بهم كفر: الطعن في النسب، والنياحة على الميت</t>
   </si>
   <si>
     <t>Адамдарда каапырлыктын  белгилеринен болгон эки белги бар: Ата-текти кемсинтүү жана өлүккө өкүрүп ыйлоо</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адамдарда каапырлыктын  белгилеринен болгон эки белги бар: Ата-текти кемсинтүү жана өлүккө өкүрүп ыйлоо".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адамдарда каапырлыктын  белгилеринен болгон эки белги бар: Ата-текти кемсинтүү жана өлүккө өкүрүп ыйлоо".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن خصلَتَين في الناس من أعمال الكفار، وأخلاق الجاهلية، وهما: 
 الأولى: الطَّعْن بأنساب الناس وتَنَقُّصُهم والتكبُّر عليهم. 
 الثانية: رفع الصوت عند المصيبة تَسَخُّطًا على القَدَر، أو قطع الثياب من شِدّة الجَزَع.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эки ишти каапырлардын амалы, Исламга чейинки доордон калган ахлак деп кабарлаган. Ал экөө:
 Биринчиси: Адамдардын тегин кемсинтип, аларды басынтып, текеберлик кылуу.
 Экинчиси: өлүм болгондо тагдырга нааразы болуп, үнүн көтөрүп өкүрүп ыйлоо, же сабырсыздыктан улам кийимин тытып ыйлоо.</t>
   </si>
   <si>
     <t>الحثُّ على التواضع وعدَم التكبُّر على الناس.
 وجوب الصبر على المصيبة وعدم التسخُّط.
 هذه الأعمال من الكُفْر الأصغر، وليس مَن قام به شُعْبةٌ من شُعَب الكُفْر يكون كافرًا الكفر المُخْرِج من المِلّة حتى يقومَ به الكفرُ الأكبر.
 نهي الإسلام عن كلِّ ما يؤدِّي إلى الفُرْقَة بين المسلمين من الطعن في الأنساب وغيرها.</t>
   </si>
   <si>
     <t>Кичи пейил болууга, адамдарга текеберленбөөгө кызыктыруу.
 Жоготуу кайгысы болгондо сабыр кылып, тагдырга ачууланбоо важыб.
 Бул иштер кичине каапырлыктан, буларды кылган адам каапыр боло турган каапырлыктын бир бутагын кылган болуп эсептелбейт. Адамды диинден чыгара турган каапырлык бул чоң каапырлык болот.
 Ислам дини мусулмандардын ортосунда бөлүнүүгө алып келе турган бардык иштен тыят. Мисалы, тегин кемсинтүү ж.б.у.с.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6361</t>
@@ -12260,101 +12260,101 @@
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Пайда берет же зыяндан тосот деп жипти жана мончокторду байлоо тыюу салынган арам иш. Анткени бул ширк амалдарынан.
 Мончокту кооздук үчүн, же улоону башкаруу үчүн, же аны байлоо үчүн колдонсо эч нерсе эмес.
 Туура эмес ишти мүмкүнчүлүгүнө жараша кайтаруу важиб.
 Жүрөктү бир гана эч шериги жок Аллахка байлоо важиб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6761</t>
   </si>
   <si>
     <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>Тумар тагынган адам, чынында ширк кылган болот" - деди</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
-    <t>Укба бин Аамир аль-Жуханий (ага Аллах ыраазы болсун) айтат: Аллахтын эчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) он чакты адам келип, ал алардын тогузу менен убада-келишим кылып, онунчусуна келишим кылбай койду. О, Аллахтын элчиси, тогузу менен келишим кылып, бирөөн калтырып койдуң го? - дешти эле, ал: "Анын тагынган тумары бар экен" - деди. Тиги киши коюнуна колун салып, тумарын жулуп таштады эле, аны менен убада-келишим кылып, анан: "Тумар тагынган адам, чынында ширк кылган болот" - деди.</t>
+    <t>Укба бин Аамир аль-Жуханий (Аллах андан ыраазы болсун) айтат: Аллахтын эчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) он чакты адам келип, ал алардын тогузу менен убада-келишим кылып, онунчусуна келишим кылбай койду. О, Аллахтын элчиси, тогузу менен келишим кылып, бирөөн калтырып койдуң го? - дешти эле, ал: "Анын тагынган тумары бар экен" - деди. Тиги киши коюнуна колун салып, тумарын жулуп таштады эле, аны менен убада-келишим кылып, анан: "Тумар тагынган адам, чынында ширк кылган болот" - деди.</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
     <t>Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) бир жамаат адам келет, алардын саны он болчу. Алардын тогузу менен исламга кирүүгө жана аны ээрчүүгө келишим-убадасын алат. Бирөөсү менен андай келишим кылбай койот. Мунун себебин сураганда, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дейт: Анын тумары бар экен. Тумар дегени, мончок, же дагы башка бир нерселерди жипке байлап, көз тийүүдөн жана башка зыяндан сактайт деп тагынып алуу. Ошенткенде тиги киши колун салып тумарын кесип алып таштайт. Ошондон кийин гана пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны менен келишим кылат. Анан тумар тагынуудан тыйып, эскертип, аны тагынуунун өкүмүн баяндайт: "Тумар тагынган киши чынында ширк кылган болот".</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Ким Аллахтан башкага таянса, Аллах анын максатына карама-каршы мамиле кылат.
 Тумар тагынуу жамандыктан, көз тийүүдөн сактоого себеп болот деп ишенүү кичине ширк. Ал эми тумар өзү жамандыктан сактайт деп ишенүү чоң ширк.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6762</t>
   </si>
   <si>
     <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>Ким: Лаа илааха иллаллоох" деп айтып, Аллахтан башка ибадат кылынган нерселерден баш тартса, анын мал-мүлкү жана каны арам болот. Ал эми сурагы Аллахка таандык</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
-    <t>Таарик бин Ашйам ал-Ашжаъи (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Ким: Лаа илааха иллаллоох" деп айтып, Аллахтан башка ибадат кылынган нерселерден баш тартса, анын мал-мүлкү жана каны арам болот. Ал эми сурагы Аллахка таандык".</t>
+    <t>Таарик бин Ашйам ал-Ашжаъи (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Ким: Лаа илааха иллаллоох" деп айтып, Аллахтан башка ибадат кылынган нерселерден баш тартса, анын мал-мүлкү жана каны арам болот. Ал эми сурагы Аллахка таандык".</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Алллахтын тынчтыгы жана мактоосу болсун) кимде-ким "лаа илааха иллаллоох" деп тактап айтканда, Аллахтан башка ибадатка татыктуу кудай жок деп тили менен айтса, күбөлүк берсе, анан Аллахтан башка сыйынып жүргөн нерселеринен баш тартса, Исламдан башка бардык диндерден баш тартса, анын каны жана малы мусулмандарга арам болорун кабарлаган. Биз анын сырткы амалына гана карайбыз, анын малы тартып алынбайт,каны төгүлбөйт. Бирок кокус кылмыш кылып, же жазага кириптер болуп калса гана Ислам өкүмдөрү менен кылмышына жараша өкүм чыгарылат.
+    <t>Пайгамбарыбыз (ага Алллахтын тынчтыгы жана мактоосу болсун) кимде-ким "лаа илааха иллаллоох" деп тактап айтканда, Аллахтан башка ибадатка татыктуу кудай жок деп тили менен айтса, күбөлүк берсе, анан Аллахтан башка сыйынып жүргөн нерселеринен баш тартса, Исламдан башка бардык диндерден баш тартса, анын каны жана малы мусулмандарга арам болорун кабарлаган. Биз анын сырткы амалына гана карайбыз, анын малы тартып алынбайт, каны төгүлбөйт. Бирок кокус кылмыш кылып, же жазага кириптер болуп калса гана Ислам өкүмдөрү менен кылмышына жараша өкүм чыгарылат.
 Ал эми анын эсеп-кысабын кыямат күнү Аллах жүргүзөт, эгер айтканында чынчыл болсо сообун алат, эгер эки жүздүүлүк кылып жалган айткан болсо жазасын алат.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
-    <t>"Лаа илааха иллаллоох" деп тил менен айтуу жана Аллахтан башка сыйынып жүргөн нерселерин таштоо Исламга кирүүнун шарты.
+    <t>"Лаа илааха иллаллоох" деп тил менен айтуу жана Аллахтан башка сыйынып жүргөн нерселерин таштоо Исламга кирүүнүн шарты.
 (Лаа илааха иллаллооху)нун мааниси, Аллахтан башка кабыр, таш-буркан ж.б. сыйынылып жүргөн нерселерден баш тартуу, ибадат кылууда Аллахты жалгыздоо.
 Ким тавхидди айтып, анын шарттарын сырткы көрүнүшүндө карманса, мунун каршысы андан ачык дайын болмоюнча ага тийишпөө важиб.
 Мусулмандын малы, каны жана абийири арам, бирок жазыгы болсо арам эмес.
 Бул дүйнөдө адамдын сырткы амалдарына карай өкүм чыгарылат, акыретте болсо ниетине жана максатына каралат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6765</t>
   </si>
   <si>
     <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>Кимде-ким бир хадистин жалган экенин билип туруп аны мени айткан деп таратса, ал жалганчылардын бири болот</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Самура бин Жундаб жана Мугира бин Шууба (аларга Аллах ыраазы болсун) экөө айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким бир хадистин жалган экенин билип туруп аны мени айткан деп таратса, ал жалганчылардын бири болот".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: Ким кайсы бир хадистин жалган экенин анык билип туруп, же жалган болуш керек деп күмөнсүрөп туруп, аны пайгамбардын атынан айтып таратса, ал ушул жалгандын таралуусуна шериктеш болуп калат.</t>
@@ -13124,106 +13124,106 @@
     <t>Умар (ага Аллах ыраазы болсун) кабарлайт. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) аларды кажети жок иштерде өзүн кыйноодон тыйган. Бул иш мейли сөзгө тиешелүү болсун, мейли кыймыл-аракетке тиешелүү болсун.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Тыюу салынган оорлотууга булар кирет: көп суроо берүү, өзү билбеген нерсеге терең кирүү, Аллах Таала жеңилдик берген ишти оорлотуу ж.б.
 Мусулман адамга өзүн орто алып жүрүү сөздө болобу, иште болобу, бардык абалда тереңдебей жүрүүсү зарыл.
 Ислам - жеңил дин.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8945</t>
   </si>
   <si>
     <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
     <t>Ит жана сүрөт бар үйгө периштелер кирбейт</t>
   </si>
   <si>
     <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
   </si>
   <si>
-    <t>Абу Талха (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ит жана сүрөт бар үйгө периштелер кирбейт".</t>
+    <t>Абу Талха (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ит жана сүрөт бар үйгө периштелер кирбейт".</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
 وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
 وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
 ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ырайым периштелери ит бар жана жандуулардын сүрөтү илинген үйлөргө кирбестигин кабарлаган. Мунун себеби, жандуу нерселердин сүрөтүн тартуу чоң күнөө. Сүрөт тартуу Аллахтын жаратуучулугун тууроо жана ширк кылууга ортомчу болот. Кээ бир сүрөттөргө сыйынып, ибадат кылгандар бар. Ал эми ит жашаган үйгө периштелердин кирбегенине иттердин ыплас, нажасаттарды жегени жана кээ бир иттердин шайтан деп эсептелгени себеп. Периштелер шайтандын душманы. Ошондой эле иттердин жыты да жагымсыз. Периштелер жагымсыз жытты жактырбайт. Алар андай жерге баруудан тыйылган. Ошондуктан үйүнө ит кармаган адамдар ырайым периштелеринин үйүнө кирүүсүнөн, ага салават айтуусунан, кечирим тилөөсүнөн, береке алып келүүсүнөн жана шайтанды кубалоосунан куру калат.</t>
   </si>
   <si>
     <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
 اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
 الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
 تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
 قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
   </si>
   <si>
     <t>Итти аңчылык же кароолчулук үчүн гана кармоого уруксат. Башка максатта ит кармоо арам.
 Үйгө жандуу нерселердин сүрөтүн, эстелигин ж.б. коюп алуу периштелерди качыра турган жаман адат. Үйүнө ит кармаган адам сыяктуу эле сүрөт койгон адам да периштелердин көп жакшылыгынан куру калат.
 Ит жана сүрөт бар үйгө кирбеген периштелер ырайым периштелери. Ал эми иш-амалдарды жазып туруучу, же өлүм периштеси сыяктуу аткара турган милдеттери бар периштелер мындай үйлөргө деле кире берет.
 Жандуу нерселердин сүрөтүн дубалга илип алуу же көрүнөө жерге коюп коюу арам.
 Ал-Хаттаабий минтип айткан: Периштелер багууга тыюу салынган ит багылган жана коюуга тыюу салынган сүрөт коюлган үйгө гана кирбейт. Ал эми аңчылык же кароолчулук үчүн ит багылган үйгө же ичине сүрөттүү материал менен капталган төшөк, жаздыктары бар үйлөргө кирүүдөн тыйылган эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8950</t>
   </si>
   <si>
     <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>Периштелер ит жана коңгуроо бар кербенге (жолоочуларага) жолдош болбойт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Периштелер ит жана коңгуроо бар кербенге (жолоочуларага) жолдош болбойт"</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Периштелер ит жана коңгуроо бар кербенге (жолоочуларага) жолдош болбойт"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кербенде ити бар, же жаныбарлар басканда шыңгырап турчу коңгүроосу бар адамдарга периштелер сапарда жолдош болбостугун айткан.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кербенде ити бар, же жаныбарлар басканда шыңгырап турчу коңгуроосу бар адамдарга периштелер сапарда жолдош болбостугун айткан.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Итти багууга жана аны жолго ээрчитүүгө тыюу салынган. Бирок аңчылык жана кароолчулук үчүн багылса уруксат.
-Адамдарга жолдош болбой койгон периштелер булар ырахмат периштелери. Ал эми сактоочу (жазуучу) периштелер, алар адамдар үйдө болобу, жолдо болобу эч ажырабайт.
-Коңгуроо тагууга тыюу салыган. Анткени, ала шайтандын кернейи, мында христиандардын коңгуроосуна окшоштук бар.
+Адамдарга жолдош болбой койгон периштелер булар ырайым периштелери. Ал эми сактоочу (жазуучу) периштелер, алар адамдар үйдө болобу, жолдо болобу эч ажырабайт.
+Коңгуроо тагууга тыюу салыган. Анткени, ал шайтандын кернейи, мында христиандардын коңгуроосуна окшоштук бар.
 Мусулман адамга аны периштелерден алыстата турган иштердин баарынан этият болуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8951</t>
   </si>
   <si>
     <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
   <si>
     <t>Шайтандардын (сыйынылган буттар) жана ата-бабаңардын аты менен ант ичпегиле</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>Абдурахман бин Самура (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Шайтандардын (сыйынылган буттар) жана ата-бабаңардын аты менен ант ичпегиле".</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) таагут-шайтандарга, тагыраак айтканда, мушриктер Аллахтын ордуна сыйынган бардык бут-буркандардын аты менен ант ичүүдөн тыйган. Бул алардын чектен чыгып, каапыр болгону үчүн. Ошондой эле ата-бабаларынын аты менен ант ичүүдөн да тыйган. Жахилият учурунда араптарда мактаныч жана ыйыктоо үчүн аталарынын аты менен ант ичүү адаты болгон.</t>
   </si>
   <si>
@@ -13374,80 +13374,80 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатын өтөп чыкканда: "О, Аллах, мени кечирүүңдү сураймын" - деп айтчу.</t>
   </si>
   <si>
     <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
 استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
 قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
   </si>
   <si>
     <t>Ажатканадан чыкканда "Гуфранака" деп айтуу сүннөт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бардык абалдарында Аллахка истигфар айтып, кечирим тилеген.
 Ажатканадан чыкканда кечирим тилөөнүн себеби: Аллахтын көптөгөн нээматтарына, анын ичинде заң жана заараны жеңил чыкканына шүгүр айтылбай калганы үчүн. Ажат өтөп жаткан учурда Сага шүгүр келтире албаганым үчүн мени кечир деген маани дешкен.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10046</t>
   </si>
   <si>
     <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Ким чын жүрөгү менен: "Лаа илааха иллаллооху, ва анна Мухамммадан аъбдуху ва расуулух" - деп күбөлүк берсе, Аллах анын тозокко кирүүсүн арам кылат</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
-    <t>Анас бин Малик (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Муазды улоосуна учкаштырып баратып: "Муаз бин Жабал!" - деди. Ал: "Кызматыңызга даярмын, о, Аллахтын элчиси!" - деди. "Муаз!" - деди дагы. "Кызматыңызга даярмын, о, Аллахтын элчиси!" - деди ал. Ушунтип үч жолу айткандан кийин: " Ким чын жүрөгү менен: "Лаа илааха иллаллооху, ва анна Мухамммадан аъбдуху ва расуулух" - деп күбөлүк берсе, Аллах анын тозокко кирүүсүн арам кылат" - деди. "О, Аллахтын элчиси, муну адамдарга айтып сүйүнчүлөйүнбү?" - деди Муаз. "Андай кылсаң, ушуга таянып алышат" - деди. Бул хадисти Муаз өлөр алдында хадисти айтпай жашырып кетүүдөн корккону үчүн айтты.</t>
+    <t>Анас бин Малик (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Муазды улоосуна учкаштырып баратып: "Муаз бин Жабал!" - деди. Ал: "Кызматыңызга даярмын, о, Аллахтын элчиси!" - деди. "Муаз!" - деди дагы. "Кызматыңызга даярмын, о, Аллахтын элчиси!" - деди ал. Ушунтип үч жолу айткандан кийин: " Ким чын жүрөгү менен: "Лаа илааха иллаллооху, ва анна Мухамммадан аъбдуху ва расуулух" - деп күбөлүк берсе, Аллах анын тозокко кирүүсүн арам кылат" - деди. "О, Аллахтын элчиси, муну адамдарга айтып сүйүнчүлөйүнбү?" - деди Муаз. "Андай кылсаң, ушуга таянып алышат" - деди. Бул хадисти Муаз өлөр алдында хадисти айтпай жашырып кетүүдөн корккону үчүн айтты.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
-    <t>Муаз (ага Аллахтын тынчтыгы жана мактоосу болсун) Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) артында, анын улоосуна учкашып бараткан. Аны: "Эй, Муаз!" - деп үч жолу чакырган, анткени ага айта турган сөзү өтө маанилүү экенин билдирген.
-Анын ар бир чакырыгына Муаз (ага Аллах ыраазы болсун) "Лаббайка, я расуулуллоохи, ва саъдайка" деп "Сизге кайра-кайра жооп кайтарууга даярмын, о Аллахтын элчиси, сизге жооп берүү мен үчүн бакыт алып келет деп үмүт кылам" - деп жооп берип жатты.
+    <t>Муаз (Аллах андан ыраазы болсун) Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) артында, анын улоосуна учкашып бараткан. Аны: "Эй, Муаз!" - деп үч жолу чакырган, анткени ага айта турган сөзү өтө маанилүү экенин билдирген.
+Анын ар бир чакырыгына Муаз (Аллах андан ыраазы болсун) "Лаббайка, я расуулуллоохи, ва саъдайка" деп "Сизге кайра-кайра жооп кайтарууга даярмын, о Аллахтын элчиси, сизге жооп берүү мен үчүн бакыт алып келет деп үмүт кылам" - деп жооп берип жатты.
 Ошондон кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким "Лаа илааха иллаллооху" деп т.а. Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад болсо Аллахтын элчиси деп жалган эмес, чын жүрөгүнөн күбөлүк берсе, анан ошол абалында өтүп кетсе, Аллах аны тозокко киргизбестигин кабарлады.
-Муаз (ага Аллах ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) анын айтканын адамдарга кабарлап, аларды кубантып сүйүнчүлөйүнбү деп сурайт.
+Муаз (Аллах андан ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) анын айтканын адамдарга кабарлап, аларды кубантып сүйүнчүлөйүнбү деп сурайт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдар ошого үмүт артып, башка амалдарын таштап коёбу деп чочулайт.
-Муаз (ага Аллах ыраазы болсун) бул хадисти өлүм сааты жакындаганга чейин эч кимге айткан эмес. Өлүмүнө жакын хадисти айтпай жашырганы үчүн күнөөкөр болуп калуудан коркуп айткан.</t>
+Муаз (Аллах андан ыраазы болсун) бул хадисти өлүм сааты жакындаганга чейин эч кимге айткан эмес. Өлүмүнө жакын хадисти айтпай жашырганы үчүн күнөөкөр болуп калуудан коркуп айткан.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Муазды улоосуна учкаштырып алганы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кичи пейил, жөнөкөйлүгүнөн.
 Айта турган сөзүнө жакшы көңүл бурдуруу үчүн Муазга кайра-кайра кайрылганы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) таалим берүүдөгү мыкты ыкмаларынан.
-Күбөлүк келмесинин шарттаты: Лаа илааха иллаллооху ва анна Мухаммадан расуулуллохи келмесин айтуучу жалгандан эмес, шектенбей, бекем ишеним менен чын жүрөктөн айтышы керек.
+Күбөлүк келмесинин шарттарынын бири: Лаа илааха иллаллооху ва анна Мухаммадан расуулуллохи келмесин айтуучу жалгандан эмес, шектенбей, бекем ишеним менен чын жүрөктөн айтышы керек.
 Бир кудайга сыйынуу ишеними менен өткөн адамдар тозокто түбөлүк калбайт. Эгер күнөө себептүү тозокко кирсе да, тазалангандан кийин андан чыгып бейишке кирет.
 Чын жүрөгү менен айткан адамга бул эки күбөлүктүн артыкчылыгы чоң.
 Эгер туура эмес түшүнүктү пайда кыла турган болсо, кээ бир абалдарда хадисти жашырып айтпай турган оң.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10098</t>
   </si>
   <si>
     <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Мусулман адам - башка мусулмандар анын колунан жана тилинен зыян тартпаган адам. Мухажир адам - Аллах тыюу салган нерселерди таштаган адам</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Абдуллах бин Амрдын (аларга Аллах ыраазы болсун) риваятында пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мусулман адам - башка мусулмандар анын колунан жана тилинен зыян тартпаган адам. Мухажир адам - Аллах тыюу салган нерселерди таштаган адам".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
@@ -13544,58 +13544,58 @@
     <t>Аял кишиге махрамсыз сапарга чыгууга уруксат жок.
 Сапарда аял аялга махрам болбойт, пайгамбарыбыз : "Күйөөсү же махрамы..." деп айтканы үчүн.
 Сапар деп аталган аралыктын баарына аял киши махрамы менен гана бара алат. Ал эми бул хадисте эки күндүк сапар деп айтылганы, суроочунун абалына жана мекенине карата айтылган.
 Аялдын махрамы - анын күйөөсү. Же жакын туугандык себептүү нике жүрбөгөн адамдар, мисалы атасы, баласы, атасы менен бир тууганы, апасы менен бир тууганы, же эмчектештик жактан жакыны, мисалы сүт атасы (сүт эненин жолдошу), сүт атанын бир тууганы, же кайын журт жагынан жакыны, мисалы күйөөсүнүн атасы. Махрам болгон адам мусулман, балакат жаш курагына жеткен, акылы жайында, ишеничтүү адам болуусу керек. Анткени, махрам болуп баруудан максат аялды коргоо жана ага кам көрүү.
 Ислам шарияты аялзатын коргойт, колдойт жана кам көрөт.
 Багымдат жана дигер намазынан кийин бардык напил намаздарды окуу жарактуу эмес. Бир гана ошол күнкү парз намаздын казасын окууга жана тахият ал-масжид сыяктуу себептүү намаздарды окууга уруксат.
 Күн чыгып жатканда намаз окуу арам болот. Күн найза бою көтөрүлгөндөн кийин, он мүнөттөн он беш мүнөткө чейин убакыт өткөндөн кийин окуу керек.
 Дигер намазынын убактысы күн батканга чейин созулат.
 Үч мечитти зыярат кылуу үчүн сапарга чыгууга уруксат.
 Үч мечиттин артыкчылыгы жана алардын башка мечиттерден өзгөчөлүгү айтылган.
 Кабырларды атайын зыярат кылып барууга болбойт, мейли ал кабыр пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кабыры болсо да. Медина шаарындагыларга же ал шаарга шариятта уруксат берилген иш үчүн баргандарга пайгамбардын кабырын зыярат кылууга уруксат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10603</t>
   </si>
   <si>
     <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Кабырлардын үстүнө отурбагыла жана анда намаз окубагыла!</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
-    <t>Абу Марсад ал-Ганави (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кабырлардын үстүнө отурбагыла жана анда намаз окубагыла!"</t>
+    <t>Абу Марсад ал-Ганави (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кабырлардын үстүнө отурбагыла жана анда намаз окубагыла!"</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабылдардын үстүнө отурууга тыюу салган.
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабырлардын үстүнө отурууга тыюу салган.
 Ошондой эле кабырда намаз окууга жана кыбыла тарабындагы кабырга жүздөнүп намаз окууга тыюу салган. Анткени, бул ширкке алып баруучу иштерден.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Кабырдын ичинде, кабырлардын арасында, же кабырга жүздөнүп намаз окууга болбойт. Бир гана жаназа намазын окууга болору сүннөттө айтылган.
 Кабырларга намаз окуудан тыюу - ширкти пайда кылчу иштерден тосот.
 Ислам дини кабыр тууралуу чектен чыгуудан жана аны кордоодон тыят. Аша чабууга да, шалаакылык кылууга да болойт.
 Мусулмандын урматы ал өлгөндөн кийин да сакталат, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Өлүктүн сөөгүн сындыруу - тирүү кезинде сындыргандай эле (күнөө)" - деген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10647</t>
   </si>
   <si>
     <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>Эгер арасындагы ийги иш-амалдарды кылган пенде (же киши) дүйнөдөн өтсө, анын кабырына мечит куруп</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
@@ -13861,62 +13861,62 @@
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларга тил тийгизип сөгүүдөн тыйган. Айрыкча, динди алгачкылардан болуп кабыл кылган мухажир жана ансарларды. Эгер адамдардын бири Ухуд тоосундай алтынды каржы кылып берсе, анысы бир сахабанын кочуштап берген же жарым кочуш азыгына да татыбастыгын айткан. Мунун себеби сахабалардын ыкласынын күчтүүлүгү, ниетинин түздүгү, каржылары жана согуштары Меккенин ачылышынан мурда, аябай муктаждык болуп турган учурда болгону үчүн.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Сахабаларга тил тийгизүү арам, чоң күнөө.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11000</t>
   </si>
   <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>Бул дин түндүн караңгылыгы менен күндүн нуру жеткен жердин баарына жетет. Аллах Таала бул динди киргизбеген же ылайдан салынган, же кийизден жасалган үй калбайт</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
-    <t>Тамим Дари (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Бул дин түндүн караңгылыгы менен күндүн нуру жеткен жердин баарына жетет. Аллах Таала бул динди киргизбеген же ылайдан салынган, же кийизден жасалган үй калбайт.  Ал бирөөлөрдү ызаттуу кылса, бирөөлөрдү кор кылат. Исламды кабыл кылгандарды Аллах ызаттуу кылат. Каапыр болгондорду Аллах кор кылат" Тамим Даари айтат: Бул хадисте айтылганды мен өзүмдүн жакындарымдан көрдүм. Алардын арасынан динди кабыл кылгандары жакшылыкка жетип, кадыры артып, ызаттуу болду. Динди кабыл кылбай каапыр болгондору кордук тартып, кор болушуп, салык төлөп калышты.</t>
+    <t>Тамим ад-Даари (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Бул дин түндүн караңгылыгы менен күндүн нуру жеткен жердин баарына жетет. Аллах Таала бул динди киргизбеген же ылайдан салынган, же кийизден жасалган үй калбайт.  Ал бирөөлөрдү ызаттуу кылса, бирөөлөрдү кор кылат. Исламды кабыл кылгандарды Аллах ызаттуу кылат. Каапыр болгондорду Аллах кор кылат" Тамим ад-Даари айтат: Бул хадисте айтылганды мен өзүмдүн жакындарымдан көрдүм. Алардын арасынан динди кабыл кылгандары жакшылыкка жетип, кадыры артып, ызаттуу болду. Динди кабыл кылбай каапыр болгондору кордук тартып, кор болушуп, салык төлөп калышты.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жакында Ислам дини бүт жер бетине жайыларын, түн менен күн жеткен жердин баарына жетерин айткан. Аллах Таала шаардагы, айыл-кыштактагы, атүгүл жайлоодогу үйлөргө чейин бул динди киргизет. Кимде-ким Исламды кабыл кылып, ага ыйман келтирсе, Исламдын ызаты менен ызаттуу болот. Кимде-ким Исламдан баш тартса, ишенбей каапырдык кылса, кор болот.
-Хадисти айткан сахаба Тамим Даари (ага Аллах ыраазы болсун) Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айткан бул кабарды турмушта өзүнүн жакындарынан көргөнүн айтат. Жакындарынын арасынан кимиси динди кабыл кылса, ал жакшылыкка жетип, кадыр-барктуу болуп ызатка ээ болду. Ал эми динди кабыл кылбагандары кор болушту. Анткени, алар салык катары мусулмандарга мал-мүлкүнөн төлөп жашашкан.</t>
+Хадисти айткан сахаба Тамим ад-Даари (Аллах андан ыраазы болсун) Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айткан бул кабарды турмушта өзүнүн жакындарынан көргөнүн айтат. Жакындарынын арасынан кимиси динди кабыл кылса, ал жакшылыкка жетип, кадыр-барктуу болуп ызатка ээ болду. Ал эми динди кабыл кылбагандары кор болушту. Анткени, алар салык катары мусулмандарга мал-мүлкүнөн төлөп жашашкан.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Хадисте мусулмандарга чоң сүйүнчү кабар: жакын арада алардын дини бүт ааламга жайылары айтылган.
 Ызаттуулук Исламда жана мусулмандарда. Кордук баш ийбестикте жана каапырлыкта.
 Бул хадис пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгына анык далил. Анткени, анын алдын ала айтканы ишке ашты.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11220</t>
   </si>
   <si>
     <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>Эгерде силерден бирөөңөр намаз окуп жатып үч рекетпи же төрт рекетпи окуганын билбей шектенип калса, шектенип турганын эмес, анык болуп турганын улантып окуй берсин. Анан намаздын акырында салам берүүдөн мурда эки жолу сажда кылсын</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Абу Саид ал-Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде силерден бирөөңөр намаз окуп жатып үч рекетпи же төрт рекетпи окуганын билбей шектенип калса, шектенип турганын эмес, анык болуп турганын улантып окуй берсин. Анан намаздын акырында салам берүүдөн мурда эки жолу сажда кылсын. Эгер беш рекет кылып бир рекет ашыкча окуп алса, ошол эки сажда менен ал жуп болуп калат. А эгер төрт рекет болуп намаз так болуп калса, анда эки сажда шайтанга сокку болот".</t>
@@ -14259,67 +14259,67 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төмөнкү үч түрдүү адамдан башкаларына жоопкерчилик жүктөлөрүн айткан:
 Жаш бала чоңоюп, балакат курагына жеткенге чейин.
 Акылынан айнып жинди болуп калган адам кайра акылына келгенге чейин.
 Уктап жаткан адам ойгонгонго чейин.
 Булардан жоопкерчилик алынган. Булардын кылган күнөөсү жазылбайт. Бирок жаш баланын жакшы иштеринин сообу жазылат. Жинди болгон адам менен уктап жаткан адамга жакшы иштеринин сообу да жазылбайт. Анткени, өздөрү эмне кылып жатканын билбегендиктен, алар ибадаттары кабыл болбой турган адамдар болуп эсептелет.</t>
   </si>
   <si>
     <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
 عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
 للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
 قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
   </si>
   <si>
     <t>Инсан аны уйку баскан учурда ибадат кылууга жараксыз болот. Же жашы кичүү мезгилинде жараксыз болот. Же акылынан тайып жинди болуп калган учурда жараксыз болот. Аллах Таала Өзүнүн адилеттүүлүгү жана ырайымдуулугу менен ушул үч учурда инсандын жасаган күнөө иштерин кечирип жиберет.
 Аларга күнөөнүн жазылбоосу аларга тиешелүү кээ бир дүнүйөлүк өкүмдөргө каршы келбейт. Мисалы жинди адам бирөөнү өлтүрүп койсо, ага өч алуу да, акы-төлөм да болбойт. Эгер акылы төп болсо, кун (дият) берилмек.
 Балакат жаш курагына жеткендин үч белгиси бар: түшүркөп же башка себеп менен уруктук суунун түшүүсү. Же аврат жерлерге түктөрдүн чыгуусу. Же он беш жашка толуусу. Ал эми аялзатына төртүнчү белги: айыздын келүүсү кошулат.
 Ас-Субки минтип айткан: "Сабий-жаш бала дегени, гулам деп айтылат". Дагы бирөөлөр минтип айткан: "Эненин ичиндеги бала жанин (түйүлдүк) деп аталат. Төрөлгөндө сабий (бөбөк) деп аталат. Эмчектен чыккандан баштап жети жашка чейин гулам (тестиер) деп аталат. Он жашка чейин йафиъ (жеткинчек) деп аталат. Он беш жашка чейин хазур (өспүрүм) деп аталат". Ас-Суйути болсо: "Ушул курактардын баарында баланы гулам деп атайт" деген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58148</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
-    <t>Кимде-ким (башчыларга) баш ийүүсүнөн тайып, жамааттан бөлүнүп өлсө, ал жахилияттын өлүмү менен өлөт. Ким сокур желектин астында согушса, уруусу же улуту үчүн өзгөчө катуу берилип ачууланса, же улутчулдукка чакырса, же аларга жардам берип жүрүп өлсө, анда жахилият өлүмү менен өлөт. Ким менин үммөтүмө каршы чыкса, салихине да, бузукусуна да сокку урса жана ыймандууларды (өлтүрүү азабынан) коркпосо жана анын убадасын аткарбаса, анда ал менден эмес жана мен андан эмесмин</t>
+    <t>Кимде-ким (башчыларга) баш ийүүсүнөн тайып, жамааттан бөлүнүп өлсө, ал жахилияттын өлүмү менен өлөт. Ким сокур желектин астында согушса, уруусу же улуту үчүн өзгөчө катуу берилип ачууланса, же улутчулдукка чакырса, же аларга жардам берип жүрүп өлсө, анда жахилият өлүмү менен өлөт. Ким менин үммөтүмө каршы чыкса, салихине да, бузукусуна да сокку урса жана ыймандууларды (өлтүрүү азабынан) коркпосо жана берилген убаданы аткарбаса, анда ал менден эмес жана мен андан эмесмин</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Кимде-ким (башчыларга) баш ийүүсүнөн тайып, жамааттан бөлүнүп өлсө, ал жахилияттын өлүмү менен өлөт. Ким сокур желектин астында согушса, уруусу же улуту үчүн өзгөчө катуу берилип ачууланса, же улутчулдукка чакырса, же аларга жардам берип жүрүп өлсө, анда жахилият өлүмү менен өлөт. Ким менин үммөтүмө каршы чыкса, салихине да, бузукусуна да сокку урса жана ыймандууларды (өлтүрүү азабынан) коркпосо жана анын убадасын аткарбаса, анда ал менден эмес жана мен андан эмесмин".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Кимде-ким (башчыларга) баш ийүүсүнөн тайып, жамааттан бөлүнүп өлсө, ал жахилияттын өлүмү менен өлөт. Ким сокур желектин астында согушса, уруусу же улуту үчүн өзгөчө катуу берилип ачууланса, же улутчулдукка чакырса, же аларга жардам берип жүрүп өлсө, анда жахилият өлүмү менен өлөт. Ким менин үммөтүмө каршы чыкса, салихине да, бузукусуна да сокку урса жана ыймандууларды (өлтүрүү азабынан) коркпосо жана берилген убаданы аткарбаса, анда ал менден эмес жана мен андан эмесмин".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, хадисте мындайча баяндады: "Кимде-ким башчыларга баш ийүүсүнөн тайып, имамга байъат кылууну макулдашкан Ислам жамаатынан бөлүнүп кетсе жана баш ийбесе, ошол бөлүнүп жүргөн абалында өлсө, анда ал жахилият (5) элинин өлүмүндөй өлөт. Алар мусулмандардын башчысына баш ийбей, жамаатка кошулбагандар. Тактап айтканда алар бири-бири менен согушкан топтор".
-[...1 lines deleted...]
-Кимде-ким Пайгамбар, саллаллаху алейхи уа салламдын, үммөтүнө каршы чыкса, анын салих жана бузуку элине сокку урса, кылган иштерине маани бербесе жана ыймандууларды өлтүрүү азабынан коркпосо жана каапырлар же башчылар менен болгон келишимин аткарбаса, тескерисинче ал келишимди бузса, анда анын бул кылганы чоң күнөөлөрдүн бири болуп саналат. Ким аны кылса, анда ал катуу азапка татыктуу болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) хадисте мындайча баяндады: "Кимде-ким башчыларга баш ийүүсүнөн тайып, имамга байъат кылууну макулдашкан Ислам жамаатынан бөлүнүп кетсе жана баш ийбесе, ошол бөлүнүп жүргөн абалында өлсө, анда ал жахилият (5) элинин өлүмүндөй өлөт. Алар мусулмандардын башчысына баш ийбей, жамаатка кошулбагандар. Тактап айтканда алар бири-бири менен согушкан топтор".
+Жана Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) чындыктын жүзү ачык көрүнбөгөн туунун астында согушкан, дин жана чындык үчүн эмес, өз элине же уруусуна өзгөчө катуу берилгендерге ачууланарын кабар берди. Алар көрөгөчтүгү жана илими жок, өз элине же уруусуна өзгөчө катуу берилип согушат. Эгер алар ошол абалда өлтүрүлсө, жахилият элинин өлүмүндөй өлөт.
+Кимде-ким Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүнө каршы чыкса, анын салих жана бузуку элине сокку урса, кылган иштерине маани бербесе жана ыймандууларды өлтүрүү азабынан коркпосо жана каапырлар же башчылар менен болгон келишимин аткарбаса, тескерисинче ал келишимди бузса, анда анын бул кылганы чоң күнөөлөрдүн бири болуп саналат. Ким аны кылса, анда ал катуу азапка татыктуу болот.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Аллах Таалага күнөө болбогон иштерде башчыларга моюн сунуу важиб.
 Хадисте башчыга баш ийүүдөн тайып, мусулман коомунан бөлүнүп кеткендерге катуу эскертүү камтылган. Эгер алар ушул абалда өлсө, жахилият элинин жолунда өлөт.
 Хадисте уруусу үчүн өзгөчө катуу берилип согушуудан тыйды.
 Убадаларды аткаруу важиб.
 Жамаатка моюн сунууда жана ар дайым жамаат менен болууда көп жакшылык, коопсуздук, бейпилдик жана жакшы шарттар бар.
 Жахилият элинин абалдарына окшошуп калуудан тыюу бар.
 Ар дайым мусулман жамааты менен болууга буюрулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
@@ -14514,110 +14514,110 @@
 Мына ошол пара - бул соттор өкүмдү бурмалоосу үчүн аларга төлөнүүчү нерсе. Пара берүүчү адам каалаган максатына адилетсиздик менен жетиши үчүн пара берет.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Пара берүүгө, алууга, аларга ортомчу болууга жана аларга жардам берүүгө тыюу салынат. Анткени ал зулумдукка жардам берген болуп калат.
 Пара алуу чоң күнөө. Анткени Аллахтын Элчиси, саллаллаху алейхи уа саллам, пара алганга да жана пара бергенге да каргыш айткан.
 Сотто жана өкүм чыгарууда пара алуу эң чоң кылмыш жана эң чоң күнөө. Анткени анда Аллах түшүргөн өкүмдөн башкасы менен өкүм чыгаруу бар жана зулумдук бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/64689</t>
   </si>
   <si>
     <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>Ислам беш нерсеге (түркүккө) негизделген</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
-    <t>Абдулла бин Умар (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ислам беш нерсеге (түркүккө) негизделген : Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси деп күбөлүк берүү, намаз окуу, зекет берүү, (Каабага) ажылык кылуу, Рамазанда орозо кармоо".</t>
+    <t>Абдулла бин Умар (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ислам беш нерсеге (түркүккө) негизделген : Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси деп күбөлүк берүү, намаз окуу, зекет берүү, (Каабага) ажылык кылуу, Рамазанда орозо кармоо".</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Исламды бекем курулушка окшоткон. Ал курулушту кармап турган түркүктөрү Исламдын беш түркүгү, ал эми Исламдын башка жөрөлгөлөрү курулушту толуктап бүтүрөт. Бул түркүктөрдүн биринчиси: эки күбөлүк; Аллахтан башка ибадатка татыктуу кудай жок жана Мухаммад Анын элчиси деген күбөлүктөр. Бул экөө бири-биринен ажырагыс болгон бир түркүк. Пенде бул эки күбөлүктү Аллахтын жалгыздыгын, Ал гана ибадатка татыктуу экендигин, Андан башка ибадатка татыктуу жоктугун моюндап айтат. Бул күбөлүктүн талабын аткарып амал кылат. Мухаммаддын (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген динине ишенип, анын артынан ээрчийт. Экинчи түркүк: Намаз окуу. Бул бир сутка ичинде окула турган беш убак парз намаз. Алар: Багымдат, бешим, дигер, шам жана куптан. Намаз окуганда анын (сырткы) шарттары, (ички) үрүкүн-парздары жана ваажыбдары толук аткарылуусу керек. Үчүнчү түркүк: Парз болгон зекетти берүү. Бул шариятта чектелип көрсөтүлгөн чек-өлчөмгө жеткен малдан милдеттүү түрдө бериле турган байлыкка тиешелүү ибадат. Зекет аны алууга ылайыктуу болгон адамдарга берилет. Төртүнчү түркүк: Ажы кылуу. Бул Аллахка кулчулук кылуу үчүн Меккени максат кылып барып, анда ажылыктын талап, тартиптерин аткаруу. Бешинчи түркүк: Рамазан айында орозо тутуу. Бул таң аткандан баштап, күн батканга чейин Аллахка кулчулук кылуу ниети менен жегенден, ичкенден ж.б. орозону буза турган иштерден сактануу.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>Эки күбөлүктү бекем кармоо зарыл, алардын бири болбосо, экинчиси жарактуу болбойт, ошон үчүн экөө бир түркүк болуп эсептелет.
-Бул эки күбөлүк диндин негизи, бул экөөсүсүз сөз дагы, амал дагы кабыл кылынбайт.</t>
+Бул эки күбөлүк диндин негизи, бул экөөсүз сөз дагы, амал дагы кабыл кылынбайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65000</t>
   </si>
   <si>
     <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Силердин кимиңер күнөө ишти көргөн болсо, анда аны колу менен токтотсун! А эгерде колу менен токтото албаса, анда тили менен токтотсун! Ал эми тили менен да токтото албаса, анда жүрөгүнөн жек көрсүн! Мына бул ыймандын эң алсыздыгы</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Абу Саид аль-Худри, радыяллаху анху, риваят кылат: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Силердин кимиңер күнөө ишти көргөн болсо, анда аны колу менен токтотсун! А эгерде колу менен токтото албаса, анда тили менен токтотсун! Ал эми тили менен да токтото албаса, анда жүрөгүнөн жек көрсүн! Мына бул ыймандын эң алсыздыгы».</t>
+    <t>Абу Саид аль-Худри (Аллах андан ыраазы болсун) риваят кылат: "Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Силердин кимиңер күнөө ишти көргөн болсо, анда аны колу менен токтотсун! А эгерде колу менен токтото албаса, анда тили менен токтотсун! Ал эми тили менен да токтото албаса, анда жүрөгүнөн жек көрсүн! Мына бул ыймандын эң алсыздыгы».</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, жамандыкты, б.а. Аллах жана Анын Элчиси тыюу салган нерселердин бардыгынан адамдын мүмкүнчүлүгүнө жараша токтотууга буйруйт. Эгерде бир күнөө ишти көрсө, аны токтотууга күчү жетсе, анда колу менен токтотушу керек. Эгерде ага кудурети жетпесе, анда күнөөкөрдү тыйып, күнөөнүн зыянын түшүндүрүп жана бул жамандыктын ордуна жакшылык ишти көрсөтүп, аны тили менен токтотсун. Эгерде бул даражага жете албаса, анда бул жамандыкты жүрөгү менен жек көрсүн. Эгерде аны токтотууга кудурети жеткенде, аны аткарат эле деген ниетте болсун. Жүрөгүнөн жек көрүү – жамандыкты токтотуудагы ыймандын эң алсыз даражасы.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жамандыкты, б.а. Аллах жана Анын Элчиси тыюу салган нерселердин бардыгынан адамдын мүмкүнчүлүгүнө жараша токтотууга буйруйт. Эгерде бир күнөө ишти көрсө, аны токтотууга күчү жетсе, анда колу менен токтотушу керек. Эгерде ага кудурети жетпесе, анда күнөөкөрдү тыйып, күнөөнүн зыянын түшүндүрүп жана бул жамандыктын ордуна жакшылык ишти көрсөтүп, аны тили менен токтотсун. Эгерде бул даражага жете албаса, анда бул жамандыкты жүрөгү менен жек көрсүн. Эгерде аны токтотууга кудуретим жеткенде, ошондой кылмакмын деген ниетте болсун. Жүрөгүнөн жек көрүү – жамандыкты токтотуудагы ыймандын эң алсыз даражасы.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Бул хадис – жамандыкты токтотуунун даражаларын баяндоодо негиз болуп саналат.
-Акырындык менен жамандыктан кайтаруу буйругу ар кимисинин өз жөндөмүнө жана мүмкүнчүлүгүнө жараша болот.
+Акырындык менен жамандыктан кайтаруу буйругу ар кимдин өз жөндөмүнө жана мүмкүнчүлүгүнө жараша болот.
 Жамандыктан кайтаруу – бул диндеги улуу иштерден. Бул иш эч кимдин жоопкерчилигинен түшпөйт жана ар бир мусулманга өзүнүн мүмкүнчүлүгүнө жараша милдет болот.
 Жакшылыкка буюруу жана жамандыктан кайтаруу ыймандын белгилеринен. Анткени ыйман көбөйөт жана азаят.
 Жамандыктан кайтаруунун шарттарынан: Иштин күнөө экенин билүү.
 Жамандыктан кайтаруунун шарты: Андан чоң жамандык алып келбеши керек.
 Жамандыктан кайтаруунун мусулман сөзсүз түрдө үйрөнө турган адептери жана шарттары бар.
 Жамандыктан кайтаруу үчүн шарияттык саясат, билим жана көрөгөчтүк керек.
 Аткарылып жаткан күнөөнү көрүп жүрөк менен жек көрбөгөндүк - ал ыймандын алсыздыгын көрсөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65001</t>
   </si>
   <si>
     <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Ким Исламда жакшылык кылса, жахилиятта кылган иши үчүн жазаланбайт, ал эми ким Исламда жүрүп жаман иштерди кылса, биринчи жана акыркысы үчүн жазаланат</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Ибн Масуд, радыяллаху анху, айтты: Бир киши: Оо, Аллахтын Элчиси, жахилият кезинде кылган иштерибиз үчүн жазаланабызбы? - деп сурады. Анда Пайгамбарыбыз айтты: «Ким Исламда жакшылык кылса, жахилиятта кылган иши үчүн жазаланбайт, ал эми ким Исламда жүрүп жаман иштерди кылса, биринчи жана акыркысы үчүн жазаланат»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
@@ -14630,150 +14630,150 @@
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Сахабалардан Аллах ыраазы болсун. Алар жахилият (1) учурунда кылган иш-аракеттеринен коркушкан жана ал иш-аракеттери аларды катуу ойлондурган.
 Исламда бекем болууга чакыруу.
 Исламга кирүүнүн пазилети жана ал мурунку жаман иш-аракеттерди жок кылат.
 Исламдан чыккан адам жана мунафык жахилиятта мурда жасаган ар бир иши үчүн жана Исламда кылган ар бир күнөөсү үчүн жооп берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65002</t>
   </si>
   <si>
     <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>Айтыңызчы, мен парз намаздарын окуп, Рамазан орозосун кармасам, адалды адал деп билип, арамды арам</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
-    <t>Жабир, радыяллаху анху, риваят кылат: Бир киши Аллахтын Элчиси, саллаллаху алейхи уа салламдан, мындай деп сурады: «Айтыңызчы, мен парз намаздарын окуп, Рамазан орозосун кармасам, адалды адал деп билип, арамды арам деп билсем жана бул нерселерге эч нерсе кошпосом, анда мен бейишке киреминби?» Анда Пайгамбарыбыз айтты: «Ооба» - деди. Ал: «Аллага касам! Мен буга эч нерсе кошпойм» - деди.</t>
+    <t>Жабир, радыяллаху анху, риваят кылат: Бир киши Аллахтын Элчиси, саллаллаху алейхи уа салламдан, мындай деп сурады: «Айтыңызчы, мен парз намаздарын окуп, Рамазан орозосун кармасам, адалды адал деп билип, арамды арам деп билсем жана бул нерселерге эч нерсе кошпосом, анда мен бейишке киреминби?» Анда Пайгамбарыбыз: «Ооба» - деди. Ал: «Аллахка ант болсун! Мен буга эч нерсе кошпойм» - деди.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ким беш убак намазды окуп аларга нафил намазды кошпосо, Рамазан орозосун кармап нафил орозо кармабаса, адалды адал деп билип жана аны аткарса, арамдын арам экендигин билип андан алыс болсо, анда анын бейишке кирерин баяндады.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Мусулман парздарды аткарууга жана арам нерселерди таштоого аракет кылат жана анын максаты бейишке кирүү болот.
 Адал иштерди аткаруу жана анын адалдыгына ишенүүнүн, арам иштерди арам деп билүү жана ага тыюу салынган деп ишенүүнүн маанилүүлүгү.
 Парздарды аткаруу жана арам иштерди таштоо бейишке кирүүгө себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65003</t>
   </si>
   <si>
     <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
-    <t>Тазалык – ыймандын жарымы. Алхамдулиллахи сөзү амал таразаны толтурат. Субхааналлах жана Алхамдулиллах сөздөрү болсо асман менен жердин</t>
+    <t>Тазалык – ыймандын жарымы. Алхамдулиллахи сөзү амал таразаны толтурат. Субхааналлах жана Алхамдулиллах сөздөрү болсо асмандар менен жердин</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
-    <t>Абу Маалик Аль-Хаарис ибн Аасим Аль-Ашарий, радыяллаху анхудан, Алахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Тазалык – ыймандын жарымы. Алхамдулиллахи сөзү амал таразаны толтурат. Субхааналлах жана Алхамдулиллах сөздөрү болсо асман менен жердин ортосун толтурат. Намаз – нур, садака бул - далил, ал эми сабырдуулук болсо жарыктык. Куран болсо, сенин пайдаңа же сенин зыяныңа күбөө болот. Ар бир инсан күндө өз нафсисин Аллах үчүн же шайтан үчүн сатыка коёт, анан аны куткарып алат же аны зыянга учуратат».</t>
+    <t>Абу Маалик Аль-Ашарий, радыяллаху анхудан, Алахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Тазалык – ыймандын жарымы. Алхамдулиллахи сөзү амал таразаны толтурат. Субхааналлах жана Алхамдулиллах сөздөрү болсо асмандар менен жердин ортосун толтурат. Намаз – нур, садака бул - далил, ал эми сабырдуулук болсо жарыктык. Куран болсо, сенин пайдаңа же сенин зыяныңа күбөө болот. Ар бир инсан күндө өз нафсисин Аллах үчүн же шайтан үчүн сатыкка коёт, анан аны куткарып алат же аны зыянга учуратат».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай дейт: Чындыгында тышкы тазалык даарат алуу жана жуунуу менен болот. Анткени бул намаздын шарты. Ал эми: «Алхамдулиллах» – сөзү Аллахты мактоо сөзү жана Аны толук болгон сыпаттар менен сыпаттоо сөзү. Ошондой эле бул сөз Кыямат күнү таразага тартылып, амал таразасын толтурат. Ал эми «Субханаллах» жана «Алхамдулиллах» сөздөрү - бул ар бир кемчиликтен аруулоо жана Аллахтын улуулугуна ылайыктуу келген толук болгон сыпаттар менен сыпаттаган сөздөр. Бул сөздөрдү айтууда Аллахка толук сүйүү жана улуктоо менен коштолот. Ошондой эле бул сөздөр жер менен асмандардын ортосун толтурат. «Намаз нур» деген сөзү пенденин жүрөгүндө, жүзүндө, кабырында жана кайра тирилүүдө ага нур болот. «Садака далил» деген сөзү момундун ыйманынын чынчылдыгына далил болот. Ошондой эле садаканын сыйлыктарына ишенбегендиги үчүн садаканы бербеген мунафык адам эмес экенине далил болот. “Сабырдуулук жарыктык” – бул деген тынчсызданууда жана нааразычылыкта өзүн кармай билүү. Сабырдуулуктун жарыктык сыяктуу болгонунун себеби күн нуру сыяктуу жылуулукту жана күйүүнү алып келген жарык сыяктуу. Анткени, сабыр кылуу - бул нафсиге оор келет жана өзүн өзү көптөгөн аракет менен көндүрүүсү керек. Ошондой эле өзү каалаган нерсесинен өзүн кармоосу талап кылынат. Анын ээси дайыма жарык жана туура жолдо болот. Сабыр кылуу – Аллахка моюн сунууда, Ал арам кылган иштерден тыйылууда сабыр кылуу жана бул дүйнөдөгү балээлерге жана ар кандай кыйынчылыктарга сабыр кылуу түрлөрүнө бөлүнөт. «Куран болсо, сенин пайдаңа» - бул Куранды тилават кылуу менен жана ага амал кылуу менен болот. Же «сенин зыяныңа күбө болот» - бул Куранды тилават кылууну жана аны иш жүзүнө ашырууну таштап коюуда болот. Андан кийин, Пайгамбарыбыз, саллаллаху алейхи уа саллам, бизге бардык адамдар чуркашып, тарашып, уйкудан туруп ар кандай иштери үчүн үйлөрүнөн чыгып кетээрин айтты. Алардын кээ бирлери Аллахка моюн сунууда туура жолду карманышып өз нафсилерин тозок отунан куткаргандар жана алардын арасында туура жолдон тайып, Аллахка баш ийбей, тозокко түшүп нафсисин кор кылгандар да бар.</t>
+    <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай дейт: Чындыгында тышкы тазалык даарат алуу жана жуунуу менен болот. Анткени бул намаздын шарты. Ал эми: «Алхамдулиллах» – сөзү Аллахты мактоо сөзү жана Аны толук болгон сыпаттар менен сыпаттоо сөзү. Ошондой эле бул сөз Кыямат күнү таразага тартылып, амал таразасын толтурат. Ал эми «Субханаллах» жана «Алхамдулиллах» сөздөрү - бул ар бир кемчиликтен аруулоо жана Аллахтын улуулугуна ылайыктуу келген толук болгон сыпаттар менен сыпаттаган сөздөр. Бул сөздөрдү айтууда Аллахка толук сүйүү жана улуктоо менен коштолот. Ошондой эле бул сөздөр жер менен асмандардын ортосун толтурат. «Намаз нур» деген сөзү пенденин жүрөгүндө, жүзүндө, кабырында жана кайра тирилүүдө ага нур болот. «Садака далил» деген сөзү момундун ыйманынын чынчылдыгына далил болот. Ошондой эле садаканын сыйлыктарына ишенбегендиги үчүн садаканы бербеген мунафык адам эмес экенине далил болот. “Сабырдуулук жарыктык” – бул деген тынчсызданууда жана нааразычылыкта өзүн кармай билүү. Сабырдуулуктун жарыктык сыяктуу болгонунун себеби күн нуру сыяктуу жылуулукту жана күйгүзүүнү алып келген жарык сыяктуу. Анткени, сабыр кылуу - бул нафсиге оор келет жана өзүн өзү көптөгөн аракет менен көндүрүүсү керек. Ошондой эле өзү каалаган нерсесинен өзүн кармоосу талап кылынат. Анын ээси дайыма жарык жана туура жолдо болот. Сабыр кылуу – Аллахка моюн сунууда, Ал арам кылган иштерден тыйылууда сабыр кылуу жана бул дүйнөдөгү балээлерге жана ар кандай кыйынчылыктарга сабыр кылуу түрлөрүнө бөлүнөт. «Куран болсо, сенин пайдаңа» - бул Куранды тилават кылуу менен жана ага амал кылуу менен болот. Же «сенин зыяныңа күбө болот» - бул Куранды тилават кылууну жана аны иш жүзүнө ашырууну таштап коюуда болот. Андан кийин, Пайгамбарыбыз, саллаллаху алейхи уа саллам, бизге бардык адамдар чуркашып, тарашып, уйкудан туруп ар кандай иштери үчүн үйлөрүнөн чыгып кетээрин айтты. Алардын кээ бирлери Аллахка моюн сунууда туура жолду карманышып өз нафсилерин тозок отунан куткаргандар жана алардын арасында туура жолдон тайып, күнөө ишке барып, тозокко түшүп нафсисин кор кылгандар да бар.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Тазалык эки түрдүү болот: Сырткы тазалык - ал даарат алуу жана жуунуп  гусул алуу менен болот. Ал эми ички тазалык – тавхид, ыймандуулук жана жакшы амалдар менен болот.
 Намазга бекем болуунун маанилүүлүгү айтылды. Анткени намаз пенде үчүн бул дүйнөдө жана Кыяматта нур болот.
 Садака берүү ыймандын чынчылдыгына далил болот.
 Курандын өкүмдөрүн жана тыйган тыюуларын иш жүзүндө аткаруунун маанилүүлүгү. Ал сенин зыяныңа эмес, сенин пайдаңа болушу үчүн ага бекем ыйман келтирүү маанилүүлүгү айтылды.
 Эгерде нафсиңди Аллахка баш ийүү менен алектендирбесең, анда ал сени күнөөлөр менен алектендирет.
 Ар бир адам иш-аракеттерди аткаруу керек. Ошондуктан нафсисин Аллахка моюн сунуу менен тозоктон куткарат же Аллахка баш ийбестик менен жок кылат.
 Сабыр кылуу көтөрө билүүнү жана анын сыйлыгын үмүттөнүүнү талап кылат жана аны аткарууда кыйынчылыктар жаралат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65004</t>
   </si>
   <si>
     <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Бир кишиге менин бир хадисим жетсе, ал сөөрүсүндө жөлөнүп отуруп алып: «Силер менен биздин ортобузда Аллахтын Китеби</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
-    <t>Аль-Микдам бин Муадикариб, радыяллаху анху, риваят кылган хадисте, ал айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Бир кишиге менин бир хадисим жетсе, ал сөөрүсүндө жөлөнүп отуруп алып: «Силер менен биздин ортобузда Аллахтын Китеби бар. Андан адал деп тапканыбызды адал кылабыз, арам деп тапканыбызды арам кылабыз. Аллахтын Элчиси, саллаллаху алейхи уа саллам, арам кылган нерсени Аллах арам кылган» - деп айтуусуна жакын калбадыбы?!.</t>
+    <t>Аль-Микдам бин Маъдийкариб (Аллах андан ыраазы болсун) риваят кылган хадисте, ал айтты: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Бир кишиге менин бир хадисим жетсе, ал сөөрүсүндө жөлөнүп отуруп алып: «Силер менен биздин ортобузда Аллахтын Китеби бар. Андан адал деп тапканыбызды адал кылабыз, арам деп тапканыбызды арам кылабыз. Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) арам кылган нерсени Аллах арам кылган» - деп айтуусуна жакын калбадыбы?!.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз, саллаллаху алейхи уа салламдын, хадистерин укса да ал сөөрүсүндө жатып алып: «Биз менен силерди бөлүп турган нерсе – бул Курани Карим жана ал бизге жетиштүү. Анда эмнени адал деп тапсак, ага ылайык амал кылабыз, ал эми эмнени арам деп тапсак, андан алыс болобуз» - деп айткан адамдар чыккан замандын жакындаганынан Пайгамбарыбыз, саллаллаху алейхи уа саллам, кабар берди. Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, сүннөтүндө арам кылган иштер же тыюу салган нерселердин баары Аллах Өз Китебинде тыюу салган нерселердин өкүмүнө окшош экенин баяндады.  Анткени ал Раббисинин буйруктарын жеткирүүчү гана.</t>
+    <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) хадистерин укса да ал сөөрүсүндө жатып алып: «Биз менен силерди бөлүп турган нерсе – бул Ыйык Куран жана ал бизге жетиштүү. Анда эмнени адал деп тапсак, ага ылайык амал кылабыз, ал эми эмнени арам деп тапсак, андан алыс болобуз» - деп айткан адамдар чыккан замандын жакындаганынан Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабар берди. Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) сүннөтүндө арам кылган иштер же тыюу салган нерселердин баары Аллах Өз Китебинде тыюу салган нерселердин өкүмүнө окшош экенин баяндады.  Анткени ал Раббисинин буйруктарын жеткирүүчү гана.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын сүннөтүн Куран катары урматтоо жана кабыл алуу.
 Пайгамбарга баш ийүү – Аллахка баш ийүү, ал эми ага баш ийбөө – Аллах Таалага баш ийбөө.
 Сүннөттүн далил катары алынуусу жана сүннөттү четке каккандарга  жооп.
 Ким сүннөттөн жүз буруп, Куран менен гана чектелем десе, анда ал сүннөттөн жана Курандан да баш тарткандыгынын белгиси болот. Ошондой эле ал Куранга амал кылам деген сөзүндө жалганчы болот.
-Аллахтын Элчисинин, саллаллаху алейхи уа саллам, пайгамбарлыгынын бир далили – келечекте боло турган бир нерсени айтуусу. Чындыгында Пайгамбардын айтканындай болду.</t>
+Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгынын бир далили – келечекте боло турган бир нерсени айтуусу. Чындыгында Пайгамбардын айтканындай болду.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи жана Ибн Маажа жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Оо, Аллахтын Элчиси, кандай гана жаман иш болбосун, эч кимисин калтырбай аткарып чыктым». Анда Пайгамбар: «Аллахтан башка сыйынууга татыктуу кудай жок экендигине жана Мухаммад Аллахтын элчиси экендигине күбөлүк бересиңби?» - деп үч жолу сурады. Ал: «Ооба, күбөлүк берем» - деп айтты. Пайгамбар айтты: «Күбөлүк берүүң ал жаман иштериңди жууп кетет</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Анас, радыяллаху анху, риваят кылат: Пайгамбар, саллаллаху алейхи уа салламга, бир киши келип, мындай деп айтты: «Оо, Аллахтын Элчиси, кандай гана жаман иш болбосун, эч кимисин калтырбай аткарып чыктым». Анда Пайгамбар: «Аллахтан башка сыйынууга татыктуу кудай жок экендигине жана Мухаммад Аллахтын элчиси экендигине күбөлүк бересиңби?» - деп үч жолу сурады. Ал: «Ооба, күбөлүк берем» - деп айтты. Пайгамбар айтты: «Күбөлүк берүүң ал жаман иштериңди жууп кетет».</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
@@ -14789,105 +14789,105 @@
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Күбөлүк берүү келмесинин улуулугу жана чын жүрөктөн айткан адам үчүн кандай гана күнөө болбосун, анын күнөөлөрүн жууп жок кылган артыкчылыгы.
 Ислам дини өзүнөн мурунку күнөө иштерди жок кылат.
 Тообо кылуу өзүнөн алдыңкы күнөөлөрдү жууп кетирет.
 Үйрөтүүдө кайталап түшүндүрүү – Пайгамбар, саллаллаху алейхи уа салламдын,  сүннөтү.
 Күбөлүк берүү келмесинин пазилеттүүлүгүн айтты. Анткени алар түбөлүк тозокто калуудан кутулууга себеп болот.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[Абу Йаъла, ат-Табарани жана аз-Зия ал-Макдиси жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65006</t>
   </si>
   <si>
     <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
-    <t>Күндөрдүн биринде Пайгамбарыбыз, саллаллаху алейхи уа саллам, менен Уфайр аттуу эшектин үстүндө учкашып бара жаткам. Ошондо Пайгамбар айтты: "Эй, Муаз! Сен пенделердин Аллахка болгон акыларын жана Аллахтын пенделерине болгон акысын билесиңби?" - деп сурады. Мен: "Аллах жана Анын Элчиси жакшы билет" - деп айттым. Ал: "Пенделердин Аллахка болгон акылары - жалгыз Ага гана сыйынуулары жана Ага эч кимди шерик кылбоосу - деп айтты. Ошондой эле Аллахтын пенделерине болгон акысы - ал Өзүнө шерик кошпогон пендесин азапка салбоосу" - деди. Мен: "О, Аллахтын Элчиси! Мен бул кабарды элге айтып сүйүнчүлөсөм кандай?" - дедим. Ал: "Аларды сүйүнчүлөбөй эле кой. Андай кылсаң алар ушуга таянып алышат"* - деп айтты.@</t>
+    <t>Күндөрдүн биринде Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) менен Уфайр аттуу эшектин үстүндө учкашып бара жаткам. Ошондо Пайгамбар айтты: "Эй, Муаз! Сен пенделердин Аллахка болгон акыларын жана Аллахтын пенделерине болгон акысын билесиңби?" - деп сурады. Мен: "Аллах жана Анын Элчиси жакшы билет" - деп айттым. Ал: "Пенделердин Аллахка болгон акылары - жалгыз Ага гана сыйынуулары жана Ага эч кимди шерик кылбоосу - деп айтты. Ошондой эле Аллахтын пенделерине болгон акысы - ал Өзүнө шерик кошпогон пендесин азапка салбоосу" - деди. Мен: "О, Аллахтын Элчиси! Мен бул кабарды элге айтып сүйүнчүлөсөм кандай?" - дедим. Ал: "Аларды сүйүнчүлөбөй эле кой. Андай кылсаң алар ушуга таянып алышат"* - деп айтты.@</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
-    <t>Муаз, радыяллаху анху, риваят кылат: Күндөрдүн биринде Пайгамбарыбыз, саллаллаху алейхи уа саллам, менен Уфайр аттуу эшектин үстүндө учкашып бара жаткам. Ошондо Пайгамбар айтты: "Эй, Муаз! Сен пенделердин Аллахка болгон акыларын жана Аллахтын пенделерине болгон акысын билесиңби?" - деп сурады. Мен: "Аллах жана Анын Элчиси жакшы билет" - деп айттым. Ал: "Пенделердин Аллахка болгон акылары - жалгыз Ага гана сыйынуулары жана Ага эч кимди шерик кылбоосу - деп айтты. Ошондой эле Аллахтын пенделерине болгон акысы - ал Өзүнө шерик кошпогон пендесин азапка салбоосу" - деди. Мен: "О, Аллахтын Элчиси! Мен бул кабарды элге айтып сүйүнчүлөсөм кандай?" - дедим. Ал: "Аларды сүйүнчүлөбөй эле кой. Андай кылсаң алар ушуга таянып алышат" - деп айтты.</t>
+    <t>Муаз (Аллах андан ыраазы болсун) риваят кылат: Күндөрдүн биринде Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) менен Уфайр аттуу эшектин үстүндө учкашып бара жаткам. Ошондо Пайгамбар айтты: "Эй, Муаз! Сен пенделердин Аллахка болгон акыларын жана Аллахтын пенделерине болгон акысын билесиңби?" - деп сурады. Мен: "Аллах жана Анын Элчиси жакшы билет" - деп айттым. Ал: "Пенделердин Аллахка болгон акылары - жалгыз Ага гана сыйынуулары жана Ага эч кимди шерик кылбоосу - деп айтты. Ошондой эле Аллахтын пенделерине болгон акысы - ал Өзүнө шерик кошпогон пендесин азапка салбоосу" - деди. Мен: "О, Аллахтын Элчиси! Мен бул кабарды элге айтып сүйүнчүлөсөм кандай?" - дедим. Ал: "Аларды сүйүнчүлөбөй эле кой. Андай кылсаң алар ушуга таянып алышат" - деп айтты.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтын пенделердеги акысын жана пенделердин Аллахтагы акысын баяндап берди. Аллахтын пенделердин үстүндөгү акысы – алар жалгыз Ага ибадат кылуулары жана Ага эч нерсени шерик кылбоо экендигин айтты. Ал эми пенделердин Аллахтагы акысы – Ага эч нерсени шерик кошпогон муваххиддерди азаптабашы. Андан кийин  Муаз айтты: Оо, Аллахтын Элчиси, мен адамдарга сүйүнчүлөп, алар бул жакшылыкка кубанып, сүйүнүшпөсүнбү? - деп сурады. Пайгамбар, саллаллаху алейхи уа саллам: «Ушуга гана таянып калышат» - деп коркуп, аны тыйды.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын пенделердеги акысын жана пенделердин Аллахтагы акысын баяндап берди. Аллахтын пенделердин үстүндөгү акысы – алар жалгыз Ага ибадат кылуулары жана Ага эч нерсени шерик кылбоо экендигин айтты. Ал эми пенделердин Аллахтагы акысы – Ага эч нерсени шерик кошпой, жалгыз Өзүнө сыйынган пенделерин азаптабашы. Андан кийин  Муаз айтты: Оо, Аллахтын Элчиси, мен адамдарга сүйүнчүлөп, алар бул жакшылыкка кубанып, сүйүнүшпөсүнбү? - деп сурады. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун): «Ушуга гана таянып калышат» - деп коркуп, аны тыйды.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Аллах Таала парз кылган пенделердин Аллахка болгон акыларын түшүндүрдү. Ал акылары - Аллахка гана сыйынуулары жана эч кимди шерик кошпоолору.
 Аллах Өзүнүн пазилети жана жакшылыгы менен Өзүнө милдет кылган пенделеринин акысы - аларды эч бир азапка салбай бейишке киргизүү
 Бул хадисте Аллах Таалага эч нерсени шерик кошпогон муваххидтерге, алардын акыбети бейишке кирүү экендигине чоң сүйүнчү бар.
-Бул хадисти Муаз, радыяллаху анху, өлөр алдында айткан. Анткени ал илимди жашыруу күнөөсүнөн коркуп элге айткан.
-Сөзсүз аткарыла турган өкүмдөрдү жана шарияттын худуддарын камтыбаган кээ бир хадистерди анын маанисин түшүнбөгөн адамдар башкача мааниде түшүнүп алуусунан коркуп, кээ бир адамдарга айтпаса болот.
+Бул хадисти Муаз (Аллах андан ыраазы болсун) өлөр алдында айткан. Анткени ал илимди жашыруу күнөөсүнөн коркуп элге айткан.
+Сөзсүз аткарыла турган өкүмдөрдү жана шарияттын чектерин камтыбаган кээ бир хадистерди анын маанисин түшүнбөгөн адамдар башкача мааниде түшүнүп алуусунан коркуп, кээ бир адамдарга айтпаса болот.
 Ал эми күнөөкөр муваххидтер Аллахтын каалоосунун астында. Ал кааласа азаптайт, кааласа кечирет. Бирок алардын акыркы бара турган жайы бейиш болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65007</t>
   </si>
   <si>
     <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа салламга, бир киши келип: Оо, Аллахтын Элчиси, милдет болгон негизги эки нерсе эмне? - деп айтты. Ал айтты: «Ким Аллахка шерик кошпой өлсө бейишке кирет, ал эми ким шерик кошуп өлсө тозокко кирет».@</t>
+    <t>Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши келип: Оо, Аллахтын Элчиси, милдет болгон негизги эки нерсе эмне? - деп айтты. Ал айтты: «Ким Аллахка шерик кошпой өлсө бейишке кирет, ал эми ким шерик кошуп өлсө тозокко кирет».@</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
-    <t>Жабир, радыяллаху анху, айтат: Пайгамбар, саллаллаху алейхи уа салламга, бир киши келип: Оо, Аллахтын Элчиси, милдет болгон негизги эки нерсе эмне? - деп айтты. Ал айтты: «Ким Аллахка шерик кошпой өлсө бейишке кирет, ал эми ким шерик кошуп өлсө тозокко кирет».</t>
+    <t>Жабир (Аллах андан ыраазы болсун) айтат: Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши келип: Оо, Аллахтын Элчиси, милдет болгон негизги эки нерсе эмне? - деп айтты. Ал айтты: «Ким Аллахка шерик кошпой өлсө бейишке кирет, ал эми ким шерик кошуп өлсө тозокко кирет».</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
-    <t>Бир киши Пайгамбар, саллаллаху алейхи уа салламдан, өзгөчө эки маселе туурасында сурады. Алар: Бейишке киргизген амал жана тозокко түшүргөн амал. Пайгамбар, саллаллаху алейхи уа саллам, ага: "Бейишке киргизген нерсе - ал адам Аллахка сыйынып жана ага эч нерсени шерик кылбай өтүшү" - деп жооп берди. Бир киши Пайгамбардан, саллаллаху алейхи уа саллам, эки өзгөчө маселе туурасында сурады. Алар: Бейишке киргизген жана тозокко түшүргөн нерсе.</t>
+    <t>Бир киши Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) өзгөчө эки маселе туурасында сурады. Алар: Бейишке киргизген амал жана тозокко түшүргөн амал. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: "Бейишке киргизген нерсе - ал адам Аллахка сыйынып жана ага эч нерсени шерик кылбай өтүшү" - деп жооп берди. Ал эми тозокко түшүүгө себеп болгон нерсе - бул адам Аллахка шерик кошуп өлгөндө, бирөөнү Аллахка тең же Анын улухуятында, же рубубиятында, же Анын ысымдары менен сыпаттарында окшош деп эсептегенде болот.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Тавхиддин пазилети. Анткени кимде-ким Аллахка эч нерсени шерик кылбай ыймандуу болуп өлсө, бейишке кирет.
 Ширк келтирүүнүн коркунучу. Анткени ким Аллахга шерик кылып өлсө, тозокко кирет.
 Ал эми күнөөкөр муваххидтер Аллахтын каалоосунун астында. Ал кааласа азаптайт, кааласа кечирет. Бирок акырында алардын барар жери бейиш болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65008</t>
   </si>
   <si>
     <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>Мен: "Оо, Аллахтын Элчиси, Ибн Жудаан Исламга чейинки доордо тууганчылык байланыштарды бекемдеп, кедей-кембагалдарды тоюндурчу, бул ага пайдасын береби?" - деп сурадым. Ал айтты: «Бул ага эч кандай пайда алып келбейт, анткени ал эч качан: «Раббим, Кыямат күнү менин күнөөмдү кечир» - деп айткан эмес».@</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Айша, радыяллаху анха, айтат: Мен: "Оо, Аллахтын Элчиси, Ибн Жудаан Исламга чейинки доордо тууганчылык байланыштарды бекемдеп, кедей-кембагалдарды тоюндурчу, бул ага пайдасын береби?" - деп сурадым. Ал айтты: «Бул ага эч кандай пайда алып келбейт, анткени ал эч качан: «Раббим, Кыямат күнү менин күнөөмдү кечир» - деп айткан эмес».</t>
@@ -14896,69 +14896,69 @@
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Исламга чейин Курайштын башчыларынын бири болгон Абдулла ибн Жудаан тууралуу кабар берди. Анын жакшы иштеринин ичинен жакындарына туугандык мамиле кылуусу, аларга жакшылык кылуусу, кедей-кембагалдарды тоюндуруусу жана Ислам дини үндөгөн башка жакшы иштерди кылуусу. Бирок бул иштер ага Акыретте пайда бербейт. Анткени ал Аллахка каапыр болгондугу үчүн жана эч качан: «Раббим, кыямат күнү менин күнөөмдү кечир» деп айтпагандыгы үчүн анын жакшы иштери ага пайда бербейт.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Ыймандын пазилеттүүлүгү жана анын амалдардын кабыл болуусуна шарт экендиги баяндалды.
 Каапырлыктын коркунучтуулугу жана ал салих амалдардын текке кетүүсүнө себеп экендиги айтылды.
 Каапырлар Аллахка жана Акырет күнүнө ишенбегендиктен, алар кылган амалдарынан акыретте пайда табышпайт.
 Эгерде каапыр адам Исламга кирсе, анда анын Исламга чейинки жакшы амалдары үчүн сооп-сыйлык алат жана ал жакшылык иштери жазылып калат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65009</t>
   </si>
   <si>
     <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
-    <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, Аль-Худайбияда жамгыр жааган түнү биз менен бирге багымдат намазын окуду. Ал намаздан кийин элге кайрылып: «Раббиңер эмне дегенин билесиңерби?» - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - деп айтышты. Пайгамбар айтты: «Раббиңер: Менин пенделеримдин арасынан Мага ыйман келтиргени жана Мага каапыр болгону бар» - деди . Кимде-ким: «Бизге Аллахтын пазилети жана ырайымы менен жамгыр жаады» деген болсо, анда алар Мага ыйман келтирди жана жылдыздарга каапырлык кылышты. Ал эми: «Бизге баланча же түкүнчө жылдыздын таасиринен жамгыр жаады» деген болсо, анда ал Мага каапыр болду жана жылдыздарга ыйман келтирди» - деп айтты.*@</t>
+    <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Аль-Худайбияда жамгыр жааган түнү биз менен бирге багымдат намазын окуду. Ал намаздан кийин элге кайрылып: «Раббиңер эмне дегенин билесиңерби?» - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - деп айтышты. Пайгамбар айтты: «Раббиңер: Менин пенделеримдин арасынан Мага ыйман келтиргени жана Мага каапыр болгону бар» - деди . Кимде-ким: «Бизге Аллахтын пазилети жана ырайымы менен жамгыр жаады» деген болсо, анда алар Мага ыйман келтирди жана жылдыздарга каапырлык кылышты. Ал эми: «Бизге баланча же түкүнчө жылдыздын таасиринен жамгыр жаады» деген болсо, анда ал Мага каапыр болду жана жылдыздарга ыйман келтирди» - деп айтты.*@</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
-    <t>Зайд бин Халид Аль-Жухани, радыяллаху анху, айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, Аль-Худайбияда жамгыр жааган түнү биз менен бирге багымдат намазын окуду. Ал намаздан кийин элге кайрылып: «Раббиңер эмне дегенин билесиңерби?» - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - деп айтышты. Пайгамбар айтты: «Раббиңер: Менин пенделеримдин арасынан Мага ыйман келтиргени жана Мага каапыр болгону бар» - деди . Кимде-ким: «Бизге Аллахтын пазилети жана ырайымы менен жамгыр жаады» деген болсо, анда алар Мага ыйман келтирди жана жылдыздарга каапырлык кылышты. Ал эми: «Бизге баланча же түкүнчө жылдыздын таасиринен жамгыр жаады» деген болсо, анда ал Мага каапыр болду жана жылдыздарга ыйман келтирди» - деп айтты.</t>
+    <t>Зайд бин Халид Аль-Жухани (Аллах андан ыраазы болсун) айтты: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Аль-Худайбияда жамгыр жааган түнү биз менен бирге багымдат намазын окуду. Ал намаздан кийин элге кайрылып: «Раббиңер эмне дегенин билесиңерби?» - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - деп айтышты. Пайгамбар айтты: «Раббиңер: Менин пенделеримдин арасынан Мага ыйман келтиргени жана Мага каапыр болгону бар» - деди . Кимде-ким: «Бизге Аллахтын пазилети жана ырайымы менен жамгыр жаады» деген болсо, анда алар Мага ыйман келтирди жана жылдыздарга каапырлык кылышты. Ал эми: «Бизге баланча же түкүнчө жылдыздын таасиринен жамгыр жаады» деген болсо, анда ал Мага каапыр болду жана жылдыздарга ыйман келтирди» - деп айтты.</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, түнү жамгыр жаагандан кийин Меккеге жакын жайгашкан Аль-Худайбия кыштагында багымдат намазын окуду. Салам берип, намазын бүтүргөн соң элге кайрылып: «Улуу Раббиңер эмне дегенин билесиңерби?» – деп сурады. Сахабалар: «Аллах жана Анын Элчиси жакшы билет» - деп жооп беришти. Пайгамбар айтты: "Жамгыр жааганда Аллах Таалага ыйман келтиргендер жана Аллах Таалага каапыр болгондор болуп адамдар экиге бөлүнөрүн Аллах таала баяндады". Ал эми «бизге Аллахтын ырайымы жана пазилети менен жамгыр жаады» деп жамгыр жааганын Аллах Таалага таандык кылса, анда ал жамгыр жаадырган Жаратуучуга, ааламдагы бүткүл иштерди Башкаруучу Аллахка ыйман келтирген болот жана жылдыздарга каапырлык кылган болот.. Ал эми «бизге баланча жылдыздын таасиринен жамгыр жаады» деп жамгыр жааганын кайсыл бир жылдыздарга таандык кылса, анда ал Аллахка капырлык кылды жана жылдыздарга ыйман келтирди. Андыктан жамгырды жылдыздарга таандык кылуу - бул динден чыгарбаган кичине капырлык. Анткени Аллах Таала жамгыр жааганына жылдыздар таасирин тийгизүүсүнө тагдыр жактан себеп кылган эмес жана шариятында да айткан эмес. Кимде-ким жамгыр жааганын жана башка окуяларды жылдыздардын кыймылдарына жана чыккан жерине таандык кылса же аларды чыныгы таасир берүүчү деп эсептесе, анда ал динден чыгарган чоң каапырлык кылган болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) түнү жамгыр жаагандан кийин Меккеге жакын жайгашкан Аль-Худайбия кыштагында багымдат намазын окуду. Салам берип, намазын бүтүргөн соң элге кайрылып: «Улуу Раббиңер эмне дегенин билесиңерби?» – деп сурады. Сахабалар: «Аллах жана Анын Элчиси жакшы билет» - деп жооп беришти. Пайгамбар айтты: "Жамгыр жааганда Аллах Таалага ыйман келтиргендер жана Аллах Таалага каапыр болгондор болуп адамдар экиге бөлүнөрүн Аллах таала баяндады". Ал эми «бизге Аллахтын ырайымы жана пазилети менен жамгыр жаады» деп жамгыр жааганын Аллах Таалага таандык кылса, анда ал жамгыр жаадырган Жаратуучуга, ааламдагы бүткүл иштерди Башкаруучу Аллахка ыйман келтирген болот жана жылдыздарга каапырлык кылган болот. Ал эми «бизге баланча жылдыздын таасиринен жамгыр жаады» деп жамгыр жааганын кайсыл бир жылдыздарга таандык кылса, анда ал Аллахка капырлык кылды жана жылдыздарга ыйман келтирди. Андыктан жамгырды жылдыздарга таандык кылуу - бул динден чыгарбаган кичине капырлык. Анткени Аллах Таала жамгыр жааганына жылдыздар таасирин тийгизүүсүнө тагдыр жактан себеп кылган эмес жана шариятында да айткан эмес. Кимде-ким жамгыр жааганын жана башка окуяларды жылдыздардын кыймылдарына жана чыккан жерине таандык кылса же аларды чыныгы таасир берүүчү деп эсептесе, анда ал динден чыгарган чоң каапырлык кылган болот.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Жамгырдан кийин: "Аллахтын пазилети жана ырайымы менен жамгыр жаады" - деп айтуу мустахаб иштерден.
 Ким жамгырдын жана башка кубулуштардын  жаратылганын жана болуп өткөндүгүн жылдыздарга  толук таандык кылса, анда ал чоң каапырлык менен каапыр болот. А эгерде жылдыздарды себеп катары көрсө, анда ал кичи каапырлык кылган болот. Анткени жылдыздардын жамгыр жааганына физикалык жактан да шарияттык көз караш менен да таасири жок.
 Аллахтын берген жакшылыгына шүгүр келтирбесе, анда ал каапырлыкка себеп болот. А эгерде шүгүр келтирсе, анда ыймандуулукка себеп болот.
 «Бизге баланча жылдыздын таасиринен жамгыр жаады» деп айтууга тыюу салынат.  Ширк коркунучуна бөгөт коюу үчүн бир убакытты билдирген максатта айтса да болбойт.
 Жүрөк жакшылыктарга жетүүдө жана балээлерден сактанууда Аллах Таалага байлануусу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65010</t>
   </si>
   <si>
     <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа салламга, сахабалар келип: «Биздин оюбузга айтканга тил барбаган жаман ойлор келет» - деп сурашты, анда Пайгамбар: «Силерге ушундай ойлор келип жатабы?» - деди.  Алар: «Ооба» дешти. Пайгамбар: «Бул ыймандуулуктун ачык белгиси» - деп айтты. @</t>
   </si>
@@ -15020,64 +15020,64 @@
     <t>Шайтан момундарды ыймандан куфрга буруу үчүн аларды ар түрдүү азгырык ойлорго салат.
 Ыймандуу адамдардын алдында шайтан алсыз болот. Анткени ал аларга ойлорду гана сала алат.
 Ыймандуу адам шайтандын азгырык ойлорун кабыл албай, келген азгырык ойлорду жок кылуу үчүн күрөшүү керек.
 Жакшы кабар укканда же таң калыштуу нерсе болгондо же ушуга окшош учурларда Аллахка такбирлерди айтуу керек.
 Мусулманды ойлондурган ар түрдүү суроолорду аалымдан суроосу керек</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[Абу Дауд менен ан-Насааи "Ал-Кубро" китебинде жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65012</t>
   </si>
   <si>
     <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>Шайтан силердин бириңерге келип: «Баланчаны ким жаратты? Муну ким жаратты?» - деген ойлорду салат.  Акырында: «Раббиңди ким жаратты?» - деген азгырык суроо салат. Эгерде кимдир бирөөгө мындай азгырык ойлор келсе, анда ал Аллахтан коргоо сурасын жана андай ойлонуусун токтосун</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылат. Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Шайтан силердин бириңерге келип: «Баланчаны ким жаратты? Муну ким жаратты?» - деген ойлорду салат.  Акырында: «Раббиңди ким жаратты?» - деген азгырык суроо салат. Эгерде кимдир бирөөгө мындай азгырык ойлор келсе, анда ал Аллахтан коргоо сурасын жана андай ойлонуусун токтосун».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылат. Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Шайтан силердин бириңерге келип: «Баланчаны ким жаратты? Муну ким жаратты?» - деген ойлорду салат.  Акырында: «Раббиңди ким жаратты?» - деген азгырык суроо салат. Эгерде кимдир бирөөгө мындай азгырык ойлор келсе, анда ал Аллахтан коргоо сурасын жана андай ойлонуусун токтосун».</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
-    <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, шайтандын момунга салган азгырык суроолоруна кандай түрдө мамиле кылууну айтты. Шайтан адамга: «Муну ким жаратты? Тигини ким жаратты?  Асманды ким жаратты? Жерди ким жаратты?» - деген ойлорду салат. Ыймандуу адам ага шарият, таза табият жана акыл менен Аллах деп жооп берет. Бирок шайтан  азгырууда бул чекте гана токтоп калбайт. Ал адамга: «Раббиңди ким жаратты?» - деген ойго чейин алып барат. Ошондо момун адам бул азгырыкты үч нерсе менен кайтарат:
+    <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) шайтандын момунга салган азгырык суроолоруна кандай түрдө мамиле кылууну айтты. Шайтан адамга: «Муну ким жаратты? Тигини ким жаратты?  Асманды ким жаратты? Жерди ким жаратты?» - деген ойлорду салат. Ыймандуу адам ага шарият, таза табият жана акыл менен Аллах деп жооп берет. Бирок шайтан  азгырууда бул чекте гана токтоп калбайт. Ал адамга: «Раббиңди ким жаратты?» - деген ойго чейин алып барат. Ошондо момун адам бул азгырыкты үч нерсе менен кайтарат:
 Аллахка ыйман келтирүү менен
 Аллахтан шайтандын азгырыгынан коргоону сурануу менен.
 Шайтандын салган азгырыктарын токтотуу менен.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Шайтандын азгырыктарынан жана адамга салган азгырык ойлорунан баш тартуу жана алар жөнүндө ойлонбоо керек. Ошондой эле аларды кетирүү үчүн Аллах Таалага кайрылуу зарыл.
 Адамдын жүрөгүнө шариятка карама-каршы келген ойлордун баары шайтандан.
 Аллахтын заты жөнүндө ойлонуу тыюу салынган иштерден. Бирок Анын маклуктары жана аяттары жөнүндө ой жүгүртүүбүз керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65013</t>
   </si>
   <si>
     <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>Алты иш-аракет, төрт түрдүү адам жана эки сөзсүз боло турган иш бар. Ал эми ар бир жакшылык он эседен жети жүз эсеге чейин көбөйтүлүп берилет. Сөзсүз түрдө боло турган эки иш - ал кимде-ким Аллахка ширк кылбай өлсө, анда ал бейишке кирет. Ал эми ким ширк кылып жүрүп өлсө, анда ал тозокко кирет. Бир амалга өзүндөй болгон сооп ал - эгерде-ким бир жакшы ишке ниет кылып ал ишти жүрөгү менен аткарууга аракет кылып кылса, (бирок аткарууга мүмкүнчүлүгү жок болсо деле) Аллах анын жүрөгүн билип ага бир сооп жазат. А эгерде ким бир жаман иш кылса, анда ага бир күнөө жазылат. Ал эми бир жакшылык ишин кылса, анда ага он эсеге чейин көбөйтүлүп берилет. Кимде-ким Аллах жолунда мал-акчасын сарптаса, анда ага жети жүз эсеге чейин көбөйтүлүп берилет. Ал эми адамдар: Бирөөсү, бул дүйнөдө ырыскысы кеңири берилип акыретте куру жалак калат. Бирөөсү, бул дүйнөдө ырыскысы тарып акыретте кенен ырыскыга жетет. Бирөөсү, бул дүйнөдө жана акыретте да ырыскысы тар болот. Акыркысы, бул дүйнөдө жана акыретте да ырыскысы кенен болот</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
@@ -15828,97 +15828,96 @@
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бул дүйнөнүн оту тозок отунун жетимиш бөлүгүнүн бири экенин айтты. Акырет оту бул дүйнөнүн отунун ысыгына караганда, анын температурасы алтымыш тогуз эсе жогору болгонун айтты. Ошондой эле анын ар бир бөлүгү бул дүйнөнүн отунун ысыгына барабар. «Оо, Аллахтын Элчиси, бул дүйнөнүн оту тозокко кирген адамды азаптоого жетиштүү эле» - деп айтылды. Пайгамбар: «Тозок оту бул дүйнөнүн отунан алтымыш тогуз бөлүккө көп жана алардын ар биринин ысыктыгынын күчтүүлүгү бул дүйнө отундай ысык» - деп айтты.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Адамдарды тозок отуна алып келе турган иштерден алыс кылуу үчүн тозок менен катуу эскертти.
 Тозоктун катуу азабын жана температурасынын күчтүүлүгүнүн кабарын айтты.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65036</t>
   </si>
   <si>
     <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
-    <t>Чындыкты айткан жана айтканы тастыкталган Пайгамбар, саллаллаху алейхи уа саллам, бизге мындайча баяндап берди: «Чындыгында, силердин ар бириңер энесинин ичинде кырк күн</t>
+    <t>Чындыкты айткан жана айтканы тастыкталган Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге мындайча баяндап берди: «Чындыгында, силердин ар бириңер энесинин ичинде кырк күн</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
-    <t>Абдуллах ибну Масууд, радыяллаху анху, айтат: «Чындыкты айткан жана айтканы тастыкталган Пайгамбар, саллаллаху алейхи уа саллам, бизге мындайча баяндап берди: «Чындыгында, силердин ар бириңер энесинин ичинде кырк күн тамчы түрүндө топтолот. Андан кийин ошончо убакытта уюган кан түрүндө болот. Андан кийин ошончо убакытта бир үзүм эт түрүндө болот. Андан кийин Аллах периштени жөнөтүп ага жан салынат. Андан кийин ал периште төрт нерсени жазууга буйрулат: анын ырыскысын, ажалын, кыла турган иш-аракеттерин, бактылуу же бактысыз болушун. Чындыгында, силерден бирөө бейиш менен анын ортосунда бир чыканактай аралык калгыча бейиш ээлеринин амалдарын кылат. Бирок анын жазылган китеби озуп кетет да тозок ээлеренинин амалдарын кыла баштайт. Ошентип ал тозокко кирет. Ошондой эле силерден бирөө тозок менен анын ортосунда бир чыканактай аралык калгыча тозок ээлеринин амалдарын кылат. Бирок анын жазылган китеби озуп кетет да бейиш ээлеренинин амалдарын кыла баштайт. Ошентип ал бейишке кирет».</t>
+    <t>Абдуллах ибну Масуъд (Аллах андан ыраазы болсун) айтат: «Чындыкты айткан жана айтканы тастыкталган Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге мындайча баяндап берди: «Чындыгында, силердин ар бириңер энесинин ичинде кырк күн тамчы түрүндө топтолот. Андан кийин ошончо убакытта уюган кан түрүндө болот. Андан кийин ошончо убакытта бир үзүм эт түрүндө болот. Андан кийин ага периште жөнөтүлүп, төрт нерсени жазууга буйрулат: анын ырыскысын, ажалын, кыла турган иш-аракеттерин, бактылуу же бактысыз болушун. Андан кийин ага жан салынат. Чындыгында, силерден бирөө бейиш менен анын ортосунда бир чыканактай аралык калгыча бейиш ээлеринин амалдарын кылат. Бирок анын жазылган китеби озуп кетет да тозок ээлеренинин амалдарын кыла баштайт. Ошентип ал тозокко кирет. Ошондой эле силерден бирөө тозок менен анын ортосунда бир чыканактай аралык калгыча тозок ээлеринин амалдарын кылат. Бирок анын жазылган китеби озуп кетет да бейиш ээлеренинин амалдарын кыла баштайт. Ошентип ал бейишке кирет».</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
-    <t>Ибн Масууд: «Аллахтын Элчиси, саллаллаху алейхи уа саллам, ал айтканында чынчыл жана тастыкталган» - деп айтты. Анткени ал Аллах Таала тарабынан тастыкталган эле. Пайгамбар айтты: «Силердин жаралууңар бир канча күндө бириктирилет». Себеби эркек аялы менен жакындык кылса, анын чачылган уругу аялдын жатынында кырк күндө жыйналат. Анан ал «Алака» болот. Ал коюу, катуу кан. бул экинчи кырк күндүк убакытта болот. Анан ал бир кесим эт айланат. Бул үчүнчү кырк күндүк убакытта болот. Андан кийин Аллах ага периштени жиберет. Ал периште үчүнчү кырк күндөн кийин ага рух үйлөйт. Периште төрт сөздү жазууга буйрулат: Анын ырыскысы. Ал бул жашоосунда канчалык өлчөмдө ала турган ырыскысы жазылат. Анын ажалы жана анын бул дүйнөдө жашай турган мөөнөтү жазылат. Ал эми анын иш-аракеттери жана анын кандай иш-аракет экендиги жазылат. Ошондой эле анын бактысыз же бактылуу экендиги жазылат. Пайгамбар, саллаллаху алейхи уа саллам, ант ичип мындай деп айтты: «Бир адам бейиш ээлеринин амалдарын жасайт жана анын амалдары адамдарга салих амалдар болуп көрүнөт. Аны менен бейиштин ортосунда бир чыканактай аралык 
-калгыча ал жакшы амалдарды аткарып жүрөт». Ал менен Бейиштин ортосундагы бир чыканактай гана аралык калгандан кийин жазылган китеби жана белгиленген тагдыры ага үстөмдүк келип, ал тозок элинин амалын кылат жана ал амалдары анын жашоосундагы акыркы амалдары болуп тозокко кирет. Анткени, анын кылган иш-аракеттеринин кабыл болушунун шарты – аны туруктуу, өзгөртпөй аткарып жүрүүсү керек. Ал эми адамдардын кээ бирлери тозок ээлеринин амалдарын тозокко кирүүгө жакындаганга чейин аткарат жана тозок менен анын ортосунда чыканактай аралык калат. Ошондо жазылган китеби жана белгиленген тагдыры үстөмдүк кылат. Ошондо ал бейиш ээлеринин амалдарын жасап, бейишке кирет.</t>
+    <t>Ибн Масуъд: «Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ал айтканында чынчыл жана тастыкталган» - деп айтты. Анткени ал Аллах Таала тарабынан тастыкталган эле. Пайгамбар айтты: «Силердин жаралууңар бир канча күндө бириктирилет». Себеби эркек аялы менен жакындык кылса, анын чачылган уругу аялдын жатынында кырк күндө жыйналат. Анан ал «Алака» болот. Ал коюу, катуу кан. Бул экинчи кырк күндүк убакытта болот. Анан ал мудгага айланат. Ал бир кесим эт. Бул үчүнчү кырк күндүк убакытта болот. Андан кийин Аллах ага периштени жиберет. Ал периште үчүнчү кырк күндөн кийин ага рух үйлөйт. Периште төрт сөздү жазууга буйрулат: Анын ырыскысы. Ал бул жашоосунда канчалык өлчөмдө ала турган ырыскысы жазылат. Анын ажалы: анын бул дүйнөдө жашай турган мөөнөтү жазылат. Ал эми анын иш-аракеттери жана анын кандай иш-аракет экендиги жазылат. Ошондой эле анын бактысыз же бактылуу экендиги жазылат. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ант ичип мындай деп айтты: «Бир адам бейиш ээлеринин амалдарын жасайт жана анын амалдары адамдарга салих амалдар болуп көрүнөт. Аны менен бейиштин ортосунда бир чыканактай аралык калгыча ал жакшы амалдарды аткарып жүрөт». Ал менен Бейиштин ортосундагы бир чыканактай гана аралык калгандан кийин жазылган китеби жана белгиленген тагдыры ага үстөмдүк келип, ал тозок элинин амалын кылат жана ал амалдары анын жашоосундагы акыркы амалдары болуп тозокко кирет. Анткени, анын кылган иш-аракеттеринин кабыл болушунун шарты – аны туруктуу, өзгөртпөй аткарып жүрүүсү керек. Ал эми адамдардын кээ бирлери тозок ээлеринин амалдарын тозокко кирүүгө жакындаганга чейин аткарат жана тозок менен анын ортосунда чыканактай аралык калат. Ошондо жазылган китеби жана белгиленген тагдыры үстөмдүк кылат. Ошондо ал бейиш ээлеринин амалдарын жасап, бейишке кирет.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Бардык иш-аракеттердин акыры - башында тагдыр кылынганына жараша жана жазылган китеби боюнча өтөт.
 Иш-аракеттердин тышкы сүрөттөрүнө алданып калуудан эскертүү болду. Анткени иш-аракеттер акырына карап бааланат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65037</t>
   </si>
   <si>
     <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Аллах асмандар менен жерди жаратардан элүү миң жыл</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Амр, радыяллаху анху, риваят кылат: «Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Аллах асмандар менен жерди жаратардан элүү миң жыл мурда бардык макулуктардын тагдырларын жазып койгон. Анан мындай деп айтты: Анын (Аллахтын) аршы суунун үстүндө болгон».</t>
+    <t>Абдуллах бин Амр бин аль-Аас (Аллах андан ыраазы болсун) риваят кылат: «Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Аллах асмандар менен жерди жаратардан элүү миң жыл мурда бардык макулуктардын тагдырларын жазып койгон. Анан мындай деп айтты: Анын (Аллахтын) аршы суунун үстүндө болгон».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Аллах Таала бүткүл маклуктардын жашоо, өлүм, ырыскы ж.б.у.с тагдырлары боюнча эмне болоорун асмандарды жана жерди жаратардан элүү миң жыл мурда Лавхул-Махфуз китебинде майда-чүйдөсүнө чейин жазганын Пайгамбарыбыз кабарлайт. Ал нерселердин баары Аллах жазган тагдырдын нугунда гана жүрөт. Кандай гана нерсе болбосун - ал Аллахтын жазган тагдырдын негизинде болот. Адамга жеткен нерсе, андан башкага өтүп кетпейт. Андан өтүп кеткен нерсе, ага кайра жетпейт.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Тагдырга ыйман келтирүүнүн зарылдыгы.
 Тагдыр - ал Аллахтын нерселерди билүүсү, аны жазуусу, анын учуру келгенде анын болуусун каалоосу жана аны жаратуусу.
 Тагдырдын асмандар жана жер жаралуудан мурда жазылганына ишенүү - тагдырга ыраазы болууга жана ага моюн сунууга алып барат.
 Чындыгында жер менен асмандар жаралардан мурда Аллахтын аршы суунун үстүндө болгон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65038</t>
   </si>
   <si>
@@ -16353,79 +16352,79 @@
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Куранды ачык окуган адам ачык садака кылгандай болот. Ал эми Куранды ичинен окуган адам жашырып садака берген адам сыяктуу болорун  ачыктап берди.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Садаканы жашырып берген жакшыраак болгондой эле Куранды да ичинен окуган жакшы. Анткени ичинен окуган Куран тилаватында ыкластуулук болот. Риякерликтен жана өзүнө өзү суктануудан алыс болот. Бир гана муктаждык болгондо тышынан окуса болот. Мисалы: Куран үйрөтүү сыяктуу үн көтөрүп окуу муктаждыгы болсо, анда үнүн тышынан чыгарып окуйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65055</t>
   </si>
   <si>
     <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Аллахтан корккула! Башчыңар хабаший (ынды кара) кул болсо да аны уккула жана моюн сунгула! Менден кийин көптөгөн карама-карышылыктарды көрөсүңөр. Ошондо менин жана менин туура жол көрсөтүүчү халифтеримдин сүннөт жолун бекем кармагыла!</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
-    <t>Ал Ирбаз бин Сария (ага Аллах ыраазы болсун) айтат: Бир күнү Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) туруп, бизге аябай жеткиликтүү насаат айтты. Андан жүрөктөр титиреп, көздөр жашылданды. О, Аллахтын элчиси, бизге коштошуп жаткандай насаат айттың, эми бизге бир келишимди (дайыма аткарып жүрүү үчүн) осуят кыл - дешти. Ал мындай деди: " Аллахтан корккула! Башчыңар хабаший (ынды кара) кул болсо да аны уккула жана моюн сунгула! Менден кийин көптөгөн карама-карышылыктарды көрөсүңөр. Ошондо менин жана менин туура жол көрсөтүүчү халифтеримдин сүннөт жолун бекем кармагыла! Ага азууңар менен жармашкыла! Жаңы пайда болгон иштерден сак болгула! Анткени, бардык жаңы иштер адашууга алып барат".</t>
+    <t>Ал-Ирбаз бин Сария (Аллах андан ыраазы болсун) айтат: Бир күнү Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) туруп, бизге аябай жеткиликтүү насаат айтты. Андан жүрөктөр титиреп, көздөр жашылданды. О, Аллахтын элчиси, бизге коштошуп жаткандай насаат айттың, эми бизге бир келишимди (дайыма аткарып жүрүү үчүн) осуят кыл - дешти. Ал мындай деди: " Аллахтан корккула! Башчыңар хабаший (ынды кара) кул болсо да аны уккула жана моюн сунгула! Менден кийин көптөгөн карама-карышылыктарды көрөсүңөр. Ошондо менин жана менин туура жол көрсөтүүчү халифтеримдин сүннөт жолун бекем кармагыла! Ага азууңар менен жармашкыла! Жаңы пайда болгон иштерден сак болгула! Анткени, бардык жаңы иштер адашуу".</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
-    <t>Пайгамбар ага (Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына жеткиликтүү насаат айтып, андан жүрөктөр коркуп титиреп, көздөрдөн жаш агып кетет. Анан алар: О, Аллахтын элчиси, сен бизге коштошкондой насаат айттың - дешет. Насааттын өтө жеткиликтүү айтылганынан улам алар муну байкаган болчу. Анан ал өткөндөн кийин такай аткарып жүрө турган ишти осуят кылуусун андан суранышат. Ал: Улуу Аллах Таалага такыба болгула - дейт. Такыбалык ваажыб, буйруктарды аткаруу жана арам,тыюу салынган иштерден тыйылуу менен болот. "Уккула жана баш ийгиле" - дейт. Т.а. башчыларга баш ийгиле. Эгерде силерге кул башчы болуп же өкүмдарлык кылса, ага да баш ийгиле. Мындайча айтканда, калайыктын ичинен даражасы эң төмөн адам башчы болсо да, аны теңсинбей койбой, ага баш ийгиле, фитна, бүлгүндөн этият болуу үчүн. Анткени, кимдин өмүрү узун болсо келечекте көп келишпестиктерди көрөт. Андан кийин аларга мындай келишпестиктерден алып чыга турган жолду баяндады. Бул - ал өткөндөн кийин анын жана анын туура жол көрсөтүүчү халифтеринин сүннөт жолун бекем кармоо. Булар Абу Бакр Сыддык, Умар бин Хаттаб, Усман бин Аффан жана Али бин Абу Талиб (аларга баарына Аллах ыраазы болсун). Ушул жолду азуу тиштери менен бекем тиштөөгө үндөдү. Б.а. сүннөттү бекем тутуп, аны менен жүрүүгө тырышууга үндөдү. Ошондой эле аларга динде жаңыдан пайда болгон иштерден этият болууну эскертти, анткени бардык жаңыдан пайда болгон иштер адашууга алып барат.</t>
+    <t>Пайгамбар ага (Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына жеткиликтүү насаат айтып, андан жүрөктөр коркуп титиреп, көздөрдөн жаш агып кетет. Анан алар: О, Аллахтын элчиси, сен бизге коштошкондой насаат айттың - дешет. Насааттын өтө жеткиликтүү айтылганынан улам алар муну байкаган болчу. Анан ал өткөндөн кийин такай аткарып жүрө турган ишти осуят кылуусун андан суранышат. Ал: Улуу Аллах Таалага такыба болгула - дейт. Такыбалык ваажыб, буйруктарды аткаруу жана арам, тыюу салынган иштерден тыйылуу менен болот. "Уккула жана баш ийгиле" - дейт. Т.а. башчыларга баш ийгиле. Эгерде силерге кул башчы болуп же өкүмдарлык кылса, ага да баш ийгиле. Мындайча айтканда, калайыктын ичинен даражасы эң төмөн адам башчы болсо да, аны теңсинбей койбой, ага баш ийгиле, фитна, бүлгүндөн этият болуу үчүн. Анткени, кимдин өмүрү узун болсо келечекте көп келишпестиктерди көрөт. Андан кийин аларга мындай келишпестиктерден алып чыга турган жолду баяндады. Бул - ал өткөндөн кийин анын жана анын туура жол көрсөтүүчү халифтеринин сүннөт жолун бекем кармоо. Булар Абу Бакр Сыддык, Умар бин Хаттаб, Усман бин Аффан жана Али бин Абу Талиб (Аллах алардан ыраазы болсун). Ушул жолду азуу тиштери менен бекем тиштөөгө үндөдү. Б.а. сүннөттү бекем тутуп, аны менен жүрүүгө тырышууга үндөдү. Ошондой эле аларга динде жаңыдан пайда болгон иштерден этият болууну эскертти, анткени бардык жаңыдан пайда болгон иштер адашууга алып барат.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Сүннөттү кармоо жана аны ээрчүүнүн зарылдыгы.
 Насаат айтууга жана жүрөктү жумшартуучу нерселерге көңүл буруу.
-Өзүнөн кийинки туура жолго баштоочу төрт халифти ээрчүүгө буюруусу. Алар Абу Бакр, Умар, Усман, Али (аларага Аллах ыраазы болсун).
+Өзүнөн кийинки туура жолго баштоочу төрт халифти ээрчүүгө буюруусу. Алар Абу Бакр, Умар, Усман, Али (Аллах алардан ыраазы болсун).
 Динде жаңы ишти пайда кылуудан тыюу. Анткени, бардык жаңы иштер - адашуу.
-Ыймандууларга (мусулмандарга) башчы болгон адамды күнөө эмес иштерде угуу жана ага баш ийүү.
-Бардык учурда жана бардык абалда Улук Алла Таалага такыба болуунун зарылдыгы.
+Ыймандууларга башчы болгон адамды күнөө эмес иштерде угуу жана ага баш ийүү.
+Бардык учурда жана бардык абалда Улук Аллах Таалага такыба болуунун зарылдыгы.
 Бул үммөттө келишпестиктер сөзсүз болот. Мындайлар пайда болгондо Аллахтын элчисинин жана туура жолго  баштоочу халифтердин сүннөт жолуна кайтуу лаазым.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65057</t>
   </si>
   <si>
     <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>Бизге Пайгамбарыбыздын, саллаллаху алейхи уа саллам, сахабалары айтышкан. Алар Аллахтын Элчиси, саллаллаху алейхи уа салламдан, он аят үйрөнүшчү жана аларда кандай илим жана амал бар экенин билмейинче, калган он аяттан алышчу эмес. «Биз ушинтип аяттардагы илимди жана амалдарды да үйрөнөт элек» - деп айтышат эле.*@</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Абу Абдур-Рахман ас-Сулами, рахимахуллах , мындай деп айтты: Бизге Пайгамбарыбыздын, саллаллаху алейхи уа саллам, сахабалары айтышкан. Алар Аллахтын Элчиси, саллаллаху алейхи уа салламдан, он аят үйрөнүшчү жана аларда кандай илим жана амал бар экенин билмейинче, калган он аяттан алышчу эмес. «Биз ушинтип аяттардагы илимди жана амалдарды да үйрөнөт элек» - деп айтышат эле.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Сахабалар, Аллах алардан ыраазы болсун, Аллахтын Элчиси, саллаллаху алейхи уа салламдан, Курандан он аят алышчу жана алар аяттардан илимди алып ага амал кылмайынча, башка аяттарга өтүшчү эмес. Ошентип алар илим менен амалды бирге үйрөнүшкөн.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
@@ -16490,98 +16489,98 @@
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын, саллаллаху алейхи уа саллам, сүннөтү - ал уктаардан алдын, дуба кылуучу кишидей алакандарын бириктирип, өйдө көтөрүп, «Айткын! Ал Аллах жалгыз» деп башталган Ихлас сүрөөсүн, «Айткын! Таңдын Раббиси менен коргоном» деп башталган Фалак сүрөөсүн жана «Айткын! Адамдардын Раббиси менен коргоном» деп башталган Наас сүрөөлөрүн үч жолу окуп, оозунан бир аз шилекейи менен кошо алакандарына үйлөчү. Башынан, бетинен, денесинин алдыңкы бөлүгүнөн баштап алакандары жеткен жерге чейин денесине сүртүп чыкчу. Бул үч сүрөөнү бирден окуп алаканына үйлөп денесине сүрткөн аракетин үч жолу кайталайт болчу.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Уктаардан мурда Ихлас, Фалак жана Наас сүрөөлөрүн окуп, алаканына үйлөп, колу жеткен жерге чейин денесине сүртүп жатуу сүннөт иштерден.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65060</t>
   </si>
   <si>
     <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Жөөттөр - алар каарга калган, христиандар болсо - адашкан</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
-    <t>Адий бин Хаатимдин (ага Аллах ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жөөттөр - алар каарга калган, христиандар болсо - адашкан".</t>
+    <t>Адий бин Хаатимдин (Аллах андан ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жөөттөр - алар каарга калган, христиандар болсо - адашкан".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жөөттөр Аллах аларга каарданган коом экенин кабарлаган. Анткени, алар акыйкатты билип туруп, аны иш жүзүнө ашырган жок (ага амал кылган жок). Христиандар адашкан адамдар; анткени алар билбей эле амал кылышты.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Илим менен амалдын бирге болуусу - каарга калуудан да, адашуудан да сактайт.
 Жөөттөр менен христиандардын жолунан этият болуп, туруктуу, түз жол болгон Исламды бекем кармануу зарыл.
 Жөөттөр да, христиандар да, адашууда жана каарга калууда бирдей эле. Бирок жөөттөрдүн конкреттүү сыпаты -  каарга калуу. Ал эми христиандардын конкреттүү сыпаты - адашуучулук.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65061</t>
   </si>
   <si>
     <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
-    <t>«Аллахтын Элчиси, саллаллаху алейхи уа саллам, бул аятты окуду: «Ал сага (теңдешсиз) Китеп түшүргөн Зат. Анын ичинен Китептин энеси (маңызы) болгон мухкам-анык аяттар жана алардан башка муташабих (түшүнүлүшү оор) аяттар орун алган. Ал эми жүрөгүндө илдет-ийрилик болгон адамдар аны (өз каалоолоруна ылайыктап) түшүндүрүүнү жана бузукулукту үмүт кылып, муташабих аяттарды ээрчишет. Ал муташабих аяттын түшүндүрмөсүн Аллахтан бөлөк эч ким анык билбейт. Ошондуктан терең илимдүү адамдар: «Биз Куранга ыйман келтиргенбиз. Анын аяттарынын бардыгы Раббибибизден келген» - дешет. Акылдуу адамдар гана андан эскертме алышат». (Аали Имран, 7) Андан соң Аллахтын Элчиси, саллаллаху алейхи уа саллам: «Эгерде андагы түшүнүүгө оор болгон аяттарды өзүнүн максатына ылайыктап түшүнгөн адамдарды көрсөң, анда алар Аллах бул аятта айткан адамдар. Алардан сак бол» - деп айтты».*@</t>
+    <t>«Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бул аятты окуду: «Ал сага (теңдешсиз) Китеп түшүргөн Зат. Анын ичинен Китептин энеси (маңызы) болгон мухкам-анык аяттар жана алардан башка муташабих (түшүнүлүшү оор) аяттар орун алган. Ал эми жүрөгүндө илдет-ийрилик болгон адамдар аны (өз каалоолоруна ылайыктап) түшүндүрүүнү жана бузукулукту үмүт кылып, муташабих аяттарды ээрчишет. Ал муташабих аяттын түшүндүрмөсүн Аллахтан бөлөк эч ким анык билбейт. Ошондуктан терең илимдүү адамдар: «Биз Куранга ыйман келтиргенбиз. Анын аяттарынын бардыгы Раббибибизден келген» - дешет. Акылдуу адамдар гана андан эскертме алышат». (Аали Имран, 7) Андан соң Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): «Эгерде андагы түшүнүүгө оор болгон аяттарды өзүнүн максатына ылайыктап түшүнгөн адамдарды көрсөң, анда алар Аллах бул аятта айткан адамдар. Алардан сак бол» - деп айтты».*@</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
-    <t>Айша, радыяллаху анха, риваят кылат: «Аллахтын Элчиси, саллаллаху алейхи уа саллам, бул аятты окуду: «Ал сага (теңдешсиз) Китеп түшүргөн Зат. Анын ичинен Китептин энеси (маңызы) болгон мухкам-анык аяттар жана алардан башка муташабих (түшүнүлүшү оор) аяттар орун алган. Ал эми жүрөгүндө илдет-ийрилик болгон адамдар аны (өз каалоолоруна ылайыктап) түшүндүрүүнү жана бузукулукту үмүт кылып, муташабих аяттарды ээрчишет. Ал муташабих аяттын түшүндүрмөсүн Аллахтан бөлөк эч ким анык билбейт. Ошондуктан терең илимдүү адамдар: «Биз Куранга ыйман келтиргенбиз. Анын аяттарынын бардыгы Раббибибизден келген» - дешет. Акылдуу адамдар гана андан эскертме алышат». (Аали Имран, 7) Андан соң Аллахтын Элчиси, саллаллаху алейхи уа саллам: «Эгерде андагы түшүнүүгө оор болгон аяттарды өзүнүн максатына ылайыктап түшүнгөн адамдарды көрсөң, анда алар Аллах бул аятта айткан адамдар. Алардан сак бол» - деп айтты».</t>
+    <t>Айша (Аллах андан ыраазы болсун) риваят кылат: «Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бул аятты окуду: «Ал сага (теңдешсиз) Китеп түшүргөн Зат. Анын ичинен Китептин энеси (маңызы) болгон мухкам-анык аяттар жана алардан башка муташабих (түшүнүлүшү оор) аяттар орун алган. Ал эми жүрөгүндө илдет-ийрилик болгон адамдар аны (өз каалоолоруна ылайыктап) түшүндүрүүнү жана бузукулукту үмүт кылып, муташабих аяттарды ээрчишет. Ал муташабих аяттын түшүндүрмөсүн Аллахтан бөлөк эч ким анык билбейт. Ошондуктан терең илимдүү адамдар: «Биз Куранга ыйман келтиргенбиз. Анын аяттарынын бардыгы Раббибибизден келген» - дешет. Акылдуу адамдар гана андан эскертме алышат». (Аали Имран, 7) Андан соң Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): «Эгерде андагы түшүнүүгө оор болгон аяттарды өзүнүн максатына ылайыктап түшүнгөн адамдарды көрсөң, анда алар Аллах бул аятта айткан адамдар. Алардан сак бол» - деп айтты».</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам: «Ал сага (теңдешсиз) Китеп түшүргөн Зат. Анын ичинен Китептин энеси (маңызы) болгон мухкам-анык аяттар жана алардан башка муташабих (түшүнүлүшү оор) аяттар орун алган. Ал эми жүрөгүндө илдет-ийрилик болгон адамдар аны (өз каалоолоруна ылайыктап) түшүндүрүүнү жана бузукулукту үмүт кылып муташабих аяттарды ээрчишет. Ал муташабих аяттын түшүндүрмөсүн Аллахтан башка эч ким анык билбейт. Ошондуктан терең илимдүү адамдар: «Биз Куранга ыйман келтиргенбиз. Анын аяттарынын бардыгы Раббибибизден келген» - дешет. Акылдуу адамдар гана андан эскертме алышат» деген аятын окуду. Бул аятта Аллах Таала Куранды Өзүнүн Пайгамбарына түшүргөн Зат экендигин айтты. Ошондой эле анда ачык маанидеги, өкүмдөрү белгилүү жана ачык-айкын болгон аяттарды камтыганын айтты. Бул аяттар Курандын негизги өкүмдөрү жана таяна турган аяттары болуп саналат. Куранда жана башка аяттар да бар, алар бир нече мааниге ээ болушу мүмкүн, кээ бир адамдарга ал аяттардын маанилери оор келип карама-каршы маанилер чыгат деп ойлошот. Андан соң Аллах бул аяттарды түшүнүүдө адамдардын туура эмес мамилесин баяндап берди. Алардын жүрөгүндө акыйкаттан кыйшаюу бар болгонун айтты. Алар чечүүчү, ачык аяттарды ташташып эки ара мааниде болгон окшош аяттарды алышып, элди күмөнгө салып, адамдарды адаштырышат. Алар ал аяттарды өз каалоолоруна жараша чечмелөөгө умтулушат. Ал эми илимге бекем болгондор бул окшош аяттарды билишет жана аны чечүүчү аяттарга кайтарышат жана анын Аллахтан келгенине ишенишет. Алар бул аяттар түшүнүксүз же карама-каршылыктуу болушу мүмкүн эмес деп билишет. Бирок бул аяттардан бир гана тунук акылдуу адамдар сабак жана эскертме алышат. Ошондо Пайгамбар, саллаллаху алейхи уа саллам, момундардын энеси Аишага, радыяллаху анха, эгерде ал окшош аяттарды ээрчигендерди көрсө, анда аларды укпай сак болууну айтты. Мына ошолор Аллах Таала: «Ал эми жүрөгүндө илдет-ийрилик болгондор» - деп айткан адамдар экендигин айтты.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): «Ал сага (теңдешсиз) Китеп түшүргөн Зат. Анын ичинен Китептин энеси (маңызы) болгон мухкам-анык аяттар жана алардан башка муташабих (түшүнүлүшү оор) аяттар орун алган. Ал эми жүрөгүндө илдет-ийрилик болгон адамдар аны (өз каалоолоруна ылайыктап) түшүндүрүүнү жана бузукулукту үмүт кылып муташабих аяттарды ээрчишет. Ал муташабих аяттын түшүндүрмөсүн Аллахтан башка эч ким анык билбейт. Ошондуктан терең илимдүү адамдар: «Биз Куранга ыйман келтиргенбиз. Анын аяттарынын бардыгы Раббибибизден келген» - дешет. Акылдуу адамдар гана андан эскертме алышат» деген аятын окуду. Бул аятта Аллах Таала Куранды Өзүнүн Пайгамбарына түшүргөн Зат экендигин айтты. Ошондой эле анда ачык маанидеги, өкүмдөрү белгилүү жана ачык-айкын болгон аяттарды камтыганын айтты. Бул аяттар Курандын негизги өкүмдөрү жана таяна турган аяттары болуп саналат. Куранда жана башка аяттар да бар, алар бир нече мааниге ээ болушу мүмкүн, кээ бир адамдарга ал аяттардын маанилери оор келип карама-каршы маанилер чыгат деп ойлошот. Андан соң Аллах бул аяттарды түшүнүүдө адамдардын туура эмес мамилесин баяндап берди. Алардын жүрөгүндө акыйкаттан кыйшаюу бар болгонун айтты. Алар чечүүчү, ачык аяттарды ташташып эки ара мааниде болгон окшош аяттарды алышып, элди күмөнгө салып, адамдарды адаштырышат. Алар ал аяттарды өз каалоолоруна жараша чечмелөөгө умтулушат. Ал эми илимге бекем болгондор бул окшош аяттарды билишет жана аны чечүүчү аяттарга кайтарышат жана анын Аллахтан келгенине ишенишет. Алар бул аяттар түшүнүксүз же карама-каршылыктуу болушу мүмкүн эмес деп билишет. Бирок бул аяттардан бир гана тунук акылдуу адамдар сабак жана эскертме алышат. Ошондо Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандуулардын энеси Айшага (Аллах андан ыраазы болсун) эгерде ал окшош аяттарды ээрчигендерди көрсө, анда аларды укпай сак болууну айтты. Мына ошолор Аллах Таала: «Ал эми жүрөгүндө илдет-ийрилик болгондор» - деп айткан адамдар экендигин айтты.</t>
   </si>
   <si>
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Курандын Мухкам аяттары: Мааниси ачык болгон жана бир мааниде чечмеленген аяттар. Ал эми Муташабих аяттар: Бирден ашык мааниге ээ болгон жана ойлонууну жана түшүнүүнү талап кылган аят.
 Адашкандар, бидъатчылар жана адамдарды адаштырып, күмөнгө салуу үчүн маселе айткандар менен аралашуудан сактануу керек.
 Аяттын аягында Аллах Таала мындай дейт: «Жана акылдуулардан башка эч ким эскертме албайт». Бул жүрөгү куттуларды жемелегени, илимге бекемдерди мактаганы ачык болду. Тагыраак айтканда бул аяттардан эскертме, насаат албаган жана напсилерине ээрчиген адамдар акылдуулардан эмес экендигин айтты.
 Муташабих аяттардын туура эмес маанилерин ээрчип жүрүү - жүрөктүн тайкы болушуна себеп болот.
 Мааниси түшүнүксүз болушу мүмкүн болгон Муташабих аяттарды Мухкам аяттарга кайтаруу важиб болот.
 Ыйман ээлери менен адашкандарды айырмалоо үчүн жана адамдарды  сыноо үчүн Аллах Таала Курандын кээ бир аяттарын Мухкам, кээ бир аяттарын Муташабих кылып койгон.
 Куранда муташабих аяттардын болушу - Аалымдардын башка адамдардан артыкчылыгын көрсөттү. Канчалык тунук акыл болбосун, анын кемчиликтүү экендигин билдирди. Мындан улам адам баласы өзүнүн алсыздыгын Жаратуучусунун алдында мойнуна алат.
 Илим алууда туруктуу болуунун пазилети жана алган илимге бекем болуунун зарылчылыгы.
 Тафсирчилер «Анын маанилерин Аллах гана билет жана илимде бекем аалымдар» деген аяттын «Аллах» деген сөзүндө токтоп туруп тилават кылууда эки түрдүү пикирлери бар. Эгерде тилават кылганда «Аллах» деген сөздө токтоп туруп анан улантып окуп кетсе, анда Муташабих аяттардын маанилерин Аллахтан башка эч ким билбейт деген маани чыгат. Ошондой эле Тавил деген сөздөн - бизге белгисиз нерселердин чыныгы акыйкаты жана кейпи максат кылынат. Мисалы адамдын руху, кыяматтын кандай болушу сыяктуу Аллах белгисиз кылган маселелер кирет. Ал эми аалымдар бул маселелерди Аллахка кайтарышат жана Андан гана келген деп ишенишет. А эгерде бул аяттын «Аллах» деген сөзүндө токтобой аятты улантып окуп кетсе, анда Тавилден тафсир жана ачыктоо деген маани чыгат. Анда Муташабих аяттарды Аллах билет жана илимде бекем аалымдар да билет деген маани чыгат. Алар бул аяттарга ишенишет жана Мухкам аяттарга кайтарышат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65062</t>
@@ -18269,92 +18268,92 @@
   </si>
   <si>
     <t>Кимде-ким биздин шариятыбызга анда болбогон жаңы ишти киргизсе, ал өзүнө кайтарылат</t>
   </si>
   <si>
     <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
 وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Умму Абдулла Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактосу болсун) минтип айткан: "Кимде-ким биздин шариятыбызга анда болбогон жаңы ишти киргизсе, ал өзүнө кайтарылат ".</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ибадаттар Куран жана сүннөттө келген далилдерге карап дайындалган. Аллах Таалага Ал шарият кылган нерсе менен гана ибадат кылабыз, жаңы пайда болгон жана ойдон чыгарылган нерсе менен эмес.
 Дин оюна келгенди же көңүлүнө жакканды аткаруу менен болбойт, Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчүү менен болот.
 Бул хадис диндин толуктугуна далил.
 Динде жаңыдан пайда болгон, пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жана сахабалардын убагында болбогон акыйда ишенимге, сөзгө, амалга тиешелүү иштин баары - бидаат (диндеги жаңылык).
-Бул хадис Ислам негидеринин бири, бул амалдагы тараза сыяктуу. Аллахтын ыраазылыгы көздөлбөгөн бардык амалдар, аны аткаруучуга сооп болбойт. Ошондой эле Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген жолго дал келбесе, ал аткарган адамга кайра кайтарылат.
+Бул хадис Ислам негиздеринин бири, бул амалдагы тараза сыяктуу. Аллахтын ыраазылыгы көздөлбөгөн бардык амалдар, аны аткаруучуга сооп болбойт. Ошондой эле Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген жолго дал келбесе, ал аткарган адамга кайра кайтарылат.
 Бул хадис азыркы тескери иштерди, жаңы пайда болгон бидаат амалдарды четке кага турган эреже.
 Жаңыдан пайда болгон тыюу салынган иштер динге гана тиешелүү, дүйнө иштерине тиешелүү эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66514</t>
   </si>
   <si>
     <t>إن الحلال بين، وإن الحرام بين</t>
   </si>
   <si>
     <t>Абу Абдулла Нууман бин Башир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум:||Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
   </si>
   <si>
     <t>Абу Абдулла Нууман бин Башир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>الحديث قاعدة في اتقاء الشبهات.
 الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Бул хадис азгырык-ишенимдерден сактанууга негиз болгон эреже.
 Өкүмү тактала элек күмөндүү нерселерди таштоого үндөдү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66515</t>
   </si>
   <si>
-    <t>Абу Рукая Тамим бин Аус ад-Даари (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||«Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Аллахтын Китеби үчүн, Аллахтын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты</t>
+    <t>Абу Рукая Тамим бин Аус ад-Даари (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||«Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Анын Китеби үчүн, Анын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты</t>
   </si>
   <si>
     <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
-    <t>Абу Рукая Тамим бин Аус ад-Даари (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Аллахтын Китеби үчүн, Аллахтын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты».</t>
+    <t>Абу Рукая Тамим бин Аус ад-Даари (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Анын Китеби үчүн, Анын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Ислам динин кармануу - чын ыкластуулукка жана чынчылдыкка негизделгенин, Аллах буйругандай толук, кемчиликсиз жана алдамчылыксыз менен аткарылышын айткан. Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун): «Насаат кимге берилет?» - деп сурашканда ал мындай деди: Биринчиси: Насаат Аллах Таала үчүн б.а. чын-ыкластан Аллах үчүн иш-аракеттерди аткаруу, Ага шерик кошпоо. Ага рубубиятта, илахиятта жана ысым-сыпаттарында ыйман келтирүү, Анын буйругун бийик тутуп аткаруу жана Ага ыйман келтирүүгө чакыруу. Экинчиси: Насаат Аллахтын Китеби үчүн, ал Ыйык Куран б.а. бул Аллахтын сөзү, китептеринин акыркысы экендигине жана ал Куран өзүнөн мурунку бардык шарият мыйзамдарын жокко чыгарганына ишенүүбүз, Аны урматтообуз жана аны туура окуубуз керек. Андагы мухкам аяттарга амал кылуубуз жана муташабих аяттарга моюн сунуубуз зарыл. Аны бурмалоочулардын чечмелөөсүнөн коргообуз. Анын насааттарын, анын илимин таралуусун жана ага чакырууну этибарга алуубуз керек. Үчүнчүсү: Насаат Аллахтын элчиси Мухаммад (ага Аллахтын тынчтыгы жана мактоосу болсун) үчүн б.а. ал элчилердин акыркысы экенине ишенүүбүз жана ал алып келген нерсени тастыктообуз, анын буйруктарына баш ийүүбүз жана тыюу салган нерселеринен сактануубуз, ал алып келген нерсе менен гана Аллахка ибадат кылуубуз, анын акысын улуктообуз, урматтообуз, анын даават, шарият мыйзамын жайылтуубуз жана Ага коюлган дооматтарды четке кагуубуз керек. Төртүнчүсү: Насаат мусулмандардын башчылары үчүн б.а. бул мусулмандардын башчыларына акыйкатты жайылтууда жардам берүү, алар менен бир иштерде талашып-тартышпоо жана Аллахка ибадат кылууда аларды угуп жана аларга моюн сунуу керек. Бешинчиси: Насаат жалпы мусулмандар үчүн б.а. бул жалпы мусулмандарга жакшылык кылуу жана аларга даават кылуу, аларга зыян жеткирүүдөн тыйылуу, аларга жакшылыктын жетүүсүн жакшы көрүү жана алар менен жакшылыкка жана такыбалыкка көмөктөшүү.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع. 
 عِظَم منزلة النصيحة من الدين. 
 اشتمال الدين على الاعتقادات والأقوال والأعمال. 
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66516</t>
   </si>
   <si>