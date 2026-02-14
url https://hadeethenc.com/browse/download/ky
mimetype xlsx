--- v2 (2026-01-25)
+++ v3 (2026-02-14)
@@ -18,52 +18,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4758">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Кыргызча
 # Source: https://hadeethenc.com/ky
-# Last update: 2026-01-22 22:54:14 (v1.23.0)
-# Check for updates: https://hadeethenc.com/en/check/ky/v1.23.0
+# Last update: 2026-01-25 19:48:45 (v1.24.0)
+# Check for updates: https://hadeethenc.com/en/check/ky/v1.24.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -654,60 +654,60 @@
   </si>
   <si>
     <t>Илим жеткирүүдөгү Муавиянын (ага Аллах ыраазы болсун) артыкчылыгын, пайгамбарга эргешүүгө жан үрөгөнүн билебиз.
 Ишеничтин жоктугунан эмес, айтыла турган сөздүн (кабардын) маанилүүлүгүн билдирүү үчүн касам ичтирүүгө болот.
 Зикир кылуу же илим алуу үчүн чогулуу жакшы иш, Аллах Таала аларды жакшы көрөт жана периштелерге мактайт.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Муслим жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3007</t>
   </si>
   <si>
     <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>Бул экөө азапталып жатат. (Өздөрүнүн оюндагы) чоң эмес күнөө себептүү азапталып жатат. Экөөнүн бири заарасынан тазаланбайт эле. Ал эми экинчиси ушак-айың таратып басып жүрчү</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
-    <t>Ибн Аббас (аларга Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки мүрзөнүн жанынан өтүп баратып: "Бул экөө азапталып жатат. (Өздөрүнүн оюндагы) чоң эмес күнөө себептүү азапталып жатат. Экөөнүн бири заарасынан тазаланбайт эле. Ал эми экинчиси ушак-айың таратып басып жүрчү" - деди. Анан кургай элек бутакты алып, тең ортосунан жарды да, эки мүрзөнүн ар бирине бир-бирден сайып койду. О, Аллахтын элчиси, эмне үчүн мындай кылдың? - деп сурашты. "Ушул бутактар соолуп калганга чейин аларды азабы жеңилдесе ажеп эмес" деди ал.</t>
+    <t>Ибн Аббас (Аллах алардан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки мүрзөнүн жанынан өтүп баратып: "Бул экөө азапталып жатат. (Өздөрүнүн оюндагы) чоң эмес күнөө себептүү азапталып жатат. Экөөнүн бири заарасынан тазаланбайт эле. Ал эми экинчиси ушак-айың таратып басып жүрчү" - деди. Анан кургай элек бутакты алып, тең ортосунан жарды да, эки мүрзөнүн ар бирине бир-бирден сайып койду. О, Аллахтын элчиси, эмне үчүн мындай кылдың? - деп сурашты. "Ушул бутактар соолуп калганга чейин алардын азабы жеңилдесе ажеп эмес" деди ал.</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эки мүрзөнүн жанынан өтүп баратып, мындай деди: Бул эки мүрзөдөгү адамдар азапталып жатат; силердин көз карашыңарда чоң болбогон, Алланын алдында чоң болгон күнөө себептүү азапталып жатышат, Ал экөөнүн бири кажетин өтөгөн учурда, кийимин да, денесин да заарадан сактоого кам жеген эмес. Экинчиси адамдардын ортосунда ушак таратып жүргөн. Зыян жеткирүү максатында, адамдардын ортосунда келишпестикти жана жек көрүүнү пайда кылуу үчүн бирөөнүн айткан сөзүн бирөөгө айтып келген.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эки мүрзөнүн жанынан өтүп баратып, мындай деди: Бул эки мүрзөдөгү адамдар азапталып жатат; силердин көз карашыңарда чоң болбогон, Аллахтын алдында чоң болгон күнөө себептүү азапталып жатышат, Ал экөөнүн бири кажетин өтөгөн учурда, кийимин да, денесин да заарадан сактоого кам жеген эмес. Экинчиси адамдардын ортосунда ушак таратып жүргөн. Зыян жеткирүү максатында, адамдардын ортосунда келишпестикти жана жек көрүүнү пайда кылуу үчүн бирөөнүн айткан сөзүн бирөөгө айтып келген.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Ушак айтуу жана заарадан тазаланбоо чоң күнөөлөрдүн бири жана бул мүрзөдө азапталууга себеп болот.
 Аллах Таала пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгынын белги, далили катары, кабыр азабы сыяктуу кээ бир кайып иштерин ачыкка чыгарган.
 Бутактарды жарып, кабырлардын үстүнө сайуу, бул пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жеке өзүнө тиешелүү иштерден; анткени Аллах Таала ага тиги эки кабырдагы адамдын абалын билдирди. Башкаларды ага салыштырып кыяс кылууга болбойт. Себеби, эч ким кабырдагы адамдардын абалын билбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3010</t>
   </si>
   <si>
     <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>Качан азанды уксаңар, азанчы айткандай кайталап айткыла</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>Абу Саид ал-Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Качан азанды уксаңар, азанчы айткандай кайталап айткыла".</t>
@@ -719,60 +719,60 @@
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) уккан учурда азанчыга жооп берүүгө үндөгөн. Ага жооп берүү анын айтканын сөзмө-сөз кайталап айтуу менен болот. Ал такбир айтканда, анын артынан такбир айтабыз. Күбөлүк келмелерине келгенде, аларды кайталайбыз. (Хаййа алассола, хаййа алалфалах) деген сөздөр гана кайталанбайт. Себеби бул учурда "Лаа хавла ва лаа куввата илла биллах" деп айтылат.</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Эгер бир канча азанчы болсо, биринчиси бүткөндөн кийин экинчисин ээрчийт. Анткени хадис жалпылай айтылган.
 Ажатканада болбосо же ажат өтөп жатпаса, андан башка бардык абалдарында азанчыга жооп берүү керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3013</t>
   </si>
   <si>
     <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>Аларды тек кой, анткени мен аларды даарат алып анан кийгенмин</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
-    <t>Мугира (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен сапарда бирге болдум. (Даарат аларда) анын маасыларын тартмакчы болсом, ал: "Аларды тек кой, анткени мен аларды даарат алып анан кийгенмин " - деди. Анан аларга масх тартып койду.</t>
+    <t>Мугира (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен сапарда бирге болдум. (Даарат аларда) анын маасыларын тартмакчы болсом, ал: "Аларды тек кой, анткени мен аларды даарат алып анан кийгенмин " - деди. Анан аларга масх тартып койду.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сапарларынын биринде баратып даарат алат. Даарат алып бутун жубарга келгенде, пайгамбар бутун жууштугу үчүн Мугира бин Шуъба (ага Аллах ыраазы болсун) анын бутундагы маасыларын чечүү үчүн колун созот. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Ал экөөнү жөн кой, чечпегин, себеби мен буларды бутума кийгенде даарат алып анан кийгенмин дейт. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) буттарын жуунун ордуна маасыларына масх тартып койот.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сапарларынын биринде баратып даарат алат. Даарат алып бутун жубарга келгенде, пайгамбар бутун жууштугу үчүн Мугира бин Шуъба (Аллах андан ыраазы болсун) анын бутундагы маасыларын чечүү үчүн колун созот. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Ал экөөнү жөн кой, чечпегин, себеби мен буларды бутума кийгенде даарат алып анан кийгенмин дейт. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) буттарын жуунун ордуна маасыларына масх тартып койот.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Эки маасыга масх тартуу кичине дааратсыздыкка даарат алган учурда жарайт. Ал эми чоң дааратсыздыктан жуунуп тазаланууда буттарды да жуу зарыл.
 Масх сууланган манжанын учу менен маасынын үстүнө бир ирет тартылат, асты жагына тартылбайт.
 Масх туртуу үчүн суу менен эки бут жуулуп, толук даарат алынгандан кийин маасынын кийилүүсү шарт. Маасы таза, буттун жабылуусу парз болгон өлчөмүн жаап турган болуусу керек. Ошондой эле масх кичине дааратсыздыкка тартылуусу керек, жунубдуктан же жуунууну важыб кылган иштерден кийин тартылбайт. Дагы масх тартуу чектелген убактын ичинде болуусу керек. Бул убакыттын чеги үйдөгү адам үчүн бир күн, бир түн. Ал эми жолоочу адам үчүн үч күн, үч түн.
 Бутту жапкан жороп сыяктуулардын баары маасыга кыяс кылынат, аларга да масх тартуу жайыз.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзүнүн жана таалим берүүсүнүн жакшылыгы. Мугираны анын маасыларын чечүүдөн тыйып, ага: аларды толук даарат менен кийгенин айтып, себебин түшүндүрдү. Анын көөнү тынчып, өкүмдү билип алуусу үчүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3014</t>
   </si>
   <si>
     <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Эгерде ким мусулман бир тууганын жакшы көрсө, анда ага аны жакшы көрөрүн кабарласын</t>
   </si>
   <si>
@@ -820,143 +820,143 @@
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшы иштердин баарын оң колу менен баштаганды артык көрчү. Мисалы: Бут кийимин кийгенде он бутун биринчи кийчү. Чачын, сакалын тараганда же майлаганда оң жагынан баштачу. Даарат алып колдорун жана буттарын жууганда оң жагын биринчи жуучу.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>Навави минтип айткан: "Шарияттагы оң жактан баштоо эрежеси, ошол нерсени кадырлоо болуп эсептелет. Мисалы: кийим кийүүдө, мечитке кирүүдө, мисвак колдонууда, көзгө сурма коюда, тырмактарды алууда, мурутту кыскартууда, чачты тароодо, колтуктун жүнүн алууда, чач алганда, намазды бүтүрүп салам бергенде, дааратта дене мүчөлөрүн жууганда, даараткандан чыкканда, жегенде, ичкенде, көрүшкөндө, Каабада кара ташты сылаганда ж.б. иштерде оң жагынан баштоо. Ал эми мунун тескерисинде, дааратканага киргенде, мечиттен чыкканда, чимкиргенде, истинжа кылганда, кийимин, шымын, маасысын ж.б. кийимин чечкенде сол жагынан баштоо жакшы. Мунун баары оң жактын артыкчылыгы үчүн.
 "Оң жакты жакшы көрөт эле" дегени, кыймылды оң кол жана оң бут менен баштоону, оң тарапты (оң жакта отуруу, оң жакты карап жатуу, саламдашканда оң жактагы кишиден баштап саламдашуу ж.б.) жана бир нерсени бергенде оң тараптагы адамдан баштап берүүнү ж.б. ичине камтыйт.
 Навави минтип айткан: "Даарат алганда жуула турган мүчөлөрдөн оң жактан башталбай, бирдей жуула тургандары да бар. Булар: эки кулак, эки алакан жана эки жаак. Буларды бирдей бир убакта жуу керек. Эгерде бир колу кесилген болуп, же дагы башка бир себеп менен бул мүчөлөрүн бирдей жууй албаса, анда оң тарабын биринчи жуу  керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3018</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
-    <t>бул тамыр (жарылгандан чыккан) каны. Сен этек кир көргөн күндөрдүн эсебинче намазыңды токтот да, андан кийин жуунуп намаз окуй бер</t>
+    <t>бул тамыр (жарылгандан чыккан кан). Сен этек кир көргөн күндөрдүн эсебинче намазыңды токтот да, андан кийин жуунуп намаз окуй бер</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
-    <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Фатима бинт Абу Хубайш пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип сурады: Менден такай кан келип турат, эч таза болбоймун. Намазды таштап койомунбу? Ал минтти: "Жок, бул тамыр (жарылгандан чыккан) каны. Сен этек кир көргөн күндөрдүн эсебинче намазыңды токтот да, андан кийин жуунуп намаз окуй бер".</t>
+    <t>Ыймандуулардын энеси Айша (Аллах андан ыраазы болсун) айтат: Фатима бинт Абу Хубайш пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип сурады: Менден такай кан келип турат, эч таза болбоймун. Намазды таштап койомунбу? Ал минтти: "Жок, бул тамыр (жарылгандан чыккан кан). Сен этек кир көргөн күндөрдүн эсебинче намазыңды токтот да, андан кийин жуунуп намаз окуй бер".</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
-    <t>Фатима бинт Хубайш пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) суроо сурап: Менден эч токтобой кан келип турат, атүгүл этек кир келбей турган убакта да токтобойт. Ушул учурлар да этек кир келген учурдун өкүмүндө болобу? Мен намазды таштап койомбу? - дейт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага минтет: Бул истихааза каны, бул ооруу себептүү жатындагы тамырлардын жарылуусунан улам чыккан кан, этек кирдин каны эмес, Сен истихаза канын көрө турган ооруу менен ооруй электеги, ай сайын этек кир келе турган адатыңдагы күндөр келген учурда намаз, орозо жана башка этек кири келген убакта аял киши аткарбай турган иштерди токтот. Бул мөөнөт өткөндөн кийин сен этек кирден тазаланган болосуң, анан кандын ордун жууп тазала, анан дааратсыздыкты кетирүү үчүн дене-башыңды толук жууп жуун, анан намаз окуй бер.</t>
+    <t>Фатима бинт Абу Хубайш пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) суроо сурап: Менден эч токтобой кан келип турат, атүгүл этек кир келбей турган убакта да токтобойт. Ушул учурлар да этек кир келген учурдун өкүмүндө болобу? Мен намазды таштап койомбу? - дейт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага минтет: Бул истихааза каны, бул ооруу себептүү жатындагы тамырлардын жарылуусунан улам чыккан кан, этек кирдин каны эмес, Сен истихаза канын көрө турган ооруу менен ооруй электеги, ай сайын этек кир келе турган адатыңдагы күндөр келген учурда намаз, орозо жана башка этек кири келген убакта аял киши аткарбай турган иштерди токтот. Бул мөөнөт өткөндөн кийин сен этек кирден тазаланган болосуң, анан кандын ордун жууп тазала, анан дааратсыздыкты кетирүү үчүн дене-башыңды толук жууп жуун, анан намаз окуй бер.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Аял кишиге этек кир көргөн күндөрү буткөндөн кийин жуунуу важыб.
-Истихаза канын көрүп жаткан аялдын намазды окуй берүүсү важыб.
+Истихаза канын көрүп жаткан аялдын намазды окуй берүүсү важиб.
 Айыз (этек кир): балакат жаш курагына жеткен аялзатынын  жатыны анын кыны аркылуу койо бере турган табигый кан. Бул кан белгилүү күндөрдө келет.
 Истихаза каны: Жатындын үстүнөн белгилүү бир мөөнөтү жок агып чыгуучу кан.
 Этек кир каны менен истихаза канынын айырмасы: этек кирдин каны карамтыл, коюу, анан жагымсыз жыты болот. Ал эми истихаза каны кызгылт, суюк, жагымсыз жыты болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3029</t>
   </si>
   <si>
     <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>Саптарда тегиз тургула. Анткени, саптын тегиздиги - намаздын толуктугунан болуп эсептелет</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Анас бин Малик (ага Аллах ыраазы болсун) айткан хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Саптарда тегиз тургула. Анткени, саптын тегиздиги - намаздын толуктугунан болуп эсептелет".</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намаз окуучуларды сапка тегиз турууга, бири-биринен алдыга же артка туруп албоого буйруган. Сапта тегиз туруу намаздын толук болуусуна өбөлгө. Саптын ийрилиги же бош орундун калуусу - намаздын кемчилиги.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>Намаздын толук болуусуна жана аны кемчиликтен сактоого кам көрүү шарияттын талабы.
 Таалим берүүдө пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) даанышмандыгы чоң. Ал дайыма өкүм айтканда анын себебин кошо айтчу. Муну ал шарияттын өкүмүн баяндоо үчүн жана адамдарды ошого кызыктыруу үчүн айтчу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3031</t>
   </si>
   <si>
     <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>Силердин бирөөңөр даарат алса, мурдуна суу алып, анан кайра чимкирсин. Аврет жерлерин тазаласа так санда тазаласын</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силердин бирөөңөр даарат алса, мурдуна суу алып, анан кайра чимкирсин. Аврет жерлерин тазаласа так санда тазаласын . Силерден бирөөңөр уйкудан ойгонуп турганда, даарат алчу сууна кол салбай туруп колун жууп алсын. Анткени, эч кимиңер колу кайда түнөп чыкканын билбейт". Муслимдин риваятында: "Силердин бирөөңөр уйкудан ойгонуп турганда, үч жолу жуумайынча колун идиштеги сууга сала койбосун. Анткени, ал колу кайда түнөгөнүн билбейт".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силердин бирөөңөр даарат алса, мурдуна суу алып, анан кайра чимкирсин. Аврет жерлерин тазаласа так санда тазаласын . Силерден бирөөңөр уйкудан ойгонуп турганда, даарат алчу сууна кол салбай туруп колун жууп алсын. Анткени, эч кимиңер колу кайда түнөп чыкканын билбейт". Муслимдин риваятында: "Силердин бирөөңөр уйкудан ойгонуп турганда, үч жолу жуумайынча колун идиштеги сууга сала койбосун. Анткени, ал колу кайда түнөгөнүн билбейт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) даараттын кээ бир өкүмдөрүн баяндаган, алар: Биринчиси: даарат алган кишиге мурдуна сууну тартуу, кийин кайра чимкирип чыгаруу зарыл. Экинчиси: заң чыккан жерин суу менен эмес, таш же ушул сыяктуу башка нерсе менен тазалаган адам так санда тазалайт. Анын азы үч, көбү чыккан нерсе жоголуп, ошол жай таза болгонго чейин. Үчүнчүсү: түнкү уйкудан турган киши колун идиштин сыртында үч жолу жуумайынча даарат алуу үчүн колун идиштеги сууга салбайт. Себеби, ал колу түндө кайсы жерде турганын билбейт. Ал ыплас болуп калуусу мүмкүн.  Ага шайтан үйлөп коюусу жана да инсанга зыяндуу же сууну булгай турган нерсени салып коюусу мүмкүн.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
-    <t>Дааратта истиншак кылуу важыб: ал мурунга абаны тартуунун жардамы менен суунун киргизүү.
-Ошондой эле истинсар кылуу да важыб: ал абанын жардамы менен мурундан суунун чыгаруу.
+    <t>Дааратта истиншак кылуу важиб: ал мурунга абаны тартуунун жардамы менен сууну киргизүү.
+Ошондой эле истинсар кылуу да важиб: ал абанын жардамы менен мурундан сууну чыгаруу.
 Истижмарды, б.а. тазаланууну так санда кылуу жакшы.
 Түнкү уйкудан турганда колду үч жолу жуу шарият кылынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3033</t>
   </si>
   <si>
     <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>Киши үйүнө киргенде, кирээрде жана тамак ичээрде Аллахтын атын атап эстесе, Шайтан (жан-жөкөрлөрүнө): Силерге мында түнөк да жок, тамак да жок - дейт</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Жабир бин Абдуллах (аларга Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Киши үйүнө киргенде, кирээрде жана тамак ичээрде Аллахтын атын атап эстесе, Шайтан (жан-жөкөрлөрүнө): Силерге мында түнөк да жок, тамак да жок - дейт . А эгер кирип, бирок кирээрде Аллахты эстебесе, шайтан: Түнөктү таптыңар - дейт. А эгер тамактанаарда да Аллахты эстебесе , шайтан: Тамакты да, түнөктү да таптыңар - дейт.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үйгө кирээрде жана тамак ичээрде Аллахты зикир кылууга буйруган. Эгер адам үйгө кирээрде, же тамактанаарда "Бисмиллаах" деп Аллахты эстесе, шайтан жан-жөкөрлөрүнө: Үйдүн ээси Аллахты зикир кылып силерден коргонгон бул үйдө, силерге түнөктүн да, тамактын да үлүшү жок - деп айтат. Ал эми киши үйүнө киргенде кирип баратып Аллахты зикир кылбаса жана тамактанаарда да зикир кылбаса, анда шайтан жан-жөкөрлөрүнө, алар бул үйдөн түнөк да, тамак да табууга жетишкенин кабарлайт.</t>
   </si>
@@ -1155,51 +1155,51 @@
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Бул раватиб намаздарды ар дайым окуп жүрүү жакшы көрүлгөн амалдардан.
 Сүннөт намаздарды үйдө окуу шариятка ылайык.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Бардык айтымдарынын ишенимдүүлүгүнө макулдашылган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3062</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) түндө турганда, оозун мисвак менен тазалайт эле</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
   </si>
   <si>
-    <t>Хузайфа (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) түндө турганда, оозун мисвак менен тазалайт эле.</t>
+    <t>Хузайфа (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) түндө турганда, оозун мисвак менен тазалайт эле.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мисвакты көп колдончу жана колдонууга буйручу. Мисвакты колдонууну кээ бир убактарга бекемдеп айтчу. Мисалы: түндө уйкудан турган учурда. Бул учурда өзү да мисвак менен оозун тазалачу.</t>
   </si>
   <si>
     <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
 تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
 مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
 التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
 السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
   </si>
   <si>
     <t>Уйкудан турганда оозду мисвак менен тазалоо зарыл. Анткени, уйкуда ооз жыттанып калат, ал эми мисвак аны жакшы тазалайт.
 Ушуга карай, ооз жыттанган учурдун баарында мисвак колдонуу шарияттын талабы.
 Негизи эле оозду таза кармоо шарияттын талабы. Бул пайгамбардын сүннөтү жана жакшы адеп.
 Мисвак менен оозду тазалоо тишке, тилге, тиштин мүлктөрүнө тиешелүү.
 Мисвак - Арак деп аталган дарактын тамырынан жасалат. Ал оозду жаман жыттан арылтууга, тишти тазалоого, оозго жакшы жыт берүү үчүн пайдаланат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3063</t>
   </si>
   <si>
@@ -1259,83 +1259,83 @@
 Андан кийин пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) даарат алып, бутун жубарга келгенде эки маасысына масх тартат. Маасы дегени - жука териден же башка ушул сыяктуу нерседен тигилген, буттун томугун жаап турган бут кийим. Ал экөөнү чечкен эмес.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
     <t>Маасыга масх тартуу шариятта бар.
 Заарадан эч нерсе чачырабай турган болсо, туруп заара кылууга уруксат.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) шыпырынды, топурак таштаган жерди тандаганы, ал жер жумшак болуп, заара кылган адамга заара чачырабайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3075</t>
   </si>
   <si>
     <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
     <t>Даарат ушатууга барганыңарда кыбалага жүздөнүп отурбагыла, артыңарды да салбагыла. Чыгышка же батышка жүздөнүп отургула</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
-    <t>Абу Айуб Ансари (ага Аллах ыраазы болсун) айтат: пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Даарат ушатууга барганыңарда кыбалага жүздөнүп отурбагыла, артыңарды да салбагыла. Чыгышка же батышка жүздөнүп отургула". Абу Айуб айтат: Биз Шам тарапка барганда ал жакта даараткананы кыбылага каратып салынган экен, биз бурулуп отуруп, анан Аллахтан кечирим айтып жүрдүк.</t>
+    <t>Абу Айуб Ансари (Аллах андан ыраазы болсун) айтат: пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Даарат ушатууга барганыңарда кыбалага жүздөнүп отурбагыла, артыңарды да салбагыла. Чыгышка же батышка жүздөнүп отургула". Абу Айуб айтат: Биз Шам тарапка барганда ал жакта даараткананы кыбылага каратып салынган экен, биз бурулуп отуруп, анан Аллахтан кечирим айтып жүрдүк.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) заара кылганы же заңдаганы даарат ушатууга барган адамды кыбылага, Кааба тарапка карап отуруудан жана ал жакка артын салып отуруудан тыйган. Тескерисинче, күн чыгышка же батышка бурулуп отурууга буйруган. Бул кыбыласы Мадинанын кыбыласы сыяктуу болгон жерлерге тиешелүү. Анан Абу Айуб (ага Аллах ыраазы болсун) алар Шамга барганда, атайын даарат ушатуу үчүн курулган дааратканалар кыбыла тарапка карап курулганын көргөнүн айтат. Ошондо алар башка бир тарапка бурулуп отуруп жүрүшкөнүн, ошого карабай Аллахтан кечирим тилеп жүрүшкөнүн айтат.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) заара кылганы же заңдаганы даарат ушатууга барган адамды кыбылага, Кааба тарапка карап отуруудан жана ал жакка артын салып отуруудан тыйган. Тескерисинче, күн чыгышка же батышка бурулуп отурууга буйруган. Бул кыбыласы Мединанын кыбыласы сыяктуу болгон жерлерге тиешелүү. Анан Абу Айуб (Аллах андан ыраазы болсун) алар Шамга барганда, атайын даарат ушатуу үчүн курулган дааратканалар кыбыла тарапка карап курулганын көргөнүн айтат. Ошондо алар башка бир тарапка бурулуп отуруп жүрүшкөнүн, ошого карабай Аллахтан кечирим тилеп жүрүшкөнүн айтат.</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>Мунун негизги сыры ыйык Каабаны улуктоо жана урматтоо.
 Даарат ушатып чыккандан кийин истигфар айтуу керек.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) таалиминин өзгөчөлүгүн байкайбыз. Ал бир нерсеге тыюу салса, тыюу салынбаган жолун кошо айтчу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3078</t>
   </si>
   <si>
     <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
     <t>Эч кимиңер заара кылганда мүчөсүн оң колу менен кармабасын. Даарат ушатканда оң колу менен тазалабасын. Ичкенде идиштин ичине демин чыгарбасын</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
-    <t>Абу Катада (ага Аллах ыраазы болсун) айат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эч кимиңер заара кылганда мүчөсүн оң колу менен кармабасын. Даарат ушатканда оң колу менен тазалабасын. Ичкенде идиштин ичине демин чыгарбасын".</t>
+    <t>Абу Катада (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эч кимиңер заара кылганда мүчөсүн оң колу менен кармабасын. Даарат ушатканда оң колу менен тазалабасын. Ичкенде идиштин ичине демин чыгарбасын".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кээ бир адептерди баяндаган; заара кылган учурда мүчөсүн оң кол менен кармоодон тыйды. Алды жагын, арты жагын оң кол менен тазалоодон тыйды. Анткени, оң кол жакшы иштерди кылууга дайындалган. Ошондой эле суусундук ичкен идиштин ичине демин чыгаруудан тыйган.</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>Ислам дининин адепте жана тазалыкта алда канча алдында экендиги баяндалды.
 Ыплас нерселерден этият болуу керек. Эгер тазалоо зарылдыгы болсо, сол кол менен тазалоо керек.
 Оң тараптын шарапаттуулугу жана сол тараптан артыкчылыгы бар экени айтылган.
 Ислам шариятынын толуктугу жана анын таалим-тарбиясынын ар тараптуулугу айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3079</t>
   </si>
   <si>
     <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
@@ -1430,208 +1430,208 @@
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, тамак келгенде намаз окуудан тыйган. Анткени намаз окуп жаткан адам тамакты эңсеп, жүрөгү ага байланып калат.
 Ошол сыяктуу эле Аллахтын Элчиси, саллаллаху алейхи уа саллам, эки нажасты; чоң заара жана кичи заара келген абалда намаз окуудан тыйган. Анткени андай учурда намаз окуучу дааратын кармоо менен алек болуп калат.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Намаз окуучу намазын баштаардан алдын намаз учурунда аны алаксыта турган нерселердин баарын алып салышы керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3088</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды баштаганда эки колун эки ийининин тушуна чейин көтөрчү</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
-    <t>Ибн Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды баштаганда эки колун эки ийининин тушуна чейин көтөрчү.  Рүкү кылуу үчүн такбир айтканда, рүкүдөн башын өйдө кылганда эки колун ошондой көтөрчү. Анан: "Самиъа Аллаху лиман хамидах, роббанаа лакал хамду" деп айтчу. Саждада мындай кылчу эмес.</t>
+    <t>Ибн Умар (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды баштаганда эки колун эки ийининин тушуна чейин көтөрчү.  Рүкү кылуу үчүн такбир айтканда, рүкүдөн башын өйдө кылганда эки колун ошондой көтөрчү. Анан: "Самиъа Аллаху лиман хамидах, роббанаа лакал хамду" деп айтчу. Саждада мындай кылчу эмес.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намазда үч учурда колун ийин тушуна чейин: далы менен акырек сөөгүнүн тушуна чейин көтөргөн.
-Биринчи учур: намазды баштагандагы биринчи такбирде
-Экинчиси: рүкүгө эңкейгендеги такбирде
+Биринчи учур: намазды баштагандагы биринчи такбирде.
+Экинчиси: рүкүгө эңкейгендеги такбирде.
 Үчүнчүсү: рүкүдөн башын көтөргөндө. Ушул учурда: Самиъа Аллаху лиман хамидах, роббанаа ва лакал хамд деп айткан.
 Сажда кыларда да, саждадан өйдө болордо да колун көтөргөн эмес.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Намазда колун көтөрүүнүн сыры - намазга кооздук жана Аллах Тааланы улуктоо.
 Мындан сырткары Абу Хумайд ас-Саъидинин Абу Дауд ж.б. айтылган хадисинде пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) дагы бир учурда колун көтөргөнү айтылган. Бул үч жана төрт ирекеттүү намаздарда биринчи ташахуддан турган учур.
-Дагы пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) колдорун кулак түшуна чейин көтөргөнү бирок кулагына тийгизбегени айтылган. Маалик бин Хувайристин эки ишенимдүү хадистер топтомунда айтылган хадисинде: "Аллахтын элчиси (Аллаху Акбар деп) такбир айтканда эки колун кулактарынын тушуна чейин көтөргөн" деп айтылат.
+Дагы пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) колдорун кулак тушуна чейин көтөргөнү бирок кулагына тийгизбегени айтылган. Маалик бин Хувайристин эки ишенимдүү хадистер топтомунда айтылган хадисинде: "Аллахтын элчиси (Аллаху Акбар деп) такбир айтканда эки колун кулактарынын тушуна чейин көтөргөн" деп айтылат.
 Самиъа Аллаху лиман хамидах деп айтуу имамга анан өзү жалгыз намаз окуган кишиге тиешелүү. Ал эми имамга уюган киши: Роббана ва лакал хамду деп айтат.
-Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) айтылган "Роббана ва лакал хамду" деген сөз төрт түрдө айтылат. Бири ушул. Жакшысы бул дубаны жана башкасын билип билип, кээде бирин, кээде башкасын айтып туруу керек.</t>
+Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) айтылган "Роббана ва лакал хамду" деген сөз төрт түрдө айтылат. Бири ушул. Жакшысы бул дубаны жана башкасын билип, кээде бирин, кээде башкасын айтып туруу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3095</t>
   </si>
   <si>
     <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менин алаканымды эки алаканын ортосуна кармап, ташахудду мага куду Курандын сүрөлөрүн үйрөткөндөй үйрөттү</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
-    <t>Ибн Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менин алаканымды эки алаканын ортосуна кармап, ташахудду мага куду Курандын сүрөлөрүн үйрөткөндөй үйрөттү : "Саламдар, намаздар, жакшы сөздөр жана жакшы иш-аракеттер Аллахка таандык. (Аллахтын) тынчтыгы, ырайымы жана берекеси сага болсун, о, пайгамбар. Бизге да, Аллахтын салих пенделерине да Аллахтын тынчтыгы болсун. Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси" деп күбөлүк берем". Хадистин башка бир версиясында: "Чындыгында Аллах - бардык айып-кемчиликтерден  Таза. Качан силердин бириңер намазда отурганда минтип айтсын: "Саламдар, намаздар, жакшы сөздөр жана жакшы иш-аракеттер Аллахка таандык. (Аллахтын) тынчтыгы, ырайымы жана берекеси сага болсун, о, пайгамбар. Бизге да, Аллахтын салих пенделерине да Аллахтын тынчтыгы болсун".  Ушуну айтса, Аллахтын асман-жердеги бардык кулдарына жетет. "Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси" деп, андан кийин каалагандай дуба кылууга ыктыярдуу".</t>
+    <t>Ибн Масъуд (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менин алаканымды эки алаканын ортосуна кармап, ташахудду мага куду Курандын сүрөлөрүн үйрөткөндөй үйрөттү : "Саламдар, намаздар, жакшы сөздөр жана жакшы иш-аракеттер Аллахка таандык. (Аллахтын) тынчтыгы, ырайымы жана берекеси сага болсун, о, пайгамбар. Бизге да, Аллахтын салих пенделерине да Аллахтын тынчтыгы болсун. Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси" деп күбөлүк берем". Хадистин башка бир версиясында: "Чындыгында Аллах - бардык айып-кемчиликтерден  Таза. Качан силердин бириңер намазда отурганда минтип айтсын: "Саламдар, намаздар, жакшы сөздөр жана жакшы иш-аракеттер Аллахка таандык. (Аллахтын) тынчтыгы, ырайымы жана берекеси сага болсун, о, пайгамбар. Бизге да, Аллахтын салих пенделерине да Аллахтын тынчтыгы болсун".  Ушуну айтса, Аллахтын асман-жердеги бардык кулдарына жетет. "Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси" деп, андан кийин каалагандай дуба кылууга ыктыярдуу".</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
 أي أُقِرُّ إقرارًا جازمًا به بأنه لا معبود حق إلا الله. 
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Абдуллах бин Масъудга (ага Аллах ыраазы болсун) намазда айтыла турган ташахудду үйрөттү. Ибн Масъуддун көңүлүн буруу үчүн анын колун кармады. Курандын кайсы бир сүрөсүн үйрөткөндөй үйрөткөнү,  пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) бул ташахуддун маанисине  да, айтылышына да  зор маани бергенине далил. Анан ал мындай деди: "Аттахияту лиллаах": Бул, улуктукту билдирген бардык иштер жана сөздөр, булардын баары Аллах Таалага ылайык деген маани. "Ас-Солаваату": Бул, белгилүү болгон парз жана напил намаздар Аллах үчун деген маани. "Ат-Тоййибаат": Бул, толуктукту билдирген сөздөр, иштер, сыпаттар баары Аллахка ылайык деген маани. "Ас-Салааму алайка аййухан-Набиййу ва рахматуллохи ва баркатух". Ага (пайгамбарга) апаат жана жамандыктардан саламаттыкты тилеп жана ага бардык жакшылыктын көбөйүп, мол болуусун суранып дуба кылуу. "Ас-Салааму алайнаа ва ъалаа ъибаадиллаахис-Соолихиийн": Намаз окуучуга жана асман-жердеги бардык салих пенделерге саламаттык тилеген дуба. "Ашхаду аллаа илааха ил-лаллооху": Аллахтан башка ибадатка татыктуу жок деп тастыктаймын. "Ва анна Мухаммадан ъабдуху ва расуулуху": Анын (пайгамбардын) пенде жана акыркы элчи экендигин тастыктаймын.
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Абдуллах бин Масъудга (Аллах андан ыраазы болсун) намазда айтыла турган ташахудду үйрөттү. Ибн Масъуддун көңүлүн буруу үчүн анын колун кармады. Курандын кайсы бир сүрөсүн үйрөткөндөй үйрөткөнү,  пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) бул ташахуддун маанисине  да, айтылышына да  зор маани бергенине далил. Анан ал мындай деди: "Аттахияту лиллаах": Бул, улуктукту билдирген бардык иштер жана сөздөр, булардын баары Аллах Таалага ылайык деген маани. "Ас-Солаваату": Бул, белгилүү болгон парз жана напил намаздар Аллах үчүн деген маани. "Ат-Тоййибаат": Бул, толуктукту билдирген сөздөр, иштер, сыпаттар баары Аллахка ылайык деген маани. "Ас-Салааму алайка аййухан-Набиййу ва рахматуллохи ва баркатух". Ага (пайгамбарга) апаат жана жамандыктардан саламаттыкты тилеп жана ага бардык жакшылыктын көбөйүп, мол болуусун суранып дуба кылуу. "Ас-Салааму алайнаа ва ъалаа ъибаадиллаахис-Соолихиийн": Намаз окуучуга жана асман-жердеги бардык салих пенделерге саламаттык тилеген дуба. "Ашхаду аллаа илааха ил-лаллооху": Аллахтан башка ибадатка татыктуу жок деп тастыктаймын. "Ва анна Мухаммадан ъабдуху ва расуулуху": Анын (пайгамбардын) пенде жана акыркы элчи экендигин тастыктаймын.
 Муну айткандан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намаз окуучуну каалаган дубасын кылууга үндөдү.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Бул ташахудду айта турган учур бардык намаздардын акыркы саждасынан кийинки отуруш жана үч, төрт ирекеттүү намаздардын экинчи ирекетинен кийинки отуруш.
-Ташахудда ат-тахияуну окуу важыб, пайгамбарыбыздан (ага Аллах ыраазы болсун) айтылган ташахуддун кайсы айтылышы болсо да айта берсе жайыз.
+Ташахудда ат-тахияуну окуу важиб, пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) айтылган ташахуддун кайсы айтылышы болсо да айта берсе жайыз.
 Намазда өзүнө жаккан, бирок күнөө эмес нерсени дуба кылуу жайыз.
 Дуба кылганда биринчи өзүнөн баштаган жакшы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3096</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>Аллахым, кабыр азабынан, тозок азабынан, жашоонун жана өлүм фитна-бүлгүнүнөн жана масих Дажжалдын фитна-бүлгүнүнөн сактоону Өзүңдөн суранам</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) дуба кылып, минтип айтаар эле: "Аллахым, кабыр азабынан, тозок азабынан, жашоонун жана өлүм фитна-бүлгүнүнөн жана масих Дажжалдын фитна-бүлгүнүнөн сактоону Өзүңдөн суранам ". Муслимдин риваятында: "Акыркы ташаудду окугандан кийин төрт нерседен сактоону Аллахтан сурангыла: тозоктун азабынан, кабырдын азабынан, жашоонун жана өлүм фитна-бүлгүнүнөн, масих Дажжалдын жамандыгынан" деп келген.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) дуба кылып, минтип айтаар эле: "Аллахым, кабыр азабынан, тозок азабынан, жашоонун жана өлүм фитна-бүлгүнүнөн жана масих Дажжалдын фитна-бүлгүнүнөн сактоону Өзүңдөн суранам ". Муслимдин риваятында: "Акыркы ташаххудду окугандан кийин төрт нерседен сактоону Аллахтан сурангыла: тозоктун азабынан, кабырдын азабынан, жашоонун жана өлүм фитна-бүлгүнүнөн, масих Дажжалдын жамандыгынан" деп келген.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
-    <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазда акыркы ташахуддан кийин, салам берүүдөн мурда төрт нерседен сактоосун Аллахтан суранат эле жана бизди да ушул нерселерден сактоону Аллахтан суранууга буйруган.
-Биринчи: Мурзөдөгү азаптан.
+    <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазда акыркы ташаххуддан кийин, салам берүүдөн мурда төрт нерседен сактоосун Аллахтан суранат эле жана бизди да ушул нерселерден сактоону Аллахтан суранууга буйруган.
+Биринчи: Мүрзөдөгү азаптан.
 Экинчи: тозоктогу азаптан, бул кыямат күнүнө тиешелүү.
 Үчүнчү: тирүүлөрдүн фитна, азгырыгынан, тыюу салынган дүйнөлүк ышкы кумарлардан жана дүйнөнүн адаштыруучу шек-күмөндүү иштеринен. Ошондой өлүм фитнасынан, т.а. өлүм саатынан, ислам же сүннөттөн четтеп (өлүп)  кетүүдөн, эки периштенин сурагы сыктуу мүрзөдөгү сыноолордон.
 Төртүнчү: акыр заманда чыга турган масих Дажжалдын фитна, азгырыгынан. Аллах ал аркылуу пенделерин сынайт. Анын жеке өзүн зикир кылып айтканы, анын фитнасы жана адаштыруусу коркунучтуу болгондугу үчүн.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Бул сактануу сөздөрү дубанын эң зарылы жана толугу. Анткени, бул сөздөр дүйнөнүн да, акыреттин да жамандыктарынан сактоону өз ичине камтыйт.
 Кабыр азыбынын бардыгына далил, кабыр азабынын болору ак.
-Фитнанын коркунучтуулугу, андан кутулуу үчүн Аллах дуба кылуу, Андан жардам тилөө зарыл.
+Фитнанын коркунучтуулугу, андан кутулуу үчүн Аллахка дуба кылуу, Андан жардам тилөө зарыл.
 Дажжалдын чыгуусу жана анын фитна-азгырыгынын күчтүүлүгү.
 Бул дубаны акыркы ташахуддан кийин айтуу жакшы.
 Ийги иш-амалдардын артынан дуба кылуу жакшы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3103</t>
   </si>
   <si>
     <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>Аллахумма баъид байни ва байна хотойайа камаа баъадта байнал машрики вал магриб,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) такбир айтып намазга киргенден кийин (Фатиханы) окуганга чейин бир саамга унчукпай турчу. Ошондо мен: О, Аллахтын элчиси, ата-энем сага курман болсун, такбир менен кырааттын ортосунда унчукпай турдуңуз, ал учурда эмнени окуйсуз? - деп сурадым. Ал: " Аллахумма баъид байни ва байна хотойайа камаа баъадта байнал машрики вал магриб, Аллахумма наккини мин хотойайа камаа йунаккас савбул абйазу минад-данаси, Аллахуммаг силнии мин хотойайа бис-салжи вал-мааи вал-баради" деп айтамын" - деди.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) такбир айтып намазга киргенден кийин (Фатиханы) окуганга чейин бир саамга унчукпай турчу. Ошондо мен: О, Аллахтын элчиси, ата-энем сага курман болсун, такбир менен кырааттын ортосунда унчукпай турдуңуз, ал учурда эмнени окуйсуз? - деп сурадым. Ал: " Аллахумма баъид байни ва байна хотойайа камаа баъадта байнал машрики вал магриб, Аллахумма наккини мин хотойайа камаа йунаккас савбул абйазу минад-данаси, Аллахуммаг силнии мин хотойайа бис-салжи вал-мааи вал-баради" деп айтамын" - деди.</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) такбир айтып намазга киришкенден кийин фатиханы окуганга чейин бир азга унчукпай туруп калчу. Б.а. намазды кайсы бир дубаны окуп баштачу. Анын окуган дубасы мындай эле: О, Аллах! Мен менен менин каталарымдын арасын батыш менен чыгыштын арасын узак кылгандай узак кыл! О, Аллах! Ак кийим кирден таза болгондой мени да каталарымдан тазарта көр! О, Аллах! Менин каталарымды кар, суу жана шүүдүрүм менен жуба көр! Ал күнөө кылбастыгы үчүн күнөөлөрү менен анын ортосун чыгыш менен батыш бири-бирине жолуга албагандай эч жолуга албай турган алыс кылгын деп дуба кылган. Кокус ага жолугуп калса б.а. күнөө кылып калса, анда аны ак кийимдин кирин кетирип тазалагандай таптаза кылуусун, күнөөсүн эң жакшы муздак тазалоочу суу, кар жана шүүдүрүм менен тазалагандай тазалап анын табын жана ысыгын кетирүүсүн суранып дуба кылган.</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>Намаз жарыя окулчу намаз болсо да, намазга киришкенде айтылчу бул дуба купуя окулат.
-Сахабалар пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бири кыймылына жана унчукпай турганына кызыгып, ошол учурда эмне деп жатканын билүүгө кызыктар болушкан.
+Сахабалар пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир кыймылына жана унчукпай турганына кызыгып, ошол учурда эмне деп жатканын билүүгө кызыктар болушкан.
 Намазды баштоо дубасынын башкача айтылгандары да бар. Жакшысы, анык пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айткан бул дубалардын баарын билип, кээде бирин, кээде башкасын айтып жүрүүсү керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3104</t>
   </si>
   <si>
     <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>Эгер жаныңдагы адамга жума күнү имам кутба айтып жаткан маалда: "Тынчтанып ук» - десең да, анда куру сөз сүйлөгөн болосуң</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Эгер жаныңдагы адамга жума күнү имам кутба айтып жаткан маалда: "Тынчтанып ук» - десең да, анда куру сөз сүйлөгөн болосуң".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, жума хутбасына келгендер үчүн жума хутбасындагы важиб адептердин бири хутбаны түшүнүү үчүн тынч олтуруп угуу экенин баяндап жатат. Кимде-ким имам хутба айтып жатканда кыска болсо да сүйлөп, башкага: "Тынч бол, ук" - десе, анда жума намазынын пазилетинен куру калган болот.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
@@ -1861,114 +1861,114 @@
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтан коркуп, Ага катуу берилип жалбарган жана үммөтүн да ушундай жалбарып дуба кылууга чакырган.
 Динде туруктуу жана бекем болуу зарыл, анткени натыйжа эң акыркы амалдарга тиешелүү болот.
 Аллах колдоп, туруктуу кармап турбаса, пенде Исламда көз ирмемчелик да тура албайт.
 Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана макоосу болсун) өрнөк алып, жогорудагы дубаны көп айтышыбыз керек.
 Динде бекем болуп, туруктуу жүрүү - бул Аллахтын пендесине берген чоң нээмат жакышылыгы. Бул үчүн пенде Аллахка шүгүр кылып, алкыш-мактоо айтууга тийиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3142</t>
   </si>
   <si>
     <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>Эгерде бирөөңөрдүн идишине ит башын салса, ал идишти жети жолу жууп тазаласын</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде бирөөңөрдүн идишине ит башын салса, ал идишти жети жолу жууп тазаласын".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде бирөөңөрдүн идишине ит башын салса, ал идишти жети жолу жууп тазаласын".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ит жалаган идишти жети жолу жууп тазалоого буйруган. Жетинин биринчисинде идишти топурак менен тазалап алуу керек. Андан кийин суу менен жууса ыплас, зыяндуу микробдордон тазаланат.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>Иттин шилекейи оор нажас (өтө ыплас).
 Ит жалаган идиш да, андагы суу да ыплас болот.
 Топурак менен тазалап, анан жети жолу жуу иттин шилекейи тийген нерсеге тиешелүү. Анын тезегине, сийдигине ж.б. булганычтарына эмес.
 Идишти топурак менен тазалоо мындай таризде болот: алгач идишке топуракты салат, анан анын үстүнө бир аз суу куюп, эзилген ылай менен идишти ышкап жууйт.
 Хадисте айтылган өкүм бардык иттерге тиешелүү. Шариятта аңчылык кылууга, кароолчулукка жана кайтаруучулук үчүн багууга уруксат берилген иттерге да тиешелүү.
 Самын ж.б. идиш жуучу каражаттар топурактын ордуна өтпөйт. Анткени, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) топурак деп баса белгилеп айткан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3143</t>
   </si>
   <si>
     <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>Беш нерсе бул адамдын табияттык тазалыгынан. Алар: сүннөткө отургузуу, уяттуу жерлердеги түктөрдү кыруу, мурутту кыскартуу, тырмактарды алуу жана колтуктун түктөрүн жулуу</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте ал айтты: Мен Пайгамбар, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: Беш нерсе бул адамдын табияттык тазалыгынан. Алар: сүннөткө отургузуу, уяттуу жерлердеги түктөрдү кыруу, мурутту кыскартуу, тырмактарды алуу жана колтуктун түктөрүн жулуу.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте ал айтты: Мен Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: Беш нерсе бул адамдын табияттык тазалыгынан. Алар: сүннөткө отургузуу, уяттуу жерлердеги түктөрдү кыруу, мурутту кыскартуу, тырмактарды алуу жана колтуктун түктөрүн жулуу.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Ислам дининдеги беш сыпатты жана элчилердин сүннөттөрүн баяндады.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Ислам дининдеги беш сыпатты жана элчилердин сүннөттөрүн баяндады.
 Биринчиси: сүннөткө отургузуу. Бул балдардын жыныс мүчөсүнүн баш жагындагы ашыкча терисин жана кыздардын жыныс мүчөсүнүн кынынан жогору жагынан кесип алуу.
 Экинчиси: жыныс мүчөлөрдүн айланасындагы түктөрдү кыруу.
 Үчүнчүсү: мурутту кыскартуу. Эрин көрүнгүдөй кылып эркектин үстүнкү эрининен жогорунда өскөн мурутту кыскартып алуу.
 Төртүнчүсү: тырмактарды алуу.
 Бешинчи: колтуктагы түктөрдү жулуу.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Аллах сүйгөн, ыраазы болгон жана буйруган пайгамбарлардын сүннөттөрү кемчиликсиздикке, тазалыкка жана сулуулукка чакырат.
-Бул нерселердин келишиминин шарияттагы мыйзамдуулугу жана аларды көз жаздымда калтырбоо.
+Бул нерселерге ар дайым көңүл буруу шарияттын талабы жана аларды көз жаздымда калтырбоо.
 Бул сыпаттардын диний жана дүнүйөлүк пайдалары бар, алар: сырткы көрүнүштү жакшыртуу, денени тазалоо, тазалыкка чараларды көрүү, каапырларга каршы болуу жана Аллахтын буйругуна моюн сунуу.
 Бул беш сыпаттан башка адамдын табиятындагы кошумча сыпаттар башка хадистерде да айтылган. Мисалы: сакал коюу, тишти мисвак менен тазалоо ж.б. сыпаттар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3144</t>
   </si>
   <si>
     <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
   </si>
   <si>
     <t>Лаа илаха иллаллааху, чоң жамандык жакындап келе жаткан араптардын шору курусун. Бүгүн Йажуж менен Мажуждун тосмосунун ушунча жери ачылды</t>
   </si>
   <si>
     <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
   </si>
   <si>
     <t>Зайнап бинт Жахш (аларга Аллах ыраазы болсун) айтат: Бир жолу Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чочулагандай түрү менен кирип келип мындай деди: "Лаа илаха иллаллааху, чоң жамандык жакындап келе жаткан араптардын шору курусун. Бүгүн Йажуж менен Мажуждун тосмосунун ушунча жери ачылды"  деп, сөөмөйүн баш бармагы менен бириктирип эки манжасынын ортосундагы кичине жылчыкты көрсөттү. Зайнаб бинт Жахш айтат: "Мен ага мындай дедим: "О, Аллахтын элчиси, биздин арабызда салих адамдар болсо деле кыйроого учурашыбыз мүмкүнбү?" Ал: "Ооба, эгер бузуку иштер күнөөлөр көбөйүп кетсе" - деди.</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
 ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
 فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
 فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
   </si>
   <si>
@@ -1979,51 +1979,51 @@
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>Чочулоо, тынчсыздануу ыймандуу адамды Аллахты зикир кылуудан алагды кылбайт. Анткени, Аллахты эстөө менен жүрөктөр тынчтанат.
 Күнөө иштерден кайтарып, аны аткарууга жол бербөө керек.
 Эгерде күнөө иштер көбөйүп жайылып кетсе жана андан тыйган адам болбосо, эл арасында саалих адамдар көп болгонуна карабай, Аллах Тааланын азабы жалпы элге бирдей түшөт.
 Башка түшкөн балээлер саалихтерге да, бузуктарга да бирдей келет, бирок кыяматта тирилгенде ар кимиси ниетине жараша тирилет.
 Хадисте "араптарга вайл болсун" деп, араптарды гана айтканы, ал учурда динди кабылдаган элдин эң көбү араптар болгону үчүн. Негизи бул хадис жалпы адамзатка тиешелүү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3145</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатканага кирээрде: "Аллахым, жиндердин эркек, ургаачысынын жамандыгынан сактоону Өзүңдөн тилейм" деп айтчу</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатканага кирээрде: "Аллахым, жиндердин эркек, ургаачысынын жамандыгынан сактоону Өзүңдөн тилейм" деп айтчу.</t>
+    <t>Анас (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатканага кирээрде: "Аллахым, жиндердин эркек, ургаачысынын жамандыгынан сактоону Өзүңдөн тилейм" деп айтчу.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) заара же заңдоо үчүн ажетин өтөй турган жерге кирүүнү каалаганда, Аллахтан коргоо тилөөчү жана шайтандын эркек жана ургаачысынын жамандыгынан сактагын деп Ага сүйөнчү. Ал-Хубс вал-Хабааис деген сөздөр, жамандык жана ыпластык деп да чечмеленет.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Ажатканага кирээрде ушул дубаны айтуу жакшы.
 Бардык калайык-макулуктар ар кандай абалда аларга зыян тийгизүүчү же ыза берүүчү нерседен сактанууда Раббисине муктаж.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3150</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) көшөгөнүн артындагы бойго жеткен кыздан да уялчаак эле. Эгерде кайсы бир нерсени жактырбаса, жүзүнөн байкайт элек</t>
   </si>
@@ -2180,51 +2180,51 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) саждага жыгылган учурда эки колун эки тарабына  канат сыяктуу жайып сажда кылгандыктан, анын колтугунун териси көрүнчү. Саждада эки чыканакты эки жагына кенен жайып, денеден көбүрөөк алыстатуу керек.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Сажданы ушундай абалда, эки чыканакты денеден алысыраак ажыратып аткаруу керек.
 Ал эми имамга уюган адам эки жанындагы адамга зыян тийгизиши мүмкүн болгондуктан, ага мындай кылуу шариятта айтылган эмес.
 Саждага жыгылууда көп пайда, сырлар бар, анын бири: намаздагы сергектикти жана кызыгууну көрсөтүү. Анткени, саждада канча мүчө жерге тийсе, анын баары ибадаттагы өз акысын алат. Сажданын негизги сыры - кичипейилдикти көрсөтүү деп да айтылат. Ошондой эле бешене жана мурунду жерге жеткире тийгизет, ар бир мүчөнү өз-өзүнчө ажыратат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3220</t>
   </si>
   <si>
     <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
   </si>
   <si>
     <t>Аллахтын пендеге эң жакын боло турган учуру - түндүн акыркы бөлүгү</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
-    <t>Абу Умама айтат: Мага Амр бин Абаса (ага Аллах ыраазы болсун) Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) укканын минтип айтты: "Аллахтын пендеге эң жакын боло турган учуру - түндүн акыркы бөлүгү.  Эгер колуңдан келсе, ошол убакта Аллахты зикир кылуучулардан бол"</t>
+    <t>Абу Умама айтат: Мага Амр бин Абаса (Аллах андан ыраазы болсун) Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) укканын минтип айтты: "Аллахтын пендеге эң жакын боло турган учуру - түндүн акыркы бөлүгү.  Эгер колуңдан келсе, ошол убакта Аллахты зикир кылуучулардан бол"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: түндүн акыркы үчүнчү бөлүгүндө Аллах Таала пендеге эң жакын болгон учуру. О, ыймандуу пенде, эгер ушул убакта намаз окуп, зикир чалып, тообо кылуучу адамдардын катарында болууга чамаң жетип, колуңдан келип турса, анда бул убакты текке кетирбей, аны пайдаланып калууга тырыш.</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>Түндүн акыркы бөлүгүндө зикир кылуу зарыл.
 Зикир, дуба жана намаз ибадаттары аткарыла турган артыкчылыктуу убактар бар.
 Муайрик минтип айткан: "Аллах пендеге эң жакын болгон учур" деген хадис менен "Пенде Раббисине эң жакын болгон учур анын сажда кылган учуру" деген хадистин бири-биринен айырмасы мындай: биринчисинде Аллах Тааланын пендеге эң жакын боло турган убакыт жөнүндө айтылган. Бул убакыт түндүн акыркы бөлүгү. Ал эми экинчисинде пенденин Аллахка жакын боло турган абалы тууралуу айтылган. Бул абал пенденин саждадагы абалы.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи жана ан-Насааи жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3236</t>
@@ -2397,108 +2397,108 @@
 Үчүнчү: анан ошол колун жерге уруп, ары-бери сүрүп, анан колун суу менен тазалап жууйт.
 Төртүнчү: оозун жууйт; оозун толтура суу алып, оозун чайкап, тамагына чейин жеткирип кайра түкүрөт. Анан мурдун жууйт; мурдуна суу тартып кайра чыгарат.
 Бешинчи: бетин жана колдорун чыканактарына чейин жууйт.
 Алтынчы: башына суу куят.
 Жетинчи: жалпы денесине суу куят.
 Сегизинчи: ордунан жылып, анан буттарын жууйт.
 Маймуна энебиз ага арчынганга чачык алып келет. Бирок аны менен арчынбай, денесиндеги сууну колу менен сыдырып кургатат.</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>Үммөтүнө таалим сабак болуусу үчүн пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) аялдары анын жашоосун майда-чүйдөсүнө чейин сыпаттап берүүгө аракет кылышкан.
 Жуунуунун жогорудагыдай сыпаты пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жунуб болгондон кийинки толук жуунганынын бир көрүнүшү. Ал эми жалпы денеге суу жеткирип, ооз менен мурунду жууп коюу деле жуунууга өтө берет.
 Жуунгандан кийин же даарат алгандан кийин чачык менен арчынуу же аарчынбоо адамдын эркиндеги мубах иш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3310</t>
   </si>
   <si>
     <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
-    <t>Усман ибну Аффан, радыяллаху анхунун, кулу Хумрон айтат: “Усман ибну Аффан, радыяллаху анху, даарат алганга суу алдырды да идиштеги суудан эки колуна куюп, колдорун үч жолу жууду. Андан кийин оң колу менен идиштен суу алып оозу менен мурдун чайкады. Андан соң бетин үч жолу жана колдорун чыканакка чейин үч жолу жууду. Андан кийин башына масх тартты да эки бутун үч жолудан жууду. Анан мындай деп айтты: “Мына мен ушундай даарат алганымдай Пайгамбар, саллаллаху алейхи уа салламдын, даарат алып жатканын көрдүм”. Анан айтты: “Ким менин даарат алганымдай даарат алып,  эч нерсени сүйлөбөй эки рекет намаз окуса, Аллах таала анын өткөн күнөөлөрүн кечирет”.*@</t>
+    <t>Усман ибну Аффандын (Аллах андан ыраазы болсун) кулу Хумрон айтат: “Усман ибну Аффан (Аллах андан ыраазы болсун) даарат алганга суу алдырды да идиштеги суудан эки колуна куюп, колдорун үч жолу жууду. Андан кийин оң колу менен идиштен суу алып оозу менен мурдун чайкады. Андан соң бетин үч жолу жана колдорун чыканакка чейин үч жолу жууду. Андан кийин башына масх тартты да эки бутун үч жолудан жууду. Анан мындай деп айтты: “Мына мен ушундай даарат алганымдай Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) даарат алып жатканын көрдүм”. Анан айтты: “Ким менин даарат алганымдай даарат алып,  эч нерсени сүйлөбөй эки рекет намаз окуса, Аллах Таала анын өткөн күнөөлөрүн кечирет”.*@</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
-    <t>Усман ибну Аффан, радыяллаху анхунун, кулу Хумрон айтат: “Усман ибну Аффан, радыяллаху анху, даарат алганга суу алдырды да идиштеги суудан эки колуна куюп, колдорун үч жолу жууду. Андан кийин оң колу менен идиштен суу алып оозу менен мурдун чайкады. Андан соң бетин үч жолу жана колдорун чыканакка чейин үч жолу жууду. Андан кийин башына масх тартты да эки бутун үч жолудан жууду. Анан мындай деп айтты: “Мына мен ушундай даарат алганымдай Пайгамбар, саллаллаху алейхи уа салламдын, даарат алып жатканын көрдүм”. Анан айтты: “Ким менин даарат алганымдай даарат алып,  эч нерсени сүйлөбөй эки рекет намаз окуса, Аллах таала анын өткөн күнөөлөрүн кечирет”.</t>
+    <t>Усман ибну Аффандын (Аллах андан ыраазы болсун) кулу Хумрон айтат: “Усман ибну Аффан (Аллах андан ыраазы болсун) даарат алганга суу алдырды да идиштеги суудан эки колуна куюп, колдорун үч жолу жууду. Андан кийин оң колу менен идиштен суу алып оозу менен мурдун чайкады. Андан соң бетин үч жолу жана колдорун чыканакка чейин үч жолу жууду. Андан кийин башына масх тартты да эки бутун үч жолудан жууду. Анан мындай деп айтты: “Мына мен ушундай даарат алганымдай Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) даарат алып жатканын көрдүм”. Анан айтты: “Ким менин даарат алганымдай даарат алып,  эч нерсени сүйлөбөй эки рекет намаз окуса, Аллах Таала анын өткөн күнөөлөрүн кечирет”.</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
-    <t>Усман, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламдын, дааратынын сыпатталышын иш-жүзүндө, өтө ачык болсун деп үйрөттү. Ошентип, ал идишке суу алдырды да үч жолу эки колун жууп, андан кийин оң колун идишке салып, сууну алып, оозуна айлантып, кайрадан сууну чыгарды. Андан кийин сууну мурдунун ичине чейин тартып, анан аны чыгарып чимкирди. Анан үч жолу жүзүн жууду, анан эки колун чыканактары менен үч жолу жууду. Анан суу болгон колу менен башына бир жолу масх тартты. Андан кийин үч жолу кызыл ашыгы менен кошо бутун жууду.
-Усман, радыяллаху анху, даарат алып бүткөндөн кийин Пайгамбар, саллаллаху алейхи уа саллам, ушундай даарат алып жатканын көргөнүн айтып, аларга Пайгамбар мындай деп сүйүнчүлөгөнүн да айтты: "Ким Пайгамбар даарат алган сыяктуу даарат алып, эки рекет намазды тынчтанып, жүрөгүн Улуу Раббисине тапшырып окуса, анда Аллах таала бул толук даараты үчүн жана бул чын ыклас менен окулган намаз үчүн анын мурунку күнөөлөрүн кечирүү менен сыйлайт".</t>
+    <t>Усман (Аллах андан ыраазы болсун) Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) дааратынын сыпатталышын иш-жүзүндө, өтө ачык болсун деп үйрөттү. Ошентип, ал идишке суу алдырды да үч жолу эки колун жууп, андан кийин оң колун идишке салып, сууну алып, оозуна айлантып, кайрадан сууну чыгарды. Андан кийин сууну мурдунун ичине чейин тартып, анан аны чыгарып чимкирди. Анан үч жолу жүзүн жууду, анан эки колун чыканактары менен үч жолу жууду. Анан суу болгон колу менен башына бир жолу масх тартты. Андан кийин үч жолу кызыл ашыгы менен кошо бутун жууду.
+Усман (Аллах андан ыраазы болсун) даарат алып бүткөндөн кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ушундай даарат алып жатканын көргөнүн айтып, аларга Пайгамбар мындай деп сүйүнчүлөгөнүн да айтты: "Ким Пайгамбар даарат алган сыяктуу даарат алып, эки рекет намазды тынчтанып, жүрөгүн Улуу Раббисине тапшырып окуса, анда Аллах Таала бул толук даараты үчүн жана бул чын ыклас менен окулган намаз үчүн анын мурунку күнөөлөрүн кечирүү менен сыйлайт".</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Даараттын башталышында колду идишке салуудан мурда, уйкудан турбаган болсо да эки колду жууш сооптуу амалдардан. А эгерде түнкү уйкудан турган болсо, анда эки колун сөзсүз жууш керек.
 Мугалим окуучу үчүн билимди түшүндүрүүдө жана бекем илим алууда эң мыкты ыкмаларды тандашы керек. Мына ошол түшүндүрүү ыкмаларынан иш жүзүндө көрсөтүп үйрөтүү.
 Намаз окуп жаткан адам дүнүйө иштерине байланыштуу ойлордон алыс болушу керек. Ошондуктан намаздын толук бүтүшү жана кемчиликсиз болушу андагы жүрөктүн даярдыгына жараша болот. Антпесе, ойлордон сактана албайт. Ал өзүнүн напсине каршы күрөшүп, ага алданып калбашы керек.
 Оң жактан баштап даарат алуу мустахаб (3) амалдардан.
 Оозду чайкоо менен мурунга суу алып кайра чыгаруунун ортосундагы тартиптин шарият мыйзамына киргизилүүсү.
 Бетти, эки колду, эки бутту үч жолудан жууш мустахаб амалдардан. Ал эми бир жолу жууш важиб.
 Аллахтын өткөн күнөөлөрдү кечирип жибериши эки нерсенин негизинен келип чыгат. Алар: хадисте айтылган сыпаттарга ылайык даарат алуу жана эки рекет намаз окуу.
 Даарат алып жатканда ар бир мүчөнүн жуулучу чеги бар. Демек даарат алып жаткандагы беттин чеги: баштын чач чыккан жеринен баштап сакал менен ээктин астына чейин жана туурасынан кулактан кулакка чейин. Колдун чеги: манжалардын учунан чыканакка чейин, бул билек менен колдун үстүнкү мууну. Баштын чеги: баштын чач чыккан жеринен баштап беттин капталынан моюндун өйдө жагына чейин. Эки кулакка масх тартуу да баштын чегине кирет. Ал эми буттун чеги: бут менен балтырдын ортосундагы кызыл ашыкка чейин.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3313</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубдуктан жуунганда, алгач эки колун жууп, анан намазга даарат алгандай даарат алчу да, андан кийин толук жуунчу</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
-    <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубдуктан жуунганда, алгач эки колун жууп, анан намазга даарат алгандай даарат алчу да, андан кийин толук жуунчу . Кийин чачтарынын арасына колун салып, терисине чейин суу жеткени анык болгонго чейин аралатчу. Башына сууну ич ирет куйчу. Анан бүт денесин (суу куюп) жуучу. (Айша) дагы кошумчалайт: Мен, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) экөөбүз тең чогуу сузуп алып, бир идиштен жуунат элек.</t>
+    <t>Ыймандуулардын энеси Айша (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубдуктан жуунганда, алгач эки колун жууп, анан намазга даарат алгандай даарат алчу да, андан кийин толук жуунчу . Кийин чачтарынын арасына колун салып, терисине чейин суу жеткени анык болгонго чейин аралатчу. Башына сууну ич ирет куйчу. Анан бүт денесин (суу куюп) жуучу. (Айша) дагы кошумчалайт: Мен, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) экөөбүз тең чогуу сузуп алып, бир идиштен жуунат элек.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
-    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубдуктан жуунмакчы болгондо, колдорун жуудан баштаган. Кийин намазга даарат алгандай даарат алган. Андан кийин бүт денесине суу куйган. Кийин чачтарынын арасына колун салган. Чачтарынын түбүнө, терисине чейин суу жетти деп ишенгенге чейин колун салып аралаткан. Башына сууну үч жолу куйган, анан бүт денесине суу куюп жууган. Айша ага (Аллах ыраазы болсун) айтат: Мен, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) экөөбүз тең чогу сузуп алып, бир идиштен жуунат элек.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубдуктан жуунмакчы болгондо, колдорун жуудан баштаган. Кийин намазга даарат алгандай даарат алган. Андан кийин бүт денесине суу куйган. Кийин чачтарынын арасына колун салган. Чачтарынын түбүнө, терисине чейин суу жетти деп ишенгенге чейин колун салып аралаткан. Башына сууну үч жолу куйган, анан бүт денесине суу куюп жууган. Айша (Аллах андан ыраазы болсун) айтат: Мен, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) экөөбүз тең чогу сузуп алып, бир идиштен жуунат элек.</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Жуунуу эки түрдүү болот: Толук жуунуу, жарым-жартылай жуунуу. Жарым-жартылай жууну дегени, мында киши тазаланууну (дааратты) ниет кылат, анан оозу, мурдун чайкоо менен бирге бүт денесине суу тийгизет. Ал эми толук жуунуу дегени, жогорудагы хадисте айтылган пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жуунуусундай жуунуу.
 Уруктук суусу түшкөндө, же жыныстык катнаш кылып, бирок уруктугу түшпөсө да жунубдук пайда болот.
 Жубайлар бири-биринин авретин караса жана бир идиштен жуунса жайыз.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3316</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөндө колун же кийиминин бир учун оозуна тосуп, ошо менен үнүн басаңдатчу</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөндө колун же кийиминин бир учун оозуна тосуп, ошо менен үнүн басаңдатчу.</t>
@@ -2780,76 +2780,76 @@
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Абу Бакрдын (ага Аллахтын тынчтыгы жана мактоосу болсун) пазилеттүүлүгү жана сахабалардын арасынан эң абзели. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) көз жумгандан кийин жалпы адамдардын арасынан анын ордуна халиф болууга татыктуу адам.
 Кабырдын үстүнө мечит куруу мурунку өткөн коомдордо да тыюу салынган иштерден.
 Адамдар ширкке түшүп калуу коркунучу болгондуктан кабырды ибадат кылуучу жайга  айландыруу, анын жанында же ага карап намаз окуу жана анын үстүнө мечит куруу же күмбөз тургузуу тыюу салынган.
 Салих адамдарды чектен ашырып сыйлоо ширкке алып баргандыгы үчүн андан сактануу керек.
 Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эскерткен күнөөлөрдүн акыбети өтө коркунучтуу болгондуктан, өлүмүнөн беш күн алдын үммөтүн бул күнөөлөрдөн кескин тыйып баса белгиледи.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3347</t>
   </si>
   <si>
     <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>Мен маази суусу көп аккан киши элем. Анын күйөө баласы болгонум үчүн пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) (бул тууралуу) суроодон уялып жүрдүм. Анан Микдад бин ал-Асвадды сурап келүүгө жибердим. (Сураса), ал: "Аспабын жууп, анан даарат алат" - дептир</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
-    <t>Али (ага Аллах ыраазы болсун) айтат: Мен маази суусу көп аккан киши элем. Анын күйөө баласы болгонум үчүн пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) (бул тууралуу) суроодон уялып жүрдүм. Анан Микдад бин ал-Асвадды сурап келүүгө жибердим. (Сураса), ал: "Аспабын жууп, анан даарат алат" - дептир. Бухариде: "Даарат ал жана аспабыңды жуу" - деп келген.</t>
+    <t>Али (Аллах андан ыраазы болсун) айтат: Мен маази суусу көп аккан киши элем. Анын күйөө баласы болгонум үчүн пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) (бул тууралуу) суроодон уялып жүрдүм. Анан Микдад бин ал-Асвадды сурап келүүгө жибердим. (Сураса), ал: "Аспабын жууп, анан даарат алат" - дептир. Бухариде: "Даарат ал жана аспабыңды жуу" - деп келген.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
-    <t>Али бин Абу Талиб (ага Аллах ыраазы болсун) ал маази суусу көп аккан киши болгонун айтат. Маази суусу - ак түстө, суюк, илешкээк суу, ышкы кумары козголгондо же жыныстык катнаштан мурда агып чыгат. Ал маази суусу агып чыккандан кийин эмне кылуу керектигин билбей, ал тууралуу пайгамбардан (ага Аллахтын тынчтыгы жана мактосу болсун) суроодон уялат. Анткени аялы Фатима пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) кызы эле. Анан ал тууралуу пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) сурап келүүнү Микдад бин ал-Асваддан суранат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Аспабын жууп анан даарат алсын - деп жооп берет.</t>
+    <t>Али бин Абу Талиб (Аллах андан ыраазы болсун) ал маази суусу көп аккан киши болгонун айтат. Маази суусу - ак түстө, суюк, илешкээк суу, ышкы кумары козголгондо же жыныстык катнаштан мурда агып чыгат. Ал маази суусу агып чыккандан кийин эмне кылуу керектигин билбей, ал тууралуу пайгамбардан (ага Аллахтын тынчтыгы жана мактосу болсун) суроодон уялат. Анткени аялы Фатима пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) кызы эле. Анан ал тууралуу пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) сурап келүүнү Микдад бин ал-Асваддан суранат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Аспабын жууп анан даарат алсын - деп жооп берет.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Алинин (ага Аллах ыраазы болсун) артыкчылыгы белгилүү болот, анын уялуусу ортомчу аркылуу болсо да суроодон тыйган жок.
 Фатва суроодо бирөөнү жиберүү жайыз.
 Көпчүлүктүн пайдасы үчүн өзү тууралуу уяттуу нерсени айтуу жайыз.
 Маази суусу булганыч (нажас), ал жуккан денени жана кийимди жуу керек.
 Маази суусунун чыгуусу дааратты бузуучулардын бири.
-Эркектик мүчөнү жана эки жумуртканы жуу важыб, бул тууралуу башка хадисте айтылган.</t>
+Эркектик мүчөнү жана эки жумуртканы жуу важиб, бул тууралуу башка хадисте айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3348</t>
   </si>
   <si>
     <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Үйүңөрдү мүрзөгө айлантып албагыла. Менин кабырымды кез-кезде ибадат кылуучу жай кылып албагыла. Мага салават айткыла. Чындыгында, силер кайсыл жерде болсоңорда силердин салаватыңар мага жетип турат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллахтын тынчтыгы жана мактоосу болсун) риваят кылган хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Үйүңөрдү мүрзөгө айлантып албагыла. Менин кабырымды кез-кезде ибадат кылуучу жай кылып албагыла. Мага салават айткыла. Чындыгында, силер кайсыл жерде болсоңорда силердин салаватыңар мага жетип турат».</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) үйлөрдө намаз окулбай калуудан тыйды. Үйлөрдө намаз окулбай калса, анда алар намаз окулбаган кабырлар сыяктуу болуп калат. Ошондой эле кабырын кайра-кайра зыярат кылуудан жана анын тегерегинде кез-кезде жыйналууну адат кылуудан тыйды. Анткени бул нерселер ширк кылууга жол ачат. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жердин кайсыл бурчунан болбосун салават айтууга буйруду. Анткени айтылган салават алыстан же жакындан болсун, ага жетип турат. Салават айтуу үчүн Пайгамбардын кабырына баруунун зарылчылыгы жок.</t>
   </si>
   <si>
@@ -3038,101 +3038,101 @@
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Бейишке кирүү ыйман аркылуу гана болот.
 Өзүнө каалаган нерсени башка мусулман бир тууганына да каалоо мусулмандын ыйманынын толуктугунан кабар берет.
 Адамдардын арасында аманчылыкты жана махабатты пайда кылганы үчүн, мусулмандарга саламды жайылтуу жана көп айтуу жакшы.
 Мусулман адамга гана салам айтылат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "араңарда" деп  баса белгилеп айткан.
 Салам айтуу - мамиленин үзүлүүсү, бири-биринен алыстоо жана касташуунун алдын алат.
 Мусулмандардын ортосунда махабаттын болуусу зарыл, анткени ал ыймандын толуктугунан.
 Башка хадисте салам айтканда: "Ассаламу алайкум ва рахматуллохи ва баракатух" деп айтуу саламдын толугу экени, ал эми: "Ассаламу алайкум" десе деле жетиштүү болору айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3361</t>
   </si>
   <si>
     <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
-    <t>Аллахка кайсы иш-амал көбүрөөк жагат? - деп сурадым. "Өз убагында окулган намаз" - деди ал. Андан кийиничи? - деди. "Андан кийин ата-энеге жакшы мамиле кылуу" - деди. Андан кийинчи? - деди. "Аллахтын жолунда жихадга чыгуу</t>
+    <t>Аллахка кайсы иш-амал көбүрөөк жагат? - деп сурадым. "Өз убагында окулган намаз" - деди ал. Андан кийиничи? - дедим. "Андан кийин ата-энеге жакшы мамиле кылуу" - деди. Андан кийинчи? - деди. "Аллахтын жолунда жихадга чыгуу</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
-    <t>Абдуллах бин Масуъд (ага Аллах ыраазы болсун) айтат: Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун): Аллахка кайсы иш-амал көбүрөөк жагат? - деп сурадым. "Өз убагында окулган намаз" - деди ал. Андан кийиничи? - деди. "Андан кийин ата-энеге жакшы мамиле кылуу" - деди. Андан кийинчи? - деди. "Аллахтын жолунда жихадга чыгуу" - деди. Ушинтип мага ушул иш-амалдарды айтты. Эгер мен дагы сураганымда, ал дагы айтмак.</t>
+    <t>Абдуллах бин Масуъд (Аллах андан ыраазы болсун) айтат: Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун): Аллахка кайсы иш-амал көбүрөөк жагат? - деп сурадым. "Өз убагында окулган намаз" - деди ал. Андан кийиничи? - дедим. "Андан кийин ата-энеге жакшы мамиле кылуу" - деди. Андан кийинчи? - деди. "Аллахтын жолунда жихадга чыгуу" - деди. Ушинтип мага ушул иш-амалдарды айтты. Эгер мен дагы сураганымда, ал дагы айтмак.</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) Иш-амалдардын кайсысы Аллахка көбүрөөк жагымдуу? деп суралды. Так шариятта көрсөтүлгөн убактысында окулган парз намаз - деди ал. Андан кийин ата-энеге жакшылык кылып, алардын акысын өтөп, аларды нааразы кылып каарына калбай, жакшы мамиле кылуу. Андан кийин Аллахтын сөзү бийик болуусу үчүн, исламды жана мусулмандарды коргоо үчүн жана анын шариятын ачыкка чыгаруу үчүн малы жана жаны менен Аллахтын жолунда жихадга чыгуу.
 Ибн Масъуд (ага Аллах ыраазы болсун) айтат: Ал мага ушул иш-амалдар тууралуу айтты. Эгер мен: андан кийинчи? - деп, дагы сураганымда, ал мага дагы айтмак.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>Аллахка жагымдуулугуна карай иш-амалдар бири-биринен артыкча болот.
 Мусулман адамды иш-амалдардын абзелирээгин аткарганга кызыктыруу керек.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) иш-амалдардын абзелдиги тууралуу жооптору, адамдардын өзгөчөлүгүнө жана алардын абалдарына жараша, алардын кимисине кайсы иш-амал пайдалуурак экенине карай ар түрдүү болгон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
-    <t>Мунафыктар үчүн эң оор намаз – куптан жана багымдат намаздары. Эгер алар ал намаздарда эмне бар экенин билишкенде, анда жөрмөлөп болсо да келишмек. Мен намаз окууга буйрук берип, намаз окулуп, бир кишини адамдарга имам болуп намаз окууга буюруп, анан мен отун көтөргөн кишилер менен намазга келбеген адамдарга барып алардын үйлөрүн өрттөөнү кааладым</t>
+    <t>Мунафыктар үчүн эң оор намаз – куптан жана багымдат намаздары. Эгер алар ал намаздарда эмне бар экенин билишкенде, анда жөрмөлөп болсо да келишмек</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, мындай деп айтты: "Мунафыктар үчүн эң оор намаз – куптан жана багымдат намаздары. Эгер алар ал намаздарда эмне бар экенин билишкенде, анда жөрмөлөп болсо да келишмек. Мен намаз окууга буйрук берип, намаз окулуп, бир кишини адамдарга имам болуп намаз окууга буюруп, анан мен отун көтөргөн кишилер менен намазга келбеген адамдарга барып алардын үйлөрүн өрттөөнү кааладым".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси  (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтты: "Мунафыктар үчүн эң оор намаз – куптан жана багымдат намаздары. Эгер алар ал намаздарда эмне бар экенин билишкенде, анда жөрмөлөп болсо да келишмек. Мен намаз окууга буйрук берип, намаз окулуп, бир кишини адамдарга имам болуп намаз окууга буюруп, анан мен отун көтөргөн кишилер менен намазга келбеген адамдарга барып алардын үйлөрүн өрттөөнү кааладым".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мунафыктар жана алардын намазга өзгөчө куптан жана багымдат намаздарына баруудагы жалкоолугу жөнүндө кабар берип жатат. Эгер алар мусулман жамааты менен болуудагы сооп-сыйлыктардын кадырын билишкенде, анда бала колу жана тизеси менен жөрмөлөгөндөй жөрмөлөп болсо да келишмек.
-Пайгамбар, саллаллаху алейхи уа саллам, намаз окууга буйрук кылып намаз окулуп, өзүнүн ордуна башка бирөөнү адамдарга имам болууга дайындап андан соң жамаат намазга келбеген эркектерге отун көтөргөн бирөө менен барып, алар жамаатка келбей оор күнөө кылышканы үчүн үйлөрүн өрттөп жиберүүнү каалады. Бирок ал муну кылган жок. Анткени үйлөрдө эч кандай күнөөсү жок аялдар, балдар жана башка үзүрлүү адамдар бар болчу.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мунафыктар жана алардын намазга өзгөчө куптан жана багымдат намаздарына баруудагы жалкоолугу жөнүндө кабар берип жатат. Эгер алар мусулман жамааты менен болуудагы сооп-сыйлыктардын кадырын билишкенде, анда бала колу жана тизеси менен жөрмөлөгөндөй жөрмөлөп болсо да келишмек.
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) намаз окууга буйрук кылып намаз окулуп, өзүнүн ордуна башка бирөөнү адамдарга имам болууга дайындап андан соң жамаат намазга келбеген эркектерге отун көтөргөн бирөө менен барып, алар жамаатка келбей оор күнөө кылышканы үчүн үйлөрүн өрттөп жиберүүнү каалады. Бирок ал муну кылган жок. Анткени үйлөрдө эч кандай күнөөсү жок аялдар, балдар жана башка үзүрлүү адамдар бар болчу.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Мечитте жамаат менен намаз окубай калуу коркунучтуу.
 Мүнафыктар ибадат кылышканда эл көрсүн жана атак-даңкты гана максат кылышкан. Ошондуктан адамдар аларды көргөндө гана намазга келишкен.
 Жамаат менен окулган куптан жана багымдат намаздарынын сообу чоң. Куптан жана багымдат намаздары жөрмөлөп болсо да барып жамаат менен окууга татыктуу.
 Куптан жана багымдат намаздарын жамаат менен окуу эки жүздүүлүктөн сактайт. Ал эми эки намазды жамаат менен окубоо мунафыктардын сыпаттарынан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3366</t>
   </si>
   <si>
     <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>Бул жетимиш жыл мурда тозокко ыргытылган таш, ал учуп барып тозоктун түбүнө азыр түштү" - деди</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
@@ -3935,51 +3935,51 @@
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Мугалимдин жүрүм-туруму илимди түшүнүүнүн жана анын бекемделүүсүнүн эң негизги себеби болуп саналат жана ушунун бири иш жүзүндө көрсөтүп үйрөтүү.
 Дааратта жуула турган кээ бир мүчөлөрдү үч жолу, кээ бирин эки жолудан жуу жайыз. Ал эми бир жолу жуу - важыб.
 Хадисте келгендей, дааратта жуула турган мүчөлөрдү тартиби менен жуу - важыб.
 Беттин чеги тигинен бешенеде чач чыккан жерден баштап, сакал чыккан ээк астына чейин. Ал эми туурасынан кулактан кулакка чейин.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3444</t>
   </si>
   <si>
     <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
     <t>Сага колдоруңду мына ушинтсең жетиштүү болмок" - деп, алакандары менен жерди бир жолу чаап, анан оң жана сол колунун үстүнө, анан бетине сүртүп койду</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
-    <t>Аммар бин Ясир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени кайсы бир ишке жумшады. Мен жунуб болуп калып, жуунгага суу таппай койдум. Анан жан-жаныбарлар оонаган сыяктуу топуракка оонап, буланып (намаз окудум). Кийин Аллахтын элчисине келгенде ушуну айтсам, ал:  "Сага колдоруңду мына ушинтсең жетиштүү болмок" - деп, алакандары менен жерди бир жолу чаап, анан оң жана сол колунун үстүнө, анан бетине сүртүп койду.</t>
+    <t>Аммар бин Ясир (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени кайсы бир ишке жумшады. Мен жунуб болуп калып, жуунгага суу таппай койдум. Анан жан-жаныбарлар оонаган сыяктуу топуракка оонап, буланып (намаз окудум). Кийин Аллахтын элчисине келгенде ушуну айтсам, ал:  "Сага колдоруңду мына ушинтсең жетиштүү болмок" - деп, алакандары менен жерди бир жолу чаап, анан оң жана сол колунун үстүнө, анан бетине сүртүп койду.</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сапарда баратып, Аммар бин Ясирди бир ишке жумшайт. Ал аялына кошулуппу, же (түшүркөп) кумарлануу менен уруктугу чыгып кетиппи, айтор жунуб болуп калат. Анан жунубдуктан жуунганга суу таба албайт. Ал жунубдукка таямум кылуунун өкүмүн билбейт эле. Кичи дааратка таямум кылуунун өкүмүн билчү. Анан өзүнчө изилденип ижтихад кылып, кичи дааратка таямум кылганда жуула турган мүчөлөрүнө топурак сүрткөн сыяктуу, жунубдукка таямум кылганда бүт денеге топурак сүртүү керек го деп ойлойт. Анан денеси менен топуракка буланып, намаз окуйт. Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) келгенде, кылганы туура, же туура эмес экенин билүү үчүн аны пайгамбарга айтат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага заара ушатуу сыяктуу жеңил дааратсыздыктан да, жунубдук сыяктуу оор дааратсыздыктан да таямум менен тазалануунун жолун үйрөтүп баяндап берет: ал мындай кылат, алгач эки алаканын топуракка чаап, анан сол колу менен оң колун  сылап, эки колунун үстүн жана бетин сылайт.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Таямум кылбастан мурда суу издөө важыб.
 Жунуб болуп, суу таба албаган адамга таямум кылуу шариятта уруксат.
 Оор, же чоң дааратсыздыктын таямуму деле кичине дааратсыздыктын таямуму сыяктуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3461</t>
   </si>
   <si>
@@ -4326,51 +4326,51 @@
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) хижранын онунчу жылындагы коштошуу ажылыгында, Арафа күнү кутпа айткан. Пайгамбарыбыз анда эл менен коштошкондуктан, бул ажылыгы "коштошуу ажылыгы" деп аталып калган. Адамдардын баарын Аллахтын буйругун аткарып, кайтарганынан тыйылып такыба болууга буйруган. Аллах Таала күнү-түнү окулуусун парз кылган беш убак намазды окууга (буйруган). Рамазан айында орозо кармоого (буйруган). Сараңдык кылбай, татыктуу адамга малдын зекетин берүүгө (буйруган). Аллах Таала башчы кылган адамдарга күнөө иштен башкасында баш ийүүгө (буйруган). Ким ушул айтылгандарды аткарса, анын сыйлыгы - бейишке кирүү.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Мына ушул амалдар бейишке кирүү себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3520</t>
   </si>
   <si>
     <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Силерден бирөөңөрдүн даараты бузулса, даарат алмайынча Аллах намазын кабыл кылбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Силерден бирөөңөрдүн даараты бузулса, даарат алмайынча Аллах намазын кабыл кылбайт".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Силерден бирөөңөрдүн даараты бузулса, даарат алмайынча Аллах намазын кабыл кылбайт".</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намаздын туура болуусунун бир шарты даарат экенин кабарлаган. Дааратты буза турган заңдоо, зааралоо, уктоо ж.б. иштердин бири болгондон кийин, намаз окумакчы болгон адам сөзсүз даарат алуусу зарыл.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Даараты жок адам,  эгер чоң дааратсыздыкта болсо, жуунуп тазаланмайынча, кичине дааратсыздыкта болсо даарат алмайынча окуган намазы кабыл болбойт.
 Даарат бул, сууну алып оозуна уурттап, кайра чыгаруу, анан мурундун ичине сууну киргизип, кайра чыгарып, чимкирүү, андан кийин үч жолу бетин жуу, анан колун чыканактары менен бирге үч жолу жуу, анан башына толук бир жолу масх тартуу, акырында бутун томуктары менен бирге үч жолу жуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3534</t>
   </si>
   <si>
     <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
   </si>
   <si>
     <t>Аллах Таала айтат: "Адам баласынын бардык амалы өзү үчүн. Бир гана орозосу андай эмес. Анын орозосу Мен үчүн жана анын сооп-сыйын Мен Өзүм берем</t>
   </si>
   <si>
@@ -4636,104 +4636,104 @@
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бейиш менен тозок бутка байланган боо сыяктуу адамга өтө жакын экендигин кабар берди. Анткени адам баласы бир ибадатты Аллахтын ыраазылыгы үчүн аткарып, ошол себептен  бейишке кирүүсү мүмкүн же бир күнөө себептен тозокко түшүүсү мүмкүн.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Жакшылык аз болсо да ага кызыктыруу жана жамандык аз болсо да андан алыстоого үндөө керек.
 Мусулман бул жашоосунда үмүт менен коркуунун ортосунда жашоосу зарыл. Ошондой эле өзүнө ишенип текеберленип кетпештиги үчүн Аллахтан дуба кылып туура жолдо бекем кылуусун сурануусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3581</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Мисвак колдонуу оозду тазартат жана Раббимдин ыраазылыгына жеткирет</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
-    <t>Аиша, радыяллаху анха, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Мисвак колдонуу оозду тазартат жана Раббимдин ыраазылыгына жеткирет».</t>
+    <t>Айша (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Мисвак колдонуу оозду тазартат жана Раббимдин ыраазылыгына жеткирет».</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, бул хадисте аль-Арак дарагынын таякчасы, б.а. мисвак менен тишти тазалоону жана ал мисвак ооздон жагымсыз жыттарды кетире турганын бизге кабарлап жатат. Мисвак колдонуу Аллахтын пендесинен ыраазы болушунун себептеринин бири. Анткени пенде мисвакты Аллахка моюн сунганы үчүн жана Анын буйругуна жооп бергени үчүн колдонуп жатат.  Жана аны колдонууда Аллах Таала сүйгөн тазалык бар.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бул хадисте аль-Арак дарагынын таякчасы, б.а. мисвак менен тишти тазалоону жана ал мисвак ооздон жагымсыз жыттарды кетире турганын бизге кабарлап жатат. Мисвак колдонуу Аллахтын пендесинен ыраазы болушунун себептеринин бири. Анткени пенде мисвакты Аллахка моюн сунганы үчүн жана Анын буйругуна жооп бергени үчүн колдонуп жатат.  Жана аны колдонууда Аллах Таала сүйгөн тазалык бар.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
-    <t>Мисвактын көп пайдасы бар жана Пайгамбар, саллаллаху алейхи уа салламдын, өз үммөтүн мисвакты көп колдонууга кызыктырып жатат.
+    <t>Мисвактын көп пайдасы бар жана Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) өз үммөтүн мисвакты көп колдонууга кызыктыруусу.
 Арак дарагынын шактарынан жасалган мисвакты колдонуу жакшыраак. Бирок тиш щеткасын жана пастасын колдонуу мисвактын ордуна жарайт.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[Ан-Насааи жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3588</t>
   </si>
   <si>
     <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Беш убак намаз бири-бирине чейинки, жума намазы келерки жумага чейинки, Рамазан айы келерки Рамазан айына чейинки кичине күнөөлөрдүн кечирилишине себеп болот, эгерде чоң күнөөлөрдөн алыс болсо</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, мындай деп айткан эле: «Беш убак намаз бири-бирине чейинки, жума намазы келерки жумага чейинки, Рамазан айы келерки Рамазан айына чейинки кичине күнөөлөрдүн кечирилишине себеп болот, эгерде чоң күнөөлөрдөн алыс болсо».</t>
+    <t>Абу Хурайра  (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айткан эле: «Беш убак намаз бири-бирине чейинки, жума намазы келерки жумага чейинки, Рамазан айы келерки Рамазан айына чейинки кичине күнөөлөрдүн кечирилишине себеп болот, эгерде чоң күнөөлөрдөн алыс болсо».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, чоң күнөөлөрдөн алыс болуу шарты менен бир күндөгү беш убак парз намаздардын ортосундагы, ар бир аптадагы жума намазы менен кийинки жума намазын ортосундагы жана жыл сайын рамазан айындагы орозо менен кийинки орозонун ортосундагы кичине күнөөлөрдүн кечирилишин кабарлап жатат. Ал эми зына жана арак ичүү, ж.б.у.с. чоң күнөөлөр тооба менен гана кечирилет.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) чоң күнөөлөрдөн алыс болуу шарты менен бир күндөгү беш убак парз намаздардын ортосундагы, ар бир аптадагы жума намазы менен кийинки жума намазын ортосундагы жана жыл сайын рамазан айындагы орозо менен кийинки орозонун ортосундагы кичине күнөөлөрдүн кечирилишин кабарлап жатат. Ал эми зына жана арак ичүү, ж.б.у.с. чоң күнөөлөр тооба менен гана кечирилет.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Күнөөлөр чоң жана кичине болуп бөлүнөт.
 Чоң күнөөлөрдөн алыс болуу шарты менен гана кичине күнөөлөр кечирилет.
-Чоң күнөө - бул дүйнөдө анын жазасы баяндалган. Акыретте анын азапталышы тууралуу жана Аллахтын ага ачуулануусу тууралуу убада келген. Аны кылган адамга экертүү керек же ал Аллахтын каргышына калат. Чоң күнөөлөр зына же арак ичуу, ж.б.у.с.</t>
+Чоң күнөө - бул дүйнөдө анын жазасы баяндалган. Акыретте анын азапталышы тууралуу жана Аллахтын ага ачуулануусу тууралуу убада келген. Аны кылган адамга экертүү керек же ал Аллахтын каргышына калат. Чоң күнөөлөр зына же арак ичүү, ж.б.у.с.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3591</t>
   </si>
   <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Менден бир аят болсо да жеткиргиле. Бану-Исраилдин окуяларын айта бергиле, анда эч кандай күнөө жок. Ким менин атымдан атайылап жалган айтса, анда тозоктон жайын даярдай берсин</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Абдулла бин Амр, радыяллаху анхума, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Менден бир аят болсо да жеткиргиле. Бану-Исраилдин окуяларын айта бергиле, анда эч кандай күнөө жок. Ким менин атымдан атайылап жалган айтса, анда тозоктон жайын даярдай берсин».</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) өзүнүн атынан Куран же сүннөт илимдерин, ал бир аят же бир хадис болсо да жеткирүүгө буйруп жатат. Аларды элге жеткирүүдө эмнени жеткирип жатканын жана эмнеге чакырып жатканын билүүсү шарт. Андан соң Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Бану-Исраилдин шариятыбызга каршы келбеген окуяларын айтуунун зыяны жок экенин баяндады. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жалган айтуудан тыйды. Ким анын атынан атайылап жалган айтса, анда өзүнө тозоктон жайын алып коёо берсин».</t>
   </si>
   <si>
@@ -4873,68 +4873,68 @@
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман пендеге ооруу, кыжаалатчылык, кайгы, убайым, каатчылык, коркунуч, ачкалык, ал тургай кичинекей тикен сайылып, оорутса, ушунун баары анын күнөөсү кечирилип, катасы жоюлууга себеп болорун бяндаган.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Ыймандуу пенденин башына келген аз гана зыяндын себебинен анын күнөсүн кечирген Аллахтын ырайымы жана артыкчылыгы баян кылынган.
 Мусулман пенде даражасы көтөрүлүп, күнөөлөрү кечирилүүсү үчүн,  башына түшкөн иш үчүн Аллахтан сооп үмүт кылып, кыйынчылыктын азына да, көбүнө да сабыр кылуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3701</t>
   </si>
   <si>
     <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Тозок напсинин кумарлары менен курчалган. Ал эми бейиш кыйынчылыктар менен курчалган</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты. «Тозок напсинин кумарлары менен курчалган. Ал эми бейиш кыйынчылыктар менен курчалган».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты. «Тозок напсинин кумарлары менен курчалган. Ал эми бейиш кыйынчылыктар менен курчалган».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, тозок напсиге жага турган арам иштер менен же аткарылбай калган парз амалдардын күнөөлөрү менен курчалып, сакталып тураарын баяндап жатат. Ким напсиси каалаганын ээрчисе, тозокко кирүүгө татыктуу болот. Ал эми бейиш Аллахтын буйруктарын ар дайым аткаруу, күнөөлөрдү таштоо жана ага сабыр кылуу сыяктуу напси жактырбаган нерселер менен курчалган. Эгер напсинин каалоосу менен күрөшүп, ага каршы бекем турса, анда бейишке кирүүгө татыктуу болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) тозок напсиге жага турган арам иштер менен же аткарылбай калган парз амалдардын күнөөлөрү менен курчалып, сакталып тураарын баяндап жатат. Ким напсиси каалаганын ээрчисе, тозокко кирүүгө татыктуу болот. Ал эми бейиш Аллахтын буйруктарын ар дайым аткаруу, күнөөлөрдү таштоо жана ага сабыр кылуу сыяктуу напси жактырбаган нерселер менен курчалган. Эгер напсинин каалоосу менен күрөшүп, ага каршы бекем турса, анда бейишке кирүүгө татыктуу болот.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Напсинин кумарына туткун болуунун себептеринин бири – шайтандын күнөө иштерди жана жийиркеничтүү иштерди, напси аларды жакшы көрүп ага карай ыкталып калганга чейин кооздоп көрсөтүүсү.
-Напсинин арам кумарларынан алыс болууга буйруду. Анткени ал тозоктун жолу. Жана кыйынчылыктарга сабыр кылууга буйруду. Анткени ал бейиштин жолу жол.
-Напси менен күрөшүүнүн жана ибадаттагы тырышчаактыктын пазилери.
+Напсинин арам кумарларынан алыс болууга буйруду. Анткени ал тозоктун жолу. Жана кыйынчылыктарга сабыр кылууга буйруду. Анткени ал бейиштин жолу.
+Напси менен күрөшүүнүн жана ибадаттагы тырышчаактыктын пазилети.
 Ибадаттарды курчап алган кыйынчылыктарга жана машакаттарга сабыр кылуунун пазилети.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3702</t>
   </si>
   <si>
     <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Мусулмандын мусулманга болгон акысы бешөө. Алар: Салам берсе алик алуу, ооруса зыярат кылуу, чакырган болсо баруу, дүйнөдөн өтсө жаназасына катышуу, чүчкүрсө "ярхамукаллах" деп айтуу</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Мусулмандын мусулманга болгон акысы бешөө. Алар: Салам берсе алик алуу, ооруса зыярат кылуу, чакырган болсо баруу, дүйнөдөн өтсө жаназасына катышуу, чүчкүрсө "ярхамукаллах" деп айтуу».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
@@ -5399,65 +5399,65 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай деп кабарлап жатат: Кимде-ким Рамазан айында Аллахка ыйман келтирип жана орозонун парздыгын тастыктап орозо кармаса, анда Аллах Таала орозо кармагандар үчүн сыйлыктарды жана соопторду даярдап койгон. Ал бул орозосун Аллах Тааланын ыраазычылыгы үчүн, жоро көрсүн жана эл уксун дебестен кармаса, анда анын мурунку күнөөлөрү кечирилет.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Ыкластуулуктун пазилети, ыкластуулуктун Рамазан орозосунда жана башка жакшы иш-аракеттердеги маанилүүлүгү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4196</t>
   </si>
   <si>
     <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>Ким эртең мененки жана кеч курунку намазды окуса, бейишке кирет</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
-    <t>Абу Муса Ашари (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким эртең мененки жана кеч курунку намазды окуса, бейишке кирет".</t>
+    <t>Абу Муса Ашари (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким эртең мененки жана кеч курунку намазды окуса, бейишке кирет".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) багымдат намазы менен асыр намазын калтырбай, өз убагынан кечиктирбей окууга үндөгөн. Кимде-ким бул эки намазды талаптагыдай, өз убактысында, жамаат менен окуса, бул намаздар анын бейишке кирүүсүнө себеп болот.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Багымдат намазы менен асыр намазын калтырбай окууда чоң артыкчылык бар; Анткени, багымдат намазы уйку аябай татуу болгон учурга дал келет. Асыр болсо иш аябай кызыган учурда. Ошондуктан, бул эки намазды калтырбай окуу башка намаздарга караганда зарылыраак.
-Бул эки намаз "бардайни" деп аталат, "суукта окулчу эки намаз" деген мааниде. Багымдат намазы түндүн суугунда, дигер намазы күндүн табы кайтып калганда окулганы үчүн ушинтип аталышы мүмкүн. Ысык мезгилде болсо деле, асыр убагы андан мурунку убакка караганда салкындап калган учур болот эмеспи. Же жөн эле басымдуулугун эске алып ушинтип атаган болушу да мүмкүн. Мисалы, Күн менен Айды араптар "эки Ай" деп атаган сыяктуу.</t>
+Бул эки намаз "бардайни" деп аталат, "суукта окулчу эки намаз" деген мааниде. Багымдат намазы түндүн суугунда, дигер намазы күндүн табы кайтып калганда окулганы үчүн ушинтип аталышы мүмкүн. Ысык мезгилде болсо деле, асыр убагы андан мурунку убакка караганда салкындап калган учур болот эмеспи. Же жөн эле басымдуулугун эске алып ушинтип атаган болушу да мүмкүн. Мисалы, Күн менен Айды арабдар "эки Ай" деп атаган сыяктуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4198</t>
   </si>
   <si>
     <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Кимде-ким Кадыр түндү ыйман келтирген абалда жана сооп үмүт кылып (ибадат менен) өткөрсө, анда анын өткөн күнөөлөрү кечирилет</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким Кадыр түндү ыйман келтирген абалда жана сооп үмүт кылып (ибадат менен) өткөрсө, анда анын өткөн күнөөлөрү кечирилет».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Рамазан айынын акыркы он күнүндө болгон Кадыр түндү тосуунун пазилетин кабарлады. Ошондой эле кимде-ким ал түндө намаз окуу, дуба кылуу, Куран окуу жана зикир кылуу менен алек болуп, Кадыр түндүн болоруна, ал тууралуу келген пазилеттерине ыйман келтирип, кылган иш-аракеттери үчүн Аллахтан гана сооп-сыйлык үмүт кылып, жоро көрсүн жана эл уксун дебестен өткөрсө, анда анын мурунку күнөөлөрү кечирилишин кабарлады.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
@@ -5608,51 +5608,51 @@
     <t>قال النووي: حديث حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والبيهقي وغيرهما</t>
   </si>
   <si>
     <t>[قال النووي: حديث حسن]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4216</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Улоодо бара жаткан адам, жөө бара жаткан адамга, жөө бара жаткан адам, отурган адамга, аз сандагы адам, көп сандагы адамга салам айтат</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Улоодо бара жаткан адам, жөө бара жаткан адамга, жөө бара жаткан адам, отурган адамга, аз сандагы адам, көп сандагы адамга салам айтат" .</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Улоодо бара жаткан адам, жөө бара жаткан адамга, жөө бара жаткан адам, отурган адамга, аз сандагы адам, көп сандагы адамга салам айтат" .</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдар арасында минтип салам берүүнүн адебин көрсөткөн: "Ассалааму алайкум ва рахматуллоохи ва баракатуху". Жашы кичине жаш улууга, улоодогу жөөгө, басып бараткан отурганга, саны аз саны көпкө салам айтат.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Хадисте келгендей салам айтуу жакшы, а эгер жөө бараткан адам улоодогу адамга салам айтса, же жогоруда айтылгандардын кайсы бири тескерисинче болуп калса, эч нерсе эмес. Бирок жакшы жана абзел болгонго каршы келет.
 Хадисте айтылгандай тартипте салам айтып жайылтуу жакшы көрүүгө жана мээримдүүлүккө себеп болот.
 Эгер жогоруда айтылгандар салам берүүдө бирдей болуп калса, анда озунуп салам айтканы алардын жакшысы болуп эсептелет.
 Адам баласы эмнеге муктаж болсо, анын баарын баяндаган (Ислам) шарияты кемчиликсиз, толук.
 Ар бир адамга өз акысын берүүнү жана саламдашуунун адебин үйрөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4243</t>
   </si>
@@ -5998,68 +5998,68 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) тага, атасынын бир тууганы, өз бир тууганы сыяктуу текте жана бир туугандыкта арам кылган нерсени эмчектештик да арам кыларын айткан. Ошондой эле өкүмдөрдө бир туугандык адал кылган нерсени эмчектештик да адал кылат.</t>
   </si>
   <si>
     <t>الحديث قاعدة في أحكام الرضاع.
 قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
 إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
 دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
 المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
 المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
   </si>
   <si>
     <t>Бул хадис эмчектештиктин өкүмдөрүн камтыган эреже.
 Ибн Хажар минтип айткан: "Эмчек эмүү бир туугандык (төрөт) кандай нерселерди арам кылса, ошол нерселерди арам кылат" дегени, эмчек эмүү айрым нерселерди адал кылат, айрымдарын арам кылат. Бул маселе нике жана ага байланыштуу өкүмдөрдө ижма (бүт мусулмандар бир пикирде болушу) менен белгиленген. Тактап айтканда, эмизилген наристе менен аны эмизген аялдын балдарынын ортосунда махрамдык өкүмдөрү пайда болот; Алар бир туугандардай болуп эсептелет, ошондуктан бири-бирине караса да болот, жалгыз калып сүйлөшсө да болот, бирге сапарга чыкса да болот. Бирок, эмчек эмизүүнүн натыйжасында төрөткө байланышкан калган өкүмдөр келип чыкпайт: Мурастан үлүш алуу, нафаканы (каржылык чыгымды) камсыз кылуу, кулду азат кылуу, күбөлүк берүү, кун (өч алуунун ордуна төлөнүүчү төлөм), касасты (кандан өч алуу) түшүрүү, ж.б.
 Эмчектештикке тиешелүү болгон арам деген өкүм - түбөлүк арамдыкка кирет.
 Башка хадисте эмүү себептүү махрам болуу үчун абалкы эки жылдын ичинде ачык беш жолу эмүү шарт экени айтылган.
 Тек боюнча арам (махрам) болгондор: энелер, буга ата тарабынан да, эне тарабынан да өйдө карай чоң эне, таенелер кирет. Кыздар: буга кыздардын кыздары, балдардын кыздары, ылдый карай кете берет. Эже-карындаштар: ата менен эне тарабынан болсун, же экөөнүн бири тарабынан болсун айырмасы жок. Аммалар (атасынын эже-карындаштары): буга атасынын бир тууган жана башка бардык эже-карындаштары жана өйдө карай чоң аталарынын эже-карындаштары кире берет. Таежелер: буга энесинин бир тууган жана башка эже-сиңдилери, ошондой эле апа тарабынан жана ата тарабынан болгон чоң эне, таенелеринин эже-сиңдилери өйдө карай кире берет. Дагы бир тууган ага-инисинин кыздары, бир тууган эже-карындаштарынын кыздары жана төмөн карай булардын кыздары болуп уланып кете берет.
 Эмүү себептүү махрамдар, теги жагынан арам болгондор эмчектештик жагынан да арам болот. Тек жагынан арам болгон аялдардын баары эмчектештик жагынан да арам болот. Болгону, эмчектештик жактан бир тууганынын энеси жана баласынын бир тууган эже-карындашы арам болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4311</t>
   </si>
   <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
-    <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк</t>
+    <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
-    <t>Ан-Нууман бин Башир, радыяллаху анху, риваят кылат. Нууман эки манжасы менен кулагынына ишара кылып: «Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум» - дейт. Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк».</t>
+    <t>Ан-Нууман бин Башир (Аллах андан ыраазы болсун) риваят кылат. Нууман эки манжасы менен кулагынына ишара кылып: «Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум» - дейт. Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, нерселерге байланыштуу жалпы айтылган эрежени ачыктап жатат. Ал эреже шариятта үчкө бөлүнөт: Ачык-айкын адал, ачык-айкын арам жана өкүмдө адалдык жана арамдык жагынан ачык-айкын болбогон күмөндүү иштер. Анын өкүмүн көп адамдар биле бербейт.
-Демек кимде-ким ошол күмөндүү нерселерди таштаса, анда анын дини аны арамга түшүп калуудан сактайт жана анын намысы бул күмөндүү иштерди жасаган себебинен аны айыптаган адамдардын сөзүнөн аман болот. Кимде-ким күмөндүү нерселерден алыстабаса, анда ал же арамга түшүп калат, же адамдар анын намысына тийишет. Пайгамбар, саллаллаху алейхи уа саллам, күмөндүү нерселерди аткарып койгон адамдын абалын баяндоо үчүн мисал келтирди. Бул кожоюну коргогон жердин жанында малын жайып жүргөн чабанга окшош. Чабандын малы бул коруктун жанына жакын жайгашкандыктан, жайылып ага өтүп кетүүсүнө аз калат. Ошондой эле, кимде-ким күмөндүү бир ишти кылса, анда ал арамга жакындайт да ал арамга түшүп калышына аз калат. Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, денеде бир үзүм эт бар экенин, (ал жүрөк) ал оңолсо, дененин баары оңолоорун жана ал бузулса, дененин баары бузулаарын кабар берди.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) нерселерге байланыштуу жалпы айтылган эрежени ачыктап жатат. Ал эреже шариятта үчкө бөлүнөт: Ачык-айкын адал, ачык-айкын арам жана өкүмдө адалдык жана арамдык жагынан ачык-айкын болбогон күмөндүү иштер. Анын өкүмүн көп адамдар биле бербейт.
+Демек кимде-ким ошол күмөндүү нерселерди таштаса, анда анын дини аны арамга түшүп калуудан сактайт жана анын намысы бул күмөндүү иштерди жасаган себебинен аны айыптаган адамдардын сөзүнөн аман болот. Кимде-ким күмөндүү нерселерден алыстабаса, анда ал же арамга түшүп калат, же адамдар анын намысына тийишет. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) күмөндүү нерселерди аткарып койгон адамдын абалын баяндоо үчүн мисал келтирди. Бул кожоюну коргогон жердин жанында малын жайып жүргөн чабанга окшош. Чабандын малы бул коруктун жанына жакын жайгашкандыктан, жайылып ага өтүп кетүүсүнө аз калат. Ошондой эле, кимде-ким күмөндүү бир ишти кылса, анда ал арамга жакындайт да ал арамга түшүп калышына аз калат. Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) денеде бир үзүм эт бар экенин, (ал жүрөк) ал оңолсо, дененин баары оңолоорун жана ал бузулса, дененин баары бузулаарын кабар берди.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Өкүмү тактала элек күмөндүү нерселерди таштоого үндөдү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4314</t>
   </si>
   <si>
     <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
     <t>Оо, адамдар! Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларга пайгамбарларга буйруган нерсени буйруган</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Оо, адамдар! Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларга пайгамбарларга буйруган нерсени буйруган. Ал минтип айткан: "Оо, пайгамбарлар! Таза, адал нерседен жегиле! Ийги иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн" (Муминун, 51-аят). Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...”!" деген (Бакара, 172-аят). Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун)  алыс сапарга чыгып, чачы саксайып жүдөгөн, үстү-башын чаң баскан адам колун өйдө көтөрүп: “ “Оо, Раббим, оо, Раббим” деп дуба кылганын эскерип, анан мындай деди: “Анын жегени арам, ичкени арам, кийгени арам, арамдан азыктанат. Анан анын дубасы кантип кабыл болсун?!”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
@@ -6087,51 +6087,51 @@
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
     <t>Аллах Таала затында, сыпаттарында, иштеринде жана өкүмдөрүндө кемчиликсиз толук.
 Амалдар калыс Аллах үчүн, анан пайгамбар көрсөткөн тартипте болуусу буйрулган.
 Амал кылууга үндөгөн учурда шыктандыруучу сөздөрдү пайдаланууга болот. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Аллах Таала элчилерди буйруган нерсеге ыймандууларды да буйруган" - деп айтты. Ыймандуулар аларга буйрулуп жаткан иштер пайгамбарларга да буйрулганын билген соң ошол амалдарды кылууга шыктанып, аракет кылышат.
 Дубанын кабыл болуусун тыйып койо турган иштердин бири - арам тамактануу.
 Дубанын кабыл болуусуна себеп боло турган иштер бешөө: Бириничиси: Адамга кыйынчылык жараткан алыс сапар; Экинчиси: Адамдын жалбарган абалы; Үчүнчүсү: Колду асманга көтөрүү; Төртүнчүсү: Аллахтын рубубиятын кайталап Аллахка кайрылуу. Мындай кылуу дуба кабыл болуу үчүн өтө зарыл иштердин бири; Бешинчиси: жеген-ичкенинин адал, таза болуусу.
 Адалдан тамактануу жакшы иш-амалдарды аткарууга жардам бере турган иштерден.
 Ал-Каади (Ияд) минтип айткан: Таза ыпластын тескериси, эгер таза деген сыпат Аллах Таалага карата айтылса, бардык кемчиликтен таза, апааттардан алыс деген маани. А эгер бул сыпат менен пенде сыпатталса, жаман ахлактардан, бузук амалдардан таза, анын тескериси менен кооздолгон деген маани. Эгер мал-жандыктар сыпатталса жакшы мал-жандыктын адалдары максат кылынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4316</t>
   </si>
   <si>
     <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>Чынында, Аллах Таала күндүзү күнөө кылгандардын тобосун кабыл кылуу үчүн түнү колун созот. Түндө күнөө кылгандардын тобосун кабыл кылуу үчүн күндүзү колун созот. Анын мындай ырайымы күн батыштан чыкканча уланат</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
-    <t>Абу Муса Ашари (ага Аллах ыраазы болсун) айтымында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, Аллах Таала күндүзү күнөө кылгандардын тобосун кабыл кылуу үчүн түнү колун созот. Түндө күнөө кылгандардын тобосун кабыл кылуу үчүн күндүзү колун созот. Анын мындай ырайымы күн батыштан чыкканча уланат.</t>
+    <t>Абу Муса Ашаринин (Аллах андан ыраазы болсун) риваятында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, Аллах Таала күндүзү күнөө кылгандардын тобосун кабыл кылуу үчүн түнү колун созот. Түндө күнөө кылгандардын тобосун кабыл кылуу үчүн күндүзү колун созот. Анын мындай ырайымы күн батыштан чыкканча уланат.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын  тынчтыгы жана мактоосу болсун) Аллах Таала пенделеринин тообосун кабыл кыларын айтат. Эгер пенде күндүзү күнөө кылып, кечинде күнөөсүнө тообо кылса, Аллах Таала анын тообосун кабыл кылат. Эгер түндө күнөө кылып, күндүзү күнөөсүнө тообо кылса, Аллах Таала аны кабыл кылат. Аллах Таала пендесинин тообо кылганын сүйүнүп, кабыл кылуу үчүн колун созот. Ушинтип тообонун эшиги жабылуусу бул дүйнөнүн бүткөнүнөн кабар берет, бирок тообо эшиги күн батыштан чыкканга чейин ачык турат. Күн батыштан чыкканда, тообонун эшиги жабылат.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>Тообо эшиги ачык турган чакта бардык тооболор кабыл болот. Анын эшиги күн батыштан чыкканда жабылат. Адам кекиртегине өлүмдүн гаргарасы келгенге чейин, тагыраагы жан кекиртекке келгенге чейин тообо кылуусу керек.
 Күнөөнүн кечирилүүсүнөн үмүт үзүү - күнөө кылууга себеп болот. Аллах Тааланын кечирими жана ырайымы кенен. Тообонун эшиги дайыма ачык.
 Тообонун шарттары: биринчи, күнөөнү токтотуу. Экинчи, кылган күнөөсүнө өкүнүү. Үчүнчү, күнөөнү кайра эч качан кайталабоого чечим чыгаруу. Бул үч шарт пенденин Аллахтын акысына тиешелүү болгон күнөөлөрүнүн шарттары. Ал эми пенденин акысына тиешелүү күнөө болсо, анда тообо толук болуусу үчүн кимдин акысын бузган болсо, анын акысын берүү шарт, же акынын ээси (зулум чеккен адам) кечириши керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4318</t>
   </si>
   <si>
     <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
@@ -6153,63 +6153,63 @@
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таала бизге бардык нерседе жакшылык кылууга буйруганын кабарлады. Жакшылык кылуу - бул ар дайым Аллахтын көзөмөлдөп туруусу, Ага ибадат кылуу, жакшылык кылуу жана макулуктарга зыян келтирүүдөн сактануу. Ошондой эле өлтүрүүдө да жана союуда да жакшылык кылуу.
 Касас өкүмүн тургузуп жаткан учурда да өлтүрүүдө жакшылык кылуу - бул өлүм жазасына тартылып жаткан адамды өлтүрүү үчүн эң оңой, эң жеңил жана тез жолду тандоо.
 Мал жандыкты союуда жакшылык кылуу – бул бычакты курчутуу менен малга жумшак мамиле кылуу. Малды каратып туруп анын алдында бычакты курчутпоо. Башка мал жандыктардын көз алдында мууздабоо.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Аллах Тааланын ырайымы жана Анын макулуктарына болгон боорукерлиги.
 Өлтүрүүнүн жана союунун жакшылыгы – шарият көрсөткөн түрдө болуусу.
 Шарияттын кемчиликсиздиги жана бардык жакшылыктарды камтышы. Мына ошол жакшылыктар жаныбарларга мээримдүүк кылууну жана аларга жумшак мамиле кылууну камтыйт.
 Адамды өлтүргөндөн кийин денесин кескилөөгө тыюу салынат.
 Жаныбарларды кыйнаган нерселердин бардыгына тыюу салынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4319</t>
   </si>
   <si>
     <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Улуу Раббисинен риваят кылган хадисте мындай деп айтты: «Чындыгында, Аллах жакшылыктарды да, жамандыктарды да жазып анан аны ачык баяндады. Кимде-ким бир жакшылык кылууну каалап, аны аткара албай калса, анда Аллах Өзүндө ага толук жакшылык жазат. А эгерде ал ниет кылып аны аткарса, анда Аллах Өзүндө ага он эседен жети жүз эсеге чейин, бир канча эселетип  жазат. Кимде-ким бир жамандык кылууну ниет кылып, аны кыла албай калса, анда Аллах ага толук жакшылык жазат. А эгерде ниет кылып аны аткарган болсо, анда Аллах Өзүндө ага бир жамандыкты гана жазат».@</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Улуу Раббисинен риваят кылган хадисте мындай деп айтты: «Чындыгында, Аллах жакшылыктарды да, жамандыктарды да жазып анан аны ачык баяндады. Кимде-ким бир жакшылык кылууну каалап, аны аткара албай калса, анда Аллах Өзүндө ага толук жакшылык жазат. А эгерде ал ниет кылып аны аткарса, анда Аллах Өзүндө ага он эседен жети жүз эсеге чейин, бир канча эселетип  жазат. Кимде-ким бир жамандык кылууну ниет кылып, аны кыла албай калса, анда Аллах ага толук жакшылык жазат. А эгерде ниет кылып аны аткарган болсо, анда Аллах Өзүндө ага бир жамандыкты гана жазат».@</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
-    <t>Ибн Аббас, радыяллаху анхума, риваят кылат. Пайгамбар, саллаллаху алейхи уа саллам, Улуу Раббисинен риваят кылган хадисте мындай деп айтты: «Чындыгында, Аллах жакшылыктарды да, жамандыктарды да жазып анан аны ачык баяндады. Кимде-ким бир жакшылык кылууну каалап, аны аткара албай калса, анда Аллах Өзүндө ага толук жакшылык жазат. А эгерде ал ниет кылып аны аткарса, анда Аллах Өзүндө ага он эседен жети жүз эсеге чейин, бир канча эселетип  жазат. Кимде-ким бир жамандык кылууну ниет кылып, аны кыла албай калса, анда Аллах ага толук жакшылык жазат. А эгерде ниет кылып аны аткарган болсо, анда Аллах Өзүндө ага бир жамандыкты гана жазат».</t>
+    <t>Ибн Аббас (Аллах алардан ыраазы болсун) риваят кылат. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Улуу Раббисинен риваят кылган хадисте мындай деп айтты: «Чындыгында, Аллах жакшылыктарды да, жамандыктарды да жазып анан аны ачык баяндады. Кимде-ким бир жакшылык кылууну каалап, аны аткара албай калса, анда Аллах Өзүндө ага толук жакшылык жазат. А эгерде ал ниет кылып аны аткарса, анда Аллах Өзүндө ага он эседен жети жүз эсеге чейин, бир канча эселетип  жазат. Кимде-ким бир жамандык кылууну ниет кылып, аны кыла албай калса, анда Аллах ага толук жакшылык жазат. А эгерде ниет кылып аны аткарган болсо, анда Аллах Өзүндө ага бир жамандыкты гана жазат».</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтын жакшылыктар менен жамандыктарды тагдыр кылып, анан аларды эки периштеге кантип жазууну көрсөткөнүн баяндады.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын жакшылыктар менен жамандыктарды тагдыр кылып, анан аларды эки периштеге кантип жазууну көрсөткөнүн баяндады.
 Демек, кимде-ким бир жакшылык кылууну кааласа, ниет кылса жана аны аткарууга чечкиндүү киришсе, анда аны аткара албай калса деле ага бир жакшылык жазылат. А эгерде аны аткарса, анда он эседен жети жүз эсеге чейин бир канча эсе көбөйтүлүп жазылат. Бир канча эсе көбөйүү бул жүрөктөгү ыкластуулукка, пайданын келишишне ж.б.у.с. нерселерге жараша болот.
 Ал эми кимде-ким бир жамандык кылууну каалап, ниет кылып, чечкиндүү киришип анан аны Аллах үчүн таштаса, анда ага бир жакшылык жазылат. Эгерде анын себептерин кылбай, алек болуп таштап койсо, анда ага эч нерсе жазылбайт. А эгерде ал колунан келбей аны таштаса, анда анын ниети жазылат. А эгерде аны аткарса, анда ага бир жамандык эле жазылат.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Аллахтын бул үммөткө жакшылыктарды көбөйтүп, Аны Өзүнүн алдында жазып, жамандыктарды көбөйтпөөдөгү улуу пезилетин баяндоо.
 Иш-аракеттерди аткаруудагы ниеттин маанилүүлүгү жана анын  таасири.
 Аллах Тааланын пазилети, боорукердиги жана жакшылыгы бул кимде-ким бир жакшылык кылууга ниет кылып, аны аткара албай калса, анда Аллахтын ага жакшылык жазуусу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4322</t>
   </si>
   <si>
     <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
     <t>Эң сүйүктүү досум (пайгамбар) (ага Аллахтын тынчтыгы жана мактоосу болсун) мага үч ишти осуят кылды: ар айда үч күндөн орозо кармоону; (күн сайын) эки рекеттен чашке намазын окууну; уктаардан мурда витр намазын окуп жатууну</t>
@@ -6914,64 +6914,64 @@
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман адам дүйнө жана акыретке тиешелүү жакшылык иштерде, таат-ибадатта өзүнө жакшы көргөндү диндеш тууганына да жакшы көрмөйүнчө, өзүнө жек көргөндү ага да жек көрмөйүнчө ыйманы толук болбостугун айткан. Эгерде диндеш тууганынын дининде кемчилигин көрсө, аны оңдоого тырышат. Эгер жакшылыкты көрсө, аны улантууга жардам берет. Дүйнө ишинде да, акырет ишинде да насаатын айтып, кеңеш берип турат.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>Мусулман адам өзүнө жакшы көргөндү диндеш тууганына да жакшы көрүүсү ваажыб. Өзүнө жакшы көргөндү башкаларга ыраа көрбөгөн адамдын ыйманы толук болбостугу мунун ваажыбдыгына далил.
 Диндеги боордоштук туугандыктагы боордоштуктан жогору турат. Анын акысы да маанилүүрөөк.
 Мындай жакшы көрүүнү жокко чыгара турган иштин баары, мисалы, алдамчылык, ушакчылык, көрө албастык, мусулмандын өзүнө, мал-мүлкүнө, абийирине шек келтирүү ж.б. арам болуп эсептелет.
 Ишти аткарууга шык берген сөздөрдү колдонууга болот. "Бир боордошуна" деп айткан сыяктуу.
 Кирмани (ага Аллах ыраазы болсун) айтат: өзүнө жек көргөн жаман нерсени диндеш тууганына жек көрүү да ыймандуулуктан. Анткени бир нерсени жакшы көрүү анын тескерисин жек көрүүнү талап кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4717</t>
   </si>
   <si>
     <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
-    <t>Эгерде силер Аллахка чыныгы таваккүль (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыка ырыскы бергендей ырыскы бермек</t>
+    <t>Эгерде силер Аллахка чыныгы таваккүль (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы бермек</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
-    <t>Умар ибн аль-Хаттаб, радыяллаху анху, риваят кылат. Ал Пайгамбар, саллаллаху алейхи уа салламдын, мындай дегенин укту: «Эгерде силер Аллахка чыныгы таваккүль (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыка ырыскы бергендей ырыскы бермек».</t>
+    <t>Умар ибн аль-Хаттаб (ага Аллахтын тынчтыгы жана мактоосу болсун) риваят кылат. Ал Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дегенин укту: «Эгерде силер Аллахка чыныгы таваккүль (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы бермек».</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, бизди дүйнөлүк жана диний иштерде пайда алып келүү жана зыяндан сактануу үчүн Аллах Таалага таянууга үндөп жатат. Анткени Аруу Аллах Тааладан башка эч ким бере да албайт, тыйып да коё албайт жана зыян да, пайда да жеткире албайт. Качан биз пайда алып келе турган жана зыяндан сактай турган себептерди Аллахка чын ыкластан таянып аткарсак, анда Аллах бизге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы берип коёт. Чымчыктын бул кылганы - башкаларга таянбастан, жалкоолук кылбастан ырыскы издөөдөгү себептердин бир түрү.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бизди дүйнөлүк жана диний иштерде пайда алып келүү жана зыяндан сактануу үчүн Аллах Таалага таянууга үндөп жатат. Анткени Аруу Аллах Тааладан башка эч ким бере да албайт, тыйып да коё албайт жана зыян да, пайда да жеткире албайт. Качан биз пайда алып келе турган жана зыяндан сактай турган себептерди Аллахка чын ыкластан таянып аткарсак, анда Аллах бизге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы берип коёт. Чымчыктын бул кылганы - башкаларга таянбастан, жалкоолук кылбастан ырыскы издөөдөгү себептердин бир түрү.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Чыныгы таваккүль кылуунун пазилети. Чыныгы таваккүль кылуу ырыскы талап кылуудагы эң чоң себептердин бири.
 Тобокел кылуу менен себептерди аткаруу бири-бирине каршы келбейт. Анткени чыныгы тобокел кылуу эртең менен жана кечинде ырыскы издөөгө каршы келбестигин кабарланган.
 Жүрөктөрдүн амалдарына Ислам шарияты көңүл бурат. Анткени таваккүль кылуу – бул жүрөктүн амалы.
 Себептерге гана байлануу – анын дининин кемчилдиги. Ал эми себептерден баш тартуу – акылынын кемчилиги.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4721</t>
   </si>
   <si>
     <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>Эгерде адамдарга доомат артканы бериле берсе, анда адамдар башкалардын мал-мүлк, кан-жанын доомат менен талап кыла бермек. Андыктан доомат кылган киши күбө-далил алып келиши керек. Ал эми дооматты четке каккан  киши касам ичсе жетиштүү</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
@@ -7127,110 +7127,110 @@
 الترغيب في التيسير على المعسر.
 الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
 مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
 ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
 الحث على طلب العلم وتلاوة القرآن وتدارسه.
 قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
 الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
   </si>
   <si>
     <t>Ибн Дакик ал-Айд мындай деген: бул улук хадис илим, адеп жана эрежелердин түрлөрүн камтыган. Анда мусулмандын муктаждыгын чечүүнүн, колдон келишинче илим менен, байлык менен, же колдоо менен же жакшы акыл насаат менен пайда берүүнүн артыкчылыктары айтылган.
 Кыйналган адамдын ишин жеңилдетүүгө кызыктырган.
 Мусулманды колдоого кызыктырган, ал канча колдосо, аны Аллах ошончо колдойт.
 Мусулманды жашырууга анын кемчиликтерин аңдыбоо да кирет. Абалкылардын сөзү бар: Айыбы жок коомду көрдүм. Бирок алар адамдардын айыбын айтышат эле. Анан адамдар алардын айыбын айта баштады. Ошондой эле айыбы бар коомду көрдүм. Бирок алар башкалардын айыбын жашырат эле. Ошондуктан алардын айыбы да унутулчу.
 Адамдардын айыбын жашыруу – жамандыкты токтотпой коюу дегенди билдирбейт. Тескерисинче, жамандыктын алдын алып, ошол эле учурда жашыруу керек. Бул — бузукулукта жана зулумдукту тынымсыз улантууда белгилүү болбогон адамдарга тиешелүү. Ал эми ким жамандыкта белгилүү болсо, аны жашыруу жакшы эмес, тескерисинче, эгер чоң зыян алып келбесе, анын ишин бийлик ээсине (валисине) билдирүү керек. Анткени аны жашыруу бузукулукка шыктандырат, адамдарга зыян кылууга жана башка жамандык ээлерин да ошого үндөп, тайманбай кылууга түрткү берет.
 Хадисте илим алууга, Куран окууга жана аны үйрөтүүгө кызыктырган.
 Имам Навави минтип айткан: "Бул хадис Куран окуу үчүн мечитке чогулуунун артыкчылыгын далилдейт. Медреседе ж.б. диний окуу жайларда чогулуп Куран окуу, үйрөнүү деле ушул сыяктуу".
 Жаза, сый амалга жараша берилет, текке карата эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4801</t>
   </si>
   <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
-    <t>«Эй, пенделерим! Чындыгында, Мен зулумдук кылууну Өзүмө арам кылдым жана аны силерге да арам кылдым. Ошондуктан силер, эч качан бири-бириңерге зулумдук кылбагыла! Эй, пенделерим! Чындыгында силердин баарыңар адашуудасыңар, бир гана Мен туура жолго салып койгон адамдар гана туура жолдо. Мына ошондуктан силер Менден туура жол сурагыла! Ошондо Мен силерди туура жолго саламын. Эй, пенделерим! Чындыгында, бардыгыңар ачкасыңар, Мен ырыскы берген адамдар гана ток болушат. Ошондуктан менден ырыскы сурагыла, Мен силерге ырыскы беремин. Эй, пенделерим! Акыйкатта силердин араңардан, Мен кийинтип койгон адамдардан башка баарыңар жылаңачсыңар. Ошондуктан силер – Менден гана кийиндирүүнү сурангыла, Мен силерди кийимдүү кылам. Эй, пенделерим! Силер эртеден кечке күнөө кыласыңар. Ал эми Мен күнөөлөрдүн бүт баарын кечиремин. Ошондуктан силер – Менден кечирим сурагыла! Мен силерди кечиремин. Эй, пенделерим! Мага зыян бергенге аракет кылып көргүлө. Бирок силер – эч качан Мага зыян бере албайсыңар. Эй, пенделерим! Силер Мага пайда бергенге да аракет кылып көргүлө. Бирок силер – эч качан Мага пайда бере албайсыңар. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү силердин араңардан эң такыбалуу бир кишинин жүрөгүндөй болуп бир деңгээлде такыбаа болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени көбөйтпөйт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү, силердин араңардан эң жаман бир кишинин жүрөгүндөй болуп бир деңгээлде жаман болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени азайтпайт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп туруп, Менден муктаждыктарын сураса, Мен алардын ар бирине сураган нерселерин берсем да бул нерселер – ийне деңизге салынып алынганда деңиздин суусун ийне азайткан сыяктуу менин мүлкүмдөн ошончолук деңгээлде гана кемите алат. Эй, пенделерим! Чындыгында, алар силердин кылган иш-аракеттериңер. Ал иш-аракеттериңерди эсеп-кысап кылам. Анан ошого жараша силерге сооп же жаза берем. Кимде-ким өзүн жакшы абалда тапса, анда ал Аллахка мактоо айтсын. Ал эми кимде-ким өзүн жакшы абалда таппаса, анда ал өзүнөн башка эч кимди күнөөлөбөсүн».*@</t>
+    <t>«Эй, пенделерим! Чындыгында, Мен зулумдук кылууну Өзүмө арам кылдым жана аны силерге да арам кылдым. Ошондуктан силер, эч качан бири-бириңерге зулумдук кылбагыла! Эй, пенделерим! Чындыгында силердин баарыңар адашуудасыңар, бир гана Мен туура жолго салып койгон адамдар гана туура жолдо. Мына ошондуктан силер Менден туура жол сурагыла! Ошондо Мен силерди туура жолго саламын. Эй, пенделерим! Чындыгында, бардыгыңар ачкасыңар, Мен ырыскы берген адамдар гана ток болушат. Ошондуктан менден ырыскы сурагыла, Мен силерге ырыскы беремин. Эй, пенделерим! Акыйкатта силердин араңардан, Мен кийинтип койгон адамдардан башка баарыңар жылаңачсыңар. Ошондуктан силер – Менден гана кийиндирүүнү сурангыла, Мен силерди кийимдүү кылам. Эй, пенделерим! Силер эртеден кечке күнөө кыласыңар. Ал эми Мен күнөөлөрдүн бүт баарын кечиремин. Ошондуктан силер – Менден кечирим сурагыла! Мен силерди кечиремин. Эй, пенделерим! Мага зыян бергенге аракет кылып көргүлө. Бирок силер – эч качан Мага зыян бере албайсыңар. Эй, пенделерим! Силер Мага пайда бергенге да аракет кылып көргүлө. Бирок силер – эч качан Мага пайда бере албайсыңар. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү силердин араңардан эң такыбалуу бир кишинин жүрөгүндөй болуп бир деңгээлде такыба болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени көбөйтпөйт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү, силердин араңардан эң жаман бир кишинин жүрөгүндөй болуп бир деңгээлде жаман болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени азайтпайт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп туруп, Менден муктаждыктарын сураса, Мен алардын ар бирине сураган нерселерин берсем да бул нерселер – ийне деңизге салынып алынганда деңиздин суусун ийне азайткан сыяктуу менин мүлкүмдөн ошончолук деңгээлде гана кемите алат. Эй, пенделерим! Чындыгында, алар силердин кылган иш-аракеттериңер. Ал иш-аракеттериңерди эсеп-кысап кылам. Анан ошого жараша силерге сооп же жаза берем. Кимде-ким өзүн жакшы абалда тапса, анда ал Аллахка мактоо айтсын. Ал эми кимде-ким өзүн жакшы абалда таппаса, анда ал өзүнөн башка эч кимди күнөөлөбөсүн».*@</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
-    <t>Абу Зар, радыяллаху анху, риваят кылат. Пайгамбар, саллаллаху алейхи уа саллам, кудсий хадисте Аллах Тааланын мындай деп айтканын айтты: «Эй, пенделерим! Чындыгында, Мен зулумдук кылууну Өзүмө арам кылдым жана аны силерге да арам кылдым. Ошондуктан силер, эч качан бири-бириңерге зулумдук кылбагыла! Эй, пенделерим! Чындыгында силердин баарыңар адашуудасыңар, бир гана Мен туура жолго салып койгон адамдар гана туура жолдо. Мына ошондуктан силер Менден туура жол сурагыла! Ошондо Мен силерди туура жолго саламын. Эй, пенделерим! Чындыгында, бардыгыңар ачкасыңар, Мен ырыскы берген адамдар гана ток болушат. Ошондуктан менден ырыскы сурагыла, Мен силерге ырыскы беремин. Эй, пенделерим! Акыйкатта силердин араңардан, Мен кийинтип койгон адамдардан башка баарыңар жылаңачсыңар. Ошондуктан силер – Менден гана кийиндирүүнү сурангыла, Мен силерди кийимдүү кылам. Эй, пенделерим! Силер эртеден кечке күнөө кыласыңар. Ал эми Мен күнөөлөрдүн бүт баарын кечиремин. Ошондуктан силер – Менден кечирим сурагыла! Мен силерди кечиремин. Эй, пенделерим! Мага зыян бергенге аракет кылып көргүлө. Бирок силер – эч качан Мага зыян бере албайсыңар. Эй, пенделерим! Силер Мага пайда бергенге да аракет кылып көргүлө. Бирок силер – эч качан Мага пайда бере албайсыңар. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү силердин араңардан эң такыбалуу бир кишинин жүрөгүндөй болуп бир деңгээлде такыбаа болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени көбөйтпөйт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү, силердин араңардан эң жаман бир кишинин жүрөгүндөй болуп бир деңгээлде жаман болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени азайтпайт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп туруп, Менден муктаждыктарын сураса, Мен алардын ар бирине сураган нерселерин берсем да бул нерселер – ийне деңизге салынып алынганда деңиздин суусун ийне азайткан сыяктуу менин мүлкүмдөн ошончолук деңгээлде гана кемите алат. Эй, пенделерим! Чындыгында, алар силердин кылган иш-аракеттериңер. Ал иш-аракеттериңерди эсеп-кысап кылам. Анан ошого жараша силерге сооп же жаза берем. Кимде-ким өзүн жакшы абалда тапса, анда ал Аллахка мактоо айтсын. Ал эми кимде-ким өзүн жакшы абалда таппаса, анда ал өзүнөн башка эч кимди күнөөлөбөсүн».</t>
+    <t>Абу Зар (Аллах андан ыраазы болсун) риваят кылат. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кудсий хадисте Аллах Тааланын мындай деп айтканын айтты: «Эй, пенделерим! Чындыгында, Мен зулумдук кылууну Өзүмө арам кылдым жана аны силерге да арам кылдым. Ошондуктан силер, эч качан бири-бириңерге зулумдук кылбагыла! Эй, пенделерим! Чындыгында силердин баарыңар адашуудасыңар, бир гана Мен туура жолго салып койгон адамдар гана туура жолдо. Мына ошондуктан силер Менден туура жол сурагыла! Ошондо Мен силерди туура жолго саламын. Эй, пенделерим! Чындыгында, бардыгыңар ачкасыңар, Мен ырыскы берген адамдар гана ток болушат. Ошондуктан менден ырыскы сурагыла, Мен силерге ырыскы беремин. Эй, пенделерим! Акыйкатта силердин араңардан, Мен кийинтип койгон адамдардан башка баарыңар жылаңачсыңар. Ошондуктан силер – Менден гана кийиндирүүнү сурангыла, Мен силерди кийимдүү кылам. Эй, пенделерим! Силер эртеден кечке күнөө кыласыңар. Ал эми Мен күнөөлөрдүн бүт баарын кечиремин. Ошондуктан силер – Менден кечирим сурагыла! Мен силерди кечиремин. Эй, пенделерим! Мага зыян бергенге аракет кылып көргүлө. Бирок силер – эч качан Мага зыян бере албайсыңар. Эй, пенделерим! Силер Мага пайда бергенге да аракет кылып көргүлө. Бирок силер – эч качан Мага пайда бере албайсыңар. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү силердин араңардан эң такыбалуу бир кишинин жүрөгүндөй болуп бир деңгээлде такыба болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени көбөйтпөйт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү, силердин араңардан эң жаман бир кишинин жүрөгүндөй болуп бир деңгээлде жаман болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени азайтпайт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп туруп, Менден муктаждыктарын сураса, Мен алардын ар бирине сураган нерселерин берсем да бул нерселер – ийне деңизге салынып алынганда деңиздин суусун ийне азайткан сыяктуу менин мүлкүмдөн ошончолук деңгээлде гана кемите алат. Эй, пенделерим! Чындыгында, алар силердин кылган иш-аракеттериңер. Ал иш-аракеттериңерди эсеп-кысап кылам. Анан ошого жараша силерге сооп же жаза берем. Кимде-ким өзүн жакшы абалда тапса, анда ал Аллахка мактоо айтсын. Ал эми кимде-ким өзүн жакшы абалда таппаса, анда ал өзүнөн башка эч кимди күнөөлөбөсүн».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таала зулумду Өзүнө арам кылганын жана зулумду Өзүнүн макулуктарынын арасында арам кылганын баяндап жатат. Ошондуктан эч ким башкага зулумдук кылбашы керек. Аллах туура жолго салып ага ийгилик берген адамдардан башкасынын баары акыйкат жолунан адашкандар. Ким Аллахтын туура жолго салуусун сураса, анда Аллах аны туура жолго салып ага ийгилик берет. Адамдар Аллахтын алдында кедей. Алар бардык муктаждыктарын орундатууда Аллахка гана муктаж. Ким Аллахтан сураса, анда Аллах анын муктаждыктарын орундатат жана ага жетиштүү болот. Алар күнү-түнү күнөө кылышат. Ал эми Аллах Таала пендеси кечирим сураганда, алардын күнөөлөрүн жаап, кечирип коёт. Адамдар Аллахка зыян да же бир нерсе менен пайда да бере алышпайт. А эгерде алар бир адамдын жүрөгүндөй такыба болушса да алардын такыбалыгы Аллахтын мүлкүн көбөйтө албайт. А эгерде алар бир адамдын жүрөгүндөй болуп бузуку болушса да, анда алардын жамандыгы Анын мүлкүнөн эч нерсе азайта албайт. Анткени алар Аллахтын алдында алсыз жана жакыр. Алар ар кандай абалда, убакта жана жерде Ага муктаж. Аллах муктаж эмес, Аруу Зат. Эгерде алардын алгачкыларынан баштап акыркыларына чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп Аллахтан муктаждыктарын сураса, Аллах алардын ар бирине сураган нерселерин берсе да бул нерселер ийне деңизге салынып алынганда деңиздин суусунан эч нерсе азайбагандай Аллахтын алдындагы нерселерден эч нерсе азайбайт.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала зулумду Өзүнө арам кылганын жана зулумду Өзүнүн макулуктарынын арасында арам кылганын баяндап жатат. Ошондуктан эч ким башкага зулумдук кылбашы керек. Аллах туура жолго салып ага ийгилик берген адамдардан башкасынын баары акыйкат жолунан адашкандар. Ким Аллахтын туура жолго салуусун сураса, анда Аллах аны туура жолго салып ага ийгилик берет. Адамдар Аллахтын алдында кедей. Алар бардык муктаждыктарын орундатууда Аллахка гана муктаж. Ким Аллахтан сураса, анда Аллах анын муктаждыктарын орундатат жана ага жетиштүү болот. Алар күнү-түнү күнөө кылышат. Ал эми Аллах Таала пендеси кечирим сураганда, алардын күнөөлөрүн жаап, кечирип коёт. Адамдар Аллахка зыян да же бир нерсе менен пайда да бере алышпайт. А эгерде алар бир адамдын жүрөгүндөй такыба болушса да алардын такыбалыгы Аллахтын мүлкүн көбөйтө албайт. А эгерде алар бир адамдын жүрөгүндөй болуп бузуку болушса да, анда алардын жамандыгы Анын мүлкүнөн эч нерсе азайта албайт. Анткени алар Аллахтын алдында алсыз жана жакыр. Алар ар кандай абалда, убакта жана жерде Ага муктаж. Аллах муктаж эмес, Аруу Зат. Эгерде алардын алгачкыларынан баштап акыркыларына чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп Аллахтан муктаждыктарын сураса, Аллах алардын ар бирине сураган нерселерин берсе да бул нерселер ийне деңизге салынып алынганда деңиздин суусунан эч нерсе азайбагандай Аллахтын алдындагы нерселерден эч нерсе азайбайт.
 Аллах Таала Өзүнүн пенделеринин амалдарын эсептеп, сактап коёт да андан кийин аларды Кыямат күнү ээлерине кайтарат. Ошондуктан кимде-ким кылган жакшылыгынын сообун тапса, анда Аллах анын моюн сунуусуна ийгилик бергендиги үчүн Аллахка мактоо-шүгүрлөрдү айтсын. Ал эми кимде-ким андан башка кылган ишинин жазасын тапса, анда өзүнүн жамандык менен зыянга баштаган нафсисин күнөөлөсүн.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
-    <t>Бул хадис Пайгамбар, саллаллаху алейхи уа саллам, Раббиси тарабынан риваят кылган хадистерден. Ал кудсий хадис же илахий хадис деп аталат. Анын айтылышы жана мааниси Аллахтан болот. Бирок кудсий хадис Курандын өзгөчөлүктөрүнө ээ эмес. Куран Аны окуу менен ибадат болуусу, Аны даарат менен кармоо, душмандардын чакырыгын алсыз калтырган мужизасы жана кереметтүүлүгү ж.б.у.с нерселер менен айырмаланып турат.
+    <t>Бул хадис Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббиси тарабынан риваят кылган хадистерден. Ал кудсий хадис же илахий хадис деп аталат. Анын айтылышы жана мааниси Аллахтан болот. Бирок кудсий хадис Курандын өзгөчөлүктөрүнө ээ эмес. Куран Аны окуу менен ибадат болуусу, Аны даарат менен кармоо, душмандардын чакырыгын алсыз калтырган муъжизасы жана кереметтүүлүгү ж.б.у.с нерселер менен айырмаланып турат.
 Пенделердин илим алуусу же туура жолго түшүүсү Аллах аларды туура жолго салуусу жана үйрөтүүсү менен болот.
 Пенденин башына келген жакшылык Аллах Тааланын пазилетинен. Ал эми ага жеткен жамандык өзүнөн жана өз напсисинин каалоосунан.
 Кимде-ким жакшылык кылса, анда Аллахтын ага ийгилик берүүсү менен болот жана аны сыйлоо Аллахтын пазилети менен болот. Ошондуктан Аллахка мактоолор болсун. Кимде-ким жамандык кылса, анда ал өзүнөн башка эч кимди күнөөлөбөсүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4810</t>
   </si>
   <si>
     <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
-    <t>«Күндөрдүн биринде мен пайгамбар, саллаллаху алейхи уа салламдын, артында учкашып бара жатсам ал мага мындай деп айтты: «Эй, бала! Мен сага ушундай сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун табасың. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурай турган болсоң, анда Аллахтан сура. Билгиниң! Эгерде бүткүл үммөт сага пайда берүү үчүн бириксе да, алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле үммөттүн бардыгы сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Калемдер көтөрүлгөн, барактар кургаган».*@</t>
+    <t>«Күндөрдүн биринде мен пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) артында учкашып бара жатсам ал мага мындай деп айтты: «Эй, бала! Мен сага ушундай сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун табасың. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурай турган болсоң, анда Аллахтан сура. Билгиниң! Эгерде бүткүл үммөт сага пайда берүү үчүн бириксе да, алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле үммөттүн бардыгы сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Калемдер көтөрүлгөн, барактар кургаган».*@</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
-    <t>Ибн Аббас, радыяллаху анхума, айтты: «Күндөрдүн биринде мен пайгамбар, саллаллаху алейхи уа салламдын, артында учкашып бара жатсам ал мага мындай деп айтты: «Эй, бала! Мен сага ушундай сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун табасың. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурай турган болсоң, анда Аллахтан сура. Билгиниң! Эгерде бүткүл үммөт сага пайда берүү үчүн бириксе да, алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле үммөттүн бардыгы сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Калемдер көтөрүлгөн, барактар кургаган».</t>
+    <t>Ибн Аббас (Аллах алардан ыраазы болсун) айтты: «Күндөрдүн биринде мен пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) артында учкашып бара жатсам ал мага мындай деп айтты: «Эй, бала! Мен сага ушундай сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун табасың. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурай турган болсоң, анда Аллахтан сура. Билгиниң! Эгерде бүткүл үммөт сага пайда берүү үчүн бириксе да, алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле үммөттүн бардыгы сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Калемдер көтөрүлгөн, барактар кургаган».</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
-    <t>Ибн Аббас, радыяллаху анху, ал жаш кезинде Пайгамбар, саллаллаху алейхи уа салламдын, артында учкашып бара жатканын кабарлап жатат. Ошондо Пайгамбар, саллаллаху алейхи уа саллам, ага: «Мен сага Аллах сага пайда бере турган иштерди жана нерселерди үйрөтөм» - деди.
+    <t>Ибн Аббас (Аллах алардан ыраазы болсун) ал жаш кезинде Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) артында учкашып бара жатканын кабарлап жатат. Ошондо Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: «Мен сага Аллах сага пайда бере турган иштерди жана нерселерди үйрөтөм» - деди.
 Аллахтын буйруктарын аткаруу менен жана тыюу салган нерселериннен сактануу менен Аллахтын шариятын сакта. Ошондо сен Аллахты өзүңө жакын тутуп жатканыңда, Ага ибадат кылып жатканыңда табасын жана Андан баш тартканыңда, күнөө кылып жатканыңда Аны таппайсын. Эгер ушундай кылсаң, сага сыйлык - Аллах сени бул дүйнө жана акырет балээлеринен сактап, кайда барбагын зарыл иштериңде жардам берет.
 А эгер бир нерсе сурагың келсе, анда Аллахтан гана сура, анткени сурагандарга Ал гана жооп берет.
 А эгер жардам кааласаң, анда Аллахтан гана жардам сура.
 Сенде ушундай ишенич болсун эгерде бүткүл жер жүзүндөгү бардык адамдар сага пайда берүү үчүн бириксе да алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле бүткүл жер жүзүндөгү бардык адамдар сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат.
 Чындыгында, бул иш Аллах Таала тарабынан жазылган жана Анын даанышмандыгынын жана илиминин талабына ылайык тагдыр кылынган. Аллах жазып койгон нерседе эч кандай өзгөртүү болбойт.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Жаштарга жана жаш балдарга таухидти жана адеп-ахлакты ж.б. дин иштеринен окутуу зарыл.
 Иш-аракеттердин түрүнө жараша сооп-сыйлык болот же жаза болот.
 Иштер Аллахка таянуу менен жана Ага гана таваккүль кылуу менен болот. Ал эң жакшы Кепилдике Алуучу.
 Тагдырга жана тагдырдын ишке ашуусуна ыйман келтирүү жана ага ыраазы болуу. Чындыгында, Аллах Таала бардык нерсени тагдыр кылган.
 Ким Аллахтын буйругунда кемчилик кетирсе, анда Аллах аны адаштырат жана аны сактабайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4811</t>
   </si>
   <si>
     <t>لا تقتله، فإن قتلته فإنه بمنزلتك قبل أن تقتله، وإنك بمنزلته قبل أن يقول كلمته التي قال</t>
@@ -7259,59 +7259,59 @@
   <si>
     <t>مَن صَدَر منه ما يَدل على الدخول في الإسلام مِن قول أو فعل حَرُم قتلُه.
 إذا أسلم أحدٌ من الكفار أثناء المعركة، فقد عُصِم دمُه، ووجب الكفُّ عنه إلا أن يَتَبَيَّنَ منه خلاف ذلك.
 يجب على المسلم أن يكون هواه تبعًا للشرع وليس للعصبية والانتقام.
 قال ابن حجر: جواز السؤال عن النوازل قبل وقوعها بناءً على ترجيح أنَّ القصة لم تقع، وأما ما نُقِلَ عن بعض السلف من كراهة ذلك فهو محمول على ما يَنْدُرُ وقوعُه، وأما ما يمكن وقوعُه عادةً فيُشرَع السؤالُ عنه لِيُعْلَم.</t>
   </si>
   <si>
     <t>Кимдин сөзү же кыймыл-аракети Исламды кабыл алганын көрсөтсө, аны өлтүрүү арам болот.
 Эгер каапырлардын бири согуш учурунда Исламды кабыл алса, анын каны корголот. Аны кайра каапырлыгы анык болмоюнча өлтүрүүгө болбойт.
 Мусулман адамдын каалоосу улутчулдугана жана кегине жараша эмес, шарияттын талабына жараша болууга тийиш.
 Ибн Хажар минтип айткан: Окуя боло электе, анын болуу ыктымалдыгына жараша ал тууралуу суроого болот. Ал эми абалкы аалымдардын мындай нерсени суроо жакшы эмес деген пикири болуусу сейрек боло турган нерселерге карата айтылган. А адатта болуусу мүмкүн  болгон нерсени билип алуу үчүн суроо шариятта тыюу салынган эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4815</t>
   </si>
   <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>«Бир адам күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр»  деди. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Андан кийин ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Раббим! Менин күнөөмдү кечир» - деди. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Раббим, менин күнөөмдү кечир» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Каалаганыңды кыл, анткени Мен сени кечирдим» - деп айтты.*@</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылат. Пайгамбар, саллаллаху алейхи уа саллам, кудсий хадисте Аллах Тааланын мындай деп айтканын айтты: «Бир адам күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр»  деди. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Андан кийин ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Раббим! Менин күнөөмдү кечир» - деди. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Раббим, менин күнөөмдү кечир» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Каалаганыңды кыл, анткени Мен сени кечирдим» - деп айтты.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылат. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кудсий хадисте Аллах Тааланын мындай деп айтканын айтты: «Бир адам күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр»  деди. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Андан кийин ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Раббим! Менин күнөөмдү кечир» - деди. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Раббим, менин күнөөмдү кечир» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Каалаганыңды кыл, анткени Мен сени кечирдим» - деп айтты.</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, кудсий хадисте Аллах Тааланын мындай деп айтканын айтты: «Бир адам күнөө кылып, андан кийин: «Оо, Аллах! Менин күнөөмдү кечире көр» - деп айтса, анда Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечирип жашыра турган, күнөөлөрдү кетире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» деди да: «Мен сенин күнөөлөрүңдү кечирдим» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечирип жашыра турган, күнөөлөрдү кетире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Мен кулумду кечирдим» - деп айтты. Андан кийин кайра ал адам күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечирип жашыра турган, күнөөлөрдү кетире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Мен кулумду кечирдим. Ал ар бир күнөө кылган сайын күнөөсүн таштап, өкүнүп, кайра ага кайтпоону чечип бирок напси аны жеңип кайра күнөөгө батса, анда каалаганын кылсын. Ал күнөө кылып анан тообо кылып ушундай кыла берсе, анда Мен аны кечирем. Анткени тообо андан мурункуларды жок кылат» - деп айтты.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кудсий хадисте Аллах Тааланын мындай деп айтканын айтты: «Бир адам күнөө кылып, андан кийин: «Оо, Аллах! Менин күнөөмдү кечире көр» - деп айтса, анда Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечирип жашыра турган, күнөөлөрдү кетире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» деди да: «Мен сенин күнөөлөрүңдү кечирдим» - деп айтты. Андан кийин ал адам кайра күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечирип жашыра турган, күнөөлөрдү кетире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Мен кулумду кечирдим» - деп айтты. Андан кийин кайра ал адам күнөө кылып: «Оо, Аллах! Менин күнөөмдү кечире көр» - деп айтты. Ошондо Аллах Таала: «Менин пендем күнөө кылды. Ал күнөөлөрдү кечирип жашыра турган, күнөөлөрдү кетире турган жана күнөө үчүн азаптай турган Раббиси бар экенин билди» - деди да: «Мен кулумду кечирдим. Ал ар бир күнөө кылган сайын күнөөсүн таштап, өкүнүп, кайра ага кайтпоону чечип бирок напси аны жеңип кайра күнөөгө батса, анда каалаганын кылсын. Ал күнөө кылып анан тообо кылып ушундай кыла берсе, анда Мен аны кечирем. Анткени тообо андан мурункуларды жок кылат» - деп айтты.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Аллахтын пенделерине болгон ырайымы кең. Пенде кандай күнөө кылбасын, эмне кылбасын, эгер ага тообо кылып Ага кайрылса, Аллах анын тообосун кабыл кылат.
 Аллах Таалага ыйман келтирген адам Раббисинин кечириминен үмүт кылат, Анын азабынан коркот. Ошондуктан тообо кылууга шашат жана күнөө кылууну токтотот.
 Чыныгы тообо кылуунун шарттары: күнөөсүн таштоо, өкүнүү жана кайра күнөөгө барбоого ниет кылуу. Ал эми пенделердин мал мүлкүн тартып алып, намысын тепсеп же напсисин кордоп зулумдук кылган болсо, анда анын тообо кылуусуна төртүнчү шарт кошулат. Ал - Акы ээлери акысын кечүү үчүн алардан ыраазычылык суроо же алардын акысын берүү.
 Аллах тууралуу илим алуу эң зарыл. Ал илим пендени дин маселелерини билүүчү кылып коёт. Ошондуктан ал пенде ката кетирген сайын тообо кылат, Аллахтан үмүтүн үзбөйт жана күнөөсүн кайра уланта бербейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4817</t>
   </si>
   <si>
     <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
   </si>
   <si>
     <t>Кимде-ким сарымсак же пияз жесе, бизге (же биздин мечитибизге) жолобой үйүндө отурсун</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
@@ -7567,80 +7567,80 @@
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Кошунанын укугун урматтоо жана анын укугун сактоо керек.
 Осуят жазып жатканда кошунанын укугун баса белгилеп, аны урматтоону, жакшы көрүүнү жана жакшылык кылууну, андан жамандыкты кайтарууну, ооруганда зыярат кылууну, кубанычтуу болгондо куттуктоону, балээге кабылганда көңүл айтууну осуят кылуу зарылчылыгы талап кылынат.
 Кошунанын эшиги канчалык жакын болсо, анда ал ошончолук акылуу болот.
 Ислам шариятынын кемчиликсиздиги коомчулуктун арасында кошуналарга жакшылык кылууда жана аларды жамандыктан сактоодо да келген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4965</t>
   </si>
   <si>
     <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>Эгерде силерден кимдир бирөөнүн эшик алдында дарыя агып, анан ал ошол дарыяга бир күндө беш жолу жуунса, анын денесинде кир калабы?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Эгерде силерден кимдир бирөөнүн эшик алдында дарыя агып, анан ал ошол дарыяга бир күндө беш жолу жуунса, анын денесинде кир калабы?"  Кирден эч нерсе калбайт - дешти (сахабалар). Ал: "Беш убак намаз да ушул сыяктуу, Аллах намаз аркылуу күнөөлөрдү жууйт" - деди.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Эгерде силерден кимдир бирөөнүн эшик алдында дарыя агып, анан ал ошол дарыяга бир күндө беш жолу жуунса, анын денесинде кир калабы?"  Кирден эч нерсе калбайт - дешти (сахабалар). Ал: "Беш убак намаз да ушул сыяктуу, Аллах намаз аркылуу күнөөлөрдү жууйт" - деди.</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) күнүмдүк беш убак намазды майда күнөөлөрдү жана каталарды өчүрүүдө бирөөнүн эшигинин алдында агып жаткан дарыяга окшоштурган. Ал киши дарыяга бир күндө беш жолу жуунса, денесинде эч кандай кир калбайт.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Бул артыкчылык майда күнөөлөргө эле тиешелүү, ал эми чоң күнөөлөргө тообо кылуу зарыл.
-Беш убак намазды шарттары, үрүкүндөрү, ваажыбдары жана сүннөттөрү менен калтырбай толук аткаруу ушундай артыкчылыктуу иш.</t>
+Беш убак намазды шарттары, үрүкүндөрү, важиптери жана сүннөттөрү менен калтырбай толук аткаруу ушундай артыкчылыктуу иш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4968</t>
   </si>
   <si>
     <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>Ыймандуулар бири-бирин жакшы көрүүдө, ырайым кылууда жана жардам берүүдө бир бүтүн дене сыяктуу, дененин бир мүчөсү ооруса, уйкусуздукта жана ысытмада ага бардык мүчөлөр шерик болот</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
-    <t>Нуъман бин Башир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ыймандуулар бири-бирин жакшы көрүүдө, ырайым кылууда жана жардам берүүдө бир бүтүн дене сыяктуу, дененин бир мүчөсү ооруса, уйкусуздукта жана ысытмада ага бардык мүчөлөр шерик болот".</t>
+    <t>Нуъман бин Башир (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ыймандуулар бири-бирин жакшы көрүүдө, ырайым кылууда жана жардам берүүдө бир бүтүн дене сыяктуу, дененин бир мүчөсү ооруса, уйкусуздукта жана ысытмада ага бардык мүчөлөр шерик болот".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) дене мүчөлөрүнөн бир мүчө ооруса, башка мүчөлөрү да уйкусуздукта жана ысытмалоодо ага шерик болгондой, мусулмандар да бири-бирине жакшылык кылууда, ырайым кылууда, жардам берип, көмөктөшүүдө, бирине зыян тийсе аны сезүүдө бир дене сыяктуу болуу керек экендигин айткан.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Мусулмандардын укугун сактоо, аларга жардам берүү жана бири-бири менен тыгыз мамиледе болуу зарыл.
 Ыймандуулардын ортосунда махабат жана көмөктөштүк болууга тийиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4969</t>
   </si>
   <si>
     <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
   </si>
   <si>
     <t>Ошондо пайгамбарыбыз: "Аларды уккула жана баш ийгиле. Алар өз моюнундагына, силер өз моюнуңардагыга жооп бересиңер" - деп жооп берди</t>
   </si>
   <si>
@@ -8482,51 +8482,51 @@
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Абалкылар илимий маселелерди бири-бирине айтып белек кылышкан.
 Намаздагы акыркы ташахудда пайгамбарга салават айтуу ваажыб.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына ага (өзүнө) салам жана салаватты кантип айтууну үйрөткөн.
 Жогорудагы салават пайгамбарга айтылчу салаваттардын эң толугу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5377</t>
   </si>
   <si>
     <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>Фатиханы окубаган адамдын намазы жок</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
-    <t>Убада бин Саамит (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Фатиханы окубаган адамдын намазы жок".</t>
+    <t>Убада бин Саамит (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Фатиханы окубаган адамдын намазы жок".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Фатиха сүрөсү окулбаса, адамдын окуган намазы жарактуу болбостугун айткан. Фатиханы окуу намаздын ар бир ирекетинде аткарылчу рүкүндөрдүн бири.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Фатиха сүрөсүн окууга мүмкүнчүлүгү болуп туруп анын ордуна башка сүрөнү окуса, анын ордуна өтпөйт.
 Фатиха сүрөсү окулбаган ирекет батыл, б.а жакраксыз, мейли атайлап окубасын, мейли билбестен же унутуп окубасын, айырмасы жок. Анткени, ал рүкүн, рүкүндөр кандай шартта болсо да моюндан түшпөйт.
 Имамга жүктөгөн адам имам үрүкү кылган учурда жетишип калса, Фатиханы окуу анын моюнунан сакыт болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5378</t>
   </si>
   <si>
     <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
   </si>
   <si>
     <t>Бетин тытып, жакасын айрып, караңгы доорго чакырып, кыйкыргандар бизден эмес</t>
@@ -8775,65 +8775,65 @@
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
 ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтат: кимде-ким парз, сүннөт, мустахабдарын калтырбай толук аткарып даарат алса, анан жума намазын окуу үчүн мечитке барып, кутпа айткан кишини унчукпай угуп отурса, керексиз сөз сүйлөбөсө, Аллах Таала анын он күндүк майда күнөөлөрүн кечирет. Өткөн жумадан бул жумага чейинки жети күн андан сырткары дагы үч күндүк күнөөлөрү кечирилет. Анткени жакшылыктын сообу он эсеге көбөйтүлүп берилет. Андан кийин пайгамбарыбыз (ага Алланын тынчтыгы жана мактоосу болсун) кутпадан алагды кыла турган иштерди кылуудан тыйып эскертти. Кимде-ким денесине тийген майда таштарды тазалаган сыяктуу адамды алагды кыла турган иштерди кылса, ал жуманын толук сооп-сыйын алуудан куру калат.</t>
   </si>
   <si>
     <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
 فضل صلاة الجمعة.
 وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
 من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
   </si>
   <si>
     <t>Дааратты кемчиликсиз, толук алуу жана жума намазын такыр калтырбай окуу зарыл.
 Жума намазы артыкчылыктуу намаз.
 Жумадагы кутпаны унчукпай отуруп угуу важыб. Кутпанын учурунда сүйлөөгө же башка иш менен алек болууга болбойт.
 Кутпанын учурунда керексиз иш кылган адамдын намазы – намаз катары кабыл болот, бирок сооп-сыйлыктары кемчиликтүү болуп калат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5433</t>
   </si>
   <si>
     <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
-    <t>Кимде-ким багымдат намазын окуса, анда ал Аллахтын коргоосунда болот. Ошондуктан Аллах силерден Өзүнүн коргоосундагы адам тууралуу эч нерсени талап кылбасын. Анткени Аллах кимден Өз коргоосундагы адам тууралуу бир нерсени талап кылса, анда Аллах ага сөзсүз жетет. Андан кийин аны бети менен тозоко ыргытат</t>
+    <t>Кимде-ким багымдат намазын окуса, анда ал Аллахтын коргоосунда болот</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
-    <t>Жундуб бин Абдулла Аль-Касри, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким багымдат намазын окуса, анда ал Аллахтын коргоосунда болот. Ошондуктан Аллах силерден Өзүнүн коргоосундагы адам тууралуу эч нерсени талап кылбасын. Анткени Аллах кимден Өз коргоосундагы адам тууралуу бир нерсени талап кылса, анда Аллах ага сөзсүз жетет. Андан кийин аны бети менен тозоко ыргытат».</t>
+    <t>Жундуб бин Абдулла Аль-Касри (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Кимде-ким багымдат намазын окуса, анда ал Аллахтын коргоосунда болот. Ошондуктан Аллах силерден Өзүнүн коргоосундагы адам тууралуу эч нерсени талап кылбасын. Анткени Аллах кимден Өз коргоосундагы адам тууралуу бир нерсени талап кылса, анда Аллах ага сөзсүз жетет. Андан кийин аны бети менен тозоко ыргытат».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким багымдат намазын окуса, анда ал Аллахтын сактоосунда, көзөмөлүндө жана коргоосунда болоорун кабарлап жатат. Аллах Таала аны душмандан сактайт жана аларга үстөмдүк кылат.
-Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, багымдат намазын калтырып же багымдат намазын окугандарга кол салып, аларга душмандык кылып, Аллах коргоосуна алган адам менен Аллахтын ортосундагы бул келишимди бузгандарга, аны жараксыз кылгандарга катуу эскертти. Анткени кимде-ким бул келишимди бузса, анда Аллахтын коргоосун бузган болот. Ал Аллахтын коргоосундагы адамдын акысына душмандык кылганы себептүү ал катуу азапка татыктуу болот. Аллах кимден Өз коргоосундагы адам тууралуу бир нерсени талап кылса, анда Аллах ага сөзсүз жетет. Андан кийин аны бети менен тозоко ыргытат».*</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким багымдат намазын окуса, анда ал Аллахтын сактоосунда, көзөмөлүндө жана коргоосунда болоорун кабарлап жатат. Аллах Таала аны душмандан сактайт жана аларга үстөмдүк кылат.
+Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) багымдат намазын калтырып же багымдат намазын окугандарга кол салып, аларга душмандык кылып, Аллах коргоосуна алган адам менен Аллахтын ортосундагы бул келишимди бузгандарга, аны жараксыз кылгандарга катуу эскертти. Анткени кимде-ким бул келишимди бузса, анда Аллахтын коргоосун бузган болот. Ал Аллахтын коргоосундагы адамдын акысына душмандык кылганы себептүү ал катуу азапка татыктуу болот. Аллах кимден Өз коргоосундагы адам тууралуу бир нерсени талап кылса, анда Аллах ага сөзсүз жетет. Андан кийин аны бети менен тозокко ыргытат».</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Багымдат намазынын маанилүүлүгү жана анын пазилети баяндалды.
 Багымдат намазын окугандар үчүн жамандык кылган адамдарга катуу азап болоорун эскертип жатат.
 Аллахтын салих пенделерине душмандык кылгандардан Аллах алардын өчүн алып берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5435</t>
   </si>
   <si>
     <t>من غدا إلى المسجد أو راح أعد الله له في الجنة نزلا، كلما غدا أو راح</t>
   </si>
   <si>
     <t>Кимде-ким эртең менен жана кечинде мечитке барса, анын ар бир барганы үчүн Аллах Таала ага бейиште сый даярдап койот</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким эртең менен жана кечинде мечитке барса, анын ар бир барганы үчүн Аллах Таала ага бейиште сый даярдап койот".</t>
@@ -8917,75 +8917,75 @@
     <t>Пайгамбар, саллаллаху алейхи уа саллам, адамдарга ырайым кылбаган адамга Аллах Таала ырайым кылбай турганын баяндап жатат. Пенденин калайык калкка кылган ырайымы – Аллах Тааланын ырайымына ээ болуунун эң чоң себептеринин бири.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Ырайымдуулук бардык макулуктар үчүн талап кылынат. Бирок ал макулуктарга адамдардын көңүл буруусу өзгөчө айтылды.
 Аллах Таала Ырайымдуу. Ырайымдуу пенделерин ырайымына алат. Иш-аракеттердин түрүнө жараша сооп-сыйлык же жаза болот.
 Адамдарга ырайымдуулук кылуу - бул аларга жакшылык кылууну, алардан жамандыкты кайтарууну жана аларга жакшы мамиле кылууну камтыйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5439</t>
   </si>
   <si>
     <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>Эй, адам баласы! Эгер Мага дуба кылып, анын кабыл болуусун үмүт кылсаң, сенден болгон күнөөнүн баарын кечирип коюу Мага эч нерсе эмес</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Улуу Аллах Таала минтип айткан: "Эй, адам баласы! Эгер Мага дуба кылып, анын кабыл болуусун үмүт кылсаң, сенден болгон күнөөнүн баарын кечирип коюу Мага эч нерсе эмес . Эй, адам баласы! Эгер күнөөлөрүң асманды тиреп калса да сен Менден кечирим тилесең, сени кечирип коюу Мага оор эмес . Эй, адам баласы! Сен мага жер бети толо күнөө менен келип, бирок Мага эч нерсени шерик кылбай жолуксаң, Мен сага жер бети толо кечирим менен бармакмын".</t>
+    <t>Анас (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Улуу Аллах Таала минтип айткан: "Эй, адам баласы! Эгер Мага дуба кылып, анын кабыл болуусун үмүт кылсаң, сенден болгон күнөөнүн баарын кечирип коюу Мага эч нерсе эмес . Эй, адам баласы! Эгер күнөөлөрүң асманды тиреп калса да сен Менден кечирим тилесең, сени кечирип коюу Мага оор эмес . Эй, адам баласы! Сен мага жер бети толо күнөө менен келип, бирок Мага эч нерсени шерик кылбай жолуксаң, Мен сага жер бети толо кечирим менен бармакмын".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала кудси хадисте минтип айтканын баяндайт: Эй, адам баласы! Сен Мага дуба кылып, Менин ырайымымды үмүт кылсаң жана үмүтүңдү үзбөсөң, сенин айыбыңды жашырып, күнөөңдү кечирип коюу Мага жеңил. Атүгүл, күнөөлөрүңдүн арасында чоң күнөөлөр болсо да кечирем. Эй, адам баласы! Эгерде күнөөлөрүң асман менен жердин ортосун толтуруп, анын жетер чегине жетсе, анан сен Менден кечирим тилесең; анын көптүгүнө карабай баарын кечирип, өчүрүп саламын.
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала кудсий хадисте минтип айтканын баяндайт: Эй, адам баласы! Сен Мага дуба кылып, Менин ырайымымды үмүт кылсаң жана үмүтүңдү үзбөсөң, сенин айыбыңды жашырып, күнөөңдү кечирип коюу Мага жеңил. Атүгүл, күнөөлөрүңдүн арасында чоң күнөөлөр болсо да кечирем. Эй, адам баласы! Эгерде күнөөлөрүң асман менен жердин ортосун толтуруп, анын жетер чегине жетсе, анан сен Менден кечирим тилесең; анын көптүгүнө карабай баарын кечирип, өчүрүп саламын.
 Эй, адам баласы! Сен өлгөндөн кийин Мага жер бети толо күнөө, ката менен келсең, бирок Мага эч нерсени шерик кылбай, жалгыздап жүрүп өлгөн болсоң; сенин күнөө-каталарыңды жер бети толо кечирим менен тосуп алам. Анткени, Менин кечиримим кенен, ширктен башка бардык күнөөнү кечиремин.</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Аллах Тааланын кечирими, ырайымы жана берешендиги кенен.
 Бир Аллахка сыйынуу ишенимин кармануу артыкчылыктуу иш. Бир Аллахка сыйынуу ишеними менен өткөн адамдын күнөө, каталарын Аллах кечирет.
 Ширк өтө коркунучтуу күнөө, анткени Аллах Таала аны кечирбейт.
 Ибн Ражаб айтат: "Бул хадис күнөөлөрдүн кечирилүүсүнө себеп боло турган үч ишти баяндаган, биринчиси: үмүт кылуу менен бирге дуба кылуу, экинчиси: кечирим тилеп, тообо кылуу, үчүнчүсү: бир Аллахка сыйынуу ишеними менен жашап өтүү".
-Бул хадис пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббисинен риваят кылган хадистерден. Мындай хадистер кудсий же илахий хадис деп аталат. Анын айтылышы жана мааниси Аллахтан, бирок кудсий хадис Курандын башкалардан айырмаланып турган өзгөчөлүктөрүнө ээ эмес. Мисалы, Куранды окуу ибадат экендиги, аны даарат менен кармоо, андайды эч ким жаза албастыгы, мужизалыгы ж.б.
+Бул хадис пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббисинен риваят кылган хадистерден. Мындай хадистер кудсий же илахий хадис деп аталат. Анын айтылышы жана мааниси Аллахтан, бирок кудсий хадис Курандын башкалардан айырмаланып турган өзгөчөлүктөрүнө ээ эмес. Мисалы, Куранды окуу ибадат экендиги, аны даарат менен кармоо, андайды эч ким жаза албастыгы, муъжизалыгы ж.б.
 Күнөөлөрдүн үч түрү бар: биринчиси: Аллахка шерик кошуу, бул күнөөнү Аллах Таала кечирбейт. Аллах Таала минтип айткан: "Кимде-ким Аллахка шерик кошсо, Аллах аны бейишке киргизбейт". Экинчиси: пенденин Раббиси менен өзүнүн ортосундагы иштерде өзүнө зулум кылып жасаган күнөөлөрү, мындай күнөөлөрдү Аллах Таала кааласа кечирип жиберет. Үчүнчүсү: Аллах Таала таштап койбой турган күнөөлөр, бул пенделердин бири-бирине кылган зулум күнөөлөрү, мындай күнөөлөрдүн өчү алынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5456</t>
   </si>
   <si>
     <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Чындыгында, Аллахтын алдында адамдардын эң жаманы – өтө талашчаак адам</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Аиша, радыяллаху анха, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Чындыгында, Аллахтын алдында адамдардын эң жаманы – өтө талашчаак адам».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Тааланын бизге өтө талашчаак жана көп талашып-тартышкан адамдарды жана талашып аны коргоого аракет кылган адамды жек көрөрүн кабар берип жатат. Аллах Таала акыйкат менен талашып, бирок талаш-тартышты көбүртүп-жабыртып, чектен чыгып, билимсиз талашкан адамды жаман көрөт.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
@@ -9109,51 +9109,51 @@
 Уяттуулук – бул жакшы иш-аракеттерди аткарууга жана жаман иш-аракеттерди таштоого түрткү болгон адеп.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Жакшылыктан тоскон нерсе уяттуулук эмес. Тескерисинче, ал тартынуу, алсыздык, текебердик жана коркоктук деп аталат.
 Аллах Тааладан уялуу - бул Анын буюруганын аткаруу жана Ал тыйган нерселерди таштоо менен болот.
 Адамдардан уялуу – бул аларды урматтоо, аларды коомчулуктагы ордуна коюу жана адаттагы жийиркеничтүү нерселерден алыс болуу менен болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5478</t>
   </si>
   <si>
     <t>الدعاء لا يرد بين الأذان والإقامة</t>
   </si>
   <si>
     <t>Азан жана икооматтын ортосунда айтылган дуба артка кайтарылбат</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
   </si>
   <si>
-    <t>Анас бин Малик (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Азан жана икооматтын ортосунда айтылган дуба артка кайтарылбат".</t>
+    <t>Анас бин Малик (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Азан жана икооматтын ортосунда айтылган дуба артка кайтарылбат".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فَضْلَ الدعاء بين الأذان والإقامة، وأنه لا يُرَدّ وحَرِيٌّ بالإجابة، فادعوا الله فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) азан менен икооматтын ортосунда дуба кылуунун артыкчылыгын баяндаган. Бул дуба артка кайтарылбайт жана кабыл болууга жакын. Ушул убакта Аллахка дуба кылгыла.</t>
   </si>
   <si>
     <t>فضيلة هذا الوقت للدعاء.
 إذا تَحَلّى الدّاعي بآداب الدعاء، وقَصَدَ مَوَاطِنَه وأوقاته الفاضلة، وابتعد عن عِصْيان الله، واحتاط لنفسه من الوقوع في الشُّبُهات والرِّيَب، وأحسن الظن بالله: فإنه جَدِيْرٌ أنْ يُستَجاب له بإذن الله.
 قال المناوي عن استجابة الدعاء: أي: بعد جَمْع شروط الدعاء وأركانه وآدابه، فإنْ تَخَلَّفَ شيءٌ منها فلا يَلوم إلا نفسَه. 
 استجابة الدعاء: إما أنْ تُعَجَّلَ له دعوتُه، أو يُصرَفَ عنه مِن الشر مِثلُها، أو تُدَّخَرَ له في الآخرة؛ وذلك بحسب حكمة الله ورحمته.</t>
   </si>
   <si>
     <t>Дуба кылуу үчүн ушул убак артыкчылыктуу.
 Дуба кылуучу адам дубанын адебин сактап, дуба кабыл боло турган орундарды жана убактарды максат кылып, Аллахка күнөө кылуудан алыс болуп, шек-күмөндөн напсисин этияттап, дубам кабыл болот деп Аллахка жакшы күмөн кылып дуба кылса, Аллахтын уруксаты менен анын дубасы кабыл болууга татыктуу болот.
 Ал-Мунавий дубанын кабыл болуусу жөнүндө минтип айткан: Б.а. дубанын шарттарын, рүкүндөрүн, адептерин бүт аткаргандан кийин дуба кабыл болот. Эгер булардын кайсы бири аткарылбай калса, адам өзүн гана айыптасын.
 Дубанын кабыл болуусу: же анын сураганы дароо берилет, же анын ордуна андан бир жамандык арылтылат, же акыретке калтырылат. Мунун баары Аллахтын ырайымы жана даанышмандыгы менен болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5479</t>
   </si>
   <si>
     <t>اللهم أصلح لي ديني الذي هو عصمة أمري</t>
   </si>
@@ -9935,51 +9935,51 @@
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала кээ бир пенделерин жакшы көрөрүн кабарлаган.
 Ошолордун бири такыба пенде: Аллах Тааланын буйруктарын кынтыксыз аткарып, тыюуларынан дароо тыйылган адам.
 Аллах Таала байды жакшы көрөт: адамдардын колун карабаган, Аллахка гана таянган каниеттүү адам.
 Аллах Таала купуя пендени жакшы көрөт: кичи пейил, Раббисине ибадат кылган, пайдалуу иш менен алек болгон, анысын адамдар билүүсүн жана мактап сөз кылуусун каалабаган адам.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>Аллах Тааланын сүйүүсүнө татыктуу боло турган кээ бир сыпаттар: такыбалык, кичи пейилдик, Аллахтын бергенине ыраазы болуу ж.б. тууралуу баяндалган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5545</t>
   </si>
   <si>
     <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Раббиңерди ушул айды көрүп турган сыяктуу көрөсүңөр, Аны көрүүдө эч кыйналбайсыңар</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
-    <t>Жарир бин Абдуллах (ага Аллах ыраазы болсун) айтат: Биз Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) жанында элек. Ал түнкү айга, тагыраак айтканда, толуп турган айга карап: " Раббиңерди ушул айды көрүп турган сыяктуу көрөсүңөр, Аны көрүүдө эч кыйналбайсыңар. Эгер күн батардагы жана күн чыгардагы намазга тоскоолдуктарды жеңе аласаңар, анда ушул эки намазды аткаргыла" - деди да, анан: "Күн чыгардан мурда жана күн батарда Раббиңе мактоо айтуу менен Аны аруула" деген аятты окуду.</t>
+    <t>Жарир бин Абдуллах (Аллах андан ыраазы болсун) айтат: Биз Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) жанында элек. Ал түнкү айга, тагыраак айтканда, толуп турган айга карап: " Раббиңерди ушул айды көрүп турган сыяктуу көрөсүңөр, Аны көрүүдө эч кыйналбайсыңар. Эгер күн батардагы жана күн чыгардагы намазга тоскоолдуктарды жеңе аласаңар, анда ушул эки намазды аткаргыла" - деди да, анан: "Күн чыгардан мурда жана күн батарда Раббиңе мактоо айтуу менен Аны аруула" деген аятты окуду.</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
     <t>Бир түнү сахабалар Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге отурганда, ал он төртүнө толуп турган айга карап мындай дейт: Чынында ыймандуу пенделер Раббисин акыйкат, өз көздөрү менен эч шексиз көрүшөт. Аллах Тааланы көрүүдө аларда тыгын да,  кыйынчылык да, чарчоо да болбойт. Андан кийин Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дейт: Эгер багымдат жана дигер намазынан силерди алагды кыла турган себептерди жогото алсаңар, анда ошондой кылгыла, бул эки намазга өз убагында жамаат менен окууга келгиле. Анткени бул Улук Аллах Тааланын жүзүн көрүүгө себеп болот. Андан кийин Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бул аятты окуду: "Күн чыгардан мурда жана күн батарда Раббиңе мактоо айтуу менен Аны аруула".</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>Ыйман ээлерине бейиште Аллах Тааланы көрөрү тууралуу сүйүнчү кабар.
 Бышыктап айтуу, кызыктыруу жана мисал келтирүү - булар, дааваттын услуб-ыкмаларынан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5657</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
@@ -10000,51 +10000,51 @@
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сүннөт жолдорунун бири - ага жыттуу нерсе белек берилсе аны кайтарбай алганы. Анткени, аны алып жүрүү жеңил жана жыты сонун.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Белекке берилген жыттуу нерсени кабыл кылуу жакшы.
 Жыттуу нерсени кайтарбаганы жана берилген белекти кабыл кылганы пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөзүнүн жакшылыгы жана толуктугу.
 Жыттуу атырларды колдонууга кызыктыруу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5733</t>
   </si>
   <si>
     <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>Зулумдуктан сактангыла! Себеби зулумдук - кыяматтагы караңгылык. Ач көздүктөн сактангыла! Анткени, силерден мурдагылар ач көздүктүн айынан кыйроого учураган</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
-    <t>Жаабир бин Абдуллах (аларга Аллах ыраазы болсун) Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Зулумдуктан сактангыла! Себеби зулумдук - кыяматтагы караңгылык. Ач көздүктөн сактангыла! Анткени, силерден мурдагылар ач көздүктүн айынан кыйроого учураган.  Ач көздүк аларды кан төгүүгө, арамды адал кылууга түрткөн".</t>
+    <t>Жаабир бин Абдуллах (Аллах алардан ыраазы болсун) Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Зулумдуктан сактангыла! Себеби зулумдук - кыяматтагы караңгылык. Ач көздүктөн сактангыла! Анткени, силерден мурдагылар ач көздүктүн айынан кыйроого учураган.  Ач көздүк аларды кан төгүүгө, арамды адал кылууга түрткөн".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) зулумдук кылуудан тыйып, эскерткен. Зулумдук: адамдарга зулум кылуу, өзүнө-өзү зулум кылуу жана Аллах Тааланын акысында зулум кылуу (болуп бөлүнөт). Зулумдук - бул, ар бир акы ээсине акысын бербей койуу. Адамдын кылган зулумдук кыямат күнү анын башына кыйынчылык жана оор абалдар менен коштолуп каран күн түшүрөт. Ошондой эле ач көздүктөн тыйган. Ач көздүк бул суктук жана сараңдык. Мал-мүлккө тиешелүү бирөөлөрдүн акысын бербей коюу, дүнүйөгө өтө берилип суктук кылууда ач көздүккө кирет. Зулумдуктун ушул түрү бизден мурда жашап өткөн кээ бир коомдорду кыйратып жок кылган, аларды бири-бирин өлтүрүүгө түрткөн, Аллах арам кылган нерселерди адалдаштырууга алып барган.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Мал-мүлктөн каралашуу, бир туугандар менен тең бөлүшүү, бири-бирин жакшы көрүүгө жана байланышты бекемдөөгө себеп болот.
 Сараңдык жана ач көздүк бузукулукка, ката кетирүү жана күнөө кылууга алып барат.
 Мурда жашап өткөн үммөттөрдүн абалын да этибарга ала жүрүү зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5787</t>
   </si>
   <si>
     <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
@@ -10342,51 +10342,51 @@
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Сахабалар дүйнө жана акыретке пайдалуу өзгөчө иштерди билүүгө кызыкдар болушкан.
 Салам жана тоюндуруу Исламдагы эң абзел иштерден; артыкчылыктуу болгону жана адамдар бул эки нерсеге дайыма муктаж болуп турганы үчүн.
 Бул эки өзгөчө иш аркылуу амалга да, сөзгө да тиешелүү жакшылыктар ишке ашат, жакшылыктын эң артыгы тил жана амал менен болгону.
 Бул өзгөчө иштер мусулмандардын бири-бири менен болгон мамилесине тиешелүү, мындан башка Аллах менен пенденин ортосундагы мамилеге тиешелүү да өзгөчө иштер бар.
 Саламды озунуп биринчи айтуу мусулмандарга гана тиешелүү, а эгер мусулман эмес адамга жолукса, ага озунуп салам айтууга болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5808</t>
   </si>
   <si>
     <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Чынында Аллах Таала заалымга убакыт берет, анан аны кармаганда такыр коё бербейт</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
-    <t>Абу Муса ал-Ашари (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында Аллах Таала заалымга убакыт берет, анан аны кармаганда такыр коё бербейт ". Анан бул аятты окуду: "Раббиң шаарларды азабына алганда  мына ушундай азаптайт. Алар заалым болчу. Анын азабы чынында оорутуучу, катуу" (Худ: 102-аят).</t>
+    <t>Абу Муса ал-Ашари (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында Аллах Таала заалымга убакыт берет, анан аны кармаганда такыр коё бербейт ". Анан бул аятты окуду: "Раббиң шаарларды азабына алганда  мына ушундай азаптайт. Алар заалым болчу. Анын азабы чынында оорутуучу, катуу" (Худ: 102-аят).</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ширк жана күнөөлөр аркылуу зулумдукту уланта берүүдөн жана адамдардын акысына зулумдук кылуудан тыйып эскерткен. Аллах Таала заалымга убакыт берип, кечиктирип, анын өмүрүн, мал-мүлкүн узартып, аны жазалоого шашылбайт. Эгер ушул мөөнөттө да тиги тообо кылбаса, анда аны азабына алып, такыр бошотпойт жана көп зулум кылганы үчүн аны жазасыз калтырбайт.
 Андан кийин пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун): "Раббиң шаарларды азабына алганда мына ушундай азаптайт. Алар заалым болчу. Анын азабы чынында оорутуучу, катуу" - деген аятты окуду (Худ: 102-аят).</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Акылдуу адам тообо кылууга шашылуусу керек, эгер заалымдык кылып жүргөн болсо, Аллахтын айла-амалынан аман калбайт.
 Эгер тообо кылышпаса, алардын азабын дагы көбөйтүү үчүн Аллах Таала заалымдарды азаптоого шашылбайт, аларга күнөөсүн улантууга убакыт берет.
 Зулумдук себебинен Аллах Таала канчалаган коомдорду азабына салат.
 Аллах Таала арасында ыймандуу адамдар да бар шаарларды талкалап жок кылса, кыямат күнү алар аткарып жаткан жакшы амалдары менен тирилет, аларга аларды ороп алган азаптын зыяны тийбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5811</t>
   </si>
   <si>
@@ -10791,73 +10791,73 @@
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Иснадуху хасан (айтып өткөрүүчүлөрү жакшы)]</t>
   </si>
   <si>
     <t>[Ибн Маажа менен ан-Насааи "Ал-Кубро" китебинде жазып калтырган жана Ахмад да жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5928</t>
   </si>
   <si>
     <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>Кыямат күнү Аллахтын алдында азабы катуу боло турган адамдар - Аллахтын жараткан нерселерине окшошту тарткандар" - деди</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
-    <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Мага Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) кирди. Мен сүрөттөрү бар, жука, жүн кездемени (текчеге) парда кылып тартып койгон элем. Аны көрүп, өңү өзгөрүп кетти да, илинген жеринен сыйрып алды. Анан: "Айша!  Кыямат күнү Аллахтын алдында азабы катуу боло турган адамдар - Аллахтын жараткан нерселерине окшошту тарткандар" - деди.  Айша энебиз айтат: Анан биз аны кесип алып, бирби, экиби жаздык жасап койдук.</t>
+    <t>Ыймандуулардын энеси Айша (Аллах андан ыраазы болсун) айтат: Мага Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) кирди. Мен сүрөттөрү бар, жука, жүн кездемени (текчеге) парда кылып тартып койгон элем. Аны көрүп, өңү өзгөрүп кетти да, илинген жеринен сыйрып алды. Анан: "Айша!  Кыямат күнү Аллахтын алдында азабы катуу боло турган адамдар - Аллахтын жараткан нерселерине окшошту тарткандар" - деди.  Айша энебиз айтат: Анан биз аны кесип алып, бирби, экиби жаздык жасап койдук.</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Айша энебиздин бөлмөсүнө кирип, ал буюм-терим койгон текчесине жандуулардын сүрөттөрү бар кездемени парда кылып тартып койгонун көрөт. Аллах үчүн ага ачууланып өңү өзгөрүп, аны сыйрып алып мындай дейт: Кыямат күнү катуу азаптала турган адамдар Аллахтын жаратканына окшош нерселерди тарткан адамдар. Айша энебиз: анан андан бир же эки жаздык жасап койдук - дейт.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Туура эмес ишти тыюуда андан чоңураак зыян келбесе, көрөр замат дароо тыюу керек.
 Күнөөгө жараша кыяматтагы азаптар да ар түрдүү болот.
 Жандуу нерселердин сүрөтүн тартуу чоң күнөөлөрдөн.
-Сүрөт тартуунун арамдыгын себептеринин бири: аны Аллахтын жаратуучулугуна окшотууда, сүрөтчү мейли ушундай ниетте болсун, же жөн эле тартсын айырмасы жок.
+Сүрөт тартуунун арамдыгынын себептеринин бири: аны Аллахтын жаратуучулугуна окшотууда, сүрөтчү мейли ушундай ниетте болсун, же жөн эле тартсын айырмасы жок.
 Арам кылынган нерседен тыйгандан кийин, шарият мал-мүлктү туура пайдаланып, сактап калууга үндөйт.
 Жандуулардын сүрөтүн тартуу кандай шекилде болсо да, мейли ал кордолгон, жек көрүндү болсо да баары бир тыюу салынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5931</t>
   </si>
   <si>
     <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>Кимде-ким кайсыл бир жерге келсе: "Аъузу би калима тиллаахит-тааммаати миң шарри маа холак" деп айтса, анда ал кайра жолун улап кеткенге чейин ага эч нерсе зыян бербейт</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Хавла бинт Хаким ас-Суламия (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айтканын укканмын: "Кимде-ким кайсыл бир жерге келсе: "Аъузу би калима тиллаахит-тааммаати миң шарри маа холак" деп айтса, анда ал кайра жолун улап кеткенге чейин ага эч нерсе зыян бербейт".</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ким болсо да кайсы бир жерге келгенде  зыянын тийгизе турган коркунучтуу нерселерден коргой турган пайдалуу коргонууга жол көрсөткөн. Мейли сапарда жүргөндо болсун, же эс алууга чыкканда болсун, мейли башка учурда болсун айырмасы жок. Бул коргонуу: зыяны бар бардык макулуктардын жамандыгынан Аллах Тааланын арткычылыгы, берекеси, пайдасы толук тийе турган, эч кандай айып, кемчилиги жок сөзү менен сактанамын деп коргоо тилөө. Мына ушундай кылса, ал жерден кайра жөнөп кеткенге чейин зыянын тийгизе турган нерсенин баарынан аман болот.</t>
   </si>
   <si>
@@ -11538,51 +11538,51 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага салам айткан кишиге жооп кайтаруу үчүн Аллах Таала анын рухун кайтарарын кабарлаган. Мейли ага салам айткан адам жакын болсун же алыс болсун айырмасы жок. Кабыр жашоосу кайып ааламына кирет. Анын акыйкатын бир гана Аллах билет. Ал бардык нерсеге Кудуреттүү.</t>
   </si>
   <si>
     <t>الحث على الإكثار من الصلاة والسلام على النبي صلى الله عليه وسلم.
 حياة النبي صلى الله عليه وسلم في قبره هي أكملُ حياة يحياها إنسان في بَرْزَخِه، فلا يَعلم حقيقتها إلا الله تعالى.
 الحديث ليس فيه حُجّة لمن يقول بحياة رسول الله صلى الله عليه وسلم حياةً كما نعيشها نحن، حتى لا يَستدِلّ به أهل الشرك على الاستغاثة به عليه الصلاة والسلام، وإنما هي حياة برزخية.</t>
   </si>
   <si>
     <t>Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) көбүрөөк салам жана салават айтууга кызыктыруу.
 Пайгамбарыбыздын кабырдагы жашоосу инсан кабырында жашаган жашоонун эң толугу. Болгону анын акыйкатын жана кандайлыгын Аллахтан башка эч ким билбейт.
 Бул хадис пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) азыркы жашоосу биздин жашообуз сыяктуу деп, андан жардам сурап ширк кылгандарга далил эмес. Анын жашоосу кабыр жашоосу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6222</t>
   </si>
   <si>
     <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>Кайсы бир мусулман пенде, ага парз намаздын убактысы келгенде дааратын жеткиликтүү алып, жүрөгү менен берилип, үрүкүлөрүн жакшы аткарып намаз окуса, андан мурдагы (майда) күнөөлөрүн кетирет, эгер ал чоң күнөө кылбаган болсо. Бул ар дайым ушундай</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
-    <t>Усман (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Кайсы бир мусулман пенде, ага парз намаздын убактысы келгенде дааратын жеткиликтүү алып, жүрөгү менен берилип, үрүкүлөрүн жакшы аткарып намаз окуса, андан мурдагы (майда) күнөөлөрүн кетирет, эгер ал чоң күнөө кылбаган болсо. Бул ар дайым ушундай".</t>
+    <t>Усман (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Кайсы бир мусулман пенде, ага парз намаздын убактысы келгенде дааратын жеткиликтүү алып, жүрөгү менен берилип, үрүкүлөрүн жакшы аткарып намаз окуса, андан мурдагы (майда) күнөөлөрүн кетирет, эгер ал чоң күнөө кылбаган болсо. Бул ар дайым ушундай".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип баяндайт: ага парз болгон намаз убактысы киргенде мусулман адам жакшылап, толук даарат алса, анан жүрөгү менен да, дене мүчөлөрү менен да Аллахка берилип, Анын улуктугун сезип намаз окуса, намаздын үрүкү, сажда ж.б.у.с. амалдарын толук аткарса, анда анын бул намазы ага чейин жасаган майда күнөөлөрүнө каффарат болот, б.а. күнөөлөрүн кетирет. Бирок ал чоң күнөөлөрдү кылбоосу шарт. Мындай артыкчылык бардык заманга жана бардык намаздарга тиешелүү.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Күнөөлөрдүн кечирилүүсүнө себеп болгон намаз: Пенденин дааратын жеткиликтүү алып, Аллахтын ыраазылыгын үмүт кылып, жүрөгү менен берилип окуган намазы.
 Ибадаттарды токтотпой улантуу артыкчылыктуу иш, анткени ал майда күнөөлөрдүн кечирилүүсүнө себеп болот.
 Дааратты жеткиликтүү алуу, намазды берилүү менен жакшы окуу артыкчылыктуу иштерден.
 Майда күнөөлөр кечирилүүсү үчүн чоң күнөөдөн оолак болуу зарыл.
 Ал эми чоң күнөөлөр тообо кылуу менен гана кечирилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6254</t>
   </si>
   <si>
@@ -11683,113 +11683,113 @@
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айтуучусу куру кол калбай турган жана өкүнбөй турган, тескерисинче сооп боло турган зикирлер жөнүндө айткан. Бул сөздөр парз намаздан кийин биринин артынан бири айтылат. Булар төмөнкүлөр:
 "Субхааналлах" деп отуз үч жолу айтуу. Б.а. Аллах Тааланы бардык кемчиликтерден таза деп аруулоо.
 "Алхамду лиллах" деп отуз үч жолу айтуу. Бул сөз Аллахты сүйүү жана улуктоо менен Анын кемчиликсиз толуктугун айтып мактоо.
 "Аллаху Акбар" деп отуз төрт жолу айтуу. Аллах Улук, Ал бардык нерседен Кудуреттүү, Чоң.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Тасбих, тахмид жана такбир айтуунын артыкчылыг. Алар сооптору калуучу, Аллахты ыраазы кылуучу жакшы амалдар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6259</t>
   </si>
   <si>
     <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Ким асыр намазын калтырса, анын амалы текке кетет" - деген</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
-    <t>Бурайда (ага Аллах ыраазы болсун) мынтип айткан: Асыр намазын эртерээк окугула, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): " Ким асыр намазын калтырса, анын амалы текке кетет" - деген.</t>
+    <t>Бурайда (Аллах андан ыраазы болсун) минтип айткан: Асыр намазын эртерээк окугула, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): " Ким асыр намазын калтырса, анын амалы текке кетет" - деген.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) асыр намазын убактысынан атайлап кечиктирүүдөн эскерткен. Ким кечиктирсе иш-амалдары жокко чыгып, текке кетерин айтты.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Асыр намазын абалкы убактысында окуу жана ушуга аракет кылуу керек.
 Асыр намазын калтырган жана убактысынан кечиктирген адамга катуу эскертүү бар. Аны кечиктирүү башка намаздарды кечиктирүүдөн оор күнөө. Анткени ал Аллах Таала: "Намазыңарды, айрыкча ортоңку намазды бекем сактагыла" - деп баса белгилеген ортоңку намаз. (Бакара, 238-аят).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6261</t>
   </si>
   <si>
     <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>Ким даарат алганда жеткиликтүү жакшы даарат алса, денесинен күнөөлөрү төгүлүп, тырмактарынын астынан чыгып кетет</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
-    <t>Усман бин Аффан (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ким даарат алганда жеткиликтүү жакшы даарат алса, денесинен күнөөлөрү төгүлүп, тырмактарынын астынан чыгып кетет".</t>
+    <t>Усман бин Аффан (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ким даарат алганда жеткиликтүү жакшы даарат алса, денесинен күнөөлөрү төгүлүп, тырмактарынын астынан чыгып кетет".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким сүннөт жана мустахаб амалдарына көңүл буруп даарат алса, бул анын күнөөлөрүнүн кечирилүүсүнө, каталарынын өчүрүлүүсүнө себеп болорун кабарлаган. Күнөө-каталары тырмактарынын астынан чыгып кеткенче өчүрүлөт.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Дааратты анын сүннөтү, мустахабы менен үйрөнүүгө аракеттенүү жана аны иш жүзүндө аткаруу зарыл.
-Даараттын артыкчылыгы, ал майда күнөөлөргө каффарат (кечирим) болот. Ал эми чоң күнөөлөргө тообо кылуу тообо кылуу менен гана кечирилет.
+Даараттын артыкчылыгы, ал майда күнөөлөргө каффарат (кечирим) болот. Ал эми чоң күнөөлөргө тообо кылуу менен гана кечирилет.
 Каталардын өчүүсүнүн шарты - дааратты жеткиликтүү алуу жана пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлагандай кемчиликсиз аткаруу.
 Бул хадистеги күнөөлөрдүн кечирилүүсү чоң күнөөлөргө жакындабоого жана ага тообо кылууга байланышкан. Анткени, Аллах Таала: "Эгер тыюу салынган чоң күнөөлөрдөн алыс болсоңор, силердин майда күнөөлөрүңөрдү кечиребиз" - деген. (Ниса, 31-аят).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6263</t>
   </si>
   <si>
     <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>Ким азанчынын үнүн укканда: "Ашхаду ан лаа илааха иллаллааху вахдаху лаа шарика лах, ва анна Мухаммаддан абдуху ва расуулух, розийту биллаахи роббан, ва бил ислаами диинан" деп айтса, анын күнөөлөрү кечирилет</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
-    <t>Саъд бин Абу Ваккастын (ага Аллах ыраазы болсун) риваятында Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким азанчынын үнүн укканда: "Ашхаду ан лаа илааха иллаллааху вахдаху лаа шарика лах, ва анна Мухаммаддан абдуху ва расуулух, розийту биллаахи роббан, ва бил ислаами диинан" деп айтса, анын күнөөлөрү кечирилет".</t>
+    <t>Саъд бин Абу Ваккастын (Аллах андан ыраазы болсун) риваятында Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким азанчынын үнүн укканда: "Ашхаду ан лаа илааха иллаллааху вахдаху лаа шарика лах, ва анна Мухаммаддан абдуху ва расуулух, розийту биллаахи роббан, ва бил ислаами диинан" деп айтса, анын күнөөлөрү кечирилет".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) азанчынын үнүн уккан адам төмөнкү сөздөрдү айтса күнөөсү кечирилерин айткан: "Ашхаду ан лаа илааха иллаллааху вахдаху лаа шарика лах" Күбөлүк берем, тастыктаймын, моюнга алам Аллахтан башка ибадатка татыктуу кудай жок, андан башка сыйынылган нерсенин баары батыл, жалган. "Ва анна Мухаммаддан абдуху ва расуулух" Мухаммад Аллахтын кулу жана элчиси, ага ибадат кылынбайт. Ал жалган айтпаган элчи. "Розийту биллахи роббан" Аллахтын рубубиятына, улухиятына, ысым-сыпаттарына баарына ыраазымын. "Ва би Мухаммадин расуулан" Ал алып келген диндин баарына жана бизге жеткиргенине ыраазымын. "Ва бил Ислам" Исламдын бардык буйруктарына жана өкүмдөрүнө, "Диинан" дин болгонуна ишенүү жана баш ийүү менен ыраазымын. (ушинтип айтса) анын кичине күнөөлөрү кечирилет.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Азанды укканда ушул дубаны кайталап айтуу күнөөлөрдү кетирүүчү иштерден.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6272</t>
   </si>
   <si>
     <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
@@ -12622,214 +12622,214 @@
 أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
 كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
 فضل الله على المؤمنين بإدخالهم الجنة.
 أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Бейиш тургундарына тосмо ачылып Раббилерин көрүшөт. Ал эми каапырлар андан куру калышат.
 Бейиштеги нээмат жакшылыктардын эң чоңу ыймандуулардын Раббисин көрүүсү.
 Бейиш тургундарынын даражалары ар түрдүү болсо да, баары Раббилеринин жамалын көрүшөт.
 Ыймандууларды бейишке киргизгени Аллах Тааланын берешендигинен.
 Жакшы амалдарды аткаруу, Аллахка жана Анын элчисине баш ийүү менен бейишке шашылуунун зарылдыгы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8344</t>
   </si>
   <si>
     <t>هو الطهور ماؤه، الحل ميتته</t>
   </si>
   <si>
     <t>Деңиздин суусу таза, өлүмтүгү адал" - деп жооп берди</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Бир киши Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) суроо берип мындай деди: О Аллахтын элчиси, биз деңизде жүрөбүз. Жаныбызда аз гана суу болот. Эгер ал сууга даарат алсак, ичкенге суубуз жок чаңкап калабыз. Деңиз суусуна даарат алсак болобу? Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Деңиздин суусу таза, өлүмтүгү адал" - деп жооп берди.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Бир киши Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) суроо берип мындай деди: О Аллахтын элчиси, биз деңизде жүрөбүз. Жаныбызда аз гана суу болот. Эгер ал сууга даарат алсак, ичкенге суубуз жок чаңкап калабыз. Деңиз суусуна даарат алсак болобу? Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Деңиздин суусу таза, өлүмтүгү адал" - деп жооп берди.</t>
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>Бир киши Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип сурайт: Биз балык уулап, же соода кылып же башка иштер менен кемеде көп жүрөбүз. Жаныбызда иче турган таза суубуз аз болот. Эгер ал сууну даарат же гусул үчүн пайдалансак, ичкенге суу таппай калабыз. Бизге деңиздин суусунан даарат алганга болобу?
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип жооп берди: Деңиздин суусу таза, тазалаганга да жарактуу. Ага даарат алууга да, жуунууга да болот. Суу бетине чыгып калган кит, балык жана башка деңиз жандыктары жегенге да адал. Кармалбай, өлүп суу бетине калкып чыгып калса деле адал.</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Сууда жашаган жаныбарлардын өлүмтүгү адал. Өлүмтүк дегени, сууда гана жашаган жандыктардын өлүмтүгү адал.
 Толук пайдалуу болсун үчун суроого ашыгы менен жооп берүү жакшы.
 Таза нерсенин аралашуусу менен суунун даамы, түсү, же жыты өзгөрсө деле, эгер суулук табияты сакталса, ал суу таза эсептелет. Эгер анын шору, же ысыктыгы же сууктугу артса деле.
 Деңиздин суусу кичи дааратка да, чоң даратка да (гусулга) жарактуу. Денедеги, кийимдеги жана башка ыплас нажасты тазалоого да жарактуу.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8355</t>
   </si>
   <si>
     <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>Эгер суу эки кулла (чоң кумара) чыга турган болсо, ал нажас болбойт</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
-    <t>Абдулла бин Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) айбанаттар жана жырткычтар ичүү үчүн келген суу тууралуу сурашты. "Эгер суу эки кулла (чоң кумара) чыга турган болсо, ал нажас болбойт"</t>
+    <t>Абдулла бин Умар (Аллах алардан ыраазы болсун) айтат: Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) айбанаттар жана жырткычтар ичүү үчүн келген суу тууралуу сурашты. "Эгер суу эки кулла (чоң кумара) чыга турган болсо, ал нажас болбойт"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) айбанаттар жана жырткычтар ичүү ж.б.у.с нерсе үчүн келген суунун тазалыгы тууралуу сурашты. Ал минтип жооп берди: Эгер суу эки чоң кумура чыга турган болсо, (болжолдо 210 литр) ал суу көп деп эсептелет жана нажас болбойт. Бирок түсү, даамы, же жыты өзгөрүп кетсе, анда нажас болот.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
   </si>
   <si>
     <t>Суунун үч касиети түсү, даамы, жыты нажас нерсе аралашуу менен өзгөрүп кетсе анда нажас эсептелет. Хадис көпчүлүк учурду эске алган, так чектеп айткан эмес.
 Аалымдардын бир ооздон айткан пикиринде эгер сууну нажас нерсе аралашып өзгөртүп жиберсе, суу мейли аз болсун, мейли көп болсун нажас болуп эсептелет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8357</t>
   </si>
   <si>
     <t>إذا استيقظ أحدكم من منامه فليستنثر ثلاث مرات، فإن الشيطان يبيت على خياشيمه</t>
   </si>
   <si>
     <t>Силерден бирөөңөр уйкудан турганда мурдун үч жолу кеңилжээрине чейин тазалап жуусун. Анткени шайтан мурундун кеңилжээринде түнөйт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерден бирөөңөр уйкудан турганда мурдун үч жолу кеңилжээрине чейин тазалап жуусун. Анткени шайтан мурундун кеңилжээринде түнөйт".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерден бирөөңөр уйкудан турганда мурдун үч жолу кеңилжээрине чейин тазалап жуусун. Анткени шайтан мурундун кеңилжээринде түнөйт".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم مَن استيقظ مِن مَنامِه أن يَستنثر ثلاث مرات؛ والاستنثار هو إخراج الماء من الأنف بعد إدخاله، وذلك لأن الشيطان يَبيت على الخيشوم -وهو الأنف كلُّه-.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) уйкудан турган адамды мурдун үч жолу жууга үндөйт. Мурунду жуу дегени, сууну мурунга киргизе тартып кайра чимкирүү. Мындай кылуунун себеби, шайтан мурундун кеңилжээринде түнөгөнү үчүн. Бул жалпы мурундун ичи.</t>
   </si>
   <si>
     <t>يُشرع لكلِّ مَن استيقظ مِن النوم أنْ يستنثر إزالةً لأثر الشيطان من أنفه، وإذا كان سيتوضأ، فالأمر بالاستنثار حينئذ آكد.
 الاستنثار من تمام فائدة الاستنشاق؛ لأن الاستنشاق تنظيف داخل الأنف، والاستنثار يُخرِج ذلك الوَسَخَ مع الماء.
 تَقْيِيْدُه بنوم الليل، أخذًا مِن لفظ "يَبيت"؛ فإنّ البيتوتةَ لا تكون إلا من نوم الليل، ولأنه مَظِنَّة الطول والاستغراق.
 في الحديث دليلٌ على مُلابَسَةِ الشيطان للإنسان وهو لا يَشْعُرُ بذلك.</t>
   </si>
   <si>
     <t>Уйкудан турган ар бир адам үчүн мурундун ичин үч жолу тазалап жууп, шайтандын изин кетирүү шарияттын талабы. Эгер даарат ала турган болсо, анда мурунду сөзсүз жуу керек.
 Мурунду чимкирүү, мурунга суу алууну толуктайт. Анткени суу алуу мурундун ичин тазалайт, чимкирүү мурун ичиндеги ыплас нерсени сыртка чыгарат.
 Мурунду тазалоону түнкү уйкуга чектеген себеби хадисте шайтан түнөйт деп айтылгандыктан. Анткени, түнкү уйку терең жана узун болот.
 Хадисте адам сезбеген абалда ага шайтан жакындаарына далил бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8377</t>
   </si>
   <si>
     <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
     <t>Бир киши даарат алып бутун жууганда тырмак ордундай жерине суу тийбей калды эле аны көрүп калган пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Кайра кайт да, дааратыңды жакшылап ал" - деди. Тиги кайра даарат алып, анан намаз окуду</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
-    <t>Жаабир (ага Аллах ыраазы болсун) айтат: Мага Умар бин Хаттаб минтип айтты: Бир киши даарат алып бутун жууганда тырмак ордундай жерине суу тийбей калды эле аны көрүп калган пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Кайра кайт да, дааратыңды жакшылап ал" - деди. Тиги кайра даарат алып, анан намаз окуду.</t>
+    <t>Жаабир (Аллах андан ыраазы болсун) айтат: Мага Умар бин Хаттаб минтип айтты: Бир киши даарат алып бутун жууганда тырмак ордундай жерине суу тийбей калды эле аны көрүп калган пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Кайра кайт да, дааратыңды жакшылап ал" - деди. Тиги кайра даарат алып, анан намаз окуду.</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>Умар (ага Аллах ыраазы болсун) пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир адам даарат алып бүткөндө, бутунун тырмактай жерине суу тийбей калганын көрүп, анын суу тийбеген жерин көрсөтүп: барып жакшылап даарат ал, толук кыл, ар бир мүчөңө суу жеткир деп айтат. Тиги киши барып дааратын толук алып келет да, анан намазын окуйт.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Жакшы ишке буйрууга шашылуу, билбеген жана капылеттеги адамга туура ишти көрсөтүү важыб, айрыкча ал кылып жаткан туура эмес иш ибадатын буза турган болсо.
-Дааратта жуулусу зарыл болгон дене мүчөлөрдүн баарына суу жеткирүү важыб. Ким кайсы бир мүчөсүнөн бир бөлүгүн суу тийгизбей калтырып койсо, эгер ал кичине болсо да, анын даараты жарактуу болбойт, ага дааратын кайталап алуу лаазым болот.
+Дааратта жуулусу зарыл болгон дене мүчөлөрдүн баарына суу жеткирүү важиб. Ким кайсы бир мүчөсүнөн бир бөлүгүн суу тийгизбей калтырып койсо, эгер ал кичине болсо да, анын даараты жарактуу болбойт, ага дааратын кайталап алуу лаазым болот.
 Дааратты жакшы алуу шарияттын талабы. Жакшы алуу бул шарият буйругандай толук, жеткиликтүү алуу.
 Эки бут да дааратта жуула турган мүчөлөрдөн, аларды суулап сүртүп коюу жетишсиз, толук жуу зарыл.
 Дааратта жуула турган мүчөлөрдү катары менен жуу керек, тагыраагы, ар бир мүчөнү андан мурда жуулган мүчө кургап калганга чейин жуу зарыл.
-Билбестик же унутуп калуу важыбды моюндан сакыт кылбайт. Болгону күнөөнү сакыт кылат. Тиги билбестиктен улам дааратын чала алган кишиден пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ваажыбды, б.а. дааратты сакыт кылбады, аны кайра даарат алууга буйруду.</t>
+Билбестик же унутуп калуу важибти моюндан сакыт кылбайт. Болгону күнөөнү сакыт кылат. Тиги билбестиктен улам дааратын чала алган кишиден пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) важибти, б.а. дааратты сакыт кылбады, аны кайра даарат алууга буйруду.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8386</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жуунганда бир саадан беш мудга чейин өлчөмдөгү сууга жуунчу. Даарат алганда бир муд сууга даарат алчу</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жуунганда бир саадан беш мудга чейин өлчөмдөгү сууга жуунчу. Даарат алганда бир муд сууга даарат алчу.</t>
+    <t>Анас (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жуунганда бир саадан беш мудга чейин өлчөмдөгү сууга жуунчу. Даарат алганда бир муд сууга даарат алчу.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубтуктан жуунганда бир саадан  төрт мудга чейинки өлчөмдөгү сууга жуунчу. Дааратты бир муд сууга алчу. Саа дегени - төрт муд. Бир муд - болжолдо, адамдын кочушуна толо суу. (Эки колун бириктирип кочуштап сузуп алганчалык, болжолдо жети жүз, жети жүз элүү мл. суу болот)</t>
   </si>
   <si>
     <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
 استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
 المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
 تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
 الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
 المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
   </si>
   <si>
     <t>Шарият, суу кенен агып жатса да дааратта жана гусулда сууну үнөмдөөгө, ысырап кылбоого буйруйт.
 Гусул жана дааратта сууну аз иштетүү мустахаб. Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) көрсөткөн жолу ушундай.
 Гусулда жана дааратта сууну ысырап кылбай, же өтө үнөмдөп жибербей сүннөттү жана адепти сактоонун максаты суунун аз убагына да, кенен убагына да жана бардык убактарга тиешелүү.
 Уруктук суусу кумарлануу менен атып чыккан же жыныстык катнаш кылган адамды жунуб деп айтышат. Жунубдук же жанабат дегендин мааниси алыс болуу дегенди билдирет. Анткени, жунуб болуп калган адам тазаланып жуунганга чейин намаз ж.б. ибадаттарга жакындабай алыс болот.
-Саа - белгилүү өлчөм бирдиги. Саа дегенден максат  пайгамбардын өлчөмү, анын салмагы кургак нерседе 480 мискал, суюктукта 3 литр.
+Саа - белгилүү өлчөм бирдиги. Саа дегенден максат  пайгамбардын өлчөмү, анын салмагы таза буудайда 480 мискал, суюктукта 3 литр.
 Муд - шарияттагы салмак өлчөмдөрүнүн бири. Чоң адам эки колун бириктирип кочуштап алганчалык өлчөм. Муд саанын төрттөн бири болорун баардык аалымдар бир ооздон бекемдешкен. Болжолдо 750 мл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8387</t>
   </si>
   <si>
     <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
   </si>
   <si>
     <t>“Кайсы бир мусулман жакшылап даарат алып, анан жүзү менен да, жүрөгү менен да берилип эки ирекет намаз окуса, анын бейишке кирүүсү анык болот”</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
   </si>
   <si>
     <t>Укба бин Амр (ага Аллах ыраазы болсун) айтат: Биз төөнү кезек менен кайтарчубуз. Бир күнү менин кезегим келип, кечинде төөлөрдү айдап келип жуушатып коюп келсем, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) тике туруп адамдарга сүйлөп жаткан экен. Мен келип анын минтип айтып жатканын угуп калдым: “Кайсы бир мусулман жакшылап даарат алып, анан жүзү менен да, жүрөгү менен да берилип эки ирекет намаз окуса, анын бейишке кирүүсү анык болот”. (Аны угуп): Кандай жакшы сөз... – деп жибердим (сүйүнүп). Менин жанымда турган киши: Мындан мурдагы айтканы мындан да жакшы болчу, – деди. Карасам, ал Умар (ага Аллах ыраазы болсун) экен. Ал мага карап: Сенин эми эле келгениңди көрдүм, сага чейин ал: “Кимдир бирөөңөр жакшылап толук даарат алып, анан: “Ашхаду ан лаа илааха иллаллааху ва анна Мухаммадан аъбдуху ва расуулуху” деп айтса, ага бейиштин сегиз эшиги ачылып алардын каалаганынан кирет” деп айтты" – деди.</t>
   </si>
   <si>
     <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
 الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
 الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдарга сүйлөп жатып эки чоң маанилүү нерсени айткан:
 Биринчи: Кимде-ким даарат алганда толук даарат алып, жеткиликтүү кылып сүннөттө көрсөтүлгөндөй ар бир мүчөнүн акысын берип кемчиликсиз даарат алса, анан: Ашхаду аллаа илааха иллаллаху ва ашхаду анна Мухаммадан абдуху ва расуулуху деп келме айтса, ага бейиштин сегиз эшиги ачылып, алардан каалаганынан кирет.
@@ -13343,51 +13343,51 @@
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Балакатка жеткен ар бир мусулман эркектин жума күнү жуунуусу жакшы экени бекемделип айтылган.
 Тазалык, жаман жыттан оолак болуу мусулманга шарият тарабынан талап кылынган.
 Жума күнү улуктоо жана ага даярдануу зарыл.
 Жумага мисвак менен тишин тазалап баруу жакшы экендиги бекемделип айтылган.
 Жумага баруудан мурда кандай болсо да жыттуу нерсени себинип, же сүртүнүү жакшы көрүлгөн амалдардан.
 Аял киши намазга же башка жакка үйүнөн чыкса, жыттуу нерсени себинүүгө болбойт, мындай кылуу арам экени сүннөттө айтылган.
 Балакат жаш курагына жеткенин төмөнкүдөй белгилер менен аныкталат, алардын үчөөсү эркекке да, аялга да тиелешүү: биринчи: он беш жашка толуу; экинчи: аврет жерлерине калың түктүн чыгуусу, үчүнчү: маани суусунун түш көрүп, же түш көрбөй эле кумарлануу менен атып чыгуусу. Ал эми төртүнчү белгиси бул аялдарга гана тиешелүү: айыз канынын келүүсү, айызы келген кыз балакат жаш курагына жеткен болуп эсептелет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10036</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатканадан чыкканда: "Гуфранака" деп айтчу</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
   </si>
   <si>
-    <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатканадан чыкканда: "Гуфранака" деп айтчу.</t>
+    <t>Ыймандуулардын энеси Айша (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатканадан чыкканда: "Гуфранака" деп айтчу.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ажатын өтөп чыкканда: "О, Аллах, мени кечирүүңдү сураймын" - деп айтчу.</t>
   </si>
   <si>
     <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
 استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
 قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
   </si>
   <si>
     <t>Ажатканадан чыкканда "Гуфранака" деп айтуу сүннөт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бардык абалдарында Аллахка истигфар айтып, кечирим тилеген.
 Ажатканадан чыкканда кечирим тилөөнүн себеби: Аллахтын көптөгөн нээматтарына, анын ичинде заң жана заараны жеңил чыкканына шүгүр айтылбай калганы үчүн. Ажат өтөп жаткан учурда Сага шүгүр келтире албаганым үчүн мени кечир деген маани дешкен.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10046</t>
   </si>
   <si>
     <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Ким чын жүрөгү менен: "Лаа илааха иллаллооху, ва анна Мухамммадан аъбдуху ва расуулух" - деп күбөлүк берсе, Аллах анын тозокко кирүүсүн арам кылат</t>
@@ -13460,51 +13460,51 @@
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Исламдын толуктугу - материалдык болобу, маънаваий болобу башкаларга зыян берүүдөн сактануу менен гана болот.
 Тил жана колдун баса белгиленип айтылуусу, бул экөөнүн көп ката кетиргени жана зыян бергени үчүн, чынында жамандыктын көбү тил жана кол менен ишке ашат.
 Күнөөлөрдү таштоого жана Аллахтын буйруктарын бекем кармоого кызыктыруу.
 Мусулмандардын абзели Аллахтын да, пенделердин да укугун сактаганы.
 Душмандык кылуу тил менен да, кол менен да болушу мүмкүн.
 Чыныгы көчүү - Аллах арам кылган нерселерди таштоо.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10101</t>
   </si>
   <si>
     <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Раббибиз Улук Аллах Таала ар бир түнү түндүн акыркы үчүнчү бөлүгү калганда дүйнө асманына түшөт</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Раббибиз Улук Аллах Таала ар бир түнү түндүн акыркы үчүнчү бөлүгү калганда дүйнө асманына түшөт. Анан: "Мага дуба кыла турган барбы, Мен жооп берем? Менден сурай турган барбы, Мен беремин? Менден кечирим тилей турган барбы, Мен аны кечиремин?" - дейт.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Раббибиз Улук Аллах Таала ар бир түнү түндүн акыркы үчүнчү бөлүгү калганда дүйнө асманына түшөт. Анан: "Мага дуба кыла турган барбы, Мен жооп берем? Менден сурай турган барбы, Мен беремин? Менден кечирим тилей турган барбы, Мен аны кечиремин?" - дейт.</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала ар бир түнү түндүн акыркы үчүнчү бөлүгү калганда дүйнө асманына түшөрүн баяндаган. Анан дуба кылгандын дубасын кабыл кыларын айтып, пенделерин Ага дуба кылууга үндөйт. Сурагандын сураганын берерин айтып, аларды каалаган нерсесин суроого кызыктырат. Ыймандуу пенделерин кечире тургандыгын айтып, аларды күнөөлөрү үчүн кечирим тилөөгө буйруйт.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Түндүн акыркы үчүнчү бөлүгү жана анда анмаз окуу, дуба кылуу, истигфар айтып кечирим тилөө артыкча сооптуу.
 Бул хадисти уккан адам дубасы кабыл боло турган убактарды текке кетирбөөгө тырышуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10412</t>
   </si>
   <si>
     <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>Аял киши эки күндүк жолго күйөөсү же махрамы менен гана чыгат</t>
   </si>
   <si>
@@ -13619,95 +13619,95 @@
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Кабырга мечит куруу, анда намаз окуу, же өлүктөрдү мечиттерге көмүү арам, тыюу салынган. Ширкке алып баруудан тосуу үчүн.
 Кабырга мечит куруу, ага сүрөттөрдү коюу, бул жөөттөрдүн жана христиандардын иши, ким мындай кылса, ошолорго окшогон болот.
 Жандуулардын сүрөтүн алып жүрүү (тартуу, жасоо ж.б.) арам.
 Ким кабырга мечит курса жана ага сүрөттөрдү тартса, ал Аллах Тааланын калктарынын эң жаманы.
 Ширкке алып бара турган бардык жолдорду тосуу аркылуу шарият тавхидди толук коргоп турат.
 Ийги иш-амал кылган адамдарды урматтоодо чектен чыгып кетүүдөн тыят, анткени бул ширк кылууга түрткү, себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10887</t>
   </si>
   <si>
     <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>Жети мүчөмдү жерге тийгизип сажда кылууга</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
-    <t>Ибн Аббастын (аларга Аллах ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жети мүчөмдү жерге тийгизип сажда кылууга . Бешене, анан колу менен мурдун көрсөтүп ишаара кылды, эки кол, эки тизе жана эки буттун учу. Ошондой эле кийимди кымтыланбоого жана чачты байлап албоого буйрулдум".</t>
+    <t>Ибн Аббастын (Аллах алардан ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жети мүчөмдү жерге тийгизип сажда кылууга : Бешене, анан колу менен мурдун көрсөтүп ишаара кылды, эки кол, эки тизе жана эки буттун учу. Ошондой эле кийимди кымтыланбоого жана чачты байлап албоого буйрулдум".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала аны сажда кылганда жети мүчөсү менен сажда кылууга буйруганын айтат. Алар:
 Биринчи: бешене, ал: эки көз менен мурундун өйдө жагындагы жүздүн жайык жери. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мурун менен бешене экөө биригип жети мүчөнүн бири экенин баяндап жана сажда кылган адам мурдун жерге тийгизүүсү зарыл экенин бышыктап, мурдун колу менен ишаара кылып көрсөткөн.
 Экинчи жана үчүнчү мүчөлөр: эки кол.
 Төртүнчү жана бешинчиси: эки тизе.
 Алтынчы жана жетинчиси: эки буттун манжалары.
 Анан бизди жерге сажда кылган учурда этияттап чачыбызды байлап алуудан, кийимди бирине-бирин киргизип кымтылануудан тыйган. Тескерисинче, аларды жөн таштап койобуз, башка мүчөлөрдөй эле жерге тийип сажда кылуусу үчүн.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
-    <t>Намазда сажда жети мүчө менен кылынуусу важыб.
+    <t>Намазда сажда жети мүчө менен кылынуусу важиб.
 Намазда кийимди, чачты кымтылап байлоо макирөө.
-Намаз окуучу адамга намазда бейпил, тынч болуусу важыб. Бул саждадагы жети мүчөнү жерге тегиз тийгизип, шариятта айтылган зикр-дубаларды айтканча саждада шашпай туруу менен болот.
+Намаз окуучу адамга намазда бейпил, тынч болуусу важиб. Бул саждадагы жети мүчөнү жерге тегиз тийгизип, шариятта айтылган зикр-дубаларды айтканча саждада шашпай туруу менен болот.
 Чачты байлоодон тыюу эркектерге гана тиешелүү. Анткени аял киши намазда толук жамынып окууга буйрулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10925</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда: "Аллахуммагфир лии, вархамнии, ва аъфинии, вахдинии, варзукнии" - деп айтчу</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
-    <t>Ибн Аббас (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда: "Аллахуммагфир лии, вархамнии, ва аъфинии, вахдинии, варзукнии" - деп айтчу.</t>
+    <t>Ибн Аббас (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда: "Аллахуммагфир лии, вархамнии, ва аъфинии, вахдинии, варзукнии" - деп айтчу.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактооосу болсун) намазда эки сажданын ортосунда ушул беш нерсени, мусулман пенде өтө муктаж боло турган, дүйнө жана акыреттин жакшылыктарын ичине камтыган нерселерди сурап дуба кылчу. Биринчи: Күнөөлөрүн кечирүүнү, айып-кемчилигин жашырууну жана ал үчүн жазалабоону. Экинчи: Кенен ырайымын. Үчүнчү: Шектүү иштерден, ышкы-кумардан, оору-сыркоодон сактоону. Төртүнчү: Ак жолду жана ал жолдон адаштырбай алып жүрүүнү. Бешинчи: Ыйман, илим, жакшы амал жана адал ырыскысын берүүнү.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Эки сажданын ортосунда ушул дубаны айтуу шариятта көрсөтүлгөн.
 Дүйнө жана акыреттин жакшылыктарын ичине камтыганы үчүн бул дубанын артыкчылыгы чоң.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10930</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>Аллахумма антас-салам, ва минкас-салам, табааракта зал жалаали вал икрам" деп айтчу</t>
   </si>
   <si>
@@ -13834,51 +13834,51 @@
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды негизи туруп окуу керектигин баяндаган. А эгер туруп окууга мүмкүнчүлүгү чектелген абал болсо, анда отуруп окуса болот. А эгер отуруп окууга да алы келбесе, анда жатып окуса жарай турганын кабарлады.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Адамдын акылы жайында турган учурда намаз анын моюнунан түшүп калбайт, мүмкүнчүлүгүнө жараша абалдан абалга өтүп намазын окушу керек.
 Пенденин ибадатты мүмкүнчүлүгүнө жараша аткарганы - Исламдын жеңил жана кечирим дин экендигин кабарлайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10951</t>
   </si>
   <si>
     <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
   </si>
   <si>
     <t>Менин сахабаларыма тил тийгизбегиле! Силерден бирөөңөр Ухуд тоосундай каржы берсе, анысы сахабаларымдын бир кочуш же анын жарымындай каржысына татыбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
-    <t>Абу Саид Худрий (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Менин сахабаларыма тил тийгизбегиле! Силерден бирөөңөр Ухуд тоосундай каржы берсе, анысы сахабаларымдын бир кочуш же анын жарымындай каржысына татыбайт"</t>
+    <t>Абу Саид Худрий (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Менин сахабаларыма тил тийгизбегиле! Силерден бирөөңөр Ухуд тоосундай каржы берсе, анысы сахабаларымдын бир кочуш же анын жарымындай каржысына татыбайт"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларга тил тийгизип сөгүүдөн тыйган. Айрыкча, динди алгачкылардан болуп кабыл кылган мухажир жана ансарларды. Эгер адамдардын бири Ухуд тоосундай алтынды каржы кылып берсе, анысы бир сахабанын кочуштап берген же жарым кочуш азыгына да татыбастыгын айткан. Мунун себеби сахабалардын ыкласынын күчтүүлүгү, ниетинин түздүгү, каржылары жана согуштары Меккенин ачылышынан мурда, аябай муктаждык болуп турган учурда болгону үчүн.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Сахабаларга тил тийгизүү арам, чоң күнөө.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11000</t>
   </si>
   <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>Бул дин түндүн караңгылыгы менен күндүн нуру жеткен жердин баарына жетет. Аллах Таала бул динди киргизбеген же ылайдан салынган, же кийизден жасалган үй калбайт</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
@@ -13934,51 +13934,51 @@
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Намаз окуп жаткан адам канчанчы рекетти окуп жатканын билбей эки анжы болуп калса, шектүүнү таштап, шеги жокту б.а. рекеттин азын алып, намазын уланта берет. Акырында салам бербей туруп, эки жолу кошумча сажда кылат.
 Бул эки сажда намазды өз калыбына келтирүүнүн жолу жана шайтанды кор кылып, максатынан алыстатуу.
 Хадисте айтылып жаткан шек бул эч кандай аныктыгы жок эки анжылыкка тиешелүү. А эгер шек пайда болуп бирок аныктык басымдуулук кылып турса, анда басымдуу болгонун аткара берет.
 Шарият буйруктарын аткаруу менен шайтандын васваса азгырыгын кубалоого болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11231</t>
   </si>
   <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>- деп сурады. "Ооба" - деди тиги киши. "Анда ага жооп бер" - деди</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарга (ага Аллахтын тынчтыгы жана мактооосу болсун) сокур адам келип: "О, Аллахтын элчиси, мен мечитке жетелеп келе турган адам жок болуп жатат" - деп Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) ага намазды үйүндө окууга уруксат сурады. Ага уруксат берди. Ал кайрылып кетип бара жатканда, кайра чакырып: "Намазга айтылган азанды угасыңбы?" - деп сурады. "Ооба" - деди тиги киши. "Анда ага жооп бер" - деди.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Пайгамбарга (ага Аллахтын тынчтыгы жана мактооосу болсун) сокур адам келип: "О, Аллахтын элчиси, мени мечитке жетелеп келе турган адам жок болуп жатат" - деп Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) ага намазды үйүндө окууга уруксат сурады. Ага уруксат берди. Ал кайрылып кетип бара жатканда, кайра чакырып: "Намазга айтылган азанды угасыңбы?" - деп сурады. "Ооба" - деди тиги киши. "Анда ага жооп бер" - деди.</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Көзү көрбөгөн киши пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) келип: "О, Аллахтын элчиси, мага жардам берип, мени беш убак намазга мечитке алып келе турган эч ким жок" - дейт. Б.а. ал пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага жамаатка келбей эле коюуга уруксат берүүсүн каалаганын билдирет. Ага уруксат берет. Ал кетип бара жатканда кайра чакырып, намазга чакырган азанды угасыңбы деп сурайт. "Ооба" - дейт ал. "Анда азанга жооп кылып мечитке келгин" - дейт.</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Намазды жамаат менен окуу важиб. Анткени важиб жана лаазым иштерден гана уруксат суралат.
 Азанды уккан адамга карата айтылган "Жооп бер" деген сөзү намазды жамаат менен окуунун важибтигине далил. Анткени буйрук важибге негизделген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11287</t>
   </si>
   <si>
     <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
   </si>
   <si>
     <t>Эркектер үчүн саптардын эң жакшысы - алдыңкылары. Эң жаманы - арткылары. Аялдар үчүн саптардын эң жакшысы - арткылары. Эң жаманы - алдыңкылары</t>
   </si>
   <si>
@@ -14595,59 +14595,59 @@
   </si>
   <si>
     <t>Бул хадис – жамандыкты токтотуунун даражаларын баяндоодо негиз болуп саналат.
 Акырындык менен жамандыктан кайтаруу буйругу ар кимдин өз жөндөмүнө жана мүмкүнчүлүгүнө жараша болот.
 Жамандыктан кайтаруу – бул диндеги улуу иштерден. Бул иш эч кимдин жоопкерчилигинен түшпөйт жана ар бир мусулманга өзүнүн мүмкүнчүлүгүнө жараша милдет болот.
 Жакшылыкка буюруу жана жамандыктан кайтаруу ыймандын белгилеринен. Анткени ыйман көбөйөт жана азаят.
 Жамандыктан кайтаруунун шарттарынан: Иштин күнөө экенин билүү.
 Жамандыктан кайтаруунун шарты: Андан чоң жамандык алып келбеши керек.
 Жамандыктан кайтаруунун мусулман сөзсүз түрдө үйрөнө турган адептери жана шарттары бар.
 Жамандыктан кайтаруу үчүн шарияттык саясат, билим жана көрөгөчтүк керек.
 Аткарылып жаткан күнөөнү көрүп жүрөк менен жек көрбөгөндүк - ал ыймандын алсыздыгын көрсөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65001</t>
   </si>
   <si>
     <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Ким Исламда жакшылык кылса, жахилиятта кылган иши үчүн жазаланбайт, ал эми ким Исламда жүрүп жаман иштерди кылса, биринчи жана акыркысы үчүн жазаланат</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
-    <t>Ибн Масуд, радыяллаху анху, айтты: Бир киши: Оо, Аллахтын Элчиси, жахилият кезинде кылган иштерибиз үчүн жазаланабызбы? - деп сурады. Анда Пайгамбарыбыз айтты: «Ким Исламда жакшылык кылса, жахилиятта кылган иши үчүн жазаланбайт, ал эми ким Исламда жүрүп жаман иштерди кылса, биринчи жана акыркысы үчүн жазаланат»</t>
+    <t>Ибн Масуд (Аллах андан ыраазы болсун) айтты: Бир киши: Оо, Аллахтын Элчиси, жахилият кезинде кылган иштерибиз үчүн жазаланабызбы? - деп сурады. Анда Пайгамбарыбыз айтты: «Ким Исламда жакшылык кылса, жахилиятта кылган иши үчүн жазаланбайт, ал эми ким Исламда жүрүп жаман иштерди кылса, биринчи жана акыркысы үчүн жазаланат»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Исламга кирүүнүн пазилеттерин ачыктап айтып берди. Ошондой эле ким Исламды кабыл алып, такыба мусулман болуп, ыкластуу жана чынчыл болсо, анда жахилиятта кылган күнөөлөрү үчүн жооп бербейт. Ал эми ким Исламда жүрүп эки жүздүү болсо же динден чыгып кетсе, анда ал каапырлык кезинде кылган иштери үчүн жана Исламдагы кылган күнөөлөрү үчүн жооп берет.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Исламга кирүүнүн пазилеттерин ачыктап айтып берди. Ошондой эле ким Исламды кабыл алып, такыба мусулман болуп, ыкластуу жана чынчыл болсо, анда жахилиятта кылган күнөөлөрү үчүн жооп бербейт. Ал эми ким Исламда жүрүп эки жүздүү болсо же динден чыгып кетсе, анда ал каапырлык кезинде кылган иштери үчүн жана Исламдагы кылган күнөөлөрү үчүн жооп берет.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Сахабалардан Аллах ыраазы болсун. Алар жахилият (1) учурунда кылган иш-аракеттеринен коркушкан жана ал иш-аракеттери аларды катуу ойлондурган.
 Исламда бекем болууга чакыруу.
 Исламга кирүүнүн пазилети жана ал мурунку жаман иш-аракеттерди жок кылат.
 Исламдан чыккан адам жана мунафык жахилиятта мурда жасаган ар бир иши үчүн жана Исламда кылган ар бир күнөөсү үчүн жооп берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65002</t>
   </si>
   <si>
     <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>Айтыңызчы, мен парз намаздарын окуп, Рамазан орозосун кармасам, адалды адал деп билип, арамды арам</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
@@ -15126,152 +15126,151 @@
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Аллах Тааланын пенделерине болгон пазилети жана жакшылыктарды көбөйтүп берген улуу берешендиги.
 Аллахтын адилеттүүлүгү жана кең пейилдиги. Жамандык иштерде Аллах бизге адилеттүүлүгү менен мамиле кылды. Мындан улам бир жамандык ишке бир күнөөнү гана жазды.
 Аллахка ширк келтирүүнүн коркунучу. Анткени ширк кылган адам бейиштен түбөлүктүү куру калат.
 Мал-мүлкүн Аллах жолунда сарптоонун пазилети.
 Аллах жолунда мал-мүлкүн сарптоого сооптун берилиши жети жүз эседен башталат. Анткени ал Аллахтын сөзүн көтөрүүгө жардам берет..
 Адамдардын түрдүүлүгү жана ар кандай жолдору.
 Бул дүйнөнүн ырыскылары ыймандуу адамга, каапырга да кенен боло берет. Ал эми акыреттин сыйлыгы ыймандуу адамга гана берилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65014</t>
   </si>
   <si>
     <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Аллах ыймандуу адамдын жасаган жакшылыгынын сыйлыгын бербей коюп зулумдук кылбайт. Ага бул дүйнөдө жакшылыгын жана, акыретте болсо толук сооп-сыйлыгын берет. Ал эми каапыр болсо, бул дүйнөдө кудай деп кылган жакшылыктарына сыйлыгын алат. Ал эми акыретке барганда, ал эч бир жакшылыгынын сообун албайт</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
-    <t>Анас бин Малик, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах ыймандуу адамдын жасаган жакшылыгынын сыйлыгын бербей коюп зулумдук кылбайт. Ага бул дүйнөдө жакшылыгын жана, акыретте болсо толук сооп-сыйлыгын берет. Ал эми каапыр болсо, бул дүйнөдө кудай деп кылган жакшылыктарына сыйлыгын алат. Ал эми акыретке барганда, ал эч бир жакшылыгынын сообун албайт».</t>
+    <t>Анас бин Малик (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Аллах ыймандуу адамдын жасаган жакшылыгынын сыйлыгын бербей коюп зулумдук кылбайт. Ага бул дүйнөдө жакшылыгын жана, акыретте болсо толук сооп-сыйлыгын берет. Ал эми каапыр болсо, бул дүйнөдө кудай деп кылган жакшылыктарына сыйлыгын алат. Ал эми акыретке барганда, ал эч бир жакшылыгынын сообун албайт».</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахтын ыймандууларга болгон пазилеттүүлүгүн, ал эми каапырларга адилеттүүлүгүн баяндады. Ал эми ыймандуу адамдын, кылган жакшылыгынын сообу кемибейт.  Тескерисинче, ага моюн сунгандыгы үчүн бул дүйнөдө жакшылык берилет жана акыретте анын сообу толугу менен сакталат. Ошондой эле ал бүт соопту акыретте гана алышы мүмкүн. Ал эми каапыр болсо, Аллах ага бул дүйнөдөгү жакшылыктары үчүн сыйлыгын берет. Акыретке барганда, ал үчүн сооп-сыйлыктар болбойт. Анткени жакшы иштерге эки дүйнөдө тең сыйлыгын алуу үчүн адам сөзсүз  ыймандуу болушу керек.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын ыймандууларга болгон пазилеттүүлүгүн, ал эми каапырларга адилеттүүлүгүн баяндады. Ал эми ыймандуу адамдын, кылган жакшылыгынын сообу кемибейт.  Тескерисинче, ага моюн сунгандыгы үчүн бул дүйнөдө жакшылык берилет жана акыретте анын сообу толугу менен сакталат. Ошондой эле ал бүт соопту акыретте гана алышы мүмкүн. Ал эми каапыр болсо, Аллах ага бул дүйнөдөгү жакшылыктары үчүн сыйлыгын берет. Акыретке барганда, ал үчүн сооп-сыйлыктар болбойт. Анткени жакшы иштерге эки дүйнөдө тең сыйлыгын алуу үчүн адам сөзсүз  ыймандуу болушу керек.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Ким каапыр болуп  өлсө, анда ага кылган иштери пайда бербейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65015</t>
   </si>
   <si>
     <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
-    <t>Мен: «Оо, Аллахтын Элчиси, айтыңызчы, мен Исламга чейинки доордо азат кылган, садака берген жана туугандык мамиле кылган иштерим үчүн соопторду аламбы?» - деп айттым. Пайгамбар, саллаллаху алейхи уа саллам: «Сендеги болгон жакшылык иштериң менен бирге Исламды кабыл алгансың» - деп айтты. @</t>
+    <t>Мен: «Оо, Аллахтын Элчиси, айтыңызчы, мен Исламга чейинки доордо азат кылган, садака берген жана туугандык мамиле кылган иштерим үчүн соопторду аламбы?» - деп айттым. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) : «Сендеги болгон жакшылык иштериң менен бирге Исламды кабыл алгансың» - деп айтты. @</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
-    <t xml:space="preserve">Хаким бин Хизам, радыяллаху анху, риваят кылат: Мен: «Оо, Аллахтын Элчиси, айтыңызчы, мен Исламга чейинки доордо азат кылган, садака берген жана туугандык мамиле кылган иштерим үчүн соопторду аламбы?» - деп айттым. Пайгамбар, саллаллаху алейхи уа саллам: «Сендеги болгон жакшылык иштериң менен бирге Исламды кабыл алгансың» - деп айтты. </t>
+    <t xml:space="preserve">Хаким бин Хизам (Аллах андан ыраазы болсун) риваят кылат: Мен: «Оо, Аллахтын Элчиси, айтыңызчы, мен Исламга чейинки доордо азат кылган, садака берген жана туугандык мамиле кылган иштерим үчүн соопторду аламбы?» - деп айттым. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) : «Сендеги болгон жакшылык иштериң менен бирге Исламды кабыл алгансың» - деп айтты. </t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
-    <t>Эгерде каапыр Ислам динине кирсе, анда ал жахилият учурунда берген садакаларына, кулдарды азат кылганына жана тууганчылык байланыштарына соопторду аларын Пайгамбар, саллаллаху алейхи уа саллам, ачыктап кетти.</t>
+    <t>Эгерде каапыр Ислам динине кирсе, анда ал жахилият учурунда берген садакаларына, кулдарды азат кылганына жана тууганчылык байланыштарына соопторду аларын Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ачыктап кетти.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
-    <t>Каапыр адам бул дүйнөдөн каапыр болуп өлсө, анда ал бул дүйнөдө кылган жакшылыгы
-үчүн акыретте сооп берилбейт.</t>
+    <t>Каапыр адам бул дүйнөдөн каапыр болуп өлсө, анда ал бул дүйнөдө кылган жакшылыгы үчүн акыретте сооп берилбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65016</t>
   </si>
   <si>
     <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Аллах Өзүнүн өкүмдөрү так аткарылышын жакшы көргөндөй эле, Өзү берген уруксаттардын аткарылышын жакшы көрөт</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах Өзүнүн өкүмдөрү так аткарылышын жакшы көргөндөй эле, Өзү берген уруксаттардын аткарылышын жакшы көрөт».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай деп кабарлайт: Адамдардын үзүрлүү болгондугунун себебинен аларга жеңилдетүү үчүн Аллах койгон өкүмдөрдөгү жана ибадаттардагы уруксаттарынын аткарылышын жакшы көрөт. Мисалы, сапарда намаздарды кыскартып жана бириктирип окулган уруксаттарын аткарылышын жакшы көрөт. Ошондой эле Аллах парз жана важиб өкүмдөрүнүн так аткарылышын жакшы көрөт. Анткени уруксаттардагы жана милдет өкүмдөрдөгү буйруктары бир.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Аллах Тааланын пенделерине болгон ырайымынын бири -  Өзү уруксат кылган жеңилдиктердин аткарылуусун жакшы көрүүсү.
 Ислам шариятынын толуктугу жана кемчиликсиздиги. Анткени мусулман адамга кандай гана кыйынчылыктар болсо, аны шарият жеңилдетет.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[Ибн Хаббан жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65017</t>
   </si>
   <si>
     <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>мага Исламдагы бир сөздү үйрөт, ал жөнүндө сенден башка эч кимден сурабаймын, - дедим. Ал: "Аллахка ыйман келтирдим" дегин, анан түз жүргүн" - деди</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
-    <t>Суфян бин Абдулла ас-Сакафи (ага Аллах ыраазы болсун) айтат: Мен: О, Аллахтын элчиси, мага Исламдагы бир сөздү үйрөт, ал жөнүндө сенден башка эч кимден сурабаймын, - дедим. Ал: "Аллахка ыйман келтирдим" дегин, анан түз жүргүн" - деди.</t>
+    <t>Суфян бин Абдулла ас-Сакафи (Аллах андан ыраазы болсун) айтат: Мен: О, Аллахтын элчиси, мага Исламдагы бир сөздү үйрөт, ал жөнүндө сенден башка эч кимден сурабаймын, - дедим. Ал: "Аллахка ыйман келтирдим" дегин, анан түз жүргүн" - деди.</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
-    <t>Суфян бин Абдулла деген сахаба (ага Аллах ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) ага жалпы Ислам маанисин камтыган сөздү үйрөтүүсүн суранып, аны бекем кармап, ал жөнүндө башка эч кимден сурабастыгын айтат. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: Аллахты жалгыз деп билем, Ал менин Раббим, Кудайым, Жаратуучум жана эч шериги жок Ибадат кылуучум деп айткын - деди. Кийин Аллахтын парз буйруктарын аткарып, Ала тыйган тыюулардан тыйылып, Аллахка баш ийүүгө, анан ушул жолдо такай жүрүүгө буйруду.</t>
+    <t>Суфян бин Абдулла деген сахаба (Аллах андан ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) ага жалпы Ислам маанисин камтыган сөздү үйрөтүүсүн суранып, аны бекем кармап, ал жөнүндө башка эч кимден сурабастыгын айтат. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: Аллахты жалгыз деп билем, Ал менин Раббим, Кудайым, Жаратуучум жана эч шериги жок Ибадат кылуучум деп айткын - деди. Кийин Аллахтын парз буйруктарын аткарып, Ала тыйган тыюулардан тыйылып, Аллахка баш ийүүгө, анан ушул жолдо такай жүрүүгө буйруду.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Диндин негизи - бул, Аллахка Анын  рубубиятына, улухиятына жана ысым сыпаттарына ыйман келтирүү.
 Ыймандан кийин эле түз жолдо такай жүрүү, ибадатты дайыма аткаруу жана ушунда бекем болуу зарыл.
 Ыйман - амалдардын кабыл болуусунун бир шарты.
 Аллахка ыйман келтирүү өз ичине ыйман ишенимдеринен жана негиздеринен ишенүү важыб болгон иштерди камтыйт. Ошондой эле буга тиешелүү жүрөк амалдарын жана ички амалдарда да, сырткы көрүнүштө да Аллахка баш ийип, Ага өзүн тапшырууну камтыйт.
 Истикоома б.а. түз жолдо такай жүрүү - буйруктарды аткарып, тыюулардан тыйылып түз жолдо жүрүү дегенди билдирет.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>[Муслим жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65018</t>
   </si>
   <si>
@@ -15421,67 +15420,67 @@
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулмандар менен яхудийлер бири-бири менен согушмайынча Кыямат болбойт деп кабар берди. Яхудий мусулмандардан жашынуу үчүн таштын артына качканда Аллах ташты сүйлөтүп, мусулманга мындай деп айтат: «Менин артымда бир яхудий бар, аны келип өлтүр!».</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Аллах Таала Пайгамбарга, саллаллаху алейхи уа саллам, билгизгендей, кээ бир кайыптар жана келечектеги боло турган окуялар туурасында кабар берди. Пайгамбарыбыздын айткан кабарлары  сөзсүз болот.
 Мусулмандардын акыр заманда яхудийлер менен согушуусу - бул кыяматтын белгилеринин бири.
 Ислам дининин Кыяматка чейин сакталышы жана бардык диндерден үстөм болушу.
 Аллах мусулмандарга душмандарынын үстүнөн жеңиш берет. Аны менен кошо акыр заманда ташты сүйлөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65023</t>
   </si>
   <si>
     <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
-    <t>Жаным Анын колунда турганга (Аллахка) ант ичип айтам, силерге Марямдын уулу түшүп, адилеттүү өкүмдар болоруна аз калды. Ал крестти сындырат, чочкону өлтүрөт, салыкты (жизя) жок кылат, мал-мүлк аябай көбөйүп, аны эч ким албай калат</t>
+    <t>Жаным Анын колунда турганга (Аллахка) ант ичип айтам, силерге Мариямдын уулу түшүп, адилеттүү өкүмдар болоруна аз калды. Ал крестти сындырат, чочкону өлтүрөт, салыкты (жизя) жок кылат, мал-мүлк аябай көбөйүп, аны эч ким албай калат</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жаным Анын колунда турганга (Аллахка) ант ичип айтам, силерге Марямдын уулу түшүп, адилеттүү өкүмдар болоруна аз калды. Ал крестти сындырат, чочкону өлтүрөт, салыкты (жизя) жок кылат, мал-мүлк аябай көбөйүп, аны эч ким албай калат".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жаным Анын колунда турганга (Аллахка) ант ичип айтам, силерге Мариямдын уулу түшүп, адилеттүү өкүмдар болоруна аз калды. Ал крестти сындырат, чочкону өлтүрөт, салыкты (жизя) жок кылат, мал-мүлк аябай көбөйүп, аны эч ким албай калат".</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Марямдын уулу Иса пайгамбар адамдарга адилеттүү жана Мухаммаддын шарияты менен өкүм кылуу үчүн жерге түшөрүнө аз калганын Аллахтын аты менен ант ичип айткан. Ал христиандар ыйык санаган крестти сындырат. Иса пайгамбар чочкону өлтүрөт. Ал салыкты жок кылат, адамдардын баарын Ислам динине кирүүгө түртөт. Байлык көбөйүп, аны эч ким кабыл кылбай калат; бул байлыктын көптүгүнөн, ар ким өз колундагыдан башкага муктаж болбогондуктан, береке жааганынан жана катар-катар жакшылыктар болгондуктан улам.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Мариямдын уулу Иса пайгамбар адамдарга адилеттүү жана Мухаммаддын шарияты менен өкүм кылуу үчүн жерге түшөрүнө аз калганын Аллахтын аты менен ант ичип айткан. Ал христиандар ыйык санаган крестти сындырат. Иса пайгамбар чочкону өлтүрөт. Ал салыкты жок кылат, адамдардын баарын Ислам динине кирүүгө түртөт. Байлык көбөйүп, аны эч ким кабыл кылбай калат; бул байлыктын көптүгүнөн, ар ким өз колундагыдан башкага муктаж болбогондуктан, береке жааганынан жана катар-катар жакшылыктар болгондуктан улам.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
     <t>Иса пайгамбардын түшүүсүн бекемдөө, бул кыяматтын белгилеринен бири.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) шариятын башка шарият жокко чыгарбайт.
 Акыр заманда мал-мүлккө береке түшөрү, адамдар ага кызыкпай топуктуу болуп калары анык.
 Ислам дини түбөлүк калары тууралуу сүйүнчү айтылган, ал тургай Иса пайгамбар да акыр заманда Ислам менен өкүм кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65025</t>
   </si>
   <si>
     <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>Күн батыштан чыкмайынча, Кыямат болбойт. Качан күн батыштан чыкканда аны адамдар көрүшүп баары ыйман келтиришет. Мына ошол ушул аятта айтылган убакыт: «Эгерде мурда ыйман келтирбеген болсо же ыйманы менен жакшылык таппаса, анда ал кезде анын ыйман келтиргени ага пайда бербейт». (Анаам, 158)
 Кыямат келгенде эки адам кийимдерин сатууга коюшат, бирок алар аны сата албай калышат жана кайра бүктөп ала алышпайт. Кыямат келгенде бир адам төөнүн сүтүн саап келет, бирок иче албай калат. Кыямат келгенде бир адам суу куйганы чуңкурун жасап чыгат, бирок ага суу толтура албай калат. Кыямат келгенде силерден бирөө тамагын оозуна алып барат, бирок аны жей албай калат</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
@@ -15533,97 +15532,97 @@
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) убакыттын таруусу кыяматтын белгиси экенин кабарлаган. Ошентип жыл ай өткөндөй өтөт. Ай апта өткөндөй өтөт. Апта күн өткөндөй өтөт. Күн болсо бир саат өткөндөй өтөт. Саат курманын кургак жалбырагы жалп күйүп кайра өчкөндөй өтө бат өтөт.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Убакыттын берекесинин кетиши же анын бат өтүүсү кыяматтын белгилеринен бири.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65027</t>
   </si>
   <si>
     <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
     <t>Аллах жерди кармап, асмандарды түрүп, оң колуна алып, анан: "Мен - Падышамын, жердин падышалары кайда?!" - дейт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Аллах жерди кармап, асмандарды түрүп, оң колуна алып, анан: "Мен - Падышамын, жердин падышалары кайда?!" - дейт.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Аллах жерди кармап, асмандарды түрүп, оң колуна алып, анан: "Мен - Падышамын, жердин падышалары кайда?!" - дейт.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кыямат күнү жерди чеңгелдеп чогултуп, асманды оң колу менен түрүп, биринин-үстүнө бирин жыйып, аны кетирип жок кылат. Кийин: Мен - Падышамын, жердин падышалары кайда?! - дейт.</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>Аллахтын Падышалыгы түбөлүктүү, Андан башканын падышалыгы жок болуучу экенин эскерткен.
 Аллахтын Улуктугу, Анын Кудуретинин жана Бийлигинин Күчтүүлүгү, Падышалыгынын кемчиликсиздиги (айтылган).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65028</t>
   </si>
   <si>
     <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Менин Хаудум бир айлык жолдун алыстыгындай чоң. Анын суусу сүттөн ак, жыты мисктен жыттуу. Анын идиштери асмандагы жылдыздардын санындай. Андан ичкен адам эч качан суусабайт</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
-    <t>Абдулла бин Амр, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Менин Хаудум бир айлык жолдун алыстыгындай чоң. Анын суусу сүттөн ак, жыты мисктен жыттуу. Анын идиштери асмандагы жылдыздардын санындай. Андан ичкен адам эч качан суусабайт».</t>
+    <t>Абдулла бин Амр (Аллах ал экөөнөн ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Менин Хаудум бир айлык жолдун алыстыгындай чоң. Анын суусу сүттөн ак, жыты мисктен жыттуу. Анын идиштери асмандагы жылдыздардын санындай. Андан ичкен адам эч качан суусабайт».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Кыямат күнү анын узундугу жана туурасы бир айлык жол болгон Хауду тууралуу кабар берди. Ал эми анын суусу сүттөн ак. Жана анын таттуу жыты мисктин жытынан жакшыраак. Анын кумуралары асмандагы жылдыздардай көп. Ким ошол кумуралар менен Хауддан ичсе, анда ал эч качан суусабайт.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Кыямат күнү анын узундугу жана туурасы бир айлык жол болгон Хауду тууралуу кабар берди. Ал эми анын суусу сүттөн ак. Жана анын таттуу жыты мисктин жытынан жакшыраак. Анын кумуралары асмандагы жылдыздардай көп. Ким ошол кумуралар менен Хауддан ичсе, анда ал эч качан суусабайт.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа салламдын, Хауду – Кыямат күнү анын үммөтүнүн ыймандуулары келе турган чоң топтолгон суу.
+    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) Хауду – Кыямат күнү анын үммөтүнүн ыймандуулары келе турган чоң топтолгон суу.
 Анын Хаудунан ичкен адам эч качан суусабай чоң жакшылыкка жетишет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65030</t>
   </si>
   <si>
     <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>Силер мага келгениңерге чейин мен силерди Хаудумдун алдынан күтүп турам. Ошондо кээ бир адамдар мага жакын калганда жолдору жабылат. Мен: Оо, Раббим! Булар менден жана менин үммөтүмдөн деп айтам. Анда: «Сенден кийин алардын эмне кылгандарын билесиңби?. Аллахка ант болсун! Алар артка кайтып кетишкен» - деп айтылат</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Асма бинти Абу Бакр, радыяллаху анха, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Силер мага келгениңерге чейин мен силерди Хаудумдун алдынан күтүп турам. Ошондо кээ бир адамдар мага жакын калганда жолдору жабылат. Мен: Оо, Раббим! Булар менден жана менин үммөтүмдөн деп айтам. Анда: «Сенден кийин алардын эмне кылгандарын билесиңби?. Аллахка ант болсун! Алар артка кайтып кетишкен» - деп айтылат.</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Кыямат күнү анын үммөтүнөн ага келе жаткан адамдарды көрүү үчүн өзүнүн Хаудунда болоорун баяндады. Пайгамбар, саллаллаху алейхи уа салламга, адамдар жакын калганда, алардын жолдору жабылат. Ошондо Пайгамбар: «Оо, Раббим, булар менден жана үммөтүмдөн» - деп айтат. Алар сен кеткенден кийин эмне кылышканын билбейсиңби? Аллахка ант болсун! Алар кайра каапырлык жолдоруна кайтышып, динден чыгып кетишкен. Демек алар сенден да, үммөтүңдөн да эмес - деп айтылат.</t>
   </si>
@@ -15706,156 +15705,156 @@
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Аллахтан башка сыйынууга татыктуу кудай  жок экендигине күбөлүк берүү тавхид сөзүнүн улуулугу жана анын таразадагы салмагы.
 «Лаа илааха иллаллах» сөзүн тил менен гана айтуу жетиштүү эмес, анын маанисин билип, ага ылайык амал кылуу зарыл.
 Ыкластуулуктун жана тавхидтин күчү күнөөлөрдүн кечирүүлүсүнө себеп болот.
 Ыйман ыкластын жүрөктөрдө болгонуна жараша бир канча даражаларга бөлүнөт. Анткени кээ бир адамдар бул сөздү айтышы мүмкүн, бирок күнөөсүнө жараша азапка дуушар болушат.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Ат-Тирмизи жана Ибн Маажа жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65033</t>
   </si>
   <si>
     <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
-    <t>Аллах бейиш менен тозокту жаратканда Жебреил периштени бейишке жөнөтүп: «Бейишке көз салып көр, мен ал үчүн эмнелерди гана даярдаганымды кара» - деди. Жебреил периште бейишти көрүп чыгып: «Сенин улуулугуңа ант болсун, аны ким гана уккан болсо, анда ага сөзсүз аракет кылып кирет" - деди.  Ошондо Аллах бейишти кыйынчылыктар менен курчоого буйруду. Анан Жебреил периштеге: «Бейишке баргын да, бейишти жана Мен анда анын эли үчүн эмнелерди даярдап койгонумду карагын» - деп жөнөттү.  Жебреил периште бейишке келип караса, анын айланасы кыйынчылыктар менен курчалган экен. Жебреил периште Раббисине келип мындай деп айтты: «Сенин кудуретиңе ант болсун, ага эч ким кире албайтко деп корктум». Аллах ага: «Сен баргын да, тозокту жана анын эли үчүн эмнени даярдап койгонумду көр» - деп буйруду.  Периште тозокко барып караса, алар биринин алоолонгон отунан экинчисин оту өйдө болуп жанып жаткан экен, анан кайра кайтып келип: «Сенин улуулугуңа ант болсун, ага эч ким кирбейт» – деп айтат. Ошондо Аллах аны азгырыктар менен курчоого буйруйт. Анан Жебреилге: «Артка кайтып барып, аны кайрадан карагын» - деп кайра карап келүүгө буйруйт.  Жебреил периште барып караса, анын айланасы азгырыктар менен курчалган болот. Ал Аллахка кайтып барып: «Сенин улуулугуңа ант болсун, мен андан эч ким кутула албайт деп коркуп турам» - деп айтат</t>
+    <t>Аллах бейиш менен тозокту жаратканда Жеибрейил периштени бейишке жөнөтүп: «Бейишке көз салып көр, мен ал үчүн эмнелерди гана даярдаганымды кара» - деди. Жебирейил периште бейишти көрүп чыгып: «Сенин улуулугуңа ант болсун, аны ким гана уккан болсо, анда ага сөзсүз аракет кылып кирет" - деди.  Ошондо Аллах бейишти кыйынчылыктар менен курчоого буйруду. Анан Жебирейил периштеге: «Бейишке баргын да, бейишти жана Мен анда анын эли үчүн эмнелерди даярдап койгонумду карагын» - деп жөнөттү.  Жебирейил периште бейишке келип караса, анын айланасы кыйынчылыктар менен курчалган экен. Жебирейил периште Раббисине келип мындай деп айтты: «Сенин кудуретиңе ант болсун, ага эч ким кире албайтко деп корктум». Аллах ага: «Сен баргын да, тозокту жана анын эли үчүн эмнени даярдап койгонумду көр» - деп буйруду.  Периште тозокко барып караса, алар биринин алоолонгон отунан экинчисинин оту өйдө болуп жанып жаткан экен, анан кайра кайтып келип: «Сенин улуулугуңа ант болсун, ага эч ким кирбейт» – деп айтат. Ошондо Аллах аны азгырыктар менен курчоого буйруйт. Анан Жебирейилге: «Артка кайтып барып, аны кайрадан карагын» - деп кайра карап келүүгө буйруйт.  Жебиреийл периште барып караса, анын айланасы азгырыктар менен курчалган болот. Ал Аллахка кайтып барып: «Сенин улуулугуңа ант болсун, мен андан эч ким кутула албайт деп коркуп турам» - деп айтат</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах бейиш менен тозокту жаратканда Жебреил периштени бейишке жөнөтүп: «Бейишке көз салып көр, мен ал үчүн эмнелерди гана даярдаганымды кара» - деди. Жебреил периште бейишти көрүп чыгып: «Сенин улуулугуңа ант болсун, аны ким гана уккан болсо, анда ага сөзсүз аракет кылып кирет" - деди.  Ошондо Аллах бейишти кыйынчылыктар менен курчоого буйруду. Анан Жебреил периштеге: «Бейишке баргын да, бейишти жана Мен анда анын эли үчүн эмнелерди даярдап койгонумду карагын» - деп жөнөттү.  Жебреил периште бейишке келип караса, анын айланасы кыйынчылыктар менен курчалган экен. Жебреил периште Раббисине келип мындай деп айтты: «Сенин кудуретиңе ант болсун, ага эч ким кире албайтко деп корктум». Аллах ага: «Сен баргын да, тозокту жана анын эли үчүн эмнени даярдап койгонумду көр» - деп буйруду.  Периште тозокко барып караса, алар биринин алоолонгон отунан экинчисин оту өйдө болуп жанып жаткан экен, анан кайра кайтып келип: «Сенин улуулугуңа ант болсун, ага эч ким кирбейт» – деп айтат. Ошондо Аллах аны азгырыктар менен курчоого буйруйт. Анан Жебреилге: «Артка кайтып барып, аны кайрадан карагын» - деп кайра карап келүүгө буйруйт.  Жебреил периште барып караса, анын айланасы азгырыктар менен курчалган болот. Ал Аллахка кайтып барып: «Сенин улуулугуңа ант болсун, мен андан эч ким кутула албайт деп коркуп турам» - деп айтат».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Аллах бейиш менен тозокту жаратканда Жеибрейил периштени бейишке жөнөтүп: «Бейишке көз салып көр, мен ал үчүн эмнелерди гана даярдаганымды кара» - деди. Жебирейил периште бейишти көрүп чыгып: «Сенин улуулугуңа ант болсун, аны ким гана уккан болсо, анда ага сөзсүз аракет кылып кирет" - деди.  Ошондо Аллах бейишти кыйынчылыктар менен курчоого буйруду. Анан Жебирейил периштеге: «Бейишке баргын да, бейишти жана Мен анда анын эли үчүн эмнелерди даярдап койгонумду карагын» - деп жөнөттү.  Жебирейил периште бейишке келип караса, анын айланасы кыйынчылыктар менен курчалган экен. Жебирейил периште Раббисине келип мындай деп айтты: «Сенин кудуретиңе ант болсун, ага эч ким кире албайтко деп корктум». Аллах ага: «Сен баргын да, тозокту жана анын эли үчүн эмнени даярдап койгонумду көр» - деп буйруду.  Периште тозокко барып караса, алар биринин алоолонгон отунан экинчисинин оту өйдө болуп жанып жаткан экен, анан кайра кайтып келип: «Сенин улуулугуңа ант болсун, ага эч ким кирбейт» – деп айтат. Ошондо Аллах аны азгырыктар менен курчоого буйруйт. Анан Жебирейилге: «Артка кайтып барып, аны кайрадан карагын» - деп кайра карап келүүгө буйруйт.  Жебиреийл периште барып караса, анын айланасы азгырыктар менен курчалган болот. Ал Аллахка кайтып барып: «Сенин улуулугуңа ант болсун, мен андан эч ким кутула албайт деп коркуп турам» - деп айтат».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, айтты: Аллах бейиш менен тозокту жаратканда Жебреил, алайхис саламга: «Бейишке бар да аны карап келгин» - деп айтты. Ошондо ал барып, аны карап, анан кайра кайтып келди. Жебреил айтты: «Оо, Раббим, Сенин улуулугуңа ант болсун! Ким болбосун анда (бейиш) кандай жыргалчылык, сый-урмат жана ырыскы бар экенин уга турган болсо, анда ал ага кирүүнү көксөп калат жана ал жанын бергиче аракетин кылат». Андан кийин Аллах бейишти курчап, аны буйруктарды аткаруунун жана арамдардан сактануунун кыйынчылыктары менен курчап койду. Ага кирүүнү каалагандар ошол кыйынчылыктардан өтүшү керек. Бейиш кыйынчылыктар менен курчалгандан кийин Аллах Таала: «Эй, Жебреил! Баргын, бейишти кайрадан карап келгин» - деп айтты. Ошентип, ал барып, аны карап келип: «Оо, Раббим, Сенин улуулугуңа ант болсун! Мен анын жолунда турган кыйынчылыктар себептүү эч ким ага кирбей калатко деп корком» - деп айтты. Аллах тозокту жаратканда: «Эй, Жебреил!  Бар да, тозокко көз салып кел» - деп айтканда Жебреил тозокко барып көрүп келди. Анан келип, Жебреил айтты: «Оо, Раббим, Сенин улуулугуңа ант болсун! Ким гана болбосун андагы азап, кайгы жана кордукту уккан болсо, анда ал жерге түшүүнү жек көрүп жана анын түшүрүүчү себептеринен алыс болот. Ошондо Улуу Аллах Таала тозокко алып баруучу жолдорду азгырыктар жана ырахаттар менен курчап: «Эй, Жебреил, кайрадан барып кара» - деди. Жебреил периште барып, аны карап, анан келип: «Оо, Раббим, Сенин кудуретиңе ант болсун! Анын айланасындагы курчалган азгырыктар жана ырахаттарды көрүп мен андан эч ким качып кутула албайт деп корктум» - деди.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: Аллах бейиш менен тозокту жаратканда Жебирейил, алайхис саламга: «Бейишке бар да аны карап келгин» - деп айтты. Ошондо ал барып, аны карап, анан кайра кайтып келди. Жебирейил айтты: «Оо, Раббим, Сенин улуулугуңа ант болсун! Ким болбосун анда (бейиш) кандай жыргалчылык, сый-урмат жана ырыскы бар экенин уга турган болсо, анда ал ага кирүүнү көксөп калат жана ал жанын бергиче аракетин кылат». Андан кийин Аллах бейишти курчап, аны буйруктарды аткаруунун жана арамдардан сактануунун кыйынчылыктары менен курчап койду. Ага кирүүнү каалагандар ошол кыйынчылыктардан өтүшү керек. Бейиш кыйынчылыктар менен курчалгандан кийин Аллах Таала: «Эй, Жебирейил! Баргын, бейишти кайрадан карап келгин» - деп айтты. Ошентип, ал барып, аны карап келип: «Оо, Раббим, Сенин улуулугуңа ант болсун! Мен анын жолунда турган кыйынчылыктар себептүү эч ким ага кирбей калатко деп корком» - деп айтты. Аллах тозокту жаратканда: «Эй, Жебирейил!  Бар да, тозокко көз салып кел» - деп айтканда Жебирейил тозокко барып көрүп келди. Анан келип, Жебирейил айтты: «Оо, Раббим, Сенин улуулугуңа ант болсун! Ким гана болбосун андагы азап, кайгы жана кордукту уккан болсо, анда ал жерге түшүүнү жек көрүп жана анын түшүрүүчү себептеринен алыс болот. Ошондо Улуу Аллах Таала тозокко алып баруучу жолдорду азгырыктар жана ырахаттар менен курчап: «Эй, Жебирейил, кайрадан барып кара» - деди. Жебирейил периште барып, аны карап, анан келип: «Оо, Раббим, Сенин кудуретиңе ант болсун! Анын айланасындагы курчалган азгырыктар жана ырахаттарды көрүп мен андан эч ким качып кутула албайт деп корктум» - деди.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
-    <t>Бейиш менен тозок азыркы учурда бар экенине ишенүү
-Динде айтылган кайып кабарларга жана Аллахтан жана Анын Элчиси, саллаллаху алейхи уа салламдан, келген бардык кабарларга ишенүү важиб.
+    <t>Бейиш менен тозок азыркы учурда бар экенине ишенүү.
+Динде айтылган кайып кабарларга жана Аллахтан жана Анын Элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) келген бардык кабарларга ишенүү важиб.
 Кыйынчылыктарга сабыр кылуунун зарылдыгы, анткени ал бейишке алып баруучу жол.
-Күнөө иштерден алыс болуунун зарылдыгы. Анткени ал тозоко алып баруучу жол.
+Күнөө иштерден алыс болуунун зарылдыгы. Анткени ал тозокко алып баруучу жол.
 Бейишти кыйынчылыктар менен жана тозокту азгырыктар менен курчоо - бул дүйнө жашоосундагы сыноонун маңызы.
 Бейишке баруучу жол татаал жана түйшүктүү, ага жетүү үчүн ыймандуулук жана сабыр кылуу зарыл болот. Ал эми тозокко баруучу жол бул дүйнөдөгү ырахаттарга жана азгырыктарга толгон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65034</t>
   </si>
   <si>
     <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
-    <t>Өлүм ала түстүү кочкордун кейпиндей болуп алып келинет. Ошондо бир чакыруучу: «Эй, бейиш ээлери» - деп чакырат. Алар баштарын көтөрүп карап калышат. Ошондо ал: «Силер муну билесиңерби?» - дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Анан ал: «Эй, тозок ээлери» - деп чакырат. Алар баары баштарын көтөрүп карашат. Ал: «Силер муну тааныйсыңарбы?» дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Ошондо аны союп: «Эй, бейиш ээлери! Түбөлүкө каласыңар, өлүм жок» – деп айтат. Эй, тозок ээлери! Түбөлүкө каласыңар, өлүм жок» - деп бул аятты окуду: «Аларды зыянга учураган күн менен эскерткин. Алар капылет абалда болгон учурда Кыямат болот» (Мариям: 39)
+    <t>Өлүм ала түстүү кочкордун кейпиндей болуп алып келинет. Ошондо бир чакыруучу: «Эй, бейиш ээлери» - деп чакырат. Алар баштарын көтөрүп карап калышат. Ошондо ал: «Силер муну билесиңерби?» - дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Анан ал: «Эй, тозок ээлери» - деп чакырат. Алар баары баштарын көтөрүп карашат. Ал: «Силер муну тааныйсыңарбы?» дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Ошондо аны союп: «Эй, бейиш ээлери! Түбөлүккө каласыңар, өлүм жок» – деп айтат. Эй, тозок ээлери! Түбөлүккө каласыңар, өлүм жок» - деп бул аятты окуду: «Аларды зыянга учураган күн менен эскерткин. Алар капылет абалда болгон учурда Кыямат болот». (Мариям: 39)
 Дүйнө ээлери алар ушундай капылетте болушат. «Алар ыйман келтиришпейт» - деген аятты окуду</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
-    <t xml:space="preserve">Абу Саид аль-Худри, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Өлүм ала түстүү кочкордун кейпиндей болуп алып келинет. Ошондо бир чакыруучу: «Эй, бейиш ээлери» - деп чакырат. Алар баштарын көтөрүп карап калышат. Ошондо ал: «Силер муну билесиңерби?» - дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Анан ал: «Эй, тозок ээлери» - деп чакырат. Алар баары баштарын көтөрүп карашат. Ал: «Силер муну тааныйсыңарбы?» дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Ошондо аны союп: «Эй, бейиш ээлери! Түбөлүкө каласыңар, өлүм жок» – деп айтат. Эй, тозок ээлери! Түбөлүкө каласыңар, өлүм жок» - деп бул аятты окуду: «Аларды зыянга учураган күн менен эскерткин. Алар капылет абалда болгон учурда Кыямат болот» (Мариям: 39)
+    <t xml:space="preserve">Абу Саид аль-Худри (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Өлүм ала түстүү кочкордун кейпиндей болуп алып келинет. Ошондо бир чакыруучу: «Эй, бейиш ээлери» - деп чакырат. Алар баштарын көтөрүп карап калышат. Ошондо ал: «Силер муну билесиңерби?» - дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Анан ал: «Эй, тозок ээлери» - деп чакырат. Алар баары баштарын көтөрүп карашат. Ал: «Силер муну тааныйсыңарбы?» дейт. Алар: «Ооба, бул өлүм» - дешет, аны баары көрүшөт. Ошондо аны союп: «Эй, бейиш ээлери! Түбөлүккө каласыңар, өлүм жок» – деп айтат. Эй, тозок ээлери! Түбөлүккө каласыңар, өлүм жок» - деп бул аятты окуду: «Аларды зыянга учураган күн менен эскерткин. Алар капылет абалда болгон учурда Кыямат болот». (Мариям: 39)
 Дүйнө ээлери алар ушундай капылетте болушат. «Алар ыйман келтиришпейт» - деген аятты окуду. </t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Кыямат күнү өлүмдүн ак жана кара түстүү болгон кочкордун сүрөтүндө алып келерин баяндады. Чакыруучу: «Эй бейиш ээлери!» - деп чакырат. Алар моюндарын сунуп, баштарын көтөрүп карашат. Аларга: «Силер муну билесиңерби?» - деп айтат. Алар: «Ооба, бул өлүм» - деп айтышат. Алардын баары аны көрүшөт жана билишет. Жарчы: «Эй тозок ээлери!» - деп жар салат. Алар моюндарын сунуп, баштарын көтөрүп карашат. Аларга: «Силер муну билесиңерби?» - деп айтат. Алар: «Ооба, бул өлүм» - деп айтышат. Алардын баары аны көрүшөт жана билишет. Андан кийин ал союлат, анан жарчы айтат: «Эй бейиш ээлери, өлүм болбойт, түбөлүк каласыңар. Эй тозок ээлери, өлүм болбойт, түбөлүк каласыңар». Мына ушул момундардын жыргалчылыгын арттыруу жана каапырлардын азабын көбөйтүү үчүн болот. Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, бул аятты окуду: «Аларды зыянга учураган күн менен эскерткин. Алар капылет жана ишенбеген абалда болгон учурда Кыямат болот» (Мариям: 39) Кыямат күнү бейиш менен тозок ээлерин бөлүп коёт. Алардын баары барган жерлеринде түбөлүккө калышат. Ошондо күнөө кылып жүргөн адам жакшылык иштерин кылбаганы үчүн, ал эми ибадаттарга бекем болбогон адам жакшылык иштерин көбөйтпөгөнү үчүн катуу өкүнүшөт.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Кыямат күнү өлүмдүн ак жана кара түстүү болгон кочкордун сүрөтүндө алып келерин баяндады. Чакыруучу: «Эй бейиш ээлери!» - деп чакырат. Алар моюндарын сунуп, баштарын көтөрүп карашат. Аларга: «Силер муну билесиңерби?» - деп айтат. Алар: «Ооба, бул өлүм» - деп айтышат. Алардын баары аны көрүшөт жана билишет. Жарчы: «Эй тозок ээлери!» - деп жар салат. Алар моюндарын сунуп, баштарын көтөрүп карашат. Аларга: «Силер муну билесиңерби?» - деп айтат. Алар: «Ооба, бул өлүм» - деп айтышат. Алардын баары аны көрүшөт жана билишет. Андан кийин ал союлат, анан жарчы айтат: «Эй бейиш ээлери, өлүм болбойт, түбөлүк каласыңар. Эй тозок ээлери, өлүм болбойт, түбөлүк каласыңар». Мына ушул момундардын жыргалчылыгын арттыруу жана каапырлардын азабын көбөйтүү үчүн болот. Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бул аятты окуду: «Аларды зыянга учураган күн менен эскерткин. Алар капылет жана ишенбеген абалда болгон учурда Кыямат болот» (Мариям: 39) Кыямат күнү бейиш менен тозок ээлерин бөлүп коёт. Алардын баары барган жерлеринде түбөлүккө калышат. Ошондо күнөө кылып жүргөн адам жакшылык иштерин кылбаганы үчүн, ал эми ибадаттарга бекем болбогон адам жакшылык иштерин көбөйтпөгөнү үчүн катуу өкүнүшөт.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>Адамдын акыреттеги бара турган жери түбөлүктүү бейиш же тозок болот.
 Кыямат күнүнүн коркунучтуулугу жана кайгыруу жана өкүнүчтүү күн экенин катуу эскертти.
 Бейиш ээлеринин түбөлүк бактылуулугу жана тозок элинин түбөлүк кайгысы баяндалды.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65035</t>
   </si>
   <si>
     <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Селердин күйгүзгөн отуңар – тозок отунун жетимиш бөлүгүнүн бири. Анда: «Оо, Аллахтын Элчиси! Бул дүйнөнүн оту болсо да жетиштүү болмок» - деп айтылды. Пайгамбар: «Тозоктун оту бул дүйнөнүн отунан алтымыш тогуз эсе ысык болду. Анын баары бул дүйнөнүн отунун ысыгындай ысык</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: Селердин күйгүзгөн отуңар – тозок отунун жетимиш бөлүгүнүн бири. Анда: «Оо, Аллахтын Элчиси! Бул дүйнөнүн оту болсо да жетиштүү болмок» - деп айтылды. Пайгамбар: «Тозоктун оту бул дүйнөнүн отунан алтымыш тогуз эсе ысык болду. Анын баары бул дүйнөнүн отунун ысыгындай ысык».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: Селердин күйгүзгөн отуңар – тозок отунун жетимиш бөлүгүнүн бири. Анда: «Оо, Аллахтын Элчиси! Бул дүйнөнүн оту болсо да жетиштүү болмок» - деп айтылды. Пайгамбар: «Тозоктун оту бул дүйнөнүн отунан алтымыш тогуз эсе ысык болду. Анын баары бул дүйнөнүн отунун ысыгындай ысык».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, бул дүйнөнүн оту тозок отунун жетимиш бөлүгүнүн бири экенин айтты. Акырет оту бул дүйнөнүн отунун ысыгына караганда, анын температурасы алтымыш тогуз эсе жогору болгонун айтты. Ошондой эле анын ар бир бөлүгү бул дүйнөнүн отунун ысыгына барабар. «Оо, Аллахтын Элчиси, бул дүйнөнүн оту тозокко кирген адамды азаптоого жетиштүү эле» - деп айтылды. Пайгамбар: «Тозок оту бул дүйнөнүн отунан алтымыш тогуз бөлүккө көп жана алардын ар биринин ысыктыгынын күчтүүлүгү бул дүйнө отундай ысык» - деп айтты.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бул дүйнөнүн оту тозок отунун жетимиш бөлүгүнүн бири экенин айтты. Акырет оту бул дүйнөнүн отунун ысыгына караганда, анын температурасы алтымыш тогуз эсе жогору болгонун айтты. Ошондой эле анын ар бир бөлүгү бул дүйнөнүн отунун ысыгына барабар. «Оо, Аллахтын Элчиси, бул дүйнөнүн оту тозокко кирген адамды азаптоого жетиштүү эле» - деп айтылды. Пайгамбар: «Тозок оту бул дүйнөнүн отунан алтымыш тогуз бөлүккө көп жана алардын ар биринин ысыктыгынын күчтүүлүгү бул дүйнө отундай ысык» - деп айтты.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Адамдарды тозок отуна алып келе турган иштерден алыс кылуу үчүн тозок менен катуу эскертти.
 Тозоктун катуу азабын жана температурасынын күчтүүлүгүнүн кабарын айтты.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65036</t>
   </si>
   <si>
     <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Чындыкты айткан жана айтканы тастыкталган Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге мындайча баяндап берди: «Чындыгында, силердин ар бириңер энесинин ичинде кырк күн</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Абдуллах ибну Масуъд (Аллах андан ыраазы болсун) айтат: «Чындыкты айткан жана айтканы тастыкталган Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге мындайча баяндап берди: «Чындыгында, силердин ар бириңер энесинин ичинде кырк күн тамчы түрүндө топтолот. Андан кийин ошончо убакытта уюган кан түрүндө болот. Андан кийин ошончо убакытта бир үзүм эт түрүндө болот. Андан кийин ага периште жөнөтүлүп, төрт нерсени жазууга буйрулат: анын ырыскысын, ажалын, кыла турган иш-аракеттерин, бактылуу же бактысыз болушун. Андан кийин ага жан салынат. Чындыгында, силерден бирөө бейиш менен анын ортосунда бир чыканактай аралык калгыча бейиш ээлеринин амалдарын кылат. Бирок анын жазылган китеби озуп кетет да тозок ээлеренинин амалдарын кыла баштайт. Ошентип ал тозокко кирет. Ошондой эле силерден бирөө тозок менен анын ортосунда бир чыканактай аралык калгыча тозок ээлеринин амалдарын кылат. Бирок анын жазылган китеби озуп кетет да бейиш ээлеренинин амалдарын кыла баштайт. Ошентип ал бейишке кирет».</t>
   </si>
   <si>
@@ -16582,51 +16581,51 @@
 Илим алууда туруктуу болуунун пазилети жана алган илимге бекем болуунун зарылчылыгы.
 Тафсирчилер «Анын маанилерин Аллах гана билет жана илимде бекем аалымдар» деген аяттын «Аллах» деген сөзүндө токтоп туруп тилават кылууда эки түрдүү пикирлери бар. Эгерде тилават кылганда «Аллах» деген сөздө токтоп туруп анан улантып окуп кетсе, анда Муташабих аяттардын маанилерин Аллахтан башка эч ким билбейт деген маани чыгат. Ошондой эле Тавил деген сөздөн - бизге белгисиз нерселердин чыныгы акыйкаты жана кейпи максат кылынат. Мисалы адамдын руху, кыяматтын кандай болушу сыяктуу Аллах белгисиз кылган маселелер кирет. Ал эми аалымдар бул маселелерди Аллахка кайтарышат жана Андан гана келген деп ишенишет. А эгерде бул аяттын «Аллах» деген сөзүндө токтобой аятты улантып окуп кетсе, анда Тавилден тафсир жана ачыктоо деген маани чыгат. Анда Муташабих аяттарды Аллах билет жана илимде бекем аалымдар да билет деген маани чыгат. Алар бул аяттарга ишенишет жана Мухкам аяттарга кайтарышат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65062</t>
   </si>
   <si>
     <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>Кайсы бир киши күнөө кылып, кийин туруп тазаланып (даарат алып), анан намаз окуса, анан Аллахтан (күнөөсүнө) кечирим тилесе,  Аллах аны кечирет</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>Али мындай дейт: Мен Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) хадис уксам, Аллах андан Өзү каалаганча пайдаландырчу. Эгер анын сахабаларынан бирөө-жарымы андан хадис айтса, мен аны касам ичтирчүмүн да, касам ичсе ага ишенчүмүн. Ал эми бул хадисти мага Абу Бакр айткан. Абу Бакр чын сүйлөйт. Ал: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум дейт: "Кайсы бир киши күнөө кылып, кийин туруп тазаланып (даарат алып), анан намаз окуса, анан Аллахтан (күнөөсүнө) кечирим тилесе,  Аллах аны кечирет ". Андан кийин бул аятты окуду: "(Ал такыбалар) кокус ыплас иш кылып алса, же (күнөө менен) өзүнө зулум кылса, дароо Аллахты эстеп, күнөөсүнө кечирим тилейт..." (Аалу Имран, 135-аят).</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кайсы бир пенде күнөө кылып алса, анан жакшылап даарат алып, анан бул күнөөсүнө тообо кылуу ниети менен эки ирекет намаз окуса, анан Аллахтан кечирим тилесе, Аллах аны кечирерин кабарлаган. (Бул хадисти айткандан) кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын бул аятын окуйт: "(Ал такыбалар) кокус ыплас иш кылып алса, же (күнөө менен) өзүнө зулум кылса, дароо Алланы эстеп, күнөөсүнө кечирим тилейт. Күнөөнү Алладан башка ким кечирет. Алар билип туруп жасаган (күнөө) ишин кайра кайталабайт". (Аалу Имран, 135-аят).</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кайсы бир пенде күнөө кылып алса, анан жакшылап даарат алып, анан бул күнөөсүнө тообо кылуу ниети менен эки ирекет намаз окуса, анан Аллахтан кечирим тилесе, Аллах аны кечирерин кабарлаган. (Бул хадисти айткандан) кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын бул аятын окуйт: "(Ал такыбалар) кокус ыплас иш кылып алса, же (күнөө менен) өзүнө зулум кылса, дароо Аллахты эстеп, күнөөсүнө кечирим тилейт. Күнөөнү Аллахтан башка ким кечирет. Алар билип туруп жасаган (күнөө) ишин кайра кайталабайт". (Аалу Имран, 135-аят).</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Күнөө кылып алгандан кийин намаз окуп, истигфар айтууга үндөө.
 Аллах Тааланын кечирими кенен жана тообо, истигфарды кабыл кылуучу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65063</t>
   </si>
   <si>
     <t>يحسب ما خانوك وعصوك وكذبوك وعقابك إياهم</t>
   </si>
   <si>
     <t>«Бир адам Пайгамбар, саллаллаху алейхи уа салламдын, алдына келип: «Оо, Аллахтын Элчиси, менде кулдарым бар, алар мага жалган айтышат, мага кыянат кылышат жана менин сөзүмдү угушпайт. Алардын алдында менин абалым кандай болот» - деп сурады. Пайгамбар айтты: «Сага кыянат кылгандары үчүн, сага баш ийбегендиги жана сага калп айткандары үчүн сен аларга берген жазаңа татыктуу болушат. Эгерде аларга берген жазаң алардын күнөөлөрүнө жараша болсо, бул аларга жетиштүү болот. Сенин пайдаңа да жана зыяныңа да болбойт. А эгерде аларга берген жазаң алардын күнөөлөрүнөн азыраак болсо, анда сага артыкчылык болот. А эгерде жазаң алардын күнөөлөрүнөн көбүрөөк болсо, анда алар сенден өчтөрүн алышат. Ошондо ал киши четке чыгып, үнүн чыгара ыйлай баштады. Анда Аллахтын Элчиси, саллаллаху алейхи уа саллам, ага: «Сен Аллахтын Китебинде: «Кыямат күнү адилеттүүлүк таразасын коёбуз, ошондо эч бир жанга зулумдук кылынбайт» - деген аятын окубадыңбы?» - деп айтты. Ал киши: «Оо, Аллахтын Элчиси, Аллахка ант болсун! Мен өзүм үчүн да, алар үчүн да алардан бөлүнүүдөн артык эч нерсе таба албайм. Күбөлүк берем алардын баары азат» - деп айтты».*@</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ رَجُلًا قَعَدَ بَيْنَ يَدَيِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ لِي مَمْلُوكِينَ يَكْذِبُونَنِي وَيَخُونُونَنِي وَيَعْصُونَنِي، وَأَشْتُمُهُمْ وَأَضْرِبُهُمْ، فَكَيْفَ أَنَا مِنْهُمْ؟ قَالَ: «يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ، فَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ بِقَدْرِ ذُنُوبِهِمْ كَانَ كَفَافًا، لَا لَكَ وَلَا عَلَيْكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ دُونَ ذُنُوبِهِمْ كَانَ فَضْلًا لَكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ فَوْقَ ذُنُوبِهِمُ اقْتُصَّ لَهُمْ مِنْكَ الْفَضْلُ»، قَالَ: فَتَنَحَّى الرَّجُلُ فَجَعَلَ يَبْكِي وَيَهْتِفُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَمَا تَقْرَأُ كِتَابَ اللهِ: {وَنَضَعُ الْمَوَازِينَ الْقِسْطَ لِيَوْمِ الْقِيَامَةِ فَلا تُظْلَمُ نَفْسٌ شَيْئًا}، الْآيَةَ»، فَقَالَ الرَّجُلُ: وَاللهِ يَا رَسُولَ اللهِ، مَا أَجِدُ لِي وَلهُمْ شَيْئًا خَيْرًا مِنْ مُفَارَقَتِهِمْ، أُشْهِدُكَ أَنَّهُمْ أَحْرَارٌ كُلُّهُمْ.</t>
   </si>
   <si>
     <t>Аиша, радыяллаху анха, риваят кылат: «Бир адам Пайгамбар, саллаллаху алейхи уа салламдын, алдына келип: «Оо, Аллахтын Элчиси, менде кулдарым бар, алар мага жалган айтышат, мага кыянат кылышат жана менин сөзүмдү угушпайт. Алардын алдында менин абалым кандай болот» - деп сурады. Пайгамбар айтты: «Сага кыянат кылгандары үчүн, сага баш ийбегендиги жана сага калп айткандары үчүн сен аларга берген жазаңа татыктуу болушат. Эгерде аларга берген жазаң алардын күнөөлөрүнө жараша болсо, бул аларга жетиштүү болот. Сенин пайдаңа да жана зыяныңа да болбойт. А эгерде аларга берген жазаң алардын күнөөлөрүнөн азыраак болсо, анда сага артыкчылык болот. А эгерде жазаң алардын күнөөлөрүнөн көбүрөөк болсо, анда алар сенден өчтөрүн алышат. Ошондо ал киши четке чыгып, үнүн чыгара ыйлай баштады. Анда Аллахтын Элчиси, саллаллаху алейхи уа саллам, ага: «Сен Аллахтын Китебинде: «Кыямат күнү адилеттүүлүк таразасын коёбуз, ошондо эч бир жанга зулумдук кылынбайт» - деген аятын окубадыңбы?» - деп айтты. Ал киши: «Оо, Аллахтын Элчиси, Аллахка ант болсун! Мен өзүм үчүн да, алар үчүн да алардан бөлүнүүдөн артык эч нерсе таба албайм. Күбөлүк берем алардын баары азат» - деп айтты».</t>
   </si>
   <si>
@@ -16671,103 +16670,103 @@
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Катада, рахимахуллах, айтат: Анас бин Малик, радыяллаху анху, риваят кылган хадисте, бир адам: «Оо, Аллахтын Элчиси, каапыр адам Кыямат күнү  тирилгенде жүзү менен кантип тургузулат? - деп сурады. Пайгамбар айтты: «Аны бул дүйнөдө эки буту менен бастырган Зат Кыяматта аны бети менен бастырууга Кудуреттүү эмеспи?!». Катада бул хадисти айтып ушул жеринде: «Раббимдин улуулугуна ант болсун! Албетте Ал Кудуреттүү» - деп айтты».</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ушундай суроо менен суралды: «Кыямат күнү каапыр адам тирилгенде кантип жүзү менен тургузулат?» Ага Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Аны бул дүйнөдө эки буту менен бастырып койгон Аллах, Кыямат күнү аны бети менен бастырууга Кудуреттүү эмеспи?! Аллах бардык нерсеге Кудуреттүү».</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Каапыр адамдын Кыяматта болгон кордугу жана ал бети менен басуусу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65068</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
-    <t>«Аллахтын Элчиси, саллаллаху алейхи уа саллам, амекисине: «Аллахтан башка сыйынууга татыктуу кудай жок деп айтыңыз. Кыямат күнү мен сизге күбө болом» - деп айтканда, ал айтты: «Эгерде Курайш башчылары «бул өлүмдөн коркуп келимени айтты» дешип жемелөөлөрү болбогондо, анда мен сенин көзүңдү сүйүнтмөкмүн». Ошондо Аллах бул аятты түшүрдү: «Чындыгында, сен жакшы көргөн адамыңды туура жолго алып келе албайсың. Бирок Аллах каалаган пендесин туура жолго алып келет». (Касас, 56)*@</t>
+    <t>«Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) амекисине: «Аллахтан башка сыйынууга татыктуу кудай жок деп айтыңыз. Кыямат күнү мен сизге күбө болом» - деп айтканда, ал айтты: «Эгерде Курайш башчылары «бул өлүмдөн коркуп келимени айтты» дешип жемелөөлөрү болбогондо, анда мен сенин көзүңдү сүйүнтмөкмүн». Ошондо Аллах бул аятты түшүрдү: «Чындыгында, сен жакшы көргөн адамыңды туура жолго алып келе албайсың. Бирок Аллах каалаган пендесин туура жолго алып келет». (Касас, 56)*@</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылат: «Аллахтын Элчиси, саллаллаху алейхи уа саллам, амекисине: «Аллахтан башка сыйынууга татыктуу кудай жок деп айтыңыз. Кыямат күнү мен сизге күбө болом» - деп айтканда, ал айтты: «Эгерде Курайш башчылары «бул өлүмдөн коркуп келимени айтты» дешип жемелөөлөрү болбогондо, анда мен сенин көзүңдү сүйүнтмөкмүн». Ошондо Аллах бул аятты түшүрдү: «Чындыгында, сен жакшы көргөн адамыңды туура жолго алып келе албайсың. Бирок Аллах каалаган пендесин туура жолго алып келет». (Касас, 56)</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылат: «Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) амекисине: «Аллахтан башка сыйынууга татыктуу кудай жок деп айтыңыз. Кыямат күнү мен сизге күбө болом» - деп айтканда, ал айтты: «Эгерде Курайш башчылары «бул өлүмдөн коркуп келимени айтты» дешип жемелөөлөрү болбогондо, анда мен сенин көзүңдү сүйүнтмөкмүн». Ошондо Аллах бул аятты түшүрдү: «Чындыгында, сен жакшы көргөн адамыңды туура жолго алып келе албайсың. Бирок Аллах каалаган пендесин туура жолго алып келет». (Касас, 56)</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, агасы Абу Талиб өлүм алдында жатканда кыяматта ага шапаат кылуусу үчүн «Лаа илааха иллаллах» деп айтуусун суранат. Ошондой эле амекиси Исламда экендигине күбөлүк берүү үчүн келимени айтууну суранат. Бирок Курайш уруусунун башчыларынын жемесинен коркуп, күбөлүк келмесин айтуудан баш тартат. Курайш башчылары «ал өлүмдөн коркуп, алсыздыктан Исламды кабыл алды» деген сөздү айтпасын деп келимени айтпай коёт. Пайгамбардын, саллаллаху алейхи уа саллам, амекиси Абу Толиб ага мындай деп айтат: «Эгер андай болбогондо, мен күбөлүк келимесин айтып сенин жүрөгүңдү сүйүнтмөкмүн жана сен ыраазы болгонго чейин тилегиң аткарылат эле». Ошентип, Аллах Таала Пайгамбар, саллаллаху алейхи уа саллам, Исламга киргизе турган хидаятка ээ эмес, бирок Аллах Таала кимге кааласа, туура жолго салат деген аятты түшүрөт. Бирок Пайгамбар, саллаллаху алейхи уа саллам, адамдарды түз жолго чакыруу жана туура жолду ачыктап берүү хидаятына ээлик кылат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) агасы Абу Талиб өлүм алдында жатканда кыяматта ага шапаат кылуусу үчүн «Лаа илааха иллаллах» деп айтуусун суранат. Ошондой эле амекиси Исламда экендигине күбөлүк берүү үчүн келимени айтууну суранат. Бирок Курайш уруусунун башчыларынын жемесинен коркуп, күбөлүк келмесин айтуудан баш тартат. Курайш башчылары «ал өлүмдөн коркуп, алсыздыктан Исламды кабыл алды» деген сөздү айтпасын деп келимени айтпай коёт. Пайгамбардын, саллаллаху алейхи уа саллам, амекиси Абу Талиб ага мындай деп айтат: «Эгер андай болбогондо, мен күбөлүк келимесин айтып сенин жүрөгүңдү сүйүнтмөкмүн жана сен ыраазы болгонго чейин тилегиң аткарылат эле». Ошентип, Аллах Таала Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Исламга киргизе турган хидаятка ээ эмес, бирок Аллах Таала кимге кааласа, туура жолго салат деген аятты түшүрөт. Бирок Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдарды түз жолго чакыруу жана туура жолду ачыктап берүү хидаятына ээлик кылат.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Элдин сөзүнөн коркуп чындык четте калбай айтылыш керек.
-Пайгамбар, саллаллаху алейхи уа саллам, туура жолго салууга ээ эмес, ачыктап берүүгө жана багыт берүүгө ээ боло алат.
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) туура жолго салууга ээ эмес, ачыктап берүүгө жана багыт берүүгө ээ боло алат.
 Оорулуу каапырды Исламга чакыруу үчүн зыярат кылуунун уруксат экендиги баяндалды.
-Пайгамбар, саллаллаху алейхи уа саллам, бардык жагдайларда Аллах Таалага чакырууга аракетчил болгон.</t>
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бардык жагдайларда Аллах Таалага чакырууга умтулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65069</t>
   </si>
   <si>
     <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
-    <t>Көп киши өлтүргөн, көп зына кылган кээ бир мушриктер Мухаммад, саллаллаху алейхи уа салламга, келишип: "Чындыгында, сенин айтканың жана чакырганың жакшы. Бизге кабар берчи. Биз аткарып койгон нерселердин каффараты барбы?" - дешти. Ошондо бул аяттар түштү. Аллах таала айтты: "Алар Аллахтан башка кудайларга дуба кылышпайт, Аллах өлтүрүүгө тыюу салган жанды укуксуз (шарияттын талаптарысыз) өлтүрүшпөйт. Акысы (өчү) бар болгондо гана (өлтүрүүсү адал болот). Алар зына кылышпайт.(Фуркан сүрөөсү, 68-аят).
-Аллах таала айтты: "(Оо, Мухаммад, Менин пенделериме) айт: "Оо, Менин, өздөрүнө ысырап кылып (көп күнөө) кылган пенделерим! Аллахтын ырайымынан үмүтсүз болбогула!". (Аз-Зумар сүрөөсү, 53).@*</t>
+    <t>Көп киши өлтүргөн, көп зына кылган кээ бир мушриктер Мухаммадка (ага Аллахтын тынчтыгы жана мактоосу болсун) келишип: "Чындыгында, сенин айтканың жана чакырганың жакшы. Бизге кабар берчи. Биз аткарып койгон нерселердин каффараты барбы?" - дешти. Ошондо бул аяттар түштү. Аллах Таала айтты: "Алар Аллахтан башка кудайларга дуба кылышпайт, Аллах өлтүрүүгө тыюу салган жанды укуксуз (шарияттын талаптарысыз) өлтүрүшпөйт. Акысы (өчү) бар болгондо гана (өлтүрүүсү адал болот). Алар зына кылышпайт.(Фуркан сүрөсү, 68-аят).
+Аллах Таала айтты: "(Оо, Мухаммад, Менин пенделериме) айт: "Оо, Менин, өздөрүнө ысырап кылып (көп күнөө) кылган пенделерим! Аллахтын ырайымынан үмүтсүз болбогула!". (Аз-Зумар сүрөөсү, 53).@*</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
-    <t>Ибн Аббас, радыяллаху анхума, риваят кылат: Көп киши өлтүргөн, көп зына кылган кээ бир мушриктер Мухаммад, саллаллаху алейхи уа салламга, келишип: "Чындыгында, сенин айтканың жана чакырганың жакшы. Бизге кабар берчи. Биз аткарып койгон нерселердин каффараты барбы?" - дешти. Ошондо бул аяттар түштү. Аллах таала айтты: "Алар Аллахтан башка кудайларга дуба кылышпайт, Аллах өлтүрүүгө тыюу салган жанды укуксуз (шарияттын талаптарысыз) өлтүрүшпөйт. Акысы (өчү) бар болгондо гана (өлтүрүүсү адал болот). Алар зына кылышпайт.(Фуркан сүрөөсү, 68-аят).
-Аллах таала айтты: "(Оо, Мухаммад, Менин пенделериме) айт: "Оо, Менин, өздөрүнө ысырап кылып (көп күнөө) кылган пенделерим! Аллахтын ырайымынан үмүтсүз болбогула!". (Аз-Зумар сүрөөсү, 53).</t>
+    <t>Ибн Аббас (Аллах алардан ыраазы болсун) риваят кылат: Көп киши өлтүргөн, көп зына кылган кээ бир мушриктер Мухаммадка (ага Аллахтын тынчтыгы жана мактоосу болсун) келишип: "Чындыгында, сенин айтканың жана чакырганың жакшы. Бизге кабар берчи. Биз аткарып койгон нерселердин каффараты барбы?" - дешти. Ошондо бул аяттар түштү. Аллах Таала айтты: "Алар Аллахтан башка кудайларга дуба кылышпайт, Аллах өлтүрүүгө тыюу салган жанды укуксуз (шарияттын талаптарысыз) өлтүрүшпөйт. Акысы (өчү) бар болгондо гана (өлтүрүүсү адал болот). Алар зына кылышпайт.(Фуркан сүрөсү, 68-аят).
+Аллах Таала айтты: "(Оо, Мухаммад, Менин пенделериме) айт: "Оо, Менин, өздөрүнө ысырап кылып (көп күнөө) кылган пенделерим! Аллахтын ырайымынан үмүтсүз болбогула!". (Аз-Зумар сүрөөсү, 53).</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
-    <t>Көп киши өлтүрүп, зына кылган кээ бир мушриктер Пайгамбар, саллаллаху алейхи уа салламга, келишип, ага: "Силердин Исламга жана аны үйрөрүүгө чакырып жатканыңар жакшы нерсе. Бирок биздин абалыбыз кандай болот? Биз аткарып койгон ширк жана чоң күнөөлөрүбүздүн каффараты барбы?" - дешти.
+    <t>Көп киши өлтүрүп, зына кылган кээ бир мушриктер Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) келишип, ага: "Силердин Исламга жана аны үйрөрүүгө чакырып жатканыңар жакшы нерсе. Бирок биздин абалыбыз кандай болот? Биз аткарып койгон ширк жана чоң күнөөлөрүбүздүн каффараты барбы?" - дешти.
 Ошондо Аллах Таала эки аят түшүрдү. Бул аятта Аллах адамдардын күнөөлөрүнүн көптүгүнө жана чоңдугуна карабастан, алардын тообосун кабыл кылганы айтылган. Эгерде андай болбогондо, алар каапырлык жана зулумдуктарын уланта беришмек жана алар бул динге кирмек эмес.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>Исламдын пазилети жана улуулугу. Жана Ислам өзүнөн мурунку күнөөлөрдү өчүрөт.
 Аллахтын пенделерине болгон ырайымы, кечиримдүүлүгү жана күнөөлөрдү жууп кетирүүсү.
 Ширктин арамдыгы, арам өлтүрүүнүн арамдыгы, зына кылуунун арамдыгы жана бул күнөөлөрдү кылгандарга азаптар бар.
 Ыклас жана жакшы амалдар менен бирге чын ыкластан тообо кылуу бардык чоң күнөөлөрдү, анын ичиндеги Аллах Таалага каапыр болгондорду да кечирет.
 Аллах Тааланын мээриминен үмүтсүздүктөн жана үмүт үзүүдөн тыюу салынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65071</t>
   </si>
   <si>
     <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>"Чындыгында, Пайгамбар, саллаллаху алейхи уа саллам, Сабит бин Кайсты жоктоп, ал жөнүндө сураганда, бир киши: "Оо, Аллахтын Элчиси! Мен сизге анын кабарын билип беремин" - деди. Ошентип ал Сабит бин Кайс үйүндө башын ылдый кылып капаланып олтурганын көрүп: "Абалың кандай?" - деп сурады. Сабит ага: "Жаман нерсе болду" - деп айтты. Анткени Сабит үнүн Пайгамбар, саллаллаху алейхи уа салламдын, үнүнөн өйдө көтөрүп сүйлөп койгон эле. Ошондуктан ал өзүн тозок ээлеринен дейт эле. Ошондо ал киши Пайгамбар, саллаллаху алейхи уа салламга, кайтып келип, Сабит бин Кайстын абалын айтып берди. Анан ал киши Сабит бин Кайска кийинки жолу чоң кабар менен кайтып барды. Пайгамбар, саллаллаху алейхи уа саллам, ал кишиге: "Ага барып айткын: Сен тозок ээлеринен эмессиң, тескерисинче, бейиш ээлериненсин» - деди".@</t>
   </si>
@@ -16924,188 +16923,187 @@
   <si>
     <t>Абдулла бин Амр, радыяллаху анху, айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдан, укканымдын баарын жазуу түрүндө сактап калуу үчүн жазчумун. Бирок Курайш уруусундагы кишилер тыюу салышты да мага: "Аллахтын Элчиси, саллаллаху алейхи уа саллам, да пенде. Кээде ачууланып, кээде ыраазы болуп сүйлөйт. Кээде ката кетириши мүмкүн" - дешкенде жазууну токтоттум.
 Ошондо мен Пайгамбарга, саллаллаху алейхи уа салламга, алардын айткандарын айттым. Ал сөөмөйү менен оозун көрсөтүп: "Жаз, анткени менин жаным колунда болгон Затка ант болсун! Мындан бардык абалда, ачууланып турган абалда да, ыраазы болуп турган абалда да, акыйкаттан башка эч нерсе чыкпайт" - деди.
 Чындыганда, Аллах Таала Өзүнүн пайгамбары, саллаллаху алейхи уа саллам, жөнүндө мындай деген: "Ал өз каалоосу менен сүйлөбөйт. Чындыгында, ал (сүйлөгөн нерсе) 
  түшүрүлгөн вахийден (8) башка нерсе эмес".</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ыраазы болсо да, ачууланганда да Раббисинен жеткирген нерсесинде күнөөсүз (катасыз).
 Сахабалар, Аллах алардан ыраазы болсун, сүннөттү жаттап, аларды жеткирүүгө ынтызар болушкан.
 Бир ишти бекемдеп ырастоодо да ант ичүүгө болот.
 Илимди жазуу - илимди сактоонун эң маанилүү себептеринин бири.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65077</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, ар бир намазга даарат алчу"- деди. Ошондо (Амр бин Аамир) Мен: "Силер кандай кылат элеңер?" - деп сурадым. Ал Анас бин Малик: "Даарат бузулбаса, ар бирибизге бир даарат менен (бир нече намаз окууга) болот." - деди</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир намазга даарат алчу"- деди. Ошондо (Амр бин Аамир) Мен: "Силер кандай кылат элеңер?" - деп сурадым. Ал Анас бин Малик: "Даарат бузулбаса, ар бирибизге бир даарат менен (бир нече намаз окууга) болот" - деди</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
-    <t>Амр бин Аамир Анас бин Маликтен  риваят кылып айтты: "Пайгамбар, саллаллаху алейхи уа саллам, ар бир намазга даарат алчу"- деди. Ошондо (Амр бин Аамир) Мен: "Силер кандай кылат элеңер?" - деп сурадым. Ал Анас бин Малик: "Даарат бузулбаса, ар бирибизге бир даарат менен (бир нече намаз окууга) болот." - деди.</t>
+    <t>Амр бин Аамир Анас бин Маликтен  риваят кылып айтты: "Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир намазга даарат алчу"- деди. Ошондо (Амр бин Аамир) Мен: "Силер кандай кылат элеңер?" - деп сурадым. Ал Анас бин Малик: "Даарат бузулбаса, ар бирибизге бир даарат менен (бир нече намаз окууга) болот" - деди.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, даараты бузулбаса да, ар бир парз намазына даарат алчу. Даараттын сооп-сыйлыгына жана пезилетине жетүү үчүн ушундай кылат эле.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) даараты бузулбаса да, ар бир парз намазына даарат алчу. Даараттын сооп-сыйлыгына жана пезилетине жетүү үчүн ушундай кылат эле.
 Даараты сынбаса, ошол бир даараты менен бирден ашык парз намаз окуса болот.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа салламдын, эң көп амалы даараттын толук сообуна жетүү үчүн ар бир намазга даарат алуусу болгон.
+    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) эң көп амалы даараттын толук сообуна жетүү үчүн ар бир намазга даарат алуусу болгон.
 Ар бир намазда даарат алуу сооптуу.
 Бир даарат менен бир нече намаз окууга болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65080</t>
   </si>
   <si>
     <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, бир жолудан, бир жолудан жууп даарат алды</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бир жолудан, бир жолудан жууп даарат алды</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
-    <t>Ибн Аббас, радыяллаху анху, риваят кылып айтты: "Пайгамбар, саллаллаху алейхи уа саллам, бир жолудан, бир жолудан жууп даарат алды".</t>
+    <t>Ибн Аббас (Аллах алардан ыраазы болсун) риваят кылып айтты: "Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бир жолудан, бир жолудан жууп даарат алды".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
-    <t>Кээде Пайгамбар, саллаллаху алейхи уа саллам, даарат алып жатканда ар бир даарат мүчөсүн бир жолу жууп, ооз менен мурунду чайкап, бетти, колу-бутун бир жолу жуучу. Бул бир жолудан жубуу важиб.</t>
+    <t>Кээде Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) даарат алып жатканда ар бир даарат мүчөсүн бир жолу жууп, ооз менен мурунду чайкап, бетти, колу-бутун бир жолу жуучу. Бул бир жолудан жушу важиб.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Дааратта мүчөлөрдү бир жолудан жууш важиб, андан ашыкча жууш мустахаб.
 Кээ бир абалда мүчөлөрдү бир жолудан жууп даарат алса да болот.
 Дааратта башка масх тартуу бир жолу эле болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65081</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
-    <t>Чындыгында. Пайгамбар, саллаллаху алейхи уа саллам, эки жолудан, эки жолудан жууп даарат алды</t>
+    <t>Чындыгында. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки жолудан, эки жолудан жууп даарат алды</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
-    <t>Абдулла бин Зайд, радыяллаху анху, риваят кылып айтты: "Чындыгында. Пайгамбар, саллаллаху алейхи уа саллам, эки жолудан, эки жолудан жууп даарат алды".</t>
+    <t>Абдулла бин Зайд (Аллах андан ыраазы болсун) риваят кылып айтты: "Чындыгында. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки жолудан, эки жолудан жууп даарат алды".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
-    <t>Кээде Пайгамбар, саллаллаху алейхи уа саллам, даарат алганда, мүчөлөрүн ар бирин эки жолудан жуучу. Ооз менен мурунду чайкап, бетин, эки колун жана эки бутун эки жолудан жуучу.</t>
+    <t>Кээде Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) даарат алганда, мүчөлөрүн ар бирин эки жолудан жуучу. Ооз менен мурунду чайкап, бетин, эки колун жана эки бутун эки жолудан жуучу.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Дааратта мүчөлөрдү бир жолудан жууш важиб, андан ашыкча жууш мустахаб.
 Кээ бир абалда мүчөлөрдү эки жолудан жууп даарат алса да болот.
 Дааратта башка масх тартуу бир жолу эле болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65082</t>
   </si>
   <si>
     <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>Эгерде силердин бирөөңөр курсагындагы желдин чыкканын билсе жана андан жел чыктыбы же чыкпадыбы деп күмөн санаса, ал желдин үнүн укмайынча же жытын жыттамайынча мечиттен чыкпасын</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Эгерде силердин бирөөңөр курсагындагы желдин чыкканын билсе жана андан жел чыктыбы же чыкпадыбы деп күмөн санаса, ал желдин үнүн укмайынча же жытын жыттамайынча мечиттен чыкпасын".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мындайча баяндады. Намаз окуган адамды курсагындагы жел экилентсе, ал курсагынан чыктыбы же чыкпадыбы деп шектенип калса, анда ал дааратын буза турган нерсе бар экенине б.а. желдин үнүн угуп, же жытын жыттап ынанмайынча, даарат алуу үчүн намазды токтотпосун жана бузбасын. Анткени анык болгон нерсе күмөн менен бузулбайт. Ал намаз окуучунун даараты бар экенини анык, бирок дааратынын бузулганында күмөн бар.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындайча баяндады. Намаз окуган адамды курсагындагы жел экилентсе, ал курсагынан чыктыбы же чыкпадыбы деп шектенип калса, анда ал дааратын буза турган нерсе бар экенине б.а. желдин үнүн угуп, же жытын жыттап ынанмайынча, даарат алуу үчүн намазды токтотпосун жана бузбасын. Анткени анык болгон нерсе күмөн менен бузулбайт. Ал намаз окуучунун даараты бар экенини анык, бирок дааратынын бузулганында күмөн бар.</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>Бул хадис Исламдын негиздеринин бири жана фикх эрежелеринин бири болуп саналат. Бул эреже: Анык болгон нерсе күмөн менен жок болбойт. Негизги принцип - башкасы анык болмоюнча, болгон нерсе ошол бойдон кала берет.
-Күмөндөнүү даараттын бар экенине таасир этпейт. Намаз окуган адам дааратынын бузулганына анык билмейинче, анда даараты бар бойдон кала берет.</t>
+Күмөндөнүү даараттын бар экенине таасир этпейт. Намаз окуган адам дааратынын бузулганын анык билмейинче, анда даараты бар бойдон кала берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65083</t>
   </si>
   <si>
     <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>Ар бир мусулман жети күндө бир жуунууга милдеттүү, ошол күндөрдө башын жана денесин жууйт</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Ар бир мусулман жети күндө бир жуунууга милдеттүү, ошол күндөрдө башын жана денесин жууйт".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Ар бир мусулман жети күндө бир жуунууга милдеттүү, ошол күндөрдө башын жана денесин жууйт".</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
-    <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, кабар берди: "Ар бир акыл-эси жайында болгон бойго жеткен мусулман үчүн жуманын жети күнүндө бир күн жуунуп туруу жана бул күнү тазалыкка умтулуу менен башын жана денесин жууп туруу – мусулмандын милдети. Ал эми бул күндөрдүн биринчиси, кээ бир риваяттарда айтылгандай жума күн. Бейшемби күнү жуунуп алса да жума күнү намаздан мурда жуунуу бекемделген мустахаб (9) амал. Жума күнү жуунуу важиб деген өкүмдөн буруучу нерсе ал Аиша,
-радыяллаху анханын, сөзү: "Адамдар өз иштери менен алектенишчү, жума намазга барганда кадимки көрүнүшү менен барышчу. Ошондуктан аларга мындай деп айтылды: "Жуунсаңар болмок". Имам Бухари риваят кылган. Ал эми Имам Бухаринин башка риваятында: "Алар жыттанып турчу" б.а. тер жана ушуга окшогондордун жыты бар эле. Ошого карабастан, аларга: "Жуунсаңар болмок» - деп эле айтылган болсо, анда алардан башкаларга айтуу да ылайыктуураак.</t>
+    <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) кабар берди: "Ар бир акыл-эси жайында болгон бойго жеткен мусулман үчүн жуманын жети күнүндө бир күн жуунуп туруу жана бул күнү тазалыкка умтулуу менен башын жана денесин жууп туруу – мусулмандын милдети. Ал эми бул күндөрдүн биринчиси, кээ бир риваяттарда айтылгандай жума күн. Бейшемби күнү жуунуп алса да жума күнү намаздан мурда жуунуу бекемделген мустахаб (9) амал. Жума күнү жуунуу важиб деген өкүмдөн буруучу нерсе ал Айшанын (Аллах андан ыраазы болсун) сөзү: "Адамдар өз иштери менен алектенишчү, жума намазга барганда кадимки көрүнүшү менен барышчу. Ошондуктан аларга мындай деп айтылды: "Жуунсаңар болмок". Имам Бухари риваят кылган. Ал эми Имам Бухаринин башка риваятында: "Алар жыттанып турчу" б.а. тер жана ушуга окшогондордун жыты бар эле. Ошого карабастан, аларга: "Жуунсаңар болмок» - деп эле айтылган болсо, анда алардан башкаларга айтуу да ылайыктуураак.</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>Ислам дини тазалыкты сактайт жана ага көңүл бурат.
 Жума күнү намазга жуунуу бекемделген мустахаб амал.
 Хадисте дене жөнүндө сөз болсо дагы "башты" деп өзүнчө айтылуусу ага көңүл бурууну түшүндүрүп турат.
 Кимден жагымсыз жыт келип, андан адамдар зыян тартып турса, анда ага жуунуу важиб болот.
 Жуунуу үчүн эң жакшы күн – бул жума күнү, жума күнү пазилеттүү болгону үчүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65084</t>
   </si>
   <si>
     <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>Мен мусулман болууну каалап, Пайгамбар, саллаллаху алейхи уа салламдын, алдына келдим, ал мага суу жана сидр (лотос) жалбырактары менен жуунууну буйруду</t>
   </si>
   <si>
@@ -17123,145 +17121,145 @@
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Каапыр адам Исламды кабыл алгандагы жуунуусу шарият мыйзамына киргизилген.
 Ислам дини денеге да жана руханий байлыкка да чогуу көңүл бурат.
 Сууга таза нерселерди аралаштыруу аны тазалыгынан чыгарбайт.
 Сидрдин ордун самын жана башка ушул сыяктуу заманбап жуучу каражаттарды иштетсе болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65085</t>
   </si>
   <si>
     <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>Эгерде азанчы: "Аллаху акбар, Аллаху акбар" - десе, силер да: "Аллаху акбар, Аллаху акбар" - деп айтсаңар, андан кийин азанчы: "Ашхаду ал-лаа илааха иллаллах" - десе, силер да: "Ашхаду ал-лаа илааха иллаллах" - деп айтсаңар, андан кийин азанчы: "Ашхаду анна Мухаммадар-расуулуллах" - десе, силер да: "Ашхаду анна Мухаммадар-расуулуллах" - деп айтсаңар, андан кийин азанчы: "Хаййя алас-солаах" - десе, силер: "Лаа хаула уа лаа куввата илла бил-лаах" - деп айтсаңар, андан кийин азанчы: "Хаййя алаль-фалаах, хаййя алаль-фалаах" - десе, силер: "Лаа хаула уа лаа куввата илла бил-лаах" - деп айтсаңар, андан кийин азанчы: "Аллаху акбар, Аллаху акбар" - десе, силер да: "Аллаху акбар, Аллаху акбар" - деп айтсаңар, андан кийин азанчы: "Лаа иляха иллааллах" - десе, силер да: "Лаа иляха иллааллах" - деп чын жүрөктөн айтсаңар, анда Аллах силерди бейишке киргизет”. (7)</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
-    <t>Умар Ибн аль-Хаттаб, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Эгерде азанчы: "Аллаху акбар, Аллаху акбар" - десе, силер да: "Аллаху акбар, Аллаху акбар" - деп айтсаңар, андан кийин азанчы: "Ашхаду ал-лаа илааха иллаллах" - десе, силер да: "Ашхаду ал-лаа илааха иллаллах" - деп айтсаңар, андан кийин азанчы: "Ашхаду анна Мухаммадар-расуулуллах" - десе, силер да: "Ашхаду анна Мухаммадар-расуулуллах" - деп айтсаңар, андан кийин азанчы: "Хаййя алас-солаах" - десе, силер: "Лаа хаула уа лаа куввата илла бил-лаах" - деп айтсаңар, андан кийин азанчы: "Хаййя алаль-фалаах, хаййя алаль-фалаах" - десе, силер: "Лаа хаула уа лаа куввата илла бил-лаах" - деп айтсаңар, андан кийин азанчы: "Аллаху акбар, Аллаху акбар" - десе, силер да: "Аллаху акбар, Аллаху акбар" - деп айтсаңар, андан кийин азанчы: "Лаа иляха иллааллах" - десе, силер да: "Лаа иляха иллааллах" - деп чын жүрөктөн айтсаңар, анда Аллах силерди бейишке киргизет”. (7)</t>
+    <t>Умар Ибн аль-Хаттаб (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Эгерде азанчы: "Аллаху акбар, Аллаху акбар" - десе, силер да: "Аллаху акбар, Аллаху акбар" - деп айтсаңар, андан кийин азанчы: "Ашхаду ал-лаа илааха иллаллах" - десе, силер да: "Ашхаду ал-лаа илааха иллаллах" - деп айтсаңар, андан кийин азанчы: "Ашхаду анна Мухаммадар-расуулуллах" - десе, силер да: "Ашхаду анна Мухаммадар-расуулуллах" - деп айтсаңар, андан кийин азанчы: "Хаййя алас-солаах" - десе, силер: "Лаа хаула уа лаа куввата илла бил-лаах" - деп айтсаңар, андан кийин азанчы: "Хаййя алаль-фалаах, хаййя алаль-фалаах" - десе, силер: "Лаа хаула уа лаа куввата илла бил-лаах" - деп айтсаңар, андан кийин азанчы: "Аллаху акбар, Аллаху акбар" - десе, силер да: "Аллаху акбар, Аллаху акбар" - деп айтсаңар, андан кийин азанчы: "Лаа иляха иллааллах" - десе, силер да: "Лаа иляха иллааллах" - деп чын жүрөктөн айтсаңар, анда Аллах силерди бейишке киргизет”. (7)</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Азан – намаз убагы киргенин элге кабарлоо. Азандын сөздөрү ыйман акыйдасын толук камтып алган сөздөр.
-Бул хадисте Пайгамбар, саллаллаху алейхи уа саллам, азанды укканда эмнелер айтылаарын баяндады. Бул азан угуучу азанчынын айтканын айткандай айтуу. Эгер азанчы "Аллаху акбар" десе, угуучу: "Аллаху акбар" - дейт ж.б.у.с. Бирок азанчы: "Хаййя алас-солах" жана "Хаййя алал фалах" - десе, угуучу: "Лаа хаула уа лаа куввата илли биллах" - деп айтат.
-Пайгамбар, саллаллаху алейхи уа саллам, ким азанчы айтканын чын жүрөктөн кайталаса, анда ал бейишке кирээрин баяндады.
+Бул хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) азанды укканда эмнелер айтылаарын баяндады. Бул азан угуучу азанчынын айтканын айткандай айтуу. Эгер азанчы "Аллаху акбар" десе, угуучу: "Аллаху акбар" - дейт ж.б.у.с. Бирок азанчы: "Хаййя алас-солах" жана "Хаййя алал фалах" - десе, угуучу: "Лаа хаула уа лаа куввата илли биллах" - деп айтат.
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ким азанчы айтканын чын жүрөктөн кайталаса, анда ал бейишке кирээрин баяндады.
 Азандын сөздөрүнүн маанилери: "Аллаху акбар": Ал бардык кемчиликтен аруу Аллах - эң улуу, эң урматтуу жана баарынан бийик.
 "Ашхаду ал лаа илааха иллаллах": Аллахтан башка сыйынууга татыктуу кудай жок экендигине күбөлүк берем.
 "Ашхаду анна Мухамман расуулуллах": Мухаммад Аллах Тааланын элчиси экенине, Аллах Таала аны жибергенине жана ага моюн сунуу важиб экендигине тилим жана жүрөгүм менен ынанып күбөлүк берем.
 "Хаййя алас-солаах": Намазга келгиле. 
-Азан угуучунун сөзү: "Лаа хаула уа лаа куввата илли биллах": Аллах Таала ийгилик бербесе ибадат кылуудагы тоскоолдуктардан кутулууга эч кандай жол жок, ибадат кылууда эч кандай күч-кубат да жок, ал нерселерге эч кимдин кудурети да жетпейт. Бардык нерсе Аллах Тааланын колдоосу менен гана болот.
+Азан угуучунун сөзү: "Лаа хаула уа лаа куввата илла биллах": Аллах Таала ийгилик бербесе ибадат кылуудагы тоскоолдуктардан кутулууга эч кандай жол жок, ибадат кылууда эч кандай күч-кубат да жок, ал нерселерге эч кимдин кудурети да жетпейт. Бардык нерсе Аллах Тааланын колдоосу менен гана болот.
 "Хаййя алал фалаах": Кутулуунун себептерин аткарууга келгиле. Ал кутулуу бул - бейишке кирүү жана тозоктон кутулуу.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>Азанчы айткандай айтып кайталоонун пазилети бар жана азанчы "хаййя алас-солаах" жана "Хаййя алал фалах" сөздөрүн айтканда, угуучу: "Лаа хаула уа лаа куввата илли биллах" - деп айтуунун пазилети бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65086</t>
   </si>
   <si>
     <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>Эгер силер азанчыны уксаңар анын айтканын айткыла, андан соң мага салават айткыла. Анткени ким мага бир салават айтса, анда Аллах ал себептен ага он салават айтат. Андан кийин мага Аллахтан васила (10) сурагыла. Анткени ал васила бейиштеги улуу макам. Ал макам бир гана Аллахтын кулуна ылайыктуу. Ал мен болом деп үмүттөнөм. Ошондуктан ким мен үчүн васила сураса, ага шапаат уруксат болот</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
-    <t>Абдулла бин Амр бин Аль-Аас, радыяллаху анху, риваят кылган хадисте ал Пайгамбар, саллаллаху алейхи уа салламдын, мындай дегенин укту: "Эгер силер азанчыны уксаңар анын айтканын айткыла, андан соң мага салават айткыла. Анткени ким мага бир салават айтса, анда Аллах ал себептен ага он салават айтат. Андан кийин мага Аллахтан васила (10) сурагыла. Анткени ал васила бейиштеги улуу макам. Ал макам бир гана Аллахтын кулуна ылайыктуу. Ал мен болом деп үмүттөнөм. Ошондуктан ким мен үчүн васила сураса, ага шапаат уруксат болот".</t>
+    <t>Абдулла бин Амр бин Аль-Аас (Аллах ал экөөнөн ыраазы болсун) риваят кылган хадисте ал Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дегенин укту: "Эгер силер азанчыны уксаңар анын айтканын айткыла, андан соң мага салават айткыла. Анткени ким мага бир салават айтса, анда Аллах ал себептен ага он салават айтат. Андан кийин мага Аллахтан васила (10) сурагыла. Анткени ал васила бейиштеги улуу макам. Ал макам бир гана Аллахтын кулуна ылайыктуу. Ал мен болом деп үмүттөнөм. Ошондуктан ким мен үчүн васила сураса, ага шапаат уруксат болот".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким намазга азан айткан азанчыны укса, анын артынан кайталап, ал айткан эки хаяяа-аладан башка сөздү айтууга баштаган. Анткени эки хаяяа-аладан кийин мындай дейт: "Лаа хаула уа лаа куввата илли биллах". Анан азан айтылып бүткөндөн кийин Пайгамбар, саллаллаху алейхи уа салламга, салават айтат. Анткени ким ага бир жолу салават айтса, анда Аллах ага ошол себептен он салават айтат. Аллахтын пендеге айткан салаватынын мааниси: Аллах Тааланын периштелердин алдында пендени мактоосу.
-[...1 lines deleted...]
-Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, ким Пайгамбар үчүн васила сурап дуба кылса, анда ал Пайгамбардын шапаатына ээ болот деп түшүндүрдү.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким намазга азан айткан азанчыны укса, анын артынан кайталоону, бир гана эки хаяяа-аладан кийин башка сөздү айтууну үйрөткөн. Анткени эки хаяяа-аладан кийин мындай дейт: "Лаа хаула уа лаа куввата илли биллах". Анан азан айтылып бүткөндөн кийин Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) салават айтат. Анткени ким ага бир жолу салават айтса, анда Аллах ага ошол себептен он салават айтат. Аллахтын пендеге айткан салаватынын мааниси: Аллах Тааланын периштелердин алдында пендени мактоосу.
+Андан кийин Пайгамбар(ага Аллахтын тынчтыгы жана мактоосу болсун) үчүн Аллахтан васила суроону буйруду. Ал бейиштеги улуу макам. Ал бейиштин эң бийик даражасы. Бул орун Аллах Тааланын бардык пенделеринен бир пендесине гана ылайыктуу. Ал менмин деп үмүттөнөм. Бирок Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) аны кичипейилдиктен айтты. Анткени бул жогорку даража бир гана адамга таандык болсо, анда ал бир адам андан башка эч ким боло албайт. Анткени, ал Пайгамбар адам затынын эң абзели.
+Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ким Пайгамбар үчүн васила сурап дуба кылса, анда ал Пайгамбардын шапаатына ээ болот деп түшүндүрдү.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Азанчынын айтканын айтып, ага жооп берүүгө кызыктырды.
-Азанчыга жооп бергенден кийин Пайгамбар, саллаллаху алейхи уа салламга, салават айтуунун пазилети чоң.
-Пайгамбар, саллаллаху алейхи уа саллам, салават айткандан кийин ал үчүн васила суроого үндөдү.
+Азанчыга жооп бергенден кийин Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) салават айтуунун пазилети чоң.
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) салават айткандан кийин ал үчүн васила суроого үндөдү.
 Аллахтын бир гана пендесине ылайыктуу болгон василанын маанисин жана анын даражасын улуулугун баяндап жатат.
-Пайгамбар, саллаллаху алейхи уа саллам, ошол жогорку даражага ээ болгондугунун пазилетин түшүндүрүп жатат.
-Ким Пайгамбар, саллаллаху алейхи уа саллам, үчүн васила сурап дуба кылса, анда ал Пайгамбардын шапаатына ээ болот.
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ошол жогорку даражага ээ болгондугунун пазилетин түшүндүрүп жатат.
+Ким Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) үчүн васила сурап дуба кылса, анда ал Пайгамбардын шапаатына ээ болот.
 Бул бейиштеги бийик даража анын макамы болсо да ал ушундай даражага жетүү үчүн өзүнүн үммөтүнөн дуба кылуусун суранганы анын кичипейилдигин баяндайт.
 Аллахтын пазилети жана ырайымы кенен. Ошондуктан бир жакшылык он эсе көбөйтүлүп берилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65087</t>
   </si>
   <si>
     <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>Ким бир намазды унутса, аны эстегенде окусун. Ага андан башка каффарат (8) жок. Аллах таала айтты: "Мени эстөө үчүн намаз оку</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
-    <t>Анас бин Малик, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Ким бир намазды унутса, аны эстегенде окусун. Ага андан башка каффарат (8) жок. Аллах таала айтты: "Мени эстөө үчүн намаз оку" [Таха: 14]".</t>
+    <t>Анас бин Малик (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Ким бир намазды унутса, аны эстегенде окусун. Ага андан башка каффарат (8) жок. Аллах таала айтты: "Мени эстөө үчүн намаз оку" [Таха: 14]".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким кайсы бир парз намазды окууну убактысы бүткүчө унутуп калса, аны эстеген замат казасын окууга шашылуусу керек экенин баяндады. Эгер мусулман унуткан намазын эстегенде окубаса кайдыгерликтин күнөөсү кечирилбейт жана өчүрүлбөйт. Анткени Алла Таала Өзүнүн ыйык китебинде айтты: "Мени эстөө үчүн намаз оку". [Таха: 14]". Мааниси: унутулган намазды эстеген кезде оку.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким кайсы бир парз намазды окууну убактысы бүткүчө унутуп калса, аны эстеген замат казасын окууга шашылуусу керек экенин баяндады. Эгер мусулман унуткан намазын эстегенде окубаса кайдыгерликтин күнөөсү кечирилбейт жана өчүрүлбөйт. Анткени Аллах Таала Өзүнүн ыйык китебинде айтты: "Мени эстөө үчүн намаз оку". [Таха: 14]". Мааниси: унутулган намазды эстеген кезде оку.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Намаздын маанилүүлүгүн түшүндүрүү жана аны окууда жана казасын окууда кайдыгерлик кылбоо.
 Намазды үзүрсүз атайылап мөөнөтүнөн кечиктирүүгө болбойт.
 Унуткан адам эстеген кезде, уктап калган адам ойгонгон кезде намазды окуп алуусу парз.
 Каза болгон намаздарды тыюу салынган учурларда да дароо казасын окуу парз.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65088</t>
   </si>
   <si>
     <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>Чындыгында, Усман бин Аффан мечитти кургусу келгенде адамдар муну жактырбай, аны ошол бойдон калтырып койгонун жакшы көрүштү. Ошондо Усман бин Аффан айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: "Ким Аллах үчүн мечит курса, Аллах ал үчүн бейиште ошол мечиттей курат".*@</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
@@ -17366,121 +17364,121 @@
     <t>Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнө мечитке киргенде айтылган дубаны үйрөткөн. Ал дуба:  "Аллахум-мафтах ли абывааба рахматик. (Оо, Аллах! Мага ырайымыңдын эшиктерин ач)" б.а. ал Аллах Тааладан ага ырайымынын себептерин даярдап берүүсүн суранат. Эгер сыртка чыккысы келсе, анда: "Аллахумма инни ас алука мин фадлик. (Оо, Аллах! Мен Сенин жакшылыгыңдан сураймын)" -деп айтсын. Ал Аллахтан Анын жакшылыктарын жана адал ырыскынын жакшылыгын көбөйүүсүн сурайт.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Мечитке киргенде жана чыкканда бул дубаны айтуу сооптуу.
 Кирүү менен ырайымдуулукту, чыгуу менен жакшылыктарды суроонун өзгөчөлүгү: кирген адам Аллахка жана бейишине жакындата турган нерселер менен алек болот. Ошондуктан ырайымдуулукту айтуу ылайыктуу. Ал эми сыртка чыкканда, Аллахтын ырыскысын издеп, жер жүзүн айланат. Ошондуктан Аллахтын жакшылыктарын айтуу ылайыктуу.
 Бул дубалар мечитке киргенде жана андан чыкканда айтылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65092</t>
   </si>
   <si>
     <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>Чындыгында, адам менен ширк, каапырлыктын ортосунда намазды таштоо гана турат</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
-    <t>Жабир, радыяллаху анху, риваят кылган хадисте, ал айтты: "Мен Пайгамбар, саллаллаху алейхи уа саллам, мындай деп айтып жатканын уктум: "Чындыгында, адам менен ширк, каапырлыктын ортосунда намазды таштоо гана турат".</t>
+    <t>Жабир (Аллах андан ыраазы болсун) риваят кылган хадисте, ал айтты: "Мен Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтып жатканын уктум: "Чындыгында, адам менен ширк, каапырлыктын ортосунда намазды таштоо гана турат".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, парз намазды таштоодон сактанууну эскертти. Жана адам менен ширкке жана куфрга түшүп калуунун ортосунда намазды таштоо гана тураарын кабар берди. Намаз Исламдын экинчи түркүгү, анын Исламдагы мааниси чоң. Кимде-ким намазды таштаса, анын парз экенин четке какса, мусулмандардын ижмаъсына ылайык каапыр болот. Эгер шалаакылык жана жалкоолук менен аны толугу менен таштаса, анда ал каапыр болуп саналат жана бул жөнүндө сахабалардын ижмаъсы кабарланган. Ал эми намазды кээде калтырып, кээде окуса, анда ал катуу азапка дуушар болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) парз намазды таштоодон сактанууну эскертти. Жана адам менен ширкке жана куфрга түшүп калуунун ортосунда намазды таштоо гана тураарын кабар берди. Намаз Исламдын экинчи түркүгү, анын Исламдагы мааниси чоң. Кимде-ким намазды таштаса, анын парз экенин четке какса, мусулмандардын ижмаъсына ылайык каапыр болот. Эгер шалаакылык жана жалкоолук менен аны толугу менен таштаса, анда ал каапыр болуп саналат жана бул жөнүндө сахабалардын ижмаъсы кабарланган. Ал эми намазды кээде калтырып, кээде окуса, анда ал катуу азапка дуушар болот.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>Намазга көңүл буруу жана аны калтырбай окуунун маанилүүлүгү бул куфр менен ыйманды айырмалап турат.
 Намазды калтыруу жана аны толугу менен таштоодон катуу эскертүү келди.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65093</t>
   </si>
   <si>
     <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>Чындыгында, биз менен алардын ортосундагы келишим намаз, ким аны таштаса, каапыр болот</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
-    <t>Бурайда, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Чындыгында, биз менен алардын ортосундагы келишим намаз, ким аны таштаса, каапыр болот".</t>
+    <t>Бурайда (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Чындыгында, биз менен алардын ортосундагы келишим намаз, ким аны таштаса, каапыр болот".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулмандар менен каапырлар жана мунафыктар ортосундагы келишим намаз экенин жана ким аны таштаса, каапыр болоорун баяндады.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандар менен каапырлар жана мунафыктар ортосундагы келишим намаз экенин жана ким аны таштаса, каапыр болоорун баяндады.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Намаздын мааниси чоң. Чындыгында, намаз ыймандуу менен каапырды айырмалап турат.
 Ислам өкүмдөрү адамдын ички дүйнөсүнө эмес сырткы абалына карап бекитилет.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Ат-Тирмизи, ан-Насааи, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65094</t>
   </si>
   <si>
     <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>Эй, Билал, намазга чакыр жана намаз менен бизди эс алдыр</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
-    <t>Салим бин Абу аль-Жаад риваят кылат: "Бир адам айтты: "Мен намаз окуп, эс алсам гана" - деди эле сахабалар бул үчүн аны айыптагандай болушту. Ошондо ал айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа саллам, мындай деп айтканын уктум: "Эй, Билал, намазга чакыр жана намаз менен бизди эс алдыр".</t>
+    <t>Салим бин Абу аль-Жаад риваят кылат: "Бир адам айтты: "Мен намаз окуп, эс алсам гана" - деди эле сахабалар бул үчүн аны айыптагандай болушту. Ошондо ал айтты: "Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: "Эй, Билал, намазга чакыр жана намаз менен бизди эс алдыр".</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
-    <t>Сахабалардан бир киши: "Мен намаз окуп, эс алсам гана" - деди. Анын айланасындагылар аны жемелеп жаткандай болушту. Ошондо ал айтты: "Мен Пайгамбар, саллаллаху алейхи уа саллам, мындай дегенин уктум: "Эй Билал! Азан айт жана намазга такбир айт! Биз намазда эс алабыз. Себеби анда Аллах Таалага кайрылуу жана рух менен жүрөктүн эс алуусу бар".</t>
+    <t>Сахабалардан бир киши: "Мен намаз окуп, эс алсам гана" - деди. Анын айланасындагылар аны жемелеп жаткандай болушту. Ошондо ал айтты: "Мен Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дегенин уктум: "Эй Билал! Азан айт жана намазга такбир айт! Биз намазда эс алабыз. Себеби анда Аллах Таалага кайрылуу жана рух менен жүрөктүн эс алуусу бар".</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Жүрөктүн эс алуусу намаз аркылуу болот. Анткени анда Аллах Таалага кайрылуу бар.
 Ибадаттарга кайдыгер кароодон кайтаруу керек.
 Кимде-ким өз милдетин аткарса жана анын жоопкерчилигин өтөсө, анда ал ырахат алат жана бейпилдикти сезет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65095</t>
   </si>
   <si>
     <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>Адамдар Сахл бин Саад Ас-Саадиге келип, минбардын жанынан  өтүшүп жана андан минбардын жыгачы эмнеден экенин сурашканда ал мындай деди: "Аллахка ант болсун! Анын эмнеден экенин билбейм. Аны биринчи орнотулган күнү көрдүм жана биринчи күнү Аллахтын Элчиси, саллаллаху алейхи уа саллам, анын үстүнө отурганын көрдүм. Аллахтын Элчиси, саллаллаху алейхи уа саллам, Сахл деп атаган баланча ансар аялга мындай деп жөнөтөт: "Уста балаңа айт, мага минбар жасап берсин, мен адамдарга сүйлөгөндө ага отурайын. Ошондо ал аял кызматчысына буйруду. Ал кызматчысы аны токойдогу тамариск дарагынан жасады да аны аялга алып келди. Андан кийин ал аял аны Аллахтын Элчиси, саллаллаху алейхи уа салламга, жөнөтөт. Ошондо Аллахтын Элчиси аны бул жерге коюуну буйруду. Андан соң мен Пайгамбар, саллаллаху алейхи уа салламдын, анын үстүндө намаз окуганын жана анын үстүндө турганда «Аллаху акбар» деп такбир айтканын, андан кийин анын үстүндө турганда рүкү кылганын, андан соң жүзүн артка бурбай ылдый түшүп, минбардын жанында сажда кылып, кайра кайтып чыкканын көрдүм. Намазды окуп бүткөн соң элге кайрылып: "Эй адамдар, мен муну силер менин намазымды ээрчип, үйрөнсөңөр деп кылдым" - деп айтты".@</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Абу Хазим бин Динар, радыяллаху анху, риваят кылат. Адамдар Сахл бин Саад Ас-Саадиге келип, минбардын жанынан  өтүшүп жана андан минбардын жыгачы эмнеден экенин сурашканда ал мындай деди: "Аллахка ант болсун! Анын эмнеден экенин билбейм. Аны биринчи орнотулган күнү көрдүм жана биринчи күнү Аллахтын Элчиси, саллаллаху алейхи уа саллам, анын үстүнө отурганын көрдүм. Аллахтын Элчиси, саллаллаху алейхи уа саллам, Сахл деп атаган баланча ансар аялга мындай деп жөнөтөт: "Уста балаңа айт, мага минбар жасап берсин, мен адамдарга сүйлөгөндө ага отурайын. Ошондо ал аял кызматчысына буйруду. Ал кызматчысы аны токойдогу тамариск дарагынан жасады да аны аялга алып келди. Андан кийин ал аял аны Аллахтын Элчиси, саллаллаху алейхи уа салламга, жөнөтөт. Ошондо Аллахтын Элчиси аны бул жерге коюуну буйруду. Андан соң мен Пайгамбар, саллаллаху алейхи уа салламдын, анын үстүндө намаз окуганын жана анын үстүндө турганда «Аллаху акбар» деп такбир айтканын, андан кийин анын үстүндө турганда рүкү кылганын, андан соң жүзүн артка бурбай ылдый түшүп, минбардын жанында сажда кылып, кайра кайтып чыкканын көрдүм. Намазды окуп бүткөн соң элге кайрылып: "Эй адамдар, мен муну силер менин намазымды ээрчип, үйрөнсөңөр деп кылдым" - деп айтты".</t>
@@ -17490,140 +17488,140 @@
   </si>
   <si>
     <t>"Адамдар сахабалардын бирине келип, Аллахтын Элчиси, саллаллаху алейхи уа салламдын, минбары жөнүндө: "Ал эмнеден жасалган?" - деп сурашты. Алар бул жөнүндө талашып-тартышып жатышты. Ошондо аларга мындай деп айтышты: "Пайгамбар, саллаллаху алейхи уа саллам, ансарлардан бир уста кызматчысы бар бир аялга жөнөтүп, ага Пайгамбар: "Балаңа айт, мага мен элге сүйлөгөндө отура турган минбар жасап берсин" - деди. Аял аны кабыл кылып, кызматчысына Пайгамбар, саллаллаху алейхи уа саллам, үчүн тамариск дарагынан минбар жасоону буйруду. Ал бүтүргөндөн кийин аны Пайгамбар, саллаллаху алейхи уа салламга, жөнөттү. Пайгамбар, саллаллаху алейхи уа саллам, аны мечиттеги ордуна коюуга буйрук берди. Андан соң Пайгамбар, саллаллаху алейхи уа саллам, анын үстүндө намаз окуду жана анын үстүндө турганда «Аллаху акбар» деп такбир айтты, андан кийин анын үстүндө турганда рүкү кылды. Андан соң ылдый түшүп, жүзүн артка бурбай артка карай басып, минбардын жанында сажда кылып, кайра кайтып келди. Намазды окуп бүткөн соң элге кайрылып: "Эй адамдар, мен муну силер менин намазымды ээрчип, үйрөнсөңөр деп кылдым" - деп айтты".</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>Минбарга чыгуу жана анын үстүндө даават кылуу сооптуу жана кабар берүүдө жана угууда пайдалуу.
 Таалим үчүн минбарда намаз окууга жана муктаждык болгондо имамдын адамдардан бийик көтөрүлүшү болот.
 Мусулмандардын муктаждыктары үчүн өнөрлүү адамдардан жардам суроо болот.
 Муктаждык болсо намаз учурунда кичине кыймылдаса болот.
 Артта намаз окуган адам намазда имамдан сабак алуу үчүн имамга карап койсо болот жана бул намаздагы коркуу менен турууга каршы келбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65096</t>
   </si>
   <si>
     <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
-    <t>Намаз окуганыңарда катарыңарды түздөп тургула, анан силердин бириңер намазда имам болсун. Ал имам: "Аллаху Акбар" - деп такбир айтса, анда силер да "Аллаху Акбар" деп такбир айткыла. Эгерде имам: «Гайрил магдууби алайхим уалад-дооооллиин" - деп айтса, анда силер: "Аамиин" - деп айтсаңар, Аллах Таала силерди жакшы көрөт. [Фатиха: 7] Эгерде имим такбир айтып рүкү кылса, анда силер да такбир айтып рүкү кылгыла. Анткени имам силерден алдын рүкү кылып, силерден алдын рукүдөн тик турат. Ошондуктан Аллахтын Элчиси, саллаллаху алейхи уа саллам: "Тиги тигини ээрчийт" - деп айткан. Эгерде имам: "Самиаллааху лиман хамидах" - десе, анда силер: "Аллахумма Раббана лакал хамду" - десеңер, Аллах силерди угуп турат. Анткени Аллах Таала Пайгамбар, саллаллаху алейхи уа салламдын, тили менен: "Самиьаллааху лиман хамидах, Аллах мактоо шүгүр айткандарды угат" - деген. Эгерде имам такбир айтып сажда кылса, анда силер да такбир айтып сажда кылгыла. Анткени имам силерден алдын сажда кылып, кайрадан саждадан турат. Ошондуктан Аллахтын Элчиси, саллаллаху алейхи уа саллам: "Тиги тигини ээрчийт" - деп айткан. Имам каадага отурганда силердин биринчи айткан сөзүңөр: "Аттахиятут-тоййибаатус-салаваату Лиллахи. Ассаламу алайка аййухан набиййу уа рахматуллахи уа баракатух. Ассалааму алайна уа алаа ибаадиллахис-саалихиин. Ашхаду аллаа илааха иллаллааху уа ашхаду анна Мухаммадан абдуху уа расуулух" - сөзү болсун</t>
+    <t>Намаз окуганыңарда катарыңарды түздөп тургула, анан силердин бириңер намазда имам болсун. Ал имам: "Аллаху Акбар" - деп такбир айтса, анда силер да "Аллаху Акбар" деп такбир айткыла. Эгерде имам: «Гайрил магдууби алайхим уалад-дооооллиин" - деп айтса, анда силер: "Аамиин" - деп айтсаңар, Аллах Таала силерди жакшы көрөт. [Фатиха: 7] Эгерде имам такбир айтып рүкү кылса, анда силер да такбир айтып рүкү кылгыла. Анткени имам силерден алдын рүкү кылып, силерден алдын рукүдөн тик турат. Ошондуктан Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) : "Тиги тигини ээрчийт" - деп айткан. Эгерде имам: "Самиаллааху лиман хамидах" - десе, анда силер: "Аллахумма Раббана лакал хамду" - десеңер, Аллах силерди угуп турат. Анткени Аллах Таала Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) тили менен: "Самиьаллааху лиман хамидах, Аллах мактоо шүгүр айткандарды угат" - деген. Эгерде имам такбир айтып сажда кылса, анда силер да такбир айтып сажда кылгыла. Анткени имам силерден алдын сажда кылып, кайрадан саждадан турат. Ошондуктан Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) : "Тиги тигини ээрчийт" - деп айткан. Имам каадага отурганда силердин биринчи айткан сөзүңөр: "Аттахиятут-тоййибаатус-салаваату Лиллахи. Ассаламу алайка аййухан набиййу уа рахматуллахи уа баракатух. Ассалааму алайна уа алаа ибаадиллахис-саалихиин. Ашхаду аллаа илааха иллаллааху уа ашхаду анна Мухаммадан абдуху уа расуулух" - сөзү болсун</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
-    <t>Хаттан бин Абдуллах Ар-Ракаши риваят кылган хадисте: "Мен Абу Муса аль-Ашари менен намаз окудум, ал каадада отурганда элден бир киши: "Намаз такыбалык жана зекет менен орундалган" - дейт. Абу Муса намазды бүтүрүп салам бергенден кийин аларга барып: "Силердин кимиңер мындай сөздү айтты?" – деди. Ошондо адамдар унчукпай турушту. Андан кийин кайра: "Силердин кимиңер тигиндей деген сөздү айтты?" - деди. Кайра эле адамдар унчукпай турушту". Андан кийин: "Балким, сен, Хаттан, ушинтип айткандырсың?" - деди. Хаттан: "Мен айткан жокмун, сен мени катуу урасын деп корктум" - деди. Ошондо элден бир киши: "Мен айттым, мен муну менен жакшылыкты гана кааладым" - деди. Ошондо Абу Муса айтты: "Намазда кантип айтууну билбейсиңерби? Аллахтын Элчиси, саллаллаху алейхи уа саллам, хутбада бизге сүннөтүбүздү түшүндүрүп, намазыбызды үйрөтүп мындай деп айткан: «Намаз окуганыңарда катарыңарды түздөп тургула, анан силердин бириңер намазда имам болсун. Ал имам: "Аллаху Акбар" - деп такбир айтса, анда силер да "Аллаху Акбар" деп такбир айткыла. Эгерде имам: «Гайрил магдууби алайхим уалад-дооооллиин" - деп айтса, анда силер: "Аамиин" - деп айтсаңар, Аллах Таала силерди жакшы көрөт. [Фатиха: 7] Эгерде имим такбир айтып рүкү кылса, анда силер да такбир айтып рүкү кылгыла. Анткени имам силерден алдын рүкү кылып, силерден алдын рукүдөн тик турат. Ошондуктан Аллахтын Элчиси, саллаллаху алейхи уа саллам: "Тиги тигини ээрчийт" - деп айткан. Эгерде имам: "Самиаллааху лиман хамидах" - десе, анда силер: "Аллахумма Раббана лакал хамду" - десеңер, Аллах силерди угуп турат. Анткени Аллах Таала Пайгамбар, саллаллаху алейхи уа салламдын, тили менен: "Самиьаллааху лиман хамидах, Аллах мактоо шүгүр айткандарды угат" - деген. Эгерде имам такбир айтып сажда кылса, анда силер да такбир айтып сажда кылгыла. Анткени имам силерден алдын сажда кылып, кайрадан саждадан турат. Ошондуктан Аллахтын Элчиси, саллаллаху алейхи уа саллам: "Тиги тигини ээрчийт" - деп айткан. Имам каадага отурганда силердин биринчи айткан сөзүңөр: "Аттахиятут-тоййибаатус-салаваату Лиллахи. Ассаламу алайка аййухан набиййу уа рахматуллахи уа баракатух. Ассалааму алайна уа алаа ибаадиллахис-саалихиин. Ашхаду аллаа илааха иллаллааху уа ашхаду анна Мухаммадан абдуху уа расуулух" - сөзү болсун.</t>
+    <t>Хаттан бин Абдуллах Ар-Ракаши риваят кылган хадисте: "Мен Абу Муса аль-Ашари менен намаз окудум, ал каадада отурганда элден бир киши: "Намаз такыбалык жана зекет менен орундалган" - дейт. Абу Муса намазды бүтүрүп салам бергенден кийин аларга барып: "Силердин кимиңер мындай сөздү айтты?" – деди. Ошондо адамдар унчукпай турушту. Андан кийин кайра: "Силердин кимиңер тигиндей деген сөздү айтты?" - деди. Кайра эле адамдар унчукпай турушту". Андан кийин: "Балким, сен, Хаттан, ушинтип айткандырсың?" - деди. Хаттан: "Мен айткан жокмун, сен мени катуу урасын деп корктум" - деди. Ошондо элден бир киши: "Мен айттым, мен муну менен жакшылыкты гана кааладым" - деди. Ошондо Абу Муса айтты: "Намазда кантип айтууну билбейсиңерби? Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) хутбада бизге сүннөтүбүздү түшүндүрүп, намазыбызды үйрөтүп мындай деп айткан: «Намаз окуганыңарда катарыңарды түздөп тургула, анан силердин бириңер намазда имам болсун. Ал имам: "Аллаху Акбар" - деп такбир айтса, анда силер да "Аллаху Акбар" деп такбир айткыла. Эгерде имам: «Гайрил магдууби алайхим уалад-дооооллиин" - деп айтса, анда силер: "Аамиин" - деп айтсаңар, Аллах Таала силерди жакшы көрөт. [Фатиха: 7] Эгерде имам такбир айтып рүкү кылса, анда силер да такбир айтып рүкү кылгыла. Анткени имам силерден алдын рүкү кылып, силерден алдын рукүдөн тик турат. Ошондуктан Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) : "Тиги тигини ээрчийт" - деп айткан. Эгерде имам: "Самиаллааху лиман хамидах" - десе, анда силер: "Аллахумма Раббана лакал хамду" - десеңер, Аллах силерди угуп турат. Анткени Аллах Таала Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) тили менен: "Самиьаллааху лиман хамидах, Аллах мактоо шүгүр айткандарды угат" - деген. Эгерде имам такбир айтып сажда кылса, анда силер да такбир айтып сажда кылгыла. Анткени имам силерден алдын сажда кылып, кайрадан саждадан турат. Ошондуктан Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) : "Тиги тигини ээрчийт" - деп айткан. Имам каадага отурганда силердин биринчи айткан сөзүңөр: "Аттахиятут-тоййибаатус-салаваату Лиллахи. Ассаламу алайка аййухан набиййу уа рахматуллахи уа баракатух. Ассалааму алайна уа алаа ибаадиллахис-саалихиин. Ашхаду аллаа илааха иллаллааху уа ашхаду анна Мухаммадан абдуху уа расуулух" - сөзү болсун.</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
-    <t>Сахаба Абу Муса аль-Ашари, радыяллаху анху, намаз окуп жатып ташаххуд айтып каадада отурганда анын артында намаз окугандардан бир киши: "Намаз Куранда такыбалык жана зекет менен салыштырылган" - деди. Абу Муса, радыяллаху анху, намазын окуп бүткөндөн кийин, артында намаз окугандарга кайрылып: “Силердин кимиңер: “Намаз Куранда жакшылык жана зекет менен салыштырылган” - деген сөздү айтты?" - деп алардан сурады. Адамдар унчукпай калышты, алардан эч кимиси жооп берген жок. Ал суроону кайра аларга кайталаса да ага эч ким жооп бербеди. Ошондо Абу Муса, радыяллаху анху, айтты: "Балким, Хаттан, сен айткандырсың!" - деди. Абу Мусага болгон тайманбастыгы жана жакындыгы жана аны менен болгон байланышы, анын дооматы Хаттанга зыян келтирбей тургандыгы үчүн жана иштин чыныгы жайын моюнга алууга түрткөндүктөн, Хаттан муну четке какты да мындай деди: "Мен айтты деп ойлоп, мени урушуп кетесиңби деп корктум". Мына ошол учурда элден бир киши: "Мен муну айттым, мен муну менен жакшылыктан башканы максат кылганым жок" - деди. Абу Муса ага үйрөтүү үчүн: "Намазда кантип айтууну билбейсиңерби?!" - деди. Абу Муса мындайды жактырбады. Андан кийин Абу Муса айтты: "Пайгамбар, саллаллаху алейхи уа саллам, бир жолу аларга хутба айтып, алардын шарияттарын түшүндүрүп жана аларга намаздарын үйрөтүп мындай деди:
-Намаз окуганыңарда катарды түздөп түз тургула. Анан алардын бири элге имамдык кылат. Эгерде имам такбиратул ихрамды (ачылыш такбирин) айтса, имам сыяктуу такбиратул ихрамды айткыла. Эгерде имам Фатиха сүрөөсүн окуп: "Гойриль магдууби алейхим уаладдооооллиин" - десе, анда силер: "Аамиин!" - деп айткыла. Эгерде силер ушундай кылсаңар, Аллах дубаңарды кабыл кылат. Эгерде имим такбир айтып рүкү кылса, анда силер да такбир айтып рүкү кылгыла. Имам сенден алдын рүкү кылат жана сенден алдын рүкүдөн турат. Андыктан имамдан ашып кетпегиле. Анткени имамдын рүкүдө сенден мурда кылган учуру сени бир аз рүкүнү кечирээк кылууга мажбурлайт. Ошондуктан ал учур ошол эле учур болот да сенин рүкүңдүн өлчөмү анын рүкүсүнүн өлчөмүнө тең келет. Эгерде имам: "Самиьаллаху лиман хамидах" - десе, анда силер: "Аллахумма Раббанаа лакал хамд" - деп айткыла. Намаз окуган адамдар ушинтип айтышса, Аллах Таала алардын дубасын жана сөздөрүн угуп турат. Анткени Аллах Таала Пайгамбар, саллаллаху алейхи уа салламдын, тили менен: "Аллах мактоо-шүгүр айткандарды угат" - деген. Эгерде имам такбир айтып сажда кылса, анда артындагы адамдар да такбир айтып сажда кылышсын. Анткени имам алардан алдын сажда кылып, кайра алардан алдын саждадан турат. Ошондуктан ал учур ошол эле учур болот да алардын саждасынын өлчөмү имамдын саждасынын өлчөмүнө тең келет. Имам каадага отурганда намаз окуп жаткандардын биринчи айткан сөзү: "Аттахиятут-тоййибаатус-салаваату Лиллахи" болсун. Башкаруу, түбөлүктүүлүк жана улуулук баарысына Аллах гана татыктуу. Ошол сыяктуу эле беш убак намаздын баары Аллах үчүн гана болот. Ассаламу алайка аййухан набиййу уа рахматуллахи уа баракатух. Ассалааму алайна уа алаа ибаадиллахис-саалихиин. Ар бир кемчиликтен, балээден, жетишсиздиктен жана бузукулуктан сактоосун Аллахтан тилегиле. Жана Пайгамбарыбыз Мухаммад, саллаллаху алейхи уа салламга, салам айтып, андан кийин өзүбүзгө салам айтабыз. Андан соң Аллах Тааланын акысын жана Аллахтын пенделерине важип болгон укуктарын аткарган Аллахтын салих пенделерине салам айтабыз. Андан соң: "Ашхаду аллаа илааха иллаллааху уа ашхаду анна Мухаммадан абдуху уа расуулух" - деп  Аллахтан башка кудай жок экендигине күбөлүк беребиз жана Мухаммад Анын кулу жана элчиси экендигине күбөлүк беребиз.</t>
+    <t>Сахаба Абу Муса аль-Ашари (Аллах андан ыраазы болсун) намаз окуп жатып ташаххуд айтып каадада отурганда анын артында намаз окугандардан бир киши: "Намаз Куранда такыбалык жана зекет менен салыштырылган" - деди. Абу Муса (Аллах андан ыраазы болсун) намазын окуп бүткөндөн кийин, артында намаз окугандарга кайрылып: “Силердин кимиңер: “Намаз Куранда жакшылык жана зекет менен салыштырылган” - деген сөздү айтты?" - деп алардан сурады. Адамдар унчукпай калышты, алардан эч кимиси жооп берген жок. Ал суроону кайра аларга кайталаса да ага эч ким жооп бербеди. Ошондо Абу Муса (Аллах андан ыраазы болсун) айтты: "Балким, Хаттан, сен айткандырсың!" - деди. Абу Мусага болгон тайманбастыгы жана жакындыгы жана аны менен болгон байланышы, анын дооматы Хаттанга зыян келтирбей тургандыгы үчүн жана иштин чыныгы жайын моюнга алууга түрткөндүктөн, Хаттан муну четке какты да мындай деди: "Мен айтты деп ойлоп, мени урушуп кетесиңби деп корктум". Мына ошол учурда элден бир киши: "Мен муну айттым, мен муну менен жакшылыктан башканы максат кылганым жок" - деди. Абу Муса ага үйрөтүү үчүн: "Намазда кантип айтууну билбейсиңерби?!" - деди. Абу Муса мындайды жактырбады. Андан кийин Абу Муса айтты: "Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бир жолу аларга хутба айтып, алардын шарияттарын түшүндүрүп жана аларга намаздарын үйрөтүп мындай деди:
+Намаз окуганыңарда катарды түздөп түз тургула. Анан алардын бири элге имамдык кылат. Эгерде имам такбиратул ихрамды (ачылыш такбирин) айтса, имам сыяктуу такбиратул ихрамды айткыла. Эгерде имам Фатиха сүрөөсүн окуп: "Гойриль магдууби алейхим уаладдооооллиин" - десе, анда силер: "Аамиин!" - деп айткыла. Эгерде силер ушундай кылсаңар, Аллах дубаңарды кабыл кылат. Эгерде имам такбир айтып рүкү кылса, анда силер да такбир айтып рүкү кылгыла. Имам сенден алдын рүкү кылат жана сенден алдын рүкүдөн турат. Андыктан имамдан ашып кетпегиле. Анткени имамдын рүкүдө сенден мурда кылган учуру сени бир аз рүкүнү кечирээк кылууга мажбурлайт. Ошондуктан ал учур ошол эле учур болот да сенин рүкүңдүн өлчөмү анын рүкүсүнүн өлчөмүнө тең келет. Эгерде имам: "Самиьаллаху лиман хамидах" - десе, анда силер: "Аллахумма Раббанаа лакал хамд" - деп айткыла. Намаз окуган адамдар ушинтип айтышса, Аллах Таала алардын дубасын жана сөздөрүн угуп турат. Анткени Аллах Таала Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) тили менен: "Аллах мактоо-шүгүр айткандарды угат" - деген. Эгерде имам такбир айтып сажда кылса, анда артындагы адамдар да такбир айтып сажда кылышсын. Анткени имам алардан алдын сажда кылып, кайра алардан алдын саждадан турат. Ошондуктан ал учур ошол эле учур болот да алардын саждасынын өлчөмү имамдын саждасынын өлчөмүнө тең келет. Имам каадага отурганда намаз окуп жаткандардын биринчи айткан сөзү: "Аттахиятут-тоййибаатус-салаваату Лиллахи" болсун. Башкаруу, түбөлүктүүлүк жана улуулук баарысына Аллах гана татыктуу. Ошол сыяктуу эле беш убак намаздын баары Аллах үчүн гана болот. Ассаламу алайка аййухан набиййу уа рахматуллахи уа баракатух. Ассалааму алайна уа алаа ибаадиллахис-саалихиин. Ар бир кемчиликтен, балээден, жетишсиздиктен жана бузукулуктан сактоосун Аллахтан тилегиле. Жана Пайгамбарыбыз Мухаммадка (ага Аллахтын тынчтыгы жана мактоосу болсун) салам айтып, андан кийин өзүбүзгө салам айтабыз. Андан соң Аллах Тааланын акысын жана Аллахтын пенделерине важиб болгон укуктарын аткарган Аллахтын салих пенделерине салам айтабыз. Андан соң: "Ашхаду аллаа илааха иллаллааху уа ашхаду анна Мухаммадан абдуху уа расуулух" - деп  Аллахтан башка кудай жок экендигине күбөлүк беребиз жана Мухаммад Анын кулу жана элчиси экендигине күбөлүк беребиз.</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Ташаххуддун түрлөрүнүн бирин баяндалды.
-Намаздын амалдары жана сөздөрү Пайгамбар, саллаллаху алейхи уа салламдан, келген нерселерден болушу керек. Сүннөттө келбеген бир сөздү жана амалды намазга бидаат кылып киргизүү эч кимге туура болбойт.
+Намаздын амалдары жана сөздөрү Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) келген нерселерден болушу керек. Сүннөттө келбеген бир сөздү жана амалды намазга бидаат кылып киргизүү эч кимге туура болбойт.
 Имам менен жарышуу же андан өтө эле артта калуу туура эмес. Имамдын артында турган адамдар имамдын кылган амалын ээрчисе болот.
-Пайгамбар, саллаллаху алейхи уа салламдын, жеткирүүгө жана үммөтүнө диндин өкүмдөрүн үйрөтүүгө болгон кызыгуусун айтты.
+Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жеткирүүгө жана үммөтүнө диндин өкүмдөрүн үйрөтүүгө болгон кызыгуусун айтты.
 Имам артында намаз окуган адамга үлгү болот. Ошондуктан намазда имам менен жарышуу да, аны менен тең аткаруу да, көп артта калуу да туура эмес. Тескерисинче, ал имам өзү каалаган амалды тастыктап аткарууга киришкенден кийин аны ээрчиш керек. Имамды намазда ээрчүү сүннөт.
 Намазда саптарды түз алып туруу шариятта каралган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65097</t>
   </si>
   <si>
     <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
-    <t>"Чындыгында, Абу Хурайра, радыяллаху анху, ар бир парз намазда жана башка убакта, Рамазанда жана башка убакта рүкү кылып жатканда: "Аллаху Акбар" - деп такбир айтып, рүкүдөн турганда: “Самиьаллаху лиман хамидах” - деп айтып, андан кийин саждага барардан мурда "Раббанаа лакал хамду" деп айтчу. Андан кийин саждага жыгылганда "Аллаху акбар" деп такбир айтып, саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтып, андан кийин кайра сажда кылып жатканда "Аллаху акбар" деп такбир айтып, андан кийин саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтчу. Андан кийин эки сажданын ортосуна отурганы турганда “Аллаху акбар” деп такбир айтчу. Ал намазды бүтүргөнгө чейин ар бир рекетте ушундай кылган". Намазын окуп бүткөндөн кийин: "Менин жаным Анын колунда болгон Затка касам! Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, намазына эң жакын окшоштурдум. Чындыгында Пайгамбар, саллаллаху алейхи уа саллам, дүйнөнү таштап кеткенге чейинки намазы ушул болгон" - деп айткан". @</t>
+    <t>"Чындыгында, Абу Хурайра (Аллах андан ыраазы болсун) ар бир парз намазда жана башка убакта, Рамазанда жана башка убакта рүкү кылып жатканда: "Аллаху Акбар" - деп такбир айтып, рүкүдөн турганда: “Самиьаллаху лиман хамидах” - деп айтып, андан кийин саждага барардан мурда "Раббанаа лакал хамду" деп айтчу. Андан кийин саждага жыгылганда "Аллаху акбар" деп такбир айтып, саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтып, андан кийин кайра сажда кылып жатканда "Аллаху акбар" деп такбир айтып, андан кийин саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтчу. Андан кийин эки сажданын ортосуна отурганы турганда “Аллаху акбар” деп такбир айтчу. Ал намазды бүтүргөнгө чейин ар бир рекетте ушундай кылган". Намазын окуп бүткөндөн кийин: "Менин жаным Анын колунда болгон Затка касам! Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) намазына эң жакын окшоштурдум. Чындыгында Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) дүйнөнү таштап кеткенге чейинки намазы ушул болгон" - деп айткан". @</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
-    <t xml:space="preserve">Абу Хурайра, радыяллаху анху, риваят кылат: "Чындыгында, Абу Хурайра, радыяллаху анху, ар бир парз намазда жана башка убакта, Рамазанда жана башка убакта рүкү кылып жатканда: "Аллаху Акбар" - деп такбир айтып, рүкүдөн турганда: “Самиьаллаху лиман хамидах” - деп айтып, андан кийин саждага барардан мурда "Раббанаа лакал хамду" деп айтчу. Андан кийин саждага жыгылганда "Аллаху акбар" деп такбир айтып, саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтып, андан кийин кайра сажда кылып жатканда "Аллаху акбар" деп такбир айтып, андан кийин саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтчу. Андан кийин эки сажданын ортосуна отурганы турганда “Аллаху акбар” деп такбир айтчу. Ал намазды бүтүргөнгө чейин ар бир рекетте ушундай кылган". Намазын окуп бүткөндөн кийин: "Менин жаным Анын колунда болгон Затка касам! Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, намазына эң жакын окшоштурдум. Чындыгында Пайгамбар, саллаллаху алейхи уа саллам, дүйнөнү таштап кеткенге чейинки намазы ушул болгон" - деп айткан". </t>
+    <t xml:space="preserve">Абу Хурайра (Аллах андан ыраазы болсун) риваят кылат: "Чындыгында, Абу Хурайра (Аллах андан ыраазы болсун) ар бир парз намазда жана башка убакта, Рамазанда жана башка убакта рүкү кылып жатканда: "Аллаху Акбар" - деп такбир айтып, рүкүдөн турганда: “Самиьаллаху лиман хамидах” - деп айтып, андан кийин саждага барардан мурда "Раббанаа лакал хамду" деп айтчу. Андан кийин саждага жыгылганда "Аллаху акбар" деп такбир айтып, саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтып, андан кийин кайра сажда кылып жатканда "Аллаху акбар" деп такбир айтып, андан кийин саждадан башын көтөргөндө "Аллаху акбар" деп такбир айтчу. Андан кийин эки сажданын ортосуна отурганы турганда “Аллаху акбар” деп такбир айтчу. Ал намазды бүтүргөнгө чейин ар бир рекетте ушундай кылган". Намазын окуп бүткөндөн кийин: "Менин жаным Анын колунда болгон Затка касам! Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) намазына эң жакын окшоштурдум. Чындыгында Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) дүйнөнү таштап кеткенге чейинки намазы ушул болгон" - деп айткан". </t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламдын, намазынын сүрөттөлүшүнүн бир бөлүгүн риваят кылып мындайча кабарлап айткан: "Ал намазга турганда “Аллаху Акбар” деп такбиратул ихрамды айткан. Андан кийин “Аллаху Акбар” деп  рүкү кылганда. Саждага барганда, саждадан башын өйдө көтөргөндө, экинчи саждага барганда, саждадан башын көтөргөндө жана үч же төрт рекет намазда биринчи ташаххудга отургандан кийин алгачкы эки рекеттен турганда такбир айткан. Андан соң  бардык намаздарды бүткүчө мына ошондой кылып окучу. Рүкүдөн далысын көтөргөндө: "Самиьаллаху лиман хамидах" - деп, андан кийин рүкүдөн тик турганда: "Раббанаа лакал хамд" - деп айткан".
-Анан Абу Хурайра намазын окуп бүткөндөн кийин мындай дейт: "Менин жаным Анын колунда болгон Затка касам! Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, намазына эң жакын окшоштурдум. Чындыгында Пайгамбар, саллаллаху алейхи уа саллам, дүйнөнү таштап кеткенге чейинки намазы ушул болгон" - деп айткан".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) намазынын сүрөттөлүшүнүн бир бөлүгүн риваят кылып мындайча кабарлап айткан: "Ал намазга турганда “Аллаху Акбар” деп такбиратул ихрамды айткан. Андан кийин “Аллаху Акбар” деп  рүкү кылганда, саждага барганда, саждадан башын өйдө көтөргөндө, экинчи саждага барганда, саждадан башын көтөргөндө жана үч же төрт рекет намазда биринчи ташаххудга отургандан кийин алгачкы эки рекеттен турганда такбир айткан. Андан соң  бардык намаздарды бүткүчө мына ошондой кылып окучу. Рүкүдөн далысын көтөргөндө: "Самиьаллаху лиман хамидах" - деп, андан кийин рүкүдөн тик турганда: "Раббанаа лакал хамд" - деп айткан".
+Анан Абу Хурайра намазын окуп бүткөндөн кийин мындай дейт: "Менин жаным Анын колунда болгон Затка касам! Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) намазына эң жакын окшоштурдум. Чындыгында Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) дүйнөнү таштап кеткенге чейинки намазы ушул болгон" - деп айткан".</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Ар бир рүкүгө эңкейип жаткан учурда жана рүкүдөн көтөрүлүп жаткан учурда такбир айтылат. Ал эми рүкүдөн тик турган учурда: "Самиьаллааху лиман хамидах" - деп айтылат.
-Сахабалар Пайгамбар, саллаллаху алейхи уа салламдан, үлгү алууга жана анын сүннөттөрүн сактоого өтө ынтызар болушкан.</t>
+Сахабалар Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) үлгү алууга жана анын сүннөттөрүн сактоого өтө ынтызар болушкан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65098</t>
   </si>
   <si>
     <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>Аллах таала айтты: "Намазды Менин жана пендемдин ортосунда экиге бөлдүм, ошондой эле пендеме сураган нерсеси (берилет). Эгерде пенде: "Альхамду лиллахи Роббиль ааълямиин" - деп айтса, Аллах айтат: "Пендем Мага шүгүрлөрдү айтты". Эгерде пенде: "Ар-Рахманир Рахийм" - деп айтса, Аллах айтат: "Пендем Мага мактоолорду айтты". Эгер пенде: "Маалики яумуддиин" - деп айтса, Аллах айтат: "Пендем Мени улуктады". Эгерде пенде: "Иййака наьбуду ва иййака настаьийн" - деп айтса, Аллах айтат: "Бул Мени менен пендемдин ортосундагы (нерсе) жана Пендеме сураган нерсеси (берилет)". Эгерде пенде: "Ихдинас сиротоль мустакийм. Сиротоль лязиина анъамта аълайхим гойриль магдууби алайхим уа ляд-дооооллиин" - деп айтса, Аллах айтат: "Бул пендем үчүн, пендеме сураган нерсеси (берилет)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылып айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: Аллах таала айтты: "Намазды Менин жана пендемдин ортосунда экиге бөлдүм, ошондой эле пендеме сураган нерсеси (берилет). Эгерде пенде: "Альхамду лиллахи Роббиль ааълямиин" - деп айтса, Аллах айтат: "Пендем Мага шүгүрлөрдү айтты". Эгерде пенде: "Ар-Рахманир Рахийм" - деп айтса, Аллах айтат: "Пендем Мага мактоолорду айтты". Эгер пенде: "Маалики яумуддиин" - деп айтса, Аллах айтат: "Пендем Мени улуктады". Эгерде пенде: "Иййака наьбуду ва иййака настаьийн" - деп айтса, Аллах айтат: "Бул Мени менен пендемдин ортосундагы (нерсе) жана Пендеме сураган нерсеси (берилет)". Эгерде пенде: "Ихдинас сиротоль мустакийм. Сиротоль лязиина анъамта аълайхим гойриль магдууби алайхим уа ляд-дооооллиин" - деп айтса, Аллах айтат: "Бул пендем үчүн, пендеме сураган нерсеси (берилет)".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылып айтты: "Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: Аллах таала айтты: "Намазды Менин жана пендемдин ортосунда экиге бөлдүм, ошондой эле пендеме сураган нерсеси (берилет). Эгерде пенде: "Альхамду лиллахи Роббиль ааълямиин" - деп айтса, Аллах айтат: "Пендем Мага шүгүрлөрдү айтты". Эгерде пенде: "Ар-Рахманир Рахийм" - деп айтса, Аллах айтат: "Пендем Мага мактоолорду айтты". Эгер пенде: "Маалики яумуддиин" - деп айтса, Аллах айтат: "Пендем Мени улуктады". Эгерде пенде: "Иййака наьбуду ва иййака настаьийн" - деп айтса, Аллах айтат: "Бул Мени менен пендемдин ортосундагы (нерсе) жана Пендеме сураган нерсеси (берилет)". Эгерде пенде: "Ихдинас сиротоль мустакийм. Сиротоль лязиина анъамта аълайхим гойриль магдууби алайхим уа ляд-дооооллиин" - деп айтса, Аллах айтат: "Бул пендем үчүн, пендеме сураган нерсеси (берилет)".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, хадиси кудсийде, Аллах Тааланын айтканын кабар берди: "Мен Фатиха сүрөөсүн намазда Өзүм менен пендемдин ортосунда экиге бөлдүм, жарымы мен үчүн, жарымы ал үчүн".
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) хадиси кудсийде, Аллах Тааланын айтканын кабар берди: "Мен Фатиха сүрөөсүн намазда Өзүм менен пендемдин ортосунда экиге бөлдүм, жарымы мен үчүн, жарымы ал үчүн".
 Биринчи жарымы: Аллахка шүгүрлөр, мактоолор жана улуктоо жана аны эң жакшы сыйлык менен сыйлоо.
 Экинчи жарымы: дуба жана жалбаруу. Аллах Таала айтты: "Мен ага жооп берем жана сураганын берем" - деди.
 Намаз окуган адам: "Альхамду лиллахи Раббиль ааълямиин" - десе, Аллах айтат: "Менин пендем мага шүгүрлөрдү айтты". Эгер ал: "Ар-Рахманир Рахийм" - десе, Аллах айтат: «Менин пендем Мени мактады жана Мага шүгүрлөрөрдү айтты. Менин жаратканыма болгон жакшылыктарды жалпылай моюнга алды". Эгер ал: "Маалики яумуддиин" - десе, Аллах айтат: "Менин пендем Мени улуктады, бул эң чоң сыймык".
 Эгер намаз окуган адам: "Иййака наьбуду ва иййака настаьийн" - десе, Аллах: "Бул Мен менен пендемдин ортосунда" - дейт.
 Бул аяттын биринчи жарымы Аллахка таандык. Ал аят: "Иййака наьбуду". Бул - ибадат Аллахка гана болоорун моюнга алуу жана Ага гана ибадат кылууну кабыл алуу. Ушул менен Аллахка тиешелүү жарымы бүтөт.
 Ал эми аяттын экинчи жарымы пенде үчүн. Ал аят: "Иййака настаьийн".  Бул - Аллахтан жардам суроо жана Анын жардам берүүгө болгон убадасы.
 Эгерде намаз окуучу: "Ихдинас сиротоль мустакийм. Сиротоль лязиина анъамта аълайхим гойриль магдууби алайхим уа ляд-дооооллиин" - десе, Аллах айтат: "Бул Менин пендемдин дубасы жана жалбаруусу. Пендемдин сураганы берилет жана мен анын дубасын кабыл кылдым".</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Фатиха сүрөөсүнүн эң чоң мааниси – Аллах Таала аны намаз (Солах) деп атаган.
 Аллах Тааланын Өзүнүн пендесине жардам берээрин баяндап жатат. Анткени Аллах Таала аны мактоо-шүгүрлөрдү айтканы себептен жана улуктаганы себептен мактады жана сураганын берем деп убада берди.
 Бул ыйык сүрөө Аллахка мактоо-шүгүрлөрдү айтууну, Кыямат күнүн эскертүүнү, Аллахка дуба кылууну, Ага гана чын ыкластан ибадат кылууну, туура жолго салууну суроону жана бузуку жолдордон сактанууну камтып алган.
 Намаз окуучу бул хадистин маанисин түшүнсө Фатиха сүрөөсүн окуган кезде анын намаздагы коркуп туруусу күчөйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65099</t>
   </si>
   <si>
@@ -17639,126 +17637,126 @@
     <t>Абу Хурайра, радыяллаху анху, рываят кылган хадисте Аллахтын элчиси, саллалаху алейхи уа саллам, айтты: "Адамдардын эң жаманы – өзүнүн намазынан уурдаган адам" - деди. Абу Хурайра айтты: "Намазын кантип уурдай алат?". Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Намазынын рүкүсүн да, саждасын да толук кылбайт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, уурулук кылган адамдын эң жаманы, намазынан уурдаган адам экенин баяндады. Себеби, башка бирөөнүн акчасын алуу, бул дүйнөдө ага пайда алып келиши мүмкүн. Намазын уурдаган ууру бул уурудан айырмаланып турат. Анткени ал өзүнүн сооп-сыйлыгын уурдап алат. Сахабалар: "Оо, Аллахтын Элчиси, ал намазынан кантип уурдайт?" - деп айтышты. Ошондо Пайгамбар, саллаллаху алейхи уа саллам: "Намазынын рүкүсүн да, саждасын да толук кылбайт" - деп айтты. Себеби, ал рүкүдө жана саждада шашып, эки рекет намазын толук турдө аткарбай калат.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Намазды жакшы окуу жана намаздын түркүктөрүн бейпилдүүлүк менен жана тынчтануу менен аткаруу маанилүү.
 Рүкүнү жана сажданы толук аткарбаган адамды ууру деп сыпаттоо - аны ошондой кылып намаз окуудан коркутуу жана андай окуунун арамдыгы тууралуу эскертүү.
 Намазда рүкү менен сажданы толук кылуу жана ал экөөнү бирдей аткаруу важиб болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65100</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
-    <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах. Аллахумма Раббанаа лакал хамд, мил ассамааваати, уа мил ал арди, уа мил а маа ши та мин шай ин баьд" - деп айтчу</t>
+    <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах. Аллахумма Раббанаа лакал хамд, мил ассамааваати, уа мил ал арди, уа мил а маа ши та мин шай ин баьд" - деп айтчу</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
-    <t>Ибн Аби Авфа, радыяллаху анху, айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах. Аллахумма Раббанаа лакал хамд, мил ассамааваати, уа мил ал арди, уа мил а маа ши та мин шай ин баьд" - деп айтчу.</t>
+    <t>Ибн Аби Авфа (Аллах андан ыраазы болсун) айтты: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах. Аллахумма Раббанаа лакал хамд, мил ассамааваати, уа мил ал арди, уа мил а маа ши та мин шай ин баьд" - деп айтчу.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах" - деп айтчу. Мааниси: Ким Аллах Таалага мактоолорду айтса, Аллах Таала анын дубасын кабыл кылат жана анын мактоо-шүгүрлөрүн кабыл кылып, ага сооп-сыйлыктарды берет. Андан кийин Аллах Таалага ушул сөздөр менен мактоо-шүгүрлөрдү айтат: Оо, Аллах! Раббибиз, Сага  асман толо жана жер толо, андан кийин каалаган нерсең менен толтура мактоолор болсун. Асмандарды, жерди жана алардын ортосундагы бардык нерселерди толтурган мактоолор болсун жана Аллах каалагандай мактоолор болсун.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах" - деп айтчу. Мааниси: Ким Аллах Таалага мактоолорду айтса, Аллах Таала анын дубасын кабыл кылат жана анын мактоо-шүгүрлөрүн кабыл кылып, ага сооп-сыйлыктарды берет. Андан кийин Аллах Таалага ушул сөздөр менен мактоо-шүгүрлөрдү айтат: Оо, Аллах! Раббибиз, Сага  асман толо жана жер толо, андан кийин каалаган нерсең менен толтура мактоолор болсун. Асмандарды, жерди жана алардын ортосундагы бардык нерселерди толтурган мактоолор болсун жана Аллах каалагандай мактоолор болсун.</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Намаз окуган адам рүкүдөн башын көтөргөндө эмнени айтуусу сооптуу экени баяндалды.
 Рүкүдөн тургандан кийин түз жана бейпил туруу шариятта бар. Анткени ал түз жана бейпил турмайынча бул зикирди айтуу мүмкүн эмес.
 Бул зикир парз болобу, нафил болобу бардык намаздарда айтылыш керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65101</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>Чындыгында, Пайгамбар, саллаллаху алейхи уа саллам, ар бир парз намаздын аягында мындай деп айтчу: “Лаа илааха иллаллаху, уахдаху лаа шариика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>Аль-Мугира бин Шуъбанын катчысы Варраддан риваят кылынат. Ал мындай дейт: "Мугира бин Шуъба мага Муавияга жазган катында айтты: "Чындыгында, Пайгамбар, саллаллаху алейхи уа саллам, ар бир парз намаздын аягында мындай деп айтчу: “Лаа илааха иллаллаху, уахдаху лаа шариика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ар бир парз намаздын аягында мындай деп айтат эле: “Лаа илааха иллаллаху, уахдаху лаа шакиика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду".
 Мааниси: "Аллахтан башка сыйынууга татыктуу кудай жок деген тавхид сөзүн тастыктаймын жана аны моюнга алам. Мен чыныгы ибадатты Аллахка кыламын жана андан башкага ибадат кылууну жокко чыгарамын. Анткени Аллахтан башкага сыйынууга татыктуу кудай жок. Чыныгы жана толук башкаруу Аллахка гана таандык экенин тастыктаймын. Асмандар жана жердеги адамдардын бардык мактоолору Аллах Таалага таандык. Анткени Аллах бардык нерсеге Кудуреттүү. Аллах эмне нерсени берүүнү же эмнени кайтарууну тагдыр кылса, аны эч ким кайтара албайт. Аллахтын алдында байдын байлыгы эч кандай пайда бербейт, бирок жакшы иш-аракеттер гана пайда берет".</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Намаздан кийинки бул зикирди айтуу сооптуу. Анткени анда тавхид жана мактоо сөздөрү бар.
 Сүннөткө баш ийүүгө жана аны жайылтууга шашылуу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65102</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, эки сажданын ортосунда: "Раббигфир ли, Раббигфир ли" - (10) деп айтчу</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда: "Раббигфир ли, Раббигфир ли" - (10) деп айтчу</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
-    <t>Хузайфа, радыяллаху анху, риваят кылат: Пайгамбар, саллаллаху алейхи уа саллам, эки сажданын ортосунда: "Раббигфир ли, Раббигфир ли" - (10) деп айтчу.</t>
+    <t>Хузайфа (Аллах андан ыраазы болсун) риваят кылат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда: "Раббигфир ли, Раббигфир ли" - (10) деп айтчу.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, эки сажданын ортосунда отурганда: "Раббигфир ли, Раббигфир ли" - деп кайра-кайра кайталайт эле.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда отурганда: "Раббигфир ли, Раббигфир ли" - деп кайра-кайра кайталайт эле.
 "Раббигфир ли" - дегендин мааниси: пенденин Раббисинен анын күнөөлөрүн кечирүүнү жана айыбын жабууну сурануусу.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Парз жана нафил намаздардагы эки сажданын ортосунда отурганда бул дубаны айтуу шариятта каралган.
 "Раббигфир ли" деп бир жолу айтуу важиб. Ал эми кайталап айтуу мустахаб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65104</t>
   </si>
   <si>
     <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>Усман бин Абу аль-Аас, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламга, келип: "Оо, Аллахтын Элчиси, мен намазда Куран окуп жатканымда шайтан аралашып, мени адаштырууга аракет кылып жатат" - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Бул "Ханзаб" деп аталган шайтан. Эгерде аны сезсең, анда Аллахтан андан коргоо тилегин жана үч жолу сол тарабыңа түкүргүн". Усман бин Абу аль-Аас, радыяллаху анху, айтты: "Ошондо мен ушундай кылдым, Аллах Таала аны менден кетирди".@*</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>Усман бин Абу аль-Аас, радыяллаху анху, риваят кылат: Усман бин Абу аль-Аас, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламга, келип: "Оо, Аллахтын Элчиси, мен намазда Куран окуп жатканымда шайтан аралашып, мени адаштырууга аракет кылып жатат" - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Бул "Ханзаб" деп аталган шайтан. Эгерде аны сезсең, анда Аллахтан андан коргоо тилегин жана үч жолу сол тарабыңа түкүргүн". Усман бин Абу аль-Аас, радыяллаху анху, айтты: "Ошондо мен ушундай кылдым, Аллах Таала аны менден кетирди".</t>
   </si>
@@ -18092,51 +18090,51 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: адамда төмөнкүдөй жаман сапаттары болсо, анын ыйманы толук болбойт: адамдардын ата тегин кемсинтсе, дайыма сөгүнүп каргыш айтып жүрсө, уят жаман иштерди кылып, ушундай сөздөрдү сүйлөсө.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>Шарияттын тексттеринде арам иштерди жасаган же парз иштерди аткарбаган адамга гана ыйманы алсыз деп айтылат.
 Дене мүчөлөрдү, айрыкча, тилди зыян берүүдөн сактоо зарыл.
 Ас-Синдий минтип айтат: Бирөөнүн тегин кемсинтүү жана каргыш айтуу деген эки сыпаттын күчөтмө мааниде айтылганы, мындайга ылайыктуу болгон адамдарга карата кээ-кээде, аз-аз айтылса, мындайды айткан адамды ыймандуу деп сыпаттоого зыянын тийгизбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65869</t>
   </si>
   <si>
     <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>Суу жетпеген согончокторго азап болот, дааратты жеткиликтүү алгыла!" - деди</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
-    <t>Абдуллах ибн Амр (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге Меккеден Мадинага келе жатканбыз. Сууга жеткенибизде адамдар асыр намазына шашылып даарат ала башташты. Биз алардын жанына келип, кээ бирлери согончогуна суу жеткирбей кургак калып даарат алып жатканын көрдүк. Ошондо пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун):  "Суу жетпеген согончокторго азап болот, дааратты жеткиликтүү алгыла!" - деди.</t>
+    <t>Абдуллах ибн Амр (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге Меккеден Мединага келе жатканбыз. Сууга жеткенибизде адамдар асыр намазына шашылып даарат ала башташты. Биз алардын жанына келип, кээ бирлери согончогуна суу жеткирбей кургак калып даарат алып жатканын көрдүк. Ошондо пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун):  "Суу жетпеген согончокторго азап болот, дааратты жеткиликтүү алгыла!" - деди.</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабалары менен Меккеден Мадинага келе жаткан. Жолдо сууга туш келип, асыр намазын өз убагында окуу үчүн шашылып даарат ала башташат. Сахабалардын кээ бири шашылып даарат алгандыктан, согончокторуна суу жеткирбей, караган адамга кургак калып жатканы көрүнөт. Ошондо пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) даарат алганда кемчиликтүү алып, согончокторуна суу жеткирбей кургак калтырган адамдарга тозокто азап болорун айтып, аларды дааратты жакшы, толук алууга буйруйт.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Даарат алганда эки бутту жууш парз. Жылаң аяк бутка масх тартуу жарабайт. Анткени согончокторун жуубай калтырган адамга тозоктун азабы болору айтылган.
 Дааратта жуула турган дене мүчөлөрүн толук жуу зарыл. Жуу зарыл болгон мүчөлөрдүн бир аз бөлүгүнө атайын же маани бербей суу тийгизбей койсо, намазы жарактуу болбойт.
 Билбеген адамга үйрөтүп, туура багыт берүү зарыл.
 Парз же сүннөт амалды туура эмес аткарып жаткан кишини көргөндө, билген адам аны өзүнө ылайык жол менен эскертип тыйышы керек.
 Мухаммад Исхак ад-Дахлави минтип айткан: "Дааратты жеткиликтүү алуу үч түрдүү болот: жууй турган мүчөнү бир жолу жуу - парз. Үч жолуу жуу - сүннөт. Үч жолу жууганда  жуулчу мүчөнүн жуула турган чегинен ашыра жуу - мустахаб".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66392</t>
   </si>
   <si>
@@ -18279,57 +18277,57 @@
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ибадаттар Куран жана сүннөттө келген далилдерге карап дайындалган. Аллах Таалага Ал шарият кылган нерсе менен гана ибадат кылабыз, жаңы пайда болгон жана ойдон чыгарылган нерсе менен эмес.
 Дин оюна келгенди же көңүлүнө жакканды аткаруу менен болбойт, Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчүү менен болот.
 Бул хадис диндин толуктугуна далил.
 Динде жаңыдан пайда болгон, пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жана сахабалардын убагында болбогон акыйда ишенимге, сөзгө, амалга тиешелүү иштин баары - бидаат (диндеги жаңылык).
 Бул хадис Ислам негиздеринин бири, бул амалдагы тараза сыяктуу. Аллахтын ыраазылыгы көздөлбөгөн бардык амалдар, аны аткаруучуга сооп болбойт. Ошондой эле Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген жолго дал келбесе, ал аткарган адамга кайра кайтарылат.
 Бул хадис азыркы тескери иштерди, жаңы пайда болгон бидаат амалдарды четке кага турган эреже.
 Жаңыдан пайда болгон тыюу салынган иштер динге гана тиешелүү, дүйнө иштерине тиешелүү эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66514</t>
   </si>
   <si>
     <t>إن الحلال بين، وإن الحرام بين</t>
   </si>
   <si>
-    <t>Абу Абдулла Нууман бин Башир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум:||Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк</t>
+    <t>Абу Абдулла Нууман бин Башир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум:||Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
   </si>
   <si>
-    <t>Абу Абдулла Нууман бин Башир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк».</t>
+    <t>Абу Абдулла Нууман бин Башир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Чындыгында, адал нерселер белгилүү, арам нерселер да белгилүү. Ал эми ал экөөнүн ортосунда көптөгөн адамдар билбеген күмөндүү нерселер бар. Ким ошондой күмөндүү нерселерден сактанса, анда ал динин жана намысын таза сактаптыр. Ким күмөндүү нерселерди кылган болсо, анда ал арамга түшүп калышы мүмкүн. Бул бирөөнүн корук-жайына жакын малын жайып жүргөн чабан сыяктуу. Ал малын карап турбаса, корук-жайга кирип кетүүсү мүмкүн. Ар бир падышанын корук-жайы болот. Аллахтын корук-жайы – Ал арам кылган нерселер. Чындыгында, денеде бир үзүм эт бар, эгерде ал оңолсо, дененин баары оңолот. Эгерде ал бузулса, анда дененин баары бузулат. Мына ошол бир үзүм эт – ал жүрөк».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>الحديث قاعدة في اتقاء الشبهات.
 الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Бул хадис азгырык-ишенимдерден сактанууга негиз болгон эреже.
 Өкүмү тактала элек күмөндүү нерселерди таштоого үндөдү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66515</t>
   </si>
   <si>
     <t>Абу Рукая Тамим бин Аус ад-Даари (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||«Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Анын Китеби үчүн, Анын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты</t>
   </si>
   <si>
     <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Абу Рукая Тамим бин Аус ад-Даари (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Дин — бул насаат» - деп айтты. Ошондо биз: «Оо, Аллахтын Элчиси, ким үчүн?» - деп сурадык. Ал: «Аллах үчүн, Анын Китеби үчүн, Анын  Элчиси үчүн, мусулмандардын башчылары үчүн жана жалпы мусулмандар үчүн» - деп айтты».</t>
   </si>