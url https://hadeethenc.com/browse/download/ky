--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -18,52 +18,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4758">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Кыргызча
 # Source: https://hadeethenc.com/ky
-# Last update: 2026-01-25 19:48:45 (v1.24.0)
-# Check for updates: https://hadeethenc.com/en/check/ky/v1.24.0
+# Last update: 2026-02-20 05:26:56 (v1.26.0)
+# Check for updates: https://hadeethenc.com/en/check/ky/v1.26.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -128,58 +128,58 @@
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[Сахих (ишенимдүү)]</t>
   </si>
   <si>
     <t>[Муттафакун алайхи (хадистин ишенимдүүлүгүнө бир ооздон макулдашылган)]</t>
   </si>
   <si>
     <t>ky</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2753</t>
   </si>
   <si>
     <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>Кимде-ким Аллах үчүн аялы менен жыныстык катнаш кылбай жана бузукулук иштерди кылбай ажылык кылса, анда ал энеден төрөлгөндөй күнөөлөрүнөн таза болуп кайтат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылып айтат: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Кимде-ким Аллах үчүн аялы менен жыныстык катнаш кылбай жана бузукулук иштерди кылбай ажылык кылса, анда ал энеден төрөлгөндөй күнөөлөрүнөн таза болуп кайтат».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылып айтат: Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Кимде-ким Аллах үчүн аялы менен жыныстык катнаш кылбай жана бузукулук иштерди кылбай ажылык кылса, анда ал энеден төрөлгөндөй күнөөлөрүнөн таза болуп кайтат».</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам: «Кимде-ким Аллах үчүн аялы менен жыныстык катнаш кылбай ажылык кылса» - деген сөзүндөгү жыныстык катнаш – бул жыныстык катнаш кылуу жана ага киришүүдөн алдынкы өбүшүү жана кармалашуу экендигин баяндап жатат. Жана жыныстык катнаш – бул жаман сөздөр деп да айтылат. Ошондой эле анын «бузукулук иштерди аткарбай» деген сөзү – бул жаман иштерди жана күнөө иштерди аткарбоо экендигин баяндап жатат. Жана Ажылык учурунда тыюу салынган (1) иштерди кылуу да бузукулук иштерден болот. Кимде-ким Аллах үчүн ушуларды кылбай ажылык кылса, анда ажылыктан энеден төрөлгөндөй күнөөлөрүнөн таза ымыркай сыяктуу күнөөсү кечирилген абалда кайтарын баяндап жатат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун): «Кимде-ким Аллах үчүн аялы менен жыныстык катнаш кылбай ажылык кылса» - деген сөзүндөгү жыныстык катнаш – бул жыныстык катнаш кылуу жана ага киришүүдөн алдынкы өбүшүү жана кармалашуу экендигин баяндап жатат. Жана жыныстык катнаш – бул жаман сөздөр деп да айтылат. Ошондой эле анын «бузукулук иштерди аткарбай» деген сөзү – бул жаман иштерди жана күнөө иштерди аткарбоо экендигин баяндап жатат. Жана Ажылык учурунда тыюу салынган (1) иштерди кылуу да бузукулук иштерден болот. Кимде-ким Аллах үчүн ушуларды кылбай ажылык кылса, анда ажылыктан энеден төрөлгөндөй күнөөлөрүнөн таза ымыркай сыяктуу күнөөсү кечирилген абалда кайтарын баяндап жатат.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Бузукулук иштерди кылуу бардык учурда тыюу салынат. Ошондуктан ажылык амалдарын улуктугу үчүн ажылык учурунда бузукулук иштерден тыюу бекемделип жатат.
 Инсан күнөөсүз төрөлөт жана ал өзүнөн башкалардын күнөөсүн көтөрбөйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2758</t>
   </si>
   <si>
     <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>О, Аллахтын элчиси, жихадды амалдардын абзели деп билебиз. Жихадга чыкпайбызбы?" Аллахтын элчиси: "Жок, жихаддын абзели - бул, кабыл болгон ажылык" - деп жооп берет</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) минтип айтат: "О, Аллахтын элчиси, жихадды амалдардын абзели деп билебиз. Жихадга чыкпайбызбы?" Аллахтын элчиси: "Жок, жихаддын абзели - бул, кабыл болгон ажылык" - деп жооп берет.</t>
   </si>
   <si>
@@ -237,81 +237,81 @@
   </si>
   <si>
     <t>Аббастын эки жолку суроосуна тең пайгамбарыбыздын бир жоопту берип кайталаганы, амандык пенде Раббисинен сурай турган эң жакшы нерсе экенине далил.
 Амандык тилөөдө дүйнө жана акыреттин жакшылыктары камтылган.
 Сахабалар илимин жана жакшылык иштерин арттырууга кызыкдар болушкан.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[Сахих лигойрихи (башка дагы жакшы айтымы бар жакшы хадис)]</t>
   </si>
   <si>
     <t>[Ат-Тирмизи жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2932</t>
   </si>
   <si>
     <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
-    <t>Силерге чоң күнөөлөрдүн эң оору жөнүндө кабар берейинби?"- деп үч жолу айтты. Ошондо сахабалар: "Ооба, оо, Аллахтын Элчиси!" - дешти. Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Аллахка шерик кошуу жана ата-энени нараазы кылуу". Ошондо Пайгамбар жөлөнүп жаткан жеринен отура калып: "Жалган күбөлүк берүү!" - деп кайра-кайра айтып, биз: "Токтотсо экен" дегенге чейин кайталай берди</t>
+    <t>Силерге чоң күнөөлөрдүн эң оору жөнүндө кабар берейинби?"- деп үч жолу айтты. Ошондо сахабалар: "Ооба, оо, Аллахтын Элчиси!" - дешти. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Аллахка шерик кошуу жана ата-энени нараазы кылуу". Ошондо Пайгамбар жөлөнүп жаткан жеринен отура калып: "Жалган күбөлүк берүү!" - деп кайра-кайра айтып, биз: "Токтотсо экен" дегенге чейин кайталай берди</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
-    <t>Абу Бакра, ​​радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Силерге чоң күнөөлөрдүн эң оору жөнүндө кабар берейинби?"- деп үч жолу айтты. Ошондо сахабалар: "Ооба, оо, Аллахтын Элчиси!" - дешти. Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Аллахка шерик кошуу жана ата-энени нараазы кылуу". Ошондо Пайгамбар жөлөнүп жаткан жеринен отура калып: "Жалган күбөлүк берүү!" - деп кайра-кайра айтып, биз: "Токтотсо экен" дегенге чейин кайталай берди".</t>
+    <t>Абу Бакра (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Силерге чоң күнөөлөрдүн эң оору жөнүндө кабар берейинби?"- деп үч жолу айтты. Ошондо сахабалар: "Ооба, оо, Аллахтын Элчиси!" - дешти. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Аллахка шерик кошуу жана ата-энени нараазы кылуу". Ошондо Пайгамбар жөлөнүп жаткан жеринен отура калып: "Жалган күбөлүк берүү!" - деп кайра-кайра айтып, биз: "Токтотсо экен" дегенге чейин кайталай берди".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, сахабаларына күнөөлөрдүн эң чоңу жөнүндө кабар берип жатып, бул үчөөнү айтты:
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына күнөөлөрдүн эң чоңу жөнүндө кабар берип жатып, бул үчөөнү айтты:
 1. Аллахка шерик кошуу деген - ал ибадаттын кандай түрүн болсо да Аллахтан башкага кылуу жана Аллахтан башканы улухияда, рубубияда, Аллахтын ысым-сыпаттарында Аллах менен теңөө болуп саналат.
 2. Ата-энени нараазы кылуу - бул ата-энеге сөз менен болсо да, кыймыл аракет менен болсо да зыян жеткирүү жана аларга жакшылык кылууну таштоо.
 3. Жалган күбөлүк берүү жана жалгандан күбөлүккө өтүү. Бул акчасын алып, ар-намысына шек келтирип, же башка ушул сыяктуу нерселер менен айыпка жыгып каралоо максатында жалган айтылган сөздөр.
-Пайгамбар, саллаллаху алейхи уа саллам, бир нече жолу жалгандан күбөлүк берүүдөн кайра-кайра эскертип, анын жамандыгынан жана анын коомго тийгизген терс таасиринен эскертип жатканда Сахабалар Пайгамбарга боорлору ооруп, аны кыйнаган нерсени жек көрүшүп: «Пайгамбар токтосо экен» деп айтышты.</t>
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бир нече жолу жалгандан күбөлүк берүүдөн кайра-кайра эскертип, анын жамандыгынан жана анын коомго тийгизген терс таасиринен эскертип жатканда Сахабалар Пайгамбарга боорлору ооруп, аны кыйнаган нерсени жек көрүшүп: «Пайгамбар токтосо экен» деп айтышты.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Эң чоң күнөө – бул Аллахка ширк кылуу. Анткени Аллах Таала аны чоң күнөөлөрдүн башаты жана күнөөлөрдүн эң чоңу экенин баяндап, бул сөзүндө бекемдеди: "Албетте, Аллах Өзүнө шерик кошулуусун кечирбейт. Мындан башка күнөөнү Өзү каалаган пендесинен кечирет".
 Ата-эненин акысынын улуулугу. Анткени Пайгамбар алардын акыларын Аллах Тааланын акысы менен бирге айтты.
-Күнөөлөр чоң жана кичине күнөөлөр болуп экиге бөлүнөт. Чоң күнөө - бул худуд жана лиаан (1) айтышуу сыяктуу бул дүйнөдө жазасы бар ар бир күнөө же тозок азабы сыяктуу акыретте жазасы бар күнөө. Албетте чоң күнөөлөрдүн даражалары бар. Чоң күнөөлөрдүн кээ бирлери кээ бирлеринен арамдык жагынан оор. Ал эми чоң күнөөлөрдөн башкалары алар кичине күнөөлөр.</t>
+Күнөөлөр чоң жана кичине күнөөлөр болуп экиге бөлүнөт. Чоң күнөө - бул худуд жана каргыш айтышуу (1) сыяктуу бул дүйнөдө жазасы бар ар бир күнөө же тозок азабы сыяктуу акыретте жазасы бар күнөө. Албетте чоң күнөөлөрдүн даражалары бар. Чоң күнөөлөрдүн кээ бирлери кээ бирлеринен арамдык жагынан оор. Ал эми чоң күнөөлөрдөн башкалары алар кичине күнөөлөр.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2941</t>
   </si>
   <si>
     <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>Улук Аллах Таала силерди атаңардын аты менен касам ичүүдөн тыйды</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>Умар бин Хаттаб (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Улук Аллах Таала силерди атаңардын аты менен касам ичүүдөн тыйды". Умар айтат: Аллахка касам ичип айтам, Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) мындан тыйганын уккандан бери, атайлап да, бирөөнүн айтканын кайталап да, атамдын аты менен касам ичпедим.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала ата-бабанын аты менен касам ичүүдөн тыйганын кабарлаган. Касам ичүүнү каалаган адам Аллахтын аты менен гана касам ичсин, Андан башка менен касам ичүүгө болбойт. Анан Умар бин Хаттаб (ага Аллах ыраазы болсун) ошол Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) бул тууралуу уккандан бери бир да жолу антип касам ичпегенин эскерет. Атайын да, Аллахтын атынан башкага касам ичкен бирөөнүн сөзүн кайталап да минтип касам ичкен эмес экен.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
@@ -410,51 +410,51 @@
     <t>Абу Муса Ашари (Аллах андан ыраазы болсун)  уруусундагы бир канча адам менен Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) келет. Максаты казатка минүү үчүн Аллахтын элчисинен төө суроо эле. Аллахтын элчиси касам ичип, аларга бере турган төө жок экенин айтат. Алар кайтып кетишет. Бир канча убакыт өткөндөн кийин Аллахтын элчисине олжодон түшкөн төөнү алып келишет. Ошол төөнү аларга берет. Төөнү алгандан кийин бири-бирине: бул төөнүн берекеси болбой калат го, анткени Аллахтын элчиси төө бербеймин деп касам ичти эле, андан кийин кайра берип койду дешет. Анан кайра келип мунун жагдайын сурашат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга мындай деди: Силерге төөнү Аллах Таала берди; анткени аны ырыскы кылып, насип кылган Аллах. Мен болгону аны ишке ашырган себепчимин. Анан дагы мындай деп кошумчалады: Аллахка ант болсун, мен Аллах кааласа, кайсы нерсеге кыламын же кылбаймын деп касам ичпейин, касам ичкен нерсеге караганда жакшы ишти көрсөм, жакшы ишти аткарамын. Касамымдан кайтып анын кафаратын аткарам.</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>Айтып жаткан сөздү бекемдөө үчүн ал келечектин иши болсо да ал үчүн касам ичүүгө болот.
 Касамдан кийин "Аллах кааласа" деген сөз менен ажыратып айтууга болот. Анткени бул ажыратууну касам менен бирге ниет кылса, экөө чогуу айтылып касамын бузган адамга каффарат болбойт.
 Эгерде касам ичкен иишине караганда жакшы, пайдалуу ишти көрсө, касамын бузуп жакшы ишти аткаруу абзел.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2961</t>
   </si>
   <si>
     <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>Кыямат күнү адамдар арасындагы иштерден эң биринчи териштириле турганы - кан жөнүндө болот</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү адамдар арасындагы иштерден эң биринчи териштириле турганы - кан жөнүндө болот".</t>
+    <t>Абдуллах бин Масъуд (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү адамдар арасындагы иштерден эң биринчи териштириле турганы - кан жөнүндө болот".</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кыямат күнү адамдардын бири-бирине кылган зулумдугунан эң биринчи өкүм кылына турганы кан тууралуу болорун эскерткен. Мисалы: өлтүрүү, жаракаттандыруу ж.б.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Кандын иши оор, анткени (өкүмдүн) башталышы маанилүү нерсе менен башталат.
 Күнөөлөр тийгизген зыянына жараша оорлой берет. Жазыксыз жанды кыюу эң оор бузук күнөө. Мындан оор каапырлык менен Аллахка шерик кылуу күнөөлөрү гана бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2962</t>
   </si>
   <si>
     <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>Ким Аллахтын сөзү бийик болуусу үчүн жихад кылса, ошол Аллахтын жолунда болот" - деп жооп берди</t>
   </si>
   <si>
@@ -473,161 +473,161 @@
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>Иш-амалдардын оңдолуусу да, бузулуусу да ниет жана Аллахка болгон ыкластан болот.
 Эгерде жихадга чыгуудагы максаты Аллахтын сөзү бийик болуусу үчүн болсо, бирок ага башка максат аралашса, мисалы олжо алуу сыяктуу, бул анын негизги ниетине зыянын тийгизбейт.
 Мекенди жана өзүнө тиешелүү нерселерди душмандан коргоо да Аллах жолундагы согуш болуп эсептелет.
 Жихадга чыккандар тууралуу айтылган артыкчылыктар, Аллахтын сөзү бийик болуусу үчүн согушкан адамга гана тиешелүү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2969</t>
   </si>
   <si>
     <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мүйүздүү эки ак кочкорду курмандыкка чалып, Аллахтын атын атап, такбир айтып, анан бутун кочкорлордун моюнуна такап туруп өз колу менен мууздады</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мүйүздүү эки ак кочкорду курмандыкка чалып, Аллахтын атын атап, такбир айтып, анан бутун кочкорлордун моюнуна такап туруп өз колу менен мууздады.</t>
+    <t>Анас (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мүйүздүү эки ак кочкорду курмандыкка чалып, Аллахтын атын атап, такбир айтып, анан бутун кочкорлордун моюнуна такап туруп өз колу менен мууздады.</t>
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) курман айт күнү пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мүйүздүү, бир аз кара аласы бар эки ак кочкорду курмандыкка чалганын айтат. Аларды мууздардан алдын: Бисмиллахи Аллаху Акбар деп, анан алардын моюнуна бутун такап туруп мууздайт.</t>
+    <t>Анас (Аллах андан ыраазы болсун) курман айт күнү пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мүйүздүү, бир аз кара аласы бар эки ак кочкорду курмандыкка чалганын айтат. Аларды мууздардан алдын: Бисмиллахи Аллаху Акбар деп, анан алардын моюнуна бутун такап туруп мууздайт.</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
     <t>Курмандык чалуу бардык мусулмандардын пикиринде шарият кызыктырган иштерден.
 Курмандыкка чалына турган мал-жандыктын эң абзели пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) курмандык чалган кочкорлордой сыпаттагы кочкор. Анткени, мындай кочкордун көрүнүшү жакшы жана эт, майы да даамдуу болот.
-Ан-Навави (ага Аллах ыраазы болсун) минтип айткан: Ар бир адам курмандыкты өз колу менен чалганы абзел. Кандайдыр бир үзүр, себеп болсо гана ордуна башка бирөөнү дайындаса болот. Бирөөнү дайындаган учурда да анын мууздаганына өзүнүн күбө болгону жакшы. Ордуна мусулман адамды сурануу эч кандай талашы жок жарактуу иш.
+Ан-Навави (ага Аллах ырайым кылсын) минтип айткан: Ар бир адам курмандыкты өз колу менен чалганы абзел. Кандайдыр бир үзүр, себеп болсо гана ордуна башка бирөөнү дайындаса болот. Бирөөнү дайындаган учурда да анын мууздаганына өзүнүн күбө болгону жакшы. Ордуна мусулман адамды сурануу эч кандай талашы жок жарактуу иш.
 Ибн Хажар минтип айткан: Курмандык чаларда Аллахты атоо менен бирге такбир айтуу мустахаб. Ошондой эле чалынып жаткан жандыктын моюнунун оң жагына бутту коюп туруп мууздоо да мустахаб. Ушундай кылганда союп жаткан адамга бычакты оң колуна алып, сол колу менен жандыктын башын кармап туруу ыңгайлуу болот.
 Курмандыктын мүйүздүү болгону мустахаб. Бирок мүйүзү жок токол болсо деле курмандыкка жарай берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2971</t>
   </si>
   <si>
     <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
-    <t>Жибек жана парчаны кийбегиле. Алтын жана күмуш идиштерден ичпегиле. Жана алардан жасалган табактан тамак жебегиле. Булар бул дүйнөдө каапырлар үчүн, акыретте биз үчүн</t>
+    <t>Жибек жана парчаны кийбегиле. Алтын жана күмүш идиштерден ичпегиле. Жана алардан жасалган табактан тамак жебегиле. Булар бул дүйнөдө каапырлар үчүн, акыретте биз үчүн</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
-    <t>Абдурахман инб Абу Лайланын айтымында, алар Хузайфанын жанына барышат. Ал суу сурап, бир отпарас киши ага суу алып келет. Чөйчөктү колуна алып, анан аны ыргытып жиберет. Анан: Мен муну бир-эки жолу эле айтсам экен... - деп ачууланды б.а. мурда эскертпегенимде мынтип ыргытпайт элем деген маанини айтты. Бирок мен пайгамбарыбыздын мындай деп айтканын укканмын: "Жибек жана парчаны кийбегиле. Алтын жана күмуш идиштерден ичпегиле. Жана алардан жасалган табактан тамак жебегиле. Булар бул дүйнөдө каапырлар үчүн, акыретте биз үчүн".</t>
+    <t>Абдурахман инб Абу Лайланын риваятында, алар Хузайфанын жанына барышат. Ал суу сурап, бир отпарас киши ага суу алып келет. Чөйчөктү колуна алып, анан аны ыргытып жиберет. Анан: Мен муну бир-эки жолу эле айтсам экен... - деп ачууланды б.а. мурда эскертпегенимде минтип ыргытпайт элем деген маанини айтты. Бирок мен пайгамбарыбыздын мындай деп айтканын укканмын: "Жибек жана парчаны кийбегиле. Алтын жана күмүш идиштерден ичпегиле. Жана алардан жасалган табактан тамак жебегиле. Булар бул дүйнөдө каапырлар үчүн, акыретте биз үчүн".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эркектерди жибектин кайсы түрү болбосун, андан тигилген кийимдерди кийүүдөн тыйган. Ошондой эле эркектерди жана аялдарды алтын жана күмүш идиштерден ичип-жегенден тыйган. Мусулмандар Аллахка баш ийип, дүйнө жашоосунда алтын менен күмүштөн жасалган идиштерди пайдаланбаганы үчүн акыретте мындай идиштер мусулмандар үчүн гана болорун кабарлаган. Ал эми каапырларга акыретте алтын күмүштөр берилбейт. Анткени, алар бул дүйнө жашоосунда аларды пайдаланышты жана Аллахтын буйругуна каршы болушту.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Жибектин бардык түрүн кийүүдөн тыюу эркектерге гана тиешелүү. Кийген адамга катуу азап болору убада кылынган.
 Жибектин түрлөрүн жан парча кийимдерин кийүү аялдарга уруксат.
 Алтын жана күмүш идиштерден ичип, жегендик эркектерге да, аялдарга да тыюу салынган арам иш.
-Хузайфанын (ага Аллах ыраазы болсун) чөйчөктү ыргытып, катуу тыюу салганынын себеби, ал буга чейин бир канча жолу эскерткен болчу, бирок тигилер ага макул болгон эмес.</t>
+Хузайфанын (ага Аллах ыраазы болсун) чөйчөктү ыргытып, катуу тыюу салганынын себеби, ал буга чейин бир канча жолу эскерткен болчу, бирок тигилер дагы эле тыйылган эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2985</t>
   </si>
   <si>
     <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>Кимде-ким бул дүйнөдө жибек кийим кийсе, акыретте аны кийбейт</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Умар (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким бул дүйнөдө жибек кийим кийсе, акыретте аны кийбейт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул дүйнөдө жибек кийим кийген эркек жаза катары акыретте аны кийбестигин айткан.</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>Жибек дегени таза табигый жибек. Ал эми колдо жасалма жибек болсо эч нерсе болбойт.
 Жибек кийим кийүү эркектерге гана тыюу салынган.
 Жибекти кийүүдөн тыюу аны кийүүнү жана жерге төшөп ага отурууну, жатууну да камтыйт.
 Кийимдин кээ бир бөлүгү, тагыраагы, бир сөөмдөн ашпаган жеринде белги катары тигилген же жээктелген жибек болсо, эч нерсе эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2986</t>
   </si>
   <si>
     <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>Ким бизге каршы курал көтөрсө, анда ал бизден эмес</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
-    <t>Абу Муса Аль-Ашари, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Ким бизге каршы курал көтөрсө, анда ал бизден эмес".</t>
+    <t>Абу Муса Аль-Ашари (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Ким бизге каршы курал көтөрсө, анда ал бизден эмес".</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулмандарга каршы курал алып жүрүүдөн, аларды коркутуп-үркүтүүдөн же талап-тоноодон эскертүүдө. Ким муну акыйкатты тургузуу үчүн кылбаса, анда чоң кылмыш жана чоң күнөө кылган болот. Ошондой эле бул оор азапка татыктуу болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандарга каршы курал алып жүрүүдөн, аларды коркутуп-үркүтүүдөн же талап-тоноодон эскертүүдө. Ким муну акыйкатты тургузуу үчүн кылбаса, анда чоң кылмыш жана чоң күнөө кылган болот. Ошондой эле бул оор азапка татыктуу болот.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Мусулман мусулман бир туугандары менен согушуусунан катуу эскертти.
 Жер жүзүндөгү эң чоң жийиркеничтүү иштердин жана чоң бузукулуктардын бири – мусулмандарга курал көтөрүү жана өлтүрүү менен бузукулук кылуу.
 Жогоруда айтылган катуу эскертүү акыйкатты тургузуу үчүн күрөшкөндөрдү камтыбайт. Алар мисалы: эл башчысына каршы чыккандар менен согушкандар, бузукулар менен согушкандар ж.б.
 Мусулмандарды тамаша иретинде болсо да курал же башка нерсе менен коркутууга тыюу салынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/2997</t>
   </si>
   <si>
     <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
     <t>Мен силерге ишенбегеним үчүн касам ичтиргеним жок. Бирок мага Жебирейил келип, Аллах Таала периштелерге силерди мактап жатканын айтты" - деди</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
@@ -757,88 +757,88 @@
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Эки маасыга масх тартуу кичине дааратсыздыкка даарат алган учурда жарайт. Ал эми чоң дааратсыздыктан жуунуп тазаланууда буттарды да жуу зарыл.
 Масх сууланган манжанын учу менен маасынын үстүнө бир ирет тартылат, асты жагына тартылбайт.
 Масх туртуу үчүн суу менен эки бут жуулуп, толук даарат алынгандан кийин маасынын кийилүүсү шарт. Маасы таза, буттун жабылуусу парз болгон өлчөмүн жаап турган болуусу керек. Ошондой эле масх кичине дааратсыздыкка тартылуусу керек, жунубдуктан же жуунууну важыб кылган иштерден кийин тартылбайт. Дагы масх тартуу чектелген убактын ичинде болуусу керек. Бул убакыттын чеги үйдөгү адам үчүн бир күн, бир түн. Ал эми жолоочу адам үчүн үч күн, үч түн.
 Бутту жапкан жороп сыяктуулардын баары маасыга кыяс кылынат, аларга да масх тартуу жайыз.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзүнүн жана таалим берүүсүнүн жакшылыгы. Мугираны анын маасыларын чечүүдөн тыйып, ага: аларды толук даарат менен кийгенин айтып, себебин түшүндүрдү. Анын көөнү тынчып, өкүмдү билип алуусу үчүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3014</t>
   </si>
   <si>
     <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Эгерде ким мусулман бир тууганын жакшы көрсө, анда ага аны жакшы көрөрүн кабарласын</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
-    <t>Аль-Микдам бин Маьди Кариба, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Эгерде ким мусулман бир тууганын жакшы көрсө, анда ага аны жакшы көрөрүн кабарласын».</t>
+    <t>Аль-Микдам бин Маьди Кариба (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Эгерде ким мусулман бир тууганын жакшы көрсө, анда ага аны жакшы көрөрүн кабарласын».</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, момундардын ортосундагы мамилени чыңдоочу жана алардын ортосундагы сүйүүнүн жайылышынын себептеринин бири бул - кимдир-бирөө мусулман бир тууганын жакшы көрсө, анда аны жакшы көрөөрүн кабар бериш керек экендигин баяндап жатат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) момундардын ортосундагы мамилени чыңдоочу жана алардын ортосундагы сүйүүнүн жайылышынын себептеринин бири бул - кимдир-бирөө мусулман бир тууганын жакшы көрсө, анда аны жакшы көрөөрүн кабар бериш керек экендигин баяндап жатат.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
-    <t>Дүнүйө кызыкчылык учун эмес, калыс Аллах Таала үчүн жакшы көрүүнүн пазилети.
-Аллах үчүн жакшы көргөн адамга аны жакшы көрөөрүн жана жакшы көрүүнү жана үлпөттүктү күчөрүү үчүн ага жакшы көрөөрүн кабарлоо мустахаб.
+    <t>Дүнүйө кызыкчылык үчүн эмес, калыс Аллах Таала үчүн жакшы көрүүнүн пазилети.
+Аллах үчүн жакшы көргөн адамга аны жакшы көрөөрүн жана жакшы көрүүнү жана үлпөттүктү күчөтүү үчүн ага жакшы көрөөрүн кабарлоо мустахаб.
 Ыймандуулардын ортосунда болгон сүйүүнү жайылтуу бул - ыймандагы бир туугандыкты күчөтөт жана коомду бөлүнүп-жарылуудан сактайт.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи, Ан-Насааи "Ал-Кубро" китебинде жазып калтырган жана Ахмад да жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бут кийим кийгенде, чач-сакалын тараганда, даарат алганда, деги ар бир ишинде оң жагынан баштоону жакшы көрөт эле</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
-    <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бут кийим кийгенде, чач-сакалын тараганда, даарат алганда, деги ар бир ишинде оң жагынан баштоону жакшы көрөт эле.</t>
+    <t>Ыймандуулардын энеси Айша (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бут кийим кийгенде, чач-сакалын тараганда, даарат алганда, деги ар бир ишинде оң жагынан баштоону жакшы көрөт эле.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшы иштердин баарын оң колу менен баштаганды артык көрчү. Мисалы: Бут кийимин кийгенде он бутун биринчи кийчү. Чачын, сакалын тараганда же майлаганда оң жагынан баштачу. Даарат алып колдорун жана буттарын жууганда оң жагын биринчи жуучу.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>Навави минтип айткан: "Шарияттагы оң жактан баштоо эрежеси, ошол нерсени кадырлоо болуп эсептелет. Мисалы: кийим кийүүдө, мечитке кирүүдө, мисвак колдонууда, көзгө сурма коюда, тырмактарды алууда, мурутту кыскартууда, чачты тароодо, колтуктун жүнүн алууда, чач алганда, намазды бүтүрүп салам бергенде, дааратта дене мүчөлөрүн жууганда, даараткандан чыкканда, жегенде, ичкенде, көрүшкөндө, Каабада кара ташты сылаганда ж.б. иштерде оң жагынан баштоо. Ал эми мунун тескерисинде, дааратканага киргенде, мечиттен чыкканда, чимкиргенде, истинжа кылганда, кийимин, шымын, маасысын ж.б. кийимин чечкенде сол жагынан баштоо жакшы. Мунун баары оң жактын артыкчылыгы үчүн.
 "Оң жакты жакшы көрөт эле" дегени, кыймылды оң кол жана оң бут менен баштоону, оң тарапты (оң жакта отуруу, оң жакты карап жатуу, саламдашканда оң жактагы кишиден баштап саламдашуу ж.б.) жана бир нерсени бергенде оң тараптагы адамдан баштап берүүнү ж.б. ичине камтыйт.
 Навави минтип айткан: "Даарат алганда жуула турган мүчөлөрдөн оң жактан башталбай, бирдей жуула тургандары да бар. Булар: эки кулак, эки алакан жана эки жаак. Буларды бирдей бир убакта жуу керек. Эгерде бир колу кесилген болуп, же дагы башка бир себеп менен бул мүчөлөрүн бирдей жууй албаса, анда оң тарабын биринчи жуу  керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3018</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
@@ -929,109 +929,109 @@
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>Дааратта истиншак кылуу важиб: ал мурунга абаны тартуунун жардамы менен сууну киргизүү.
 Ошондой эле истинсар кылуу да важиб: ал абанын жардамы менен мурундан сууну чыгаруу.
 Истижмарды, б.а. тазаланууну так санда кылуу жакшы.
 Түнкү уйкудан турганда колду үч жолу жуу шарият кылынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3033</t>
   </si>
   <si>
     <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>Киши үйүнө киргенде, кирээрде жана тамак ичээрде Аллахтын атын атап эстесе, Шайтан (жан-жөкөрлөрүнө): Силерге мында түнөк да жок, тамак да жок - дейт</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
-    <t>Жабир бин Абдуллах (аларга Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Киши үйүнө киргенде, кирээрде жана тамак ичээрде Аллахтын атын атап эстесе, Шайтан (жан-жөкөрлөрүнө): Силерге мында түнөк да жок, тамак да жок - дейт . А эгер кирип, бирок кирээрде Аллахты эстебесе, шайтан: Түнөктү таптыңар - дейт. А эгер тамактанаарда да Аллахты эстебесе , шайтан: Тамакты да, түнөктү да таптыңар - дейт.</t>
+    <t>Жабир бин Абдуллах (Аллах алардан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Киши үйүнө киргенде, кирээрде жана тамак ичээрде Аллахтын атын атап эстесе, Шайтан (жан-жөкөрлөрүнө): Силерге мында түнөк да жок, тамак да жок - дейт . А эгер кирип, бирок кирээрде Аллахты эстебесе, шайтан: Түнөктү таптыңар - дейт. А эгер тамактанаарда да Аллахты эстебесе, шайтан: Тамакты да, түнөктү да таптыңар - дейт.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үйгө кирээрде жана тамак ичээрде Аллахты зикир кылууга буйруган. Эгер адам үйгө кирээрде, же тамактанаарда "Бисмиллаах" деп Аллахты эстесе, шайтан жан-жөкөрлөрүнө: Үйдүн ээси Аллахты зикир кылып силерден коргонгон бул үйдө, силерге түнөктүн да, тамактын да үлүшү жок - деп айтат. Ал эми киши үйүнө киргенде кирип баратып Аллахты зикир кылбаса жана тамактанаарда да зикир кылбаса, анда шайтан жан-жөкөрлөрүнө, алар бул үйдөн түнөк да, тамак да табууга жетишкенин кабарлайт.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>Үйгө кирээрде жана тамактанаарда Аллахтын атын атап зикир кылуу жакшы көрүлгөн амал. Анткени, шайтан үйлөрдө түнөп алат жана эгер Аллахтын атын зикир кылышпаса, үйдүн жашоочуларынын тамагынан да жей берет.
 Шайтан адам баласынын амалдарына, жүрүм-турумуна, дегеле бардык иштерине көз салып турат. Эгер ал Аллахты зикир кылууну эсинен чыгарса, шайтан андагы максатын ишке ашырат.
-Зикр - шайтанды кууйт.
+Зикир - шайтанды кууйт.
 Бардык шайтанда анын сөзүнө кубанып, буйругун аткарган тарапташтары жана достору болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3037</t>
   </si>
   <si>
     <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>Чоң күнөөлөр: Аллахка шерик кошуу, ата-энеге ак болуу, адам өлтүрүү жана жалган ант берүү</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Амр бин Аль-Аас, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Чоң күнөөлөр: Аллахка шерик кошуу, ата-энеге ак болуу, адам өлтүрүү жана жалган ант берүү".</t>
+    <t>Абдуллах бин Амр бин Аль-Аас (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Чоң күнөөлөр: Аллахка шерик кошуу, ата-энеге ак болуу, адам өлтүрүү жана жалган ант берүү".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, бул хадисте чоң күнөөлөрдү баяндап жатат. Ал чоң күнөөлөрдү аткарган адам бул дүйнөдө да, акыретте да катуу азап менен азапталат.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бул хадисте чоң күнөөлөрдү баяндап жатат. Ал чоң күнөөлөрдү аткарган адам бул дүйнөдө да, акыретте да катуу азап менен азапталат.
 Чоң күнөөлөрдүн биринчиси: "Аллахка шерик кошуу". Бул ибадаттын кандай түрүн болсо да Аллахтан башкага арноо жана Аллахтан башканы Аллахтын сыпаттары болгон улухияда, рубубияда, Аллахтын ысым-сыпаттарында Аллах менен теңөө.
 Экинчиси: Ата-энени нараазы кылуу. Ата-энеге сөз менен болсо да, кыймыл аракет менен болсо да зыян жеткирүү жана аларга жакшылык кылууну таштоо.
 Үчүнчүсү: Душмандык кылып жана зулумдук менен адам өлтүрүү сыяктуу адилетсиздик менен адам өлтүрүү.
 Төртүнчүсү:  Жалгандан касам ичүү. Бул калп айтып жатканын билип туруп жалгандан касам ичүүсү. Ушул "жалгандан касам ичүү" деп аталат. Анткени ал жалгандан касам ичип жаткан адамды күнөөгө же тозокко батырып салат.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
-    <t>Жалгандан касам ичүү чоң коркунучтуу жана кылмыш болгону үчүн анын каффараты жок, бирок андан тообо кылуу бар.
-[...1 lines deleted...]
-Күнөөлөр чоң жана кичине күнөөлөр болуп экиге бөлүнөт. Чоң күнөө - бул худуд жана лиаан (1) айтышуу сыяктуу бул дүйнөдө жазасы бар ар бир күнөө же тозок азабы сыяктуу акыретте жазасы бар күнөө. Албетте чоң күнөөлөрдүн даражалары бар. Чоң күнөөлөрдүн кээ бирлери кээ бирлеринен арамдык жагынан оор. Ал эми чоң күнөөлөрдөн башкалары алар кичине күнөөлөр.</t>
+    <t>Жалгандан касам ичүү өтө коркунучтуу жана кылмыш болгону үчүн анын каффараты жок, бирок андан тообо кылуу бар.
+Хадисте бул төрт чоң күнөө өзгөчө оор болгондуктан гана эскерилди, чоң күнөөлөр ошолор менен гана чектелгендиктен эмес.
+Күнөөлөр чоң жана кичине күнөөлөр болуп экиге бөлүнөт. Чоң күнөө - бул худуд жана каргыш айтышуу (1) сыяктуу бул дүйнөдө жазасы бар ар бир күнөө же тозок азабы сыяктуу акыретте жазасы бар күнөө. Албетте чоң күнөөлөрдүн даражалары бар. Чоң күнөөлөрдүн кээ бирлери кээ бирлеринен арамдык жагынан оор. Ал эми чоң күнөөлөрдөн башкалары алар кичине күнөөлөр.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3044</t>
   </si>
   <si>
     <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
   </si>
   <si>
     <t>Чынында, жихаддын эң улугу - заалым падышанын алдында адилеттүү сөздү айтуу</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
   </si>
   <si>
     <t>Абу Саид Худри (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, жихаддын эң улугу - заалым падышанын алдында адилеттүү сөздү айтуу".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах жолундагы жихаддын эң чоң жана эң пайдалуу түрү - заалым падышага адилеттүү, ак сөздү тайманбай айтуу деп айткан. Анткени, аны менен жакшылыкка чакыруу жана жамандыктан кайтаруу милдетин аткарат. Жаман иштен жакшы ишке кайтара турган сөзүн айтабы, кат жазып жибереби же иш-аракети менен көрсөтөбү айырмасы жок.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
@@ -1039,138 +1039,138 @@
   </si>
   <si>
     <t>Жакшылыкка чакырып, жамандыктан тыюу - жихаддын бир түрү.
 Башчыга насаат айтуу - жихаддын эң чоңу. Бирок аны илимдүүлүк, даанышмандык жана туруктуулук менен айтуу важиб.
 Хаттаби минтип айткан: "Башчыга адилеттүү сөз айтуу жихаддын чоңу болуусунун себеби мындай; душманга жихад кылып чыккан адам үмүт жана коркунучтун ортосунда турат. Ал жеңерин да, жеңилерин да билбейт. Ал эми башчыга ак сөзүн айткан адам башчынын колунда турат. Башчыга акыйкатты айтып, жакшылыкка чакыруу менен өзүнө-өзү зыян кылып, өзүн жок кылып алуусу мүмкүн. Үмүткө караганда коркунуч басымдуу болгону үчүн жихаддын эң чоңу болуп эсептелет. Жихаддын эң чоңу болуусуна дагы бир себеп; эгерде башчы анын айткан сөзүн кабыл кылса, анын пайдасы өтө көп адамга тийип, оңолууга жол ачат.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[حسن لغيره]</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
-    <t>Чынында, дүйнө - таттуу, көрүмдүү. Алла Таала анда силерди бириңердин артынан бириңерди келтирип турат. Анан кандай иш-амал кылганыңарга карайт. Дүйнөдөн сак болгула жана аялдардан сак болгула</t>
+    <t>Чынында, дүйнө - таттуу, көрүмдүү. Аллах Таала анда силерди бириңердин артынан бириңерди келтирип турат. Анан кандай иш-амал кылганыңарга карайт. Дүйнөдөн сак болгула жана аялдардан сак болгула</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
-    <t>Абу Саъид ал-Худринин (ага Аллах ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Чынында, дүйнө - таттуу, көрүмдүү. Алла Таала анда силерди бириңердин артынан бириңерди келтирип турат. Анан кандай иш-амал кылганыңарга карайт. Дүйнөдөн сак болгула жана аялдардан сак болгула . Анткени Исраил урпактарында алгачкы фитна-бүлгүн аялдардан болгон".</t>
+    <t>Абу Саъид ал-Худринин (Аллах андан ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Чынында, дүйнө - таттуу, көрүмдүү. Аллах Таала анда силерди бириңердин артынан бириңерди келтирип турат. Анан кандай иш-амал кылганыңарга карайт. Дүйнөдөн сак болгула жана аялдардан сак болгула . Анткени Исраил урпактарында алгачкы фитна-бүлгүн аялдардан болгон".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул дүйнө даамдаганга таттуу, караганга көрүмдүү экенин, инсан ага алданып, аны менен алек болуп, аны негизги максатына айлантып аларын баяндаган. Ошондой эле, Аллах Таала биздин кандай амал кыларыбызды, Ага таат-ибадат кылабызбы, же күнөө кылабызбы, ушуну кароо үчүн, бизди бул дүйнө жашоосунда бирибиздин артынан бирибиз келе турган кылганын баяндады. Андан кийин: Силерди дүйнөлүк пайдалар жана анын көркөмдүгү алдап коюусунан этият болгула - деди. Бул, силерди Аллах буйруган нерсени таштоого, Ал тыйган нерсеге кирип кетүүгө алып барат. Бул дүйнөдөгү этият болуп, сактануусу зарыл болгон эң чоң фитна - аялдардын фитнасы. Ал Исраил урпактары кабылган эң биринчи фитна болгон.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Такыбылыкты бекем кармоого жана дүйнөнүн сырткы көрүнүшүнө жана кооздугуна берилип албоого үгүт, үндөө бар.
 Аялдардын фитнасынан, т.а. аларды кароо, бөтөн эркектер менен аралашып жүрүүсүнө маани бербөө, ж.б.у.с. фитналардан сактануу зарыл.
 Аялдардын фитнасы дүйнөдөгү эң чоң фитна.
-Өткөн үммөттөрдөн сабак, үлгү-өнөк алуу зарыл. Исраил урпактарында болгон нерсе башкаларда да болору мүмкүн.
+Өткөн үммөттөрдөн сабак, үлгү-өрнөк алуу зарыл. Исраил урпактарында болгон нерсе башкаларда да болору мүмкүн.
 Аялдардын фитнасы мындай: эгер аял жубайы болсо, ал күйөөсүн таакаты жетпеген каржыга мажбурлап, аны дин иштеринен алагды кылат. Дүйнө талап кылуу иштери менен аны чарчатат. Эгер бөтөн аял болсо, алардын фитнасы, сыртка чыкканда жана эркектерге аралашканда, аларды азгырып, туура жолдон тайдыруу менен болот, айрыкча, алар ачык кийинген жана жасанып алган аялдар болсо. Бул зынанын ар кайсы түрүнө алып барат. Ыймандуу адамга Аллахка таянуу жана аялдардын фитнасынан сактоону Андан сурануу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3053</t>
   </si>
   <si>
     <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Аллахтын Элчиси, саллаллаху алейхи уа салламга, биз кыйынчылыкта да, жеңилдикте да, даяр турганыбызда да, жактырбай турганыбызда да (башчыны) угуп, моюн сунууга, бизге каршы терс таасир этсе да жана бир иште алар менен талашып-тартышпашыбызга жана кайда болсок дагы Аллахтын ыраазычылыгы үчүн айыптоочунун жемелөөсүнөн коркпой чындыкты айтууга байъат (2) бердик</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Убада бин Ас-Самит, радыяллаху анху, айтты: "Аллахтын Элчиси, саллаллаху алейхи уа салламга, биз кыйынчылыкта да, жеңилдикте да, даяр турганыбызда да, жактырбай турганыбызда да (башчыны) угуп, моюн сунууга, бизге каршы терс таасир этсе да жана бир иште алар менен талашып-тартышпашыбызга жана кайда болсок дагы Аллахтын ыраазычылыгы үчүн айыптоочунун жемелөөсүнөн коркпой чындыкты айтууга байъат (2) бердик".</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, жеңил жана оор шарттарда, байыган кезде жана жакырчылыкта башчыларга жана өкүмдарларга моюн сунуу үчүн сахабалардан келишимдерин жана убадаларын алды. Ал башчылардын буйруктары напси жактырган нерседе болобу же жек көргөн нерседе болобу, мейли алар элдин акчасы менен, мансап же андан башка нерселер менен элди башкарып, көзөмөлдөп турса дагы, аларды угуу, аларга баш ийүү важиб. Адамдар аларга каршы көтөрүлүшкө чыгышпасын. Анткени алар менен күрөшүүдөгү фитна жана бузукулук алардын зулуму себептүү болгон бузукулуктан да чоң жана зыяндуу. Алар айыптоочулардан коркпой, Аллахка чын ыкластуу болуп, каалаган жерде чындыкты айтууга убада кылышкан.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Башчыларды угуунун жана моюн сунуунун пайдасы – мусулмандарды бириктирүү жана бөлүнүүнү таштоо.
 Кыйынчылыкта да, жеңилдикте да, даяр турган абалда да, жактырбай турган абалда да, терс таасир этип каршы өкүм кылса да башкаруучуну угуу жана ага баш ийүү важиб.
 Кайсыл жерде болсок дагы Аллах үчүн айыптоочунун жемелөөсүнөн коркпой чындыкты айтуубуз важиб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3061</t>
   </si>
   <si>
     <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) он ирекет намазын эстеп калдым</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
-    <t>Ибн Умар (атасы экөөнө Аллах ыраазы болсун) айтат: "Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) он ирекет намазын эстеп калдым : бешимден мурда эки ирекет, бешимден кийин эки ирекет окуганын. Шамдан кийин үйүндө эки ирекет окуганын. Куптандан кийин да эки ирекет үйүндө окуганын. Дагы багымдат намазынан мурда эки ирекет окуганын. Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жанына кирбей турган да убак бар болчу. Мага Хафса да минтип айткан: Азанчы азан чакырып, таң сүргөндө (пайгамбар) эки ирекет намаз окучу. Башка риваятта: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жума намазынан кийин эки ирекет намаз окур эле - деп келген.</t>
+    <t>Ибн Умар (Аллах алардан ыраазы болсун) айтат: "Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) он ирекет намазын эстеп калдым : бешимден мурда эки ирекет, бешимден кийин эки ирекет окуганын. Шамдан кийин үйүндө эки ирекет окуганын. Куптандан кийин да эки ирекет үйүндө окуганын. Дагы багымдат намазынан мурда эки ирекет окуганын. Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жанына кирбей турган да убак бар болчу. Мага Хафса да минтип айткан: Азанчы азан чакырып, таң сүргөндө (пайгамбар) эки ирекет намаз окучу. Башка риваятта: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жума намазынан кийин эки ирекет намаз окур эле - деп келген.</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
-    <t>Абдуллах бин Умар (аларга Аллах ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) эстеп калган, сунан раватиб деп аталган напил намаздар он ирекет экенин баяндайт. Эки ирекет бешимден мурда, эки ирекет андан кийин. Шамдан кийин үйүндө эки ирекет. Куптандан кийин үйүндө эки ирекет. Багымдаттан мурда эки ирекет. Ушуну менен он ирекет болду. Ал эми жума намазынан кийин эки ирекет окуган.</t>
+    <t>Абдуллах бин Умар (Аллах алардан ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) эстеп калган, сунан раватиб деп аталган напил намаздар он ирекет экенин баяндайт. Эки ирекет бешимден мурда, эки ирекет андан кийин. Шамдан кийин үйүндө эки ирекет. Куптандан кийин үйүндө эки ирекет. Багымдаттан мурда эки ирекет. Ушуну менен он ирекет болду. Ал эми жума намазынан кийин эки ирекет окуган.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Бул раватиб намаздарды ар дайым окуп жүрүү жакшы көрүлгөн амалдардан.
 Сүннөт намаздарды үйдө окуу шариятка ылайык.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Бардык айтымдарынын ишенимдүүлүгүнө макулдашылган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3062</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) түндө турганда, оозун мисвак менен тазалайт эле</t>
   </si>
   <si>
@@ -1340,51 +1340,51 @@
   <si>
     <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>Силердин бириңер башын имамдан мурда көтөрүп алса, Аллах анын башын эшектин башындай, же анын кейпин эшектин кейпиндей кылып коюусунан коркпойбу</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Абу Хурайранын (ага Аллах ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Силердин бириңер башын имамдан мурда көтөрүп алса, Аллах анын башын эшектин башындай, же анын кейпин эшектин кейпиндей кылып коюусунан коркпойбу".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) башын имамдан мурда көтөрүп алган адамга катуу эскертүүнү баян кылган. Аллах анын башын эшектин башындай кылып коюусун, же анын кейпин эшектин кейпиндей кылып коюусун эскерткен.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Имамга уюган кишиде төрт абал болот: анын үчөөсүнө тыюу салынган, булар: алдыга озуп кетүү, аны менен бирдей кылуу, өтө кечигип калуу. Шариятка ылайыгы: имамды ээрчип аткаруу.
-Намазда уюган адам имамды ээрчүүсү важыб.
+Намазда уюган адам имамды ээрчүүсү важиб.
 Имамдан мурда башын өйдө кылган адамдын сүрөтү эшектин сүрөтүнө айланып калат деген жаман убада боло турган иш, бул кубултуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3086</t>
   </si>
   <si>
     <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
   </si>
   <si>
     <t>Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши кыяматтын качан болорун сурап: Кыямат качан болот? - деди. Пайгамбар андан: "Кыяматка эмне даярдыгың бар?" - деп сурады</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
   </si>
   <si>
     <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) бир киши кыяматтын качан болорун сурап: Кыямат качан болот? - деди. Пайгамбар андан: "Кыяматка эмне даярдыгың бар?" - деп сурады.  Тиги киши: Эч нерсе даярдыгым жок. Болгону, Аллахты жана Анын элчисин жакшы көрөм - деди. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Сен кимди жакшы көрсөң, ошону менен биргесиң" - деди. Анас айтат: Аллахтын элчисинин "Сен кимди жакшы көрсөң, ошону менен биргесиң" деген сөзүнө кубангандай буга чейин эч кубанган эмес элек. Анас сөзүн улап минтип айтты: "Мен Аллахтын элчисин, Абу Бакрды, Умарды жакшы көрөм. Алардай жакшы амалдарды көп кылбасам да, аларды жакшы көргөнүм үчүн алар менен бирге болом деп үмүт кыламын".</t>
   </si>
   <si>
     <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
 فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
 فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
 فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
 ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
 ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
   </si>
@@ -1401,59 +1401,59 @@
 أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
 فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
 قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
 توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жооп берүүдөгү даанышмандыгы -  суроочуга акыретке жакшы амалдарды кылып даярдануу керектигин эскерткени.
 Аллах Таалага жолугууга даярданып, жакшы амалдарды аткарып жүрүүсү үчүн Аллах Таала пенделерине кыяматтын качан болорун сыр кылып койгон.
 Аллахты, пайгамбарларды жана саалих адамдарды жакшы көрүү артыкчылыктуу иш. Ал эми мушриктерди жакшы көрүүдөн сак болуу керек.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) "Сен кимди жакшы көрсөң, ошону мененсиң" деген сөзү, орунда жана даражада алар менен бирдейсиң деген маани эмес. Алар сыяктуу сен да бейиште болосуң, бейиште бири-бириңерди көрүүгө мүмкүн деген маанини билдирет.
 Мусулман адам пайдасыз суроолорду берүүдөн оолак болуп, пайдалуу, жакшы иш-амалдарды аткаруу менен алек болуусу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3087</t>
   </si>
   <si>
     <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>Тамак келгенде намаз болбойт жана эки нажас келип калган абалда туруп да намаз окулбайт</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
-    <t>Айша, радыяллаху анха, риваят кылган хадисте, ал айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: "Тамак келгенде намаз болбойт жана эки нажас келип калган абалда туруп да намаз окулбайт".</t>
+    <t>Айша (Аллах андан ыраазы болсун) риваят кылган хадисте, ал айтты: Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: "Тамак келгенде намаз болбойт жана эки нажас келип калган абалда туруп да намаз окулбайт".</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
-    <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, тамак келгенде намаз окуудан тыйган. Анткени намаз окуп жаткан адам тамакты эңсеп, жүрөгү ага байланып калат.
-Ошол сыяктуу эле Аллахтын Элчиси, саллаллаху алейхи уа саллам, эки нажасты; чоң заара жана кичи заара келген абалда намаз окуудан тыйган. Анткени андай учурда намаз окуучу дааратын кармоо менен алек болуп калат.</t>
+    <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) тамак келгенде намаз окуудан тыйган. Анткени намаз окуп жаткан адам тамакты эңсеп, жүрөгү ага байланып калат.
+Ошол сыяктуу эле Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) эки нажасты; чоң заара жана кичи заара келген абалда намаз окуудан тыйган. Анткени андай учурда намаз окуучу дааратын кармоо менен алек болуп калат.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Намаз окуучу намазын баштаардан алдын намаз учурунда аны алаксыта турган нерселердин баарын алып салышы керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3088</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды баштаганда эки колун эки ийининин тушуна чейин көтөрчү</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
     <t>Ибн Умар (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды баштаганда эки колун эки ийининин тушуна чейин көтөрчү.  Рүкү кылуу үчүн такбир айтканда, рүкүдөн башын өйдө кылганда эки колун ошондой көтөрчү. Анан: "Самиъа Аллаху лиман хамидах, роббанаа лакал хамду" деп айтчу. Саждада мындай кылчу эмес.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
@@ -1603,69 +1603,69 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) такбир айтып намазга киришкенден кийин фатиханы окуганга чейин бир азга унчукпай туруп калчу. Б.а. намазды кайсы бир дубаны окуп баштачу. Анын окуган дубасы мындай эле: О, Аллах! Мен менен менин каталарымдын арасын батыш менен чыгыштын арасын узак кылгандай узак кыл! О, Аллах! Ак кийим кирден таза болгондой мени да каталарымдан тазарта көр! О, Аллах! Менин каталарымды кар, суу жана шүүдүрүм менен жуба көр! Ал күнөө кылбастыгы үчүн күнөөлөрү менен анын ортосун чыгыш менен батыш бири-бирине жолуга албагандай эч жолуга албай турган алыс кылгын деп дуба кылган. Кокус ага жолугуп калса б.а. күнөө кылып калса, анда аны ак кийимдин кирин кетирип тазалагандай таптаза кылуусун, күнөөсүн эң жакшы муздак тазалоочу суу, кар жана шүүдүрүм менен тазалагандай тазалап анын табын жана ысыгын кетирүүсүн суранып дуба кылган.</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>Намаз жарыя окулчу намаз болсо да, намазга киришкенде айтылчу бул дуба купуя окулат.
 Сахабалар пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир кыймылына жана унчукпай турганына кызыгып, ошол учурда эмне деп жатканын билүүгө кызыктар болушкан.
 Намазды баштоо дубасынын башкача айтылгандары да бар. Жакшысы, анык пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айткан бул дубалардын баарын билип, кээде бирин, кээде башкасын айтып жүрүүсү керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3104</t>
   </si>
   <si>
     <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>Эгер жаныңдагы адамга жума күнү имам кутба айтып жаткан маалда: "Тынчтанып ук» - десең да, анда куру сөз сүйлөгөн болосуң</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Эгер жаныңдагы адамга жума күнү имам кутба айтып жаткан маалда: "Тынчтанып ук» - десең да, анда куру сөз сүйлөгөн болосуң".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Эгер жаныңдагы адамга жума күнү имам кутба айтып жаткан маалда: "Тынчтанып ук» - десең да, анда куру сөз сүйлөгөн болосуң".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, жума хутбасына келгендер үчүн жума хутбасындагы важиб адептердин бири хутбаны түшүнүү үчүн тынч олтуруп угуу экенин баяндап жатат. Кимде-ким имам хутба айтып жатканда кыска болсо да сүйлөп, башкага: "Тынч бол, ук" - десе, анда жума намазынын пазилетинен куру калган болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жума хутбасына келгендер үчүн жума хутбасындагы важиб адептердин бири хутбаны түшүнүү үчүн тынч олтуруп угуу экенин баяндап жатат. Кимде-ким имам хутба айтып жатканда кыска болсо да сүйлөп, башкага: "Тынч бол, ук" - десе, анда жума намазынын пазилетинен куру калган болот.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
-    <t>Хутба угуп жатканда жамандыктан кайтаруу же саламга алек алуу жана чүчкүргөнгө жооп берүү менен болсо да сүйлөөгө тыюу салынган.
-Мындан тышкары. имамга кайрылган адамга же имам ага кайрылган адамга сүйлөө болот.
+    <t>Хутба угуп жатканда жамандыктан кайтаруу же саламга алик алуу жана чүчкүргөнгө жооп берүү менен болсо да сүйлөөгө тыюу салынган.
+Бир гана имамга кайрылган адамга же имам ага кайрылган адамга сүйлөө болот.
 Зарыл учурда эки кутбанын ортосунда сүйлөөгө уруксат.
-Имам хутба айтып жатканда Пайгамбар, саллаллаху алейхи уа саллам, эскерилсе, анда ал үчүн купуя салават айтыңыз, ошондой эле дубада "аамиин" деп айтсаңыз да болот.</t>
+Имам хутба айтып жатканда Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эскерилсе, анда ал үчүн купуя салават айтыңыз, ошондой эле дубада "аамиин" деп айтсаңыз да болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3107</t>
   </si>
   <si>
     <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
     <t>Силерге Дажжалдын мурдагы пайгамбарлар коомуна айтпаган сыпаттарын айтып берейинби?" Анын көзү сокур. Ал бейиш жана тозок сыяктуу нерсени алып жүрөт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерге Дажжалдын мурдагы пайгамбарлар коомуна айтпаган сыпаттарын айтып берейинби?" Анын көзү сокур. Ал бейиш жана тозок сыяктуу нерсени алып жүрөт.  Анын бейиш дегени тозок болот. Нух пайгамбар аны айтып коомуна эскерткен сыяктуу мен да силерге эскертемин".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына Дажжал тууралуу мурдагы пайгамбарлар айтпаган анын сыпаттары жана белгилери тууралуу кабар берген. Алардын кээ бири булар:
@@ -1719,193 +1719,193 @@
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[Хасан (жакшы)]</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3122</t>
   </si>
   <si>
     <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>Салих жана жаман адам менен отуруунун мисалы, атыр саткан жана көөрүк үйлөгөн адам менен отуруу сыяктуу</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
-    <t>Абу Муса Ашари (ага Аллах ыраазы болсун) айтымында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Салих жана жаман адам менен отуруунун мисалы, атыр саткан жана көөрүк үйлөгөн адам менен отуруу сыяктуу. 
+    <t>Абу Муса Ашари (Аллах андан ыраазы болсун) риваят кылган хадисте пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Салих жана жаман адам менен отуруунун мисалы, атыр саткан жана көөрүк үйлөгөн адам менен отуруу сыяктуу. 
  Атыр саткан адам: же ал сага атырын белек кылат, же сен андан сатып аласың, же жок эле дегенде анын жыпар жыты келип турат. Көөрүк үйлөгөн адам: же ал сенин кийимиңди күйгүзөт, же андан жагымсыз жытты табасың".</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эки түрдүү адамды мисал келтирди:
 Биринчиси: Сөзгө ынак адам жана салих дос, ал Аллахка жана Аллах ыраазы боло турган иштерге багыт берет, Ага баш ийүүгө түрткү болот. Ал атыр саткан адамга окшош, сага атыр бериши мүмкүн, же сен андан атыр сатып аласың, же сен анын жыпар жытын жыттайсың.
 Экинчиси: Жаман жолдош же табакташ. Ал Аллахтын жолунан тыят, күнөө иштерди кылууга түрткү болот. Андан жаман иштерди гана көрөсүң, өзү сыяктуу сенден да жаман иштерди кылууну талап кылат. Ал көөрүк менен отту кызыткан темир уста сыяктуу. Анын  учурган учкунуна кийимиңди күйгүзөсүң, же андан жаман жытты жыттайсың.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
-    <t>Угуучуга маани түшүнүктүү болуусу үчун мисалдарды келтирүүгө болот.
+    <t>Угуучуга маани түшүнүктүү болуусу үчүн мисалдарды келтирүүгө болот.
 Ибадатчыл, салих адамдар менен отуруу. Бузукулардан жана жаман мүнөздүүлөрдөн алыс болуу зарыл. Хадис ушуга үндөп, кызыктырган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3127</t>
   </si>
   <si>
     <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>Жесирге жана жардыга жардам берген адам Аллах жолунда жихад кылгандай же түнү туруп намаз окуп, күндүзү орозо кармагандай (сооп-сый алат)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жесирге жана жардыга жардам берген адам Аллах жолунда жихад кылгандай же түнү туруп намаз окуп, күндүзү орозо кармагандай (сооп-сый алат)".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жесирге жана жардыга жардам берген адам Аллах жолунда жихад кылгандай же түнү туруп намаз окуп, күндүзү орозо кармагандай (сооп-сый алат)".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун), күйөөсү өлүп, ага каралашар эч кими жок аялга жана муктаж болгон жардыга жардам колун сунуп, Алла Тааладан сооп үмүт кылып аларды каржылган киши, Аллахтын жолунда жихадга чыккандай, же чарчабастан түнү тахажуд намазын окуган, күндүзү оозун ачпай орозо кармаган адамдай сооп-сыйга ээ болорун кабарлаган.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун), күйөөсү өлүп, ага каралашар эч кими жок аялга жана муктаж болгон жардыга жардам колун сунуп, Аллах Тааладан сооп үмүт кылып аларды каржылган киши, Аллахтын жолунда жихадга чыккандай, же чарчабастан түнү тахажуд намазын окуган, күндүзү оозун ачпай орозо кармаган адамдай сооп-сыйга ээ болорун кабарлаган.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Хадисте бей-бечаранын кажетин чечүү, кепилдикке алуу жана жардам берүүгө үндөгөн.
 Ибадат бардык ийги иш-амалдарды ичине камтыйт, жесирге жана жардыга жардам берүү да ибадаттын бири болуп саналат.
-Ибн Хубайра минтип айткан: Алла Тааланын ага бир учурда орозо тутуучунун, намаз окуучунун жана жихадга чыгуучунун сооп-сыйын чогуу бергенинин төркүнү мындай, анткени ал жесирге анын күйөөсүнүн ордунда туруп жардам берет..., өзүн эптөөгө алы жетпеген жардыга анын ордуна туруп жардам берет. Азык-түлүктүн артыкчасынан каржылайт. Туруктуулук менен садага берет. Ошол себептен анын пайдасы орозого, намазга жана жихадга тең келет.</t>
+Ибн Хубайра минтип айткан: Аллах Тааланын ага бир учурда орозо тутуучунун, намаз окуучунун жана жихадга чыгуучунун сооп-сыйын чогуу бергенинин төркүнү мындай, анткени ал жесирге анын күйөөсүнүн ордунда туруп жардам берет..., өзүн эптөөгө алы жетпеген жардыга анын ордуна туруп жардам берет. Азык-түлүктүн артыкчасынан каржылайт. Туруктуулук менен садага берет. Ошол себептен анын пайдасы орозого, намазга жана жихадга тең келет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3135</t>
   </si>
   <si>
     <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>Жакшы иш-амалдарды аткарууга шашылгыла. Караңгы түн каптагандай фитна-азгырыктар каптаган заман келет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жакшы иш-амалдарды аткарууга шашылгыла. Караңгы түн каптагандай фитна-азгырыктар каптаган заман келет. Ошондо эрте менен ыймандуу болуп турган адам, кечинде каапыр болуп калат. Кечинде ыйманы менен жүргөн адам, эртең менен каапыр болуп калат. Алар жарыбаган дүйнө кызыкчылыгы үчүн динин сатып жиберишет".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жакшы иш-амалдарды аткарууга шашылгыла. Караңгы түн каптагандай фитна-азгырыктар каптаган заман келет. Ошондо эрте менен ыймандуу болуп турган адам, кечинде каапыр болуп калат. Кечинде ыйманы менен жүргөн адам, эртең менен каапыр болуп калат. Алар жарыбаган дүйнө кызыкчылыгы үчүн динин сатып жиберишет".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандууларды жакшы иш-амалдарды шашылып аткарууга үндөгөн. Аларды жакшы иш-амалдардан алаксыта турган, же такыр эле аткартпай тосо турган фитна, шек-күмөндүү жаман иштер пайда болорун айткан. Ал учур түндөй караңгы, анда чындык менен жалган аралашып кетет. Адамдар ак менен караны ажырата албай калат. Азгырыктын күчтүүлүгүнөн эртең менен эле ыймандуу болуп турган адам, кечинде каапыр болуп калат. Кечинде ыймандуу болуп турган адам, эрте менен каапыр болуп калат. Убактылуу, жок болуп кете турган кайсы бир дүйнө кызыкчылыгы үчүн динин таштап коюшат.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
     <t>Динди бекем кармоо жана тоскоолдук жаратуучу иштер пайда болгончо жакшы иш-амалдарды аткарып калууга шашылуу важиб.
 Акыр заманда түндөй каптаган фитна-бүлгүн иштер көбөйөт. Мындай бузуку фитналардын бири пайда болуп кайра жоголсо, анын артынан экинчиси чыга берет.
 Эгер инсандын дин кармануусу алсыздап, анын каршысына байлыкка кызыгуусу же башка бир дүйнөлүк нерсеге кызыгуусу күчөй берсе, бул анын динден алыстоосуна жана таштап коюусуна, фитна-азгырыкка ээрчип кетүүсүнө себеп болот.
 Бул хадис жакшы иш-амалдар фитна-бүлгүндөн кутулууга себеп болоруна далил.
 Фитна-бүлгүн эки түрдүү болот: биринчиси, шек-күмөн жараткан фитна. Муну илим аркылуу жеңүүгө болот. Экинчиси, шахват, кумар каалоолорун жараткан фитна. Муну бекем ыйман жана сабырдуулук менен жеңүүгө болот.
 Хадисте кимдин жакшы иш-амалдары аз болсо ага фитна бат жетерине ишарат бар. Ал эми кимдин жакшы иш-амалдары көбүрөөк болсо, анысына сыймыктанып жүрүп албай, жакшы ишин дагы көбөйтө бериши керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3138</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Йа муколлибал кулууби саббит колби алаа дииника" (Эй, жүрөктөрдү калчоочу Аллах, менин жүрөгүмдү динге бекем кыл)</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Йа муколлибал кулууби саббит колби алаа дииника" (Эй, жүрөктөрдү калчоочу Аллах, менин жүрөгүмдү динге бекем кыл)"  - деп көп дуба кылчу. Мен: "О, Алахтын элчиси, биз сизге жана сиз алып келген динге ыйман келтирдик. Ошентсе да биз үчүн коркосузбу?" - деп сурадым. Ал: "Ооба, жүрөктөр Аллахтын манжаларынан эки манжасынын арасында турат. Кандай кааласа ошондой калчайт" - деди.</t>
+    <t>Анас (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Йа муколлибал кулууби саббит колби алаа дииника" (Эй, жүрөктөрдү калчоочу Аллах, менин жүрөгүмдү динге бекем кыл)"  - деп көп дуба кылчу. Мен: "О, Алахтын элчиси, биз сизге жана сиз алып келген динге ыйман келтирдик. Ошентсе да биз үчүн коркосузбу?" - деп сурадым. Ал: "Ооба, жүрөктөр Аллахтын манжаларынан эки манжасынын арасында турат. Кандай кааласа ошондой калчайт" - деди.</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) динге жана таат-ибадатка бекем кылуусун жана туура жолдон тайып кетүүдөн, адашуудан сактоосун сурап Аллахка көп дуба кылчу. Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип көп дуба кылганына Анас (ага Аллах ыраазы болсун) таң калып, анын жөнүн сураганда пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын жүрөктөрү Аллахтын эки манжасынын ортосунда турарын, Аллах аларды каалагандай калчарын айтып түшүндүрөт. Жүрөк ыйман менен каапырлыктын чеги. Жүрөктү арапча "колбун" дейт, мааниси ары-бери өзгөрүп туруучу дегенди туюндурат. Жүрөктүн өзгөрүүсү казан кайнап ашып кеткенден да бат өзгөрүп турат. Аллах кимди кааласа, анын жүрөгүн туура жолго багыттап, динде туруктуу кылат. Кимди кааласа, анын жүрөгүн туура жолдон тайдырып, адаштырат.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) динге жана таат-ибадатка бекем кылуусун жана туура жолдон тайып кетүүдөн, адашуудан сактоосун сурап Аллахка көп дуба кылчу. Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип көп дуба кылганына Анас (Аллах андан ыраазы болсун) таң калып, анын жөнүн сураганда пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын жүрөктөрү Аллахтын эки манжасынын ортосунда турарын, Аллах аларды каалагандай калчарын айтып түшүндүрөт. Жүрөк ыйман менен каапырлыктын чеги. Жүрөктү арабча "колбун" дейт, мааниси ары-бери өзгөрүп туруучу дегенди туюндурат. Жүрөктүн өзгөрүүсү казан кайнап ашып кеткенден да бат өзгөрүп турат. Аллах кимди кааласа, анын жүрөгүн туура жолго багыттап, динде туруктуу кылат. Кимди кааласа, анын жүрөгүн туура жолдон тайдырып, адаштырат.</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтан коркуп, Ага катуу берилип жалбарган жана үммөтүн да ушундай жалбарып дуба кылууга чакырган.
 Динде туруктуу жана бекем болуу зарыл, анткени натыйжа эң акыркы амалдарга тиешелүү болот.
 Аллах колдоп, туруктуу кармап турбаса, пенде Исламда көз ирмемчелик да тура албайт.
 Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана макоосу болсун) өрнөк алып, жогорудагы дубаны көп айтышыбыз керек.
 Динде бекем болуп, туруктуу жүрүү - бул Аллахтын пендесине берген чоң нээмат жакышылыгы. Бул үчүн пенде Аллахка шүгүр кылып, алкыш-мактоо айтууга тийиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3142</t>
   </si>
   <si>
     <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>Эгерде бирөөңөрдүн идишине ит башын салса, ал идишти жети жолу жууп тазаласын</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
-    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде бирөөңөрдүн идишине ит башын салса, ал идишти жети жолу жууп тазаласын".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде бирөөңөрдүн идишине ит башын салса, ал идишти жети жолу жууп тазаласын". Муслимдин риватында: "Жетинин биринчисин топурак менен тазаласын" - деп айтылган.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ит жалаган идишти жети жолу жууп тазалоого буйруган. Жетинин биринчисинде идишти топурак менен тазалап алуу керек. Андан кийин суу менен жууса ыплас, зыяндуу микробдордон тазаланат.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>Иттин шилекейи оор нажас (өтө ыплас).
 Ит жалаган идиш да, андагы суу да ыплас болот.
 Топурак менен тазалап, анан жети жолу жуу иттин шилекейи тийген нерсеге тиешелүү. Анын тезегине, сийдигине ж.б. булганычтарына эмес.
 Идишти топурак менен тазалоо мындай таризде болот: алгач идишке топуракты салат, анан анын үстүнө бир аз суу куюп, эзилген ылай менен идишти ышкап жууйт.
 Хадисте айтылган өкүм бардык иттерге тиешелүү. Шариятта аңчылык кылууга, кароолчулукка жана кайтаруучулук үчүн багууга уруксат берилген иттерге да тиешелүү.
 Самын ж.б. идиш жуучу каражаттар топурактын ордуна өтпөйт. Анткени, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) топурак деп баса белгилеп айткан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3143</t>
@@ -2113,51 +2113,51 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким Аллах жолунда шейит болуп өлүүнү Аллахка чын ыкласы менен ниет кылса, Аллах Таала анын чын ниети үчүн эгер ал төшөгүндө жатып өлсө да шейиттердин даражасын берерин айткан.</t>
   </si>
   <si>
     <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
 الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
 إكرام الله تعالى لهذه الأمة، فهو يعطيها بقليل من العمل أعلى الدرجات في الجنة.</t>
   </si>
   <si>
     <t>Чыныгы ниет жана чамасынын жетишинче аракет кылуу - аракетине толук жете албаса да максат кылган сооп-сыйлыкка жетүүгө себеп болот.
 Жихадга жана шейиттикти үмүт кылууга үндөгөн.
 Аллах Таала мусулман үммөтүн урматтаган. Аз гана амал үчүн бейиштеги улук даражаларды берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3157</t>
   </si>
   <si>
     <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
   </si>
   <si>
     <t>Аллах Таалага таза, күнөөсү жок жолугуусу үчүн ыймандуу эркектин жана ыймандуу аялдын өзүнө, балдарына жана мал-мүлкүнө ар кандай балээ, сыноолор боло берет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таалага таза, күнөөсү жок жолугуусу үчүн ыймандуу эркектин жана ыймандуу аялдын өзүнө, балдарына жана мал-мүлкүнө ар кандай балээ, сыноолор боло берет".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таалага таза, күнөөсү жок жолугуусу үчүн ыймандуу эркектин жана ыймандуу аялдын өзүнө, балдарына жана мал-мүлкүнө ар кандай балээ, сыноолор боло берет".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: ыймандуу эркек-аялдарга алардын өзүнө тиешелүү, мисалы, ден-соолугуна, дене-мүчөлөрүнө же балдарына тиешелүү, мисалы, ооруп калуу, кайтыш болуп калуу, ата-энесине  моюн сунбай коюу, же мал-мүлкүнө тиешелүү, мисалы, жетишсиздик, соодасынын жүрүшпөй калуусу, мал-мүлкүн ууруга алдырып жиберүү, ырыскысынын аздыгы сыяктуу ар түрдүү балээ, сыноолор боло берет. Мунун баарын Аллах Таала алардын күнөө-каталарын кечирип, кыяматта Ага эч кандай күнөөсү жок, таза жолугуулары үчүн ушинтет.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Ыймандуу адамдардын күнөө-каталарын бул дүйнөнүн кыйынчылыктары аркылуу өчүрүп тазалаганы - Аллах Тааланын аларга кылган ырайымы.
 Балээ, сыноолордун күнөөлөрдү өчүрүүсүнө адамдын ыймандуу болуусу шарт. Пенде кыйынчылыктарга ачууланбастан сабыр кылса, соопко ээ болот.
 Өзүнө жаккан иште да, жакпаган иште да баарына  сабырдуу болуу кажет. Аллахтын буйругун аткаруу үчүн сабырдуу болуу керек. Аллах тыйган нерседен алыс болуу үчүн сабырдуу болуу керек. Аллахтан сооп үмүт кылып, Анын азабынан коркуу керек.
 "Ыймандуу эркек жана ыймандуу аял" деп аялзатын кошуп айтканы, аялдарга тиешелүү сөзүн бекемдөө үчүн айтылган.  Анткени, "ыймандуу эркек" деп айткан сөзүнө аялдар да кирет, бул эркекке гана тиешелүү эмес. Аял кишилерге да кандайдыр бир балээ, сыноолор болсо, ошол себептүү алардын да күнөө-катасы кечирилет.
 Пенденин кыйынчылыктарын улам-улам жеңилдеткен нерсе балээлерден пайда болгон артыкчылык.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3159</t>
   </si>
   <si>
@@ -2290,80 +2290,80 @@
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгы бүткүл ааламга жалпы тиешелүү экендигин, аны ээрчүү да баарына бирдей важыб болгондугун жана анын шарияты келгенден кийин башка шарияттардын баары күчүн жоготкондугун билдирет.
 Пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) ишенбеген адамга, анын андан башка пайгамбарларга (аларга Аллахтын тынчтыгы болсун) ишенем деген ою эч кандай пайда бербейт.
 Пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) укпаган жана Ислам даават, чакырыгы жетпеген адамдар кечиримдүү (себептүү). Акыретте аларга кандай өкүм чыгаруу Аллахтын колунда.
 Өлүмгө аз калган учурда болсо да, катуу ооруп жаткан учурунда болсо да, өлүм сааты кекиртекке келгенге чейин Исламды моюндап пайдаланып калуу зарыл.
 Каапырлардын динин, анын ичинде яхудий жана христиандардын динин да туура деп эсептөө - каапырлык.
 Хадисте яхудий жана христиандарды айткан себеби, башкаларга эскертүү. Анткени, яхудий жана христиандардын (илахий, асман) китеби бар. Китеби бар диндер ушундай болгон соң, булардан башка китепсиз "диндер" андан бетер экени маалым. Булардын баарына пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) динине кирип, ага моюн сунуу важиб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3272</t>
   </si>
   <si>
     <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>Мурутуңарды кыскарткыла жана сакалыңарды өстүргүлө</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
-    <t>Ибн Умар, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Мурутуңарды кыскарткыла жана сакалыңарды өстүргүлө".</t>
+    <t>Ибн Умар (Аллах алардан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Мурутуңарды кыскарткыла жана сакалыңарды өстүргүлө".</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мурутту өстүрбөй алууга, кыскартууга буйруган жана кыскартууга катуу көңүл бурган.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мурутту өстүрбөй алууга, кыскартууга буйруган жана кыскартууга катуу көңүл бурган.
 Сакалды өстүрүүгө жана кенен калтырууга буйруган хадистери өтө көп кездешет.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Сакалды кырууга тыюу салынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3279</t>
   </si>
   <si>
     <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>Момундун ишине таң каламын. Анын бардык иши жакшылык. Мындай момун үчүн гана болот</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
-    <t>Сухайб (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Момундун ишине таң каламын. Анын бардык иши жакшылык. Мындай момун үчүн гана болот. Эгер ага кубаныч болсо, ага шүгүр кылат. Бул ал үчүн жакшы. Эгер ага зыян болсо, ага сабыр кылат. Бул да ал үчүн жакшы».</t>
+    <t>Сухайб (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Момундун ишине таң каламын. Анын бардык иши жакшылык. Мындай момун үчүн гана болот. Эгер ага кубаныч болсо, ага шүгүр кылат. Бул ал үчүн жакшы. Эгер ага зыян болсо, ага сабыр кылат. Бул да ал үчүн жакшы».</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандуу адамдын абалына ыраазы болуу менен таң калганын айткан; анткени, анын ар бир абалы ал үчүн жакшылык. Мындай жакшылык ыймандуулардан башкаларда болбойт. Эгер кубанычка бөлөнсө, ал үчүн Аллахка шүгүр кылат; шүгүр кылганы үчүн соопко ээ болот. Эгер кыйынчылыкка кабылса, сабыр кылат. Аллахтан сооп күтөт. Сабыр кылганы үчүн соопко ээ болот. Ошентип ал кандай абалга кабылбасын баары бир соопко ээ болот.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
     <t>Кубанычка шүгүр, кыйынчылыкка сабыр кылуу артыкчылыктуу иштерден. Мындай кылган адамдарга дүйнө жана акыреттин жакышылыгы болот. Ал эми ким кубанычка шүгүр кылбаса жана кыйынчылыкка сабыр кылбаса, сооптон куру калат. Тескерисинче, ага жамандык жетет.
 Ыймандын артыкчылыгы ушунда, мындай учурлардын баарында ыймандуу адамга гана сооп жазылат.
 Кубанычка шүгүр кылуу жана кыйынчылыкка сабыр кылуу - ыймандуу адамдардын белгиси.
 Аллахтын тагдырына ишенүү - ыймандуу адамды бардык абалды ыраазылык менен кабыл ала турган кылат.  А ыймансыз адам тескерисинче, ага кандай зыян болбосун дайыма нааразы болуп жүрөт. А эгер ага Аллахтын кайсы бир жакшылыгы болсо, аны ал күнөө иштерге жумшап, ал аны Аллахка таат-ибадат кылуудан алек кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3298</t>
   </si>
   <si>
@@ -2479,51 +2479,51 @@
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жунубдуктан жуунмакчы болгондо, колдорун жуудан баштаган. Кийин намазга даарат алгандай даарат алган. Андан кийин бүт денесине суу куйган. Кийин чачтарынын арасына колун салган. Чачтарынын түбүнө, терисине чейин суу жетти деп ишенгенге чейин колун салып аралаткан. Башына сууну үч жолу куйган, анан бүт денесине суу куюп жууган. Айша (Аллах андан ыраазы болсун) айтат: Мен, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) экөөбүз тең чогу сузуп алып, бир идиштен жуунат элек.</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Жуунуу эки түрдүү болот: Толук жуунуу, жарым-жартылай жуунуу. Жарым-жартылай жууну дегени, мында киши тазаланууну (дааратты) ниет кылат, анан оозу, мурдун чайкоо менен бирге бүт денесине суу тийгизет. Ал эми толук жуунуу дегени, жогорудагы хадисте айтылган пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жуунуусундай жуунуу.
 Уруктук суусу түшкөндө, же жыныстык катнаш кылып, бирок уруктугу түшпөсө да жунубдук пайда болот.
 Жубайлар бири-биринин авретин караса жана бир идиштен жуунса жайыз.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3316</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөндө колун же кийиминин бир учун оозуна тосуп, ошо менен үнүн басаңдатчу</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөндө колун же кийиминин бир учун оозуна тосуп, ошо менен үнүн басаңдатчу.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөндө колун же кийиминин бир учун оозуна тосуп, ошо менен үнүн басаңдатчу.</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөндө мындай кылчу:
 Биринчи: колу же кийиминин бир учу менен оозун жапчу; муну оозунан же мурдунан жанындагыларды иренжите турган нерселер чыгып кетпеши үчүн ушундай кылчу.
 Экинчи: үнүн акырын чыгарчу, катуу чыгарчу эмес.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) чүчкүргөн адамга көрсөткөн өрнөгү жана аны так ошондой аткаруу зарылдыгы айтылган.
 Чүчкүргөн учурда башкаларды иренжитпеш үчүн кол менен же колаарчы менен оозду жабуу жакшы.
 Ошондой эле чүчкүргөндө үндү акырын чыгаруу керек. Бул адептүүлүктү жана жакшы ахлакты билдирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3317</t>
   </si>
   <si>
@@ -2550,65 +2550,64 @@
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Пайгамбарлардын жана салихтердин мүрзөлөрүн Аллах үчүн намаз окулуучу мечит кылып алуудан Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) тыйды. Анткени бул ширкке алып баруучу жол.
 Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) бул ишке катуу көңүл буруусу, анын тавхидке болгон камкордугу жана кабырларды улуктоодон коркушу. Анткени бул ширкке алып барат.
 Яхудийлерге, христиандарга жана алар сыяктуу мүрзөлөрдү куруп, аларды мечит кылып алгандарга каргыш айтууга уруксат.
 Мүрзөлөргө курулуш куруу яхудийлердин жана христиандардын үрп-адаттарынын бири. Ал эми бул хадисте аларга окшошууга тыюу салынган.
 Мечит курулбаса да, кабырларды намаз окуучу жай кылып алуудан жана кабырда намаз окуудан тыюу салынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3330</t>
   </si>
   <si>
     <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Кыйратуучу жети күнөөдөн алыс болгула». Ошондо сахабалар:  «Оо, Аллахтын элчиси! Алар кайсылар?» — деп сурашты. Аллахтын элчиси: «Аллахка ширк кылуу, сыйкырчылык, Аллах өлтүрүүнү арам кылган жанды эч бир акысыз өлтүрүү, сүткорлук кылуу, жетимдин мал-мүлкүн жегендик, согуш учурунда артка качуу жана күнөө кылуудан капилетте калган, абийирдүү жана ыймандуу аялдарга бузуку деп жалаа жабуу» - деп айтты</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте
-Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Кыйратуучу жети күнөөдөн алыс болгула». Ошондо сахабалар:  «Оо, Аллахтын элчиси! Алар кайсылар?» — деп сурашты. Аллахтын элчиси: «Аллахка ширк кылуу, сыйкырчылык, Аллах өлтүрүүнү арам кылган жанды эч бир акысыз өлтүрүү, сүткорлук кылуу, жетимдин мал-мүлкүн жегендик, согуш учурунда артка качуу жана күнөө кылуудан капилетте калган, абийирдүү жана ыймандуу аялдарга бузуку деп жалаа жабуу» - деп айтты».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Кыйратуучу жети күнөөдөн алыс болгула». Ошондо сахабалар:  «Оо, Аллахтын элчиси! Алар кайсылар?» — деп сурашты. Аллахтын элчиси: «Аллахка ширк кылуу, сыйкырчылык, Аллах өлтүрүүнү арам кылган жанды эч бир акысыз өлтүрүү, сүткорлук кылуу, жетимдин мал-мүлкүн жегендик, согуш учурунда артка качуу жана күнөө кылуудан капилетте калган, абийирдүү жана ыймандуу аялдарга бузуку деп жалаа жабуу» - деп айтты».</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
-    <t>Аллахтын элчиси, саллаллаху алейхи уа саллам, үммөтүн жети кыйратуучу күнөөлөрдөн алыс болууга буйруп жатат. Жана андан күнөөлөр жөнүндө «алар кайсылар?» деп суралганда төмөндөгүчө баяндады:
+    <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүн жети кыйратуучу күнөөлөрдөн алыс болууга буйруп жатат. Жана андан күнөөлөр жөнүндө «алар кайсылар?» деп суралганда төмөндөгүчө баяндады:
 Биринчиси: Аллах Таалага ширк кылуу. Бул бир нерсенин кандай түрү болбосун Аллах Таалага окшотуу жана Аллах Тааланы ал нерселерге окшоштуруу менен Ага шерик кошуу. Ибадаттарды Аллахтан башкага кылуу. Аллахтын элчиси, саллаллаху алейхи уа саллам, ширктен баштады. Анткени бул күнөөлөрдүн эң чоңу.
 Экинчиси: Сыйкырчылык. Бул түйүндү дубалоо, кара дуба окуу, дары-дармектерди дубалап коюу жана түтөткү түтөтүү. Бул нерселер адамга өлүм же оору менен зыян берет же күйөөсү менен аялын ажыраштырат. Бул сыйкыр шайтандын иши. Сыйкырдын көпчүлүгүнө ширк кылуу менен, жиндердин жакшы көргөн нерселери аркылуу жиндерге жакын болуу менен гана сыйкырчылыка жетишүүгө болот.
 Үчүнчүсү: Аллах өлтүрүүнү арам кылган жанды эч бир акысыз өлтүрүү. Өлтүрүү шарияттагы себеп (1) менен болсо гана казы сот аркылуу ишке ашырат.
 Төртүнчүсү: Сүткорлук кылуу. Бул сүткорлук менен жан багуу же андан башка иштерде сүткорлук менен пайда алып келүү.
 Бешинчиси: Жетимдин мал-мүлкүн жегендик. Бул бойго жете элек, атасы каза болгон жетимдин байлыгын зулумдук менен пайдалануу.
 Алтынчы: Согуш учурунда артка качуу. Бул каапырлар менен болгон согушта артка качуу.
 Жетинчиси: Күнөө кылуудан капилетте калган, абийирдүү жана ыймандуу аялдарга бузуку деп жалаа жабуу. Бул күнөөдөн таза аялдарды жана эркектерди зынакор деп жалаа жабуу.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Чоң күнөөлөр хадисте эскерилген жети күнөөгө чектелбейт. Хадисте эскерилген күнөөлөр өтө чоң жана өтө коркунучтуу болгондуктан өзгөчөлөнүп эскерилди.
 Кисас(1), ридда(2), үйлөнгөн адамдын зына кылуусу ж.б.у. с. себептер менен адамды өлтүрүүгө укуктуу кылат жана өлүм жазасын казылар гана ишке ашырышат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3331</t>
   </si>
   <si>
     <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Оо, Аллах, менин кабырымды адамдар сыйына турган эстеликке (идол) айлантпа. Аллах пайгамбарларынын кабырын мечитке айланткан коомду каргыштады</t>
   </si>
@@ -2915,57 +2914,57 @@
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Сахих бимажмуъи тарикихи (бардык тарабынан ишенимдүү хадис)]</t>
   </si>
   <si>
     <t>[Абу Дауд менен ан-Насааи "Ал-Кубро" китебинде жазып калтырган жана Ахмад дагы жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3352</t>
   </si>
   <si>
     <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>Чынында, Аллах кызганат. Чынында ыймандуу пенде да кызганат.  Аллахтын кызгануусу ыймандуу пенде Анын тыюу салган ишине барганда болот</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, Аллах кызганат. Чынында ыймандуу пенде да кызганат.  Аллахтын кызгануусу ыймандуу пенде Анын тыюу салган ишине барганда болот".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынында, Аллах кызганат. Чынында ыймандуу пенде да кызганат.  Аллахтын кызгануусу ыймандуу пенде Анын тыюу салган ишине барганда болот".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандуу пенде кызганып, жек көрүп, жийиркенген сыяктуу Алла Таала да кызганарын, жек көрөрүн жана жийиркенерин кабарлаган.  Алла Таалынын кызгануусуна, ыймандуу пенденин арак ичүү, уурулук кылуу, бачабаздык кылуу, зына жана башка ушулар сыяктуу Аллах тыюу салган ыплас иштерге баруусу себеп болот.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандуу пенде кызганып, жек көрүп, жийиркенген сыяктуу Аллах Таала да кызганарын, жек көрөрүн жана жийиркенерин кабарлаган.  Аллах Таалынын кызгануусуна, ыймандуу пенденин арак ичүү, уурулук кылуу, бачабаздык кылуу, зына жана башка ушулар сыяктуу Аллах тыюу салган ыплас иштерге баруусу себеп болот.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Анын арам чектерин бузууда Аллахтын каарынан жана азабынан сактануу зарылдыгы айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3354</t>
   </si>
   <si>
     <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>Силерден мурдагылардын жолун изме-из, карышма-карыш ээрчийсиңер</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
     <t>Абу Саид ал-Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерден мурдагылардын жолун изме-из, карышма-карыш ээрчийсиңер.  Атүгүл, алар кескелдириктин ийнине кирсе, силер да аларды ээрчип киресиңер". Биз: О, Аллахтын элчиси, сиз жөөттөр менен христиандарды айтып жатасызбы? - деп сурадык. Ал: "Алардан башка кимди айтмак элем?!" - деди.</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
@@ -3004,51 +3003,51 @@
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтан жана анын ысым-сыпаттарынан башкага ант ичкен адам Аллахка каапырлык кылганын же ширк кылганын кабар берип жатат. Себеби ант ичүү ант ичкен нерсени улуктоону талап кылат. Чындыгында, бардык улуулук Жалгыз Аллахка гана таандык. Ошондуктан бир гана Аллахка же анын ысым-сыпаттары менен гана ант ичүүгө болот. Аллахтан башкага ант ичүү кичине ширк (2) болот. Эгерде ант ичкен адам ант ичкен нерсесин Аллахты улуктагандай же андан ашырып улуктаса, анда ал учурда чоң ширк болот.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Улуктап ант ичүү Аллах Тааланын акысы болгондуктан, Аллах жана анын ысым-сыпаттары менен гана ант ичүүгө болот.
 Сахабалар жакшылыкка чакырып жамандыктан кайтарууга өтө дилгир болушкан, өзгөчө ал каапырлыкка же ширкке байланыштуу жаман иштер болсо.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3359</t>
   </si>
   <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>Ыймандуу болмоюнча бейишке кире албайсыңар жана бири-бириңди жакшы көрмөйүнчө ыймандуу боло албайсыңар. Оболу, мен силерге бир нерсени айтайын, эгер ошону аткарсаңар бири-бириңерди жакшы көрөсүңөр: "Араңарда саламды жайылткыла</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ыймандуу болмоюнча бейишке кире албайсыңар жана бири-бириңди жакшы көрмөйүнчө ыймандуу боло албайсыңар. Оболу, мен силерге бир нерсени айтайын, эгер ошону аткарсаңар бири-бириңерди жакшы көрөсүңөр: "Араңарда саламды жайылткыла".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ыймандуу болмоюнча бейишке кире албайсыңар жана бири-бириңди жакшы көрмөйүнчө ыймандуу боло албайсыңар. Оболу, мен силерге бир нерсени айтайын, эгер ошону аткарсаңар бири-бириңерди жакшы көрөсүңөр: "Араңарда саламды жайылткыла".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бейишке ыймандуулар гана кирерин баяндаган. Ошондой эле бири-бирин жакшы көрмөйүнчө ыйман толук болбостугун, мусулман коомчулугунун абалы оңолбостугун айткан. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) махабатты пайда кыла турган иштердин эң жакшысына багыт берди. Ал Аллах Таала пенделери үчүн учурашуучу сөз кылып койгон салам айтууну мусулмандардын арасына жайылтуу.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Бейишке кирүү ыйман аркылуу гана болот.
 Өзүнө каалаган нерсени башка мусулман бир тууганына да каалоо мусулмандын ыйманынын толуктугунан кабар берет.
 Адамдардын арасында аманчылыкты жана махабатты пайда кылганы үчүн, мусулмандарга саламды жайылтуу жана көп айтуу жакшы.
 Мусулман адамга гана салам айтылат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "араңарда" деп  баса белгилеп айткан.
 Салам айтуу - мамиленин үзүлүүсү, бири-биринен алыстоо жана касташуунун алдын алат.
 Мусулмандардын ортосунда махабаттын болуусу зарыл, анткени ал ыймандын толуктугунан.
 Башка хадисте салам айтканда: "Ассаламу алайкум ва рахматуллохи ва баракатух" деп айтуу саламдын толугу экени, ал эми: "Ассаламу алайкум" десе деле жетиштүү болору айтылган.</t>
@@ -3148,69 +3147,69 @@
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Силер уккан үн мындан жетимиш жыл мурда тозоктун кырынан ыргытылган таш, ал учуп барып тозоктун түбүнө азыр түшкөнүн силер уктуңар деди.</t>
   </si>
   <si>
     <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
 استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
 إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
   </si>
   <si>
     <t>Акырет күнүнө ийги иш-амалдарды кылып даярдануу жана тозоктон сактануу зарыл.
 Адамдын илими жетпеген нерсени Аллахка калтырганы жакшы.
 Айткан сөзү түшүнүктүү болуусу үчүн мугалим  угуучулардын көңүлүн, назарын өзүнө буруп алуусу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3370</t>
   </si>
   <si>
     <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Бир киши Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көз алдында сол колу менен тамак жеди эле, ал: "Оң колуң менен жегин" - деди. Тиги: (Оң колум менен) жей албаймын - деди. "Анда жей албай калгын</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
-    <t>Салама бин ал-Акваъ (ага Аллах ыраазы болсун) айтат: Бир киши Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көз алдында сол колу менен тамак жеди эле, ал: "Оң колуң менен жегин" - деди. Тиги: (Оң колум менен) жей албаймын - деди. "Анда жей албай калгын"  - деди. (Анткени) тиги текеберленип ошенткен болчу. Ошентип ал колун оозуна жеткире көтөрө албай калды.</t>
+    <t>Салама бин ал-Акваъ (Аллах андан ыраазы болсун) айтат: Бир киши Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көз алдында сол колу менен тамак жеди эле, ал: "Оң колуң менен жегин" - деди. Тиги: (Оң колум менен) жей албаймын - деди. "Анда жей албай калгын"  - деди. (Анткени) тиги текеберленип ошенткен болчу. Ошентип ал колун оозуна жеткире көтөрө албай калды.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сол колу менен жеп жаткан адамды көрүп, аны оң колу менен жегенге буйруду. Тиги киши текебердик менен оң колу менен жей албастыгын айтып жалган сүйлөйт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага оң колу менен тамак жей албай калуусун тилеп дуба кылат. Аллах Таала пайгамбарынын дубасын кабыл кылып, тиги кишинин оң колу шал болуп, ошондон кийин ал колу тамагын же суусундугун оозуна чейин көтөрө албай калат.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
-    <t>Тамакты оң кол менен жеген важыб, сол кол менен жеген арам.
+    <t>Тамакты оң кол менен жеген важиб, сол кол менен жеген арам.
 Шарият өкүмдөрүн аткарууда текеберлик кылуу, мындай кылган кишини жазага ылайык кылат.
 Аллах Таала пайгамбарынын дубасын кабыл кылуу менен аны урматтайт.
 Жакшылыкка үндөп, жамандыктан тыюуну бардык учурда  аткаруу керек, атүгүл, тамактанган учурда да.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3372</t>
   </si>
   <si>
     <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>Ким туура жолго чакырса, ал аны ээрчиген адамдардай эле сооп алат, мындан тигилердин сообу да кемип калбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким туура жолго чакырса, ал аны ээрчиген адамдардай эле сооп алат, мындан тигилердин сообу да кемип калбайт . Ал эми ким адашууга чакырса, аны ээрчип адашкандардын күнөөсүндөй күнөөгө батат, мындан тигилердин күнөөсү да кемибейт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Ким адамдарды туура жолго колу менен болобу, тили менен болобу багыт берип үндөсө, же кызыктырса, аны ээрчиген адамдар ала тургандай соопко ээ болорун, мындан ал көрсөткөн жолго түшкөндөрдүн сообу кемибестигин баяндап айткан. Ал эми ким адамдарды колу менен же тили менен, күнөөгө же адал эмес иштерге алып бара турган туура эмес жаман жолго багыт берип, жол көрсөтсө, аны ээрчиген адамдар ала тургандай күнөөгө ээ болот. Мындан ал көрсөткөн жолго түшүп алгандардын күнөөсү да кемибейт.</t>
@@ -4020,60 +4019,60 @@
 Аллахтын жазасы заалымга заалымдыгы үчүн, ал эми ага унчукпаган адамга, мүмкүнчүлүгү болуп туруп аны жамандыктан тыйбаганы үчүн болот.
 Жалпы элге Куран тексттерин туура түшүндүрүп, таалим берүү зарыл.
 Куран аяттарын Аллах айткан мааниден башкача түшүнүп албоосу үчүн адамдарга аны туура түшүнүүгө жардам берүү кажет.
 Туура жолго түшүү жакшылыкка чакырып, жамандыктан кайтарууну таштоо менен ишке ашпайт.
 Жогорудагы аяттын туура чечмеленүүсү мындай: өзүңөрдү күнөө иштерден сактагыла. Эгер өзүңөрдү сактасаңар, адашкандарды жакшылыкка чакырып, жамандыктан кайтарууга чамаңар жетпесе, алардын адашканы силерге зыянын тийгизбейт.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Абу Дауд, ат-Тирмизи, ан-Насааи "Ал-Кубро" китебинде жазып калтырган жана Ибн Маажа менен Ахмад да жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3470</t>
   </si>
   <si>
     <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Кимде-ким мага эки жаагы менен эки бутунун ортосундагы (мүчөлөрүн күнөөлөрдөн) сактаймын деп кепилдик берсе, анда мен анын Бейишке кирүүсүнө кепилдик беремин</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
-    <t>Сахл ибн Саьд, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким мага эки жаагы менен эки бутунун ортосундагы (мүчөлөрүн күнөөлөрдөн) сактаймын деп кепилдик берсе, анда мен анын Бейишке кирүүсүнө кепилдик беремин».</t>
+    <t>Сахл ибн Саьд (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Кимде-ким мага эки жаагы менен эки бутунун ортосундагы (мүчөлөрүн күнөөлөрдөн) сактаймын деп кепилдик берсе, анда мен анын Бейишке кирүүсүнө кепилдик беремин».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам, мусулман адам эки нерсеге бекем болсо, бейишке кирерин кабарлап жатат.
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман адам эки нерсеге бекем болсо, бейишке кирерин кабарлап жатат.
 Биринчиси: Тилди Аллахтын каарын келтире турган сөздөрдөн сактоо.
 Экинчиси: Жыныстык мүчөнү зынадан сактоо.
 Анткени көптөгөн күнөөлөр ушул эки мүчө аркылуу болот.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Тилди жана жыныстык мүчөнү күнөөдөн сактоо бейишке кирүүгө себеп болот.
 Бул дүйнө жана акыретте балээнин көпчүлүгү тил жана жыныстык мүчө себептүү болгондуктан хадисте ал экөөсүн өзгөчөлөп айтты.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3475</t>
   </si>
   <si>
     <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) экөбүз тең жунуб болгондо бир эле идиштеги сууга жуунчубуз. Менин айызым келген учурда, мени шым кийип алууга буйручу жана (кийимдин сыртынан) кучактап, жакындачу</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
@@ -4249,74 +4248,74 @@
   </si>
   <si>
     <t>Сахаба Жарир бин Абдуллах (ага Аллах ыраазы болсун) Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) төмөнкү иштерге ант-убада бергенин айтат: тавхидди карманууга, бир суткада күнү-түнү окулчу беш убак парз намазды, үрүкүн, ваажыб, сүннөттөрүн аткарып толук окууга, парз зекетти берүүгө, ал байлардан алынып, татыктуу кембагалдарга бериле турган мал-мүлккө тиешелүү ибадат, башчыларга баш ийүүгө жана бардык мусулмандарга насаат кылууга. Анткени насаат сөз менен жана амал менен болуп, ага пайдасын тийгизип, жакшылыкка жетүүсүнө, андан жамандыктын кетүүсүнө умтулуу менен болот.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Намаз менен зекет өтө маанилүү, булар экөө тең Ислам түркүктөрүнөн.
 Насаат кылуу жана мусулмандардын ортосунда бири-бирине кеңеш берүү маанилүү иштерден. Ошон үчүн Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларынан ушуга ант-убада алган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3512</t>
   </si>
   <si>
     <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
   </si>
   <si>
     <t>сага айтар осуятым: ар бир намаздан кийин "Аллахумма аъинни ъалаа зикрика ва шукрика ва хусни ъибадатика" деп айтканды такыр калтырба" - деди</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
   </si>
   <si>
-    <t>Муаз бин Жабал (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Муаздын колунан кармап: "Эй Муаз, Аллахка ант берип айтам, мени сени жакшы көрөм" - деди. Анан: "Муаз,  сага айтар осуятым: ар бир намаздан кийин "Аллахумма аъинни ъалаа зикрика ва шукрика ва хусни ъибадатика" деп айтканды такыр калтырба" - деди.</t>
+    <t>Муаз бин Жабал (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Муаздын колунан кармап: "Эй Муаз, Аллахка ант берип айтам, мени сени жакшы көрөм" - деди. Анан: "Муаз,  сага айтар осуятым: ар бир намаздан кийин "Аллахумма аъинни ъалаа зикрика ва шукрика ва хусни ъибадатика" деп айтканды такыр калтырба" - деди.</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Муаздын (ага Аллах ыраазы болсун) колунан кармап, ага мындай деди: Аллахка ант болсун, мен сени жакшы көрөм. Муаз, сага ар бир намазды окугандан кийин, бул дубаны айтууну осуят кылам: (Оо Аллах, Сени зикир кылууга мага жардам бер) таат-ибадатка жакындата турган бардык амалдар жана сөздөр менен. (жана Сага шүгүр кылууга жардам бер) жакшылыктарга жеткирип, жамандыктардан сактаганың үчүн. (жана жакшы ибадат кылууга жардам бер) Аллахка ыклас кылып, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) көрсөткөн тартипте ибадат кылууга.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Муаздын (Аллах андан ыраазы болсун) колунан кармап, ага мындай деди: Аллахка ант болсун, мен сени жакшы көрөм. Муаз, сага ар бир намазды окугандан кийин, бул дубаны айтууну осуят кылам: (Оо Аллах, Сени зикир кылууга мага жардам бер) таат-ибадатка жакындата турган бардык амалдар жана сөздөр менен. (жана Сага шүгүр кылууга жардам бер) жакшылыктарга жеткирип, жамандыктардан сактаганың үчүн. (жана жакшы ибадат кылууга жардам бер) Аллахка ыклас кылып, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) көрсөткөн тартипте ибадат кылууга.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Аллах үчүн жакшы көргөн адамына аны жакшы көрөрүн айтуу шариятта уруксат.
 Ар бир парз жана напил намаздан кийин бул дубаны айтуу мустахаб.
 Бул кыска дубада дүйнө жана акыреттин жакшылыктары суралат.
-Аллах үчүн жакшы көрүүнүн пайдаларынын бири, акыйкатка жолго насаат айтып чакыруу, такыбалыкта жана жакшылыкта жардамдашуу.
-Ат-Тибий минтип айткан: Аллахты зикир кылуу көкүрөктүн кеңейишине киришүү, Ага шүгүр кылуу кабыл боло турган жакшылыктарга жетүүгө ортомчу, талаптагыдай жакшы ибадат кылуу Аллах Тааладан алагды кылып кой турган нерселерден алыс кылат.</t>
+Аллах үчүн жакшы көрүүнүн пайдаларынын бири, акыйкат жолго насаат айтып чакыруу, такыбалыкта жана жакшылыкта жардамдашуу.
+Ат-Тибий минтип айткан: Аллахты зикир кылуу көкүрөктүн кеңейишине киришүү, Ага шүгүр кылуу кабыл боло турган жакшылыктарга жетүүгө ортомчу, талаптагыдай жакшы ибадат кылуу Аллах Тааладан алагды кылып койо турган нерселерден алыс кылат.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>Раббиңер Аллахтан корккула, беш убак намазыңарды окугула, айлык орозоңорду кармагыла, мал-дүйнөңөрдүн зекетин бергиле, жол башчыңарга баш ийгиле, ошондо Раббиңердин бейишине киресиңер</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Абу Умама (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) коштошуу ажылыгында минтип кутпа кылганын уктум: "Раббиңер Аллахтан корккула, беш убак намазыңарды окугула, айлык орозоңорду кармагыла, мал-дүйнөңөрдүн зекетин бергиле, жол башчыңарга баш ийгиле, ошондо Раббиңердин бейишине киресиңер".</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
@@ -4355,66 +4354,66 @@
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намаздын туура болуусунун бир шарты даарат экенин кабарлаган. Дааратты буза турган заңдоо, зааралоо, уктоо ж.б. иштердин бири болгондон кийин, намаз окумакчы болгон адам сөзсүз даарат алуусу зарыл.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Даараты жок адам,  эгер чоң дааратсыздыкта болсо, жуунуп тазаланмайынча, кичине дааратсыздыкта болсо даарат алмайынча окуган намазы кабыл болбойт.
 Даарат бул, сууну алып оозуна уурттап, кайра чыгаруу, анан мурундун ичине сууну киргизип, кайра чыгарып, чимкирүү, андан кийин үч жолу бетин жуу, анан колун чыканактары менен бирге үч жолу жуу, анан башына толук бир жолу масх тартуу, акырында бутун томуктары менен бирге үч жолу жуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3534</t>
   </si>
   <si>
     <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
   </si>
   <si>
     <t>Аллах Таала айтат: "Адам баласынын бардык амалы өзү үчүн. Бир гана орозосу андай эмес. Анын орозосу Мен үчүн жана анын сооп-сыйын Мен Өзүм берем</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ، وَالصِّيَامُ جُنَّةٌ، وَإِذَا كَانَ يَوْمُ صَوْمِ أَحَدِكُمْ فَلاَ يَرْفُثْ وَلاَ يَصْخَبْ، فَإِنْ سَابَّهُ أَحَدٌ أَوْ قَاتَلَهُ، فَلْيَقُلْ إِنِّي امْرُؤٌ صَائِمٌ، وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ، لَخُلُوفُ فَمِ الصَّائِمِ أَطْيَبُ عِنْدَ اللَّهِ مِنْ رِيحِ المِسْكِ، لِلصَّائِمِ فَرْحَتَانِ يَفْرَحُهُمَا: إِذَا أَفْطَرَ فَرِحَ، وَإِذَا لَقِيَ رَبَّهُ فَرِحَ بِصَوْمِهِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таала айтат: "Адам баласынын бардык амалы өзү үчүн. Бир гана орозосу андай эмес. Анын орозосу Мен үчүн жана анын сооп-сыйын Мен Өзүм берем". Орозо - бул, калканч. Кимдир бирөөңөр орозо кармасаңар, ал күндө жаман сөздөрдү сүйлөбөгүлө, кыйкырып, талашып-тартышпагыла. Эгер орозо адамды бирөө тилдеп же мушташмакчы болсо,  ага "мен орозо кишимин" деп айтсын. Мухаммаддын жаны колунда турган Аллахка ант берип айтам, орозо кармаган адамдын оозунан чыккан жыт Аллахтын алдында мисктин жытынан да жыттуу. Орозо туткан адамдын сүйүнө турган эки убагы бар: биринчиси, ооз ачкан убакта кубанат. Экинчиси, Раббисине жолуккан учурда бул дүйнөдө орозо тутканына кубанат".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таала айтат: "Адам баласынын бардык амалы өзү үчүн. Бир гана орозосу андай эмес. Анын орозосу Мен үчүн жана анын сооп-сыйын Мен Өзүм берем". Орозо - бул, калканч. Кимдир бирөөңөр орозо кармасаңар, ал күндө жаман сөздөрдү сүйлөбөгүлө, кыйкырып, талашып-тартышпагыла. Эгер орозо адамды бирөө тилдеп же мушташмакчы болсо,  ага "мен орозо кишимин" деп айтсын. Мухаммаддын жаны колунда турган Аллахка ант берип айтам, орозо кармаган адамдын оозунан чыккан жыт Аллахтын алдында мисктин жытынан да жыттуу. Орозо туткан адамдын сүйүнө турган эки убагы бар: биринчиси, ооз ачкан убакта кубанат. Экинчиси, Раббисине жолуккан учурда бул дүйнөдө орозо тутканына кубанат".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول في الحديث القدسي: 
 كل عمل ابن آدم يُضاعَف الحسنةُ بعشرِ أمثالها إلى سبعمائة ضعف، إلا الصيام؛ فإنه لي حيث لا يقع فيه الرياء، وأنا أجزي به فأَنْفَرِد بِعلِم مِقدار ثوابه وتضعيف حسناته. 
 ثم قال: (والصيام جُنّة) ووقاية وسِتْر وحِصْن حَصِيْن مِن النار؛ لأنه إمساك عن الشهوات والوقوع بالآثام، والنارُ مَحْفُوفة بالشهوات. 
 (فإذا كان يوم صوم أحدكم فلا يرفث) بالجماع ومُقَدِّماته، ولا بالكلام الفاحش مطلقًا. 
 (ولا يَصخب) بالخِصَام والصِّياح. 
 (فإنْ سابّه أحد أو قاتله) في رمضان فليقل: إني امرؤٌ صائم؛ لعله يكف عنه، فإنْ أصرَّ إلا المقاتلة حقيقة دَفَعَهُ بالأخفِّ فالأخف كالصَّائل. 
 ثم حَلَف صلى الله عليه وسلم وأقسم بالذي نفسه بيده أنَّ تَغَيُّرَ رائحةِ فمِ الصائم بسبب الصيام أطيبُ عند الله يوم القيامة من ريح المِسْك عندكم، وأكثر ثوابًا من المسك المندوب إليه في الجُمَع ومجالس الذكر. 
 وللصائم فرحتان يفرحهما: إذا أفطر فَرِح بفطره بزوال جوعه وعطشه حيث أُبِيْحَ له الفطر، وفَرِحَ بتمام صومه وخاتمة عبادته، وتخفيف من ربه، ومعونة على مستقبل صومه. 
 (وإذا لقي ربه فرح بصومه) بجزائه وثوابه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын кудусий хадисте минтип айтканын кабарлайт:
-Адам баласынын бардык амалдарынын сообу он барабардан жети жуз барабарга чейин көбөйтүлөт. Бирок орозо андай эмес. Анткени, орозодо эл көрсүн деген ниет болбойт, орозону Мен үчүн гана кармайт. Ошон үчүн анын сооп-сыйын Мен Өзүм гана билген өлчөмдө беремин.
+Адам баласынын бардык амалдарынын сообу он барабардан жети жүз барабарга чейин көбөйтүлөт. Бирок орозо андай эмес. Анткени, орозодо эл көрсүн деген ниет болбойт, орозону Мен үчүн гана кармайт. Ошон үчүн анын сооп-сыйын Мен Өзүм гана билген өлчөмдө беремин.
 Анан минтип айтты: (Орозо - бул, калканч) тозоктон сактаган коргон, көшөгө, сактоочу. Анткени орозо шахваттардан тыйып, күнөөдөн тосот. Ал эми тозок шахваттар менен курчалган.
 (Орозо кармаган адам бузук ишке барбасын) бузук сөздөрдү сүйлөбөсүн, жыныстык катыш же ага алып бара турган иштерди кылбасын.
 (Талашып-тартышпасын) талаш-тартыш, үнүн көтөрүп кыйкырышкандан этият болсун.
 Орозо айында (эгер аны бирөө сөгүп, же мушташмакчы болсо), мен орозо туткан кишимин деп айтсын. Ошентсе, уруштан тыйылып калат. Эгер тыйылбай кол салса, мүмкүн болушунча жеңилирээк коргонсун.
 Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жаны колунда турган Аллахтын аты менен касам ичип, орозо кармаганы себептүү оозунун жыты өзгөрүп калса, кыямат күнү ал Аллахтын алдында мисктин жытынан да жыттуу болорун, жума намаздарында жа зикир кылынган отуруштарда колдонуулусу мустахаб болгон мисктин сообунан көп сооп бериле тургандыгын айткан.
 Орозо кармаган адам үчүн эки учурда кубаныч болот: ооз ачкан учурда, ооз ачууга уруксат берилип, чаңкоосу жана ачкалыгы кеткени үчүн.  Орозосун бүтүргөнүнө, ибадатын толук кылганына, Раббисинен жеңилдик болгонуна жана кийинки күндүн орозосун кармоого жардам болгондугуна кубанат.
 (Раббисине жолукканда, орозо тутканы үчүн кубанат) Анын сыйына жана соопторуна жеткени үчүн.</t>
   </si>
   <si>
     <t>فضل الصيام وأنه يحفظ صاحبَه في الدنيا من الشهوات، وفي الآخرة من عذاب النار.
 من آداب الصوم ترك الكلام الفاحش واللَّغَط، والصبر على أذَى الناس ومقابلة إساءتهم بالصبر والإحسان.
 الصائم أو العابد إذا فَرِح بسبب إكمال عبادته والانتهاء منها لم ينقص ذلك من أجره في الآخرة.
 الفرحة الكاملة هي بلقاء الله تعالى، عندما يُوَفَّى الصابرون والصائمون أجرهم بغير حساب.
 إعلام الناس بالطاعة عند الحاجة والمصلحة ليس من الرياء لقوله: (إني صائم).
 الصائم الكامل صومه هو الذي صامت جوارحه عن الآثام، ولسانه عن الكذب والفحش، وقول الزور، وبطنه عن الطعام والشراب.
 تأكيد النهي عن الصَّخَب والخِصام والصِّياح حالَ الصوم، وإلا فَغَيْرُ الصائم مَنهيٌّ عن ذلك أيضًا.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، مِن التَّعَبُّد بتلاوته والطهارة له والتَّحَدِّي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Орозонун артыкчылыгы өзгөчө. Ал адамды бул дүйнөдө кумар каалоосунан сактайт. Акыретте болсо, тозок отунан сактайт.
 Орозонун негизги адептеринин бири, жаман, бузук жана пайдасыз сөздөрдү таштоо. Ага карата айтылган сөздөргө же жаман мамилелерге сабыр жана жакшылык менен жооп берүү.
 Орозо кармаган адам, же кайсы эле ибадатты аткарган адам ибадатын жакшы, толук аткаргандыгы үчүн бул дүйнөдө сүйүнсө, ал үчүн ибадатынын акыреттеги сооптору кемип калбайт.
 Чыныгы толук кубаныч, орозо кармоочулар жана сабырдуулар эсеп-кысапсыз сооп-сыйын алган Кыямат күндө Аллах Таалага жолуккан учурда болот.
 Зарылчылыкта же пайдасы тие турган учурда жасап жаткан ибадатын элге жарыя кылып айтуу рия (элге көрүнүү) эмес. Анткени: хадисте (мен орозо кармаган кишимин деп айтсын) деп айтылган.
 Чыныгы орозосу толук кармалган адам, дене мүчөлөрү күнөөдөн тыйылган, тили жалгандан, бузук сөздөрдөн, жалган күбөлүк берүүдөн тыйылган, курсагы тамак-аш жана суусундуктан тыйылган адам.
@@ -4439,164 +4438,164 @@
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المُسلمَ بالسلام على أخيه المسلمِ كلّما لَقِيَه، حتى وإنْ كانا يَسيران معًا وفَصَلَ بينهما فاصلٌ كشجرة أو جِدار أو حَجَر كبير، ثم لقيه بعدُ فلْيسلِّم عليه مرة أخرى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандарды бири-бирине жолуккан сайын салам айтууга үндөгөн. Ал тургай, экөө басып баратканда ортосун дубал, дарак же чоң таш сыяктуу бир нерсе ажыратып, кайра бириксе, дагы салам айтышы керек.</t>
   </si>
   <si>
     <t>استحباب إفْشاء السلام، وأنْ يُكَرَّر عند كل تَغَيُّر حال.
 شدَّة حرصِه صلى الله عليه وسلم على إفشاء سنة السلام والمبالغة فيه؛ لما فيه من جَلْبِ المودّة والأُلفة بين المسلمين.
 السلام هو قول: (السلام عليكم) أو (السلام عليكم ورحمة الله وبركاته)، غير المصافحة التي تَحدُث عند التلاقي أول مرة.
 السلام دعاء، والمسلمون بحاجة إلى أن يدعو بعضهم لبعض ولو تَكرَّر ذلك.</t>
   </si>
   <si>
     <t>Саламды жайылтуу жана абал өзгөргөн сайын кайталап айтуу мустахаб.
 Саламдашуу аркылуу мусулмандардын ортосунда махабат, ынтымак пайда болгондуктан, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) саламдашуу сүннөтүн жайылтууга аябай куштар болгон.
 Алагач ирет жолукканда кол кармашып учурашкандан сырткары, салам деген: "Ассаламу алайкум" деп же "Ассаламу алайкум ва рахматуллахи ва баракатуху" деп айтуу.
 Салам - бул, дуба. Кайра кайра кайталанса деле мусулмандар бири-бирине дуба кылууга муктаж.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3552</t>
   </si>
   <si>
     <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
-    <t>Пенде ооруса же сапарга чыкса, анда ага денисак, сапарга чыкпаган кезинде аткарган иш-аракеттеринин сообу бериле берет</t>
+    <t>Пенде ооруса же сапарга чыкса, анда ага дени сак, сапарга чыкпаган кезинде аткарган иш-аракеттеринин сообу бериле берет</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
-    <t>Абу Муса аль-Ашьари, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Пенде ооруса же сапарга чыкса, анда ага денисак, сапарга чыкпаган кезинде аткарган иш-аракеттеринин сообу бериле берет».</t>
+    <t>Абу Муса аль-Ашьари (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Пенде ооруса же сапарга чыкса, анда ага дени сак, сапарга чыкпаган кезинде аткарган иш-аракеттеринин сообу бериле берет».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, хадисинде эгерде мусулман адам денисак жана сапарга чыкпаган кезинде жакшы иш-аракеттерди аткарып жүргөн болсо, оору же сапар ж.б. үзүр себептүү ал иш-аракеттерин аткара албай калса, анда ага сообу жазыла берээрин айтып, Аллахтын пазилеттүү жана мээримдүү экенин кабарлап жатат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) хадисинде эгерде мусулман адам дени сак жана сапарга чыкпаган кезинде жакшы иш-аракеттерди аткарып жүргөн болсо, оору же сапар ж.б. үзүр себептүү ал иш-аракеттерин аткара албай калса, анда ага сообу жазыла берээрин айтып, Аллахтын пазилеттүү жана мээримдүү экенин кабарлап жатат.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Аллахтын пенделерине болгон берешендиги.
-Денисак жана бош кезде убакытты туура пайдаланып ибадатты көп аткарууга чакыруу.</t>
+Дени сак жана бош кезде убакытты туура пайдаланып ибадатты көп аткарууга чакыруу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3553</t>
   </si>
   <si>
     <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Эң жакшы зикир «лаа илааха иллаллах», жана эң жакшы дуба «алхамду лиллах</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
-    <t>Жабир, радыяллаху анху, айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Эң жакшы зикир «лаа илааха иллаллах», жана эң жакшы дуба «алхамду лиллах».</t>
+    <t>Жабир (Аллах андан ыраазы болсун) айтты: Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Эң жакшы зикир «лаа илааха иллаллах», жана эң жакшы дуба «алхамду лиллах».</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Зикирдин эң жакшысы "лаа илааха иллаллах". Мааниси: Аллахтан башка сыйынууга татыктуу кудай жок. Эң жакшы дуба «алхамдулиллах». Анын мааниси: Аллах Таала гана нээматтарды берүүчү жана Ал гана Кемчиликсиз деген сыпатка Ээ деп ынатуу керек экендигин кабар берип жатат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Зикирдин эң жакшысы "лаа илааха иллаллах". Мааниси: Аллахтан башка сыйынууга татыктуу кудай жок. Эң жакшы дуба «алхамдулиллах». Анын мааниси: Аллах Таала гана нээматтарды берүүчү жана Анын Кемчиликсиз, Кооз сыпаттарга татыктуулугун моюнга алуу керек экендигин кабар берип жатат.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Аллахты таухид келимесин айтып жана Ага мактоо айтып дуба кылуу менен көп-көп эстеп зикир кылууга кызыктыруу.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Ат-Тирмизи менен ан-Насааи "ал-Кубро" китебинде жазып калтырган жана Ибн Маажа да жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3567</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Силерге Аллах Таала ал аркылуу күнөө-каталарды өчүрүп, даражаларды көтөрө турган ишти айтайынбы?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерге Аллах Таала ал аркылуу күнөө-каталарды өчүрүп, даражаларды көтөрө турган ишти айтайынбы?"  Сахабалар: Айтыңыз, о, Аллахтын элчиси" - дешти. "Кыйынчылыкка карабай жеткиликтүү даарат алуу. Мечитке көп каттоо. Намаздан кийин кийинки намазды күтүү. Мына ушул (Аллах менен) бекем байланыш".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерге Аллах Таала ал аркылуу күнөө-каталарды өчүрүп, даражаларды көтөрө турган ишти айтайынбы?"  Сахабалар: Айтыңыз, о, Аллахтын элчиси" - дешти. "Кыйынчылыкка карабай жеткиликтүү даарат алуу. Мечитке көп каттоо. Намаздан кийин кийинки намазды күтүү. Мына ушул (Аллах менен) бекем байланыш".</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына кайрылып, күнөөлөрдүн кечирилүүсүнө, периштелердин жазылган китебинен өчүрүлүүсүнө, бейиште даражанын бийик болуусуна себеп боло турган иштерди билүүнү каалайсыңарбы деп сурады.
 Сахабалар: Ооба, угууну каалайбыз - деп жооп берет. Ал минтип айтат:
 Биринчи: суукта, суу аз учурда, ооруп турганда, же суу ысык болуп калган учурда, айтор кандай кыйынчылык болгонуна карабай, дааратты толук, жеткиликтүү алуу.
 Экинчи: алыс үйдөн мечитке басып баруу жана улам-улам мечитке каттоо.
 Үчүнчү: намаз убактысын күтүү, жүрөк менен байланып самап күтүү. Мечитте жамаат менен намаз окуу үчүн күтүп отуруу. Бир намаз окулуп бүткөндөн кийин кийинки намазды күтүү.
 Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ушул иштер Аллах менен чыныгы байланыш экенин айтты. Анткени, булар шайтандын азгырык жолдорун тосот. Напси каалоосун тыят. Бул кудум душмандын чегиндеги чек араны коруу сыяктуу.</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>Мындан намазды мечитте жамаат менен окуунун зарылдыгын, намазга кам-пикир кылып, андан алагды болбоо керектигин билдик.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына аябай кам көргөн, суроо ыкмасы менен аларга сооптуу иштерди түшүндүргөн. Бул таалим берүүдөгү мыкты ыкмалардын бири.
 Маселени суроо-жооп аркылуу жеткирүүнүн пайдасы: сөз адамга айкын түшүнүктүү болот.
 Навави (Аллах аны ырайым кылсын) минтип айткан: Хадистеги "ушул бекем байланыш" дегендин мааниси, кызыккан нерсеге байлануу дегенди туюндурат. Байланыштын түпкү мааниси бир нерсеге байлануу. Демек, мына ушул ибадаттарга байлангыла деген маани. Бул байланыштын эң абзели деп да айтылган. Чыныгы жихад, өз напсиси менен болгон жихад деген сыяктуу. Аткарууга мүмкүн болгон, жеңил байланыш деген маани болуусу да мүмкүн б.а. Аллах менен болгон байланыштын бир түрү.
-Байланыш деген сөздүн арап тилиндеги белгилүү сөздөрдүн формасында келиши - жогорудагы иштердин маанилүү экендигин билдирет.</t>
+Байланыш деген сөздүн араб тилиндеги белгилүү сөздөрдүн формасында келиши - жогорудагы иштердин маанилүү экендигин билдирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Көңүл бургула! Мен силерге силердин даражаңарды көтөрө турган,</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
-    <t>Абу Дарда (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Көңүл бургула! Мен силерге силердин даражаңарды көтөрө турган, Падышаңардын алдында эң таза жана силер үчүн алтын-күмүш садака кылуудан да артык, казатта душманыңар менен беттешип, силер алардын, алар силердин башын кыя чапкандан да артыгыраак ишиңер жөнүндө айтып берейинби?" Алар: "Ооба" - дешти, Пайгамбар: "Ал иш - Аллахты зикир кылуу" - деди.</t>
+    <t>Абу Дарда (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Көңүл бургула! Мен силерге силердин даражаңарды көтөрө турган, Падышаңардын алдында эң таза жана силер үчүн алтын-күмүш садака кылуудан да артык, казатта душманыңар менен беттешип, силер алардын, алар силердин башын кыя чапкандан да артыгыраак ишиңер жөнүндө айтып берейинби?" Алар: "Ооба" - дешти, Пайгамбар: "Ал иш - Аллахты зикир кылуу" - деди.</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларынан минтип сурады:
 Силерге ишиңердин ичинен эң абзелин, эң маанилүүсүн, Аллахка эң жакынын, эң тазасын, эң алдыңкысын айтып үйрөтүүмдү каалайсыңарбы?
 Ошондой эле, бейиштеги ордуңарды бийик кыла турганын айтайынбы?
 Силер алтынды жана күмүштү садака кылгандан да жакшыраак ишти айтайынбы?
 Силер согушта каапырларга жолугуп, силер аларды, алар силерди өлтүргөндөн да жакшы ишти айтайынбы?
 Сахабалар: Ооба, айтыңыз. Биз ошол ишти билүүнү каалайбыз - дешти.
 Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): Бардык убакта, кандай абал, кандай учур болбосун, Аллахты зикир кылуу - деди.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
@@ -4844,194 +4843,194 @@
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>Ислам шарияты кечиримдүү жана аткаруучу адамдарга өтө жеңил.
 Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) тиги кишини жанына жакын алып, анын суроолоруна жооп бергени, анын өтө жакшы мамиле кылуучу экенинен кабар берет.
 Аллахтын динине чакырууда, алгач ибадаттардын эң зарылы, анан андан кийинкиси катары менен айтылууга тийиш.
 Ислам дини - ишеним жана иш-амал кылуудан турат. Ыймансыз аткарылган иш-амалдардын пайдасы жок. Иш-амалдары жок болсо, ыймандын пайдасы тийбейт.
 Бул айтылган ибадаттар өтө зарыл ибадаттар, анткени алар Исламдын түркүктөрү.
 Жума намазы дагы беш убак намаздын ичине кирет, анткени ал жума күнү бешим намазынын ордуна окулат.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ислам түркүктөрүн айтканда, күбөлүк келмесинен кийинки намаздан баштады. Мунун себеби тиги киши келме келтирип мусулман болгон адам эле. Ал эми ажылык тууралуу айтпаганы, бул окуя ажы парз болгонго чейин болушу мүмкүн. Же ажылыктын убагы келе элек болушу мүмкүн.
 Эгерде инсан ушул парз амалдарды аткаруу менен эле чектелсе да тозоктон кутулат. Бирок бул башка нафил ибадаттарды аткаруу сүннөттө жок деген сөз эмес. Анткени, кыямат күнү парз амалдардын кемчилиги нафил ибадаттар менен толукталат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3700</t>
   </si>
   <si>
     <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>Мусулман кишиге чарчап-чалыгуу, оору, кыжаалатчылык, кайгы-капа, ыза, кыйынчылык болсо, атүгүл, тикен сайылса да, ошонун себебинен Аллах анын каталарын өчүрөт</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
-    <t>Абу Саъид ал-Худри жана Абу Хурайра (ал экөөнө Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: Мусулман кишиге чарчап-чалыгуу, оору, кыжаалатчылык, кайгы-капа, ыза, кыйынчылык болсо, атүгүл, тикен сайылса да, ошонун себебинен Аллах анын каталарын өчүрөт".</t>
+    <t>Абу Саъид ал-Худри жана Абу Хурайра (Аллах алардан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: Мусулман кишиге чарчап-чалыгуу, оору, кыжаалатчылык, кайгы-капа, ыза, кыйынчылык болсо, атүгүл, тикен сайылса да, ошонун себебинен Аллах анын каталарын өчүрөт".</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман пендеге ооруу, кыжаалатчылык, кайгы, убайым, каатчылык, коркунуч, ачкалык, ал тургай кичинекей тикен сайылып, оорутса, ушунун баары анын күнөөсү кечирилип, катасы жоюлууга себеп болорун бяндаган.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
-    <t>Ыймандуу пенденин башына келген аз гана зыяндын себебинен анын күнөсүн кечирген Аллахтын ырайымы жана артыкчылыгы баян кылынган.
+    <t>Ыймандуу пенденин башына келген аз гана зыяндын себебинен анын күнөөсүн кечирген Аллахтын ырайымы жана артыкчылыгы баян кылынган.
 Мусулман пенде даражасы көтөрүлүп, күнөөлөрү кечирилүүсү үчүн,  башына түшкөн иш үчүн Аллахтан сооп үмүт кылып, кыйынчылыктын азына да, көбүнө да сабыр кылуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3701</t>
   </si>
   <si>
     <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Тозок напсинин кумарлары менен курчалган. Ал эми бейиш кыйынчылыктар менен курчалган</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты. «Тозок напсинин кумарлары менен курчалган. Ал эми бейиш кыйынчылыктар менен курчалган».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) тозок напсиге жага турган арам иштер менен же аткарылбай калган парз амалдардын күнөөлөрү менен курчалып, сакталып тураарын баяндап жатат. Ким напсиси каалаганын ээрчисе, тозокко кирүүгө татыктуу болот. Ал эми бейиш Аллахтын буйруктарын ар дайым аткаруу, күнөөлөрдү таштоо жана ага сабыр кылуу сыяктуу напси жактырбаган нерселер менен курчалган. Эгер напсинин каалоосу менен күрөшүп, ага каршы бекем турса, анда бейишке кирүүгө татыктуу болот.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Напсинин кумарына туткун болуунун себептеринин бири – шайтандын күнөө иштерди жана жийиркеничтүү иштерди, напси аларды жакшы көрүп ага карай ыкталып калганга чейин кооздоп көрсөтүүсү.
 Напсинин арам кумарларынан алыс болууга буйруду. Анткени ал тозоктун жолу. Жана кыйынчылыктарга сабыр кылууга буйруду. Анткени ал бейиштин жолу.
 Напси менен күрөшүүнүн жана ибадаттагы тырышчаактыктын пазилети.
 Ибадаттарды курчап алган кыйынчылыктарга жана машакаттарга сабыр кылуунун пазилети.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3702</t>
   </si>
   <si>
     <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Мусулмандын мусулманга болгон акысы бешөө. Алар: Салам берсе алик алуу, ооруса зыярат кылуу, чакырган болсо баруу, дүйнөдөн өтсө жаназасына катышуу, чүчкүрсө "ярхамукаллах" деп айтуу</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, айтты: Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Мусулмандын мусулманга болгон акысы бешөө. Алар: Салам берсе алик алуу, ооруса зыярат кылуу, чакырган болсо баруу, дүйнөдөн өтсө жаназасына катышуу, чүчкүрсө "ярхамукаллах" деп айтуу».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтты: Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Мусулмандын мусулманга болгон акысы бешөө. Алар: Салам берсе алик алуу, ооруса зыярат кылуу, чакырган болсо баруу, дүйнөдөн өтсө жаназасына катышуу, чүчкүрсө "ярхамукаллах" деп айтуу».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз, саллаллаху алейхи уа саллам, мусулмандын мусулман бир тууганына болгон кээ бир акыларын баяндап жатат. Бул акылардын биринчиси салам берген адамга алик алуу.
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандын мусулман бир тууганына болгон кээ бир акыларын баяндап жатат. Бул акылардын биринчиси салам берген адамга алик алуу.
 Экинчиси: Ооруса, зыярат кылып кабар алуу.
 Үчүнчүсү: Дүйнөдөн өтсө, үйүнөн баштап жаназа окулчу жерге же мүрзөгө чейин узатып, көмүлгөнгө чейин туруу.
 Төртүнчүсү: Тойго же ушул сыяктуу мааракеге чакырса баруу.
 Бешинчиси: Эгерде чүчкүргөн адам «альхамдулиллах» деп айтса, ага «ярхамукаллах» деп айтуу. Андан соң чүчкүргөн адам «яхдиикумуллаху уа юслиху баалакум» деп айтат.</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Мусулмандардын бири-бирине болгон акыларын, бир тууганчылык жана сүйүүсүн бекемдөөдөгү Исламдын улуулугу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3706</t>
   </si>
   <si>
     <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>Жаркырап күн чыгып жаткан күндөрдүн эң жакшысы бул - жума күн</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жаркырап күн чыгып жаткан күндөрдүн эң жакшысы бул - жума күн.  Бул күнү Адам ата жаратылган. Ушул күнү ал бейишке киргизилген. Ушул күнү бейиштен чыгарылган. Кыямат дагы дал ушул күнү болот".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жаркырап күн чыгып жаткан күндөрдүн эң жакшысы бул - жума күн.  Бул күнү Адам ата жаратылган. Ушул күнү ал бейишке киргизилген. Ушул күнү бейиштен чыгарылган. Кыямат дагы дал ушул күнү болот".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) күн чыгып башталган күндөрдүн эң жакшысы жума күнү экенин баяндады. Жума күнүнүн өзгөчөлүктөрү төмөнкүлөр: Аллах Таала Адам атаны жума күнү жараткан. Аны жума күнү бейишке киргизген. Кийин жума күнү кайра бейиштен чыгарган жана жер бетине түшүргөн. Кыямат жүма күнү башталат.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) күн чыгып башталган күндөрдүн эң жакшысы жума күнү экенин баяндады. Жума күнүнүн өзгөчөлүктөрү төмөнкүлөр: Аллах Таала Адам атаны жума күнү жараткан. Аны жума күнү бейишке киргизген. Кийин жума күнү кайра бейиштен чыгарган жана жер бетине түшүргөн. Кыямат жума күнү башталат.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Жума күнү аптанын башка күндөрүнөн артык.
 Жума күнү жакшы иш-амалдарды көбүрөөк кылуу керек.
 Жогоруда хадисте айтылган жума күнүнүн өзгөчөлүктөрү тууралуу кээ бир китептерде: булар жума күнүнүн артыкчылыктары катары айтылган эмес, анткени, Адам атанын бейиштен чыгарылуусу, кыяматтын башталышы артыкчылыктуу иштер эмес деп айтылган. Бирок чынында булар жуманын артыкчылыктары, анткени Адам атанын бейиштен чыгуусу менен анын урпагы уланып пайгамбар, элчилер жана салих адамдар чыкты. Ал эми кыяматтын болушу салих адамдардын сыйлык алуусу жана Аллахтын аларга даярдап койгон бейишине кирүүсү жакындаганын билдирет деп да айтылат.
-Бул риваяттан башка да жума күндүн өзгөчөлүктөрү тууралуу айтымдар бар. Алардын кээ бири төмөнкүлөр: жума күнү Адам атанын тообосу кабыл болгон, жума күнү дүйнөдөн өткөн, бул күнү намаз окуган пенде дуба кылганда, дубасы дал келип калса сөзсүз кабыл боло турган бир убакыт бар.
+Бул риваяттан башка да жума күндүн өзгөчөлүктөрү тууралуу риваяттар бар. Алардын кээ бири төмөнкүлөр: жума күнү Адам атанын тообосу кабыл болгон, жума күнү дүйнөдөн өткөн, бул күнү намаз окуган пенде дуба кылганда, дубасы дал келип калса сөзсүз кабыл боло турган бир убакыт бар.
 Жыл ичиндеги күндөрдүн эн жакшысы - арафа күнү. Жыл ичиндеги эң жакшы күн - курмандык чалуу күнү деген айтым да бар. Аптанын ичиндеги эң жакшы күн - жума күнү. Түндөрдүн эң жакшысы - кадыр түнү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3711</t>
   </si>
   <si>
     <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Сатканда, сатып алганда жана өз акысын талап кылганда жоомарт адамды Аллах ырайымына алсын</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
-    <t>Жабир, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты. «Сатканда, сатып алганда жана өз акысын талап кылганда жоомарт адамды Аллах ырайымына алсын».</t>
+    <t>Жабир (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты. «Сатканда, сатып алганда жана өз акысын талап кылганда жоомарт адамды Аллах ырайымына алсын».</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, соода-сатыкта жеңил, кечиримдүү жана берешен болгон адамга ырайым тилеп дуба кылды. Ал адам кардарга бааны көтөрбөстөн, ага жакшы кулк-мүнөз менен сылык мамиле кылышы керек. Эгерде сатып алчу болсо, анда товардын баасын төмөндөтпөй жана арзандатпай жеңил, жоомарт, берешендик менен сатып алсын. Карыздарын талап кылганда карыздар адам кедей же муктаж болсо, анда ага оор мамиле кылбай, жумшак жана сылык мамиле кылыш керек. Эгерде карызын төлөй албаса, анда ага кошумча убакыт берип күтүү керек.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) соода-сатыкта жеңил, кечиримдүү жана берешен болгон адамга ырайым тилеп дуба кылды. Ал адам кардарга бааны көтөрбөстөн, ага жакшы кулк-мүнөз менен сылык мамиле кылышы керек. Эгерде сатып алчу болсо, анда товардын баасын төмөндөтпөй жана арзандатпай жеңил, жоомарт, берешендик менен сатып алсын. Карыздарын талап кылганда карыздар адам кедей же муктаж болсо, анда ага оор мамиле кылбай, жумшак жана сылык мамиле кылыш керек. Эгерде карызын төлөй албаса, анда ага кошумча убакыт берип күтүү керек.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Адамдардын ортосундагы өз ара мамилелерин оңдоочу нерселерди сактоо - бул шарияттын негизги максаттарынын бири.
 Адамдардын ортосундагы соода сатык сыяктуу өз ара мамилелеринде жакшы адеп-ахлак менен мамиле кылууга үндөө керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3716</t>
   </si>
   <si>
     <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>Тумшугу менен жер сүзсүн, дагы тумшугу менен жер сүзсун, дагы тумшугу менен жер сүзсүн". Бирөөлөр: О, Аллахтын элчиси, ким тумушугу менен жер сүзсүн? деп сурады. Ал: "Анын ата-энеси экөө тең же экөөнүн бири картайган кезине жетсе, (аларга кызмат кылып) бейишке кире албаган адам" - деди</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) баяндайт, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Тумшугу менен жер сүзсүн, дагы тумшугу менен жер сүзсун, дагы тумшугу менен жер сүзсүн". Бирөөлөр: О, Аллахтын элчиси, ким тумушугу менен жер сүзсүн? деп сурады. Ал: "Анын ата-энеси экөө тең же экөөнүн бири картайган кезине жетсе, (аларга кызмат кылып) бейишке кире албаган адам" - деди.</t>
   </si>
   <si>
@@ -5127,116 +5126,115 @@
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Шайтан инсанды Аллахка ибадат кылуудан алагды кылуу үчүн анын ар бир жолунда желип жүрөт. Инсан коргонуучу себептерди кылып, Аллахтын сактоосун суранып, Андан жардам суроо менен гана шайтандан сактана алат.
 Аллахты эстөө жана Ага ибаадат кылуу адамды сергек кылып, маанайын жарытып, жалкоолукту, ышкоолукту кетирип, кайгыдан жана жек көрүүдөн арылтат. Анткени, Аллахты зикир кылып, ибадат кылуу шайтанды кубалайт.
 Ыймандуу адам Аллах Таала ага ибадат кылууга ийгилик бергенине кубанат. Пазилет жана толуктуктун эң жогорку даражаларына жетүү жолунда кетирген кемчиликтерине кайгырат.
 Таат-ибадаттан капылет болуу жана ыкшоолук кылуу - бул, шайтандын иши жана анын кооз көрсөтүүсүнүн натыйжасы.
 Мына ушул үч иш, Аллахты зикир кылуу, даарат алуу жана намаз окуу - шайтанды кууйт.
 Шайтан түйүндөрүн адамдын желкесине түйгөнү, ал жер күчтүн борбору жана башкаруу талаасы. Эгер ошол жерине түйүн түйүп алса, адамдын рухун башкарып, уйкуга батыра алат.
 Ибн Хажар Асакаланий минтип айткан: "Сенин түнүң узун" деп түндү айтканы, хадис түнкү уйкуну айтып жатканын билдирет.
 Ибн Хажар Аскалани дагы минтип айткан: Аллахты зикир кылууга атайын дайындалган зикир жок, зикир деп айтылган сөздөрдүн баары жарактуу болот. Мисалы ага Куран окуу, хадис окуу, башка шарият илимдерин окуу, ж.б. Булардын эң жакшысы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) хадисинде айтылгандай (дуба кылуу): "Кимде-ким түндө ойгонуп "Лаа илаха иллал-лааху вахдаху лаа шариика лах, лахул мулку ва лахул хамду, ва хува алаа кулли шайиң кодир. Алхамду лиллаах, ва субхааналлах, ва лаа илааха иллал-лааху, валлаху акбар, ва лаа хавла ва лаа куввата илла биллах" деп, анан: Аллахым, мени кечир десе, же башка дуба кылса, дубасы кабыл болот. Эгер даарат алып намаз окуса намазы кабыл болот".(Бухари).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3731</t>
   </si>
   <si>
     <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
     <t>Аллах Таалага көп сажда кылгын. Сажда кылганың сайын сенин даражаңды көтөрүп, катаңды өчүрөт</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
-    <t>Маъдан бин  Абу Талха Йаъмари (ага Аллах ыраазы болсун) айтат: Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) кызматчысы Савбанга жолугуп: Анын себеби менен Аллах мени бейишке киргизе турган амалды айтчы? - деп айттым. Же Аллахка эң сүйкүмдүү амалды айтчы деп сурадым окшойт. Ал унчукпай койду. Мен дагы сурадым. Ал бул жолу да унчукпады. Үчүнчү жолу сураганымда, ал: Бул амал тууралуу Аллахтын элчисинен мен да сураганмын. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таалага көп сажда кылгын. Сажда кылганың сайын сенин даражаңды көтөрүп, катаңды өчүрөт". Маъдан айтат: Кийин Абу Дардага жолугуп, андан сурасам, ал да: Мага Савбан ушинтип айткан - деди.</t>
+    <t>Маъдан бин  Абу Талха Йаъмари (Аллах андан ыраазы болсун) айтат: Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) кызматчысы Савбанга жолугуп: Анын себеби менен Аллах мени бейишке киргизе турган амалды айтчы? - деп айттым. Же Аллахка эң сүйкүмдүү амалды айтчы деп сурадым окшойт. Ал унчукпай койду. Мен дагы сурадым. Ал бул жолу да унчукпады. Үчүнчү жолу сураганымда, ал: Бул амал тууралуу Аллахтын элчисинен мен да сураганмын. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таалага көп сажда кылгын. Сажда кылганың сайын сенин даражаңды көтөрүп, катаңды өчүрөт". Маъдан айтат: Кийин Абу Дардага жолугуп, андан да ошол эле суроону сурадым. Ал мага Саубан айткандай эле жооп берди.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) бейишке кирүүгө себеп боло турган же Аллах Таалага сүйкүмдүү болгон амал тууралуу сурашты.
 Пайгамбарыбыз (ага  Аллахтын тынчтыгы жана мактоосу болсун): Көбүрөөк сажда кылууга аракет кыл. Сен Аллахка ар бир сажда кылганыңда, ал үчүн сенин даражаңды көтөрүп, күнөөңдү өчүрөт - деди.</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Мусулман адам парз жана нафил намаздарды такай окушу керек, анткени намаздын ичинде сажда бар.
 Сахабалар бейишке Аллахтын ырайымынан кийин амал аркылуу гана жетүүгө болорун жакшы билишкен.
 Намаздын ичиндеги саждалар - даражанын көтөрүлүшүнө жана күнөөлөрдүн өчүрүлүшүнө чоң себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3732</t>
   </si>
   <si>
     <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>Бир киши адамдарга ар дайым карыз берет эле. Ал карызды чогулткан жаш жигитине: «Эгерде кедей карыздар адамга жолугуп калсаң, анда анын карызын кечип жибер. Балким Аллах бизди да кечирээр» - деп айтат эле. Ошондуктан ал көз жумуп Аллахка жолукканда Аллах Таала аны кечирди</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты. «Бир киши адамдарга ар дайым карыз берет эле. Ал карызды чогулткан жаш жигитине: «Эгерде кедей карыздар адамга жолугуп калсаң, анда анын карызын кечип жибер. Балким Аллах бизди да кечирээр» - деп айтат эле. Ошондуктан ал көз жумуп Аллахка жолукканда Аллах Таала аны кечирди».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты. «Бир киши адамдарга ар дайым карыз берет эле. Ал карызды чогулткан жаш жигитине: «Эгерде кедей карыздар адамга жолугуп калсаң, анда анын карызын кечип жибер. Балким Аллах бизди да кечирээр» - деп айтат эле. Ошондуктан ал көз жумуп Аллахка жолукканда Аллах Таала аны кечирди».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, адамдарга карыз берип жакшы мамиле кылган киши жөнүндө же аларга бир нерсени сатканда бир канча мөөнөттөн кийин төлөөгө макул болуп саткан киши жөнүндө кабар берип жатат. Ал адамдардагы карыздарын чогулткан кызматкерине мынтип айтат эле: «Эгерде карызды чогулткан учурда карыздар адам өтө муктаж болгондуктан алган карызын төлөй албай турган болсо, анда анын карызын же кечип жибер же болбосо кошумча убакыт бер жана аны шаштырба». Же болбосо карыздын канчасын төлөй алса ошону алып, калганын кечип жибер».
-Ал киши бул кылган иштери аркылуу Аллахтан кечирүүсүн үмүт кылган. Ошондуктан ал өлгөндө Аллах анын күнөөлөрүн кечирип, жамандыктарын жоюп салды.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдарга карыз берип жакшы мамиле кылган киши жөнүндө же аларга бир нерсени сатканда бир канча мөөнөттөн кийин төлөөгө макул болуп саткан киши жөнүндө кабар берип жатат. Ал адамдардагы карыздарын чогулткан кызматкерине мынтип айтат эле: «Эгерде карызды чогулткан учурда карыздар адам өтө муктаж болгондуктан алган карызын төлөй албай турган болсо, анда анын карызын же кечип жибер же болбосо кошумча убакыт бер жана аны шаштырба». Же болбосо карыздын канчасын төлөй алса ошону алып, калганын кечип жибер». Ал киши бул кылган иштери аркылуу Аллахтан кечирүүсүн үмүт кылган. Ошондуктан ал өлгөндө Аллах анын күнөөлөрүн кечирип, жамандыктарын жоюп салды.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Адамдарга жакшы мамиле кылуу, аларга кечиримдүү болуу жана кедейдин карызын кечип жиберүү - бул кыямат күнү пенденин азаптан кутулуусунун эң чоң себептеринен болот.
 Адамдарга жакшылык кылуу, Аллахка ыкластуу болуу жана анын ырайымын үмүт кылуу - бул күнөөлөрдүн кечирилишине себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3753</t>
   </si>
   <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Күнөөсүн жарыя кылгандардан башка үммөтүмдүн баары ккечирилет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Күнөөсүн жарыя кылгандардан башка үммөтүмдүн баары ккечирилет. Жарыя кылуу мындай, бир адам түн ичинде күнөө кылып, Аллах анын жасаганын жашырат. Тиги болсо күндүзү: "О, баланча, мен түнү мындай, тигиндей иш кылдым" деп өзү жарыя кылат. Түндө аны Раббиси жашырган эле, Аллах жашырганды күндүзү өзү жарыя кылат".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Күнөөсүн жарыя кылгандардан башка үммөтүмдүн баары ккечирилет. Жарыя кылуу мындай, бир адам түн ичинде күнөө кылып, Аллах анын жасаганын жашырат. Тиги болсо күндүзү: "О, баланча, мен түнү мындай, тигиндей иш кылдым" деп өзү жарыя кылат. Түндө аны Раббиси жашырган эле, Аллах жашырганды күндүзү өзү жарыя кылат".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман кишинин кылган күнөөсү кечирилерине үмүт бар экенин баяндайт. Бирок мактаныч менен кылган күнөөсүн уялбай жарыя кылган адам кечиримге ылайык эмес. Түнү күнөө кылат, аны Аллах жашырып койсо, эртеси бирөөлөргө түндө мындай күнөө кылдым деп өзү ашкере кылат. Түндө Аллах аны жашырган эле, күндүзү ал өзү Аллах жашырганды ашкере кылды.</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Аллах жашырган күнөөнү жарыя кылуу өтө жаман иш.
 Күнөөнү жарыя кылуу ыймандуулардын арасында бузукулукту жайылтат.
 Аллах бул дүйнөдө кимдин күнөөсүн жашырса, акыретте да анын күнөөсүн жашырат. Бул Аллахтын пенделерине болгон ырайымынын кенендиги.
 Күнөө кылган адам күнөөсүн жашырып, Аллахка тообо кылышы керек.
 Күнөөлөрдү ачык кылып, кечиримден куру калгандардын күнөөлөрүнүн өтө оор экендиги баяндалат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3756</t>
   </si>
   <si>
@@ -5272,244 +5270,242 @@
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[Хасан бишаваахидихи (башка жакшы айтымдары бар хадис)]</t>
   </si>
   <si>
     <t>[Ат-Тирмизи жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3791</t>
   </si>
   <si>
     <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Өзүнө жараша мамиле кылуу тууганчылык байланышты бекемдөөгө жатпайт. Тууганчылык байланыш үзүлгөндө аны байланыштырган адам тууганчылык байланышты бекемдеген адам болот</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
-    <t>Абдулла ибн Амр, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Өзүнө жараша мамиле кылуу тууганчылык байланышты бекемдөөгө жатпайт. Тууганчылык байланыш үзүлгөндө аны байланыштырган адам тууганчылык байланышты бекемдеген адам болот».</t>
+    <t>Абдулла ибн Амр (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Өзүнө жараша мамиле кылуу тууганчылык байланышты бекемдөөгө жатпайт. Тууганчылык байланыш үзүлгөндө аны байланыштырган адам тууганчылык байланышты бекемдеген адам болот».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, хадисте мындай деп кабар берип жатат. Тууганчылык байланышты толук кандуу аткарган адам жана жакындарына жакшылык кылган адам - ал көргөн жакшылыкка жараша жакшылык менен жооп берген адам эмес. Тескерисинче, ал жакын туугандары аны менен тууганчылык байланышты үзүп ага жамандык кылышса да алар менен тууганчылык байланышты күчөтүп, тууганчылык байланышты толук кандуу бекемдеген адам. Анткени ал жакын туугандарына жакшылык менен жооп берип жатат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) хадисте мындай деп кабар берип жатат. Тууганчылык байланышты толук кандуу аткарган адам жана жакындарына жакшылык кылган адам - ал көргөн жакшылыкка жараша жакшылык менен жооп берген адам эмес. Тескерисинче, ал жакын туугандары аны менен тууганчылык байланышты үзүп ага жамандык кылышса да алар менен тууганчылык байланышты күчөтүп, тууганчылык байланышты толук кандуу бекемдеген адам. Анткени ал жакын туугандарына жакшылык менен жооп берип жатат.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
-    <t>Шариятта этибарга алынган туугандык байланышты бекемдөө - сенден мамилесин үзгөн туугандар менен мамиле кылууң, сага зулумдук кылганды кечирүүң жана сенден бир нерселерди тыйып койса да сен ага берүүң. Туугандык байланышты бекемдөө жакшылыкка жараша гана жакшылык кылуу эмес, тескерисинче, бардыгы менен бирдей жакшы мамиледе болуу.
+    <t>Шариятта этибарга алынган туугандык байланышты бекемдөө - сенден мамилесин үзгөн туугандар менен мамиле кылууң, сага зулумдук кылганды кечирүүң жана сенден бир нерселерди тыйып койсо да сен ага берүүң. Туугандык байланышты бекемдөө жакшылыкка жараша гана жакшылык кылуу эмес, тескерисинче, бардыгы менен бирдей жакшы мамиледе болуу.
 Туугандык байланышты бекемдөө – бул жакын туугандарга колдон келген мал-дүйнөдөн жакшылык кылып берүү, аларга дуба кылуу, аларды жакшылыкка чакырып жамандыктан кайтаруу ж.б.у.с. жакшылыктарды кылуу. Ошондой эле мүмкүн болушунча аларды жамандыктардан сактоо керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/3854</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>эмне кылууга байъат келишим кылабыз?" - дедик. Ал: "Аллахка ибадат кылууңарга жана Ага эч нерсени шерик кылбооңорго, беш убак намазга, баш ийүүңөргө" - деп, анан акырын үнү менен: "Адамдардан эч нерсени сурабооңорго</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Абу Муслим Хавлани айтат: Мага чынчыл жана сүйүктүү болгон адам айтып берди, ал мен үчүн сүйүктүү жана менин оюмда ал чынчыл, ал Ауф бин Малик (ага Аллах ыраазы болсун), ал мындай деди: Биз тогузбу, сегизби же жетиби адам Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) жанында отурган элек. Ал: "Аллахтын элчисине байъат келишим-убада кылбайсыңарбы?" - деди. Биз жаңы эле байъат кылган элек. Ошого: Сага байъат кылып, убада бердик  го, о, Аллахтын элчиси? - дедик. Ал дагы: "Аллахтын элчисине байаът келишим кылбайсыңарбы?" - деди. Биз колубузду сунуп: "Сага байъат келишим кылдык го, о, Аллахтын элчиси. Эми  эмне кылууга байъат келишим кылабыз?" - дедик. Ал: "Аллахка ибадат кылууңарга жана Ага эч нерсени шерик кылбооңорго, беш убак намазга, баш ийүүңөргө" - деп, анан акырын үнү менен: "Адамдардан эч нерсени сурабооңорго" - деди. Чынын айтсам, кийин мен ошол адамдардын кээ бири камчысын тушүрүп жиберсе, аны алып берүүсүн бирөөдөн суранбай калганын көрдүм.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир канча сахабалар менен туруп, кээ бир иштерди бекем кармоого ант, келишим кылуусун алардан үч жолу талап кылат:
 Биринчиси: Аллах Тааланын буйруктарын аткарып, тыюуларынан тыйылып, Ага эч нерсени шерик кылбай ибаадат кылууга.
 Экинчиси: Күнү-түнү окула турган беш убак парз намазды калтырбай окууга.
 Үчүнчүсү: Шариятка каршы келбеген иштерде мусулмандарга башчы болгон адамды угуп, баш ийүүгө.
 Төртүнчү: Бардык муктаждыктарын Аллахтан күтүп, адамдардан эч нерсе сурабоого. Ушул сөздү айтканда пайгамбар (ага Аллахтын тынчтыгы жана мактосу болсун) үнүн мурдагыдан акырыныраак чыгарды.
 Чынында, сахабалар (аларга Аллах ыраазы болсун) берген ант-келишимдерин так аткарышты. Атүгүл, хадисти айткан киши айтат: Ошол сахабалардын кээ бири камчысын түшүрүп жиберсе, аны алып берүүнү бирөөдөн суранбай, өздөрү түшүп алганын көрдүм.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Адамдардан суранууну таштоо, сурануу деп эсептелген нерсенин баарынан тазалануу, өтө жөнөкөй иште дагы адамдардын жардамын үмүт кылбоо.
 Суроонун тыюу салынган түрү бул дүйнө иштерине тиешелүү. Ал эми илим тууралуу жана дин иштеринде суроо айып эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4176</t>
   </si>
   <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
-    <t>Кимде-ким кедейдин карызын төлөө мөөнөтүн кечиктирсе, же
-карызынын баарын же бир бөлүгүн кечип салса, анда Аллах аны Кыямат күнү Өз Аршынын көлөкөсүндө башка эч кандай көлөкө жок болгон күнү көлөкө кылат</t>
+    <t>Кимде-ким кедейдин карызын төлөө мөөнөтүн кечиктирсе, же карызынын баарын же бир бөлүгүн кечип салса, анда Аллах аны Кыямат күнү Өз Аршынын көлөкөсүндө башка эч кандай көлөкө жок болгон күнү көлөкө кылат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким кедейдин карызын төлөө мөөнөтүн кечиктирсе, же
-карызынын баарын же бир бөлүгүн кечип салса, анда Аллах аны Кыямат күнү Өз Аршынын көлөкөсүндө башка эч кандай көлөкө жок болгон күнү көлөкө кылат».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Кимде-ким кедейдин карызын төлөө мөөнөтүн кечиктирсе, же карызынын баарын же бир бөлүгүн кечип салса, анда Аллах аны Кыямат күнү Өз Аршынын көлөкөсүндө башка эч кандай көлөкө жок болгон күнү көлөкө кылат».</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай деп кабар берди: Кимде-ким карыздар адамдын карызын төлөө мөөнөтүн кечиктирсе, же карызынын бир бөлүгүн кечип салса, анда анын сыйлыгы Аллах аны Өз Аршынын астына, Кыямат күнү күн пенделердин башына жакындай турган күнү көлөкөсүнө алат. Ал күнү күндүн ысыгы аларга катуу тийген кез болот. Демек Аллах көлөкөсүнө алган адамдан башка эч ким көлөкө таба албайт.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп кабар берди: Кимде-ким карыздар адамдын карызын төлөө мөөнөтүн кечиктирсе, же карызынын бир бөлүгүн кечип салса, анда анын сыйлыгы Аллах аны Өз Аршынын астына, Кыямат күнү күн пенделердин башына жакындай турган күнү көлөкөсүнө алат. Ал күнү күндүн ысыгы аларга катуу тийген кез болот. Демек Аллах көлөкөсүнө алган адамдан башка эч ким көлөкө таба албайт.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Аллах Тааланын пенделери үчүн жеңилдетүүнүн пазилети жана адамдарга жеңилдик берүү - Кыямат күнүнүн коркунучтуу азабынан кутулуунун себептеринин бири.
 Иш-аракеттердин түрүнө жараша сооп-сыйлыктар да ошол түрдөн берилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4186</t>
   </si>
   <si>
     <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
-    <t>Кимде-ким Рамазанда ыйман келтирип жана сооп үмүт кылып орозо кармаса, анда анын мурунку күнөөлөрү кечирилет</t>
+    <t>Кимде-ким Рамазанды ыйман келтирип жана сооп үмүт кылып орозо кармаса, анда анын мурунку күнөөлөрү кечирилет</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким Рамазанда ыйман келтирип жана сооп үмүт кылып орозо кармаса, анда анын мурунку күнөөлөрү кечирилет».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Кимде-ким Рамазанды ыйман келтирип жана сооп үмүт кылып орозо кармаса, анда анын мурунку күнөөлөрү кечирилет».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай деп кабарлап жатат: Кимде-ким Рамазан айында Аллахка ыйман келтирип жана орозонун парздыгын тастыктап орозо кармаса, анда Аллах Таала орозо кармагандар үчүн сыйлыктарды жана соопторду даярдап койгон. Ал бул орозосун Аллах Тааланын ыраазычылыгы үчүн, жоро көрсүн жана эл уксун дебестен кармаса, анда анын мурунку күнөөлөрү кечирилет.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп кабарлап жатат: Кимде-ким Рамазан айында Аллахка ыйман келтирип жана орозонун парздыгын тастыктап орозо кармаса, анда Аллах Таала орозо кармагандар үчүн сыйлыктарды жана соопторду даярдап койгон. Ал бул орозосун Аллах Тааланын ыраазычылыгы үчүн, жоро көрсүн жана эл уксун дебестен кармаса, анда анын мурунку күнөөлөрү кечирилет.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Ыкластуулуктун пазилети, ыкластуулуктун Рамазан орозосунда жана башка жакшы иш-аракеттердеги маанилүүлүгү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4196</t>
   </si>
   <si>
     <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>Ким эртең мененки жана кеч курунку намазды окуса, бейишке кирет</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Абу Муса Ашари (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким эртең мененки жана кеч курунку намазды окуса, бейишке кирет".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) багымдат намазы менен асыр намазын калтырбай, өз убагынан кечиктирбей окууга үндөгөн. Кимде-ким бул эки намазды талаптагыдай, өз убактысында, жамаат менен окуса, бул намаздар анын бейишке кирүүсүнө себеп болот.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Багымдат намазы менен асыр намазын калтырбай окууда чоң артыкчылык бар; Анткени, багымдат намазы уйку аябай татуу болгон учурга дал келет. Асыр болсо иш аябай кызыган учурда. Ошондуктан, бул эки намазды калтырбай окуу башка намаздарга караганда зарылыраак.
 Бул эки намаз "бардайни" деп аталат, "суукта окулчу эки намаз" деген мааниде. Багымдат намазы түндүн суугунда, дигер намазы күндүн табы кайтып калганда окулганы үчүн ушинтип аталышы мүмкүн. Ысык мезгилде болсо деле, асыр убагы андан мурунку убакка караганда салкындап калган учур болот эмеспи. Же жөн эле басымдуулугун эске алып ушинтип атаган болушу да мүмкүн. Мисалы, Күн менен Айды арабдар "эки Ай" деп атаган сыяктуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4198</t>
   </si>
   <si>
     <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Кимде-ким Кадыр түндү ыйман келтирген абалда жана сооп үмүт кылып (ибадат менен) өткөрсө, анда анын өткөн күнөөлөрү кечирилет</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким Кадыр түндү ыйман келтирген абалда жана сооп үмүт кылып (ибадат менен) өткөрсө, анда анын өткөн күнөөлөрү кечирилет».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Кимде-ким Кадыр түндү ыйман келтирген абалда жана сооп үмүт кылып (ибадат менен) өткөрсө, анда анын өткөн күнөөлөрү кечирилет».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Рамазан айынын акыркы он күнүндө болгон Кадыр түндү тосуунун пазилетин кабарлады. Ошондой эле кимде-ким ал түндө намаз окуу, дуба кылуу, Куран окуу жана зикир кылуу менен алек болуп, Кадыр түндүн болоруна, ал тууралуу келген пазилеттерине ыйман келтирип, кылган иш-аракеттери үчүн Аллахтан гана сооп-сыйлык үмүт кылып, жоро көрсүн жана эл уксун дебестен өткөрсө, анда анын мурунку күнөөлөрү кечирилишин кабарлады.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Рамазан айынын акыркы он күнүндө болгон Кадыр түндү тосуунун пазилетин кабарлады. Ошондой эле кимде-ким ал түндө намаз окуу, дуба кылуу, Куран окуу жана зикир кылуу менен алек болуп, Кадыр түндүн болоруна, ал тууралуу келген пазилеттерине ыйман келтирип, кылган иш-аракеттери үчүн Аллахтан гана сооп-сыйлык үмүт кылып, жоро көрсүн жана эл уксун дебестен өткөрсө, анда анын мурунку күнөөлөрү кечирилишин кабарлады.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Кадыр түндүн пазилети жана аны тосууга үндөө.
 Жакшы иш-аракеттер туура ниет кылуу менен гана кабыл болот.
 Аллахтын пазилеттүүлүгү жана Анын ырайымдуулугу. Анткени кимде-ким Кадыр түндүн болоруна ыйман келтирип жана сооп үмүт кылып өткөрсө, анда анын өткөн күнөөлөрү кечирилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4202</t>
   </si>
   <si>
     <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Аллах кимге жакшылык кааласа, анда ага сыноо жиберет</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах кимге жакшылык кааласа, анда ага сыноо жиберет».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Аллах кимге жакшылык кааласа, анда ага сыноо жиберет».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, эгер Аллах ыймандуу пенделеринин бирине жакшылык кааласа, анда аларды өздөрү, мал-мүлктөрү жана үй-бүлөлөрү менен сынаарын кабарлап кетти. Анткени Аллах аларга сыноо жөнөтүү менен ыймандуулар дуба кылып Аллах Таалага кайрылышат, алардын жаман иштеринин күнөөлөрү кечирилет жана даражаларды көтөрүлөт.</t>
+    <t>Пайгамбар(ага Аллахтын тынчтыгы жана мактоосу болсун) эгер Аллах ыймандуу пенделеринин бирине жакшылык кааласа, анда аларды өздөрү, мал-мүлктөрү жана үй-бүлөлөрү менен сынаарын кабарлап кетти. Анткени Аллах аларга сыноо жөнөтүү менен ыймандуулар дуба кылып Аллах Таалага кайрылышат, алардын жаман иштеринин күнөөлөрү кечирилет жана даражаларды көтөрүлөт.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Ыймандуу адам ар кандай сыноолорго кабылат.
 Сыноолор Аллахтын пенделерине болгон сүйүүсүнүн белгиси болушу мүмкүн. Аллах аны менен пенделеринин даражасын, кадыр-баркын көтөрөт жана күнөөлөрүн кечирет.
 Кыйынчылык болгондо сабырдуулукка жана дүрбөлөңгө түшпөөгө үндөө.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4204</t>
   </si>
   <si>
     <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Мусулман кабырда суралганда: "Лаа илаха иллаллаху Мухаммад расулуллохи</t>
   </si>
   <si>
     <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Бараа бин Аазиб (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мусулман кабырда суралганда: "Лаа илаха иллаллаху Мухаммад расулуллохи " деп күбөлүк берет. Аллах Тааланын: "Аллах Таала ыйандуу пенделерин бул дүйнөдө да, акыретте да бекем сөзгө туруктуу кылат" - деген аятында ушул айтылган" (Ибрахим, 27-аят).</t>
@@ -5608,51 +5604,51 @@
     <t>قال النووي: حديث حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والبيهقي وغيرهما</t>
   </si>
   <si>
     <t>[قال النووي: حديث حسن]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4216</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Улоодо бара жаткан адам, жөө бара жаткан адамга, жөө бара жаткан адам, отурган адамга, аз сандагы адам, көп сандагы адамга салам айтат</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Улоодо бара жаткан адам, жөө бара жаткан адамга, жөө бара жаткан адам, отурган адамга, аз сандагы адам, көп сандагы адамга салам айтат" .</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Улоодо бара жаткан адам, жөө бара жаткан адамга, жөө бара жаткан адам, отурган адамга, аз сандагы адам, көп сандагы адамга салам айтат" . Бухарийде: "Жашы кичүү адам, жашы улууга, өтүп бара жаткан адам, отурган адамга, аз сандагы адам, көп сандагы адамга салам айтат" деп келген.</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдар арасында минтип салам берүүнүн адебин көрсөткөн: "Ассалааму алайкум ва рахматуллоохи ва баракатуху". Жашы кичине жаш улууга, улоодогу жөөгө, басып бараткан отурганга, саны аз саны көпкө салам айтат.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Хадисте келгендей салам айтуу жакшы, а эгер жөө бараткан адам улоодогу адамга салам айтса, же жогоруда айтылгандардын кайсы бири тескерисинче болуп калса, эч нерсе эмес. Бирок жакшы жана абзел болгонго каршы келет.
 Хадисте айтылгандай тартипте салам айтып жайылтуу жакшы көрүүгө жана мээримдүүлүккө себеп болот.
 Эгер жогоруда айтылгандар салам берүүдө бирдей болуп калса, анда озунуп салам айтканы алардын жакшысы болуп эсептелет.
 Адам баласы эмнеге муктаж болсо, анын баарын баяндаган (Ислам) шарияты кемчиликсиз, толук.
 Ар бир адамга өз акысын берүүнү жана саламдашуунун адебин үйрөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4243</t>
   </si>
@@ -5728,134 +5724,134 @@
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Өтө зарыл болуп турган ишти аткаруу менен алек болуп, учурда муктаждыгы жок ишти коё турган оң. Ошондой эле али болбогон нерсени суроонун кереги жок.
 Түйүндүү маселеге алып бара турган жана арада ар кандай келишпестиктерге эшик ача турган суроолорду суроо арам (тыюу салынган).
 Тыюу салынган нерсенин баарын таштоо керек. Анткени, тыюу салынган ишти аткарбай коюуда эч кандай кыйынчылык жаралбайт.
 Ал эми буйрулган ишти ар ким өз чамасына жараша аткаруусу керек. Анткени, кээде аны аткаруу бирөөлөргө оор болуп, машакат жаратуусу мүмкүн. Ошондуктан, буйрулган иштерди ар ким чамасына жараша аткарууга буйрулган.
 Көп суроо берүүдөн тыюу боюнча аалымдар суроолорду эки түргө бөлүшөт: биринчиси, дин иштеринин кайсы бирин билип алуу үчүн берилген суроо. Буга сахабалардын сурагандары кирет, мындай суроолорду берүү шариятта буйрулган. Экинчиси: өзүнө-өзү оорлук жаратуу үчүн, көктүк кылып атайын берилген суроолор. Мына ушундай суроолорго тыюу салынган.
 Мурдагы үммөттөрдө болгон сыяктуу, бул үммөткө пайгамбарына каршы чыгуу катуу эскертилди.
 Кереги жок нерселер тууралуу көп суроо берүү жана пайгамбарына каяша кылуу кыйрап жок болууга себеп болот. Айрыкча, аткарууга жана түшүнүүгө мүмкүн болбогон нерселер тууралуу суроо. Мисалы: Аллахтан башка эч ким билбеген кайып нерселер, кыяматагы боло турган иштер ж.б.
 Татаал маселелер тууралуу суроо берүүдөн кайтаруу. Имам Авзаъи минтип айткан: "Эгерде Аллах Таала пендесин илимдин берекесинен куру калтырууну кааласа, анын тилине адаштыруучу сөздөрдү салат. Чынында, мындайлар адамдардын эң илими азы болорун көрдүм". Ибн Вахб минтип айткан: "Илимдеги талашуу - кишинин жүрөгүнөн илимдин нурун кетирет".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4295</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>“Сен өтө оор ишти сурадың. Бирок Аллах жеңил кылгандар үчүн өтө оңой болот</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
-    <t>Муаз бин Жабал (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен сапарда бирге болдум. Бир күнү жол жүрүп бара жатканда аны жандай бастырып калдым. Анан андан: Оо, Аллахтын элчиси, мени тозоктон алыстатып, бейишке киргизе турган кандай иш бар? – деп сурадым. Ал: “Сен өтө оор ишти сурадың. Бирок Аллах жеңил кылгандар үчүн өтө оңой болот . Аллахка шерик кошпой ибадат кыл, беш убак намазды толук оку, зекетти бер, Рамазан айынын орозосун карма. Аллахтын үйү (Каъбага барып), ажылык милдетиңди аткар” – деп, анан сөзүн кайра улады: “Сага жакшылыктын эшиктери тууралуу айтайынбы? Орозо (тозоктон) калкан; Садага – суу отту өчүргөндөй күнөөлөрдү өчүрөт. Адамдын түн ортосунда окуган намазы” – деп, бул аятты окуду: “Алардын жамбашы жатчу жайынан алыс болуп, коркуу жана үмүт менен Раббисине дуба кылышат. Биз берген ырыскыдан каржылашат. Эч ким кылган иш-амалдары үчүн аларга жашыруун даярдалып коюлган көз кубанычын билбейт”. Анан кайра мага: “Сага диндин башы, тиреги жана туу чокусу тууралу айтайынбы?” – деди. Мен: О Аллахтын элчиси, айтыңыз – дедим. Ал: “Диндин башы – Ислам; Анын тиреги – намаз; Туу чокусу – Аллах жолунда күрөш” – деди. Анан: “Эми сага ушул айтылгандардын баарынын негизи эмне экенин айтайынбы?” – деди. Мен: О Аллахтын элчиси, айтыңыз – дедим. Ошондо ал тилин кармап көрсөтүп: “Ушуну сакта!” – деди. Мен: О Аллахтын элчиси, биз айткан сөздөрүбүз үчүн да жоопко тартылабызбы? – деп сурадым. Ал: “Энең сени жоготсун, оо Муаз, адамдарды тозокко бети же мурду менен кулаткан нерсе тилинен тапкан күнөөлөрү эмеспи” – деди.</t>
+    <t>Муаз бин Жабал (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен сапарда бирге болдум. Бир күнү жол жүрүп бара жатканда аны жандай бастырып калдым. Анан андан: Оо, Аллахтын элчиси, мени тозоктон алыстатып, бейишке киргизе турган кандай иш бар? – деп сурадым. Ал: “Сен өтө оор ишти сурадың. Бирок Аллах жеңил кылгандар үчүн өтө оңой болот . Аллахка шерик кошпой ибадат кыл, беш убак намазды толук оку, зекетти бер, Рамазан айынын орозосун карма. Аллахтын үйү (Каъбага барып), ажылык милдетиңди аткар” – деп, анан сөзүн кайра улады: “Сага жакшылыктын эшиктери тууралуу айтайынбы? Орозо (тозоктон) калкан; Садага – суу отту өчүргөндөй күнөөлөрдү өчүрөт. Адамдын түн ортосунда окуган намазы” – деп, бул аятты окуду: “Алардын жамбашы жатчу жайынан алыс болуп, коркуу жана үмүт менен Раббисине дуба кылышат. Биз берген ырыскыдан каржылашат. Эч ким кылган иш-амалдары үчүн аларга жашыруун даярдалып коюлган көз кубанычын билбейт”. Анан кайра мага: “Сага диндин башы, тиреги жана туу чокусу тууралу айтайынбы?” – деди. Мен: О Аллахтын элчиси, айтыңыз – дедим. Ал: “Диндин башы – Ислам; Анын тиреги – намаз; Туу чокусу – Аллах жолунда күрөш” – деди. Анан: “Эми сага ушул айтылгандардын баарынын негизи эмне экенин айтайынбы?” – деди. Мен: О Аллахтын элчиси, айтыңыз – дедим. Ошондо ал тилин кармап көрсөтүп: “Ушуну сакта!” – деди. Мен: О Аллахтын элчиси, биз айткан сөздөрүбүз үчүн да жоопко тартылабызбы? – деп сурадым. Ал: “Энең сени жоготсун, оо Муаз, адамдарды тозокко бети же мурду менен кулаткан нерсе тилинен тапкан күнөөлөрү эмеспи” – деди.</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
 ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
 قال معاذ رضي الله عنه: بلى يا رسول الله. 
 قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
 وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
 ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
 قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
 قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
   </si>
   <si>
-    <t>Муаз (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге сапарда болдум. Бирде аны менен жанаша басып калып: Оо Аллахтын элчиси, мага мени бейишке киргизип, тозоктон куткара турган амалды атап берчи - деп сурадым. Ал: Сен аткаруу напсиге оор болгон иштер тууралуу сурадың. Бирок Аллах Таала аны аткарууну жеңил кылып койгон адамга аткаруу жеңил болот. Исламдын мобул беш парзын аткар:
+    <t>Муаз (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге сапарда болдум. Бирде аны менен жанаша басып калып: Оо Аллахтын элчиси, мага мени бейишке киргизип, тозоктон куткара турган амалды атап берчи - деп сурадым. Ал: Сен аткаруу напсиге оор болгон иштер тууралуу сурадың. Бирок Аллах Таала аны аткарууну жеңил кылып койгон адамга аткаруу жеңил болот. Исламдын мобул беш парзын аткар:
 Биринчи: Аллахка эч нерсени шерик кылбай, ибадат кыласың.
-Экинчиси: Күнү-түнү биригип суткасына беш убак намаз окуйсуң. Булар: багымдат, бешим, дигер, шам жана куптан намаздары. Намаз окуганда шарттарын, үрүкүндөрүн, важыбдарын толук аткар.
+Экинчиси: Күнү-түнү биригип суткасына беш убак намаз окуйсуң. Булар: багымдат, бешим, дигер, шам жана куптан намаздары. Намаз окуганда шарттарын, үрүкүндөрүн, важибтерин толук аткар.
 Үчүнчүсү: парз болгон зекетиңди чыгарасың. Зекет белгилүү өлчөмгөн жеткен малдан тиешелүү адамдарга чыгарып бере турган мал-дүйнөгө байланыштуу ибадат.
 Төртүнчүсү: Рамазан айында орозо кармайсың. Орозо таң аткандан, күн батканга чейин ибадат ниетинде тамак, суусун, ж.б. оозду ачып койо турган иштерден сактануу.
 Бшинчиси: Аллахка ибадат кылуу үчүн Меккени максат кылып Аллахтын үйүнө ажылык кыласың.
 Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Сага жакшылыктын эшигине жеткире турган жолду айтайынбы? Жанагы парз амалдарга кошуп бул напилдерди аткар - дейт.
 Биринчиси: Напил орозо карма. Мындай орозолор кумар каалоону басаңдатып, күч-кубатты азайткандыктан күнөө кылууга жол бербейт.
 Экинчиси: Напил садага кетирген күнөө, каталарды өчүрөт жана анын изин кетирет.
 Үчүнчүсү: Түндүн акыркы бөлүгүндө тахажуд намазы. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын сөзүн окуду: (Алардын жамбашы жатчу жайынан алыс болуп) уйкудан туруп, коркуу жана үмүт менен Раббисине кайрылышат (зикир, Куран окуу, дуба менен). Биз берген ырыскыдан каржылашат. Эч ким кылган иш-амалдары үчүн аларга жашыруун даярдалып коюлган көз кубанычын билбейт.
 Анан Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): Сага диндин башы, тиреги жана туу чокусу тууралу айтайынбы? - дейт.
-Муаз (ага Аллах ыраазы болсун): ооба, айтыңыз - дейт.
+Муаз (Аллах андан ыраазы болсун): ооба, айтыңыз - дейт.
 Пагамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Диндин башы - эки күбөлүк келме, ушул эки келме менен адам динге келет. Диндин тиреги - намаз. Намаз болмоюнча Ислам болбойт. Түркүгү жок үй болбогон сыяктуу. Кимде-ким намаз окуса, анын дини бекемделип, көтөрүлөт. Диндин туу чокусу - Аллахтын Сөзүн жогоруу кылуу үчүн дин душмандары менен күрөшүү.
-Анан Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): Сага жогорудагылардын баарын бекемдей турган нерсени айтайынбы - деп, колу менен тилин кармап: Ушуну сакта, өзүңө тиешелүү болбогон нерсени сүйлөбө - деп эскертет. Муаз (ага Аллах ыраазы болсун): Биз ар бир сүйлөгөн сөзүбүз үчүн эсеп берип, азапталабызбы? - деп сурайт.
+Анан Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): Сага жогорудагылардын баарын бекемдей турган нерсени айтайынбы - деп, колу менен тилин кармап: Ушуну сакта, өзүңө тиешелүү болбогон нерсени сүйлөбө - деп эскертет. Муаз (Аллах андан ыраазы болсун): Биз ар бир сүйлөгөн сөзүбүз үчүн эсеп берип, азапталабызбы? - деп сурайт.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: Энең сени жоготсун! - дейт. Бул аны каргаган сөз эмес. Арабтарда маанилүү бир нерсеге көңүл буруп, билүүсү үчүн кыйыр мааниде айтылган сөз. Анан: Адамдардын тозокко  көмкөрүсүнөн кулап түшүүсүнө алардын каапырлык сөздү сүйлөгөнү, жалган жалаа жапканы, сөгүнгөнү, кыйбат, ушак кылганы себеп болуп жатпайбы - дейт.</t>
   </si>
   <si>
     <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
 فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
     <t>Сахабалардын (Аллах алардан ыраазы болсун) илимге болгон ынтызаарлыгы. Ошондуктан алар пайгамбарыбыздан көп нерсени сурашкан.
 Сахабалардын (Аллах алардан ыраазы болсун) дин маселелерин терең түшүнүүсү, бейишке кирүүнүн себеби жакшы амалдар экенин билишинде.
 Муаздын (Аллах андан ыраазы болсун) берген суроосу, чындыгында, жашоонун жана бар болуунун түпкү маңызын камтыганы үчүн улуу суроо. Анткени, бул дүйнөдөгү ар бир жаратылгандын, мейли инсан болобу, мейли жин болобу, акыры барчу жери же бейиш, же тозок. Мына ошондуктан бул суроо улуу суроо болуп эсептелет.
 Анын бейишке кирүүсү Исламдын беш парзын аткаруу аркылуу болору катары менен айтылды. Алар: күбөлүк берүү келимеси, намаз, зекет, орозо жана ажылык.
 Диндин башы, зарыл иштердин эң кымбаты жана эң негизги милдет - Ага эч нерсени шерик кылбай ибадат кылуу менен Аллахты жалгыздоо.
 Сообу көбөйүп, күнөөлөрү кечирилүүсү үчүн жакшылык эшиктерин ачып койгону Аллах Тааланын пенделерине кылган ырайымы.
 Парз амалдарды аткаргандан кийин напил амалдарды да аткаруу артыкчылыктуу иш.
 Исламдагы намаздын орду, чатырдын тирөөчү сыяктуу. Тирөөчтү алса, чатыр кулап калгандай, намаз жок болсо, Ислам болбойт.
-Динине зыянын тийгизе турган сөздөрдөн тилди сактоо важыб.
+Динине зыянын тийгизе турган сөздөрдөн тилди сактоо важиб.
 Тилди тыйып, аны сактоо бардык жакшылыктын булагы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4303</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Эки мусулман бири-бири менен кылычташып урушканда, өлтүргөн да жана өлгөн да тозоко түшөт. Ошондо мен: «Аллахтын Элчиси, бул киши өлтүргөн адам, а бирок өлтүрүлгөн адамда эмне күнөө?» - деп айттым. Аллахтын Элчиси: «Ал да шеригин өлтүргүсү келген» - деди</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
-    <t>Абу Бакра, радыяллаху анху, риваят кылып айтат: «Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Эки мусулман бири-бири менен кылычташып урушканда, өлтүргөн да жана өлгөн да тозоко түшөт. Ошондо мен: «Аллахтын Элчиси, бул киши өлтүргөн адам, а бирок өлтүрүлгөн адамда эмне күнөө?» - деп айттым. Аллахтын Элчиси: «Ал да шеригин өлтүргүсү келген» - деди».</t>
+    <t>Абу Бакра (Аллах андан ыраазы болсун) риваят кылып айтат: «Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Эки мусулман бири-бири менен кылычташып урушканда, өлтүргөн да жана өлгөн да тозоко түшөт. Ошондо мен: «Аллахтын Элчиси, бул киши өлтүргөн адам, а бирок өлтүрүлгөн адамда эмне күнөө?» - деп айттым. Аллахтын Элчиси: «Ал да шеригин өлтүргүсү келген» - деди».</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, эгерде эки мусулман бири-бирин жок кылууну көздөп кылычташып урушса, анда өлтүргөн киши экинчисин түздөн-түз өлтүргөндүктөн тозоко түшөөрүн кабарлады. Өлтүрүлгөн адам туурасында сахабалар: «Ал тозокко кандай түшөт?» - деп сурашканда, Пайгамбар, саллаллаху алейхи уа саллам, ал да шеригин өлтүргүсү келгени үчүн кылычын көтөрүп чыкканын айтты. Андыктан ал да тозоко түшөөрүн, аны өлтүрүүдөн башка эч кандай максаты болбогондугун жана аны шериги өлтүрүп койгондугун кабар берди.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эгерде эки мусулман бири-бирин жок кылууну көздөп кылычташып урушса, анда өлтүргөн киши экинчисин түздөн-түз өлтүргөндүктөн тозоко түшөөрүн кабарлады. Өлтүрүлгөн адам туурасында сахабалар: «Ал тозокко кандай түшөт?» - деп сурашканда, Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ал да шеригин өлтүргүсү келгени үчүн кылычын көтөрүп чыкканын айтты. Андыктан ал да тозоко түшөөрүн, аны өлтүрүүдөн башка эч кандай максаты болбогондугун жана аны шериги өлтүрүп койгондугун кабар берди.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Адам ниетинде күнөө кылууну чечип, күнөөнүн себептерин аткарса, анда ал жазага татыктуу болот.
 Мусулмандар менен согушууга жана алар менен согушкандардын тозокко түшөөрүн катуу эскертти.
 Мусулмандардын ортосунда акыйкат үчүн согушууда, мисалыга: падышага каршы чыккандар менен жана бузукулар менен согушууда эскертилген азапка дуушар болбойт.
 Чоң күнөө кылган адам капыр болбойт. Анткени Пайгамбар, саллаллаху алейхи уа саллам, согушкан эки адамды мусулмандар деп атады.
 Эгер эки мусулман киши өлтүрүүгө мүмкүн болгон кандайдыр бир куралдар менен жолугушуп, бири экинчисин өлтүрсө, анда өлтүргөн адам да жана өлгөн адам да тозокко түшөт. Бул хадисте кылыч мисал катары айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4304</t>
   </si>
   <si>
     <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
   </si>
   <si>
     <t>Дүнүйөгө кызыкпа - Аллах сени жакшы көрөт. Адамдардын колундагы нерселерге кызыкпа - адамдар сени жакшы көрөт</t>
   </si>
   <si>
@@ -6036,51 +6032,51 @@
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) нерселерге байланыштуу жалпы айтылган эрежени ачыктап жатат. Ал эреже шариятта үчкө бөлүнөт: Ачык-айкын адал, ачык-айкын арам жана өкүмдө адалдык жана арамдык жагынан ачык-айкын болбогон күмөндүү иштер. Анын өкүмүн көп адамдар биле бербейт.
 Демек кимде-ким ошол күмөндүү нерселерди таштаса, анда анын дини аны арамга түшүп калуудан сактайт жана анын намысы бул күмөндүү иштерди жасаган себебинен аны айыптаган адамдардын сөзүнөн аман болот. Кимде-ким күмөндүү нерселерден алыстабаса, анда ал же арамга түшүп калат, же адамдар анын намысына тийишет. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) күмөндүү нерселерди аткарып койгон адамдын абалын баяндоо үчүн мисал келтирди. Бул кожоюну коргогон жердин жанында малын жайып жүргөн чабанга окшош. Чабандын малы бул коруктун жанына жакын жайгашкандыктан, жайылып ага өтүп кетүүсүнө аз калат. Ошондой эле, кимде-ким күмөндүү бир ишти кылса, анда ал арамга жакындайт да ал арамга түшүп калышына аз калат. Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) денеде бир үзүм эт бар экенин, (ал жүрөк) ал оңолсо, дененин баары оңолоорун жана ал бузулса, дененин баары бузулаарын кабар берди.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Өкүмү тактала элек күмөндүү нерселерди таштоого үндөдү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4314</t>
   </si>
   <si>
     <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
     <t>Оо, адамдар! Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларга пайгамбарларга буйруган нерсени буйруган</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Оо, адамдар! Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларга пайгамбарларга буйруган нерсени буйруган. Ал минтип айткан: "Оо, пайгамбарлар! Таза, адал нерседен жегиле! Ийги иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн" (Муминун, 51-аят). Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...”!" деген (Бакара, 172-аят). Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун)  алыс сапарга чыгып, чачы саксайып жүдөгөн, үстү-башын чаң баскан адам колун өйдө көтөрүп: “ “Оо, Раббим, оо, Раббим” деп дуба кылганын эскерип, анан мындай деди: “Анын жегени арам, ичкени арам, кийгени арам, арамдан азыктанат. Анан анын дубасы кантип кабыл болсун?!”</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Оо, адамдар! Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларга пайгамбарларга буйруган нерсени буйруган. Ал минтип айткан: "Оо, пайгамбарлар! Таза, адал нерседен жегиле! Ийги иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн" (Муминун, 51-аят). Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...”!" деген (Бакара, 172-аят). Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун)  алыс сапарга чыгып, чачы саксайып жүдөгөн, үстү-башын чаң баскан адам колун өйдө көтөрүп: “ “Оо, Раббим, оо, Раббим” деп дуба кылганын эскерип, анан мындай деди: “Анын жегени арам, ичкени арам, кийгени арам, арамдан азыктанат. Анан анын дубасы кантип кабыл болсун?!”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
 ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
 ثالثًا: يرفع يديه إلى السماء بالدعاء. 
 رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
 ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: Аллах Таала Таза, Ыйык, айып, кемчиликтерден аруу, толук сыпаттар менен сыпатталган. Сөздөрдүн, амалдардын, ишенимдердин тазасын гана кабыл кылат. Мындай ибадаттар калыс Аллах үчүн анан пайгамбардын көрсөткөн тартибинде болушу керек. Аллах Таалага ушндай жол менен гана жакындоого болот. Ыймандуу адам үчүн анын эң таза амалы - таза, адал ырыскы менен азыктануусу. Ошон үчүн Аллах Таала  ыймандууларды пайгамбарларды буйругандай таза, адал тамактанууга жана жакшы амалдарды аткарууга буйруган. Ал минтип айткан: "Оо, пайгамбарлар! Таза, адал нерседен жегиле! Ийги иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн". Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...”!" деген.
 Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким арамдан ырыскы жесе,   анысы аткарган амалын бузуп, анын сырткы көрүнүшү кабыл боло тургандай көрүнсө да, кабыл болбой каларын эскерткен. Кабыл боло тургандай көрүнгөн сырткы көрүнүштөр булар:
 Биринчи: Ажылык, жихад, же туугандар менен байланышуу сыяктуу Аллахка таат кылуу максатында болгон узун сапарлар.
 Экинчи: таралбай чатышып калган чачы, чаң басып калган кийими, анын муктаж экендигинен кабар берет.
 Үчүнчү: Колун асманга сунуп дуба кылганы.
 Төртүнчү: Аллахтын ысымдарын ортого салып, Оо, Раббим! Оо, Раббим! - деп жалбарганы.
 Ушундай себептердин болуусуна карабай анын дубасы кабыл болбойт. Анткени, анын жегени, ичкени, кийгени баары арамдан. Арам менен азыктанган. Мындай адамдын дубасы кайдан кабыл болмок эле.</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
@@ -6120,59 +6116,59 @@
     <t>Пайгамбарыбыз (ага Аллахтын  тынчтыгы жана мактоосу болсун) Аллах Таала пенделеринин тообосун кабыл кыларын айтат. Эгер пенде күндүзү күнөө кылып, кечинде күнөөсүнө тообо кылса, Аллах Таала анын тообосун кабыл кылат. Эгер түндө күнөө кылып, күндүзү күнөөсүнө тообо кылса, Аллах Таала аны кабыл кылат. Аллах Таала пендесинин тообо кылганын сүйүнүп, кабыл кылуу үчүн колун созот. Ушинтип тообонун эшиги жабылуусу бул дүйнөнүн бүткөнүнөн кабар берет, бирок тообо эшиги күн батыштан чыкканга чейин ачык турат. Күн батыштан чыкканда, тообонун эшиги жабылат.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>Тообо эшиги ачык турган чакта бардык тооболор кабыл болот. Анын эшиги күн батыштан чыкканда жабылат. Адам кекиртегине өлүмдүн гаргарасы келгенге чейин, тагыраагы жан кекиртекке келгенге чейин тообо кылуусу керек.
 Күнөөнүн кечирилүүсүнөн үмүт үзүү - күнөө кылууга себеп болот. Аллах Тааланын кечирими жана ырайымы кенен. Тообонун эшиги дайыма ачык.
 Тообонун шарттары: биринчи, күнөөнү токтотуу. Экинчи, кылган күнөөсүнө өкүнүү. Үчүнчү, күнөөнү кайра эч качан кайталабоого чечим чыгаруу. Бул үч шарт пенденин Аллахтын акысына тиешелүү болгон күнөөлөрүнүн шарттары. Ал эми пенденин акысына тиешелүү күнөө болсо, анда тообо толук болуусу үчүн кимдин акысын бузган болсо, анын акысын берүү шарт, же акынын ээси (зулум чеккен адам) кечириши керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4318</t>
   </si>
   <si>
     <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Чындыгында, Аллах баардык нерсеге жакшылык кылууну буйруган. Ошондуктан өлтүрсөңөр жакшылап өлтүргүлө, мууздасаңар жакшылап сойгула. Силердин муздоочуңар бычагын курчутсун, жандыктын жанын кыйнабай чыгарсын</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
-    <t>Шаддад бин Авс, радыяллаху анху, риваят кылган хадисте, ал айтты: «Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдан, эки нерсени жаттап алдым». Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, Аллах баардык нерсеге жакшылык кылууну буйруган. Ошондуктан өлтүрсөңөр жакшылап өлтүргүлө, мууздасаңар жакшылап сойгула. Силердин муздоочуңар бычагын курчутсун, жандыктын жанын кыйнабай чыгарсын».</t>
+    <t>Шаддад бин Авс (Аллах андан ыраазы болсун) риваят кылган хадисте, ал айтты: «Мен Аллахтын Элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) эки нерсени жаттап алдым». Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Чындыгында, Аллах баардык нерсеге жакшылык кылууну буйруган. Ошондуктан өлтүрсөңөр жакшылап өлтүргүлө, мууздасаңар жакшылап сойгула. Силердин муздоочуңар бычагын курчутсун, жандыктын жанын кыйнабай чыгарсын».</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таала бизге бардык нерседе жакшылык кылууга буйруганын кабарлады. Жакшылык кылуу - бул ар дайым Аллахтын көзөмөлдөп туруусу, Ага ибадат кылуу, жакшылык кылуу жана макулуктарга зыян келтирүүдөн сактануу. Ошондой эле өлтүрүүдө да жана союуда да жакшылык кылуу.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала бизге бардык нерседе жакшылык кылууга буйруганын кабарлады. Жакшылык кылуу - бул ар дайым Аллахтын көзөмөлдөп туруусу, Ага ибадат кылуу, жакшылык кылуу жана макулуктарга зыян келтирүүдөн сактануу. Ошондой эле өлтүрүүдө да жана союуда да жакшылык кылуу.
 Касас өкүмүн тургузуп жаткан учурда да өлтүрүүдө жакшылык кылуу - бул өлүм жазасына тартылып жаткан адамды өлтүрүү үчүн эң оңой, эң жеңил жана тез жолду тандоо.
 Мал жандыкты союуда жакшылык кылуу – бул бычакты курчутуу менен малга жумшак мамиле кылуу. Малды каратып туруп анын алдында бычакты курчутпоо. Башка мал жандыктардын көз алдында мууздабоо.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Аллах Тааланын ырайымы жана Анын макулуктарына болгон боорукерлиги.
 Өлтүрүүнүн жана союунун жакшылыгы – шарият көрсөткөн түрдө болуусу.
 Шарияттын кемчиликсиздиги жана бардык жакшылыктарды камтышы. Мына ошол жакшылыктар жаныбарларга мээримдүүк кылууну жана аларга жумшак мамиле кылууну камтыйт.
 Адамды өлтүргөндөн кийин денесин кескилөөгө тыюу салынат.
 Жаныбарларды кыйнаган нерселердин бардыгына тыюу салынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4319</t>
   </si>
   <si>
     <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Улуу Раббисинен риваят кылган хадисте мындай деп айтты: «Чындыгында, Аллах жакшылыктарды да, жамандыктарды да жазып анан аны ачык баяндады. Кимде-ким бир жакшылык кылууну каалап, аны аткара албай калса, анда Аллах Өзүндө ага толук жакшылык жазат. А эгерде ал ниет кылып аны аткарса, анда Аллах Өзүндө ага он эседен жети жүз эсеге чейин, бир канча эселетип  жазат. Кимде-ким бир жамандык кылууну ниет кылып, аны кыла албай калса, анда Аллах ага толук жакшылык жазат. А эгерде ниет кылып аны аткарган болсо, анда Аллах Өзүндө ага бир жамандыкты гана жазат».@</t>
@@ -6196,60 +6192,60 @@
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Аллахтын бул үммөткө жакшылыктарды көбөйтүп, Аны Өзүнүн алдында жазып, жамандыктарды көбөйтпөөдөгү улуу пезилетин баяндоо.
 Иш-аракеттерди аткаруудагы ниеттин маанилүүлүгү жана анын  таасири.
 Аллах Тааланын пазилети, боорукердиги жана жакшылыгы бул кимде-ким бир жакшылык кылууга ниет кылып, аны аткара албай калса, анда Аллахтын ага жакшылык жазуусу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4322</t>
   </si>
   <si>
     <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
     <t>Эң сүйүктүү досум (пайгамбар) (ага Аллахтын тынчтыгы жана мактоосу болсун) мага үч ишти осуят кылды: ар айда үч күндөн орозо кармоону; (күн сайын) эки рекеттен чашке намазын окууну; уктаардан мурда витр намазын окуп жатууну</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Эң сүйүктүү досум (пайгамбар) (ага Аллахтын тынчтыгы жана мактоосу болсун) мага үч ишти осуят кылды: ар айда үч күндөн орозо кармоону; (күн сайын) эки рекеттен чашке намазын окууну; уктаардан мурда витр намазын окуп жатууну".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Эң сүйүктүү досум (пайгамбар) (ага Аллахтын тынчтыгы жана мактоосу болсун) мага үч ишти осуят кылды: ар айда үч күндөн орозо кармоону; (күн сайын) эки рекеттен чашке намазын окууну; уктаардан мурда витр намазын окуп жатууну".</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
 الأولى: صوم ثلاثة أيام من كل شهر. 
 الثانية: ركعتي الضُّحَى كل يوم. 
 الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) сүйүктүү пайгамбары жана жолдошу (ага Аллахтын тынчтыгы жана мактоосу болсун) ага үч ишти осуят кылып эскерткенин кабарлайт:
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) сүйүктүү пайгамбары жана жолдошу (ага Аллахтын тынчтыгы жана мактоосу болсун) ага үч ишти осуят кылып эскерткенин кабарлайт:
 Биринчиси: ар бир айда үч күн орозо кармоо.
 Экинчиси: күн сайын эки рекет чашке намазын окуу.
 Үчүнчүсү: уктаардан мурда витр намазын окуу. Витр намаз мындай убакта окуу уйкудан ойгонбой калам деп корккон адамдар үчүн.</t>
   </si>
   <si>
     <t>اختلاف وصايا النبيِّ صلى الله عليه وسلم لأصحابه: مَبنيٌّ على عِلْمِه صلى الله عليه وسلم بأحوال أصحابه، وما يُناسِب كلَّ واحد منهم، فالقوي يُناسبه الجهاد، والعابد تُناسبه العبادة، والعالِم يُناسبه العِلْم، وهكذا.
 قال ابن حجر العسقلاني في قوله: صوم ثلاثة أيام من كل شهر، الذي يظهر أن المراد بها البِيْض؛ وهي: يوم الثالث عشر، والرابع عشر، والخامس عشر، من الشهر الهجري.
 قال ابن حجر العسقلاني: فيه استحباب تقديم الوتر على النوم، وذلك في حقِّ مَن لم يَثِق بالاستيقاظ.
 أهمية هذه الأعمال الثلاثة؛ لوصية النبي صلى الله عليه وسلم عَدَدًا من أصحابه بها.
 قال ابن دقيق العيد في قوله: (وركعتي الضحى): لعلّه ذَكَر الأقَلَّ الذي يوجد التأكيد بفعله، وفي هذا دلالة على استحباب صلاة الضحى، وأنَّ أقلها ركعتان.
 وقت صلاة الضحى: من بعد شروق الشمس بربع ساعة تقريبًا، ويَمتَد وقتُها إلى ما قبل الظهر بعشر دقائق تقريبًا، وعددها: أقلها ركعتان، واختُلف في أكثرها؛ فقيل: ثماني ركعات، وقيل: لا حد لأكثرها.
 وقت الوتر: من بعد صلاة العشاء إلى طلوع الفجر، وأقله ركعة، وأكثره إحدى عشرة ركعة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына айткан осуяттарынын ар түрдүү болуусуна сахбаларынын абалын жакшы билгени себеп. Алардын кимиси эмнеге ылайык экенин жакшы билген. Күчтүү адам жихад кылууга ылайык. Ибадаткөй адам ибадат кылганга ылайык. Аалым адам илим таратканга ылайык, ж.б.
 Ибн Хажар ал-Аскалани минтип айткан: ай сайын үч күндөн кармалуучу орозо дегени, ай толгон учурдагы, б.а. хижра жыл санагы боюнча он үч, он төрт жана он бешинчи күндөгү орозолор.
 Ибн Хажар ал-Аскалани дагы мындай деген: Мында витр намазын уйкудан мурда окуу жакшы экени айтылган. Мындай кылуу уйкудан кайра ойгоно албай калам деп корккон адамдар үчүн.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир канча сахабасына ушундай осуят кылгандыктан, бул үч амалдын өтө зарылдыгын билебиз.
 Ибн Дакик ал-Ийд "Эки рекет чашке" намазы тууралуу мындай дейт: балким аткарылышы зарыл болгон эң аз сан айтылгандыр. Бул чашке намазынын абзелдигине жана анын эң аз өлчөмү эки рекет экендигине ишарат кылат.
 Чашке намазынын убактысы: Күн чыккандан болжолдуу он беш мүнөт өткөндөн баштап, чак түшкө он мүнөт калганга чейин. Ирекеттеринин саны: азы эки ирекет, көбү жөнүндө кайчы пикирлер бар. Кээ бирлер сегиз ирекет деген. Кээ бирлер көбүнө такталган чек жок дешет.
 Витр намазынын убактысы: Куптан намазынан кийин башталып, таң сүргөнгө чейин. Азы бир ирекет, көбү он бир ирекет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4538</t>
   </si>
@@ -6278,68 +6274,68 @@
 الشهرُ القَمَريُّ لا يكون إلا تسعةً وعشرون يومًا، أو ثلاثين يومًا.
 وجوب إكمال رمضان ثلاثين يومًا إذا حال غيم أو نحوه دون هلال شوال.
 من كان بموضع ليس فيه مَن يَتَفَقَّدُ أَمْرَ المسلمين في الصوم، أو كان ممن يضيِّع ذلك فينبغي أن يراعي ذلك ويَتفقده بمَن يثبت ذلك عنده برؤية نفسه أو برؤية من يثق به؛ فيصوم بذلك ويفطر.</t>
   </si>
   <si>
     <t>Эсеп боюнча айдын киргенине эмес, жаңырган айды көрүүгө таянуу керек.
 Ибн Мунзир "Рамазан айы көрүнбөй, бирок эсеп боюнча ай кирсе, орозо кармалбайт" деген аалымдардын жалпы пикирин айтып өткөн.
 Эгер күн бүркөө болуп ж.б.у.с. себептерден улам Рамазандын жаңырган айы көрүнбөй калса, анда Шаабан айын толук отуз күн кылуу важыб.
 Ай календары боюнча ар бир ай же жыйырма тогуз, же отуз күн болот.
 Эгер күн бүркөө болуп же башкка себептерден улам Шаввалдын жаңырган айы көрүнбөй калса, анда Рамазан айын толук отуз күн кылуу важыб.
 Кимде-ким мусулмандарга орозо тууралуу маселелерди аныктап бере турган жооптуу адам жок жерде же ал адам жоопкерчиликсиз адам болсо, анда айды өзү көрүп же өзү ишенген бирөөнүн көрүүсү менен орозо кармап жана орозону бүтүрүүсү зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4549</t>
   </si>
   <si>
     <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Чындыгында, Аллах силердин келбетиңерге жана байлыгыңарга карабайт, бирок жүрөгүңөргө жана иш-аракетиңерге карайт</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Чындыгында, Аллах силердин келбетиңерге жана байлыгыңарга карабайт, бирок жүрөгүңөргө жана иш-аракетиңерге карайт».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Чындыгында, Аллах силердин келбетиңерге жана байлыгыңарга карабайт, бирок жүрөгүңөргө жана иш-аракетиңерге карайт».</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Тааланын пенделеринин келбеттерине, алардын денелерине, алар сулуубу же сулуу эмесби, бул чоңбу же кичинеби, же ден соолугу тазабы же оорулуубу? - деп карабай турганын баяндады. Жана Аллах алардын акчасынын аз же көп экендигине карабайт. Аллах Таала пенделерин бул иштерден жана алардагы айырмачылыктары үчүн аларды азаптабайт. Бирок Аллах алардын жүрөктөрүнө жана жүрөктөрүндөгү такыбалыкка, ишеничке, чынчылдыкка, ыкластуулукка, же жоро көрсүн жана эл уксун деген максатына карайт.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын пенделеринин келбеттерине, алардын денелерине, алар сулуубу же сулуу эмесби, бул чоңбу же кичинеби, же ден соолугу тазабы же оорулуубу? - деп карабай турганын баяндады. Жана Аллах алардын акчасынын аз же көп экендигине карабайт. Аллах Таала пенделерин бул иштерден жана алардагы айырмачылыктары үчүн аларды азаптабайт. Бирок Аллах алардын жүрөктөрүнө жана жүрөктөрүндөгү такыбалыкка, ишеничке, чынчылдыкка, ыкластуулукка, же жоро көрсүн жана эл уксун деген максатына карайт.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Жүрөктү оңдоого кам көрүү жана аны ар кандай жаман сыпаттардан тазалоо.
-Жүрөк ыкластуулук менен оңолот, ал эми иш-аракеттер Пайгамбар, саллаллаху алейхи уа салламды, ээрчүү менен оңолот. Аллах Тааланын алдында ушул экөөсү эске алынат жана аларга көңүл бурулат.
+Жүрөк ыкластуулук менен оңолот, ал эми иш-аракеттер Пайгамбарды (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчүү менен оңолот. Аллах Тааланын алдында ушул экөөсү эске алынат жана аларга көңүл бурулат.
 Адам акчасына, сулуулугуна, денесине жана бул дүйнөнүн көрүнүштөрүнө алданбашы керек.
 Ички дүйнөнү оңдобостон, сырткы көрүнүшкө таянып калуудан эскертүү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4555</t>
   </si>
   <si>
     <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
   </si>
   <si>
     <t>Аллах жана Анын элчиси аракты сатууну, өлүмтүктү, чочкону жана буттарды арам кылды</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
   </si>
   <si>
     <t>Жаабир бин Абдуллахтын (ал экөөнө Аллах ыраазы болсун) айтымында, жеңиш жылы Меккеде ал пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уккан: "Аллах жана Анын элчиси аракты сатууну, өлүмтүктү, чочкону жана буттарды арам кылды". Бирөөлөр: "О, Аллахтын элчиси, өлүмтүктүн майына эмне дейсиз? Аны  кайыктарды жана терилерди майлоодо колдонуп, адамдар чыракка жагып пайдаланышат" - дешти. Аллахтын элчиси: "Жок. Ал арам" - деди. Анан: "Аллах Таала кыйратып жок кылгыр жөөттөр, Аллах аларга майды арам кылганда алар аны ээритип, анан аны сатып акчасын жешкен" - деп кошумчалады.</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>Жаабир бин Абдуллах (аларга Аллах ыраазы болсун) Мекке мусулмандардын колуна өткөн жылы Меккеде пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Аллах жана Анын элчиси аракты сатууну, өлүмтүктү, чочкону жана буркандарды арам кылды - деп айтканын угат. Бирөө: өлүмтүктүн майын сатып пайдалана берсек болобу? - деп сурайт. Анткени, май менен кайыктардын түбүн майлап, терилерди майлап, чыракка куйуп күйгүзүшөт дейт. Пайгамбарыбыз: жок, өлүмтүктүн майын да сатуу арам - дейт. Анан пайгамбарыбыз: Аллах Таала жөөттөрдү кыйратып жок кылсын, аларга наалаты болсун. Анткени алар Аллах Таала аларга мал-жандыктын майын арам кылганда алар аны сызгырып, ээритип анан аны сатып, акчасын жей беришкен - деп кошумчалайт.</t>
   </si>
   <si>
@@ -6540,51 +6536,51 @@
     <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшы кулк-мүнөзү жана анын сахабалары менен отурушу жана сахабалар аны менен бирге отурушу.
 Тынчсызданбай, коркпой сураш үчүн суроо берүүчүгө боорукер болуу жана аны жакын тутууга шарт түзүү.
 Мугалим менен болгон адеп. Бул Жебирейил периштенин Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) алдына андан илим алуу үчүн адептүү болуп отурушу.
 Исламдын түркүгү бешөө, ал эми ыймандын негиздери алтоо.
 Ислам менен ыйман сүйлөмдө чогуу келгенде Ислам тышкы иштерди, ал эми ыйман ички иштерди түшүндүрөт.
 Динде ар кандай даражалар бар экенин баяндоо.
 Биринчи даража: Ислам, экинчи: Ыйман жана үчүнчү даража: Ихсан. Бул ихсан даражалардын эң жогоркусу.
 Суроочудагы негизги нерсе бул билимсиздик. Сабатсыздык суроо бөрүүгө түрткү болот. Ошондуктан сахабалар ал кишинин суроо берип анан аны тастыктаганына таң калышты.
 Эң негизги нерседен баштоо. Анткени Исламды чечмелөөдө эки күбөлүк келиме менен башталып, ыйманды чечмелөөдө Аллахка ыйман келтирүү менен башталды.
 Суроо узаткан адам башкалар билсин деп билген нерсесин аалымдардан суроосу.
 Кыяматтын качан болорун билүү илими – бул Аллах сактап койгон илим.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4563</t>
   </si>
   <si>
     <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
   </si>
   <si>
     <t>Шек-күмөн жаратып турган ишти таштап, шек-күмөнү жок ишти аткар. Чынчылдык - бейкуттукту, жалган айтуу болсо, шектенүүнү алып келет</t>
   </si>
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
-    <t>Абу Хавра Саъидий айтат: Хасан бин Алиге (аларга Аллах ыраазы болсун): Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) угуп эстеп калган хадистериң барбы? - дедим. Ал: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дегенин эстеп калгам: "Шек-күмөн жаратып турган ишти таштап, шек-күмөнү жок ишти аткар. Чынчылдык - бейкуттукту, жалган айтуу болсо, шектенүүнү алып келет".</t>
+    <t>Абу Хавра Саъидий айтат: Хасан бин Алиге (Аллах алардан ыраазы болсун): Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) угуп эстеп калган хадистериң барбы? - дедим. Ал: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дегенин эстеп калгам: "Шек-күмөн жаратып турган ишти таштап, шек-күмөнү жок ишти аткар. Чынчылдык - бейкуттукту, жалган айтуу болсо, шектенүүнү алып келет".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамга шек-күмөн жараткан сөз болсун же иш болсун аны таштоого буйруган. Мейли ага тыюу салынган болсун, мейли тыюу салынбасын, мейли арам, мейли адал болсун. Анын ордуна шек-күмөнү жок, адалдыгы, жакшылыгы анык болгонду алсын. Ошондо жүрөк тынчтанат. Ал эми шектүү нерсе жүрөктү тынчсыздандыра берет.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>Мусулман адам өз ишин ачык-айкындыкка негиздеп, күмөндүү нерселерди ташташы керек. Дининде көрөгөч болуусу зарыл.
 Шек-күмөндүү иштерге кирүүгө тыюу салынган.
 Эгер бейпилдикти, ырахатты кааласаң, шектүү нерселерди таштап, аларды четке ыргыт.
 Пенделерин жан дүйнөнү эс алдырган иштерге буйруп, тынчын кетирген иштерден тыйганы Аллах Тааланын ырайымдуулугунан.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي وأحمد]</t>
   </si>
@@ -6616,51 +6612,51 @@
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Адамдын үйүндө же базарда жалгыз окуган намазы жарактуу, бирок жамаатты себепсиз калтырганы үчүн күнөөкөр болот.
 Мечитте жамаат менен окулган намаз, адамдын өзү жалгыз окуган намазынан жыйырма беш же жайырма алты, же жыйырма жети барабар абзел.
 Периштелердин озуйпаларынын бири - ыймандуу пенделерге дуба кылуу.
 Мечитке даарат менен баруу артыкчылыктуу иш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4566</t>
   </si>
   <si>
     <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>Адам баласы ар бир дене мүчөсү үчүн күн сайын садага берүүсү керек</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адам баласы ар бир дене мүчөсү үчүн күн сайын садага берүүсү керек . Анын эки адамды жараштырып койгону - садага. Бирөөнү атына аттантып, жүгүн артып бергени - садага. Жакшы сөз - садага. Намаз окуу үчүн мечитке таштаган ар бир кадам - садага. Жолду зыяндуу нерседен тазалоо - садага".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адам баласы ар бир дене мүчөсү үчүн күн сайын садага берүүсү керек . Анын эки адамды жараштырып койгону - садага. Бирөөнү атына аттантып, жүгүн артып бергени - садага. Жакшы сөз - садага. Намаз окуу үчүн мечитке таштаган ар бир кадам - садага. Жолду зыяндуу нерседен тазалоо - садага".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир балакат жаш курагына жеткен мусулман таза ден-соолугуна шүгүр иретинде Аллах үчүн күн сайын дене мүчөлөрүнүн санынча садага бериши керектигин айткан. Бул садагалар мал-мүлктөн гана бере турган садага эмес, жакшы иштердин баарына тиешелүү садагалар. Алардын кээ бири төмөнкүлөр: Урушкан эки адамды жараштырып коюу - садага. Алсыз болгон бирөөнү улоосуна мингизип, жүгүн артып берүү да - садага. Дуба, зикир же салам айтуу сыяктуу жакшы сөздөрдүн баары - садага. Мечитке карай таштаган кадамдын баары - садага. Зыяны тие турган нерсени жолдон алып таштоо - садага.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>Адам баласынын сөөк, тарамыштарынын тартиптүү кыймылдап турганы Аллах Тааланын бизге берген эң чоң нээмат жакшылыгы. Ошон үчүн Аллахтын бул жакшылыгына шүгүр кылып, ар бир мүчөгө өзүнчө садага берилүүсү тийиш.
 Аллахтын нээмат жакшылыгы дайыма уланып туруусу үчүн күн сайын ага жаңылап шүгүр кылуу керек.
@@ -6701,157 +6697,157 @@
 اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
  بيان قِصَر الأمل، والاستعداد للموت.
  الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
 المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
 فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
 وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
   </si>
   <si>
     <t>Мугалимдин окуучунун көңүлүн буруп, тынчтандыруу үчүн анын ийнине колун койуп таалим бергени жакшы.
 Шариятта өзү талап кылбаган адамга да насаат айтып, туура жол көрсөтүүгө уруксат берилет.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) эң сонун таалим-тарбия ыкмасы анын: “Бул дүйнөдө чоочун же жолоочу сыяктуу бол” деген сөздөрүндөй ынандырарлык мисалдарды келтирүү болгон.
 Адамдардын акыретке болгон сапары ар түрдүү болот: бөтөн жерлик адамга караганда жолоочу адамдын даражасы жогору турат.
 Үммүттү кыска кылуу жана өлүмгө даярдануу зарыл.
 Хадис ырыскы талап кылуудан жана дүйнө жашоосунун ырахаттарынан баш тартууга үндөбөйт. Болгону, дүйнөгө берилип кетпөөгө жана азайтууга кызыктырат.
 Жакшы амалдарды аткарууга шашылуу зарыл. Анткени, ооруу же өлүм келип калса аткарууга шарт болбой калат.
 Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) бул насаатты угуп таасирленген Абдуллах бин Умардын (аларга Аллах ыраазы болсун) артыкчылыгы.
 Ыймандуулардын турагы бейиш. Ал бул дүйнөдө бөтөн жерлик, акыретке сапар кылып бара жатат. Бөтөн бирөөнүн жерине бир нерсени жүрөгүнө киригизип албайт. Анын жүрөгү кайтып бара турган мекенине байланган. Анын бул дүйнөдө турушу, убактылуу гана милдеттерин бүтүрүп, мекенине кайтууга даярдануусу үчүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4704</t>
   </si>
   <si>
     <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
   </si>
   <si>
-    <t>Бири-бириңе көралбастык кылбагыла. Бири-бириң менен (адамдарды алдоо үчүн) жасалма соода кылбагыла. Бири-бириңерди жек көрбөгүлө. Бири-бириңерден жүз буруп артыңарды салып кетпегиле. Бириңдин соодасынын үстүнөн экинчиң соода кылбагыла. Бир тууган Алланын пенделери болгула!</t>
+    <t>Бири-бириңе көралбастык кылбагыла. Бири-бириң менен (адамдарды алдоо үчүн) жасалма соода кылбагыла. Бири-бириңерди жек көрбөгүлө. Бири-бириңерден жүз буруп артыңарды салып кетпегиле. Бириңдин соодасынын үстүнөн экинчиң соода кылбагыла. Бир тууган Аллахтын пенделери болгула!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Бири-бириңе көралбастык кылбагыла. Бири-бириң менен (адамдарды алдоо үчүн) жасалма соода кылбагыла. Бири-бириңерди жек көрбөгүлө. Бири-бириңерден жүз буруп артыңарды салып кетпегиле. Бириңдин соодасынын үстүнөн экинчиң соода кылбагыла. Бир тууган Алланын пенделери болгула!  Мусулман мусулмандын бир тууганы. Ага зулум кылбайт, аны таштап койбойт, аны кемсинпейт. Такыбалык ушул жерде" деп анан колу менен үч жолу көкүрөгүн көрсөттү. Анан: "Мусулман бир тууганын кемсинтүү кишиге жетиштүү күнөө болот. Ар бир мусулмандын каны, малы, ар-намысы экинчи мусулманга арам" - деди.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Бири-бириңе көралбастык кылбагыла. Бири-бириң менен (адамдарды алдоо үчүн) жасалма соода кылбагыла. Бири-бириңерди жек көрбөгүлө. Бири-бириңерден жүз буруп артыңарды салып кетпегиле. Бириңдин соодасынын үстүнөн экинчиң соода кылбагыла. Бир тууган Аллахтын пенделери болгула!  Мусулман мусулмандын бир тууганы. Ага зулум кылбайт, аны таштап койбойт, аны кемсинтпейт. Такыбалык ушул жерде" деп анан колу менен үч жолу көкүрөгүн көрсөттү. Анан: "Мусулман бир тууганын кемсинтүү кишиге жетиштүү күнөө болот. Ар бир мусулмандын каны, малы, ар-намысы экинчи мусулманга арам" - деди.</t>
   </si>
   <si>
     <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
 الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
 الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
 الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
 الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
 الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
 ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
 ومن مقتضيات هذه الأخوة: 
 ألّا يَظلم أخاه المسلم ويعتدي عليه. 
 وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
 وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
 ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
 ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман экинчи мусулман бир тууганына жакшылык кылуусун осуят кылып, кээ бир аткаруусу зарыл болгон важыбдарды жана адептерди баян кылган. Алар төмөнкүлөр: Биринчи осуяты: бирөөдөгү жакшылыктарды көралбай, андан кетүүсүн самап көралбастык кылбоого. Экинчиси: озу сатып алууну каалабай туруп буюмдун баасын көтөрүп, сатуучуга пайда, сатып алуучуга зыян келтирген жасалма соода кылбоого. Үчүнчүсү: жек көрбөгүлө деди. Бул - жамандык каалоо, жакшы көрүүнүн тескериси. Жек көрүү Аллах үчүн болсо гана болот. Бул учурда важиб болуп калат. Төртүнчүсү: бири-биринен жүз буруп, артын салып тескени карап кетпөөгө. Бешинчиси: Бирөөнүн соодасынын үстүнө соода кылбоого. Мисалы, буюмду сатып алып жаткан кишиге келип "менде ушул эле нерсе баасы арзаныраак бар" деп бузбоого. Анан Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жалпылай мындай осуятын айтты: жогоруда айтылган жаман сыпаттарды таштап, мээрим, сүйүү, жумшактык менен бири-бириңди колдоп, таза жүрөк, жакшы насыйкаттар менен жакшылыкта жардам берип, бир туугандай болгула. Бул бир туугандык талап кылган иштер: Мусулман бир тууганына зулумдук жана душмандык кылбоо. Мусулман бир тууганын зулумдукка кабылтып, өзү жардам бере ала турган абалда туруп ага жардам көрсөтпөй таштап койбоо. Мусулман бир тууганын кемсинтип, ага жаман көз караш менен карабашы керек. Мындай мамиле жүрөктөгү текебердиктен чыгат. Андан кийин Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) уч жолу такыбалык жүрөктө болорун айтты. Кимдин жүрөгүндө Аллахтан коркууну, жакшы ахлакты камтыган такыбалык болсо, ал башка мусулманды кемсинтпейт. Текебер жүрөктөн чыкчу, мусулман бир тууганын кемсинте турган жаман мүнөздөн сактайт. Андан кийин Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бир мусулмандын экинчи мусулманга арам болгон үч нерсесин бекемдеп айтты: каны, душмандык кылып өлтүрүү же жаракат алдыруу, уруу ж.б. Мал-дүйнөсү: анын мал-мүлкүн акысыз алуу. Ар-намысы: анын өзүнө же ата тегине шек келтирүү.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман экинчи мусулман бир тууганына жакшылык кылуусун осуят кылып, кээ бир аткаруусу зарыл болгон важибтерди жана адептерди баян кылган. Алар төмөнкүлөр: Биринчи осуяты: бирөөдөгү жакшылыктарды көралбай, андан кетүүсүн самап көралбастык кылбоого. Экинчиси: өзү сатып алууну каалабай туруп буюмдун баасын көтөрүп, сатуучуга пайда, сатып алуучуга зыян келтирген жасалма соода кылбоого. Үчүнчүсү: жек көрбөгүлө деди. Бул - жамандык каалоо, жакшы көрүүнүн тескериси. Жек көрүү Аллах үчүн болсо гана болот. Бул учурда важиб болуп калат. Төртүнчүсү: бири-биринен жүз буруп, артын салып тескени карап кетпөөгө. Бешинчиси: Бирөөнүн соодасынын үстүнө соода кылбоого. Мисалы, буюмду сатып алып жаткан кишиге келип "менде ушул эле нерсе баасы арзаныраак бар" деп бузбоого. Анан Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) жалпылай мындай осуятын айтты: жогоруда айтылган жаман сыпаттарды таштап, мээрим, сүйүү, жумшактык менен бири-бириңди колдоп, таза жүрөк, жакшы насыйкаттар менен жакшылыкта жардам берип, бир туугандай болгула. Бул бир туугандык талап кылган иштер: Мусулман бир тууганына зулумдук жана душмандык кылбоо. Мусулман бир тууганын зулумдукка кабылтып, өзү жардам бере ала турган абалда туруп ага жардам көрсөтпөй таштап койбоо. Мусулман бир тууганын кемсинтип, ага жаман көз караш менен карабашы керек. Мындай мамиле жүрөктөгү текебердиктен чыгат. Андан кийин Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) үч жолу такыбалык жүрөктө болорун айтты. Кимдин жүрөгүндө Аллахтан коркууну, жакшы ахлакты камтыган такыбалык болсо, ал башка мусулманды кемсинтпейт. Текебер жүрөктөн чыкчу, мусулман бир тууганын кемсинте турган жаман мүнөздөн сактайт. Андан кийин Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бир мусулмандын экинчи мусулманга арам болгон үч нерсесин бекемдеп айтты: каны, душмандык кылып өлтүрүү же жаракат алдыруу, уруу ж.б. Мал-дүйнөсү: анын мал-мүлкүн акысыз алуу. Ар-намысы: анын өзүнө же ата тегине шек келтирүү.</t>
   </si>
   <si>
     <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
 عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
 الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
 النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
 ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
 الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
 ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
 ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
 ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
   </si>
   <si>
     <t>Ыймандагы бир тууганчылыгы талап кылган бардык нерселерди аткарууга буйруп, ага каршы келген сөздөр менен иштердин баарынан тыят.
 Такыбалыктын негизи — жүрөктө Аллахты таануу, Анын алдында коркуу жана дайыма көзөмөлдөп жатканын сезүү. Ушул такыбалыктан жакшы амалдар келип чыгат.
 Көзгө көрүнгөн адашуу (күнөө иштерге киришүү) жүрөктөгү такыбалыктын алсыздыгына далил болот.
 Мусулманга сөз менен болобу, иш менен болобу зыян тийгизүүнүн бардык түрүнөн тыюу.
 Мусулмандын башка бир мусулмандагы жакшылыктын кетүүсүн самабай, жөн гана ошол сыяктуу болууну каалаганы  көралбастык эмес. Бул гыбта - суктануу деп аталат. Жакшылык иште жарышууну пайда кылганы үчүн буга уруксат берилет.
 Адам табиятынан башканын өзүнөн артык болуп кеткенин жактырбайт. Эгер башкадагы жакшылыктын жок болуп кетүүсүн самаса, бул жек көрүлгөн көралбастык. Эгер аны менен жакшылыкта жарышууну кааласа, бул уруксат болгон суктануу.
 Эгер сатып алуучуга соодада катуу алданып жатканын эскертип айтса, бул сооданын үстүнө соода кылып бузганга кирбейт. Бул насыйкат болуп эсептелет. Бирок мунун шарты: айткан адамдын ниетинде сатып алуучуга эскертип айтуу гана болушу керек,  сатуучуга зыян жеткирүү ниети болбош керек. Амалдар ниетке жараша бааланат.
 Эгер сатуучу менен алуучу баада келише албаса, бири-бирине ыраазы болбосо, бул учурда да башка бирөөнүн соодага аралашуусу сооданын үстүнө соода кылганга кирбейт.
-Аллах үчүн жек көрүү, бул хадисте айтылган жек көрүүгө кирбейт. Анткени, Аллах үчун жек көрүү важыб, ыймандын белгиси.</t>
+Аллах үчүн жек көрүү, бул хадисте айтылган жек көрүүгө кирбейт. Анткени, Аллах үчүн жек көрүү важиб, ыймандын бекем туткасы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4706</t>
   </si>
   <si>
     <t>لا تغضب</t>
   </si>
   <si>
-    <t>Бир киши Пайгамбар, саллаллаху алейхи уа салламга: «Мага насаат бериңиз» - деп айтты. Ал: «Ачууланба» - деди. Андан кийин кайра-кайра сураганда Пайгамбар: «Ачууланба» - деп кайталады.*@</t>
+    <t>Бир киши Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун): «Мага насаат бериңиз» - деп айтты. Ал: «Ачууланба» - деди. Андан кийин кайра-кайра сураганда Пайгамбар: «Ачууланба» - деп кайталады.*@</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылат: Бир киши Пайгамбар, саллаллаху алейхи уа салламга: «Мага насаат бериңиз» - деп айтты. Ал: «Ачууланба» - деди. Андан кийин кайра-кайра сураганда Пайгамбар: «Ачууланба» - деп кайталады.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылат: Бир киши Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун): «Мага насаат бериңиз» - деп айтты. Ал: «Ачууланба» - деди. Андан кийин кайра-кайра сураганда Пайгамбар: «Ачууланба» - деп кайталады.</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
-    <t>Сахабалардын бири Пайгамбар, саллаллаху алейхи уа салламдан, өзүнө пайда алып келе турган нерсеге багыттоосун сурады. Ошондо Пайгамбар ачууланбоого буюрду. Бул анын ачуусун келтирген себептерден алыс болушун, ачуусу келгенде өзүн карманышын, кан төгүү, уруп-сабоо, мазактоо жана ушул сыяктуу нерселер менен ачуусун баспоо дегенди билдирет.
-Ал киши: «Мага насаат бериңиз» - деген өтүнүчүн бир нече жолу кайталаса да, Пайгамбар, саллаллаху алейхи уа саллам, ага «ачууланба» деп айткан насаатын гана айтты.</t>
+    <t>Сахабалардын бири Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) өзүнө пайда алып келе турган нерсеге багыттоосун сурады. Ошондо Пайгамбар ачууланбоого буюрду. Бул анын ачуусун келтирген себептерден алыс болушун, ачуусу келгенде өзүн карманышын, кан төгүү, уруп-сабоо, мазактоо жана ушул сыяктуу нерселер менен ачуусун баспоо дегенди билдирет.
+Ал киши: «Мага насаат бериңиз» - деген өтүнүчүн бир нече жолу кайталаса да, Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ага «ачууланба» деп айткан насаатын гана айтты.</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Ачуулануудан жана анын себептеринен сактануу. Анткени ачуулануу жамандыктын жыйындысы. Ал эми андан сактануу жакшылыктын жыйындысы.
 Аллахтын жүзү үчүн ачуулануу - бул мактоого татыктуу ачуулануу. Ал мактоого татыктуу ачуулануу - бул Аллахтын тыюулары бузулгандагы ачуулануу.
 Сүйлөмдү кайталоого зарыл болгон учурда угуучу аны баамдап, анын маанисин түшүнгүчө кайталоо.
 Аалымдан насаат суроонун пазилети.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4709</t>
   </si>
   <si>
     <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Зыян тартуу жок жана зыян берүү да жок. Ким зыян келтирсе, анда Аллах ага зыян келтирет. Ал эми ким машакат жаратса, анда Аллах аны машакатка салып коёт</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
-    <t>Абу Саид аль-Худри, радыяллаху анху, риваят кылган хадисте, Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Зыян тартуу жок жана зыян берүү да жок. Ким зыян келтирсе, анда Аллах ага зыян келтирет. Ал эми ким машакат жаратса, анда Аллах аны машакатка салып коёт».</t>
+    <t>Абу Саид аль-Худри (Аллах андан ыраазы болсун) риваят кылган хадисте, Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Зыян тартуу жок жана зыян берүү да жок. Ким зыян келтирсе, анда Аллах ага зыян келтирет. Ал эми ким машакат жаратса, анда Аллах аны машакатка салып коёт».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, өзүнө жана башкаларга зыяндын ар кандай түрлөрүнөн жана көрүнүштөрүнөн сактануу керек экенин баяндады. Ошондуктан кимдир бирөө өзүнө да, башкаларга да зыян келтириши туура эмес.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) өзүнө жана башкаларга зыяндын ар кандай түрлөрүнөн жана көрүнүштөрүнөн сактануу керек экенин баяндады. Ошондуктан кимдир бирөө өзүнө да, башкаларга да зыян келтириши туура эмес.
 Зыян менен зыяндын ордун толтуруу туура эмес. Анткени зыянды зыян менен кетирүү болбойт. Бирок зыянды чектен чыкпаган касас (1) менен жоюуга болот.
-Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, адамдарга зыян келтиргендерге зыяндын азабы болоорун, адамдарга катаал болгондор үчүн кыйынчылыктын азабы болорун баяндады.</t>
+Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдарга зыян келтиргендерге зыяндын азабы болоорун, адамдарга катаал болгондор үчүн кыйынчылыктын азабы болорун баяндады.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Жазага тартылгандарды чегинен ашыра жазалоого тыюу салынат.
 Аллах пенделерине зыяндуу нерселерди кылууга буйруган эмес.
 Сөз менен же кыймыл аракет менен же мамиле кылбай таштап коюу менен зыян тартууга жана зыян келтирүүгө тыюу салынат.
 Иш-аракеттин түрүнө жараша жаза болот. Ошондуктан ким зыян келтирсе, анда Аллах ага зыян берет. Ал эми ким машакат жаратса, анда Аллах аны машакатка салып коёт».
 Шарият эрежелеринин бири: “Зыян жок кылынат”. Ошондуктан шарият зыян тартууга жол бербейт жана зыян келтирүүнү четке кагат.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Сахих бишаваахидихи (башка ишенимдүү айтымдары бар хадис)]</t>
   </si>
   <si>
@@ -6885,71 +6881,71 @@
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
   </si>
   <si>
     <t>Аллах Тааланы дайыма зикир кылуунун артыкчылыгы.
 Соопко жетүүнүн жолдорун жеңил кылганы Аллах Тааланын берешендигинен.
 Пенделердин жакшылыктагы насиптери да ар түрдүү болот.
 Аллах Таалага тасбих, мактоо, тахлил, такбир ж.б. зикирлерди ар дайым тил менен айтып, жүрөк менен тастыктоо башка көптөгөн напил ибадаттардын ордуна жүрөт.
 Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ар дайым өзүнө суроо бергендердин абалын эске алып, ар бирине шартына, мүмкүнчүлүгүнө жараша жооп берген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4716</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>Силердин эч кимиңер өзүнө жакшы көргөн нерсени диндеш боордошу үчүн да жакшы көрмөйүнчө ыйманы толук болбойт</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силердин эч кимиңер өзүнө жакшы көргөн нерсени диндеш боордошу үчүн да жакшы көрмөйүнчө ыйманы толук болбойт".</t>
+    <t>Анас (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силердин эч кимиңер өзүнө жакшы көргөн нерсени диндеш боордошу үчүн да жакшы көрмөйүнчө ыйманы толук болбойт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман адам дүйнө жана акыретке тиешелүү жакшылык иштерде, таат-ибадатта өзүнө жакшы көргөндү диндеш тууганына да жакшы көрмөйүнчө, өзүнө жек көргөндү ага да жек көрмөйүнчө ыйманы толук болбостугун айткан. Эгерде диндеш тууганынын дининде кемчилигин көрсө, аны оңдоого тырышат. Эгер жакшылыкты көрсө, аны улантууга жардам берет. Дүйнө ишинде да, акырет ишинде да насаатын айтып, кеңеш берип турат.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
-    <t>Мусулман адам өзүнө жакшы көргөндү диндеш тууганына да жакшы көрүүсү ваажыб. Өзүнө жакшы көргөндү башкаларга ыраа көрбөгөн адамдын ыйманы толук болбостугу мунун ваажыбдыгына далил.
+    <t>Мусулман адам өзүнө жакшы көргөндү диндеш тууганына да жакшы көрүүсү важиб. Өзүнө жакшы көргөндү башкаларга ыраа көрбөгөн адамдын ыйманы толук болбостугу мунун важибтигине далил.
 Диндеги боордоштук туугандыктагы боордоштуктан жогору турат. Анын акысы да маанилүүрөөк.
 Мындай жакшы көрүүнү жокко чыгара турган иштин баары, мисалы, алдамчылык, ушакчылык, көрө албастык, мусулмандын өзүнө, мал-мүлкүнө, абийирине шек келтирүү ж.б. арам болуп эсептелет.
 Ишти аткарууга шык берген сөздөрдү колдонууга болот. "Бир боордошуна" деп айткан сыяктуу.
-Кирмани (ага Аллах ыраазы болсун) айтат: өзүнө жек көргөн жаман нерсени диндеш тууганына жек көрүү да ыймандуулуктан. Анткени бир нерсени жакшы көрүү анын тескерисин жек көрүүнү талап кылат.</t>
+Кирмани (ага Аллах ырайым кылсын) айтат: өзүнө жек көргөн жаман нерсени диндеш тууганына жек көрүү да ыймандуулуктан. Анткени бир нерсени жакшы көрүү анын тескерисин жек көрүүнү талап кылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4717</t>
   </si>
   <si>
     <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Эгерде силер Аллахка чыныгы таваккүль (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы бермек</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Умар ибн аль-Хаттаб (ага Аллахтын тынчтыгы жана мактоосу болсун) риваят кылат. Ал Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дегенин укту: «Эгерде силер Аллахка чыныгы таваккүль (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы бермек».</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бизди дүйнөлүк жана диний иштерде пайда алып келүү жана зыяндан сактануу үчүн Аллах Таалага таянууга үндөп жатат. Анткени Аруу Аллах Тааладан башка эч ким бере да албайт, тыйып да коё албайт жана зыян да, пайда да жеткире албайт. Качан биз пайда алып келе турган жана зыяндан сактай турган себептерди Аллахка чын ыкластан таянып аткарсак, анда Аллах бизге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы берип коёт. Чымчыктын бул кылганы - башкаларга таянбастан, жалкоолук кылбастан ырыскы издөөдөгү себептердин бир түрү.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
@@ -7086,76 +7082,76 @@
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ибадаттар Куран жана сүннөттө келген далилдерге карап дайындалган. Аллах Таалага Ал шарият кылган нерсе менен гана ибадат кылабыз, жаңы пайда болгон жана ойдон чыгарылган нерсе менен эмес.
 Дин оюна келгенди же көңүлүнө жакканды аткаруу менен болбойт, Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчүү менен болот.
 Бул хадис диндин толуктугуна далил.
 Динде жаңыдан пайда болгон, пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жана сахабалардын убагында болбогон акыйда ишенимге, сөзгө, амалга тиешелүү иштин баары - бидаат (диндеги жаңылык).
 Бул хадис Ислам негиздеринин бири, бул амалдагы тараза сыяктуу. Аллахтын ыраазылыгы көздөлбөгөн бардык амалдар, аны аткаруучуга сооп болбойт. Ошондой эле Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген жолго дал келбесе, ал аткарган адамга кайра кайтарылат.
 Жаңыдан пайда болгон тыюу салынган иштер динге гана тиешелүү, дүйнө иштерине тиешелүү эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4792</t>
   </si>
   <si>
     <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
   </si>
   <si>
     <t>Кимде-ким бир ыймандуу адамды бул дүйнөдө кайгыдан арылтса, Аллах аны кыямат күндөгү кайгыдан арылтат</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Кимде-ким бир ыймандуу адамды бул дүйнөдө кайгыдан арылтса, Аллах аны кыямат күндөгү кайгыдан арылтат. Кимде-ким бирөөнүн ишин жеңилдетсе, Аллах анын ишин дүйнө жана акыретте жеңилдетет. Кимде-ким мусулмандын айыбын жашырса, Аллах дүйнө жана акыретте анын айыбын жашырат. (Диндеш) тууганына жардам берген пендеге Аллах да жардам берет. Кимде-ким илим издеп жолго чыкса, ошол үчүн Аллах ага бейиштин жолун жеңил кылат. Кайсы бир адамдар Аллахтын үйлөрүнүн бирине чогулуп Аллахтын китебин окуп, бири-бирине үйрөтсө, аларга бейпилдик түшөт, ырайым ороп алат, аларды периштелер курчайт, Аллах аларды периштелерге мактайт. Кимди иш-амалдары артта калтырса, аны ата-теги алдыга жылдырып койбойт".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Кимде-ким бир ыймандуу адамды бул дүйнөдө кайгыдан арылтса, Аллах аны кыямат күндөгү кайгыдан арылтат. Кимде-ким бирөөнүн ишин жеңилдетсе, Аллах анын ишин дүйнө жана акыретте жеңилдетет. Кимде-ким мусулмандын айыбын жашырса, Аллах дүйнө жана акыретте анын айыбын жашырат. (Диндеш) тууганына жардам берген пендеге Аллах да жардам берет. Кимде-ким илим издеп жолго чыкса, ошол үчүн Аллах ага бейиштин жолун жеңил кылат. Кайсы бир адамдар Аллахтын үйлөрүнүн бирине чогулуп Аллахтын китебин окуп, бири-бирине үйрөтсө, аларга бейпилдик түшөт, ырайым ороп алат, аларды периштелер курчайт, Аллах аларды периштелерге мактайт. Кимди иш-амалдары артта калтырса, аны ата-теги алдыга жылдырып койбойт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
 ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
 ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
 والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
 ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
 وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
 ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандын Аллахтын астындагы сыйы анын бул дүйнөдө башка мусулмандарга кылган жакшы мамилесине жараша болот; ким бир мусулмандын кайгысын кетирип,  жеңилдетип, жардам берсе, Аллах Таала анын кыямат күнкү кыйынчылыктарын жеңилдетүү менен сыйлайт. Ким бирөөнү кыйынчылыктан чыгарса, Аллах аны дүйнө жана акыретте кыйынчылыктан чыгарат. Ким бир мусулмандын ачыкка чыгарууга болбой турган айып, ката-кемчилигин жашырып койсо, Аллах анын кемчилигин дүйнө жана акыретте жашырат. Пенде башка бир тууганынын дүйнөлүк жана акыреттик ишине жардам берип колдогон сайын Аллах Таала аны колдой берет. Колдоо дуба кылуу менен, физикалык жана каржылык жактан болот. Ким Аллахтын ыраазылыгын көздөп шарият илимин издеп чыкса, Аллах Таала ага бейиштин жолун жеңил кылат. Адамдар Аллахтын үйү мечитке чогулуп, Куран окуп, бири-бирине үйрөтүп отурса, аларга бейпилдик, тынчтык түшөт. Аларды Аллахтын ырайымы курчайт. Периштелер курчап алат. Алла Таала аларды периштелерге мактайт. Аллахтын периштелерге пендесин мактаганы жетиштүү кадыр-барк болот. Кимдин амалдары аз болсо, жакшы амал кылгандардын мартабасына жетпесе, ал ата-бабасынын тегине, урматына таянып амалдарды таштап койбосун.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
 الترغيب في التيسير على المعسر.
 الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
 مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
 ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
 الحث على طلب العلم وتلاوة القرآن وتدارسه.
 قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
 الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
   </si>
   <si>
-    <t>Ибн Дакик ал-Айд мындай деген: бул улук хадис илим, адеп жана эрежелердин түрлөрүн камтыган. Анда мусулмандын муктаждыгын чечүүнүн, колдон келишинче илим менен, байлык менен, же колдоо менен же жакшы акыл насаат менен пайда берүүнүн артыкчылыктары айтылган.
+    <t>Ибн Дакик ал-Ийд мындай деген: бул улук хадис илим, адеп жана эрежелердин түрлөрүн камтыган. Анда мусулмандын муктаждыгын чечүүнүн, колдон келишинче илим менен, байлык менен, же колдоо менен же жакшы акыл насаат менен пайда берүүнүн артыкчылыктары айтылган.
 Кыйналган адамдын ишин жеңилдетүүгө кызыктырган.
 Мусулманды колдоого кызыктырган, ал канча колдосо, аны Аллах ошончо колдойт.
 Мусулманды жашырууга анын кемчиликтерин аңдыбоо да кирет. Абалкылардын сөзү бар: Айыбы жок коомду көрдүм. Бирок алар адамдардын айыбын айтышат эле. Анан адамдар алардын айыбын айта баштады. Ошондой эле айыбы бар коомду көрдүм. Бирок алар башкалардын айыбын жашырат эле. Ошондуктан алардын айыбы да унутулчу.
 Адамдардын айыбын жашыруу – жамандыкты токтотпой коюу дегенди билдирбейт. Тескерисинче, жамандыктын алдын алып, ошол эле учурда жашыруу керек. Бул — бузукулукта жана зулумдукту тынымсыз улантууда белгилүү болбогон адамдарга тиешелүү. Ал эми ким жамандыкта белгилүү болсо, аны жашыруу жакшы эмес, тескерисинче, эгер чоң зыян алып келбесе, анын ишин бийлик ээсине (валисине) билдирүү керек. Анткени аны жашыруу бузукулукка шыктандырат, адамдарга зыян кылууга жана башка жамандык ээлерин да ошого үндөп, тайманбай кылууга түрткү берет.
 Хадисте илим алууга, Куран окууга жана аны үйрөтүүгө кызыктырган.
 Имам Навави минтип айткан: "Бул хадис Куран окуу үчүн мечитке чогулуунун артыкчылыгын далилдейт. Медреседе ж.б. диний окуу жайларда чогулуп Куран окуу, үйрөнүү деле ушул сыяктуу".
 Жаза, сый амалга жараша берилет, текке карата эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4801</t>
   </si>
   <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>«Эй, пенделерим! Чындыгында, Мен зулумдук кылууну Өзүмө арам кылдым жана аны силерге да арам кылдым. Ошондуктан силер, эч качан бири-бириңерге зулумдук кылбагыла! Эй, пенделерим! Чындыгында силердин баарыңар адашуудасыңар, бир гана Мен туура жолго салып койгон адамдар гана туура жолдо. Мына ошондуктан силер Менден туура жол сурагыла! Ошондо Мен силерди туура жолго саламын. Эй, пенделерим! Чындыгында, бардыгыңар ачкасыңар, Мен ырыскы берген адамдар гана ток болушат. Ошондуктан менден ырыскы сурагыла, Мен силерге ырыскы беремин. Эй, пенделерим! Акыйкатта силердин араңардан, Мен кийинтип койгон адамдардан башка баарыңар жылаңачсыңар. Ошондуктан силер – Менден гана кийиндирүүнү сурангыла, Мен силерди кийимдүү кылам. Эй, пенделерим! Силер эртеден кечке күнөө кыласыңар. Ал эми Мен күнөөлөрдүн бүт баарын кечиремин. Ошондуктан силер – Менден кечирим сурагыла! Мен силерди кечиремин. Эй, пенделерим! Мага зыян бергенге аракет кылып көргүлө. Бирок силер – эч качан Мага зыян бере албайсыңар. Эй, пенделерим! Силер Мага пайда бергенге да аракет кылып көргүлө. Бирок силер – эч качан Мага пайда бере албайсыңар. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү силердин араңардан эң такыбалуу бир кишинин жүрөгүндөй болуп бир деңгээлде такыба болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени көбөйтпөйт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү, силердин араңардан эң жаман бир кишинин жүрөгүндөй болуп бир деңгээлде жаман болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени азайтпайт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп туруп, Менден муктаждыктарын сураса, Мен алардын ар бирине сураган нерселерин берсем да бул нерселер – ийне деңизге салынып алынганда деңиздин суусун ийне азайткан сыяктуу менин мүлкүмдөн ошончолук деңгээлде гана кемите алат. Эй, пенделерим! Чындыгында, алар силердин кылган иш-аракеттериңер. Ал иш-аракеттериңерди эсеп-кысап кылам. Анан ошого жараша силерге сооп же жаза берем. Кимде-ким өзүн жакшы абалда тапса, анда ал Аллахка мактоо айтсын. Ал эми кимде-ким өзүн жакшы абалда таппаса, анда ал өзүнөн башка эч кимди күнөөлөбөсүн».*@</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Абу Зар (Аллах андан ыраазы болсун) риваят кылат. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кудсий хадисте Аллах Тааланын мындай деп айтканын айтты: «Эй, пенделерим! Чындыгында, Мен зулумдук кылууну Өзүмө арам кылдым жана аны силерге да арам кылдым. Ошондуктан силер, эч качан бири-бириңерге зулумдук кылбагыла! Эй, пенделерим! Чындыгында силердин баарыңар адашуудасыңар, бир гана Мен туура жолго салып койгон адамдар гана туура жолдо. Мына ошондуктан силер Менден туура жол сурагыла! Ошондо Мен силерди туура жолго саламын. Эй, пенделерим! Чындыгында, бардыгыңар ачкасыңар, Мен ырыскы берген адамдар гана ток болушат. Ошондуктан менден ырыскы сурагыла, Мен силерге ырыскы беремин. Эй, пенделерим! Акыйкатта силердин араңардан, Мен кийинтип койгон адамдардан башка баарыңар жылаңачсыңар. Ошондуктан силер – Менден гана кийиндирүүнү сурангыла, Мен силерди кийимдүү кылам. Эй, пенделерим! Силер эртеден кечке күнөө кыласыңар. Ал эми Мен күнөөлөрдүн бүт баарын кечиремин. Ошондуктан силер – Менден кечирим сурагыла! Мен силерди кечиремин. Эй, пенделерим! Мага зыян бергенге аракет кылып көргүлө. Бирок силер – эч качан Мага зыян бере албайсыңар. Эй, пенделерим! Силер Мага пайда бергенге да аракет кылып көргүлө. Бирок силер – эч качан Мага пайда бере албайсыңар. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү силердин араңардан эң такыбалуу бир кишинин жүрөгүндөй болуп бир деңгээлде такыба болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени көбөйтпөйт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысынын жүрөктөрү, силердин араңардан эң жаман бир кишинин жүрөгүндөй болуп бир деңгээлде жаман болсоңор да, бул нерсе Менин мүлкүмдөн эч нерсени азайтпайт. Эй, пенделерим! Эгерде силерден алгачкыңардан баштап акыркыңарга чейинки адамдардын жана жиндердин бүт баарысы бир жерге чогулушуп туруп, Менден муктаждыктарын сураса, Мен алардын ар бирине сураган нерселерин берсем да бул нерселер – ийне деңизге салынып алынганда деңиздин суусун ийне азайткан сыяктуу менин мүлкүмдөн ошончолук деңгээлде гана кемите алат. Эй, пенделерим! Чындыгында, алар силердин кылган иш-аракеттериңер. Ал иш-аракеттериңерди эсеп-кысап кылам. Анан ошого жараша силерге сооп же жаза берем. Кимде-ким өзүн жакшы абалда тапса, анда ал Аллахка мактоо айтсын. Ал эми кимде-ким өзүн жакшы абалда таппаса, анда ал өзүнөн башка эч кимди күнөөлөбөсүн».</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
@@ -7295,101 +7291,101 @@
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Аллахтын пенделерине болгон ырайымы кең. Пенде кандай күнөө кылбасын, эмне кылбасын, эгер ага тообо кылып Ага кайрылса, Аллах анын тообосун кабыл кылат.
 Аллах Таалага ыйман келтирген адам Раббисинин кечириминен үмүт кылат, Анын азабынан коркот. Ошондуктан тообо кылууга шашат жана күнөө кылууну токтотот.
 Чыныгы тообо кылуунун шарттары: күнөөсүн таштоо, өкүнүү жана кайра күнөөгө барбоого ниет кылуу. Ал эми пенделердин мал мүлкүн тартып алып, намысын тепсеп же напсисин кордоп зулумдук кылган болсо, анда анын тообо кылуусуна төртүнчү шарт кошулат. Ал - Акы ээлери акысын кечүү үчүн алардан ыраазычылык суроо же алардын акысын берүү.
 Аллах тууралуу илим алуу эң зарыл. Ал илим пендени дин маселелерини билүүчү кылып коёт. Ошондуктан ал пенде ката кетирген сайын тообо кылат, Аллахтан үмүтүн үзбөйт жана күнөөсүн кайра уланта бербейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4817</t>
   </si>
   <si>
     <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
   </si>
   <si>
     <t>Кимде-ким сарымсак же пияз жесе, бизге (же биздин мечитибизге) жолобой үйүндө отурсун</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
   </si>
   <si>
-    <t>Жабир бин Абдуллах (аларга Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким сарымсак же пияз жесе, бизге (же биздин мечитибизге) жолобой үйүндө отурсун" . Бир жолу Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) сарымсак, жашылчалар кошулган тамак салынган идишти алып келишти эле, андан жагымсыз жытты байкап, эмне кошулганын сурады. Алар анда сарымсак бар экенин айтышты. Ал аны ошол жердеги бир сахабасына бергиле деди. Кийин тиги сахабанын тамакты жебей отурганын көрүп: "Сен жей бергин. Мен сен байланышпаган бирөө менен байланышам" - деди.</t>
+    <t>Жабир бин Абдуллах (Аллах алардан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким сарымсак же пияз жесе, бизге (же биздин мечитибизге) жолобой үйүндө отурсун" . Бир жолу Аллахтын элчисине (ага Аллахтын тынчтыгы жана мактоосу болсун) сарымсак, жашылчалар кошулган тамак салынган идишти алып келишти эле, андан жагымсыз жытты байкап, эмне кошулганын сурады. Алар анда сарымсак бар экенин айтышты. Ал аны ошол жердеги бир сахабасына бергиле деди. Кийин тиги сахабанын тамакты жебей отурганын көрүп: "Сен жей бергин. Мен сен байланышпаган бирөө менен байланышам" - деди. Имам Муслимдин Жабир бин Абдуллахтан риваят кылган хадисинде пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким бул жашылчаны, б.а. сарымсакты жесе..., башка риваятта: "Пияз, сарымсак же порейди жесе, биздин мечиттерибизге жолобосун. Анткени, адам баласы жийиркенген нерседен периштелер да жийиркенет".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
 وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
   </si>
   <si>
-    <t>Жамаат намазга келген мусулман бир туугандарына зыян бербөөсү үчүн, пайгамбар (ага Аллахтын тынчтыгы жана мактосу болсун) пияз же сарымсак жеген адамды мечитке келүүдөн тыйган. Бул тыюу пияз менен сарымсакты жештен эмес, жегенден кийин мечитке келүүдөн тыйган жеңил тыюу. Бул жашылчалар жегенге боло турган жашылчалар. Бир жолу пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) жашылчалар салынган казанды алып келишкенде, андан жагымсыз жытты байкап жана ага анда сарымсак бар экенин айтышканда, аны өзү жебей, бир сахабасына бердирет. Ал сахаба да пайгамбарды ээрчип аны жебей отурганын көрүп: Сен жей бер. Мен аян-кабар алып келген периште менен байланышам - деген.
+    <t>Жамаат намазга келген мусулман бир туугандарына зыян бербөөсү үчүн, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) пияз же сарымсак жеген адамды мечитке келүүдөн тыйган. Бул тыюу пияз менен сарымсакты жештен эмес, жегенден кийин мечитке келүүдөн тыйган жеңил тыюу. Бул жашылчалар жегенге боло турган жашылчалар. Бир жолу пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) жашылчалар салынган казанды алып келишкенде, андан жагымсыз жытты байкап жана ага анда сарымсак бар экенин айтышканда, аны өзү жебей, бир сахабасына бердирет. Ал сахаба да пайгамбарды ээрчип аны жебей отурганын көрүп: Сен жей бер. Мен аян-кабар алып келген периште менен байланышам - деген.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) периштелер да адамдар сыяктуу жагымсыз жытка жийиркенерин айткан.</t>
   </si>
   <si>
     <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
 يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
 علة المنع الرائحة، فإذا زالت بكثرة الطبخ أو بغير ذلك؛ زالت الكراهة.
 كراهة أكل هذه الأشياء لمن عليه حضور الصلاة في المسجد؛ لئلا تفوته الجماعة في المسجد، ما لم يأكلها حيلة على إسقاط الحضور، فيحرم.
 امتناع النبي صلى الله عليه وسلم عن أكل الثوم ونحوه، ليس لتحريمه، وإنما لمناجاته جبريل عليه السلام.
 حسن تعليم النبي صلى الله عليه وسلم، حيث يَقرُن الحكم ببيان سببه؛ ليطمئن المخاطَب بمعرفة الحكمة.
 قال القاضي: وقاس العلماء على هذا مجامع الصلاة غير المسجد كمصلّى العيد والجنائز ونحوها من مجامع العبادات، وكذا مجامع العلم والذكر والولائم ونحوها، ولا يلتحق بها الأسواق ونحوها.
 قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
   </si>
   <si>
     <t>Пияз, сарымсак, порей жеген адамга мечитке келгенге тыюу салынган.
 Бул тыюу буларга окшош жагымсыз жыты бар, намазга келген адамдарды жийиркенте турган бардык нерсеге тиешелүү. Мисалы, түтүн жана тамекинин жыты ж.б.у.с.
 Тыюуга жыт себеп болууда. Эгер кайнатып бышырганда булардын жыты кетсе, анда аны жегенден кийин мечитке бара берсе болот. Бул учурда анын макирөөлүгү кетет.
 Булардын макирөөлүгү мечитке жамаат намазга бара турган адамга гана тиешелүү. Намазга баруудан кутулуу үчүн атайлап жесе, анда арам болот.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сарымсак сыяктуу нерселерди жебегени, алар арам деген маани эмес, ал Жебирейил периште менен жолугуп турган.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кайрылган адам өкүмдүн даанышмандыгын (себебин) түшүнүп, тынчтануусу үчүн анын себебин кошо баяндап, өтө мыкты таалим берген.
 Ал-Каази минтип айткан: Аалымдар бул өкүмдөгү намазга салыштырып мечиттен башка жакта окула турган айт, жаназа намаздарына жана башка эл чогула турган ибадаттарга, илим алуу, зикир кылуу отуруштарына жана үйлөнүү үлпөттөрүнө да жогорудагы өсүмдүктөрдү жеген адамдын келүүсү макирөө дешкен. Ал эми базар ж.б.у.с. эл чогула турган жерлер бул тыюуга кирбейт.
 Аалымдар дагы: Хадистердин жалпы маанисине ылайык, сарымсак сыяктуу нерселерди жеген адам мечитте эч ким жок болсо да кирүүгө болбостугун айтышкан. Анткени, мечит периштелер кире турган жай.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4850</t>
   </si>
   <si>
     <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Чындыгында, Аллахтын алдында адилеттүү болгондор нурдан болгон минбарларда, Улуу, Мээримдүү Заттын оң жагында болушат. Анын эки колу тең оң. (1) Алар өкүм кылганда адилеттүү болгондор, үй-бүлөлөрүнө адилеттүү болгондор жана  башкарууда адилеттүү болгондор</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
-    <t>Абдулла ибн Амр, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Чындыгында, Аллахтын алдында адилеттүү болгондор нурдан болгон минбарларда, Улуу, Мээримдүү Заттын оң жагында болушат. Анын эки колу тең оң. (1) Алар өкүм кылганда адилеттүү болгондор, үй-бүлөлөрүнө адилеттүү болгондор жана  башкарууда адилеттүү болгондор».</t>
+    <t>Абдулла ибн Амр (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Чындыгында, Аллахтын алдында адилеттүү болгондор нурдан болгон минбарларда, Улуу, Мээримдүү Заттын оң жагында болушат. Анын эки колу тең оң. (1) Алар өкүм кылганда адилеттүү болгондор, үй-бүлөлөрүнө адилеттүү болгондор жана  башкарууда адилеттүү болгондор».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, адамдарды башкарууда, аларга өкүм чыгарууда жана үй-бүлөлөрүнүн ортосунда адилеттүүлүк жана акыйкат менен өкүм кылгандар Кыямат күнү аларды урматтоо үчүн нурдан жаратылган бийик отургучтарда отурушаарын кабар берүүдө. Бул минбарлар Мээримдүү Аллах Тааланын оң жагында жана Анын эки колу тең оң.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдарды башкарууда, аларга өкүм чыгарууда жана үй-бүлөлөрүнүн ортосунда адилеттүүлүк жана акыйкат менен өкүм кылгандар Кыямат күнү аларды урматтоо үчүн нурдан жаратылган бийик отургучтарда отурушаарын кабар берүүдө. Бул минбарлар Мээримдүү Аллах Тааланын оң жагында жана Анын эки колу тең оң.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Адилеттүүлүктүн пазилети жана ага үндөө.
 Адилеттүүлүк жалпы бардык башкарууну жана адамдар арасындагы өкүм кылууну, жада калса аялдар менен балдардын ортосундагы адилеттикти жана башкаларды камтыйт.
 Адилеттүү адамдардын Кыямат күнүндөгү даражалары баяндалды.
 Ыймандуу адамдар Кыямат күнүндө ар кимиси кылган иш-аракетине жараша ар кандай даражада болушат.
 Кызыктыруу ыкмасы – бул даават кылуунун ыкмаларынын бири. Ал ыкмалар чакырылып жаткан адамды моюн сунууга кызыктырат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4935</t>
   </si>
   <si>
     <t>من يحرم الرفق يحرم الخير</t>
   </si>
   <si>
     <t>Кимде-ким боорукерликтен куру калса, бардык жакшылыктан куру калыптыр</t>
   </si>
   <si>
@@ -7444,65 +7440,65 @@
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) моюн сунуу – Аллахка моюн сунуу. Ал эми ага баш ийбөө – Аллахка баш ийбөө болуп саналат.
 Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) баш ийүү бейишке алып барат. Ал эми ага баш ийбөө тозокко алып барат.
 Бул үммөттүн моюн сунуучулары үчүн сүйүнчү. Аллахка жана Анын элчисине баш ийбегендерден башкасынын баары бейишке киришет.
 Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүнө боорукер болгон жана аларга туура жолду көрсөтүүгө катуу умтулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4947</t>
   </si>
   <si>
     <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>Кыямат күнү пенде өмүрүн эмне менен өткөргөнү, илимин кандай пайдаланганы, мал-мүлкүн кайдан таап, кайда каржылаганы, дене-кубатын кандай иштеткени тууралуу суралмайынча анын кадамы жылбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
-    <t>Абу Барза ал-Аслами (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү пенде өмүрүн эмне менен өткөргөнү, илимин кандай пайдаланганы, мал-мүлкүн кайдан таап, кайда каржылаганы, дене-кубатын кандай иштеткени тууралуу суралмайынча анын кадамы жылбайт".</t>
+    <t>Абу Барза ал-Аслами (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү пенде өмүрүн эмне менен өткөргөнү, илимин кандай пайдаланганы, мал-мүлкүн кайдан таап, кайда каржылаганы, дене-кубатын кандай иштеткени тууралуу суралмайынча анын кадамы жылбайт".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кыямат күнү эч бир адам төмөнкү иштер тууралуу суралмайынча эсеп-кысап майданынан бейишке да, тозокко да өтө албастыгын айткан.
 Биринчиси: Жашоосун кантип өткөргөнү тууралуу.
 Экинчиси: Илимди Аллахтын ыраазылыгы үчүн алганбы? Алган илимине амал кылдыбы? Алган илимин тиешелүү адамдарга жеткирдиби?
 Үчүнчүсү: Мал-мүлкүн арамдан таптыбы, же адалдан таптыбы? Анан аны Аллах ыраазы боло турган иштерге жумшадыбы, же Аллахтын ачуусун келтире турган иштерге короттубу?
-Төртүнчү: Дене мүчөлөрүн, күч-кубатын, чың ден солугун, жаштык курагын эмнеге иштетип, эмнеге жумшады?</t>
+Төртүнчү: Дене мүчөлөрүн, күч-кубатын, чың ден соолугун, жаштык курагын эмнеге иштетип, эмнеге жумшады?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Өмүрдү Аллах ыраазы боло тургандай пайдалануу зарыл.
 Аллахтын пенделерге берген нээмат-жакшылыгы өтө көп. Пенде ошол нээматтар тууралуу сөзсүз суралат, ошондуктан Аллахтын нээматтарын Ал ыраазы боло тургандай пайдалануусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4950</t>
   </si>
   <si>
     <t>لأعطين هذه الراية رجلا يحب الله ورسوله، يفتح الله على يديه</t>
   </si>
   <si>
     <t>Бул тууну Аллахты жана Анын элчисин жакшы көргөн адамга берем. Аллах Таала аны жеңишке жеткирет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ» قَالَ عُمَرُ بْنُ الْخَطَّابِ: مَا أَحْبَبْتُ الْإِمَارَةَ إِلَّا يَوْمَئِذٍ، قَالَ فَتَسَاوَرْتُ لَهَا رَجَاءَ أَنْ أُدْعَى لَهَا، قَالَ فَدَعَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلِيَّ بْنَ أَبِي طَالِبٍ، فَأَعْطَاهُ إِيَّاهَا، وَقَالَ: «امْشِ، وَلَا تَلْتَفِتْ، حَتَّى يَفْتَحَ اللهُ عَلَيْكَ» قَالَ فَسَارَ عَلِيٌّ شَيْئًا ثُمَّ وَقَفَ وَلَمْ يَلْتَفِتْ، فَصَرَخَ: يَا رَسُولَ اللهِ، عَلَى مَاذَا أُقَاتِلُ النَّاسَ؟ قَالَ: «قَاتِلْهُمْ حَتَّى يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِذَا فَعَلُوا ذَلِكَ فَقَدْ مَنَعُوا مِنْكَ دِمَاءَهُمْ وَأَمْوَالَهُمْ، إِلَّا بِحَقِّهَا وَحِسَابُهُمْ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Хайбар согушу болгон күнү Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Бул тууну Аллахты жана Анын элчисин жакшы көргөн адамга берем. Аллах Таала аны жеңишке жеткирет". Умар бин Хаттаб айтат: Мен башчы болууну ушул күнү гана аябай кааладым. Анан мага берип калса деп үмүт кылып (көрүнүү үчүн) боюмду керип өйдө болдум. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Али бин Абу Талибди чакырып, ага тууну берди. Анан: "Согушка аттан, Аллах жеңишке жеткирмейинче, артыңа кылчайба" - деди. Али алдыга басып жөнөп, токтой калды, бирок артына бурулуп караган жок. Анан үнүн катуу чыгарып: Оо, Аллахтын элчиси, алар эмне кылганча согушайын? - деп сурады. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Алар Аллахтан башка ибадатка татыктуу кудай жок экенине жана Мухаммад Аллахтын элчиси экенине күбөлүк бергенге чейин согуша бер. Эгер алар ушинтип күбөлүк берип мусулман болсо, өлүм жазасына татыктуу күнөө кылмайынча, жандарын жана мал-мүлкүн сенден сактап калышат. Алардын эсеби Аллахтын колунда".</t>
   </si>
   <si>
@@ -7528,63 +7524,63 @@
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
 الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
 لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
 تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
  المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
   </si>
   <si>
     <t>Жоопкерчилиги оор болгону үчүн сахабалар башчы болууну жактырышкан эмес.
 Жакшылыгы анык болгон нерсеге умтулууга, самоого  уруксат (жайыз).
 Башчы аскер кол башчысына согуш талаасында өзүн кандай алып жүрүү керектигине багыт берүүсү керек.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабалары анын осуятын бекем карманышкан жана аны дароо ишке ашырууга ашыгышкан.
 Буйрулган ишке жакшы түшүнбөй калса, аны кайра сурап тактап алуу зарыл.
 Жөөттөрдүн жеңилерин айтканы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгына далил. Ал Хайбар жөөттөрү жеңилет деди эле, айтканындай жөөттөр жеңилди.
 Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) буйругун дароо аткарууга кызыктыруу.
 Күбөлүк келмесин айткан адамды өлтүрүүгө болбойт. Эгер өлүмгө татыктуу иши андан анык билинип турса гана өлтүрүлөт.
 Ислам мыйзамдары адамдардын иш-аракеттеринин сырткы көрүнүштөрүнө негизделет. Ал эми алардын ички сырлары Аллахтын өкүмүндө кала берет.
 Аллах жолундагы күрөштүн негизги максаты - адамдардын Исламга кирүүсү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4958</t>
   </si>
   <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
-    <t>Жебреил периште мага кошуна жөнүндө «мен кошуна да мурас алат экен» деп мен ойлоп калганга чейин насаат айтып жатты</t>
+    <t>Жебирейил периште мага кошуна жөнүндө «мен кошуна да мурас алат экен» деп мен ойлоп калганга чейин насаат айтып жатты</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
-    <t>Ибн Умар, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Жебреил периште мага кошуна жөнүндө «мен кошуна да мурас алат экен» деп мен ойлоп калганга чейин насаат айтып жатты".</t>
+    <t>Ибн Умар (Аллах алардан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Жебирейил периште мага кошуна жөнүндө «мен кошуна да мурас алат экен» деп мен ойлоп калганга чейин насаат айтып жатты".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
-    <t>Жебреил периште Пайгамбар, саллаллаху алейхи уа саллам, кайра-кайра кайталап, үйгө жакын жайгашкан кошунасына, мусулманбы же каапырбы, тууганбы же башкабы, анын акысын сактап, ага зыян келтирбестен, ага жакшылык кылып жана анын зыянына сабыр кылып, кам көрүүнү буйруп жатканын кабарлап жатат. Жебреил периште Пайгамбар, саллаллаху алейхи уа саллам, кошунанын акысын сыйлаш керек деп ойлогонго чейин кайра-кайра кайталады. Жебреил периштенин кайра-кайра кайталоосу өлгөндөн кийин кала турган кошунасынын мал-мүлкүнөн мурас берилээрине вахий түшөт деген ойду пайда кылды.</t>
+    <t>Жебирейил периште Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) кайра-кайра кайталап, үйгө жакын жайгашкан кошунасына, мусулманбы же каапырбы, тууганбы же башкабы, анын акысын сактап, ага зыян келтирбестен, ага жакшылык кылып жана анын зыянына сабыр кылып, кам көрүүнү буйруп жатканын кабарлап жатат. Жебирейил периште Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) кошунанын акысын сыйлаш керек деп ойлогонго чейин кайра-кайра кайталады. Жебирейил периштенин кайра-кайра кайталоосу өлгөндөн кийин кала турган кошунасынын мал-мүлкүнөн мурас берилээрине вахий түшөт деген ойду пайда кылды.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Кошунанын укугун урматтоо жана анын укугун сактоо керек.
 Осуят жазып жатканда кошунанын укугун баса белгилеп, аны урматтоону, жакшы көрүүнү жана жакшылык кылууну, андан жамандыкты кайтарууну, ооруганда зыярат кылууну, кубанычтуу болгондо куттуктоону, балээге кабылганда көңүл айтууну осуят кылуу зарылчылыгы талап кылынат.
 Кошунанын эшиги канчалык жакын болсо, анда ал ошончолук акылуу болот.
 Ислам шариятынын кемчиликсиздиги коомчулуктун арасында кошуналарга жакшылык кылууда жана аларды жамандыктан сактоодо да келген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/4965</t>
   </si>
   <si>
     <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>Эгерде силерден кимдир бирөөнүн эшик алдында дарыя агып, анан ал ошол дарыяга бир күндө беш жолу жуунса, анын денесинде кир калабы?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
@@ -7749,154 +7745,154 @@
 Жүрөк бир гана Аллахка байлануусу керек. Анткени бардык зыян жана пайда андан гана болот. Ал Жалгыз, Анын шериги жок. Ошондуктан Аллахтан башка эч ким жакшылык алып келе албайт. Андан башка эч ким жамандыкты кайтара албайт.
 Ислам шариятындагы рукия окуу үч шартты камтып алат: 
 1- Рукия окуу болгону бир себеп. Аллахтын уруксатысыз пайда бербейт деп ишенүү керек. 
 2- Рукия окуу - бул Куран окуу менен, Аллахтын ысым-сыпаттарын окуу менен, пайгамбар айткан дубаларды окуу менен жана шариятта келген дубаларды окуу менен болушу керек. 
 3-Рукия түшүнүктүү тилде болушу керек. Рукия дубалары таласим, башкача айтканда түшүнүксүз жазуулар жазылган дуба жана шааваза, башкача айтканда сыйкырдын түрлөрү менен болбошу керек.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Абу Дауд, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>Гыйбат эмне экенин билесиңерби?” - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - дешти. Ал айтты: «Бир тууганыңды ал жактырбаган жагын айтууң» - деди. Ага: «Билесиңби, менин бир тууганымда менин айтканым бар болсочу?» - деп айтылганда Пайгамбар: «Эгер айтканың бар болсо, анда сен аны гыйбат кылган болосуң. Эгер болбосо, анда ага жалаа жапкан болосун» - деп айтты</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Гыйбат эмне экенин билесиңерби?” - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - дешти. Ал айтты: «Бир тууганыңды ал жактырбаган жагын айтууң» - деди. Ага: «Билесиңби, менин бир тууганымда менин айтканым бар болсочу?» - деп айтылганда Пайгамбар: «Эгер айтканың бар болсо, анда сен аны гыйбат кылган болосуң. Эгер болбосо, анда ага жалаа жапкан болосун» - деп айтты.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Гыйбат эмне экенин билесиңерби?” - деди. Алар: «Аллах жана Анын Элчиси жакшы билет» - дешти. Ал айтты: «Бир тууганыңды ал жактырбаган жагын айтууң» - деди. Ага: «Билесиңби, менин бир тууганымда менин айтканым бар болсочу?» - деп айтылганда Пайгамбар: «Эгер айтканың бар болсо, анда сен аны гыйбат кылган болосуң. Эгер болбосо, анда ага жалаа жапкан болосун» - деп айтты.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, шариятта тыюу салынган гыйбатты мындайча түшүндүрүп жатат: Мусулмандын артынан  анын жаратылышындагы же адеп-ахлагындагы жек көргөн нерсесин айтуу. Мисалы: Кылый, алдамчы, жалганчы жана ушуга окшогон жаман сыпаттарын айтуу, эгер ошол сыпаттары анда бар болсо да.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) шариятта тыюу салынган гыйбатты мындайча түшүндүрүп жатат: Мусулмандын артынан  анын жаратылышындагы же адеп-ахлагындагы жек көргөн нерсесин айтуу. Мисалы: Кылый, алдамчы, жалганчы жана ушуга окшогон жаман сыпаттарын айтуу, эгер ошол сыпаттары анда бар болсо да.
 Ал эми анда ал сыпат жок болсо, анда бул гыйбат кылуудан да жаман. Бул жалаа б.а. адамда жок нерсе менен жалаа жабуу.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
-    <t>Пайгамбардын, саллаллаху алейхи уа салламдын, жакшы таалими. Ал суроо жолунда маселелерди айтуусу.
-Сахабалардын: «Аллах жана Анын Элчиси жакшы билет» - деп айтышкан сөздөрүндөгү Пайгамбар, саллаллаху алейхи уа саллам, менен болгон жакшы адептери.
+    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшы таалими. Ал суроо жолунда маселелерди айтуусу.
+Сахабалардын: «Аллах жана Анын Элчиси жакшы билет» - деп айтышкан сөздөрүндөгү Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) менен болгон жакшы адептери.
 Билбегени үчүн жооп берип жатканда: «Туурасын Аллах билет» - деп айтуу.
 Алардын арасындагы укуктарды жана бир туугандыкты сактоо менен коом үчүн шариятты сактоо керек.
 Кээ бир учурларда жалпы адамдардын пайдасы үчүн гыйбат кылуу арам болбойт. Мисилы: Зулумдукту кайтаруу. Зулум чеккен адам акысын алуу үчүн акысын алып бере ала турган адамга: «Мага баланча зулумдук кылды, же мага баланча ушундай кылды» - деп зулум кылган адамды айтса болот. Жана түгөй издөөдө, шериктештик иштерде же коңшулук маселеси боюнча ж.б.у.с. кеңешүү иштеринде боло берет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5326</t>
   </si>
   <si>
     <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Оо, Аллах! Кимде-ким менин үммөтүмдүн иштерин башкарып, аларды кыйнаса, анда ага кыйынчылык бер. Кимде-ким менин үммөтүмдүн иштерин башкарып, аларга жылуу мамиле кылса, анда ага боорукерлик кыл</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Аиша (ага Аллахтын тынчтыгы жана мактоосу болсун) риваят кылган хадисте мындай деп айтты: Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) менин үйүмдө минтип айтканын уктум: «Оо, Аллах! Кимде-ким менин үммөтүмдүн иштерин башкарып, аларды кыйнаса, анда ага кыйынчылык бер. Кимде-ким менин үммөтүмдүн иштерин башкарып, аларга жылуу мамиле кылса, анда ага боорукерлик кыл».</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандын иштерин башкарган адам жаш болсун же улгайган болсун, алардын баарына дуба кылды. Жана бул башкаруу жалпы башкаруу болсун же жеке башкаруу болсун, ал башчы аларга жылуу мамиле кылбай машакат туудурган болсо, анда Аллах таала аны кылган ишине жараша машакатка салып коёт.
 Кимде-ким аларга жылуу мамиле кылса жана алардын иштерин жеңилдетсе, анда Аллах ага боорукерлик кылат жана анын иштерин жеңилдетет.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Кимде-ким мусулмандардын кайсы бир иштеринде башчылык кылса, анда колунан келишинче аларга жылуу мамиле кылышы келек.
 Иш-аракеттердин түрүнө жараша сооп-сыйлык же жаза болот.
 Жылуу мамиле же катаал мамиле деп эсептелген мамилелердин чен-өлчөмү Куранга жана сүннөткө каршы келбеши керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5330</t>
   </si>
   <si>
     <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Аллахтын мүлкүн адилетсиздик менен иштеткен эркектер, алар Кыямат күнү тозокто болушат</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
-    <t>Хавла аль-Ансарийа, радыяллаху анха, риваят кылат: Мен Пайгамбар, саллаллаху алейхи уа саллам, мындай деп айтканын уктум: «Аллахтын мүлкүн адилетсиздик менен иштеткен эркектер, алар Кыямат күнү тозокто болушат».</t>
+    <t>Хавла аль-Ансарийа (Аллах андан ыраазы болсун) риваят кылат: Мен Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Аллахтын мүлкүн адилетсиздик менен иштеткен эркектер, алар Кыямат күнү тозокто болушат».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулмандардын мал-мүлкүн алдамчылык менен иштетип, аны адилетсиз алып жаткан адамдар жөнүндө айтып жатат. Мунун мааниси мал-мүлктү адал эмес жолдор менен табуу, аларды жыйноо жана туура эмес жерлерге сарптоо жагынан жалпыга тиешелүү. Буга жетимдердин жана вакф фонддорунун акчасын жеп, аманаттарды четке кагуу, коомдук фонддон негизсиз каражаттарды алуу кирет.
-Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, алардын жазасы Кыямат күнү тозок болорун айтты.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандардын мал-мүлкүн алдамчылык менен иштетип, аны адилетсиз алып жаткан адамдар жөнүндө айтып жатат. Мунун мааниси мал-мүлктү адал эмес жолдор менен табуу, аларды жыйноо жана туура эмес жерлерге сарптоо жагынан жалпыга тиешелүү. Буга жетимдердин жана вакф фонддорунун акчасын жеп, аманаттарды четке кагуу, коомдук фонддон негизсиз каражаттарды алуу кирет.
+Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) алардын жазасы Кыямат күнү тозок болорун айтты.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Адамдардын колундагы мал-мүлк Аллахтын мүлкү. Аллах Таала аны шарият жолу менен сарптоолору жана алдамчылык менен иштетүүдөн сактануулары үчүн адамдарга берди. Бул башчыларга жана алардан башка адамдардын баарына тиешелүү.
 Жалпы адамдардын мал-мүлкүнө болгон шарияттын катуу өкүмү. Ким мусулмандардын мал-мүлкүнө башчылык кылса, анда Кыямат күнү аны чогултканы жана сарптаганы үчүн жооп берет.
 Бул азапка өзүнүн же башка бирөөнүн мал-мүлкүн шарияттын мыйзамысыз иштеткендер кирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5331</t>
   </si>
   <si>
     <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>Күмөн саноодон сактангыла! Анткени, күмөн саноо сөздөрдүн жалганы</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтты, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Күмөн саноодон сактангыла! Анткени, күмөн саноо сөздөрдүн жалганы .  Адамдардын айыбын издебегиле, тыңчылык кылбагыла, бири-бириңерге көралбастык кылбагыла, кол үзүп кетпегиле, жек көрүп калбагыла! Эй, Аллахтын пенделери, бир тууган болгула!"</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтты, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Күмөн саноодон сактангыла! Анткени, күмөн саноо сөздөрдүн жалганы .  Адамдардын айыбын издебегиле, тыңчылык кылбагыла, бири-бириңерге көралбастык кылбагыла, кол үзүп кетпегиле, жек көрүп калбагыла! Эй, Аллахтын пенделери, бир тууган болгула!"</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандардын арасын бөлүп жара турган жана ортодо душмандыкты пайда кыла турган кээ бир жаман адаттардан тыйып, эскерткен. Мындай адаттардын кээ бири төмөнкүлөр:
 (Жаман күмөн саноо) бул эч кандай далили жок эле жүрөктө пайда болгон доомат, шек-күмөн, муну сөздөрдүн эң жалганы деп баяндаган.
 (Тахассус, аңдуу): көзү менен да, кулагы менен да адамдардын айыбын аңдып, изденүү.
 (Тажассус, баканооздук кылуу): жашыруун иштерди билүү үчүн атайын тыңчылык кылуу, көбүнчө жаман иштерге тыңчылык кылууга айтылат.
 (Хасад, көралбастык) башкаларга кандайдыр бир жакшылыктын болуусун жаман көрүү, ичи тардык кылуу.
 (Тадаабур, жүз үйрүп кетүү) биринен бири жүз буруп кетүү, саламдашпай калуу, мусулман бир тууганынан кабар албай коюу.
 (Табаагуз, жек көрүү) жаман көрүү, жактырбоо, кабагын чытуу, жакшы кабыл кылбоо.
 Анан акырында мусулмандардын абалын оңдой турган көп жактуу сөздү айтты: (Аллахтын пенделери, бир тууган болуп жашагыла). Бир туугандык - аны менен адамдардын алакасы бекемделе турган, алардын араларында махабат, мээрди пайда кыла турган байланыш.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
@@ -7967,57 +7963,57 @@
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала ар бир адамды башкаруучу жана адамдарга жооптуу кылып койгонун кабарлап жатат. Амир сыяктуу жалпы башкаруучу болобу, же өз үйүндөгү эркек жана өз үйүндөгү аял сыяктуу жеке башкаруучу болобу, айтор, ал өз кол алдындагы адамдын акысында кемчилик кетирип, аны алдап, ага насаат айтпай, анын диний жана дүйнөлүк акыларын текке кетирсе, анда ал бул катуу жазага татыктуу болот.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Бул азап имамга жана анын орун басарларына гана тиешелүү эмес. Тескерисинче, Аллах Таала жоопкер кылып койгон бардык адамдарга жалпы тиешелүү.
 Мусулмандардын иштерине жооптуу болгон ар бир башчы адамдарга насаат айтуу, аманатты кайтарууга аракет кылуу, кыянат кылуудан сактануу парз.
 Башкаруу чоң болобу же кичи болобу, жалпы болобу же жекече болобу, ар бир башчынын жоопкерчилиги чоң.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5335</t>
   </si>
   <si>
     <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Ар бир жакшылык – садака</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
-    <t>Жабир бин Абдуллах, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Ар бир жакшылык – садака».</t>
+    <t>Жабир бин Абдуллах (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Ар бир жакшылык – садака».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, башкалар үчүн жасалган ар бир жакшылык жана пайда, мейли ал сөз түрүндө болсун же иш жүзүндө болсун, ал садака болорун жана анда сооп жана сыйлык бар экенин кабар берип жатат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) башкалар үчүн жасалган ар бир жакшылык жана пайда, мейли ал сөз түрүндө болсун же иш жүзүндө болсун, ал садака болорун жана анда сооп жана сыйлык бар экенин кабар берип жатат.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Садака адамдын акчасынан берген нерсе менен эле чектелбейт. Анын кылган же айткан жана башкаларга жеткирген ар бир жакшылыгын да камтыйт.
 Ал хадисте жакшылык кылууга жана башкаларга пайдалуу нерселердин баарын аткарууга кызыктыруу бар.
 Оңой болсо да жакшылык үчүн болгон нерсени аз санабоо керек.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[Бухари Жаабирдин айтканынан, Муслим болсо Хузайфанын айтканынан жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5346</t>
   </si>
   <si>
     <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
   </si>
   <si>
     <t>Жөөттөргө жана христиандарга озунуп салам айтпагыла. Эгер жолдо алардын бирөөсүнө жолугуп калсаңар, аны жолдун кырына кысып өткүлө</t>
@@ -8043,90 +8039,90 @@
 لا بأس أن يقول المسلم للكافر ابتداءً كيف حالُك، كيف أصبحتَ، كيف أمسيتَ؟ ونحو ذلك إذا دعت الحاجة إلى ذلك؛ لأن النهي محمول على السلام.
 قال الطيبي: المُختار أنَّ المُبتدع لا يُبدأ بالسلام، ولو سلَّم على مَن لا يعرفه فظهر ذِميًّا أو مبتدعًا يقول: استرجعت سلامي تحقيرًا له.</t>
   </si>
   <si>
     <t>Жөөт, христиан жана башка каапырларга мусулман адам озунуп салам айтканга болбойт.
 Эгер алар салам берсе, аларга "Ва алайкум" деп жооп кайтарууга болот.
 Каапырларды атайын жолдун чекесине түртүп чыгарып зыян берүүгө болбойт. Болгону, эгер жол тар болсо, же жолдо тыгын болуп калса, анда ал жолдон биринчи өткөнгө мусулман адам акылуу. Каапыр ага жол бошотуп турат.
 Мунун максаты башкага зулум кылбастан же тил тийгизбестен мусулмандардын ызаттуулугун башкалардын алардан төмөндүгүн көрсөтүү.
 Каапыраларга мындай кысым кылуу алардын Аллах Таалага каапыр болгону үчүн. Эгер мындай мамиленин себебин билүүгө түрткү болсо, бул алардын динди кабыл кылып, тозоктон кутулушуна себеп болуусу мүмкүн.
 Эгер муктаждык болуп калса мусулман адам каапырга озунуп "Абалың кандай, кутмандуу таң, кутмандуу кеч" деген сыяктуу сөздөрдү айтууга болот. Бул жердеги тыюу "Ассаламу алайкум" деген ислам саламдашуусуна гана тиешелүү.
 Ат-Тийбий минтип айткан: Жакшысы бидаатчы адамга да озунуп салам бербеш керек. Эгер ким экенин билбей салам берсе, салам берген киши же мусулман өлкөсүндө жашаган каапыр же бидаатчы болуп калса, анда: Аны кемсинткендин белгиси катары саламымды кайтарып алдым деп айтсын.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5347</t>
   </si>
   <si>
     <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Эч бир жакшылыкты кем санаба, эгерде мусулман бир тууганыңа жолуксаң ага жылмаюу менен жүз көрүшүп болсо да (жакшылык кыл)</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
-    <t>Абу Зар, ​​радыяллаху анху, риваят кылат: Пайгамбар, саллаллаху алейхи уа саллам, мага айтты: «Эч бир жакшылыкты кем санаба, эгерде мусулман бир тууганыңа жолуксаң ага жылмаюу менен жүз көрүшүп болсо да (жакшылык кыл)».</t>
+    <t>Абу Зар (Аллах андан ыраазы болсун) риваят кылат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мага айтты: «Эч бир жакшылыкты кем санаба, эгерде мусулман бир тууганыңа жолуксаң ага жылмаюу менен жүз көрүшүп болсо да (жакшылык кыл)».</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, жакшылык кылууга жана ал жакшылык аз болсо да кем санабай аткарууга үндөдү. Мисалы: Жолугушканда жылмаюу менен жүз көрүшүү. Демек, мусулман бир тууганы менен ынак болушу үчүн жана аны кубандыруу үчүн аз болсо да жакшылык кылууга кызыктырыш керек.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшылык кылууга жана ал жакшылык аз болсо да кем санабай аткарууга үндөдү. Мисалы: Жолугушканда жылмаюу менен жүз көрүшүү. Демек, мусулман бир тууганы менен ынак болушу үчүн жана аны кубандыруу үчүн аз болсо да жакшылык кылууга кызыктырыш керек.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Ыймандуулардын арасындагы сүйүүнүн пазилети чоң. Жолугушууда жылмаюу жана кубаныч тартуулоо керек.
 Бул шарият толук жана ар тараптуу. Шариятта мусулмандардын оңолуусу жана алардын сөзүн бириктирүү тууралуу бардык нерселер келген.
 Аз болсо да жакшылык кылууга үндөө керек.
 Мусулмандарга кубаныч тартуулоо сооптуу. Анткени бул алардын ортосундагы үлпөттүүлүктү күчөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5348</t>
   </si>
   <si>
     <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Күрөшкөн күчтүү эмес. Ачууланганда өзүн кармай билген күчтүү</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Күрөшкөн күчтүү эмес. Ачууланганда өзүн кармай билген күчтүү».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Күрөшкөн күчтүү эмес. Ачууланганда өзүн кармай билген күчтүү».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, чыныгы күч дененин күчү эмес же башка билеги күчтүүнү жеңген адам күчтүү эмес. Тескерисинче, ачууланганда өзүн кармап напсиге каршы күрөшүп, ачуусун баскан күчтүү экенин баяндап жатат. Анткени, анда өзүн башкара ала турган күч жана шайтанга үстөмдүк кыла ала турган күч бар экендигин көрсөтүп турат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) чыныгы күч дененин күчү эмес же башка билеги күчтүүнү жеңген адам күчтүү эмес. Тескерисинче, ачууланганда өзүн кармап напсиге каршы күрөшүп, ачуусун баскан күчтүү экенин баяндап жатат. Анткени, анда өзүн башкара ала турган күч жана шайтанга үстөмдүк кыла ала турган күч бар экендигин көрсөтүп турат.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Ачууланганда сабырдуулуктун жана өзүн кармануунун пазилети жана бул Ислам үндөгөн жакшы иштердин бири экендиги айтылды.
 Ачууланганда напси менен күрөшүү - душманга каршы күрөшүүдөн күчтүү.
 Ислам наадандыктагы күчкө ээ болуунун түшүнүгүн жакшы адеп-ахлакка айлантты. Ошондуктан эң күчтүү адам – бул өз напсисин башкарган адам.
 Ачуулануудан баш тартуу. Анткени ал жеке адамдарга жана коомго зыян келтирүүгө себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5351</t>
   </si>
   <si>
     <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Ким бир коомго өзүн окшотсо, анда ал ошолордон</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
@@ -8218,156 +8214,156 @@
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Ийги иш-амалдар (сообунун) артыкчылыгында айырмаланган сыяктуу, күнөөлөр да чоңдугуна жараша айырмаланат.
 Күнөөлөрдүн эң чоңу: Аллах Таалага ширк кылуу, андан кийинкиси өзүң менен бирге багуудан коркуп балаңды өлтүрүүң, андан кийинкиси кошунаңдын аялы менен зынаа кылууң.
 Ырыскы Аллахтын колунда, жаратылгандардын баарынын ырыскысын Ал Өз моюнуна алган.
 Кошунанын укугу жогору. Ага зыян тийгизүү башкага зыян тийгизүүдөн оор күнөө.
 Жаратуучу, Ал гана ибадат кылынууга татыктуу, Ал жалгыз, Анын шериги да жок.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5359</t>
   </si>
   <si>
     <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Өлгөндөрдү тилдебегиле. Анткени алар өздөрү аткарган иш-аракеттерине жетишти</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
-    <t>Аиша, ралыяллаху анха, риваят кылган хадисте, Пайгамбар, саллаллаху алейхи уа саллам, айтты: Өлгөндөрдү тилдебегиле. Анткени алар өздөрү аткарган иш-аракеттерине жетишти.</t>
+    <t>Айша (Аллах андан ыраазы болсун) риваят кылган хадисте, Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: Өлгөндөрдү тилдебегиле. Анткени алар өздөрү аткарган иш-аракеттерине жетишти.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, өлгөндөрдү тилдөөнү жана алардын ар-намысына тийүүнүн арам экенин баяндап жатат. Бул тилдөө адеп-ахлактын терс жактарынын бири. Анткени алар аткарган жакшы же жаман иш-аракеттерине жетишкен. Ошондой эле бул тилдөө аларга жетпейт. Анткени ал тилдөө тирүүлөргө гана зыян жеткирет.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) өлгөндөрдү тилдөөнү жана алардын ар-намысына тийүүнүн арам экенин баяндап жатат. Бул тилдөө адеп-ахлактын терс жактарынын бири. Анткени алар аткарган жакшы же жаман иш-аракеттерине жетишкен. Ошондой эле бул тилдөө аларга жетпейт. Анткени ал тилдөө тирүүлөргө гана зыян жеткирет.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Бул хадис өлгөндөрдү тилдөө арам экендигине далил болот.
 Тирүүлөрдүн кызыкчылыгын эске алуу менен өлгөндөрдү тилдөөнү таштап, коомду чыр-чатактан, жек көрүүдөн сактоо керек.
 Аларды тилдөөдөн тыюунун хикматы – алар мурда кылган иш-аракетине жеткендиктен аларды тилдөөдө пайда жок. Бирок алардын тирүү туугандары зыян тартат.
 Адам пайдасы жок нерсени айтпашы керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5364</t>
   </si>
   <si>
     <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Кимдир бирөө бир тууганын үч түндөн ашык жүз буруп таштап коюусу туура эмес. Ошентип, ал мындан жүз бурат, бул андан жүз бурат. Алардын эң жакшысы саламды биринчи баштаганы болот</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
-    <t>Абу Айюб Аль-Ансари, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимдир бирөө бир тууганын үч түндөн ашык жүз буруп таштап коюусу туура эмес. Ошентип, ал мындан жүз бурат, бул андан жүз бурат. Алардын эң жакшысы саламды биринчи баштаганы болот».</t>
+    <t>Абу Айюб Аль-Ансари (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Кимдир бирөө бир тууганын үч түндөн ашык жүз буруп таштап коюусу туура эмес. Ошентип, ал мындан жүз бурат, бул андан жүз бурат. Алардын эң жакшысы саламды биринчи баштаганы болот».</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулман бир тууганын үч күндөн ашык таштап, бири-бири менен жолукканда саламдашпай жана сүйлөшпөй коюуларына тыюу салган.
-Бул эки урушкан адамдардын эң жакшысы – жүз буруп таштап коюуну таштоого аракет кылганы жана саламды биринчи баштаганы. Бул жерде таштоо дегени – напси үчүн таштоо. Ал эми Аллах Тааланын акысы үчүн таштоо – бул Аллахка баш ийбегендерди, бидъатчыларды жана жаман досторду таштоо. Бул таштоо убактылуу эмес. Тескерисинче, таштоонун пайдасына байланган. Эгерде аларга таштоо пайда берсе, анда тоштоону четке кагып мамиле кыла берет.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулман бир тууганын үч күндөн ашык таштап, бири-бири менен жолукканда саламдашпай жана сүйлөшпөй коюуларына тыюу салган.
+Бул эки урушкан адамдардын эң жакшысы – жүз буруп таштап коюуну таштоого аракет кылганы жана саламды биринчи баштаганы. Бул жерде таштоо дегени – напси үчүн таштоо. Ал эми Аллах Тааланын акысы үчүн таштоо – бул Аллахка баш ийбегендерди, бидъатчыларды жана жаман досторду таштоо. Бул таштоо убакыт менен чектелбейт. Тескерисинче, таштоонун пайдасына байланган. Эгерде аларга таштоо пайда берсе, анда тоштоону четке кагып мамиле кыла берет.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Адамдын табиятын эске алуу менен үч күн же андан аз убакыттын ичинде жүз буруп таштап коюу уруксат. Капачылык кетүүсү үчүн үч күн жүз буруп таштап коюу кечирилген.
 Салам айтуунун пазилети көп. Ал салам айтуу напсиге тийген такты кетирет жана ал жакшы көрүүнүн белгиси.
 Ислам дини мусулмандардын ортосундагы бир туугандыкка жана ынак мамилеге кызыктырат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5365</t>
   </si>
   <si>
     <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>Тууганчылык байланышты үзгөн адам бейишке кирбейт</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
-    <t>Жубайр бин Мутъим, радыяллаху анху, риваят кылган хадисте ал Пайгамбар, саллаллаху алейхи уа саллам, мындай дегенин укту: «Тууганчылык байланышты үзгөн адам бейишке кирбейт».</t>
+    <t>Жубайр бин Мутъим (Аллах андан ыраазы болсун) риваят кылган хадисте ал Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дегенин укту: «Тууганчылык байланышты үзгөн адам бейишке кирбейт».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким жакындарынын важип акысын өтөбөсө, же аларга жамандык кылса, анда ал бейишке кирбөөгө татыктуу экенин билдирген.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким жакындарынын важип акысын өтөбөсө, же аларга жамандык кылса, анда ал бейишке кирбөөгө татыктуу экенин билдирген.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Тууганчылык байланышты үзүү чоң күнөөлөрдөн.
 Тууганчылык байланыш каада-салтка жараша болот. Ал жерге, заманга, адамдарга жараша айырмаланып турат.
 Тууганчылык байланыш зыярат кылуу, садака берүү, аларга жакшылык кылуу, оорулууларды зыярат кылуу, жакшылыкка буюруу, жамандыктан кайтаруу ж.б.у.с. мамиле менен болот.
 Туугандык байланыштын үзүлүшү канчалык жакын туугандар менен болсо, күнөөсү ошончолук чоң болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5367</t>
   </si>
   <si>
     <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>Ушакчылар бейишке кирбейт</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
-    <t>Хузайфа, радыяллаху анху, риваят кылган хадисте ал айтты: «Мен Пайгамбар, саллаллаху алейхи уа саллам, мындай деп айтканын уктум: «Ушакчылар бейишке кирбейт»».</t>
+    <t>Хузайфа (Аллах андан ыраазы болсун) риваят кылган хадисте ал айтты: «Мен Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Ушакчылар бейишке кирбейт»».</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, адамдардын арасында бузукулук кылууну көздөп сөз ташыган ушакчы бейишке кирбестен жазага татыктуу экенин кабарлап жатат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын арасында бузукулук кылууну көздөп сөз ташыган ушакчы бейишке кирбестен жазага татыктуу экенин кабарлап жатат.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Ушак айтуу чоң күнөөлөрдүн бири.
 Жеке адамдар жана жамааттын ортосунда бузукулук жана зыян болгондугу үчүн ушак айтууга тыюу салынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5368</t>
   </si>
   <si>
     <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>Кыямат күнү ыймандуу адамдын таразасына салмак боло турган жакшы кулк-мүнөздөн өткөн оор нерсе жок. Чынында, Аллах бузуку жана богооз адамдарды жаман көрөт</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Абу Дарда (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кыямат күнү ыймандуу адамдын таразасына салмак боло турган жакшы кулк-мүнөздөн өткөн оор нерсе жок. Чынында, Аллах бузуку жана богооз адамдарды жаман көрөт".</t>
   </si>
   <si>
@@ -8380,67 +8376,67 @@
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Жакшы кулк-мүнөздүн артыкчылыгы (көп); анткени, жакшы кулк-мүнөздүн ээси Аллахтын сүйүүсүнө, пенделердин сүйүүсүнө ылайыкту болот. Кыямат күнү таразада салмак болот.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[Абу Дауд жана ат-Тирмизи жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5371</t>
   </si>
   <si>
     <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Кимде-ким ырыскысы кенен болушун кааласа, өмүрүн узун болушун кааласа, анда тууганчылык байланышын бекемдесин</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
-    <t>Анас бин Малик, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким ырыскысы кенен болушун кааласа, өмүрүн узун болушун кааласа, анда тууганчылык байланышын бекемдесин».</t>
+    <t>Анас бин Малик (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Кимде-ким ырыскысы кенен болушун кааласа, өмүрүн узун болушун кааласа, анда тууганчылык байланышын бекемдесин».</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, тууганчылык байланышты зыярат кылуу менен, сый-урмат жана материалдык, ж.б.у.с сыйлыктар менен бекемдөөгө чакырып жатат. Тууганчылык байланышты бекемдөө ырыскынын мол болушуна, өмүрдүн узун болушуна себеп болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) тууганчылык байланышты зыярат кылуу менен, сый-урмат жана материалдык, ж.б.у.с сыйлыктар менен бекемдөөгө чакырып жатат. Тууганчылык байланышты бекемдөө ырыскынын мол болушуна, өмүрдүн узун болушуна себеп болот.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Тууганчылык – бул ата менен эне тараптан болгон жакындар. Ал канчалык жакын болсо, ошончолук байланышка татыктуу болот.
 Иш-аракеттин түрүнө жараша сооп-сыйлык болот же жаза болот. Ошондуктан кимде-ким тууганчылык байланышын жакшылык менен жана кайрымдуулук менен бекемдесе, анда Аллах Таала анын өмүрүн узартып, ырыскысына береке берет.
-Туугандык байланышты бекемдөө – ырыскынын кеңейишине жана өмүрүнүн узун болушуна себеп болот. Ал эми ажал жана ырыскы чектелген болсо да, бирок анын ырыскысында жана өмүрүндө береке болушу мүмкүн. Ырыскысында жана өмүрүндө береке болушу – жашоосунда башкаларга караганда пайдалуу жана көп нерселерди аткаруу менен болот. Башка бир айтымда ырыскысында жана өмүрүндө береке болушу – бул ырыскысы көбөйүп, өмүрү узарат деп келет.</t>
+Туугандык байланышты бекемдөө – ырыскынын кеңейишине жана өмүрүнүн узун болушуна себеп болот. Ал эми ажал жана ырыскы чектелген болсо да, бирок анын ырыскысында жана өмүрүндө береке болушу мүмкүн. Ырыскысында жана өмүрүндө береке болушу – жашоосунда башкаларга караганда пайдалуу жана көп нерселерди аткаруу менен болот. Чынында ырыскысы көбөйүп, өмүрү узарат деген да сөздөр бар. Аллах Билүүчү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5372</t>
   </si>
   <si>
     <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Кимде-ким зыян келтирсе, анда Аллах ага зыян келтирет. Ал эми кимде-ким бирөөнү кыйнаса, анда Аллах аны кыйынчылыка салып коёт</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Абу Сирма, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким зыян келтирсе, анда Аллах ага зыян келтирет. Ал эми кимде-ким бирөөнү кыйнаса, анда Аллах аны кыйынчылыка салып коёт».</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бир мусулмандын өзүнө, мал-мүлкүнө жана үй-бүлөсүнө зыян келтирүүдөн же ага кыйынчылык келтирүүдөн эскертти. Ким ушундай кылса, анда Аллах аны келтирген зыянына жана кыйнаганына жараша жазасын жана азабын берет.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
@@ -8554,96 +8550,96 @@
 وجوب الصبر على المصيبة، وتحريم التَّسَخُّط مِن أقدار الله المؤلمة، وإظهار ذلك: بالنياحة أو النَّدْب أو الحَلْق أو الشَّقّ أو غير ذلك.
 تحريم تَقلِيْد الجاهلية بأمورهم التي لم يُقِرّهم الشارع عليها.
 لا بأس من الحُزْن والبكاء، فهو لا ينافي الصبر على قضاء الله تعالى، وإنما هو رحمة جعلها الله في قلوب الأقارب والأحباب.
 على المسلم الرضا بقضاء الله، فإنْ لم يَرْضَ فالصبر واجب عليه.</t>
   </si>
   <si>
     <t>Бул хадисте айтылган тыюу бул амалдар чоң күнөөлөрдөн экенине далил.
 Кайгы-кысыретке сабыр кылуу важыб. Аллахтын тагдырына ачуулануу жана аны өкүрүк, кайгыруу, чачты жулуп, кийимди тытуу менен билдирүү арам иш.
 Шарият тыюу салган карангылык доордогу жаман адаттарды кармануу арам.
 Кайгырып, көздөн жаш чыгарып ыйлоо эч нерсе эмес, бул Аллахтын тагдыр-өкүмүнө сабырсыздык деп эсептелбейт. Бул Аллах Тааланын (каза болгон адамга) жакын, аны жакшы көргөн адамдардын жүрөгүнө салган ырайымы.
 Мусулман адам Аллах Тааланын тагдыр-өкүмүнө ыраазы болушу керек. Эгер ыраазы болбосо да, ага сабыр кылуу важыб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5380</t>
   </si>
   <si>
     <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Пенде Раббисине саждада турган абалында эң жакын болот. Ошондуктан ал учурда көп дуба кылгыла</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте, Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты. «Пенде Раббисине саждада турган абалында эң жакын болот. Ошондуктан ал учурда көп дуба кылгыла».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте, Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты. «Пенде Раббисине саждада турган абалында эң жакын болот. Ошондуктан ал учурда көп дуба кылгыла».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, пенденин Раббисине эң жакын абалы – саждада турган учуру экендигин баяндады. Себеби, намаз окуп жаткан адам саждада турганда Аллах Таалага моюн сунуу менен, баш ийүү менен жана кичи пейилдик менен денесинин эң бийик жана эң асыл жерин жерге коет.
-Пайгамбар, саллаллаху алейхи уа саллам, саждада көп дуба кылууну буйруган. Себеби саждада Аллахка баш ийүү сөз жана иш жүзүндө чогуу болуп жатат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) пенденин Раббисине эң жакын абалы – саждада турган учуру экендигин баяндады. Себеби, намаз окуп жаткан адам саждада турганда Аллах Таалага моюн сунуу менен, баш ийүү менен жана кичи пейилдик менен денесинин эң бийик жана эң асыл жерин жерге коет.
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) саждада көп дуба кылууну буйруган. Себеби саждада Аллахка баш ийүү сөз жана иш жүзүндө чогуу болуп жатат.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Ибадат кылуу пендени Аллах Таалага жакындатат.
 Саждада көп дуба кылуу сооптуу. Анткени сажда дуба кабыл боло турган жай.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5382</t>
   </si>
   <si>
     <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
   </si>
   <si>
     <t>Кимде-ким жума күнү жунуптуктан жуунгандай жуунуп, анан эртелеп мечитке барса,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким жума күнү жунуптуктан жуунгандай жуунуп, анан эртелеп мечитке барса,  төөнү курмандыкка чалгандай сооп алат. Андан кийинки убакта барган адам уйду курмандыкка чалгандай сооп алат. Андан кийинки убакта барган адам мүйүздүү кочкорду курмандыкка чалгандай сооп алат. Андан кийинки убакта барган адам тоокту садака кылгандай сооп алат. Андан кийинки убакта барган адам жумуртканы садака кылгандай сооп алат. Имам кутпа айтуу үчүн минбарга чыкканда периштелер зикирди угуу үчүн чогулат".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким жума күнү жунуптуктан жуунгандай жуунуп, анан эртелеп мечитке барса,  төөнү курмандыкка чалгандай сооп алат. Андан кийинки убакта барган адам уйду курмандыкка чалгандай сооп алат. Андан кийинки убакта барган адам мүйүздүү кочкорду курмандыкка чалгандай сооп алат. Андан кийинки убакта барган адам тоокту садака кылгандай сооп алат. Андан кийинки убакта барган адам жумуртканы садака кылгандай сооп алат. Имам кутпа айтуу үчүн минбарга чыкканда периштелер зикирди угуу үчүн чогулат".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
 ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
 الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
 الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
 الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
 الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
 الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
 فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жума намазына эртелеп баруунун артыкчылыгы тууралуу айткан. Намазга баруу убактысы –ошол күнү Күн чыккан убактан имам кутпа айтуу үчүн минбарга чыкканга чейин созулат. Бул аралыкты беш саатка бөлсөк болот. Б.а. күн чыккандан баштап имам минбарга чыкканга чейинки убакты беш бөлүккө бөлөбүз:
-Биринчиси: кимде-ким жунубтуктан жуунгандай тазаланып жуунуп, биринчи саатта мечитке барса, төөнү садака кылгандай соопко ээ болот.
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жума намазына эртелеп баруунун артыкчылыгы тууралуу айткан. Намазга баруу убактысы – ошол күнү Күн чыккан убактан имам кутпа айтуу үчүн минбарга чыкканга чейин созулат. Бул аралыкты беш саатка бөлсөк болот. Б.а. күн чыккандан баштап имам минбарга чыкканга чейинки убакты беш бөлүккө бөлөбүз:
+Биринчиси: кимде-ким жунуптуктан жуунгандай тазаланып жуунуп, биринчи саатта мечитке барса, төөнү садака кылгандай соопко ээ болот.
 Экинчиси: экинчи саатта барган адам уйду садака кылгандай соопко ээ болот.
 Үчүнчүсү: үчүнчү саатта барган адам мүйүздүү кочкорду садака кылгандай соопко ээ болот.
 Төртүнчүсү: төртүнчү саатта барган адам тоокту садака кылгандай соопко ээ болот.
 Бешинчиси: бешинчи саатта барган адам жумуртканы садака кылгандай соопко ээ болот.
 Ошентип имам кутпа айтуу үчүн минбарга чыкканда мечитке келгендерди катары менен жазып жаткан периштелер жазганын токтотуп, зикир жана кутпаны угуу үчүн чогулушат.</t>
   </si>
   <si>
     <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
 فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
 الحث على المبادرة إلى الأعمال الصالحة.
 حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
 الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
 قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
   </si>
   <si>
     <t>Жума күнү намазга барардан мурда жуунуу зарыл.
 Жума намазына күндүн алгачкы бөлүгүндө эртелеп баруу артыкчылыктуу иш.
 Ийги иш-амалдарды аткарууга шашылуу керек.
 Жума намазына периштелер да келет жана кутпаны угат.
 Жума намазына келгендерди периштелер катары менен жазып турат.
 Ибн Ражаб айтат: Хадистеги "Кимде-ким жума күнү жуунуп, анан эртелеп мечитке жөнөсө..." дегени жума үчүн жуунуунун абалкы учуру күн чыккан учур, акыркы учуру жумага жөнөгөн учур".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5393</t>
   </si>
@@ -8845,98 +8841,98 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) илим алуу, же ибадат кылуу же башка бир жакшы максатта таң эрте жана күн батарга жакын болобу, кайсы убакытта болбосун мечитке барган адамга ар бир барган сайын бейиште орун жана сый даярдаларын айтып сүйүнчүлөгөн.</t>
   </si>
   <si>
     <t>فَضْل الذهاب إلى المسجد، والحَثُّ على المحافظة على صلاة الجماعة فيه، فَكَم يَفُوْتُ المُتَخَلِّف عن المساجد من الخير والفضل والأجر والضيافة التي يعدُّها الله تبارك وتعالى لقاصِدِيْ بيته.
 إذا كان الناس يُكرِمُون من جاء بيوتَهم، ويُقَدِّمون له الطعام، فالله تبارك وتعالى أَكْرَمُ مِن خَلْقِه! فمَن قَصَدَ بيتَه أَكرمَه، وأَعَدّ الله له نزلًا عظيمًا وكبيرًا.
 الفرح والغِبْطَة بالذهاب للمساجد؛ لأنه يُعَدّ له نُزُلٌ كلّما غَدَا أو رَاح بِعَدَد ذهابِه.</t>
   </si>
   <si>
     <t>Мечитке баруунун артыкчылыгы айтылган жана намазды ар дайым жамаат менен окууга кызыктырган. Мечитке барбай калган адам, Аллахтын үйүн максат кылып барган адамга Аллах Таала Өзү даярдай турган канчалаган жакшылыктан, артыкчылыктан, сооптон, сыйдан куру калат.
 Адамдар үйүнө келген конокту сыйлап, анын алдына түркүн тамактарды койот. Алла Таала пенделерден берешен. Аллах мечитке барган адамга чоң сыйды даярдайт.
 Мечитке барган адамда кубаныч жана шаттык болот. Анткени, ал эртең менен же кечинде канча жолу барса, ага ошончо сый даярдалат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5436</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда жакшылыкты сүйлөсүн же унчукпасын. Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда кошунасын сыйласын. Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда коногун сыйласын</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда жакшылыкты сүйлөсүн же унчукпасын. Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда кошунасын сыйласын. Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда коногун сыйласын».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда жакшылыкты сүйлөсүн же унчукпасын. Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда кошунасын сыйласын. Кимде-ким Аллахка жана акырет күнүнө ыйман келтирсе, анда коногун сыйласын».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллахка жана кайтып бара турган жана аткарган иш-аракеттерине жараша сыйлык ала турган акырет күнүнө ыйман келтирген пендени ыйманы төмөнкү сыпаттарды аткарууга үндөй турганын баяндады. Алар:
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахка жана кайтып бара турган жана аткарган иш-аракеттерине жараша сыйлык ала турган акырет күнүнө ыйман келтирген пендени ыйманы төмөнкү сыпаттарды аткарууга үндөй турганын баяндады. Алар:
 Биринчиси: Аллахка тасбих жана тахлил айтуудан турган жакшы сөз, жакшылыкка буюруп, жамандыктан кайтаруу, араздашкан адамдарды жараштыруу. Эгерде андай кыла албаса, анда унчукпай, ага жамандык кылууну токтотуп, тилин сакташы керек
 Экинчиси: кошунаны урматтоо, ага жакшылык кылуу жана ага зыян келтирбөө.
 Үчүнчүсү: Зыяратка келген конокту сыйлоо, ага жакшы сөз айтуу жана ага тамак берүү ж.б.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Аллахка жана акырет күнүнө ыйман келтирүү бардык жакшылыктардын негизи жана ал жакшылык кылуу үчүн жиберилген.
 Тилдин бузулуусунан сактануу.
 Ислам дини карым-катыштыктын жана берешендиктин дини.
 Бул сыпаттар ыймандын бутактарынан жана мактоого татыктуу адептерден.
 Ашыкча сүйлөө макрух же арам нерсеге алып келиши мүмкүн. Ал эми саламат болуу - бул жакшыдан башканы сүйлөбөөдө.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5437</t>
   </si>
   <si>
     <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Ким адамдарга ырайым кылбаса, анда Аллах Таала ага ырайым кылбайт</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
-    <t>Жарир бин Абдулла, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Ким адамдарга ырайым кылбаса, анда Аллах Таала ага ырайым кылбайт».</t>
+    <t>Жарир бин Абдулла (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Ким адамдарга ырайым кылбаса, анда Аллах Таала ага ырайым кылбайт».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, адамдарга ырайым кылбаган адамга Аллах Таала ырайым кылбай турганын баяндап жатат. Пенденин калайык калкка кылган ырайымы – Аллах Тааланын ырайымына ээ болуунун эң чоң себептеринин бири.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдарга ырайым кылбаган адамга Аллах Таала ырайым кылбай турганын баяндап жатат. Пенденин калайык калкка кылган ырайымы – Аллах Тааланын ырайымына ээ болуунун эң чоң себептеринин бири.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Ырайымдуулук бардык макулуктар үчүн талап кылынат. Бирок ал макулуктарга адамдардын көңүл буруусу өзгөчө айтылды.
 Аллах Таала Ырайымдуу. Ырайымдуу пенделерин ырайымына алат. Иш-аракеттердин түрүнө жараша сооп-сыйлык же жаза болот.
 Адамдарга ырайымдуулук кылуу - бул аларга жакшылык кылууну, алардан жамандыкты кайтарууну жана аларга жакшы мамиле кылууну камтыйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5439</t>
   </si>
   <si>
     <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>Эй, адам баласы! Эгер Мага дуба кылып, анын кабыл болуусун үмүт кылсаң, сенден болгон күнөөнүн баарын кечирип коюу Мага эч нерсе эмес</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>Анас (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Улуу Аллах Таала минтип айткан: "Эй, адам баласы! Эгер Мага дуба кылып, анын кабыл болуусун үмүт кылсаң, сенден болгон күнөөнүн баарын кечирип коюу Мага эч нерсе эмес . Эй, адам баласы! Эгер күнөөлөрүң асманды тиреп калса да сен Менден кечирим тилесең, сени кечирип коюу Мага оор эмес . Эй, адам баласы! Сен мага жер бети толо күнөө менен келип, бирок Мага эч нерсени шерик кылбай жолуксаң, Мен сага жер бети толо кечирим менен бармакмын".</t>
@@ -8957,177 +8953,177 @@
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Аллах Тааланын кечирими, ырайымы жана берешендиги кенен.
 Бир Аллахка сыйынуу ишенимин кармануу артыкчылыктуу иш. Бир Аллахка сыйынуу ишеними менен өткөн адамдын күнөө, каталарын Аллах кечирет.
 Ширк өтө коркунучтуу күнөө, анткени Аллах Таала аны кечирбейт.
 Ибн Ражаб айтат: "Бул хадис күнөөлөрдүн кечирилүүсүнө себеп боло турган үч ишти баяндаган, биринчиси: үмүт кылуу менен бирге дуба кылуу, экинчиси: кечирим тилеп, тообо кылуу, үчүнчүсү: бир Аллахка сыйынуу ишеними менен жашап өтүү".
 Бул хадис пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббисинен риваят кылган хадистерден. Мындай хадистер кудсий же илахий хадис деп аталат. Анын айтылышы жана мааниси Аллахтан, бирок кудсий хадис Курандын башкалардан айырмаланып турган өзгөчөлүктөрүнө ээ эмес. Мисалы, Куранды окуу ибадат экендиги, аны даарат менен кармоо, андайды эч ким жаза албастыгы, муъжизалыгы ж.б.
 Күнөөлөрдүн үч түрү бар: биринчиси: Аллахка шерик кошуу, бул күнөөнү Аллах Таала кечирбейт. Аллах Таала минтип айткан: "Кимде-ким Аллахка шерик кошсо, Аллах аны бейишке киргизбейт". Экинчиси: пенденин Раббиси менен өзүнүн ортосундагы иштерде өзүнө зулум кылып жасаган күнөөлөрү, мындай күнөөлөрдү Аллах Таала кааласа кечирип жиберет. Үчүнчүсү: Аллах Таала таштап койбой турган күнөөлөр, бул пенделердин бири-бирине кылган зулум күнөөлөрү, мындай күнөөлөрдүн өчү алынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5456</t>
   </si>
   <si>
     <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Чындыгында, Аллахтын алдында адамдардын эң жаманы – өтө талашчаак адам</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
-    <t>Аиша, радыяллаху анха, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Чындыгында, Аллахтын алдында адамдардын эң жаманы – өтө талашчаак адам».</t>
+    <t>Айша (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Чындыгында, Аллахтын алдында адамдардын эң жаманы – өтө талашчаак адам».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Тааланын бизге өтө талашчаак жана көп талашып-тартышкан адамдарды жана талашып аны коргоого аракет кылган адамды жек көрөрүн кабар берип жатат. Аллах Таала акыйкат менен талашып, бирок талаш-тартышты көбүртүп-жабыртып, чектен чыгып, билимсиз талашкан адамды жаман көрөт.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын бизге өтө талашчаак жана көп талашып-тартышкан адамдарды жана талашып аны коргоого аракет кылган адамды жек көрөрүн кабар берип жатат. Аллах Таала акыйкат менен талашып, бирок талаш-тартышты көбүртүп-жабыртып, чектен чыгып, билимсиз талашкан адамды жаман көрөт.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Юридикалык кайрылуу жолу менен зулум чеккен адамдын укугун талап кылуу айыптуу талаштардын катарына кирбейт.
 Мусулмандардын арасында бөлүнүүгө жана душмандашууга себеп болгон тилдин балээлеринин бири – талашуу жана араздашуу .
-Талашып-тартышуу акыйкат жөнүндө болсо жана анын ыкмасы жакшы болсо, анда мактоого татыктуу болот. Ал эми талашып-тартышуу акыйкатты жокко чыгаруу жана батылды орнотуу үчүн болсо же далилсиз болсо, анда күнөөлүү болот.</t>
+Талашып-тартышуу акыйкат жөнүндө болсо жана анын ыкмасы жакшы болсо, анда мактоого татыктуу болот. Ал эми талашып-тартышуу акыйкатты жокко чыгаруу жана батылды орнотуу үчүн болсо же далилсиз болсо, анда жамандалган болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5474</t>
   </si>
   <si>
     <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Аллахка эң сүйүктүү төрт сөз: Субханаллах, Алхамдулиллах, Лаа илааха иллаллах жана Аллаху Акбар. Булардын кайсы биринен баштасаң да зыяны жок</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
-    <t>Самура бин Жундуб, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллахка эң сүйүктүү төрт сөз: Субханаллах, Алхамдулиллах, Лаа илааха иллаллах жана Аллаху Акбар. Булардын кайсы биринен баштасаң да зыяны жок».</t>
+    <t>Самура бин Жундуб (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Аллахка эң сүйүктүү төрт сөз: Субханаллах, Алхамдулиллах, Лаа илааха иллаллах жана Аллаху Акбар. Булардын кайсы биринен баштасаң да зыяны жок».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Аллах Таалага эң сүйүктүү сөздөр төртөө экенин баяндап жатат.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таалага эң сүйүктүү сөздөр төртөө экенин баяндап жатат.
 Субханаллах: Аллах Тааланы бардык кемчиликтен аруулоону түшүндүрөт.
 Алхамдулиллах: Аллах Тааланы жакшы көрүү жана Аны улуулоо менен Анын толук, кемчиликсиз экенин сыпаттоо.
 Лаа илааха Иллаллах: Аллахтан башка сыйынууга татыктуу кудай жок.
 Аллаху Акбар: Бардык нерседен эң урматтуу, эң улуу жана эң кадырлуу.
 Бул сөздөрдүн пазилетин жана сообун алуу үчүн аларды тартиби менен айтуу талап кылынбайт.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Шарият жеңил. Ошондуктан бул сөздөрдүн кайсынысы менен  баштасаң да зыяны жок.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5475</t>
   </si>
   <si>
     <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
-    <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, адамдарды бейишке эң көп эмне киргизе тургандыгы жөнүндө суралганда, ал: «Аллахка такыбалык кылуу жана жакшы адеп-ахлак» - деп айтты. Андан кийин адамдарды тозокко эң көп эмне киргизе тургандыгы жөнүндө суралганда: «Ооз жана жыныстык мүчө» - деп жооп берди</t>
+    <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдарды бейишке эң көп эмне киргизе тургандыгы жөнүндө суралганда, ал: «Аллахка такыбалык кылуу жана жакшы адеп-ахлак» - деп айтты. Андан кийин адамдарды тозокко эң көп эмне киргизе тургандыгы жөнүндө суралганда: «Ооз жана жыныстык мүчө» - деп жооп берди</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылат. Аллахтын Элчиси, саллаллаху алейхи уа саллам, адамдарды бейишке эң көп эмне киргизе тургандыгы жөнүндө суралганда, ал: «Аллахка такыбалык кылуу жана жакшы адеп-ахлак» - деп айтты. Андан кийин адамдарды тозокко эң көп эмне киргизе тургандыгы жөнүндө суралганда: «Ооз жана жыныстык мүчө» - деп жооп берди.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылат. Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдарды бейишке эң көп эмне киргизе тургандыгы жөнүндө суралганда, ал: «Аллахка такыбалык кылуу жана жакшы адеп-ахлак» - деп айтты. Андан кийин адамдарды тозокко эң көп эмне киргизе тургандыгы жөнүндө суралганда: «Ооз жана жыныстык мүчө» - деп жооп берди.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, бейишке киргизе турган эң чоң себептер экөө экендигин баяндады. Алар:
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бейишке киргизе турган эң чоң себептер экөө экендигин баяндады. Алар:
 Аллахка такыбалык кылуу жана жакшы адеп-ахлак.
 Аллахка такыбалык кылуу - бул сени менен Аллахтын азабынын  ортосундагы сактануу. Ал Аллахтын буйруктарын аткаруу жана тыюу салган нерселеринен тыйылуу.
 Ал эми жакшы адеп-ахлак - бул жылуу жүздүү болуу, жакшылык кылуу жана зыян берүүнү токтотуу.
 Тозокко киргизе турган эң чоң себептер экөө. Алар:
 Тил жана уяттуу жерлер.
 Башкача айтканда тилдин күнөөлөрү. Бул - жалган айтуу, гыйбат кылуу, ушак айтуу ж.б.
 Ал эми уяттуу жерлердин күнөөлөрү - бул зына кылуу, гомосексуализм ж.б.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Бейишке кирүүнүн Аллах Таалага байланыштуу себептери бар. Ал Аллахка такыбалык кылуу. Жана Адамдарга тиешелүү себептер, ал жакшы адеп-ахлак.
 Тилдин ээсине жеткирген коркунучу бар жана ал тозокко киргизүүчү себептердин бири болот.
-Напсинин кумарларынын жана бузукулуктун адам үчүн коркунучу бар жана ал тозоко киргизүүчү эң көп себептердин бири болот.</t>
+Напсинин кумарларынын жана бузукулуктун адам үчүн коркунучу бар жана ал тозокко киргизүүчү эң көп себептердин бири болот.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[Хасан Сахих (жакшы, ишенимдүү хадис)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5476</t>
   </si>
   <si>
     <t>الحياء من الإيمان</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, бир кишинин бир тууганына уяттуулугу үчүн жемелеп жатканын угуп: «Уяттуулук ыймандан» - деди.*@</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бир кишинин бир тууганына уяттуулугу үчүн жемелеп жатканын угуп: «Уяттуулук ыймандан» - деди.*@</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Абдулла бин Умар, радыяллаху анхума, айтты: Пайгамбар, саллаллаху алейхи уа саллам, бир кишинин бир тууганына уяттуулугу үчүн жемелеп жатканын угуп: «Уяттуулук ыймандан» - деди.</t>
+    <t>Абдулла бин Умар (Аллах андан ыраазы болсун) айтты: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бир кишинин бир тууганына уяттуулугу үчүн жемелеп жатканын угуп: «Уяттуулук ыймандан» - деди.</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, бир кишинин бир тууганына ашыкча уялчаактыгын таштоосун насаат кылганын укту. Андан кийин, ага уяттуулук ыймандын бир бөлүгү экенин жана ал жакшылык гана алып келерин түшүндүрдү.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бир кишинин бир тууганына ашыкча уялчаактыгын таштоосун насаат кылганын укту. Андан кийин, ага уяттуулук ыймандын бир бөлүгү экенин жана ал жакшылык гана алып келерин түшүндүрдү.
 Уяттуулук – бул жакшы иш-аракеттерди аткарууга жана жаман иш-аракеттерди таштоого түрткү болгон адеп.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Жакшылыктан тоскон нерсе уяттуулук эмес. Тескерисинче, ал тартынуу, алсыздык, текебердик жана коркоктук деп аталат.
 Аллах Тааладан уялуу - бул Анын буюруганын аткаруу жана Ал тыйган нерселерди таштоо менен болот.
 Адамдардан уялуу – бул аларды урматтоо, аларды коомчулуктагы ордуна коюу жана адаттагы жийиркеничтүү нерселерден алыс болуу менен болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5478</t>
   </si>
   <si>
     <t>الدعاء لا يرد بين الأذان والإقامة</t>
   </si>
   <si>
     <t>Азан жана икооматтын ортосунда айтылган дуба артка кайтарылбат</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
   </si>
   <si>
@@ -9142,71 +9138,71 @@
   <si>
     <t>فضيلة هذا الوقت للدعاء.
 إذا تَحَلّى الدّاعي بآداب الدعاء، وقَصَدَ مَوَاطِنَه وأوقاته الفاضلة، وابتعد عن عِصْيان الله، واحتاط لنفسه من الوقوع في الشُّبُهات والرِّيَب، وأحسن الظن بالله: فإنه جَدِيْرٌ أنْ يُستَجاب له بإذن الله.
 قال المناوي عن استجابة الدعاء: أي: بعد جَمْع شروط الدعاء وأركانه وآدابه، فإنْ تَخَلَّفَ شيءٌ منها فلا يَلوم إلا نفسَه. 
 استجابة الدعاء: إما أنْ تُعَجَّلَ له دعوتُه، أو يُصرَفَ عنه مِن الشر مِثلُها، أو تُدَّخَرَ له في الآخرة؛ وذلك بحسب حكمة الله ورحمته.</t>
   </si>
   <si>
     <t>Дуба кылуу үчүн ушул убак артыкчылыктуу.
 Дуба кылуучу адам дубанын адебин сактап, дуба кабыл боло турган орундарды жана убактарды максат кылып, Аллахка күнөө кылуудан алыс болуп, шек-күмөндөн напсисин этияттап, дубам кабыл болот деп Аллахка жакшы күмөн кылып дуба кылса, Аллахтын уруксаты менен анын дубасы кабыл болууга татыктуу болот.
 Ал-Мунавий дубанын кабыл болуусу жөнүндө минтип айткан: Б.а. дубанын шарттарын, рүкүндөрүн, адептерин бүт аткаргандан кийин дуба кабыл болот. Эгер булардын кайсы бири аткарылбай калса, адам өзүн гана айыптасын.
 Дубанын кабыл болуусу: же анын сураганы дароо берилет, же анын ордуна андан бир жамандык арылтылат, же акыретке калтырылат. Мунун баары Аллахтын ырайымы жана даанышмандыгы менен болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5479</t>
   </si>
   <si>
     <t>اللهم أصلح لي ديني الذي هو عصمة أمري</t>
   </si>
   <si>
     <t>Аллахым, менин иштеримдин коргоочусу болгон динимди оңдо</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтар эле: "Аллахым, менин иштеримдин коргоочусу болгон динимди оңдо.  Менин жашоом өтүп жаткан дүйнөмдү оңдо.  Мен кайтып бара турган акыретимди оңдо. Өмүрдү мен үчүн ар бир жакшылыкты көбөйтүүчү кыл, ал эми өлүмдү ар бир жамандыктан арылтуучу кыл».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтар эле: "Аллахым, менин иштеримдин коргоочусу болгон динимди оңдо.  Менин жашоом өтүп жаткан дүйнөмдү оңдо.  Мен кайтып бара турган акыретимди оңдо. Өмүрдү мен үчүн ар бир жакшылыкты көбөйтүүчү кыл, ал эми өлүмдү ар бир жамандыктан арылтуучу кыл».</t>
   </si>
   <si>
     <t>دَعَا النبيُّ صلى الله عليه وسلم بِدُعاء جَمَعَ فيه أصولَ مَكارِمِ الأخلاقِ التي بُعِثَ لإتمامها؛ وهي صلاح الدين، والدنيا، والآخرة، فاستقى في هذا اللفظ الوجيز صلاح هذه الجوامع الثلاث، وبدأ بصلاح الدين وبه صلاحُ حالِ الدَّارَين فقال: 
 (اللهم أصلح لي ديني) بأنْ توفقَني للقيام بآدابه على الوجه الأكمل الأتمّ. 
 (الذي هو عصمة أمري) وحافظٌ لجميع أموري، فإنْ فَسَدَ ديني فَسَدت أموري، وخِبْتُ وخَسِرتُ، ولأنه لا يتم صلاح الدين المطلوب إلا بصلاح الدنيا فقال:
 (وأصلح لي دنياي) بإعطائي صحةَ البدن والأمن، والرزق، والزوجة الصالحة، والذرية الطيبة وما أحتاج إليه، ويكون حلالًا، ومُعِيْنًا على طاعتك، ثم ذَكَرَ العُذْرَ في سؤاله إصلاحها؛ بأن قال: 
 (التي فيها معاشي) ومكان عيشي وزَمَنُ حياتي.
 (وأصلح لي آخرتي التي فيها معادي) وعَوْدِيْ إلى لقائك وذلك بصلاح الأعمال، وتوفيق الله للعبد على العبادة والإخلاص، وحسن الخاتمة. 
 ورَتَّبَ صلى الله عليه وسلم الآخرة بعد الدنيا؛ إذ الأُولى هي وسيلة إصلاح الثانية، فمَن استقام في دنياه وِفْقَ مُرَاد الله، استقامت له آخرته وسعد فيها.
 (واجعل الحياة) وطول العمر (زيادة لي في كل خير) أتكثَّر فيها من الأعمال الصالحة، (واجعل الموت) وتعجيلَه (راحة لي من كل شرٍّ) وفتنةٍ ومِحْنَةٍ وابتلاء بمعصية وغفلة، وخلاصًا من مَشَقّة الدنيا وغمومها، وحصول الراحة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) өзү толуктоо үчүн жиберилген ахлактардын баары топтолгон дуба менен дуба кылган. Ал: диндин оңолушу, дүйнөнүн оңолушу, акыреттин оңолушу. Бул кыска сөзүндө үч бирдиктүү нерсенин оңолушун сурады. Биринчи диндин оңолушунан баштады. Диндин ичинде эки дүйнөнүн абалынын оңолушу жатат. Ал минтип айтты:
 (Аллахым, менин динимди оңдо) динимдин бардык милдеттерин адептери менен толук аткарууга мага топук (ийгилик) бер.
 (Ал диним менин бардык иштеримдин коргоочусу) эгер диним бузулса, бардык иштерим бузулат жана мен куру жалак, өкүнүүчү болуп калам. Анткени, диндин оңолушу дүйнөнүн оңолушу менен толук болот. Ошон үчүн минтип айтты:
 (Менин дүйнөмдү да оңдо) ден соолук, аманчылык, ырыскы, ыймандуу жар, таза, такыба уул-кыз, ж.б. мен муктаж болгон нерселерди бер. Буларды адал жана Сага ибадат кылууга жардам берүүчү кыл. Андан кийин бул суранычынын себебин айтты:
 (Бул дүйнөдө менин жашоом өтөт) мен жашап турган жерде жана тирүүлүгүмдө.
 (Мен кайтып бара турган акыретимди оңдо) мен Сага кайтып баруум, салих амалдарым менен, Аллахтын ибадатты ыклас менен аткарууга жана жакшы акыбет менен коштолсун.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) акыретти дүйнөдөн кийин тизмектеди. Себеби дүйнө акыреттин жакшы болуусуна себеп болот. Кимде-ким бул дүйнөдө Аллах каалагандай түз (дининде бекем) жашап өтсө, анын акырети да түз болуп, акыретте бактылуу болот.
-(Жашоомдо жакшылыктарды көп кыл) өмүр бою жакшы амалдарды кылууга насип кыл. (Өлүмүмдү бардык жамандык кутулуучу кыл) фитналардан, мээнеттерден, күнөө жана кайдыгерлик сыноолорунан, айрыкча дүйнөнүн кайгы-машакаттарынан куткарып, ырахатка жеткир.</t>
+(Жашоомдо жакшылыктарды көп кыл) өмүр бою жакшы амалдарды кылууга насип кыл. (Өлүмүмдү бардык жамандыктан кутулуучу кыл) фитналардан, мээнеттерден, күнөө жана кайдыгерлик сыноолорунан, айрыкча дүйнөнүн кайгы-машакаттарынан куткарып, ырахатка жеткир.</t>
   </si>
   <si>
     <t>الدين أهمُّ شيء؛ لهذا بدأ به النبي صلى الله عليه وسلم بالدعاء.
 الدين عِصْمَةٌ للإنسان يَمْنَعُه من كلّ شرٍّ.
 الدعاء بالأمور الدنيوية من أجل صلاح الدين والآخرة.
 لا يُكرَه تَمَنِّي الموت خوفًا من الفتنة في الدين، أو سؤال الله الموت على الشهادة.</t>
   </si>
   <si>
     <t>Дин эң зарыл нерсе; ошон үчүн пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) дубасын динден баштаган.
 Дин адам баласын бардык жамандыктан тыйып турган коргоочу.
 Дин жана акыреттин оңолушу үчүн дүйнө иштерин сурап дуба кылууга болот.
 Диндеги сыноолордон коркуп өлүмдү үмүт же Аллахтан шейиттик өлүмдү суроо макрух эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5482</t>
   </si>
   <si>
     <t>رب اغفر لي خطيئتي وجهلي، وإسرافي في أمري كله، وما أنت أعلم به مني، اللهم اغفر لي خطاياي، وعمدي وجهلي وهزلي، وكل ذلك عندي، اللهم اغفر لي ما قدمت وما أخرت، وما أسررت وما أعلنت، أنت المقدم وأنت المؤخر، وأنت على كل شيء قدير</t>
   </si>
   <si>
     <t>Раббим, менин каталарымды жана билбестигимди кечир. Бардык иштеримдегеи кемчилик жана аша чабуумду кечир. Мендеги Сен Өзүң билип турган күнөөлөрүмдү кечир. Аллахым, менин каталарымды, атайын жана билбей жасаган, тамашалап кетирген кемчиликтеримди кечир. Мендеги бардык кемчиликти кечир. Аллахым, менин мурдагы жана кийинки күнөөлөрүмдү кечир. Ачык жана жашыруун күнөөлөрүмдү кечир. Сен алдыда кылуучу жана кечиктирүүчүсүң. Сен бардык нерсеге күчү жетүүчү Кадырсың</t>
   </si>
   <si>
     <t>عَنِ أَبِي مُوسَى رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ كَانَ يَدْعُو بِهَذَا الدُّعَاءِ: «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ».</t>
   </si>
@@ -9246,102 +9242,102 @@
 الإنسان قد يُؤاخَذ على هَزْلِهِ كما يُؤاخذ على جِدِّه، فيجب على الإنسان أنْ يَحْتَرِس في مُزاحِه.
 قال ابن حجر العسقلاني: لم أَرَ في شيءٍ من طُرُقه محل الدعاء بذلك، وقد وقع معظم آخره… كان يقوله في صلاة الليل، ووقع أيضًا أنه كان يقوله في آخر الصلاة، واختلفت الرواية هل كان يقوله قبل السلام أو بعده؟ بكلامها وَرَدَ.
 هل النبيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يخطئ ليستغفر؟ قيل بأنه قاله متواضعًا وهَضْمًا لنفسه، أو عَدَّ فَواتَ الكمال وترك الأولى ذنوبًا، أو أراد ما كان عن سهو، أو ما كان قبل النبوة، وقيل: الاستغفار تَعَبُّدٌ يجب أتيانه، لا للمغفرة، بل تعبدًا، وقيل: ذلك تنبيه وتعليمٌ لأمته؛ كي لا يأمنوا ويتركوا الاستغفار.</t>
   </si>
   <si>
     <t>Бул дубанын артыкчылыгы жана пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчип ушул дубаны кылууга умтулуу.
 Ысрапкор болууга тыюу салынган, ысырапкор адам жазага татыктуу болот.
 Аллах Таала адамдын өзүнө караганда аны жакшы билет. Ошон үчун пенде иштерин Аллахка тапшырышы керек: анткени, пенде өзү билбестен да ката кетире берет.
 Адам чындап кылганына айыпталган сыяктуу, тамашалап кылганына да айыпталат. Ошон үчүн тамашалаганда да этият болуу зарыл.
 Ибн Хажар Аскалани минтип айткан: Мен буд хадистерден дубанын айтыла турган жайын көрө албадым. Көпчүлүгүндө түнкү намаздын аягында деп келген... . Риваяттарда дубаны саламдан мурда айтканы же саламдан кийин айтканы боюнча кайчы пикирлер бар. Риваяттарда экөөсү тең келген.
 Кечирим тилеп дуба кылганга пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) күнөө-ката кылганбы? Бир канча пикирлер бар: Ал өз напсисине кичи пейилдик кылып кечирим тилеген. Же жакшыраагын калтырганын күнөө эстеген. Же адашып жасап алган иштери үчүн айткан. Же пайгамбар болгонго чейинки кетирген кемчиликтерин айткан. Кээ бир аалымдар: Истигфар - аткарылуусу милдет болгон ибадат. Аны күнөөнүн кечирилүүсү үчүн эмес, ибадат катары айтылат. Бул үммөтүнө эскертүү жана сабак, алар истигфарды таштап койбошу үчүн айткан деген да аалымдар бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5483</t>
   </si>
   <si>
     <t>اللهم إني أسألك العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>Аллахым, Сенден дүйнө жана акыреттин амандыгын (жакшылыгын) сураймын</t>
   </si>
   <si>
     <t>عَنِ ابنِ عُمَرَ رضي الله عنهما قَالَ: لَمْ يَكُنْ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدَعُ هَؤُلَاءِ الدَّعَوَاتِ، حِينَ يُمْسِي وَحِينَ يُصْبِحُ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
   </si>
   <si>
-    <t>Ибн Умар (атасы экөөнө Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) эртең менен да кечинде да бул дубаны калтырбай,  дайыма айтчу:  "Аллахым, Сенден дүйнө жана акыреттин амандыгын (жакшылыгын) сураймын.  Аллахым, Сенден динимде, дүйнө жашоомдо, үй-бүлөмдө жана мал-мүлкүмдө кечирим жана амандык (жакшылык) сураймын.  Аллахым, менин кемчилик-айыбымды (бардык айып-кемчилигимди) жашыр жана жүрөгүмдү тынч кыл. Аллахым, мени бет алдымдан келүүчү, артымдан келүүчү, оң жак, сол жагымдан келүүчү, үстүмдөн келүүчү жамандыктардан сакта. Мен Сенин улуулугуң менен астымдан келе турган жамандыктан (кайдыгер өлүмдөн) сактанам".</t>
+    <t>Ибн Умар (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) эртең менен да кечинде да бул дубаны калтырбай,  дайыма айтчу:  "Аллахым, Сенден дүйнө жана акыреттин амандыгын (жакшылыгын) сураймын.  Аллахым, Сенден динимде, дүйнө жашоомдо, үй-бүлөмдө жана мал-мүлкүмдө кечирим жана амандык (жакшылык) сураймын.  Аллахым, менин кемчилик-айыбымды (бардык айып-кемчилигимди) жашыр жана жүрөгүмдү тынч кыл. Аллахым, мени бет алдымдан келүүчү, артымдан келүүчү, оң жак, сол жагымдан келүүчү, үстүмдөн келүүчү жамандыктардан сакта. Мен Сенин улуулугуң менен астымдан келе турган жамандыктан (кайдыгер өлүмдөн) сактанам".</t>
   </si>
   <si>
     <t>لم يَكُن النبيُّ صلى الله عليه وسلم يتركُ هؤلاء الدَّعَوات حين يُمسي وحين يُصبح: 
 (اللهم إني أسألُكَ العافيةَ)، والسلامة من الأسقامَ والبلايا والشدائد الدنيوية، والشهوات والفتن الدينية (في الدنيا والآخرة) العاجلة والآجلة. 
 (اللهمَّ إني أسأَلُكَ العفو) ومَحْوَ الذنوب والتَّجَاوزَ عنها، (والعافيةَ) والسلامة من العيوب، (في دِيني) من الشرك والبدع والمعاصي، (ودنياي) من المصائب والأذى والشرور، (وأهلِي) زوجاتي وأولادي وقرابتي، (ومالي) وأموالي وعملي.
 (اللهم استرْ عَوراتي) وما فيَّ من العيوب والخَلَل والتقصير وامْحُ ذنوبي، (وآمِن رَوْعاتي) وفَزَعي وخوفي. 
 (اللهم احفظْني) وادفع البلاء عني من المؤذِيات والبلاء، (من بين يديَّ ومِن خلفي، وعن يميني وعن شمالي، ومن فوقي) حيث سألَ أنْ يحفظَه الله من جميع الجهات؛ لأن البلايا والآفات إنما تَلْحَق الإنسانَ وتُقبِلُ إليه من إحدى هذه الجهات. 
 (وأعوذُ بعظمتك أن أُغْتَال) وأؤاخَذ بَغْتَة، وأَهْلِكَ غفلةً (من تحتي) فأهلك بالخَسْف.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эртең менен жана кечинде ушул дубаларды калтырбай, такай айтып жүргөн:
 (Аллахым, мен Сенден аманчылык тилейм) оорулардан, балээлерден, дүнүйөлүк кыйынчылыктардан, диний фитна жана азгырыктардан (Дүйнө жана акыретте), убактылуу жана түбөлүктүү жашоодо.
 (Аллахым, Сенден кечирим сурайм) жана күнөөлөрдүн өчүрүлүшүн жана алардын кечирилишин, (жана жакшылыкты сурайм) айып-кемчиликтен таза болууну, (динимде) ширктен, бидаттан жана күнөөкөр болуудан, (дүйнө жашоомдо) кыйынчылыктан, кырсыктан, зыяндуу  жамандыктардан, (үй-бүлөмдө) аялым, балдарым жана туугандарыма, (мал-мүлкүмдө) байлыгыма жана иштериме (жакшылык сурайм).
 (Аллахым, менин айып-кемчиликтеримди жап) мендеги айыптарды, кемчиликтерди жашырып, күнөөлөрүмдү кечир.  (жана жүрөгүмдү тынч кыл) чочулоодон, коркуудан сакта.
 (Аллахым мени сакта) мага келе турган балээ-кырсыктарды менден кетир, (бет алдымдан келүүчү, артымдан келүүчү, оң жак, сол жагымдан келүүчү, үстүмдөн келүүчү) жамандыктардан сакта деп, туш тарабынан келүүчү жамандактардан сактоону Аллахтан суранган. Анткени, балээ-кырсыктар адамдарга ушул айтылган тараптардын бирөөсүнөн келип калышы мүмкүн.
 (Мен Сенин улуулугуң менен) капылет келип, жок кылуучу (астымдан) келүүчү жамандыктан сактанам.</t>
   </si>
   <si>
     <t>المحافظة على هذه الكلمات اقتداءً بالرسول صلى الله عليه وسلم.
 الإنسان كما هو مأمور بسؤال الله العافية في الدين كذلك مأمور بسؤالها في الدنيا.
 قال الطيبي: عَمَّ الجهاتَ الست؛ لأن الآفات منها، وبالَغَ فِي جهة السُّفْلِ لرَدَاءة الآفة منها.
  الأفضل في قراءة الأذكار، في الصباح: من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك يعني: قالها في الصباح بعد ارتفاع الضُّحى أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 ما دَلَّ الدليل على كون الذِّكْر له وقت مُعَيّن في الليل كقراءة آخر آيتين من سورة البقرة فإنها تكون ليلًا بعد غروب الشمس.</t>
   </si>
   <si>
     <t>Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчип ушул дубаларды ар дайым айтып жүрүү керек.
 Инсан Аллах Тааладан динине жакшылык суроого буйрулгандай, дүйнөсүнө жакшылык суроого да буйрулган.
 Ат-Тайиби минтип айткан: алты тарап дегени, апаат-балээлер ушул тараптардан болот. Асты (ылдый) тарабына басым жасап айтканы, апааттын оору ушул тараптан болот.
 Эртең менен зикир айта турган эң жакшы учур: Таң аткандан тартып, күн чыкканга чейинки убак. Кечкиси: дигерден тартып, Күн батканга чейин. Эгер бул убактардан кийин айтып калса, б.а. эртең менен чашкеден өткөндө же бешимден кийин айтып калса деле жарайт. Кечинде деле Күн баткандан кийин айтса жарай берет. Зикрдин убактысы ушундай.
 Ал эми "Бакара" сүрөсүнүн акыркы эки аятын окуу сыяктуу атайын түн ичине дайындалган зикирлер болсо, андай зикирлерди Күн баткандан кийин гана айтыш керек.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Абу Дауд, ан-Насааи, Ибн Маажа жана Ахмад жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5485</t>
   </si>
   <si>
     <t>اللهم إني أسألك من الخير كله، عاجله وآجله، ما علمت منه وما لم أعلم، وأعوذ بك من الشر كله، عاجله وآجله، ما علمت منه وما لم أعلم</t>
   </si>
   <si>
     <t>Аллахым, Сенден жакшылыктын баарын, азыркысын да, кийинкисин да, мен билгенин да, билбегенин да суранам. Сенин жардамың менен бардык жамандыктан, азыркысынан да, кийинкисинен да, мен билгенинен да, билбегенинен да коргоном</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رضي الله عنها أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ عَلَّمَهَا هَذَا الدُّعَاءَ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا».</t>
   </si>
   <si>
-    <t>Ыймандуулардын энеси Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага бул дубаны үйрөткөн: "Аллахым, Сенден жакшылыктын баарын, азыркысын да, кийинкисин да, мен билгенин да, билбегенин да суранам. Сенин жардамың менен бардык жамандыктан, азыркысынан да, кийинкисинен да, мен билгенинен да, билбегенинен да коргоном.  Аллахым, Сенден кулуң жана пайгамбарың суранган жакшылыктын баарын суранамын. Сенден кулуң жана пайгамбарың сактоону сураган жамандыктын баарынан сактооңду суранам. Аллахым, мен Сенден бейишти сурайм. Бейишке жакындата турган сөздөрдү жана амалдарды сурайм. Сенден тозоктон сактоону сурайм. Тозокко жакындата турган сөздөрдөн жана амалдардан сактоону сурайм. Сен чыгарган тагдыр-өкүмдүн баары мен үчүн жакшылык болуусун сурайм.</t>
+    <t>Ыймандуулардын энеси Айша (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага бул дубаны үйрөткөн: "Аллахым, Сенден жакшылыктын баарын, азыркысын да, кийинкисин да, мен билгенин да, билбегенин да суранам. Сенин жардамың менен бардык жамандыктан, азыркысынан да, кийинкисинен да, мен билгенинен да, билбегенинен да коргоном.  Аллахым, Сенден кулуң жана пайгамбарың суранган жакшылыктын баарын суранамын. Сенден кулуң жана пайгамбарың сактоону сураган жамандыктын баарынан сактооңду суранам. Аллахым, мен Сенден бейишти сурайм. Бейишке жакындата турган сөздөрдү жана амалдарды сурайм. Сенден тозоктон сактоону сурайм. Тозокко жакындата турган сөздөрдөн жана амалдардан сактоону сурайм. Сен чыгарган тагдыр-өкүмдүн баары мен үчүн жакшылык болуусун сурайм.</t>
   </si>
   <si>
     <t>علَّم النبيُّ صلى الله عليه وسلم عائشةَ رضي الله عنها جوامِعَ الدعاء وهو أربع دعوات: 
 الأول: دعاء عام لكل خير: (اللهم إني أسألك من الخير كله) وجميعه، (عاجله) القريب في وقته، (وآجله) البعيد، (ما عَلِمتُ منه) مما علّمتني، (وما لم أعلم)، مما يكون في علمك سبحانك، 
 وفيه تفويض الأمر إلى الله العليم الخبير اللطيف؛ فيختار سبحانه للمسلم أفضله وأحسنه، (وأعوذ) وأعتصم وأَحْتَمي (بك من الشر كله عاجله وآجله، ما علمت منه وما لم أعلم). 
 الدعاء الثاني: وهو حِفْظٌ للمسلم مِن أنْ يَعْتَدي في الدعاء (اللهم إني أسألك) وأطلبك (من خير ما سألك عبدك ونبيك) صلى الله عليه وسلم، (وأعوذ) وألتجئ وأعتصم (بك من شر ما عاذ به عبدك ونبيك) صلى الله عليه وسلم، وهذا دعاء وطَلَبٌ من الله أنْ يُعطيَ الداعي مما سأله وطلبه النبيُّ محمد صلى الله عليه وسلم لنفسه، دون تعديد لأنواع ما دعا به صلى الله عليه وسلم. 
 الدعاء الثالث: طلب دخول الجنة والابتعاد عن النار، وهو مَطْلبُ كلِّ مسلم وغايةُ عَمَلِه: (اللهم إني أسألك الجنة) والفوز بها (وما قرّب إليها من قول أو عمل) صالح يرضيك، (وأعوذ بك من النار) حيث لا عصمة من قبائح الأعمال إلا بلطفك، (وما قرّب إليها من قول أو عمل) من المعاصي التي تغضبك. 
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Айша энебизге ар тараптуу дубаларды үйрөткөн. Ал төрт дубадан турат:
 Биринчиси: Бардык жакшылыкты камтыган дуба (Аллахым, сенден бардык жакшылыкты сурайм) (азыркысын) жакын арада боло турган, (кийинкисин) кийин боло турган. (Мен билгенин) Сен мага билдиргендерди, (Мен билбегенин) Сен Өзүң гана билген (жакшылыктарды), Сен Аруу-Тазасың. Бул дубада ишти, Билүүчү, Кабардар жана майда баратынан бери Билип туруучу Аллахка тапшыруу айтылган. Аллах Таала мусулман адам үчүн жалаң гана жакшы, абзел иштерди тандайт. (Сенден бардык жамандыктан, азыркысынан да, кийинкисинен да, мен билгенинен да, билбегенинен да сактоону суранам).
 Экинчи  дуба: мусулман адамды дуба кылганда чектен ашуудан сактайт. "Аллахым, мен Сенден сураймын" талап кыламын "Сенин пайгамбарың жана кулуң суранган жакшылыктардын баарын". "Жана коргоном" коргоном, сактанам "Сенин жардамың менен пайгамбарың жана кулуң коргонгон жамандыктын баарынан". Бул дуба Мухаммед пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтан өзү үчүн эмнени сураса ошонун баарын камтыган дуба. Пайгамбарыбыз сурагандын баарын бирден эсептеп отурбай, ушул дубаны айтып коюу жетиштүү.
 Үчүнчү дуба: бейишке кирүүнү жана тозоктон алыс болууну сурануу. Бул бардык мусулмандын тилеги жана кылган амалдарынын максаты. "Аллахым мен Сенден бейишти суранам" ага жетүүнү "Бейишке жакындата турган сөздөрдү жана амалдарды" Өзүңдү ыраазы кыла турган салих амалдарды аткартууну суранам. "Сенден мени тозоктон алыс кылууну суранам" тозокко татыктуу жаман амалдардан Сенин ырайымың менен гана кутулууга болот. "Ошондой эле тозокко алып бара турган создөрдөн жана амалдардан" Сенин каарыңды келтире турган күнөөлөрдөн сактооңду суранам.
 Төртүнчү дуба: Аллахтын өкүм, тагдырына ыраазы болууну дуба кылуу. "Мага кылган ар бир өкүм, тагдырыңды мен үчүн жакшылык кыл". Аллах Таала мага өкүм тагдыр кылган иштин баары мен үчүн жакшылык болсун. Мына ушул дуба Аллахтын каза-кадарына, өкүм тагдырына ыраазы болуу дубасы.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Айша энебизге үйрөткөндөй, эркек киши үй-бүлөсүнө аларга пайдалуу диний жана дүнүйө иштерин үйрөтүшү керек.
 Мусулман адамга пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) айткан дубаларды жаттап алганы жакшы. Анткени бул дубалар бардык нерсени ичине камтыйт.
@@ -9431,497 +9427,497 @@
 مطلق الدَّيْن لا حَرَجَ فيه، إنما الحَرَجُ فيمَن ليس لديه وفاءٌ للدَّين، وهذا هو الدَّيْن الغالِب.
 الإنسان عليه أنْ يَتَجنَّبَ الأمور التي يُشْمَتُ بها ويُعاب فيها.
 بيان عداوة الكفار للمؤمنين وشماتهم بهم عند حلول المصائب.
 إظهار الأعداء فرحَهم بِبَلِيَّة الإنسان يَشتدُّ على الإنسان من نفس البلية.</t>
   </si>
   <si>
     <t>Карыз ж.б.у.с. адамды ибадаттан алагды кыла турган, кыжаалатчылыкка сала турган иштердин баарынан сактоону Аллахтан сурануу керек.
 Жалпы карыздар эч нерсе эмес, карыздын жаманы аны төлөгөнгө чамасы жок болуп калганы. Мына ушул карыз карызга батуу болуп эсептелет.
 Адам баласы шылдың боло турган жана өзүнө айып тагыла турган иштерден алыс болушу керек.
 Кыйынчылык болгон учурда каапырлардын ыймандууларга болгон табасын, душмандыгын баяндоо.
 Адамдын башына түшкөн кыйынчылыгына душманынын табалап, сүйүнүүсү адамдын кыйынчылыгын ого бетер күчөтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5489</t>
   </si>
   <si>
     <t>اللهم بك أصبحنا، وبك أمسينا، وبك نحيا، وبك نموت، وإليك النشور</t>
   </si>
   <si>
     <t>Аллахым, Сенин атың менен таң атырабыз. Сенин атың менен кечти киргизебиз. Сенин атың менен тирилебиз. Сенин атың менен өлөбүз. Кайра тирилип баруу Сага гана</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّهُ كَانَ يَقُولُ إِذَا أَصْبَحَ: «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» وَإِذَا أَمْسَى قَالَ: «بِكَ أَمْسَيْنَا، وَبِكَ أَصْبَحْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» قَالَ: وَمَرَّةً أُخْرَى: «وَإِلَيْكَ الْمَصِيرُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: Эртең менен таң атырганда ал минтип айтчу: "Аллахым, Сенин атың менен таң атырабыз. Сенин атың менен кечти киргизебиз. Сенин атың менен тирилебиз. Сенин атың менен өлөбүз. Кайра тирилип баруу Сага гана" Кеч киргенде минтип айтчу: "Аллахым, Сенин атың менен кеч киргизебиз. Сенин атың менен таң атырабыз. Сенин атың менен тирилебиз. Сенин атын менен өлөбүз. Кайра тирилип баруу Сага гана". Кээде: "Кайра кайтып баруу Сага гана" дечү.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: Эртең менен таң атырганда ал минтип айтчу: "Аллахым, Сенин атың менен таң атырабыз. Сенин атың менен кечти киргизебиз. Сенин атың менен тирилебиз. Сенин атың менен өлөбүз. Кайра тирилип баруу Сага гана" Кеч киргенде минтип айтчу: "Аллахым, Сенин атың менен кеч киргизебиз. Сенин атың менен таң атырабыз. Сенин атың менен тирилебиз. Сенин атың менен өлөбүз. Кайра тирилип баруу Сага гана". Кээде: "Кайра кайтып баруу Сага гана" дечү.</t>
   </si>
   <si>
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) таң жаңы агарып ата баштаганда минтип айтчу:
 "Аллахым, Сенин ысмың менен таң атырабыз" Сенин сактооңо таянып, нээмат-жакшылыктарыңа тобокел кылып, топук-ийгиликтериңе куралып, Сен берген күч-кубат менен кыймыл-аракет кылып (таңды тосуп, күндүзгү жашоону баштадык). "Сенин ысмың менен кечти киргизип, Сенин ысмың менен өлүп, Сенин ысмың менен өлөбүз". Б.а. жогоруда айтылгандай кечинде да айтылат. Кечинде минтип айтат: Аллахым Сенин ысмың менен кечти киргиздим, Сенин Тирилтүүчү ысымың менен тирилебиз, Өлтүрүүчү ысымың менен өлөбүз. "Анан кайра Сенин өзүңө тирилип барабыз" өлгөндөн кийин кайра тирилүү жана чогулгандан кийин кайра ажырашуу, биз ар дайым жана ар кандай абалда ушундай абалда болобуз.
 Кеч кирип дигерден кийинки убак болгондо минтип айтчу: "Аллахым, Сенин атың менен кеч киргиздик. Сенин атың менен таң атырдык. Сенин атың менен тирилебиз. Сенин атың менен өлөбүз. Кайра кайтуу Өзүңө гана" бул дүйнөдө да акыретте да кайра кайтаруу Сага гана. Сен мени өлтүрүп, Сен мени кайра тирилтесиң.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчип, ушул дубаны эртең менен жана кечинде айтуу мустахаб.
 Пенденин бардык убакта жана абалда Аллахка муктаждыгы.
-Эртең менен зикир айта турган эң жакшы учур: Таң аткандан тартып, күн чыкканга чейинки убак. Кечкиси: дигерден тартып, Күн батканга чейин. Эгер бул убактардан кийин айтып калса, б.а. эртең менен чашкеден өткөндө же бешимден кийин айтып калса деле жарайт. Кечинде деле Күн баткандан кийин айтса жарай берет. Зикрдин убактысы ушундай.
+Эртең менен зикир айта турган эң жакшы учур: Таң аткандан тартып, күн чыкканга чейинки убак. Кечкиси: дигерден тартып, Күн батканга чейин. Эгер бул убактардан кийин айтып калса, б.а. эртең менен чашкеден өткөндө же бешимден кийин айтып калса деле жарайт. Кечинде деле Күн баткандан кийин айтса жарай берет. Зикирдин убактысы ушундай.
 "Кайра тирилип баруу Сага гана" дегенди эртең менен айтканы, адамдар өлүп, кыяматтта кайра тирилген учурду эскертет. Бул жаңы тирилүү, жаңы күн, бул күнү арбактар (рухтар) денеге кайтарылат. Ал күнү адамдар жайылып чыгат. Аллах жараткан бул жаңы күн, Адам баласына күбө болуу үчүн башталат. Бул күндүн мөөнөтү жана убактысы биздин амалдарыбыз үчүн казына болот.
 Ал эми "Кайра кайтуу Сага гана" деген сөздүн кечинде айтылганы, адамдар кечинде жумушунан, жүргөн жерлеринен жашаган турак-жайларына кайтып, эс алып ырахатта жатып калышат. Бул Аллах Таалага кайра кайтып барууну эскертет.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5490</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>Күчтүү момун алсыз момунга караганда Аллахка жакшыраак жана сүйүктүүрөөк. Алардын экөөсүндө тең жакшылык бар</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Күчтүү момун алсыз момунга караганда Аллахка жакшыраак жана сүйүктүүрөөк. Алардын экөөсүндө тең жакшылык бар.  Өзүңө пайдалуу болгон нерсеге умтул, Аллахтан жардам сура, жана алсыз болбо. Эгер сага бир кайгы-капа жетсе: « Эгер тигиндей кылсам, мындай болоор эле»-деп айтпа». Аллах тагдыр кылыптыр. Ал Өз каалаганын жасайт «-дегиле. Анткени, «Эгер» деген сөз шайтандын амалдарына жол ачат»</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Күчтүү момун алсыз момунга караганда Аллахка жакшыраак жана сүйүктүүрөөк. Алардын экөөсүндө тең жакшылык бар.  Өзүңө пайдалуу болгон нерсеге умтул, Аллахтан жардам сура, жана алсыз болбо. Эгер сага бир кайгы-капа жетсе: « Эгер тигиндей кылсам, мындай болоор эле»-деп айтпа». Аллах тагдыр кылыптыр. Ал Өз каалаганын жасайт «-дегиле. Анткени, «Эгер» деген сөз шайтандын амалдарына жол ачат»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): ыймандуунун баары жакшы экенин, бирок ыйманында, чечкиндүүлүгүндө, байлыгында ж.б. күч-кубатка тиешелүү иштерде күчтүү болгон ыймандуу адам күчсүз ыймандууга караганда Аллахка жагымдуу жана сүйкүмдүүрөөк экенин айткан. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ыймандуу адамга, ага дүйнө жана акыретте пайдасын тийгизе турган иштерде Аллахка таянуу менен бирге себептерди аткарууну, Аллахтан жардам суроону жана Ага тобокел кылууну насаат кылган. Анан дүйнө жана акыретке пайдалуу иштерди аткарууда чамасыз болуудан, жалкоолуктан жана шалаакылыктан тыйды. Ыймандуу адам кайсы бир иште аракет кылса, себептерди аткарса, Аллахка таянса жана Аллахтан жакшылык тилесе, анда бардык иштерин Аллахка тапшыруусу жана Аллахтын тандоосу эң жакшы тандоо экенин билүүсү керек. Ошондон кийин ага кандайдыр бир көйгөй болуп калса, анда: "Эгер мен мындай кылсам, тигиндей болмок эмес" деп айтпасын. Анткени "эгер" деп айтуу шайтандын амалдарына эшик ачып берет. Тагдырга нааразы болууда, өткөн иште өкүнүүдө (шайтанга эшик ачат). Анын ордуна тагдырга моюн сунуп жана ыраазы болуп: "Аллахтын тагдыры, Ал каалаганын аткарды" деп айтуу керек. Болгон иш Аллахтын каалоосунун чегинде болду, анткени ал каалаганын аткаруучу. Анын буйругун жокко чыгаруучу болбойт жана Анын өкүмүн кечиктирүүчү да жок.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Адамдар ыйманында ар түрдүү болот.
 Иш-амалдарда күчтүү болуу жакшы; анткени, күчтүүлүк менен алсыз адам жетпеген пайдаларга жете алат.
 Инсан өзүнө пайдалуу иштерге аракет кылып, пайдасыз иштерди таштоосу керек.
 Ыймандуу адам өзүнө таянбастан, бардык иштеринде Аллахтын көмөгүн сурануусу керек.
 Каза жана кадардын бар экени анык, бул жакшы иштерге аракет кылууга  жана себептерди аткарууга каршы келбейт.
 Кыйынчылыкка кабылганда нааразыланып: "эгер" деген сөздү айтуудан тыйган жана Аллахтын каза, кадарына каршы болуунун арамдыгын айткан.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5493</t>
   </si>
   <si>
     <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Дуба – бул ибадат» – деп айткан соң (Курандын бул аятын) окуду: «Мага дуба кылгыла, силерге жооп беремин. Чындыгында, Мага ибадат кылуудан текеберленген адамдар кор болгон абалда тозокко киришет». (Гафир, 60-аят)</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
-    <t>Ан-Нуман бин Башир, радыяллаху анху, риваят кылган хадисте ал айтты: «Мен Пайгамбар, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: «Дуба – бул ибадат» – деп айткан соң (Курандын бул аятын) окуду: «Мага дуба кылгыла, силерге жооп беремин. Чындыгында, Мага ибадат кылуудан текеберленген адамдар кор болгон абалда тозокко киришет». (Гафир, 60-аят)</t>
+    <t>Ан-Нуман бин Башир (Аллах андан ыраазы болсун) риваят кылган хадисте ал айтты: «Мен Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: «Дуба – бул ибадат» – деп айткан соң (Курандын бул аятын) окуду: «Мага дуба кылгыла, силерге жооп беремин. Чындыгында, Мага ибадат кылуудан текеберленген адамдар кор болгон абалда тозокко киришет». (Гафир, 60-аят)</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, дуба ибадат экенин кабар берди. Дуба жалаң гана Аллах үчүн болушу керек. Мейли ал дуба сурануу жана талап кылуу дубасы болсун, Аллах Тааладан өзүнө пайда алып келе турган нерсени суроо менен жана бул дүйнөдө жана акыретте зыян келтирүүчү нерселерден коргоонуну талап кылуу менен болот. Мейли ал дуба ибадат дубасы болсун, жалаң гана Аллах үчүн болушу керек. Ибадат дубасы - бул Аллах Таала сүйгөн жана ыраазы болгон бардык сөздөр жана иш-аракеттер, сырткы жана ички иш-аракеттер жана жүрөктүн ибадаттары, дененин ибадаттары жана мал-мүлк менен болгон ибадарттар болуп саналат.
-Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, ушуга Аллах Тааланын бул сөзүн далил кылды: «Мага дуба кылгыла, силерге жооп беремин. Чындыгында, Мага ибадат кылуудан текеберленген адамдар кор болгон абалда тозокко киришет».</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) дуба ибадат экенин кабар берди. Дуба жалаң гана Аллах үчүн болушу керек. Мейли ал дуба сурануу жана талап кылуу дубасы болсун, Аллах Тааладан өзүнө пайда алып келе турган нерсени суроо менен жана бул дүйнөдө жана акыретте зыян келтирүүчү нерселерден коргоонуну талап кылуу менен болот. Мейли ал дуба ибадат дубасы болсун, жалаң гана Аллах үчүн болушу керек. Ибадат дубасы - бул Аллах Таала сүйгөн жана ыраазы болгон бардык сөздөр жана иш-аракеттер, сырткы жана ички иш-аракеттер жана жүрөктүн ибадаттары, дененин ибадаттары жана мал-мүлк менен болгон ибадарттар болуп саналат.
+Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ушуга Аллах Тааланын бул сөзүн далил кылды: «Мага дуба кылгыла, силерге жооп беремин. Чындыгында, Мага ибадат кылуудан текеберленген адамдар кор болгон абалда тозокко киришет».</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Дуба бул ибадаттын негизи. Аллахтан башкага дуба кылууга болбойт.
 Дуба - чыныгы кулчулук экенин, Аллахтын эч кимге муктаж эместигин, Анын кудуреттүү экенин жана пенденин Ага гана муктаждыгын моюнга алууну камтыйт.
 Катуу азап – бул Аллахка ибадат кылуудан жана Ага дуба кылууну таштап текеберленген адамдардын жазасы. Аллахка дуба кылуудан текеберленгендер тозокко кор болгон абалда жана жийиркеничтүү абалда киришет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5496</t>
   </si>
   <si>
     <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көп кылган дубасы: "Роббана аатинаа фид-дуня хасана, ва фил аахироти хасана, ва кынаа азаабан-наар" деген дуба эле</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көп кылган дубасы: "Роббана аатинаа фид-дуня хасана, ва фил аахироти хасана, ва кынаа азаабан-наар" деген дуба эле.</t>
+    <t>Анас (Аллах андан ыраазы болсун) айтат: Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) көп кылган дубасы: "Роббана аатинаа фид-дуня хасана, ва фил аахироти хасана, ва кынаа азаабан-наар" деген дуба эле.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) көптөгөн дубаларды камтыган дубаларды көп кылчу, ошолордун бири: "О, Жараткан, бизди бул дүйнөдө да, акыретте да жакшылыктан куру калтырба жана тозок азабынан сакта" Бул дуба дүйнө жакшылыктарын, адалдан болгон кенен ырыскыны, салиха аялды, көзүңду кубанткан ыймандуу баланы, ырахатты, пайдалуу илимди, ийги иш-амалдарды жана башка жакшы жана мубах иштерди суранууну өз ичине камтыйт. Ошондой эле акыреттин жакшылыктарын, кабырдагы, эсеп-кысап учурундагы, тозоктогу азаптардан сактоону, Аллахтын ыраазылыгына жетүүнү, даярдалган нээмат-жакшылыктарга ээ болууну, Ырайымдуу Раббибизге жакын болууну суранууну да ичине камтыйт.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) өрнөк алып, жалпы жакшылыкты камтыган дубаларды кылуу жакшы.
 Дубанын эң толугу - дүйнө жана акыреттин жакшылыктарын бирге сурап дуба кылуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5502</t>
   </si>
   <si>
     <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>Истигфардын төрөсү</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
-    <t>Шаддад бин Аус (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Истигфардын төрөсү  мындай: Аллахым, Сен менин - Раббимсиң, Сенден башка ибадатка татыктуу кудай жок. Сен мени жараттың, мен Сенин кулуңмун. Мен чолом жетишинче Сага берген убада, шартымды сактаймын. Жасаган иштеримдин жамандыгынан сактоону Сенден суранам. Мага берген нээмат-жакшылыктарыңды жана күнөөлөрүмдү мойнума алам. Мени кечир, Сенден башка күнөөлөрдү кечирүүчү эч ким жок». Анан мындай деди: "Кимде-ким эртең менен бул сөздөрдү чын жүрөгүнөн айтса, анан ошол күнү кечке чейин каза болсо, ал бейиштин тургундарынан. Ал эми ким бул сөздөрдү кечинде чын жүрөгүнөн айтса жана таң атканга чейин каза болсо, ал бейиштин тургундарынан".</t>
+    <t>Шаддад бин Аус (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Истигфардын төрөсү  мындай: Аллахым, Сен менин - Раббимсиң, Сенден башка ибадатка татыктуу кудай жок. Сен мени жараттың, мен Сенин кулуңмун. Мен чолом жетишинче Сага берген убада, шартымды сактаймын. Жасаган иштеримдин жамандыгынан сактоону Сенден суранам. Мага берген нээмат-жакшылыктарыңды жана күнөөлөрүмдү мойнума алам. Мени кечир, Сенден башка күнөөлөрдү кечирүүчү эч ким жок». Анан мындай деди: "Кимде-ким эртең менен бул сөздөрдү чын жүрөгүнөн айтса, анан ошол күнү кечке чейин каза болсо, ал бейиштин тургундарынан. Ал эми ким бул сөздөрдү кечинде чын жүрөгүнөн айтса жана таң атканга чейин каза болсо, ал бейиштин тургундарынан".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) истигфардын ар түрдүү сөздөрү бар экенин, алардын ичинен эң абзели жана эң улугу төмөнкү сөздөр экенин айткан: "Аллахым, Сен менин Раббимсиң, Сенден башка ибадатка татыктуу кудай жок. Сен мени жараттың, мен Сенин кулуңмун. Мен чолом жетишинче Сага берген убада, шартымды сактаймын. Жасаган иштеримдин жамандыгынан сактоону Сенден суранам. Мага берген нээмат-жакшылыктарыңа ынанам жана күнөөлөрүмдү мойнума алам. Мени кечир, Сенден башка күнөөлөрдү кечирүүчү эч ким жок". Биринчиден пенде Аллахтын тавхидин моюндайт, Аллах Таала анын Жаратуучусу, эч кандай шериги жок ибадат кыла турган Кудайы экенин (моюнуна алат). Ыйманда жана баш ийүүдө колунан келишинче Аллахка берген ант-келишимин аткарарын (моюнуна алат). Анткени, пенде канчалык көп ибадат кылса да, Аллах буйругандын баарын аткара албайт, нээматтарга татыктуу шүгүр кыла албайт. Ал Аллахка кайрылат, Аны менен коргонот. Анткени, Аллах - пенде жасаган жаман ишинен коргоно турган Коргооочу. Пенде Аллахтын ага берген нээматтарына муюп, аны моюнуна алат. Өзү жасаган күнөө, каталарын моюндап, өзүнө кайтат. Аллахка ушинтип жалбарып сурануудан кийин, Раббисине дуба кылып аны Өз кечирими, ырайымы жана пазилети менен кечирүүсүн, күнөөлөрүн жашыруусун, жана күнөөлөрдөн сактоосун тилейт. Анткени, күнөөлөрдү Аллахтан башка эч ким кечире албайт. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул сөздөр эртең менен жана кечинде айтылчу зикрлерден экенин, кимде-ким бул зикрди чын жүрөгүнөн, маанилерине түшүнүп, ишеним менен эртең менен күн чыккандан шашкеге дейре айтса жана ошол күнү өлсө, бейишке кирерин айткан. Ал эми ким кечинде, күн баткандан таң атканга чейинки аралыкта айтса жана таң атканга чейин өлсө, бейишке кирерин айткан.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) истигфардын ар түрдүү сөздөрү бар экенин, алардын ичинен эң абзели жана эң улугу төмөнкү сөздөр экенин айткан: "Аллахым, Сен менин Раббимсиң, Сенден башка ибадатка татыктуу кудай жок. Сен мени жараттың, мен Сенин кулуңмун. Мен чолом жетишинче Сага берген убада, шартымды сактаймын. Жасаган иштеримдин жамандыгынан сактоону Сенден суранам. Мага берген нээмат-жакшылыктарыңа ынанам жана күнөөлөрүмдү мойнума алам. Мени кечир, Сенден башка күнөөлөрдү кечирүүчү эч ким жок". Биринчиден пенде Аллахтын тавхидин моюндайт, Аллах Таала анын Жаратуучусу, эч кандай шериги жок ибадат кыла турган Кудайы экенин (моюнуна алат). Ыйманда жана баш ийүүдө колунан келишинче Аллахка берген ант-келишимин аткарарын (моюнуна алат). Анткени, пенде канчалык көп ибадат кылса да, Аллах буйругандын баарын аткара албайт, нээматтарга татыктуу шүгүр кыла албайт. Ал Аллахка кайрылат, Аны менен коргонот. Анткени, Аллах - пенде жасаган жаман ишинен коргоно турган Коргооочу. Пенде Аллахтын ага берген нээматтарына муюп, аны моюнуна алат. Өзү жасаган күнөө, каталарын моюндап, өзүнө кайтат. Аллахка ушинтип жалбарып сурануудан кийин, Раббисине дуба кылып аны Өз кечирими, ырайымы жана пазилети менен кечирүүсүн, күнөөлөрүн жашыруусун, жана күнөөлөрдөн сактоосун тилейт. Анткени, күнөөлөрдү Аллахтан башка эч ким кечире албайт. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бул сөздөр эртең менен жана кечинде айтылчу зикирлерден экенин, кимде-ким бул зикирди чын жүрөгүнөн, маанилерине түшүнүп, ишеним менен эртең менен күн чыккандан шашкеге дейре айтса жана ошол күнү өлсө, бейишке кирерин айткан. Ал эми ким кечинде, күн баткандан таң атканга чейинки аралыкта айтса жана таң атканга чейин өлсө, бейишке кирерин айткан.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Истигфар сөздөрүнүн айтылышы ар түрдүү жана биринен-бири артыкча да болот.
 Пенде Аллахка ушул дуба менен кайрылууга аракет кылуусу керек. Анткени, бул истигфарлардын төрөсү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5503</t>
   </si>
   <si>
     <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
   </si>
   <si>
     <t>Чынчыл болгула, анткени чындык жакшылыкка жетелейт, а жакшылык болсо бейишке алып барат</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
   </si>
   <si>
-    <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынчыл болгула, анткени чындык жакшылыкка жетелейт, а жакшылык болсо бейишке алып барат . Адам чындыкты айта берип, чынчылдыкка берилсе, Аллахтын алдында чынчыл деп жазылат. Жалган айтуудан сак болгула, анткени жалган жамандыкка жетелейт, а жамандык болсо тозокко алып барат. Адам жалган айта берип жалганга берилсе, Аллахтын алдында жалганчы деп жазылат".</t>
+    <t>Абдуллах бин Масъуд (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Чынчыл болгула, анткени чындык жакшылыкка жетелейт, а жакшылык болсо бейишке алып барат . Адам чындыкты айта берип, чынчылдыкка берилсе, Аллахтын алдында чынчыл деп жазылат. Жалган айтуудан сак болгула, анткени жалган жамандыкка жетелейт, а жамандык болсо тозокко алып барат. Адам жалган айта берип жалганга берилсе, Аллахтын алдында жалганчы деп жазылат".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
 ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) чынчыл болууга буйруп, чынчыл болуу дайыма ийги иш-амалдарды аткарууга жеткирерин баяндаган. Ал эми жакшы иш-амалдары аны аткарган адамдын бейишке кирүүсүнө себеп болот. Ашкере болобу, жашыруун болобу, дайыма чынчыл болгон адам, өтө чынчыл деген атка татыктуу болот. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жалган сүйлөөдөн тыйып, эскертти. Анткени, жалганчылык туура жолдон тайдырып, жаман, бузук, күнөө иштерге түртөт. Анан аны тозокко түшүрөт. Жалганчылыгын таштабай улам жалган айта берсе, Аллахтын алдында жалганчы деп жазылат.</t>
   </si>
   <si>
     <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
 الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
 الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
   </si>
   <si>
     <t>Чынчылдык, бул - мээнет, аракет менен жете турган жакшы мүнөз. Адам дайыма чын сүйлөп, чынчылдыкка берилсе, чынчылдык анын табиятына айланат да Аллахтын алдында таза, чынчыл деп жазылат.
 Жалганчылык да ишинде же сөзүндө уламдан-улам пайда болуп отуруп табигый адатка айлана турган жаман мүнөз. Анан Аллахтын алдында жалганчы деп жазылып калат.
 Чынчылдык бул - чындыкты сүйлөөгө айтылат. Чындыктын тескериси ал – жалган айтуу. Ал эми чынчылдык ниетке тиешелүү болсо, анда ал ыкластуулук болуп саналат. Амалга тиешелүү болсо, анда ал ашкере жана жашыруунун бирдей аткаруу.  Ошондой эле, коркуудагы, үмүт кылуудагы чынчылдык сыяктуу чынчылдыктар бар. Ушунун баарында чынчыл болгон адам "сыддык" өтө чынчыл деп аталат. Ал эми кээ биринде чынчыл болгон адам "саадык" чынчыл деп аталат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5504</t>
   </si>
   <si>
     <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Тилге жеңил, таразада оор жана Ырайымдуу (Аллахка) сүйүктүү болгон эки сөз бар. Ал: «Субханаллахиль-азыими, Субханаллахи уа бихамдихих</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Тилге жеңил, таразада оор жана Ырайымдуу (Аллахка) сүйүктүү болгон эки сөз бар. Ал: «Субханаллахиль-азыими, Субханаллахи уа бихамдихих».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Тилге жеңил, таразада оор жана Ырайымдуу (Аллахка) сүйүктүү болгон эки сөз бар. Ал: «Субханаллахиль-азыими, Субханаллахи уа бихамдихих».</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, адам эч кыйынчылыксыз, ар кандай абалда да айта турган эки сөздү, алардын таразада чоң сооптуу экенин жана Раббибиз, Мээримдүү, Улуу Аллах Таала аларды жакшы көрөрүн айтты. Алар:
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) адам эч кыйынчылыксыз, ар кандай абалда да айта турган эки сөздү, алардын таразада чоң сооптуу экенин жана Раббибиз, Мээримдүү, Улуу Аллах Таала аларды жакшы көрөрүн айтты. Алар:
 «Субханаллахиль-азиим, Субханаллахи уа бихамдихих». Бул эки сөз Аллахтын улуу жана кемчиликсиз деген сыпаттарын жана Улуу Аллах Тааланын бардык кемчиликтерден аруу экенин камтып алган сөз.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Эң улуу зикир – анда Аллахка мактоо-шүгүр айтуу жана Аны бардык айып-кемчиликтерден аруулоо чогуу келет.
 Аллахтын пенделерине болгон ырайымынын кеңдиги баяндалып жатат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5507</t>
   </si>
   <si>
     <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Аллах таала үчүн дубадан артык эч нерсе жок</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Аллах таала үчүн дубадан артык эч нерсе жок».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Аллах таала үчүн дубадан артык эч нерсе жок».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, ибадаттарда Аллах Тааланын алдында дубадан артык эч нерсе жок экенин баяндады. Анткени Аллахка дуба кылууда Аллахтын эч кимге муктаж эместигин, пенде алсыз экенин жана пенде Аллахка муктаж экендиги билинет.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ибадаттарда Аллах Тааланын алдында дубадан артык эч нерсе жок экенин баяндады. Анткени Аллахка дуба кылууда Аллахтын эч кимге муктаж эместигин, пенде алсыз экенин жана пенде Аллахка муктаж экендиги билинет.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Дуба кылуунун пазилети чоң. Кимде-ким Аллахка дуба кылса, анда ал Аллахты улуктайт, Анын муктаж эмес экенин жана муктажга дуба кылынбастыгын тастыктайт. Жана Ал Аллах Угуучу, ошондуктан дүлөйгө дуба кылынбастыгын тастыктайт. Ал Аллах Берешен, ошондуктан сараңга дуба кылынбастыгын тастыктайт. Ал Аллах Мээримдүү, ошондуктан таш-боорго дуба кылынбастыгын тастыктайт. Ал Кудуреттүү, ошондуктан алсызга дуба кылынбастыгын тастыктайт. Ал Аллах баарына жакын, ошондуктан алыстагылар укпастыгын ж.б. Аллахтын улуулугун жана Аллахтын сулуулугун сыпаттаган сыпаттарын тастыктайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5509</t>
   </si>
   <si>
     <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
-    <t>Берилген садакадан пенденин мал-дүнүйөсү кемибейт. Пенде башкаларды кечирүү менен аны Аллах анын кадыр-баркын көтөрөт. Кимдир бирөө Аллах үчүн кичипейил болсо, анда Аллах аны жогору кылат</t>
+    <t>Берилген садакадан пенденин мал-дүнүйөсү кемибейт. Пенде башкаларды кечирүү менен Аллах анын кадыр-баркын көтөрөт. Кимдир бирөө Аллах үчүн кичипейил болсо, анда Аллах аны жогору кылат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Берилген садакадан пенденин мал-дүнүйөсү кемибейт. Пенде башкаларды кечирүү менен аны Аллах анын кадыр-баркын көтөрөт. Кимдир бирөө Аллах үчүн кичипейил болсо, анда Аллах аны жогору кылат».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Берилген садакадан пенденин мал-дүнүйөсү кемибейт. Пенде башкаларды кечирүү менен Аллах анын кадыр-баркын көтөрөт. Кимдир бирөө Аллах үчүн кичипейил болсо, анда Аллах аны жогору кылат».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, берилген садакадан пенденин мал-дүнүйөсү кемибейт, тескерисинче, садака кылган адамдан балээлерди кетирет деп баяндап жатат. Садака кылган адамга Аллах чоң жакшылык менен анын ордун толуктап берет. Демек, садака берүүдөн анын мал-дүнүйөсү кемибейт, кайра көбөйөт.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) берилген садакадан пенденин мал-дүнүйөсү кемибейт, тескерисинче, садака кылган адамдан балээлерди кетирет деп баяндап жатат. Садака кылган адамга Аллах чоң жакшылык менен анын ордун толуктап берет. Демек, садака берүүдөн анын мал-дүнүйөсү кемибейт, кайра көбөйөт.
 Өч алуу же ээсин жазалоо мүмкүнчүлүгү болсо да аны кечирүү күч-кубатты жана ар-намысты арттырат.
-Эч ким эч кимден коркконунан, сылык-сыпаалыгынан, эч кимден пайда үмүт кылбастан, бирок Аллахтын жүзү үчүн гана кичипейил, жөнөкөй болсо, анда анын сыйлыгы катары даражасы өйдө болууга жана кадыр-баркка жетүүгө татыктуу болот.</t>
+Ким болбосун, бирөөдөн коркконунан, сылык-сыпаалыгынан, же пайда үмүт кылбастан, Аллахтын жүзү үчүн гана кичипейил, жөнөкөй болсо, анда анын сыйлыгы катары даражасы өйдө болууга жана кадыр-баркка жетүүгө татыктуу болот.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Жакшылык жана ийгиликти кээ бирөөлөр башкача деп ойлошсо да, жакшылык жана ийгилик шариятка баш ийип, жакшылык кылууда болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5512</t>
   </si>
   <si>
     <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
-    <t>Кимде-ким мусулман бир тууганынын абийирин төгүүдөн жүз бурса, анда Аллах Кыямат күнү анын жүзүн тозоко түшүүдөн кайтарат</t>
+    <t>Кимде-ким (мусулман) бир тууганынын абийирин ал жокто коргосо, Аллах кыямат күнү анын жүзүн тозоктон сактайт</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
-    <t>Абу Дарда, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Кимде-ким мусулман бир тууганынын абийирин төгүүдөн жүз бурса, анда Аллах Кыямат күнү анын жүзүн тозоко түшүүдөн кайтарат».</t>
+    <t>Абу Дарда (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Кимде-ким (мусулман) бир тууганынын абийирин ал жокто коргосо, Аллах кыямат күнү анын жүзүн тозоктон сактайт».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, кимде-ким өзүнүн мусулман бир тууганын ал жокто аны жамандабай же ага жамандык кылбай анын абийирин коргосо, анда Аллах Таала Кыямат күнү андан азапты кайтараарын кабар берип жатат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким өзүнүн мусулман бир тууганын ал жокто аны жамандабай же ага жамандык кылбай анын абийирин коргосо, анда Аллах Таала Кыямат күнү андан азапты кайтараарын кабар берип жатат.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Мусулмандардын абийирин төгүүгө тыюу салынат.
 Иш-аракеттердин түрүнө жараша сооп-сыйлык же жаза болот. Ошондуктан кимде-ким мусулман бир тууганынын абийирин төгүүдөн жүз бурса, анда Аллах Кыямат күнү аны тозокко түшүүдөн кайтарат.
 Ислам - бул мусулмандардын ортосундагы бир туугандыктын жана жардамдашуунун дини.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5514</t>
   </si>
   <si>
     <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Кимде-ким: "Субханаллоохи ва бихамдихи" деп күнүнө жүз жолу айтса, күнөөлөрү деңиз толкунунун көбүгүндөй көп болсо да кечирилет</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) риваят кылган хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун)  мынтип айткан: "Кимде-ким: "Субханаллоохи ва бихамдихи" деп күнүнө жүз жолу айтса, күнөөлөрү деңиз толкунунун көбүгүндөй көп болсо да кечирилет".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун)  минтип айткан: "Кимде-ким: "Субханаллоохи ва бихамдихи" деп күнүнө жүз жолу айтса, күнөөлөрү деңиз толкунунун көбүгүндөй көп болсо да кечирилет".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ким бир күндө жүз жолу "субханаллохи ва бихамдихи" деп айтса, анын каталары өчүрүлүп жана кечирилерин кабарлаган. Эгер анын күнөөлөрү албууттанып толкундаган деңиздин бетинде пайда болгон ак көбүктөрдөй көп болсо дагы.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Мындай сооп бул сөздү күндө катары менен айткан адамга да, бөлүп-бөлүп айткан адамга да берилет.
 Тасбих: Аллах Тааланы кемчиликтен таза деп аруулоо. Ал эми тахмид: Аллах Тааланы сүйүү жана улуктоо менен Анын кемелдүүлүгүн сыпаттоо.
 Хадисте айтылган күнөөлөр кичине күнөөлөр. Ал эми чоң күнөөлөр тообо кылуу менен гана кечирилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5516</t>
   </si>
   <si>
     <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>Кимде-ким: "Лаа илааха иллаллооху вахдаху лаа шарикалах, лахул мулку валахул хамду ва хува аълаа кулли шайин кодиир" деп он жолу айтса</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
-    <t>Абу Аюб (ага Аллах ыраазы болсун) риваят кылган хадисте пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Кимде-ким: "Лаа илааха иллаллооху вахдаху лаа шарикалах, лахул мулку валахул хамду ва хува аълаа кулли шайин кодиир" деп он жолу айтса, Исмаилдин урпагынан төрт кулду азаттыкка чыгаргандай сооп алат".</t>
+    <t>Абу Айюб (Аллах андан ыраазы болсун) риваят кылган хадисте пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким: "Лаа илааха иллаллооху вахдаху лаа шарикалах, лахул мулку валахул хамду ва хува аълаа кулли шайин кодиир" деп он жолу айтса, Исмаилдин урпагынан төрт кулду азаттыкка чыгаргандай сооп алат".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ким: "Лаа илааха иллаллооху вахдаху лаа шарикалах, лахул мулку валахул хамду ва хува аълаа кулли шайин кодиир" деп айтса... деп кабарлаган хадистеги бул сөздүн мааниси: Жалгыз, эч шериги жок Аллахтан башка ибадатка татыктуу кудай жок, бир гана Кемчиликсиз Аллах Таала толук мүлктүн ээси, Ал гана улуктоо жана сүйүү менен айтылган алкыш-мактоого ылайык, Андан башка эч ким буга ылайык эмес, Ал бардык нерсеге Кадыр, Ал аткара албай кала турган эч нерсе жок. Эми ушул сөздү ким бир күндө он жолу кайталап айтса, ал Ибрахим пайгамбардын уулу Исмаил пайгамбардын урпагынан төрт кулду азаттыкка чыгаргандай соопко ээ болот. Исмаилдин урпагынан деп аны жеке айтканы алардын кадыр-баркы жогору болгону үчүн.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Аллах Тааланы улухиятта, падышалыкта, мактоодо жана толук кудуреттүүлүктө жалгыздаганы үчүн бул зикир өзгөчө болуп эсептелет.
 Бул зикирдин сообуна аны катары менен дароо айткан адам да, бөлүп-бөлүп айткан адам да жетет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5517</t>
   </si>
   <si>
     <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Аллах кимге жакшылыкты кааласа, аны динде илимдүү кылат</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
-    <t>Муавия (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айтканын уктум: "Аллах кимге жакшылыкты кааласа, аны динде илимдүү кылат. Чынында мен бөлүштүрүүчүмүн, Аллах берүүчү. Бул үммөт Аллахтын динин бекем кармаса, кыямат болгонго чейин аларга каршы чыккандар зыянын тийгизе албайт".</t>
+    <t>Муавия (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Аллах кимге жакшылыкты кааласа, аны динде илимдүү кылат. Чынында мен бөлүштүрүүчүмүн, Аллах берүүчү. Бул үммөт Аллахтын динин бекем кармаса, кыямат болгонго чейин аларга каршы чыккандар зыянын тийгизе албайт".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала жакшылыкты каалаган пендесине Өзүнүн динине болгон туура түшүнүк берип коёт. Ал эми ал өзү (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала берген ырыскыны, илимди ж.б. бөлүштүрөт жана таратат. Чыныгы берүүчү - Аллах Таала. Башкалардын баары себеп, Аллахтын каалоосу менен гана пайда бере алат. Бул үммөт Аллахтын динин бек кармап, Анын буйруктарын так аткарып жүрсө, кыямат болгонго чейин аларга каршы чыккандардын зыяны аларга тийбейт.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Шарият илиминин артыкчылыгы, маанилүүлүгү, аны үйрөнүү жана ага кызыктырып шыктандыруу.
 Бул үммөттүн сакталуусуна алардын ак динди бекем кармануулары себеп болот. Эгер бир тайпа ал жолдон тайса, анын ордуна башкасы келет.
 Дин илимин терең түшүнүү - Аллах Таалынын пендесине каалаган жакшылыгынан болуп эсептелет.
 Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын буйругу жана каалоосу менен гана бере алат, ал өзү эч нерсеге ээ эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5518</t>
   </si>
   <si>
     <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
   </si>
   <si>
     <t>Эй, адамдар! Саламыңарды жайылткыла. Ачкаларды тоюндургула! Туугандар менен катташкыла! Түндө башкалар уктап жатканда силер намаз окугула! Ошондо эч жамандыкка учурабай бейишке киресиңер!</t>
   </si>
   <si>
     <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Салам (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Мадинага келген күнү, адамдардын баары ал келе жаткан тарапка чуркап, бирөө "Аллахтын элчиси келди!" деп үч жолу кыйкырды. Мен дагы эл менен бирге аны көрүүгө чуркадым. Анын жүзү мага даана көрүнгөндө, жүзүнөн дароо эле анын жалган сүйлөбөстүгүн байкадым. Анын айткан сөздөрүнөн эң биринчи укканым ушул болду: "Эй, адамдар! Саламыңарды жайылткыла. Ачкаларды тоюндургула! Туугандар менен катташкыла! Түндө башкалар уктап жатканда силер намаз окугула! Ошондо эч жамандыкка учурабай бейишке киресиңер!"</t>
+    <t>Абдуллах бин Салам (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Мединага келген күнү, адамдардын баары ал келе жаткан тарапка чуркап, бирөө "Аллахтын элчиси келди!" деп үч жолу кыйкырды. Мен дагы эл менен бирге аны көрүүгө чуркадым. Анын жүзү мага даана көрүнгөндө, жүзүнөн дароо эле анын жалган сүйлөбөстүгүн байкадым. Анын айткан сөздөрүнөн эң биринчи укканым ушул болду: "Эй, адамдар! Саламыңарды жайылткыла. Ачкаларды тоюндургула! Туугандар менен катташкыла! Түндө башкалар уктап жатканда силер намаз окугула! Ошондо эч жамандыкка учурабай бейишке киресиңер!".</t>
   </si>
   <si>
     <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
 فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
 أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
 ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
 ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
 رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз Мадинага келгенде анын караанын көргөн адамдар ага бет алып чуркашты. Аны утурлай чуркагандардын арасында жөөттөрдөн Абдуллах бин Салам да бар эле. Ал пайгамбардын жүзүн көргөндө эле ал жүздүн жалган айтпастыгын сезет. Анткени анын жүзүнөн нур, чырай, айбат жана чынчылдыктын белгиси көрүнүп турган. Анын пайгамбардан укан эң биринчи сөзү, адамдын бейишке кирүүсүнө себеп боло турган амалдар жөнүндө айтканы болду. Ала амалдар төмөнкүлөр:
+    <t>Пайгамбарыбыз Мединага келгенде анын караанын көргөн адамдар ага бет алып чуркашты. Аны утурлай чуркагандардын арасында жөөттөрдөн Абдуллах бин Салам да бар эле. Ал пайгамбардын жүзүн көргөндө эле ал жүздүн жалган айтпастыгын сезет. Анткени анын жүзүнөн нур, чырай, айбат жана чынчылдыктын белгиси көрүнүп турган. Анын пайгамбардан уккан эң биринчи сөзү, адамдын бейишке кирүүсүнө себеп боло турган амалдар жөнүндө айтканы болду. Ал амалдар төмөнкүлөр:
 Биринчи: саламды жайылтуу, көбөйтүү, тааныган адамга да, тааныбаган адамга да ачык салам айтуу.
 Экинчи: коноктоп же белек кылып, же садага катары ачка адамдарга тамак берүү.
 Үчүнчү: ата жагынан болобу, эне жагынан болобу туугандык байланышы бар жакын туугандар менен карым-катышта болуу.
 Төртүнчү: адамдар уктап жатканда түнкү напил намаздарды окуу.</t>
   </si>
   <si>
     <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
   </si>
   <si>
     <t>Мусулмандардын арасында салам айтууну жайылтуу жакшы. Ал эми мусулман эмес адамга озунуп салам айтууга болбойт. Эгер ал Ассаламу алайкум (сага тынчтык болсун) деп салам берсе, ва алайкум (сага дагы) деп жооп кайтаруу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5520</t>
   </si>
   <si>
     <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Аллах Таала такыба, бай, купуя пендени жакшы көрөт</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Саъд бин Абу ваккас  (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айтканын уктум: "Аллах Таала такыба, бай, купуя пендени жакшы көрөт".</t>
@@ -10034,320 +10030,320 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) зулумдук кылуудан тыйып, эскерткен. Зулумдук: адамдарга зулум кылуу, өзүнө-өзү зулум кылуу жана Аллах Тааланын акысында зулум кылуу (болуп бөлүнөт). Зулумдук - бул, ар бир акы ээсине акысын бербей койуу. Адамдын кылган зулумдук кыямат күнү анын башына кыйынчылык жана оор абалдар менен коштолуп каран күн түшүрөт. Ошондой эле ач көздүктөн тыйган. Ач көздүк бул суктук жана сараңдык. Мал-мүлккө тиешелүү бирөөлөрдүн акысын бербей коюу, дүнүйөгө өтө берилип суктук кылууда ач көздүккө кирет. Зулумдуктун ушул түрү бизден мурда жашап өткөн кээ бир коомдорду кыйратып жок кылган, аларды бири-бирин өлтүрүүгө түрткөн, Аллах арам кылган нерселерди адалдаштырууга алып барган.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Мал-мүлктөн каралашуу, бир туугандар менен тең бөлүшүү, бири-бирин жакшы көрүүгө жана байланышты бекемдөөгө себеп болот.
 Сараңдык жана ач көздүк бузукулукка, ката кетирүү жана күнөө кылууга алып барат.
 Мурда жашап өткөн үммөттөрдүн абалын да этибарга ала жүрүү зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5787</t>
   </si>
   <si>
     <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>Ыймандуулардын ыйманы толугу - кулк-мүнөзү жакшысы. Силердин эң жакшыңар - аялзатына жакшы мамиле кылганыңар</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ыймандуулардын ыйманы толугу - кулк-мүнөзү жакшысы. Силердин эң жакшыңар - аялзатына жакшы мамиле кылганыңар".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ыймандуулардын ыйманы толугу - кулк-мүнөзү жакшысы. Силердин эң жакшыңар - аялзатына жакшы мамиле кылганыңар".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын ичинен ыйманы толугу кулк-мүнөзү жакшысы экенин айткан. Кулк-мүнөздүн жакшылыгы жарык маанайда болуу, жакшылыктарды кылуу, сылык-сыпаа сүйлөө жана эч кимге зыян бербөө менен билинет.
 Ошондой эле ыймандуулардын жакшысы аялдарга жакшы мамиле кылгандары экенин айткан. Б.а. аялына, кызына, эже-карындашына, жакын аял туугандарына жакшылык кылуусу керек. Анткени адамдардын арасынан алар жакшы мамилеге муктажыраак болушат.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Жакшы кулк-мүнөздүн артыкчылыгы, анткени ал ыймандан болуп эсептелет.
 Иш-аракеттер ыймандан болуп эсептелет, ыйман көбөйөт жана азаят.
 Ислам дини аял-затынын сый-урматын көтөрөт жана аларга жакшылык кылууга үндөйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5792</t>
   </si>
   <si>
     <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Дүйнө убактылуу ырахаттардан турат. Дүйнө ырахатынын эң жакшысы саалиха аял</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Амр (ал экөөнө Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Дүйнө убактылуу ырахаттардан турат. Дүйнө ырахатынын эң жакшысы саалиха аял".</t>
+    <t>Абдуллах бин Амр (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Дүйнө убактылуу ырахаттардан турат. Дүйнө ырахатынын эң жакшысы саалиха аял".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бул дүйнө андагы нерселер убактылуу пайдаланылып, анан жок болуп кете тургандыгын айткан. Ошол пайдалана турган нерселердин эң абзели салиха аял: күйөөсү анын жүзүнө караса кубантат, бир нерсеге буйруса баш ийет, күйөөсү жокто анын мал-мүлкүн жана өзүнүн абийирин таза сактайт.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Дүйнө жашоосунда Аллах Таала адал кылган таза нерселерди ысырап кылбастан, текеберленбестен пайдаланууга уруксат.
 Аял тандоодо салиха аялды тандоого кызыктыруу, анткени Раббисине таат-ибадат кылууда ал күйөөсүнө жардам берет.
 Дүйнөдөгү убактылуу пайдалана турган нерселердин жакшысы Аллахка таат-ибадат кылган же таат-ибадат кылууга жардам берген нерсе.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>Чынында бул дин абдан жеңил. Эч ким чамасы келбеген даражада ибадат кылам дебесин. Антсе ага дин үстөмдүк кылат. Ошондуктан, ар бир иште тактыкты</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Чынында бул дин абдан жеңил. Эч ким чамасы келбеген даражада ибадат кылам дебесин. Антсе ага дин үстөмдүк кылат. Ошондуктан, ар бир иште тактыкты  жана ортолукту кармангыла. Ар бир ишти мыкты аткаргыла. Ошенте алсаңар, кубангыла. Таңкы, кечки жана түн бир оокумдагы убактыңарды жакшы пайдаланып, Аллахтан жардам сурагыла".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Чынында бул дин абдан жеңил. Эч ким чамасы келбеген даражада ибадат кылам дебесин. Антсе ага дин үстөмдүк кылат. Ошондуктан, ар бир иште тактыкты  жана ортолукту кармангыла. Ар бир ишти мыкты аткаргыла. Ошенте алсаңар, кубангыла. Таңкы, кечки жана түн бир оокумдагы убактыңарды жакшы пайдаланып, Аллахтан жардам сурагыла".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Ислам дини бардык тарабынан жеңил, оңой түзүлгөнүн айткан. Алсыздык же муктаждык себептери табылган учурда анын жеңилдиги анык билинет. Анткени, кайсы бир дин амалына берилип терең кирип кетүүнүн жана жеңилдикти таштоонун акыбети ошол амалды аткара албай кала турган алсыздыкка алып барат, же анын баарын же кээ бирин такыр аткара албай калууга себеп болт. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) өтө аша чаппай, ортолукту карманууга үндөйт; пенде ага буйрулган ишти кемчиликтүү  кылбашы керек. Так кыла албаган ишти аткарбашы керек. Эгер ишти толук аткарууга чамасы жетпесе, анда ага жакыныраагын аткарышы керек.
-Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) амалды толук аткарууга чамасы жетпеген адам аны колунан келишинче, аз болсо да такай аткарып турса, ага чоң сооп болорун сүйүнчү катары айткан. Анткени, амал алсыздыктан улам аткарылбай калса да сооптон үзулуп калбайт.
-Дүйнө жашоосу бул – сапар жана акыретке алып бара турган көч. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үч убакта ибадатты мыкты акарып жана улантып турууга жардам берүүсүн Аллахтан суранууга буйруган:
+Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) амалды толук аткарууга чамасы жетпеген адам аны колунан келишинче, аз болсо да такай аткарып турса, ага чоң сооп болорун сүйүнчү катары айткан. Анткени, амал алсыздыктан улам аткарылбай калса да сооптон үзүлүп калбайт.
+Дүйнө жашоосу бул – сапар жана акыретке алып бара турган көч. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үч убакта ибадатты мыкты аткарып жана улантып турууга жардам берүүсүн Аллахтан суранууга буйруган:
 Биринчиси: таң эрте багымдат намазынан күн чыкканга чейинки убак.
-Эуинчиси: чак түштөн оогон убак.
+Экинчиси: чак түштөн оогон убак.
 Үчүнчүсү: түн же түндүн кээ бир бөлүгү. Түндө ибадат кылуу күндүзгө караганда оор. Ошон үчүн түндүн кээ бир бөлүгүндө деп айткан.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Ислам шарияты жеңил, кечиримдүү. Ал аша чабуу менен кайдыгер болуунун ортолугунда.
 Пенде кайсы амалды болсо да аша чаппай же кемчиликтүү кылбай, колунан келишинче гана аткарууга тийиш.
 Пенде ибадат кылууга сергек убактарды тандап алуусу керек. Жогоруда айтылган үч убак ибадат кылууга дене мүчөлөр чыйрак болуп турган убактар.
 Ибн Хажар Аскалани айтат: "Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) бул хадисинде жолоочу адамга кайрылгандай кайрылган. Бул үч убак жолоочу үчүн эң жакшы убактар, ошон үчүн ага сергек убагын эскерткен. Анткени, жолоочу түндө да, күндүз да токтобой жол жүрө берсе, алы жетпей сапарын токтотот. А эгер бул үч сергектик убакта сапар кылса, сапарын кыйналбай уланта алат.
 Ибн Хажар айтат: Бул хадистин кыйыр маанисинде шарият уруксат берген иштерди аткаруу зарылдыгы айтылып жатат. Уруксат берилген жерде ага маани бербей, максат кылганын аткаруу күнөө. Мисалы, суу иштетүүгө чамасы жок болуп, аны иштетсе зыянга учурай турган адамдын таямум кылуудан баш тартканы сыяктуу.
 Ибн Мунир минтип айткан: Бул хадис чыныгы пайгамбарлыктын бир белгисин айгинелеген хадис. Анткени, биз да, бизден мурдагылар да динде аша чапкандардын кылып жүргөн ибадаттарын таштап коюшканын көргөнбүз. Бул жерде ибадатты толук, жеткиликтүү аткаруудан тыйып жатат деген сөз эмес. Ибадатты толук, кемчиликсиз аткаруу мактоого ылайык иш. Бул акыр аягы тажатууга алып бара турган жеке иштерге, же аткарылышы абзел (зарыл) болгон иштерден алагды кылуучу ыктыярдуу напил ибадаттарды аша чабуу менен аткарууга, же түнү менен напил намаз окуп, таң сүргөндө багымдат намазын жамаат менен окуй албай уктап калган, же күн чыгып кеткенче ойгонбой багымдаттын убактысын өткөрүп жибергендерге карата айтылган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5795</t>
   </si>
   <si>
     <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Кайсы иште жумшактык болсо, ал ишти көркүнө чыгарат. Кайсы иште жумшактык болбосо, анын көркү кетет</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
-    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) аялы Аиша энебиз (ага Аллах ыраазы болсун) риваят кылат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Кайсы иште жумшактык болсо, ал ишти көркүнө чыгарат. Кайсы иште жумшактык болбосо, анын көркү кетет".</t>
+    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) аялы Айша энебиз (ага Аллах ыраазы болсун) риваят кылат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Кайсы иште жумшактык болсо, ал ишти көркүнө чыгарат. Кайсы иште жумшактык болбосо, анын көркү кетет".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) сөздөгү жана иштеги кичи пейилдик, жумшактык жана шашылбоо иштин жакшы, кооз, толук болуусуна жана муктаждыктын оңой бүтүүсүнө себеп болорун айткан.
 Ал эми сөздө же иште жумшактыктын жоктугу ишти айыптуу жана жаман көрсөтүп, муктаждыктын оңой бүтүүсүнө тоскоол болот, бүтсө да кыйынчылык менен бүтөт.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Жумшактыкты кулк-мүнөзгө калыптандырууга кызыктыруу.
 Жумшактык адамдын көркү, ал дүйнө жана акырет иштериндеги бардык жакшылыктын себеби.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5796</t>
   </si>
   <si>
     <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
-    <t>Тамактанып анан Ага (Аллах) алкыш-мактоо айткан же суусундук ичип анан Ага алкыш мактоо айткан адамга Аллах Таала ыраазы болот</t>
+    <t>Тамактанып анан Ага (Аллахка) алкыш-мактоо айткан же суусундук ичип анан Ага алкыш мактоо айткан адамга Аллах Таала ыраазы болот</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
-    <t>Анас бин Малик (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Тамактанып анан Ага (Аллах) алкыш-мактоо айткан же суусундук ичип анан Ага алкыш мактоо айткан адамга Аллах Таала ыраазы болот".</t>
+    <t>Анас бин Малик (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Тамактанып анан Ага (Аллахка) алкыш-мактоо айткан же суусундук ичип анан Ага алкыш мактоо айткан адамга Аллах Таала ыраазы болот".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) пенденин Раббисине Анын берешендиги жана берген нээматы үчүн мактоо айтуусу Аллах Тааланын ыраазылыгына жеткире турган иштерден экенин баяндаган. Тамактангандан кийин "алхамду лиллах" дейт, суусундук ичкенден кийин да "алхамду лиллах" дейт.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Ырыскы менен сыйлап, анан кайра ага айтылган мактоого ыраазы болуу Аллах Тааланын берешендигинен.
 Аллахтын ыраазылыгына оңой эле себептер менен жетүүгө болот, жеп жана ичкенден кийин алкыш-мактоо айтуу сыяктуу.
 Жеп, ичкенден кийин дароо Аллах Таалага мактоо айтуу - тамактануу жана суусундук ичүүнүн адептеринен болуп саналат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5798</t>
   </si>
   <si>
     <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Чынында, ыймандуу адам жакшы кулк-мүнөзү менен (күндүзү) орозо туткан, (түнү) намаз окуган адамдын даражасына жетет</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
-    <t>Аиша энебиз (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айтканын уктум: "Чынында, ыймандуу адам жакшы кулк-мүнөзү менен (күндүзү) орозо туткан, (түнү) намаз окуган адамдын даражасына жетет".</t>
+    <t>Айша энебиз (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын уктум: "Чынында, ыймандуу адам жакшы кулк-мүнөзү менен (күндүзү) орозо туткан, (түнү) намаз окуган адамдын даражасына жетет".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөздүн жакшылыгы дайыма күндүзү орозо кармап, түнү намазга туруп жүргөн адамдын даражасына жеткирерин баяндаган. Жакшы кулк-мүнөз жакшылыкты көп кылуу, сылык-сыпаа сүйлөө, маанайын ачык алып жүрүү, эч кимге зыян тийгизбөө жана адамдардын зыянына чыдоо ж.б. ичине алат.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Адеп-ахлактуулукка тарбиялоо жана ахлакты толуктоо Ислам камкордугунун улуктугун билдирет.
-Жакшы кулк-мүнөздүүлүктүн артыкчалыгы. Пенде жакшы мүнөзү менен ооз ачпаган орозо тутуучунун, чарчабаган намаз окуучунун даражасына жетет.
+Жакшы кулк-мүнөздүүлүктүн артыкчылыгы. Пенде жакшы мүнөзү менен ооз ачпаган орозо тутуучунун, чарчабаган намаз окуучунун даражасына жетет.
 Күндүзү орозо кармоо, түнү намазга туруу напсиге оор келген  иштер, бул экөөнүн даражасына жакшы мамилеге напсисин тарбиялаганы үчүн кулк-мүнөзү жакшы адам гана жете алат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5799</t>
   </si>
   <si>
     <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Силердин жакшыңар - ахлагыңар жакшыңар" - деп айтчу</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
-    <t>Абдуллах бин Амр (аларга Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жаман сөз сүйлөгөн эмес жана андайга жол берген эмес. Ал: " Силердин жакшыңар - ахлагыңар жакшыңар" - деп айтчу.</t>
+    <t>Абдуллах бин Амр (Аллах алардан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жаман сөз сүйлөгөн эмес жана андайга жол берген эмес. Ал: " Силердин жакшыңар - ахлагыңар жакшыңар" - деп айтчу.</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Жаман сүйлөө же жаман иш кылуу пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) ахлагынан эмес. Ал мындайды максат да кылган эмес, мындайга макул да болгон эмес. Ал (ага Аллахтын тынчтыгы жана мактоосу болсун) өтө көркөм кулктун ээси болгон.
 Пайгамбарыбыз (ага Аллахтын тынчыгы жана мактоосу болсун): Аллахтын алдында силердин жакшырагыңар - кулк-мүнөзү жакшыңар - деп айтчу. Б.а. жакшылыкты көп кылган, жүзү жарык, эч кимге зыянын тийгизбеген жана адамдарга сылык-сыпаа мамиле кылган адам.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Ыймандуу адам жаман сөз сүйлөөдөн жана жаман иштен алыс болуусу зарыл.
 Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөзү толук болчу. Ал жалаң гана жакшы амалдарды жасап, жагымдуу сөздөрдү сүйлөчү.
 Мүнөздүн жакшылыгы атаандаша турган иш, ким алдыга озсо, ал ыймандуулардын жакшысы жана ыйманы толугу болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5803</t>
   </si>
   <si>
     <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
-    <t>Аллах Таала: "О, Адам баласы! Нафака бер, сага да нафака берилет" деген</t>
+    <t>Аллах Таала: "О, Адам баласы! Нафака бер, сага да нафака беремин" деген</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Аллах Таала: "О, Адам баласы! Нафака бер, сага да нафака берилет" деген".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Аллах Таала: "О, Адам баласы! Нафака бер, сага да нафака беремин" деген".</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланын: "О, Адам баласы, важиб жана мустахаб болгон нафакаңды бергин. Ошондо сага ырыскыңды кеңейтем, сенин бергениңдин ордуна берем жана аны сага берекелүү кылам" - дегенин кабарлаган.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Аллах жолунда садака жана нафака берүүгө кызыктырат.
 Кайрымдуулук кылып каржылоо ырыскынын берекелүү болуусунун, көбөйүүсүнүн жана пенденин бергенине Аллахтын кайтарып берүүсүнүн негизги себеби.
 Бул хадис пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Раббисинен риваят кылган хадистерден. Мындай хадистер кудсий же илахий хадис деп аталат. Анын айтылышы жана мааниси Аллахтан, бирок кудсий хадис Курандын башкалардан айырмаланып турган өзгөчөлүктөрүнө ээ эмес. Мисалы, Куранды окуу ибадат экендиги, аны даарат менен кармоо, андайды эч ким жаза албастыгы, мужизалыгы ж.б.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5805</t>
   </si>
   <si>
     <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>Бир адам Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун): "Мусулманчылыктын жакшысы кандай болот?" - деп сурады эле, ал: Муктаждарды тойгузасың,  таанышка да, бейтаанышка да салам айтасың" - деди</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Амр (аларга Аллах ыраазы болсун) айтат: Бир адам Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун): "Мусулманчылыктын жакшысы кандай болот?" - деп сурады эле, ал: Муктаждарды тойгузасың,  таанышка да, бейтаанышка да салам айтасың" - деди.</t>
+    <t>Абдуллах бин Амр (Аллах алардан ыраазы болсун) айтат: Бир адам Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун): "Мусулманчылыктын жакшысы кандай болот?" - деп сурады эле, ал: Муктаждарды тойгузасың,  таанышка да, бейтаанышка да салам айтасың" - деди.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) Исламдын кайсы өзгөчөлүгү абзел? - деп суралды. Ал эки өзгөчөлүктү айтты:
 Биринчиси: жакыр адамдарды көбүрөөк тамактандыруу. Буга садага кылуу, белек берүү, конок тосуу, той кылуу, ж.б. кирет. Айрыкча кымбатчылык жана ачарчылык учурларда адамдарга тамак берүү артыкча (сооптуу) болот.
 Экинчиси: бардык мусулмандарга, аларды таанысаң да, тааныбасаң да салам айтуу.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Сахабалар дүйнө жана акыретке пайдалуу өзгөчө иштерди билүүгө кызыкдар болушкан.
 Салам жана тоюндуруу Исламдагы эң абзел иштерден; артыкчылыктуу болгону жана адамдар бул эки нерсеге дайыма муктаж болуп турганы үчүн.
 Бул эки өзгөчө иш аркылуу амалга да, сөзгө да тиешелүү жакшылыктар ишке ашат, жакшылыктын эң артыгы тил жана амал менен болгону.
 Бул өзгөчө иштер мусулмандардын бири-бири менен болгон мамилесине тиешелүү, мындан башка Аллах менен пенденин ортосундагы мамилеге тиешелүү да өзгөчө иштер бар.
 Саламды озунуп биринчи айтуу мусулмандарга гана тиешелүү, а эгер мусулман эмес адамга жолукса, ага озунуп салам айтууга болбойт.</t>
   </si>
@@ -10411,258 +10407,258 @@
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) коомчулуктагы ар бир мусулмандын кам көрүшү жана көтөрүүсү керек болгон жоопкерчилик жүктөлгөндүгүн кабар берет. Имам же башчы Аллах ага башкартып койгон адамдар үчүн кайтаруучу, анын моюнуна алардын шариятын сактоо, аларга зулумдук кылгандардан коргоо, душмандарына каршы күрөшүү жана укуктарын коргоо жүктөлгөн. Эркек киши үй-бүлөсүндө аларды каржылоого, жакшы мамиле жасоого, таалим-тарбия берүүгө, адеп берүүгө милдеттүү. Аял киши күйөөсүнүн үйүндө үй иштерин жакшы жүргүзүүгө, балдарына жакшы тарбия берүүгө милдеттүү. Ал ушул нерселер тууралуу суралат. Кызматчы же мандикер иштеген адам кожоюндун анын колунда турган мал-келин сактоого жана кылган кызматына жоопкер, ал ушулар үчүн суралат. Ар ким өзүнө тапшырылган нерсенин кайтаруучусу жана алар тууралуу сөзсүз суралат.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Мусулман коомундагы жоопкерчилик жалпыга бирдей, ар ким өз абалына, өз кудуретине, өз жоопкерчилигине жараша суралат.
 Аял кишинин жоопкерчилиги жогору, ал күйөөсүнүн үйүнүн акысын сактоого жана балдарына тиешелүү милдеттерин аткарууга тийиш.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5819</t>
   </si>
   <si>
     <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>Мен өткөндөн кийин эркектерге аялдардан өткөн фитна-азгырык болбойт</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
-    <t>Усама бин Зайддын (аларга Аллах ыраазы болсун) айтымында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Мен өткөндөн кийин эркектерге аялдардан өткөн фитна-азгырык болбойт".</t>
+    <t>Усама бин Зайд (Аллах андан ыраазы болсун) риваят кылган хадисте пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мен өткөндөн кийин эркектерге аялдардан өткөн фитна-азгырык болбойт".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчыгы жана мактоосу болсун) өзүнөн кийин эркектерге аялдардын азгырыгынан өткөн зыяндуу сыноо болбостугун айткан. Эгер аял эркектин үй-бүлөсүнөн болсо, шариятка тескери иштерде аны ээрчип кетет. Эгер аял жат болсо, аларга аралашуу, жалгыз калуу менен натыйжасы бузук ишке алып барат.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Мусулман адамга аялдардын фитнасынан сактануу зарыл, фитнага алып бара турган жолдордун баарын тосуу керек.
 Ыймандуу адам фитнадан саламат болууда Аллахка таянуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5830</t>
   </si>
   <si>
     <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
     <t>Кимде-ким никенин акысын бере алса, анда үйлөнсүн. Анткени үйлөнүү көзгө көшөгө жана зынадан коргоочу болот. Кимде-ким никенин акысын бере албаса, анда ага орозо кармоо зарыл, анткени орозо аны бычкан сыяктуу шакыбатын токтотот</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Масуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге болчубуз. Бир маалда ал мындай деди: "Кимде-ким никенин акысын бере алса, анда үйлөнсүн. Анткени үйлөнүү көзгө көшөгө жана зынадан коргоочу болот. Кимде-ким никенин акысын бере албаса, анда ага орозо кармоо зарыл, анткени орозо аны бычкан сыяктуу шакыбатын токтотот".</t>
+    <t>Абдуллах бин Масуд (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге болчубуз. Бир маалда ал мындай деди: "Кимде-ким никенин акысын бере алса, анда үйлөнсүн. Анткени үйлөнүү көзгө көшөгө жана зынадан коргоочу болот. Кимде-ким никенин акысын бере албаса, анда ага орозо кармоо зарыл, анткени орозо аны бычкан сыяктуу шакыбатын токтотот".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
 ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аялынын жыныстык кумарын кандырууга жарактуу жана аны каржылоого мүмкүнчүлүгу бар жигиттерди батыраак үйлөнүүгө үндөгөн. Анткени, үйлөнүү адамды көзүн арамга артуудан, зынага же башка бузук ишке баруудан сактайт. Ал эми нике менен бүлөсүн каржылоого мүмкүнчүлүгү жок бирок жыныстык катнашка жарактуу болсо, анда аны орозо кармоого үндөйт. Анткени, орозо адамдын кумар каалоосун басаңдатат.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аялынын жыныстык кумарын кандырууга жарактуу жана аны каржылоого мүмкүнчүлүгү бар жигиттерди батыраак үйлөнүүгө үндөгөн. Анткени, үйлөнүү адамды көзүн арамга артуудан, зынага же башка бузук ишке баруудан сактайт. Ал эми нике менен бүлөсүн каржылоого мүмкүнчүлүгү жок бирок жыныстык катнашка жарактуу болсо, анда аны орозо кармоого үндөйт. Анткени, орозо адамдын кумар каалоосун басаңдатат.</t>
   </si>
   <si>
     <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
 حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
 وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
   </si>
   <si>
     <t>Ислам дини жаман, бузуку иштерден сак болууну алдын алат.
 Ошондой эле никенин акысын бере албагандарды орозо кармоого үндөгөн; анткени орозо адамдын кумар каалоосун басаңдатат.
 Орозону "бычып коюуга" окшоткону, бычканда уруктук чыгуучу бездер алып салынып аны менен кошо кумар каалоосу жоголот. Ошол сыяктуу орозо да кумар каалоону алсыздатат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5863</t>
   </si>
   <si>
     <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Жеңил көрсөткүлө, оор кылбагыла, сүйүнчүлөгүлө, качырбагыла!</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
-    <t>Анас бин Маликтин (ага Аллах ыраазы болсун) айтымында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Жеңил көрсөткүлө, оор кылбагыла, сүйүнчүлөгүлө, качырбагыла!"</t>
+    <t>Анас бин Малик (Аллах андан ыраазы болсун) риваят кылган хадисте пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жеңил көрсөткүлө, оор кылбагыла, сүйүнчүлөгүлө, качырбагыла!"</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) дин жана дүнүйө иштеринин баарында адамдарга жеңил, оңой кылууга, аларга оор келтирбөөгө буйруган. Бул Аллах Таала шарият кылган жана мубах (аткарылуусу ыктыярдуу) болгон иштердин чегине тиешелүү.
 Ошондой эле жакшы иштерди айтып сүйүнчүлөөгө кызыктырып, мындай иштерден аларды качырбоого үндөгөн.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Ыймандуу адамдын моюнундагы милдет адамдарга Аллахты сүйдүрүү жана аларды жакшылык иштерге кызыктыруу.
 Аллахтын динине чакыруучу адамга Ислам чакырыгын адамдарга кандай жеткирүү даанышмандыгын кароосу зарыл.
 Кубантуучу нерсени айтуу даават кылуучуга жана ал адамдарга сунуш кылып жаткан нерседе кубанычты, көңүл бурууну жана жан дүйнө тынчтыгын пайда кылат.
 Ал эми оорлотуу даават кылуучунун сөзүндө күмөн саноону, жүз бурууну, кайра кайтып кетүүнү пайда кылат.
 Аллах Тааланын пенделерине ырайымы кенен, ал аларга кечиримдүү динге жана жеңил шариятка ыраазы болду.
 Жеңилдикке буйруу бул шариятта келген нерсе.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5866</t>
   </si>
   <si>
     <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
     <t>Бөтөн аялдардын жанына киргенден сак болгула". Ансарлардан бир киши: Оо, Аллахтын элчиси, кайын журттан болсочу (аялдын кайниси, кайнагасы)" деп сурады. Ал: "Кайын журттан болсо - бул, өлүмгө тете" - деди</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
-    <t>Укба бин Аамир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бөтөн аялдардын жанына киргенден сак болгула". Ансарлардан бир киши: Оо, Аллахтын элчиси, кайын журттан болсочу (аялдын кайниси, кайнагасы)" деп сурады. Ал: "Кайын журттан болсо - бул, өлүмгө тете" - деди.</t>
+    <t>Укба бин Аамир (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бөтөн аялдардын жанына киргенден сак болгула". Ансарлардан бир киши: Оо, Аллахтын элчиси, кайын журттан болсочу (аялдын кайниси, кайнагасы)" деп сурады. Ал: "Кайын журттан болсо - бул, өлүмгө тете" - деди.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бөтөн аял менен жалгыз калууга болбостугун эскертип: Бөтөн аялдын жанына кирүүдөн, же бөтөн аял силердин жаныңарга кирүүсүнөн сак болгула деди.
 Ансарлардан бир адам минтип сурады: Эгер эркектин жакын туугандары болсо, мисалы, күйөөсүнүн ага-иниси же ага-инисинин баласы, атасы менен бир тууганы, же атасы менен бир туугандын баласы, же эжесинин баласы сыяктуу аялга нике жүрө турган адамдар кирсе боло береби?
-Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Андан өлүмдөн корккондой корккула! - деди. Анткени, мындай жакын адамдар менен ээн калуу фитнага, диндеги кыйроого алып келет. Күйөөнүн аталары менен балдарынан башка туугандары жат адамга караганда көбүрөөк тыйылуусу зарыл. Жат адамга караганда күйөөнүн туугандары менен ээн калуу көп кездешет. Башкаларга караганда булардан жамандык көбүрөөк жана фитнанын болуусу да көбүрөөк мүмкүн. Себеби аял менен байланышуу жана аны менен ээн калуу жеңил. Адатта эркек кишинин ага-инисинин аялы менен  жалгыз калуусуна коомчук кайдыгер карашат. Башынан эле сактанып, алыс болгон чоочун эркекке салыштырмалуу күйөөнүн бир тууганы менен жалгыз калуу өлүм сыяктуу.</t>
+Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Андан өлүмдөн корккондой корккула! - деди. Анткени, мындай жакын адамдар менен ээн калуу фитнага, диндеги кыйроого алып келет. Күйөөнүн аталары менен балдарынан башка туугандары жат адамга караганда көбүрөөк тыйылуусу зарыл. Жат адамга караганда күйөөнүн туугандары менен ээн калуу көп кездешет. Башкаларга караганда булардан жамандык көбүрөөк жана фитнанын болуусу да көбүрөөк мүмкүн. Себеби аял менен байланышуу жана аны менен ээн калуу жеңил. Адатта эркек кишинин ага-инисинин аялы менен  жалгыз калуусуна коомчулук кайдыгер карашат. Башынан эле сактанып, алыс болгон чоочун эркекке салыштырмалуу күйөөнүн бир тууганы менен жалгыз калуу өлүм сыяктуу.</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
 هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
 الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
 قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
 شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
   </si>
   <si>
     <t>Жаман ишке (зынага) кириптер болуп калуунун алдын алуу үчүн жат, бөтөн аялдын жанына кирүүдөн жана аны менен жалгыз калуудан тыйган.
 Бул бардык жат адамдарга, айрыкча аялга махрам болбогон күйөөнүн туугандарына тиешелүү. Ал эми аялга кирүү дегени аны менен жалгыз ээн калбоо деген сөз, эгер жанында башка адамдар болсо эч нерсе эмес.
 Жамандыкка кириптер болуп калбоо үчүн бардык эле адашуу мүмкүн болгон орундардан алыс болгон жакшы.
 Имам Ан-Навави минтип айткан: Бардык тилчи илимпоздор араб тииндеги "ал-ахмаау" деген сөз күйөөнүн жакын туугандарын билдирерин айтышкан. Алар күйөөнүн атасы, атасы менен бир тууганы, ага-иниси, ага-инисинин балдары, атасы менен бир тууганынын балдары ж.б. "Ахтан" б.а. төркүн деген сөз күйөөнүн аялынын жакындарына айтылат. Ал эми "Асхаар" кайын журт деген сөз, экөөнө тең тиешелүү.
-"Хамув" (күйөөнүн жакындары) дегенди өлүмгө окшоткон себеби тууралуу Ибн Хажар минтип айткан: Арабтар жаман нерсенин баарын өлүм деп сыпаттайт. Мисалы күнөөнү диндин өлүмү, күнөө кылып жазага татыктуу болгонду жан дүйнөнүн өлүмү, кызганычтан улам талакка татыктуу болгон аялды аялдын өлүмү деп айтышат.</t>
+"Хамув" (күйөөнүн жакындары) дегенди өлүмгө окшоткон себеби тууралуу Ибн Хажар минтип айткан: Арабтар жаман нерсенин баарын өлүм деп сыпаттайт. Мисалы күнөөнү диндин өлүмү, күнөө кылып жазага татыктуу болгонду жан дүйнөнүн өлүмү, кызганычтан улам талакка татыктуу болгон аялды - аялдын өлүмү деп айтышат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5888</t>
   </si>
   <si>
     <t>الورق بالذهب ربا، إلا هاء وهاء، والبر بالبر ربا، إلا هاء وهاء، والشعير بالشعير ربا، إلا هاء وهاء، والتمر بالتمر ربا، إلا هاء وهاء</t>
   </si>
   <si>
     <t>Күмүштү алтынга алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Буудайды буудайга алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Арпаны арпага алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Курманы курмага алмаштыруу сүткордук болот. Бирок колмо-кол болсо эч нерсе эмес</t>
   </si>
   <si>
     <t>عَنْ مَالِكِ بْنِ أَوْسِ بْنِ الْحَدَثَانِ أَنَّهُ قَالَ: أَقْبَلْتُ أَقُولُ مَنْ يَصْطَرِفُ الدَّرَاهِمَ؟ فَقَالَ طَلْحَةُ بْنُ عُبَيْدِ اللهِ وَهُوَ عِنْدَ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنهما: أَرِنَا ذَهَبَكَ، ثُمَّ ائْتِنَا، إِذَا جَاءَ خَادِمُنَا، نُعْطِكَ وَرِقَكَ، فَقَالَ عُمَرُ بْنُ الْخَطَّابِ: كَلَّا، وَاللهِ لَتُعْطِيَنَّهُ وَرِقَهُ، أَوْ لَتَرُدَّنَّ إِلَيْهِ ذَهَبَهُ، فَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ».</t>
   </si>
   <si>
     <t>Малик бин Аус бин Хадасан айтат: Мен жанымдагыларга кайрылып: Ким мага алтын теңгелерди күмүш акчага алмаштырып берет? - деп сурадым. Талха бин Убайдулла: Алтындарыңды бизге (берчи) көрөлү, анан кийин кызматчыбыз келгенде келсең, сага күмүш акча беребиз - деди. Ал жерде Умар бин Хаттаб да турган. Ал: Жок, мындай болбойт. Аллахка ант болсун, сен ага акчаны дароо беришиң керек, же алтындарын кайтарып бересиң. Анткени Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: "Күмүштү алтынга алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Буудайды буудайга алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Арпаны арпага алмаштыруу сүткордук болот, бирок колмо-кол болсо эч нерсе эмес. Курманы курмага алмаштыруу сүткордук болот. Бирок колмо-кол болсо эч нерсе эмес".</t>
   </si>
   <si>
     <t>يُخْبِرُ التَّابِعِيُّ مالكُ بنُ أوس أنه كان عنده دَنانير ذهب، ويريد أنْ يَصْرِفَها بدراهم فضة، فقال له طلحةُ بن عبيد الله رضي الله عنه: أعطنا دنانيرَك لأَراها! ثم قال له بعد أن عَزَم على الشراء: ائتنا إذا جاء خادمُنا فيما بعد لنعطيَك دراهمَ الفضة، وكان عمر بن الخطاب رضي الله عنه حاضرًا في المجلس، فأنكر هذا النوع من المعاملة، وأقسم على طلحة أن يدفع الفضة الآن، أو يَردَّ إليه ذَهبَه الذي أخذه منه، وبيَّن سبب ذلك أن رسول الله صلى الله عليه وسلم ذَكَرَ أنَّ بَيعَ الفضة بالذهب أو العكس يجب أنْ يَقبِضَ المقابل مباشرة، وإلّا تكون تلك الصفقة ربًا محرّمًا، وبيعًا باطلًا، فلا يباع الذهب بالفضة ولا الفضة بالذهب إلا يدًا بيدٍ ويتم التقابض، ولا يباع البُر بالبر والقمحُ بالقمحِ والشعيرُ بالشعيرِ والتمر بالتمرِ إلا مثلًا بمثلٍ وزنًا بوزنٍ، كيلًا بكيل، يدًا بيد، ولا يباع شيء منها عاجلٌ بآجل، ولا يجوز التفرُّق قبل القبض.</t>
   </si>
   <si>
-    <t>Таабийиндердин бири Малик бин Аус айтат: Анда алтын динарлары болгон. Ал динарын күмүш дирхамга алмаштырмакчы болот. Талха бин Убайдулла ага: Алтындарыңды бизге бер, карап көрөлү - деп, анан аны ала турган болгондон кийин: Бизди күтө тур, кызматчыбыз келгенден кийин келсең күмүш акчаларды сага беребиз - дейт. Бул отурушта Умар (ага Аллах ыраазы болсун) да отурган. Ал мындай соодалашууну четке кагып, Аллахка ант берип, Талханы күмүш дирхамдарды дароо берүүгө же алтындарын кайра кайтарып берүүгө буйруйт. Анан мунун себебин түшүндүрүп, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алтынды күмүшкө же күмүштү алтынга соода кылганда дароо колмо-кол алуу важыб экенин айтканын, эгер мындай болбосо, арам сүткордук болорун, мындай соода жараксыз экенин эскерткенин айтат. Алтынды күмүшкө же күмүштү алтынга соода кылганда колмо-кол соода кылып кабыл кылып алуу керек. Ошондой эле буудайды буудайга, арпаны арпага, курманы курмага соода кылганда, өзүндөй, салмагын, өлчөмүн бирдей кылып колмо-кол соода кылуу керек. Булардын бирин да кийинкиге калтырып насыя соода кылууга болойт. Ошондой эле колмо-кол өткөрүп алмайынча ажырап кетүүгө болбойт.</t>
+    <t>Таабийиндердин бири Малик бин Аус айтат: Анда алтын динарлары болгон. Ал динарын күмүш дирхамга алмаштырмакчы болот. Талха бин Убайдулла ага: Алтындарыңды бизге бер, карап көрөлү - деп, анан аны ала турган болгондон кийин: Бизди күтө тур, кызматчыбыз келгенден кийин келсең күмүш акчаларды сага беребиз - дейт. Бул отурушта Умар (Аллах андан ыраазы болсун) да отурган. Ал мындай соодалашууну четке кагып, Аллахка ант берип, Талханы күмүш дирхамдарды дароо берүүгө же алтындарын кайра кайтарып берүүгө буйруйт. Анан мунун себебин түшүндүрүп, Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алтынды күмүшкө же күмүштү алтынга соода кылганда дароо колмо-кол алуу важиб экенин айтканын, эгер мындай болбосо, арам сүткордук болорун, мындай соода жараксыз экенин эскерткенин айтат. Алтынды күмүшкө же күмүштү алтынга соода кылганда колмо-кол соода кылып кабыл кылып алуу керек. Ошондой эле буудайды буудайга, арпаны арпага, курманы курмага соода кылганда, өзүндөй, салмагын, өлчөмүн бирдей кылып колмо-кол соода кылуу керек. Булардын бирин да кийинкиге калтырып насыя соода кылууга болбойт. Ошондой эле колмо-кол өткөрүп алмайынча ажырап кетүүгө болбойт.</t>
   </si>
   <si>
     <t>الأصناف التي ذُكِرَتْ في هذا الحديث خمسة: الذهب والفضة والبر الشعير والتمر، فإذا حَصَل البيعُ في نفس الصنف فلابد من شرطين لصحته: التقابض في مجلس العقد، والتَّمَاثُل في الوزن كذَهَبٍ بِذَهَبٍ، وإلّا يكون ربا الفضل، وإذا اختلفت كفضة بقمح مثلًا فشَرْطٌ واحِدٌ لِصحّة العقد، وهو قَبْضُ الثَّمَن في مجلس العقد، وإلا يكون ربا النسيئة.
 يراد بمجلس العقد: مكان التَّبَايُع، سواء أكانا جالسَين، أم ماضِيَين، أم راكبين، ويراد بالتفرُّق ما يُعَد تَفَرُّقًا عُرْفًا بين الناس.
 النهي في الحديث يشمل جميع أنواع الذهب المَضْرُوبة وغيرها، وجميع أنواع الفضة مضروبة وغير مضروبة.
 العملات النَّقْدِية في هذا الزمن يجب فيها ما يجب في بيع الذهب بالفضة، أي أنه إذا أردت استبدال عملة بعملة أخرى كريال بدرهم فيجوز التفاضل بما يرضاه الطرفان، ولكن يجب التقابض في مجلس البيع، وإلا بَطَلَت الصَّفْقة، وأصبح التعامُل رِبَوِيًّا مُحرّمًا.
 التعاملات الرِّبوية لا تجوز، وعقدُها باطل ولو تراضا الطرفان؛ لأن الإسلام يحفظ للإنسان وللمجتمع حقَّه ولو تنازل هو عنه.
 النهي عن المنكر ومنعه لمن استطاع ذلك.
 ذكر الدليل عند إنكار المنكر، كما كان من عمر بن الخطاب رضي الله عنه.</t>
   </si>
   <si>
     <t>Бул хадисте беш түрдүү нерсе айтылган: алтын, күмүш, буудай, арпа, курма. Мына ушул нерселерди ушул эле нерселерге алмаштырганда (сатканда), сооданын жарактуу болуусу үчүн эки шарт табылуусу зарыл: келишим болгон жерде товарды кабыл кылып алуу. Салмагы бирдей болуу. Мисалы алтынды алтынга алганда салмагы бирдей болушу керек. Бул шарттардын бири табылбаса риба фаазил, ашыкча сүткордук болот. А эгер күмүштү данга алмаштыруу сыяктуу жынсы ар түрдүү нерсе болсо, анда анын жарактуу болуусу үчүн бир эле шарт бар: акысын келишим кылынган жерде төлөө. Эгер андай болбосо бул риба насия, насыя сүткордук болуп калат.
 Келишим түзүлгөн отуруш дегени, соода болгон жер. Мейли алар отуруп соода кылсын, басып баратып соода кылсын, же улоонун үстүндө баратып соода кылсын айырмасы жок. Ал эми ажырап кетүү дегени, адамдардын жашаган жериндеги үрп адатта ажыроо кандай болсо, ошондой эсептелет.
 Хадистеги тыюу алтын менен күмүштүн бардык түрүнө, иштетилген жана иштетилбегенине тиешелүү.
-Азыркы замандагы акча бирдиктерине да алтын менен күмүшкө тиешелүү шарттар каралат. Башкача айтканда, риалды дирхамга алмаштырууну кааласаң, эки тарап ыраазы болгон курста алмаштырылат, бирок алмаштыруу соодалашкан орунда болуусу важыб. Эгер андай болбосо, соода жараксыз болуп, арам деп эсептелеген сүткордук болуп калат.
+Азыркы замандагы акча бирдиктерине да алтын менен күмүшкө тиешелүү шарттар каралат. Башкача айтканда, риалды дирхамга алмаштырууну кааласаң, эки тарап ыраазы болгон курста алмаштырылат, бирок алмаштыруу соодалашкан орунда болуусу важиб. Эгер андай болбосо, соода жараксыз болуп, арам деп эсептелеген сүткордук болуп калат.
 Сүткордук менен алмаштыруу, эгер эки тарап тең ыраазы болуп турса да жараксыз. Анткени Ислам дини жеке адамдын да, коомчулуктун да акысын коргойт. Өз акысын кечкенине каралбайт.
 Колунан келген адамга башкаларды жамандыктан кайтаруусу милдет.
-Кайсы бир иштен кайтарганда, кайтарган нерсесинин далилин келтирүү зарыл. Умар бин Хаттаб (ага Аллах ыраазы болсун) хадисти далил кылганы сыяктуу.</t>
+Кайсы бир иштен кайтарганда, кайтарган нерсесинин далилин келтирүү зарыл. Умар бин Хаттаб (Аллах андан ыраазы болсун) хадисти далил кылганы сыяктуу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5889</t>
   </si>
   <si>
     <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>Бул Куранга бекем болгула, Мухаммаддын жаны колунда турган Аллахка ант ичип айтам, ал жибинен бошонгон төөдөн да ылдам чыгып кетет</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
-    <t>Абу Муса ал-Ашаринин (ага Аллах ыраазы болсун) айтымында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Бул Куранга бекем болгула, Мухаммаддын жаны колунда турган Аллахка ант ичип айтам, ал жибинен бошонгон төөдөн да ылдам чыгып кетет".</t>
+    <t>Абу Муса ал-Ашари (Аллах андан ыраазы болсун) риваят кылган хадисте пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бул Куранга бекем болгула, Мухаммаддын жаны колунда турган Аллахка ант ичип айтам, ал жибинен бошонгон төөдөн да ылдам чыгып кетет".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Куранды жаттап көкүрөккө киргизгенден кийин кайра унутуп калбоо үчүн Куранга бекем болууга, тилават кылып окууга көңүл бурууга буйруган. Курандын эстен бат чыгып кетерин пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ант ичип бекемдеп айткан. Куран буту жип менен чидерленген төө бошонуп качып кеткенден да бат эстен чыгат. Ал төөнү адам караса кармап калат, бошотуп койсо качып кетет жана жоголот.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Куранды жаттаган адам улам-улам аны окуп көңүл буруп турса, жүрөгүндо сакталган боюнча калат. Болбосо, эсинен чыгып, унутуп калат.
 Куранды бекем кармоонун пайдаларынын бири: сооп-сый табат, кыямат күнү даражасы бийик болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5907</t>
   </si>
   <si>
     <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>Силердин жакшыңар - Куранды үйрөнүп жана аны үйрөткөндөр</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
-    <t>Усмандын (ага Аллах ыраазы болсун) айтымында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Силердин жакшыңар - Куранды үйрөнүп жана аны үйрөткөндөр".</t>
+    <t>Усман (Аллах андан ыраазы болсун) риваят кылган хадисте пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силердин жакшыңар - Куранды үйрөнүп жана аны үйрөткөндөр".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулмандардын абзели, Аллахтын алдында даражасы бийиги -  Куранды окуганды, жаттаганды, кыраат кылганды, түшүнгөндү, чечмелегенди үйрөнүп, анан өзү билген Куран илимин башка бирөөлөргө үйрөтүп, өзү да аны иш жүзүндө аткарып амал кылганы деп баяндаган.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Куран шарапаттуулугу жана сөздөрдүн эң жакшысы экендиги айтылган, анткени ал Аллахтын сөзү.
 Таалим алуучулардын эң жакшысы - алган илими өзүндө гана чектелип калбай башкаларга да үйрөткөн адамдар.
 Куранды үйрөнүү жана үйрөтүү - аны окууну, маанисин түшүнүүнү жана өкүмдөрүнө амал кылууну камтыйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5913</t>
   </si>
   <si>
     <t>قل اللهم اهدني وسددني، واذكر بالهدى هدايتك الطريق، والسداد سداد السهم</t>
   </si>
   <si>
     <t>Аллахым, мени туура жолго башта жана түз жүрүүгө ийгилик бер" деп дуба кыл жана дуба кылганда, туура жолду туура жолдо басып бара жатканыңды, түз жүрүүдө жебенин түздүгүн эстегин</t>
@@ -10830,70 +10826,70 @@
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Туура эмес ишти тыюуда андан чоңураак зыян келбесе, көрөр замат дароо тыюу керек.
 Күнөөгө жараша кыяматтагы азаптар да ар түрдүү болот.
 Жандуу нерселердин сүрөтүн тартуу чоң күнөөлөрдөн.
 Сүрөт тартуунун арамдыгынын себептеринин бири: аны Аллахтын жаратуучулугуна окшотууда, сүрөтчү мейли ушундай ниетте болсун, же жөн эле тартсын айырмасы жок.
 Арам кылынган нерседен тыйгандан кийин, шарият мал-мүлктү туура пайдаланып, сактап калууга үндөйт.
 Жандуулардын сүрөтүн тартуу кандай шекилде болсо да, мейли ал кордолгон, жек көрүндү болсо да баары бир тыюу салынган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5931</t>
   </si>
   <si>
     <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>Кимде-ким кайсыл бир жерге келсе: "Аъузу би калима тиллаахит-тааммаати миң шарри маа холак" деп айтса, анда ал кайра жолун улап кеткенге чейин ага эч нерсе зыян бербейт</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
-    <t>Хавла бинт Хаким ас-Суламия (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айтканын укканмын: "Кимде-ким кайсыл бир жерге келсе: "Аъузу би калима тиллаахит-тааммаати миң шарри маа холак" деп айтса, анда ал кайра жолун улап кеткенге чейин ага эч нерсе зыян бербейт".</t>
+    <t>Хавла бинт Хаким ас-Суламия (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын укканмын: "Кимде-ким кайсыл бир жерге келсе: "Аъузу би калима тиллаахит-тааммаати миң шарри маа холак" деп айтса, анда ал кайра жолун улап кеткенге чейин ага эч нерсе зыян бербейт".</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ким болсо да кайсы бир жерге келгенде  зыянын тийгизе турган коркунучтуу нерселерден коргой турган пайдалуу коргонууга жол көрсөткөн. Мейли сапарда жүргөндо болсун, же эс алууга чыкканда болсун, мейли башка учурда болсун айырмасы жок. Бул коргонуу: зыяны бар бардык макулуктардын жамандыгынан Аллах Тааланын арткычылыгы, берекеси, пайдасы толук тийе турган, эч кандай айып, кемчилиги жок сөзү менен сактанамын деп коргоо тилөө. Мына ушундай кылса, ал жерден кайра жөнөп кеткенге чейин зыянын тийгизе турган нерсенин баарынан аман болот.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ким болсо да кайсы бир жерге келгенде  зыянын тийгизе турган коркунучтуу нерселерден коргой турган пайдалуу коргонууга жол көрсөткөн. Мейли сапарда жүргөндө болсун, же эс алууга чыкканда болсун, мейли башка учурда болсун айырмасы жок. Бул коргонуу: зыяны бар бардык макулуктардын жамандыгынан Аллах Тааланын арткычылыгы, берекеси, пайдасы толук тийе турган, эч кандай айып, кемчилиги жок сөзү менен сактанамын деп коргоо тилөө. Мына ушундай кылса, ал жерден кайра жөнөп кеткенге чейин зыянын тийгизе турган нерсенин баарынан аман болот.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Аллахтан коргоо тилөө деген бул  - өзүнчө бир ибадат болуп саналат, ал Аллах менен же Алахтын ысым-сыпаттары менен гана болот.
-Аллахтын сөзү менен коргоо тилөөго болот, анткени ал Аллахтын сыпаттарынын бири. Ал эми жаратылган нерселер менен коргоо тилөө мындай эмес, ал ширк болот.
-Бул дуба берекелүү жана пазилеттүү.
+Аллахтын сөзү менен коргоо тилөөгө болот, анткени ал Аллахтын сыпаттарынын бири. Ал эми жаратылган нерселер менен коргоо тилөө мындай эмес, ал ширк болот.
+Бул дубанын пазилети жана берекеси.
 Зикирлер менен коргонуу пенденин жамандыктан аман болуусуна себеп болот.
 Аллахтан башкадан, мисалы, жинден, сыйкырдан, жалганчылардан коргоо тилөө туура эмес, мындай кылууга болбойт.
 Сапарда болобу, жайчылыкта болобу ушул дубаны айтуу шариятта көрсөтүлгөн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/5932</t>
   </si>
   <si>
     <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>Мен сени Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени буйруган нерсеге буйруйунбу? Эстелик, сүрөттү көрсөң талкалап жок кыл, кабыр үстүнө коюлган нерсени көрсөң тегиздеп түздөгүн - деди</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Абу ал-Хаййаж ал-Асадий айтат: Али бин Абу Талиб мага:  Мен сени Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мени буйруган нерсеге буйруйунбу? Эстелик, сүрөттү көрсөң талкалап жок кыл, кабыр үстүнө коюлган нерсени көрсөң тегиздеп түздөгүн - деди.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларын эстеликтерди калтырбоого (жандуулардын сүрөтү, денеси болсо, болбосо айырмасы жок) талкалап же өчүрүп жоготууга жөнөтөт эле.
@@ -11079,51 +11075,51 @@
 الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
 الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
 هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
 وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
   </si>
   <si>
     <t>Ушул хадисте айтылгандай дуба кылып адам өзүнө дем салганы жакшы.
 Даттануу эгер тагдырга каршылыкшыз болсо жана кейүү менен коштолбосо, анда тобокел жана сабырга каршы келбейт.
 Дуба себепти аткаруунун бир түрү. Ошон үчүн анын сөздөрүнө жана сандарына маани берүү керек.
 Бул дуба бардык дене оорууларына жарактуу.
 Бул дубаны айткан учурда колду ооруган жерге коюу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6018</t>
   </si>
   <si>
     <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>(Нике окулуп) аялды адал кылган учурда коюлган шарттар - сөзсүз аткарыла турган шарттардан</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
-    <t>Укба бин Аамир (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "(Нике окулуп) аялды адал кылган учурда коюлган шарттар - сөзсүз аткарыла турган шарттардан".</t>
+    <t>Укба бин Аамир (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "(Нике окулуп) аялды адал кылган учурда коюлган шарттар - сөзсүз аткарыла турган шарттардан".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аткарылуусу зарыл болгон шарттар булар аялга кошулуунун адал болуусуна себеп болгон шарттар экенин баяндаган. Бул шарттар нике келишими учурунда аял эркектен талап кылган мубах (ыктыярдуу) шарттар.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Жубайлар бири-бирине койгон шарттарды аткаруулары важиб, бирок арамды адал, адалды арам кылуучу шарттар болуп калса, аткарылбайт.
 Нике келишиминдеги шарттар башка шарттарга караганда аткарылуусу зарыл. Анткени бул шарттар аял менен кошулууну адал кылуучу шарттар.
 Исламда үйлөнүүнүн (жубайлыктын) орду маанилүү, карасаң андагы шарттардын аткарылуусу да бекемделген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6021</t>
   </si>
   <si>
     <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
   </si>
   <si>
     <t>Силер сураганга караганда жакшыраак нерсени айтайынбы? Уйкуга жатарыңарда отуз үч жолу тасбих, отуз үч жолу тамхид, отуз төрт жолу такбир айткыла. Бул силер үчүн кызматчыга караганда жакшырак" - деди</t>
@@ -11155,105 +11151,105 @@
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>Бул берекелүү зикрди такай айтып жүрүү жакшы. Айтымда, Али (ага Аллах ыраазы болсун) пайгамбардын бул осуятын зикрди эч калтырбай такай айтып жүргөн, алтургай, Сиффин согушу болгон түнү да айткан.
 Бул зикрлер түнкү уйкуга жатарда гана айтылат. Имам Муслимдин китебинде Муаз (ага Аллах ыраазы болсун) Шуубадан риваят кылган хадисте: "Түндө төшөккө жаткан учуруңарда..." деп айтылган.
 Эгерде жаткан учурда айтпай унутуп калып кийин түн ортосунда эсине түшсө, айтып койсо эч нерсе эмес. Анткени, али (ага Аллах ыраазы болсун) Сиффин согушу болгон түнү зикрди айтууну унутуп калып, кийин таңга жуук эсине түшкөндө айтканы белгилүү.
 Мухлаб минтип айтат: Бул хадисте үй-бүлө башчысы өзү каалаган дүйнө кызыкчылыгына караганда акырет кызыкчылыгын алдына коюуну үй-бүлөсүнө да каалап, аларды ушуга үндөө керектиги айтылган. Эгер алар ушуну аткарууга чамасы жетсе.
 Ибн Хажар Аскалани минтип айткан: Ким бул зикир сөздөрдү дайыма айтып жүрсө, анда ал адамга иштин көптүгү зыянын тийгизбейт, чарчаса да кыйналбайт.
 Ал-Айни минтип айткан: Зикр кызматчыдан жакшы дегенден максат, зикр акырет үчүн, ал эми кызматчы дүйнө үчүн. Акырет түбөлүктүү жана жакшы. Же минтип айтуудан максат, ушул зикр аркылуу күч-кубат алып, кызматчы аткарганга караганда көбүрөк ишти өздөрү эле аткарышы мүмкүн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6076</t>
   </si>
   <si>
     <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>Кул хуваллааху ахадды" жана эки сактоочу сүрөнү оку, кеч киргизгениңде жана таң атырганыңда үч жолудан окуп жүрсөң, бардык жамандыктан сактоого жетиштүү болот" - деди</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Хубайб (ага Аллах ыраазы болсун) айтат: Катуу жамгыр жаап, көзгө сайса көрүнгүс караңгы болгон түнү чогуу намаз окуу үчүн Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) издеп бардык. Анан аны таптым. Ал: "Оку" - деди. Мен эч нерсени окубадым. Ал дагы: "Оку" - деди. Мен дагы эле эч нерсе дебедим. Ал: "Оку" - деди. Эмнени окуюн - дедим. Ал:  "Кул хуваллааху ахадды" жана эки сактоочу сүрөнү оку, кеч киргизгениңде жана таң атырганыңда үч жолудан окуп жүрсөң, бардык жамандыктан сактоого жетиштүү болот" - деди.</t>
+    <t>Абдуллах бин Хубайб (Аллах андан ыраазы болсун) айтат: Катуу жамгыр жаап, көзгө сайса көрүнгүс караңгы болгон түнү чогуу намаз окуу үчүн Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) издеп бардык. Анан аны таптым. Ал: "Айт" - деди. Мен унчуккан жокмун. Ал дагы: "Айт" - деди. Мен дагы эле эч нерсе дебедим. Ал: "Айт" - деди. Эмне деп айтам - дедим. Ал:  "Кул хуваллааху ахадды" жана эки сактоочу сүрөнү оку, кеч киргизгениңде жана таң атырганыңда үч жолудан окуп жүрсөң, бардык жамандыктан сактоого жетиштүү болот" - деди.</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Улуу сахаба Абдуллах бин Хубайб (ага Аллах ыраазы болсун) айтат: алар жамгырлуу, караңгы түндө аны менен бирге намаз окуу үчүн пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) издеп барышат да, аны табышат. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: "Айт" б.а. оку - дейт. Ал эч нерсени окубайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сөзүн кайталайт. Абдуллах: О, Аллахтын элчиси, эмнени окуйун? - дейт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): Ихлас сүрөсүн (кул хуваллааху ахад), сактоочу эки сүрө (Кул ауузу бироббил фалак), (Кул ауузу бироббин наас) сүрөлөрүн эртең менен жана кечинде үч жолудан окусаң, бардык жамандыктан сактап, жаман иштен коргойт - дейт.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Ихлас жана эки коргоочу сүрөнү эртең менен жана кечинде окуу жакшы, анткени бардык жамандыктан калканч болот.
 Ихлас жана эки коргоочу сүрөнү окуу артыкчылыктуу иштерден.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6082</t>
   </si>
   <si>
     <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>Кимде-ким: Аллахтын аты менен баштаймын. Анын  аты менен башталган нерсеге жер бетинде да, асманда да эч ким зыян жеткире албайт. Ал Угуучу, Билүүчү" деп үч жолу айтса, таң атканга чейин ага кокустан балээ-кырсык келбейт</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
-    <t>Абан бин Усман айтат: Усман бин Аффан (ага Аллах ыраазы болсун) Аллахтын элчисинен уктум деп бул хадисти айтып жатканын уктум: "Кимде-ким: Аллахтын аты менен баштаймын. Анын  аты менен башталган нерсеге жер бетинде да, асманда да эч ким зыян жеткире албайт. Ал Угуучу, Билүүчү" деп үч жолу айтса, таң атканга чейин ага кокустан балээ-кырсык келбейт. Кимде-ким бул дубаны таң атканда үч жолу айтса, кеч киргенге чейин ага кокустан балээ-кырсык келбейт". Кийин Абан бин Усман шал оорусу менен ооруп калды. Андан жогорудагы хадисти уккан бир киши аны суроолуу карап калды. Усман ага: Сага эмне болду, мени таңыркап карайсың? Аллахка ант болсун, мага Усман бин Аффан жалган айткан эмес. Усманга да пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жалган айткан эмес. Болгону, мага ушул балээ келген күнү мен (бирөөгө) ачууланып, жогорудагы дубаны айтпай унутуп калыпмын - деди.</t>
+    <t>Абан бин Усман айтат: Усман бин Аффан (Аллах андан ыраазы болсун) Аллахтын элчисинен уктум деп бул хадисти айтып жатканын уктум: "Кимде-ким: Аллахтын аты менен баштаймын. Анын  аты менен башталган нерсеге жер бетинде да, асманда да эч ким зыян жеткире албайт. Ал Угуучу, Билүүчү" деп үч жолу айтса, таң атканга чейин ага кокустан балээ-кырсык келбейт. Кимде-ким бул дубаны таң атканда үч жолу айтса, кеч киргенге чейин ага кокустан балээ-кырсык келбейт". Кийин Абан бин Усман шал оорусу менен ооруп калды. Андан жогорудагы хадисти уккан бир киши аны суроолуу карап калды. Усман ага: Сага эмне болду, мени таңыркап карайсың? Аллахка ант болсун, мага Усман бин Аффан жалган айткан эмес. Усманга да пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жалган айткан эмес. Болгону, мага ушул балээ келген күнү мен (бирөөгө) ачууланып, жогорудагы дубаны айтпай унутуп калыпмын - деди.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) күн сайын таң аткандан кийин жана кечинде күн батардан мурда үч жолудан ушул дубаны айтса, ага балээ-кырсык болбостугун баяндаган: "Аллахтын ысымы менен" бардык зыяндуу нерселерден сактанамын. "Ал Аллах Анын аты зикр кылынса эч нерсе зыян тийгизе албайт". Ал нерсе "жердеги" кандай чоң нерсе болбосун, же жерден сырткары балээлерден болсун, "асмандагы" асмандан түшүүчү балээлерден болсун эч бири зыян бербейт. "Ал Аллах биздин сөздөрүбуздү "Угуучу" биздин абалдарыбызды "Билүүчү".
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) күн сайын таң аткандан кийин жана кечинде күн батардан мурда үч жолудан ушул дубаны айтса, ага балээ-кырсык болбостугун баяндаган: "Аллахтын ысымы менен" бардык зыяндуу нерселерден сактанамын. "Ал Аллах Анын аты зикир кылынса эч нерсе зыян тийгизе албайт". Ал нерсе "жердеги" кандай чоң нерсе болбосун, же жерден сырткары балээлерден болсун, "асмандагы" асмандан түшүүчү балээлерден болсун эч бири зыян бербейт. "Ал Аллах биздин сөздөрүбуздү "Угуучу" биздин абалдарыбызды "Билүүчү".
 Кимде-ким бул дубаны кечинде айтса, таң атканга чейин ага кокустук балээлер келбейт. Ал эми ким таң эрте айтса, кеч киргенге чейин ага кокустук балээлер келбейт.
-Кийин бул хадисти айтып өткөргөн Абан бин Усманга шал оорусу тиет. Шал оорусу дегени, адамдын бир жак ыптасы иштебей калат. Ошондо андан жогорудагы хадисти уккан кишилердин бири аны таң калып карайт. Усман ага: Неге таң калып карайсың?! Аллахка ант болсун, мен Усмандан жалган нерсени айткан жокмун. Усман да пайгамбардан жалган нерсени айткан жок. Болгону, мага ушул оору тийген күнү Аллах Таала бул дубаны айтууну тагдырыма жазбаптыр. Мен бир нерсеге ачууланып, бул сөздөрду айтууну унутуп калыпмын - деди.</t>
+Кийин бул хадисти айтып өткөргөн Абан бин Усманга шал оорусу тиет. Шал оорусу дегени, адамдын бир жак ыптасы иштебей калат. Ошондо андан жогорудагы хадисти уккан кишилердин бири аны таң калып карайт. Усман ага: Неге таң калып карайсың?! Аллахка ант болсун, мен Усмандан жалган нерсени айткан жокмун. Усман да пайгамбардан жалган нерсени айткан жок. Болгону, мага ушул оору тийген күнү Аллах Таала бул дубаны айтууну тагдырыма жазбаптыр. Мен бир нерсеге ачууланып, бул сөздөрдү айтууну унутуп калыпмын - деди.</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
-    <t>Аллахтын уруксаты менен адам кокус келүүчү балээ, зыяндардан ж.б.у.с. нерселерден корголуп туруусу үчүн, бул зикрди эртең менен жана кечинде айтып жүргөн жакшы.
+    <t>Аллахтын уруксаты менен адам кокус келүүчү балээ, зыяндардан ж.б.у.с. нерселерден корголуп туруусу үчүн, бул зикирди эртең менен жана кечинде айтып жүргөн жакшы.
 Мурдагы өткөн мусулмандардын Аллахка болгон ишеними бекем жана Аллахтын элчисинин айтканын тастыктоосу күчтүү болгон.
-Эртең менен жана кечинде зикр кылып туруунун бир пайдасы - мусулманды кайдыгерликтен ойготуп, ага дайыма Аллахтын кулу экендигин эскертип турат.
-Зикрдин таасири зикр кылган адамдын ыйманынын бекемдигине, берилүүсүнө жана ыкласына жараша болот.</t>
+Эртең менен жана кечинде зикир кылып туруунун бир пайдасы - мусулманды кайдыгерликтен ойготуп, ага дайыма Аллахтын кулу экендигин эскертип турат.
+Зикирдин таасири зикир кылган адамдын ыйманынын бекемдигине, берилүүсүнө жана ыкласына жараша болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>Аллахтан башка кудай жок. Ал - жалгыз. Анын шериги да жок. Аллах - эң Улук. Аллахка көп мактоолор болсун. Бардык ааламдардын Раббиси - Аллахты аруулайм. Өзгөрүү да күч-кубат да Даанышман жана Кудуреттүү Аллахтан" деп айткын деди. Анда ал</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Саъд (ага Аллах ыраазы болсун) айтат: Аллахтын элчисине чөлдө жашаганмбир араб келип: "Мага ар дайым айтып жүрчү сөздү үйрөтчү" деди эле, ал:  "Аллахтан башка кудай жок. Ал - жалгыз. Анын шериги да жок. Аллах - эң Улук. Аллахка көп мактоолор болсун. Бардык ааламдардын Раббиси - Аллахты аруулайм. Өзгөрүү да күч-кубат да Даанышман жана Кудуреттүү Аллахтан" деп айткын деди. Анда ал:  "Булар Раббим үчүн арналган дуба экен, өзүм үчүн эмне деп айтайын" деди. Ал: "О, Аллах. Мени кечир! Мага ырайым кыл, туура жолго башта жана мага ырыскы бер" деп айткын деди"</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
@@ -11322,51 +11318,51 @@
   <si>
     <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
 الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
 الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
 من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) берешендиги айрыкча Рамазан айында күчөйт эле. Анткени Рамазан айы таат-ибадаттын жана жакшылык кылуунун айы.
 Кайсы убакыт болбосун, берешен болуу керек, айрыкча Рамазан айында берешендикти күчөтүү жакшы.
 Рамазан айында Куран окууну, жакшылык иштерди кылууну, берешен болууну көбөйтүү керек.
 Илимди эстен чыгарбай сактоонун себептеринин бири - илим талап кылуучулар жана аалымдар менен бирге сабак өтүү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6179</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын ичинен мүнөзү эң жакшысы эле</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын ичинен мүнөзү эң жакшысы эле.</t>
+    <t>Анас (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын ичинен мүнөзү эң жакшысы эле.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамдардын ичинен кулк-мүнөзү эң толугу эле. Ал бардык кулк-мүнөздүүлүктө жана жакшылыктарда алдында болчу, мисалы, сөзүнүн сылыктыгы, жакшылыкты көп кылганы, жүзүнүн жарыктыгы, эч кимге зыян бербегени, башкалардын зыянына чыдаганы ж.б. иштерде алдында болчу.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөзү жакшылыктарды камтыган толук болгон.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөздө үлгү алууда толук үлгү боло алат.
 Көркөм кулк-мүнөздө пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) үлгү алуу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6180</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ушул сөздөрдү ар бир намаздан кийин айтчу" - деди</t>
@@ -11378,112 +11374,112 @@
     <t>Абу Зубайр айтат: Ибн Зубайр бардык парз намаздын соңунда салам бергенден кийин: "Лаа илааха иллаллооху вахдаху лаа шарика лах, лахул мулку ва лахул хамду ва хува аълаа кулли шайиң кодир, лаа хавла ва лаа куввата илла биллах, лаа илааха иллаллооху, ва лаа наъбуду илла ийяху, лахун-ниъмату ва лахул-фадлу ва лахус-санааул хасан, лаа илааха иллаллооху мухлисиина лахуддина ва лав карихал каафируун" деп айтып, анан: " Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ушул сөздөрдү ар бир намаздан кийин айтчу" - деди.</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир парз намазында салам айткандан кийин ушул улук зикирди айтчу.
 "Лаа илааха иллаллооху": Аллахтан башка ибадат кылууга татыктуу кудай жок деген маани.
 "Вахдаху лаа шарикалах": Ал Жалгыз, Анын шериги жок. Тактап айтканда, улухиятта, рубубиятта жана ысым-сыпаттарында Анын шериги жок.
 "Лахул мулку": Бардык мүлк Аныкы, тактап айтканда, асман-жердин жана алардын ортосундагы жалпы, толук, бардык мүлк Ага таандык.
 "Ва лахул хамду": Алкыш-мактоолор да Ага жарашат, тактап айтканда, Ал кемчиликсиз толук сыпыттар менен сыпатталган, толук сүйүү менен макталган, баардык абалдарда жыргалда да, кыйынчылыкта да улукталган.
 "Ва хува аълаа кулли шайиң кодиир": Ал бардык нерсеге Кудуреттүү. Кудурети бардык жааттан жетиштүү, толук, эч нерсеге күчү жетпей калбайт, эч кайсы иш Ага тоскоолдук жарата албайт.
 "Лаа хавла ва лаа куввата илла биллаахи": Бир абалдан экинчи абалга, күнөөдөн таат-ибадатка кайтуу да, күч-кубат да Аллахтан, Ал жардам Берүүчү, тобокел Ага гана болот.
 "Лаа илааха иллаллааху, ва лаа наъбуду илла ийяху": Ширкти кетирүүчү жана улухияттыкты бекемдөөчү сөз, анткени Андан башка ибадатка татыктуу зат жок.
-"Лахун-ниъмату ва лахул фазлу": Нээмат-жакшылыкты жаратып ага ээлик кылган Аллах, пенделеринен кимге кааласа жакшылыкты ашыгы менен берет.
+"Лахун-ниъмату ва лахул фадлу": Нээмат-жакшылыкты жаратып ага ээлик кылган Аллах, пенделеринен кимге кааласа жакшылыкты ашыгы менен берет.
 "Ва лахус-Санааул хасан": Аллахтын затына, сыпатына, иштерине, нээматына жана бардык абалда Ага алкыш-мактоо болсун.
 "Лаа илааха иллаллооху, мухлисина лахуд-диин": Б.а. ибадатты көрсөтүү же угузуу үчүн эмес калыс Аллах үчүн Анын Өзүнө гана аткарылат.
 "Ва лав карихал каафирууна": Каапырлар жаман көрсө да, Аллахты жалгыздоодо жана Ага ибадат кылууда бекем турушат.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Ар бир парз намаздан кийин ушул зикирди айтуу жакшы.
 Мусулман адам дини менен ызаттуу болот, анын ибадаттарын ачык аткарат, каапырлар аны жактырбай жатса да.
 Эгерде хадисте "Дубр ас-солаати" "намаздын артынан" деген сөз келсе жана бул хадисте зикир тууралуу айтылса, анда бул зикир саламдан кийин дароо айтылат дегенди билдирет. А эгер дуба тууралуу айтылса, анда бул дуба салам берүүдөн мурда айтылат дегенди билдирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6203</t>
   </si>
   <si>
     <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>Үйүңөрдү көрүстөндөй кылып албагыла. Чынында, Бакара сүрөөсү окулган үйдөн шайтан качат</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Үйүңөрдү көрүстөндөй кылып албагыла. Чынында, Бакара сүрөөсү окулган үйдөн шайтан качат".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Үйүңөрдү көрүстөндөй кылып албагыла. Чынында, Бакара сүрөөсү окулган үйдөн шайтан качат".</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үйдө такыр намаз окубай, аны намаз окулбай турган кабырга окшотуп алуудан тыйган.
 Андан кийин Бакара сүрөөсү окулуп турган үйдөн шайтан качып чыгары тууралуу кабарлаган.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Үйдө ибадатты, нафил намаздарды окууну көбөйтүү жакшы.
 Көрүстөндө жаназадан башка намаз окууга болбойт. Анткени ал ширкке алып баруучу ортомчу жана адамды чектен чыгарчу иштерден.
 Сахабалардын учурунда мүрзөдө намаз окууга тыюу салынганы ачык белгилүү болгон. Ошондуктан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) үйлөрдү намаз окулбаган мүрзө сыяктуу кылбагыла деп тыйган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6208</t>
   </si>
   <si>
     <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>Субхан Аллоохи, валхамду лиллаахи, ва лаа илааха иллаллооху, валлааху акбар" деп айтуу мен үчүн күн нуру тийген нерсенин баарынан жакшы</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Субхан Аллоохи, валхамду лиллаахи, ва лаа илааха иллаллооху, валлааху акбар" деп айтуу мен үчүн күн нуру тийген нерсенин баарынан жакшы".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Субхан Аллоохи, валхамду лиллаахи, ва лаа илааха иллаллооху, валлааху акбар" деп айтуу мен үчүн күн нуру тийген нерсенин баарынан жакшы".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ушул улук сөздөр менен Аллах Тааланы зикир кылуу дүйнө жана андагынын баарынан жакшы экендигин айткан. Бул сөздөр:
 "Субхан Аллоохи": Аллах Тааланы бардык кемчиликтерден таза деп аруулоо.
 "Алхамду лиллаахи": Улуктоо жана махабат менен бирге Аллах Тааланы толук сыпаттары менен мактоо.
 "Лаа илааха иллаллооху": Аллахтан башка ибадатка татыктуу кудай жок.
 "Аллаху акбар": Бардык нерседен улук, чоң.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Аллахты зикир кылууга кызыктыруу, анткени зикир күн тийген нерсенин баарынан артык.
 Сообу жана артыкчылыктары көп болгону үчүн зикирди көбөйтүү зарыл.
 Дүйнөнүн пайдаланчу нерселери аз жана анын ырахаты да убактылуу.</t>
   </si>
@@ -11573,62 +11569,62 @@
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Күнөөлөрдүн кечирилүүсүнө себеп болгон намаз: Пенденин дааратын жеткиликтүү алып, Аллахтын ыраазылыгын үмүт кылып, жүрөгү менен берилип окуган намазы.
 Ибадаттарды токтотпой улантуу артыкчылыктуу иш, анткени ал майда күнөөлөрдүн кечирилүүсүнө себеп болот.
 Дааратты жеткиликтүү алуу, намазды берилүү менен жакшы окуу артыкчылыктуу иштерден.
 Майда күнөөлөр кечирилүүсү үчүн чоң күнөөдөн оолак болуу зарыл.
 Ал эми чоң күнөөлөр тообо кылуу менен гана кечирилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6254</t>
   </si>
   <si>
     <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>Аткарылган жакшы амалдары Аллахка сүйкүмдүү болгон мына ушул күндөрдөн өткөн башка күн жок" т.а. Зулхижжанын баштапкы он күнү</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
-    <t>Ибн Аббас (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Аткарылган жакшы амалдары Аллахка сүйкүмдүү болгон мына ушул күндөрдөн өткөн башка күн жок" т.а. Зулхижжанын баштапкы он күнү" . Сахабалар: О, Аллахтын элчиси, Аллах жолундагы жихад да буга жетпейби? - деп сурады. "Аллах жолундагы жихад да жетпейт. Бир гана өз мал-жаны менен чыгып, кайра кайтпай калган адамдын сообу буга жетет" - деди.</t>
+    <t>Ибн Аббас (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аткарылган жакшы амалдары Аллахка сүйкүмдүү болгон мына ушул күндөрдөн өткөн башка күн жок" т.а. Зулхижжанын баштапкы он күнү" . Сахабалар: О, Аллахтын элчиси, Аллах жолундагы жихад да буга жетпейби? - деп сурады. "Аллах жолундагы жихад да жетпейт. Бир гана өз мал-жаны менен чыгып, кайра кайтпай калган адамдын сообу буга жетет" - деди.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Зулхижжа айынын баштапкы он күнүндөгү жакшы амалдар жылдын башка учурларынан абзел экенин кабарлаган.
 Сахабалар бул күндөрдөн башка күндөрү Аллах жолунда жихадга чыгуунун сооп-сыйлыгы тууралуу, бул амал абзелби, же ушул күндөрдөгү жакшы амалдар абзелби деп сурашат. Анткени аларда жихад иш-амалдардын эң абзели экени белгилүү эле.
-Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга мынтип жооп берип: бул күндөрдөгү жакшы амалдар башка күндөгү жихаддан да сооптуу, бирок бирөө Аллах жолунда жихадга өз мал-мүлкү менен чыкса жана мал-мүлкү түгөнүп, өзү да шейит болуп кетсе, ушул адамдын гана сооп-сыйлыгы жогору болорун айтат. Бул күндөрдөгү жакшы амалдарды абзел кылган мына ушул.</t>
+Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аларга минтип жооп берип: бул күндөрдөгү жакшы амалдар башка күндөгү жихаддан да сооптуу, бирок бирөө Аллах жолунда жихадга өз мал-мүлкү менен чыкса жана мал-мүлкү түгөнүп, өзү да шейит болуп кетсе, ушул адамдын гана сооп-сыйлыгы жогору болорун айтат. Бул күндөрдөгү жакшы амалдарды абзел кылган мына ушул.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Зулхижжа айынын баштапкы он күнүндөгү жакшы амалдардын артыкчылыгы, мусулман адамга бул күндөрдү пайдаланып калуунун, ибадаттарды көбөйтүүнүн зарылдыгы айтылган. Аллахты зикир кылуу, Куран окуу, такбир, тахлил, тахмид айтуу, намаз окуу, садага берүү, орозо кармоо ж.б. бардык жакшы амалдарды көбөйтүү керек.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[Ал-Бухари жана Абу Дауд жазып калтырган, бул айтым Абу Даудга тиешелүү]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6255</t>
   </si>
   <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Куран окуган ыймандуу адам цитрон сыяктуу, анын жыты да, даамы да сонун. Ал эми Куран окубаган ыймандуу адам курма сыяктуу, анын жыты жок, бирок даамдуу</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
@@ -11773,88 +11769,88 @@
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) азанчынын үнүн уккан адам төмөнкү сөздөрдү айтса күнөөсү кечирилерин айткан: "Ашхаду ан лаа илааха иллаллааху вахдаху лаа шарика лах" Күбөлүк берем, тастыктаймын, моюнга алам Аллахтан башка ибадатка татыктуу кудай жок, андан башка сыйынылган нерсенин баары батыл, жалган. "Ва анна Мухаммаддан абдуху ва расуулух" Мухаммад Аллахтын кулу жана элчиси, ага ибадат кылынбайт. Ал жалган айтпаган элчи. "Розийту биллахи роббан" Аллахтын рубубиятына, улухиятына, ысым-сыпаттарына баарына ыраазымын. "Ва би Мухаммадин расуулан" Ал алып келген диндин баарына жана бизге жеткиргенине ыраазымын. "Ва бил Ислам" Исламдын бардык буйруктарына жана өкүмдөрүнө, "Диинан" дин болгонуна ишенүү жана баш ийүү менен ыраазымын. (ушинтип айтса) анын кичине күнөөлөрү кечирилет.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Азанды укканда ушул дубаны кайталап айтуу күнөөлөрдү кетирүүчү иштерден.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6272</t>
   </si>
   <si>
     <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
-    <t>Ким түнү Бакара сүрөөсүнүн акыркы эки аятын окуса, ага жетиштүү болот</t>
+    <t>Ким түнү Бакара сүрөсүнүн акыркы эки аятын окуса, ага жетиштүү болот</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
-    <t>Абу Масъуд (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ким түнү Бакара сүрөөсүнүн акыркы эки аятын окуса, ага жетиштүү болот".</t>
+    <t>Абу Масъуд (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким түнү Бакара сүрөсүнүн акыркы эки аятын окуса, ага жетиштүү болот".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ким Бакара сүрөөсүнүн акыркы эки аятын түндө окуса, Аллах Таала аны жамандыктан сактаарын кабарлаган. Кээ бир аалымдар: Түнкү намаздын ордуна жетиштүү болот деген. Кээ бирлери: Башка зикирлердин ордуна жетиштүү болот деген. Кээ бирлери: Аз дегенде түндө туруп Куран окуунун ордуна жарайт деген. Мындан башка да пикирлер бар. Кантсе да бул пикирлердин баары бирдей эле туура мааниде.</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ким Бакара сүрөсүнүн акыркы эки аятын түндө окуса, Аллах Таала аны жамандыктан сактаарын кабарлаган. Кээ бир аалымдар: Түнкү намаздын ордуна жетиштүү болот деген. Кээ бирлери: Башка зикирлердин ордуна жетиштүү болот деген. Кээ бирлери: Аз дегенде түндө туруп Куран окуунун ордуна жарайт деген. Мындан башка да пикирлер бар. Кантсе да бул пикирлердин баары бирдей эле туура мааниде.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
-    <t>Бакара сүрөөсүнүн акыркы эки аятынынын артыкчылыгы баян кылынды. Бул аяттар Аллах Тааланын: "Аамана расул..." "Элчилер ыйман келтирди..." деп башталган аятынан баштап Бакара сүрөөнүн акырына чейин.
-Бакара сүрөөсүнүн акыркы аяттарын түндө окуса аны окуган адамдан жамандыкты, шайтанды айдайт.
+    <t>Бакара сүрөсүнүн акыркы эки аятынынын артыкчылыгы баян кылынды. Бул аяттар Аллах Тааланын: "Аамана расул..." "Элчилер ыйман келтирди..." деп башталган аятынан баштап Бакара сүрөнүн акырына чейин.
+Бакара сүрөсүнүн акыркы аяттарын түндө окуса аны окуган адамдан жамандыкты, шайтанды айдайт.
 Түн күн баткандан башталып, күндүн чыгуусу менен бүтөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6274</t>
   </si>
   <si>
     <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>Ким Аллахтын китебинен бир тамга окуса, ал үчүн ага бир жакшылык он барабар болуп жазылат</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Масъуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мынтип айткан: "Ким Аллахтын китебинен бир тамга окуса, ал үчүн ага бир жакшылык он барабар болуп жазылат. "Алиф, лам, мим" бир тамга деп айтпайм, бирок "алиф" бир тамга, "лам" бир тамга жана "мим" бир тамга".</t>
+    <t>Абдуллах бин Масъуд (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ким Аллахтын китебинен бир тамга окуса, ал үчүн ага бир жакшылык он барабар болуп жазылат. "Алиф, лам, мим" бир тамга деп айтпайм, бирок "алиф" бир тамга, "лам" бир тамга жана "мим" бир тамга".</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир мусулман Аллахтын китебинен бир тамга окуса, ал үчүн бир жакшылык жазыларын, ал жакшылык он эсеге көбөйтүлөрүн кабарлаган.
 Кийин аны мынтип баяндады: ("Алиф, лам, мим" бир тамга деп айтпайм, бирок "алиф" бир тамга, "лам" бир тамга жана "мим" бир тамга"): ошондо үч тамга болуп, ага отуз жакшылык жазылат.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Куранды көбүрөөк тилават кылып окууга кызыктырган.
 Ар бир сөздүн ар бир тамгасы үчүн окуган окуучуга он эсеге көбөйтүлгөн жакшылык болот.
 Аллах Тааланын ырайымынын жана берешендигинин кенендиги айтылган, пенденин сообунун артыкчылыгы жана берешендиги менен эселеп көбөйтөт.
 Курандын башка сөздөрдөн артыкчылыгы жана аны окуунун ибадат улуулугу айтылды. Анткени ал Аллах Тааланын сөзү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6275</t>
   </si>
   <si>
@@ -12057,51 +12053,51 @@
 بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
 معاملة الله للخلق قائمة على العدل والحق.</t>
   </si>
   <si>
     <t>Арам иштерге баруудан эскертет. Айрыкча, пенделердин акысына тиешелүү иштерде, мейли материалдык жактан болсун, мейли моралдык жактан болсун.
 Пенделердин укугун тебелөө (алар өзү кечирмейинче) кечирилбейт. Ал эми Аллахтын укугунда, ширктен башка күнөөлөр (Аллах кааласа) кечирилет.
 Диалог аркылуу үйрөтүү угуучуну ойготуп, анын көңүлүн бурдуруп, кызыгуусун арттырат. Айрыкча, тарбия берүүдө жана илим үйрөтүүдө бул ыкма маанилүү.
 Куру кол калуу дегендин чыныгы мааниси, кыямат күнү болгон жакшылыктарын зулум берген адамдарына алдырып койгон адам.
 Кыямат күндөгү өч алуу жакшылыктардын баарынан куру жалак калганга чейин уланат.
 Аллахтын пенделерине кылган мамилеси адилеттиктин жана акыйкаттыктын үстүнө курулган.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6454</t>
   </si>
   <si>
     <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>Эгер киши үй-бүлөсүн сооп үмүт кылуу менен каржыласа, анын каржысы садака болуп эсептелет</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
-    <t>Абу Масуъддун (ага Аллах ыраазы болсун) айтымында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактосу болсун) мынтип айткан: "Эгер киши үй-бүлөсүн сооп үмүт кылуу менен каржыласа, анын каржысы садака болуп эсептелет".</t>
+    <t>Абу Масуъддун (Аллах андан ыраазы болсун) риваятында, пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгер киши үй-бүлөсүн сооп үмүт кылуу менен каржыласа, анын каржысы садака болуп эсептелет".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эгер эркек киши каржылай турган үй-бүлөсүн, аялын, ата-энесин, балдарын ж.б. каржыласа, ал муну менен Аллахка жакындарын, анын бергенине садака бергендин сообу берилерин кабарлаган.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Үй-бүлөсүн каржылоо менен сооп-сыйлыкка да жетүүгө болот.
 Ыймандуу адам кайсы ишинде Аллахтын ыраазылыгын көздөсө, ошол ишинде сооп болот.
 Бардык иштерде ниетти түздөө зарыл, ушул иштердин бири үй-бүлөсүн каржылап жаткан учур.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6460</t>
   </si>
   <si>
     <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>Ыйман жетимиш канча, же алтымыш канча бутактан турат. Анын эң бийиги "Лаа илааха иллаллоох" сөзү, эң төмөнү жолдон зыяндуу нерсени алып таштоо</t>
@@ -12131,94 +12127,94 @@
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Ыймандын биринен бири өйдө болгон даражалары бар.
 Ыйман - бул тилде, амалда жана жүрөктө болот.
 Аллах Тааладан уялуу деген - ал Сени тыйган жерде Аллах сени көрбөстүгү, сага буйруган иште Ал сени жоготпостугу.
 Сандардын айтылуусу ушунча санда деген маани эмес, бул жөн эле ыйман амалдарынын көптүгүн билдирет. Арабтарда кайсы бир нерсеге санды айтышса, андан башка санды жокко чыгарбайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6468</t>
   </si>
   <si>
     <t>ما من صاحب ذهب ولا فضة، لا يؤدي منها حقها، إلا إذا كان يوم القيامة، صفحت له صفائح من نار</t>
   </si>
   <si>
     <t>Алтыны жана күмүшү бар адам, ал экөөнүн акысын бербесе, кыямат күнү болгондо, алтын-күмүшү оттон болгон тактайчага айланат</t>
   </si>
   <si>
     <t>عَنْ أَبي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ، فَأُحْمِيَ عَلَيْهَا فِي نَارِ جَهَنَّمَ، فَيُكْوَى بِهَا جَنْبُهُ وَجَبِينُهُ وَظَهْرُهُ، كُلَّمَا بَرَدَتْ أُعِيدَتْ لَهُ، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ، إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْإِبِلُ؟ قَالَ: «وَلَا صَاحِبُ إِبِلٍ لَا يُؤَدِّي مِنْهَا حَقَّهَا، وَمِنْ حَقِّهَا حَلَبُهَا يَوْمَ وِرْدِهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، أَوْفَرَ مَا كَانَتْ، لَا يَفْقِدُ مِنْهَا فَصِيلًا وَاحِدًا، تَطَؤُهُ بِأَخْفَافِهَا وَتَعَضُّهُ بِأَفْوَاهِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْبَقَرُ وَالْغَنَمُ؟ قَالَ: «وَلَا صَاحِبُ بَقَرٍ، وَلَا غَنَمٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، لَا يَفْقِدُ مِنْهَا شَيْئًا، لَيْسَ فِيهَا عَقْصَاءُ، وَلَا جَلْحَاءُ، وَلَا عَضْبَاءُ تَنْطَحُهُ بِقُرُونِهَا وَتَطَؤُهُ بِأَظْلَافِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْخَيْلُ؟ قَالَ: «الْخَيْلُ ثَلَاثَةٌ: هِيَ لِرَجُلٍ وِزْرٌ، وَهِيَ لِرَجُلٍ سِتْرٌ، وَهِيَ لِرَجُلٍ أَجْرٌ، فَأَمَّا الَّتِي هِيَ لَهُ وِزْرٌ، فَرَجُلٌ رَبَطَهَا رِيَاءً وَفَخْرًا وَنِوَاءً عَلَى أَهْلِ الْإِسْلَامِ، فَهِيَ لَهُ وِزْرٌ، وَأَمَّا الَّتِي هِيَ لَهُ سِتْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ، ثُمَّ لَمْ يَنْسَ حَقَّ اللهِ فِي ظُهُورِهَا وَلَا رِقَابِهَا، فَهِيَ لَهُ سِتْرٌ وَأَمَّا الَّتِي هِيَ لَهُ أَجْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ لِأَهْلِ الْإِسْلَامِ، فِي مَرْجٍ وَرَوْضَةٍ، فَمَا أَكَلَتْ مِنْ ذَلِكَ الْمَرْجِ، أَوِ الرَّوْضَةِ مِنْ شَيْءٍ، إِلَّا كُتِبَ لَهُ، عَدَدَ مَا أَكَلَتْ حَسَنَاتٌ، وَكُتِبَ لَهُ، عَدَدَ أَرْوَاثِهَا وَأَبْوَالِهَا، حَسَنَاتٌ، وَلَا تَقْطَعُ طِوَلَهَا فَاسْتَنَّتْ شَرَفًا، أَوْ شَرَفَيْنِ، إِلَّا كَتَبَ اللهُ لَهُ عَدَدَ آثَارِهَا وَأَرْوَاثِهَا حَسَنَاتٍ، وَلَا مَرَّ بِهَا صَاحِبُهَا عَلَى نَهْرٍ، فَشَرِبَتْ مِنْهُ وَلَا يُرِيدُ أَنْ يَسْقِيَهَا، إِلَّا كَتَبَ اللهُ لَهُ، عَدَدَ مَا شَرِبَتْ، حَسَنَاتٍ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْحُمُرُ؟ قَالَ: «مَا أُنْزِلَ عَلَيَّ فِي الْحُمُرِ شَيْءٌ، إِلَّا هَذِهِ الْآيَةَ الْفَاذَّةُ الْجَامِعَةُ»: {فَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ خَيْرًا يَرَهُ، وَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ شَرًّا يَرَهُ} [الزلزلة: 8].</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Алтыны жана күмүшү бар адам, ал экөөнүн акысын бербесе, кыямат күнү болгондо, алтын-күмүшү оттон болгон тактайчага айланат  жана ал отко кызытылат, анан аны менен ээсинин капталына, бешенесине жана артына үтүктөлүп белги салынат. Ал муздаган сайын кайра кайталанып турат. Бул күндүн узактыгы элүү миң жылга тете болот. Ошентип качан адамдарга өкүм чыгып, бара турган жерин же бейишти, же тозокту көргөнгө чейин азапталат".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Алтыны жана күмүшү бар адам, ал экөөнүн акысын бербесе, кыямат күнү болгондо, алтын-күмүшү оттон болгон тактайчага айланат  жана ал отко кызытылат, анан аны менен ээсинин капталына, бешенесине жана артына үтүктөлүп белги салынат. Ал муздаган сайын кайра кайталанып турат. Бул күндүн узактыгы элүү миң жылга тете болот. Ошентип качан адамдарга өкүм чыгып, бара турган жерин же бейишти, же тозокту көргөнгө чейин азапталат". Бирөө: О Аллахтын элчиси, төөсү болсочу? - деп сурады. Ал: "Төөсү бар адам анын акысын бербесе, анын бир акысы сууга келгенде саап (сүтүнөн муктаждарга берүү), кыямат күнү болгондо, кенен, жайык жерге жүз төмөн ташталат да, бир ботосу да калбай келип, буттары менен ээсин тебелеп, тиштери менен тиштеп өтөт. Эң акыркысы тебелеп өткөндөн кийин, биринчиси кайра тебелей баштайт. Бул күндүн узактыгы элүү миң жылга тете болот. Ошентип качан адамдарга өкүм чыгып, бара турган жерин же бейишти, же тозокту көргөнгө чейин азапталат". - деди. Дагы бирөө: О Аллахтын элчиси, ую жана кою бар кишичи? -деп сурады. Ал: "Ую жана кою бар киши алардын акысын бербесе, кыямат күнү болгондо кенен жерге жүз төмөн жаткырылып, бири калбай баары келип, баарынын мүйүзү түптүз, эч бири мүйүзү жок токол же мүйүзү сынык эмес, баары мүйүздүү болуп, мүйүзү менен жерге таптап сүзүп, туягы менен жерге ныгыра басып өтөт. Алардын эң акыркысы өтүп бүткөндө биринчиси келип сүзүп, тебелей баштайт. Бул күндүн узактыгы элүү миң жылга тете болот. Ошентип качан адамдарга өкүм чыгып, бара турган жерин же бейишти, же тозокту көргөнгө чейин азапталат". - деди. Дагы бирөө: О Аллахтын элчиси, аты бар кишичи? - деп сурады. Ал: Ат үч түрдүү болот: бири ээсине күнөө алып келет. Экинчиси ээсине (сурануудан тоскон) көшөгө болот. Үчүнчүсү ээсине сооп алып келет. Эми ээсине күнөө алып келгенине кайтсак, ээси ал атты рия үчүн, мактаныч үчүн, же мусулмандарга каршы колдонуу үчүн кармап багат. Ал ага күнөө алып келет. Ал эми көшөгө боло турган атка кайтсак, ээси аны Аллах жолунда багат. Анын акысын берүүнү да унутпайт. Мындай ат ага көшөгө болот. Ал эми сооп алып келүүчү атка келсек, ээси аны Аллах жолунда мусулмандар жихадга минсин үчүн жайытта, бакчада  багат. Анын ал жерлерден жеген чөбү үчүн да сооп жазылат. Анын таштаган тезегине жана заарасына да сооп жазылат. Эгер ал арканын үзүп ой-кырды ашып чуркаса, канча жерди басса ошончо сооп жазылат. Ээси аны дарыядан алып өтүп, аны сугарууну каалабаса деле ал канча суу ичсе ошончо сооп жазылат".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أصنافًا من المال، وجزاء مَن لم يُؤدِّ زكاتها يوم القيامة، ومنها: 
 الأول: الذهب والفضة وما في حكمهما من أموال وعروض تجارة، وهو ما وجبت فيه الزكاة فلم تُؤَدَّ، فإذا كان يوم القيامة صُهِرت وسُكِبت على هيئة الألواح، وأوقد عليها في نار جهنم، وعُذِّب بها صاحبها، فيكوى بها جَنْبُه وجَبْهَتُه وظَهره، كلما بَرَدتْ أُعيد إحماؤها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مِقْدار يومِهِ خمسين ألف سنة، حتى يَحْكُم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثاني: مالك الإبل التي لا يُؤدِّي فَرْض زكاتِها وحقِّها، ومنه حَلْبُها لِمَن يَحْضُرُها من المساكين، فيُؤتَى بهذه الإبل عَظَيمةً سمينةً وأكثر ما كانت في عَدَدِها، ويُبسَط ويُلقى ويُمَدّ لها صاحبُها يوم القيامة على أرض واسعة مستوية، تَطَأَه بأرجلها، وتعضُّه بأسنانها، كلّما مَرَّ عليه آخرُها رُدّ عليه أولُها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثالث: مالك البقر والغنم -من الضّأن والماعِز- التي لا يؤدِّي صاحبها زكاتها المفروضة، فيؤتى بها أَوْفَرَ ما كانت عَدَدًا لا ينقص منها شيء، فيبسط ويُلقى ويُمَدّ لها صاحبها يوم القيامة على أرض واسعة مستوية، ليس فيها مُلْتَوية القَرنين، ولا ما لا قَرْن لها، ولا مكسورة القرن، بل هي على أَكْمَل أوصافِها، فتَنْطَحُه بقرونها، وتطأه بأرجلها، كلما مر عليه آخرها رد عليه أولها، 
 ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الرابع: مقتني الخيل، وهو على ثلاثة أصناف: 
 الأول: هي له وِزْر، وهو من اتَّخَذَهَا رياءً وفخرًا وحربًا على أهل الإسلام. 
 الثاني: هي له سِتْر، وهو من اتخذها للجهاد في سبيل الله، ثم أحسن إليها فقام بِعَلْفِها وسائر مُؤَنِها، ومنه إِطْراق فَحْلِها. 
 الثالث: هي له أَجْر، وهو مَن اتَّخَذَها للجهاد في سبيل الله لأهل الإسلام، وهي في مَرْجٍ ورَوضة للرَّعْي، فما أَكَلت إلا كُتِب له عَدد ما أكلت حسنات، وكتب له عدد أرواثها وأبوالها حسنات، ولا تقطع طولها، وهو الحِبْل الذي تُربَط فيه، وجَرَت ورَكَضَت في العالي من الأرض؛ إلا كُتب الله له عدد آثارها وأرواثها حسنات، ولا مَرّ بها صاحبُها على نهر فشربت منه ولا يريد أن يسقيها، إلا كتب الله له عدد ما شربت حسنات. 
 ثم سئل صلى الله عليه وسلم عن الحمير أهي مثل الخيل؟ 
 فقال: بأنه لم ينزل فيها تشريع يَخُصُّها إلا هذه الآية القليلة النظير، وهي عامة لجميع الأنواع من طاعة ومعصية؛ وهي قوله تعالى: {فمن يعمل مثقال ذرة خيرًا يره، ومن يعمل مثقال ذرة شرًا يره}. [الزلزلة: 8]، فمن عمل في اقتناء الحمير طاعة رأى ثواب ذلك، وإن عمل معصية رأى عقاب ذلك، وهذا شامل لكل الأعمال.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бир канча малдын түрүн атап, алардын акысын (зекетин) бербеген адамдын кыяматтагы абалы кандай болорун баяндаган. Алар төмөнкүлөр:
 Биринчи: алтын-күмүш жана ушулардын өкүмүндө пайдаланылган соода буюмдары жана акча бирдиктери. Булар зекеттин өлчөмүнө жеткенде ээси зекет бербесе, кыямат күнү отко ээритилип жалпак тактайдын калыбына келтирилет. Анан аны отко кызытылып, ээси ошону менен азапталат. Анын капталдары, бешенеси жана арты үтүктөлөт. Тактай сууган сайын аны кайра кызытып, кайра азапташат. Мындай азап узундугу элүү миң жылга тете болгон кыямат күнү бүткөнчө, Аллах Таала калайыкка өкүм кылып, бейишке кирчүлөр бейишке, тозокко кирчүлөр тозокко киргенге чейин  уланат.
-Экинчи: Төөсүнүн зекетин жана акысын бербеген адам. Төөнүн акысынын бири келген муктаждарга аны саап сүтүн берип туруу да кирет. Кыямат күнү төөлөрү чоң жана семиз болуп, бири калай баары келет. Анан алардын ээсин ээн, тегиз талаага жүз төмөн жаткырып, төөлөр аны тебелеп, тиштеп азаптайт. Биринин артынан бири келип, айланып азаптай беришет. Мындай азап узундугу элүү миң жылга тете болгон кыямат күнү бүткөнчө, Аллах Таала калайыкка өкүм кылып, бейишке кирчүлөр бейишке, тозокко кирчүлөр тозокко киргенге чейин  уланат.
-Үчүнчү: Уй жана кой-эчкисинин зекетин бербеген адам. кыямат күнү булар да бири калбай келет. Анан ээсин ээн, тегиз талаага жүз төмөн жаткырып, баары мүйүздүү, мүйүздөрү түптүз малдар мүйүзү менен сүзүп, туягы менен жерге таптап тебелеп, биринин артынан бири келип азаптай берет. Мындай азап узундугу элүү миң жылга тете болгон кыямат күнү бүткөнчө, Аллах Таала калайыкка өкүм кылып, бейишке кирчүлөр бейишке, тозокко кирчүлөр тозокко киргенге чейин  уланат.
+Экинчи: Төөсүнүн зекетин жана акысын бербеген адам. Төөнүн акысынын бири келген муктаждарга аны саап сүтүн берип туруу да кирет. Кыямат күнү төөлөрү чоң жана семиз болуп, бири калбай баары келет. Анан алардын ээсин ээн, тегиз талаага жүз төмөн жаткырып, төөлөр аны тебелеп, тиштеп азаптайт. Биринин артынан бири келип, айланып азаптай беришет. Мындай азап узундугу элүү миң жылга тете болгон кыямат күнү бүткөнчө, Аллах Таала калайыкка өкүм кылып, бейишке кирчүлөр бейишке, тозокко кирчүлөр тозокко киргенге чейин  уланат.
+Үчүнчү: Уй жана кой-эчкисинин зекетин бербеген адам. Кыямат күнү булар да бири калбай келет. Анан ээсин ээн, тегиз талаага жүз төмөн жаткырып, баары мүйүздүү, мүйүздөрү түптүз малдар мүйүзү менен сүзүп, туягы менен жерге таптап тебелеп, биринин артынан бири келип азаптай берет. Мындай азап узундугу элүү миң жылга тете болгон кыямат күнү бүткөнчө, Аллах Таала калайыкка өкүм кылып, бейишке кирчүлөр бейишке, тозокко кирчүлөр тозокко киргенге чейин  уланат.
 Төртүнчү: жылкы баккан адам. Бул үч түрдүү болот:
 Биринчиси: Бакканы үчүн күнөөкөр болот. Анткени, ал элге көрүнүү, мактаныч жана мусулмандарга каршы согушка колдонуу үчүн баккан.
 Экинчиси: Бакканы үчүн аты ага көшөгө болот. Анткени ал аны Аллах жолунда багып, жем-чөбүн берип караган. Тукум улоо үчүн айгырларды камсыздоо да акылардан болуп эсептелет.
-Үчүнчүсү: Бакканы үчүн сооп алат. Анткени, аны Аллах жолунда жихадга чыгуу үчүн баккан. Ал аттын жайытта же бакчада жеген чөбүнө да жакшылык жазылат. Анын таштаган тезегине жана заарасына да жакшылык жазылат. Эгер арканы үзүлүп дөбө, дөңсөөлөргө чуркап чыкса анын ар бир изине жакшылык жазылат. оп жазылат. Ээси аны дарыядан алып өтүп, аны сугарууну каалабаса деле ал канча суу ичсе ошончо сооп жазылат
+Үчүнчүсү: Бакканы үчүн сооп алат. Анткени, аны Аллах жолунда жихадга чыгуу үчүн баккан. Ал аттын жайытта же бакчада жеген чөбүнө да жакшылык жазылат. Анын таштаган тезегине жана заарасына да жакшылык жазылат. Эгер арканы үзүлүп дөбө, дөңсөөлөргө чуркап чыкса анын ар бир изине жана тезегине жакшылык жазылат. Ээси аны дарыядан алып өтүп, аны сугарууну каалабаса деле ал канча суу ичсе ошончо сооп жазылат.
 Андан кийин пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) үй эшектери тууралуу сурашты.
 Ал мындай деди: Эшек тууралуу эч кандай аян-кабар айтылбады. Бирок жалпы таат жана күнөөлөр тууралуу мындай аят түшкөн: "Кимде-ким кымындын салмагында жакшылык кылса, аны (сыйын) көрөт. Кимде-ким кымындын салмагындай жамандык кылса, аны (жазасын) көрөт" (Зилзала, 8-аят). Ким эшек бакканда аны жакшылыкка пайдаланса, сообун көрөт. Эгер күнөө ишке пайдаланса, анын жаман акыбетин көрөт. Бул аят жалпы иштерге тиешелүү.</t>
   </si>
   <si>
     <t>وجوب إيتاء الزكاة، والوعيد الشديد على منعِها.
 عدم كفر مانع الزكاة تكاسلًا، لكنه على خطر شديد.
 الإنسان يُؤجَر على التفاصيل التي تقع في فعل الطاعة، إذا قصد أصلَها، وإن لم يقصد تلك التفاصيل.
 في المال حقٌّ سِوى الزكاة.
 من الحق في الإبل حَلْبُها لمن يحضرها من المساكين عند موضع شربها الماء؛ ليكون أسهل على المحتاج من قصد المنازل، وأرفق بالماشية، قال ابن بطال: في المال حَقَّان: فرض عين وغيره، فالحَلْب من الحقوق التي هي من مكارم الأخلاق.
 من الحق الواجب في الإبل والبقر والغنم إطراق فحلها إذا طلبت عاريته.
 حكم الحُمُر وكل ما لم يرد به نص: أنه داخل في قوله تعالى: (فمن يعمل مِثقال ذرة خيرًا يَره، ومن يعمل مِثقال ذرة شرًا يره).
 في الآية الترغيب في فعل الخير ولو قليلًا، والترهيب من فعل الشر ولو حقيرًا.</t>
   </si>
   <si>
-    <t>Зекетти өз убагында берүү важыб. Бербеген адамга катуу азап убада кылынган.
+    <t>Зекетти өз убагында берүү важиб. Бербеген адамга катуу азап убада кылынган.
 Жакшы маани бербей зекетин чыгарбай жүргөн адам каапыр деп эсептелбейт, бирок бул өтө коркунутуу.
 Адам  жакшылыктын негизин максат кылса, таат-ибадаттын майда-чүйдөсүнө да сооп жазыла берет. Ал бул майда-чүйдөнү максат кылбаса деле.
 Мал-келде анын зекетинен башка да акылары болот.
 Төөнүн акыларынын бири ал суу ичкени келген ордунда сүтүн саап муктаждарга берүү. Мындай кылуу муктаждар үчүн жеңил, төөлөргө да ыңгайлуу болот. Ибн Баттал минтип айткан: Малдын эки акысы бар: анык парз болгон жана андай болбогон. Сүтүн саап берүү бул анык парз эмес, бирок жакшы ахлакты билдирген акылардан.
-Төө, уй жана койдун важыб болгон акысынын бири эгер талап кылса акысыз уруктандыруу.
+Төө, уй жана койдун важиб болгон акысынын бири эгер талап кылса акысыз уруктандыруу.
 Эшектин өкүмү ж.б. айтылбаган нерселердин баарынын өкүмү "Кимде-ким кымындын салмагындай жакшылык кылса, аны көрөт. Кимде-ким кымындын салмагындай жамандык кылса, аны көрөт" деген аяттын ичинде камтылган.
 Аятта жакшылыкты аз болсо да кылууга үндөө, жамандыкты аз болсо да сактанууга эскертүү бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6611</t>
   </si>
   <si>
     <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
   </si>
   <si>
     <t>Силерден кимиңер болбосун, жакында Аллах Таала аны менен котормочусуз сүйлөшөт</t>
   </si>
   <si>
     <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
   </si>
   <si>
     <t>Адий бин Хаатим (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Силерден кимиңер болбосун, жакында Аллах Таала аны менен котормочусуз сүйлөшөт.Ошондо ал оң тарабына карап жасаган жакшы амалдарын гана көрөт. Сол тарабына карап жасаган жаман иштерин гана көрөт. Алдына карап бет алдында турган жалындуу тозокту көрөт. Ошон үчүн жарты курманы садака кылып болсо да тозоктон сактангыла".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
 فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
 وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
 وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
 ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
   </si>
@@ -12360,105 +12356,105 @@
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: Ким кайсы бир хадистин жалган экенин анык билип туруп, же жалган болуш керек деп күмөнсүрөп туруп, аны пайгамбардын атынан айтып таратса, ал ушул жалгандын таралуусуна шериктеш болуп калат.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Пайгамбардан риваят болгон хадистерге дыкат менен кароо жана аны айтып өткөрүүдөн мурда анын тастыкталганын так билүү зарыл.
 Жалганчы деген сыпат жалганды айткан, башкаларга айтып өткөргөн жана жайылткандардын баарына бирдей айтылат.
 Айтылган "хадис" жалган сөз экенин анык билген же жалган деп күмөн кылган адамга аны башкаларга айтып өткөрүү арам. Бул сөздүн жалган экенин башкаларга эскертүү үчүн гана айтса уруксат.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
     <t>[رواه مسلم في مقدمته]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
-    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү Куран эле" - деди Аиша энебиз</t>
+    <t>Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү Куран эле" - деди Айша энебиз</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
-    <t>Саъд бин Хишам бин Аамир Аиша энебизге (ага Аллах ыраазы болсун) кирип, мындай деди: "О, ыймандуулардын энеси, мага Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөзү тууралуу айтып бериңизчи". Ошондо ал: "Сен Куран окубайсыңбы?" - деп сурады. Ал: "Окуймун" - деди. 
- "Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү Куран эле" - деди Аиша энебиз.</t>
+    <t>Саъд бин Хишам бин Аамир Айша энебизге (Аллах андан ыраазы болсун) кирип, мындай деди: "О, ыймандуулардын энеси, мага Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) кулк-мүнөзү тууралуу айтып бериңизчи". Ошондо ал: "Сен Куран окубайсыңбы?" - деп сурады. Ал: "Окуймун" - деди. 
+ "Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү Куран эле" - деди Айша энебиз.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
-    <t>Ыймандуулардын энеси Аишадан (ага Аллах ырааз болсун) пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү тууралуу суралат. Ал мааниси терең бир сөз менен жооп берет. Суроочунун көңүлүн бардык толук сыпаттарды камтыган Куранга буруп: "Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Курандын ахлагын алган эле" - дейт. Куран эмнеге буйруса аны аткарган, Куран эмнеден тыйса, андан сактанган, мүнөзү ага амал кылуу менен болгон, чектеринен чыккан эмес, адебинен адеп алган, мисалдарынан жана окуяларынан сабак алган.</t>
+    <t>Ыймандуулардын энеси Айшадан (Аллах андан ыраазы болсун) пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү тууралуу суралат. Ал мааниси терең бир сөз менен жооп берет. Суроочунун көңүлүн бардык толук сыпаттарды камтыган Куранга буруп: "Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Курандын ахлагын алган эле" - дейт. Куран эмнеге буйруса аны аткарган, Куран эмнеден тыйса, андан сактанган, мүнөзү ага амал кылуу менен болгон, чектеринен чыккан эмес, адебинен адеп алган, мисалдарынан жана окуяларынан сабак алган.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) Куран ахлактарынан алганынан үлгү алуу зарыл.
 Аллахтын элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мүнөзү мактоого татыктуу, анын ахлагы аян-кабардын маңызынан болчу.
 Куран бардык жакшы ахлактардын башаты.
 Ислам ахлагы буйруктарды аткарып, тыюулардан тыйылуу менен бардык динди ичине камтыйт.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[Муслим узун хадис боюнча жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8265</t>
   </si>
   <si>
     <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>Мээримдүүлөргө Мээримдүү Зат ырайым кылат. Жер жүзүндөгүлөргө ырайым кылгыла, силерге асмандагы Зат ырайым кылат</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
-    <t>Абдулла бин Амр, радияллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Мээримдүүлөргө Мээримдүү Зат ырайым кылат. Жер жүзүндөгүлөргө ырайым кылгыла, силерге асмандагы Зат ырайым кылат".</t>
+    <t>Абдулла бин Амр (Аллах алардан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Мээримдүүлөргө Мээримдүү Зат ырайым кылат. Жер жүзүндөгүлөргө ырайым кылгыла, силерге асмандагы Зат ырайым кылат".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, башкаларга ырайым кылгандарды Мээримдүү Аллах ырайым кылаарын түшүндүрүп жатат. Бардык нерсени камтыган Анын ырайымдуулугу жетиштүү сыйлык.
-Андан кийин Пайгамбар, саллаллаху алейхи уа саллам, жер жүзүндөгү бардык адамдарга, айбанаттарга, канаттууларга жана башка бардык жаратылгандарга ырайым кылууну буйруду. Мунун сообу – асмандардын үстүнөн Аллахтын силерге ырайым кылуусу.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) башкаларга ырайым кылгандарды Мээримдүү Аллах ырайым кылаарын түшүндүрүп жатат. Бардык нерсени камтыган Анын ырайымдуулугу жетиштүү сыйлык.
+Андан кийин Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жер жүзүндөгү бардык адамдарга, айбанаттарга, канаттууларга жана башка бардык жаратылгандарга ырайым кылууну буйруду. Мунун сообу – асмандардын үстүнөн Аллахтын силерге ырайым кылуусу.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Ислам дини мээримдүүлүктүн дини. Ал толугу менен Аллахка ибадат кылууга жана жаратылгандарга жакшылык кылууга негизделген.
 Аллах Таала ырайымдуулук менен сыпатталган. Ал бардык айып-кемчиликтерден Аруу, Мээримдүү, Ырайымдуу жана Өз пенделерине ырайым кылуучу.
 Иш-аракеттердин түрүнө жараша сооп-сыйлык же жаза болот. Ырайымдууларды Аллах ырайымына алат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8289</t>
   </si>
   <si>
     <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
   </si>
   <si>
     <t>мечитке киргенде: "Ауузу биллахил азиим, ва би важхихил карим, ва султанихил кодим, минаш-шайтоонир-рожим</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
   </si>
   <si>
     <t>Абдуллах бин Амир бин Ааас (ал экөөнө Аллах ыраазы болсун) айткан: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун)  мечитке киргенде: "Ауузу биллахил азиим, ва би важхихил карим, ва султанихил кодим, минаш-шайтоонир-рожим" деп айтты. Абдуллах бин Амрдан: Ушинтип эле айтчубу? - деп сурашты. Ал: "Ооба" - деди. Эгер ушинтип айтса, шайтан: "Бул күн бою менден корголду" - деп айтат.</t>
@@ -12878,100 +12874,100 @@
 مدة المسح للمقيم: المسحُ يومًا وليلةً، وللمسافر: ثلاثةَ أيام بلياليها.
 المسح على الخفين يَخْتَصُّ بالحَدَث الأصغر لا الأكبر، أما الحدث الأكبر فلا يجوز المسح معه، بل لابد من خَلْع الخُفّين وغسل القدمين.
 يستحَب الصلاة في الحذاء والخفّ ونحوِهما مخالفةً لليهود وذلك إذا كانت طهارة، وليس فيها أذية للمصلين، أو للمسجد مثل المساجد المفروشة فلا يصل بها.
 المسح على الخفين فيه تيسير وتخفيف على هذه الأُمَّة.</t>
   </si>
   <si>
     <t>Маасыга толук даарат алып кийгенден кийин гана масх тартылат.
 Туруктуу адам үчүн масх тартуунун мөөнөтү бир күн, бир түн. Сапардагы адам үчүн үч күн, үч түн.
 Маасыга масх тартуу кичи дааратка гана тиешелүү, жунубдукка тиешелүү эмес. Ал эми жунубдукта масх тартуу жарабайт, маасыны чечип эки бутту жуу зарыл.
 Жөөттөргө окшобоо үчүн маасы, чокой ж.б.у.с. нерселер менен намаз окуу мустахаб, эгер ала таза болсо жана башка намаз окуучуларга жолтоо болбосо. Ошондой эле килем төшөлгөн мечит болсо, анда чокой менен окууга болбойт.
 Маасыга масх тартуу мусулман үммөтү үчүн берилген жеңилдик.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8392</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахты бардык абалында эстеп зикир кылат эле</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
-    <t>Аиша энебиз (ага Аллах ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахты бардык абалында эстеп зикир кылат эле.</t>
+    <t>Айша энебиз (Аллах андан ыраазы болсун) айтат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахты бардык абалында эстеп зикир кылат эле.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
-    <t>Аиша энебиз (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланы эстеп зикир кылууга аябай куштар экенин айткан. Ал Аллахты бардык жерде, бардык убакта, бардык абалда эстейт эле.</t>
+    <t>Айша энебиз (Аллах андан ыраазы болсун) пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланы эстеп зикир кылууга аябай куштар экенин айткан. Ал Аллахты бардык жерде, бардык убакта, бардык абалда эстейт эле.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Аллахты зикир кылуу үчүн кичине дааратсыздыктан да, чоң дааратсыздыктан да таза болуу шарт эмес.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Тааланы такай, дайыма зикир кылган.
 Пайгамбарыбызды (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчип бардык учурларда Аллахты зикир кылууну көбөйтүү зарыл. Кажет өтөө сыяктуу зикир кылууга тыюу салынган учурларда гана зикир кылууга болбойт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8402</t>
   </si>
   <si>
     <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) кокустан арамга көз салып алуу тууралуу сурадым. Ал көзүмдү дароо буруп кетүүгө буйруду</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
-    <t>Жарир бин Абдуллах (ага Аллах ыраазы болсун) айтат: Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) кокустан арамга көз салып алуу тууралуу сурадым. Ал көзүмдү дароо буруп кетүүгө буйруду.</t>
+    <t>Жарир бин Абдуллах (Аллах андан ыраазы болсун) айтат: Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) кокустан арамга көз салып алуу тууралуу сурадым. Ал көзүмдү дароо буруп кетүүгө буйруду.</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
-    <t>Жарир бин Абдуллах (ага Аллах ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) бөтөн аялга атайлабай, кокустан коз чаптырып алуу тууралуу сурайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындайда дароо башка тарапка жүз буруп кетүү керектигин айтат. Ошондо ага эч кандай күнөө жазылбайт.</t>
+    <t>Жарир бин Абдуллах (Аллах андан ыраазы болсун) пайгамбарыбыздан (ага Аллахтын тынчтыгы жана мактоосу болсун) бөтөн аялга атайлабай, кокустан көз чаптырып алуу тууралуу сурайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындайда дароо башка тарапка жүз буруп кетүү керектигин айтат. Ошондо ага эч кандай күнөө жазылбайт.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
   </si>
   <si>
-    <t>Көздү сактоо ваажыб.
+    <t>Көздү сактоо важиб.
 Кароого тыюу салынган нерсеге кокустан көз түшүп калса, аны көпкө тигилип карап туруп алуудан тыйган.
-Бөтөн аялга тигиле кароонун арамдыгы сахабалардын арасында калыптанган тыюу болгон. Буга Жарир бин Абдуллахтын (ага Аллах ыраазы болсун) пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) бөтөн аялга атайлабастан көз салып алгандын өкүмү атайлап карагандын өкүмүндөйбү деп сураганы далил.
+Бөтөн аялга тигиле кароонун арамдыгы сахабалардын арасында калыптанган тыюу болгон. Буга Жарир бин Абдуллахтын (Аллах андан ыраазы болсун) пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) бөтөн аялга атайлабастан көз салып алгандын өкүмү атайлап карагандын өкүмүндөйбү деп сураганы далил.
 Хадистен шарият адамдардын оңолуусуна кам көрөрүн байкайбыз. Анткени анда бөтөн аялга кароодон тыйып арам кылып жатат. Бөтөн аялга кароо адамдардын дүйнө жашоосуна да, акыретине да зыянын тийгизе турган бузук иш.
 Сахабалар өздөрүнө шек-күмөн жараткан маселе пайда болсо, дароо пайгамбарыбызга барып сурачу. Жалпы карапайым эл шек-күмөндүү иштерди аалымдарга барып сурап билип алуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8902</t>
   </si>
   <si>
     <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>Эки түрдүү адамдар тозоктун тургундары болот, бирок мен аларды көрө элекмин. Биринчиси, колунда уйдун куйругундай чубалган камчысы бар, аны менен адамдарды сабаган коом. Экинчиси, кийимчен жылаңач,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эки түрдүү адамдар тозоктун тургундары болот, бирок мен аларды көрө элекмин. Биринчиси, колунда уйдун куйругундай чубалган камчысы бар, аны менен адамдарды сабаган коом. Экинчиси, кийимчен жылаңач,  эркектерди өздөрүнө тарткан жана башкаларды да ушундай болууга кызыктырган, башына түйгөн чачтары төөнүн өркөчүндөй чайпалган аялдар. Мына ушулар бейишке кирбейт жана бейиштин жытын да жыттабайт. Ал эми бейиштин жыты канча-канча аралыкка буркурап турат".</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
@@ -12989,91 +12985,91 @@
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>Кылган кылмышы, тарткан жазасы жок эле адамдарды уруп, ыза берүү - арам.
 Залимдин зулумдугуна жардам берүү да - арам.
 Аялдарды жасануудан, мүчөлөрдүн бирин жаап, бирин көрсөткөн ачык, тар, аврети жана дене мүчөлөрү анык билинип турган жука кийим кийүүдөн тыйып эскертүү.
 Мусулман аялзатын Аллахтын буйуруктарын бекем кармоого, Аллахты ачууландыра турган жана аны акыретте катуу азапка кириптер кыла турган иштерден алыс болууга үндөө.
 Бул хадис да пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгын далилдеген хадистердин бири. Мында да ал али боло элек иштер тууралуу айткан, ал иштер кийин пайда болгон.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8903</t>
   </si>
   <si>
     <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>Эркек киши эркек кишинин авретине карабайт. Аял киши да аял кишинин авретине карабайт</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
-    <t>Абу Саид ал-Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эркек киши эркек кишинин авретине карабайт. Аял киши да аял кишинин авретине карабайт. Бир эркек киши башка эркек кишини менен, аял киши да башка аял киши менен бир жамынчыга оронуп жылаңачтанып жатпайт".</t>
+    <t>Абу Саид ал-Худри (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эркек киши эркек кишинин авретине карабайт. Аял киши да аял кишинин авретине карабайт. Бир эркек киши башка эркек киши менен, аял киши да башка аял киши менен бир жамынчыга оронуп жылаңачтанып жатпайт".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эркек кишини эркек кишинин авретин кароодон тыйган. Аял кишини аял кишинин авретин кароодон тыйган.
-Аврет: бул ачылып калса уюла турган мүчөлөр. Эркектин аврети киндигинен тизесине чейин. Ал эми аял киши бөтөн эркектин алдында бүт денеси аврет. А, аялдардын жана өзүнө махрам болгон эркектердин алдында адатта үйдө иштеп жүргөн учурда көрүнүүгө уруксат болгон жеринен башка жерлери аврет.
+Аврет: бул ачылып калса уяла турган мүчөлөр. Эркектин аврети киндигинен тизесине чейин. Ал эми аял киши бөтөн эркектин алдында бүт денеси аврет. А, аялдардын жана өзүнө махрам болгон эркектердин алдында адатта үйдө иштеп жүргөн учурда көрүнүүгө уруксат болгон жеринен башка жерлери аврет.
 Ошондой эле пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эркек киши эркек киши менен бир кийимдин же бир жамынчынын астында жылаңачтанган абалда калуусунан тыйган. Аял киши аял киши менен бир кийимдин же бир жамынчынын астында жылаңачтанган абалда калуусунан тыйган. Анткени, мындайда алар бири-биринин авретине кол тийгизип алуусу мүмкүн. Авретти кармоо, аны кароодой эле тыюу салынган арам иш. Балким, кармоо кароого караганда катуурак тыйылган, анткени бул чоң бузукулукка түртөт.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Күйөөсүнөн жана аялынан башканын авретин кароого тыюу салынат.
 Ислам дини коомдун тазалыгына жана бузук ишке алып бара турган бардык эшиктерди жабууга кызыкдар.
 Дарылоо сыяктуу зарыл учурларда авретти кумарланбастан кароого уруксат.
 Мусулман адам өзүнүн авретин жабууга жана башкалардын авретинен көзүн сактоого буйрулган.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) эркек эркектин, аял аялдын деп өз-өзүнчө айтканы, булар бири-бирине кароого жана авреттерин ачык коюуга көп маани беришпейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8904</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) көкүл коюудан тыйган</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
-    <t>Ибн Умар (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) көкүл коюудан тыйган.</t>
+    <t>Ибн Умар (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) көкүл коюудан тыйган.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) чачтын бир жерин кырып, бир жерин калтырып коюудан тыйган.
 Бул тыюу эркектердин баарына, чоңуна да, кичинесине да тиешелүү. Ал эми аялдарга чачын кырдырууга болбойт.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Ислам шарияты адамдын сырткы көрүнүшүнө да кам көрөт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8914</t>
   </si>
   <si>
     <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>Ал туура чыгып калган сөздү жиндер уурдап келип (көзү ачык) досунун кулагына тоок какылыктагандай какылдайт. Алар болсо ага жүздөн ашык жалганды аралаштырып айтат"-деп айтты</t>
   </si>
   <si>
@@ -13093,57 +13089,57 @@
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жиндер асманда айтылган кабарларды тыңшап угуп келет да көзү ачык досторуна түшүп укканын аларга айтат. Кийин көзү ачык анын асмандан укканына жүз жалганды кошуп жиберет.</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Көзү ачыктарга ишенүүгө болбойт. Кээде туура болгонуна карабай, алардын айтканы жалган жана атайын дайындалган.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгы башталгандан тартып асман кабарлары шайтандардын кулак салып угуп алуусунан сакталган. Кээ бир гана жылдыздын соккусунан аман калып кулак төшөгөндөрү угуусу мүмкүн.
 Жиндер адамдардын арасынан дос тутат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8918</t>
   </si>
   <si>
     <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>Биз Умардын жанында болчубуз, ал: "Биз өзүнө  оорлотуудан тыйылганбыз" - деди</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
-    <t>Анас (ага Аллах ыраазы болсун) айтат: Биз Умардын жанында болчубуз, ал: "Биз өзүнө  оорлотуудан тыйылганбыз" - деди.</t>
+    <t>Анас (Аллах андан ыраазы болсун) айтат: Биз Умардын жанында болчубуз, ал: "Биз өзүнө  оорлотуудан тыйылганбыз" - деди.</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
-    <t>Умар (ага Аллах ыраазы болсун) кабарлайт. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) аларды кажети жок иштерде өзүн кыйноодон тыйган. Бул иш мейли сөзгө тиешелүү болсун, мейли кыймыл-аракетке тиешелүү болсун.</t>
+    <t>Умар (Аллах андан ыраазы болсун) кабарлайт. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) аларды кажети жок иштерде өзүн кыйноодон тыйган. Бул иш мейли сөзгө тиешелүү болсун, мейли кыймыл-аракетке тиешелүү болсун.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Тыюу салынган оорлотууга булар кирет: көп суроо берүү, өзү билбеген нерсеге терең кирүү, Аллах Таала жеңилдик берген ишти оорлотуу ж.б.
 Мусулман адамга өзүн орто алып жүрүү сөздө болобу, иште болобу, бардык абалда тереңдебей жүрүүсү зарыл.
 Ислам - жеңил дин.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/8945</t>
   </si>
   <si>
     <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
     <t>Ит жана сүрөт бар үйгө периштелер кирбейт</t>
   </si>
   <si>
     <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
   </si>
   <si>
     <t>Абу Талха (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ит жана сүрөт бар үйгө периштелер кирбейт".</t>
@@ -13421,51 +13417,51 @@
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Муазды улоосуна учкаштырып алганы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кичи пейил, жөнөкөйлүгүнөн.
 Айта турган сөзүнө жакшы көңүл бурдуруу үчүн Муазга кайра-кайра кайрылганы пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) таалим берүүдөгү мыкты ыкмаларынан.
 Күбөлүк келмесинин шарттарынын бири: Лаа илааха иллаллооху ва анна Мухаммадан расуулуллохи келмесин айтуучу жалгандан эмес, шектенбей, бекем ишеним менен чын жүрөктөн айтышы керек.
 Бир кудайга сыйынуу ишеними менен өткөн адамдар тозокто түбөлүк калбайт. Эгер күнөө себептүү тозокко кирсе да, тазалангандан кийин андан чыгып бейишке кирет.
 Чын жүрөгү менен айткан адамга бул эки күбөлүктүн артыкчылыгы чоң.
 Эгер туура эмес түшүнүктү пайда кыла турган болсо, кээ бир абалдарда хадисти жашырып айтпай турган оң.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10098</t>
   </si>
   <si>
     <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Мусулман адам - башка мусулмандар анын колунан жана тилинен зыян тартпаган адам. Мухажир адам - Аллах тыюу салган нерселерди таштаган адам</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Амрдын (аларга Аллах ыраазы болсун) риваятында пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мусулман адам - башка мусулмандар анын колунан жана тилинен зыян тартпаган адам. Мухажир адам - Аллах тыюу салган нерселерди таштаган адам".</t>
+    <t>Абдуллах бин Амрдын (Аллах андан ыраазы болсун) риваятында пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Мусулман адам - башка мусулмандар анын колунан жана тилинен зыян тартпаган адам. Мухажир адам - Аллах тыюу салган нерселерди таштаган адам".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Исламды толук карманган мусулман адам башка мусулмандар анын тилинен аман болгон адам. Б.а. аларды сөкпөгөн, наалат айтпаган, артынан сүйлөбөгөн жана алардын ортосунда тили менен зыянын тийгизе турган эч бир ишке барбаган адам. Ошондой эле анын колунан да жамандык көргөн эмес, б.а. ал эч кимге өкүм зордук кылган эмес, мал-мүлкүн тартып алган эмес ж.б.у.с. Ал эми мухажир - Аллах арам кылган нерсени таштаган адам.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Исламдын толуктугу - материалдык болобу, маънаваий болобу башкаларга зыян берүүдөн сактануу менен гана болот.
 Тил жана колдун баса белгиленип айтылуусу, бул экөөнүн көп ката кетиргени жана зыян бергени үчүн, чынында жамандыктын көбү тил жана кол менен ишке ашат.
 Күнөөлөрдү таштоого жана Аллахтын буйруктарын бекем кармоого кызыктыруу.
 Мусулмандардын абзели Аллахтын да, пенделердин да укугун сактаганы.
 Душмандык кылуу тил менен да, кол менен да болушу мүмкүн.
 Чыныгы көчүү - Аллах арам кылган нерселерди таштоо.</t>
   </si>
@@ -13489,51 +13485,51 @@
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллах Таала ар бир түнү түндүн акыркы үчүнчү бөлүгү калганда дүйнө асманына түшөрүн баяндаган. Анан дуба кылгандын дубасын кабыл кыларын айтып, пенделерин Ага дуба кылууга үндөйт. Сурагандын сураганын берерин айтып, аларды каалаган нерсесин суроого кызыктырат. Ыймандуу пенделерин кечире тургандыгын айтып, аларды күнөөлөрү үчүн кечирим тилөөгө буйруйт.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Түндүн акыркы үчүнчү бөлүгү жана анда анмаз окуу, дуба кылуу, истигфар айтып кечирим тилөө артыкча сооптуу.
 Бул хадисти уккан адам дубасы кабыл боло турган убактарды текке кетирбөөгө тырышуусу зарыл.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10412</t>
   </si>
   <si>
     <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>Аял киши эки күндүк жолго күйөөсү же махрамы менен гана чыгат</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
-    <t>Абу Саъид ал-Худри (ага Аллах ыраазы болсун), пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге он эки казатка катышкан, ал айтат: Мен Аллахтын элчисинен уккан бул төрт нерсе мени таң калтырды: "Аял киши эки күндүк жолго күйөөсү же махрамы менен гана чыгат . Эки күндө орозо кармоого болбойт: орозо айтта жана курбан айтта. Таңкы намаздан кийин күн чыкканча намаз окууга болбойт, дигерден кийин күн батканча намаз окууга болбойт. Үч гана мечитке атайын сапар кылып барууга болот: Харам мечитине, Акса мечитине жана менин ушул мечитиме (Набави мечитине)".</t>
+    <t>Абу Саъид ал-Худри (Аллах андан ыраазы болсун), пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) менен бирге он эки казатка катышкан, ал айтат: Мен Аллахтын элчисинен уккан бул төрт нерсе мени таң калтырды: "Аял киши эки күндүк жолго күйөөсү же махрамы менен гана чыгат . Эки күндө орозо кармоого болбойт: орозо айтта жана курбан айтта. Таңкы намаздан кийин күн чыкканча намаз окууга болбойт, дигерден кийин күн батканча намаз окууга болбойт. Үч гана мечитке атайын сапар кылып барууга болот: Харам мечитине, Акса мечитине жана менин ушул мечитиме (Набави мечитине)".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төрт ишке тыюу салган:
 Биринчиси: Аял кишини эки күндүк аралыктагы сапарга күйөөсү же махрамы жок баруудан тыйган. Махрам дегени, ага нике жүрбөгөн жакын туугандары, атасы, баласы, ага-инисинин же эже-сиңдисинин баласы, атасы менен бир тууганы, тагасы ж.б.
 Экинчиси: Орозо айт күнү жана Курман айт күнү орозо кармоодон тыйган. Мейли бул күнү кармаган орозосу назири болсун, напил болсун, каффарат болсун, айырмасы жок, кандай орозо болсо да кармоого болбойт.
 Үчүнчүсү: Дигер намазынан кийин күн батканга чейин жана таңкы намаздан кийин күн чыкканга чейин напил намаз окуудан тыйган.
 Бир жерден экинчи жерди абзел деп, же анын жакшылыгы артык деп атайлап сапар кылуудан тыйган. Болгону үч гана мечитке намаз окуу үчүн атайын сапар кылып чыгууга болот. Анткени, сооп ушул үч эле мечитте эселеп көбөйөт. Бул мечиттер: (Меккедеги) Харам мечити, (Мединадагы) Набави мечити, (Палестинадагы) Акса мечити.</t>
   </si>
   <si>
     <t>عَدم جواز سَفر المرأة بلا مَحْرم.
 المرأة ليست محرمًا للمرأة في السَّفر؛ لقوله: "زوجُها أو ذو محرم".
 كلُّ ما يُسمى سفرًا فإن المرأة تُنهى عنه بغير زوج أو مَحرم، وهذا الحديث كان بحسب حال السائل وموطنه.
 مَحْرَم المرأة هو زوجها أو من يحرم عليها الزواج منه بالتأبيد بسببِ قرابةٍ كالأب والابن والعم والخال، أو رضاع كالأب من الرضاع والعم من الرضاع، أو مصاهرة كأبي الزوج، ويكون مسلمًا بالغًا عاقلًا ثقة مأمونًا، فإنَّ المقصود من المحرم حمايةُ المرأة وصيانتُها والقيام بشأنها.
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
@@ -13692,164 +13688,164 @@
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактооосу болсун) намазда эки сажданын ортосунда ушул беш нерсени, мусулман пенде өтө муктаж боло турган, дүйнө жана акыреттин жакшылыктарын ичине камтыган нерселерди сурап дуба кылчу. Биринчи: Күнөөлөрүн кечирүүнү, айып-кемчилигин жашырууну жана ал үчүн жазалабоону. Экинчи: Кенен ырайымын. Үчүнчү: Шектүү иштерден, ышкы-кумардан, оору-сыркоодон сактоону. Төртүнчү: Ак жолду жана ал жолдон адаштырбай алып жүрүүнү. Бешинчи: Ыйман, илим, жакшы амал жана адал ырыскысын берүүнү.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Эки сажданын ортосунда ушул дубаны айтуу шариятта көрсөтүлгөн.
 Дүйнө жана акыреттин жакшылыктарын ичине камтыганы үчүн бул дубанын артыкчылыгы чоң.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10930</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>Аллахумма антас-салам, ва минкас-салам, табааракта зал жалаали вал икрам" деп айтчу</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
-    <t>Савбан (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намаз окуп бүткөндө үч жолу истигфар айтып, анан: "Аллахумма антас-салам, ва минкас-салам, табааракта зал жалаали вал икрам" деп айтчу. Валид айтат: Авзаъийден: Истигфарды кантип айтат? - деп сурасам, ал: Астагфируллох, астагфируллох... деп айтасың - деди.</t>
+    <t>Савбан (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) намаз окуп бүткөндө үч жолу истигфар айтып, анан: "Аллахумма антас-салам, ва минкас-салам, табааракта зал жалаали вал икрам" деп айтчу. Валид айтат: Авзаъийден: Истигфарды кантип айтат? - деп сурасам, ал: Астагфируллох, астагфируллох... деп айтасың - деди.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намазын бүткөндө: "Астагфируллох, астагфируллох, астагфируллох" - деп айткан.
 Андан кийин Аллах Тааланы улуктап: "Аллахумма антас-салам, ва минкас-салам, табааракта зал жалаали вал икрам" - деп айткан. Аллахтын Салам-тынчтык сыпаты толук, бардык айып-кемчиликтерден таза. Анын ушул сыпаты менен Анын Өзүнөн гана дүйнө жана акыреттин жамандыктарынан саламаттыкты сурайт. Аллах Тааланын жакшылыгы эки дүйнөдө тең көп, Ал улуулук жана жакшылыктын ээси.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Намаздан кийин истигфар айтуу жана аны дайыма улантуу жакшы.
 Ибадаттагы жана баш ийүүдөгү кемчиликтерди толтуруу үчүн истигфар айтуу жакшы.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10947</t>
   </si>
   <si>
     <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Кимде-ким ар бир парз намаздан кийин отуз үч жолу Аллахка тасбих айтса, отуз үч жолу алкыш-мактоо айтса, отуз үч жолу такбир айтса, жалпы токсон тогуз болуп, жүзүнчүсүн: "Лаа илаха иллаллааху вахдаху лаа шарикалах, лахул мулку, ва лахул хамду, ва хува алаа кулли шайин кодиир" деп жыйынтыктаса, деңиздин көбүгүндөй көп күнөөсү болсо да кечирилет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким ар бир парз намаздан кийин отуз үч жолу Аллахка тасбих айтса, отуз үч жолу алкыш-мактоо айтса, отуз үч жолу такбир айтса, жалпы токсон тогуз болуп, жүзүнчүсүн: "Лаа илаха иллаллааху вахдаху лаа шарикалах, лахул мулку, ва лахул хамду, ва хува алаа кулли шайин кодиир" деп жыйынтыктаса, деңиздин көбүгүндөй көп күнөөсү болсо да кечирилет".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким ар бир парз намаздан кийин отуз үч жолу Аллахка тасбих айтса, отуз үч жолу алкыш-мактоо айтса, отуз үч жолу такбир айтса, жалпы токсон тогуз болуп, жүзүнчүсүн: "Лаа илаха иллаллааху вахдаху лаа шарикалах, лахул мулку, ва лахул хамду, ва хува алаа кулли шайин кодиир" деп жыйынтыктаса, деңиздин көбүгүндөй көп күнөөсү болсо да кечирилет".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким парз намаздардан кийин төмөнкү зикир-дубаларды айтса:
 Отуз үч жолу "Субханаллаах" десе, бул Аллахты кемчиликсиз деп аруулоо.
 Отуз үч жолу "Алхамду лиллаахи" десе, бул Аллахты жакшы көрүп, аны улуктап айткан алкыш-мактоо.
 Отуз үч жолу "Аллаху Акбар" десе, бул Аллах Таала бардык нерседен Улуу жана Бийик деген сөз.
 Жүзүнчүсүндө: "Лаа илааха иллаллооху вахдаху лаа шарикалах, лахул мулку валахул хамду ва хува аълаа кулли шайин кодиир" деп айтса, бул сөздүн мааниси: Жалгыз, эч шериги жок Аллахтан башка ибадатка татыктуу кудай жок, бир гана Кемчиликсиз Аллах Таала толук мүлктүн ээси, Ага гана улуктоо жана сүйүү менен айтылган алкыш-мактоого ылайык, Андан башка эч ким буга ылайык эмес, Ал бардык нерсеге Кудуреттүү, Ал аткара албай кала турган эч нерсе жок дегенди билдирет.
 Мына ушул сөздөрдү айткан адамдын күнөөлөрү деңиз суусу толкуганда жээкте пайда болгон аппак көбүктөрдөй көп болсо да кечирилет.</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>Парз намаздардан кийин ушул зикирлерди айтуу жакшы.
 Бул зикирлер күнөөлөрдүн кечирилүүсүнө себеп болот.
 Аллах Тааланын улуктугу, ырайымы жана кечирими кенен.
 Бул зикирлер күнөөлөрдүн кечирилүүсүнө себеп болот дегени, майда күнөөлөргө тиешелүү. Ал эми чоң күнөөлөр тообо кылуу менен гана кечирилет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10948</t>
   </si>
   <si>
     <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
     <t>Кимде-ким ар бир парз намазынан кийин "Аят ал-Курси" деген аятты окуп жүрсө, анын бейишке кирүүсүн өлүмү гана тосуп турат</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким ар бир парз намазынан кийин "Аят ал-Курси" деген аятты окуп жүрсө, анын бейишке кирүүсүн өлүмү гана тосуп турат".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде-ким ар бир парз намазынан кийин "Аят ал-Курси" деген аятты окуп жүрсө, анын бейишке кирүүсүн өлүмү гана тосуп турат".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
-    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир парз намаздан кийин "аят ал-Курсини" окуп жүргөн адамды өлүм эле бейиштен тосуп турарын айткан. Бул аят Бакара сүрөөсүнүн ичинде. Ал аятта Аллах минтип айткан: "Аллахтан башка эч бир сыйынууга татыктуу кудай жок. Өзу гана бар. (Ал) - түбөлүк Тирүү, ар нерсени башкарып Туруучу. Аны үргүлөө да, уйку да кармабайт. асмандардагы жана жердегинин баары Аныкы! Анын алдында Анын уруксаты болмоюнча эч ким (эч кимге) шапаат-колдоочулук кыла албайт. Ал алардын (бардык макулуктардын) келечегиндеги жана өтмүшүндөгү нерселерди билет. Ал эми алар болсо, Анын илиминен Ал Өзү каалагандан башка эч нерсени билишпейт. анын курсийи асмандар жана жерден да кенен. Ал экөөнү (асмандар менен жерди) сактап туруу Аны такыр чарчатпайт жана Ал - эн Жогорку жана эн Улук!" (Бакара, 255-аят).</t>
+    <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир парз намаздан кийин "аят ал-Курсини" окуп жүргөн адамды өлүм эле бейиштен тосуп турарын айткан. Бул аят Бакара сүрөөсүнүн ичинде. Ал аятта Аллах минтип айткан: "Аллахтан башка эч бир сыйынууга татыктуу кудай жок. Өзу гана бар. (Ал) - түбөлүк Тирүү, ар нерсени башкарып Туруучу. Аны үргүлөө да, уйку да кармабайт. Асмандардагы жана жердегинин баары Аныкы! Анын алдында Анын уруксаты болмоюнча эч ким (эч кимге) шапаат-колдоочулук кыла албайт. Ал алардын (бардык макулуктардын) келечегиндеги жана өтмүшүндөгү нерселерди билет. Ал эми алар болсо, Анын илиминен Ал Өзү каалагандан башка эч нерсени билишпейт. Анын курсийи асмандар жана жерден да кенен. Ал экөөнү (асмандар менен жерди) сактап туруу Аны такыр чарчатпайт жана Ал - эн Жогорку жана эн Улук!" (Бакара, 255-аят).</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Бул аятта Аллах Тааланын көркөм ысымдары, улуу сыпаттары айтылгандыктан, аяттын артыкчылыгы да көп.
 Ар бир парз намаздан кийин бул аятты окуу жакшы.
 Жакшы амалдар - бейишке кирүүгө себеп болот.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
     <t>[رواه النسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Туруп оку, эгер анте албасаң, анда отуруп оку. Эгер анте да албасаң, анда жатып оку" - деди</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
-    <t>Имран бин Хусайн (ага Аллах ыраазы болсун) айтат: Менин гемморой оруу бар эле. Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды кантип окуу тууралуу сурасам, ал: "Туруп оку, эгер анте албасаң, анда отуруп оку. Эгер анте да албасаң, анда жатып оку" - деди.</t>
+    <t>Имран бин Хусайн (Аллах андан ыраазы болсун) айтат: Менин гемморой оруум бар эле. Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды кантип окуу тууралуу сурасам, ал: "Туруп оку, эгер анте албасаң, анда отуруп оку. Эгер анте да албасаң, анда жатып оку" - деди.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) намазды негизи туруп окуу керектигин баяндаган. А эгер туруп окууга мүмкүнчүлүгү чектелген абал болсо, анда отуруп окуса болот. А эгер отуруп окууга да алы келбесе, анда жатып окуса жарай турганын кабарлады.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Адамдын акылы жайында турган учурда намаз анын моюнунан түшүп калбайт, мүмкүнчүлүгүнө жараша абалдан абалга өтүп намазын окушу керек.
 Пенденин ибадатты мүмкүнчүлүгүнө жараша аткарганы - Исламдын жеңил жана кечирим дин экендигин кабарлайт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/10951</t>
   </si>
   <si>
     <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
   </si>
   <si>
     <t>Менин сахабаларыма тил тийгизбегиле! Силерден бирөөңөр Ухуд тоосундай каржы берсе, анысы сахабаларымдын бир кочуш же анын жарымындай каржысына татыбайт</t>
   </si>
   <si>
@@ -13897,51 +13893,51 @@
 Хадисти айткан сахаба Тамим ад-Даари (Аллах андан ыраазы болсун) Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айткан бул кабарды турмушта өзүнүн жакындарынан көргөнүн айтат. Жакындарынын арасынан кимиси динди кабыл кылса, ал жакшылыкка жетип, кадыр-барктуу болуп ызатка ээ болду. Ал эми динди кабыл кылбагандары кор болушту. Анткени, алар салык катары мусулмандарга мал-мүлкүнөн төлөп жашашкан.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Хадисте мусулмандарга чоң сүйүнчү кабар: жакын арада алардын дини бүт ааламга жайылары айтылган.
 Ызаттуулук Исламда жана мусулмандарда. Кордук баш ийбестикте жана каапырлыкта.
 Бул хадис пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) пайгамбарлыгына анык далил. Анткени, анын алдын ала айтканы ишке ашты.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11220</t>
   </si>
   <si>
     <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>Эгерде силерден бирөөңөр намаз окуп жатып үч рекетпи же төрт рекетпи окуганын билбей шектенип калса, шектенип турганын эмес, анык болуп турганын улантып окуй берсин. Анан намаздын акырында салам берүүдөн мурда эки жолу сажда кылсын</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
-    <t>Абу Саид ал-Худри (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде силерден бирөөңөр намаз окуп жатып үч рекетпи же төрт рекетпи окуганын билбей шектенип калса, шектенип турганын эмес, анык болуп турганын улантып окуй берсин. Анан намаздын акырында салам берүүдөн мурда эки жолу сажда кылсын. Эгер беш рекет кылып бир рекет ашыкча окуп алса, ошол эки сажда менен ал жуп болуп калат. А эгер төрт рекет болуп намаз так болуп калса, анда эки сажда шайтанга сокку болот".</t>
+    <t>Абу Саид ал-Худри (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Эгерде силерден бирөөңөр намаз окуп жатып үч рекетпи же төрт рекетпи окуганын билбей шектенип калса, шектенип турганын эмес, анык болуп турганын улантып окуй берсин. Анан намаздын акырында салам берүүдөн мурда эки жолу сажда кылсын. Эгер беш рекет кылып бир рекет ашыкча окуп алса, ошол эки сажда менен ал жуп болуп калат. А эгер төрт рекет болуп намаз так болуп калса, анда эки сажда шайтанга сокку болот".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) эгер намаз окуп жаткан адам үчүнчү рекетти окудумбу же төртүнчү рекетти окудумбу деп эки анжы ойдо калса, күмөнсүрөп жатканын, тагыраагы төртүнчү рекет деген оюн таштап, анык болгон үчүнчү рекетти окудум деген ойго токтоп, анан дагы бир рекет кошуп окусун, акырында кошумча эки сажда кылсын деп айткан.
 Эгер төртүнчү рекетти окуган болсо, анда кошуп окуган рекети бешинчи болуп, бир рекет ашыкча болот. Анын артынан аткарылган кошумча эки сажда бир рекет намаздын ордуна эсептелип, намазы алты рекет б.а. так эмес, жуп намаз болуп жарактуу болот. Эгерде кошумча окуган бир рекети менен биригип намазы төрт рекет болсо, анда ашык-кеми жок төрт ирекет намазын окуган болот.
 Ал эми намаздын соңундагы эки кошумча саждасы шайтанды кор кылып, аны максатынан куру калтырган курал болот. Анткени, шайтан пендени намаздан алагды кылды, намазын бузууга аракет кылды, бирок пенде Аллахтын буйругун аткарып, убагында Ибилис Адамга сажда кылбай күнөөкөр болгон эки сажданы аткарып намазын кайра оңдоп алды.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Намаз окуп жаткан адам канчанчы рекетти окуп жатканын билбей эки анжы болуп калса, шектүүнү таштап, шеги жокту б.а. рекеттин азын алып, намазын уланта берет. Акырында салам бербей туруп, эки жолу кошумча сажда кылат.
 Бул эки сажда намазды өз калыбына келтирүүнүн жолу жана шайтанды кор кылып, максатынан алыстатуу.
 Хадисте айтылып жаткан шек бул эч кандай аныктыгы жок эки анжылыкка тиешелүү. А эгер шек пайда болуп бирок аныктык басымдуулук кылып турса, анда басымдуу болгонун аткара берет.
 Шарият буйруктарын аткаруу менен шайтандын васваса азгырыгын кубалоого болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/11231</t>
@@ -14092,206 +14088,206 @@
 Акырында Аллахтын ыраазылыгын издеп, Анын буйругун аткарып, тыюусунан тыйыла турган такыбалыкка буйруган үч аят менен жыйынтыктаган. Аятта мындай жакшы амалдарды жасап, жакшы сөздөрдү айткандардын сыйлыгы - күнөөнүн кечирилүүсү, жамандыктардын өчүрүлүүсү, бул дүйнөдө жакшы, таза жашоо, кыяматта болсо утугу бейиш болот.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Нике, жума, ж.б. кутпаларды ушул сөздөр менен баштоо жакшы.
 Кутпа алкыш-мактоону, келмелерди жана кээ бир Куран аяттарын ичине камтышы керек.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабаларына алар динде эмнени билүүгө муктаж болсо ошону үйрөткөн.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Валий (4) болбосо нике болбойт</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
-    <t>Абу Муса, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Валий (4) болбосо нике болбойт".</t>
+    <t>Абу Муса (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Валий (4) болбосо нике болбойт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, аялдын никесинде валий жок болсо никеси жараксыз экенин баяндады.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) аялдын никесинде валий жок болсо никеси жараксыз экенин баяндады.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Валийдин никеде болушу никенин жарактуу болушунун шарты болуп саналат. Ошондуктан эгерде аялдын валийи жок болсо, же аял өзү эле нике кыйдырып алса, анда никеси жарабайт.
 Валий аялга эң жакын эркек туугандарынан болот. Ошондуктан аялдын жакын туугандарынан болгон валийи бар болсо, анда алыс туугандарынан болгон валийи аны никелеп турмушка бере албайт.
 Валий болуунун шарттары: валий шарият өкүмдөрүн аткара алышы, эркек киши болуусу, никенин жол-жобосун айырмалап билүүсү жана аял менен валийдин дини бир болушу керек. Кимде-ким бул сапаттар менен мүнөздөлбөсө, анда никеде валий болууга жарактуу эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58066</t>
   </si>
   <si>
     <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
-    <t>"Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, кол астындагы бала элем. (Тамактанууда) колум табактын ар тарабына кетет эле. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, мага: "Эй, бала! Бисмиллах" - деп, Аллахтын атын ата. Оң колуң менен жана өз алдыңдан жегин!" – деп айтты. Мен ошондон бери (Аллахтын Элчиси үйрөткөндөй) тамактанам".*@</t>
+    <t>"Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) кол астындагы бала элем. (Тамактанууда) колум табактын ар тарабына кетет эле. Ошондо Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мага: "Эй, бала! Бисмиллах" - деп, Аллахтын атын ата. Оң колуң менен жана өз алдыңдан жегин!" – деп айтты. Мен ошондон бери (Аллахтын Элчиси үйрөткөндөй) тамактанам".*@</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
-    <t>Умар бин Абу Салама, радыяллаху анху, риваят кылып мындай деп айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, кол астындагы бала элем. (Тамактанууда) колум табактын ар тарабына кетет эле. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, мага: "Эй, бала! Бисмиллах" - деп, Аллахтын атын ата. Оң колуң менен жана өз алдыңдан жегин!" – деп айтты. Мен ошондон бери (Аллахтын Элчиси үйрөткөндөй) тамактанам".</t>
+    <t>Умар бин Абу Салама (Аллах андан ыраазы болсун) риваят кылып мындай деп айтты: "Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) кол астындагы бала элем. (Тамактанууда) колум табактын ар тарабына кетет эле. Ошондо Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мага: "Эй, бала! Бисмиллах" - деп, Аллахтын атын ата. Оң колуң менен жана өз алдыңдан жегин!" – деп айтты. Мен ошондон бери (Аллахтын Элчиси үйрөткөндөй) тамактанам".</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
-    <t>Умар бин Аби Салама, радыяллаху анхума, Пайгамбар, саллаллаху алейхи уа салламдын, аялы Умму Саламанын уулу, мындай деп кабарлап жатат. Ал Пайгамбар, саллаллаху алейхи уа салламдын, тарбиясында жана камкордугунда болгон. Ал тамак ичип жаткан учурда тамакты алуу үчүн колун идиштин ар тарабына сунчу. Пайгамбар, саллаллаху алейхи уа саллам, ага тамактануунун үч эрежесин үйрөттү.
+    <t>Умар бин Аби Салама (Аллах алардан ыраазы болсун) Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) аялы Умму Саламанын уулу, мындай деп кабарлап жатат. Ал Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) тарбиясында жана камкордугунда болгон. Ал тамак ичип жаткан учурда тамакты алуу үчүн колун идиштин ар тарабына сунчу. Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ага тамактануунун үч эрежесин үйрөттү.
 Биринчиси: Тамактанып баштаганда "бисмиллах" деп айтуу.
 Экинчиси: оң кол менен тамактануу.
 Үчүнчүсү: Өзүнө жакын тараптан тамактануу.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>Жеп-ичүүнүн адептеринин бири – башында "бисмиллах" деп айтуу.
 Өзгөчө кароосунда болгон эркек балдарга адептерди үйрөтүү.
-Пайгамбар, саллаллаху алейхи уа саллам, жаш өспүрүмдөрдү тарбиялоодо жана аларга адептерди үйрөтүүдө боорукер жана кең пейил болгон.
+Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жаш өспүрүмдөрдү тарбиялоодо жана аларга адептерди үйрөтүүдө боорукер жана кең пейил болгон.
 Тамак-аштын адептеринин бири – адам тамак-ашты өз алдынан алуу. Эгерде дасторкондо ар түрдүү нерселер болсо, анда андан каалагандай алса болот.
-Сахабалар Пайгамбар, саллаллаху алейхи уа салламдын, үйрөткөн адептерин бекем кармашкан. Муну Умар, радыяллаху анхунун: "Мен ошондон бери (Аллахтын Элчиси үйрөткөндөй) тамактанам" - деген сөзүнөн билүүгө болот.</t>
+Сахабалар Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) үйрөткөн адептерин бекем кармашкан. Муну Умардын (Аллах андан ыраазы болсун) : "Мен ошондон бери (Аллахтын Элчиси үйрөткөндөй) тамактанам" - деген сөзүнөн билүүгө болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58120</t>
   </si>
   <si>
     <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>Силерден бирөө тамактанса оң колу менен жесин, ичкенде оң колу менен ичсин. Анткени шайтан сол колу менен жейт жана сол колу менен ичет</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
-    <t>Ибн Умар, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Силерден бирөө тамактанса оң колу менен жесин, ичкенде оң колу менен ичсин. Анткени шайтан сол колу менен жейт жана сол колу менен ичет".</t>
+    <t>Ибн Умар (Аллах алардан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Силерден бирөө тамактанса оң колу менен жесин, ичкенде оң колу менен ичсин. Анткени шайтан сол колу менен жейт жана сол колу менен ичет".</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мусулманга оң колу менен жеп-ичүүнү буйруп, сол колу менен жеп-ичүүдөн тыйып жатат. Себеби шайтан сол колу менен ичип-жейт.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мусулманга оң колу менен жеп-ичүүнү буйруп, сол колу менен жеп-ичүүдөн тыйып жатат. Себеби шайтан сол колу менен ичип-жейт.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Сол кол менен ичип-жеш менен шайтанга окшошууга тыюу салынат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58122</t>
   </si>
   <si>
     <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>Аллах Таала менин үммөтүмдүн ой-санаасына келген, бирок аткарбаган жана эч кимге айтпаган күнөөлөрүн кечирет</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таала менин үммөтүмдүн ой-санаасына келген, бирок аткарбаган жана эч кимге айтпаган күнөөлөрүн кечирет".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Таала менин үммөтүмдүн ой-санаасына келген, бирок аткарбаган жана эч кимге айтпаган күнөөлөрүн кечирет".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: мусулман адам напсисине келген жаман ойду ишке ашырбаса жана эч кимге айтпаса, ал үчүн жазаланбайт. Аллах Таала аны кечирет. Мухаммад пайгамбардын үммөтүнөн эч ким кыялына келген жаман ишти аткарууда эки анжы болуп, аны аткарууга толук бел байламайынча ага жооп бербейт. Эгер жүрөгү менен текеберликке, менменсинүүгө, эки жүздүүлүккө же кайсы бир дене мүчөсү менен күнөө кылууга толук чечим кылса же тили менен айтса, анда анысына жооп берет.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
   <si>
     <t>Аллах Таала мусулмандын кыялына келген жаман пикир, туура эмес ойлорду кечирет.
 Эгер адам талакты пикир кылса, кыялына келтирсе, бирок аны айтпаса жана жазып бербесе, бул талак болуп эсептелбейт.
 Кыялына келген иш канчалык чоң күнөө иш болсо да эгер аны ишке ашырууга бел байлабаса, аткарбаса жана айтпаса, ал үчүн күнөөкөр болбойт.
 Мурдагы үммөттөрдөн айырмаланып, Мухаммад пайгамбардын үммөтүнүн кыялындагы иш үчүн айыпталбаганы, бул үммөттүн артыкчылыгын билдирет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58144</t>
   </si>
   <si>
     <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
   </si>
   <si>
     <t>Үч түрдүү адамдан калем көтөрүлгөн (б.а. күнөө жазылбайт): уктап жаткан киши ойгонгонго чейин. Жаш бала балакат курагына жеткенге чейин. Акылынан айныган адам акылына келгенге чейин</t>
   </si>
   <si>
     <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
   </si>
   <si>
-    <t>Али (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Үч түрдүү адамдан калем көтөрүлгөн (б.а. күнөө жазылбайт): уктап жаткан киши ойгонгонго чейин. Жаш бала балакат курагына жеткенге чейин. Акылынан айныган адам акылына келгенге чейин".</t>
+    <t>Али (Аллах андан ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Үч түрдүү адамдан калем көтөрүлгөн (б.а. күнөө жазылбайт): уктап жаткан киши ойгонгонго чейин. Жаш бала балакат курагына жеткенге чейин. Акылынан айныган адам акылына келгенге чейин".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
 الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
 وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
 وعن النائم حتى يَستيقظَ.
 فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төмөнкү үч түрдүү адамдан башкаларына жоопкерчилик жүктөлөрүн айткан:
 Жаш бала чоңоюп, балакат курагына жеткенге чейин.
 Акылынан айнып жинди болуп калган адам кайра акылына келгенге чейин.
 Уктап жаткан адам ойгонгонго чейин.
 Булардан жоопкерчилик алынган. Булардын кылган күнөөсү жазылбайт. Бирок жаш баланын жакшы иштеринин сообу жазылат. Жинди болгон адам менен уктап жаткан адамга жакшы иштеринин сообу да жазылбайт. Анткени, өздөрү эмне кылып жатканын билбегендиктен, алар ибадаттары кабыл болбой турган адамдар болуп эсептелет.</t>
   </si>
   <si>
     <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
 عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
 للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
 قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
   </si>
   <si>
-    <t>Инсан аны уйку баскан учурда ибадат кылууга жараксыз болот. Же жашы кичүү мезгилинде жараксыз болот. Же акылынан тайып жинди болуп калган учурда жараксыз болот. Аллах Таала Өзүнүн адилеттүүлүгү жана ырайымдуулугу менен ушул үч учурда инсандын жасаган күнөө иштерин кечирип жиберет.
+    <t>Инсан аны уйку баскан учурда ибадат кылууга жараксыз болот. Же жашы кичүү мезгилинде жараксыз болот. Же акылынан айнып жинди болуп калган учурда жараксыз болот. Аллах Таала Өзүнүн адилеттүүлүгү жана ырайымдуулугу менен ушул үч учурда инсандын жасаган күнөө иштерин кечирип жиберет.
 Аларга күнөөнүн жазылбоосу аларга тиешелүү кээ бир дүнүйөлүк өкүмдөргө каршы келбейт. Мисалы жинди адам бирөөнү өлтүрүп койсо, ага өч алуу да, акы-төлөм да болбойт. Эгер акылы төп болсо, кун (дият) берилмек.
 Балакат жаш курагына жеткендин үч белгиси бар: түшүркөп же башка себеп менен уруктук суунун түшүүсү. Же аврат жерлерге түктөрдүн чыгуусу. Же он беш жашка толуусу. Ал эми аялзатына төртүнчү белги: айыздын келүүсү кошулат.
 Ас-Субки минтип айткан: "Сабий-жаш бала дегени, гулам деп айтылат". Дагы бирөөлөр минтип айткан: "Эненин ичиндеги бала жанин (түйүлдүк) деп аталат. Төрөлгөндө сабий (бөбөк) деп аталат. Эмчектен чыккандан баштап жети жашка чейин гулам (тестиер) деп аталат. Он жашка чейин йафиъ (жеткинчек) деп аталат. Он беш жашка чейин хазур (өспүрүм) деп аталат". Ас-Суйути болсо: "Ушул курактардын баарында баланы гулам деп атайт" деген.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58148</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Кимде-ким (башчыларга) баш ийүүсүнөн тайып, жамааттан бөлүнүп өлсө, ал жахилияттын өлүмү менен өлөт. Ким сокур желектин астында согушса, уруусу же улуту үчүн өзгөчө катуу берилип ачууланса, же улутчулдукка чакырса, же аларга жардам берип жүрүп өлсө, анда жахилият өлүмү менен өлөт. Ким менин үммөтүмө каршы чыкса, салихине да, бузукусуна да сокку урса жана ыймандууларды (өлтүрүү азабынан) коркпосо жана берилген убаданы аткарбаса, анда ал менден эмес жана мен андан эмесмин</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Кимде-ким (башчыларга) баш ийүүсүнөн тайып, жамааттан бөлүнүп өлсө, ал жахилияттын өлүмү менен өлөт. Ким сокур желектин астында согушса, уруусу же улуту үчүн өзгөчө катуу берилип ачууланса, же улутчулдукка чакырса, же аларга жардам берип жүрүп өлсө, анда жахилият өлүмү менен өлөт. Ким менин үммөтүмө каршы чыкса, салихине да, бузукусуна да сокку урса жана ыймандууларды (өлтүрүү азабынан) коркпосо жана берилген убаданы аткарбаса, анда ал менден эмес жана мен андан эмесмин".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
@@ -14379,170 +14375,170 @@
   </si>
   <si>
     <t>Кылган күнөөсүн жашырууга жана Раббиси экөөнүн ортосунда болгон күнөөгө дароо тообо кылууга үндөө.
 Эгер жазалар башчыга жетсе, анда жазаны берүү зарыл болуп калат.
 Күнөөдөн сактануу жана тообого шашылуу важыб.</t>
   </si>
   <si>
     <t>رواه الحاكم والبيهقي</t>
   </si>
   <si>
     <t>[رواه الحاكم والبيهقي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58240</t>
   </si>
   <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>Бардык мас кылуучу ичимдиктер арак. Ал эми бардык мас кылуучу ичимдиктер арам. Кимде-ким бул дүйнөдө арак ичип жүрүп тообо кылбастан өтүп кетсе, акыретте аны иче албайт</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
-    <t>Ибн Умар (ал экөөнө Аллах ыраазы болсун) Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бардык мас кылуучу ичимдиктер арак. Ал эми бардык мас кылуучу ичимдиктер арам. Кимде-ким бул дүйнөдө арак ичип жүрүп тообо кылбастан өтүп кетсе, акыретте аны иче албайт".</t>
+    <t>Ибн Умар (Аллах алардан ыраазы болсун) риваят кылган хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтты: "Бардык мас кылуучу ичимдиктер арак. Ал эми бардык мас кылуучу ичимдиктер арам. Кимде-ким бул дүйнөдө арак ичип жүрүп тообо кылбастан өтүп кетсе, акыретте аны иче албайт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адамды акылынан тайдырып, эсин кетире турган нерсенин баары, мейли ал суюк ичимдик болсун, мейли жей турган нерсе болсун, мейли жыттай турган түтүн болсун, баары хамр, мас кылуучу деп эсептелерин айткан. Акылдан кетире турган нерсенин баарына Аллах Таала тыюу салып, азын да, көбүн да арам кылган. Мындай мас кылуучулардын кайсы түрү болбосун, аны колдонуп, токтотпостон ичип жүрүп, тообо кылбай дүйнөдөн өтүп кетсе, ал бейиштеги насибинен куру калтырылып Аллахтын азабына дуушар болот.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Арактын арам болуусунун себеби анын мас кылгандыгында. Ошондуктан, бардык мас кылуучу нерселер арам.
 Аллах Таала аракты анын коомду буза турган зыяны чоң болгону үчүн арам кылган.
 Бейиште аракты ичүү анын ырахытынын жана нээмат жакшылыктарынын кемчиликсиздигинен кабар берет.
 Кимде-ким бул дүйнөдө арак ичүүдөн напсисин тыя албаса, Аллах Таала бейиште аны ичүүдөн куру калтырат, анткени жаза күнөөнүн түрүнө жараша болот.
 Өлүм сааты келгенге чейин күнөөлөргө тообо кылууга шашылуу зарыл.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
     <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/58259</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Кимде-ким муаахадты (6) өлтүргөн болсо, анда бейиштин жытын жыттабайт. Анын жыты кырк жылдык алыстан жыттанып турат</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
-    <t>Абдулла бин Амр, радыяллаху анху риваят кылган хадисте, Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Кимде-ким муаахадты (6) өлтүргөн болсо, анда бейиштин жытын жыттабайт. Анын жыты кырк жылдык алыстан жыттанып турат".</t>
+    <t>Абдулла бин Амр (Аллах андан ыраазы болсун) риваят кылган хадисте, Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Кимде-ким муаахадты (6) өлтүргөн болсо, анда бейиштин жытын жыттабайт. Анын жыты кырк жылдык алыстан жыттанып турат".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, муаахадты өлтүргөн адамга катуу азап болоорун баяндап жатат. Муаахад: Ислам жергесине коопсуздук келишимин алып кирген каапыр адам. Кимде-ким аны өлтүрсө, бейиштин жытын жыттабайт. Бейиштин жыты кырк жылдык аралыктан келип турат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) муаахадты өлтүргөн адамга катуу азап болоорун баяндап жатат. Муаахад: Ислам жергесине коопсуздук келишимин алып кирген каапыр адам. Кимде-ким аны өлтүрсө, бейиштин жытын жыттабайт. Бейиштин жыты кырк жылдык аралыктан келип турат.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Каапырлардын арасынан муаахадты, зиммийлерди жана мустаьманды өлтүрүүгө тыюу салынган. Аларды өлтүрүү чоң күнөөлөрдөн.
 Муаахад: Ислам жергесине коопсуздук келишимин алып кирген каапыр адам. Ал өз өлкөсүндө жашайт, мусулмандарга каршы согушпайт жана мусулмандар деле аны менен согушпайт. Зиммий: ал мусулмандардын жеринде отурукташып, салык төлөгөн адам. Мустаьман: белгилүү бир убакытка чейин мусулмандардын жерине коопсуздук келишимин алып кирген каапыр адам.
 Мусулман эместер менен болгон келишимге кыянатчылык кылуудан эскертүү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/64637</t>
   </si>
   <si>
     <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
   </si>
   <si>
     <t>Азуу тиштүү жырткычтардын жана тырмактуу (жырткыч) канаттуулардын этин жегенден тыйган</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
   </si>
   <si>
     <t>Ибн Аббас (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Азуу тиштүү жырткычтардын жана тырмактуу (жырткыч) канаттуулардын этин жегенден тыйган.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) азуу тиштери менен аңчылык кылган жырткыч айбандардын жана табылгасын темир тырмагы менен кармап, тытып жеген канаттуулардын этин жегенден тыйган.</t>
   </si>
   <si>
     <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
 الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
   </si>
   <si>
     <t>Ислам дини бардык нерседе, жегенде да, ичкенде да таза нерсени гана пайдаланууга үндөйт.
 Негизинде тамак-аштын баары адал. Бирок арам экендигине анык далил келгендери гана арам.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/64643</t>
   </si>
   <si>
     <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
-    <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, бийликтеги пара берүүчүгө жана пара алуучуга каргыш айтты</t>
+    <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) каалаган өкүмгө жетүү максатында пара берүүчүгө жана пара алуучуга каргыш айтты</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылып айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, бийликтеги пара берүүчүгө жана пара алуучуга каргыш айтты.</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылып айтты: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) каалаган өкүмгө жетүү максатында пара берүүчүгө жана пара алуучуга каргыш айтты.</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, пара берген жана пара алган адамга Аллах Тааланын ырайымынан чыксын жана алыс болсун деп дуба кылган.
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) пара берген жана пара алган адамга Аллах Тааланын ырайымынан чыксын жана алыс болсун деп дуба кылган.
 Мына ошол пара - бул соттор өкүмдү бурмалоосу үчүн аларга төлөнүүчү нерсе. Пара берүүчү адам каалаган максатына адилетсиздик менен жетиши үчүн пара берет.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Пара берүүгө, алууга, аларга ортомчу болууга жана аларга жардам берүүгө тыюу салынат. Анткени ал зулумдукка жардам берген болуп калат.
-Пара алуу чоң күнөө. Анткени Аллахтын Элчиси, саллаллаху алейхи уа саллам, пара алганга да жана пара бергенге да каргыш айткан.
+Пара алуу чоң күнөө. Анткени Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) пара алганга да жана пара бергенге да каргыш айткан.
 Сотто жана өкүм чыгарууда пара алуу эң чоң кылмыш жана эң чоң күнөө. Анткени анда Аллах түшүргөн өкүмдөн башкасы менен өкүм чыгаруу бар жана зулумдук бар.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/64689</t>
   </si>
   <si>
     <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>Ислам беш нерсеге (түркүккө) негизделген</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Абдулла бин Умар (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Ислам беш нерсеге (түркүккө) негизделген : Аллахтан башка ибадатка татыктуу кудай жок, Мухаммад Анын кулу жана элчиси деп күбөлүк берүү, намаз окуу, зекет берүү, (Каабага) ажылык кылуу, Рамазанда орозо кармоо".</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
@@ -14661,65 +14657,65 @@
     <t>Пайгамбар, саллаллаху алейхи уа саллам, ким беш убак намазды окуп аларга нафил намазды кошпосо, Рамазан орозосун кармап нафил орозо кармабаса, адалды адал деп билип жана аны аткарса, арамдын арам экендигин билип андан алыс болсо, анда анын бейишке кирерин баяндады.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Мусулман парздарды аткарууга жана арам нерселерди таштоого аракет кылат жана анын максаты бейишке кирүү болот.
 Адал иштерди аткаруу жана анын адалдыгына ишенүүнүн, арам иштерди арам деп билүү жана ага тыюу салынган деп ишенүүнүн маанилүүлүгү.
 Парздарды аткаруу жана арам иштерди таштоо бейишке кирүүгө себеп болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65003</t>
   </si>
   <si>
     <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Тазалык – ыймандын жарымы. Алхамдулиллахи сөзү амал таразаны толтурат. Субхааналлах жана Алхамдулиллах сөздөрү болсо асмандар менен жердин</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
-    <t>Абу Маалик Аль-Ашарий, радыяллаху анхудан, Алахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Тазалык – ыймандын жарымы. Алхамдулиллахи сөзү амал таразаны толтурат. Субхааналлах жана Алхамдулиллах сөздөрү болсо асмандар менен жердин ортосун толтурат. Намаз – нур, садака бул - далил, ал эми сабырдуулук болсо жарыктык. Куран болсо, сенин пайдаңа же сенин зыяныңа күбөө болот. Ар бир инсан күндө өз нафсисин Аллах үчүн же шайтан үчүн сатыкка коёт, анан аны куткарып алат же аны зыянга учуратат».</t>
+    <t>Абу Маалик Аль-Ашарийден (Аллах андан ыраазы болсун) Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Тазалык – ыймандын жарымы. Алхамдулиллахи сөзү амал таразаны толтурат. Субхааналлах жана Алхамдулиллах сөздөрү болсо асмандар менен жердин ортосун толтурат. Намаз – нур, садака бул - далил, ал эми сабырдуулук болсо жарыктык. Куран болсо, сенин пайдаңа же сенин зыяныңа күбөө болот. Ар бир инсан күндө өз нафсисин Аллах үчүн же шайтан үчүн сатыкка коёт, анан аны куткарып алат же аны зыянга учуратат».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай дейт: Чындыгында тышкы тазалык даарат алуу жана жуунуу менен болот. Анткени бул намаздын шарты. Ал эми: «Алхамдулиллах» – сөзү Аллахты мактоо сөзү жана Аны толук болгон сыпаттар менен сыпаттоо сөзү. Ошондой эле бул сөз Кыямат күнү таразага тартылып, амал таразасын толтурат. Ал эми «Субханаллах» жана «Алхамдулиллах» сөздөрү - бул ар бир кемчиликтен аруулоо жана Аллахтын улуулугуна ылайыктуу келген толук болгон сыпаттар менен сыпаттаган сөздөр. Бул сөздөрдү айтууда Аллахка толук сүйүү жана улуктоо менен коштолот. Ошондой эле бул сөздөр жер менен асмандардын ортосун толтурат. «Намаз нур» деген сөзү пенденин жүрөгүндө, жүзүндө, кабырында жана кайра тирилүүдө ага нур болот. «Садака далил» деген сөзү момундун ыйманынын чынчылдыгына далил болот. Ошондой эле садаканын сыйлыктарына ишенбегендиги үчүн садаканы бербеген мунафык адам эмес экенине далил болот. “Сабырдуулук жарыктык” – бул деген тынчсызданууда жана нааразычылыкта өзүн кармай билүү. Сабырдуулуктун жарыктык сыяктуу болгонунун себеби күн нуру сыяктуу жылуулукту жана күйгүзүүнү алып келген жарык сыяктуу. Анткени, сабыр кылуу - бул нафсиге оор келет жана өзүн өзү көптөгөн аракет менен көндүрүүсү керек. Ошондой эле өзү каалаган нерсесинен өзүн кармоосу талап кылынат. Анын ээси дайыма жарык жана туура жолдо болот. Сабыр кылуу – Аллахка моюн сунууда, Ал арам кылган иштерден тыйылууда сабыр кылуу жана бул дүйнөдөгү балээлерге жана ар кандай кыйынчылыктарга сабыр кылуу түрлөрүнө бөлүнөт. «Куран болсо, сенин пайдаңа» - бул Куранды тилават кылуу менен жана ага амал кылуу менен болот. Же «сенин зыяныңа күбө болот» - бул Куранды тилават кылууну жана аны иш жүзүнө ашырууну таштап коюуда болот. Андан кийин, Пайгамбарыбыз, саллаллаху алейхи уа саллам, бизге бардык адамдар чуркашып, тарашып, уйкудан туруп ар кандай иштери үчүн үйлөрүнөн чыгып кетээрин айтты. Алардын кээ бирлери Аллахка моюн сунууда туура жолду карманышып өз нафсилерин тозок отунан куткаргандар жана алардын арасында туура жолдон тайып, күнөө ишке барып, тозокко түшүп нафсисин кор кылгандар да бар.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай дейт: Чындыгында тышкы тазалык даарат алуу жана жуунуу менен болот. Анткени бул намаздын шарты. Ал эми: «Алхамдулиллах» – сөзү Аллахты мактоо сөзү жана Аны толук болгон сыпаттар менен сыпаттоо сөзү. Ошондой эле бул сөз Кыямат күнү таразага тартылып, амал таразасын толтурат. Ал эми «Субханаллах» жана «Алхамдулиллах» сөздөрү - бул ар бир кемчиликтен аруулоо жана Аллахтын улуулугуна ылайыктуу келген толук болгон сыпаттар менен сыпаттаган сөздөр. Бул сөздөрдү айтууда Аллахка толук сүйүү жана улуктоо менен коштолот. Ошондой эле бул сөздөр жер менен асмандардын ортосун толтурат. «Намаз нур» деген сөзү пенденин жүрөгүндө, жүзүндө, кабырында жана кайра тирилүүдө ага нур болот. «Садака далил» деген сөзү момундун ыйманынын чынчылдыгына далил болот. Ошондой эле садаканын сыйлыктарына ишенбегендиги үчүн садаканы бербеген мунафык адам эмес экенине далил болот. “Сабырдуулук жарыктык” – бул деген тынчсызданууда жана нааразычылыкта өзүн кармай билүү. Сабырдуулуктун жарыктык сыяктуу болгонунун себеби күн нуру сыяктуу жылуулукту жана күйгүзүүнү алып келген жарык сыяктуу. Анткени, сабыр кылуу - бул нафсиге оор келет жана өзүн өзү көптөгөн аракет менен көндүрүүсү керек. Ошондой эле өзү каалаган нерсесинен өзүн кармоосу талап кылынат. Анын ээси дайыма жарык жана туура жолдо болот. Сабыр кылуу – Аллахка моюн сунууда, Ал арам кылган иштерден тыйылууда сабыр кылуу жана бул дүйнөдөгү балээлерге жана ар кандай кыйынчылыктарга сабыр кылуу түрлөрүнө бөлүнөт. «Куран болсо, сенин пайдаңа» - бул Куранды тилават кылуу менен жана ага амал кылуу менен болот. Же «сенин зыяныңа күбө болот» - бул Куранды тилават кылууну жана аны иш жүзүнө ашырууну таштап коюуда болот. Андан кийин, Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге бардык адамдар чуркашып, тарашып, уйкудан туруп ар кандай иштери үчүн үйлөрүнөн чыгып кетээрин айтты. Алардын кээ бирлери Аллахка моюн сунууда туура жолду карманышып өз нафсилерин тозок отунан куткаргандар жана алардын арасында туура жолдон тайып, күнөө ишке барып, тозокко түшүп нафсисин кор кылгандар да бар.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Тазалык эки түрдүү болот: Сырткы тазалык - ал даарат алуу жана жуунуп  гусул алуу менен болот. Ал эми ички тазалык – тавхид, ыймандуулук жана жакшы амалдар менен болот.
 Намазга бекем болуунун маанилүүлүгү айтылды. Анткени намаз пенде үчүн бул дүйнөдө жана Кыяматта нур болот.
 Садака берүү ыймандын чынчылдыгына далил болот.
 Курандын өкүмдөрүн жана тыйган тыюуларын иш жүзүндө аткаруунун маанилүүлүгү. Ал сенин зыяныңа эмес, сенин пайдаңа болушу үчүн ага бекем ыйман келтирүү маанилүүлүгү айтылды.
 Эгерде нафсиңди Аллахка баш ийүү менен алектендирбесең, анда ал сени күнөөлөр менен алектендирет.
 Ар бир адам иш-аракеттерди аткаруу керек. Ошондуктан нафсисин Аллахка моюн сунуу менен тозоктон куткарат же Аллахка баш ийбестик менен жок кылат.
 Сабыр кылуу көтөрө билүүнү жана анын сыйлыгын үмүттөнүүнү талап кылат жана аны аткарууда кыйынчылыктар жаралат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65004</t>
   </si>
   <si>
     <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
@@ -15182,58 +15178,58 @@
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Эгерде каапыр Ислам динине кирсе, анда ал жахилият учурунда берген садакаларына, кулдарды азат кылганына жана тууганчылык байланыштарына соопторду аларын Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ачыктап кетти.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Каапыр адам бул дүйнөдөн каапыр болуп өлсө, анда ал бул дүйнөдө кылган жакшылыгы үчүн акыретте сооп берилбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65016</t>
   </si>
   <si>
     <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Аллах Өзүнүн өкүмдөрү так аткарылышын жакшы көргөндөй эле, Өзү берген уруксаттардын аткарылышын жакшы көрөт</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
-    <t>Ибн Аббас, радыяллаху анхума, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах Өзүнүн өкүмдөрү так аткарылышын жакшы көргөндөй эле, Өзү берген уруксаттардын аткарылышын жакшы көрөт».</t>
+    <t>Ибн Аббас (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Аллах Өзүнүн өкүмдөрү так аткарылышын жакшы көргөндөй эле, Өзү берген уруксаттардын аткарылышын жакшы көрөт».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, мындай деп кабарлайт: Адамдардын үзүрлүү болгондугунун себебинен аларга жеңилдетүү үчүн Аллах койгон өкүмдөрдөгү жана ибадаттардагы уруксаттарынын аткарылышын жакшы көрөт. Мисалы, сапарда намаздарды кыскартып жана бириктирип окулган уруксаттарын аткарылышын жакшы көрөт. Ошондой эле Аллах парз жана важиб өкүмдөрүнүн так аткарылышын жакшы көрөт. Анткени уруксаттардагы жана милдет өкүмдөрдөгү буйруктары бир.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп кабарлайт: Адамдардын үзүрлүү болгондугунун себебинен аларга жеңилдетүү үчүн Аллах койгон өкүмдөрдөгү жана ибадаттардагы уруксаттарынын аткарылышын жакшы көрөт. Мисалы, сапарда намаздарды кыскартып жана бириктирип окулган уруксаттарын аткарылышын жакшы көрөт. Ошондой эле Аллах парз жана важиб өкүмдөрүнүн так аткарылышын жакшы көрөт. Анткени уруксаттардагы жана милдет өкүмдөрдөгү буйруктары бир.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Аллах Тааланын пенделерине болгон ырайымынын бири -  Өзү уруксат кылган жеңилдиктердин аткарылуусун жакшы көрүүсү.
 Ислам шариятынын толуктугу жана кемчиликсиздиги. Анткени мусулман адамга кандай гана кыйынчылыктар болсо, аны шарият жеңилдетет.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[Ибн Хаббан жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65017</t>
   </si>
   <si>
     <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>мага Исламдагы бир сөздү үйрөт, ал жөнүндө сенден башка эч кимден сурабаймын, - дедим. Ал: "Аллахка ыйман келтирдим" дегин, анан түз жүргүн" - деди</t>
   </si>
   <si>
@@ -15294,59 +15290,59 @@
     <t>Пайгамбар, саллаллаху алейхи уа саллам, мунафыктын абалын түшүндүрүп, эки үйүрдүн кайсынысын ээрчүүнү билбеген, эки жүздүү абалын салыштырып кетти. Кээде бул үйүргө, кээде башка үйүргө барат. Алар ыйман менен куфрдун ортосунда арсарлангандар. Алар сыртынан да, ичинен да ыймандуулар менен эмес. Сыртынан да, ичинен да каапырлар менен эмес. Тескерисинче, алардын сырткы көрүнүштөрү ыймандуулар менен, ал эми ички ишенимдери күмөндөнүү жана шектенүү менен болот. Мына ошондуктан алар кээде ыймандууларга, кээде каапырларга оошот.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, бир маанини элдин аң-сезимине жакындатуу үчүн ар түрдүү мисалдарды айтып түшүндүргөн.
 Эки жүздүү адамдын дайыма күмөндөнүүсүн жана туруксуздугун Пайгамбарыбыз, саллаллаху алейхи уа саллам, айтып кетти.
 Мунафыктардын абалынан сактанууну эскертти. Сырткы жана ички абалдарда ыйманда чынчыл жана чечкиндүү болууга чакырды.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65019</t>
   </si>
   <si>
     <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Чындыгында, кийим эскирген сыяктуу эле силердин жүрөгүңөрдөгү ыйманыңар да эскирет. Андыктан Аллахтан жүрөгүңөрдөгү ыйманды жаңыртуусун сурангыла</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
-    <t>Абдулла бин Амр бин Аль-Аас, радыяллаху анхума, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, мындай деп айтты: «Чындыгында, кийим эскирген сыяктуу эле силердин жүрөгүңөрдөгү ыйманыңар да эскирет. Андыктан Аллахтан жүрөгүңөрдөгү ыйманды жаңыртуусун сурангыла».</t>
+    <t>Абдулла бин Амр бин Аль-Аас (Аллах ал экөөнөн ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтты: «Чындыгында, кийим эскирген сыяктуу эле силердин жүрөгүңөрдөгү ыйманыңар да эскирет. Андыктан Аллахтан жүрөгүңөрдөгү ыйманды жаңыртуусун сурангыла».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, жаңы кийим көп кийилип эскирген сыяктуу мусулмандын жүрөгүндөгү ыйманы да эскирип, алсыз болуп калышы туурасында айтты. Бул ыймандын эскирүүсү ибадаттагы кайдыгерликтен, күнөө кылуудан жана азгырыктарга берилип кетүүдөн болот. Мындай учурда Пайгамбар, саллаллаху алейхи уа саллам, парз ибадаттарды аткаруу менен, көп зикир кылуу жана истигфар айтуу менен ыйманыбызды жаңыртуу үчүн Алла Таалага дуба кылууга багыт берди.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) жаңы кийим көп кийилип эскирген сыяктуу мусулмандын жүрөгүндөгү ыйманы да эскирип, алсыз болуп калышы туурасында айтты. Бул ыймандын эскирүүсү ибадаттагы кайдыгерликтен, күнөө кылуудан жана азгырыктарга берилип кетүүдөн болот. Мындай учурда Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) парз ибадаттарды аткаруу менен, көп зикир кылуу жана истигфар айтуу менен ыйманыбызды жаңыртуу үчүн Аллах Таалага дуба кылууга багыт берди.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Аллахтын дининде бекем болууга жана жүрөктөгү ыйманды жаңылап турууга чакырды.
 Ыйман – бул сөз, иш-аракет жана ички ишенимден турат. Ал ибадат кылуу менен көтөрүлүп, күнөө кылуу менен ылдыйлайт.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[Ал-Хаким жана ат-Табарани жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65020</t>
   </si>
   <si>
     <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>Кыяматтын белгилери болгон кезде илим көтөрүлөт, наадандык көбөйөт, зина көбөйүп, арак көп ичилет. Эркектер азайып, аялдар көбөйөт. Камсыз кылган ар бир эркекке элүү аял туура келет</t>
   </si>
   <si>
@@ -16132,58 +16128,58 @@
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, үммөтүн Китеп ээлери риваят кылган нерселерге алданып калуудан эскертти. Пайгамбар, саллаллаху алейхи уа салламдын, убагында яхудийлер Тооратты иврит тилинде окушчу. Бул эврейлердин тили. Анан алар аны арабча чечмелеп беришчү. Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Китеп ээлерине ишенбегиле жана жалганга чыгарбагыла». Бул анын жалганы жана акыйкаттуулугу билинбеген марселелерде болот. Себеби Аллах Таала бизге Куранга жана аларга түшүрүлгөн Китептерге ыйман келтирүүнү буйруган. Эгерде биздин шариятыбызда алар айткан маселелердин чындыгын же жалгандыгын түшүндүрө турган эч нерсе жок болсо, анда алар айтып жаткан нерселердин туура же жалган экенин билүү үчүн бизге эч кандай жол жок. Андыктан биз алар бурмалаган нерселерде аларга шерик болуп калбашыбыз үчүн аларга ишенбейбиз жана токтоп турабыз. Балким чын болуп, ыйман келтирүүгө буйрулган нерселерден баш тарткан болуп калбашыбыз үчүн аларды жалганга чыгарбайбыз. Пайгамбар, саллаллаху алейхи уа саллам, бизге мындай деп айтууга буйруду: «Биз Аллахка, бизге түшүрүлгөнгө, Ибрахимге, Исмаилге, Исхакка, Якубка жана асбаттарга түшүрүлгөнгө, Муса менен Исага берилгенге жана пайгамбарларга Раббиси тарабынан берилгенге ишенебиз. Алардын ортосун айырмалабайбыз. Биз Ага моюн сунган мусулмандарданбыз». (Бакара, 136)</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Китеп ээлеринин айткандары үч бөлүмгө бөлүнөт: Куран жана Сүннөткө туура келген бөлүм. Бул бөлүмгө ишенебиз. Куран жана Сүннөткө карама-каршы келген бөлүм. Бул жалган бөлүмгө ишенбейбиз. Ал эми үчүнчүсү: Куран жана Сүннөттө жок болгон бөлүм, анын чындык же жалган экендигине далил жок. Андыктан мындай маселелер риваят кылына берет. Бирок мындай маселелерге ишенбейбиз жана жалганга чыгарбайбыз.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65046</t>
   </si>
   <si>
     <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Илимди аалымдарга мактануу үчүн жана наадандар менен талашуу үчүн ошондой эле жыйындарда өзүн көрсөтүү үчүн албагыла. Эгерде кимдир бирөө мындай кылса, анда ага тозок болсун жана тозок болсун</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
-    <t>Жабир бин Абдуллах, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Илимди аалымдарга мактануу үчүн жана наадандар менен талашуу үчүн ошондой эле жыйындарда өзүн көрсөтүү үчүн албагыла. Эгерде кимдир бирөө мындай кылса, анда ага тозок болсун жана тозок болсун».</t>
+    <t>Жабир бин Абдуллах (Аллах алардан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Илимди аалымдарга мактануу үчүн жана наадандар менен талашуу үчүн ошондой эле жыйындарда өзүн көрсөтүү үчүн албагыла. Эгерде кимдир бирөө мындай кылса, анда ага тозок болсун жана тозок болсун».</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, аалымдардын алдында мактануу үчүн жана мен да силердей аалыммын деп өзүн көрсөтүү үчүн илим алуудан катуу кайтарды. Ошондой эле акмактар жана жеңил ойлуу адамдар менен талашып-тартышуу максатта илим алуудан кайтарды. Жыйындарда алдыңкы катарда болууга, башкалардан артыкчылык кылуу максатта илим алуудан кайтарды. Андыктан ким мындай кылса, анда ал риякерлиги жана илим издөөдөгү ыклассыздыгы үчүн отко татыктуу болот.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) аалымдардын алдында мактануу үчүн жана мен да силердей аалыммын деп өзүн көрсөтүү үчүн илим алуудан катуу кайтарды. Ошондой эле акмактар жана жеңил ойлуу адамдар менен талашып-тартышуу максатта илим алуудан кайтарды. Жыйындарда алдыңкы катарда болууга, башкалардан артыкчылык кылуу максатта илим алуудан кайтарды. Андыктан ким мындай кылса, анда ал риякерлиги жана илим издөөдөгү ыклассыздыгы үчүн отко татыктуу болот.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Илим менен мактануу, аны менен талашып-тартышуу, же аны менен жыйындарда өзүн көрсөтүү ж.б. ушул сыяктуу максаттарда илим алган адамга катуу азап менен эскертүү болду.
 Илим үйрөнгөн жана үйрөткөн адамдар үчүн ниеттеги ыкластуулуктун маанилүүлүгү.
 Ниет – амалдардын негизи жана анын негизинде соопторго жетет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65047</t>
   </si>
   <si>
     <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>Аллах Таала түз жолго мисал келтирди. Ал түз жолдун эки тарабында ачык эшиктери менен дубалдар бар. Ал эми эшиктерге түшүрүлгөн пардалар бар. Түз жолдун эшигинин башында: «Эй адамдар, бардыгыңар бул жолго түшкүлө, оңго-солго кетпегиле», - деп айтып турган жарчы бар. Кимде-ким ал эшиктерди ачууну кааласа, түз жолдун үстүндө: «Шоруң кургур! Бул эшикти ачпа. Эгерде ача турган болсоң, анда ага кирип кетесиң» - деп турган дагы бир жарчы бар. Түз жол - бул Ислам дини. Эки дубал - бул Аллахтын койгон чектери. Ал эми ачык эшиктер - алар Аллахтын арам кылган иштери. Түз жолдун баш жагында турган жарчы - бул Аллахтын Китеби. Ал эми түз жолдун үстүндө турган жарчы - бул ар бир мусулмандын жүрөгүндөгү Аллахтын эскертүүсү</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Ан-Наввас бин Самаан Аль-Ансари, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Аллах Таала түз жолго мисал келтирди. Ал түз жолдун эки тарабында ачык эшиктери менен дубалдар бар. Ал эми эшиктерге түшүрүлгөн пардалар бар. Түз жолдун эшигинин башында: «Эй адамдар, бардыгыңар бул жолго түшкүлө, оңго-солго кетпегиле», - деп айтып турган жарчы бар. Кимде-ким ал эшиктерди ачууну кааласа, түз жолдун үстүндө: «Шоруң кургур! Бул эшикти ачпа. Эгерде ача турган болсоң, анда ага кирип кетесиң» - деп турган дагы бир жарчы бар. Түз жол - бул Ислам дини. Эки дубал - бул Аллахтын койгон чектери. Ал эми ачык эшиктер - алар Аллахтын арам кылган иштери. Түз жолдун баш жагында турган жарчы - бул Аллахтын Китеби. Ал эми түз жолдун үстүндө турган жарчы - бул ар бир мусулмандын жүрөгүндөгү Аллахтын эскертүүсү».</t>
@@ -16261,89 +16257,89 @@
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ибн Аббас, радыяллаху анхума, Ыйык Курандын сүрөөлөрү Пайгамбар, саллаллаху алейхи уа салламга, түшүрүлгөндө ага «Бисмиллахир Рохманир Рохиим» аяты түшүрүлмөйүнчө сүрөөнүн бөлүнүшүн жана бүткөнүн билбей турганын айтты. Качан бул аят келгенде бир сүрөө аяктаганын жана жаңы сүрөөнүн башталганын билген.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Бисмилла сүрөөлөрдү бөлүү үчүн колдонулат. Бирок Анфал сүрөөсү менен Тауба сүрөөсүнүн ортосунан башка жерлерде келет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65051</t>
   </si>
   <si>
     <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>Силердин бирөөңөр үй-бүлөсүнө кайтып келгенде, үч семиз төө менен кайткысы келеби?» Биз: «Ооба» - деп жооп бердик. Ал айтты: «Силердин бириңер намазда окуган үч аят ал үчүн үч семиз төөдөн жакшы</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Силердин бирөөңөр үй-бүлөсүнө кайтып келгенде, үч семиз төө менен кайткысы келеби?» Биз: «Ооба» - деп жооп бердик. Ал айтты: «Силердин бириңер намазда окуган үч аят ал үчүн үч семиз төөдөн жакшы».</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Силердин бирөөңөр үй-бүлөсүнө кайтып келгенде, үч семиз төө менен кайткысы келеби?» Биз: «Ооба» - деп жооп бердик. Ал айтты: «Силердин бириңер намазда окуган үч аят ал үчүн үч семиз төөдөн жакшы».</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, намазда үч аят окуунун сообун түшүндүрүп берди. Адам үйүнөн үч чоң семиз жана бооз төө тапкандан көрө намазда үч аят окуган жакшы деп айтты.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) намазда үч аят окуунун сообун түшүндүрүп берди. Адам үйүнөн үч чоң семиз жана бооз төө тапкандан көрө намазда үч аят окуган жакшы деп айтты.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Намазда Куран окуунун пазилети тууралуу айтылды.
 Жакшы амалдар бул дүйнөнүн жыргалдарынан жакшы жана түбөлүктүү.
 Бул сооптор үч гана аятты окуу менен чектелбейт. Адам намазда Куран аяттарын канчалык көп окуса, анын сообу ошончо төөдөн жакшы болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65053</t>
   </si>
   <si>
     <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Куран жаттаган адамга мындай деп айтылат: «Куран оку жана көтөрүл. Аны дүйнөдө окугандай кылып кырааты менен оку. Чындыгында, сенин даражаң акыркы окуган аятыңа жараша болот</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
-    <t>Абдулла ибн Амр, радыяллаху анху, риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: «Куран жаттаган адамга мындай деп айтылат: «Куран оку жана көтөрүл. Аны дүйнөдө окугандай кылып кырааты менен оку. Чындыгында, сенин даражаң акыркы окуган аятыңа жараша болот».</t>
+    <t>Абдулла ибн Амр (Аллах алардан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Куран жаттаган адамга мындай деп айтылат: «Куран оку жана көтөрүл. Аны дүйнөдө окугандай кылып кырааты менен оку. Чындыгында, сенин даражаң акыркы окуган аятыңа жараша болот».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Куранды жакшы окуган жана жаттаган ошондой эле анын өкүмдөрүнө амал кылган адам бейишке киргенде ага: «Бул дүйнөдө Куранды ой жүгүртүү жана шашпай окуган сыяктуу азыр да Куран оку жана аны окуу менен бейиштин даражаларына көтөрүл. Сенин даражаң сен окуган акыркы аятта болот» - деп айтылат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Куранды жакшы окуган жана жаттаган ошондой эле анын өкүмдөрүнө амал кылган адам бейишке киргенде ага: «Бул дүйнөдө Куранды ой жүгүртүү жана шашпай окуган сыяктуу азыр да Куран оку жана аны окуу менен бейиштин даражаларына көтөрүл. Сенин даражаң сен окуган акыркы аятта болот» - деп айтылат.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Кыяматтагы жаза жана сыйлыктар - иш-аракеттердин санына жана сапатына жараша болот.
 Куранды окууга, аны так билүүгө, жаттоого, ой жүгүртүүгө жана ага ылайык амал кылууга Пайгамбарыбыз үндөөдө.
 Бейиштин көптөгөн даражалары бар. Куран ээлери эң жогорку даражаларга жетет.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Ким Куранды ачык ашкере окуса, анда ал садаканы ашкере берген сыяктуу болот. Ал эми Куранды ичинен окуса, анда ал садаканы жашырып берген сыяктуу болот</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Укба бин Амир Аль-Жухани, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Ким Куранды ачык ашкере окуса, анда ал садаканы ашкере берген сыяктуу болот. Ал эми Куранды ичинен окуса, анда ал садаканы жашырып берген сыяктуу болот».</t>
@@ -16389,129 +16385,129 @@
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Сүннөттү кармоо жана аны ээрчүүнүн зарылдыгы.
 Насаат айтууга жана жүрөктү жумшартуучу нерселерге көңүл буруу.
 Өзүнөн кийинки туура жолго баштоочу төрт халифти ээрчүүгө буюруусу. Алар Абу Бакр, Умар, Усман, Али (Аллах алардан ыраазы болсун).
 Динде жаңы ишти пайда кылуудан тыюу. Анткени, бардык жаңы иштер - адашуу.
 Ыймандууларга башчы болгон адамды күнөө эмес иштерде угуу жана ага баш ийүү.
 Бардык учурда жана бардык абалда Улук Аллах Таалага такыба болуунун зарылдыгы.
 Бул үммөттө келишпестиктер сөзсүз болот. Мындайлар пайда болгондо Аллахтын элчисинин жана туура жолго  баштоочу халифтердин сүннөт жолуна кайтуу лаазым.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65057</t>
   </si>
   <si>
     <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
-    <t>Бизге Пайгамбарыбыздын, саллаллаху алейхи уа саллам, сахабалары айтышкан. Алар Аллахтын Элчиси, саллаллаху алейхи уа салламдан, он аят үйрөнүшчү жана аларда кандай илим жана амал бар экенин билмейинче, калган он аяттан алышчу эмес. «Биз ушинтип аяттардагы илимди жана амалдарды да үйрөнөт элек» - деп айтышат эле.*@</t>
+    <t>Бизге Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабалары айтышкан. Алар Аллахтын Элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) он аят үйрөнүшчү жана аларда кандай илим жана амал бар экенин билмейинче, калган он аяттан алышчу эмес. «Биз ушинтип аяттардагы илимди жана амалдарды да үйрөнөт элек» - деп айтышат эле.*@</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
-    <t>Абу Абдур-Рахман ас-Сулами, рахимахуллах , мындай деп айтты: Бизге Пайгамбарыбыздын, саллаллаху алейхи уа саллам, сахабалары айтышкан. Алар Аллахтын Элчиси, саллаллаху алейхи уа салламдан, он аят үйрөнүшчү жана аларда кандай илим жана амал бар экенин билмейинче, калган он аяттан алышчу эмес. «Биз ушинтип аяттардагы илимди жана амалдарды да үйрөнөт элек» - деп айтышат эле.</t>
+    <t>Абу Абдур-Рахман ас-Сулами (ага Аллах ырайым кылсын) мындай деп айтты: Бизге Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сахабалары айтышкан. Алар Аллахтын Элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) он аят үйрөнүшчү жана аларда кандай илим жана амал бар экенин билмейинче, калган он аяттан алышчу эмес. «Биз ушинтип аяттардагы илимди жана амалдарды да үйрөнөт элек» - деп айтышат эле.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
-    <t>Сахабалар, Аллах алардан ыраазы болсун, Аллахтын Элчиси, саллаллаху алейхи уа салламдан, Курандан он аят алышчу жана алар аяттардан илимди алып ага амал кылмайынча, башка аяттарга өтүшчү эмес. Ошентип алар илим менен амалды бирге үйрөнүшкөн.</t>
+    <t>Сахабалар, Аллах алардан ыраазы болсун, Аллахтын Элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) Курандан он аят алышчу жана алар аяттардан илимди алып ага амал кылмайынча, башка аяттарга өтүшчү эмес. Ошентип алар илим менен амалды бирге үйрөнүшкөн.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Сахабалардан Аллах ыраазы болсун. Алардын Куранды үйрөнүүгө болгон аракеттери ачыкталды.
 Куранды үйрөнүү аны окуу жана жаттоо менен эле эмес, андагы нерселерди билүү жана амал кылуу менен болот.
 Илим сөздөн жана иш-аракеттерден турат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65058</t>
   </si>
   <si>
     <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>«Эй, Абуль-Мунзир! Аллахтын Китебинде эң улуу аят кайсы экенин билесиңби?». Мен: «Аллах жана Анын Элчиси билет» - деп айттым. Ал кайрадан: «Эй, Абуль-Мунзир! Аллахтын Китебинде эң улуу аят кайсы экенин билесиңби?» - деп айтты. Мен: «Аллахтан башка сыйынууга татыктуу кудай жок. Ал түбөлүк Тирүү Башкаруучу» (Бакара, 255) - деп айттым. Ал менин көкүрөгүмө чаап: «Эй, Абуль-Мунзир. Аллахка ант болсун! Бул илим сага куттуу болсун!» - деди.@*</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
-    <t>Убай ибн Кааб, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: «Эй, Абуль-Мунзир! Аллахтын Китебинде эң улуу аят кайсы экенин билесиңби?». Мен: «Аллах жана Анын Элчиси билет» - деп айттым. Ал кайрадан: «Эй, Абуль-Мунзир! Аллахтын Китебинде эң улуу аят кайсы экенин билесиңби?» - деп айтты. Мен: «Аллахтан башка сыйынууга татыктуу кудай жок. Ал түбөлүк Тирүү Башкаруучу» (Бакара, 255) - деп айттым. Ал менин көкүрөгүмө чаап: «Эй, Абуль-Мунзир. Аллахка ант болсун! Бул илим сага куттуу болсун!» - деди.</t>
+    <t>Убай ибн Кааб (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: «Эй, Абуль-Мунзир! Аллахтын Китебинде эң улуу аят кайсы экенин билесиңби?». Мен: «Аллах жана Анын Элчиси билет» - деп айттым. Ал кайрадан: «Эй, Абуль-Мунзир! Аллахтын Китебинде эң улуу аят кайсы экенин билесиңби?» - деп айтты. Мен: «Аллахтан башка сыйынууга татыктуу кудай жок. Ал түбөлүк Тирүү Башкаруучу» (Бакара, 255) - деп айттым. Ал менин көкүрөгүмө чаап: «Эй, Абуль-Мунзир. Аллахка ант болсун! Бул илим сага куттуу болсун!» - деди.</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Убай ибн Каабдан Аллахтын Китебиндеги эң улуу аят жөнүндө сурады. Ал жооп берүүдөн карманып, анан: Бул Аятул Курси (Аллахтан башка сыйынууга татыктуу кудай жок. Ал түбөлүк Тирүү Башкаруучу) деп айтты. Ошондо Пайгамбар, саллаллаху алейхи уа саллам, аны ырастап жана илим менен даанышмандыкка толгон көкүрөгүн чапты. Ал бул илим менен кубанычка жетиши үчүн жана ага жеңил болуу үчүн Пайгамбарыбыз ага дуба кылды.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Убай ибн Каабдан Аллахтын Китебиндеги эң улуу аят жөнүндө сурады. Ал жооп берүүдөн карманып, анан: Бул Аятул Курси (Аллахтан башка сыйынууга татыктуу кудай жок. Ал түбөлүк Тирүү Башкаруучу) деп айтты. Ошондо Пайгамбар, саллаллаху алейхи уа саллам, аны ырастап жана илим менен даанышмандыкка толгон көкүрөгүн чапты. Ал бул илим менен кубанычка жетиши үчүн жана ага жеңил болуу үчүн Пайгамбарыбыз ага дуба кылды.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
-    <t>Убай бин Кааб, радыяллаху анхунун, чоң орду.
+    <t>Убай бин Каабдын (Аллах андан ыраазы болсун) артыкчылыгы.
 Аятул-Курси Аллах Тааланын Китебиндеги эң улуу аят. Андыктан аны жаттап, маанисине ой жүгүртүп, ага амал кылуу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65059</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, ар күнү түнү уктаганда эки колун бириктирип, анан аларга үйлөп: «Айткын! Ал Аллах жалгыз» деп башталган Ихлас сүрөөсүн, «Айткын! Таңдын Раббиси менен коргоном» деп башталган Фалак сүрөөсүн жана «Айткын! Адамдардын Раббиси менен коргоном» деп башталган Наас сүрөөсүн окучу. Анан колдору менен башына, жүзүнө жана денесинин алдынан баштап колу жеткен жерге чейин сүртөт эле. Ал муну үч жолу кылчу</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ар күнү түнү уктаганда эки колун бириктирип, анан аларга үйлөп: «Айткын! Ал Аллах жалгыз» деп башталган Ихлас сүрөөсүн, «Айткын! Таңдын Раббиси менен коргоном» деп башталган Фалак сүрөөсүн жана «Айткын! Адамдардын Раббиси менен коргоном» деп башталган Наас сүрөөсүн окучу. Анан колдору менен башына, жүзүнө жана денесинин алдынан баштап колу жеткен жерге чейин сүртөт эле. Ал муну үч жолу кылчу</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
-    <t>Айша, радыяллаху анха, риваят кылат: Пайгамбар, саллаллаху алейхи уа саллам, ар күнү түнү уктаганда эки колун бириктирип, анан аларга үйлөп: «Айткын! Ал Аллах жалгыз» деп башталган Ихлас сүрөөсүн, «Айткын! Таңдын Раббиси менен коргоном» деп башталган Фалак сүрөөсүн жана «Айткын! Адамдардын Раббиси менен коргоном» деп башталган Наас сүрөөсүн окучу. Анан колдору менен башына, жүзүнө жана денесинин алдынан баштап колу жеткен жерге чейин сүртөт эле. Ал муну үч жолу кылчу.</t>
+    <t>Айша (Аллах андан ыраазы болсун) риваят кылат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ар күнү түнү уктаганда эки колун бириктирип, анан аларга үйлөп: «Айткын! Ал Аллах жалгыз» деп башталган Ихлас сүрөөсүн, «Айткын! Таңдын Раббиси менен коргоном» деп башталган Фалак сүрөөсүн жана «Айткын! Адамдардын Раббиси менен коргоном» деп башталган Наас сүрөөсүн окучу. Анан колдору менен башына, жүзүнө жана денесинин алдынан баштап колу жеткен жерге чейин сүртөт эле. Ал муну үч жолу кылчу.</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
-    <t>Пайгамбарыбыздын, саллаллаху алейхи уа саллам, сүннөтү - ал уктаардан алдын, дуба кылуучу кишидей алакандарын бириктирип, өйдө көтөрүп, «Айткын! Ал Аллах жалгыз» деп башталган Ихлас сүрөөсүн, «Айткын! Таңдын Раббиси менен коргоном» деп башталган Фалак сүрөөсүн жана «Айткын! Адамдардын Раббиси менен коргоном» деп башталган Наас сүрөөлөрүн үч жолу окуп, оозунан бир аз шилекейи менен кошо алакандарына үйлөчү. Башынан, бетинен, денесинин алдыңкы бөлүгүнөн баштап алакандары жеткен жерге чейин денесине сүртүп чыкчу. Бул үч сүрөөнү бирден окуп алаканына үйлөп денесине сүрткөн аракетин үч жолу кайталайт болчу.</t>
+    <t>Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) сүннөтү - ал уктаардан алдын, дуба кылуучу кишидей алакандарын бириктирип, өйдө көтөрүп, «Айткын! Ал Аллах жалгыз» деп башталган Ихлас сүрөөсүн, «Айткын! Таңдын Раббиси менен коргоном» деп башталган Фалак сүрөөсүн жана «Айткын! Адамдардын Раббиси менен коргоном» деп башталган Наас сүрөөлөрүн үч жолу окуп, оозунан бир аз шилекейи менен кошо алакандарына үйлөчү. Башынан, бетинен, денесинин алдыңкы бөлүгүнөн баштап алакандары жеткен жерге чейин денесине сүртүп чыкчу. Бул үч сүрөөнү бирден окуп алаканына үйлөп денесине сүрткөн аракетин үч жолу кайталайт болчу.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Уктаардан мурда Ихлас, Фалак жана Наас сүрөөлөрүн окуп, алаканына үйлөп, колу жеткен жерге чейин денесине сүртүп жатуу сүннөт иштерден.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65060</t>
   </si>
   <si>
     <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Жөөттөр - алар каарга калган, христиандар болсо - адашкан</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>Адий бин Хаатимдин (Аллах андан ыраазы болсун) риваятында, пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Жөөттөр - алар каарга калган, христиандар болсо - адашкан".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
@@ -16782,66 +16778,66 @@
   </si>
   <si>
     <t>Пайгамбар, саллаллаху алейхи уа саллам, Сабит бин Кайс, радияллаху анхуну, жоктоп, ал жөнүндө сураганда бир киши: "Мен сизге анын кабарын жана анын келбегендигинин себебин билип беремин" - деди. Ошондо ал Сабит бин Кайстын үйүнө барып, ал үйүндө башын ылдый кылып капаланып олтурганын көрүп: "Абалың кандай?" - деп сурады. Сабит ага жаман нерсе болгонун айтты. Анткени Сабит үнүн Пайгамбар, саллаллаху алейхи уа салламдын, үнүнөн өйдө көтөрүп сүйлөп койгон эле. Аллах Таала ким ушундай кылса, анын иш-аракеттери жараксыз болот 
 жана ал тозок ээлеринен болот деп эскерткен болчу!
 Ошондо ал киши Пайгамбар, саллаллаху алейхи уа салламга, кайтып келип, Сабит бин Кайстын абалын айтып берди. Пайгамбар, саллаллаху алейхи уа саллам, ага Сабитке кайтып барууну жана ага Тозок элинин арасында эмес тескерисинче, бейиш ээлеринин арасында экенин сүйүнчүлөөнү буйруду. Себеби анын үнү табиятынан бийик болчу. Ошондуктан ал Аллахтын Элчиси, саллаллаху алейхи уа салламдын, жарчысы жана ансарлардын жарчысы болгон.</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Сабит бин Кайстын пазилети жана анын бейиш ээлеринен экени баяндалды.
 Пайгамбар, саллаллаху алейхи уа салламдын, сахабаларга көңүл буруп турган жана аларды жоктоп турган.
 Сахабалардын, радыяллаху анхум, кичи-пейилдиктери жана алардын амалдары жокко чыгуусунан коркушкан.
 Пайгамбар, саллаллаху алейхи уа салламга, тирүү кезинде сүйлөгөндө адеп менен сүйлөө жана өлгөндөн кийин сүннөттөрүн укканда үнүн басаңдатуу важиб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65073</t>
   </si>
   <si>
     <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
-    <t>Аллахтын Элчиси, саллаллаху алейхи уа саллам, Меккени фатх кылган күнү элге кайрылып мындай деди: «Эй адамдар! Чындыгында, Аллах силерден Исламга чейинки доордун текебердигин жана ата-бабалары менен сыймыктанууларын алып салды. Эй адамдар, Аллах силерден жахилияттын жүгүн жана анын ата-бабаларына болгон текебердигин алып салды. Адамдар эки түрдүү болот: салих, такыба жана Аллахтын алдында урматтуу жана  бузуку, бактысыз, Аллахтын алдында эң төмөн. Бардык адамдар Адам атанын балдары. Аллах Таала Адам атаны топурактан жараткан. Аллах Таала айтты: "Оо, адамдар! Биз силерди бир эркек жана бир аялдан (Адам ата менен Обо энеден) жараттык жана бири-бириңерди таанып-билишиңер үчүн силерди элдерге жана урууларга бөлдүк. Чындыгында, Аллахтын алдында силердин эң урматтууңар - эң такыбаңар. Чындыгында, Аллах Билүүчү, Кабардар!". (Аль-Хужурат сүрөөсү, 13-аят)@*</t>
+    <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Меккени фатх кылган күнү элге кайрылып мындай деди: «Эй адамдар! Чындыгында, Аллах силерден Исламга чейинки доордун текебердигин жана ата-бабалары менен сыймыктанууларын алып салды. Эй адамдар, Аллах силерден жахилияттын жүгүн жана анын ата-бабаларына болгон текебердигин алып салды. Адамдар эки түрдүү болот: салих, такыба жана Аллахтын алдында урматтуу жана  бузуку, бактысыз, Аллахтын алдында эң төмөн. Бардык адамдар Адам атанын балдары. Аллах Таала Адам атаны топурактан жараткан. Аллах Таала айтты: "Оо, адамдар! Биз силерди бир эркек жана бир аялдан (Адам ата менен Обо энеден) жараттык жана бири-бириңерди таанып-билишиңер үчүн силерди элдерге жана урууларга бөлдүк. Чындыгында, Аллахтын алдында силердин эң урматтууңар - эң такыбаңар. Чындыгында, Аллах Билүүчү, Кабардар!". (Аль-Хужурат сүрөөсү, 13-аят)@*</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
-    <t>Ибн Умар, радыяллаху анхума, риваят кылып айтты: Аллахтын Элчиси, саллаллаху алейхи уа саллам, Меккени фатх кылган күнү элге кайрылып мындай деди: «Эй адамдар! Чындыгында, Аллах силерден Исламга чейинки доордун текебердигин жана ата-бабалары менен сыймыктанууларын алып салды. Эй адамдар, Аллах силерден жахилияттын жүгүн жана анын ата-бабаларына болгон текебердигин алып салды. Адамдар эки түрдүү болот: салих, такыба жана Аллахтын алдында урматтуу жана  бузуку, бактысыз, Аллахтын алдында эң төмөн. Бардык адамдар Адам атанын балдары. Аллах Таала Адам атаны топурактан жараткан. Аллах Таала айтты: "Оо, адамдар! Биз силерди бир эркек жана бир аялдан (Адам ата менен Обо энеден) жараттык жана бири-бириңерди таанып-билишиңер үчүн силерди элдерге жана урууларга бөлдүк. Чындыгында, Аллахтын алдында силердин эң урматтууңар - эң такыбаңар. Чындыгында, Аллах Билүүчү, Кабардар!". (Аль-Хужурат сүрөөсү, 13-аят)</t>
+    <t>Ибн Умар (Аллах алардан ыраазы болсун) риваят кылып айтты: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) Меккени фатх кылган күнү элге кайрылып мындай деди: «Эй адамдар! Чындыгында, Аллах силерден Исламга чейинки доордун текебердигин жана ата-бабалары менен сыймыктанууларын алып салды. Эй адамдар, Аллах силерден жахилияттын жүгүн жана анын ата-бабаларына болгон текебердигин алып салды. Адамдар эки түрдүү болот: салих, такыба жана Аллахтын алдында урматтуу жана  бузуку, бактысыз, Аллахтын алдында эң төмөн. Бардык адамдар Адам атанын балдары. Аллах Таала Адам атаны топурактан жараткан. Аллах Таала айтты: "Оо, адамдар! Биз силерди бир эркек жана бир аялдан (Адам ата менен Обо энеден) жараттык жана бири-бириңерди таанып-билишиңер үчүн силерди элдерге жана урууларга бөлдүк. Чындыгында, Аллахтын алдында силердин эң урматтууңар - эң такыбаңар. Чындыгында, Аллах Билүүчү, Кабардар!". (Аль-Хужурат сүрөөсү, 13-аят)</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, Меккени фатх кылган күнү элге кайрылып, мындай деди: Оо, адамдар! Аллах силерден Исламга чейинки доордогу текебердикти жана Исламга чейинки доордун сыймыгы жана ата-баба менен сыймыктанууну көтөрдү жана аларды жок кылды. Тактап айтканда адамдар эки түргө бөлүнөт:
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) Меккени фатх кылган күнү элге кайрылып, мындай деди: Оо, адамдар! Аллах силерден Исламга чейинки доордогу текебердикти жана Исламга чейинки доордун сыймыгы жана ата-баба менен сыймыктанууну көтөрдү жана аларды жок кылды. Тактап айтканда адамдар эки түргө бөлүнөт:
 Алар Аллах Таалага ибадат кылган салих, такыба, моюн сунуучу болот. Мындай адамдар эл ичинде теги, тукуму болбосо да Аллахтын алдында урматтуу болот.
 Же бузуку жана бактысыз каапыр болот. Мындай адамдар бийик даражалуу, кадыр-баркы жана бийлиги бар болсо да Аллахтын алдында эч нерсеге татыбаган, кор жана төмөн болушат.
 Бардык адамдар Адам атанын балдары. Аллах Таала Адам атаны топурактан жараткан. Теги топурактан болгон адамдын текеберленип өзүнө суктануусу туура эмес. Буга Аллах Тааланын сөздөрү далил. Аллах Таала айтты: "Оо, адамдар! Биз силерди бир эркек жана бир аялдан (Адам ата менен Обо энеден) жараттык жана бири-бириңерди таанып-билишиңер үчүн силерди элдерге жана урууларга бөлдүк. Чындыгында, Аллахтын алдында силердин эң урматтууңар - эң такыбаңар. Чындыгында, Аллах Билүүчү, Кабардар!". (Аль-Хужурат сүрөөсү, 13-аят)</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Теги жана тукуму менен сыймыктанууга тыюу салынган.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[Ат-Тирмизи жана Ибн Хаббан жазып калтырган]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65074</t>
   </si>
   <si>
     <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>Бул аят: "Андан соң, ошол күнү нээмат-жакшылык жөнүндө албетте сураласыңар!" - деп түшкөндө Зубайр: "Оо, Аллахтын Элчиси, биз кандай нээмат-жакшылык жөнүндө суралабыз? Тагыраагы алар эки кара курма жана суубу?" - деп айтат. Ошондо Пайгамбар, саллаллаху алейхи уа саллам: "Келечекте боло турган нерседен" - деп айтты". @*</t>
   </si>
@@ -17236,154 +17232,154 @@
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) кимде-ким кайсы бир парз намазды окууну убактысы бүткүчө унутуп калса, аны эстеген замат казасын окууга шашылуусу керек экенин баяндады. Эгер мусулман унуткан намазын эстегенде окубаса кайдыгерликтин күнөөсү кечирилбейт жана өчүрүлбөйт. Анткени Аллах Таала Өзүнүн ыйык китебинде айтты: "Мени эстөө үчүн намаз оку". [Таха: 14]". Мааниси: унутулган намазды эстеген кезде оку.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Намаздын маанилүүлүгүн түшүндүрүү жана аны окууда жана казасын окууда кайдыгерлик кылбоо.
 Намазды үзүрсүз атайылап мөөнөтүнөн кечиктирүүгө болбойт.
 Унуткан адам эстеген кезде, уктап калган адам ойгонгон кезде намазды окуп алуусу парз.
 Каза болгон намаздарды тыюу салынган учурларда да дароо казасын окуу парз.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65088</t>
   </si>
   <si>
     <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
-    <t>Чындыгында, Усман бин Аффан мечитти кургусу келгенде адамдар муну жактырбай, аны ошол бойдон калтырып койгонун жакшы көрүштү. Ошондо Усман бин Аффан айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: "Ким Аллах үчүн мечит курса, Аллах ал үчүн бейиште ошол мечиттей курат".*@</t>
+    <t>Чындыгында, Усман бин Аффан мечитти кургусу келгенде адамдар муну жактырбай, аны ошол бойдон калтырып койгонун жакшы көрүштү. Ошондо Усман бин Аффан айтты: "Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: "Ким Аллах үчүн мечит курса, Аллах ал үчүн бейиште ошол мечиттей курат".*@</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
-    <t>Махмуд бин Лабид, радыяллаху анху, риваят кылат: Чындыгында, Усман бин Аффан мечитти кургусу келгенде адамдар муну жактырбай, аны ошол бойдон калтырып койгонун жакшы көрүштү. Ошондо Усман бин Аффан айтты: "Мен Аллахтын Элчиси, саллаллаху алейхи уа салламдын, мындай деп айтканын уктум: "Ким Аллах үчүн мечит курса, Аллах ал үчүн бейиште ошол мечиттей курат".</t>
+    <t>Махмуд бин Лабид (Аллах андан ыраазы болсун) риваят кылат: Чындыгында, Усман бин Аффан мечитти кургусу келгенде адамдар муну жактырбай, аны ошол бойдон калтырып койгонун жакшы көрүштү. Ошондо Усман бин Аффан айтты: "Мен Аллахтын Элчисинин (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтканын уктум: "Ким Аллах үчүн мечит курса, Аллах ал үчүн бейиште ошол мечиттей курат".</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
-    <t>Усман бин Аффан, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламдын, мечитин анын биринчи курулушунан да жакшыраак кылып кайра курууну кааласа, адамдар Пайгамбар, саллаллаху алейхи уа салламдын, доорундагы мечиттин курулушу өзгөргөнү үчүн муну жактырышпады. Ал мечит ылайдан курулган, анын шыбы пальма дарагынан шактары менен жабылган. Бирок Усман аны таш жана гипс менен тургузгусу келген. Ошондуктан Усман, радыяллаху анху, аларга Пайгамбар, саллаллаху алейхи уа салламдан, укканын ушинтип айтты: "Кимде-ким мактаныш үчүн да, атак-даңк үчүн да эмес, Аллах Тааланын ыраазылыгын көздөп мечит курса, Аллах Таала аны жасаган эмгегиндей эң жакшы сыйлык менен сыйлайт. Бул сыйлык – Аллах аны бейиште ага окшош курулуш менен сыйлайт".</t>
+    <t>Усман бин Аффан (Аллах андан ыраазы болсун) Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мечитин анын биринчи курулушунан да жакшыраак кылып кайра курууну кааласа, адамдар Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) доорундагы мечиттин курулушу өзгөргөнү үчүн муну жактырышпады. Ал мечит ылайдан курулган, анын шыбы пальма дарагынын шактары менен жабылган. Бирок Усман аны таш жана гипс менен тургузгусу келген. Ошондуктан Усман (Аллах андан ыраазы болсун) аларга Пайгамбардан (ага Аллахтын тынчтыгы жана мактоосу болсун) укканын ушинтип айтты: "Кимде-ким мактаныш үчүн да, атак-даңк үчүн да эмес, Аллах Тааланын ыраазылыгын көздөп мечит курса, Аллах Таала аны жасаган эмгегиндей эң жакшы сыйлык менен сыйлайт. Бул сыйлык – Аллах аны бейиште ага окшош курулуш менен сыйлайт".</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Мечиттерди курууга үндөө керек жана анын пазилети чоң.
 Мечитти кеңейтүү жана оңдоп-түзөө мечит кургандын пазилетине кайсыл бир деңгээлде ээ боло берет.
 Бардык иштерди Аллах Таала үчүн чын ыкластан аткаруунун  маанилүүлүгү.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65089</t>
   </si>
   <si>
     <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>Менин бул мечитимде окулган намаз, Харам мечитинен башка бардык мечиттерде окулган миң намаздан жакшыраак</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху риваят кылган хадисте Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Менин бул мечитимде окулган намаз, Харам мечитинен башка бардык мечиттерде окулган миң намаздан жакшыраак".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Менин бул мечитимде окулган намаз, Харам мечитинен башка бардык мечиттерде окулган миң намаздан жакшыраак".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, өзүнүн мечитинде намаз окуунун пазилеттүүлүгүн түшүндүрүп, Меккедеги Харам мечитинен башка жер жүзүндөгү мечиттерде миң намаз окугандан да сооптуураак экенин баяндады. Меккедеги Харам мечитинде окулган намаз Пайгамбар, саллаллаху алейхи уа салламдын, мечитинде окулган намаздан жакшыраак.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) өзүнүн мечитинде намаз окуунун пазилеттүүлүгүн түшүндүрүп, Меккедеги Харам мечитинен башка жер жүзүндөгү мечиттерде миң намаз окугандан да сооптуураак экенин баяндады. Меккедеги Харам мечитинде окулган намаз Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мечитинде окулган намаздан жакшыраак.</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
-    <t>Харам мечитинде намаз окуу Пайгамбардын мечитинде намаз окуганга караганда сообу эки эсе көп.
+    <t>Харам мечитинде жана Пайгамбардын мечитинде намаз окуунун сообу көп.
 Харам мечитинде окулган намаз башка мечиттердеги жүз миң намаздан жакшыраак.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65090</t>
   </si>
   <si>
     <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>Силердин бирөөңөр мечитке киргенде отурар алдында эки рекет намаз окусун</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
-    <t>Абу Катада ас-Сулами, радыяллаху анху, риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Силердин бирөөңөр мечитке киргенде отурар алдында эки рекет намаз окусун".</t>
+    <t>Абу Катада ас-Сулами (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Силердин бирөөңөр мечитке киргенде отурар алдында эки рекет намаз окусун".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, ким мечитке каалаган убакта жана каалаган максатта келип-кирсе, отурардан мурда эки рекет намаз окууга үндөгөн. Ал эки рекет тахиййатул-масжид намазы.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ким мечитке каалаган убакта жана каалаган максатта келип-кирсе, отурардан мурда эки рекет намаз окууга үндөгөн. Ал эки рекет тахиййатул-масжид намазы.</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Мечитке киргенде отураардан алдын тахиййатул-масжид деген эки рекет намаз окуу сооптуу.
 Бул эки рекет тахиййатул-масжид намазын окуу мечитте отургусу келгендер үчүн. Ал эми ким мечитке кирсе жана отура электе чыгып кетсе, тахиййатул-масжид намазын окубаса да болот.
 Эгер намаз окууну каалаган адам мечитке киргенде адамдар намаз окуп жатса, анда алар менен бирге намаз окуйт. Алар менен намаз окуусу менен ал эки рекет тахиййатул-масжид намазына жетиштүү болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65091</t>
   </si>
   <si>
     <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
-    <t>Эгерде силердин бирөөңөр мечитке кирсе, анда ал: "Аллахум-мафтах ли абывааба рахматик. (Оо, Аллах! Мага ырайымыңдын эшиктерин ач)" - деп айтсын. Ал эми мечиттен чыкканда: "Аллахумма инни ас алука мин фадлик. (Оо, Аллах! Мен Сенин жакшылыгыңдан сураймын)" - деп айтсын</t>
+    <t>Эгерде силердин бирөөңөр мечитке кирсе, анда ал: "Аллахум-мафтах ли абвааба рахматик. (Оо, Аллах! Мага ырайымыңдын эшиктерин ач)" - деп айтсын. Ал эми мечиттен чыкканда: "Аллахумма инни ас алука мин фадлик. (Оо, Аллах! Мен Сенин жакшылыгыңдан сураймын)" - деп айтсын</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
-    <t>Абу Хамид же Абу Усайд риваят кылган хадисте Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Эгерде силердин бирөөңөр мечитке кирсе, анда ал: "Аллахум-мафтах ли абывааба рахматик. (Оо, Аллах! Мага ырайымыңдын эшиктерин ач)" - деп айтсын. Ал эми мечиттен чыкканда: "Аллахумма инни ас алука мин фадлик. (Оо, Аллах! Мен Сенин жакшылыгыңдан сураймын)" - деп айтсын".</t>
+    <t>Абу Хумайд же Абу Усайд риваят кылган хадисте Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Эгерде силердин бирөөңөр мечитке кирсе, анда ал: "Аллахум-мафтах ли абвааба рахматик. (Оо, Аллах! Мага ырайымыңдын эшиктерин ач)" - деп айтсын. Ал эми мечиттен чыкканда: "Аллахумма инни ас алука мин фадлик. (Оо, Аллах! Мен Сенин жакшылыгыңдан сураймын)" - деп айтсын".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, үммөтүнө мечитке киргенде айтылган дубаны үйрөткөн. Ал дуба:  "Аллахум-мафтах ли абывааба рахматик. (Оо, Аллах! Мага ырайымыңдын эшиктерин ач)" б.а. ал Аллах Тааладан ага ырайымынын себептерин даярдап берүүсүн суранат. Эгер сыртка чыккысы келсе, анда: "Аллахумма инни ас алука мин фадлик. (Оо, Аллах! Мен Сенин жакшылыгыңдан сураймын)" -деп айтсын. Ал Аллахтан Анын жакшылыктарын жана адал ырыскынын жакшылыгын көбөйүүсүн сурайт.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) үммөтүнө мечитке киргенде айтылган дубаны үйрөткөн. Ал дуба:  "Аллахум-мафтах ли абвааба рахматик. (Оо, Аллах! Мага ырайымыңдын эшиктерин ач)" б.а. ал Аллах Тааладан ага ырайымынын себептерин даярдап берүүсүн суранат. Эгер сыртка чыккысы келсе, анда: "Аллахумма инни ас алука мин фадлик. (Оо, Аллах! Мен Сенин жакшылыгыңдан сураймын)" -деп айтсын. Ал Аллахтан Анын жакшылыктарын жана адал ырыскынын жакшылыгын көбөйүүсүн сурайт.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Мечитке киргенде жана чыкканда бул дубаны айтуу сооптуу.
 Кирүү менен ырайымдуулукту, чыгуу менен жакшылыктарды суроонун өзгөчөлүгү: кирген адам Аллахка жана бейишине жакындата турган нерселер менен алек болот. Ошондуктан ырайымдуулукту айтуу ылайыктуу. Ал эми сыртка чыкканда, Аллахтын ырыскысын издеп, жер жүзүн айланат. Ошондуктан Аллахтын жакшылыктарын айтуу ылайыктуу.
 Бул дубалар мечитке киргенде жана андан чыкканда айтылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65092</t>
   </si>
   <si>
     <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>Чындыгында, адам менен ширк, каапырлыктын ортосунда намазды таштоо гана турат</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Жабир (Аллах андан ыраазы болсун) риваят кылган хадисте, ал айтты: "Мен Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деп айтып жатканын уктум: "Чындыгында, адам менен ширк, каапырлыктын ортосунда намазды таштоо гана турат".</t>
@@ -17606,293 +17602,293 @@
 Эгер намаз окуган адам: "Иййака наьбуду ва иййака настаьийн" - десе, Аллах: "Бул Мен менен пендемдин ортосунда" - дейт.
 Бул аяттын биринчи жарымы Аллахка таандык. Ал аят: "Иййака наьбуду". Бул - ибадат Аллахка гана болоорун моюнга алуу жана Ага гана ибадат кылууну кабыл алуу. Ушул менен Аллахка тиешелүү жарымы бүтөт.
 Ал эми аяттын экинчи жарымы пенде үчүн. Ал аят: "Иййака настаьийн".  Бул - Аллахтан жардам суроо жана Анын жардам берүүгө болгон убадасы.
 Эгерде намаз окуучу: "Ихдинас сиротоль мустакийм. Сиротоль лязиина анъамта аълайхим гойриль магдууби алайхим уа ляд-дооооллиин" - десе, Аллах айтат: "Бул Менин пендемдин дубасы жана жалбаруусу. Пендемдин сураганы берилет жана мен анын дубасын кабыл кылдым".</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Фатиха сүрөөсүнүн эң чоң мааниси – Аллах Таала аны намаз (Солах) деп атаган.
 Аллах Тааланын Өзүнүн пендесине жардам берээрин баяндап жатат. Анткени Аллах Таала аны мактоо-шүгүрлөрдү айтканы себептен жана улуктаганы себептен мактады жана сураганын берем деп убада берди.
 Бул ыйык сүрөө Аллахка мактоо-шүгүрлөрдү айтууну, Кыямат күнүн эскертүүнү, Аллахка дуба кылууну, Ага гана чын ыкластан ибадат кылууну, туура жолго салууну суроону жана бузуку жолдордон сактанууну камтып алган.
 Намаз окуучу бул хадистин маанисин түшүнсө Фатиха сүрөөсүн окуган кезде анын намаздагы коркуп туруусу күчөйт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65099</t>
   </si>
   <si>
     <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
-    <t>Адамдардын эң жаманы – өзүнүн намазынан уурдаган адам" - деди. Абу Хурайра айтты: "Намазын кантип уурдай алат?". Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Намазынын рүкүсүн да, саждасын да толук кылбайт</t>
+    <t>Адамдардын эң жаманы – өзүнүн намазынан уурдаган адам" - деди. Абу Хурайра айтты: "Намазын кантип уурдай алат?". Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Намазынын рүкүсүн да, саждасын да толук кылбайт</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
-    <t>Абу Хурайра, радыяллаху анху, рываят кылган хадисте Аллахтын элчиси, саллалаху алейхи уа саллам, айтты: "Адамдардын эң жаманы – өзүнүн намазынан уурдаган адам" - деди. Абу Хурайра айтты: "Намазын кантип уурдай алат?". Пайгамбар, саллаллаху алейхи уа саллам, айтты: "Намазынын рүкүсүн да, саждасын да толук кылбайт".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) риваят кылган хадисте Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Адамдардын эң жаманы – өзүнүн намазынан уурдаган адам" - деди. Абу Хурайра айтты: "Намазын кантип уурдай алат?". Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Намазынын рүкүсүн да, саждасын да толук кылбайт".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, уурулук кылган адамдын эң жаманы, намазынан уурдаган адам экенин баяндады. Себеби, башка бирөөнүн акчасын алуу, бул дүйнөдө ага пайда алып келиши мүмкүн. Намазын уурдаган ууру бул уурудан айырмаланып турат. Анткени ал өзүнүн сооп-сыйлыгын уурдап алат. Сахабалар: "Оо, Аллахтын Элчиси, ал намазынан кантип уурдайт?" - деп айтышты. Ошондо Пайгамбар, саллаллаху алейхи уа саллам: "Намазынын рүкүсүн да, саждасын да толук кылбайт" - деп айтты. Себеби, ал рүкүдө жана саждада шашып, эки рекет намазын толук турдө аткарбай калат.</t>
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) уурулук кылган адамдын эң жаманы, намазынан уурдаган адам экенин баяндады. Себеби, башка бирөөнүн акчасын алуу, бул дүйнөдө ага пайда алып келиши мүмкүн. Намазын уурдаган ууру бул уурудан айырмаланып турат. Анткени ал өзүнүн сооп-сыйлыгын уурдап алат. Сахабалар: "Оо, Аллахтын Элчиси, ал намазынан кантип уурдайт?" - деп айтышты. Ошондо Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун): "Намазынын рүкүсүн да, саждасын да толук кылбайт" - деп айтты. Себеби, ал рүкүдө жана саждада шашып, эки рекет намазын толук турдө аткарбай калат.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Намазды жакшы окуу жана намаздын түркүктөрүн бейпилдүүлүк менен жана тынчтануу менен аткаруу маанилүү.
 Рүкүнү жана сажданы толук аткарбаган адамды ууру деп сыпаттоо - аны ошондой кылып намаз окуудан коркутуу жана андай окуунун арамдыгы тууралуу эскертүү.
 Намазда рүкү менен сажданы толук кылуу жана ал экөөнү бирдей аткаруу важиб болот.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65100</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах. Аллахумма Раббанаа лакал хамд, мил ассамааваати, уа мил ал арди, уа мил а маа ши та мин шай ин баьд" - деп айтчу</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>Ибн Аби Авфа (Аллах андан ыраазы болсун) айтты: Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах. Аллахумма Раббанаа лакал хамд, мил ассамааваати, уа мил ал арди, уа мил а маа ши та мин шай ин баьд" - деп айтчу.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) рүкүдөн далысын көтөргөндө: "Самиьаллааху лиман хамидах" - деп айтчу. Мааниси: Ким Аллах Таалага мактоолорду айтса, Аллах Таала анын дубасын кабыл кылат жана анын мактоо-шүгүрлөрүн кабыл кылып, ага сооп-сыйлыктарды берет. Андан кийин Аллах Таалага ушул сөздөр менен мактоо-шүгүрлөрдү айтат: Оо, Аллах! Раббибиз, Сага  асман толо жана жер толо, андан кийин каалаган нерсең менен толтура мактоолор болсун. Асмандарды, жерди жана алардын ортосундагы бардык нерселерди толтурган мактоолор болсун жана Аллах каалагандай мактоолор болсун.</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Намаз окуган адам рүкүдөн башын көтөргөндө эмнени айтуусу сооптуу экени баяндалды.
 Рүкүдөн тургандан кийин түз жана бейпил туруу шариятта бар. Анткени ал түз жана бейпил турмайынча бул зикирди айтуу мүмкүн эмес.
 Бул зикир парз болобу, нафил болобу бардык намаздарда айтылыш керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65101</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
-    <t>Чындыгында, Пайгамбар, саллаллаху алейхи уа саллам, ар бир парз намаздын аягында мындай деп айтчу: “Лаа илааха иллаллаху, уахдаху лаа шариика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду</t>
+    <t>Чындыгында, Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир парз намаздын аягында мындай деп айтчу: “Лаа илааха иллаллаху, уахдаху лаа шариика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
-    <t>Аль-Мугира бин Шуъбанын катчысы Варраддан риваят кылынат. Ал мындай дейт: "Мугира бин Шуъба мага Муавияга жазган катында айтты: "Чындыгында, Пайгамбар, саллаллаху алейхи уа саллам, ар бир парз намаздын аягында мындай деп айтчу: “Лаа илааха иллаллаху, уахдаху лаа шариика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду".</t>
+    <t>Аль-Мугира бин Шуъбанын катчысы Варраддан риваят кылынат. Ал мындай дейт: "Мугира бин Шуъба мага Муавияга жазган катында айтты: "Чындыгында, Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир парз намаздын аягында мындай деп айтчу: “Лаа илааха иллаллаху, уахдаху лаа шариика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
-    <t>Пайгамбар, саллаллаху алейхи уа саллам, ар бир парз намаздын аягында мындай деп айтат эле: “Лаа илааха иллаллаху, уахдаху лаа шакиика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду".
+    <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир парз намаздын аягында мындай деп айтат эле: “Лаа илааха иллаллаху, уахдаху лаа шариика лаху, лахул мулку, уа лахул хамду, уа хува алаа кулли шай ин Кадиир. Аллахумма лаа мааниьа лимаа аьтойта уа лаа муутиьа лимаа манаьта, уа лаа йанфаьу зал жадди минкал жадду".
 Мааниси: "Аллахтан башка сыйынууга татыктуу кудай жок деген тавхид сөзүн тастыктаймын жана аны моюнга алам. Мен чыныгы ибадатты Аллахка кыламын жана андан башкага ибадат кылууну жокко чыгарамын. Анткени Аллахтан башкага сыйынууга татыктуу кудай жок. Чыныгы жана толук башкаруу Аллахка гана таандык экенин тастыктаймын. Асмандар жана жердеги адамдардын бардык мактоолору Аллах Таалага таандык. Анткени Аллах бардык нерсеге Кудуреттүү. Аллах эмне нерсени берүүнү же эмнени кайтарууну тагдыр кылса, аны эч ким кайтара албайт. Аллахтын алдында байдын байлыгы эч кандай пайда бербейт, бирок жакшы иш-аракеттер гана пайда берет".</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Намаздан кийинки бул зикирди айтуу сооптуу. Анткени анда тавхид жана мактоо сөздөрү бар.
 Сүннөткө баш ийүүгө жана аны жайылтууга шашылуу керек.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65102</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда: "Раббигфир ли, Раббигфир ли" - (10) деп айтчу</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Хузайфа (Аллах андан ыраазы болсун) риваят кылат: Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда: "Раббигфир ли, Раббигфир ли" - (10) деп айтчу.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эки сажданын ортосунда отурганда: "Раббигфир ли, Раббигфир ли" - деп кайра-кайра кайталайт эле.
 "Раббигфир ли" - дегендин мааниси: пенденин Раббисинен анын күнөөлөрүн кечирүүнү жана айыбын жабууну сурануусу.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Парз жана нафил намаздардагы эки сажданын ортосунда отурганда бул дубаны айтуу шариятта каралган.
 "Раббигфир ли" деп бир жолу айтуу важиб. Ал эми кайталап айтуу мустахаб.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65104</t>
   </si>
   <si>
     <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
-    <t>Усман бин Абу аль-Аас, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламга, келип: "Оо, Аллахтын Элчиси, мен намазда Куран окуп жатканымда шайтан аралашып, мени адаштырууга аракет кылып жатат" - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Бул "Ханзаб" деп аталган шайтан. Эгерде аны сезсең, анда Аллахтан андан коргоо тилегин жана үч жолу сол тарабыңа түкүргүн". Усман бин Абу аль-Аас, радыяллаху анху, айтты: "Ошондо мен ушундай кылдым, Аллах Таала аны менден кетирди".@*</t>
+    <t>Усман бин Абу аль-Аас (Аллах андан ыраазы болсун) Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) келип: "Оо, Аллахтын Элчиси, мен намазда Куран окуп жатканымда шайтан аралашып, мени адаштырууга аракет кылып жатат" - деди. Ошондо Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Бул "Ханзаб" деп аталган шайтан. Эгерде аны сезсең, анда Аллахтан андан коргоо тилегин жана үч жолу сол тарабыңа түкүргүн". Усман бин Абу аль-Аас (Аллах андан ыраазы болсун) айтты: "Ошондо мен ушундай кылдым, Аллах Таала аны менден кетирди".@*</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
-    <t>Усман бин Абу аль-Аас, радыяллаху анху, риваят кылат: Усман бин Абу аль-Аас, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламга, келип: "Оо, Аллахтын Элчиси, мен намазда Куран окуп жатканымда шайтан аралашып, мени адаштырууга аракет кылып жатат" - деди. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, айтты: "Бул "Ханзаб" деп аталган шайтан. Эгерде аны сезсең, анда Аллахтан андан коргоо тилегин жана үч жолу сол тарабыңа түкүргүн". Усман бин Абу аль-Аас, радыяллаху анху, айтты: "Ошондо мен ушундай кылдым, Аллах Таала аны менден кетирди".</t>
+    <t>Усман бин Абу аль-Аас (Аллах андан ыраазы болсун) риваят кылат: Усман бин Абу аль-Аас (Аллах андан ыраазы болсун) Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) келип: "Оо, Аллахтын Элчиси, мен намазда Куран окуп жатканымда шайтан аралашып, мени адаштырууга аракет кылып жатат" - деди. Ошондо Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) айтты: "Бул "Ханзаб" деп аталган шайтан. Эгерде аны сезсең, анда Аллахтан андан коргоо тилегин жана үч жолу сол тарабыңа түкүргүн". Усман бин Абу аль-Аас (Аллах андан ыраазы болсун) айтты: "Ошондо мен ушундай кылдым, Аллах Таала аны менден кетирди".</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
-    <t>Усман бин Абу аль-Аас, радыяллаху анху, Пайгамбар, саллаллаху алейхи уа салламга, келип: "Оо, Аллахтын Элчиси, мен намаз окуп жатканымда шайтан азгырып мени хушуу (11) менен окуудан тосуп жатат. Мен Куран окуп жатканымда чаташтырып, күмөнгө салып жатат." - деп айтты. Ошондо Аллахтын Элчиси, саллаллаху алейхи уа саллам, ага мындай деди:" Бул Ханзаб деген шайтан. Эгерде муну билип, сезсең, анда Аллахтан коргоо суран, Аллахтан андан коргоо сура жана сол тарабыңа үч жолу аз шилекейиң менен түкүрүп жибер. Усман айтты: Ошентип, мен Пайгамбар, саллаллаху алейхи уа саллам, эмнени буйруса, ошону аткардым. Ошондуктан Аллах аны менден кетирди.</t>
+    <t>Усман бин Абу аль-Аас (Аллах андан ыраазы болсун) Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) келип: "Оо, Аллахтын Элчиси, мен намаз окуп жатканымда шайтан азгырып мени хушуу (11) менен окуудан тосуп жатат. Мен Куран окуп жатканымда чаташтырып, күмөнгө салып жатат." - деп айтты. Ошондо Аллахтын Элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага мындай деди:" Бул Ханзаб деген шайтан. Эгерде муну билип, сезсең, анда Аллахтан коргоо суран, Аллахтан андан коргоо сура жана сол тарабыңа үч жолу аз шилекейиң менен түкүрүп жибер. Усман айтты: Ошентип, мен Пайгамбар (ага Аллахтын тынчтыгы жана мактоосу болсун) эмнени буйруса, ошону аткардым. Ошондуктан Аллах аны менден кетирди.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Намазды кичи пейилдик менен окуу жана жүрөктү намаз окууга даярдоо маанилүү. Шайтан намазда ага калакат берүүгө жана шек салууга аракет кылат.
 Шайтан намазда азгырганда, сол жагына үч жолу түкүрүп, Аллахтын  шайтандан коргоосун суроо сооптуу.
-Сахабалар, радыяллаху анхум, өздөрүнүн арасында болгон көйгөйлөрдү чечүү үчүн, Пайгамбар, саллаллаху алейхи уа салламга, кайрылышканын баяндалды.
+Сахабалар (Аллах алардан ыраазы болсун) өздөрүнүн арасында болгон көйгөйлөрдү чечүү үчүн, Пайгамбарга (ага Аллахтын тынчтыгы жана мактоосу болсун) кайрылышканын баяндалды.
 Сахабалардын жүрөктөрүнүн жашоосу жана алардын акыретке кам көрүүсү баяндалды.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65105</t>
   </si>
   <si>
     <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
   </si>
   <si>
     <t>Аллах Таала калыс Өзү үчүн жана Өзүнүн ыраазылыгы үчүн  аткарылган амалдарды гана кабыл кылат" - деп айтты</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
   </si>
   <si>
     <t>Абу Умама Баахилий (ага Аллах ыраазы болсун) айтат: Бир киши пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) келип: "Мен соопту да, атакты да үмүт кылып казатка чыккан кишини көрдүм. Ага сооп берилеби?" - деп сурады. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун): "Ага эч нерсе берилбейт" - деди. Тиги киши суроосун үч жолу кайталады. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: "Ага эч нерсе берилбейт" - деп, анан: "Аллах Таала калыс Өзү үчүн жана Өзүнүн ыраазылыгы үчүн  аткарылган амалдарды гана кабыл кылат" - деп айтты.</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>Аллахтан сооп-сый талап кылып ошол эле учурда элден мактоо, атак-даңк үмүт кылып казатка чыккан кишинин өкүмү кандай болорун суроо үчүн бир киши пайгамбарыбызга (ага Аллахтын тынчтыгы жана мактоосу болсун) келип ошол адам сооп-сыйга татыктуу болобу деп сурайт. Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) андай адамга эч кандай сооп берилбейт, анткени ал ниетинде Аллахка башка нерсени шерик кылды деп жооп берет. Суроо берген киши суроосун үч жолу кайталайт. Пайгамбарыбыз да баягы ага эч кандай сооп берилбейт деген жообун кайталап айтат. Анан пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Аллахтын алдында амалдардын кабыл болуу эрежесин эскертип: Аллах Таала баары Анын Өзү үчүн аткарылган, эч кандай башка ниет аралашпаган, Аллахтын ыраазылыгы көздөлгөн амалдарды гана кабыл кыларын айтат.</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Аллах Таала калыс Өзү үчүн жана пайгамбардын сүннөт жолу менен аткарылган амалдарды гана кабыл кылат.
 Суроочунун билгиси келген максатынан ашыгы менен жооп берүү фатва берүүчүнүн эң мыкты жообу болуп эсептелет.
 Иштин маанилүү экенин суроону кайталоо аркылуу билдирсе болот.
 Чыныгы мужахид (казат кылуучу) - кайсы бир дүйнөлүк максатта эмес, Аллахтын сөзү бийик болуусу үчүн, акыретине сооп талап кылып калыс ниети менен казатка чыккан адам.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
     <t>[رواه النسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65107</t>
   </si>
   <si>
     <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
-    <t>“Кимде-ким Аллах Тааланы Раббим деп, Исламды диним деп жана Мухаммадды пайгамбарым деп ыраазы болсо, ыймандын даамын татат</t>
+    <t>“Кимде-ким Аллах Тааланы Раббим деп, Исламды диним деп жана Мухаммадды пайгамбарым деп ыраазы болсо, ыймандын даамын татыптыр</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
-    <t>Аббас бин Абдулмуталиб (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын укканмын: “Кимде-ким Аллах Тааланы Раббим деп, Исламды диним деп жана Мухаммадды пайгамбарым деп ыраазы болсо, ыймандын даамын татат"</t>
+    <t>Аббас бин Абдулмуталиб (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айтканын укканмын: “Кимде-ким Аллах Тааланы Раббим деп, Исламды диним деп жана Мухаммадды пайгамбарым деп ыраазы болсо, ыймандын даамын татыптыр".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: Ыйманында чынчыл, ыйманы жүрөгүндө бейпилдик тапкан ыймандуу адам ушул үч ишке ыраазы болсо, жүрөгү менен тынчтыкты, кенендикти, кубанычты, Аллахка жакындыгынын даамын сезет:
 Биринчиси: Аллахтын Рабби экенине ыраазы болсо. Мында Аллахтын Раббилик тарабынан берилген ырыскыларга жана ар кандай абалдарга көкүрөгү кеңейип ыраазы болот. Жүрөгүндө ага каршы эч нерсени сезбейт жана Аллахтан башка нерсени Рабби кылып албайт.
-Экинчиси: Исламдын дин болгонуна ыраазы болуу. Мында Исламдын моюнга жүктөгөн буйруктарына жана ваажыбдарына жүрөгү менен ыраазы болуп, Исламдын жолунан башка жолго ыраазы болбойт.
-Үчүнчүсү: Мухаммаддын (ага Аллахтын тынчтыгы жана мактосу болсун) элчи болгонуна ыраазы болуу. Мында пайгамбарыбыз алып келген динге шек-күмөнсүз ишенип, ага кубанып жана ыраазы болот. Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жолунан башка жолго түшпөйт.</t>
+Экинчиси: Исламдын дин болгонуна ыраазы болуу. Мында Исламдын моюнга жүктөгөн буйруктарына жана важибтерине жүрөгү менен ыраазы болуп, Исламдын жолунан башка жолго ыраазы болбойт.
+Үчүнчүсү: Мухаммаддын (ага Аллахтын тынчтыгы жана мактоосу болсун) элчи болгонуна ыраазы болуу. Мында пайгамбарыбыз алып келген динге шек-күмөнсүз ишенип, ага кубанып жана ыраазы болот. Пайгамбардын (ага Аллахтын тынчтыгы жана мактоосу болсун) жолунан башка жолго түшпөйт.</t>
   </si>
   <si>
     <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
 الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
 الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
 قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
   </si>
   <si>
     <t>Жеп, ичилген нерселердин тилге сезиле турган даамы болгон сыяктуу, ыймандын да жүрөккө гана сезиле турган даамы бар.
 Жеп, ичилген нерселердин даамын оорудан таза дене гана сезе алат. Ошол сыяктуу жүрөк да напси каалоолорунан, кумар азгырыктарынан таза болсо, ыймандын даамын сезе алат. Эгер жүрөк "оорулуу" болсо, ыймандын даамын сезбейт. Тескерисинче, аны өлтүрө турган күнөөлөр жана напси каалоолорду өзүнө адал кылып сиңирип алат.
 Эгерде инсан кайсы бир ишке ыраазы болсо жана аны жакшы кылса, ал ага жеңил болот, аны аткарууда эч кандай машакатты сезбейт. Ал иши үчүн кубанычта болот. Ошол сыяктуу эле ыймандуу адамдын жүрөгүнө ыйман отурукташса, ага Раббисине таат-ибадат кылуу жеңил болот. Напсиси ыраазы болот, сыноолор ага оордук жаратпайт.
 Ибн Каййум минтип айткан: Бул хадис Аллах Тааланын рубубиятына да, улухиятына да ыраазы болууну, ошондой эле Анын элчисине да ыраазы болуп, аны ээрчүүнү, динине ыраазы болуп, ага берилүүнү ичине камтыган хадис.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65116</t>
   </si>
   <si>
     <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
-    <t>“Төмөнкү төрт түрдүү жорук кимде болсо, ал анык эки жүздүү болот. Ал эми кимде бул жоруктардын бири болсо, андан арылмайынча экүү жүздүүлүктүн бир белгиси бар болот. Алар: аманат берилсе, ага кыянаттык кылат; Сүйлөсө жалган сүйлөйт; Убада берсе, сөзүндө турбайт жана талашып-тартышса, аша чаап кетет”</t>
+    <t>“Төмөнкү төрт түрдүү жорук кимде болсо, ал анык эки жүздүү болот. Ал эми кимде бул жоруктардын бири болсо, андан арылмайынча экүү жүздүүлүктүн бир белгиси бар болот. Алар: аманат берилсе, ага кыянаттык кылат; сүйлөсө жалган сүйлөйт; убада берсе, сөзүндө турбайт жана талашып-тартышса, аша чаап кетет”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Амир (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: “Төмөнкү төрт түрдүү жорук кимде болсо, ал анык эки жүздүү болот. Ал эми кимде бул жоруктардын бири болсо, андан арылмайынча экүү жүздүүлүктүн бир белгиси бар болот. Алар: аманат берилсе, ага кыянаттык кылат; Сүйлөсө жалган сүйлөйт; Убада берсе, сөзүндө турбайт жана талашып-тартышса, аша чаап кетет”</t>
+    <t>Абдуллах бин Амир (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: “Төмөнкү төрт түрдүү жорук кимде болсо, ал анык эки жүздүү болот. Ал эми кимде бул жоруктардын бири болсо, андан арылмайынча экүү жүздүүлүктүн бир белгиси бар болот. Алар: аманат берилсе, ага кыянаттык кылат; сүйлөсө жалган сүйлөйт; убада берсе, сөзүндө турбайт жана талашып-тартышса, аша чаап кетет”.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) төрт иштен тыйып, катуу эскерткен. Эгер бул төрт иш бир адамда топтолсо, ал анык мунафыктарга окшойт. Бул ошол төрт ишти көп учурда аткарган адамга тиешелүү. Ал эми бул иштердин кээ бирин гана кылган адам буга кирбейт.
 Биринчиси: Сүйлөгөндө жалганга таянып сүйлөйт, сөзүндө чындыгы болбойт.
 Экинчиси: Келишим кылса, анын өтөөсүнө чыкпайт, келишим кылган адамга кыянат кылат.
 Үчүнчүсү: Убада берсе, анысын аткарбайт, убадасынын тескерисин кылат.
 Төртүнчүсү: Кимдир бирөө менен талашып-тартышса, сөзүн чындыкка чыгаруу үчүн чектен чыгып, акыйкаттан четтеп, батыл жалганды айтат.
 Нифак, (эки жүздүүлүк) - ичиндеги нерсенин тескерисин ачыкка чыгаруу. Мына ушул маани жогорудагыдай адаттардан байкалат. Эки жүздүүлүгү сүйлөгөн адамдын акысына, убада берген адамдын акысына, келишим кылган адамдын акысына, талаш-тартыш кылган адамдын акысына кирет. Мындай адам каапырлыгын жашырып динин көрсөткөн анык мунафык эмес. Кимде ушул айтылган сыпаттар болсо, аны таштаганга чейин мунафыктыктын сыпатын көтөрүп жүргөн болот.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
@@ -17942,84 +17938,84 @@
 Ибн Каййим мындай деген: "Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) такыбалыктын баарын бир суйлөм менен айткан, ал: "Адам Исламды эң жакшы кармануусу - өзүнө тиешеси жок нерсеге кийлигишпегени" - деген хадиси. Бул өзүнө тиешеси жок сөздөн, кароодон, угуудан, басып баруудан, кармоодон, ойлонуудан ж.б. ачык жана жашыруун аракеттердин баарынан сактануу керек дегенди билдирет".
 Ибн Ражаб мындай деген: "Бул хадис адептин негиздеринин бири".
 Хадис илим алууга үндөйт, анткени, илим алуу менен адам эмне өзүнө тиешелүү, эмне тиешелүү эмес экенин ажыратат.
 Жакшылыкка чакырып, жамандыктан тыйып, акыл-насаат айтып туруу зарыл. Анткени, инсан буга буйрулган.
 Хадистин жалпы маанисине булар кирет: Аллах Таала арам кылган жана пайгамбарыбыз жактырбаган нерселерден алыс болуу. Ошондой эле зарыл болбогон иштерден качуу. Мисалы, акыретке байланыштуу кайып, көмүскө сырларды иликтөө, жаратуу жана башкаруу ишинин майда-чүйдө өкүмдөрүн териштирүү, иш жүзүндө болбогон, дээрлик болбой турган, же элестетүү да мүмкүн болбогон маселелерди сурап-изилдөө.</t>
   </si>
   <si>
     <t>رواه الترمذي وغيره</t>
   </si>
   <si>
     <t>[رواه الترمذي وغيره]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65255</t>
   </si>
   <si>
     <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>Бардык эки азандын ортосунда намаз бар. Бардык эки азандын ортосунда намаз бар". Анан: "Каалагандар үчүн" - деп кошумчалаган</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
-    <t>Абдулла бин Мугаффал (ага Аллах ыраазы болсун) айтат: пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бардык эки азандын ортосунда намаз бар. Бардык эки азандын ортосунда намаз бар". Анан: "Каалагандар үчүн" - деп кошумчалаган.</t>
+    <t>Абдулла бин Мугаффал (Аллах андан ыраазы болсун) айтат: пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бардык эки азандын ортосунда намаз бар. Бардык эки азандын ортосунда намаз бар". Анан: "Каалагандар үчүн" - деп кошумчалаган.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ар бир азан менен икооматтын ортосунда напил намаз окуу керектигин айткан. Муну үч жолу кайталап, анан каалаган адамга гана мустахаб деп кошумчалаган.</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
   <si>
     <t>Азан менен икооматтын ортосунда напил намаз окуу мустахаб.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) таалим берүүдөгү ыкмасы, маанилүү ишти айтарда аны бир канча жолу кайталаган.
 Эки азан дегени: азан менен икоомат. Көбүнчө буга эки азан деп айтылат. Күн менен айды "эки ай", Абу Бакр менен Умарды "эки Умар" деген сыяктуу.
 Азан намаздын убактысы киргенин билдирүү үчүн айтылат. Икоомат болсо, намаздын башталгандыгын билдирүү үчүн айтылат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65479</t>
   </si>
   <si>
     <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
   </si>
   <si>
     <t>“Адам өлгөндө, анын иш-аракеттери бүт токтойт. Бирок үч ишинин гана сообу токтобой улана берет. Алар: эл пайдасын көргөн, сообу үзүлбөгөн садакалары; бирөөлөргө үйрөтүп кеткен пайдалуу илим-билими; артынан дуба кылган ыймандуу баласы”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: “Адам өлгөндө, анын иш-аракеттери бүт токтойт. Бирок үч ишинин гана сообу токтобой улана берет. Алар: эл пайдасын көргөн, сообу үзүлбөгөн садакалары; бирөөлөргө үйрөтүп кеткен пайдалуу илим-билими; артынан дуба кылган ыймандуу баласы”</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: “Адам өлгөндө, анын иш-аракеттери бүт токтойт. Бирок үч ишинин гана сообу токтобой улана берет. Алар: эл пайдасын көргөн, сообу үзүлбөгөн садакалары; бирөөлөргө үйрөтүп кеткен пайдалуу илим-билими; артынан дуба кылган ыймандуу баласы”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
 الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
 الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
 الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) адам өлгөндө анын иш-амалдары токтоп каларын кабаларган. Өлгөн адамга анын себеби менен ишке ашкан төмөнкү үч иштин гана сообу жетип турат:
 Биринчи: Вакфка берген мүлкү, же салып койгон мечити, же казып суу чыгарып койгон кудугу сыяктуу сообу токтобой агып туруучу садага иштери.
 Экинчи: Адамдар пайдалана турган илими. Илим жолунда жазган китептери, же кимдир бирөөнү окутуп үйрөткөн илими. Ал өлгөндөн кийин анын жазган китеби окулган сайын, же ал илим берген адам башкаларга илимин тараткан сайын сообу ага жазыла берет.
 Үчүнчү: Ата-энесине дуба кылган ыймандуу, саалих баланын дубасы.</t>
   </si>
   <si>
     <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
 خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
 كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
 العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
 الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
 الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
 الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
   </si>
   <si>
     <t>Аалымдар адам өлгөндөн кийин анын артынан сообу жете турган иштерге сообу токтобогон садагалар, башкалар пайдасын көрө турган илимдер жана дубалар деп айтышкан. Башка хадисте буларга кошумча ажылык ибадаты да айтылган.
 Хадисте ушул үч ишти айтып, ушуларды аткарууга үндөгөн. Анткени, булар жакшылыктын негизи, пазилеттүү адамдар артына калтырып кетүүнү максат кылган иштер.
@@ -18053,57 +18049,57 @@
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>Суу эң жакшы садака экени баяндалган.
 Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) Саадга сууну садака кыл деп багыт көрсөткөн. Анткени, ал учурда күн ысык, суу тартыш болуп сууга муктаждык чоң болгон. Суу чыгаруу дүйнөлүк да, акыреттик да пайдаларды алып келген.
 Жасалган садакалардын сообу өтүп кеткен адамдарга жетет.
 Саад бин Убада (ага Аллах ыраазы болсун) энесине жакшылык кылган уул болгон.</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
     <t>[حسن بمجموع طرقه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65613</t>
   </si>
   <si>
     <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
-    <t>Бирөөлөрдүн ата тегин кемсинткен, бирөөлөргө каргыш айткан, бузук иштерди кылган, уят сөздөрдү сүйлөгөн адамдын ыйманы толук болбойт</t>
+    <t>Ыймандуу адам айыптоочу, каргышчыл, бузуку жана бузук ооз болбойт</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Масуд (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Бирөөлөрдүн ата тегин кемсинткен, бирөөлөргө каргыш айткан, бузук иштерди кылган, уят сөздөрдү сүйлөгөн адамдын ыйманы толук болбойт".</t>
+    <t>Абдуллах бин Масуд (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Ыймандуу адам айыптоочу, каргышчыл, бузуку жана бузук ооз болбойт».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) кабарлайт: адамда төмөнкүдөй жаман сапаттары болсо, анын ыйманы толук болбойт: адамдардын ата тегин кемсинтсе, дайыма сөгүнүп каргыш айтып жүрсө, уят жаман иштерди кылып, ушундай сөздөрдү сүйлөсө.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>Шарияттын тексттеринде арам иштерди жасаган же парз иштерди аткарбаган адамга гана ыйманы алсыз деп айтылат.
 Дене мүчөлөрдү, айрыкча, тилди зыян берүүдөн сактоо зарыл.
 Ас-Синдий минтип айтат: Бирөөнүн тегин кемсинтүү жана каргыш айтуу деген эки сыпаттын күчөтмө мааниде айтылганы, мындайга ылайыктуу болгон адамдарга карата кээ-кээде, аз-аз айтылса, мындайды айткан адамды ыймандуу деп сыпаттоого зыянын тийгизбейт.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/65869</t>
   </si>
   <si>
     <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>Суу жетпеген согончокторго азап болот, дааратты жеткиликтүү алгыла!" - деди</t>
@@ -18250,51 +18246,51 @@
 الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
   </si>
   <si>
     <t>Инсандын жаралуу этаптары айтылган.
 Тагдыр жана жазмышка ыйман келтирүү зарыл.
 Бардык иш-аракеттердин акыры - башында тагдыр кылынганына жараша жана жазылган китеби боюнча өтөт.
 Иш-аракеттердин тышкы сүрөттөрүнө алданып калуудан эскертүү болду. Анткени иш-аракеттер акырына карап бааланат.
 ____</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66513</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
   </si>
   <si>
     <t>Кимде-ким биздин шариятыбызга анда болбогон жаңы ишти киргизсе, ал өзүнө кайтарылат</t>
   </si>
   <si>
     <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
 وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
-    <t>Ыймандуулардын энеси Умму Абдулла Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактосу болсун) минтип айткан: "Кимде-ким биздин шариятыбызга анда болбогон жаңы ишти киргизсе, ал өзүнө кайтарылат ".</t>
+    <t>Ыймандуулардын энеси Умму Абдулла Айша (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактосу болсун) минтип айткан: "Кимде-ким биздин шариятыбызга анда болбогон жаңы ишти киргизсе, ал өзүнө кайтарылат ". Муслимдин риваятында "кимде-ким биздин шариятыбызда жок амалды кылса, ал өзүнө кайтарылат" деп айтылган.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ибадаттар Куран жана сүннөттө келген далилдерге карап дайындалган. Аллах Таалага Ал шарият кылган нерсе менен гана ибадат кылабыз, жаңы пайда болгон жана ойдон чыгарылган нерсе менен эмес.
 Дин оюна келгенди же көңүлүнө жакканды аткаруу менен болбойт, Аллахтын элчисин (ага Аллахтын тынчтыгы жана мактоосу болсун) ээрчүү менен болот.
 Бул хадис диндин толуктугуна далил.
 Динде жаңыдан пайда болгон, пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) жана сахабалардын убагында болбогон акыйда ишенимге, сөзгө, амалга тиешелүү иштин баары - бидаат (диндеги жаңылык).
 Бул хадис Ислам негиздеринин бири, бул амалдагы тараза сыяктуу. Аллахтын ыраазылыгы көздөлбөгөн бардык амалдар, аны аткаруучуга сооп болбойт. Ошондой эле Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) алып келген жолго дал келбесе, ал аткарган адамга кайра кайтарылат.
 Бул хадис азыркы тескери иштерди, жаңы пайда болгон бидаат амалдарды четке кага турган эреже.
 Жаңыдан пайда болгон тыюу салынган иштер динге гана тиешелүү, дүйнө иштерине тиешелүү эмес.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66514</t>
   </si>
   <si>
     <t>إن الحلال بين، وإن الحرام بين</t>
   </si>
@@ -18378,57 +18374,57 @@
 النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
 ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
 لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
 كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
   </si>
   <si>
     <t>Бул хадис буйрукту аткаруунун, тыюудан тыйылуунун эрежелерин камтыйт.
 Тыйылган иштердин эч бирин аткарууга болбойт. Ал эми буйрулган иштерди кудуретке жараша аткарууга уруксат. Анткени тыйылууга бардык адам кадыр. Ал эми аткарууга келгенде бардык эле адамдын кудурети бирдей эмес.
 Көп суроо берүүдөн тыюу боюнча аалымдар суроолорду эки түргө бөлүшөт: биринчиси, дин иштеринин кайсы бирин билип алуу үчүн берилген суроо. Буга сахабалардын сурагандары кирет, мындай суроолорду берүү шариятта буйрулган. Экинчиси: өзүнө-өзү оорлук жаратуу үчүн, көктүк кылып атайын берилген суроолор. Мына ушундай суроолорго тыюу салынган.
 Мурдагы үммөттөрдө болгон сыяктуу, бул үммөткө пайгамбарына каршы чыгуу катуу эскертилди.
 Тыюу азды да, көпту да камтыйт. Анткени, жаман иштин азынан да, көбүнөн да тыйылмайынча ал сактанган болбойт. Мисалы: Сүткордуктун азы да, көбү да сүткордук. Бизди андан тыйдыбы, демек азынан да, көбүнөн да тыйылышыбыз керек.
 Арам ишке алып бара турган себептерди да таштоо керек; анткени, бул дагы сактанууга кирет.
 Пайгамбарыбыздын (ага Аллахтын тынчтыгы жана мактоосу болсун) кайсы бир буйругун укканда, аны "бул важыб бекен, же мустахаб бекен" деп изилдеп отуруунун кажети жок. Тескерисинче, аны аткарууга дароо киришүү керек. Хадисте: "...аны алыңардын жетишинче аткаргыла" - деп айтылган.
 Көп суроо берүү, айрыкча, толук чечмеленбей турган, кайып болгон кыяматтагы адамдардын абалы сыяктуу маселелерде кыйроого себеп болот. Мындайларды тереңдеп, казып сурай берсең кыйроого кабыласың.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66517</t>
   </si>
   <si>
     <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларды пайгамбарларды буйруган нерсеге буйруган. Ал минтип айткан: "Оо, элчилер! Таза, адал нерседен жегиле! Жакшы иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн". (Муминун, 51-аят). Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...!" деген. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алыс сапарга чыгып, чачы саксайып жүдөгөн, үстү-башын чаң баскан адам колун өйдө көтөрүп: “Оо, Раббим! Оо, Раббим!” - деп дуба кылганын эскерип, анан мындай деди: “Анын жегени арам, ичкени арам, кийгени арам, арамдан азыктанат. Анан анын дубасы кантип кабыл болсун?!”</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларды пайгамбарларды буйруган нерсеге буйруган. Ал минтип айткан: "Оо, элчилер! Таза, адал нерседен жегиле! Жакшы иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн". (Муминун, 51-аят). Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...!" деген. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алыс сапарга чыгып, чачы саксайып жүдөгөн, үстү-башын чаң баскан адам колун өйдө көтөрүп: “Оо, Раббим! Оо, Раббим!” - деп дуба кылганын эскерип, анан мындай деди: “Анын жегени арам, ичкени арам, кийгени арам, арамдан азыктанат. Анан анын дубасы кантип кабыл болсун?!”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларды пайгамбарларды буйруган нерсеге буйруган. Ал минтип айткан: "Оо, элчилер! Таза, адал нерседен жегиле! Жакшы иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн". (Муминун, 51-аят). Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...!" деген. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алыс сапарга чыгып, чачы саксайып жүдөгөн, үстү-башын чаң баскан адам колун өйдө көтөрүп: “Оо, Раббим! Оо, Раббим!” - деп дуба кылганын эскерип, анан мындай деди: “Анын жегени арам, ичкени арам, кийгени арам, арамдан азыктанат. Анан анын дубасы кантип кабыл болсун?!”</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Аллах Аруу-Таза, таза нерселерди гана кабыл кылат. Аллах Таала ыймандууларды пайгамбарларды буйруган нерсеге буйруган. Ал минтип айткан: "Оо, элчилер! Таза, адал нерседен жегиле! Жакшы иш-амалдарды кылгыла! Чынында, эмне кылганыңарды Мен билүүчүмүн". (Муминун, 51-аят). Ошондой эле: "Оо, ыйман келтиргендер! Биз силерге берген ырыскылардын таза-адалынан жегиле...!" деген. Андан кийин пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) алыс сапарга чыгып, чачы саксайып жүдөгөн, үстү-башын чаң баскан адам колун өйдө көтөрүп: “Оо, Раббим! Оо, Раббим!” - деп дуба кылганын эскерип, анан мындай деди: “Анын жегени арам, ичкени арам, кийгени арам, арамдан азыктанат. Анан анын дубасы кантип кабыл болсун?!”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
 ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
 ثالثًا: يرفع يديه إلى السماء بالدعاء.
 رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
 ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
     <t>Аллах Таала затында, сыпаттарында, иштеринде жана өкүмдөрүндө кемчиликсиз толук.
 Амалдар калыс Аллах үчүн, анан пайгамбар көрсөткөн тартипте болуусу буйрулган.
 Амал кылууга үндөгөн учурда шыктандыруучу сөздөрдү пайдаланууга болот. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): "Аллах Таала элчилерди буйруган нерсеге ыймандууларды да буйруган" - деп айтты. Ыймандуулар аларга буйрулуп жаткан иштер пайгамбарларга да буйрулганын билген соң ошол амалдарды кылууга шыктанып, аракет кылышат.
 Дубанын кабыл болуусун тыйып койо турган иштердин бири - арам тамактануу.
 Дубанын кабыл болуусуна себеп боло турган иштер бешөө: Бириничиси: Адамга кыйынчылык жараткан алыс сапар; Экинчиси: Адамдын жалбарган абалы; Үчүнчүсү: Колду асманга көтөрүү; Төртүнчүсү: Аллахтын рубубиятын кайталап Аллахка кайрылуу. Мындай кылуу дуба кабыл болуу үчүн өтө зарыл иштердин бири; Бешинчиси: жеген-ичкенинин адал, таза болуусу.
@@ -18490,51 +18486,51 @@
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
 إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66521</t>
   </si>
   <si>
     <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Эй, бала! Мен сага ушундай (пайдалуу) сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун көрөсүң. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурасаң, анда Аллахтан жардам сура</t>
   </si>
   <si>
     <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
 وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
   </si>
   <si>
-    <t>Абу Аббас, Абдулла бин Аббас (аларга Аллах ыраазы болсун) айтат: Бир күнү Аллахтын элчиси минген улоого учкашып бара жатсам, ал мындай деди: «Эй, бала! Мен сага ушундай (пайдалуу) сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун көрөсүң. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурасаң, анда Аллахтан жардам сура.  Билип ал! Эгерде бүткүл үммөт сага пайда берүү үчүн бириксе да, алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле үммөттүн баары сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Калемдер көтөрүлгөн, барактар кургаган».</t>
+    <t>Абу Аббас, Абдулла бин Аббас (аларга Аллах ыраазы болсун) айтат: Бир күнү Аллахтын элчиси минген улоого учкашып бара жатсам, ал мындай деди: «Эй, бала! Мен сага ушундай (пайдалуу) сөздөрдү үйрөтөм: Аллахтын (шариятын) сакта! Аллах сени сактайт. Аллахтын (дайыма шариятын) сактап жүр! Мына ошондо Аллах сени бардык жакшылыктарга жолдогонун көрөсүң. Эгерде сурай турган болсоң, анда Аллахтан сура. А эгер жардам сурасаң, анда Аллахтан жардам сура.  Билип ал! Эгерде бүткүл үммөт сага пайда берүү үчүн бириксе да, алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле үммөттүн баары сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Калемдер көтөрүлгөн, барактар кургаган». Тирмизиден башка риваяттарда минтип айтылган: "Аллахтын динин сакта, ошондо Аны бет алдыңдан табасың. Бардар жашоодо Аллахты эсте, ошондо кыйынчылыкта Аллах сени эстейт. Сени кыйгап өткөн нерсе сага тиймек эмес. Сага тийген нерсе сени кыйгап өтмөк эмес. Билип ал, жеңиш сабыр менен келет. Ийгилик кыйынчылык менен коштолот. Кыйынчылыктын артында жыргалчылык болот.</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
 وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
   </si>
   <si>
     <t>Ибн Аббас (ага Аллах ыраазы болсун) бала кезинде Пайгамбаыбыздын улоосуна  учкашып бара жатканын кеп кылат.  Ошондо Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) ага: «Мен сага Аллах сага пайда бере турган иштерди жана нерселерди үйрөтөм» - деп төмөнкүлөрду айтат: Аллахтын буйруктарын аткаруу менен жана тыюу салган нерселеринен сактануу менен Аллахтын шариятын сакта. Аллах сени жакшы амалдардын, ибадаттардын үстүндө көрсүн. Сени күнөөлөрдүн үстүндө көрбөсүн. Ушуларга амал кылсаң, анда мунун сыйлыгы Аллах сени дүйнө жана акырет кыйынчылыктарынан сактайт, кайда болбогун иштериңе жардам берет. А эгер бир нерсе сурагың келсе, анда Аллахтан гана сура, анткени сурагандарга Ал гана жооп берет. А эгер жардам кааласаң, анда Аллахтан гана жардам сурап, Ага таян. Сенде ушундай ишенич болсун, эгерде бүткүл жер жүзүндөгү бардык адамдар сага пайда берүү үчүн бириксе да алар сага Аллах тагдырыңа жазганчалык гана пайда бере алышат. Ошондой эле бүткүл жер жүзүндөгү бардык адамдар сага зыян берүү үчүн бириксе, алар сага Аллах тагдырыңа жазганчалык гана зыян бере алышат. Чындыгында, бул иш Аллах Таала тарабынан жазылган жана Анын даанышмандыгынын жана илиминин талабына ылайык тагдыр кылынган. Аллах жазып койгон нерседе эч кандай өзгөртүү болбойт. Кимде-ким Анын буйругун аткарып, тыйганынан тыйылып Аллахтын динин сактаса, Аллах Таала анын жанында болот, т.а. ал эмнеге муктаж экенин билет, ага жардам берип, колдойт. Эгерде инсан жайчылык жашоодо Аллахты эстеп, Ага таат-ибадат кылса, кыйынчылыкта Аллах ага жеңилдик берип, эшик ачат. Ар бир инсан Аллахтын жакшы жана жаман тагдырына ыраазы болсун. Кыйынчылык, мээнеткечтик адамдан сабырды талап кылат. Сабыр ийгиликтин ачкычы. Кыйынчылык күчөгөндө Аллахтан жардам келет. Кыйынчылыктын артынан Аллах Таала жеңилдикти келтирет.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
 البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
 تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
   </si>
   <si>
     <t>Жаштарга жана жаш балдарга таухидти жана адеп-ахлакты ж.б. дин иштеринен окутуу зарыл.
 Иш-аракеттердин түрүнө жараша сооп-сыйлык болот же жаза болот.
@@ -18583,57 +18579,57 @@
   <si>
     <t>Абу Абдулла Жаабир бин Абдулла Ансари (аларга Аллах ыраазы болсун) айтат: Бир киши Аллахтын элчисинен (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип сурады:  «Айтыңызчы, мен парз намаздарын окуп, Рамазан орозосун кармасам, адалды адал деп билип, арамды арам деп билсем жана бул нерселерге эч нерсе кошпосом, анда мен бейишке киреминби?» Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун): «Ооба» - деди.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66525</t>
   </si>
   <si>
     <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
   </si>
   <si>
     <t>Тазалык – ыймандын жарымы. "Алхамдулиллах" деп айтуу амал таразасын толтурат. "Субхааналлах" жана "Алхамдулиллах" деп айтуу асман менен жердин</t>
   </si>
   <si>
     <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
   </si>
   <si>
     <t>Абу Маалик Ал-Хаарис ибн Аасим Ашарий (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: «Тазалык – ыймандын жарымы. "Алхамдулиллах" деп айтуу амал таразасын толтурат. "Субхааналлах" жана "Алхамдулиллах" деп айтуу асман менен жердин ортосун толтурат. Намаз – нур, садага - далил, ал эми сабырдуулук -жылуу таптуу нур. Куран - сенин пайдаңа же зыяныңа күбө болот. Ар бир инсан күндө өз напсисин Аллах үчүн же шайтан үчүн сатыкка коёт, анан аны куткарып алат же аны зыянга учуратат».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66526</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Адамдар ар бир мүчөсү үчүн күн сайын садага берүүгө милдеттүү. Эки адамды жараштыруу - садага. Кишини улоосуна мингизип, же буюм-теримин улоосуна артышып коюу - садага. Ооздон чыккан жакшы сөз - садага. Намаз окуу үчүн мечитке каттаган ар бир кадам - садага. Зыяны тие туган нерсени жолдон алып таштоо - садага</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Адамдар ар бир мүчөсү үчүн күн сайын садага берүүгө милдеттүү. Эки адамды жараштыруу - садага. Кишини улоосуна мингизип, же буюм-теримин улоосуна артышып коюу - садага. Ооздон чыккан жакшы сөз - садага. Намаз окуу үчүн мечитке каттаган ар бир кадам - садага. Зыяны тие туган нерсени жолдон алып таштоо - садага</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
-    <t>Абу Хурайра (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адамдар ар бир мүчөсү үчүн күн сайын садага берүүгө милдеттүү. Эки адамды жараштыруу - садага. Кишини улоосуна мингизип, же буюм-теримин улоосуна артышып коюу - садага. Ооздон чыккан жакшы сөз - садага. Намаз окуу үчүн мечитке каттаган ар бир кадам - садага. Зыяны тие туган нерсени жолдон алып таштоо - садага".</t>
+    <t>Абу Хурайра (Аллах андан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Адамдар ар бир мүчөсү үчүн күн сайын садага берүүгө милдеттүү. Эки адамды жараштыруу - садага. Кишини улоосуна мингизип, же буюм-теримин улоосуна артышып коюу - садага. Ооздон чыккан жакшы сөз - садага. Намаз окуу үчүн мечитке каттаган ар бир кадам - садага. Зыяны тие туган нерсени жолдон алып таштоо - садага".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66527</t>
   </si>
   <si>
     <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Силерге Аллахка такыба болууну осуят кылам. Эгер силерге кул киши башчылык кылса да аны уккула жана укканыңарды аткаргыла. Мен өтүп кеткенден кийин көбүрөөк жашаганыңар өтө көп карама-каршылыктарды көрөсүңөр. Менин жана туура жолго баштаган халифаларымдын сүннөт-жолун кармангыла</t>
   </si>
   <si>
     <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
   </si>
   <si>
     <t>Абу Нажих Ирбаз бин Сария (ага Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) бизге насаат айтты. Андан жүрөктөр титиреп, көздөр жаш алды. Биз: "О Аллахтын элчиси, бул сөздөрүңүз биз менен коштошуп жаткандай туюлду. Бизге осуят кылыңызчы"  - дедик. Ал мындай деди: "Силерге Аллахка такыба болууну осуят кылам. Эгер силерге кул киши башчылык кылса да аны уккула жана укканыңарды аткаргыла. Мен өтүп кеткенден кийин көбүрөөк жашаганыңар өтө көп карама-каршылыктарды көрөсүңөр. Менин жана туура жолго баштаган халифаларымдын сүннөт-жолун кармангыла . Бул сүннөт-жолго азуу тишиңер менен тиштеп жармашкыла. Жаңыдан пайда болгон иштерден сак болгула! Анткени жаңыдан пайда болгон бидааттын баары - адашуу".</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66529</t>
   </si>
@@ -18823,170 +18819,170 @@
   <si>
     <t>رويناه في كتاب الحجة بإسناد صحيح</t>
   </si>
   <si>
     <t>[قال النووي: حديث صحيح]</t>
   </si>
   <si>
     <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66535</t>
   </si>
   <si>
     <t>كل مسكر حرام</t>
   </si>
   <si>
     <t>Бардык мас кылуучулар - арам.</t>
   </si>
   <si>
     <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
 وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
 وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
 وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
   </si>
   <si>
-    <t>Абу Бурда атасы Абу Муса Ашаринин (ага Аллах ыраазы болсун) айтканын айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны Йеменге жөнөтөт. Кийин Абу Муса пайгамбардан йемендиктер жасаган ичимдик тууралуу сурайт. Пайгамбарыбыз: "Ал эмне экен?" - деп тактайт. Абу Муса: "Ал-битъу ва алмизру" - дейт. Андан "ал-битъу" эмне экенин сурашканда, ал: "Ал-битъу - балдын кайнатмасы, ал-мизру - арпанын кайнатмасы" - деп түшүндүрөт. Пайгамбарыбыз: "Бардык мас кылуучулар - арам" - деп жооп берет. Имам Бухари.</t>
+    <t>Абу Бурда атасы Абу Муса Ашаринин (ага Аллах ыраазы болсун) айтканын айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны Йеменге жөнөтөт. Кийин Абу Муса пайгамбардан йемендиктер жасаган ичимдик тууралуу сурайт. Пайгамбарыбыз: "Ал эмне экен?" - деп тактайт. Абу Муса: "Ал-битъу ва алмизру" - дейт. Андан "ал-битъу" эмне экенин сурашканда, ал: "Ал-битъу - балдын кайнатмасы, ал-мизру - арпанын кайнатмасы" - деп түшүндүрөт. Пайгамбарыбыз: "Бардык мас кылуучулар - арам" - деп жооп берет. Имам Бухари. Имам Муслимдин китебинде мындай айтылат: Абу Муса айтат: "Аллахтын элчиси мени менен Муазды Йеменге жиберди. (Кийин) мен: "О Аллахтын элчиси, бизде арпадан жасалган "ал-мизру" деген, анан балдан жасалган "ал-битъу" деген ичимдиктер бар, буларды ичсе болобу?" - деп сурасам, ал: "Бардык мас кылуучулар арам" - деп жооп берди". Муслимдин китебинде жазылган дагы бир айтымда мындай айтылат: Пайгамбарыбыз: "Намаздан адаштыра тургандай мас кылган нерсенин баары арам" - деген. Анын дагы бир айтымында: "Аллахтын элчисине кыска сөз менен түшүндүрүү артыкчылыгы берилген эле. Ал намаздан адаштыра турган мас кылуучунун баарынан тыйган".</t>
   </si>
   <si>
     <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
 فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
 فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
   </si>
   <si>
     <t>Абу Муса Ашари кабарлайт. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) аны Йеменге жибергенде, ал Йеменде жасалган ичимдиктер жөнүндө сурайт. Пайгамбарыбыз аны чечмелеп сурайт. Абу Муса алар балдан жана арпадан жасалган ичимдиктер экенин айтат. Ошондо кыска сөз менен түшүндүрүү артыкчылыгы берилген пайгамбарыбыз: "Бардык (акылды кетире турган) мас кылуучулар - арам" - дейт.</t>
   </si>
   <si>
     <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
 الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
 أهمية السؤال عن ما يحتاج إليه المسلم.
 كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
 أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
   </si>
   <si>
     <t>Набиз: Курманы, же жүзүмдү, же арпаны, же балды сууга салып кайнатып, анан сүзүп алынган шире. Кээде ал ачып кетет да, мас кылуучу касиетке ээ болуп калат.
 Бул хадис арак, наша сыяктуу бардык мас кылуучу нерселердин баары арам экенине далил болгон эреже.
 Мусулман адамга өзүнө керектүү билбеген нерсесин сурап билип алуусу зарыл.
 Аракка алгач кээ бир мухажирлердин намаз окуп жатып кыраатында адашып туура эмес окуп алган учурда тыюу салынган. Аллах Таала: "Эй, ыймандуу пенделер! Эмнени айтып жатканыңарды аңдап билмейинче мас абалыңарда намазга жакындабагыла!" (Ниса, 43-аят). Мында Пайгамбарыбыздын жарчысы "мас болгондор намазга келбесин!" деп жар салган. Андан көп өтпөй Аллах Таала аракка толук тыюу салып: "Эй, ыймандуу пенделер! Чынында, арак, кумар, буркан таштар жана жебе (менен төлгө салуу) шайтандын ыплас иштеринен. Андан оолак болгула! (Ошондо тозоктон) кутуларсыңар.  
 91. Арак жана кумар аркылуу шайтан силердин ортоңорго жек көрүүнү, душмандыкты киригизүүнү жана силерди намаз окуудан, Алланы эстөөдөн алагды кылып тосууну каалайт. Эми токтотосуңарбы?!" деген аяттарды түшүргөн (Маида, 90-91-аяттар).
 Аллах Таала аракты анын коомду буза турган зыяны чоң болгону үчүн арам кылган.
 Арам болуу үчүн мас кылуучу сыпаты болушу керек. Эгер кайнатылган шире мас кылса, ал - арам. Эгер мас кылуучу сыпаты жок болсо, аны ичүү мубах.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66536</t>
   </si>
   <si>
     <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
   </si>
   <si>
-    <t>Абдуллах бин Амир (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Кимде төмөнкү төрт сыпат болсо, ал анык мунапык болот. Эгер булардын бири болсо, анда мунапыктыктын белгиси болот: сүйлөгөндө жалган сүйлөсө, убадасын аткарбаса, талашса чектен чыгып кетсе, келишимди (кыянаттык менен) бузса</t>
+    <t>Абдуллах бин Амир (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан:||"Кимде төмөнкү төрт сыпат болсо, ал анык мунапык болот. Эгер булардын бири болсо, анда мунапыктыктын белгиси болот: сүйлөгөндө жалган сүйлөсө, убадасын аткарбаса, талашса чектен чыгып кетсе, келишимди (кыянаттык менен) бузса</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
   </si>
   <si>
-    <t>Абдуллах бин Амир (аларга Аллах ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде төмөнкү төрт сыпат болсо, ал анык мунапык болот. Эгер булардын бири болсо, анда мунапыктыктын белгиси болот: сүйлөгөндө жалган сүйлөсө, убадасын аткарбаса, талашса чектен чыгып кетсе, келишимди (кыянаттык менен) бузса".</t>
+    <t>Абдуллах бин Амир (Аллах алардан ыраазы болсун) айтат: Аллахтын элчиси (ага Аллахтын тынчтыгы жана мактоосу болсун) минтип айткан: "Кимде төмөнкү төрт сыпат болсо, ал анык мунапык болот. Эгер булардын бири болсо, анда мунапыктыктын белгиси болот: сүйлөгөндө жалган сүйлөсө, убадасын аткарбаса, талашса чектен чыгып кетсе, келишимди (кыянаттык менен) бузса".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66537</t>
   </si>
   <si>
     <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Эгерде силер Аллахка чындап тобокел (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы бермек</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Умар бин Хаттаб (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген: «Эгерде силер Аллахка чындап тобокел (таянуу) кылганыңарда, Аллах силерге эртең менен курсагы ач чыгып, кечинде курсагы ток кайткан чымчыкка ырыскы бергендей ырыскы бермек».</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
   </si>
   <si>
     <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66538</t>
   </si>
   <si>
     <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>Жакшылык - бул жакшы адеп-ахлак. Күнөө - көкүрөгүңдү өйүгөн жана адамдар билүүсүн жек көргөн иштериң</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
 وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
   </si>
   <si>
-    <t>Наваас бин Симаан (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген:  "Жакшылык - бул жакшы адеп-ахлак. Күнөө - көкүрөгүңдү өйүгөн жана адамдар билүүсүн жек көргөн иштериң"</t>
+    <t>Наваас бин Симаан (ага Аллах ыраазы болсун) айтат: Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деген:  "Жакшылык - бул жакшы адеп-ахлак. Күнөө - көкүрөгүңдү өйүгөн жана адамдар билүүсүн жек көргөн иштериң" Вабиса бин Маъбад (ага Аллах ыраазы болсун) айтат: Аллахтын элчинине барсам, ал: "Жакшылык менен күнөө тууралуу сураганы келдиңби?" - деди. Мен: "Ооба" - дедим. Ал: "Жакшылык - жан дүйнө тынчтанып, жүрөк бейпил болгон нерсе. Күнөө - көңүлдө күмөн жаратып, көкүрөк тынч албай турган нерсе. Адамдар сага аны (адал деп) улам фатва беришсе да".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
 وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
   </si>
   <si>
     <t>Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) жакшылык жана күнөө тууралуу баяндоосуна ылайык, жакшылыктын эң негизги белгиси Аллахка такыба болгон жана калайыкка зыянын тийгизбеген жакшы ахлак, бул ачууланбоо, жүзү жарык, сылык сүйлөө, карым-катышта болуп, жумшак, кичи пейил, жакшы мамиле жана жакшы сүйлөшүү менен болот. Жакшылык - бул, напси жана жүрөк тынч алган иштер. Күнөө – жүрөктө тынчсыздануу жараткан, адамдын көкүрөгү бейпилдик таппаган күмөндүү иштер. Ал тууралуу шектенүү пайда болот жана бул иш күнөө болуп калышы мүмкүн деген коркунуч жүрөктө туулат. Ошондой эле адам аны эл алдында көрсөтүүнү каалабайт. Анткени адам табиятынан элге жакшы жагын гана көрсөткүсу келет. Эгер кылганын элге көрсөтүүнү жек көрсө демек, бул күнөө, анда эч жакшылык жок. Эгер бирөөлөр аны кылууга фатва берип жатса да, өзүңдө экиленүү болсо, алардын айтканын аткарба. Анткени туура илимге негизделбеген фатва күмөндү кетире албайт. (Күмөн анык болуп, фатва берген адам аны билбестен фатва бере бериши мүмкүн). А эгер фатва шарияттык далилге таянып чыгарылса, анда фатва алган адам, эгер көңүлу жай таппаса деле аны аткарса болот.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
 قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
 المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
 قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
   </si>
   <si>
     <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
   </si>
   <si>
     <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66540</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
 وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
-    <t>Абдулла бин Буср (ага Аллах ыраазы болсун) айтат: Пайгамбарыбызга бир киши келип: "О Аллахтын элчиси! Ислам шарияты (напил амалдар) бизге көптүк кылып жатат. Анын баарына татый турган дайыма аткарып жүрө турган амал барбы?" - деп сурады. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Тилиң ар дайым Аллахты зикир кылуу менен нымдалып турсун".</t>
+    <t>Абдулла бин Буср (ага Аллах ыраазы болсун) айтат: Пайгамбарыбызга бир киши келип: "О Аллахтын элчиси! Ислам шарияты (напил амалдар) бизге көптүк кылып жатат. Анын баарына татый турган дайыма аткарып жүрө турган амал барбы?" - деп сурады. Пайгамбарыбыз (ага Аллахтын тынчтыгы жана мактоосу болсун) мындай деди: "Тилиң ар дайым Аллахты зикир кылуу менен нымдалып турсун". Дагы бир айтымда: Муаз бин Жабал (ага Аллах ыраазы болсун) айткан хадисте: Мен Аллахтын элчисинен эң акыркы сураганым: "Кайсы амал Аллахка жакын жана жагымдуу" деген суроо болду. Ал: "Сен Аллахты зикир кылуу менен тилиң нымдалган абалда өлүүң" - деди.</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
   </si>
   <si>
     <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ky/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>