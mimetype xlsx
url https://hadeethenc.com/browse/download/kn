--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4566">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5632">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: ಕನ್ನಡ
 # Source: https://hadeethenc.com/kn
-# Last update: 2025-08-09 09:33:51 (v1.10.0)
-# Check for updates: https://hadeethenc.com/en/check/kn/v1.10.0
+# Last update: 2025-11-15 12:11:47 (v1.15.0)
+# Check for updates: https://hadeethenc.com/en/check/kn/v1.15.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -189,50 +189,93 @@
   </si>
   <si>
     <t>ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿರುವ ಜಿಹಾದ್ ಮತ್ತು ಶತ್ರುಗಳ ವಿರುದ್ಧದ ಯುದ್ಧವನ್ನು ಸಹಾಬಿಗಳು (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಅತಿಶ್ರೇಷ್ಠ ಕರ್ಮವೆಂದು ಪರಿಗಣಿಸಿದ್ದರು. ಆದ್ದರಿಂದ ಮಹಿಳೆಯರು ಕೂಡ ಜಿಹಾದ್ ಮಾಡಬೇಕೇ? ಎಂದು ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಪ್ರವಾದಿಯವರೊಂದಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಿದರು.
 ಆಗ ಅವರ ಪಾಲಿಗೆ ಯಾವುದು ಅತಿಶ್ರೇಷ್ಠ ಜಿಹಾದ್ ಆಗಿದೆಯೆಂದು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರಿಗೆ ಮಾರ್ಗದರ್ಶನ ನೀಡಿದರು. ಅದು ಸ್ವೀಕೃತ ಹಜ್ಜ್ ಆಗಿದೆ. ಸ್ವೀಕೃತ ಹಜ್ಜ್ ಎಂದರೆ ಕುರ್‌ಆನ್ ಮತ್ತು ಸುನ್ನತ್‌ಗೆ ಅನುಗುಣವಾಗಿರುವ ಮತ್ತು ಪಾಪಗಳು ಹಾಗೂ ತೋರಿಕೆಗಳಿಂದ ಮುಕ್ತವಾಗಿರುವ ಹಜ್ಜ್.</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>ಪುರುಷರಿಗೆ ಜಿಹಾದ್ ಅತಿಶ್ರೇಷ್ಠ ಕರ್ಮವಾಗಿದೆ.
 ಮಹಿಳೆಯರಿಗೆ ಜಿಹಾದ್‌ಗಿಂತಲೂ ಹಜ್ಜ್ ಶ್ರೇಷ್ಠವಾಗಿದೆ. ಅದು ಅವರಿಗೆ ಅತಿಶ್ರೇಷ್ಠ ಕರ್ಮವಾಗಿದೆ.
 ಕರ್ಮಗಳು ಅವುಗಳನ್ನು ನಿರ್ವಹಿಸುವವರನ್ನು ಅನುಸರಿಸಿ ಹೆಚ್ಚು ಅಥವಾ ಕಡಿಮೆ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಹೊಂದಿರುತ್ತದೆ.
 ಹಜ್ಜ್ ಅನ್ನು ಜಿಹಾದ್ ಎಂದು ಕರೆದಿರುವುದು ಏಕೆಂದರೆ ಅದು ಆತ್ಮದ ವಿರುದ್ಧದ ಹೋರಾಟವಾಗಿದೆ, ಅದಕ್ಕಾಗಿ ಸಂಪತ್ತು ಖರ್ಚಾಗುತ್ತದೆ ಮತ್ತು ದೈಹಿಕ ಶಕ್ತಿಯನ್ನು ವಿನಿಯೋಗಿಸಬೇಕಾಗುತ್ತದೆ. ಅದು ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿರುವ ಜಿಹಾದ್‌ನಂತೆಯೇ ದೈಹಿಕ ಮತ್ತು ಆರ್ಥಿಕ ಆರಾಧನೆಯಾಗಿದೆ.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[رواه البخاري]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/2759</t>
+  </si>
+  <si>
+    <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
+  </si>
+  <si>
+    <t>ಓ ಅಬ್ಬಾಸ್‌ರವರೇ! ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ ಚಿಕ್ಕಪ್ಪನವರೇ! ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದ ಸುರಕ್ಷತೆಗಾಗಿ ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಿರಿ</t>
+  </si>
+  <si>
+    <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ಬಾಸ್ ಬಿನ್ ಅಬ್ದುಲ್ ಮುತ್ತಲಿಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ನಾನು ಹೇಳಿದೆ: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾನು ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಬಹುದಾದ ಏನನ್ನಾದರೂ ನನಗೆ ಕಲಿಸಿಕೊಡಿ." ಅವರು ಹೇಳಿದರು: "ಅಲ್ಲಾಹನಲ್ಲಿ ಸುರಕ್ಷತೆಯನ್ನು ಬೇಡಿರಿ." ಕೆಲವು ದಿನಗಳ ನಂತರ, ನಾನು ಅವರ ಬಳಿಗೆ ಹೋಗಿ ಹೇಳಿದೆ: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾನು ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಬಹುದಾದ ಏನನ್ನಾದರೂ ನನಗೆ ಕಲಿಸಿಕೊಡಿ." ಅವರು ನನಗೆ ಹೇಳಿದರು: "ಓ ಅಬ್ಬಾಸ್‌ರವರೇ! ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ ಚಿಕ್ಕಪ್ಪನವರೇ! ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದ ಸುರಕ್ಷತೆಗಾಗಿ ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಿರಿ."</t>
+  </si>
+  <si>
+    <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಚಿಕ್ಕಪ್ಪ ಅಬ್ಬಾಸ್ ಬಿನ್ ಅಬ್ದುಲ್ ಮುತ್ತಲಿಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಬಹುದಾದ ಒಂದು ಪ್ರಾರ್ಥನೆಯನ್ನು ಕಲಿಸಿಕೊಡುವಂತೆ ಪ್ರವಾದಿಯವರಲ್ಲಿ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿನಂತಿಸಿದರು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಧರ್ಮದಲ್ಲಿ, ಇಹಲೋಕದಲ್ಲಿ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ಎಲ್ಲಾ ರೀತಿಯ ಆಪತ್ತು ಮತ್ತು ತೊಂದರೆಗಳಿಂದ ಸುರಕ್ಷಿತವಾಗಿರಿಸುವಂತೆ ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಿಕೊಳ್ಳಲು ಕಲಿಸಿದರು. ಅಬ್ಬಾಸ್ ಹೇಳುತ್ತಾರೆ: "ಕೆಲವು ದಿನಗಳ ನಂತರ ನಾನು ಪುನಃ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಹೋಗಿ ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಿಕೊಳ್ಳಬಹುದಾದ ಪ್ರಾರ್ಥನೆಯನ್ನು ಕಲಿಸಿಕೊಡುವಂತೆ ವಿಚಾರಿಸಿದೆ. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಹಳ ಪ್ರೀತಿಯಿಂದಲೇ ಹೇಳಿದರು: "ಓ ಅಬ್ಬಾಸ್‌ರವರೇ! ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ ಚಿಕ್ಕಪ್ಪನವರೇ! ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ಎಲ್ಲಾ ಕೆಡುಕುಗಳನ್ನು ದೂರಗೊಳಿಸಲು ಮತ್ತು ಎಲ್ಲಾ ಒಳಿತುಗಳನ್ನು ಪಡೆದುಕೊಳ್ಳಲು ಅಲ್ಲಾಹನಲ್ಲಿ ಸುರಕ್ಷತೆಯನ್ನು ಬೇಡಿಕೊಳ್ಳಿರಿ."</t>
+  </si>
+  <si>
+    <t>تَكرار النبيِّ صلى الله عليه وسلم نفسَ الإجابةِ للعباس حين سألَه للمرة الثانية يدلُّ على أن العافية هي خير ما يَسأل العبدُ ربَّه.
+بيان فضل العافية وأن فيها جماع الخير في الدنيا والآخرة.
+حرص الصحابة رضوان الله عليهم على الاستزادة من العلم والخير.</t>
+  </si>
+  <si>
+    <t>ಅಬ್ಬಾಸ್ ರವರು ಎರಡನೇ ಬಾರಿ ಕೇಳಿದಾಗಲೂ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅದೇ ಉತ್ತರ ನೀಡಿರುವುದರಿಂದ, ಮನುಷ್ಯನು ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಬಹುದಾದ ಅತ್ಯುತ್ತಮ ವಿಷಯವು ಸುರಕ್ಷತೆಯೆಂದು ತಿಳಿದುಬರುತ್ತದೆ.
+ಸುರಕ್ಷತೆಯ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಮತ್ತು ಅದು ಇಹಲೋಕ ಹಾಗೂ ಪರಲೋಕದಲ್ಲಿನ ಎಲ್ಲಾ ಒಳಿತುಗಳನ್ನು ಒಳಗೊಂಡಿದೆಯೆಂದು ವಿವರಿಸಲಾಗಿದೆ.
+ಜ್ಞಾನ ಹಾಗೂ ಒಳಿತನ್ನು ಹೆಚ್ಚಿಸುವುದರ ಬಗ್ಗೆ ಸಹಾಬಿಗಳಲ್ಲಿರುವ (ಅವರೆಲ್ಲರ ಮೇಲೂ ಅಲ್ಲಾಹನ ಸಂತೃಪ್ತಿಯಿರಲಿ) ಆಸಕ್ತಿಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>صحيح لغيره</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[صحيح لغيره]</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/2932</t>
   </si>
   <si>
     <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>ಮಹಾಪಾಪಗಳಲ್ಲಿ ಅತಿದೊಡ್ಡ ಪಾಪದ ಬಗ್ಗೆ ನಾನು ನಿಮಗೆ ತಿಳಿಸಿಕೊಡಲೇ?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>ಅಬೂ ಬಕ್ರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಮಹಾಪಾಪಗಳಲ್ಲಿ ಅತಿದೊಡ್ಡ ಪಾಪದ ಬಗ್ಗೆ ನಾನು ನಿಮಗೆ ತಿಳಿಸಿಕೊಡಲೇ?" ಅವರು ಇದನ್ನು ಮೂರು ಬಾರಿ ಪುನರುಚ್ಛರಿಸಿದರು. ಸಹಾಬಿಗಳು ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ತಿಳಿಸಿಕೊಡಿ." ಅವರು ಹೇಳಿದರು: "ಅಲ್ಲಾಹನೊಡನೆ ಸಹಭಾಗಿತ್ವ ಮಾಡುವುದು ಮತ್ತು ತಂದೆ-ತಾಯಿಗೆ ಅವಿಧೇಯತೆ ತೋರುವುದು." ಒರಗಿ ಕುಳಿತಿದ್ದ ಅವರು ನೇರವಾಗಿ ಕುಳಿತು ಹೇಳಿದರು: "ಮತ್ತು ಸುಳ್ಳು ಹೇಳಿಕೆ ನೀಡುವುದು." "ಅವರು ಮೌನ ವಹಿಸಿದ್ದರೆ ಚೆನ್ನಾಗಿತ್ತು" ಎಂದು ನಾವು ಹೇಳುವ ತನಕ ಅವರು ಪುನರುಚ್ಛರಿಸುತ್ತಲೇ ಇದ್ದರು.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸಹಚರರಿಗೆ ಅತ್ಯಂತ ಘೋರವಾದ ಮಹಾಪಾಪಗಳ ಬಗ್ಗೆ ತಿಳಿಸುತ್ತಾ ಈ ಮೂರು ಪಾಪಗಳನ್ನು ಪ್ರಸ್ತಾಪಿಸುತ್ತಾರೆ:
 1. ಅಲ್ಲಾಹನೊಡನೆ ಸಹಭಾಗಿತ್ವ (ಶಿರ್ಕ್) ಮಾಡುವುದು: ಅಂದರೆ ಆರಾಧನೆಗಳಲ್ಲಿ ಸೇರಿದ ಯಾವುದಾದರೂ ಒಂದನ್ನು ಅಲ್ಲಾಹನ ಹೊರತಾದವರಿಗೆ ಅರ್ಪಿಸುವುದು, ಅಲ್ಲಾಹನ ಪ್ರಭುತ್ವದಲ್ಲಿ, ದೈವಿಕತೆಯಲ್ಲಿ ಮತ್ತು ಅವನ ಹೆಸರು ಹಾಗೂ ಗುಣಲಕ್ಷಣಗಳಲ್ಲಿ ಅವನ ಹೊರತಾದವರನ್ನು ಅವನೊಂದಿಗೆ ಸಮಾನಗೊಳಿಸುವುದು.
 2. ಮಾತಾಪಿತರಿಗೆ ಅವಿಧೇಯತೆ ತೋರುವುದು: ಮಾತಾಪಿತರನ್ನು ನೋಯಿಸುವುದು, ಅದು ಮಾತಿನ ಮೂಲಕ ಅಥವಾ ವರ್ತನೆಯ ಮೂಲಕವಾದರೂ ಸಹ, ಮತ್ತು ಅವರೊಡನೆ ಉತ್ತಮ ರೀತಿಯಲ್ಲಿ ವರ್ತಿಸದಿರುವುದು ಅವಿಧೇಯತೆಗಳಾಗಿವೆ.
 3. ಸುಳ್ಳು ಹೇಳಿಕೆ ನೀಡುವುದು (ಸುಳ್ಳು ಸಾಕ್ಷ್ಯ ಹೇಳುವುದು ಇದರಲ್ಲಿ ಒಳಪಡುತ್ತದೆ): ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಆಸ್ತಿಯನ್ನು ಕಬಳಿಸುವುದು, ಅಥವಾ ಅವನ ಮಾನವನ್ನು ಕೆಡಿಸುವುದು ಮುಂತಾದ ರೀತಿಯಲ್ಲಿ ಅವನ ಮೇಲೆ ಹಗೆ ತೀರಿಸಲು ನೀಡುವ ಸುಳ್ಳು ಮತ್ತು ಕಪೋಕಲ್ಪಿತ ಹೇಳಿಕೆಗಳೆಲ್ಲವೂ ಇದರಲ್ಲಿ ಒಳಪಡುತ್ತವೆ.
@@ -419,50 +462,85 @@
   </si>
   <si>
     <t>ಅಬೂ ಮೂಸಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶೌರ್ಯಕ್ಕಾಗಿ ಹೋರಾಡುವ, ಕೋಮುವಾದಕ್ಕಾಗಿ ಹೋರಾಡುವ, ಮತ್ತು ತೋರಿಕೆಗಾಗಿ ಹೋರಾಡುವ ವ್ಯಕ್ತಿಯ ಬಗ್ಗೆ—ಇವರಲ್ಲಿ ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿರುವವರು ಯಾರು? ಎಂದು ಕೇಳಲಾಯಿತು. ಆಗ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ತರಿಸಿದರು: "ಅಲ್ಲಾಹನ ವಚನವು ಸರ್ವೋಚ್ಛವಾಗಬೇಕೆಂದು ಯಾರು ಹೋರಾಡುತ್ತಾರೋ ಅವರೇ ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿರುವವರು."</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಯೋಧರ ವಿಭಿನ್ನ ಉದ್ದೇಶಗಳ ಬಗ್ಗೆ ಕೇಳಲಾಯಿತು. ಶೌರ್ಯಕ್ಕಾಗಿ ಹೋರಾಡುವ, ಕೋಮುವಾದಕ್ಕಾಗಿ ಹೋರಾಡುವ, ಜನರ ಪ್ರಶಂಸೆಗಾಗಿ ಹೋರಾಡುವ ಮತ್ತು ಇತರ ಉದ್ದೇಶಗಳಿಗಾಗಿ ಹೋರಾಡುವ ಜನರಿರುವಾಗ ಇವರಲ್ಲಿ ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿರುವವರು ಯಾರು? ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸಿದ್ದೇನೆಂದರೆ, ಅಲ್ಲಾಹನ ವಚನವು ಸರ್ವೋಚ್ಛವಾಗಬೇಕು ಎಂಬ ಉದ್ದೇಶದಿಂದ ಯಾರು ಹೋರಾಡುತ್ತಾರೋ ಅವರೇ ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿ ಹೋರಾಡುವವರು.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>ಉದ್ದೇಶ ಶುದ್ಧಿ ಮತ್ತು ಅಲ್ಲಾಹನಿಗಾಗಿ ಮಾತ್ರ ಎಂಬ ನಿಷ್ಕಳಂಕತೆಯು ಕರ್ಮಗಳ ಸ್ವೀಕಾರ ಮತ್ತು ತಿರಸ್ಕಾರಕ್ಕೆ ಮೂಲ ಮಾನದಂಡವಾಗಿದೆ.
 ಹೋರಾಟದ ನೈಜ ಉದ್ದೇಶವು ಅಲ್ಲಾಹನ ವಚನವನ್ನು ಸರ್ವೋಚ್ಛಗೊಳಿಸುವುದಾಗಿದ್ದು, ಅದರೊಂದಿಗೆ ಯುದ್ಧಾರ್ಜಿತ ಸೊತ್ತನ್ನು ಪಡೆಯುವುದು ಮುಂತಾದ ಶಾಸ್ತ್ರೋಕ್ತ ಉದ್ದೇಶವು ಸೇರಿಕೊಂಡರೆ, ಅದರಿಂದ ಮೂಲ ಉದ್ದೇಶಕ್ಕೆ ಯಾವುದೇ ಧಕ್ಕೆಯಾಗುವುದಿಲ್ಲ.
 ಸ್ವದೇಶದಿಂದ ಮತ್ತು ಪವಿತ್ರ ಸ್ಥಳಗಳಿಂದ ಶತ್ರುಗಳನ್ನು ಹೊರದಬ್ಬಲು ಹೋರಾಡುವುದು ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿರುವ ಜಿಹಾದ್ ಆಗಿದೆ.
 ಹೋರಾಟಗಾರರ ವಿಷಯದಲ್ಲಿ ವರದಿಯಾದ ಶ್ರೇಷ್ಠತೆಗಳೆಲ್ಲವೂ ಅಲ್ಲಾಹನ ವಚನವು ಸರ್ವೋಚ್ಛವಾಗಬೇಕೆಂದು ಹೋರಾಡುವವರಿಗೆ ಮಾತ್ರ ಅನ್ವಯವಾಗುತ್ತವೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/2969</t>
+  </si>
+  <si>
+    <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕಪ್ಪು ಮತ್ತು ಬಿಳಿ ಬಣ್ಣದ, ಕೊಂಬುಗಳಿರುವ ಎರಡು ಟಗರುಗಳನ್ನು ಬಲಿ ನೀಡಿದರು. ಅವರು ತಮ್ಮ ಕೈಯಿಂದಲೇ ಅವುಗಳನ್ನು ವಧಿಸಿದರು. ಅವರು "ಬಿಸ್ಮಿಲ್ಲಾಹಿ ವಲ್ಲಾಹು ಅಕ್ಬರ್" ಎಂದು ಹೇಳಿದರು ಮತ್ತು ಅವುಗಳ ಕೊರಳುಗಳ ಮೇಲೆ ತಮ್ಮ ಪಾದವನ್ನಿಟ್ಟರು</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
+  </si>
+  <si>
+    <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕಪ್ಪು ಮತ್ತು ಬಿಳಿ ಬಣ್ಣದ, ಕೊಂಬುಗಳಿರುವ ಎರಡು ಟಗರುಗಳನ್ನು ಬಲಿ ನೀಡಿದರು. ಅವರು ತಮ್ಮ ಕೈಯಿಂದಲೇ ಅವುಗಳನ್ನು ವಧಿಸಿದರು. ಅವರು "ಬಿಸ್ಮಿಲ್ಲಾಹಿ ವಲ್ಲಾಹು ಅಕ್ಬರ್" ಎಂದು ಹೇಳಿದರು ಮತ್ತು ಅವುಗಳ ಕೊರಳುಗಳ ಮೇಲೆ ತಮ್ಮ ಪಾದವನ್ನಿಟ್ಟರು.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
+  </si>
+  <si>
+    <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಕ್ರೀದ್ ಹಬ್ಬದಂದು ಕಪ್ಪು ಮತ್ತು ಬಳಿ ಮಿಶ್ರಿತ ಬಣ್ಣವನ್ನು ಹೊಂದಿರುವ ಕೊಂಬುಗಳಿರುವ ಎರಡು ಟಗರುಗಳನ್ನು ತಮ್ಮ ಕೈಯಿಂದಲೇ ಬಲಿ ನೀಡಿದರು. ಬಲಿ ನೀಡುವಾಗ "ಬಿಸ್ಮಿಲ್ಲಾಹಿ ವಲ್ಲಾಹು ಅಕ್ಬರ್" ಎಂದು ಹೇಳಿದರು ಮತ್ತು ತಮ್ಮ ಪಾದವನ್ನು ಅವುಗಳ ಕೊರಳುಗಳಲ್ಲಿಟ್ಟರು.</t>
+  </si>
+  <si>
+    <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
+الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
+قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
+قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
+استحباب الأضحية بالأقرن ويجوز بغيره.</t>
+  </si>
+  <si>
+    <t>ಉದ್‌ಹಿಯ (ಕುರ್ಬಾನಿ) ಮಾಡುವುದು ಧರ್ಮನಿಯಮವಾಗಿದೆ. ಈ ವಿಷಯದಲ್ಲಿ ಮುಸಲ್ಮಾನ ವಿದ್ವಾಂಸರ ನಡುವೆ ಒಮ್ಮತಾಭಿಪ್ರಾಯವಿದೆ.
+ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಲಿ ನೀಡಿದ ಅದೇ ರೀತಿಯ ಮೃಗವನ್ನು ಕುರ್ಬಾನಿ ಮಾಡುವುದು ಶ್ರೇಷ್ಠವಾಗಿದೆ. ಏಕೆಂದರೆ ಅದು ನೋಡಲು ಸುಂದರವಾಗಿರುತ್ತದೆ ಮತ್ತು ಅದರ ಕೊಬ್ಬು ಮತ್ತು ಮಾಂಸವು ಉತ್ತಮವಾಗಿರುತ್ತದೆ.
+ನವವಿ ಹೇಳಿದರು: "ಮನುಷ್ಯನು ತನ್ನ ಕುರ್ಬಾನಿಯನ್ನು ಸ್ವತಃ ತಾನೇ ಕೊಯ್ಯುವುದು ಅಪೇಕ್ಷಣೀಯವೆಂದು ಇದರಿಂದ ತಿಳಿಯಬಹುದು. ಸಕಾರಣವಿಲ್ಲದೆ ಕುರ್ಬಾನಿ ಮಾಡುವ ಹೊಣೆಯನ್ನು ಇತರರಿಗೆ ವಹಿಸಿಕೊಡಬಾರದು. ಅಂತಹ ಸಂದರ್ಭಗಳಲ್ಲಿ ಅಲ್ಲಿ ಸ್ವತಃ ಹಾಜರಿರಬೇಕು. ಆದರೆ, ಕುರ್ಬಾನಿ ಮಾಡುವ ಹೊಣೆಯನ್ನು ಇತರರಿಗೆ ವಹಿಸಿಕೊಟ್ಟರೆ ಕುರ್ಬಾನಿ ಸಿಂಧುವಾಗುತ್ತದೆ ಎಂಬುದರಲ್ಲಿ ಭಿನ್ನಾಭಿಪ್ರಾಯವಿಲ್ಲ."
+ಇಬ್ನ್ ಹಜರ್ ಹೇಳಿದರು: "ಕೊಯ್ಯುವಾಗ ಬಿಸ್ಮಿಲ್ಲಾಹ್ ಜೊತೆಗೆ ಅಲ್ಲಾಹು ಅಕ್ಬರ್ ಹೇಳುವುದು ಹಾಗೂ ಕುರ್ಬಾನಿ ಮೃಗದ ಕೊರಳಿನ ಮೇಲೆ ಬಲಗಾಲನ್ನಿಡುವುದು ಅಪೇಕ್ಷಣೀಯವೆಂದು ಇದರಿಂದ ತಿಳಿಯಬಹುದು. ಬಲಿಮೃಗವನ್ನು ಎಡಭಾಗಕ್ಕೆ ಮಲಗಿಸಿ, ಅದರ ಕೊರಳಿನ ಬಲಭಾಗದ ಮೇಲೆ ಕಾಲನ್ನಿಡುವುದರಿಂದ ಕೊಯ್ಯುವವನಿಗೆ ತನ್ನ ಬಲಗೈಯಲ್ಲಿ ಚಾಕು ಮತ್ತು ಎಡಗೈಯಲ್ಲಿ ಅದರ ತಲೆಯನ್ನು ಹಿಡಿದುಕೊಳ್ಳಲು ಸುಲಭವಾಗುತ್ತದೆ ಎಂದು ವಿದ್ವಾಂಸರು ಒಮ್ಮತಾಭಿಪ್ರಾಯದಿಂದ ಹೇಳಿದ್ದಾರೆ."
+ಕೊಂಬುಗಳಿರುವ ಮೃಗವನ್ನು ಬಲಿ ನೀಡುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಕೊಂಬಿಲ್ಲದಿದ್ದರೂ ಕುರ್ಬಾನಿ ಸಿಂಧುವಾಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/2971</t>
   </si>
   <si>
     <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>ನೀವು ರೇಷ್ಮೆ ಅಥವಾ ಬ್ರೊಕೇಡು (ಜರತಾರಿ ರೇಷ್ಮೆ) ಗಳನ್ನು ಧರಿಸಬೇಡಿ. ಬಂಗಾರ ಅಥವಾ ಬೆಳ್ಳಿಯ ಪಾತ್ರೆಗಳಲ್ಲಿ ಕುಡಿಯಬೇಡಿ ಮತ್ತು ಅವುಗಳ ಬಟ್ಟಲುಗಳಲ್ಲಿ ಆಹಾರ ಸೇವಿಸಬೇಡಿ. ಏಕೆಂದರೆ, ಇವು ಇಹಲೋಕದಲ್ಲಿ ಅವರಿಗೆ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ನಮಗೆ ಇರುವುದಾಗಿವೆ</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>ಅಬ್ದುರ್‍ರಹ್ಮಾನ್ ಬಿನ್ ಅಬೂ ಲೈಲಾ ರಿಂದ ವರದಿ. ಒಮ್ಮೆ ಅವರು ಹುದೈಫರ ಜೊತೆಯಲ್ಲಿದ್ದರು. ಆಗ ಅವರು ನೀರು ಕೇಳಿದರು ಮತ್ತು ಒಬ್ಬ ಮಜೂಸಿ ಅವರಿಗೆ ನೀರು ತಂದು ಕೊಟ್ಟನು. ಆತ ಲೋಟವನ್ನು ಅವರ ಕೈಯಲ್ಲಿಟ್ಟಾಗ, ಅವರು ಅದನ್ನು ಆತನ ಕಡೆಗೆ ಎಸೆದು ಹೇಳಿದರು: ನಾನು ಇದನ್ನು ಬಳಸದಂತೆ ಒಂದು ಅಥವಾ ಎರಡು ಬಾರಿ ಅವನಿಗೆ ನಿಷೇಧಿಸದಿರುತ್ತಿದ್ದರೆ—ನಾನು ಹೀಗೆ ಮಾಡುತ್ತಿರಲಿಲ್ಲ ಎಂದು ಹೇಳುವುದು ಅವರ ಇಂಗಿತವಾಗಿರಬಹುದು—ಏಕೆಂದರೆ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ನೀವು ರೇಷ್ಮೆ ಅಥವಾ ಬ್ರೊಕೇಡು (ಜರತಾರಿ ರೇಷ್ಮೆ) ಗಳನ್ನು ಧರಿಸಬೇಡಿ. ಬಂಗಾರ ಅಥವಾ ಬೆಳ್ಳಿಯ ಪಾತ್ರೆಗಳಲ್ಲಿ ಕುಡಿಯಬೇಡಿ ಮತ್ತು ಅವುಗಳ ಬಟ್ಟಲುಗಳಲ್ಲಿ ಆಹಾರ ಸೇವಿಸಬೇಡಿ. ಏಕೆಂದರೆ, ಇವು ಇಹಲೋಕದಲ್ಲಿ ಅವರಿಗೆ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ನಮಗೆ ಇರುವುದಾಗಿವೆ."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರೇಷ್ಮೆಯ ಎಲ್ಲಾ ವಿಧಗಳನ್ನು ಪುರುಷರಿಗೆ ನಿಷೇಧಿಸಿದರು. ಅವರು ಬಂಗಾರ ಅಥವಾ ಬೆಳ್ಳಿಯ ಪಾತ್ರೆ-ಪಗಡೆಗಳಲ್ಲಿ ಆಹಾರ-ಪಾನೀಯ ಸೇವಿಸುವುದನ್ನು ಪುರುಷರಿಗೆ ಮತ್ತು ಮಹಿಳೆಯರಿಗೆ ನಿಷೇಧಿಸಿದರು. ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅವು ಕೇವಲ ಸತ್ಯವಿಶ್ವಾಸಿಗಳಿಗೆ ಮಾತ್ರ ಸೀಮಿತವೆಂದು ಅವರು ತಿಳಿಸಿದರು. ಏಕೆಂದರೆ, ಇಹಲೋಕದಲ್ಲಿ ಅವರು ಅಲ್ಲಾಹನ ಆಜ್ಞೆಯನ್ನು ಅನುಸರಿಸಿ ಅದರಿಂದ ದೂರವಿದ್ದರು. ಅವು ಪರಲೋಕದಲ್ಲಿ ಸತ್ಯನಿಷೇಧಿಗಳಿಗೆ ಇರುವುದಿಲ್ಲ. ಏಕೆಂದರೆ, ಅವರು ಅವುಗಳನ್ನು ಉಪಯೋಗಿಸುವ ಮೂಲಕ ಇಹಲೋಕದಲ್ಲೇ ತಮ್ಮ ಸತ್ಕರ್ಮಗಳಿಗೆ ಪ್ರತಿಫಲ ಪಡೆಯಲು ಆತುರ ತೋರಿದರು ಮತ್ತು ಅಲ್ಲಾಹನ ಆಜ್ಞೆಗಳನ್ನು ಉಲ್ಲಂಘಿಸಿದರು.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
@@ -698,54 +776,54 @@
     <t>“ಒಬ್ಬ ವ್ಯಕ್ತಿ ತನ್ನ ಸಹೋದರನನ್ನು ಪ್ರೀತಿಸಿದರೆ, ತಾನು ಅವನನ್ನು ಪ್ರೀತಿಸುತ್ತೇನೆಂದು ಅವನಿಗೆ ತಿಳಿಸಬೇಕು.”</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>ಮಿಕ್‌ದಾಮ್ ಬಿನ್ ಮಅದೀಕರಿಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: “ಒಬ್ಬ ವ್ಯಕ್ತಿ ತನ್ನ ಸಹೋದರನನ್ನು ಪ್ರೀತಿಸಿದರೆ, ತಾನು ಅವನನ್ನು ಪ್ರೀತಿಸುತ್ತೇನೆಂದು ಅವನಿಗೆ ತಿಳಿಸಬೇಕು.”</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>ಈ ಹದೀಸಿನಲ್ಲಿ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ನಡುವಿನ ಬಾಂಧವ್ಯವನ್ನು ಬಲಪಡಿಸುವ ಮತ್ತು ಅವರ ನಡುವೆ ಪ್ರೀತಿಯನ್ನು ಹಬ್ಬಿಸುವ ಒಂದು ಮಾರ್ಗವನ್ನು ವಿವರಿಸಿದ್ದಾರೆ. ಅದೇನೆಂದರೆ, ಒಬ್ಬ ವ್ಯಕ್ತಿ ತನ್ನ ಮುಸ್ಲಿಂ ಸಹೋದರನನ್ನು ಪ್ರೀತಿಸಿದರೆ, ತಾನು ಅವನನ್ನು ಪ್ರೀತಿಸುತ್ತೇನೆಂದು ಅವನಿಗೆ ತಿಳಿಸುವುದು.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>ಭೌತಿಕ ಹಿತಾಸಕ್ತಿಯಿಲ್ಲದೆ, ಕೇವಲ ಅಲ್ಲಾಹನಿಗಾಗಿ ಮಾತ್ರ ಪ್ರೀತಿಸುವುದರ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಈ ಹದೀಸ್ ವ್ಯಕ್ತಪಡಿಸುತ್ತದೆ.
 ಒಬ್ಬ ವ್ಯಕ್ತಿ ಅಲ್ಲಾಹನಿಗಾಗಿ ಇನ್ನೊಬ್ಬ ವ್ಯಕ್ತಿಯನ್ನು ಪ್ರೀತಿಸಿದರೆ, ಅದನ್ನು ಅವನಿಗೆ ತಿಳಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಇದರಿಂದ ಅವರ ನಡುವೆ ಪ್ರೀತಿ ಮತ್ತು ಅನ್ಯೋನ್ಯತೆಯು ಹೆಚ್ಚುತ್ತದೆ.
 ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ನಡುವೆ ಪ್ರೀತಿ ಹರಡುವುದರಿಂದ ಸತ್ಯವಿಶ್ವಾಸದ ಆಧಾರದಲ್ಲಿರುವ ಸಹೋದರತೆಯು ಪ್ರಬಲವಾಗುವುದು ಮಾತ್ರವಲ್ಲದೆ, ಮುಸ್ಲಿಂ ಸಮಾಜದಲ್ಲಿ ಒಡಕು ಹಾಗೂ ಭಿನ್ನಮತಗಳು ನಿವಾರಣೆಯಾಗುತ್ತವೆ.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪಾದರಕ್ಷೆ ಧರಿಸುವಾಗ, ತಲೆ ಬಾಚುವಾಗ, ಶುದ್ಧೀಕರಿಸುವಾಗ, ಮತ್ತು ತಮ್ಮ ಎಲ್ಲಾ ಕೆಲಸ-ಕಾರ್ಯಗಳಲ್ಲೂ ಬಲಭಾಗದಿಂದ ಪ್ರಾರಂಭಿಸಲು ಇಷ್ಟಪಡುತ್ತಿದ್ದರು</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: "ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪಾದರಕ್ಷೆ ಧರಿಸುವಾಗ, ತಲೆ ಬಾಚುವಾಗ, ಶುದ್ಧೀಕರಿಸುವಾಗ, ಮತ್ತು ತಮ್ಮ ಎಲ್ಲಾ ಕೆಲಸ-ಕಾರ್ಯಗಳಲ್ಲೂ ಬಲಭಾಗದಿಂದ ಪ್ರಾರಂಭಿಸಲು ಇಷ್ಟಪಡುತ್ತಿದ್ದರು."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಗೌರವಾರ್ಹವಾದ ಯಾವುದೇ ಕೆಲಸವನ್ನು ಮಾಡುವಾಗ ತಮ್ಮ ಬಲಭಾಗದಿಂದ ಪ್ರಾರಂಭಿಸುವುದನ್ನು ಮತ್ತು ಬಲಭಾಗಕ್ಕೆ ಪ್ರಾಶಸ್ತ್ಯ ನೀಡುವುದನ್ನು ಇಷ್ಟಪಡುತ್ತಿದ್ದರು. ಉದಾಹರಣೆಗೆ: ಪಾದರಕ್ಷೆಯನ್ನು ಧರಿಸುವಾಗ ಮೊದಲು ಬಲಗಾಲಿನಿಂದ ಪ್ರಾರಂಭಿಸುತ್ತಿದ್ದರು. ತಲೆಗೂದಲು ಮತ್ತು ಗಡ್ಡವನ್ನು ಬಾಚುವಾಗ, ಅವುಗಳಿಗೆ ಮಾಲೀಸು ಮಾಡುವಾಗ ಮತ್ತು ಅವುಗಳಿಗೆ ಎಣ್ಣೆ ಹಚ್ಚುವಾಗ ಬಲಭಾಗದಿಂದ ಪ್ರಾರಂಭಿಸುತ್ತಿದ್ದರು. ವುದೂ ನಿರ್ವಹಿಸುವಾಗ ಕೈ-ಕಾಲು ಸೇರಿದಂತೆ ಎಡಭಾಗಕ್ಕೆ ಮೊದಲು ಬಲಭಾಗವನ್ನು ತೊಳೆಯುತ್ತಿದ್ದರು.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
@@ -947,50 +1025,53 @@
   </si>
   <si>
     <t>ಅಬೂ ಸಈದ್ ಖುದ್ರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ದಬ್ಬಾಳಿಕೆ ಮಾಡುವ ಆಡಳಿತಗಾರನ ಮುಂದೆ ನ್ಯಾಯವಾದ ಮಾತನ್ನು ಹೇಳುವುದು ಅತಿಶ್ರೇಷ್ಠ ಜಿಹಾದ್ ಆಗಿದೆ."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ದಬ್ಬಾಳಿಕೆ ಮತ್ತು ಅನ್ಯಾಯವೆಸಗುವ ಸುಲ್ತಾನ ಅಥವಾ ಮುಖಂಡನ ಮುಂದೆ ನ್ಯಾಯವಾದ ಮತ್ತು ಸತ್ಯವಾದ ಮಾತನ್ನು ಹೇಳುವುದು ಜಿಹಾದ್‌ನ ಅತಿಶ್ರೇಷ್ಠ ಮತ್ತು ಅತಿ ಪ್ರಯೋಜನಕಾರಿ ವಿಧವಾಗಿದೆ. ಏಕೆಂದರೆ, ಇದು ಒಳಿತನ್ನು ಆದೇಶಿಸುವ ಮತ್ತು ಕೆಡುಕನ್ನು ತಡೆಯುವ ಕೆಲಸವಾಗಿದೆ. ನ್ಯಾಯವಾದ ಮಾತನ್ನು ಹೇಳುವುದು ಮಾತು, ಬರಹ, ಕ್ರಿಯೆ ಅಥವಾ ಪ್ರಯೋಜನವು ಲಭ್ಯವಾಗುವ ಮತ್ತು ಕೆಡುಕು ದೂರವಾಗುವ ಇತರ ಯಾವುದೇ ತರಹದಲ್ಲಾದರೂ ಸರಿ.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>ಒಳಿತನ್ನು ಆದೇಶಿಸುವುದು ಮತ್ತು ಕೆಡುಕನ್ನು ತಡೆಯುವುದು ಜಿಹಾದ್‌ನಲ್ಲಿ ಒಳಪಡುತ್ತದೆ.
 ಆಡಳಿತಗಾರನಿಗೆ ಉಪದೇಶ ಮಾಡುವುದು ಅತಿದೊಡ್ಡ ಜಿಹಾದ್ ಆಗಿದೆ. ಆದರೆ ಅದಕ್ಕೆ ಜ್ಞಾನ, ವಿವೇಕ ಮತ್ತು ಸ್ಥಿರತೆ ಇರಬೇಕಾದುದು ಕಡ್ಡಾಯ.
 ಖತ್ತಾಬಿ ಹೇಳಿದರು: "ಅದು ಅತಿಶ್ರೇಷ್ಠ ಜಿಹಾದ್ ಏಕೆಂದರೆ, ಶತ್ರುಗಳೊಂದಿಗೆ ಹೋರಾಡುವವರು (ಗೆಲುವಿನ) ಆಶಾಭಾವ ಮತ್ತು (ಸೋಲಿನ) ಭಯಾತಂಕದ ನಡುವೆ ಅನಿಶ್ಚಿತತೆಯಲ್ಲಿರುತ್ತಾರೆ. ತಾನು ಸೋಲುತ್ತೇನೋ ಗೆಲ್ಲುತ್ತೇನೋ ಎಂದು ಅವನಿಗೆ ತಿಳಿದಿರುವುದಿಲ್ಲ. ಆದರೆ, ಸುಲ್ತಾನನ ಬಳಿ ಸತ್ಯ ಹೇಳುವವನು ಸುಲ್ತಾನನ ನಿಯಂತ್ರಣದಲ್ಲಿರುತ್ತಾನೆ. ಅವನು ಸತ್ಯವನ್ನು ಹೇಳುವಾಗ ಮತ್ತು ಒಳಿತನ್ನು ಆದೇಶಿಸುವಾಗ, ತನ್ನನ್ನು ತಾನೇ ವಿನಾಶಕ್ಕೆ ಒಡ್ಡಿಕೊಳ್ಳುತ್ತಾನೆ ಮತ್ತು ತನ್ನ ದೇಹವನ್ನು ನಾಶಕ್ಕೆ ಗುರಿಪಡಿಸುತ್ತಾನೆ. ಆದ್ದರಿಂದ, ಜೀವಭಯದ ಬಾಹುಳ್ಯತೆಯಿರುವ ಕಾರಣ ಅದು ಜಿಹಾದ್‌ನ ಅತಿಶ್ರೇಷ್ಠ ವಿಧವಾಗಿದೆ. ಹೀಗೆ ಹೇಳಲಾಗುತ್ತದೆ: ಅದು ಅತಿಶ್ರೇಷ್ಠ ಜಿಹಾದ್ ಏಕೆಂದರೆ, ಆಡಳಿತಗಾರನು ಆ ಮಾತನ್ನೇನಾದರೂ ಸ್ವೀಕರಿಸಿದರೆ, ಹೆಚ್ಚಿನ ಸಂಖ್ಯೆಯ ಜನರಿಗೆ ವ್ಯಾಪಕ ರೀತಿಯಲ್ಲಿ ಉಪಕಾರವಾಗಿ, ಅದರಿಂದ ದೊಡ್ಡ ಮಟ್ಟಿನ ಪ್ರಯೋಜನ ಉಂಟಾಗುತ್ತದೆ."</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[حسن لغيره]</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>ನಿಶ್ಚಯವಾಗಿಯೂ ಇಹಲೋಕವು ಮಧುರವಾಗಿದೆ ಮತ್ತು ಹಸಿರಾಗಿದೆ. ನಿಶ್ಚಯವಾಗಿಯೂ ಅಲ್ಲಾಹು ನಿಮ್ಮನ್ನು ಅದರಲ್ಲಿ ಉತ್ತರಾಧಿಕಾರಿಗಳನ್ನಾಗಿ ಮಾಡಿ, ನೀವು ಹೇಗೆ ವರ್ತಿಸುತ್ತೀರಿ ಎಂದು ನೋಡುತ್ತಾನೆ. ಆದ್ದರಿಂದ ನೀವು ಇಹಲೋಕವನ್ನು ಭಯಪಡಿರಿ ಮತ್ತು ಸ್ತ್ರೀಯರನ್ನು ಭಯಪಡಿರಿ</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಸಈದ್ ಖುದ್ರಿ (ರ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಶ್ಚಯವಾಗಿಯೂ ಇಹಲೋಕವು ಮಧುರವಾಗಿದೆ ಮತ್ತು ಹಸಿರಾಗಿದೆ. ನಿಶ್ಚಯವಾಗಿಯೂ ಅಲ್ಲಾಹು ನಿಮ್ಮನ್ನು ಅದರಲ್ಲಿ ಉತ್ತರಾಧಿಕಾರಿಗಳನ್ನಾಗಿ ಮಾಡಿ, ನೀವು ಹೇಗೆ ವರ್ತಿಸುತ್ತೀರಿ ಎಂದು ನೋಡುತ್ತಾನೆ. ಆದ್ದರಿಂದ ನೀವು ಇಹಲೋಕವನ್ನು ಭಯಪಡಿರಿ ಮತ್ತು ಸ್ತ್ರೀಯರನ್ನು ಭಯಪಡಿರಿ. ಏಕೆಂದರೆ, ಬನೂ ಇಸ್ರಾಈಲರ ಮೊತ್ತಮೊದಲ ಪರೀಕ್ಷೆಯು ಸ್ತ್ರೀಯರ ಮೂಲಕವಾಗಿತ್ತು."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
@@ -1801,56 +1882,50 @@
     <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: "ಓ ಹೃದಯಗಳನ್ನು ತಿರುಗಿಸುವವನೇ! ನನ್ನ ಹೃದಯವನ್ನು ನಿನ್ನ ಧರ್ಮದಲ್ಲಿ ದೃಢವಾಗಿ ನಿಲ್ಲಿಸು" ಎಂದು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪದೇ ಪದೇ ಪ್ರಾರ್ಥಿಸುತ್ತಿದ್ದರು. ನಾನು ಕೇಳಿದೆ: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾವು ನಿಮ್ಮಲ್ಲಿ ಮತ್ತು ನೀವು ತಂದ ಧರ್ಮದಲ್ಲಿ ವಿಶ್ವಾಸವಿಟ್ಟಿದ್ದೇವೆ. ಆದರೂ ನಿಮಗೆ ನಮ್ಮ ಬಗ್ಗೆ ಭಯವೇ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಹೌದು, ನಿಶ್ಚಯವಾಗಿಯೂ ಹೃದಯಗಳು ಅಲ್ಲಾಹನ ಬೆರಳುಗಳ ಪೈಕಿ ಎರಡು ಬೆರಳುಗಳ ನಡುವೆ ಇವೆ. ಅವನು ಇಚ್ಛಿಸುವಂತೆ ಅವುಗಳನ್ನು ತಿರುಗಿಸುತ್ತಾನೆ."</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
     <t>ಧರ್ಮದಲ್ಲಿ ಮತ್ತು ಆಜ್ಞಾನುಸರಣೆ ಮಾಡುವುದರಲ್ಲಿ ಸ್ಥಿರವಾಗಿ ನಿಲ್ಲಿಸಲು ಮತ್ತು ವಕ್ರ ಮಾರ್ಗ ಹಾಗೂ ದುರ್ಮಾರ್ಗಗಳಿಂದ ದೂರವಿರಿಸಲು ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡುವುದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪದೇ ಪದೇ ನಿರ್ವಹಿಸುತ್ತಿದ್ದ ಒಂದು ಪ್ರಾರ್ಥನೆಯಾಗಿತ್ತು. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಅತಿಯಾಗಿ ನಿರ್ವಹಿಸುವುದನ್ನು ನೋಡಿ ಅನಸ್ ಬಿನ್ ಮಾಲಿಕ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಆಶ್ಚರ್ಯಪಟ್ಟರು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರಿಗೆ, "ನಿಶ್ಚಯವಾಗಿಯೂ ಹೃದಯಗಳು ಅಲ್ಲಾಹನ ಬೆರಳುಗಳ ಪೈಕಿ ಎರಡು ಬೆರಳುಗಳ ನಡುವೆಯಿವೆ, ಅವನು ಇಚ್ಛಿಸುವಂತೆ ಅವುಗಳನ್ನು ತಿರುಗಿಸುತ್ತಾನೆ" ಎಂದು ತಿಳಿಸಿದರು. ಹೃದಯವು ಸತ್ಯವಿಶ್ವಾಸ ಮತ್ತು ಸತ್ಯನಿಷೇಧವು ನೆಲೆಸುವ ಸ್ಥಳವಾಗಿದೆ. ಹೃದಯವು ಅತಿ ಹೆಚ್ಚಾಗಿ ತಿರುಗುವ ಕಾರಣ ಅದನ್ನು 'ಕಲ್ಬ್' (ತಿರುಗುವಂತದ್ದು) ಎಂದು ಕರೆಯಲಾಗಿದೆ. ಮಡಿಕೆಯಲ್ಲಿ ನೀರು ಕುದಿಯುವುದಕ್ಕಿಂತಲೂ ತೀವ್ರವಾಗಿ ಹೃದಯವು ತಿರುಗುತ್ತದೆ. ಅಲ್ಲಾಹು ಇಚ್ಛಿಸಿದವನ ಹೃದಯವನ್ನು ಅವನು ಸನ್ಮಾರ್ಗದಲ್ಲಿ ನಿಲ್ಲಿಸುತ್ತಾನೆ ಮತ್ತು ಧರ್ಮದಲ್ಲಿ ದೃಢಗೊಳಿಸುತ್ತಾನೆ. ಅಲ್ಲಾಹು ಇಚ್ಛಿಸಿದವನ ಹೃದಯವನ್ನು ಅವನು ಸನ್ಮಾರ್ಗದಿಂದ ವಕ್ರ ಮತ್ತು ದುರ್ಮಾರ್ಗಕ್ಕೆ ತಿರುಗಿಸುತ್ತಾನೆ.</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಲ್ಲಾಹನ ಮುಂದೆ ತೋರುತ್ತಿದ್ದ ಶರಣಾಗತಿ ಮತ್ತು ವಿನಮ್ರತೆಯನ್ನು ಮತ್ತು ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಬೇಕೆಂದು ಸಮುದಾಯಕ್ಕೆ ನಿರ್ದೇಶಿಸಿದ್ದನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
 ಧರ್ಮದಲ್ಲಿ ನೇರವಾಗಿ ಮತ್ತು ದೃಢವಾಗಿ ನಿಲ್ಲುವುದರ ಪ್ರಾಮುಖ್ಯತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಕರ್ಮಗಳನ್ನು ಅದರ ಅಂತ್ಯಸ್ಥಿತಿಯನ್ನು ನೋಡಿ ಪರಿಗಣಿಸಲಾಗುತ್ತದೆ.
 ಇಸ್ಲಾಂ ಧರ್ಮದಲ್ಲಿ ದೃಢವಾಗಿ ನಿಲ್ಲಲು ಅಲ್ಲಾಹು ನೀಡುವ ದೃಢತೆಯನ್ನು ಕಣ್ಣೆವೆಯಿಕ್ಕುವಷ್ಟು ಕಾಲ ಕೂಡ ಬೇಡವೆಂದು ನಿರಾಕರಿಸಿ ಸ್ವಾವಲಂಬಿಯಾಗಲು ಮನುಷ್ಯನಿಗೆ ಸಾಧ್ಯವಿಲ್ಲ.
 ಪ್ರವಾದಿಯವರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನುಕರಿಸುತ್ತಾ ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪದೇ ಪದೇ ಪ್ರಾರ್ಥಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
 ಇಸ್ಲಾಂ ಧರ್ಮದಲ್ಲಿ ದೃಢವಾಗಿ ನಿಲ್ಲುವುದು ಅತಿದೊಡ್ಡ ಅನುಗ್ರಹವಾಗಿದ್ದು, ಅದಕ್ಕಾಗಿ ಪರಿಶ್ರಮಿಸುವುದು ಮತ್ತು ಅದಕ್ಕಾಗಿ ಅಲ್ಲಾಹನಿಗೆ ಕೃತಜ್ಞತೆ ಸಲ್ಲಿಸುವುದು ಮನುಷ್ಯನ ಕರ್ತವ್ಯವಾಗಿದೆ.</t>
   </si>
   <si>
-    <t>رواه الترمذي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3142</t>
   </si>
   <si>
     <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>ನಾಯಿ ನಿಮ್ಮಲ್ಲೊಬ್ಬರ ಪಾತ್ರೆಯಲ್ಲಿ ಕುಡಿದರೆ, ಅವನು ಅದನ್ನು ಏಳು ಬಾರಿ ತೊಳೆಯಬೇಕಾಗಿದೆ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಾಯಿ ನಿಮ್ಮಲ್ಲೊಬ್ಬರ ಪಾತ್ರೆಯಲ್ಲಿ ಕುಡಿದರೆ, ಅವನು ಅದನ್ನು ಏಳು ಬಾರಿ ತೊಳೆಯಬೇಕಾಗಿದೆ."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>ಪಾತ್ರೆಯೊಳಗೆ ನಾಯಿ ನಾಲಗೆಯನ್ನು ತೂರಿಸಿದರೆ, ಆ ಪಾತ್ರೆಯನ್ನು ಏಳು ಬಾರಿ ತೊಳೆಯಲು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆಜ್ಞಾಪಿಸಿದ್ದಾರೆ. ಮೊದಲನೆಯ ಬಾರಿ ತೊಳೆಯುವಾಗ ಮಣ್ಣನ್ನು ಸೇರಿಸಬೇಕು. ನಂತರ ನೀರಿನಿಂದ ಶುಚೀಕರಿಸಬೇಕು. ಇದರಿಂದ ಆ ಅಶುದ್ಧಿಯು ಮತ್ತು ಅದರಿಂದ ಉಂಟಾಗುವ ಹಾನಿಯು ಸಂಪೂರ್ಣವಾಗಿ ನಿವಾರಣೆಯಾಗುತ್ತದೆ.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
@@ -1894,57 +1969,57 @@
 ಮೊದಲನೆಯದು: ಸುನ್ನತಿ ಮಾಡುವುದು. ಅಂದರೆ ಪುರುಷ ಜನನಾಂಗದ ತುದಿಯಲ್ಲಿರುವ ಹೆಚ್ಚುವರಿ ಚರ್ಮವನ್ನು ಕತ್ತರಿಸುವುದು ಮತ್ತು ಸ್ತ್ರೀಯ ಜನನಾಂಗದ ಸಂಭೋಗ ಸ್ಥಳದಲ್ಲಿರುವ ಅಂಗದ ತುದಿಯಲ್ಲಿರುವ ಹೆಚ್ಚುವರಿ ಚರ್ಮವನ್ನು ಕತ್ತರಿಸುವುದು.
 ಎರಡನೆಯದು: ಗುಹ್ಯಭಾಗದ ರೋಮವನ್ನು ಬೋಳಿಸುವುದು. ಅಂದರೆ ಖಾಸಗಿ ಭಾಗಗಳ ಸುತ್ತಲಲ್ಲಿರುವ ರೋಮಗಳನ್ನು ಬೋಳಿಸುವುದು.
 ಮೂರನೆಯದು: ಮೀಸೆಯನ್ನು ಕಿರಿದಾಗಿಸುವುದು. ಅಂದರೆ ಪುರುಷನ ಮೇಲ್ದುದಿಯು ಗೋಚರವಾಗುವ ರೀತಿಯಲ್ಲಿ ಅದರಲ್ಲಿರುವ ರೋಮಗಳನ್ನು ಕತ್ತರಿಸುವುದು.
 ನಾಲ್ಕನೆಯದು: ಉಗುರುಗಳನ್ನು ಕತ್ತರಿಸುವುದು.
 ಐದನೆಯದು: ಕಂಕುಳದ ರೋಮವನ್ನು ಕೀಳುವುದು.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹು ಪ್ರೀತಿಸುವ, ಸಂಪ್ರೀತನಾಗುವ ಮತ್ತು ಆದೇಶಿಸುವ ಈ ಪ್ರವಾದಿಗಳ ಚರ್ಯೆಗಳು ಸಂಪೂರ್ಣತೆ, ಪರಿಶುದ್ಧತೆ, ಮತ್ತು ಸೌಂದರ್ಯವನ್ನು ಉತ್ತೇಜಿಸುತ್ತವೆ.
 ಈ ಕಾರ್ಯಗಳನ್ನು ನಿಯಮಿತವಾಗಿ ನಿರ್ವಹಿಸಬೇಕು ಮತ್ತು ಅವುಗಳನ್ನು ನಿರ್ಲಕ್ಷಿಸಬಾರದು.
 ಈ ಕಾರ್ಯಗಳಿಗೆ ಧಾರ್ಮಿಕ ಮತ್ತು ಭೌತಿಕ ಪ್ರಯೋಜನಗಳಿವೆ. ಅವುಗಳಲ್ಲಿ ಕೆಲವು ಹೀಗಿವೆ: ರೂಪವನ್ನು ಉತ್ತಮಗೊಳಿಸುವುದು, ದೇಹವನ್ನು ಶುಚಿಯಾಗಿಡುವುದು, ಶುದ್ಧೀಕರಣದ ಬಗ್ಗೆ ಸೂಕ್ಷ್ಮತೆ ಪಾಲಿಸುವುದು, ಸತ್ಯನಿಷೇಧಿಗಳಿಗೆ ವಿರುದ್ಧವಾಗುವುದು ಮತ್ತು ಅಲ್ಲಾಹನ ಆಜ್ಞೆಗಳಿಗೆ ವಿಧೇಯತೆ ತೋರುವುದು.
 ಇತರ ಹದೀಸ್‌ಗಳಲ್ಲಿ ಈ ಐದು ಕಾರ್ಯಗಳಿಗೆ ಹೊರತಾಗಿ ಇನ್ನೂ ಅನೇಕ ಕಾರ್ಯಗಳನ್ನು ಫಿತ್ರ (ಸಹಜ ಮನೋಧರ್ಮ) ದಲ್ಲಿ ಸೇರಿಸಲಾಗಿದೆ. ಉದಾಹರಣೆಗೆ, ದಾಡಿ ಬೆಳೆಸುವುದು, ಮಿಸ್ವಾಕ್ ಮಾಡುವುದು ಇತ್ಯಾದಿ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3144</t>
   </si>
   <si>
     <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
   </si>
   <si>
-    <t>ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ. ಸನ್ನಿಹಿತವಾದ ಕೆಡುಕಿನಿಂದಾಗಿ ಅರಬ್ಬರಿಗೆ ವಿನಾಶ ಕಾದಿದೆ. ಇಂದು ಯಅಜೂಜ್ ಮತ್ತು ಮಅಜೂಜರ ಗೋಡೆಯಲ್ಲಿ ಇಂತಹ ಒಂದು ದ್ವಾರ ತೆರೆಯಲ್ಪಟ್ಟಿದೆ</t>
+    <t>ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ಆರಾಧ್ಯನಿಲ್ಲ. ಸನ್ನಿಹಿತವಾದ ಕೆಡುಕಿನಿಂದಾಗಿ ಅರಬ್ಬರಿಗೆ ವಿನಾಶ ಕಾದಿದೆ. ಇಂದು ಯಅಜೂಜ್ ಮತ್ತು ಮಅಜೂಜರ ಗೋಡೆಯಲ್ಲಿ ಇಂತಹ ಒಂದು ದ್ವಾರ ತೆರೆಯಲ್ಪಟ್ಟಿದೆ</t>
   </si>
   <si>
     <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
   </si>
   <si>
-    <t>ಝೈನಬ್ ಬಿಂತ್ ಜಹ್ಶ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಒಮ್ಮೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಗಾಬರಿಯಿಂದ ಅವರ ಬಳಿಗೆ ಬಂದು ಹೇಳತೊಡಗಿದರು: "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ. ಸನ್ನಿಹಿತವಾದ ಕೆಡುಕಿನಿಂದಾಗಿ ಅರಬ್ಬರಿಗೆ ವಿನಾಶ ಕಾದಿದೆ. ಇಂದು ಯಅಜೂಜ್ ಮತ್ತು ಮಅಜೂಜರ ಗೋಡೆಯಲ್ಲಿ ಇಂತಹ ಒಂದು ದ್ವಾರ ತೆರೆಯಲ್ಪಟ್ಟಿದೆ." ಅವರು ತಮ್ಮ ತೋರುಬೆರಳು ಮತ್ತು ಹೆಬ್ಬೆರಳನ್ನು ವೃತ್ತಾಕಾರದಲ್ಲಿ ಹಿಡಿದು ತೋರಿಸಿದರು. ಝೈನಬ್ ಬಿಂತ್ ಜಹ್ಶ್ ಹೇಳಿದರು: "ನಾನು ಕೇಳಿದೆ: ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಮ್ಮಲ್ಲಿ ನೀತಿವಂತರು ಇರುವಾಗ ನಾವು ನಾಶವಾಗುವೆವೇ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಹೌದು, ಕೆಡುಕು ಹೆಚ್ಚಾದಾಗ."</t>
+    <t>ಝೈನಬ್ ಬಿಂತ್ ಜಹ್ಶ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಒಮ್ಮೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಗಾಬರಿಯಿಂದ ಅವರ ಬಳಿಗೆ ಬಂದು ಹೇಳತೊಡಗಿದರು: "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ಆರಾಧ್ಯನಿಲ್ಲ. ಸನ್ನಿಹಿತವಾದ ಕೆಡುಕಿನಿಂದಾಗಿ ಅರಬ್ಬರಿಗೆ ವಿನಾಶ ಕಾದಿದೆ. ಇಂದು ಯಅಜೂಜ್ ಮತ್ತು ಮಅಜೂಜರ ಗೋಡೆಯಲ್ಲಿ ಇಂತಹ ಒಂದು ದ್ವಾರ ತೆರೆಯಲ್ಪಟ್ಟಿದೆ." ಅವರು ತಮ್ಮ ತೋರುಬೆರಳು ಮತ್ತು ಹೆಬ್ಬೆರಳನ್ನು ವೃತ್ತಾಕಾರದಲ್ಲಿ ಹಿಡಿದು ತೋರಿಸಿದರು. ಝೈನಬ್ ಬಿಂತ್ ಜಹ್ಶ್ ಹೇಳಿದರು: "ನಾನು ಕೇಳಿದೆ: ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಮ್ಮಲ್ಲಿ ನೀತಿವಂತರು ಇರುವಾಗ ನಾವು ನಾಶವಾಗುವೆವೇ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಹೌದು, ಕೆಡುಕು ಹೆಚ್ಚಾದಾಗ."</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
 ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
 فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
 فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
   </si>
   <si>
     <t>ಒಮ್ಮೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಝೈನಬ್ ಬಿಂತ್ ಜಹ್ಶ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರ ಬಳಿಗೆ ಗಾಬರಿ ಮತ್ತು ಭಯದಿಂದ ಬಂದು ಹೇಳಿದರು: "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ." ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹನಲ್ಲಿ ಆಶ್ರಯ ಬೇಡುವ ಹೊರತು ಪಾರಾಗಲು ಸಾಧ್ಯವಿಲ್ಲದಂತಹ ಅಹಿತಕರವಾದ ಏನಾದರೂ ಸಂಭವಿಸುವ ನಿರೀಕ್ಷೆಯನ್ನು ಸೂಚಿಸುವುದಕ್ಕಾಗಿ ಹೀಗೆ ಘೋಷಿಸಲಾಗುತ್ತದೆ. ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಶೀಘ್ರದಲ್ಲೇ ಸಂಭವಿಸಲಿರುವ ಕೆಡುಕಿನಿಂದಾಗಿ ಅರಬ್ಬರಿಗೆ ವಿನಾಶ ಕಾದಿದೆ. ಇಂದು ಯಅಜೂಜ್ ಮತ್ತು ಮಅಜೂಜರ ಗೋಡೆಯಲ್ಲಿ—ಇದು ದುಲ್-ಕರ್ನೈನ್ ನಿರ್ಮಿಸಿದ ಗೋಡೆ—ಇಂತಹ ಒಂದು ದ್ವಾರ ತೆರೆಯಲ್ಪಟ್ಟಿದೆ." ಅವರು ತಮ್ಮ ತೋರುಬೆರಳು ಮತ್ತು ಹೆಬ್ಬೆರಳನ್ನು ವೃತ್ತಾಕಾರದಲ್ಲಿ ಹಿಡಿದು ತೋರಿಸಿದರು. ಆಗ ಝೈನಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಕೇಳಿದರು: "ನಮ್ಮಲ್ಲಿ ಸತ್ಯವಿಶ್ವಾಸಿಗಳಾದ ಸಜ್ಜನರು ಇರುವಾಗ ಅಲ್ಲಾಹು ನಮ್ಮ ಮೇಲೆ ವಿನಾಶವನ್ನು ಹೇಗೆ ಹೊರಿಸುತ್ತಾನೆ?" ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ತರಿಸಿದರು: "ಅನೈತಿಕತೆ, ದುರಾಚಾರ, ಪಾಪಗಳು, ವ್ಯಭಿಚಾರ, ಮದ್ಯಪಾನ ಮತ್ತು ಇತರ ವಿಷಯಗಳು ವ್ಯಾಪಕವಾಗಿ ಹರಡುವಾಗ ವಿನಾಶವು ಸಾರ್ವತ್ರಿಕವಾಗಿ ಸಂಭವಿಸುತ್ತದೆ."</t>
   </si>
   <si>
     <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>ಭಯವಾದಾಗ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸದಂತೆ ಸತ್ಯವಿಶ್ವಾಸಿಯ ಹೃದಯವನ್ನು ಗಾಬರಿಯು ವಿಚಲಿತಗೊಳಿಸಬಾರದು. ಏಕೆಂದರೆ, ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುವುದರಿಂದ ಹೃದಯಗಳು ಶಾಂತವಾಗುತ್ತವೆ.
 ಪಾಪಗಳನ್ನು ನಿರಾಕರಿಸಲು ಮತ್ತು ಅವು ಸಂಭವಿಸದಂತೆ ತಡೆಯಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
 ಪಾಪಗಳು ಹೆಚ್ಚಾಗುವಾಗ ಮತ್ತು ವ್ಯಾಪಕವಾಗಿ ಹರಡುವಾಗ, ಹಾಗೂ ಅವುಗಳನ್ನು ತಡೆಯುವವರು ಯಾರೂ ಇಲ್ಲದಿರುವಾಗ ವಿನಾಶವು ಸಂಭವಿಸುತ್ತದೆ. ಆಗ ಸಜ್ಜನರು ದೊಡ್ಡ ಸಂಖ್ಯೆಯಲ್ಲಿದ್ದರೂ ಸಹ.
 ಸತ್ಕರ್ಮಿಗಳು ಮತ್ತು ದುಷ್ಕರ್ಮಿಗಳು ಸೇರಿದಂತೆ ಎಲ್ಲಾ ಜನರನ್ನು ವಿಪತ್ತುಗಳು ಆವರಿಸಿಕೊಳ್ಳುತ್ತವೆ. ಆದರೆ, ಅವರನ್ನು ಅವರ ಸಂಕಲ್ಪಗಳ ಆಧಾರದಲ್ಲಿ ಪುನರುತ್ಥಾನಗೊಳಿಸಲಾಗುತ್ತದೆ.
 "ಶೀಘ್ರದಲ್ಲೇ ಸಂಭವಿಸಲಿರುವ ಕೆಡುಕಿನಿಂದಾಗಿ ಅರಬ್ಬರಿಗೆ ವಿನಾಶ ಕಾದಿದೆ" ಎಂದು ವಿಶೇಷವಾಗಿ ಅರಬ್ಬರ ಬಗ್ಗೆ ಹೇಳಲಾಗಿರುವುದು ಏಕೆಂದರೆ, ಆಗ ಮುಸಲ್ಮಾನರಲ್ಲಿ ಹೆಚ್ಚಿನವರು ಅರಬ್ಬರಾಗಿದ್ದರು.</t>
   </si>
   <si>
@@ -3150,51 +3225,51 @@
     <t>ಅಲ್ಲಾಹನ ಪ್ರೀತಿಗೆ ಅನುಗುಣವಾಗಿ ಕರ್ಮಗಳ ಶ್ರೇಷ್ಠತೆಯಲ್ಲಿ ಏರುಪೇರು ಉಂಟಾಗುತ್ತದೆ.
 ಅತಿಶ್ರೇಷ್ಠ ಕರ್ಮಗಳಿಗೆ ಪ್ರಥಮ ಪ್ರಾಶಸ್ತ್ಯ ನೀಡಲು ಮುಸಲ್ಮಾನರನ್ನು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
 ಜನರು ಶ್ರೇಷ್ಠವಾದ ಕರ್ಮದ ಬಗ್ಗೆ ಕೇಳುವಾಗ, ವ್ಯಕ್ತಿ ಮತ್ತು ಸಂದರ್ಭಕ್ಕೆ ಅನುಗುಣವಾಗಿ ಮತ್ತು ಪ್ರತಿಯೊಬ್ಬ ವ್ಯಕ್ತಿಗೆ ಯಾವುದೂ ಹೆಚ್ಚು ಪ್ರಯೋಜನಕರವಾಗಿದೆಯೆಂಬ ಆಧಾರದಲ್ಲಿ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿಭಿನ್ನ ಉತ್ತರಗಳನ್ನು ನೀಡುತ್ತಿದ್ದರು.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>ಇಶಾ ನಮಾಝ್ ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್ ಕಪಟವಿಶ್ವಾಸಿಗಳಿಗೆ ಅತ್ಯಂತ ಭಾರವಾದ ನಮಾಝ್‌ಗಳಾಗಿವೆ. ಆ ಎರಡು ನಮಾಝ್‌ಗಳಲ್ಲಿರುವ (ಪ್ರತಿಫಲವನ್ನು) ಅವರು ತಿಳಿದಿದ್ದರೆ, ಅವರು ಅದಕ್ಕಾಗಿ ಅಂಬೆಗಾಲಿಟ್ಟುಕೊಂಡಾದರೂ ಬರುತ್ತಿದ್ದರು</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಇಶಾ ನಮಾಝ್ ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್ ಕಪಟವಿಶ್ವಾಸಿಗಳಿಗೆ ಅತ್ಯಂತ ಭಾರವಾದ ನಮಾಝ್‌ಗಳಾಗಿವೆ. ಆ ಎರಡು ನಮಾಝ್‌ಗಳಲ್ಲಿರುವ (ಪ್ರತಿಫಲವನ್ನು) ಅವರು ತಿಳಿದಿದ್ದರೆ, ಅವರು ಅದಕ್ಕಾಗಿ ಅಂಬೆಗಾಲಿಟ್ಟುಕೊಂಡಾದರೂ ಬರುತ್ತಿದ್ದರು. ಜನರಿಗೆ ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಆಜ್ಞಾಪಿಸಿ, ನಂತರ ಒಬ್ಬರನ್ನು ಅವರಿಗೆ ಇಮಾಂ ಆಗಿ ನೇಮಿಸಿ, ನಂತರ ಸೌದೆಗಳ ಕಟ್ಟುಗಳೊಂದಿಗೆ ಕೆಲವು ಜನರನ್ನು ಕರೆದುಕೊಂಡು ಹೋಗಿ, ನಮಾಝ್‌ಗೆ ಬರದವರ ಮನೆಗಳನ್ನು ಸುಟ್ಟುಬಿಡಲು ನಾನು ಯೋಚಿಸಿದ್ದೆ."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>ಇಲ್ಲಿ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಕಪಟವಿಶ್ವಾಸಿಗಳ ಬಗ್ಗೆ ಮತ್ತು ನಮಾಝ್ ನಿರ್ವಹಿಸಲು—ವಿಶೇಷವಾಗಿ ಇಶಾ ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್ ನಿರ್ವಹಿಸಲು—ಅವರು ತೋರುವ ಆಲಸ್ಯದ ಬಗ್ಗೆ ತಿಳಿಸುತ್ತಿದ್ದಾರೆ. ಈ ಎರಡು ನಮಾಝ್‌ಗಳನ್ನು ಸಾಮೂಹಿಕವಾಗಿ ನಿರ್ವಹಿಸಿದರೆ ಸಿಗುವ ಶ್ರೇಷ್ಠತೆ ಮತ್ತು ಪ್ರತಿಫಲವನ್ನು ಅವರು ತಿಳಿದಿದ್ದರೆ, ಅವರು ಅದಕ್ಕಾಗಿ ಮಗು ಕೈ ಮತ್ತು ಮಂಡಿಯನ್ನು ಬಳಸಿ ಅಂಬೆಗಾಲಿಟ್ಟು ಬರುವಂತೆ (ಬಹಳ ಕಷ್ಟ ಅನುಭವಿಸಿಯಾದರೂ) ಬರುತ್ತಿದ್ದರು ಎಂದು ಹೇಳಿದ್ದಾರೆ.
-. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಆಜ್ಞಾಪಿಸಿ, ತನ್ನ ಬದಲಿಗೆ ಬೇರೊಬ್ಬ ವ್ಯಕ್ತಿಯನ್ನು ನಮಾಝ್ ಮಾಡಲು ಇಮಾಂ ಆಗಿ ನೇಮಿಸಿ, ನಂತರ ಕೆಲವು ಸಹಾಬಿಗಳೊಡನೆ ಸೌದೆಯ ಕಟ್ಟುಗಳನ್ನು ಹೊತ್ತೊಯ್ದು, ಸಾಮೂಹಿಕವಾಗಿ ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಬರದವರ ಮನೆಗಳಿಗೆ ಹೋಗಿ, ಅವರ ಮನೆಗಳನ್ನು ಸುಟ್ಟುಬಿಡಲು ದೃಢನಿಶ್ಚಯ ಮಾಡಿದ್ದರು. ಏಕೆಂದರೆ ಅದು ಅಷ್ಟೊಂದು ಗಂಭೀರ ವಿಷಯವಾಗಿತ್ತು. ಆದರೆ ಮನೆಯಲ್ಲಿ ಅಮಾಯಕ ಹೆಂಗಸರು, ಮಕ್ಕಳು ಮತ್ತು ನಿರಪರಾಧಿಗಳು ಇರುವ ಕಾರಣ ಅವರು ಆ ಯೋಚನೆಯನ್ನು ಕೈಬಿಟ್ಟರು.</t>
+ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಆಜ್ಞಾಪಿಸಿ, ತನ್ನ ಬದಲಿಗೆ ಬೇರೊಬ್ಬ ವ್ಯಕ್ತಿಯನ್ನು ನಮಾಝ್ ಮಾಡಲು ಇಮಾಂ ಆಗಿ ನೇಮಿಸಿ, ನಂತರ ಕೆಲವು ಸಹಾಬಿಗಳೊಡನೆ ಸೌದೆಯ ಕಟ್ಟುಗಳನ್ನು ಹೊತ್ತೊಯ್ದು, ಸಾಮೂಹಿಕವಾಗಿ ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಬರದವರ ಮನೆಗಳಿಗೆ ಹೋಗಿ, ಅವರ ಮನೆಗಳನ್ನು ಸುಟ್ಟುಬಿಡಲು ದೃಢನಿಶ್ಚಯ ಮಾಡಿದ್ದರು. ಏಕೆಂದರೆ ಅದು ಅಷ್ಟೊಂದು ಗಂಭೀರ ವಿಷಯವಾಗಿತ್ತು. ಆದರೆ ಮನೆಯಲ್ಲಿ ಅಮಾಯಕ ಹೆಂಗಸರು, ಮಕ್ಕಳು ಮತ್ತು ನಿರಪರಾಧಿಗಳು ಇರುವ ಕಾರಣ ಅವರು ಆ ಯೋಚನೆಯನ್ನು ಕೈಬಿಟ್ಟರು.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>ಮಸೀದಿಯಲ್ಲಿ ಸಾಮೂಹಿಕವಾಗಿ ನಮಾಝ್ ನಿರ್ವಹಿಸುವುದರ ಬಗ್ಗೆ ಅಸಡ್ಡೆ ತೋರುವುದು ಗಂಭೀರ ವಿಷಯವಾಗಿದೆ.
 ಕಪಟವಿಶ್ವಾಸಿಗಳು ತೋರಿಕೆಗಾಗಿ ಮತ್ತು ಪ್ರಶಂಸೆಗಾಗಿ ಮಾತ್ರ ಆರಾಧನೆಗಳನ್ನು ನಿರ್ವಹಿಸುತ್ತಾರೆ. ಜನರಿಗೆ ಕಾಣುವ ಸಮಯದಲ್ಲಿ ಮಾತ್ರ ಅವರು ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಮಸೀದಿಗೆ ಬರುತ್ತಾರೆ.
 ಇಶಾ ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್‌ಗಳನ್ನು ಸಾಮೂಹಿಕವಾಗಿ ನಿರ್ವಹಿಸುವುದಕ್ಕೆ ಮಹಾ ಪ್ರತಿಫಲವಿದೆ ಮತ್ತು ಅಂಬೆಗಾಲಿಟ್ಟುಕೊಂಡಾದರೂ ಆ ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸಲು ಬರಬೇಕಾಗಿದೆ.
 ನಿತ್ಯ ಇಶಾ ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್‌ಗಳನ್ನು ಸಾಮೂಹಿಕವಾಗಿ ಮಸೀದಿಯಲ್ಲಿ ನಿರ್ವಹಿಸಿದರೆ ಕಪಟತೆಯಿಂದ ಮುಕ್ತಿ ಸಿಗುತ್ತದೆ. ಆ ಎರಡು ನಮಾಝ್‌ಗಳಿಗೆ ಹೋಗದಿರುವುದು ಕಪಟವಿಶ್ವಾಸಿಗಳ ಲಕ್ಷಣವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3366</t>
   </si>
   <si>
     <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>ಅದು ಎಪ್ಪತ್ತು ವರ್ಷಗಳ ಹಿಂದೆ ನರಕಕ್ಕೆ ಎಸೆಯಲಾದ ಒಂದು ಕಲ್ಲು. ಅದು ನರಕದೊಳಗೆ ಬೀಳುತ್ತಾ ಇದೀಗ ಅದರ ತಳಭಾಗವನ್ನು ತಲುಪಿದೆ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
@@ -4429,50 +4504,53 @@
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮುಆದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರ ಕೈಯನ್ನು ಹಿಡಿದು ಹೇಳಿದರು: "ಓ ಮುಆದ್, ಅಲ್ಲಾಹನಾಣೆ! ಖಂಡಿತವಾಗಿಯೂ ನಾನು ನಿನ್ನನ್ನು ಪ್ರೀತಿಸುತ್ತೇನೆ. ನಾನು ನಿನಗೆ ಉಪದೇಶ ಮಾಡುತ್ತಿದ್ದೇನೆ. ಎಲ್ಲಾ ನಮಾಝ್‌ಗಳ ನಂತರ ಹೀಗೆ ಹೇಳುವುದನ್ನು ಬಿಟ್ಟುಬಿಡಬೇಡ: ಓ ಅಲ್ಲಾಹ್! ಸತ್ಕರ್ಮಕ್ಕೆ ಹತ್ತಿರಗೊಳಿಸುವ ಎಲ್ಲಾ ಮಾತು ಮತ್ತು ಕರ್ಮಗಳಲ್ಲೂ ನಿನ್ನನ್ನು ಸ್ಮರಿಸಲು ನನಗೆ ಸಹಾಯ ಮಾಡು. ಒಂದು ಹೊಸ ಅನುಗ್ರಹ ಲಭ್ಯವಾಗುವಾಗ ಅಥವಾ ಒಂದು ಆಪತ್ತು ನಿವಾರಣೆಯಾಗುವಾಗ ನಿನಗೆ ಕೃತಜ್ಞತೆ ಸಲ್ಲಿಸಲು ಸಹಾಯ ಮಾಡು. ನಿಷ್ಕಳಂಕವಾಗಿ ಅಲ್ಲಾಹನಿಗೆ ಮತ್ತು ಪ್ರವಾದಿಯವರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನುಸರಿಸುತ್ತಾ ಉತ್ತಮ ರೀತಿಯಲ್ಲಿ ಆರಾಧನೆ ಮಾಡಲು ನನಗೆ ಸಹಾಯ ಮಾಡು.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>ಒಬ್ಬ ವ್ಯಕ್ತಿಯೊಡನೆ ಅಲ್ಲಾಹನಿಗಾಗಿ ನಾನು ನಿನ್ನನ್ನು ಪ್ರೀತಿಸುತ್ತೇನೆ ಎಂದು ಹೇಳಲು ಅನುಮತಿಯಿದೆ.
 ಕಡ್ಡಾಯ ಮತ್ತು ಐಚ್ಛಿಕವಾದ ಎಲ್ಲಾ ನಮಾಝ್‌ಗಳ ನಂತರ ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪಠಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
 ಕನಿಷ್ಠ ಶಬ್ದಗಳ ಈ ಪ್ರಾರ್ಥನೆಯು ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದ ಎಲ್ಲಾ ಬೇಡಿಕೆಗಳನ್ನು ಒಳಗೊಂಡಿದೆ.
 ಸತ್ಯದ ಬಗ್ಗೆ ಉಪದೇಶ ಮಾಡುವುದು ಮತ್ತು ಒಳಿತು ಹಾಗೂ ದೇವಭಯದ ವಿಷಯಗಳಲ್ಲಿ ಪರಸ್ಪರ ಸಲಹೆ ಮತ್ತು ಸಹಕಾರ ನೀಡುವುದು ಅಲ್ಲಾಹನಿಗಾಗಿ ಪ್ರೀತಿಸುವುದರ ಪ್ರಯೋಜನಗಳಲ್ಲಿ ಸೇರಿದೆ.
 ತೀಬಿ ಹೇಳಿದರು: "ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯು ಹೃದಯವು ವಿಶಾಲವಾಗಲು ಪೀಠಿಕೆಯಾಗಿದೆ, ಅವನಿಗೆ ಕೃತಜ್ಞತೆ ಸಲ್ಲಿಸುವುದು ಅನುಗ್ರಹಗಳನ್ನು ಪಡೆಯುವ ಮಾಧ್ಯಮವಾಗಿದೆ ಮತ್ತು ನಿರ್ದೇಶಿಸಲಾದ ರೀತಿಯಲ್ಲಿ ಉತ್ತಮವಾಗಿ ಅವನನ್ನು ಆರಾಧಿಸುವುದು ಅಲ್ಲಾಹನಿಂದ ದೂರಗೊಳಿಸುವ ವಿಷಯಗಳಿಂದ ಮುಕ್ತವಾಗುವುದಾಗಿದೆ."</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>ನಿಮ್ಮ ಪರಿಪಾಲಕನಾದ ಅಲ್ಲಾಹನನ್ನು ಭಯಪಡಿರಿ, ನಿಮ್ಮ ಐದು ವೇಳೆಯ ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸಿರಿ, ನಿಮ್ಮ (ರಮದಾನ್) ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸಿರಿ, ನಿಮ್ಮ ಸಂಪತ್ತಿನ ಝಕಾತನ್ನು ನೀಡಿರಿ ಮತ್ತು ನಿಮ್ಮ ಆಡಳಿತಗಾರರನ್ನು ಅನುಸರಿಸಿರಿ. ನೀವು ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸುವಿರಿ</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಉಮಾಮ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ವಿದಾಯದ ಹಜ್ಜ್‌ನಲ್ಲಿ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ನಿಮ್ಮ ಪರಿಪಾಲಕನಾದ ಅಲ್ಲಾಹನನ್ನು ಭಯಪಡಿರಿ, ನಿಮ್ಮ ಐದು ವೇಳೆಯ ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸಿರಿ, ನಿಮ್ಮ (ರಮದಾನ್) ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸಿರಿ, ನಿಮ್ಮ ಸಂಪತ್ತಿನ ಝಕಾತನ್ನು ನೀಡಿರಿ ಮತ್ತು ನಿಮ್ಮ ಆಡಳಿತಗಾರರನ್ನು ಅನುಸರಿಸಿರಿ. ನೀವು ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸುವಿರಿ."</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>ಹಿಜರಿ ಹತ್ತನೇ ವರ್ಷ ವಿದಾಯದ ಹಜ್ಜ್‌ನ ಸಂದರ್ಭದಲ್ಲಿ ಅರಫಾ ದಿನದಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರವಚನ ನೀಡಿದರು. ಅದನ್ನು ವಿದಾಯದ ಹಜ್ಜ್ ಎಂದು ಕರೆಯಲು ಕಾರಣವೇನೆಂದರೆ, ಅದು ಅವರು ಕೊನೆಯದಾಗಿ ನಿರ್ವಹಿಸಿದ ಹಜ್ಜ್ ಆಗಿತ್ತು. ಅಲ್ಲಾಹನ ಆಜ್ಞೆಗಳನ್ನು ಪಾಲಿಸುತ್ತಾ ಮತ್ತು ಅವನ ನಿಷೇಧಗಳಿಂದ ದೂರವಿರುತ್ತಾ ಅವನನ್ನು ಭಯಪಡಬೇಕೆಂದು ಅವರು ಎಲ್ಲಾ ಜನರಿಗೂ ಆದೇಶಿಸಿದರು. ಅಲ್ಲಾಹು ದಿನರಾತ್ರಿ ನಿರ್ವಹಿಸಬೇಕೆಂದು ಕಡ್ಡಾಯಗೊಳಿಸಿದ ಐದು ವೇಳೆಯ ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸಬೇಕೆಂದು ಆದೇಶಿಸಿದರು. ರಮದಾನ್ ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸಬೇಕೆಂದು ಆದೇಶಿಸಿದರು. ಸಂಪತ್ತಿನ ಝಕಾತನ್ನು ಅದರ ಹಕ್ಕುದಾರರಿಗೆ ಯಾವುದೇ ಜಿಪುಣತನ ಮಾಡದೆ ಕೊಟ್ಟುಬಿಡಲು ಆದೇಶಿಸಿದರು. ಅಲ್ಲಾಹು ಅವರ ಮೇಲೆ ಆಡಳಿತ ನಡೆಸಲು ನಿಶ್ಚಯಿಸಿದ ಆಡಳಿತಗಾರರನ್ನು ಅಲ್ಲಾಹನ ಆಜ್ಞೆಗಳಿಗೆ ವಿರುದ್ಧವಾಗದ ವಿಷಯಗಳಲ್ಲಿ ಅನುಸರಿಸಲು ಆದೇಶಿಸಿದರು. ಯಾರು ಈ ಎಲ್ಲಾ ಕಾರ್ಯಗಳನ್ನು ಮಾಡುತ್ತಾರೋ ಅವರಿಗೆ ಸಿಗುವ ಪ್ರತಿಫಲವು ಸ್ವರ್ಗ ಪ್ರವೇಶವಾಗಿದೆ.</t>
@@ -4789,52 +4867,52 @@
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>ನಿಮ್ಮ ಕರ್ಮಗಳಲ್ಲಿ ಶ್ರೇಷ್ಠವಾದ, ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ಪರಿಶುದ್ಧವಾದ, ನಿಮ್ಮ ಪದವಿಗಳಲ್ಲಿ ಅತಿ ಎತ್ತರವಾದ, ಚಿನ್ನ ಮತ್ತು ಬೆಳ್ಳಿಯನ್ನು ವ್ಯಯಿಸುವುದಕ್ಕಿಂತಲೂ ಉತ್ತಮವಾದ, ನೀವು ನಿಮ್ಮ ಶತ್ರುವಿನೊಂದಿಗೆ ಹೋರಾಡಿ ನೀವು ಅವರನ್ನು ಮತ್ತು ಅವರು ನಿಮ್ಮನ್ನು ಕೊಲ್ಲುವುದಕ್ಕಿಂತಲೂ ಉತ್ತಮವಾದ ಒಂದು ವಿಷಯವನ್ನು ನಾನು ನಿಮಗೆ ತಿಳಿಸಿಕೊಡಲೇ?</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>ಅಬೂ ದರ್ದಾಅ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಮ್ಮ ಕರ್ಮಗಳಲ್ಲಿ ಶ್ರೇಷ್ಠವಾದ, ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ಪರಿಶುದ್ಧವಾದ, ನಿಮ್ಮ ಪದವಿಗಳಲ್ಲಿ ಅತಿ ಎತ್ತರವಾದ, ಚಿನ್ನ ಮತ್ತು ಬೆಳ್ಳಿಯನ್ನು ವ್ಯಯಿಸುವುದಕ್ಕಿಂತಲೂ ಉತ್ತಮವಾದ, ನೀವು ನಿಮ್ಮ ಶತ್ರುವಿನೊಂದಿಗೆ ಹೋರಾಡಿ ನೀವು ಅವರನ್ನು ಮತ್ತು ಅವರು ನಿಮ್ಮನ್ನು ಕೊಲ್ಲುವುದಕ್ಕಿಂತಲೂ ಉತ್ತಮವಾದ ಒಂದು ವಿಷಯವನ್ನು ನಾನು ನಿಮಗೆ ತಿಳಿಸಿಕೊಡಲೇ?" ಅವರು ಹೇಳಿದರು: "ತಿಳಿಸಿಕೊಡಿ." ಅವರು (ಪ್ರವಾದಿ) ಹೇಳಿದರು: "ಅಲ್ಲಾಹನ ಸ್ಮರಣೆ."</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸಹಚರರೊಡನೆ ಕೇಳಿದರು: .
-ನಾನು ಒಂದು ಕರ್ಮದ ಬಗ್ಗೆ ನಿಮಗೆ ತಿಳಿಸಿಕೊಡುವುದನ್ನು ನೀವು ಬಯಸುತ್ತೀರಾ? ಅಂದರೆ ಯಜಮಾನನಾದ ಅಲ್ಲಾಹನ ದೃಷ್ಟಿಯಲ್ಲಿ ಅತಿಶ್ರೇಷ್ಠವಾದ, ಅತ್ಯಂತ ಗಣ್ಯವಾದ, ಅತ್ಯಂತ ಫಲವತ್ತಾದ ಮತ್ತು ಅತ್ಯಂತ ಶುದ್ಧವಾದ ಒಂದು ಕರ್ಮದ ಬಗ್ಗೆ? .
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸಹಚರರೊಡನೆ ಕೇಳಿದರು:
+ನಾನು ಒಂದು ಕರ್ಮದ ಬಗ್ಗೆ ನಿಮಗೆ ತಿಳಿಸಿಕೊಡುವುದನ್ನು ನೀವು ಬಯಸುತ್ತೀರಾ? ಅಂದರೆ ಯಜಮಾನನಾದ ಅಲ್ಲಾಹನ ದೃಷ್ಟಿಯಲ್ಲಿ ಅತಿಶ್ರೇಷ್ಠವಾದ, ಅತ್ಯಂತ ಗಣ್ಯವಾದ, ಅತ್ಯಂತ ಫಲವತ್ತಾದ ಮತ್ತು ಅತ್ಯಂತ ಶುದ್ಧವಾದ ಒಂದು ಕರ್ಮದ ಬಗ್ಗೆ?
 ಸ್ವರ್ಗದಲ್ಲಿ ನಿಮಗೆ ದೊರೆಯುವ ಸ್ಥಾನಮಾನಗಳಲ್ಲಿ ಅತ್ಯುನ್ನತವಾದ ಕರ್ಮದ ಬಗ್ಗೆ?
 ನೀವು ಚಿನ್ನ ಮತ್ತು ಬೆಳ್ಳಿಯನ್ನು ದಾನ ಮಾಡುವುದಕ್ಕಿಂತಲೂ ಶ್ರೇಷ್ಠವಾದ ಕರ್ಮದ ಬಗ್ಗೆ?
 ನೀವು ಸತ್ಯನಿಷೇಧಿಗಳೊಂದಿಗೆ ಹೋರಾಡಿ, ನೀವು ಅವರ ಕೊರಳು ಕೊಯ್ಯುವುದಕ್ಕಿಂತಲೂ ಮತ್ತು ಅವರು ನಿಮ್ಮ ಕೊರಳು ಕೊಯ್ಯುವುದಕ್ಕಿಂತಲೂ ಶ್ರೇಷ್ಠವಾದ ಕರ್ಮದ ಬಗ್ಗೆ?
 ಸಹಾಬಿಗಳು ಹೇಳಿದರು: ಹೌದು, ನಾವು ಅದನ್ನು ಬಯಸುತ್ತೇವೆ.
 ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: ಅದು ಎಲ್ಲಾ ಸಮಯಗಳಲ್ಲೂ, ಎಲ್ಲಾ ಸಂದರ್ಭಗಳಲ್ಲೂ ಪರಿಸ್ಥಿತಿಗಳಲ್ಲೂ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುವುದು.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>ಬಾಹ್ಯವಾಗಿಯೂ, ಆಂತರಿಕವಾಗಿಯೂ ಅಲ್ಲಾಹನನ್ನು ನಿರಂತರ ಸ್ಮರಿಸುವುದು ಅಲ್ಲಾಹನಿಗೆ ಸಮೀಪವಾಗುವ ಮತ್ತು ಅವನ ಬಳಿ ಅತ್ಯಂತ ಪ್ರಯೋಜನಕಾರಿಯಾದ ಕರ್ಮವಾಗಿದೆ.
 ಎಲ್ಲಾ ಕರ್ಮಗಳನ್ನೂ ನಿಯಮಗೊಳಿಸಲಾಗಿರುವುದು ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯನ್ನು ನೆಲೆನಿಲ್ಲಿಸುವುದಕ್ಕಾಗಿದೆ. ಅಲ್ಲಾಹು ಹೇಳಿದನು: "ನನ್ನ ಸ್ಮರಣೆಗಾಗಿ ನಮಾಝನ್ನು ಸಂಸ್ಥಾಪಿಸಿರಿ." ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಕಅಬಾಲಯದಲ್ಲಿ ತವಾಫ್ ಮಾಡುವುದು, ಸಫಾ-ಮರ್ವಾಗಳ ಮಧ್ಯೆ ಪ್ರದಕ್ಷಿಣೆ ಮಾಡುವುದು, ಜಮ್ರಗಳಿಗೆ ಕಲ್ಲೆಸೆಯುವುದು ಮುಂತಾದ ಎಲ್ಲವನ್ನೂ ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯನ್ನು ನೆಲೆನಿಲ್ಲಿಸುವುದಕ್ಕಾಗಿ ನಿಶ್ಚಯಿಸಲಾಗಿದೆ." [ಅಬೂದಾವೂದ್ ಮತ್ತು ತಿರ್ಮಿದಿ].
 ಇಝ್ಝ್ ಬಿನ್ ಅಬ್ದುಸ್ಸಲಾಂ ತಮ್ಮ 'ಅಲ್-ಕವಾಇದ್'ನಲ್ಲಿ ಹೇಳಿದರು: ಈ ಹದೀಸ್ ಸೂಚಿಸುವುದೇನೆಂದರೆ, ಎಲ್ಲಾ ಆರಾಧನೆಗಳಲ್ಲೂ ಅವುಗಳ ಪ್ರತಿಫಲವು ಆ ಆರಾಧನೆಯನ್ನು ನಿರ್ವಹಿಸಲು ವ್ಯಯಿಸುವ ಶ್ರಮಕ್ಕೆ ಅನುಗುಣವಾಗಿರುವುದಿಲ್ಲ. ಬದಲಿಗೆ, ಅಲ್ಲಾಹು ದೊಡ್ಡ ಕರ್ಮಗಳಿಗೆ ನೀಡುವ ಪ್ರತಿಫಲಕ್ಕಿಂತ ಹೆಚ್ಚಿನ ಪ್ರತಿಫಲವನ್ನು ಸಣ್ಣ ಕರ್ಮಗಳಿಗೆ ನೀಡಬಹುದು. ಕರ್ಮದ ಶ್ರೇಷ್ಠತೆಗೆ ಅನುಗುಣವಾಗಿ ಅವುಗಳಿಗಿರುವ ಪ್ರತಿಫಲವು ಹೆಚ್ಚು ಕಡಿಮೆಯಾಗುತ್ತದೆ.
 ಮುನಾವಿ ಫೈದುಲ್ ಕದೀರ್‌‌ನಲ್ಲಿ ಹೇಳಿದರು: ಇಲ್ಲಿ ಅಭಿಸಂಬೋಧಿತರಾಗಿರುವ ಜನರಿಗೆ ದೇವಸ್ಮರಣೆಯು ಅತಿಶ್ರೇಷ್ಠ ಕರ್ಮವಾಗಿದೆ ಎಂಬ ಅರ್ಥದಲ್ಲಿ ಈ ಹದೀಸನ್ನು ಅರ್ಥಮಾಡಿಕೊಳ್ಳಬೇಕಾಗಿದೆ. ಏಕೆಂದರೆ, ಒಂದು ವೇಳೆ ಅಭಿಸಂಬೋಧಿತ ಜನರು ಯುದ್ಧರಂಗದಲ್ಲಿ ಇಸ್ಲಾಂ ಧರ್ಮಕ್ಕೆ ಪ್ರಯೋಜನ ನೀಡುವ ಶೂರರು ಮತ್ತು ವೀರರಾಗಿದ್ದರೆ, ಅವರಿಗೆ ಜಿಹಾದ್ ಶ್ರೇಷ್ಠವೆಂದು ಹೇಳಲಾಗುತ್ತಿತ್ತು. ಅಥವಾ ಅವರು ತಮ್ಮ ಸಂಪತ್ತಿನ ಮೂಲಕ ಬಡವರಿಗೆ ಪ್ರಯೋಜನ ನೀಡುವ ಶ್ರೀಮಂತರಾಗಿದ್ದರೆ, ದಾನ-ಧರ್ಮವು ಶ್ರೇಷ್ಠವೆಂದು ಹೇಳಲಾಗುತ್ತಿತ್ತು. ಅವರು ಹಜ್ಜ್ ನಿರ್ವಹಿಸಲು ಸಾಮರ್ಥ್ಯವಿರುವವರಾಗಿದ್ದರೆ ಹಜ್ಜ್ ಶ್ರೇಷ್ಠವೆಂದು ಹೇಳಲಾಗುತ್ತಿತ್ತು. ಅಥವಾ ಅವರು ತಂದೆ-ತಾಯಿ ಇರುವವರಾಗಿದ್ದರೆ ತಂದೆ-ತಾಯಿಗೆ ಒಳಿತು ಮಾಡುವುದು ಶ್ರೇಷ್ಠವೆಂದು ಹೇಳಲಾಗುತ್ತಿತ್ತು. ಈ ರೀತಿಯಲ್ಲಿ ನಮಗೆ ವಿಭಿನ್ನ ವರದಿಗಳನ್ನು ಹೊಂದಾಣಿಕೆ ಮಾಡಬಹುದಾಗಿದೆ.
 ನಾಲಗೆಯ ಮೂಲಕ ಉಚ್ಛರಿಸುವ ಮತ್ತು ಹೃದಯದಲ್ಲಿ ಅರ್ಥವನ್ನು ಗ್ರಹಿಸುವ ದೇವಸ್ಮರಣೆಯು ಪರಿಪೂರ್ಣ ದೇವಸ್ಮರಣೆಯಾಗಿದೆ. ನಂತರ, ಆಲೋಚನೆ ಮಾಡುವುದು ಮುಂತಾದ ಹೃದಯದಲ್ಲಿ ಮಾತ್ರವಿರುವ ದೇವಸ್ಮರಣೆ. ನಂತರ, ನಾಲಗೆಯಲ್ಲಿ ಮಾತ್ರವಿರುವ ದೇವಸ್ಮರಣೆ. ಅಲ್ಲಾಹು ಇಚ್ಛಿಸಿದರೆ, ಈ ಎಲ್ಲಾ ವಿಧಗಳಿಗೂ ಪ್ರತಿಫಲವಿದೆ.
 ಮುಸಲ್ಮಾನನು ಬೆಳಗ್ಗೆ ಮತ್ತು ಸಂಜೆ ಪಠಿಸುವ ಸ್ಮರಣೆಗಳು, ಮಸೀದಿ, ಮನೆ ಮತ್ತು ಶೌಚಾಲಯವನ್ನು ಪ್ರವೇಶಿಸುವಾಗ ಮತ್ತು ಅಲ್ಲಿಂದ ಹೊರ ಬರುವಾಗ ಪಠಿಸುವ ಸ್ಮರಣೆಗಳು ಮುಂತಾದ ನಿರ್ದಿಷ್ಟ ಸಮಯಗಳಲ್ಲಿ ಪಠಿಸುವ ಸ್ಮರಣೆಗಳನ್ನು ಪಠಿಸುತ್ತಿದ್ದರೆ ಅವನು ಅಲ್ಲಾಹನನ್ನು ಅತಿಹೆಚ್ಚು ಸ್ಮರಿಸುವವರಲ್ಲಿ ಸೇರುತ್ತಾನೆ.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
@@ -5039,50 +5117,140 @@
 الأول: احفظ لسانَك عمّا لا خير فيه، وعن قول كل شر، ولا تنطق إلا بخير. 
 الثاني: الزم بيتَك لِتَعبد الله في الخلوات، واشتغل بطاعة الله عز وجل، واعتزل في بيتك عن الفتن. 
 الثالث: ابْكِ واندَمْ وتُبْ ممّا ارتكبتَ مِن ذنوب.</t>
   </si>
   <si>
     <t>ಉಕ್ಬ ಇಬ್ನ್ ಆಮಿರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ)  ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ಒಬ್ಬ ಸತ್ಯವಿಶ್ವಾಸಿಗೆ ಮೋಕ್ಷ ದೊರೆಯುವ ಮಾರ್ಗಗಳ ಬಗ್ಗೆ ಕೇಳಿದರು.
 ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: ನೀವು ಮೂರು ವಿಷಯಗಳಿಗೆ ಬದ್ಧರಾಗಿರಬೇಕು.
 ಮೊದಲನೆಯದು:  ಒಳಿತಲ್ಲದ ವಿಷಯಗಳಿಂದ ಮತ್ತು ಯಾವುದೇ ಕೆಟ್ಟದ್ದನ್ನು ಹೇಳುವುದರಿಂದ ನಿಮ್ಮ ನಾಲಿಗೆಯನ್ನು ರಕ್ಷಿಸಿರಿ. ಒಳ್ಳೆಯದನ್ನು ಹೊರತುಪಡಿಸಿ ಬೇರೇನೂ ಮಾತನಾಡಬೇಡಿ.
 ಎರಡನೆಯದು: ಏಕಾಂತದಲ್ಲಿ ಅಲ್ಲಾಹನನ್ನು ಆರಾಧಿಸುವುದಕ್ಕಾಗಿ ನಿಮ್ಮ ಮನೆಯಲ್ಲಿಯೇ ಇರಿ, ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹನಿಗೆ ವಿಧೇಯತೆ ತೋರುವ ಕರ್ಮಗಳಲ್ಲಿ ನಿಮ್ಮನ್ನು ತೊಡಗಿಸಿಕೊಳ್ಳಿ, ಮತ್ತು ಫಿತ್ನಗಳ (ಪರೀಕ್ಷೆಗಳು, ಗೊಂದಲಗಳು) ಸಮಯದಲ್ಲಿ ಅವುಗಳಿಂದ ದೂರವಾಗಿ ನಿಮ್ಮ ಮನೆಯಲ್ಲಿರಿ.
 ಮೂರನೆಯದು: ನೀವು ಮಾಡಿದ ಪಾಪಗಳಿಗಾಗಿ ಅತ್ತಿರಿ ವಿಷಾದಪಡಿರಿ ಮತ್ತು ಪಶ್ಚಾತ್ತಾಪಪಡಿರಿ.</t>
   </si>
   <si>
     <t>حرص الصحابة رضي الله عنهم على معرفة سُبُل النَّجَاة.
 بيان أسباب النجاة في الدنيا والآخرة.
 الحث على انشغال الإنسان بنفسه إذا عَجز عن نَفْع غيره، أو خاف الضرر على دِينه ونفسه إذا خالط الناس.
 الإشارة إلى الاهتمام بالبيت وخصوصًا عند الفتن، فهو من الوسائل لحفظ الدين.</t>
   </si>
   <si>
     <t>ಮೋಕ್ಷದ ಮಾರ್ಗಗಳನ್ನು ತಿಳಿಯಲು ಸಹಾಬಾಗಳು (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಉತ್ಸುಕರಾಗಿದ್ದರೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
 ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ಮೋಕ್ಷದ ಮಾರ್ಗಗಳನ್ನು ವಿವರಿಸಲಾಗಿದೆ.
 ಒಬ್ಬ ವ್ಯಕ್ತಿ ಇತರರಿಗೆ ಪ್ರಯೋಜನ ಮಾಡಲು ಅಸಮರ್ಥನಾಗಿದ್ದರೆ, ಅಥವಾ ಜನರೊಡನೆ ಬೆರೆಯುವುದರಿಂದ ತನ್ನ ಧರ್ಮ ಮತ್ತು ತನಗೆ ಹಾನಿಯಾಗಬಹುದೆಂದು ಭಯಪಟ್ಟರೆ, ಅವನು ಏಕಾಂತದಲ್ಲಿರಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
 ಮನೆಯಲ್ಲಿ ಉಳಿಯುವುದರ ಪ್ರಾಮುಖ್ಯತೆಯನ್ನು ಸೂಚಿಸಲಾಗಿದೆ. ವಿಶೇಷವಾಗಿ ಫಿತ್ನಗಳ ಸಮಯದಲ್ಲಿ. ಏಕೆಂದರೆ ಇದು ಧರ್ಮವನ್ನು ಸಂರಕ್ಷಿಸುವ ವಿಧಾನಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3602</t>
+  </si>
+  <si>
+    <t>أنا عند ظن عبدي، وأنا معه حين يذكرني</t>
+  </si>
+  <si>
+    <t>ನಾನು ನನ್ನ ದಾಸನು ನನ್ನ ಬಗ್ಗೆ ಹೇಗೆ ಯೋಚಿಸುತ್ತಾನೋ ಹಾಗೆ ಇರುತ್ತೇನೆ. ಅವನು ನನ್ನನ್ನು ನೆನಪಿಸಿಕೊಂಡಾಗ ನಾನು ಅವನೊಂದಿಗೆ ಇರುತ್ತೇನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَقُولُ اللهُ عَزَّ وَجَلَّ: أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي، فَإِنْ ذَكَرَنِي فِي نَفْسِهِ ذَكَرْتُهُ فِي نَفْسِي، وَإِنْ ذَكَرَنِي فِي مَلَإٍ ذَكَرْتُهُ فِي مَلَإٍ خَيْرٍ مِنْهُ، وَإِنِ اقْتَرَبَ إِلَيَّ شِبْرًا، تَقَرَّبْتُ إِلَيْهِ ذِرَاعًا، وَإِنِ اقْتَرَبَ إِلَيَّ ذِرَاعًا، اقْتَرَبْتُ إِلَيْهِ بَاعًا، وَإِنْ أَتَانِي يَمْشِي أَتَيْتُهُ هَرْوَلَةً».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: "ನಾನು ನನ್ನ ದಾಸನು ನನ್ನ ಬಗ್ಗೆ ಹೇಗೆ ಯೋಚಿಸುತ್ತಾನೋ ಹಾಗೆ ಇರುತ್ತೇನೆ. ಅವನು ನನ್ನನ್ನು ನೆನಪಿಸಿಕೊಂಡಾಗ ನಾನು ಅವನೊಂದಿಗೆ ಇರುತ್ತೇನೆ. ಅವನು ನನ್ನನ್ನು ಮನಸ್ಸಿನಲ್ಲಿ ನೆನಪಿಸಿಕೊಂಡರೆ, ನಾನು ಅವನನ್ನು ಮನಸ್ಸಿನಲ್ಲಿ ನೆನಪಿಸಿಕೊಳ್ಳುತ್ತೇನೆ. ಅವನು ನನ್ನನ್ನು ಒಂದು ಗುಂಪಿನಲ್ಲಿ ನೆನಪಿಸಿಕೊಂಡರೆ, ನಾನು ಅವನನ್ನು ಅದಕ್ಕಿಂತಲೂ ಉತ್ತಮವಾದ ಗುಂಪಿನಲ್ಲಿ ನೆನಪಿಸಿಕೊಳ್ಳುತ್ತೇನೆ. ಅವನು ನನ್ನ ಕಡೆಗೆ ಒಂದು ಗೇಣಿನ ಅಂತರದಷ್ಟು ಹತ್ತಿರವಾದರೆ, ನಾನು ಅವನ ಕಡೆಗೆ ಒಂದು ಮೊಳಕೈ ಅಂತರದಷ್ಟು ಹತ್ತಿರವಾಗುತ್ತೇನೆ. ಮತ್ತು ಅವನು ನನ್ನ ಕಡೆಗೆ ಒಂದು ಮೊಳಕೈ ಅಂತರದಷ್ಟು ಹತ್ತಿರವಾದರೆ, ನಾನು ಅವನ ಕಡೆಗೆ ಒಂದು ಬಾವು (ಎರಡು ಕೈಗಳನ್ನು ಅಗಲಿಸಿದಾಗ ಉಂಟಾಗುವ ಅಳತೆ) ಅಂತರದಷ್ಟು ಹತ್ತಿರವಾಗುತ್ತೇನೆ. ಅವನು ನನ್ನ ಬಳಿಗೆ ನಡೆದುಕೊಂಡು ಬಂದರೆ, ನಾನು ಅವನ ಬಳಿಗೆ ಓಡುತ್ತಾ ಬರುತ್ತೇನೆ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اللهَ تعالى يقول: 
+أنا عند ظن عبدي بي، فأُعَامِلُ عبدي على حسب ظَنِّهِ بي وذلك بالرجاء وتأميل العفو، وأَفْعَل به ما يَتَوَقَّعَه مني من خير أو غير ذلك؛ وأنا معه بالرحمة والتوفيق والهداية والرعاية والتأييد إذا ذكرني.
+فإنْ ذَكَرَني في نفسه مُنفردًا خاليًا بالتسبيح والتهليل أو غيرها؛ ذَكرتُه في نفسي.
+وإنْ ذَكَرَني في جماعة؛ ذكرتُه في جماعة أكثر منهم وأطيب.
+ومَن تَقَرّب إلى الله مقدار شِبْر زاده الله فتقرب إليه بذراع.
+وإن تقرب إليه مقدار ذراع تقرب إليه مقدار باع.
+وإن جاء إلى الله يمشي جاءه هَرولة.
+فالعبد إذا تقرب إلى ربه بطاعته والإقبال عليه، فإن الرب تعالى يَزِيده قُرْبًا إليه جزاءً مِن جنس عمله. 
+فكلما كَمُلَتْ عبودية المؤمن لربه قَرُبَ إليه تعالى، فعطاء الله وثوابه أكثر من عمل العبد وكدحه، والحاصل أنّ ثواب الله راجِحٌ على العمل بطريق الكيف والكم. 
+فالمؤمن يُحسِنُ الظن، ويعمل، ويسارع ويزداد حتى يلقى الله.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ:
+ನಾನು ನನ್ನ ದಾಸನು ನನ್ನ ಬಗ್ಗೆ ಹೇಗೆ ಯೋಚಿಸುತ್ತಾನೋ ಹಾಗೆ ಇರುತ್ತೇನೆ. ಅಂದರೆ, ನಾನು ನನ್ನ ದಾಸನೊಂದಿಗೆ ಅವನು ನನ್ನ ಬಗ್ಗೆ ಹೊಂದಿರುವ ನಿರೀಕ್ಷೆಗೆ ಅನುಗುಣವಾಗಿ, ಅಂದರೆ, ಅವನು ನನ್ನ ಬಗ್ಗೆ ಇಟ್ಟಿರುವ ಭರವಸೆ ಮತ್ತು ಕ್ಷಮೆಯ ನಿರೀಕ್ಷೆಯಂತೆ ವರ್ತಿಸುತ್ತೇನೆ. ಅವನು ನನ್ನಿಂದ ಒಳಿತನ್ನು ಅಥವಾ ಬೇರೆ ಏನನ್ನು ನಿರೀಕ್ಷಿಸುತ್ತಾನೋ ಅದರಂತೆ ನಾನು ಅವನೊಂದಿಗೆ ನಡೆದುಕೊಳ್ಳುತ್ತೇನೆ. ಅವನು ನನ್ನನ್ನು ನೆನಪಿಸಿಕೊಳ್ಳುವಾಗ ನಾನು ಕರುಣೆ, ಯಶಸ್ಸಿಗಿರುವ ಮಾರ್ಗದರ್ಶನ, ಸನ್ಮಾರ್ಗ ನಿರ್ದೇಶನ, ಕಾಳಜಿ ಮತ್ತು ಬೆಂಬಲದ ಮೂಲಕ ಅವನೊಂದಿಗೆ ಇರುತ್ತೇನೆ.
+ಅವನು ನನ್ನನ್ನು ಮನಸ್ಸಿನಲ್ಲಿ, ಒಂಟಿಯಾಗಿ ಮತ್ತು ಏಕಾಂತದಲ್ಲಿ, ತಸ್ಬೀಹ್ ತಹ್ಲೀಲ್ ಮುಂತಾದವುಗಳ ಮೂಲಕ ನೆನಪಿಸಿಕೊಂಡರೆ; ನಾನು ಕೂಡ ಅವನನ್ನು ನನ್ನ ಮನಸ್ಸಿನಲ್ಲಿ ನೆನಪಿಸಿಕೊಳ್ಳುತ್ತೇನೆ.
+ಅವನು ನನ್ನನ್ನು ಒಂದು ಗುಂಪಿನಲ್ಲಿ ನೆನಪಿಸಿಕೊಂಡರೆ; ನಾನು ಅವನನ್ನು ಅವರ ಗುಂಪಿಗಿಂತ ದೊಡ್ಡದಾದ ಮತ್ತು ಹೆಚ್ಚು ಶ್ರೇಷ್ಠವಾದ ಗುಂಪಿನಲ್ಲಿ ನೆನಪಿಸಿಕೊಳ್ಳುತ್ತೇನೆ.
+ಯಾರು ಅಲ್ಲಾಹನ ಕಡೆಗೆ ಒಂದು ಗೇಣಿನ ಅಂತರದಷ್ಟು ಹತ್ತಿರವಾಗುತ್ತಾನೋ, ಅಲ್ಲಾಹು ಅವನಿಗೆ ಒಂದು ಮೊಳಕೈ ಅಂತರದಷ್ಟು ಹೆಚ್ಚು ಹತ್ತಿರವಾಗುತ್ತಾನೆ.
+ಅವನು ಅಲ್ಲಾಹನ ಕಡೆಗೆ ಒಂದು ಮೊಳಕೈ ಅಂತರದಷ್ಟು ಹತ್ತಿರವಾದರೆ, ಅಲ್ಲಾಹು ಅವನ ಕಡೆಗೆ ಒಂದು ಬಾವು ಅಂತರದಷ್ಟು ಹತ್ತಿರವಾಗುತ್ತಾನೆ.
+ಅವನು ಅಲ್ಲಾಹನ ಬಳಿಗೆ ನಡೆದುಕೊಂಡು ಬಂದರೆ, ಅಲ್ಲಾಹು ಅವನ ಬಳಿಗೆ ಓಡುತ್ತಾ ಬರುತ್ತಾನೆ.
+ಆದ್ದರಿಂದ, ದಾಸನು ತನ್ನ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಕಡೆಗೆ ವಿಧೇಯತೆಯೊಂದಿಗೆ ಹತ್ತಿರವಾದಾಗ, ಕರ್ಮದ ರೀತಿಯಲ್ಲೇ ಇರುವ ಪ್ರತಿಫಲಕ್ಕೆ ಅನುಗುಣವಾಗಿ ಅಲ್ಲಾಹು ಅವನ ಕಡೆಗಿರುವ ತನ್ನ ಸಾಮೀಪ್ಯವನ್ನು ಹೆಚ್ಚಿಸುತ್ತಾನೆ.
+ಹೀಗೆ, ತನ್ನ ಪರಿಪಾಲಕನಿಗಿರುವ ಸತ್ಯವಿಶ್ವಾಸಿಯ ದಾಸ್ಯತ್ವವು ಪರಿಪೂರ್ಣವಾದಂತೆ, ಅಲ್ಲಾಹು ಅವನಿಗೆ ಹತ್ತಿರವಾಗುತ್ತಾ ಇರುತ್ತಾನೆ. ಏಕೆಂದರೆ, ಅಲ್ಲಾಹನ ಕೊಡುಗೆ ಮತ್ತು ಪ್ರತಿಫಲವು ದಾಸನು ಮಾಡುವ ಕೆಲಸ-ಕಾರ್ಯಗಳಿಗಿಂತ ದೊಡ್ಡದಾಗಿದೆ. ಒಟ್ಟಿನಲ್ಲಿ, ಅಲ್ಲಾಹನ ಪ್ರತಿಫಲವು ಗುಣಮಟ್ಟ ಮತ್ತು ಪ್ರಮಾಣ ಎರಡರಲ್ಲೂ ಕರ್ಮಕ್ಕಿಂತ ದೊಡ್ಡದಾಗಿದೆ.
+ಆದ್ದರಿಂದ, ಸತ್ಯವಿಶ್ವಾಸಿಯು ಅಲ್ಲಾಹನನ್ನು ಭೇಟಿಯಾಗುವ ವರೆಗೂ ಅವನ ಬಗ್ಗೆ ಉತ್ತಮ ನಿರೀಕ್ಷೆಯನ್ನಿಟ್ಟು ಕರ್ಮವೆಸಗುತ್ತಾನೆ ಮತ್ತು ಸತ್ಕರ್ಮಗಳಿಗಾಗಿ ತ್ವರೆ ಮಾಡುತ್ತಾನೆ ಹಾಗೂ ಹೆಚ್ಚಿಸುತ್ತಾನೆ.</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمّى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+قال الآجُرِّي: إنّ أهل الحق يَصِفُون الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يبتدع. انتهى. فأهل السنة يُثْبِتُون لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويُنْفُون عن الله ما نفاه عن نفسه، ويَسْكُتُون عما لم يرد به نفي ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).
+إحسان الظن بالله لا بد معه من العمل، قال الحسن البصري: إنَّ المؤمن أَحْسَنَ الظنَّ بربه فأحسن العمل، وإنّ الفاجر أساء الظن بربه فأساء العمل.
+قال القرطبي: قيل: معنى "ظن عبدي بي" ظن الإجابة عند الدعاء، وظن القبول عند التوبة، وظن المغفرة عند الاستغفار، وظن المجازاة عند فعل العبادة بشروطها تَمَسُّكًا بصادق وعْدِه، ولذلك ينبغي للمرء أن يَجْتَهِدَ في القيام بما عليه موقِنًا بأنَّ الله يقبله ويغفر له؛ لأنه وَعَدَ بذلك وهو لا يُخْلِف الميعاد، فإن اعتقد أو ظن أن الله لا يقبلها وأنها لا تنفعه فهذا هو اليأس من رحمة الله وهو من الكبائر، ومن مات على ذلك وُكِلَ إلى ما ظَنّ كما في بعض طرق الحديث المذكور " فليظن بي عبدي ما شاء"، قال: وأما ظن المغفرة مع الإصرار فذلك مَحْضُ الجهل والغِرّة.
+الحث على الإكثار من ذكر الله في نفسك وبلسانك جميعًا، في نفسه وقلبه يخاف الله ويتذكَّر عظمته وحقه ويرجوه ويعظّمه ويحبه ويحسن به الظن ويخلص له العمل، وينطق باللسان: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله.
+قال ابن أبي جمرة: فمن ذَكَرَه وهو خائف آمَنَه، أو مُسْتَوْحِش آنَسَه.
+الشِّبْر: مسافة ما بين طرف الخِنْصَر إلى طرف الإبهام عند مَدِّ الكَفّ، والذراع: مسافة ما بين طرف الأصبع الوسطى إلى عظم المرفق، والباع: طول ذِرَاعَي الإنسان وعَضُدَيه وعَرْضِ صدره؛ وذلك قدر أربعة أذرع.</t>
+  </si>
+  <si>
+    <t>ಇದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಲ್ಲಾಹನಿಂದ ವರದಿ ಮಾಡುವ ಹದೀಸ್‌ಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಇದನ್ನು ಹದೀಸ್ ಕುದ್ಸಿ (ಪವಿತ್ರ ಹದೀಸ್) ಅಥವಾ ಹದೀಸ್ ಇಲಾಹಿ (ದೈವಿಕ ಹದೀಸ್) ಎಂದು ಕರೆಯಲಾಗುತ್ತದೆ. ಇದರರ್ಥ ಇದರ ಪದಗಳು ಮತ್ತು ಅರ್ಥವು ಅಲ್ಲಾಹನಿಂದಾಗಿವೆ. ಆದರೆ ಇದು ಕುರ್‌ಆನನ್ನು ಇತರ ವಚನಗಳಿಂದ ಬೇರ್ಪಡಿಸುವ ವೈಶಿಷ್ಟ್ಯಗಳನ್ನು ಹೊಂದಿಲ್ಲ. ಉದಾಹರಣೆಗೆ, ಕುರ್‌ಆನಿನಂತೆ ಇದನ್ನು ಪಠಿಸುವುದು ಆರಾಧನೆಯಲ್ಲ, ಇದನ್ನು ಸ್ಪರ್ಶಿಸಲು ಶುದ್ಧಿಯ ಅಗತ್ಯವಿಲ್ಲ, ಇದರಂತಹದನ್ನು ರಚಿಸುವ ಸವಾಲಿಲ್ಲ ಮತ್ತು ಇದಕ್ಕೆ ಪವಾಡಗಳಿಲ್ಲ."
+ಆಜುರ್‍ರಿ ಹೇಳಿದರು:  “ಖಂಡಿತವಾಗಿಯೂ, ಸತ್ಯದ ಜನರು ಅಲ್ಲಾಹನನ್ನು ಅವನು ಸ್ವತಃ ತನ್ನನ್ನು ಬಣ್ಣಿಸಿದಂತೆ, ಅವನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವನನ್ನು ಬಣ್ಣಿಸಿದಂತೆ, ಮತ್ತು ಸಹಾಬಿಗಳು (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಅವನನ್ನು ಬಣ್ಣಿಸಿದಂತೆ ಬಣ್ಣಿಸುತ್ತಾರೆ. ಇದು (ಕುರ್‌ಆನ್ ಮತ್ತು ಸುನ್ನತ್ತನ್ನು) ಅನುಸರಿಸಿದ ಮತ್ತು ಹೊಸ ಆವಿಷ್ಕಾರಗಳನ್ನು ಮಾಡದ ವಿದ್ವಾಂಸರ ಮಾರ್ಗವಾಗಿದೆ.” ಆದ್ದರಿಂದ, ಅಹ್ಲುಸ್ಸುನ್ನದ ಜನರು ಅಲ್ಲಾಹು ಅವನಿಗಾಗಿ ದೃಢೀಕರಿಸಿದ ಹೆಸರುಗಳು ಮತ್ತು ಗುಣಲಕ್ಷಣಗಳನ್ನು ವಿರೂಪಗೊಳಿಸದೆ, ನಿಷ್ಕ್ರಿಯಗೊಳಿಸದೆ, ವಿಧಾನವನ್ನು ಅನ್ವೇಷಿಸದೆ ಅಥವಾ ಮಾನವರಿಗೆ ಹೋಲಿಸದೆ ದೃಢೀಕರಿಸುತ್ತಾರೆ.  ಅಲ್ಲಾಹು ಅವನಿಗಾಗಿ ನಿರಾಕರಿಸಿದ್ದನ್ನು ಅವರು ಕೂಡ ಅಲ್ಲಾಹನಿಗೆ ನಿರಾಕರಿಸುತ್ತಾರೆ. ನಿರಾಕರಣೆ ಅಥವಾ ದೃಢೀಕರಣವಿಲ್ಲದ ವಿಷಯಗಳ ಬಗ್ಗೆ ಅವರು ಮೌನವಾಗಿರುತ್ತಾರೆ.  ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: "ಅವನಿಗೆ (ಅಲ್ಲಾಹನಿಗೆ) ಹೋಲಿಕೆಯಾಗಿ ಯಾವುದೂ ಇಲ್ಲ. ಅವನು ಎಲ್ಲವನ್ನೂ ಕೇಳುವವನು ಮತ್ತು ನೋಡುವವನಾಗಿದ್ದಾನೆ."
+ಅಲ್ಲಾಹನ ಬಗ್ಗೆಯಿರುವ ಒಳ್ಳೆಯ ನಿರೀಕ್ಷೆಯು ಕರ್ಮದೊಂದಿಗೆ ಕೂಡಿಕೊಂಡಿರಬೇಕು. ಹಸನ್ ಬಸ್ರಿ ಹೇಳಿದರು:  “ಖಂಡಿತವಾಗಿಯೂ, ಸತ್ಯವಿಶ್ವಾಸಿಯು ತನ್ನ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಗ್ಗೆ ಒಳ್ಳೆಯ ಭಾವನೆಯನ್ನಿಟ್ಟುಕೊಳ್ಳುವುದರಿಂದ ಒಳ್ಳೆಯ ಕರ್ಮಗಳನ್ನೇ ಮಾಡುತ್ತಾನೆ. ಖಂಡಿತವಾಗಿಯೂ, ಪಾಪಿಯು ತನ್ನ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಗ್ಗೆ ಕೆಟ್ಟ ಭಾವನೆಯನ್ನಿಟ್ಟುಕೊಳ್ಳುವುದರಿಂದ ಕೆಟ್ಟ ಕರ್ಮಗಳನ್ನೇ ಮಾಡುತ್ತಾನೆ."
+ಕುರ್ತುಬಿ ಹೇಳಿದರು:  "ಹೀಗೆ ಹೇಳಲಾಗುತ್ತದೆ: "ನನ್ನ ದಾಸನು ನನ್ನ ಬಗ್ಗೆ ನಿರೀಕ್ಷಿಸಿದಂತೆ" ಇಲ್ಲಿ ನಿರೀಕ್ಷೆ ಎಂದರೆ, ಪ್ರಾರ್ಥಿಸುವಾಗ ಉತ್ತರ ಸಿಗುವ ನಿರೀಕ್ಷೆ, ಪಶ್ಚಾತ್ತಾಪ ಪಡುವಾಗ ಅದು ಸ್ವೀಕಾರವಾಗುವ ನಿರೀಕ್ಷೆ, ಕ್ಷಮೆ ಯಾಚಿಸುವಾಗ ಕ್ಷಮೆ ದೊರೆಯುವ ನಿರೀಕ್ಷೆ, ಮತ್ತು ಅಲ್ಲಾಹನ ಸತ್ಯವಾಗ್ದಾನದಲ್ಲಿ ಬಲವಾದ ನಂಬಿಕೆಯಿಟ್ಟು ಷರತ್ತುಬದ್ಧವಾಗಿ ಆರಾಧನೆ ಮಾಡುವಾಗ ಅದಕ್ಕೆ ಪ್ರತಿಫಲ ದೊರೆಯುವ ನಿರೀಕ್ಷೆಯಾಗಿದೆ. ಆದ್ದರಿಂದ, ಒಬ್ಬ ವ್ಯಕ್ತಿಯು ಅಲ್ಲಾಹು ತನ್ನ ಕರ್ಮಗಳನ್ನು ಸ್ವೀಕರಿಸುತ್ತಾನೆ ಮತ್ತು ತನಗೆ ಕ್ಷಮಿಸುತ್ತಾನೆ ಎಂಬ ಖಾತ್ರಿಯೊಂದಿಗೆ ಕರ್ಮಗಳನ್ನು ನಿರ್ವಹಿಸಲು ಅತಿಯಾಗಿ ಪರಿಶ್ರಮಿಸಬೇಕು. ಏಕೆಂದರೆ, ಅದು ಅಲ್ಲಾಹನ ವಾಗ್ದಾನವಾಗಿದೆ ಮತ್ತು ಅವನು ವಾಗ್ದಾನವನ್ನು ಉಲ್ಲಂಘಿಸುವುದಿಲ್ಲ. ಆದರೆ, ಕರ್ಮಗಳನ್ನು ಮಾಡುವಾಗ ಅಲ್ಲಾಹು ಅದನ್ನು ಸ್ವೀಕರಿಸುವುದಿಲ್ಲ ಮತ್ತು ಅದು ತನಗೆ ಪ್ರಯೋಜನಕಾರಿಯಲ್ಲ ಎಂದು ನಂಬಿದರೆ ಅಥವಾ ಯೋಚಿಸಿದರೆ, ಇದು ಅಲ್ಲಾಹನ ಕರುಣೆಯ ಬಗ್ಗೆ ನಿರಾಶೆ ವ್ಯಕ್ತಪಡಿಸುವುದಾಗಿದೆ. ಇದು ಮಹಾಪಾಪಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಈ ನಂಬಿಕೆಯ ಮೇಲೆ ಸಾಯುವ ವ್ಯಕ್ತಿಯನ್ನು ಅವನು ಏನು ಯೋಚಿಸುತ್ತಿದ್ದನೋ ಅದಕ್ಕೇ ವಹಿಸಿಕೊಡಲಾಗುವುದು. ಈ ಹದೀಸ್‌ನ ಕೆಲವು ವರದಿಗಳಲ್ಲಿ ಹೀಗೆ ವರದಿಯಾಗಿದೆ: "ಆದ್ದರಿಂದ ನನ್ನ ದಾಸನು ನನ್ನ ಬಗ್ಗೆ ಅವನಿಗೆ ಇಷ್ಟವಾದ ರೀತಿಯಲ್ಲಿ ಯೋಚಿಸಲಿ." ಇನ್ನು ಪಾಪದಲ್ಲಿ ಮುಂದುವರಿಯುತ್ತಾ ಕ್ಷಮೆಯನ್ನು ನಿರೀಕ್ಷಿಸುವುದರ ಬಗ್ಗೆ ಹೇಳುವುದಾದರೆ, ಅದು ಶುದ್ಧ ಅಜ್ಞಾನ ಮತ್ತು ಭ್ರಮೆಯಾಗಿದೆ."
+ನಿಮ್ಮ ಮನಸ್ಸು ಮತ್ತು ನಿಮ್ಮ ನಾಲಿಗೆಯಿಂದ ಜೊತೆಯಾಗಿ ಅಲ್ಲಾಹನನ್ನು ಅತ್ಯಧಿಕವಾಗಿ ಸ್ಮರಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ಮನಸ್ಸಿನಲ್ಲಿ ಮತ್ತು ಹೃದಯದಲ್ಲಿ ಸ್ಮರಿಸುವುದು ಎಂದರೆ ಅಲ್ಲಾಹನನ್ನು ಭಯಪಡುವುದು, ಅವನ ಮಹಾನತೆಯನ್ನು ಮತ್ತು ಅವನ ಹಕ್ಕುಗಳನ್ನು ಸ್ಮರಿಸುವುದು, ಅವನ ಬಗ್ಗೆ ನಿರೀಕ್ಷೆಯಿಟ್ಟುಕೊಳ್ಳುವುದು, ಅವನನ್ನು ವೈಭವೀಕರಿಸುವುದು, ಅವನನ್ನು ಪ್ರೀತಿಸುವುದು, ಅವನ ಬಗ್ಗೆ ಉತ್ತಮ ಭಾವನೆಯನ್ನು ಇಟ್ಟುಕೊಳ್ಳುವುದು ಮತ್ತು ಅವನಿಗಾಗಿ ಮಾತ್ರ ಕರ್ಮವೆಸಗುವುದು. ನಾಲಗೆಯಿಂದ ಸ್ಮರಿಸುವುದು ಎಂದರೆ, ಸುಬ್‌ಹಾನಲ್ಲಾಹ್, ಅಲ್‌ಹಂದುಲಿಲ್ಲಾಹ್, ಲಾಇಲಾಹ ಇಲ್ಲಲ್ಲಾಹ್, ಅಲ್ಲಾಹು ಅಕ್ಬರ್, ಲಾ ಹೌಲ ವಲಾ ಕುವ್ವತ ಇಲ್ಲಾ ಬಿಲ್ಲಾಹ್ ಎಂದು ಹೇಳುವುದು.
+ಇಬ್ನ್ ಅಬೂ ಜಮ್ರಾ ಹೇಳಿದರು:  “ಯಾರು ಭಯಭೀತನಾಗಿರುವಾಗ ಅವನನ್ನು ನೆನಪಿಸಿಕೊಳ್ಳುತ್ತಾನೋ, ಅವನಿಗೆ ಅವನು ಸುರಕ್ಷತೆಯನ್ನು ದಯಪಾಲಿಸುತ್ತಾನೆ, ಅಥವಾ ಯಾರು ಒಂಟಿಯಾಗಿರುವಾಗ ಅವನನ್ನು ನೆನಪಿಸಿಕೊಳ್ಳುತ್ತಾನೋ, ಅವನಿಗೆ ಅವನು ಸಮಾಧಾನವನ್ನು ನೀಡುತ್ತಾನೆ.
+ಶಿಬ್ರ್ (ಗೇಣು) ಎಂದರೆ, ಅಂಗೈಯನ್ನು ಅಗಲಿಸಿದಾಗ ಕಿರುಬೆರಳಿನ ತುದಿಯಿಂದ ಹೆಬ್ಬೆರಳಿನ ತುದಿಯವರೆಗಿನ ಅಂತರ. ಧಿರಾಅ್ (ಮೊಳಕೈ) ಎಂದರೆ, ಮಧ್ಯದ ಬೆರಳಿನ ತುದಿಯಿಂದ ಮೊಣಕೈ ಮೂಳೆಯವರೆಗಿನ ಅಂತರ. ಬಾಅ್ (ಬಾವು) ಎಂದರೆ, ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಎರಡುಕೈಗಳು, ತೋಳುಗಳು ಮತ್ತು ಅವನ ಎದೆಯ ಅಗಲ. ಅದು ಸುಮಾರು ನಾಲ್ಕು ಮೊಳಕೈಗಳಾಗಿವೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/3636</t>
+  </si>
+  <si>
+    <t>سألت عائشة، قلت: بأي شيء كان يبدأ النبي صلى الله عليه وسلم إذا دخل بيته؟ قالت: بالسواك</t>
+  </si>
+  <si>
+    <t>ನಾನು ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರೊಡನೆ ಕೇಳಿದೆ: "ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಮನೆಗೆ ಪ್ರವೇಶಿಸಿದಾಗ ಮೊತ್ತಮೊದಲು ಏನು ಮಾಡುತ್ತಿದ್ದರು?" ಅವರು ಹೇಳಿದರು: "ಮಿಸ್ವಾಕ್ (ಹಲ್ಲುಗಳನ್ನು ಸ್ವಚ್ಛಗೊಳಿಸುವ ಕಡ್ಡಿ) ನಿಂದ ಹಲ್ಲು ಸ್ವಚ್ಛಗೊಳಿಸುತ್ತಿದ್ದರು</t>
+  </si>
+  <si>
+    <t>عَنِ شُرَيْحٍ بنِ هانِئٍ قَالَ: سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ.</t>
+  </si>
+  <si>
+    <t>ಶುರೈಹ್ ಬಿನ್ ಹಾನಿಅ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ನಾನು ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರೊಡನೆ ಕೇಳಿದೆ: "ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಮನೆಗೆ ಪ್ರವೇಶಿಸಿದಾಗ ಮೊತ್ತಮೊದಲು ಏನು ಮಾಡುತ್ತಿದ್ದರು?" ಅವರು ಹೇಳಿದರು: "ಮಿಸ್ವಾಕ್ (ಹಲ್ಲುಗಳನ್ನು ಸ್ವಚ್ಛಗೊಳಿಸುವ ಕಡ್ಡಿ) ನಿಂದ ಹಲ್ಲು ಸ್ವಚ್ಛಗೊಳಿಸುತ್ತಿದ್ದರು."</t>
+  </si>
+  <si>
+    <t>كَانَ مِن هَدِيِ النبيِّ صلى الله عليه وسلم أَنْ يَبدأ بالسواك إذا دَخل بيتَه في أيِّ وقتٍ ليلًا أو نهارًا.</t>
+  </si>
+  <si>
+    <t>ತಮ್ಮ ಮನೆಗೆ ಹಗಲು ಅಥವಾ ರಾತ್ರಿಯ ಯಾವುದೇ ಸಮಯದಲ್ಲಿ ಪ್ರವೇಶಿಸಿದಾಗ ಮೊತ್ತಮೊದಲು ಮಿಸ್ವಾಕ್‌ನಿಂದ ಹಲ್ಲು ಸ್ವಚ್ಛಗೊಳಿಸುವುದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಡತೆಯಾಗಿತ್ತು.</t>
+  </si>
+  <si>
+    <t>مشروعية السواك عامة في جميع الأوقات، ويتأكّد ذلك: في الأوقات التي نَدَبَ الشارع إليها، ومنها: عند دخول البيت، وعند الصلاة، وعند الوضوء، وبعد الاستيقاظ من النوم، وعند تَغَيُّر رائحة الفم.
+بيان حرص التابعين على السؤال عن أحوال النبيِّ صلى الله عليه وسلم وسُنَنِهِ؛ ليقتدوا به.
+أخْذ العلم من أهله وممن هو أَعْرف به، حيث سُئلت عائشة رضي الله عنها عن حال النبي صلى الله عليه وسلم عند دخول البيت.
+حسن معاشرة النبي صلى الله عليه وسلم لأهله، حيث كان يُطَهِّر فَمَه عند الدخول.</t>
+  </si>
+  <si>
+    <t>ಸಾಮಾನ್ಯವಾಗಿ ಎಲ್ಲಾ ಸಮಯಗಳಲ್ಲೂ ಮಿಸ್ವಾಕ್ ಬಳಸುವುದು ಶಾಸ್ತ್ರೋಕ್ತ ನಿಯಮವಾಗಿದೆ. ಆದರೆ ಶಾಸನಕರ್ತರು ಪ್ರೋತ್ಸಾಹಿಸಿದ ಸಮಯಗಳಲ್ಲಿ ಅದನ್ನು ಬಳಸುವುದಕ್ಕೆ ಹೆಚ್ಚು ಒತ್ತುಕೊಡಲಾಗಿದೆ. ಆ ಸಮಯಗಳು ಯಾವುದೆಂದರೆ, ಮನೆಗೆ ಪ್ರವೇಶಿಸುವಾಗ, ನಮಾಝ್ ಮಾಡುವಾಗ, ವುಝೂ ಮಾಡುವಾಗ, ನಿದ್ರೆಯಿಂದ ಎದ್ದ ನಂತರ, ಮತ್ತು ಬಾಯಿಯ ವಾಸನೆ ಬರುವಾಗ.
+ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಡತೆಗಳ ಬಗ್ಗೆ ಕೇಳಿ ತಿಳಿದು ಅದನ್ನು ಅನುಕರಿಸಲು ತಾಬಿಯಿಗಳು ತೋರಿಸುತ್ತಿದ್ದ ಉತ್ಸುಕತೆಯನ್ನು ವಿವರಿಸಲಾಗಿದೆ.
+ಜ್ಞಾನವನ್ನು ಅದರ ಜನರಿಂದ ಮತ್ತು ಅದರ ಬಗ್ಗೆ ಹೆಚ್ಚು ತಿಳಿದಿರುವವರಿಂದ ತೆಗೆದುಕೊಳ್ಳಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮನೆಗೆ ಪ್ರವೇಶಿಸಿದಾಗ ಅವರ ಸ್ಥಿತಿಯು ಹೇಗಿತ್ತೆಂಬ ಬಗ್ಗೆ ಇಲ್ಲಿ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರೊಡನೆ ಕೇಳಲಾಗಿದೆ.
+ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ  ಕುಟುಂಬದೊಂದಿಗೆ ಉತ್ತಮವಾಗಿ ವರ್ತಿಸುತ್ತಿದ್ದರೆಂದು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಅವರು ಮನೆಗೆ ಪ್ರವೇಶಿಸುವಾಗ ತಮ್ಮ ಬಾಯಿಯನ್ನು ಸ್ವಚ್ಛಗೊಳಿಸುತ್ತಿದ್ದರು.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/3652</t>
   </si>
   <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>“ನನ್ನಿಂದ ಒಂದೇ ಒಂದು ವಚನವನ್ನಾದರೂ ತಲುಪಿಸಿ. ಬನೂ ಇಸ್ರಾಯೀಲರಿಂದ  ಉಲ್ಲೇಖಿಸಿ, ಅದರಲ್ಲಿ ಯಾವುದೇ ತೊಂದರೆಯಿಲ್ಲ. ಆದರೆ, ಯಾರು ನನ್ನ ಬಗ್ಗೆ ಉದ್ದೇಶಪೂರ್ವಕವಾಗಿ ಸುಳ್ಳು ಹೇಳುತ್ತಾನೋ ಅವನು ನರಕದಲ್ಲಿ ತನ್ನ ಆಸನವನ್ನು ಸಿದ್ಧಪಡಿಸಿಕೊಳ್ಳಲಿ.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: “ನನ್ನಿಂದ ಒಂದೇ ಒಂದು ವಚನವನ್ನಾದರೂ ತಲುಪಿಸಿ. ಬನೂ ಇಸ್ರಾಯೀಲರಿಂದ  ಉಲ್ಲೇಖಿಸಿ, ಅದರಲ್ಲಿ ಯಾವುದೇ ತೊಂದರೆಯಿಲ್ಲ. ಆದರೆ, ಯಾರು ನನ್ನ ಬಗ್ಗೆ ಉದ್ದೇಶಪೂರ್ವಕವಾಗಿ ಸುಳ್ಳು ಹೇಳುತ್ತಾನೋ ಅವನು ನರಕದಲ್ಲಿ ತನ್ನ ಆಸನವನ್ನು ಸಿದ್ಧಪಡಿಸಿಕೊಳ್ಳಲಿ.”</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>ಕುರ್‌ಆನ್ ಮತ್ತು ಸುನ್ನತ್ತಿನಿಂದ ಏನಾದರೂ ಜ್ಞಾನವನ್ನು ತಲುಪಿಸಿಕೊಡಬೇಕೆಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಇಲ್ಲಿ ಆದೇಶಿಸುತ್ತಿದ್ದಾರೆ. ಅದು ಒಂದೇ ಒಂದು ಸೂಕ್ತಿ ಅಥವಾ ಹದೀಸ್ ಆಗಿದ್ದರೂ ಪರವಾಗಿಲ್ಲ. ಆದರೆ ತಾನು ತಲುಪಿಸುವ ಆ ಸೂಕ್ತಿ ಅಥವಾ ಹದೀಸಿನ ಬಗ್ಗೆ ಸ್ಪಷ್ಟ ಜ್ಞಾನವಿರಬೇಕಾದ ಅಗತ್ಯವಿದೆ. ನಂತರ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) 
 ಬನೂ ಇಸ್ರಾಯೀಲರಿಂದ , ಅವರಿಗೆ ಸಂಭವಿಸಿದ ಕೆಲವು ಘಟನೆಗಳನ್ನು, ಅವು ನಮ್ಮ ಧರ್ಮಸಂಹಿತೆಗೆ (ಶರಿಯತ್) ವಿರುದ್ಧವಾಗಿರದಿದ್ದರೆ ಉಲ್ಲೇಖಿಸುವುದರಲ್ಲಿ ತೊಂದರೆಯಿಲ್ಲವೆಂದು ವಿವರಿಸಿದ್ದಾರೆ. ನಂತರ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಹೆಸರಲ್ಲಿ ಸುಳ್ಳು ಹೇಳುವುದರ ಬಗ್ಗೆ ಎಚ್ಚರಿಸಿದ್ದಾರೆ. ಅವರ ಬಗ್ಗೆ ಯಾರಾದರೂ ಉದ್ದೇಶಪೂರ್ವಕ ಸುಳ್ಳು ಹೇಳಿದರೆ, ಅವನು ನರಕದಲ್ಲಿ ತನ್ನ ಆಸನವನ್ನು, ಅಂದರೆ ಅವನ ವಾಸಸ್ಥಳವನ್ನು ಸಿದ್ಧಪಡಿಸಿಕೊಳ್ಳುತ್ತಿದ್ದಾನೆ.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
@@ -5315,50 +5483,83 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>ಸೂರ್ಯ ಉದಯವಾಗುವ ದಿನಗಳಲ್ಲಿ ಅತಿಶ್ರೇಷ್ಠವಾದ ದಿನ ಶುಕ್ರವಾರವೆಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುತ್ತಿದ್ದಾರೆ. ಅದರ ವಿಶೇಷತೆಗಳೇನೆಂದರೆ: ಅಲ್ಲಾಹು ಆದಂ (ಅವರ ಮೇಲೆ ಶಾಂತಿಯಿರಲಿ) ರನ್ನು ಶುಕ್ರವಾರದಂದು ಸೃಷ್ಟಿಸಿದನು, ಅಂದು ಅವರನ್ನು ಸ್ವರ್ಗಕ್ಕೆ ಪ್ರವೇಶ ಮಾಡಿಸಿದನು ಮತ್ತು ಅಂದು ಅವರನ್ನು ಅಲ್ಲಿಂದ ಹೊರಹಾಕಿ ಭೂಮಿಗೆ ಇಳಿಸಿದನು. ಅಂತ್ಯಸಮಯವು ಶುಕ್ರವಾರವಲ್ಲದೆ ಸಂಭವಿಸುವುದಿಲ್ಲ.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>ವಾರದ ಇತರ ದಿನಗಳ ಮೇಲೆ ಶುಕ್ರವಾರಕ್ಕಿರುವ ಶ್ರೇಷ್ಠತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
 ಶುಕ್ರವಾರದಂದು ಸತ್ಕರ್ಮಗಳನ್ನು ಹೆಚ್ಚಿಸುವುದನ್ನು ಮತ್ತು ಅಲ್ಲಾಹನ ಕರುಣೆಯನ್ನು ಸಂಪಾದಿಸಲು ಹಾಗೂ ಅವನ ಶಿಕ್ಷೆಯಿಂದ ದೂರವಾಗಲು ಸ್ವಯಂ ಸನ್ನದ್ಧರಾಗುವುದನ್ನು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
 ಶುಕ್ರವಾರದ ವಿಶೇಷತೆಗಳಾಗಿ ಹದೀಸಿನಲ್ಲಿ ಪ್ರಸ್ತಾಪಿಸಲಾದ ವಿಷಯಗಳು ಶುಕ್ರವಾರದ ಶ್ರೇಷ್ಠತೆಯನ್ನು ತಿಳಿಸುವುದಕ್ಕಾಗಿ ಉಲ್ಲೇಖಿಸಿದ್ದಲ್ಲ ಎಂದು ಕೆಲವರು ಹೇಳಿದ್ದಾರೆ. ಏಕೆಂದರೆ, ಆದಮರನ್ನು ಹೊರಹಾಕಿರುವುದು ಮತ್ತು ಅಂತ್ಯಸಮಯವು ಸಂಭವಿಸುವುದು ಶ್ರೇಷ್ಠತೆಗಳೆಂದು ಪರಿಗಣಿಸಲಾಗುವುದಿಲ್ಲ. ಕೆಲವರು ಹೀಗೆ ಹೇಳಿದ್ದಾರೆ: ಅವೆಲ್ಲವೂ ಶ್ರೇಷ್ಠತೆಗಳಾಗಿವೆ. ಆದಮರನ್ನು ಹೊರಹಾಕಿರುವುದು ಸಂದೇಶವಾಹಕರು, ಪ್ರವಾದಿಗಳು ಮತ್ತು ನೀತಿವಂತರು ಸೇರಿದಂತೆ ಅವರ ಸಂತಾನವು ಅಸ್ತಿತ್ವಕ್ಕೆ ಬರಲು ಕಾರಣವಾಗಿದೆ. ಅಂತ್ಯಸಮಯವು ಸಂಭವಿಸುವುದು ನೀತಿವಂತರಿಗೆ ಬೇಗನೇ ಪ್ರತಿಫಲ ನೀಡಲು ಮತ್ತು ಅಲ್ಲಾಹು ಅವರಿಗೆ ಸಿದ್ಧಗೊಳಿಸಿಟ್ಟಿರುವ ಗೌರವಾದರಗಳನ್ನು ಅವರು ಸ್ವೀಕರಿಸಲು ಕಾರಣವಾಗಿದೆ.
 ಶುಕ್ರವಾರಕ್ಕೆ ಈ ಹದೀಸಿನಲ್ಲಿ ಉಲ್ಲೇಖಿಸಿರದ ಬೇರೆ ಕೆಲವು ವಿಶೇಷತೆಗಳಿವೆ. ಅವುಗಳಲ್ಲಿ ಕೆಲವು ಹೀಗಿವೆ: ಅಂದು ಆದಮರ ಪಶ್ಚಾತ್ತಾಪವನ್ನು ಸ್ವೀಕರಿಸಲಾಯಿತು ಮತ್ತು ಅಂದು ಅವರ ಆತ್ಮವನ್ನು ವಶಪಡಿಸಲಾಯಿತು. ಅದರಲ್ಲೊಂದು ವೇಳೆಯಿದ್ದು, ಆ ವೇಳೆಯಲ್ಲಿ ಸತ್ಯ ವಿಶ್ವಾಸಿಯು ನಮಾಝ್ ಮಾಡಿ ಅಲ್ಲಾಹನಲ್ಲಿ ಏನಾದರೂ ಬೇಡಿದರೆ, ಅಲ್ಲಾಹು ಅದನ್ನು ಅವನಿಗೆ ಕೊಡದೇ ಇರಲಾರನು.
 ವರ್ಷದ ಶ್ರೇಷ್ಠ ದಿನ ಅರಫಾ ದಿನ. ಬಲಿ ದಿನ (ಬಕ್ರೀದ್ ಹಬ್ಬದ ದಿನ) ಎಂದೂ ಹೇಳಲಾಗುತ್ತದೆ. ವಾರದ ಶ್ರೇಷ್ಠ ದಿನ ಶುಕ್ರವಾರ. ರಾತ್ರಿಗಳಲ್ಲಿ ಶ್ರೇಷ್ಠವಾದುದು ಲೈಲತುಲ್ ಕದ್ರ್‌ನ ರಾತ್ರಿ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3711</t>
   </si>
   <si>
+    <t>ذكر عند النبي صلى الله عليه وسلم رجل نام ليله حتى أصبح، قال: ذاك رجل بال الشيطان في أذنيه، أو قال: في أذنه</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಮ್ಮುಖದಲ್ಲಿ ರಾತ್ರಿಯಿಡೀ ಮಲಗಿ ಬೆಳಿಗ್ಗೆಯವರೆಗೂ ಎದ್ದೇಳದ ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಬಗ್ಗೆ ಹೇಳಲಾಯಿತು. ಆಗ ಅವರು ಹೇಳಿದರು: “ಅವನು ಎಂತಹ ವ್ಯಕ್ತಿಯೆಂದರೆ, ಅವನ ಕಿವಿಗಳಲ್ಲಿ (ಅಥವಾ ಅವರು ಹೀಗೆ ಹೇಳಿದರು: ಅವನ ಕಿವಿಯಲ್ಲಿ) ಶೈತಾನನು ಮೂತ್ರ ವಿಸರ್ಜನೆ ಮಾಡಿದ್ದಾನೆ.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ مسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: ذُكِرَ عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ نَامَ لَيْلَهُ حَتَّى أَصْبَحَ، قَالَ: «ذَاكَ رَجُلٌ بَالَ الشَّيْطَانُ فِي أُذُنَيْهِ، أَوْ قَالَ: فِي أُذُنِهِ».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಮಸ್‌ಊದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಮ್ಮುಖದಲ್ಲಿ ರಾತ್ರಿಯಿಡೀ ಮಲಗಿ ಬೆಳಿಗ್ಗೆಯವರೆಗೂ ಎದ್ದೇಳದ ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಬಗ್ಗೆ ಹೇಳಲಾಯಿತು. ಆಗ ಅವರು ಹೇಳಿದರು: “ಅವನು ಎಂತಹ ವ್ಯಕ್ತಿಯೆಂದರೆ, ಅವನ ಕಿವಿಗಳಲ್ಲಿ (ಅಥವಾ ಅವರು ಹೀಗೆ ಹೇಳಿದರು: ಅವನ ಕಿವಿಯಲ್ಲಿ) ಶೈತಾನನು ಮೂತ್ರ ವಿಸರ್ಜನೆ ಮಾಡಿದ್ದಾನೆ.”</t>
+  </si>
+  <si>
+    <t>ذُكِرَ عند النبيِّ صلى الله عليه وسلم رَجلٌ نام حتى أصبح وطَلَعت الشمس ولم يَقم إلى الصلاة المفروضة، فقال صلى الله عليه وسلم: إنه رجل بَالَ الشيطانُ في أُذُنِهِ.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಮ್ಮುಖದಲ್ಲಿ ರಾತ್ರಿಯಿಡೀ ಮಲಗಿ ಬೆಳಿಗ್ಗೆ ಸೂರ್ಯೋದಯದವರೆಗೂ ಎದ್ದೇಳದ ಮತ್ತು ಕಡ್ಡಾಯ ನಮಾಝ್ ನಿರ್ವಹಿಸದ ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಬಗ್ಗೆ ಹೇಳಲಾಯಿತು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: ಅವನು ಎಂತಹ ವ್ಯಕ್ತಿಯೆಂದರೆ ಅವನ ಕಿವಿಯಲ್ಲಿ ಶೈತಾನನು ಮೂತ್ರ ವಿಸರ್ಜನೆ ಮಾಡಿದ್ದಾನೆ.</t>
+  </si>
+  <si>
+    <t>كراهية ترك قيام الليل، وأنّ ذلك بسبب الشيطان.
+الحَذَر من الشيطان الذي يَقعد للإنسان في كل طريق؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل.
+قال ابن حجر: قوله: (ما قام إلى الصلاة) المُراد الجِنْس، ويحتمل العهد، ويراد به صلاة الليل أو المكتوبة.
+قال الطيبي: خص الأذن بالذِّكْر، وإن كانت العين أنسب بالنوم إشارة إلى ثقل النوم، فإن المسامع هي موارد الانتباه، وخص البول؛ لأنه أسهل مدخلًا في التجاويف، وأسرع نفوذًا في العروق، فيورث الكسل في جميع الأعضاء.</t>
+  </si>
+  <si>
+    <t>ರಾತ್ರಿ ನಮಾಝನ್ನು (ಕಿಯಾಮುಲ್ಲೈಲ್) ತ್ಯಜಿಸುವುದನ್ನು ಅಸಹ್ಯಪಡಲಾಗಿದೆ ಮತ್ತು ಅದು ಶೈತಾನನ ಕಾರಣದಿಂದ ಎಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಮನುಷ್ಯನು ಅಲ್ಲಾಹನ ಅನುಸರಣೆ ಮಾಡದಂತೆ ತಡೆಯಲು ಎಲ್ಲಾ ಮಾರ್ಗಗಳಲ್ಲೂ ಕುಳಿತಿರುವ ಶೈತಾನನ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ವಹಿಸಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಇಬ್ನ್ ಹಜರ್ ಹೇಳಿದರು: "ಅವನು ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಎದ್ದೇಳಲಿಲ್ಲ" ಎಂಬ ಅವರ ಮಾತಿನಲ್ಲಿರುವ ನಮಾಝ್ ವರ್ಗನಾಮವಾಗಿರಬಹುದು (ಅಂದರೆ ಎಲ್ಲಾ ನಮಾಝ್‌ಗಳೂ ಅದರಲ್ಲಿ ಒಳಪಡಬಹುದು) ಅಥವಾ ಅದು ನಿರ್ದಿಷ್ಟ ನಮಾಝನ್ನು ಸೂಚಿಸುವ ನಾಮವಾಗಿರಬಹುದು. ಇಲ್ಲಿ ಇದರ ಉದ್ದೇಶವು ರಾತ್ರಿ ನಮಾಝ್ ಅಥವಾ ಕಡ್ಡಾಯ ನಮಾಝ್ ಆಗಿರಬಹುದು."
+ತೀಬಿ ಹೇಳಿದರು:  "ನಿದ್ರೆಯೊಂದಿಗೆ ಕಣ್ಣಿಗೆ ಹೆಚ್ಚು ಸಂಬಂಧವಿದ್ದರೂ ನಿದ್ರೆಯ ಭಾರವನ್ನು ಸೂಚಿಸುವುದಕ್ಕಾಗಿ ಇಲ್ಲಿ ಕಿವಿಯನ್ನು ನಿರ್ದಿಷ್ಟವಾಗಿ ಉಲ್ಲೇಖಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ಕಿವಿಗಳು ಎಚ್ಚರಗೊಳ್ಳುವುದಕ್ಕಿರುವ ಮೂಲವಾಗಿದೆ. ಇಲ್ಲಿ ಮೂತ್ರ ವಿಸರ್ಜನೆಯನ್ನು ನಿರ್ದಿಷ್ಟವಾಗಿ ಉಲ್ಲೇಖಿಸಿದ್ದು ಏಕೆಂದರೆ, ಅದು ಸುಲಭವಾಗಿ ಕುಳಿಗಳ ಒಳಗೆ ಪ್ರವೇಶಿಸುತ್ತದೆ ಮತ್ತು ರಕ್ತನಾಳಗಳಿಗೆ ವೇಗವಾಗಿ ನುಗ್ಗುತ್ತದೆ. ನಂತರ ಅದು ಎಲ್ಲಾ ಅಂಗಗಳಲ್ಲಿ ಸೋಮಾರಿತನವನ್ನು ಉಂಟುಮಾಡುತ್ತದೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/3714</t>
+  </si>
+  <si>
     <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>“ಸೌಮ್ಯವಾಗಿ ಮಾರಾಟ ಮಾಡುವ, ಖರೀದಿಸುವ ಮತ್ತು ಸಾಲ ಮರುಪಾವತಿಯನ್ನು ಕೇಳುವ ವ್ಯಕ್ತಿಗೆ ಅಲ್ಲಾಹು ದಯೆ ತೋರಲಿ.”</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>ಜಾಬಿರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: “ಸೌಮ್ಯವಾಗಿ ಮಾರಾಟ ಮಾಡುವ, ಖರೀದಿಸುವ ಮತ್ತು ಸಾಲ ಮರುಪಾವತಿಯನ್ನು ಕೇಳುವ ವ್ಯಕ್ತಿಗೆ ಅಲ್ಲಾಹು ದಯೆ ತೋರಲಿ.”</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>ಮಾರಾಟ ಮಾಡುವಾಗ ಸರಳ, ಉದಾರ ಮತ್ತು ಕೊಡುಗೈಯಾಗಿರುವ ವ್ಯಕ್ತಿಗೆ ದಯೆ ತೋರಬೇಕೆಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಪ್ರಾರ್ಥಿಸುತ್ತಾರೆ. ಆದ್ದರಿಂದ ಬೆಲೆಯ ವಿಷಯದಲ್ಲಿ ಗ್ರಾಹಕನೊಂದಿಗೆ ಕಠೋರವಾಗಿ ವರ್ತಿಸಬಾರದು, ಉತ್ತಮ ಗುಣದಿಂದ ವ್ಯವಹರಿಸಬೇಕು. ಖರೀದಿಸುವಾಗ ಸರಳ, ಉದಾರ ಮತ್ತು ಕೊಡುಗೈಯಾಗಿರಬೇಕು. ಜಿಪುಣತನ ತೋರಬಾರದು ಮತ್ತು ವಸ್ತುವಿನ ಮೌಲ್ಯಕ್ಕಿಂತ ಕಡಿಮೆ ಹಣ ಕೊಡಬಾರದು. ಸಾಲ ಮರುಪಾವತಿಯನ್ನು ಕೇಳುವಾಗ ಸರಳ, ಉದಾರ ಮತ್ತು ಕೊಡುಗೈಯಾಗಿರಬೇಕು. ಬಡವರು ಮತ್ತು  ಕಷ್ಟದಲ್ಲಿರುವವರನ್ನು ಸತಾಯಿಸಬಾರದು. ಬದಲಿಗೆ, ಮೃದುವಾಗಿ ಸೌಮ್ಯವಾಗಿ ಕೇಳಬೇಕು. ಕಷ್ಟದಲ್ಲಿರುವವರಿಗೆ ಮರುಪಾವತಿಗಾಗಿ ಸಮಯವನ್ನು ಹೆಚ್ಚಿಸಬೇಕು.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
@@ -5437,51 +5638,51 @@
     <t>https://hadeethenc.com/kn/browse/hadith/3719</t>
   </si>
   <si>
     <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ಮಲಗಿರುವಾಗ ಶೈತಾನನು ಅವನ ಕತ್ತಿನ ಹಿಂಭಾಗದಲ್ಲಿ ಮೂರು ಗಂಟುಗಳನ್ನು ಹಾಕಿ, ಅವುಗಳಲ್ಲಿ ಪ್ರತಿಯೊಂದು ಗಂಟಿಗೂ ಗುದ್ದುತ್ತಾ, "ರಾತ್ರಿ ಇನ್ನೂ ದೀರ್ಘವಾಗಿದೆ; ಮಲಗು" ಎನ್ನುತ್ತಿರುವನು</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ಮಲಗಿರುವಾಗ ಶೈತಾನನು ಅವನ ಕತ್ತಿನ ಹಿಂಭಾಗದಲ್ಲಿ ಮೂರು ಗಂಟುಗಳನ್ನು ಹಾಕಿ, ಅವುಗಳಲ್ಲಿ ಪ್ರತಿಯೊಂದು ಗಂಟಿಗೂ ಗುದ್ದುತ್ತಾ, "ರಾತ್ರಿ ಇನ್ನೂ ದೀರ್ಘವಾಗಿದೆ; ಮಲಗು" ಎನ್ನುತ್ತಿರುವನು. ಅವನೇನಾದರೂ ಎದ್ದು ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸಿದರೆ, ಒಂದು ಗಂಟು ಬಿಚ್ಚಿಹೋಗುತ್ತದೆ. ಅವನು ವುದೂ ನಿರ್ವಹಿಸಿದರೆ ಇನ್ನೊಂದು ಗಂಟು ಬಿಚ್ಚಿಹೋಗುತ್ತದೆ. ಅವನು ನಮಾಝ್ ಮಾಡಿದರೆ ಮೂರನೆಯ ಗಂಟು ಬಿಚ್ಚಿಹೋಗುತ್ತದೆ. ಆಗ ಅವನು ಉಲ್ಲಾಸದಿಂದ ಶುದ್ಧ ಮನಸ್ಸಿನೊಂದಿಗೆ ಬೆಳಗನ್ನು ಪ್ರವೇಶಿಸುತ್ತಾನೆ. ಇಲ್ಲದಿದ್ದರೆ ಅವನು ಕೆಟ್ಟ ಮನಸ್ಸಿನೊಂದಿಗೆ ಆಲಸ್ಯದಿಂದ ಬೆಳಗನ್ನು ಪ್ರವೇಶಿಸುತ್ತಾನೆ."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>ರಾತ್ರಿ ನಮಾಝ್ ಅಥವಾ ಫಜ್ರ್ ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಬಯಸುವ ವ್ಯಕ್ತಿಯೊಂದಿಗೆ ಶೈತಾನನು ನಡೆಸುವ ಗುದ್ದಾಟವನ್ನು ಇಲ್ಲಿ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸಿದ್ದಾರೆ.
 ಸತ್ಯವಿಶ್ವಾಸಿಯು ಮಲಗಲು ಹೋಗುವಾಗ ಶೈತಾನನು ಅವನ ಕತ್ತಿನ ಹಿಂಭಾಗದಲ್ಲಿ ಮೂರು ಗಂಟುಗಳನ್ನು ಹಾಕುತ್ತಾನೆ.
 ಸತ್ಯವಿಶ್ವಾಸಿಯು ಎದ್ದು ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸಿದರೆ ಮತ್ತು ಶೈತಾನನ ಗೊಣಗಾಟಕ್ಕೆ ಕಿವಿಗೊಡದಿದ್ದರೆ, ಅವನ ಒಂದು ಗಂಟು ಬಿಚ್ಚಿಹೋಗುತ್ತದೆ.
-ಅವನು ವುದೂ ನಿರ್ವಹಿಸಿದರೆ ಇನ್ನೊಂದು ಗಂಟು ಬಿಚ್ಚಿಹೋಗುತ್ತದೆ. .
+ಅವನು ವುದೂ ನಿರ್ವಹಿಸಿದರೆ ಇನ್ನೊಂದು ಗಂಟು ಬಿಚ್ಚಿಹೋಗುತ್ತದೆ.
 ಅವನು ಎದ್ದು ನಮಾಝ್ ನಿರ್ವಹಿಸಿದರೆ ಮೂರನೆಯ ಗಂಟು ಬಿಚ್ಚಿಹೋಗುತ್ತದೆ. ಆಗ ಅವನು, ಅಲ್ಲಾಹು ಅವನಿಗೆ ಸತ್ಕರ್ಮವನ್ನು ನಿರ್ವಹಿಸುವ ಭಾಗ್ಯ ನೀಡಿದ್ದಕ್ಕಾಗಿ ಸಂತೋಷಪಡುತ್ತಾ, ಅದಕ್ಕಾಗಿ ಅಲ್ಲಾಹು ವಾಗ್ದಾನ ಮಾಡಿದ ಪ್ರತಿಫಲವನ್ನು ನೆನೆಸಿ, ಮತ್ತು ಅದರೊಂದಿಗೆ ಶೈತಾನನ ಗಂಟುಗಳು ಮತ್ತು ಗೊಣಗಾಟಗಳು ನಿವಾರಣೆಯಾದುದಕ್ಕಾಗಿ ಆಹ್ಲಾದಿಸುತ್ತಾ, ಶುದ್ಧ ಮನಸ್ಸಿನೊಂದಿಗೆ ಬೆಳಗನ್ನು ಪ್ರವೇಶಿಸುತ್ತಾನೆ.ಇಲ್ಲದಿದ್ದರೆ ಅವನು ಕೆಟ್ಟ ಮನಸ್ಸಿನೊಂದಿಗೆ, ಒಳಿತು ಮತ್ತು ಸತ್ಕರ್ಮಗಳನ್ನು ಮಾಡಲು ಆಲಸ್ಯಪಡುತ್ತಾ ಬೆಳಗನ್ನು ಪ್ರವೇಶಿಸುತ್ತಾನೆ. ಏಕೆಂದರೆ, ಅವನು ಶೈತಾನನ ಬಂಧನದಲ್ಲಿ ಬಂಧಿತನಾಗಿದ್ದಾನೆ ಮತ್ತು ಅಲ್ಲಾಹನಿಂದ ದೂರವಾಗಿದ್ದಾನೆ.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>ಶೈತಾನನು ಎಲ್ಲಾ ಸಮಯಗಳಲ್ಲೂ ಮತ್ತು ಎಲ್ಲಾ ದಾರಿಗಳಲ್ಲೂ ಮನುಷ್ಯನು ಅಲ್ಲಾಹನ ಅನುಸರಣೆ ಮಾಡದಂತೆ ತಡೆಯಲು ಪ್ರಯತ್ನಿಸುತ್ತಲೇ ಇರುತ್ತಾನೆ. ಅಲ್ಲಾಹನಿಂದ ಸಹಾಯ ಬೇಡುವುದು ಮತ್ತು ಶೈತಾನನಿಂದ ಪಾರಾಗುವ ಮಾರ್ಗೋಪಾಯಗಳನ್ನು ಸ್ವೀಕರಿಸುವುದರ ಹೊರತು ಶೈತಾನನಿಂದ ತಪ್ಪಿಸಿಕೊಳ್ಳಲು ಮನುಷ್ಯನಿಗೆ ಸಾಧ್ಯವೇ ಇಲ್ಲ.
 ಅಲ್ಲಾಹನ ಸ್ಮರಣೆ ಮತ್ತು ಆರಾಧನೆಯು ಮನಸ್ಸಿಗೆ ಉಲ್ಲಾಸ ಮತ್ತು ಹೃದಯಕ್ಕೆ ವೈಶಾಲ್ಯತೆಯನ್ನು ನೀಡುತ್ತದೆ. ಅದು ಸೋಮಾರಿತನ ಮತ್ತು ಆಲಸ್ಯವನ್ನು ಹೋಗಲಾಡಿಸುತ್ತದೆ ಮತ್ತು ದುಃಖ ಹಾಗೂ ಕೋಪವನ್ನು ನಿವಾರಿಸುತ್ತದೆ.  ಏಕೆಂದರೆ, ಇದು ಶೈತಾನನನ್ನು ದೂರವಿಡುತ್ತದೆ. ಇವೆಲ್ಲವೂ ಶೈತಾನನ ಗುಣುಗುಟ್ಟುವಿಕೆಯಿಂದ ಉಂಟಾಗುವ ದುರ್ವಿಚಾರಗಳಾಗಿವೆ.
 ಅಲ್ಲಾಹನ ಅನುಸರಣೆ ಮಾಡುವ ಭಾಗ್ಯವನ್ನು ಅಲ್ಲಾಹು ನೀಡಿದಾಗ ಸತ್ಯವಿಶ್ವಾಸಿಯು ಸಂತೋಷಪಡುತ್ತಾನೆ.  ಶ್ರೇಷ್ಠತೆ ಮತ್ತು ಪರಿಪೂರ್ಣತೆಯ ಮಟ್ಟವನ್ನು ತಲುಪಲು ವಿಫಲವಾದಾಗ ದುಃಖ ಪಡುತ್ತಾನೆ.
 ನಿರ್ಲಕ್ಷಿಸುವುದು ಮತ್ತು ಅನುಸರಣೆ ಮಾಡುವ ಆಸಕ್ತಿಯಿಲ್ಲದಿರುವುದು ಶೈತಾನನ ಕಾರಣದಿಂದ ಮತ್ತು ಅವನು ಕೆಡುಕುಗಳನ್ನು ಅಂದಗೊಳಿಸಿ ತೋರಿಸಿಕೊಡುವ ಕಾರಣದಿಂದಾಗಿದೆ.
 ಈ ಮೂರು ವಿಷಯಗಳು: ಅಲ್ಲಾಹನ ಸ್ಮರಣೆ, ವುದೂ ಮತ್ತು ನಮಾಝ್ ಶೈತಾನನನ್ನು ದೂರವಿಡುತ್ತದೆ.
 ಶೈತಾನನು ವಿಶೇಷವಾಗಿ ತಲೆಯ ಹಿಂಭಾಗದಲ್ಲಿ ಗಂಟು ಹಾಕುವುದು ಏಕೆಂದರೆ, ಅದು ಶಕ್ತಿಯ ಕೇಂದ್ರ ಮತ್ತು ನಿಯಂತ್ರಣದ ಸ್ಥಳವಾಗಿದೆ.ಆ ಸ್ಥಳದಲ್ಲಿ ಬಿಗಿಯಾಗಿ ಕಟ್ಟಿದರೆ, ಮನುಷ್ಯನ ಆತ್ಮದ ಮೇಲೆ ನಿಯಂತ್ರಣ ಸಾಧಿಸಲು ಮತ್ತು ಅವನನ್ನು ನಿದ್ರೆಗೆ ದೂಡಲು ಸಾಧ್ಯವಾಗುತ್ತದೆ.
 ಇಬ್ನ್ ಹಜರ್ ಅಸ್ಕಲಾನಿ ಹೇಳಿದರು: "ರಾತ್ರಿ ಇನ್ನೂ ದೀರ್ಘವಾಗಿದೆ" ಎಂಬ ಮಾತಿನ ಪ್ರಕಾರ ಇದು ವಿಶೇಷವಾಗಿ ರಾತ್ರಿಯ ನಿದ್ರೆಗೆ ಸೀಮಿತವಾಗಿದೆಯೆಂದು ತಿಳಿದುಬರುತ್ತದೆ.
 ಇಬ್ನ್ ಹಜರ್ ಅಸ್ಕಲಾನಿ ಹೇಳಿದರು: "ಇದನ್ನೇ ಹೇಳಬೇಕು, ಬೇರೆ ಹೇಳಬಾರದು ಎಂಬಂತಹ ಯಾವುದೇ ನಿರ್ದಿಷ್ಟ ಸ್ಮರಣೆ (ಝಿಕ್ರ್) ಗಳಿಲ್ಲ. ಬದಲಿಗೆ, ಅಲ್ಲಾಹನ ಸ್ಮರಣೆ ಎಂದು ಹೇಳಲಾಗುವ ಯಾವುದೇ ಸ್ಮರಣೆಯನ್ನು ಪಠಿಸಿದರೂ ಸಾಕಾಗುತ್ತದೆ. ಅದು ಕುರ್‌ಆನ್ ಪಠಣ, ಹದೀಸ್ ಪಠಣ ಅಥವಾ ಧಾರ್ಮಿಕವಾದ ಜ್ಞಾನವನ್ನು ಕಲಿಯುವುದು ಮುಂತಾದ ಯಾವುದೂ ಆಗಿರಬಹುದು. ಆದರೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕಲಿಸಿಕೊಟ್ಟ ಸ್ಮರಣೆಯನ್ನು (ಝಿಕ್ರ್) ಪಠಿಸುವುದು ಉತ್ತಮವಾಗಿದೆ. ಅವರು ಹೇಳಿದರು:"ಯಾರಾದರೂ ರಾತ್ರಿಯಲ್ಲಿ ಎದ್ದಾಗ ಇದನ್ನು ಪಠಿಸಿದರೆ: ಲಾ ಇಲಾಹ ಇಲ್ಲಲ್ಲಾಹು ವಹ್ದಹೂ ಲಾ ಶರೀಕ ಲಹೂ, ಲಹುಲ್ ಮುಲ್ಕು ವಲಹುಲ್ ಹಮ್ದು, ವಹುವ ಅಲಾ ಕುಲ್ಲಿ ಶೈಇನ್ ಕದೀರ್, ಅಲ್-ಹಮ್ದುಲಿಲ್ಲಾಹ್,  ವ ಸುಬ್‌ಹಾನಲ್ಲಾಹ್, ವ ಲಾಇಲಾಹ ಇಲ್ಲಲ್ಲಾಹು, ವಲ್ಲಾಹು ಅಕ್ಬರ್, ವಲಾ ಹೌಲ ವಲಾ ಕುವ್ವತ ಇಲ್ಲಾ ಬಿಲ್ಲಾಹ್. (ಅರ್ಥ: ಅಲ್ಲಾಹನ ಹೊರತು ಅನ್ಯ ಸತ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ, ಅವನು ಏಕೈಕನು ಮತ್ತು ಸಹಭಾಗಿಗಳಿಲ್ಲದವನು. ಆಧಿಪತ್ಯ ಅವನದ್ದು ಮತ್ತು ಸರ್ವಸ್ತುತಿ ಅವನಿಗೆ. ಅವನು ಎಲ್ಲ ವಿಷಯಗಳಲ್ಲೂ ಸಾಮರ್ಥ್ಯವುಳ್ಳವನು. ಅಲ್ಲಾಹನಿಗೆ ಸರ್ವಸ್ತುತಿ, ಅಲ್ಲಾಹು ಪರಮ ಪರಿಶುದ್ಧನು, ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ ಮತ್ತು ಅಲ್ಲಾಹು ಅತ್ಯಂತ ಮಹಾನನು. ಅಲ್ಲಾಹನ ಹೊರತು ಬೇರೆ ಶಕ್ತಿ ಅಥವಾ ಸಾಮರ್ಥ್ಯವಿಲ್ಲ. ನಂತರ: "ಅಲ್ಲಾಹುಮ್ಮ ಗ್ಫಿರ್ ಲೀ" (ಓ ಅಲ್ಲಾಹ್! ನನ್ನನ್ನು ಕ್ಷಮಿಸು) ಎಂದು ಹೇಳಿದರೆ, ಅಥವಾ ಬೇರೆ ಪ್ರಾರ್ಥನೆ ಪ್ರಾರ್ಥಿಸಿದರೆ, ಅವನ ಪ್ರಾರ್ಥನೆಗೆ ಉತ್ತರ ದೊರೆಯುತ್ತದೆ. ಅವನು ವುದೂ ನಿರ್ವಹಿಸಿ ನಮಾಝ್ ಮಾಡಿದರೆ ಅವನ ನಮಾಝ್ ಸ್ವೀಕೃತವಾಗುತ್ತದೆ." [ಬುಖಾರಿ].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3731</t>
   </si>
@@ -5528,85 +5729,180 @@
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: ಒಬ್ಬ ವ್ಯಕ್ತಿ ಜನರಿಗೆ ಸಾಲ ನೀಡುತ್ತಿದ್ದನು. ಅವನು ತನ್ನ ಸೇವಕನೊಂದಿಗೆ ಹೇಳುತ್ತಿದ್ದನು: “ಸಾಲಗಾರ ದಿವಾಳಿಯಾಗಿದ್ದರೆ ಅವನನ್ನು ಕಡೆಗಣಿಸು. ಬಹುಶ ಅಲ್ಲಾಹು ನಮ್ಮ (ಪಾಪಗಳ) ನ್ನೂ ಕಡೆಗಣಿಸಬಹುದು. ಆದ್ದರಿಂದ, ಅವನು (ಮರಣಾನಂತರ) ಅಲ್ಲಾಹನನ್ನು ಭೇಟಿಯಾದಾಗ ಅಲ್ಲಾಹು ಅವನ ಪಾಪಗಳನ್ನು ಕಡೆಗಣಿಸಿದನು.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>ಜನರೊಡನೆ ಸಾಲ ವ್ಯವಹಾರ ಮಾಡುತ್ತಿದ್ದ, ಅಥವಾ ಅವರಿಗೆ ಸಮಯಾವಕಾಶ ನೀಡಿ ಮಾರಾಟ ಮಾಡುತ್ತಿದ್ದ ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಬಗ್ಗೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುತ್ತಾರೆ. ಜನರಿಂದ ಬರಬೇಕಾದ ಸಾಲದ ಹಣವನ್ನು ಸಂಗ್ರಹ ಮಾಡುತ್ತಿದ್ದ ತನ್ನ ಸೇವಕನೊಂದಿಗೆ ಆತ ಹೇಳುತ್ತಿದ್ದ: ಸಾಲ ಮರುಪಾವತಿ ಮಾಡಲು ಸಾಮರ್ಥ್ಯವಿಲ್ಲದ ವ್ಯಕ್ತಿಯ ಬಳಿಗೆ ಹೋದರೆ ಆತನನ್ನು ಕಡೆಗಣಿಸು. ಅಂದರೆ ಒಂದೋ ಆತನಿಗೆ ಸ್ವಲ್ಪ ಸಮಯಾವಕಾಶ ನೀಡು; ಆತನನ್ನು ಸತಾಯಿಸಬೇಡ. ಅಥವಾ ಅವನ ಬಳಿ ಏನು ಇದೆಯೋ ಅದನ್ನು ಪಡೆದುಕೋ, ಅದು ಕಡಿಮೆಯಾದರೂ ತೊಂದರೆ ಇಲ್ಲ. ಅಲ್ಲಾಹು ತನ್ನ ಪಾಪಗಳನ್ನು ಮನ್ನಿಸಬೇಕು ಮತ್ತು ಕಡೆಗಣಿಸಬೇಕು ಎಂಬ ಆಸೆ ಮತ್ತು ನಿರೀಕ್ಷೆಯಿಂದಲೇ ಆತ ಹೀಗೆ ಮಾಡುತ್ತಿದ್ದ. ಆದ್ದರಿಂದ, ಆತ ಮರಣ ಹೊಂದಿದಾಗ ಅಲ್ಲಾಹು ಆತನ ಪಾಪಗಳನ್ನು ಮನ್ನಿಸಿ ಕಡೆಗಣಿಸಿದನು.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>ಜನರೊಡನೆ ವ್ಯವಹಾರ ಮಾಡುವಾಗ ಉತ್ತಮವಾಗಿ ವರ್ತಿಸುವುದು, ಕ್ಷಮಿಸುವುದು ಮತ್ತು ಕಷ್ಟದಲ್ಲಿರುವವರನ್ನು ಸತಾಯಿಸದಿರುವುದು ಪುನರುತ್ಥಾನ ದಿನ ಮೋಕ್ಷ ಪಡೆಯಲಿಕ್ಕಿರುವ ಅತಿದೊಡ್ಡ ಕಾರಣವಾಗಿದೆ.
 ಜನರಿಗೆ ಸಹಾಯ ಮಾಡುವುದು, ಅಲ್ಲಾಹನಿಗೆ ನಿಷ್ಕಳಂಕನಾಗಿರುವುದು ಮತ್ತು ಅಲ್ಲಾಹನ ಕರುಣೆಗಾಗಿ ಹಂಬಲಿಸುವುದು ಪಾಪಗಳು ಕ್ಷಮಿಸಲ್ಪಡುವುದಕ್ಕಿರುವ ಮಾರ್ಗಗಳಾಗಿವೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3753</t>
   </si>
   <si>
+    <t>كان رسول الله صلى الله عليه وسلم يجتهد في العشر الأواخر ما لا يجتهد في غيره</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರಮದಾನಿನ ಕೊನೆಯ ಹತ್ತು ದಿನಗಳಲ್ಲಿ ಇತರ ದಿನಗಳಲ್ಲಿ ಪರಿಶ್ರಮಿಸದಷ್ಟು ಪರಿಶ್ರಮಿಸುತ್ತಿದ್ದರು</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمِنينَ رَضِيَ اللهُ عَنْهَا: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ.</t>
+  </si>
+  <si>
+    <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. "ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರಮದಾನಿನ ಕೊನೆಯ ಹತ್ತು ದಿನಗಳಲ್ಲಿ ಇತರ ದಿನಗಳಲ್ಲಿ ಪರಿಶ್ರಮಿಸದಷ್ಟು ಪರಿಶ್ರಮಿಸುತ್ತಿದ್ದರು."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا جاء العَشر الأواخر من رمضان يَجتهد فيها بالعبادة والطاعة، ويُبالِغ في أنواع الخيرات وأصناف المَبَرَّات والعبادات أكثر مما يجتهد في غيره؛ وذلك لِعِظَم وفضل تلك الليالي، وطلبًا لليلة القدر.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರಮದಾನಿನ ಕೊನೆಯ ಹತ್ತು ದಿನಗಳು ಬಂದಾಗ, ಅವರು ಆ ದಿನಗಳನ್ನು ಆರಾಧನೆ ಮತ್ತು ಅನುಸರಣೆಯಲ್ಲಿ ಕಳೆಯಲು ಪರಿಶ್ರಮಿಸುತ್ತಿದ್ದರು. ಅವರು ಇತರ ದಿನಗಳಲ್ಲಿ ಶ್ರಮವಹಿಸುವುದಕ್ಕಿಂತ ಹೆಚ್ಚಾಗಿ ಈ ದಿನಗಳಲ್ಲಿ ವಿವಿಧ ರೀತಿಯ ಸತ್ಕರ್ಮಗಳು, ದಾನಧರ್ಮಗಳು ಮತ್ತು ಆರಾಧನೆಗಳನ್ನು ನಿರ್ವಹಿಸಲು ಶ್ರಮವಹಿಸುತ್ತಿದ್ದರು.  ಇದಕ್ಕೆ ಕಾರಣ ಆ ರಾತ್ರಿಗಳ ಶ್ರೇಷ್ಠತೆ ಮತ್ತು ಅನುಗ್ರಹಗಳಾಗಿದ್ದವು ಮತ್ತು ಲೈಲತುಲ್ ಕದ್ರ್‌ನ ರಾತ್ರಿಯನ್ನು ಪಡೆಯುವ ಬಯಕೆಯಾಗಿತ್ತು.</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار مِن البِرِّ ووجوه الطاعات في شهر رمضان عامة والعشر الأخيرة منه خاصة.
+العشر الأواخر من رمضان تبدأ من الليلة الحادية والعشرين إلى نهاية الشهر.
+استحباب اغْتِنَام الأوقات الفاضلة بالطاعات.</t>
+  </si>
+  <si>
+    <t>ರಮಝಾನ್ ತಿಂಗಳಲ್ಲಿ ಸಾಮಾನ್ಯ ರೀತಿಯಲ್ಲಿ ಮತ್ತು ಅದರ ಕೊನೆಯ ಹತ್ತು ದಿನಗಳಲ್ಲಿ ವಿಶೇಷ ರೀತಿಯಲ್ಲಿ ಸತ್ಕರ್ಮಗಳು ಮತ್ತು ವಿಧೇಯತೆಯ ಕರ್ಮಗಳನ್ನು ಹೆಚ್ಚಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ರಮಝಾನಿನ ಕೊನೆಯ ಹತ್ತು ದಿನಗಳು ಇಪ್ಪತ್ತೊಂದನೇ ರಾತ್ರಿಯಿಂದ ಪ್ರಾರಂಭವಾಗಿ ತಿಂಗಳ ಅಂತ್ಯದವರೆಗೆ ಇರುತ್ತದೆ.
+ಶ್ರೇಷ್ಠ ಸಮಯಗಳನ್ನು ಸತ್ಕರ್ಮಗಳ ಮೂಲಕ ಸದುಪಯೋಗಪಡಿಸಿಕೊಳ್ಳಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/3755</t>
+  </si>
+  <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>ನನ್ನ ಸಮುದಾಯದ ಎಲ್ಲರನ್ನೂ ಕ್ಷಮಿಸಲಾಗುವುದು, ಬಹಿರಂಗವಾಗಿ ಪಾಪ ಮಾಡುವವರ ಹೊರತು</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ನನ್ನ ಸಮುದಾಯದ ಎಲ್ಲರನ್ನೂ ಕ್ಷಮಿಸಲಾಗುವುದು, ಬಹಿರಂಗವಾಗಿ ಪಾಪ ಮಾಡುವವರ ಹೊರತು. ಬಹಿರಂಗವಾಗಿ ಪಾಪ ಮಾಡುವ ಒಂದು ರೂಪ ಹೇಗೆಂದರೆ, ಒಬ್ಬ ವ್ಯಕ್ತಿ ರಾತ್ರಿಯಲ್ಲಿ ಒಂದು ಪಾಪವನ್ನು ಮಾಡುತ್ತಾನೆ. ನಂತರ ಅಲ್ಲಾಹು ಅದನ್ನು ಅವನಿಗಾಗಿ ಮುಚ್ಚಿಟ್ಟರೂ, ಮರುದಿನ ಬೆಳಗ್ಗೆ ಅವನು ಹೇಳುತ್ತಾನೆ: "ಓ ಇಂತಿಂತಹವರೇ! ನಾನು ನಿನ್ನೆ ರಾತ್ರಿ ಇಂತಿಂತಹ ಪಾಪ ಮಾಡಿದ್ದೇನೆ. ಅವನ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಅವನ ಪಾಪವನ್ನು ಮುಚ್ಚಿಟ್ಟ ಸ್ಥಿತಿಯಲ್ಲಿ ಅವನು ರಾತ್ರಿಯನ್ನು ಕಳೆದಿದ್ದನು. ಆದರೆ ಬೆಳಗಾದಾಗ ಅವನು ಆ ಮುಚ್ಚಿಗೆಯನ್ನು ತೆರೆದು ಬಿಡುತ್ತಾನೆ."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಪಾಪ ಮಾಡಿದ ಒಬ್ಬ ವ್ಯಕ್ತಿಗೆ ಅಲ್ಲಾಹನ ಕ್ಷಮೆ ಮತ್ತು ಪಾಪವಿಮೋಚನೆ ದೊರೆಯುವ ನಿರೀಕ್ಷೆಯಿದೆ. ಆದರೆ ಗರ್ವದಿಂದ ಮತ್ತು ನಾಚಿಕೆಯಿಲ್ಲದೆ ತಮ್ಮ ಪಾಪಗಳನ್ನು ಬಹಿರಂಗವಾಗಿ ಹೇಳುವವರು ಇದಕ್ಕೆ ಹೊರತಾಗಿದ್ದಾರೆ. ಅವರು ಕ್ಷಮೆಗೆ ಅರ್ಹರಲ್ಲ. ಅವರು ರಾತ್ರಿಯಲ್ಲಿ ಒಂದು ಪಾಪವನ್ನು ಮಾಡುತ್ತಾರೆ, ನಂತರ ಅಲ್ಲಾಹು ಅದನ್ನು ಅವರಿಗಾಗಿ ಮುಚ್ಚಿಟ್ಟರೂ ಬೆಳಗಾದಾಗ ಅವರು ಇತರರಿಗೆ, ನಾನು ನಿನ್ನೆ ರಾತ್ರಿ ಇಂತಿಂತಹ ಪಾಪ ಮಾಡಿದ್ದೇನೆ ಎಂದು ಹೇಳುತ್ತಾರೆ. ಅವರ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಅದನ್ನು ಮುಚ್ಚಿಟ್ಟ ಸ್ಥಿತಿಯಲ್ಲಿ ಅವರು ರಾತ್ರಿಯನ್ನು ಕಳೆದಿದ್ದರು. ಬೆಳಗಾದಾಗ ಅವರು ಆ ಮುಚ್ಚಿಗೆಯನ್ನು ತೆರೆದು ಬಿಡುತ್ತಾರೆ!!</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹು ಪಾಪವನ್ನು ಮುಚ್ಚಿಟ್ಟ ನಂತರವೂ ಅದನ್ನು ಬಹಿರಂಗಪಡಿಸುವುದು ಹೇಯ ಪ್ರವೃತ್ತಿಯಾಗಿದೆ.
 ಪಾಪವನ್ನು ಬಹಿರಂಗವಾಗಿ ಹೇಳುವುದು ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ನಡುವೆ ನೀಚಕೃತ್ಯಗಳು ಹರಡಲು ಕಾರಣವಾಗುತ್ತದೆ.
 ಅಲ್ಲಾಹು ಯಾರ ಪಾಪಗಳನ್ನು ಇಹಲೋಕದಲ್ಲಿ ಮುಚ್ಚಿಡುತ್ತಾನೋ ಅದನ್ನು ಪರಲೋಕದಲ್ಲೂ ಮುಚ್ಚಿಡುತ್ತಾನೆ. ಇದು ಅಲ್ಲಾಹನಿಗೆ ತನ್ನ ದಾಸರ ಮೇಲಿರುವ ಕರುಣೆಯ ವ್ಯಾಪ್ತಿಯನ್ನು ತೋರಿಸುತ್ತದೆ.
 ಪಾಪದ ಮೂಲಕ ಪರೀಕ್ಷಿಸಲಾದವರು ಅದನ್ನು ಸ್ವಯಂ ಮುಚ್ಚಿಡಬೇಕು ಮತ್ತು ಅಲ್ಲಾಹನ ಕಡೆಗೆ ಪಶ್ಚಾತ್ತಾಪ ಪಡಬೇಕು.
 ತಮ್ಮ ಪಾಪಗಳನ್ನು ಉದ್ದೇಶಪೂರ್ವಕ ಬಹಿರಂಗಪಡಿಸಿ ಕ್ಷಮೆ ದೊರೆಯುವ ಅವಕಾಶವನ್ನು ಕಳೆದುಕೊಳ್ಳುವ ಗಂಭೀರ ತಪ್ಪಿನ ಬಗ್ಗೆ ಎಚ್ಚರಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3756</t>
   </si>
   <si>
+    <t>لا يستر عبد عبدا في الدنيا إلا ستره الله يوم القيامة</t>
+  </si>
+  <si>
+    <t>ಇಹಲೋಕದಲ್ಲಿ ಒಬ್ಬ ದಾಸನು ಇನ್ನೊಬ್ಬ ದಾಸನನ್ನು ಮುಚ್ಚಿಡುವುದಾದರೆ, ಪುನರುತ್ಥಾನ ದಿನ ಅಲ್ಲಾಹು ಅವನನ್ನು ಮುಚ್ಚಿಡುತ್ತಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَسْتُرُ عَبْدٌ عَبْدًا فِي الدُّنْيَا إِلَّا سَتَرَهُ اللهُ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಇಹಲೋಕದಲ್ಲಿ ಒಬ್ಬ ದಾಸನು ಇನ್ನೊಬ್ಬ ದಾಸನನ್ನು ಮುಚ್ಚಿಡುವುದಾದರೆ, ಪುನರುತ್ಥಾನ ದಿನ ಅಲ್ಲಾಹು ಅವನನ್ನು ಮುಚ್ಚಿಡುತ್ತಾನೆ."</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه لا يَستر مسلمٌ أخاه المسلم في أمر من الأمور، إلا سَتره الله عز وجل يوم القيامة؛ فالجزاء من جنس العمل، ويكون سِتْرُ اللهِ له بستر عيوبه ومعاصيه عن إذاعتها على أهل المحشر، وقد يكون بترك محاسبته عليها وذكرها له.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಒಬ್ಬ ಮುಸಲ್ಮಾನನು ತನ್ನ ಸಹೋದರನಾದ ಇನ್ನೊಬ್ಬ ಮುಸಲ್ಮಾನನಿಗೆ ಸಂಬಂಧಿಸಿದ ಯಾವುದೇ ವಿಷಯವನ್ನು ಮುಚ್ಚಿಡುವುದಾದರೆ, ಪುನರುಥ್ಥಾನ ದಿನ ಅಲ್ಲಾಹು ಅವನ ವಿಷಯವನ್ನು ಮುಚ್ಚಿಡುತ್ತಾನೆ. ಏಕೆಂದರೆ ಪ್ರತಿಫಲವು ಕರ್ಮಕ್ಕೆ ಅನುಗುಣವಾಗಿರುತ್ತದೆ. ಅಲ್ಲಾಹು ಅವನನ್ನು ಮುಚ್ಚಿಡುತ್ತಾನೆ ಎಂದರೆ ಮಹ್ಶರದಲ್ಲಿ ನೆರೆದ ಜನರ ಮುಂದೆ ಪ್ರಚಾರವಾಗದಂತೆ ಅವನ ನ್ಯೂನತೆಗಳು ಮತ್ತು ಪಾಪಗಳನ್ನು ಮುಚ್ಚಿಡುತ್ತಾನೆ. ಇದು ಅವನನ್ನು ಆ ಪಾಪಗಳಿಗಾಗಿ ವಿಚಾರಣೆ ಮಾಡುವುದನ್ನು ಮತ್ತು ಅವನಿಗೆ ಅದನ್ನು ನೆನಪಿಸಿಕೊಡುವುದನ್ನು ಬಿಟ್ಟುಬಿಡುವುದರ ಮೂಲಕವೂ ಆಗಿರಬಹುದು.</t>
+  </si>
+  <si>
+    <t>مشروعية السِّتْر على المسلم إذا فَعَلَ معصية، مع الإنكار عليه، والنصيحة له، وتخويفه بالله، أما إذا كان من أهل الشر والفساد المجاهرين بالمعاصي والفسق، فإنه لا ينبغي الستر عليهم؛ لأن الستر عليهم يُجَرِّئُهم على المعاصي، وإنما يُرْفَع أمرُه إلى ولاة الأمور، ولو كان في هذا ذكر له؛ لأنه مُعْلِن بفسقه ومعصيته.
+الترغيب في ستر أخطاء الآخرين.
+من فوائد الستر: إتاحة الفرصة للمذنب أن يراجِعَ نفسه ويتوب إلى الله؛ لأن إعلان العيوب والعورات من إشاعة الفاحشة، ويُفسِد الجَوَّ الاجتماعي، ويُغْرِي الناس بارتكابها.</t>
+  </si>
+  <si>
+    <t>ಮುಸಲ್ಮಾನನು ಒಂದು ಪಾಪ ಮಾಡಿದರೆ ಅದನ್ನು ಮುಚ್ಚಿಡುವುದು ಶರಿಯತ್‌ನ ಭಾಗವಾಗಿದೆ. ಆದರೆ ಅದರೊಂದಿಗೆ ಅವನನ್ನು ಖಂಡಿಸಬೇಕು, ಅವನಿಗೆ ಬುದ್ಧಿ ಹೇಳಬೇಕು, ಮತ್ತು ಅಲ್ಲಾಹನ ಶಿಕ್ಷೆಯ ಬಗ್ಗೆ ಅವನನ್ನು ಭಯಪಡಿಸಬೇಕು. ಆದರೆ ಅವನು ದುಷ್ಕರ್ಮ ಮತ್ತು ಭ್ರಷ್ಟಾಚಾರ ಮಾಡುವ ಜನರಲ್ಲಿ ಸೇರಿದ್ದರೆ, ಮತ್ತು ಬಹಿರಂಗವಾಗಿ ಪಾಪ ಮತ್ತು ದುಷ್ಕರ್ಮಗಳನ್ನು ಮಾಡುತ್ತಿದ್ದರೆ, ಅದನ್ನು ಮುಚ್ಚಿಡುವುದು ಸೂಕ್ತವಲ್ಲ. ಏಕೆಂದರೆ ಅದನ್ನು ಮುಚ್ಚಿಡುವುದರಿಂದ ಅವರಿಗೆ ಪಾಪ ಮಾಡಲು ಧೈರ್ಯ ಸಿಕ್ಕಂತಾಗುತ್ತದೆ. ಅವರ ಸಂಗತಿಯನ್ನು ಆಡಳಿತಗಾರರಿಗೆ ತಿಳಿಸಬೇಕಾಗಿದೆ. ಇದರಲ್ಲಿ ಅವರ ಹೆಸರು ಹೇಳುವ ಅಗತ್ಯವಿದ್ದರೂ ಸಹ. ಏಕೆಂದರೆ ಅವನು ಬಹಿರಂಗವಾಗಿ ದುಷ್ಕರ್ಮ ಮತ್ತು ಪಾಪ ಮಾಡುವವನಾಗಿದ್ದಾನೆ.
+ಇತರರ ತಪ್ಪುಗಳನ್ನು ಮುಚ್ಚಿಡಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ಮುಚ್ಚಿಡುವುದರ ಪ್ರಯೋಜನಗಳು: ತಪ್ಪು ಮಾಡಿದವನಿಗೆ ತನ್ನನ್ನು ತಿದ್ದಿಕೊಳ್ಳಲು ಮತ್ತು ಅಲ್ಲಾಹನ ಕಡೆಗೆ ಪಶ್ಚಾತ್ತಾಪ ಪಡಲು ಅವಕಾಶವನ್ನು ಒದಗಿಸುತ್ತದೆ. ಏಕೆಂದರೆ ನ್ಯೂನತೆಗಳು ಮತ್ತು ದೌರ್ಬಲ್ಯಗಳನ್ನು ಬಹಿರಂಗಪಡಿಸುವುದು ಅಸಭ್ಯತೆಯನ್ನು ಪ್ರಚಾರ ಮಾಡುವುದರಲ್ಲಿ ಒಳಪಡುತ್ತದೆ, ಅದು ಸಮಾಜದ ವಾತಾವರಣವನ್ನು ಕೆಡಿಸುತ್ತದೆ, ಮತ್ತು ಜನರು ತಪ್ಪು ಮಾಡಲು ಪ್ರೇರೇಪಿಸುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/3777</t>
+  </si>
+  <si>
+    <t>لا يموتن أحدكم إلا وهو يحسن بالله الظن</t>
+  </si>
+  <si>
+    <t>ನಿಮ್ಮಲ್ಲಿ ಯಾರೂ ಅಲ್ಲಾಹನ ಬಗ್ಗೆ ಒಳ್ಳೆಯ ಭಾವನೆಯನ್ನಿಟ್ಟುಕೊಂಡಲ್ಲದೆ ಮರಣವನ್ನಪ್ಪಬಾರದು</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ وَفَاتِهِ بِثَلَاثٍ يَقُولُ: «لَا يَمُوتَنَّ أَحَدُكُمْ إِلَّا وَهُوَ يُحْسِنُ بِاللهِ الظَّنَّ».</t>
+  </si>
+  <si>
+    <t>ಜಾಬಿರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮರಣ ಹೊಂದುವುದಕ್ಕೆ ಮೂರು ದಿನಗಳ ಮೊದಲು ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ನಿಮ್ಮಲ್ಲಿ ಯಾರೂ ಅಲ್ಲಾಹನ ಬಗ್ಗೆ ಒಳ್ಳೆಯ ಭಾವನೆಯನ್ನಿಟ್ಟುಕೊಂಡಲ್ಲದೆ ಮರಣವನ್ನಪ್ಪಬಾರದು."</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم المسلمَ بأن لا يموت إلا وهو يُحسِنُ الظنَّ بالله بتَغْلِيْبِه جانبَ الرجاء عند الاحتضار بأن الله يرحمُه ويعفو عنه، لأن الخوف مطلوب لتحسين العمل، وتلك الحالة ليست حالة الأعمال، فالمطلوب فيها غَلَبَةُ الرجاء.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಮುಸ್ಲಿಮರಿಗೆ ಪ್ರೋತ್ಸಾಹಿಸುವುದೇನೆಂದರೆ, ಅವರು ಅಲ್ಲಾಹನ ಬಗ್ಗೆ ಒಳ್ಳೆಯ ಅಭಿಪ್ರಾಯವನ್ನು ಇಟ್ಟುಕೊಂಡಲ್ಲದೆ ಮರಣವನ್ನಪ್ಪಬಾರದು. ಅಂದರೆ ಮರಣಾಸನ್ನ ಸಮಯದಲ್ಲಿ ಅಲ್ಲಾಹು ಅವನನ್ನು ಕರುಣಿಸುತ್ತಾನೆ ಮತ್ತು ಕ್ಷಮಿಸುತ್ತಾನೆ ಎಂಬ ಅವನ ನಿರೀಕ್ಷೆಯು ಹೆಚ್ಚಾಗಿರಬೇಕು. ಏಕೆಂದರೆ, ಭಯವು ಕರ್ಮವನ್ನು ಸುಧಾರಿಸುವುದಕ್ಕೆ ಇರುವುದಾಗಿದೆ. ಮರಣವೇಳೆಯು ಕರ್ಮವೆಸಗುವ ವೇಳೆಯಲ್ಲ. ಆದ್ದರಿಂದ ಆ ಸಮಯದಲ್ಲಿ ನಿರೀಕ್ಷೆಯು ಹೆಚ್ಚಾಗಿರಬೇಕು.</t>
+  </si>
+  <si>
+    <t>حِرْص النبيِّ صلى الله عليه وسلم على إرشاد أمته، وشدة رأفته بها في جميع أحواله؛ حتى في مرض موته ينصح أمتَه ويدلُّها على مسالك النجاة.
+قال الطيبي: أحسنوا أعمالكم الآن حتى يَحْسُنَ ظنُّكم بالله عند الموت، فإنَّ مَن ساء عملُه قبل الموت يَسوء ظنُّه عند الموت.
+أكمل الأَحْوال للعبد اعْتدال الرَّجاء والخوف، وغلبةُ الحب؛ فالمحبَّة هي المرْكَبُ، والرَّجاء حادٍ، والخوف سائق، والله الموصل بمنِّه وكرمه.
+ينبغي على من كان قريبًا ممن حَضَرَه الموت أنْ يُغَلِّب عنده جانب الرجاء وحسن الظن بالله، ففي هذا الحديث أنه صلى الله عليه وسلم قال ذلك قبل أن يموت بثلاث.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸಮುದಾಯಕ್ಕೆ ಮಾರ್ಗದರ್ಶನ ನೀಡಲು ಉತ್ಸುಕರಾಗಿದ್ದರು, ಮತ್ತು ಅವರ ಎಲ್ಲಾ ಅವಸ್ಥೆಗಳಲ್ಲೂ ಅವರ ಬಗ್ಗೆ ತೀವ್ರ ಮಮಕಾರವನ್ನು ಹೊಂದಿದ್ದರು. ಎಲ್ಲಿಯವರೆಗೆಂದರೆ, ಅವರ ಮರಣದ ಸಮಯದಲ್ಲಿಯೂ ಸಹ ತಮ್ಮ ಸಮುದಾಯಕ್ಕೆ ಉಪದೇಶ ನೀಡುತ್ತಿದ್ದರು ಮತ್ತು ರಕ್ಷಣೆಯ ಮಾರ್ಗಗಳನ್ನು ತೋರಿಸುತ್ತಿದ್ದರು.
+ತೀಬಿ ಹೇಳಿದರು:  "ಮರಣದ ಸಮಯದಲ್ಲಿ ಅಲ್ಲಾಹನ ಬಗ್ಗೆ ನಿಮ್ಮ ಅಭಿಪ್ರಾಯವು ಒಳ್ಳೆಯದಾಗಬೇಕಾದರೆ, ನೀವು ಈಗಿಂದೀಗಲೇ ನಿಮ್ಮ ಕರ್ಮಗಳನ್ನು ಉತ್ತಮಗೊಳಿಸಬೇಕಾಗಿದೆ. ಏಕೆಂದರೆ ಮರಣದ ಮೊದಲು ಯಾರ ಕರ್ಮವು ಕೆಟ್ಟದಾಗಿರುತ್ತದೋ, ಮರಣದ ಸಮಯದಲ್ಲಿ ಅವನ ಅಭಿಪ್ರಾಯವು ಕೂಡ ಕೆಟ್ಟದಾಗಿರುತ್ತದೆ."
+ದಾಸನು ಹೊಂದಿರಬೇಕಾದ ಪರಿಪೂರ್ಣ ಅವಸ್ಥೆ ಏನೆಂದರೆ ನಿರೀಕ್ಷೆ ಮತ್ತು ಭಯವನ್ನು ಸಮವಾಗಿ ಹೊಂದಿರುವುದು ಮತ್ತು ಪ್ರೀತಿಯ ಅಂಶವು ಹೆಚ್ಚಾಗಿರುವುದು. ಏಕೆಂದರೆ, ಪ್ರೀತಿಯು ವಾಹನವಾಗಿದೆ, ನಿರೀಕ್ಷೆವು ವೇಗವರ್ಧಕವಾಗಿದೆ, ಭಯವು ಚಾಲಕನಾಗಿದೆ, ಮತ್ತು ಅಲ್ಲಾಹು ತನ್ನ ಅನುಗ್ರಹ ಮತ್ತು ಘನತೆಯಿಂದ (ನಿರ್ದಿಷ್ಟ ಗುರಿಗೆ) ತಲುಪಿಸುವವವಾಗಿದ್ದಾನೆ."
+ಮರಣಾಸನ್ನರಾಗಿರುವವರ ಬಳಿಯಲ್ಲಿರುವವರು ಅವರ ಬಳಿ ನಿರೀಕ್ಷೆಯನ್ನು ಮತ್ತು ಅಲ್ಲಾಹನ ಬಗ್ಗೆ ಒಳ್ಳೆಯ ಅಭಿಪ್ರಾಯ ಹೊಂದುವುದನ್ನು ಹೆಚ್ಚಿಸಬೇಕು. ಈ ಹದೀಸ್ ನಲ್ಲಿರುವಂತೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮರಣ ಹೊಂದುವುದಕ್ಕೆ ಮೂರು ದಿನಗಳ ಮೊದಲು ಇದನ್ನು ಹೇಳಿದ್ದರು.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/3779</t>
+  </si>
+  <si>
     <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
   </si>
   <si>
     <t>ನನ್ನನ್ನು ನಿಶಾಯಾತ್ರೆ (ಇಸ್ರಾ) ಮಾಡಿಸಲಾದ ರಾತ್ರಿ ನಾನು ಇಬ್ರಾಹೀಮ್ ರನ್ನು ಭೇಟಿಯಾದೆ. ಅವರು ಹೇಳಿದರು: "ಓ ಮುಹಮ್ಮದ್! ನನ್ನಿಂದ ನಿಮ್ಮ ಸಮುದಾಯಕ್ಕೆ ಸಲಾಂ ತಿಳಿಸಿರಿ. ಸ್ವರ್ಗದ ಮಣ್ಣು ಅತ್ಯಂತ ಶುದ್ಧವಾಗಿದೆ ಮತ್ತು ಅದರ ನೀರು ಅತ್ಯಂತ ಸಿಹಿಯಾಗಿದೆ</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
   </si>
   <si>
     <t>ಇಬ್ನ್ ಮಸ್‌ಊದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನನ್ನನ್ನು ನಿಶಾಯಾತ್ರೆ (ಇಸ್ರಾ) ಮಾಡಿಸಲಾದ ರಾತ್ರಿ ನಾನು ಇಬ್ರಾಹೀಮ್ ರನ್ನು ಭೇಟಿಯಾದೆ. ಅವರು ಹೇಳಿದರು: "ಓ ಮುಹಮ್ಮದ್! ನನ್ನಿಂದ ನಿಮ್ಮ ಸಮುದಾಯಕ್ಕೆ ಸಲಾಂ ತಿಳಿಸಿರಿ. ಸ್ವರ್ಗದ ಮಣ್ಣು ಅತ್ಯಂತ ಶುದ್ಧವಾಗಿದೆ ಮತ್ತು ಅದರ ನೀರು ಅತ್ಯಂತ ಸಿಹಿಯಾಗಿದೆ, ಅದು ವಿಶಾಲ ಬಯಲು ಸೀಮೆಯಾಗಿದ್ದು ಅಲ್ಲಿನ ಸಸಿಗಳು ಸುಬ್‌ಹಾನಲ್ಲಾಹ್, ವಲ್-ಹಮ್ದುಲಿಲ್ಲಾಹ್, ವಲಾಇಲಾಹ ಇಲ್ಲಲ್ಲಾಹ್, ವಲ್ಲಾಹು ಅಕ್ಬರ್ ಆಗಿದೆಯೆಂದು ಅವರಿಗೆ ತಿಳಿಸಿರಿ."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಇಸ್ರಾ ಮತ್ತು ಮಿಅರಾಜ್‌ನ ರಾತ್ರಿ ಅವರು ಇಬ್ರಾಹೀಮ್ (ಅವರ ಮೇಲೆ ಶಾಂತಿಯಿರಲಿ) ರನ್ನು ಭೇಟಿಯಾದರು. ಆಗ ಅವರು ಹೇಳಿದರು: "ಓ ಮುಹಮ್ಮದ್! ನನ್ನ ಕಡೆಯಿಂದ ನಿಮ್ಮ ಸಮುದಾಯಕ್ಕೆ ಸಲಾಂ ತಲುಪಿಸಿರಿ. ಸ್ವರ್ಗದ ಮಣ್ಣು ಅತ್ಯಂತ ಶುದ್ಧವಾಗಿದೆ, ಅದರ ನೀರು ಅತ್ಯಂತ ಸಿಹಿಯಾಗಿದೆ, ಅದು ಸ್ವಲ್ಪವೂ ಉಪ್ಪನ್ನು ಹೊಂದಿಲ್ಲ, ಸ್ವರ್ಗವು ವಿಶಾಲ ಬಯಲು ಸೀಮೆಯಾಗಿದ್ದು ಯಾವುದೇ ಮರಗಳಿಲ್ಲದ ಸಮತಟ್ಟಾದ ಪ್ರದೇಶವಾಗಿದೆ, ಅಲ್ಲಿನ ಸಸಿಗಳು ಪರಿಶುದ್ಧವಾದ ವಚನಗಳಾಗಿವೆ, ಅಂದರೆ ಎಂದೆಂದಿಗೂ ಶಾಶ್ವತವಾಗಿ ಉಳಿಯುವ ವಚನಗಳಾದ ಸುಬ್‌ಹಾನಲ್ಲಾಹಿ, ವಲ್‌ಹಂದುಲಿಲ್ಲಾಹಿ, ವಲಾಇಲಾಹ ಇಲ್ಲಲ್ಲಾಹು ವಲ್ಲಾಹು ಅಕ್ಬರ್ ಆಗಿವೆ ಮತ್ತು ಮುಸಲ್ಮಾನನು ಇವುಗಳನ್ನು ಪುನರುಚ್ಛರಿಸುವಾಗಲೆಲ್ಲಾ ಸ್ವರ್ಗದಲ್ಲಿ ಒಂದು ಸಸಿಯನ್ನು ನೆಡುತ್ತಾನೆ ಎಂದು ಅವರಿಗೆ ತಿಳಿಸಿರಿ."</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
     <t>ಸ್ವರ್ಗದ ಸಸಿಗಳನ್ನು ಹೆಚ್ಚಿಸಲು ಸದಾ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸಬೇಕೆಂದು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
@@ -5635,119 +5931,353 @@
   <si>
     <t>“ಸಂಬಂಧಿಕರು ಸಂಬಂಧ ಜೋಡಿಸಿದರೆ ಮಾತ್ರ ಸಂಬಂಧ ಜೋಡಿಸುವವನು ಕುಟುಂಬ ಸಂಬಂಧವನ್ನು ಕಾಪಾಡುವವನಲ್ಲ. ಬದಲಿಗೆ, ಸಂಬಂಧಿಕರು ಸಂಬಂಧವನ್ನು ಕಡಿದಾಗ ಅವರೊಡನೆ ಸಂಬಂಧ ಜೋಡಿಸುವವನೇ ಕುಟುಂಬ ಸಂಬಂಧವನ್ನು ಕಾಪಾಡುವವನು.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: “ಸಂಬಂಧಿಕರು ಸಂಬಂಧ ಜೋಡಿಸಿದರೆ ಮಾತ್ರ ಸಂಬಂಧ ಜೋಡಿಸುವವನು ಕುಟುಂಬ ಸಂಬಂಧವನ್ನು ಕಾಪಾಡುವವನಲ್ಲ. ಬದಲಿಗೆ, ಸಂಬಂಧಿಕರು ಸಂಬಂಧವನ್ನು ಕಡಿದಾಗ ಅವರೊಡನೆ ಸಂಬಂಧ ಜೋಡಿಸುವವನೇ ಕುಟುಂಬ ಸಂಬಂಧವನ್ನು ಕಾಪಾಡುವವನು.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ: ಸಂಬಂಧಿಕರು ಒಳಿತು ಮಾಡಿದರೆ ಮಾತ್ರ ಒಳಿತು ಮಾಡುವವನು, ಪೂರ್ಣ ರೂಪದಲ್ಲಿ ಕುಟುಂಬ ಸಂಬಂಧವನ್ನು ಜೋಡಿಸುವವನಲ್ಲ ಮತ್ತು ಸಂಬಂಧಿಕರಿಗೆ ಒಳಿತು ಮಾಡುವವನಲ್ಲ. ಬದಲಿಗೆ, ನಿಜವಾದ ಮತ್ತು ಪೂರ್ಣ ರೂಪದಲ್ಲಿ ಸಂಬಂಧ ಜೋಡಿಸುವವನು ಯಾರೆಂದರೆ, ಸಂಬಂಧಿಕನು ಸಂಬಂಧ ಕಡಿದರೂ ಅವನೊಂದಿಗೆ ಸಂಬಂಧ ಜೋಡಿಸುವವನು ಮತ್ತು ಸಂಬಂಧಿಕರು ಕೆಟ್ಟದಾಗಿ ವರ್ತಿಸಿದರೂ ಅವರೊಡನೆ ಉತ್ತಮವಾಗಿ ವರ್ತಿಸುವವನಾಗಿದ್ದಾನೆ.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>ಧಾರ್ಮಿಕ ಪರಿಗಣನೆಯಲ್ಲಿ ಕುಟುಂಬ ಸಂಬಂಧ ಜೋಡಿಸುವುದು ಎಂದರೆ ಸಂಬಂಧ ಕಡಿದವರೊಡನೆ ಸಂಬಂಧ ಜೋಡಿಸುವುದು, ಸಂಬಂಧಿಕರು ಅನ್ಯಾಯವೆಸಗಿದರೆ ಅವರಿಗೆ ಕ್ಷಮಿಸುವುದು ಮತ್ತು ಅವರು ನಿಮಗೆ ಏನೂ ಕೊಡದಿದ್ದರೂ ನೀವು ಅವರಿಗೆ ಕೊಡುವುದು. ಇದರ ಹೊರತು ಅವರು ಒಳಿತು ಮಾಡಿದರೆ ಮಾತ್ರ ಒಳಿತು ಮಾಡುವುದು ಕುಟುಂಬ ಸಂಬಂಧ ಜೋಡಣೆಯಲ್ಲ.
 ಸಾಧ್ಯವಾಗುವ ಎಲ್ಲಾ ಒಳಿತುಗಳನ್ನು ಮಾಡುವ ಮೂಲಕ ಕುಟುಂಬ ಸಂಬಂಧವನ್ನು ಜೋಡಿಸಬಹುದು. ಉದಾಹರಣೆಗೆ, ಹಣ ನೀಡುವುದು, ಪ್ರಾರ್ಥಿಸುವುದು, ಒಳಿತನ್ನು ಆದೇಶಿಸುವುದು ಮತ್ತು ಕೆಡುಕನ್ನು ವಿರೋಧಿಸುವುದು, ಹಾಗೆಯೇ ಅವರಿಗೆ ಉಂಟಾಗಬಹುದಾದ ಹಾನಿಯನ್ನು ತಡೆಗಟ್ಟುವುದು ಇತ್ಯಾದಿ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/3854</t>
+  </si>
+  <si>
+    <t>لئن كنت كما قلت، فكأنما تسفهم المل ولا يزال معك من الله ظهير عليهم ما دمت على ذلك</t>
+  </si>
+  <si>
+    <t>ನೀನು ಹೇಳಿದಂತೆ ನೀನಿದ್ದರೆ,  ನೀನು ಅವರಿಗೆ ಬಿಸಿ ಬೂದಿಯನ್ನು ತಿನ್ನಿಸುತ್ತಿರುವಂತಿದೆ. ನೀನು ಇದೇ ಸ್ಥಿತಿಯಲ್ಲಿರುವವರೆಗೆ ನಿನಗೆ ಅಲ್ಲಾಹನ ಕಡೆಯಿಂದ ಅವರ ವಿರುದ್ಧ ಸಹಾಯ ದೊರೆಯುತ್ತಲೇ ಇರುತ್ತದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَجُلًا قَالَ: يَا رَسُولَ اللهِ إِنَّ لِي قَرَابَةً أَصِلُهُمْ وَيَقْطَعُونِي، وَأُحْسِنُ إِلَيْهِمْ وَيُسِيئُونَ إِلَيَّ، وَأَحْلُمُ عَنْهُمْ وَيَجْهَلُونَ عَلَيَّ، فَقَالَ: «لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಒಬ್ಬ ವ್ಯಕ್ತಿ ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನನಗೆ ಕೆಲವು ಹತ್ತಿರದ ಸಂಬಂಧಿಕರಿದ್ದಾರೆ, ನಾನು ಅವರೊಡನೆ ಸಂಬಂಧ ಬೆಸೆಯುತ್ತೇನೆ, ಆದರೆ ಅವರು ನನ್ನೊಂದಿಗೆ ಸಂಬಂಧ ಕಡಿದುಕೊಳ್ಳುತ್ತಾರೆ. ನಾನು ಅವರಿಗೆ ಒಳ್ಳೆಯದನ್ನು ಮಾಡುತ್ತೇನೆ, ಆದರೆ ಅವರು ನನಗೆ ಕೆಟ್ಟದ್ದನ್ನು ಮಾಡುತ್ತಾರೆ. ನಾನು ಅವರೊಂದಿಗೆ ಸಹನೆಯಿಂದ ವರ್ತಿಸುತ್ತೇನೆ, ಆದರೆ ಅವರು ನನ್ನೊಂದಿಗೆ ಅವಿವೇಕಿಗಳಂತೆ ವರ್ತಿಸುತ್ತಾರೆ." ಅದಕ್ಕೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನೀನು ಹೇಳಿದಂತೆ ನೀನಿದ್ದರೆ,  ನೀನು ಅವರಿಗೆ ಬಿಸಿ ಬೂದಿಯನ್ನು ತಿನ್ನಿಸುತ್ತಿರುವಂತಿದೆ. ನೀನು ಇದೇ ಸ್ಥಿತಿಯಲ್ಲಿರುವವರೆಗೆ ನಿನಗೆ ಅಲ್ಲಾಹನ ಕಡೆಯಿಂದ ಅವರ ವಿರುದ್ಧ ಸಹಾಯ ದೊರೆಯುತ್ತಲೇ ಇರುತ್ತದೆ."</t>
+  </si>
+  <si>
+    <t>اشتَكَى رَجُلٌ للنبيِّ صلى الله عليه وسلم بأنّ له قرابةً ورَحِمًا يَتَعامَل معهم بالحُسنى وهم يُعامِلونه بضد ذلك؛ فيَصِلُهم ويأتِيْهم وهم يَقْطَعونه، ويُحسن إليهم بالبر والوفاء ويُسيئون إليه بالجَوْر والجَفَاء، ويَحلم ويعفو عنهم ويَجهلون عليه بالقبيح من القول والفعل، فهل يَستَمِرُّ بالصِّلَة لهم مع ما ذُكِر؟ 
+فقال له النبيُّ صلى الله عليه وسلم: إنْ كان كما ذَكَرتَ فإنك تُخزِيهم وتَحْقِرُهم في أنفسهم، وكأنك تُطعِمُهم الرَّمَاد الحارّ؛ لكثرة إحسانك وقبيح فِعلِهم عند أنفسهم، ولا يزال معك من عند الله مُعين لك عليهم، ودافِع عنك أذاهم ما دُمْتَ على ما ذَكرتَ من إحسانك إليهم، وظَلُّوا هم على إساءتهم إليك.</t>
+  </si>
+  <si>
+    <t>ಒಬ್ಬ ವ್ಯಕ್ತಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು ದೂರು ನೀಡುತ್ತಾ ತನಗೆ ಕೆಲವು ಹತ್ತಿರದ ಸಂಬಂಧಿಕರು ಮತ್ತು ರಕ್ತ ಸಂಬಂಧಿಗಳಿದ್ದಾರೆ ಎನ್ನುತ್ತಾನೆ. ನಾನು ಅವರೊಂದಿಗೆ ಒಳ್ಳೆಯ ರೀತಿಯಲ್ಲಿ ವ್ಯವಹರಿಸುತ್ತೇನೆ, ಆದರೆ ಅವರು ನನ್ನೊಂದಿಗೆ ಅದಕ್ಕೆ ವಿರುದ್ಧವಾಗಿ ವ್ಯವಹರಿಸುತ್ತಾರೆ. ನಾನು ಅವರನ್ನು ಬೆಸೆಯುತ್ತೇನೆ ಮತ್ತು ಅವರ ಬಳಿಗೆ ಹೋಗುತ್ತೇನೆ, ಆದರೆ ಅವರು ನನ್ನನ್ನು ಕಡಿದುಕೊಳ್ಳುತ್ತಾರೆ. ನಾನು ಅವರಿಗೆ ಸತ್ಕಾರ ಮತ್ತು ನಿಷ್ಠೆಯಿಂದ ಒಳ್ಳೆಯದನ್ನು ಮಾಡುತ್ತೇನೆ, ಆದರೆ ಅವರು ನನಗೆ ಅನ್ಯಾಯ ಮತ್ತು ಒರಟುತನದಿಂದ ಕೆಟ್ಟದ್ದನ್ನು ಮಾಡುತ್ತಾರೆ. ನಾನು ಸಹನೆ ವಹಿಸುತ್ತೇನೆ ಮತ್ತು ಅವರನ್ನು ಕ್ಷಮಿಸುತ್ತೇನೆ, ಆದರೆ ಅವರು ನನಗೆ ಕೆಟ್ಟ ಮಾತು ಮತ್ತು ಕಾರ್ಯಗಳಿಂದ ಅವಿವೇಕತನವನ್ನು ತೋರಿಸುತ್ತಾರೆ. ಈ ಸ್ಥಿತಿಯಲ್ಲಿಯೂ ನಾನು ಅವರೊಂದಿಗೆ ಸಂಬಂಧವನ್ನು ಮುಂದುವರಿಸಬೇಕೆ?
+ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: ಸಂಗತಿ ನೀನು ಹೇಳಿದಂತೆಯೇ ಇದ್ದರೆ, ಖಂಡಿತವಾಗಿಯೂ ನೀನು ಅವರಿಗೆ ಅವಮಾನವಾಗುವಂತೆ ಮತ್ತು ಅವರ ಮನಸ್ಸಿನಲ್ಲಿ ಅವರ ಬಗ್ಗೆ ಅವರಿಗೆ ಕೀಳು ಭಾವನೆ ಉಂಟಾಗುವಂತೆ ಮಾಡುತ್ತಿರುವೆ. ನೀನು ಹೆಚ್ಚು ಹೆಚ್ಚು ಒಳ್ಳೆಯದನ್ನು ಮಾಡುತ್ತಿರುವುದರಿಂದ ಮತ್ತು ಅವರು ನಿನಗೆ ಕೆಟ್ಟದ್ದನ್ನು ಬಗೆಯುತ್ತಿರುವುದರಿಂದ ನೀನು ಅವರಿಗೆ ಬಿಸಿ ಬೂದಿಯನ್ನು ತಿನ್ನಿಸುತ್ತಿರುವೆಯೋ ಎಂಬಂತಿರುವೆ.  ನೀನು ಅವರಿಗೆ ಒಳ್ಳೆಯದನ್ನು ಮಾಡುತ್ತಿರುವವರೆಗೂ ಮತ್ತು ಅವರು ನಿನಗೆ ಕೆಟ್ಟದ್ದನ್ನು ಮಾಡುತ್ತಿರುವವರೆಗೂ, ಅಲ್ಲಾಹನ ಕಡೆಯಿಂದ ನಿನಗೆ ಸಹಾಯ ಮಾಡುವವನು ಮತ್ತು ಅವರ ಕಿರುಕುಳವನ್ನು ನಿವಾರಿಸುವವನು ನಿನ್ನ ಜೊತೆ ಇದ್ದೇ ಇರುತ್ತಾನೆ."</t>
+  </si>
+  <si>
+    <t>مقابلة الإساءة بالإحسان مَظِنّة رجوع  المسيء إلى الحق، كما قال تعالى: (ادفع بالتي هي أحسن فإذا الذي بينك وبينه عداوة كأنه ولي حميم).
+امتثال أمْر الله ولو حصل له أذى سببٌ لعون الله للعبد المؤمن.
+قطيعة الرحم أَلَمٌ وعذابٌ في الدنيا، وإثمٌ وحساب في الآخرة.
+ينبغي على المسلم أنْ يَحتَسِب في عمله الصالح، ولا يقطعه أذى الناس وقطيعتُهم عن عادته الطيبة.
+ليس الواصلُ لِرَحِمِهِ مَن يُكافِئ مَن وَصَله، ولكن الواصل حقيقة هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها.</t>
+  </si>
+  <si>
+    <t>ಕೆಟ್ಟದ್ದನ್ನು ಒಳ್ಳೆಯತನದಿಂದ ಎದುರಿಸಿದರೆ, ಕೆಟ್ಟವನು ಕೂಡ ಸತ್ಯದ ಕಡೆಗೆ ಹಿಂದಿರುಗುವ ನಿರೀಕ್ಷೆಯಿರುತ್ತದೆ. ಅಲ್ಲಾಹು ಹೇಳಿರುವಂತೆ:  "ನೀನು ಅತ್ಯುತ್ತಮವಾದ ರೀತಿಯಲ್ಲಿ (ಕೆಟ್ಟದ್ದನ್ನು) ತಡೆ, ಆಗ ನಿನ್ನ ಮತ್ತು ಯಾರ ನಡುವೆ ವೈರತ್ವವಿದೆಯೋ, ಅವನು ಆತ್ಮೀಯ ಸ್ನೇಹಿತನಂತೆ ಆಗುವನು."
+ಅಲ್ಲಾಹನ ಆಜ್ಞೆಯನ್ನು ಪಾಲಿಸಬೇಕೆಂದು ಮತ್ತು ಅದರಿಂದ ನೋವುಂಟಾದರೂ, ಅದು ಸತ್ಯವಿಶ್ವಾಸಿ ದಾಸನಿಗೆ ಅಲ್ಲಾಹನ ಸಹಾಯ ದೊರೆಯಲು ಕಾರಣವಾಗುತ್ತದೆ ಎಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ರಕ್ತ ಸಂಬಂಧವನ್ನು ಕಡಿದುಕೊಳ್ಳುವುದು ಜಗತ್ತಿನಲ್ಲಿ ನೋವು ಮತ್ತು ಶಿಕ್ಷೆಗೆ ಹಾಗೂ ಪರಲೋಕದಲ್ಲಿ ಪಾಪ ಮತ್ತು ವಿಚಾರಣೆಗೆ ಕಾರಣವಾಗುತ್ತದೆ.
+ಮುಸಲ್ಮಾನನು ತನ್ನ ಸತ್ಕರ್ಮಗಳಲ್ಲಿ ಪ್ರತಿಫಲವನ್ನು ಅಪೇಕ್ಷಿಸಬೇಕು, ಮತ್ತು ಜನರ ಕಿರುಕುಳ ಹಾಗೂ ಬಹಿಷ್ಕಾರವು ಅವನನ್ನು ಒಳಿತು ಮಾಡುವ ಅಭ್ಯಾಸದಿಂದ ದೂರಗೊಳಿಸಬಾರದು.
+ಸಂಬಂಧ ಬೆಸೆಯುವವನು ಎಂದರೆ ತನ್ನೊಂದಿಗೆ ಸಂಬಂಧ ಬೆಸೆದವರೊಂದಿಗೆ ಮಾತ್ರ ಸಂಬಂಧ ಬೆಸೆಯುವವನಲ್ಲ. ಬದಲಿಗೆ ನಿಜವಾದ ರೀತಿಯಲ್ಲಿ ಸಂಬಂಧ ಬೆಸೆಯುವವನು ಯಾರೆಂದರೆ, ತನ್ನೊಂದಿಗೆ ಸಂಬಂಧ ಕಡಿದವರೊಂದಿಗೆ ಸಂಬಂಧ ಬೆಸೆಯುವವನಾಗಿದ್ದಾನೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/3863</t>
+  </si>
+  <si>
+    <t>ما اغبرت قدما عبد في سبيل الله فتمسه النار</t>
+  </si>
+  <si>
+    <t>ಯಾವ ದಾಸನ ಪಾದಗಳು ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿ ಧೂಳಿನಿಂದ ಮುಚ್ಚಿಹೋಗುತ್ತವೆಯೋ, ಆ ಪಾದಗಳನ್ನು ನರಕದ ಬೆಂಕಿ ಸ್ಪರ್ಶಿಸುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْسٍ عَبْدُ الرَّحْمَنِ بْنِ جَبْرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا اغْبَرَّتْ قَدَمَا عَبْدٍ فِي سَبِيلِ اللَّهِ فَتَمَسَّهُ النَّارُ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಅಬ್ಸ್ ಅಬ್ದುರ್‍ರಹ್ಮಾನ್ ಬಿನ್ ಜಬ್ರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾವ ದಾಸನ ಪಾದಗಳು ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿ ಧೂಳಿನಿಂದ ಮುಚ್ಚಿಹೋಗುತ್ತವೆಯೋ, ಆ ಪಾದಗಳನ್ನು ನರಕದ ಬೆಂಕಿ ಸ್ಪರ್ಶಿಸುವುದಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم بأنَّ مَن أصاب قَدَمَيه الغبارُ وهو يُجاهد في سبيل الله بأنَّ النارَ لا تَمَسّه.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ನೀಡುತ್ತಿರುವ ಶುಭಸುದ್ದಿಯೇನೆಂದರೆ, ಯಾರ ಪಾದಗಳು ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿ ಹೋರಾಡುವಾಗ ಧೂಳಿನಿಂದ ಮುಚ್ಚಲ್ಪಡುತ್ತವೆಯೋ, ಅವರನ್ನು ನರಕದ ಬೆಂಕಿ ಸ್ಪರ್ಶಿಸುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>البشارة للمُجاهد في سبيل الله بالنَّجَاة من النار.
+ذكرَ القَدَمين وإن كان الغبار يَعُمُّ البدن كلَّه؛ لأن أكثر المجاهدين في ذلك الزمان مُشَاةٌ، والأقدام تتغبَّر على كل حال.
+قال ابن حجر: فإذا كان مُجرَّد مَس الغبار للقدم يُحرِّم عليها النار؛ فكيف بمَن سعى وبَذَل جُهْدَه واستنفد وُسْعَه.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿ ಹೋರಾಡುವ ಧರ್ಮಯೋಧರಿಗೆ ನರಕದಿಂದ ಮುಕ್ತಿ ದೊರೆಯುವ ಶುಭಸುದ್ದಿಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
+ಧೂಳು ಇಡೀ ದೇಹವನ್ನು ಮುಚ್ಚಿಕೊಳ್ಳುತ್ತದೆಯಾದರೂ ಇಲ್ಲಿ ಪಾದಗಳನ್ನು ಮಾತ್ರ ಪ್ರಸ್ತಾಪಿಸಿದ್ದೇಕೆಂದರೆ, ಆ ಕಾಲದಲ್ಲಿ ಹೆಚ್ಚಿನ ಧರ್ಮಯೋಧರು ಪಾದಚಾರಿಗಳಾಗಿದ್ದರು ಮತ್ತು ಪಾದಗಳು ಯಾವಾಗಲೂ ಧೂಳಿನಿಂದ ಮುಚ್ಚಲ್ಪಡುತ್ತಿದ್ದವು.
+ಇಬ್ನ್ ಹಜರ್ ಹೇಳಿದರು: "ಪಾದಕ್ಕೆ ಕೇವಲ ಧೂಳು ಸ್ಪರ್ಶಿಸುವುದರಿಂದ ನರಕವು ಅವರಿಗೆ ನಿಷಿದ್ಧವಾಗುವುದಾದರೆ, ಶ್ರಮವಹಿಸಿ, ಪ್ರಯತ್ನ ಪಟ್ಟು, ತನ್ನ ಸಾಮರ್ಥ್ಯವನ್ನೆಲ್ಲಾ ಬಳಸುವವರ ಸ್ಥಿತಿ ಹೇಗಿರಬಹುದು?"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/3868</t>
+  </si>
+  <si>
+    <t>ما من قوم يقومون من مجلس لا يذكرون الله فيه إلا قاموا عن مثل جيفة حمار، وكان لهم حسرة</t>
+  </si>
+  <si>
+    <t>ಯಾವುದೇ ಗುಂಪು ಜನರು ಒಂದು ಸಭೆಯಿಂದ ಎದ್ದು ಹೋಗುವಾಗ, ಅದರಲ್ಲಿ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸದಿದ್ದರೆ, ಅವರು ಕತ್ತೆಯ ಹೆಣದಂತಿರುವ (ಸ್ಥಳದಿಂದ) ಎದ್ದು ಹೋದಂತೆ ಆಗುತ್ತದೆ, ಮತ್ತು ಅದು ಅವರಿಗೆ ವಿಷಾದಕ್ಕೆ ಕಾರಣವಾಗುತ್ತದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ قَوْمٍ يَقُومُونَ مِنْ مَجْلِسٍ لَا يَذْكُرُونَ اللَّهَ فِيهِ إِلَّا قَامُوا عَنْ مِثْلِ جِيفَةِ حِمَارٍ، وَكَانَ لَهُمْ حَسْرَةً».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾವುದೇ ಗುಂಪು ಜನರು ಒಂದು ಸಭೆಯಿಂದ ಎದ್ದು ಹೋಗುವಾಗ, ಅದರಲ್ಲಿ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸದಿದ್ದರೆ, ಅವರು ಕತ್ತೆಯ ಹೆಣದಂತಿರುವ (ಸ್ಥಳದಿಂದ) ಎದ್ದು ಹೋದಂತೆ ಆಗುತ್ತದೆ, ಮತ್ತು ಅದು ಅವರಿಗೆ ವಿಷಾದಕ್ಕೆ ಕಾರಣವಾಗುತ್ತದೆ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن قومٍ جلسوا في مجلس ثم قاموا منه ولم يذكروا الله فيه إلا قاموا عن مثل مَن اجتمع على جيفة حمار في النَّتَنِ والقَذَارة؛ وذلك لما انشغلوا في الكلام عن ذكر الله، وكان ذلك المجلسُ عليهم حسرةً يوم القيامة ونقصانًا وندامة لازمة لهم.</t>
+  </si>
+  <si>
+    <t>ಇಲ್ಲಿ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾವುದೇ ಗುಂಪು ಜನರು ಒಂದು ಸಭೆಯಲ್ಲಿ ಕುಳಿತು, ನಂತರ ಅದರಿಂದ ಎದ್ದು ಹೋಗುವಾಗ ಅದರಲ್ಲಿ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸದಿದ್ದರೆ, ಅವರು ದುರ್ನಾತ ಬೀರುವ ಮತ್ತು ಹೊಲಸಾದ ಕತ್ತೆಯ ಹೆಣದ ಸುತ್ತ ಸೇರಿಕೊಂಡು ಅಲ್ಲಿಂದ ಎದ್ದು ಹೋದಂತೆ ಆಗುತ್ತದೆ. ಏಕೆಂದರೆ ಅವರು ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯನ್ನು ಬಿಟ್ಟು ಬೇರೆ ಮಾತುಗಳಲ್ಲಿ ತೊಡಗಿಸಿಕೊಂಡಿದ್ದಾರೆ. ಆ ಸಭೆಯು ಅವರಿಗೆ ಪುನರುತ್ಥಾನ ದಿನದಂದು ವಿಷಾದ, ನಷ್ಟ ಮತ್ತು ಶಾಶ್ವತ ದುಃಖಕ್ಕೆ ಕಾರಣವಾಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>ما ذُكِر مِن التحذير عن الغفلة عن ذكر الله ليس مقتصرًا على المجالس فقط، بل يَعُمُّ غيرَها، قال النووي: يُكرَه لمَن قَعَد في مكان أن يُفارقه قبل أن يذكر الله تعالى فيه.
+الحسرة الحاصل لهم يوم القيامة: إما بِفَوَات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
+هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرَّمة التي فيها الغيبة والنميمة وغيرها؟!</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯಿಂದ ಅಲಕ್ಷ್ಯರಾಗುವುದರ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ನೀಡಿರುವುದು ಕೇವಲ ಸಭೆಗಳಿಗೆ ಮಾತ್ರ ಸೀಮಿತವಾಗಿಲ್ಲ, ಬದಲಿಗೆ ಇತರ ಸಂದರ್ಭಗಳಿಗೂ ಅನ್ವಯಿಸುತ್ತದೆ. ನವವಿ ಹೇಳಿದರು: "ಯಾವುದೇ ಸ್ಥಳದಲ್ಲಿ ಕುಳಿತಿರುವವರು ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುವ ಮೊದಲು ಅದನ್ನು ಬಿಟ್ಟು ಹೋಗುವುದು ಮಕ್ರೂಹ್ (ಅನಪೇಕ್ಷಿತ) ಆಗಿದೆ."
+ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅವರಿಗೆ ಉಂಟಾಗುವ ವಿಷಾದವೇನೆಂದರೆ:  ಸಮಯವನ್ನು ಅಲ್ಲಾಹನ ಅನುಸರಣೆಯಲ್ಲಿ ಸದುಪಯೋಗಪಡಿಸಿಕೊಳ್ಳದ ಕಾರಣ ಅವರಿಗೆ ಪ್ರತಿಫಲ ಮತ್ತು ಪುಣ್ಯಗಳು ನಷ್ಟವಾಗಬಹುದು. ಅಥವಾ ಅಲ್ಲಾಹನಿಗೆ ಅವಿಧೇಯತೆ ತೋರುವ ವಿಧದಲ್ಲಿ ಸಮಯವನ್ನು ಕಳೆದುದರಿಂದ ಅವರಿಗೆ ಪಾಪ ಮತ್ತು ಶಿಕ್ಷೆಯಾಗಬಹುದು.
+ಈ ಎಚ್ಚರಿಕೆಯಿರುವುದು ಅನುಮತಿಸಲಾದ ವಿಷಯಗಳಲ್ಲಿ ಅಲಕ್ಷ್ಯತೆ ತೋರುವುದಕ್ಕಾಗಿದೆ. ಹೀಗಿರುವಾಗ, ಪರದೂಷಣೆ, ಚಾಡಿ ಮುಂತಾದವುಗಳಿರುವ ನಿಷಿದ್ಧ ಸಭೆಗಳ ಸ್ಥಿತಿ ಏನಾಗಿರಬಹುದು?</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/3910</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>ಯಾವುದರ ಬಗ್ಗೆ ನಾವು ನಿಮಗೆ ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡಬೇಕು?" ಅವರು ಉತ್ತರಿಸಿದರು: "ನೀವು ಅಲ್ಲಾಹನನ್ನು ಮಾತ್ರ ಆರಾಧಿಸುತ್ತೀರಿ ಮತ್ತು ಅವನೊಂದಿಗೆ ಏನನ್ನೂ ಸಹಭಾಗಿಯಾಗಿ ಮಾಡುವುದಿಲ್ಲ, ನೀವು ಐದು ವೇಳೆಯ ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸುತ್ತೀರಿ, ನೀವು ಅನುಸರಿಸುತ್ತೀರಿ, — ಮತ್ತು ಅವರು ರಹಸ್ಯವಾಗಿ ಹೇಳಿದರು — ಜನರಲ್ಲಿ ಏನನ್ನೂ ಬೇಡುವುದಿಲ್ಲ ಎಂದು ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡಬೇಕು</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>ಅಬೂ ಮುಸ್ಲಿಂ ಖೌಲಾನಿ ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ನನ್ನ ಪ್ರೀತಿಪಾತ್ರರು ಮತ್ತು ವಿಶ್ವಸ್ಥರಾದ—ಏಕೆಂದರೆ ಅವರು ನನಗೆ ತುಂಬಾ ಇಷ್ಟ ಮತ್ತು ನನ್ನ ದೃಷ್ಟಿಯಲ್ಲಿ ಅವರು ತುಂಬಾ ವಿಶ್ವಸ್ಥರು—ಔಫ್ ಬಿನ್ ಮಾಲಿಕ್ ಅಶ್‌ಜಈ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಹೇಳಿದರು: "ನಾವು ಒಂಬತ್ತು, ಎಂಟು ಅಥವಾ ಏಳು ಮಂದಿ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಯಿದ್ದೆವು. ಆಗ ಅವರು ಕೇಳಿದರು: "ನೀವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಗೆ ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡುವುದಿಲ್ಲವೇ?" ನಾವು ಹೊಸದಾಗಿ ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡುವವರಾಗಿದ್ದೆವು. ಆದ್ದರಿಂದ ನಾವು ಹೇಳಿದೆವು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾವು ಈಗಾಗಲೇ ನಿಮಗೆ ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡಿದ್ದೇವೆ." ನಂತರ ಅವರು ಕೇಳಿದರು: "ನೀವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಗೆ ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡುವುದಿಲ್ಲವೇ?" ನಾವು ಹೇಳಿದೆವು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾವು ಈಗಾಗಲೇ ನಿಮಗೆ ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡಿದ್ದೇವೆ." ನಂತರ ಅವರು ಕೇಳಿದರು: "ನೀವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಗೆ ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡುವುದಿಲ್ಲವೇ?" ಆಗ ನಾವು ನಮ್ಮ ಕೈಗಳನ್ನು ಚಾಚಿ ಹೇಳಿದೆವು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾವು ಈಗಾಗಲೇ ನಿಮಗೆ ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡಿದ್ದೇವೆ. ಇನ್ನು ಯಾವುದರ ಬಗ್ಗೆ ನಾವು ನಿಮಗೆ ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡಬೇಕು?" ಅವರು ಉತ್ತರಿಸಿದರು: "ನೀವು ಅಲ್ಲಾಹನನ್ನು ಮಾತ್ರ ಆರಾಧಿಸುತ್ತೀರಿ ಮತ್ತು ಅವನೊಂದಿಗೆ ಏನನ್ನೂ ಸಹಭಾಗಿಯಾಗಿ ಮಾಡುವುದಿಲ್ಲ, ನೀವು ಐದು ವೇಳೆಯ ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸುತ್ತೀರಿ, ನೀವು ಅನುಸರಿಸುತ್ತೀರಿ, — ಮತ್ತು ಅವರು ರಹಸ್ಯವಾಗಿ ಹೇಳಿದರು — ಜನರಲ್ಲಿ ಏನನ್ನೂ ಬೇಡುವುದಿಲ್ಲ ಎಂದು ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡಬೇಕು." ನಂತರ ನಾನು ಆ ಜನರನ್ನು ಯಾವ ರೀತಿ ನೋಡಿದೆನೆಂದರೆ, ಅವರಲ್ಲೊಬ್ಬನ ಚಾಟಿ ಕೆಳಗೆ ಬಿದ್ದರೂ ಅದನ್ನು ಹೆಕ್ಕಿ ಕೊಡಲು ಅವರು ಯಾರನ್ನೂ ಕೇಳುತ್ತಿರಲಿಲ್ಲ."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>ಒಮ್ಮೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೆಲವು ಸಹಾಬಿಗಳ ಜೊತೆಯಲ್ಲಿದ್ದರು. ಆಗ ಅವರು ಅವರೊಂದಿಗೆ ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡಲು ಮತ್ತು ಈ ಕೆಳಗಿನ ವಿಷಯಗಳಿಗೆ ಬದ್ಧವಾಗಿರಲು ಮೂರು ಬಾರಿ ಕೇಳಿಕೊಂಡರು:
 ಮೊದಲನೆಯದಾಗಿ: ಅಲ್ಲಾಹನ ಆಜ್ಞೆಗಳನ್ನು ಪಾಲಿಸುತ್ತಾ ಮತ್ತು ಅವನ ನಿಷೇಧಗಳಿಂದ ದೂರವಿರುತ್ತಾ ಅವನನ್ನು ಮಾತ್ರ ಆರಾಧಿಸುವುದು ಹಾಗೂ ಅವನೊಂದಿಗೆ ಏನನ್ನೂ ಸಹಭಾಗಿಯಾಗಿ ಮಾಡದಿರುವುದು.
 ಎರಡನೆಯದಾಗಿ: ಪ್ರತಿ ದಿನ-ರಾತ್ರಿಯಲ್ಲಿ ಐದು ವೇಳೆಯ ಕಡ್ಡಾಯ ನಮಾಝ್‌ಗಳನ್ನು ಸಂಸ್ಥಾಪಿಸುವುದು.
 ಮೂರನೆಯದಾಗಿ: ಒಳಿತಿನ ಕಾರ್ಯಗಳಲ್ಲಿ ಮುಸಲ್ಮಾನರ ಮೇಲೆ ಆಡಳಿತ ವಹಿಸಿಕೊಂಡವರ ಮಾತುಗಳನ್ನು ಕೇಳುವುದು ಮತ್ತು ಅನುಸರಿಸುವುದು.
 ನಾಲ್ಕನೆಯದಾಗಿ: ಎಲ್ಲಾ ಬೇಡಿಕೆಗಳಿಗಾಗಿ ಅಲ್ಲಾಹನನ್ನು ಮಾತ್ರ ಅವಲಂಬಿಸುವುದು ಮತ್ತು ಜನರಲ್ಲಿ ಏನನ್ನೂ ಕೇಳದಿರುವುದು. ಇದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಗುಟ್ಟಾಗಿ ಹೇಳಿದರು.
 ಸಹಾಬಿಗಳು (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ತಾವು ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡಿದ್ದನ್ನು ಅನುಸರಿಸಿದರು. ಎಲ್ಲಿಯವರೆಗೆಂದರೆ, ಹದೀಸಿನ ವರದಿಗಾರರು ಹೇಳಿದರು: ಆ ಸಹಾಬಿಗಳಲ್ಲಿ ಕೆಲವರನ್ನು ನಾನು ನೋಡಿದ್ದೇನೆ. ಅವರ ಚಾಟಿ ಕೆಳಗೆ ಬಿದ್ದರೂ ಅದನ್ನು ಹೆಕ್ಕಿ ಕೊಡಲು ಅವರು ಯಾರನ್ನೂ ಕೇಳುತ್ತಿರಲಿಲ್ಲ. ಬದಲಾಗಿ ಅವರೇ (ಮೃಗದ ಮೇಲಿಂದ) ಇಳಿದು ಅದನ್ನು ಹೆಕ್ಕಿಕೊಳ್ಳುತ್ತಿದ್ದರು.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>ಜನರೊಡನೆ ಬೇಡುವುದನ್ನು ಬಿಟ್ಟುಬಿಡಲು, ಕೇಳುವುದು ಎಂಬ ಹೆಸರಿರುವ ಎಲ್ಲದರಿಂದಲೂ ದೂರವಿರಲು ಮತ್ತು ಒಂದು ಚಿಕ್ಕ ವಿಷಯದಲ್ಲಾದರೂ ಸಹ ಜನರಿಂದ ಸಂಪೂರ್ಣ ನಿರಪೇಕ್ಷರಾಗಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
 ಇಲ್ಲಿ ಇಹಲೋಕಕ್ಕೆ ಸಂಬಂಧಿಸಿದ ವಿಷಯಗಳಲ್ಲಿ ಕೇಳುವುದನ್ನು ಮಾತ್ರ ನಿಷೇಧಿಸಲಾಗಿದೆ. ಧಾರ್ಮಿಕ ವಿಷಯಗಳಿಗೆ ಸಂಬಂಧಿಸಿದ ವಿಷಯಗಳನ್ನು ಕೇಳುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿಲ್ಲ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/4176</t>
   </si>
   <si>
+    <t>مثل الذي يذكر ربه والذي لا يذكر ربه، مثل الحي والميت</t>
+  </si>
+  <si>
+    <t>ತನ್ನ ಪರಿಪಾಲಕನನ್ನು ಸ್ಮರಿಸುವವನ ಮತ್ತು ತನ್ನ ಪರಿಪಾಲಕನನ್ನು ಸ್ಮರಿಸದವನ ಉದಾಹರಣೆಯು, ಜೀವಂತವಿರುವವನ ಮತ್ತು ಸತ್ತವನ ಉದಾಹರಣೆಯಂತಿದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الَّذِي يَذْكُرُ رَبَّهُ وَالَّذِي لاَ يَذْكُرُ رَبَّهُ، مَثَلُ الحَيِّ وَالمَيِّتِ»، ولفظ مسلم: «مَثَلُ الْبَيْتِ الَّذِي يُذْكَرُ اللهُ فِيهِ، وَالْبَيْتِ الَّذِي لَا يُذْكَرُ اللهُ فِيهِ، مَثَلُ الْحَيِّ وَالْمَيِّتِ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಮೂಸಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ತನ್ನ ಪರಿಪಾಲಕನನ್ನು ಸ್ಮರಿಸುವವನ ಮತ್ತು ತನ್ನ ಪರಿಪಾಲಕನನ್ನು ಸ್ಮರಿಸದವನ ಉದಾಹರಣೆಯು, ಜೀವಂತವಿರುವವನ ಮತ್ತು ಸತ್ತವನ ಉದಾಹರಣೆಯಂತಿದೆ." ಮುಸ್ಲಿಂರ ವರದಿಯಲ್ಲಿ ಹೀಗಿದೆ: "ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸಲ್ಪಡುವ ಮನೆಯ ಉದಾಹರಣೆ ಮತ್ತು ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸಲ್ಪಡದ ಮನೆಯ ಉದಾಹರಣೆಯು, ಜೀವಂತವಿರುವವನ ಮತ್ತು ಸತ್ತವನ ಉದಾಹರಣೆಯಂತಿದೆ."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الفَرقَ بَيْن الذي يذكر الله تعالى وبين مَن لا يذكره، وأنه مثل الفرق بين الحي والميت في نفعه وحسن مظهره، فمَثَلُ الذي يذكر ربه مثل الحي الذي ظاهِرُه مُتَزَيِّن بنور الحياة، وباطنه بنور المعرفة، وفيه النفع، ومثل الذي لا يذكر الله مثل الميت الذي ظاهره عاطل، وباطنه باطل، وليس فيه نفع. 
+وكذلك البيت يوصف بالحي إن كان ساكنوه يذكرون الله، وإلا فهو بيت ميت لخمول ساكنيه عن ذكر الله؛ وإن أطلق الحي والميت في وصف البيت إنما يراد به ساكن البيت.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುವವನ ಮತ್ತು ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸದವನ ನಡುವಿನ ವ್ಯತ್ಯಾಸವನ್ನು ವಿವರಿಸಿದ್ದಾರೆ. ಪ್ರಯೋಜನದಲ್ಲಿ ಮತ್ತು ಉತ್ತಮ ರೂಪದಲ್ಲಿ ಅದು ಜೀವಂತವಾಗಿರುವವರ ಮತ್ತು ಸತ್ತವರ ನಡುವಿನ ವ್ಯತ್ಯಾಸವನ್ನು ಸೂಚಿಸುತ್ತದೆ. ತನ್ನ ಪರಿಪಾಲಕನನ್ನು (ಅಲ್ಲಾಹನನ್ನು) ಸ್ಮರಿಸುವವನ ಉದಾಹರಣೆಯು ಜೀವಂತವಾಗಿರುವವನ ಉದಾಹರಣೆಯಂತಿದೆ. ಅವನ ಬಾಹ್ಯರೂಪವು ಜೀವದ ಬೆಳಕಿನಿಂದ ಮತ್ತು ಅವನ ಅಂತರಂಗವು ಜ್ಞಾನದ ಬೆಳಕಿನಿಂದ ಅಲಂಕರಿಸಲ್ಪಟ್ಟಿದೆ ಹಾಗೂ ಅವನಲ್ಲಿ ಪ್ರಯೋಜನವಿದೆ. ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸದವನ ಉದಾಹರಣೆಯು ಸತ್ತವನ ಉದಾಹರಣೆಯಂತಿದೆ. ಅವನ ಬಾಹ್ಯರೂಪವು ನಿಷ್ಪ್ರಯೋಜಕವಾಗಿದೆ ಮತ್ತು ಅವನ ಅಂತರಂಗವು ವ್ಯರ್ಥವಾಗಿದೆ ಹಾಗೂ ಅವನಲ್ಲಿ ಯಾವುದೇ ಪ್ರಯೋಜನವಿಲ್ಲ.
+ಅದೇ ರೀತಿ, ಮನೆಯ ನಿವಾಸಿಗಳು ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುತ್ತಿದ್ದರೆ, ಆ ಮನೆಯನ್ನು ಜೀವಂತ ಮನೆ ಎಂದು ಬಣ್ಣಿಸಲಾಗುತ್ತದೆ. ಇಲ್ಲದಿದ್ದರೆ ಅದು ಸತ್ತ ಮನೆಯಾಗಿದೆ. ಏಕೆಂದರೆ ಅದರ ನಿವಾಸಿಗಳು ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯನ್ನು ಮರೆತುಬಿಟ್ಟಿದ್ದಾರೆ. ಒಂದು ಮನೆಯನ್ನು ಜೀವಂತ ಮತ್ತು ಸತ್ತ ಮನೆ ಎಂದು ವರ್ಣಿಸಿದರೆ, ಅದರ ಅರ್ಥ ಮನೆಯ ನಿವಾಸಿಗಳಾಗಿದ್ದಾರೆ.</t>
+  </si>
+  <si>
+    <t>الحث على ذكر الله والتحذير من الغفلة عنه.
+الذكر حياة الروح كما أن الروح حياة الجسد.
+من هدي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
+قال النووي: فيه الندب إلى ذكر الله تعالى في البيت، وأنه لا يخلى من الذكر.
+قال النووي: وفيه أن طول العمر في الطاعة فضيلة وإن كان الميت ينتقل إلى خير؛ لأن الحي يَسْتَلْحِقُ به ويزيد عليه بما يفعله من الطاعات.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ ಮತ್ತು ಅವನ ಸ್ಮರಣೆಯನ್ನು ನಿರ್ಲಕ್ಷಿಸುವುದರ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ನೀಡಲಾಗಿದೆ.
+ಆತ್ಮವು ದೇಹದ ಜೀವವಾಗಿರುವಂತೆ, ದೇವ ಸ್ಮರಣೆಯು ಆತ್ಮದ ಜೀವವಾಗಿದೆ.
+ವಿಷಯವನ್ನು ಮನದಟ್ಟು ಮಾಡಲು ಉದಾಹರಣೆಗಳನ್ನು ನೀಡುವುದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಾದರಿಯಾಗಿದೆ.
+ನವವಿ ಹೇಳಿದರು: "ಈ ಹದೀಸಿನಲ್ಲಿ ಮನೆಯಲ್ಲಿ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸಬೇಕೆಂದು ಮತ್ತು ಅದು ದೇವಸ್ಮರಣೆಯಿಲ್ಲದೆ ಖಾಲಿಯಾಗಿರಬಾರದೆಂದು ಉತ್ತೇಜಿಸಲಾಗಿದೆ."
+ನವವಿ ಹೇಳಿದರು: "ಸತ್ತವರು ಸ್ವರ್ಗಕ್ಕೆ ಹೋಗುವವರಾಗಿದ್ದರೂ ಸಹ ತಮ್ಮ ದೀರ್ಘಾಯುಷ್ಯವನ್ನು ಅಲ್ಲಾಹನ ವಿಧೇಯತೆಯಲ್ಲಿ ಕಳೆಯುವವವರಿಗೆ ಶ್ರೇಷ್ಠತೆಯಿದೆಯೆಂದು ಇದರಿಂದ ತಿಳಿದುಕೊಳ್ಳಬಹುದು. ಏಕೆಂದರೆ ಜೀವಂತವಿರುವವರು ಅವರೊಂದಿಗೆ ಸೇರಿಕೊಳ್ಳುವಾಗ, ಹೆಚ್ಚು ಹೆಚ್ಚು ವಿಧೇಯತೆಯ ಕರ್ಮಗಳನ್ನು ಮಾಡಿದವರಾಗಿರುತ್ತಾರೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4177</t>
+  </si>
+  <si>
+    <t>إني مما أخاف عليكم من بعدي، ما يفتح عليكم من زهرة الدنيا وزينتها</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ ನನ್ನ ನಂತರ ನಾನು ನಿಮ್ಮ ಬಗ್ಗೆ ಭಯಪಡುವ ವಿಷಯಗಳಲ್ಲಿ ಒಂದು ಏನೆಂದರೆ, ನಿಮಗೆ ಜಗತ್ತಿನ ಹೊಳಪು ಮತ್ತು ಅದರ ಅಲಂಕಾರಗಳು ತೆರೆಯಲ್ಪಡುವುದು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبٍي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ جَلَسَ ذَاتَ يَوْمٍ عَلَى المِنْبَرِ وَجَلَسْنَا حَوْلَهُ، فَقَالَ: «إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا» فَقَالَ رَجُلٌ: يَا رَسُولَ اللَّهِ، أَوَيَأْتِي الخَيْرُ بِالشَّرِّ؟ فَسَكَتَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقِيلَ لَهُ: مَا شَأْنُكَ؟ تُكَلِّمُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَلاَ يُكَلِّمُكَ؟ فَرَأَيْنَا أَنَّهُ يُنْزَلُ عَلَيْهِ؟ قَالَ: فَمَسَحَ عَنْهُ الرُّحَضَاءَ، فَقَالَ: «أَيْنَ السَّائِلُ؟» وَكَأَنَّهُ حَمِدَهُ، فَقَالَ: «إِنَّهُ لاَ يَأْتِي الخَيْرُ بِالشَّرِّ، وَإِنَّ مِمَّا يُنْبِتُ الرَّبِيعُ يَقْتُلُ أَوْ يُلِمُّ، إِلَّا آكِلَةَ الخَضْرَاءِ، أَكَلَتْ حَتَّى إِذَا امْتَدَّتْ خَاصِرَتَاهَا اسْتَقْبَلَتْ عَيْنَ الشَّمْسِ، فَثَلَطَتْ وَبَالَتْ، وَرَتَعَتْ، وَإِنَّ هَذَا المَالَ خَضِرَةٌ حُلْوَةٌ، فَنِعْمَ صَاحِبُ المُسْلِمِ مَا أَعْطَى مِنْهُ المِسْكِينَ وَاليَتِيمَ وَابْنَ السَّبِيلِ - أَوْ كَمَا قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ - وَإِنَّهُ مَنْ يَأْخُذُهُ بِغَيْرِ حَقِّهِ، كَالَّذِي يَأْكُلُ وَلاَ يَشْبَعُ، وَيَكُونُ شَهِيدًا عَلَيْهِ يَوْمَ القِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಸಈದ್ ಖುದ್ರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಒಂದಿನ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಿಂಬರ್‌ನ (ಪ್ರವಚನ ಪೀಠದ) ಮೇಲೆ ಮೇಲೆ ಕುಳಿತರು ಮತ್ತು ನಾವು ಅವರ ಸುತ್ತಲೂ ಕುಳಿತೆವು. ಆಗ ಅವರು ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ ನನ್ನ ನಂತರ ನಾನು ನಿಮ್ಮ ಬಗ್ಗೆ ಭಯಪಡುವ ವಿಷಯಗಳಲ್ಲಿ ಒಂದು ಏನೆಂದರೆ, ನಿಮಗೆ ಜಗತ್ತಿನ ಹೊಳಪು ಮತ್ತು ಅದರ ಅಲಂಕಾರಗಳು ತೆರೆಯಲ್ಪಡುವುದು."  ಆಗ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಕೇಳಿದರು: ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! "ಒಳಿತು ಕೆಡುಕನ್ನು ತರುತ್ತದೆಯೇ?" ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೌನವಾದರು. ಆಗ ಜನರು ಆ ವ್ಯಕ್ತಿಯೊಂದಿಗೆ ಕೇಳಿದರು: "ನಿನಗೇನಾಗಿದೆ? ಪ್ರವಾದಿರವರೊಂದಿಗೆ ಮಾತನಾಡುತ್ತಿದ್ದೀಯ  (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮತ್ತು ಅವರು ನಿನ್ನೊಂದಿಗೆ ಮಾತನಾಡುತ್ತಿಲ್ಲ?" ನಂತರ ಅವರಿಗೆ ವಹೀ (ದೇವವಾಣಿ) ಅವತೀರ್ಣವಾಗುತ್ತಿದೆಯೆಂದು ನಾವು ಭಾವಿಸಿದೆವು. ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಹುಬ್ಬಿನಿಂದ ಬೆವರನ್ನು ಒರೆಸಿಕೊಂಡು, "ಪ್ರಶ್ನಿಸಿದಾತ ಎಲ್ಲಿದ್ದಾನೆ?" ಎಂದು ಅವನನ್ನು ಪ್ರಶಂಸಿಸುವ ಧಾಟಿಯಲ್ಲಿ ಕೇಳಿದರು. ನಂತರ ಅವರು ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ ಒಳಿತು ಕೆಡುಕನ್ನು ತರುವುದಿಲ್ಲ. ಖಂಡಿತವಾಗಿಯೂ ವಸಂತಕಾಲದಲ್ಲಿ ಬೆಳೆಯುವ ಸಸ್ಯವರ್ಗವು ಕೊಲ್ಲುತ್ತದೆ ಅಥವಾ ಮಾರಣಾಂತಿಕ ಸ್ಥಿತಿಯನ್ನು ತರುತ್ತದೆ. ಆದರೆ, ಸೊಪ್ಪು ತಿನ್ನುವ ಪ್ರಾಣಿ ಇದಕ್ಕೆ ಹೊರತಾಗಿದೆ. ಅದು ತನ್ನ ಪಕ್ಕೆಲುಬುಗಳು ಅಗಲವಾಗುವ ತನಕ ತಿಂದು, ಸೂರ್ಯನ ಕಡೆಗೆ ತಿರುಗುತ್ತದೆ. ನಂತರ ಸಗಣಿ ಮತ್ತು ಮೂತ್ರ ವಿಸರ್ಜನೆ ಮಾಡಿ, ನಂತರ ಪುನಃ ಮೇಯುತ್ತದೆ. ಖಂಡಿತವಾಗಿಯೂ ಈ ಸಂಪತ್ತು ಹಸಿರು ಮತ್ತು ಸಿಹಿಯಾಗಿದೆ. ತನ್ನ ಸಂಪತ್ತಿನಿಂದ ಅನಾಥರಿಗೆ ಮತ್ತು ದಾರಿಹೋಕರಿಗೆ ದಾನ ಮಾಡುವ ಮುಸಲ್ಮಾನನಿಗೆ ಈ ಸಂಪತ್ತು ಎಷ್ಟು ಒಳ್ಳೆಯ ಸಂಗಾತಿಯಾಗಿದೆ! - ಅಥವಾ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದಂತೆ - ಖಂಡಿತವಾಗಿಯೂ, ಯಾರು ಇದನ್ನು ಅನ್ಯಾಯವಾಗಿ ಪಡೆಯುತ್ತಾನೋ ಅವನ ಸ್ಥಿತಿಯು ತಿಂದರೂ ಹೊಟ್ಟೆ ತುಂಬದವನಂತಾಗಿದೆ. ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅದು ಅವನ ವಿರುದ್ಧ ಸಾಕ್ಷಿ ನುಡಿಯುತ್ತದೆ."</t>
+  </si>
+  <si>
+    <t>جَلَسَ النبيُّ صلى الله عليه ذات يوم على المنبر يُحدِّث أصحابَه فقال: 
+إنَّ أكثر ما أخاف وأخشى عليكم مِن بعدي ما يُفتَح عليكم من بركات الأرض وزهرة الدنيا وزينتها وبهجتها، وما فيها من أنواع المتاع والثياب والزروع وغيرها مما يفتخر الناس بحسنه مع قلة البقاء. 
+فقال رجل: زهرة الدنيا نعمة من الله، فهل تعود هذه النعمة وتصير نقمة وعقوبة؟! 
+فَلَامَ الناسُ السائلَ حيث رأوه صلى الله عليه وسلم سَكَتَ، وظنوا أنه أغضبه. 
+فتَبَيَّنَ أنه صلى الله عليه وسلم كان ينزل عليه الوحي، ثم جعل يَمسح عن جَبِيْنِه العَرَقَ، فقال: أين السائل؟ 
+قال: أنا.
+فحمد الله وأثنى عليه، ثم قال صلى الله عليه وسلم: الخير الحقيقي لا يأتي إلا بخير، ولكن هذه الزهرة ليست بخير مَحْضٍ لما تؤدي إليه من الفتنة والمنافسة والاشتغال بها عن كمال الإقبال على الآخرة، ثم ضَرَبَ لذلك مَثلًا فقال: إنّ نبات الربيع وخَضِره؛ وهو نوع من الزرع يُعجب الماشية فيَقْتُل لكثرة الأكل بالتُّخَمَة أو يقارب القتل، إلا آكلة الخَضِر أكلت حتى امتلأ جانبا بطنها، فاستقبلت الشمس وأَلْقَت الرجيع من بطنها رقيقًا أو بالت، ثم استرفعت ما في كرشها فمضغتْه ثم بَلَعتْه، ثم عادت فأكلت. 
+فإن هذا المال كالبَقْلة الخضراء الحلوة، يَقتل أو يكاد يقتل بكثرته؛ إلا إذا اقتصر منه على اليسير الذي تدعو إليه الحاجة وتحصل به الكفاية من طريق حلال فإنه لا يضر، ونعم صاحب المسلم هو لمن أعطى منه المسكين واليتيم وابن السبيل، ومن يأخذه بحقه يبارك له فيه، ومن يأخذه بغير حقه فمثله كمثل الذي يأكل ولا يشبع، ويكون شهيدًا عليه يوم القيامة.</t>
+  </si>
+  <si>
+    <t>ಒಂದಿನ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಿಂಬರ್‌ನ (ಪ್ರವಚನ ಪೀಠದ) ಮೇಲೆ ಕುಳಿತು ತಮ್ಮ ಸಂಗಡಿಗರೊಡನೆ ಮಾತನಾಡುತ್ತಾ ಹೇಳಿದರು:
+ಖಂಡಿತವಾಗಿಯೂ ನನ್ನ ನಂತರ ನಿಮ್ಮ ಬಗ್ಗೆ ನಾನು ಹೆಚ್ಚಾಗಿ ಭಯಪಡುವ ಮತ್ತು ಆತಂಕಪಡುವ ವಿಷಯವೇನೆಂದರೆ, ನಿಮಗೆ ತೆರೆದು ಕೊಡಲಾಗುವ ಭೂಮಿಯ ಸಮೃದ್ಧಿಗಳು, ಪ್ರಪಂಚದ ಹೊಳಪುಗಳು, ಅದರ ಅಲಂಕಾರ ಮತ್ತು ಸೌಂದರ್ಯಗಳು, ಹಾಗೂ ಅದರಲ್ಲಿರುವ ವಿವಿಧ ರೀತಿಯ ಭೋಗಗಳು, ಬಟ್ಟೆಗಳು, ಬೆಳೆಗಳು ಮುಂತಾದ ತಾತ್ಕಾಲಿಕವಾಗಿದ್ದರೂ ಸಹ ಜನರು ಅದರ ಸೌಂದರ್ಯವನ್ನು ಕಂಡು ಹೆಮ್ಮೆಪಡುವ ವಸ್ತುಗಳನ್ನಾಗಿದೆ.
+ಆಗ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಕೇಳಿದರು: ಪ್ರಪಂಚದ ಹೊಳಪು ಅಲ್ಲಾಹನ ಅನುಗ್ರಹವಾಗಿದೆ.  ಹಾಗಾದರೆ ಈ ಅನುಗ್ರಹವು ಮರಳಿ ಹೋಗಿ ಶಿಕ್ಷೆ ಮತ್ತು ಪ್ರತೀಕಾರವಾಗಿ ಮಾರ್ಪಡುತ್ತದೆಯೇ?!
+ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೌನವಾಗಿದ್ದನ್ನು ನೋಡಿ ಜನರು ಪ್ರಶ್ನಿಸಿದ ವ್ಯಕ್ತಿಯನ್ನು ದೂಷಿಸಿದರು ಮತ್ತು ಇದರಿಂದ ಪ್ರವಾದಿಯವರು ಕೋಪಗೊಂಡಿರಬಹುದೆಂದು ಭಾವಿಸಿದರು.
+ನಂತರ, ಪ್ರವಾದಿಯವರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಹೀ (ದೇವವಾಣಿ) ಅವತೀರ್ಣವಾಗುತ್ತಿದೆ ಎಂದು ಅವರಿಗೆ ಸ್ಪಷ್ಟವಾಯಿತು. ನಂತರ ಪ್ರವಾದಿಯವರು ತಮ್ಮ ಹಣೆಯಿಂದ ಬೆವರನ್ನು ಒರೆಸುತ್ತಾ ಕೇಳಿದರು: ಪ್ರಶ್ನಿಸಿದ ವ್ಯಕ್ತಿ ಎಲ್ಲಿದ್ದಾನೆ?
+ಆ ವ್ಯಕ್ತಿ ಹೇಳಿದರು: ನಾನು ಇಲ್ಲಿದ್ದೇನೆ.
+ಆಗ ಅವರು ಅಲ್ಲಾಹನನ್ನು ಸ್ತುತಿಸಿದರು ಮತ್ತು ಪ್ರಶಂಸಿಸಿದರು. ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಜವಾದ ಒಳಿತು ಒಳಿತಿನೊಂದಿಗೆ ಮಾತ್ರ ಬರುತ್ತದೆ. ಆದರೆ ಈ ಹೊಳಪು ಶುದ್ಧರೂಪದಲ್ಲಿರುವ ಒಳಿತಲ್ಲ. ಏಕೆಂದರೆ ಅದು ಪರೀಕ್ಷೆಗಳು, ಸ್ಪರ್ಧೆಗಳು ಮತ್ತು ಪರಲೋಕದ ಕಡೆಗೆ ಸಂಪೂರ್ಣವಾಗಿ ತಿರುಗುವುದನ್ನು ತಪ್ಪಿಸುವ ಕಾರ್ಯಮಗ್ನತೆಗಳಿಗೆ ಕಾರಣವಾಗುತ್ತದೆ. ನಂತರ ಅವರು ಇದಕ್ಕೆ ಒಂದು ಉದಾಹರಣೆಯನ್ನು ನೀಡುತ್ತಾ ಹೇಳಿದರು: ಖಂಡಿತವಾಗಿಯೂ ವಸಂತಕಾಲದಲ್ಲಿ ಬೆಳೆಯುವ ಸಸ್ಯವರ್ಗ ಮತ್ತು ಹಸಿರುಗಳು ಜಾನುವಾರುಗಳನ್ನು ಆಕರ್ಷಿಸುತ್ತವೆಯಾದರೂ, ಅದನ್ನು ಅತಿಯಾಗಿ ತಿನ್ನುವುದರಿಂದ ಅದು ಅಜೀರ್ಣ ಮುಂತಾದ ರೋಗಗಳಿಂದ ಜಾನುವಾರುಗಳನ್ನು ಕೊಲ್ಲುತ್ತವೆ ಅಥವಾ ಸಾಯುವ ಹಂತಕ್ಕೆ ತಲುಪಿಸುತ್ತವೆ. ಆದರೆ ಹಸಿರು ಸೊಪ್ಪನ್ನು ತಿನ್ನುವ ಪ್ರಾಣಿಗಳು ಇದಕ್ಕೆ ಹೊರತಾಗಿವೆ. ಅವು ತಮ್ಮ ಹೊಟ್ಟೆಯ ಒಂದು ಭಾಗ ತುಂಬುವವರೆಗೆ ಮಾತ್ರ ತಿನ್ನುತ್ತವೆ. ನಂತರ ಅವು ಸೂರ್ಯನ ಕಡೆಗೆ ತಿರುಗಿ, ತಮ್ಮ ಹೊಟ್ಟೆಯಿಂದ ತ್ಯಾಜ್ಯವನ್ನು ತೆಳುವಾಗಿ ಅಥವಾ ಮೂತ್ರದ ರೂಪದಲ್ಲಿ ವಿಸರ್ಜಿಸುತ್ತವೆ. ನಂತರ ತಮ್ಮ ಜಠರದಲ್ಲಿರುವುದನ್ನು ಮೇಲಕ್ಕೆತ್ತಿ, ಅದನ್ನು ಅಗಿಯುತ್ತವೆ ನಂತರ ನುಂಗುತ್ತವೆ.  ನಂತರ ಮರಳಿ ಹೋಗಿ ಸೊಪ್ಪುಗಳನ್ನು ತಿನ್ನುತ್ತವೆ.
+ಖಂಡಿತವಾಗಿಯೂ ಈ ಸಂಪತ್ತು ಸಿಹಿಯಾದ ಹಸಿರು ಸಸ್ಯದಂತಿದೆ. ಅದನ್ನು ಅತಿಯಾಗಿ ತಿಂದರೆ ಅದು ಕೊಲ್ಲುತ್ತದೆ ಅಥವಾ ಸಾಯುವ ಹಂತಕ್ಕೆ ತಲುಪಿಸುತ್ತದೆ. ಆದರೆ, ಧರ್ಮಸಮ್ಮತ ಮಾರ್ಗಗಳಿಂದ ಅಗತ್ಯವಿರುವಷ್ಟು ಮತ್ತು ಸಾಕಾಗುವಷ್ಟು ಮಾತ್ರ ತೆಗೆದುಕೊಂಡರೆ ಅದು ಹಾನಿ ಮಾಡುವುದಿಲ್ಲ. ತನ್ನ ಸಂಪತ್ತಿನಿಂದ ಬಡವರಿಗೆ, ಅನಾಥರಿಗೆ ಮತ್ತು ದಾರಿಹೋಕರಿಗೆ ದಾನ ಮಾಡುವ ಮುಸಲ್ಮಾನನಿಗೆ ಆ ಸಂಪತ್ತು ಎಷ್ಟು ಒಳ್ಳೆಯ ಸಂಗಾತಿಯಾಗಿದೆ! ಯಾರು ಅದನ್ನು ನ್ಯಾಯಸಮ್ಮತವಾಗಿ ತೆಗೆದುಕೊಳ್ಳುತ್ತಾನೋ ಅವನಿಗೆ ಅದರಲ್ಲಿ ಬರ್ಕತ್ (ಸಮೃದ್ದಿ) ದಯಪಾಲಿಸಲಾಗುತ್ತದೆ. ಆದರೆ, ಯಾರು ಅದನ್ನು ಅನ್ಯಾಯವಾಗಿ ತೆಗೆದುಕೊಳ್ಳುತ್ತಾನೋ, ಅವನ ಉದಾಹರಣೆಯು ತಿಂದರೂ ಹೊಟ್ಟೆ ತುಂಬದವನಂತೆ. ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅದು ಅವನ ವಿರುದ್ಧ ಸಾಕ್ಷಿ ನುಡಿಯುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>قال النووي: فيه: فضيلة المال لمن أخذه بحقه وصرفه في وجوه الخير.
+إخبار من النبي صلى الله عليه وسلم عن حال أمته، وما سيفتح عليها من زينة الحياة الدنيا وفتنتها.
+من هدي النبي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
+الحث على الصدقة وصَرْف المال في وجوه الخير، والتحذير من الإمساك.
+يؤخذ من قوله: "إنه لا يأتي الخير بالشر" أن الرزق ولو كثر فهو من جملة الخير، إنما يعرض له الشر بعارض البخل به عمن يستحقه، والإسراف في إنفاقه فيما لم يشرع، وأن كل شيء قضى الله أن يكون خيرًا فلا يكون شرًا وبالعكس، ولكن يخشى على من رُزِق الخير أن يعرض له في تَصَرُّفِه فيه ما يَجْلِبُ له الشر.
+ترك العَجلة في الجواب إذا كان يحتاج إلى التأمل.
+قال الطيبي: يؤخذ منه أربعة أصناف، فمن أَكَل منه أَكْل مُستَلِذٍّ مُفرط منهَمِك حتى تنتفخ أضلاعه ولا يُقلع فيسرع إليه الهلاك، ومن أكل كذلك لكنه أخذ في الاحتيال لدفع الداء بعد أن استحكم فغلبه فأهلكه، ومن أكل كذلك لكنه بادر إلى إزالة ما يضره ويُحيل في دفعه حتى انهضم فيسلم، ومن أكل غير مفرط ولا منهمك، وإنما اقتصر على ما يَسُد جوعتَه ويُمسك رَمَقَه، فالأول مثال الكافر، والثاني مثال العاصي الغافل عن الإقلاع والتوبة إلا عند فوتها، والثالث مثال للمخلط المبادر للتوبة حيث تكون مقبولة، والرابع مثال الزاهد في الدنيا الراغب في الآخرة.
+قال ابن المنير: في هذا الحديث وجوه من التشبيهات بديعة، أولها: تشبيه المال ونموُّه بالنبات وظهوره، ثانيها: تشبيه المُنْهَمِك في الاكتساب والأسباب بالبهائم المنهمكة في الأعشاب، وثالثها: تشبيه الاستكثار منه والادّخار له بالشَّرَهِ في الأكل والامتلاء منه، ورابعها: تشبيه الخارج من المال مع عظمته في النفوس حتى أدّى إلى المبالغة في البخل به بما تطرحه البهيمة من السَّلْح، ففيه إشارة بديعة إلى استقذاره شرعًا، وخامسها: تشبيه المتقاعد عن جمعه وضمه بالشاة إذا استراحت وحطّت جانبها مستقبلة عين الشمس؛ فإنها من أحسن حالاتها سكونًا وسَكِيْنة، وفيه إشارة إلى إدراكها لمصالحها، وسادسها: تشبيه موت الجامع المانع بموت البهيمة الغافلة عن دفع ما يضرها، وسابعها: تشبيه المال بالصاحب الذي لا يُؤمَن أن ينقلب عدوًّا؛ فإن المال من شأنه أن يُحْرَز ويُشدّ وثاقه حبًّا له؛ وذلك يقتضي منعه من مستحقه فيكون سببًا لعقاب مقتنيه، وثامنها: تشبيه آخذه بغير حق بالذي يأكل ولا يشبع.
+قال السندي: فلا بد في الخبر من أمرين، أحدهما: تحصيله بوجهه، والثاني: صرفه في مصارفه، وعند انتفاء أحدهما يصير ضررًا... وقد يقال: فيه إشارة إلى الملازمة بين القَيْدَين؛ فلا يوفَّق المرء للصرف في المصارف إلا إذا أخذه بوجهه.</t>
+  </si>
+  <si>
+    <t>ನವವಿ ಹೇಳಿದರು: "ಸಂಪತ್ತನ್ನು ನ್ಯಾಯಸಮ್ಮತವಾಗಿ ಗಳಿಸಿ ಒಳಿತಿನ ಮಾರ್ಗಗಳಲ್ಲಿ ಖರ್ಚು ಮಾಡುವವರಿಗೆ ಆ ಸಂಪತ್ತು ಶ್ರೇಷ್ಠವಾಗಿದೆ."
+ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸಮುದಾಯದ ಅವಸ್ಥೆಯ ಬಗ್ಗೆ ಮತ್ತು ಅವರಿಗೆ ತೆರೆದುಕೊಡಲಾಗುವ ಇಹಲೋಕ ಜೀವನದ ಅಲಂಕಾರ ಮತ್ತು ಅದರ ಪರೀಕ್ಷೆಗಳ ಬಗ್ಗೆ ಮಾಹಿತಿ ನೀಡಿದ್ದಾರೆ.
+ವಿಷಯವನ್ನು ಮನದಟ್ಟು ಮಾಡಲು ಉದಾಹರಣೆಗಳನ್ನು ನೀಡುವುದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಾದರಿಯಾಗಿದೆ.
+ದಾನ ಮಾಡಲು ಮತ್ತು ಸಂಪತ್ತನ್ನು ಒಳಿತಿನ ಮಾರ್ಗಗಳಲ್ಲಿ ಖರ್ಚು ಮಾಡಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ ಮತ್ತು (ಜಿಪುಣತನದಿಂದ) ಸಂಪತ್ತನ್ನು ತಡೆಹಿಡಿಯುವುದರ ವಿರುದ್ಧ ಎಚ್ಚರಿಕೆ ನೀಡಲಾಗಿದೆ.
+"ಖಂಡಿತವಾಗಿಯೂ ಒಳಿತು ಕೆಡುಕನ್ನು ತರುವುದಿಲ್ಲ" ಎಂಬ ಮಾತಿನಿಂದ ಅರ್ಥವಾಗುವುದೇನೆಂದರೆ,  ಸಂಪತ್ತು ಎಷ್ಟೇ ಹೇರಳವಾಗಿದ್ದರೂ ಒಟ್ಟಾರೆಯಾಗಿ ಅದು ಒಳಿತಾಗಿದೆ. ಸಂಪತ್ತನ್ನು ಅರ್ಹರಿಗೆ ನೀಡದೆ ಜಿಪುಣತನ ತೋರುವಾಗ ಮತ್ತು ಅದನ್ನು ಧರ್ಮಸಮ್ಮತವಲ್ಲದ ಮಾರ್ಗಗಳಲ್ಲಿ ದುರ್ವ್ಯಯ ಮಾಡುವಾಗ ಅದಕ್ಕೆ ಕೇಡು ಸಂಭವಿಸುತ್ತದೆ. ಅಲ್ಲಾಹು ಒಳಿತೆಂದು ತೀರ್ಮಾನಿಸಿದ ಯಾವುದೇ ವಿಷಯವೂ ಕೆಡುಕಾಗುವುದಿಲ್ಲ ಮತ್ತು ಅಲ್ಲಾಹು ಕೆಡುಕೆಂದು ತೀರ್ಮಾನಿಸಿದ ಯಾವುದೇ ವಿಷಯವೂ ಒಳಿತಾಗುವುದಿಲ್ಲ. ಆದರೆ ಒಳಿತನ್ನು ದಯಪಾಲಿಸಲಾದವರು ಅದನ್ನು ಹೇಗೆ ವಿಲೇವಾರಿ ಮಾಡುತ್ತಾರೆ ಎಂಬುದರಲ್ಲಿ ಅದು ಕೆಡುಕಾಗಬಹುದಾದ ಭಯವಿರುತ್ತದೆ.
+ಆಲೋಚಿಸಿ ಉತ್ತರ ನೀಡಬೇಕಾಗಿ ಬಂದರೆ, ಉತ್ತರ ನೀಡಲು ಆತುರಪಡಬಾರದೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ತೀಬಿ ಹೇಳಿದರು:  "ಇದರಿಂದ ನಾಲ್ಕು ವರ್ಗದ ಜನರನ್ನು ಅರ್ಥಮಾಡಿಕೊಳ್ಳಬಹುದು: ಅದನ್ನು ತಿನ್ನುವವರು ಅದರ ರುಚಿಗೆ ಮಾರುಹೋಗಿ, ಅದನ್ನು ಅತಿಯಾಗಿ ಮತ್ತು ಅವರ ಪಕ್ಕೆಲುಬುಗಳು ಊದಿಕೊಳ್ಳುವವರೆಗೆ ಕಂಠಪೂರ್ತಿ ತಿನ್ನುತ್ತಾರೆ ಮತ್ತು ಅವರು ಅದನ್ನು ನಿಲ್ಲಿಸುವುದಿಲ್ಲ. ಆದ್ದರಿಂದ ವಿನಾಶವು ಅವರನ್ನು ಬೇಗನೇ ತಲುಪುತ್ತದೆ. ಇನ್ನು ಕೆಲವರು ಅದನ್ನು ಇದೇ ರೀತಿ ತಿನ್ನುತ್ತಾರೆ. ಆದರೆ ರೋಗವು ಗಂಭೀರ ಸ್ಥಿತಿಗೆ ತಲುಪಿದಾಗ ಅದನ್ನು ನಿವಾರಿಸುವುದಕ್ಕಾಗಿ ಅವರು ಮಾರ್ಗೋಪಾಯಗಳನ್ನು ಸ್ವೀಕರಿಸುತ್ತಾರೆ. ಆದರೆ ಅದು ಅವರನ್ನು ಜಯಿಸಿ ಅವರನ್ನು ನಾಶಪಡಿಸುತ್ತದೆ. ಇನ್ನು ಕೆಲವರು ಅದನ್ನು ಇದೇ ರೀತಿ ತಿನ್ನುತ್ತಾರೆ.  ಆದರೆ ತಮಗೆ ಹಾನಿ ಮಾಡುವ ಅಂಶವನ್ನು ತೆಗೆದುಹಾಕಲು ಮತ್ತು ಅದನ್ನು ಜೀರ್ಣಗೊಳಿಸಲು ಪ್ರಯತ್ನಿಸುವುದರಿಂದ ಅವರು ಸುರಕ್ಷಿತವಾಗಿರುತ್ತಾರೆ. ಇನ್ನು ಕೆಲವರು ಅತಿಯಾಗಿ ಅಥವಾ ಕಂಠಪೂರ್ತಿ ತಿನ್ನದೆ, ತಮ್ಮ ಹಸಿವನ್ನು ನಿವಾರಿಸುವಷ್ಟು ಮತ್ತು ತಮ್ಮ ಜೀವವನ್ನು ಉಳಿಸಿಕೊಳ್ಳುವಷ್ಟು ಮಾತ್ರ ತಿನ್ನುತ್ತಾರೆ. ಮೊದಲನೆಯದು, ಸತ್ಯನಿಷೇಧಿಯ ಉದಾಹರಣೆ. ಎರಡನೆಯದು, ಪಾಪಿಯ ಉದಾಹರಣೆ. ಅವನು ಪಾಪದಿಂದ ಹಿಂದೆ ಸರಿಯಲು ಮತ್ತು ಪಶ್ಚಾತ್ತಾಪ ಪಡಲು ಅದರ ಸಮಯ ಮುಗಿಯುವ ತನಕ ಗಮನ ನೀಡುವುದಿಲ್ಲ. ಮೂರನೆಯದು, ಗಲಿಬಿಲಿಯಲ್ಲಿರುವ ವ್ಯಕ್ತಿಯ ಉದಾಹರಣೆ. ಅವನು ಪಶ್ಚಾತ್ತಾಪವು ಸ್ವೀಕಾರವಾಗುವ ಸಮಯದಲ್ಲೇ ಪಶ್ಚಾತ್ತಾಪಪಡಲು ಆತುರಪಡುತ್ತಾನೆ. ನಾಲ್ಕನೆಯದು, ಇಹಲೋಕದ ಬಗ್ಗೆ ವಿರಕ್ತನಾಗಿರುವ ಮತ್ತು ಪರಲೋಕದ ಬಗ್ಗೆ ಆಸಕ್ತನಾಗಿರುವ ವ್ಯಕ್ತಿಯ ಉದಾಹರಣೆ."
+ಇಬ್ನುಲ್ ಮುನೀರ್ ಹೇಳಿದರು: "ಈ ಹದೀಸ್‌ನಲ್ಲಿ ಅನೇಕ ಅಭೂತಪೂರ್ವ ಉಪಮೆಗಳಿವೆ. ಮೊದಲನೆಯದು:  ಸಂಪತ್ತು ಮತ್ತು ಅದರ ವೃದ್ಧಿಯನ್ನು ಸಸ್ಯ ಮತ್ತು ಅದರ ಬೆಳವಣಿಗೆಗೆ ಹೋಲಿಸಲಾಗಿದೆ. ಎರಡನೆಯದು: ಹಣ ಸಂಪಾದಿಸುವುದರಲ್ಲಿ ಮುಳುಗಿರುವವನನ್ನು ಸಸ್ಯಗಳನ್ನು ಮೇಯುವುದರಲ್ಲಿ ಮುಳುಗಿರುವ ಜಾನುವಾರುಗಳಿಗೆ ಹೋಲಿಸಲಾಗಿದೆ. ಮೂರನೆಯದು: ಸಂಪತ್ತನ್ನು ಹೆಚ್ಚಿಸುವುದನ್ನು ಮತ್ತು ಶೇಖರಿಸುವುದನ್ನು ಅತಿಯಾಗಿ ತಿಂದು ಹೊಟ್ಟೆ ತುಂಬಿಸುವ ವ್ಯಕ್ತಿಗೆ ಹೋಲಿಸಲಾಗಿದೆ. ನಾಲ್ಕನೆಯದು: ಜಿಪುಣತನದ ಮೇಲ್ಮಟ್ಟಕ್ಕೆ ತಲುಪುವ ತನಕ ಸಂಪತ್ತಿನ ಬಗ್ಗೆ ಮನಸ್ಸಿನಲ್ಲಿ ಅಭಿಮಾನವಿಟ್ಟುಕೊಂಡು ಅದನ್ನು ಖರ್ಚು ಮಾಡುವವನನ್ನು ಪ್ರಾಣಿಯು ವಿಸರ್ಜಿಸುವ ಸಗಣಿಗೆ ಹೋಲಿಸಲಾಗಿದೆ. ಧರ್ಮವು ಇದನ್ನು ಹೊಲಸಾಗಿ ಪರಿಗಣಿಸುತ್ತದೆ ಎಂಬುದಕ್ಕೆ ಇದರಲ್ಲಿ ಅಭೂತಪೂರ್ವ ಸೂಚನೆಯಿದೆ. ಐದನೆಯದು: ಅದನ್ನು ಶೇಖರಿಸುವುದರಿಂದ ಮತ್ತು ಒಟ್ಟುಗೂಡಿಸುವುದರಿಂದ ದೂರವಿರುವವನನ್ನು ಕುರಿಗೆ ಹೋಲಿಸಲಾಗದೆ. ಅದು ತನ್ನ ಪಾರ್ಶ್ವವನ್ನು ಸೂರ್ಯನ ಕಡೆಗೆ ತಿರುಗಿಸಿ ವಿಶ್ರಾಂತಿ ಪಡೆಯುತ್ತದೆ. ಏಕೆಂದರೆ ಇದು ನೆಮ್ಮದಿ ಮತ್ತು ಶಾಂತಿಯ ಅತ್ಯುತ್ತಮ ಸ್ಥಿತಿಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಇದರಲ್ಲಿ ಪ್ರಯೋಜನವಿರುವುದರಿಂದ ಇದನ್ನು ಪಡೆದುಕೊಳ್ಳಬೇಕೆಂಬ ಸೂಚನೆಯೂ ಇದರಲ್ಲಿದೆ. ಆರನೆಯದು: ಸಂಪತ್ತನ್ನು ಯಾರಿಗೂ ನೀಡದೆ ಶೇಖರಿಸಿಡುವವನ ಸಾವನ್ನು ತನಗೆ ಹಾನಿ ಮಾಡುವುದನ್ನು ತಡೆಯಲು ನಿರ್ಲಕ್ಷ್ಯ ತೋರುವ ಪ್ರಾಣಿಯ ಸಾವಿಗೆ ಹೋಲಿಸಲಾಗಿದೆ. ಏಳನೆಯದು: ಸಂಪತ್ತನ್ನು ಶತ್ರುವಾಗಿ ಮಾರ್ಪಡಲಾರನು ಎಂದು ನಂಬಲಾಗದ ಗೆಳೆಯನಿಗೆ ಹೋಲಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ಸಂಪತ್ತನ್ನು ಪ್ರೀತಿಸಿದರೆ, ಅದನ್ನು ಕಾಪಾಡಬೇಕಾದುದು ಮತ್ತು ಅದನ್ನು ಭದ್ರಪಡಿಸಬೇಕಾದುದು ಅದರ ಸ್ವಭಾವವಾಗಿದೆ. ಇದು ಅದನ್ನು ಅರ್ಹರಿಗೆ ನೀಡುವುದಕ್ಕೆ ಅಡ್ಡಿಪಡಿಸುತ್ತದೆ ಮತ್ತು ಅದರ ಮಾಲೀಕನಿಗೆ ಶಿಕ್ಷೆಯಾಗಲು ಕಾರಣವಾಗುತ್ತದೆ. ಎಂಟನೆಯದು: ಅದನ್ನು ಅನ್ಯಾಯವಾಗಿ ಪಡೆದುಕೊಳ್ಳುವವನನ್ನು ತಿಂದರೂ ಹೊಟ್ಟೆ ತುಂಬದವನಿಗೆ ಹೋಲಿಸಲಾಗಿದೆ.
+ಸನದಿ ಹೇಳಿದರು: "ಈ ವರದಿಯಲ್ಲಿ ಎರಡು ವಿಷಯಗಳು ಅನಿವಾರ್ಯವಾಗಿದೆ. ಒಂದು: ಸಂಪತ್ತನ್ನು ಸರಿಯಾದ ರೀತಿಯಲ್ಲಿ ಸಂಪಾದಿಸುವುದು. ಎರಡನೆಯದು: ಅದನ್ನು ಅದರ [ನಿಯೋಜಿತ] ಮಾರ್ಗಗಳಲ್ಲಿ ಖರ್ಚು ಮಾಡುವುದು. ಅವುಗಳಲ್ಲಿ ಒಂದರ ಅಭಾವ ಉಂಟಾದರೆ ಆ ಸಂಪತ್ತು ಹಾನಿಕಾರಕವಾಗುತ್ತದೆ... ಕೆಲವರು ಹೀಗೆ ಹೇಳಬಹುದು: ಇದರಲ್ಲಿ ಎರಡು ಷರತ್ತುಗಳಿಗೆ ಬದ್ಧವಾಗಿರಬೇಕೆಂಬ ಸೂಚನೆಯಿದೆ. ಒಬ್ಬ ವ್ಯಕ್ತಿ ಸಂಪತ್ತನ್ನು ಸರಿಯಾದ ಮಾರ್ಗದಲ್ಲಿ ಸಂಪಾದಿಸಿದರೆ ಮಾತ್ರ [ನಿಯೋಜಿತ] ಮಾರ್ಗಗಳಲ್ಲಿ ಅದನ್ನು ಖರ್ಚು ಮಾಡಲು ಅವನಿಗೆ ತೌಫೀಕ್ ದೊರೆಯುತ್ತದೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4180</t>
+  </si>
+  <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>ಯಾರು ಕಷ್ಟದಲ್ಲಿರುವ ವ್ಯಕ್ತಿಗೆ ಕಾಲಾವಕಾಶ ನೀಡುತ್ತಾನೋ, ಅಥವಾ ಅವನ ಸಾಲವನ್ನು ಮನ್ನಾ ಮಾಡುತ್ತಾನೋ, ಅವನಿಗೆ ಪುನರುತ್ಥಾನ ದಿನದಂದು, ಅಂದರೆ ಅಲ್ಲಾಹನ ನೆರಳಿನ ಹೊರತು ಬೇರೆ ನೆರಳಿಲ್ಲದ ದಿನದಂದು, ಅಲ್ಲಾಹು ತನ್ನ ಸಿಂಹಾಸನದ ನೆರಳಿನಲ್ಲಿ ನೆರಳು ನೀಡುತ್ತಾನೆ</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಕಷ್ಟದಲ್ಲಿರುವ ವ್ಯಕ್ತಿಗೆ ಕಾಲಾವಕಾಶ ನೀಡುತ್ತಾನೋ, ಅಥವಾ ಅವನ ಸಾಲವನ್ನು ಮನ್ನಾ ಮಾಡುತ್ತಾನೋ, ಅವನಿಗೆ ಪುನರುತ್ಥಾನ ದಿನದಂದು, ಅಂದರೆ ಅಲ್ಲಾಹನ ನೆರಳಿನ ಹೊರತು ಬೇರೆ ನೆರಳಿಲ್ಲದ ದಿನದಂದು, ಅಲ್ಲಾಹು ತನ್ನ ಸಿಂಹಾಸನದ ನೆರಳಿನಲ್ಲಿ ನೆರಳು ನೀಡುತ್ತಾನೆ."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾರು ಸಾಲಗಾರನಿಗೆ ಸಾಲ ಮರುಪಾವತಿ ಮಾಡಲು ಕಾಲಾವಕಾಶ ನೀಡುತ್ತಾನೋ, ಅಥವಾ ಅವನ ಸಾಲವನ್ನು ಮನ್ನಾ ಮಾಡುತ್ತಾನೋ, ಅವನಿಗೆ ಸಿಗುವ ಪ್ರತಿಫಲವು: ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅಲ್ಲಾಹು ಅವನಿಗೆ ತನ್ನ ಸಿಂಹಾಸನದ ನೆರಳಿನಲ್ಲಿ ನೆರಳು ನೀಡುತ್ತಾನೆ. ಅಂದು ಸೂರ್ಯನು ಜನರ ತಲೆಯ ಹತ್ತಿರದಲ್ಲಿದ್ದು ಅದರ ಶಾಖವು ಬಹಳ ಕಠೋರವಾಗಿರುತ್ತದೆ. ಅಂದು ಅಲ್ಲಾಹು ನೀಡಿದ ನೆರಳಿನ ಹೊರತು ಬೇರೆ ಯಾವುದೇ ನೆರಳೂ ಇರುವುದಿಲ್ಲ.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>ಜನರಿಗೆ ವಿಷಯಗಳನ್ನು ಸುಲಭಗೊಳಿಸುವುದರ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಮತ್ತು ಅದು ಪುನರುತ್ಥಾನ ದಿನದ ಭಯಾನಕತೆಗಳಿಂದ ಪಾರಾಗುವ ಒಂದು ಮಾರ್ಗವೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಪ್ರತಿಫಲವು ಕರ್ಮದ ಅದೇ ವರ್ಗಕ್ಕೆ ಸೇರಿರುತ್ತದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/4186</t>
+  </si>
+  <si>
+    <t>من سره أن ينجيه الله من كرب يوم القيامة فلينفس عن معسر أو يضع عنه</t>
+  </si>
+  <si>
+    <t>ಯಾರು ಪುನರುತ್ಥಾನ ದಿನದ ಕಷ್ಟಗಳಿಂದ ಅಲ್ಲಾಹು ತನ್ನನ್ನು ರಕ್ಷಿಸಬೇಕೆಂದು ಬಯಸುತ್ತಾನೋ, ಅವನು ಕಷ್ಟದಲ್ಲಿರುವವನಿಗೆ ಸಹಾಯ ಮಾಡಲಿ ಅಥವಾ ಅವನ ಸಾಲವನ್ನು ಮನ್ನಾ ಮಾಡಲಿ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبَي قَتَادَةَ رضي الله عنه أنَّهُ طَلَبَ غَرِيمًا لَهُ، فَتَوَارَى عَنْهُ ثُمَّ وَجَدَهُ، فَقَالَ: إِنِّي مُعْسِرٌ، فَقَالَ: آللَّهِ؟ قَالَ: آللَّهِ؟ قَالَ: فَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಕತಾದ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಒಂದು ಸಲ ತಮ್ಮ ಸಾಲಗಾರನನ್ನು ಹುಡುಕುತ್ತಾ ಹೋದರು. ಆದರೆ ಆತ ತಪ್ಪಿಸಿಕೊಳ್ಳುತ್ತಿದ್ದ. ನಂತರ ಆತ ಇವರ ಕಣ್ಣಿಗೆ ಬಿದ್ದ. ಆತ ಹೇಳಿದ: "ನಾನು ಕಷ್ಟದಲ್ಲಿದ್ದೇನೆ." ಅಬೂ ಕತಾದ ಕೇಳಿದರು: "ಅಲ್ಲಾಹನಾಣೆಗೂ?" ಆತ ಉತ್ತರಿಸಿದ: "ಅಲ್ಲಾಹನಾಣೆಗೂ." ಅಬೂ ಕತಾದ ಹೇಳಿದರು: "ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಯಾರು ಪುನರುತ್ಥಾನ ದಿನದ ಕಷ್ಟಗಳಿಂದ ಅಲ್ಲಾಹು ತನ್ನನ್ನು ರಕ್ಷಿಸಬೇಕೆಂದು ಬಯಸುತ್ತಾನೋ, ಅವನು ಕಷ್ಟದಲ್ಲಿರುವವನಿಗೆ ಸಹಾಯ ಮಾಡಲಿ ಅಥವಾ ಅವನ ಸಾಲವನ್ನು ಮನ್ನಾ ಮಾಡಲಿ."</t>
+  </si>
+  <si>
+    <t>كان أبو قتادة الأنصاري رضي الله عنه يبحث عن مَدِيْنٍ له يَخْتَبِئ عنه، فوجده، فقال الغَريم: إني مُعسر، وليس عندي مال لأقضي دينك. 
+فاستحلفه أبو قتادة رضي الله عنه بالله أنه لا مال عنده؟ 
+فحلف بالله أنه صادق فيما يقول.
+فقال أبو قتادة رضي الله عنه إنه سمع النبي صلى الله عليه وسلم يقول: 
+مَن سرّه وأفرحه أن ينجيَه الله من كُرب يوم القيامة وشدائدها وأهوالها، فلينفِّس عن معسر، بأن يَمُدَّ ويؤخّر المطالبة بالدَّيْن، أو يُسقط بعض الدين أو كله.</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಕತಾದ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ತಮ್ಮ ಸಾಲಗಾರನನ್ನು ಹುಡುಕುತ್ತಿದ್ದರು. ಆದರೆ ಆತ ಅವರಿಗೆ ಸಿಗದಂತೆ ಅಡಗಿಕೊಳ್ಳುತ್ತಿದ್ದ. ಒಮ್ಮೆ ಅವರು ಆತನನ್ನು ಕಂಡುಹಿಡಿದರು. ಆಗ ಸಾಲಗಾರ ಹೇಳಿದ: ನಾನು ಕಷ್ಟದಲ್ಲಿದ್ದೇನೆ. ನಿಮ್ಮ ಸಾಲವನ್ನು ಮರುಪಾವತಿಸಲು ನನ್ನ ಬಳಿ ಹಣವಿಲ್ಲ.
+ಆಗ ಅಬೂ ಕತಾದ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಅವನ ಬಳಿ ನಿಜವಾಗಿಯೂ ಹಣವಿಲ್ಲ ಎಂದು ಅಲ್ಲಾಹನ ಹೆಸರಿನಲ್ಲಿ ಪ್ರಮಾಣ ಮಾಡಿಸಿದರು.
+ಆಗ ಅವನು ತಾನು ಹೇಳುತ್ತಿರುವುದು ಸತ್ಯವೆಂದು ಅಲ್ಲಾಹನ ಮೇಲೆ ಪ್ರಮಾಣ ಮಾಡಿದನು.
+ಆಗ ಅಬೂ ಕತಾದ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ:
+ಯಾರು ಪುನರುತ್ಥಾನ ದಿನದ ಸಂಕಟಗಳು, ತೊಂದರೆಗಳು ಮತ್ತು ಭಯಾನಕತೆಗಳಿಂದ ಅಲ್ಲಾಹು ತನ್ನನ್ನು ರಕ್ಷಿಸಬೇಕೆಂದು ಬಯಸುತ್ತಾನೋ, ಅವನು ಕಷ್ಟದಲ್ಲಿರುವವನಿಗೆ ಸಹಾಯ ಮಾಡಲಿ. ಅಂದರೆ ಸಾಲ ಮರುಪಾವತಿಯ ಅವಧಿಯನ್ನು ವಿಸ್ತರಿಸಲಿ ಅಥವಾ ವಿಳಂಬ ಮಾಡಲಿ. ಅಥವಾ ಸಾಲದ ಒಂದಂಶವನ್ನು ಅಥವಾ ಸಂಪೂರ್ಣ ಸಾಲವನ್ನು ಮನ್ನಾ ಮಾಡಲಿ.</t>
+  </si>
+  <si>
+    <t>استحباب إنظار المُعْسر إلى مَيْسرة، أو وضع الدَّين عنه، كله أو بعضه.
+من نَفَّس عن مؤمن من كُرب الدنيا نَفَّس الله عليه من كُرَب يوم القيامة، والجزاء من جِنس العمل.
+القاعدة: أن الفرائض أفضل من النوافل، لكن في بعض الأحيان تكون النافلة أفضل من الفريضة، وإسقاط الدين عن المعسر نافلة، والصبر عليه والانتظار وعدم المطالبة هذا فريضة، والنافلة أفضل من الفريضة هنا.
+الحديث في حق من كان معسرًا، فهذا معذور، أما المُماطِل الذي عنده مال، فقد جاء عن النبي صلى الله عليه وسلم أنه قال: "مَطْلُ الغني ظُلْم".</t>
+  </si>
+  <si>
+    <t>ಕಷ್ಟದಲ್ಲಿರುವವರಿಗೆ ನಿರಾಳವಾಗುವ ತನಕ ಸಮಯಾವಕಾಶ ನೀಡುವುದು ಅಥವಾ ಸಂಪೂರ್ಣ ಸಾಲವನ್ನು ಅಥವಾ ಅದರ ಒಂದಂಶವನ್ನು ಮನ್ನಾ ಮಾಡುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ಒಬ್ಬ ಸತ್ಯವಿಶ್ವಾಸಿಯ ಐಹಿಕ ತೊಂದರೆಗಳಲ್ಲಿ ಒಂದು ತೊಂದರೆಯನ್ನು ಯಾರಾದರೂ ದೂರೀಕರಿಸಿದರೆ ಅವನ ತೊಂದರೆಗಳಲ್ಲಿ ಒಂದು ತೊಂದರೆಯನ್ನು ಅಲ್ಲಾಹು ದೂರೀಕರಿಸುವನು. ಪ್ರತಿಫಲವು ಕರ್ಮಕ್ಕೆ ಅನುಗುಣವಾಗಿರುತ್ತದೆ.
+ಮೂಲತತ್ವ: ಐಚ್ಛಿಕ ಕರ್ಮಗಳಿಗಿಂತ ಕಡ್ಡಾಯ ಕರ್ಮಗಳು ಶ್ರೇಷ್ಠವಾಗಿವೆ. ಆದರೆ ಕೆಲವೊಮ್ಮೆ ಐಚ್ಛಿಕ ಕರ್ಮಗಳು ಕಡ್ಡಾಯ ಕರ್ಮಗಳಿಗಿಂತ ಶ್ರೇಷ್ಠವಾಗುತ್ತವೆ. ಕಷ್ಟದಲ್ಲಿರುವವರ ಸಾಲವನ್ನು ಮನ್ನಾ ಮಾಡುವುದು ಐಚ್ಛಿಕ ಕರ್ಮವಾಗಿದೆ. ಸಾಲ ಮರುಪಾವತಿಯಾಗುವ ತನಕ ತಾಳ್ಮೆ ವಹಿಸುವುದು, ಕಾಯುವುದು ಮತ್ತು ಸಾಲವನ್ನು ಮರುಪಾವತಿಸಲು ಒತ್ತಾಯಿಸದಿರುವುದು ಕಡ್ಡಾಯ ಕರ್ಮಗಳಾಗಿವೆ. ಇಲ್ಲಿ ಐಚ್ಛಿಕ ಕರ್ಮವು ಕಡ್ಡಾಯ ಕರ್ಮಕ್ಕಿಂತ ಶ್ರೇಷ್ಠವಾಗಿದೆ.
+ಈ ಹದೀಸ್ ಕಷ್ಟದಲ್ಲಿರುವವರ ಪರವಾಗಿದೆ. ಏಕೆಂದರೆ ಅವರಿಗೆ ಕ್ಷಮೆಯಿದೆ. ಆದರೆ ಹಣವಿದ್ದೂ ವಿಳಂಬ ಮಾಡುವವರ ಬಗ್ಗೆ ಹೇಳುವುದಾದರೆ, ಅವರ ಬಗ್ಗೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳಿದ್ದಾರೆ: "ಸಂಪನ್ನನ ವಿಳಂಬವು ಅಕ್ರಮವಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4195</t>
   </si>
   <si>
     <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>ಯಾರು ವಿಶ್ವಾಸ ಮತ್ತು ಪ್ರತಿಫಲಾಪೇಕ್ಷೆಯಿಂದ ರಮದಾನ್ ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸುತ್ತಾನೋ, ಅವನಿಗೆ ಅವನ ಹಿಂದಿನ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಲಾಗುವುದು.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ವಿಶ್ವಾಸ ಮತ್ತು ಪ್ರತಿಫಲಾಪೇಕ್ಷೆಯಿಂದ ರಮದಾನ್ ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸುತ್ತಾನೋ, ಅವನಿಗೆ ಅವನ ಹಿಂದಿನ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಲಾಗುವುದು.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾರು ಅಲ್ಲಾಹನಲ್ಲಿ ವಿಶ್ವಾಸವಿಟ್ಟು, ರಮದಾನ್ ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸುವುದು ಕಡ್ಡಾಯವೆಂದು ಅಂಗೀಕರಿಸಿ, ರಮದಾನ್ ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸುವವರಿಗೆ ಅಲ್ಲಾಹು ಹೇರಳ ಪ್ರತಿಫಲಗಳನ್ನು ಸಿದ್ಧಪಡಿಸಿದ್ದಾನೆಂಬ ನಂಬಿಕೆಯಿಂದ, ಯಾವುದೇ ತೋರಿಕೆ ಅಥವಾ ಪ್ರಶಂಸೆಯನ್ನು ಬಯಸದೆ ಕೇವಲ ಅಲ್ಲಾಹನ ಸಂಪ್ರೀತಿಯನ್ನು ಮಾತ್ರ ಉದ್ದೇಶಿಸುತ್ತಾ, ಉಪವಾಸ ಆಚರಿಸುತ್ತಾರೋ ಅವರ ಹಿಂದಿನ ಪಾಪಗಳೆಲ್ಲವನ್ನೂ ಕ್ಷಮಿಸಲಾಗುತ್ತದೆ.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>ನಿಷ್ಕಳಂಕತೆಯ (ಇಖ್ಲಾಸ್) ಶ್ರೇಷ್ಠತೆಯನ್ನು ಮತ್ತು ರಮದಾನ್ ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸುವುದು ಹಾಗೂ ಇತರ ಸತ್ಕರ್ಮಗಳಲ್ಲಿ ಅದಕ್ಕಿರುವ ಪ್ರಾಮುಖ್ಯತೆಯನ್ನು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.</t>
   </si>
@@ -5890,136 +6420,334 @@
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>ಇಬ್ನ್ ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು ಎಂದು ಸಾಕ್ಷ್ಯ ವಹಿಸುವ, ನಮಾಝ್ ಸಂಸ್ಥಾಪಿಸುವ ಮತ್ತು ಝಕಾತ್ ನೀಡುವ ತನಕ ಜನರೊಂದಿಗೆ ಹೋರಾಡಲು ನನಗೆ ಆಜ್ಞಾಪಿಸಲಾಗಿದೆ. ಅವರು ಇವುಗಳನ್ನು ಮಾಡಿದರೆ, ಅವರು ನನ್ನಿಂದ ಅವರ ರಕ್ತ ಮತ್ತು ಸಂಪತ್ತನ್ನು ರಕ್ಷಿಸಿದರು. ಆದರೆ ಇಸ್ಲಾಮಿನ ಹಕ್ಕಿನ ಹೊರತು. ಅವರ ವಿಚಾರಣೆ ಮಾಡಬೇಕಾದ ಹೊಣೆ ಅಲ್ಲಾಹನದ್ದು."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>ಇಲ್ಲಿ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ,ಬಹುದೇವವಿಶ್ವಾಸಿಗಳು ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ನೈಜ ಅರ್ಹತೆಯಿರುವ ಬೇರೆ ಆರಾಧ್ಯರಿಲ್ಲ, ಅವನು ಏಕೈಕನು ಮತ್ತು ಸಹಭಾಗಿಗಳಿಲ್ಲದವನು ಎಂದು ಸಾಕ್ಷ್ಯವಹಿಸುವ ತನಕ ಮತ್ತು ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರವರ ಪ್ರವಾದಿತ್ವಕ್ಕೆ ಸಾಕ್ಷ್ಯವಹಿಸುವ ತನಕ, ಮತ್ತು ಈ ಸಾಕ್ಷ್ಯಕ್ಕೆ ಬದ್ಧವಾಗಿ ದಿನ-ರಾತ್ರಿಗಳಲ್ಲಿ ಐದು ವೇಳೆಯ ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸುವ ಮತ್ತು ಕಡ್ಡಾಯ ಝಕಾತನ್ನು ಅದರ ಹಕ್ಕುದಾರರಿಗೆ ನೀಡುವ ತನಕ ಅವರೊಡನೆ ಹೋರಾಡಲು ಅಲ್ಲಾಹು ಪ್ರವಾದಿಯವರಿಗೆ ಆಜ್ಞಾಪಿಸಿದ್ದಾನೆ. ಅವರು ಈ ಕಾರ್ಯಗಳನ್ನು ನೆರವೇರಿಸಿದರೆ, ಇಸ್ಲಾಂ ಧರ್ಮವು ಅವರ ರಕ್ತ ಮತ್ತು ಆಸ್ತಿಗಳನ್ನು ರಕ್ಷಿಸುತ್ತದೆ. ಆದರೆ ಅವರು ಇಸ್ಲಾಮಿ ನಿಯಮಗಳ ಪ್ರಕಾರ ಮರಣದಂಡನೆಗೆ ಅರ್ಹವಾಗುವ ಯಾವುದಾದರೂ ಅಪರಾಧ ಅಥವಾ ಪಾತಕಗಳನ್ನು ಎಸಗಿದರೆ ಹೊರತು. ನಂತರ ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅಲ್ಲಾಹು ಅವರನ್ನು ವಿಚಾರಣೆ ಮಾಡುವನು. ಏಕೆಂದರೆ ಅವರ ಆಂತರಿಕ ವಿಚಾರಗಳ ಬಗ್ಗೆ ಅವನಿಗೆ ಚೆನ್ನಾಗಿ ತಿಳಿದಿದೆ.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>ಬಾಹ್ಯ ಕರ್ಮಗಳ ಆಧಾರದಲ್ಲಿ ತೀರ್ಪು ನೀಡಲಾಗುತ್ತದೆ. ಆಂತರಿಕ ವಿಷಯಗಳನ್ನು ಅಲ್ಲಾಹನಿಗೆ ಬಿಟ್ಟುಬಿಡಲಾಗುತ್ತದೆ.
 ಏಕದೇವವಿಶ್ವಾಸದ ಕಡೆಗೆ ಆಮಂತ್ರಿಸುವುದರ ಪ್ರಾಮುಖ್ಯತೆಯನ್ನು ಮತ್ತು ಆಮಂತ್ರಿಸುವಾಗ ಮೊತ್ತಮೊದಲು ಏಕದೇವಾರಾಧನೆಯನ್ನು ಬೋಧಿಸುವುದರಿಂದಲೇ ಆರಂಭಿಸಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
 ಬಹುದೇವವಿಶ್ವಾಸಿಗಳನ್ನು ಬಲವಂತದಿಂದ ಇಸ್ಲಾಮಿಗೆ ಸೇರಿಸಬೇಕೆಂದು ಈ ಹದೀಸಿನ ಅರ್ಥವಲ್ಲ. ಬದಲಿಗೆ ಅವರಿಗೆ ಇಸ್ಲಾಂ ಸ್ವೀಕರಿಸುವ ಅಥವಾ ಜಿಝ್ಯ (ತೆರಿಗೆ) ನೀಡುವ ಆಯ್ಕೆಯಿದೆ. ಆದರೆ ಅವರು ಎರಡನ್ನೂ ಒಪ್ಪಿಕೊಳ್ಳದೆ ಇಸ್ಲಾಮಿ ಆಮಂತ್ರಣವನ್ನು ವಿರೋಧಿಸಿದರೆ ಇಸ್ಲಾಮಿ ನಿಯಮಗಳ ಪ್ರಕಾರ ಅವರೊಡನೆ ಯುದ್ಧ ಮಾಡಬಹುದು.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು ನನಗಾಗಿ, ನನ್ನ ಸಮುದಾಯದ (ಜನರು ಮಾಡುವ) ಪ್ರಮಾದಗಳನ್ನು, ಮರೆವನ್ನು, ಮತ್ತು ಅವರು ಬಲವಂತದಿಂದ ಮಾಡಿರುವುದನ್ನು ಕ್ಷಮಿಸಿದ್ದಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು ನನಗಾಗಿ, ನನ್ನ ಸಮುದಾಯದ (ಜನರು ಮಾಡುವ) ಪ್ರಮಾದಗಳನ್ನು, ಮರೆವನ್ನು, ಮತ್ತು ಅವರು ಬಲವಂತದಿಂದ ಮಾಡಿರುವುದನ್ನು ಕ್ಷಮಿಸಿದ್ದಾನೆ."</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಅಲ್ಲಾಹು ಅವರ ಸಮುದಾಯವನ್ನು ಮೂರು ವಿಷಯಗಳಲ್ಲಿ ಕ್ಷಮಿಸಿದ್ದಾನೆ: ಮೊದಲನೆಯದು: ಪ್ರಮಾದಗಳು. ಅಂದರೆ, ಅವರಿಂದ ಉದ್ದೇಶಪೂರ್ವಕವಲ್ಲದೆ ಸಂಭವಿಸಿದ್ದು. ಅಂದರೆ, ಒಬ್ಬ ಮುಸ್ಲಿಮನಿಗೆ ತನ್ನ ಕ್ರಿಯೆಯಿಂದ ತಾನು ಉದ್ದೇಶಿಸಿದ್ದಲ್ಲದೆ ಬೇರೆಯೇ ಸಂಭವಿಸುವುದು. ಎರಡನೆಯದು: ಮರೆವು. ಅಂದರೆ, ಒಬ್ಬ ಮುಸ್ಲಿಂ ಒಂದು ವಿಷಯವನ್ನು ನೆನಪಿನಲ್ಲಿಟ್ಟುಕೊಂಡಿರುತ್ತಾನೆ. ಆದರೆ ಕಾರ್ಯೋನ್ಮುಖನಾಗುವಾಗ ಅದನ್ನು ಮರೆತುಬಿಡುತ್ತಾನೆ. ಇದರಲ್ಲೂ ಯಾವುದೇ ಪಾಪವಿಲ್ಲ. ಮೂರನೆಯದು: ಬಲವಂತ. ಒಬ್ಬ ಮನುಷ್ಯನಿಗೆ ಅವನು ಮಾಡಲು ಬಯಸದ ಒಂದು ಕಾರ್ಯವನ್ನು ಬಲವಂತದಿಂದ ಮಾಡಿಸುವುದು. ಆದರೆ, ಅವನಿಗೆ ಆ ಬಲವಂತವನ್ನು ತಡೆಯಲು ಸಾಧ್ಯವಾಗದ ಪರಿಸ್ಥಿತಿ ಉಂಟಾಗಬೇಕು. ಹಾಗಿದ್ದಲ್ಲಿ, ಅವನ ಮೇಲೆ ಯಾವುದೇ ಪಾಪ ಅಥವಾ ದೋಷವಿರುವುದಿಲ್ಲ. ಆದರೆ, ಗಮನಿಸಬೇಕಾದ ವಿಷಯವೇನೆಂದರೆ, ಈ ಹದೀಸ್‌ನಲ್ಲಿ ಹೇಳಿರುವ ವಿಷಯವು ನಿಷಿದ್ಧ ಕಾರ್ಯವನ್ನು ಮಾಡುವುದರಲ್ಲಿ ಮನುಷ್ಯ ಮತ್ತು ಅಲ್ಲಾಹನ ನಡುವೆ ಇರುವ ಪಾಪಕ್ಕೆ ಸಂಬಂಧಿಸಿದೆ. ಆದ್ದರಿಂದ, ಅವನು ಅಲ್ಲಾಹು ಆದೇಶಿಸಿದ ಕಾರ್ಯವನ್ನು ಮರೆವಿನಿಂದ ಬಿಟ್ಟು ಬಿಟ್ಟರೆ, ಅದು ರದ್ದಾಗುವುದಿಲ್ಲ (ಅದನ್ನು ನೆನಪಾದಾಗ ನಿರ್ವಹಿಸಬೇಕು). ಹಾಗೆಯೇ, ಅವನ ಆ ಕಾರ್ಯದಿಂದಾಗಿ (ಮರೆವಿನಿಂದ ಅಥವಾ ಪ್ರಮಾದದಿಂದ) ಒಂದು ಅಪರಾಧವು ಸಂಭವಿಸಿದರೆ, ಅದರಿಂದ ಇನ್ನೊಬ್ಬ ಮನುಷ್ಯನಿಗಿರುವ ಹಕ್ಕು ರದ್ದಾಗುವುದಿಲ್ಲ. ಉದಾಹರಣೆಗೆ, ಪ್ರಮಾದದಿಂದ ಕೊಲೆ ಮಾಡಿದರೆ, ರಕ್ತಪರಿಹಾರ ನೀಡುವುದು ಕಡ್ಡಾಯವಾಗುತ್ತದೆ. ಅಥವಾ ಪ್ರಮಾದದಿಂದ ಒಂದು ವಾಹನವನ್ನು ಹಾಳುಮಾಡಿದರೆ, ಅದಕ್ಕೆ ಪರಿಹಾರ ನೀಡುವುದು ಕಡ್ಡಾಯವಾಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನಿಗೆ ತನ್ನ ದಾಸರ ಮೇಲಿರುವ ವಿಶಾಲವಾದ ಕರುಣೆ ದಯೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಅದು ಹೇಗೆಂದರೆ, ಈ ಮೂರು ಪರಿಸ್ಥಿತಿಗಳಲ್ಲಿ ಅವರಿಂದ ಪಾಪ ಸಂಭವಿಸಿದರೆ ಅವನು ಆ ಪಾಪವನ್ನು ತೆಗೆದುಹಾಕುತ್ತಾನೆ.
+ಪ್ರವಾದಿ ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮತ್ತು ಅವರ ಸಮುದಾಯದ ಮೇಲೆ ಅಲ್ಲಾಹು ತೋರಿದ ಅನುಗ್ರಹವನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
+ಪಾಪವನ್ನು ತೆಗೆದುಹಾಕುವುದು ಎಂದರೆ, ನಿಯಮವನ್ನು ಅಥವಾ ಪರಿಹಾರ ನೀಡಬೇಕಾದ ಹೊಣೆಗಾರಿಕೆಯನ್ನು ತೆಗೆದುಹಾಕುವುದು ಎಂದರ್ಥವಲ್ಲ. ಉದಾಹರಣೆಗೆ, ವುಝೂ ಮಾಡಲು ಮರೆತು, ತಾನು ಶುದ್ಧನಾಗಿದ್ದೇನೆಂದು ಭಾವಿಸಿ ನಮಾಝ್ ಮಾಡಿದರೆ, ಅದರಿಂದ ಯಾವುದೇ ದೋಷವಿಲ್ಲ. ಆದರೆ, ವುಝೂ ಮಾಡಿ ನಮಾಝ್ ಅನ್ನು ಪುನಃ ನಿರ್ವಹಿಸುವುದು ಕಡ್ಡಾಯವಾಗುತ್ತದೆ.
+ಬಲವಂತದಿಂದ ಮಾಡಲಾದ ಪಾಪವು ರದ್ದಾಗಲು ಕೆಲವು ಷರತ್ತುಗಳು ಅನ್ವಯವಾಗುತ್ತವೆ. ಉದಾಹರಣೆಗೆ, ಬಲವಂತಪಡಿಸುವವನು ತಾನು ಬೆದರಿಕೆ ಹಾಕಿದ್ದನ್ನು ಕಾರ್ಯಗತಗೊಳಿಸಲು ಸಮರ್ಥನಾಗಿರಬೇಕು.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4216</t>
+  </si>
+  <si>
+    <t>إن أهون أهل النار عذابا من له نعلان وشراكان من نار، يغلي منهما دماغه كما يغل المرجل، ما يرى أن أحدا أشد منه عذابا، وإنه لأهونهم عذابا</t>
+  </si>
+  <si>
+    <t>ನರಕವಾಸಿಗಳಲ್ಲಿ ಅತ್ಯಂತ ಕನಿಷ್ಠ ಶಿಕ್ಷೆಯನ್ನು ಅನುಭವಿಸುವವನು ಯಾರೆಂದರೆ, ಬೆಂಕಿಯಿಂದ ಮಾಡಿದ ಎರಡು ಚಪ್ಪಲಿಗಳು ಮತ್ತು ಎರಡು ಚಪ್ಪಲಿದಾರಗಳನ್ನು ಧರಿಸಿದವನು. ಅವುಗಳಿಂದ ಅವನ ಮಿದುಳು ಪಾತ್ರೆಯು ಕುದಿಯುವಂತೆ ಕುದಿಯುತ್ತದೆ. ಅವನು ತನಗಿಂತ ಹೆಚ್ಚು ಕಠಿಣವಾದ ಶಿಕ್ಷೆಯನ್ನು ಅನುಭವಿಸುವವರು ಯಾರೂ ಇರಲಾರರು ಎಂದು ಭಾವಿಸುತ್ತಾನೆ. ಆದರೆ ವಾಸ್ತವವಾಗಿ ಅವನು ಅವರಲ್ಲಿ ಅತ್ಯಂತ ಕನಿಷ್ಠ ಶಿಕ್ಷೆಯನ್ನು ಅನುಭವಿಸುವವನಾಗಿದ್ದಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا».</t>
+  </si>
+  <si>
+    <t>ನುಅಮಾನ್ ಬಿನ್ ಬಶೀರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನರಕವಾಸಿಗಳಲ್ಲಿ ಅತ್ಯಂತ ಕನಿಷ್ಠ ಶಿಕ್ಷೆಯನ್ನು ಅನುಭವಿಸುವವನು ಯಾರೆಂದರೆ, ಬೆಂಕಿಯಿಂದ ಮಾಡಿದ ಎರಡು ಚಪ್ಪಲಿಗಳು ಮತ್ತು ಎರಡು ಚಪ್ಪಲಿದಾರಗಳನ್ನು ಧರಿಸಿದವನು. ಅವುಗಳಿಂದ ಅವನ ಮಿದುಳು ಪಾತ್ರೆಯು ಕುದಿಯುವಂತೆ ಕುದಿಯುತ್ತದೆ. ಅವನು ತನಗಿಂತ ಹೆಚ್ಚು ಕಠಿಣವಾದ ಶಿಕ್ಷೆಯನ್ನು ಅನುಭವಿಸುವವರು ಯಾರೂ ಇರಲಾರರು ಎಂದು ಭಾವಿಸುತ್ತಾನೆ. ಆದರೆ ವಾಸ್ತವವಾಗಿ ಅವನು ಅವರಲ್ಲಿ ಅತ್ಯಂತ ಕನಿಷ್ಠ ಶಿಕ್ಷೆಯನ್ನು ಅನುಭವಿಸುವವನಾಗಿದ್ದಾನೆ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أهونَ أهلِ النار عذابًا يوم القيامة مَن له نَعْلان وشِرَاكان يَغلي دماغه من حرارتهما، كما يغلي قِدْر النحاس، ولا يَرى أن أحدًا أشد عذابًا منه، وإنه لأهونهم عذابًا وذلك ليجتمع عليه العذاب الجسدي والنفسي.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಪುನರುತ್ಥಾನ ದಿನದಂದು ನರಕವಾಸಿಗಳಲ್ಲಿ ಅತ್ಯಂತ ಕನಿಷ್ಠ ಶಿಕ್ಷೆಯನ್ನು ಅನುಭವಿಸುವವನು ಯಾರೆಂದರೆ, ಎರಡು ಚಪ್ಪಲಿಗಳು ಮತ್ತು ಚಪ್ಪಲಿದಾರಗಳನ್ನು ಧರಿಸಿದವನು. ಅವುಗಳ ಶಾಖದಿಂದ ಅವನ ಮಿದುಳು ತಾಮ್ರದ ಪಾತ್ರೆಯು ಕುದಿಯುವಂತೆ ಕುದಿಯುತ್ತದೆ. ಅವನು ತನಗಿಂತ ಹೆಚ್ಚು ಕಠಿಣವಾದ ಶಿಕ್ಷೆಯನ್ನು ಅನುಭವಿಸುವವರು ಯಾರೂ ಇರಲಾರರು ಎಂದು ಭಾವಿಸುತ್ತಾನೆ. ಆದರೆ ವಾಸ್ತವವಾಗಿ ಅವನು ಅವರಲ್ಲಿ ಅತ್ಯಂತ ಕನಿಷ್ಠ ಶಿಕ್ಷೆಯನ್ನು ಅನುಭವಿಸುವವನಾಗಿದ್ದಾನೆ. ಏಕೆಂದರೆ ಅವನು ದೈಹಿಕ ಮತ್ತು ಮಾನಸಿಕ ಶಿಕ್ಷೆಗಳೆರಡನ್ನೂ ಅನುಭವಿಸುತ್ತಿದ್ದಾನೆ.</t>
+  </si>
+  <si>
+    <t>التحذير للعصاة والكافرين مِن هَوْل هذا العذاب في النار؛ ليبتعدوا عما يؤدي إليه.
+اختلاف دَرَكَات الداخلين النار بحسب سوء أعمالهم.
+ شدة عذاب النار، سلَّمنا الله تعالى منها.</t>
+  </si>
+  <si>
+    <t>ನರಕದಲ್ಲಿನ ಈ ಭಯಾನಕ ಶಿಕ್ಷೆಯ ಬಗ್ಗೆ ಪಾಪಿಗಳು ಮತ್ತು ಸತ್ಯನಿಷೇಧಿಗಳಿಗೆ ಎಚ್ಚರಿಕೆ ನೀಡಲಾಗಿದೆ. ಅವರು ಅದಕ್ಕೆ ಕಾರಣವಾಗುವ ಕೆಲಸಗಳಿಂದ ದೂರವಿರುವುದಕ್ಕಾಗಿ.
+ನರಕವನ್ನು ಪ್ರವೇಶಿಸುವವರ ಶ್ರೇಣಿಗಳಲ್ಲಿ ಅವರ ಕೆಡುಕುಗಳಿಗೆ ಅನುಗುಣವಾಗಿ ವ್ಯತ್ಯಾಸಗಳಿರುತ್ತವೆ.
+ನರಕ ಶಿಕ್ಷೆಯ ಭಯಾನಕತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಅಲ್ಲಾಹು ನಮ್ಮನ್ನು ಅದರಿಂದ ರಕ್ಷಿಸಲಿ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4220</t>
+  </si>
+  <si>
+    <t>يدنى المؤمن يوم القيامة من ربه عز وجل، حتى يضع عليه كنفه، فيقرره بذنوبه</t>
+  </si>
+  <si>
+    <t>ಪುನರುತ್ಥಾನ ದಿನದಂದು ಸತ್ಯವಿಶ್ವಾಸಿಯನ್ನು ಅವನ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಹತ್ತಿರಕ್ಕೆ ತರಲಾಗುವುದು. ಆಗ ಅವನು ಆತನ ಮೇಲೆ ತನ್ನ ಪರದೆಯನ್ನು ಹಾಕುವನು. ನಂತರ ಆತ ತನ್ನ ಪಾಪಗಳನ್ನು ಒಪ್ಪಿಕೊಳ್ಳುವಂತೆ ಮಾಡುವನು</t>
+  </si>
+  <si>
+    <t>عَنْ صَفْوَانَ بْنِ مُحْرِزٍ قَالَ: قَالَ رَجُلٌ لِابْنِ عُمَرَ رضي الله عنهما كَيْفَ سَمِعْتَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: فِي النَّجْوَى؟ قَالَ: سَمِعْتُهُ يَقُولُ: «يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ، فَيَقُولُ: هَلْ تَعْرِفُ؟ فَيَقُولُ: أَيْ رَبِّ أَعْرِفُ، قَالَ: فَإِنِّي قَدْ سَتَرْتُهَا عَلَيْكَ فِي الدُّنْيَا، وَإِنِّي أَغْفِرُهَا لَكَ الْيَوْمَ، فَيُعْطَى صَحِيفَةَ حَسَنَاتِهِ، وَأَمَّا الْكُفَّارُ وَالْمُنَافِقُونَ، فَيُنَادَى بِهِمْ عَلَى رؤُوسِ الْخَلَائِقِ هَؤُلَاءِ الَّذِينَ كَذَبُوا عَلَى اللهِ».</t>
+  </si>
+  <si>
+    <t>ಸಫ್ವಾನ್ ಬಿನ್ ಮುಹ್ರಿಝ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಒಬ್ಬ ವ್ಯಕ್ತಿ ಇಬ್ನ್ ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರೊಡನೆ ಕೇಳಿದರು: "ರಹಸ್ಯ ಸಂಭಾಷಣೆಯ ಬಗ್ಗೆ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಏನು ಹೇಳುವುದನ್ನು ನೀವು ಕೇಳಿದ್ದೀರಿ?"  ಅವರು ಉತ್ತರಿಸಿದರು: "ಅವರು ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಪುನರುತ್ಥಾನ ದಿನದಂದು ಸತ್ಯವಿಶ್ವಾಸಿಯನ್ನು ಅವನ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಹತ್ತಿರಕ್ಕೆ ತರಲಾಗುವುದು. ಆಗ ಅವನು ಆತನ ಮೇಲೆ ತನ್ನ ಪರದೆಯನ್ನು ಹಾಕುವನು. ನಂತರ ಆತ ತನ್ನ ಪಾಪಗಳನ್ನು ಒಪ್ಪಿಕೊಳ್ಳುವಂತೆ ಮಾಡುವನು. ನಂತರ ಅಲ್ಲಾಹು ಹೇಳುವನು: "ನೀನು (ನಿನ್ನ ಪಾಪಗಳನ್ನು) ಗುರುತಿಸುತ್ತೀಯಾ?" ಆತ ಉತ್ತರಿಸುವನು: "ಹೌದು, ನನ್ನ ಪರಿಪಾಲಕನೇ ನಾನು ಗುರುತಿಸುತ್ತೇನೆ." ಅಲ್ಲಾಹು ಹೇಳುವನು: "ಇಹಲೋಕದಲ್ಲಿ ನಾನು ಈ ಪಾಪಗಳನ್ನು ಯಾರಿಗೂ ತಿಳಿಯದಂತೆ ಮುಚ್ಚಿಟ್ಟಿದ್ದೆ. ಮತ್ತು ಇಂದು ನಾನು ನಿನಗೆ ಅದನ್ನು ಕ್ಷಮಿಸುತ್ತೇನೆ." ನಂತರ ಅವನ ಪುಣ್ಯಗಳ ಪುಸ್ತಕವನ್ನು ಅವನಿಗೆ ನೀಡಲಾಗುವುದು. ಆದರೆ ಸತ್ಯನಿಷೇಧಿಗಳು ಮತ್ತು ಕಪಟವಿಶ್ವಾಸಿಗಳ ಬಗ್ಗೆ ಹೇಳುವುದಾದರೆ, ಅವರನ್ನು ಸೃಷ್ಟಿಗಳೆಲ್ಲರ ಮುಂದೆ ಕರೆದು ಘೋಷಿಸಲಾಗುವುದು: "ಇವರೇ ಅಲ್ಲಾಹನ ಹೆಸರಲ್ಲಿ ಸುಳ್ಳು ಹೇಳಿದವರು."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مناجاة الله لعبدِه المؤمن يوم القيامة، فقال: 
+يُدْنَى المؤمنُ يوم القيامة من ربه فيضع عليه سِتْرَه عن أهل الموقف حتى لا يَطَّلع على سرِّه غيرُه، فيقول له: 
+أتعرف ذنب كذا وكذا... يُقرِّرُه بالذنوب التي بين العبد وربه. 
+فيقول: نعم أي رب.
+حتى إذا فَزِع المؤمن وخاف، قال له سبحانه: إني سترتها عليك في الدنيا، وأنا أغفرها لك اليوم، فيُعطى صحيفة حسناته. 
+وأما الكافر والمنافق فيُنادى على رؤوس الأشهاد: هؤلاء الذين كذبوا على ربهم، ألا لعنة الله على الظالمين.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅಲ್ಲಾಹು ತನ್ನ ದಾಸನೊಂದಿಗೆ ನಡೆಸುವ ರಹಸ್ಯ ಸಂಭಾಷಣೆಯ ಬಗ್ಗೆ ತಿಳಿಸುತ್ತಾ ಹೇಳುತ್ತಾರೆ:
+ಪುನರುತ್ಥಾನ ದಿನದಂದು ಸತ್ಯವಿಶ್ವಾಸಿಯನ್ನು ಅವನ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಹತ್ತಿರಕ್ಕೆ ತರಲಾಗುವುದು. ಆಗ ಅಲ್ಲಾಹು ಅಲ್ಲಿ ನೆರೆದ ಜನರ ಕಣ್ಣುಗಳಿಂದ ಅವನನ್ನು ಮುಚ್ಚಿಡಲು ಮತ್ತು ಅವನ ರಹಸ್ಯವನ್ನು ಯಾರೂ ತಿಳಿಯದಿರಲು ತನ್ನ ಪರದೆಯನ್ನು ಅವನ ಮೇಲೆ ಹಾಕುವನು. ನಂತರ ಅವನೊಡನೆ ಕೇಳುವನು:
+"ಇಂತಿಂತಹ ಪಾಪದ ಬಗ್ಗೆ ನಿನಗೆ ತಿಳಿದಿದೆಯೇ... ದಾಸ ಮತ್ತು ಅಲ್ಲಾಹನಿಗೆ ಸಂಬಂಧಿಸಿದ ಪಾಪಗಳನ್ನು ಅವನು ಒಪ್ಪಿಕೊಳ್ಳುವಂತೆ ಮಾಡುವನು.
+ಆತ ಉತ್ತರಿಸುವನು: ಹೌದು, ನನ್ನ ಪರಿಪಾಲಕನೇ.
+ಸತ್ಯವಿಶ್ವಾಸಿಯು ಗಾಬರಿಗೊಂಡು ಭಯಭೀತನಾದಾಗ, ಅಲ್ಲಾಹು ಹೇಳುವನು: ನಾನು ಈ ಪಾಪಗಳನ್ನು ನಿನಗಾಗಿ ಇಹಲೋಕದಲ್ಲಿ ಮುಚ್ಚಿಟ್ಟಿದ್ದೆ. ಇಂದು ನಾನು ನಿನಗೆ ಅವುಗಳನ್ನು ಕ್ಷಮಿಸುತ್ತೇನೆ. ನಂತರ ಅವನ ಪುಣ್ಯಗಳ ಪುಸ್ತಕವನ್ನು ಅವನಿಗೆ ನೀಡಲಾಗುವುದು.
+ಆದರೆ ಸತ್ಯನಿಷೇಧಿಗಳು ಮತ್ತು ಕಪಟವಿಶ್ವಾಸಿಗಳ ಬಗ್ಗೆ ಹೇಳುವುದಾದರೆ, ಅವರನ್ನು ಅಲ್ಲಿ ನೆರೆದವರೆಲ್ಲರ ಮುಂದೆ ಕೂಗಿ ಕರೆದು ಘೋಷಿಸಲಾಗುವುದು: ಇವರೇ ತಮ್ಮ ಪರಿಪಾಲಕನ ಹೆಸರಲ್ಲಿ ಸುಳ್ಳು ಹೇಳಿದವರು. ತಿಳಿಯಿರಿ! ಅಕ್ರಮಿಗಳ ಮೇಲೆ ಅಲ್ಲಾಹನ ಶಾಪವಿರಲಿ.</t>
+  </si>
+  <si>
+    <t>فضل الله ورحمته للمؤمنين بسترهم في الدنيا والآخرة.
+الحث على ستر المؤمن ما أمكن.
+أعمال العباد كلها يُحصيها رب العباد، فمن وجد خيرًا فليحمد الله، ومن وجد غير ذلك فلا يلومنَّ إلا نفسه وهو تحت مشيئة الله.
+قال ابن حجر: دلَّ مجموع الأحاديث على أن العصاة من المؤمنين في القيامة على قسمين: أحدهما: من معصيته بينه وبين ربه، فدل حديث ابن عمر على أن هذا القسم على قسمين: قسم: تكون معصيته مستورة في الدنيا، فهذا الذي يسترها الله عليه في القيامة وهو بالمنطوق، وقسم: تكون معصيته مجاهرة، فدل مفهومه على أنه بخلاف ذلك، والقسم الثاني: من تكون معصيته بينه وبين العباد فهم على قسمين أيضا: قسم: ترجح سيئاتهم على حسناتهم، فهؤلاء يقعون في النار ثم يخرجون بالشفاعة، وقسم: تتساوى سيئاتهم وحسناتهم، فهؤلاء لا يدخلون الجنة حتى يقع بينهم التَّقَاصُّ.</t>
+  </si>
+  <si>
+    <t>ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ದಾಸರ ಪಾಪಗಳನ್ನು ಮುಚ್ಚಿಡುವುದು ಅಲ್ಲಾಹನ ಮಹಾ ಅನುಗ್ರಹ ಮತ್ತು ಕರುಣೆಯಾಗಿದೆ.
+ಸಾಧ್ಯವಾದಷ್ಟರ ಮಟ್ಟಿಗೆ ಸತ್ಯವಿಶ್ವಾಸಿಯ ತಪ್ಪುಗಳನ್ನು ಮುಚ್ಚಿಡಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ದಾಸರ ಎಲ್ಲಾ ಕರ್ಮಗಳನ್ನು ಅಲ್ಲಾಹು ಲೆಕ್ಕ ಮಾಡುತ್ತಾನೆ. ಆದ್ದರಿಂದ ಯಾರಾದರೂ ಒಳಿತನ್ನು ಪಡೆದರೆ ಅವನು ಅಲ್ಲಾಹನನ್ನು ಸ್ತುತಿಸಲಿ.  ಯಾರಾದರೂ ಅದಲ್ಲದ ಬೇರೇನಾದರೂ ಪಡೆದರೆ, ಅವನು ಸ್ವತಃ ಅವನನ್ನೇ ದೂಷಿಸಲಿ.  ಅವನನ್ನು ಕ್ಷಮಿಸುವುದು ಶಿಕ್ಷಿಸುವುದು ಅಲ್ಲಾಹನ ಇಚ್ಛೆಗೆ ಬಿಟ್ಟದ್ದಾಗಿದೆ.
+ಇಬ್ನ್ ಹಜರ್ ಹೇಳಿದರು: "ಈ ಬಗ್ಗೆ ವರದಿಯಾದ ಎಲ್ಲಾ ಹದೀಸ್‌ಗಳನ್ನು ಸಂಗ್ರಹಿಸಿದಾಗ ತಿಳಿದು ಬರುವುದೇನೆಂದರೆ, ಪುನರುತ್ಥಾನ ದಿನದಂದು ಪಾಪಿಗಳಾದ ಸತ್ಯವಿಶ್ವಾಸಿಗಳು ಎರಡು ವಿಭಾಗದಲ್ಲಿರುತ್ತಾರೆ. ಒಂದನೇಯ ವಿಭಾಗದವರು ಯಾರೆಂದರೆ, ಅವರ ಮತ್ತು ಅಲ್ಲಾಹನ ನಡುವಿನ ವಿಷಯದಲ್ಲಿ ಪಾಪ ಮಾಡಿದವರು. ಈ ವಿಭಾಗದವರು ಎರಡು ವಿಧಗಳಲ್ಲಿದ್ದಾರೆಂದು ಇಬ್ನ್ ಉಮರ್ ರ ಈ ಹದೀಸ್ ಸೂಚಿಸುತ್ತದೆ. ಒಂದನೇ ವಿಧ: ಇಹಲೋಕದಲ್ಲಿ ಇವರ ಪಾಪಗಳು ಮುಚ್ಚಿಟ್ಟಿರುತ್ತವೆ. ಈ ಪಾಪಗಳನ್ನು ಅಲ್ಲಾಹು ಪುನರುತ್ಥಾನ ದಿನದಂದು ಕೂಡ ಮುಚ್ಚಿಡುತ್ತಾನೆ. ಇದು ಈ ಹದೀಸಿನಲ್ಲಿ ನೇರವಾಗಿ ಹೇಳಲಾದ ವಿಷಯ. ಎರಡನೇ ವಿಧ: ಇಹಲೋಕದಲ್ಲಿ ಇವರ ಪಾಪಗಳು ಬಹಿರಂಗವಾಗಿರುತ್ತವೆ. ಈ ಪಾಪಗಳು ಮೊದಲಿನ ಪಾಪಗಳಿಗೆ ವಿರುದ್ಧವಾಗಿವೆ (ಅಂದರೆ ಅಲ್ಲಾಹು ಪುನರುತ್ಥಾನ ದಿನ ಅವುಗಳನ್ನು ಮುಚ್ಚಿಡುವುದಿಲ್ಲ) ಎಂದು ಈ ಹದೀಸಿನ ಅರ್ಥವು ಸೂಚಿಸುತ್ತದೆ. ಎರಡನೆಯ ವಿಭಾಗದವರು ಯಾರೆಂದರೆ, ಅವರ ಮತ್ತು ಇತರ ಮನುಷ್ಯರ ನಡುವಿನ ವಿಷಯದಲ್ಲಿ ಪಾಪ ಮಾಡಿದವರು. ಇವರಲ್ಲಿ ಸಹ ಎರಡು ವಿಧಗಳಿವೆ:  ಒಂದನೇ ವಿಧ: ಇವರ ಕೆಡುಕುಗಳು ಇವರ ಒಳಿತುಗಳಿಗಿಂತ ಹೆಚ್ಚಾಗಿರುತ್ತದೆ. ಇವರು ನರಕ ಪ್ರವೇಶಿಸಿ, ನಂತರ ಶಿಫಾರಸ್ಸಿನಿಂದ ಹೊರಬರುತ್ತಾರೆ. ಎರಡನೇ ವಿಧ: ಇವರ ಕೆಡುಕುಗಳು ಮತ್ತು ಒಳಿತುಗಳು ಸಮಾನವಾಗಿರುತ್ತವೆ. ಇವರ ನಡುವಿನ ವ್ಯಾಜ್ಯಗಳು ಇತ್ಯರ್ಥದವರೆಗೆ ಇವರು ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸುವುದಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4242</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>ಸವಾರಿ ಮಾಡುವವನು ಪಾದಚಾರಿಗೆ ಸಲಾಂ ಹೇಳಬೇಕು, ಪಾದಚಾರಿ ಕುಳಿತಿರುವವನಿಗೆ ಸಲಾಂ ಹೇಳಬೇಕು ಮತ್ತು ಸಣ್ಣ ಗುಂಪಿನ ಜನರು ದೊಡ್ಡ ಗುಂಪಿನ ಜನರಿಗೆ ಸಲಾಂ ಹೇಳಬೇಕು</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಸವಾರಿ ಮಾಡುವವನು ಪಾದಚಾರಿಗೆ ಸಲಾಂ ಹೇಳಬೇಕು, ಪಾದಚಾರಿ ಕುಳಿತಿರುವವನಿಗೆ ಸಲಾಂ ಹೇಳಬೇಕು ಮತ್ತು ಸಣ್ಣ ಗುಂಪಿನ ಜನರು ದೊಡ್ಡ ಗುಂಪಿನ ಜನರಿಗೆ ಸಲಾಂ ಹೇಳಬೇಕು."</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>ಜನರಿಗೆ "ಅಸ್ಸಲಾಮು ಅಲೈಕುಂ ವರಹ್ಮತುಲ್ಲಾಹಿ ವಬರಕಾತುಹು" ಎಂದು ಸಲಾಂ ಹೇಳುವುದರ ಶಿಷ್ಟಾಚಾರವನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಕಲಿಸುತ್ತಿದ್ದಾರೆ. ಕಿರಿಯರು ಹಿರಿಯರಿಗೆ ಸಲಾಂ ಹೇಳಬೇಕು, ಸವಾರಿ ಮಾಡುವವನು ಪಾದಚಾರಿಗೆ ಸಲಾಂ ಹೇಳಬೇಕು, ಪಾದಚಾರಿ ಕುಳಿತಿರುವವನಿಗೆ ಸಲಾಂ ಹೇಳಬೇಕು, ಸಣ್ಣ  ಸಂಖ್ಯೆಯ ಜನರು ದೊಡ್ಡ ಸಂಖ್ಯೆಯ ಜನರಿಗೆ ಸಲಾಂ ಹೇಳಬೇಕು.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>ಹದೀಸಿನಲ್ಲಿ ತಿಳಿಸಲಾದ ರೀತಿಯಲ್ಲಿ ಸಲಾಂ ಹೇಳುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಆದರೆ ಹದೀಸಿನಲ್ಲಿ ತಿಳಿಸಿರುವುದಕ್ಕೆ ವಿರುದ್ಧವಾಗಿ, ಉದಾಹರಣೆಗೆ, ಕುಳಿತಿರುವವನು ಪಾದಚಾರಿಗೆ ಸಲಾಂ ಹೇಳಿದರೆ ಅದರಲ್ಲೇನೂ ತೊಂದರೆಯಿಲ್ಲ. ಆದರೆ ಅದು ಸೂಕ್ತ ಮತ್ತು ಶ್ರೇಷ್ಠ ವಿಧಾನಕ್ಕೆ ವಿರುದ್ಧವಾಗಿದೆ.
 ಹದೀಸಿನಲ್ಲಿ ತಿಳಿಸಲಾದ ವಿಧಾನದಲ್ಲಿ ಸಲಾಂ ಹೇಳುವುದನ್ನು ವ್ಯಾಪಕಗೊಳಿಸುವುದು ಪ್ರೀತಿ ಮತ್ತು ಸಾಮರಸ್ಯಕ್ಕೆ ಕಾರಣವಾಗುತ್ತದೆ.
 ಇಲ್ಲಿ ತಿಳಿಸಲಾದ ವ್ಯಕ್ತಿಗಳು ಸಮಾನ ಸ್ಥಿತಿಯಲ್ಲಿದ್ದರೆ, (ಅಂದರೆ ಪಾದಚಾರಿಗಳಿಗೆ ಪಾದಚಾರಿಗಳು ಎದುರಾದರೆ) ಮೊತ್ತಮೊದಲು ಸಲಾಂ ಹೇಳುವವರು ಅತ್ಯುತ್ತಮರಾಗಿದ್ದಾರೆ.
 ಜನರಿಗೆ ಅಗತ್ಯವಿರುವ ಎಲ್ಲವನ್ನೂ ವಿವರಿಸಿಕೊಟ್ಟಿರುವುದು ಇಸ್ಲಾಮಿ ಧರ್ಮಶಾಸ್ತ್ರದ ಸಂಪೂರ್ಣತೆಯನ್ನು ತೋರಿಸುತ್ತದೆ.
 ಸಲಾಂ ಹೇಳುವುದರ ಶಿಷ್ಟಾಚಾರಗಳನ್ನು ಮತ್ತು ಪ್ರತಿಯೊಬ್ಬ ವ್ಯಕ್ತಿಗೂ ಅವರ ಹಕ್ಕು ನೀಡುವುದನ್ನು ಕಲಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/4243</t>
+  </si>
+  <si>
+    <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
+  </si>
+  <si>
+    <t>ಇವೆರಡನ್ನು ನನ್ನ ಸಮುದಾಯದ ಪುರುಷರಿಗೆ ನಿಷೇಧಿಸಲಾಗಿದೆ ಮತ್ತು ಮಹಿಳೆಯರಿಗೆ ಅನುಮತಿಸಲಾಗಿದೆ</t>
+  </si>
+  <si>
+    <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
+  </si>
+  <si>
+    <t>ಅಲಿ ಬಿನ್ ಅಬೂತಾಲಿಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಎಡಗೈಯಲ್ಲಿ ರೇಷ್ಮೆಯನ್ನು ಮತ್ತು ಬಲಗೈಯಲ್ಲಿ ಬಂಗಾರವನ್ನು ಎತ್ತಿ ಹಿಡಿಯುತ್ತಾ ಹೇಳಿದರು: "ಇವೆರಡನ್ನು ನನ್ನ ಸಮುದಾಯದ ಪುರುಷರಿಗೆ ನಿಷೇಧಿಸಲಾಗಿದೆ ಮತ್ತು ಮಹಿಳೆಯರಿಗೆ ಅನುಮತಿಸಲಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಎಡಗೈಯಲ್ಲಿ ರೇಷ್ಮೆ ವಸ್ತ್ರವನ್ನು ಅಥವಾ ಅದರ ಒಂದು ತುಂಡನ್ನು ಮತ್ತು ತಮ್ಮ ಬಲಗೈಯಲ್ಲಿ ಬಂಗಾರದ ಒಡವೆ ಅಥವಾ ಬಂಗಾರದ ಬೇರೆ ವಸ್ತುವನ್ನು ಹಿಡಿದು ಹೇಳಿದರು: "ರೇಷ್ಮೆ ಮತ್ತು ಬಂಗಾರವನ್ನು ಧರಿಸುವುದನ್ನು ಪುರುಷರಿಗೆ ನಿಷೇಧಿಸಲಾಗಿದೆ ಮತ್ತು ಮಹಿಳೆಯರಿಗೆ ಅನುಮತಿಸಲಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
+توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
+  </si>
+  <si>
+    <t>ಸನದಿ ಹೇಳಿದರು: "ನಿಷೇಧಿಸಲಾಗಿದೆ ಎಂದರೆ ಅವುಗಳನ್ನು ಧರಿಸುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಆದರೆ ಅವುಗಳನ್ನು ಖರೀದಿ ಮತ್ತು ಮಾರಾಟಕ್ಕಾಗಿ ಹಣದ ರೂಪದಲ್ಲಿ ಬಳಸಲು ಎಲ್ಲರಿಗೂ ಅನುಮತಿಯಿದೆ. ಪಾತ್ರೆ ತಯಾರಿಸಲು ಬಂಗಾರವನ್ನು ಬಳಸುವುದು ಅಥವಾ ಬಂಗಾರದ ಪಾತ್ರೆಗಳನ್ನು ಉಪಯೋಗಿಸುವುದು ಎಲ್ಲರಿಗೂ ನಿಷಿದ್ಧವಾಗಿದೆ."
+ಮಹಿಳೆಯರಿಗೆ ಅಲಂಕಾರಗಳ ಆವಶ್ಯಕತೆಯಿರುವುದರಿಂದ ಇಸ್ಲಾಮೀ ಧರ್ಮಶಾಸ್ತ್ರವು ಈ ವಿಷಯದಲ್ಲಿ ಅವರಿಗೆ ರಿಯಾಯಿತಿ ನೀಡಿದೆ.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4292</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>ನಾನು ನಿಮ್ಮನ್ನು ಬಿಟ್ಟಂತೆಯೇ ನೀವು ನನ್ನನ್ನು ಬಿಡಿ. ನಿಮಗಿಂತ ಮೊದಲಿನವರು ನಾಶವಾಗಿದ್ದು ಅವರು ತಮ್ಮ ಪ್ರವಾದಿಗಳೊಂದಿಗೆ ಪ್ರಶ್ನೆ ಕೇಳಿ ನಂತರ ಅದಕ್ಕೆ ವಿರುದ್ಧವಾಗಿ ಸಾಗಿದ ಕಾರಣದಿಂದಾಗಿದೆ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಾನು ನಿಮ್ಮನ್ನು ಬಿಟ್ಟಂತೆಯೇ ನೀವು ನನ್ನನ್ನು ಬಿಡಿ. ನಿಮಗಿಂತ ಮೊದಲಿನವರು ನಾಶವಾಗಿದ್ದು ಅವರು ತಮ್ಮ ಪ್ರವಾದಿಗಳೊಂದಿಗೆ ಪ್ರಶ್ನೆ ಕೇಳಿ ನಂತರ ಅದಕ್ಕೆ ವಿರುದ್ಧವಾಗಿ ಸಾಗಿದ ಕಾರಣದಿಂದಾಗಿದೆ. ಆದ್ದರಿಂದ, ನಾನು ನಿಮಗೆ ಒಂದು ವಿಷಯವನ್ನು ನಿಷೇಧಿಸಿದರೆ ಅದರಿಂದ ದೂರವಿರಿ. ನಾನು ನಿಮಗೆ ಏನಾದರೂ ಆಜ್ಞಾಪಿಸಿದರೆ, ನಿಮ್ಮ ಸಾಮರ್ಥ್ಯಕ್ಕೆ ತಕ್ಕಂತೆ ಅದನ್ನು ನಿರ್ವಹಿಸಿರಿ."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಧರ್ಮಶಾಸ್ತ್ರದ ನಿಯಮಗಳು ಮೂರು ವಿಧಗಳಲ್ಲಿವೆ: ಮೌನ ವಹಿಸಲಾದ ವಿಷಯಗಳು, ನಿಷೇಧಿಸಲಾದ ವಿಷಯಗಳು ಮತ್ತು ಆಜ್ಞಾಪಿಸಲಾದ ವಿಷಯಗಳು.
 ಮೊದಲನೆಯ ವಿಧವು ಶಾಸ್ತ್ರವು ಮೌನ ವಹಿಸಿದ ವಿಷಯಗಳು. ಅವುಗಳಿಗೆ ಯಾವುದೇ ನಿಯಮಗಳಿಲ್ಲ. ಮೂಲತತ್ವದ ಪ್ರಕಾರ ಯಾವುದೇ ವಿಷಯವೂ ಕಡ್ಡಾಯವಲ್ಲ. ಆದರೆ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕಾಲದಲ್ಲಿ, ಕಡ್ಡಾಯ ಅಥವಾ ನಿಷೇಧದ ಬಗ್ಗೆ ವಿಧಿ ಅವತೀರ್ಣವಾಗಬಹುದು ಎಂಬ ಭಯದಿಂದ ಯಾವುದೇ ವಿಷಯದ ಬಗ್ಗೆ ಪ್ರಶ್ನೆ ಕೇಳದಿರುವುದು ಕಡ್ಡಾಯವಾಗಿತ್ತು. ಏಕೆಂದರೆ, ಅಲ್ಲಾಹು ದಾಸರ ಮೇಲಿರುವ ಕರುಣೆಯಿಂದಾಗಿ ಅವುಗಳನ್ನು (ಕಡ್ಡಾಯ ಅಥವಾ ನಿಷಿದ್ಧವೆನ್ನದೆ) ಬಿಟ್ಟಿದ್ದನು. ಆದರೆ, ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮರಣಾನಂತರ, ಧಾರ್ಮಿಕ ವಿಧಿ ಕೇಳುವ ಉದ್ದೇಶದಿಂದ, ಅಥವಾ ಧಾರ್ಮಿಕ ವಿಷಯಗಳಲ್ಲಿ ಅಗತ್ಯವಾದ ಜ್ಞಾನವನ್ನು ಪಡೆಯುವ ಉದ್ದೇಶದಿಂದ ಪ್ರಶ್ನೆ ಕೇಳುವುದಾದರೆ, ಅದಕ್ಕೆ ಅನುಮತಿಯಿದೆ, ಮಾತ್ರವಲ್ಲದೆ ಅದು ಅತ್ಯಾವಶ್ಯಕವೂ ಆಗಿದೆ. ಆದರೆ, ಪ್ರಶ್ನೆ ಕೇಳುವುದು ಮೊಂಡುತನ ಮತ್ತು ಸೋಗಲಾಡಿತನದಿಂದಾಗಿದ್ದರೆ, ಅದನ್ನೇ ಈ ಹದೀಸಿನಲ್ಲಿ ಪ್ರಶ್ನೆ ಕೇಳಬಾರದೆಂದು ಹೇಳಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಅದು ಬನೂ ಇಸ್ರಾಯೀಲರಿಗೆ ಸಂಭವಿಸಿದ ಅದೇ ಅವಸ್ಥೆಗೆ ಒಯ್ಯುವ ಸಾಧ್ಯತೆಯಿದೆ. ಅವರೊಡನೆ ಒಂದು ಹಸುವನ್ನು ಕೊಯ್ಯಲು ಆದೇಶಿಸಲಾಗಿತ್ತು. ಅವರು ಯಾವುದೇ ಒಂದು ಹಸುವನ್ನು ಕೊಯ್ದಿದ್ದರೆ ಆ ಆಜ್ಞೆಯನ್ನು ಪಾಲಿಸಿದಂತಾಗುತ್ತಿತ್ತು. ಆದರೆ ಅವರು ಕಠೋರತನ ತೋರಿಸಿದಾಗ, ಅವರಿಗೆ ಕಠೋರಗೊಳಿಸಲಾಯಿತು.
 ಎರಡನೆಯದು: ನಿಷೇಧಿತ ವಿಷಯಗಳು. ಅಂದರೆ, ತೊರೆಯುವವನಿಗೆ ಪ್ರತಿಫಲ ಮತ್ತು ಮಾಡುವವನಿಗೆ ಶಿಕ್ಷೆಯಿರುವ ವಿಷಯಗಳು. ಇವೆಲ್ಲವುಗಳಿಂದ ದೂರವಿರುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
 ಮೂರನೆಯದು: ಆಜ್ಞಾಪಿಸಲಾದ ವಿಷಯಗಳು. ಅಂದರೆ, ಮಾಡುವವನಿಗೆ ಪ್ರತಿಫಲ ಮತ್ತು ತೊರೆಯುವವನಿಗೆ ಶಿಕ್ಷೆಯಿರುವ ವಿಷಯಗಳು. ಇವುಗಳನ್ನು ಸಾಮರ್ಥ್ಯಕ್ಕೆ ತಕ್ಕಂತೆ ನಿರ್ವಹಿಸುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>ಅತ್ಯಾವಶ್ಯಕವಾದ ಪ್ರಮುಖ ವಿಷಯಗಳಲ್ಲಿ ತೊಡಗುವುದು, ಸದ್ಯಕ್ಕೆ ಅಗತ್ಯವಿಲ್ಲದ ವಿಷಯಗಳನ್ನು ಬಿಟ್ಟುಬಿಡುವುದು ಮತ್ತು ಇನ್ನೂ ಸಂಭವಿಸದಿರುವ ವಿಷಯಗಳ ಬಗ್ಗೆ ಪ್ರಶ್ನೆ ಕೇಳಲು ತೊಡಗದಿರುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
 ವಿಷಯಗಳನ್ನು ಕೆಲವೊಮ್ಮೆ ಕಗ್ಗಂಟಾಗಿಸುವ ಮತ್ತು ಹೆಚ್ಚಿನ ಭಿನ್ನಮತಗಳಿಗೆ ಹಾದಿಯೊದಗಿಸುವ ರೀತಿಯಲ್ಲಿ ಸಂಶಯಗಳಿಗೆ ಕಾರಣವಾಗುವ ಪ್ರಶ್ನೆಗಳನ್ನು ಕೇಳುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ.
 ನಿಷೇಧಿಸಲಾದ ಎಲ್ಲವನ್ನೂ ತೊರೆಯಲು ಆಜ್ಞಾಪಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಅವುಗಳನ್ನು ತೊರೆಯಲು ಯಾವುದೇ ಕಷ್ಟವಿಲ್ಲ. ಆದ್ದರಿಂದಲೇ ಇಲ್ಲಿ ನಿಷೇಧದ ಬಗ್ಗೆ ಅನಿರ್ಬಂಧಿತವಾಗಿ ಹೇಳಲಾಗಿದೆ.
 ಆಜ್ಞಾಪಿಸಲಾದ ವಿಷಯಗಳನ್ನು ಸಾಮರ್ಥ್ಯಕ್ಕೆ ತಕ್ಕಂತೆ ನಿರ್ವಹಿಸಲು ಆಜ್ಞಾಪಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಕೆಲವೊಮ್ಮೆ ಅವುಗಳನ್ನು ನಿರ್ವಹಿಸಲು ಕಷ್ಟವಾಗಬಹುದು ಅಥವಾ ಸಾಧ್ಯವಾಗದೇ ಇರಬಹುದು. ಆದ್ದರಿಂದಲೇ ಅವುಗಳನ್ನು ಸಾಮರ್ಥ್ಯಕ್ಕೆ ತಕ್ಕಂತೆ ನಿರ್ವಹಿಸಲು ಆಜ್ಞಾಪಿಸಲಾಗಿದೆ.
 ವಿಪರೀತ ಪ್ರಶ್ನೆ ಕೇಳುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ವಿದ್ವಾಂಸರು ಪ್ರಶ್ನೆ ಕೇಳುವುದನ್ನು ಎರಡು ವಿಧಗಳಾಗಿ ವಿಂಗಡಿಸಿದ್ದಾರೆ: ಮೊದಲನೆಯದು, ಧಾರ್ಮಿಕ ವಿಷಯಗಳಲ್ಲಿ ಅಗತ್ಯವಾದ ಜ್ಞಾನವನ್ನು ಪಡೆಯುವ ಉದ್ದೇಶದಿಂದ ಪ್ರಶ್ನೆ ಕೇಳುವುದು. ಇದು ಅತ್ಯಾವಶ್ಯಕವಾಗಿದ್ದು ಸಹಾಬಿಗಳು ಕೇಳುವ ಪ್ರಶ್ನೆಗಳು ಈ ವಿಧದಲ್ಲಿ ಸೇರುತ್ತವೆ. ಎರಡನೆಯದು, ಮೊಂಡುತನ ಮತ್ತು ಸೋಗಲಾಡಿತನದಿಂದ ಪ್ರಶ್ನೆ ಕೇಳುವುದು. ಇದು ನಿಷೇಧಿಸಲಾದ ವಿಧವಾಗಿದೆ.
 ಹಿಂದಿನ ಸಮುದಾಯಗಳಲ್ಲಿ ಸಂಭವಿಸಿದಂತೆ, ಪ್ರವಾದಿಗೆ ವಿರುದ್ಧವಾಗಿ ಸಾಗುವುದರ ಬಗ್ಗೆ ಈ ಸಮುದಾಯಕ್ಕೆ ಎಚ್ಚರಿಕೆ ನೀಡಲಾಗಿದೆ.
 ಅನಗತ್ಯವಾಗಿ ವಿಪರೀತ ಪ್ರಶ್ನೆ ಕೇಳುವುದು ಮತ್ತು ಪ್ರವಾದಿಗಳಿಗೆ ವಿರುದ್ಧವಾಗಿ ಸಾಗುವುದು ನಾಶಕ್ಕೆ ಹೇತುವಾಗುತ್ತದೆ. ವಿಶೇಷವಾಗಿ, ಅಲ್ಲಾಹು ಮಾತ್ರ ತಿಳಿದಿರುವ ಅದೃಶ್ಯ ವಿಷಯಗಳು, ಪುನರುತ್ಥಾನ ದಿನದ ಅವಸ್ಥೆಗಳು ಮುಂತಾದ ತಿಳಿಯಲು ಸಾಧ್ಯವಿಲ್ಲದ ವಿಷಯಗಳ ಬಗ್ಗೆ ಪ್ರಶ್ನೆ ಕೇಳುವುದು.
 ಅತ್ಯಂತ ಜಟಿಲ ವಿಷಯಗಳ ಬಗ್ಗೆ ಪ್ರಶ್ನೆ ಕೇಳುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಔಝಾಈ ಹೇಳಿದರು: ಅಲ್ಲಾಹು ತನ್ನ ಒಬ್ಬ ದಾಸನನ್ನು ಜ್ಞಾನದ ಸಮೃದ್ಧಿಯಿಂದ ವಂಚಿತಗೊಳಿಸಲು ಬಯಸಿದರೆ, ಅವನ ನಾಲಗೆಯಲ್ಲಿ ಕುತರ್ಕಗಳನ್ನು ಹಾಕಿಬಿಡುತ್ತಾನೆ. ನಾನು ಕಂಡಂತೆ ಅಂತಹವರು ಅತಿಕಡಿಮೆ ಜ್ಞಾನವಿರುವವರಾಗಿದ್ದಾರೆ. ಇಬ್ನ್ ವಹಬ್ ಹೇಳಿದರು: ಮಾಲಿಕ್ ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: ಜ್ಞಾನದ ವಿಷಯದಲ್ಲಿರುವ ತರ್ಕವು ಮನುಷ್ಯನ ಹೃದಯದಿಂದ ಜ್ಞಾನದ ಬೆಳಕನ್ನು ನಂದಿಸಿ ಬಿಡುತ್ತದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>ನೀನು ಎಲ್ಲೇ ಇದ್ದರೂ ಅಲ್ಲಾಹನನ್ನು ಭಯಪಡು. ಕೆಟ್ಟ ಕಾರ್ಯವನ್ನು ಮಾಡಿದರೆ, ಅದರ ನಂತರ ಒಳ್ಳೆಯ ಕಾರ್ಯವನ್ನು ಮಾಡು, ಅದು ಅದನ್ನು ಅಳಿಸಿಹಾಕುತ್ತದೆ. ಮತ್ತು ಜನರೊಂದಿಗೆ ಉತ್ತಮ ನಡತೆಯಿಂದ ವರ್ತಿಸು</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ದರ್ ಜುಂದುಬ್ ಇಬ್ನ್ ಜುನಾದಾ, ಮತ್ತು ಅಬೂ ಅಬ್ದುರ್ರಹ್ಮಾನ್ ಮುಆದ್ ಇಬ್ನ್ ಜಬಲ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನೀನು ಎಲ್ಲೇ ಇದ್ದರೂ ಅಲ್ಲಾಹನನ್ನು ಭಯಪಡು. ಕೆಟ್ಟ ಕಾರ್ಯವನ್ನು ಮಾಡಿದರೆ, ಅದರ ನಂತರ ಒಳ್ಳೆಯ ಕಾರ್ಯವನ್ನು ಮಾಡು, ಅದು ಅದನ್ನು ಅಳಿಸಿಹಾಕುತ್ತದೆ. ಮತ್ತು ಜನರೊಂದಿಗೆ ಉತ್ತಮ ನಡತೆಯಿಂದ ವರ್ತಿಸು".</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೂರು ವಿಷಯಗಳನ್ನು ಆದೇಶಿಸಿದ್ದಾರೆ: ಮೊದಲನೆಯದು: ಅಲ್ಲಾಹನ ಭಯ (ತಕ್ವಾ). ಅಂದರೆ, ಎಲ್ಲಾ ಸ್ಥಳಗಳಲ್ಲೂ, ಸಮಯಗಳಲ್ಲೂ ಮತ್ತು ಪರಿಸ್ಥಿತಿಗಳಲ್ಲೂ, ಖಾಸಗಿ ಜೀವನದಲ್ಲೂ, ಸಾರ್ವಜನಿಕ ಜೀವನದಲ್ಲೂ, ಆರೋಗ್ಯದಿಂದಿರುವಾಗಲೂ ಮತ್ತು ಅನಾರೋಗ್ಯದ ಸಂದರ್ಭದಲ್ಲೂ ಅಲ್ಲಾಹು ಆದೇಶಿಸಿದ ಕಡ್ಡಾಯ ಕರ್ತವ್ಯಗಳನ್ನು ನಿರ್ವಹಿಸುವುದು, ಮತ್ತು ಅವನು ನಿಷೇಧಿಸಿದ ವಿಷಯಗಳಿಂದ ದೂರವಿರುವುದು. ಎರಡನೆಯದು: ಒಂದು ಕೆಟ್ಟ ಕಾರ್ಯವನ್ನು ಮಾಡಿದರೆ, ಅದರ ನಂತರ ನಮಾಝ್, ದಾನ, ಉಪಕಾರ, ಸಂಬಂಧ ಬೆಸೆಯುವುದು, ಪಶ್ಚಾತ್ತಾಪ ಮುಂತಾದ ಒಳ್ಳೆಯ ಕಾರ್ಯವನ್ನು ಮಾಡುವುದು. ಖಂಡಿತವಾಗಿಯೂ ಅದು ಕೆಟ್ಟ ಕಾರ್ಯವನ್ನು ಅಳಿಸಿಹಾಕುತ್ತದೆ. ಮೂರನೆಯದು: ಜನರೊಂದಿಗೆ ಉತ್ತಮ ನಡತೆಯಿಂದ ವರ್ತಿಸುವುದು. ಅಂದರೆ, ಅವರ ಮುಖ ನೋಡಿ ಮುಗುಳ್ನಗುವುದು, ಮೃದುವಾಗಿ, ಸೌಮ್ಯವಾಗಿ ವರ್ತಿಸುವುದು, ಒಳಿತನ್ನು ಮಾಡುವುದು ಮತ್ತು ತೊಂದರೆ ನೀಡದಿರುವುದು.</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>ತನ್ನ ಕರುಣೆ, ಕ್ಷಮೆ ಮತ್ತು ಮನ್ನಣೆ ತೋರುವುದರಲ್ಲಿ ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಅವನ ದಾಸರಿಗೆ ಶ್ರೇಷ್ಠತೆ ನೀಡಿದ್ದಾನೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಈ ಹದೀಸ್ ಮೂರು ಹಕ್ಕುಗಳನ್ನು ಒಳಗೊಂಡಿದೆ: ತಖ್ವಾ ಪಾಲಿಸುವುದು ಎಂಬ ಅಲ್ಲಾಹನ ಹಕ್ಕು, ಕೆಟ್ಟ ಕಾರ್ಯಗಳ ನಂತರ ಒಳ್ಳೆಯ ಕಾರ್ಯಗಳನ್ನು ಮಾಡುವುದು ಎಂಬ ತನ್ನ ಹಕ್ಕು, ಮತ್ತು ಉತ್ತಮ ನಡತೆಯಿಂದ ವರ್ತಿಸುವುದು ಎಂಬ ಜನರ ಹಕ್ಕು.
+ಕೆಟ್ಟ ಕಾರ್ಯಗಳ ನಂತರ ಒಳ್ಳೆಯ ಕಾರ್ಯಗಳನ್ನು ಮಾಡಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ಉತ್ತಮ ನಡತೆಯು ತಖ್ವಾದ ಗುಣಲಕ್ಷಣಗಳಲ್ಲಿ ಒಳಪಡುತ್ತದೆ. ಆದರೆ ಅದರ ಪ್ರಾಮುಖ್ಯತೆಯನ್ನು ಸ್ಪಷ್ಟಪಡಿಸುವ ಅಗತ್ಯವಿರುವುದರಿಂದ ಅದನ್ನು ಪ್ರತ್ಯೇಕವಾಗಿ ಉಲ್ಲೇಖಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4302</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>ನೀನು ನನ್ನೊಂದಿಗೆ ಬಹಳ ದೊಡ್ಡ ವಿಷಯವನ್ನೇ ಕೇಳಿರುವೆ. ಆದರೆ ಅಲ್ಲಾಹು ಯಾರಿಗೆ ಅದನ್ನು ಸುಲಭಗೊಳಿಸುತ್ತಾನೋ ಅವನಿಗೆ ಅದು ಸುಲಭವಾಗಿದೆ</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>ಮುಆದ್ ಬಿನ್ ಜಬಲ್(ರ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಒಮ್ಮೆ ನಾನು ಒಂದು ಯಾತ್ರೆಯಲ್ಲಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಜೊತೆಯಲ್ಲಿದ್ದೆ. ಹೀಗಿರುವಾಗ, ಒಂದಿನ ಬೆಳಗ್ಗೆ ನಾನು ಅವರಿಗೆ ಸಮೀಪದಲ್ಲಿದ್ದು ಸವಾರಿ ಮಾಡುತ್ತಿದ್ದೆ. ಆಗ ನಾನು ಹೇಳಿದೆ: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನನ್ನನ್ನು ಸ್ವರ್ಗಕ್ಕೆ ಪ್ರವೇಶ ಮಾಡಿಸುವ ಮತ್ತು ನನ್ನನ್ನು ನರಕದಿಂದ ದೂರವಿರಿಸುವ ಒಂದು ಕರ್ಮದ ಬಗ್ಗೆ ತಿಳಿಸಿಕೊಡಿ." ಅವರು ಹೇಳಿದರು: "ನೀನು ನನ್ನೊಂದಿಗೆ ಬಹಳ ದೊಡ್ಡ ವಿಷಯವನ್ನೇ ಕೇಳಿರುವೆ. ಆದರೆ ಅಲ್ಲಾಹು ಯಾರಿಗೆ ಅದನ್ನು ಸುಲಭಗೊಳಿಸುತ್ತಾನೋ ಅವನಿಗೆ ಅದು ಸುಲಭವಾಗಿದೆ. ನೀನು ಅಲ್ಲಾಹನನ್ನು ಆರಾಧಿಸು ಮತ್ತು ಅವನೊಂದಿಗೆ ಏನನ್ನೂ ಸಹಭಾಗಿಯಾಗಿ ಮಾಡಬೇಡ, ನಮಾಝ್ ಸಂಸ್ಥಾಪಿಸು, ಝಕಾತ್ ನೀಡು, ರಮದಾನ್ ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸು ಮತ್ತು ಅಲ್ಲಾಹನ ಭವನಕ್ಕೆ ಹಜ್ಜ್ ನಿರ್ವಹಿಸು." ನಂತರ ಅವರು ಕೇಳಿದರು: "ನಾನು ನಿನಗೆ ಒಳಿತಿನ ಬಾಗಿಲುಗಳ ಬಗ್ಗೆ ತಿಳಿಸಿಕೊಡಲೇ? ಉಪವಾಸವು ಗುರಾಣಿಯಾಗಿದೆ, ನೀರು ಬೆಂಕಿಯನ್ನು ನಂದಿಸುವಂತೆ ದಾನಧರ್ಮವು ಪಾಪಗಳನ್ನು ನಂದಿಸುತ್ತದೆ ಮತ್ತು ಮನುಷ್ಯನು ರಾತ್ರಿಯ ಅಂತ್ಯ ಯಾಮದಲ್ಲಿ ನಿರ್ವಹಿಸುವ ನಮಾಝ್." ನಂತರ ಅವರು: "ಅವರ ಪಾರ್ಶ್ವಗಳು ಹಾಸಿಗೆಗಳಿಂದ ದೂರವಾಗುತ್ತವೆ" ಎಂಬಲ್ಲಿಂದ ಕೊನೆಯವರೆಗೆ ಕುರ್‌ಆನ್ ವಚನವನ್ನು ಪಠಿಸಿದರು. ನಂತರ ಅವರು ಕೇಳಿದರು: "ನಾನು ನಿನಗೆ ಈ ಸಂಪೂರ್ಣ ವಿಷಯದ (ಧರ್ಮದ) ಶಿರೋಭಾಗ, ಸ್ತಂಭಗಳು ಮತ್ತು ಶಿಖರಾಗ್ರಗಳ ಬಗ್ಗೆ ತಿಳಿಸಿಕೊಡಲೇ?" ನಾನು ಹೇಳಿದೆ: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ತಿಳಿಸಿಕೊಡಿ." ಅವರು ಹೇಳಿದರು: "ವಿಷಯದ (ಧರ್ಮದ) ಶಿರೋಭಾಗವು ಇಸ್ಲಾಂ, ಅದರ ಸ್ತಂಭಗಳು ನಮಾಝ್ ಮತ್ತು ಅವರ ಶಿಖರಾಗ್ರವು ಜಿಹಾದ್ ಆಗಿದೆ." ನಂತರ ಅವರು ಕೇಳಿದರು: "ನಾನು ನಿನಗೆ ಇವೆಲ್ಲವನ್ನೂ ನಿಯಂತ್ರಣದಲ್ಲಿಟ್ಟುಕೊಳ್ಳುವ ಒಂದರ ಬಗ್ಗೆ ತಿಳಿಸಿಕೊಡಲೇ?" ನಾನು ಹೇಳಿದೆ: "ಓ ಪ್ರವಾದಿಯವರೇ! ತಿಳಿಸಿಕೊಡಿ." ಆಗ ಅವರು ತಮ್ಮ ನಾಲಿಗೆಯನ್ನು ಹಿಡಿದು ಹೇಳಿದರು: "ಇದನ್ನು ನಿಯಂತ್ರಣದಲ್ಲಿಡು." ನಾನು ಕೇಳಿದೆ: "ಓ ಅಲ್ಲಾಹನ ಪ್ರವಾದಿಯವರೇ! ನಾವು ಹೇಳಿದ ಮಾತುಗಳ ಕಾರಣದಿಂದ ನಮ್ಮನ್ನು ಶಿಕ್ಷಿಸಲಾಗುವುದೇ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಓ ಮುಆದ್! ನಿನ್ನ ತಾಯಿ ನಿನ್ನನ್ನು ಕಳೆದುಕೊಳ್ಳಲಿ! ಮನುಷ್ಯರನ್ನು ಅವರ ಮುಖದ ಮೇಲೆ ಅಥವಾ ಅವರ ಮೂಗುಗಳ ಮೇಲೆ ನರಕದಲ್ಲಿ ಬೀಳಿಸುವುದು ಅವರ ನಾಲಗೆಯ ಕೊಯ್ಲುಗಳೇ ಹೊರತು ಬೇರೇನಾದರೂ ಆಗಿವೆಯೇ?"</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
@@ -6090,50 +6818,87 @@
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಇಬ್ಬರು ಮುಸ್ಲಿಮರು ತಮ್ಮ ಖಡ್ಗಗಳ ಮೂಲಕ ಒಬ್ಬರು ಇನ್ನೊಬ್ಬರನ್ನು ಕೊಲ್ಲಬೇಕೆಂಬ ಉದ್ದೇಶದಿಂದ ಪರಸ್ಪರ ಎದುರಾದರೆ, ಕೊಲೆಗಾರನು ಕೊಲೆ ಮಾಡಿದ ಕಾರಣಕ್ಕಾಗಿ ನರಕವಾಸಿಯಾಗುತ್ತಾನೆ. ಆದರೆ ಕೊಲೆಯಾದವನು ಏಕೆ ನರಕವಾಸಿಯಾಗುತ್ತಾನೆಂಬ ವಿಷಯದಲ್ಲಿ ಸಂಗಡಿಗರಿಗೆ (ಸಹಾಬಾಗಳಿಗೆ) ಸಂಶಯವಾಯಿತು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಉತ್ತರಿಸಿದರು: ಅವನು ನರಕಕ್ಕೆ ಹೋಗುವುದೇಕೆಂದರೆ, ಅವನು ಕೂಡ ತನ್ನ ಎದುರಾಳಿಯನ್ನು ಕೊಲ್ಲಬೇಕೆಂಬ ಅತೀವ ಉತ್ಸಾಹವನ್ನು ಹೊಂದಿದ್ದ. ಆದರೆ ಎದುರಾಳಿಯೇ ಮೊದಲು ಖಡ್ಗ ಬೀಸಿದ್ದರಿಂದ ಅವನು ಮೊದಲು ಸತ್ತುಹೋದ.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>ಹೃದಯದಲ್ಲಿ ಪಾಪ ಮಾಡಲು ದೃಢನಿರ್ಧಾರ ತಾಳಿ ಅದನ್ನು ಕಾರ್ಯರೂಪಕ್ಕೆ ತರಲು ಸಿದ್ಧರಾಗುವವರು ಶಿಕ್ಷೆಗೆ ಅರ್ಹರಾಗುತ್ತಾರೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಮುಸ್ಲಿಮರು ಪರಸ್ಪರ ಯುದ್ಧ ಮಾಡುವುದರ ಬಗ್ಗೆ ಈ ಹದೀಸ್ ಗಂಭೀರ ಎಚ್ಚರಿಕೆ ನೀಡುತ್ತದೆ ಮತ್ತು ಅವರಿಗೆ ನರಕವಾಸದ ಬೆದರಿಕೆಯನ್ನೊಡ್ಡುತ್ತದೆ.
 ಆದರೆ ಮುಸ್ಲಿಮರ ನಡುವೆ ಕಾನೂನುಬದ್ಧವಾಗಿ ನಡೆಯುವ ಯುದ್ಧಗಳು ಈ ಎಚ್ಚರಿಕೆಯಲ್ಲಿ ಒಳಪಡುವುದಿಲ್ಲ. ಉದಾಹರಣೆಗೆ, ದಂಗೆಕೋರರು ಮತ್ತು ಭ್ರಷ್ಟಾಚಾರಿಗಳ ವಿರುದ್ಧ ನಡೆಸುವ ಯುದ್ಧ.
 ಮಹಾಪಾಪವನ್ನು ಮಾಡಿದರು ಎಂಬ ಕಾರಣಕ್ಕಾಗಿ ಯಾರೂ ಸತ್ಯನಿಷೇಧಿಯಾಗುವುದಿಲ್ಲವೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ. ಏಕೆಂದರೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಯುದ್ಧ ಮಾಡುವವರನ್ನು ಮುಸ್ಲಿಮರು ಎಂದು ಕರೆದಿದ್ದಾರೆ.
 ಕೊಲೆ ಸಂಭವಿಸುವ ಯಾವುದೇ ವಿಧಾನದ ಮೂಲಕ—ಅದು ಖಡ್ಗವೇ ಆಗಬೇಕೆಂದಿಲ್ಲ—ಮುಸ್ಲಿಮರಲ್ಲಿ ಒಬ್ಬರು ಇನ್ನೊಬ್ಬರನ್ನು ಎದುರಾದರೆ, ಕೊಲೆಗಾರನು ಮತ್ತು ಕೊಲೆಯಾದವನು ಇಬ್ಬರೂ ನರಕವಾಸಿಗಳಾಗುತ್ತಾರೆ. ಈ ಹದೀಸಿನಲ್ಲಿ ಖಡ್ಗ ಎಂದು ಹೇಳಿದ್ದು ಉದಾಹರಣೆಯಾಗಿ ಮಾತ್ರ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/4304</t>
   </si>
   <si>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>ಇಹಲೋಕದ ಬಗ್ಗೆ ವಿರಕ್ತರಾಗಿರಿ. ಆಗ ಅಲ್ಲಾಹು ನಿಮ್ಮನ್ನು ಪ್ರೀತಿಸುತ್ತಾನೆ. ಮತ್ತು ಜನರ ಬಳಿ ಇರುವುದರ ಬಗ್ಗೆ ವಿರಕ್ತರಾಗಿರಿ. ಆಗ ಜನರು ನಿಮ್ಮನ್ನು ಪ್ರೀತಿಸುತ್ತಾರೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>ಅಬುಲ್-ಅಬ್ಬಾಸ್ ಸಹ್ಲ್ ಇಬ್ನ್ ಸಅದ್ ಅಸ್ಸಾಇದಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಒಬ್ಬ ವ್ಯಕ್ತಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು, ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ, ನಾನು ಒಂದು ಕಾರ್ಯವನ್ನು ಮಾಡಿದರೆ ಅಲ್ಲಾಹು ನನ್ನನ್ನು ಪ್ರೀತಿಸವಂತಹ ಮತ್ತು ಜನರೂ ನನ್ನನ್ನು ಪ್ರೀತಿಸುವಂತಹ ಒಂದು ಕಾರ್ಯದ ಬಗ್ಗೆ ನನಗೆ ತಿಳಿಸಿಕೊಡಿ". ಆಗ ಅವರು (ಪ್ರವಾದಿ) ಹೇಳಿದರು: "ಇಹಲೋಕದ ಬಗ್ಗೆ ವಿರಕ್ತರಾಗಿರಿ. ಆಗ ಅಲ್ಲಾಹು ನಿಮ್ಮನ್ನು ಪ್ರೀತಿಸುತ್ತಾನೆ. ಮತ್ತು ಜನರ ಬಳಿ ಇರುವುದರ ಬಗ್ಗೆ ವಿರಕ್ತರಾಗಿರಿ. ಆಗ ಜನರು ನಿಮ್ಮನ್ನು ಪ್ರೀತಿಸುತ್ತಾರೆ".</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>ಒಬ್ಬ ವ್ಯಕ್ತಿಯು ಪ್ರವಾದಿಯವರಲ್ಲಿ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಲ್ಲಾಹು ಮತ್ತು ಜನರು ತನ್ನನ್ನು ಪ್ರೀತಿಸುವಂತಹ ಒಂದು ಕಾರ್ಯದ ಬಗ್ಗೆ ತನಗೆ ತಿಳಿಸಿಕೊಡಬೇಕೆಂದು ವಿನಂತಿಸಿದನು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವನಿಗೆ ಹೇಳಿದರು: ನೀನು ಇಹಲೋಕದ ವಿಷಯದಲ್ಲಿ ನಿನಗೆ (ಅಗತ್ಯವಿಲ್ಲದ) ಹೆಚ್ಚುವರಿ (ಅಂಶಗಳನ್ನು), ಪರಲೋಕದಲ್ಲಿ ನಿನಗೆ ಪ್ರಯೋಜನ ನೀಡದ ವಿಷಯಗಳನ್ನು, ಮತ್ತು ನಿನ್ನ ಧರ್ಮದಲ್ಲಿ ನಿನಗೆ ಹಾನಿಯುಂಟುಮಾಡಬಹುದಾದ ವಿಷಯಗಳನ್ನು ತ್ಯಜಿಸಿದರೆ ಅಲ್ಲಾಹು ನಿನ್ನನ್ನು ಪ್ರೀತಿಸುತ್ತಾನೆ. ಹಾಗೆಯೇ, ಜನರ ಕೈಯಲ್ಲಿರುವ ಲೌಕಿಕ ವಸ್ತುಗಳ ಬಗ್ಗೆ ನೀನು ವಿರಕ್ತನಾದರೆ (ಅವುಗಳನ್ನು ಆಸೆಪಡದಿದ್ದರೆ) ಜನರು ನಿನ್ನನ್ನು ಪ್ರೀತಿಸುತ್ತಾರೆ. ಏಕೆಂದರೆ ಅವರು ಸ್ವಾಭಾವಿಕವಾಗಿ ಅದನ್ನು (ಲೌಕಿಕ ವಸ್ತುಗಳನ್ನು) ಪ್ರೀತಿಸುತ್ತಾರೆ, ಮತ್ತು ಯಾರು ಅದರ ವಿಷಯದಲ್ಲಿ ಅವರೊಂದಿಗೆ ಸ್ಪರ್ಧಿಸುತ್ತಾರೋ, ಅವರನ್ನು ಅವರು ದ್ವೇಷಿಸುತ್ತಾರೆ. ಆದರೆ, ಯಾರು ಅದನ್ನು ಅವರಿಗೆ ಬಿಟ್ಟುಬಿಡುತ್ತಾನೋ (ಅದರಲ್ಲಿ ಅವರೊಂದಿಗೆ ಸ್ಪರ್ಧಿಸುವುದಿಲ್ಲವೋ), ಅವನನ್ನು ಅವರು ಪ್ರೀತಿಸುತ್ತಾರೆ.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>ಇಹಲೋಕದ ಬಗ್ಗೆ ವಿರಕ್ತಿ ಹೊಂದುವುದರ ಶ್ರೇಷ್ಠತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಅದೇನೆಂದರೆ, ಪರಲೋಕದಲ್ಲಿ ಪ್ರಯೋಜನ ನೀಡದ ವಿಷಯವನ್ನು ತ್ಯಜಿಸುವುದು.
+ವಿರಕ್ತಿಯು 'ವರಅ್' (ಧರ್ಮನಿಷ್ಠೆ/ಸೂಕ್ಷ್ಮತೆ) ಗಿಂತ ಉನ್ನತ ಪದವಿಯಾಗಿದೆ. ಏಕೆಂದರೆ 'ವರಅ್' ಎಂದರೆ (ಪರಲೋಕದಲ್ಲಿ) ಹಾನಿಯುಂಟುಮಾಡಬಹುದಾದ ವಿಷಯವನ್ನು ತ್ಯಜಿಸುವುದು, ಮತ್ತು 'ಝುಹ್ದ್' (ವಿರಕ್ತಿ) ಎಂದರೆ ಪರಲೋಕದಲ್ಲಿ ಪ್ರಯೋಜನ ನೀಡದ ವಿಷಯವನ್ನು ತ್ಯಜಿಸುವುದು.
+ಸಿಂದಿ ಹೇಳುತ್ತಾರೆ: ಖಂಡಿತವಾಗಿಯೂ ಇಹಲೋಕವು ಜನರ ದೃಷ್ಟಿಯಲ್ಲಿ ಅತ್ಯಂತ ಪ್ರಿಯವಾದುದು. ಆದ್ದರಿಂದ ಯಾರು ಅದರ ವಿಷಯದಲ್ಲಿ ಅವರೊಂದಿಗೆ ಸ್ಪರ್ಧಿಸುತ್ತಾನೋ, ಅವನು ಎಷ್ಟರ ಮಟ್ಟಿಗೆ ಸ್ಪರ್ಧಿಸುತ್ತಾನೋ ಅಷ್ಟರಮಟ್ಟಿಗೆ ಅವರ ದೃಷ್ಟಿಯಲ್ಲಿ ದ್ವೇಷಿಸಲ್ಪಡುತ್ತಾನೆ. ಹಾಗೆಯೇ, ಯಾರು ಅವರನ್ನು ಮತ್ತು ಅವರಿಗೆ ಪ್ರಿಯವಾದದ್ದನ್ನು (ಇಹಲೋಕವನ್ನು) (ಅವರಿಗೆ) ಬಿಟ್ಟುಬಿಡುತ್ತಾನೋ, ಅವನು ಎಷ್ಟರ ಮಟ್ಟಿಗೆ ಬಿಟ್ಟುಬಿಡುತ್ತಾನೋ ಅಷ್ಟರಮಟ್ಟಿಗೆ ಅವರ ಹೃದಯಗಳಲ್ಲಿ ಪ್ರಿಯನಾಗುತ್ತಾನೆ.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4307</t>
+  </si>
+  <si>
     <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>ಪುಣ್ಯವೆಂದರೆ ಅತ್ಯುತ್ತಮ ನಡವಳಿಕೆ. ಪಾಪವೆಂದರೆ ನಿನ್ನ ಎದೆಯಲ್ಲಿ ಕಸಿವಿಸಿ ಉಂಟು ಮಾಡುವ ಮತ್ತು ಜನರು ಅದನ್ನು ತಿಳಿದುಕೊಳ್ಳುವುದನ್ನು ನೀನು ಇಷ್ಟಪಡದ ವಿಷಯ</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
   </si>
   <si>
     <t>ನವ್ವಾಸ್ ಬಿನ್ ಸಮ್‌ಆನ್ ಅನ್ಸಾರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ನಾನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪುಣ್ಯ ಮತ್ತು ಪಾಪದ ಬಗ್ಗೆ ಕೇಳಿದೆ. ಅವರು ಉತ್ತರಿಸಿದರು: "ಪುಣ್ಯವೆಂದರೆ ಅತ್ಯುತ್ತಮ ನಡವಳಿಕೆ. ಪಾಪವೆಂದರೆ ನಿನ್ನ ಎದೆಯಲ್ಲಿ ಕಸಿವಿಸಿ ಉಂಟು ಮಾಡುವ ಮತ್ತು ಜನರು ಅದನ್ನು ತಿಳಿದುಕೊಳ್ಳುವುದನ್ನು ನೀನು ಇಷ್ಟಪಡದ ವಿಷಯ."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
 أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
 وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
   </si>
   <si>
     <t>ಪುಣ್ಯ ಮತ್ತು ಪಾಪದ ಬಗ್ಗೆ ಪ್ರವಾದಿಯವರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಲಾಯಿತು: ಅವರು ಉತ್ತರಿಸಿದರು:
 ಪುಣ್ಯದ ಶ್ರೇಷ್ಠ ಲಕ್ಷಣಗಳು ಏನೆಂದರೆ, ಭಯಭಕ್ತಿಯ ಮೂಲಕ ಅಲ್ಲಾಹನೊಡನೆ ಉತ್ತಮ ನಡವಳಿಕೆಯನ್ನು ತೋರುವುದು, ನೋವನ್ನು ಸಹಿಸಿಕೊಳ್ಳುವ ಮೂಲಕ ಮನುಷ್ಯರೊಡನೆ ಉತ್ತಮ ನಡವಳಿಕೆ ತೋರುವುದು, ಕೋಪ ಕಡಿಮೆ ಮಾಡುವುದು, ಮುಖದಲ್ಲಿ ನಗು ಸೂಸುವುದು, ಮಧುರವಾಗಿ ಮಾತನಾಡುವುದು, ಸಂಬಂಧ ಬೆಸೆಯುವುದು, ವಿಧೇಯವಾಗಿ ನಡೆದುಕೊಳ್ಳುವುದು, ಅನುಕಂಪ ತೋರುವುದು, ಉತ್ತಮವಾಗಿ ವರ್ತಿಸುವುದು ಮತ್ತು ಸ್ನೇಹ ಮಾಡುವುದು.
 ಪಾಪವೆಂದರೆ,  ಮನಸ್ಸಿನಲ್ಲಿ ಚಡಪಡಿಕೆ ಉಂಟುಮಾಡುವ ಗೊಂದಲಗಳು ಮತ್ತು ಎದೆಯು ಅದಕ್ಕೆ ತೆರೆದುಕೊಳ್ಳಲು ಹಿಂಜರಿಯುವಂತದ್ದು. ಅದರಿಂದಾಗಿ ಹೃದಯದಲ್ಲಿ ಸಂದೇಹ ಉಂಟಾಗುತ್ತದೆ ಮತ್ತು ಅದು ಪಾಪವಾಗಿರುವುದರಿಂದ ಭಯ ಮೂಡುತ್ತದೆ. ಅದು ನೀಚವಾಗಿರುವುದರಿಂದ ಅದನ್ನು ಶ್ರೇಷ್ಠ ಮತ್ತು ಮಾದರಿಯೋಗ್ಯ ಜನರಿಗೆ ತಿಳಿಯಲು ನೀವು ಬಯಸುವುದಿಲ್ಲ. ಏಕೆಂದರೆ ಮನಸ್ಸು ಸ್ವಾಭಾವಿಕವಾಗಿ ಒಳಿತನ್ನು ಮಾತ್ರ ಜನರು ನೋಡಬೇಕೆಂದು ಬಯಸುತ್ತದೆ. ಅದು ತನ್ನ ಕೆಲವು ಕೆಲಸಗಳನ್ನು ಇತರರು ತಿಳಿಯಬಾರದೆಂದು ಬಯಸುತ್ತಿದ್ದರೆ, ಆ ಕೆಲಸಗಳು ಪಾಪಗಳಾಗಿದ್ದು ಅವುಗಳಲ್ಲಿ ಯಾವುದೇ ಒಳಿತಿಲ್ಲ.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
@@ -6178,50 +6943,87 @@
 ಆಗ ಸಂಗಡಿಗರು ಪ್ರವಾದಿಯವರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಿದರು: "ಯಾರ ಕುರಿತಾದ ಹಿತಚಿಂತನೆ?" ಅವರು ಹೇಳಿದರು:
 ಮೊದಲನೆಯದಾಗಿ, ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹನ ಕುರಿತಾದ ಹಿತಚಿಂತನೆ. ಅಂದರೆ ಅವನ ಸಂಪ್ರೀತಿಗಾಗಿ ಮಾತ್ರ ಕರ್ಮವೆಸಗುವುದು, ಅವನೊಡನೆ ಸಹಭಾಗಿತ್ವ (ಶಿರ್ಕ್) ಮಾಡದಿರುವುದು, ಅವನ ಪ್ರಭುತ್ವ, ದೈವಿಕತೆ ಹಾಗೂ ಅವನ ಹೆಸರು ಮತ್ತು ಗುಣಲಕ್ಷಣಗಳಲ್ಲಿ ವಿಶ್ವಾಸವಿಡುವುದು, ಅವನ ಆಜ್ಞೆಗೆ ತಲೆಬಾಗುವುದು ಮತ್ತು ಅವನಲ್ಲಿ ವಿಶ್ವಾಸವಿಡಲು ಜನರನ್ನು ಆಮಂತ್ರಿಸುವುದು.
 ಎರಡನೆಯದಾಗಿ, ಅವನ ಗ್ರಂಥದ ಕುರಿತಾದ ಹಿತಚಿಂತನೆ—ಪವಿತ್ರ ಕುರ್‌ಆನಿನ ಕುರಿತಾದ ಹಿತಚಿಂತನೆ. ಅಂದರೆ, ಪವಿತ್ರ ಕುರ್‌ಆನ್ ಅಲ್ಲಾಹನ ವಚನಗಳು, ಅವನ ಅಂತಿಮ ಗ್ರಂಥ ಮತ್ತು ಅದು ಅದರ ಹಿಂದಿನ ಧರ್ಮಸಂಹಿತೆಗಳನ್ನು ರದ್ದುಗೊಳಿಸಿದೆ ಎಂದು ವಿಶ್ವಾಸವಿಡುವುದು, ಅದನ್ನು ಗೌರವಿಸುವುದು, ಅದನ್ನು ಪಠಿಸಬೇಕಾದ ರೀತಿಯಲ್ಲೇ ಪಠಿಸುವುದು, ಅದರ ಸ್ಪಷ್ಟವಚನಗಳ ಆಧಾರದಲ್ಲಿ ಕರ್ಮವೆಸಗುವುದು, ಒಂದಕ್ಕಿಂತ ಹೆಚ್ಚು ಅರ್ಥಗಳನ್ನು ಹೊಂದಿರುವ ಹೋಲಿಕೆಯಿರುವ ವಚನಗಳನ್ನು (ಮುತಶಾಬಿಹಾತ್) ಅಂಗೀಕರಿಸುವುದು, ವಕ್ರ ಮನಸ್ಸಿನವರ ತಪ್ಪು ವಿವರಣೆಗಳಿಂದ ಅದನ್ನು ಕಾಪಾಡುವುದು, ಅದರಲ್ಲಿರುವ ಉಪದೇಶಗಳನ್ನು ಸ್ವೀಕರಿಸುವುದು, ಅದರ ಜ್ಞಾನವನ್ನು ಪ್ರಸರಿಸುವುದು ಮತ್ತು ಅದರ ಕಡೆಗೆ ಜನರನ್ನು ಆಮಂತ್ರಿಸುವುದು.
 ಮೂರನೆಯದಾಗಿ, ಪ್ರವಾದಿ ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರವರ ಕುರಿತಾದ ಹಿತಚಿಂತನೆ. ಅಂದರೆ ಅವರು ಅಂತಿಮ ಪ್ರವಾದಿಯೆಂದು ವಿಶ್ವಾಸವಿಡುವುದು, ಅವರು ತಂದ ಸಂದೇಶವನ್ನು ಅಂಗೀಕರಿಸುವುದು, ಅವರ ಆಜ್ಞೆಗಳನ್ನು ಪಾಲಿಸುವುದು, ಅವರು ವಿರೋಧಿಸಿದ ವಿಷಯಗಳಿಂದ ದೂರವಿರುವುದು, ಅವರು ತೋರಿಸಿಕೊಟ್ಟ ರೀತಿಯಲ್ಲೇ ಅಲ್ಲಾಹನನ್ನು ಆರಾಧಿಸುವುದು, ಅವರನ್ನು ಗೌರವಿಸುವುದು, ಅವರ ಹಕ್ಕುಗಳನ್ನು ಸಂರಕ್ಷಿಸುವುದು, ಅವರ ಧರ್ಮವನ್ನು ಪ್ರಚಾರ ಮಾಡುವುದು ಮತ್ತು ಅವರ ಬಗ್ಗೆ ಎತ್ತಲಾಗುವ ಆರೋಪಗಳನ್ನು ನಿಷೇಧಿಸುವುದು.
 ನಾಲ್ಕನೆಯದಾಗಿ, ಮುಸ್ಲಿಮ್ ಮುಖಂಡರ ಕುರಿತಾದ ಹಿತಚಿಂತನೆ. ಅಂದರೆ, ಸತ್ಯದಲ್ಲಿ ಅವರಿಗೆ ಸಹಾಯ ಮಾಡುವುದು, ಅಧಿಕಾರಕ್ಕಾಗಿ ಅವರ ವಿರುದ್ಧ ಹೋರಾಡದಿರುವುದು, ಅಲ್ಲಾಹು ಆಜ್ಞಾಪಿಸಿದ ವಿಷಯಗಳಲ್ಲಿ ಅವರ ಮಾತುಗಳನ್ನು ಆಲಿಸುವುದು ಮತ್ತು ಅನುಸರಿಸುವುದು.
 ಐದನೆಯದಾಗಿ, ಮುಸ್ಲಿಮರ ಕುರಿತಾದ ಹಿತಚಿಂತನೆ. ಅಂದರೆ, ಅವರಿಗೆ ಒಳಿತು ಮಾಡುವುದು, ಅವರನ್ನು ಸನ್ಮಾರ್ಗಕ್ಕೆ ಆಮಂತ್ರಿಸುವುದು, ಅವರಿಗೆ ಸಂಭವಿಸಬಹುದಾದ ತೊಂದರೆಗಳನ್ನು ತಡೆಗಟ್ಟುವುದು, ಅವರಿಗೆ ಒಳಿತನ್ನು ಬಯಸುವುದು ಮತ್ತು ಒಳಿತು ಹಾಗೂ ದೇವಭಯದಲ್ಲಿ ಅವರಿಗೆ ಸಹಾಯ ಮಾಡುವುದು.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>ಎಲ್ಲರ ಬಗ್ಗೆಯೂ ಹಿತಚಿಂತನೆ ಮಾಡಬೇಕೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಧರ್ಮದಲ್ಲಿ ಹಿತಚಿಂತನೆಗಿರುವ ಮಹಾ ಸ್ಥಾನಮಾನವನ್ನು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಧರ್ಮದಲ್ಲಿ ನಂಬಿಕೆಗಳು, ಮಾತುಗಳು ಮತ್ತು ಕರ್ಮಗಳು ಒಳಗೊಂಡಿವೆಯೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಹಿತಚಿಂತನೆ ಮಾಡಲಾಗುವ ವ್ಯಕ್ತಿಯ ಬಗ್ಗೆ ಮನಸ್ಸಿನಲ್ಲಿರುವ ಕೆಟ್ಟ ವಿಚಾರಗಳನ್ನು ನಿವಾರಿಸಿ, ಅವರಿಗೆ ಒಳಿತನ್ನು ಮಾತ್ರ ಉದ್ದೇಶಿಸುವುದು ಹಿತಚಿಂತನೆಯ ಒಂದು ಭಾಗವಾಗಿದೆ.
 ಮೊದಲು ವಿಷಯವನ್ನು ಮೊತ್ತವಾಗಿ ಪ್ರಸ್ತಾಪಿಸಿ ನಂತರ ಅವುಗಳನ್ನು ಒಂದೊಂದಾಗಿ ವಿವರಿಸುವುದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ತಮ ಬೋಧನಾ ಶೈಲಿಯಾಗಿದೆ.
 ವಿಷಯಗಳನ್ನು ವಿವರಿಸುವಾಗ ಅತಿಪ್ರಮುಖ ವಿಷಯಕ್ಕೆ ಮೊದಲ ಆದ್ಯತೆ ನೀಡಬೇಕೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ. ಏಕೆಂದರೆ, ಇಲ್ಲಿ ಅಲ್ಲಾಹನಿಂದ ಪ್ರಾರಂಭಿಸಿ, ನಂತರ ಅವನ ಗ್ರಂಥ, ಪ್ರವಾದಿ, ಮುಸ್ಲಿಂ ಮುಖಂಡರು ಮತ್ತು ಮುಸ್ಲಿಂ ಜನಸಾಮಾನ್ಯರ ಬಗ್ಗೆ ತಿಳಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/4309</t>
+  </si>
+  <si>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>ಜನ್ಮದಿಂದಾಗುವ ಸಂಬಂಧಗಳು ನಿಷಿದ್ಧಗೊಳಿಸುವುದನ್ನು ಸ್ತನಪಾನದಿಂದಾಗುವ ಸಂಬಂಧವೂ ನಿಷಿದ್ಧಗೊಳಿಸುತ್ತದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಆಯಿಷಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಜನ್ಮದಿಂದಾಗುವ ಸಂಬಂಧಗಳು ನಿಷಿದ್ಧಗೊಳಿಸುವುದನ್ನು ಸ್ತನಪಾನದಿಂದಾಗುವ ಸಂಬಂಧವೂ ನಿಷಿದ್ಧಗೊಳಿಸುತ್ತದೆ".</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಜನ್ಮ ಮತ್ತು ವಂಶಾವಳಿಯಿಂದ ನಿಷಿದ್ಧವಾಗುವ ಚಿಕ್ಕಮ್ಮ, ದೊಡ್ಡಮ್ಮ, ಚಿಕ್ಕಪ್ಪ, ದೊಡ್ಡಪ್ಪ, ಸಹೋದರ... ಮುಂತಾದ ಸಂಬಂಧಗಳೆಲ್ಲವೂ ಸ್ತನಪಾನದಿಂದಲೂ ನಿಷಿದ್ಧವಾಗುತ್ತವೆ. ಜನ್ಮದಿಂದಾಗುವ ಸಂಬಂಧವು ಯಾವ ನಿಯಮಗಳನ್ನು ಅನುಮತಿಸುತ್ತದೆಯೋ, ಅವುಗಳನ್ನು ಸ್ತನಪಾನದಿಂದಾಗುವ ಸಂಬಂಧವೂ ಅನುಮತಿಸುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>ಈ ಹದೀಸ್ ಸ್ತನಪಾನ ಸಂಬಂಧದ ನಿಯಮಗಳಲ್ಲಿ ಒಂದು ಮೂಲಭೂತ ನಿಯಮವಾಗಿದೆ.
+ಇಬ್ನ್ ಹಜರ್ ಹೇಳುತ್ತಾರೆ: "ಜನ್ಮದಿಂದಾಗುವ ಸಂಬಂಧಗಳು ನಿಷಿದ್ಧಗೊಳಿಸುವುದನ್ನು ಸ್ತನಪಾನದಿಂದಾಗುವ ಸಂಬಂಧವೂ ನಿಷಿದ್ಧಗೊಳಿಸುತ್ತದೆ." ಅಂದರೆ, ಜನ್ಮದಿಂದಾಗುವ ಸಂಬಂಧವು ಯಾವುದನ್ನು ಅನುಮತಿಸುತ್ತದೆಯೋ ಅದನ್ನು ಸ್ತನಪಾನದಿಂದಾಗುವ ಸಂಬಂಧವೂ ಅನುಮತಿಸುತ್ತದೆ. ವಿವಾಹ ನಿಷಿದ್ಧ ಸಂಬಂಧಗಳು ಮತ್ತು ಅದಕ್ಕೆ ಸಂಬಂಧಿಸಿದ ವಿಷಯಗಳು, ಹಾಲುಣಿಸಿದ ಮಹಿಳೆಯ ಮಕ್ಕಳು ಮತ್ತು ಹಾಲುಕುಡಿದ ಮಗುವಿನ ನಡುವಿನ (ವಿವಾಹ) ನಿಷಿದ್ಧ ಸಂಬಂಧವು ಮುಂತಾದವುಗಳಿಗೆ ಈ ನಿಯಮವನ್ನು ಸರ್ವಾನುಮತದಿಂದ (ಇಜ್ಮಾ) ಅಂಗೀಕರಿಸಲಾಗಿದೆ. ಹಾಗೆಯೇ, ಅವರನ್ನು (ಸ್ತನಪಾನದಿಂದಾಗುವ ಸಂಬಂಧಿಕರನ್ನು) (ಪರಸ್ಪರ) ನೋಡುವುದು, ಅವರೊಂದಿಗೆ ಏಕಾಂತದಲ್ಲಿರುವುದು ಮತ್ತು ಪ್ರಯಾಣಿಸುವುದರ ಅನುಮತಿಯ ವಿಷಯದಲ್ಲಿ (ಈ ನಿಯಮವು) ಅವರನ್ನು (ಜನ್ಮದಿಂದಾಗುವ) ಸಂಬಂಧಿಕರ ಸ್ಥಾನದಲ್ಲಿರಿಸಲಾಗುತ್ತದೆ. ಆದರೆ, ಉತ್ತರಾಧಿಕಾರ, ಖರ್ಚಿಗೆ ನೀಡುವುದರ ಕಡ್ಡಾಯತೆ, ಒಡೆತನದಿಂದಾಗಿ ಸ್ವತಂತ್ರರಾಗುವುದು, ಸಾಕ್ಷ್ಯ, ರಕ್ತಪರಿಹಾರದ ಜವಾಬ್ದಾರಿ ಮತ್ತು ಖಿಸಾಸ್ (ಪ್ರತೀಕಾರ) ಅನ್ನು ಕೈಬಿಡುವುದು ಮುಂತಾದ ತಾಯ್ತನದ ಇತರ ನಿಯಮಗಳು ಇದಕ್ಕೆ ಅನ್ವಯವಾಗುವುದಿಲ್ಲ.
+ಸ್ತನಪಾನದಿಂದಾಗುವ (ವಿವಾಹ) ನಿಷಿದ್ಧದ ನಿಯಮವು ಶಾಶ್ವತವಾದ ನಿಷೇಧವಾಗಿದೆ.
+ಇತರ ಹದೀಸ್‌ಗಳು ಸೂಚಿಸುವಂತೆ, ಸ್ತನಪಾನದಿಂದಾಗುವ ನಿಷೇಧವು ಐದು ಸುಪರಿಚಿತ (ಪ್ರತ್ಯೇಕ) ಹಾಲುಣಿಸುವಿಕೆಯಿಂದ ಸ್ಥಾಪಿತವಾಗುತ್ತದೆ. ಹಾಗೆಯೇ, ಅದು ಮಗುವಿಗೆ ಮೊದಲ ಎರಡು ವರ್ಷ ತುಂಬುವುದರೊಳಗೆ ಆಗಿರಬೇಕು.
+ವಂಶಾವಳಿಯಿಂದ ನಿಷಿದ್ಧರಾದವರು: ತಾಯಂದಿರು - ಇದರಲ್ಲಿ ತಾಯಿಯ ಅಥವಾ ತಂದೆಯ ಕಡೆಯ ಅಜ್ಜಿಯರು, ಅವರು ಎಷ್ಟೇ ಮೇಲಿನವರಾಗಿದ್ದರೂ ಸೇರುತ್ತಾರೆ. ಹೆಣ್ಣುಮಕ್ಕಳು - ಇದರಲ್ಲಿ ಹೆಣ್ಣುಮಕ್ಕಳ ಹೆಣ್ಣುಮಕ್ಕಳು, ಮತ್ತು ಗಂಡುಮಕ್ಕಳ ಹೆಣ್ಣುಮಕ್ಕಳು, ಅವರು ಎಷ್ಟೇ ಕೆಳಗಿನವರಾಗಿದ್ದರೂ ಸೇರುತ್ತಾರೆ. ಸಹೋದರಿಯರು - ಅವರು ತಂದೆ-ತಾಯಿ ಇಬ್ಬರಿಂದಲೂ, ಅಥವಾ ಅವರಿಬ್ಬರಲ್ಲಿ ಒಬ್ಬರಿಂದಲೂ ಆಗಿರಬಹುದು. ಅತ್ತೆ (ತಂದೆಯ ಸಹೋದರಿಯರು) - ಇದರಲ್ಲಿ ತಂದೆಯ ಪೂರ್ಣ ಮತ್ತು ಮಲ ಸಹೋದರಿಯರೆಲ್ಲರೂ, ಹಾಗೆಯೇ ನಿಮ್ಮ ಅಜ್ಜಂದಿರ ಎಲ್ಲಾ ಸಹೋದರಿಯರೂ, ಅವರು ಎಷ್ಟೇ ಮೇಲಿನವರಾಗಿದ್ದರೂ, ಸೇರುತ್ತಾರೆ. ಚಿಕ್ಕಮ್ಮ/ದೊಡ್ಡಮ್ಮ (ತಾಯಿಯ ಸಹೋದರಿಯರು) - ಇದರಲ್ಲಿ ತಾಯಿಯ ಪೂರ್ಣ ಮತ್ತು ಮಲ ಸಹೋದರಿಯರೆಲ್ಲರೂ, ಹಾಗೆಯೇ ಅಜ್ಜಿಯರ ಎಲ್ಲಾ ಸಹೋದರಿಯರೂ, ಅವರು ಎಷ್ಟೇ ಮೇಲಿನವರಾಗಿದ್ದರೂ, ಅವರು ತಂದೆಯ ಕಡೆಯ ಅಜ್ಜಿಯರಾಗಲಿ ಅಥವಾ ತಾಯಿಯ ಕಡೆಯ ಅಜ್ಜಿಯರಾಗಲಿ, ಸೇರುತ್ತಾರೆ. ಸಹೋದರನ ಹೆಣ್ಣುಮಕ್ಕಳು, ಮತ್ತು ಸಹೋದರಿಯ ಹೆಣ್ಣುಮಕ್ಕಳು, ಮತ್ತು ಅವರ ಹೆಣ್ಣುಮಕ್ಕಳು, ಅವರು ಎಷ್ಟೇ ಕೆಳಗಿನವರಾಗಿದ್ದರೂ, ಸೇರುತ್ತಾರೆ.
+ಸ್ತನಪಾನ ಸಂಬಂಧದಿಂದ ನಿಷಿದ್ಧರಾದವರು: ವಂಶಾವಳಿಯಿಂದ ನಿಷಿದ್ಧವಾಗುವುದೆಲ್ಲವೂ ಸ್ತನಪಾನದಿಂದಲೂ ನಿಷಿದ್ಧವಾಗುತ್ತವೆ. ಆದ್ದರಿಂದ, ವಂಶಾವಳಿಯಿಂದ ನಿಷಿದ್ಧವಾಗುವ ಪ್ರತಿಯೊಬ್ಬ ಮಹಿಳೆಗೆ ಸಮಾನಳಾಗಿರುವವಳು ಸ್ತನಪಾನದಿಂದಲೂ ನಿಷಿದ್ಧಳಾಗುತ್ತಾಳೆ. ಆದರೆ, ಸ್ತನಪಾನದಿಂದ ಉಂಟಾಗುವ ಸಹೋದರನ ತಾಯಿ ಮತ್ತು ಅವನ ಮಗನ ಸಹೋದರಿ ನಿಷಿದ್ಧಳಾಗುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4311</t>
   </si>
   <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>ಹಲಾಲ್ ಅತ್ಯಂತ ಸ್ಪಷ್ಟವಾಗಿದೆ ಮತ್ತು ಹರಾಮ್ ಕೂಡ ಅತ್ಯಂತ ಸ್ಪಷ್ಟವಾಗಿದೆ</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>ನುಅಮಾನ್ ಬಿನ್ ಬಶೀರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ. ಹೀಗೆ ಹೇಳುವಾಗ ಅವರು ತಮ್ಮ ಬೆರಳುಗಳನ್ನು ಕಿವಿಗಳಲ್ಲಿಟ್ಟರು: "ಹಲಾಲ್ ಅತ್ಯಂತ ಸ್ಪಷ್ಟವಾಗಿದೆ ಮತ್ತು ಹರಾಮ್ ಕೂಡ ಅತ್ಯಂತ ಸ್ಪಷ್ಟವಾಗಿದೆ. ಇವೆರಡರ ಮಧ್ಯೆ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಿವೆ. ಜನರಲ್ಲಿ ಹೆಚ್ಚಿನವರಿಗೂ ಅವುಗಳ ಬಗ್ಗೆ ಜ್ಞಾನವಿಲ್ಲ. ಯಾರು ಈ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಿಂದ ದೂರವಿರುತ್ತಾನೋ, ಅವನು ತನ್ನ ಧರ್ಮ ಮತ್ತು ಘನತೆಯನ್ನು ಕಾಪಾಡಿಕೊಂಡನು. ಯಾರು ಈ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಲ್ಲಿ ಒಳಪಡುತ್ತಾನೋ ಅವನು ಹರಾಮ್‌ನಲ್ಲಿ ಒಳಪಡುತ್ತಾನೆ. ಅವನ ಸ್ಥಿತಿಯು (ಪ್ರವೇಶಾನುಮತಿಯಿಲ್ಲದ) ಹುಲ್ಲುಗಾವಲಿನ ಅಂಚಿನಲ್ಲಿ ತನ್ನ ಕುರಿಮಂದೆಯನ್ನು ಮೇಯಿಸುವ ಒಬ್ಬ ಕುರಿಗಾಹಿಯಂತೆ. ಅವನ ಕುರಿಗಳು ಹುಲ್ಲುಗಾವಲಿನೊಳಗೆ ನುಗ್ಗಿ ಮೇಯುವ ಸಾಧ್ಯತೆಯಿದೆ. ಎಚ್ಚರಾ! ಪ್ರತಿಯೊಬ್ಬ ರಾಜನಿಗೂ ಒಂದು (ನಿಷೇಧಿತ) ವಲಯವಿದೆ. ಎಚ್ಚರಾ! ಅಲ್ಲಾಹು ನಿಷೇಧಿಸಿದ ಕಾರ್ಯಗಳು ಅವನ (ನಿಷೇಧಿತ) ವಲಯವಾಗಿದೆ. ಎಚ್ಚರಾ! ದೇಹದಲ್ಲಿ ಒಂದು ಮಾಂಸದ ತುಂಡಿದೆ. ಅದು ಸರಿಯಾದರೆ ಸಂಪೂರ್ಣ ದೇಹವು ಸರಿಯಾಗುತ್ತದೆ. ಅದು ಕೆಟ್ಟರೆ ಸಂಪೂರ್ಣ ದೇಹವು ಕೆಡುತ್ತದೆ. ಎಚ್ಚರಾ! ಅದು ಹೃದಯವಾಗಿದೆ."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>ಇಲ್ಲಿ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಒಂದು ಸಾಮಾನ್ಯ ಸಿದ್ಧಾಂತವನ್ನು ವಿವರಿಸುತ್ತಾರೆ. ಧರ್ಮದ ಪ್ರಕಾರ ಆ ಸಿದ್ಧಾಂತದಲ್ಲಿ ಮೂರು ಭಾಗಗಳಿವೆ: ಸ್ಪಷ್ಟವಾಗಿರುವ ಧರ್ಮಸಮ್ಮತ ಕಾರ್ಯಗಳು, ಸ್ಪಷ್ಟವಾಗಿರುವ ಧರ್ಮನಿಷೇಧಿತ ಕಾರ್ಯಗಳು ಮತ್ತು ಅಸ್ಪಷ್ಟವಾದ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳು. ಇವು ಧರ್ಮಸಮ್ಮತವೋ ಅಥವಾ ಧರ್ಮನಿಷಿದ್ಧವೋ ಎಂಬ ಬಗ್ಗೆ ಸ್ಪಷ್ಟ ನಿಯಮಗಳಿಲ್ಲ. ಜನರಲ್ಲಿ ಹೆಚ್ಚಿನವರಿಗೆ ಅವುಗಳ ನಿಯಮಗಳ ಬಗ್ಗೆ ತಿಳಿದಿಲ್ಲ.
 ತಮಗೆ ಸಂಶಯಾಸ್ಪದವಾಗಿ ತೋರುವ ಈ ವಿಷಯಗಳನ್ನು ಯಾರು ತೊರೆಯುತ್ತಾರೋ, ಅವರು ನಿಷೇಧಿತ ಕೃತ್ಯಗಳಲ್ಲಿ ಒಳಗೊಳ್ಳದಂತೆ ತಮ್ಮ ಧರ್ಮವನ್ನು ರಕ್ಷಿಸುತ್ತಾರೆ, ಮತ್ತು ಇಂತಿಂತಹ ನಿಷಿದ್ಧ ಕೃತ್ಯವನ್ನು ಮಾಡಿದ್ದಾನೆ ಎಂಬ ಜನರ ಆಕ್ಷೇಪಗಳಿಂದ ತಮ್ಮ ಘನತೆಯನ್ನು ರಕ್ಷಿಸುತ್ತಾರೆ. ಯಾರು ಇಂತಹ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಿಂದ ದೂರವಿರುವುದಿಲ್ಲವೋ, ಅವರು ಒಂದೋ ನಿಷಿದ್ಧ ಕೃತ್ಯದಲ್ಲಿ ಒಳಗೊಳ್ಳುತ್ತಾರೆ, ಅಥವಾ ಜನರ ಆಕ್ಷೇಪಗಳಿಗೆ ಗುರಿಯಾಗುತ್ತಾರೆ. ಸಂಶಯಾಸ್ಪದ ಕೃತ್ಯಗಳನ್ನು ಮಾಡುವವರ ಬಗ್ಗೆ ವಿವರಿಸಲು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಒಂದು ಉದಾಹರಣೆಯನ್ನು ನೀಡುತ್ತಾರೆ. ಅವರ ಸ್ಥಿತಿಯು ನಿಷೇಧಿತ ವಲಯದ ಆಸುಪಾಸಿನಲ್ಲಿ ಕುರಿಗಳನ್ನು ಮೇಯಿಸುವ ಒಬ್ಬ ಕುರಿಗಾಹಿಯಂತೆ. ಆ ಕುರಿಗಳು ನಿಷೇಧಿತ ವಲಯಕ್ಕೆ ಹತ್ತಿರದಲ್ಲೇ ಇರುವುದರಿಂದ ಅವು ಅದರೊಳಗೆ ಪ್ರವೇಶಿಸುವ ಸಾಧ್ಯತೆಗಳಿವೆ. ಹಾಗೆಯೇ, ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳ ಬಳಿ ಸುಳಿಯುವವರು ನಿಷೇಧಿತ ಕೃತ್ಯಗಳಿಗೆ ಬಹಳ ಹತ್ತಿರದಲ್ಲಿರುವುದರಿಂದ ಅವುಗಳಲ್ಲಿ ಒಳಗೊಳ್ಳುವ ಸಾಧ್ಯತೆಗಳಿವೆ. ಇದರ ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ದೇಹದಲ್ಲಿ ಒಂದು ಮಾಂಸದ ಮುದ್ದೆ (ಹೃದಯ) ಇದೆ ಎಂದು ಹೇಳುತ್ತಾರೆ. ಅದು ಸರಿಯಾದರೆ ದೇಹವು ಸರಿಯಾಗುತ್ತದೆ ಮತ್ತು ಅದು ಕೆಟ್ಟರೆ ದೇಹವು ಕೆಡುತ್ತದೆ ಎಂದು ಅವರು ಹೇಳುತ್ತಾರೆ.</t>
   </si>
   <si>
@@ -7201,50 +8003,53 @@
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹೌರಾ ಸಅದಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ನಾನು ಹಸನ್ ಬಿನ್ ಅಲಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರೊಡನೆ ಕೇಳಿದೆ: "ನೀವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಂದ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಏನು ಕಂಠಪಾಠ ಮಾಡಿದ್ದೀರಿ?" ಅವರು ಹೇಳಿದರು: "ನಾನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಂದ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಈ ಮಾತನ್ನು ಕಂಠಪಾಠ ಮಾಡಿದ್ದೇನೆ: ಸಂಶಯವಿರುವ ವಿಷಯಗಳನ್ನು ಬಿಟ್ಟು ಸಂಶಯವಿಲ್ಲದ ವಿಷಯಗಳನ್ನು ಸ್ವೀಕರಿಸಿರಿ. ಏಕೆಂದರೆ, ಸತ್ಯವು ನಿಶ್ಚಿಂತೆಯಾಗಿದೆ ಮತ್ತು ಸುಳ್ಳು ಸಂಶಯವಾಗಿದೆ."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>ಮಾತು ಮತ್ತು ಕರ್ಮಗಳ ಪೈಕಿ ನಿಷೇಧಿಸಲಾಗಿದೆಯೋ ಇಲ್ಲವೋ, ಧರ್ಮನಿಷಿದ್ಧವೋ ಅಥವಾ ಧರ್ಮಸಮ್ಮತವೋ ಎಂಬ ಸಂಶಯವಿರುವವುಗಳನ್ನು ಬಿಟ್ಟು, ಉತ್ತಮ ಮತ್ತು ಧರ್ಮಸಮ್ಮತವೆಂದು ದೃಢವಾಗಿ ತಿಳಿದಿರುವವುಗಳನ್ನು ಮಾಡಿರಿ ಎಂದು ಪ್ರವಾದಿಯವರು ಇಲ್ಲಿ ಆಜ್ಞಾಪಿಸುತ್ತಿದ್ದಾರೆ. ಏಕೆಂದರೆ, ಇಂತಹ ವಿಷಯಗಳನ್ನು ಮಾಡುವಾಗ ಹೃದಯವು ನಿಶ್ಚಿಂತ ಮತ್ತು ಶಾಂತವಾಗಿರುತ್ತದೆ. ಆದರೆ ಸಂಶಯವಿರುವ ಕಾರ್ಯಗಳನ್ನು ಮಾಡುವಾಗ, ಹೃದಯದಲ್ಲಿ ಆತಂಕ ಮತ್ತು ಹಿಂಜರಿಕೆಯಿರುತ್ತದೆ.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>ಮುಸಲ್ಮಾನನು ದೃಢ ತಿಳುವಳಿಕೆಯ ಆಧಾರದಲ್ಲಿ ಕರ್ಮವೆಸಗಬೇಕು ಮತ್ತು ಸಂಶಯವಿರುವ ಕಾರ್ಯಗಳನ್ನು ಬಿಟ್ಟುಬಿಡಬೇಕು. ಧರ್ಮದ ವಿಷಯದಲ್ಲಿ ಒಳನೋಟವನ್ನು ಹೊಂದಿರಬೇಕು.
 ಸಂಶಯಗಳಲ್ಲಿ ಒಳಪಡುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ.
 ನಿಶ್ಚಿಂತೆ ಮತ್ತು ಸಮಾಧಾನ ಬೇಕಾದರೆ ಸಂಶಯವಿರುವ ಕಾರ್ಯಗಳನ್ನು ಬಿಟ್ಟುಬಿಡಬೇಕು.
 ಅಲ್ಲಾಹನಿಗೆ ಮನುಷ್ಯರ ಮೇಲಿರುವ ದಯೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಅವನು ಮನಸ್ಸಿಗೆ ನೆಮ್ಮದಿ ನೀಡುವ ಕಾರ್ಯಗಳನ್ನು ಆದೇಶಿಸಿದ್ದಾನೆ ಮತ್ತು ಮನಸ್ಸಿಗೆ ಆತಂಕ ಮತ್ತು ಚಿಂತೆ ತರುವ ವಿಷಯಗಳನ್ನು ನಿಷೇಧಿಸಿದ್ದಾನೆ.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/4564</t>
   </si>
   <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>ಒಬ್ಬ ವ್ಯಕ್ತಿ ಸಾಮೂಹಿಕವಾಗಿ (ಜಮಾಅತ್‌ನೊಂದಿಗೆ) ನಮಾಝ್ ನಿರ್ವಹಿಸುವುದು, ಆತ ತನ್ನ ಮನೆಯಲ್ಲಿ ಅಥವಾ ತನ್ನ  ಮಾರುಕಟ್ಟೆಯಲ್ಲಿ ನಿರ್ವಹಿಸುವ ನಮಾಝ್‌ಗಿಂತ ಇಪ್ಪತ್ತಕ್ಕಿಂತಲೂ ಹೆಚ್ಚು ಪದವಿಗಳನ್ನು ಹೊಂದಿದೆ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಒಬ್ಬ ವ್ಯಕ್ತಿ ಸಾಮೂಹಿಕವಾಗಿ (ಜಮಾಅತ್‌ನೊಂದಿಗೆ) ನಮಾಝ್ ನಿರ್ವಹಿಸುವುದು, ಆತ ತನ್ನ ಮನೆಯಲ್ಲಿ ಅಥವಾ ತನ್ನ  ಮಾರುಕಟ್ಟೆಯಲ್ಲಿ ನಿರ್ವಹಿಸುವ ನಮಾಝ್‌ಗಿಂತ ಇಪ್ಪತ್ತಕ್ಕಿಂತಲೂ ಹೆಚ್ಚು ಪದವಿಗಳನ್ನು ಹೊಂದಿದೆ. ಅದೇಕೆಂದರೆ, ಅವರಲ್ಲೊಬ್ಬನು ಅತ್ಯುತ್ತಮ ರೀತಿಯಲ್ಲಿ ವುದೂ (ಅಂಗಸ್ನಾನ) ನಿರ್ವಹಿಸಿ, ನಂತರ ಮಸೀದಿಗೆ ಹೊರಡುತ್ತಾನೆ. ನಮಾಝಿನ ಹೊರತು ಇನ್ನೇನೂ ಅವನನ್ನು (ಹೊರಡುವಂತೆ) ಪ್ರಚೋದಿಸುವುದಿಲ್ಲ. ಅವನು ನಮಾಝನ್ನಲ್ಲದೆ ಇನ್ನೇನನ್ನೂ ಉದ್ದೇಶಿಸುವುದೂ ಇಲ್ಲ. ಹಾಗಾದರೆ, ಅವನು ಮಸೀದಿಯನ್ನು ಪ್ರವೇಶಿಸುವ ತನಕ ಅವನ ಒಂದೊಂದು ಹೆಜ್ಜೆಗೂ ಅವನಿಗೆ ಒಂದೊಂದು ಪದವಿಯನ್ನು ಏರಿಸಲಾಗುತ್ತದೆ ಮತ್ತು ಅವನಿಂದ ಒಂದೊಂದು ಪಾಪವನ್ನು ಅಳಿಸಲಾಗುತ್ತದೆ. ಅವನು ಮಸೀದಿಯನ್ನು ಪ್ರವೇಶಿಸಿದ ನಂತರ, ಎಲ್ಲಿಯವರೆಗೆ ನಮಾಝ್ ಅವನನ್ನು ಅಲ್ಲಿ ತಡೆದಿರಿಸುತ್ತದೋ ಅಲ್ಲಿಯ ತನಕ ಅವನು ನಮಾಝ್ ಮಾಡುತ್ತಿದ್ದಾನೆಂದೇ ಪರಿಗಣಿಸಲಾಗುತ್ತದೆ. ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ನಮಾಝ್ ಮಾಡಿದ ಸ್ಥಳದಲ್ಲೇ ಕುಳಿತಿರುವ ತನಕ ದೇವದೂತರುಗಳು, “ಓ ಅಲ್ಲಾಹ್! ಇವನಿಗೆ ದಯೆ ತೋರು! ಓ ಅಲ್ಲಾಹ್! ಇವನನ್ನು ಕ್ಷಮಿಸು! ಓ ಅಲ್ಲಾಹ್! ಇವನ ಪಶ್ಚಾತ್ತಾಪವನ್ನು ಸ್ವೀಕರಿಸು!” ಎಂದು ಅವನಿಗಾಗಿ ಪ್ರಾರ್ಥಿಸುತ್ತಲೇ ಇರುತ್ತಾರೆ. ಅವನು ಇತರರಿಗೆ ತೊಂದರೆ ಕೊಡದಿರುವ ತನಕ, ಅಥವಾ ಅವನ ವುದೂ (ಅಂಗಸ್ನಾನ) ಅಸಿಂಧುವಾಗದಿರುವ ತನಕ."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಒಬ್ಬ ಮುಸಲ್ಮಾನನು ಸಾಮೂಹಿಕವಾಗಿ ನಮಾಝ್ ನಿರ್ವಹಿಸಿದರೆ, ಅವನ ಆ ನಮಾಝ್, ಅವನು ತನ್ನ ಮನೆಯಲ್ಲಿ ಅಥವಾ ತನ್ನ ಮಾರುಕಟ್ಟೆಯಲ್ಲಿ ನಿರ್ವಹಿಸುವ ನಮಾಝ್‌ಗಿಂತ ಇಪ್ಪತ್ತಕ್ಕಿಂತಲೂ ಹೆಚ್ಚು ಬಾರಿ ಶ್ರೇಷ್ಠವಾಗಿದೆ. ನಂತರ ಅವರು ಅದರ ಕಾರಣವನ್ನು ತಿಳಿಸುತ್ತಾರೆ: ಅದೇನೆಂದರೆ, ಒಬ್ಬ ವ್ಯಕ್ತಿ ಅತ್ಯುತ್ತಮವಾಗಿ ಮತ್ತು ಪೂರ್ಣವಾಗಿ ವುದೂ ನಿರ್ವಹಿಸಿ, ನಂತರ ನಮಾಝ್ ನಿರ್ವಹಿಸುವ ಉದ್ದೇಶದಿಂದ ಮಾತ್ರ ಮಸೀದಿಗೆ ಹೊರಟರೆ, ಅವನ ಪ್ರತಿಯೊಂದು ಹೆಜ್ಜೆಗೆ ಅನುಗುಣವಾಗಿ ಅವನಿಗೆ ಒಂದೊಂದು ಸ್ಥಾನ ಅಥವಾ ಪದವಿಯನ್ನು ಏರಿಸಲಾಗುತ್ತದೆ ಮತ್ತು ಒಂದೊಂದು ಪಾಪವನ್ನು ಅಳಿಸಲಾಗುತ್ತದೆ. ನಂತರ ಅವನು ಮಸೀದಿಯನ್ನು ಪ್ರವೇಶಿಸಿ ನಮಾಝಿಗಾಗಿ ಕಾಯುತ್ತಾ ಕುಳಿತಿರುವಾಗ, ಅವನು ಕಾಯುತ್ತಿರುವ ತನಕ ಅವನಿಗೆ ನಮಾಝ್ ನಿರ್ವಹಿಸಿದ ಪ್ರತಿಫಲವು ದೊರೆಯುತ್ತದೆ. ಅವನು ನಮಾಝ್ ಮಾಡಿದ ಸ್ಥಳದಲ್ಲೇ ಇರುವ ತನಕ ದೇವದೂತರುಗಳು ಅವನಿಗಾಗಿ ಹೀಗೆ ಪ್ರಾರ್ಥಿಸುತ್ತಲೇ ಇರುತ್ತಾರೆ: "ಓ ಅಲ್ಲಾಹ್! ಇವನಿಗೆ ದಯೆ ತೋರು! ಓ ಅಲ್ಲಾಹ್! ಇವನನ್ನು ಕ್ಷಮಿಸು! ಓ ಅಲ್ಲಾಹ್! ಇವನ ಪಶ್ಚಾತ್ತಾಪವನ್ನು ಸ್ವೀಕರಿಸು!" ಇದು ಅವನ ವುದೂ ಅಸಿಂಧುವಾಗದಿರುವ ತನಕ, ಅಥವಾ ಜನರಿಗೆ ಅಥವಾ ದೇವದೂತರಿಗೆ ತೊಂದರೆಯಾಗುವ ಕೆಲಸವನ್ನು ಅವನು ಮಾಡದಿರುವ ತನಕ ಮುಂದುವರಿಯುತ್ತದೆ.</t>
   </si>
@@ -7474,50 +8279,94 @@
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>ತೊಂದರೆ ಅನುಭವಿಸಿದ್ದಕ್ಕಿಂದ ಹೆಚ್ಚು ತೊಂದರೆ ಕೊಡುವ ಮೂಲಕ ಪ್ರತಿಕ್ರಿಯಿಸುವುದನ್ನು ಈ ಹದೀಸಿನಲ್ಲಿ ನಿಷೇಧಿಸಲಾಗಿದೆ.
 ದಾಸರಿಗೆ ತೊಂದರೆಯಾಗುವ ಯಾವುದೇ ಕಾರ್ಯವನ್ನೂ ಅಲ್ಲಾಹು ಆಜ್ಞಾಪಿಸಿಲ್ಲ.
 ಮಾತು, ಕ್ರಿಯೆ ಅಥವಾ ನಿಷ್ಕ್ರಿಯತೆಯಿಂದ ವಿನಾಕಾರಣ ಯಾರಿಗಾದರೂ ತೊಂದರೆ ಕೊಡುವುದನ್ನು ಮತ್ತು ಪ್ರತೀಕಾರದ ರೂಪದಲ್ಲಿ ತೊಂದರೆ ಕೊಡುವುದನ್ನು ಈ ಹದೀಸಿನಲ್ಲಿ ನಿಷೇಧಿಸಲಾಗಿದೆ.
 ಪ್ರತಿಫಲವು ಕರ್ಮದ ಅದೇ ವರ್ಗಕ್ಕೆ ಸೇರಿರುತ್ತದೆ. ಆದ್ದರಿಂದ, ಯಾರು ತೊಂದರೆ ಕೊಡುತ್ತಾರೋ, ಅವರಿಗೆ ಅಲ್ಲಾಹು ತೊಂದರೆ ಕೊಡುತ್ತಾನೆ ಮತ್ತು ಯಾರು ಕಷ್ಟಗೊಳಿಸುತ್ತಾರೋ, ಅವರಿಗೆ ಅಲ್ಲಾಹು ಕಷ್ಟಗೊಳಿಸುತ್ತಾನೆ.
 "ತೊಂದರೆಯನ್ನು ನಿವಾರಿಸಬೇಕು" ಎಂಬುದು ಇಸ್ಲಾಂ ಧರ್ಮದ ಸಿದ್ಧಾಂತಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಇಸ್ಲಾಂ ಧರ್ಮವು ತೊಂದರೆಯನ್ನು ಅಂಗೀಕರಿಸುವುದಿಲ್ಲ ಮತ್ತು ತೊಂದರೆ ಕೊಡುವುದನ್ನು ಕೂಡ ಅದು ಖಂಡಿಸುತ್ತದೆ.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[صحيح بشواهده]</t>
   </si>
   <si>
     <t>[رواه الدارقطني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>ಒಬ್ಬ ಮುಸ್ಲಿಂ ವ್ಯಕ್ತಿಯ ರಕ್ತವು (ಅವನ ಪ್ರಾಣ ತೆಗೆಯುವುದು) ಮೂರು (ಕಾರಣಗಳಲ್ಲಿ) ಒಂದರಿಂದ ಹೊರತು ಹಲಾಲ್  ಆಗುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಮಸ್ಊದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಒಬ್ಬ ಮುಸ್ಲಿಂ ವ್ಯಕ್ತಿಯ ರಕ್ತವು (ಅವನ ಪ್ರಾಣ ತೆಗೆಯುವುದು) ಮೂರು (ಕಾರಣಗಳಲ್ಲಿ) ಒಂದರಿಂದ ಹೊರತು ಹಲಾಲ್  ಆಗುವುದಿಲ್ಲ: ವಿವಾಹಿತ ವ್ಯಭಿಚಾರಿ, ಪ್ರಾಣಕ್ಕೆ ಪ್ರತಿಯಾಗಿ ಪ್ರಾಣ (ಕೊಲೆಗೆ ಪ್ರತೀಕಾರ), ಮತ್ತು ತನ್ನ ಧರ್ಮವನ್ನು ತೊರೆದು ಜಮಾಅತ್ (ಮುಸ್ಲಿಂ ಸಮುದಾಯ) ದಿಂದ ಬೇರ್ಪಟ್ಟವನು".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿವರಿಸುವುದೇನೆಂದರೆ, ಮುಸ್ಲಿಮನ ರಕ್ತವು (ಮುಸ್ಲಿಮನನ್ನು ಕೊಲೆ ಮಾಡುವುದು) ಹರಾಮ್ (ನಿಷಿದ್ಧ) ಆಗಿದೆ, ಅವನು ಮೂರು ವಿಷಯಗಳಲ್ಲಿ ಒಂದನ್ನು ಮಾಡಿದರೆ ಹೊರತು: ಮೊದಲನೆಯದು: ಸರಿಯಾದ ಕರಾರಿನ ಮೂಲಕ ವಿವಾಹಿತನಾಗಿದ್ದೂ ಸಹ ಯಾರು ವ್ಯಭಿಚಾರದ ಅಶ್ಲೀಲ ಕೃತ್ಯದಲ್ಲಿ ತೊಡಗುತ್ತಾನೋ, ಅವನನ್ನು ಕಲ್ಲೆಸೆದು ಕೊಲ್ಲುವುದು ಹಲಾಲ್ (ಧರ್ಮಸಮ್ಮತ) ಆಗುತ್ತದೆ. ಎರಡನೆಯದು: ಯಾರು ನಿರಪರಾಧಿ ವ್ಯಕ್ತಿಯನ್ನು ಉದ್ದೇಶಪೂರ್ವಕವಾಗಿ, ಕೊಲ್ಲಲು ಯಾವುದೇ ಹಕ್ಕಿಲ್ಲದೆ ಕೊಲ್ಲುತ್ತಾನೋ, ಅವನನ್ನು (ಪ್ರತೀಕಾರದ) ಶರತ್ತುಗಳೊಂದಿಗೆ ಕೊಲ್ಲಲಾಗುತ್ತದೆ. ಮೂರನೆಯದು: ಮುಸ್ಲಿಂ ಸಮುದಾಯದಿಂದ ಹೊರಹೋದವನು; ಒಂದೋ ಧರ್ಮಪರಿತ್ಯಾಗಿಯಾಗಿ ಇಸ್ಲಾಂ ಧರ್ಮವನ್ನೇ ಸಂಪೂರ್ಣವಾಗಿ ತ್ಯಜಿಸುವ ಮೂಲಕ ಹೊರಹೋದವನು, ಅಥವಾ ಧರ್ಮ ಪರಿತ್ಯಾಗ ಮಾಡದೆ, ಅದರ (ಧರ್ಮದ) ಕೆಲವು ಭಾಗಗಳನ್ನು ತ್ಯಜಿಸುವ ಮೂಲಕ (ಸಮುದಾಯದಿಂದ) ಬೇರ್ಪಡುವವನು, ಉದಾಹರಣೆಗೆ ದಂಗೆಕೋರರು, ದರೋಡೆಕೋರರು, ಮತ್ತು ಖವಾರಿಜ್‌ಗಳ ಪೈಕಿ ಯುದ್ಧ ಮಾಡುವವರು ಮುಂತಾದವರು.</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>ಈ ಮೂರು ಕೆಲಸಗಳನ್ನು ಮಾಡುವುದು ನಿಷಿದ್ಧವೆಂದು ತಿಳಿಸಲಾಗಿದೆ. ಯಾರು ಅವುಗಳಲ್ಲಿ ಒಂದನ್ನು ಮಾಡುತ್ತಾನೋ ಅವನು ಮರಣದಂಡನೆಗೆ ಅರ್ಹನಾಗುತ್ತಾನೆ: ಅದು ಒಂದೋ 'ಕುಫ್ರ್' (ಸತ್ಯನಿಷೇಧ) ದಿಂದ ಆಗಿರುತ್ತದೆ. ಅಂದರೆ, ಇಸ್ಲಾಂನಿಂದ ಭ್ರಷ್ಟನಾದವನು, ಅಥವಾ ದಂಡನೆಯಿಂದ ಆಗಿರುತ್ತದೆ. ಅಂದರೆ, ವಿವಾಹಿತನಾಗಿದ್ದೂ ವ್ಯಭಿಚಾರ ಮಾಡುವವನು, ಮತ್ತು ಉದ್ದೇಶಪೂರ್ವಕವಾಗಿ ಕೊಲೆ ಮಾಡಿದವನು.
+ಮಾನ-ಗೌರವಗಳನ್ನು ಮತ್ತು ಅವುಗಳ ಪಾವಿತ್ರ್ಯತೆಯನ್ನು ಕಾಪಾಡುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ ಎಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಮುಸ್ಲಿಮನನ್ನು ಗೌರವಿಸುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ, ಮತ್ತು ಅವನ ರಕ್ತವು ಸಂರಕ್ಷಿಸಲ್ಪಟ್ಟಿದೆ ಎಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಮುಸ್ಲಿಂ ಸಮುದಾಯಕ್ಕೆ ಬದ್ಧರಾಗಿರಲು ಮತ್ತು ಅವರಿಂದ ಬೇರ್ಪಡದಿರಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ತಮವಾದ ಬೋಧನಾ ಶೈಲಿಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಅದು ಹೇಗೆಂದರೆ, ಕೆಲವೊಮ್ಮೆ ಅವರು ವಿಷಯವನ್ನು ವಿಭಾಗಿಸಿ ಹೇಳುತ್ತಿದ್ದರು. ವಿಷಯವನ್ನು ವಿಭಾಗಿಸಿ ಹೇಳುವುದರಿಂದ ವಿಷಯವು ಕುಗ್ಗುತ್ತದೆ ಮತ್ತು ಸಮಗ್ರವಾಗುತ್ತದೆ. ಇದರಿಂದ ಅದನ್ನು ಕಂಠಪಾಠ ಮಾಡುವುದು ಹೆಚ್ಚು ವೇಗವಾಗಿರುತ್ತದೆ.
+ಅಪರಾಧಿಗಳನ್ನು (ಅಪರಾಧದಿಂದ) ದೂರವಿಡಲು, ಮತ್ತು ಸಮಾಜವನ್ನು ಅಪರಾಧಗಳಿಂದ ರಕ್ಷಿಸಲು ಹಾಗೂ ತಡೆಗಟ್ಟಲು ಅಲ್ಲಾಹು 'ಹುದೂದ್' (ದಂಡನೆಗಳು) ಗಳನ್ನು ನಿಯಮಗೊಳಿಸಿದ್ದಾನೆ ಎಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಈ 'ಹುದೂದ್' (ದಂಡನೆ) ಗಳನ್ನು ಜಾರಿಗೊಳಿಸುವುದು ಆಡಳಿತಗಾರರಿಗೆ ಮಾತ್ರ ವಿಶೇಷವಾಗಿರುವ ಅಧಿಕಾರವಾಗಿದೆ.
+(ಶರೀಅತ್ ಪ್ರಕಾರ) ಮರಣದಂಡನೆಗೆ ಮೂರಕ್ಕಿಂತ ಹೆಚ್ಚು ಕಾರಣಗಳಿವೆ. ಆದರೆ ಅವು ಇಲ್ಲಿ ಉಲ್ಲೇಖಿಸಿದ ವಿಷಯಗಳಿಂದ ಹೊರತಾಗಿಲ್ಲ. ಇಬ್ನುಲ್-ಅರಬೀ ಅಲ್-ಮಾಲಿಕೀ ಹೇಳುತ್ತಾರೆ: "ಯಾವುದೇ ಕಾರಣಕ್ಕೂ ಅವು ಈ ಮೂರರಿಂದ ಹೊರತಾಗಿಲ್ಲ. ಏಕೆಂದರೆ, ಯಾರು ಮಾಟ ಮಾಡುತ್ತಾರೋ ಅಥವಾ ಅಲ್ಲಾಹನ ಪ್ರವಾದಿಯನ್ನು ನಿಂದಿಸುತ್ತಾರೋ ಅವರು ಸತ್ಯನಿಷೇಧಿಗಳಾಗುತ್ತಾರೆ. ಆದ್ದರಿಂದ ಅವರು 'ಧರ್ಮಪರಿತ್ಯಾಗಿ' ವರ್ಗದಲ್ಲಿ ಸೇರುತ್ತಾರೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4714</t>
+  </si>
+  <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>ನಿಮ್ಮ ನಾಲಗೆಯು ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯಿಂದ ಸದಾ ಒದ್ದೆಯಾಗಿರಲಿ</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾಹ್ ಇಬ್ನ್ ಬುಸ್ರ್(ರ) ರಿಂದ ವರದಿ. ಒಬ್ಬ ವ್ಯಕ್ತಿ ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಇಸ್ಲಾಮಿನ ನಿಯಮಗಳು ನನಗೆ ಹೆಚ್ಚಾಗಿವೆ. ಆದ್ದರಿಂದ ನಾನು ಬಿಗಿಯಾಗಿ ಹಿಡಿದುಕೊಳ್ಳಬಹುದಾದ ಒಂದು ವಿಷಯವನ್ನು ನನಗೆ ತಿಳಿಸಿಕೊಡಿ." ಅವರು ಹೇಳಿದರು: "ನಿಮ್ಮ ನಾಲಗೆಯು ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯಿಂದ ಸದಾ ಒದ್ದೆಯಾಗಿರಲಿ."</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>ಒಬ್ಬ ವ್ಯಕ್ತಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು, ಐಚ್ಛಿಕ ಆರಾಧನೆಗಳು ಹೆಚ್ಚಾದ ಕಾರಣ ಅವುಗಳನ್ನು ನಿರ್ವಹಿಸಲು ತನಗೆ ಸಾಧ್ಯವಾಗುವುದಿಲ್ಲವೆಂದು ದೂರಿಕೊಂಡರು. ನಂತರ ಅವರು, ಹೆಚ್ಚು ಪ್ರತಿಫಲವನ್ನು ಹೊಂದಿರುವ ಮತ್ತು ಸರಳವಾಗಿರುವ, ತನಗೆ ಮಾಡಲು ಸಾಧ್ಯವಾಗುವ ಮತ್ತು ಬಿಗಿಯಾಗಿ ಹಿಡಿದುಕೊಳ್ಳಬಹುದಾದ ಒಂದು ಕಾರ್ಯದ ಬಗ್ಗೆ ತಿಳಿಸಿಕೊಡಬೇಕೆಂದು  ಪ್ರವಾದಿಯವರೊಂದಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ)ವಿನಂತಿಸಿದರು.
 ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆ ವ್ಯಕ್ತಿಯೊಂದಿಗೆ, ಅವರ ನಾಲಗೆಯು ಎಲ್ಲಾ ಸಮಯ ಮತ್ತು ಎಲ್ಲಾ ಪರಿಸ್ಥಿತಿಗಳಲ್ಲಿ ತಸ್ಬೀಹ್, ತಹ್ಮೀದ್‌, ಇಸ್ತಿಗ್ಫಾರ್, ದುಆ ಮುಂತಾದ ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಗಳ ಮೂಲಕ ಸದಾ ಹಸಿಯಾಗಿ, ಅಲುಗಾಡುತ್ತಾ ಇರಬೇಕೆಂದು ಸೂಚಿಸಿದರು.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
@@ -7613,51 +8462,102 @@
   <si>
     <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಜನರ ಹಕ್ಕೊತ್ತಾಯಗಳಿಗೆ ಅನುಗುಣವಾಗಿ ಅವರಿಗೆ ನೀಡಲಾಗುತ್ತಿದ್ದರೆ, ಕೆಲವು ಪುರುಷರು ಇತರರ ಸಂಪತ್ತು ಮತ್ತು ರಕ್ತಗಳಿಗಾಗಿ ಹಕ್ಕೊತ್ತಾಯ ಮಾಡುತ್ತಿದ್ದರು. ಆದರೆ, ಹಕ್ಕೊತ್ತಾಯ ಮಾಡುವವನು (ಫಿರ್ಯಾದಿ) ಅದಕ್ಕೆ ಪುರಾವೆ ಒದಗಿಸಬೇಕು ಮತ್ತು ಅದನ್ನು ನಿರಾಕರಿಸುವವನು (ಪ್ರತಿವಾದಿ) ಪ್ರಮಾಣ ಮಾಡಬೇಕು."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಯಾವುದೇ ಪುರಾವೆ ಅಥವಾ ಆಧಾರವಿಲ್ಲದೆ ಕೇವಲ ಜನರ ಹಕ್ಕೊತ್ತಾಯಗಳಿಗೆ ಅನುಗುಣವಾಗಿ ಅವರಿಗೆ ನೀಡಲಾಗುತ್ತಿದ್ದರೆ, ಜನರು ಇತರರ ಸಂಪತ್ತು ಮತ್ತು ಜೀವಗಳಿಗಾಗಿ ಹಕ್ಕೊತ್ತಾಯ ಮಾಡುತ್ತಿದ್ದರು. ಆದರೆ, ಫಿರ್ಯಾದಿ ತನ್ನ ವಾದಕ್ಕೆ ಆಧಾರವಾಗಿ ಪುರಾವೆ ಒದಗಿಸುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಅವನಲ್ಲಿ ಯಾವುದೇ ಪುರಾವೆ ಇಲ್ಲದಿದ್ದರೆ, ಹಕ್ಕೊತ್ತಾಯವನ್ನು ಪ್ರತಿವಾದಿಯ ಮುಂದೆ ಪ್ರದರ್ಶಿಸಲಾಗುತ್ತದೆ. ಅವನು ಅದನ್ನು ನಿರಾಕರಿಸುವುದಾದರೆ ಪ್ರಮಾಣ ಮಾಡಬೇಕಾಗುತ್ತದೆ. ಅದರ ನಂತರವೇ ಅವನನ್ನು ವಿಮುಕ್ತಗೊಳಿಸಲಾಗುತ್ತದೆ.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>ಇಬ್ನ್ ದಕೀಕುಲ್ ಈದ್ ಹೇಳಿದರು: "ಈ ಹದೀಸ್ ತೀರ್ಪು ನೀಡುವುದಕ್ಕಿರುವ ಮೂಲ ನಿಯಮಗಳಲ್ಲಿ ಒಂದಾಗಿದ್ದು, ವಿವಾದ ಮತ್ತು ತರ್ಕಗಳ ಸಂದರ್ಭದಲ್ಲಿ ಅವಲಂಬಿಸಬೇಕಾದ ಅತಿದೊಡ್ಡ ಉಲ್ಲೇಖವಾಗಿದೆ."
 ಜನರ ಸಂಪತ್ತು ಮತ್ತು ಜೀವಗಳಲ್ಲಿ ಇತರರು ಚೆಲ್ಲಾಟವಾಡದಂತೆ ರಕ್ಷಿಸುವುದು ಇಸ್ಲಾಮಿ ಧರ್ಮಶಾಸ್ತ್ರದ ಉದ್ದೇಶಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ.
 ನ್ಯಾಯಾಧೀಶರು ತಮ್ಮ ಪಾಂಡಿತ್ಯಕ್ಕೆ ಅನುಗುಣವಾಗಿ ತೀರ್ಪು ನೀಡಬಾರದು. ಬದಲಿಗೆ, ಪುರಾವೆಗಳ ಆಧಾರದಲ್ಲಿ ತೀರ್ಪು ನೀಡಬೇಕು.
 ಸೂಕ್ತ ಆಧಾರವಿಲ್ಲದೆ ಮಾಡಲಾಗುವ ಹಕ್ಕೊತ್ತಾಯಗಳೆಲ್ಲವೂ ತಿರಸ್ಕೃತವಾಗಿವೆ. ಅದು ಹಕ್ಕುಗಳು, ವ್ಯವಹಾರಗಳು ಅಥವಾ ವಿಶ್ವಾಸ ಮತ್ತು ಜ್ಞಾನಕ್ಕೆ ಸಂಬಂಧಿಸಿದ ವಿಷಯಗಳಲ್ಲಾದರೂ ಸಹ.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
+    <t>[رواه البيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/kn/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>ಆದಮರ ಮಗನು (ಮನುಷ್ಯನು) ಹೊಟ್ಟೆಗಿಂತ ಕೆಟ್ಟ ಪಾತ್ರೆಯನ್ನು ತುಂಬಲಿಲ್ಲ. ಆದಮರ ಮಗನಿಗೆ ಅವನ ಬೆನ್ನು ನೇರವಾಗಿಡಲು ಕೆಲವು ತುತ್ತುಗಳು ಸಾಕಾಗುತ್ತವೆ. ಒಂದು ವೇಳೆ (ಹೆಚ್ಚು ತಿನ್ನುವುದು) ಅನಿವಾರ್ಯವಾದರೆ, (ಅವನ ಹೊಟ್ಟೆಯ) ಮೂರನೇ ಒಂದು ಭಾಗವು ಅವನ ಆಹಾರಕ್ಕಾಗಿ, ಮೂರನೇ ಒಂದು ಭಾಗವು ಅವನ ಪಾನೀಯಕ್ಕಾಗಿ, ಮತ್ತು ಮೂರನೇ ಒಂದು ಭಾಗವು ಅವನ ಉಸಿರಾಟಕ್ಕಾಗಿ (ಇರಲಿ)</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>ಅಲ್-ಮಿಖ್ದಾಮ್ ಇಬ್ನ್ ಮಅದೀ ಕರಿಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಆದಮರ ಮಗನು (ಮನುಷ್ಯನು) ಹೊಟ್ಟೆಗಿಂತ ಕೆಟ್ಟ ಪಾತ್ರೆಯನ್ನು ತುಂಬಲಿಲ್ಲ. ಆದಮರ ಮಗನಿಗೆ ಅವನ ಬೆನ್ನು ನೇರವಾಗಿಡಲು ಕೆಲವು ತುತ್ತುಗಳು ಸಾಕಾಗುತ್ತವೆ. ಒಂದು ವೇಳೆ (ಹೆಚ್ಚು ತಿನ್ನುವುದು) ಅನಿವಾರ್ಯವಾದರೆ, (ಅವನ ಹೊಟ್ಟೆಯ) ಮೂರನೇ ಒಂದು ಭಾಗವು ಅವನ ಆಹಾರಕ್ಕಾಗಿ, ಮೂರನೇ ಒಂದು ಭಾಗವು ಅವನ ಪಾನೀಯಕ್ಕಾಗಿ, ಮತ್ತು ಮೂರನೇ ಒಂದು ಭಾಗವು ಅವನ ಉಸಿರಾಟಕ್ಕಾಗಿ (ಇರಲಿ)".</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>ಗೌರವಾನ್ವಿತ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ನಮಗೆ ವೈದ್ಯಶಾಸ್ತ್ರದ ಮೂಲಭೂತ ತತ್ವಗಳಲ್ಲಿ ಒಂದನ್ನು ತಿಳಿಸಿದ್ದಾರೆ. ಅದೇನೆಂದರೆ, ಮನುಷ್ಯನು ತನ್ನ ಆರೋಗ್ಯವನ್ನು ರಕ್ಷಿಸಿಕೊಳ್ಳುವ ವಿಧಾನ. ಅಂದರೆ, ಕಡಿಮೆ ತಿನ್ನುವುದು. ಮನುಷ್ಯನು ತನ್ನ ಹಸಿವನ್ನು ನೀಗಿಸಲು ಮತ್ತು ತನ್ನ ಅಗತ್ಯ ಕಾರ್ಯಗಳಿಗಾಗಿ ತನಗೆ ಶಕ್ತಿ ನೀಡಲು ಬೇಕಾದಷ್ಟು ಮಾತ್ರ ತಿನ್ನಬೇಕು. ಏಕೆಂದರೆ, ತುಂಬಿಸಲಾಗುವ ಪಾತ್ರೆಗಳಲ್ಲಿ ಅತ್ಯಂತ ಕೆಟ್ಟದ್ದು ಹೊಟ್ಟೆಯಾಗಿದೆ. ಅತಿಯಾಗಿ ತಿನ್ನುವುದರಿಂದ ಅಸಂಖ್ಯಾತ ಮಾರಣಾಂತಿಕ ರೋಗಗಳು ಉಂಟಾಗುತ್ತವೆ. ಅವು ತಕ್ಷಣವೇ ಆಗಿರಬಹುದು ಅಥವಾ ವಿಳಂಬವಾಗಿ ಬರಬಹುದು. ಅವು ಆಂತರಿಕವಾಗಿರಬಹುದು ಅಥವಾ ಬಾಹ್ಯವಾಗಿರಬಹುದು. ನಂತರ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: ಒಬ್ಬ ವ್ಯಕ್ತಿಗೆ ಹೊಟ್ಟೆ ತುಂಬ ತಿನ್ನುವುದು ಅನಿವಾರ್ಯವಾದರೆ, ಅವನು ತನ್ನ ಆಹಾರವನ್ನು (ಹೊಟ್ಟೆಯ) ಮೂರನೇ ಒಂದು ಭಾಗದಷ್ಟು, ಇನ್ನೊಂದು ಮೂರನೇ ಒಂದು ಭಾಗವನ್ನು ಪಾನೀಯಕ್ಕಾಗಿ, ಮತ್ತು (ಕೊನೆಯ) ಮೂರನೇ ಒಂದು ಭಾಗವನ್ನು ಉಸಿರಾಟಕ್ಕಾಗಿ ಇಟ್ಟುಕೊಳ್ಳಲಿ. ಇದರಿಂದ ಅವನಿಗೆ ಇಕ್ಕಟ್ಟು ಮತ್ತು ಹಾನಿಯುಂಟಾಗುವುದಿಲ್ಲ. ಹಾಗೆಯೇ, ಅಲ್ಲಾಹು ಅವನಿಗೆ ಕಡ್ಡಾಯಗೊಳಿಸಿದ ಧಾರ್ಮಿಕ ಮತ್ತು ಲೌಕಿಕ ಕಾರ್ಯಗಳನ್ನು ನಿರ್ವಹಿಸಲು ಅವನಿಗೆ ಸೋಮಾರಿತನ ಉಂಟಾಗುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>ತಿನ್ನುವುದು ಮತ್ತು ಕುಡಿಯುವುದರಲ್ಲಿ ಮಿತಿಮೀರದಿರುವುದು. ಇದು ವೈದ್ಯಶಾಸ್ತ್ರದ ಎಲ್ಲಾ ಮೂಲಭೂತ ತತ್ವಗಳನ್ನು ಒಳಗೊಂಡಿರುವ ಒಂದು ಸಮಗ್ರ ತತ್ವವಾಗಿದೆ. ಏಕೆಂದರೆ ಅತಿಯಾಗಿ ತಿನ್ನುವುದರಿಂದ ಅನೇಕ ರೋಗಗಳು ಮತ್ತು ಅಸ್ವಸ್ಥತೆಗಳು ಉಂಟಾಗುತ್ತವೆ.
+ತಿನ್ನುವುದರ ಉದ್ದೇಶ, ಆರೋಗ್ಯ ಮತ್ತು ಶಕ್ತಿಯನ್ನು ಕಾಪಾಡಿಕೊಳ್ಳುವುದು ಮತ್ತು ಅವುಗಳ ಮೂಲಕ ಜೀವನದ ಸುಸ್ಥಿತಿಯನ್ನು ಕಾಪಾಡಿಕೊಳ್ಳುವುದಾಗಿದೆ.
+ಹೊಟ್ಟೆಯನ್ನು ಆಹಾರದಿಂದ ತುಂಬಿಸುವುದರಿಂದ ದೈಹಿಕ ಮತ್ತು ಧಾರ್ಮಿಕ ಹಾನಿಗಳಿವೆ. ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಹೇಳಿದರು: "ಅತಿಯಾಗಿ ತಿನ್ನುವುದರ ಬಗ್ಗೆ ಎಚ್ಚರವಾಗಿರಿ. ಏಕೆಂದರೆ ಅದು ದೇಹವನ್ನು ಹಾಳು ಮಾಡುತ್ತದೆ ಮತ್ತು ನಮಾಝ್‌ನ ಬಗ್ಗೆ ಸೋಮಾರಿತನ ಉಂಟುಮಾಡುತ್ತದೆ."
+ನಿಯಮದ ದೃಷ್ಟಿಯಿಂದ ನೋಡುವಾಗ ತಿನ್ನುವುದರಲ್ಲಿ ಹಲವು ವಿಧಗಳಿವೆ: ವಾಜಿಬ್ (ಕಡ್ಡಾಯ): ಜೀವವನ್ನು ಉಳಿಸಲು ಬೇಕಾದಷ್ಟು ತಿನ್ನುವುದು. ಅದನ್ನು ಬಿಟ್ಟರೆ (ದೇಹಕ್ಕೆ) ಹಾನಿಯುಂಟಾಗುತ್ತದೆ. ಜಾಯಿಝ್ (ಅನುಮತಿಸಲ್ಪಟ್ಟದ್ದು): ಕಡ್ಡಾಯದ ಪ್ರಮಾಣಕ್ಕಿಂತ ಸ್ವಲ್ಪ ಹೆಚ್ಚು. ಆದರೆ ಅದರಿಂದ ಹಾನಿಯಾಗುವ ಭಯವಿರಬಾರದು. ಮಕ್ರೂಹ್ (ಅನಪೇಕ್ಷಿತ): ಅದರಿಂದ ಹಾನಿಯಾಗುವ ಭಯವಿರುವುದು. ಮುಹರ್ರಮ್ (ನಿಷಿದ್ಧ): ಅದರಿಂದ ಹಾನಿಯಾಗುತ್ತದೆ ಎಂದು ಸ್ಪಷ್ಟವಾಗಿ ತಿಳಿದಿರುವುದು. ಮುಸ್ತಹಬ್ (ಅಪೇಕ್ಷಿತ): ಅಲ್ಲಾಹನ ಆರಾಧನೆ ಮತ್ತು ವಿಧೇಯತೆಗೆ ಸಹಾಯವಾಗುವಷ್ಟು (ತಿನ್ನುವುದು). ಈ ಹದೀಸ್‌ನಲ್ಲಿ ಇವುಗಳನ್ನು ಮೂರು ದರ್ಜೆಗಳಲ್ಲಿ ಸಂಕ್ಷಿಪ್ತಗೊಳಿಸಲಾಗಿದೆ: ಮೊದಲನೆಯದು: ಹೊಟ್ಟೆಯನ್ನು ತುಂಬಿಸುವುದು. ಎರಡನೆಯದು: ಬೆನ್ನು ನೇರವಾಗಿಡಲು ಕೆಲವು ತುತ್ತುಗಳು. ಮೂರನೆಯದು: "ಮೂರನೇ ಒಂದು ಭಾಗ ಆಹಾರಕ್ಕೆ, ಮೂರನೇ ಒಂದು ಭಾಗ ಪಾನೀಯಕ್ಕೆ ಮತ್ತು ಮೂರನೇ ಒಂದು ಭಾಗ ಉಸಿರಾಟಕ್ಕೆ" ಎಂದು ಹೇಳಿರುವುದು. ಇವೆಲ್ಲವೂ, ತಿನ್ನುವ ವಸ್ತು ಹಲಾಲ್ ಆಗಿದ್ದರೆ (ಮಾತ್ರ ಅನ್ವಯಿಸುತ್ತದೆ).
+ಈ ಹದೀಸ್ ವೈದ್ಯಶಾಸ್ತ್ರದ ನಿಯಮಗಳಲ್ಲಿ ಒಂದು ನಿಯಮವಾಗಿದೆ. ಏಕೆಂದರೆ, ವೈದ್ಯಕೀಯ ವಿಜ್ಞಾನವು ಮೂರು ತತ್ವಗಳ ಮೇಲೆ ಆಧಾರಿತವಾಗಿದೆ: ಶಕ್ತಿಯನ್ನು ಕಾಪಾಡುವುದು, ಪಥ್ಯ, ಮತ್ತು ವಿಸರ್ಜನೆ. ಈ ಹದೀಸ್ ಇವುಗಳಲ್ಲಿ ಮೊದಲ ಎರಡನ್ನು ಒಳಗೊಂಡಿದೆ. ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹನ ವಚನದಲ್ಲಿ ಹೀಗೆ ಬಂದಿದೆ: "ಮತ್ತು ತಿನ್ನಿರಿ ಹಾಗೂ ಕುಡಿಯಿರಿ, ಆದರೆ ಮಿತಿಮೀರಬೇಡಿ. ಖಂಡಿತವಾಗಿಯೂ ಮಿತಿಮೀರುವವರನ್ನು ಅವನು ಇಷ್ಟಪಡುವುದಿಲ್ಲ." [ಸೂರಃ ಅಲ್-ಅಅರಾಫ್: 31].
+ಈ ಶರೀಅತ್‌ನ ಪರಿಪೂರ್ಣತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಅದು ಹೇಗೆಂದರೆ ಅದು (ಶರೀಅತ್) ಮನುಷ್ಯನ ಧಾರ್ಮಿಕ ಮತ್ತು ಲೌಕಿಕ ಹಿತಾಸಕ್ತಿಗಳನ್ನು ಒಳಗೊಂಡಿದೆ.
+ಶರೀಅತ್‌ನ ಜ್ಞಾನಗಳಲ್ಲಿ ವೈದ್ಯಶಾಸ್ತ್ರದ ಮೂಲತತ್ವಗಳು ಮತ್ತು ಅದರ ಕೆಲವು ವಿಧಗಳೂ ಸೇರಿವೆ. ಉದಾಹರಣೆಗೆ ಜೇನುತುಪ್ಪ ಮತ್ತು ಕಪ್ಪು ಜೀರಿಗೆಯ ಬಗ್ಗೆ ಬಂದಿರುವ ಹದೀಸ್‌ಗಳು.
+ಶರೀಅತ್‌ನ ನಿಯಮಗಳು ವಿವೇಕವನ್ನು ಒಳಗೊಂಡಿವೆ. ಅವು ಕೆಡುಕುಗಳನ್ನು ತಡೆಯುವುದು ಮತ್ತು ಒಳಿತುಗಳನ್ನು ತರುವುದರ ಮೇಲೆ ಆಧಾರಿತವಾಗಿವೆ.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/4723</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>ನಮ್ಮ ಈ ವಿಷಯದಲ್ಲಿ (ಧರ್ಮದಲ್ಲಿ) ಅದರಲ್ಲಿಲ್ಲದ ಒಂದನ್ನು ಯಾರಾದರೂ ಆವಿಷ್ಕರಿಸಿದರೆ, ಅದು ತಿರಸ್ಕೃತವಾಗಿದೆ</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಮ್ಮ ಈ ವಿಷಯದಲ್ಲಿ (ಧರ್ಮದಲ್ಲಿ) ಅದರಲ್ಲಿಲ್ಲದ ಒಂದನ್ನು ಯಾರಾದರೂ ಆವಿಷ್ಕರಿಸಿದರೆ, ಅದು ತಿರಸ್ಕೃತವಾಗಿದೆ." [ಬುಖಾರಿ ಮತ್ತು ಮುಸ್ಲಿಂ].
 ಮುಸ್ಲಿಂರ ವರದಿಯಲ್ಲಿ ಹೀಗಿದೆ: "ನಮ್ಮ ಆಜ್ಞೆಯಿಲ್ಲದ ಒಂದು ಕರ್ಮವನ್ನು ಯಾರಾದರೂ ನಿರ್ವಹಿಸಿದರೆ ಅದು ತಿರಸ್ಕೃತವಾಗಿದೆ."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಧರ್ಮದಲ್ಲಿ ಹೊಸದಾದ ಒಂದು ಕಾರ್ಯವನ್ನು ಯಾರಾದರೂ ಆವಿಷ್ಕರಿಸಿದರೆ, ಅಥವಾ ಕುರ್‌ಆನ್ ಮತ್ತು ಸುನ್ನತ್‌ನಲ್ಲಿ ಆಧಾರವಿಲ್ಲದ ಒಂದು ಕಾರ್ಯವನ್ನು ಮಾಡಿದರೆ, ಅದು ತಿರಸ್ಕೃತವಾಗಿದೆ. ಅಲ್ಲಾಹು ಅದನ್ನು ಸ್ವೀಕರಿಸುವುದಿಲ್ಲ.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
@@ -9681,51 +10581,91 @@
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೆಸರು, ಉಪನಾಮ ಅಥವಾ ವಿವರಣೆಯನ್ನು ಕೇಳುವಾಗ ಅವರ ಮೇಲೆ ಸಲಾತ್ ಹೇಳದವರಿಗೆ ಅವರು ಇಲ್ಲಿ ಎಚ್ಚರಿಕೆ ನೀಡಿದ್ದಾರೆ. ಅವರು ಹೇಳಿದರು: "ಪೂರ್ಣರೂಪದ ಜಿಪುಣ ಯಾರೆಂದರೆ ನನ್ನ ಹೆಸರು ಕೇಳಿಯೂ ನನ್ನ ಮೇಲೆ ಸಲಾತ್ ಹೇಳದವರು." ಇದಕ್ಕೆ ಕೆಲವು ಕಾರಣಗಳಿವೆ:
 ಒಂದು: ತನಗೆ ಯಾವುದೇ ರೀತಿಯಲ್ಲೂ ಕನಿಷ್ಠ ಅಥವಾ ಗರಿಷ್ಠ ನಷ್ಟ ಉಂಟು ಮಾಡದ ಮತ್ತು ತಾನು ಸಂಪತ್ತನ್ನೋ ಶಕ್ತಿಯನ್ನೋ ವ್ಯಯಿಸಬೇಕಾಗಿಲ್ಲದ ಒಂದು ವಿಷಯದ ಬಗ್ಗೆ ಅವನು ಜಿಪುಣತನ ತೋರಿದ್ದಾನೆ.
 ಎರಡು: ಅವನು ತನ್ನ ಆತ್ಮದೊಂದಿಗೆ ಜಿಪುಣತನ ತೋರಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೇಲೆ ಸಲಾತ್ ಹೇಳಿದ್ದಕ್ಕೆ ದೊರೆಯುವ ಪ್ರತಿಫಲದಿಂದ ತನ್ನನ್ನು ವಂಚಿತಗೊಳಿಸಿದ್ದಾನೆ. ಏಕೆಂದರೆ, ಅವನು ಸಲಾತ್ ಹೇಳುವುದನ್ನು ನಿರಾಕರಿಸುವ ಮೂಲಕ ಜಿಪುಣತನ ತೋರಿದ್ದಾನೆ ಮತ್ತು ಸಲಾತ್ ಹೇಳಬೇಕೆಂದು ತನಗೆ ಆಜ್ಞಾಪಿಸಲಾದ ಆಜ್ಞೆಯನ್ನು ಪಾಲಿಸಲು ಮತ್ತು ಅದರ ಮೂಲಕ ಪ್ರತಿಫಲವನ್ನು ಪಡೆಯಲು ನಿರಾಕರಿಸಿದ್ದಾನೆ.
 ಮೂರು: ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೇಲೆ ಸಲಾತ್ ಹೇಳುವುದು ಎಂದರೆ ಅವರ ಹಕ್ಕನ್ನು ನೆರವೇರಿಸುವುದಾಗಿದೆ. ಏಕೆಂದರೆ, ಅವರೇ ನಮಗೆ ಕಲಿಸಿಕೊಟ್ಟವರು, ನಮಗೆ ಮಾರ್ಗದರ್ಶನ ಮಾಡಿದವರು, ನಮ್ಮನ್ನು ಅಲ್ಲಾಹನ ಕಡೆಗೆ ಆಮಂತ್ರಿಸಿದವರು ಮತ್ತು ನಮ್ಮ ಬಳಿಗೆ ದೇವವಾಣಿ ಮತ್ತು ಧರ್ಮಶಾಸ್ತ್ರವನ್ನು ತಂದುಕೊಟ್ಟವರು. ನಾವು ಸನ್ಮಾರ್ಗದಲ್ಲಿರಲು ಅಲ್ಲಾಹನ ನಂತರ ಅವರೇ ಕಾರಣಕರ್ತರು. ಅವರ ಮೇಲೆ ಸಲಾತ್ ಹೇಳದವನು ಸ್ವತಃ ತನ್ನ ಆತ್ಮದೊಂದಿಗೆ ಜಿಪುಣತನ ತೋರಿದ್ದಾನೆ ಮತ್ತು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅತ್ಯಂತ ಸರಳ ಹಕ್ಕುಗಳಲ್ಲಿ ಒಂದನ್ನು ನೆರವೇರಿಸಲು ಜಿಪುಣತನ ತೋರಿದ್ದಾನೆ.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೇಲೆ ಸಲಾತ್ ಹೇಳದಿರುವುದು ಜಿಪುಣತನದ ಶೀರ್ಷಿಕೆಯಾಗಿದೆ.
 ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೇಲೆ ಸಲಾತ್ ಹೇಳುವುದು ಎಲ್ಲಾ ಸಮಯಗಳಲ್ಲೂ ನಿರ್ವಹಿಸಬಹುದಾದ ಮತ್ತು ಅವರ ಹೆಸರನ್ನು ಕೇಳುವಾಗ ಪ್ರಾಮುಖ್ಯತೆ ನೀಡಬೇಕಾದ ಅತಿಶ್ರೇಷ್ಠ ಪುಣ್ಯಕರ್ಮ ಮತ್ತು ಸತ್ಕರ್ಮವಾಗಿದೆ.
 ನವವಿ ಹೇಳಿದರು: "ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೇಲೆ ಸಲಾತ್ ಹೇಳುವಾಗ ಸಲಾತ್ ಮತ್ತು ಸಲಾಂಗಳನ್ನು ಒಟ್ಟಿಗೆ ಹೇಳಬೇಕು. ಸಲಾತ್ ಅಥವಾ ಸಲಾಂ ಒಂದನ್ನು ಮಾತ್ರ ಹೇಳಬಾರದು. ಅಂದರೆ, "ಸಲ್ಲಲ್ಲಾಹು ಅಲೈಹಿ" ಎಂದು ಮಾತ್ರ ಹೇಳಬಾರದು. ಹಾಗೆಯೇ "ಅಲೈಹಿಸ್ಸಲಾಂ" ಎಂದು ಮಾತ್ರ ಹೇಳಬಾರದು."
 "ನಿಶ್ಚಯವಾಗಿಯೂ ಅಲ್ಲಾಹು ಮತ್ತು ಅವನ ದೇವದೂತರುಗಳು ಪ್ರವಾದಿಯವರ ಮೇಲೆ ಸಲಾತ್ ಹೇಳುತ್ತಾರೆ" ಎಂಬ ಕುರ್‌ಆನ್ ವಚನವನ್ನು ವಿವರಿಸುತ್ತಾ ಅಬುಲ್ ಆಲಿಯ ಹೇಳಿದರು: "ಅಲ್ಲಾಹು ಅವನ ಪ್ರವಾದಿಯ ಮೇಲೆ ಸಲಾತ್ ಹೇಳುವುದೆಂದರೆ ಅವರನ್ನು ಪ್ರಶಂಸಿಸುವುದು. ದೇವದೂತರುಗಳು ಮತ್ತು ಮನುಷ್ಯರು ಸಲಾತ್ ಹೇಳುವುದೆಂದರೆ ಪ್ರಾರ್ಥಿಸುವುದು."
 ಹಲೀಮಿ ಹೇಳಿದರು: "ಅಲ್ಲಾಹುಮ್ಮ ಸಲ್ಲಿ ಅಲಾ ಮುಹಮ್ಮದ್" ಎಂದರೆ, ಓ ಅಲ್ಲಾಹ್! ಇಹಲೋಕದಲ್ಲಿ ಅವರ ಕೀರ್ತಿಯನ್ನು ಉನ್ನತಗೊಳಿಸುವ ಮೂಲಕ, ಅವರ ಧರ್ಮವನ್ನು ಪ್ರಕಟಗೊಳಿಸುವ ಮೂಲಕ, ಅವರ ಧರ್ಮಶಾಸ್ತ್ರವನ್ನು ಶಾಶ್ವತವಾಗಿ ಉಳಿಸುವ ಮೂಲಕ, ಹಾಗೂ ಪರಲೋಕದಲ್ಲಿ ಅವರ ಸಮುದಾಯಕ್ಕಾಗಿ ಅವರು ಮಾಡುವ ಶಿಫಾರಸ್ಸನ್ನು ಸ್ವೀಕರಿಸುವ ಮೂಲಕ, ಅವರ ಪ್ರತಿಫಲವನ್ನು ಹೇರಳಗೊಳಿಸುವ ಮೂಲಕ, ಸ್ತುತ್ಯರ್ಹ ಸ್ಥಾನದಲ್ಲಿ (ಮಕಾಮೆ ಮಹ್ಮೂದ್) ಮೊದಲಿನವರಿಗೂ ನಂತರದವರಿಗೂ ಅವರ ಶ್ರೇಷ್ಠತೆಯನ್ನು ದಯಪಾಲಿಸುವ ಮೂಲಕ ಮತ್ತು ಸಾಮೀಪ್ಯ ಪಡೆದ ಎಲ್ಲಾ ಸಾಕ್ಷಿಗಳ ಮುಂಚೂಣಿಯಲ್ಲಿ ಅವರನ್ನು ನಿಲ್ಲಿಸುವ ಮೂಲಕ ಅವರನ್ನು ಮಹತ್ವಪಡಿಸು."</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5403</t>
+  </si>
+  <si>
+    <t>من اقتطع حق امرئ مسلم بيمينه، فقد أوجب الله له النار، وحرم عليه الجنة فقال له رجل: وإن كان شيئا يسيرا يا رسول الله؟ قال: وإن قضيبا من أراك</t>
+  </si>
+  <si>
+    <t>ಯಾರು ಆಣೆ ಹಾಕಿ ಒಬ್ಬ ಮುಸಲ್ಮಾನನ ಹಕ್ಕನ್ನು ಕಸಿದುಕೊಳ್ಳುತ್ತಾನೋ, ಅಲ್ಲಾಹು ಅವನಿಗೆ ನರಕವನ್ನು ಕಡ್ಡಾಯಗೊಳಿಸುತ್ತಾನೆ ಮತ್ತು ಸ್ವರ್ಗವನ್ನು ನಿಷಿದ್ಧಗೊಳಿಸುತ್ತಾನೆ." ಆಗ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಕೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ, ಅದು ಅಲ್ಪ ಪ್ರಮಾಣದ್ದಾಗಿದ್ದರೂ ಸಹ?" ಅವರು ಹೇಳಿದರು: "ಹೌದು, ಅದು ಅರಾಕ್ ಮರದ ಒಂದು ಸಣ್ಣ ಕಡ್ಡಿಯಾಗಿದ್ದರೂ ಸಹ</t>
+  </si>
+  <si>
+    <t>عن أَبِي أُمَامَةَ إِياسِ بنِ ثَعْلَبَةَ الحَارِثِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اقْتَطَعَ حَقَّ امْرِئٍ مُسْلِمٍ بِيَمِينِهِ، فَقَدْ أَوْجَبَ اللهُ لَهُ النَّارَ، وَحَرَّمَ عَلَيْهِ الْجَنَّةَ» فَقَالَ لَهُ رَجُلٌ: وَإِنْ كَانَ شَيْئًا يَسِيرًا يَا رَسُولَ اللهِ؟ قَالَ: «وَإِنْ قَضِيبًا مِنْ أَرَاكٍ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಉಮಾಮ ಇಯಾಸ್ ಬಿನ್ ಸಅಲಬ ಅಲ್-ಹಾರಿಸಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಆಣೆ ಹಾಕಿ ಒಬ್ಬ ಮುಸಲ್ಮಾನನ ಹಕ್ಕನ್ನು ಕಸಿದುಕೊಳ್ಳುತ್ತಾನೋ, ಅಲ್ಲಾಹು ಅವನಿಗೆ ನರಕವನ್ನು ಕಡ್ಡಾಯಗೊಳಿಸುತ್ತಾನೆ ಮತ್ತು ಸ್ವರ್ಗವನ್ನು ನಿಷಿದ್ಧಗೊಳಿಸುತ್ತಾನೆ." ಆಗ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಕೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ, ಅದು ಅಲ್ಪ ಪ್ರಮಾಣದ್ದಾಗಿದ್ದರೂ ಸಹ?" ಅವರು ಹೇಳಿದರು: "ಹೌದು, ಅದು ಅರಾಕ್ ಮರದ ಒಂದು ಸಣ್ಣ ಕಡ್ಡಿಯಾಗಿದ್ದರೂ ಸಹ."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف بالله كاذبًا عالمًا وذلك لاقتطاع حقِّ امرئ مسلم، فإنّ جزاء ذلك استحقاق النار، والحِرْمان من الجنة، وهو من كبائر الذنوب.
+فقال رجل يا رسول الله: وإن كان المَحْلُوف عليه شيئًا قليلًا؟ 
+فقال صلى الله عليه وسلم: حتى لو كان ذلك في عُوْد السِّوَاك الذي يُؤخذ من شجرة الأراك.</t>
+  </si>
+  <si>
+    <t>ತಿಳಿದೂ ಸಹ ಸುಳ್ಳು ಆಣೆ ಮಾಡುವುದರ ವಿರುದ್ಧ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎಚ್ಚರಿಸಿದ್ದಾರೆ. ಅದೇಕೆಂದರೆ ಅದು ಒಬ್ಬ ಮುಸಲ್ಮಾನನ ಹಕ್ಕನ್ನು ಕಸಿದುಕೊಳ್ಳುವುದಕ್ಕೆ ಕಾರಣವಾಗುತ್ತದೆ. ನರಕಕ್ಕೆ ಅರ್ಹನಾಗುವುದು ಮತ್ತು ಸ್ವರ್ಗದಿಂದ ವಂಚಿತನಾಗುವುದು ಅದಕ್ಕಿರುವ ಪ್ರತಿಫಲವಾಗಿದೆ. ಅಷ್ಟೇ ಅಲ್ಲದೆ, ಅದು ಮಹಾಪಾಪಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಆಗ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಕೇಳಿದರು: ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ, ಆಣೆ ಮಾಡಲಾದ ವಿಷಯವು ಸಣ್ಣ ಪ್ರಮಾಣದ್ದಾಗಿದ್ದರೂ ಸಹ (ಇದೇ ಶಿಕ್ಷೆ ನೀಡಲಾಗುವುದೇ)? ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: ಹೌದು, ಅದು ಅರಾಕ್ ಮರದಿಂದ ತೆಗೆದ ಸಣ್ಣ ಮಿಸ್ವಾಕ್ ಕಡ್ಡಿಯಾಗಿದ್ದರೂ ಸಹ.</t>
+  </si>
+  <si>
+    <t>الحذر من أخذ حقوق الآخرين، والحرص على أدائها لأصحابها مهما قَلَّتْ، وأنَّ حكم الحاكم بالخطأ لا يُبيح للإنسان ما لم يكن له.
+قال النووي: غلظ تحريم حقوق المسلمين، وأنه لا فرق بين قليل الحق وكثيره؛ لقوله صلى الله عليه وسلم: "وإن قضيبًا من أراك".
+قال النووي: هذه العقوبة لمن اقتطع حق المسلم ومات قبل التوبة، أما من تاب فندم على فعله وردَّ الحق إلى صاحبه وتَحَلَّل منه وعزم على أن لا يعود فقد سقط عنه الإثم.
+قال القاضي: تخصيص المسلم لكونهم المخاطبين وعامة المتعاملين في الشريعة، لا أنَّ غير المسلم بخلافه، بل حُكمُه حُكمُه في ذلك.
+قال النووي: الكذب هو الإخبار عن الشيء على خلاف ما هو، عمدًا كان أو سهوًا، سواء كان الإخبار عن ماض أو مستقبل.</t>
+  </si>
+  <si>
+    <t>ಇತರರ ಹಕ್ಕುಗಳನ್ನು ಕಸಿದುಕೊಳ್ಳುವುದರ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ನೀಡಲಾಗಿದೆ ಮತ್ತು ಅದು ಎಷ್ಟೇ ಸಣ್ಣದಾಗಿದ್ದರೂ ಅದನ್ನು ಅದರ ಮಾಲೀಕರಿಗೆ ಹಿಂದಿರುಗಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ನ್ಯಾಯಾಧೀಶರು ತಪ್ಪಾಗಿ ತೀರ್ಪು ನೀಡಿದರೂ ಸಹ ಅದು ಒಬ್ಬನಿಗೆ ಸೇರದಿರುವ ವಸ್ತುವನ್ನು ಅವನಿಗೆ ಅನುಮತಿಸುವುದಿಲ್ಲ.
+ಇಮಾಮ್ ನವವಿ ಹೇಳುತ್ತಾರೆ: "ಮುಸ್ಲಿಮರ ಹಕ್ಕುಗಳ ಉಲ್ಲಂಘನೆಯನ್ನು ಬಹಳ ಗಂಭೀರವಾಗಿ ನಿಷೇಧಿಸಲಾಗಿದೆ. ಹಕ್ಕು ಕಡಿಮೆಯಾಗಿರಲಿ ಅಥವಾ ಹೆಚ್ಚಾಗಿರಲಿ ಅದರಲ್ಲಿ ಯಾವುದೇ ವ್ಯತ್ಯಾಸವಿಲ್ಲ. ಏಕೆಂದರೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಅದು ಅರಾಕ್ ಮರದ ಒಂದು ಸಣ್ಣ ಕಡ್ಡಿಯಾಗಿದ್ದರೂ ಸಹ."
+ಇಮಾಮ್ ನವವಿ ಹೇಳುತ್ತಾರೆ: "ಈ ಶಿಕ್ಷೆಯು ಮುಸಲ್ಮಾನನ ಹಕ್ಕನ್ನು ಕಸಿದುಕೊಂಡು ಪಶ್ಚಾತ್ತಾಪ ಪಡುವ ಮೊದಲು ಮರಣಹೊಂದುವವನಿಗೆ ಅನ್ವಯವಾಗುತ್ತದೆ. ಆದರೆ ಪಶ್ಚಾತ್ತಾಪ ಪಟ್ಟು, ತನ್ನ ತಪ್ಪಿಗೆ ವಿಷಾದಿಸಿ, ಹಕ್ಕನ್ನು ಅದರ ಮಾಲೀಕನಿಗೆ ಹಿಂದಿರುಗಿಸಿ, ಅವನಿಂದ ಕ್ಷಮೆಯನ್ನು ಪಡೆದು ಮತ್ತೆಂದಿಗೂ ಹಾಗೆ ಮಾಡುವುದಿಲ್ಲ ಎಂದು ನಿರ್ಧರಿಸಿದವನು ಪಾಪದಿಂದ ಮುಕ್ತನಾಗುತ್ತಾನೆ."
+ಖಾದಿ ಹೇಳುತ್ತಾರೆ: "ಇಲ್ಲಿ ಮುಸ್ಲಿಮರನ್ನು ನಿರ್ದಿಷ್ಟವಾಗಿ ಉಲ್ಲೇಖಿಸಿರುವುದು ಏಕೆಂದರೆ ಅವರನ್ನೇ ಇಲ್ಲಿ ಸಂಬೋಧಿಸಲಾಗಿದೆ ಮತ್ತು ಶರೀಅತ್‌ನಲ್ಲಿ ಸಾಮಾನ್ಯವಾಗಿ ವ್ಯವಹರಿಸುವವರು ಅವರೇ ಆಗಿದ್ದಾರೆ. ಮುಸ್ಲಿಮೇತರರ ವಿಷಯದಲ್ಲಿ ಇದು ಅನ್ವಯವಾಗುವುದಿಲ್ಲ ಎಂದು ಇದರ ಅರ್ಥವಲ್ಲ. ಬದಲಿಗೆ, ಅವರ ವಿಷಯದಲ್ಲೂ ಅದೇ ನಿಯಮವು ಅನ್ವಯಿಸುತ್ತದೆ."
+ಇಮಾಮ್ ನವವಿ ಹೇಳುತ್ತಾರೆ: "ಸುಳ್ಳು ಎಂದರೆ ಒಂದು ವಿಷಯದ ಬಗ್ಗೆ ಅದು ನಿಜಸ್ಥಿತಿಗೆ ವಿರುದ್ಧವಾಗಿ ತಿಳಿಸುವುದು. ತಿಳಿಸುವುದು ಉದ್ದೇಶಪೂರ್ವಕವಾಗಿರಬಹುದು ಅಥವಾ ಉದ್ದೇಶಪೂರ್ವಕವಲ್ಲದಿರಬಹುದು. ಹಾಗೆಯೇ ಅದು ಭೂತಕಾಲಕ್ಕೆ ಸಂಬಂಧಿಸಿ ತಿಳಿಸಿದ್ದಾಗಿರಬಹುದು ಅಥವಾ ಭವಿಷ್ಯಕ್ಕೆ ಸಂಬಂಧಿಸಿ ತಿಳಿಸಿದ್ದಾಗಿರಬಹುದು."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5430</t>
   </si>
   <si>
     <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>ಯಾರು ಆಹಾರ ಸೇವಿಸಿದ ನಂತರ, “ಅಲ್-ಹಮ್ದುಲಿಲ್ಲಾಹಿಲ್ಲದೀ ಅತ್‌ಅಮನೀ ಹಾದಾ ವರಝಕನೀಹಿ ಮಿನ್ ಗೈರಿ ಹೌಲಿನ್ ಮಿನ್ನೀ ವಲಾ ಕುವ್ವ.” (ಸ್ವಶಕ್ತಿಯಾಗಲಿ, ಸ್ವಸಾಮರ್ಥ್ಯವಾಗಲಿ ಇಲ್ಲದ ನನಗೆ ಈ ಆಹಾರವನ್ನು ಉಣಿಸಿದ ಮತ್ತು ಇದನ್ನು ನನಗೆ ಒದಗಿಸಿದ ಅಲ್ಲಾಹನಿಗೆ ಸರ್ವಸ್ತುತಿ) ಎಂದು ಹೇಳುತ್ತಾನೋ, ಅವನ ಗತ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಲಾಗುವುದು</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>ಸಹಲ್ ಬಿನ್ ಮುಆದ್ ಬಿನ್ ಅನಸ್ ತಮ್ಮ ತಂದೆಯಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಆಹಾರ ಸೇವಿಸಿದ ನಂತರ, “ಅಲ್-ಹಮ್ದುಲಿಲ್ಲಾಹಿಲ್ಲದೀ ಅತ್‌ಅಮನೀ ಹಾದಾ ವರಝಕನೀಹಿ ಮಿನ್ ಗೈರಿ ಹೌಲಿನ್ ಮಿನ್ನೀ ವಲಾ ಕುವ್ವ.” (ಸ್ವಶಕ್ತಿಯಾಗಲಿ, ಸ್ವಸಾಮರ್ಥ್ಯವಾಗಲಿ ಇಲ್ಲದ ನನಗೆ ಈ ಆಹಾರವನ್ನು ಉಣಿಸಿದ ಮತ್ತು ಇದನ್ನು ನನಗೆ ಒದಗಿಸಿದ ಅಲ್ಲಾಹನಿಗೆ ಸರ್ವಸ್ತುತಿ) ಎಂದು ಹೇಳುತ್ತಾನೋ, ಅವನ ಗತ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಲಾಗುವುದು."</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>ಆಹಾರ ಸೇವಿಸಿದವನು ಅಲ್ಲಾಹನನ್ನು ಸ್ತುತಿಸಬೇಕೆಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಒತ್ತಾಯಿಸುತ್ತಿದ್ದಾರೆ. ಏಕೆಂದರೆ,ಅಲ್ಲಾಹನ ಮೂಲಕ ಮತ್ತು ಅವನ ಸಹಾಯದ ಮೂಲಕವಲ್ಲದೆ ಆಹಾರವನ್ನು ತರಿಸಲು ಯಾರಿಗೂ ಸಾಧ್ಯವಿಲ್ಲ. ನಂತರ, ಇದನ್ನು ಹೇಳಿದವನು ತಾನು ಈಗಾಗಲೇ ಮಾಡಿಟ್ಟ ಸಣ್ಣ ಪಾಪಗಳನ್ನು ಅಲ್ಲಾಹು ಕ್ಷಮಿಸುವ ಅರ್ಹತೆಯನ್ನು ಹೊಂದುತ್ತಾನೆಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶುಭಸುದ್ದಿಯನ್ನು ನೀಡಿದ್ದಾರೆ.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
   </si>
@@ -9884,90 +10824,160 @@
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>ಜರೀರ್ ಬಿನ್ ಅಬ್ದುಲ್ಲಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: “ಯಾರು ಇತರರಿಗೆ ದಯೆ ತೋರುವುದಿಲ್ಲವೋ ಅವರಿಗೆ ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ದಯೆ ತೋರುವುದಿಲ್ಲ.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಯಾರು ಮನುಷ್ಯರಿಗೆ ದಯೆ ತೋರುವುದಿಲ್ಲವೋ ಅವರಿಗೆ ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ದಯೆ ತೋರುವುದಿಲ್ಲ. ಅಲ್ಲಾಹನ ದಯೆಯನ್ನು ಪಡೆಯುವ ಅತಿದೊಡ್ಡ ಮಾರ್ಗವು ಸಹಜೀವಿಗಳಿಗೆ ದಯೆ ತೋರುವುದಾಗಿದೆ.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>ಎಲ್ಲಾ ಜೀವಿಗಳಿಗೂ ದಯೆಯ ಅಗತ್ಯವಿದೆ. ಆದರೆ ಇಲ್ಲಿ ವಿಶೇಷವಾಗಿ ಮನುಷ್ಯರ ಬಗ್ಗೆ ಹೇಳಿದ್ದು ಅವರಿಗೆ ಪ್ರಾಮುಖ್ಯತೆ ನೀಡುವುದಕ್ಕಾಗಿದೆ.
 ಅಲ್ಲಾಹು ದಯಾಳುವಾಗಿದ್ದಾನೆ. ದಯೆ ತೋರುವ ಅವನ ದಾಸರಿಗೆ ಅವನು ದಯೆ ತೋರುತ್ತಾನೆ. ಪ್ರತಿಫಲವು ಕರ್ಮದ ಅದೇ ವರ್ಗಕ್ಕೆ ಸೇರಿರುತ್ತದೆ.
 ಜನರಿಗೆ ದಯೆ ತೋರುವುದು ಎಂದರೆ ಅವರಿಗೆ ಒಳಿತು ಮಾಡುವುದು, ಅವರಿಗೆ ತೊಂದರೆಯಾಗದಂತೆ ನೋಡುವುದು ಮತ್ತು ಅವರೊಡನೆ ಅತ್ಯುತ್ತಮವಾಗಿ ವ್ಯವಹರಿಸುವುದು.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5439</t>
+  </si>
+  <si>
+    <t>نعمتان مغبون فيهما كثير من الناس: الصحة والفراغ</t>
+  </si>
+  <si>
+    <t>ಎರಡು ಅನುಗ್ರಹಗಳು. ಅವುಗಳ ವಿಷಯದಲ್ಲಿ ಅನೇಕ ಜನರು ನಷ್ಟದಲ್ಲಿದ್ದಾರೆ: ಆರೋಗ್ಯ ಮತ್ತು ಬಿಡುವು</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «نِعْمَتَانِ مَغْبُونٌ فِيهِمَا كَثِيرٌ مِنَ النَّاسِ: الصِّحَّةُ وَالفَرَاغُ».</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಎರಡು ಅನುಗ್ರಹಗಳು. ಅವುಗಳ ವಿಷಯದಲ್ಲಿ ಅನೇಕ ಜನರು ನಷ್ಟದಲ್ಲಿದ್ದಾರೆ: ಆರೋಗ್ಯ ಮತ್ತು ಬಿಡುವು."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن نعمتين عظيمتين من نعم الله على الإنسان يَخْسَر فيهما كثيرٌ من الناس حيث يَصرفونها في غير محلها؛ فإن الإنسان إذا اجتمع له نعمة الصحة مع الفراغ، فغَلَبَ عليه الكسل عن الطاعة فهو الخاسر؛ وهي حال أكثر الناس، وإن استعمل فراغَه وصحتَه في طاعة الله فهو الرابح؛ حيث أن الدنيا مزرعة الآخرة، وفيها التجارة التي يظهر ربحُها في الآخرة، والفراغ يَعْقُبُه الشُّغْل، والصحة يعقبها السَّقَم، ولو لم يكن إلا الهَرَم لَكَفى.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹು ಮನುಷ್ಯನಿಗೆ ನೀಡಿದ ಎರಡು ಮಹಾ ಅನುಗ್ರಹಗಳ ಬಗ್ಗೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸಿದ್ದಾರೆ. ಅನೇಕ ಜನರು ಅದರಲ್ಲಿ ನಷ್ಟವನ್ನು ಅನುಭವಿಸುತ್ತಾರೆ. ಏಕೆಂದರೆ ಅವರು ಅವುಗಳನ್ನು ಸರಿಯಾದ ರೀತಿಯಲ್ಲಿ ವಿನಿಯೋಗಿಸುವುದಿಲ್ಲ. ಒಬ್ಬ ವ್ಯಕ್ತಿಗೆ ಆರೋಗ್ಯ ಮತ್ತು ಬಿಡುವಿನ ಸಮಯವು ಒಟ್ಟಿಗೆ ದೊರೆತು, ಅವನು ಸತ್ಕರ್ಮಗಳನ್ನು ಮಾಡಲು ಸೋಮಾರಿತನ ತೋರಿದರೆ, ಅವನು ನಷ್ಟ ಅನುಭವಿಸುವವನು. ಇದು ಹೆಚ್ಚಿನ ಜನರ ಪರಿಸ್ಥಿತಿಯಾಗಿದೆ. ಆದರೆ ಅವರು ತಮ್ಮ ಬಿಡುವಿನ ಸಮಯ ಮತ್ತು ಆರೋಗ್ಯವನ್ನು ಅಲ್ಲಾಹನಿಗೆ ವಿಧೇಯತೆ ತೋರುವ ಸತ್ಕರ್ಮಗಳಲ್ಲಿ ವಿನಿಯೋಗಿಸಿದರೆ, ಅವರು ಲಾಭ ಗಳಿಸುತ್ತಾರೆ. ಏಕೆಂದರೆ ಇಹಲೋಕವು ಪರಲೋಕದ ಹೊಲವಾಗಿದೆ. ಇಲ್ಲಿ ಒಂದು ವ್ಯಾಪಾರವಿದ್ದು, ಅದರ ಲಾಭವು ಪರಲೋಕದಲ್ಲಿ ಕಾಣಿಸುತ್ತದೆ. ಬಿಡುವಿನ ನಂತರ ಕೆಲಸದ ಸಮಯವು ಬರುತ್ತದೆ ಮತ್ತು ಆರೋಗ್ಯದ ನಂತರ ಅನಾರೋಗ್ಯ ಕಾಡುತ್ತದೆ. ವೃದ್ಧಾಪ್ಯ ಒಂದೇ ಇದ್ದರೂ ಅದು ಸಾಕು.</t>
+  </si>
+  <si>
+    <t>تشبيه المكلَّف بالتاجر، والصحة والفراغ برأس المال؛ فمن أحسن استخدام رأس ماله نال وربح، ومن ضيَّعه خَسِر ونَدِم.
+قال ابن الخازن: النعمة ما يتنعّم به الإنسان ويَستَلِذُّه، والغَبْنُ أنْ يشتري بأضعاف الثمن، أو يبيع بدون ثمن المِثْل؛ فمن صحَّ بدنه وتَفَرّغ من الأشغال العاتقة ولم يَسْعَ لصلاح آخرته فهو كالمغبون في البيع.
+الحرص على الاستفادة من الصحة والفراغ للتقرب إلى الله عز وجل، وفعل الخيرات قبل فواتهما.
+شكر نعم الله يكون باستخدامها في طاعة الله تعالى.
+قال القاضي وأبو بكر بن العربي: اختلف في أول نعمة الله على العبد، فقيل: الإيمان، وقيل: الحياة، وقيل: الصحة، والأول أولى فإنه نعمة مُطْلَقة، وأما الحياة والصحة فإنهما نعمة دنيوية، ولا تكون نعمة حقيقة إلا إذا صاحبت الإيمانَ، وحينئذ يُغْبَنُ فيها كثير من الناس، أي يذهب رِبْحُهم أو يَنْقُص، فمَن استرسل مع نفسه الأمّارة بالسوء الخالدة إلى الراحة فترك المحافظة على الحدود، والمواظبة على الطاعة فقد غُبِنَ، وكذلك إذا كان فارغًا، فإنّ المشغول قد يكون له مَعذِرة بخلاف الفارغ؛ فإنه يرتفع عنه المعذرة وتقوم عليه الحجة.</t>
+  </si>
+  <si>
+    <t>ಇಲ್ಲಿ ಧರ್ಮದಲ್ಲಿ ನಡೆಯುವವನನ್ನು ವ್ಯಾಪಾರಿಗೆ ಹೋಲಿಸಲಾಗಿದೆ ಮತ್ತು ಆರೋಗ್ಯ ಹಾಗೂ ಬಿಡುವಿನ ಸಮಯವನ್ನು ಬಂಡವಾಳಕ್ಕೆ ಹೋಲಿಸಲಾಗಿದೆ. ಯಾರು ತಮ್ಮ ಬಂಡವಾಳವನ್ನು ಚೆನ್ನಾಗಿ ಬಳಸುತ್ತಾರೋ ಅವರು ಲಾಭ ಪಡೆಯುತ್ತಾರೆ, ಮತ್ತು ಯಾರು ಅದನ್ನು ವ್ಯರ್ಥ ಮಾಡುತ್ತಾರೋ ಅವರು ನಷ್ಟ ಅನುಭವಿಸುತ್ತಾರೆ ಮತ್ತು ಪಶ್ಚಾತ್ತಾಪ ಪಡುತ್ತಾರೆ.
+ಇಬ್ನುಲ್-ಖಾಝಿನ್ ಹೇಳುತ್ತಾರೆ: "ಅನುಗ್ರಹ ಎಂದರೆ ಮನುಷ್ಯನು ಆನಂದಿಸುವ ಮತ್ತು ಸವಿಯುವ ವಸ್ತುವಾಗಿದೆ. ಗಬ್ನ್ (ನಷ್ಟ) ಎಂದರೆ ಒಂದು ವಸ್ತುವನ್ನು ದುಪ್ಪಟ್ಟು ಬೆಲೆಗೆ ಖರೀದಿಸುವುದು ಅಥವಾ ಸರಿಯಲ್ಲದ ಬೆಲೆಗೆ ಮಾರಾಟ ಮಾಡುವುದು. ಯಾರು ಆರೋಗ್ಯವಾಗಿದ್ದು, ಜವಾಬ್ದಾರಿಯುತ ಕೆಲಸಗಳಿಂದ ಬಿಡುವು ಹೊಂದಿದ್ದೂ ತಮ್ಮ ಪರಲೋಕವನ್ನು ಸರಿಪಡಿಸಲು ಪ್ರಯತ್ನಿಸುವುದಿಲ್ಲವೋ ಅವರು ವ್ಯಾಪಾರದಲ್ಲಿ ನಷ್ಟ ಅನುಭವಿಸಿದವರಂತೆ.
+ಆರೋಗ್ಯ ಮತ್ತು ಬಿಡುವಿನ ಸಮಯವನ್ನು, ಅವು ಕಳೆದುಹೋಗುವ ಮೊದಲೇ ಅಲ್ಲಾಹನಿಗೆ ಹತ್ತಿರಗೊಳಿಸುವ ಸತ್ಕರ್ಮಗಳಿಗಾಗಿ ಬಳಸಿಕೊಳ್ಳಲು ಕಾಳಜಿ ವಹಿಸಬೇಕೆಂದು ಹೇಳಲಾಗಿದೆ.
+ಅಲ್ಲಾಹನ ಅನುಗ್ರಹಗಳಿಗೆ ಕೃತಜ್ಞತೆ ಸಲ್ಲಿಸುವುದು ಎಂದರೆ ಆ ಅನುಗ್ರಹಗಳನ್ನು ಅಲ್ಲಾಹನ ಅನುಸರಣೆಯಲ್ಲಿ ವಿನಿಯೋಗಿಸುವುದಾಗಿದೆ.
+ಖಾಝಿ ಮತ್ತು ಅಬೂಬಕರ್ ಇಬ್ನುಲ್ ಅರಬಿ ಹೇಳುತ್ತಾರೆ: "ಅಲ್ಲಾಹನು ತನ್ನ ದಾಸನಿಗೆ ದಯಪಾಲಿಸಿದ ಮೊದಲ ಅನುಗ್ರಹ ಯಾವುದೆಂಬ ಬಗ್ಗೆ ಭಿನ್ನಾಭಿಪ್ರಾಯವಿದೆ. ಕೆಲವರು ಅದು ಸತ್ಯವಿಶ್ವಾಸ (ಈಮಾನ್) ಎಂದು ಹೇಳಿದರೆ, ಕೆಲವರು ಜೀವನ ಎಂದು ಹೇಳುತ್ತಾರೆ. ಮತ್ತೆ ಕೆಲವರು ಆರೋಗ್ಯ ಎಂದು ಹೇಳುತ್ತಾರೆ. ಮೊದಲನೆಯದು ಹೆಚ್ಚು ಸೂಕ್ತವಾಗಿದೆ. ಏಕೆಂದರೆ ಅದು ಸಂಪೂರ್ಣ ಅನುಗ್ರಹವಾಗಿದೆ. ಆದರೆ ಜೀವನ ಮತ್ತು ಆರೋಗ್ಯವು ಲೌಕಿಕ ಅನುಗ್ರಹಗಳಾಗಿವೆ. ಈಮಾನ್ ಇದ್ದಾಗ ಮಾತ್ರ ಅವು ನಿಜವಾದ ಅನುಗ್ರಹಗಳಾಗುತ್ತವೆ. ಇಂತಹ ಸನ್ನಿವೇಶದಲ್ಲಿ ಅನೇಕ ಜನರು ಅವುಗಳ ವಿಷಯದಲ್ಲಿ ನಷ್ಟದಲ್ಲಿರುತ್ತಾರೆ. ಅಂದರೆ ಅವರಿಗೆ ಲಾಭವು ದೊರೆಯುವುದಿಲ್ಲ ಅಥವಾ ಲಾಭವು ಕಡಿಮೆಯಾಗುತ್ತದೆ. ಶಾಶ್ವತವಾಗಿ ಕೆಟ್ಟದ್ದನ್ನೇ ಆದೇಶಿಸುವ ಆತ್ಮದೊಂದಿಗೆ ನೆಮ್ಮದಿಯಿಂದ ಮುಂದುವರಿಯಲು ಬಯಸುತ್ತಾ, (ಅಲ್ಲಾಹು ವಿಧಿಸಿದ) ಮಿತಿಗಳೊಳಗೆ ನಿಲ್ಲುವುದನ್ನು ಹಾಗೂ ನಿಯಮಿತವಾಗಿ ಸತ್ಕರ್ಮಗಳನ್ನು ನಿರ್ವಹಿಸುವುದನ್ನು ಬಿಟ್ಟುಬಿಡುವವರು ನಷ್ಟ ಅನುಭವಿಸುತ್ತಾರೆ. ಅದೇ ರೀತಿ, ಬಿಡುವಿನಲ್ಲಿರುವವನು ಕೂಡ. 
+ಬಿಡುವಿಲ್ಲದೆ ಕೆಲಸದಲ್ಲಿರುವವನಿಗೆ ಹೇಳಲು ಒಂದು ಕಾರಣ ಇರಬಹುದು. ಆದರೆ ಬಿಡುವಿನಲ್ಲಿರುವವನು ಹಾಗಲ್ಲ. ಅವನಿಗೆ ಹೇಳಲು ಯಾವುದೇ ಕಾರಣವಿಲ್ಲ ಮತ್ತು ಅವನ ಮೇಲೆ ಪುರಾವೆಯು ಸ್ಥಾಪಿಸಲ್ಪಡುತ್ತದೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5449</t>
   </si>
   <si>
     <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>ಓ ಆದಮರ ಪುತ್ರನೇ! ನೀನು ಎಲ್ಲಿಯ ತನಕ ನನ್ನಲ್ಲಿ ಪ್ರಾರ್ಥಿಸುತ್ತೀಯೋ ಮತ್ತು ನನ್ನಲ್ಲಿ ನಿರೀಕ್ಷೆಯಿಡುತ್ತೀಯೋ ಅಲ್ಲಿಯ ತನಕ ನೀನು ಮಾಡಿದ್ದೆಲ್ಲವನ್ನೂ ನಾನು ನಿನಗೆ ಕ್ಷಮಿಸುತ್ತೇನೆ. ನನಗೆ ಅದೊಂದು ವಿಷಯವೇ ಅಲ್ಲ</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>ಅನಸ್ ಬಿನ್ ಮಾಲಿಕ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: “ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: ಓ ಆದಮರ ಪುತ್ರನೇ! ನೀನು ಎಲ್ಲಿಯ ತನಕ ನನ್ನಲ್ಲಿ ಪ್ರಾರ್ಥಿಸುತ್ತೀಯೋ ಮತ್ತು ನನ್ನಲ್ಲಿ ನಿರೀಕ್ಷೆಯಿಡುತ್ತೀಯೋ ಅಲ್ಲಿಯ ತನಕ ನೀನು ಮಾಡಿದ್ದೆಲ್ಲವನ್ನೂ ನಾನು ನಿನಗೆ ಕ್ಷಮಿಸುತ್ತೇನೆ. ನನಗೆ ಅದೊಂದು ವಿಷಯವೇ ಅಲ್ಲ. ಓ ಆದಮರ ಪುತ್ರನೇ! ನಿನ್ನ ಪಾಪಗಳು ಆಕಾಶದಲ್ಲಿರುವ ಮೋಡಗಳನ್ನು ತಲುಪಿ, ನಂತರ ನೀನು ನನ್ನಲ್ಲಿ ಕ್ಷಮೆಯಾಚಿಸಿದರೂ, ನಾನು ನಿನ್ನನ್ನು ಕ್ಷಮಿಸುತ್ತೇನೆ. ನನಗೆ ಅದೊಂದು ವಿಷಯವೇ ಅಲ್ಲ. ಓ ಆದಮರ ಪುತ್ರನೇ! ನೀನು ನನ್ನ ಬಳಿಗೆ ಭೂಮಿ ತುಂಬಾ ಪಾಪಗಳೊಂದಿಗೆ ಬಂದು, ನಂತರ ನನ್ನೊಂದಿಗೆ ಯಾವುದೇ ಸಹಭಾಗಿತ್ವ (ಶಿರ್ಕ್) ಮಾಡದ ಸ್ಥಿತಿಯಲ್ಲಿ ನನ್ನನ್ನು ಭೇಟಿಯಾದರೆ, ನಾನು ಭೂಮಿ ತುಂಬಾ ಕ್ಷಮೆಯೊಂದಿಗೆ ನಿನ್ನ ಬಳಿಗೆ ಬರುತ್ತೇನೆ."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಕುದ್ಸಿ ಹದೀಸಿನಲ್ಲಿ ಹೀಗೆ ಹೇಳುತ್ತಾನೆ: "ಓ ಆದಮರ ಪುತ್ರನೇ! ನೀನು ನನ್ನಲ್ಲಿ ಪ್ರಾರ್ಥಿಸುತ್ತಿರುವ, ನನ್ನ ದಯೆಯನ್ನು ನಿರೀಕ್ಷಿಸುತ್ತಿರುವ ಮತ್ತು ನನ್ನ ಬಗ್ಗೆ ನಿರಾಶನಾಗದಿರುವ ತನಕ ನಾನು ನಿನ್ನ ಪಾಪಗಳನ್ನು ಮರೆಮಾಚುವೆನು ಮತ್ತು ಅಳಿಸಿಬಿಡುವೆನು. ನನಗೆ ಅದೊಂದು ವಿಷಯವೇ ಅಲ್ಲ. ನಿನ್ನ ಪಾಪ ಅಥವಾ ಅಪರಾಧವು ಮಹಾ ಪಾಪಗಳಲ್ಲಿ ಸೇರಿದ್ದಾಗಿದ್ದರೂ ಸಹ. ಓ ಆದಮರ ಪುತ್ರನೇ! ನಿನ್ನ ಪಾಪಗಳು ಆಕಾಶ ಮತ್ತು ಭೂಮಿಯ ಎಲ್ಲಾ ಮುಕ್ಕು-ಮೂಲೆಗಳನ್ನು ತಲುಪುವ ರೀತಿಯಲ್ಲಿ, ಅವುಗಳ ನಡುವಿನ ಭಾಗವನ್ನು ಸಂಪೂರ್ಣವಾಗಿ ತುಂಬುವಷ್ಟರ ಮಟ್ಟಿಗೆ ಹೆಚ್ಚಾಗಿದ್ದು, ನಂತರ ನೀನು ನನ್ನಲ್ಲಿ ಕ್ಷಮೆಯಾಚಿಸಿದರೆ, ನಾನು ನಿನ್ನ ಪಾಪಗಳನ್ನು ಅಳಿಸುವೆನು ಮತ್ತು ಅವೆಲ್ಲವನ್ನೂ ಕ್ಷಮಿಸಿ ಬಿಡುವೆನು. ಅವುಗಳ ಹೆಚ್ಚಳವು ನನಗೊಂದು ವಿಷಯವೇ ಅಲ್ಲ.
 ಓ ಆದಮರ ಪುತ್ರನೇ! ನೀನು ಮರಣಾನಂತರ ನನ್ನ ಬಳಿಗೆ ಭೂಮಿ ತುಂಬಾ ಪಾಪಗಳೊಂದಿಗೆ ಬಂದು, ನಂತರ ನನ್ನೊಂದಿಗೆ ಯಾವುದೇ ಸಹಭಾಗಿತ್ವ (ಶಿರ್ಕ್) ಮಾಡದ ಸ್ಥಿತಿಯಲ್ಲಿ ಏಕದೇವವಿಶ್ವಾಸಿಯಾಗಿ ನೀನು ನನ್ನನ್ನು ಭೇಟಿಯಾದರೆ, ಈ ಎಲ್ಲಾ ಪಾಪಗಳಿಗೆ ಬದಲಿಯಾಗಿ ನಾನು ಭೂಮಿ ತುಂಬಾ ಕ್ಷಮೆಯೊಂದಿಗೆ ನಿನ್ನನ್ನು ಎದುರುಗೊಳ್ಳುತ್ತೇನೆ. ಏಕೆಂದರೆ ನಾನು ವಿಶಾಲವಾದ ಕ್ಷಮೆಯನ್ನು ಹೊಂದಿರುವವನು. ಶಿರ್ಕ್ (ದೇವ ಸಹಭಾಗಿತ್ವ) ಗೆ ಹೊರತಾದ ಎಲ್ಲಾ ಪಾಪಗಳನ್ನು ನಾನು ಕ್ಷಮಿಸುತ್ತೇನೆ."</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹನ ವಿಶಾಲವಾದ ದಯೆ, ಕ್ಷಮೆ ಮತ್ತು ಉದಾರತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
 ದೇವ ವಿಶ್ವಾಸದ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಮತ್ತು ಏಕದೇವ ವಿಶ್ವಾಸಿಗಳ ಪಾಪಗಳನ್ನು ಅಲ್ಲಾಹು ಕ್ಷಮಿಸುತ್ತಾನೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
 ದೇವಸಹಭಾಗಿತ್ವದ (ಶಿರ್ಕ್) ಅಪಾಯವನ್ನು ಮತ್ತು ದೇವಸಹಭಾಗಿತ್ವ ಮಾಡುವವರಿಗೆ ಅಲ್ಲಾಹು ಕ್ಷಮಿಸುವುದಿಲ್ಲವೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
 ಇಬ್ನ್ ರಜಬ್ ಹೇಳಿದರು: "ಪಾಪಗಳಿಗೆ ಕ್ಷಮೆ ದೊರೆಯುವ ಮೂರು ಮಾರ್ಗಗಳನ್ನು ಈ ಹದೀಸ್ ಒಳಗೊಂಡಿದೆ. ಒಂದು: ನಿರೀಕ್ಷೆಯಿಂದ ಮಾಡುವ ಪ್ರಾರ್ಥನೆ. ಎರಡು: ಕ್ಷಮೆಯಾಚನೆ ಮತ್ತು ಪಶ್ಚಾತ್ತಾಪದ ಬೇಡಿಕೆ. ಮೂರು: ಏಕದೇವ ವಿಶ್ವಾಸದಲ್ಲಿ ಮರಣ ಹೊಂದುವುದು."
 ಇದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಲ್ಲಾಹನಿಂದ ವರದಿ ಮಾಡುವ ಹದೀಸ್ ಆಗಿದ್ದು ಇದನ್ನು ಪವಿತ್ರ (ಕುದ್ಸಿ) ಅಥವಾ ದೈವಿಕ ಹದೀಸ್ ಎಂದು ಕರೆಯಲಾಗುತ್ತದೆ. ಇಂತಹ ಹದೀಸ್‌ಗಳ ಪದಗಳು ಮತ್ತು ಅರ್ಥವು ಅಲ್ಲಾಹನದ್ದೇ ಆಗಿದ್ದರೂ, ಇವುಗಳಿಗೆ ಕುರ್‌ಆನ್‌ನ ವಚನಗಳಿಗೆ ಇರುವ ವಿಶೇಷತೆಗಳಿಲ್ಲ. ಅಂದರೆ ಈ ವಚನಗಳನ್ನು ಪಠಿಸುವುದು ಆರಾಧನೆಯಲ್ಲ, ಇವುಗಳನ್ನು ಸ್ಪರ್ಶಿಸಲು ಶುದ್ಧಿಯಿರಬೇಕಾದ ಅಗತ್ಯವಿಲ್ಲ ಮತ್ತು ಇವು ಸವಾಲಿನ ರೂಪದಲ್ಲಿ ಅಥವಾ ಪವಾಡದ ರೂಪದಲ್ಲಿ ಅವತೀರ್ಣವಾಗಿಲ್ಲ.
 ಪಾಪಗಳಲ್ಲಿ ಮೂರು ವಿಧಗಳಿವೆ: ಒಂದು: ಅಲ್ಲಾಹನೊಂದಿಗೆ ಶಿರ್ಕ್ (ಸಹಭಾಗಿತ್ವ) ಮಾಡುವುದು. ಇದನ್ನು ಅಲ್ಲಾಹು ಎಂದಿಗೂ ಕ್ಷಮಿಸುವುದಿಲ್ಲ. ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: "ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹನೊಡನೆ ಶಿರ್ಕ್ (ಸಹಭಾಗಿತ್ವ) ಮಾಡಿದವನಿಗೆ ಅಲ್ಲಾಹು ಸ್ವರ್ಗವನ್ನು ನಿಷಿದ್ಧಗೊಳಿಸಿದ್ದಾನೆ." ಎರಡು: ಮನುಷ್ಯನು ತನ್ನ ಮತ್ತು ತನ್ನ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ನಡುವಿನ ವಿಷಯಗಳಲ್ಲಿ ಪಾಪವೆಸಗುವ ಮೂಲಕ ತನ್ನ ಮೇಲೆ ತಾನೇ ಅಕ್ರಮವೆಸಗುವುದು. ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಇಚ್ಚಿಸಿದರೆ, ಅದನ್ನು ಕ್ಷಮಿಸುತ್ತಾನೆ ಮತ್ತು ನಿರ್ಲಕ್ಷಿಸುತ್ತಾನೆ. ಮೂರು: ಅಲ್ಲಾಹು ಸ್ವಲ್ಪವೂ ಬಿಟ್ಟುಬಿಡದ ಪಾಪಗಳು. ಅಂದರೆ ಮನುಷ್ಯರು ತಮ್ಮ ತಮ್ಮಲ್ಲಿ ಮಾಡುವ ಅಕ್ರಮಗಳು. ಇವುಗಳಿಗೆ ಪ್ರತೀಕಾರ ಪಡೆಯುವುದು ಅನಿವಾರ್ಯವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5456</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم كان يقول في سجوده: اللهم اغفر لي ذنبي كله دقه، وجله، وأوله وآخره وعلانيته وسره</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸುಜೂದ್‌ನಲ್ಲಿ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದರು: "ಓ ಅಲ್ಲಾಹ್, ನನ್ನ ಎಲ್ಲಾ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸು, ಅವುಗಳಲ್ಲಿ ಚಿಕ್ಕದು, ದೊಡ್ಡದು, ಮೊದಲನೆಯದ್ದು, ಕೊನೆಯದ್ದು, ಬಹಿರಂಗವಾದದ್ದು ಮತ್ತು ರಹಸ್ಯವಾದದ್ದು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي سُجُودِهِ: «اللهُمَّ اغْفِرْ لِي ذَنْبِي كُلَّهُ دِقَّهُ، وَجِلَّهُ، وَأَوَّلَهُ وَآخِرَهُ وَعَلَانِيَتَهُ وَسِرَّهُ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸುಜೂದ್‌ನಲ್ಲಿ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದರು: "ಓ ಅಲ್ಲಾಹ್, ನನ್ನ ಎಲ್ಲಾ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸು, ಅವುಗಳಲ್ಲಿ ಚಿಕ್ಕದು, ದೊಡ್ಡದು, ಮೊದಲನೆಯದ್ದು, ಕೊನೆಯದ್ದು, ಬಹಿರಂಗವಾದದ್ದು ಮತ್ತು ರಹಸ್ಯವಾದದ್ದು."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يدعو في سجوده فيقول: 
+(اللهم اغفر لي ذنبي) بِستْرِه، وأنْ تَقِيَني تَبِعَتَه؛ فتعفو وتتجاوز وتصفح، (كله)، أعني: (دِقّه) صغيره وقليله، (وجِلّه) كبيره وكثيره، (وأوله) أول ذنب، (وآخره)، وما بينهما، (علانيته وسره) مما لا يعلمه إلا أنت سبحانك.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸುಜೂದ್‌ನಲ್ಲಿ ಪ್ರಾರ್ಥಿಸುತ್ತಾ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದರು: "ಓ ಅಲ್ಲಾಹ್, ನನ್ನ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸು" ಅಂದರೆ, ಅವುಗಳನ್ನು ಮರೆಮಾಡು ಮತ್ತು ಅವುಗಳ ದುಷ್ಪರಿಣಾಮಗಳಿಂದ ನನ್ನನ್ನು ರಕ್ಷಿಸು. ಅವುಗಳನ್ನು ಕ್ಷಮಿಸು, ಮನ್ನಿಸು ಮತ್ತು ಕಡೆಗಣಿಸು. "ಎಲ್ಲಾ" ಅಂದರೆ: ಅವುಗಳಲ್ಲಿ "ಚಿಕ್ಕದು" ಕ್ಷುಲ್ಲಕವಾದದ್ದು ಮತ್ತು ಕಡಿಮೆ ಸಂಖ್ಯೆಯದ್ದು, "ದೊಡ್ಡದು" ಭೀಕರವಾದದ್ದು ಮತ್ತು ಹೆಚ್ಚಿನ ಸಂಖ್ಯೆಯದ್ದು, "ಮೊದಲನೆಯದ್ದು" ಮೊದಲನೆಯ ಪಾಪ, "ಕೊನೆಯದ್ದು" ಮತ್ತು ಅವುಗಳ ನಡುವಿನದ್ದು, "ಬಹಿರಂಗವಾದದ್ದು ಮತ್ತು ರಹಸ್ಯವಾದದ್ದು"  ಮತ್ತು ನೀನು ಮಾತ್ರ ತಿಳಿದಿರುವಂತಹ ಪಾಪಗಳು.</t>
+  </si>
+  <si>
+    <t>قال ابن القيم: وطلب غفران الذّنوب الصِّغار والكبار، الدَّقيق والجليل، الأوّل والآخر، السّر والعلانية، فهذا التَّعميم وهذا الشُّمول لتأتي التَّوبة على ما عَلِمَه العبدُ من ذنوبه، وما لم يَعْلَمْه.
+قيل: إنما قدّم (الدِّق) على (الجِلّ)؛ لأن السائل يتصاعد في مسألته أي يَتَرَقّى، ولأن الكبائر تنشأ غالبًا من الإصرار على الصغائر وعدم المبالاة بها، فكأنها وسائل إلى الكبائر، ومِن حق الوسيلة أنْ تُقَدّم إثباتًا ورفعًا.
+التضرع إلى الله تعالى، وطلبه المغفرة من جميع الذنوب، الصغائر والكبائر.
+قال النووي: فيه توكيد الدعاء وتكثير ألفاظه وإنْ أَغْنَى بعضُها عن بعض.</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನುಲ್ ಖಯ್ಯಿಮ್ ಹೇಳುತ್ತಾರೆ: "ಸಣ್ಣ ಮತ್ತು ದೊಡ್ಡ, ಸೂಕ್ಷ್ಮ ಮತ್ತು ಗಂಭೀರ, ಮೊದಲನೆಯ ಮತ್ತು ಕೊನೆಯ, ರಹಸ್ಯ ಮತ್ತು ಬಹಿರಂಗವಾದ ಎಲ್ಲಾ ಪಾಪಗಳಿಗೂ ಕ್ಷಮೆಯನ್ನು ಕೋರಲಾಗಿದೆ. ಈ ಸಾಮಾನ್ಯೀಕರಣ ಮತ್ತು ಸಮಗ್ರತೆಯು ದಾಸನು ತಿಳಿದಿರುವ ಮತ್ತು ತಿಳಿಯದಿರುವ ಎಲ್ಲಾ ಪಾಪಗಳಿಗೂ ಪಶ್ಚಾತ್ತಾಪ ಪಡುವಂತೆ ಮಾಡುತ್ತದೆ."
+ಹೀಗೆ ಹೇಳಲಾಗಿದೆ: "ಚಿಕ್ಕದು" ಅನ್ನು "ದೊಡ್ಡದು" ಗಿಂತ ಮೊದಲು ಏಕೆ ಉಲ್ಲೇಖಿಸಲಾಗಿದೆ ಎಂದರೆ, ಕ್ಷಮೆ ಕೇಳುವವನು ತನ್ನ ಬೇಡಿಕೆಯಲ್ಲಿ ಏರುತ್ತಾ ಹೋಗುತ್ತಾನೆ, ಅಂದರೆ ಮೇಲೇರುತ್ತಾನೆ. ಏಕೆಂದರೆ, ಹೆಚ್ಚಾಗಿ ಸಣ್ಣ ಪಾಪಗಳನ್ನು ಪುನರಾವರ್ತಿಸುವುದರಿಂದ ಮತ್ತು ಅವುಗಳನ್ನು ನಿರ್ಲಕ್ಷಿಸುವುದರಿಂದ ದೊಡ್ಡ ಪಾಪಗಳು ಉಂಟಾಗುತ್ತವೆ. ಅವು ದೊಡ್ಡ ಪಾಪಗಳನ್ನು ತಲುಪುವ ಸಾಧನಗಳಿದ್ದಂತೆ. ಸ್ಥಾಪಿಸಲು ಮತ್ತು ತೆಗೆದುಹಾಕಲು ಸಾಧನಗಳನ್ನು ಮೊದಲು ಉಲ್ಲೇಖಿಸಬೇಕಾದುದು ಸರಿಯಾದ ಕ್ರಮವಾಗಿದೆ.
+ಅಲ್ಲಾಹನ ಮುಂದೆ ವಿನಮ್ರತೆಯನ್ನು ಪ್ರಕಟಿಸಲಾಗಿದೆ ಮತ್ತು ಸಣ್ಣ ಹಾಗೂ ದೊಡ್ಡದಾದ ಎಲ್ಲಾ ಪಾಪಗಳಿಗೂ ಕ್ಷಮೆಯನ್ನು ಕೋರಲಾಗಿದೆ.
+ಇಮಾಮ್ ನವವಿ ಹೇಳುತ್ತಾರೆ: "ಇದರಲ್ಲಿ ಪ್ರಾರ್ಥನೆಯನ್ನು ಬಲಪಡಿಸುವುದು ಮತ್ತು ಅದರ ಪದಗಳನ್ನು ಹೆಚ್ಚಿಸುವುದು ಕಂಡುಬರುತ್ತದೆ. ಕೆಲವು ಪದಗಳು ಇತರ ಪದಗಳ ಅರ್ಥವನ್ನು ನೀಡುತ್ತಿದ್ದರೂ ಸಹ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5470</t>
   </si>
   <si>
     <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹು ಜನರ ಪೈಕಿ ಅತಿಯಾಗಿ ದ್ವೇಷಿಸುವುದು ಮಹಾ ಜಗಳಗಂಟನನ್ನಾಗಿದೆ</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಅಲ್ಲಾಹು ಜನರ ಪೈಕಿ ಅತಿಯಾಗಿ ದ್ವೇಷಿಸುವುದು ಮಹಾ ಜಗಳಗಂಟನನ್ನಾಗಿದೆ."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಜನರ ಪೈಕಿ ತೀವ್ರವಾಗಿ ಮತ್ತು ಅತಿಯಾಗಿ ತರ್ಕ ಮಾಡುವವನನ್ನು ಅತಿಯಾಗಿ ದ್ವೇಷಿಸುತ್ತಾನೆ. ಅಂದರೆ, ಸತ್ಯವನ್ನು ಒಪ್ಪಿಕೊಳ್ಳಲು ಸಿದ್ಧನಾಗದ ಮತ್ತು ತರ್ಕಿಸುತ್ತಲೇ ತನ್ನನ್ನು ಸಮರ್ಥಿಸಿಕೊಳ್ಳುವವನನ್ನು. ಒಂದು ವೇಳೆ ಅವನು ಸತ್ಯದ ಪರವಾಗಿ ತರ್ಕಿಸುವುದಾದರೂ ಅವನು ತರ್ಕದಲ್ಲಿ ಮಿತಿಮೀರಿ ನ್ಯಾಯದ ಮಿತಿಯನ್ನು ದಾಟುತ್ತಾನೆ ಮತ್ತು ಅಜ್ಞಾನದಿಂದ ತರ್ಕಿಸತೊಡಗುತ್ತಾನೆ.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
@@ -10308,50 +11318,53 @@
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆಯಿಶ (ಅವರ ಬಗ್ಗೆ ಅಲ್ಲಾಹು ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಗೆ ಸಮಗ್ರ ಪ್ರಾರ್ಥನೆಯನ್ನು ಕಲಿಸಿದರು. ಅದರಲ್ಲಿ ನಾಲ್ಕು ಪ್ರಾರ್ಥನೆಗಳಿವೆ:
 ಒಂದು: ಎಲ್ಲಾ ಒಳಿತುಗಳಿಗಿರುವ ಪ್ರಾರ್ಥನೆ. "ಓ ಅಲ್ಲಾಹ್! ನಾನು ನಿನ್ನಲ್ಲಿ ಎಲ್ಲಾ ಒಳಿತುಗಳನ್ನು ಬೇಡುತ್ತೇನೆ" ಅಂದರೆ ಒಳಿತಾಗಿರುವ ಎಲ್ಲವನ್ನೂ ಬೇಡುತ್ತೇನೆ. "ತಕ್ಷಣದ" ಅಂದರೆ ಹತ್ತಿರದಲ್ಲಿರುವ. "ತಡವಾಗಿರುವ" ಅಂದರೆ ದೂರದಲ್ಲಿರುವ. "ಅವುಗಳ ಪೈಕಿ ನಾನು ತಿಳಿದಿರುವುದನ್ನು" ಅಂದರೆ, ಅವುಗಳ ಪೈಕಿ ನೀನು ನನಗೆ ಕಲಿಸಿರುವುದನ್ನು. "ತಿಳಿಯದಿರುವುದನ್ನು" ಅಂದರೆ, ನಿನಗೆ ಮಾತ್ರ ತಿಳಿದಿರುವಂತದ್ದನ್ನು. ಸರ್ವಜ್ಞ, ಸೂಕ್ಷ್ಮಜ್ಞಾನಿ ಮತ್ತು ಎಲ್ಲಾ ವಿಷಯಗಳನ್ನು ಸೂಕ್ಷ್ಮವಾಗಿ ತಿಳಿದಿರುವ ಅಲ್ಲಾಹನಿಗೆ ಕಾರ್ಯವನ್ನು ವಹಿಸಿಕೊಡಬೇಕೆಂದು ಇದರಲ್ಲಿ ತಿಳಿಸಲಾಗಿದೆ. ಇದರಿಂದ ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಮುಸಲ್ಮಾನನಿಗೆ ಅತಿಶ್ರೇಷ್ಠ ಮತ್ತು ಅತ್ಯುತ್ತಮವಾದುದನ್ನು ಆರಿಸುತ್ತಾನೆ. "ನಾನು ನಿನ್ನಲ್ಲಿ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ" ಅಂದರೆ ನಾನು ನಿನ್ನಲ್ಲಿ ರಕ್ಷಣೆಯನ್ನು ಬೇಡುತ್ತೇನೆ. "ತಕ್ಷಣದ ಮತ್ತು ತಡವಾಗಿರುವ ಎಲ್ಲಾ ಕೆಡುಕುಗಳಿಂದ. ಅವುಗಳ ಪೈಕಿ ನಾನು ತಿಳಿದಿರುವುದರಿಂದ ಮತ್ತು ತಿಳಿಯದಿರುವುದರಿಂದ ಕೂಡ."
 ಎರಡನೇ ಪ್ರಾರ್ಥನೆ: ಈ ಪ್ರಾರ್ಥನೆಯು ಪ್ರಾರ್ಥಿಸುವಾಗ ಹದ್ದುಮೀರದಂತೆ ಮುಸಲ್ಮಾನನನ್ನು ರಕ್ಷಿಸುತ್ತದೆ. "ಓ ಅಲ್ಲಾಹ್! ನಿನ್ನ ದಾಸ ಮತ್ತು ನಿನ್ನ ಪ್ರವಾದಿ" ಅಂದರೆ ಪ್ರವಾದಿ ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ). "ಬೇಡಿದ ಎಲ್ಲಾ ಒಳಿತುಗಳನ್ನು ನಾನು ನಿನ್ನಲ್ಲಿ ಬೇಡುತ್ತೇನೆ." "ನಾನು ನಿನ್ನಲ್ಲಿ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ" ಅಂದರೆ, ಆಶ್ರಯ ಮತ್ತು ರಕ್ಷಣೆ ಬೇಡುತ್ತೇನೆ. "ನಿನ್ನ ದಾಸ ಮತ್ತು ನಿನ್ನ ಪ್ರವಾದಿ"  ಅಂದರೆ ಪ್ರವಾದಿ ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ). "ರಕ್ಷೆ ಬೇಡಿದ ಎಲ್ಲಾ ಕೆಡುಕುಗಳಿಂದ." ಈ ಪ್ರಾರ್ಥನೆಯಲ್ಲಿರುವುದೇನೆಂದರೆ, ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪ್ರಾರ್ಥಿಸುವವನಿಗೆ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸ್ವತಃ ತಮಗೋಸ್ಕರ ಏನೆಲ್ಲಾ ಬೇಡಿದರೋ ಅವೆಲ್ಲವನ್ನೂ ಅಲ್ಲಾಹು ನೀಡಬೇಕೆಂದು ಅವುಗಳ ಯಾವುದೇ ವಿಧವನ್ನು ಪ್ರಸ್ತಾಪಿಸದೆ ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಿಕೊಳ್ಳುವುದಾಗಿದೆ.
 ಮೂರನೇ ಪ್ರಾರ್ಥನೆ: ಸ್ವರ್ಗ ಪ್ರವೇಶ ಮತ್ತು ನರಕ ವಿಮುಕ್ತಿಯನ್ನು ಬೇಡುವುದು. ಇದು ಪ್ರತಿಯೊಬ್ಬ ಮುಸ್ಲಿಮನ ಪರಮೋಚ್ಛ ಉದ್ದೇಶ ಮತ್ತು ಅವನ ಕರ್ಮಗಳ ಪರಮೋಚ್ಛ ಗುರಿಯಾಗಿದೆ. "ಓ ಅಲ್ಲಾಹ್! ನಾನು ನಿನ್ನಲ್ಲಿ ಸ್ವರ್ಗವನ್ನು" ಮತ್ತು ಅದರ ಮೂಲಕವಿರುವ ವಿಜಯವನ್ನು. "ಮತ್ತು ಅದಕ್ಕೆ ಹತ್ತಿರಗೊಳಿಸುವ ಮಾತುಗಳನ್ನು ಮತ್ತು ಕರ್ಮಗಳನ್ನು ಬೇಡುತ್ತೇನೆ" ಅಂದರೆ ನಿನ್ನನ್ನು ಸಂತೃಪ್ತಗೊಳಿಸುವ ಕರ್ಮಗಳನ್ನು. "ನಾನು ನಿನ್ನಲ್ಲಿ ನರಕದಿಂದ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ" ಏಕೆಂದರೆ ನಿನ್ನ ಸಹಾನುಭೂತಿಯಿಂದಲೇ ಹೊರತು ಕೆಟ್ಟ ಕರ್ಮಗಳಿಂದ ರಕ್ಷಣೆ ಪಡೆಯಲು ಸಾಧ್ಯವಿಲ್ಲ. "ಮತ್ತು ಅದಕ್ಕೆ ಹತ್ತಿರಗೊಳಿಸುವ ಮಾತುಗಳಿಂದ ಹಾಗೂ ಕರ್ಮಗಳಿಂದ" ಅಂದರೆ ನಿನಗೆ ಕೋಪವನ್ನುಂಟು ಮಾಡುವ ಪಾಪಕೃತ್ಯಗಳಿಂದ.
 ನಾಲ್ಕನೇ ಪ್ರಾರ್ಥನೆ: ಅಲ್ಲಾಹನ ವಿಧಿ ನಿರ್ಣಯದ ಬಗ್ಗೆ ಸಂತೃಪ್ತಿ ಸೂಚಿಸುವ ಪ್ರಾರ್ಥನೆ. "ನೀನು ನನ್ನ ವಿಷಯದಲ್ಲಿ ವಿಧಿಸಿದ ಎಲ್ಲಾ ವಿಧಿಗಳನ್ನು ನನಗೆ ಒಳಿತಾಗಿ ಮಾಡಬೇಕೆಂದು ಬೇಡುತ್ತೇನೆ." ಅಂದರೆ, ಅಲ್ಲಾಹು ನನಗೆ ವಿಧಿಸಿರುವ ಎಲ್ಲಾ ವಿಧಿಗಳನ್ನು ಅವನು ನನಗೆ ಒಳಿತನ್ನಾಗಿ ಮಾಡಬೇಕೆಂಬ ಪ್ರಾರ್ಥನೆ. ಇದು ಅಲ್ಲಾಹನ ವಿಧಿ-ನಿರ್ಣಯದ ಬಗ್ಗೆ ಸಂತೃಪ್ತಿ ಸೂಚಿಸುವ ಪ್ರಾರ್ಥನೆಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>ಒಬ್ಬ ವ್ಯಕ್ತಿ ತನ್ನ ಕುಟುಂಬದವರಿಗೆ, ಅವರ ಐಹಿಕ ಮತ್ತು ಪಾರಲೌಕಿಕ ವಿಷಯಗಳಲ್ಲಿ ಅವರಿಗೆ ಒಳಿತಾಗಿರುವುದನ್ನು ಕಲಿಸಿಕೊಡಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆಯಿಶರಿಗೆ ಕಲಿಸಿಕೊಟ್ಟಂತೆ.
 ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕಲಿಸಿಕೊಟ್ಟ ಪ್ರಾರ್ಥನೆಗಳನ್ನು ಮುಸಲ್ಮಾನನು ಕಂಠಪಾಠ ಮಾಡುವುದು ಅತಿಶ್ರೇಷ್ಠಕರವಾಗಿದೆ. ಏಕೆಂದರೆ, ಅವೆಲ್ಲವೂ ಸಮಗ್ರ ಪ್ರಾರ್ಥನೆಗಳಾಗಿವೆ.
 ಈ ಹದೀಸಿನ ಬಗ್ಗೆ ವಿದ್ವಾಂಸರು ಹೇಳಿದರು: "ಒಳಿತನ್ನು ಬೇಡುವ ಮತ್ತು ಕೆಡುಕಿನಿಂದ ರಕ್ಷೆ ಬೇಡುವ ವಿಷಯದಲ್ಲಿ ಇದು ಅತ್ಯಂತ ಸಮಗ್ರವಾದ ಹದೀಸ್ ಆಗಿದೆ. ಏಂದರೆ, ಇದು ಪ್ರವಾದಿಯವರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿಶೇಷವಾಗಿ ನೀಡಲಾದ 'ಜವಾಮಿಉಲ್ ಕಲಿಮ್' (ಸ್ವಲ್ಪ ಪದಗಳಲ್ಲಿ ವ್ಯಾಪಕ ಅರ್ಥವಿರುವ ಮಾತುಗಳು) ನಲ್ಲಿ ಒಳಪಡುತ್ತದೆ."
 ಅಲ್ಲಾಹನ ದಯೆಯ ನಂತರ ಸ್ವರ್ಗ ಪ್ರವೇಶಕ್ಕೆ ಕಾರಣವಾಗುವುದು ಅತ್ಯುತ್ತಮ ಕರ್ಮಗಳು ಮತ್ತು ಮಾತುಗಳಾಗಿವೆ.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5487</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>ಓ ಅಲ್ಲಾಹ್! ನಿನ್ನ ಅನುಗ್ರಹಗಳ ನಿವಾರಣೆಯಿಂದ, ನಿನ್ನ ಸೌಖ್ಯದ ಬದಲಾವಣೆಯಿಂದ, ನಿನ್ನ ಹಠಾತ್ ಶಿಕ್ಷೆಯಿಂದ ಮತ್ತು ನಿನ್ನ ಸರ್ವ ಕ್ರೋಧಗಳಿಂದ ನಾನು ನಿನ್ನಲ್ಲಿ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರಾರ್ಥಿಸುತ್ತಿದ್ದ ಪ್ರಾರ್ಥನೆಗಳಲ್ಲಿ ಒಂದು ಹೀಗಿತ್ತು: "ಓ ಅಲ್ಲಾಹ್! ನಿನ್ನ ಅನುಗ್ರಹಗಳ ನಿವಾರಣೆಯಿಂದ, ನಿನ್ನ ಸೌಖ್ಯದ ಬದಲಾವಣೆಯಿಂದ, ನಿನ್ನ ಹಠಾತ್ ಶಿಕ್ಷೆಯಿಂದ ಮತ್ತು ನಿನ್ನ ಸರ್ವ ಕ್ರೋಧಗಳಿಂದ ನಾನು ನಿನ್ನಲ್ಲಿ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ."</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ನಾಲ್ಕು ವಿಷಯಗಳ ಬಗ್ಗೆ ರಕ್ಷೆ ಬೇಡಿದ್ದಾರೆ.
 ಒಂದು: "ಓ ಅಲ್ಲಾಹ್! ನಿನ್ನ ಅನುಗ್ರಹಗಳ ನಿವಾರಣೆಯಿಂದ ನಾನು ನಿನ್ನಲ್ಲಿ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ." ಅಂದರೆ ಧಾರ್ಮಿಕ ಮತ್ತು ಐಹಿಕವಾದ ಅನುಗ್ರಹಗಳ ನಿವಾರಣೆಯಿಂದ. ನೀನು ನನ್ನನ್ನು ಇಸ್ಲಾಂ ಧರ್ಮದಲ್ಲಿ ದೃಢವಾಗಿ ನಿಲ್ಲಿಸಬೇಕೆಂದು, ಮತ್ತು ಅನುಗ್ರಹಗಳ ನಿವಾರಣೆಗೆ ಕಾರಣವಾಗುವ ಪಾಪಗಳಲ್ಲಿ ಒಳಪಡದಂತೆ ನನ್ನನ್ನು ರಕ್ಷಿಸಬೇಕೆಂದು ಬೇಡುತ್ತೇನೆ.
@@ -10434,131 +11447,204 @@
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬೆಳಗಾಗುವಾಗ, ಅಂದರೆ ಮುಂಜಾನೆಯ ಸಮಯದಲ್ಲಿ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದರು:
 "ಓ ಅಲ್ಲಾಹ್! ನಿನ್ನಿಂದಾಗಿ ನಾವು ಬೆಳಗನ್ನು ಪ್ರವೇಶಿಸಿದೆವು." ಅಂದರೆ, ನಿನ್ನ ಸಂರಕ್ಷಣೆಯನ್ನು ಅನುಭವಿಸುತ್ತಾ, ನಿನ್ನ ಅನುಗ್ರಹಗಳಲ್ಲಿ ಮುಳುಗಿರುತ್ತಾ, ನಿನ್ನ ಸ್ಮರಣೆಯಲ್ಲಿ ಮಗ್ನರಾಗಿರುತ್ತಾ, ನಿನ್ನ ಹೆಸರಿನೊಂದಿಗೆ ಸಹಾಯ ಯಾಚಿಸುತ್ತಾ, ನಿನ್ನ ಮಾರ್ಗದರ್ಶನದಲ್ಲಿ ಒಳಗೊಂಡಿರುತ್ತಾ, ನಿನ್ನ ಶಕ್ತಿ ಮತ್ತು ಸಾಮರ್ಥ್ಯದಿಂದ ಮುಂದುವರಿಯುತ್ತಾ ನಾವು ಬೆಳಗನ್ನು ಪ್ರವೇಶಿಸಿದೆವು. "ನಿನ್ನಿಂದಾಗಿ ನಾವು ಸಂಜೆಯನ್ನು ಪ್ರವೇಶಿಸಿದೆವು. ನಿನ್ನಿಂದಾಗಿ ನಾವು ಜೀವಂತವಿದ್ದೇವೆ. ನಿನ್ನಿಂದಾಗಿಯೇ ನಾವು ಮರಣಹೊಂದುತ್ತೇವೆ." ಮೇಲೆ ಹೇಳಿದಂತೆ ಬೆಳಗನ್ನು ಹೇಗೆ ಪ್ರವೇಶಿಸಿದೆಯೋ ಅದೇ ಸ್ಥಿತಿಯಲ್ಲಿ ನಾವು ಸಂಜೆಯನ್ನೂ ಪ್ರವೇಶಿಸಿದೆವು. ಅಂದರೆ, ಓ ಅಲ್ಲಾಹ್! ನಿನ್ನಿಂದಾಗಿ ನಾವು ಸಂಜೆಯನ್ನು ಪ್ರವೇಶಿಸಿದೆವು, ಜೀವ ನೀಡುವವನಾದ ನಿನ್ನ ಹೆಸರಿನಲ್ಲಿ ನಾವು ಜೀವಿಸುತ್ತೇವೆ ಮತ್ತು ಸಾವು ನೀಡುವವನಾದ ನಿನ್ನ ಹೆಸರಿನಲ್ಲಿ ನಾವು ಸಾಯುತ್ತೇವೆ. "ಪುನರುತ್ಥಾನವು ನಿನ್ನ ಕಡೆಗೇ ಆಗಿದೆ." ಪುನರುತ್ಥಾನ ಎಂದರೆ ಮರಣಾನಂತರ ಜೀವಂತವಾಗುವುದು. ಒಟ್ಟುಗೂಡಿದ ನಂತರ ಬೇರ್ಪಡುವುದು. ನಮ್ಮ ಜೀವನವು ಎಲ್ಲಾ ಸಮಯದಲ್ಲೂ, ಎಲ್ಲಾ ಸ್ಥಿತಿಗಳಲ್ಲೂ ಹೀಗೆಯೇ ಮುಂದುವರಿಯುತ್ತದೆ. ನಾವು ಇದರಿಂದ ಬೇರ್ಪಡುವುದಿಲ್ಲ ಮತ್ತು ಇದನ್ನು ಬಿಟ್ಟು ದೂರವಾಗುವುದೂ ಇಲ್ಲ.
 ಅಸರ್ ಬಳಿಕ ಸಂಜೆಯಾಗುವಾಗ ಅವರು ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದರು: "ನಿನ್ನಿಂದಾಗಿ ನಾವು ಸಂಜೆಯನ್ನು ಪ್ರವೇಶಿಸಿದೆವು. ನಿನ್ನಿಂದಾಗಿ ನಾವು ಬೆಳಗನ್ನು ಪ್ರವೇಶಿಸಿದೆವು. ನಿನ್ನಿಂದಾಗಿ ನಾವು ಜೀವಂತವಿದ್ದೇವೆ. ನಿನ್ನಿಂದಾಗಿಯೇ ನಾವು ಮರಣಹೊಂದುತ್ತೇವೆ. ಮರಳುವಿಕೆಯು ನಿನ್ನ ಕಡೆಗೇ ಆಗಿದೆ." ಅಂದರೆ ಇಹಲೋಕದ ಮರಳುವಿಕೆ ಮತ್ತು ಪರಲೋಕದ ಮರಳುವಿಕೆ. ಏಕೆಂದರೆ, ನೀನೇ ನನಗೆ ಜೀವ ನೀಡುವವನು ಮತ್ತು ನೀನೇ ನನಗೆ ಸಾವು ನೀಡುವವನು.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನುಕರಿಸಿ ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಬೆಳಗ್ಗೆ ಮತ್ತು ಸಂಜೆ ಹೇಳುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
 ಎಲ್ಲಾ ಸ್ಥಿತಿಗಳಲ್ಲೂ ಸಮಯಗಳಲ್ಲೂ ಮನುಷ್ಯನು ಅಲ್ಲಾಹನ ಮೇಲೆ ಆಶ್ರಿತನಾಗಿದ್ದಾನೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
 ದಿಕ್ರ್ ಹೇಳಬೇಕಾದ ಶ್ರೇಷ್ಠ ಸಮಯ: ಬೆಳಗ್ಗೆ ಮುಂಜಾನೆಯ ಉದಯದಿಂದ ತೊಡಗಿ ಸೂರ್ಯೋದಯದ ತನಕ ಮತ್ತು ಅಸರ್ ನಮಾಝಿನ ನಂತರ ಸೂರ್ಯಾಸ್ತದ ತನಕ. ಅದರ ನಂತರ ಹೇಳಿದರೆ, ಅಂದರೆ ಪೂರ್ವಾಹ್ನದ ಸಮಯದಲ್ಲಿ ಹೇಳಿದರೂ ಸಾಕಾಗುತ್ತದೆ. ಅದೇ ರೀತಿ, ಮಧ್ಯಾಹ್ನದ ನಂತರ ಹೇಳಿದರೂ ಸಾಕಾಗುತ್ತದೆ. ಮಗ್ರಿಬ್ ನಮಾಝಿನ ನಂತರ ಹೇಳಿದರೂ ಸಾಕಾಗುತ್ತದೆ. ಇದು ದಿಕ್ರ್ ಹೇಳುವ ಸಮಯವಾಗಿದೆ.
 ಬೆಳಗ್ಗಿನ ಸಮಯವು ಮರಣಾನಂತರ ಜನರು ಪುನರುತ್ಥಾನ ದಿನದಂದು ಜೀವಂತವಾಗುವ ಸ್ಥಿತಿಯನ್ನು ನೆನಪಿಸುವುದರಿಂದ "ಪುನರುತ್ಥಾನವು ನಿನ್ನ ಕಡೆಗೇ ಆಗಿದೆ" ಎಂಬ ಮಾತು ಅದಕ್ಕೆ ಹೊಂದಿಕೆಯಾಗುತ್ತದೆ. ಏಕೆಂದರೆ, ಇದು ಹೊಸ ಪುನರುತ್ಥಾನವಾಗಿದೆ. ಇದೊಂದು ಹೊಸ ದಿನವಾಗಿದ್ದು ಆತ್ಮಗಳನ್ನು ದೇಹಕ್ಕೆ ಮರಳಿಸಲಾಗುತ್ತದೆ. ಜನರು ತಮ್ಮ ಜೀವನೋಪಾಯಕ್ಕಾಗಿ ಹಂಚಿ ಹೋಗುತ್ತಾರೆ. ಮನುಷ್ಯರ ಮೇಲೆ ಸಾಕ್ಷಿಯಾಗಲು ಮತ್ತು ಅದರ ಸಮಯವು ನಮ್ಮ ಕರ್ಮಗಳ ಸಂಗ್ರಹಣೆಯಾಗಲು ಅಲ್ಲಾಹು ಸೃಷ್ಟಿಸಿದ ಈ ಹೊಸ ಬೆಳಗು ಉಸಿರಾಡುತ್ತದೆ.
 ಅದೇ ರೀತಿ, ಸಂಜೆಯ ಬಗ್ಗೆ "ಮತ್ತು ಮರಳುವಿಕೆಯು ನಿನ್ನ ಬಳಿಗೇ ಆಗಿದೆ" ಎಂದು ಹೇಳಲಾಗಿದೆ. ಸಂಜೆ ಎಂದರೆ ಜನರು ತಮ್ಮ ಉದ್ಯೋಗಗಳಿಂದ ಮತ್ತು ತಮ್ಮ ಜೀವನೋಪಾಯಕ್ಕಾಗಿ ಹಂಚಿ ಹೋಗಿರುವುದರಿಂದ ಮರಳಿ ಬರುವ ಸಮಯವಾಗಿದೆ. ಹರಿದು ಹಂಚಾಗಿ ಹೋದ ನಂತರ ಅವರು ವಿಶ್ರಾಂತಿಗಾಗಿ ತಮ್ಮ ಮನೆಗಳಿಗೆ ಮರಳುತ್ತಾರೆ. ಇದು ಅಲ್ಲಾಹನ ಬಳಿಗೆ ಮರಳಿ ಹೋಗುವುದನ್ನು ನೆನಪಿಸುತ್ತದೆ.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5490</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>ಬಲಶಾಲಿ ಸತ್ಯವಿಶ್ವಾಸಿಯು ದುರ್ಬಲ ಸತ್ಯವಿಶ್ವಾಸಿಗಿಂತ ಉತ್ತಮನು ಮತ್ತು ಅಲ್ಲಾಹನಿಗೆ ಹೆಚ್ಚು ಪ್ರಿಯನಾಗಿದ್ದಾನೆ. ಎಲ್ಲರಲ್ಲೂ ಒಳಿತಿದೆ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಬಲಶಾಲಿ ಸತ್ಯವಿಶ್ವಾಸಿಯು ದುರ್ಬಲ ಸತ್ಯವಿಶ್ವಾಸಿಗಿಂತ ಉತ್ತಮನು ಮತ್ತು ಅಲ್ಲಾಹನಿಗೆ ಹೆಚ್ಚು ಪ್ರಿಯನಾಗಿದ್ದಾನೆ. ಎಲ್ಲರಲ್ಲೂ ಒಳಿತಿದೆ. ನಿನಗೆ ಪ್ರಯೋಜನಕಾರಿಯಾದ ವಿಷಯದಲ್ಲಿ ಉತ್ಸುಕನಾಗು, ಅಲ್ಲಾಹನಲ್ಲಿ ಸಹಾಯ ಬೇಡು ಮತ್ತು ಅಸಹಾಯಕನಾಗಬೇಡ. ನಿನಗೇನಾದರೂ ಸಂಭವಿಸಿದರೆ, "ಒಂದು ವೇಳೆ ನಾನು ಹೀಗೆ ಮಾಡುತ್ತಿದ್ದರೆ ಹೀಗಾಗುತ್ತಿತ್ತು" ಎಂದು ಹೇಳಬೇಡ. ಬದಲಿಗೆ, "ಇದು ಅಲ್ಲಾಹು ವಿಧಿಸಿದ್ದು; ಅವನು ಇಚ್ಛಿಸುವುದನ್ನು ಅವನು ಮಾಡುತ್ತಾನೆ" ಎಂದು ಹೇಳು. ಏಕೆಂದರೆ ‘ಒಂದು ವೇಳೆ' ಎಂಬ ಮಾತು ಶೈತಾನನು ಕಾರ್ಯೋನ್ಮುಖನಾಗಲು ಬಾಗಿಲು ತೆರೆದುಕೊಡುತ್ತದೆ."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಸತ್ಯವಿಶ್ವಾಸಿಗಳಿಗೆ ಎಲ್ಲಾ ವಿಷಯಗಳಲ್ಲೂ ಒಳಿತಿದೆ. ಆದರೆ ಸತ್ಯವಿಶ್ವಾಸ, ದೃಢನಿರ್ಧಾರ, ಆರ್ಥಿಕ ಸ್ಥಿತಿ ಮುಂತಾದ ಪ್ರಾಬಲ್ಯವಿರುವ ವಿಷಯಗಳಲ್ಲಿ ಬಲಶಾಲಿಯಾಗಿರುವವನು ದುರ್ಬಲ ಸತ್ಯವಿಶ್ವಾಸಿಗಿಂತ ಅಲ್ಲಾಹನಿಗೆ ಹೆಚ್ಚು ಪ್ರಿಯನು. ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಲ್ಲಾಹನ ಮೇಲೆ ಸಂಪೂರ್ಣ ಅವಲಂಬಿತರಾಗಿ, ಅವನಲ್ಲಿ ಸಹಾಯ ಬೇಡುತ್ತಾ ಮತ್ತು ಅವನ ಮೇಲೆ ಭರವಸೆಯಿಡುತ್ತಾ, ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ತನಗೆ ಪ್ರಯೋಜನಕಾರಿಯಾಗಿರುವುದನ್ನು ಉಪಯೋಗಿಸುವಂತೆ ಸತ್ಯವಿಶ್ವಾಸಿಗೆ ಉಪದೇಶ ಮಾಡುತ್ತಾರೆ. ನಂತರ ಅವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉಭಯ ಲೋಕಗಳಲ್ಲಿ ಪ್ರಯೋಜನಕಾರಿಯಾದ ವಿಷಯಗಳನ್ನು ಮಾಡುವುದರಲ್ಲಿ ಅಸಹಾಯಕತೆ, ಆಲಸ್ಯ, ಮತ್ತು ಸೋಮಾರಿತನ ತೋರುವುದನ್ನು ನಿಷೇಧಿಸುತ್ತಾರೆ. ಸತ್ಯವಿಶ್ವಾಸಿಯು ಅಲ್ಲಾಹನಲ್ಲಿ ಸಹಾಯ ಮತ್ತು ಒಳಿತನ್ನು ಬೇಡುತ್ತಾ, ಲಭ್ಯವಿರುವ ಸಾಧನಗಳನ್ನು ಉಪಯೋಗಿಸಿ ಕಷ್ಟಪಟ್ಟು ಕೆಲಸ ಮಾಡಿದರೆ, ನಂತರ ಅವನು ತನ್ನ ಕಾರ್ಯವನ್ನು ಸಂಪೂರ್ಣವಾಗಿ ಅಲ್ಲಾಹನಿಗೆ ವಹಿಸಿಕೊಡಬೇಕು ಮತ್ತು ಅಲ್ಲಾಹನ ಆಯ್ಕೆಯೇ ಅತ್ಯುತ್ತಮವೆಂದು ತಿಳಿಯಬೇಕು. ನಂತರ ಅವನಿಗೆ ಏನಾದರೂ ವಿಪತ್ತು ಸಂಭವಿಸಿದರೆ, ಅವನು ಹೀಗೆ ಹೇಳಬಾರದು: "ಒಂದು ವೇಳೆ ನಾನು ಹೀಗೆ ಮಾಡುತ್ತಿದ್ದರೆ ಹೀಗಾಗುತ್ತಿತ್ತು." ಏಕೆಂದರೆ, 'ಒಂದು ವೇಳೆ' ಎಂಬ ಮಾತು ದೈವಿಕ ವಿಧಿಯನ್ನು ಆಕ್ಷೇಪಿಸುವಂತೆ ಮತ್ತು ಕಳೆದುಹೋದ ವಿಷಯದ ಬಗ್ಗೆ ವ್ಯಥೆಪಡುವಂತೆ ಮಾಡುವುದರಲ್ಲಿ ಶೈತಾನನು ಕಾರ್ಯೋನ್ಮುಖನಾಗಲು ಬಾಗಿಲು ತೆರೆದು ಕೊಡುತ್ತದೆ. ಬದಲಿಗೆ, (ಅಲ್ಲಾಹನ ತೀರ್ಮಾನಕ್ಕೆ) ಸಂಪೂರ್ಣ ಶರಣಾಗಿ ಮತ್ತು ಸಂತೃಪ್ತಿಯಿಂದ, "ಇದು ಅಲ್ಲಾಹು ವಿಧಿಸಿದ್ದು; ಅವನು ಇಚ್ಛಿಸುವುದನ್ನು ಅವನು ಮಾಡುತ್ತಾನೆ" ಎಂದು ಹೇಳಬೇಕು. ಏನು ಸಂಭವಿಸಿದೆಯೋ ಅದು ಅಲ್ಲಾಹನ ಇರಾದೆಯಂತೆಯೇ ಸಂಭವಿಸಿದೆ. ಏಕೆಂದರೆ, ಅವನು ಏನು ಬಯಸುತ್ತಾನೋ ಅದನ್ನು ಮಾಡುತ್ತಾನೆ. ಅವನ ವಿಧಿಯನ್ನು ತಡೆಗಟ್ಟಲು ಅಥವಾ ಅವನ ತೀರ್ಪನ್ನು ರದ್ದುಗೊಳಿಸಲು ಯಾರಿಗೂ ಸಾಧ್ಯವಿಲ್ಲ.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>ಜನರು ವಿಶ್ವಾಸದಲ್ಲಿ ಒಂದೇ ರೀತಿಯಲ್ಲಿಲ್ಲ.
 ಶಕ್ತಿ ಉಪಯೋಗಿಸಿ ಕೆಲಸ ಮಾಡುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಏಕೆಂದರೆ ದೌರ್ಬಲ್ಯದಿಂದ ಪಡೆಯಲು ಸಾಧ್ಯವಾಗದ ಪ್ರಯೋಜನಗಳನ್ನು ಶಕ್ತಿಯಿಂದ ಪಡೆಯಬಹುದು.
 ಮನುಷ್ಯನು ತನಗೆ ಪ್ರಯೋಜನಕಾರಿಯಾದ ವಿಷಯಗಳಲ್ಲಿ ಉತ್ಸುಕನಾಗಬೇಕು ಮತ್ತು ಪ್ರಯೋಜನಕಾರಿಯಲ್ಲದ ವಿಷಯಗಳನ್ನು ಬಿಟ್ಟುಬಿಡಬೇಕು.
 ಸತ್ಯವಿಶ್ವಾಸಿ ಎಲ್ಲಾ ವಿಷಯಗಳಲ್ಲೂ ಅಲ್ಲಾಹನಿಂದ ಸಹಾಯ ಬೇಡುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಅವನು ಎಂದಿಗೂ ಸ್ವಯಂ ಅವಲಂಬಿತನಾಗಬಾರದು.
 ದೈವಿಕ ವಿಧಿ ಮತ್ತು ಪೂರ್ವನಿರ್ಧಾರವನ್ನು ದೃಢೀಕರಿಸಲಾಗಿದೆ. ಆದರೆ ಇದು ಕಾರ್ಯಕಾರಣ ಸಂಬಂಧಗಳನ್ನು ಬಳಸುವುದನ್ನು ಮತ್ತು ಒಳಿತಿನ ವಿಷಯಗಳಿಗಾಗಿ ಪರಿಶ್ರಮಿಸುವುದನ್ನು ನಿಷೇಧಿಸುವುದಿಲ್ಲ.
 ವಿಪತ್ತುಗಳು ಸಂಭವಿಸುವಾಗ ಸಿಟ್ಟಿನಿಂದ 'ಒಂದು ವೇಳೆ ' ಎಂಬ ಮಾತು ಹೇಳುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಅಲ್ಲಾಹನ ವಿಧಿಯನ್ನು ಮತ್ತು ಪೂರ್ವನಿರ್ಧಾರವನ್ನು ಆಕ್ಷೇಪಿಸುವುದನ್ನು ಕೂಡ ನಿಷೇಧಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5493</t>
   </si>
   <si>
+    <t>إن اللعانين لا يكونون شهداء ولا شفعاء يوم القيامة</t>
+  </si>
+  <si>
+    <t>ಅತಿಯಾಗಿ ಶಾಪ ಹಾಕುವವರು ಪುನರುತ್ಥಾನ ದಿನದಂದು ಸಾಕ್ಷಿಗಳು ಅಥವಾ ಶಿಫಾರಸ್ಸು ಮಾಡುವವರು ಆಗುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ اللَّعَّانِينَ لَا يَكُونُونَ شُهَدَاءَ وَلَا شُفَعَاءَ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ದರ್ದಾಅ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಅತಿಯಾಗಿ ಶಾಪ ಹಾಕುವವರು ಪುನರುತ್ಥಾನ ದಿನದಂದು ಸಾಕ್ಷಿಗಳು ಅಥವಾ ಶಿಫಾರಸ್ಸು ಮಾಡುವವರು ಆಗುವುದಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن يُكثر اللعن على مَن لا يستحق فهو مستحق لعقوبتين: 
+الأولى: لا يكون شهيدًا يوم القيامة على الأمم بتبليغ رسلِهم إليهم الرسالات، ولا تقبل شهادته في الدنيا؛ لفسقه، ولا يرزق الشهادة وهي القتل في سبيل الله. 
+الثانية: لا يشفع يوم القيامة حين يشفع المؤمنون في إخوانهم الذين استَوجَبوا النار.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಶಾಪಕ್ಕೆ ಅರ್ಹರಲ್ಲದವರ ಮೇಲೆ ಯಾರು ಅತಿಯಾಗಿ ಶಾಪ ಹಾಕುತ್ತಾರೋ ಅವರು ಎರಡು ಶಿಕ್ಷೆಗಳಿಗೆ ಅರ್ಹರಾಗುತ್ತಾರೆ: ಮೊದಲನೆಯದು: ಅವರು ಪುನರುತ್ಥಾನ ದಿನದಂದು ಪ್ರವಾದಿಗಳು ತಮ್ಮ ಸಂದೇಶಗಳನ್ನು ತಲುಪಿಸಿದ ಬಗ್ಗೆ ಸಮುದಾಯಗಳ ಮೇಲೆ ಸಾಕ್ಷಿಯಾಗುವುದಿಲ್ಲ. ಅವರ ದುಷ್ಟತನದಿಂದಾಗಿ ಇಹಲೋಕದಲ್ಲಿ ಅವರ ಸಾಕ್ಷ್ಯವು ಸ್ವೀಕರಿಸಲ್ಪಡುವುದಿಲ್ಲ. ಅವರಿಗೆ ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿ ಹುತಾತ್ಮರಾಗುವ ಶಹೀದ್ ಪದವಿಯನ್ನು ನೀಡಲಾಗುವುದಿಲ್ಲ. ಎರಡನೆಯದು: ಪುನರುತ್ಥಾನ ದಿನದಂದು ನರಕಕ್ಕೆ ಅರ್ಹರಾದ ತಮ್ಮ ಸಹೋದರರಿಗಾಗಿ ಸತ್ಯವಿಶ್ವಾಸಿಗಳು ಶಿಫಾರಸ್ಸು ಮಾಡುವಾಗ ಇವರಿಗೆ ಶಿಫಾರಸ್ಸು ಮಾಡುವ ಅಧಿಕಾರವಿರುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>تحريم الَّلعن، وأنّ كَثرته من كبائر الذنوب.
+العقوبة في الحديث إنما هي لمن كثر منه اللعن، لا لِمَرّة ونحوها، ولأنه يخرج منه أيضًا اللعن المباح، وهو الذي ورد الشرع به بلعن أصحاب الأوصاف المذمومة بغير تعيين كقولك: «لعن الله اليهود والنصارى»، «لعنة الله على الظالمين»، «لعن الله المُصَوِّرين»، «لعن الله من عمل عمل قوم لوط»، «لعن الله من ذبح لغير الله»، «لعن الله المتشبِّهين من الرجال بالنساء والمتشبهات من النساء بالرجال»، ونحو ذلك.
+إثبات شفاعة المؤمنين يوم القيامة.</t>
+  </si>
+  <si>
+    <t>ಶಾಪ ಹಾಕುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ ಮತ್ತು ಅದರ ಅತಿಯಾದ ಬಳಕೆಯು ಮಹಾಪಾಪಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ ಎಂದು ಹೇಳಲಾಗಿದೆ.
+ಹದೀಸ್‌ನಲ್ಲಿ ಉಲ್ಲೇಖಿಸಿರುವ ಶಿಕ್ಷೆಯು ಅತಿಯಾಗಿ ಶಾಪ ಹಾಕುವವರಿಗೆ ಮಾತ್ರ ಅನ್ವಯವಾಗುತ್ತದೆಯೇ ವಿನಾ ಒಂದೆರಡು ಬಾರಿ ಶಾಪ ಹಾಕುವವರಿಗಲ್ಲ. ಮಾತ್ರವಲ್ಲ, ಶಾಪಗಳಲ್ಲಿ ಅನುಮತಿಸಲಾದವುಗಳೂ ಇವೆ. ಅಂದರೆ ಶರೀಅತ್‌ನಲ್ಲಿ ಉಲ್ಲೇಖಿಸಲಾದ ಕೆಟ್ಟ ಗುಣಗಳನ್ನು ಹೊಂದಿರುವವರನ್ನು ನಿರ್ದಿಷ್ಟವಾಗಿ ಅವರ ಹೆಸರು ಹೇಳದೆ ಶಾಪ ಹಾಕುವುದು. ಉದಾಹರಣೆಗೆ: "ಅಲ್ಲಾಹು ಯಹೂದಿಗಳನ್ನು ಮತ್ತು ಕ್ರೈಸ್ತರನ್ನು ಶಪಿಸಲಿ", "ಅನ್ಯಾಯ ಮಾಡುವವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಶಾಪವಿರಲಿ", "ಚಿತ್ರಗಳನ್ನು ರಚಿಸುವವರನ್ನು ಅಲ್ಲಾಹು ಶಪಿಸಲಿ", "ಲೂತ್ ಜನಾಂಗದವರ ಕೆಲಸವನ್ನು (ಸಲಿಂಗಕಾಮ) ಮಾಡಿದವರನ್ನು ಅಲ್ಲಾಹು ಶಪಿಸಲಿ", "ಅಲ್ಲಾಹನ ಹೊರತಾದವರಿಗೆ ಬಲಿ ಅರ್ಪಿಸುವವರನ್ನು ಅಲ್ಲಾಹನು ಶಪಿಸಲಿ", "ಸ್ತ್ರೀಯರನ್ನು ಅನುಕರಿಸುವ ಪುರುಷರನ್ನು ಮತ್ತು ಪುರುಷರನ್ನು ಅನುಕರಿಸುವ ಸ್ತ್ರೀಯರನ್ನು ಅಲ್ಲಾಹನು ಶಪಿಸಲಿ" ಇತ್ಯಾದಿ.
+ಪುನರುತ್ಥಾನ ದಿನದಂದು ಸತ್ಯವಿಶ್ವಾಸಿಗಳು ಶಿಫಾರಸ್ಸು ಮಾಡುತ್ತಾರೆಂದು ದೃಢೀಕರಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5495</t>
+  </si>
+  <si>
     <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>ಪ್ರಾರ್ಥನೆಯೇ ಆರಾಧನೆ</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>ನುಅಮಾನ್ ಬಿನ್ ಬಶೀರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಪ್ರಾರ್ಥನೆಯೇ ಆರಾಧನೆ." ನಂತರ ಅವರು ಪಠಿಸಿದರು: “ನಿಮ್ಮ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಹೇಳಿದನು: ನೀವು ನನ್ನನ್ನು ಕರೆದು ಪ್ರಾರ್ಥಿಸಿರಿ, ನಾನು ನಿಮಗೆ ಉತ್ತರ ನೀಡುತ್ತೇನೆ. ನನ್ನನ್ನು ಆರಾಧಿಸಲು ಯಾರು ಅಹಂಕಾರ ತೋರುತ್ತಾರೋ ಅವರು ನಿಂದನೀಯ ಸ್ಥಿತಿಯಲ್ಲಿ ನರಕವನ್ನು ಪ್ರವೇಶಿಸುವರು.”</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>ಪ್ರಾರ್ಥನೆಯೇ ಆರಾಧನೆ ಎಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸಿದ್ದಾರೆ. ಆದ್ದರಿಂದ ಪ್ರಾರ್ಥನೆಯನ್ನು ನಿಷ್ಕಳಂಕವಾಗಿ ಅಲ್ಲಾಹನಿಗೆ ಮಾತ್ರ ಅರ್ಪಿಸಬೇಕು. ಅದು ಬೇಡಿಕೆಯ ಪ್ರಾರ್ಥನೆ ಅಥವಾ ಆರಾಧನೆಯ ಪ್ರಾರ್ಥನೆಯಾಗಿದ್ದರೂ ಅದರಲ್ಲಿ ವ್ಯತ್ಯಾಸವಿಲ್ಲ. ಬೇಡಿಕೆಯ ಪ್ರಾರ್ಥನೆಯೆಂದರೆ, ಇಹಲೋಕದಲ್ಲಿ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ಪ್ರಯೋಜನ ನೀಡುವ ವಸ್ತುಗಳನ್ನು ನೀಡಬೇಕೆಂದು ಮತ್ತು ಹಾನಿ ಮಾಡುವ ವಸ್ತುಗಳನ್ನು ತಡೆಯಬೇಕೆಂದು ಅಲ್ಲಾಹನಲ್ಲಿ ಬೇಡಿಕೊಳ್ಳುವುದು. ಆರಾಧನೆಯ ಪ್ರಾರ್ಥನೆಯು ಅಲ್ಲಾಹು ಇಷ್ಟಪಡುವ ಹಾಗೂ ಸಂಪ್ರೀತನಾಗುವ ಎಲ್ಲಾ ಮಾತುಗಳು ಮತ್ತು ಎಲ್ಲಾ ಬಾಹ್ಯ ಹಾಗೂ ಆಂತರಿಕ ಕರ್ಮಗಳನ್ನು ಹಾಗೂ ಹೃದಯದಿಂದ, ದೇಹದಿಂದ ಮತ್ತು ಹಣದಿಂದ ನಿರ್ವಹಿಸುವ ಎಲ್ಲಾ ಆರಾಧನೆಗಳನ್ನು ಒಳಗೊಳ್ಳುತ್ತದೆ.
 ನಂತರ ಅದಕ್ಕೆ ಪುರಾವೆಯಾಗಿ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಲ್ಲಾಹನ ವಚನವನ್ನು ಪಠಿಸುತ್ತಾರೆ: “ನಿಮ್ಮ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಹೇಳಿದನು: ನೀವು ನನ್ನನ್ನು ಕರೆದು ಪ್ರಾರ್ಥಿಸಿರಿ, ನಾನು ನಿಮಗೆ ಉತ್ತರ ನೀಡುತ್ತೇನೆ. ನನ್ನನ್ನು ಆರಾಧಿಸಲು ಯಾರು ಅಹಂಕಾರ ತೋರುತ್ತಾರೋ ಅವರು ನಿಂದನೀಯ ಸ್ಥಿತಿಯಲ್ಲಿ ನರಕವನ್ನು ಪ್ರವೇಶಿಸುವರು.”</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>ಪ್ರಾರ್ಥನೆಯು ಆರಾಧನೆಯ ಮೂಲವಾಗಿದ್ದು ಅದನ್ನು ಅಲ್ಲಾಹು ಅಲ್ಲದವರಿಗೆ ಅರ್ಪಿಸಬಾರದು ಎಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಪ್ರಾರ್ಥನೆಯು ವಸ್ತುನಿಷ್ಠ ದಾಸ್ಯತ್ವವನ್ನು ಮತ್ತು ಅಲ್ಲಾಹನ ನಿರಪೇಕ್ಷತೆ ಮತ್ತು ಸಾಮರ್ಥ್ಯವನ್ನು ಒಪ್ಪಿಕೊಳ್ಳುವುದನ್ನು ಒಳಗೊಳ್ಳುತ್ತದೆ.
 ಅಲ್ಲಾಹನನ್ನು ಆರಾಧಿಸಲು ಅಹಂಕಾರಪಡುವವರಿಗೆ ಮತ್ತು ಅವನಲ್ಲಿ ಪ್ರಾರ್ಥಿಸುವುದನ್ನು ಬಿಟ್ಟುಬಿಡುವವರಿಗೆ ಈ ಹದೀಸಿನಲ್ಲಿ ಉಗ್ರ ಎಚ್ಚರಿಕೆಯನ್ನು ನೀಡಲಾಗಿದೆ. ಅಲ್ಲಾಹನಲ್ಲಿ ಪ್ರಾರ್ಥಿಸಲು ಅಹಂಕಾರ ಪಡುವವರು ನಿಂದನೀಯ ಮತ್ತು ಅಪಮಾನಕರ ಸ್ಥಿತಿಯಲ್ಲಿ ನರಕವನ್ನು ಪ್ರವೇಶಿಸುತ್ತಾರೆಂದು ಈ ಹದೀಸಿನಲ್ಲಿ ಹೇಳಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5496</t>
+  </si>
+  <si>
+    <t>إن ربكم حيي كريم، يستحيي من عبده إذا رفع يديه إليه أن يردهما صفرا</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ ನಿಮ್ಮ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಸಂಕೋಚದವನು ಮತ್ತು ಉದಾರನು. ದಾಸನು ತನ್ನ ಕೈಗಳನ್ನು ಅವನ ಕಡೆಗೆ ಎತ್ತಿದಾಗ ಅವುಗಳನ್ನು ಖಾಲಿಯಾಗಿ ಹಿಂದಿರುಗಿಸಲು ಅವನು ಸಂಕೋಚಪಡುತ್ತಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ سَلْمَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ رَبَّكُمْ حَيِيٌّ كَرِيمٌ، يَسْتَحْيِي مِنْ عَبْدِهِ إِذَا رَفَعَ يَدَيْهِ إِلَيْهِ أَنْ يَرُدَّهُمَا صِفْرًا».</t>
+  </si>
+  <si>
+    <t>ಸಲ್ಮಾನ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ ನಿಮ್ಮ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಸಂಕೋಚದವನು ಮತ್ತು ಉದಾರನು. ದಾಸನು ತನ್ನ ಕೈಗಳನ್ನು ಅವನ ಕಡೆಗೆ ಎತ್ತಿದಾಗ ಅವುಗಳನ್ನು ಖಾಲಿಯಾಗಿ ಹಿಂದಿರುಗಿಸಲು ಅವನು ಸಂಕೋಚಪಡುತ್ತಾನೆ."</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على رفع اليدين أثناء الدعاء، وأخبر أنَّ الله سبحانه (حَيي) كثير الحياء، ولا يترك العطاء، يفعل بالعبد ما يَسُرُّه، ويترك ما يَضرُّه، (كريم) يعطي من غير سؤال فكيف بعد السؤال! يَستحيي مِن عبده المؤمن أنْ يَرُدَّ يديه بعد رفعِها للدعاء فارغتين خاليتين خائبتين من إجابته.</t>
+  </si>
+  <si>
+    <t>ಪ್ರಾರ್ಥನೆಯ ಸಮಯದಲ್ಲಿ ಕೈಗಳನ್ನು ಎತ್ತುವಂತೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರೋತ್ಸಾಹಿಸುತ್ತಿದ್ದಾರೆ. ಅವರು ತಿಳಿಸುವುದೇನೆಂದರೆ, ಪರಿಶುದ್ಧನಾದ ಅಲ್ಲಾಹನು "ಸಂಕೋಚದವನು" ಅಂದರೆ, ಬಹಳ ನಾಚಿಕೆಪಡುವವನು. ಅವನು ಕೊಡುವುದನ್ನು ನಿಲ್ಲಿಸುವುದಿಲ್ಲ. ತನ್ನ ದಾಸನಿಗೆ ಸಂತೋಷ ತರುವುದನ್ನೇ ಅವನು ಮಾಡುತ್ತಾನೆ ಮತ್ತು ತೊಂದರೆಯಾಗುವುದನ್ನು ಬಿಟ್ಟುಬಿಡುತ್ತಾನೆ. ಅವನು "ಉದಾರನು" ಅಂದರೆ, ಅವನು ಕೇಳದೆಯೇ ನೀಡುವವನು. ಹೀಗಿರುವಾಗ ಅವನಲ್ಲಿ ಏನಾದರೂ ಕೇಳಿದರೆ ಹೇಗಿರಬಹುದು! ತನ್ನ ಸತ್ಯವಿಶ್ವಾಸಿ ದಾಸನು ಪ್ರಾರ್ಥನೆಗಾಗಿ ತನ್ನ ಕೈಗಳನ್ನು ಎತ್ತಿದಾಗ, ಅವುಗಳನ್ನು ಬರಿದಾಗಿ, ಖಾಲಿಯಾಗಿ ಮತ್ತು ಉತ್ತರ ರಹಿತವಾಗಿ ಹಿಂದಿರುಗಿಸಲು ಅವನು ನಾಚಿಕೆಪಡುತ್ತಾನೆ.</t>
+  </si>
+  <si>
+    <t>كلما أظهر الإنسان الافتقار إلى الله تعالى والتعبد، كان أرجى له وأقرب للإجابة.
+الترغيب في الدعاء، واستحباب رفع اليدين فيه، وأنه من أسباب الاستجابة.
+بيان سعة كرم الله ورحمته بعباده.</t>
+  </si>
+  <si>
+    <t>ಮನುಷ್ಯನು ಅಲ್ಲಾಹನ ಕಡೆಗೆ ತನ್ನ ಅಗತ್ಯವನ್ನು ಮತ್ತು ಆರಾಧನೆಯನ್ನು ಎಷ್ಟರ ಮಟ್ಟಿಗೆ ಹೆಚ್ಚಾಗಿ ಪ್ರದರ್ಶಿಸುತ್ತಾನೋ, ಅಷ್ಟರ ಮಟ್ಟಿಗೆ ಅವನ ಪ್ರಾರ್ಥನೆಗೆ ಉತ್ತರ ಸಿಗುವ ನಿರೀಕ್ಷೆಯಿರುತ್ತದೆ ಮತ್ತು ಉತ್ತರ ಸಿಗಲು ಹತ್ತಿರವಾಗಿರುತ್ತದೆ.
+ಪ್ರಾರ್ಥಿಸುವುದನ್ನು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ ಮತ್ತು ಪ್ರಾರ್ಥಿಸುವಾಗ ಕೈಗಳನ್ನು ಎತ್ತುವುದು ಅಪೇಕ್ಷಣೀಯವೆಂದು ಹೇಳಲಾಗಿದೆ. ಏಕೆಂದರೆ ಅದು ಪ್ರಾರ್ಥನೆಗೆ ಉತ್ತರ ಸಿಗುವ ಕಾರಣಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ.
+ಅಲ್ಲಾಹನಿಗೆ ತನ್ನ ದಾಸರ ಮೇಲಿರುವ ಅಪಾರವಾದ ಔದಾರ್ಯ ಮತ್ತು ಕರುಣೆಯನ್ನು ವಿವರಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5499</t>
   </si>
   <si>
     <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೆಚ್ಚಾಗಿ ಪ್ರಾರ್ಥಿಸುತ್ತಿದ್ದ ಪ್ರಾರ್ಥನೆ ಹೀಗಿತ್ತು: "ಓ ಅಲ್ಲಾಹ್! ನಮಗೆ ಇಹಲೋಕದಲ್ಲಿ ಒಳಿತನ್ನು ದಯಪಾಲಿಸು ಮತ್ತು ಪರಲೋಕದಲ್ಲೂ ಒಳಿತನ್ನು ದಯಪಾಲಿಸು ಮತ್ತು ನಮ್ಮನ್ನು ನರಕ ಶಿಕ್ಷೆಯಿಂದ ಪಾರು ಮಾಡು</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೆಚ್ಚಾಗಿ ಪ್ರಾರ್ಥಿಸುತ್ತಿದ್ದ ಪ್ರಾರ್ಥನೆ ಹೀಗಿತ್ತು: "ಓ ಅಲ್ಲಾಹ್! ನಮಗೆ ಇಹಲೋಕದಲ್ಲಿ ಒಳಿತನ್ನು ದಯಪಾಲಿಸು ಮತ್ತು ಪರಲೋಕದಲ್ಲೂ ಒಳಿತನ್ನು ದಯಪಾಲಿಸು ಮತ್ತು ನಮ್ಮನ್ನು ನರಕ ಶಿಕ್ಷೆಯಿಂದ ಪಾರು ಮಾಡು."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೆಚ್ಚಾಗಿ ಸಮಗ್ರವಾದ ಅರ್ಥವನ್ನು ಹೊಂದಿರುವ ಪ್ರಾರ್ಥನೆಗಳನ್ನು ಪ್ರಾರ್ಥಿಸುತ್ತಿದ್ದರು. ಅವುಗಳಲ್ಲೊಂದು ಹೀಗಿದೆ: "ಓ ಅಲ್ಲಾಹ್! ನಮಗೆ ಇಹಲೋಕದಲ್ಲಿ ಒಳಿತನ್ನು ದಯಪಾಲಿಸು ಮತ್ತು ಪರಲೋಕದಲ್ಲೂ ಒಳಿತನ್ನು ದಯಪಾಲಿಸು ಮತ್ತು ನಮ್ಮನ್ನು ನರಕ ಶಿಕ್ಷೆಯಿಂದ ಪಾರು ಮಾಡು." ಈ ಪ್ರಾರ್ಥನೆಯು ಇಹಲೋಕದ ಒಳಿತುಗಳನ್ನು—ಅಂದರೆ ಸಮೃದ್ಧಪೂರ್ಣ, ವಿಶಾಲ ಮತ್ತು ಧರ್ಮಸಮ್ಮತವಾದ ಉಪಜೀವನ, ಧರ್ಮನಿಷ್ಠ ಪತ್ನಿ, ಕಣ್ತಂಪಿಗೆ ಕಾರಣವಾಗುವ ಮಕ್ಕಳು, ನೆಮ್ಮದಿಯ ಜೀವನ, ಪ್ರಯೋಜನಕಾರಿ ಜ್ಞಾನ, ಸತ್ಕರ್ಮಗಳು ಮುಂತಾದ ನಮ್ಮ ನೆಚ್ಚಿನ ಮತ್ತು ಧರ್ಮಸಮ್ಮತ ಬೇಡಿಕೆಗಳನ್ನು ಒಳಗೊಂಡಿದೆ. ಹಾಗೆಯೇ ಇದು ಪರಲೋಕದ ಒಳಿತುಗಳನ್ನು—ಅಂದರೆ ಸಮಾಧಿಯ ಶಿಕ್ಷೆ, ಪರಲೋಕದ ಶಿಕ್ಷೆ ಮತ್ತು ನರಕದ ಶಿಕ್ಷೆಯಿಂದ ಮುಕ್ತಿ ಪಡೆಯುವುದು, ಅಲ್ಲಾಹನ ಸಂಪ್ರೀತಿಗೆ ಪಾತ್ರವಾಗುವುದು, ಶಾಶ್ವತ ಸುಖಗಳನ್ನು ಪಡೆಯುವುದು ಮತ್ತು ಕರುಣಾಮಯಿ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಸಾಮೀಪ್ಯವನ್ನು ಗಳಿಸುವುದನ್ನು ಒಳಗೊಂಡಿದೆ.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
@@ -10673,50 +11759,91 @@
   <si>
     <t>“ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹನ ದೃಷ್ಟಿಯಲ್ಲಿ ಪ್ರಾರ್ಥನೆಗಿಂತಲೂ ಹೆಚ್ಚು ಗೌರವಾರ್ಹವಾದ ಬೇರೆ ವಿಷಯವಿಲ್ಲ.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: “ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹನ ದೃಷ್ಟಿಯಲ್ಲಿ ಪ್ರಾರ್ಥನೆಗಿಂತಲೂ ಹೆಚ್ಚು ಗೌರವಾರ್ಹವಾದ ಬೇರೆ ವಿಷಯವಿಲ್ಲ.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>ಪ್ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಆರಾಧನೆಗಳ ಪೈಕಿ ಅಲ್ಲಾಹನ ದೃಷ್ಟಿಯಲ್ಲಿ ಪ್ರಾರ್ಥನೆಗಿಂತಲೂ ಶ್ರೇಷ್ಠವಾದ ಬೇರೆ ವಿಷಯವಿಲ್ಲ. ಏಕೆಂದರೆ, ಪ್ರಾರ್ಥಿಸುವಾಗ ಮನುಷ್ಯನು ಅಲ್ಲಾಹನ ನಿರಪೇಕ್ಷತೆಯನ್ನು ಒಪ್ಪಿಕೊಳ್ಳುತ್ತಾನೆ ಮತ್ತು ತನ್ನ ಅಸಹಾಯಕತೆಯನ್ನು ಹಾಗೂ ತಾನು ಅಲ್ಲಾಹನ ಮೇಲೆ ಅವಲಂಬಿತನಾಗಿದ್ದೇನೆಂಬುದನ್ನು ಒಪ್ಪಿಕೊಳ್ಳುತ್ತಾನೆ.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>ಈ ಹದೀಸ್ ಪ್ರಾರ್ಥನೆಯ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಮತ್ತು ಅಲ್ಲಾಹನನ್ನು ಕರೆದು ಪ್ರಾರ್ಥಿಸುವವರು ಅವನ ಮಹಿಮೆಯನ್ನು ಹೊಗಳುತ್ತಾರೆ ಮತ್ತು ಅವನನ್ನು ಶ್ರೀಮಂತನೆಂದು—ಏಕೆಂದರೆ ಬಡವನಲ್ಲಿ ಯಾರೂ ಕರೆಯುವುದಿಲ್ಲ; ಅವನು ಎಲ್ಲವನ್ನೂ ಕೇಳುತ್ತಾನೆಂದು—ಏಕೆಂದರೆ ಕಿವುಡನನ್ನು ಯಾರೂ ಕರೆಯುವುದಿಲ್ಲ; ಅವನು ಉದಾರಿಯೆಂದು—ಏಕೆಂದರೆ ಜಿಪುಣನಲ್ಲಿ ಯಾರೂ ಕೇಳುವುದಿಲ್ಲ; ಅವನು ದಯಾಳುವೆಂದು—ಏಕೆಂದರೆ ಒರಟನಲ್ಲಿ ಯಾರೂ ಕೇಳುವುದಿಲ್ಲ; ಅವನು ಸಾಮರ್ಥ್ಯವುಳ್ಳವನೆಂದು—ಏಕೆಂದರೆ ಅಶಕ್ತನಲ್ಲಿ ಯಾರೂ ಕೇಳುವುದಿಲ್ಲ; ಅವನು ಹತ್ತಿರದಲ್ಲಿರುವವನೆಂದು—ಏಕೆಂದರೆ ಕೇಳದಷ್ಟು ದೂರವಿರುವವನ್ನು ಯಾರೂ ಕರೆಯುವುದಿಲ್ಲ ಹಾಗೂ ಇಂತಹ ಅನೇಕ ಉತ್ಕೃಷ್ಟ ಮತ್ತು ಸುಂದರವಾದ ಗುಣಲಕ್ಷಣಗಳನ್ನು ಅಲ್ಲಾಹು ಹೊಂದಿದ್ದಾನೆಂದು ಒಪ್ಪಿಕೊಳ್ಳುತ್ತಾರೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5509</t>
   </si>
   <si>
+    <t>ما جلس قوم مجلسا لم يذكروا الله فيه ولم يصلوا على نبيهم إلا كان عليهم ترة، فإن شاء عذبهم وإن شاء غفر لهم</t>
+  </si>
+  <si>
+    <t>ಯಾವುದೇ ಜನರು ಒಂದು ಸಭೆಯಲ್ಲಿ ಕುಳಿತುಕೊಂಡಾಗ, ಅವರು ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸದೆ ಮತ್ತು ತಮ್ಮ ಪ್ರವಾದಿಯ ಮೇಲೆ ದುರೂದ್ (ಸಲಾತ್) ಹೇಳದೆ ಇದ್ದರೆ, ಅದು ಅವರಿಗೆ ಕೊರತೆಯಾಗದೆ ಇರುವುದಿಲ್ಲ. ಅವನು ಬಯಸಿದರೆ ಅವರನ್ನು ಶಿಕ್ಷಿಸುವನು ಮತ್ತು ಅವನು ಬಯಸಿದರೆ ಅವರನ್ನು ಕ್ಷಮಿಸುವನು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا جَلَسَ قَوْمٌ مَجْلِسًا لَمْ يَذْكُرُوا اللَّهَ فِيهِ وَلَمْ يُصَلُّوا عَلَى نَبِيِّهِمْ إِلاَّ كَانَ عَلَيْهِمْ تِرَةً، فَإِنْ شَاءَ عَذَّبَهُمْ وَإِنْ شَاءَ غَفَرَ لَهُمْ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾವುದೇ ಜನರು ಒಂದು ಸಭೆಯಲ್ಲಿ ಕುಳಿತುಕೊಂಡಾಗ, ಅವರು ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸದೆ ಮತ್ತು ತಮ್ಮ ಪ್ರವಾದಿಯ ಮೇಲೆ ದುರೂದ್ (ಸಲಾತ್) ಹೇಳದೆ ಇದ್ದರೆ, ಅದು ಅವರಿಗೆ ಕೊರತೆಯಾಗದೆ ಇರುವುದಿಲ್ಲ. ಅವನು ಬಯಸಿದರೆ ಅವರನ್ನು ಶಿಕ್ಷಿಸುವನು ಮತ್ತು ಅವನು ಬಯಸಿದರೆ ಅವರನ್ನು ಕ್ಷಮಿಸುವನು."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الغفلة عن ذِكْر الله، وأنه ما قَعَدَ قوم في مجلسٍ ولم يذكروا الله تعالى فيه، ولم يصلوا على رسوله صلى الله عليه وسلم إلا كان ذاك المجلس حَسْرة عليهم ونَدَامة وخسارة ونقصانًا يوم القيامة، فإن شاء عذّبهم بذنوبهم السابقة وتقصيراتهم اللاحقة، وإن شاء غفر لهم فضلًا منه ورحمة.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯ ಬಗ್ಗೆ ನಿರ್ಲಕ್ಷ್ಯರಾಗುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಎಚ್ಚರಿಸಿದ್ದಾರೆ. ಅದು ಹೇಗೆಂದರೆ, ಯಾವುದೇ ಜನರು ಒಂದು ಸಭೆಯಲ್ಲಿ ಕುಳಿತುಕೊಂಡಾಗ, ಅವರು ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸದೆ ಮತ್ತು ಅವನ ಸಂದೇಶವಾಹಕರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೇಲೆ ದುರೂದ್ (ಸಲಾತ್) ಹೇಳದೆ ಇದ್ದರೆ, ಆ ಸಭೆಯು ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅವರಿಗೆ ವಿಷಾದ, ಪಶ್ಚಾತ್ತಾಪ, ನಷ್ಟ ಮತ್ತು ಕೊರತೆಗೆ ಕಾರಣವಾಗುತ್ತದೆ. ಆಗ ಅಲ್ಲಾಹು ಬಯಸಿದರೆ ಅವರ ಹಿಂದಿನ ಪಾಪಗಳು ಮತ್ತು ಮುಂದಿನ ಲೋಪಗಳಿಗಾಗಿ ಅವರನ್ನು ಶಿಕ್ಷಿಸಬಹುದು. ಅವನು ಬಯಸಿದರೆ ತನ್ನ ಔದಾರ್ಯ ಮತ್ತು ಕರುಣೆಯಿಂದ ಅವರನ್ನು ಕ್ಷಮಿಸಲೂ ಬಹುದು.</t>
+  </si>
+  <si>
+    <t>الحث على الذكر وفضله.
+فضل المجالس التي فيها ذكر الله تعالى، وذكر رسوله صلى الله عليه وسلم، وأن المجالس التي ليس فيها ذلك هي مجالس شُؤْمٍ على أهلها يوم القيامة.
+ما ذُكر من التحذير عن الغفلة عن ذكر الله ليس مُقتصرًا على المجالس فقط، بل يَعُمُّ غيرها، قال النووي: يكره لمن قعد في مكان أن يفارقه قبل أن يذكر الله تعالى فيه.
+الحسرة الحاصلة لهم يوم القيامة: إما بفوات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
+هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرمة التي فيها الغيبة والنميمة وغيرها؟!</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುವುದನ್ನು (ಧಿಕ್ರ್) ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ ಮತ್ತು ಅದರ ಮಹತ್ವವನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
+ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುವ ಮತ್ತು ಅವನ ಸಂದೇಶವಾಹಕರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸ್ಮರಿಸುವ ಸಭೆಗಳ ಮಹತ್ವವನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಹಾಗೆಯೇ, ಅದಿಲ್ಲದ ಸಭೆಗಳು ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅದರಲ್ಲಿ ಪಾಲ್ಗೊಂಡವರಿಗೆ ದುರಾದೃಷ್ಟದ ಸಭೆಗಳಾಗಿವೆಯೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯನ್ನು (ಧಿಕ್ರ್) ನಿರ್ಲಕ್ಷಿಸುವುದರ ಬಗ್ಗೆ ನೀಡಲಾದ ಎಚ್ಚರಿಕೆಯು ಕೇವಲ ಸಭೆಗಳಿಗೆ ಮಾತ್ರ ಸೀಮಿತವಾಗಿಲ್ಲ. ಬದಲಿಗೆ, ಅದು ಇತರ ವಿಷಯಗಳಿಗೂ ಅನ್ವಯಿಸುತ್ತದೆ. ಇಮಾಮ್ ನವವಿ ಹೇಳುತ್ತಾರೆ: "ಒಬ್ಬ ವ್ಯಕ್ತಿಯು ಒಂದು ಸ್ಥಳದಲ್ಲಿ ಕುಳಿತಿದ್ದರೆ, ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸದೆ ಅವನು ಅಲ್ಲಿಂದ ಎದ್ದು ಹೋಗುವುದು ಅಸಹ್ಯಕರ (ಕರಾಹತ್) ವಾಗಿದೆ."
+ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅವರಿಗೆ ಉಂಟಾಗುವ ವಿಷಾದವೇನೆಂದರೆ: ಒಂದೋ ಆ  ಸಮಯವನ್ನು ಅಲ್ಲಾಹನಿಗೆ ವಿಧೇಯತೆ ತೋರಲು ಬಳಸಿಕೊಳ್ಳದ ಕಾರಣದಿಂದ ಪ್ರತಿಫಲ ಮತ್ತು ಪುಣ್ಯವು ನಷ್ಟವಾಗುವುದು, ಅಥವಾ ಆ ಸಮಯವನ್ನು ಅಲ್ಲಾಹನಿಗೆ ಅವಿಧೇಯತೆ ತೋರಲು ಬಳಸಿರುವುದರಿಂದ ಪಾಪ ಮತ್ತು ಶಿಕ್ಷೆಯು ದೊರೆಯುವುದು ಆಗಿರಬಹುದು.
+ಈ ಎಚ್ಚರಿಕೆಯು ಅನುಮತಿಸಲಾದ ವಿಷಯಗಳಲ್ಲಿ ನಿರ್ಲಕ್ಷ್ಯ ತಾಳಿದ್ದಕ್ಕೆ ಆಗಿರಬೇಕಾದರೆ, ಗೀಬತ್ (ಪರನಿಂದೆ), ನಮೀಮತ್ (ಚಾಡಿ) ಮತ್ತು ಇತರ ನಿಷಿದ್ಧ ಕಾರ್ಯಗಳಿಂದ ತುಂಬಿರುವ ನಿಷಿದ್ಧ ಸಭೆಗಳ ಸ್ಥಿತಿಯೇನಾಗಿರಬಹುದು?!</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5511</t>
+  </si>
+  <si>
     <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>“ದಾನ ಮಾಡಿದ ಕಾರಣ ಯಾವುದೇ ಆಸ್ತಿ ಕಡಿಮೆಯಾಗಿಲ್ಲ. (ಇತರರನ್ನು) ಮನ್ನಿಸುವ ಗುಣವಿರುವ ದಾಸನಿಗೆ ಅಲ್ಲಾಹು ಗೌರವವನ್ನಲ್ಲದೆ ಬೇರೇನನ್ನೂ ಹೆಚ್ಚಿಸಿಲ್ಲ. ಯಾರು ಅಲ್ಲಾಹನಿಗಾಗಿ ವಿನಯ ತೋರುತ್ತಾನೋ ಅವನನ್ನು ಅಲ್ಲಾಹು ಉನ್ನತಿಗೇರಿಸದೇ ಇರಲಾರ.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: “ದಾನ ಮಾಡಿದ ಕಾರಣ ಯಾವುದೇ ಆಸ್ತಿ ಕಡಿಮೆಯಾಗಿಲ್ಲ. (ಇತರರನ್ನು) ಮನ್ನಿಸುವ ಗುಣವಿರುವ ದಾಸನಿಗೆ ಅಲ್ಲಾಹು ಗೌರವವನ್ನಲ್ಲದೆ ಬೇರೇನನ್ನೂ ಹೆಚ್ಚಿಸಿಲ್ಲ. ಯಾರು ಅಲ್ಲಾಹನಿಗಾಗಿ ವಿನಯ ತೋರುತ್ತಾನೋ ಅವನನ್ನು ಅಲ್ಲಾಹು ಉನ್ನತಿಗೇರಿಸದೇ ಇರಲಾರ.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ದಾನಧರ್ಮವು ಆಸ್ತಿಯನ್ನು ಕಡಿಮೆ ಮಾಡುವುದಿಲ್ಲ. ಬದಲಿಗೆ, ಮನುಷ್ಯನಿಗೆ ಬರುವ ವಿಪತ್ತುಗಳನ್ನು ಅದು ತಡೆಯುತ್ತದೆ. ದಾನ ಮಾಡುವ ವ್ಯಕ್ತಿಗೆ ಅಲ್ಲಾಹು ಮಹಾ ಪ್ರತಿಫಲವನ್ನು ನೀಡುತ್ತಾನೆ. ದಾನ ಮಾಡುವುದರಿಂದ ಲಾಭವಾಗುತ್ತದೆಯೇ ವಿನಾ ನಷ್ಟವಾಗುವುದಿಲ್ಲ.
 ಪ್ರತೀಕಾರ ಪಡೆಯುವ ಅಥವಾ ಶಿಕ್ಷಿಸುವ ಸಾಮರ್ಥ್ಯವಿದ್ದೂ ಸಹ ಕ್ಷಮಾಗುಣವನ್ನು ಪ್ರದರ್ಶಿಸುವ ವ್ಯಕ್ತಿಗೆ ಅದು ಶಕ್ತಿ ಮತ್ತು ಪ್ರತಿಷ್ಟೆಯನ್ನು ಹೆಚ್ಚಿಸಿಕೊಡುತ್ತದೆ.
 ಇತರರ ಭಯದಿಂದ, ಅವರನ್ನು ಸಂತೋಷಪಡಿಸುವ ಉದ್ದೇಶದಿಂದ, ಅಥವಾ ಅವರಿಂದ ಏನಾದರೂ ಲಾಭ ಪಡೆಯುವುದಕ್ಕಾಗಿಯಲ್ಲದೆ ಕೇವಲ ಅಲ್ಲಾಹನ ಸಂಪ್ರೀತಿ ಮಾತ್ರ ಬಯಸಿ ಯಾರು ವಿನಯ ತೋರುತ್ತಾರೋ ಅದರ ಪ್ರತಿಫಲವಾಗಿ ಅವರಿಗೆ ಉನ್ನತ ಸ್ಥಾನಮಾನ ಮತ್ತು ಶ್ರೇಷ್ಠತೆ ದೊರಕದೆ ಇರಲಾರದು.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
@@ -11082,51 +12209,51 @@
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>ನಿಶ್ಚಯವಾಗಿಯೂ ಧರ್ಮವು ಸರಳವಾಗಿದೆ. ಯಾರಾದರೂ ಧರ್ಮವನ್ನು ಕಠಿಣಗೊಳಿಸಲು ಪ್ರಯತ್ನಿಸಿದರೆ ಅದು ಅವನನ್ನು ಸೋಲಿಸದೆ ಬಿಡುವುದಿಲ್ಲ. ಆದ್ದರಿಂದ ಸರಿಯಾದುದನ್ನು ಅರಸಿರಿ, ಸಾಧ್ಯವಾದಷ್ಟು ಹತ್ತಿರವಾಗಿರಿ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಶ್ಚಯವಾಗಿಯೂ ಧರ್ಮವು ಸರಳವಾಗಿದೆ. ಯಾರಾದರೂ ಧರ್ಮವನ್ನು ಕಠಿಣಗೊಳಿಸಲು ಪ್ರಯತ್ನಿಸಿದರೆ ಅದು ಅವನನ್ನು ಸೋಲಿಸದೆ ಬಿಡುವುದಿಲ್ಲ. ಆದ್ದರಿಂದ ಸರಿಯಾದುದನ್ನು ಅರಸಿರಿ, ಸಾಧ್ಯವಾದಷ್ಟು ಹತ್ತಿರವಾಗಿರಿ ಮತ್ತು (ಪ್ರತಿಫಲದ) ಶುಭವಾರ್ತೆಯನ್ನು ಪಡೆಯಿರಿ; ಬೆಳಗ್ಗೆ, ಸಂಜೆ ಮತ್ತು ರಾತ್ರಿಯ ಕೊನೆಯ ಆಯಾಮದಲ್ಲಿ ಆರಾಧನೆ ಮಾಡುತ್ತಾ ಸಹಾಯವನ್ನು ಯಾಚಿಸಿರಿ."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ,ಇಸ್ಲಾಂ ಧರ್ಮವನ್ನು ಎಲ್ಲಾ ವಿಷಯಗಳಲ್ಲೂ ಸರಳ ಮತ್ತು ಸುಗಮವಾಗಿರುವ ರೀತಿಯಲ್ಲಿ ನಿರ್ಮಿಸಲಾಗಿದೆ. ಅಶಕ್ತತೆಯ ಸಂದರ್ಭಗಳಲ್ಲಿ ಮತ್ತು ಅತ್ಯಗತ್ಯ ಸಂದರ್ಭಗಳಲ್ಲಿ ಸರಳತೆಗೆ ಹೆಚ್ಚು ಒತ್ತು ನೀಡಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಮಿತತ್ವವನ್ನು ತೊರೆಯುವುದು ಮತ್ತು ಧಾರ್ಮಿಕ ವಿಷಯಗಳಲ್ಲಿ ಆಳವಾಗಿ ತೊಡಗಿಕೊಳ್ಳುವುದು ಅಶಕ್ತತೆಗೆ ಮತ್ತು ಕರ್ಮಗಳನ್ನು ಸಂಪೂರ್ಣವಾಗಿ ಅಥವಾ ಆಂಶಿಕವಾಗಿ ತೊರೆಯುವುದಕ್ಕೆ ಕಾರಣವಾಗುತ್ತದೆ. . ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತೀವ್ರ ನಿಲುವನ್ನು ತೊರೆದು ಮಿತತ್ವವನ್ನು ಪಾಲಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸುತ್ತಾರೆ. ಮನುಷ್ಯನು ತನಗೆ ಆದೇಶಿಸಲಾಗಿರುವ ವಿಷಯಗಳಲ್ಲಿ ಉಪೇಕ್ಷೆ ತೋರಬಾರದು ಮತ್ತು ತನಗೆ ಸಾಮರ್ಥ್ಯವಿಲ್ಲದ ವಿಷಯಗಳನ್ನು ತನ್ನ ಮೇಲೆ ಹೊರಿಸಬಾರದು. ಅವನು ಒಂದು ಕರ್ಮವನ್ನು ಪೂರ್ಣ ರೂಪದಲ್ಲಿ ನಿರ್ವಹಿಸಲು ಅಶಕ್ತನಾದರೆ ಅವನಿಗೆ ಸಾಧ್ಯವಾಗುವ ರೂಪದಲ್ಲಿ ಅದನ್ನು ನಿರ್ವಹಿಸಬೇಕು.
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ,ಇಸ್ಲಾಂ ಧರ್ಮವನ್ನು ಎಲ್ಲಾ ವಿಷಯಗಳಲ್ಲೂ ಸರಳ ಮತ್ತು ಸುಗಮವಾಗಿರುವ ರೀತಿಯಲ್ಲಿ ನಿರ್ಮಿಸಲಾಗಿದೆ. ಅಶಕ್ತತೆಯ ಸಂದರ್ಭಗಳಲ್ಲಿ ಮತ್ತು ಅತ್ಯಗತ್ಯ ಸಂದರ್ಭಗಳಲ್ಲಿ ಸರಳತೆಗೆ ಹೆಚ್ಚು ಒತ್ತು ನೀಡಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಮಿತತ್ವವನ್ನು ತೊರೆಯುವುದು ಮತ್ತು ಧಾರ್ಮಿಕ ವಿಷಯಗಳಲ್ಲಿ ಆಳವಾಗಿ ತೊಡಗಿಕೊಳ್ಳುವುದು ಅಶಕ್ತತೆಗೆ ಮತ್ತು ಕರ್ಮಗಳನ್ನು ಸಂಪೂರ್ಣವಾಗಿ ಅಥವಾ ಆಂಶಿಕವಾಗಿ ತೊರೆಯುವುದಕ್ಕೆ ಕಾರಣವಾಗುತ್ತದೆ. ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತೀವ್ರ ನಿಲುವನ್ನು ತೊರೆದು ಮಿತತ್ವವನ್ನು ಪಾಲಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸುತ್ತಾರೆ. ಮನುಷ್ಯನು ತನಗೆ ಆದೇಶಿಸಲಾಗಿರುವ ವಿಷಯಗಳಲ್ಲಿ ಉಪೇಕ್ಷೆ ತೋರಬಾರದು ಮತ್ತು ತನಗೆ ಸಾಮರ್ಥ್ಯವಿಲ್ಲದ ವಿಷಯಗಳನ್ನು ತನ್ನ ಮೇಲೆ ಹೊರಿಸಬಾರದು. ಅವನು ಒಂದು ಕರ್ಮವನ್ನು ಪೂರ್ಣ ರೂಪದಲ್ಲಿ ನಿರ್ವಹಿಸಲು ಅಶಕ್ತನಾದರೆ ಅವನಿಗೆ ಸಾಧ್ಯವಾಗುವ ರೂಪದಲ್ಲಿ ಅದನ್ನು ನಿರ್ವಹಿಸಬೇಕು.
 ಕರ್ಮವನ್ನು ಪೂರ್ಣ ರೂಪದಲ್ಲಿ ನಿರ್ವಹಿಸಲು ಸಾಧ್ಯವಾಗದಿದ್ದರೂ ಸಹ, ಅವುಗಳನ್ನು ಕನಿಷ್ಟ ರೂಪದಲ್ಲಿ ನಿರಂತರವಾಗಿ ನಿರ್ವಹಿಸುವವರಿಗೆ ಹೇರಳ ಪ್ರತಿಫಲವಿದೆಯೆಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶುಭವಾರ್ತೆಯನ್ನು ತಿಳಿಸಿದ್ದಾರೆ. ಏಕೆಂದರೆ ಅಶಕ್ತತೆಗೆ ಅವರು ಕಾರಣರಲ್ಲವೆಂದಾದರೆ ಅದು ಅವರ ಪ್ರತಿಫಲದಲ್ಲಿ ಕಡಿತ ಉಂಟುಮಾಡುವುದಿಲ್ಲ.
 ಇಹಲೋಕವು ವಾಸ್ತವದಲ್ಲಿ ಪ್ರಯಾಣ ಮತ್ತು ಪರಲೋಕಕ್ಕೆ ಸಾಗುವ ಸ್ಥಳವಾಗಿರುವುದರಿಂದ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅತ್ಯಂತ ಉತ್ಸಾಹವಿರುವ ಈ ಮೂರು ಸಮಯಗಳಲ್ಲಿ ರೂಢಿಯಾಗಿ ಆರಾಧನೆ ಮಾಡಲು ಅಲ್ಲಾಹನಲ್ಲಿ ಸಹಾಯ ಬೇಡಬೇಕೆಂದು ನಮಗೆ ಆಜ್ಞಾಪಿಸಿದ್ದಾರೆ:
 ಒಂದು: 'ಗದ್ವ' ಅಂದರೆ ಮುಂಜಾನೆಯ ಸಮಯದಲ್ಲಿ ಆರಾಧಿಸುವುದು. ಇದು ಫಜ್ರ್ ನಮಾಝ್‌ ಮತ್ತು ಸೂರ್ಯೋದಯದ ನಡುವಿನ ಸಮಯವಾಗಿದೆ.
 ಎರಡು: 'ರೌಹ' ಅಂದರೆ ಮಧ್ಯಾಹ್ನದ ನಂತರದ ಸಮಯದಲ್ಲಿ ಆರಾಧಿಸುವುದು.
 ಮೂರು: 'ದುಲ್ಜ' ಅಂದರೆ ರಾತ್ರಿಯಲ್ಲಿ ಪೂರ್ಣವಾಗಿ ಅಥವಾ ಆಂಶಿಕವಾಗಿ ಆರಾಧಿಸುವುದು. ರಾತ್ರಿಯಲ್ಲಿ ಕರ್ಮವೆಸಗುವುದು ಹಗಲಲ್ಲಿ ಕರ್ಮವೆಸಗುವುದಕ್ಕಿಂತಲೂ ಕಷ್ಟವಾಗಿರುವುದರಿಂದ 'ದುಲ್ಜ'ದ ಒಂದು ಭಾಗದಲ್ಲಿ ಎಂದು ಹೇಳಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>ಇಸ್ಲಾಂ ಧರ್ಮದ ಸರಳತೆ, ಸಹಿಷ್ಣುತೆ ಮತ್ತು ಅತಿರೇಕ ಹಾಗೂ ಉಪೇಕ್ಷೆಗಳ ನಡುವಿನ ಅದರ ಮಿತತ್ವವನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
 ಮನುಷ್ಯನು ತನಗೆ ಸಾಧ್ಯವಾಗುವ ರೂಪದಲ್ಲಿ, ಯಾವುದೇ ಅಸಡ್ಡೆ ಅಥವಾ ಕರ್ಕಶತೆಯಿಲ್ಲದೆ ಕರ್ಮವೆಸಗಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
 ಮನುಷ್ಯನು ಹೆಚ್ಚು ಉತ್ಸಾಹವಿರುವ ಸಮಯದಲ್ಲಿ ಆರಾಧನಾ ನಿರತನಾಗಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ. ಈ ಮೂರು ಸಮಯಗಳಲ್ಲಿ ದೇಹವು ಆರಾಧನೆ ಮಾಡಲು ಹೆಚ್ಚು ಉತ್ಸಾಹದಲ್ಲಿರುತ್ತದೆ.
 ಇಬ್ನ್ ಹಜರ್ ಅಸ್ಕಲಾನಿ ಹೇಳಿದರು: "ಇದು ತನ್ನ ಉದ್ದೇಶಿತ ಸ್ಥಳಕ್ಕೆ ಪ್ರಯಾಣ ಮಾಡುವ ಪ್ರಯಾಣಿಕನೊಂದಿಗೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಾತನಾಡಿದಂತಿದೆ. ಈ ಮೂರು ಸಮಯಗಳು ಪ್ರಯಾಣಿಕನಿಗೆ ಸಂಬಂಧಿಸಿದಂತೆ ಅತ್ಯುತ್ತಮ ಸಮಯಗಳಾಗಿವೆ. ಆದ್ದರಿಂದ ಅವನು ಉತ್ಸಾಹದಲ್ಲಿರುವ ಸಮಯಗಳ ಬಗ್ಗೆ ಅವರು ಸೂಚನೆ ನೀಡಿದ್ದಾರೆ. ಏಕೆಂದರೆ ಪ್ರಯಾಣಿಕನು ಹಗಲು ರಾತ್ರಿ ಪೂರ್ತಿಯಾಗಿ ಪ್ರಯಾಣ ಮಾಡಿದರೆ ಅವನು ನಿಶ್ಶಕ್ತನಾಗಿ ಪ್ರಯಾಣವನ್ನು ಅರ್ಧದಲ್ಲೇ ಮೊಟಕುಗೊಳಿಸಬಹುದು. ಆದರೆ ಅವನು ಈ ಉತ್ಸಾಹದ ಸಮಯಗಳಲ್ಲಿ ಪ್ರಯಾಣ ಮಾಡಲು ಪ್ರಯತ್ನಿಸಿದರೆ, ಯಾವುದೇ ಕಷ್ಟವಿಲ್ಲದೆ ನಿರಂತರವಾಗಿ ಪ್ರಯಾಣ ಮಾಡಲು ಅವನಿಗೆ ಸಾಧ್ಯವಾಗುತ್ತದೆ."
 ಇಬ್ನ್ ಹಜರ್ ಹೇಳಿದರು: "ಧರ್ಮಶಾಸ್ತ್ರವು ನೀಡಿದ ರಿಯಾಯಿತಿಯನ್ನು ಸ್ವೀಕರಿಸಲು ಈ ಹದೀಸಿನಲ್ಲಿ ಸೂಚನೆಯಿದೆ. ಏಕೆಂದರೆ, ರಿಯಾಯಿತಿಯಿರುವ ವಿಷಯಗಳಲ್ಲಿ ಕಠೋರ ನಿರ್ಧಾರ ತೆಗೆದುಕೊಳ್ಳುವುದು ಮಿತತ್ವವಲ್ಲ. ಉದಾಹರಣೆಗೆ, ನೀರನ್ನು ಬಳಸಲು ಅಶಕ್ತನಾಗಿರುವ ವ್ಯಕ್ತಿ ತಯಮ್ಮುಮ್ ಮಾಡುವುದನ್ನು ಬಿಟ್ಟು ನೀರನ್ನೇ ಬಳಸಲು ನಿರ್ಧರಿಸಿದರೆ ಅದರಿಂದ ಅವನು ತೊಂದರೆ ಅನುಭವಿಸಬೇಕಾಗುತ್ತದೆ."
 ಇಬ್ನುಲ್ ಮುನೀರ್ ಹೇಳಿದರು: "ಈ ಹದೀಸ್‌ನಲ್ಲಿ ಪ್ರವಾದಿತ್ವದ ಚಿಹ್ನೆಗಳಲ್ಲಿ ಒಳಪಟ್ಟ ಒಂದು ಚಿಹ್ನೆಯಿದೆ. ಏಕೆಂದರೆ, ನಾವು ತಿಳಿದಿರುವಂತೆ ಮತ್ತು ನಮಗಿಂತ ಮೊದಲಿನವರು ತಿಳಿದಿರುವಂತೆ ಧಾರ್ಮಿಕ ವಿಷಯಗಳಲ್ಲಿ ಉಗ್ರ ನಿಲುವನ್ನು ಹೊಂದಿರುವವರು ವಿಫಲರಾಗುತ್ತಾರೆ. ಇದರ ಉದ್ದೇಶ ಪೂರ್ಣ ರೂಪದಲ್ಲಿ ಆರಾಧನೆ ಮಾಡಲು ಪ್ರಯತ್ನಿಸುವುದನ್ನು ತಡೆಯುವುದಲ್ಲ. ಅದು ಪ್ರಶಂಸಾರ್ಹ ಕಾರ್ಯವಾಗಿದೆ. ಬದಲಿಗೆ, ಇದರ ಉದ್ದೇಶವು ಆಯಾಸಕ್ಕೆ ಕಾರಣವಾಗುವ ಅತಿರೇಕವನ್ನು, ಅಥವಾ ಶ್ರೇಷ್ಠ ಕರ್ಮಗಳನ್ನು ಬಿಟ್ಟುಬಿಡಲು ಕಾರಣವಾಗುವ ರೀತಿಯಲ್ಲಿ ಐಚ್ಛಿಕ ಕರ್ಮಗಳಲ್ಲಿ ಉತ್ಪ್ರೇಕ್ಷೆ ತೋರುವುದನ್ನು, ಅಥವಾ ಕಡ್ಡಾಯ ಕರ್ಮಗಳನ್ನು ಅದರ ಸಮಯದ ಹೊರಗೆ ನಿರ್ವಹಿಸುವಂತಾಗುವುದನ್ನು ತಡೆಯುವುದಾಗಿದೆ. ಉದಾಹರಣೆಗೆ ಒಬ್ಬ ವ್ಯಕ್ತಿ ರಾತ್ರಿಯಿಡೀ ನಮಾಝ್ ಮಾಡುತ್ತಾನೆ. ನಂತರ ಫಜ್ರ್ ನಮಾಝಿನ ಜಮಾಅತ್ ನಡೆಯುವ ಸಮಯದಲ್ಲಿ ನಿದ್ದೆ ಮಾಡಿ, ಅಥವಾ ಸೂರ್ಯೋದಯದ ತನಕ ನಿದ್ದೆ ಮಾಡಿ ಫಜ್ರ್ ನಮಾಝನ್ನು ಅದರ ಸಮಯ ಮುಗಿದ ಬಳಿಕ ನಿರ್ವಹಿಸುತ್ತಾನೆ."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5795</t>
   </si>
@@ -11472,50 +12599,116 @@
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>ಜನರಿಗೆ ವಿಷಯಗಳನ್ನು ಹಗುರಗೊಳಿಸಬೇಕು ಮತ್ತು ಸುಲಭಗೊಳಿಸಬೇಕು; ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕಕ್ಕೆ ಸಂಬಂಧಿಸಿದ ಯಾವುದೇ ವಿಷಯವನ್ನೂ ಅವರಿಗೆ ಕಷ್ಟಗೊಳಿಸಬಾರದೆಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಆದೇಶಿಸುತ್ತಿದ್ದಾರೆ. ಆದರೆ ಹೀಗೆ ಮಾಡುವುದು ಅಲ್ಲಾಹು ಅನುಮತಿಸಿದ ಮತ್ತು ಅವನ ನಿಯಮಗಳ ಚೌಕಟ್ಟಿನಲ್ಲಿರಬೇಕಾಗಿದೆ.
 ಜನರಿಗೆ ಒಳಿತಿನ ಬಗ್ಗೆ ಸಿಹಿ ಸುದ್ದಿ ನೀಡಬೇಕು ಮತ್ತು ಅವರನ್ನು ಗಾಬರಿಗೊಳಿಸಿ ಒಳಿತಿನಿಂದ ದೂರವಾಗುವಂತೆ ಮಾಡಬಾರದು ಎಂದು ಅವರು ಇಲ್ಲಿ ಒತ್ತಾಯಿಸುತ್ತಿದ್ದಾರೆ.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>ಜನರು ಅಲ್ಲಾಹನನ್ನು ಪ್ರೀತಿಸುವಂತೆ ಮಾಡುವುದು ಮತ್ತು ಒಳಿತುಗಳಲ್ಲಿ ಅವರಿಗೆ ಪ್ರಚೋದನೆ ನೀಡುವುದು ಸತ್ಯವಿಶ್ವಾಸಿಗೆ ಕಡ್ಡಾಯವಾಗಿದೆ ಎಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಧರ್ಮ ಪ್ರಚಾರಕರು ಇಸ್ಲಾಂ ಧರ್ಮವನ್ನು ಜನರಿಗೆ ತಲುಪಿಸುವ ಅತ್ಯುತ್ತಮ ವಿಧಾನದ ಬಗ್ಗೆ ವಿವೇಕಯುತವಾಗಿ ಆಲೋಚಿಸಬೇಕೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಸಿಹಿ ಸುದ್ದಿಯನ್ನು ತಿಳಿಸುವುದರಿಂದ ಜನರು ಧರ್ಮ ಪ್ರಚಾರಕನ ಬಗ್ಗೆ ಮತ್ತು ಅವನು ತಿಳಿಸಿಕೊಡುವ ಧರ್ಮದ ಬಗ್ಗೆ ಸಂತೋಷಪಡಲು, ಸ್ವೀಕರಿಸಲು ಮತ್ತು ನಿರಾಳರಾಗಲು ಕಾರಣವಾಗುತ್ತದೆ.
 ಕಷ್ಟಗೊಳಿಸುವುದರಿಂದ ಜನರು ಗಾಬರಿಯಾಗಲು, ಹಿಂಜರಿಯಲು ಮತ್ತು ಧರ್ಮಪ್ರಚಾರಕನ ಮಾತಿನಲ್ಲಿ ಸಂಶಯ ಪಡಲು ಕಾರಣವಾಗುತ್ತದೆ.
 ಅಲ್ಲಾಹನಿಗೆ ದಾಸರ ಮೇಲಿರುವ ವಿಶಾಲವಾದ ಕರುಣೆಯನ್ನು ಮತ್ತು ಅವನು ತನ್ನ ದಾಸರಿಗೆ ಸುಲಭ ಮತ್ತು ಸರಳವಾದ ಧರ್ಮವನ್ನು ಅನುಮೋದಿಸಿದ್ದಾನೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಆದೇಶಿಸಲಾದ ಸುಲಭೀಕರಣವು ಧರ್ಮದ ಚೌಕಟ್ಟಿನೊಳಗೆ ಇರುವುದಕ್ಕೆ ಮಾತ್ರ ಸೀಮಿತವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5866</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم يستحب الجوامع من الدعاء، ويدع ما سوى ذلك</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಮಗ್ರವಾದ ಪ್ರಾರ್ಥನೆಗಳನ್ನು ಇಷ್ಟಪಡುತ್ತಿದ್ದರು ಮತ್ತು ಅದಕ್ಕೆ ಹೊರತಾದವುಗಳನ್ನು ಬಿಟ್ಟುಬಿಡುತ್ತಿದ್ದರು</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسْتَحِبُّ الْجَوَامِعَ مِنَ الدُّعَاءِ، وَيَدَعُ مَا سِوَى ذَلِكَ.</t>
+  </si>
+  <si>
+    <t>ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳುತ್ತಾರೆ: "ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಮಗ್ರವಾದ ಪ್ರಾರ್ಥನೆಗಳನ್ನು ಇಷ್ಟಪಡುತ್ತಿದ್ದರು ಮತ್ತು ಅದಕ್ಕೆ ಹೊರತಾದವುಗಳನ್ನು ಬಿಟ್ಟುಬಿಡುತ್ತಿದ್ದರು."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يَستحِبُّ الأدعية الجامعة لخير الدنيا والآخرة مما لفظه قليل ومعناه كثير، ويكون فيه الثناء على الله تعالى، والأغراض الصالحة، ويَدَعُ ما عدا ذلك.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದ ಒಳಿತಿಗಾಗಿರುವ ಸಮಗ್ರವಾದ ಪ್ರಾರ್ಥನೆಗಳನ್ನು ಇಷ್ಟಪಡುತ್ತಿದ್ದರು. ಅವು ಕಡಿಮೆ ಪದಗಳನ್ನು ಹೊಂದಿರುವ ಮತ್ತು ವಿಶಾಲ ಅರ್ಥವನ್ನು ಒಳಗೊಂಡಿರುವ ಪ್ರಾರ್ಥನೆಗಳಾಗಿದ್ದವು. ಅವುಗಳಲ್ಲಿ ಅಲ್ಲಾಹನ ಸ್ತುತಿ ಮತ್ತು ಒಳಿತುಗಳ ಬೇಡಿಕೆ ಇರುತ್ತಿದ್ದವು. ಇದಲ್ಲದ ಇತರ ಪ್ರಾರ್ಥನೆಗಳನ್ನು ಅವರು ಪ್ರಾರ್ಥಿಸುತ್ತಿರಲಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>استحباب الدعاء بالألفاظ اليسيرة الجامعة لمعاني الخير، وكراهة التكلف والتَّشْقِيْق في المسألة، وهو خلاف هدي النبي صلى الله عليه وسلم.
+خُصّ رسول الله صلى الله عليه وسلم بجوامع الكلم.
+الحرص على ما ثبت أن النبي صلى الله عليه وسلم دعا به؛ وإن كان طويلًا، وكثرت كلماته، فكلُّه من الأدعية الجامعة.</t>
+  </si>
+  <si>
+    <t>ಒಳಿತಿನ ಅರ್ಥಗಳನ್ನು ಒಳಗೊಂಡಿರುವ ಸರಳ ಮತ್ತು ಸಮಗ್ರವಾದ ಪದಗಳಿಂದ ಪ್ರಾರ್ಥಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಪ್ರಾರ್ಥನೆಯಲ್ಲಿ ಕಷ್ಟಕರ ಪದಗಳು ಮತ್ತು ಉದ್ದಕ್ಕೆ ಎಳೆಯುವ ಪ್ರಯತ್ನವು ಅಸಹ್ಯಕರ (ಕರಾಹತ್) ಆಗಿದೆ. ಇದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಚರ್ಯೆಗೆ ವಿರುದ್ಧವಾಗಿದೆ.
+ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಗೆ () ಸಮಗ್ರವಾಗಿ ಮತ್ತು ಅರ್ಥಪೂರ್ಣವಾಗಿ ಮಾತನಾಡುವ ವಿಶೇಷತೆಯನ್ನು ಕರುಣಿಸಲಾಗಿದೆ.
+ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರಾರ್ಥಿಸಿದ್ದಾರೆಂದು ದೃಢಪಟ್ಟಿರುವ ಪ್ರಾರ್ಥನೆಗಳನ್ನು ಪ್ರಾರ್ಥಿಸಲು ಉತ್ಸಾಹ ತೋರಬೇಕು. ಅವು ದೀರ್ಘವಾಗಿದ್ದರೂ ಮತ್ತು ಅವುಗಳಲ್ಲಿ ಹೆಚ್ಚಿನ ಪದಗಳಿದ್ದರೂ ಸಹ. ಏಕೆಂದರೆ, ಅವೆಲ್ಲವೂ ಸಮಗ್ರವಾದ ಪ್ರಾರ್ಥನೆಗಳಾಗಿವೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5886</t>
+  </si>
+  <si>
+    <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
+  </si>
+  <si>
+    <t>'ಫರಾಇದ್'ಗಳನ್ನು (ಆಸ್ತಿಯ ನಿಗದಿತ ಪಾಲುಗಳನ್ನು) ಅವುಗಳ ಹಕ್ಕುದಾರರಿಗೆ ತಲುಪಿಸಿರಿ. ನಂತರ ಏನು ಉಳಿಯುತ್ತದೆಯೋ, ಅದು ಅತ್ಯಂತ ಹತ್ತಿರದ ಪುರುಷ ಸಂಬಂಧಿಗೆ ಸೇರುತ್ತದೆ</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: " 'ಫರಾಇದ್'ಗಳನ್ನು (ಆಸ್ತಿಯ ನಿಗದಿತ ಪಾಲುಗಳನ್ನು) ಅವುಗಳ ಹಕ್ಕುದಾರರಿಗೆ ತಲುಪಿಸಿರಿ. ನಂತರ ಏನು ಉಳಿಯುತ್ತದೆಯೋ, ಅದು ಅತ್ಯಂತ ಹತ್ತಿರದ ಪುರುಷ ಸಂಬಂಧಿಗೆ ಸೇರುತ್ತದೆ".</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಆದೇಶಿಸುವುದೇನೆಂದರೆ, ಪಿತ್ರಾರ್ಜಿತ ಆಸ್ತಿಯನ್ನು ಹಂಚುವ ಜವಾಬ್ದಾರಿ ಹೊತ್ತವರು, ಅದನ್ನು ಅಲ್ಲಾಹು ಆದೇಶಿಸಿದಂತೆ ಅದರ ಹಕ್ಕುದಾರರಿಗೆ ನ್ಯಾಯಯುತವಾದ ಶರೀಅತ್ ಸಮ್ಮತ ಹಂಚಿಕೆಯ ಮೂಲಕ ವಿತರಿಸಬೇಕು. ಅಲ್ಲಾಹನ ಗ್ರಂಥದಲ್ಲಿ ನಿಗದಿಪಡಿಸಲಾದ ಪಾಲುಗಳನ್ನು ಹೊಂದಿರುವವರಿಗೆ ಅವರ ಪಾಲುಗಳನ್ನು ನೀಡಬೇಕು. ಅವು: ಮೂರನೇ ಎರಡಂಶ (2/3), ಮೂರನೇ ಒಂದಂಶ (1/3), ಆರನೇ ಒಂದಂಶ (1/6), ಅರ್ಧ (1/2), ಕಾಲು ಭಾಗ (1/4), ಮತ್ತು ಎಂಟನೇ ಒಂದಂಶ (1/8) ಆಗಿರುತ್ತದೆ. ನಂತರ ಏನು ಉಳಿಯುತ್ತದೆಯೋ, ಅದನ್ನು ಮೃತ ವ್ಯಕ್ತಿಗೆ ಪುರುಷರಲ್ಲಿ ಯಾರು ಅತ್ಯಂತ ಹತ್ತಿರದವರೋ ಅವರಿಗೆ ನೀಡಬೇಕು. ಅವರನ್ನು 'ಅಸಬಾ' (ಉಳಿಕೆ ಪಾಲುದಾರರು) ಎಂದು ಕರೆಯಲಾಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في قسمة التركة.
+أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
+أن ما بقي بعد الفروض للعصبة.
+تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
+أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
+  </si>
+  <si>
+    <t>ಈ ಹದೀಸ್ ಪಿತ್ರಾರ್ಜಿತ ಆಸ್ತಿಯ ಹಂಚಿಕೆಯಲ್ಲಿ ಒಂದು ಮೂಲಭೂತ ನಿಯಮವಾಗಿದೆ.
+ನಿಗದಿತ ಪಾಲುಗಳ ಹಂಚಿಕೆಯು 'ಅಹ್ಲುಲ್ ಫರಾಇದ್' (ನಿಗದಿತ ಪಾಲುದಾರರು) ರಿಂದ ಪ್ರಾರಂಭವಾಗುತ್ತದೆ.
+ನಿಗದಿತ ಪಾಲುಗಳನ್ನು ನೀಡಿದ ನಂತರ ಉಳಿದಿರುವುದು 'ಅಸಬಾ'ಗೆ ಸೇರುತ್ತದೆ.
+ಅತ್ಯಂತ ಹತ್ತಿರದವರಿಗೆ, ನಂತರ ಹತ್ತಿರದವರಿಗೆ ಆದ್ಯತೆ ನೀಡಲಾಗುತ್ತದೆ. ಆದ್ದರಿಂದ, ತಂದೆಯಂತಹ ಹತ್ತಿರದ 'ಅಸಬಾ' ಇರುವಾಗ, ಚಿಕ್ಕಪ್ಪ/ದೊಡ್ಡಪ್ಪನಂತಹ ದೂರದ 'ಅಸಬಾ'ಗೆ ಪಿತ್ರಾರ್ಜಿತದಲ್ಲಿ ಪಾಲು ಸಿಗುವುದಿಲ್ಲ.
+ಒಂದು ವೇಳೆ ನಿಗದಿತ ಪಾಲುಗಳೇ ಸಂಪೂರ್ಣ ಆಸ್ತಿಯನ್ನು ಆವರಿಸಿದರೆ, ಅಂದರೆ ಅದರಿಂದ ಏನೂ ಉಳಿಯದಿದ್ದರೆ, 'ಅಸಬಾ'ಗೆ ಏನೂ ಸಿಗುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5887</t>
   </si>
   <si>
     <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
     <t>ಮಹಿಳೆಯರ ಬಳಿಗೆ ತೆರಳುವುದರ ಬಗ್ಗೆ ಎಚ್ಚರವಾಗಿರಿ." ಆಗ ಅನ್ಸಾರ್‌ಗಳಲ್ಲಿ ಸೇರಿದ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಕೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಮೈದುನನ (ಗಂಡನ ಸಹೋದರ) ಬಗ್ಗೆ ನಿಮ್ಮ ಅಭಿಪ್ರಾಯವೇನು?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಮೈದುನ ಮರಣವಾಗಿದ್ದಾನೆ</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
     <t>ಉಕ್ಬ ಇಬ್ನ್ ಆಮಿರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಮಹಿಳೆಯರ ಬಳಿಗೆ ತೆರಳುವುದರ ಬಗ್ಗೆ ಎಚ್ಚರವಾಗಿರಿ." ಆಗ ಅನ್ಸಾರ್‌ಗಳಲ್ಲಿ ಸೇರಿದ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಕೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಮೈದುನನ (ಗಂಡನ ಸಹೋದರ) ಬಗ್ಗೆ ನಿಮ್ಮ ಅಭಿಪ್ರಾಯವೇನು?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಮೈದುನ ಮರಣವಾಗಿದ್ದಾನೆ."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
     <t>ಅನ್ಯ ಮಹಿಳೆಯರೊಡನೆ ಬೆರೆಯುವುದರ ಬಗ್ಗೆ ಎಚ್ಚರಿಸುತ್ತಾ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನೀವು ಮಹಿಳೆಯರ ಬಳಿಗೆ ಹೋಗುವುದನ್ನು ಮತ್ತು ಮಹಿಳೆಯರು ನಿಮ್ಮ ಬಳಿಗೆ ಬರುವುದನ್ನು ಭಯಪಡಿರಿ."
 ಆಗ ಅನ್ಸಾರ್‌ಗಳಲ್ಲಿ ಸೇರಿದ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಕೇಳಿದರು: "ಗಂಡನ ಸಹೋದರ, ಗಂಡನ ಸಹೋದರ ಪುತ್ರ, ಗಂಡನ ಪಿತೃ ಸಹೋದರ, ಗಂಡನ ಪಿತೃ ಸಹೋದರ ಪುತ್ರ, ಗಂಡನ ಸಹೋದರಿ ಪುತ್ರ ಮುಂತಾದ ಮಹಿಳೆಗೆ ಆಕೆ ವಿವಾಹಿತೆಯಲ್ಲದಿದ್ದರೆ ವಿವಾಹವಾಗಬಹುದಾದ ಗಂಡನ ಹತ್ತಿರದ ಸಂಬಂಧಿಕರ ಬಗ್ಗೆ ನಿಮ್ಮ ಅಭಿಪ್ರಾಯವೇನು?"
 ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ತರಿಸಿದರು: "ನೀವು ಮರಣದ ಬಗ್ಗೆ ಎಚ್ಚರವಹಿಸುವಂತೆ ಅವರ ಬಗ್ಗೆ ಎಚ್ಚರವಹಿಸಿರಿ." ಏಕೆಂದರೆ, ಮೈದುನರೊಂದಿಗೆ ಏಕಾಂತದಲ್ಲಿರುವುದು ಧರ್ಮದಲ್ಲಿ ಪರೀಕ್ಷೆ ಮತ್ತು ನಾಶಕ್ಕೆ ಕಾರಣವಾಗುತ್ತದೆ. ಗಂಡನ ತಂದೆ ಮತ್ತು ಮಕ್ಕಳಲ್ಲದ ಇತರ ಸಂಬಂಧಿಕರು ತಡೆಯಲ್ಪಡಲು ಅನ್ಯ ಪುರುಷರಿಗಿಂತಲೂ ಹೆಚ್ಚು ಅರ್ಹರಾಗಿದ್ದಾರೆ. ಏಕೆಂದರೆ, ಇತರರೊಂದಿಗೆ ಏಕಾಂತದಲ್ಲಿರುವುದಕ್ಕಿಂತಲೂ ಹೆಚ್ಚಾಗಿ ಗಂಡನ ಸಂಬಂಧಿಕರೊಂದಿಗೆ ಏಕಾಂತದಲ್ಲಿರುವುದು ಸುಲಭವಾಗಿದೆ. ಇತರರಿಗಿಂತಲೂ ಹೆಚ್ಚು ಕೆಡುಕು ಇವರಿಂದ ನಿರೀಕ್ಷಿಸಲಾಗುತ್ತದೆ. ಇವರಿಂದ ಪರೀಕ್ಷೆ ಸಂಭವನೀಯವಾಗಿದೆ. ಏಕೆಂದರೆ, ಮಹಿಳೆಯ ವಿರೋಧವಿಲ್ಲದೆಯೇ ಅವಳ ಬಳಿಗೆ ತೆರಳಲು ಮತ್ತು ಏಕಾಂತದಲ್ಲಿರಲು ಇವರಿಗೆ ಸಾಧ್ಯವಾಗುತ್ತದೆ. ಕೆಲವೊಮ್ಮೆ ಮೈದುನನ ಉಪಸ್ಥಿತಿಯು ಅನಿವಾರ್ಯವಾಗಿರುತ್ತದೆ ಮತ್ತು ಅವನಿಂದ ದೂರವಾಗಿರಲು ಸಾಧ್ಯವಾಗುವುದಿಲ್ಲ. ರೂಢಿಯಾಗಿ ನಡೆದು ಬಂದಂತೆ ಪುರುಷನು ತನ್ನ ಸಹೋದರನ ಪತ್ನಿಯೊಡನೆ ಏಕಾಂತದಲ್ಲಿರುವುದನ್ನು ಜನರು ಕ್ಷುಲ್ಲಕವಾಗಿ ಪರಿಗಣಿಸುತ್ತಾರೆ. ಇದರ ಹೀನತನ ಮತ್ತು ಕೆಟ್ಟ ದುಷ್ಪರಿಣಾಮಗಳನ್ನು ವೀಕ್ಷಿಸಿದರೆ ಇದು ಮರಣಕ್ಕೆ ಸಮಾನವಾಗಿದೆ. ಆದರೆ ಅನ್ಯಪುರುಷರ ಸ್ಥಿತಿ ಹೀಗಿರುವುದಿಲ್ಲ. ಏಕೆಂದರೆ ಸಾಮಾನ್ಯವಾಗಿ ಅವರ ಬಗ್ಗೆ ಎಚ್ಚರ ವಹಿಸಲಾಗುತ್ತದೆ.</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
@@ -11863,81 +13056,187 @@
   <si>
     <t>ಅಬೂ ಹಯ್ಯಾಜ್ ಅಸದಿ‌ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲೀ ಬಿನ್ ಅಬೂ ತಾಲಿಬ್ (ಅವರ ಬಗ್ಗೆ ಅಲ್ಲಾಹು ಸಂಪ್ರೀತನಾಗಲಿ) ನನ್ನೊಂದಿಗೆ ಹೇಳಿದರು: "ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನನ್ನನ್ನು ಕಳುಹಿಸಿದ ಅದೇ ಕೆಲಸಕ್ಕಾಗಿ ನಾನು ತಮ್ಮನ್ನು ಕಳುಹಿಸಲೇ? ತಾವು ಒಂದೇ ಒಂದು ಪ್ರತಿಮೆಯನ್ನು ಅಳಿಸದೆ ಬಿಡಬಾರದು ಮತ್ತು ಎತ್ತರಿಸಲ್ಪಟ್ಟ ಒಂದೇ ಒಂದು ಸಮಾಧಿಯನ್ನು ನೆಲಸಮ ಮಾಡದೆ ಬಿಡಬಾರದು."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>ಇಲ್ಲಿ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸಂಗಡಿಗರಿಗೆ (ಸಹಾಬಿಗಳಿಗೆ) ಆದೇಶಿಸುವುದೇನೆಂದರೆ, ಯಾವುದೇ ಪ್ರತಿಮೆಯನ್ನು — ಅಂದರೆ ಆತ್ಮವಿರುವ ಜೀವಿಯ ಮೂರ್ತ ಅಥವಾ ಅಮೂರ್ತ ರೂಪ — ತೊಲಗಿಸದೆ ಅಥವಾ ಅಳಿಸಿಹಾಕದೆ ಬಿಡಬಾರದು.
 ಅದೇ ರೀತಿ, ಎತ್ತರಿಸಿ ಕಟ್ಟಲಾಗಿರುವ ಸಮಾಧಿಯನ್ನು ನೆಲಸಮಗೊಳಿಸದೆ ಮತ್ತು ಅದರ ಮೇಲೆ ಕಟ್ಟಲಾಗಿರುವುದನ್ನು ದ್ವಂಸಗೊಳಿಸದೆ ಬಿಡಬಾರದು; ಅಥವಾ ಸಮಾಧಿಯು ಭೂಮಿಯಿಂದ ಒಂದು ಗೇಣು ಮಾತ್ರ ಎತ್ತರವಾಗಿರುವಂತೆ ಮಾಡಬೇಕು.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>ಜೀವವಿರುವ ವಸ್ತುವಿನ ಚಿತ್ರವನ್ನು ರಚಿಸುವುದು ನಿಷಿದ್ಧವಾಗಿದೆಯೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ. ಏಕೆಂದರೆ ಅದು ಬಹುದೇವಾರಾಧನೆಗೆ ಕಾರಣವಾಗುತ್ತದೆ.
 ಅಧಿಕಾರವಿರುವವನು ಅಥವಾ ಸಾಮರ್ಥ್ಯವಿರುವವನು ಕೆಡುಕನ್ನು ಕೈಯಿಂದ ನಿವಾರಿಸುವುದು ಧರ್ಮನಿಯಮವಾಗಿದೆಯೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಅಜ್ಞಾನಕಾಲದ ಅವಶೇಷಗಳಾದ ಚಿತ್ರಗಳು, ಪ್ರತಿಮೆಗಳು ಮತ್ತು ಸಮಾಧಿಗಳ ಮೇಲಿರುವ ಕಟ್ಟಡಗಳನ್ನು ತೊಲಗಿಸಲು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ಸಾಹ ತೋರುತ್ತಿದ್ದರೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5934</t>
   </si>
   <si>
+    <t>الحلف منفقة للسلعة، ممحقة للربح</t>
+  </si>
+  <si>
+    <t>ಆಣೆ ಮಾಡುವುದು ಸರಕುಗಳನ್ನು ಮಾರಾಟ ಮಾಡಲು ಉಪಯುಕ್ತವಾಗಿದೆ. ಆದರೆ, ಅದು ಲಾಭವನ್ನು ನಾಶಪಡಿಸುತ್ತದೆ</t>
+  </si>
+  <si>
+    <t>عَن أَبي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «الْحَلِفُ مَنْفَقَةٌ لِلسِّلْعَةِ، مَمْحَقَةٌ لِلرِّبْحِ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಆಣೆ ಮಾಡುವುದು ಸರಕುಗಳನ್ನು ಮಾರಾಟ ಮಾಡಲು ಉಪಯುಕ್ತವಾಗಿದೆ. ಆದರೆ, ಅದು ಲಾಭವನ್ನು ನಾಶಪಡಿಸುತ್ತದೆ."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف والإكثار منه حتى لو كان صادقًا في البيع والشراء، وأخبر أنه سبب لِرَوَاج السلعة والمتاع، لكنه نَقْصٌ وإبطال لبركة الربح والكسب، وقد يُسلِّط الله تعالى عليه وُجوهًا يَتْلَف فيها إما سَرْقًا أو حَرْقًا أو غَرَقًا أو غصبًا أو نهبًا أو عوارض أخرى يتلف بها ماله.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆಣೆ ಮಾಡುವುದರ ಮತ್ತು ಅದನ್ನು ಹೆಚ್ಚಾಗಿ ಬಳಸುವುದರ ವಿರುದ್ಧ ಎಚ್ಚರಿಸಿದ್ದಾರೆ. ಆತ ಮಾರಾಟ ಖರೀದಿ ಮಾಡುವುದರಲ್ಲಿ ಸತ್ಯವಂತನಾಗಿದ್ದರೂ ಸಹ. ಸರಕು ಮತ್ತು ವಸ್ತುಗಳ ಮಾರಾಟವು ಹೆಚ್ಚಾಗಲು ಅದು ಕಾರಣವಾಗುತ್ತದೆ, ಆದರೆ ಅದು ಲಾಭ ಮತ್ತು ಗಳಿಕೆಯ ಸಮೃದ್ಧಿಯನ್ನು (ಬರಕತ್ತನ್ನು) ಕಡಿಮೆ ಮಾಡುತ್ತದೆ ಮತ್ತು ನಾಶಪಡಿಸುತ್ತದೆ  ಎಂದು ಅವರು ತಿಳಿಸಿದರು. ಅವನು ಗಳಿಸಿದ್ದನ್ನು ನಾಶ ಮಾಡಲು ಅಲ್ಲಾಹು ವಿವಿಧ ಕಾರಣಗಳನ್ನು ಉಂಟುಮಾಡಬಹುದು. ಕಳ್ಳತನ, ಅಗ್ನಿದುರಂತ, ಪ್ರವಾಹ, ಬಲವಂತದ ವಶಪಡಿಸುವಿಕೆ, ದರೋಡೆ ಅಥವಾ ಇತರ ಕಾರಣಗಳಿಂದ ಅಲ್ಲಾಹು ಅವನ ಆಸ್ತಿಯನ್ನು ನಾಶಪಡಿಸಬಹುದು.</t>
+  </si>
+  <si>
+    <t>تعظيم أمر الحلف بالله، وأنه لا يكون إلا لحاجة.
+الكسب الحرام وإن كَثُرَت كَمِّيّته؛ فإنه مَنزوع البركة لا خير فيه.
+قال القاري: ذهاب بركة المكسوب؛ إما بتلف يلحقه في ماله، أو بإنفاقه في غير ما يعود نفعه إليه في العاجل أو ثوابه في الآجل، أو بقي عنده وحُرِم نفعه، أو وَرِثَه مَن لا يَحْمَدُه.
+قال النووي: فيه النهي عن كثرة الحلف في البيع، فإن الحلف من غير حاجة مكروه، وينضم إليه ترويج السلعة، وربما اغترَّ المشتري باليمين.
+كثرة الحلف نقص في الإيمان، ونقص في التوحيد؛ لأن كثرة الحلف تفضي إلى شيئين: أحدهما: التساهل في ذلك وعدم المبالاة، والأمر الثاني: الكذب، فإن من كثرت أيمانه وقع في الكذب، فينبغي التَّقَلُّلُ من ذلك وعدم الإكثار من الأيمان، ولهذا قال سبحانه: (وَاحْفَظُوا أَيْمَانَكُمْ) [المائدة:89].</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಹೆಸರಿನಲ್ಲಿ ಆಣೆ ಮಾಡುವುದನ್ನು ಗಂಭೀರವಾಗಿ ಪರಿಗಣಿಸಲಾಗಿದೆ ಮತ್ತು ಅಗತ್ಯವಿದ್ದಾಗ ಮಾತ್ರ ಆಣೆ ಮಾಡಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಹರಾಮ್ (ನಿಷಿದ್ಧ) ಗಳಿಕೆಯು, ಅದು ಎಷ್ಟೇ ದೊಡ್ಡ ಪ್ರಮಾಣದಲ್ಲಿದ್ದರೂ ಸಹ, ಅದರಲ್ಲಿ ಸಮೃದ್ಧಿ (ಬರಕತ್) ಮತ್ತು ಒಳಿತು ಇರುವುದಿಲ್ಲ.
+ಖಾರಿ ಹೇಳುತ್ತಾರೆ: "ಗಳಿಸಿದ ಸಂಪತ್ತಿನ ಸಮೃದ್ಧಿ (ಬರಕತ್) ನಾಶವಾಗುವುದು ಹೇಗೆಂದರೆ; ಒಂದೋ ಅವನ ಆಸ್ತಿಯಲ್ಲಿ ಹಾನಿ ಸಂಭವಿಸುವುದರಿಂದ, ಅಥವಾ ಇಹಲೋಕದಲ್ಲಿ ಅವನಿಗೆ ಯಾವುದೇ ಪ್ರಯೋಜನ ನೀಡದ ಅಥವಾ ಪರಲೋಕದಲ್ಲಿ ಪ್ರತಿಫಲವನ್ನು ನೀಡದ ವಿಷಯಗಳಿಗಾಗಿ ಅದನ್ನು ಖರ್ಚು ಮಾಡುವಂತೆ ಮಾಡುವುದರಿಂದ, ಅಥವಾ ಅದು ಅವನ ಬಳಿ ಇದ್ದರೂ ಅದರ ಪ್ರಯೋಜನ ಪಡೆಯಲು ಅವನಿಗೆ ಸಾಧ್ಯವಾಗದೆ ಇರುವುದರಿಂದ, ಅಥವಾ ಅವನಿಗೆ ಇಷ್ಟವಿಲ್ಲದವರು ಅದನ್ನು ಉತ್ತರಾಧಿಕಾರವಾಗಿ ಪಡೆಯುವುದರಿಂದ."
+ಇಮಾಮ್ ನವವಿ ಹೇಳುತ್ತಾರೆ: "ವ್ಯಾಪಾರದಲ್ಲಿ ಹೆಚ್ಚಾಗಿ ಆಣೆ ಮಾಡುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ ಎಂದು ಇದರಲ್ಲಿ ಸೂಚಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಯಾವುದೇ ಅಗತ್ಯವಿಲ್ಲದೆ ಆಣೆ ಮಾಡುವುದು ಅಸಹ್ಯಕರ (ಕರಾಹತ್) ಆಗಿದೆ. ಅಷ್ಟೇ ಅಲ್ಲದೆ, ಅದು ಸರಕುಗಳ ಮಾರಾಟವನ್ನು ಉತ್ತೇಜಿಸುತ್ತದೆ, ಮತ್ತು ಕೆಲವೊಮ್ಮೆ ಗ್ರಾಹಕನು ಆ ಆಣೆಯಿಂದಾಗಿ ಮೋಸಹೋಗಬಹುದು."
+ಅತಿಯಾಗಿ ಆಣೆ ಮಾಡುವುದು ಸತ್ಯವಿಶ್ವಾಸದಲ್ಲಿ (ಈಮಾನ್) ಮತ್ತು ಏಕದೇವತ್ವದಲ್ಲಿ (ತೌಹೀದ್) ಕೊರತೆಯನ್ನು ಉಂಟುಮಾಡುತ್ತದೆ. ಏಕೆಂದರೆ, ಅತಿಯಾಗಿ ಆಣೆ ಮಾಡುವುದು ಎರಡು ವಿಷಯಗಳಿಗೆ ಕಾರಣವಾಗುತ್ತದೆ: ಒಂದು: ಅದರಲ್ಲಿ ನಿರ್ಲಕ್ಷ್ಯ ತಾಳುವುದು ಮತ್ತು ಗಂಭೀರವಾಗಿ ಪರಿಗಣಿಸದಿರುವುದು. ಎರಡನೆಯದು: ಸುಳ್ಳು. ಏಕೆಂದರೆ, ಅತಿಯಾಗಿ ಆಣೆ ಮಾಡುವವರು ಸುಳ್ಳು ಹೇಳುವ ಸಾಧ್ಯತೆ ಹೆಚ್ಚಿರುತ್ತದೆ. ಆದ್ದರಿಂದ ಅದನ್ನು ಕಡಿಮೆ ಮಾಡಬೇಕು ಮತ್ತು ಅತಿಯಾಗಿ ಆಣೆ ಮಾಡಬಾರದು. ಈ ಕಾರಣದಿಂದಲೇ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: "ಮತ್ತು ನಿಮ್ಮ ಆಣೆಗಳನ್ನು ಸಂರಕ್ಷಿಸಿರಿ." [ಮಾಯಿದಾ: 89].</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5936</t>
+  </si>
+  <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>ನಿಮ್ಮ ತಂದೆ-ತಾಯಿ, ಮಕ್ಕಳು ಮತ್ತು ಇತರೆಲ್ಲಾ ಜನರಿಗಿಂತ ನಾನು ನಿಮಗೆ ಹೆಚ್ಚು ಪ್ರೀತಿಯುಳ್ಳವನಾಗುವ ತನಕ ನಿಮ್ಮಲ್ಲಿ ಯಾರೂ ಸಂಪೂರ್ಣ ಸತ್ಯವಿಶ್ವಾಸಿಯಾಗುವುದಿಲ್ಲ</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಮ್ಮ ತಂದೆ-ತಾಯಿ, ಮಕ್ಕಳು ಮತ್ತು ಇತರೆಲ್ಲಾ ಜನರಿಗಿಂತ ನಾನು ನಿಮಗೆ ಹೆಚ್ಚು ಪ್ರೀತಿಯುಳ್ಳವನಾಗುವ ತನಕ ನಿಮ್ಮಲ್ಲಿ ಯಾರೂ ಸಂಪೂರ್ಣ ಸತ್ಯವಿಶ್ವಾಸಿಯಾಗುವುದಿಲ್ಲ."</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಎಲ್ಲಿಯ ತನಕ ಒಬ್ಬ ಮುಸಲ್ಮಾನನು ತನ್ನ ತಾಯಿ, ತಂದೆ, ಮಗ, ಮಗಳು ಮತ್ತು ಇತರೆಲ್ಲ ಜನರಲ್ಲಿರುವ ಪ್ರೀತಿಗಿಂತ ಪ್ರವಾದಿಯವರಲ್ಲಿರುವ ಪ್ರೀತಿಗೆ ಪ್ರಾಶಸ್ತ್ಯ ನೀಡುವುದಿಲ್ಲವೋ ಅಲ್ಲಿಯ ತನಕ ಅವನು ಪೂರ್ಣ ರೀತಿಯಲ್ಲಿ ಸತ್ಯವಿಶ್ವಾಸಿಯಾಗುವುದಿಲ್ಲ. ಪ್ರವಾದಿಯವರಲ್ಲಿರುವ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರೀತಿಯು ಅವರನ್ನು ಅನುಸರಿಸಲು, ಅವರಿಗೆ ಸಹಾಯ ಮಾಡಲು ಮತ್ತು ಅವರಿಗೆ ಅವಿಧೇಯತೆ ತೋರದಿರಲು ಕಾರಣವಾಗಬೇಕು.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರೀತಿಸುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ ಮತ್ತು ಇತರೆಲ್ಲ ಜನರ ಪ್ರೀತಿಗಿಂತ ಅವರ ಪ್ರೀತಿಗೆ ಪ್ರಾಶಸ್ತ್ಯ ನೀಡಬೇಕೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸುನ್ನತ್ತಿಗೆ ಸಹಾಯ ಮಾಡುವುದು ಮತ್ತು ಅದಕ್ಕಾಗಿ ತನು ಮನ ಧನಗಳಿಂದ ಪರಿಶ್ರಮಿಸುವುದು ಪ್ರವಾದಿಯವರಿಲ್ಲಿರುವ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪರಿಪೂರ್ಣ ಪ್ರೀತಿಯ ದ್ಯೋತಕವಾಗಿದೆ.
 ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆಜ್ಞಾಪಿಸಿದ್ದನ್ನು ಅನುಸರಿಸುವುದು, ಅವರು ತಿಳಿಸಿಕೊಟ್ಟ ವಿಷಯಗಳನ್ನು ಸತ್ಯವೆಂದು ಅಂಗೀಕರಿಸುವುದು, ಅವರು ವಿರೋಧಿಸಿದ ಮತ್ತು ಗದರಿಸಿದ ವಿಷಯಗಳಿಂದ ದೂರವಾಗುವುದು, ಅವರ ಅನುಕರಣೆ ಮಾಡುವುದು ಮತ್ತು ನವೀನಾಚಾರಗಳನ್ನು ತೊರೆಯುವುದು ಮುಂತಾದವುಗಳು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೇಲಿರುವ ಪ್ರೀತಿಯ ಬೇಡಿಕೆಗಳಾಗಿವೆ.
 ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹಕ್ಕು ಇತರೆಲ್ಲ ಮನುಷ್ಯರ ಹಕ್ಕುಗಳಿಗಿಂತ ಶ್ರೇಷ್ಠವೂ ಪ್ರಮುಖವೂ ಆಗಿದೆ. ಏಕೆಂದರೆ ನಾವು ದುರ್ಮಾರ್ಗದಿಂದ ಸನ್ಮಾರ್ಗಕ್ಕೆ ಬರಲು ಮತ್ತು ನರಕದಿಂದ ಪಾರಾಗಿ ಸ್ವರ್ಗವನ್ನು ಪಡೆಯಲು ಅವರು ಕಾರಣವಾಗಿದ್ದಾರೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5953</t>
+  </si>
+  <si>
+    <t>لا تسبوا الريح، فإذا رأيتم ما تكرهون فقولوا: اللهم إنا نسألك من خير هذه الريح وخير ما فيها وخير ما أمرت به، ونعوذ بك من شر هذه الريح وشر ما فيها وشر ما أمرت به</t>
+  </si>
+  <si>
+    <t>ಗಾಳಿಯನ್ನು ನಿಂದಿಸಬೇಡಿ. ನಿಮಗೆ ಇಷ್ಟವಿಲ್ಲದ್ದನ್ನು ನೋಡಿದರೆ ಹೀಗೆ ಹೇಳಿರಿ: ಓ ಅಲ್ಲಾಹ್, ಈ ಗಾಳಿಯ ಒಳಿತು, ಅದರಲ್ಲಿರುವ ಒಳಿತು ಮತ್ತು ಅದನ್ನು ಯಾವುದಕ್ಕಾಗಿ ಆಜ್ಞಾಪಿಸಲಾಗಿದೆಯೋ ಅದರ ಒಳಿತನ್ನು ನಾವು ನಿನ್ನಲ್ಲಿ ಬೇಡುತ್ತೇವೆ. ಈ ಗಾಳಿಯ ಕೆಡುಕು, ಅದರಲ್ಲಿರುವ ಕೆಡುಕು ಮತ್ತು ಅದನ್ನು ಯಾವುದಕ್ಕಾಗಿ ಆಜ್ಞಾಪಿಸಲಾಗಿದೆಯೋ ಅದರ ಕೆಡುಕಿನಿಂದ ನಾವು ನಿನ್ನಲ್ಲಿ ಅಭಯ ಯಾಚಿಸುತ್ತೇವೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا الرِّيحَ، فَإِذَا رَأَيْتُمْ مَا تَكْرَهُونَ فَقُولُوا: اللَّهُمَّ إِنَّا نَسْأَلُكَ مِنْ خَيْرِ هَذِهِ الرِّيحِ وَخَيْرِ مَا فِيهَا وَخَيْرِ مَا أُمِرَتْ بِهِ، وَنَعُوذُ بِكَ مِنْ شَرِّ هَذِهِ الرِّيحِ وَشَرِّ مَا فِيهَا وَشَرِّ مَا أُمِرَتْ بِهِ».</t>
+  </si>
+  <si>
+    <t>ಉಬೈ ಬಿನ್ ಕಅಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಿದರು: "ಗಾಳಿಯನ್ನು ನಿಂದಿಸಬೇಡಿ. ನಿಮಗೆ ಇಷ್ಟವಿಲ್ಲದ್ದನ್ನು ನೋಡಿದರೆ ಹೀಗೆ ಹೇಳಿರಿ: ಓ ಅಲ್ಲಾಹ್, ಈ ಗಾಳಿಯ ಒಳಿತು, ಅದರಲ್ಲಿರುವ ಒಳಿತು ಮತ್ತು ಅದನ್ನು ಯಾವುದಕ್ಕಾಗಿ ಆಜ್ಞಾಪಿಸಲಾಗಿದೆಯೋ ಅದರ ಒಳಿತನ್ನು ನಾವು ನಿನ್ನಲ್ಲಿ ಬೇಡುತ್ತೇವೆ. ಈ ಗಾಳಿಯ ಕೆಡುಕು, ಅದರಲ್ಲಿರುವ ಕೆಡುಕು ಮತ್ತು ಅದನ್ನು ಯಾವುದಕ್ಕಾಗಿ ಆಜ್ಞಾಪಿಸಲಾಗಿದೆಯೋ ಅದರ ಕೆಡುಕಿನಿಂದ ನಾವು ನಿನ್ನಲ್ಲಿ ಅಭಯ ಯಾಚಿಸುತ್ತೇವೆ."</t>
+  </si>
+  <si>
+    <t>نَهَى صلى الله عليه وسلم عن شَتْم أو لَعْن الريح، فإنها مأمورة من خالقها، تأتي بالرحمة وبالعذاب، وسَبُّها سَبٌّ لله خالقِها، وتَسَخُّط على قضائه، ثم أَرْشَد صلى الله عليه وسلم إلى الرجوع إلى الله خالقها بسؤاله من خيرها وخير ما فيها وخير ما أُرسلت كإتيانها بالمطر ونقل اللِّقَاح ونحوه، والاستعاذة بالله من شرها وشر ما فيها وشر ما أرسلت به كإتلاف النبات والشجر وهلاك الماشية وهدم الأبنية، ونحوه، وفي سؤال الله ذلك تحقيق للعبودية لله.</t>
+  </si>
+  <si>
+    <t>ಗಾಳಿಯನ್ನು ಶಪಿಸುವುದು ಅಥವಾ ನಿಂದಿಸುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷೇಧಿಸಿದ್ದಾರೆ. ಏಕೆಂದರೆ ಅದು ತನ್ನ ಸೃಷ್ಟಿಕರ್ತನ ಆಜ್ಞೆಯಂತೆ ವರ್ತಿಸುತ್ತದೆ. ಅದು ಕೆಲವೊಮ್ಮೆ ಕರುಣೆಯನ್ನು ಮತ್ತು ಕೆಲವೊಮ್ಮೆ ಶಿಕ್ಷೆಯನ್ನು ತರುತ್ತದೆ. ಅದನ್ನು ನಿಂದಿಸುವುದು ಅದರ ಸೃಷ್ಟಿಕರ್ತನಾದ ಅಲ್ಲಾಹನನ್ನು ನಿಂದಿಸಿದಂತೆ ಮತ್ತು ಅವನ ತೀರ್ಮಾನಕ್ಕೆ ಅಸಮಾಧಾನ ವ್ಯಕ್ತಪಡಿಸಿದಂತೆ. ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅದರ ಸೃಷ್ಟಿಕರ್ತನಾದ ಅಲ್ಲಾಹನ ಕಡೆಗೆ ಮರಳಲು ಮತ್ತು ಅದರ ಒಳಿತು, ಅದರಲ್ಲಿರುವ ಒಳಿತು ಹಾಗೂ ಮಳೆಯನ್ನು ತರುವುದು, ಪರಾಗಸ್ಪರ್ಶವನ್ನು ಸಾಗಿಸುವುದು ಮುಂತಾದವುಗಳಿಗಾಗಿ ಅದನ್ನು ಕಳುಹಿಸಲಾದ ಒಳಿತನ್ನು ಬೇಡಲು ನಿರ್ದೇಶಿಸುತ್ತಾರೆ. ಹಾಗೆಯೇ ಅದರ ಕೆಡುಕು, ಅದರಲ್ಲಿರುವ ಕೆಡುಕು ಮತ್ತು ಸಸ್ಯಗಳು ಹಾಗೂ ಮರಗಳನ್ನು ನಾಶಪಡಿಸುವುದು, ಜಾನುವಾರುಗಳನ್ನು ನಾಶಪಡಿಸುವುದು ಮತ್ತು ಕಟ್ಟಡಗಳನ್ನು ಕೆಡುವುದು ಮುಂತಾದವುಗಳಿಗಾಗಿ ಅದನ್ನು ಕಳುಹಿಸಲಾದ ಕೆಡುಕಿನಿಂದ ಅಲ್ಲಾಹನಲ್ಲಿ ಅಭಯ ಯಾಚಿಸಲು ನಿರ್ದೇಶಿಸುತ್ತಾರೆ. ಅಲ್ಲಾಹನಲ್ಲಿ ಈ ರೀತಿ ಬೇಡುವುದು ಅಲ್ಲಾಹನಿಗಿರುವ ದಾಸ್ಯತ್ವವನ್ನು ನಿಜಪಡಿಸುವುದಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>النهي عن سب الريح؛ لأنها خَلْقٌ مُدَبَّرٌ، فيَرْجِعُ السَّبُّ إلى خالقها ومُدَبِّرِها، وهو نقص في التوحيد.
+الرجوع إلى الله والاستعاذة به من شر ما خلق.
+الريح تكون مأمورة بالخير، وتكون مأمورة بالشر.
+قال ابن باز: سب الريح من جملة المعاصي؛ لأنها مخلوق مدبر ترسل بالخير والشر؛ فلا يجوز سبُّها، ولا يقال: لعن الله الريح، أو قاتل الله الريح، أو لا بارك الله في هذه الريح، أو ما أشبه ذلك، بل يعمل المؤمن ما أرشد إليه النبي صلى الله عليه وسلم.
+يقاس على الريح في تحريم الشَّتْم والسب ما يتعلق بالحر والبرد والشمس والغبار وغير ذلك مما هو من خَلْق الله وتصريفه.</t>
+  </si>
+  <si>
+    <t>ಗಾಳಿಯನ್ನು ನಿಂದಿಸುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ಅದು ನಿಯಂತ್ರಣದಲ್ಲಿರುವ ಸೃಷ್ಟಿಯಾಗಿದೆ. ಆದ್ದರಿಂದ, ಅದನ್ನು ನಿಂದಿಸಿದರೆ ಅದರ ಸೃಷ್ಟಿಕರ್ತ ಮತ್ತು ನಿಯಂತ್ರಕನನ್ನು ನಿಂದಿಸಿದಂತಾಗುತ್ತದೆ. ಅದು ತೌಹೀದ್‌ನಲ್ಲಿರುವ (ಏಕದೇವವಿಶ್ವಾಸದಲ್ಲಿರುವ) ಕೊರತೆಯಾಗಿದೆ.
+ಅಲ್ಲಾಹನ ಕಡೆಗೆ ಮರಳುವುದು ಮತ್ತು ಅವನು ಸೃಷ್ಟಿಸಿದ ಕೆಡುಕಿನಿಂದ ಅವನಲ್ಲಿ ಆಶ್ರಯ ಪಡೆಯುವುದು.
+ಗಾಳಿಯನ್ನು ಒಳಿತಿನ ಆದೇಶದೊಂದಿಗೆ ಕಳುಹಿಸಲಾಗುತ್ತದೆ. ಹಾಗೆಯೇ ಅದನ್ನು ಕೆಡುಕಿನ ಆದೇಶದೊಂದಿಗೂ ಕಳುಹಿಸಲಾಗುತ್ತದೆ.
+ಇಬ್ನ್ ಬಾಝ್ ಹೇಳುತ್ತಾರೆ: "ಗಾಳಿಯನ್ನು ನಿಂದಿಸುವುದು ಪಾಪಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಏಕೆಂದರೆ ಅದು ನಿಯಂತ್ರಣದಲ್ಲಿರುವ ಸೃಷ್ಟಿಯಾಗಿದೆ. ಅದನ್ನು ಒಳಿತಿನೊಂದಿಗೂ ಕೆಡುಕಿನೊಂದಿಗೂ ಕಳುಹಿಸಲಾಗುತ್ತದೆ. ಆದ್ದರಿಂದ ಅದನ್ನು ನಿಂದಿಸುವುದು ಸರಿಯಲ್ಲ. "ಅಲ್ಲಾಹು ಗಾಳಿಯನ್ನು ಶಪಿಸಲಿ" ಅಥವಾ "ಅಲ್ಲಾಹು ಗಾಳಿಯೊಂದಿಗೆ ಹೋರಾಡಲಿ" ಅಥವಾ "ಈ ಗಾಳಿಯಲ್ಲಿ ಅಲ್ಲಾಹು ಸಮೃದ್ಧಿ (ಬರಕತ್) ಮಾಡದಿರಲಿ" ಮುಂತಾದ ಮಾತುಗಳನ್ನು ಹೇಳಬಾರದು. ಬದಲಿಗೆ, ಸತ್ಯವಿಶ್ವಾಸಿಯು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಾರ್ಗದರ್ಶನದಂತೆ ನಡೆಯಬೇಕು."
+ನಿಂದಿಸುವುದು ಮತ್ತು ಶಪಿಸುವುದರಲ್ಲಿ ಗಾಳಿಯಂತೆಯೇ ಅದರೊಂದಿಗೆ ಸಂಬಂಧವಿರುವ ತಾಪ, ಚಳಿ, ಬಿಸಿಲು, ಧೂಳು ಮುಂತಾದ ಅಲ್ಲಾಹನ ಸೃಷ್ಟಿ ಮತ್ತು ನಿಯಂತ್ರಣದಲ್ಲಿರುವ ಇತರ ವಿಷಯಗಳೂ ಸೇರುತ್ತವೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5976</t>
+  </si>
+  <si>
+    <t>لا يقل أحدكم: اللهم اغفر لي إن شئت، ارحمني إن شئت، ارزقني إن شئت، وليعزم مسألته، إنه يفعل ما يشاء، لا مكره له</t>
+  </si>
+  <si>
+    <t>ನಿಮ್ಮಲ್ಲಿ ಯಾರೂ, 'ಓ ಅಲ್ಲಾಹ್, ನೀನು ಇಚ್ಛಿಸಿದರೆ ನನ್ನನ್ನು ಕ್ಷಮಿಸು, ನೀನು ಇಚ್ಛಿಸಿದರೆ ನನಗೆ ಕರುಣೆ ತೋರು, ನೀನು ಇಚ್ಛಿಸಿದರೆ ನನಗೆ ಉಪಜೀವನ ನೀಡು' ಎಂದು ಹೇಳಬಾರದು. ಬದಲಿಗೆ, ದೃಢನಿರ್ಧಾರದಿಂದ ತನ್ನ ಬೇಡಿಕೆಯನ್ನು ಕೇಳಬೇಕು. ಏಕೆಂದರೆ ಅವನು (ಅಲ್ಲಾಹು) ತಾನು ಇಚ್ಛಿಸಿದ್ದನ್ನು ಮಾಡುತ್ತಾನೆ, ಅವನ ಮೇಲೆ ಯಾರೂ ಒತ್ತಡ ಹಾಕುವವರಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «لاَ يَقُلْ أَحَدُكُمْ: اللَّهُمَّ اغْفِرْ لِي إِنْ شِئْتَ، ارْحَمْنِي إِنْ شِئْتَ، ارْزُقْنِي إِنْ شِئْتَ، وَليَعْزِمْ مَسْأَلَتَهُ، إِنَّهُ يَفْعَلُ مَا يَشَاءُ، لاَ مُكْرِهَ لَهُ».
+ولمسلم: «وَلَكِنْ لِيَعْزِمِ الْمَسْأَلَةَ وَلْيُعَظِّمِ الرَّغْبَةَ، فَإِنَّ اللهَ لَا يَتَعَاظَمُهُ شَيْءٌ أَعْطَاهُ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಮ್ಮಲ್ಲಿ ಯಾರೂ, 'ಓ ಅಲ್ಲಾಹ್, ನೀನು ಇಚ್ಛಿಸಿದರೆ ನನ್ನನ್ನು ಕ್ಷಮಿಸು, ನೀನು ಇಚ್ಛಿಸಿದರೆ ನನಗೆ ಕರುಣೆ ತೋರು, ನೀನು ಇಚ್ಛಿಸಿದರೆ ನನಗೆ ಉಪಜೀವನ ನೀಡು' ಎಂದು ಹೇಳಬಾರದು. ಬದಲಿಗೆ, ದೃಢನಿರ್ಧಾರದಿಂದ ತನ್ನ ಬೇಡಿಕೆಯನ್ನು ಕೇಳಬೇಕು. ಏಕೆಂದರೆ ಅವನು (ಅಲ್ಲಾಹು) ತಾನು ಇಚ್ಛಿಸಿದ್ದನ್ನು ಮಾಡುತ್ತಾನೆ, ಅವನ ಮೇಲೆ ಯಾರೂ ಒತ್ತಡ ಹಾಕುವವರಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن تَعْلِيْق الدعاء بشيء حتى لو كان بمشيئة الله؛ فإن ذلك أمر معلوم مُتَيَقَّن أنه لا يغفر إلا أن يشاء سبحانه، ولا معنى لاشتراط المشيئة؛ لأنها إنما تشترط فيمن يصح منه أن يفعل دون أن يشاء بالإكراه وغيره مما تنزه الله سبحانه عنه، وقد بين ذلك صلى الله عليه وسلم في آخر الحديث بقوله فإنه لا مُكْرِه له، كما أن الله لا يَتَعَاظَمُه شيء أعطاه وليس بعاجز ولا يكبُر عليه شيء حتى يقال: إن شئت، وتعليقه بالمشيئة نوع من الاستغناء عن مغفرته، فقول القائل: إن شئت أن تعطيني كذا فافعل، لا يستعمل هذا إلا مع الغنى عنه أو مع العاجز، وأما مع القادر ومع الاضطرار إليه والحاجة إليه فإنه يَعزم مسألته، ويَسأل سؤال فقير مضطر إلى ما سأله، ويلجأ إلى الله؛ لأنه الغني الكامل، القادر على كل شيء.</t>
+  </si>
+  <si>
+    <t>ಪ್ರಾರ್ಥನೆಯನ್ನು ಯಾವುದಕ್ಕಾದರೂ ತಳುಕು ಹಾಕುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷೇಧಿಸಿದ್ದಾರೆ. ಅದು ಅಲ್ಲಾಹನ ಇಚ್ಛೆಯಾಗಿದ್ದರೂ ಸಹ. ಏಕೆಂದರೆ ಅಲ್ಲಾಹು ತಾನು ಇಚ್ಛಿಸಿದರೆ ಮಾತ್ರ ಕ್ಷಮಿಸುತ್ತಾನೆ ಎಂಬುದು ತಿಳಿದಿರುವ ಮತ್ತು ಖಚಿತವಾದ ವಿಷಯ. ಆದ್ದರಿಂದ (ಅಲ್ಲಾಹನ) ಇಚ್ಛೆಯನ್ನು ಷರತ್ತಾಗಿ ಮಾಡಿಕೊಳ್ಳುವುದರಲ್ಲಿ ಯಾವುದೇ ಅರ್ಥವಿಲ್ಲ. ಏಕೆಂದರೆ ಇಚ್ಛೆಯನ್ನು ಷರತ್ತಾಗಿ ಮಾಡಿಕೊಳ್ಳುವುದು ತನ್ನ ಇಚ್ಛೆಯಂತೆ ವರ್ತಿಸಲು ಸಾಧ್ಯವಿಲ್ಲದ ಮತ್ತು ಒತ್ತಡದಿಂದ ಅಥವಾ ಬಲವಂತದಿಂದ ನೀಡುವವನಿಗೆ ಮಾತ್ರ. ಆದರೆ ಅಲ್ಲಾಹು ಇಂತಹ ವಿಷಯಗಳಿಂದ ಪರಿಶುದ್ಧನಾಗಿದ್ದಾನೆ. "ಅವನ ಮೇಲೆ ಯಾರೂ ಒತ್ತಡ ಹಾಕುವವರಿಲ್ಲ" ಎಂದು ಹೇಳುವ ಮೂಲಕ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹದೀಸ್‌ನ ಕೊನೆಯಲ್ಲಿ ಇದನ್ನು ಸ್ಪಷ್ಟಪಡಿಸಿದ್ದಾರೆ. ಹಾಗೆಯೇ, ಅಲ್ಲಾಹನಿಗೆ ನೀಡಲು ಸಾಧ್ಯವಾಗದಷ್ಟು ದೊಡ್ಡ ಯಾವುದೇ ವಸ್ತುವಿಲ್ಲ. ಅವನು ಯಾವುದೇ ವಿಷಯದಲ್ಲೂ ಅಸಮರ್ಥನಲ್ಲ ಅಥವಾ ಅವನಿಗೆ ಯಾವುದೇ ವಿಷಯವೂ ದೊಡ್ಡದಲ್ಲ. ಹಾಗಿರುತ್ತಿದ್ದರೆ "ನೀನು ಇಚ್ಛಿಸಿದರೆ" ಎಂದು ಹೇಳುವುದರಲ್ಲಿ ಅರ್ಥವಿರುತ್ತಿತ್ತು. ಅವನನ್ನು ಇಚ್ಛೆಗೆ ತಳುಕು ಹಾಕುವುದು ಅವನ ಕ್ಷಮೆಯ ಅಗತ್ಯವಿಲ್ಲವೆಂದು ಹೇಳುವ ಒಂದು ರೀತಿಯ ನಿರ್ಲಕ್ಷ್ಯವಾಗಿದೆ. ಆದ್ದರಿಂದ, "ನೀನು ಇಚ್ಛಿಸಿದರೆ ನನಗೆ ಇದನ್ನು ಕೊಡು" ಎಂಬ ವಾಕ್ಯವನ್ನು ತನಗೆ ಅಗತ್ಯವಿಲ್ಲದ, ಅಥವಾ ಅಸಮರ್ಥನಾದವನೊಂದಿಗೆ ಬೇಡುವಾಗ ಮಾತ್ರ ಬಳಸಲಾಗುತ್ತದೆ. ಸಾಮರ್ಥ್ಯವಿರುವವನೊಂದಿಗೆ ಮತ್ತು ತನಗೆ ಅಗತ್ಯ ಹಾಗೂ ಅವಶ್ಯಕತೆಯಿರುವವನೊಂದಿಗೆ ದೃಢನಿರ್ಧಾರದಿಂದ ಬೇಡಲಾಗುತ್ತದೆ. ಅದಲ್ಲದೆ, ಬೇಡುವವನು ತಾನು ಬೇಡುವ ವಸ್ತು ತನಗೆ ಬಹಳ ಅಗತ್ಯವಿರುವ ರೀತಿಯಲ್ಲಿ ಬೇಡುತ್ತಾನೆ ಮತ್ತು ಅಲ್ಲಾಹನಿಗೆ ಸಂಪೂರ್ಣ ಮೊರೆ ಹೋಗುತ್ತಾನೆ. ಏಕೆಂದರೆ ಅವನು ಪರಿಪೂರ್ಣ ನಿರಪೇಕ್ಷಕನು ಮತ್ತು ಎಲ್ಲವನ್ನೂ ಮಾಡುವ ಸಾಮರ್ಥ್ಯವುಳ್ಳವನಾಗಿದ್ದಾನೆ.</t>
+  </si>
+  <si>
+    <t>النهي عن تعليق الدعاء بالمشيئة.
+تنزيه الله عما لا يليق به، وسعة فضله، وكمال غناه، وكرمه وجوده سبحانه وتعالى.
+إثبات الكمال لله عز وجل.
+تعظيم الرغبة فيما عند الله وحسن الظن به سبحانه.
+يقع من بعض الناس تعليق الدعاء بالمشيئة وهم لا يشعرون، مثل قول: جزاك الله خيرًا إن شاء الله، الله يرحمه إن شاء الله، فهذا لا يجوز لحديث الباب.</t>
+  </si>
+  <si>
+    <t>ಪ್ರಾರ್ಥನೆಯನ್ನು ಇಚ್ಛೆಗೆ ತಳುಕು ಹಾಕುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ.
+ಅಲ್ಲಾಹನಿಗೆ ಹೊಂದಿಕೆಯಾದ ವಿಷಯಗಳಿಂದ ಅವನನ್ನು ಪರಿಶುದ್ಧಗೊಳಿಸಲಾಗಿದೆ ಮತ್ತು ಅವನ ವಿಶಾಲ ಅನುಗ್ರಹ, ಸಂಪೂರ್ಣ ನಿರಪೇಕ್ಷತೆ, ಉದಾರತೆ ಮತ್ತು ಕೊಡುಗೈತನವನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
+ಅಲ್ಲಾಹನಿಗೆ ಸಂಪೂರ್ಣತೆಯನ್ನು ದೃಢೀಕರಿಸಲಾಗಿದೆ.
+ಅಲ್ಲಾಹನ ಬಳಿಯಿರುವುದಕ್ಕಾಗಿ ಆಸೆಪಡುವುದನ್ನು ಮತ್ತು ಅವನ ಬಗ್ಗೆ ಉತ್ತಮ ಭಾವನೆ ಇಟ್ಟುಕೊಳ್ಳುವುದನ್ನು ವೈಭವೀಕರಿಸಲಾಗಿದೆ.
+ಕೆಲವು ಜನರು ಅರಿವಿಲ್ಲದೆ ಪ್ರಾರ್ಥನೆಯನ್ನು ಇಚ್ಛೆಗೆ ತಳುಕು ಹಾಕುತ್ತಾರೆ. ಉದಾಹರಣೆಗೆ: "ಜಝಾಕಲ್ಲಾಹು ಖೈರನ್ ಇನ್ ಶಾ ಅಲ್ಲಾಹ್" (ಅಲ್ಲಾಹು ಇಚ್ಛಿಸಿದರೆ ಅವನು ನಿನಗೆ ಒಳಿತನ್ನು ಪ್ರತಿಫಲವಾಗಿ ನೀಡಲಿ.) "ಅಲ್ಲಾಹು ಯರ್ಹಮುಹು ಇನ್ ಶಾ ಅಲ್ಲಾಹ್" (ಅಲ್ಲಾಹು ಇಚ್ಛಿಸಿದರೆ ಅವನಿಗೆ ಕರುಣೆ ತೋರಲಿ) ಎಂದು ಹೇಳುತ್ತಾರೆ. ಈ ಹದೀಸ್‌ನ ಪ್ರಕಾರ ಹೀಗೆ ಹೇಳುವುದು ಅನುಮತಿಸಲಾಗುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/5978</t>
   </si>
   <si>
     <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>ಶಕುನ ನೋಡುವವನು, ಶಕುನ ನೋಡಿಸುವವನು, ಭವಿಷ್ಯ ನೋಡುವವನು (ಜ್ಯೋತಿಷಿ), ಭವಿಷ್ಯ ನೋಡಿಸುವವನು, ಮಾಟಮಾಡುವವನು, ಮಾಟ ಮಾಡಿಸುವವನು, ಗಂಟು ಕಟ್ಟುವವನು ಮುಂತಾದವರು ನಮ್ಮಲ್ಲಿ ಸೇರಿದವರಲ್ಲ</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>ಇಮ್ರಾನ್ ಬಿನ್ ಹುಸೈನ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಶಕುನ ನೋಡುವವನು, ಶಕುನ ನೋಡಿಸುವವನು, ಭವಿಷ್ಯ ನೋಡುವವನು (ಜ್ಯೋತಿಷಿ), ಭವಿಷ್ಯ ನೋಡಿಸುವವನು, ಮಾಟಮಾಡುವವನು, ಮಾಟ ಮಾಡಿಸುವವನು, ಗಂಟು ಕಟ್ಟುವವನು ಮುಂತಾದವರು ನಮ್ಮಲ್ಲಿ ಸೇರಿದವರಲ್ಲ. ಯಾರು ಜ್ಯೋತಿಷಿಯ ಬಳಿಗೆ ಹೋಗಿ ಅವನು ಹೇಳಿದ ಮಾತಿನಲ್ಲಿ ನಂಬಿಕೆಯಿಡುತ್ತಾನೋ ಅವನು ಮುಹಮ್ಮದರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವತೀರ್ಣವಾದ ಸಂದೇಶವನ್ನು ನಿಷೇಧಿಸಿದ್ದಾನೆ."</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>ಕೆಲವು ಕಾರ್ಯಗಳನ್ನು ಮಾಡುವವರು "ಅವರು ನಮ್ಮಲ್ಲಿ ಸೇರಿದವರಲ್ಲ" ಎಂದು ಹೇಳುವ ಮೂಲಕ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರಿಗೆ ಎಚ್ಚರಿಕೆ ನೀಡಿದ್ದಾರೆ. ಅವು ಹೀಗಿವೆ:
 ಮೊದಲನೆಯದು: ಶಕುನ ನೋಡುವವನು ಅಥವಾ ಶಕುನ ನೋಡಿಸುವವನು. ಶಕುನ ನೋಡುವುದು ಎಂದರೆ ಪ್ರಯಾಣಕ್ಕೆ ಹೊರಟಾಗ ಅಥವಾ ವ್ಯಾಪಾರ ಮುಂತಾದ ಕೆಲಸಗಳನ್ನು ಪ್ರಾರಂಭಿಸುವಾಗ ಹಕ್ಕಿಯನ್ನು ಹಾರಿಸಿ ಶುಭ ಮತ್ತು ಅಶುಭವನ್ನು ನಿರ್ಧರಿಸುವುದು. ಹಕ್ಕಿ ಬಲಗಡೆಗೆ ಹಾರಿದರೆ ಶುಭ ಸಂಕೇತವೆಂದು ಭಾವಿಸಿ ತಮ್ಮ ಕಾರ್ಯಗಳಲ್ಲಿ ಮುಂದುವರಿಯುವುದು ಮತ್ತು ಹಕ್ಕಿ ಎಡಗಡೆಗೆ ಹಾರಿದರೆ ಅಶುಭ ಸಂಕೇತವೆಂದು ಭಾವಿಸಿ ತಮ್ಮ ಕಾರ್ಯಗಳನ್ನು ಮೊಟಕುಗೊಳಿಸುವುದು. ಈ ರೀತಿ ಸ್ವಯಂ ಶಕುನ ನೋಡುವುದು ಅಥವಾ ಇತರರಿಂದ ನೋಡಿಸುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ. ಹಕ್ಕಿಗಳು, ಪ್ರಾಣಿಗಳು, ಅಂಗವಿಕಲರು, ಸಂಖ್ಯೆಗಳು, ದಿನಗಳು ಮುಂತಾದ ದೃಶ್ಯ ಮತ್ತು ಶ್ರವ್ಯ ವಸ್ತುಗಳ ಮೂಲಕ ಶುಭ ಮತ್ತು ಅಶುಭವನ್ನು ನಿರ್ಧರಿಸುವುದು ವಿರೋಧಿಸಲಾದ ಅಪಶಕುನದಲ್ಲಿ ಒಳಪಡುತ್ತದೆ.
 ಎರಡನೆಯದು: ಭವಿಷ್ಯ ನೋಡುವುದು ಅಥವಾ ಭವಿಷ್ಯ ನೋಡಿಸುವುದು. ಯಾರು ನಕ್ಷತ್ರ ಮುಂತಾದವುಗಳನ್ನು ಬಳಸಿ ತನಗೆ ಭವಿಷ್ಯವು ತಿಳಿದಿದೆಯೆಂದು ವಾದಿಸುತ್ತಾನೋ, ಅಥವಾ ಜ್ಯೋತಿಷಿ ಮುಂತಾದ ಭವಿಷ್ಯ ನುಡಿಯುತ್ತೇವೆಂದು ವಾದಿಸುವವರ ಬಳಿಗೆ ಹೋಗಿ ಅವರು ಹೇಳುವ ಭವಿಷ್ಯದಲ್ಲಿ ನಂಬಿಕೆಯಿಡುತ್ತಾನೋ ಅವನು ಪ್ರವಾದಿ ಮುಹಮ್ಮದರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವತೀರ್ಣವಾದ ಸಂದೇಶವನ್ನು ನಿಷೇಧಿಸಿದ್ದಾನೆ.
 ಮೂರನೆಯದು: ಮಾಟ ಮಾಡುವವನು ಅಥವಾ ಮಾಟ ಮಾಡಿಸುವವನು. ಅಂದರೆ, ಇತರರಿಗೆ ಉಪಕಾರ ಅಥವಾ ತೊಂದರೆ ಮಾಡಲು ವಾಮಾಚಾರವನ್ನು ಸ್ವತಃ ಮಾಡುವವನು ಅಥವಾ ಇತರರಿಂದ ಮಾಡಿಸುವವನು; ಅಥವಾ ದಾರಕ್ಕೆ ಗಂಟು ಕಟ್ಟಿ ಅದಕ್ಕೆ ನಿಷೇಧಿಸಲಾದ ಮಂತ್ರಗಳನ್ನು ಊದಿ ವಾಮಾಚಾರ ಮಾಡುವವನು.</t>
   </si>
@@ -12005,50 +13304,125 @@
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಜ್ಯೋತಿಷ್ಯ ವಿದ್ಯೆಯನ್ನು ಗಳಿಸುತ್ತಾರೋ ಅವರು ವಾಮಾಚಾರದ ಒಂದು ಶಾಖೆಯನ್ನು ಗಳಿಸುತ್ತಾರೆ. ಅದರ ಬಗ್ಗೆ ಹೆಚ್ಚು ವಿದ್ಯೆಯನ್ನು ಗಳಿಸಿದವರು ಹೆಚ್ಚು ವಾಮಾಚಾರವನ್ನು ಗಳಿಸುತ್ತಾರೆ."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ ನಕ್ಷತ್ರಗಳು, ರಾಶಿಗಳು, ಅವುಗಳ ಚಲನವಲನಗಳು, ಪ್ರವೇಶ ಮತ್ತು ನಿರ್ಗಮನದ ಮೂಲಕ ಭವಿಷ್ಯದಲ್ಲಿ ಸಂಭವಿಸುವ ಜನನ, ಮರಣ, ರೋಗ ಮುಂತಾದ ಸಂಗತಿಗಳಲ್ಲಿ ಅವು ಭೂಮಿಯಲ್ಲಿರುವವರ ಮೇಲೆ ಬೀರುವ ಪರಿಣಾಮಗಳು ಮುಂತಾದವುಗಳನ್ನು ಕಲಿಯುವುದು ಅಥವಾ ಅವುಗಳ ಜ್ಞಾನವನ್ನು ಪಡೆಯುವುದು ವಾಮಾಚಾರದ ಒಂದು ಭಾಗವನ್ನು ಕಲಿಯುವುದಕ್ಕೆ ಸಮವಾಗಿದೆ; ಮತ್ತು ಈ ವಿದ್ಯೆಯನ್ನು ಹೆಚ್ಚು ಹೆಚ್ಚು ಕಲಿತರೆ ಅದು ವಾಮಾಚಾರವನ್ನು ಹೆಚ್ಚು ಹೆಚ್ಚು ಕಲಿಯುವುದಕ್ಕೆ ಸಮವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>ನಕ್ಷತ್ರಗಳ ಸ್ಥಿತಿಗತಿಗಳನ್ನು ಅವಲಂಬಿಸಿ ಭವಿಷ್ಯ ನುಡಿಯುವ ಜ್ಯೋತಿಷ್ಯವು ನಿಷಿದ್ಧವಾಗಿದೆಯೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ. ಏಕೆಂದರೆ ಅದು ತನಗೆ ಅಗೋಚರ ಜ್ಞಾನವಿದೆಯೆಂದು ವಾದಿಸುವುದಾಗಿದೆ.
 ನಿಷೇಧಿತ ಜ್ಯೋತಿಷ್ಯವು ತೌಹೀದ್ (ಏಕದೇವತ್ವ)ಗೆ ವಿರುದ್ಧವಾದ ವಾಮಾಚಾರದ ಒಂದು ಅಂಗವಾಗಿದೆ. ಆದರೆ ದಿಕ್ಕುಗಳನ್ನು, ಕಿಬ್ಲವನ್ನು, ಋತುಗಳನ್ನು ಮತ್ತು ತಿಂಗಳುಗಳನ್ನು ತಿಳಿಯಲು ನಕ್ಷತ್ರಗಳನ್ನು ನೋಡುವುದಕ್ಕೆ ಅನುಮತಿಯಿದೆ.
 ಜ್ಯೋತಿಷ್ಯದ ಬಗ್ಗೆ ಹೆಚ್ಚು ಹೆಚ್ಚು ಜ್ಞಾನವನ್ನು ಪಡೆಯುವುದು ವಾಮಾಚಾರದ ಒಂದು ಶಾಖೆಯನ್ನು ಹೆಚ್ಚು ಹೆಚ್ಚು ಕಲಿಯುವುದಾಗಿದೆಯೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಅಲ್ಲಾಹು ಪವಿತ್ರ ಕುರ್‌ಆನಿನಲ್ಲಿ ತಿಳಿಸಿದಂತೆ ನಕ್ಷತ್ರಗಳಿಂದ ಮೂರು ಪ್ರಯೋಜನಗಳಿವೆ: ಆಕಾಶಕ್ಕೆ ಅಲಂಕಾರ, ದಿಕ್ಕುಗಳನ್ನು ತಿಳಿಯುವ ಸಂಕೇತ ಮತ್ತು ಪಿಶಾಚಿಗಳಿಗೆ ಎಸೆದು ಓಡಿಸಲಾಗುವ ಸಾಧನ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/5989</t>
+  </si>
+  <si>
+    <t>رغم أنف رجل ذكرت عنده فلم يصل علي، ورغم أنف رجل دخل عليه رمضان ثم انسلخ قبل أن يغفر له، ورغم أنف رجل أدرك عنده أبواه الكبر فلم يدخلاه الجنة</t>
+  </si>
+  <si>
+    <t>ಯಾವ ವ್ಯಕ್ತಿಯ ಬಳಿ ನನ್ನ ಹೆಸರನ್ನು ಉಲ್ಲೇಖಿಸಲಾಗಿಯೂ ಅವನು ನನ್ನ ಮೇಲೆ ದುರೂದ್ (ಸಲಾತ್) ಹೇಳಲಿಲ್ಲವೋ ಅವನ ಮೂಗು ಮಣ್ಣಾಗಲಿ (ಅವನು ನಾಶವಾಗಲಿ). ಯಾವ ವ್ಯಕ್ತಿ ರಮದಾನ್ ತಿಂಗಳನ್ನು ಪಡೆದೂ ಸಹ ಅವನ ಪಾಪಗಳು ಕ್ಷಮಿಸಲ್ಪಡುವ ಮೊದಲು ಅದು ಮುಗಿದುಹೋಯಿತೋ ಅವನ ಮೂಗು ಮಣ್ಣಾಗಲಿ. ಯಾವ ವ್ಯಕ್ತಿಯ ಬಳಿ ಅವನ ತಂದೆತಾಯಿ ವೃದ್ಧಾಪ್ಯವನ್ನು ತಲುಪಿಯೂ ಅವರು ಅವನನ್ನು ಸ್ವರ್ಗಕ್ಕೆ ಸೇರಿಸಲಿಲ್ಲವೋ ಅವನ ಮೂಗು ಮಣ್ಣಾಗಲಿ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «رَغِمَ أَنْفُ رَجُلٍ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ، وَرَغِمَ أَنْفُ رَجُلٍ دَخَلَ عَلَيْهِ رَمَضَانُ ثُمَّ انْسَلَخَ قَبْلَ أَنْ يُغْفَرَ لَهُ، وَرَغِمَ أَنْفُ رَجُلٍ أَدْرَكَ عِنْدَهُ أَبَوَاهُ الكِبَرَ فَلَمْ يُدْخِلاَهُ الجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾವ ವ್ಯಕ್ತಿಯ ಬಳಿ ನನ್ನ ಹೆಸರನ್ನು ಉಲ್ಲೇಖಿಸಲಾಗಿಯೂ ಅವನು ನನ್ನ ಮೇಲೆ ದುರೂದ್ (ಸಲಾತ್) ಹೇಳಲಿಲ್ಲವೋ ಅವನ ಮೂಗು ಮಣ್ಣಾಗಲಿ (ಅವನು ನಾಶವಾಗಲಿ). ಯಾವ ವ್ಯಕ್ತಿ ರಮದಾನ್ ತಿಂಗಳನ್ನು ಪಡೆದೂ ಸಹ ಅವನ ಪಾಪಗಳು ಕ್ಷಮಿಸಲ್ಪಡುವ ಮೊದಲು ಅದು ಮುಗಿದುಹೋಯಿತೋ ಅವನ ಮೂಗು ಮಣ್ಣಾಗಲಿ. ಯಾವ ವ್ಯಕ್ತಿಯ ಬಳಿ ಅವನ ತಂದೆತಾಯಿ ವೃದ್ಧಾಪ್ಯವನ್ನು ತಲುಪಿಯೂ ಅವರು ಅವನನ್ನು ಸ್ವರ್ಗಕ್ಕೆ ಸೇರಿಸಲಿಲ್ಲವೋ ಅವನ ಮೂಗು ಮಣ್ಣಾಗಲಿ."</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم على ثلاثة أصناف بإلصاق أُنُوْفِهِم بالتراب من الذُّلِّ والهوان والخسارة:
+ الصنف الأول: مَن ذُكِر عنده النبيُّ صلى الله عليه وسلم فلم يُصَلِّ عليه بقوله: صلى الله عليه وسلم أو نحوها.
+الثاني: من أدرك شهر رمضان ثم انقضى الشهر قبل أن يُغفر له لتقصيره في فعل الطاعة.
+الثالث: رجل أدرك أبويه عنده الكِبَرِ فلم يكونا سببًا في دخوله الجنة لعقوقه وتقصيره في حقِّهما.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೂರು ರೀತಿಯ ಜನರಿಗೆ ಅವಮಾನ, ಅಧೋಗತಿ ಮತ್ತು ನಷ್ಟದಿಂದ ಅವರ ಮೂಗು ಮಣ್ಣಾಗಲಿ ಎಂದು ಪ್ರಾರ್ಥಿಸಿದರು: ಮೊದಲನೆಯ ರೀತಿಯ ಜನರು: ಅವರ ಬಳಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೆಸರನ್ನು ಉಲ್ಲೇಖಿಸಲಾಗಿದ್ದರೂ ಅವರು "ಸಲ್ಲಲ್ಲಾಹು ಅಲೈಹಿ ವಸಲ್ಲಮ್" ಅಥವಾ ಅಂತಹ ಯಾವುದೇ ದುರೂದ್ (ಸಲಾತ್) ಹೇಳಲಿಲ್ಲ. ಎರಡನೆಯ ರೀತಿಯ ಜನರು: ಅವರು ರಮದಾನ್ ತಿಂಗಳನ್ನು ಪಡೆದೂ ಸಹ ಸತ್ಕರ್ಮಗಳನ್ನು ನಿರ್ವಹಿಸದ ಕಾರಣ ಅವರ ಪಾಪಗಳು ಕ್ಷಮಿಸಲ್ಪಡುವ ಮೊದಲೇ ತಿಂಗಳು ಮುಗಿದುಹೋಯಿತು. ಮೂರನೆಯ ರೀತಿ: ಅವರ ಬಳಿ ಅವರ ತಂದೆತಾಯಿಯರು ವೃದ್ಧಾಪ್ಯವನ್ನು ತಲುಪಿದರು, ಆದರೆ ಅವರು ತಂದೆತಾಯಿಗಳಿಗೆ ಯಾವುದೇ ಒಳಿತು ಮಾಡಲು ಮತ್ತು ಅವರ ಹಕ್ಕುಗಳನ್ನು ನೆರವೇರಿಸಲು ವಿಫಲರಾದ ಕಾರಣ ಅವರ ಸ್ವರ್ಗ ಪ್ರವೇಶಕ್ಕೆ ಇವರು ತಡೆಯಾದರು.</t>
+  </si>
+  <si>
+    <t>قال السندي: والحاصل أن كل واحد من هؤلاء قد وجد ما لولا التقصير منه لنال به حظًا وافرًا من الخير، فحيث قصر حتى فات عنه ذلك فقد خاب وخسر.
+الحث على الصلاة على النبي صلى الله عليه وسلم كلما ذكر اسمه.
+الحث على الاجتهاد والتشمير للعبادة في شهر رمضان.
+الحث على الاجتهاد في بر الوالدين وإكرامهما، خصوصًا عند الكبر.</t>
+  </si>
+  <si>
+    <t>ಸಿಂದಿ ಹೇಳುತ್ತಾರೆ: "ಒಟ್ಟಿನಲ್ಲಿ, ಇವರಲ್ಲಿ ಪ್ರತಿಯೊಬ್ಬನೂ ತಾನು ನಿರ್ಲಕ್ಷ್ಯ ವಹಿಸದಿದ್ದರೆ ಹೇರಳವಾದ ಒಳಿತನ್ನು ಪಡೆಯಬಹುದಾದ ಅವಕಾಶವನ್ನು ಹೊಂದಿದ್ದನು. ಆದರೆ ಅವನು ನಿರ್ಲಕ್ಷ್ಯ ವಹಿಸಿದ ಕಾರಣ ಅದನ್ನು ಕಳೆದುಕೊಂಡನು. ಹೀಗಾಗಿ ಅವನು ನಿರಾಶೆ ಮತ್ತು ನಷ್ಟವನ್ನು ಅನುಭವಿಸಿದನು."
+ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೆಸರನ್ನು ಉಲ್ಲೇಖಿಸಲಾದಾಗಲೆಲ್ಲಾ ಅವರ ಮೇಲೆ ದುರೂದ್ (ಸಲಾತ್) ಹೇಳಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ರಮದಾನ್ ತಿಂಗಳಲ್ಲಿ ಆರಾಧನೆಗಳನ್ನು ನಿರ್ವಹಿಸಲು ಅತಿಯಾಗಿ ಶ್ರಮಿಸಲು ಮತ್ತು ಪ್ರಯತ್ನಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ತಂದೆತಾಯಿಗಳಿಗೆ ಒಳಿತು ಮಾಡಲು ಪರಿಶ್ರಮಿಸುವುದನ್ನು ಮತ್ತು ಅವರನ್ನು ಗೌರವಿಸುವುದನ್ನು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ವಿಶೇಷವಾಗಿ ಅವರ ವೃದ್ಧಾಪ್ಯದಲ್ಲಿ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/6014</t>
+  </si>
+  <si>
+    <t>لا صام من صام الدهر، صوم ثلاثة أيام صوم الدهر كله</t>
+  </si>
+  <si>
+    <t>ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸುವವನು ಉಪವಾಸ ಆಚರಿಸುವುದಿಲ್ಲ. ಪ್ರತಿ ತಿಂಗಳ ಮೂರು ದಿನಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸುವುದು ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸಿದಂತೆ</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدَ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّكَ لَتَصُومُ الدَّهْرَ، وَتَقُومُ اللَّيْلَ؟»، فَقُلْتُ: نَعَمْ، قَالَ: «إِنَّكَ إِذَا فَعَلْتَ ذَلِكَ هَجَمَتْ لَهُ العَيْنُ، وَنَفِهَتْ لَهُ النَّفْسُ، لاَ صَامَ مَنْ صَامَ الدَّهْرَ، صَوْمُ ثَلاَثَةِ أَيَّامٍ صَوْمُ الدَّهْرِ كُلِّهِ»، قُلْتُ: فَإِنِّي أُطِيقُ أَكْثَرَ مِنْ ذَلِكَ، قَالَ: «فَصُمْ صَوْمَ دَاوُدَ عَلَيْهِ السَّلاَمُ، كَانَ يَصُومُ يَوْمًا وَيُفْطِرُ يَوْمًا، وَلاَ يَفِرُّ إِذَا لاَقَى».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ ಬಿನ್ ಆಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳುತ್ತಾರೆ: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಿದರು: "ನೀನು ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸುತ್ತಿರುವೆಯಾ ಮತ್ತು ರಾತ್ರಿಯಿಡೀ ನಮಾಝ್ ಮಾಡುತ್ತಿರುವೆಯಾ?" ನಾನು ಹೇಳಿದೆ: "ಹೌದು." ಅವರು ಹೇಳಿದರು: "ನೀನು ಹೀಗೆ ಮಾಡಿದರೆ, ನಿನ್ನ ಕಣ್ಣುಗಳು ದುರ್ಬಲಗೊಳ್ಳುತ್ತವೆ ಮತ್ತು ನಿನ್ನ ಆತ್ಮವು ದಣಿಯುತ್ತದೆ. ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸುವವನು ಉಪವಾಸ ಆಚರಿಸುವುದಿಲ್ಲ. ಪ್ರತಿ ತಿಂಗಳ ಮೂರು ದಿನಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸುವುದು ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸಿದಂತೆ." ನಾನು ಹೇಳಿದೆ: "ನಾನು ಅದಕ್ಕಿಂತ ಹೆಚ್ಚು ಆಚರಿಸಲು ಶಕ್ತಿಯಿದೆ." ಅವರು ಹೇಳಿದರು: "ಹಾಗಾದರೆ ದಾವೂದ್ (ಅವರ ಮೇಲೆ ಶಾಂತಿಯಿರಲಿ) ರವರ ಉಪವಾಸವನ್ನು ಆಚರಿಸು. ಅವರು ಒಂದು ದಿನ ಉಪವಾಸ ಆಚರಿಸುತ್ತಿದ್ದರು ಮತ್ತು ಮರುದಿನ ಉಪವಾಸ ಬಿಡುತ್ತಿದ್ದರು. ಅವರು ಯುದ್ಧದಲ್ಲಿ ಎದುರಾಳಿಯನ್ನು ಎದುರಿಸಿದಾಗ ಪಲಾಯನ ಮಾಡುತ್ತಿರಲಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>بَلَغَ النبيَّ صلى الله عليه وسلم أنَّ عبدَ الله بن عمرو رضي الله عنهما كان يَسْرُدُ الصومَ ولا يُفطر طوال السنة، ويصلي الليل كله ولا ينام، فنهاه عن ذلك وقال له: صم وأفطر، وقم ونم.
+ونهاه عن سَرْدِ الصيام وقيام الليل كله، وقال له: إنك إن فعلت ذلك ضَعُفَتْ له عينُك وغارَتْ ودَخَلَتْ، ونَفِهَتْ له نفسُك وتَعبِتْ وكَلَّتْ؛ فلا صام من صام السنة؛ حيث إنه لم يحصل على أجر الصوم لمخالفة النهي، ولم يفطر لأنه أمسك. 
+ثم أرشده إلى صيام ثلاثة أيام من كل شهر فهو صوم السنة؛ لأن كل يوم بعشرة أيام وهو أقل المضاعفة للحسنة. 
+فقال عبدالله: إني أستطيع أكثر من ذلك.
+قال صلى الله عليه وسلم: إذن فصم صوم داود عليه السلام وهو أفضل الصيام، كان يصوم يومًا ويفطر يومًا، وكان لا يَفِرُّ إذا لاقى العدو؛ لأن طريقة صومه لم تُضعِفْ بدنَه.</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರು ಎಡೆಬಿಡದೆ ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸುತ್ತಾರೆ ಮತ್ತು ರಾತ್ರಿಯಿಡೀ ನಮಾಝ್ ಮಾಡುತ್ತಾರೆ ಹಾಗೂ ಮಲಗುವುದಿಲ್ಲ ಎಂಬ ಸುದ್ದಿ ಪ್ರವಾದಿಯವರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಲುಪಿತು. ಆದ್ದರಿಂದ ಅವರು ಅವರನ್ನು ಹಾಗೆ ಮಾಡದಂತೆ ತಡೆಯುತ್ತಾ ಹೇಳಿದರು: "ಉಪವಾಸ ಆಚರಿಸು ಮತ್ತು ಉಪವಾಸ ಆಚರಿಸದೆ ಇರು, ನಮಾಝ್ ಮಾಡು ಮತ್ತು ಮಲಗು." ಅವರು ಎಡೆಬಿಡದೆ ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸುವುದನ್ನು ಮತ್ತು ರಾತ್ರಿಯಿಡೀ ನಮಾಝ್ ಮಾಡುವುದನ್ನು ನಿಷೇಧಿಸಿದರು ಮತ್ತು ಹೇಳಿದರು: "ನೀನು ಹಾಗೆ ಮಾಡಿದರೆ, ನಿನ್ನ ಕಣ್ಣು ದುರ್ಬಲಗೊಳ್ಳುತ್ತದೆ ಮತ್ತು ಕುಗ್ಗುತ್ತದೆ, ಮತ್ತು ನಿನ್ನ ಆತ್ಮವು ದಣಿಯುತ್ತದೆ ಮತ್ತು ಬಳಲುತ್ತದೆ. ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸುವವನು ನಿಜವಾಗಿ ಉಪವಾಸ ಆಚರಿಸುವವನಲ್ಲ; ಏಕೆಂದರೆ ಅವನು ನಿಷೇಧವನ್ನು ಉಲ್ಲಂಘಿಸಿದ ಕಾರಣ ಉಪವಾಸದ ಪ್ರತಿಫಲವನ್ನು ಪಡೆಯುವುದಿಲ್ಲ ಮತ್ತು ಅವನು ನಿರಂತರ ಉಪವಾಸ ಆಚರಿಸುವ ಕಾರಣ ಉಪವಾಸ ಪಾರಣೆ ಮಾಡುವುದನ್ನು ಅನುಭವಿಸುವುದಿಲ್ಲ." ನಂತರ ಅವರು ಪ್ರತಿ ತಿಂಗಳ ಮೂರು ದಿನಗಳಲ್ಲಿ ಉಪವಾಸವನ್ನು ಆಚರಿಸಲು ನಿರ್ದೇಶಿಸುತ್ತಾರೆ. ಹಾಗೆ ಮಾಡಿದರೆ ಅದು ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸಿದಂತೆ ಆಗುತ್ತದೆ. ಏಕೆಂದರೆ ಪ್ರತಿ ದಿನವು ಹತ್ತು ದಿನಗಳಿಗೆ ಸಮ. ಇದು ಸತ್ಕರ್ಮಕ್ಕೆ ಕನಿಷ್ಠವಾಗಿ ನೀಡಲಾಗುವ ಇಮ್ಮಡಿ ಪ್ರತಿಫಲವಾಗಿದೆ. ಅಬ್ದುಲ್ಲಾ ಹೇಳಿದರು: "ನನಗೆ ಅದಕ್ಕಿಂತ ಹೆಚ್ಚು ಉಪವಾಸ ಆಚರಿಸುವ ಶಕ್ತಿಯಿದೆ." ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಹಾಗಾದರೆ ಪ್ರವಾದಿ ದಾವೂದ್ (ಅವರ ಮೇಲೆ ಶಾಂತಿಯಿರಲಿ) ರವರ ಉಪವಾಸವನ್ನು ಆಚರಿಸು. ಅದು ಅತ್ಯುತ್ತಮ ಉಪವಾಸವಾಗಿದೆ. ಅವರು ಒಂದು ದಿನ ಉಪವಾಸ ಆಚರಿಸುತ್ತಿದ್ದರು ಮತ್ತು ಮರುದಿನ ಉಪವಾಸ ಆಚರಿಸುತ್ತಿರಲಿಲ್ಲ. ಅವರು ಯುದ್ಧದಲ್ಲಿ ಶತ್ರುವನ್ನು ಎದುರಿಸಿದಾಗ ಪಲಾಯನ ಮಾಡುತ್ತಿರಲಿಲ್ಲ; ಏಕೆಂದರೆ ಅವರ ಉಪವಾಸದ ವಿಧಾನವು ಅವರ ದೇಹವನ್ನು ದುರ್ಬಲಗೊಳಿಸಿರಲಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>صيام ثلاثة أيام من كلِّ شهر كصيام السنة كلها، وذلك لأنَّ الحسنة بعشرة أمثالها، فتكون ثلاثين يومًا، فإذا صام من كل شهر ثلاثة أيام فكأنه صام السنة كلَّها.
+من أساليب الدعوة إلى الله الترغيب في العمل وذكر ثوابه وثواب المواظبة عليه.
+قال الخطابي: مُحَصَّل قصة عبد الله بن عمرو أن الله تعالى لم يَتَعَبَّد عبدَه بالصوم خاصة، بل تعبده بأنواع من العبادات، فلو استفرغ جهده لَقَصَّرَ في غيره، فالأولى الاقتصاد فيه ليستبقي بعض القوة لغيره، وقد أشير إلى ذلك بقوله عليه الصلاة والسلام في داود عليه السلام: "وكان لا يفر إذا لاقى"؛ لأنه كان يتقوى بالفطر لأجل الجهاد.
+النهي عن التعمق والتكلف في العبادة، والخير التزام السنة.
+مذهب جمهور أهل العلم كراهية صوم الدهر، ويكون حرامًا إذا شَدَّدَ على نفسه وأَضَرَّ بها وحَمَل عليها، ورَغِبَ عن سنة نبيه صلى الله عليه وسلم، واعتقد أن غير سنته أفضل منها.</t>
+  </si>
+  <si>
+    <t>ಪ್ರತಿ ತಿಂಗಳ ಮೂರು ದಿನಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸುವುದು ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸಿದಂತೆ. ಏಕೆಂದರೆ ಸತ್ಕರ್ಮಕ್ಕೆ ಹತ್ತು ಪಟ್ಟು ಪ್ರತಿಫಲವಿದೆ. ಆದ್ದರಿಂದ ಮೂರು ದಿನಗಳು ಮೂವತ್ತು ದಿನಗಳಾಗುತ್ತವೆ. ಹೀಗೆ ಪ್ರತಿ ತಿಂಗಳು ಮೂರು ದಿನ ಉಪವಾಸ ಆಚರಿಸಿದರೆ ಅದು ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸಿದಂತೆ.
+ಅಲ್ಲಾಹನ ಕಡೆಗೆ ಕರೆಯುವ ವಿಧಾನಗಳಲ್ಲಿ ಒಂದು ಏನೆಂದರೆ, ಕರ್ಮವನ್ನು ಮಾಡಲು ಪ್ರೋತ್ಸಾಹಿಸುವುದು ಮತ್ತು ಅದರ ಪ್ರತಿಫಲ ಹಾಗೂ ಅದನ್ನು ನಿರಂತರವಾಗಿ ನಿರ್ವಹಿಸುವುದರ ಪ್ರತಿಫಲವನ್ನು ತಿಳಿಸಿಕೊಡುವುದು.
+ಖತ್ತಾಬಿ ಹೇಳುತ್ತಾರೆ: "ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ ಅವರ ಕಥೆಯ ಸಾರಾಂಶವೇನೆಂದರೆ, ತನ್ನನ್ನು ಕೇವಲ ಉಪವಾಸದಿಂದ ಮಾತ್ರ ಆರಾಧಿಸಲು ಅಲ್ಲಾಹು ತನ್ನ ದಾಸನಿಗೆ ಹೇಳಿಲ್ಲ. ಬದಲಿಗೆ, ವಿವಿಧ ರೀತಿಯ ಆರಾಧನೆಗಳಿಂದ ಆರಾಧಿಸಲು ಹೇಳಿದ್ದಾನೆ. ಆದ್ದರಿಂದ, ಅವನು ತನ್ನ ಎಲ್ಲಾ ಶಕ್ತಿಯನ್ನು ಒಂದರಲ್ಲೇ ವ್ಯಯಿಸಿದರೆ, ಇತರವುಗಳಲ್ಲಿ ಕೊರತೆಯುಂಟಾಗುತ್ತದೆ. ಆದ್ದರಿಂದ ಇತರ ಆರಾಧನೆಗಳಿಗೆ ಶಕ್ತಿಯನ್ನು ಉಳಿಸಿಕೊಳ್ಳಲು ಅದರಲ್ಲಿ ಮಧ್ಯಮ ಮಾರ್ಗವನ್ನು ಅನುಸರಿಸುವುದು ಉತ್ತಮವಾಗಿದೆ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ದಾವೂದ್ (ಅವರ ಮೇಲೆ ಶಾಂತಿಯಿರಲಿ) ರವರ ಬಗ್ಗೆ ಹೇಳಿರುವ ಮಾತಿನಲ್ಲಿ ಇದನ್ನು ಸೂಚಿಸಲಾಗಿದೆ: "ಅವರು ಯುದ್ಧದಲ್ಲಿ ಎದುರಾಳಿಯನ್ನು ಎದುರಿಸಿದರೆ ಪಲಾಯನ ಮಾಡುತ್ತಿರಲಿಲ್ಲ." ಏಕೆಂದರೆ ಅವರು ಉಪವಾಸವನ್ನು ಬಿಟ್ಟುಬಿಡುವ ಮೂಲಕ ಯುದ್ಧಕ್ಕಾಗಿ ಶಕ್ತಿಯನ್ನು ಪಡೆಯುತ್ತಿದ್ದರು."
+ಆರಾಧನೆಯಲ್ಲಿ ಅತಿಯಾದ ಆಳಕ್ಕೆ ಹೋಗುವುದು ಮತ್ತು ಅನಗತ್ಯವಾಗಿ ಕಷ್ಟಪಡಿಸುವುದು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಸುನ್ನತ್‌ಗೆ ಬದ್ಧವಾಗಿರುವುದು ಉತ್ತಮವಾಗಿದೆ.
+ಬಹುಪಾಲು ವಿದ್ವಾಂಸರ ಅಭಿಪ್ರಾಯದ ಪ್ರಕಾರ ವರ್ಷವಿಡೀ ಉಪವಾಸ ಆಚರಿಸುವುದು ಅಸಹ್ಯಕರ (ಕರಾಹತ್ ) ವಾಗಿದೆ. ಆದರೆ ತನ್ನ ಮೇಲೆ ಒತ್ತಡ ಹೇರಿ, ತನ್ನ ದೇಹಕ್ಕೆ ಹಾನಿ ಮಾಡಿದರೆ, ಮತ್ತು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸುನ್ನತ್‌ನಿಂದ ದೂರ ಸರಿದು, ಅವರ ಸುನ್ನತ್‌ಗಿಂತ ಈ ರೀತಿ ಮಾಡುವುದು ಉತ್ತಮವಾಗಿದೆ ಎಂದು ನಂಬಿದರೆ ಅದು ಹರಾಮ್ ಆಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/6017</t>
   </si>
   <si>
     <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
   </si>
   <si>
     <t>ನೋವಿರುವ ಸ್ಥಳದಲ್ಲಿ ಕೈಯಿಟ್ಟು ಮೂರು ಬಾರಿ 'ಬಿಸ್ಮಿಲ್ಲಾ' (ಅಲ್ಲಾಹನ ನಾಮದಲ್ಲಿ) ಎಂದು ಹೇಳು. ನಂತರ ಏಳು ಬಾರಿ ಹೀಗೆ ಹೇಳು: ನಾನು ಅನುಭವಿಸುತ್ತಿರುವ ಮತ್ತು ಭಯಪಡುತ್ತಿರುವ ಈ ಕೆಡುಕಿನಿಂದ ನಾನು ಅಲ್ಲಾಹನಲ್ಲಿ ಮತ್ತು ಅವನ ಶಕ್ತಿಯಲ್ಲಿ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ بْنِ أَبِي الْعَاصِ الثَّقَفِيِّ رضي الله عنه أَنَّهُ شَكَا إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَجَعًا يَجِدُهُ فِي جَسَدِهِ مُنْذُ أَسْلَمَ، فَقَالَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ».</t>
   </si>
   <si>
     <t>ಉಸ್ಮಾನ್ ಬಿನ್ ಅಬುಲ್ ಆಸ್ ಸಕಫಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು ಇಸ್ಲಾಂ ಸ್ವೀಕರಿಸಿದ ಕಾಲದಿಂದ ತಾನು ತನ್ನ ದೇಹದಲ್ಲಿ ಅನುಭವಿಸುತ್ತಿದ್ದ ನೋವಿನ ಬಗ್ಗೆ ಅಳಲನ್ನು ವ್ಯಕ್ತಪಡಿಸಿದಾಗ, ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರಿಗೆ ಹೇಳಿದರು: "ನೋವಿರುವ ಸ್ಥಳದಲ್ಲಿ ಕೈಯಿಟ್ಟು ಮೂರು ಬಾರಿ 'ಬಿಸ್ಮಿಲ್ಲಾ' (ಅಲ್ಲಾಹನ ನಾಮದಲ್ಲಿ) ಎಂದು ಹೇಳು. ನಂತರ ಏಳು ಬಾರಿ ಹೀಗೆ ಹೇಳು: ನಾನು ಅನುಭವಿಸುತ್ತಿರುವ ಮತ್ತು ಭಯಪಡುತ್ತಿರುವ ಈ ಕೆಡುಕಿನಿಂದ ನಾನು ಅಲ್ಲಾಹನಲ್ಲಿ ಮತ್ತು ಅವನ ಶಕ್ತಿಯಲ್ಲಿ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ."</t>
   </si>
   <si>
     <t>أَصابَ عثمانَ بن أبي العاص رضي الله عنه وَجَعٌ كادَ يُهلكه، فأتاه النبيُّ صلى الله عليه وسلم يَعُودُه، وعَلَّمَه دعاءً يَرْفَع اللهُ عنه ما نَزَل به مِن مَرَض؛ وهو أنْ يَضَعَ يدَه على المكان الذي يَشْتَكي، ويقول: (بسم الله) ثلاث مرات، ثم يقول سَبعَ مرات: (أعوذ) وألتجئ وأعتصم وأَتَحَصَّن (بالله وقدرته من شر ما أجد) مِن أَلَمٍ في الوقت الحاضر (وأُحاذِر) وأخاف حصولَه في المستقبل من الحُزْن والخوف، أو مِنْ أنْ يستمرَّ هذا المرض ويَنْتَشر ألمُه بالجَسَد.</t>
   </si>
   <si>
     <t>ಉಸ್ಮಾನ್ ಬಿನ್ ಅಬುಲ್ ಆಸ್ ಸಕಫಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಗೆ ಮಾರಣಾಂತಿಕ ನೋವು ಉಂಟಾಯಿತು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರನ್ನು ಭೇಟಿಯಾಗಲು ಬಂದರು ಮತ್ತು ಅವರಿಗೆ ಬಾಧಿಸಿದ ಅನಾರೋಗ್ಯವನ್ನು ಅಲ್ಲಾಹು ನಿವಾರಿಸುವಂತಹ ಒಂದು ಪ್ರಾರ್ಥನೆಯನ್ನು ಕಲಿಸಿಕೊಟ್ಟರು. ಅದೇನೆಂದರೆ, ಅವರು ನೋವಿರುವ ಸ್ಥಳದಲ್ಲಿ ಕೈಯನ್ನಿಟ್ಟು ಮೂರು ಬಾರಿ 'ಬಿಸ್ಮಿಲ್ಲಾ' ಎಂದು ಹೇಳುವುದು. ನಂತರ ಏಳು ಬಾರಿ ಹೀಗೆ ಹೇಳುವುದು: "ನಾನು ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ." ಅಂದರೆ, ನಾನು ಅಭಯ ಬೇಡುತ್ತೇನೆ, ಆಶ್ರಯಬೇಡುತ್ತೇನೆ. "ಅಲ್ಲಾಹನಲ್ಲಿ ಮತ್ತು ಅವನ ಶಕ್ತಿಯಲ್ಲಿ ನಾನು ಅನುಭವಿಸುತ್ತಿರುವ ಈ ಕೆಡುಕಿನಿಂದ" ಅಂದರೆ ಸದ್ಯದ ಪರಿಸ್ಥಿತಿಯಲ್ಲಿ ನಾನು ಅನುಭವಿಸುತ್ತಿರುವ ಈ ನೋವಿನಿಂದ. "ಮತ್ತು ನಾನು ಭಯಪಡುತ್ತಿರುವ" ಅಂದರೆ, ಭವಿಷ್ಯದಲ್ಲಿ ನನಗೆ ವ್ಯಥೆ ಮತ್ತು ಹೆದರಿಕೆಗೆ ಕಾರಣವಾಗಬಹುದೆಂದು ನಾನು ಭಯಪಡುತ್ತಿರುವ, ಅಥವಾ ಈ ಅನಾರೋಗ್ಯವು ಮುಂದುವರಿದು ನನ್ನ ದೇಹವಿಡೀ ನೋವಿನಿಂದ ಬಳಲಬಹುದೆಂದು ನಾನು ಭಯಪಡುತ್ತಿರುವುದರಿಂದ.</t>
   </si>
   <si>
     <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
 الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
 الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
 هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
 وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
@@ -12118,117 +13492,163 @@
 فهذا الذكر خيرٌ لكما من خادم.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಗಳು ಫಾತಿಮ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರುಬ್ಬುವ ಕಲ್ಲನ್ನು ರುಬ್ಬಿದ ಕಾರಣ ತನ್ನ ಕೈಗೆ ಉಂಟಾದ ಗಾಯಗಳ ಬಗ್ಗೆ ಅವರಲ್ಲಿ ದೂರಿಕೊಂಡರು. ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಕೆಲವು ಯುದ್ಧ ಕೈದಿಗಳು ಬಂದಾಗ, ಇವರಲ್ಲಿ ಒಬ್ಬರನ್ನು ಮನೆ ಕೆಲಸ ಮಾಡಲು ತನಗೆ ಸೇವಕನಾಗಿ ಕೊಡಬೇಕೆಂದು ಕೇಳಿಕೊಳ್ಳಲು ಅವರು ಹೋಗಿದ್ದರು. ಆದರೆ, ಅವರು ಮನೆಯಲ್ಲಿ ಅವರನ್ನು ಕಾಣಲಿಲ್ಲ. ಅಲ್ಲಿ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಇದ್ದರು. ಅವರು ಅವರಿಗೆ ವಿಷಯ ತಿಳಿಸಿದರು. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಂದಾಗ ಫಾತಿಮ ಬಂದು ಸೇವಕನನ್ನು ಕೇಳಿದ ಬಗ್ಗೆ ಆಯಿಶ ಅವರಿಗೆ ತಿಳಿಸಿದರು. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಲಿ ಮತ್ತು ಫಾತಿಮ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರ ಮನೆಗೆ ಹೋದಾಗ, ಅವರಿಬ್ಬರು ನಿದ್ರೆ ಮಾಡಲು ಸಿದ್ಧತೆ ಮಾಡುತ್ತಿದ್ದರು. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರಿಬ್ಬರಿಗೆ ಎಷ್ಟು ಹತ್ತಿರವಾಗಿ ಕುಳಿತರೆಂದರೆ ಅವರ ಪಾದಗಳ ತಂಪು ಅಲಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರ ಹೊಟ್ಟೆಗೆ ಅನುಭವವಾಗುತ್ತಿತ್ತು. ಅವರು ಹೇಳಿದರು: "ಒಬ್ಬ ಸೇವಕನನ್ನು ಕೊಡಬೇಕೆಂದು ನೀವು ಕೇಳಿದ್ದಕ್ಕಿಂತಲೂ ಉತ್ತಮವಾದ ಒಂದನ್ನು ನಾನು ನಿಮಗೆ ತಿಳಿಸಿಕೊಡಲೇ?" ಅವರಿಬ್ಬರು ತಿಳಿಸಿಕೊಡಿ ಎಂದರು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನೀವು ರಾತ್ರಿ ನಿದ್ರೆ ಮಾಡಲು ಹೋಗವಾಗ, ಮೂವತ್ತ ನಾಲ್ಕು ಬಾರಿ "ಅಲ್ಲಾಹು ಅಕ್ಬರ್" ಎಂದು ಹೇಳಿರಿ, ಮೂವತ್ತ ಮೂರು ಬಾರಿ "ಸುಬ್‌ಹಾನಲ್ಲಾಹ್" ಎಂದು ಹೇಳಿರಿ ಮತ್ತು ಮೂವತ್ತ ಮೂರು ಬಾರಿ "ಅಲ್-ಹಮ್ದುಲಿಲ್ಲಾಹ್" ಎಂದು ಹೇಳಿರಿ. ಈ ಸ್ಮರಣೆಗಳು ನಿಮಗೆ ಒಬ್ಬ ಸೇವಕ ದೊರೆಯುವುದಕ್ಕಿಂತಲೂ ಉತ್ತಮವಾಗಿದೆ."</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>ಈ ಅನುಗ್ರಹೀತ ಸ್ಮರಣೆಯನ್ನು ರೂಢಿ ಮಾಡಿಕೊಳ್ಳುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಏಕೆಂದರೆ, ಅಲಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಪ್ರವಾದಿಯವರ ಈ ಉಪದೇಶವನ್ನು ಯಾವತ್ತೂ ಬಿಟ್ಟಿರಲಿಲ್ಲ. ಸಿಫ್ಫೀನ್ ಯುದ್ಧದ ರಾತ್ರಿಯಲ್ಲೂ ಕೂಡ.
 ಈ ಸ್ಮರಣೆಯನ್ನು ರಾತ್ರಿ ನಿದ್ರೆ ಮಾಡುವಾಗ ಮಾತ್ರ ಹೇಳಬೇಕಾಗಿದೆ. ಮುಆದ್ ಬಿನ್ ಶುಅಬರಿಂದ ಮುಸ್ಲಿಂ ವರದಿ ಮಾಡಿದ ಇದರ ಇನ್ನೊಂದು ವರದಿಯಲ್ಲಿ ಹೀಗೆ ಹೇಳಲಾಗಿದೆ: "ನೀವು ರಾತ್ರಿ ನಿದ್ರೆ ಮಾಡಲು ಹೋಗವಾಗ."
 ಒಬ್ಬ ಮುಸಲ್ಮಾನ ಈ ಸ್ಮರಣೆಯನ್ನು ರಾತ್ರಿಯ ಮೊದಲ ಭಾಗದಲ್ಲಿ ಪಠಿಸಲು ಮರೆತು ಕೊನೆಯ ಭಾಗದಲ್ಲಿ ಪಠಿಸಿದರೆ ಅದರಲ್ಲೇನೂ ತೊಂದರೆಯಿಲ್ಲ. ಏಕೆಂದರೆ, ಈ ಹದೀಸಿನ ವರದಿಗಾರರಾದ ಅಲಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರಿಗೆ ಸಿಫ್ಫೀನ್ ಯುದ್ಧದ ರಾತ್ರಿಯಲ್ಲಿ ಇದನ್ನು ಪಠಿಸಲು ಮರೆತು ಹೋಗಿತ್ತು. ನಂತರ ಅವರು ಮುಂಜಾನೆಗೆ ಮುಂಚೆ ಎದ್ದಾಗ ಇದನ್ನು ಪಠಿಸಿದರು.
 ಮುಹಲ್ಲಬ್ ಹೇಳಿದರು: "ಒಬ್ಬ ಮನುಷ್ಯ ಇಹಲೋಕಕ್ಕಿಂತ ಹೆಚ್ಚು ಪರಲೋಕಕ್ಕೆ ಪ್ರಾಮುಖ್ಯತೆ ನೀಡುವ ವಿಷಯದಲ್ಲಿ ತೊಡಗಿಕೊಳ್ಳಲು ತನ್ನನ್ನು ತಾನೇ ಪ್ರೇರೇಪಿಸುವಂತೆ ತನ್ನ ಕುಟುಂಬದವರನ್ನೂ, ಅವರಿಗೆ ಸಾಮರ್ಥ್ಯವಿರುವ ವಿಷಯಗಳಲ್ಲಿ ಪ್ರೇರೇಪಿಸಬಹುದು ಎನ್ನುವುದಕ್ಕೆ ಈ ಹದೀಸಿನಲ್ಲಿ ಪುರಾವೆಯಿದೆ."
 ಇಬ್ನ್ ಹಜರ್ ಅಸ್ಕಲಾನಿ ಹೇಳಿದರು: "ಈ ಸ್ಮರಣೆಯನ್ನು ರೂಢಿ ಮಾಡಿಕೊಂಡವರಿಗೆ ಕೆಲಸಗಳ ಒತ್ತಡದಿಂದ ತೊಂದರೆಯಾಗಲಿ ಕಷ್ಟವಾಗಲಿ ಉಂಟಾಗುವುದಿಲ್ಲ; ಅವರಿಗೆ ಅದರಿಂದ ಆಯಾಸವಾದರೂ ಸಹ."
 ಐನಿ ಹೇಳಿದರು: "ಇಲ್ಲಿ ಉತ್ತಮವಾಗಿರುವುದು ಹೇಗೆಂದರೆ, ಸ್ಮರಣೆಯು ಪರಲೋಕಕ್ಕೆ ಸಂಬಂಧಿಸಿದ ವಿಷಯವಾಗಿದ್ದರೆ ಸೇವಕನು ಇಹಲೋಕಕ್ಕೆ ಸಂಬಂಧಿಸಿದ ವಿಷಯವಾಗಿದೆ. ಪರಲೋಕವು ಅತ್ಯುತ್ತಮ ಮತ್ತು ಶಾಶ್ವತವಾಗಿದೆ. ಅಥವಾ ಇಲ್ಲಿನ ಉದ್ದೇಶವು ಮಗಳು ಸೇವಕನನ್ನು ಕೇಳಿದ್ದಕ್ಕೆ ಸಂಬಂಧಿಸಿದ್ದಾಗಿರಬಹುದು. ಅಂದರೆ, ಸೇವಕನಿಗೆ ಮಾಡಲು ಸಾಧ್ಯವಿರುವುದಕ್ಕಿಂತಲೂ ಹೆಚ್ಚಿನ ಕೆಲಸಗಳನ್ನು ಈ ಸ್ಮರಣೆಗಳ ಕಾರಣದಿಂದಾಗಿ ಮಾಡಲು ಮಗಳಿಗೆ ಸಾಧ್ಯವಾಗುತ್ತದೆ ಎಂದು ಹೇಳಿರಬಹುದು."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/6076</t>
   </si>
   <si>
+    <t>ما بال أقوام قالوا كذا وكذا؟ لكني أصلي وأنام، وأصوم وأفطر، وأتزوج النساء، فمن رغب عن سنتي فليس مني</t>
+  </si>
+  <si>
+    <t>ಕೆಲವು ಜನರಿಗೆ ಏನಾಗಿದೆ? ಅವರೇಕೆ ಹೀಗೆ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದಾರೆ? ಆದರೆ, ನಾನು ನಮಾಝ್ ಮಾಡುತ್ತೇನೆ ಮತ್ತು ಮಲಗುತ್ತೇನೆ, ಉಪವಾಸ ಆಚರಿಸುತ್ತೇನೆ ಮತ್ತು ಆಚರಿಸದೆ ಇರುತ್ತೇನೆ, ಹಾಗೂ ಸ್ತ್ರೀಯರನ್ನು ಮದುವೆಯಾಗುತ್ತೇನೆ. ಯಾರು ನನ್ನ ಸುನ್ನತ್‌ನಿಂದ ವಿಮುಖರಾಗುತ್ತಾರೋ ಅವರು ನನ್ನವರಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه: أَنَّ نَفَرًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ سَأَلُوا أَزْوَاجَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ عَمَلِهِ فِي السِّرِّ؟ فَقَالَ بَعْضُهُمْ: لَا أَتَزَوَّجُ النِّسَاءَ، وَقَالَ بَعْضُهُمْ: لَا آكُلُ اللَّحْمَ، وَقَالَ بَعْضُهُمْ: لَا أَنَامُ عَلَى فِرَاشٍ، فَحَمِدَ اللهَ وَأَثْنَى عَلَيْهِ، فَقَالَ: «مَا بَالُ أَقْوَامٍ قَالُوا كَذَا وَكَذَا؟ لَكِنِّي أُصَلِّي وَأَنَامُ، وَأَصُومُ وَأُفْطِرُ، وَأَتَزَوَّجُ النِّسَاءَ، فَمَنْ رَغِبَ عَنْ سُنَّتِي فَلَيْسَ مِنِّي».</t>
+  </si>
+  <si>
+    <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಹಚರರಲ್ಲಿ ಕೆಲವರು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಖಾಸಗಿ ಜೀವನದ ಬಗ್ಗೆ ಅವರ ಪತ್ನಿಯರಲ್ಲಿ ಕೇಳಿದರು. ನಂತರ ಅವರಲ್ಲಿ ಒಬ್ಬರು ಹೇಳಿದರು: "ನಾನು (ಇನ್ನು ಮುಂದೆ) ಸ್ತ್ರೀಯರನ್ನು ಮದುವೆಯಾಗುವುದಿಲ್ಲ." ಅವರಲ್ಲಿ ಇನ್ನೊಬ್ಬರು ಹೇಳಿದರು: "ನಾನು (ಇನ್ನು ಮುಂದೆ) ಮಾಂಸವನ್ನು ತಿನ್ನುವುದಿಲ್ಲ." ಅವರಲ್ಲಿ ಮತ್ತೊಬ್ಬರು ಹೇಳಿದರು: "ನಾನು (ಇನ್ನು ಮುಂದೆ) ಹಾಸಿಗೆಯ ಮೇಲೆ ಮಲಗುವುದಿಲ್ಲ." ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಲ್ಲಾಹನನ್ನು ಸ್ತುತಿಸಿ ಹೇಳಿದರು: "ಕೆಲವು ಜನರಿಗೆ ಏನಾಗಿದೆ? ಅವರೇಕೆ ಹೀಗೆ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದಾರೆ? ಆದರೆ, ನಾನು ನಮಾಝ್ ಮಾಡುತ್ತೇನೆ ಮತ್ತು ಮಲಗುತ್ತೇನೆ, ಉಪವಾಸ ಆಚರಿಸುತ್ತೇನೆ ಮತ್ತು ಆಚರಿಸದೆ ಇರುತ್ತೇನೆ, ಹಾಗೂ ಸ್ತ್ರೀಯರನ್ನು ಮದುವೆಯಾಗುತ್ತೇನೆ. ಯಾರು ನನ್ನ ಸುನ್ನತ್‌ನಿಂದ ವಿಮುಖರಾಗುತ್ತಾರೋ ಅವರು ನನ್ನವರಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>جَاءَ نَفَرٌ من الصحابة رضي الله عنهم إلى بيوت أزواج النبي صلى الله عليه وسلم، يسألون عن عبادته في السر داخل بيته، فلما أُخبروا كأنهم تَقَالُّوها، فقالوا: 
+وأين نحن من النبي صلى الله عليه وسلم؟ قد غُفر له ما تقدم من ذنبه وما تأخر، بخلاف مَن لم يعلم بحصول المغفرة له فيحتاج إلى المبالغة في العبادة عسى أن يَحصُل عليها.
+ثم قال بعضهم: لا أتزوج النساء. 
+وقال بعضهم: لا آكل اللحم.
+وقال بعضهم: لا أنام على فراش.
+فبلغ ذلك النبيَّ صلى الله عليه وسلم، فغضب، وخطب الناس، فحمد الله وأثنى عليه وقال: 
+ما شَأْنُ أقوامٍ قالوا كذا وكذا؟! والله إني لأخشاكم لله وأتقاكم له، لكني أنام لأتقوى على القيام، وأفطر لأتقوَّى على الصوم، وأتزوج النساء، فمن أعرض عن طريقتي ورأى الكمال في غيرها، وأخذ بطريقة غيري فليس مني.</t>
+  </si>
+  <si>
+    <t>ಕೆಲವು ಸಹಚರರು (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಪ್ರವಾದಿಯವರ ಪತ್ನಿಯರ ಮನೆಗಳಿಗೆ ಬಂದು, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮನೆಯೊಳಗೆ ಖಾಸಗಿಯಾಗಿ ನಿರ್ವಹಿಸುವ ಆರಾಧನೆಗಳ ಬಗ್ಗೆ ಕೇಳಿದರು. ಅವರು ಅದರ ಬಗ್ಗೆ ತಿಳಿಸಿದಾಗ, ಇವರು ಅದನ್ನು ಬಹಳ ಕಡಿಮೆಯೆಂದು ಪರಿಗಣಿಸಿ ಹೇಳಿದರು: "ಪ್ರವಾದಿಯವರೊಂದಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೋಲಿಸಿದರೆ ನಮ್ಮ ಸ್ಥಾನವೆಲ್ಲಿ? ಅವರ ಹಿಂದಿನ ಮತ್ತು ಮುಂದಿನ ಎಲ್ಲಾ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಲಾಗಿದೆ. ಆದರೆ ಯಾರಿಗೆ ತಮ್ಮ ಕ್ಷಮೆಯ ಬಗ್ಗೆ ತಿಳಿದಿಲ್ಲವೋ ಅವರು ಅದನ್ನು ಪಡೆಯುವುದಕ್ಕಾಗಿ ಆರಾಧನೆಗಳನ್ನು ಅತಿಯಾಗಿ ನಿರ್ವಹಿಸಬೇಕಾಗುತ್ತದೆ." ನಂತರ ಅವರಲ್ಲಿ ಒಬ್ಬರು ಹೇಳಿದರು: "ನಾನು (ಇನ್ನು ಮುಂದೆ)  ಸ್ತ್ರೀಯರನ್ನು ಮದುವೆಯಾಗುವುದಿಲ್ಲ." ಇನ್ನೊಬ್ಬರು ಹೇಳಿದರು: "ನಾನು (ಇನ್ನು ಮುಂದೆ)  ಮಾಂಸವನ್ನು ತಿನ್ನುವುದಿಲ್ಲ." ಮತ್ತೊಬ್ಬರು ಹೇಳಿದರು: "ನಾನು (ಇನ್ನು ಮುಂದೆ) ಹಾಸಿಗೆಯ ಮೇಲೆ ಮಲಗುವುದಿಲ್ಲ." ಇದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕಿವಿಗೆ ಬಿದ್ದಾಗ, ಅವರು ಕೋಪಗೊಂಡರು ಮತ್ತು ಜನರಿಗೆ ಉಪದೇಶ ನೀಡಿದರು. ಅವರು ಅಲ್ಲಾಹನನ್ನು ಸ್ತುತಿಸಿ ಹೊಗಳಿದ ನಂತರ ಹೇಳಿದರು: "ಜನರಿಗೇನಾಗಿದೆ, ಅವರೇಕೆ ಹೀಗೆ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದಾರೆ?! ಅಲ್ಲಾಹನ ಮೇಲೆ ಆಣೆಯಿಟ್ಟು ಹೇಳುತ್ತೇನೆ, ನಾನು ನಿಮ್ಮೆಲ್ಲರಿಗಿಂತಲೂ ಅಲ್ಲಾಹನನ್ನು ಹೆಚ್ಚು ಭಯಪಡುತ್ತೇನೆ ಮತ್ತು ಹೆಚ್ಚು ದೇವಭಕ್ತಿಯನ್ನು ಹೊಂದಿದ್ದೇನೆ. ಆದರೂ ನಾನು ರಾತ್ರಿಯಲ್ಲಿ ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಶಕ್ತಿ ಪಡೆಯುವುದಕ್ಕಾಗಿ ಮಲಗುತ್ತೇನೆ. ಉಪವಾಸ ಆಚರಿಸಲು ಶಕ್ತಿ ಪಡೆಯುವುದಕ್ಕಾಗಿ ಉಪವಾಸ ಬಿಡುತ್ತೇನೆ ಮತ್ತು ಸ್ತ್ರೀಯರನ್ನು ಮದುವೆಯಾಗುತ್ತೇನೆ. ಯಾರು ನನ್ನ ಮಾರ್ಗವನ್ನು ತಿರಸ್ಕರಿಸಿ, ಬೇರೆ ಮಾರ್ಗದಲ್ಲಿ ಅದಕ್ಕಿಂತ ಹೆಚ್ಚು ಪರಿಪೂರ್ಣತೆಯನ್ನು ಕಾಣುತ್ತಾರೋ ಮತ್ತು ನನ್ನ ಮಾರ್ಗವಲ್ಲದ ಬೇರೆ ಮಾರ್ಗವನ್ನು ಅನುಸರಿಸುತ್ತಾರೋ ಅವರು ನನ್ನವರಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>حب الصحابة رضي الله عنهم للخير، ورغبتهم فيه وفى الاقتداء بنبيهم صلى الله عليه وسلم.
+سماحة هذه الشريعة ويسرها، أخذًا من عمل نبيها صلى الله عليه وسلم وهديه.
+الخير والبركة في الاقتداء بالنبي صلى الله عليه وسلم، واتباع أحواله الشريفة.
+الزَّجْر عن التشديد على النفس في العبادات بما لا تطيق، وأن هذا من حال المبتدعين.
+قال ابن حجر: الأخذ بالتشديد في العبادة يُفضي إلى المَلَل القاطِع لأصلها، وملازمة الاقتصار على الفرائض مثلًا، وترك التنفُّل يفضي إلى إيثار البطالة، وعدم النشاط إلى العبادة، وخير الأمور الوسط.
+فيه تتبُّع أحوال الأكابر للتأسِّي بأفعالهم، وأنه إذا تعذَّرت معرفته من الرجال جاز استكشافه من النساء.
+فيه الوعظ وإلقاء مسائل العلم وبيان الأحكام للمكلَّفين، وإزالة الشبهة عن المجتهدين.
+الأمر بالترفُّق في العبادة، مع المحافظة عليها وعلى الفرائض والنوافل؛ ليراعي المسلم حقوق غيره عليه.
+في الحديث دلالة على فضل النكاح والترغيب فيه.</t>
+  </si>
+  <si>
+    <t>ಸಹಚರರಿಗೆ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಸತ್ಕರ್ಮಗಳ ಮೇಲಿರುವ ಪ್ರೀತಿಯನ್ನು ಮತ್ತು ಅದರಲ್ಲಿ ಹಾಗೂ ತಮ್ಮ ಪ್ರವಾದಿಯವರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನುಕರಿಸುವ ವಿಷಯದಲ್ಲಿ ಅವರಿಗಿದ್ದ ಹಂಬಲವನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
+ಈ ಶರೀಅತ್‌ನ (ಧಾರ್ಮಿಕ ನಿಯಮಗಳ) ಉದಾರತೆ ಮತ್ತು ಸರಳತೆಯನ್ನು, ಮತ್ತು ಅದನ್ನು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕ್ರಿಯೆ ಮತ್ತು ಚರ್ಯೆಯಿಂದ ತೆಗೆದುಕೊಳ್ಳಲಾಗಿದೆ ಎಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಒಳಿತು ಮತ್ತು ಸಮೃದ್ಧಿಯಿರುವುದು ಪ್ರವಾದಿಯವರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನುಕರಿಸುವುದರಲ್ಲಿ ಮತ್ತು ಅವರ ಪವಿತ್ರ ನಿಲುವುಗಳನ್ನು ಅನುಸರಿಸುವುದರಲ್ಲಾಗಿದೆ.
+ತನಗೆ ಸಾಧ್ಯವಾಗದ ಆರಾಧನೆಗಳನ್ನು ನಿರ್ವಹಿಸಲು ತನ್ನ ಮೇಲೆ ಒತ್ತಡ ಹೇರುವುದನ್ನು ತಡೆಯಲಾಗಿದೆ, ಮತ್ತು ಇದು ನೂತನವಾದಿಗಳ ಸ್ಥಿತಿಯೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಇಬ್ನ್ ಹಜರ್ ಹೇಳುತ್ತಾರೆ: "ಆರಾಧನೆಯನ್ನು ಅತಿಯಾಗಿ ಕಠಿಣಗೊಳಿಸಿದರೆ ಅದು ಅದರ ಮೂಲ ಉದ್ದೇಶವನ್ನೇ ಕಡಿದುಹಾಕುವ ಸ್ಥಿತಿಗೆ ಕಾರಣವಾಗುತ್ತದೆ. ಹಾಗೆಯೇ ಕೇವಲ ಕಡ್ಡಾಯ ಕರ್ಮಗಳನ್ನು ಮಾತ್ರ ನಿರ್ವಹಿಸಿ, ಐಚ್ಛಿಕ ಕರ್ಮಗಳನ್ನು ಬಿಟ್ಟುಬಿಡುವುದು ಸೋಮಾರಿತನವನ್ನು ಮತ್ತು ಆರಾಧನೆಯಲ್ಲಿ ನಿರುತ್ಸಾಹವನ್ನು ಉಂಟುಮಾಡುತ್ತದೆ. ಶ್ರೇಷ್ಠ ರೀತಿಯೆಂದರೆ ಮಧ್ಯಮ ಮಾರ್ಗವನ್ನು ಅನುಸರಿಸುವುದು."
+ಮಹಾಪುರುಷರ ಕರ್ಮಗಳನ್ನು ಅನುಕರಿಸುವುದಕ್ಕಾಗಿ ಅವರ ಸ್ಥಿತಿಗಳ ಬಗ್ಗೆ ಕೇಳಿ ತಿಳಿಯಬಹುದೆಂದು ಇದರಲ್ಲಿ ತಿಳಿಸಲಾಗಿದೆ. ಇದನ್ನು ಪುರುಷರಿಂದ ತಿಳಿಯಲು ಸಾಧ್ಯವಾಗದಿದ್ದರೆ ಸ್ತ್ರೀಯರನ್ನು ವಿಚಾರಿಸಿ ತಿಳಿಯಬಹುದು.
+ಈ ಹದೀಸಿನಲ್ಲಿ ಉಪದೇಶ ನೀಡುವುದು, ಧಾರ್ಮಿಕ ಜ್ಞಾನಕ್ಕೆ ಸಂಬಂಧಿಸಿದ ವಿಷಯಗಳನ್ನು ತಿಳಿಸುವುದು, ಧರ್ಮ ನಿಯಮಗಳನ್ನು ಪಾಲಿಸಲು ಬದ್ಧರಾಗಿರುವವರಿಗೆ ನಿಯಮಗಳನ್ನು ವಿವರಿಸುವುದು ಮತ್ತು ಆರಾಧನೆಯಲ್ಲಿ ಪರಿಶ್ರಮಿಸುವವರ ಸಂದೇಹಗಳನ್ನು ನಿವಾರಿಸುವುದು ಕಂಡುಬರುತ್ತದೆ.
+ಆರಾಧನೆಗಳನ್ನು ಮತ್ತು ಕಡ್ಡಾಯ ಹಾಗೂ ಐಚ್ಛಿಕ ಕರ್ಮಗಳನ್ನು (ಚಾಚೂತಪ್ಪದೆ ನಿರ್ವಹಿಸುವ ಮೂಲಕ) ಸಂರಕ್ಷಿಸುತ್ತಾ, ಆರಾಧನೆಯಲ್ಲಿ ಮೃದುತ್ವ ಪಾಲಿಸಲು ಆದೇಶಿಸಲಾಗಿದೆ. ಇದರಿಂದ ಒಬ್ಬ ಮುಸಲ್ಮಾನನಿಗೆ ತನ್ನ ಮೇಲಿರುವ ಇತರರ ಹಕ್ಕುಗಳನ್ನು ನೆರವೇರಿಸಲು ಸಾಧ್ಯವಾಗುತ್ತದೆ.
+ವಿವಾಹದ ಶ್ರೇಷ್ಠತೆ ಮತ್ತು ಅದರಲ್ಲಿ ಆಸಕ್ತಿ ವಹಿಸುವುದಕ್ಕೆ ಈ ಹದೀಸಿನಲ್ಲಿ ಪುರಾವೆಯಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/6078</t>
+  </si>
+  <si>
     <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>ಸಂಜೆಯಾಗುವಾಗ ಮತ್ತು ಬೆಳಗಾಗುವಾಗ "ಕುಲ್ ಹುವಲ್ಲಾಹು ಅಹದ್" (ಸೂರ ಇಖ್ಲಾಸ್) ಮತ್ತು ರಕ್ಷೆ ಬೇಡುವ ಎರಡು ಸೂರಗಳನ್ನು (ಸೂರ ಫಲಕ್ ಮತ್ತು ಸೂರ ನಾಸ್) ಮೂರು ಬಾರಿ ಪಠಿಸು. ಅದು ನಿನಗೆ ಎಲ್ಲದ್ದಕ್ಕೂ ಸಾಕಾಗುತ್ತದೆ</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಖುಬೈಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ನಾವು ಮಳೆ ಮತ್ತು ತೀವ್ರ ಕತ್ತಲೆಯ ರಾತ್ರಿ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಗಾಗಿ ನಮಾಝ್ ಮಾಡಲು ಹುಡುಕುತ್ತಾ ಹೊರಟೆವು. ನಾನು ಅವರನ್ನು ಕಂಡಾಗ, ಅವರು ಹೇಳಿದರು: “ಹೇಳು.” ಆದರೆ ನಾನು ಏನೂ ಹೇಳಲಿಲ್ಲ. ನಂತರ ಅವರು ಹೇಳಿದರು: “ಹೇಳು.” ಆದರೆ ನಾನು ಏನೂ ಹೇಳಲಿಲ್ಲ. ಅವರು ಹೇಳಿದರು: “ಹೇಳು.” ನಾನು ಕೇಳಿದೆ: "ನಾನು ಏನು ಹೇಳಬೇಕು?" ಅವರು ಹೇಳಿದರು: ಸಂಜೆಯಾಗುವಾಗ ಮತ್ತು ಬೆಳಗಾಗುವಾಗ "ಕುಲ್ ಹುವಲ್ಲಾಹು ಅಹದ್" (ಸೂರ ಇಖ್ಲಾಸ್) ಮತ್ತು ರಕ್ಷೆ ಬೇಡುವ ಎರಡು ಸೂರಗಳನ್ನು (ಸೂರ ಫಲಕ್ ಮತ್ತು ಸೂರ ನಾಸ್) ಮೂರು ಬಾರಿ ಪಠಿಸು. ಅದು ನಿನಗೆ ಎಲ್ಲದ್ದಕ್ಕೂ ಸಾಕಾಗುತ್ತದೆ."</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>ಮಹಾನ್ ಸಹಾಬಿ ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಖುಬೈಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಒಮ್ಮೆ ಅವರು ತೀವ್ರ ಮಳೆ ಮತ್ತು ಕತ್ತಲೆಯ ರಾತ್ರಿಯಲ್ಲಿ ನಮಾಝಿಗೆ ನೇತೃತ್ವ ನೀಡಲು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹುಡುಕುತ್ತಾ ಹೊರಟು, ಅವರನ್ನು ಕಂಡರು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರೊಡನೆ, “ಹೇಳು” ಎಂದರು, ಅಂದರೆ ಪಠಿಸು ಎಂದರ್ಥ. ಆದರೆ ಅವರು ಏನೂ ಪಠಿಸಲಿಲ್ಲ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಆಜ್ಞೆಯನ್ನು ಪುನರಾವರ್ತಿಸಿದರು. ಆಗ ಅಬ್ದುಲ್ಲಾ ಕೇಳಿದರು: “ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾನು ಏನು ಪಠಿಸಬೇಕು?” ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಸಂಜೆ ಮತ್ತು ಬೆಳಗ್ಗೆ ಸೂರ ಇಖ್ಲಾಸ್ (ಕುಲ್ ಹುವಲ್ಲಾಹು ಅಹದ್) ಮತ್ತು ರಕ್ಷೆ ಬೇಡುವ ಎರಡು ಸೂರಗಳು (ಕುಲ್ ಅಊದು ಬಿರಬ್ಬಿಲ್ ಫಲಕ್ ಮತ್ತು ಕುಲ್ ಅಊದು ಬಿರಬ್ಬಿ ನ್ನಾಸ್) ಮೂರು ಬಾರಿ ಪಠಿಸು. ಅವು ನಿನ್ನನ್ನು ಎಲ್ಲಾ ಕೆಡುಕುಗಳಿಂದ ಕಾಪಾಡುತ್ತದೆ ಮತ್ತು ಎಲ್ಲಾ ಕೇಡುಗಳಿಂದ ರಕ್ಷಿಸುತ್ತದೆ.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>ಬೆಳಗ್ಗೆ ಮತ್ತು ಸಂಜೆ ಸೂರ ಇಖ್ಲಾಸ್ ಮತ್ತು ರಕ್ಷೆ ಬೇಡುವ ಎರಡು ಸೂರಗಳನ್ನು ಪಠಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಅವು ಎಲ್ಲಾ ಕೆಡುಕುಗಳಿಗೆ ರಕ್ಷಣೆಯಾಗಿದೆ.
 ಸೂರ ಇಖ್ಲಾಸ್ ಮತ್ತು ರಕ್ಷೆ ಬೇಡುವ ಎರಡು ಸೂರಗಳನ್ನು ಪಠಿಸುವುದರ ಶ್ರೇಷ್ಠತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/6082</t>
   </si>
   <si>
     <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>ಯಾರು ಮೂರು ಬಾರಿ, 'ಯಾರ ಹೆಸರಿನೊಂದಿಗೆ ಭೂಮಿಯಲ್ಲಾಗಲಿ, ಆಕಾಶದಲ್ಲಾಗಲಿ ಯಾವುದೇ ವಸ್ತು ಹಾನಿ ಮಾಡುವುದಿಲ್ಲವೋ ಆ ಅಲ್ಲಾಹನ ಹೆಸರಿನಲ್ಲಿ. ಅವನು ಎಲ್ಲವನ್ನು ಕೇಳುವವನು ಮತ್ತು ತಿಳಿದವನಾಗಿದ್ದಾನೆ' ಎಂದು ಹೇಳುತ್ತಾನೋ, ಅವನಿಗೆ ಬೆಳಗ್ಗಿನ ತನಕ ಆಕಸ್ಮಿಕ ವಿಪತ್ತು ಬಾಧಿಸುವುದಿಲ್ಲ</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>ಅಬಾನ್ ಬಿನ್ ಉಸ್ಮಾನ್ ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಉಸ್ಮಾನ್ ಬಿನ್ ಅಫ್ಫಾನ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: ಅವರು ಹೇಳುತ್ತಾರೆ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಯಾರು ಮೂರು ಬಾರಿ, 'ಯಾರ ಹೆಸರಿನೊಂದಿಗೆ ಭೂಮಿಯಲ್ಲಾಗಲಿ, ಆಕಾಶದಲ್ಲಾಗಲಿ ಯಾವುದೇ ವಸ್ತು ಹಾನಿ ಮಾಡುವುದಿಲ್ಲವೋ ಆ ಅಲ್ಲಾಹನ ಹೆಸರಿನಲ್ಲಿ. ಅವನು ಎಲ್ಲವನ್ನು ಕೇಳುವವನು ಮತ್ತು ತಿಳಿದವನಾಗಿದ್ದಾನೆ' ಎಂದು ಹೇಳುತ್ತಾನೋ, ಅವನಿಗೆ ಬೆಳಗ್ಗಿನ ತನಕ ಆಕಸ್ಮಿಕ ವಿಪತ್ತು ಬಾಧಿಸುವುದಿಲ್ಲ. ಯಾರು ಇದನ್ನು ಬೆಳಗ್ಗೆ ಹೇಳುತ್ತಾನೋ, ಅವನಿಗೆ ಸಂಜೆಯ ತನಕ ಆಕಸ್ಮಿಕ ವಿಪತ್ತು ಬಾಧಿಸುವುದಿಲ್ಲ." ಅಬಾನ್ ಬಿನ್ ಉಸ್ಮಾನ್ ರಿಗೆ ಪಕ್ಷಪಾತ ಸಂಭವಿಸಿತ್ತು. ಅವರಿಂದ ಈ ಹದೀಸನ್ನು ಕೇಳಿದ ವ್ಯಕ್ತಿ ಅವರ ಕಡೆಗೆ ನೋಡತೊಡಗಿದನು. ಅವರು ಕೇಳಿದರು: "ನೀನೇಕೆ ನನ್ನನ್ನು ನೋಡುತ್ತಿರುವೆ? ಅಲ್ಲಾಹನಾಣೆ! ನಾನು ಉಸ್ಮಾನರ ಮೇಲೆ ಸುಳ್ಳು ಹೇಳಿಲ್ಲ. ಉಸ್ಮಾನ್ ರವರು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೇಲೂ ಸುಳ್ಳು ಹೇಳಿಲ್ಲ. ಆದರೆ ನಿಜಸಂಗತಿ ಏನೆಂದರೆ ನನಗೆ ಪಾರ್ಶ್ವವಾಯು ಬಾಧಿಸಿದ ದಿನ ನಾನು ಕೋಪದಲ್ಲಿದ್ದೆ ಮತ್ತು ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪಠಿಸಲು ಮರೆತಿದ್ದೆ."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಯಾರು ಪ್ರತಿದಿನ ಬೆಳಗ್ಗೆ ಮುಂಜಾನೆಯ ಉದಯದ ನಂತರ ಮತ್ತು ಪ್ರತಿದಿನ ಸಂಜೆ ಸೂರ್ಯಾಸ್ತದ ನಂತರ ಹೀಗೆ ಹೇಳುತ್ತಾರೋ: "ಅಲ್ಲಾಹನ ಹೆಸರಿನಲ್ಲಿ" ಅಂದರೆ ನಾನು ಅಲ್ಲಾಹನ ಹೆಸರಿನಲ್ಲಿ ಸಹಾಯ ಯಾಚಿಸುತ್ತೇನೆ ಮತ್ತು ಎಲ್ಲಾ ತೊಂದರೆಗಳಿಗೆ ರಕ್ಷಣೆ ಬೇಡುತ್ತೇನೆ. "ಯಾರ ಹೆಸರಿನೊಂದಿಗೆ ಯಾವುದೇ ವಸ್ತು ಹಾನಿ ಮಾಡುವುದಿಲ್ಲವೋ ಆ ಹೆಸರಿನಿಂದ" ಅಂದರೆ ಆ ಹೆಸರನ್ನು ಉಚ್ಛರಿಸುವುದರಿಂದ. "ಯಾವುದೇ ವಸ್ತು" ಎಂದರೆ ಆ ವಸ್ತು ಎಷ್ಟೇ ದೊಡ್ಡದಾಗಿದ್ದರೂ ಸಹ. "ಭೂಮಿಯಲ್ಲಿ" ಅಂದರೆ ಭೂಮಿಯಿಂದ ಹೊರಬರುವ ವಿಪತ್ತುಗಳು. "ಆಕಾಶದಲ್ಲಿ" ಅಂದರೆ ಆಕಾಶದಿಂದ ಇಳಿಯುವ ವಿಪತ್ತುಗಳು. "ಅವನು ಕೇಳುವವನು" ಅಂದರೆ ನಮ್ಮ ಮಾತುಗಳನ್ನು ಕೇಳುವವನು. "ಮತ್ತು ತಿಳಿದವನು" ಅಂದರೆ ನಮ್ಮ ಅವಸ್ಥೆಗಳನ್ನು ತಿಳಿದವನು.
-. ಇದನ್ನು ಬೆಳಗ್ಗೆ ಹೇಳಿದವನಿಗೆ ಸಂಜೆಯ ತನಕ ಯಾವುದೇ ಆಕಸ್ಮಿಕ ವಿಪತ್ತು ಬಾಧಿಸುವುದಿಲ್ಲ. ಇದನ್ನು ಸಂಜೆ ಹೇಳಿದವನಿಗೆ ಬೆಳಗ್ಗಿನ ತನಕ ಯಾವುದೇ ಆಕಸ್ಮಿಕ ವಿಪತ್ತು ಬಾಧಿಸುವುದಿಲ್ಲ.
+ಇದನ್ನು ಬೆಳಗ್ಗೆ ಹೇಳಿದವನಿಗೆ ಸಂಜೆಯ ತನಕ ಯಾವುದೇ ಆಕಸ್ಮಿಕ ವಿಪತ್ತು ಬಾಧಿಸುವುದಿಲ್ಲ. ಇದನ್ನು ಸಂಜೆ ಹೇಳಿದವನಿಗೆ ಬೆಳಗ್ಗಿನ ತನಕ ಯಾವುದೇ ಆಕಸ್ಮಿಕ ವಿಪತ್ತು ಬಾಧಿಸುವುದಿಲ್ಲ.
 ಈ ಹದೀಸನ್ನು ವರದಿ ಮಾಡಿದ ಅಬಾನ್ ಬಿನ್ ಉಸ್ಮಾನ್ ರಿಗೆ ಪಾರ್ಶ್ವವಾಯು ಬಾಧಿಸಿತ್ತು. ಪಾರ್ಶ್ವವಾಯು ಎಂದರೆ ದೇಹದ ಒಂದು ಭಾಗವು ನಿಷ್ಕ್ರಿಯವಾಗುವುದು. ಆಗ ಅವರಿಂದ ಈ ಹದೀಸನ್ನು ಕೇಳಿದ ವ್ಯಕ್ತಿ ಅವರ ಕಡೆಗೆ ಆಶ್ಚರ್ಯದಿಂದ ನೋಡತೊಡಗಿದನು. ಅವರು ಆ ವ್ಯಕ್ತಿಯೊಡನೆ ಕೇಳಿದರು: "ನೀನೇಕೆ ನನ್ನನ್ನು ನೋಡುತ್ತಿರುವೆ? ಅಲ್ಲಾಹನಾಣೆ! ನಾನು ಉಸ್ಮಾನರ ಮೇಲೆ ಸುಳ್ಳು ಹೇಳಿಲ್ಲ. ಉಸ್ಮಾನ್ ರವರು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೇಲೂ ಸುಳ್ಳು ಹೇಳಿಲ್ಲ. ಆದರೆ ನಿಜಸಂಗತಿ ಏನೆಂದರೆ ನನಗೆ ಪಾರ್ಶ್ವವಾಯು ಬಾಧಿಸಿದ ದಿನ ನಾನು ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪಠಿಸದಂತೆ ಅಲ್ಲಾಹು ನಿರ್ಣಯಿಸಿದ್ದನು. ಅಂದು ನಾನು ಕೋಪದಿಂದ ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪಠಿಸಲು ಮರೆತುಬಿಟ್ಟಿದ್ದೆ."</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹನ ಅಪ್ಪಣೆಯಿಂದ ಮನುಷ್ಯನಿಗೆ ಆಕಸ್ಮಿಕವಾಗಿ ವಿಪತ್ತು ಬಾಧಿಸದಂತೆ ಅವನನ್ನು ಸುರಕ್ಷಿತವಾಗಿಡಲು ಬೆಳಗ್ಗೆ ಮತ್ತು ಸಂಜೆ ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪಠಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
 ಆದ್ಯ ಕಾಲದ ಪೂರ್ವಿಕರಿಗೆ ಇದ್ದಂತಹ ದೃಢನಂಬಿಕೆಯ ಶಕ್ತಿ ಮತ್ತು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸಿಕೊಟ್ಟ ವಿಷಯಗಳಲ್ಲಿ ಅವರಿಗಿದ್ದ ವಿಶ್ವಾಸವನ್ನು ಈ ಹದೀಸ್ ವ್ಯಕ್ತಪಡಿಸುತ್ತದೆ.
 ಪ್ರಾರ್ಥನೆಗಳನ್ನು ನಿರ್ದಿಷ್ಟವಾಗಿ ಬೆಳಗ್ಗೆ ಮತ್ತು ಸಂಜೆ ಪಠಿಸಬೇಕೆಂದು ವಿಭಾಗಿಸಿದ್ದರ ಒಂದು ಪ್ರಯೋಜನವು ಏನೆಂದರೆ ಅದು ಮುಸಲ್ಮಾನನ ಅಲಕ್ಷ್ಯವನ್ನು ನಿವಾರಿಸುತ್ತದೆ ಮತ್ತು ಅವನು ಅಲ್ಲಾಹನ ದಾಸನೆಂದು ಅವನಿಗೆ ಸದಾ ನೆನಪಿಸಿಕೊಡುತ್ತದೆ.
 ಪ್ರಾರ್ಥನೆಯನ್ನು ಪಠಿಸುವವನ ವಿಶ್ವಾಸದ ಶಕ್ತಿ, ಅವನ ವಿನಮ್ರತೆ, ನಿಷ್ಕಳಂಕತೆ ಹಾಗೂ ದೃಢವಿಶ್ವಾಸದಿಂದ ಕೂಡಿರುವ ಅವನ ಹೃದಯ ಸಾನಿಧ್ಯತೆ ಮುಂತಾದವುಗಳ ಪ್ರಮಾಣಕ್ಕೆ ಅನುಗುಣವಾಗಿ ಪ್ರಾರ್ಥನೆಯು ಅವನ ಮೇಲೆ ಪರಿಣಾಮ ಬೀರುತ್ತದೆ.</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>“ಹೇಳು: ‘ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ, ಅವನು ಏಕೈಕನು ಮತ್ತು ಸಹಭಾಗಿಗಳಿಲ್ಲದವನು, ಅಲ್ಲಾಹು ಅತ್ಯಂತ ಮಹಾನನು ಮತ್ತು ಸರ್ವೋನ್ನತನು, ಸರ್ವಸ್ತುತಿಗಳು ಹೇರಳವಾಗಿ ಅಲ್ಲಾಹನಿಗೆ, ಸರ್ವಲೋಕಗಳ ಪರಿಪಾಲಕನಾದ ಅಲ್ಲಾಹು ಪರಿಶುದ್ಧನಾಗಿದ್ದಾನೆ. ಪ್ರಚಂಡ ಶಕ್ತಿಶಾಲಿ ಮತ್ತು ಪರಮ ಜ್ಞಾನಿಯಾದ ಅಲ್ಲಾಹನ ಹೊರತು ಬೇರೆ ಶಕ್ತಿ ಅಥವಾ ಸಾಮರ್ಥ್ಯವಿಲ್ಲ.’”</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>ಸಅದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಒಬ್ಬ ಅಲೆಮಾರಿ ಅರಬ್ಬ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು ಹೇಳಿದನು: “ನನಗೆ ಹೇಳಲು ಕೆಲವು ಪದಗಳನ್ನು ಕಲಿಸಿರಿ.” ಅವರು ಹೇಳಿದರು, “ಹೇಳು: ‘ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ, ಅವನು ಏಕೈಕನು ಮತ್ತು ಸಹಭಾಗಿಗಳಿಲ್ಲದವನು, ಅಲ್ಲಾಹು ಅತ್ಯಂತ ಮಹಾನನು ಮತ್ತು ಸರ್ವೋನ್ನತನು, ಸರ್ವಸ್ತುತಿಗಳು ಹೇರಳವಾಗಿ ಅಲ್ಲಾಹನಿಗೆ, ಸರ್ವಲೋಕಗಳ ಪರಿಪಾಲಕನಾದ ಅಲ್ಲಾಹು ಪರಿಶುದ್ಧನಾಗಿದ್ದಾನೆ. ಪ್ರಚಂಡ ಶಕ್ತಿಶಾಲಿ ಮತ್ತು ಪರಮ ಜ್ಞಾನಿಯಾದ ಅಲ್ಲಾಹನ ಹೊರತು ಬೇರೆ ಶಕ್ತಿ ಅಥವಾ ಸಾಮರ್ಥ್ಯವಿಲ್ಲ.’” ಅವನು ಹೇಳಿದನು: “ಈ ಪದಗಳೆಲ್ಲವೂ ನನ್ನ ಪರಿಪಾಲಕನಿಗೆ, ಹಾಗಾದರೆ ನನಗೇನಿದೆ?” ಅವರು ಹೇಳಿದರು, “ಹೇಳು: ‘ಓ ಅಲ್ಲಾಹ್! ನನ್ನನ್ನು ಕ್ಷಮಿಸು, ನನ್ನ ಮೇಲೆ ಕರುಣೆ ತೋರು, ನನಗೆ ಮಾರ್ಗದರ್ಶನ ಮಾಡು, ಮತ್ತು ನನಗೆ ಉಪಜೀವನವನ್ನು ಒದಗಿಸು.’”</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
@@ -12577,50 +13997,83 @@
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ದುಲ್-ಹಿಜ್ಜ ತಿಂಗಳ ಮೊದಲ ಹತ್ತು ದಿನಗಳಲ್ಲಿ ಮಾಡುವ ಸತ್ಕರ್ಮಗಳು ವರ್ಷದ ಇತರ ದಿನಗಳಲ್ಲಿ ಮಾಡುವ ಸತ್ಕರ್ಮಗಳಿಗಿಂತಲೂ ಶ್ರೇಷ್ಠವಾಗಿದೆ.
 ಆಗ ಸಹಾಬಿಗಳು (ಸಂಗಡಿಗರು) (ಅವರೆಲ್ಲರ ಬಗ್ಗೆ ಅಲ್ಲಾಹು ಸಂಪ್ರೀತನಾಗಲಿ) ಇತರ ದಿನಗಳಲ್ಲಿ ಮಾಡುವ ಜಿಹಾದ್‌ನ ಬಗ್ಗೆ, ಅದು ಈ ದಿನಗಳಲ್ಲಿ ಮಾಡುವ ಸತ್ಕರ್ಮಗಳಿಗಿಂತಲೂ ಶ್ರೇಷ್ಠವಲ್ಲವೇ? ಎಂದು ಕೇಳಿದರು. ಏಕೆಂದರೆ ಅವರ ದೃಷ್ಟಿಕೋನದಲ್ಲಿ ಜಿಹಾದ್ ಅತಿ ಶ್ರೇಷ್ಠ ಸತ್ಕರ್ಮವಾಗಿತ್ತು.
 ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ತರಿಸಿದರು: ಇತರ ದಿನಗಳಲ್ಲಿ ಮಾಡುವ ಜಿಹಾದ್‌ಗಿಂತಲೂ ಈ ದಿನಗಳಲ್ಲಿ ಮಾಡುವ ಸತ್ಕರ್ಮಗಳು ಶ್ರೇಷ್ಠವಾಗಿವೆ. ಆದರೆ ಒಬ್ಬ ವ್ಯಕ್ತಿ ತನ್ನ ದೇಹ ಮತ್ತು ಆಸ್ತಿಯನ್ನು ಪಣವಾಗಿಟ್ಟು ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿ ಜಿಹಾದ್ ಮಾಡಲು ಹೊರಟು, ನಂತರ ಅಲ್ಲಾಹನ ಮಾರ್ಗದಲ್ಲಿ ತನ್ನ ಆಸ್ತಿಯನ್ನು ಹಾಗೂ ಆತ್ಮವನ್ನು ಕಳಕೊಳ್ಳುವುದರ ಹೊರತು. ಇದು ಈ ಶ್ರೇಷ್ಠ ದಿನಗಳಲ್ಲಿ ಮಾಡುವ ಸತ್ಕರ್ಮಗಳಿಗಿಂತಲೂ ಹೆಚ್ಚು ಶ್ರೇಷ್ಠವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>ದುಲ್‌ಹಿಜ್ಜ ತಿಂಗಳ ಮೊದಲ ಹತ್ತು ದಿನಗಳಲ್ಲಿ ಮಾಡುವ ಸತ್ಕರ್ಮಗಳ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ. ಆದ್ದರಿಂದ ಮುಸಲ್ಮಾನರು ಈ ದಿನಗಳನ್ನು ಸದುಪಯೋಗಪಡಿಸಬೇಕು ಮತ್ತು ಈ ದಿನಗಳಲ್ಲಿ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುವುದು, ಕುರ್‌ಆನ್ ಪಠಿಸುವುದು, ತಕ್ಬೀರ್, ತಹ್ಲೀಲ್ ಮತ್ತು ತಹ್ಮೀದ್‌ಗಳನ್ನು ಹೇಳುವುದು, ನಮಾಝ್ ಮತ್ತು ದಾನ ಧರ್ಮ ಮಾಡುವುದು, ಉಪವಾಸ ಆಚರಿಸುವುದು ಮುಂತಾದ ಎಲ್ಲಾ ರೀತಿಯ ಸತ್ಕರ್ಮಗಳನ್ನು ಹೆಚ್ಚಿಸಬೇಕು.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[رواه البخاري وأبو داود، واللفظ له]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/6255</t>
   </si>
   <si>
+    <t>ما من مسلمين يلتقيان فيتصافحان إلا غفر لهما قبل أن يفترقا</t>
+  </si>
+  <si>
+    <t>ಯಾವುದೇ ಇಬ್ಬರು ಮುಸ್ಲಿಮರು ಭೇಟಿಯಾಗಿ ಹಸ್ತಲಾಘವ ಮಾಡಿದರೆ, ಅವರು ಬೇರ್ಪಡುವ ಮೊದಲು ಅವರ ಪಾಪಗಳು ಕ್ಷಮಿಸಲ್ಪಡುತ್ತವೆ</t>
+  </si>
+  <si>
+    <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ مُسْلِمَيْنِ يَلْتَقِيَانِ فَيَتَصَافَحَانِ إِلَّا غُفِرَ لَهُمَا قَبْلَ أَنْ يَفْتَرِقَا».</t>
+  </si>
+  <si>
+    <t>ಬರಾಅ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾವುದೇ ಇಬ್ಬರು ಮುಸ್ಲಿಮರು ಭೇಟಿಯಾಗಿ ಹಸ್ತಲಾಘವ ಮಾಡಿದರೆ, ಅವರು ಬೇರ್ಪಡುವ ಮೊದಲು ಅವರ ಪಾಪಗಳು ಕ್ಷಮಿಸಲ್ಪಡುತ್ತವೆ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم: أنه ما مِن مُسلِمَين يتلاقَيَان في طريق ونحوه فيُسلِّم أحدُهما على الآخر مُصَافَحَةً باليد إلا غُفِرَ لهما قبل أن يَفْتَرِقَا بالأبدان أو بالفراغ عن المصافحة.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾವುದೇ ಇಬ್ಬರು ಮುಸ್ಲಿಮರು ದಾರಿಯಲ್ಲಿ ಅಥವಾ ಅಂತಹುದೇ ಸ್ಥಳದಲ್ಲಿ ಭೇಟಿಯಾಗಿ ಒಬ್ಬರಿಗೊಬ್ಬರು ಹಸ್ತಲಾಘವ ಮಾಡಿದರೆ, ಅವರ ದೇಹಗಳು ಪರಸ್ಪರ ಬೇರ್ಪಡುವ ಮೊದಲು ಅಥವಾ ಅವರು ಹಸ್ತಲಾಘವವನ್ನು ಮುಗಿಸುವ ಮೊದಲು ಅವರ ಪಾಪಗಳು ಕ್ಷಮಿಸಲ್ಪಡುತ್ತವೆ.</t>
+  </si>
+  <si>
+    <t>استحباب المصافحة عند اللقاء، والحث عليها.
+قال المناوي: ولا تحصل السنة إلا بوضع اليمنى في اليمنى حيث لا عُذْر.
+الحث على إفشاء السلام، وبيان عظيم أجر مصافحة المسلم لأخيه المسلم.
+يستثنى من الحديث المصافحة المُحرَّمة، كمصافحة المرأة الأجنبية.</t>
+  </si>
+  <si>
+    <t>ಭೇಟಿಯಾದಾಗ ಹಸ್ತಲಾಘವ ಮಾಡುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ ಮತ್ತು ಅದನ್ನು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ಮನಾವಿ ಹೇಳುತ್ತಾರೆ: "ಬಲಗೈಯನ್ನು ಬಲಗೈಯಲ್ಲಿ ಇರಿಸಿದಾಗ ಮಾತ್ರ ಸುನ್ನತ್ ನೆರವೇರುತ್ತದೆ. (ಹಾಗೆ ಇರಿಸಲು ಸಾಧ್ಯವಾಗದಂತಹ) ಕಾರಣಗಳಿರುವ ಹೊರತು."
+ಸಲಾಮ್ ಹೇಳುವುದನ್ನು ಹಬ್ಬಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ ಮತ್ತು ಒಬ್ಬ ಮುಸ್ಲಿಂ ತನ್ನ ಸಹೋದರ ಮುಸ್ಲಿಮನೊಂದಿಗೆ ಹಸ್ತಲಾಘವ ಮಾಡುವುದರ ಮಹಾ ಪ್ರತಿಫಲವನ್ನು ವಿವರಿಸಲಾಗಿದೆ.
+ನಿಷಿದ್ಧ ಹಸ್ತಲಾಘವಗಳು ಈ ಹದೀಸ್‌ನಿಂದ ಹೊರತಾಗಿವೆ. ಉದಾಹರಣೆಗೆ, ಮಹಿಳೆ ಪರಪುರುಷನೊಂದಿಗೆ ಹಸ್ತಲಾಘವ ಮಾಡುವುದು.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/6257</t>
+  </si>
+  <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>ಕುರ್‌ಆನ್ ಪಠಿಸುವ ಸತ್ಯವಿಶ್ವಾಸಿಯನ್ನು ಮಾದಳ ಹಣ್ಣಿಗೆ ಹೋಲಿಸಬಹುದು. ಅದರ ಸುವಾಸನೆ ಆಹ್ಲಾದಕರವಾಗಿದೆ ಮತ್ತು ರುಚಿ ಉತ್ತಮವಾಗಿದೆ. ಕುರ್‌ಆನ್ ಪಠಿಸದ ಸತ್ಯವಿಶ್ವಾಸಿಯನ್ನು ಖರ್ಜೂರಕ್ಕೆ ಹೋಲಿಸಬಹುದು. ಅದಕ್ಕೆ ಸುವಾಸನೆಯಿಲ್ಲ, ಆದರೆ ಅದರ ರುಚಿ ಸಿಹಿಯಾಗಿದೆ</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಮೂಸಾ ಅಶ್‌ಅರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಕುರ್‌ಆನ್ ಪಠಿಸುವ ಸತ್ಯವಿಶ್ವಾಸಿಯನ್ನು ಮಾದಳ ಹಣ್ಣಿಗೆ ಹೋಲಿಸಬಹುದು. ಅದರ ಸುವಾಸನೆ ಆಹ್ಲಾದಕರವಾಗಿದೆ ಮತ್ತು ರುಚಿ ಉತ್ತಮವಾಗಿದೆ. ಕುರ್‌ಆನ್ ಪಠಿಸದ ಸತ್ಯವಿಶ್ವಾಸಿಯನ್ನು ಖರ್ಜೂರಕ್ಕೆ ಹೋಲಿಸಬಹುದು. ಅದಕ್ಕೆ ಸುವಾಸನೆಯಿಲ್ಲ, ಆದರೆ ಅದರ ರುಚಿ ಸಿಹಿಯಾಗಿದೆ. ಕುರ್‌ಆನ್ ಪಠಿಸುವ ಕಪಟವಿಶ್ವಾಸಿಯನ್ನು ತುಳಸಿಗೆ ಹೋಲಿಸಬಹುದು. ಅದರ ಸುವಾಸನೆ ಆಹ್ಲಾದಕರವಾಗಿದೆ, ಆದರೆ ರುಚಿ ಕಹಿಯಾಗಿದೆ. ಕುರ್‌ಆನ್ ಪಠಿಸದ ಕಪಟವಿಶ್ವಾಸಿಯನ್ನು ಹಾವುಮೆಕ್ಕೆ ಕಾಯಿಗೆ ಹೋಲಿಸಬಹುದು. ಅದಕ್ಕೆ ಸುವಾಸನೆಯಿಲ್ಲ ಮತ್ತು ರುಚಿ ಕೂಡ ಕಹಿಯಾಗಿದೆ."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>ಕುರ್‌ಆನ್ ಪಠಿಸುವ ಮತ್ತು ಅದರಿಂದ ಪ್ರಯೋಜನ ಪಡೆಯುವ ವಿಷಯದಲ್ಲಿ ಜನರಲ್ಲಿರುವ ವಿಭಿನ್ನ ವರ್ಗಗಳನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿವರಿಸಿದ್ದಾರೆ:
 ಮೊದಲನೆಯ ವರ್ಗ: ಕುರ್‌ಆನ್ ಪಠಿಸುವ ಮತ್ತು ಅದರಿಂದ ಪ್ರಯೋಜನ ಪಡೆಯುವ ಸತ್ಯವಿಶ್ವಾಸಿ. ಅವನು ಮಾದಳ ಹಣ್ಣಿನಂತೆ. ಅದರ ರುಚಿ ಮತ್ತು ಸುವಾಸನೆ ಉತ್ತಮವಾಗಿದೆ ಮತ್ತು ಬಣ್ಣ ಸುಂದರವಾಗಿದೆ. ಅವನಿಂದ ಅನೇಕ ಪ್ರಯೋಜನಗಳಿವೆ. ಅವನು ತಾನು ಪಠಿಸಿದ್ದನ್ನು ಜೀವನದಲ್ಲಿ ಅಳವಡಿಸುತ್ತಾನೆ ಮತ್ತು ಅಲ್ಲಾಹನ ದಾಸರಿಗೆ ಪ್ರಯೋಜನ ನೀಡುತ್ತಾನೆ.
 ಎರಡನೆಯವನು: ಕುರ್‌ಆನ್ ಪಠಿಸದ ಸತ್ಯವಿಶ್ವಾಸಿ. ಅವನು ಖರ್ಜೂರದಂತೆ. ಅದರ ರುಚಿ ಸಿಹಿಯಾಗಿದೆ, ಆದರೆ ಅದಕ್ಕೆ ಸುವಾಸನೆಯಿಲ್ಲ. ಖರ್ಜೂರವು ರುಚಿಯಲ್ಲಿ ಮತ್ತು ಆಂತರ್ಯದಲ್ಲಿ ಸಿಹಿಯನ್ನು ಒಳಗೊಂಡಿರುವಂತೆ ಅವನ ಹೃದಯವು ಸತ್ಯವಿಶ್ವಾಸವನ್ನು ಒಳಗೊಂಡಿದೆ. ಆದರೆ ಜನರಿಗೆ ಪರಿಮಳ ಬೀರುವಂತಹ ಯಾವುದೇ ಸುವಾಸನೆ ಅವನಲ್ಲಿಲ್ಲ. ಏಕೆಂದರೆ, ಜನರು ಕಿವಿಗೊಟ್ಟು ಆನಂದಿಸುವಂತಹ ಯಾವುದೇ ಕುರ್‌ಆನ್ ಪಠಣವು ಅವನಲ್ಲಿಲ್ಲ.
 ಮೂರನೆಯವನು: ಕುರ್‌ಆನ್ ಪಠಿಸುವ ಕಪಟವಿಶ್ವಾಸಿ. ಇವನು ತುಳಸಿಯಂತೆ. ಅದಕ್ಕೆ ಉತ್ತಮ ಸುವಾಸನೆಯಿದೆ, ಆದರೆ ಅದರ ರುಚಿ ಕಹಿಯಾಗಿದೆ. ಏಕೆಂದರೆ, ಸತ್ಯವಿಶ್ವಾಸದ ಮೂಲಕ ಅವನ ಹೃದಯ ಸುಧಾರಣೆಯಾಗಿಲ್ಲ ಮತ್ತು ಅವನು ಕುರ್‌ಆನಿನ ಬೋಧನೆಗಳನ್ನು ಜೀವನದಲ್ಲಿ ಅಳವಡಿಸಿಕೊಂಡಿಲ್ಲ. ಅವನು ಜನರ ಮುಂದೆ ತಾನು ಸತ್ಯವಿಶ್ವಾಸಿಯೆಂದು ತೋರ್ಪಡಿಸುತ್ತಾನೆ. ಆದ್ದರಿಂದ ಅದರ ಉತ್ತಮ ಸುವಾಸನೆಯು ಅವನ ಪಠಣಕ್ಕೆ ಹೋಲಿಕೆಯಾಗಿದೆ ಮತ್ತು ಅದರ ಕಹಿ ರುಚಿಯು ಅವನ ಸತ್ಯನಿಷೇಧಕ್ಕೆ ಹೋಲಿಕೆಯಾಗಿದೆ.
 ನಾಲ್ಕನೆಯವನು: ಕುರ್‌ಆನ್ ಪಠಿಸದ ಕಪಟವಿಶ್ವಾಸಿ. ಅವನು ಹಾವುಮೆಕ್ಕೆ ಕಾಯಿಯಂತೆ. ಏಕೆಂದರೆ, ಅದಕ್ಕೆ ಯಾವುದೇ ಸುವಾಸನೆಯಿಲ್ಲ ಮತ್ತು ಅದರ ರುಚಿಯು ಕಹಿಯಾಗಿದೆ. ಅದರಲ್ಲಿ ಸುವಾಸನೆಯಿಲ್ಲದಿರುವುದು ಅವನು ಕುರ್‌ಆನ್ ಪಠಿಸದ ಕಾರಣ ಅವನಲ್ಲೂ ಸುವಾಸನೆಯಿಲ್ಲದಿರುವುದಕ್ಕೆ ಚೆನ್ನಾಗಿ ಹೋಲಿಕೆಯಾಗುತ್ತದೆ. ಅದರ ಕಹಿ ರುಚಿಯು ಅವನಲ್ಲಿರುವ ಸತ್ಯನಿಷೇಧದ ಕಹಿಗೆ ಹೋಲಿಕೆಯಾಗಿದೆ. ಅವನ ಆಂತರ್ಯವು ಸತ್ಯವಿಶ್ವಾಸವಿಲ್ಲದೆ ಬರಿದಾಗಿದೆ, ಮತ್ತು ಅವನ ಬಾಹ್ಯದಿಂದ ಹಾನಿಯಲ್ಲದೆ ಯಾವುದೇ ಪ್ರಯೋಜನ ಉಂಟಾಗುವುದಿಲ್ಲ.</t>
   </si>
@@ -12709,50 +14162,115 @@
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>ಉಸ್ಮಾನ್ ಬಿನ್ ಅಫ್ಫಾನ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಉತ್ತಮ ರೀತಿಯಲ್ಲಿ ವುದೂ ನಿರ್ವಹಿಸುತ್ತಾರೋ ಅವರ ಪಾಪಗಳು ಅವರ ದೇಹದಿಂದ ಹೊರಟುಹೋಗುತ್ತವೆ; ಎಲ್ಲಿಯವರೆಗೆಂದರೆ, ಅವರ ಉಗುರುಗಳ ಅಡಿಭಾಗದಿಂದಲೂ ಸಹ."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ವುದೂವಿನ ಐಚ್ಛಿಕ ಕಾರ್ಯಗಳು ಮತ್ತು ಶಿಷ್ಟಾಚಾರಗಳನ್ನು ಸರಿಯಾಗಿ ಪಾಲಿಸುತ್ತಾ ಯಾರು ವುದೂ ನಿರ್ವಹಿಸುತ್ತಾರೋ, ಅದು ಅವರ ಪಾಪಗಳು ಪರಿಹಾರವಾಗಲು ಮತ್ತು ದೋಷಗಳು ನಿವಾರಣೆಯಾಗಲು ಕಾರಣವಾಗುತ್ತದೆ. ಎಲ್ಲಿಯವರೆಗೆಂದರೆ, ಅವರ ಕೈಗಳ ಮತ್ತು ಪಾದಗಳ ಉಗುರುಗಳ ಅಡಿಭಾಗದಿಂದಲೂ ಪಾಪಗಳು ನಿವಾರಣೆಯಾಗುತ್ತವೆ.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>ವುದೂ, ಅದರ ಐಚ್ಛಿಕ ಕಾರ್ಯಗಳು ಮತ್ತು ಅದರ ಶಿಷ್ಟಾಚಾರಗಳನ್ನು ಸರಿಯಾಗಿ ಕಲಿತು, ಅದರಂತೆ ವುದೂ ನಿರ್ವಹಿಸಲು ಕಾಳಜಿ ತೋರಬೇಕೆಂದು ಈ ಹದೀಸ್ ಒತ್ತಾಯಿಸುತ್ತದೆ.
 ವುದೂವಿನ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಮತ್ತು ಅದು ಸಣ್ಣ ಪಾಪಗಳಿಗೆ ಪರಿಹಾರವಾಗಿದೆಯೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ. ಮಹಾಪಾಪಗಳಿಗೆ ಪಶ್ಚಾತ್ತಾಪ (ತೌಬ) ಕಡ್ಡಾಯವಾಗಿದೆ.
 ಪಾಪಗಳು ದೇಹದಿಂದ ನಿವಾರಣೆಯಾಗಬೇಕಾದರೆ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕಲಿಸಿಕೊಟ್ಟ ರೀತಿಯಲ್ಲಿ ಪೂರ್ಣವಾಗಿ ಯಾವುದೇ ಲೋಪಗಳನ್ನು ಮಾಡದೆ ವುದೂ ನಿರ್ವಹಿಸಬೇಕಾಗಿದೆ.
 ಈ ಹದೀಸಿನಲ್ಲಿ ಹೇಳಲಾದಂತೆ ಸಣ್ಣ ಪಾಪಗಳು ಪರಿಹಾರವಾಗಬೇಕಾದರೆ, ಮಹಾಪಾಪಗಳಿಂದ ದೂರವಿರುವುದು ಮತ್ತು ಪಶ್ಚಾತ್ತಾಪ ಪಡುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: "ನಿಮಗೆ ವಿರೋಧಿಸಲಾದ ಮಹಾಪಾಪಗಳಿಂದ ನೀವು ದೂರವಿದ್ದರೆ, ನಿಮ್ಮ ಸಣ್ಣ ಪಾಪಗಳನ್ನು ನಾವು ಅಳಿಸಿಬಿಡುವೆವು." [ನಿಸಾಅ್‌ 31]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/6263</t>
+  </si>
+  <si>
+    <t>من حفظ عشر آيات من أول سورة الكهف، عصم من الدجال. وفي رواية: من آخر سورة الكهف</t>
+  </si>
+  <si>
+    <t>ಯಾರು ಸೂರ ಕಹ್ಫ್‌ನ ಮೊದಲ ಹತ್ತು ವಚನಗಳನ್ನು ಕಂಠಪಾಠ ಮಾಡುತ್ತಾರೋ ಅವರು ದಜ್ಜಾಲ್‌ನಿಂದ ರಕ್ಷಿಸಲ್ಪಡುತ್ತಾರೆ." ಮತ್ತೊಂದು ವರದಿಯಲ್ಲಿ: "ಸೂರ ಕಹ್ಫ್‌ನ ಕೊನೆಯ (ಹತ್ತು ವಚನಗಳನ್ನು)</t>
+  </si>
+  <si>
+    <t>عن أبي الدرداء رضي الله عنه أن النبي صلى الله عليه وسلم قال: «مَنْ حَفِظَ عَشْرَ آيَاتٍ مِنْ أَوَّلِ سُورَةِ الكَهْفِ، عُصِمَ مِنَ الدَّجَّالِ». وفي رواية: «مِنْ آخِرِ سُورَةِ الكَهْف».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ದರ್ದಾಅ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಸೂರ ಕಹ್ಫ್‌ನ ಮೊದಲ ಹತ್ತು ವಚನಗಳನ್ನು ಕಂಠಪಾಠ ಮಾಡುತ್ತಾರೋ ಅವರು ದಜ್ಜಾಲ್‌ನಿಂದ ರಕ್ಷಿಸಲ್ಪಡುತ್ತಾರೆ." ಮತ್ತೊಂದು ವರದಿಯಲ್ಲಿ: "ಸೂರ ಕಹ್ಫ್‌ನ ಕೊನೆಯ (ಹತ್ತು ವಚನಗಳನ್ನು)."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن حَفِظ عَشْرَ آيات عن ظَهْرِ قَلْبٍ مِن أول سورة الكهف عُصِم ووُقِي وحُفِظ من فتنةِ المسيح الدجال الذي يَخرج آخر الزمان ويَدَّعي الألوهية، وفتنته أعظم فتنة تكون على الأرض منذ خُلِقَ آدم إلى قيام الساعة؛ لما أمكنه الله عز وجل من بعض الخَوَارِق التي يَفتن بها من تبعه، وذلك لأن أول سورة الكهف فيها من العجائب والآيات ما هو أعظم مما يَفتن الدَّجالُ فيه الناس، فمَن تَدَبَّرَها لم يفتتن بالدجال.
+وفي رواية: عشر آيات من آخر السورة من قوله تعالى : {أفحسب الذين كفروا أن يتخذوا…}.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾರು ಸೂರ ಕಹ್ಫ್‌ನ ಮೊದಲ ಹತ್ತು ವಚನಗಳನ್ನು ಕಂಠಪಾಠ ಮಾಡುತ್ತಾರೋ, ಅವರು ಕೊನೆಯ ಕಾಲದಲ್ಲಿ ಕಾಣಿಸಿಕೊಳ್ಳುವ ಮತ್ತು ಸ್ವಯಂ ದೇವರೆಂದು ವಾದಿಸುವ ಮಸೀಹ್ ದಜ್ಜಾಲ್‌ನ ಫಿತ್ನಾ (ಪರೀಕ್ಷೆ) ದಿಂದ ರಕ್ಷಿಸಲ್ಪಡುತ್ತಾರೆ, ಕಾಪಾಡಲ್ಪಡುತ್ತಾರೆ ಮತ್ತು ಭದ್ರಪಡಿಸಲ್ಪಡುತ್ತಾರೆ. ಆದಮ್ (ಅವರ ಮೇಲೆ ಶಾಂತಿಯಿರಲಿ) ರನ್ನು ಸೃಷ್ಟಿಸಿದಾಗಿನಿಂದ ಪುನರುತ್ಥಾನ ದಿನದವರೆಗೆ ಭೂಮಿಯ ಮೇಲೆ ಸಂಭವಿಸುವ ಅತಿದೊಡ್ಡ ಫಿತ್ನಾ (ಪರೀಕ್ಷೆ) ಅವನ ಫಿತ್ನಾ ಆಗಿರುತ್ತದೆ. ಏಕೆಂದರೆ ಅಲ್ಲಾಹು ಅವನಿಗೆ ಕೆಲವು ಅದ್ಭುತಗಳನ್ನು ಮಾಡುವ ಶಕ್ತಿಯನ್ನು ನೀಡಿದ್ದು, ಅದರಿಂದಾಗಿ ಅವನ ಹಿಂಬಾಲಕರು ಮರುಳಾಗುತ್ತಾರೆ. ಏಕೆಂದರೆ ಸೂರ ಕಹ್ಫ್‌ನ ಆರಂಭ ಭಾಗದಲ್ಲಿ ದಜ್ಜಾಲ್ ಜನರನ್ನು ಪರೀಕ್ಷಿಸುವ ವಿಷಯಗಳಿಗಿಂತಲೂ ದೊಡ್ಡ ಅದ್ಭುತಗಳು ಮತ್ತು ದೃಷ್ಟಾಂತಗಳಿವೆ. ಯಾರು ಅದನ್ನು ಆಳವಾಗಿ ಅಧ್ಯಯನ ಮಾಡುತ್ತಾರೋ ಅವರು ದಜ್ಜಾಲ್‌ನಿಂದ ಪರೀಕ್ಷಿಸಲ್ಪಡುವುದಿಲ್ಲ. ಇನ್ನೊಂದು ವರದಿಯಲ್ಲಿ ಹೀಗಿದೆ: ಸೂರಾ ಕಹ್ಫ್‌ನ ಕೊನೆಯ ಹತ್ತು ವಚನಗಳು. ಅಂದರೆ "ಸತ್ಯನಿಷೇಧಿಗಳು ಸ್ವೀಕರಿಸಬಹುದೆಂದು ಭಾವಿಸಿದ್ದಾರೆಯೇ..." ಎಂಬಲ್ಲಿಂದ ಪ್ರಾರಂಭವಾಗುವ ವಚನಗಳು.</t>
+  </si>
+  <si>
+    <t>بيان فضل سورة الكهف، وأن فَوَاتِحَها أو خَوَاتِمَها تَعصم من فتنة الدجال.
+الإخبار عن أمر الدجال، وبيان ما يعصم منه.
+الحث على حفظ سورة الكهف كاملةً، فإن عجز فليحفظ العشر الآيات الأولى والأخيرة.
+قال القرطبي في سَبَبُ ذلك: قيل: لِمَا في قصة أصحاب الكهف من العجائب والآيات، فمَن وَقَفَ عليها لم يَسْتَغرِب أَمْرَ الدجال ولم يَهُلْه ذلك فلم يفتتن به، وقيل: لقوله تعالى: {لينذر بأسًا شديدًا من لدنه} تمسكًا بتخصيص البأس بالشدة واللَّدُنِّيّة، وهو مناسب لما يكون من الدجال من دعوى الإلهية واستيلائه وعظم فتنته، ولذلك عظَّم صلى الله عليه وسلم أمرَه وحَذَّر عنه وتعوذ من فتنته، فيكون معنى الحديث: أن من قرأ هذه الآيات وتدبرها ووقف على معناها حَذِرَه فأمن منه.</t>
+  </si>
+  <si>
+    <t>ಸೂರ ಕಹ್ಫ್‌ನ ಶ್ರೇಷ್ಠತೆಯನ್ನು ವಿವರಿಸಲಾಗಿದೆ ಮತ್ತು ಅದರ ಆರಂಭದ ಅಥವಾ ಕೊನೆಯ ವಚನಗಳು ದಜ್ಜಾಲ್‌ನ ಪಿತ್ನಾದಿಂದ  ರಕ್ಷಿಸುತ್ತವೆ ಎಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ದಜ್ಜಾಲ್‌ನ ಬಗ್ಗೆ ತಿಳಿಸಲಾಗಿದೆ ಮತ್ತು ಅವನಿಂದ ರಕ್ಷಿಸಿಕೊಳ್ಳುವ ಮಾರ್ಗವನ್ನು ವಿವರಿಸಲಾಗಿದೆ.
+ಸೂರ ಕಹ್ಫ್ ಅನ್ನು ಸಂಪೂರ್ಣವಾಗಿ ಕಂಠಪಾಠ ಮಾಡಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ಅದು ಸಾಧ್ಯವಾಗದಿದ್ದರೆ ಮೊದಲ ಮತ್ತು ಕೊನೆಯ ಹತ್ತು ವಚನಗಳನ್ನು ಕಂಠಪಾಠ ಮಾಡಬೇಕಾಗಿದೆ.
+ಇದರ ಕಾರಣವನ್ನು ವಿವರಿಸುತ್ತಾ ಕುರ್ತುಬಿ ಹೇಳುತ್ತಾರೆ: "ಹೀಗೆ ಹೇಳಲಾಗಿದೆ: ಗುಹಾನಿವಾಸಿಗಳ ಕಥೆಯಲ್ಲಿ ಅನೇಕ ಅದ್ಭುತಗಳು ಮತ್ತು ದೃಷ್ಟಾಂತಗಳು ಇರುವುದರಿಂದ, ಯಾರು ಅದರ ಬಗ್ಗೆ ತಿಳಿದಿರುತ್ತಾರೋ ಅವರು ದಜ್ಜಾಲ್‌ನ ಬಗ್ಗೆ ಅಚ್ಚರಿಪಡುವುದಿಲ್ಲ. ಅವನು ಅವರನ್ನು ಭಯಪಡಿಸುವುದೂ ಇಲ್ಲ. ಆದ್ದರಿಂದ ಅವರು ಅವನ ಪರೀಕ್ಷೆಗೆ ತುತ್ತಾಗುವುದೂ ಇಲ್ಲ. ಹೀಗೂ ಹೇಳಲಾಗಿದೆ: "ಅವನ (ಅಲ್ಲಾಹನ) ಕಡೆಯ ಕಠಿಣ ಶಿಕ್ಷೆಯ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ನೀಡಲು" ಎಂಬ ಅಲ್ಲಾಹನ ವಚನದಲ್ಲಿ ಹೇಳಿರುವ ಶಿಕ್ಷೆಯ ಕಠೋರತೆ ಮತ್ತು ಅದರ ದೈವಿಕತೆಯಿಂದಾಗಿದೆ. ಇದು ದಜ್ಜಾಲ್‌ನಿಂದ ಸಂಭವಿಸುವ ದೇವತಾವಾದ, ಅವನ ಪ್ರಾಬಲ್ಯ ಮತ್ತು ಅವನ ಪರೀಕ್ಷೆಯ ಗಂಭೀರತೆಗೆ ಹೊಂದಿಕೊಳ್ಳುತ್ತದೆ. ಈ ಕಾರಣದಿಂದಲೇ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವನ ವಿಷಯವನ್ನು ಗಂಭೀರವಾಗಿ ಪರಿಗಣಿಸಿ, ಅವನ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ನೀಡಿದರು ಮತ್ತು ಅವನ ಪರೀಕ್ಷೆಯಿಂದ ಅಲ್ಲಾಹನಲ್ಲಿ ಅಭಯ ಯಾಚಿಸಿದರು. ಆದ್ದರಿಂದ ಹದೀಸ್‌ನ ಅರ್ಥ ಹೀಗಿರಬಹುದು: "ಯಾರು ಈ ವಚನಗಳನ್ನು ಪಠಿಸುತ್ತಾರೋ, ಅವುಗಳನ್ನು ಆಳವಾಗಿ ಅಧ್ಯಯನ ಮಾಡುತ್ತಾರೋ ಮತ್ತು ಅವುಗಳ ಅರ್ಥವನ್ನು ತಿಳಿದಿರುತ್ತಾರೋ ಅವರು ಅವನ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ವಹಿಸುತ್ತಾರೆ ಮತ್ತು ಅವನಿಂದ ಸುರಕ್ಷಿತವಾಗಿರುತ್ತಾರೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/6265</t>
+  </si>
+  <si>
+    <t>من عاد مريضا، لم يحضر أجله فقال عنده سبع مرار: أسأل الله العظيم رب العرش العظيم أن يشفيك، إلا عافاه الله من ذلك المرض</t>
+  </si>
+  <si>
+    <t>ಯಾರು ಮರಣದ ಸಮಯವು ಇನ್ನೂ ಬಂದಿರದ ರೋಗಿಯನ್ನು ಸಂದರ್ಶಿಸಿ, ಅವನ ಬಳಿ ಏಳು ಬಾರಿ: 'ಮಹಾ ಅರ್ಶಿನ ಒಡೆಯನಾದ ಮಹೋನ್ನತನಾದ ಅಲ್ಲಾಹನಲ್ಲಿ ಅವನು ನಿನ್ನನ್ನು ಗುಣಪಡಿಸಬೇಕೆಂದು ನಾನು ಕೇಳುತ್ತೇನೆ' ಎಂದು ಹೇಳಿದರೆ, ಅಲ್ಲಾಹು ಅವನನ್ನು ಆ ಕಾಯಿಲೆಯಿಂದ ಗುಣಪಡಿಸದೆ ಇರಲಾರ</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ عَادَ مَرِيضًا، لَمْ يَحْضُرْ أَجَلُهُ فَقَالَ عِنْدَهُ سَبْعَ مِرَارٍ: أَسْأَلُ اللَّهَ الْعَظِيمَ رَبَّ الْعَرْشِ الْعَظِيمِ أَنْ يَشْفِيَكَ، إِلَّا عَافَاهُ اللَّهُ مِنْ ذَلِكَ الْمَرَضِ».</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಮರಣದ ಸಮಯವು ಇನ್ನೂ ಬಂದಿರದ ರೋಗಿಯನ್ನು ಸಂದರ್ಶಿಸಿ, ಅವನ ಬಳಿ ಏಳು ಬಾರಿ: 'ಮಹಾ ಅರ್ಶಿನ ಒಡೆಯನಾದ ಮಹೋನ್ನತನಾದ ಅಲ್ಲಾಹನಲ್ಲಿ ಅವನು ನಿನ್ನನ್ನು ಗುಣಪಡಿಸಬೇಕೆಂದು ನಾನು ಕೇಳುತ್ತೇನೆ' ಎಂದು ಹೇಳಿದರೆ, ಅಲ್ಲಾಹು ಅವನನ್ನು ಆ ಕಾಯಿಲೆಯಿಂದ ಗುಣಪಡಿಸದೆ ಇರಲಾರ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن مُسلم يَزُوْرُ مسلمًا في مرضه الذي لم يَحضر فيه وقتُ موتِه، ثم دعا الزائرُ للمريضِ بقوله: (أسأل الله العظيم) في ذاته وصفاته وأفعاله، (رب العرش العظيم أن يشفيك)، وأعادَها عليه سَبعَ مرات إلا عافاه الله من ذلك المرض.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಮರಣದ ಸಮಯ ಸಮೀಪಿಸದ ರೋಗದಿಂದ ಬಳಲುತ್ತಿರುವ ಒಬ್ಬ ಮುಸ್ಲಿಮನನ್ನು ಇನ್ನೊಬ್ಬ ಮುಸ್ಲಿಮನು ಸಂದರ್ಶಿಸಿ, ನಂತರ ಹೀಗೆ ಪ್ರಾರ್ಥಿಸಿದರೆ: "ಮಹೋನ್ನತನಾದ ಅಲ್ಲಾಹನಲ್ಲಿ ನಾನು ಕೇಳುತ್ತೇನೆ". ಅಂದರೆ ಅವನ ಸಾರ, ಗುಣಲಕ್ಷಣಗಳು ಮತ್ತು ಕ್ರಿಯೆಗಳನ್ನು ಮುಂದಿಟ್ಟು ಕೇಳುತ್ತೇನೆ. "ಮಹಾ ಅರ್ಶಿನ ಒಡೆಯನೊಂದಿಗೆ ಅವನು ನಿನ್ನನ್ನು ಗುಣಪಡಿಸಲೆಂದು". ಇದನ್ನು ಏಳು ಬಾರಿ ಪುನರಾವರ್ತಿಸಿದರೆ, ಅಲ್ಲಾಹನು ಅವನನ್ನು ಆ ಕಾಯಿಲೆಯಿಂದ ಗುಣಪಡಿಸದೆ ಇರಲಾರ.</t>
+  </si>
+  <si>
+    <t>استحباب الدعاء للمريض بهذا الدعاء، وتَكْرَاره سبع مرات.
+تحقق الشفاء لمن قيل عنده هذا الدعاء بإذن الله تعالى، إن صدر عن صدق وصلاح.
+يقول هذا الدعاء سِرًّا وجهرًا، فكلُّ ذلك جائز، ولكن إذا أَسْمَعَ المريضَ فهو الأولى والأفضل؛ لأن فيه إدخالَ السرور عليه.</t>
+  </si>
+  <si>
+    <t>ಈ ಪ್ರಾರ್ಥನೆಯಿಂದ ರೋಗಿಗಾಗಿ ಪ್ರಾರ್ಥಿಸುವುದು ಮತ್ತು ಅದನ್ನು ಏಳು ಬಾರಿ ಪುನರಾವರ್ತಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ಸತ್ಯವಂತಿಕೆ ಮತ್ತು ಒಳಿತಿನ ಉದ್ದೇಶದಿಂದ ಯಾರ ಬಳಿ  ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪಠಿಸಲಾಗುತ್ತದೆಯೋ ಅವರಿಗೆ ಅಲ್ಲಾಹನ ಅನುಮತಿಯಿಂದ ಗುಣಮುಖವಾಗುವುದು ಖಂಡಿತ.
+ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ರಹಸ್ಯವಾಗಿ ಮತ್ತು ಬಹಿರಂಗವಾಗಿ ಪಠಿಸಬಹುದು. ಎರಡೂ ಅನುಮತಿಸಲಾಗಿದೆ. ಆದರೆ ರೋಗಿಗೆ ಕೇಳಿಸುವಂತೆ ಪಠಿಸುವುದು ಉತ್ತಮ ಮತ್ತು ಶ್ರೇಷ್ಠವಾಗಿದೆ. ಏಕೆಂದರೆ ಅದರಿಂದ ರೋಗಿಗೆ ಸಂತೋಷವನ್ನುಂಟು ಮಾಡಿದಂತೆ ಆಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/6270</t>
   </si>
   <si>
     <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>ಮುಅಝ್ಝಿನ್ (ಅಝಾನ್ ಕರೆ ನೀಡುವವನು) ಕರೆ ನೀಡುವುದನ್ನು ಕೇಳಿದಾಗ, ಯಾರು "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ, ಅವನು ಏಕೈಕನು ಮತ್ತು ಸಹಭಾಗಿಗಳಿಲ್ಲದವನು, ಮತ್ತು ಮುಹಮ್ಮದ್ ಅವನ ದಾಸರು ಮತ್ತು ಸಂದೇಶವಾಹಕರು ಎಂದು ನಾನು ಸಾಕ್ಷ್ಯ ವಹಿಸುತ್ತೇನೆ, ಪರಿಪಾಲಕನಾಗಿ ಅಲ್ಲಾಹನಲ್ಲಿ, ಸಂದೇಶವಾಹಕರಾಗಿ ಮುಹಮ್ಮದ್‌ರಲ್ಲಿ ಮತ್ತು ಧರ್ಮವಾಗಿ ಇಸ್ಲಾಂನಲ್ಲಿ ನನಗೆ ತೃಪ್ತಿಯಿದೆ ಎಂದು ಹೇಳುತ್ತಾನೋ, ಅವನಿಗೆ ಅವನ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಲಾಗುತ್ತದೆ</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>ಸಅದ್ ಬಿನ್ ಅಬೂ ವಕ್ಕಾಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಮುಅಝ್ಝಿನ್ (ಅಝಾನ್ ಕರೆ ನೀಡುವವನು) ಕರೆ ನೀಡುವುದನ್ನು ಕೇಳಿದಾಗ, ಯಾರು "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ, ಅವನು ಏಕೈಕನು ಮತ್ತು ಸಹಭಾಗಿಗಳಿಲ್ಲದವನು, ಮತ್ತು ಮುಹಮ್ಮದ್ ಅವನ ದಾಸರು ಮತ್ತು ಸಂದೇಶವಾಹಕರು ಎಂದು ನಾನು ಸಾಕ್ಷ್ಯ ವಹಿಸುತ್ತೇನೆ, ಪರಿಪಾಲಕನಾಗಿ ಅಲ್ಲಾಹನಲ್ಲಿ, ಸಂದೇಶವಾಹಕರಾಗಿ ಮುಹಮ್ಮದ್‌ರಲ್ಲಿ ಮತ್ತು ಧರ್ಮವಾಗಿ ಇಸ್ಲಾಂನಲ್ಲಿ ನನಗೆ ತೃಪ್ತಿಯಿದೆ ಎಂದು ಹೇಳುತ್ತಾನೋ, ಅವನಿಗೆ ಅವನ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಲಾಗುತ್ತದೆ."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾರು ಮುಅಝ್ಝಿನ್‌ನ ಕರೆ ಕೇಳುವಾಗ ಈ ರೀತಿ ಹೇಳುತ್ತಾನೋ: "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ, ಅವನು ಏಕೈಕನು ಮತ್ತು ಸಹಭಾಗಿಗಳಿಲ್ಲದವನು ಎಂದು ನಾನು ಸಾಕ್ಷ್ಯ ವಹಿಸುತ್ತೇನೆ." ಅಂದರೆ, ಅಲ್ಲಾಹನ ಹೊರತು ಬೇರೆ ಸತ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ ಮತ್ತು ಅವನ ಹೊರತಾದ ದೇವರುಗಳೆಲ್ಲವೂ ಸುಳ್ಳು ಎಂದು ನಾನು ಒಪ್ಪಿಕೊಂಡು ಅಂಗೀಕರಿಸುತ್ತೇನೆ ಮತ್ತು (ನಾಲಗೆಯ ಮೂಲಕ) ಉಚ್ಛರಿಸುತ್ತೇನೆ. "ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ದಾಸರು ಮತ್ತು ಸಂದೇಶವಾಹಕರೆಂದು ನಾನು ಸಾಕ್ಷ್ಯ ವಹಿಸುತ್ತೇನೆ." ಅಂದರೆ, ಅವರು ದಾಸರಾಗಿದ್ದಾರೆ, ಅವರನ್ನು ಆರಾಧಿಸಬಾರದು ಮತ್ತು ಅವರು ಸಂದೇಶವಾಹಕರಾಗಿದ್ದಾರೆ, ಅವರನ್ನು ತಿರಸ್ಕರಿಸಬಾರದು. "ಪರಿಪಾಲಕನಾಗಿ ಅಲ್ಲಾಹನಲ್ಲಿ ನನಗೆ ತೃಪ್ತಿಯಿದೆ." ಅಂದರೆ, ಅವನ ಪ್ರಭುತ್ವದಲ್ಲಿ, ದೈವಿಕತೆಯಲ್ಲಿ ಮತ್ತು ಅವನ ಹೆಸರು ಹಾಗೂ ಗುಣಲಕ್ಷಣಗಳಲ್ಲಿ ನನಗೆ ತೃಪ್ತಿಯಿದೆ. "ಸಂದೇಶವಾಹಕರಾಗಿ ಮುಹಮ್ಮದ್‌ರಲ್ಲಿ ತೃಪ್ತಿಯಿದೆ." ಅಂದರೆ, ಅವರೊಂದಿಗೆ ಕಳುಹಿಸಲಾದ ಮತ್ತು ಅವರು ನಮಗೆ ತಲುಪಿಸಿದ ಎಲ್ಲದರಲ್ಲೂ ನನಗೆ ತೃಪ್ತಿಯಿದೆ. "ಇಸ್ಲಾಂನಲ್ಲಿ ತೃಪ್ತಿಯಿದೆ." ಅಂದರೆ, ಆಜ್ಞೆಗಳು ಮತ್ತು ನಿಷೇಧಗಳು ಸೇರಿದಂತೆ ಇಸ್ಲಾಂ ಧರ್ಮದ ಎಲ್ಲಾ ಕಾನೂನುಗಳಲ್ಲೂ ನನಗೆ ತೃಪ್ತಿಯಿದೆ. "ಧರ್ಮವಾಗಿ": ಅಂದರೆ ವಿಶ್ವಾಸವಾಗಿ ಮತ್ತು ಸಮರ್ಪಣೆಯಾಗಿ. "ಅವನಿಗೆ ಅವನ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಲಾಗುತ್ತದೆ." ಅಂದರೆ, ಸಣ್ಣ ಪಾಪಗಳನ್ನು.</t>
@@ -12848,50 +14366,83 @@
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಕುದ್ಸಿ (ಪವಿತ್ರ) ಹದೀಸಿನಲ್ಲಿ ಬಹುದೇವವಿಶ್ವಾಸಿಗಳು ಮತ್ತು ಸತ್ಯನಿಷೇಧಿಗಳ ಬಗ್ಗೆ, ಅವರು ಅವನನ್ನು ನಿಷೇಧಿಸುತ್ತಿದ್ದಾರೆ ಮತ್ತು ಅವನಿಗೆ ಕೊರತೆ ಹಾಗೂ ನ್ಯೂನತೆಗಳಿವೆಯೆಂದು ಆರೋಪಿಸುತ್ತಿದ್ದಾರೆ. ಅವರಿಗೆ ಹಾಗೆ ಮಾಡುವ ಯಾವುದೇ ಹಕ್ಕಿಲ್ಲ.
 ಅಲ್ಲಾಹನ ವಿಷಯದಲ್ಲಿ ಅವನ ನಿಷೇಧವೇನೆಂದರೆ: ಅಲ್ಲಾಹು ಅವರನ್ನು ಮೊದಲ ಬಾರಿಗೆ ಶೂನ್ಯದಿಂದ ಸೃಷ್ಟಿಸಿದಂತೆ, ಅವರ ಮರಣಾನಂತರ ಅವರನ್ನು ಪುನಃ ಸೃಷ್ಟಿಸುವುದಿಲ್ಲ ಎಂಬ ಅವರ ದಾವೆ. ಅಲ್ಲಾಹು ಅವರಿಗೆ ಉತ್ತರಿಸುತ್ತಾ ಹೇಳುತ್ತಾನೆ: ಮೊದಲ ಬಾರಿಗೆ ಶೂನ್ಯದಿಂದ ಸೃಷ್ಟಿಸಿದವನು ಪುನಃ ಸೃಷ್ಟಿಸಲು ಸಾಮರ್ಥ್ಯವುಳ್ಳವನಾಗಿದ್ದಾನೆ, ಮಾತ್ರವಲ್ಲ, ಅದು ಅವನ ಮಟ್ಟಿಗೆ ಸುಲಭವಾಗಿದೆ. ಅಲ್ಲಾಹನಿಗೆ ಸಂಬಂಧಿಸಿದಂತೆ ಸೃಷ್ಟಿ ಮತ್ತು ಪುನರ್ ಸೃಷ್ಟಿ ಎರಡೂ ಸಮಾನವಾಗಿವೆ. ಏಕೆಂದರೆ ಅಲ್ಲಾಹು ಎಲ್ಲಾ ವಿಷಯಗಳಲ್ಲೂ ಸಾಮರ್ಥ್ಯವುಳ್ಳವನಾಗಿದ್ದಾನೆ.
 ಅವರ ನಿಂದನೆಯೇನೆಂದರೆ: "ಅಲ್ಲಾಹನಿಗೆ ಒಬ್ಬ ಪುತ್ರನಿದ್ದಾನೆ" ಎಂಬ ಅವರ ಮಾತು. ಅಲ್ಲಾಹು ಅವರಿಗೆ ಉತ್ತರಿಸುತ್ತಾ ಹೇಳುತ್ತಾನೆ: ಅವನು ಏಕೈಕನಾಗಿದ್ದಾನೆ, ಅವನು ತನ್ನ ಹೆಸರುಗಳಲ್ಲಿ, ಗುಣಲಕ್ಷಣಗಳಲ್ಲಿ ಮತ್ತು ಕ್ರಿಯೆಗಳಲ್ಲಿ ಎಲ್ಲಾ ಸಂಪೂರ್ಣತೆಗಳಿಂದಲೂ ಅದ್ವಿತೀಯನಾಗಿದ್ದಾನೆ, ಎಲ್ಲಾ ರೀತಿಯ ಕೊರತೆ ಮತ್ತು ನ್ಯೂನತೆಗಳಿಂದ ಮುಕ್ತನಾಗಿದ್ದಾನೆ, ಯಾರನ್ನೂ ಅವಲಂಬಿಸದ ಮತ್ತು ಎಲ್ಲರೂ ಅವನನ್ನು ಅವಲಂಬಿಸುವ ನಿರಪೇಕ್ಷನಾಗಿದ್ದಾನೆ, ಅವನು ಯಾರಿಗೂ ತಂದೆಯಲ್ಲ ಮತ್ತು ಅವನು ಯಾರ ಪುತ್ರನೂ ಅಲ್ಲ, ಅವನಿಗೆ ಸರಿಸಾಟಿಯಾಗಿ, ಸರಿಸಮಾನರಾಗಿ ಯಾರೂ ಇಲ್ಲ. ಅವನು ಪರಿಶುದ್ಧನು ಮತ್ತು ಅತ್ಯುನ್ನತನು.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>ಸಾಮರ್ಥ್ಯದ ಸಂಪೂರ್ಣತೆಯನ್ನು ಅಲ್ಲಾಹನಿಗೆ ದೃಢೀಕರಿಸಲಾಗಿದೆ.
 ಮರಣಾನಂತರ ಜೀವನವನ್ನು ದೃಢೀಕರಿಸಲಾಗಿದೆ.
 ಪುನರುತ್ಥಾನವನ್ನು ನಿಷೇಧಿಸಿದವನು ಮತ್ತು ಅಲ್ಲಾಹನಿಗೆ ಮಕ್ಕಳಿದ್ದಾರೆಂದು ಆರೋಪಿಸುವವನು ಸತ್ಯನಿಷೇಧಿಯಾಗಿದ್ದಾನೆ.
 ಅಲ್ಲಾಹನಿಗೆ ಯಾವುದೇ ಸರಿಸಾಟಿ ಅಥವಾ ಸರಿಸಮಾನರಿಲ್ಲ.
 ಅಲ್ಲಾಹನ ಸಹಿಷ್ಣುತೆಯ ವ್ಯಾಪ್ತಿಯನ್ನು ಮತ್ತು ಅವನು ಸತ್ಯನಿಷೇಧಿಗಳಿಗೆ, ಅವರು ಪಶ್ಚಾತ್ತಾಪ ಪಟ್ಟು ಸತ್ಯಕ್ಕೆ ಮರಳಿ ಬರಲೆಂದು ಕಾಲಾವಾಕಾಶ ನೀಡುವುದನ್ನು ತಿಳಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/6327</t>
+  </si>
+  <si>
+    <t>إن قلوب بني آدم كلها بين إصبعين من أصابع الرحمن، كقلب واحد، يصرفه حيث يشاء</t>
+  </si>
+  <si>
+    <t>ಆದಮರ ಮಕ್ಕಳ (ಮನುಷ್ಯರ) ಎಲ್ಲಾ ಹೃದಯಗಳು ರಹ್ಮಾನ್‌ನ (ಪರಮ ದಯಾಮಯನಾದ ಅಲ್ಲಾಹನ) ಬೆರಳುಗಳ ಪೈಕಿ ಎರಡು ಬೆರಳುಗಳ ನಡುವೆ ಒಂದೇ ಹೃದಯದಂತೆ ಇವೆ. ಅವನು ತಾನು ಇಚ್ಛಿಸಿದಂತೆ ಅದನ್ನು ತಿರುಗಿಸುತ್ತಾನೆ</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «إِنَّ قُلُوبَ بَنِي آدَمَ كُلَّهَا بَيْنَ إِصْبَعَيْنِ مِنْ أَصَابِعِ الرَّحْمَنِ، كَقَلْبٍ وَاحِدٍ، يُصَرِّفُهُ حَيْثُ يَشَاءُ» ثُمَّ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ مُصَرِّفَ الْقُلُوبِ صَرِّفْ قُلُوبَنَا عَلَى طَاعَتِكَ».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ ಬಿನ್ ಆಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಆದಮರ ಮಕ್ಕಳ (ಮನುಷ್ಯರ) ಎಲ್ಲಾ ಹೃದಯಗಳು ರಹ್ಮಾನ್‌ನ (ಪರಮ ದಯಾಮಯನಾದ ಅಲ್ಲಾಹನ) ಬೆರಳುಗಳ ಪೈಕಿ ಎರಡು ಬೆರಳುಗಳ ನಡುವೆ ಒಂದೇ ಹೃದಯದಂತೆ ಇವೆ. ಅವನು ತಾನು ಇಚ್ಛಿಸಿದಂತೆ ಅದನ್ನು ತಿರುಗಿಸುತ್ತಾನೆ." ನಂತರ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹ್, ಹೃದಯಗಳನ್ನು ತಿರುಗಿಸುವವನೇ, ನಮ್ಮ ಹೃದಯಗಳನ್ನು ನಿನ್ನ ವಿಧೇಯತೆಯ ಕಡೆಗೆ ತಿರುಗಿಸು."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أن قلوب بني آدم كلَّها بين إصبعين من أصابع الرحمن كقلب واحد؛ يُصَرِّفُه حيث يشاء؛ إن شاء أقامه على الحق، وإن شاء أَزَاغَه عن الحق، وتَصَرُّفُه في جميع القلوب كالتصرُّف في واحد لا يشغله سبحانه شَأنٌ عن شأنٍ، ثم دعا صلى الله عليه وسلم فقال: اللهم مُصَرِّفَ القلوبِ تارةً إلى الطاعة وتارةً إلى المعصية، وتارة إلى الذكر وتارة إلى الغفلة، صَرِّفْ قلوبَنا على طاعتك.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಆದಮರ ಮಕ್ಕಳ (ಮನುಷ್ಯರ) ಎಲ್ಲಾ ಹೃದಯಗಳು ಪರಮ ದಯಾಮಯನಾದ ಅಲ್ಲಾಹನ ಎರಡು ಬೆರಳುಗಳ ನಡುವೆ ಒಂದೇ ಹೃದಯದಂತೆ ಇವೆ. ಅವನು ತಾನು ಇಚ್ಛಿಸಿದಂತೆ ಅದನ್ನು ತಿರುಗಿಸುತ್ತಾನೆ. ಅವನು ಇಚ್ಛಿಸಿದಂತೆ ಅದನ್ನು ಸತ್ಯದ ಮೇಲೆ ನಿಲ್ಲಿಸುತ್ತಾನೆ, ಮತ್ತು ಅವನು ಇಚ್ಛಿಸಿದಂತೆ ಅದನ್ನು ಸತ್ಯದಿಂದ ದೂರ ಮಾಡುತ್ತಾನೆ. ಅವನು ಎಲ್ಲಾ ಹೃದಯಗಳನ್ನು ನಿಯಂತ್ರಿಸುವುದು ಒಂದು ಹೃದಯವನ್ನು ನಿಯಂತ್ರಿಸಿದಂತೆ. ಯಾವುದೇ ವಿಷಯವು ಅವನನ್ನು ಮತ್ತೊಂದು ವಿಷಯದಿಂದ ದೂರವಿಡುವುದಿಲ್ಲ. ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರಾರ್ಥಿಸಿದರು: "ಓ ಅಲ್ಲಾಹ್, ಹೃದಯಗಳನ್ನು ಕೆಲವೊಮ್ಮೆ ವಿಧೇಯತೆಗೆ ಮತ್ತು ಕೆಲವೊಮ್ಮೆ ಅವಿಧೇಯತೆಗೆ, ಕೆಲವೊಮ್ಮೆ ಸ್ಮರಣೆಗೆ ಮತ್ತು ಕೆಲವೊಮ್ಮೆ ಮರೆವಿಗೆ ತಿರುಗಿಸುವವನೇ, ನಮ್ಮ ಹೃದಯಗಳನ್ನು ನಿನ್ನ ವಿಧೇಯತೆಯ ಕಡೆಗೆ ತಿರುಗಿಸು."</t>
+  </si>
+  <si>
+    <t>إثبات القَدَر، وأن الله يوجِّه قلوبَ عبادِه حسب القدر الذي كتبه عليهم.
+ينبغي على المسلم إدامة سؤال ربه الثبات على الحق والهدى.
+الخوف من الله والتَّعَلُّق به وحده لا شريك له.
+قال الآجري: إن أهل الحق يَصِفُوْن الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يَبتدِع. انتهى. فأهل السنة يُثْبِتُوْن لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويَنْفُون عن الله ما نفاه عن نفسه، ويَسكتون عما لم يَرِدْ به نفيٌ ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).</t>
+  </si>
+  <si>
+    <t>ವಿಧಿಯನ್ನು ಮತ್ತು ಅಲ್ಲಾಹು ತನ್ನ ದಾಸರ ಹೃದಯಗಳನ್ನು ಅವರಿಗೆ ಬರೆದಿರುವ ವಿಧಿಯ ಪ್ರಕಾರ ತಿರುಗಿಸುತ್ತಾನೆ ಎಂಬುದನ್ನು ದೃಢೀಕರಿಸಲಾಗಿದೆ.
+ಸತ್ಯ ಮತ್ತು ಸನ್ಮಾರ್ಗದ ಮೇಲೆ ಸ್ಥಿರವಾಗಿ ನಿಲ್ಲಿಸಬೇಕೆಂದು ಮುಸ್ಲಿಮನು ಅಲ್ಲಾಹನೊಂದಿಗೆ ನಿರಂತರವಾಗಿ ಪ್ರಾರ್ಥಿಸಬೇಕಾಗಿದೆ.
+ಅಲ್ಲಾಹನನ್ನು ಮಾತ್ರ ಭಯಪಡಬೇಕು ಮತ್ತು ಏಕೈಕನೂ, ಯಾವುದೇ ಸಹಭಾಗಿಗಳು ಇಲ್ಲದ ಅವನೊಬ್ಬನನ್ನೇ ಅವಲಂಬಿಸಬೇಕೆಂದು ಹೇಳಲಾಗಿದೆ.
+ಆಜುರ್ರಿ ಹೇಳುತ್ತಾರೆ: "ಖಂಡಿತವಾಗಿಯೂ ಸತ್ಯದ ಜನರು ಅಲ್ಲಾಹನನ್ನು, ಅವನು ಸ್ವತಃ ತನ್ನನ್ನು ವರ್ಣಿಸಿದಂತೆ, ಮತ್ತು ಅವನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವನನ್ನು ವರ್ಣಿಸಿದಂತೆ, ಮತ್ತು ಸಹಾಬಿಗಳು (ಅಲ್ಲಾಹು ಅವರೆಲ್ಲರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಅವನನ್ನು ವರ್ಣಿಸಿದಂತೆ ವರ್ಣಿಸುತ್ತಾರೆ. ಇದು ಸುನ್ನತ್ತನ್ನು ಅನುಸರಿಸಿದ ಮತ್ತು ಬಿದ್‌ಅತ್ (ನೂತನಾಚಾರ) ಗಳನ್ನು ವರ್ಜಿಸಿದ ವಿದ್ವಾಂಸರ ಮಾರ್ಗವಾಗಿದೆ." ಆದ್ದರಿಂದ ಸುನ್ನತ್‌ನ ಜನರು ಅಲ್ಲಾಹನಿಗೆ ಅವನು ಸ್ವತಃ ತನಗೆ ದೃಢೀಕರಿಸಿದ ಹೆಸರುಗಳು ಮತ್ತು ಗುಣಲಕ್ಷಣಗಳನ್ನು ವಿರೂಪಗೊಳಿಸದೆ, ನಿಷ್ಕ್ರಿಯಗೊಳಿಸದೆ, ನಿರ್ದಿಷ್ಟಪಡಿಸದೆ, ಅಥವಾ ಹೋಲಿಸದೆ ದೃಢೀಕರಿಸುತ್ತಾರೆ. ಅವರು ಅಲ್ಲಾಹನಿಗೆ, ಅವನು ಸ್ವತಃ ತನಗೆ ನಿರಾಕರಿಸಿದ್ದನ್ನು ನಿರಾಕರಿಸುತ್ತಾರೆ. ನಿರಾಕರಣೆ ಅಥವಾ ದೃಢೀಕರಣವು ಬಂದಿಲ್ಲದ ವಿಷಯಗಳ ಬಗ್ಗೆ ಅವರು ಮೌನವಾಗಿರುತ್ತಾರೆ. ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: "ಅವನಂತೆ ಯಾವುದೂ ಇಲ್ಲ, ಮತ್ತು ಅವನು ಎಲ್ಲವನ್ನೂ ಕೇಳುವವನು ಮತ್ತು ನೋಡುವವನಾಗಿದ್ದಾನೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/6331</t>
   </si>
   <si>
     <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>ನನ್ನ ಮಿತ್ರರ ಮೇಲೆ ದ್ವೇಷ ತೋರುವವನು ಯಾರೋ ಅವನ ವಿರುದ್ಧ ನಾನು ಯುದ್ಧವನ್ನು ಘೋಷಿಸಿದ್ದೇನೆ. ನಾನು ನನ್ನ ದಾಸನಿಗೆ ಕಡ್ಡಾಯಗೊಳಿಸಿದ ಕರ್ಮಗಳ ಮೂಲಕವಲ್ಲದೆ ನಾನು ಇಷ್ಟಪಡುವ ಇತರ ಯಾವುದರ ಮೂಲಕವೂ ಅವನು ನನಗೆ ಹತ್ತಿರವಾಗುವುದಿಲ್ಲ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಶ್ಚಯವಾಗಿಯೂ ಅಲ್ಲಾಹು ಹೇಳಿದನು: ನನ್ನ ಮಿತ್ರರ ಮೇಲೆ ದ್ವೇಷ ತೋರುವವನು ಯಾರೋ ಅವನ ವಿರುದ್ಧ ನಾನು ಯುದ್ಧವನ್ನು ಘೋಷಿಸಿದ್ದೇನೆ. ನಾನು ನನ್ನ ದಾಸನಿಗೆ ಕಡ್ಡಾಯಗೊಳಿಸಿದ ಕರ್ಮಗಳ ಮೂಲಕವಲ್ಲದೆ ನಾನು ಇಷ್ಟಪಡುವ ಇತರ ಯಾವುದರ ಮೂಲಕವೂ ಅವನು ನನಗೆ ಹತ್ತಿರವಾಗುವುದಿಲ್ಲ. ನನ್ನ ದಾಸನು ಹೆಚ್ಚುವರಿ ಕರ್ಮಗಳನ್ನು (ಐಚ್ಛಿಕ ಕರ್ಮಗಳನ್ನು) ಮಾಡುವ ಮೂಲಕ ನನಗೆ ಹತ್ತಿರವಾಗುತ್ತಲೇ ಇರುತ್ತಾನೆ, ಎಲ್ಲಿಯವರೆಗೆಂದರೆ ನಾನು ಅವನನ್ನು ಪ್ರೀತಿಸುವ ತನಕ. ನಾನು ಅವನನ್ನು ಪ್ರೀತಿಸಿದರೆ, ಅವನು ಕೇಳುವ ಅವನ ಶ್ರವಣ ನಾನಾಗುತ್ತೇನೆ, ಅವನು ನೋಡುವ ಅವನ ದೃಷ್ಟಿ ನಾನಾಗುತ್ತೇನೆ, ಅವನು ಹಿಡಿಯುವ ಅವನ ಕೈ ನಾನಾಗುತ್ತೇನೆ ಮತ್ತು ಅವನು ನಡೆಯುವ ಅವನ ಕಾಲು ನಾನಾಗುತ್ತೇನೆ. ಅವನು ನನ್ನಲ್ಲಿ ಏನಾದರೂ ಕೇಳಿದರೆ ನಾನು ಅದನ್ನು ಖಂಡಿತ ಕೊಡುತ್ತೇನೆ. ಅವನು ನನ್ನಲ್ಲಿ ರಕ್ಷೆ ಬೇಡಿದರೆ ನಾನು ಖಂಡಿತ ಅವನಿಗೆ ರಕ್ಷೆ ನೀಡುತ್ತೇನೆ. ನನ್ನ ದಾಸನ ಆತ್ಮವನ್ನು ವಶಪಡಿಸಲು ನಾನು ಹಿಂಜರಿಯುವಂತೆ, ನಾನು ಮಾಡುವ ಇತರ ಯಾವುದರ ಬಗ್ಗೆಯೂ ನಾನು ಹಿಂಜರಿಯುವುದಿಲ್ಲ. ಏಕೆಂದರೆ, ಅವನು ಮರಣವನ್ನು ಇಷ್ಟಪಡುವುದಿಲ್ಲ ಮತ್ತು ಅವನನ್ನು ನೋಯಿಸಲು ನಾನು ಇಷ್ಟಪಡುವುದಿಲ್ಲ."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
@@ -12985,50 +14536,88 @@
     <t>ಅಲ್ಲಾಹೇತರರ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದರ ಬಗ್ಗೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಎಚ್ಚರಿಕೆ ನೀಡುತ್ತಿದ್ದಾರೆ. ಏಕೆಂದರೆ, ಸತ್ಯವಿಶ್ವಾಸಿಯು ಅಲ್ಲಾಹನ ಮೇಲೆ ಮಾತ್ರ ಆಣೆ ಮಾಡಬೇಕು. ನಂತರ ಅವರು ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾರು ಅಲ್ಲಾಹೇತರರ ಮೇಲೆ ಆಣೆ ಮಾಡುತ್ತಾರೋ, ಅಂದರೆ ಉದಾಹರಣೆಗೆ, ಲಾತ್ ಮತ್ತು ಉಝ್ಝನ ಮೇಲಾಣೆ ಎಂದು ಹೇಳುತ್ತಾರೋ, (ಇವೆರಡು ಅಜ್ಞಾನಕಾಲದ ಜನರು ಪೂಜಿಸುತ್ತಿದ್ದ ಎರಡು ವಿಗ್ರಹಗಳಾಗಿದ್ದವು), ಅವರು ಶಿರ್ಕ್‌ನಿಂದ ಮುಕ್ತರಾಗಲು ಮತ್ತು ಆ ಆಣೆಗೆ ಪ್ರಾಯಶ್ಚಿತ ಮಾಡಿಕೊಳ್ಳಲು ಲಾಇಲಾಹ ಇಲ್ಲಲ್ಲಾಹ್ (ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ) ಎಂದು ಹೇಳಿ ತಮ್ಮನ್ನು ತಾವೇ ಸರಿಪಡಿಸಿಕೊಳ್ಳುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
 ನಂತರ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾರಾದರೂ ತನ್ನ ಸಂಗಡಿಗನಿಗೆ, ಬಾ ನಾವು ಜೂಜಾಡೋಣ ಎಂದು ಹೇಳಿದರೆ, (ಜೂಜು ಎಂದರೆ ಇಬ್ಬರು ಅಥವಾ ಅದಕ್ಕಿಂತ ಹೆಚ್ಚು ಜನರು ಹಣವಿಟ್ಟು ಆಡಿ ಅವರಲ್ಲೊಬ್ಬನು ಅದನ್ನು ಗೆಲ್ಲುವುದು. ಈ ಆಟದಿಂದ ಒಬ್ಬರು ಗೆಲ್ಲುವುದು ಮತ್ತು ಉಳಿದವರು ಸೋಲುವುದು ನಿಶ್ಚಿತ), ತಾನು ಕರೆದುದಕ್ಕೆ ಪ್ರಾಯಶ್ಚಿತವಾಗಿ ದಾನ-ಧರ್ಮ ಮಾಡುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
 الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
 قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
 ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
 تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
 وجوب الرجوع عن المعصية في حال اقترافها.
 من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹನ ಮೇಲೆ, ಅವನ ಹೆಸರು ಹಾಗೂ ಗುಣಲಕ್ಷಣಗಳ ಮೇಲೆ ಮಾತ್ರ ಆಣೆ ಮಾಡಬೇಕು.
 ಅಲ್ಲಾಹೇತರರ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಅದು ಲಾತ್, ಉಝ್ಝ ಮುಂತಾದ ವಿಗ್ರಹಗಳು, ವಿಶ್ವಾಸರ್ಹತೆ, ಪ್ರವಾದಿ ಮುಂತಾದ ಯಾವುದರ ಮೇಲಾದರೂ ಸರಿ.
 ಖತ್ತಾಬಿ ಹೇಳಿದರು: "ಜನರು ತಾವು ಅತಿಯಾಗಿ ಆದರಿಸುವ ದೇವನ ಮೇಲೆ ಆಣೆ ಮಾಡುತ್ತಾರೆ. ಆದ್ದರಿಂದ, ಯಾರಾದರೂ ಲಾತ್, ಉಝ್ಝ ಮುಂತಾದವರ ಮೇಲೆ ಆಣೆ ಮಾಡಿದರೆ, ಅವನು ಸತ್ಯನಿಷೇಧಿಗಳನ್ನು ಅನುಕರಿಸಿದ್ದಾನೆ. ಆದ್ದರಿಂದ, ಅವನು ಏಕದೇವವಿಶ್ವಾಸದ ವಚನವನ್ನು ಪಠಿಸಿ ತನ್ನನ್ನು ಸರಿಪಡಿಸಿಕೊಳ್ಳಬೇಕೆಂದು ಅವರು ಆದೇಶಿಸಿದರು."
 ಅಲ್ಲಾಹೇತರರ ಮೇಲೆ ಆಣೆ ಮಾಡಿದವನು ಶಪಥದ ಪ್ರಾಯಶ್ಚಿತ್ತವನ್ನು ನೀಡಬೇಕಾಗಿಲ್ಲ. ಆದರೆ ಅವನು ಪಶ್ಚಾತ್ತಾಪಪಡಬೇಕು ಮತ್ತು ಅಲ್ಲಾಹನಲ್ಲಿ ಕ್ಷಮೆಯಾಚಿಸಬೇಕು. ಏಕೆಂದರೆ, ಅದು ಪಶ್ಚಾತ್ತಾಪದ ಮೂಲಕವಲ್ಲದೆ ಅಳಿಸಿಹಾಕಲು ಸಾಧ್ಯವಿಲ್ಲದಷ್ಟು ದೊಡ್ಡ ಪಾಪವಾಗಿದೆ.
 ಜೂಜಿನ ಎಲ್ಲಾ ರೂಪ ಮತ್ತು ವಿಧಗಳನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಜೂಜನ್ನು ಮದ್ಯ ಮತ್ತು ವಿಗ್ರಹಗಳೊಂದಿಗೆ ಸೇರಿಸಿ ಹೇಳಿದ್ದಾನೆ.
 ಪಾಪವು ಸಂಭವಿಸಿದರೆ ತಕ್ಷಣ ಅದರಿಂದ ಮುಕ್ತನಾಗುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
 ಪಾಪ ಮಾಡಿದವರು ಕೂಡಲೇ ಒಂದು ಸತ್ಕಾರ್ಯವನ್ನು ಮಾಡಬೇಕು. ಏಕೆಂದರೆ, ಒಳಿತುಗಳು ಕೆಡುಕುಗಳನ್ನು ಅಳಿಸುತ್ತವೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/6379</t>
   </si>
   <si>
+    <t>ما خير رسول الله صلى الله عليه وسلم بين أمرين إلا أخذ أيسرهما، ما لم يكن إثما، فإن كان إثما كان أبعد الناس منه</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎರಡು ವಿಷಯಗಳ ನಡುವೆ ಆಯ್ಕೆ ನೀಡಲಾದಾಗ, ಅವರು ಯಾವಾಗಲೂ ಸುಲಭವಾದದ್ದನ್ನು ಆರಿಸಿಕೊಳ್ಳುತ್ತಿದ್ದರು, ಅದು ಪಾಪವಲ್ಲದಿದ್ದರೆ ಮಾತ್ರ. ಒಂದು ವೇಳೆ ಅದು ಪಾಪವಾಗಿದ್ದರೆ, ಅವರು ಎಲ್ಲರಿಗಿಂತ ಮೊದಲು ಅದರಿಂದ ದೂರವಾಗಿರುತ್ತಿದ್ದರು</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: مَا خُيِّرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَيْنَ أَمْرَيْنِ إِلَّا أَخَذَ أَيْسَرَهُمَا، مَا لَمْ يَكُنْ إِثْمًا، فَإِنْ كَانَ إِثْمًا كَانَ أَبْعَدَ النَّاسِ مِنْهُ، وَمَا انْتَقَمَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِنَفْسِهِ إِلَّا أَنْ تُنْتَهَكَ حُرْمَةُ اللَّهِ، فَيَنْتَقِمَ لِلَّهِ بِهَا.</t>
+  </si>
+  <si>
+    <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: "ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎರಡು ವಿಷಯಗಳ ನಡುವೆ ಆಯ್ಕೆ ನೀಡಲಾದಾಗ, ಅವರು ಯಾವಾಗಲೂ ಸುಲಭವಾದದ್ದನ್ನು ಆರಿಸಿಕೊಳ್ಳುತ್ತಿದ್ದರು, ಅದು ಪಾಪವಲ್ಲದಿದ್ದರೆ ಮಾತ್ರ. ಒಂದು ವೇಳೆ ಅದು ಪಾಪವಾಗಿದ್ದರೆ, ಅವರು ಎಲ್ಲರಿಗಿಂತ ಮೊದಲು ಅದರಿಂದ ದೂರವಾಗಿರುತ್ತಿದ್ದರು. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸ್ವಂತಕ್ಕಾಗಿ ಎಂದಿಗೂ ಪ್ರತೀಕಾರ ತೀರಿಸಿಕೊಂಡಿರಲಿಲ್ಲ, ಆದರೆ ಅಲ್ಲಾಹನ ಪವಿತ್ರತೆಯನ್ನು ಉಲ್ಲಂಘಿಸಿದಾಗ ಹೊರತು. ಆಗ ಅವರು ಅಲ್ಲಾಹನಿಗಾಗಿ ಪ್ರತೀಕಾರ ತೀರಿಸುತ್ತಿದ್ದರು."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها عن بعض أخلاق النبي صلى الله عليه وسلم، ومما ذَكَرَتْ: أنه صلى الله عليه وسلم ما خُيّر بين أمرين إلا أَخَذَ أَسْهَلْهُما ما لم يكن الأسهل مُقتضيًا للإثم، فإنه يكون أبعد الناس عنه ويختار حينئذ الأشدّ.
+وما انتقم صلى الله عليه وسلم لنفسه خاصة بل كان يَسْمَحُ ويَعفو عن حقِّه إلا أنْ تُنْتَهَك حُرُمات الله فيكون لله ينتقم، وكان أشد الناس غضبًا لله.</t>
+  </si>
+  <si>
+    <t>ಉಮ್ಮುಲ್ ಮುಅಮಿನೀನ್ ಆಯಿಶಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರು ಇಲ್ಲಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೆಲವು ಗುಣಗಳನ್ನು ತಿಳಿಸಿದ್ದಾರೆ. ಅವು ಯಾವುದೆಂದರೆ: ಪ್ರವಾದಿಯವರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎರಡು ವಿಷಯಗಳ ನಡುವೆ ಆಯ್ಕೆ ನೀಡಿದಾಗ, ಅವರು ಸುಲಭವಾದದ್ದನ್ನೇ ಆರಿಸಿಕೊಳ್ಳುತ್ತಿದ್ದರು. ಆದರೆ ಅದು ಪಾಪಕ್ಕೆ ಕಾರಣವಾಗದಿದ್ದರೆ ಮಾತ್ರ. ಒಂದು ವೇಳೆ ಸುಲಭವಾದದ್ದು ಪಾಪಕ್ಕೆ ಕಾರಣವಾದರೆ, ಅವರು ಎಲ್ಲರಿಗಿಂತ ಮೊದಲು ಅದರಿಂದ ದೂರವಾಗಿರುತ್ತಿದ್ದರು ಮತ್ತು ಕಠಿಣವಾದದ್ದನ್ನು ಆಯ್ಕೆ ಮಾಡುತ್ತಿದ್ದರು. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸ್ವಂತಕ್ಕಾಗಿ ಪ್ರತೀಕಾರ ತೀರಿಸಿಕೊಳ್ಳುತ್ತಿರಲಿಲ್ಲ. ಬದಲಿಗೆ ತಮ್ಮ ವಿಷಯದಲ್ಲಿ ಜನರನ್ನು ಕ್ಷಮಿಸುತ್ತಿದ್ದರು ಮತ್ತು ಮನ್ನಿಸುತ್ತಿದ್ದರು. ಆದರೆ ಅಲ್ಲಾಹನ ಪವಿತ್ರತೆಯನ್ನು ಉಲ್ಲಂಘಿಸಲಾದಾಗ, ಅವರು ಅಲ್ಲಾಹನಿಗಾಗಿ ಪ್ರತೀಕಾರ ತೀರಿಸುತ್ತಿದ್ದರು. ಅವರು ಅಲ್ಲಾಹನಿಗಾಗಿ ಅತಿಯಾಗಿ ಕೋಪಗೊಳ್ಳುತ್ತಿದ್ದರು.</t>
+  </si>
+  <si>
+    <t>استحباب الأخذ بالأَيْسر في الأمور ما لم يكن فيه معصية.
+يُسْر الإسلام.
+مشروعية الغضب لله تعالى.
+ما كان عليه صلى الله عليه وسلم من الحِلْم والصبر والقيام بالحق في إقامة حدود الله تعالى.
+قال ابن حجر: وفيه ترك الأخذ بالشيء العَسِر، والاقتناع باليُسْر، وترك الإلحاح فيما لا يضطر إليه.
+الحث على العفو إلا في حقوق الله تعالى.</t>
+  </si>
+  <si>
+    <t>ಪಾಪವಲ್ಲದ ವಿಷಯಗಳಲ್ಲಿ ಸುಲಭವಾದದ್ದನ್ನು ಆರಿಸಿಕೊಳ್ಳುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ಇಸ್ಲಾಮ್ ಸರಳತೆಯ ಧರ್ಮವಾಗಿದೆ.
+ಅಲ್ಲಾಹನಿಗಾಗಿ ಕೋಪಗೊಳ್ಳುವುದು ಧಾರ್ಮಿಕ ನಿಯಮವಾಗಿದೆ.
+ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಾಳ್ಮೆ, ಸಹನೆ ಮತ್ತು ಅಲ್ಲಾಹನ ಮಿತಿಗಳನ್ನು (ನಿಯಮಗಳನ್ನು) ಸ್ಥಾಪಿಸುವ ವಿಷಯದಲ್ಲಿ ಸತ್ಯಕ್ಕಾಗಿ ನಿಲ್ಲುವ ಗುಣಗಳನ್ನು ಹೊಂದಿದ್ದರು.
+ಇಬ್ನ್ ಹಜರ್‌ ಹೇಳುತ್ತಾರೆ: "ಇದರಲ್ಲಿ ಕಠಿಣವಾದದ್ದನ್ನು ತೆಗೆದುಕೊಳ್ಳದೆ, ಸುಲಭವಾಗಿರುವುದರಲ್ಲಿ ತೃಪ್ತಿಪಡಬೇಕೆಂದು ಹೇಳಲಾಗಿದೆ ಮತ್ತು ಅತ್ಯವಶ್ಯಕವಲ್ಲದ ವಿಷಯಗಳಲ್ಲಿ ಪಟ್ಟು ಹಿಡಿಯುವುದನ್ನು ಬಿಟ್ಟುಬಿಡಬೇಕೆಂದು ಹೇಳಲಾಗಿದೆ."
+ಅಲ್ಲಾಹನ ಹಕ್ಕುಗಳಿಗೆ ಹೊರತುಪಡಿಸಿ ಇತರ ವಿಷಯಗಳಲ್ಲಿ ಕ್ಷಮಿಸುವುದನ್ನು ಪ್ರೇರೇಪಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/6389</t>
+  </si>
+  <si>
     <t>أتدرون ما المفلس؟</t>
   </si>
   <si>
     <t>ದಿವಾಳಿ ಯಾರೆಂದು ನಿಮಗೆ ತಿಳಿದಿದೆಯೇ?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ದಿವಾಳಿ ಯಾರೆಂದು ನಿಮಗೆ ತಿಳಿದಿದೆಯೇ?" ಅವರು (ಸ್ವಹಾಬಗಳು) ಹೇಳಿದರು: "ನಮ್ಮಲ್ಲಿ ದಿವಾಳಿ ಯಾರೆಂದರೆ ಹಣ ಅಥವಾ ಸಾಮಾನುಗಳು ಇಲ್ಲದವನು." ಅವರು ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ, ನನ್ನ ಸಮುದಾಯದಲ್ಲಿ ದಿವಾಳಿ ಯಾರೆಂದರೆ, ಪುನರುತ್ಥಾನದ ದಿನದಂದು ನಮಾಝ್, ಉಪವಾಸ ಮತ್ತು ಝಕಾತ್‌ಗಳೊಂದಿಗೆ ಬರುವವನು. ಆದರೆ, ಅದೇ ಸಮಯ ಅವನು ಇತರರನ್ನು ನಿಂದಿಸಿ, ಇತರರ ಮೇಲೆ ಸುಳ್ಳಾರೋಪ ಹೊರಿಸಿ, ಇತರರ ರಕ್ತ ಚೆಲ್ಲಿ ಮತ್ತು ಇತರರಿಗೆ ಥಳಿಸಿದಂತಹ ಪಾಪಗಳೊಂದಿಗೂ ಬರುತ್ತಾನೆ. ಆಗ ಅವನ ಸತ್ಕರ್ಮಗಳಿಂದ ಕೆಲವನ್ನು ನೀಡಿ ಅವರಿಗೆ ನ್ಯಾಯ ಒದಗಿಸಲಾಗುವುದು. ಅವರೆಲ್ಲರಿಗೂ ನ್ಯಾಯ ಒದಗಿಸುವ ಮೊದಲೇ ಇವನ ಸತ್ಕರ್ಮಗಳು ಮುಗಿದು ಬಿಟ್ಟರೆ, ಅವರ ಕೆಲವು ಪಾಪಗಳನ್ನು ತೆಗೆದು ಇವನ ಮೇಲೆ ಹೊರಿಸಲಾಗುವುದು. ನಂತರ ಅವನನ್ನು ನರಕಕ್ಕೆ ಎಸೆಯಲಾಗುವುದು."</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸಹಚರರೊಡನೆ ಕೇಳಿದರು: "ದಿವಾಳಿ ಯಾರೆಂದು ನಿಮಗೆ ತಿಳಿದಿದೆಯೇ?" ಅವರು (ಸಹಚರರು) ಹೇಳಿದರು: "ನಮ್ಮಲ್ಲಿ ದಿವಾಳಿ ಯಾರೆಂದರೆ ಹಣ ಅಥವಾ ಸಾಮಾನುಗಳು ಇಲ್ಲದವನು." ಅವರು ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ, ನನ್ನ ಸಮುದಾಯದಲ್ಲಿ ದಿವಾಳಿ ಯಾರೆಂದರೆ, ಪುನರುತ್ಥಾನದ ದಿನದಂದು ನಮಾಝ್, ಉಪವಾಸ, ಝಕಾತ್ ಮುಂತಾದ ಸತ್ಕರ್ಮಗಳೊಂದಿಗೆ ಬರುವವನು. ಆದರೆ, ಅದೇ ಸಮಯ ಅವನು ಇನ್ನೊಬ್ಬರನ್ನು ನಿಂದಿಸಿರುತ್ತಾನೆ ಮತ್ತು ಅವಹೇಳನ ಮಾಡಿರುತ್ತಾನೆ. ಇನ್ನೊಬ್ಬರ ಮೇಲೆ ಸುಳ್ಳಾರೋಪ ಹೊರಿಸಿ ಗೌರವಚ್ಯುತಿ ಮಾಡಿರುತ್ತಾನೆ. ಇನ್ನೊಬ್ಬರ ಹಣವನ್ನು ತಿಂದು ಅದನ್ನು ವಾಪಸು ಕೊಡಲು ನಿರಾಕರಿಸಿರುತ್ತಾನೆ. ಇನ್ನೊಬ್ಬರ ರಕ್ತವನ್ನು ಚೆಲ್ಲಿ ಅವರ ಮೇಲೆ ದಬ್ಬಾಳಿಕೆ ಮಾಡಿರುತ್ತಾನೆ. ಇನ್ನೊಬ್ಬರನ್ನು ಥಳಿಸಿ ಅವಮಾನ ಮಾಡಿರುತ್ತಾನೆ. ಆದ್ದರಿಂದ ಅನ್ಯಾಯಕ್ಕೊಳಗಾದವರಲ್ಲಿ ಎಲ್ಲರಿಗೂ ಇವನ ಸತ್ಕರ್ಮಗಳಲ್ಲಿ ಕೆಲವನ್ನು ನೀಡಲಾಗುವುದು. ಅವರೆಲ್ಲರಿಗೂ ನ್ಯಾಯ ಒದಗಿಸುವ ಮೊದಲೇ ಇವನ ಸತ್ಕರ್ಮಗಳು ಮುಗಿದು ಬಿಟ್ಟರೆ, ಅನ್ಯಾಯಕ್ಕೊಳಗಾದವರ ಕೆಲವು ಪಾಪಗಳನ್ನು ತೆಗೆದು ಇವನ ಹೆಸರಲ್ಲಿ ದಾಖಲಿಸಲಾಗುವುದು. ನಂತರ, ಅವನಲ್ಲಿ ಯಾವುದೇ ಸತ್ಕರ್ಮಗಳು ಇಲ್ಲದಿರುವ ಕಾರಣ ಅವನನ್ನು ನರಕಕ್ಕೆ ಎಸೆಯಲಾಗುವುದು.</t>
   </si>
   <si>
     <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
 حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
 استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
 بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
 معاملة الله للخلق قائمة على العدل والحق.</t>
   </si>
@@ -13293,50 +14882,128 @@
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, "ಲಾ ಇಲಾಹ ಇಲ್ಲಲ್ಲಾಹ್" (ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧಿಸಲು ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ) ಎಂದು ಸಾಕ್ಷಿವಹಿಸಿ ನಾಲಿಗೆಯಿಂದ ಉಚ್ಛರಿಸುವವರು ಮತ್ತು ಅಲ್ಲಾಹನ ಹೊರತಾಗಿ ಆರಾಧಿಸಲಾಗುವ ಎಲ್ಲವನ್ನೂ ನಿಷೇಧಿಸುವವರು ಹಾಗೂ ಇಸ್ಲಾಂ ಧರ್ಮದ ಹೊರತು ಬೇರೆ ಎಲ್ಲಾ ಧರ್ಮಗಳಿಂದ ದೂರ ಸರಿಯುವವರು ಯಾರೋ ಅವರ ಆಸ್ತಿ ಮತ್ತು ಪ್ರಾಣವು ಇತರ ಮುಸಲ್ಮಾನರಿಗೆ ಪವಿತ್ರವಾಗಿವೆ. ನಾವು ಅವರ ಬಾಹ್ಯ ಕರ್ಮಗಳನ್ನು ನೋಡಿ ನಿರ್ಧರಿಸಬೇಕು. ಅವರ ಆಸ್ತಿ ಮತ್ತು ಪ್ರಾಣವನ್ನು ತೆಗೆಯಲು ಯಾರಿಗೂ ಅನುಮತಿಯಿಲ್ಲ. ಇಸ್ಲಾಮೀ ಕಾನೂನಿನ ಪ್ರಕಾರ ಶಿಕ್ಷೆಯ ರೂಪದಲ್ಲಿ ಅವರ ಆಸ್ತಿ ಮತ್ತು ಪ್ರಾಣವನ್ನು ತೆಗೆಯಲು ಅನುಮತಿ ನೀಡುವ ಯಾವುದಾದರೂ ಅಪರಾಧವನ್ನು ಅವರು ಮಾಡಿದ ಹೊರತು.
 ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅವರನ್ನು ವಿಚಾರಣೆ ಮಾಡುವ ಹೊಣೆ ಅಲ್ಲಾಹನದ್ದಾಗಿದೆ. ಅವರು ಸತ್ಯವಿಶ್ವಾಸಿಗಳಾಗಿದ್ದರೆ ಅವರಿಗೆ ಪ್ರತಿಫಲವಿದೆ. ಅವರು ಕಪಟವಿಶ್ವಾಸಿಗಳಾಗಿದ್ದರೆ ಅವರಿಗೆ ಶಿಕ್ಷೆಯಿದೆ.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>"ಲಾ ಇಲಾಹ ಇಲ್ಲಲ್ಲಾಹ್" ಉಚ್ಛರಿಸುವುದು ಮತ್ತು ಅಲ್ಲಾಹನ ಹೊರತಾಗಿ ಆರಾಧಿಸಲಾಗುವ ಎಲ್ಲವನ್ನೂ ನಿಷೇಧಿಸುವುದು ಇಸ್ಲಾಂ ಧರ್ಮವನ್ನು ಸ್ವೀಕರಿಸುವುದಕ್ಕಿರುವ ಷರತ್ತುಗಳಾಗಿವೆ.
 "ಲಾ ಇಲಾಹ ಇಲ್ಲಲ್ಲಾಹ್" ಎಂದರೆ ಅಲ್ಲಾಹನ ಹೊರತಾಗಿ ಆರಾಧಿಸಲಾಗುವ ವಿಗ್ರಹಗಳು, ಸಮಾಧಿಗಳು ಮುಂತಾದ ಎಲ್ಲವನ್ನೂ ನಿಷೇಧಿಸಿ ಏಕೈಕನಾದ ಅಲ್ಲಾಹನನ್ನು ಮಾತ್ರ ಆರಾಧಿಸುವುದು.
 ಒಬ್ಬ ವ್ಯಕ್ತಿ ಏಕದೇವ ವಿಶ್ವಾಸವನ್ನು ಸ್ವೀಕರಿಸಿ ಬಹಿರಂಗವಾಗಿ ಇಸ್ಲಾಂ ಧರ್ಮದ ಕಾನೂನುಗಳನ್ನು ಪಾಲಿಸಿದರೆ, ಅವನು ಅದಕ್ಕೆ ವಿರುದ್ಧವಾದುದನ್ನು ಮಾಡಿದ್ದಾನೆಂದು ಸಾಬೀತಾಗುವ ತನಕ ಅವನ ಪ್ರಾಣಕ್ಕೆ ಕುತ್ತು ಮಾಡಬಾರದೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಮುಸಲ್ಮಾನನ ಆಸ್ತಿ, ಪ್ರಾಣ ಮತ್ತು ಮಾನವು ಪವಿತ್ರವಾಗಿದ್ದು ಕಾನೂನಿಗೆ ಅನುಗುಣವಾಗಿಯೇ ಹೊರತು ಅವುಗಳಿಗೆ ಚ್ಯುತಿ ಮಾಡಬಾರದೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಇಹಲೋಕದಲ್ಲಿ ವ್ಯಕ್ತಿಯ ಬಾಹ್ಯ ವರ್ತನೆಯನ್ನು ನೋಡಿ ತೀರ್ಪು ನೀಡಲಾಗುತ್ತದೆ. ಆದರೆ ಪರಲೋಕದಲ್ಲಿ ಅವನ ಆಂತರಂಗದ ಸಂಕಲ್ಪ ಮತ್ತು ಉದ್ದೇಶವನ್ನು ನೋಡಿ ತೀರ್ಪು ನೀಡಲಾಗುತ್ತದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/6765</t>
   </si>
   <si>
+    <t>نضر الله امرأ سمع منا شيئا فبلغه كما سمع، فرب مبلغ أوعى من سامع</t>
+  </si>
+  <si>
+    <t>ನಮ್ಮಿಂದ ಏನನ್ನಾದರೂ ಕೇಳಿ ಅದನ್ನು ಕೇಳಿದಂತೆಯೇ ತಲುಪಿಸಿದ ವ್ಯಕ್ತಿಯ ಮುಖವನ್ನು ಅಲ್ಲಾಹು ಪ್ರಕಾಶಮಾನವಾಗಿಡಲಿ. ಏಕೆಂದರೆ ಕೆಲವೊಮ್ಮೆ ತಲುಪಿಸುವವನು ಕೇಳಿದವನಿಗಿಂತ ಹೆಚ್ಚು ಗ್ರಹಿಸುವ ಶಕ್ತಿಯನ್ನು ಹೊಂದಿರಬಹುದು</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «نَضَّرَ اللَّهُ امْرَأً سَمِعَ مِنَّا شَيْئًا فَبَلَّغَهُ كَمَا سَمِعَ، فَرُبَّ مُبَلِّغٍ أَوْعَى مِنْ سَامِعٍ».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಮಸ್‌ಊದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ನಮ್ಮಿಂದ ಏನನ್ನಾದರೂ ಕೇಳಿ ಅದನ್ನು ಕೇಳಿದಂತೆಯೇ ತಲುಪಿಸಿದ ವ್ಯಕ್ತಿಯ ಮುಖವನ್ನು ಅಲ್ಲಾಹು ಪ್ರಕಾಶಮಾನವಾಗಿಡಲಿ. ಏಕೆಂದರೆ ಕೆಲವೊಮ್ಮೆ ತಲುಪಿಸುವವನು ಕೇಳಿದವನಿಗಿಂತ ಹೆಚ್ಚು ಗ್ರಹಿಸುವ ಶಕ್ತಿಯನ್ನು ಹೊಂದಿರಬಹುದು."</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالنَّضَارة والبَهْجَة والحُسْن في الدنيا، وأنْ يُوصله الله إلى نَضْرَة الجنة ونعيمها ونَضَارتها في الآخرة؛ لمن سمع حديثه فحَفِظَه حتى يُبلِّغَه لغيره، فربما يكون المنقول له الحديث أَوعى وأفقه وأقدر على الاستنباط من ناقِل الحديث، فيكون الأول يُتْقِنُ الحفظ والنقل، ويكون الثاني يتقن الفهم والاستنباط.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಹದೀಸ್‌ಗಳನ್ನು ಕೇಳಿ ಅದನ್ನು ಇತರರಿಗೆ ತಲುಪಿಸುವವರೆಗೆ ನೆನಪಿಟ್ಟುಕೊಳ್ಳುವ ವ್ಯಕ್ತಿಯು ಈ ಜಗತ್ತಿನಲ್ಲಿ ಪ್ರಕಾಶಮಾನವಾಗಿರಲಿ, ಸಂತೋಷದಿಂದಿರಲಿ ಮತ್ತು ಸುಂದರವಾಗಿರಲಿ, ಮತ್ತು ಅಲ್ಲಾಹನು ಅವನನ್ನು ಪರಲೋಕದಲ್ಲಿ ಸ್ವರ್ಗದ ಪ್ರಕಾಶಮಾನತೆ, ಆನಂದ ಮತ್ತು ಸೌಂದರ್ಯಕ್ಕೆ ಸೇರಿಸಲಿ ಎಂದು ಪ್ರಾರ್ಥಿಸಿದರು. ಏಕೆಂದರೆ ಕೆಲವೊಮ್ಮೆ ಹದೀಸ್ ಅನ್ನು ತಲುಪಿಸಿದ ವ್ಯಕ್ತಿಗಿಂತ ಅದನ್ನು ಸ್ವೀಕರಿಸಿದ ವ್ಯಕ್ತಿಯು ಹೆಚ್ಚು ಗ್ರಹಿಸುವವನು, ಹೆಚ್ಚು ಜ್ಞಾನವುಳ್ಳವನು ಮತ್ತು ಹದೀಸ್‌ನಿಂದ ನಿಯಮಗಳನ್ನು ಸಂಶೋಧಿಸುವುದರಲ್ಲಿ ಹೆಚ್ಚು ಸಮರ್ಥನಾಗಿರಬಹುದು. ಮೊದಲನೆಯವನು ನೆನಪಿಟ್ಟುಕೊಳ್ಳುವುದು ಮತ್ತು ತಲುಪಿಸುವುದರಲ್ಲಿ ಪರಿಣಿತನಾಗಿರಬಹುದು ಮತ್ತು ಎರಡನೆಯವನು ಅರ್ಥಮಾಡಿಕೊಳ್ಳುವುದು ಮತ್ತು ನಿಯಮಗಳನ್ನು ಸಂಶೋಧಿಸುವುದರಲ್ಲಿ ಪರಿಣಿತನಾಗಿರಬಹುದು.</t>
+  </si>
+  <si>
+    <t>الحث على حفظ السنة النبوية، وتبليغها للناس.
+بيان فضل أهل الحديث، وشَرَف طلبه.
+فضل العلماء، الذين هم أهل الاستنباط والفهم.
+فضل الصحابة رضوان الله عليهم، فهم من سمعوا حديث رسول الله صلى الله عليه وسلم وبَلَّغوه لنا.
+قال المناوي: بَيَّنَ به أنَّ راوي الحديث ليس الفقه مِن شَرْطِه، إنما شَرْطُه الحفظ، وعلى الفقيه التَّفَهُّم والتدبُّر.
+قال ابن عيينة: ما من أحد يطلب الحديث إلا وفي وجهه نَضْرة لهذا الحديث.
+الحِفْظ عند المُحدِّثين على نوعين: حِفْظ قَلْب وصَدْر، وحِفظ كتاب وسَطْر، وكلاهما يشمله الدعاء في الحديث.
+فهوم الناس مُتَفَاوِتَة، فرُبّ مبلغ أوعى من سامع، ورب حامل فقه ليس بفقيه.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸುನ್ನತ್ ಅನ್ನು ನೆನಪಿಟ್ಟುಕೊಳ್ಳಲು ಮತ್ತು ಅದನ್ನು ಜನರಿಗೆ ತಲುಪಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ಹದೀಸ್‌ನ ಜನರ ಶ್ರೇಷ್ಠತೆ ಮತ್ತು ಅದನ್ನು ಕಲಿಯುವ ಶ್ರೇಷ್ಠತೆಯನ್ನು ವಿವರಿಸಲಾಗಿದೆ.
+ಸಂಶೋಧನೆ ಮತ್ತು ಅರ್ಥಗ್ರಹಣದಲ್ಲಿ ಪರಿಣಿತರಾದ ವಿದ್ವಾಂಸರ ಶ್ರೇಷ್ಠತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
+ಸಹಾಬಿಗಳ ಶ್ರೇಷ್ಠತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ಅವರು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಂದ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹದೀಸನ್ನು ಕೇಳಿ ಅದನ್ನು ನಮಗೆ ತಲುಪಿಸಿದ್ದಾರೆ.
+ಹದೀಸ್ ವರದಿ ಮಾಡುವವನಿಗೆ ಪಾಂಡಿತ್ಯವಿರಬೇಕಾದುದು ಷರತ್ತಲ್ಲ, ಬದಲಿಗೆ ನೆನಪಿಟ್ಟುಕೊಳ್ಳುವುದು ಮಾತ್ರ ಅವನ ಷರತ್ತಾಗಿದೆ. ಆದರೆ ಕರ್ಮಶಾಸ್ತ್ರಜ್ಞನಿಗೆ ಪಾಂಡಿತ್ಯ ಮತ್ತು ಆಳವಾದ ಚಿಂತನೆ ಎರಡೂ ಇರುವುದು ಅತ್ಯಗತ್ಯವಾಗಿದೆ ಎಂದು ಇದರಲ್ಲಿ ವಿವರಿಸಲಾಗಿದೆ.
+ಇಬ್ನ್ ಉಯೈನಾ ಹೇಳುತ್ತಾರೆ: ಈ ಹದೀಸಿನಲ್ಲಿ ವಿವರಿಸಿರುವಂತೆ, ಹದೀಸ್ ಕಲಿಯುವ ಪ್ರತಿಯೊಬ್ಬರ ಮುಖದಲ್ಲೂ ಒಂದು ಪ್ರಕಾಶ (ಚ್ಯೆತನ್ಯ) ವಿಲ್ಲದೆ ಇರುವುದಿಲ್ಲ.
+ಮುಹದ್ದಿಸೀನ್‌ಗಳ (ಹದೀಸ್ ವಿದ್ವಾಂಸರು) ಪ್ರಕಾರ ನೆನಪಿಟ್ಟುಕೊಳ್ಳುವುದು ಎರಡು ವಿಧಗಳಲ್ಲಿವೆ: ಒಂದು - ಹೃದಯ ಮತ್ತು ಮನಸ್ಸಿನಲ್ಲಿ ನೆನಪಿಟ್ಟುಕೊಳ್ಳುವುದು, ಇನ್ನೊಂದು - ಪುಸ್ತಕ ಮತ್ತು ಬರಹದಲ್ಲಿ ನೆನಪಿಟ್ಟುಕೊಳ್ಳುವುದು. ಇವೆರಡನ್ನೂ ಹದೀಸ್‌ನಲ್ಲಿನ ಪ್ರಾರ್ಥನೆಯು ಒಳಗೊಳ್ಳುತ್ತದೆ.
+ಜನರ ತಿಳುವಳಿಕೆಯ ಮಟ್ಟಗಳು ವಿಭಿನ್ನವಾಗಿರುತ್ತವೆ. ಕೆಲವೊಮ್ಮೆ ತಲುಪಿಸುವವನು ಕೇಳಿದವನಿಗಿಂತ ಹೆಚ್ಚು ಗ್ರಹಿಸುವ ಶಕ್ತಿಯನ್ನು ಹೊಂದಿರುತ್ತಾನೆ. ಕೆಲವೊಮ್ಮೆ ಪಾಂಡಿತ್ಯವನ್ನು ಸಾಗಿಸುವವನು ಪಂಡಿತನಾಗಿರುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/6820</t>
+  </si>
+  <si>
+    <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
+  </si>
+  <si>
+    <t>ಸುಳ್ಳು ಎಂದು ಭಾವಿಸಲಾಗುವ ಒಂದು ಹದೀಸನ್ನು ಯಾರಾದರೂ ನನ್ನ ಹೆಸರಲ್ಲಿ ವರದಿ ಮಾಡಿದರೆ, ಅವನು ಸುಳ್ಳುಗಾರರಲ್ಲಿ ಒಬ್ಬನಾಗಿದ್ದಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
+  </si>
+  <si>
+    <t>ಸಮುರ ಬಿನ್ ಜುಂದುಬ್ ಮತ್ತು ಮುಗೀರ ಬಿನ್ ಶುಅ್‌ಬ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರಿಬ್ಬರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಸುಳ್ಳು ಎಂದು ಭಾವಿಸಲಾಗುವ ಒಂದು ಹದೀಸನ್ನು ಯಾರಾದರೂ ನನ್ನ ಹೆಸರಲ್ಲಿ ವರದಿ ಮಾಡಿದರೆ, ಅವನು ಸುಳ್ಳುಗಾರರಲ್ಲಿ ಒಬ್ಬನಾಗಿದ್ದಾನೆ."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾರಾದರೂ ಸುಳ್ಳು ಎಂದು ತಿಳಿದಿರುವ, ಅಥವಾ ಸುಳ್ಳು ಎಂದು ಭಾವಿಸುವ, ಅಥವಾ ಸುಳ್ಳು ಎಂದು ಖಾತ್ರಿಯಿರುವ ಒಂದು ಹದೀಸನ್ನು ಅವರ ಹೆಸರಲ್ಲಿ ವರದಿ ಮಾಡಿದರೆ, ಅದನ್ನು ಮೊದಲು ವರದಿ ಮಾಡಿದವನ ಸುಳ್ಳುಗಾರಿಕೆಯಲ್ಲಿ ಇವನೂ ಭಾಗಿಯಾಗುತ್ತಾನೆ.</t>
+  </si>
+  <si>
+    <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
+صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
+يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರಿಂದ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವರದಿ ಮಾಡಲಾಗುವ ಹದೀಸ್‌ಗಳ ಬಗ್ಗೆ ಪರಿಶೋಧನೆ ನಡೆಸಬೇಕು ಮತ್ತು ಅದನ್ನು ಇತರರಿಗೆ ವರದಿ ಮಾಡುವ ಮೊದಲು ಅದರ ಅಧಿಕೃತತೆಯನ್ನು ಖಚಿತಪಡಿಸಿಕೊಳ್ಳಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಸುಳ್ಳು ಸೃಷ್ಟಿಸಿದವರು, ಅದನ್ನು ಸಾಗಿಸುವ ಕೆಲಸ ಮಾಡಿದವರು ಮತ್ತು ಅದನ್ನು ಜನರ ಮಧ್ಯೆ ಪ್ರಚಾರ ಮಾಡಿದವರು ಎಲ್ಲರೂ ಸುಳ್ಳುಗಾರರು ಎಂಬ ಅಪಕೀರ್ತಿಗೆ ಪಾತ್ರರಾಗುತ್ತಾರೆ.
+ಒಂದು ಹದೀಸ್ ಕೃತಕವೆಂದು ತಿಳಿದಿದ್ದರೆ, ಅಥವಾ ಅದು ಕೃತಕವೆಂದು ಖಾತ್ರಿಯಾದರೆ, ಅದನ್ನು ವರದಿ ಮಾಡುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ. ಆದರೆ, ಅದರ ಬಗ್ಗೆ ಜನರಿಗೆ ಎಚ್ಚರಿಕೆ ನೀಡುವುದಕ್ಕಾಗಿದ್ದರೆ ಪರವಾಗಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>رواه مسلم في مقدمته</t>
+  </si>
+  <si>
+    <t>[رواه مسلم في مقدمته]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/6982</t>
+  </si>
+  <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಡವಳಿಕೆ ಪವಿತ್ರ ಕುರ್‌ಆನ್ ಆಗಿದೆ</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>ಸಅದ್ ಬಿನ್ ಹಿಶಾಮ್ ಬಿನ್ ಆಮಿರ್ – ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರ ಬಳಿಗೆ ಹೋದಾಗ ಹೇಳಿದರು: "ಓ ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ತಾಯಿಯವರೇ! ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಡವಳಿಕೆಯ ಬಗ್ಗೆ ನನಗೆ ತಿಳಿಸಿಕೊಡಿ." ಅವರು ಕೇಳಿದರು: "ನೀವು ಪವಿತ್ರ ಕುರ್‌ಆನ್ ಪಠಿಸುವುದಿಲ್ಲವೇ?" ನಾನು ಹೇಳಿದೆ: "ಪಠಿಸುತ್ತೇನೆ." ಅವರು ಹೇಳಿದರು: "ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಡವಳಿಕೆ ಪವಿತ್ರ ಕುರ್‌ಆನ್ ಆಗಿದೆ."</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಡವಳಿಕೆಯ ಬಗ್ಗೆ ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರೊಡನೆ ಕೇಳಲಾದಾಗ ಅವರು ಒಂದು ಸಮಗ್ರ ವಾಕ್ಯದ ಮೂಲಕ ಉತ್ತರಿಸಿದರು. ಅವರು ಪ್ರಶ್ನೆ ಕೇಳಿದವನ ಗಮನವನ್ನು ಎಲ್ಲಾ ರೀತಿಯ ಸಂಪೂರ್ಣತೆಯ ನಡವಳಿಕೆಗಳನ್ನು ಒಳಗೊಂಡಿರುವ ಪವಿತ್ರ ಕುರ್‌ಆನ್‌ನ ಕಡೆಗೆ ತಿರುಗಿಸಿ ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪವಿತ್ರ ಕುರ್‌ಆನನ್ನು ತಮ್ಮ ನಡವಳಿಕೆಯಾಗಿ ಮಾಡಿಕೊಂಡಿದ್ದಾರೆ; ಅದು ಆಜ್ಞಾಪಿಸುವುದನ್ನು ಅವರು ನಿರ್ವಹಿಸುತ್ತಾರೆ ಮತ್ತು ಅದು ವಿರೋಧಿಸುವುದರಿಂದ ಅವರು ದೂರ ಸರಿಯುತ್ತಾರೆ. ಪವಿತ್ರ ಕುರ್‌ಆನ್‌ನಲ್ಲಿರುವ ಪ್ರಕಾರ ಕಾರ್ಯವೆಸಗುವುದು, ಅದು ನಿಲ್ಲಲು ಹೇಳಿದಲ್ಲಿ ನಿಲ್ಲುವುದು, ಅದು ತೋರಿಸಿದ ಶಿಷ್ಟಾಚಾರಗಳನ್ನು ಪಾಲಿಸುವುದು ಮತ್ತು ಅದರಲ್ಲಿರುವ ಉದಾಹರಣೆಗಳು ಮತ್ತು ಕಥೆಗಳಿಂದ ನೀತಿಪಾಠವನ್ನು ಕಲಿತುಕೊಳ್ಳುವುದು ಅವರ ನಡವಳಿಕೆಯಾಗಿದೆ.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪವಿತ್ರ ಕುರ್‌ಆನನ್ನು ತಮ್ಮ ನಡವಳಿಕೆಯಾಗಿ ಸ್ವೀಕರಿಸಿಕೊಂಡಂತೆ ನಾವು ಕೂಡ ಅವರನ್ನು ಅನುಕರಿಸಬೇಕೆಂದು ಈ ಹದೀಸ್ ಪ್ರೋತ್ಸಾಹಿಸುತ್ತದೆ.
@@ -13365,155 +15032,358 @@
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ದಯೆ ತೋರುವವರಿಗೆ ಪರಮ ದಯಾಮಯನು (ಅಲ್ಲಾಹು) ದಯೆ ತೋರುತ್ತಾನೆ. ಭೂಮಿಯಲ್ಲಿರುವವರಿಗೆ ದಯೆ ತೋರಿರಿ. ಆಕಾಶದಲ್ಲಿರುವವನು ನಿಮಗೆ ದಯೆ ತೋರುತ್ತಾನೆ."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>ಇತರ ಜನರಿಗೆ ದಯೆ ತೋರುವವರಿಗೆ ಪರಮ ದಯಾಮಯನಾದ ಅಲ್ಲಾಹು ಎಲ್ಲಾ ವಸ್ತುಗಳನ್ನು ಒಳಗೊಳ್ಳುವಷ್ಟು ವಿಶಾಲವಾದ ತನ್ನ ದಯೆಯಿಂದ ದಯೆ ತೋರುತ್ತಾನೆಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುತ್ತಿದ್ದಾರೆ.
 ನಂತರ, ಭೂಮಿಯಲ್ಲಿರುವ ಮನುಷ್ಯರು, ಪ್ರಾಣಿಗಳು, ಹಕ್ಕಿಗಳು ಮುಂತಾದ ಎಲ್ಲಾ ಜೀವಿಗಳ ಮೇಲೆ ದಯೆ ತೋರಬೇಕೆಂದು ಅವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆದೇಶಿಸುತ್ತಾರೆ. ಅದಕ್ಕಿರುವ ಪ್ರತಿಫಲವಾಗಿ ಆಕಾಶದಲ್ಲಿರುವ ಅಲ್ಲಾಹು ಅವರಿಗೂ ದಯೆ ತೋರುತ್ತಾನೆ.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>ಇಸ್ಲಾಂ ಧರ್ಮವು ದಯೆಯ ಧರ್ಮವಾಗಿದೆ. ಅದು ಸಂಪೂರ್ಣವಾಗಿ ಅಲ್ಲಾಹನಿಗೆ ವಿಧೇಯತೆ ತೋರುವುದು ಮತ್ತು ಇತರ ಸೃಷ್ಟಿಗಳಿಗೆ ಒಳಿತು ಮಾಡುವುದರ ಮೇಲೆ ಸ್ಥಾಪಿತವಾಗಿದೆ.
 ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹನನ್ನು ರಹ್ಮತ್ (ದಯೆ) ಎಂಬ ಗುಣದಿಂದ ಬಣ್ಣಿಸಲಾಗಿದೆ. ಅವನು ಪರಮ ದಯಾಳು ಮತ್ತು ಕರುಣಾನಿಧಿಯಾಗಿದ್ದಾನೆ. ಅವನು ತನ್ನ ದಾಸರಿಗೆ ದಯೆ ತೋರುತ್ತಾನೆ.
 ಪ್ರತಿಫಲವು ಕರ್ಮಕ್ಕೆ ತಕ್ಕುದಾಗಿರುತ್ತದೆ. ದಯೆ ತೋರುವವರಿಗೆ ಅಲ್ಲಾಹು ದಯೆ ತೋರುತ್ತಾನೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/8289</t>
   </si>
   <si>
+    <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಸೀದಿಯನ್ನು ಪ್ರವೇಶಿಸುವಾಗ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದರು: "ಬಹಿಷ್ಕೃತನಾದ ಶೈತಾನನಿಂದ ನಾನು ಮಹಾನನಾದ ಅಲ್ಲಾಹನೊಂದಿಗೆ, ಅವನ ಗೌರವಾನ್ವಿತ ಮುಖದೊಂದಿಗೆ ಮತ್ತು ಅವನ ಅನಶ್ವರ ಅಧಿಕಾರದೊಂದಿಗೆ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ ಬಿನ್ ಆಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಸೀದಿಯನ್ನು ಪ್ರವೇಶಿಸುವಾಗ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದರು: "ಬಹಿಷ್ಕೃತನಾದ ಶೈತಾನನಿಂದ ನಾನು ಮಹಾನನಾದ ಅಲ್ಲಾಹನೊಂದಿಗೆ, ಅವನ ಗೌರವಾನ್ವಿತ ಮುಖದೊಂದಿಗೆ ಮತ್ತು ಅವನ ಅನಶ್ವರ ಅಧಿಕಾರದೊಂದಿಗೆ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ." ಅವರು ಕೇಳಿದರು: "ಇಷ್ಟೇ ಏನು?" ನಾನು ಹೇಳಿದೆ: "ಹೌದು." ಅವರು ಹೇಳಿದರು: "ಇದನ್ನು ಪಠಿಸಿದರೆ ಶೈತಾನನು ಹೀಗೆ ಹೇಳುವನು: ಈ ಇಡೀ ದಿನ ಅವನು ನನ್ನಿಂದ ರಕ್ಷಿಸಲ್ಪಟ್ಟಿದ್ದಾನೆ."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
+(أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
+(وبوجهه الكريم) الجَواد المُعطي، 
+(وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
+(القديم) الأزلي الأبدي 
+(من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
+أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
+فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
+قال: نعم.
+فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಸೀದಿಯನ್ನು ಪ್ರವೇಶಿಸುವಾಗ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದರು: "ಅಊದು ಬಿಲ್ಲಾಹಿಲ್ ಅಝೀಮ್" - ನಾನು ಅಲ್ಲಾಹನೊಂದಿಗೆ ಮತ್ತು ಅವನ ಗುಣಲಕ್ಷಣಗಳೊಂದಿಗೆ ರಕ್ಷೆ ಬೇಡುತ್ತೇನೆ ಮತ್ತು ಆಶ್ರಯ ಬೇಡುತ್ತೇನೆ. "ವಬಿವಜ್‌ಹಿಹಿಲ್ ಕರೀಮ್" - ಅವನ ಉದಾರ ಮತ್ತು ಗೌರವಾರ್ಹ ಮುಖದೊಂದಿಗೆ. "ವಸುಲ್ತಾನಿಹಿ" - ಅವನ ಸೃಷ್ಟಿಗಳ ಪೈಕಿ ಅವನಿಚ್ಛಿಸಿದವರ ಮೇಲೆ ಅವನಿಗಿರುವ ಪ್ರಾಬಲ್ಯ, ಸಾಮರ್ಥ್ಯ ಮತ್ತು ಅಧಿಕಾರದೊಂದಿಗೆ. "ಅಲ್ ಕದೀಮ್" - ಶಾಶ್ವತ ಮತ್ತು ಅನಶ್ವರವಾದ. "ಮಿನ ಶ್ಶೈತಾನಿ ರ್‍ರಜೀಮ್" - ಅಲ್ಲಾಹನ ಕರುಣೆಯಿಂದ ದೂರಗೊಳಿಸಲಾದ ಮತ್ತು ಬಹಿಷ್ಕರಿಸಲಾದ ಶೈತಾನನಿಂದ. ಅಂದರೆ, ಓ ಅಲ್ಲಾಹ್! ನನ್ನನ್ನು ಅವನ ಪಿಸುಮಾತುಗಳು, ಅವನ ಪ್ರಲೋಭನೆಗಳು, ಅವನ ಹೆಜ್ಜೆಗಳು, ಅವನ ಆಲೋಚನೆಗಳು, ಅವನ ಒಳನೋಟಗಳು ಮತ್ತು ಅವನ ದುರ್ಮಾರ್ಗದಿಂದ ರಕ್ಷಿಸು. ಏಕೆಂದರೆ, ದುರ್ಮಾರ್ಗಕ್ಕೆ, ಪ್ರಲೋಭನೆಗಳಿಗೆ ಮತ್ತು ಅವಿವೇಕತನಗಳಿಗೆ ಅವನೇ ಕಾರಣಕರ್ತನು. ಆಗ ಒಬ್ಬರು ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ ರೊಡನೆ ಕೇಳಿದರು: "ಇಷ್ಟೇ ಏನು?" ಅಂದರೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದ್ದು ಇಷ್ಟೇ ಏನು? ಅವರು “ಹೌದು” ಎಂದು ಉತ್ತರಿಸಿದರು.
+ಮಸೀದಿಗೆ ಪ್ರವೇಶಿಸುವವನು ಈ ಪ್ರಾರ್ಥನೆ ಪಠಿಸಿದರೆ, ಶೈತಾನನು ಹೇಳುವನು: "ಮಸೀದಿಗೆ ಪ್ರವೇಶಿಸಿದ ಈ ವ್ಯಕ್ತಿ ಎಲ್ಲಾ ಸಮಯಗಳಲ್ಲೂ ರಾತ್ರಿಯಲ್ಲೂ ಹಗಲಲ್ಲೂ ನನ್ನಿಂದ ರಕ್ಷಿಸಲ್ಪಟ್ಟಿದ್ದಾನೆ."</t>
+  </si>
+  <si>
+    <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
+التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
+يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
+  </si>
+  <si>
+    <t>ಮಸೀದಿಯನ್ನು ಪ್ರವೇಶಿಸುವಾಗ ಈ ಸ್ಮರಣೆಯನ್ನು ಪಠಿಸುವ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಮತ್ತು ಅದನ್ನು ಪಠಿಸುವವನನ್ನು ಅದು ಆ ದಿನ ಪೂರ್ತಿ ಶೈತಾನನಿಂದ ರಕ್ಷಿಸುತ್ತದೆ ಎಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಶೈತಾನನ ಬಗ್ಗೆ ಮತ್ತು ಅವನು ಮುಸಲ್ಮಾನನನ್ನು ದುರ್ಮಾರ್ಗಿಯನ್ನಾಗಿ ಮಾಡಲು ಮತ್ತು ಪ್ರಲೋಭನೆಗೆ ಒಳಪಡಿಸಲು ಸದಾ ಹೊಂಚುಹಾಕುತ್ತಿರುತ್ತಾನೆ ಎಂದು ಎಚ್ಚರಿಸಲಾಗಿದೆ.
+ಮನುಷ್ಯನ ಹೃದಯದಲ್ಲಿ ಅಲ್ಲಾಹನ ಬಗ್ಗೆಯಿರುವ ವಿಶ್ವಾಸ, ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪಠಿಸುವಾಗ ಅವನಿಗಿರುವ ಹೃದಯ ಸಾನಿಧ್ಯತೆ ಮತ್ತು ಇದರಲ್ಲಿ ಸೇರಿಕೊಂಡಿರುವ ಅಲ್ಲಾಹನ ವಾಗ್ದಾನದಲ್ಲಿ ಅವನಿಗಿರುವ ನಂಬಿಕೆ - ಇವು ಎಷ್ಟರಮಟ್ಟಿಗೆ ಅವನಲ್ಲಿರುತ್ತವೋ ಅಷ್ಟರ ಮಟ್ಟಿಗೆ ಅವನಿಗೆ ಶೈತಾನನ ದುರ್ಮಾರ್ಗದಿಂದ ರಕ್ಷಣೆ ದೊರೆಯುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8294</t>
+  </si>
+  <si>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
+  </si>
+  <si>
+    <t>ನರಕದಲ್ಲಿ ಅತ್ಯಂತ ಕಡಿಮೆ ಶಿಕ್ಷೆ ಪಡೆಯುವವನೊಡನೆ ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅಲ್ಲಾಹು ಕೇಳುವನು: "ಒಂದು ವೇಳೆ ಭೂಮಿಯಲ್ಲಿರುವ ಎಲ್ಲಾ ವಸ್ತುಗಳು ನಿನ್ನ ವಶದಲ್ಲಿದ್ದರೆ ನೀನು ಅವುಗಳನ್ನು (ಶಿಕ್ಷೆಯಿಂದ ಪಾರಾಗಲು) ಪರಿಹಾರವಾಗಿ ನೀಡುತ್ತಿದ್ದೆಯಾ?" ಅವನು ಹೇಳುವನು: "ಹೌದು</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
+  </si>
+  <si>
+    <t>ಅನಸ್ ಬಿನ್ ಮಾಲಿಕ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನರಕದಲ್ಲಿ ಅತ್ಯಂತ ಕಡಿಮೆ ಶಿಕ್ಷೆ ಪಡೆಯುವವನೊಡನೆ ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅಲ್ಲಾಹು ಕೇಳುವನು: "ಒಂದು ವೇಳೆ ಭೂಮಿಯಲ್ಲಿರುವ ಎಲ್ಲಾ ವಸ್ತುಗಳು ನಿನ್ನ ವಶದಲ್ಲಿದ್ದರೆ ನೀನು ಅವುಗಳನ್ನು (ಶಿಕ್ಷೆಯಿಂದ ಪಾರಾಗಲು) ಪರಿಹಾರವಾಗಿ ನೀಡುತ್ತಿದ್ದೆಯಾ?" ಅವನು ಹೇಳುವನು: "ಹೌದು".، ಆಗ ಅಲ್ಲಾಹು ಹೇಳುವನು: "ನೀನು ಆದಮರ ಬೆನ್ನೆಲುಬಿನಲ್ಲಿದ್ದಾಗ ನಾನು ನಿನ್ನಿಂದ ಇದಕ್ಕಿಂತಲೂ ಸುಲಭವಾದುದನ್ನು ಬಯಸಿದ್ದೆ - ಅಂದರೆ ನೀನು ನನ್ನೊಡನೆ ಯಾರನ್ನೂ ಸಹಭಾಗಿಯಾಗಿ ಮಾಡಬಾರದೆಂದು. ಆದರೆ ನೀನು ನನ್ನೊಂದಿಗೆ ಸಹಭಾಗಿತ್ವ ಮಾಡಲು ಹಟ ಹಿಡಿದು ನಿಂತೆ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
+فيقول: نعم، 
+فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ನರಕದಲ್ಲಿ ಅತ್ಯಂತ ಕಡಿಮೆ ಪ್ರಮಾಣದ ಶಿಕ್ಷೆ ಪಡೆಯುವವನು ನರಕಕ್ಕೆ ಪ್ರವೇಶಿಸಿದ ನಂತರ ಅಲ್ಲಾಹು ಅವನೊಡನೆ ಕೇಳುವನು: "ಇಹಲೋಕ ಮತ್ತು ಅದರಲ್ಲಿರುವುದೆಲ್ಲವೂ ನಿನ್ನ ವಶದಲ್ಲಿದ್ದರೆ, ಈ ಶಿಕ್ಷೆಯಿಂದ ಪಾರಾಗಲು ನೀನು ಅವುಗಳನ್ನು ಪರಿಹಾರವಾಗಿ ನೀಡುತ್ತಿದ್ದೆಯಾ?" ಅವನು ಹೇಳುವನು: "ಹೌದು." ಆಗ ಅಲ್ಲಾಹು ಹೇಳುವನು: "ನೀನು ಆದಮರ ಬೆನ್ನೆಲುಬಿನಲ್ಲಿದ್ದಾಗ ನಾನು ನಿನ್ನಿಂದ ಇದಕ್ಕಿಂತಲೂ ಸರಳವಾದುದನ್ನು ಬಯಸಿದ್ದೆ ಮತ್ತು ಆದೇಶಿಸಿದ್ದೆ - ಅಂದರೆ ನೀನು ನನ್ನೊಡನೆ ಯಾರನ್ನೂ ಸಹಭಾಗಿಯಾಗಿ ಮಾಡಬಾರದೆಂದು. ಆದರೆ ಇಹಲೋಕಕ್ಕೆ ಬಂದ ನಂತರ ನೀನು ನನ್ನೊಂದಿಗೆ ಸಹಭಾಗಿತ್ವ ಮಾಡಲು ಹಟ ಹಿಡಿದು ನಿಂತೆ."</t>
+  </si>
+  <si>
+    <t>فضل التوحيد ويُسْر العمل به.
+خطر الشرك بالله تعالى وعاقبته.
+أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
+التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
+  </si>
+  <si>
+    <t>ಏಕದೇವವಿಶ್ವಾಸದ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಮತ್ತು ಅದರ ಪ್ರಕಾರ ಜೀವಿಸುವುದು ಸುಲಭವಾಗಿದೆಯೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಅಲ್ಲಾಹನೊಂದಿಗೆ ಸಹಭಾಗಿತ್ವ ಮಾಡುವುದರ ಅಪಾಯ ಮತ್ತು ಅದರ ದುರಂತ ಫಲದ ಬಗ್ಗೆ ಎಚ್ಚರಿಸಲಾಗಿದೆ.
+ಮನುಷ್ಯರು ಅವರ ತಂದೆ ಆದಮರ ಬೆನ್ನೆಲುಬಿನಲ್ಲಿದ್ದಾಗ, ಸಹಭಾಗಿತ್ವ ಮಾಡಬಾರದೆಂದು ಅಲ್ಲಾಹು ಅವರಿಂದ ಕರಾರು ಪಡೆದುಕೊಂಡಿದ್ದನು.
+ದೇವ ಸಹಭಾಗಿತ್ವದ (ಶಿರ್ಕ್) ಬಗ್ಗೆ ಹಾಗೂ ಪುನರುತ್ಥಾನ ದಿನದಂದು ಇಹಲೋಕ ಮತ್ತು ಅದರಲ್ಲಿರುವ ಯಾವುದೇ ವಸ್ತುಗಳು ಮನುಷ್ಯನಿಗೆ ಪ್ರಯೋಜನ ನೀಡುವುದಿಲ್ಲವೆಂದು ಎಚ್ಚರಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8315</t>
+  </si>
+  <si>
     <t>ينادي مناد: إن لكم أن تصحوا فلا تسقموا أبدا، وإن لكم أن تحيوا فلا تموتوا أبدا، وإن لكم أن تشبوا فلا تهرموا أبدا، وإن لكم أن تنعموا فلا تبأسوا أبدا</t>
   </si>
   <si>
     <t>ಒಬ್ಬ ಘೋಷಕನು ಘೋಷಿಸುವನು: ನೀವು ಸದಾ ಆರೋಗ್ಯವಂತರಾಗಿರುವಿರಿ. ನೀವೆಂದೂ ರೋಗಿಗಳಾಗುವುದಿಲ್ಲ. ನೀವು ಸದಾ ಜೀವಂತವಾಗಿರುವಿರಿ. ನೀವೆಂದೂ ಮರಣಹೊಂದುವುದಿಲ್ಲ. ನೀವು ಸದಾ ಯುವಕರಾಗಿರುವಿರಿ. ನೀವೆಂದೂ ವೃದ್ಧರಾಗುವುದಿಲ್ಲ. ನೀವು ಸದಾ ಸುಖಭೋಗಿಗಳಾಗುವಿರಿ. ನೀವೆಂದೂ ನೋವು ಅನುಭವಿಸುವುದಿಲ್ಲ</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَأَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا» فَذَلِكَ قَوْلُهُ عَزَّ وَجَلَّ: {وَنُودُوا أَنْ تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ} [الأعراف: 43].</t>
   </si>
   <si>
     <t>ಅಬೂ ಸಈದ್ ಖುದ್ರಿ ಮತ್ತು ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಒಬ್ಬ ಘೋಷಕನು ಘೋಷಿಸುವನು: ನೀವು ಸದಾ ಆರೋಗ್ಯವಂತರಾಗಿರುವಿರಿ. ನೀವೆಂದೂ ರೋಗಿಗಳಾಗುವುದಿಲ್ಲ. ನೀವು ಸದಾ ಜೀವಂತವಾಗಿರುವಿರಿ. ನೀವೆಂದೂ ಮರಣಹೊಂದುವುದಿಲ್ಲ. ನೀವು ಸದಾ ಯುವಕರಾಗಿರುವಿರಿ. ನೀವೆಂದೂ ವೃದ್ಧರಾಗುವುದಿಲ್ಲ. ನೀವು ಸದಾ ಸುಖಭೋಗಿಗಳಾಗುವಿರಿ. ನೀವೆಂದೂ ನೋವು ಅನುಭವಿಸುವುದಿಲ್ಲ. ಇದೇ ಅಲ್ಲಾಹನ ಈ ವಚನದ ಅರ್ಥ: "ಆಗ ಅವರೊಡನೆ ಹೇಳಲಾಗುವುದು: ನೀವು ಮಾಡಿದ ಕರ್ಮಗಳಿಗೆ ಪ್ರತಿಫಲವಾಗಿ ಈ ಸ್ವರ್ಗವನ್ನು ನೀವು ಉತ್ತರಾಧಿಕಾರವಾಗಿ ಪಡೆದಿರುವಿರಿ." [ಅಅ್‌ರಾಫ್:43]</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنه ينادي أهلَ الجنة مُنادٍ وهم فيها يتنعمون: إنّ لكم أنْ تَصحوا فلا تمرضوا في الجنة أبدًا مهما قَلَّ المرض، وإنَّ لكم أن تَحْيَوا فلا تموتوا فيها أبدًا ولو كان نومًا وهو موتة صغرى، وإن لكم أن تَشِبُّوا فلا تَشِيْخوا فيها أبدًا، وإن لكم أن تَنْعموا فلا تحزنوا أو تبْأسوا فيها أبدًا، فذلك قوله عز وجل: {ونُودُوا أنْ تلكم الجنة أورثتموها بما كنتم تعملون} [الأعراف: 43].</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಸ್ವರ್ಗವಾಸಿಗಳು ಸ್ವರ್ಗದಲ್ಲಿ ಹಾಯಾಗಿರುವಾಗ ಒಬ್ಬ ಘೋಷಕನು ಅವರನ್ನು ಕರೆದು ಹೇಳುವನು: "ನೀವು ಸ್ವರ್ಗದಲ್ಲಿ ಸದಾ ಆರೋಗ್ಯವಂತರಾಗಿರುವಿರಿ ಮತ್ತು ನಿಮಗೆ ಒಂದು ಚಿಕ್ಕ ಕಾಯಿಲೆ ಕೂಡ ಉಂಟಾಗುವುದಿಲ್ಲ. ನೀವು ಇಲ್ಲಿ ಸದಾ ಜೀವಂತವಾಗಿರುವಿರಿ. ನೀವೆಂದೂ ಇಲ್ಲಿ ಮರಣಹೊಂದುವುದಿಲ್ಲ. ಅದು ಚಿಕ್ಕ ಮರಣವೆಂದು ಕರೆಯಲಾಗುವ ನಿದ್ರೆಯಾಗಿದ್ದರೂ ಸಹ. ನೀವು ಇಲ್ಲಿ ಸದಾ ಯುವಕರಾಗಿರುವಿರಿ. ನೀವೆಂದೂ ಇಲ್ಲಿ ಮುದುಕರಾಗುವುದಿಲ್ಲ. ನೀವು ಇಲ್ಲಿ ಸದಾ ಸುಖಭೋಗಿಗಳಾಗುವಿರಿ. ನೀವೆಂದೂ ದುಃಖಿಸುವುದಿಲ್ಲ ಮತ್ತು ನೋವು ಅನುಭವಿಸುವುದಿಲ್ಲ. ಇದೇ ಅಲ್ಲಾಹನ ಈ ವಚನದ ಅರ್ಥ: "ಆಗ ಅವರೊಡನೆ ಹೇಳಲಾಗುವುದು: ನೀವು ಮಾಡಿದ ಕರ್ಮಗಳಿಗೆ ಪ್ರತಿಫಲವಾಗಿ ಈ ಸ್ವರ್ಗವನ್ನು ನೀವು ಉತ್ತರಾಧಿಕಾರವಾಗಿ ಪಡೆದಿರುವಿರಿ." [ಅಅ್‌ರಾಫ್:43]</t>
   </si>
   <si>
     <t>أعظم مُضَيِّقات نعيم الحياة الدنيا مهما بَلَغَ صاحبُه من التَّرَف أربعة أمور: المرض، والموت، والهرم، والبؤس والحزن بسبب الخوف من العدو والفقر والحرب وغير ذلك، وأهل الجنة سالمون منها، فحصل لأهل الجنة النعيم الأكمل.
 اختلاف نعيم الجنة عما في الدنيا من النعيم؛ لأن نعيم الجنة لا خوف فيه، وأما نعيم الدنيا لا يدوم ويعتريه آلام وأسقام.
 الترغيب في العمل الصالح الذي يُتَوَصَّل به إلى نعيم الجنة.</t>
   </si>
   <si>
     <t>ಮನುಷ್ಯನು ಎಷ್ಟೇ ದೊಡ್ಡ ಸುಖಭೋಗದಲ್ಲಿದ್ದರೂ ಸಹ ಅವನ ಜೀವನದ ಸುಖವನ್ನು ಹಾಳು ಮಾಡುವ ನಾಲ್ಕು ಪ್ರಮುಖ ವಿಷಯಗಳಿವೆ: ಅನಾರೋಗ್ಯ, ಮರಣ, ವೃದ್ಧಾಪ್ಯ ಮತ್ತು ವೈರಿಗಳು, ಬಡತನ, ಯುದ್ಧ ಮುಂತಾದವುಗಳನ್ನು ಹೆದರಿ ಅವನಿಗೆ ಉಂಟಾಗುವ ಸಂಕಟ ಮತ್ತು ವ್ಯಥೆ. ಸ್ವರ್ಗವಾಸಿಗಳು ಇವೆಲ್ಲದರಿಂದಲೂ ಮುಕ್ತರಾಗಿದ್ದಾರೆ. ಆದ್ದರಿಂದ ಸ್ವರ್ಗವಾಸಿಗಳು ಪೂರ್ಣರೂಪದ ಸುಖವನ್ನು ಪಡೆಯುತ್ತಾರೆ.
 ಸ್ವರ್ಗದ ಸುಖಭೋಗಗಳು ಇಹಲೋಕದ ಸುಖಭೋಗಗಳಿಗಿಂತ ಭಿನ್ನವಾಗಿದೆ. ಏಕೆಂದರೆ, ಸ್ವರ್ಗದ ಸುಖಗಳಿಗೆ ಭಯವಿಲ್ಲ. ಆದರೆ ಇಹಲೋಕದ ಸುಖ ಶಾಶ್ವತವಾಗಿರುವುದಿಲ್ಲ. ನೋವು ಮತ್ತು ಕಾಯಿಲೆಗಳು ಅದಕ್ಕೆ ಅಡ್ಡಿಯಾಗುತ್ತವೆ.
 ಸ್ವರ್ಗದ ಸುಖಭೋಗಗಳಿಗೆ ತಲುಪಲು ಸಹಾಯ ಮಾಡುವ ಸತ್ಕರ್ಮಗಳನ್ನು ನಿರ್ವಹಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/8341</t>
+  </si>
+  <si>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
+  </si>
+  <si>
+    <t>ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಸ್ವರ್ಗವಾಸಿಗಳೊಡನೆ ಕೇಳುವನು: "ಓ ಸ್ವರ್ಗವಾಸಿಗಳೇ!" ಅವರು ಉತ್ತರಿಸುವರು: "ನಾವು ನಿನಗೆ ಓಗೊಡುತ್ತಿದ್ದೇವೆ ಮತ್ತು ನಿನ್ನ ಸೇವೆ ಮಾಡಲು ಸನ್ನದ್ಧರಾಗಿದ್ದೇವೆ." ಅವನು ಕೇಳುವನು: "ನಿಮಗೆ ತೃಪ್ತಿಯಾಗಿದೆಯೇ?" ಅವರು ಉತ್ತರಿಸುವರು: "ನಮಗೆ ತೃಪ್ತಿಯಾಗದಿರಲು ಹೇಗೆ ಸಾಧ್ಯ? ನೀನಂತೂ ನಿನ್ನ ಸೃಷ್ಟಿಗಳಲ್ಲಿ ಯಾರಿಗೂ ನೀಡದೇ ಇರುವುದನ್ನು ನಮಗೆ ನೀಡಿರುವೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಸಈದ್ ಖುದ್ರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಸ್ವರ್ಗವಾಸಿಗಳೊಡನೆ ಕೇಳುವನು: "ಓ ಸ್ವರ್ಗವಾಸಿಗಳೇ!" ಅವರು ಉತ್ತರಿಸುವರು: "ನಾವು ನಿನಗೆ ಓಗೊಡುತ್ತಿದ್ದೇವೆ ಮತ್ತು ನಿನ್ನ ಸೇವೆ ಮಾಡಲು ಸನ್ನದ್ಧರಾಗಿದ್ದೇವೆ." ಅವನು ಕೇಳುವನು: "ನಿಮಗೆ ತೃಪ್ತಿಯಾಗಿದೆಯೇ?" ಅವರು ಉತ್ತರಿಸುವರು: "ನಮಗೆ ತೃಪ್ತಿಯಾಗದಿರಲು ಹೇಗೆ ಸಾಧ್ಯ? ನೀನಂತೂ ನಿನ್ನ ಸೃಷ್ಟಿಗಳಲ್ಲಿ ಯಾರಿಗೂ ನೀಡದೇ ಇರುವುದನ್ನು ನಮಗೆ ನೀಡಿರುವೆ." ಅವನು ಹೇಳುವನು: "ನಾನು ಅದಕ್ಕಿಂತಲೂ ಶ್ರೇಷ್ಠವಾದುದನ್ನು ನಿಮಗೆ ನೀಡುವೆನು." ಅವರು ಕೇಳುವರು: "ಓ ನಮ್ಮ ಪರಿಪಾಲಕನೇ! ಇದಕ್ಕಿಂತಲೂ ಶ್ರೇಷ್ಠವಾದುದು ಇನ್ನೇನಿದೆ?" ಅವನು ಉತ್ತರಿಸುವನು: "ನಾನು ನನ್ನ ಸಂತೃಪ್ತಿಯನ್ನು ನಿಮ್ಮ ಮೇಲೆ ಸುರಿಸುವೆನು. ಇನ್ನು ನಾನು ನಿಮ್ಮೊಂದಿಗೆ ಎಂದಿಗೂ ಕೋಪಿಸಿಕೊಳ್ಳಲಾರೆನು."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
+فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
+فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
+قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
+فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಸ್ವರ್ಗವಾಸಿಗಳು ಸ್ವರ್ಗಕ್ಕೆ ಪ್ರವೇಶಿಸಿದ ನಂತರ ಅಲ್ಲಾಹು ಅವರೊಡನೆ ಕೇಳುವನು: "ಓ ಸ್ವರ್ಗವಾಸಿಗಳೇ!" ಆಗ ಅವರು, "ನಾವು ನಿನಗೆ ಓಗೊಡುತ್ತಿದ್ದೇವೆ ಮತ್ತು ನಿನ್ನ ಸೇವೆ ಮಾಡಲು ಸನ್ನದ್ಧರಾಗಿದ್ದೇವೆ" ಎಂದು ಉತ್ತರ ನೀಡುವರು. ಅವನು ಕೇಳುವನು: "ನಿಮಗೆ ತೃಪ್ತಿಯಾಗಿದೆಯೇ?" ಅವರು ಉತ್ತರಿಸುವರು: "ಹೌದು ನಮಗೆ ತೃಪ್ತಿಯಾಗಿದೆ. ನಮಗೆ ತೃಪ್ತಿಯಾಗದಿರಲು ಹೇಗೆ ಸಾಧ್ಯ? ನೀನಂತೂ ನಿನ್ನ ಸೃಷ್ಟಿಗಳಲ್ಲಿ ಯಾರಿಗೂ ನೀಡದೇ ಇರುವುದನ್ನು ನಮಗೆ ನೀಡಿರುವೆ." ಅವನು ಹೇಳುವನು: "ನಾನು ಅದಕ್ಕಿಂತಲೂ ಶ್ರೇಷ್ಠವಾದುದನ್ನು ನಿಮಗೆ ನೀಡಲೇ?" ಅವರು ಕೇಳುವರು: "ಓ ನಮ್ಮ ಪರಿಪಾಲಕನೇ! ಇದಕ್ಕಿಂತಲೂ ಶ್ರೇಷ್ಠವಾದುದು ಇನ್ನೇನಿದೆ?" ಅವನು ಉತ್ತರಿಸುವನು: "ನಾನು ನನ್ನ ಶಾಶ್ವತ ಸಂತೃಪ್ತಿಯನ್ನು ನಿಮ್ಮ ಮೇಲೆ ಸುರಿಸುವೆನು. ಇನ್ನು ಮುಂದೆ ನಾನು ನಿಮ್ಮೊಂದಿಗೆ ಎಂದಿಗೂ ಕೋಪಿಸಿಕೊಳ್ಳಲಾರೆನು."</t>
+  </si>
+  <si>
+    <t>كلام الله عز وجل مع أهل الجنة.
+البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
+رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
+  </si>
+  <si>
+    <t>ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಸ್ವರ್ಗವಾಸಿಗಳೊಡನೆ ಮಾತನಾಡುತ್ತಾನೆ ಎಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಸ್ವರ್ಗವಾಸಿಗಳಿಗೆ, ಅವರ ಬಗ್ಗೆ ತಾನು ತೃಪ್ತನಾಗಿದ್ದೇನೆ, ಅವರ ಮೇಲೆ ತಾನು ಸಂತೃಪ್ತಿಯನ್ನು ಸುರಿಸುತ್ತೇನೆ ಮತ್ತು ಅವರೊಡನೆ ಎಂದಿಗೂ ಕೋಪಿಸಿಕೊಳ್ಳುವುದಿಲ್ಲವೆಂದು ಅಲ್ಲಾಹು ಶುಭಸುದ್ದಿ ತಿಳಿಸುತ್ತಾನೆಂದು ಹೇಳಲಾಗಿದೆ.
+ಸ್ಥಾನಮಾನಗಳಲ್ಲಿ ಮತ್ತು ಪದವಿಗಳಲ್ಲಿ ವ್ಯತ್ಯಾಸಗಳಿದ್ದರೂ ಸಹ ಎಲ್ಲರೂ ಸ್ವರ್ಗದಲ್ಲಿರುವ ವಸ್ತುಗಳ ಬಗ್ಗೆ ಸಂತೃಪ್ತರಾಗಿರುತ್ತಾರೆ. ಏಕೆಂದರೆ, ಎಲ್ಲರೂ ನೀಡುವ ಉತ್ತರ ಒಂದೇ: "ನೀನು ನಿನ್ನ ಸೃಷ್ಟಿಗಳಲ್ಲಿ ಯಾರಿಗೂ ನೀಡದೇ ಇರುವುದನ್ನು ನಮಗೆ ನೀಡಿರುವೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8343</t>
   </si>
   <si>
     <t>إذا دخل أهل الجنة الجنة، قال: يقول الله تبارك وتعالى: تريدون شيئا أزيدكم؟</t>
   </si>
   <si>
     <t>ಸ್ವರ್ಗವಾಸಿಗಳು ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸಿದಾಗ ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಕೇಳುವನು: "ನಾನು ನಿಮಗೆ ಇನ್ನೂ ಏನಾದರೂ ಹೆಚ್ಚಿಗೆ ಕೊಡಬೇಕೆಂದು ನೀವು ಬಯಸುತ್ತೀರಾ?</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟ فَيَقُولُونَ: أَلَمْ تُبَيِّضْ وُجُوهَنَا؟ أَلَمْ تُدْخِلْنَا الْجَنَّةَ، وَتُنَجِّنَا مِنَ النَّارِ؟ قَالَ: فَيَكْشِفُ الْحِجَابَ، فَمَا أُعْطُوا شَيْئًا أَحَبَّ إِلَيْهِمْ مِنَ النَّظَرِ إِلَى رَبِّهِمْ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>ಸುಹೈಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಸ್ವರ್ಗವಾಸಿಗಳು ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸಿದಾಗ ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಕೇಳುವನು: "ನಾನು ನಿಮಗೆ ಇನ್ನೂ ಏನಾದರೂ ಹೆಚ್ಚಿಗೆ ಕೊಡಬೇಕೆಂದು ನೀವು ಬಯಸುತ್ತೀರಾ?" ಅವರು ಹೇಳುವರು: "ನೀನು ನಮ್ಮ ಮುಖಗಳನ್ನು ಬೆಳಗಿಸಲಿಲ್ಲವೇ? ನೀನು ನಮ್ಮನ್ನು ಸ್ವರ್ಗಕ್ಕೆ ಪ್ರವೇಶ ಮಾಡಿಸಲಿಲ್ಲವೇ? ನೀನು ನಮ್ಮನ್ನು ನರಕದಿಂದ ಪಾರು ಮಾಡಲಿಲ್ಲವೇ?" ಆಗ ಅಲ್ಲಾಹು ಅವನ ಪರದೆಯನ್ನು ಸರಿಸುವನು. ಆಗ ಅವರಿಗೆ ನೀಡಲಾದ ಎಲ್ಲಾ ವಸ್ತುಗಳಲ್ಲಿ ಅವರ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಕಡೆಗೆ ನೋಡುವುದಕ್ಕಿಂತಲೂ ಹೆಚ್ಚು ಇಷ್ಟವಾದುದು ಅವರಿಗೆ ಬೇರೆ ಇರುವುದಿಲ್ಲ."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه إذا دَخَلَ أهلُ الجَنةِ الجنةَ، يقول الله تبارك وتعالى لهم: 
 هل تُريدون شيئًا أَزِيْدُكم؟ 
 فيقول أهلُ الجنة كلُّهم: ألم تُبَيِّضْ وجوهَنا؟ ألم تدخلنا الجنة، وتنجِنا من النار؟ 
 فيُزيلُ الله الحِجَابَ ويَرفعه؛ وحِجَابُه النُّور، فما أُعْطوا شيئًا أحبَّ إليهم من النَّظَر إلى ربِّهم عز وجل.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ: ಸ್ವರ್ಗವಾಸಿಗಳು ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸಿದಾಗ ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಅವರೊಡನೆ ಕೇಳುವನು:
 "ನಾನು ನಿಮಗೆ ಇನ್ನೇನಾದರೂ ಹೆಚ್ಚಿಗೆ ನೀಡಬೇಕೆಂದು ನೀವು ಬಯಸುತ್ತೀರಾ?"
 ಆಗ ಸ್ವರ್ಗವಾಸಿಗಳೆಲ್ಲರೂ ಹೇಳುವರು: "ನೀನು ನಮ್ಮ ಮುಖಗಳನ್ನು ಬೆಳಗಿಸಲಿಲ್ಲವೇ? ನೀನು ನಮ್ಮನ್ನು ಸ್ವರ್ಗಕ್ಕೆ ಪ್ರವೇಶ ಮಾಡಿಸಲಿಲ್ಲವೇ? ನೀನು ನಮ್ಮನ್ನು ನರಕದಿಂದ ಪಾರು ಮಾಡಲಿಲ್ಲವೇ?"
 ಆಗ ಅಲ್ಲಾಹು ಅವನ ಪರದೆಯನ್ನು ಸರಿಸಿ ಮೇಲೆತ್ತುವನು. ಬೆಳಕು ಅವನ ಪರದೆಯಾಗಿದೆ. ಆಗ ಅವರಿಗೆ ನೀಡಲಾದ ಎಲ್ಲಾ ವಸ್ತುಗಳಲ್ಲಿ ಅವರ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಕಡೆಗೆ ನೋಡುವುದಕ್ಕಿಂತಲೂ ಹೆಚ್ಚು ಇಷ್ಟವಾದುದು ಅವರಿಗೆ ಬೇರೆ ಇರುವುದಿಲ್ಲ.</t>
   </si>
   <si>
     <t>كَشْفُ الحِجاب عن أهلِ الجَنة فيَرَون ربَّهم، وأما الكفار؛ فمَحْرُومون منها.
 أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
 كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
 فضل الله على المؤمنين بإدخالهم الجنة.
 أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>ಸ್ವರ್ಗವಾಸಿಗಳಿಗಾಗಿ ಅಲ್ಲಾಹು ಪರದೆಯನ್ನು ಸರಿಸುವನು ಮತ್ತು ಅವರು ಅವರ ಪರಿಪಾಲಕನನ್ನು ನೋಡುವರು. ಆದರೆ ಸತ್ಯನಿಷೇಧಿಗಳು ಇದರಿಂದ ವಂಚಿತರಾಗುವರು.
 ಸ್ವರ್ಗದ ಅತಿದೊಡ್ಡ ಅನುಗ್ರಹವೇನೆಂದರೆ ಸತ್ಯವಿಶ್ವಾಸಿಗಳು ಅಲ್ಲಾಹನನ್ನು ನೇರವಾಗಿ ನೋಡುವುದು.
 ಸ್ವರ್ಗದ ಪದವಿಗಳು ಭಿನ್ನವಾಗಿದ್ದರೂ ಕೂಡ ಸ್ವರ್ಗವಾಸಿಗಳೆಲ್ಲರೂ ಅಲ್ಲಾಹನನ್ನು ನೋಡುವರು.
 ಸತ್ಯವಿಶ್ವಾಸಿಗಳನ್ನು ಸ್ವರ್ಗಕ್ಕೆ ಸೇರಿಸುವ ಮೂಲಕ ಅಲ್ಲಾಹು ಅವರಿಗೆ ತೋರಿದ ಔದಾರ್ಯವನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
 ಸತ್ಕರ್ಮಗಳನ್ನು ನಿರ್ವಹಿಸುವ ಮೂಲಕ ಮತ್ತು ಅಲ್ಲಾಹು ಹಾಗೂ ಅವನ ಸಂದೇಶವಾಹಕರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನುಸರಿಸುವ ಮೂಲಕ ಸ್ವರ್ಗಕ್ಕಾಗಿ ಸ್ಪರ್ಧಿಸುವ ಪ್ರಾಮುಖ್ಯತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/8344</t>
   </si>
   <si>
+    <t>يجمع الله الناس الأولين والآخرين في صعيد واحد، يسمعهم الداعي وينفذهم البصر، وتدنو الشمس، فيبلغ الناس من الغم والكرب ما لا يطيقون ولا يحتملون</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹು ಮೊದಲಿನಿಂದ ಕೊನೆಯವರೆಗಿನ ಎಲ್ಲಾ ಜನರನ್ನು ಒಂದೇ ಮೈದಾನದಲ್ಲಿ ಒಟ್ಟುಗೂಡಿಸುವನು. ಕರೆಯುವವನ ಧ್ವನಿ ಅವರೆಲ್ಲರಿಗೂ ಕೇಳಿಸುವುದು ಮತ್ತು ದೃಷ್ಟಿಯು ಎಲ್ಲರನ್ನೂ ವ್ಯಾಪಿಸುವುದು. ಸೂರ್ಯನು ಸಮೀಪಕ್ಕೆ ಬರುವನು. ಜನರು ತಾಳಲಾರದಷ್ಟು ಮತ್ತು ಸಹಿಸಲಾಗದಷ್ಟು ದುಃಖ ಮತ್ತು ಸಂಕಟವನ್ನು ಅನುಭವಿಸುವರು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِلَحْمٍ فَرُفِعَ إِلَيْهِ الذِّرَاعُ، وَكَانَتْ تُعْجِبُهُ فَنَهَشَ مِنْهَا نَهْشَةً، ثُمَّ قَالَ: «أَنَا سَيِّدُ النَّاسِ يَوْمَ القِيَامَةِ، وَهَلْ تَدْرُونَ مِمَّ ذَلِكَ؟ يَجْمَعُ اللَّهُ النَّاسَ الأَوَّلِينَ وَالآخِرِينَ فِي صَعِيدٍ وَاحِدٍ، يُسْمِعُهُمُ الدَّاعِي وَيَنْفُذُهُمُ البَصَرُ، وَتَدْنُو الشَّمْسُ، فَيَبْلُغُ النَّاسَ مِنَ الغَمِّ وَالكَرْبِ مَا لاَ يُطِيقُونَ وَلاَ يَحْتَمِلُونَ، فَيَقُولُ النَّاسُ: أَلاَ تَرَوْنَ مَا قَدْ بَلَغَكُمْ، أَلاَ تَنْظُرُونَ مَنْ يَشْفَعُ لَكُمْ إِلَى رَبِّكُمْ؟ فَيَقُولُ بَعْضُ النَّاسِ لِبَعْضٍ: عَلَيْكُمْ بِآدَمَ، فَيَأْتُونَ آدَمَ عَلَيْهِ السَّلاَمُ فَيَقُولُونَ لَهُ: أَنْتَ أَبُو البَشَرِ، خَلَقَكَ اللَّهُ بِيَدِهِ، وَنَفَخَ فِيكَ مِنْ رُوحِهِ، وَأَمَرَ المَلاَئِكَةَ فَسَجَدُوا لَكَ، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، أَلاَ تَرَى إِلَى مَا قَدْ بَلَغَنَا؟ فَيَقُولُ آدَمُ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنَّهُ قَدْ نَهَانِي عَنِ الشَّجَرَةِ فَعَصَيْتُهُ، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى نُوحٍ، فَيَأْتُونَ نُوحًا فَيَقُولُونَ: يَا نُوحُ، إِنَّكَ أَنْتَ أَوَّلُ الرُّسُلِ إِلَى أَهْلِ الأَرْضِ، وَقَدْ سَمَّاكَ اللَّهُ عَبْدًا شَكُورًا، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ: إِنَّ رَبِّي عَزَّ وَجَلَّ قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنَّهُ قَدْ كَانَتْ لِي دَعْوَةٌ دَعَوْتُهَا عَلَى قَوْمِي، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى إِبْرَاهِيمَ، فَيَأْتُونَ إِبْرَاهِيمَ فَيَقُولُونَ: يَا إِبْرَاهِيمُ أَنْتَ نَبِيُّ اللَّهِ وَخَلِيلُهُ مِنْ أَهْلِ الأَرْضِ، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، فَيَقُولُ لَهُمْ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنِّي قَدْ كُنْتُ كَذَبْتُ ثَلاَثَ كَذِبَاتٍ، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى مُوسَى فَيَأْتُونَ، مُوسَى فَيَقُولُونَ: يَا مُوسَى أَنْتَ رَسُولُ اللَّهِ، فَضَّلَكَ اللَّهُ بِرِسَالَتِهِ وَبِكَلاَمِهِ عَلَى النَّاسِ، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنِّي قَدْ قَتَلْتُ نَفْسًا لَمْ أُومَرْ بِقَتْلِهَا، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى عِيسَى ابْنِ مَرْيَمَ، فَيَأْتُونَ عِيسَى، فَيَقُولُونَ: يَا عِيسَى أَنْتَ رَسُولُ اللَّهِ، وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَكَلَّمْتَ النَّاسَ فِي المَهْدِ صَبِيًّا، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ عِيسَى: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ قَطُّ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَلَمْ يَذْكُرْ ذَنْبًا، نَفْسِي نَفْسِي نَفْسِي اذْهَبُوا إِلَى غَيْرِي اذْهَبُوا إِلَى مُحَمَّدٍ، فَيَأْتُونَ مُحَمَّدًا فَيَقُولُونَ: يَا مُحَمَّدُ أَنْتَ رَسُولُ اللَّهِ وَخَاتِمُ الأَنْبِيَاءِ، وَقَدْ غَفَرَ اللَّهُ لَكَ مَا تَقَدَّمَ مِنْ ذَنْبِكَ وَمَا تَأَخَّرَ، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، فَأَنْطَلِقُ فَآتِي تَحْتَ العَرْشِ، فَأَقَعُ سَاجِدًا لِرَبِّي عَزَّ وَجَلَّ، ثُمَّ يَفْتَحُ اللَّهُ عَلَيَّ مِنْ مَحَامِدِهِ وَحُسْنِ الثَّنَاءِ عَلَيْهِ شَيْئًا، لَمْ يَفْتَحْهُ عَلَى أَحَدٍ قَبْلِي، ثُمَّ يُقَالُ: يَا مُحَمَّدُ ارْفَعْ رَأْسَكَ سَلْ تُعْطَهْ، وَاشْفَعْ تُشَفَّعْ فَأَرْفَعُ رَأْسِي، فَأَقُولُ: أُمَّتِي يَا رَبِّ، أُمَّتِي يَا رَبِّ، أُمَّتِي يَا رَبِّ، فَيُقَالُ: يَا مُحَمَّدُ أَدْخِلْ مِنْ أُمَّتِكَ مَنْ لاَ حِسَابَ عَلَيْهِمْ مِنَ البَابِ الأَيْمَنِ مِنْ أَبْوَابِ الجَنَّةِ، وَهُمْ شُرَكَاءُ النَّاسِ فِيمَا سِوَى ذَلِكَ مِنَ الأَبْوَابِ، ثُمَّ قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنَّ مَا بَيْنَ المِصْرَاعَيْنِ مِنْ مَصَارِيعِ الجَنَّةِ، كَمَا بَيْنَ مَكَّةَ وَحِمْيَرَ -أَوْ كَمَا بَيْنَ مَكَّةَ وَبُصْرَى-».</t>
+  </si>
+  <si>
+    <t>ಅಬು ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಮಾಂಸವನ್ನು ತರಲಾಯಿತು. ಅವರಿಗೆ ತೋಳಿನ ಭಾಗವನ್ನು ನೀಡಲಾಯಿತು. ಅದು ಅವರಿಗೆ ಇಷ್ಟವಾಗಿತ್ತು. ಅವರು ಅದರಿಂದ ಒಂದು ತುಂಡು ಕಚ್ಚಿದರು. ನಂತರ ಹೇಳಿದರು: "ನಾನು ಪುನರುತ್ಥಾನ ದಿನದಂದು ಮನುಷ್ಯರ ಸರದಾರನಾಗಿರುವೆನು. ಅದು ಏಕೆ ಎಂದು ನಿಮಗೆ ತಿಳಿದಿದೆಯೇ? ಅಲ್ಲಾಹು ಮೊದಲಿನಿಂದ ಕೊನೆಯವರೆಗಿನ ಎಲ್ಲಾ ಜನರನ್ನು ಒಂದೇ ಮೈದಾನದಲ್ಲಿ ಒಟ್ಟುಗೂಡಿಸುವನು. ಕರೆಯುವವನ ಧ್ವನಿ ಅವರೆಲ್ಲರಿಗೂ ಕೇಳಿಸುವುದು ಮತ್ತು ದೃಷ್ಟಿಯು ಎಲ್ಲರನ್ನೂ ವ್ಯಾಪಿಸುವುದು. ಸೂರ್ಯನು ಸಮೀಪಕ್ಕೆ ಬರುವನು. ಜನರು ತಾಳಲಾರದಷ್ಟು ಮತ್ತು ಸಹಿಸಲಾಗದಷ್ಟು ದುಃಖ ಮತ್ತು ಸಂಕಟವನ್ನು ಅನುಭವಿಸುವರು. ಆಗ ಜನರು ಹೇಳುವರು: 'ನಿಮಗೆ ಏನಾಗಿದೆ, ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ? ನಿಮ್ಮ ಪರವಾಗಿ ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ಶಿಫಾರಸು ಮಾಡುವವರನ್ನು ನೀವು ಹುಡುಕುವುದಿಲ್ಲವೇ?' ಆಗ ಕೆಲವರು ಇತರರಿಗೆ ಹೇಳುವರು: 'ಆದಮ್‌ರ ಬಳಿಗೆ ಹೋಗಿರಿ.' ಆಗ ಅವರು ಆದಮ್ (ಅವರ ಮೇಲೆ ಶಾಂತಿಯಿರಲಿ) ರವರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: 'ನೀವು ಮನುಷ್ಯರ ತಂದೆಯಾಗಿದ್ದೀರಿ, ಅಲ್ಲಾಹು ನಿಮ್ಮನ್ನು ಅವನ ಕೈಯಿಂದ ಸೃಷ್ಟಿಸಿದನು, ಅವನ ಆತ್ಮದಿಂದ ನಿಮ್ಮಲ್ಲಿ ಊದಿದನು ಮತ್ತು ನಿಮಗೆ ಸಾಷ್ಟಾಂಗ ಮಾಡಲು ದೇವದೂತರಿಗೆ ಆದೇಶಿಸಿದನು. ಆದ್ದರಿಂದ ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ನಮಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಿ. ನಾವು ಅನುಭವಿಸುತ್ತಿರುವ ಕಷ್ಟ ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ? ನಾವು ಇರುವ ಸ್ಥಿತಿಯನ್ನು ನೀವು ನೋಡುತ್ತಿಲ್ಲವೇ?' ಆಗ ಆದಮ್ ಹೇಳುವರು: 'ನನ್ನ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಇಂದು ಹಿಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಮತ್ತು ಮುಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಕೋಪಗೊಂಡಿದ್ದಾನೆ. ಅವನು ನನ್ನನ್ನು ಒಂದು ಮರದಿಂದ ತಡೆದಿದ್ದನು. ಆದರೆ ನಾನು ಅವನಿಗೆ ಅವಿಧೇಯತೆ ತೋರಿದೆ. ಓ ನನ್ನ ಪ್ರಾಣ, ಓ ನನ್ನ ಪ್ರಾಣ, ಓ ನನ್ನ ಪ್ರಾಣ! ನೀವು ಬೇರೆಯವರ ಬಳಿಗೆ ಹೋಗಿ, ನೂಹ್‌ರ ಬಳಿಗೆ ಹೋಗಿ.' ಆಗ ಅವರು ನೂಹ್‌ರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: 'ಓ ನೂಹ್, ನೀವು ಭೂಮಿಯ ನಿವಾಸಿಗಳಿಗೆ ಕಳುಹಿಸಲ್ಪಟ್ಟ ಮೊದಲ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದೀರಿ. ಅಲ್ಲಾಹು ನಿಮ್ಮನ್ನು ಕೃತಜ್ಞ ದಾಸ ಎಂದು ಕರೆದಿದ್ದಾನೆ. ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ನಮಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಿ. ನಾವು ಅನುಭವಿಸುತ್ತಿರುವ ಕಷ್ಟ ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ?' ಆಗ ಅವರು ಹೇಳುವರು: 'ನನ್ನ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಇಂದು ಹಿಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಮತ್ತು ಮುಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಕೋಪಗೊಂಡಿದ್ದಾನೆ. ನನಗೆ ಒಂದು ಪ್ರಾರ್ಥನೆ ಇತ್ತು, ಅದನ್ನು ನಾನು ನನ್ನ ಜನರ ವಿರುದ್ಧ ಬಳಸಿದೆ. ಓ ನನ್ನ ಪ್ರಾಣ, ಓ ನನ್ನ ಪ್ರಾಣ, ಓ ನನ್ನ ಪ್ರಾಣ! ನೀವು ಬೇರೆಯವರ ಬಳಿಗೆ ಹೋಗಿ, ಇಬ್ರಾಹೀಮ್‌ರ ಬಳಿಗೆ ಹೋಗಿ.' ಆಗ ಅವರು ಇಬ್ರಾಹೀಮ್‌ರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: 'ಓ ಇಬ್ರಾಹೀಮ್, ನೀವು ಅಲ್ಲಾಹನ ಪ್ರವಾದಿ ಮತ್ತು ಭೂಮಿಯ ನಿವಾಸಿಗಳಲ್ಲಿ ಅವನ ಆತ್ಮೀಯ ಸ್ನೇಹಿತರಾಗಿದ್ದೀರಿ. ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ನಮಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಿ. ನಾವು ಅನುಭವಿಸುತ್ತಿರುವ ಕಷ್ಟ ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ?' ಆಗ ಅವರು ಹೇಳುವರು: 'ನನ್ನ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಇಂದು ಹಿಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಮತ್ತು ಮುಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಕೋಪಗೊಂಡಿದ್ದಾನೆ. ನಾನು ಮೂರು ಸುಳ್ಳುಗಳನ್ನು ಹೇಳಿದ್ದೆನು. ಓ ನನ್ನ ಪ್ರಾಣ, ಓ ನನ್ನ ಪ್ರಾಣ, ಓ ನನ್ನ ಪ್ರಾಣ! ನೀವು ಬೇರೆಯವರ ಬಳಿಗೆ ಹೋಗಿ, ಮೂಸಾರ ಬಳಿಗೆ ಹೋಗಿ.' ಆಗ ಅವರು ಮೂಸಾರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: 'ಓ ಮೂಸಾ, ನೀವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದೀರಿ. ಅಲ್ಲಾಹು ತನ್ನ ಸಂದೇಶದಿಂದ ಮತ್ತು ತನ್ನ ಮಾತಿನಿಂದ ನಿಮ್ಮನ್ನು ಜನರಿಗಿಂತ ಶ್ರೇಷ್ಠರನ್ನಾಗಿ ಮಾಡಿದ್ದಾನೆ. ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ನಮಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಿ. ನಾವು ಅನುಭವಿಸುತ್ತಿರುವ ಕಷ್ಟ ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ?' ಆಗ ಅವರು ಹೇಳುವರು: 'ನನ್ನ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಇಂದು ಹಿಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಮತ್ತು ಮುಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಕೋಪಗೊಂಡಿದ್ದಾನೆ. ನಾನು ಒಬ್ಬ ವ್ಯಕ್ತಿಯನ್ನು ಕೊಂದಿದ್ದೆ. ಅವನನ್ನು ಕೊಲ್ಲಲು ನನಗೆ ಆದೇಶಿಸಲಾಗಿರಲಿಲ್ಲ. ಓ ನನ್ನ ಪ್ರಾಣ, ಓ ನನ್ನ ಪ್ರಾಣ, ಓ ನನ್ನ ಪ್ರಾಣ! ನೀವು ಬೇರೆಯವರ ಬಳಿಗೆ ಹೋಗಿ, ಮರ್ಯಮ್‌ರ ಮಗ ಈಸಾರ ಬಳಿಗೆ ಹೋಗಿ.' ಆಗ ಅವರು ಈಸಾರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: 'ಓ ಈಸಾ, ನೀವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದೀರಿ. ಅವನು ಮರ್ಯಮ್‌ಗೆ ಹಾಕಿಕೊಟ್ಟ ಅವನ ವಚನ ಮತ್ತು ಅವನ ಕಡೆಯ ಆತ್ಮವಾಗಿದ್ದೀರಿ. ನೀವು ತೊಟ್ಟಿಲಲ್ಲಿ ಮಗುವಾಗಿದ್ದಾಗ ಜನರೊಂದಿಗೆ ಮಾತನಾಡಿದ್ದೀರಿ. ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ನಮಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಿ. ನಾವು ಅನುಭವಿಸುತ್ತಿರುವ ಕಷ್ಟ ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ?' ಆಗ ಈಸಾ ಹೇಳುವರು: 'ನನ್ನ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಇಂದು ಹಿಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಮತ್ತು ಮುಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಕೋಪಗೊಂಡಿದ್ದಾನೆ.' ಆದರೆ, ಅವರು ಯಾವುದೇ ಪಾಪವನ್ನು ಹೇಳಲಿಲ್ಲ. 'ಓ ನನ್ನ ಪ್ರಾಣ, ಓ ನನ್ನ ಪ್ರಾಣ, ಓ ನನ್ನ ಪ್ರಾಣ! ನೀವು ಬೇರೆಯವರ ಬಳಿಗೆ ಹೋಗಿ, ಮುಹಮ್ಮದ್‌ರ ಬಳಿಗೆ ಹೋಗಿ.' ಆಗ ಅವರು ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರವರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: 'ಓ ಮುಹಮ್ಮದ್, ನೀವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದೀರಿ ಮತ್ತು ಪ್ರವಾದಿಗಳ ಮುದ್ರೆಯಾಗಿದ್ದೀರಿ. ಅಲ್ಲಾಹು ನಿಮ್ಮ ಹಿಂದಿನ ಮತ್ತು ಮುಂದಿನ ಎಲ್ಲಾ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಿದ್ದಾನೆ. ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ನಮಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಿ. ನಾವು ಅನುಭವಿಸುತ್ತಿರುವ ಕಷ್ಟ ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ?' ಆಗ ನಾನು ಹೊರಟು ಅರ್ಶ್‌ನ ಕೆಳಗೆ ಬಂದು ನನ್ನ ಪರಿಪಾಲಕನಿಗೆ (ಅಲ್ಲಾಹನಿಗೆ) ಸಾಷ್ಟಾಂಗ ಮಾಡುವೆನು. ನಂತರ ಅಲ್ಲಾಹು ತನ್ನ ಸ್ತುತಿಗಳು ಮತ್ತು ಉತ್ತಮ ಪ್ರಶಂಸೆಗಳಲ್ಲಿ ಕೆಲವನ್ನು ನನಗೆ ತೆರೆದುಕೊಡುವನು. ಅದನ್ನು ನನ್ನ ಮೊದಲು ಯಾರಿಗೂ ತೆರೆದುಕೊಡಲಾಗಿರಲಿಲ್ಲ. ನಂತರ ಹೀಗೆ ಹೇಳಲಾಗುವುದು: 'ಓ ಮುಹಮ್ಮದ್, ನಿಮ್ಮ ತಲೆಯನ್ನು ಎತ್ತಿರಿ, ಕೇಳಿರಿ, ನಿಮಗೆ ನೀಡಲಾಗುವುದು, ಶಿಫಾರಸ್ಸು ಮಾಡಿರಿ, ನಿಮ್ಮ ಶಿಫಾರಸ್ಸನ್ನು ಸ್ವೀಕರಿಸಲಾಗುವುದು.' ಆಗ ನಾನು ನನ್ನ ತಲೆಯನ್ನು ಎತ್ತಿ ಹೇಳುವೆನು: 'ಓ ನನ್ನ ಪರಿಪಾಲಕನೇ, ನನ್ನ ಸಮುದಾಯ, ನನ್ನ ಸಮುದಾಯ, ನನ್ನ ಸಮುದಾಯ.' ಆಗ ಹೇಳಲಾಗುವುದು: 'ಓ ಮುಹಮ್ಮದ್, ನಿಮ್ಮ ಸಮುದಾಯದಲ್ಲಿ ಯಾರಿಗೆ ವಿಚಾರಣೆಯಿಲ್ಲವೋ ಅವರನ್ನು ಸ್ವರ್ಗದ ಬಲ ಬಾಗಿಲಿನಿಂದ ಒಳಗೆ ಸೇರಿಸಿರಿ. ಇತರ ಬಾಗಿಲುಗಳಲ್ಲಿ ಅವರು ಇತರ ಜನರೊಂದಿಗೆ ಭಾಗಿಗಳಾಗುವರು.' ನಂತರ ಪ್ರವಾದಿಯವರು ಹೇಳಿದರು: 'ನನ್ನ ಆತ್ಮವು ಯಾರ ಕೈಯಲ್ಲಿದೆಯೋ ಅವನ ಮೇಲೆ ಆಣೆಯಿಟ್ಟು ಹೇಳುತ್ತೇನೆ. ಸ್ವರ್ಗದ ಬಾಗಿಲುಗಳ ಎರಡು ಕಡೆಗಳ ನಡುವಿನ ಅಂತರವು ಮಕ್ಕಾ ಮತ್ತು ಹಿಮ್ಯರ್‌ನ ನಡುವಿನ ಅಂತರದಷ್ಟಿದೆ ಅಥವಾ ಮಕ್ಕಾ ಮತ್ತು ಬುಸ್ರಾದ ನಡುವಿನ ಅಂತರದಷ್ಟಿದೆ.'"</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم مع أصحابه في دَعْوةِ طعام، فقُدّمت إليه ذراع الشاة وكانت أعْجب لحمِها إليه، فقَضَمَ منها قَضْمة بأطراف أسنانه ثم حدّثهم، فقال: 
+أنا سيد ولد آدم يوم القيامة؛ وذلك تَحَدُّثًا بنعمة الله تعالى.
+ثم قال: أتدرون مم ذاك؟ قال: بأن الناس يُجْمَعون يوم القيامة في أرض واسعة مستوية ممدودة مدًّا واحدًا، والذين فيها يسمعهم الداعي ويحيط بهم الناظر لا يخفى عليه منهم شيء؛ لاستواء الأرض ليس فيها ما يَستتر به أحد عن الناظرين، وينفذهم البصر، يعني لو تكلم الإنسان يسمعهم آخر واحد، والبصر يراهم، وتدنو الشمس من الخلائق على قدر مِيْل، ويَلحقهم من الغم والكَرْب ما لا يطيقون ولا يحتملون، فيطلبون الخلاص بالشفاعة. 
+فيُلْهِم اللهُ عز وجل أهلَ الإيمان أن يأتوا إلى آدم أبي البشر، فيأتون إليه ويذكرون فضله، لعله يشفع لهم عند الله عز وجل، يقولون له: أنت آدم أبو البشر، خلقك الله بيده، وأسجد لك ملائكته، وعَلَّمَك أسماء كل شيء، ونفخ فيك من روحه، فيعتذر ويقول: إن ربي غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، ثم يذكر خطيئته، وهي أن الله سبحانه وتعالى نهاه أن يأكل من شجرة فأكل، ويقول: نفسي هي التي تستحق أن يُشفَع لها، اذهبوا إلى غيري اذهبوا إلى نوح.
+فيأتون إلى نوح؛ ويقولون: أنت أول رسول أرسله الله إلى أهل الأرض، وأنّ الله سماك عبدًا شكورًا، ولكنه يعتذر: بأن الله عز وجل غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإنه قد كانت له دعوة دعاها على قومه، نفسي هي التي تستحق أن يُشفع لها، اذهبوا إلى غيري، اذهبوا إلى إبراهيم.
+فيأتون إبراهيم فيقولون: أنت خليل الله في الأرض، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول لهم: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإني قد كنت كذبت ثلاث كذبات؛ وهي قوله: إني سقيم، وقوله: فعله كبيرهم هذا، وقوله: لامرأته سارة أخبريه أني أخوك ليَسْلَم مِن شرّه. 
+والحق أن الكلمات الثلاث إنما كانت من مَعَارِيْض الكلام، لكن لما كانت صورتها صورة الكذب أشفق منها استصغارًا لنفسه عن الشفاعة؛ لأن مَن كان أَعرف بالله وأقرب منزلةً كان أعظم خوفًا، ويقول: نفسي هي التي تستحق أن يُشفع لها، اذهبوا إلى غيري اذهبوا إلى موسى.
+فيأتون موسى فيقولون: يا موسى أنت رسول الله، فضَّلك الله برسالته وبكلامه على الناس، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإني قد قَتَلتُ نفسًا لم أُوْمَر بقتلِها، نفسي هي التي تستحق أن يشفع لها، اذهبوا إلى غيري، اذهبوا إلى عيسى ابن مريم.
+فيأتون عيسى فيقولون: يا عيسى أنت رسول الله، وكلمتُه ألقاها إلى مريم وروحٌ منه، وكلَّمتَ الناسَ في المهد صبيًا، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله قط، ولن يغضب بعده مثله، ولم يذكر ذنبًا، نفسي هي التي تستحق أن يشفع لها، اذهبوا إلى غيري اذهبوا إلى محمد.
+فيأتون محمدًا فيقولون: يا محمد أنت رسول الله وخاتم الأنبياء، وقد غفر الله لك ما تقدم من ذنبك وما تأخر، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فأنطلق فآتي تحت العرش، فأقع ساجدًا لربي عز وجل، ثم يفتح الله علي من محامده وحسن الثناء عليه شيئًا، لم يفتحه على أحد قبلي، ثم يقال: يا محمد ارفع رأسك، سل تعطه، واشفع تشفع، فأرفع رأسي، فأقول: أمتي يا رب، أمتي يا رب، أمتي يا رب، فتُقْبَل شفاعتُه.
+ويُقَال له: يا محمد أدخل من أمتك من لا حساب عليهم من الباب الأيمن من أبواب الجنة، وهم شركاء الناس فيما سوى ذلك من الأبواب.
+ثم قال: والذي نفسي بيده، إن ما بين جانبي الباب من باب الجنة، كما بين مكة وصنعاء اليمن، أو كما بين مكة وبُصرى الشام وهي مدينة حوران.</t>
+  </si>
+  <si>
+    <t>ಒಮ್ಮೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸಹಚರರೊಂದಿಗೆ ಔತಣಕೂಟದಲ್ಲಿದ್ದರು. ಆಗ ಅವರಿಗೆ ಕುರಿಯ ಭುಜದ ಮಾಂಸವನ್ನು ನೀಡಲಾಯಿತು. ಅದು ಅವರಿಗೆ ಅತ್ಯಂತ ಇಷ್ಟವಾದ ಮಾಂಸದ ಭಾಗವಾಗಿತ್ತು. ಅವರು ತಮ್ಮ ಹಲ್ಲುಗಳ ತುದಿಯಿಂದ ಒಂದು ತುಂಡು ಕಚ್ಚಿ ನಂತರ ಅವರೊಂದಿಗೆ ಮಾತನಾಡುತ್ತಾ ಹೇಳಿದರು: ನಾನು ಪುನರುತ್ಥಾನ ದಿನದಂದು ಆದಮರ ಮಕ್ಕಳ (ಮನುಷ್ಯರ) ಸರದಾರನಾಗಿರುವೆನು. ಇದು ಅಲ್ಲಾಹನ ಅನುಗ್ರಹದ ಬಗ್ಗೆ ಹೇಳಿಕೊಳ್ಳುವುದಾಗಿದೆ. ನಂತರ ಅವರು ಹೇಳಿದರು: "ಅದು ಏಕೆ ಎಂದು ನಿಮಗೆ ತಿಳಿದಿದೆಯೇ?" ಅವರು ಹೇಳಿದರು: "ಏಕೆಂದರೆ ಪುನರುತ್ಥಾನ ದಿನದಂದು ಜನರನ್ನು ಒಂದು ವಿಶಾಲವಾದ ಮತ್ತು ಸಮತಟ್ಟಾದ ಭೂಮಿಯಲ್ಲಿ ಒಟ್ಟುಗೂಡಿಸಲಾಗುವುದು. ಕರೆಯುವವನ ಧ್ವನಿ ಅಲ್ಲಿ ಎಲ್ಲರಿಗೂ ಕೇಳಿಸುವುದು ಮತ್ತು ನೋಡುವವನ ದೃಷ್ಟಿಯು ಅವರೆಲ್ಲರನ್ನೂ ಒಳಗೊಳ್ಳುವುದು. ಯಾರೂ ಯಾರಿಂದಲೂ ಮರೆಯಾಗುವುದಿಲ್ಲ. ಏಕೆಂದರೆ ಭೂಮಿಯು ಸಮತಟ್ಟಾಗಿರುತ್ತದೆ ಮತ್ತು ಅಲ್ಲಿ ಮರೆಮಾಡಲು ಏನೂ ಇರುವುದಿಲ್ಲ. ದೃಷ್ಟಿಯು ಎಲ್ಲರನ್ನೂ ವ್ಯಾಪಿಸುತ್ತದೆ. ಅಂದರೆ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಮಾತನಾಡಿದರೆ ಕೊನೆಯ ವ್ಯಕ್ತಿಗೂ ಅದು ಕೇಳಿಸುತ್ತದೆ ಮತ್ತು ದೃಷ್ಟಿಯು ಅವರನ್ನು ನೋಡುತ್ತದೆ. ಸೂರ್ಯನು ಸೃಷ್ಟಿಗಳಿಗೆ ಒಂದು ಮೈಲಿಯಷ್ಟು ಸಮೀಪವಾಗುತ್ತಾನೆ. ಜನರಿಗೆ ದುಃಖ ಮತ್ತು ಸಂಕಟವು ತಾಳಲಾರದ ಮತ್ತು ಸಹಿಸಲಾಗದ ಮಟ್ಟಕ್ಕೆ ತಲುಪುತ್ತದೆ. ಆಗ ಅವರು ಶಿಫಾರಸ್ಸಿನ ಮೂಲಕ ಪಾರಾಗಲು ಬಯಸುವರು. ಆಗ ಅಲ್ಲಾಹು ಸತ್ಯವಿಶ್ವಾಸಿಗಳಿಗೆ ಮನುಷ್ಯರ ತಂದೆಯಾದ ಆದಮ್‌ರ ಬಳಿಗೆ ಹೋಗಲು ಪ್ರೇರೇಪಿಸುವನು. ಆಗ ಅವರು ಆದಮ್‌ರ ಬಳಿಗೆ ಬಂದು ಅವರ ಶ್ರೇಷ್ಠತೆಯನ್ನು ನೆನಪಿಸುವರು. ಬಹುಶಃ ಅವರು ಅಲ್ಲಾಹನ ಬಳಿ ಅವರಿಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಬಹುದು ಎಂಬ ನಿರೀಕ್ಷೆಯಿಂದ. ಅವರು ಹೇಳುವರು: "ನೀವು ಆದಮ್, ಮನುಷ್ಯರ ತಂದೆಯಾಗಿದ್ದೀರಿ. ಅಲ್ಲಾಹನು ತನ್ನ ಕೈಯಿಂದ ನಿಮ್ಮನ್ನು ಸೃಷ್ಟಿಸಿದನು. ನಿಮಗೆ ಸಾಷ್ಟಾಂಗ ಮಾಡಲು ದೇವದೂತರಿಗೆ ಆದೇಶಿಸಿದನು. ಎಲ್ಲದರ ಹೆಸರುಗಳನ್ನು ನಿಮಗೆ ಕಲಿಸಿದನು. ತನ್ನ ಆತ್ಮದಿಂದ ನಿಮಗೆ ಊದಿದನು." ಆದರೆ ಆದಮ್ ತಪ್ಪಿಸಿಕೊಳ್ಳುತ್ತಾ ಹೇಳುವರು: "ನನ್ನ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಇಂದು ಹಿಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಮತ್ತು ಮುಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಕೋಪಗೊಂಡಿದ್ದಾನೆ." ನಂತರ ಅವರು ತಮ್ಮ ತಪ್ಪನ್ನು ನೆನಪಿಸಿಕೊಳ್ಳುವರು. ಅದೇನೆಂದರೆ ಅಲ್ಲಾಹು ಒಂದು ಮರದಿಂದ ತಿನ್ನದಂತೆ ತಡೆದಿದ್ದರೂ ಅವರು ಅದರಿಂದ ತಿಂದಿದ್ದರು. ಅವರು ಹೇಳುವರು: "ನನ್ನ ಪ್ರಾಣಕ್ಕೆ ಶಿಫಾರಸು ಬೇಕಾಗಿದೆ. ನೀವು ಬೇರೆಯವರ ಬಳಿಗೆ ಹೋಗಿ, ನೂಹ್‌ರ ಬಳಿಗೆ ಹೋಗಿ." ಆಗ ಅವರು ನೂಹ್‌ರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: "ನೀವು ಭೂಮಿಯ ನಿವಾಸಿಗಳಿಗೆ ಅಲ್ಲಾಹನು ಕಳುಹಿಸಿದ ಮೊದಲ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದೀರಿ. ಅಲ್ಲಾಹು ನಿಮ್ಮನ್ನು ಕೃತಜ್ಞ ದಾಸ ಎಂದು ಕರೆದಿದ್ದಾನೆ," ಆದರೆ ಅವರು ತಪ್ಪಿಸಿಕೊಳ್ಳುತ್ತಾ ಹೇಳುವರು: "ಅಲ್ಲಾಹನು ಇಂದು ಹಿಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಮತ್ತು ಮುಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಕೋಪಗೊಂಡಿದ್ದಾನೆ. ನನಗೆ ಒಂದು ಪ್ರಾರ್ಥನೆ ಇತ್ತು. ಅದನ್ನು ನಾನು ನನ್ನ ಜನರ ವಿರುದ್ಧ ಬಳಸಿದೆ. ನನ್ನ ಪ್ರಾಣಕ್ಕೆ ಶಿಫಾರಸು ಬೇಕಾಗಿದೆ. ನೀವು ಬೇರೆಯವರ ಬಳಿಗೆ ಹೋಗಿ, ಇಬ್ರಾಹೀಮ್‌ರ ಬಳಿಗೆ ಹೋಗಿ." ಆಗ ಅವರು ಇಬ್ರಾಹೀಮ್‌ರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: "ನೀವು ಭೂಮಿಯಲ್ಲಿ ಅಲ್ಲಾಹನ ಆತ್ಮೀಯ ಸ್ನೇಹಿತರಾಗಿದ್ದೀರಿ. ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ನಮಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಿ. ನಾವು ಅನುಭವಿಸುತ್ತಿರುವ ಕಷ್ಟ ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ?!" ಆಗ ಅವರು ಹೇಳುವರು: "ನನ್ನ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಇಂದು ಹಿಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಮತ್ತು ಮುಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಕೋಪಗೊಂಡಿದ್ದಾನೆ. ನಾನು ಮೂರು ಸುಳ್ಳುಗಳನ್ನು ಹೇಳಿದ್ದೆನು." ಆ ಸುಳ್ಳುಗಳು ಯಾವುದೆಂದರೆ: "ನಾನು ಅನಾರೋಗ್ಯದಿಂದ ಬಳಲುತ್ತಿದ್ದೇನೆ," "ಇದನ್ನು ಅವರಲ್ಲಿನ ದೊಡ್ಡವನಾದ ಇವನು ಮಾಡಿದ್ದಾನೆ," ಮತ್ತು "ತನ್ನ ಪತ್ನಿ ಸಾರಾಳಿಗೆ ನಾನು ನಿನ್ನ ಸಹೋದರ ಎಂದು ಹೇಳು, ಇದರಿಂದ ಅವಳು ಅವನ (ಅರಸನ) ಕ್ರೌರ್ಯದಿಂದ ಪಾರಾಗಬಹುದು." ಎಂದು ಹೇಳಿದ್ದು. ಸತ್ಯವೇನೆಂದರೆ, ಆ ಮೂರು ಮಾತುಗಳು ವಾಕ್ಚಾತುರ್ಯದ ಮಾತುಗಳಾಗಿದ್ದವು. ಆದರೆ ಅವು ಸುಳ್ಳಿನಂತೆ ಕಾಣುತ್ತಿದ್ದ ಕಾರಣ, ಅವರು ತಮ್ಮನ್ನು ತಾವೇ ಶಿಫಾರಸ್ಸು ಮಾಡಲು ಚಿಕ್ಕವನೆಂದು ಭಾವಿಸಿ ಭಯಪಟ್ಟರು. ಏಕೆಂದರೆ ಅಲ್ಲಾಹನನ್ನು ಹೆಚ್ಚು ತಿಳಿದಿರುವವನು ಮತ್ತು (ಅವನ ಬಳಿ) ಹೆಚ್ಚು ಉನ್ನತ ಸ್ಥಾನವನ್ನು ಹೊಂದಿರುವವನು ಅವನನ್ನು ಹೆಚ್ಚು ಭಯಪಡುತ್ತಾನೆ. ಅವರು ಹೇಳುವರು: "ನನ್ನ ಪ್ರಾಣಕ್ಕೆ ಶಿಫಾರಸು ಬೇಕಾಗಿದೆ. ನೀವು ಬೇರೆಯವರ ಬಳಿಗೆ ಹೋಗಿ, ಮೂಸಾರ ಬಳಿಗೆ ಹೋಗಿ." ಆಗ ಅವರು ಮೂಸಾರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: "ಓ ಮೂಸಾ, ನೀವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದೀರಿ. ಅಲ್ಲಾಹನು ತನ್ನ ಸಂದೇಶ ಮತ್ತು ತನ್ನ ಮಾತಿನಿಂದ ನಿಮ್ಮನ್ನು ಇತರ ಜನರಿಗಿಂತ ಶ್ರೇಷ್ಠಗೊಳಿಸಿದ್ದಾನೆ. ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ನಮಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಿ. ನಾವು ಅನುಭವಿಸುತ್ತಿರುವ ಕಷ್ಟ ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ?!" ಆಗ ಅವರು ಹೇಳುವರು: "ನನ್ನ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಇಂದು ಹಿಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಮತ್ತು ಮುಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಕೋಪಗೊಂಡಿದ್ದಾನೆ. ನಾನು ಒಬ್ಬ ವ್ಯಕ್ತಿಯನ್ನು ಕೊಂದಿದ್ದೆ. ಅವನನ್ನು ಕೊಲ್ಲಲು ನನಗೆ ಆದೇಶವಿರಲಿಲ್ಲ. ನನ್ನ ಪ್ರಾಣಕ್ಕೆ ಶಿಫಾರಸು ಬೇಕಾಗಿದೆ. ನೀವು ಬೇರೆಯವರ ಬಳಿಗೆ ಹೋಗಿ, ಮರ್ಯಮ್‌ರ ಮಗ ಈಸಾರ ಬಳಿಗೆ ಹೋಗಿ." ಆಗ ಅವರು ಈಸಾರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: "ಓ ಈಸಾ, ನೀವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದೀರಿ. ಅವನು ಮರ್ಯಮ್‌ಗೆ ಹಾಕಿಕೊಟ್ಟ ಅವನ ವಚನ ಮತ್ತು ಅವನ ಕಡೆಯ ಆತ್ಮವಾಗಿದ್ದೀರಿ. ನೀವು ತೊಟ್ಟಿಲಲ್ಲಿ ಮಗುವಾಗಿದ್ದಾಗ ಜನರೊಂದಿಗೆ ಮಾತನಾಡಿದ್ದೀರಿ. ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ನಮಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಿ. ನಾವು ಅನುಭವಿಸುತ್ತಿರುವ ಕಷ್ಟ ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ?!" ಆಗ ಈಸಾ ಹೇಳುವರು: "ನನ್ನ ಪರಿಪಾಲಕನು (ಅಲ್ಲಾಹು) ಇಂದು ಹಿಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಮತ್ತು ಮುಂದೆಂದೂ ಕೋಪಗೊಳ್ಳದಷ್ಟು ಕೋಪಗೊಂಡಿದ್ದಾನೆ." ಆದರೆ, ಅವರು ಯಾವುದೇ ಪಾಪವನ್ನು ಹೇಳಲಿಲ್ಲ. "ನನ್ನ ಪ್ರಾಣಕ್ಕೆ ಶಿಫಾರಸು ಬೇಕಾಗಿದೆ. ನೀವು ಬೇರೆಯವರ ಬಳಿಗೆ ಹೋಗಿ, ಮುಹಮ್ಮದ್‌ರ ಬಳಿಗೆ ಹೋಗಿ." ಆಗ ಅವರು ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರವರ ಬಳಿಗೆ ಬಂದು ಹೇಳುವರು: "ಓ ಮುಹಮ್ಮದ್, ನೀವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದೀರಿ ಮತ್ತು ಪ್ರವಾದಿಗಳ ಮುದ್ರೆಯಾಗಿದ್ದೀರಿ. ಅಲ್ಲಾಹು ನಿಮ್ಮ ಹಿಂದಿನ ಮತ್ತು ಮುಂದಿನ ಎಲ್ಲಾ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಿದ್ದಾನೆ. ನಿಮ್ಮ ಪರಿಪಾಲಕನ (ಅಲ್ಲಾಹನ) ಬಳಿ ನಮಗಾಗಿ ಶಿಫಾರಸ್ಸು ಮಾಡಿ. ನಾವು ಅನುಭವಿಸುತ್ತಿರುವ ಕಷ್ಟ ನಿಮಗೆ ಕಾಣುತ್ತಿಲ್ಲವೇ?!" ಆಗ ನಾನು ಹೊರಟು ಅರ್ಶ್‌ನ ಕೆಳಗೆ ಬಂದು ನನ್ನ ಪರಿಪಾಲಕನಿಗೆ (ಅಲ್ಲಾಹನಿಗೆ) ಸಾಷ್ಟಾಂಗ ಮಾಡುವೆನು. ನಂತರ ಅಲ್ಲಾಹು ತನ್ನ ಸ್ತುತಿಗಳು ಮತ್ತು ಉತ್ತಮ ಪ್ರಶಂಸೆಗಳಲ್ಲಿ ಕೆಲವನ್ನು ನನಗೆ ತೆರೆದುಕೊಡುವನು. ಅದನ್ನು ನನ್ನ ಮೊದಲು ಯಾರಿಗೂ ತೆರೆದುಕೊಡಲಾಗಿರಲಿಲ್ಲ. ನಂತರ ಹೀಗೆ ಹೇಳಲಾಗುವುದು: "ಓ ಮುಹಮ್ಮದ್, ನಿಮ್ಮ ತಲೆಯನ್ನು ಎತ್ತಿರಿ, ಕೇಳಿರಿ, ನಿಮಗೆ ನೀಡಲಾಗುವುದು, ಶಿಫಾರಸ್ಸು ಮಾಡಿರಿ, ನಿಮ್ಮ ಶಿಫಾರಸ್ಸನ್ನು ಸ್ವೀಕರಿಸಲಾಗುವುದು." ಆಗ ನಾನು ನನ್ನ ತಲೆಯನ್ನು ಎತ್ತಿ ಹೇಳುವೆನು: "ಓ ನನ್ನ ಪರಿಪಾಲಕನೇ, ನನ್ನ ಸಮುದಾಯ, ನನ್ನ ಸಮುದಾಯ, ನನ್ನ ಸಮುದಾಯ." ಆಗ ಅವರ ಶಿಫಾರಸ್ಸನ್ನು ಸ್ವೀಕರಿಸಲಾಗುವುದು. ಆಗ ಅವರೊಡನೆ ಹೇಳಲಾಗುವುದು: "ಓ ಮುಹಮ್ಮದ್, ನಿಮ್ಮ ಸಮುದಾಯದಲ್ಲಿ ಯಾರಿಗೆ ವಿಚಾರಣೆಯಿಲ್ಲವೋ ಅವರನ್ನು ಸ್ವರ್ಗದ ಬಲ ಬಾಗಿಲಿನಿಂದ ಒಳಗೆ ಸೇರಿಸಿರಿ. ಇತರ ಬಾಗಿಲುಗಳಲ್ಲಿ ಅವರು ಇತರ ಜನರೊಂದಿಗೆ ಭಾಗಿಗಳಾಗುವರು." ನಂತರ ಪ್ರವಾದಿಯವರು ಹೇಳಿದರು: 'ನನ್ನ ಆತ್ಮವು ಯಾರ ಕೈಯಲ್ಲಿದೆಯೋ ಅವನ ಮೇಲೆ ಆಣೆಯಿಟ್ಟು ಹೇಳುತ್ತೇನೆ. ಸ್ವರ್ಗದ ಬಾಗಿಲುಗಳ ಎರಡು ಕಡೆಗಳ ನಡುವಿನ ಅಂತರವು ಮಕ್ಕಾ ಮತ್ತು ಯಮನ್‌ನ ಸನ್'ಆ ನಡುವಿನ ಅಂತರದಷ್ಟಿದೆ, ಅಥವಾ ಮಕ್ಕಾ ಮತ್ತು ಶಾಮ್‌ನ ಬುಸ್ರಾ ನಗರದ ನಡುವಿನ ಅಂತರದಷ್ಟಿದೆ. ಅದು ಹೌರಾನ್‌ನ ಒಂದು ನಗರವಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>تواضع النبي صلى الله عليه وسلم وتلبيته للدعوة، والأكل مع عامة أصحابه.
+تفضيل نبينا صلى الله عليه وسلم على جميع الناس.
+قال القاضي عياض: قيل: السيد الذي يَفُوق قومَه ويُفزَع إليه في الشدائد، والنبي صلى الله عليه وسلم سيدهم في الدنيا والآخرة، وإنما خَصّ يوم القيامة لارتفاع السُّؤْدَد فيها، وتسليم جميعهم له، ولكون آدم وجميع أولاده تحت لوائه صلى الله عليه وسلم.
+الحكمة في أن الله تعالى ألهمهم سؤال آدم، ومن بعده في الابتداء، ولم يلهموا سؤال نبينا محمد صلى الله عليه وسلم لإظهار فضيلته، فهو النهاية في ارتفاع المنزلة، وكمال القرب.
+يشرع لمن أراد من عبد حاجة أن يقدِّم ين يديه وصف المسؤول بأحسن صفاته؛ ليكون أدعى للإجابة.
+يجوز لمن سئل عن أمر لايقدر عليه أن يعتذر بما يُقبَل منه، ويستحب أن يُرْشَد لمن يظن أنه أقدر على ذلك.
+بيان هول الموقف واشتداد المحشر على العباد يوم القيامة.
+تواضع الأنبياء حيث تذكّروا ما مضى منهم؛ ليشعروا بأنهم دون هذا الموقف.
+إثبات الشفاعة العظمى يوم القيامة، وهو للفَصْل بين الخلائق.
+إثبات الوسيلة والمقام المحمود لرسول الله صلى الله عليه وسلم.
+محامد الله تعالى لا تنتهي، ولذلك يفتح الله على رسوله في هذا المقام من حسن الثناء عليه شيئًا لم يفتحه لأحد قبله.
+بيان أن أمة محمد خير الأمم، فلهم خصائص في دخول الجنة حيث يدخل من ليس عليهم حساب من باب خاص بهم، ويشاركون الناس في بقية الأبواب.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿನಮ್ರತೆಯನ್ನು, ಅವರು ಕರೆಯೋಲೆಯನ್ನು ಸ್ವೀಕರಿಸುವುದನ್ನು ಹಾಗೂ ತಮ್ಮ ಸಾಮಾನ್ಯ ಸಹಚರರೊಂದಿಗೆ ಆಹಾರ ಸೇವಿಸುವುದನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
+ನಮ್ಮ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇತರೆಲ್ಲಾ ಜನರಿಗಿಂತ ಶ್ರೇಷ್ಠರಾಗಿದ್ದಾರೆ.
+ಖಾದಿ ಇಯಾದ್ ಹೇಳುತ್ತಾರೆ: "ಹೀಗೆ ಹೇಳಲಾಗಿದೆ: ಸರದಾರ ಎಂದರೆ ತನ್ನ ಜನರಿಗಿಂತ ಮೇಲಿರುವವನು ಮತ್ತು ಕಷ್ಟದ ಸಮಯದಲ್ಲಿ ಮೊರೆ ಹೋಗಲಾಗುವವನು. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ಮನುಷ್ಯರ ಸರದಾರರಾಗಿದ್ದಾರೆ. ಇಲ್ಲಿ ಪುನರುತ್ಥಾನ ದಿನವನ್ನು ವಿಶೇಷವಾಗಿ ಉಲ್ಲೇಖಿಸಿದ್ದು ಏಕೆಂದರೆ ಆ ದಿನದಲ್ಲಿ ಈ ಶ್ರೇಷ್ಠತೆಯು ಎದ್ದು ಕಾಣುತ್ತದೆ ಮತ್ತು ಎಲ್ಲರೂ ಅವರಿಗೆ ಶರಣಾಗುತ್ತಾರೆ. ಆದಮ್ ಮತ್ತು ಅವರ ಎಲ್ಲಾ ಮಕ್ಕಳು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಧ್ವಜದ ಕೆಳಗಿರುತ್ತಾರೆ."
+ಅಲ್ಲಾಹು ಮೊದಲಿಗೆ ಆದಮ್‌ರನ್ನು ಕೇಳಲು, ಆಮೇಲೆ ಅವರ ನಂತರದ ಪ್ರವಾದಿಗಳನ್ನು ಕೇಳಲು ಪ್ರೇರೇಪಿಸಿದನು, ಮತ್ತು ನಮ್ಮ ಪ್ರವಾದಿ ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರನ್ನು ಕೇಳಲು ಪ್ರೇರೇಪಿಸಲಿಲ್ಲ. ಇದಕ್ಕೆ ಕಾರಣ ಅವರ ಶ್ರೇಷ್ಠತೆಯನ್ನು ತೋರಿಸುವುದಾಗಿದೆ. ಏಕೆಂದರೆ ಅವರು (ಅಲ್ಲಾಹನ ಬಳಿ) ಶ್ರೇಷ್ಠತೆಯ ಪರಾಕಾಷ್ಠೆಯಲ್ಲಿದ್ದಾರೆ ಮತ್ತು ಪರಿಪೂರ್ಣ ಸಾಮೀಪ್ಯವನ್ನು ಹೊಂದಿದ್ದಾರೆ.
+ಒಬ್ಬ ವ್ಯಕ್ತಿಯೊಡನೆ ತನ್ನ ಅಗತ್ಯವನ್ನು ಕೇಳಲು ಬಯಸಿದರೆ, ಕೇಳಲಾಗುವ ವ್ಯಕ್ತಿಯ ಉತ್ತಮ ಗುಣಗಳನ್ನು ಉಲ್ಲೇಖಿಸುವುದು ನಿಯಮವಾಗಿದೆ. ಏಕೆಂದರೆ ಇದರಿಂದ ಉತ್ತರ ಸಿಗುವ ಸಾಧ್ಯತೆ ಹೆಚ್ಚಾಗಲು ಕಾರಣವಾಗುತ್ತದೆ.
+ತನ್ನಿಂದ ಸಾಧ್ಯವಿಲ್ಲದ ವಿಷಯದ ಬಗ್ಗೆ ತನ್ನಲ್ಲಿ ಕೇಳಲಾದರೆ, ಸಕಾರಣವನ್ನು ನೀಡಿ ತಪ್ಪಿಸಿಕೊಳ್ಳಬಹುದು. ಹಾಗೆಯೇ ಅದನ್ನು ಮಾಡಲು ಹೆಚ್ಚು ಸಮರ್ಥನೆಂದು ತಾನು ಭಾವಿಸುವ ವ್ಯಕ್ತಿಯನ್ನು ತೋರಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅಲ್ಲಿ ನಿಲ್ಲುವ ಭಯಾನಕತೆಯನ್ನು ಮತ್ತು ಆ ಮೈದಾನವು ಮನುಷ್ಯರಿಗೆ ಎಷ್ಟು ಕಠಿಣವಾಗಿದೆಯೆಂದು ವಿವರಿಸಲಾಗಿದೆ.
+ಪ್ರವಾದಿಗಳ ವಿನಯವನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ತಾವು ಆ ಸ್ಥಾನಕ್ಕೆ ಅರ್ಹರಲ್ಲ ಎಂದು ತಿಳಿಯುವಂತೆ ಮಾಡಲು ಅವರು ತಮ್ಮ ಹಿಂದಿನ ತಪ್ಪುಗಳನ್ನು ನೆನಪಿಸಿಕೊಳ್ಳುತ್ತಾರೆ.
+ಪುನರುತ್ಥಾನ ದಿನದಂದು ಮಹಾ ಶಿಫಾರಸ್ಸು ಇದೆಯೆಂದು ದೃಢೀಕರಿಸಲಾಗಿದೆ. ಅದು ಸೃಷ್ಟಿಗಳ ನಡುವೆ ತೀರ್ಪು ನೀಡಲು ಮಾಡುವ ಶಿಫಾರಸ್ಸು ಆಗಿದೆ.
+ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಸೀಲಾ ಮತ್ತು ಮಕಾಮೆ ಮಹ್ಮೂದ್ ಎಂಬ ಸ್ಥಾನಗಳಿರುವುದನ್ನು ದೃಢೀಕರಿಸಲಾಗಿದೆ.
+ಅಲ್ಲಾಹನ ಗುಣಗಾನಗಳಿಗೆ ಅಂತ್ಯವಿಲ್ಲ. ಈ ಕಾರಣದಿಂದಲೇ ಅಲ್ಲಾಹು ಈ ಸ್ಥಾನದಲ್ಲಿ ತನ್ನ ಸಂದೇಶವಾಹಕರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವನನ್ನು ಸ್ತುತಿಸುವ ಉತ್ತಮ ಪ್ರಶಂಸೆಗಳನ್ನು ತೆರೆದುಕೊಡುತ್ತಾನೆ. ಅದನ್ನು ಅವನು ಅವರ ಮೊದಲು ಯಾರಿಗೂ ತೆರೆದುಕೊಟ್ಟಿರಲಿಲ್ಲ.
+ಮುಹಮ್ಮದ್‌ರ ಸಮುದಾಯವು ಅತ್ಯುತ್ತಮ ಸಮುದಾಯವೆಂದು ವಿವರಿಸಲಾಗಿದೆ. ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸುವ ವಿಷಯದಲ್ಲಿ ಅವರಿಗೆ ಕೆಲವು ವಿಶೇಷತೆಗಳಿವೆ. ವಿಚಾರಣೆಯಿಲ್ಲದವರು ಅವರಿಗಾಗಿಯೇ ಮೀಸಲಾದ ವಿಶೇಷ ಬಾಗಿಲಿನಿಂದ ಪ್ರವೇಶಿಸುತ್ತಾರೆ. ಉಳಿದ ಬಾಗಿಲುಗಳಲ್ಲಿ ಅವರು ಇತರ ಜನರೊಂದಿಗೆ ಭಾಗಿಗಳಾಗುತ್ತಾರೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8345</t>
+  </si>
+  <si>
+    <t>إن للمؤمن في الجنة لخيمة من لؤلؤة واحدة مجوفة، طولها ستون ميلا، للمؤمن فيها أهلون، يطوف عليهم المؤمن فلا يرى بعضهم بعضا</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ, ಸ್ವರ್ಗದಲ್ಲಿ ಸತ್ಯವಿಶ್ವಾಸಿಗೆ ಒಂದೇ ಮುತ್ತಿನಿಂದ ಮಾಡಿದ, ಒಳಗೆ ಟೊಳ್ಳಾದ ಒಂದು ಗುಡಾರವಿದೆ. ಅದರ ಉದ್ದ ಅರವತ್ತು ಮೈಲಿಗಳು. ಸತ್ಯವಿಶ್ವಾಸಿಗೆ ಅದರಲ್ಲಿ ಪತ್ನಿಯರು ಇರುತ್ತಾರೆ. ಸತ್ಯವಿಶ್ವಾಸಿ ಅವರನ್ನು ಸರದಿಯಂತೆ ಭೇಟಿ ಮಾಡುತ್ತಾನೆ. ಆದರೆ ಅವರು ಒಬ್ಬರನ್ನೊಬ್ಬರು ನೋಡುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «إِنَّ لِلْمُؤْمِنِ فِي الْجَنَّةِ لَخَيْمَةً مِنْ لُؤْلُؤَةٍ وَاحِدَةٍ مُجَوَّفَةٍ، طُولُهَا سِتُّونَ مِيلًا، لِلْمُؤْمِنِ فِيهَا أَهْلُونَ، يَطُوفُ عَلَيْهِمِ الْمُؤْمِنُ فَلَا يَرَى بَعْضُهُمْ بَعْضًا».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಮೂಸಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ, ಸ್ವರ್ಗದಲ್ಲಿ ಸತ್ಯವಿಶ್ವಾಸಿಗೆ ಒಂದೇ ಮುತ್ತಿನಿಂದ ಮಾಡಿದ, ಒಳಗೆ ಟೊಳ್ಳಾದ ಒಂದು ಗುಡಾರವಿದೆ. ಅದರ ಉದ್ದ ಅರವತ್ತು ಮೈಲಿಗಳು. ಸತ್ಯವಿಶ್ವಾಸಿಗೆ ಅದರಲ್ಲಿ ಪತ್ನಿಯರು ಇರುತ್ತಾರೆ. ಸತ್ಯವಿಶ್ವಾಸಿ ಅವರನ್ನು ಸರದಿಯಂತೆ ಭೇಟಿ ಮಾಡುತ್ತಾನೆ. ಆದರೆ ಅವರು ಒಬ್ಬರನ್ನೊಬ್ಬರು ನೋಡುವುದಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن بعض نعيم الجنة، وأن للمؤمن في الجنة خيمة عظيمة واسعة الجَوْف، مِن دُرَّة واحدة مُجَوَّفة، عَرْضُها وطولها في السماء ستون ميلًا، في كل جانب وناحية وزاوية من زواياها الأربع زوجات، لا يرى بعضهم بعضًا، يطوف عليهم المؤمن.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸ್ವರ್ಗದ ಕೆಲವು ಸುಖಗಳ ಬಗ್ಗೆ ತಿಳಿಸಿದ್ದಾರೆ. ಸ್ವರ್ಗದಲ್ಲಿ ಸತ್ಯವಿಶ್ವಾಸಿಗೆ ಬಹಳ ದೊಡ್ಡದಾದ, ಒಳಗೆ ವಿಶಾಲವಾದ, ಒಂದೇ ಮುತ್ತಿನಿಂದ ಮಾಡಿದ ಒಳಗೆ ಟೊಳ್ಳಾದ ಗುಡಾರವಿರುತ್ತದೆ. ಅದರ ಅಗಲ ಮತ್ತು ಉದ್ದ ಆಕಾಶದಲ್ಲಿ ಅರವತ್ತು ಮೈಲಿಗಳು. ಅದರ ನಾಲ್ಕು ಮೂಲೆಗಳ ಪ್ರತಿಯೊಂದು ಬದಿಯಲ್ಲಿ, ದಿಕ್ಕಿನಲ್ಲಿ ಮತ್ತು ಕೋನದಲ್ಲಿ ಅವನಿಗೆ ಪತ್ನಿಯರಿರುತ್ತಾರೆ. ಅವರು ಒಬ್ಬರನ್ನೊಬ್ಬರು ನೋಡುವುದಿಲ್ಲ. ಸತ್ಯವಿಶ್ವಾಸಿ ಅವರನ್ನು ಸರದಿಯಂತೆ ಭೇಟಿ ಮಾಡುತ್ತಾನೆ.</t>
+  </si>
+  <si>
+    <t>بيان عظم نعيم أهل الجنة.
+الترغيب في العمل الصالح ببيان ما أعدَّ الله لهم من النعيم.</t>
+  </si>
+  <si>
+    <t>ಸ್ವರ್ಗವಾಸಿಗಳ ಸುಖದ ವೈಭವವನ್ನು ವಿವರಿಸಲಾಗಿದೆ.
+ಅಲ್ಲಾಹನು ಅವರಿಗಾಗಿ ಸಿದ್ಧಪಡಿಸಿರುವ ಸುಖವನ್ನು ವಿವರಿಸುವ ಮೂಲಕ ಸತ್ಕರ್ಮಗಳನ್ನು ಮಾಡಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8349</t>
+  </si>
+  <si>
     <t>هو الطهور ماؤه، الحل ميتته</t>
   </si>
   <si>
     <t>ಅದರ ನೀರು ಶುದ್ಧವಾಗಿದೆ ಮತ್ತು ಅದರ ಶವವು ಧರ್ಮಸಮ್ಮತವಾಗಿದೆ</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಒಬ್ಬ ವ್ಯಕ್ತಿ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾವು ಕಡಲಿನಲ್ಲಿ ಪ್ರಯಾಣ ಮಾಡುವವರು. ನಾವು ನಮ್ಮೊಂದಿಗೆ ಸ್ವಲ್ಪ ನೀರನ್ನು ಒಯ್ಯುತ್ತೇವೆ. ಆ ನೀರಿನಿಂದ ನಾವು ವುದೂ ನಿರ್ವಹಿಸಿದರೆ ನಮಗೆ ಕುಡಿಯಲು ನೀರು ಇರುವುದಿಲ್ಲ. ನಾವು ಸಮುದ್ರದ ನೀರಿನಿಂದ ವುದೂ ಮಾಡಬಹುದೇ?" ಆಗ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಅದರ ನೀರು ಶುದ್ಧವಾಗಿದೆ ಮತ್ತು ಅದರ ಶವವು ಧರ್ಮಸಮ್ಮತವಾಗಿದೆ."</t>
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>ಒಬ್ಬ ವ್ಯಕ್ತಿ  ಪ್ರವಾದಿಯವರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಿದರು: ನಾವು ಮೀನುಗಾರಿಕೆ, ವ್ಯಾಪಾರ ಅಥವಾ ಇತರ ಉದ್ದೇಶಗಳಿಗಾಗಿ ನಾವೆಯಲ್ಲಿ ಪ್ರಯಾಣ ಮಾಡುತ್ತೇವೆ. ನಾವು ನಮ್ಮೊಂದಿಗೆ ಕುಡಿಯಲು ಯೋಗ್ಯವಾದ ಸ್ವಲ್ಪ ನೀರನ್ನು ಒಯ್ಯುತ್ತೇವೆ. ನಾವು ಕುಡಿಯುವ ನೀರನ್ನು ವುದೂ ಮತ್ತು ಸ್ನಾನಕ್ಕಾಗಿ ಬಳಸಿದರೆ ನಮಗೆ ಕುಡಿಯಲು ನೀರು ದೊರೆಯುವುದಿಲ್ಲ. ಆದ್ದರಿಂದ ನಾವು ಸಮುದ್ರದ ನೀರಿನಿಂದ ವುದೂ ನಿರ್ವಹಿಸಬಹುದೇ?
 ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಮುದ್ರದ ನೀರಿನ ಬಗ್ಗೆ ಹೀಗೆ ಹೇಳಿದರು: ಅದರ ನೀರು ಸ್ವಯಂ ಶುದ್ಧವಾಗಿದ್ದು ಇತರ ವಸ್ತುಗಳನ್ನೂ ಶುದ್ಧೀಕರಿಸುತ್ತದೆ. ಅದರಿಂದ ವುದೂ ಮತ್ತು ಸ್ನಾನ ಮಾಡಬಹುದು. ಅದರಿಂದ ಉತ್ಪಾದನೆಯಾಗುವ ಮೀನು ಮುಂತಾದವುಗಳನ್ನು ಸೇವಿಸುವುದು ಧರ್ಮಸಮ್ಮತವಾಗಿದೆ. ಅದು ಅದನ್ನು ಹಿಡಿಯುವುದಕ್ಕೆ ಮೊದಲೇ ಸತ್ತು ಸಮುದ್ರದಲ್ಲಿ ತೇಲುತ್ತಿದ್ದರೂ ಸಹ.</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>ಸಮುದ್ರ ಪ್ರಾಣಿಗಳ ಶವಗಳು ಧರ್ಮಸಮ್ಮತವಾಗಿವೆ. ಸಮುದ್ರದ ಶವಗಳು ಎಂದರೆ, ಸಮುದ್ರದ ನೀರಿನಲ್ಲಿ ಮಾತ್ರ ಬದುಕುವ ಪ್ರಾಣಿಗಳ ಶವಗಳು.
 ಪೂರ್ಣ ಪ್ರಯೋಜನ ಉಂಟಾಗುವುದಕ್ಕಾಗಿ ಪ್ರಶ್ನಿಸುವವನು ಪ್ರಶ್ನಿಸಿದ ವಿಷಯಕ್ಕಿಂತಲೂ ಹೆಚ್ಚು ಉತ್ತರ ನೀಡಬಹುದು.
 ಶುದ್ಧ ವಸ್ತುವಿನ ಸ್ಪರ್ಶದಿಂದ ನೀರಿನ ರುಚಿ, ಬಣ್ಣ ಅಥವಾ ಪರಿಮಳ ಬದಲಾದರೂ ನೀರು ಅದರ ನಿಜಸ್ವರೂಪದಲ್ಲಿ ಉಳಿದಿರುವ ತನಕ ಅದರ ಶುದ್ಧತೆಯನ್ನು ಕಾಪಾಡಿಕೊಳ್ಳುತ್ತದೆ. ಅದರ ಉಪ್ಪು, ಬಿಸಿ, ಅಥವಾ ತಂಪು ಎಷ್ಟೇ ತೀವ್ರವಾಗಿದ್ದರೂ ಸಹ.
 ಸಮುದ್ರದ ನೀರು ದೊಡ್ಡ ಅಶುದ್ಧಿ ಮತ್ತು ಸಣ್ಣ ಅಶುದ್ಧಿಯನ್ನು ನಿವಾರಿಸುತ್ತದೆ. ದೇಹ, ಬಟ್ಟೆ ಮುಂತಾದ ಶುದ್ಧ ವಸ್ತುವಿಗೆ ಅಂಟಿಕೊಂಡ ಮಾಲಿನ್ಯವನ್ನು ಅದು ನಿವಾರಿಸುತ್ತದೆ</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/8355</t>
   </si>
   <si>
     <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>ನೀರು ಎರಡು ಕುಲ್ಲತ್‌ನಷ್ಟಿದ್ದರೆ ಅದು ಮಾಲಿನ್ಯವನ್ನು ವಹಿಸುವುದಿಲ್ಲ</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೊಂದಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರಾಣಿಗಳು ಮತ್ತು ವನ್ಯಮೃಗಗಳು ಸರದಿಯಾಗಿ ಬಂದು ಕುಡಿಯುವ ನೀರಿನ ಬಗ್ಗೆ ಕೇಳಲಾದಾಗ, ಅವರು ಹೇಳಿದರು: "ನೀರು ಎರಡು ಕುಲ್ಲತ್‌ನಷ್ಟಿದ್ದರೆ ಅದು ಮಾಲಿನ್ಯವನ್ನು ವಹಿಸುವುದಿಲ್ಲ."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>ಪ್ರಾಣಿಗಳು, ವನ್ಯಮೃಗಗಳು ಮುಂತಾದವುಗಳು ಸಾಮಾನ್ಯವಾಗಿ ಕುಡಿಯುವ ನೀರಿನ ಶುದ್ಧತೆಯ ಬಗ್ಗೆ ಪ್ರವಾದಿಯವರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಲಾಯಿತು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದ್ದೇನೆಂದರೆ, ನೀರಿನ ಪ್ರಮಾಣವು ಎರಡು ದೊಡ್ಡ ಮಡಕೆಗಳಷ್ಟಿದ್ದರೆ, ಅಂದರೆ ಸುಮಾರು 210 ಲೀಟರ್ ನೀರಿದ್ದರೆ, ಅದು ಹೆಚ್ಚು ಪ್ರಮಾಣದಲ್ಲಿರುವ ನೀರಾಗಿದ್ದು ಅದು ಅಶುದ್ಧವಾಗುವುದಿಲ್ಲ. ಆದರೆ ಅದರ ಬಣ್ಣ, ರುಚಿ ಮತ್ತು ಪರಿಮಳ ಎಂಬ ಅದರ ಮೂರು ಗುಣಗಳಲ್ಲಿ ಯಾವುದಾದರೂ ಒಂದು ಬದಲಾದರೆ ಅದು ಅಶುದ್ಧವಾಗುತ್ತದೆ.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
@@ -13576,50 +15446,128 @@
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರು ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಒಬ್ಬ ವ್ಯಕ್ತಿ ವುದೂ ಮುಗಿಸಿದಾಗ ಅವನ ಪಾದದಲ್ಲಿ ಉಗುರಿನ ಗಾತ್ರದ ಸ್ಥಳವನ್ನು ನೀರು ತಾಗಿಸದೆ ಬಿಟ್ಟದ್ದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಗಮನಿಸಿದರು. ಆತ ಅಪೂರ್ಣವಾಗಿ ವುದೂ ನಿರ್ವಹಿಸಿದ ಆ ಸ್ಥಳವನ್ನು ತೋರಿಸುತ್ತಾ ಅವರು ಹೇಳಿದರು: "ಹಿಂದಿರುಗಿ ಹೋಗು ಮತ್ತು ಅತ್ಯುತ್ತಮವಾಗಿ ಮತ್ತು ಪೂರ್ಣವಾಗಿ ವುದೂ ನಿರ್ವಹಿಸು. ಪ್ರತಿಯೊಂದು ಅಂಗಕ್ಕೂ ಅದರ ನೀರಿನ ಹಕ್ಕನ್ನು ನೀಡು." ಆ ವ್ಯಕ್ತಿ ಹಿಂದಿರುಗಿ ಹೋಗಿ, ವುದೂವನ್ನು ಪೂರ್ಣಗೊಳಿಸಿ, ನಂತರ ನಮಾಝ್ ನಿರ್ವಹಿಸಿದರು.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>ಒಳಿತನ್ನು ಆದೇಶಿಸಲು ಮತ್ತು ಅಜ್ಞಾನಿಗಳಿಗೆ ಹಾಗೂ ನಿರ್ಲಕ್ಷ್ಯ ವಹಿಸುವವರಿಗೆ ಮಾರ್ಗನಿರ್ದೇಶನ ನೀಡಲು ತ್ವರೆ ಮಾಡುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ವಿಶೇಷವಾಗಿ ಅವರ ಪ್ರಮಾದವು ಆರಾಧನೆಯನ್ನು ನಿಷ್ಫಲಗೊಳಿಸುವ ರೀತಿಯಲ್ಲಿದ್ದರೆ.
 ವುದೂವಿನ ಎಲ್ಲಾ ಅಂಗಗಳಿಗೂ ನೀರನ್ನು ತಲುಪಿಸುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಯಾವುದೇ ಅಂಗದ ಒಂದು ಭಾಗವನ್ನು—ಅದು ಚಿಕ್ಕ ಭಾಗವಾದರೂ ಸರಿ—ಬಿಟ್ಟರೆ ಅವನ ವುದೂ ಸಿಂಧುವಾಗುವುದಿಲ್ಲ. ವುದೂ ನಿರ್ವಹಿಸಿ ತುಂಬಾ ಹೊತ್ತು ಕಳೆದಿದ್ದರೆ ವುದೂವನ್ನು ಪುನಃ ನಿರ್ವಹಿಸುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
 ಅತ್ಯುತ್ತಮವಾಗಿ ವುದೂ ನಿರ್ವಹಿಸಬೇಕೆಂದು ಶರಿಯತ್ (ಧರ್ಮಶಾಸ್ತ್ರ) ಆದೇಶಿಸಿದೆ. ಅದು ಹೇಗೆಂದರೆ, ವುದೂವನ್ನು ಪೂರ್ಣವಾಗಿ ಮತ್ತು ಶಾಸ್ತ್ರವು ಆದೇಶಿಸಿದ ರೀತಿಯಲ್ಲಿ ನಿರ್ವಹಿಸುವುದು.
 ಎರಡು ಪಾದಗಳು ವುದೂವಿನ ಅಂಗಗಳಲ್ಲಿ ಒಳಪಡುತ್ತವೆ. ಅವುಗಳ ಮೇಲೆ ಸವರಿದರೆ ಸಾಕಾಗುವುದಿಲ್ಲ. ಬದಲಿಗೆ, ಅವುಗಳನ್ನು ತೊಳೆಯುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
 ವುದೂವಿನ ಅಂಗಗಳ ನಡುವೆ ಮುಂದುವರಿಕೆ (ಮುವಾಲಾತ್) ಕಾಪಾಡಬೇಕು. ಅಂದರೆ ಪ್ರತಿಯೊಂದು ಅಂಗವನ್ನು ಅದಕ್ಕಿಂತ ಮೊದಲು ತೊಳೆದ ಅಂಗವು ಒಣಗುವ ಮೊದಲು ತೊಳೆಯಬೇಕು.
 ಅಜ್ಞಾನ ಮತ್ತು ಮರೆವು ಕಡ್ಡಾಯ ಕಾರ್ಯದಿಂದ ವಿನಾಯಿತಿ ನೀಡುವುದಿಲ್ಲ. ಅವು ಪಾಪಕೃತ್ಯದಿಂದ ಮಾತ್ರ ವಿನಾಯಿತಿ ನೀಡುತ್ತದೆ. ಅಜ್ಞಾನದಿಂದಾಗಿ ಸರಿಯಾಗಿ ವುದೂ ನಿರ್ವಹಿಸದ ಈ ವ್ಯಕ್ತಿಗೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕಡ್ಡಾಯ ಕಾರ್ಯದಿಂದ, ಅಂದರೆ ವುದೂ ನಿರ್ವಹಿಸುವುದರಿಂದ ವಿನಾಯಿತಿ ನೀಡಲಿಲ್ಲ. ಅವರು ಆತನಿಗೆ ಪುನಃ ವುದೂ ನಿರ್ವಹಿಸುವಂತೆ ಆದೇಶಿಸಿದರು.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/8386</t>
   </si>
   <si>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಒಂದು ಸಾಅ್ ನಿಂದ ಐದು ಮುದ್ದ್ ವರೆಗಿನ ನೀರಿನಲ್ಲಿ ಸ್ನಾನ ಮಾಡುತ್ತಿದ್ದರು ಮತ್ತು ಒಂದು ಮುದ್ದ್ ನೀರಿನಲ್ಲಿ ವುದೂ ನಿರ್ವಹಿಸುತ್ತಿದ್ದರು</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
+  </si>
+  <si>
+    <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: "ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಒಂದು ಸಾಅ್ ನಿಂದ ಐದು ಮುದ್ದ್ ವರೆಗಿನ ನೀರಿನಲ್ಲಿ ಸ್ನಾನ ಮಾಡುತ್ತಿದ್ದರು ಮತ್ತು ಒಂದು ಮುದ್ದ್ ನೀರಿನಲ್ಲಿ ವುದೂ ನಿರ್ವಹಿಸುತ್ತಿದ್ದರು."</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ದೊಡ್ಡ ಅಶುದ್ಧಿಗಾಗಿ (ಜನಾಬತ್) ಒಂದು ಸಾಅ್ ನಿಂದ ಐದು ಮುದ್ದ್ ವರೆಗಿನ ನೀರಿನಲ್ಲಿ ಸ್ನಾನ ಮಾಡುತ್ತಿದ್ದರು ಮತ್ತು ಒಂದು ಮುದ್ದ್ ನೀರಿನಲ್ಲಿ ವುದೂ ನಿರ್ವಹಿಸುತ್ತಿದ್ದರು. ಒಂದು ಸಾಅ್ ಎಂದರೆ ನಾಲ್ಕು ಮುದ್ದ್ ಗಳು. ಒಂದು ಮುದ್ದ್ ಎಂದರೆ ಒಬ್ಬ ಸಾಮಾನ್ಯ ಗಾತ್ರದ ವ್ಯಕ್ತಿಯ ಎರಡು ಅಂಗೈಗಳನ್ನು ಸೇರಿಸಿದರೆ ತುಂಬುವಷ್ಟು ಪ್ರಮಾಣ.</t>
+  </si>
+  <si>
+    <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
+استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
+المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
+تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
+الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
+المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
+  </si>
+  <si>
+    <t>ವುದೂ ಮತ್ತು ಸ್ನಾನ ಮಾಡುವಾಗ ಮಿತತ್ವ ಪಾಲಿಸುವುದು ಮತ್ತು ನೀರನ್ನು ಪೋಲು ಮಾಡದಿರುವುದು ಧಾರ್ಮಿಕ ನಿಯಮವಾಗಿದೆ. ನೀರು ಹೇರಳವಾಗಿ ಲಭ್ಯವಿದ್ದರೂ ಸಹ.
+ವುದೂ ಮತ್ತು ಸ್ನಾನ ಮಾಡುವಾಗ ಅಗತ್ಯಕ್ಕೆ ತಕ್ಕಷ್ಟು ಕಡಿಮೆ ಪ್ರಮಾಣದಲ್ಲಿ ನೀರನ್ನು ಬಳಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಇದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಚರ್ಯೆಯಾಗಿದೆ.
+ಒಟ್ಟು ಸಾರಾಂಶವೇನೆಂದರೆ, ನೀರನ್ನು ಅಗತ್ಯಕ್ಕಿಂತ ಹೆಚ್ಚು ಅಥವಾ ಅಗತ್ಯಕ್ಕಿಂತ ಕಡಿಮೆ ಬಳಸದೆ, ವುದೂ ಮತ್ತು ಸ್ನಾನವನ್ನು ಅದರ ಐಚ್ಛಿಕ ಕಾರ್ಯಗಳು ಮತ್ತು ಶಿಷ್ಟಾಚಾರಗಳನ್ನು ಪಾಲಿಸುತ್ತಾ ಪೂರ್ಣವಾಗಿ ನಿರ್ವಹಿಸಬೇಕು. ಇದರ ಜೊತೆಗೆ ನೀರಿನ ಬಾಹುಳ್ಯ, ಅಭಾವ ಮುಂತಾದವುಗಳನ್ನು ಕೂಡ ಗಣನೆಗೆ ತೆಗೆದುಕೊಳ್ಳಬೇಕು.
+ದೊಡ್ಡ ಅಶುದ್ಧಿ (ಜನಾಬತ್) ಯಲ್ಲಿರುವವರು ಎಂದರೆ, ವೀರ್ಯ ಸ್ಖಲನವಾದವರು ಅಥವಾ ಸಂಭೋಗ ಮಾಡಿದವರು. ಇದನ್ನು ಜನಾಬತ್ (ದೂರವಿರುವವರು) ಎಂದು ಕರೆಯಲಾಗಿರುವುದು ಏಕೆಂದರೆ, ಆ ಸ್ಥಿತಿಯಲ್ಲಿರುವವರು ಶುದ್ಧಿಯಾಗುವ ತನಕ ನಮಾಝ್ ಮತ್ತು ಇತರ ಆರಾಧನಾ ಕರ್ಮಗಳಿಂದ ದೂರವಿರುತ್ತಾರೆ.
+ಸಾಅ್ ಎಂದರೆ (ಅರಬ್ಬರು ಬಳಸುವ ಒಂದು) ಸುಪರಿಚಿತ ಅಳತೆ. ಇಲ್ಲಿ ಉದ್ದೇಶಿಸಲಾಗಿರುವುದು ಪ್ರವಾದಿಯವರು ಬಳಸುತ್ತಿದ್ದ ಸಾಅ್. ಅಂದರೆ, 480 ಮಿಸ್ಕಾಲ್ ಉತ್ತಮ ಜಾತಿಯ ಗೋಧಿ. ಲೀಟರ್ ಅಳತೆಯಲ್ಲಿ 3 ಲೀಟರ್.
+ಮುದ್ದ್ ಎಂದರೆ ಧಾರ್ಮಿಕವಾಗಿ ಬಳಸುವ ಒಂದು ಅಳತೆ. ಇದು ಒಬ್ಬ ಸಾಮಾನ್ಯ ಗಾತ್ರದ ವ್ಯಕ್ತಿ ತನ್ನ ಎರಡು ಅಂಗೈಗಳನ್ನು ಜೋಡಿಸಿದರೆ ತುಂಬುವಷ್ಟು ಪ್ರಮಾಣ. ಕರ್ಮಶಾಸ್ತ್ರಜ್ಞರ ಸರ್ವಾನುಮತದ ಅಂಗೀಕಾರದಂತೆ ಒಂದು ಮುದ್ದ್ ಎಂದರೆ ಸಾಅ್ ನ ಕಾಲು ಭಾಗ. ಅಂದರೆ ಸುಮಾರು 750 ಮಿ.ಲೀ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8387</t>
+  </si>
+  <si>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
+  </si>
+  <si>
+    <t>ಒಬ್ಬ ಮುಸಲ್ಮಾನನು ಉತ್ತಮ ರೀತಿಯಲ್ಲಿ ವುದೂ ನಿರ್ವಹಿಸಿ, ನಂತರ ಎದ್ದು ನಿಂತು ತನ್ನ ಹೃದಯ ಮತ್ತು ಮುಖವನ್ನು ಕೇಂದ್ರೀಕರಿಸಿ ಏಕಾಗ್ರತೆಯಿಂದ ಎರಡು ರಕಅತ್‌ ನಮಾಝ್ ನಿರ್ವಹಿಸಿದರೆ, ಅವನಿಗೆ ಸ್ವರ್ಗವು ಕಡ್ಡಾಯವಾಗದೇ ಇರುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
+  </si>
+  <si>
+    <t>ಉಕ್ಬ ಬಿನ್ ಆಮಿರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಒಬ್ಬ ಮುಸಲ್ಮಾನನು ಉತ್ತಮ ರೀತಿಯಲ್ಲಿ ವುದೂ ನಿರ್ವಹಿಸಿ, ನಂತರ ಎದ್ದು ನಿಂತು ತನ್ನ ಹೃದಯ ಮತ್ತು ಮುಖವನ್ನು ಕೇಂದ್ರೀಕರಿಸಿ ಏಕಾಗ್ರತೆಯಿಂದ ಎರಡು ರಕಅತ್‌ ನಮಾಝ್ ನಿರ್ವಹಿಸಿದರೆ, ಅವನಿಗೆ ಸ್ವರ್ಗವು ಕಡ್ಡಾಯವಾಗದೇ ಇರುವುದಿಲ್ಲ." ನಾನು ಹೇಳಿದೆ: "ಇದು ಎಷ್ಟೊಂದು ಉತ್ತಮವಾಗಿದೆ!" ಆಗ ನನ್ನ ಮುಂದಿದ್ದ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಹೇಳಿದರು: "ಅವರು ಅದಕ್ಕಿಂತ ಮೊದಲು ಹೇಳಿದ್ದು ಅದಕ್ಕಿಂತಲೂ ಉತ್ತಮವಾಗಿದೆ." ನಾನು ಅತ್ತ ನೋಡಿದಾಗ ಅದು ಉಮರ್ ಆಗಿದ್ದರು. ಅವರು ಹೇಳಿದರು: "ನೀನು ಈಗಷ್ಟೇ ಬಂದಿರುವುದೆಂದು ತೋರುತ್ತದೆ. ಅವರು (ಇದಕ್ಕಿಂತ ಮೊದಲು) ಹೇಳಿದ್ದೇನೆಂದರೆ: "ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ಉತ್ತಮ ರೀತಿಯಲ್ಲಿ ವುದೂ ನಿರ್ವಹಿಸಿ ನಂತರ, ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ದಾಸ ಮತ್ತು ಸಂದೇಶವಾಹಕರೆಂದು ನಾನು ಸಾಕ್ಷ್ಯ ವಹಿಸುತ್ತೇನೆ ಎಂದು ಹೇಳಿದರೆ, ಅವನಿಗೆ ಸ್ವರ್ಗದ ಎಂಟು ಬಾಗಿಲುಗಳನ್ನು ತೆರೆದುಕೊಡಲಾಗುತ್ತದೆ. ಅವನು ಇಚ್ಛಿಸುವ ಬಾಗಿಲಿನಿಂದ ಅವನಿಗೆ ಪ್ರವೇಶ ಮಾಡಬಹುದು."</t>
+  </si>
+  <si>
+    <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
+الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
+الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಜನರೊಡನೆ ಮಾತನಾಡುತ್ತಾ ಎರಡು ಮಹಾ ಶ್ರೇಷ್ಠತೆಗಳ ಬಗ್ಗೆ ತಿಳಿಸುತ್ತಾರೆ.
+ಒಂದು: ಒಬ್ಬ ವ್ಯಕ್ತಿ ಉತ್ತಮ ರೀತಿಯಲ್ಲಿ ವುದೂ ಅನ್ನು ಅದರ ಎಲ್ಲಾ ನಿಯಮಗಳನ್ನು ಪಾಲಿಸುತ್ತಾ ಪೂರ್ಣವಾಗಿ ಮತ್ತು ಎಲ್ಲಾ ಅಂಗಗಳಿಗೂ ಅವುಗಳನ್ನು ತೊಳೆಯಬೇಕಾದ ರೀತಿಯಲ್ಲೇ ತೊಳೆದು ವುದೂ ನಿರ್ವಹಿಸಿ ನಂತರ, ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಬೇರೆ ದೇವರಿಲ್ಲ ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ದಾಸ ಮತ್ತು ಸಂದೇಶವಾಹಕರೆಂದು ನಾನು ಸಾಕ್ಷ್ಯ ವಹಿಸುತ್ತೇನೆ ಎಂದು ಹೇಳಿದರೆ, ಅವನಿಗೆ ಸ್ವರ್ಗದ ಎಂಟು ಬಾಗಿಲುಗಳನ್ನು ತೆರೆದುಕೊಡಲಾಗುತ್ತದೆ. ಅವನು ಇಚ್ಛಿಸುವ ಬಾಗಿಲಿನಿಂದ ಅವನು ಪ್ರವೇಶ ಮಾಡಬಹುದು.
+ಎರಡು: ಒಬ್ಬ ವ್ಯಕ್ತಿ ಪೂರ್ಣ ರೂಪದಲ್ಲಿ ವುದೂ ನಿರ್ವಹಿಸಿ, ನಂತರ ಎದ್ದು ನಿಂತು ನಿಷ್ಕಳಂಕವಾಗಿ, ಪೂರ್ಣ ವಿನಮ್ರತೆಯಿಂದ, ತನ್ನ ಮುಖ ಮತ್ತು ದೇಹದ ಎಲ್ಲಾ ಅಂಗಗಳನ್ನು ಅಲ್ಲಾಹನಿಗೆ ಶರಣಾಗಿಸಿ, ಎರಡು ರಕಅತ್‌ ನಮಾಝ್ ನಿರ್ವಹಿಸಿದರೆ, ಅವನಿಗೆ ಸ್ವರ್ಗವು ಕಡ್ಡಾಯವಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
+مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
+إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
+استحباب قول هذا الذكر للمغتسل أيضًا.
+حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
+الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಮಹಾ ಔದಾರ್ಯವನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ಅವನು ಚಿಕ್ಕ ಕರ್ಮಗಳಿಗೆ ದೊಡ್ಡ ಪ್ರತಿಫಲವನ್ನು ನೀಡುತ್ತಾನೆ.
+ಉತ್ತಮವಾಗಿ ಮತ್ತು ಪೂರ್ಣವಾಗಿ ವುದೂ ನಿರ್ವಹಿಸುವುದು ಹಾಗೂ ಅದರ ನಂತರ ವಿನಮ್ರತೆಯಿಂದ ಎರಡು ರಕಅತ್‌ ನಮಾಝ್ ನಿರ್ವಹಿಸುವುದು ಧರ್ಮದಲ್ಲಿರುವ ನಿಯಮವಾಗಿದೆ ಹಾಗೂ ಅದಕ್ಕೆ ಮಹಾ ಪ್ರತಿಫಲವಿದೆಯೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಉತ್ತಮವಾಗಿ ವುದೂ ನಿರ್ವಹಿಸುವುದು ಮತ್ತು ಅದರ ನಂತರ ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪಠಿಸುವುದು ಸ್ವರ್ಗ ಪ್ರವೇಶಕ್ಕೆ ಕಾರಣವಾಗುತ್ತದೆ.
+ಸ್ನಾನ ಮಾಡಿದ ನಂತರವೂ ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪಠಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ಜ್ಞಾನವನ್ನು ಕಲಿಯುವ ಮತ್ತು ಪ್ರಚಾರ ಮಾಡುವ ಒಳಿತಿನ ವಿಷಯದಲ್ಲಿ ಸಹಾಬಿಗಳಿಗಿದ್ದ ಉತ್ಸಾಹ ಮತ್ತು ಅದಕ್ಕಾಗಿ ಅವರು ಪರಸ್ಪರ ಸಹಕರಿಸುತ್ತಿದ್ದುದನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಅವರ ಉಪಜೀವನದ ವಿಷಯದಲ್ಲೂ ಸಹ.
+ವುದೂ ನಿರ್ವಹಿಸಿದ ನಂತರ ಪ್ರಾರ್ಥಿಸುವುದರಿಂದ ಹೃದಯವು ಶುದ್ಧವಾಗುತ್ತದೆ ಮತ್ತು ಶಿರ್ಕ್ ನಿಂದ ಮುಕ್ತವಾಗುತ್ತದೆ. ಅದೇ ರೀತಿ ವುದೂ ನಿರ್ವಹಿಸುವುದರಿಂದ ದೇಹವು ಶುದ್ಧವಾಗುತ್ತದೆ ಮತ್ತು ಮಾಲಿನ್ಯಗಳಿಂದ ಮುಕ್ತವಾಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8388</t>
+  </si>
+  <si>
     <t>إذا توضأ أحدكم ولبس خفيه فليصل فيهما، وليمسح عليهما ثم لا يخلعهما إن شاء إلا من جنابة</t>
   </si>
   <si>
     <t>ನಿಮ್ಮಲ್ಲೊಬ್ಬರು ವುದೂ ನಿರ್ವಹಿಸಿದ ನಂತರ ಚರ್ಮದ ಪಾದರಕ್ಷೆ ಧರಿಸಿದರೆ, ಅದನ್ನು ಧರಿಸಿಯೇ ನಮಾಝ್ ನಿರ್ವಹಿಸಲಿ. ಅದರ ಮೇಲೆ ಸವರಿಕೊಳ್ಳಲಿ. ನಂತರ ಅವರು ಬಯಸಿದರೆ ಅದನ್ನು ಕಳಚದೆಯೇ ಇರಬಹುದು. ಆದರೆ ದೊಡ್ಡ ಅಶುದ್ಧಿ ಉಂಟಾದರೆ ಹೊರತು</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ».</t>
   </si>
   <si>
     <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಮ್ಮಲ್ಲೊಬ್ಬರು ವುದೂ ನಿರ್ವಹಿಸಿದ ನಂತರ ಚರ್ಮದ ಪಾದರಕ್ಷೆ ಧರಿಸಿದರೆ, ಅದನ್ನು ಧರಿಸಿಯೇ ನಮಾಝ್ ನಿರ್ವಹಿಸಲಿ. ಅದರ ಮೇಲೆ ಸವರಿಕೊಳ್ಳಲಿ. ನಂತರ ಅವರು ಬಯಸಿದರೆ ಅದನ್ನು ಕಳಚದೆಯೇ ಇರಬಹುದು. ಆದರೆ ದೊಡ್ಡ ಅಶುದ್ಧಿ ಉಂಟಾದರೆ ಹೊರತು."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه إذا لَبِسَ المُسلِمُ خُفَّيْه بعد أنْ تَوَضأ، ثم أَحْدَث بعد ذلك وأراد الوضوء، فله المَسْحُ عليهما إن أراد ذلك، ويصلي فيهما ولا يَنزعهما مدة معلومة، إلا إذا أَجْنَبَ لزِمَه خَلعُ الخُفِّ والاغتسال.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಒಬ್ಬ ಮುಸಲ್ಮಾನನು ವುದೂ ನಿರ್ವಹಿಸಿದ ನಂತರ ಚರ್ಮದ ಪಾದರಕ್ಷೆಯನ್ನು ಧರಿಸುತ್ತಾನೆ. ನಂತರ ಅವನಿಗೆ ಅಶುದ್ಧಿಯುಂಟಾಗಿ ವುದೂ ಮಾಡಬೇಕಾಗಿ ಬರುತ್ತದೆ. ಆಗ ಅವನು ಬಯಸಿದರೆ, ಅವುಗಳ ಮೇಲೆ ಸವರಿದರೆ ಸಾಕು. ಅವನು ಅವುಗಳನ್ನು ಧರಿಸಿಯೇ ನಮಾಝ್ ನಿರ್ವಹಿಸಬಹುದು. ಒಂದು ನಿರ್ದಿಷ್ಟ ಅವಧಿಯ ತನಕ ಅವನು ಅವುಗಳನ್ನು ಕಳಚಬೇಕಾಗಿಲ್ಲ. ಆದರೆ ಅವನಿಗೆ ದೊಡ್ಡ ಅಶುದ್ಧಿ (ಜನಾಬತ್) ಉಂಟಾದರೆ ಅವನು ಅವುಗಳನ್ನು ಕಳಚಿ ಸ್ನಾನ ಮಾಡುವುದು ಅನಿವಾರ್ಯವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>لا يجوز المَسحُ على الخُفَّين إلا إذا لُبسَا بعد كمال الطهارة.
 مدة المسح للمقيم: المسحُ يومًا وليلةً، وللمسافر: ثلاثةَ أيام بلياليها.
 المسح على الخفين يَخْتَصُّ بالحَدَث الأصغر لا الأكبر، أما الحدث الأكبر فلا يجوز المسح معه، بل لابد من خَلْع الخُفّين وغسل القدمين.
 يستحَب الصلاة في الحذاء والخفّ ونحوِهما مخالفةً لليهود وذلك إذا كانت طهارة، وليس فيها أذية للمصلين، أو للمسجد مثل المساجد المفروشة فلا يصل بها.
 المسح على الخفين فيه تيسير وتخفيف على هذه الأُمَّة.</t>
   </si>
   <si>
@@ -13640,50 +15588,155 @@
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: "ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎಲ್ಲಾ ಸ್ಥಿತಿಗಳಲ್ಲೂ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುತ್ತಿದ್ದರು."</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಇಲ್ಲಿ ಹೇಳುವುದೇನೆಂದರೆ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸಲು ಅತೀವ ಉತ್ಸಾಹ ತೋರುತ್ತಿದ್ದರು. ಅವರು ಎಲ್ಲಾ ಸಮಯ, ಸ್ಥಳ ಮತ್ತು ಸ್ಥಿತಿಗಳಲ್ಲಿ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುತ್ತಿದ್ದರು.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸಲು ಚಿಕ್ಕ ಅಶುದ್ಧಿ ಅಥವಾ ದೊಡ್ಡ ಅಶುದ್ಧಿಯಿಂದ ಶುದ್ದಿಯಾಗಬೇಕೆಂಬ ಷರತ್ತು ಇಲ್ಲವೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸದಾ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುತ್ತಿದ್ದರೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಪ್ರವಾದಿಯವರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನುಕರಿಸಿ ಎಲ್ಲಾ ಸ್ಥಿತಿಗಳನ್ನೂ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸುವುದನ್ನು ಹೆಚ್ಚಿಸಲು ಈ ಹದೀಸ್ ಪ್ರೋತ್ಸಾಹಿಸುತ್ತದೆ. ಆದರೆ ಮಲಮೂತ್ರ ವಿಸರ್ಜನೆ ಮುಂತಾದ ಅಲ್ಲಾಹನನ್ನು ಸ್ಮರಿಸಬಾರದ ಸ್ಥಿತಿಗಳ ಹೊರತು.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/8402</t>
+  </si>
+  <si>
+    <t>لا يرمي رجل رجلا بالفسوق، ولا يرميه بالكفر، إلا ارتدت عليه، إن لم يكن صاحبه كذلك</t>
+  </si>
+  <si>
+    <t>ಯಾವುದೇ ಮನುಷ್ಯನು ಇನ್ನೊಬ್ಬನನ್ನು ಫಾಸಿಕ್ (ದುಷ್ಕರ್ಮಿ) ಎಂದು ಆರೋಪಿಸಬಾರದು, ಅಥವಾ ಸತ್ಯನಿಷೇಧಿಯೆಂದು ಆರೋಪಿಸಬಾರದು. ಏಕೆಂದರೆ, ಆ ವ್ಯಕ್ತಿ ಅವನು ಹೇಳಿದಂತೆ ಇಲ್ಲದಿದ್ದರೆ, ಅದು ಹೇಳಿದವನಿಗೆ ಮರಳುತ್ತದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رَضِيَ اللَّهُ عَنْهُ أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ يَرْمِي رَجُلٌ رَجُلًا بِالفُسُوقِ، وَلاَ يَرْمِيهِ بِالكُفْرِ، إِلَّا ارْتَدَّتْ عَلَيْهِ، إِنْ لَمْ يَكُنْ صَاحِبُهُ كَذَلِكَ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ದರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಯಾವುದೇ ಮನುಷ್ಯನು ಇನ್ನೊಬ್ಬನನ್ನು ಫಾಸಿಕ್ (ದುಷ್ಕರ್ಮಿ) ಎಂದು ಆರೋಪಿಸಬಾರದು, ಅಥವಾ ಸತ್ಯನಿಷೇಧಿಯೆಂದು ಆರೋಪಿಸಬಾರದು. ಏಕೆಂದರೆ, ಆ ವ್ಯಕ್ತಿ ಅವನು ಹೇಳಿದಂತೆ ಇಲ್ಲದಿದ್ದರೆ, ಅದು ಹೇಳಿದವನಿಗೆ ಮರಳುತ್ತದೆ."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم أنّ مَن قال لآخر: أنت فاسق، أو: أنت كافر، فإنْ كان ليس كما قال، كان هو المُستَحِق للوصف المذكور ورَجَعَ عليه قولُه، وأما إذا كان كما قال لم يرجع عليه شيء؛ لكونه صدق فيما قال.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಎಚ್ಚರಿಸುವುದೇನೆಂದರೆ, ಯಾರಾದರೂ ಇನ್ನೊಬ್ಬ ವ್ಯಕ್ತಿಯನ್ನು "ನೀನು ದುಷ್ಕರ್ಮಿ" ಅಥವಾ "ನೀನು ಸತ್ಯನಿಷೇಧಿ" ಎಂದು ಹೇಳಿದಾಗ, ಆತ ಇವನು ಹೇಳಿದಂತೆ ಇಲ್ಲದಿದ್ದರೆ, ಇವನು ಹೇಳಿದ್ದಕ್ಕೆ ಇವನೇ ಅರ್ಹನಾಗುತ್ತಾನೆ, ಮತ್ತು ಇವನು ಹೇಳಿದ್ದು ಇವನಿಗೇ ಮರಳುತ್ತದೆ. ಇನ್ನು ಆತ ಇವನು ಹೇಳಿದಂತೆ ಇದ್ದರೆ, ಇವನು ಹೇಳಿದ್ದು ಇವನಿಗೆ ಮರಳುವುದಿಲ್ಲ. ಏಕೆಂದರೆ ಇವನು ಹೇಳಿದ್ದು ಸತ್ಯವಾಗಿತ್ತು.</t>
+  </si>
+  <si>
+    <t>تحريم رمي الناس بالكفر أو الفسق، بغير مُسَوِّغ شرعي.
+وجوب التثبُّت في إصدار الأحكام على الناس.
+قال ابن دقيق العيد: وهذا وعيد عظيم لمن أكفر أحدًا من المسلمين وليس كذلك، وهي ورطة عظيمة.
+قال ابن حجر العسقلاني: ولكن لا يلزم من كونه لا يصير بذلك فاسقًا ولا كافرًا أن لا يكون آثمًا في صورة قوله له: أنت فاسق، بل في هذه الصورة تفصيل: إن قَصَدَ نُصْحَه أو نُصْحَ غيرِه بِبَيان حاله جاز، وإن قَصَدَ تَعْيِيْرَه وشُهرَتَه بذلك ومَحْضَ أذاه لم يجز؛ لأنه مأمور بالستر عليه وتعليمه وعِظَتِه بالحسنى، فمهما أمكنه ذلك بالرفق لا يجوز له أن يفعله بالعُنْف؛ لأنه قد يكون سببًا لإغرائه وإصراره على ذلك الفعل كما في طَبْعِ كثير من الناس من الأَنَفَة، ولا سيّما إن كان الآمِرُ دونَ المأمورِ في المنزلة.</t>
+  </si>
+  <si>
+    <t>ಸ್ಪಷ್ಟ ಧಾರ್ಮಿಕ ಪುರಾವೆಯಿಲ್ಲದೆ ಜನರ ಮೇಲೆ ಸತ್ಯನಿಷೇಧ (ಕುಫ್ರ್) ಅಥವಾ ದುಷ್ಕರ್ಮ (ಫಿಸ್ಕ್) ಆರೋಪಿಸುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ.
+ಜನರ ಬಗ್ಗೆ ತೀರ್ಪು ನೀಡುವ ಮೊದಲು ಸತ್ಯಾಸತ್ಯತೆಯನ್ನು ಖಚಿತಪಡಿಸಿಕೊಳ್ಳುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
+ಇಬ್ನ್ ದಕೀಕುಲ್ ಈದ್ ಹೇಳಿದರು: "ಒಬ್ಬ ಮುಸಲ್ಮಾನನ್ನು ಸತ್ಯನಿಷೇಧಿ ಎಂದು ಅನ್ಯಾಯವಾಗಿ ಘೋಷಿಸುವವರಿಗೆ, ಇದು ಗಂಭೀರ ಎಚ್ಚರಿಕೆಯಾಗಿದೆ. ಇದು ಆರೋಪದ ಗಂಭೀರತೆಯನ್ನು ಎತ್ತಿ ತೋರಿಸುತ್ತದೆ."
+ಇಬ್ನ್ ಹಜರ್ ಅಸ್ಕಲಾನಿ ಹೇಳಿದರು: "ಆದರೆ, ಒಬ್ಬನನ್ನು ನೀನು ದುಷ್ಕರ್ಮಿ ಎಂದು ಆರೋಪಿಸುವುದರಿಂದ ಅವನು ದುಷ್ಕರ್ಮಿ ಅಥವಾ ಸತ್ಯನಿಷೇಧಿಯಾಗುವುದಿಲ್ಲ ಎಂಬುದು ಅವನು ಒಂದು ದೃಷ್ಟಿಯಿಂದ ಪಾಪಿಯಾಗುವುದಿಲ್ಲ ಎಂದರ್ಥವಲ್ಲ. ಬದಲಿಗೆ ಈ ವಿಷಯವನ್ನು ವಿವರಿಸಬೇಕಾಗುತ್ತದೆ: ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ತಪ್ಪುಗಳನ್ನು ತಿಳಿಸಿಕೊಟ್ಟು ಅವನಿಗೆ ಅಥವಾ ಇತರರಿಗೆ ಬುದ್ಧಿವಾದ ಹೇಳುವುದಾದರೆ ಅದಕ್ಕೆ ಅನುಮತಿಯಿದೆ. ಆದರೆ ಒಬ್ಬ ವ್ಯಕ್ತಿಯನ್ನು ಅವಮಾನಿಸಲು, ಅವನ ತಪ್ಪನ್ನು ಬಹಿರಂಗಗೊಳಿಸಲು ಮತ್ತು ಅವನಿಗೆ ತೊಂದರೆ ನೀಡುವುದನ್ನು ಮಾತ್ರ ಉದ್ದೇಶಿಸಿದ್ದರೆ, ಅದಕ್ಕೆ ಅನುಮತಿಯಿಲ್ಲ. ಏಕೆಂದರೆ ಬುದ್ಧಿವಾದ ಹೇಳುವಾಗ, ದೋಷಗಳನ್ನು (ಇತರರಿಗೆ ತಿಳಿಯದಂತೆ) ಮರೆಮಾಚಬೇಕು, ತಿಳುವಳಿಕೆ ನೀಡಬೇಕು ಮತ್ತು ಉತ್ತಮ ಉಪದೇಶ ನೀಡಬೇಕು.  ಮೃದುವಾಗಿ ಅದನ್ನು ಮಾಡಲು ಸಾಧ್ಯವಿದ್ದರೆ ಹಿಂಸಾತ್ಮಕವಾಗಿ ಅದನ್ನು ಮಾಡಬಾರದು. ಏಕೆಂದರೆ ಅದು ತಪ್ಪಾದ ಕೆಲಸದಲ್ಲಿ ಮುಂದುವರಿಯಲು ಮತ್ತು ಪಟ್ಟುಹಿಡಿಯಲು ಕಾರಣವಾಗಬಹುದು. ಜನರಲ್ಲಿ ಹೆಚ್ಚಿನವರ ಸ್ವಭಾವದಲ್ಲಿ ಈ ಅಂಶವನ್ನು ಕಾಣಬಹುದು. ವಿಶೇಷವಾಗಿ ಬುದ್ಧಿವಾದ ಹೇಳುವವನು ಬುದ್ಧಿವಾದ ಸ್ವೀಕರಿಸುವವನಿಗಿಂತ ಕೆಳಗಿನ ಸ್ಥಾನದಲ್ಲಿದ್ದರೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8883</t>
+  </si>
+  <si>
+    <t>إن الشيطان قد أيس أن يعبده المصلون في جزيرة العرب، ولكن في التحريش بينهم</t>
+  </si>
+  <si>
+    <t>ನಿಶ್ಚಯವಾಗಿಯೂ, ಅರೇಬಿಯನ್ ಪರ್ಯಾಯ ದ್ವೀಪದಲ್ಲಿ ವಾಸಿಸುವ ನಮಾಝ್ ಮಾಡುವವರು (ಮುಸ್ಲಿಮರು) ತನ್ನನ್ನು ಆರಾಧಿಸುವರು ಎಂಬ ಬಗ್ಗೆ ಶೈತಾನನು ನಿರಾಶನಾಗಿದ್ದಾನೆ. ಆದರೆ, ಅವರ ನಡುವೆ ಭಿನ್ನಾಭಿಪ್ರಾಯವನ್ನು ಹುಟ್ಟುಹಾಕುವೆನು ಎಂಬುದರ ಬಗ್ಗೆ ಅವನು ನಿರಾಶನಾಗಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ الشَّيْطَانَ قَدْ أَيِسَ أَنْ يَعْبُدَهُ الْمُصَلُّونَ فِي جَزِيرَةِ الْعَرَبِ، وَلَكِنْ فِي التَّحْرِيشِ بَيْنَهُمْ».</t>
+  </si>
+  <si>
+    <t>ಜಾಬಿರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ನಿಶ್ಚಯವಾಗಿಯೂ, ಅರೇಬಿಯನ್ ಪರ್ಯಾಯ ದ್ವೀಪದಲ್ಲಿ ವಾಸಿಸುವ ನಮಾಝ್ ಮಾಡುವವರು (ಮುಸ್ಲಿಮರು) ತನ್ನನ್ನು ಆರಾಧಿಸುವರು ಎಂಬ ಬಗ್ಗೆ ಶೈತಾನನು ನಿರಾಶನಾಗಿದ್ದಾನೆ. ಆದರೆ, ಅವರ ನಡುವೆ ಭಿನ್ನಾಭಿಪ್ರಾಯವನ್ನು ಹುಟ್ಟುಹಾಕುವೆನು ಎಂಬುದರ ಬಗ್ಗೆ ಅವನು ನಿರಾಶನಾಗಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ إبليس أَيِسَ أنْ يَعُوْدَ المؤمنون المصلون لعبادته والسجود للصنم في جزيرة العرب، ولكنه لا زال يَطْمَع، ولا زال جهده وكَدُّه وعملُه وسعيُه في التَّحريش بينهم بالخصومات والشَّحْنَاء والحروب والفتن ونحوها.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಅರೇಬಿಯನ್ ಪರ್ಯಾಯ ದ್ವೀಪದಲ್ಲಿ ವಾಸಿಸುವ ನಮಾಝ್ ಮಾಡುವ ಸತ್ಯವಿಶ್ವಾಸಿಗಳು ತನ್ನನ್ನು ಆರಾಧಿಸಲು ಮತ್ತು ವಿಗ್ರಹಗಳಿಗೆ ಸಾಷ್ಟಾಂಗ ಮಾಡಲು ಮರಳಿ ಬರುವರೆಂಬ ಬಗ್ಗೆ ಇಬ್ಲೀಸನು ನಿರಾಶನಾಗಿದ್ದಾನೆ. ಆದರೆ, ಆವನು ನಿರೀಕ್ಷೆಯನ್ನು ಕಳೆದುಕೊಂಡಿಲ್ಲ. ವಿವಾದಗಳು, ದ್ವೇಷ, ಯುದ್ಧಗಳು, ಗೊಂದಲಗಳು ಮುಂತಾದವುಗಳ ಮೂಲಕ ಅವರ ನಡುವೆ ಭಿನ್ನಾಭಿಪ್ರಾಯವನ್ನು ಹುಟ್ಟುಹಾಕುವುದರಲ್ಲಿ ಅವನು ತನ್ನ ಪ್ರಯತ್ನ, ಶ್ರಮ ಮತ್ತು ಹೋರಾಟವನ್ನು ಕೈಬಿಟ್ಟಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>عبادة الشيطان عبادة الصنم، لأنه الآمِرُ به والداعي إليه، بدليل قوله تعالى عن إبراهيم عليه السلام: (يا أبت لا تعبد الشيطان…).
+الشيطان يَسعى في إيقاع الخصومات والشَّحْناء والحروب والفتن بين المسلمين.
+من فوائد الصلاة في الإسلام أنها تَحفظ المَوَدّة بين المسلمين، وتُقَوِّي روابط الأُخُوّة بينهم.
+الصلاة أعظم شعائر الدين بعد الشهادتين، ولذلك أطلق على المسلمين المُصَلِّين.
+جزيرة العرب لها خصائص دون غيرها من البلاد.
+إن قيل قد وقع في بعض جزيرة العرب عبادة الأصنام، والنبي صلى الله عليه وسلم يقول: (إن الشيطان قد أيس أن يعبده المصلون..)، فهذا إخبار عما وقع في نفس الشيطان مِن اليأس لِمَا رأى الفتوح، ودخول الناس في دين الله أفواجًا، فالحديث أخبر عن ظن الشيطان وتوقُّعِه، ثم كان الواقع بخلاف ذلك لحكمة يريدها الله عز وجل.</t>
+  </si>
+  <si>
+    <t>ಶೈತಾನನನ್ನು ಪೂಜಿಸುವುದು ಎಂದರೆ ವಿಗ್ರಹಗಳನ್ನು ಪೂಜಿಸುವುದಾಗಿದೆ. ಏಕೆಂದರೆ, ಅದನ್ನು ಅವನೇ ಆಜ್ಞಾಪಿಸುತ್ತಾನೆ ಮತ್ತು ಅದಕ್ಕಾಗಿ ಕರೆಯುತ್ತಾನೆ. ಅಲ್ಲಾಹು ಇಬ್ರಾಹೀಮ್ (ಅವರ ಮೇಲೆ ಶಾಂತಿಯಿರಲಿ) ರನ್ನು ಉಲ್ಲೇಖಿಸಿ ಹೇಳಿದ ಈ ವಚನ ಇದಕ್ಕೆ ಪುರಾವೆಯಾಗಿದೆ: "ಅಪ್ಪಾಜಿ! ಶೈತಾನನನ್ನು ಆರಾಧಿಸಬೇಡಿ...”
+ಮುಸ್ಲಿಮರ ನಡುವೆ ವಿವಾದಗಳು, ದ್ವೇಷ, ಯುದ್ಧಗಳು ಮತ್ತು ಗೊಂದಲಗಳನ್ನು ಪ್ರಚೋದಿಸಲು ಶೈತಾನನು ಪ್ರಯತ್ನಿಸುತ್ತಾನೆ.
+ಇಸ್ಲಾಮಿನಲ್ಲಿ ನಮಾಝ್‌ನ ಪ್ರಯೋಜನಗಳಲ್ಲಿ ಒಂದು ಏನೆಂದರೆ, ಅದು ಮುಸ್ಲಿಮರ ನಡುವೆ ಪ್ರೀತಿಯನ್ನು ಕಾಪಾಡುತ್ತದೆ ಮತ್ತು ಅವರ ನಡುವೆ ಭ್ರಾತೃತ್ವದ ಬಾಂಧವ್ಯವನ್ನು ಬಲಪಡಿಸುತ್ತದೆ.
+ಎರಡು ಸಾಕ್ಷ್ಯವಚನಗಳ ನಂತರ ನಮಾಝ್ ಧರ್ಮದ ಶ್ರೇಷ್ಠ ಚಿಹ್ನೆಯಾಗಿದೆ. ಈ ಕಾರಣದಿಂದಲೇ ಇಲ್ಲಿ ಮುಸ್ಲಿಮರನ್ನು "ಮುಸಲ್ಲೀನ್" (ನಮಾಝ್ ಮಾಡುವವರು) ಎಂದು ಕರೆಯಲಾಗಿದೆ.
+ಅರೇಬಿಯನ್ ಪರ್ಯಾಯ ದ್ವೀಪಕ್ಕೆ ಇತರ ದೇಶಗಳಿಗಿಲ್ಲದ ವಿಶಿಷ್ಟ ಗುಣಲಕ್ಷಣಗಳಿವೆ.
+“ಅರೇಬಿಯನ್ ಪರ್ಯಾಯ ದ್ವೀಪದಲ್ಲಿ ವಾಸಿಸುವ ನಮಾಝ್ ಮಾಡುವವರು ತನ್ನನ್ನು ಆರಾಧಿಸುವರೆಂಬ ಬಗ್ಗೆ ಶೈತಾನನು ನಿರಾಶನಾಗಿದ್ದಾನೆ" ಎಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದ್ದರೂ ಸಹ, ಅರೇಬಿಯನ್ ಪರ್ಯಾಯ ದ್ವೀಪದ ಕೆಲವು ಭಾಗಗಳಲ್ಲಿ ವಿಗ್ರಹ ಪೂಜೆ ನಡೆಯುತ್ತಿದೆಯಲ್ಲವೇ ಎಂದು ಯಾರಾದರೂ ಕೇಳಿದರೆ ಅದಕ್ಕಿರುವ ಉತ್ತರವು: ಇದು ಮುಸ್ಲಿಮರು ನಿರಂತರ ವಿಜಯ ಗಳಿಸುವುದನ್ನು ಮತ್ತು ಜನರು ಅಲ್ಲಾಹನ ಧರ್ಮಕ್ಕೆ ತಂಡೋಪತಂಡವಾಗಿ ಪ್ರವೇಶಿಸುವುದನ್ನು ಕಂಡಾಗ ಶೈತಾನನ ಮನದಲ್ಲಿ ಮೂಡಿದ ನಿರಾಶೆಯನ್ನು ವ್ಯಕ್ತಪಡಿಸುತ್ತದೆ. ಈ ಹದೀಸ್ ಶೈತಾನನ ಊಹೆ ಮತ್ತು ನಿರೀಕ್ಷೆಯ ಬಗ್ಗೆ ತಿಳಿಸುತ್ತದೆ. ನಂತರ, ಅಲ್ಲಾಹನ ಯುಕ್ತಿ ಮತ್ತು ವಿವೇಚನೆಗೆ ಅನುಗುಣವಾಗಿ ನಿಜಸ್ಥಿತಿಯು ಇದಕ್ಕೆ ವಿರುದ್ಧವಾಗಿ ಸಂಭವಿಸಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8886</t>
+  </si>
+  <si>
+    <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
+  </si>
+  <si>
+    <t>ನಾನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆಕಸ್ಮಿಕ ನೋಟದ ಬಗ್ಗೆ ಕೇಳಿದೆ. ಆಗ ಅವರು ನನಗೆ ದೃಷ್ಟಿಯನ್ನು ತಿರುಗಿಸಲು ಹೇಳಿದರು</t>
+  </si>
+  <si>
+    <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
+  </si>
+  <si>
+    <t>ಜರೀರ್ ಬಿನ್ ಅಬ್ದುಲ್ಲಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: "ನಾನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆಕಸ್ಮಿಕ ನೋಟದ ಬಗ್ಗೆ ಕೇಳಿದೆ. ಆಗ ಅವರು ನನಗೆ ದೃಷ್ಟಿಯನ್ನು ತಿರುಗಿಸಲು ಹೇಳಿದರು."</t>
+  </si>
+  <si>
+    <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
+  </si>
+  <si>
+    <t>ಒಬ್ಬ ಪುರುಷ ಅನ್ಯ ಮಹಿಳೆಯನ್ನು ಆಕಸ್ಮಿಕವಾಗಿ ಉದ್ದೇಶಪೂರ್ವಕವಲ್ಲದೆ ನೋಡುವುದರ ಬಗ್ಗೆ ಜರೀರ್ ಬಿನ್ ಅಬ್ದುಲ್ಲಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಪ್ರವಾದಿಯವರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಿದರು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರೊಡನೆ ತಕ್ಷಣ ಇನ್ನೊಂದು ದಿಕ್ಕಿಗೆ ಅಥವಾ ಇನ್ನೊಂದು ಕಡೆಗೆ ಕಡ್ಡಾಯವಾಗಿ ಮುಖ ತಿರುಗಿಸಬೇಕೆಂದು ಆದೇಶಿಸಿದರು. ಆ (ಪ್ರಥಮ) ನೋಟಕ್ಕಾಗಿ ಅವರಿಗೆ ಯಾವುದೇ ಶಿಕ್ಷೆಯಿರುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>الحضُّ على غضِّ البَصَر.
+التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
+فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
+فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
+رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
+  </si>
+  <si>
+    <t>ದೃಷ್ಟಿಯನ್ನು ತಗ್ಗಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ನೋಡುವುದು ನಿಷಿದ್ಧವಾಗಿರುವುದನ್ನು ಆಕಸ್ಮಿಕವಾಗಿ ಉದ್ದೇಶಪೂರ್ವಕವಲ್ಲದೆ ನೋಡಿದರೆ, ನೋಡುವುದನ್ನು ಮುಂದುವರಿಸಬಾರದೆಂದು ಎಚ್ಚರಿಸಲಾಗಿದೆ.
+ಮಹಿಳೆಯರನ್ನು ನೋಡುವುದು ನಿಷೇಧಿಸಲಾಗಿದೆ ಎಂಬ ಆಜ್ಞೆಯು ಸಹಾಬಿಗಳಲ್ಲಿ ಚಾಲ್ತಿಯಲ್ಲಿತ್ತು ಎಂಬುದಕ್ಕೆ ಇದು ಪುರಾವೆಯಾಗಿದೆ. ಏಕೆಂದರೆ ಇಲ್ಲಿ ಜರೀರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರು ಪ್ರವಾದಿಯವರೊಂದಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಹಿಳೆಯರನ್ನು ಉದ್ದೇಶಪೂರ್ವಕವಲ್ಲದೆ ನೋಡುವುದರ ಬಗ್ಗೆ, ಹಾಗೆ ನೋಡಿದರೆ ಅದು ಉದ್ದೇಶಪೂರ್ವಕವಾಗಿ ನೋಡಿದಂತಾಗುತ್ತದೆಯೇ ಎಂದು ಕೇಳಿದ್ದಾರೆ.
+ಜನರ ಯೋಗಕ್ಷೇಮದ ಬಗ್ಗೆ ಧರ್ಮಶಾಸ್ತ್ರವು ಹೊಂದಿರುವ ಕಾಳಜಿಯನ್ನು ಇದರಿಂದ ತಿಳಿಯಬಹುದು. ಅದು ಹೇಗೆಂದರೆ, ಅನ್ಯ ಮಹಿಳೆಯನ್ನು ನೋಡುವುದನ್ನು ಅವರಿಗೆ ನಿಷೇಧಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ಅದು ಧಾರ್ಮಿಕ ಮತ್ತು ಪಾರಲೌಕಿಕವಾದ ಅನೇಕ ತೊಂದರೆಗಳಿಗೆ ಕಾರಣವಾಗುತ್ತದೆ.
+ಸಂಶಯ ಉಂಟಾದಾಗ ಸಹಾಬಿಗಳು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಹೋಗಿ ಪ್ರಶ್ನೆ ಕೇಳುತ್ತಿದ್ದರು. ಇದೇ ರೀತಿ ಜನಸಾಮಾನ್ಯರು ಕೂಡ ತಮಗೆ ಸಂಶಯ ಉಂಟಾದರೆ ವಿದ್ವಾಂಸರ ಬಳಿಗೆ ತೆರಳಿ ಪ್ರಶ್ನಿಸಬೇಕಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8902</t>
   </si>
   <si>
     <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>ಎರಡು ವಿಧಗಳ ಜನರು ನರಕವಾಸಿಗಳಾಗಿದ್ದಾರೆ. ಆದರೆ ನಾನು ಅವರನ್ನು ಕಂಡಿಲ್ಲ. ದನದ ಬಾಲದಂತಹ ಚಾಟಿಯನ್ನು ಹಿಡಿದುಕೊಂಡು, ಅದರಿಂದ ಜನರಿಗೆ ಥಳಿಸುವವರು. ಬಟ್ಟೆ ಧರಿಸಿದ್ದರೂ ನಗ್ನರಾಗಿರುವ ಮತ್ತು (ಜನರನ್ನು ಕೆಡುಕಿನ ಕಡೆಗೆ) ವಾಲಿಸುವ ಹಾಗೂ ಸ್ವಯಂ ಅದರೆಡೆಗೆ ವಾಲುವ ಸ್ತ್ರೀಯರು</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಎರಡು ವಿಧಗಳ ಜನರು ನರಕವಾಸಿಗಳಾಗಿದ್ದಾರೆ. ಆದರೆ ನಾನು ಅವರನ್ನು ಕಂಡಿಲ್ಲ. ದನದ ಬಾಲದಂತಹ ಚಾಟಿಯನ್ನು ಹಿಡಿದುಕೊಂಡು, ಅದರಿಂದ ಜನರಿಗೆ ಥಳಿಸುವವರು. ಬಟ್ಟೆ ಧರಿಸಿದ್ದರೂ ನಗ್ನರಾಗಿರುವ ಮತ್ತು (ಜನರನ್ನು ಕೆಡುಕಿನ ಕಡೆಗೆ) ವಾಲಿಸುವ ಹಾಗೂ ಸ್ವಯಂ ಅದರೆಡೆಗೆ ವಾಲುವ ಸ್ತ್ರೀಯರು. ಅವರ ತಲೆಗಳು ವಾಲಿಕೊಂಡಿರುವ ಒಂಟೆಗಳ ಗೂನುಗಳಂತಿವೆ. ಅವರು ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸುವುದಿಲ್ಲ ಮತ್ತು ಅದರ ಪರಿಮಳವನ್ನೂ ಅನುಭವಿಸುವುದಿಲ್ಲ. ನಿಶ್ಚಯವಾಗಿಯೂ ಅದರ ಪರಿಮಳವನ್ನು ಇಂತಿಷ್ಟು ದೂರದಿಂದಲೇ ಅನುಭವಿಸಬಹುದು."</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ನರಕವಾಸಿಗಳಾದ ಎರಡು ವಿಧ ಜನರ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ನೀಡುತ್ತಾರೆ. ಪ್ರವಾದಿ ಅವರನ್ನು ಕಂಡಿಲ್ಲ ಮತ್ತು ಅವರು ಪ್ರವಾದಿಯ ಕಾಲದಲ್ಲಿ ಇರಲಿಲ್ಲ. ಬದಲಿಗೆ, ಅವರು ಅವರ ಕಾಲಾನಂತರ ಬರುವವರಾಗಿದ್ದಾರೆ.
@@ -13727,50 +15780,86 @@
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>ಒಬ್ಬ ಪುರುಷನು ಇನ್ನೊಬ್ಬ ಪುರುಷನ ಖಾಸಗಿ ಭಾಗಗಳನ್ನು ಮತ್ತು ಒಬ್ಬ ಮಹಿಳೆ ಇನ್ನೊಬ್ಬ ಮಹಿಳೆಯ ಖಾಸಗಿ ಭಾಗಗಳನ್ನು ನೋಡುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷೇಧಿಸಿದ್ದಾರೆ.
 ಖಾಸಗಿ ಭಾಗಗಳು ಎಂದರೆ, ಬಹಿರಂಗಗೊಳಿಸಲು ನಾಚಿಕೆಪಡುವ ದೇಹದ ಭಾಗಗಳು. ಪುರುಷನ ಖಾಸಗಿ ಭಾಗಗಳು ಎಂದರೆ ಹೊಕ್ಕುಳ ಮತ್ತು ಮೊಣಕಾಲುಗಳ ನಡುವಿನ ಭಾಗ. ಅನ್ಯ ಪುರುಷರ ಮುಂಭಾಗದಲ್ಲಿ ಮಹಿಳೆಯ ಸಂಪೂರ್ಣ ದೇಹವು ಖಾಸಗಿ ಭಾಗವಾಗಿದೆ. ಆದರೆ ವಿವಾಹ ನಿಷಿದ್ಧರಾದ ಪುರುಷರ (ಮಹ್ರಮ್‌ಗಳ) ಮುಂದೆ ಅವರು ಸಾಮಾನ್ಯವಾಗಿ ಮನೆಯಲ್ಲಿ ಕೆಲಸ ಮಾಡುವಾಗ ಬಹಿರಂಗವಾಗುವ ಭಾಗಗಳನ್ನು ಬಹಿರಂಗಪಡಿಸಬಹುದು.
 ಒಬ್ಬ ಪುರುಷ ಇನ್ನೊಬ್ಬ ಪುರುಷನೊಂದಿಗೆ ಒಂದೇ ಬಟ್ಟೆಯಲ್ಲಿ ಅಥವಾ ಒಂದೇ ಕಂಬಳಿಯೊಳಗೆ ನಗ್ನರಾಗಿ ಮಲಗುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷೇಧಿಸಿದ್ದಾರೆ. ಅದೇ ರೀತಿ, ಒಬ್ಬ ಮಹಿಳೆ ಇನ್ನೊಬ್ಬ ಮಹಿಳೆಯೊಂದಿಗೆ ಒಂದೇ ಬಟ್ಟೆಯಲ್ಲಿ ಅಥವಾ ಒಂದೇ ಕಂಬಳಿಯೊಳಗೆ ನಗ್ನರಾಗಿ ಮಲಗುವುದನ್ನೂ ನಿಷೇಧಿಸಿದ್ದಾರೆ. ಏಕೆಂದರೆ, ಇದರಿಂದ ಒಬ್ಬರು ಇನ್ನೊಬ್ಬರ ಖಾಸಗಿ ಭಾಗವನ್ನು ಸ್ಪರ್ಶಿಸಲು ಕಾರಣವಾಗಬಹುದು. ಖಾಸಗಿ ಭಾಗಗಳನ್ನು ನೋಡಬಾರದು ಎಂಬಂತೆ ಸ್ಪರ್ಶಿಸುವುದೂ ನಿಷಿದ್ಧವಾಗಿದೆ. ಮಾತ್ರವಲ್ಲ, ನಿಷೇಧದಲ್ಲಿ ಇದು ಅದಕ್ಕಿಂತಲೂ ತೀವ್ರವಾಗಿದೆ. ಏಕೆಂದರೆ, ಇದು ದೊಡ್ಡ ಅನಾಹುತಕ್ಕೆ ಕಾರಣವಾಗುವ ಸಾಧ್ಯತೆಯಿದೆ.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>ಇತರರ ಖಾಸಗಿ ಭಾಗಗಳನ್ನು ನೋಡುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ. ಆದರೆ ಪತಿ-ಪತ್ನಿಯರು ಇದಕ್ಕೆ ಹೊರತಾಗಿದ್ದಾರೆ.
 ಸಮಾಜವು ಶುದ್ಧವಾಗಿರಲು ಮತ್ತು ಅಶ್ಲೀಲತೆಗೆ ಕಾರಣವಾಗುವ ಮಾರ್ಗಗಳನ್ನು ಮುಚ್ಚಿಬಿಡಲು ಇಸ್ಲಾಂ ಧರ್ಮವು ಅತೀವ ಆಸಕ್ತಿ ತೋರಿದೆ.
 ವೈದ್ಯಕೀಯ ಚಿಕಿತ್ಸೆ ಮುಂತಾದ ಅಗತ್ಯ ಸಂದರ್ಭಗಳಲ್ಲಿ ಇನ್ನೊಬ್ಬರ ಖಾಸಗಿ ಭಾಗಗಳನ್ನು ನೋಡಲು ಅನುಮತಿಯಿದೆ. ಆದರೆ, ನೋಡುವುದು ಕಾಮಾಸಕ್ತಿಯಿಂದಾಗಿರಬಾರದು.
 ತನ್ನ ಖಾಸಗಿ ಭಾಗಗಳನ್ನು ಮುಚ್ಚಬೇಕು ಮತ್ತು ಇತರರ ಖಾಸಗಿ ಭಾಗಗಳನ್ನು ನೋಡದೆ ದೃಷ್ಟಿಯನ್ನು ತಗ್ಗಿಸಬೇಕು ಎಂದು ಮುಸಲ್ಮಾನನಿಗೆ ಆದೇಶಿಸಲಾಗಿದೆ.
 ಪುರುಷರಿಗೆ ಪುರುಷರ ವಿಷಯದಲ್ಲಿ ಮತ್ತು ಮಹಿಳೆಯರಿಗೆ ಮಹಿಳೆಯರ ವಿಷಯದಲ್ಲಿ ನಿಷೇಧ ಹೇರಲಾಗಿರುವುದು ಏಕೆಂದರೆ, ಅದು ನೋಡುವಂತಾಗಲು ಮತ್ತು ಖಾಸಗಿ ಭಾಗಗಳು ಬಹಿರಂಗವಾಗಲು ಹೆಚ್ಚು ಸಾಧ್ಯತೆಯಿರುವ ಕಾರಣದಿಂದಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/8904</t>
   </si>
   <si>
+    <t>لعن رسول الله صلى الله عليه وسلم الرجل يلبس لبسة المرأة، والمرأة تلبس لبسة الرجل</t>
+  </si>
+  <si>
+    <t>ಸ್ತ್ರೀಯರ ಉಡುಪನ್ನು ಧರಿಸುವ ಪುರುಷನನ್ನು ಮತ್ತು ಪುರುಷರ ಉಡುಪನ್ನು ಧರಿಸುವ ಸ್ತ್ರೀಯನ್ನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶಪಿಸಿದ್ದಾರೆ</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: لعن رسول الله صلى الله عليه وسلم الرجل يلبس لِبْسَةَ المرأة، والمرأة تلبس لِبْسَةَ الرجل.</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: "ಸ್ತ್ರೀಯರ ಉಡುಪನ್ನು ಧರಿಸುವ ಪುರುಷನನ್ನು ಮತ್ತು ಪುರುಷರ ಉಡುಪನ್ನು ಧರಿಸುವ ಸ್ತ್ರೀಯನ್ನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶಪಿಸಿದ್ದಾರೆ."</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالطَّرْدِ والإبعاد من رحمة الله لكلِّ رجلٍ يتشبَّه بالمرأة في الملابس الخاصة بالنساء؛ سواء في الهيئة أو اللون أو الكيفية أو طريقة اللبس والزينة أو غير ذلك، 
+أو أن تتشبَّهَ المرأةُ باللبس الخاص بالرجال كذلك، وهو كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>ಮಹಿಳೆಯರಿಗೆ ಮಾತ್ರ ಸೀಮಿತವಾಗಿರುವ ಉಡುಪುಗಳನ್ನು ಧರಿಸಿ ಮಹಿಳೆಯರನ್ನು ಅನುಕರಿಸುವ ಪ್ರತಿಯೊಬ್ಬ ಪುರುಷನೂ ಅಲ್ಲಾಹನ ಕರುಣೆಯಿಂದ ದೂರವಾಗಲಿ ಎಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರಾರ್ಥಿಸಿದರು. ಅನುಕರಿಸುವುದು ನೋಟದಲ್ಲಿ, ಬಣ್ಣದಲ್ಲಿ, ರೀತಿಯಲ್ಲಿ, ಉಡುಪು ಧರಿಸುವ ವಿಧಾನದಲ್ಲಿ, ಅಲಂಕಾರದಲ್ಲಿ ಅಥವಾ ಬೇರೆ ಯಾವುದರಲ್ಲಾಗಿದ್ದರೂ ಎಲ್ಲವೂ ಇದರಲ್ಲಿ ಒಳಪಡುತ್ತವೆ. ಅದೇ ರೀತಿ, ಪುರುಷರಿಗೆ ಮಾತ್ರ ಸೀಮಿತವಾಗಿರುವ ಉಡುಪುಗಳನ್ನು ಧರಿಸಿ ಪುರುಷರನ್ನು ಅನುಕರಿಸುವ ಮಹಿಳೆಯು ಕೂಡ. ಈ ರೀತಿ ಮಾಡುವುದು ಮಹಾಪಾಪಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>قال الشوكاني: تحريم تشبه النساء بالرجال والرجال بالنساء؛ لأن اللعن لا يكون إلا على فعل محرم.
+قال ابن عثيمين: ما كان مشتركًا بينهما مثل بعض الفنائل التي يلبسها الرجل والنساء فإنه لا بأس به، أي لا بأس أن يلبسَه الرجال والنساء؛ لأنه مشترك.</t>
+  </si>
+  <si>
+    <t>ಶೌಕಾನಿ ಹೇಳುತ್ತಾರೆ: "ಪುರುಷರು ಸ್ತ್ರೀಯರನ್ನು ಅನುಕರಿಸುವುದು ಮತ್ತು ಸ್ತ್ರೀಯರು ಪುರುಷರನ್ನು ಅನುಕರಿಸುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ. ಏಕೆಂದರೆ ಶಾಪವು ನಿಷಿದ್ಧವಾದ ಕ್ರಿಯೆಗೆ ಮಾತ್ರ ಇರುತ್ತದೆ."
+ಇಬ್ನ್ ಉಸೈಮೀನ್ ಹೇಳುತ್ತಾರೆ: "ಪುರುಷರು ಮತ್ತು ಸ್ತ್ರೀಯರು ಇಬ್ಬರೂ ಧರಿಸುವ ಕೆಲವು ಅಂಗಿಗಳನ್ನು ಹೋಲುವಂತಹ, ಇಬ್ಬರೂ ಹಂಚಿಕೊಳ್ಳುವ ಉಡುಪುಗಳನ್ನು ಧರಿಸುವುದರಲ್ಲಿ ಯಾವುದೇ ತೊಂದರೆಯಿಲ್ಲ. ಅಂದರೆ ಪುರುಷರು ಮತ್ತು ಸ್ತ್ರೀಯರು ಇಬ್ಬರೂ ಅದನ್ನು ಧರಿಸಬಹುದು; ಏಕೆಂದರೆ ಅದು ಇಬ್ಬರೂ ಧರಿಸುವಂತದ್ದಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8905</t>
+  </si>
+  <si>
     <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>ತಲೆಯ ಒಂದು ಭಾಗವನ್ನು ಬೋಳಿಸಿ ಇನ್ನೊಂದು ಭಾಗವನ್ನು ಬೋಳಿಸದಿರುವುದನ್ನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿರೋಧಿಸಿದ್ದಾರೆ</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>ಇಬ್ನ್ ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: "ತಲೆಯ ಒಂದು ಭಾಗವನ್ನು ಬೋಳಿಸಿ ಇನ್ನೊಂದು ಭಾಗವನ್ನು ಬೋಳಿಸದಿರುವುದನ್ನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿರೋಧಿಸಿದ್ದಾರೆ."</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>ತಲೆಯ ಒಂದು ಭಾಗವನ್ನು ಬೋಳಿಸಿ ಇನ್ನೊಂದು ಭಾಗವನ್ನು ಬೋಳಿಸದಿರುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿರೋಧಿಸಿದ್ದಾರೆ.
 ಈ ವಿರೋಧವು ಪುರುಷರಲ್ಲಿ ಹಿರಿಯರು ಮತ್ತು ಕಿರಿಯರೆಲ್ಲರಿಗೂ ಅನ್ವಯವಾಗುತ್ತದೆ. ಮಹಿಳೆಯರು ತಲೆಗೂದಲನ್ನು ಬೋಳಿಸಬಾರದು.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>ಮನುಷ್ಯನ ರೂಪದ ಬಗ್ಗೆ ಇಸ್ಲಾಂ ಧರ್ಮವು ಕಾಳಜಿ ವಹಿಸುತ್ತದೆಯೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.</t>
   </si>
@@ -13820,117 +15909,306 @@
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ನಾವು ಉಮರ್ ರವರ ಜೊತೆಗಿದ್ದಾಗ ಅವರು ಹೇಳಿದರು: "(ಅನಗತ್ಯ) ಹೊರೆ ಹೊರುವುದನ್ನು ನಮಗೆ ವಿರೋಧಿಸಲಾಗಿದೆ."</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರು ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಅನಗತ್ಯವಾಗಿ ನಮ್ಮನ್ನು ನಾವೇ ತೊಂದರೆಗೊಳಪಡಿಸುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಗೆ ವಿರೋಧಿಸಿದ್ದಾರೆ. ಅದು ಮಾತುಗಳಲ್ಲಾದರೂ ಕೆಲಸಗಳಲ್ಲಾದರೂ ಸಹ.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>ನಮಗೆ ವಿರೋಧಿಸಲಾದ ಹೊರೆಗಳು ಎಂದರೆ: ವಿಪರೀತ ಪ್ರಶ್ನೆ ಕೇಳುವುದು, ಸರಿಯಾದ ಜ್ಞಾನವಿಲ್ಲದೆ ಒಂದು ಕೆಲಸವನ್ನು ಮಾಡುವುದು, ಅಥವಾ ಅಲ್ಲಾಹು ಸರಳಗೊಳಿಸಿರುವ ವಿಷಯವನ್ನು ಕಠಿಣಗೊಳಿಸುವುದು.
 ಮುಸಲ್ಮಾನನು ತನ್ನ ಮಾತು ಮತ್ತು ಕೆಲಸಗಳಲ್ಲಿ, ಅಂದರೆ ಆಹಾರ, ಪಾನೀಯ, ಮಾತು ಮುಂತಾದ ಎಲ್ಲಾ ಸ್ಥಿತಿಗಳಲ್ಲಿ ಸರಳತೆಯನ್ನು ಪಾಲಿಸುವುದು ಮತ್ತು ಅನಗತ್ಯವಾಗಿ ಹೊರೆ ಹೊರದಿರುವುದು ಅತ್ಯಾವಶ್ಯಕವಾಗಿದೆ.
 ಇಸ್ಲಾಂ ಸರಳ ಧರ್ಮವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/8945</t>
+  </si>
+  <si>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
+  </si>
+  <si>
+    <t>ನಾಯಿ ಅಥವಾ ಚಿತ್ರವಿರುವ ಮನೆಗೆ ದೇವದೂತರು ಪ್ರವೇಶಿಸುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ತಲ್ಹ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಾಯಿ ಅಥವಾ ಚಿತ್ರವಿರುವ ಮನೆಗೆ ದೇವದೂತರು ಪ್ರವೇಶಿಸುವುದಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
+وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
+وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
+ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ನಾಯಿ ಅಥವಾ ಆತ್ಮವಿರುವ ಜೀವಿಯ ಚಿತ್ರವಿರುವ ಮನೆಗೆ ದೇವದೂತರುಗಳು ಪ್ರವೇಶಿಸುವುದಿಲ್ಲ. ಏಕೆಂದರೆ, ಆತ್ಮವಿರುವ ಜೀವಿಯ ಚಿತ್ರವು ಕೆಟ್ಟ ಪಾಪವಾಗಿದ್ದು, ಅದು ಅಲ್ಲಾಹನ ಸೃಷ್ಟಿಯನ್ನು ಅನುಕರಿಸುವುದಾಗಿದೆ. ಅಷ್ಟೇ ಅಲ್ಲದೆ, ಅದು ದೇವ ಸಹಭಾಗಿತ್ವಕ್ಕೆ ಸಾಗಿಸುವ ಮಾರ್ಗಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಅವುಗಳಲ್ಲಿ ಕೆಲವು ಅಲ್ಲಾಹನ ಹೊರತಾಗಿ ಆರಾಧಿಸಲಾಗುವ  ಚಿತ್ರಗಳಾಗಿವೆ. ನಾಯಿಯಿರುವ ಮನೆಗೆ ಅವರು ಪ್ರವೇಶಿಸದಿರಲು ಕಾರಣವೇನೆಂದರೆ, ಅವು ಅತಿ ಹೆಚ್ಚು ಹೊಲಸನ್ನು ಸೇವಿಸುತ್ತವೆ ಮತ್ತು ಅವುಗಳಲ್ಲಿ ಕೆಲವನ್ನು ಶೈತಾನ್ ಎಂದು ಕರೆಯಲಾಗಿದೆ. ಮತ್ತು ದೇವದೂತರುಗಳು ಶೈತಾನರಿಗೆ ತದ್ವಿರುದ್ಧವಾಗಿದ್ದಾರೆ. ಅದೇ ರೀತಿ ನಾಯಿಗಳಿಗೆ ಕೆಟ್ಟ ವಾಸನೆಯಿದೆ. ದೇವದೂತರುಗಳು ಕೆಟ್ಟ ವಾಸನೆಯನ್ನು ಅಸಹ್ಯಪಡುತ್ತಾರೆ. ಆದ್ದರಿಂದಲೇ ನಾಯಿಗಳನ್ನು ಸಾಕುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಅವುಗಳನ್ನು ಸಾಕುವವರಿಗೆ ದೊರೆಯುವ ಶಿಕ್ಷೆಯೇನೆಂದರೆ ಅವರ ಮನೆಗಳಿಗೆ ಕರುಣೆಯ ದೇವದೂತರುಗಳು ಪ್ರವೇಶಿಸುವುದಿಲ್ಲ, ಅಲ್ಲಿ ನಮಾಝ್ ಮಾಡುವುದಿಲ್ಲ, ಅವರಿಗಾಗಿ ಕ್ಷಮೆಯಾಚನೆ ಮಾಡುವುದಿಲ್ಲ, ಅವರ ಮತ್ತು ಅವರ ಮನೆಯ ಸಮೃದ್ಧಿಗಾಗಿ ಪ್ರಾರ್ಥಿಸುವುದಿಲ್ಲ ಮತ್ತು ಅವರ ಮನೆಯಿಂದ ಶೈತಾನನ ಉಪದ್ರವಗಳನ್ನು ತೊಲಗಿಸುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
+اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
+الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
+تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
+قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
+  </si>
+  <si>
+    <t>ಬೇಟೆಯಾಡಲು, ಕುರಿ ಕಾಯಲು ಅಥವಾ ಹೊಲವನ್ನು ಕಾಯಲು ಮುಂತಾದವುಗಳ ಹೊರತಾಗಿ ನಾಯಿ ಸಾಕುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ.
+ಚಿತ್ರಗಳನ್ನು ಇಟ್ಟುಕೊಳ್ಳುವುದು ಕೆಟ್ಟ ಅಭ್ಯಾಸವಾಗಿದ್ದು ದೇವದೂತರುಗಳು ಅಲ್ಲಿಂದ ದೂರವಿರುತ್ತಾರೆ. ಚಿತ್ರಗಳಿರುವ ಸ್ಥಳದಲ್ಲಿ ಅಲ್ಲಾಹನ ಕರುಣೆಯು ಇರುವುದಿಲ್ಲ. ಹಾಗೆಯೇ ನಾಯಿಯಿರುವ ಸ್ಥಳದಲ್ಲೂ ಕೂಡ.
+ನಾಯಿ ಅಥವಾ ಚಿತ್ರಗಳಿರುವ ಮನೆಗಳನ್ನು ಪ್ರವೇಶಿಸದಿರುವುದು ಕರುಣೆಯ ದೇವದೂತರುಗಳು ಮಾತ್ರ. ಆದರೆ ಕಾವಲು ಕಾಯುವ ಮುಂತಾದ ನಿರ್ದಿಷ್ಟ ಕೆಲಸಗಳಿರುವ ದೇವದೂತರುಗಳು, ಉದಾಹರಣೆಗೆ, ಆತ್ಮವನ್ನು ವಶಪಡಿಸುವ ದೇವದೂತರು ಎಲ್ಲಾ ಮನೆಗಳನ್ನೂ ಪ್ರವೇಶಿಸುತ್ತಾರೆ.
+ಗೋಡೆ ಮುಂತಾದವುಗಳಲ್ಲಿ ಆತ್ಮವಿರುವ ಜೀವಿಗಳ ಚಿತ್ರಗಳನ್ನು ತೂಗಿಸುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ.
+ಖತ್ತಾಬಿ ಹೇಳಿದರು: "ಸಾಕುವುದು ಅಥವಾ ಇಟ್ಟುಕೊಳ್ಳುವುದು ನಿಷೇಧಿಸಲಾಗಿರುವ ನಾಯಿ ಅಥವಾ ಚಿತ್ರಗಳಿರುವ ಮನೆಗಳನ್ನು ಮಾತ್ರ ದೇವದೂತರು ಪ್ರವೇಶಿಸುವುದಿಲ್ಲ. ಆದರೆ ಬೇಟೆ ನಾಯಿ, ಕುರಿ ಕಾಯುವ ನಾಯಿ, ಹೊಲ ಕಾಯುವ ನಾಯಿ ಮುಂತಾದ ಸಾಕುವುದು ನಿಷೇಧಿಸದ ನಾಯಿಗಳನ್ನು, ಹಾಗೂ ತುಳಿಯಬಹುದಾದ ರೀತಿಯಲ್ಲಿರುವ ಜಮಾಖಾನೆ, ದಿಂಬುಗಳಲ್ಲಿರುವ ಚಿತ್ರಗಳನ್ನು ಹೊಂದಿರುವ ಮನೆಗಳನ್ನು ಪ್ರವೇಶಿಸದಂತೆ ಅವು ದೇವದೂತರುಗಳನ್ನು ತಡೆಯುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8950</t>
   </si>
   <si>
     <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>ದೇವದೂತರು ನಾಯಿ ಅಥವಾ ಗಂಟೆಯಿರುವ ಗುಂಪಿನ ಜೊತೆ ಸೇರುವುದಿಲ್ಲ</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ದೇವದೂತರು ನಾಯಿ ಅಥವಾ ಗಂಟೆಯಿರುವ ಗುಂಪಿನ ಜೊತೆ ಸೇರುವುದಿಲ್ಲ."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>ನಾಯಿ ಅಥವಾ ಗಂಟೆ ಇರುವ ಪ್ರಯಾಣದಲ್ಲಿ ದೇವದೂತರು ಅವರ ಜೊತೆ ಸೇರುವುದಿಲ್ಲ ಎಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸಿದ್ದಾರೆ. ಗಂಟೆ ಎಂದರೆ ಮೃಗಗಳ ಕೊರಳುಗಳಲ್ಲಿ ತೂಗಿಸಲಾಗುವ ವಸ್ತುವಾಗಿದ್ದು ಅವು ಚಲಿಸುವಾಗ ಅದರಿಂದ ಶಬ್ದವುಂಟಾಗುತ್ತದೆ.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>ನಾಯಿಗಳನ್ನು ಸಾಕುವುದು ಮತ್ತು ಜೊತೆಯಲ್ಲಿಡುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಆದರೆ ಬೇಟೆ ನಾಯಿಗಳು ಅಥವಾ ಕಾವಲು ನಾಯಿಗಳು ಈ ನಿಷೇಧದಿಂದ ಹೊರತಾಗಿವೆ.
 ಜೊತೆಯಲ್ಲಿ ಸೇರಲು ನಿರಾಕರಿಸುವುದು ಕರುಣೆಯ ದೇವದೂತರು ಮಾತ್ರ. ಕಾವಲುಗಾರರಾದ ದೇವದೂತರು ಊರಿನಲ್ಲಾಗಲಿ ಅಥವಾ ಪ್ರಯಾಣದಲ್ಲಾಗಲಿ ಯಾವುದೇ ಸಮಯದಲ್ಲೂ ಮನುಷ್ಯರಿಂದ ಬೇರ್ಪಡುವುದಿಲ್ಲ.
 ಗಂಟೆಯನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಅದು ಶೈತಾನನ ವಾದ್ಯಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಅಷ್ಟೇ ಅಲ್ಲದೆ, ಅದರಲ್ಲಿ ಕ್ರೈಸ್ತರ ಗಂಟೆಗಳಿಗೆ ಹೋಲಿಕೆಯಿದೆ.
 ಯಾವೆಲ್ಲಾ ವಿಷಯಗಳಲ್ಲಿ ದೇವದೂತರು ತನ್ನಿಂದ ದೂರವಾಗುತ್ತಾರೋ ಅವೆಲ್ಲಾ ವಿಷಯಗಳಿಂದಲೂ ದೂರವಿರಲು ಮುಸಲ್ಮಾನನು ಆಸಕ್ತಿ ತೋರುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/8951</t>
   </si>
   <si>
+    <t>من كان له ذبح يذبحه فإذا أهل هلال ذي الحجة، فلا يأخذن من شعره، ولا من أظفاره شيئا حتى يضحي</t>
+  </si>
+  <si>
+    <t>ಯಾರಾದರೂ ಬಲಿಕೊಡಲು (ಕುರ್ಬಾನಿ ಮಾಡಲು) ಪ್ರಾಣಿಯನ್ನು ಹೊಂದಿದ್ದರೆ ಮತ್ತು ದುಲ್-ಹಿಜ್ಜಾ ತಿಂಗಳ ಚಂದ್ರನು ಕಾಣಿಸಿಕೊಂಡರೆ, ಅವನು ಬಲಿ ಕೊಡುವವರೆಗೆ (ಕುರ್ಬಾನಿ ಮಾಡುವವರೆಗೆ) ತನ್ನ ಕೂದಲು ಅಥವಾ ಉಗುರುಗಳಿಂದ ಏನನ್ನೂ ಕತ್ತರಿಸಬಾರದು</t>
+  </si>
+  <si>
+    <t>عَن أُمِّ سَلَمَةَ أُمِّ المُؤْمِنينَ زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ  رضي الله عنها قَالت: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ كَانَ لَهُ ذِبْحٌ يَذْبَحُهُ فَإِذَا أُهِلَّ هِلَالُ ذِي الْحِجَّةِ، فَلَا يَأْخُذَنَّ مِنْ شَعْرِهِ، وَلَا مِنْ أَظْفَارِهِ شَيْئًا حَتَّى يُضَحِّيَ».</t>
+  </si>
+  <si>
+    <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಮತ್ತು ಪ್ರವಾದಿಪತ್ನಿಯಾದ ಉಮ್ಮು ಸಲಮ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳುತ್ತಾರೆ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರಾದರೂ ಬಲಿಕೊಡಲು (ಕುರ್ಬಾನಿ ಮಾಡಲು) ಪ್ರಾಣಿಯನ್ನು ಹೊಂದಿದ್ದರೆ ಮತ್ತು ದುಲ್-ಹಿಜ್ಜಾ ತಿಂಗಳ ಚಂದ್ರನು ಕಾಣಿಸಿಕೊಂಡರೆ, ಅವನು ಬಲಿ ಕೊಡುವವರೆಗೆ (ಕುರ್ಬಾನಿ ಮಾಡುವವರೆಗೆ) ತನ್ನ ಕೂದಲು ಅಥವಾ ಉಗುರುಗಳಿಂದ ಏನನ್ನೂ ಕತ್ತರಿಸಬಾರದು."</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم مَن أراد أنْ يَذبح أضحية ألَّا يأخذَ مِن شَعَر رأسه أو إِبْطِه أو شاربه أو غيرها ولا مِن أظفار يده أو رجله شيئًا إذا ظَهَر هلالُ ذي الحجة حتى يضحِّي.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಆದೇಶಿಸುವುದೇನೆಂದರೆ, ಬಲಿ ಕೊಡಲು (ಕುರ್ಬಾನಿ ಮಾಡಲು) ಬಯಸುವವರು ದುಲ್-ಹಿಜ್ಜಾ ತಿಂಗಳ ಚಂದ್ರನು ಕಾಣಿಸಿಕೊಂಡರೆ, ನಂತರ ಬಲಿ ಕೊಡುವವರೆಗೆ ತಮ್ಮ ತಲೆ, ಕಂಕುಳು, ಮೀಸೆ ಅಥವಾ ಇತರ ಭಾಗಗಳ ಕೂದಲು ಅಥವಾ ಕೈ-ಕಾಲುಗಳ ಉಗುರುಗಳಿಂದ ಏನನ್ನೂ ಕತ್ತರಿಸಬಾರದು.</t>
+  </si>
+  <si>
+    <t>مَن نَوَى أن يضحي بعد دخول العشر فيبدأ الإمساك المذكور من حين نوى حتى يضحِّي.
+إذا لم يُضَحِّ في اليوم الأول فيبقى مُمْسِكًا حتى يضحي في أيِّ يومٍ من أيام التشريق.</t>
+  </si>
+  <si>
+    <t>ದುಲ್-ಹಿಜ್ಜಾ ತಿಂಗಳ ಮೊದಲ ಹತ್ತು ದಿನಗಳು ಪ್ರಾರಂಭವಾದ ನಂತರ ಬಲಿ ಕೊಡಲು (ಕುರ್ಬಾನಿ ಮಾಡಲು) ನಿಯ್ಯತ್ ಮಾಡುವವರು, ನಿಯ್ಯತ್ ಮಾಡಿದ ಕ್ಷಣದಿಂದ ಬಲಿ ಕೊಡುವವರೆಗೆ ಮೇಲೆ ಹೇಳಿದ ವಿಷಯಗಳಿಂದ ದೂರವಿರಬೇಕು.
+ಮೊದಲ ದಿನ (ಬಕ್ರೀದ್ ಹಬ್ಬದ ದಿನ) ಬಲಿ ಕೊಡಲು ಸಾಧ್ಯವಾಗದಿದ್ದರೆ, ತಶ್ರೀಕ್‌ನ ದಿನಗಳಲ್ಲಿ (ದುಲ್-ಹಿಜ್ಜಾ 11,12,13) ಬಲಿ ಕೊಡುವ ದಿನದವರೆಗೆ ಈ ವಿಷಯಗಳಿಂದ ದೂರವಿರಬೇಕು.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8954</t>
+  </si>
+  <si>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
+  </si>
+  <si>
+    <t>ಮೂರ್ತಿಗಳ ಮೇಲೆ ಅಥವಾ ನಿಮ್ಮ ಪೂರ್ವಜರ ಮೇಲೆ ಆಣೆ ಮಾಡಬೇಡಿ</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುರ್‍ರಹ್ಮಾನ್ ಬಿನ್ ಸಮುರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಮೂರ್ತಿಗಳ ಮೇಲೆ ಅಥವಾ ನಿಮ್ಮ ಪೂರ್ವಜರ ಮೇಲೆ ಆಣೆ ಮಾಡಬೇಡಿ."</t>
+  </si>
+  <si>
+    <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
+وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
+  </si>
+  <si>
+    <t>ಮೂರ್ತಿಗಳ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ನಿಷೇಧಿಸಿದ್ದಾರೆ. ಮೂರ್ತಿಗಳು ಎಂದರೆ ಬಹುದೇವವಿಶ್ವಾಸಿಗಳು ಅಲ್ಲಾಹನ ಹೊರತಾಗಿ ಆರಾಧಿಸುವ ವಿಗ್ರಹಗಳು. ಅವರ ಅತಿರೇಕ ಮತ್ತು ಸತ್ಯನಿಷೇಧಕ್ಕೆ ಇವುಗಳೇ ಕಾರಣ. ಅದೇ ರೀತಿ ಪೂರ್ವಜರ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದನ್ನು ಕೂಡ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷೇಧಿಸಿದ್ದಾರೆ. ಏಕೆಂದರೆ, ಅಜ್ಞಾನಕಾಲದಲ್ಲಿ ಜಂಭ ಮತ್ತು ದೊಡ್ಡಸ್ಥಿಕೆಯಿಂದ ತಮ್ಮ ಪೂರ್ವಜರ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದು ಅರಬ್ಬರ ವಾಡಿಕೆಯಾಗಿತ್ತು.</t>
+  </si>
+  <si>
+    <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
+تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
+الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಮೇಲೆ, ಅವನ ಹೆಸರು ಹಾಗೂ ಗುಣಲಕ್ಷಣಗಳ ಮೇಲೆ ಮಾತ್ರ ಆಣೆ ಮಾಡಬೇಕು.
+ಮೂರ್ತಿಗಳು, ಪೂರ್ವಜರು, ಮುಖಂಡರು, ವಿಗ್ರಹಗಳು ಮತ್ತು ಅವುಗಳನ್ನು ಹೋಲುವ ಮಿಥ್ಯವಸ್ತುಗಳ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ.
+ಅಲ್ಲಾಹೇತರರ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದು ಸಣ್ಣ ಶಿರ್ಕ್ (ದೇವಸಹಭಾಗಿತ್ವ) ಆಗಿದೆ. ಕೆಲವೊಮ್ಮೆ ಇದು ದೊಡ್ಡ ಶಿರ್ಕ್ ಆಗಬಹುದು. ಅಂದರೆ, ಆಣೆ ಮಾಡುವವನ ಹೃದಯದಲ್ಲಿ ಆಣೆ ಮಾಡಲಾಗುವವರ ಬಗ್ಗೆ ಗೌರವಭಾವನೆಯಿದ್ದರೆ, ಅಥವಾ ಅಲ್ಲಾಹನಷ್ಟೇ ಅವರಿಗೂ ಗೌರವ ನೀಡಿದರೆ, ಅಥವಾ ಅವರ ಬಗ್ಗೆ ಆರಾಧನಾ ಭಾವವಿದ್ದರೆ ಅದು ದೊಡ್ಡ ಶಿರ್ಕ್ ಆಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8959</t>
+  </si>
+  <si>
+    <t>من حلف بالأمانة فليس منا</t>
+  </si>
+  <si>
+    <t>ಯಾರು ಅಮಾನತ್ (ವಿಶ್ವಾಸ, ನಂಬಿಕೆ) ನ ಮೇಲೆ ಆಣೆ ಮಾಡುತ್ತಾರೋ ಅವರು ನಮ್ಮವರಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ بُرَيْدَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ بِالْأَمَانَةِ فَلَيْسَ مِنَّا».</t>
+  </si>
+  <si>
+    <t>ಬುರೈದ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಅಮಾನತ್ (ವಿಶ್ವಾಸ, ನಂಬಿಕೆ) ನ ಮೇಲೆ ಆಣೆ ಮಾಡುತ್ತಾರೋ ಅವರು ನಮ್ಮವರಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ مِن الحَلِف بالأمانة، وأنَّ مَن فَعل ذلك فليس منا.</t>
+  </si>
+  <si>
+    <t>ಅಮಾನತ್‌ನ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷೇಧಿಸಿದ್ದಾರೆ ಮತ್ತು ಹಾಗೆ ಮಾಡುವವರು ನಮ್ಮವರಲ್ಲ ಎಂದು ಹೇಳಿದ್ದಾರೆ.</t>
+  </si>
+  <si>
+    <t>تَحريم الحَلِف بغير الله تعالى، ومنه: الحلف بالأمانة، وأنه من الشرك الأصغر.
+الأمانة تَشمل الطاعة والعبادة والوديعة والنقد والأمان.
+اليمين لا تنعقد إلا بالله تعالى أو باسم من أسمائه أو بصفة من صفاته.
+قال الخطابي: هذا يشبه أن تكون الكراهة فيه من أجل أنه أَمَرَ أَن يحلف بالله وبصفاته، وليست الأمانة من صفاته، وإنما هي أَمْرٌ من أَمْرِه، وفَرْض من فروضه، فنُهوا عنه لما في ذلك من التسوية بينها وبين أسماء الله عز وجل وصفاته.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹು ಅಲ್ಲದವರ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ. ಅಮಾನತ್‌ನ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದು ಇದರಲ್ಲಿ ಒಳಪಡುತ್ತದೆ. ಇದು ಸಣ್ಣ ಶಿರ್ಕ್ (ಶಿರ್ಕ್ ಅಸ್ಗರ್) ಆಗಿದೆ.
+ಅಮಾನತ್ ಎಂಬ ಪದದಲ್ಲಿ ವಿಧೇಯತೆ, ಆರಾಧನೆ, ಠೇವಣಿ, ನಗದು ಮತ್ತು ಸಂರಕ್ಷಣೆಗಳು ಒಳಪಡುತ್ತವೆ.
+ಆಣೆ ಮಾಡಬೇಕಾದುದು ಅಲ್ಲಾಹನ ಮೇಲೆ, ಅವನ ಹೆಸರುಗಳ ಮೇಲೆ, ಅಥವಾ ಅವನ ಗುಣಲಕ್ಷಣಗಳ ಮೇಲೆ ಮಾತ್ರವಾಗಿದೆ.
+ಖತ್ತಾಬಿ ಹೇಳಿದರು:  "ಅಲ್ಲಾಹು ಅಲ್ಲದವರ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದನ್ನು ದ್ವೇಷಿಸಲು ಕಾರಣವೇನೆಂದರೆ, ಅಲ್ಲಾಹು ಮತ್ತು ಅವನ ಗುಣಲಕ್ಷಣಗಳ ಮೇಲೆ ಮಾತ್ರ ಆಣೆ ಮಾಡಲು ಆದೇಶಿಸಲಾಗಿದೆ. ಅಮಾನತ್ ಅವನ ಗುಣಲಕ್ಷಣಗಳಲ್ಲಿ ಒಳಪಡುವುದಿಲ್ಲ. ಬದಲಿಗೆ, ಅದು ಅವನ ಆಜ್ಞೆಗಳಲ್ಲಿ ಮತ್ತು ಅವನು ಕಡ್ಡಾಯಗೊಳಿಸಿದ ಕರ್ತವ್ಯಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಆದ್ದರಿಂದ, ಅಲ್ಲಾಹು, ಅವನ ಹೆಸರುಗಳು ಮತ್ತು ಅವನ ಗುಣಲಕ್ಷಣಗಳೊಂದಿಗೆ ಅಮಾನತ್ ಅನ್ನು ಸಮೀಕರಿಸುವ ಭಯವಿರುವುದರಿಂದ ಅದರ ಮೇಲೆ ಆಣೆ ಮಾಡುವುದನ್ನು ತಡೆಯಲಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/8964</t>
+  </si>
+  <si>
+    <t>يا معشر النساء، تصدقن، فإني أريتكن أكثر أهل النار فقلن: وبم يا رسول الله؟ قال: تكثرن اللعن، وتكفرن العشير، ما رأيت من ناقصات عقل ودين أذهب للب الرجل الحازم من إحداكن</t>
+  </si>
+  <si>
+    <t>ಓ ಮಹಿಳೆಯರ ಸಮೂಹವೇ! ದಾನ ಮಾಡಿರಿ. ಏಕೆಂದರೆ ನಾನು ನರಕವಾಸಿಗಳಲ್ಲಿ ನಿಮ್ಮನ್ನು ಹೆಚ್ಚಾಗಿ ನೋಡಿದ್ದೇನೆ." ಆಗ ಅವರು ಕೇಳಿದರು:  “ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಅದಕ್ಕೆ ಕಾರಣವೇನು?” ಅವರು ಉತ್ತರಿಸಿದರು: "ನೀವು ಹೆಚ್ಚುಹೆಚ್ಚಾಗಿ ಶಪಿಸುತ್ತೀರಿ ಮತ್ತು ನಿಮ್ಮ ಗಂಡನಿಗೆ ಕೃತಘ್ನರಾಗುತ್ತೀರಿ. ಬುದ್ಧಿ ಮತ್ತು ಧರ್ಮದಲ್ಲಿ  ನಿಮಗಿಂತಲೂ ಹೆಚ್ಚು ಕೊರತೆಯಿರುವವರನ್ನು ನಾನು ನೋಡಿಲ್ಲ. ಆದರೂ ನೀವು ದೃಢಮನಸ್ಸಿನ ಪುರುಷನ ಬುದ್ಧಿಯನ್ನು ಕದಡಬಲ್ಲಿರಿ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: خَرَجَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي أَضْحَى أَوْ فِطْرٍ إِلَى المُصَلَّى، فَمَرَّ عَلَى النِّسَاءِ، فَقَالَ: «يَا مَعْشَرَ النِّسَاءِ، تَصَدَّقْنَ، فَإِنِّي أُرِيتُكُنَّ أَكْثَرَ أَهْلِ النَّارِ» فَقُلْنَ: وَبِمَ يَا رَسُولَ اللَّهِ؟ قَالَ: «تُكْثِرْنَ اللَّعْنَ، وَتَكْفُرْنَ العَشِيرَ، مَا رَأَيْتُ مِنْ نَاقِصَاتِ عَقْلٍ وَدِينٍ أَذْهَبَ لِلُبِّ الرَّجُلِ الحَازِمِ مِنْ إِحْدَاكُنَّ»، قُلْنَ: وَمَا نُقْصَانُ دِينِنَا وَعَقْلِنَا يَا رَسُولَ اللَّهِ؟ قَالَ: «أَلَيْسَ شَهَادَةُ المَرْأَةِ مِثْلَ نِصْفِ شَهَادَةِ الرَّجُلِ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ عَقْلِهَا، أَلَيْسَ إِذَا حَاضَتْ لَمْ تُصَلِّ وَلَمْ تَصُمْ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ دِينِهَا».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಸಈದ್ ಖುದ್ರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಈದುಲ್ ಅದ್‌ಹಾ ಅಥವಾ ಈದುಲ್ ಫಿತ್ರ್ ಹಬ್ಬದ ದಿನದಂದು ಈದ್‌ಗಾಹ್‌ಗೆ ಹೊರಟರು. ನಂತರ ಮಹಿಳೆಯರ ಬಳಿಗೆ ಹೋಗಿ ಹೇಳಿದರು: "ಓ ಮಹಿಳೆಯರ ಸಮೂಹವೇ! ದಾನ ಮಾಡಿರಿ. ಏಕೆಂದರೆ ನಾನು ನರಕವಾಸಿಗಳಲ್ಲಿ ನಿಮ್ಮನ್ನು ಹೆಚ್ಚಾಗಿ ನೋಡಿದ್ದೇನೆ." ಆಗ ಅವರು ಕೇಳಿದರು:  “ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಅದಕ್ಕೆ ಕಾರಣವೇನು?” ಅವರು ಉತ್ತರಿಸಿದರು: "ನೀವು ಹೆಚ್ಚುಹೆಚ್ಚಾಗಿ ಶಪಿಸುತ್ತೀರಿ ಮತ್ತು ನಿಮ್ಮ ಗಂಡನಿಗೆ ಕೃತಘ್ನರಾಗುತ್ತೀರಿ. ಬುದ್ಧಿ ಮತ್ತು ಧರ್ಮದಲ್ಲಿ  ನಿಮಗಿಂತಲೂ ಹೆಚ್ಚು ಕೊರತೆಯಿರುವವರನ್ನು ನಾನು ನೋಡಿಲ್ಲ. ಆದರೂ ನೀವು ದೃಢಮನಸ್ಸಿನ ಪುರುಷನ ಬುದ್ಧಿಯನ್ನು ಕದಡಬಲ್ಲಿರಿ." ಆಗ ಅವರು ಕೇಳಿದರು: “ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಮ್ಮ ಧರ್ಮ ಮತ್ತು ಬುದ್ಧಿಗಳಲ್ಲಿನ ಕೊರತೆಯೇನು?” ಅವರು ಉತ್ತರಿಸಿದರು: "ಮಹಿಳೆಯ ಸಾಕ್ಷ್ಯವು ಪುರುಷನ ಸಾಕ್ಷ್ಯದ ಅರ್ಧದಷ್ಟಲ್ಲವೇ?" ಅವರು ಹೇಳಿದರು: “ಹೌದು.”  ಪ್ರವಾದಿಯವರು ಹೇಳಿದರು: "ಅದು ಅವಳ ಬುದ್ಧಿಯ ಕೊರತೆಯಿಂದಾಗಿದೆ. ಅವಳು ಮುಟ್ಟಾದಾಗ ನಮಾಝ್ ಮತ್ತು ಉಪವಾಸವನ್ನು ಬಿಟ್ಟುಬಿಡುವುದಿಲ್ಲವೇ?" ಅವರು ಹೇಳಿದರು: “ಹೌದು.”  ಪ್ರವಾದಿಯವರು ಹೇಳಿದರು: "ಅದು ಅವಳ ಧರ್ಮದ ಕೊರತೆಯಿಂದಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>خَرَجَ النبيُّ صلى الله عليه وسلم في يومِ عيدٍ إلى المصلى، وكان قد وَعَدَ النساءَ بأن يُفْرِدَهُن بالموعظة، فأنجزه ذلك اليوم، وقال: 
+يا جماعةَ النساء تَصدقن، وأكثِرْن الاستغفار؛ فهما من أعظم أسباب حط الخطايا، فإني رأيتكن ليلة الإسراء أكثرَ أهل النار.
+فقالت امرأة منهن ذات عقل ورأي ووقَار: وما لنا يا رسول الله أكثر أهل النار؟ 
+قال: لأمور: تُكثرن اللعن والسَّبّ، وتَجْحَدْنَ حقَّ الزوج. 
+ثم وَصَفهن بقوله صلى الله عليه وسلم: ما رأيت مِن ناقصات عقل ودين أَغْلَبَ لذي لُبٍّ وعقل وحزم وضبط لأمره منكن. 
+قالت: يا رسول الله، وما نقصان العقل والدين؟ 
+قال: أما نقصان العقل فشهادة امرأتين تَعدل شهادة رجل واحد؛ فهذا نقصان العقل، ونقصان الدين هو نقصان العمل الصالح حيث تَمكُثُ ليالي وأيامًا لا تصلي بسبب الحيض، وتفطر أيامًا من رمضان بسبب الحيض، فهذا نقصان الدين، إلا أنهن لا يُلَمْنَ على ذلك ولا يؤاخَذْن عليه؛ لأنه من أصل الخِلْقَة، كما أن الإنسان فُطِرَ وخُلِقَ يُحِبُّ المال وعجول في أموره وجهول… وغير ذلك، لكن نَبَّه على ذلك تحذيرًا من الافتتان بهن.</t>
+  </si>
+  <si>
+    <t>ಒಮ್ಮೆ ಈದ್ ಹಬ್ಬದ ದಿನದಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಈದ್‌ಗಾಹ್‌ಗೆ ಹೊರಟರು.   ಅವರು ಮಹಿಳೆಯರಿಗೆ ವಿಶೇಷವಾಗಿ ಉಪದೇಶ ನೀಡುವೆನೆಂದು ವಾಗ್ದಾನ ಮಾಡಿದ್ದರು. ಆದ್ದರಿಂದ ಅವರು ಆ ದಿನ ಆ ವಾಗ್ದಾನವನ್ನು ಪೂರೈಸುತ್ತಾ ಹೇಳಿದರು: ಓ ಮಹಿಳೆಯರ ಸಮೂಹವೇ! ದಾನ ಮಾಡಿರಿ, ಮತ್ತು ಇಸ್ತಿಗ್ಫಾರ್ (ಕ್ಷಮೆಯಾಚನೆ) ಮಾಡುವುದನ್ನು ಹೆಚ್ಚಿಸಿರಿ. ಏಕೆಂದರೆ ಅವು ಪಾಪಗಳನ್ನು ನಿವಾರಿಸುವ ಬಹುದೊಡ್ಡ ಸಾಧನಗಳಾಗಿವೆ. ಏಕೆಂದರೆ, ನಾನು ಇಸ್ರಾದ ರಾತ್ರಿಯಲ್ಲಿ ನರಕವಾಸಿಗಳಲ್ಲಿ ನಿಮ್ಮನ್ನೇ ಹೆಚ್ಚಾಗಿ ನೋಡಿದ್ದೇನೆ.
+ಆಗ ಅವರಲ್ಲಿದ್ದ ಬುದ್ಧಿವಂತೆ, ವಿಚಾರವಂತೆ ಮತ್ತು ಗಾಂಭೀರ್ಯವುಳ್ಳ ಮಹಿಳೆ ಕೇಳಿದಳು: ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ, ನಾವೇ ನರಕವಾಸಿಗಳಲ್ಲಿ ಹೆಚ್ಚಾಗಿರಲು ಕಾರಣವೇನು?
+ಅವರು ಉತ್ತರಿಸಿದರು: “ಅದಕ್ಕೆ ಕೆಲವು ಕಾರಣಗಳಿವೆ: ನೀವು ಶಾಪ ಮತ್ತು ನಿಂದನೆಯನ್ನು ಹೆಚ್ಚಿಸುತ್ತೀರಿ, ಮತ್ತು ಗಂಡನ ಹಕ್ಕನ್ನು ನಿಷೇಧಿಸುತ್ತೀರಿ. ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರನ್ನು ಈ ರೀತಿ ವರ್ಣಿಸಿದರು:  ಮಹಿಳೆಯರಿಗೆ ಬುದ್ಧಿ ಮತ್ತು ಧರ್ಮದಲ್ಲಿ ಕೊರತೆಯಿದ್ದರೂ ಸಹ, ಅವರು ಒಬ್ಬ ಬುದ್ಧಿವಂತ, ವಿಚಾರಶೀಲ, ದೃಢಸಂಕಲ್ಪದ ಮತ್ತು ತನ್ನ ವಿಷಯವನ್ನು ನಿಯಂತ್ರಿಸಬಲ್ಲ ಪುರುಷನನ್ನು ಸೋಲಿಸುವಷ್ಟು ಪ್ರಬಲರಾಗಿದ್ದಾರೆ.
+ಅವಳು ಕೇಳಿದಳು: “ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಬುದ್ಧಿ ಮತ್ತು ಧರ್ಮದ ಕೊರತೆ ಎಂದರೆ ಏನು?”
+ಅವರು ಉತ್ತರಿಸಿದರು: “ಬುದ್ಧಿಯ ಕೊರತೆಯೆಂದರೆ ಇಬ್ಬರು ಮಹಿಳೆಯರ ಸಾಕ್ಷ್ಯವು ಒಬ್ಬ ಪುರುಷನ ಸಾಕ್ಷ್ಯಕ್ಕೆ ಸಮಾನವಾಗಿದೆ. ಇದು ಬುದ್ಧಿಯ ಕೊರತೆಯಾಗಿದೆ. ಧರ್ಮದ ಕೊರತೆಯೆಂದರೆ ಸತ್ಕರ್ಮಗಳಲ್ಲಿನ ಕೊರತೆಯಾಗಿದೆ. ಏಕೆಂದರೆ ಮಹಿಳೆಯರು ಮುಟ್ಟಿನ ಕಾರಣದಿಂದ ಅನೇಕ ರಾತ್ರಿ ಮತ್ತು ಹಗಲುಗಳನ್ನು ನಮಾಝ್ ಮಾಡದೆ ಮತ್ತು ರಮದಾನ್ ತಿಂಗಳ ದಿನಗಳಾದರೆ ಉಪವಾಸ ಆಚರಿಸದೆ ಕಳೆಯುತ್ತಾರೆ. ಇದು ಧರ್ಮದ ಕೊರತೆಯಾಗಿದೆ. ಆದರೆ, ಈ ಕಾರಣಕ್ಕಾಗಿ ಅವರನ್ನು ದೂಷಿಸಲಾಗುವುದಿಲ್ಲ ಅಥವಾ ಶಿಕ್ಷಿಸಲಾಗುವುದಿಲ್ಲ. ಏಕೆಂದರೆ ಅದು ಅವರ ಸೃಷ್ಟಿಯ ಮೂಲವಾಗಿದೆ. ಉದಾಹರಣೆಗೆ, ಮನುಷ್ಯನು ಹಣವನ್ನು ಪ್ರೀತಿಸುವವನಾಗಿ, ತನ್ನ ಕೆಲಸಕಾರ್ಯಗಳಲ್ಲಿ ಆತುರಪಡುವವನಾಗಿ ಮತ್ತು ಅಜ್ಞಾನಿಯಾಗಿ ಸೃಷ್ಟಿಸಲ್ಪಟ್ಟಿದ್ದಾನೆ. ಆದ್ದರಿಂದ ಇವುಗಳಿಂದ ವಂಚಿತರಾಗದಿರುವುದಕ್ಕಾಗಿ ಇವುಗಳ ಬಗ್ಗೆ ಎಚ್ಚರಿಸಲು ಇದನ್ನು ತಿಳಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>استحباب خروج النساء إلى صلاة العيد، وأن يُفْردْن بالموعظة.
+كُفران العَشير وكثرة اللعن من الكبائر؛ لأن التَّوعُّد بالنار من علامة كون المعصية كبيرة.
+فيه بيان زيادة الإيمان ونقصانه، فمن كَثُرت عِبادته زاد إيمانه ودِينه، ومن نَقصت عِبادته نَقص دِينه.
+قال النووي: العقل يقبل الزيادة والنقصان، وكذلك الإيمان، وليس المقصود بذكر النقص في النساء لومَهن على ذلك؛ لأنه من أصل الخِلقة، لكن التنبيه على ذلك تحذير من الافتتان بهن، ولهذا رتَّب العذاب على ما ذُكر من الكفران وغيره لا على النقص، وليس نقص الدين مُنحصرًا فيما يحصل به الإثم بل في أعم من ذلك.
+فيه مُراجعة المُتعلم العالم والتَّابع المَتْبُوع فيما قاله إذا لم يظهر له معناه.
+فيه أن شهادة المرأة على نِصف شهادة الرَّجل وذلك لقِلَّة ضبطِها.
+قال ابن حجر في قوله: "ما رأيت من ناقصات... إلخ" ويظهر لي أن ذلك من جملة أسباب كونهن أكثر أهل النار؛ لأنهن إذا كُنّ سببًا لإذهاب عقل الرجل الحازم حتى يفعل أو يقول ما لا ينبغي فقد شَارَكْنَه في الإثم وزِدْن عليه.
+تحريم الصلاة والصوم على المرأة في زمن حيضها، ومثلها النفساء، ثم تقضيان الصيام فقط حال طهرهما.
+حسن خُلق النبي صلى الله عليه وسلم فقد أجَاب النِّساء عن أسئلتِهن من غير تَعْنِيف ولا لَوْم.
+قال ابن حجر: أن الصدقة تدفع العذاب، وأنها قد تكفر الذنوب التي بين المخلوقين.
+قال النووي: نقصان الدين عند النساء بسبب تركهن الصلاة والصوم في زمن الحيض؛ فإن من كثرت عبادته زاد إيمانه ودينه، ومن نقصت عبادته نقص دينه، ثم نقص الدين قد يكون على وجه يأثم به كمن ترك الصلاة أو الصوم أو غيرهما من العبادات الواجبة عليه بلا عذر، وقد يكون على وجه لا إثم فيه كمن ترك الجمعة أو الغزو أو غير ذلك مما لا يجب عليه بلا عذر، وقد يكون على وجه هو مُكَلَّف به كترك الحائض الصلاة والصوم.</t>
+  </si>
+  <si>
+    <t>ಮಹಿಳೆಯರು ಈದ್ ನಮಾಝ್‌ಗೆ ಹೋಗುವುದು ಮತ್ತು ಅವರಿಗೆ ವಿಶೇಷವಾಗಿ ಉಪದೇಶ ನೀಡುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ಗಂಡನಿಗೆ ಕೃತಘ್ನತೆ ತೋರುವುದು ಮತ್ತು ಹೆಚ್ಚುಹೆಚ್ಚಾಗಿ ಶಪಿಸುವುದು ಮಹಾಪಾಪಗಳಾಗಿವೆ. ಏಕೆಂದರೆ, ನರಕ ಶಿಕ್ಷೆಯ ಬೆದರಿಕೆ ನೀಡಿರುವುದು ಆ ಪಾಪವು ಮಹಾಪಾಪವಾಗಿದೆಯೆಂದು ಸೂಚಿಸುತ್ತದೆ.
+ಇದರಲ್ಲಿ ಈಮಾನ್ (ವಿಶ್ವಾಸ) ಹೆಚ್ಚಾಗುತ್ತದೆ ಮತ್ತು ಕಡಿಮೆಯಾಗುತ್ತದೆ ಎಂದು ವಿವರಿಸಲಾಗಿದೆ. ಯಾರು ತಮ್ಮ ಆರಾಧನೆಯನ್ನು ಹೆಚ್ಚಿಸುತ್ತಾರೋ ಅವರ ಈಮಾನ್ ಮತ್ತು ಧರ್ಮವು ಹೆಚ್ಚಾಗುತ್ತದೆ. ಯಾರು ತಮ್ಮ ಆರಾಧನೆಯನ್ನು ಕಡಿಮೆ ಮಾಡುತ್ತಾರೋ ಅವರ ಧರ್ಮವು ಕಡಿಮೆಯಾಗುತ್ತದೆ.
+ನವವಿ ಹೇಳಿದರು: “ಬುದ್ಧಿಯಲ್ಲಿ ಏರಿಳಿತ ಉಂಟಾಗುತ್ತದೆ. ಹಾಗೆಯೇ ಈಮಾನ್‌ನಲ್ಲಿಯೂ ಸಹ.  ಮಹಿಳೆಯರಲ್ಲಿನ ಕೊರತೆಯನ್ನು ಉಲ್ಲೇಖಿಸಿರುವುದು ಅವರನ್ನು ದೂಷಿಸುವುದಕ್ಕಲ್ಲ. ಏಕೆಂದರೆ ಅದು ಸೃಷ್ಟಿಯ ಮೂಲವಾಗಿದೆ. ಬದಲಿಗೆ, ಅವರು ಅವುಗಳಿಂದ ವಂಚಿತರಾಗದಿರುವುದಕ್ಕಾಗಿ ಅವುಗಳ ಬಗ್ಗೆ ಎಚ್ಚರಿಸಲು ಇದನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಆದ್ದರಿಂದಲೇ, ನರಕದ ಶಿಕ್ಷೆಯನ್ನು ಕೃತಘ್ನತೆ ಮತ್ತು ಇತರ ವಿಷಯಗಳಿಗೆ ಜೋಡಿಸಲಾಗಿದೆಯೇ ಹೊರತು ಕೊರತೆಗೆ ಜೋಡಿಸಲಾಗಿಲ್ಲ. ಧರ್ಮದ ಕೊರತೆಯು ಪಾಪಕ್ಕೆ ಕಾರಣವಾಗುವ ವಿಷಯಗಳಿಗೆ ಮಾತ್ರ ಸೀಮಿತವಾಗಿಲ್ಲ, ಬದಲಿಗೆ ಅದು ಅದಕ್ಕಿಂತಲೂ ವಿಶಾಲವಾಗಿದೆ.”
+ಮಾತು ಸರಿಯಾಗಿ ಅರ್ಥವಾಗದಿದ್ದರೆ, ವಿದ್ಯಾರ್ಥಿ ಗುರುವನ್ನು ಮತ್ತು ಅನುಯಾಯಿ ಮುಖಂಡನನ್ನು ಪ್ರಶ್ನಿಸಬಹುದೆಂದು ಇದರಲ್ಲಿ ಸೂಚನೆಯಿದೆ.
+ಮಹಿಳೆಯ ಸಾಕ್ಷ್ಯವು ಪುರುಷನ ಸಾಕ್ಷ್ಯದ ಅರ್ಧದಷ್ಟು ಎಂದು ಇಲ್ಲಿ ತಿಳಿಸಲಾಗಿದೆ. ಇದಕ್ಕೆ ಕಾರಣ ಅವರ ಜ್ಞಾಪಕದ ಕೊರತೆಯಾಗಿದೆ.
+“... ಕೊರತೆಯಿರುವವರನ್ನು ನಾನು ನೋಡಿಲ್ಲ…” ಎಂಬ ಮಾತನ್ನು ವಿವರಿಸುತ್ತಾ ಇಬ್ನ್ ಹಜರ್ ಹೇಳಿದರು: "ನನಗೆ ಕಂಡುಬರುವಂತೆ, ಅದು ಅವರು ನರಕವಾಸಿಗಳಲ್ಲಿ ಹೆಚ್ಚಾಗುವುದಕ್ಕಿರುವ ಕಾರಣಗಳಲ್ಲಿ ಒಂದಾಗಿರಬಹುದು. ಏಕೆಂದರೆ, ಅವರು ದೃಢಸಂಕಲ್ಪದ ಪುರುಷನ ಬುದ್ಧಿಯನ್ನು ಕದಡಿ, ಅವನು ಮಾಡಬಾರದ್ದನ್ನು ಮಾಡಲು ಅಥವಾ ಹೇಳಲು ಕಾರಣವಾದರೆ, ಅವರು ಕೂಡ ಅವನ ಪಾಪದಲ್ಲಿ ಭಾಗಿಯಾಗುತ್ತಾರೆ ಮತ್ತು ತಮ್ಮ ಪಾಪವನ್ನು ಹೆಚ್ಚಿಸುತ್ತಾರೆ."
+ಮುಟ್ಟಿನ ಸಮಯದಲ್ಲಿ ಮತ್ತು ಹೆರಿಗೆಯಾಗಿ ರಕ್ತ ನಿಲ್ಲುವ ತನಕ ಮಹಿಳೆಯರಿಗೆ ನಮಾಝ್ ಮತ್ತು ಉಪವಾಸವು ನಿಷಿದ್ಧವಾಗಿದೆ. ನಂತರ ಅವರು ಶುದ್ಧರಾದ ನಂತರ ಕೇವಲ ಉಪವಾಸವನ್ನು ಮಾತ್ರ ನಿರ್ವಹಿಸಿದರೆ ಸಾಕು.
+ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ತಮ ಗುಣವನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಅವರು ಮಹಿಳೆಯರ ಪ್ರಶ್ನೆಗಳಿಗೆ ಅವಹೇಳನ ಅಥವಾ ದೂಷಣೆಯಿಲ್ಲದ ತಾಳ್ಮೆಯಿಂದ ಉತ್ತರಿಸಿದ್ದಾರೆ.
+ಇಬ್ನ್ ಹಜರ್ ಹೇಳಿದರು: “ದಾನವು ಶಿಕ್ಷೆಯನ್ನು ತಡೆಗಟ್ಟುತ್ತದೆ. ಅದು ಸೃಷ್ಟಿಗಳ ನಡುವಿನ ಪಾಪಗಳನ್ನು ನಿವಾರಿಸುತ್ತದೆ."
+ನವವಿ ಹೇಳಿದರು: “ಮಹಿಳೆಯರಲ್ಲಿ ಧರ್ಮದ ಕೊರತೆಗೆ ಅವರು ಮುಟ್ಟಿನ ಸಮಯದಲ್ಲಿ ನಮಾಝ್ ಮತ್ತು ಉಪವಾಸವನ್ನು ಬಿಟ್ಟುಬಿಡುವುದು ಕಾರಣವಾಗಿದೆ. ಯಾರು ತಮ್ಮ ಆರಾಧನೆಯನ್ನು ಹೆಚ್ಚಿಸುತ್ತಾರೋ ಅವರ ಈಮಾನ್ ಮತ್ತು ಧರ್ಮವು ಹೆಚ್ಚಾಗುತ್ತದೆ. ಯಾರು ತಮ್ಮ ಆರಾಧನೆಯನ್ನು ಕಡಿಮೆ ಮಾಡುತ್ತಾರೋ ಅವರ ಧರ್ಮವು ಕಡಿಮೆಯಾಗುತ್ತದೆ. ಕೆಲವೊಮ್ಮೆ ಧರ್ಮದ ಕೊರತೆಯು ಪಾಪಕ್ಕೆ ಕಾರಣವಾಗುವ ರೀತಿಯಲ್ಲಿರಬಹುದು. ಉದಾಹರಣೆಗೆ ಕೆಲವು ಮಹಿಳೆಯರು ಯಾವುದೇ ಸ್ಪಷ್ಟ ಕಾರಣಗಳಿಲ್ಲದೆ ನಮಾಝ್, ಉಪವಾಸ ಅಥವಾ ಇತರ ಕಡ್ಡಾಯ ಆರಾಧನೆಗಳನ್ನು ಬಿಟ್ಟುಬಿಡುತ್ತಾರೆ. ಕೆಲವೊಮ್ಮೆ ಅದು ಯಾವುದೇ ಪಾಪವಿಲ್ಲದ ರೀತಿಯಲ್ಲಿರಬಹುದು. ಉದಾಹರಣೆಗೆ ಕೆಲವು ಮಹಿಳೆಯರು ತಮಗೆ ಕಡ್ಡಾಯವಲ್ಲದಿದ್ದರೂ, ಯಾವುದೇ ಸ್ಪಷ್ಟ ಕಾರಣವಿಲ್ಲದೆ ಜುಮಾ ನಮಾಝ್‌ಗೆ ಅಥವಾ ಯುದ್ಧಕ್ಕೆ ಹೋಗುವುದನ್ನು ಬಿಟ್ಟುಬಿಡುತ್ತಾರೆ. ಕೆಲವೊಮ್ಮೆ ಅದು ಅವಳಿಗೆ ಕಡ್ಡಾಯವಾಗಿರುವ ರೀತಿಯಲ್ಲಿರಬಹುದು. ಉದಾಹರಣೆಗೆ ಮುಟ್ಟಾದ ಮಹಿಳೆ ನಮಾಝ್ ಮತ್ತು ಉಪವಾಸವನ್ನು ಬಿಟ್ಟುಬಿಡುತ್ತಾಳೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/10011</t>
+  </si>
+  <si>
     <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>ಶುದ್ಧಿಯಾದ ನಂತರ ನಾವು ಕಂದು ಬಣ್ಣ ಅಥವಾ ಹಳದಿ ಬಣ್ಣವನ್ನು ಪರಿಗಣಿಸುತ್ತಿರಲಿಲ್ಲ</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>ಉಮ್ಮು ಅತಿಯ್ಯ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಪ್ರವಾದಿಯವರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷ್ಠೆಯ ಪ್ರತಿಜ್ಞೆ ಮಾಡಿದವರಾಗಿದ್ದರು. ಅವರು ಹೇಳಿದರು: "ಶುದ್ಧಿಯಾದ ನಂತರ ನಾವು ಕಂದು ಬಣ್ಣ ಅಥವಾ ಹಳದಿ ಬಣ್ಣವನ್ನು ಪರಿಗಣಿಸುತ್ತಿರಲಿಲ್ಲ."</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>ಸಹಾಬಿ ವನಿತೆ ಉಮ್ಮು ಅತಿಯ್ಯ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕಾಲದಲ್ಲಿ ಮಹಿಳೆಯರು ಮುಟ್ಟಿನಿಂದ ಶುದ್ಧಿಯಾದ ನಂತರ ಜನನಾಂಗದಿಂದ ಸ್ರವಿಸುವ ಕಡುಗಂದು ಅಥವಾ ಕಡುಹಳದಿ ಬಣ್ಣದ ದ್ರವವನ್ನು ಮುಟ್ಟಿನ ರಕ್ತವೆಂದು ಪರಿಗಣಿಸುತ್ತಿರಲಿಲ್ಲ ಮತ್ತು ಅದರ ಕಾರಣದಿಂದ ನಮಾಝ್ ಅಥವಾ ಉಪವಾಸವನ್ನು ತೊರೆಯುತ್ತಿರಲಿಲ್ಲ.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>ಮುಟ್ಟಿನಿಂದ ಶುದ್ಧಿಯಾದ ನಂತರ ಮಹಿಳೆಯ ಜನನಾಂಗದಿಂದ ಸ್ರವಿಸುವ ದ್ರವವನ್ನು ಪರಿಗಣಿಸಬೇಕಾಗಿಲ್ಲ. ಅದು ರಕ್ತದಿಂದ ಉಂಟಾದ ಕಂದು ಅಥವಾ ಹಳದಿ ಬಣ್ಣವನ್ನು ಹೊಂದಿದ್ದರೂ ಸಹ.
 ಮುಟ್ಟಿನ ಅವಧಿಯಲ್ಲಿ ಸ್ರವಿಸುವ ಕಂದು ಅಥವಾ ಹಳದಿ ಬಣ್ಣದ ರಕ್ತವು ಮುಟ್ಟಿನ ರಕ್ತವಾಗಿದೆ. ಏಕೆಂದರೆ, ಅದು ಮುಟ್ಟಿನ ಸಮಯದಲ್ಲಿ ಸ್ರವಿಸುವ ರಕ್ತವಾಗಿದೆ. ಆದರೆ ಅದರಲ್ಲಿ ದ್ರವವು ಮಿಶ್ರಿತವಾಗಿರುತ್ತದೆ.
 ಶುದ್ಧಿಯಾದ ನಂತರ ಕಂಡುಬರುವ ಕಂದು ಅಥವಾ ಹಳದಿ ಬಣ್ಣದ ರಕ್ತದ ಕಾರಣದಿಂದ ಮಹಿಳೆಯರು ನಮಾಝ್ ಮತ್ತು ಉಪವಾಸವನ್ನು ತೊರೆಯಬಾರದು. ಬದಲಿಗೆ, ವುದೂ ನಿರ್ವಹಿಸಿ ನಮಾಝ್ ಮಾಡಬೇಕು.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[رواه أبو داود بهذا اللفظ، ورواه البخاري بدون زيادة (بعد الطهر)]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>ನಿಮ್ಮ ಮುಟ್ಟಿನ ಅವಧಿಯು ಸಾಮಾನ್ಯವಾಗಿ ನಿಮ್ಮನ್ನು ತಡೆಹಿಡಿಯುವ ತನಕ ಕಾಯಿರಿ, ತದನಂತರ ಸ್ನಾನ ಮಾಡಿರಿ</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಬ್ದುರ್‍ರಹ್ಮಾನ್ ಬಿನ್ ಔಫ್ ರ ಪತ್ನಿಯಾಗಿದ್ದ ಉಮ್ಮು ಹಬೀಬ ಬಿಂತ್ ಜಹ್ಶ್ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರಕ್ತದ ಬಗ್ಗೆ ದೂರು ನೀಡಿದರು. ಅವರು ಆಕೆಗೆ ಹೇಳಿದರು: "ನಿಮ್ಮ ಮುಟ್ಟಿನ ಅವಧಿಯು ಸಾಮಾನ್ಯವಾಗಿ ನಿಮ್ಮನ್ನು ತಡೆಹಿಡಿಯುವ ತನಕ ಕಾಯಿರಿ, ತದನಂತರ ಸ್ನಾನ ಮಾಡಿರಿ." ಆದ್ದರಿಂದ ಅವರು ಪ್ರತಿ ನಮಾಝಿಗೂ ಸ್ನಾನ ಮಾಡುತ್ತಿದ್ದರು.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>ಸಹಾಬಿ ವನಿತೆಯರಲ್ಲಿ ಒಬ್ಬರು ತನಗೆ ನಿರಂತರ ರಕ್ತಸ್ರಾವವಾಗುವುದರ ಬಗ್ಗೆ ಪ್ರವಾದಿಯವರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ದೂರು ನೀಡಿದರು. ಆಕೆಯಲ್ಲಿ ಹೊಸದಾಗಿ ಆರಂಭವಾದ ಈ ಸಂಗತಿಗೆ ಮೊದಲು ಆಕೆಯ ಮುಟ್ಟಿನ ಅವಧಿಯು ಸಾಮಾನ್ಯವಾಗಿ ಎಷ್ಟು ದಿನ ಇರುತ್ತಿತ್ತೋ ಅಷ್ಟು ದಿನ ನಮಾಝನ್ನು ನಿಲ್ಲಿಸುವಂತೆ ಮತ್ತು ನಂತರ ಸ್ನಾನ ಮಾಡಿ ನಮಾಝ್ ನಿರ್ವಹಿಸುವಂತೆ ಅವರು ಆಕೆಗೆ ಆದೇಶಿಸಿದರು. ಆದ್ದರಿಂದ ಆಕೆ ಪ್ರತಿ ನಮಾಝಿಗೂ ಸ್ವಯಂಪ್ರೇರಿತವಾಗಿ ಸ್ನಾನ ಮಾಡುತ್ತಿದ್ದರು.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -13969,50 +16247,81 @@
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಜುಮಾ ನಮಾಝ್ ಕಡ್ಡಾಯವಿರುವ, ಪುರುಷರು ಮತ್ತು ಪ್ರೌಢರಾದ ಎಲ್ಲಾ ಮುಸ್ಲಿಮರಿಗೂ ಶುಕ್ರವಾರ ಸ್ನಾನ ಮಾಡುವುದು ಕಡ್ಡಾಯದಂತೆ ಪ್ರಬಲವಾಗಿದೆ. ಅದೇ ರೀತಿ ಹಲ್ಲುಜ್ಜುವ ಕಡ್ಡಿ ಮುಂತಾದವುಗಳಿಂದ ಹಲ್ಲುಗಳನ್ನು ಸ್ವಚ್ಛ ಮಾಡುವುದು ಕೂಡ. ಅದೇ ರೀತಿ ಯಾವುದೇ ಉತ್ತಮ ಪರಿಮಳವಿರುವ ಸುಗಂಧ ದ್ರವ್ಯವನ್ನು ಹಚ್ಚುವುದು ಕೂಡ.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>ಪ್ರೌಢರಾದ ಎಲ್ಲಾ ಮುಸ್ಲಿಂ ಪುರುಷರಿಗೆ ಶುಕ್ರವಾರ ಸ್ನಾನ ಮಾಡುವುದು ಪ್ರಬಲ ಅಪೇಕ್ಷಣೀಯ ಕಾರ್ಯವಾಗಿದೆ.
 ಮುಸಲ್ಮಾನನು ಬಾಯಿಯನ್ನು ಸ್ವಚ್ಛ ಮಾಡುವುದು ಮತ್ತು ದುರ್ಗಂಧವನ್ನು ನಿವಾರಿಸುವುದು ಅತ್ಯಾವಶ್ಯಕವಾಗಿದೆ.
 ಶುಕ್ರವಾರವನ್ನು ಗೌರವಿಸಬೇಕು ಮತ್ತು ಅದಕ್ಕಾಗಿ ತಯಾರಿ ಮಾಡಿಕೊಳ್ಳಬೇಕು.
 ಜುಮಾ ನಮಾಝಿಗಾಗಿ ಹಲ್ಲು ಸ್ವಚ್ಛ ಮಾಡುವುದನ್ನು ಪ್ರಬಲ ಅಪೇಕ್ಷಣೀಯ ಕಾರ್ಯವೆಂದು ಹೇಳಲಾಗಿದೆ.
 ಅದೇ ರೀತಿ, ಜುಮಾ ನಮಾಝಿಗೆ ಹೊರಡುವ ಮೊದಲು ಯಾವುದೇ ಉತ್ತಮ ಪರಿಮಳವಿರುವ ಸುಗಂಧ ದ್ರವ್ಯವನ್ನು ಹಚ್ಚುವುದು ಕೂಡ ಅಪೇಕ್ಷಣೀಯ ಕಾರ್ಯವಾಗಿದೆ.
 ಮಹಿಳೆ ನಮಾಝ್ ಅಥವಾ ಇತರ ಉದ್ದೇಶಕ್ಕಾಗಿ ಮನೆಯಿಂದ ಹೊರಟರೆ, ಸುಗಂಧ ದ್ರವ್ಯವನ್ನು ಹಚ್ಚಬಾರದು. ಏಕೆಂದರೆ ಅದು ನಿಷೇಧಿಸಲಾಗಿದೆಯೆಂದು ಪ್ರವಾದಿಚರ್ಯೆಯು ಸೂಚಿಸಿದೆ.
 ಹರೆಯ ತಲುಪಿದವನು ಎಂದರೆ ಪ್ರೌಢಾವಸ್ಥೆ ತಲುಪಿದವನು. ಕೆಲವು ಲಕ್ಷಣಗಳ ಮೂಲಕ ಪ್ರೌಢಾವಸ್ಥೆಯನ್ನು ಗುರುತಿಸಬಹುದು. ಮೂರು ಲಕ್ಷಣಗಳು ಪುರುಷರಲ್ಲಿ ಮತ್ತು ಮಹಿಳೆಯರಲ್ಲಿ ಕಂಡುಬರುತ್ತವೆ. ಅವು: ಒಂದು: ಹದಿನೈದು ವರ್ಷ ಪೂರ್ತಿಯಾಗುವುದು. ಎರಡು: ಜನನಾಂಗದ ಸುತ್ತ ರೋಮ ಬೆಳೆಯುವುದು. ಮೂರು: ಸ್ವಪ್ನಸ್ಖಲನದಿಂದ ಅಥವಾ ಸ್ವಪ್ನ ಸ್ಖಲನವಾಗದಿದ್ದರೂ ಕಾಮೋದ್ರೇಕದಿಂದ ವೀರ್ಯ ಹೊರಬರುವುದು. ನಾಲ್ಕನೇ ಲಕ್ಷಣವು ಮಹಿಳೆಯರಿಗೆ ಮಾತ್ರ ಸೀಮಿತವಾಗಿರುವ ಮುಟ್ಟು. ಮಹಿಳೆಗೆ ಮುಟ್ಟು ಪ್ರಾರಂಭವಾದರೆ ಆಕೆ ಪ್ರೌಢಾವಸ್ಥೆ ತಲುಪಿದ್ದಾಳೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/10036</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಲಮೂತ್ರ ವಿಸರ್ಜನೆಯ ಸ್ಥಳದಿಂದ ಹೊರ ಬಂದರೆ "ಗುಫ್ರಾನಕ್" ಎಂದು ಹೇಳುತ್ತಿದ್ದರು</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
+  </si>
+  <si>
+    <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಲಮೂತ್ರ ವಿಸರ್ಜನೆಯ ಸ್ಥಳದಿಂದ ಹೊರ ಬಂದರೆ "ಗುಫ್ರಾನಕ್" ಎಂದು ಹೇಳುತ್ತಿದ್ದರು.</t>
+  </si>
+  <si>
+    <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಲಮೂತ್ರ ವಿಸರ್ಜನೆ ಮಾಡಿ ಹೊರ ಬಂದರೆ "ಓ ಅಲ್ಲಾಹ್ ನಾನು ನಿನ್ನಲ್ಲಿ ಕ್ಷಮೆ ಬೇಡುತ್ತೇನೆ" ಎಂದು ಹೇಳುತ್ತಿದ್ದರು.</t>
+  </si>
+  <si>
+    <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
+استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
+قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
+  </si>
+  <si>
+    <t>ಮಲಮೂತ್ರ ವಿಸರ್ಜನೆ ಮಾಡುವ ಸ್ಥಳದಿಂದ ಹೊರಬಂದ ನಂತರ "ಗುಫ್ರಾನಕ್" ಎಂದು ಹೇಳುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎಲ್ಲಾ ಸಂದರ್ಭಗಳಲ್ಲೂ ಅಲ್ಲಾಹನಲ್ಲಿ ಕ್ಷಮೆಯಾಚಿಸುತ್ತಿದ್ದರು.
+ಕೆಲವರು ಹೇಳುವಂತೆ, ಮಲಮೂತ್ರ ವಿಸರ್ಜನೆಯ ನಂತರ ಕ್ಷಮೆಯಾಚಿಸುವುದಕ್ಕಿರುವ ಕಾರಣವು: ಅಲ್ಲಾಹನ ಅನುಗ್ರಹಗಳಿಗೆ ಕೃತಜ್ಞತೆ ಸಲ್ಲಿಸಲು ನಮ್ಮಿಂದ ಸಂಭವಿಸಿದ ಕೊರತೆಯನ್ನು ನೀಗಿಸುವುದಕ್ಕಾಗಿದೆ. ಹಾನಿಕಾರಕ ವಸ್ತುಗಳು ನಮ್ಮ ದೇಹದಿಂದ ಹೊರಹೋಗುವಂತೆ ಮಾಡಿರುವುದು ಆ ಅನುಗ್ರಹಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಅದೇ ರೀತಿ ಶೌಚಾಲಯದಲ್ಲಿರುವಾಗ ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯಿಂದ ನಾವು ದೂರವಾಗಿರುವುದಕ್ಕೂ ನಾವು ಕ್ಷಮೆಯಾಚಿಸುತ್ತೇವೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/10046</t>
   </si>
   <si>
     <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದಾರೆ ಎಂದು ಯಾರು ತನ್ನ ಹೃದಯದಿಂದ ಪ್ರಾಮಾಣಿಕವಾಗಿ ಸಾಕ್ಷಿ ವಹಿಸುತ್ತಾನೋ ಅವನನ್ನು ಅಲ್ಲಾಹು ನರಕಾಗ್ನಿಗೆ ನಿಷಿದ್ಧಗೊಳಿಸದೇ ಇರಲಾರ</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>ಅನಸ್ ಬಿನ್ ಮಾಲಿಕ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಒಮ್ಮೆ ಮುಆದ್ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹಿಂಭಾಗದಲ್ಲಿ ಕುಳಿತು ಪ್ರಯಾಣ ಮಾಡುತ್ತಿದ್ದಾಗ ಅವರು ಕರೆದರು: "ಓ ಮುಆದ್ ಬಿನ್ ಜಬಲ್!" ಮುಆದ್ ಉತ್ತರಿಸಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಿಮ್ಮ ಸೇವೆ ಮಾಡಲು ನಾನಿಲ್ಲಿದ್ದೇನೆ." ಅವರು ಕರೆದರು: "ಓ ಮುಆದ್!" ಮುಆದ್ ಉತ್ತರಿಸಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಿಮ್ಮ ಸೇವೆ ಮಾಡಲು ನಾನಿಲ್ಲಿದ್ದೇನೆ." ಹೀಗೆ ಅವರು ಮೂರು ಬಾರಿ ಕರೆದರು. ನಂತರ ಹೇಳಿದರು: "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದಾರೆ ಎಂದು ಯಾರು ತನ್ನ ಹೃದಯದಿಂದ ಪ್ರಾಮಾಣಿಕವಾಗಿ ಸಾಕ್ಷಿ ವಹಿಸುತ್ತಾನೋ ಅವನನ್ನು ಅಲ್ಲಾಹು ನರಕಾಗ್ನಿಗೆ ನಿಷಿದ್ಧಗೊಳಿಸದೇ ಇರಲಾರ." ಮುಆದ್ ಕೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಜನರಿಗೆ ಸಂತೋಷವಾಗುವ ಈ ಸುದ್ದಿಯನ್ನು ನಾನು ಅವರಿಗೆ ತಿಳಿಸಲೇ?" ಅವರು ಹೇಳಿದರು: "ಬೇಡ, ಅವರು ಅದರ ಮೇಲೆ ಅವಲಂಬಿತರಾಗುವರು." (ಜ್ಞಾನವನ್ನು ಬಚ್ಚಿಟ್ಟ) ಪಾಪಕ್ಕೆ ಗುರಿಯಾಗದಿರಲು ಮುಆದ್ ಮರಣದ ಸಮಯದಲ್ಲಿ ಇದನ್ನು ಜನರಿಗೆ ತಿಳಿಸಿದರು.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>ಮುಆದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹಿಂಬಾಗದಲ್ಲಿ ಕುಳಿತು ಪ್ರಯಾಣ ಮಾಡುತ್ತಿದ್ದರು. ಆಗ ಅವರು "ಓ ಮುಆದ್" ಎಂದು ಕರೆದರು. ತಾನು ಹೇಳಲು ಹೋಗುವ ವಿಷಯದ ಪ್ರಾಮುಖ್ಯತೆಗೆ ಒತ್ತು ಕೊಡುವುದಕ್ಕಾಗಿ ಅವರು ಹೀಗೆ ಮೂರು ಬಾರಿ ಕರೆದರು.
 ಅವರು ಪ್ರತಿ ಬಾರಿ ಕರೆದಾಗಲೂ ಮುಆದ್, "ಲಬ್ಬೈಕ ಯಾ ರಸೂಲಲ್ಲಾಹ್ ವ ಸಅದೈಕ" ಎಂದು ಉತ್ತರಿಸುತ್ತಿದ್ದರು. ಅಂದರೆ ಓ ಪ್ರವಾದಿಯವರೇ ನಾನು ಪದೇ ಪದೇ ನಿಮ್ಮ ಕರೆಗೆ ಉತ್ತರಿಸುತ್ತೇನೆ. ನಿಮ್ಮ ಕರೆಗೆ ಉತ್ತರಿಸುವುದೇ ನನ್ನ ಸೌಭಾಗ್ಯವಾಗಿದೆ ಎಂದರ್ಥ.
 ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸಿದರು: "ಲಾ ಇಲಾಹ ಇಲ್ಲಲ್ಲಾಹ್ (ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ) ಮತ್ತು ಮುಹಮ್ಮದ್ ರಸೂಲುಲ್ಲಾಹ್ (ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಾಗಿದ್ದಾರೆ) ಎಂದು ತನ್ನ ಹೃದಯದಿಂದ ಪ್ರಾಮಾಣಿಕವಾಗಿ, ಯಾವುದೇ ಕಾಪಟ್ಯವಿಲ್ಲದೆ ಸಾಕ್ಷಿ ವಹಿಸಿ, ನಂತರ ಅದೇ ಸ್ಥಿತಿಯಲ್ಲಿ ಮರಣಹೊಂದುವವನನ್ನು ಅಲ್ಲಾಹು ನರಕಾಗ್ನಿಗೆ ನಿಷಿದ್ಧಗೊಳಿಸುತ್ತಾನೆ."
@@ -14141,50 +16450,128 @@
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>ವಿವಾಹ ನಿಷಿದ್ಧ ಪುರುಷರಿಲ್ಲದೆ ಮಹಿಳೆ ಪ್ರಯಾಣ ಮಾಡುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ.
 ಯಾತ್ರೆಯಲ್ಲಿ ಒಬ್ಬ ಮಹಿಳೆಗೆ ಇನ್ನೊಬ್ಬ ಮಹಿಳೆ ವಿವಾಹ ನಿಷಿದ್ಧ ಪುರುಷನಂತೆ (ಮಹ್ರಮ್) ಆಗುವುದಿಲ್ಲ. ಏಕೆಂದರೆ, "ಅವಳ ಗಂಡ ಅಥವಾ ವಿವಾಹ ನಿಷಿದ್ಧ ಪುರುಷರು" ಎಂದು ಹದೀಸಿನಲ್ಲಿ ಹೇಳಲಾಗಿದೆ.
 ಮಹಿಳೆಯ ಜೊತೆಗೆ ಅವಳ ಗಂಡ ಅಥವಾ ವಿವಾಹ ನಿಷಿದ್ಧ ಪುರುಷರು ಇಲ್ಲದಿದ್ದರೆ ಯಾತ್ರೆ ಎಂದು ಕರೆಯಲಾಗುವುದನ್ನೆಲ್ಲಾ ಅವಳಿಗೆ ನಿಷೇಧಿಸಲಾಗಿದೆ. ಈ ಹದೀಸ್ ಕೇಳುಗನ ಪರಿಸ್ಥಿತಿ ಮತ್ತು ಸ್ಥಳಕ್ಕೆ ಅನುಗುಣವಾಗಿ ಹೇಳಲಾಗಿದೆ.
 ಮಹಿಳೆಯ ಗಂಡ, ಅಥವಾ ಅವಳ ತಂದೆ, ಚಿಕ್ಕಪ್ಪ-ದೊಡ್ಡಪ್ಪ, ಸೋದರ ಮಾವ ಮುಂತಾದ ರಕ್ತಸಂಬಂಧದ ಮೂಲಕ ಶಾಶ್ವತವಾಗಿ ವಿವಾಹ ನಿಷಿದ್ಧರಾಗಿರುವವರು, ಅಥವಾ ಸ್ತನಪಾನದ ಮೂಲಕ ಸಂಬಂಧಿಗಳಾದ ತಂದೆ, ಸೋದರ ಮಾವ ಮುಂತಾದ ಸ್ತನಪಾನದಿಂದ ವಿವಾಹ ನಿಷಿದ್ಧರಾಗಿರುವವರು, ಅಥವಾ ಗಂಡನ ತಂದೆ ಮುಂತಾದ ವೈವಾಹಿಕ ಸಂಬಂಧದ ಮೂಲಕ ವಿವಾಹ ನಿಷಿದ್ಧರಾಗಿರುವವರು ಮಹಿಳೆಯ ಮಹ್ರಮ್ (ವಿವಾಹ ನಿಷಿದ್ಧ ಪುರುಷರು) ಆಗಿದ್ದಾರೆ. ಇವರೆಲ್ಲರೂ ಮುಸ್ಲಿಮರು, ಪ್ರೌಢರು, ಬುದ್ಧಿಸ್ಥಿಮಿತದಲ್ಲಿರುವವರು, ವಿಶ್ವಾಸಾರ್ಹರು ಮತ್ತು ಅಭಯ ನೀಡುವವರು ಆಗಿರತಕ್ಕದ್ದು. ಏಕೆಂದರೆ, ಮಹ್ರಮ್ (ವಿವಾಹ ನಿಷಿದ್ಧ ಪುರುಷರು) ನ ನಿಜವಾದ ಉದ್ದೇಶವು, ಮಹಿಳೆಯನ್ನು ಕಾಪಾಡುವುದು, ರಕ್ಷಿಸುವುದು ಮತ್ತು ಅವಳ ಯೋಗಕ್ಷೇಮವನ್ನು ನೋಡಿಕೊಳ್ಳುವುದಾಗಿದೆ.
 ಇಸ್ಲಾಮೀ ಧರ್ಮಶಾಸ್ತ್ರವು ಮಹಿಳೆಯ ಸಂರಕ್ಷಣೆಗೆ ಅತಿಯಾದ ಕಾಳಜಿ ವಹಿಸಿದೆ.
 ಅಸರ್ ನಮಾಝ್ ಮತ್ತು ಫಜ್ರ್ ನಮಾಝಿನ ಬಳಿಕ ನಿರ್ವಹಿಸುವ ನಿರುಪಾಧಿಕ ಐಚ್ಛಿಕ ನಮಾಝ್‌ಗಳು ಸಿಂಧುವಲ್ಲ. ಆದರೆ, ತಪ್ಪಿಹೋದ ಕಡ್ಡಾಯ ನಮಾಝ್‌ಗಳು, ತಹಿಯ್ಯತ್ ನಮಾಝ್ ಮುಂತಾದ ಕಾರಣವಿರುವ ನಮಾಝ್‌ಗಳು ಇದರಿಂದ ಹೊರತಾಗಿವೆ.
 ಸೂರ್ಯೋದಯವಾದ ತಕ್ಷಣ ನಮಾಝ್ ನಿರ್ವಹಿಸುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ. ಬದಲಿಗೆ, ಸೂರ್ಯ ಈಟಿಯ ಗಾತ್ರದಷ್ಟು ಏರುವ ತನಕ, ಅಂದರೆ ಸುಮಾರು ಹತ್ತರಿಂದ ಹದಿನೈದು ನಿಮಿಷಗಳ ತನಕ ಕಾಯಬೇಕಾಗಿದೆ.
 ಅಸರ್ ನಮಾಝಿನ ಸಮಯವು ಸೂರ್ಯಾಸ್ತದ ತನಕ ಇದೆ.
 ಮೂರು ಮಸೀದಿಗಳಿಗೆ ಯಾತ್ರೆ ಹೊರಡಲು ಇದರಲ್ಲಿ ಅನುಮತಿಯಿದೆ.
 ಮೂರು ಮಸೀದಿಗಳಿಗೆ ಶ್ರೇಷ್ಠತೆಯಿದೆ ಮತ್ತು ಅವು ಇತರ ಮಸೀದಿಗಳಿಂದ ವಿಶಿಷ್ಟವಾಗಿದೆ.
 ಸಮಾಧಿ ಸಂದರ್ಶನಕ್ಕಾಗಿ ಯಾತ್ರೆ ಹೊರಡಲು ಅನುಮತಿಯಿಲ್ಲ. ಅದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಮಾಧಿಯಾದರೂ ಸಹ. ಮದೀನದಲ್ಲಿರುವವರಿಗೆ ಅಥವಾ ಇತರ ಶಾಸ್ತ್ರೋಕ್ತ ಅಥವಾ ಧರ್ಮಸಮ್ಮತ ಉದ್ದೇಶಕ್ಕಾಗಿ ಅಲ್ಲಿಗೆ ಹೋದವರಿಗೆ ಮಾತ್ರ ಅದಕ್ಕೆ ಅನುಮತಿಯಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/10603</t>
   </si>
   <si>
+    <t>من قال حين يسمع النداء: اللهم رب هذه الدعوة التامة، والصلاة القائمة، آت محمدا الوسيلة والفضيلة، وابعثه مقاما محمودا الذي وعدته، حلت له شفاعتي يوم القيامة</t>
+  </si>
+  <si>
+    <t>ಯಾರು ಅಝಾನ್ ಕೇಳಿದಾಗ, 'ಓ ಅಲ್ಲಾಹ್, ಈ ಪರಿಪೂರ್ಣ ಕರೆಯ ಮತ್ತು ಸಂಸ್ಥಾಪಿಸಲಾದ ನಮಾಝ್‌ನ ಪರಿಪಾಲಕನೇ, ಮುಹಮ್ಮದ್‌ರಿಗೆ ವಸೀಲ (ಸ್ವರ್ಗದಲ್ಲಿ ಒಂದು ಉನ್ನತ ಸ್ಥಾನ) ಮತ್ತು ಫಝೀಲ (ಘನತೆ) ವನ್ನು ನೀಡು. ನೀನು ಅವರಿಗೆ ಭರವಸೆ ನೀಡಿದ ಸ್ತುತ್ಯರ್ಹ ಸ್ಥಾನಕ್ಕೆ (ಮಕಾಮೆ ಮಹ್ಮೂದ್) ಅವರನ್ನು ಕಳುಹಿಸು' ಎಂದು ಪ್ರಾರ್ಥಿಸುತ್ತಾರೋ, ಅವರಿಗೆ ಪುನರುತ್ಥಾನ ದಿನದಂದು ನನ್ನ ಶಿಫಾರಸ್ಸು (ಶಫಾಅತ್) ಖಚಿತವಾಗಿ ದೊರೆಯುತ್ತದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ النِّدَاءَ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ، حَلَّتْ لَهُ شَفَاعَتِي يَوْمَ القِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>ಜಾಬಿರ್ ಬಿನ್ ಅಬ್ದುಲ್ಲಾ  (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಅಝಾನ್ ಕೇಳಿದಾಗ, 'ಓ ಅಲ್ಲಾಹ್, ಈ ಪರಿಪೂರ್ಣ ಕರೆಯ ಮತ್ತು ಸಂಸ್ಥಾಪಿಸಲಾದ ನಮಾಝ್‌ನ ಪರಿಪಾಲಕನೇ, ಮುಹಮ್ಮದ್‌ರಿಗೆ ವಸೀಲ (ಸ್ವರ್ಗದಲ್ಲಿ ಒಂದು ಉನ್ನತ ಸ್ಥಾನ) ಮತ್ತು ಫಝೀಲ (ಘನತೆ) ವನ್ನು ನೀಡು. ನೀನು ಅವರಿಗೆ ಭರವಸೆ ನೀಡಿದ ಸ್ತುತ್ಯರ್ಹ ಸ್ಥಾನಕ್ಕೆ (ಮಕಾಮೆ ಮಹ್ಮೂದ್) ಅವರನ್ನು ಕಳುಹಿಸು' ಎಂದು ಪ್ರಾರ್ಥಿಸುತ್ತಾರೋ, ಅವರಿಗೆ ಪುನರುತ್ಥಾನ ದಿನದಂದು ನನ್ನ ಶಿಫಾರಸ್ಸು (ಶಫಾಅತ್) ಖಚಿತವಾಗಿ ದೊರೆಯುತ್ತದೆ."</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال حين يسمع المؤذِّنَ بعد أنْ ينتهي منه: 
+(اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ)، وهي ألفاظ الأذان التي يُدْعَى بها إلى عبادة الله والصلاة، (التَّامَّةِ) الكاملة، دعوة التوحيد والرسالة، (وَالصَّلاَةِ القَائِمَةِ) الدائمة التي ستقام، (آتِ) وأَعْطِ، (مُحَمَّدًا الوَسِيلَةَ) والمَنْزِلة العَلِيّة في الجنة التي لا تنبغي إلا له صلى الله عليه وسلم، (وَالفَضِيلَةَ) المَرْتَبةَ الزائدةَ على مراتب الخلائق، (وَابْعَثْهُ) وأَعْطِه (مَقَامًا مَحْمُودًا) يُحْمَد القائم فيه؛ وهو الشفاعة العظمى يوم القيامة، (الَّذِي وَعَدْتَهُ) بقولك: {عسى أن يبعثك ربك مقامًا محمودًا} بأن تكون له صلى الله عليه وسلم. 
+فمن دعا هذا الدعاء استحقَّ  ووَجَبتْ له شفاعةُ النبي صلى الله عليه وسلم يوم القيامة.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾರು ಮುಅಝ್ಝಿನ್‌ನ ಅಝಾನ್ ಕೇಳಿ, ಆ ಅಝಾನ್ ಮುಗಿದ ಬಳಿಕ ಈ ರೀತಿ ಹೇಳುತ್ತಾನೋ:
+"ಓ ಅಲ್ಲಾಹ್! ಈ ಕರೆಯ ಮತ್ತು ಸಂಸ್ಥಾಪಿಸಲಾದ ನಮಾಝ್‌ನ ಪರಿಪಾಲಕನೇ!" ಕರೆ ಎಂದರೆ ಅಲ್ಲಾಹನ ಆರಾಧನೆಯ ಕಡೆಗೆ ಮತ್ತು ನಮಾಝ್‌ನ ಕಡೆಗೆ ಕರೆಯಲಾಗುವ ಅಝಾನ್‌ನ ಪದಗಳು. "ಪರಿಪೂರ್ಣವಾದ" ಅಂದರೆ ಏಕದೇವತ್ವ ಮತ್ತು ಪ್ರವಾದಿತ್ವದ ಕರೆ. "ಸಂಸ್ಥಾಪಿಸಲಾದ ನಮಾಝ್" ಅಂದರೆ ಈಗ ಸಂಸ್ಥಾಪಿಸಲ್ಪಡುವ ನಮಾಝ್. "ನೀಡು" ಅಂದರೆ ಕೊಡು. "ಮುಹಮ್ಮದ್‌ರಿಗೆ ವಸೀಲವನ್ನು" ಅಂದರೆ, ಸ್ವರ್ಗದ ಪರಮೋನ್ನತ ಸ್ಥಾನವನ್ನು. ಇದು ಪ್ರವಾದಿಯವರಿಗಲ್ಲದೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇನ್ನಾರಿಗೂ ಯೋಗ್ಯವಲ್ಲದ ಸ್ಥಾನವಾಗಿದೆ. "ಮತ್ತು ಫಝೀಲವನ್ನು" ಅಂದರೆ ಸೃಷ್ಟಿಗಳ ಸ್ಥಾನಮಾನಕ್ಕಿಂತ ಹೆಚ್ಚುವರಿ ಸ್ಥಾನಮಾನವನ್ನು. "ಅವರನ್ನು ಕಳುಹಿಸು" ಅಂದರೆ ಅವರಿಗೆ ದಯಪಾಲಿಸು. "ಸ್ತುತ್ಯರ್ಹ ಸ್ಥಾನಕ್ಕೆ" ಅಂದರೆ, ಆ ಸ್ಥಾನದಲ್ಲಿ ನಿಂತವರು ಪ್ರಶಂಸಿಸಲ್ಪಡುತ್ತಾರೆ. ಅದು ಪುನರುತ್ಥಾನ ದಿನದಂದು ದೊರೆಯುವ ಮಹಾ ಶಿಫಾರಸ್ಸು ಆಗಿದೆ. "ನೀನು ಅವರಿಗೆ ವಾಗ್ದಾನ ಮಾಡಿದ." ಅಂದರೆ ಈ ವಚನದ ಮೂಲಕ: "ನಿಮ್ಮ  ಪರಿಪಾಲಕನು ನಿಮ್ಮನ್ನು ಸ್ತುತ್ಯರ್ಹ ಸ್ಥಾನಕ್ಕೆ ಕಳುಹಿಸಲೂ ಬಹುದು." ಇದು ಪ್ರವಾದಿಯವರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇರುವ ಸ್ಥಾನಮಾನವಾಗಿದೆ.
+ಯಾರು ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಮಾಡುತ್ತಾರೋ ಅವರು ಪುನರುತ್ಥಾನ ದಿನದಂದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶಿಫಾರಸ್ಸಿಗೆ ಅರ್ಹರಾಗುತ್ತಾರೆ ಮತ್ತು ಅದು ಅವರಿಗೆ ಕಡ್ಡಾಯವಾಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>مشروعية هذا الدعاء بعد الفراغ من التَّرْدِيْد خَلْفَ المؤذِّن، ومَن لم يَسمع النِّداء؛ فإنه لا يقوله.
+فضيلة الرسول صلى الله عليه وسلم حيث أُعطي الوَسِيلة والفَضِيلة والمقام المحمود والشفاعة العظمى في الفَصْلِ بين الخلائق.
+إثبات الشَّفاعة للرسول صلى الله عليه وسلم؛ لقوله: "حلَّت له شفاعتي يوم القيامة".
+شفاعته صلى الله عليه وسلم تكون لأهل الكبائر مِن أمته في عدم دخول النار أو مَن دَخَلَها أن يخرج منها، أو في دخول الجنة بغير حساب، أو رفع درجات من دخلها.
+قال الطيبي: من أوله إلى قوله "محمدًا رسول الله" هي الدعوة التامة، والحَيْعَلَة هي الصلاة القائمة في قوله يُقيمون الصلاة، ويحتمل أن يكون المراد بالصلاة الدعاء وبالقائمة الدائمة مِن قام على الشيء إذا داوم عليه، وعلى هذا فقوله "والصلاة القائمة" بيان للدعوة التامة، ويحتمل أن يكون المراد بالصلاة المعهودة المدعو إليها حينئذ وهو أظهر.
+قال المهلب: في الحديث الحض على الدعاء في أوقات الصلوات؛ لأنه حال رجاء الإجابة.</t>
+  </si>
+  <si>
+    <t>ಮುಅಝ್ಝಿನ್‌ ಅಝಾನ್ ನೀಡುವಾಗ ಅದನ್ನು ಪುನರಾವರ್ತಿಸಿದ ಬಳಿಕ ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಮಾಡಬೇಕೆಂದು ಶರಿಯತ್‌ನಲ್ಲಿ ನಿರ್ದೇಶನವಿದೆ. ಯಾರಿಗೆ ಅಝಾನ್ ಕೇಳಿಲ್ಲವೋ ಅವರು ಇದನ್ನು ಹೇಳಬೇಕಾಗಿಲ್ಲ.
+ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶ್ರೇಷ್ಠತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಅವರಿಗೆ ವಸೀಲಾ, ಫಝೀಲಾ, ಮಕಾಮೆ ಮಹಮೂದ್ ಮತ್ತು ಸೃಷ್ಟಿಗಳ ನಡುವೆ ತೀರ್ಪು ನೀಡುವ ದಿನದಂದು ಮಹಾ ಶಿಫಾರಸ್ಸು ಮಾಡುವ ಅಧಿಕಾರವನ್ನು ನೀಡಲಾಗಿದೆ.
+ಪ್ರವಾದಿಯವರಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶಿಫಾರಸ್ಸು ಮಾಡುವ ಅಧಿಕಾರವಿದೆಯೆಂದು ದೃಢೀಕರಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ಅವರು ಹೇಳುತ್ತಾರೆ: "ಅವನಿಗೆ ಪುನರುತ್ಥಾನ ದಿನ ನನ್ನ ಶಿಫಾರಸ್ಸು ಖಚಿತವಾಗಿ ದೊರೆಯುತ್ತದೆ."
+ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶಿಫಾರಸ್ಸು ಅವರ ಸಮುದಾಯದಲ್ಲಿ ಮಹಾಪಾಪ ಮಾಡಿದವರಿಗೆ ನರಕವನ್ನು ಪ್ರವೇಶಿಸದಿರಲು ಅಥವಾ ಪ್ರವೇಶಿಸಿದ್ದರೆ ಅದರಿಂದ ಹೊರತರಲು, ಅಥವಾ ಯಾವುದೇ ವಿಚಾರಣೆಯಿಲ್ಲದೆ ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸಲು, ಅಥವಾ ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸಿದವರಿಗೆ ಅವರ ಸ್ಥಾನಗಳನ್ನು ಹೆಚ್ಚಿಸಲು ಇರುವುದಾಗಿದೆ.
+ತೀಬಿ ಹೇಳಿದರು:  "ಅಝಾನ್‌ನ ಆರಂಭದಿಂದ 'ಮುಹಮ್ಮದುನ್ ರಸೂಲುಲ್ಲಾಹ್' ಎಂಬಲ್ಲಿಯ ತನಕ ಅದು ಪರಿಪೂರ್ಣ ಕರೆಯಾಗಿದೆ. 'ಹಯ್ಯ ಅಲಸ್ಸಲಾ' ಎಂಬುದು "ಅವರು ನಮಾಝ್ ಸಂಸ್ಥಾಪಿಸುತ್ತಾರೆ" ಎಂಬ ಅಲ್ಲಾಹನ ವಚನದಲ್ಲಿ ದೃಢೀಕರಣಗೊಂಡ ನಮಾಝ್ ಆಗಿದೆ. "ನಮಾಝ್" ಎಂದರೆ ಪ್ರಾರ್ಥನೆ ಮತ್ತು "ಸಂಸ್ಥಾಪಿಸಲಾದ" ಎಂದರೆ ಒಬ್ಬ ವ್ಯಕ್ತಿ ಯಾವುದನ್ನಾದರೂ ಶಾಶ್ವತವಾಗಿ ಮಾಡುವುದು ಎಂದು ಅರ್ಥಮಾಡಿಕೊಳ್ಳಬಹುದು. ಇದರ ಆಧಾರದ ಮೇಲೆ "ಮತ್ತು ಸಂಸ್ಥಾಪಿಸಲಾದ ನಮಾಝ್" ಎಂಬ ವಾಕ್ಯವು "ಪರಿಪೂರ್ಣವಾದ ಕರೆ"ಯ ವಿವರಣೆಯಾಗಿದೆ. ಅದೇ ರೀತಿ ಅದು ಆ ನಿರ್ದಿಷ್ಟವಾಗಿ ಕರೆಯಲಾಗುವ ನಮಾಝ್ ಎಂದು ಅರ್ಥಮಾಡಿಕೊಳ್ಳಬಹುದು. ಇದು ಹೆಚ್ಚು ಸ್ಪಷ್ಟವಾಗಿದೆ.
+ಮುಹಲ್ಲಬ್ ಹೇಳಿದರು: "ನಮಾಝ್‌ನ ಸಮಯಗಳಲ್ಲಿ ಪ್ರಾರ್ಥನೆ ಮಾಡಲು ಈ ಹದೀಸಿನಲ್ಲಿ ಪ್ರೋತ್ಸಾಹವಿದೆ. ಏಕೆಂದರೆ ಅದು ಉತ್ತರದ ನಿರೀಕ್ಷೆಯಿರುವ ಸಮಯವಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/10635</t>
+  </si>
+  <si>
+    <t>لا يصلي أحدكم في الثوب الواحد ليس على عاتقيه شيء</t>
+  </si>
+  <si>
+    <t>ನಿಮ್ಮಲ್ಲಿ ಯಾರೂ ಕೂಡ ಒಂದೇ ವಸ್ತ್ರದಲ್ಲಿ ತಮ್ಮ ಭುಜಗಳ ಮೇಲೆ ಏನೂ ಇಲ್ಲದೆ ನಮಾಝ್ ಮಾಡಬಾರದು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ يُصَلِّي أَحَدُكُمْ فِي الثَّوْبِ الوَاحِدِ لَيْسَ عَلَى عَاتِقَيْهِ شَيْءٌ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಮ್ಮಲ್ಲಿ ಯಾರೂ ಕೂಡ ಒಂದೇ ವಸ್ತ್ರದಲ್ಲಿ ತಮ್ಮ ಭುಜಗಳ ಮೇಲೆ ಏನೂ ಇಲ್ಲದೆ ನಮಾಝ್ ಮಾಡಬಾರದು."</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم مَن صلّى في ثوب واحد عن أنْ يُجَرِّدَ عاتقيه ما بين الكتف والعنق بحيث لا يضع عليهما شيئًا يسترهما؛ لأن العاتقين وإن لم يكونا عورة، فإن سترهما أمكن في ستر العورة، وهو أقرب إلى إجلال الله تعالى وتعظيمه أثناء الوقوف بين يديه في الصلاة.</t>
+  </si>
+  <si>
+    <t>ಒಂದೇ ವಸ್ತ್ರದಲ್ಲಿ ನಮಾಝ್ ಮಾಡುವವರು ತಮ್ಮ ಭುಜಗಳನ್ನು ತೆರೆದಿಡುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷೇಧಿಸಿದ್ದಾರೆ. ಅಂದರೆ ಹೆಗಲು ಮತ್ತು ಕುತ್ತಿಗೆಯ ನಡುವಿನ ಭಾಗದ ಮೇಲೆ ಅವುಗಳನ್ನು ಮುಚ್ಚುವಂತಹ ಏನನ್ನೂ ಹಾಕದೆ ಇರುವುದನ್ನು. ಏಕೆಂದರೆ ಭುಜಗಳು ಔರತ್ (ಮುಚ್ಚಬೇಕಾದ ಖಾಸಗಿ ಭಾಗ) ಅಲ್ಲದಿದ್ದರೂ, ಅವುಗಳನ್ನು ಮುಚ್ಚುವುದು ಔರತ್ ಅನ್ನು ಮುಚ್ಚುವಲ್ಲಿ ಹೆಚ್ಚು ಪರಿಪೂರ್ಣವಾಗಿದೆ. ಇದು ನಮಾಝ್‌ನಲ್ಲಿ ಅಲ್ಲಾಹನ ಮುಂದೆ ನಿಲ್ಲುವಾಗ ಅವನನ್ನು ಮಹಿಮೆಪಡಿಸಲು ಮತ್ತು ಅವನಿಗೆ ಗೌರವವನ್ನು ಸಲ್ಲಿಸಲು ಹೆಚ್ಚು ಹತ್ತಿರವಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>جواز الصلاة في الثوب الواحد إذا ستر ما يجب ستره.
+جواز الصلاة في ثوبين، أحدهما يستر أعلى الجسم، والآخر يستر أسفله.
+استحباب كون المُصلِّي على هيئة حسنة.
+وجوب سَتر العَاتِقَين أو أحدهما في الصلاة، إذا أمْكَنه ذلك، وقيل النهي للتنزيه.
+قِلّة ما في أيدي الصحابة رضي الله عنهم من المال، حتى إن بعضهم لا يملك ثَوبين.
+قال النووي في معنى الحديث: حكمته أنه إذا ائتزر به ولم يكن على عاتقه منه شيء لم يؤمن أن تنكشف عورته، بخلاف ما إذا جعل بعضه على عاتقه، ولأنه قد يحتاج إلى إمساكه بيده أو يديه فيشغل بذلك، وتفوته سنة وضع اليد اليمنى على اليسرى تحت صدره، ورفعهما حيث شرع الرفع، وغير ذلك، لأن فيه ترك ستر أعلى البدن وموضع الزينة، وقد قال الله تعالى: { خُذُوا ‌زِينَتَكُمْ عِنْدَ كُلِّ مَسْجِدٍ } [الأعراف: 31].</t>
+  </si>
+  <si>
+    <t>ಒಬ್ಬನು ಮುಚ್ಚಬೇಕಾದ್ದನ್ನು ಮುಚ್ಚಿ ಒಂದೇ ವಸ್ತ್ರದಲ್ಲಿ ನಮಾಝ್ ಮಾಡುವುದನ್ನು ಅನುಮತಿಸಲಾಗಿದೆ.
+ಎರಡು ವಸ್ತ್ರಗಳಲ್ಲಿ ನಮಾಝ್ ಮಾಡುವುದನ್ನು ಕೂಡ ಅನುಮತಿಸಲಾಗಿದೆ. ಅಂದರೆ, ಒಂದು ದೇಹದ ಮೇಲ್ಭಾಗವನ್ನು ಮುಚ್ಚುವಂತದ್ದು, ಮತ್ತು ಇನ್ನೊಂದು ಕೆಳಭಾಗವನ್ನು ಮುಚ್ಚುವಂತದ್ದು.
+ನಮಾಝ್ ಮಾಡುವವರು ಸುಂದರವಾಗಿ ಕಾಣುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ನಮಾಝ್ ಮಾಡುವಾಗ ಭುಜಗಳನ್ನು ಅಥವಾ ಅವುಗಳಲ್ಲಿ ಒಂದನ್ನು ಮುಚ್ಚುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಸಾಧ್ಯವಾದರೆ ಮಾತ್ರ. ಕೆಲವು ವಿದ್ವಾಂಸರು ಹೇಳುವಂತೆ ನಿಷೇಧವಿರುವುದು ಕೇವಲ ಅಸಹ್ಯತೆಯನ್ನು ನಿವಾರಿಸುವುದಕ್ಕೆ ಮಾತ್ರ (ಕಟ್ಟುನಿಟ್ಟಾದ ನಿಷೇಧವಲ್ಲ).
+ಸಹಾಬಾಗಳ (ಅಲ್ಲಾಹು ಅವರೆಲ್ಲರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಕೈಯಲ್ಲಿ ಕಡಿಮೆ ಹಣವಿತ್ತು, ಎಷ್ಟೆಂದರೆ ಅವರಲ್ಲಿ ಕೆಲವರು ಎರಡು ವಸ್ತ್ರಗಳನ್ನು ಹೊಂದಿರಲಿಲ್ಲ.
+ಈ ಹದೀಸನ್ನು ವಿವರಿಸುತ್ತಾ ನವವಿ ಹೇಳಿದರು: "ಈ ನಿಷೇಧದಲ್ಲಿರುವ ವಿವೇಕವೇನೆಂದರೆ, ಒಬ್ಬ ವ್ಯಕ್ತಿಯು ವಸ್ತ್ರವನ್ನು ಸೊಂಟಕ್ಕೆ ಸುತ್ತಿಕೊಂಡರೆ ಮತ್ತು ಭುಜಗಳ ಮೇಲೆ ಅದರ ಒಂದು ಭಾಗವು ಇಲ್ಲದಿದ್ದರೆ, ಅವನ ಔರತ್ (ಮುಚ್ಚಬೇಕಾದ ಖಾಸಗಿ ಭಾಗಗಳು) ಬಹಿರಂಗಗೊಳ್ಳುವ ಅಪಾಯವಿದೆ. ಭುಜದ ಮೇಲೆ ಅದರ ಒಂದು ಭಾಗವನ್ನು ಹಾಕಿದರೆ ಆ ಅಪಾಯವಿರುವುದಿಲ್ಲ. ಮಾತ್ರವಲ್ಲ, ಅವನು ಅದನ್ನು ತನ್ನ ಕೈಯಿಂದ ಅಥವಾ ಕೈಗಳಿಂದ ಹಿಡಿದಿಟ್ಟುಕೊಳ್ಳಬೇಕಾಗಬಹುದು ಮತ್ತು ಅದರಲ್ಲಿ ನಿರತನಾಗಿಬಿಡಬಹುದು. ಇದರಿಂದ ಅವನಿಗೆ ತನ್ನ ಬಲಗೈಯನ್ನು ಎಡಗೈಯ ಮೇಲೆ ಎದೆಯ ಕೆಳಗೆ ಇಟ್ಟುಕೊಳ್ಳುವ ಸುನ್ನತ್, ಎಲ್ಲೆಲ್ಲಿ ಕೈ ಎತ್ತಬೇಕೋ ಅಲ್ಲಿ ಕೈ ಎತ್ತುವ ಸುನ್ನತ್ ಹಾಗೂ ಇತರ ಸುನ್ನತ್‌ಗಳು ನಷ್ಟವಾಗಬಹುದು. ಅಷ್ಟೇ ಅಲ್ಲದೆ, ಇದರಿಂದ ದೇಹದ ಮೇಲ್ಭಾಗ ಮತ್ತು ಅಲಂಕಾರದ ಸ್ಥಳವನ್ನು ಮುಚ್ಚದೆ ಬಿಡುವ ಸಂಭವವಿದೆ. ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: "ಪ್ರತಿ ಮಸೀದಿಗಳಲ್ಲಿಯೂ ನಿಮ್ಮ ಅಲಂಕಾರವನ್ನು ಸ್ವೀಕರಿಸಿಕೊಳ್ಳಿ." [ಅಅ್‌ರಾಫ್:31]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/10639</t>
+  </si>
+  <si>
     <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>ಸಮಾಧಿಗಳ ಮೇಲೆ ಕೂರಬೇಡಿ ಮತ್ತು ಅವುಗಳ ಕಡೆಗೆ ನಮಾಝ್ ಮಾಡಬೇಡಿ</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>ಅಬೂ ಮರ್ಸದ್ ಗನವಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಸಮಾಧಿಗಳ ಮೇಲೆ ಕೂರಬೇಡಿ ಮತ್ತು ಅವುಗಳ ಕಡೆಗೆ ನಮಾಝ್ ಮಾಡಬೇಡಿ."</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>ಸಮಾಧಿಗಳ ಮೇಲೆ ಕೂರುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿರೋಧಿಸಿದ್ದಾರೆ.
 ಅದೇ ರೀತಿ, ಸಮಾಧಿಗಳ ಕಡೆಗೆ ನಮಾಝ್ ಮಾಡುವುದನ್ನೂ ವಿರೋಧಿಸಿದ್ದಾರೆ. ಅಂದರೆ ಸಮಾಧಿಯು ಕಿಬ್ಲದ ದಿಕ್ಕಿನಲ್ಲಿರುವ ಸ್ಥಿತಿಯಲ್ಲಿ ಅದರ ಹಿಂದೆ ನಮಾಝ್ ಮಾಡುವುದು. ಏಕೆಂದರೆ ಇದು ಬಹುದೇವಾರಾಧನೆಗೆ ಕಾರಣವಾಗುತ್ತದೆ.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
@@ -14260,77 +16647,143 @@
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ನಮಾಝ್ ಮಾಡುವಾಗ ದೇಹದ ಏಳು ಅಂಗಗಳ ಮೇಲೆ ಸಾಷ್ಟಾಂಗ ಮಾಡಲು ಅಲ್ಲಾಹು ಅವರಿಗೆ ಆಜ್ಞಾಪಿಸಿದ್ದಾನೆ. ಅವು:
 ಮೊದಲನೆಯದು: ಹಣೆ. ಅಂದರೆ ಮೂಗು ಮತ್ತು ಕಣ್ಣುಗಳ ಮೇಲ್ಭಾಗದಲ್ಲಿರುವ ಮುಖದ ಭಾಗ. ಆ ಏಳು ಅಂಗಗಳಲ್ಲಿ ಹಣೆ ಮತ್ತು ಮೂಗು ಒಂದೇ ಅಂಗವೆಂದು ತಿಳಿಸಲು ಮತ್ತು ಸಾಷ್ಟಾಂಗವೆರಗುವ ವ್ಯಕ್ತಿಯು ಎರಡರಿಂದಲೂ ನೆಲವನ್ನು ಸ್ಪರ್ಶಿಸಬೇಕೆಂದು ಒತ್ತಿಹೇಳಲು, ಅವರು ತಮ್ಮ ಕೈಯಿಂದ ಮೂಗಿನ ಕಡೆಗೆ ತೋರಿಸಿದರು.
 ಎರಡನೇ ಮತ್ತು ಮೂರನೇ ಅಂಗ: ಎರಡು ಕೈಗಳು.
 ನಾಲ್ಕನೇ ಮತ್ತು ಐದನೇ ಅಂಗ: ಎರಡು ಮೊಣಕಾಲುಗಳು.
 ಆರನೇ ಮತ್ತು ಏಳನೇ ಅಂಗ: ಪಾದಗಳ ಬೆರಳುಗಳು.
 ಮಾತ್ರವಲ್ಲದೆ, ಸಾಷ್ಟಾಂಗ ಮಾಡುವಾಗ ನಮ್ಮ ಕೂದಲು ಅಥವಾ ಬಟ್ಟೆಗಳು ಕೆಳಗೆ ಜೋತು ಬೀಳದಂತೆ ಅವುಗಳನ್ನು ಕಟ್ಟುವುದು ಅಥವಾ ಮಡಚುವುದು ಮಾಡಬಾರದೆಂದು ನಮಗೆ ಆಜ್ಞಾಪಿಸಲಾಗಿದೆ. ಬದಲಿಗೆ, ಇತರ ಅಂಗಗಳೊಂದಿಗೆ ಅವು ಕೂಡ ಸಾಷ್ಟಾಂಗ ಮಾಡುವಂತಾಗಲು ಅವುಗಳನ್ನು ನೆಲಕ್ಕೆ ಬೀಳುವಂತೆ ಬಿಟ್ಟು ಬಿಡಬೇಕು.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>ನಮಾಝ್‌ನಲ್ಲಿ ಏಳು ಅಂಗಗಳ ಮೇಲೆ ಸುಜೂದ್ ಮಾಡುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
 ನಮಾಝ್‌ನಲ್ಲಿ ಬಟ್ಟೆ ಹಾಗೂ ಕೂದಲನ್ನು ಕಟ್ಟುವುದು ಅಥವಾ ಮಡಚುವುದನ್ನು ಅಸಹ್ಯಪಡಲಾಗಿದೆ.
 ನಮಾಝ್ ಮಾಡುವಾಗ ತಟಸ್ಥತೆಯನ್ನು ಪಾಲಿಸುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಅದು ಹೇಗೆಂದರೆ, ಸಾಷ್ಟಾಂಗದ ಏಳು ಅಂಗಗಳನ್ನು ನೆಲದ ಮೇಲಿಟ್ಟು, ಝಿಕ್ರ್ (ಸ್ಮರಣೆ) ಗಳೆಲ್ಲವನ್ನೂ ಪಠಿಸುವ ತನಕ ಹಾಗೆಯೇ ತಟಸ್ಥವಾಗಿರುವುದು.
 ಕೂದಲನ್ನು ಕಟ್ಟಬಾರದೆಂಬ ಆಜ್ಞೆಯು ವಿಶೇಷವಾಗಿ ಪುರುಷರಿಗೆ ಮಾತ್ರ ಅನ್ವಯವಾಗುತ್ತದೆ. ಮಹಿಳೆಯರು ನಮಾಝ್ ಮಾಡುವಾಗ ಕೂದಲನ್ನು ಸಂಪೂರ್ಣವಾಗಿ ಮುಚ್ಚಬೇಕಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/10925</t>
   </si>
   <si>
+    <t>إذا سجدت، فضع كفيك وارفع مرفقيك</t>
+  </si>
+  <si>
+    <t>ನೀವು ಸಜ್ದಾ (ಸಾಷ್ಟಾಂಗ) ಮಾಡುವಾಗ, ನಿಮ್ಮ ಅಂಗೈಗಳನ್ನು ನೆಲದ ಮೇಲೆ ಇರಿಸಿ ಮತ್ತು ನಿಮ್ಮ ಮೊಣಕೈಗಳನ್ನು ಎತ್ತಿಕೊಳ್ಳಿ</t>
+  </si>
+  <si>
+    <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ».</t>
+  </si>
+  <si>
+    <t>ಬರಾಅ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನೀವು ಸಜ್ದಾ (ಸಾಷ್ಟಾಂಗ) ಮಾಡುವಾಗ, ನಿಮ್ಮ ಅಂಗೈಗಳನ್ನು ನೆಲದ ಮೇಲೆ ಇರಿಸಿ ಮತ್ತು ನಿಮ್ಮ ಮೊಣಕೈಗಳನ್ನು ಎತ್ತಿಕೊಳ್ಳಿ."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم حالةَ اليدين في سجود الصلاة، وذلك بأن يُمَكِّنَ الكفَّين من الأرض ويضعها مضمومة الأصابع في اتجاه القبلة، ويكون المرفقان -مفصل الذراع والعضد- مُرتَفعَين عن ملامسة الأرض ومُفرجين عن الجنبين.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ನಮಾಝ್ ಮಾಡುವಾಗ ಸಜ್ದಾದಲ್ಲಿ ಕೈಗಳು ಹೇಗಿರಬೇಕೆಂದು ವಿವರಿಸುತ್ತಿದ್ದಾರೆ. ಅದು ಹೇಗೆಂದರೆ, ಅಂಗೈಗಳನ್ನು ನೆಲದ ಮೇಲೆ ದೃಢವಾಗಿ ಇಡಬೇಕು ಮತ್ತು ಬೆರಳುಗಳನ್ನು ಮುಚ್ಚಿಕೊಂಡು ಕಿಬ್ಲಾದ ದಿಕ್ಕಿಗೆ ಇಡಬೇಕು. ಮೊಣಕೈಗಳು - ತೋಳು ಮತ್ತು ಮೇಲ್ಬಾಹುವಿನ ಜೋಡಣೆ - ನೆಲವನ್ನು ಮುಟ್ಟದಂತೆ ಎತ್ತಿಕೊಂಡಿರಬೇಕು ಮತ್ತು ಪಕ್ಕೆಲುಬುಗಳಿಂದ ದೂರವಿರಬೇಕು.</t>
+  </si>
+  <si>
+    <t>الواجب على المصلِّي أن يَضع كفَّيه على الأرض، والكفان عُضوان من أعضاء السُّجود السَّبعة.
+استحباب رفع الذِّراعين عن الأرض، وكراهة افتراشهما كما يَفترش السَّبع ذِراعيه.
+مشروعية إظهار النَّشاط والقوَّة والرَّغبة في العَبادة.
+المُصلِّي إذا اعتمد على جميع أعضاء السُّجود، أخذ كلُّ عُضوٍ حقَّه من العبادة.</t>
+  </si>
+  <si>
+    <t>ನಮಾಝ್ ಮಾಡುವವರು ತಮ್ಮ ಅಂಗೈಗಳನ್ನು ನೆಲದ ಮೇಲೆ ಇಡುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಎರಡು ಅಂಗೈಗಳು ಸಜ್ದಾದ (ಸಾಷ್ಟಾಂಗದ) ಏಳು ಅಂಗಗಳಲ್ಲಿ ಒಳಪಡುತ್ತವೆ.
+ಮೊಣಕೈಗಳನ್ನು ನೆಲದಿಂದ ಎತ್ತಿಕೊಳ್ಳುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಮೃಗವು ತನ್ನ ತೋಳುಗಳನ್ನು ನೆಲದಲ್ಲಿ ಚಾಚುವಂತೆ ಅವುಗಳನ್ನು ಚಾಚುವುದು ಕರಾಹತ್ (ಅಸಹ್ಯಕರ) ಆಗಿದೆ.
+ನಮಾಝ್‌ನಲ್ಲಿ ಹುರುಪು, ಶಕ್ತಿ ಮತ್ತು ಆಸಕ್ತಿಯನ್ನು ಪ್ರಕಟಿಸುವುದು ಧಾರ್ಮಿಕ ನಿಯಮವಾಗಿದೆ.
+ನಮಾಝ್ ಮಾಡುವವನು ಸಜ್ದಾದ (ಸಾಷ್ಟಾಂಗದ) ಎಲ್ಲಾ ಅಂಗಗಳ ಮೇಲೆ ಆತುಕೊಂಡರೆ, ಪ್ರತಿ ಅಂಗವು ಅದರ ಆರಾಧನೆಯ ಹಕ್ಕನ್ನು ಪಡೆಯುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/10927</t>
+  </si>
+  <si>
     <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎರಡು ಸುಜೂದ್‌ಗಳ ಮಧ್ಯೆ "ಅಲ್ಲಾಹುಮ್ಮಗ್ಫಿರ್ ಲೀ, ವರ್‌ಹಮ್‌ನೀ, ವಆಫಿನೀ, ವಹ್ದಿನೀ, ವರ್‌ಝುಕ್‌ನೀ" (ಓ ಅಲ್ಲಾಹ್! ನನ್ನನ್ನು ಕ್ಷಮಿಸು, ನನಗೆ ದಯೆತೋರು, ನನಗೆ ಸೌಖ್ಯವನ್ನು ನೀಡು, ನನಗೆ ಸನ್ಮಾರ್ಗವನ್ನು ತೋರಿಸು ಮತ್ತು ನನಗೆ ಜೀವನೋಪಾಯವನ್ನು ದಯಪಾಲಿಸು) ಎಂದು ಹೇಳುತ್ತಿದ್ದರು</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎರಡು ಸುಜೂದ್‌ಗಳ ಮಧ್ಯೆ "ಅಲ್ಲಾಹುಮ್ಮಗ್ಫಿರ್ ಲೀ, ವರ್‌ಹಮ್‌ನೀ, ವಆಫಿನೀ, ವಹ್ದಿನೀ, ವರ್‌ಝುಕ್‌ನೀ" (ಓ ಅಲ್ಲಾಹ್! ನನ್ನನ್ನು ಕ್ಷಮಿಸು, ನನಗೆ ದಯೆತೋರು, ನನಗೆ ಸೌಖ್ಯವನ್ನು ನೀಡು, ನನಗೆ ಸನ್ಮಾರ್ಗವನ್ನು ತೋರಿಸು ಮತ್ತು ನನಗೆ ಜೀವನೋಪಾಯವನ್ನು ದಯಪಾಲಿಸು) ಎಂದು ಹೇಳುತ್ತಿದ್ದರು.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಾಝ್‌ನಲ್ಲಿ ಎರಡು ಸುಜೂದ್‌ಗಳ ಮಧ್ಯೆ ಮುಸಲ್ಮಾನನಿಗೆ ಅತ್ಯಂತ ಅಗತ್ಯವಿರುವ ಮತ್ತು ಇಹಲೋಕ ಹಾಗೂ ಪರಲೋಕದ ಎಲ್ಲಾ ಒಳಿತುಗಳನ್ನು ಒಳಗೊಂಡಿರುವ ಈ ಐದು ಪ್ರಾರ್ಥನೆಗಳನ್ನು ಪ್ರಾರ್ಥಿಸುತ್ತಿದರು. ಈ ಪ್ರಾರ್ಥನೆಯು ಕ್ಷಮೆಯಾಚನೆ, ಪಾಪಗಳನ್ನು ಮನ್ನಿಸುವುದು, ದಯೆ ತೋರುವುದು, ಸಂಶಯಗಳು, ಮೋಹಗಳು, ಕಾಯಿಲೆಗಳು ಮತ್ತು ರೋಗಗಳಿಂದ ಸೌಖ್ಯವನ್ನು ಪಡೆಯುವುದು, ಸನ್ಮಾರ್ಗ ಮತ್ತು ಸತ್ಯ ಮಾರ್ಗವನ್ನು ತೋರಿಸಿಕೊಡಲು ಪ್ರಾರ್ಥಿಸುವುದು ಮತ್ತು ಆ ಮಾರ್ಗದಲ್ಲಿ ದೃಢವಾಗಿ ನಿಲ್ಲುವುದು, ಸತ್ಯವಿಶ್ವಾಸ, ಜ್ಞಾನ, ಸತ್ಕರ್ಮ ಮತ್ತು ಧರ್ಮಸಮ್ಮತ ಹಾಗೂ ಶುದ್ಧವಾದ ರೀತಿಯಲ್ಲಿ ಹಣವನ್ನು ಸಂಪಾದಿಸುವುದು ಮುಂತಾದ ಎಲ್ಲವನ್ನೂ ಒಳಗೊಂಡಿದೆ.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>ಎರಡು ಸುಜೂದ್‌ಗಳ ಮಧ್ಯೆ ಕುಳಿತುಕೊಳ್ಳುವಾಗ ಈ ಪ್ರಾರ್ಥನೆಯನ್ನು ಪ್ರಾರ್ಥಿಸಬೇಕೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಇಹಲೋಕ ಹಾಗೂ ಪರಲೋಕದ ಎಲ್ಲಾ ಒಳಿತುಗಳನ್ನು ಒಳಗೊಂಡಿರುವ ಈ ಪ್ರಾರ್ಥನೆಗಳ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಈ ಹದೀಸ್ ವಿವರಿಸುತ್ತದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/10930</t>
+  </si>
+  <si>
+    <t>صليت مع النبي صلى الله عليه وسلم، فكان يسلم عن يمينه: السلام عليكم ورحمة الله وبركاته، وعن شماله: السلام عليكم ورحمة الله</t>
+  </si>
+  <si>
+    <t>ನಾನು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಜೊತೆ ನಮಾಝ್ ಮಾಡಿದೆ. ಅವರು ತಮ್ಮ ಬಲಗಡೆಗೆ ತಿರುಗಿ 'ಅಸ್ಸಲಾಮು ಅಲೈಕುಮ್ ವರಹ್ಮತುಲ್ಲಾಹಿ ವಬರಕಾತುಹು' ಎಂದು ಸಲಾಂ ಹೇಳುತ್ತಿದ್ದರು, ಮತ್ತು ತಮ್ಮ ಎಡಗಡೆಗೆ ತಿರುಗಿ 'ಅಸ್ಸಲಾಮು ಅಲೈಕುಮ್ ವರಹ್ಮತುಲ್ಲಾಹ್' ಎಂದು ಸಲಾಂ ಹೇಳುತ್ತಿದ್ದರು</t>
+  </si>
+  <si>
+    <t>عَنْ وَائِل بن حُجرٍ رضي الله عنه قَالَ: صَلَّيْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَانَ يُسَلِّمُ عَنْ يَمِينِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ»، وَعَنْ شِمَالِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>ವಾಯಿಲ್ ಬಿನ್ ಹುಜ್ರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: "ನಾನು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಜೊತೆ ನಮಾಝ್ ಮಾಡಿದೆ. ಅವರು ತಮ್ಮ ಬಲಗಡೆಗೆ ತಿರುಗಿ 'ಅಸ್ಸಲಾಮು ಅಲೈಕುಮ್ ವರಹ್ಮತುಲ್ಲಾಹಿ ವಬರಕಾತುಹು' ಎಂದು ಸಲಾಂ ಹೇಳುತ್ತಿದ್ದರು, ಮತ್ತು ತಮ್ಮ ಎಡಗಡೆಗೆ ತಿರುಗಿ 'ಅಸ್ಸಲಾಮು ಅಲೈಕುಮ್ ವರಹ್ಮತುಲ್ಲಾಹ್' ಎಂದು ಸಲಾಂ ಹೇಳುತ್ತಿದ್ದರು."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا أراد أنْ يَنصَرِفَ من صلاته سلَّم عن يمينه وشماله بأن يلتفت بوجهه للجهة اليمنى، مع قوله: (السلام عليكم ورحمة الله وبركاته)، ويسلِّم عن شماله، بأن يلتفت بوجهه للجهة اليسرى، مع قوله: (السلام عليكم ورحمة الله).</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ನಮಾಝಿನಿಂದ ಹೊರಬರಲು ಬಯಸಿದಾಗ, ತಮ್ಮ ಬಲ ಮತ್ತು ಎಡಗಡೆಗೆ ತಿರುಗಿ ಸಲಾಂ ಹೇಳುತ್ತಿದ್ದರು. ಅಂದರೆ, ಅವರು ತಮ್ಮ ಮುಖವನ್ನು ಬಲಗಡೆಗೆ ತಿರುಗಿಸಿ, "ಅಸ್ಸಲಾಮು ಅಲೈಕುಮ್ ವರಹ್ಮತುಲ್ಲಾಹಿ ವಬರಕಾತುಹು" ಎಂದು ಹೇಳುತ್ತಿದ್ದರು. ಹಾಗೆಯೇ ಅವರು ತಮ್ಮ ಎಡಗಡೆಗೆ ಸಲಾಂ ಹೇಳುತ್ತಿದ್ದರು. ಅಂದರೆ, ಅವರು ತಮ್ಮ ಮುಖವನ್ನು ಎಡಗಡೆಗೆ ತಿರುಗಿಸಿ, "ಅಸ್ಸಲಾಮು ಅಲೈಕುಮ್ ವರಹ್ಮತುಲ್ಲಾಹ್" ಎಂದು ಹೇಳುತ್ತಿದ್ದರು.</t>
+  </si>
+  <si>
+    <t>مشروعية التسليمتين من الصلاة، وأنها من أركانها.
+استحباب الإتيان بزيادة قول: (وبركاته)، في بعض الأحيان؛ لأن النبي صلى الله عليه وسلم لم يكن يُدَاوِم عليها.
+النطق بالتسليمتين في الصلاة ركن واجب، وأما فعل الالتفات أثناء النطق بهما مستحب.
+ينبغي أن يكون قول: (السلام عليكم ورحمة الله) أثناء فعل الالتفات لا قبله ولا بعده.</t>
+  </si>
+  <si>
+    <t>ನಮಾಝಿನಿಂದ ಹೊರಬರುವಾಗ ಎರಡು ಸಲಾಂ ಹೇಳುವುದು ಧಾರ್ಮಿಕ ನಿಯಮವಾಗಿದೆ, ಮತ್ತು ಅದು ನಮಾಝಿನ ಸ್ತಂಭಗಳಲ್ಲಿ (ಅರ್ಕಾನ್) ಒಂದಾಗಿದೆ.
+ಕೆಲವೊಮ್ಮೆ 'ವಬರಕಾತುಹು' ಪದವನ್ನು ಹೆಚ್ಚುವರಿಯಾಗಿ ಹೇಳುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಏಕೆಂದರೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇದನ್ನು (ಈ ಹದೀಸಿನಲ್ಲಿ ಹೇಳಿರುವಂತೆ) ಯಾವಾಗಲೂ ನಿರ್ವಹಿಸುತ್ತಿರಲಿಲ್ಲ.
+ನಮಾಝಿನಲ್ಲಿ ಎರಡು ಸಲಾಂಗಳನ್ನು ಹೇಳುವುದು ಕಡ್ಡಾಯವಾದ ಸ್ತಂಭವಾಗಿದೆ. ಆದರೆ ಅವುಗಳನ್ನು ಹೇಳುವಾಗ ತಿರುಗುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+"ಅಸ್ಸಲಾಮು ಅಲೈಕುಮ್ ವರಹ್ಮತುಲ್ಲಾಹ್" ಎಂದು ಹೇಳುವುದು ತಿರುಗುವ ಸಮಯದಲ್ಲಾಗಿರಬೇಕು. ಅದಕ್ಕೆ ಮೊದಲು ಅಥವಾ ನಂತರ ಆಗಿರಬಾರದು.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/10945</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹುಮ್ಮ ಅನ್ತ ಸ್ಸಲಾಂ, ವಮಿನ್ಕ ಸ್ಸಲಾಂ, ತಬಾರಕ್ತ ದಲ್ ಜಲಾಲಿ ವಲ್ ಇಕ್ರಾಮ್</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>ಸೌಬಾನ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಾಝ್ ಮುಗಿಸಿದರೆ ಮೂರು ಬಾರಿ ಇಸ್ತಿಗ್ಫಾರ್ (ಕ್ಷಮೆಯಾಚನೆ) ಮಾಡುತ್ತಿದ್ದರು. ನಂತರ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದರು: "ಅಲ್ಲಾಹುಮ್ಮ ಅನ್ತ ಸ್ಸಲಾಂ, ವಮಿನ್ಕ ಸ್ಸಲಾಂ, ತಬಾರಕ್ತ ದಲ್ ಜಲಾಲಿ ವಲ್ ಇಕ್ರಾಮ್" (ಓ ಅಲ್ಲಾಹ್! ನೀನು ಅಸ್ಸಲಾಂ (ಶಾಂತಿ) ಮತ್ತು ನಿನ್ನಿಂದಲೇ ಶಾಂತಿ. ಓ ಮಹಿಮೆ ಪ್ರತಿಷ್ಠೆಗಳನ್ನು ಹೊಂದಿರುವವನೇ! ನೀನು ಅನುಗ್ರಹಪೂರ್ಣನಾಗಿರುವೆ.” (ವರದಿಗಾರರಲ್ಲಿ ಒಬ್ಬರಾದ) ವಲೀದ್ ಹೇಳುತ್ತಾರೆ: ನಾನು ಔಝಾಈರೊಡನೆ ಕೇಳಿದೆ: "ನಾನು ಕ್ಷಮೆಯಾಚನೆ ಮಾಡುವುದು ಹೇಗೆ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಅಸ್ತಗ್ಫಿರುಲ್ಲಾಹ್, ಅಸ್ತಗ್ಫಿರುಲ್ಲಾಹ್ ಎಂದು ಹೇಳುವುದು."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಾಝ್ ಮುಗಿಸಿದರೆ ಮೂರು ಬಾರಿ ಅಸ್ತಗ್ಫಿರುಲ್ಲಾಹ್ (ನಾನು ಅಲ್ಲಾಹನಲ್ಲಿ ಕ್ಷಮೆಯಾಚಿಸುತ್ತೇನೆ) ಎಂದು ಹೇಳುತ್ತಿದ್ದರು.
 ನಂತರ ತನ್ನ ಪರಿಪಾಲಕನನ್ನು (ಅಲ್ಲಾಹನನ್ನು) ಮಹಿಮೆಪಡಿಸುತ್ತಾ ಹೀಗೆ ಹೇಳುತ್ತಿದ್ದರು: "ಅಲ್ಲಾಹುಮ್ಮ ಅನ್ತ ಸ್ಸಲಾಂ, ವಮಿನ್ಕ ಸ್ಸಲಾಂ, ತಬಾರಕ್ತ ದಲ್ ಜಲಾಲಿ ವಲ್ ಇಕ್ರಾಮ್" (ಓ ಅಲ್ಲಾಹ್! ನೀನು ಅಸ್ಸಲಾಂ (ಶಾಂತಿ) ಮತ್ತು ನಿನ್ನಿಂದಲೇ ಶಾಂತಿ. ಓ ಮಹಿಮೆ ಪ್ರತಿಷ್ಠೆಗಳನ್ನು ಹೊಂದಿರುವವನೇ! ನೀನು ಅನುಗ್ರಹಪೂರ್ಣನಾಗಿರುವೆ.” ಅಲ್ಲಾಹು ಅವನ ಗುಣಲಕ್ಷಣಗಳ ವಿಷಯದಲ್ಲಿ ಸುರಕ್ಷಿತನು ಮತ್ತು ಪರಿಪೂರ್ಣನು. ಅವನಿಗೆ ಯಾವುದೇ ಕುಂದು-ಕೊರತೆಗಳು ಅಥವಾ ಅಪೂರ್ಣತೆಗಳಿಲ್ಲ. ಅದೇ ರೀತಿ, ಈ ಪ್ರಾರ್ಥನೆಯಲ್ಲಿ ಇಹಲೋಕದ ಮತ್ತು ಪರಲೋಕದ ಎಲ್ಲಾ ಕೆಡುಕುಗಳಿಂದ ಅಲ್ಲಾಹನಲ್ಲಿ ಮಾತ್ರ ಪ್ರಾರ್ಥಿಸಲಾಗುತ್ತದೆ. ಪರಮ ಪರಿಶುದ್ಧನಾದ ಅವನ ಒಳಿತುಗಳು ಇಹಲೋಕದಲ್ಲೂ ಪರಲೋಕದಲ್ಲೂ ಅತ್ಯಧಿಕವಾಗಿವೆ. ಅವನು ಮಹಿಮೆ ಮತ್ತು ಒಳಿತುಗಳ ಒಡೆಯನಾಗಿದ್ದಾನೆ.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
@@ -14396,80 +16849,168 @@
   <si>
     <t>ಅಬೂ ಉಮಾಮ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಎಲ್ಲಾ ಕಡ್ಡಾಯ ನಮಾಝ್‌ಗಳ ನಂತರ ಆಯತುಲ್-ಕುರ್ಸಿ ಪಠಿಸುತ್ತಾರೋ, ಅವರನ್ನು ಸಾವಿನ ಹೊರತು ಬೇರೇನೂ ಸ್ವರ್ಗ ಪ್ರವೇಶಿಸದಂತೆ ತಡೆಯುವುದಿಲ್ಲ."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾರು ಎಲ್ಲಾ ಕಡ್ಡಾಯ ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸಿದ ಬಳಿಕ ಆಯತುಲ್-ಕುರ್ಸಿ ಪಠಿಸುತ್ತಾರೋ ಅವರನ್ನು ಸಾವಿನ ಹೊರತು ಬೇರೇನೂ ಸ್ವರ್ಗ ಪ್ರವೇಶಿಸದಂತೆ ತಡೆಯುವುದಿಲ್ಲ. ಅದು ಸೂರ ಬಕರದಲ್ಲಿರುವ ಅಲ್ಲಾಹನ ಈ ವಚನ: "ಅಲ್ಲಾಹು! ಅವನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ದೇವರಿಲ್ಲ. ಅವನು ನಿರಂತರ ಜೀವಿಸುವವನು ಮತ್ತು ಎಲ್ಲರನ್ನೂ ಸಂರಕ್ಷಿಸಿ ನಿಯಂತ್ರಿಸುವವನಾಗಿದ್ದಾನೆ. ತೂಕಡಿಕೆ ಅಥವಾ ನಿದ್ದೆ ಅವನನ್ನು ವಶಪಡಿಸುವುದಿಲ್ಲ. ಭೂಮ್ಯಾಕಾಶಗಳಲ್ಲಿರುವ ಎಲ್ಲವೂ ಅವನಿಗೆ ಸೇರಿದ್ದು. ಅವನ ಅಪ್ಪಣೆಯಿಲ್ಲದೆ ಅವನ ಬಳಿ ಶಿಫಾರಸು ಮಾಡುವವನು ಯಾರು? ಅವರ ಮುಂದಿರುವುದನ್ನು ಮತ್ತು ಅವರ ಹಿಂದಿರುವುದನ್ನು ಅವನು ತಿಳಿಯುತ್ತಾನೆ. ಅವನ ಜ್ಞಾನದಿಂದ ಅವನು ಇಚ್ಛಿಸುವಷ್ಟನ್ನಲ್ಲದೆ (ಬೇರೇನನ್ನೂ) ತಿಳಿದುಕೊಳ್ಳಲು ಅವರಿಗೆ ಸಾಧ್ಯವಿಲ್ಲ. ಅವನ ಕುರ್ಸೀ ಭೂಮ್ಯಾಕಾಶಗಳನ್ನು ವ್ಯಾಪಿಸಿಕೊಂಡಿದೆ. ಅವುಗಳ ಸಂರಕ್ಷಣೆಯು ಅವನನ್ನು ಆಯಾಸಗೊಳಿಸುವುದಿಲ್ಲ. ಅವನು ಅತ್ಯುನ್ನತನು ಮತ್ತು ಮಹಾನನಾಗಿದ್ದಾನೆ." [ಬಕರ: 255].</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>ಈ ಮಹಾ ವಚನದ ಶ್ರೇಷ್ಠತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ಇದು ಅಲ್ಲಾಹನ ಅತ್ಯುತ್ತಮ ನಾಮಗಳನ್ನು ಮತ್ತು ಅತ್ಯುನ್ನತ ಗುಣಲಕ್ಷಣಗಳನ್ನು ಒಳಗೊಂಡಿದೆ.
 ಎಲ್ಲಾ ಕಡ್ಡಾಯ ನಮಾಝ್‌ಗಳ ನಂತರ ಈ ಮಹಾ ವಚನವನ್ನು ಪಠಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
 ಸತ್ಕರ್ಮಗಳು ಸ್ವರ್ಗ ಪ್ರವೇಶಕ್ಕೆ ಕಾರಣವಾಗುತ್ತವೆ.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/kn/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>ನಿಂತು ನಮಾಝ್ ನಿರ್ವಹಿಸಿ, ಅದು ಸಾಧ್ಯವಾಗದಿದ್ದರೆ ಕುಳಿತು ನಿರ್ವಹಿಸಿ, ಅದು ಕೂಡ ಸಾಧ್ಯವಾಗದಿದ್ದರೆ ಮಲಗಿ ನಿರ್ವಹಿಸಿ</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>ಇಮ್ರಾನ್ ಬಿನ್ ಹುಸೈನ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು:ನನಗೆ ಮೂಲವ್ಯಾಧಿ ಇತ್ತು ಆದ್ದರಿಂದ ನಾನು ನಮಾಝ್ ನಿರ್ವಹಿಸುವ ಬಗ್ಗೆ ಪ್ರವಾದಿಯವರೊಂದಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಿದಾಗ, ಅವರು ಹೇಳಿದರು: "ನಿಂತು ನಮಾಝ್ ನಿರ್ವಹಿಸಿ, ಅದು ಸಾಧ್ಯವಾಗದಿದ್ದರೆ ಕುಳಿತು ನಿರ್ವಹಿಸಿ, ಅದು ಕೂಡ ಸಾಧ್ಯವಾಗದಿದ್ದರೆ ಮಲಗಿ ನಿರ್ವಹಿಸಿ."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ನಮಾಝನ್ನು ಮೂಲವಾಗಿ ನಿಂತುಕೊಂಡೇ ನಿರ್ವಹಿಸಬೇಕಾಗಿದೆ. ಆದರೆ ನಿಂತು ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಸಾಧ್ಯವಾಗದಿದ್ದರೆ, ಕುಳಿತು ನಿರ್ವಹಿಸಬೇಕು. ಕುಳಿತು ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ಸಾಧ್ಯವಾಗದಿದ್ದರೆ ಮಲಗಿ ನಿರ್ವಹಿಸಬೇಕು.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>ಬುದ್ಧಿಯು ಸ್ತಿಮಿತದಲ್ಲಿರುವ ತನಕ ಯಾರಿಗೂ ನಮಾಝ್‌ನಲ್ಲಿ ವಿನಾಯಿತಿಯಿಲ್ಲ. ಸಾಧ್ಯವಾಗುವ ರೀತಿಯಲ್ಲಿ ನಿಂತು, ಕುಳಿತು, ಮಲಗಿ ನಮಾಝ್ ನಿರ್ವಹಿಸಬೇಕಾಗಿದೆಯೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಇಸ್ಲಾಂ ಧರ್ಮದ ಸಹಿಷ್ಣುತೆ ಮತ್ತು ಸರಳತೆಯನ್ನು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ. ಏಕೆಂದರೆ ದಾಸನಿಗೆ ತನಗೆ ಸಾಧ್ಯವಾಗುವ ರೀತಿಯಲ್ಲಿ ಆರಾಧನೆ ನಿರ್ವಹಿಸಲು ಅನುಮತಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/10951</t>
+  </si>
+  <si>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
+  </si>
+  <si>
+    <t>ನನ್ನ ಸಂಗಡಿಗರನ್ನು (ಸಹಾಬಾಗಳನ್ನು) ನಿಂದಿಸಬೇಡಿ. ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ಉಹುದ್ ಬೆಟ್ಟದಷ್ಟು ಚಿನ್ನವನ್ನು ದಾನ ಮಾಡಿದರೂ ಅವರಲ್ಲೊಬ್ಬರು ದಾನ ಮಾಡಿದ ಒಂದು ಬೊಗಸೆಗೆ ಅಥವಾ ಅದರ ಅರ್ಧಕ್ಕೆ ಅದು ತಲುಪುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಸಈದ್ ಖುದ್ರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನನ್ನ ಸಂಗಡಿಗರನ್ನು (ಸಹಾಬಾಗಳನ್ನು) ನಿಂದಿಸಬೇಡಿ. ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ಉಹುದ್ ಬೆಟ್ಟದಷ್ಟು ಚಿನ್ನವನ್ನು ದಾನ ಮಾಡಿದರೂ ಅವರಲ್ಲೊಬ್ಬರು ದಾನ ಮಾಡಿದ ಒಂದು ಬೊಗಸೆಗೆ ಅಥವಾ ಅದರ ಅರ್ಧಕ್ಕೆ ಅದು ತಲುಪುವುದಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
+  </si>
+  <si>
+    <t>ಸಹಾಬಿಗಳನ್ನು, ವಿಶೇಷವಾಗಿ ಮೊತ್ತಮೊದಲು ಇಸ್ಲಾಂ ಧರ್ಮವನ್ನು ಪ್ರವೇಶಿಸಿದ ಮುಹಾಜಿರ್ ಮತ್ತು ಅನ್ಸಾರ್‌ಗಳನ್ನು ನಿಂದಿಸುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷೇಧಿಸಿದ್ದಾರೆ. ನಂತರ, ಅವರು ತಿಳಿಸುವುದೇನೆಂದರೆ, ಜನರಲ್ಲಿ ಒಬ್ಬನು ಉಹುದ್ ಬೆಟ್ಟದಷ್ಟು ಚಿನ್ನವನ್ನು ದಾನ ಮಾಡಿದರೆ ಅವನಿಗೆ ದೊರೆಯುವ ಪ್ರತಿಫಲವು ಸಹಾಬಿಗಳಲ್ಲಿ ಒಬ್ಬರು ದಾನ ಮಾಡಿದ ಒಂದು ಬೊಗಸೆಯಷ್ಟು ಅಥವಾ ಅದರ ಅರ್ಧದಷ್ಟು ಆಹಾರಕ್ಕೆ ದೊರೆಯುವ ಪ್ರತಿಫಲಕ್ಕೂ ಸಮಾನವಾಗುವುದಿಲ್ಲ.ಒಂದು ಮುದ್ದ್ ಎಂದರೆ ಸಾಮಾನ್ಯ ಗಾತ್ರದ ವ್ಯಕ್ತಿಯ ಎರಡು ಅಂಗೈಗಳು ತುಂಬುವಷ್ಟು ಪ್ರಮಾಣ. ಅವರಿಗಿದ್ದ ಮಹಾ ನಿಷ್ಕಳಂಕತೆ, ನಿರ್ಮಲ ಉದ್ದೇಶ, ದಾನ ಮಾಡುವುದರಲ್ಲಿ ಅವರು ತೋರುತ್ತಿದ್ದ ಸ್ಪರ್ಧಾ ಮನೋಭಾವ ಹಾಗೂ ಮಕ್ಕಾ ವಿಜಯಕ್ಕೆ ಮೊದಲು ಯುದ್ಧದ ತುರ್ತು ಅವಶ್ಯಕತೆಯ ಸಂದರ್ಭಗಳಲ್ಲಿ ಅವರು ಮಾಡಿದ ಯುದ್ಧಗಳು ಅದಕ್ಕೆ ಕಾರಣಗಳಾಗಿವೆ.</t>
+  </si>
+  <si>
+    <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
+  </si>
+  <si>
+    <t>ಸಹಾಬಿಗಳನ್ನು (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ನಿಂದಿಸುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ. ಅದು ಮಹಾಪಾಪಗಳಲ್ಲಿ ಒಳಪಡುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/11000</t>
+  </si>
+  <si>
+    <t>قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: هذان سيدا كهول أهل الجنة من الأولين والآخرين إلا النبيين والمرسلين</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಬೂ ಬಕರ್ ಮತ್ತು ಉಮರ್ ರಿಗೆ ಹೇಳಿದರು: "ಪ್ರವಾದಿಗಳು ಮತ್ತು ಸಂದೇಶವಾಹಕರುಗಳನ್ನು ಹೊರತುಪಡಿಸಿದರೆ ಇವರಿಬ್ಬರು ಪೂರ್ವಿಕ ಮತ್ತು ನಂತರದ ವಯಸ್ಕ ಸ್ವರ್ಗವಾಸಿಗಳಿಗೆ ಮುಖಂಡರಾಗಿದ್ದಾರೆ</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه، قال: قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: «هذان سَيِّدا كُهُول أهل الجنة من الأوَّلِين والآخِرين إلا النبيِّين والمرسلين».</t>
+  </si>
+  <si>
+    <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಬೂ ಬಕರ್ ಮತ್ತು ಉಮರ್ ರಿಗೆ ಹೇಳಿದರು: "ಪ್ರವಾದಿಗಳು ಮತ್ತು ಸಂದೇಶವಾಹಕರುಗಳನ್ನು ಹೊರತುಪಡಿಸಿದರೆ ಇವರಿಬ್ಬರು ಪೂರ್ವಿಕ ಮತ್ತು ನಂತರದ ವಯಸ್ಕ ಸ್ವರ್ಗವಾಸಿಗಳಿಗೆ ಮುಖಂಡರಾಗಿದ್ದಾರೆ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أبا بكر الصديق وعمر الفاروق رضي الله عنهما هما أفضل البشر بعد الأنبياء، وأفضل مَن دخل الجنة بعد النبيين والمرسلين.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಅಬೂಬಕರ್ ಸಿದ್ಧೀಕ್ ಮತ್ತು ಉಮರ್ ಫಾರೂಕ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಪ್ರವಾದಿಗಳನ್ನು ಬಿಟ್ಟರೆ ಮನುಷ್ಯರಲ್ಲಿ ಅತಿಶ್ರೇಷ್ಠರಾಗಿದ್ದಾರೆ. ಹಾಗೆಯೇ, ಪ್ರವಾದಿಗಳು ಮತ್ತು ಸಂದೇಶವಾಹಕರುಗಳನ್ನು ಬಿಟ್ಟರೆ ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸಿದವರಲ್ಲೂ ಇವರು ಅತಿಶ್ರೇಷ್ಠರಾಗಿದ್ದಾರೆ.</t>
+  </si>
+  <si>
+    <t>أبو بكر وعمر رضي الله عنهما هما أفضل الناس بعد الأنبياء والمرسلين.
+ليس في الجنة كَهْلٌ، بل مَن يدخلها ابن ثلاث وثلاثين سنة، والمراد أنهما سيدا مَن مات كهلًا في الدنيا، أو أنّ ذلك باعتبار ما كانوا عليه في الدنيا حال هذا الحديث.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಗಳನ್ನು ಮತ್ತು ಸಂದೇಶವಾಹಕರುಗಳನ್ನು ಹೊರತುಪಡಿಸಿದರೆ, ಅಬೂಬಕರ್ ಮತ್ತು ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಮನುಷ್ಯರಲ್ಲೇ ಅತಿಶ್ರೇಷ್ಠರಾಗಿದ್ದಾರೆ.
+ಸ್ವರ್ಗದಲ್ಲಿ ವಯಸ್ಕರಿಲ್ಲ. ಬದಲಿಗೆ, ಅದನ್ನು ಪ್ರವೇಶಿಸುವವರು ಮೂವತ್ತಮೂರು ವರ್ಷ ವಯಸ್ಸಿನವರಾಗಿರುತ್ತಾರೆ. ಹದೀಸಿನ ಅರ್ಥವೇನೆಂದರೆ, ಅವರಿಬ್ಬರು ಜಗತ್ತಿನಲ್ಲಿ ವಯಸ್ಕರಾಗಿದ್ದು ನಿಧನರಾದವರ ಮುಖಂಡರಾಗಿದ್ದಾರೆ. ಅಥವಾ ಆ ಹದೀಸನ್ನು ಹೇಳುವ ಸಮಯದಲ್ಲಿ ಜಗತ್ತಿನಲ್ಲಿ ಅವರು ಯಾವ ವಯಸ್ಸಿನಲ್ಲಿದ್ದರೋ ಅದನ್ನು ಪರಿಗಣಿಸಿ ಹೇಳಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/11161</t>
+  </si>
+  <si>
+    <t>الحسن والحسين سيدا شباب أهل الجنة</t>
+  </si>
+  <si>
+    <t>ಹಸನ್ ಮತ್ತು ಹುಸೈನ್ ಸ್ವರ್ಗದ ಯುವಕರ ಮುಖಂಡರಾಗಿದ್ದಾರೆ</t>
+  </si>
+  <si>
+    <t>عن أبي سعيد الخدري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الحَسَن والحُسَيْن سَيِّدا شَباب أهْل الجنة».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಸಈದ್ ಖುದ್ರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಹಸನ್ ಮತ್ತು ಹುಸೈನ್ ಸ್ವರ್ಗದ ಯುವಕರ ಮುಖಂಡರಾಗಿದ್ದಾರೆ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حَفيدَيه الحسن والحسين ابنا علي بن أبي طالب وفاطمة بنت النبي صلى الله عليه وسلم ورضي عنهم، هما سيدا كلِّ مَن مات وهو شاب ودخل الجنة في الفضل، أو أنهما سيدا شباب أهل الجنة باستثناء الأنبياء والخلفاء الراشدين.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಅವರ ಇಬ್ಬರು ಮೊಮ್ಮಕ್ಕಳಾದ ಹಸನ್  ಮತ್ತು ಹುಸೈನ್ (ಇವರು ಅಲಿ ಬಿನ್ ಅಬೂತಾಲಿಬ್ ಮತ್ತು ಫಾತಿಮ ಬಿಂತ್ ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರವರ ಮಕ್ಕಳು) (ಅಲ್ಲಾಹು ಅವರೆಲ್ಲರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಯೌವ್ವನದಲ್ಲಿ ನಿಧನರಾಗಿ ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸಿದವರ ಮುಖಂಡರು ಮತ್ತು ಶ್ರೇಷ್ಠರಾಗಿದ್ದಾರೆ. ಅಥವಾ ಅವರು ಪ್ರವಾದಿಗಳು ಮತ್ತು ಖುಲಫಾಉರ್‍ರಾಶಿದೀನ್ ಗಳನ್ನು ಹೊರತುಪಡಿಸಿ ಉಳಿದ ಸ್ವರ್ಗದ ಯುವಕರಿಗೆ ಮುಖಂಡರಾಗಿದ್ದಾರೆ.</t>
+  </si>
+  <si>
+    <t>فيه فضيلة ظاهرة للحسن والحسين رضي الله عنهما.
+قيل في معنى الحديث: أنهما في وقت الحديث هما سيدا شباب مَن هم من أهل الجنة من شُبّان هذا الزمان، أو أنهما أفضل ممن لم يثبت فيه تفضيلٌ عامٌّ كالأنبياء والخلفاء، أو أنهما سيدا من اتصف بصفات الشباب والفُتُوَّة كالمروءة والكرم والشجاعة، ولم يَرِدْ بذلك سِنَّ الشباب؛ لأن الحسن والحسين ماتا كَهْلَين.</t>
+  </si>
+  <si>
+    <t>ಇದರಲ್ಲಿ ಹಸನ್ ಮತ್ತು ಹುಸೈನ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಗೆ ಸ್ಪಷ್ಟವಾದ ಶ್ರೇಷ್ಠತೆಯಿದೆಯೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಈ ಹದೀಸಿನ ವಿವರಣೆಯಲ್ಲಿ ವಿದ್ವಾಂಸರು ಹೀಗೆ ಹೇಳಿದ್ದಾರೆ: ಈ ಹದೀಸನ್ನು ಹೇಳಲಾದ ಸಮಯದಲ್ಲಿ, ಅವರಿಬ್ಬರು ಈ ಕಾಲದ ಯುವಕರಾದ ಸ್ವರ್ಗದ ಯುವಕರಿಗೆ ಮುಖಂಡರಾಗಿದ್ದಾರೆ. ಅಥವಾ ಪ್ರವಾದಿಗಳು ಮತ್ತು ಖಲೀಫರುಗಳಂತೆ ಮೊತ್ತವಾಗಿ ಶ್ರೇಷ್ಠತೆಯಿದೆಯೆಂದು ಸಾಬೀತಾಗದವರಿಗಿಂತ ಶ್ರೇಷ್ಠರಾಗಿದ್ದಾರೆ. ಅಥವಾ ಅವರು ಸದ್ಗುಣ, ಔದಾರ್ಯ, ಶೌರ್ಯ ಮುಂತಾದ ಯೌವ್ವನ ಮತ್ತು ಧೈರ್ಯದ ಗುಣಲಕ್ಷಣಗಳನ್ನು ಹೊಂದಿರುವವರ ಮುಖಂಡರಾಗಿದ್ದಾರೆ. ಈ ಹದೀಸ್ ಯೌವ್ವನದ ವಯಸ್ಸನ್ನು ಉದ್ದೇಶಿಸಿಲ್ಲ. ಏಕೆಂದರೆ ಹಸನ್ ಮತ್ತು ಹುಸೈನ್ ನಿಧನರಾಗುವಾಗ ವಯಸ್ಕರಾಗಿದ್ದರು.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/11169</t>
   </si>
   <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>ನಿಶ್ಚಯವಾಗಿಯೂ ರಾತ್ರಿ ಮತ್ತು ಹಗಲು ತಲುಪುವ ಎಲ್ಲಾ ಸ್ಥಳಗಳಿಗೂ ಈ ವಿಷಯವು ತಲುಪಲಿದೆ. ಅಲ್ಲಾಹು ಪಟ್ಟಣದಲ್ಲಿ ಅಥವಾ ಮರುಭೂಮಿಯಲ್ಲಿರುವ ಯಾವುದೇ ಮನೆಗೂ ಈ ಧರ್ಮವು ಪ್ರವೇಶವಾಗುವಂತೆ ಮಾಡದೆ ಬಿಡಲಾರ</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>ತಮೀಮುದ್ದಾರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ನಿಶ್ಚಯವಾಗಿಯೂ ರಾತ್ರಿ ಮತ್ತು ಹಗಲು ತಲುಪುವ ಎಲ್ಲಾ ಸ್ಥಳಗಳಿಗೂ ಈ ವಿಷಯವು ತಲುಪಲಿದೆ. ಅಲ್ಲಾಹು ಪಟ್ಟಣದಲ್ಲಿ ಅಥವಾ ಮರುಭೂಮಿಯಲ್ಲಿರುವ ಯಾವುದೇ ಮನೆಗೂ ಈ ಧರ್ಮವು ಪ್ರವೇಶವಾಗುವಂತೆ ಮಾಡದೆ ಬಿಡಲಾರ. ಅದು ಗೌರವಾನ್ವಿತರಿಗೆ ಗೌರವವನ್ನು ಅಥವಾ ಅವಮಾನಿತರಿಗೆ ಅವಮಾನವನ್ನು ತರಲಿದೆ. ಅದು ಅಲ್ಲಾಹು ಇಸ್ಲಾಂ ಧರ್ಮದ ಮೂಲಕ ನೀಡುವ ಗೌರವ ಮತ್ತು ಸತ್ಯನಿಷೇಧದ ಮೂಲಕ ನೀಡುವ ಅವಮಾನವಾಗಿದೆ." ತಮೀಮುದ್ದಾರಿ ಹೇಳುತ್ತಿದ್ದರು: ನಾನು ಅದನ್ನು ನನ್ನ ಕುಟುಂಬದವರಲ್ಲೇ ಗುರುತಿಸಿದ್ದೇನೆ. ಅವರಲ್ಲಿ ಇಸ್ಲಾಂ ಸ್ವೀಕರಿಸಿದವರೆಲ್ಲರಿಗೂ ಒಳಿತು, ಘನತೆ ಮತ್ತು ಗೌರವಗಳು ಉಂಟಾಗಿವೆ. ಅವರಲ್ಲಿ ಸತ್ಯನಿಷೇಧಿಗಳಾದ ಎಲ್ಲರಿಗೂ ಅವಮಾನ, ತಿರಸ್ಕಾರ ಮತ್ತು ತೆರಿಗೆ ಉಂಟಾಗಿವೆ.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಈ ಧರ್ಮವು ಭೂಮಿಯ ಎಲ್ಲಾ ಭಾಗಗಳಿಗೂ ತಲುಪಲಿದೆ. ಎಲ್ಲಿಗೆಲ್ಲಾ ರಾತ್ರಿ ಮತ್ತು ಹಗಲು ತಲುಪುತ್ತದೋ ಅಲ್ಲಿಗೆಲ್ಲಾ ಈ ಧರ್ಮವು ತಲುಪಲಿದೆ. ಅಲ್ಲಾಹು ಪಟ್ಟಣಗಳಲ್ಲಿ, ಹಳ್ಳಿಗಳಲ್ಲಿ, ಅಡವಿಗಳಲ್ಲಿ ಅಥವಾ ಮರುಭೂಮಿಗಳಲ್ಲಿರುವ ಯಾವುದೇ ಒಂದು ಮನೆಯನ್ನೂ, ಅದಕ್ಕೆ ಈ ಧರ್ಮವನ್ನು ಪ್ರವೇಶ ಮಾಡಿಸದೆ ಬಿಡಲಾರ. ಯಾರು ಈ ಧರ್ಮವನ್ನು ಸ್ವೀಕರಿಸಿ ಇದರಲ್ಲಿ ವಿಶ್ವಾಸವಿಡುತ್ತಾರೋ ಅವರು ಇಸ್ಲಾಮಿನ ಗೌರವದ ಮೂಲಕ ಗೌರವಾನ್ವಿತರಾಗುತ್ತಾರೆ. ಯಾರು ಇದನ್ನು ತಿರಸ್ಕರಿಸಿ ಇದನ್ನು ನಿಷೇಧಿಸುತ್ತಾರೋ ಅವರು ಅವಮಾನಿತರು ಮತ್ತು ತಿರಸ್ಕಾರಯೋಗ್ಯರಾಗುತ್ತಾರೆ.
 ನಂತರ ಸಹಾಬಿವರ್ಯರಾದ ತಮೀಮುದ್ದಾರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸಿದ ಈ ವಿಷಯವನ್ನು ಅವರು ವಿಶೇಷವಾಗಿ ತಮ್ಮ ಕುಟುಂಬದವರಲ್ಲೇ ಗುರುತಿಸಿದ್ದಾರೆ. ಏಕೆಂದರೆ, ಅವರಲ್ಲಿ ಇಸ್ಲಾಂ ಸ್ವೀಕರಿಸಿದವರೆಲ್ಲರೂ ಘನತೆ-ಗೌರವಗಳನ್ನು ಪಡೆದಿದ್ದಾರೆ. ಅವರಲ್ಲಿ ನಿಷೇಧಿಸಿದವರೆಲ್ಲರೂ ತಮ್ಮ ಸಂಪತ್ತಿನಿಂದ ಮುಸ್ಲಿಮರಿಗೆ ತೆರಿಗೆ ಪಾವತಿ ಮಾಡಬೇಕಾಗಿ ಬಂದಿರುವುದರ ಹೊರತಾಗಿಯೂ ಅವಮಾನ ಮತ್ತು ತಿರಸ್ಕಾರವನ್ನು ಪಡೆದಿದ್ದಾರೆ.</t>
   </si>
   <si>
@@ -14501,152 +17042,515 @@
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ನಮಾಝ್ ಮಾಡುವವನಿಗೆ ತನ್ನ ನಮಾಝಿನಲ್ಲಿ ಸಂಶಯವಾಗಿ, ತಾನು ಎಷ್ಟು ರಕಅತ್ ನಿರ್ವಹಿಸಿದ್ದೇನೆ, ಮೂರೋ ಅಥವಾ ನಾಲ್ಕೋ ಎಂದು ತಿಳಿಯಲಾಗದಿದ್ದರೆ, ಸಂಶಯವಿರುವ ಆ ಹೆಚ್ಚಿನ ರಕಅತ್ತನ್ನು ಬಿಟ್ಟುಬಿಡಲಿ ಮತ್ತು ಅದನ್ನು ಗಣನೆಗೆ ತೆಗೆದುಕೊಳ್ಳದಿರಲಿ. ನಂತರ ಮೂರು ರಕಅತ್‌ಗಳನ್ನು ಖಾತ್ರಿ ಮಾಡಿಕೊಂಡು ನಾಲ್ಕನೇ ರಕಅತ್ತನ್ನು ನಿರ್ವಹಿಸಲಿ. ನಂತರ, ಸಲಾಂ ಹೇಳುವುದಕ್ಕೆ ಮೊದಲು ಎರಡು ಸುಜೂದ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸಲಿ.
 ವಾಸ್ತವವಾಗಿ, ಅವನು ನಾಲ್ಕು ರಕಅತ್ ನಿರ್ವಹಿಸಿದ್ದರೆ, ಒಂದು ರಕಅತ್ ಸೇರಿಸುವ ಮೂಲಕ ಅದು ಐದು ರಕಅತ್ ಆಗುತ್ತದೆ. ಆಗ ಮರೆವಿನ ಎರಡು ಸುಜೂದ್‌ಗಳು ಒಂದು ರಕಅತ್‌ನ ಸ್ಥಾನದಲ್ಲಿ ನಿಲ್ಲುವುದರಿಂದ ರಕಅತ್‌ಗಳು ಸಮ ಸಂಖ್ಯೆಯಲ್ಲಾಗುತ್ತವೆ, ಬೆಸ ಸಂಖ್ಯೆಯಾಗುವುದಿಲ್ಲ. ಇನ್ನು ಅವನು ನಿರ್ವಹಿಸಿದ ಹೆಚ್ಚಿನ ಒಂದು ರಕಅತ್ ನಾಲ್ಕನೇ ರಕಅತ್ ಆಗಿದ್ದರೆ, ಅವನು ಯಾವುದೇ ಸೇರ್ಪಡೆ ಅಥವಾ ಕಡಿತವಿಲ್ಲದೆ ನಮಾಝ್ ನಿರ್ವಹಿಸಿದವನಾಗುತ್ತಾನೆ.
 ಆಗ ಮರೆವಿನ ಎರಡು ಸುಜೂದ್‌ಗಳು ಶೈತಾನನನ್ನು ಅವಮಾನಿಸುವ, ಅವನನ್ನು ಓಡಿಸುವ ಮತ್ತು ಅವನ ಉದ್ದೇಶದಿಂದ ಅವನನ್ನು ಹಿಮ್ಮೆಟ್ಟಿಸುವ ಹಾಗೂ ನಿಂದ್ಯನನ್ನಾಗಿಸುವ ಸುಜೂದ್‌ಗಳಾಗುತ್ತವೆ. ಏಕೆಂದರೆ, ಅವನು ನಮಾಝಿನಲ್ಲಿ ಗೊಂದಲ ಉಂಟುಮಾಡಿದನು ಮತ್ತು ಅದನ್ನು ಹಾಳು ಮಾಡಲು ಪ್ರಯತ್ನಿಸಿದ್ದನು. ಆದ್ದರಿಂದ, ಅಲ್ಲಾಹನ ಆಜ್ಞೆಯನ್ನು ಪಾಲಿಸಿ ಸುಜೂದನ್ನು ನಿರ್ವಹಿಸುವ ಮೂಲಕ ಆದಮರ ಪುತ್ರನ (ಮನುಷ್ಯನ) ನಮಾಝ್ ಪೂರ್ಣವಾಯಿತು. ಅಲ್ಲಾಹನಿಗೆ ಸುಜೂದ್ ಮಾಡಬೇಕೆಂಬ ಅಲ್ಲಾಹನ ಆಜ್ಞೆಯನ್ನು ಅನುಸರಿಸಲು ಶೈತಾನನು ನಿರಾಕರಿಸಿದ್ದನು.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>ನಮಾಝ್ ಮಾಡುವವನಿಗೆ ತನ್ನ ನಮಾಝ್‌ನಲ್ಲಿ ಸಂಶಯವುಂಟಾಗಿ ಎಷ್ಟು ರಕಅತ್ ಎಂದು ಅವನಿಗೆ ಖಚಿತವಾಗದಿದ್ದರೆ, ಸಂಶಯವನ್ನು ತೊರೆದು ಖಾತ್ರಿಯನ್ನು, ಅಂದರೆ ಕನಿಷ್ಠ ಸಂಖ್ಯೆಯನ್ನು ಅವಲಂಬಿಸಬೇಕಾಗಿದೆ. ನಂತರ, ನಮಾಝನ್ನು ಪೂರ್ಣಗೊಳಿಸಿ ಸಲಾಂ ಹೇಳುವುದಕ್ಕೆ ಮೊದಲು ಎರಡು ಸುಜೂದ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸಿ, ನಂತರ ಸಲಾಂ ಹೇಳಬೇಕಾಗಿದೆ.
 ಈ ಎರಡು ಸುಜೂದ್‌ಗಳು ನಮಾಝ್‌ಗೆ ತೇಪೆ ಹಚ್ಚುತ್ತವೆ ಮತ್ತು ಶೈತಾನನನ್ನು ಅವಮಾನಿತನಾಗಿ, ತಿರಸ್ಕೃತನಾಗಿ ಮತ್ತು ಬಹಿಷ್ಕೃತನಾಗಿ ಹಿಮ್ಮೆಟ್ಟಿಸುತ್ತದೆ.
 ಹದೀಸಿನಲ್ಲಿ ಉಲ್ಲೇಖಿಸಲಾಗಿರುವುದು ಯಾವುದೇ ಖಚಿತತೆಯಿಲ್ಲದ ಸಂಶಯದ ಬಗ್ಗೆಯಾಗಿದೆ. ಆದರೆ ಖಚಿತತೆಯಿದ್ದರೆ ಅದರ ಪ್ರಕಾರ ಕಾರ್ಯ ನಿರ್ವಹಿಸಬೇಕಾಗಿದೆ.
 ಭ್ರಾಂತಿಗಳ ವಿರುದ್ಧ ಹೋರಾಡಲು ಮತ್ತು ಧರ್ಮಶಾಸ್ತ್ರದ ಆಜ್ಞೆಯನ್ನು ಪಾಲಿಸುವ ಮೂಲಕ ಅವುಗಳನ್ನು ದೂರೀಕರಿಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/11231</t>
   </si>
   <si>
+    <t>أن النبي صلى الله عليه وسلم كان لا يدع أربعا قبل الظهر وركعتين قبل الغداة</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಝುಹರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ನಾಲ್ಕು ರಕ್ಅತ್ ನಮಾಝನ್ನು ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ಎರಡು ರಕ್ಅತ್ ನಮಾಝನ್ನು ತಪ್ಪದೆ ನಿರ್ವಹಿಸುತ್ತಿದ್ದರು</t>
+  </si>
+  <si>
+    <t>عن عائشةَ أُمِّ المُؤْمِنينَ رضي الله عنها: أن النبي صلى الله عليه وسلم كان لا يَدع أربعا قَبل الظهر وركعتين قبل الغَدَاة.</t>
+  </si>
+  <si>
+    <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. "ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಝುಹರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ನಾಲ್ಕು ರಕ್ಅತ್ ನಮಾಝನ್ನು ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ಎರಡು ರಕ್ಅತ್ ನಮಾಝನ್ನು ತಪ್ಪದೆ ನಿರ್ವಹಿಸುತ್ತಿದ್ದರು."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَت عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان يُواظِب على صلوات النوافل في بيتها ولا يَدَعُها: أربع ركعات بتسليمتين قبل صلاة الظهر، وركعتان قبل صلاة الفجر.</t>
+  </si>
+  <si>
+    <t>ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಮನೆಯಲ್ಲಿ ನಫಿಲ್ (ಐಚ್ಛಿಕ) ನಮಾಝ್‌ಗಳನ್ನು ತಪ್ಪದೆ ನಿರ್ವಹಿಸುತ್ತಿದ್ದರು ಮತ್ತು ಅವುಗಳನ್ನು ಬಿಟ್ಟುಬಿಡುತ್ತಿರಲಿಲ್ಲ: ಝುಹರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ಎರಡು ಸಲಾಂಗಳೊಂದಿಗೆ ನಾಲ್ಕು ರಕ್ಅತ್, ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ಎರಡು ರಕ್ಅತ್.</t>
+  </si>
+  <si>
+    <t>استحباب المحافظة على أربع ركعات قبل صلاة الظهر، وركعتين قبل صلاة الفجر.
+الأفضل أن تصلى الرَّواتِب في البيت، ولذلك أخبرت عنها عائشة رضي الله عنها.</t>
+  </si>
+  <si>
+    <t>ಝುಹರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ನಾಲ್ಕು ರಕ್ಅತ್, ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ಎರಡು ರಕ್ಅತ್ ತಪ್ಪದೆ ನಿರ್ವಹಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ರವಾತಿಬ್ ನಮಾಝ್‌ಗಳನ್ನು ಮನೆಯಲ್ಲಿಯೇ ನಿರ್ವಹಿಸುವುದು ಉತ್ತಮ. ಈ ನಮಾಝ್‌ಗಳ ಬಗ್ಗೆ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ತಿಳಿಸಿರುವುದು ಈ ಕಾರಣದಿಂದಲೇ ಆಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/11249</t>
+  </si>
+  <si>
+    <t>من حافظ على أربع ركعات قبل الظهر وأربع بعدها حرمه الله على النار</t>
+  </si>
+  <si>
+    <t>ಯಾರು ಝುಹರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ನಾಲ್ಕು ರಕ್ಅತ್ ಮತ್ತು ಅದರ ನಂತರ ನಾಲ್ಕು ರಕ್ಅತ್ ನಮಾಝನ್ನು ತಪ್ಪದೆ ನಿರ್ವಹಿಸುತ್ತಾರೋ, ಅವರನ್ನು ಅಲ್ಲಾಹು ನರಕದಿಂದ ರಕ್ಷಿಸುತ್ತಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ حَبِيبَةَ رضي الله عنها زَوْجِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالت: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَافَظَ عَلَى أَرْبَعِ رَكَعَاتٍ قَبْلَ الظُّهْرِ وَأَرْبَعٍ بَعْدَهَا حَرَّمَهُ اللَّهُ عَلَى النَّارِ».</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿ ಪತ್ನಿ ಉಮ್ಮು ಹಬೀಬ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಯಾರು ಝುಹರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ನಾಲ್ಕು ರಕ್ಅತ್ ಮತ್ತು ಅದರ ನಂತರ ನಾಲ್ಕು ರಕ್ಅತ್ ನಮಾಝನ್ನು ತಪ್ಪದೆ ನಿರ್ವಹಿಸುತ್ತಾರೋ, ಅವರನ್ನು ಅಲ್ಲಾಹು ನರಕದಿಂದ ರಕ್ಷಿಸುತ್ತಾನೆ."</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن صلَّى من النوافل أربع ركعات قبل صلاة الظهر، وأربع ركعات بعدها، ودَاوَم وحافَظ عليها حَرَّمَه الله على النار.</t>
+  </si>
+  <si>
+    <t>ಝುಹರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ನಾಲ್ಕು ರಕ್ಅತ್ ಮತ್ತು ಅದರ ನಂತರ ನಾಲ್ಕು ರಕ್ಅತ್ ಐಚ್ಛಿಕ ನಮಾಝ್‌ಗಳನ್ನು ತಪ್ಪದೆ ನಿರ್ವಹಿಸುವವರಿಗೆ, ಅವರನ್ನು ಅಲ್ಲಾಹು ನರಕದಿಂದ ರಕ್ಷಿಸುತ್ತಾನೆ ಎಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶುಭಸುದ್ದಿ ನೀಡಿದ್ದಾರೆ.</t>
+  </si>
+  <si>
+    <t>استحباب المحافظة على الأربع ركعات قبل الظُّهر والأربع بعدها.
+الرواتب القبلية -أي قبل الفريضة-؛ لها حِكَمٌ، منها: تهيئة نفس المصلي للعبادة قبل الدخول في الفريضة، وأما البعدية فمن حكمها جبر خلل الفرائض.
+للرواتب فوائد عظيمة، من زيادة الحسنات، وتكفير السيئات، ورفع الدرجات.
+قاعدة أهل السنة في أحاديث الوعد مثل هذا الحديث: أنْ تُحمل على الموت على التوحيد، وأنَّ المراد عدم الخلود في النار، لأن فاعل الذنوب من الموحدين مُستحِق للعقاب لكن لا يخلد في النار إن عوقب.</t>
+  </si>
+  <si>
+    <t>ಝುಹರ್ ನಮಾಝ್‌ಗೆ ಮೊದಲು ನಾಲ್ಕು ರಕ್ಅತ್ ಮತ್ತು ಅದರ ನಂತರ ನಾಲ್ಕು ರಕ್ಅತ್ ನಮಾಝನ್ನು ತಪ್ಪದೆ ನಿರ್ವಹಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ರವಾತಿಬ್ ಕಬ್ಲಿಯ್ಯ - ಅಂದರೆ ಕಡ್ಡಾಯ ನಮಾಝ್‌ಗೆ ಮೊದಲು ನಿರ್ವಹಿಸುವ ಐಚ್ಛಿಕ ನಮಾಝ್‌ಗಳು - ನಿರ್ವಹಿಸುವುದರಲ್ಲಿ ಕೆಲವು ಯುಕ್ತಿಗಳಿವೆ. ಅದರಲ್ಲೊಂದು ಏನೆಂದರೆ: ಕಡ್ಡಾಯ ನಮಾಝ್‌ಗೆ ಪ್ರವೇಶಿಸುವ ಮೊದಲು ನಮಾಝ್ ಮಾಡುವವರ ಮನಸ್ಸನ್ನು ಆರಾಧನೆಗೆ ಸಿದ್ಧಪಡಿಸುವುದು. ರವಾತಿಬ್ ಬಅದಿಯ್ಯ (ಕಡ್ಡಾಯ ನಮಾಝ್‌ನ ನಂತರ ನಿರ್ವಹಿಸುವ ಐಚ್ಛಿಕ ನಮಾಝ್‌ಗಳು) ನಿರ್ವಹಿಸುವುದರಲ್ಲಿರುವ ಯುಕ್ತಿಯೇನೆಂದರೆ, ಅದು ಕಡ್ಡಾಯ ನಮಾಝ್‌ನಲ್ಲಿ ಸಂಭವಿಸಿದ ನ್ಯೂನತೆಗಳನ್ನು ಸರಿಪಡಿಸುತ್ತದೆ.
+ರವಾತಿಬ್‌ ನಮಾಝ್‌ಗಳಿಗೆ ಮಹಾನ್ ಪ್ರಯೋಜನಗಳಿವೆ: ಸತ್ಕರ್ಮಗಳನ್ನು ಹೆಚ್ಚಿಸುವುದು, ಪಾಪಗಳನ್ನು ಮನ್ನಿಸುವುದು, ಮತ್ತು ದರ್ಜೆಗಳನ್ನು ಏರಿಸುವುದು.
+ಈ ಹದೀಸಿನಂತೆ ಭರವಸೆ ನೀಡುವ ಹದೀಸುಗಳ ವಿಷಯದಲ್ಲಿ ಅಹ್ಲುಸ್ಸುನ್ನತ್‌ನ ನಿಯಮವೇನೆಂದರೆ: ಇವು ತೌಹೀದ್‌ನಲ್ಲಿ ಮರಣ ಹೊಂದುವವರಿಗೆ ಮಾತ್ರ ಅನ್ವಯವಾಗುತ್ತವೆ. ಇದರ ಅರ್ಥವು ಅವರು ನರಕದಲ್ಲಿ ಶಾಶ್ವತವಾಗಿ ಉಳಿಯುವುದಿಲ್ಲ ಎಂದಾಗಿದೆ. ಏಕೆಂದರೆ ತೌಹೀದ್‌ನಲ್ಲಿದ್ದು ಪಾಪಗಳನ್ನು ಮಾಡುವವರು ಶಿಕ್ಷೆಗೆ ಅರ್ಹರಾಗುತ್ತಾರೆ. ಆದರೆ ಅವರಿಗೆ ಶಿಕ್ಷೆಯಾದರೂ ಕೂಡ ಅವರು ನರಕದಲ್ಲಿ ಶಾಶ್ವತವಾಗಿ ಉಳಿಯುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/11251</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم قرأ في ركعتي الفجر: قل يا أيها الكافرون، وقل هو الله أحد</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಫಜ್ರ್‌ನ ಎರಡು ರಕ್ಅತ್‌ಗಳಲ್ಲಿ "ಕುಲ್ ಯಾ ಅಯ್ಯುಹಲ್ ಕಾಫಿರೂನ್" ಮತ್ತು "ಕುಲ್ ಹುವಲ್ಲಾಹು ಅಹದ್" ಅನ್ನು ಪಠಿಸಿದರು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَرَأَ فِي رَكْعَتَيِ الْفَجْرِ: {قُلْ يَا أَيُّهَا الْكَافِرُونَ}، وَ{قُلْ هُوَ اللهُ أَحَدٌ}.</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. "ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಫಜ್ರ್‌ನ ಎರಡು ರಕ್ಅತ್‌ಗಳಲ್ಲಿ "ಕುಲ್ ಯಾ ಅಯ್ಯುಹಲ್ ಕಾಫಿರೂನ್" ಮತ್ತು "ಕುಲ್ ಹುವಲ್ಲಾಹು ಅಹದ್" ಅನ್ನು ಪಠಿಸಿದರು."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلّم يَسْتَحِبُّ أنْ يقرأ في ركعتي راتبة الفجر بعد الفاتحة، في الركعة الأولى سورة {قل يا أيها الكافرون} (الكافرون)، وفي الركعة الثانية سورة {قل هو الله أحد} (الإخلاص).</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಫಜ್ರ್‌ನ ಎರಡು ರಕ್ಅತ್‌ ರವಾತಿಬ್ ನಮಾಝಿನಲ್ಲಿ ಸೂರ ಫಾತಿಹ ಪಠಿಸಿದ ನಂತರ ಮೊದಲ ರಕ್ಅತ್‌ನಲ್ಲಿ "ಕುಲ್ ಯಾ ಅಯ್ಯುಹಲ್ ಕಾಫಿರೂನ್" (ಸೂರ ಕಾಫಿರೂನ್) ಮತ್ತು ಎರಡನೇ ರಕ್ಅತ್‌ನಲ್ಲಿ "ಕುಲ್ ಹುವಲ್ಲಾಹು ಅಹದ್" (ಸೂರ ಇಖ್ಲಾಸ್) ಪಠಿಸಲು ಇಷ್ಟಪಡುತ್ತಿದ್ದರು.</t>
+  </si>
+  <si>
+    <t>استحباب قراءة هاتين السورتين بعد الفاتحة في سنة الفجر.
+هاتان السورتان يقال لهما سورة الإخلاص؛ لأن في سورة الكافرون البراءة من جميع ما يعبده المشركون من دون الله، وأنهم أيضًا ليسوا بعبيد لله لأن شركهم يحبط أعمالهم، وأن الله سبحانه هو المستحق العبادة، ولأن في سورة الإخلاص توحيد الله والإخلاص له وبيان صفاته.</t>
+  </si>
+  <si>
+    <t>ಫಜ್ರ್‌ನ ಸುನ್ನತ್‌ ನಮಾಝಿನಲ್ಲಿ ಸೂರ ಫಾತಿಹ ಪಠಿಸಿದ ನಂತರ ಈ ಎರಡು ಸೂರಗಳನ್ನು ಪಠಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ಈ ಎರಡು ಸೂರಗಳನ್ನು 'ಸೂರ ಇಖ್ಲಾಸ್' ಎಂದು ಕರೆಯಲಾಗುತ್ತದೆ. ಏಕೆಂದರೆ ಸೂರ ಕಾಫಿರೂನ್‌ನಲ್ಲಿ ಅಲ್ಲಾಹನನ್ನು ಹೊರತುಪಡಿಸಿ ಮುಶ್ರಿಕರು ಆರಾಧಿಸುವ ಎಲ್ಲದರಿಂದಲೂ ಮುಕ್ತಿಯನ್ನು ಘೋಷಿಸಲಾಗುತ್ತದೆ. ಅವರು ಅಲ್ಲಾಹನ ದಾಸರಲ್ಲ. ಏಕೆಂದರೆ ಅವರ ಸಹಭಾಗಿತ್ವವು ಅವರ ಕರ್ಮಗಳನ್ನು ವ್ಯರ್ಥಗೊಳಿಸುತ್ತದೆ. ಆರಾಧನೆಗೆ ಅಲ್ಲಾಹು ಮಾತ್ರ ಅರ್ಹನಾಗಿದ್ದಾನೆ. ಅದೇ ರೀತಿ, ಸೂರ ಇಖ್ಲಾಸ್‌ನಲ್ಲಿ ಅಲ್ಲಾಹನ ತೌಹೀದ್ (ಏಕದೇವತ್ವ), ಅವನಿಗಿರುವ ನಿಷ್ಕಳಂಕತೆ ಮತ್ತು ಅವನ ಗುಣಲಕ್ಷಣಗಳ ವಿವರಣೆಯಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/11256</t>
+  </si>
+  <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>ತಮಗೆ ನಮಾಝ್‌ಗೆ ಕರೆಯುವ ಅಝಾನ್ ಕೇಳುತ್ತದೆಯೇ?" ಆ ವ್ಯಕ್ತಿ ಹೌದು ಎಂದಾಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಹಾಗಾದರೆ ನೀವು ಅದಕ್ಕೆ ಉತ್ತರ ನೀಡಬೇಕು</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಒಮ್ಮೆ ಒಬ್ಬ ಅಂಧ ವ್ಯಕ್ತಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು ಕೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನನಗೆ ಮಸೀದಿಗೆ ಬರಲು ದಾರಿ ತೋರಿಸುವವರು ಯಾರೂ ಇಲ್ಲ." ನಂತರ ಮನೆಯಲ್ಲೇ ನಮಾಝ್ ನಿರ್ವಹಿಸಲು ರಿಯಾಯಿತಿ ನೀಡಬೇಕೆಂದು ಅವರು ಪ್ರವಾದಿಯವರೊಂದಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿನಂತಿಸಿದರು. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರಿಗೆ ರಿಯಾಯಿತಿ ನೀಡಿದರು. ಆ ವ್ಯಕ್ತಿ ಹೊರಡುವಾಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರನ್ನು ಕರೆದು ಕೇಳಿದರು: "ತಮಗೆ ನಮಾಝ್‌ಗೆ ಕರೆಯುವ ಅಝಾನ್ ಕೇಳುತ್ತದೆಯೇ?" ಆ ವ್ಯಕ್ತಿ ಹೌದು ಎಂದಾಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಹಾಗಾದರೆ ನೀವು ಅದಕ್ಕೆ ಉತ್ತರ ನೀಡಬೇಕು."</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>ಒಮ್ಮೆ ಒಬ್ಬ ಅಂಧ ವ್ಯಕ್ತಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು ಕೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಐದು ವೇಳೆಯ ನಮಾಝ್‌ಗಳಿಗೆ ನನ್ನ ಕೈ ಹಿಡಿದು ಮಸೀದಿಗೆ ಕರೆತರಲು ನನಗೆ ಯಾವುದೇ ಸಹಾಯಕರಿಲ್ಲ." ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಾಮೂಹಿಕ ನಮಾಝ್ (ಜಮಾಅತ್) ಗೆ ಹಾಜರಾಗದಿರಲು ತನಗೆ ರಿಯಾಯಿತಿ ನೀಡಬೇಕೆಂದು ಅವರು ಬಯಸಿದ್ದರು. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರಿಗೆ ರಿಯಾಯಿತಿ ನೀಡಿದರು. ಆದರೆ ಆ ವ್ಯಕ್ತಿ ಅಲ್ಲಿಂದ ಹೊರಡುವಾಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರನ್ನು ಕರೆದು ಕೇಳಿದರು: "ತಮಗೆ ನಮಾಝ್‌ಗೆ ಕರೆಯುವ ಅಝಾನ್ ಕೇಳುತ್ತದೆಯೇ?" ಆ ವ್ಯಕ್ತಿ ಹೌದು ಎಂದಾಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಹಾಗಾದರೆ ನೀವು ನಮಾಝ್‌ಗೆ ಕರೆ ನೀಡುವವನಿಗೆ ಉತ್ತರ ನೀಡಬೇಕು."</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>ಸಾಮೂಹಿಕವಾಗಿ ನಮಾಝ್ ನಿರ್ವಹಿಸುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ ಎಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ. ಏಕೆಂದರೆ, ಕಡ್ಡಾಯ ಮತ್ತು ಅನಿವಾರ್ಯವಾಗಿರುವ ಕಾರ್ಯಕ್ಕೆ ಮಾತ್ರ ರಿಯಾಯಿತಿ ನೀಡಲಾಗುತ್ತದೆ.
 ಅಝಾನ್ ಕೇಳುವವನು ಅದಕ್ಕೆ ಉತ್ತರ ನೀಡಬೇಕೆಂದು ಆಜ್ಞಾಪಿಸಿದ್ದು ನಮಾಝನ್ನು ಸಾಮೂಹಿಕವಾಗಿ (ಜಮಾಅತ್ ಆಗಿ) ನಿರ್ವಹಿಸುವುದು ಕಡ್ಡಾಯವೆಂದು ಸೂಚಿಸುತ್ತದೆ. ಏಕೆಂದರೆ, ಮೂಲನಿಯಮದ ಪ್ರಕಾರ ಆಜ್ಞಾಪಿಸಲಾದ ವಿಷಯಗಳೆಲ್ಲವೂ ಕಡ್ಡಾಯವಾಗಿವೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/11287</t>
+  </si>
+  <si>
+    <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
+  </si>
+  <si>
+    <t>ಪುರುಷರ ಸಾಲುಗಳಲ್ಲಿ ಅತ್ಯುತ್ತಮವಾದುದು ಮೊದಲನೆಯ ಸಾಲು ಮತ್ತು ಅತಿಕೆಟ್ಟದು ಕೊನೆಯ ಸಾಲು. ಮಹಿಳೆಯರ ಸಾಲುಗಳಲ್ಲಿ ಅತ್ಯುತ್ತಮವಾದುದು ಕೊನೆಯ ಸಾಲು ಮತ್ತು ಅತಿಕೆಟ್ಟದು ಮೊದಲನೆಯ ಸಾಲು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಪುರುಷರ ಸಾಲುಗಳಲ್ಲಿ ಅತ್ಯುತ್ತಮವಾದುದು ಮೊದಲನೆಯ ಸಾಲು ಮತ್ತು ಅತಿಕೆಟ್ಟದು ಕೊನೆಯ ಸಾಲು. ಮಹಿಳೆಯರ ಸಾಲುಗಳಲ್ಲಿ ಅತ್ಯುತ್ತಮವಾದುದು ಕೊನೆಯ ಸಾಲು ಮತ್ತು ಅತಿಕೆಟ್ಟದು ಮೊದಲನೆಯ ಸಾಲು."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
+وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
+وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಪುರುಷರು ನಮಾಝಿಗಾಗಿ ನಿಲ್ಲುವ ಸಾಲುಗಳಲ್ಲಿ ಅತ್ಯುತ್ತಮವಾದುದು ಮತ್ತು ಅತಿಹೆಚ್ಚು ಪ್ರತಿಫಲವಿರುವುದು ಮೊದಲನೆಯ ಸಾಲು. ಏಕೆಂದರೆ, ಈ ಸಾಲಿನಲ್ಲಿರುವವರು ಇಮಾಮರಿಗೆ ಹತ್ತಿರವಾಗಿರುತ್ತಾರೆ, ಅವರ ಪಠಣವನ್ನು ಆಲಿಸುತ್ತಾರೆ ಮತ್ತು ಮಹಿಳೆಯರಿಂದ ದೂರವಿರುತ್ತಾರೆ. ಅವುಗಳಲ್ಲಿ ಅತಿಕೆಟ್ಟದು, ಅತ್ಯಂತ ಕಡಿಮೆ ಪ್ರತಿಫಲವಿರುವುದು ಮತ್ತು ಧರ್ಮದ ಬೇಡಿಕೆಯಿಂದ ಬಹುದೂರವಿರುವುದು ಕೊನೆಯ ಸಾಲು. ಅದೇ ರೀತಿ, ಮಹಿಳೆಯರ ಸಾಲುಗಳಲ್ಲಿ ಅತ್ಯುತ್ತಮವಾದುದು ಕೊನೆಯ ಸಾಲು. ಏಕೆಂದರೆ, ಅದು ಅವರನ್ನು ಸಂಪೂರ್ಣವಾಗಿ ಮರೆಮಾಚುತ್ತದೆ, ಪುರುಷರೊಡನೆ ಬೆರೆಯುವುದರಿಂದ, ಅವರನ್ನು ನೋಡುವುದರಿಂದ ಮತ್ತು ಅವರಿಂದ ಉಂಟಾಗುವ ಪರೀಕ್ಷೆಗಳಿಗೆ ಒಳಗಾಗುವುದರಿಂದ ಅವರು ಬಹಳ ದೂರವಿರುತ್ತಾರೆ. ಅವರಲ್ಲಿ ಮೊದಲನೆಯ ಸಾಲು ಅತಿಕೆಟ್ಟದಾಗಿದೆ. ಏಕೆಂದರೆ, ಅದು ಅವರನ್ನು ಪುರುಷರಿಗೆ ಹತ್ತಿರವಾಗಿಡುತ್ತದೆ ಮತ್ತು ಅವರನ್ನು ಪರೀಕ್ಷೆಗೆ ಒಡ್ಡಿಕೊಳ್ಳುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
+جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
+النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
+بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
+تفاضل الناس بحسب أعمالهم.
+قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
+قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
+  </si>
+  <si>
+    <t>ಸತ್ಕರ್ಮಗಳನ್ನು ನಿರ್ವಹಿಸಲು ಮತ್ತು ನಮಾಝ್‌ಗಳಲ್ಲಿ ಮೊದಲನೆಯ ಸಾಲಿನಲ್ಲಿ ನಿಲ್ಲಲು ಧಾವಂತದಿಂದ ಮುಂದೆ ಬರುವಂತೆ ಪುರುಷರನ್ನು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ಮಹಿಳೆಯರು ಮಸೀದಿಗಳಲ್ಲಿ ಪುರುಷರೊಡನೆ ಬೇರೆಯೇ ಸಾಲುಗಳಲ್ಲಿ ನಿಂತು ನಮಾಝ್ ಮಾಡಬಹುದು. ಆದರೆ ಅವರು ಸಂಪೂರ್ಣ ಮುಚ್ಚಿಕೊಂಡಿರಬೇಕು ಮತ್ತು ಸಭ್ಯತೆಯನ್ನು ಪಾಲಿಸಬೇಕು.
+ಮಹಿಳೆಯರು ನಮಾಝಿಗಾಗಿ ಮಸೀದಿಯಲ್ಲಿ ಒಟ್ಟುಗೂಡಿದರೆ ಪುರುಷರಂತೆ ಸಾಲುಗಟ್ಟಿ ನಿಲ್ಲಬೇಕು. ಬೇರೆ ಬೇರೆಯಾಗಿ ನಮಾಝ್ ನಿರ್ವಹಿಸಬಾರದು. ಬದಲಿಗೆ, ಪುರುಷರಂತೆ ಸಾಲನ್ನು ನೇರಗೊಳಿಸಿ ಒಬ್ಬರಿಗೊಬ್ಬರು ತಾಗಿಕೊಂಡು ನಡುವೆ ಎಡೆ ಬಿಡದೆ ನಿಲ್ಲಬೇಕು.
+ಆರಾಧನೆಯ ಸಂದರ್ಭಗಳಲ್ಲೂ ಸಹ ಮಹಿಳೆಯರು ಪುರುಷರಿಂದ ದೂರವಿರುವುದನ್ನು ಪ್ರೋತ್ಸಾಹಿಸುವ ಮೂಲಕ ಈ ವಿಷಯದಲ್ಲಿ ಇಸ್ಲಾಂ ಧರ್ಮವು ತೋರುವ ತೀವ್ರ ಕಾಳಜಿಯನ್ನು ವಿವರಿಸಲಾಗಿದೆ.
+ಕರ್ಮಗಳ ಆಧಾರದಲ್ಲಿ ಜನರಿಗಿರುವ ಶ್ರೇಷ್ಠತೆಯು ಹೆಚ್ಚು ಕಡಿಮೆಯಾಗುತ್ತದೆಯೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ನವವಿ ಹೇಳಿದರು: "ಪುರುಷರ ಸಾಲುಗಳ ಬಗ್ಗೆ ಹೇಳುವುದಾದರೆ, ಸಾಮಾನ್ಯವಾಗಿ ಅವರಲ್ಲಿ ಮೊದಲನೆಯ ಸಾಲು ಯಾವಾಗಲೂ ಅತ್ಯುತ್ತಮವಾದುದು ಮತ್ತು ಕೊನೆಯ ಸಾಲು ಯಾವಾಗಲೂ ಅತಿಕೆಟ್ಟದು. ಮಹಿಳೆಯರ ಸಾಲುಗಳ ಬಗ್ಗೆ ಹೇಳುವುದಾದರೆ, ಈ ಹದೀಸಿನಲ್ಲಿ ಹೇಳಿರುವುದು ಪುರುಷರೊಂದಿಗೆ ನಮಾಝ್ ಮಾಡುವ ಮಹಿಳೆಯರ ಬಗ್ಗೆ ಮಾತ್ರ. ಆದರೆ, ಮಹಿಳೆಯರು ಪುರುಷರಿಂದ ದೂರವಾಗಿ ಬೇರೆಯೇ ನಮಾಝ್ ಮಾಡುವಾಗ ಅವರಲ್ಲಿ ಮೊದಲನೆಯ ಸಾಲು ಅತ್ಯುತ್ತಮವಾದುದು ಮತ್ತು ಕೊನೆಯ ಸಾಲು ಅತಿಕೆಟ್ಟದು."
+ನವವಿ ಹೇಳಿದರು: "ಯಾವ ಸಾಲಿನ ಬಗ್ಗೆ ಹದೀಸ್‌ಗಳಲ್ಲಿ ಶ್ರೇಷ್ಠತೆಗಳು ಮತ್ತು ಪ್ರೋತ್ಸಾಹಗಳು ವರದಿಯಾಗಿವೆಯೋ ಆ ಪ್ರಶಂಸಾರ್ಹ ಸಾಲು ಇಮಾಮರ ನಂತರದ ಸಾಲಾಗಿದೆ. ಆ ಸಾಲಿನಲ್ಲಿರುವ ಜನರು ಆರಂಭದಲ್ಲಿ (ನಮಾಝಿಗೆ) ಬಂದವರು ಅಥವಾ ಕೊನೆಯಲ್ಲಿ ಬಂದವರಾಗಿದ್ದರೂ ಸಹ. ಅದೇ ರೀತಿ ಗೋಡೆ ಮುಂತಾದವುಗಳು ಅದರ ಮಧ್ಯೆಯಿದ್ದರೂ ಸಹ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/11299</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم رأى رجلا صلى وحده خلف الصف، فأمره أن يعيد صلاته</t>
+  </si>
+  <si>
+    <t>ಒಬ್ಬ ವ್ಯಕ್ತಿ ಸಾಲಿನಲ್ಲಿ ಒಬ್ಬಂಟಿಯಾಗಿ ನಿಂತು ನಮಾಝ್ ಮಾಡುವುದನ್ನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನೋಡಿದರು. ಅವರು ಆತನಿಗೆ ನಮಾಝ್ ಅನ್ನು ಪುನರಾವರ್ತಿಸಲು ಆಜ್ಞಾಪಿಸಿದರು</t>
+  </si>
+  <si>
+    <t>عَنْ وَابِصَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَأَى رَجُلًا صَلَّى وَحْدَهُ خَلْفَ الصَّفِّ، فَأَمَرَهُ أَنْ يُعِيدَ صَلَاتَهُ.</t>
+  </si>
+  <si>
+    <t>ವಾಬಿಸ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. "ಒಬ್ಬ ವ್ಯಕ್ತಿ ಸಾಲಿನಲ್ಲಿ ಒಬ್ಬಂಟಿಯಾಗಿ ನಿಂತು ನಮಾಝ್ ಮಾಡುವುದನ್ನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನೋಡಿದರು. ಅವರು ಆತನಿಗೆ ನಮಾಝ್ ಅನ್ನು ಪುನರಾವರ್ತಿಸಲು ಆಜ್ಞಾಪಿಸಿದರು."</t>
+  </si>
+  <si>
+    <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا صلَّى وحده خَلْفَ الصف، فأمرَه أن يعيد صلاته؛ لأن صلاته لم تصح على هذه الحالة.</t>
+  </si>
+  <si>
+    <t>ಒಬ್ಬ ವ್ಯಕ್ತಿ ಸಾಲಿನ ಹಿಂದೆ ಒಬ್ಬಂಟಿಯಾಗಿ ನಮಾಝ್ ಮಾಡುವುದನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನೋಡಿದರು. ಅವರು ಆತನಿಗೆ ನಮಾಝ್ ಅನ್ನು ಪುನರಾವರ್ತಿಸಲು ಆಜ್ಞಾಪಿಸಿದರು. ಏಕೆಂದರೆ ಆತನ ನಮಾಝ್ ಈ ಸ್ಥಿತಿಯಲ್ಲಿ ಸಿಂಧುವಾಗುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>الحث على التبكير لصلاة الجماعة والتقدُّم لها، وأنْ لا يصليَ خلف الصف مُنْفَرِدًا حتى لا يعرض صلاته للبطلان.
+قال ابن حجر: من ابتدأ الصلاة منفردًا خلف الصف ثم دخل في الصف قبل القيام من الركوع لم تجب عليه الإعادة، كما في حديث أبي بكرة، وإلا فيجب على عموم حديث وابصة.</t>
+  </si>
+  <si>
+    <t>ಜಮಾಅತ್ ನಮಾಝ್‌ಗೆ ಬೇಗನೆ ಹೊರಡಲು ಮತ್ತು ಮುಂದಿನ ಸಾಲಿಗೆ ಹೋಗಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ಸಾಲಿನ ಹಿಂದೆ ಒಬ್ಬಂಟಿಯಾಗಿ ನಮಾಝ್ ಮಾಡುವುದನ್ನು ತಪ್ಪಿಸಬೇಕು. ಏಕೆಂದರೆ ಇದರಿಂದ ನಮಾಝ್ ಅಸಿಂಧುವಾಗುವ ಅಪಾಯವಿದೆ.
+ಇಬ್ನ್ ಹಜರ್ ಹೇಳಿದರು: ಒಬ್ಬ ವ್ಯಕ್ತಿಯು ಸಾಲಿನ ಹಿಂದೆ ಒಬ್ಬಂಟಿಯಾಗಿ ನಮಾಝ್ ಅನ್ನು ಪ್ರಾರಂಭಿಸಿ, ನಂತರ ಆತ ರುಕೂವಿನಿಂದ ಏಳುವ ಮೊದಲು ಬೇರೆ ಯಾರಾದರೂ ಸಾಲಿನಲ್ಲಿ ಪ್ರವೇಶಿಸಿದರೆ, ಆತ ಆ ನಮಾಝನ್ನು ಪುನರಾವರ್ತಿಸುವುದು ಕಡ್ಡಾಯವಲ್ಲ. ಅಬೂ ಬಕ್ರ، ರವರ ಹದೀಸಿನಲ್ಲಿ ಇದನ್ನು ಸೂಚಿಸಲಾಗಿದೆ. ಇಲ್ಲದಿದ್ದರೆ ವಾಬಿಸಾ ಅವರ ಹದೀಸಿನ ಸಾಮಾನ್ಯ ಅರ್ಥದ ಪ್ರಕಾರ ಆ ನಮಾಝನ್ನು ಪುನರಾವರ್ತಿಸುವುದು ಕಡ್ಡಾಯವಾಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/11303</t>
+  </si>
+  <si>
+    <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
+  </si>
+  <si>
+    <t>ಈ ಎರಡು ನಮಾಝ್‌ಗಳು ಕಪಟವಿಶ್ವಾಸಿಗಳಿಗೆ ಅತ್ಯಂತ ಭಾರವಾದ ನಮಾಝ್‌ಗಳಾಗಿವೆ. ಅವುಗಳಲ್ಲಿರುವ ಪ್ರತಿಫಲದ ಬಗ್ಗೆ ನಿಮಗೆ ತಿಳಿದಿದ್ದರೆ, ನೀವು ಮೊಣಕಾಲಿನಲ್ಲಿ ತೆವಳಿಕೊಂಡಾದರೂ ಬರುತ್ತಿದ್ದಿರಿ</t>
+  </si>
+  <si>
+    <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
+  </si>
+  <si>
+    <t>ಉಬೈ ಬಿನ್ ಕಅಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಒಂದಿನ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮ್ಮೊಂದಿಗೆ ಸುಬಹ್ ನಮಾಝ್ ನಿರ್ವಹಿಸಿದರು. ನಂತರ ಹೇಳಿದರು: "ಇಂತಿಂತಹ ವ್ಯಕ್ತಿ ಇದ್ದಾರೆಯೇ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಇಲ್ಲ." ಅವರು ಕೇಳಿದರು: "ಇಂತಿಂತಹ ವ್ಯಕ್ತಿ ಇದ್ದಾರೆಯೇ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಇಲ್ಲ." ಅವರು ಹೇಳಿದರು: "ಈ ಎರಡು ನಮಾಝ್‌ಗಳು ಕಪಟವಿಶ್ವಾಸಿಗಳಿಗೆ ಅತ್ಯಂತ ಭಾರವಾದ ನಮಾಝ್‌ಗಳಾಗಿವೆ. ಅವುಗಳಲ್ಲಿರುವ ಪ್ರತಿಫಲದ ಬಗ್ಗೆ ನಿಮಗೆ ತಿಳಿದಿದ್ದರೆ, ನೀವು ಮೊಣಕಾಲಿನಲ್ಲಿ ತೆವಳಿಕೊಂಡಾದರೂ ಬರುತ್ತಿದ್ದಿರಿ. ನಿಶ್ಚಯವಾಗಿಯೂ, ಮೊದಲನೇ ಸಾಲು ದೇವದೂತರುಗಳ ಸಾಲಿನಂತೆ. ಅದರ ಶ್ರೇಷ್ಠತೆಯ ಬಗ್ಗೆ ನೀವು ತಿಳಿದುಕೊಂಡಿದ್ದರೆ ನೀವು ಅದಕ್ಕಾಗಿ ತ್ವರೆ ಮಾಡುತ್ತಿದ್ದಿರಿ. ಒಬ್ಬ ವ್ಯಕ್ತಿ ಇನ್ನೊಬ್ಬ ವ್ಯಕ್ತಿಯೊಂದಿಗೆ ಸೇರಿ ನಮಾಝ್ ಮಾಡುವುದು ಅವನು ಏಕಾಂಗಿಯಾಗಿ ನಮಾಝ್ ಮಾಡುವುದಕ್ಕಿಂತ ಪರಿಶುದ್ಧವಾಗಿದೆ. ಒಬ್ಬ ವ್ಯಕ್ತಿ ಇಬ್ಬರು ವ್ಯಕ್ತಿಗಳೊಂದಿಗೆ ಸೇರಿ ನಮಾಝ್ ಮಾಡುವುದು ಅವನು ಒಬ್ಬ ವ್ಯಕ್ತಿಯೊಂದಿಗೆ ನಮಾಝ್ ಮಾಡುವುದಕ್ಕಿಂತ ಪರಿಶುದ್ಧವಾಗಿದೆ. ಈ ಸಂಖ್ಯೆಯು ಹೆಚ್ಚಾಗುವುದು ಅಲ್ಲಾಹನಿಗೆ ಅತ್ಯಂತ ಇಷ್ಟವಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
+قال الصحابة: لا. 
+ثم قال: أحاضر فلان؟ لشخص آخر، 
+قالوا: لا. 
+قال صلى الله عليه وسلم: 
+إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
+ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
+وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
+وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
+والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
+  </si>
+  <si>
+    <t>ಒಂದಿನ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಫಜ್ರ್ ನಮಾಝ್ ಮಾಡಿದರು. ನಂತರ ಕೇಳಿದರು: "ಇಂತಿಂತಹ ವ್ಯಕ್ತಿ ನಮಾಝ್‌ನಲ್ಲಿ ಪಾಲ್ಗೊಂಡಿದ್ದಾನೆಯೇ?" ಸಹಾಬಿಗಳು ಹೇಳಿದರು: "ಇಲ್ಲ." ಅವರು ಪುನಃ ಇನ್ನೊಬ್ಬ ವ್ಯಕ್ತಿಯ ಬಗ್ಗೆ ಕೇಳಿದರು: "ಇಂತಿಂತಹ ವ್ಯಕ್ತಿ ಪಾಲ್ಗೊಂಡಿದ್ದಾರೆಯೇ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಇಲ್ಲ." ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಶ್ಚಯವಾಗಿಯೂ ಫಜ್ರ್ ನಮಾಝ್ ಮತ್ತು ಇಶಾ ನಮಾಝ್ ಕಪಟವಿಶ್ವಾಸಿಗಳಿಗೆ ಅತ್ಯಂತ ಭಾರವಾದ ನಮಾಝ್‌ಗಳಾಗಿವೆ." ಏಕೆಂದರೆ, ಈ ಸಮಯಗಳಲ್ಲಿ ಅವರು ಆಲಸಿಗರಾಗುತ್ತಾರೆ. ಅಷ್ಟೇ ಅಲ್ಲ, ಈ ಸಮಯದಲ್ಲಿ ಅವರಿಗೆ ಜನರ ಪ್ರಶಂಸೆ ಪಡೆಯಲು ಸಾಧ್ಯವಾಗುವುದಿಲ್ಲ. ಏಕೆಂದರೆ, ಕತ್ತಲೆಯಾದ್ದರಿಂದ ಅವರು ನಮಾಝ್‌ಗೆ ಹೋಗುವುದು ಯಾರಿಗೂ ಕಾಣಿಸುವುದಿಲ್ಲ.
+ಓ ಸತ್ಯವಿಶ್ವಾಸಿಗಳೇ, ಸುಬಹ್ ನಮಾಝ್ ಮತ್ತು ಇಶಾ ನಮಾಝ್‌ನಲ್ಲಿರುವ ಪ್ರತಿಫಲ ಮತ್ತು ಹೆಚ್ಚುವರಿ ಪುಣ್ಯದ ಬಗ್ಗೆ ನೀವೇನಾದರೂ ತಿಳಿದಿದ್ದರೆ—ಪ್ರತಿಫಲವು ಕೆಲಸದ ಕಠಿಣತೆಯ ಮೇಲೆ ಅವಲಂಬಿತವಾಗಿರುತ್ತದೆ—ನೀವು ತೆವಳಿಕೊಂಡು ಅಂಬೆಗಾಲಿನಲ್ಲಾದರೂ ಬರುತ್ತಿದ್ದಿರಿ.
+ಇಮಾಮರಿಗೆ ಹತ್ತಿರವಾಗಿರುವ ಮೊದಲನೆಯ ಸಾಲು ಅಲ್ಲಾಹನಿಗೆ ಹತ್ತಿರವಾಗಿರುವ ದೇವದೂತರುಗಳ ಸಾಲಿನಂತೆ. ಒಂದು ವೇಳೆ ಮೊದಲನೆಯ ಸಾಲಿಗಿರುವ ಶ್ರೇಷ್ಠತೆಯ ಬಗ್ಗೆ ಸತ್ಯವಿಶ್ವಾಸಿಗಳು ತಿಳಿದಿದ್ದರೆ ಅವರು ಅದಕ್ಕಾಗಿ ಸ್ಪರ್ಧಿಸುತ್ತಿದ್ದರು. ಒಬ್ಬ ವ್ಯಕ್ತಿ ಇನ್ನೊಬ್ಬ ವ್ಯಕ್ತಿಯೊಂದಿಗೆ ಸೇರಿ ನಮಾಝ್ ಮಾಡುವುದಕ್ಕೆ ಅವನು ಏಕಾಂಗಿಯಾಗಿ ನಮಾಝ್ ಮಾಡುವುದಕ್ಕಿಂತ ಹೆಚ್ಚು ಪ್ರತಿಫಲ ಮತ್ತು ಪರಿಣಾಮವಿದೆ. ಅವನು ، ಇಬ್ಬರು ವ್ಯಕ್ತಿಗಳೊಂದಿಗೆ ಸೇರಿ ನಮಾಝ್ ಮಾಡುವುದು ಒಬ್ಬ ವ್ಯಕ್ತಿಯೊಂದಿಗೆ ನಮಾಝ್ ಮಾಡುವುದಕ್ಕಿಂತ ಶ್ರೇಷ್ಠವಾಗಿದೆ. ಹೆಚ್ಚು ಜನರು ಸೇರಿ ನಿರ್ವಹಿಸುವ ನಮಾಝ್ ಅಲ್ಲಾಹನಿಗೆ ಹೆಚ್ಚು ಇಷ್ಟವಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
+مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
+عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
+صلاة الجماعة تنعقد باثنين فما فوق.
+بيان فضل الصف الأول، والترغيب في المبادرة إليه.
+فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
+الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
+  </si>
+  <si>
+    <t>ಇಮಾಮರು ನಮಾಝ್‌ಗೆ ಬರುವವರ ಸ್ಥಿತಿಗತಿಗಳ ಬಗ್ಗೆ ಮತ್ತು ಅವರಲ್ಲಿ ನಮಾಝ್‌ಗೆ ಹಾಜರಾಗದವರ ಬಗ್ಗೆ ವಿಚಾರಿಸುವುದು ಧರ್ಮನಿಯಮವಾಗಿದೆ.
+ಸಾಮೂಹಿಕ ನಮಾಝ್‌ಗೆ ತಪ್ಪದೆ ಹಾಜರಾಗಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ. ವಿಶೇಷವಾಗಿ ಇಶಾ ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್‌ಗಳು. ಅವು ಸತ್ಯವಿಶ್ವಾಸದ ಚಿಹ್ನೆಗಳಾಗಿವೆ.
+ಇಶಾ ಮತ್ತು ಫಜ್ರ್ ನಮಾಝ್‌ಗಳಿಗಿರುವ ಮಹಾ ಪ್ರತಿಫಲವನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಆ ಎರಡು ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸಲು ಆತ್ಮಪರಿಶ್ರಮ ಪಡೆಬೇಕಾದ ಮತ್ತು ಆರಾಧನಾ ಕರ್ಮಗಳಲ್ಲಿ ಸ್ಥಿರವಾಗಿರಬೇಕಾದ ಅಗತ್ಯವಿದೆ. ಆದ್ದರಿಂದ ಅವುಗಳಿಗೆ ದೊರೆಯುವ ಪ್ರತಿಫಲವು ಇತರ ನಮಾಝ್‌ಗಳಿಗೆ ದೊರೆಯುವ ಪ್ರತಿಫಲಕ್ಕಿಂತ ಹೆಚ್ಚಾಗಿದೆ.
+ಇಬ್ಬರು ಅಥವಾ ಅದಕ್ಕಿಂತ ಹೆಚ್ಚು ಜನರು ಸೇರಿ ಸಾಮೂಹಿಕ ನಮಾಝ್ ನಿರ್ವಹಿಸಬಹುದು.
+ಮೊದಲನೆಯ ಸಾಲಿನ ಶ್ರೇಷ್ಠತೆಯನ್ನು ವಿವರಿಸಲಾಗಿದೆ ಮತ್ತು ಅದಕ್ಕಾಗಿ ತ್ವರೆ ಮಾಡಬೇಕೆಂದು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ಸಾಮೂಹಿಕ ನಮಾಝ್‌ನಲ್ಲಿ ಪಾಲ್ಗೊಳ್ಳುವವರ ಸಂಖ್ಯೆ ಹೆಚ್ಚಾಗುವುದರ ಶ್ರೇಷ್ಠತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಅವರ ಸಂಖ್ಯೆ ಹೆಚ್ಚಾದಂತೆ ಪ್ರತಿಫಲವು ಹೆಚ್ಚಾಗುತ್ತದೆ.
+ಸತ್ಕರ್ಮಗಳಿಗೆ ಧರ್ಮವು ನೀಡಿದ ಶ್ರೇಷ್ಠತೆಗಳಿಗೆ ಮತ್ತು ಪರಿಸ್ಥಿತಿಗಳಿಗೆ ಅನುಗುಣವಾಗಿ ಅವುಗಳ ಪ್ರತಿಫಲದಲ್ಲಿ ಹೆಚ್ಚು-ಕಡಿಮೆ ಉಂಟಾಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/11306</t>
   </si>
   <si>
     <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಗೆ ಅಗತ್ಯದ ಪ್ರವಚನವನ್ನು (ಖುತ್ಬತುಲ್ ಹಾಜ) ಕಲಿಸಿಕೊಟ್ಟರು</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಮಸ್‌ಊದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಗೆ ಅಗತ್ಯದ ಪ್ರವಚನವನ್ನು (ಖುತ್ಬತುಲ್ ಹಾಜ) ಕಲಿಸಿಕೊಟ್ಟರು: "ನಿಶ್ಚಯವಾಗಿಯೂ ಸರ್ವಸ್ತುತಿಗಳು ಅಲ್ಲಾಹನಿಗೆ ಮೀಸಲು. ನಾವು ಅವನಲ್ಲಿ ಸಹಾಯ ಬೇಡುತ್ತೇವೆ ಮತ್ತು ಅವನಲ್ಲಿ ಕ್ಷಮೆ ಯಾಚಿಸುತ್ತೇವೆ. ನಮ್ಮ ಶರೀರಗಳ ಕೆಡುಕುಗಳಿಂದ ನಾವು ಅಲ್ಲಾಹನಲ್ಲಿ ರಕ್ಷೆ ಬೇಡುತ್ತೇವೆ. ಅಲ್ಲಾಹನ ಮಾರ್ಗದರ್ಶನದಲ್ಲಿರುವವನು ಪಥಭ್ರಷ್ಟನಾಗಲಾರ. ಅಲ್ಲಾಹು ಪಥಭ್ರಷ್ಟಗೊಳಿಸಿದವನು ಮಾರ್ಗದರ್ಶನವನ್ನು ಪಡೆಯಲಾರ. ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ ಎಂದು ನಾನು ಸಾಕ್ಷಿ ವಹಿಸುತ್ತೇನೆ, ಮತ್ತು ಮುಹಮ್ಮದ್ ಅವನ ದಾಸರು ಮತ್ತು ಸಂದೇಶವಾಹಕರೆಂದು ನಾನು ಸಾಕ್ಷಿ ವಹಿಸುತ್ತೇನೆ. "ಓ ಜನರೇ! ನಿಮ್ಮನ್ನು ಒಂದೇ ದೇಹದಿಂದ ಸೃಷ್ಟಿಸಿದ ನಿಮ್ಮ ಪರಿಪಾಲಕನನ್ನು (ಅಲ್ಲಾಹನನ್ನು) ಭಯಪಡಿರಿ. ಅವನು ಅದರಿಂದಲೇ ಅದರ ಸಂಗಾತಿಯನ್ನು ಸೃಷ್ಟಿಸಿದನು. ಅವರಿಬ್ಬರಿಂದ ಅನೇಕ ಪುರುಷರನ್ನು ಮತ್ತು ಸ್ತ್ರೀಯರನ್ನು ಹಬ್ಬಿಸಿದನು. ಯಾರ ಬಗ್ಗೆ ನೀವು ಪರಸ್ಪರ ಕೇಳುತ್ತಿರುವಿರೋ ಆ ಅಲ್ಲಾಹನನ್ನು ಮತ್ತು ಕುಟುಂಬ ಸಂಬಂಧಗಳನ್ನು ಭಯಪಡಿರಿ. ಅಲ್ಲಾಹು ನಿಮ್ಮನ್ನು ಸದಾ ಗಮನಿಸುತ್ತಲೇ ಇದ್ದಾನೆ." [ನಿಸಾಅ್‌ 1]. "ಓ ಸತ್ಯವಿಶ್ವಾಸಿಗಳೇ! ಅಲ್ಲಾಹನನ್ನು ಭಯಪಡಬೇಕಾದ ರೀತಿಯಲ್ಲೇ ಭಯಪಡಿರಿ. ಮುಸ್ಲಿಮರಾಗಿಯೇ ಹೊರತು ನೀವು ಮರಣಹೊಂದುವಂತಾಗದಿರಲಿ." [ಆಲು ಇಮ್ರಾನ್:102]. "ಓ ಸತ್ಯವಿಶ್ವಾಸಿಗಳೇ! ಅಲ್ಲಾಹನನ್ನು ಭಯಪಡಿರಿ ಮತ್ತು ಸರಿಯಾದ ಮಾತನ್ನೇ ಆಡಿರಿ. ಅವನು ನಿಮ್ಮ ಕರ್ಮಗಳನ್ನು ಸರಿಪಡಿಸುವನು ಮತ್ತು ನಿಮ್ಮ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸುವನು. ಯಾರು ಅಲ್ಲಾಹನನ್ನು ಮತ್ತು ಅವನ ಸಂದೇಶವಾಹಕರನ್ನು ಅನುಸರಿಸುತ್ತಾನೋ ಅವನು ಮಹಾ ವಿಜಯವನ್ನು ಪಡೆದನು." [ಅಹ್‌ಝಾಬ್:70-71].</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಗೆ ಅಗತ್ಯದ ಪ್ರವಚನ (ಖುತ್ಬತುಲ್ ಹಾಜ) ಕಲಿಸಿಕೊಟ್ಟರೆಂದು ಇಬ್ನ್ ಮಸ್‌ಊದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುತ್ತಿದ್ದಾರೆ. ಇದು ಪ್ರವಚನಗಳ ಆರಂಭದಲ್ಲಿ ಮತ್ತು ವಿವಾಹದ ಪ್ರವಚನ, ಶುಕ್ರವಾರದ ಪ್ರವಚನ ಮುಂತಾದ ಅಗತ್ಯದ ಪ್ರವಚನಗಳಿಗೆ ಮುಂಚೆ ಪಠಿಸಲಾಗುವ ವಾಕ್ಯಗಳಾಗಿವೆ. ಎಲ್ಲಾ ರೀತಿಯ ಸ್ತುತಿ-ಪ್ರಶಂಸೆಗಳಿಗೆ ಅಲ್ಲಾಹು ಮಾತ್ರ ಅರ್ಹನು, ಅವನಿಂದ ಮಾತ್ರ ಸಹಾಯ ಯಾಚಿಸುವುದು, ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಲು ಮತ್ತು ನಿರ್ಲಕ್ಷಿಸಲು ಬೇಡುವುದು, ದೇಹದ ಕೆಡುಕುಗಳು ಮುಂತಾದ ಎಲ್ಲಾ ರೀತಿಯ ಕೆಡುಕುಗಳಿಂದ ಅವನಲ್ಲಿ ರಕ್ಷಣೆ ಬೇಡುವುದು ಮುಂತಾದ ಮಹಾನ್ ಅರ್ಥಗಳನ್ನು ಈ ಪ್ರವಚನವು ಒಳಗೊಂಡಿದೆ.
 ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳುವುದೇನೆಂದರೆ, ಸನ್ಮಾರ್ಗವು ಅಲ್ಲಾಹನ ಕೈಯಲ್ಲಿದೆ, ಅಲ್ಲಾಹನ ಮಾರ್ಗದರ್ಶನದಲ್ಲಿರುವವನು ಪಥಭ್ರಷ್ಟನಾಗಲಾರ. ಅಲ್ಲಾಹು ಪಥಭ್ರಷ್ಟಗೊಳಿಸಿದವನು ಮಾರ್ಗದರ್ಶನವನ್ನು ಪಡೆಯಲಾರ.
 ನಂತರ ಅವರು ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ ಎಂಬ ಏಕದೇವತ್ವದ ಸಾಕ್ಷ್ಯ ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ದಾಸರು ಮತ್ತು ಸಂದೇಶವಾಹಕರೆಂಬ ಪ್ರವಾದಿತ್ವದ ಸಾಕ್ಷ್ಯವನ್ನು ಪಠಿಸಿದರು.
 ನಂತರ ಮೂರು ಶ್ಲೋಕಗಳನ್ನು ಪಠಿಸಿ ಪ್ರವಚನವನ್ನು ಮುಗಿಸಿದರು. ಈ ಮೂರು ಶ್ಲೋಕಗಳು ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹನ ಸಂಪ್ರೀತಿಯನ್ನು ಬಯಸಿ, ಅವನ ಆಜ್ಞೆಗಳನ್ನು ಪಾಲಿಸುವ ಮೂಲಕ ಮತ್ತು ಅವನು ವಿರೋಧಿಸಿದ ಕಾರ್ಯಗಳಿಂದ ದೂರವಿರುವ ಮೂಲಕ ಅವನನ್ನು ಭಯಪಡಬೇಕೆಂಬ ಆಜ್ಞೆಯನ್ನು ಒಳಗೊಂಡಿವೆ. ಅದೇ ರೀತಿ ಹೀಗೆ ಅಲ್ಲಾಹನನ್ನು ಭಯಪಟ್ಟು ಜೀವಿಸುವವರಿಗೆ ಸಿಗುವ ಪ್ರತಿಫಲವೇನೆಂದರೆ, ಅವರ ಕರ್ಮಗಳು ಮತ್ತು ಮಾತುಗಳು ಸರಿಯಾಗುತ್ತವೆ, ಅವರ ಪಾಪಗಳನ್ನು ಕ್ಷಮಿಸಲಾಗುತ್ತದೆ ಮತ್ತು ಇಹಲೋಕದಲ್ಲಿ ಅವರಿಗೆ ಶುದ್ಧವಾದ ಜೀವನ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ಸ್ವರ್ಗವು ಸಿಗುತ್ತದೆ.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>ವಿವಾಹದ ಪ್ರವಚನ, ಶುಕ್ರವಾರದ ಪ್ರವಚನ ಮುಂತಾದವುಗಳನ್ನು ಈ ಪ್ರವಚನದ ಮೂಲಕ ಪ್ರಾರಂಭಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆಯೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಪ್ರವಚನವು ಅಲ್ಲಾಹನ ಸ್ತುತಿ, ಎರಡು ಸಾಕ್ಷ್ಯವಚನಗಳ ಉಚ್ಛಾರ ಮತ್ತು ಕೆಲವು ಕುರ್‌ಆನ್ ಶ್ಲೋಕಗಳನ್ನು ಒಳಗೊಂಡಿರಬೇಕೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಧಾರ್ಮಿಕವಾಗಿ ಅಗತ್ಯವಿರುವ ಎಲ್ಲಾ ಕಾರ್ಯಗಳನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಹಾಬಿಗಳಿಗೆ ಕಲಿಸಿಕೊಟ್ಟಿದ್ದಾರೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/kn/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>ಪೋಷಕನಿಲ್ಲದಿದ್ದರೆ ವಿವಾಹವಿಲ್ಲ</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಮೂಸಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಪೋಷಕನಿಲ್ಲದಿದ್ದರೆ ವಿವಾಹವಿಲ್ಲ."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>ವಿವಾಹ ಕರಾರನ್ನು ನಡೆಸಿಕೊಡುವ ಪೋಷಕರ ಅನುಪಸ್ಥಿತಿಯಲ್ಲಿ ಒಬ್ಬ ಮಹಿಳೆ ವಿವಾಹವಾದರೆ ಆ ವಿವಾಹ ಸಿಂಧುವಲ್ಲವೆಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸಿದ್ದಾರೆ.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>ವಿವಾಹ ಸಿಂಧುವಾಗಲು ಪೋಷಕರ ಉಪಸ್ಥಿತಿಯು ಷರತ್ತಾಗಿದೆ. ಪೋಷಕನ ಅನುಪಸ್ಥಿತಿಯಲ್ಲಿ ವಿವಾಹ ನಡೆದರೆ, ಅಥವಾ ಮಹಿಳೆಯೊಬ್ಬಳು ಸ್ವಯಂ ವಿವಾಹವಾದರೆ, ಆ ವಿವಾಹ ಸಿಂಧುವಲ್ಲ.
 ಪೋಷಕರು ಎಂದರೆ ಮಹಿಳೆಗೆ ಅತೀ ಹತ್ತಿರದ ಪುರುಷ ಸಂಬಂಧಿ. ಹತ್ತಿರದ ಸಂಬಂಧಿಗಳಿರುವಾಗ ದೂರದ ಸಂಬಂಧಿಗಳು ಪೋಷಕರ ಸ್ಥಾನ ವಹಿಸಿ ವಿವಾಹ ನಡೆಸಿಕೊಡಬಾರದು.
 ಪೋಷಕರಿಗೆ ಸಂಬಂಧಿಸಿದ ಷರತ್ತುಗಳು: ಧಾರ್ಮಿಕ ನಿಯಮಗಳನ್ನು ಪಾಲಿಸಲು ಬದ್ಧನಾಗಿರುವುದು, ಪುರುಷನಾಗಿರುವುದು, ವಿವಾಹದ ಸಾಧಕ-ಬಾಧಕಗಳ ಬಗ್ಗೆ ತಿಳುವಳಿಕೆಯಿರುವುದು, ವಧು ಮತ್ತು ಪೋಷಕರು ಒಂದೇ ಧರ್ಮದವರಾಗಿರುವುದು. ಯಾರಿಗೆ ಈ ಗುಣಗಳ ಕೊರತೆಯಿದೆಯೋ ಅವರು ವಿವಾಹ ನಡೆಸಿಕೊಡುವ ಪೋಷಕ ಸ್ಥಾನ ವಹಿಸಲು ಅರ್ಹರಲ್ಲ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/58066</t>
+  </si>
+  <si>
+    <t>أيما امرأة نكحت بغير إذن مواليها، فنكاحها باطل ثلاث مرات فإن دخل بها فالمهر لها بما أصاب منها، فإن تشاجروا فالسلطان ولي من لا ولي له</t>
+  </si>
+  <si>
+    <t>ಯಾವುದೇ ಮಹಿಳೆ ತನ್ನ ಪೋಷಕರ (ವಲಿ) ಅನುಮತಿಯಿಲ್ಲದೆ ವಿವಾಹವಾದರೆ, ಆಕೆಯ ವಿವಾಹವು ಬಾತಿಲ್ (ಅಸಿಂಧು) ಆಗಿದೆ. - ಅವರು ಇದನ್ನು ಮೂರು ಬಾರಿ ಪುನರುಚ್ಛರಿಸಿದರು - ನಂತರ ಅವನು ಆಕೆಯೊಂದಿಗೆ ಸಂಭೋಗ ಮಾಡಿದರೆ, ಆಕೆಯು ಆತನಿಂದ ಪಡೆದ ಲಾಭಕ್ಕೆ ತಕ್ಕಂತೆ ಮೆಹರ್ (ವಿವಾಹದ ಕಾಣಿಕೆ) ಅನ್ನು ಪಡೆಯುತ್ತಾಳೆ. ಅವರು ವಿವಾದ ಉಂಟುಮಾಡಿದರೆ, ಪೋಷಕರಿಲ್ಲದವರಿಗೆ ಸುಲ್ತಾನನು ಪೋಷಕನಾಗುತ್ತಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِي اللهُ عنْها قَالَتْ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّمَا امْرَأَةٍ نَكَحَتْ بِغَيْرِ إِذْنِ مَوَالِيهَا، فَنِكَاحُهَا بَاطِلٌ -ثَلَاثَ مَرَّاتٍ- فَإِنْ دَخَلَ بِهَا فَالْمَهْرُ لَهَا بِمَا أَصَابَ مِنْهَا، فَإِنْ تَشَاجَرُوا فَالسُّلْطَانُ وَلِيُّ مَنْ لَا وَلِيَّ لَهُ».</t>
+  </si>
+  <si>
+    <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ ಆಯಿಶ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾವುದೇ ಮಹಿಳೆ ತನ್ನ ಪೋಷಕರ (ವಲಿ) ಅನುಮತಿಯಿಲ್ಲದೆ ವಿವಾಹವಾದರೆ, ಆಕೆಯ ವಿವಾಹವು ಬಾತಿಲ್ (ಅಸಿಂಧು) ಆಗಿದೆ. - ಅವರು ಇದನ್ನು ಮೂರು ಬಾರಿ ಪುನರುಚ್ಛರಿಸಿದರು - ನಂತರ ಅವನು ಆಕೆಯೊಂದಿಗೆ ಸಂಭೋಗ ಮಾಡಿದರೆ, ಆಕೆಯು ಆತನಿಂದ ಪಡೆದ ಲಾಭಕ್ಕೆ ತಕ್ಕಂತೆ ಮೆಹರ್ (ವಿವಾಹದ ಕಾಣಿಕೆ) ಅನ್ನು ಪಡೆಯುತ್ತಾಳೆ. ಅವರು ವಿವಾದ ಉಂಟುಮಾಡಿದರೆ, ಪೋಷಕರಿಲ್ಲದವರಿಗೆ ಸುಲ್ತಾನನು ಪೋಷಕನಾಗುತ್ತಾನೆ."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِنْ أنْ تُزَوِّجَ المرأةُ نفسَها بغير إذن أوليائها، وأنَّ نكاحَها باطل، وقد كَرَّره ثلاث مرات، وكأنه لم يكن.
+فإنْ دَخَل بها الذي تزوجها بغير إذن وليها؛ فالمَهر الكامل لها بما أصاب من جماعها في فرجها.
+ثم إنْ تنازع الأولياء في ولاية العقد -ومراتبهم فيه سواء- فالعقد لمن سَبق إليه منهم إذا كان ذلك نظرًا منه في مصلحتها، فإن امتنع الولي من التزويج فكأنه لا ولي لها؛ فيكون السلطان أو وليُّه من القضاة ونحوهم وليَّها، وإلا فلا ولاية للسلطان مع وجود الولي.</t>
+  </si>
+  <si>
+    <t>ಮಹಿಳೆಯು ತನ್ನ ಪೋಷಕರ ಅನುಮತಿಯಿಲ್ಲದೆ ಸ್ವಯಂ ವಿವಾಹವಾಗುವುದರ ವಿರುದ್ಧ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎಚ್ಚರಿಸಿದ್ದಾರೆ ಮತ್ತು ಆಕೆಯ ವಿವಾಹವು ಬಾತಿಲ್ (ಅಸಿಂಧು) ಎಂದು ಹೇಳಿದ್ದಾರೆ. ಅದು ಎಂದಿಗೂ ಸಂಭವಿಸಬಾರದೆಂಬಂತೆ ಅವರು ಅದನ್ನು ಮೂರು ಬಾರಿ ಪುನರಾವರ್ತಿಸಿ ಹೇಳಿದರು.
+ಯಾರು ಆಕೆಯ ಪೋಷಕರ ಅನುಮತಿಯಿಲ್ಲದೆ ಆಕೆಯನ್ನು ವಿವಾಹವಾದರೋ ಆತ ಆಕೆಯೊಂದಿಗೆ ಸಂಭೋಗ ಮಾಡಿದರೆ; ಆಕೆಯ ಗುಪ್ತ ಭಾಗದಲ್ಲಿ ಸಂಭೋಗಿಸಿದ ಕಾರಣಕ್ಕೆ ಆಕೆ ಪೂರ್ಣ ಮಹರ್ ಅನ್ನು ಪಡೆಯುತ್ತಾಳೆ.
+ಒಂದು ವೇಳೆ ವಿವಾಹ ಒಪ್ಪಂದದ ಪೋಷಕತ್ವದಲ್ಲಿ ಪೋಷಕರಲ್ಲಿ ಭಿನ್ನಮತ ಉಂಟಾದರೆ - ಮತ್ತು ಅವರ ಶ್ರೇಣಿಗಳು ಸಮಾನವಾಗಿದ್ದರೆ - ಅವರಲ್ಲಿ ಯಾರು ಮೊದಲು ಮುಂದಾಗುತ್ತಾರೋ ಅವರಿಗೆ ಒಪ್ಪಂದವಾಗುತ್ತದೆ, ಅದು ಆಕೆಯ ಹಿತಾಸಕ್ತಿಯನ್ನು ಪರಿಗಣಿಸುವುದಾಗಿದ್ದರೆ.  ಪೋಷಕನು (ವಲಿ) ವಿವಾಹ ಮಾಡಿಕೊಡಲು ನಿರಾಕರಿಸಿದರೆ, ಆಕೆಗೆ ಪೋಷಕರಿಲ್ಲದಂತಾಗುತ್ತದೆ. ಆಗ ಸುಲ್ತಾನ್ ಅಥವಾ ಅವನ ಪ್ರತಿನಿಧಿಯಾದ ನ್ಯಾಯಾಧೀಶರು ಮತ್ತು ಅವರ ಸ್ಥಾನದಲ್ಲಿರುವವರು ಆಕೆಗೆ ಪೋಷಕರಾಗುತ್ತಾರೆ.  ನಿರಾಕರಿಸದಿದ್ದರೆ ಪೋಷಕರ ಉಪಸ್ಥಿತಿಯಲ್ಲಿ ಸುಲ್ತಾನನಿಗೆ ಪೋಷಕತ್ವ ವಹಿಸುವ ಅಧಿಕಾರವಿರುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>اشتراط الوليِّ لصحة النكاح، وحُكي عن ابن المنذر أنه لا يُعرَف عن أحد من الصحابة خلافُ ذلك.
+في النكاح الباطل تستحق المرأة المهر مقابل وطء الرجل لها.
+السلطان ولي مَن لا ولي لها من النساء، سواء كان ذلك بسبب عدم وجوده أصلًا، أو بسبب امتناعه عن تزويجها.
+السلطان يعتبر ولي من لا ولي له، في حال فَقْدِ الولي أو تعذُّرِه، ويقوم مقامه القاضي؛ لأنه النائب عنه في هذه المسائل. 
+الولاية في تزويج المرأة لا يعني أنه ليس لها حق، بل لها حق ولا يجوز لوليها أن يزوجها إلا بإذنها.
+شروط النكاح الصحيح: أولًا: تعيين كل من الزوجين بالإشارة أو التسمية أو الوصف ونحو ذلك، ثانيًا: رِضى كلٍّ من الزوجين بالآخر، ثالثًا: أنْ يَعقِد للمرأة وليُّها، رابعا: الشّهادة على عقد النكاح.
+يشترط في الولي الذي يعقد النكاح: أولًا: العقل، ثانيًا: أن يكون ذكرًا، ثالثًا: البلوغ، ببلوغه خمسة عشر عامًا أو الاحتلام، رابعًا: اتحاد الدّين فلا ولاية لكافر على مسلم ولا مسلمة، وكذلك لا ولاية لمسلم على كافر أو كافرة، خامسًا: العدالة المنافية للفسق، ويكفي منها أن يحصل منه النّظر في مصلحة من تولّى أمر تزويجها، سادسًا: أن يكون الولي راشدًا غير سفيه، وهو القدرة على معرفة الكُفْءِ ومصالح النكاح.
+لأولياء المرأة في التزويج ترتيب عند الفقهاء فلا يجوز تعدّي الولي الأقرب إلا عند فَقْدِه أو فَقْدِ شروطه، ووليّ المرأة أبوها، ثمّ وَصِيُّه فيها، ثمّ جدّها لأب وإن علا، ثمّ ابنها، ثم بنوه وإن نزلوا، ثمّ أخوها لأبوين، ثم أخوها لأب، ثمّ بنوهما، ثمّ عمّها لأبوين، ثمّ عمها لأب، ثمّ بنوهما، ثمّ الأقرب فالأقرب نسبًا من العصبة كالإرث، والسّلطان المسلم ومن ينوب عنه كالقاضي وليّ من لا وليّ له.</t>
+  </si>
+  <si>
+    <t>ವಿವಾಹದ ಸಿಂಧುತ್ವಕ್ಕೆ ಪೋಷಕರ (ವಲಿ) ಉಪಸ್ಥಿತಿ ಕಡ್ಡಾಯವಾಗಿದೆ. ಸಹಾಬಾಗಳಲ್ಲಿ (ಸಂಗಾತಿಗಳು) ಯಾರೂ ಇದಕ್ಕೆ ವಿರುದ್ಧವಾಗಿ ಅಭಿಪ್ರಾಯ ಹೊಂದಿರುವುದು ತಿಳಿದುಬಂದಿಲ್ಲವೆಂದು ಇಬ್ನುಲ್ ಮುಂದಿರ್ ಉಲ್ಲೇಖಿಸಿದ್ದಾರೆ.
+ವಿವಾಹವು ಬಾತಿಲ್ (ಅಸಿಂಧು) ಆಗಿದ್ದರೆ, ಪುರುಷನು ಆಕೆಯೊಂದಿಗೆ ಸಂಭೋಗಿಸಿದಕ್ಕೆ ಪ್ರತಿಯಾಗಿ ಮಹಿಳೆಯು ಮಹರ್ ಪಡೆಯಲು ಅರ್ಹಳಾಗಿರುತ್ತಾಳೆ.
+ಯಾವುದೇ ಮಹಿಳೆಗೆ ಪೋಷಕರಿಲ್ಲದಿದ್ದರೆ ಸುಲ್ತಾನ್ ಆಕೆಗೆ ಪೋಷಕನಾಗುತ್ತಾನೆ. ಅದು ಪೋಷಕರು ಮೂಲತಃ ಇಲ್ಲದಿರುವ ಕಾರಣದಿಂದಾಗಿದ್ದರೂ, ಅಥವಾ ಆಕೆಯನ್ನು ವಿವಾಹ ಮಾಡಿಕೊಡುವುದನ್ನು ನಿರಾಕರಿಸಿದ ಕಾರಣದಿಂದಾಗಿದ್ದರೂ ಅದರಲ್ಲಿ ವ್ಯತ್ಯಾಸವಿಲ್ಲ.
+ಪೋಷಕರು ಇಲ್ಲದಿರುವಾಗ ಅಥವಾ ಅವರಿಗೆ ಪೋಷಕತ್ವ ವಹಿಸಲು ಅಸಾಧ್ಯವಾದಾಗ ಸುಲ್ತಾನನು ಪೋಷಕರಿಲ್ಲದವರಿಗೆ ಪೋಷಕನೆಂದು ಪರಿಗಣಿಸಲ್ಪಡುತ್ತಾನೆ. ನ್ಯಾಯಾಧೀಶರಿಗೂ ಕೂಡ ಈ ಸ್ಥಾನಮಾನವಿದೆ. ಏಕೆಂದರೆ ಈ ವಿಷಯದಲ್ಲಿ ನ್ಯಾಯಾಧೀಶರು ಸುಲ್ತಾನನ ಪ್ರತಿನಿಧಿಯಾಗಿದ್ದಾರೆ.
+ಮಹಿಳೆಯನ್ನು ವಿವಾಹ ಮಾಡಿಕೊಡಲು ಪೋಷಕರು ಇರಬೇಕು ಎನ್ನುವುದು ವಿವಾಹದ ವಿಷಯದಲ್ಲಿ ಮಹಿಳೆಗೆ ಯಾವುದೇ ಹಕ್ಕಿಲ್ಲ ಎಂದು ಅರ್ಥವಲ್ಲ. ಬದಲಿಗೆ, ಆಕೆಗೆ ಹಕ್ಕಿದೆ. ಆಕೆಯ ಪೋಷಕರು ಆಕೆಯ ಅನುಮತಿಯಿಲ್ಲದೆ ಆಕೆಯನ್ನು ವಿವಾಹ ಮಾಡಿಕೊಡುವುದಕ್ಕೆ ಅನುಮತಿಯಿಲ್ಲ.
+ಸರಿಯಾದ ವಿವಾಹದ ಷರತ್ತುಗಳು: ಮೊದಲನೆಯದಾಗಿ: ಪತಿ ಮತ್ತು ಪತ್ನಿ ಇಬ್ಬರೂ ಸೂಚನೆ, ಹೆಸರು ಅಥವಾ ವಿವರಣೆ ಮುಂತಾದವುಗಳ ಮೂಲಕ ನಿರ್ದಿಷ್ಟಪಡಿಸಬೇಕು. ಎರಡನೆಯದಾಗಿ: ಪತಿ ಮತ್ತು ಪತ್ನಿ ಇಬ್ಬರಿಗೂ ಪರಸ್ಪರ ಒಪ್ಪಿಗೆ ಇರಬೇಕು. ಮೂರನೆಯದಾಗಿ: ಮಹಿಳೆಯ ಪರವಾಗಿ ಆಕೆಯ ಪೋಷಕರು ಒಪ್ಪಂದ ಮಾಡಬೇಕು. ನಾಲ್ಕನೆಯದಾಗಿ: ವಿವಾಹ ಒಪ್ಪಂದದ ಬಗ್ಗೆ ಸಾಕ್ಷ್ಯವಿರಬೇಕು.
+ವಿವಾಹ ಒಪ್ಪಂದವನ್ನು ಮಾಡುವ ಪೋಷಕರ ಷರತ್ತುಗಳು: ಮೊದಲನೆಯದಾಗಿ: ಬುದ್ಧಿ ಇರಬೇಕು. ಎರಡನೆಯದಾಗಿ: ಪುರುಷನಾಗಿರಬೇಕು. ಮೂರನೆಯದಾಗಿ: ಪ್ರೌಢಾವಸ್ಥೆ ತಲುಪಿರಬೇಕು. ಪ್ರೌಢಾವಸ್ಥೆ ಎಂದರೆ ಹದಿನೈದು ವರ್ಷ ವಯಸ್ಸನ್ನು ತಲುಪುವುದು ಅಥವಾ ಸ್ವಪ್ನಸ್ಖಲನವಾಗುವುದು. ನಾಲ್ಕನೆಯದಾಗಿ: ಧರ್ಮವು ಒಂದಾಗಿರಬೇಕು. ಮುಸ್ಲಿಂ ಪುರುಷನಿಗೆ ಮುಸ್ಲಿಂ ಅಲ್ಲದ ಮಹಿಳೆಯ ಮೇಲೆ ಅಥವಾ ಮುಸ್ಲಿಂ ಅಲ್ಲದ ಪುರುಷನಿಗೆ ಮುಸ್ಲಿಂ ಮಹಿಳೆಯ ಮೇಲೆ ಪೋಷಕತ್ವವಿಲ್ಲ. ಅಂತೆಯೇ ಮುಸ್ಲಿಂ ಪುರುಷನಿಗೆ ಮುಸ್ಲಿಂ ಅಲ್ಲದ ಮಹಿಳೆಯ ಮೇಲೆ ಅಥವಾ ಮುಸ್ಲಿಂ ಅಲ್ಲದ ಪುರುಷನಿಗೆ ಮುಸ್ಲಿಂ ಅಲ್ಲದ ಮಹಿಳೆಯ ಮೇಲೆ ಪೋಷಕತ್ವವಿಲ್ಲ. ಐದನೆಯದಾಗಿ: ದುಷ್ಕರ್ಮಕ್ಕೆ ವಿರುದ್ಧವಾದ ನ್ಯಾಯಪರತೆ. ಅಂದರೆ ಅವರು ಯಾರ ವಿವಾಹದ ವಿಷಯವನ್ನು ವಹಿಸಿಕೊಂಡಿರುತ್ತಾರೋ ಅವರ ಹಿತಾಸಕ್ತಿಯನ್ನು ಪರಿಗಣಿಸುವುದಾಗಿದ್ದರೆ ಸಾಕು. ಆರನೆಯದಾಗಿ: ಪೋಷಕನು ವಿವೇಕಿಯಾಗಿರಬೇಕು, ಅವಿವೇಕಿಯಾಗಿರಬಾರದು. ಅಂದರೆ ಸರಿಸಾಟಿತನವನ್ನು ಮತ್ತು ವಿವಾಹದ ಹಿತಾಸಕ್ತಿಗಳನ್ನು ತಿಳಿಯಲು ಸಾಧ್ಯವಾಗುವಷ್ಟು ಬುದ್ಧಿವಂತನಾಗಿರಬೇಕು.
+ವಿವಾಹದಲ್ಲಿ ಮಹಿಳೆಯ ಪೋಷಕತ್ವ ವಹಿಸುವವರಲ್ಲಿ ಕ್ರಮೀಕರಣವಿದೆ ಎಂದು ಕರ್ಮಶಾಸ್ತ್ರಜ್ಞರು ತಿಳಿಸಿದ್ದಾರೆ. ಹತ್ತಿರದ ಪೋಷಕರು ಇಲ್ಲದಿದ್ದಾಗ ಅಥವಾ ಅವರು ಪೋಷಕತ್ವದ ಷರತ್ತುಗಳನ್ನು ಪೂರೈಸದಿದ್ದಾಗ ಮಾತ್ರ ಇತರರು ಪೋಷಕತ್ವ ವಹಿಸಲು ಅನುಮತಿಸಲಾಗಿದೆ. ಮಹಿಳೆಯ ಪೋಷಕರು ಆಕೆಯ ತಂದೆ. ನಂತರ ತಂದೆ ವಸಿಯ್ಯತ್ ಮಾಡಿದ ವ್ಯಕ್ತಿ. ನಂತರ ತಂದೆಯ ತಂದೆ, ತಾತ, ಮುತ್ತಾತ... ನಂತರ ಅವಳ ಪುತ್ರ. ನಂತರ ತಂದೆಯ ಮಕ್ಕಳು, ಮರಿಮಕ್ಕಳು... ನಂತರ ತಂದೆ-ತಾಯಿಯ ಕಡೆಯಿಂದ ಆಕೆಯ ಸಹೋದರ. ನಂತರ ತಂದೆಯ ಕಡೆಯಿಂದ ಆಕೆಯ ಸಹೋದರ. ನಂತರ ಅವರಿಬ್ಬರ ಮಕ್ಕಳು. ನಂತರ ತಂದೆ-ತಾಯಿಯ ಕಡೆಯಿಂದ ಅವಳ ಚಿಕ್ಕಪ್ಪ. ನಂತರ ತಂದೆಯ ಕಡೆಯಿಂದ ಅವಳ ಚಿಕ್ಕಪ್ಪ. ನಂತರ ಅವರಿಬ್ಬರ ಮಕ್ಕಳು. ನಂತರ ಉತ್ತರಾಧಿಕಾರ ನಿಯಮದಂತೆ ಅತ್ಯಂತ ಹತ್ತಿರದ ರಕ್ತಸಂಬಂಧಿಗಳು. ಮುಸ್ಲಿಂ ಸುಲ್ತಾನನು ಮತ್ತು ಅವನ ಪ್ರತಿನಿಧಿಯ ಸ್ಥಾನದಲ್ಲಿರುವ ನ್ಯಾಯಾಧೀಶರು ಪೋಷಕರಿಲ್ಲದವರಿಗೆ ಪೋಷಕರಾಗುತ್ತಾರೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/58067</t>
+  </si>
+  <si>
+    <t>ملعون من أتى امرأته في دبرها</t>
+  </si>
+  <si>
+    <t>ಯಾರು ತಮ್ಮ ಪತ್ನಿಯ ಗುದದ್ವಾರದಲ್ಲಿ ಸಂಭೋಗಿಸುತ್ತಾರೋ ಅವರು ಶಾಪಗ್ರಸ್ತರಾಗಿದ್ದಾರೆ</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَلْعُون مَنْ أتَى امرأتَه في دُبُرِها».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ತಮ್ಮ ಪತ್ನಿಯ ಗುದದ್ವಾರದಲ್ಲಿ ಸಂಭೋಗಿಸುತ್ತಾರೋ ಅವರು ಶಾಪಗ್ರಸ್ತರಾಗಿದ್ದಾರೆ."</t>
+  </si>
+  <si>
+    <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن أنْ يأتي الزوجُ زوجتَه في دُبُرِها؛ بأنه ملعون مَطرود من رحمة الله، وهو كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>ಗಂಡ ತನ್ನ ಹೆಂಡತಿಯ ಗುದದ್ವಾರದಲ್ಲಿ ಸಂಭೋಗಿಸುವುದರ ವಿರುದ್ಧ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎಚ್ಚರಿಕೆ ನೀಡಿದ್ದಾರೆ ಮತ್ತು ಅವನು ಅಲ್ಲಾಹನ ದಯೆಯಿಂದ ಹೊರಹಾಕಲ್ಪಟ್ಟ ಶಾಪಗ್ರಸ್ತನಾಗಿದ್ದಾನೆ ಎಂದಿದ್ದಾರೆ. ಗುದದ್ವಾರದಲ್ಲಿ ಸಂಭೋಗಿಸುವುದು ಮಹಾಪಾಪವಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>تحريم إتيان النساء في أدبارهن.
+الاستمتاع من الزوجة بما دون دبرها من جسدها جائز.
+المسلم يأتي المرأة من فرجها كما أمره الله؛ وأما من الدُّبُر ففيه إفسادٌ للفطرة، وإضاعةٌ للنسل، ومخالفة لما عليه الطبائع السليمة، وأضرارٌ بالغة بالزوجين.</t>
+  </si>
+  <si>
+    <t>ಮಹಿಳೆಯರನ್ನು ಗುದದ್ವಾರದಲ್ಲಿ ಸಂಭೋಗಿಸುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ.
+ಗುದದ್ವಾರ ಸಂಭೋಗವನ್ನು ಹೊರತುಪಡಿಸಿ ಪತ್ನಿಯ ದೇಹದ ಇತರ ಭಾಗಗಳಿಂದ ಆನಂದ ಪಡೆಯುವುದು ಅನುಮತಿಸಲಾಗಿದೆ.
+ಮುಸ್ಲಿಂ ಪುರುಷನು ಅಲ್ಲಾಹು ಆದೇಶಿಸಿದಂತೆ ಮಹಿಳೆಯರನ್ನು ಅವರ ಯೋನಿಯಿಂದ ಸಂಭೋಗಿಸಬೇಕು. ಗುದದ್ವಾರದಿಂದ ಸಂಭೋಗಿಸುವುದು ಫಿತ್ರ (ಸಹಜ ಪ್ರವೃತ್ತಿ) ವನ್ನು ಹಾಳು ಮಾಡುತ್ತದೆ, ಸಂತಾನವನ್ನು ವ್ಯರ್ಥಗೊಳಿಸುತ್ತದೆ, ಆರೋಗ್ಯಕರ ಪ್ರಕೃತಿಗೆ ವಿರುದ್ಧವಾಗಿದೆ, ಮತ್ತು ಪತಿಪತ್ನಿ ಇಬ್ಬರಿಗೂ ಗಂಭೀರ ಹಾನಿಗಳನ್ನು ಉಂಟುಮಾಡುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/58090</t>
+  </si>
+  <si>
+    <t>لا ينظر الله إلى رجل أتى رجلا أو امرأة في دبر</t>
+  </si>
+  <si>
+    <t>ಯಾರು ಒಬ್ಬ ಪುರುಷನನ್ನು ಅಥವಾ ಮಹಿಳೆಯನ್ನು ಗುದದ್ವಾರದಲ್ಲಿ ಸಂಭೋಗಿಸುತ್ತಾರೋ, ಅವನ ಕಡೆಗೆ ಅಲ್ಲಾಹು ದೃಷ್ಟಿ ಹಾಯಿಸುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَنْظُرُ اللهُ إِلَى رَجُلٍ أَتَى رَجُلًا أَوِ امْرَأَةً فِي دُبُرٍ».</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಒಬ್ಬ ಪುರುಷನನ್ನು ಅಥವಾ ಮಹಿಳೆಯನ್ನು ಗುದದ್ವಾರದಲ್ಲಿ ಸಂಭೋಗಿಸುತ್ತಾರೋ, ಅವನ ಕಡೆಗೆ ಅಲ್ಲಾಹು ದೃಷ್ಟಿ ಹಾಯಿಸುವುದಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ بأنَّ الله لا ينظر نظرةَ رحمةٍ إلى رجلٍ أتى رجلًا في دُبُرِهِ أو امرأة في دُبُرها، وأنه كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>ಇನ್ನೊಬ್ಬ ಪುರುಷನ ಗುದದ್ವಾರದಲ್ಲಿ ಅಥವಾ ಮಹಿಳೆಯ ಗುದದ್ವಾರದಲ್ಲಿ ಸಂಭೋಗಿಸುವವನ ಕಡೆಗೆ ಅಲ್ಲಾಹು ದಯೆಯ ದೃಷ್ಟಿಯನ್ನು ಬೀರುವುದಿಲ್ಲ ಮತ್ತು ಅದು ಮಹಾಪಾಪಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ ಎಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಕಠಿಣ ಎಚ್ಚರಿಕೆ ನೀಡುತ್ತಿದ್ದಾರೆ.</t>
+  </si>
+  <si>
+    <t>إتيان الرجلِ الرجلَ -وهو اللواط- من كبائر الذنوب.
+إتيان المرأة في دبرها من كبائر الذنوب.
+(لا ينظر الله) أي نظر رحمة ورأفة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء.
+هذه الأعمال من أعظم الفواحش وأخطرها على البشرية؛ لما فيها من مخالفة الفطرة البشرية السليمة، وقلة النسل، وإفساد الحياة الزوجية، وغرس العداوة والبغضاء، والوقوع في الأماكن المستقذرة.</t>
+  </si>
+  <si>
+    <t>ಪುರುಷನು ಪುರುಷನನ್ನು ಸಂಭೋಗಿಸುವುದು - ಲಿವಾತ್ (ಸಲಿಂಗ ಕಾಮ) - ಮಹಾಪಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ.
+ಮಹಿಳೆಯನ್ನು ಗುದದ್ವಾರದಲ್ಲಿ ಸಂಭೋಗಿಸುವುದು ಕೂಡ ಮಹಾಪಾಪಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ.
+"ಅಲ್ಲಾಹು ದೃಷ್ಟಿ ಬೀರುವುದಿಲ್ಲ" ಎಂದರೆ ಅಲ್ಲಾಹು ಕರುಣೆ ಮತ್ತು ಮಮತೆಯ ದೃಷ್ಟಿ ಬೀರುವುದಿಲ್ಲ ಎಂದರ್ಥ. ಅಲ್ಲಾಹು ಅವನನ್ನು ನೋಡುವುದೇ ಇಲ್ಲ ಎಂದರ್ಥವಲ್ಲ. ಏಕೆಂದರೆ ಅಲ್ಲಾಹನಿಗೆ ಯಾವುದೇ ವಸ್ತು ಕೂಡ ಕಾಣದೇ ಇರುವುದಿಲ್ಲ ಮತ್ತು ಅವನ ದೃಷ್ಟಿಯಿಂದ ಏನೂ ತಪ್ಪಿಸಿಕೊಳ್ಳುವುದಿಲ್ಲ.
+ಈ ಪ್ರವೃತ್ತಿಗಳು ಮನುಷ್ಯರಿಗೆ ಅತ್ಯಂತ ಅಶ್ಲೀಲ ಮತ್ತು ಅತಿ ಅಪಾಯಕಾರಿ ಪ್ರವೃತ್ತಿಗಳಾಗಿವೆ. ಏಕೆಂದರೆ ಇದರಲ್ಲಿ ಆರೋಗ್ಯಕರ ಮಾನವ ಸಹಜ ಪ್ರವೃತ್ತಿಗೆ ವಿರುದ್ಧವಾದ ಕಾರ್ಯಗಳಿವೆ, ಸಂತಾನ ಕ್ಷೀಣಿಸುತ್ತದೆ, ವೈವಾಹಿಕ ಜೀವನವು ಹಾಳಾಗುತ್ತದೆ, ದ್ವೇಷ ಮತ್ತು ಶತ್ರುತ್ವವನ್ನು ಬೆಳೆಸುತ್ತದೆ ಮತ್ತು ಅಸಹ್ಯವಾದ ಸ್ಥಳಗಳಲ್ಲಿ ಬೀಳುವಂತೆ ಮಾಡುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/58091</t>
+  </si>
+  <si>
+    <t>قلت: يا رسول الله، ما حق زوجة أحدنا عليه؟، قال: أن تطعمها إذا طعمت، وتكسوها إذا اكتسيت، أو اكتسبت، ولا تضرب الوجه، ولا تقبح، ولا تهجر إلا في البيت</t>
+  </si>
+  <si>
+    <t>ನಾನು ಕೇಳಿದೆ: ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಮ್ಮಲ್ಲೊಬ್ಬರ ಪತ್ನಿಯ ಅವಳ ಗಂಡನ ಮೇಲೆ ಏನೇನು ಹಕ್ಕುಗಳಿವೆ? ಅವರು ಉತ್ತರಿಸಿದರು: "ನೀವು ಆಹಾರ ಸೇವಿಸುವಾಗ ಅವಳಿಗೂ ಆಹಾರ ನೀಡಿರಿ ಮತ್ತು ನೀವು ಬಟ್ಟೆ ಧರಿಸುವಾಗ ಅಥವಾ ನೀವು ಸಂಪಾದಿಸಿದಾಗ ಅವಳಿಗೂ ಉಡಿಸಿರಿ. ಅವಳ ಮುಖಕ್ಕೆ ಹೊಡೆಯಬೇಡಿ, ಮತ್ತು ಅಸಹ್ಯವಾಗಿ ನೋಡಬೇಡಿ ಮತ್ತು (ಕೋಪ ಬಂದಾಗ) ಮನೆಯಲ್ಲಿ ಬಿಟ್ಟು ಬೇರೆಲ್ಲೂ ಅವಳಿಂದ ದೂರವಿರಬೇಡಿ</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاوِيَةَ الْقُشَيْرِيِّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ»</t>
+  </si>
+  <si>
+    <t>ಮುಆವಿಯಾ ಅಲ್-ಖುಶೈರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ನಾನು ಕೇಳಿದೆ: ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಮ್ಮಲ್ಲೊಬ್ಬರ ಪತ್ನಿಯ ಅವಳ ಗಂಡನ ಮೇಲೆ ಏನೇನು ಹಕ್ಕುಗಳಿವೆ? ಅವರು ಉತ್ತರಿಸಿದರು: "ನೀವು ಆಹಾರ ಸೇವಿಸುವಾಗ ಅವಳಿಗೂ ಆಹಾರ ನೀಡಿರಿ ಮತ್ತು ನೀವು ಬಟ್ಟೆ ಧರಿಸುವಾಗ ಅಥವಾ ನೀವು ಸಂಪಾದಿಸಿದಾಗ ಅವಳಿಗೂ ಉಡಿಸಿರಿ. ಅವಳ ಮುಖಕ್ಕೆ ಹೊಡೆಯಬೇಡಿ, ಮತ್ತು ಅಸಹ್ಯವಾಗಿ ನೋಡಬೇಡಿ ಮತ್ತು (ಕೋಪ ಬಂದಾಗ) ಮನೆಯಲ್ಲಿ ಬಿಟ್ಟು ಬೇರೆಲ್ಲೂ ಅವಳಿಂದ ದೂರವಿರಬೇಡಿ."</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم ما حقُّ الزوجة على زوجها؟ فذَكر النبيُّ صلى الله عليه وسلم أمورًا، ومنها: 
+أولًا: لا تَخُصّ نفسَك بالطعام دونها؛ بل تطعمها كلما أكلتَ وطعمتَ. 
+ثانيًا: لا تخص نفسك بالكسوة واللباس، بل تكسوها إذا اكتسيتَ، وإذا اكتسبت واستطعت. 
+ثالثًا: لا تُضرب إلا لسبب وحاجة، وإذا احتاج إلى ضربها للتأديب أو لتركها بعض الفرائض فيكون ضربًا غير مُبَرِّح؛ ولا يُضرب الوجه؛ لأن الوجه أعظم الأعضاء وأظهرها ومشتمل على أجزاء شريفة وأعضاء لطيفة. 
+رابعًا: لا تَشْتُم أو تقل: قَبَّحَ اللهُ وجهَك؛ فلا تنسبه ولا شيئًا من بدنها إلى القُبْح الذي هو ضد الحُسْن؛ لأن الله تعالى هو صَوَّرَ وجهَ الإنسان وجِسْمَه، وأحسن كل شيء خلقه، وذَمُّ الخِلْقة يعود إلى مَذَمَّة الخَالق والعياذ بالله. 
+خامسًا: لا تَهْجُر إلا في المَضْجَع، ولا تَتَحَوَّل عنها، ولا تُحَوِّلها إلى دار أخرى؛ ولعل ذلك فيما يعتاد وقوعه من الهجر بين الزوج والزوجة.</t>
+  </si>
+  <si>
+    <t>ಹೆಂಡತಿಗೆ ಗಂಡನ ಮೇಲೆ ಏನೇನು ಹಕ್ಕುಗಳಿವೆ ಎಂದು ಪ್ರವಾದಿಯವರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರಶ್ನಿಸಲಾಯಿತು? ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೆಲವು ವಿಷಯಗಳನ್ನು ತಿಳಿಸಿದರು. ಅವು ಏನೆಂದರೆ:
+ಮೊದಲನೆಯದಾಗಿ: ನೀವು ಮಾತ್ರ ಆಹಾರ ಸೇವಿಸಬೇಡಿ; ಬದಲಿಗೆ ನೀವು ಆಹಾರ ಸೇವಿಸುವಾಗಲೆಲ್ಲಾ ಅವಳಿಗೂ ನೀಡಿರಿ.
+ಎರಡನೆಯದಾಗಿ: ನೀವು ಮಾತ್ರ ಉಡುಪು ಮತ್ತು ಬಟ್ಟೆಯನ್ನು ತೊಟ್ಟುಕೊಳ್ಳಬೇಡಿ. ಬದಲಿಗೆ ನೀವು ಉಟ್ಟಾಗ, ನೀವು ಸಂಪಾದಿಸಿದಾಗ ಮತ್ತು ಶಕ್ತರಾದಾಗ  ಅವಳಿಗೂ ಉಡಿಸಿರಿ.
+ಮೂರನೆಯದಾಗಿ: ವಿನಾಕಾರಣ ಮತ್ತು ಅನಗತ್ಯವಾಗಿ ಹೊಡೆಯಬೇಡಿರಿ. ಇನ್ನು ನೀವು ಶಿಸ್ತಿಗಾಗಿ ಅಥವಾ ಕೆಲವು ಕಡ್ಡಾಯ ಕರ್ತವ್ಯಗಳನ್ನು ತ್ಯಜಿಸಿದ್ದಕ್ಕಾಗಿ ಹೊಡೆಯುವುದಿದ್ದರೆ, ನೋವುಂಟು ಮಾಡದ ರೀತಿಯಲ್ಲಿ ಹೊಡೆಯಿರಿ. ಮುಖಕ್ಕೆ ಹೊಡೆಯಬೇಡಿ. ಏಕೆಂದರೆ ಮುಖವು ಅತಿಶ್ರೇಷ್ಠ ಮತ್ತು ಹೊರಗೆ ಕಾಣುವ ಅಂಗವಾಗಿದೆ ಮತ್ತು ಅದು ಗೌರವಯುತ ಭಾಗಗಳು ಹಾಗೂ ಸೂಕ್ಷ್ಮ ಅಂಗಗಳನ್ನು ಒಳಗೊಂಡಿದೆ.
+ನಾಲ್ಕನೆಯದಾಗಿ: ನಿಂದಿಸಬೇಡಿ ಅಥವಾ "ಅಲ್ಲಾಹು ನಿನ್ನ ಮುಖವನ್ನು ಅಸಹ್ಯಗೊಳಿಸಲಿ" ಎಂದು ಹೇಳಬೇಡಿ. ಆಕೆಯ ಮುಖವನ್ನು ಅಥವಾ ಆಕೆಯ ದೇಹದ ಯಾವುದೇ ಭಾಗವನ್ನು ವಿರೂಪವಾಗಿದೆಯೆಂದು ಹೇಳಬೇಡಿ. ಏಕೆಂದರೆ ಮನುಷ್ಯನ ಮುಖ ಮತ್ತು ದೇಹವನ್ನು ರೂಪಿಸಿದವನು ಅಲ್ಲಾಹು. ಅವನು ತಾನು ಸೃಷ್ಟಿಸಿದ ಪ್ರತಿಯೊಂದು ವಸ್ತುವನ್ನೂ ಸುಂದರವಾಗಿಸಿದ್ದಾನೆ. ಸೃಷ್ಟಿಯನ್ನು ದೂಷಿಸುವುದು ಸೃಷ್ಟಿಕರ್ತನನ್ನು ದೂಷಿಸುವುದಂತಾಗುತ್ತದೆ. (ಅಲ್ಲಾಹು ಕಾಪಾಡಲಿ).
+ಐದನೆಯದಾಗಿ: ಮಲಗುವ ಸ್ಥಳದಲ್ಲಿ ಮಾತ್ರ ಅವಳಿಂದ ದೂರವಿರಿ. ಅವಳನ್ನು ಬಿಟ್ಟು ಬೇರೆ ಹೋಗಬೇಡಿ ಮತ್ತು ಅವಳನ್ನು ಇನ್ನೊಂದು ಮನೆಗೆ ಸ್ಥಳಾಂತರಿಸಬೇಡಿ. ಬಹುಶಃ ಇದು ಪತಿ-ಪತ್ನಿಯ ನಡುವೆ ವಿರಸಕ್ಕೆ ಕಾರಣವಾಗಬಹುದು.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة على معرفة الحقوق التي عليهم أداؤها لغيرهم، ومعرفة الحقوق التي لهم.
+ وجوب النفقة والكسوة والسكنى للمرأة على زوجها.
+النهي عن التقبيح المعنوي والحسي.
+من التقبيح المنهي عنه أن يقول: أنت من قبيلةٍ رديئة، أو من عائلة سيئة، أو ما أشبه ذلك.</t>
+  </si>
+  <si>
+    <t>ಸಹಾಬಾಗಳು ತಮ್ಮ ಮೇಲೆ ಇತರರಿಗಿರುವ ಹಕ್ಕುಗಳನ್ನು ತಿಳಿಯಲು ಮತ್ತು ಇತರರ ಮೇಲೆ ತಮಗಿರುವ ಹಕ್ಕುಗಳನ್ನು ತಿಳಿಯಲು ಉತ್ಸುಕರಾಗಿದ್ದರು.
+ಪತಿ ಪತ್ನಿಗಾಗಿ ಖರ್ಚು, ಬಟ್ಟೆ-ಬರೆ ಮತ್ತು ವಸತಿ ಸೌಲಭ್ಯ ಮಾಡುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
+ಮಾನಸಿಕವಾಗಿ ಅಥವಾ ದೈಹಿಕವಾಗಿ ಇನ್ನೊಬ್ಬರನ್ನು ಅಸಹ್ಯವಾಗಿ ಕಾಣುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ.
+ನೀನು ನೀಚ ಕುಲಕ್ಕೆ ಹುಟ್ಟಿದವಳು, ನೀನು ನೀಚ ಕುಟುಂಬಕ್ಕೆ ಸೇರಿದವಳು ಮುಂತಾದ ಮಾತುಗಳ ಮೂಲಕ ನಿಂದಿಸುವುದು ನಿಷೇಧಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/58093</t>
   </si>
   <si>
     <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>ಮಗೂ, ಅಲ್ಲಾಹನ ಹೆಸರನ್ನು ಉಚ್ಛರಿಸು, ನಿನ್ನ ಬಲಗೈಯಿಂದ ಸೇವಿಸು, ಮತ್ತು ನಿನ್ನ ಹತ್ತಿರದಲ್ಲಿರುವುದನ್ನೇ ಸೇವಿಸು</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>ಉಮರ್ ಬಿನ್ ಅಬೂ ಸಲಮ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ನಾನು ಮಗುವಾಗಿದ್ದಾಗ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆರೈಕೆಯಲ್ಲಿದ್ದೆ. ನನ್ನ ಕೈ, ಬಟ್ಟಲಲ್ಲಿ ಅತ್ತಿತ್ತ ಹರಿದಾಡುತ್ತಿತ್ತು. ಆಗ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಮಗೂ, ಅಲ್ಲಾಹನ ಹೆಸರನ್ನು ಉಚ್ಛರಿಸು, ನಿನ್ನ ಬಲಗೈಯಿಂದ ಸೇವಿಸು, ಮತ್ತು ನಿನ್ನ ಹತ್ತಿರದಲ್ಲಿರುವುದನ್ನೇ ಸೇವಿಸು." ನಂತರ ಇದೇ ನನ್ನ ಆಹಾರ ಸೇವನೆಯ ವಿಧಾನವಾಯಿತು.</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪತ್ನಿ ಉಮ್ಮು ಸಲಮಾರ (ಅವರ ಬಗ್ಗೆ ಅಲ್ಲಾಹು ಸಂಪ್ರೀತನಾಗಲಿ) ಪುತ್ರನಾದ ಉಮರ್ ಬಿನ್ ಅಬೂ ಸಲಮ (ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಅಲ್ಲಾಹು ಸಂಪ್ರೀತನಾಗಲಿ)—ಅವರು ಚಿಕ್ಕವರಿದ್ದಾಗ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆರೈಕೆ ಮತ್ತು ಪಾಲನೆಯಲ್ಲಿ ಬೆಳೆಯುತ್ತಿದ್ದರು—ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಅವರು ಆಹಾರ ಸೇವಿಸುವಾಗ ಅವರ ಕೈ ಬಟ್ಟಲಿನ ಎಲ್ಲಾ ಭಾಗಗಳಲ್ಲೂ ಹರಿದಾಡುತ್ತಿತ್ತು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರಿಗೆ ಆಹಾರ ಸೇವನೆಯ ಮೂರು ಶಿಷ್ಟಾಚಾರಗಳನ್ನು ಕಲಿಸಿಕೊಟ್ಟರು:
 1. ಆಹಾರ ಸೇವನೆಯ ಆರಂಭದಲ್ಲಿ ಬಿಸ್ಮಿಲ್ಲಾಹ್ ಎಂದು ಹೇಳುವುದು.
 2. ಬಲಗೈಯಿಂದ ಆಹಾರ ಸೇವಿಸುವುದು.
 3.  ತನಗೆ ಹತ್ತಿರವಾದ ಮುಂದಿನ ಭಾಗದಿಂದ ಆಹಾರವನ್ನು ಸೇವಿಸುವುದು.</t>
   </si>
@@ -14673,69 +17577,178 @@
   <si>
     <t>ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ಆಹಾರ ಸೇವಿಸುವಾಗ ಬಲಗೈಯಿಂದ ಸೇವಿಸಲಿ ಮತ್ತು ಕುಡಿಯುವಾಗ ಬಲಗೈಯಿಂದ ಕುಡಿಯಲಿ. ಏಕೆಂದರೆ ಶೈತಾನನು ಎಡಗೈಯಿಂದ ಆಹಾರ ಸೇವಿಸುತ್ತಾನೆ ಮತ್ತು ಎಡಗೈಯಿಂದ ಕುಡಿಯುತ್ತಾನೆ</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>ಇಬ್ನ್ ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ಆಹಾರ ಸೇವಿಸುವಾಗ ಬಲಗೈಯಿಂದ ಸೇವಿಸಲಿ ಮತ್ತು ಕುಡಿಯುವಾಗ ಬಲಗೈಯಿಂದ ಕುಡಿಯಲಿ. ಏಕೆಂದರೆ ಶೈತಾನನು ಎಡಗೈಯಿಂದ ಆಹಾರ ಸೇವಿಸುತ್ತಾನೆ ಮತ್ತು ಎಡಗೈಯಿಂದ ಕುಡಿಯುತ್ತಾನೆ."</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮುಸ್ಲಿಮರಿಗೆ ಬಲಗೈಯಿಂದ ಆಹಾರ-ಪಾನೀಯಗಳನ್ನು ಸೇವಿಸಲು ಆದೇಶಿಸುತ್ತಿದ್ದಾರೆ ಮತ್ತು ಎಡಗೈಯಿಂದ ಆಹಾರ-ಪಾನೀಯ ಸೇವಿಸುವುದನ್ನು ವಿರೋಧಿಸುತ್ತಿದ್ದಾರೆ. ಅದೇಕೆಂದರೆ, ಶೈತಾನನು ಎಡಗೈಯಿಂದ ಆಹಾರ-ಪಾನೀಯಗಳನ್ನು ಸೇವಿಸುತ್ತಾನೆ.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>ಎಡಗೈಯಲ್ಲಿ ಆಹಾರ-ಪಾನೀಯ ಸೇವಿಸುವ ಮೂಲಕ ಶೈತಾನನನ್ನು ಅನುಕರಿಸುವುದನ್ನು ವಿರೋಧಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/58122</t>
   </si>
   <si>
+    <t>من كانت له امرأتان فمال إلى إحداهما، جاء يوم القيامة وشقه مائل</t>
+  </si>
+  <si>
+    <t>ಯಾರಿಗೆ ಇಬ್ಬರು ಪತ್ನಿಯರಿದ್ದು ಅವನು ಅವರಲ್ಲಿ ಒಬ್ಬಳ ಕಡೆಗೆ ವಾಲಿದರೆ,  ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅವನು ಒಂದು ಪಾರ್ಶ್ವಕ್ಕೆ ವಾಲಿದವನಂತೆ ಬರುವನು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ كَانَتْ لَهُ امْرَأَتَانِ فَمَالَ إِلَى إِحْدَاهُمَا، جَاءَ يَوْمَ الْقِيَامَةِ وَشِقُّهُ مَائِلٌ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರಿಗೆ ಇಬ್ಬರು ಪತ್ನಿಯರಿದ್ದು ಅವನು ಅವರಲ್ಲಿ ಒಬ್ಬಳ ಕಡೆಗೆ ವಾಲಿದರೆ,  ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅವನು ಒಂದು ಪಾರ್ಶ್ವಕ್ಕೆ ವಾಲಿದವನಂತೆ ಬರುವನು."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن كانت له أكثر من زوجة، فلم يَعْدِل بين زوجاته العدلَ المُستطاع، من مساواة بينهن في الإنفاق والمسكن والملبس والمَبِيْت، بأنَّ عقابه يوم القيامة أن يكون نصفُ جسدِه مائلًا، وميلانه عقوبة له على جوره، كما مَالَ في معاملته.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಯಾರಿಗೆ ಒಂದಕ್ಕಿಂತ ಹೆಚ್ಚು ಪತ್ನಿಯರಿದ್ದು ಅವನು ತನ್ನ ಪತ್ನಿಯರ ನಡುವೆ ತನಗೆ ಸಾಧ್ಯವಾಗುವಷ್ಟು ನ್ಯಾಯವನ್ನು ಪಾಲಿಸುವುದಿಲ್ಲವೋ, ಅಂದರೆ ಅವರಿಗೆ ಸಮಾನವಾಗಿ ಖರ್ಚು, ವಸತಿ, ಉಡುಪು ಮತ್ತು ರಾತ್ರಿಯನ್ನು ನೀಡುವುದಿಲ್ಲವೋ, ಅವನಿಗೆ ಪುನರುತ್ಥಾನ ದಿನದಂದು ನೀಡಲಾಗುವ ಶಿಕ್ಷೆಯೇನೆಂದರೆ ಅವರ ದೇಹದ ಅರ್ಧಭಾಗವು ವಾಲಿಕೊಂಡಿರುವುದು. ಹೀಗೆ ವಾಲಿಕೊಂಡಿರುವುದು ಅವನು ಮಾಡಿದ ಅನ್ಯಾಯಕ್ಕೆ ಅಂದರೆ ತನ್ನ ವರ್ತನೆಯಲ್ಲಿ ಒಂದು ಕಡೆ ವಾಲಿದ್ದಕ್ಕೆ ಶಿಕ್ಷೆಯಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>وجوب القَسْمِ على الرجل بين زوجتيه أو زوجاته، ويَحْرُم عليه المَيْلُ إلى إحداهنَّ عن الأخرى، فيما يقدر عليه من النفقة، والمبيت، وحسن المقابلة، ونحو ذلك.
+التسوية في القِسْمَة ونحو ذلك، فيما يملك الإنسان، أما ما لا يملكه كالمحبة والمَيْل القلبي فإنه لا يدخل في الحديث، وهو المقصود في قوله تعالى: {ولن تستطيعوا أن تعدلوا بين النساء ولو حرصتم} [النساء: 129].
+الجزاء يكون من جنس العمل، فإنَّ الرجل لما مال في الدنيا من زوجةٍ إلى أخرى، جاء يوم القيامة مائلًا أحدُ شِقَّيْه عن الآخر.
+تعظيم حقوق العباد، وأنه لا يُسامَح فيها؛ لأنها مبنيةٌ على الشُّحِّ والتَّقَصِّي.
+استحباب الاقتصار على زوجةٍ واحدةٍ، إذا خاف الرجل أن لا يعدل بين زوجاته؛ لئلا يقع في التقصير في الدين؛ قال تعالى: {فَإِنْ خِفْتُمْ أَلَّا تَعْدِلُوا فَوَاحِدَةً} [النساء: 3].</t>
+  </si>
+  <si>
+    <t>ಗಂಡನು ತನ್ನ ಇಬ್ಬರು ಅಥವಾ ಹೆಚ್ಚು ಪತ್ನಿಯರ ನಡುವೆ ಸಮಾನವಾಗಿ ಪಾಲು ಹಂಚುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಖರ್ಚು ನೀಡುವುದು, ರಾತ್ರಿ ಕಳೆಯುವುದು, ಉತ್ತಮವಾಗಿ ನೋಡಿಕೊಳ್ಳುವುದು ಮುಂತಾದ ಅವನಿಗೆ ಸಾಧ್ಯವಿರುವ ವಿಷಯಗಳಲ್ಲಿ ಅವನು  ಅವರಲ್ಲಿ ಒಬ್ಬಳನ್ನು ಕಡೆಗಣಿಸಿ ಇನ್ನೊಬ್ಬಳ ಕಡೆಗೆ ವಾಲುವುದು ನಿಷೇಧಿಸಲಾಗಿದೆ.
+ಹಂಚುವುದು ಮುಂತಾದ ಮನುಷ್ಯನಿಗೆ ಸಾಮರ್ಥ್ಯವಿರುವ ವಿಷಯಗಳಲ್ಲಿ ಸಮಾನತೆ ಪಾಲಿಸಬೇಕು. ಆದರೆ ಮನುಷ್ಯ ಸಾಮರ್ಥ್ಯಕ್ಕೆ ಅತೀತವಾದ ಪ್ರೀತಿಸುವುದು ಮತ್ತು ಹೃದಯದಲ್ಲಿ ಒಲವು ತೋರುವುದು ಮುಂತಾದ ವಿಷಯಗಳು ಹದೀಸಿನ ವ್ಯಾಪ್ತಿಯಲ್ಲಿ ಬರುವುದಿಲ್ಲ. ಈ ವಚನದಲ್ಲಿ ಅಲ್ಲಾಹು ಹೇಳಿದ್ದು ಇದನ್ನೇ ಆಗಿದೆ: "ನೀವು ಎಷ್ಟೇ ಉತ್ಸಾಹ ತೋರಿದರೂ ಪತ್ನಿಯರ ನಡುವೆ ನ್ಯಾಯನಿಷ್ಠೆಯಿಂದ ವರ್ತಿಸಲು ನಿಮಗೆ ಖಂಡಿತ ಸಾಧ್ಯವಿಲ್ಲ." [ಅನ್ನಿಸಾ: 129]
+ಪ್ರತಿಫಲವು ಕರ್ಮಕ್ಕೆ ಅನುಗುಣವಾಗಿರುತ್ತದೆ. ಏಕೆಂದರೆ ಪುರುಷನು ಇಹಲೋಕದಲ್ಲಿ ಒಬ್ಬ ಪತ್ನಿಯನ್ನು ಕಡೆಗಣಿಸಿ ಇನ್ನೊಬ್ಬ ಪತ್ನಿಯ ಕಡೆಗೆ ವಾಲಿದ್ದರಿಂದ ಪುನರುತ್ಥಾನ ದಿನದಂದು ಅವನ ಒಂದು ಪಾರ್ಶ್ವವು ಇನ್ನೊಂದರಿಂದ ವಾಲಿಕೊಂಡ ರೀತಿಯಲ್ಲಿ ಬರುತ್ತಾನೆ.
+ಮನುಷ್ಯರ ಹಕ್ಕುಗಳನ್ನು ಗೌರವಿಸಬೇಕು ಮತ್ತು ಅದರಲ್ಲಿ ಹೊಂದಾಣಿಕೆ ಮಾಡಬಾರದೆಂದು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ಅವು ಅತಿಯಾಸೆ ಮತ್ತು ಸೂಕ್ಷ್ಮತೆಯ ಮೇಲೆ ಆಧಾರಿತವಾಗಿದೆ.
+ತನ್ನ ಪತ್ನಿಯರ ನಡುವೆ ನ್ಯಾಯ ಪಾಲಿಸಲು ಸಾಧ್ಯವಿಲ್ಲವೆಂಬ ಭಯವಿದ್ದರೆ, ಏಕ ಪತ್ನಿಯನ್ನು ಹೊಂದಿರುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ. ಇದರಿಂದ ಧಾರ್ಮಿಕವಾಗಿ ಲೋಪ ಸಂಭವಿಸುವುದನ್ನು ತಪ್ಪಿಸಬಹುದು. ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: "(ಪತ್ನಿಯರ ನಡುವೆ) ನ್ಯಾಯ ಪಾಲಿಸಲು ನಿಮಗೆ ಸಾಧ್ಯವಾಗಲಾರದೆಂದು ಭಯಪಟ್ಟರೆ, ಒಬ್ಬಳನ್ನು ಮಾತ್ರ (ವಿವಾಹವಾಗಿರಿ)." [ಅನ್ನಿಸಾ: 3]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/58125</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
+  </si>
+  <si>
+    <t>ನನ್ನ ಸಮುದಾಯಕ್ಕೆ ಅವರ ಮನದಲ್ಲಿ ಮೂಡುವ ದುರ್ವಿಚಾರಗಳನ್ನು, ಅವರು ಅವುಗಳನ್ನು ಕಾರ್ಯಗತಗೊಳಿಸದಿರುವ ತನಕ ಅಥವಾ ಮಾತನಾಡದಿರುವ ತನಕ ಅಲ್ಲಾಹು ಕ್ಷಮಿಸಿದ್ದಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನನ್ನ ಸಮುದಾಯಕ್ಕೆ ಅವರ ಮನದಲ್ಲಿ ಮೂಡುವ ದುರ್ವಿಚಾರಗಳನ್ನು, ಅವರು ಅವುಗಳನ್ನು ಕಾರ್ಯಗತಗೊಳಿಸದಿರುವ ತನಕ ಅಥವಾ ಮಾತನಾಡದಿರುವ ತನಕ ಅಲ್ಲಾಹು ಕ್ಷಮಿಸಿದ್ದಾನೆ."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
+  </si>
+  <si>
+    <t>ಇಲ್ಲಿ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಒಬ್ಬ ಮುಸಲ್ಮಾನನ ಮನಸ್ಸಿನಲ್ಲಿ ಉಂಟಾಗುವ ದುಷ್ಟ ಯೋಚನೆಗಳಿಗಾಗಿ, ಅವನು ಅದನ್ನು ಕಾರ್ಯಗತಗೊಳಿಸದಿರುವ ತನಕ ಅಥವಾ ಮಾತನಾಡದಿರುವ ತನಕ ಅಲ್ಲಾಹು ಅವನನ್ನು ಶಿಕ್ಷಿಸುವುದಿಲ್ಲ. ಏಕೆಂದರೆ, ಅಲ್ಲಾಹು ಆ ಕಷ್ಟವನ್ನು ನಿವಾರಿಸಿ ಕ್ಷಮಿಸಿದ್ದಾನೆ. ಅವನು ಮುಹಮ್ಮದರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಮುದಾಯವನ್ನು ಅವರ ಮನಸ್ಸಿನಲ್ಲಿ ಉಂಟಾಗುವ ಸಂಶಯಗಳಿಗಾಗಿ, ಅವು ಅವರ ಮನಸ್ಸಿನಲ್ಲಿ ದೃಢವಾಗಿ ನೆಲೆಯೂರಿ ಅವರು ಅವುಗಳ ಬಗ್ಗೆ ನಿಶ್ಚಿಂತರಾಗುವ ತನಕ ಶಿಕ್ಷಿಸುವುದಿಲ್ಲ. ಆದರೆ, ಅಹಂಕಾರ, ಅಹಂಭಾವ, ಕಾಪಟ್ಯಗಳಂತೆ ಅವು ಅವರ ಮನಸ್ಸಿನಲ್ಲಿ ದೃಢವಾಗಿ ನೆಲೆಯೂರಿದರೆ, ಅಥವಾ ಅವು ಅವರ ಅಂಗಾಂಗಗಳಿಂದ ಪ್ರಕಟವಾದರೆ, ಅಥವಾ ಅವರ ಮಾತಿನಿಂದ ಹೊರಹೊಮ್ಮಿದರೆ ಅಲ್ಲಾಹು ಅವರನ್ನು ಅದಕ್ಕಾಗಿ ಶಿಕ್ಷಿಸುತ್ತಾನೆ.</t>
+  </si>
+  <si>
+    <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
+الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
+حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
+عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
+  </si>
+  <si>
+    <t>ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಮನುಷ್ಯನ ಮನಸ್ಸಿನಲ್ಲಿ ಉಂಟಾಗುವ ಯೋಚನೆಗಳು ಮತ್ತು ದುರ್ವಿಚಾರಗಳಗಳನ್ನು ಕ್ಷಮಿಸುತ್ತಾನೆ ಮತ್ತು ನಿರ್ಲಕ್ಷಿಸುತ್ತಾನೆ.
+ಒಬ್ಬ ವ್ಯಕ್ತಿ ಮನಸ್ಸಿನಲ್ಲಿ ವಿಚ್ಛೇದನ ನೀಡಲು ಯೋಚಿಸಿದರೆ, ಅಥವಾ ಅದು ಅವನ ಮನದಲ್ಲಿ ಮೂಡಿದರೆ, ಅವನು ಅದನ್ನು ಮಾತಿನಿಂದ ಅಥವಾ ಬರಹದಿಂದ ವ್ಯಕ್ತಪಡಿಸದಿರುವ ತನಕ ಅದು ವಿಚ್ಛೇದನ ಎಂದು ಪರಿಗಣಿಸಲಾಗುವುದಿಲ್ಲ.
+ಮನುಷ್ಯನ ಮನಸ್ಸಿನಲ್ಲಿ ಎಷ್ಟೇ ದೊಡ್ಡ ದುಷ್ಟ ಯೋಚನೆ ಮೂಡಿದರೂ ಅದಕ್ಕಾಗಿ ಅವನು ಶಿಕ್ಷಿಸಲ್ಪಡುವುದಿಲ್ಲ. ಅದು ಅವನ ಮನಸ್ಸಿನಲ್ಲಿ ದೃಢವಾಗಿ ನೆಲೆಯೂರಿ ಅವನು ಅದನ್ನು ಕಾರ್ಯಗತಗೊಳಿಸದಿರುವ ಅಥವಾ ಮಾತನಾಡದಿರುವ ತನಕ.
+ಮುಹಮ್ಮದರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಮುದಾಯಕ್ಕಿರುವ ಮಹಾ ಗೌರವವನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಹಿಂದಿನ ಸಮುದಾಯಗಳಿಗೆ ವ್ಯತಿರಿಕ್ತವಾಗಿ ಮನಸ್ಸಿನಲ್ಲಿ ಮೂಡುವ ವಿಚಾರಗಳಿಗಾಗಿ ಈ ಸಮುದಾಯವು ಶಿಕ್ಷಿಸಲ್ಪಡುವುದಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/58144</t>
+  </si>
+  <si>
+    <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
+  </si>
+  <si>
+    <t>ಮೂರು ಜನರ ಬಗ್ಗೆ ಲೇಖನಿಯನ್ನು ಎತ್ತಲಾಗಿದೆ. ನಿದ್ರೆ ಮಾಡುವವನು ಎದ್ದೇಳುವ ತನಕ, ಮಗು ಪ್ರೌಢನಾಗುವ ತನಕ ಮತ್ತು ಮಾನಸಿಕ ಅಸ್ವಸ್ಥನು ಸ್ವಸ್ಥ ಬುದ್ಧಿಯವನಾಗುವ ತನಕ</t>
+  </si>
+  <si>
+    <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
+  </si>
+  <si>
+    <t>ಅಲಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಮೂರು ಜನರ ಬಗ್ಗೆ ಲೇಖನಿಯನ್ನು ಎತ್ತಲಾಗಿದೆ. ನಿದ್ರೆ ಮಾಡುವವನು ಎದ್ದೇಳುವ ತನಕ, ಮಗು ಪ್ರೌಢನಾಗುವ ತನಕ ಮತ್ತು ಮಾನಸಿಕ ಅಸ್ವಸ್ಥನು ಸ್ವಸ್ಥ ಬುದ್ಧಿಯವನಾಗುವ ತನಕ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
+الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
+وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
+وعن النائم حتى يَستيقظَ.
+فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಮನುಷ್ಯರ ಪೈಕಿ ಮೂರು ವಿಧ ಜನರ ಹೊರತು ಇತರ ಎಲ್ಲರೂ ಧರ್ಮ ನಿಯಮಗಳನ್ನು ಪಾಲಿಸಲು ಬದ್ಧರಾಗಿದ್ದಾರೆ.
+ಮಗು ಬೆಳೆದು ಪ್ರೌಢನಾಗುವ ತನಕ.
+ಬುದ್ಧಿ ಸ್ತಿಮಿತವನ್ನು ಕಳಕೊಂಡ ಮಾನಸಿಕ ಅಸ್ವಸ್ಥನು ಪುನಃ ಮಾನಸಿಕವಾಗಿ ಸ್ವಸ್ಥನಾಗುವ ತನಕ.
+ನಿದ್ರೆ ಮಾಡುವವನು ಎಚ್ಚರವಾಗಿ ಎದ್ದೇಳುವ ತನಕ.
+ಇವರು ಧರ್ಮ ನಿಯಮಗಳನ್ನು ಪಾಲಿಸಬೇಕಾಗಿಲ್ಲ. ಇವರು ಮಾಡುವ ಪಾಪಕೃತ್ಯಗಳನ್ನು ದಾಖಲಿಸಲಾಗುವುದಿಲ್ಲ. ಆದರೆ ಮಕ್ಕಳು ಮಾಡುವ ಸತ್ಕರ್ಮಗಳನ್ನು ದಾಖಲಿಸಲಾಗುತ್ತದೆ. ಮಾನಸಿಕ ಅಸ್ವಸ್ಥರು ಮತ್ತು ನಿದ್ರೆ ಮಾಡುವವರು ಮಾಡುವ ಸತ್ಕರ್ಮಗಳನ್ನು ದಾಖಲಿಸಲಾಗುವುದಿಲ್ಲ. ಏಕೆಂದರೆ, ಅವರು ಪ್ರಜ್ಞಾಶೂನ್ಯರಾಗಿದ್ದು ಆರಾಧನೆಗಳು ಸಿಂಧುವಾಗದ ಸ್ಥಿತಿಯಲ್ಲಿದ್ದಾರೆ.</t>
+  </si>
+  <si>
+    <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
+عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
+للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
+قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
+  </si>
+  <si>
+    <t>ಮನುಷ್ಯನು ಕಾನೂನು ಪಾಲನೆಯ ಅರ್ಹತೆಯನ್ನು ಕಳೆದುಕೊಳ್ಳುವುದು ಒಂದೋ ನಿದ್ರೆಯ ಕಾರಣದಿಂದ. ಏಕೆಂದರೆ, ಅದರಿಂದ ಅವನು ತನ್ನ ಕರ್ತವ್ಯಗಳನ್ನು ನಿರ್ವಹಿಸಲು ಅಗತ್ಯವಾಗಿರುವ ಎಚ್ಚರದ ಸ್ಥಿತಿಯಲ್ಲಿರುವುದಿಲ್ಲ. ಅಥವಾ ಸಣ್ಣ ವಯಸ್ಸಿನ ಮತ್ತು ಅಪ್ರಾಪ್ತತೆಯ ಕಾರಣದಿಂದ. ಏಕೆಂದರೆ, ಆ ವಯಸ್ಸಿನಲ್ಲಿ ಅವನು ಕಾನೂನು ಪಾಲನೆಗೆ ಬದ್ಧನಾಗಿರುವುದಿಲ್ಲ. ಅಥವಾ ಮಾನಸಿಕ ಅಸ್ವಸ್ಥತೆಯ ಕಾರಣದಿಂದ. ಏಕೆಂದರೆ, ಅದರಿಂದ ಅವನ ಬುದ್ಧಿಯು ಸರಿಯಾಗಿ ಕಾರ್ಯನಿರ್ವಹಿಸುವುದಿಲ್ಲ. ಅದೇ ರೀತಿ, ಮಾದಕ ದ್ರವ್ಯಗಳನ್ನು ಸೇವಿಸಿದ ಸ್ಥಿತಿಯಲ್ಲಿರುವಾಗ. ಆದ್ದರಿಂದ ಯಾರು ವಿಷಯಗಳನ್ನು ಸರಿಯಾಗಿ ವಿವೇಚಿಸಿ ತಿಳಿಯುವ ಶಕ್ತಿಯನ್ನು ಕಳೆದುಕೊಳ್ಳುತ್ತಾರೋ, ಅವರು ಈ ಮೂರು ಕಾರಣಗಳಿಂದಾಗಿ ಕಾನೂನು ಪಾಲನೆಯ ಅರ್ಹತೆಯನ್ನು ಕಳೆದುಕೊಳ್ಳುತ್ತಾರೆ. ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ತನ್ನ ನ್ಯಾಯ, ಸಹಿಷ್ಣುತೆ ಮತ್ತು ಉದಾರತೆಯಿಂದಾಗಿ, ಅಲ್ಲಾಹನ ವಿಷಯದಲ್ಲಿ ಅವರಿಂದ ಸಂಭವಿಸುವ ಅತಿರೇಕ ಮತ್ತು ಕುಂದು-ಕೊರತೆಗಳಿಗಾಗಿ ಅವರನ್ನು ಶಿಕ್ಷಿಸುವುದಿಲ್ಲ.
+ಅವರು ಮಾಡುವ ಪಾಪಗಳನ್ನು ದಾಖಲಿಸಲಾಗುವುದಿಲ್ಲ ಎನ್ನುವುದು ಕೆಲವು ಭೌತಿಕ ಕಾನೂನುಗಳು ಅವರಿಗೆ ಅನ್ವಯವಾಗುತ್ತವೆ ಎಂಬುದನ್ನು ನಿಷೇಧಿಸುವುದಿಲ್ಲ. ಉದಾಹರಣೆಗೆ, ಮಾನಸಿಕ ಅಸ್ವಸ್ಥನು ಕೊಲೆ ಮಾಡಿದರೆ, ಅವನ ಮೇಲೆ ಪ್ರತೀಕಾರ ಅಥವಾ ಪ್ರಾಯಶ್ಚಿತ್ತ ಇಲ್ಲವಾದರೂ, ಅವನ ಪಿತೃ ಸಂಬಂಧಿಕರು ರಕ್ತಪರಿಹಾರವನ್ನು ನೀಡಬೇಕಾಗಿದೆ.
+ಮೂರು ಲಕ್ಷಣಗಳಿಂದ ಪ್ರೌಢಾವಸ್ಥೆಯನ್ನು ತಲುಪಿರುವುದನ್ನು ಗುರುತಿಸಬಹುದು: ಕನಸಿನಲ್ಲಿ ಅಥವಾ ಇತರ ಸಮಯಗಳಲ್ಲಿ ವೀರ್ಯ ಸ್ಖಲನವಾಗುವುದು, ಗುಹ್ಯಾಂಗದ ಸುತ್ತ ರೋಮ ಬೆಳೆಯುವುದು, ಹದಿನೈದರ ಹರೆಯವನ್ನು ತಲುಪುವುದು. ಹೆಣ್ಣುಮಕ್ಕಳಲ್ಲಿರುವ ನಾಲ್ಕನೇ ಲಕ್ಷಣವು ಮುಟ್ಟು ಪ್ರಾರಂಭವಾಗುವುದು.
+ಸುಬುಕಿ ಹೇಳಿದರು: "ಸಬೀ (ಶಿಶು) ಎಂದರೆ ಹುಡುಗ. ಇತರರು ಹೇಳಿದರು: ತಾಯಿಯ ಗರ್ಭದಲ್ಲಿರುವ ಮಗುವನ್ನು ಜನೀನ್ (ಭ್ರೂಣ) ಎಂದು ಕರೆಯಲಾಗುತ್ತದೆ. ಅದು ಜನ್ಮ ತಾಳಿದರೆ ಸಬೀ (ಶಿಶು) ಎಂದು ಕರೆಯಲಾಗುತ್ತದೆ. ಅದು ಎದೆಹಾಲು ಕುಡಿಯತೊಡಗಿ ಏಳು ವರ್ಷವಾಗುವ ತನಕ ಗುಲಾಮ್ (ಹುಡುಗ) ಎಂದು ಕರೆಯಲಾಗುತ್ತದೆ. ನಂತರ ಹತ್ತು ವರ್ಷದ ತನಕ ಯಾಫಿ (ಹದಿಪ್ರಾಯದವ) ಎಂದು ಕರೆಯಲಾಗುತ್ತದೆ. ನಂತರ ಹದಿನೈದು ವರ್ಷದ ತನಕ ಹಝೂರ್ (ಅಪ್ರಾಪ್ತ) ಎಂದು ಕರೆಯಲಾಗುತ್ತದೆ. ಆದರೆ ಖಚಿತವಾಗಿ ಹೇಳಬೇಕಾದರೆ ಅವನು ಈ ಎಲ್ಲಾ ಸ್ಥಿತಿಗಳಲ್ಲೂ ಸಬೀ ಎಂದೇ ಕರೆಯಲ್ಪಡುತ್ತಾನೆ. ಇದು ಸುಯೂತಿಯವರ ಅಭಿಪ್ರಾಯವಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/58148</t>
+  </si>
+  <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>ಯಾರು ಆಜ್ಞಾಪಾಲನೆಯಿಂದ ಹಿಂದೆ ಸರಿದು, ಸಮಾಜದಿಂದ ಬೇರ್ಪಟ್ಟು, ಅದೇ ಸ್ಥಿತಿಯಲ್ಲಿ ಸಾವನ್ನಪ್ಪುತ್ತಾನೋ, ಅವನು ಅಜ್ಞಾನಕಾಲದ ಸಾವನ್ನಪ್ಪಿದ್ದಾನೆ</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ಆಜ್ಞಾಪಾಲನೆಯಿಂದ ಹಿಂದೆ ಸರಿದು, ಸಮಾಜದಿಂದ ಬೇರ್ಪಟ್ಟು, ಅದೇ ಸ್ಥಿತಿಯಲ್ಲಿ ಸಾವನ್ನಪ್ಪುತ್ತಾನೋ, ಅವನು ಅಜ್ಞಾನಕಾಲದ ಸಾವನ್ನಪ್ಪಿದ್ದಾನೆ. ಯಾರು ಅಂಧ ಪತಾಕೆಯ ಅಡಿಯಲ್ಲಿ ಯುದ್ಧ ಮಾಡುತ್ತಾ, ಜನಾಂಗೀಯತೆಗಾಗಿ ಕೋಪಗೊಳ್ಳುತ್ತಲೂ, ಜನಾಂಗೀಯತೆಯ ಕಡೆಗೆ ಕರೆಯುತ್ತಲೂ, ಜನಾಂಗೀಯತೆಯನ್ನು ಬೆಂಬಲಿಸುತ್ತಲೂ ಇರುತ್ತಾ ಅದೇ ಸ್ಥಿತಿಯಲ್ಲಿ ಸಾಯುತ್ತಾನೋ, ಅವನು ಅಜ್ಞಾನಕಾಲದ ಸಾವನ್ನಪ್ಪಿದ್ದಾನೆ. ಯಾರು ನನ್ನ ಸಮುದಾಯದ ವಿರುದ್ಧ ಬಂಡೆದ್ದು, ಅವರಲ್ಲಿರುವ ನೀತಿವಂತರಿಗೂ ದುಷ್ಟರಿಗೂ ಬಡಿಯುತ್ತಾನೋ, ಅವರಲ್ಲಿರುವ ಸತ್ಯವಿಶ್ವಾಸಿಗಳನ್ನು ಕೂಡ ಬಿಟ್ಟುಬಿಡುವುದಿಲ್ಲವೋ, ಮತ್ತು ಕರಾರು ಮಾಡಿಕೊಂಡವರ ಕರಾರನ್ನು ಸಹ ನೆರವೇರಿಸುವುದಿಲ್ಲವೋ, ಅವನು ನನಗೆ ಸೇರಿದವನಲ್ಲ ಮತ್ತು ನಾನು ಅವನಿಗೆ ಸೇರಿದವನಲ್ಲ."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಯಾರು ಆಡಳಿತಗಾರರ ಆಜ್ಞಾಪಾಲನೆ ಮಾಡುವುದರಿಂದ ಹಿಂದೆ ಸರಿದು, ಆಡಳಿತಗಾರರಿಗೆ ಸರ್ವಾನುಮತದಿಂದ ಪ್ರತಿಜ್ಞೆ (ಬೈಅತ್) ಮಾಡಿದ ಮುಸ್ಲಿಂ ಸಮಾಜದಿಂದ ಬೇರ್ಪಟ್ಟು, ಆಜ್ಞಾಪಾಲನೆ ಮಾಡದ ಮತ್ತು ಸಮಾಜದಿಂದ ಬೇರ್ಪಟ್ಟ ಆ ಸ್ಥಿತಿಯಲ್ಲೇ ಸಾವನ್ನಪ್ಪುತ್ತಾರೋ, ಅವರು ಅಜ್ಞಾನಕಾಲದ ಜನರಂತೆ ಸಾವನ್ನಪ್ಪಿದ್ದಾರೆ. ಅಜ್ಞಾನಕಾಲದ ಜನರು ಅವರ ಮುಖಂಡರ ಆಜ್ಞೆಗಳನ್ನು ಪಾಲಿಸುತ್ತಿರಲಿಲ್ಲ ಮತ್ತು ಒಂದೇ ಗುಂಪಿಗೆ ಅಂಟಿಕೊಳ್ಳುತ್ತಿರಲಿಲ್ಲ. ಬದಲಿಗೆ, ಅವರು ಹಲವಾರು ಗುಂಪುಗಳಾಗಿ ಬೇರ್ಪಟ್ಟು ಪರಸ್ಪರ ಯುದ್ಧದಲ್ಲಿ ನಿರತರಾಗುತ್ತಿದ್ದರು.
-. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮುಂದುವರಿದು ಹೇಳುವುದೇನೆಂದರೆ, ಸತ್ಯ ಮತ್ತು ಅಸತ್ಯವನ್ನು ಸ್ಪಷ್ಟವಾಗಿ ಬೇರ್ಪಡಿಸಿ ಗುರುತಿಸದ ಪತಾಕೆಯ ಅಡಿಯಲ್ಲಿ ಯುದ್ಧ ಮಾಡುವವರು, ಧರ್ಮ ಮತ್ತು ಸತ್ಯಕ್ಕಾಗಿ ಹೋರಾಡದೆ ಕೇವಲ ತಮ್ಮ ಕೋಮು ಅಥವಾ ಗೋತ್ರದ ಪಕ್ಷ ವಹಿಸಿ ಅದಕ್ಕಾಗಿ ಕೋಪಿಸುವವರು, ಸರಿಯಾದ ವೀಕ್ಷಣೆ ಅಥವಾ ಜ್ಞಾನವಿಲ್ಲದೆ ಪಕ್ಷಪಾತದ ಆಧಾರದಲ್ಲಿ ಹೋರಾಡುವವರು ಮುಂತಾದವರು ಆ ಸ್ಥಿತಿಯಲ್ಲೇ ಸತ್ತರೆ ಅವರ ಸಾವು ಅಜ್ಞಾನಕಾಲದ ಜನರ ಸಾವಿಗೆ ಸಮಾನವಾಗಿದೆ.
+ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮುಂದುವರಿದು ಹೇಳುವುದೇನೆಂದರೆ, ಸತ್ಯ ಮತ್ತು ಅಸತ್ಯವನ್ನು ಸ್ಪಷ್ಟವಾಗಿ ಬೇರ್ಪಡಿಸಿ ಗುರುತಿಸದ ಪತಾಕೆಯ ಅಡಿಯಲ್ಲಿ ಯುದ್ಧ ಮಾಡುವವರು, ಧರ್ಮ ಮತ್ತು ಸತ್ಯಕ್ಕಾಗಿ ಹೋರಾಡದೆ ಕೇವಲ ತಮ್ಮ ಕೋಮು ಅಥವಾ ಗೋತ್ರದ ಪಕ್ಷ ವಹಿಸಿ ಅದಕ್ಕಾಗಿ ಕೋಪಿಸುವವರು, ಸರಿಯಾದ ವೀಕ್ಷಣೆ ಅಥವಾ ಜ್ಞಾನವಿಲ್ಲದೆ ಪಕ್ಷಪಾತದ ಆಧಾರದಲ್ಲಿ ಹೋರಾಡುವವರು ಮುಂತಾದವರು ಆ ಸ್ಥಿತಿಯಲ್ಲೇ ಸತ್ತರೆ ಅವರ ಸಾವು ಅಜ್ಞಾನಕಾಲದ ಜನರ ಸಾವಿಗೆ ಸಮಾನವಾಗಿದೆ.
 ಅದೇ ರೀತಿ, ಮುಸ್ಲಿಂ ಸಮುದಾಯದ ವಿರುದ್ಧ ಬಂಡೇಳುವವರು, ಸಮುದಾಯದಲ್ಲಿರುವ ನೀತಿವಂತರನ್ನು ಮತ್ತು ದುಷ್ಟರನ್ನು ವಿವೇಚಿಸಿ ತಿಳಿಯದೆ ದಾಳಿ ಮಾಡುವವರು, ಶಿಕ್ಷೆಯ ಯಾವುದೇ ಭಯವಿಲ್ಲದೆ ಸತ್ಯವಿಶ್ವಾಸಿಗಳನ್ನು ಕೊಲ್ಲುವವರು, ಮುಸ್ಲಿಮೇತರರೊಂದಿಗೆ ಅಥವಾ ಆಡಳಿತಗಾರರೊಂದಿಗೆ ಮಾಡಿದ ಕರಾರುಗಳಿಗೆ ಯಾವುದೇ ಬೆಲೆ ಕಲ್ಪಿಸದೆ ಉಲ್ಲಂಘಿಸುವವರು—ಇಂತಹ ಕೃತ್ಯಗಳೆಲ್ಲವೂ ಮಹಾಪಾಪಗಳಾಗಿದ್ದು, ಅವುಗಳನ್ನು ಮಾಡುವವರು ಕಠಿಣ ಶಿಕ್ಷೆಗೆ ಗುರಿಯಾಗುತ್ತಾರೆ.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>ಅಲ್ಲಾಹನ ಆಜ್ಞೋಲ್ಲಂಘನೆ ಮಾಡದ ರೀತಿಯಲ್ಲಿ ಆಡಳಿತಗಾರರನ್ನು ಅನುಸರಿಸುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
 ಮುಖಂಡರ ವಿರುದ್ಧ ಬಂಡೆದ್ದು ಮುಸ್ಲಿಂ ಸಮಾಜದಿಂದ ಬೇರ್ಪಡುವವರಿಗೆ ಇದರಲ್ಲಿ ಕಠಿಣ ಎಚ್ಚರಿಕೆಯಿದೆ. ಅವರು ಇದೇ ಸ್ಥಿತಿಯಲ್ಲಿ ಸತ್ತರೆ ಅವರು ಅಜ್ಞಾನಕಾಲದ ಜನರು ಸಾಯುವ ರೀತಿಯಲ್ಲಿ ಸತ್ತಿದ್ದಾರೆ.
 ಪಕ್ಷಪಾತದಿಂದ ಹೋರಾಡುವುದನ್ನು ಈ ಹದೀಸ್ ವಿರೋಧಿಸುತ್ತದೆ.
 ಕರಾರು ಮತ್ತು ಒಪ್ಪಂದಗಳನ್ನು ಪಾಲಿಸುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
 ಆಜ್ಞಾಪಾಲನೆ ಮಾಡುವುದರಿಂದ ಮತ್ತು ಸಮಾಜಕ್ಕೆ ಅಂಟಿಕೊಳ್ಳುವುದರಿಂದ ಯಥೇಷ್ಟ ಒಳಿತುಗಳು, ಸುರಕ್ಷತೆ, ಸಮಾಧಾನ ಮತ್ತು ಸ್ಥಿರತೆ ದೊರಕುತ್ತವೆ.
 ಅಜ್ಞಾನಕಾಲದ ಜನರ ವರ್ತನೆಗಳನ್ನು ಅನುಕರಿಸುವುದನ್ನು ವಿರೋಧಿಸಲಾಗಿದೆ.
 ಮುಸ್ಲಿಂ ಸಮಾಜಕ್ಕೆ ಅಂಟಿಕೊಂಡಿರಬೇಕೆಂದು ಆಜ್ಞಾಪಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -14781,121 +17794,193 @@
     <t>ಅಬ್ದುಲ್ಲಾ ಇಬ್ನ್ ಉಮರ್ (ರ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹುವಿನ ಸಂದೇಶವಾಹಕ ಸಲ್ಲಲ್ಲಾಹು ಅಲೈಹಿ ವಸಲ್ಲಂ ರು ಅಲ್-ಅಸ್ಲಮೀ ಗೋತ್ರದ ಒಬ್ಬರನ್ನು ಕಲ್ಲೆಸೆದು ಶಿಕ್ಷಿಸಿದ ನಂತರ ಎದ್ದುನಿಂತು ಹೇಳಿದರು: "ಅಲ್ಲಾಹು ನಿಷೇಧಿಸಿರುವ ಈ ಹೊಲಸು ಕಾರ್ಯದಿಂದ ದೂರವಿರಿ. ಯಾರು (ಅದರಲ್ಲಿ) ತೊಡಗುತ್ತಾನೋ (ಯಾರಿಂದ ಅದು ಸಂಭವಿಸುತ್ತದೆಯೋ), ಅವನು ಅಲ್ಲಾಹುವಿನ ಮರೆಯಲ್ಲಿ ತನ್ನನ್ನು ತಾನು ಮರೆಮಾಡಿಕೊಳ್ಳಲಿ ಮತ್ತು ಅಲ್ಲಾಹುವಿನಲ್ಲಿ ಪಶ್ಚಾತ್ತಾಪ ಪಡಲಿ. ಏಕೆಂದರೆ, ಯಾರು ನಮಗೆ ತನ್ನ ಪುಟವನ್ನು ತೆರೆದು ತೋರಿಸುತ್ತಾನೋ (ಅಂದರೆ, ತನ್ನ ಪಾಪವನ್ನು ಬಹಿರಂಗಪಡಿಸುತ್ತಾನೋ), ನಾವು ಅವನ ಮೇಲೆ ಅಲ್ಲಾಹುವಿನ ಗ್ರಂಥದಲ್ಲಿರುವ ಶಿಕ್ಷೆಯನ್ನು ಜಾರಿಗೊಳಿಸುತ್ತೇವೆ".</t>
   </si>
   <si>
     <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
 اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
 الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
 الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
   </si>
   <si>
     <t>ಇಬ್ನ್ ಉಮರ್ (ರ) ಅವರು ತಿಳಿಸುವುದೇನೆಂದರೆ, ಪ್ರವಾದಿಯವರು (ಸಲ್ಲಲ್ಲಾಹು ಅಲೈಹಿ ವಸಲ್ಲಂ) ಮಾಇಝ್ ಇಬ್ನ್ ಮಾಲಿಕ್ ಅಲ್-ಅಸ್ಲಮೀ (ರ) ರವರ ಮೇಲೆ ವ್ಯಭಿಚಾರದ 'ಹದ್ದ್' (ಶರೀಅತ್ ನಿರ್ಧರಿಸಿದ ದಂಡನೆ) ಯಾಗಿ ಕಲ್ಲೆಸೆದು ಶಿಕ್ಷಿಸಿದ ನಂತರ ಎದ್ದುನಿಂತು, ಜನರಿಗೆ ಪ್ರವಚನ ನೀಡುತ್ತಾ ಹೇಳಿದರು: ಅಲ್ಲಾಹು ನಿಷೇಧಿಸಿರುವ ಈ ಹೊಲಸಿನಿಂದ ಮತ್ತು ತಿರಸ್ಕಾರಾರ್ಹ ಹಾಗೂ ಅಸಹ್ಯಕರವಾದ ಪಾಪಗಳಿಂದ ದೂರವಿರಿ. ಯಾರು ಅವುಗಳಲ್ಲಿ ಯಾವುದನ್ನಾದರೂ ಮಾಡಿಬಿಡುತ್ತಾನೋ, ಅವನ ಮೇಲೆ ಎರಡು ವಿಷಯಗಳು ಕಡ್ಡಾಯವಾಗುತ್ತವೆ: ಮೊದಲನೆಯದು: ಅಲ್ಲಾಹು ಅವನನ್ನು ಮರೆಮಾಚಿರುವುದರಿಂದ ಅವನು ತನ್ನನ್ನು ತಾನು ಮರೆಮಾಡಿಕೊಳ್ಳಬೇಕು ಮತ್ತು ತನ್ನ ಪಾಪದ ಬಗ್ಗೆ (ಇತರರಿಗೆ) ತಿಳಿಸಬಾರದು. ಎರಡನೆಯದು: ಅವನು ಅಲ್ಲಾಹುವಿನಲ್ಲಿ ಪಶ್ಚಾತ್ತಾಪ ಪಡಲು ತ್ವರೆ ಮಾಡಬೇಕು ಮತ್ತು ಆ ಪಾಪವನ್ನು ಪುನಃ ಮಾಡಬಾರದು. ಯಾರ ಪಾಪವು ನಮಗೆ ಬಹಿರಂಗವಾಗುತ್ತದೆಯೋ, ನಾವು ಆ ಪಾಪಕ್ಕಾಗಿ ಅಲ್ಲಾಹುವಿನ ಗ್ರಂಥದಲ್ಲಿ ಉಲ್ಲೇಖಿಸಲಾದ 'ಹದ್ದ್' ಅನ್ನು ಅವನ ಮೇಲೆ ಜಾರಿಗೊಳಿಸುತ್ತೇವೆ.</t>
   </si>
   <si>
     <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
 الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
 وجوب اجتناب المعاصي، والتوبة منها.</t>
   </si>
   <si>
     <t>ಪಾಪ ಮಾಡಿದ ದಾಸನು ತನ್ನನ್ನು ತಾನು ಮರೆಮಾಡಿಕೊಳ್ಳಲು, ಮತ್ತು ತನಗೂ ತನ್ನ ರಬ್‌ಗೂ (ಅಲ್ಲಾಹುವಿಗೂ) ನಡುವೆ ಪಾಪಕ್ಕಾಗಿ ಪಶ್ಚಾತ್ತಾಪ ಪಡಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
 'ಹದ್ದ್' ಶಿಕ್ಷೆಗಳ ಪಾಪಗಳು ಆಡಳಿತಗಾರರನ್ನು ತಲುಪಿದರೆ, 'ಹದ್ದ್' ಅನ್ನು ಜಾರಿಗೊಳಿಸುವುದು ಅನಿವಾರ್ಯವಾಗುತ್ತದೆ.
 ಪಾಪಗಳಿಂದ ದೂರವಿರುವುದು, ಮತ್ತು ಅವುಗಳಿಂದ ಪಶ್ಚಾತ್ತಾಪ ಪಡುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>رواه الحاكم والبيهقي</t>
   </si>
   <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/kn/browse/hadith/58240</t>
   </si>
   <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>ಎಲ್ಲಾ ಮಾದಕ ದ್ರವ್ಯಗಳು ಮದ್ಯವಾಗಿವೆ ಮತ್ತು ಎಲ್ಲಾ ಮಾದಕ ದ್ರವ್ಯಗಳು ನಿಷಿದ್ಧವಾಗಿವೆ. ಯಾರು ಇಹಲೋಕದಲ್ಲಿ ಮದ್ಯ ಸೇವಿಸುತ್ತಾರೋ, ಮತ್ತು ಅದರ ಚಟಕ್ಕೆ ಬಲಿಯಾಗಿ ಪಶ್ಚಾತ್ತಾಪಪಡದೆ ಸಾಯುತ್ತಾರೋ, ಅವರು ಪರಲೋಕದಲ್ಲಿ ಅದನ್ನು ಕುಡಿಯಲಾರರು</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>ಇಬ್ನ್ ಉಮರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಎಲ್ಲಾ ಮಾದಕ ದ್ರವ್ಯಗಳು ಮದ್ಯವಾಗಿವೆ ಮತ್ತು ಎಲ್ಲಾ ಮಾದಕ ದ್ರವ್ಯಗಳು ನಿಷಿದ್ಧವಾಗಿವೆ. ಯಾರು ಇಹಲೋಕದಲ್ಲಿ ಮದ್ಯ ಸೇವಿಸುತ್ತಾರೋ, ಮತ್ತು ಅದರ ಚಟಕ್ಕೆ ಬಲಿಯಾಗಿ ಪಶ್ಚಾತ್ತಾಪಪಡದೆ ಸಾಯುತ್ತಾರೋ, ಅವರು ಪರಲೋಕದಲ್ಲಿ ಅದನ್ನು ಕುಡಿಯಲಾರರು."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಬುದ್ಧಿಯ ಸ್ತಿಮಿತವನ್ನು ತಪ್ಪಿಸುವ ಎಲ್ಲವೂ ಮಾದಕ ಪದಾರ್ಥವಾದ ಮದ್ಯದಲ್ಲಿ ಸೇರುತ್ತವೆ. ಅವು ಪಾನೀಯಗಳು, ತಿನಿಸುಗಳು, ಮೂಗಿಗೆ ಎಳೆಯುವಂತಹವುಗಳು ಅಥವಾ ಇತರ ಯಾವುದೇ ಆಗಿದ್ದರೂ ಸಹ. ಅಮಲು ಬರಿಸುವ ಮತ್ತು ಬುದ್ಧಿಯ ಸ್ತಿಮಿತವನ್ನು ತಪ್ಪಿಸುವ ಎಲ್ಲವನ್ನೂ ಅಲ್ಲಾಹು ನಿಷೇಧಿಸಿದ್ದಾನೆ ಮತ್ತು ತಡೆದಿದ್ದಾನೆ. ಅವು ಕಡಿಮೆ ಪ್ರಮಾಣದಲ್ಲಿ ಅಥವಾ ಹೆಚ್ಚಿನ ಪ್ರಮಾಣದಲ್ಲಿ ಸೇವಿಸಿದರೂ ಸಹ. ಈ ಮಾದಕ ದ್ರವ್ಯಗಳ ಯಾವುದೇ ಒಂದು ವಿಧವನ್ನು ಯಾರು ಸೇವಿಸುತ್ತಾರೋ, ಮತ್ತು ಸಾವಿನ ತನಕ ಪಶ್ಚಾತ್ತಾಪಪಡದೆ ಅದನ್ನು ಸೇವಿಸುತ್ತಲೇ ಇರುತ್ತಾರೋ, ಅವರು ಅಲ್ಲಾಹನ ಶಿಕ್ಷೆಗೆ ಅರ್ಹರಾಗುತ್ತಾರೆ, ಅಂದರೆ ಸ್ವರ್ಗದಲ್ಲಿ ಅವರಿಗೆ ಮದ್ಯ ಸೇವನೆಯನ್ನು ತಡೆಹಿಡಿಯಲಾಗುತ್ತದೆ.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>ಮದ್ಯದಲ್ಲಿರುವ ಅಮಲಿನ ಕಾರಣ ಅದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ಆದ್ದರಿಂದ ಅಮಲು ಬರಿಸುವ ವಿಧಗಳೆಲ್ಲವೂ ನಿಷಿದ್ಧವಾಗಿವೆ.
 ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಮದ್ಯವನ್ನು ನಿಷೇಧಿಸಿದ್ದಾನೆ. ಏಕೆಂದರೆ, ಅದು ಅನೇಕ ಹಾನಿಗಳನ್ನು ಮತ್ತು ಮಹಾ ಕೆಡುಕುಗಳನ್ನು ಒಳಗೊಂಡಿದೆ.
 ಸ್ವರ್ಗದಲ್ಲಿ ಮದ್ಯವನ್ನು ಸೇವಿಸುವುದು ಅಲ್ಲಿನ ಆನಂದವನ್ನು ಪರಿಪೂರ್ಣಗೊಳಿಸುತ್ತದೆ ಮತ್ತು ಸುಖವನ್ನು ಪೂರ್ಣಗೊಳಿಸುತ್ತದೆ.
 ಇಹಲೋಕದಲ್ಲಿ ಯಾರು ಮದ್ಯ ಸೇವನೆಯನ್ನು ನಿಲ್ಲಿಸುವುದಿಲ್ಲವೋ ಸ್ವರ್ಗದಲ್ಲಿ ಅವನಿಗೆ ಅಲ್ಲಾಹು ಅದನ್ನು ನಿಷೇಧಿಸುತ್ತಾನೆ. ಪ್ರತಿಫಲವು ಕರ್ಮಕ್ಕೆ ತಕ್ಕಂತೆ ಇರುತ್ತದೆ.
 ಸಾವಿಗೆ ಮೊದಲು ಪಾಪಗಳ ಬಗ್ಗೆ ಪಶ್ಚಾತ್ತಾಪಪಡಲು ಆತುರ ತೋರುವುದನ್ನು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/kn/browse/hadith/58259</t>
+  </si>
+  <si>
+    <t>جاهدوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
+  </si>
+  <si>
+    <t>ನೀವು ಮುಶ್ರಿಕರೊಡನೆ ನಿಮ್ಮ ಸಂಪತ್ತು, ನಿಮ್ಮ ಪ್ರಾಣ ಮತ್ತು ನಿಮ್ಮ ನಾಲಿಗೆಯಿಂದ ಜಿಹಾದ್ ಮಾಡಿರಿ</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه أن النبي صلى الله عليه وسلم قال: «جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم».</t>
+  </si>
+  <si>
+    <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನೀವು ಮುಶ್ರಿಕರೊಡನೆ ನಿಮ್ಮ ಸಂಪತ್ತು, ನಿಮ್ಮ ಪ್ರಾಣ ಮತ್ತು ನಿಮ್ಮ ನಾಲಿಗೆಯಿಂದ ಜಿಹಾದ್ ಮಾಡಿರಿ."</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بجهاد الكفّار، وبَذْلِ الجُهْدِ في مواجهتهم بكل وسيلة على قدر الاستطاعة لتكون كلمة الله هي العليا، ومن ذلك:
+أولًا: إنفاق المال في جهادهم؛ من شراء سلاح ونفقة على المجاهدين ونحو ذلك. 
+ثانيًا: الخروج بالنفس والبدن لملاقاتهم ومدافعتهم. 
+ثالثًا: بدعوتهم لهذا الدين باللسان، وإقامة الحجة عليهم، وزجرهم والرد عليهم.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸತ್ಯನಿಷೇಧಿಗಳೊಡನೆ ಜಿಹಾದ್ ಮಾಡಲು ಮತ್ತು ಅಲ್ಲಾಹನ ವಚನವು ಅತ್ಯುನ್ನತವಾಗಬೇಕೆಂಬ ಉದ್ದೇಶದಿಂದ ಅವರನ್ನು ಎದುರಿಸಲು ಸಾಧ್ಯವಿರುವ ಎಲ್ಲ ವಿಧಾನಗಳಿಂದಲೂ ಪರಿಶ್ರಮಿಸಬೇಕೆಂದು ಆದೇಶಿಸಿದರು. ಅವುಗಳಲ್ಲಿ ಕೆಲವು ಹೀಗಿವೆ:
+ಮೊದಲನೆಯದಾಗಿ: ಅವರೊಡನೆ ಜಿಹಾದ್ ಮಾಡಲು ಸಂಪತ್ತನ್ನು ಖರ್ಚು ಮಾಡುವುದು. ಉದಾಹರಣೆಗೆ, ಶಸ್ತ್ರಾಸ್ತ್ರಗಳನ್ನು ಖರೀದಿಸುವುದು, ಜಿಹಾದ್ ಮಾಡುವವರ ವೆಚ್ಚ ಭರಿಸುವುದು ಇತ್ಯಾದಿ.
+ಎರಡನೆಯದಾಗಿ: ಅವರನ್ನು ಎದುರಿಸಲು ಮತ್ತು ಅವರನ್ನು ತಡೆಯಲು ಪ್ರಾಣ ಮತ್ತು ದೇಹದೊಂದಿಗೆ ಸ್ವತಃ ಹೊರಡುವುದು.
+ಮೂರನೆಯದಾಗಿ: ಅವರನ್ನು ನಾಲಿಗೆಯ ಮೂಲಕ ಈ ಧರ್ಮಕ್ಕೆ ಆಹ್ವಾನಿಸುವುದು, ಅವರ ಮೇಲೆ ಪುರಾವೆಗಳನ್ನು ಸ್ಥಾಪಿಸುವುದು, ಮತ್ತು ಅವರನ್ನು ಖಂಡಿಸುವುದು ಮತ್ತು ಅವರಿಗೆ ಪ್ರತ್ಯುತ್ತರ ನೀಡುವುದು.</t>
+  </si>
+  <si>
+    <t>الحث على جهاد المشركين بالنفس والمال واللسان؛ كلٌّ بحسب استطاعته، وأنّ الجهاد لا يَقْتَصِرُ على المقاتلة بالنفس.
+الأمر بالجهاد للوجوب، وقد يكون واجبًا عَيْنيًّا، وقد يكون واجبًا كِفَائيًّا.
+شرع الله الجهاد لأمور منها: أولًا: مقاومة الشرك والمشركين؛ لأن الله لا يقبل الشرك أبدًا، ثانيًا: إزالة العَقَبَات التي تَعْتَرِض سبيل الدعوة إلى الله، ثالثًا: حماية العقيدة من كل ما يُضَادُّها، رابعًا: الدفاع عن المسلمين وعن أوطانهم وأعراضهم وأموالهم.</t>
+  </si>
+  <si>
+    <t>ಪ್ರಾಣ, ಸಂಪತ್ತು ಮತ್ತು ನಾಲಿಗೆಯಿಂದ ಮುಶ್ರಿಕರೊಡನೆ ಜಿಹಾದ್ ಮಾಡಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ಪ್ರತಿಯೊಬ್ಬರೂ ತಮ್ಮ ಸಾಮರ್ಥ್ಯಕ್ಕೆ ಅನುಗುಣವಾಗಿ ಜಿಹಾದ್ ಮಾಡಬೇಕಾಗಿದೆ. ಜಿಹಾದ್ ಕೇವಲ ದೈಹಿಕವಾಗಿ ಹೋರಾಡುವುದಕ್ಕೆ ಸೀಮಿತವಾಗಿಲ್ಲ.
+ಜಿಹಾದಿನ ಆದೇಶವು ಕಡ್ಡಾಯದ ಆದೇಶವಾಗಿದೆ. ಅದು ಕೆಲವೊಮ್ಮೆ ವೈಯಕ್ತಿಕ ಕಡ್ಡಾಯವಾಗಬಹುದು (ಫರ್ದ್ ಐನ್), ಮತ್ತು ಕೆಲವೊಮ್ಮೆ ಸಾಮಾಜಿಕ ಕಡ್ಡಾಯವಾಗಬಹುದು (ಫರ್ದ್ ಕಿಫಾಯ).
+ಅಲ್ಲಾಹು ಜಿಹಾದನ್ನು ಹಲವಾರು ಕಾರಣಗಳಿಗಾಗಿ ನಿಯಮಗೊಳಿಸಿದ್ದಾನೆ: ಮೊದಲನೆಯದಾಗಿ: ಶಿರ್ಕ್ (ದೇವಸಹಭಾಗಿತ್ವ) ಮತ್ತು ಮುಶ್ರಿಕರನ್ನು ವಿರೋಧಿಸುವುದು; ಏಕೆಂದರೆ ಅಲ್ಲಾಹು ಶಿರ್ಕ್ ಅನ್ನು ಎಂದಿಗೂ ಸ್ವೀಕರಿಸುವುದಿಲ್ಲ. ಎರಡನೆಯದಾಗಿ: ಅಲ್ಲಾಹನ ಕಡೆಗೆ ಆಹ್ವಾನಿಸುವ ಮಾರ್ಗದಲ್ಲಿ ಅಡ್ಡಿಯಾಗುವ ಅಡೆತಡೆಗಳನ್ನು ನಿವಾರಿಸುವುದು. ಮೂರನೆಯದಾಗಿ: ಏಕದೇವ ಸಿದ್ಧಾಂತವನ್ನು ಅದನ್ನು ವಿರೋಧಿಸುವ ಎಲ್ಲದರಿಂದಲೂ ರಕ್ಷಿಸುವುದು. ನಾಲ್ಕನೆಯದಾಗಿ: ಮುಸ್ಲಿಮರು, ಅವರ ದೇಶಗಳು, ಅವರ ಗೌರವಗಳು ಮತ್ತು ಅವರ ಸಂಪತ್ತನ್ನು ರಕ್ಷಿಸುವುದು.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/64597</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>(ಮುಸಲ್ಮಾನರೊಂದಿಗೆ) ಒಪ್ಪಂದದಲ್ಲಿರುವ ವ್ಯಕ್ತಿಯನ್ನು ಯಾರಾದರೂ ಕೊಂದರೆ ಅವನು ಸ್ವರ್ಗದ ಪರಿಮಳವನ್ನು ಕೂಡ ಅನುಭವಿಸಲಾರ. ಅದರ ಪರಿಮಳವನ್ನು ನಲ್ವತ್ತು ವರ್ಷಗಳ ದೂರದಿಂದಲೇ ಅನುಭವಿಸಬಹುದಾಗಿದೆ</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "(ಮುಸಲ್ಮಾನರೊಂದಿಗೆ) ಒಪ್ಪಂದದಲ್ಲಿರುವ ವ್ಯಕ್ತಿಯನ್ನು ಯಾರಾದರೂ ಕೊಂದರೆ ಅವನು ಸ್ವರ್ಗದ ಪರಿಮಳವನ್ನು ಕೂಡ ಅನುಭವಿಸಲಾರ. ಅದರ ಪರಿಮಳವನ್ನು ನಲ್ವತ್ತು ವರ್ಷಗಳ ದೂರದಿಂದಲೇ ಅನುಭವಿಸಬಹುದಾಗಿದೆ."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>ಮುಸಲ್ಮಾನರೊಂದಿಗೆ ಒಪ್ಪಂದದಲ್ಲಿರುವವರನ್ನು—ಅಂದರೆ ಭದ್ರತೆ ಮತ್ತು ಸುರಕ್ಷತೆಯನ್ನು ನೀಡುವ ವಾಗ್ದಾನದ ಮೂಲಕ ಮುಸ್ಲಿಂ ದೇಶಕ್ಕೆ ಬರುವ ಮುಸ್ಲಿಮೇತರರನ್ನು) ಯಾರಾದರೂ ಕೊಂದರೆ, ನಲ್ವತ್ತು ವರ್ಷಗಳ ದೂರದಿಂದ ಅನುಭವಿಸಬಹುದಾದ ಸ್ವರ್ಗದ ಪರಿಮಳವನ್ನು ಕೂಡ ಅವರು ಅನುಭವಿಸಲಾರರು ಎಂಬ ತೀವ್ರ ಮತ್ತು ಕಠೋರ ಎಚ್ಚರಿಕೆಯನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುತ್ತಿದ್ದಾರೆ.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>ಮುಸ್ಲಿಮರೊಂದಿಗೆ ಒಪ್ಪಂದದಲ್ಲಿರುವ ಮುಸ್ಲಿಮೇತರರು, ಮುಸ್ಲಿಂ ದೇಶದಲ್ಲಿ ವಾಸಿಸುವ ಮುಸ್ಲಿಮೇತರ ಪ್ರಜೆಗಳು ಮತ್ತು ಮುಸ್ಲಿಂ ದೇಶದಲ್ಲಿ ಆಶ್ರಯ ಪಡೆದಿರುವ ಮುಸ್ಲಿಮೇತರರು—ಇವರನ್ನು ಕೊಲ್ಲುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ. ಇವರನ್ನು ಕೊಲ್ಲುವುದು ಮಹಾಪಾಪವಾಗಿದೆ.
 ಮುಆಹಿದ್ (ಮುಸ್ಲಿಮರೊಂದಿಗೆ ಒಪ್ಪಂದದಲ್ಲಿರುವ ಮುಸ್ಲಿಮೇತರರು): ಮುಸಲ್ಮಾನರೊಂದಿಗೆ ಒಪ್ಪಂದ ಮಾಡಿಕೊಂಡು ಅವರ ದೇಶದಲ್ಲಿ ವಾಸಿಸುವ ಮುಸ್ಲಿಮೇತರರು. ಇವರು ಮುಸಲ್ಮಾನರ ವಿರುದ್ಧ ಹೋರಾಡಬಾರದು ಮತ್ತು ಮುಸಲ್ಮಾನರು ಇವರ ವಿರುದ್ಧ ಹೋರಾಡಬಾರದು. ದಿಮ್ಮಿ (ಮುಸ್ಲಿಂ ದೇಶದಲ್ಲಿ ವಾಸಿಸುವ ಮುಸ್ಲಿಮೇತರ ಪ್ರಜೆಗಳು): ಕರ ಪಾವತಿ ಮಾಡಿ ಮುಸ್ಲಿಂ ದೇಶದಲ್ಲಿ ವಾಸಿಸುವ ಮುಸ್ಲಿಮೇತರ ಪ್ರಜೆಗಳು. ಮುಸ್ತಅ್‌ಮಿನ್ (ಮುಸ್ಲಿಂ ದೇಶದಲ್ಲಿ ಆಶ್ರಯ ಪಡೆದಿರುವ ಮುಸ್ಲಿಮೇತರರು): ಅಭಯ ನೀಡುವ ಒಪ್ಪಂದದೊಂದಿಗೆ ತಾತ್ಕಾಲಿಕವಾಗಿ ಮುಸ್ಲಿಂ ದೇಶದಲ್ಲಿ ನೆಲೆಸುವ ಮುಸ್ಲಿಮೇತರರು.
 ಮುಸ್ಲಿಮೇತರರೊಂದಿಗೆ ಮಾಡಿದ ಒಪ್ಪಂದಗಳನ್ನು ಮುರಿಯುವುದರ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ನೀಡಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/64637</t>
+  </si>
+  <si>
+    <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
+  </si>
+  <si>
+    <t>ಚೂಪಾದ ಹಲ್ಲನ್ನು ಹೊಂದಿರುವ ಎಲ್ಲಾ ವನ್ಯಮೃಗಗಳನ್ನು ಮತ್ತು ಚೂಪಾದ ಉಗುರನ್ನು ಹೊಂದಿರುವ ಎಲ್ಲಾ ಹಕ್ಕಿಗಳನ್ನು ನಿಷೇಧಿಸಿದ್ದಾರೆ</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ನಿಶ್ಚಯವಾಗಿಯೂ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಚೂಪಾದ ಹಲ್ಲನ್ನು ಹೊಂದಿರುವ ಎಲ್ಲಾ ವನ್ಯಮೃಗಗಳನ್ನು ಮತ್ತು ಚೂಪಾದ ಉಗುರನ್ನು ಹೊಂದಿರುವ ಎಲ್ಲಾ ಹಕ್ಕಿಗಳನ್ನು ನಿಷೇಧಿಸಿದ್ದಾರೆ.</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
+  </si>
+  <si>
+    <t>ತಮ್ಮ ಚೂಪಾದ ಹಲ್ಲುಗಳಿಂದ ಬೇಟೆಯಾಡುವ ಎಲ್ಲಾ ವನ್ಯಪ್ರಾಣಿಗಳ ಮತ್ತು ತಮ್ಮ ಚೂಪಾದ ಉಗುರುಗಳಿಂದ ಹರಿಯುವ ಮತ್ತು ಹಿಡಿಯುವ ಎಲ್ಲಾ ಹಕ್ಕಿಗಳ ಮಾಂಸವನ್ನು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷೇಧಿಸಿದ್ದಾರೆ.</t>
+  </si>
+  <si>
+    <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
+الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
+  </si>
+  <si>
+    <t>ಆಹಾರ ಪಾನೀಯ ಮುಂತಾದ ಎಲ್ಲದರಲ್ಲೂ ಶುದ್ಧವಾದ ವಸ್ತುಗಳನ್ನು ಮಾತ್ರ ಸೇವಿಸಲು ಇಸ್ಲಾಂ ಉತ್ತೇಜಿಸಿದೆ.
+ಮೂಲವಾಗಿ ಎಲ್ಲಾ ವಸ್ತುಗಳೂ ಅನುಮತಿಸಲ್ಪಟ್ಟಿವೆ—ನಿಷೇಧಿಸಲಾಗಿದೆಯೆಂದು ಕುರ್‌ಆನ್ ಮತ್ತು ಹದೀಸ್‌ಗಳಲ್ಲಿ ಪುರಾವೆಯಿರುವವುಗಳ ಹೊರತು.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/64643</t>
   </si>
   <si>
     <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>ತೀರ್ಪಿಗಾಗಿ ಲಂಚ ನೀಡುವವರನ್ನು ಮತ್ತು ಲಂಚ ಪಡೆಯುವವರನ್ನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶಪಿಸಿದ್ದಾರೆ</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: "ತೀರ್ಪಿಗಾಗಿ ಲಂಚ ನೀಡುವವರನ್ನು ಮತ್ತು ಲಂಚ ಪಡೆಯುವವರನ್ನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಶಪಿಸಿದ್ದಾರೆ."</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>ಲಂಚ ನೀಡುವವರು ಮತ್ತು ಲಂಚ ಪಡೆಯುವವರು ಅಲ್ಲಾಹನ ದಯೆಯಿಂದ ದೂರವಾಗಲಿ ಎಂದು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರಾರ್ಥಿಸಿದ್ದಾರೆ.
 ತಮ್ಮ ಅನೈತಿಕ ಉದ್ದೇಶವನ್ನು ನೆರವೇರಿಸುವುದಕ್ಕಾಗಿ ತೀರ್ಪು ತಮ್ಮ ಪರವಾಗಿ ಬರುವಂತೆ ಮಾಡಲು ನ್ಯಾಯಾಧೀಶರಿಗೆ ಲಂಚ ಕೊಡುವುದು ಇದರಲ್ಲಿ ಪ್ರಮುಖವಾಗಿದೆ.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
@@ -15112,56 +18197,50 @@
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>ಮಿಕ್ದಾಮ್ ಬಿನ್ ಮಅದೀ ಕರಿಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಎಚ್ಚರಾ! ಒರಗು ಕುರ್ಚಿಯಲ್ಲಿ ಕುಳಿತಿರುವ ಒಬ್ಬ ವ್ಯಕ್ತಿಗೆ ನಾನು ಹೇಳಿದ ಒಂದು ಹದೀಸ್ ತಲುಪುತ್ತದೆ. ಆಗ ಅವನು ಹೇಳುತ್ತಾನೆ: ನಮ್ಮ ಬಳಿ ಅಲ್ಲಾಹನ ಗ್ರಂಥವಿದೆ. ಅದರಲ್ಲಿ ಏನು ಅನುಮತಿಸಲಾಗಿದೆಯೆಂದು ನಾವು ಕಾಣುತ್ತೇವೆಯೋ ಅದನ್ನು ನಾವು ಧರ್ಮಸಮ್ಮತವೆಂದು ಪರಿಗಣಿಸುತ್ತೇವೆ., ಅದರಲ್ಲಿ ಏನು ನಿಷೇಧಿಸಲಾಗಿದೆಯೆಂದು ನಾವು ಕಾಣುತ್ತೇವೆಯೋ, ಅದನ್ನು ನಾವು ಧರ್ಮನಿಷಿದ್ಧವೆಂದು ಪರಿಗಣಿಸುತ್ತೇವೆ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಿಷೇಧಿಸಿದ್ದೆಲ್ಲವೂ ಅಲ್ಲಾಹು ನಿಷೇಧಿಸಿದಂತೆಯೇ ಆಗಿದೆ."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಸಮೀಪದಲ್ಲಿ ಒಂದು ಕಾಲವು ಬರಲಿದೆ. ಆಗ ಜನರಲ್ಲಿ ಒಬ್ಬನು ಆರಾಮಕುರ್ಚಿಯಲ್ಲಿ ಒರಗಿಕೊಂಡಿರುತ್ತಾನೆ. ನನ್ನ ಒಂದು ಹದೀಸನ್ನು ಅವನ ಮುಂದೆ ಪಠಿಸಲಾಗುತ್ತದೆ. ಆಗ ಅವನು ಹೇಳುತ್ತಾನೆ: ನಮ್ಮ ವಿಷಯದಲ್ಲಿ ಪವಿತ್ರ ಕುರ್‌ಆನ್ ತೀರ್ಪು ನೀಡುತ್ತದೆ. ಅದು ನಮಗೆ ಯಥೇಷ್ಟ ಸಾಕು. ಅದರಲ್ಲಿ ಏನು ಅನುಮತಿಸಲಾಗಿದೆಯೆಂದು ನಾವು ಕಾಣುತ್ತೇವೆಯೋ, ಅದನ್ನು ನಾವು ಸ್ವೀಕರಿಸುತ್ತೇವೆ. ಅದರಲ್ಲಿ ಏನು ನಿಷೇಧಿಸಲಾಗಿದೆಯೆಂದು ನಾವು ಕಾಣುತ್ತೇವೆಯೋ, ಅದನ್ನು ನಾವು ತಿರಸ್ಕರಿಸುತ್ತೇವೆ. ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸುನ್ನತ್‌ನಲ್ಲಿ (ಹದೀಸ್‌ನಲ್ಲಿ) ನಿಷೇಧಿಸಲಾಗಿರುವ ಅಥವಾ ವಿರೋಧಿಸಲಾಗಿರುವ ವಿಷಯಗಳೆಲ್ಲವೂ ಪವಿತ್ರ ಕುರ್‌ಆನಿನಲ್ಲಿ ಅಲ್ಲಾಹು ನಿಷೇಧಿಸಿರುವ ವಿಷಯಗಳ ಅದೇ ನಿಯಮವನ್ನು ಹೊಂದಿವೆ ಎಂದು ತಿಳಿಸುತ್ತಾರೆ. ಏಕೆಂದರೆ ಅವರು ಅಲ್ಲಾಹನ ಸಂದೇಶವನ್ನು ಜನರಿಗೆ ತಲುಪಿಸಿಕೊಡುವವರು.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>ಕುರ್‌ಆನನ್ನು ಗೌರವಿಸುವಂತೆಯೇ ಸುನ್ನತ್ತನ್ನು ಗೌರವಿಸಬೇಕು ಮತ್ತು ಅದನ್ನು ಸ್ವೀಕರಿಸಬೇಕೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಪ್ರವಾದಿಯವರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನುಸರಿಸುವುದು ಎಂದರೆ ಅಲ್ಲಾಹನನ್ನು ಅನುಸರಿಸುವುದಾಗಿದೆ ಮತ್ತು ಪ್ರವಾದಿಯವರನ್ನು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನುಸರಿಸದಿರುವುದು ಅಲ್ಲಾಹನನ್ನು ಅನುಸರಿಸದಿರುವುದಾಗಿದೆ.
 ಈ ಹದೀಸ್ ಸುನ್ನತ್ (ಪ್ರವಾದಿಚರ್ಯೆ) ಧಾರ್ಮಿಕ ನಿಯಮಗಳಿಗೆ ಪುರಾವೆಯಾಗಿದೆಯೆಂದು ಸಾಬೀತುಪಡಿಸುತ್ತದೆ ಮತ್ತು ಅದನ್ನು ತಿರಸ್ಕರಿಸುವವರಿಗೆ ಅಥವಾ ನಿಷೇಧಿಸುವವರಿಗೆ ಉತ್ತರ ನೀಡುತ್ತದೆ.
 ಸುನ್ನತ್ತನ್ನು ನಿರ್ಲಕ್ಷಿಸಿ ಕುರ್‌ಆನ್ ಮಾತ್ರ ಸಾಕು ಎಂದು ವಾದಿಸುವವನು ಅವೆರಡನ್ನೂ ನಿರ್ಲಕ್ಷಿಸುವವನಾಗಿದ್ದಾನೆ ಮತ್ತು ತಾನು ಕುರ್‌ಆನನ್ನು ಹಿಂಬಾಲಿಸುತ್ತೇನೆಂದು ಅವನು ಹೇಳುವುದು ಸುಳ್ಳಾಗಿದೆ ಎಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಭವಿಷ್ಯದಲ್ಲಿ ಸಂಭವಿಸುವ ಒಂದು ಸಂಗತಿಯ ಬಗ್ಗೆ ಭವಿಷ್ಯ ನುಡಿದಿದ್ದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಪ್ರವಾದಿತ್ವಕ್ಕೆ ಒಂದು ಪುರಾವೆಯಾಗಿದೆ. ಇದು ಅವರು ನುಡಿದಂತೆಯೇ ನಡೆದಿದೆ.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه أبو داود والترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾನು ಚಿಕ್ಕ ಮತ್ತು ದೊಡ್ಡ ಯಾವುದೇ ಪಾಪಗಳನ್ನು ಮಾಡದೆ ಬಿಟ್ಟಿಲ್ಲ." ಅವರು ಕೇಳಿದರು: "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ, ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು ಎಂದು ನೀನು ಸಾಕ್ಷಿ ವಹಿಸುವುದಿಲ್ಲವೇ?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>ಅನಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಒಬ್ಬ ವ್ಯಕ್ತಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾನು ಚಿಕ್ಕ ಮತ್ತು ದೊಡ್ಡ ಯಾವುದೇ ಪಾಪಗಳನ್ನು ಮಾಡದೆ ಬಿಟ್ಟಿಲ್ಲ." ಅವರು ಕೇಳಿದರು: "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ, ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು ಎಂದು ನೀನು ಸಾಕ್ಷಿ ವಹಿಸುವುದಿಲ್ಲವೇ?" ಅವರು ಇದನ್ನು ಮೂರು ಬಾರಿ ಕೇಳಿದರು. ಆ ವ್ಯಕ್ತಿ ಹೌದು ಎಂದು ಉತ್ತರಿಸಿದರು. ಅವರು ಹೇಳಿದರು: "ನಿಶ್ಚಯವಾಗಿಯೂ ಇದು ಅದರ ಮೇಲೆ ಬರುತ್ತದೆ."</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>ಒಬ್ಬ ವ್ಯಕ್ತಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನಾನು ಎಲ್ಲಾ ಪಾಪಗಳನ್ನು ಮತ್ತು ದೋಷಗಳನ್ನು ಮಾಡಿದ್ದೇನೆ. ಚಿಕ್ಕ ಮತ್ತು ದೊಡ್ಡ ಪಾಪಗಳಲ್ಲಿ ಯಾವುದನ್ನು ನಾನು ಮಾಡದೆ ಬಿಟ್ಟಿಲ್ಲ. ನನಗೆ ಕ್ಷಮೆ ಸಿಗಬಹುದೇ?" ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳುತ್ತಾರೆ: "ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ, ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು ಎಂದು ನೀನು ಸಾಕ್ಷಿ ವಹಿಸುವುದಿಲ್ಲವೇ?" ಅವರು ಇದನ್ನು ಮೂರು ಬಾರಿ ಕೇಳಿದರು. ಆಗ ಆ ವ್ಯಕ್ತಿ: "ಹೌದು, ನಾನು ಸಾಕ್ಷಿ ವಹಿಸುತ್ತೇನೆ" ಎಂದು ಉತ್ತರಿಸಿದರು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಎರಡು ಸಾಕ್ಷಿ ವಚನಗಳ ಶ್ರೇಷ್ಠತೆಯನ್ನು ಮತ್ತು ಅದು ಪಾಪಗಳನ್ನು ಪರಿಹರಿಸುತ್ತದೆ ಎಂದು ತಿಳಿಸಿದರು. ಹಾಗೆಯೇ ಪಶ್ಚಾತಾಪವು ಅದರ ಮುಂಚಿನ ಪಾಪಗಳನ್ನು ಅಳಿಸುತ್ತದೆ ಎಂದರು.</t>
@@ -16459,57 +19538,51 @@
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>ಒಮ್ಮೆ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರ ಸಂಗಡಿಗರ ನಡುವೆ ಕುಳಿತುಕೊಂಡಿದ್ದರು. ಆಗ ಅವರು ಹೇಳಿದರು: "ಇಂತಿಂತಹ ಸಮಯದಲ್ಲಿ ಜನರಿಂದ ಜ್ಞಾನವನ್ನು ಎತ್ತಿಕೊಳ್ಳಲಾಗುವುದು ಮತ್ತು ಹಿಂಪಡೆಯಲಾಗುವುದು." ಆಗ ಝಿಯಾದ್ ಬಿನ್ ಲಬೀದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಗೆ ಆಶ್ಚರ್ಯವಾಯಿತು. ಅವರು ಪ್ರವಾದಿಯವರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಿದರು: "ನಮ್ಮಿಂದ ಜ್ಞಾನವು ಎತ್ತಲಾಗುವುದು ಮತ್ತು ನಾವು ಅದನ್ನು ಕಳೆದುಕೊಳ್ಳುವುದು ಹೇಗೆ? ನಾವಂತೂ ಕುರ್‌ಆನ್ ಪಠಿಸಿದ್ದೇವೆ ಮತ್ತು ಕಂಠಪಾಠ ಮಾಡಿದ್ದೇವೆ. ಅಲ್ಲಾಹನಾಣೆ! ನಾವು ಅದನ್ನು ಪಠಿಸುತ್ತಲೇ ಇರುತ್ತೇವೆ. ನಮ್ಮ ಮಹಿಳೆಯರಿಗೆ, ಮಕ್ಕಳಿಗೆ, ಮೊಮ್ಮಕ್ಕಳಿಗೆ ಅದನ್ನು ಕಲಿಸುತ್ತಲೇ ಇರುತ್ತೇವೆ." ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆಶ್ಚರ್ಯದಿಂದ ಕೇಳಿದರು: "ನಿಮ್ಮ ತಾಯಿ ನಿಮ್ಮನ್ನು ಕಳೆದುಕೊಳ್ಳಲಿ. ಓ ಝಿಯಾದ್! ನಾನು ತಮ್ಮನ್ನು ಮದೀನದ ವಿದ್ವಾಂಸರಲ್ಲಿ ಒಬ್ಬರೆಂದು ಪರಿಗಣಿಸಿದ್ದೆ!" ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿ ಇರಲಿ) ವಿವರಿಸುತ್ತಾ ಹೇಳಿದರು: "ಜ್ಞಾನವು ಕಳೆದುಹೋಗುವುದು ಕುರ್‌ಆನ್ ಕಳೆದುಹೋಗುವುದರಿಂದಲ್ಲ. ಬದಲಿಗೆ, ಜ್ಞಾನವು ಕಳೆದುಹೋಗುವುದು ಅದರಂತೆ ಕರ್ಮ ಮಾಡದಿರುವಾಗ. ಯಹೂದಿಗಳ ಮತ್ತು ಕ್ರೈಸ್ತರ ಬಳಿ ಈ ತೌರಾತ್ ಮತ್ತು ಇಂಜೀಲ್ ಇದೆ. ಆದರೂ ಅವರಿಗೆ ಅದು ಪ್ರಯೋಜನ ನೀಡುವುದಿಲ್ಲ. ಅದರ ಉದ್ದೇಶಕ್ಕಾಗಿ ಅವರು ಅದನ್ನು ಬಳಸಲಿಲ್ಲ. ಅಂದರೆ ಅದರಿಂದ ಅವರು ಪಡೆದ ಜ್ಞಾನದ ಪ್ರಕಾರ ಅವರು ಕರ್ಮವೆಸಗಲಿಲ್ಲ.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>ಮುಸ್‌ಹಫ್‌ಗಳು ಮತ್ತು ಗ್ರಂಥಗಳು ಜನರ ಕೈಯಲ್ಲಿದ್ದು ಅವರು ಅದರ ಪ್ರಕಾರ ಕರ್ಮವೆಸಗದಿದ್ದರೆ ಅದು ಅವರಿಗೆ ಪ್ರಯೋಜನ ನೀಡುವುದಿಲ್ಲವೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಜ್ಞಾನವು ಎತ್ತಲಾಗುವ ಕೆಲವು ಕಾರಣಗಳು ಹೀಗಿವೆ: ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮರಣ, ವಿದ್ವಾಂಸರ ಮರಣ, ಜ್ಞಾನದ ಪ್ರಕಾರ ಕರ್ಮ ಮಾಡದಿರುವುದು.
 ಜ್ಞಾನವು ಹೊರಟುಹೋಗುವುದು ಮತ್ತು ಜನರು ಅದರ ಪ್ರಕಾರ ಕರ್ಮ ಮಾಡುವುದನ್ನು ಬಿಟ್ಟು ಬಿಡುವುದು ಪ್ರಳಯದ ಚಿಹ್ನೆಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ.
 ಜ್ಞಾನದ ಪ್ರಕಾರ ಕರ್ಮ ಮಾಡಲು ಈ ಹದೀಸ್ ಒತ್ತಾಯಿಸುತ್ತದೆ. ಏಕೆಂದರೆ ಅದು ಜ್ಞಾನದ ಉದ್ದೇಶವಾಗಿದೆ.</t>
   </si>
   <si>
-    <t>صحيح لغيره</t>
-[...1 lines deleted...]
-  <si>
     <t>رواه ابن ماجه</t>
-  </si>
-[...1 lines deleted...]
-    <t>[صحيح لغيره]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/65045</t>
   </si>
   <si>
     <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>ನೀವು ಗ್ರಂಥದವರ ಮಾತುಗಳನ್ನು ಅಂಗೀಕರಿಸಬೇಡಿ ಮತ್ತು ನಿಷೇಧಿಸಬೇಡಿ. ಬದಲಿಗೆ, ಹೀಗೆ ಹೇಳಿರಿ: ನಾವು ಅಲ್ಲಾಹನಲ್ಲಿ ಮತ್ತು ನಮಗೆ ಅವತೀರ್ಣವಾದ ಸಂದೇಶದಲ್ಲಿ ವಿಶ್ವಾಸವಿಟ್ಟಿದ್ದೇವೆ</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಗ್ರಂಥದವರು ಹಿಬ್ರೂ ಭಾಷೆಯಲ್ಲಿ ತೌರಾತ್ ಪಠಿಸುತ್ತಿದ್ದರು ಮತ್ತು ಅರಬ್ಬಿ ಭಾಷೆಯಲ್ಲಿ ಅದರ ಅರ್ಥವನ್ನು ಮುಸ್ಲಿಮರಿಗೆ ವಿವರಿಸುತ್ತಿದ್ದರು. ಆದ್ದರಿಂದ, ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನೀವು ಗ್ರಂಥದವರ ಮಾತುಗಳನ್ನು ಅಂಗೀಕರಿಸಬೇಡಿ ಮತ್ತು ನಿಷೇಧಿಸಬೇಡಿ. ಬದಲಿಗೆ, ಹೀಗೆ ಹೇಳಿರಿ: ನಾವು ಅಲ್ಲಾಹನಲ್ಲಿ ಮತ್ತು ನಮಗೆ ಅವತೀರ್ಣವಾದ ಸಂದೇಶದಲ್ಲಿ ವಿಶ್ವಾಸವಿಟ್ಟಿದ್ದೇವೆ. [ಬಕರ:136]."</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
@@ -16695,56 +19768,50 @@
   <si>
     <t>ಕುರ್‌ಆನಿನ ವ್ಯಕ್ತಿಯೊಡನೆ ಹೇಳಲಾಗುವುದು: ಪಠಿಸು ಮತ್ತು ಏರುತ್ತಾ ಹೋಗು. ಇಹಲೋಕದಲ್ಲಿ ಸಾವಧಾನದಿಂದ ಪಠಿಸುತ್ತಿದ್ದಂತೆ ಪಠಿಸು. ನೀನು ಪಠಿಸುವ ಕೊನೆಯ ವಚನದ ಬಳಿ ನಿನ್ನ ಪದವಿಯಿದೆ</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಕುರ್‌ಆನಿನ ವ್ಯಕ್ತಿಯೊಡನೆ ಹೇಳಲಾಗುವುದು: ಪಠಿಸು ಮತ್ತು ಏರುತ್ತಾ ಹೋಗು. ಇಹಲೋಕದಲ್ಲಿ ಸಾವಧಾನದಿಂದ ಪಠಿಸುತ್ತಿದ್ದಂತೆ ಪಠಿಸು. ನೀನು ಪಠಿಸುವ ಕೊನೆಯ ವಚನದ ಬಳಿ ನಿನ್ನ ಪದವಿಯಿದೆ."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಕುರ್‌ಆನ್ ಪಠಿಸುವವನು, ಅದರ ಪ್ರಕಾರ ಜೀವನ ನಡೆಸಿದವನು ಮತ್ತು ಸದಾ ಕುರ್‌ಆನ್ ಪಠಿಸುತ್ತಾ ಕಂಠಪಾಠ ಮಾಡುತ್ತಾ ಇದ್ದವನೊಂದಿಗೆ ಅವನು ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸಿದಾಗ ಹೀಗೆ ಹೇಳಲಾಗುವುದು: "ನೀನು ಕುರ್‌ಆನ್ ಪಠಿಸು ಮತ್ತು ಅದರ ಮೂಲಕ ಸ್ವರ್ಗದ ಪದವಿಗಳಿಗೆ ಏರುತ್ತಾ ಹೋಗು. ಇಹಲೋಕದಲ್ಲಿ ಶಾಂತವಾಗಿ ಮತ್ತು ಸಾವಧಾನದಿಂದ ಪಠಿಸುತ್ತಿದ್ದಂತೆ ಪಠಿಸು. ನೀನು ಪಠಿಸುವ ಕೊನೆಯ ವಚನದ ಬಳಿ ನಿನ್ನ ಪದವಿಯಿದೆ."</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>ಕರ್ಮಗಳ ಪ್ರಮಾಣ ಮತ್ತು ವಿಧಾನದ ಆಧಾರದಲ್ಲಿ ಪ್ರತಿಫಲವನ್ನು ನೀಡಲಾಗುತ್ತದೆ ಎಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
 ಕುರ್‌ಆನನ್ನು ಪಠಿಸುವುದು, ಅದನ್ನು ಕಲಿಯುವುದು, ಕಂಠಪಾಠ ಮಾಡುವುದು, ಅದರಲ್ಲಿರುವ ದೃಷ್ಟಾಂತಗಳ ಬಗ್ಗೆ ಆಲೋಚಿಸುವುದು ಮತ್ತು ಅದರ ಪ್ರಕಾರ ಜೀವನ ನಡೆಸುವುದನ್ನು ಈ ಹದೀಸ್ ಪ್ರೋತ್ಸಾಹಿಸುತ್ತದೆ.
 ಸ್ವರ್ಗದಲ್ಲಿ ಅನೇಕ ಪದವಿಗಳು ಮತ್ತು ಸ್ಥಾನಮಾನಗಳಿವೆ ಎಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ. ಕುರ್‌ಆನ್ ಪಠಿಸುವವರಿಗೆ ಸ್ವರ್ಗದಲ್ಲಿ ಉನ್ನತ ಪದವಿಗಳಿವೆ.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>ಬಹಿರಂಗವಾಗಿ ಕುರ್‌ಆನ್ ಪಠಿಸುವವನು ಬಹಿರಂಗವಾಗಿ ದಾನ ಮಾಡುವವನಂತೆ. ರಹಸ್ಯವಾಗಿ ಕುರ್‌ಆನ್ ಪಠಿಸುವವನು ರಹಸ್ಯವಾಗಿ ದಾನಮಾಡುವವನಂತೆ</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>ಉಕ್ಬ ಬಿನ್ ಆಮಿರ್ ಜುಹನಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಬಹಿರಂಗವಾಗಿ ಕುರ್‌ಆನ್ ಪಠಿಸುವವನು ಬಹಿರಂಗವಾಗಿ ದಾನ ಮಾಡುವವನಂತೆ. ರಹಸ್ಯವಾಗಿ ಕುರ್‌ಆನ್ ಪಠಿಸುವವನು ರಹಸ್ಯವಾಗಿ ದಾನಮಾಡುವವನಂತೆ."</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಎಲ್ಲರ ಮುಂದೆ ಬಹಿರಂಗವಾಗಿ ಕುರ್‌ಆನ್ ಪಠಿಸುವವನು ಎಲ್ಲರ ಮುಂದೆ ಬಹಿರಂಗವಾಗಿ ದಾನ ಮಾಡುವವನಿಗೆ ಸಮ. ಯಾರಿಗೂ ತಿಳಿಯದಂತೆ ರಹಸ್ಯವಾಗಿ ಕುರ್‌ಆನ್ ಪಠಿಸುವವನು ಯಾರಿಗೂ ತಿಳಿಯದಂತೆ ರಹಸ್ಯವಾಗಿ ದಾನ ಮಾಡುವವನಿಗೆ ಸಮ.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
@@ -18147,130 +21214,1250 @@
     <t>ಉಸ್ಮಾನ್ ಬಿನ್ ಅಬುಲ್ ಆಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಶೈತಾನನು ನನ್ನ ಮತ್ತು ನನ್ನ ನಮಾಝ್ ಹಾಗೂ ಕುರ್‌ಆನ್ ಪಠಣದ ನಡುವೆ ಬಂದು ಗಲಿಬಿಲಿಗೊಳಿಸುತ್ತಾನೆ." ಆಗ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಅವನು ಖಿನ್‌ಝಬ್ ಎಂಬ ಹೆಸರಿನ ಶೈತಾನ್. ನಿಮಗೆ ಅವನ ಅನುಭವವಾದರೆ, ಅವನ ವಿರುದ್ಧ ಅಲ್ಲಾಹನಲ್ಲಿ ರಕ್ಷೆ ಬೇಡಿರಿ, ಮತ್ತು ನಿಮ್ಮ ಎಡಭಾಗಕ್ಕೆ ಮೂರು ಸಲ ಹಗುರವಾಗಿ ಉಗಿಯಿರಿ." ಅವರು ಹೇಳುತ್ತಾರೆ: "ನಾನು ಹಾಗೆ ಮಾಡಿದೆ. ಆಗ ಅಲ್ಲಾಹು ಅವನನ್ನು ನನ್ನಿಂದ ದೂರವಿರಿಸಿದನು."</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>ಉಸ್ಮಾನ್ ಬಿನ್ ಅಬುಲ್ ಆಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಶೈತಾನನು ನನ್ನ ಹಾಗೂ ನನ್ನ ನಮಾಝಿನ ಮಧ್ಯೆ ಅಡ್ಢವಾಗಿ ನಿಂತು, ನನ್ನ ವಿನಮ್ರತೆಗೆ ತೊಂದರೆ ಕೊಡುತ್ತಿದ್ದಾನೆ ಮತ್ತು ಕುರ್‌ಆನ್ ಪಠಣದಲ್ಲಿ ಗಲಿಬಿಲಿಗೊಳಿಸಿ ಸಂಶಯವುಂಟಾಗುವಂತೆ ಮಾಡುತ್ತಿದ್ದಾನೆ." ಆಗ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಅವನು ಖಿನ್‌ಝಬ್ ಎಂಬ ಹೆಸರಿನ ಶೈತಾನ್. ನಿಮಗೆ ಇಂತಹ ಸ್ಥಿತಿಯು ಅನುಭವವಾದರೆ ಅಲ್ಲಾಹನಲ್ಲಿ ರಕ್ಷೆಯನ್ನು ಬೇಡಿರಿ ಮತ್ತು ನಿಮ್ಮ ಎಡಭಾಗಕ್ಕೆ ಹಗುರವಾಗಿ ಮೂರು ಸಲ ಉಗಿಯಿರಿ." ಉಸ್ಮಾನ್ ಹೇಳುತ್ತಾರೆ: "ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆದೇಶಿಸಿದಂತೆ ನಾನು ಮಾಡಿದಾಗ, ಅಲ್ಲಾಹು ಅವನನ್ನು ನನ್ನಿಂದ ದೂರ ಸರಿಸಿದನು."</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>ನಮಾಝಿನಲ್ಲಿ ವಿನಮ್ರತೆ ಮತ್ತು ಹೃದಯ ಸಾನಿಧ್ಯತೆಯ ಪ್ರಾಮುಖ್ಯತೆಯನ್ನು ಮತ್ತು ಶೈತಾನನು ಗಲಿಬಿಲಿ ಮತ್ತು ಗೊಂದಲಗೊಳಿಸಲು ಅತಿಯಾಗಿ ಪ್ರಯತ್ನಿಸುತ್ತಾನೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
 ಶೈತಾನನ ಪಿಸುಗುಡುವಿಕೆ ಅನುಭವಕ್ಕೆ ಬರುವಾಗ ಎಡಭಾಗಕ್ಕೆ ಮೂರು ಸಲ ಹಗುರವಾಗಿ ಉಗಿದು ಅಲ್ಲಾಹನಲ್ಲಿ ರಕ್ಷೆ ಬೇಡುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
 ಸಹಾಬಿಗಳಿಗೆ (ಅವರ ಬಗ್ಗೆ ಅಲ್ಲಾಹು ಸಂಪ್ರೀತನಾಗಲಿ) ಯಾವುದಾದರೂ ಸಮಸ್ಯೆಗಳು ಎದುರಾದಾಗ, ಅವರು ಅವುಗಳ ಪರಿಹಾರಕ್ಕಾಗಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬರುತ್ತಿದ್ದ ರೆಂದು ವಿವರಿಸಲಾಗಿದೆ.
 ಸಹಾಬಿಗಳ ಹೃದಯ ಜೀವಂತಿಕೆಯನ್ನು ಮತ್ತು ಅವರ ಉದ್ದೇಶವು ಪರಲೋಕವಾಗಿತ್ತೆಂಬುದನ್ನು ತಿಳಿಸಲಾಗಿದೆ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/65105</t>
   </si>
   <si>
+    <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
+  </si>
+  <si>
+    <t>ತನಗಾಗಿ ಮಾತ್ರ ನಿಷ್ಕಳಂಕವಾಗಿ ನಿರ್ವಹಿಸಲಾದ ಮತ್ತು ತನ್ನ ಸಂಪ್ರೀತಿಯನ್ನು ಮಾತ್ರ ಬಯಸಲಾದ ಕರ್ಮಗಳ ಹೊರತು ಬೇರೆ ಯಾವುದನ್ನೂ ಅಲ್ಲಾಹು ಸ್ವೀಕರಿಸುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಉಮಾಮ ಬಾಹಿಲಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಒಬ್ಬ ವ್ಯಕ್ತಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು ಕೇಳಿದರು: "ಪ್ರತಿಫಲಕ್ಕಾಗಿ ಮತ್ತು ಕೀರ್ತಿಗಾಗಿ ಯುದ್ಧಮಾಡುವವನ ಬಗ್ಗೆ ತಮ್ಮ ಅಭಿಪ್ರಾಯವೇನು? ಅವನ ಸ್ಥಿತಿಯೇನಾಗಿರಬಹುದು?" ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ತರಿಸಿದರು: "ಅವನಿಗೆ ಯಾವುದೇ ಪ್ರತಿಫಲವಿಲ್ಲ." ಆತ ಅದನ್ನು ಮೂರು ಬಾರಿ ಕೇಳಿದಾಗಲೂ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವನಿಗೆ ಯಾವುದೇ ಪ್ರತಿಫಲವಿಲ್ಲ ಎಂದೇ ಉತ್ತರಿಸಿದರು. ನಂತರ ಅವರು ಹೇಳಿದರು: "ತನಗಾಗಿ ಮಾತ್ರ ನಿಷ್ಕಳಂಕವಾಗಿ ನಿರ್ವಹಿಸಲಾದ ಮತ್ತು ತನ್ನ ಸಂಪ್ರೀತಿಯನ್ನು ಮಾತ್ರ ಬಯಸಲಾದ ಕರ್ಮಗಳ ಹೊರತು ಬೇರೆ ಯಾವುದನ್ನೂ ಅಲ್ಲಾಹು ಸ್ವೀಕರಿಸುವುದಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನಿಂದ ಪ್ರತಿಫಲವನ್ನು ಬೇಡುತ್ತಾ ಮತ್ತು ಜನರ ನಡುವೆ ಪ್ರಶಂಸೆ ಮತ್ತು ಕೀರ್ತಿ ದೊರೆಯಬೇಕೆಂಬ ಆಸೆಯಿಂದ ಯುದ್ಧಕ್ಕೆ ಮತ್ತು ಜಿಹಾದ್‌ಗೆ ಹೊರಡುವ ವ್ಯಕ್ತಿಯ ಬಗ್ಗೆ, ಅವನಿಗೆ ಪ್ರತಿಫಲ ದೊರೆಯುತ್ತದೆಯೇ ಎಂದು ವಿಧಿ ಕೇಳಲು ಒಬ್ಬ ವ್ಯಕ್ತಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದರು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ತರಿಸಿದರು: "ಅವನಿಗೆ ಯಾವುದೇ ಪ್ರತಿಫಲವಿಲ್ಲ. ಏಕೆಂದರೆ ಅವನು ತನ್ನ ಉದ್ದೇಶದಲ್ಲಿ ಅಲ್ಲಾಹನೊಂದಿಗೆ ಇತರರನ್ನು ಸಹಭಾಗಿಯಾಗಿ ಮಾಡಿದ್ದಾನೆ." ಆ ವ್ಯಕ್ತಿ ಆ ಪ್ರಶ್ನೆಯನ್ನು ಮೂರು ಬಾರಿ ಕೇಳಿದಾಗಲೂ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅದೇ ಉತ್ತರವನ್ನು ಅಂದರೆ ಅವನಿಗೆ ಯಾವುದೇ ಪ್ರತಿಫಲವಿಲ್ಲವೆಂದು ಒತ್ತುಕೊಟ್ಟು ಹೇಳಿದರು. ನಂತರ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಲ್ಲಾಹನ ಬಳಿ ಕರ್ಮಗಳು ಸ್ವೀಕಾರವಾಗುವ ಪ್ರಮುಖ ಸಿದ್ಧಾಂತವನ್ನು ತಿಳಿಸಿಕೊಟ್ಟರು. ಅಂದರೆ, ಅಲ್ಲಾಹು ಯಾವುದೇ ಕರ್ಮವನ್ನು ಸ್ವೀಕರಿಸಬೇಕಾದರೆ, ಅದು ಸಂಪೂರ್ಣವಾಗಿ ಅವನಿಗಾಗಿರಬೇಕು ಮತ್ತು ಅವನ ಸಂಪ್ರೀತಿಗಾಗಿರಬೇಕು. ಅದರಲ್ಲಿ ಇತರ ಯಾರನ್ನೂ ಸಹಭಾಗಿಯಾಗಿ ಮಾಡಿರಬಾರದು.</t>
+  </si>
+  <si>
+    <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
+أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
+تأكيد الأمر العظيم بتكرار السؤال عنه.
+المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಸಂಪ್ರೀತಿಗಾಗಿ ಮತ್ತು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತೋರಿಸಿದ ಮಾರ್ಗದರ್ಶನಕ್ಕೆ ಅನುಗುಣವಾಗಿ ನಿರ್ವಹಿಸಿದ ಕರ್ಮವನ್ನಲ್ಲದೆ ಬೇರೆ ಯಾವ ಕರ್ಮವನ್ನೂ ಅಲ್ಲಾಹು ಸ್ವೀಕರಿಸುವುದಿಲ್ಲ.
+ಮುಫ್ತಿ (ಧರ್ಮವಿಧಿ ನೀಡುವವನು) ನೀಡುವ ಅತ್ಯುತ್ತಮ ವಿಧಿ ಹೇಗಿರುತ್ತೆಯೆಂದರೆ, ಅದು ಕೇಳುಗನ ಪ್ರಶ್ನೆಗೆ ಉತ್ತರವನ್ನು ಹೊಂದಿರುವುದಲ್ಲದೆ ಸ್ವಲ್ಪ ಹೆಚ್ಚುವರಿಯನ್ನೂ ಹೊಂದಿರುತ್ತದೆ.
+ಪ್ರಶ್ನೆಯನ್ನು ಪುನರಾವರ್ತಿಸುವ ಮೂಲಕ ವಿಷಯದ ಮಹತ್ವವನ್ನು ಹಿಗ್ಗಿಸಲಾಗಿದೆ.
+ಯಾರು ನಿಷ್ಕಳಂಕ ಉದ್ದೇಶ ಮತ್ತು ಪರಲೋಕದಲ್ಲಿ ಪ್ರತಿಫಲ ದೊರೆಯಬೇಕೆಂಬ ಬಯಕೆಯಿಂದ ಅಲ್ಲಾಹನ ವಚನವು ಅತ್ಯುನ್ನತವಾಗಬೇಕೆಂದು ಹೋರಾಡುತ್ತಾರೋ ಅವರೇ ನಿಜವಾದ ಧರ್ಮಯೋಧರು. ಇಹಲೋಕಕ್ಕಾಗಿ ಹೋರಾಡುವವರು ಧರ್ಮಯೋಧರಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>رواه النسائي</t>
+  </si>
+  <si>
+    <t>[رواه النسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/65107</t>
+  </si>
+  <si>
+    <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
+  </si>
+  <si>
+    <t>ಪರಿಪಾಲಕನಾಗಿ ಅಲ್ಲಾಹನಲ್ಲಿ, ಧರ್ಮವಾಗಿ ಇಸ್ಲಾಮಿನಲ್ಲಿ ಮತ್ತು ಪ್ರವಾದಿಯಾಗಿ ಮುಹಮ್ಮದ್‌ರಲ್ಲಿ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಂಪೂರ್ಣ ಸಂತೃಪ್ತಿಯಿರುವವರು ಸತ್ಯವಿಶ್ವಾಸದ ಮಾಧುರ್ಯವನ್ನು ಸವಿಯುವರು</t>
+  </si>
+  <si>
+    <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ಬಾಸ್ ಬಿನ್ ಅಬ್ದುಲ್ ಮುತ್ತಲಿಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ಅವರು ಕೇಳಿದ್ದರು: "ಪರಿಪಾಲಕನಾಗಿ ಅಲ್ಲಾಹನಲ್ಲಿ, ಧರ್ಮವಾಗಿ ಇಸ್ಲಾಮಿನಲ್ಲಿ ಮತ್ತು ಪ್ರವಾದಿಯಾಗಿ ಮುಹಮ್ಮದ್‌ರಲ್ಲಿ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಂಪೂರ್ಣ ಸಂತೃಪ್ತಿಯಿರುವವರು ಸತ್ಯವಿಶ್ವಾಸದ ಮಾಧುರ್ಯವನ್ನು ಸವಿಯುವರು."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
+أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
+ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
+ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ನಿಜವಾದ ಸತ್ಯವಿಶ್ವಾಸವನ್ನು ಹೊಂದಿರುವ ಮತ್ತು ಅದರಲ್ಲಿ ಹೃದಯವು ನೆಮ್ಮದಿಯಾಗಿರುವ ಸತ್ಯವಿಶ್ವಾಸಿಯು ತನ್ನ ಹೃದಯದಲ್ಲಿ ವಿಶಾಲತೆಯನ್ನು, ಸಂತೋಷವನ್ನು, ಮಾಧುರ್ಯವನ್ನು ಮತ್ತು ಅಲ್ಲಾಹನಿಗೆ ಸಮೀಪವಾಗುವ ಸವಿಯನ್ನು ಅನುಭವಿಸುತ್ತಾನೆ. ಅವನು ಮೂರು ವಿಷಯಗಳ ಬಗ್ಗೆ ಸಂತೃಪ್ತನಾಗಿದ್ದರೆ:
+ಒಂದು: ಪರಿಪಾಲಕನಾಗಿ ಅಲ್ಲಾಹನಲ್ಲಿ ಸಂತೃಪ್ತನಾಗುವುದು. ಅಂದರೆ ಅಲ್ಲಾಹು ಅವನ ಪ್ರಭುತ್ವವು ಆವಶ್ಯಪಡುವ ರೀತಿಯಲ್ಲಿ ವಿಭಾಗಿಸಿಕೊಟ್ಟ ಉಪಜೀವನ ಮತ್ತು ಪರಿಸ್ಥಿತಿಗಳಲ್ಲಿ ತನ್ನ ಪಾಲಿಗೆ ಏನು ಬಂದಿದೆಯೋ ಅದರಲ್ಲಿ ಮನಸಂತೃಪ್ತಿಯನ್ನು ಹೊಂದಿರುವುದು. ಅದರ ಬಗ್ಗೆ ಯಾವುದೇ ಆಕ್ಷೇಪವು ಅವನ ಮನಸ್ಸಿನಲ್ಲಿರುವುದಿಲ್ಲ. ಅಲ್ಲಾಹನ ಹೊರತು ಬೇರೆಯವರನ್ನು ಅವನು ಪರಿಪಾಲಕನಾಗಿ ಹುಡುಕುವುದೂ ಇಲ್ಲ.
+ಎರಡು: ಧರ್ಮವಾಗಿ ಇಸ್ಲಾಂನಲ್ಲಿ ಸಂತೃಪ್ತನಾಗುವುದು. ಅಂದರೆ ಇಸ್ಲಾಂ ಧರ್ಮದಲ್ಲಿರುವ ನಿಯಮಗಳು ಮತ್ತು ಕಡ್ಡಾಯ ಕರ್ತವ್ಯಗಳ ಬಗ್ಗೆ ಮನಸಂತೃಪ್ತಿಯನ್ನು ಹೊಂದಿರುವುದು. ಇಸ್ಲಾಂ ಅಲ್ಲದ ದಾರಿಯಲ್ಲಿ ಚಲಿಸದಿರುವುದು.
+ಮೂರು: ಪ್ರವಾದಿಯಾಗಿ ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರಲ್ಲಿ ಸಂತೃಪ್ತನಾಗುವುದು. ಅಂದರೆ ಅವರು ಏನು ತಂದಿದ್ದಾರೋ ಅದರಲ್ಲಿ ಯಾವುದೇ ಹಿಂಜರಿಕೆ ಅಥವಾ ಸಂಶಯವನ್ನು ಇಟ್ಟುಕೊಳ್ಳದೆ ಮನಸಂತೃಪ್ತಿಯಿಂದ ಮತ್ತು ಸಂತೋಷದಿಂದ ಸ್ವೀಕರಿಸುವುದು. ಅವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಚರ್ಯೆಯಲ್ಲದ ಬೇರೆ ಚರ್ಯೆಗಳನ್ನು ಸ್ವೀಕರಿಸದಿರುವುದು.</t>
+  </si>
+  <si>
+    <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
+الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
+الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
+قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
+  </si>
+  <si>
+    <t>ಸತ್ಯವಿಶ್ವಾಸಕ್ಕೆ ಮಾಧುರ್ಯ ಮತ್ತು ರುಚಿಯಿದ್ದು ಅದನ್ನು ಹೃದಯದ ಮೂಲಕ ಅನುಭವಿಸಬಹುದು. ಬಾಯಿಯ ಮೂಲಕ ಆಹಾರ ಪಾನೀಯಗಳ ರುಚಿಯನ್ನು ಅನುಭವಿಸುವಂತೆ.
+ದೇಹವು ಆರೋಗ್ಯದಲ್ಲಿದ್ದರೆ ಮಾತ್ರ ಆಹಾರ ಪಾನೀಯಗಳ ರುಚಿಯನ್ನು ಅನುಭವಿಸುತ್ತದೆ. ಅದೇ ರೀತಿ ಹೃದಯವು ಕೂಡ ದುರ್ಮಾರ್ಗಕ್ಕೆ ಸಾಗಿಸುವ ಸ್ವೇಚ್ಛೆಗಳು ಮತ್ತು ನಿಷೇಧಿತ ಮೋಹಗಳೆಂಬ ರೋಗಗಳಿಂದ ಮುಕ್ತವಾಗಿದ್ದರೆ ಮಾತ್ರ ಸತ್ಯವಿಶ್ವಾಸದ ಮಾಧುರ್ಯವನ್ನು ಅನುಭವಿಸುತ್ತದೆ. ಅದು ಅನಾರೋಗ್ಯಕ್ಕೆ ಒಳಗಾದರೆ ಸತ್ಯವಿಶ್ವಾಸದ ಮಾಧುರ್ಯವನ್ನು ಅನುಭವಿಸುವುದಿಲ್ಲ. ಬದಲಿಗೆ, ಕೆಲವೊಮ್ಮೆ ಅದು ನಾಶಕ್ಕೆ ಹೇತುವಾಗುವ ಸ್ವೇಚ್ಛೆ ಮತ್ತು ಪಾಪಗಳ ರುಚಿಯನ್ನು ಬಯಸುತ್ತದೆ.
+ಮನುಷ್ಯನಿಗೆ ಒಂದು ಕಾರ್ಯವು ಇಷ್ಟವಾದರೆ ಮತ್ತು ಅಂಗೀಕಾರವಾದರೆ ಅದು ಅವನಿಗೆ ಸುಲಭವಾಗುತ್ತದೆ. ಅದರ ಯಾವುದೇ ಭಾಗವೂ ಅವನಿಗೆ ಸ್ವಲ್ಪವೂ ಕಷ್ಟವಾಗುವುದಿಲ್ಲ. ಅದರೊಂದಿಗೆ ಬರುವ ಎಲ್ಲವನ್ನೂ ಅವನು ಸಂತೋಷದಿಂದ ಸ್ವೀಕರಿಸುತ್ತಾನೆ, ಅವನ ಹೃದಯವು ಆನಂದಭರಿತವಾಗುತ್ತದೆ. ಅದೇ ರೀತಿ, ಸತ್ಯವಿಶ್ವಾಸಿಯ ಹೃದಯಕ್ಕೆ ಸತ್ಯವಿಶ್ವಾಸವು ಪ್ರವೇಶಿಸಿದರೆ, ಅಲ್ಲಾಹನ ಆರಾಧನೆ ಮಾಡಲು ಅವನಿಗೆ ಸುಲಭವಾಗುತ್ತದೆ ಮತ್ತು ಅವನ ದೇಹವು ಅದಕ್ಕಾಗಿ ಹಾತೊರೆಯುತ್ತದೆ. ಅದಕ್ಕಾಗಿ ಕಷ್ಟಪಡುವುದು ಅವನಿಗೆ ಕಷ್ಟವಾಗುವುದಿಲ್ಲ.
+ಇಬ್ನುಲ್ ಕಯ್ಯಿಮ್‌ ಹೇಳಿದರು: "ಈ ಹದೀಸ್ ಅಲ್ಲಾಹನ ಪ್ರಭುತ್ವ ಮತ್ತು ದೈವಿಕತೆಯಲ್ಲಿ ಸಂತೃಪ್ತನಾಗುವುದು, ಅವನ ಸಂದೇಶವಾಹಕರಲ್ಲಿ ಮತ್ತು ಅವರನ್ನು ಅನುಸರಿಸುವುದರಲ್ಲಿ ಸಂತೃಪ್ತನಾಗುವುದು ಮತ್ತು ಅವನ ಧರ್ಮದಲ್ಲಿ ಮತ್ತು ಅದಕ್ಕೆ ಶರಣಾಗುವುದರಲ್ಲಿ ಸಂತೃಪ್ತನಾಗುವುದನ್ನು ಒಳಗೊಂಡಿದೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/65116</t>
+  </si>
+  <si>
     <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
     <t>ನಾಲ್ಕು ಲಕ್ಷಣಗಳು—ಇವು ಯಾರಲ್ಲಿವೆಯೋ ಅವನು ಶುದ್ಧ ಕಪಟವಿಶ್ವಾಸಿಯಾಗಿದ್ದಾನೆ. ಇವುಗಳಲ್ಲೊಂದು ಅಂಶ ಯಾರಲ್ಲಿದೆಯೋ ಅವನು ಅದನ್ನು ತೊರೆಯುವ ತನಕ ಕಾಪಟ್ಯದ ಒಂದಂಶವನ್ನು ಹೊಂದಿರುತ್ತಾನೆ. ಮಾತನಾಡಿದರೆ ಸುಳ್ಳು ಹೇಳುವುದು, ಕರಾರು ಮಾಡಿದರೆ ದ್ರೋಹವೆಸಗುವುದು, ಮಾತು ಕೊಟ್ಟರೆ ಉಲ್ಲಂಘಿಸುವುದು ಮತ್ತು ತರ್ಕಿಸಿದರೆ ಕೆಟ್ಟದಾಗಿ ವರ್ತಿಸುವುದು</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಾಲ್ಕು ಲಕ್ಷಣಗಳು—ಇವು ಯಾರಲ್ಲಿವೆಯೋ ಅವನು ಶುದ್ಧ ಕಪಟವಿಶ್ವಾಸಿಯಾಗಿದ್ದಾನೆ. ಇವುಗಳಲ್ಲೊಂದು ಅಂಶ ಯಾರಲ್ಲಿದೆಯೋ ಅವನು ಅದನ್ನು ತೊರೆಯುವ ತನಕ ಕಾಪಟ್ಯದ ಒಂದಂಶವನ್ನು ಹೊಂದಿರುತ್ತಾನೆ. ಮಾತನಾಡಿದರೆ ಸುಳ್ಳು ಹೇಳುವುದು, ಕರಾರು ಮಾಡಿದರೆ ದ್ರೋಹವೆಸಗುವುದು, ಮಾತು ಕೊಟ್ಟರೆ ಉಲ್ಲಂಘಿಸುವುದು ಮತ್ತು ತರ್ಕಿಸಿದರೆ ಕೆಟ್ಟದಾಗಿ ವರ್ತಿಸುವುದು."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ನಾಲ್ಕು ಲಕ್ಷಣಗಳ ಬಗ್ಗೆ ಎಚ್ಚರಿಸಿದ್ದಾರೆ. ಇವು ಒಬ್ಬ ಮುಸಲ್ಮಾನನಲ್ಲಿ ಒಟ್ಟುಗೂಡಿದರೆ ಅವನು ಈ ಲಕ್ಷಣಗಳಿಂದಾಗಿ ಕಪಟವಿಶ್ವಾಸಿಗಳನ್ನು ತೀವ್ರವಾಗಿ ಹೋಲುತ್ತಾನೆ. ಯಾರಲ್ಲಿ ಈ ಲಕ್ಷಣಗಳು ಹೆಚ್ಚಾಗಿ ಕಾಣುತ್ತವೆಯೋ ಅವರು ಇದರಲ್ಲಿ ಸೇರುತ್ತಾರೆ. ಆದರೆ, ಯಾರಲ್ಲಿ ಈ ಲಕ್ಷಣಗಳು ಅಪರೂಪವಾಗಿ ಕಾಣುತ್ತವೆಯೋ ಅವರು ಇದರಲ್ಲಿ ಸೇರುವುದಿಲ್ಲ. ಆ ಲಕ್ಷಣಗಳು ಯಾವುದೆಂದರೆ:
 ಒಂದು: ಮಾತನಾಡುವಾಗ ಉದ್ದೇಶಪೂರ್ವಕ ಸುಳ್ಳು ಹೇಳುವುದು ಮತ್ತು ಮಾತಿನಲ್ಲಿ ಪ್ರಾಮಾಣಿಕತೆಯನ್ನು ಪಾಲಿಸದಿರುವುದು.
 ಎರಡು: ಯಾವುದಾದರೂ ಕರಾರು ಮಾಡಿಕೊಂಡರೆ ಅದನ್ನು ನೆರವೇರಿಸದಿರುವುದು ಮತ್ತು ಕರಾರು ಮಾಡಿಕೊಂಡವನಿಗೆ ದ್ರೋಹವೆಸಗುವುದು.
 ಮೂರು: ಭರವಸೆ ನೀಡಿದರೆ ಅದನ್ನು ಪೂರ್ತಿ ಮಾಡದೆ ಮೋಸ ಮಾಡುವುದು.
 ನಾಲ್ಕು: ಯಾರಾದರೂ ಒಬ್ಬರೊಂದಿಗೆ ತರ್ಕ ಮಾಡಿದರೆ ಅಥವಾ ಜಗಳವಾಡಿದರೆ, ತೀವ್ರ ಸ್ವರೂಪದಲ್ಲಿ ತರ್ಕಿಸುತ್ತಾ ಸತ್ಯದಿಂದ ದೂರ ಸರಿಯುವುದು, ವಾದದಲ್ಲಿ ಕುತರ್ಕಗಳನ್ನು ಬಳಸುವುದು ಮತ್ತು ಸುಳ್ಳುಗಳನ್ನು ಹೇಳುವುದು.
 ಕಾಪಟ್ಯ ಎಂದರೆ ಒಳಗಿರುವುದಕ್ಕೆ ವಿರುದ್ಧವಾಗಿರುವುದನ್ನು ಹೊರಗಡೆ ತೋರಿಸುವುದಾಗಿದೆ. ಈ ಲಕ್ಷಣಗಳನ್ನು ಹೊಂದಿರುವವರಲ್ಲಿ ಇದು ಕಂಡುಬರುತ್ತದೆ. ಅವರು ಯಾರೊಡನೆ ಮಾತನಾಡುತ್ತಾರೋ, ಯಾರಿಗೆ ಭರವಸೆ ನೀಡುತ್ತಾರೋ, ಯಾರು ಅವರ ಮೇಲೆ ವಿಶ್ವಾಸವಿಡುತ್ತಾರೋ, ಯಾರೊಂದಿಗೆ ಅವರು ತರ್ಕ ಮಾಡುತ್ತಾರೋ, ಯಾರಿಗೆ ಅವರು ಮಾತು ಕೊಡುತ್ತಾರೋ ಅವರೊಂದಿಗೆ ಇವರ ಕಾಪಟ್ಯವು ಇರುತ್ತದೆಯೇ ಹೊರತು ಇವರು ಹೊರಗೆ ಮುಸ್ಲಿಮರಂತೆ ವರ್ತಿಸುತ್ತಾ ಒಳಗೆ ಸತ್ಯನಿಷೇಧವನ್ನು ಹೊಂದಿರುವ ಇಸ್ಲಾಂನಲ್ಲಿರುವ ಕಪಟವಿಶ್ವಾಸಿಗಳಲ್ಲ. ಯಾರಲ್ಲಿ ಈ ಲಕ್ಷಣಗಳಲ್ಲೊಂದು ಇರುತ್ತದೆಯೋ ಅವರು ಅದನ್ನು ತೊರೆಯುವ ತನಕ ಅವರಲ್ಲಿ ಕಾಪಟ್ಯದ ಒಂದು ಅಂಶವಿರುತ್ತದೆ.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>ಭಯಪಡಿಸುವುದಕ್ಕಾಗಿ ಮತ್ತು ಕಾಪಟ್ಯದಲ್ಲಿ ಒಳಪಡದಂತೆ ಎಚ್ಚರ ವಹಿಸುವುದಕ್ಕಾಗಿ ಕಪಟವಿಶ್ವಾಸಿಗಳ ಕೆಲವು ಚಿಹ್ನೆಗಳನ್ನು ವಿವರಿಸಲಾಗಿದೆ.
 ಹದೀಸಿನ ಸಾರಾಂಶವೇನೆಂದರೆ, ಈ ಲಕ್ಷಣಗಳು ಕಪಟವಿಶ್ವಾಸಿಯ ಲಕ್ಷಣಗಳಾಗಿವೆ. ಇವುಗಳನ್ನು ಹೊಂದಿರುವವನು ಈ ಲಕ್ಷಣಗಳಲ್ಲಿ ಕಪಟವಿಶ್ವಾಸಿಯನ್ನು ಹೋಲುತ್ತಾನೆ ಮತ್ತು ಅವರ ಸ್ವಭಾವಗಳನ್ನು ಹೊಂದಿದವನಾಗಿದ್ದಾನೆ. ಅಂದರೆ, ಅವನು ಆಂತರ್ಯದಲ್ಲಿ ಕಾಪಟ್ಯವನ್ನು ಬಚ್ಚಿಟ್ಟು ಹೊರಗೆ ಇಸ್ಲಾಮನ್ನು ಪ್ರಕಟಗೊಳಿಸುವ ಕಪಟವಿಶ್ವಾಸಿಯಲ್ಲ. ಇಲ್ಲಿ ಹೇಳಿರುವುದು ಯಾರಲ್ಲಿ ಈ ಲಕ್ಷಣಗಳು ಪ್ರಬಲವಾಗಿರುತ್ತವೋ ಮತ್ತು ಯಾರು ಇವುಗಳನ್ನು ಲಘುವಾಗಿ ಪರಿಗಣಿಸಿ ಇವುಗಳ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ವಹಿಸುವುದಿಲ್ಲವೋ ಅವರ ಬಗ್ಗೆಯಾಗಿದೆ ಎಂದು ಕೆಲವರು ಹೇಳಿದ್ದಾರೆ. ಯಾರ ಸ್ಥಿತಿಯು ಹೀಗಿರುತ್ತದೋ ಅವನು ಹೆಚ್ಚಿನ ಸಂದರ್ಭಗಳಲ್ಲೂ ಭ್ರಷ್ಟ ವಿಶ್ವಾಸವನ್ನು ಹೊಂದಿರುತ್ತಾನೆ.
 ಗಝ್ಝಾಲಿ ಹೇಳಿದರು: "ಧರ್ಮದ ತಿರುಳು ಮೂರು ವಿಷಯಗಳಿಗೆ ಸೀಮಿತವಾಗಿದೆ. ಮಾತು, ಕರ್ಮ ಮತ್ತು ಉದ್ದೇಶ. ಸುಳ್ಳಿನಿಂದ ಮಾತು ಭ್ರಷ್ಟವಾಗುತ್ತದೆ, ವಂಚನೆಯಿಂದ ಕರ್ಮವು ಭ್ರಷ್ಟವಾಗುತ್ತದೆ ಮತ್ತು ಉಲ್ಲಂಘನೆಯಿಂದ ಉದ್ದೇಶವು ಭ್ರಷ್ಟವಾಗುತ್ತದೆ ಎಂದು ಇಲ್ಲಿ ಸೂಚಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ವಾಗ್ದಾನವನ್ನು ಮುರಿಯುವ ದೃಢಸಂಕಲ್ಪದೊಂದಿಗೆ ವಾಗ್ದಾನವನ್ನು ಮಾಡಿರುವ ಹೊರತು ಅದನ್ನು ಮುರಿಯುವುದು ಆಕ್ಷೇಪಾರ್ಹವಲ್ಲ. ಆದರೆ, ಅವನು ವಾಗ್ದಾನವನ್ನು ನೆರವೇರಿಸುವ ದೃಢಸಂಕಲ್ಪವನ್ನು ಹೊಂದಿದ್ದು, ನಂತರ ಯಾವುದೋ ಕಾರಣದಿಂದ ಅವನು ಅದನ್ನು ನೆರವೇರಿಸದಿದ್ದರೆ, ಅಥವಾ ಅವನು ತನ್ನ ಮನಸ್ಸನ್ನು ಬದಲಾಯಿಸಿದರೆ, ಅದನ್ನು ಕಾಪಟ್ಯವೆಂದು ಹೇಳಲಾಗುವುದಿಲ್ಲ."
 ಕಾಪಟ್ಯದಲ್ಲಿ ಎರಡು ವಿಧಗಳಿವೆ. ವಿಶ್ವಾಸಕ್ಕೆ ಸಂಬಂಧಿಸಿದ ಕಾಪಟ್ಯ. ಇದರಿಂದ ಆ ವ್ಯಕ್ತಿ ಸತ್ಯವಿಶ್ವಾಸದಿಂದ ಹೊರಹೋಗುತ್ತಾನೆ. ಇದು ಹೊರಗೆ ಮುಸಲ್ಮಾನನೆಂದು ತೋರಿಸುತ್ತಾ ಒಳಗೆ ಸತ್ಯನಿಷೇಧವನ್ನು ಬಚ್ಚಿಡುವವರ ಸ್ಥಿತಿಯಾಗಿದೆ. ಇನ್ನೊಂದು ಕರ್ಮಕ್ಕೆ ಸಂಬಂಧಿಸಿದ ಕಾಪಟ್ಯ. ಇದು ಸ್ವಭಾವದಲ್ಲಿ ಕಪಟವಿಶ್ವಾಸಿಗಳನ್ನು ಹೋಲುವುದು. ಇದು ಆ ವ್ಯಕ್ತಿಯನ್ನು ಸತ್ಯವಿಶ್ವಾಸದಿಂದ ಹೊರಹಾಕುವುದಿಲ್ಲ. ಅವನು ಮಾಡುವ ಕರ್ಮವು ಮಹಾಪಾಪವಾಗಿರದಿದ್ದರೆ.
 ಇಬ್ನ್ ಹಜರ್ ಹೇಳಿದರು: "ಯಾರು ತನ್ನ ಹೃದಯ ಮತ್ತು ನಾಲಗೆಯಲ್ಲಿ ಸತ್ಯವಂತನಾಗಿದ್ದು, ಈ ಲಕ್ಷಣಗಳಿರುವ ಕೆಲಸಗಳನ್ನು ಮಾಡಿದರೆ, ಅವನನ್ನು ಸತ್ಯನಿಷೇಧಿಯೆಂದು ವಿಧಿ ನೀಡಲಾಗುವುದಿಲ್ಲ. ಅವನು ನರಕದಲ್ಲಿ ಶಾಶ್ವತವಾಗಿ ವಾಸಿಸುವ ಕಪಟವಿಶ್ವಾಸಿಯಲ್ಲ."
 ನವವಿ ಹೇಳಿದರು: "ಒಂದು ಗುಂಪು ವಿದ್ವಾಂಸರು ಹೇಳಿದರು: ಇಲ್ಲಿ ಹೇಳಿರುವುದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕಾಲದಲ್ಲಿದ್ದ ಕಪಟವಿಶ್ವಾಸಿಗಳ ಬಗ್ಗೆಯಾಗಿದೆ. ಅವರು ತಮ್ಮ ವಿಶ್ವಾಸದ ಬಗ್ಗೆ ಸುಳ್ಳು ಹೇಳಿದರು, ಅವರ ಧರ್ಮದ ವಿಷಯದಲ್ಲಿ ಅವರ ಮೇಲೆ ನಂಬಿಕೆಯಿಟ್ಟಾಗ ನಂಬಿಕೆದ್ರೋಹ ಮಾಡಿದರು, ಧರ್ಮದ ಬಗ್ಗೆ ಮತ್ತು ಅದಕ್ಕೆ ಸಹಾಯ ಮಾಡುವ ಬಗ್ಗೆ ಭರವಸೆಯನ್ನು ನೀಡಿ ಉಲ್ಲಂಘಿಸಿದರು ಮತ್ತು ತಮ್ಮ ತರ್ಕಗಳಲ್ಲಿ ಅಸಭ್ಯವಾಗಿ ವರ್ತಿಸಿದರು."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/65124</t>
   </si>
   <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಇಸ್ಲಾಂನ ಸೌಂದರ್ಯಗಳಲ್ಲಿ ಒಂದು ಏನೆಂದರೆ, ಅವನಿಗೆ ಸಂಬಂಧಿಸದ ವಿಷಯವನ್ನು ಅವನು ತ್ಯಜಿಸುವುದು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಇಸ್ಲಾಂನ ಸೌಂದರ್ಯಗಳಲ್ಲಿ ಒಂದು ಏನೆಂದರೆ, ಅವನಿಗೆ ಸಂಬಂಧಿಸದ ವಿಷಯವನ್ನು ಅವನು ತ್ಯಜಿಸುವುದು".</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಸ್ಪಷ್ಟಪಡಿಸುವುದೇನೆಂದರೆ, ಒಬ್ಬ ಮುಸ್ಲಿಮನ ಇಸ್ಲಾಂನ ಸೌಂದರ್ಯದ ಪರಿಪೂರ್ಣತೆ ಮತ್ತು ಅವನ ಈಮಾನ್‌ನ (ವಿಶ್ವಾಸದ) ಸಂಪೂರ್ಣತೆಗಳಲ್ಲಿ ಒಂದು ಏನೆಂದರೆ, ಅವನಿಗೆ ಸಂಬಂಧಿಸದ, ಅವನಿಗೆ ಹೊಂದಿಕೊಳ್ಳದ, ಅವನಿಗೆ ಮುಖ್ಯವಲ್ಲದ ಮತ್ತು ಅವನಿಗೆ ಪ್ರಯೋಜನ ನೀಡದ ಮಾತುಗಳು ಮತ್ತು ಕೆಲಸಗಳಿಂದ, ಅಥವಾ ಧಾರ್ಮಿಕ ಮತ್ತು ಲೌಕಿಕ ವಿಷಯಗಳಲ್ಲಿ ಅವನಿಗೆ ಸಂಬಂಧಿಸದ ವಿಷಯಗಳಿಂದ ದೂರವಿರುವುದು. ಏಕೆಂದರೆ, ಮನುಷ್ಯನಿಗೆ ಸಂಬಂಧಿಸದ ವಿಷಯಗಳಲ್ಲಿ ತೊಡಗುವುದು, ಬಹುಶಃ ಅವನಿಗೆ ಸಂಬಂಧಿಸಿದ ವಿಷಯಗಳಿಂದ ಅವನನ್ನು ವಿಮುಖಗೊಳಿಸಬಹುದು, ಅಥವಾ ಅವನು ಯಾವುದರಿಂದ ದೂರವಿರಬೇಕೋ ಅದರ ಕಡೆಗೆ ಅವನನ್ನು ಕೊಂಡೊಯ್ಯಬಹುದು. ಏಕೆಂದರೆ, ಮನುಷ್ಯನು ಪುನರುತ್ಥಾನ ದಿನದಂದು ತನ್ನ ಕರ್ಮಗಳ ಬಗ್ಗೆ ಉತ್ತರದಾಯಿಯಾಗಿದ್ದಾನೆ.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>ಜನರು ಇಸ್ಲಾಂನಲ್ಲಿ (ಅದರ ಪಾಲನೆಯಲ್ಲಿ) ಭಿನ್ನರಾಗಿರುತ್ತಾರೆ, ಮತ್ತು ಕೆಲವು ಕರ್ಮಗಳಿಂದ ಅದು (ಇಸ್ಲಾಂ) ಹೆಚ್ಚು ಸುಂದರವಾಗುತ್ತದೆ.
+ವ್ಯರ್ಥ ಮಾತು ಮತ್ತು ಅನಗತ್ಯ ಮಾತುಗಳು ಹಾಗೂ ಕೆಲಸಗಳನ್ನು ತ್ಯಜಿಸುವುದು ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಇಸ್ಲಾಂನ ಪರಿಪೂರ್ಣತೆಗೆ ಪುರಾವೆಯಾಗಿದೆ.
+ಒಬ್ಬ ವ್ಯಕ್ತಿಗೆ ಅವನ ಧಾರ್ಮಿಕ ಮತ್ತು ಲೌಕಿಕ ವಿಷಯಗಳಿಗೆ ಸಂಬಂಧಿಸಿದ ಕಾರ್ಯಗಳಲ್ಲಿ ತೊಡಗಿಕೊಳ್ಳಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಇಸ್ಲಾಂನ ಸೌಂದರ್ಯವು ಅವನಿಗೆ ಸಂಬಂಧಿಸದ ವಿಷಯವನ್ನು ತ್ಯಜಿಸುವುದಾಗಿದ್ದರೆ, ಅವನಿಗೆ ಸಂಬಂಧಿಸಿದ ವಿಷಯದಲ್ಲಿ ತೊಡಗಿಕೊಳ್ಳುವುದು ಕೂಡ ಅವನ ಸೌಂದರ್ಯದ ಭಾಗವಾಗಿದೆ.
+ಇಬ್ನುಲ್ ಕಯ್ಯಿಮ್ (ಅಲ್ಲಾಹು ಅವರ ಮೇಲೆ ಕರುಣೆ ತೋರಲಿ) ಹೇಳುತ್ತಾರೆ: "ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಂಪೂರ್ಣ 'ವರಅ್' (ಧರ್ಮನಿಷ್ಠೆ/ಸೂಕ್ಷ್ಮತೆ) ಅನ್ನು ಒಂದೇ ವಾಕ್ಯದಲ್ಲಿ ಸಂಗ್ರಹಿಸಿದ್ದಾರೆ. ಅವರು ಹೇಳಿದರು: "ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಇಸ್ಲಾಂನ ಸೌಂದರ್ಯವೇನೆಂದರೆ, ಅವನಿಗೆ ಸಂಬಂಧಿಸದ ವಿಷಯವನ್ನು ಅವನು ತ್ಯಜಿಸುವುದು." ಇದು ಮಾತು, ನೋಟ, ಕೇಳುವಿಕೆ, ಹಿಡಿಯುವುದು, ನಡೆಯುವುದು, ಆಲೋಚನೆ, ಮುಂತಾದ ಎಲ್ಲಾ ಬಾಹ್ಯ ಮತ್ತು ಆಂತರಿಕ ಚಲನೆಗಳಲ್ಲಿ ಅವನಿಗೆ  ಸಂಬಂಧಿಸದ ವಿಷಯವನ್ನು ತ್ಯಜಿಸುವುದನ್ನು ಒಳಗೊಳ್ಳುತ್ತದೆ. ಇದು 'ವರಅ್' ವಿಷಯದಲ್ಲಿ ಒಂದು ಸಮಗ್ರವಾದ ವಾಕ್ಯವಾಗಿದೆ."
+ಇಬ್ನ್ ರಜಬ್ ಹೇಳುತ್ತಾರೆ: "ಈ ಹದೀಸ್ 'ಅದಬ್' (ಶಿಷ್ಟಾಚಾರ) ದ ಮೂಲಭೂತ ತತ್ವಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ."
+ಜ್ಞಾನವನ್ನು ಕಲಿಯಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ ಅದರ ಮೂಲಕ ಮನುಷ್ಯನು ತನಗೆ ಸಂಬಂಧಿಸಿದ್ದು ಯಾವುದು ಮತ್ತು ಸಂಬಂಧಿಸಿದ್ದಲ್ಲದ್ದು ಯಾವುದು ಎಂದು ತಿಳಿಯುತ್ತಾನೆ.
+ಒಳಿತನ್ನು ಆದೇಶಿಸುವುದು, ಕೆಡುಕನ್ನು ನಿಷೇಧಿಸುವುದು ಮತ್ತು ಉಪದೇಶ ನೀಡುವುದು ಮನುಷ್ಯನಿಗೆ ಸಂಬಂಧಿಸಿದ ವಿಷಯಗಳಾಗಿವೆ. ಏಕೆಂದರೆ ಅವುಗಳನ್ನು ಮಾಡಲು ಅವನಿಗೆ ಆದೇಶಿಸಲಾಗಿದೆ.
+ಈ ಹದೀಸ್‌ನ ಸಾಮಾನ್ಯ ಅರ್ಥದಲ್ಲಿ ಈ ವಿಷಯಗಳು ಒಳಗೊಳ್ಳುತ್ತವೆ: ಅಲ್ಲಾಹು ನಿಷೇಧಿಸಿದ ಮತ್ತು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನಪೇಕ್ಷಿತವೆಂದು (ಕರಾಹತ್) ಪರಿಗಣಿಸಿದ ವಿಷಯಗಳಿಂದ ದೂರವಿರುವುದು. ಹಾಗೆಯೇ, ಪರಲೋಕದ ವಿಷಯಗಳಲ್ಲಿ ಒಳಪಟ್ಟ ಅನಗತ್ಯ ವಿಷಯಗಳಿಂದ - ಉದಾಹರಣೆಗೆ ಅಗೋಚರದ ಸತ್ಯಾಂಶಗಳು ಮತ್ತು ಸೃಷ್ಟಿ ಹಾಗೂ ಆದೇಶದಲ್ಲಿನ ತೀರ್ಪಿನ ವಿವರಗಳು - ಮುಂತಾದವುಗಳಿಂದ ದೂರವಿರುವುದು. ಅದೇ ರೀತಿ ಈಗಾಗಲೇ ಸಂಭವಿಸಿಲ್ಲದ, ಅಥವಾ ಸಂಭವಿಸುವುದು ಸಾಧ್ಯವಿಲ್ಲದ, ಅಥವಾ ಸಂಭವಿಸುವುದನ್ನು ಕಲ್ಪಿಸಲೂ ಸಾಧ್ಯವಾಗದಂತಹ ಕಾಲ್ಪನಿಕ ವಿಷಯಗಳ ಬಗ್ಗೆ ಪ್ರಶ್ನಿಸುವುದು ಮತ್ತು ಸಂಶೋಧನೆ ಮಾಡುವುದು (ಸಹ ಇವುಗಳಲ್ಲಿ ಒಳಪಡುತ್ತದೆ).</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
+  </si>
+  <si>
+    <t>ಎಲ್ಲಾ ಎರಡು ಅಝಾನ್‌ಗಳ ನಡುವೆ ಒಂದು ನಮಾಝ್ ಇದೆ. ಎಲ್ಲಾ ಎರಡು ಅಝಾನ್‌ಗಳ ನಡುವೆ ಒಂದು ನಮಾಝ್ ಇದೆ." ನಂತರ ಮೂರನೆಯದಾಗಿ ಹೇಳಿದರು: "ಇಚ್ಛಿಸುವವರಿಗೆ ಮಾತ್ರ</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಮುಗಫ್ಫಲ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಎಲ್ಲಾ ಎರಡು ಅಝಾನ್‌ಗಳ ನಡುವೆ ಒಂದು ನಮಾಝ್ ಇದೆ. ಎಲ್ಲಾ ಎರಡು ಅಝಾನ್‌ಗಳ ನಡುವೆ ಒಂದು ನಮಾಝ್ ಇದೆ." ನಂತರ ಮೂರನೆಯದಾಗಿ ಹೇಳಿದರು: "ಇಚ್ಛಿಸುವವರಿಗೆ ಮಾತ್ರ."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಎಲ್ಲಾ ಅಝಾನ್ ಮತ್ತು ಇಕಾಮತ್‌ಗಳ ನಡುವೆ ಒಂದು ಐಚ್ಛಿಕ ನಮಾಝ್ ಇದೆ. ಅವರು ಇದನ್ನು ಮೂರು ಬಾರಿ ಹೇಳಿ, ಮೂರನೆಯದರಲ್ಲಿ, ಅದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದ್ದು ನಿರ್ವಹಿಸಲು ಬಯಸುವವರು ನಿರ್ವಹಿಸಬಹುದು ಎಂದು ಸೇರಿಸಿ ಹೇಳಿದರು.</t>
+  </si>
+  <si>
+    <t>استحباب الصلاة بين الأذان والإقامة.
+هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
+المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
+الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
+  </si>
+  <si>
+    <t>ಅಝಾನ್ ಮತ್ತು ಇಕಾಮತ್‌ನ ಮಧ್ಯೆ ನಮಾಝ್ ನಿರ್ವಹಿಸುವುದು ಅಪೇಕ್ಷಣೀಯವಾಗಿದೆ.
+ವಿಷಯವನ್ನು ಪುನರಾವರ್ತಿಸುವುದು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಚರ್ಯೆಯಾಗಿದೆ. ಹೇಳಲಿರುವ ವಿಷಯದ ಬಗ್ಗೆ ಸಭಿಕರ ಗಮನ ಸೆಳೆಯಲು ಮತ್ತು ವಿಷಯಕ್ಕೆ ಒತ್ತು ನೀಡಲು ಅವರು ಹೀಗೆ ಮಾಡುತ್ತಾರೆ.
+ಎರಡು ಅಝಾನ್‌ಗಳು ಎಂದರೆ ಅಝಾನ್ ಮತ್ತು ಇಕಾಮತ್. ಇದನ್ನು ಹೆಚ್ಚಾಗಿ ಅಝಾನೈನ್ (ಎರಡು ಅಝಾನ್‌ಗಳು) ಎಂದು ಹೇಳಲಾಗುತ್ತದೆ. ಸೂರ್ಯ ಮತ್ತು ಚಂದ್ರರನ್ನು ಕಮರೈನ್ (ಎರಡು ಚಂದ್ರರಗಳು) ಹಾಗೂ ಅಬೂಬಕರ್ ಮತ್ತು ಉಮರ್ ರನ್ನು ಉಮರೈನ್ (ಎರಡು ಉಮರ್‌ಗಳು) ಎಂದು ಹೇಳುವಂತೆ.
+ಅಝಾನ್ ಎಂದರೆ ನಮಾಝ್‌ನ ಸಮಯ ಆರಂಭವಾಗಿದೆ ಎಂದು ತಿಳಿಸುವ ಘೋಷಣೆಯಾಗಿದೆ. ಇಕಾಮತ್ ಎಂದರೆ ನಮಾಝ್‌ ಆರಂಭವಾಗಿದೆ ಎಂದು ತಿಳಿಸುವ ಘೋಷಣೆಯಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/65479</t>
+  </si>
+  <si>
+    <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
+  </si>
+  <si>
+    <t>ಒಬ್ಬ ವ್ಯಕ್ತಿ ಅಸುನೀಗಿದರೆ ಅವನ ಕರ್ಮಗಳೆಲ್ಲವೂ ಮುಕ್ತಾಯವಾಗುತ್ತವೆ. ಆದರೆ ಮೂರು ವಿಷಯಗಳು ಇದಕ್ಕೆ ಹೊರತಾಗಿವೆ. ನಡೆಯುತ್ತಿರುವ ದಾನ-ಧರ್ಮಗಳು, ಪ್ರಯೋಜನಪಡೆಯಲಾಗುತ್ತಿರುವ ಜ್ಞಾನಗಳು ಮತ್ತು ಅವನಿಗಾಗಿ ಪ್ರಾರ್ಥಿಸುವ ಅವನ ನೀತಿವಂತ ಮಕ್ಕಳು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಒಬ್ಬ ವ್ಯಕ್ತಿ ಅಸುನೀಗಿದರೆ ಅವನ ಕರ್ಮಗಳೆಲ್ಲವೂ ಮುಕ್ತಾಯವಾಗುತ್ತವೆ. ಆದರೆ ಮೂರು ವಿಷಯಗಳು ಇದಕ್ಕೆ ಹೊರತಾಗಿವೆ. ನಡೆಯುತ್ತಿರುವ ದಾನ-ಧರ್ಮಗಳು, ಪ್ರಯೋಜನಪಡೆಯಲಾಗುತ್ತಿರುವ ಜ್ಞಾನಗಳು ಮತ್ತು ಅವನಿಗಾಗಿ ಪ್ರಾರ್ಥಿಸುವ ಅವನ ನೀತಿವಂತ ಮಕ್ಕಳು."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
+الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
+الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
+الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಮರಣಹೊಂದಿದ ವ್ಯಕ್ತಿಯ ಕರ್ಮಗಳು ಅವನ ಮರಣದೊಂದಿಗೆ ಮುಕ್ತಾಯವಾಗುತ್ತವೆ. ಮರಣಾನಂತರ ಅವನ ಹೆಸರಲ್ಲಿ ಯಾವುದೇ ಸತ್ಕರ್ಮಗಳನ್ನು ದಾಖಲಿಸಲಾಗುವುದಿಲ್ಲ. ಆದರೆ, ಈ ಮೂರು ವಿಷಯಗಳು ಇದಕ್ಕೆ ಹೊರತಾಗಿವೆ. ಏಕೆಂದರೆ, ಇವು ಸಂಭವಿಸಲು ಅವನು ಕಾರಣಕರ್ತನಾಗಿದ್ದನು.
+ಒಂದು: ನಿರಂತರ ಮತ್ತು ಶಾಶ್ವತವಾಗಿ ಪ್ರತಿಫಲ ನೀಡುತ್ತಿರುವ ದಾನಧರ್ಮಗಳು. ಉದಾಹರಣೆಗೆ, ವಕ್ಫ್, ಮಸೀದಿ ನಿರ್ಮಾಣ, ಬಾವಿ ತೋಡುವುದು ಇತ್ಯಾದಿ.
+ಎರಡು: ಜನರು ಪ್ರಯೋಜನ ಪಡೆಯುತ್ತಿರುವ ಜ್ಞಾನ. ಉದಾಹರಣೆಗೆ, ಜ್ಞಾನದ ಪುಸ್ತಕಗಳನ್ನು ಬರೆಯುವುದು, ಜ್ಞಾನವನ್ನು ಇತರರಿಗೆ ಕಲಿಸಿಕೊಡುವುದು, ಮತ್ತು ಇವನ ಮರಣಾನಂತರ ಅವರು ಅದನ್ನು ಇತರರಿಗೆ ಕಲಿಸಿಕೊಡುವುದು ಇತ್ಯಾದಿ.
+ಮೂರು: ತನ್ನ ಮಾತಾಪಿತರಿಗಾಗಿ ಪ್ರಾರ್ಥಿಸುತ್ತಿರುವ ಸತ್ಯವಿಶ್ವಾಸಿಗಳಾದ ನೀತಿವಂತ ಮಕ್ಕಳು.</t>
+  </si>
+  <si>
+    <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
+خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
+كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
+العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
+الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
+الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
+الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
+  </si>
+  <si>
+    <t>ವಿದ್ವಾಂಸರ ಒಮ್ಮತಾಭಿಪ್ರಾಯದ ಪ್ರಕಾರ ಮನುಷ್ಯನಿಗೆ ಮರಣಾನಂತರ ಪ್ರತಿಫಲ ನೀಡುವ ಕರ್ಮಗಳು ಯಾವುದೆಂದರೆ: ನಿರಂತರ ನಡೆಯುತ್ತಿರುವ ದಾನಧರ್ಮಗಳು, ಪ್ರಯೋಜನ ಪಡೆಯಲಾಗುತ್ತಿರುವ ಜ್ಞಾನಗಳು ಮತ್ತು ಪ್ರಾರ್ಥನೆಗಳು. ಇನ್ನೊಂದು ಹದೀಸಿನಲ್ಲಿ ಹಜ್ಜ್ ಅನ್ನು ಕೂಡ ಸೇರಿಸಲಾಗಿದೆ.
+ಈ ಹದೀಸಿನಲ್ಲಿ ಈ ಮೂರು ವಿಷಯಗಳನ್ನು ವಿಶೇಷವಾಗಿ ಹೇಳಿರುವುದೇಕೆಂದರೆ, ಇವು ಒಳಿತುಗಳ ಮೂಲವಾಗಿವೆ ಮತ್ತು ಸಾತ್ವಿಕರು ತಮ್ಮ ಮರಣಾನಂತರ ನೆಲೆನಿಲ್ಲಬೇಕೆಂದು ಹೆಚ್ಚಾಗಿ ಬಯಸುವುದು ಇವುಗಳನ್ನಾಗಿವೆ.
+ಪ್ರಯೋಜನ ಪಡೆಯಲಾಗುವ ಎಲ್ಲಾ ಜ್ಞಾನಗಳಿಗೂ ಪ್ರತಿಫಲ ದೊರೆಯುತ್ತದೆ. ಆದರೆ ಧಾರ್ಮಿಕ ಜ್ಞಾನ ಮತ್ತು ಅದನ್ನು ಎತ್ತಿಹಿಡಿಯುವ ಜ್ಞಾನಗಳು ಇವೆಲ್ಲದರ ಅಗ್ರ ಶಿಖರದಲ್ಲಿ ನಿಲ್ಲುತ್ತವೆ.
+ಈ ಮೂರು ವಿಷಯಗಳಲ್ಲಿ ಜ್ಞಾನವು ಹೆಚ್ಚು ಪ್ರಯೋಜನಕಾರಿಯಾಗಿದೆ. ಏಕೆಂದರೆ, ಜ್ಞಾನವು ಅದನ್ನು ಕಲಿಯುವ ವ್ಯಕ್ತಿಗೆ ಪ್ರಯೋಜನಕಾರಿಯಾಗಿದೆ, ಅದು ಧರ್ಮಶಾಸ್ತ್ರವನ್ನು ಸಂರಕ್ಷಿಸುತ್ತದೆ ಮತ್ತು ಅದು ಮನುಷ್ಯರಿಗೆ ಸಾರ್ವತ್ರಿಕ ಪ್ರಯೋಜನವನ್ನು ನೀಡುತ್ತದೆ. ಅದು ಹೆಚ್ಚು ಸಮಗ್ರ ಮತ್ತು ಸಾರ್ವತ್ರಿಕವಾಗಿದೆ. ಏಕೆಂದರೆ, ಜನರು ನಿಮ್ಮ ಜ್ಞಾನದಿಂದ ನೀವು ಬದುಕಿರುವಾಗಲೂ, ನೀವು ಮರಣಹೊಂದಿದ ನಂತರವೂ ಅರಿವನ್ನು ಪಡೆಯುತ್ತಾರೆ.
+ನೀತಿವಂತ ಮಕ್ಕಳನ್ನು ಬೆಳೆಸಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಅವರು ಪರಲೋಕದಲ್ಲಿ ಮಾತಾಪಿತರಿಗೆ ಪ್ರಯೋಜನ ನೀಡುತ್ತಾರೆ. ಅವರು ನೀಡುವ ಪ್ರಯೋಜನವು ಅವರು ಮಾತಾಪಿತರಿಗಾಗಿ ಮಾಡುವ ಪ್ರಾರ್ಥನೆಯಾಗಿದೆ.
+ಮರಣಹೊಂದಿದ ಮಾತಾಪಿತರಿಗೆ ಒಳಿತು ಮಾಡಲು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ. ಮಕ್ಕಳಿಗೆ ಪ್ರಯೋಜನ ದೊರೆಯುವ ಒಳಿತುಗಳಲ್ಲಿ ಇದು ಕೂಡ ಸೇರಿದೆ.
+ಮಕ್ಕಳಲ್ಲದವರು ಪ್ರಾರ್ಥಿಸುವ ಪ್ರಾರ್ಥನೆಗಳಿಂದಲೂ ಮರಣಹೊಂದಿದವರಿಗೆ ಪ್ರಯೋಜನ ದೊರೆಯುತ್ತದೆ. ಆದರೆ ಇಲ್ಲಿ ಮಕ್ಕಳನ್ನು ವಿಶೇಷವಾಗಿ ಉಲ್ಲೇಖಿಸಿದ್ದೇಕೆಂದರೆ, ಮಕ್ಕಳು ಹೆಚ್ಚಾಗಿ ತಮ್ಮ ಮರಣದವರೆಗೂ ತಮ್ಮ ಮಾತಾಪಿತರಿಗಾಗಿ ನಿರಂತರ ಪ್ರಾರ್ಥಿಸುವವರಾಗಿದ್ದಾರೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/65566</t>
+  </si>
+  <si>
+    <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
+  </si>
+  <si>
+    <t>ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಉಮ್ಮು ಸಅದ್ ನಿಧನರಾದರು. ಅವರ ಹೆಸರಲ್ಲಿ ಯಾವ ದಾನಧರ್ಮವು ಶ್ರೇಷ್ಠವಾಗಿದೆ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ನೀರು." ಆಗ ಅವರು ಒಂದು ಬಾವಿ ತೋಡಿದರು. ಮತ್ತು ಹೇಳಿದರು: "ಇದು ಉಮ್ಮು ಸಅದ್‌ರಿಗೆ</t>
+  </si>
+  <si>
+    <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
+  </si>
+  <si>
+    <t>ಸಅದ್ ಬಿನ್ ಉಬಾದ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಉಮ್ಮು ಸಅದ್ ನಿಧನರಾದರು. ಅವರ ಹೆಸರಲ್ಲಿ ಯಾವ ದಾನಧರ್ಮವು ಶ್ರೇಷ್ಠವಾಗಿದೆ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ನೀರು." ಆಗ ಅವರು ಒಂದು ಬಾವಿ ತೋಡಿದರು. ಮತ್ತು ಹೇಳಿದರು: "ಇದು ಉಮ್ಮು ಸಅದ್‌ರಿಗೆ."</t>
+  </si>
+  <si>
+    <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
+  </si>
+  <si>
+    <t>ಸಅದ್ ಬಿನ್ ಉಬಾದ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರವರ ತಾಯಿ (ಉಮ್ಮು ಸಅದ್) ನಿಧನರಾದರು. ಆಗ ಅವರು ಪ್ರವಾದಿಯವರೊಡನೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತನ್ನ ತಾಯಿ ಹೆಸರಲ್ಲಿ ಯಾವ ದಾನ ಮಾಡುವುದು ಶ್ರೇಷ್ಠವೆಂದು ಕೇಳಿದರು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನೀರು ದಾನ ಮಾಡುವುದು ಶ್ರೇಷ್ಠವೆಂದು ತಿಳಿಸಿದರು. ಅದರಂತೆ ಅವರು ಒಂದು ಬಾವಿಯನ್ನು ತೋಡಿ ಅದನ್ನು ತನ್ನ ತಾಯಿಯ ಹೆಸರಲ್ಲಿ ದಾನ ಮಾಡಿದರು.</t>
+  </si>
+  <si>
+    <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
+أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
+الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
+بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
+  </si>
+  <si>
+    <t>ನೀರು ಶ್ರೇಷ್ಠ ದಾನಗಳಲ್ಲಿ ಒಂದು ಎಂದು ವಿವರಿಸಲಾಗಿದೆ.
+ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸಅದ್‌ರಿಗೆ ನೀರು ದಾನ ಮಾಡಲು ಸೂಚಿಸಿದರು. ಏಕೆಂದರೆ, ಭೌತಿಕ ಮತ್ತು ಧಾರ್ಮಿಕ ವಿಷಯಗಳಲ್ಲಿ ಹಾಗೂ ಕಠಿಣ ಬಿಸಿಲು, ನೀರಿನ ಅಭಾವ ಮತ್ತು ಜರೂರತ್ತಿನ ಕಾರಣದಿಂದ ಅದು ಹೆಚ್ಚು ಪ್ರಯೋಜನಕಾರಿಯಾಗಿದೆ.
+ದಾನ ಮಾಡಿದರೆ ಅದರ ಪ್ರತಿಫಲವು ಮೃತರಿಗೆ ತಲುಪುತ್ತದೆಯೆಂದು ಇದು ಸೂಚಿಸುತ್ತದೆ.
+ಸಅದ್ ಬಿನ್ ಉಬಾದ ತಮ್ಮ ತಾಯಿಗೆ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಮಾಡಿದ ಒಳಿತನ್ನು ತಿಳಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>حسن بمجموع طرقه</t>
+  </si>
+  <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/65613</t>
+  </si>
+  <si>
+    <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
+  </si>
+  <si>
+    <t>ಸತ್ಯವಿಶ್ವಾಸಿಯು ದೂಷಿಸುವವನಲ್ಲ, ಶಪಿಸುವವನಲ್ಲ, ಅಶ್ಲೀಲವಾಗಿ ಮಾತನಾಡುವವನಲ್ಲ ಅಥವಾ ಅವಾಚ್ಯ ಶಬ್ದಗಳನ್ನು ಬಳಸುವವನಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಮಸ್‌ಊದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಸತ್ಯವಿಶ್ವಾಸಿಯು ದೂಷಿಸುವವನಲ್ಲ, ಶಪಿಸುವವನಲ್ಲ, ಅಶ್ಲೀಲವಾಗಿ ಮಾತನಾಡುವವನಲ್ಲ ಅಥವಾ ಅವಾಚ್ಯ ಶಬ್ದಗಳನ್ನು ಬಳಸುವವನಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಜನರ ವಂಶವನ್ನು ಟೀಕಿಸುವುದು, ಅತ್ಯಧಿಕವಾಗಿ ದೂಷಿಸುವುದು ಮತ್ತು ಶಪಿಸುವುದು, ಯಾವುದೇ ನಾಚಿಕೆಯಿಲ್ಲದೆ ದೈಹಿಕವಾಗಿ ಮತ್ತು ಮೌಖಿಕವಾಗಿ ಅಶ್ಲೀಲವಾಗಿ ವರ್ತಿಸುವುದು ಪೂರ್ಣರೂಪದ ಸತ್ಯವಿಶ್ವಾಸವನ್ನು ಹೊಂದಿರುವ ಸತ್ಯವಿಶ್ವಾಸಿಯ ಸ್ವಭಾವಗಳಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
+الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
+قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
+  </si>
+  <si>
+    <t>ಯಾವುದಾದರೂ ಕೆಲಸವನ್ನು ಮಾಡುವವನು ಧರ್ಮಶಾಸ್ತ್ರದಲ್ಲಿ ಸತ್ಯವಿಶ್ವಾಸಿಯಲ್ಲ ಎಂದು ಹೇಳಲಾಗಿದ್ದರೆ ಆ ಕೆಲಸವು ನಿಷಿದ್ಧವಾಗಿದೆ ಅಥವಾ ಅದನ್ನು ತೊರೆಯುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ ಎಂದು ಅರ್ಥಮಾಡಿಕೊಳ್ಳಬೇಕು.
+ಅಂಗಾಂಗಗಳು, ವಿಶೇಷವಾಗಿ ನಾಲಗೆಯು ಕೆಟ್ಟ ಕೆಲಸಗಳಿಗೆ ಬಳಕೆಯಾಗದಂತೆ ರಕ್ಷಿಸುವುದನ್ನು ಪ್ರೋತ್ಸಾಹಿಸಲಾಗಿದೆ.
+ಸಿಂದಿ ಹೇಳಿದರು: "ಇಲ್ಲಿ ದೂಷಿಸುವವನು, ಶಪಿಸುವವನು ಎಂದು ಉತ್ಪ್ರೇಕ್ಷೆಯ ಶೈಲಿಯಲ್ಲಿ ಬಳಸಿರುವುದು, ಕನಿಷ್ಠ ರೂಪದಲ್ಲಿ ದೂಷಿಸುವ ಅಥವಾ ಶಪಿಸುವ ಸತ್ಯವಿಶ್ವಾಸಿಯಲ್ಲಿರುವ ಸತ್ಯವಿಶ್ವಾಸ ಎಂಬ ಗುಣಕ್ಕೆ ಇದರಿಂದ ತೊಂದರೆಯಾಗುವುದಿಲ್ಲ ಎಂಬುದಕ್ಕೆ ಪುರಾವೆಯಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/65869</t>
+  </si>
+  <si>
     <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>ಹಿಮ್ಮಡಿಗಳಿಗೆ ನರಕಾಗ್ನಿಯಿಂದ ವಿನಾಶವಿದೆ. ಪೂರ್ಣವಾಗಿ ವುದೂ ನಿರ್ವಹಿಸಿರಿ</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
     <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ನಾವು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೊಂದಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮಕ್ಕಾದಿಂದ ಮದೀನಕ್ಕೆ ಹಿಂದಿರುಗಿದೆವು. ಹೀಗೆ ನಾವು ದಾರಿ ಮಧ್ಯೆ ಒಂದು ನೀರಿನ ಸ್ಥಳ ತಲುಪಿದಾಗ, ಅಸರ್ ನಮಾಝ್‌ನ ಸಮಯದಲ್ಲಿ ನಮ್ಮಲ್ಲಿ ಒಂದು ಗುಂಪು ಜನರು ಆತುರದಿಂದ ಓಡಿ ಆತುರದಿಂದ ವುದೂ ನಿರ್ವಹಿಸಿದರು. ನಾವು ಅವರ ಬಳಿಗೆ ತಲುಪಿದಾಗ, ಅವರ ಹಿಮ್ಮಡಿಗಳು ನೀರು ತಾಗದಂತೆ ಕಾಣುತ್ತಿದ್ದವು. ಆಗ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಹಿಮ್ಮಡಿಗಳಿಗೆ ನರಕಾಗ್ನಿಯಿಂದ ವಿನಾಶವಿದೆ. ಪೂರ್ಣವಾಗಿ ವುದೂ ನಿರ್ವಹಿಸಿರಿ."</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಮ್ಮ ಸಂಗಡಿಗರೊಂದಿಗೆ ಮಕ್ಕಾದಿಂದ ಮದೀನಕ್ಕೆ ಪ್ರಯಾಣ ಬೆಳೆಸಿದರು. ದಾರಿಮಧ್ಯೆ ಅವರು ನೀರನ್ನು ಕಂಡರು. ಆಗ ಕೆಲವು ಸಹಾಬಿಗಳು ಅಸರ್ ನಮಾಝ್‌ಗೆ ವುದೂ ಮಾಡಲು ಆತುರದಿಂದ ಓಡಿದರು. ಅವರು ಎಷ್ಟರಮಟ್ಟಿಗೆ ಆತುರಪಟ್ಟರೆಂದರೆ, ಅವರ ಪಾದಗಳ ಹಿಂಭಾಗವು ನೋಡುಗರಿಗೆ ನೀರು ತಾಗದೆ ಒಣಗಿರುವಂತೆ ಕಾಣಿಸುತ್ತಿದ್ದವು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: ವುದೂ ನಿರ್ವಹಿಸುವಾಗ ಪಾದದ ಹಿಂಭಾಗವನ್ನು ಸರಿಯಾಗಿ ತೊಳೆಯದವರಿಗೆ ನರಕದಲ್ಲಿ ಶಿಕ್ಷೆ ಮತ್ತು ವಿನಾಶವಿದೆ. ವುದೂವನ್ನು ಪೂರ್ಣವಾಗಿ ನಿರ್ವಹಿಸಲು ಪೂರ್ಣ ಗಮನ ನೀಡಿರಿ ಎಂದು ಅವರು ಆದೇಶಿಸಿದರು.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>ವುದೂ ನಿರ್ವಹಿಸುವಾಗ ಎರಡು ಪಾದಗಳನ್ನು ತೊಳೆಯುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಏಕೆಂದರೆ, ಅವುಗಳನ್ನು ಸವರುವುದು ಸಾಕಾಗುತ್ತಿದ್ದರೆ, ಹಿಮ್ಮಡಿಯನ್ನು ತೊಳೆಯದವರಿಗೆ ಅವರು ನರಕಾಗ್ನಿಯ ಬಗ್ಗೆ ಎಚ್ಚರಿಸುತ್ತಿರಲಿಲ್ಲ.
 ತೊಳೆಯಬೇಕಾದ ಅಂಗಗಳನ್ನು ಪೂರ್ಣವಾಗಿ ನೀರು ಹರಿಸಿ ತೊಳೆಯುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಕಡ್ಡಾಯವಾಗಿ ಶುದ್ಧೀಕರಿಸಬೇಕಾದ ಅಂಗವನ್ನು—ಅದರ ಸಣ್ಣ ಭಾಗವನ್ನಾದರೂ ಸರಿ—ಯಾರು ಉದ್ದೇಶಪೂರ್ವಕವಾಗಿ ಅಥವಾ ಅಸಡ್ಡೆಯಿಂದ ನಿರ್ಲಕ್ಷಿಸುತ್ತಾರೋ, ಅವರ ನಮಾಝ್ ಸಿಂಧುವಾಗುವುದಿಲ್ಲ.
 ಅರಿವಿಲ್ಲದವರಿಗೆ ಕಲಿಸುವುದರ ಮತ್ತು ಮಾರ್ಗದರ್ಶನ ಮಾಡುವುದರ ಪ್ರಾಮುಖ್ಯತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
 ಯಾರಾದರೂ ಕಡ್ಡಾಯ ಕಾರ್ಯಗಳನ್ನು ಮತ್ತು ಐಚ್ಛಿಕ ಕಾರ್ಯಗಳನ್ನು ಸರಿಯಾಗಿ ನಿರ್ವಹಿಸದೇ ಇರುವುದು ಕಂಡರೆ ತಿಳಿದವರು ಅದನ್ನು ಸೂಕ್ತವಾದ ಶೈಲಿಯಲ್ಲಿ ಖಂಡಿಸಬೇಕು.
 ಮುಹಮ್ಮದ್ ಬಿನ್ ಇಸ್‌ಹಾಕ್ ದೆಹ್ಲವಿ ಹೇಳಿದರು: ವುದೂವನ್ನು ಪೂರ್ಣವಾಗಿ ನಿರ್ವಹಿಸುವುದರಲ್ಲಿ ಮೂರು ವಿಧಗಳಿವೆ: ಕಡ್ಡಾಯ, ಅಂದರೆ ತೊಳೆಯಬೇಕಾದ ಸ್ಥಳಕ್ಕೆ ಪೂರ್ಣ ಗಮನ ನೀಡಿ ಒಂದು ಬಾರಿ ತೊಳೆಯುವುದು. ಐಚ್ಛಿಕ, ಅಂದರೆ ಮೂರು ಬಾರಿ ತೊಳೆಯುವುದು. ಅಪೇಕ್ಷಣೀಯ, ಅಂದರೆ ಮೂರು ಬಾರಿ ತೊಳೆಯುವುದನ್ನು ದೀರ್ಘವಾಗಿ ನಿರ್ವಹಿಸುವುದು.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/kn/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು 'ಫರಾಇದ್'ಗಳನ್ನು (ಕಡ್ಡಾಯ ಕರ್ತವ್ಯಗಳನ್ನು) ವಿಧಿಸಿದ್ದಾನೆ, ಆದ್ದರಿಂದ ಅವುಗಳನ್ನು ವ್ಯರ್ಥಮಾಡಬೇಡಿ (ನಿರ್ಲಕ್ಷಿಸಬೇಡಿ). ಅವನು 'ಹುದೂದ್'‌ಗಳನ್ನು (ಮಿತಿಗಳನ್ನು) ನಿಗದಿಪಡಿಸಿದ್ದಾನೆ, ಆದ್ದರಿಂದ ಅವುಗಳನ್ನು ಮೀರಿಹೋಗಬೇಡಿ. ಅವನು ಕೆಲವು ವಿಷಯಗಳನ್ನು 'ಹರಾಮ್' (ನಿಷಿದ್ಧ) ಮಾಡಿದ್ದಾನೆ, ಆದ್ದರಿಂದ ಅವುಗಳನ್ನು ಉಲ್ಲಂಘಿಸಬೇಡಿ. ಅವನು ಕೆಲವು ವಿಷಯಗಳ ಬಗ್ಗೆ - ಮರೆವಿನಿಂದಲ್ಲ, ಬದಲಿಗೆ ನಿಮ್ಮಲ್ಲಿರುವ ಕರುಣೆಯಿಂದಾಗಿ - ಮೌನವಾಗಿದ್ದಾನೆ, ಆದ್ದರಿಂದ ಅವುಗಳ ಬಗ್ಗೆ (ಅನಗತ್ಯವಾಗಿ) ಸಂಶೋಧನೆ ಮಾಡಬೇಡಿ (ಕೆದಕಬೇಡಿ)</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಸಅಲಬಾ ಅಲ್-ಖುಶನೀ ಜುರ್ಸೂಮ್ ಇಬ್ನ್ ನಾಶಿರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು 'ಫರಾಇದ್'ಗಳನ್ನು (ಕಡ್ಡಾಯ ಕರ್ತವ್ಯಗಳನ್ನು) ವಿಧಿಸಿದ್ದಾನೆ, ಆದ್ದರಿಂದ ಅವುಗಳನ್ನು ವ್ಯರ್ಥಮಾಡಬೇಡಿ (ನಿರ್ಲಕ್ಷಿಸಬೇಡಿ). ಅವನು 'ಹುದೂದ್'‌ಗಳನ್ನು (ಮಿತಿಗಳನ್ನು) ನಿಗದಿಪಡಿಸಿದ್ದಾನೆ, ಆದ್ದರಿಂದ ಅವುಗಳನ್ನು ಮೀರಿಹೋಗಬೇಡಿ. ಅವನು ಕೆಲವು ವಿಷಯಗಳನ್ನು 'ಹರಾಮ್' (ನಿಷಿದ್ಧ) ಮಾಡಿದ್ದಾನೆ, ಆದ್ದರಿಂದ ಅವುಗಳನ್ನು ಉಲ್ಲಂಘಿಸಬೇಡಿ. ಅವನು ಕೆಲವು ವಿಷಯಗಳ ಬಗ್ಗೆ - ಮರೆವಿನಿಂದಲ್ಲ, ಬದಲಿಗೆ ನಿಮ್ಮಲ್ಲಿರುವ ಕರುಣೆಯಿಂದಾಗಿ - ಮೌನವಾಗಿದ್ದಾನೆ, ಆದ್ದರಿಂದ ಅವುಗಳ ಬಗ್ಗೆ (ಅನಗತ್ಯವಾಗಿ) ಸಂಶೋಧನೆ ಮಾಡಬೇಡಿ (ಕೆದಕಬೇಡಿ)".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಅಲ್ಲಾಹು ಕೆಲವು ವಿಷಯಗಳನ್ನು ಕಡ್ಡಾಯಗೊಳಿಸಿದ್ದಾನೆ ಮತ್ತು 'ಫರಾಇದ್'ಗಳನ್ನು (ಕಡ್ಡಾಯ ಕರ್ತವ್ಯಗಳನ್ನು) ವಿಧಿಸಿದ್ದಾನೆ. ಆದ್ದರಿಂದ ಅವುಗಳಿಗೆ ಬದ್ಧರಾಗಿರಿ ಮತ್ತು ಅವುಗಳನ್ನು ಬಿಟ್ಟುಬಿಡುವ ಮೂಲಕ ಅಥವಾ ಅವುಗಳ ಬಗ್ಗೆ ಉದಾಸೀನತೆ ತೋರುವ ಮೂಲಕ ಅವುಗಳಲ್ಲಿ ನಿರ್ಲಕ್ಷ್ಯ ಮಾಡಬೇಡಿ. ಅವನು ತನಗೆ ಇಷ್ಟವಿಲ್ಲದ ವಿಷಯಗಳಿಂದ ನಿಮ್ಮನ್ನು ತಡೆಯಲು ಮತ್ತು ದೂರವಿಡಲು ನಿಮಗಾಗಿ ನಿರ್ದಿಷ್ಟಪಡಿಸಿದ ತಡೆಗೋಡೆಗಳನ್ನು ಮತ್ತು ನಿರೋಧಕಗಳನ್ನು ಇರಿಸಿದ್ದಾನೆ. ಆದ್ದರಿಂದ ಶರೀಅತ್ ಆದೇಶಿಸಿದ್ದನ್ನು ಮೀರಿ ಅವುಗಳಲ್ಲಿ ಹೆಚ್ಚುವರಿ ಮಾಡಲು ಹೋಗಬೇಡಿ. ಅವನು 'ಮುಹರ್ರಮಾತ್' (ನಿಷಿದ್ಧ ಕಾರ್ಯಗಳನ್ನು) ನಿಷೇಧಿಸಿದ್ದಾನೆ. ಆದ್ದರಿಂದ ಅವುಗಳನ್ನು ತೆಗೆದುಕೊಳ್ಳಬೇಡಿ ಅಥವಾ ಅವುಗಳ ಹತ್ತಿರ ಹೋಗಬೇಡಿ. ಇವುಗಳ ಹೊರತಾಗಿ ಉಳಿದ ವಿಷಯಗಳನ್ನು ಅವನು ತನ್ನ ದಾಸರ ಮೇಲಿನ ಕರುಣೆಯಿಂದಾಗಿ ಬಿಟ್ಟುಬಿಟ್ಟಿದ್ದಾನೆ ಮತ್ತು ಅವುಗಳ ಬಗ್ಗೆ ಮೌನವಾಗಿದ್ದಾನೆ. ಆದ್ದರಿಂದ ಅವುಗಳು 'ಅನುಮತಿಸಲಾಗಿದೆ' ಎಂಬ ಮೂಲನಿಯಮದಲ್ಲಿಯೇ ಉಳಿಯುತ್ತವೆ. ಅವುಗಳ ಬಗ್ಗೆ (ಅನಗತ್ಯವಾಗಿ) ಸಂಶೋಧನೆ ಮಾಡಬೇಡಿ.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನೇ ಶಾಸನಕರ್ತ (ನಿಯಮಗಳನ್ನು ವಿಧಿಸುವವನು) ಮತ್ತು ಆದೇಶವು ಪರಿಶುದ್ಧನಾದ ಅವನ ಕೈಯಲ್ಲಿದೆ ಎಂಬುದಕ್ಕೆ ಈ ಹದೀಸ್ ಪುರಾವೆಯಾಗಿದೆ.
+ಈ ಹದೀಸ್ ಶರೀಅತ್‌ನ ನಿಯಮಗಳನ್ನು - ನಿಯಮ ಮತ್ತು ಅನುಮತಿಯ ದೃಷ್ಟಿಯಿಂದ - ಒಳಗೊಂಡಿದೆ. ಏಕೆಂದರೆ ಶರೀಅತ್‌ನ ನಿಯಮವು ಒಂದೋ ಮೌನವಹಿಸಲಾಗಿರುತ್ತದೆ ಅಥವಾ ಅದರ ಬಗ್ಗೆ ಮಾತನಾಡಲಾಗಿರುತ್ತದೆ. ಮಾತನಾಡಲಾಗಿರುವವುಗಳು ಒಂದೋ ಕಡ್ಡಾಯವಾಗಿ ಅಥವಾ ಅಪೇಕ್ಷಣೀಯವಾಗಿ ಆದೇಶಿಸಲಾದ ಕಾರ್ಯವಾಗಿರಬಹುದು, ಅಥವಾ ನಿಷಿದ್ಧವಾಗಿ ಅಥವಾ ಅನಪೇಕ್ಷಿತವಾಗಿ (ಮಕ್ರೂಹ್) ನಿಷೇಧಿಸಲಾದ ಕಾರ್ಯವಾಗಿರಬಹುದು, ಅಥವಾ ಅನುಮತಿಸಲಾದ ಕಾರ್ಯವಾಗಿರಬಹುದು.
+ಅಲ್ಲಾಹು ಮೌನವಹಿಸಿರುವ, ಕಡ್ಡಾಯಗೊಳಿಸಿಲ್ಲದ, ಮಿತಿ ನಿಗದಿಪಡಿಸಿಲ್ಲದ, ಮತ್ತು ನಿಷೇಧಿಸಿಲ್ಲದ ವಿಷಯಗಳೆಲ್ಲವೂ ಹಲಾಲ್ (ಅನುಮತಿಸಲ್ಪಟ್ಟಿದ್ದು) ಆಗಿವೆ.
+ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಉತ್ತಮವಾದ ವಿವರಣಾ ಶೈಲಿಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ. ಅದು ಹೇಗೆಂದರೆ ಅವರು ಹದೀಸ್ ಅನ್ನು ಇಂತಹ ಸ್ಪಷ್ಟ ಮತ್ತು ನಿಖರವಾದ ವಿಭಾಗಗಳೊಂದಿಗೆ ತಿಳಿಸಿಕೊಟ್ಟಿದ್ದಾರೆ.
+ಅಲ್ಲಾಹನು ಕಡ್ಡಾಯಗೊಳಿಸಿದ ವಿಷಯಗಳನ್ನು (ನಿರ್ವಹಿಸುವ ಮೂಲಕ) ಕಾಪಾಡುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.
+ಅಲ್ಲಾಹನ 'ಹುದೂದ್'‌ಗಳನ್ನು (ಮಿತಿಗಳನ್ನು) ಮೀರುವುದು ನಿಷಿದ್ಧವಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ ಕರ್ಮಗಳು ಕೇವಲ ನಿಯ್ಯತ್‌ಗಳ (ಉದ್ದೇಶಗಳ) ಮೇಲೆ ಅವಲಂಬಿತವಾಗಿವೆ. ಖಂಡಿತವಾಗಿಯೂ ಪ್ರತಿಯೊಬ್ಬ ವ್ಯಕ್ತಿಗೂ ಅವನು ಉದ್ದೇಶಿಸಿದ್ದು ಮಾತ್ರ ಸಿಗುತ್ತದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>ಅಮೀರುಲ್-ಮುಅ್‌ಮಿನೀನ್ (ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ನಾಯಕ) ಅಬೂ ಹಫ್ಸ್ ಉಮರ್ ಇಬ್ನುಲ್-ಖತ್ತಾಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ನಾನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ಕೇಳಿದ್ದೇನೆ: "ಖಂಡಿತವಾಗಿಯೂ ಕರ್ಮಗಳು ಕೇವಲ ನಿಯ್ಯತ್‌ಗಳ (ಉದ್ದೇಶಗಳ) ಮೇಲೆ ಅವಲಂಬಿತವಾಗಿವೆ. ಖಂಡಿತವಾಗಿಯೂ ಪ್ರತಿಯೊಬ್ಬ ವ್ಯಕ್ತಿಗೂ ಅವನು ಉದ್ದೇಶಿಸಿದ್ದು ಮಾತ್ರ ಸಿಗುತ್ತದೆ. ಆದ್ದರಿಂದ, ಯಾರ ಹಿಜ್ರತ್ (ವಲಸೆ) ಅಲ್ಲಾಹು ಮತ್ತು ಅವನ ಸಂದೇಶವಾಹಕರಿಗಾಗಿ ಆಗಿದೆಯೋ, ಅವನ ಹಿಜ್ರತ್ ಅಲ್ಲಾಹು ಮತ್ತು ಅವನ ಸಂದೇಶವಾಹಕರಿಗಾಗಿಯೇ (ಪರಿಗಣಿಸಲಾಗುತ್ತದೆ). ಯಾರ ಹಿಜ್ರತ್ ಅವನು ಗಳಿಸಬೇಕೆಂದಿರುವ ಲೌಕಿಕ ಪ್ರಯೋಜನಕ್ಕಾಗಿ, ಅಥವಾ ಅವನು ವಿವಾಹವಾಗಬೇಕೆಂದಿರುವ ಮಹಿಳೆಗಾಗಿ ಆಗಿದೆಯೋ, ಅವನ ಹಿಜ್ರತ್ ಅವನು ಯಾವುದಕ್ಕಾಗಿ ವಲಸೆ ಹೋದನೋ ಅದಕ್ಕಾಗಿಯೇ (ಪರಿಗಣಿಸಲಾಗುತ್ತದೆ)".</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>ಈ ಹದೀಸ್ ನಿಷ್ಕಳಂಕತೆಯನ್ನು ಪ್ರೋತ್ಸಾಹಿಸುತ್ತದೆ. ಏಕೆಂದರೆ ಅಲ್ಲಾಹು ಅವನ ಸಂಪ್ರೀತಿಗಾಗಿ ಮಾಡಿದ ಕರ್ಮದ ಹೊರತು ಇತರ ಯಾವುದೇ ಕರ್ಮವನ್ನು ಸ್ವೀಕರಿಸುವುದಿಲ್ಲ.
+ಅಲ್ಲಾಹನ ಸಾಮೀಪ್ಯ ಪಡೆಯುವುದಕ್ಕಾಗಿ ಮಾಡಲಾಗುವ ಕರ್ಮಗಳನ್ನು (ಸತ್ಕರ್ಮಗಳನ್ನು) ಅಲ್ಲಾಹನ ಸಾಮೀಪ್ಯವನ್ನು ಉದ್ದೇಶಿಸದೆ ಕೇವಲ ರೂಢಿಯಾಗಿ (ಯಾಂತ್ರಿಕವಾಗಿ) ನಿರ್ವಹಿಸಿದರೆ, ಆ ಕರ್ಮಗಳು ಪ್ರತಿಫಲಾರ್ಹವಾಗುವುದಿಲ್ಲ.
+ನಿಯ್ಯತ್ (ಉದ್ದೇಶ) ನ ಮೂಲಕ ಆರಾಧನೆಗಳನ್ನು ಪರಸ್ಪರ ಬೇರ್ಪಡಿಸಲಾಗುತ್ತದೆ ಮತ್ತು ಹಾಗೆಯೇ ಆರಾಧನೆಗಳನ್ನು (ದೈನಂದಿನ) ಅಭ್ಯಾಸಗಳಿಂದಲೂ ಬೇರ್ಪಡಿಸಲಾಗುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಅಬ್ದುರ್ರಹ್ಮಾನ್ ಅಬ್ದುಲ್ಲಾ ಇಬ್ನ್ ಉಮರ್ ಇಬ್ನುಲ್ ಖತ್ತಾಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ನಾನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ಕೇಳಿದ್ದೇನೆ:||"ಇಸ್ಲಾಂ ಧರ್ಮವನ್ನು ಐದು (ಸ್ತಂಭಗಳ) ಮೇಲೆ ನಿರ್ಮಿಸಲಾಗಿದೆ. ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ದಾಸರು ಮತ್ತು ಸಂದೇಶವಾಹಕರು ಎಂದು ಸಾಕ್ಷ್ಯ ವಹಿಸುವುದು, ನಮಾಝ್ ಸಂಸ್ಥಾಪಿಸುವುದು, ಝಕಾತ್ ನೀಡುವುದು, ಹಜ್ಜ್ ನಿರ್ವಹಿಸುವುದು ಮತ್ತು ರಮದಾನ್ ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸುವುದು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಅಬ್ದುರ್ರಹ್ಮಾನ್ ಅಬ್ದುಲ್ಲಾ ಇಬ್ನ್ ಉಮರ್ ಇಬ್ನುಲ್ ಖತ್ತಾಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ನಾನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ಕೇಳಿದ್ದೇನೆ: "ಇಸ್ಲಾಂ ಧರ್ಮವನ್ನು ಐದು (ಸ್ತಂಭಗಳ) ಮೇಲೆ ನಿರ್ಮಿಸಲಾಗಿದೆ. ಅಲ್ಲಾಹನ ಹೊರತು ಆರಾಧನೆಗೆ ಅರ್ಹರಾದ ಅನ್ಯ ಆರಾಧ್ಯರಿಲ್ಲ ಮತ್ತು ಮುಹಮ್ಮದ್ ಅಲ್ಲಾಹನ ದಾಸರು ಮತ್ತು ಸಂದೇಶವಾಹಕರು ಎಂದು ಸಾಕ್ಷ್ಯ ವಹಿಸುವುದು, ನಮಾಝ್ ಸಂಸ್ಥಾಪಿಸುವುದು, ಝಕಾತ್ ನೀಡುವುದು, ಹಜ್ಜ್ ನಿರ್ವಹಿಸುವುದು ಮತ್ತು ರಮದಾನ್ ತಿಂಗಳಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸುವುದು."</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ ನಿಮ್ಮಲ್ಲೊಬ್ಬನ ಸೃಷ್ಟಿಯನ್ನು ಅವನ ತಾಯಿಯ ಗರ್ಭದಲ್ಲಿ ನಲವತ್ತು ದಿನಗಳ ಕಾಲ (ವೀರ್ಯದ ರೂಪದಲ್ಲಿ) ಒಟ್ಟುಗೂಡಿಸಲಾಗುತ್ತದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಅಬ್ದುರ್ರಹ್ಮಾನ್ ಅಬ್ದುಲ್ಲಾ ಇಬ್ನ್ ಮಸ್ಊದ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) - ಅವರು 'ಅಸ್ಸಾದಿಖುಲ್-ಮಸ್ದೂಖ್' (ಸತ್ಯವಂತರು ಮತ್ತು ಸತ್ಯವಂತರೆಂದು ಅಂಗೀಕರಿಸಲ್ಪಟ್ಟವರು) ಆಗಿದ್ದಾರೆ - ನಮಗೆ ತಿಳಿಸಿಕೊಟ್ಟರು: "ಖಂಡಿತವಾಗಿಯೂ ನಿಮ್ಮಲ್ಲೊಬ್ಬನ ಸೃಷ್ಟಿಯನ್ನು ಅವನ ತಾಯಿಯ ಗರ್ಭದಲ್ಲಿ ನಲವತ್ತು ದಿನಗಳ ಕಾಲ (ವೀರ್ಯದ ರೂಪದಲ್ಲಿ) ಒಟ್ಟುಗೂಡಿಸಲಾಗುತ್ತದೆ. ನಂತರ, ಅಷ್ಟೇ ಅವಧಿಗೆ ಅವನು 'ಅಲಖ' (ಹೆಪ್ಪುಗಟ್ಟಿದ ರಕ್ತ) ಆಗಿರುತ್ತಾನೆ. ನಂತರ, ಅಷ್ಟೇ ಅವಧಿಗೆ ಅವನು 'ಮುದ್ಗ' (ಮಾಂಸದ ಮುದ್ದೆ) ಆಗಿರುತ್ತಾನೆ. ನಂತರ ಅವನ ಬಳಿಗೆ ಒಬ್ಬ ದೇವದೂತರನ್ನು ಕಳುಹಿಸಲಾಗುತ್ತದೆ. ಅವರು ಅವನಿಗೆ ಆತ್ಮವನ್ನು ಊದುತ್ತಾರೆ. ನಾಲ್ಕು ವಿಷಯಗಳನ್ನು ಬರೆಯಲು ಅವರಿಗೆ (ದೇವದೂತರಿಗೆ) ಆದೇಶಿಸಲಾಗುತ್ತದೆ: ಅವನ ಜೀವನೋಪಾಯ (ರಿಝ್ಕ್), ಅವನ ಆಯುಷ್ಯ, ಅವನ ಕರ್ಮಗಳು, ಮತ್ತು ಅವನು ದೌರ್ಭಾಗ್ಯವಂತನೋ ಅಥವಾ ಸೌಭಾಗ್ಯವಂತನೋ ಎಂಬುದನ್ನು. ಯಾರ ಹೊರತು ಬೇರೆ ಆರಾಧ್ಯನಿಲ್ಲವೋ ಅವನ (ಅಲ್ಲಾಹನ) ಮೇಲೆ ಆಣೆ. ಖಂಡಿತವಾಗಿಯೂ ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ಸ್ವರ್ಗವಾಸಿಗಳ ಕರ್ಮವನ್ನು ಮಾಡುತ್ತಲೇ ಇರುತ್ತಾನೆ. ಎಷ್ಟರಮಟ್ಟಿಗೆ ಎಂದರೆ ಅವನಿಗೂ ಅದಕ್ಕೂ (ಸ್ವರ್ಗಕ್ಕೂ) ಕೇವಲ ಒಂದು ಮೊಳದ ಅಂತರ ಮಾತ್ರ ಉಳಿದಿರುತ್ತದೆ. ಆಗ ಅವನ ಮೇಲೆ ವಿಧಿಯು ಮೇಲುಗೈ ಸಾಧಿಸುತ್ತದೆ. ಆಗ ಅವನು ನರಕವಾಸಿಗಳ ಕರ್ಮವನ್ನು ಮಾಡುತ್ತಾನೆ ಮತ್ತು ಅದನ್ನು (ನರಕವನ್ನು) ಪ್ರವೇಶಿಸುತ್ತಾನೆ. ಹಾಗೆಯೇ, ಖಂಡಿತವಾಗಿಯೂ ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ನರಕವಾಸಿಗಳ ಕರ್ಮಗಳನ್ನು ಮಾಡುತ್ತಲೇ ಇರುತ್ತಾನೆ, ಎಷ್ಟರಮಟ್ಟಿಗೆ ಎಂದರೆ ಅವನಿಗೂ ಅದಕ್ಕೂ (ನರಕಕ್ಕೂ) ನಡುವೆ ಕೇವಲ ಒಂದು ಮೊಳದ ಅಂತರ ಮಾತ್ರ ಉಳಿದಿರುತ್ತದೆ. ಆಗ ಅವನ ಮೇಲೆ ವಿಧಿಯು ಮೇಲುಗೈ ಸಾಧಿಸುತ್ತದೆ. ಆಗ ಅವನು ಸ್ವರ್ಗವಾಸಿಗಳ ಕರ್ಮಗಳನ್ನು ಮಾಡುತ್ತಾನೆ ಮತ್ತು ಅದನ್ನು (ಸ್ವರ್ಗವನ್ನು) ಪ್ರವೇಶಿಸುತ್ತಾನೆ."</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>ಮನುಷ್ಯ ಸೃಷ್ಟಿಯ ಹಂತಗಳನ್ನು ವಿವರಿಸಲಾಗಿದೆ.
+ಅಲ್ಲಾಹನ ತೀರ್ಮಾನ (ಕದಾ) ಮತ್ತು ನಿರ್ಧಾರ (ವಿಧಿ) ಯಲ್ಲಿ ವಿಶ್ವಾಸವಿಡಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಅಂತಿಮವಾಗಿ ವಿಧಿಯಲ್ಲಿ ಏನು ಬರೆದಿದೆಯೋ ಅದೇ ಸಂಭವಿಸುತ್ತದೆ ಎಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
+ಕರ್ಮಗಳನ್ನು ಕಂಡು ಪುಳಕಿತನಾಗಬಾರದೆಂದು ಈ ಹದೀಸ್ ಎಚ್ಚರಿಸುತ್ತದೆ. ಏಕೆಂದರೆ ಕರ್ಮಗಳಲ್ಲಿ ಪರಿಗಣಿಸಲ್ಪಡುವುದು ಕೊನೆಯ ಕರ್ಮಗಳನ್ನಾಗಿವೆ.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>ಯಾರು ನಮ್ಮ ಈ ವಿಷಯದಲ್ಲಿ (ಧರ್ಮದಲ್ಲಿ) ಅದರಲ್ಲಿಲ್ಲದನ್ನು ಹೊಸದಾಗಿ ಸೇರಿಸುತ್ತಾನೋ (ಆವಿಷ್ಕರಿಸುತ್ತಾನೋ), ಅದು ತಿರಸ್ಕೃತವಾಗಿದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>ಸತ್ಯವಿಶ್ವಾಸಿಗಳ ಮಾತೆ, ಉಮ್ಮು ಅಬ್ದುಲ್ಲಾ, ಆಯಿಷಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾರು ನಮ್ಮ ಈ ವಿಷಯದಲ್ಲಿ (ಧರ್ಮದಲ್ಲಿ) ಅದರಲ್ಲಿಲ್ಲದನ್ನು ಹೊಸದಾಗಿ ಸೇರಿಸುತ್ತಾನೋ (ಆವಿಷ್ಕರಿಸುತ್ತಾನೋ), ಅದು ತಿರಸ್ಕೃತವಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>ಆರಾಧನಾ ಕರ್ಮಗಳು ಕುರ್‌ಆನ್ ಮತ್ತು ಸುನ್ನತ್‌ನ ಮೇಲೆ ಆಧಾರಿತವಾಗಿವೆ. ನಾವು ಅಲ್ಲಾಹನನ್ನು ಅವನು ಕಲಿಸಿಕೊಟ್ಟ ರೀತಿಯಲ್ಲಿ ಆರಾಧಿಸುತ್ತೇವೆಯೇ ಹೊರತು ನೂತನ ಆವಿಷ್ಕಾರಗಳ ಮೂಲಕ ಆರಾಧಿಸುವುದಿಲ್ಲ.
+ಧರ್ಮವು ವೈಯುಕ್ತಿಕ ಅಭಿಪ್ರಾಯ ಮತ್ತು ಆದ್ಯತೆಗಳ ಮೇಲೆ ಆಧಾರಿತವಾಗಿಲ್ಲ, ಬದಲಿಗೆ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅನುಸರಣೆಯ ಮೇಲೆ ಆಧಾರಿತವಾಗಿದೆ.
+ಈ ಹದೀಸ್ ಧರ್ಮದ ಸಂಪೂರ್ಣತೆಯನ್ನು ಸೂಚಿಸುತ್ತದೆ.
+ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅಥವಾ ಅವರ ಸಹಚರರ ಕಾಲದಲ್ಲಿ ಅಸ್ತಿತ್ವದಲ್ಲಿಲ್ಲದ, ಧರ್ಮದಲ್ಲಿ ಹೊಸದಾಗಿ ಪ್ರಾರಂಭಿಸಲಾದ ಎಲ್ಲವೂ ಬಿದ್‌ಅತ್ (ನೂತನ ಆವಿಷ್ಕಾರ) ಆಗಿವೆ. ಅವು ವಿಶ್ವಾಸ, ಮಾತು ಅಥವಾ ಕರ್ಮಗಳಿಗೆ ಸಂಬಂಧಿಸಿದ್ದಾದರೂ ಸಹ.
+ಈ ಹದೀಸ್ ಇಸ್ಲಾಂ ಧರ್ಮದ ಮೂಲತತ್ವಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಅದು ಕರ್ಮಗಳ ಮಾನದಂಡವಾಗಿದೆ. ಹೇಗೆ ಅಲ್ಲಾಹನ ಸಂಪ್ರೀತಿಯನ್ನು ಉದ್ದೇಶಿಸದೆ ಮಾಡುವ ಯಾವುದೇ ಕಾರ್ಯವು ಅದನ್ನು ಮಾಡುವವರಿಗೆ ಯಾವುದೇ ಪ್ರತಿಫಲವನ್ನು ನೀಡುವುದಿಲ್ಲವೋ, ಹಾಗೆಯೇ, ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಂದ ಧರ್ಮಕ್ಕೆ ಅನುಗುಣವಾಗಿಲ್ಲದ ಯಾವುದೇ ಕಾರ್ಯವೂ ಸ್ವೀಕಾರಯೋಗ್ಯವಲ್ಲ.
+ಈ ಹದೀಸ್ ಹೊಸದಾಗಿ ನಿರ್ಮಿಸಲಾದ 'ಬಿದ್'ಅತ್'ಗಳನ್ನು (ನವೀನ ಆಚರಣೆಗಳನ್ನು) ಮತ್ತು ಸಂಭವಿಸುವ 'ಮುನ್ಕರಾತ್' (ಕೆಟ್ಟ/ನಿಂದನೀಯ ಕಾರ್ಯಗಳು) ಗಳನ್ನು ತಿರಸ್ಕರಿಸುವ ಒಂದು ಮೂಲಭೂತ ತತ್ವವಾಗಿದೆ.
+ಹೊಸ ಆವಿಷ್ಕಾರಗಳನ್ನು ವಿರೋಧಿಸಲಾಗಿರುವುದು ಧರ್ಮಕ್ಕೆ ಸಂಬಂಧಿಸಿ ಮಾತ್ರ. ಲೌಕಿಕ ವಿಷಯಗಳಿಗೆ ಸಂಬಂಧಿಸಿ ವಿರೋಧಿಸಲಾಗಿಲ್ಲ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಅಬ್ದುಲ್ಲಾ ಅನ್ನುಅಮಾನ್ ಇಬ್ನ್ ಬಶೀರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ:||"ಹಲಾಲ್ ಅತ್ಯಂತ ಸ್ಪಷ್ಟವಾಗಿದೆ ಮತ್ತು ಹರಾಮ್ ಕೂಡ ಅತ್ಯಂತ ಸ್ಪಷ್ಟವಾಗಿದೆ. ಇವೆರಡರ ಮಧ್ಯೆ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಿವೆ. ಜನರಲ್ಲಿ ಹೆಚ್ಚಿನವರಿಗೂ ಅವುಗಳ ಬಗ್ಗೆ ಜ್ಞಾನವಿಲ್ಲ. ಯಾರು ಈ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಿಂದ ದೂರವಿರುತ್ತಾನೋ, ಅವನು ತನ್ನ ಧರ್ಮ ಮತ್ತು ಘನತೆಯನ್ನು ಕಾಪಾಡಿಕೊಂಡನು. ಯಾರು ಈ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಲ್ಲಿ ಒಳಪಡುತ್ತಾನೋ ಅವನು ಹರಾಮ್‌ನಲ್ಲಿ ಒಳಪಡುತ್ತಾನೆ. ಅವನ ಸ್ಥಿತಿಯು (ಪ್ರವೇಶಾನುಮತಿಯಿಲ್ಲದ) ಹುಲ್ಲುಗಾವಲಿನ ಅಂಚಿನಲ್ಲಿ ತನ್ನ ಕುರಿಮಂದೆಯನ್ನು ಮೇಯಿಸುವ ಒಬ್ಬ ಕುರಿಗಾಹಿಯಂತೆ. ಅವನ ಕುರಿಗಳು ಹುಲ್ಲುಗಾವಲಿನೊಳಗೆ ನುಗ್ಗಿ ಮೇಯುವ ಸಾಧ್ಯತೆಯಿದೆ. ಎಚ್ಚರಾ! ಪ್ರತಿಯೊಬ್ಬ ರಾಜನಿಗೂ ಒಂದು (ನಿಷೇಧಿತ) ವಲಯವಿದೆ. ಎಚ್ಚರಾ! ಅಲ್ಲಾಹು ನಿಷೇಧಿಸಿದ ಕಾರ್ಯಗಳು ಅವನ (ನಿಷೇಧಿತ) ವಲಯವಾಗಿದೆ. ಎಚ್ಚರಾ! ದೇಹದಲ್ಲಿ ಒಂದು ಮಾಂಸದ ತುಂಡಿದೆ. ಅದು ಸರಿಯಾದರೆ ಸಂಪೂರ್ಣ ದೇಹವು ಸರಿಯಾಗುತ್ತದೆ. ಅದು ಕೆಟ್ಟರೆ ಸಂಪೂರ್ಣ ದೇಹವು ಕೆಡುತ್ತದೆ. ಎಚ್ಚರಾ! ಅದು ಹೃದಯವಾಗಿದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಅಬ್ದುಲ್ಲಾ ಅನ್ನುಅಮಾನ್ ಇಬ್ನ್ ಬಶೀರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ನಾನು ಕೇಳಿದ್ದೇನೆ: "ಹಲಾಲ್ ಅತ್ಯಂತ ಸ್ಪಷ್ಟವಾಗಿದೆ ಮತ್ತು ಹರಾಮ್ ಕೂಡ ಅತ್ಯಂತ ಸ್ಪಷ್ಟವಾಗಿದೆ. ಇವೆರಡರ ಮಧ್ಯೆ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಿವೆ. ಜನರಲ್ಲಿ ಹೆಚ್ಚಿನವರಿಗೂ ಅವುಗಳ ಬಗ್ಗೆ ಜ್ಞಾನವಿಲ್ಲ. ಯಾರು ಈ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಿಂದ ದೂರವಿರುತ್ತಾನೋ, ಅವನು ತನ್ನ ಧರ್ಮ ಮತ್ತು ಘನತೆಯನ್ನು ಕಾಪಾಡಿಕೊಂಡನು. ಯಾರು ಈ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಲ್ಲಿ ಒಳಪಡುತ್ತಾನೋ ಅವನು ಹರಾಮ್‌ನಲ್ಲಿ ಒಳಪಡುತ್ತಾನೆ. ಅವನ ಸ್ಥಿತಿಯು (ಪ್ರವೇಶಾನುಮತಿಯಿಲ್ಲದ) ಹುಲ್ಲುಗಾವಲಿನ ಅಂಚಿನಲ್ಲಿ ತನ್ನ ಕುರಿಮಂದೆಯನ್ನು ಮೇಯಿಸುವ ಒಬ್ಬ ಕುರಿಗಾಹಿಯಂತೆ. ಅವನ ಕುರಿಗಳು ಹುಲ್ಲುಗಾವಲಿನೊಳಗೆ ನುಗ್ಗಿ ಮೇಯುವ ಸಾಧ್ಯತೆಯಿದೆ. ಎಚ್ಚರಾ! ಪ್ರತಿಯೊಬ್ಬ ರಾಜನಿಗೂ ಒಂದು (ನಿಷೇಧಿತ) ವಲಯವಿದೆ. ಎಚ್ಚರಾ! ಅಲ್ಲಾಹು ನಿಷೇಧಿಸಿದ ಕಾರ್ಯಗಳು ಅವನ (ನಿಷೇಧಿತ) ವಲಯವಾಗಿದೆ. ಎಚ್ಚರಾ! ದೇಹದಲ್ಲಿ ಒಂದು ಮಾಂಸದ ತುಂಡಿದೆ. ಅದು ಸರಿಯಾದರೆ ಸಂಪೂರ್ಣ ದೇಹವು ಸರಿಯಾಗುತ್ತದೆ. ಅದು ಕೆಟ್ಟರೆ ಸಂಪೂರ್ಣ ದೇಹವು ಕೆಡುತ್ತದೆ. ಎಚ್ಚರಾ! ಅದು ಹೃದಯವಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>ಈ ಹದೀಸ್ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಿಂದ ದೂರವಿರುವುದರಲ್ಲಿ ಒಂದು ಮೂಲಭೂತ ತತ್ವವಾಗಿದೆ.
+ಸ್ಪಷ್ಟವಿಲ್ಲದ ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳನ್ನು ತೊರೆಯಲು ಈ ಹದೀಸ್ ಪ್ರೋತ್ಸಾಹಿಸುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ರುಖಯ್ಯಾ ತಮೀಮ್ ಇಬ್ನ್ ಔಸ್ ಅದ್ದಾರೀ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು:||"ಧರ್ಮವು ಹಿತಚಿಂತನೆಯಾಗಿದೆ." ನಾವು ಕೇಳಿದೆವು: "ಯಾರ ಹಿತಚಿಂತನೆ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಅಲ್ಲಾಹನ, ಅವನ ಗ್ರಂಥದ, ಅವನ ಸಂದೇಶವಾಹಕರ, ಮುಸ್ಲಿಂ ಆಡಳಿತಗಾರರ ಮತ್ತು ಮುಸ್ಲಿಂ ಜನಸಾಮಾನ್ಯರ ಹಿತಚಿಂತನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ರುಖಯ್ಯಾ ತಮೀಮ್ ಇಬ್ನ್ ಔಸ್ ಅದ್ದಾರೀ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಧರ್ಮವು ಹಿತಚಿಂತನೆಯಾಗಿದೆ." ನಾವು ಕೇಳಿದೆವು: "ಯಾರ ಹಿತಚಿಂತನೆ?" ಅವರು ಉತ್ತರಿಸಿದರು: "ಅಲ್ಲಾಹನ, ಅವನ ಗ್ರಂಥದ, ಅವನ ಸಂದೇಶವಾಹಕರ, ಮುಸ್ಲಿಂ ಆಡಳಿತಗಾರರ ಮತ್ತು ಮುಸ್ಲಿಂ ಜನಸಾಮಾನ್ಯರ ಹಿತಚಿಂತನೆ."</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಧರ್ಮವು 'ಇಖ್ಲಾಸ್' (ನಿಷ್ಕಳಂಕತೆ) ಮತ್ತು 'ಸಿದ್ಖ್' (ಸತ್ಯಸಂಧತೆ) ಯ ಮೇಲೆ ನಿಂತಿದೆ. ಇದರಿಂದಾಗಿ ಅದನ್ನು ಅಲ್ಲಾಹು ಕಡ್ಡಾಯಗೊಳಿಸಿದಂತೆ, ಯಾವುದೇ ಕೊರತೆ ಅಥವಾ ವಂಚನೆಯಿಲ್ಲದೆ ಪರಿಪೂರ್ಣವಾಗಿ ನಿರ್ವಹಿಸಲು ಸಾಧ್ಯವಾಗುತ್ತದೆ. ಆಗ ಪ್ರವಾದಿಯವರಲ್ಲಿ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಲಾಯಿತು: 'ಹಿತಚಿಂತನೆ' ಯಾರಿಗಾಗಿ ಇರಬೇಕು? ಆಗ ಅವರು ಹೇಳಿದರು: ಮೊದಲನೆಯದಾಗಿ, ಹಿತಚಿಂತನೆಯು ಅಲ್ಲಾಹನಿಗಾಗಿ ಇರಬೇಕು: ಕರ್ಮಗಳನ್ನು ಅವನಿಗೆ ಮಾತ್ರ ನಿಷ್ಕಳಂಕಗೊಳಿಸುವುದು, ಅವನೊಂದಿಗೆ (ಯಾವುದನ್ನೂ) ಸಹಭಾಗಿಯಾಗಿ ಮಾಡದಿರುವುದು, ಅವನ ಪ್ರಭುತ್ವ, ದೈವಿಕತೆ ಮತ್ತು ಅವನ ಹೆಸರುಗಳು ಹಾಗೂ ಗುಣಲಕ್ಷಣಗಳಲ್ಲಿ  ವಿಶ್ವಾಸವಿಡುವುದು, ಅವನ ಆದೇಶವನ್ನು ಗೌರವಿಸುವುದು, ಮತ್ತು ಅವನಲ್ಲಿ ವಿಶ್ವಾಸವಿಡಲು (ಜನರಿಗೆ) ಆಹ್ವಾನ ನೀಡುವುದು ಇದರಲ್ಲಿ ಒಳಪಡುತ್ತದೆ. ಎರಡನೆಯದಾಗಿ, ಹಿತಚಿಂತನೆಯು ಅವನ ಗ್ರಂಥವಾದ ಪವಿತ್ರ ಕುರ್‌ಆನ್‌ಗಾಗಿ ಇರಬೇಕು: ಅದು ಅವನ ವಚನಗಳೆಂದು, ಅವನ ಅಂತಿಮ ಗ್ರಂಥವೆಂದು, ಮತ್ತು ಅದು ಅದಕ್ಕಿಂತ ಹಿಂದಿನ ಎಲ್ಲಾ ಶರೀಅತ್‌ಗಳನ್ನು (ದೈವಿಕ ಶಾಸನಗಳನ್ನು) ರದ್ದುಗೊಳಿಸಿದೆ ಎಂದು ವಿಶ್ವಾಸವಿಡುವುದು, ಅದನ್ನು ಗೌರವಿಸುವುದು, ಅದನ್ನು ಸರಿಯಾದ ರೀತಿಯಲ್ಲಿ ಪಠಿಸುವುದು, ಅದರ ಸ್ಪಷ್ಟ ವಚನಗಳಂತೆ (ಮುಹ್ಕಮ್) ಕಾರ್ಯನಿರ್ವಹಿಸುವುದು, ಅದರ ಅಸ್ಪಷ್ಟ ವಚನಗಳಿಗೆ (ಮುತಶಾಬಿಹ್) ಶರಣಾಗುವುದು, ವಕ್ರಗೊಳಿಸುವವರ ವ್ಯಾಖ್ಯಾನಗಳಿಂದ ಅದನ್ನು ರಕ್ಷಿಸುವುದು, ಅದರ ಉಪದೇಶಗಳಿಂದ ಪಾಠ ಕಲಿಯುವುದು, ಅದರ ಜ್ಞಾನಗಳನ್ನು ಹರಡುವುದು, ಮತ್ತು ಅದರ ಕಡೆಗೆ (ಜನರಿಗೆ) ಆಹ್ವಾನ ನೀಡುವುದು ಇದರಲ್ಲಿ ಒಳಪಡುತ್ತದೆ. ಮೂರನೆಯದಾಗಿ, ಹಿತಚಿಂತನೆಯು ಅವನ ಸಂದೇಶವಾಹಕರಾದ ಮುಹಮ್ಮದ್ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ರಿಗಾಗಿ ಇರಬೇಕು: ಅವರು ಅಂತಿಮ ಸಂದೇಶವಾಹಕರೆಂದು ವಿಶ್ವಾಸವಿಡುವುದು, ಅವರು ತಂದಿರುವುದನ್ನು ಸತ್ಯವೆಂದು ಒಪ್ಪಿಕೊಳ್ಳುವುದು, ಅವರ ಆದೇಶವನ್ನು ಪಾಲಿಸುವುದು, ಅವರು ನಿಷೇಧಿಸಿದ ಕಾರ್ಯಗಳಿಂದ ದೂರವಿರುವುದು, ಅವರು ತಂದಿರುವುದರ ಮೂಲಕವಲ್ಲದೆ ಬೇರೆ ರೀತಿಯಲ್ಲಿ ಅಲ್ಲಾಹನನ್ನು ಆರಾಧಿಸದಿರುವುದು, ಅವರ ಹಕ್ಕನ್ನು ಗೌರವಿಸುವುದು, ಅವರನ್ನು ಆದರಿಸುವುದು, ಅವರ ಆಹ್ವಾನವನ್ನು ಪ್ರಚಾರ ಮಾಡುವುದು, ಅವರ ಶರೀಅತ್ ಅನ್ನು ಹಬ್ಬಿಸುವುದು, ಮತ್ತು ಅವರ ಮೇಲಿನ ಆರೋಪಗಳನ್ನು ನಿರಾಕರಿಸುವುದು ಇದರಲ್ಲಿ ಒಳಪಡುತ್ತದೆ. ನಾಲ್ಕನೆಯದಾಗಿ, ಹಿತಚಿಂತನೆಯು ಮುಸ್ಲಿಮ್ ನಾಯಕರಿಗಾಗಿ ಇರಬೇಕು: ಸತ್ಯದ ವಿಷಯದಲ್ಲಿ ಅವರೊಂದಿಗೆ ಸಹಕರಿಸುವುದು, ಅಧಿಕಾರದ ವಿಷಯದಲ್ಲಿ ಅವರೊಂದಿಗೆ ತರ್ಕಿಸದಿರುವುದು, ಮತ್ತು ಅಲ್ಲಾಹನ ವಿಧೇಯತೆಯ ವಿಷಯದಲ್ಲಿ ಅವರ ಮಾತನ್ನು ಕೇಳುವುದು ಮತ್ತು ಅನುಸರಿಸುವುದು ಇದರಲ್ಲಿ ಒಳಪಡುತ್ತದೆ. ಐದನೆಯದಾಗಿ, ಹಿತಚಿಂತನೆಯು ಮುಸ್ಲಿಮ್ ಜನಸಾಮಾನ್ಯರಿಗಾಗಿ ಇರಬೇಕು: ಅವರಿಗೆ ಉಪಕಾರ ಮಾಡುವುದು, ಅವರಿಗೆ (ಒಳಿತಿನ ಕಡೆಗೆ) ಆಹ್ವಾನ ನೀಡುವುದು, ಅವರಿಗೆ ತೊಂದರೆ ನೀಡದಿರುವುದು, ಅವರಿಗಾಗಿ ಒಳಿತನ್ನು ಪ್ರೀತಿಸುವುದು, ಮತ್ತು ಪುಣ್ಯ ಹಾಗೂ ದೇವಭಯದಲ್ಲಿ ಅವರೊಂದಿಗೆ ಸಹಕರಿಸುವುದು ಇದರಲ್ಲಿ ಒಳಪಡುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>ನಾನು ನಿಮಗೆ ಯಾವುದನ್ನು ನಿಷೇಧಿಸಿದ್ದೇನೆಯೋ, ಅದರಿಂದ ಸಂಪೂರ್ಣವಾಗಿ ದೂರವಿರಿ. ನಾನು ನಿಮಗೆ ಯಾವುದನ್ನು ಆದೇಶಿಸಿದ್ದೇನೆಯೋ, ಅದನ್ನು ನಿಮಗೆ ಸಾಧ್ಯವಾದಷ್ಟು ಮಾಡಿರಿ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರಾ ಅಬ್ದುರ್ರಹ್ಮಾನ್ ಇಬ್ನ್ ಸಖ್ರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ನಾನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೀಗೆ ಹೇಳುವುದನ್ನು ಕೇಳಿದ್ದೇನೆ: "ನಾನು ನಿಮಗೆ ಯಾವುದನ್ನು ನಿಷೇಧಿಸಿದ್ದೇನೆಯೋ, ಅದರಿಂದ ಸಂಪೂರ್ಣವಾಗಿ ದೂರವಿರಿ. ನಾನು ನಿಮಗೆ ಯಾವುದನ್ನು ಆದೇಶಿಸಿದ್ದೇನೆಯೋ, ಅದನ್ನು ನಿಮಗೆ ಸಾಧ್ಯವಾದಷ್ಟು ಮಾಡಿರಿ. ಏಕೆಂದರೆ, ನಿಮಗಿಂತ ಹಿಂದಿನವರನ್ನು ನಾಶಮಾಡಿದ್ದು ಅವರ ಅತಿಯಾದ ಪ್ರಶ್ನೆಗಳು, ಮತ್ತು ಅವರು ತಮ್ಮ ಪ್ರವಾದಿಗಳೊಂದಿಗೆ ವ್ಯಕ್ತಿಪಡಿಸಿದ ಭಿನ್ನಾಭಿಪ್ರಾಯಗಳಾಗಿದ್ದವು."</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಗೆ ತಿಳಿಸಿಕೊಡುವುದೇನೆಂದರೆ, ಅವರು (ಪ್ರವಾದಿ) ನಮಗೆ ಒಂದು ವಿಷಯವನ್ನು ನಿಷೇಧಿಸಿದರೆ, ನಾವು ಯಾವುದೇ ವಿನಾಯಿತಿಯಿಲ್ಲದೆ ಅದರಿಂದ ದೂರವಿರುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಹಾಗೆಯೇ, ಅವರು ನಮಗೆ ಒಂದು ವಿಷಯವನ್ನು ಆದೇಶಿಸಿದರೆ, ನಾವು ಅದನ್ನು ನಮಗೆ ಸಾಧ್ಯವಾದಷ್ಟನ್ನು ಮಾಡಬೇಕು. ನಂತರ ಅವರು, ನಾವು ಹಿಂದಿನ ಕೆಲವು ಜನಾಂಗಗಳಂತೆ ಆಗಬಾರದೆಂದು ಎಚ್ಚರಿಸಿದರು. ಅವರು ತಮ್ಮ ಪ್ರವಾದಿಗಳಿಗೆ ಅವಿಧೇಯರಾಗುವುದರೊಂದಿಗೆ, ಅವರೊಡನೆ ಅತಿಯಾಗಿ ಪ್ರಶ್ನೆಗಳನ್ನು ಕೇಳಿದರು. ಆಗ ಅಲ್ಲಾಹು ಅವರನ್ನು ವಿವಿಧ ರೀತಿಯ ವಿನಾಶ ಮತ್ತು ಶಿಕ್ಷೆಯಿಂದ ಶಿಕ್ಷಿಸಿದನು. ಆದ್ದರಿಂದ, ನಾವು ಕೂಡ ಅವರು ನಾಶವಾದಂತೆ ನಾಶವಾಗದಿರಲು, ನಾವು ಅವರು ಮಾಡಿದಂತೆ ಮಾಡಬಾರದು.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>ಈ ಹದೀಸ್ ಆದೇಶಿಸಲಾಗಿರುವುದನ್ನು ಪಾಲಿಸುವುದರ ಮತ್ತು ನಿಷೇಧಿಸಿದ ವಿಷಯಗಳಿಂದ ದೂರವಿರುವುದರ ಕಡ್ಡಾಯತೆಯನ್ನು ವಿವರಿಸುವ ಒಂದು ಮೂಲಭೂತ ನಿಯಮವಾಗಿದೆ.
+ನಿಷೇಧದಲ್ಲಿ, ಅದರ ಯಾವುದೇ ಭಾಗವನ್ನು ಮಾಡಲು ರಿಯಾಯಿತಿ ನೀಡಲಾಗಿಲ್ಲ. ಆದರೆ ಆದೇಶವನ್ನು ಪಾಲಿಸುವ ವಿಷಯದಲ್ಲಿ ಸಾಮರ್ಥ್ಯದೊಂದಿಗೆ ಸೀಮಿತಗೊಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ (ಒಂದು ಕಾರ್ಯವನ್ನು) ತ್ಯಜಿಸುವುದು ಎಲ್ಲರಿಗೂ ಸಾಧ್ಯ. ಆದರೆ (ಒಂದು ಕಾರ್ಯವನ್ನು) ಮಾಡಬೇಕಾದರೆ, ಆದೇಶಿಸಲಾದ ಕಾರ್ಯವನ್ನು ಅಸ್ತಿತ್ವಕ್ಕೆ ತರುವ ಸಾಮರ್ಥ್ಯವಿರಬೇಕಾಗಿದೆ.
+ವಿಪರೀತ ಪ್ರಶ್ನೆ ಕೇಳುವುದನ್ನು ನಿಷೇಧಿಸಲಾಗಿದೆ. ವಿದ್ವಾಂಸರು ಪ್ರಶ್ನೆ ಕೇಳುವುದನ್ನು ಎರಡು ವಿಧಗಳಾಗಿ ವಿಂಗಡಿಸಿದ್ದಾರೆ: ಮೊದಲನೆಯದು, ಧಾರ್ಮಿಕ ವಿಷಯಗಳಲ್ಲಿ ಅಗತ್ಯವಾದ ಜ್ಞಾನವನ್ನು ಪಡೆಯುವ ಉದ್ದೇಶದಿಂದ ಪ್ರಶ್ನೆ ಕೇಳುವುದು. ಇದು ಅತ್ಯಾವಶ್ಯಕವಾಗಿದ್ದು ಸಹಾಬಿಗಳು ಕೇಳುವ ಪ್ರಶ್ನೆಗಳು ಈ ವಿಧದಲ್ಲಿ ಸೇರುತ್ತವೆ. ಎರಡನೆಯದು, ಮೊಂಡುತನ ಮತ್ತು ಸೋಗಲಾಡಿತನದಿಂದ ಪ್ರಶ್ನೆ ಕೇಳುವುದು. ಇದು ನಿಷೇಧಿಸಲಾದ ವಿಧವಾಗಿದೆ.
+ಹಿಂದಿನ ಸಮುದಾಯಗಳಲ್ಲಿ ಸಂಭವಿಸಿದಂತೆ, ಪ್ರವಾದಿಗೆ ವಿರುದ್ಧವಾಗಿ ಸಾಗುವುದರ ಬಗ್ಗೆ ಈ ಸಮುದಾಯಕ್ಕೆ ಎಚ್ಚರಿಕೆ ನೀಡಲಾಗಿದೆ.
+ನಿಷೇಧಿಸಲಾದ ವಿಷಯಗಳು ಅದರ ಸ್ವಲ್ಪ ಮತ್ತು ಹೆಚ್ಚು ಎರಡನ್ನೂ ಒಳಗೊಳ್ಳುತ್ತವೆ. ಏಕೆಂದರೆ ಅದರ ಸ್ವಲ್ಪ ಮತ್ತು ಹೆಚ್ಚು ಎರಡನ್ನೂ ತ್ಯಜಿಸುವುದರಿಂದ ಮಾತ್ರ ಅದರಿಂದ ಸಂಪೂರ್ಣವಾಗಿ ದೂರವಿರಲು ಸಾಧ್ಯ. ಉದಾಹರಣೆಗೆ: ಪ್ರವಾದಿಯವರು ನಮಗೆ 'ಬಡ್ಡಿ'ಯನ್ನು ನಿಷೇಧಿಸಿದರು. ಇದು ಅದರ ಸ್ವಲ್ಪ ಮತ್ತು ಹೆಚ್ಚು ಎರಡನ್ನೂ ಒಳಗೊಳ್ಳುತ್ತದೆ.
+ಹರಾಮ್ (ನಿಷಿದ್ಧ)ಗೆ ದಾರಿ ಮಾಡಿಕೊಡುವ ಕಾರಣಗಳನ್ನು ತ್ಯಜಿಸಬೇಕಾಗಿದೆ. ಏಕೆಂದರೆ ಅದು 'ಸಂಪೂರ್ಣವಾಗಿ ದೂರವಿರುವುದು' ಎಂಬುದರ ಅರ್ಥದಲ್ಲಿ ಬರುತ್ತದೆ.
+ಒಬ್ಬ ವ್ಯಕ್ತಿಯು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಆದೇಶವನ್ನು ಕೇಳಿದಾಗ, "ಇದು ಕಡ್ಡಾಯವೇ ಅಥವಾ ಅಪೇಕ್ಷಣೀಯವೇ?" ಎಂದು ಕೇಳಬಾರದು. ಬದಲಿಗೆ, ಅವನು ಆ ಕಾರ್ಯವನ್ನು ಮಾಡಲು ತ್ವರೆಪಡಬೇಕು. ಏಕೆಂದರೆ ಅವರು ಹೇಳುತ್ತಾರೆ: "ನಿಮಗೆ ಸಾಧ್ಯವಾದಷ್ಟು ಅದನ್ನು ಮಾಡಿರಿ."
+ಅತಿಯಾದ ಪ್ರಶ್ನೆಗಳು ವಿನಾಶಕ್ಕೆ ಕಾರಣವಾಗುತ್ತವೆ - ವಿಶೇಷವಾಗಿ ನಿಲುಕಲು ಸಾಧ್ಯವಾಗದ ವಿಷಯಗಳಲ್ಲಿ. ಉದಾಹರಣೆಗೆ 'ಗೈಬ್' (ಅದೃಶ್ಯ) ವಿಷಯಗಳು, ಮತ್ತು ಪುನರುತ್ಥಾನ ದಿನದ ಸ್ಥಿತಿಗತಿಗಳ ವಿವರಗಳು. ಅವುಗಳ ಬಗ್ಗೆ ಅತಿಯಾಗಿ ಪ್ರಶ್ನಿಸಬೇಡಿ, ಹಾಗೆ ಮಾಡಿದರೆ ನೀವು ನಾಶವಾಗುತ್ತೀರಿ, ಮತ್ತು ನೀವು ಅತಿಯಾದ ಆಳಕ್ಕೆ ಇಳಿಯುವವರಾಗುತ್ತೀರಿ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು:||"ಓ ಜನರೇ! ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು ಪರಿಶುದ್ಧನು. ಅವನು ಪರಿಶುದ್ಧವಾಗಿರುವುದನ್ನು ಮಾತ್ರ ಸ್ವೀಕರಿಸುತ್ತಾನೆ. ನಿಶ್ಚಯವಾಗಿಯೂ ಅಲ್ಲಾಹು ಸಂದೇಶವಾಹಕರುಗಳಿಗೆ ಆಜ್ಞಾಪಿಸಿದ್ದನ್ನೇ ಸತ್ಯವಿಶ್ವಾಸಿಗಳಿಗೂ ಆಜ್ಞಾಪಿಸಿದ್ದಾನೆ. ಅವನು (ಅಲ್ಲಾಹು) ಹೇಳಿದನು: ಓ ಸಂದೇಶವಾಹಕರುಗಳೇ! ಪರಿಶುದ್ಧವಾದುದನ್ನೇ ತಿನ್ನಿರಿ ಮತ್ತು ಸತ್ಕರ್ಮಗಳನ್ನು ನಿರ್ವಹಿಸಿರಿ." [ಮುಅ್‌ಮಿನೂನ್ 51] ಅವನು ಹೇಳಿದನು: "ಓ ಸತ್ಯವಿಶ್ವಾಸಿಗಳೇ! ನಾವು ನಿಮಗೆ ಒದಗಿಸಿದ ವಸ್ತುಗಳಲ್ಲಿ ಪರಿಶುದ್ಧವಾದುದನ್ನೇ ತಿನ್ನಿರಿ." [ಬಕರ: 172] ನಂತರ ಅವರು ದೀರ್ಘ ಯಾತ್ರೆಯಲ್ಲಿರುವ, ಕೆದರಿದ ಕೂದಲಿನ ಮತ್ತು ಧೂಳು ಮೆತ್ತಿಕೊಂಡಿರುವ ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಬಗ್ಗೆ ತಿಳಿಸಿದರು. ಅವನು ಆಕಾಶಕ್ಕೆ ತನ್ನ ಕೈಗಳನ್ನು ಚಾಚುತ್ತಾ, "ಓ ನನ್ನ ಸಂರಕ್ಷಕನೇ, ಓ ನನ್ನ ಸಂರಕ್ಷಕನೇ” ಎಂದು ಗೋಗರೆಯುತ್ತಿದ್ದಾನೆ. ಆದರೆ ಅವನ ಆಹಾರವು ನಿಷಿದ್ಧವಾಗಿದೆ, ಅವನ ಪಾನೀಯವು ನಿಷಿದ್ಧವಾಗಿದೆ, ಅವನ ಬಟ್ಟೆಬರೆಗಳು ನಿಷಿದ್ಧವಾಗಿವೆ ಮತ್ತು ಅವನು ನಿಷಿದ್ಧದಲ್ಲೇ ಬೆಳೆದಿದ್ದಾನೆ. ಹೀಗಿರುವಾಗ ಅವನ ಪ್ರಾರ್ಥನೆಗೆ ಉತ್ತರ ಸಿಗುವುದಾದರೂ ಹೇಗೆ?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಓ ಜನರೇ! ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು ಪರಿಶುದ್ಧನು. ಅವನು ಪರಿಶುದ್ಧವಾಗಿರುವುದನ್ನು ಮಾತ್ರ ಸ್ವೀಕರಿಸುತ್ತಾನೆ. ನಿಶ್ಚಯವಾಗಿಯೂ ಅಲ್ಲಾಹು ಸಂದೇಶವಾಹಕರುಗಳಿಗೆ ಆಜ್ಞಾಪಿಸಿದ್ದನ್ನೇ ಸತ್ಯವಿಶ್ವಾಸಿಗಳಿಗೂ ಆಜ್ಞಾಪಿಸಿದ್ದಾನೆ. ಅವನು (ಅಲ್ಲಾಹು) ಹೇಳಿದನು: ಓ ಸಂದೇಶವಾಹಕರುಗಳೇ! ಪರಿಶುದ್ಧವಾದುದನ್ನೇ ತಿನ್ನಿರಿ ಮತ್ತು ಸತ್ಕರ್ಮಗಳನ್ನು ನಿರ್ವಹಿಸಿರಿ." [ಮುಅ್‌ಮಿನೂನ್ 51] ಅವನು ಹೇಳಿದನು: "ಓ ಸತ್ಯವಿಶ್ವಾಸಿಗಳೇ! ನಾವು ನಿಮಗೆ ಒದಗಿಸಿದ ವಸ್ತುಗಳಲ್ಲಿ ಪರಿಶುದ್ಧವಾದುದನ್ನೇ ತಿನ್ನಿರಿ." [ಬಕರ: 172] ನಂತರ ಅವರು ದೀರ್ಘ ಯಾತ್ರೆಯಲ್ಲಿರುವ, ಕೆದರಿದ ಕೂದಲಿನ ಮತ್ತು ಧೂಳು ಮೆತ್ತಿಕೊಂಡಿರುವ ಒಬ್ಬ ವ್ಯಕ್ತಿಯ ಬಗ್ಗೆ ತಿಳಿಸಿದರು. ಅವನು ಆಕಾಶಕ್ಕೆ ತನ್ನ ಕೈಗಳನ್ನು ಚಾಚುತ್ತಾ, "ಓ ನನ್ನ ಸಂರಕ್ಷಕನೇ, ಓ ನನ್ನ ಸಂರಕ್ಷಕನೇ” ಎಂದು ಗೋಗರೆಯುತ್ತಿದ್ದಾನೆ. ಆದರೆ ಅವನ ಆಹಾರವು ನಿಷಿದ್ಧವಾಗಿದೆ, ಅವನ ಪಾನೀಯವು ನಿಷಿದ್ಧವಾಗಿದೆ, ಅವನ ಬಟ್ಟೆಬರೆಗಳು ನಿಷಿದ್ಧವಾಗಿವೆ ಮತ್ತು ಅವನು ನಿಷಿದ್ಧದಲ್ಲೇ ಬೆಳೆದಿದ್ದಾನೆ. ಹೀಗಿರುವಾಗ ಅವನ ಪ್ರಾರ್ಥನೆಗೆ ಉತ್ತರ ಸಿಗುವುದಾದರೂ ಹೇಗೆ?"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>ಅಲ್ಲಾಹು ತನ್ನ ಸಾರದಲ್ಲಿ, ಗುಣಲಕ್ಷಣಗಳಲ್ಲಿ, ಕೆಲಸಕಾರ್ಯಗಳಲ್ಲಿ ಮತ್ತು ನಿಯಮಾಧಿಕಾರದಲ್ಲಿ ಸಂಪೂರ್ಣನಾಗಿದ್ದಾನೆ.
+ಕರ್ಮವನ್ನು ಅಲ್ಲಾಹನಿಗೆ ನಿಷ್ಕಳಂಕಗೊಳಿಸಬೇಕು ಮತ್ತು ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಚರ್ಯೆಯನ್ನು ಹಿಂಬಾಲಿಸಬೇಕೆಂದು ಆದೇಶಿಸಲಾಗಿದೆ.
+ಕರ್ಮವೆಸಗಲು ಉತ್ತೇಜನ ನೀಡುವ ಮಾತುಗಳನ್ನು ಬಳಸಬೇಕೆಂದು ತಿಳಿಸಲಾಗಿದೆ. ಏಕೆಂದರೆ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಶ್ಚಯವಾಗಿಯೂ ಅಲ್ಲಾಹು ಸಂದೇಶವಾಹಕರುಗಳಿಗೆ ಆಜ್ಞಾಪಿಸಿದ್ದನ್ನೇ ಸತ್ಯವಿಶ್ವಾಸಿಗಳಿಗೂ ಆಜ್ಞಾಪಿಸಿದ್ದಾನೆ." ತನಗೆ ಆಜ್ಞಾಪಿಸಲಾಗಿರುವ ಈ ಕಾರ್ಯವು ಸಂದೇಶವಾಹಕರುಗಳಿಗೂ ಆಜ್ಞಾಪಿಸಲಾದ ಕಾರ್ಯವಾಗಿದೆ ಎಂದು ತಿಳಿದಾಗ ಸತ್ಯವಿಶ್ವಾಸಿಗೆ ಅದನ್ನು ಮಾಡಲು ಶಕ್ತಿ ಮತ್ತು ಉತ್ತೇಜನ ದೊರೆಯುತ್ತದೆ.
+ಪ್ರಾರ್ಥನೆಯು ಸ್ವೀಕಾರವಾಗದಂತೆ ತಡೆಯುವ ಕಾರ್ಯಗಳಲ್ಲಿ ಒಂದು ಧರ್ಮನಿಷಿದ್ಧವಾದುದ್ದನ್ನು ಸೇವಿಸುವುದು.
+ಪ್ರಾರ್ಥನೆಗೆ ಉತ್ತರ ದೊರೆಯುವ ಐದು ಕಾರಣಗಳು: ಒಂದು: ದೀರ್ಘ ಪ್ರಯಾಣ. ಏಕೆಂದರೆ ಅದರಿಂದ ಬಹಳ ಬಳಲಿಕೆ ಉಂಟಾಗುತ್ತದೆ. ಇದು ಪ್ರಾರ್ಥನೆಗೆ ಉತ್ತರ ದೊರೆಯುವ ಅತಿದೊಡ್ಡ ಕಾರಣವಾಗಿದೆ. ಎರಡು: ಅಸಹಾಯಕ ಸ್ಥಿತಿ. ಮೂರು: ಆಕಾಶಕ್ಕೆ ಕೈ ಚಾಚುವುದು. ನಾಲ್ಕು: ರಬ್ಬೇ ರಬ್ಬೇ ಎಂದು ಕರೆಯುತ್ತಾ ಪಟ್ಟುಹಿಡಿದು ಪ್ರಾರ್ಥಿಸುವುದು. ಇದು ಪ್ರಾರ್ಥನೆಗೆ ಉತ್ತರ ದೊರೆಯುವ ಅತಿದೊಡ್ಡ ಕಾರಣವಾಗಿದೆ. ಐದು: ಆಹಾರ ಮತ್ತು ಪಾನೀಯಗಳು ಶುದ್ಧವಾಗಿರುವುದು.
+ಧರ್ಮಸಮ್ಮತ ವಸ್ತುಗಳನ್ನು ಸೇವಿಸುವುದು ಸತ್ಕರ್ಮಗಳನ್ನು ಮಾಡಲು ನೆರವು ನೀಡುವ ಕಾರಣಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ.
+ಖಾದಿ ಹೇಳಿದರು: "ಶುದ್ಧ ಎಂಬ ಪದವು ಹೊಲಸು ಎಂಬುದರ ವಿರುದ್ಧಪದವಾಗಿದೆ. ಅಲ್ಲಾಹನನ್ನು ಶುದ್ಧ ಎಂದು ಬಣ್ಣಿಸುವಾಗ ಅದರ ಅರ್ಥ ಅವನು ಎಲ್ಲಾ ನ್ಯೂನತೆ ಮತ್ತು ಅಪೂರ್ಣತೆಗಳಿಂದ ಮುಕ್ತನಾಗಿದ್ದಾನೆ ಮತ್ತು ಪವಿತ್ರನಾಗಿದ್ದಾನೆ ಎಂದಾಗಿದೆ. ಮನುಷ್ಯನನ್ನು ಶುದ್ಧ ಎಂದು ಬಣ್ಣಿಸಿದರೆ ಅದರ ಅರ್ಥ ಮನುಷ್ಯನು ಕೆಟ್ಟ ಗುಣಗಳಿಂದ ಮತ್ತು ಕೆಟ್ಟ ಕರ್ಮಗಳಿಂದ ಮುಕ್ತನಾಗಿದ್ದು ಅವುಗಳಿಗೆ ವಿರುದ್ಧವಾದುದನ್ನು ಅಳವಡಿಸಿಕೊಂಡವನಾಗಿದ್ದಾನೆ ಎಂದಾಗಿದೆ. ಸಂಪತ್ತನ್ನು ಶುದ್ಧ ಎಂದು ಬಣ್ಣಿಸಿದರೆ ಅದರ ಅರ್ಥ ಸಂಪತ್ತು ಧರ್ಮಸಮ್ಮತ ಮತ್ತು ಅತ್ಯುತ್ತಮ ಗುಣಮಟ್ಟದ್ದು ಎಂದಾಗಿದೆ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>ನಿನಗೆ ಸಂಶಯವನ್ನುಂಟುಮಾಡುವುದನ್ನು, ನಿನಗೆ ಸಂಶಯವನ್ನುಂಟುಮಾಡದ ವಿಷಯಕ್ಕಾಗಿ ತ್ಯಜಿಸು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಮುಹಮ್ಮದ್ ಅಲ್-ಹಸನ್ ಇಬ್ನ್ ಅಲೀ ಇಬ್ನ್ ಅಬೀ ತಾಲಿಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) - ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಮೊಮ್ಮಗ ಮತ್ತು ಅವರ 'ರೈಹಾನ್' (ಪ್ರೀತಿಯ ಸುಗಂಧ ಪುಷ್ಪ) - ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ನಾನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಿಂದ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇದನ್ನು ಕಂಠಪಾಠ ಮಾಡಿದ್ದೇನೆ: "ನಿನಗೆ ಸಂಶಯವನ್ನುಂಟುಮಾಡುವುದನ್ನು, ನಿನಗೆ ಸಂಶಯವನ್ನುಂಟುಮಾಡದ ವಿಷಯಕ್ಕಾಗಿ ತ್ಯಜಿಸು".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ಆದೇಶಿಸುವುದೇನೆಂದರೆ, ನಿಮಗೆ ಯಾವುದಾದರೂ ಮಾತುಗಳು ಮತ್ತು ಕಾರ್ಯಗಳ ಬಗ್ಗೆ ಸಂಶಯವಿದ್ದರೆ (ಅಂದರೆ, ಅದು ನಿಷಿದ್ಧವಾಗಿರಬಹುದೋ ಅಲ್ಲವೋ, ಹರಾಮ್ ಆಗಿರಬಹುದೋ ಅಥವಾ ಹಲಾಲ್ ಆಗಿರಬಹುದೋ ಎಂದು ಸಂಶಯವಿದ್ದರೆ), ಅದನ್ನು ಬಿಟ್ಟುಬಿಡಿ, ಮತ್ತು ಯಾವುದರ ಕುರಿತು ಅದು ಒಳಿತಾಗಿದೆ ಮತ್ತು ಅದನ್ನು ಮಾಡಲು ಅನುಮತಿಯಿದೆ ಎಂದು ನಿಮಗೆ ಖಾತ್ರಿಯಿದೆಯೋ (ಅಂದರೆ, ಅದರ ಬಗ್ಗೆ ಯಾವುದೇ ಸಂಶಯವಿಲ್ಲವೋ), ಅದನ್ನು ನಿರ್ವಹಿಸಿರಿ.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹಂಝಾ ಅನಸ್ ಇಬ್ನ್ ಮಾಲಿಕ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) - ಇವರು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ ಸೇವಕರಾಗಿದ್ದರು - ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು:||"ತನಗಾಗಿ ಇಷ್ಟಪಡುವುದನ್ನು ತನ್ನ ಸಹೋದರನಿಗಾಗಿಯೂ ಇಷ್ಟಪಡುವ ತನಕ ನಿಮ್ಮಲ್ಲಿ ಯಾರೂ (ನಿಜವಾದ) ಸತ್ಯವಿಶ್ವಾಸಿಯಾಗುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹಂಝಾ ಅನಸ್ ಇಬ್ನ್ ಮಾಲಿಕ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) - ಇವರು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ ಸೇವಕರಾಗಿದ್ದರು - ರಿಂದ ವರದಿ. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ತನಗಾಗಿ ಇಷ್ಟಪಡುವುದನ್ನು ತನ್ನ ಸಹೋದರನಿಗಾಗಿಯೂ ಇಷ್ಟಪಡುವ ತನಕ ನಿಮ್ಮಲ್ಲಿ ಯಾರೂ (ನಿಜವಾದ) ಸತ್ಯವಿಶ್ವಾಸಿಯಾಗುವುದಿಲ್ಲ."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು ಪ್ರತಿಯೊಂದು ವಿಷಯದಲ್ಲೂ 'ಇಹ್ಸಾನ್' (ಉತ್ತಮವಾಗಿ ಮಾಡುವುದು) ಅನ್ನು ವಿಧಿಸಿದ್ದಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಯಅಲಾ ಶದ್ದಾದ್ ಇಬ್ನ್ ಔಸ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು ಪ್ರತಿಯೊಂದು ವಿಷಯದಲ್ಲೂ 'ಇಹ್ಸಾನ್' (ಉತ್ತಮವಾಗಿ ಮಾಡುವುದು) ಅನ್ನು ವಿಧಿಸಿದ್ದಾನೆ. ಆದ್ದರಿಂದ, ನೀವು ಕೊಲ್ಲುವಾಗ ಉತ್ತಮ ರೀತಿಯಲ್ಲಿ ಕೊಲ್ಲಿರಿ. ಮತ್ತು ನೀವು (ಪ್ರಾಣಿಯನ್ನು) ವಧೆ ಮಾಡುವಾಗ ಉತ್ತಮ ರೀತಿಯಲ್ಲಿ ವಧೆ ಮಾಡಿರಿ. (ಅದಕ್ಕಾಗಿ) ನಿಮ್ಮಲ್ಲೊಬ್ಬನು ತನ್ನ ಚೂರಿಯನ್ನು ಹರಿತಗೊಳಿಸಲಿ, ಮತ್ತು ತಾನು ವಧೆ ಮಾಡುವ ಪ್ರಾಣಿಗೆ ಆರಾಮವನ್ನು ನೀಡಲಿ (ಅದನ್ನು ಕಷ್ಟಪಡಿಸದಿರಲಿ)".</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>ಓ ಬಾಲಕನೇ! ನಾನು ನಿನಗೆ ಕೆಲವು ಮಾತುಗಳನ್ನು ಕಲಿಸುತ್ತೇನೆ: ನೀನು ಅಲ್ಲಾಹನನ್ನು (ಅವನ ಆಜ್ಞೆಗಳನ್ನು) ರಕ್ಷಿಸು, ಅವನು ನಿನ್ನನ್ನು ರಕ್ಷಿಸುತ್ತಾನೆ. ನೀನು ಅಲ್ಲಾಹನನ್ನು ರಕ್ಷಿಸು, ನೀನು ಅವನನ್ನು ನಿನ್ನ ಮುಂಭಾಗದಲ್ಲಿ ಕಾಣುವೆ. ನೀನು ಕೇಳುವುದಾದರೆ, ಅಲ್ಲಾಹನಲ್ಲಿಯೇ ಕೇಳು, ಮತ್ತು ನೀನು ಸಹಾಯವನ್ನು ಕೋರುವುದಾದರೆ, ಅಲ್ಲಾಹನಲ್ಲಿಯೇ ಸಹಾಯವನ್ನು ಕೋರು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>ಅಬುಲ್-ಅಬ್ಬಾಸ್, ಅಬ್ದುಲ್ಲಾ ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಒಂದು ದಿನ ನಾನು ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹಿಂದೆ (ವಾಹನದಲ್ಲಿ) ಇದ್ದೆನು. ಆಗ ಅವರು ಹೇಳಿದರು: "ಓ ಬಾಲಕನೇ! ನಾನು ನಿನಗೆ ಕೆಲವು ಮಾತುಗಳನ್ನು ಕಲಿಸುತ್ತೇನೆ: ನೀನು ಅಲ್ಲಾಹನನ್ನು (ಅವನ ಆಜ್ಞೆಗಳನ್ನು) ರಕ್ಷಿಸು, ಅವನು ನಿನ್ನನ್ನು ರಕ್ಷಿಸುತ್ತಾನೆ. ನೀನು ಅಲ್ಲಾಹನನ್ನು ರಕ್ಷಿಸು, ನೀನು ಅವನನ್ನು ನಿನ್ನ ಮುಂಭಾಗದಲ್ಲಿ ಕಾಣುವೆ. ನೀನು ಕೇಳುವುದಾದರೆ, ಅಲ್ಲಾಹನಲ್ಲಿಯೇ ಕೇಳು, ಮತ್ತು ನೀನು ಸಹಾಯವನ್ನು ಕೋರುವುದಾದರೆ, ಅಲ್ಲಾಹನಲ್ಲಿಯೇ ಸಹಾಯವನ್ನು ಕೋರು. ತಿಳಿದುಕೋ, ಒಂದು ವೇಳೆ ಇಡೀ ಸಮುದಾಯವು ನಿನಗೆ ಯಾವುದಾದರೂ ವಿಷಯದಲ್ಲಿ ಪ್ರಯೋಜನ ನೀಡಲು ಒಟ್ಟುಗೂಡಿದರೂ, ಅಲ್ಲಾಹು ನಿನಗಾಗಿ ಬರೆದಿಟ್ಟದ್ದನ್ನು ಹೊರತುಪಡಿಸಿ ಬೇರೆ ಯಾವುದೇ ಪ್ರಯೋಜನವನ್ನು ಅವರು ನಿನಗೆ ನೀಡಲಾರರು. ಮತ್ತು ಒಂದು ವೇಳೆ ಅವರು ನಿನಗೆ ಯಾವುದಾದರೂ ವಿಷಯದಲ್ಲಿ ಹಾನಿ ಮಾಡಲು ಒಟ್ಟುಗೂಡಿದರೂ, ಅಲ್ಲಾಹು ನಿನ್ನ ಮೇಲೆ ಬರೆದಿಟ್ಟದ್ದನ್ನು ಹೊರತುಪಡಿಸಿ ಬೇರೆ ಯಾವುದೇ ಹಾನಿಯನ್ನು ಅವರು ನಿನಗೆ ಮಾಡಲಾರರು; ಲೇಖನಿಗಳನ್ನು ಎತ್ತಲಾಗಿದೆ, ಮತ್ತು ಪುಟಗಳು ಒಣಗಿಹೋಗಿವೆ".</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಅವರು ಚಿಕ್ಕವರಾಗಿದ್ದಾಗ ಪ್ರವಾದಿಯವರೊಂದಿಗೆ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸವಾರಿ ಮಾಡುತ್ತಿದ್ದರು. ಆಗ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರಿಗೆ ಹೇಳಿದರು: ನಾನು ನಿನಗೆ ಕೆಲವು ವಿಷಯಗಳನ್ನು ಕಲಿಸುತ್ತೇನೆ, ಅಲ್ಲಾಹು ಅವುಗಳಿಂದ ನಿನಗೆ ಪ್ರಯೋಜನ ನೀಡುತ್ತಾನೆ: ಅಲ್ಲಾಹನ ಆದೇಶಗಳನ್ನು ಪಾಲಿಸುವ ಮೂಲಕ ಮತ್ತು ಅವನ ನಿಷೇಧಗಳಿಂದ ದೂರವಿರುವ ಮೂಲಕ ಅವನನ್ನು ರಕ್ಷಿಸು. ಅದು ಹೇಗೆಂದರೆ, ನೀನು ವಿಧೇಯತೆ ಮತ್ತು ಸಾಮೀಪ್ಯದ ಕಾರ್ಯಗಳಲ್ಲಿ ನಿರತನಾಗಿರುವುದನ್ನು ಅವನು ಕಾಣಬೇಕು. ನಿನ್ನನ್ನು ಪಾಪಗಳು ಹಾಗೂ ಅಪರಾಧಗಳಲ್ಲಿ ನಿರತನಾಗಿರುವುದಾಗಿ ಕಾಣಬಾರದು. ನೀನು ಹಾಗೆ ಮಾಡಿದರೆ, ಅದಕ್ಕೆ ಪ್ರತಿಫಲವಾಗಿ, ಅಲ್ಲಾಹು ನಿನ್ನನ್ನು ಇಹಲೋಕ ಮತ್ತು ಪರಲೋಕದ ಕಷ್ಟಗಳಿಂದ ರಕ್ಷಿಸುತ್ತಾನೆ, ಮತ್ತು ನೀನು ಎಲ್ಲಿಗೆ ಹೋದರೂ ನಿನ್ನ ಪ್ರಮುಖ ವಿಷಯಗಳಲ್ಲಿ ಅವನು ನಿನಗೆ ಸಹಾಯ ಮಾಡುತ್ತಾನೆ. ನೀನು ಏನನ್ನಾದರೂ ಕೇಳಲು ಬಯಸಿದರೆ, ಅಲ್ಲಾಹನಲ್ಲಿ ಹೊರತು ಬೇರೆ ಯಾರಲ್ಲೂ ಕೇಳಬೇಡ, ಏಕೆಂದರೆ ಕೇಳುವವರಿಗೆ ಉತ್ತರಿಸುವವನು ಅವನು ಮಾತ್ರ. ನೀನು ಸಹಾಯವನ್ನು ಬಯಸಿದರೆ, ಅಲ್ಲಾಹನಲ್ಲಿ ಹೊರತು ಬೇರೆ ಯಾರಲ್ಲೂ ಸಹಾಯ ಕೋರಬೇಡ. ಭೂಮಿಯವರೆಲ್ಲರೂ ಒಟ್ಟುಗೂಡಿ ನಿನಗೆ ಪ್ರಯೋಜನ ನೀಡಲು ಬಯಸಿದರೂ, ಅಲ್ಲಾಹು ನಿನಗಾಗಿ ಬರೆದಿಟ್ಟದ್ದನ್ನು ಹೊರತುಪಡಿಸಿ ಬೇರೆ ಯಾವುದೇ ಪ್ರಯೋಜನವು ನಿನಗೆ ದೊರಕುವುದಿಲ್ಲ, ಮತ್ತು ಭೂಮಿಯವರೆಲ್ಲರೂ ಒಟ್ಟುಗೂಡಿ ನಿನಗೆ ಹಾನಿ ಮಾಡಲು ಬಯಸಿದರೂ, ಅಲ್ಲಾಹು ನಿನ್ನ ಮೇಲೆ ವಿಧಿಸಿದ್ದನ್ನು ಹೊರತುಪಡಿಸಿ ಬೇರೆ ಯಾವುದೇ ಹಾನಿಯು ನಿನಗೆ ಉಂಟಾಗುವುದಿಲ್ಲ ಎಂಬ ದೃಢನಂಬಿಕೆ ನಿನಗಿರಲಿ. ಈ ವಿಷಯವನ್ನು ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ತನ್ನ ವಿವೇಕ ಮತ್ತು ಜ್ಞಾನಕ್ಕೆ ಅನುಗುಣವಾಗಿ ವಿಧಿಸಿದ್ದಾನೆ ಮತ್ತು ಬರೆದಿದ್ದಾನೆ. ಅಲ್ಲಾಹು ಬರೆದದ್ದಕ್ಕೆ ಯಾವುದೇ ಬದಲಾವಣೆಯಿಲ್ಲ. ಅಲ್ಲಾಹನ ಆದೇಶಗಳನ್ನು ಪಾಲಿಸುವ ಮೂಲಕ ಮತ್ತು ಅವನ ನಿಷೇಧಗಳಿಂದ ದೂರವಿರುವ ಮೂಲಕ ಅವನನ್ನು ರಕ್ಷಿಸುವ ದಾಸನ ಮುಂಭಾಗದಲ್ಲಿ ಅಲ್ಲಾಹು ಇರುತ್ತಾನೆ, ಅವನು ಯಾವ ಸ್ಥಿತಿಯಲ್ಲಿದ್ದಾನೆಂದು ತಿಳಿಯುತ್ತಾನೆ ಮತ್ತು ಅವನಿಗೆ ಸಹಾಯ ಮಾಡುತ್ತಾನೆ ಹಾಗೂ ಬೆಂಬಲ ನೀಡುತ್ತಾನೆ. ಮನುಷ್ಯನು ಸುಖದ ಸಮಯದಲ್ಲಿ ಅಲ್ಲಾಹನಿಗೆ ವಿಧೇಯನಾದರೆ, ಅಲ್ಲಾಹು ಅವನಿಗೆ ಕಷ್ಟದ ಸಮಯದಲ್ಲಿ ಪರಿಹಾರ ಮತ್ತು ಹೊರಬರುವ ದಾರಿಯನ್ನು ತೋರಿಸುತ್ತಾನೆ. ಪ್ರತಿಯೊಬ್ಬ ದಾಸನೂ ಅಲ್ಲಾಹು ತನಗಾಗಿ ವಿಧಿಸಿದ ಒಳಿತು ಮತ್ತು ಕೆಡುಕಿನ ಬಗ್ಗೆ ಸಂತೃಪ್ತನಾಗಿರಲಿ. ಕಷ್ಟಗಳು ಹಾಗೂ ಪರೀಕ್ಷೆಗಳು ಬರುವಾಗ ದಾಸನು ತಾಳ್ಮೆಯಿಂದಿರಬೇಕು. ಏಕೆಂದರೆ ತಾಳ್ಮೆಯು ಪರಿಹಾರದ ಕೀಲಿಕೈಯಾಗಿದೆ. ಸಂಕಷ್ಟವು ತೀವ್ರಗೊಂಡಾಗ ಅಲ್ಲಾಹನ ಕಡೆಯಿಂದ ಪರಿಹಾರ ಬರುತ್ತದೆ, ಮತ್ತು ಕಷ್ಟವು ಸಂಭವಿಸಿದಾಗ ಅಲ್ಲಾಹು ಅದರ ನಂತರ ಸುಲಭವನ್ನು ತರುತ್ತಾನೆ.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>ಮಕ್ಕಳಿಗೆ ಏಕದೇವಾರಾಧನೆ, ಶಿಷ್ಟಾಚಾರ ಮುಂತಾದ ಧಾರ್ಮಿಕ ವಿಷಯಗಳನ್ನು ಕಲಿಸುವ ಮಹತ್ವವನ್ನು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
+ಪ್ರತಿಫಲವು ಕರ್ಮದ ಅದೇ ವರ್ಗಕ್ಕೆ ಸೇರಿರುತ್ತದೆ.
+ಅಲ್ಲಾಹನ ಮೇಲೆ ಅವಲಂಬಿತರಾಗಲು ಮತ್ತು ಅವನ ಮೇಲೆ ಮಾತ್ರ ಭರವಸೆಯಿಡಲು ಈ ಹದೀಸ್ ಆಜ್ಞಾಪಿಸುತ್ತದೆ. ಅವನು ಅತ್ಯುತ್ತಮ ಕಾರ್ಯನಿರ್ವಾಹಕನಾಗಿದ್ದಾನೆ.
+ಅಲ್ಲಾಹನ ತೀರ್ಮಾನ ಮತ್ತು ನಿರ್ಣಯದಲ್ಲಿ ವಿಶ್ವಾಸವಿಡಬೇಕು ಮತ್ತು ಅದರ ಬಗ್ಗೆ ತೃಪ್ತಿಯನ್ನು ಹೊಂದಿರಬೇಕು ಎಂದು, ಮತ್ತು ಅಲ್ಲಾಹು ಎಲ್ಲಾ ವಿಷಯಗಳನ್ನು ಈಗಾಗಲೇ ನಿರ್ಣಯಿಸಿದ್ದಾನೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
+ಯಾರು ಅಲ್ಲಾಹನ ಆಜ್ಞೆಗಳನ್ನು ನಿರ್ಲಕ್ಷಿಸುತ್ತಾನೋ, ಅವನನ್ನು ಅಲ್ಲಾಹು ನಿರ್ಲಕ್ಷಿಸುತ್ತಾನೆ. ಅವನು ಅವನ ಸಂರಕ್ಷಣೆಯನ್ನು ವಹಿಸಿಕೊಳ್ಳುವುದಿಲ್ಲ.
+ಮನುಷ್ಯನಿಗೆ ಕಷ್ಟ ಬಂದಾಗ, ಅವನು ಸುಲಭವನ್ನು ನಿರೀಕ್ಷಿಸಬೇಕು ಎಂಬ ಮಹಾನ್ ಶುಭವಾರ್ತೆಯನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
+"ತಿಳಿದುಕೋ, ಯಾವುದು ನಿನಗೆ ತಗಲಿದೆಯೋ, ಅದು ನಿನ್ನಿಂದ ತಪ್ಪಿಹೋಗುವಂಥದ್ದಾಗಿರಲಿಲ್ಲ. ಮತ್ತು ಯಾವುದು ನಿನಗೆ ತಪ್ಪಿಹೋಗಿದೆಯೋ, ಅದು ನಿನಗೆ ತಗಲುವಂಥದ್ದಾಗಿರಲಿಲ್ಲ." ಈ ಮಾತು ವಿಪತ್ತು ಸಂಭವಿಸಿದಾಗ ಮತ್ತು ಪ್ರಿಯವಾದದ್ದು ತಪ್ಪಿಹೋದಾಗ ದಾಸನಿಗೆ ಸಮಾಧಾನ ನೀಡುತ್ತದೆ. ಮೊದಲ ವಾಕ್ಯವು ಅನಿಷ್ಟಕರವಾದುದು ಸಂಭವಿಸಿದಾಗ ಸಮಾಧಾನ ನೀಡಿದರೆ, ಎರಡನೇ ವಾಕ್ಯವು ಪ್ರಿಯವಾದದ್ದು ತಪ್ಪಿಹೋದಾಗ ಸಮಾಧಾನ ನೀಡುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಮಸ್‌ಊದ್ ಉಕ್ಬಾ ಇಬ್ನ್ ಅಮ್ರ್ ಅಲ್-ಅನ್ಸಾರಿ ಅಲ್-ಬದ್ರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಶಾಂತಿ ಮತ್ತು ಕೃಪೆಯಿರಲಿ) ಹೇಳಿದರು:||"ಜನರು ಪೂರ್ವ ಪ್ರವಾದಿಗಳಿಂದ ಪಡೆದ ಮಾತುಗಳಲ್ಲಿ ಒಂದು ಏನೆಂದರೆ: ನಿನಗೆ ನಾಚಿಕೆ ಇಲ್ಲದಿದ್ದರೆ ನೀನಿಚ್ಛಿಸುವುದನ್ನು ಮಾಡು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಮಸ್‌ಊದ್ ಉಕ್ಬಾ ಇಬ್ನ್ ಅಮ್ರ್ ಅಲ್-ಅನ್ಸಾರಿ ಅಲ್-ಬದ್ರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಶಾಂತಿ ಮತ್ತು ಕೃಪೆಯಿರಲಿ) ಹೇಳಿದರು: "ಜನರು ಪೂರ್ವ ಪ್ರವಾದಿಗಳಿಂದ ಪಡೆದ ಮಾತುಗಳಲ್ಲಿ ಒಂದು ಏನೆಂದರೆ: ನಿನಗೆ ನಾಚಿಕೆ ಇಲ್ಲದಿದ್ದರೆ ನೀನಿಚ್ಛಿಸುವುದನ್ನು ಮಾಡು."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಅಮ್ರ್ (ಅಬೂ ಅಮ್ರ ಎಂದು ಕೂಡ ಕರೆಯಲಾಗುತ್ತದೆ) ಸುಫ್ಯಾನ್ ಇಬ್ನ್ ಅಬ್ದುಲ್ಲಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳುತ್ತಾರೆ:||ನಾನು ಕೇಳಿದೆ: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನನಗೆ ಇಸ್ಲಾಮಿನ ಬಗ್ಗೆ, ನಿಮ್ಮ ಹೊರತು ಬೇರೆ ಯಾರಲ್ಲೂ ಕೇಳಬೇಕಾಗಿ ಬರದಂತಹ ಒಂದು ಮಾತನ್ನು ಹೇಳಿಕೊಡಿ." ಅವರು ಹೇಳಿದರು: "ನಾನು ಅಲ್ಲಾಹನಲ್ಲಿ ವಿಶ್ವಾಸವಿಟ್ಟಿದ್ದೇನೆ ಎಂದು ಹೇಳಿರಿ, ನಂತರ ದೃಢವಾಗಿ ನಿಲ್ಲಿರಿ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಅಮ್ರ್ (ಅಬೂ ಅಮ್ರ ಎಂದು ಕೂಡ ಕರೆಯಲಾಗುತ್ತದೆ) ಸುಫ್ಯಾನ್ ಇಬ್ನ್ ಅಬ್ದುಲ್ಲಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳುತ್ತಾರೆ: ನಾನು ಕೇಳಿದೆ: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನನಗೆ ಇಸ್ಲಾಮಿನ ಬಗ್ಗೆ, ನಿಮ್ಮ ಹೊರತು ಬೇರೆ ಯಾರಲ್ಲೂ ಕೇಳಬೇಕಾಗಿ ಬರದಂತಹ ಒಂದು ಮಾತನ್ನು ಹೇಳಿಕೊಡಿ." ಅವರು ಹೇಳಿದರು: "ನಾನು ಅಲ್ಲಾಹನಲ್ಲಿ ವಿಶ್ವಾಸವಿಟ್ಟಿದ್ದೇನೆ ಎಂದು ಹೇಳಿರಿ, ನಂತರ ದೃಢವಾಗಿ ನಿಲ್ಲಿರಿ."</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>ಒಂದು ವೇಳೆ ನಾನು ಕಡ್ಡಾಯಗೊಳಿಸಲ್ಪಟ್ಟ ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸಿದರೆ, ರಮದಾನ್‌ನಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸಿದರೆ, ಹಲಾಲ್ ಅನ್ನು ಹಲಾಲ್ ಎಂದು (ಪರಿಗಣಿಸಿ) ಅನುಸರಿಸಿದರೆ, ಹರಾಮ್ ಅನ್ನು ಹರಾಮ್ ಎಂದು (ಪರಿಗಣಿಸಿ) ತ್ಯಜಿಸಿದರೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಅಬ್ದುಲ್ಲಾ ಜಾಬಿರ್ ಇಬ್ನ್ ಅಬ್ದುಲ್ಲಾ ಅಲ್-ಅನ್ಸಾರಿ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಒಬ್ಬ ವ್ಯಕ್ತಿ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರಲ್ಲಿ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಕೇಳಿದನು: "ಒಂದು ವೇಳೆ ನಾನು ಕಡ್ಡಾಯಗೊಳಿಸಲ್ಪಟ್ಟ ನಮಾಝ್‌ಗಳನ್ನು ನಿರ್ವಹಿಸಿದರೆ, ರಮದಾನ್‌ನಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸಿದರೆ, ಹಲಾಲ್ ಅನ್ನು ಹಲಾಲ್ ಎಂದು (ಪರಿಗಣಿಸಿ) ಅನುಸರಿಸಿದರೆ, ಹರಾಮ್ ಅನ್ನು ಹರಾಮ್ ಎಂದು (ಪರಿಗಣಿಸಿ) ತ್ಯಜಿಸಿದರೆ, ಮತ್ತು ಅದರ ಮೇಲೆ ಏನನ್ನೂ ಹೆಚ್ಚಿಸದಿದ್ದರೆ (ಐಚ್ಛಿಕ ಕಾರ್ಯಗಳನ್ನು ಮಾಡದಿದ್ದರೆ), ನಾನು ಸ್ವರ್ಗವನ್ನು ಪ್ರವೇಶಿಸುವೆನೇ?" ಅವರು (ಪ್ರವಾದಿ) ಹೇಳಿದರು: "ಹೌದು".</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>ಶುದ್ಧಿಯು ಈಮಾನ್‌ನ (ವಿಶ್ವಾಸದ) ಅರ್ಧ ಭಾಗವಾಗಿದೆ. 'ಅಲ್‌ಹಮ್ದುಲಿಲ್ಲಾಹ್' (ಪುಣ್ಯದ) ತಕ್ಕಡಿಯನ್ನು ತುಂಬಿಸುತ್ತದೆ. 'ಸುಬ್‌ಹಾನಲ್ಲಾಹ್' ಮತ್ತು 'ಅಲ್‌ಹಮ್ದುಲಿಲ್ಲಾಹ್' ಅವೆರಡೂ ಆಕಾಶಗಳು ಮತ್ತು ಭೂಮಿಯ ನಡುವಿನ (ಅಂತರವನ್ನು ಪುಣ್ಯದಿಂದ) ತುಂಬಿಸುತ್ತವೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಮಾಲಿಕ್ ಅಲ್-ಹಾರಿಸ್ ಇಬ್ನ್ ಆಸಿಮ್ ಅಲ್-ಅಶ್‌ಅರೀ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಶುದ್ಧಿಯು ಈಮಾನ್‌ನ (ವಿಶ್ವಾಸದ) ಅರ್ಧ ಭಾಗವಾಗಿದೆ. 'ಅಲ್‌ಹಮ್ದುಲಿಲ್ಲಾಹ್' (ಪುಣ್ಯದ) ತಕ್ಕಡಿಯನ್ನು ತುಂಬಿಸುತ್ತದೆ. 'ಸುಬ್‌ಹಾನಲ್ಲಾಹ್' ಮತ್ತು 'ಅಲ್‌ಹಮ್ದುಲಿಲ್ಲಾಹ್' ಅವೆರಡೂ ಆಕಾಶಗಳು ಮತ್ತು ಭೂಮಿಯ ನಡುವಿನ (ಅಂತರವನ್ನು ಪುಣ್ಯದಿಂದ) ತುಂಬಿಸುತ್ತವೆ. ನಮಾಝ್ ಬೆಳಕಾಗಿದೆ. ಸದಕಾ (ದಾನ) ಪುರಾವೆಯಾಗಿದೆ. ಸಬ್ರ್ (ತಾಳ್ಮೆ) ಒಂದು ಪ್ರಕಾಶವಾಗಿದೆ. ಕುರ್‌ಆನ್ ನಿನ್ನ ಪರವಾಗಿ ಅಥವಾ ನಿನ್ನ ವಿರುದ್ಧವಾಗಿ ಪುರಾವೆಯಾಗಿದೆ. ಪ್ರತಿಯೊಬ್ಬ ವ್ಯಕ್ತಿಯೂ ಬೆಳಿಗ್ಗೆ ಹೊರಟು, ತನ್ನ ಆತ್ಮವನ್ನು ಮಾರಾಟ ಮಾಡುತ್ತಾನೆ; ನಂತರ ಒಂದೋ ಅದನ್ನು (ನರಕದಿಂದ) ಮುಕ್ತಗೊಳಿಸುತ್ತಾನೆ ಅಥವಾ ಅದನ್ನು ನಾಶಮಾಡುತ್ತಾನೆ".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು:||"ಜನರ ಪ್ರತಿಯೊಂದು ಕೀಲು (ಮೂಳೆಯ ಸಂಧಿ) ಯ ಮೇಲೂ, ಸೂರ್ಯನು ಉದಯಿಸುವ ಪ್ರತಿಯೊಂದು ದಿನವೂ ಸದಕಾ (ದಾನ ಮಾಡುವುದು) ಕಡ್ಡಾಯವಾಗಿದೆ. ಇಬ್ಬರ ನಡುವೆ ನ್ಯಾಯ ತೀರ್ಮಾನ ಮಾಡುವುದು ಸದಕಾ ಆಗಿದೆ. ಒಬ್ಬ ವ್ಯಕ್ತಿಗೆ ಅವನ ಸವಾರಿಯ ವಿಷಯದಲ್ಲಿ ಸಹಾಯ ಮಾಡಿ, ಅವನನ್ನು ಅದರ ಮೇಲೆ ಹತ್ತಿಸುವುದು, ಅಥವಾ ಅವನ ಸರಕನ್ನು ಅದರ ಮೇಲೆ ಎತ್ತಿಡುವುದು ಸದಕಾ ಆಗಿದೆ. ಒಳ್ಳೆಯ ಮಾತು ಸದಕಾ ಆಗಿದೆ. ನೀನು ನಮಾಝ್‌ಗಾಗಿ ನಡೆಯುವ ಪ್ರತಿಯೊಂದು ಹೆಜ್ಜೆಯೂ ಸದಕಾ ಆಗಿದೆ. ದಾರಿಯಿಂದ ತೊಂದರೆಯ ವಸ್ತುವನ್ನು ತೆಗೆದುಹಾಕುವುದು ಸದಕಾ ಆಗಿದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಜನರ ಪ್ರತಿಯೊಂದು ಕೀಲು (ಮೂಳೆಯ ಸಂಧಿ) ಯ ಮೇಲೂ, ಸೂರ್ಯನು ಉದಯಿಸುವ ಪ್ರತಿಯೊಂದು ದಿನವೂ ಸದಕಾ (ದಾನ ಮಾಡುವುದು) ಕಡ್ಡಾಯವಾಗಿದೆ. ಇಬ್ಬರ ನಡುವೆ ನ್ಯಾಯ ತೀರ್ಮಾನ ಮಾಡುವುದು ಸದಕಾ ಆಗಿದೆ. ಒಬ್ಬ ವ್ಯಕ್ತಿಗೆ ಅವನ ಸವಾರಿಯ ವಿಷಯದಲ್ಲಿ ಸಹಾಯ ಮಾಡಿ, ಅವನನ್ನು ಅದರ ಮೇಲೆ ಹತ್ತಿಸುವುದು, ಅಥವಾ ಅವನ ಸರಕನ್ನು ಅದರ ಮೇಲೆ ಎತ್ತಿಡುವುದು ಸದಕಾ ಆಗಿದೆ. ಒಳ್ಳೆಯ ಮಾತು ಸದಕಾ ಆಗಿದೆ. ನೀನು ನಮಾಝ್‌ಗಾಗಿ ನಡೆಯುವ ಪ್ರತಿಯೊಂದು ಹೆಜ್ಜೆಯೂ ಸದಕಾ ಆಗಿದೆ. ದಾರಿಯಿಂದ ತೊಂದರೆಯ ವಸ್ತುವನ್ನು ತೆಗೆದುಹಾಕುವುದು ಸದಕಾ ಆಗಿದೆ".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>ನಾನು ನಿಮಗೆ ಅಲ್ಲಾಹನನ್ನು ಭಯಪಡಲು, ಮತ್ತು (ನಿಮ್ಮ ನಾಯಕನಿಗೆ) ಕಿವಿಗೊಡಲು ಹಾಗೂ ವಿಧೇಯರಾಗಿರಲು ಉಪದೇಶಿಸುತ್ತೇನೆ. ಒಬ್ಬ ಗುಲಾಮನನ್ನು ನಿಮ್ಮ ಮೇಲೆ ನಾಯಕನಾಗಿ ನಿಯೋಜಿಸಲ್ಪಟ್ಟರೂ ಸಹ. ಏಕೆಂದರೆ, ಖಂಡಿತವಾಗಿಯೂ ನನ್ನ ನಂತರ ನಿಮ್ಮಲ್ಲಿ ಯಾರು ಬದುಕಿರುತ್ತಾರೋ, ಅವರು ಬಹಳಷ್ಟು ಭಿನ್ನಾಭಿಪ್ರಾಯಗಳನ್ನು ಕಾಣುವರು. ಆದ್ದರಿಂದ, ನೀವು ನನ್ನ ಸುನ್ನತ್ ಮತ್ತು ನನ್ನ ನಂತರ ಬರುವ ಸನ್ಮಾರ್ಗ ಪಡೆದ, ಸರಿಯಾಗಿ ಮಾರ್ಗದರ್ಶಿಸಲ್ಪಟ್ಟ ಖಲೀಫರ ಸುನ್ನತ್‌ಗೆ ಬದ್ಧರಾಗಿರಿ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ನಜೀಹ್ ಅಲ್-ಇರ್ಬಾದ್ ಇಬ್ನ್ ಸಾರಿಯಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ನಮಗೆ ಒಂದು ಉಪದೇಶ ನೀಡಿದರು - ಅದರಿಂದ ಹೃದಯಗಳು ಭಯಭೀತವಾದವು, ಮತ್ತು ಕಣ್ಣುಗಳು ಕಣ್ಣೀರು ಸುರಿಸಿದವು. ಆಗ ನಾವು ಹೇಳಿದೆವು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಇದು ವಿದಾಯದ ಉಪದೇಶದಂತಿದೆ. ಆದ್ದರಿಂದ ನಮಗೆ ವಸಿಯ್ಯತ್ (ಉಪದೇಶ/ಸಲಹೆ) ನೀಡಿರಿ". ಅವರು ಹೇಳಿದರು: "ನಾನು ನಿಮಗೆ ಅಲ್ಲಾಹನನ್ನು ಭಯಪಡಲು, ಮತ್ತು (ನಿಮ್ಮ ನಾಯಕನಿಗೆ) ಕಿವಿಗೊಡಲು ಹಾಗೂ ವಿಧೇಯರಾಗಿರಲು ಉಪದೇಶಿಸುತ್ತೇನೆ. ಒಬ್ಬ ಗುಲಾಮನನ್ನು ನಿಮ್ಮ ಮೇಲೆ ನಾಯಕನಾಗಿ ನಿಯೋಜಿಸಲ್ಪಟ್ಟರೂ ಸಹ. ಏಕೆಂದರೆ, ಖಂಡಿತವಾಗಿಯೂ ನನ್ನ ನಂತರ ನಿಮ್ಮಲ್ಲಿ ಯಾರು ಬದುಕಿರುತ್ತಾರೋ, ಅವರು ಬಹಳಷ್ಟು ಭಿನ್ನಾಭಿಪ್ರಾಯಗಳನ್ನು ಕಾಣುವರು. ಆದ್ದರಿಂದ, ನೀವು ನನ್ನ ಸುನ್ನತ್ ಮತ್ತು ನನ್ನ ನಂತರ ಬರುವ ಸನ್ಮಾರ್ಗ ಪಡೆದ, ಸರಿಯಾಗಿ ಮಾರ್ಗದರ್ಶಿಸಲ್ಪಟ್ಟ ಖಲೀಫರ ಸುನ್ನತ್‌ಗೆ ಬದ್ಧರಾಗಿರಿ. ಅದನ್ನು ನಿಮ್ಮ ದವಡೆ ಹಲ್ಲುಗಳಿಂದ ಗಟ್ಟಿಯಾಗಿ ಹಿಡಿದುಕೊಳ್ಳಿರಿ. ಮತ್ತು (ಧರ್ಮದಲ್ಲಿ) ಹೊಸದಾಗಿ ಸೃಷ್ಟಿಸಲ್ಪಟ್ಟ ವಿಷಯಗಳ ಬಗ್ಗೆ ಎಚ್ಚರವಾಗಿರಿ; ಏಕೆಂದರೆ ಖಂಡಿತವಾಗಿಯೂ ಪ್ರತಿಯೊಂದು 'ಬಿದ್'ಅತ್' ದುರ್ಮಾರ್ಗವಾಗಿದೆ".</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ ನೀನು ಒಂದು ಮಹತ್ತರವಾದ ವಿಷಯದ ಬಗ್ಗೆ ಕೇಳಿದ್ದೀಯಾ. ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು ಯಾರಿಗೆ ಅದನ್ನು ಸುಲಭಗೊಳಿಸುತ್ತಾನೋ ಅವನಿಗೆ ಅದು ಸುಲಭವಾಗಿದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>ಮುಆದ್ ಇಬ್ನ್ ಜಬಲ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ನಾನು ಹೇಳಿದೆನು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ನನಗೆ ಸ್ವರ್ಗಕ್ಕೆ ಸೇರಿಸುವ ಮತ್ತು ನರಕದಿಂದ ದೂರ ಮಾಡುವ ಒಂದು ಕಾರ್ಯದ ಬಗ್ಗೆ ತಿಳಿಸಿರಿ". ಅವರು (ಪ್ರವಾದಿ) ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ ನೀನು ಒಂದು ಮಹತ್ತರವಾದ ವಿಷಯದ ಬಗ್ಗೆ ಕೇಳಿದ್ದೀಯಾ. ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು ಯಾರಿಗೆ ಅದನ್ನು ಸುಲಭಗೊಳಿಸುತ್ತಾನೋ ಅವನಿಗೆ ಅದು ಸುಲಭವಾಗಿದೆ: ನೀನು ಅಲ್ಲಾಹನನ್ನು ಆರಾಧಿಸು, ಅವನೊಂದಿಗೆ ಯಾವುದನ್ನೂ ಸಹಭಾಗಿಯಾಗಿ ಮಾಡಬೇಡ (ಶಿರ್ಕ್ ಮಾಡಬೇಡ). ನಮಾಝ್ ಅನ್ನು ಸಂಸ್ಥಾಪಿಸು. ಝಕಾತ್ ಅನ್ನು ನೀಡು. ರಮದಾನ್‌ನಲ್ಲಿ ಉಪವಾಸ ಆಚರಿಸು. ಮತ್ತು ಹಜ್ಜ್ ಮಾಡು". ನಂತರ ಅವರು ಹೇಳಿದರು: "ನಾನು ನಿನಗೆ ಒಳಿತಿನ ದ್ವಾರಗಳನ್ನು ತೋರಿಸಬೇಡವೇ? ಉಪವಾಸವು ಒಂದು ಗುರಾಣಿಯಾಗಿದೆ. ನೀರು ಬೆಂಕಿಯನ್ನು ನಂದಿಸುವಂತೆ, ಸದಕಾ (ದಾನ) ಪಾಪವನ್ನು ನಂದಿಸುತ್ತದೆ. ಒಬ್ಬ ವ್ಯಕ್ತಿ ರಾತ್ರಿಯ ಮಧ್ಯದಲ್ಲಿ ಮಾಡುವ ನಮಾಝ್". ನಂತರ ಅವರು (ಕುರ್‌ಆನ್‌ನ ಈ ವಚನವನ್ನು) ಪಠಿಸಿದರು: "ಅವರ ಪಾರ್ಶ್ವಗಳು ಹಾಸಿಗೆಗಳಿಂದ ದೂರವಿರುತ್ತವೆ..." [ಸೂರಃ ಅಸ್ಸಜ್ದಾ: 16] "...ಅವರು ಮಾಡುತ್ತಿದ್ದ (ಕಾರ್ಯಗಳಿಗಾಗಿ)." [ಸೂರಃ ಅಸ್ಸಜ್ದಾ: 17] ವರೆಗೆ. ನಂತರ ಅವರು ಹೇಳಿದರು: "ನಾನು ನಿನಗೆ ವಿಷಯದ ಶಿರಸ್ಸು, ಅದರ ಸ್ತಂಭ, ಮತ್ತು ಅದರ ಉನ್ನತ ಶಿಖರದ ಬಗ್ಗೆ ತಿಳಿಸಬೇಡವೇ?" ನಾನು ಹೇಳಿದೆನು: "ಖಂಡಿತವಾಗಿ, ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ!" ಅವರು ಹೇಳಿದರು: "ವಿಷಯದ ಶಿರಸ್ಸು ಇಸ್ಲಾಂ ಆಗಿದೆ, ಅದರ ಸ್ತಂಭವು ನಮಾಝ್ ಆಗಿದೆ, ಮತ್ತು ಅದರ ಉನ್ನತ ಶಿಖರವು ಜಿಹಾದ್ ಆಗಿದೆ". ನಂತರ ಅವರು ಹೇಳಿದರು: "ನಾನು ನಿನಗೆ ಅದೆಲ್ಲವನ್ನೂ ನಿಯಂತ್ರಿಸುವ ವಿಷಯದ ಬಗ್ಗೆ ತಿಳಿಸಬೇಡವೇ?" ನಾನು ಹೇಳಿದೆನು: "ಖಂಡಿತವಾಗಿ, ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ!" ಆಗ ಅವರು ತಮ್ಮ ನಾಲಿಗೆಯನ್ನು ಹಿಡಿದುಕೊಂಡು ಹೇಳಿದರು: "ಇದನ್ನು ನಿಯಂತ್ರಿಸು". ನಾನು ಹೇಳಿದೆನು: "ಓ ಅಲ್ಲಾಹನ ಪ್ರವಾದಿಯವರೇ! ನಾವು ಮಾತನಾಡಿದ ವಿಷಯಗಳಿಗಾಗಿ ನಮ್ಮನ್ನು ಶಿಕ್ಷಿಸಲಾಗುವುದೇ?" ಆಗ ಅವರು ಹೇಳಿದರು: "ನಿನ್ನ ತಾಯಿ ನಿನ್ನನ್ನು ಕಳೆದುಕೊಳ್ಳಲಿ (ಇದು ಅರಬ್ಬರ ಒಂದು ನುಡಿಗಟ್ಟು, ಅಕ್ಷರಶಃ ಅರ್ಥವಲ್ಲ)! ಜನರ ನಾಲಿಗೆಗಳ ಕೊಯ್ಲುಗಳಲ್ಲದೆ ಬೇರೆ ಯಾವುದಾದರೂ ಅವರನ್ನು ಅವರ ಮುಖಗಳ ಮೇಲೆ (ಅಥವಾ ಅವರು ಹೇಳಿದರು: ಅವರ ಮೂಗುಗಳ ಮೇಲೆ) ನರಕದಲ್ಲಿ ಕೆಡವುತ್ತದೆಯೇ?!"</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>ಯಾವುದೇ ಹಾನಿ ಅಥವಾ ಪ್ರತೀಕಾರದ ಹಾನಿ ಇರಬಾರದು</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಸಈದ್ ಸಅದ್ ಇಬ್ನ್ ಮಾಲಿಕ್ ಇಬ್ನ್ ಸಿನಾನ್ ಅಲ್-ಖುದ್ರಿ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಯಾವುದೇ ಹಾನಿ ಅಥವಾ ಪ್ರತೀಕಾರದ ಹಾನಿ ಇರಬಾರದು."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ವಿವರಿಸುವುದೇನೆಂದರೆ, ತನ್ನಿಂದ ಮತ್ತು ಇತರರಿಂದ ವಿವಿಧ ತರಹ ಮತ್ತು ರೂಪಗಳಲ್ಲಿರುವ ಹಾನಿಯನ್ನು ತಡೆಯುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಆದ್ದರಿಂದ, ತನಗಾಗಲಿ, ಇತರರಿಗಾಗಲಿ ಯಾರಿಗೂ ಹಾನಿ ಮಾಡಲು ಅನುಮತಿಯಿಲ್ಲ. ಹಾಗೆಯೇ, ಹಾನಿಯನ್ನು ಹಾನಿಯಿಂದ ಎದುರಿಸಲು ಕೂಡ ಅನುಮತಿಯಿಲ್ಲ. ಏಕೆಂದರೆ ಹಾನಿಯನ್ನು ಹಾನಿಯಿಂದ ನಿವಾರಿಸಲಾಗುವುದಿಲ್ಲ. ಆದರೆ ಮಿತಿಮೀರದ ರೂಪದಲ್ಲಿ 'ಖಿಸಾಸ್' (ಸಮನಾದುದಕ್ಕೆ ಸಮನಾದ ಪ್ರತೀಕಾರ) ನ ರೀತಿಯಲ್ಲಿ ಹೊರತು.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>ತೊಂದರೆ ಅನುಭವಿಸಿದ್ದಕ್ಕಿಂದ ಹೆಚ್ಚು ತೊಂದರೆ ಕೊಡುವ ಮೂಲಕ ಪ್ರತಿಕ್ರಿಯಿಸುವುದನ್ನು ಈ ಹದೀಸಿನಲ್ಲಿ ನಿಷೇಧಿಸಲಾಗಿದೆ.
+ದಾಸರಿಗೆ ತೊಂದರೆಯಾಗುವ ಯಾವುದೇ ಕಾರ್ಯವನ್ನೂ ಅಲ್ಲಾಹು ಆಜ್ಞಾಪಿಸಿಲ್ಲ.
+ಮಾತಿನ ಮೂಲಕ, ಕೃತಿಯ ಮೂಲಕ ಅಥವಾ (ಕಾರ್ಯವನ್ನು) ತ್ಯಜಿಸುವ ಮೂಲಕ ಹಾನಿ ಮಾಡುವುದು ಮತ್ತು ಪ್ರತೀಕಾರವಾಗಿ ಹಾನಿ ಮಾಡುವುದನ್ನು ನಿಷೇಧಿಸುವಲ್ಲಿ ಈ ಹದೀಸ್ ಒಂದು ಮೂಲಭೂತ ನಿಯಮವಾಗಿದೆ.
+"ತೊಂದರೆಯನ್ನು ನಿವಾರಿಸಬೇಕು" ಎಂಬುದು ಇಸ್ಲಾಂ ಧರ್ಮದ ಸಿದ್ಧಾಂತಗಳಲ್ಲಿ ಒಂದಾಗಿದೆ. ಇಸ್ಲಾಂ ಧರ್ಮವು ತೊಂದರೆಯನ್ನು ಅಂಗೀಕರಿಸುವುದಿಲ್ಲ ಮತ್ತು ತೊಂದರೆ ಕೊಡುವುದನ್ನು ಕೂಡ ಅದು ಖಂಡಿಸುತ್ತದೆ.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು:||"ಒಂದು ವೇಳೆ ಜನರಿಗೆ ಅವರ ದಾವೆಗಳ (ಹೇಳಿಕೆಗಳ) ಆಧಾರದ ಮೇಲೆ (ಅವರು ಕೇಳಿದ್ದನ್ನು) ನೀಡಲಾಗುತ್ತಿದ್ದರೆ, ಖಂಡಿತವಾಗಿಯೂ ಕೆಲವರು ಇತರರ ಸಂಪತ್ತು ಮತ್ತು ರಕ್ತಕ್ಕಾಗಿ (ಅನ್ಯಾಯವಾಗಿ) ದಾವೆ ಮಾಡುತ್ತಿದ್ದರು. ಆದರೆ, ಪುರಾವೆಯು ದಾವೆ ಮಾಡುವವನ ಮೇಲಿದೆ, ಮತ್ತು ಪ್ರಮಾಣವು ನಿರಾಕರಿಸುವವನ ಮೇಲಿದೆ</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಒಂದು ವೇಳೆ ಜನರಿಗೆ ಅವರ ದಾವೆಗಳ (ಹೇಳಿಕೆಗಳ) ಆಧಾರದ ಮೇಲೆ (ಅವರು ಕೇಳಿದ್ದನ್ನು) ನೀಡಲಾಗುತ್ತಿದ್ದರೆ, ಖಂಡಿತವಾಗಿಯೂ ಕೆಲವರು ಇತರರ ಸಂಪತ್ತು ಮತ್ತು ರಕ್ತಕ್ಕಾಗಿ (ಅನ್ಯಾಯವಾಗಿ) ದಾವೆ ಮಾಡುತ್ತಿದ್ದರು. ಆದರೆ, ಪುರಾವೆಯು ದಾವೆ ಮಾಡುವವನ ಮೇಲಿದೆ, ಮತ್ತು ಪ್ರಮಾಣವು ನಿರಾಕರಿಸುವವನ ಮೇಲಿದೆ".</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು 'ಹಸನಾತ್' (ಪುಣ್ಯಗಳು/ಒಳಿತುಗಳು) ಮತ್ತು 'ಸಯ್ಯಿಆತ್' (ಪಾಪಗಳು/ಕೆಡುಕುಗಳು) ಗಳನ್ನು ಬರೆದಿದ್ದಾನೆ. ನಂತರ ಅದನ್ನು ಸ್ಪಷ್ಟಪಡಿಸಿದ್ದಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>ಇಬ್ನ್ ಅಬ್ಬಾಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಸರ್ವೋನ್ನತನಾದ ತಮ್ಮ ಪರಿಪಾಲಕನಿಂದ (ಅಲ್ಲಾಹನಿಂದ) ವರದಿ ಮಾಡುತ್ತಾ ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ ಅಲ್ಲಾಹು 'ಹಸನಾತ್' (ಪುಣ್ಯಗಳು/ಒಳಿತುಗಳು) ಮತ್ತು 'ಸಯ್ಯಿಆತ್' (ಪಾಪಗಳು/ಕೆಡುಕುಗಳು) ಗಳನ್ನು ಬರೆದಿದ್ದಾನೆ. ನಂತರ ಅದನ್ನು ಸ್ಪಷ್ಟಪಡಿಸಿದ್ದಾನೆ. ಆದ್ದರಿಂದ, ಯಾರು ಒಂದು ಪುಣ್ಯವನ್ನು ಮಾಡಲು ಬಯಸಿ, ನಂತರ ಅದನ್ನು ಮಾಡದಿದ್ದರೆ, ಅಲ್ಲಾಹು ಅದನ್ನು ತನ್ನ ಬಳಿ ಒಂದು ಪರಿಪೂರ್ಣ ಪುಣ್ಯವೆಂದು ಬರೆಯುತ್ತಾನೆ. ಒಂದು ವೇಳೆ ಅವನು ಅದನ್ನು ಬಯಸಿ, ಅದನ್ನು ಮಾಡಿದರೆ, ಅಲ್ಲಾಹು ಅದನ್ನು ತನ್ನ ಬಳಿ ಹತ್ತು ಪುಣ್ಯಗಳಿಂದ ಏಳುನೂರು ಪಟ್ಟುಗಳವರೆಗೆ, ಅನೇಕ ಪಟ್ಟುಗಳವರೆಗೆ (ಹೆಚ್ಚಿಸಿ) ಬರೆಯುತ್ತಾನೆ. ಇನ್ನು ಅವನು ಒಂದು ಪಾಪವನ್ನು ಮಾಡಲು ಬಯಸಿ, ನಂತರ ಅದನ್ನು ಮಾಡದಿದ್ದರೆ, ಅಲ್ಲಾಹು ಅದನ್ನು ತನ್ನ ಬಳಿ ಒಂದು ಪರಿಪೂರ್ಣ ಪುಣ್ಯವೆಂದು ಬರೆಯುತ್ತಾನೆ. ಒಂದು ವೇಳೆ ಅವನು ಅದನ್ನು ಬಯಸಿ, ಅದನ್ನು ಮಾಡಿದರೆ, ಅಲ್ಲಾಹು ಅದನ್ನು ಒಂದೇ ಪಾಪವೆಂದು ಬರೆಯುತ್ತಾನೆ".</t>
+  </si>
+  <si>
+    <t>ಒಳಿತಿನ ಕರ್ಮಗಳಿಗೆ ಹಲವು ಪಟ್ಟು ಪ್ರತಿಫಲಗಳನ್ನು ನೀಡುವುದು ಮತ್ತು ಕೆಡುಕಿನ ಕರ್ಮಗಳಿಗೆ ಹಲವು ಪಟ್ಟು ಶಿಕ್ಷೆಗಳನ್ನು ನೀಡದಿರುವುದು ಅಲ್ಲಾಹು ಈ ಸಮುದಾಯದ ಮೇಲೆ ತೋರಿದ ಮಹಾ ಅನುಗ್ರಹವೆಂದು ಈ ಹದೀಸ್ ವಿವರಿಸುತ್ತದೆ.
+ಕರ್ಮಗಳಲ್ಲಿ ಮತ್ತು ಅದರ ಪರಿಣಾಮಗಳಲ್ಲಿ ಉದ್ದೇಶವು (ನಿಯ್ಯತ್) ಹೊಂದಿರುವ ಪ್ರಮುಖ ಪಾತ್ರವನ್ನು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
+ಒಳಿತನ್ನು ಮಾಡಲು ಉದ್ದೇಶಿಸಿ ನಂತರ ಅದನ್ನು ಮಾಡದಿದ್ದರೂ ಅವನ ಹೆಸರಲ್ಲಿ ಒಂದು ಒಳಿತು ಮಾಡಿದ ಪುಣ್ಯವನ್ನು ದಾಖಲಿಸುವುದು ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹನ ಅನುಕಂಪ ಮತ್ತು ಉದಾರತೆಯೆಂದು ಈ ಹದೀಸ್ ತಿಳಿಸುತ್ತದೆ.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>ಖಂಡಿತವಾಗಿಯೂ ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: 'ಯಾರು ನನ್ನ 'ವಲೀ' (ಆಪ್ತಮಿತ್ರ) ನೊಂದಿಗೆ ದ್ವೇಷ ಸಾಧಿಸುತ್ತಾನೋ, ನಾನು ಅವನ ವಿರುದ್ಧ ಯುದ್ಧವನ್ನು ಘೋಷಿಸಿದ್ದೇನೆ. ನಾನು ನನ್ನ ದಾಸನ ಮೇಲೆ ಕಡ್ಡಾಯಗೊಳಿಸಿದ್ದಕ್ಕಿಂತ ಹೆಚ್ಚು ಪ್ರಿಯವಾದ ಬೇರೆ ಯಾವುದೇ ವಿಷಯದಿಂದ ನನ್ನ ದಾಸನು ನನ್ನ ಸಾಮೀಪ್ಯವನ್ನು ಪಡೆಯುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಹುರೈರಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಖಂಡಿತವಾಗಿಯೂ ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: 'ಯಾರು ನನ್ನ 'ವಲೀ' (ಆಪ್ತಮಿತ್ರ) ನೊಂದಿಗೆ ದ್ವೇಷ ಸಾಧಿಸುತ್ತಾನೋ, ನಾನು ಅವನ ವಿರುದ್ಧ ಯುದ್ಧವನ್ನು ಘೋಷಿಸಿದ್ದೇನೆ. ನಾನು ನನ್ನ ದಾಸನ ಮೇಲೆ ಕಡ್ಡಾಯಗೊಳಿಸಿದ್ದಕ್ಕಿಂತ ಹೆಚ್ಚು ಪ್ರಿಯವಾದ ಬೇರೆ ಯಾವುದೇ ವಿಷಯದಿಂದ ನನ್ನ ದಾಸನು ನನ್ನ ಸಾಮೀಪ್ಯವನ್ನು ಪಡೆಯುವುದಿಲ್ಲ. ನನ್ನ ದಾಸನು 'ನವಾಫಿಲ್' (ಐಚ್ಛಿಕ ಆರಾಧನೆಗಳು) ಗಳ ಮೂಲಕ ನನ್ನ ಸಾಮೀಪ್ಯವನ್ನು ಪಡೆಯುತ್ತಲೇ ಇರುತ್ತಾನೆ. ಎಲ್ಲಿಯವರೆಗೆಂದರೆ, ನಾನು ಅವನನ್ನು ಪ್ರೀತಿಸುವವರೆಗೆ. ನಾನೇನಾದರೂ ಅವನನ್ನು ಪ್ರೀತಿಸಿದರೆ, ನಾನು ಅವನು ಕೇಳುವ ಕಿವಿಯಾಗುತ್ತೇನೆ, ಅವನು ನೋಡುವ ಕಣ್ಣಾಗುತ್ತೇನೆ, ಅವನು ಹಿಡಿಯುವ ಕೈಯಾಗುತ್ತೇನೆ, ಮತ್ತು ಅವನು ನಡೆಯುವ ಕಾಲಾಗುತ್ತೇನೆ. ಒಂದು ವೇಳೆ ಅವನು ನನ್ನಲ್ಲಿ ಏನನ್ನಾದರೂ ಕೇಳಿದರೆ, ನಾನು ಖಂಡಿತವಾಗಿಯೂ ಅವನಿಗೆ ಅದನ್ನು ನೀಡುತ್ತೇನೆ, ಮತ್ತು ಒಂದು ವೇಳೆ ಅವನು ನನ್ನಲ್ಲಿ ಅಭಯ ಕೋರಿದರೆ, ನಾನು ಖಂಡಿತವಾಗಿಯೂ ಅವನಿಗೆ ಅಭಯ ನೀಡುತ್ತೇನೆ' ".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಈ ಹದೀಸ್ ಕುದ್ಸಿಯಲ್ಲಿ ತಿಳಿಸುವುದೇನೆಂದರೆ, ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಹೇಳುತ್ತಾನೆ: ಯಾರಾದರೂ ನನ್ನ 'ಔಲಿಯಾ' (ಆಪ್ತಮಿತ್ರರು) ಗಳಲ್ಲಿ ಒಬ್ಬ 'ವಲೀ'ಗೆ ನೋವುಂಟುಮಾಡಿದರೆ, ಕೋಪಗೊಳಿಸಿದರೆ ಮತ್ತು ದ್ವೇಷಿಸಿದರೆ, ನಾನು ಅವನೊಂದಿಗೆ ಯುದ್ಧ ಮಾಡುವೆನೆಂದು ತಿಳಿಸಿದ್ದೇನೆ ಮತ್ತು ಘೋಷಿಸಿದ್ದೇನೆ. 'ವಲೀ' ಎಂದರೆ ಅಲ್ಲಾಹನನ್ನು ಭಯಪಡುವ ಸತ್ಯವಿಶ್ವಾಸಿ. ದಾಸನಿಗೆ ಎಷ್ಟು ಈಮಾನ್ (ವಿಶ್ವಾಸ) ಮತ್ತು ತಖ್ವಾ (ದೇವಭಯ) ಇದೆಯೋ, ಆ ಮಟ್ಟಿಗೆ ಅವನಿಗೆ ಅಲ್ಲಾಹನ 'ವಿಲಾಯತ್' (ಮಿತ್ರತ್ವ/ರಕ್ಷಣೆ) ಯ ಪಾಲು ಇರುತ್ತದೆ. ಅಲ್ಲಾಹನಿಗೆ ಇಷ್ಟವಾದ ವಿಷಯಗಳ ಮೂಲಕವಲ್ಲದೆ ಒಬ್ಬ ಮುಸ್ಲಿಮನಿಗೆ ಅಲ್ಲಾಹನ ಸಾಮೀಪ್ಯವನ್ನು ಪಡೆಯಲು ಸಾಧ್ಯವಿಲ್ಲ. ಅಲ್ಲಾಹನಿಗೆ ಇಷ್ಟವಾದ ವಿಷಯಗಳೆಂದರೆ, ಸತ್ಕರ್ಮಗಳನ್ನು ನಿರ್ವಹಿಸುವುದು ಮತ್ತು ನಿಷಿದ್ಧ ಕಾರ್ಯಗಳಿಂದ ದೂರವಿರುವುದು ಮುಂತಾದ ಅವನು ಕಡ್ಡಾಯಗೊಳಿಸಿದ ಕಾರ್ಯಗಳಾಗಿವೆ. ಈ ಕಡ್ಡಾಯ ಕಾರ್ಯಗಳನ್ನು ನಿರ್ವಹಿಸುವುದರ ಜೊತೆಗೆ ದಾಸನು 'ನವಾಫಿಲ್' (ಐಚ್ಛಿಕ ಆರಾಧನೆಗಳು) ಗಳ ಮೂಲಕವೂ ಅಲ್ಲಾಹನ ಸಾಮೀಪ್ಯವನ್ನು ಪಡೆಯುತ್ತಲೇ ಇರುತ್ತಾನೆ. ಎಲ್ಲಿಯವರೆಗೆಂದರೆ, ಅಲ್ಲಾಹನ ಪ್ರೀತಿಯನ್ನು ಗಳಿಸುವವರೆಗೆ. ಅಲ್ಲಾಹನೇನಾದರೂ ಅವನನ್ನು ಪ್ರೀತಿಸಿದರೆ, ಅಲ್ಲಾಹು ಅವನಿಗೆ ಈ ನಾಲ್ಕು ಅಂಗಗಳಲ್ಲಿ ಸರಿಯಾದುದನ್ನು ತೋರಿಸುತ್ತಾನೆ: ದಾಸನು ತನ್ನ ಕಿವಿಯಿಂದ ಸರಿಯಾದುದನ್ನು ಕೇಳುವಂತೆ ಮಾಡುತ್ತಾನೆ. ಇದರಿಂದ ದಾಸನು ಅಲ್ಲಾಹು ಸಂತೃಪ್ತನಾಗುವ ವಿಷಯವನ್ನು ಹೊರತುಪಡಿಸಿ ಬೇರೇನೂ ಕೇಳುವುದಿಲ್ಲ. ದಾಸನು ತನ್ನ ಕಣ್ಣಿನಿಂದ ಸರಿಯಾದುದನ್ನು ನೋಡುವಂತೆ ಮಾಡುತ್ತಾನೆ. ಇದರಿಂದ ದಾಸನು ಅಲ್ಲಾಹು ಸಂತೃಪ್ತನಾಗುವ ವಿಷಯವನ್ನು ಹೊರತುಪಡಿಸಿ ಬೇರೇನೂ ನೋಡುವುದಿಲ್ಲ. ದಾಸನು ತನ್ನ ಕೈಯಿಂದ ಸರಿಯಾದುದನ್ನು ಮಾಡುವಂತೆ ಮಾಡುತ್ತಾನೆ. ಇದರಿಂದ ದಾಸನು ಅಲ್ಲಾಹು ಸಂತೃಪ್ತನಾಗುವ ವಿಷಯವನ್ನು ಹೊರತುಪಡಿಸಿ ಬೇರೇನೂ ಮಾಡುವುದಿಲ್ಲ. ದಾಸನು ತನ್ನ ಕಾಲಿನಿಂದ ಸರಿಯಾದುದರ ಕಡೆಗೆ ನಡೆಯುವಂತೆ ಮಾಡುತ್ತಾನೆ. ಇದರಿಂದ ದಾಸನು ಅಲ್ಲಾಹು ಸಂತೃಪ್ತನಾಗುವ ವಿಷಯವನ್ನು ಹೊರತುಪಡಿಸಿ ಬೇರೆಲ್ಲಿಗೂ ನಡೆಯುವುದಿಲ್ಲ, ಒಳಿತಿನ ಕಾರ್ಯಗಳ ಕಡೆಗಲ್ಲದೆ ಬೇರೆಲ್ಲಿಗೂ ಓಡುವುದಿಲ್ಲ. ಇದರೊಂದಿಗೆ, ಒಂದು ವೇಳೆ ಅವನು ಅಲ್ಲಾಹನಲ್ಲಿ ಏನನ್ನಾದರೂ ಕೇಳಿದರೆ, ಅಲ್ಲಾಹು ಅವನು ಕೇಳಿದ್ದನ್ನು ಅವನಿಗೆ ನೀಡುತ್ತಾನೆ. ಆಗ ಅವನು ಪ್ರಾರ್ಥನೆಗಳು ಸ್ವೀಕರಿಸಲ್ಪಡುವ ವ್ಯಕ್ತಿಯಾಗುತ್ತಾನೆ. ಒಂದು ವೇಳೆ ಅವನು ರಕ್ಷಣೆಗಾಗಿ ಅಲ್ಲಾಹನಲ್ಲಿ ಅಭಯ ಕೋರಿದರೆ ಮತ್ತು ಅವನ ಮೊರೆ ಹೋದರೆ, ಸರ್ವಶಕ್ತನಾದ ಅಲ್ಲಾಹು ಅವನಿಗೆ ಅಭಯ ನೀಡುತ್ತಾನೆ ಮತ್ತು ಅವನು ಭಯಪಡುವ ವಿಷಯದಿಂದ ಅವನನ್ನು ರಕ್ಷಿಸುತ್ತಾನೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>ನಿಮ್ಮಲ್ಲೊಬ್ಬನು, ಅವನ ಮನದ ಇಚ್ಛೆಯು ನಾನು ತಂದಿರುವುದನ್ನು (ಶರೀಅತ್‌) ಅನುಸರಿಸುವವರೆಗೆ (ಪೂರ್ಣ) ಸತ್ಯವಿಶ್ವಾಸಿಯಾಗುವುದಿಲ್ಲ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಮುಹಮ್ಮದ್ ಅಬ್ದುಲ್ಲಾ ಇಬ್ನ್ ಅಮ್ರ್ ಇಬ್ನುಲ್-ಆಸ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಿಮ್ಮಲ್ಲೊಬ್ಬನು, ಅವನ ಮನದ ಇಚ್ಛೆಯು ನಾನು ತಂದಿರುವುದನ್ನು (ಶರೀಅತ್‌) ಅನುಸರಿಸುವವರೆಗೆ (ಪೂರ್ಣ) ಸತ್ಯವಿಶ್ವಾಸಿಯಾಗುವುದಿಲ್ಲ".</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಇಲ್ಲಿ ವಿವರಿಸುವುದೇನೆಂದರೆ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಂದಿರುವ ಆದೇಶಗಳು, ನಿಷೇಧಗಳು ಮತ್ತು ಇತರ ವಿಷಯಗಳನ್ನು ಪ್ರೀತಿಸಿ ಅವುಗಳನ್ನು ಅನುಸರಿಸುವವರೆಗೆ ಯಾರೂ ಕಡ್ಡಾಯವಾದ ಪರಿಪೂರ್ಣ ಈಮಾನ್ (ವಿಶ್ವಾಸ) ಅನ್ನು ಹೊಂದಿದ ಸತ್ಯವಿಶ್ವಾಸಿಯಾಗುವುದಿಲ್ಲ. ಆದ್ದರಿಂದ, ಅವರು (ಪ್ರವಾದಿ) ಆದೇಶಿಸಿದ್ದನ್ನು ಅವನು ಪ್ರೀತಿಸಬೇಕು, ಮತ್ತು ಅವರು ನಿಷೇಧಿಸಿದ್ದನ್ನು ಅವನು ದ್ವೇಷಿಸಬೇಕು.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>ಶರೀಅತ್‌ಗೆ ಶರಣಾಗುವುದು ಮತ್ತು ಅದಕ್ಕೆ ವಿಧೇಯರಾಗುವುದರಲ್ಲಿ ಈ ಹದೀಸ್ ಒಂದು ಮೂಲಭೂತ ನಿಯಮವಾಗಿದೆ.
+ಮನುಷ್ಯನು ಬುದ್ಧಿ ಅಥವಾ ಅಭ್ಯಾಸಗಳನ್ನು ತೀರ್ಪುಗಾರನನ್ನಾಗಿ ಮಾಡಿಕೊಳ್ಳುವುದರ ಬಗ್ಗೆ ಮತ್ತು ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ತಂದಿರುವುದಕ್ಕಿಂತಲೂ ಅದಕ್ಕೆ ಆದ್ಯತೆ ನೀಡುವುದರ ಬಗ್ಗೆ ಎಚ್ಚರಿಕೆ ವಹಿಸಬೇಕಾಗಿದೆ. ಏಕೆಂದರೆ, ಹಾಗೆ ಮಾಡುವವನಿಗೆ ಸತ್ಯವಿಶ್ವಾಸವಿಲ್ಲವೆಂದು ತಿಳಿಸಲಾಗಿದೆ.
+ಪ್ರತಿಯೊಂದು ವಿಷಯದಲ್ಲೂ ಶರೀಅತ್ ಅನ್ನು ತೀರ್ಪುಗಾರನನ್ನಾಗಿ ಮಾಡುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ. ಏಕೆಂದರೆ ಅವರು (ಪ್ರವಾದಿ) ಹೇಳುತ್ತಾರೆ: "ನಾನು ತಂದಿರುವುದನ್ನು."
+ಈಮಾನ್ (ವಿಶ್ವಾಸ) ವಿಧೇಯತೆಯಿಂದ ಹೆಚ್ಚಾಗುತ್ತದೆ ಮತ್ತು ಅವಿಧೇಯತೆಯಿಂದ ಕಡಿಮೆಯಾಗುತ್ತದೆ ಎಂದು ತಿಳಿಸಲಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>ಪ್ರತಿಯೊಂದು ಅಮಲೇರಿಸುವ ವಸ್ತುವೂ ನಿಷಿದ್ಧವಾಗಿದೆ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಬುರ್ದಾ ರಿಂದ, ಅವರ ತಂದೆ ಅಬೂ ಮೂಸಾ ಅಲ್-ಅಶ್'ಅರೀ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರನ್ನು ಯಮನ್‌ಗೆ ಕಳುಹಿಸಿದರು. ಆಗ ಅವರು (ಅಬೂ ಮೂಸಾ) ಅಲ್ಲಿ ತಯಾರಿಸಲಾಗುವ ಕೆಲವು ಪಾನೀಯಗಳ ಬಗ್ಗೆ ಅವರಲ್ಲಿ (ಪ್ರವಾದಿಯವರನ್ನು) ಕೇಳಿದರು. ಅವರು (ಪ್ರವಾದಿ) ಕೇಳಿದರು: "ಅವು ಯಾವುವು?" ಅವರು (ಅಬೂ ಮೂಸಾ) ಹೇಳಿದರು: "ಅಲ್-ಬಿತ್'ಅ ಮತ್ತು ಅಲ್-ಮಿಝ್ರ್". (ವರದಿಗಾರರು ಹೇಳುತ್ತಾರೆ:) ಆಗ ಅಬೂ ಬುರ್ದಾ ರಲ್ಲಿ ಕೇಳಲಾಯಿತು: "ಅಲ್-ಬಿತ್'ಅ ಎಂದರೇನು?" ಅವರು ಹೇಳಿದರು: "ಜೇನುತುಪ್ಪದಿಂದ ಮಾಡಿದ ಪಾನೀಯ". "ಮತ್ತು ಅಲ್-ಮಿಝ್ರ್ (ಎಂದರೇನು?)": "ಬಾರ್ಲಿಯಿಂದ ಮಾಡಿದ ಪಾನೀಯ". ಆಗ ಅವರು (ಪ್ರವಾದಿ) ಹೇಳಿದರು: "ಪ್ರತಿಯೊಂದು ಅಮಲೇರಿಸುವ ವಸ್ತುವೂ ಹರಾಮ್ (ನಿಷಿದ್ಧ) ಆಗಿದೆ".</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>ಅಬೂ ಮೂಸಾ ಅಲ್-ಅಶ್‌ಅರೀ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ತಿಳಿಸುವುದೇನೆಂದರೆ, ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವರನ್ನು ಯಮನ್‌ಗೆ ಕಳುಹಿಸಿದರು. ಆಗ ಅವರು ಅಲ್ಲಿ ತಯಾರಿಸಲಾಗುವ ಕೆಲವು ಪಾನೀಯಗಳ ಬಗ್ಗೆ, ಅವು ಹರಾಮ್ ಆಗಿವೆಯೇ ಎಂದು ಪ್ರವಾದಿಯವರನ್ನು ಕೇಳಿದರು. ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಅವುಗಳ ಬಗ್ಗೆ ವಿಚಾರಿಸಿದರು. ಆಗ ಅಬೂ ಮೂಸಾ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ಹೇಳಿದರು: ಅವು 'ಅಲ್-ಬಿತ್'ಅ (ಜೇನುತುಪ್ಪದ ಪಾನೀಯ), ಮತ್ತು 'ಅಲ್-ಮಿಝ್ರ್' (ಬಾರ್ಲಿಯ ಪಾನೀಯ). ಆಗ 'ಜವಾಮಿಉಲ್-ಕಲಿಮ್' ನೀಡಲ್ಪಟ್ಟಿದ್ದ ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಪ್ರತಿಯೊಂದು ಅಮಲೇರಿಸುವ ವಸ್ತುವೂ ಹರಾಮ್ ಆಗಿದೆ".</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>ನಬೀದ್ (ಪಾನೀಯ): ಇದು ನೀರಿನಲ್ಲಿ ಖರ್ಜೂರ, ಜೇನುತುಪ್ಪ, ಬಾರ್ಲಿ ಮುಂತಾದವುಗಳನ್ನು ಹಾಕಿ, ಅವುಗಳಿಂದ ಸಿಹಿ ಪಾನೀಯನ್ನು ತಯಾರಿಸುವುದು. ಕೆಲವೊಮ್ಮೆ ಅದು ನಂತರ ಹುಳಿಯಾಗಿ ಅಮಲೇರಿಸುವ ವಸ್ತುವಾಗುತ್ತದೆ.
+ಈ ಹದೀಸ್ ಖಮ್ರ್ (ಮದ್ಯ), ಹಶೀಶ್ ಮುಂತಾದ ಎಲ್ಲಾ ರೀತಿಯ ಅಮಲೇರಿಸುವ ವಸ್ತುಗಳನ್ನು ನಿಷೇಧಿಸುವಲ್ಲಿ ಒಂದು ಮೂಲಭೂತ ನಿಯಮವಾಗಿದೆ.
+ಮುಸ್ಲಿಂ ವ್ಯಕ್ತಿಗೆ ಅಗತ್ಯವಿರುವ ವಿಷಯದ ಬಗ್ಗೆ ಕೇಳುವುದರ ಮಹತ್ವವನ್ನು ತಿಳಿಸಲಾಗಿದೆ.
+ಮದ್ಯವನ್ನು ಮೊದಲು ನಮಾಝ್‌ನ ಸಮಯ ಹತ್ತಿರವಾದಾಗ ಕುಡಿಯಬಾರದೆಂದು ನಿಷೇಧಿಸಲಾಗಿತ್ತು. ಕೆಲವು ಮುಹಾಜಿರ್‌ಗಳು ನಮಾಝ್ ಮಾಡಿದಾಗ, ತಪ್ಪು ತಪ್ಪಾಗಿ ಕುರ್‌ಆನ್ ಪಠಿಸಿದರು. ಆಗ ಅಲ್ಲಾಹು ಈ ವಚನವನ್ನು ಅವತೀರ್ಣಗೊಳಿಸಿದನು: "ಓ ಸತ್ಯವಿಶ್ವಾಸಿಗಳೇ, ನೀವು ಅಮಲಿನ ಸ್ಥಿತಿಯಲ್ಲಿರುವಾಗ ನಮಾಝ್‌ಗೆ ಸಮೀಪಿಸಬೇಡಿ, ನೀವು ಏನು ಹೇಳುತ್ತಿದ್ದೀರಿ ಎಂದು ನಿಮಗೆ ತಿಳಿಯುವವರೆಗೆ." [ಸೂರಃ ಅನ್ನಿಸಾ: 43]. ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಘೋಷಕರು ಕೂಗಿ ಹೇಳುತ್ತಿದ್ದರು: ಅಮಲಿನ ಸ್ಥಿತಿಯಲ್ಲಿರುವವನು ನಮಾಝ್‌ಗೆ ಸಮೀಪಿಸಬಾರದು. ನಂತರ ಅಲ್ಲಾಹು ಅದನ್ನು ತನ್ನ ಈ ವಚನದ ಮೂಲಕ ಸಂಪೂರ್ಣವಾಗಿ ನಿಷೇಧಿಸಿದನು: "ಓ ಸತ್ಯವಿಶ್ವಾಸಿಗಳೇ, ಖಂಡಿತವಾಗಿಯೂ ಮದ್ಯ, ಜೂಜು, ವಿಗ್ರಹ ಪೀಠಗಳು ಮತ್ತು (ಭವಿಷ್ಯ ನುಡಿಯುವ) ಬಾಣಗಳು ಶೈತಾನನ ಕಾರ್ಯಗಳಿಂದಾದ ಹೊಲಸಾಗಿವೆ, ಆದ್ದರಿಂದ ಅದರಿಂದ ದೂರವಿರಿ, ನೀವು ಯಶಸ್ವಿಯಾಗಬಹುದು. ಖಂಡಿತವಾಗಿಯೂ ಶೈತಾನನು ಮದ್ಯ ಮತ್ತು ಜೂಜಿನ ಮೂಲಕ ನಿಮ್ಮ ನಡುವೆ ದ್ವೇಷ ಮತ್ತು ವೈಷಮ್ಯವನ್ನು ಉಂಟುಮಾಡಲು ಮತ್ತು ನಿಮ್ಮನ್ನು ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯಿಂದ ಹಾಗೂ ನಮಾಝ್‌ನಿಂದ ತಡೆಯಲು ಬಯಸುತ್ತಾನೆ. ಆದ್ದರಿಂದ, ನೀವು (ಈಗಲಾದರೂ ಅದರಿಂದ) ದೂರವಿರುವಿರಲ್ಲವೇ?} [ಸೂರಃ ಅಲ್-ಮಾಇದಾ: 90, 91].
+ಅಲ್ಲಾಹು ಮದ್ಯವನ್ನು ಅದರಲ್ಲಿರುವ ದೊಡ್ಡ ಹಾನಿಗಳು ಮತ್ತು ದುಷ್ಪರಿಣಾಮಗಳ ಕಾರಣದಿಂದಾಗಿ ನಿಷೇಧಿಸಿದ್ದಾನೆ.
+ಮದ್ಯನಿಷೇಧಕ್ಕೆ ಮುಖ್ಯ ಕಾರಣ ಅದರಲ್ಲಿರುವ ಅಮಲೇರಿಸುವ ಗುಣ. ನಬೀದ್‌ (ಪಾನೀಯ) ನಲ್ಲಿ ಅಮಲೇರಿಸುವ ಗುಣವಿದ್ದರೆ ಅದು ನಿಷಿದ್ಧವಾಗಿದೆ. ಅದರಲ್ಲಿ ಅಮಲೇರಿಸುವ ಗುಣವಿಲ್ಲದಿದ್ದರೆ ಅದು ಅನುಮತಿಸಲ್ಪಟ್ಟಿದೆ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು:||"ನಾಲ್ಕು (ಗುಣಲಕ್ಷಣಗಳು) ಯಾರಲ್ಲಿವೆಯೋ ಅವನು ಮುನಾಫಿಕ್ (ಕಪಟವಿಶ್ವಾಸಿ) ಆಗಿರುತ್ತಾನೆ. ಅವುಗಳಲ್ಲಿ ಒಂದು ಗುಣಲಕ್ಷಣವು ಯಾರಲ್ಲಿರುತ್ತದೆಯೋ, ಅವನು ಅದನ್ನು ಬಿಡುವವರೆಗೆ ಅವನಲ್ಲಿ 'ನಿಫಾಖ್' (ಕಪಟತನ) ದ ಒಂದು ಗುಣಲಕ್ಷಣವಿರುತ್ತದೆ: ಅವನು ಮಾತನಾಡಿದಾಗ ಸುಳ್ಳು ಹೇಳುತ್ತಾನೆ. ಅವನು ವಾಗ್ದಾನ ಮಾಡಿದಾಗ ಅದನ್ನು ಮುರಿಯುತ್ತಾನೆ. ಅವನು ಜಗಳವಾಡಿದಾಗ ಕೆಟ್ಟದಾಗಿ ವರ್ತಿಸುತ್ತಾನೆ. ಅವನು ಒಪ್ಪಂದ ಮಾಡಿಕೊಂಡಾಗ ದ್ರೋಹ ಬಗೆಯುತ್ತಾನೆ</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಬಿನ್ ಅಮ್ರ್ (ಅಲ್ಲಾಹು ಅವರಿಬ್ಬರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ. ಅವರು ಹೇಳಿದರು: ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ನಾಲ್ಕು (ಗುಣಲಕ್ಷಣಗಳು) ಯಾರಲ್ಲಿವೆಯೋ ಅವನು ಮುನಾಫಿಕ್ (ಕಪಟವಿಶ್ವಾಸಿ) ಆಗಿರುತ್ತಾನೆ. ಅವುಗಳಲ್ಲಿ ಒಂದು ಗುಣಲಕ್ಷಣವು ಯಾರಲ್ಲಿರುತ್ತದೆಯೋ, ಅವನು ಅದನ್ನು ಬಿಡುವವರೆಗೆ ಅವನಲ್ಲಿ 'ನಿಫಾಖ್' (ಕಪಟತನ) ದ ಒಂದು ಗುಣಲಕ್ಷಣವಿರುತ್ತದೆ: ಅವನು ಮಾತನಾಡಿದಾಗ ಸುಳ್ಳು ಹೇಳುತ್ತಾನೆ. ಅವನು ವಾಗ್ದಾನ ಮಾಡಿದಾಗ ಅದನ್ನು ಮುರಿಯುತ್ತಾನೆ. ಅವನು ಜಗಳವಾಡಿದಾಗ ಕೆಟ್ಟದಾಗಿ ವರ್ತಿಸುತ್ತಾನೆ. ಅವನು ಒಪ್ಪಂದ ಮಾಡಿಕೊಂಡಾಗ ದ್ರೋಹ ಬಗೆಯುತ್ತಾನೆ".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>ಒಂದು ವೇಳೆ ನೀವು ಅಲ್ಲಾಹನಲ್ಲಿ ಭರವಸೆಯಿಡಬೇಕಾದ ರೀತಿಯಲ್ಲೇ ಭರವಸೆಯಿಟ್ಟಿದ್ದರೆ, ಅವನು ಹಕ್ಕಿಗಳಿಗೆ ಜೀವನೋಪಾಯವನ್ನು ನೀಡಿದಂತೆ, ನಿಮಗೂ ಜೀವನೋಪಾಯವನ್ನು ನೀಡುವನು. ಅವು ಬೆಳಿಗ್ಗೆ ಖಾಲಿ ಹೊಟ್ಟೆಯಲ್ಲಿ ಹೊರಡುತ್ತವೆ ಮತ್ತು ಸಂಜೆ ಹೊಟ್ಟೆ ತುಂಬಿಕೊಂಡು ಹಿಂತಿರುಗುತ್ತವೆ</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>ಉಮರ್ ಇಬ್ನುಲ್-ಖತ್ತಾಬ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "ಒಂದು ವೇಳೆ ನೀವು ಅಲ್ಲಾಹನಲ್ಲಿ ಭರವಸೆಯಿಡಬೇಕಾದ ರೀತಿಯಲ್ಲೇ ಭರವಸೆಯಿಟ್ಟಿದ್ದರೆ, ಅವನು ಹಕ್ಕಿಗಳಿಗೆ ಜೀವನೋಪಾಯವನ್ನು ನೀಡಿದಂತೆ, ನಿಮಗೂ ಜೀವನೋಪಾಯವನ್ನು ನೀಡುವನು. ಅವು ಬೆಳಿಗ್ಗೆ ಖಾಲಿ ಹೊಟ್ಟೆಯಲ್ಲಿ ಹೊರಡುತ್ತವೆ ಮತ್ತು ಸಂಜೆ ಹೊಟ್ಟೆ ತುಂಬಿಕೊಂಡು ಹಿಂತಿರುಗುತ್ತವೆ".</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>'ಬಿರ್' (ಒಳಿತು/ಪುಣ್ಯ) ಎಂದರೆ ಉತ್ತಮ ನಡತೆ. 'ಇಸ್ಮ್' (ಪಾಪ) ಎಂದರೆ ಯಾವುದು ನಿನ್ನ ಮನಸ್ಸಿನಲ್ಲಿ ಸಂಶಯವನ್ನುಂಟುಮಾಡುತ್ತದೆಯೋ (ಅಥವಾ ಚುಚ್ಚುತ್ತದೆಯೋ), ಮತ್ತು ಜನರು ಅದರ ಬಗ್ಗೆ ತಿಳಿದುಕೊಳ್ಳುವುದನ್ನು ನೀನು ಇಷ್ಟಪಡುವುದಿಲ್ಲವೋ ಅದು</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>ನವ್ವಾಸ್ ಇಬ್ನ್ ಸಿಮ್‌ಆನ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಹೇಳಿದರು: "'ಬಿರ್' (ಒಳಿತು/ಪುಣ್ಯ) ಎಂದರೆ ಉತ್ತಮ ನಡತೆ. 'ಇಸ್ಮ್' (ಪಾಪ) ಎಂದರೆ ಯಾವುದು ನಿನ್ನ ಮನಸ್ಸಿನಲ್ಲಿ ಸಂಶಯವನ್ನುಂಟುಮಾಡುತ್ತದೆಯೋ (ಅಥವಾ ಚುಚ್ಚುತ್ತದೆಯೋ), ಮತ್ತು ಜನರು ಅದರ ಬಗ್ಗೆ ತಿಳಿದುಕೊಳ್ಳುವುದನ್ನು ನೀನು ಇಷ್ಟಪಡುವುದಿಲ್ಲವೋ ಅದು".</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>ಪ್ರವಾದಿಯವರು (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) 'ಬಿರ್' (ಒಳಿತು) ಮತ್ತು 'ಇಸ್ಮ್' (ಪಾಪ) ದ ಬಗ್ಗೆ ವಿವರಿಸುತ್ತಿದ್ದಾರೆ. ಅವರು ಹೇಳಿದರು: 'ಬಿರ್' ನ ಅತ್ಯಂತ ಶ್ರೇಷ್ಠ ಗುಣಲಕ್ಷಣಗಳಲ್ಲಿ ಒಂದು ಉತ್ತಮ ನಡತೆ. ಅಲ್ಲಾಹನೊಂದಿಗೆ ಉತ್ತಮ ನಡತೆ ಎಂದರೆ, ಅಲ್ಲಾಹನನ್ನು ಭಯಪಟ್ಟು ಜೀವಿಸುವುದು, ಮತ್ತು ಸೃಷ್ಟಿಗಳೊಂದಿಗೆ ಉತ್ತಮ ನಡತೆ ಎಂದರೆ, ತೊಂದರೆಯನ್ನು ಸಹಿಸುವುದು, ಕೋಪವನ್ನು ಕಡಿಮೆ ಮಾಡುವುದು, ಮುಖದಲ್ಲಿ ಮುಗುಳ್ನಗೆ ಇರಿಸುವುದು, ಉತ್ತಮ ಮಾತುನಾಡುವುದು, ಸಂಬಂಧ ಬೆಸೆಯುವುದು, ವಿಧೇಯತೆ, ದಯೆ, ಉಪಕಾರ, ಉತ್ತಮ ಸಹವಾಸ ಮತ್ತು ಒಡನಾಟ. 'ಬಿರ್' ಎಂದರೆ ಯಾವುದು ಹೃದಯ ಮತ್ತು ಆತ್ಮಕ್ಕೆ ನೆಮ್ಮದಿ ನೀಡುತ್ತದೆಯೋ ಅದು. 'ಇಸ್ಮ್' (ಪಾಪ) ಎಂದರೆ, ಸಂಶಯಾಸ್ಪದ ವಿಷಯಗಳಲ್ಲಿ ಯಾವುದು ಆತ್ಮದಲ್ಲಿ ಚಲನೆಯನ್ನು ಉಂಟುಮಾಡುತ್ತದೆಯೋ ಮತ್ತು ಹಿಂಜರಿಕೆಯುಂಟಾಗುತ್ತದೆಯೋ ಅದು. ಅದಕ್ಕಾಗಿ ಎದೆಯು ತೆರೆದುಕೊಳ್ಳುವುದಿಲ್ಲ ಮತ್ತು ಹೃದಯದಲ್ಲಿ ಅದರ ಬಗ್ಗೆ ಸಂಶಯ ಹಾಗೂ ಅದು ಪಾಪವಾಗಿರಬಹುದೆಂಬ ಭಯ ಉಂಟಾಗುತ್ತದೆ. ಅದು ಅಸಹ್ಯಕರವಾಗಿರುವುದರಿಂದ ನೀನು ಅದನ್ನು ಜನರ ಮುಂದೆ, ವಿಶೇಷವಾಗಿ ಗಣ್ಯರು, ಶ್ರೇಷ್ಠರು ಮತ್ತು ಪರಿಪೂರ್ಣರಾದವರ ಮುಂದೆ ಪ್ರಕಟಪಡಿಸಲು ಇಷ್ಟಪಡುವುದಿಲ್ಲ. ಏಕೆಂದರೆ, ಆತ್ಮವು ತನ್ನ ಸ್ವಭಾವದಿಂದಲೇ ಜನರು ತನ್ನ ಒಳಿತನ್ನು ಮಾತ್ರ ತಿಳಿದುಕೊಳ್ಳಬೇಕೆಂದು ಆಸೆಪಡುತ್ತದೆ. ಆದ್ದರಿಂದ, ತನ್ನ ಕೆಲವು ಕಾರ್ಯಗಳ ಬಗ್ಗೆ ಜನರು ತಿಳಿದುಕೊಳ್ಳುವುದನ್ನು ನೀನು ಇಷ್ಟಪಡದಿದ್ದರೆ, ಅದು ಪಾಪವಾಗಿದೆ, ಮತ್ತು ಅದರಲ್ಲಿ ಯಾವುದೇ ಒಳಿತಿಲ್ಲ. ಜನರು ನಿನಗೆ (ಅದು ಒಳಿತೆಂದು) ಫತ್ವಾ ನೀಡಿದರೂ ಸಹ. ನಿನ್ನ ಆತ್ಮದಲ್ಲಿ ಸಂಶಯದ ಚಿಹ್ನೆಯು ಹಿಂಜರಿಕೆಯನ್ನುಂಟುಮಾಡುತ್ತಿರುವವರೆಗೆ ನೀನು ಅವರ ಫತ್ವಾವನ್ನು ತೆಗೆದುಕೊಳ್ಳಬೇಡ. ಏಕೆಂದರೆ, ಸಂಶಯವು ಸರಿಯಾಗಿದ್ದರೆ ಮತ್ತು ಫತ್ವಾ ನೀಡುವವನು ಜ್ಞಾನವಿಲ್ಲದೆ ಫತ್ವಾ ನೀಡುತ್ತಿದ್ದರೆ, ಫತ್ವಾವು ಸಂಶಯವನ್ನು ನಿವಾರಿಸುವುದಿಲ್ಲ. ಆದರೆ, ಒಂದು ವೇಳೆ ಫತ್ವಾವು ಶರೀಅತ್‌ನ ಪುರಾವೆಯ ಮೇಲೆ ಆಧಾರಿತವಾಗಿದ್ದರೆ, ಫತ್ವಾ ಕೇಳುವವನ ಎದೆಯು ಅದಕ್ಕೆ ತೆರೆದುಕೊಳ್ಳದಿದ್ದರೂ ಸಹ, ಅವನು ಅದಕ್ಕೆ ಮರಳುವುದು ಕಡ್ಡಾಯವಾಗಿದೆ.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>ನಿನ್ನ ನಾಲಿಗೆಯು ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯಿಂದ ಸದಾ ಒದ್ದೆಯಾಗಿರಲಿ (ಹಸಿಯಾಗಿರಲಿ)</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>ಅಬ್ದುಲ್ಲಾ ಇಬ್ನ್ ಬುಸ್ರ್ (ಅಲ್ಲಾಹು ಅವರ ಬಗ್ಗೆ ಸಂಪ್ರೀತನಾಗಲಿ) ರಿಂದ ವರದಿ: ಅವರು ಹೇಳಿದರು: ಒಬ್ಬ ವ್ಯಕ್ತಿ ಪ್ರವಾದಿಯವರ (ಅವರ ಮೇಲೆ ಅಲ್ಲಾಹನ ಕೃಪೆ ಮತ್ತು ಶಾಂತಿಯಿರಲಿ) ಬಳಿಗೆ ಬಂದು, ಹೇಳಿದರು: "ಓ ಅಲ್ಲಾಹನ ಸಂದೇಶವಾಹಕರೇ! ಖಂಡಿತವಾಗಿಯೂ ಇಸ್ಲಾಂನ ಶರೀಅತ್‌ಗಳು (ಧಾರ್ಮಿಕ ಕಾರ್ಯಗಳು/ವಿಧಿಗಳು) ನಮಗೆ ಹೆಚ್ಚಾಗಿವೆ. ಆದ್ದರಿಂದ, ನಾವು ಬದ್ಧರಾಗಿರಲು ಒಂದು ಸಮಗ್ರವಾದ ದ್ವಾರವನ್ನು ತಿಳಿಸಿರಿ?" ಅವರು (ಪ್ರವಾದಿ) ಹೇಳಿದರು: "ನಿನ್ನ ನಾಲಿಗೆಯು ಅಲ್ಲಾಹನ ಸ್ಮರಣೆಯಿಂದ ಸದಾ ಒದ್ದೆಯಾಗಿರಲಿ (ಹಸಿಯಾಗಿರಲಿ)".</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/kn/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -18573,51 +22760,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O495"/>
+  <dimension ref="A1:O615"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -18776,23037 +22963,28716 @@
       </c>
       <c r="I5" t="s">
         <v>46</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>47</v>
       </c>
       <c r="L5" t="s">
         <v>26</v>
       </c>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>2941</v>
+        <v>2932</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>51</v>
       </c>
       <c r="D6" t="s">
         <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>54</v>
       </c>
       <c r="G6" t="s">
         <v>55</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L6" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>2945</v>
+        <v>2941</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F7" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="I7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>25</v>
       </c>
       <c r="L7" t="s">
         <v>26</v>
       </c>
       <c r="M7" t="s">
         <v>27</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>2949</v>
+        <v>2945</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F8" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G8" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>25</v>
       </c>
       <c r="L8" t="s">
         <v>26</v>
       </c>
       <c r="M8" t="s">
         <v>27</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>2960</v>
+        <v>2949</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G9" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H9" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="I9" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>25</v>
       </c>
       <c r="L9" t="s">
         <v>26</v>
       </c>
       <c r="M9" t="s">
         <v>27</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>2961</v>
+        <v>2960</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="F10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="G10" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H10" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I10" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
         <v>25</v>
       </c>
       <c r="L10" t="s">
         <v>26</v>
       </c>
       <c r="M10" t="s">
         <v>27</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>2962</v>
+        <v>2961</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D11" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E11" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="G11" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="I11" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
         <v>25</v>
       </c>
       <c r="L11" t="s">
         <v>26</v>
       </c>
       <c r="M11" t="s">
         <v>27</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>2969</v>
+        <v>2962</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D12" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E12" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F12" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G12" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H12" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="I12" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>25</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
         <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>2985</v>
+        <v>2969</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C13" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D13" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="E13" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F13" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G13" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H13" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="I13" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>2986</v>
+        <v>2971</v>
       </c>
       <c r="B14" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C14" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E14" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F14" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="G14" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H14" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="I14" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>25</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
         <v>27</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>2997</v>
+        <v>2985</v>
       </c>
       <c r="B15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C15" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D15" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="E15" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F15" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="G15" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="H15" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="I15" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
         <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>3007</v>
+        <v>2986</v>
       </c>
       <c r="B16" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C16" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D16" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E16" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F16" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="G16" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="H16" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="I16" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3010</v>
+        <v>2997</v>
       </c>
       <c r="B17" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C17" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D17" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E17" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F17" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="G17" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H17" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="I17" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>25</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3013</v>
+        <v>3007</v>
       </c>
       <c r="B18" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C18" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D18" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E18" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F18" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="G18" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H18" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="I18" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3014</v>
+        <v>3010</v>
       </c>
       <c r="B19" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C19" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D19" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E19" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="F19" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="G19" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="H19" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="I19" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>25</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3017</v>
+        <v>3013</v>
       </c>
       <c r="B20" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C20" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D20" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E20" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="F20" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="G20" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="H20" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="I20" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>186</v>
+        <v>25</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
-        <v>187</v>
+        <v>27</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3018</v>
+        <v>3014</v>
       </c>
       <c r="B21" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C21" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D21" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E21" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="F21" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="G21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H21" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
         <v>25</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3029</v>
+        <v>3017</v>
       </c>
       <c r="B22" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C22" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D22" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E22" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F22" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="G22" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H22" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="I22" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>25</v>
+        <v>208</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>27</v>
+        <v>209</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3031</v>
+        <v>3018</v>
       </c>
       <c r="B23" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C23" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D23" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E23" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="F23" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="G23" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="H23" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I23" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3033</v>
+        <v>3029</v>
       </c>
       <c r="B24" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C24" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D24" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E24" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F24" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="G24" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="H24" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="I24" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3037</v>
+        <v>3031</v>
       </c>
       <c r="B25" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D25" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="E25" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="F25" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="G25" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="H25" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="I25" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3044</v>
+        <v>3033</v>
       </c>
       <c r="B26" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C26" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D26" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E26" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="F26" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="G26" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="H26" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="I26" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3045</v>
+        <v>3037</v>
       </c>
       <c r="B27" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C27" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D27" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E27" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F27" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="G27" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H27" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="I27" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="J27" t="s">
-        <v>251</v>
+        <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>252</v>
+        <v>170</v>
+      </c>
+      <c r="L27" t="s">
+        <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>253</v>
+        <v>171</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3053</v>
+        <v>3044</v>
       </c>
       <c r="B28" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C28" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D28" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E28" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F28" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G28" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H28" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I28" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>3060</v>
+        <v>3045</v>
       </c>
       <c r="B29" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C29" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D29" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E29" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F29" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G29" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H29" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I29" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J29" t="s">
-        <v>24</v>
+        <v>273</v>
       </c>
       <c r="K29" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L29" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="M29" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>3061</v>
+        <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="C30" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="D30" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="E30" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="F30" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="G30" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="H30" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="I30" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3062</v>
+        <v>3060</v>
       </c>
       <c r="B31" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C31" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="F31" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="G31" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="H31" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="I31" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>290</v>
+        <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
-        <v>291</v>
+        <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3063</v>
+        <v>3061</v>
       </c>
       <c r="B32" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C32" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="D32" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="E32" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="F32" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="G32" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="H32" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="I32" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3071</v>
+        <v>3062</v>
       </c>
       <c r="B33" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C33" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="D33" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="E33" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F33" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="G33" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="H33" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I33" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>148</v>
+        <v>313</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>149</v>
+        <v>314</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3075</v>
+        <v>3063</v>
       </c>
       <c r="B34" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C34" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="D34" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="E34" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="F34" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="G34" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="H34" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="I34" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3078</v>
+        <v>3071</v>
       </c>
       <c r="B35" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C35" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="D35" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="E35" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="F35" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="G35" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="H35" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="I35" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3079</v>
+        <v>3075</v>
       </c>
       <c r="B36" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C36" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D36" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="E36" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F36" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="G36" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3086</v>
+        <v>3078</v>
       </c>
       <c r="B37" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3087</v>
+        <v>3079</v>
       </c>
       <c r="B38" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3088</v>
+        <v>3086</v>
       </c>
       <c r="B39" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3095</v>
+        <v>3087</v>
       </c>
       <c r="B40" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="C40" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D40" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="E40" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="F40" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="G40" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="I40" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3096</v>
+        <v>3088</v>
       </c>
       <c r="B41" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3103</v>
+        <v>3095</v>
       </c>
       <c r="B42" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="C42" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="D42" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="E42" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="F42" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="G42" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3104</v>
+        <v>3096</v>
       </c>
       <c r="B43" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="D43" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="E43" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="G43" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3107</v>
+        <v>3103</v>
       </c>
       <c r="B44" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="C44" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="D44" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="G44" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="H44" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="I44" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="B45" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="C45" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="D45" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="E45" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="F45" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="G45" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="H45" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="I45" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3122</v>
+        <v>3107</v>
       </c>
       <c r="B46" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C46" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="D46" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="F46" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="G46" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="H46" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="I46" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="J46" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="L46" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M46" t="s">
-        <v>430</v>
+        <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3127</v>
+        <v>3110</v>
       </c>
       <c r="B47" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C47" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D47" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E47" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F47" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G47" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H47" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I47" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3135</v>
+        <v>3122</v>
       </c>
       <c r="B48" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C48" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D48" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E48" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F48" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="G48" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H48" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="I48" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="J48" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K48" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L48" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M48" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3138</v>
+        <v>3127</v>
       </c>
       <c r="B49" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="G49" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="H49" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="I49" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3142</v>
+        <v>3135</v>
       </c>
       <c r="B50" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C50" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="D50" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="E50" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="F50" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="G50" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="I50" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3143</v>
+        <v>3138</v>
       </c>
       <c r="B51" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C51" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D51" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="G51" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="I51" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3144</v>
+        <v>3142</v>
       </c>
       <c r="B52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="D52" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="E52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="G52" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="H52" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="I52" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3145</v>
+        <v>3143</v>
       </c>
       <c r="B53" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C53" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="D53" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="E53" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F53" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="G53" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="H53" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="I53" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3150</v>
+        <v>3144</v>
       </c>
       <c r="B54" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="C54" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="D54" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="E54" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F54" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="G54" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="H54" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="I54" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3153</v>
+        <v>3145</v>
       </c>
       <c r="B55" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C55" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D55" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="E55" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F55" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="G55" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="H55" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="I55" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3156</v>
+        <v>3150</v>
       </c>
       <c r="B56" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="C56" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="D56" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E56" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F56" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="G56" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="H56" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="I56" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3157</v>
+        <v>3153</v>
       </c>
       <c r="B57" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C57" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="D57" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="F57" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="G57" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="H57" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="I57" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3159</v>
+        <v>3156</v>
       </c>
       <c r="B58" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="C58" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="D58" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="E58" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="F58" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="G58" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="H58" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="I58" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="J58" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="L58" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3220</v>
+        <v>3157</v>
       </c>
       <c r="B59" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="C59" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="D59" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="E59" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F59" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="G59" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="H59" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="I59" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3236</v>
+        <v>3159</v>
       </c>
       <c r="B60" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="C60" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="D60" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="E60" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F60" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="G60" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="H60" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="I60" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="J60" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K60" t="s">
-        <v>559</v>
+        <v>59</v>
       </c>
       <c r="L60" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M60" t="s">
-        <v>560</v>
+        <v>61</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3267</v>
+        <v>3220</v>
       </c>
       <c r="B61" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C61" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D61" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E61" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F61" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="G61" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H61" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="I61" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3272</v>
+        <v>3236</v>
       </c>
       <c r="B62" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C62" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D62" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E62" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F62" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="G62" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H62" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="I62" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>148</v>
+        <v>580</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>149</v>
+        <v>581</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3279</v>
+        <v>3267</v>
       </c>
       <c r="B63" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="D63" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="E63" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="F63" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="G63" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="H63" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="I63" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3285</v>
+        <v>3272</v>
       </c>
       <c r="B64" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C64" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="E64" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="F64" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="G64" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="H64" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="I64" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3298</v>
+        <v>3279</v>
       </c>
       <c r="B65" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C65" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="D65" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="E65" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="F65" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="G65" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="H65" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="I65" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3310</v>
+        <v>3285</v>
       </c>
       <c r="B66" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C66" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="E66" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="F66" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="G66" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="H66" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="I66" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3313</v>
+        <v>3298</v>
       </c>
       <c r="B67" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="D67" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="E67" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="F67" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="G67" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="H67" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="I67" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3316</v>
+        <v>3310</v>
       </c>
       <c r="B68" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C68" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D68" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="E68" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="F68" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="G68" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="H68" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="I68" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3317</v>
+        <v>3313</v>
       </c>
       <c r="B69" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="C69" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="D69" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="E69" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="F69" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="G69" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="H69" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="I69" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>430</v>
+        <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3330</v>
+        <v>3316</v>
       </c>
       <c r="B70" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="C70" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="D70" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="E70" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="F70" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="G70" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="H70" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="I70" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3331</v>
+        <v>3317</v>
       </c>
       <c r="B71" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C71" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D71" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="E71" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="F71" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G71" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="H71" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="I71" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3336</v>
+        <v>3330</v>
       </c>
       <c r="B72" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="C72" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D72" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="E72" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F72" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="G72" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="H72" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="I72" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>669</v>
+        <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>670</v>
+        <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3341</v>
+        <v>3331</v>
       </c>
       <c r="B73" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C73" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D73" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E73" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="F73" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="G73" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="H73" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="I73" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3342</v>
+        <v>3336</v>
       </c>
       <c r="B74" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C74" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D74" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E74" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F74" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G74" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="H74" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="I74" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>148</v>
+        <v>690</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>149</v>
+        <v>691</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3345</v>
+        <v>3341</v>
       </c>
       <c r="B75" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="C75" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="D75" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="E75" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="F75" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="G75" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="H75" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="I75" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3347</v>
+        <v>3342</v>
       </c>
       <c r="B76" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="C76" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="D76" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="E76" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="F76" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="G76" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="H76" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="I76" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3348</v>
+        <v>3345</v>
       </c>
       <c r="B77" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="C77" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="D77" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="E77" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="F77" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="G77" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="H77" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I77" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3350</v>
+        <v>3347</v>
       </c>
       <c r="B78" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="C78" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="D78" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="E78" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="F78" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="G78" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="H78" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="I78" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="J78" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>725</v>
+        <v>170</v>
       </c>
       <c r="L78" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>726</v>
+        <v>171</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3352</v>
+        <v>3348</v>
       </c>
       <c r="B79" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C79" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D79" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E79" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F79" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="G79" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H79" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="I79" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="J79" t="s">
-        <v>736</v>
+        <v>24</v>
       </c>
       <c r="K79" t="s">
+        <v>25</v>
+      </c>
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
+        <v>27</v>
+      </c>
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
         <v>737</v>
-      </c>
-[...10 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3354</v>
+        <v>3350</v>
       </c>
       <c r="B80" t="s">
+        <v>738</v>
+      </c>
+      <c r="C80" t="s">
+        <v>739</v>
+      </c>
+      <c r="D80" t="s">
+        <v>740</v>
+      </c>
+      <c r="E80" t="s">
         <v>741</v>
       </c>
-      <c r="C80" t="s">
+      <c r="F80" t="s">
         <v>742</v>
       </c>
-      <c r="D80" t="s">
+      <c r="G80" t="s">
         <v>743</v>
       </c>
-      <c r="E80" t="s">
+      <c r="H80" t="s">
         <v>744</v>
       </c>
-      <c r="F80" t="s">
+      <c r="I80" t="s">
         <v>745</v>
       </c>
-      <c r="G80" t="s">
+      <c r="J80" t="s">
+        <v>450</v>
+      </c>
+      <c r="K80" t="s">
         <v>746</v>
       </c>
-      <c r="H80" t="s">
+      <c r="L80" t="s">
+        <v>452</v>
+      </c>
+      <c r="M80" t="s">
         <v>747</v>
       </c>
-      <c r="I80" t="s">
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>748</v>
-      </c>
-[...16 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3355</v>
+        <v>3352</v>
       </c>
       <c r="B81" t="s">
+        <v>749</v>
+      </c>
+      <c r="C81" t="s">
         <v>750</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>751</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>752</v>
       </c>
-      <c r="E81" t="s">
+      <c r="F81" t="s">
         <v>753</v>
       </c>
-      <c r="F81" t="s">
+      <c r="G81" t="s">
         <v>754</v>
       </c>
-      <c r="G81" t="s">
+      <c r="H81" t="s">
         <v>755</v>
       </c>
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>756</v>
       </c>
-      <c r="I81" t="s">
+      <c r="J81" t="s">
         <v>757</v>
       </c>
-      <c r="J81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K81" t="s">
-        <v>25</v>
+        <v>758</v>
       </c>
       <c r="L81" t="s">
-        <v>26</v>
+        <v>759</v>
       </c>
       <c r="M81" t="s">
-        <v>27</v>
+        <v>760</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3359</v>
+        <v>3354</v>
       </c>
       <c r="B82" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="C82" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="D82" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="E82" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="F82" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="G82" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="H82" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="I82" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>430</v>
+        <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3360</v>
+        <v>3355</v>
       </c>
       <c r="B83" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="C83" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="D83" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="E83" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="F83" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="G83" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="H83" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="I83" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3361</v>
+        <v>3359</v>
       </c>
       <c r="B84" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="C84" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="D84" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="E84" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="F84" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="G84" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="H84" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="I84" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>148</v>
+        <v>451</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>149</v>
+        <v>453</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3364</v>
+        <v>3360</v>
       </c>
       <c r="B85" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="C85" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="D85" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="E85" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="F85" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="G85" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="H85" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="I85" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3365</v>
+        <v>3361</v>
       </c>
       <c r="B86" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="C86" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="D86" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="E86" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="F86" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="G86" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="H86" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="I86" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3366</v>
+        <v>3364</v>
       </c>
       <c r="B87" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C87" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="D87" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="E87" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="F87" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="G87" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="H87" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="I87" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3370</v>
+        <v>3365</v>
       </c>
       <c r="B88" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="C88" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="D88" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="E88" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="F88" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="G88" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="H88" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="I88" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3372</v>
+        <v>3366</v>
       </c>
       <c r="B89" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="C89" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="D89" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="E89" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="F89" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="G89" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="H89" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="I89" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3373</v>
+        <v>3370</v>
       </c>
       <c r="B90" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C90" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="D90" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E90" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F90" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="G90" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="H90" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="I90" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3375</v>
+        <v>3372</v>
       </c>
       <c r="B91" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="C91" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="D91" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="E91" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="F91" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="G91" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="H91" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="I91" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="J91" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>669</v>
+        <v>170</v>
       </c>
       <c r="L91" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>670</v>
+        <v>171</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3379</v>
+        <v>3373</v>
       </c>
       <c r="B92" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="C92" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="D92" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="E92" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="F92" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="G92" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="H92" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="I92" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3381</v>
+        <v>3375</v>
       </c>
       <c r="B93" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="C93" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="D93" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="E93" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="F93" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="G93" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="H93" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="I93" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="J93" t="s">
-        <v>427</v>
+        <v>450</v>
       </c>
       <c r="K93" t="s">
-        <v>669</v>
+        <v>690</v>
       </c>
       <c r="L93" t="s">
-        <v>429</v>
+        <v>452</v>
       </c>
       <c r="M93" t="s">
-        <v>670</v>
+        <v>691</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3383</v>
+        <v>3379</v>
       </c>
       <c r="B94" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="C94" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="D94" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="E94" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="F94" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="G94" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="H94" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="I94" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>252</v>
+        <v>25</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>253</v>
+        <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3389</v>
+        <v>3381</v>
       </c>
       <c r="B95" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="C95" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="D95" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="E95" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="F95" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="G95" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="H95" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="I95" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="J95" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K95" t="s">
-        <v>884</v>
+        <v>690</v>
       </c>
       <c r="L95" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M95" t="s">
-        <v>885</v>
+        <v>691</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3390</v>
+        <v>3383</v>
       </c>
       <c r="B96" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C96" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D96" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="E96" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="F96" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="G96" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="H96" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="I96" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3395</v>
+        <v>3389</v>
       </c>
       <c r="B97" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C97" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D97" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="E97" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="F97" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="G97" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="H97" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="I97" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3406</v>
+        <v>3390</v>
       </c>
       <c r="B98" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C98" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D98" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="E98" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="F98" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="G98" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="H98" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="I98" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3407</v>
+        <v>3395</v>
       </c>
       <c r="B99" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C99" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D99" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="E99" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="F99" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="G99" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="H99" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="I99" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>25</v>
+        <v>925</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
-        <v>27</v>
+        <v>926</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3409</v>
+        <v>3406</v>
       </c>
       <c r="B100" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="C100" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="D100" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="E100" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="F100" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="G100" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="H100" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="I100" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3410</v>
+        <v>3407</v>
       </c>
       <c r="B101" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="C101" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="D101" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="E101" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="F101" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="G101" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="H101" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="I101" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3414</v>
+        <v>3409</v>
       </c>
       <c r="B102" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C102" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="D102" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="E102" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="F102" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="G102" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="H102" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="I102" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3417</v>
+        <v>3410</v>
       </c>
       <c r="B103" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="C103" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="D103" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="E103" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="F103" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="G103" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="H103" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="I103" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3418</v>
+        <v>3414</v>
       </c>
       <c r="B104" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="C104" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="D104" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="E104" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="F104" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="G104" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="H104" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="I104" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3419</v>
+        <v>3417</v>
       </c>
       <c r="B105" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="C105" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="D105" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="E105" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="F105" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="G105" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="H105" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="I105" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3420</v>
+        <v>3418</v>
       </c>
       <c r="B106" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="C106" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="D106" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="E106" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="F106" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="G106" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="H106" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="I106" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3422</v>
+        <v>3419</v>
       </c>
       <c r="B107" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="C107" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="D107" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="E107" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="F107" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="G107" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="H107" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="I107" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3437</v>
+        <v>3420</v>
       </c>
       <c r="B108" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="C108" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="D108" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="E108" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="F108" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="G108" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="H108" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="I108" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3438</v>
+        <v>3422</v>
       </c>
       <c r="B109" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="C109" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="D109" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="E109" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="F109" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="G109" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="H109" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="I109" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
         <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
         <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3444</v>
+        <v>3437</v>
       </c>
       <c r="B110" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="C110" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="D110" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="E110" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="F110" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="G110" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="H110" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="I110" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3461</v>
+        <v>3438</v>
       </c>
       <c r="B111" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="C111" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="D111" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="E111" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="F111" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="G111" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="H111" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="I111" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3469</v>
+        <v>3444</v>
       </c>
       <c r="B112" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="C112" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="D112" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="E112" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="F112" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="G112" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="H112" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="I112" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3470</v>
+        <v>3461</v>
       </c>
       <c r="B113" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="C113" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="D113" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="E113" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="F113" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="G113" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="H113" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="I113" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>1050</v>
+        <v>25</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>1051</v>
+        <v>27</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3475</v>
+        <v>3469</v>
       </c>
       <c r="B114" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C114" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="D114" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="E114" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="F114" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="G114" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="H114" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="I114" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3476</v>
+        <v>3470</v>
       </c>
       <c r="B115" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C115" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D115" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="E115" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F115" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="G115" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="H115" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I115" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>25</v>
+        <v>1071</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>27</v>
+        <v>1072</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3480</v>
+        <v>3475</v>
       </c>
       <c r="B116" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="C116" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="D116" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="E116" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="F116" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="G116" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="H116" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="I116" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3481</v>
+        <v>3476</v>
       </c>
       <c r="B117" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="C117" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="D117" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="E117" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="F117" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="G117" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="H117" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="I117" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3503</v>
+        <v>3480</v>
       </c>
       <c r="B118" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="C118" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="D118" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="E118" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="F118" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="G118" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="H118" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="I118" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3512</v>
+        <v>3481</v>
       </c>
       <c r="B119" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="C119" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="D119" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="E119" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="F119" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="G119" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="H119" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="I119" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3518</v>
+        <v>3503</v>
       </c>
       <c r="B120" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="C120" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="D120" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="E120" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="F120" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="G120" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="H120" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="I120" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>1115</v>
+        <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
+      <c r="M120" t="s">
+        <v>27</v>
+      </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3520</v>
+        <v>3512</v>
       </c>
       <c r="B121" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C121" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D121" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="E121" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="F121" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="G121" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="H121" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="I121" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3534</v>
+        <v>3518</v>
       </c>
       <c r="B122" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C122" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D122" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="E122" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="F122" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="G122" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="H122" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="I122" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>25</v>
+        <v>1136</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>27</v>
+        <v>1137</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>3546</v>
+        <v>3520</v>
       </c>
       <c r="B123" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="C123" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="D123" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="E123" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="F123" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="G123" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="H123" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="I123" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>3552</v>
+        <v>3534</v>
       </c>
       <c r="B124" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="C124" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="D124" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="E124" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="F124" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="G124" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="H124" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="I124" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>725</v>
+        <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>726</v>
+        <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>3553</v>
+        <v>3546</v>
       </c>
       <c r="B125" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C125" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="D125" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="E125" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="F125" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="G125" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="H125" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="I125" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>3566</v>
+        <v>3552</v>
       </c>
       <c r="B126" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="C126" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="D126" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="E126" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="F126" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="G126" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="H126" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="I126" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>148</v>
+        <v>746</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>149</v>
+        <v>747</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>3567</v>
+        <v>3553</v>
       </c>
       <c r="B127" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="C127" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="D127" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="E127" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="F127" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="G127" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="H127" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="I127" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="J127" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>1179</v>
+        <v>47</v>
       </c>
       <c r="L127" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>1180</v>
+        <v>48</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>3573</v>
+        <v>3566</v>
       </c>
       <c r="B128" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="C128" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="D128" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="E128" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="F128" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="G128" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="H128" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="I128" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>3574</v>
+        <v>3567</v>
       </c>
       <c r="B129" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="C129" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="D129" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="E129" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="F129" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="G129" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="H129" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="I129" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="J129" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K129" t="s">
-        <v>148</v>
+        <v>1201</v>
       </c>
       <c r="L129" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M129" t="s">
-        <v>149</v>
+        <v>1202</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>3575</v>
+        <v>3573</v>
       </c>
       <c r="B130" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="C130" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="D130" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="E130" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="F130" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="G130" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="H130" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="I130" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3578</v>
+        <v>3574</v>
       </c>
       <c r="B131" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="C131" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="D131" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="E131" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="F131" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="G131" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="H131" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="I131" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3581</v>
+        <v>3575</v>
       </c>
       <c r="B132" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="C132" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D132" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="E132" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="F132" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="G132" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="H132" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="I132" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>47</v>
+        <v>1230</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>48</v>
+        <v>1231</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3586</v>
+        <v>3578</v>
       </c>
       <c r="B133" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="C133" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="D133" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="E133" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="F133" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="G133" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="H133" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="I133" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3588</v>
+        <v>3581</v>
       </c>
       <c r="B134" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="C134" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="D134" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="E134" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="F134" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="G134" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="H134" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="I134" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>1246</v>
+        <v>47</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>1247</v>
+        <v>48</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3591</v>
+        <v>3586</v>
       </c>
       <c r="B135" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="C135" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="D135" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="E135" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="F135" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="G135" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="H135" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="I135" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3602</v>
+        <v>3588</v>
       </c>
       <c r="B136" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="C136" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="D136" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="E136" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="F136" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="G136" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="H136" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="I136" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>467</v>
+        <v>1268</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>468</v>
+        <v>1269</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3686</v>
+        <v>3591</v>
       </c>
       <c r="B137" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="C137" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="D137" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="E137" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="F137" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="G137" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="H137" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="I137" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3689</v>
+        <v>3602</v>
       </c>
       <c r="B138" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="C138" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="D138" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="E138" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="F138" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="G138" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="H138" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="I138" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>3700</v>
+        <v>3636</v>
       </c>
       <c r="B139" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="C139" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="D139" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="E139" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="F139" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="G139" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="H139" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="I139" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>3701</v>
+        <v>3652</v>
       </c>
       <c r="B140" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="C140" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="D140" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="E140" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="F140" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="G140" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="H140" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="I140" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>3702</v>
+        <v>3686</v>
       </c>
       <c r="B141" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="C141" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="D141" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="E141" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="F141" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="G141" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="H141" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="I141" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>47</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>48</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>3706</v>
+        <v>3689</v>
       </c>
       <c r="B142" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="C142" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="D142" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="E142" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="F142" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="G142" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="H142" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="I142" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>25</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>27</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>3711</v>
+        <v>3700</v>
       </c>
       <c r="B143" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="C143" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="D143" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="E143" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="F143" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="G143" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="H143" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="I143" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>3716</v>
+        <v>3701</v>
       </c>
       <c r="B144" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C144" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="D144" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="E144" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="F144" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="G144" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="H144" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="I144" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>3718</v>
+        <v>3702</v>
       </c>
       <c r="B145" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="C145" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="D145" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="E145" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="F145" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="G145" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="H145" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="I145" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>3719</v>
+        <v>3706</v>
       </c>
       <c r="B146" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="C146" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="D146" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E146" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="F146" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="G146" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="H146" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="I146" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>3731</v>
+        <v>3711</v>
       </c>
       <c r="B147" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C147" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="D147" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="E147" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="F147" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="G147" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="H147" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="I147" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>3732</v>
+        <v>3714</v>
       </c>
       <c r="B148" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="C148" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="D148" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="E148" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="F148" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="G148" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="H148" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="I148" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>3753</v>
+        <v>3716</v>
       </c>
       <c r="B149" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="C149" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="D149" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="E149" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="F149" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="G149" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="H149" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="I149" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>3756</v>
+        <v>3718</v>
       </c>
       <c r="B150" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="C150" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="D150" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="E150" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="F150" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="G150" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="H150" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="I150" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>3791</v>
+        <v>3719</v>
       </c>
       <c r="B151" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="C151" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="D151" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="E151" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="F151" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="G151" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="H151" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="I151" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="J151" t="s">
-        <v>1401</v>
+        <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>1402</v>
+        <v>170</v>
       </c>
       <c r="L151" t="s">
-        <v>1403</v>
+        <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>1404</v>
+        <v>171</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>3854</v>
+        <v>3731</v>
       </c>
       <c r="B152" t="s">
         <v>1406</v>
       </c>
       <c r="C152" t="s">
         <v>1407</v>
       </c>
       <c r="D152" t="s">
         <v>1408</v>
       </c>
       <c r="E152" t="s">
         <v>1409</v>
       </c>
       <c r="F152" t="s">
         <v>1410</v>
       </c>
       <c r="G152" t="s">
         <v>1411</v>
       </c>
       <c r="H152" t="s">
         <v>1412</v>
       </c>
       <c r="I152" t="s">
         <v>1413</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
         <v>1414</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4176</v>
+        <v>3732</v>
       </c>
       <c r="B153" t="s">
         <v>1415</v>
       </c>
       <c r="C153" t="s">
         <v>1416</v>
       </c>
       <c r="D153" t="s">
         <v>1417</v>
       </c>
       <c r="E153" t="s">
         <v>1418</v>
       </c>
       <c r="F153" t="s">
         <v>1419</v>
       </c>
       <c r="G153" t="s">
         <v>1420</v>
       </c>
       <c r="H153" t="s">
         <v>1421</v>
       </c>
       <c r="I153" t="s">
         <v>1422</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4186</v>
+        <v>3753</v>
       </c>
       <c r="B154" t="s">
         <v>1424</v>
       </c>
       <c r="C154" t="s">
         <v>1425</v>
       </c>
       <c r="D154" t="s">
         <v>1426</v>
       </c>
       <c r="E154" t="s">
         <v>1427</v>
       </c>
       <c r="F154" t="s">
         <v>1428</v>
       </c>
       <c r="G154" t="s">
         <v>1429</v>
       </c>
       <c r="H154" t="s">
         <v>1430</v>
       </c>
       <c r="I154" t="s">
         <v>1431</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4196</v>
+        <v>3755</v>
       </c>
       <c r="B155" t="s">
         <v>1433</v>
       </c>
       <c r="C155" t="s">
         <v>1434</v>
       </c>
       <c r="D155" t="s">
         <v>1435</v>
       </c>
       <c r="E155" t="s">
         <v>1436</v>
       </c>
       <c r="F155" t="s">
         <v>1437</v>
       </c>
       <c r="G155" t="s">
         <v>1438</v>
       </c>
       <c r="H155" t="s">
         <v>1439</v>
       </c>
       <c r="I155" t="s">
         <v>1440</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4198</v>
+        <v>3756</v>
       </c>
       <c r="B156" t="s">
         <v>1442</v>
       </c>
       <c r="C156" t="s">
         <v>1443</v>
       </c>
       <c r="D156" t="s">
         <v>1444</v>
       </c>
       <c r="E156" t="s">
         <v>1445</v>
       </c>
       <c r="F156" t="s">
         <v>1446</v>
       </c>
       <c r="G156" t="s">
         <v>1447</v>
       </c>
       <c r="H156" t="s">
         <v>1448</v>
       </c>
       <c r="I156" t="s">
         <v>1449</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4202</v>
+        <v>3777</v>
       </c>
       <c r="B157" t="s">
         <v>1451</v>
       </c>
       <c r="C157" t="s">
         <v>1452</v>
       </c>
       <c r="D157" t="s">
         <v>1453</v>
       </c>
       <c r="E157" t="s">
         <v>1454</v>
       </c>
       <c r="F157" t="s">
         <v>1455</v>
       </c>
       <c r="G157" t="s">
         <v>1456</v>
       </c>
       <c r="H157" t="s">
         <v>1457</v>
       </c>
       <c r="I157" t="s">
         <v>1458</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
         <v>1459</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4204</v>
+        <v>3779</v>
       </c>
       <c r="B158" t="s">
         <v>1460</v>
       </c>
       <c r="C158" t="s">
         <v>1461</v>
       </c>
       <c r="D158" t="s">
         <v>1462</v>
       </c>
       <c r="E158" t="s">
         <v>1463</v>
       </c>
       <c r="F158" t="s">
         <v>1464</v>
       </c>
       <c r="G158" t="s">
         <v>1465</v>
       </c>
       <c r="H158" t="s">
         <v>1466</v>
       </c>
       <c r="I158" t="s">
         <v>1467</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
         <v>1468</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4206</v>
+        <v>3791</v>
       </c>
       <c r="B159" t="s">
         <v>1469</v>
       </c>
       <c r="C159" t="s">
         <v>1470</v>
       </c>
       <c r="D159" t="s">
         <v>1471</v>
       </c>
       <c r="E159" t="s">
         <v>1472</v>
       </c>
       <c r="F159" t="s">
         <v>1473</v>
       </c>
       <c r="G159" t="s">
         <v>1474</v>
       </c>
       <c r="H159" t="s">
         <v>1475</v>
       </c>
       <c r="I159" t="s">
         <v>1476</v>
       </c>
       <c r="J159" t="s">
-        <v>24</v>
+        <v>1477</v>
       </c>
       <c r="K159" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L159" t="s">
-        <v>26</v>
+        <v>1479</v>
       </c>
       <c r="M159" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4211</v>
+        <v>3854</v>
       </c>
       <c r="B160" t="s">
-        <v>1478</v>
+        <v>1482</v>
       </c>
       <c r="C160" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="D160" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="E160" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="F160" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="G160" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="H160" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="I160" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4243</v>
+        <v>3863</v>
       </c>
       <c r="B161" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="C161" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="D161" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="E161" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="F161" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="G161" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="H161" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="I161" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4295</v>
+        <v>3868</v>
       </c>
       <c r="B162" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="C162" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="D162" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="E162" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="F162" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="G162" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="H162" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="I162" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4303</v>
+        <v>3910</v>
       </c>
       <c r="B163" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="C163" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="D163" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="E163" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="F163" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="G163" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="H163" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="I163" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="J163" t="s">
-        <v>736</v>
+        <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>1208</v>
+        <v>746</v>
       </c>
       <c r="L163" t="s">
-        <v>738</v>
+        <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>1209</v>
+        <v>747</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4304</v>
+        <v>4176</v>
       </c>
       <c r="B164" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="C164" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="D164" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="E164" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="F164" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="G164" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="H164" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="I164" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4308</v>
+        <v>4177</v>
       </c>
       <c r="B165" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="C165" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="D165" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="E165" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="F165" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="G165" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="H165" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="I165" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4309</v>
+        <v>4180</v>
       </c>
       <c r="B166" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="C166" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="D166" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="E166" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="F166" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="G166" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="H166" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="I166" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1540</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4314</v>
+        <v>4186</v>
       </c>
       <c r="B167" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="C167" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="D167" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="E167" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="F167" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="G167" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="H167" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="I167" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4316</v>
+        <v>4195</v>
       </c>
       <c r="B168" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="C168" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="D168" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="E168" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="F168" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="G168" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="H168" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="I168" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4318</v>
+        <v>4196</v>
       </c>
       <c r="B169" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="C169" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="D169" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="E169" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="F169" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="G169" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="H169" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="I169" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4319</v>
+        <v>4198</v>
       </c>
       <c r="B170" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="C170" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="D170" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="E170" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
       <c r="F170" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="G170" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="H170" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="I170" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4322</v>
+        <v>4202</v>
       </c>
       <c r="B171" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C171" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="D171" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="E171" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="F171" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="G171" t="s">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="H171" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="I171" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4436</v>
+        <v>4204</v>
       </c>
       <c r="B172" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="C172" t="s">
-        <v>1587</v>
+        <v>1591</v>
       </c>
       <c r="D172" t="s">
-        <v>1588</v>
+        <v>1592</v>
       </c>
       <c r="E172" t="s">
-        <v>1589</v>
+        <v>1593</v>
       </c>
       <c r="F172" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
       <c r="G172" t="s">
-        <v>1591</v>
+        <v>1595</v>
       </c>
       <c r="H172" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="I172" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4438</v>
+        <v>4206</v>
       </c>
       <c r="B173" t="s">
-        <v>1595</v>
+        <v>1599</v>
       </c>
       <c r="C173" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="D173" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
       <c r="E173" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
       <c r="F173" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="G173" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="H173" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="I173" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4454</v>
+        <v>4211</v>
       </c>
       <c r="B174" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="C174" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="D174" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="E174" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="F174" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="G174" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="H174" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="I174" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4457</v>
+        <v>4216</v>
       </c>
       <c r="B175" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="C175" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="D175" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="E175" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="F175" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="G175" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="H175" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="I175" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="J175" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K175" t="s">
-        <v>25</v>
+        <v>1626</v>
       </c>
       <c r="L175" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M175" t="s">
-        <v>27</v>
+        <v>1628</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4495</v>
+        <v>4220</v>
       </c>
       <c r="B176" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
       <c r="C176" t="s">
-        <v>1623</v>
+        <v>1631</v>
       </c>
       <c r="D176" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="E176" t="s">
-        <v>1625</v>
+        <v>1633</v>
       </c>
       <c r="F176" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
       <c r="G176" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
       <c r="H176" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="I176" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
         <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4498</v>
+        <v>4242</v>
       </c>
       <c r="B177" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
       <c r="C177" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="D177" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
       <c r="E177" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="F177" t="s">
-        <v>1635</v>
+        <v>1643</v>
       </c>
       <c r="G177" t="s">
-        <v>1636</v>
+        <v>1644</v>
       </c>
       <c r="H177" t="s">
-        <v>1637</v>
+        <v>1645</v>
       </c>
       <c r="I177" t="s">
-        <v>1638</v>
+        <v>1646</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1639</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4508</v>
+        <v>4243</v>
       </c>
       <c r="B178" t="s">
-        <v>1640</v>
+        <v>1648</v>
       </c>
       <c r="C178" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
       <c r="D178" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
       <c r="E178" t="s">
-        <v>1643</v>
+        <v>1651</v>
       </c>
       <c r="F178" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="G178" t="s">
-        <v>1645</v>
+        <v>1653</v>
       </c>
       <c r="H178" t="s">
-        <v>1646</v>
+        <v>1654</v>
       </c>
       <c r="I178" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
         <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4520</v>
+        <v>4292</v>
       </c>
       <c r="B179" t="s">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="C179" t="s">
-        <v>1650</v>
+        <v>1658</v>
       </c>
       <c r="D179" t="s">
-        <v>1651</v>
+        <v>1659</v>
       </c>
       <c r="E179" t="s">
-        <v>1652</v>
+        <v>1660</v>
       </c>
       <c r="F179" t="s">
-        <v>1653</v>
+        <v>1661</v>
       </c>
       <c r="G179" t="s">
-        <v>1654</v>
+        <v>1662</v>
       </c>
       <c r="H179" t="s">
-        <v>1655</v>
+        <v>1663</v>
       </c>
       <c r="I179" t="s">
-        <v>1656</v>
+        <v>1664</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>25</v>
+        <v>1665</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>27</v>
+        <v>1666</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1657</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4521</v>
+        <v>4295</v>
       </c>
       <c r="B180" t="s">
-        <v>1658</v>
+        <v>1668</v>
       </c>
       <c r="C180" t="s">
-        <v>1659</v>
+        <v>1669</v>
       </c>
       <c r="D180" t="s">
-        <v>1660</v>
+        <v>1670</v>
       </c>
       <c r="E180" t="s">
-        <v>1661</v>
+        <v>1671</v>
       </c>
       <c r="F180" t="s">
-        <v>1662</v>
+        <v>1672</v>
       </c>
       <c r="G180" t="s">
-        <v>1663</v>
+        <v>1673</v>
       </c>
       <c r="H180" t="s">
-        <v>1664</v>
+        <v>1674</v>
       </c>
       <c r="I180" t="s">
-        <v>1665</v>
+        <v>1675</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
         <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
         <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1666</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4525</v>
+        <v>4302</v>
       </c>
       <c r="B181" t="s">
-        <v>1667</v>
+        <v>1677</v>
       </c>
       <c r="C181" t="s">
-        <v>1668</v>
+        <v>1678</v>
       </c>
       <c r="D181" t="s">
-        <v>1669</v>
+        <v>1679</v>
       </c>
       <c r="E181" t="s">
-        <v>1670</v>
+        <v>1680</v>
       </c>
       <c r="F181" t="s">
-        <v>1671</v>
+        <v>1681</v>
       </c>
       <c r="G181" t="s">
-        <v>1672</v>
+        <v>1682</v>
       </c>
       <c r="H181" t="s">
-        <v>1673</v>
+        <v>1683</v>
       </c>
       <c r="I181" t="s">
-        <v>1674</v>
+        <v>1684</v>
       </c>
       <c r="J181" t="s">
-        <v>24</v>
+        <v>1685</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L181" t="s">
-        <v>26</v>
+        <v>1686</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1675</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4527</v>
+        <v>4303</v>
       </c>
       <c r="B182" t="s">
-        <v>1676</v>
+        <v>1688</v>
       </c>
       <c r="C182" t="s">
-        <v>1677</v>
+        <v>1689</v>
       </c>
       <c r="D182" t="s">
-        <v>1678</v>
+        <v>1690</v>
       </c>
       <c r="E182" t="s">
-        <v>1679</v>
+        <v>1691</v>
       </c>
       <c r="F182" t="s">
-        <v>1680</v>
+        <v>1692</v>
       </c>
       <c r="G182" t="s">
-        <v>1681</v>
+        <v>1693</v>
       </c>
       <c r="H182" t="s">
-        <v>1682</v>
+        <v>1694</v>
       </c>
       <c r="I182" t="s">
-        <v>1683</v>
+        <v>1695</v>
       </c>
       <c r="J182" t="s">
-        <v>24</v>
+        <v>757</v>
       </c>
       <c r="K182" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L182" t="s">
-        <v>26</v>
+        <v>759</v>
       </c>
       <c r="M182" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1684</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4535</v>
+        <v>4304</v>
       </c>
       <c r="B183" t="s">
-        <v>1685</v>
+        <v>1697</v>
       </c>
       <c r="C183" t="s">
-        <v>1686</v>
+        <v>1698</v>
       </c>
       <c r="D183" t="s">
-        <v>1687</v>
+        <v>1699</v>
       </c>
       <c r="E183" t="s">
-        <v>1688</v>
+        <v>1700</v>
       </c>
       <c r="F183" t="s">
-        <v>1689</v>
+        <v>1701</v>
       </c>
       <c r="G183" t="s">
-        <v>1690</v>
+        <v>1702</v>
       </c>
       <c r="H183" t="s">
-        <v>1691</v>
+        <v>1703</v>
       </c>
       <c r="I183" t="s">
-        <v>1692</v>
+        <v>1704</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1693</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4538</v>
+        <v>4307</v>
       </c>
       <c r="B184" t="s">
-        <v>1694</v>
+        <v>1706</v>
       </c>
       <c r="C184" t="s">
-        <v>1695</v>
+        <v>1707</v>
       </c>
       <c r="D184" t="s">
-        <v>1696</v>
+        <v>1708</v>
       </c>
       <c r="E184" t="s">
-        <v>1697</v>
+        <v>1709</v>
       </c>
       <c r="F184" t="s">
-        <v>1698</v>
+        <v>1710</v>
       </c>
       <c r="G184" t="s">
-        <v>1699</v>
+        <v>1711</v>
       </c>
       <c r="H184" t="s">
-        <v>1700</v>
+        <v>1712</v>
       </c>
       <c r="I184" t="s">
-        <v>1701</v>
+        <v>1713</v>
       </c>
       <c r="J184" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K184" t="s">
-        <v>25</v>
+        <v>1714</v>
       </c>
       <c r="L184" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
+        <v>1715</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1702</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4540</v>
+        <v>4308</v>
       </c>
       <c r="B185" t="s">
-        <v>1703</v>
+        <v>1717</v>
       </c>
       <c r="C185" t="s">
-        <v>1704</v>
+        <v>1718</v>
       </c>
       <c r="D185" t="s">
-        <v>1705</v>
+        <v>1719</v>
       </c>
       <c r="E185" t="s">
-        <v>1706</v>
+        <v>1720</v>
       </c>
       <c r="F185" t="s">
-        <v>1707</v>
+        <v>1721</v>
       </c>
       <c r="G185" t="s">
-        <v>1708</v>
+        <v>1722</v>
       </c>
       <c r="H185" t="s">
-        <v>1709</v>
+        <v>1723</v>
       </c>
       <c r="I185" t="s">
-        <v>1710</v>
+        <v>1724</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1711</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4545</v>
+        <v>4309</v>
       </c>
       <c r="B186" t="s">
-        <v>1712</v>
+        <v>1726</v>
       </c>
       <c r="C186" t="s">
-        <v>1713</v>
+        <v>1727</v>
       </c>
       <c r="D186" t="s">
-        <v>1714</v>
+        <v>1728</v>
       </c>
       <c r="E186" t="s">
-        <v>1715</v>
+        <v>1729</v>
       </c>
       <c r="F186" t="s">
-        <v>1716</v>
+        <v>1730</v>
       </c>
       <c r="G186" t="s">
-        <v>1717</v>
+        <v>1731</v>
       </c>
       <c r="H186" t="s">
-        <v>1718</v>
+        <v>1732</v>
       </c>
       <c r="I186" t="s">
-        <v>1719</v>
+        <v>1733</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1720</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4549</v>
+        <v>4311</v>
       </c>
       <c r="B187" t="s">
-        <v>1721</v>
+        <v>1735</v>
       </c>
       <c r="C187" t="s">
-        <v>1722</v>
+        <v>1736</v>
       </c>
       <c r="D187" t="s">
-        <v>1723</v>
+        <v>1737</v>
       </c>
       <c r="E187" t="s">
-        <v>1724</v>
+        <v>1738</v>
       </c>
       <c r="F187" t="s">
-        <v>1725</v>
+        <v>1739</v>
       </c>
       <c r="G187" t="s">
-        <v>1726</v>
+        <v>1740</v>
       </c>
       <c r="H187" t="s">
-        <v>1727</v>
+        <v>1741</v>
       </c>
       <c r="I187" t="s">
-        <v>1728</v>
+        <v>1742</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
         <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1729</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4555</v>
+        <v>4314</v>
       </c>
       <c r="B188" t="s">
-        <v>1730</v>
+        <v>1744</v>
       </c>
       <c r="C188" t="s">
-        <v>1731</v>
+        <v>1745</v>
       </c>
       <c r="D188" t="s">
-        <v>1732</v>
+        <v>1746</v>
       </c>
       <c r="E188" t="s">
-        <v>1733</v>
+        <v>1747</v>
       </c>
       <c r="F188" t="s">
-        <v>1734</v>
+        <v>1748</v>
       </c>
       <c r="G188" t="s">
-        <v>1735</v>
+        <v>1749</v>
       </c>
       <c r="H188" t="s">
-        <v>1736</v>
+        <v>1750</v>
       </c>
       <c r="I188" t="s">
-        <v>1737</v>
+        <v>1751</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1738</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4556</v>
+        <v>4316</v>
       </c>
       <c r="B189" t="s">
-        <v>1739</v>
+        <v>1753</v>
       </c>
       <c r="C189" t="s">
-        <v>1740</v>
+        <v>1754</v>
       </c>
       <c r="D189" t="s">
-        <v>1741</v>
+        <v>1755</v>
       </c>
       <c r="E189" t="s">
-        <v>1742</v>
+        <v>1756</v>
       </c>
       <c r="F189" t="s">
-        <v>1743</v>
+        <v>1757</v>
       </c>
       <c r="G189" t="s">
-        <v>1744</v>
+        <v>1758</v>
       </c>
       <c r="H189" t="s">
-        <v>1745</v>
+        <v>1759</v>
       </c>
       <c r="I189" t="s">
-        <v>1746</v>
+        <v>1760</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1747</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4558</v>
+        <v>4318</v>
       </c>
       <c r="B190" t="s">
-        <v>1748</v>
+        <v>1762</v>
       </c>
       <c r="C190" t="s">
-        <v>1749</v>
+        <v>1763</v>
       </c>
       <c r="D190" t="s">
-        <v>1750</v>
+        <v>1764</v>
       </c>
       <c r="E190" t="s">
-        <v>1751</v>
+        <v>1765</v>
       </c>
       <c r="F190" t="s">
-        <v>1752</v>
+        <v>1766</v>
       </c>
       <c r="G190" t="s">
-        <v>1753</v>
+        <v>1767</v>
       </c>
       <c r="H190" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="I190" t="s">
-        <v>1755</v>
+        <v>1769</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1756</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4559</v>
+        <v>4319</v>
       </c>
       <c r="B191" t="s">
-        <v>1757</v>
+        <v>1771</v>
       </c>
       <c r="C191" t="s">
-        <v>1758</v>
+        <v>1772</v>
       </c>
       <c r="D191" t="s">
-        <v>1759</v>
+        <v>1773</v>
       </c>
       <c r="E191" t="s">
-        <v>1760</v>
+        <v>1774</v>
       </c>
       <c r="F191" t="s">
-        <v>1761</v>
+        <v>1775</v>
       </c>
       <c r="G191" t="s">
-        <v>1762</v>
+        <v>1776</v>
       </c>
       <c r="H191" t="s">
-        <v>1763</v>
+        <v>1777</v>
       </c>
       <c r="I191" t="s">
-        <v>1764</v>
+        <v>1778</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1765</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4560</v>
+        <v>4322</v>
       </c>
       <c r="B192" t="s">
-        <v>1766</v>
+        <v>1780</v>
       </c>
       <c r="C192" t="s">
-        <v>1767</v>
+        <v>1781</v>
       </c>
       <c r="D192" t="s">
-        <v>1768</v>
+        <v>1782</v>
       </c>
       <c r="E192" t="s">
-        <v>1769</v>
+        <v>1783</v>
       </c>
       <c r="F192" t="s">
-        <v>1770</v>
+        <v>1784</v>
       </c>
       <c r="G192" t="s">
-        <v>1771</v>
+        <v>1785</v>
       </c>
       <c r="H192" t="s">
-        <v>1772</v>
+        <v>1786</v>
       </c>
       <c r="I192" t="s">
-        <v>1773</v>
+        <v>1787</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1774</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4563</v>
+        <v>4436</v>
       </c>
       <c r="B193" t="s">
-        <v>1775</v>
+        <v>1789</v>
       </c>
       <c r="C193" t="s">
-        <v>1776</v>
+        <v>1790</v>
       </c>
       <c r="D193" t="s">
-        <v>1777</v>
+        <v>1791</v>
       </c>
       <c r="E193" t="s">
-        <v>1778</v>
+        <v>1792</v>
       </c>
       <c r="F193" t="s">
-        <v>1779</v>
+        <v>1793</v>
       </c>
       <c r="G193" t="s">
-        <v>1780</v>
+        <v>1794</v>
       </c>
       <c r="H193" t="s">
-        <v>1781</v>
+        <v>1795</v>
       </c>
       <c r="I193" t="s">
-        <v>1782</v>
+        <v>1796</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1783</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4564</v>
+        <v>4438</v>
       </c>
       <c r="B194" t="s">
-        <v>1784</v>
+        <v>1798</v>
       </c>
       <c r="C194" t="s">
-        <v>1785</v>
+        <v>1799</v>
       </c>
       <c r="D194" t="s">
-        <v>1786</v>
+        <v>1800</v>
       </c>
       <c r="E194" t="s">
-        <v>1787</v>
+        <v>1801</v>
       </c>
       <c r="F194" t="s">
-        <v>1788</v>
+        <v>1802</v>
       </c>
       <c r="G194" t="s">
-        <v>1789</v>
+        <v>1803</v>
       </c>
       <c r="H194" t="s">
-        <v>1790</v>
+        <v>1804</v>
       </c>
       <c r="I194" t="s">
-        <v>1791</v>
+        <v>1805</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>1792</v>
+        <v>25</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
+      <c r="M194" t="s">
+        <v>27</v>
+      </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1793</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4566</v>
+        <v>4454</v>
       </c>
       <c r="B195" t="s">
-        <v>1794</v>
+        <v>1807</v>
       </c>
       <c r="C195" t="s">
-        <v>1795</v>
+        <v>1808</v>
       </c>
       <c r="D195" t="s">
-        <v>1796</v>
+        <v>1809</v>
       </c>
       <c r="E195" t="s">
-        <v>1797</v>
+        <v>1810</v>
       </c>
       <c r="F195" t="s">
-        <v>1798</v>
+        <v>1811</v>
       </c>
       <c r="G195" t="s">
-        <v>1799</v>
+        <v>1812</v>
       </c>
       <c r="H195" t="s">
-        <v>1800</v>
+        <v>1813</v>
       </c>
       <c r="I195" t="s">
-        <v>1801</v>
+        <v>1814</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1802</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4568</v>
+        <v>4457</v>
       </c>
       <c r="B196" t="s">
-        <v>1803</v>
+        <v>1816</v>
       </c>
       <c r="C196" t="s">
-        <v>1804</v>
+        <v>1817</v>
       </c>
       <c r="D196" t="s">
-        <v>1805</v>
+        <v>1818</v>
       </c>
       <c r="E196" t="s">
-        <v>1806</v>
+        <v>1819</v>
       </c>
       <c r="F196" t="s">
-        <v>1807</v>
+        <v>1820</v>
       </c>
       <c r="G196" t="s">
-        <v>1808</v>
+        <v>1821</v>
       </c>
       <c r="H196" t="s">
-        <v>1809</v>
+        <v>1822</v>
       </c>
       <c r="I196" t="s">
-        <v>1810</v>
+        <v>1823</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1811</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4704</v>
+        <v>4495</v>
       </c>
       <c r="B197" t="s">
-        <v>1812</v>
+        <v>1825</v>
       </c>
       <c r="C197" t="s">
-        <v>1813</v>
+        <v>1826</v>
       </c>
       <c r="D197" t="s">
-        <v>1814</v>
+        <v>1827</v>
       </c>
       <c r="E197" t="s">
-        <v>1815</v>
+        <v>1828</v>
       </c>
       <c r="F197" t="s">
-        <v>1816</v>
+        <v>1829</v>
       </c>
       <c r="G197" t="s">
-        <v>1817</v>
+        <v>1830</v>
       </c>
       <c r="H197" t="s">
-        <v>1818</v>
+        <v>1831</v>
       </c>
       <c r="I197" t="s">
-        <v>1819</v>
+        <v>1832</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1820</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4706</v>
+        <v>4498</v>
       </c>
       <c r="B198" t="s">
-        <v>1821</v>
+        <v>1834</v>
       </c>
       <c r="C198" t="s">
-        <v>1822</v>
+        <v>1835</v>
       </c>
       <c r="D198" t="s">
-        <v>1823</v>
+        <v>1836</v>
       </c>
       <c r="E198" t="s">
-        <v>1824</v>
+        <v>1837</v>
       </c>
       <c r="F198" t="s">
-        <v>1825</v>
+        <v>1838</v>
       </c>
       <c r="G198" t="s">
-        <v>1826</v>
+        <v>1839</v>
       </c>
       <c r="H198" t="s">
-        <v>1827</v>
+        <v>1840</v>
       </c>
       <c r="I198" t="s">
-        <v>1828</v>
+        <v>1841</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1829</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4709</v>
+        <v>4508</v>
       </c>
       <c r="B199" t="s">
-        <v>1830</v>
+        <v>1843</v>
       </c>
       <c r="C199" t="s">
-        <v>1831</v>
+        <v>1844</v>
       </c>
       <c r="D199" t="s">
-        <v>1832</v>
+        <v>1845</v>
       </c>
       <c r="E199" t="s">
-        <v>1833</v>
+        <v>1846</v>
       </c>
       <c r="F199" t="s">
-        <v>1834</v>
+        <v>1847</v>
       </c>
       <c r="G199" t="s">
-        <v>1835</v>
+        <v>1848</v>
       </c>
       <c r="H199" t="s">
-        <v>1836</v>
+        <v>1849</v>
       </c>
       <c r="I199" t="s">
-        <v>1837</v>
+        <v>1850</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1838</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4711</v>
+        <v>4520</v>
       </c>
       <c r="B200" t="s">
-        <v>1839</v>
+        <v>1852</v>
       </c>
       <c r="C200" t="s">
-        <v>1840</v>
+        <v>1853</v>
       </c>
       <c r="D200" t="s">
-        <v>1841</v>
+        <v>1854</v>
       </c>
       <c r="E200" t="s">
-        <v>1842</v>
+        <v>1855</v>
       </c>
       <c r="F200" t="s">
-        <v>1843</v>
+        <v>1856</v>
       </c>
       <c r="G200" t="s">
-        <v>1844</v>
+        <v>1857</v>
       </c>
       <c r="H200" t="s">
-        <v>1845</v>
+        <v>1858</v>
       </c>
       <c r="I200" t="s">
-        <v>1846</v>
+        <v>1859</v>
       </c>
       <c r="J200" t="s">
-        <v>1847</v>
+        <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>1848</v>
+        <v>25</v>
       </c>
       <c r="L200" t="s">
-        <v>1849</v>
+        <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>1850</v>
+        <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1851</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4716</v>
+        <v>4521</v>
       </c>
       <c r="B201" t="s">
-        <v>1852</v>
+        <v>1861</v>
       </c>
       <c r="C201" t="s">
-        <v>1853</v>
+        <v>1862</v>
       </c>
       <c r="D201" t="s">
-        <v>1854</v>
+        <v>1863</v>
       </c>
       <c r="E201" t="s">
-        <v>1855</v>
+        <v>1864</v>
       </c>
       <c r="F201" t="s">
-        <v>1856</v>
+        <v>1865</v>
       </c>
       <c r="G201" t="s">
-        <v>1857</v>
+        <v>1866</v>
       </c>
       <c r="H201" t="s">
-        <v>1858</v>
+        <v>1867</v>
       </c>
       <c r="I201" t="s">
-        <v>1859</v>
+        <v>1868</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1860</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4717</v>
+        <v>4525</v>
       </c>
       <c r="B202" t="s">
-        <v>1861</v>
+        <v>1870</v>
       </c>
       <c r="C202" t="s">
-        <v>1862</v>
+        <v>1871</v>
       </c>
       <c r="D202" t="s">
-        <v>1863</v>
+        <v>1872</v>
       </c>
       <c r="E202" t="s">
-        <v>1864</v>
+        <v>1873</v>
       </c>
       <c r="F202" t="s">
-        <v>1865</v>
+        <v>1874</v>
       </c>
       <c r="G202" t="s">
-        <v>1866</v>
+        <v>1875</v>
       </c>
       <c r="H202" t="s">
-        <v>1867</v>
+        <v>1876</v>
       </c>
       <c r="I202" t="s">
-        <v>1868</v>
+        <v>1877</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1869</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4721</v>
+        <v>4527</v>
       </c>
       <c r="B203" t="s">
-        <v>1870</v>
+        <v>1879</v>
       </c>
       <c r="C203" t="s">
-        <v>1871</v>
+        <v>1880</v>
       </c>
       <c r="D203" t="s">
-        <v>1872</v>
+        <v>1881</v>
       </c>
       <c r="E203" t="s">
-        <v>1873</v>
+        <v>1882</v>
       </c>
       <c r="F203" t="s">
-        <v>1874</v>
+        <v>1883</v>
       </c>
       <c r="G203" t="s">
-        <v>1875</v>
+        <v>1884</v>
       </c>
       <c r="H203" t="s">
-        <v>1876</v>
+        <v>1885</v>
       </c>
       <c r="I203" t="s">
-        <v>1877</v>
+        <v>1886</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1878</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4722</v>
+        <v>4535</v>
       </c>
       <c r="B204" t="s">
-        <v>1879</v>
+        <v>1888</v>
       </c>
       <c r="C204" t="s">
-        <v>1880</v>
+        <v>1889</v>
       </c>
       <c r="D204" t="s">
-        <v>1881</v>
+        <v>1890</v>
       </c>
       <c r="E204" t="s">
-        <v>1882</v>
+        <v>1891</v>
       </c>
       <c r="F204" t="s">
-        <v>1883</v>
+        <v>1892</v>
       </c>
       <c r="G204" t="s">
-        <v>1884</v>
+        <v>1893</v>
       </c>
       <c r="H204" t="s">
-        <v>1885</v>
+        <v>1894</v>
       </c>
       <c r="I204" t="s">
-        <v>1886</v>
+        <v>1895</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>1887</v>
+        <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
+      <c r="M204" t="s">
+        <v>27</v>
+      </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1888</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4792</v>
+        <v>4538</v>
       </c>
       <c r="B205" t="s">
-        <v>1889</v>
+        <v>1897</v>
       </c>
       <c r="C205" t="s">
-        <v>1890</v>
+        <v>1898</v>
       </c>
       <c r="D205" t="s">
-        <v>1891</v>
+        <v>1899</v>
       </c>
       <c r="E205" t="s">
-        <v>1892</v>
+        <v>1900</v>
       </c>
       <c r="F205" t="s">
-        <v>1893</v>
+        <v>1901</v>
       </c>
       <c r="G205" t="s">
-        <v>1894</v>
+        <v>1902</v>
       </c>
       <c r="H205" t="s">
-        <v>1895</v>
+        <v>1903</v>
       </c>
       <c r="I205" t="s">
-        <v>1896</v>
+        <v>1904</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1897</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4801</v>
+        <v>4540</v>
       </c>
       <c r="B206" t="s">
-        <v>1898</v>
+        <v>1906</v>
       </c>
       <c r="C206" t="s">
-        <v>1899</v>
+        <v>1907</v>
       </c>
       <c r="D206" t="s">
-        <v>1900</v>
+        <v>1908</v>
       </c>
       <c r="E206" t="s">
-        <v>1901</v>
+        <v>1909</v>
       </c>
       <c r="F206" t="s">
-        <v>1902</v>
+        <v>1910</v>
       </c>
       <c r="G206" t="s">
-        <v>1903</v>
+        <v>1911</v>
       </c>
       <c r="H206" t="s">
-        <v>1904</v>
+        <v>1912</v>
       </c>
       <c r="I206" t="s">
-        <v>1905</v>
+        <v>1913</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1906</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4809</v>
+        <v>4545</v>
       </c>
       <c r="B207" t="s">
-        <v>1907</v>
+        <v>1915</v>
       </c>
       <c r="C207" t="s">
-        <v>1908</v>
+        <v>1916</v>
       </c>
       <c r="D207" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
       <c r="E207" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="F207" t="s">
-        <v>1911</v>
+        <v>1919</v>
       </c>
       <c r="G207" t="s">
-        <v>1912</v>
+        <v>1920</v>
       </c>
       <c r="H207" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
       <c r="I207" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1915</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4810</v>
+        <v>4549</v>
       </c>
       <c r="B208" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
       <c r="C208" t="s">
-        <v>1917</v>
+        <v>1925</v>
       </c>
       <c r="D208" t="s">
-        <v>1918</v>
+        <v>1926</v>
       </c>
       <c r="E208" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="F208" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="G208" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
       <c r="H208" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I208" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1924</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4811</v>
+        <v>4555</v>
       </c>
       <c r="B209" t="s">
-        <v>1925</v>
+        <v>1933</v>
       </c>
       <c r="C209" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
       <c r="D209" t="s">
-        <v>1927</v>
+        <v>1935</v>
       </c>
       <c r="E209" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
       <c r="F209" t="s">
-        <v>1929</v>
+        <v>1937</v>
       </c>
       <c r="G209" t="s">
-        <v>1930</v>
+        <v>1938</v>
       </c>
       <c r="H209" t="s">
-        <v>1931</v>
+        <v>1939</v>
       </c>
       <c r="I209" t="s">
-        <v>1932</v>
+        <v>1940</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>1402</v>
+        <v>170</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>1404</v>
+        <v>171</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1933</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>4815</v>
+        <v>4556</v>
       </c>
       <c r="B210" t="s">
-        <v>1934</v>
+        <v>1942</v>
       </c>
       <c r="C210" t="s">
-        <v>1935</v>
+        <v>1943</v>
       </c>
       <c r="D210" t="s">
-        <v>1936</v>
+        <v>1944</v>
       </c>
       <c r="E210" t="s">
-        <v>1937</v>
+        <v>1945</v>
       </c>
       <c r="F210" t="s">
-        <v>1938</v>
+        <v>1946</v>
       </c>
       <c r="G210" t="s">
-        <v>1939</v>
+        <v>1947</v>
       </c>
       <c r="H210" t="s">
-        <v>1940</v>
+        <v>1948</v>
       </c>
       <c r="I210" t="s">
-        <v>1941</v>
+        <v>1949</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
         <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
         <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1942</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>4817</v>
+        <v>4558</v>
       </c>
       <c r="B211" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
       <c r="C211" t="s">
-        <v>1944</v>
+        <v>1952</v>
       </c>
       <c r="D211" t="s">
-        <v>1945</v>
+        <v>1953</v>
       </c>
       <c r="E211" t="s">
-        <v>1946</v>
+        <v>1954</v>
       </c>
       <c r="F211" t="s">
-        <v>1947</v>
+        <v>1955</v>
       </c>
       <c r="G211" t="s">
-        <v>1948</v>
+        <v>1956</v>
       </c>
       <c r="H211" t="s">
-        <v>1949</v>
+        <v>1957</v>
       </c>
       <c r="I211" t="s">
-        <v>1950</v>
+        <v>1958</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1951</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>4849</v>
+        <v>4559</v>
       </c>
       <c r="B212" t="s">
-        <v>1952</v>
+        <v>1960</v>
       </c>
       <c r="C212" t="s">
-        <v>1953</v>
+        <v>1961</v>
       </c>
       <c r="D212" t="s">
-        <v>1954</v>
+        <v>1962</v>
       </c>
       <c r="E212" t="s">
-        <v>1955</v>
+        <v>1963</v>
       </c>
       <c r="F212" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="G212" t="s">
-        <v>1957</v>
+        <v>1965</v>
       </c>
       <c r="H212" t="s">
-        <v>1958</v>
+        <v>1966</v>
       </c>
       <c r="I212" t="s">
-        <v>1959</v>
+        <v>1967</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1960</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>4850</v>
+        <v>4560</v>
       </c>
       <c r="B213" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="C213" t="s">
-        <v>1962</v>
+        <v>1970</v>
       </c>
       <c r="D213" t="s">
-        <v>1963</v>
+        <v>1971</v>
       </c>
       <c r="E213" t="s">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="F213" t="s">
-        <v>1965</v>
+        <v>1973</v>
       </c>
       <c r="G213" t="s">
-        <v>1966</v>
+        <v>1974</v>
       </c>
       <c r="H213" t="s">
-        <v>1967</v>
+        <v>1975</v>
       </c>
       <c r="I213" t="s">
-        <v>1968</v>
+        <v>1976</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1969</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>4935</v>
+        <v>4563</v>
       </c>
       <c r="B214" t="s">
-        <v>1970</v>
+        <v>1978</v>
       </c>
       <c r="C214" t="s">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="D214" t="s">
-        <v>1972</v>
+        <v>1980</v>
       </c>
       <c r="E214" t="s">
-        <v>1973</v>
+        <v>1981</v>
       </c>
       <c r="F214" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="G214" t="s">
-        <v>1975</v>
+        <v>1983</v>
       </c>
       <c r="H214" t="s">
-        <v>1976</v>
+        <v>1984</v>
       </c>
       <c r="I214" t="s">
-        <v>1977</v>
+        <v>1985</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1978</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>4936</v>
+        <v>4564</v>
       </c>
       <c r="B215" t="s">
-        <v>1979</v>
+        <v>1987</v>
       </c>
       <c r="C215" t="s">
-        <v>1980</v>
+        <v>1988</v>
       </c>
       <c r="D215" t="s">
-        <v>1981</v>
+        <v>1989</v>
       </c>
       <c r="E215" t="s">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="F215" t="s">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="G215" t="s">
-        <v>1984</v>
+        <v>1992</v>
       </c>
       <c r="H215" t="s">
-        <v>1985</v>
+        <v>1993</v>
       </c>
       <c r="I215" t="s">
-        <v>1986</v>
+        <v>1994</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>25</v>
+        <v>1995</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>27</v>
+        <v>1996</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1987</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>4939</v>
+        <v>4566</v>
       </c>
       <c r="B216" t="s">
-        <v>1988</v>
+        <v>1998</v>
       </c>
       <c r="C216" t="s">
-        <v>1989</v>
+        <v>1999</v>
       </c>
       <c r="D216" t="s">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="E216" t="s">
-        <v>1991</v>
+        <v>2001</v>
       </c>
       <c r="F216" t="s">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="G216" t="s">
-        <v>1993</v>
+        <v>2003</v>
       </c>
       <c r="H216" t="s">
-        <v>1994</v>
+        <v>2004</v>
       </c>
       <c r="I216" t="s">
-        <v>1995</v>
+        <v>2005</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>1996</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>4944</v>
+        <v>4568</v>
       </c>
       <c r="B217" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="C217" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="D217" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="E217" t="s">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="F217" t="s">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="G217" t="s">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="H217" t="s">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I217" t="s">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2005</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>4947</v>
+        <v>4704</v>
       </c>
       <c r="B218" t="s">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="C218" t="s">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="D218" t="s">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="E218" t="s">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="F218" t="s">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="G218" t="s">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="H218" t="s">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="I218" t="s">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>47</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>48</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2014</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>4950</v>
+        <v>4706</v>
       </c>
       <c r="B219" t="s">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="C219" t="s">
-        <v>2016</v>
+        <v>2026</v>
       </c>
       <c r="D219" t="s">
-        <v>2017</v>
+        <v>2027</v>
       </c>
       <c r="E219" t="s">
-        <v>2018</v>
+        <v>2028</v>
       </c>
       <c r="F219" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="G219" t="s">
-        <v>2020</v>
+        <v>2030</v>
       </c>
       <c r="H219" t="s">
-        <v>2021</v>
+        <v>2031</v>
       </c>
       <c r="I219" t="s">
-        <v>2022</v>
+        <v>2032</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>1402</v>
+        <v>170</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>1404</v>
+        <v>171</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2023</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>4958</v>
+        <v>4709</v>
       </c>
       <c r="B220" t="s">
-        <v>2024</v>
+        <v>2034</v>
       </c>
       <c r="C220" t="s">
-        <v>2025</v>
+        <v>2035</v>
       </c>
       <c r="D220" t="s">
-        <v>2026</v>
+        <v>2036</v>
       </c>
       <c r="E220" t="s">
-        <v>2027</v>
+        <v>2037</v>
       </c>
       <c r="F220" t="s">
-        <v>2028</v>
+        <v>2038</v>
       </c>
       <c r="G220" t="s">
-        <v>2029</v>
+        <v>2039</v>
       </c>
       <c r="H220" t="s">
-        <v>2030</v>
+        <v>2040</v>
       </c>
       <c r="I220" t="s">
-        <v>2031</v>
+        <v>2041</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2032</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>4965</v>
+        <v>4711</v>
       </c>
       <c r="B221" t="s">
-        <v>2033</v>
+        <v>2043</v>
       </c>
       <c r="C221" t="s">
-        <v>2034</v>
+        <v>2044</v>
       </c>
       <c r="D221" t="s">
-        <v>2035</v>
+        <v>2045</v>
       </c>
       <c r="E221" t="s">
-        <v>2036</v>
+        <v>2046</v>
       </c>
       <c r="F221" t="s">
-        <v>2037</v>
+        <v>2047</v>
       </c>
       <c r="G221" t="s">
-        <v>2038</v>
+        <v>2048</v>
       </c>
       <c r="H221" t="s">
-        <v>2039</v>
+        <v>2049</v>
       </c>
       <c r="I221" t="s">
-        <v>2040</v>
+        <v>2050</v>
       </c>
       <c r="J221" t="s">
-        <v>24</v>
+        <v>2051</v>
       </c>
       <c r="K221" t="s">
-        <v>25</v>
+        <v>2052</v>
       </c>
       <c r="L221" t="s">
-        <v>26</v>
+        <v>2053</v>
       </c>
       <c r="M221" t="s">
-        <v>27</v>
+        <v>2054</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2041</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>4968</v>
+        <v>4714</v>
       </c>
       <c r="B222" t="s">
-        <v>2042</v>
+        <v>2056</v>
       </c>
       <c r="C222" t="s">
-        <v>2043</v>
+        <v>2057</v>
       </c>
       <c r="D222" t="s">
-        <v>2044</v>
+        <v>2058</v>
       </c>
       <c r="E222" t="s">
-        <v>2045</v>
+        <v>2059</v>
       </c>
       <c r="F222" t="s">
-        <v>2046</v>
+        <v>2060</v>
       </c>
       <c r="G222" t="s">
-        <v>2047</v>
+        <v>2061</v>
       </c>
       <c r="H222" t="s">
-        <v>2048</v>
+        <v>2062</v>
       </c>
       <c r="I222" t="s">
-        <v>2049</v>
+        <v>2063</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2050</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>4969</v>
+        <v>4716</v>
       </c>
       <c r="B223" t="s">
-        <v>2051</v>
+        <v>2065</v>
       </c>
       <c r="C223" t="s">
-        <v>2052</v>
+        <v>2066</v>
       </c>
       <c r="D223" t="s">
-        <v>2053</v>
+        <v>2067</v>
       </c>
       <c r="E223" t="s">
-        <v>2054</v>
+        <v>2068</v>
       </c>
       <c r="F223" t="s">
-        <v>2055</v>
+        <v>2069</v>
       </c>
       <c r="G223" t="s">
-        <v>2056</v>
+        <v>2070</v>
       </c>
       <c r="H223" t="s">
-        <v>2057</v>
+        <v>2071</v>
       </c>
       <c r="I223" t="s">
-        <v>2058</v>
+        <v>2072</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2059</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5020</v>
+        <v>4717</v>
       </c>
       <c r="B224" t="s">
-        <v>2060</v>
+        <v>2074</v>
       </c>
       <c r="C224" t="s">
-        <v>2061</v>
+        <v>2075</v>
       </c>
       <c r="D224" t="s">
-        <v>2062</v>
+        <v>2076</v>
       </c>
       <c r="E224" t="s">
-        <v>2063</v>
+        <v>2077</v>
       </c>
       <c r="F224" t="s">
-        <v>2064</v>
+        <v>2078</v>
       </c>
       <c r="G224" t="s">
-        <v>2065</v>
+        <v>2079</v>
       </c>
       <c r="H224" t="s">
-        <v>2066</v>
+        <v>2080</v>
       </c>
       <c r="I224" t="s">
-        <v>2067</v>
+        <v>2081</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2068</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5037</v>
+        <v>4721</v>
       </c>
       <c r="B225" t="s">
-        <v>2069</v>
+        <v>2083</v>
       </c>
       <c r="C225" t="s">
-        <v>2070</v>
+        <v>2084</v>
       </c>
       <c r="D225" t="s">
-        <v>2071</v>
+        <v>2085</v>
       </c>
       <c r="E225" t="s">
-        <v>2072</v>
+        <v>2086</v>
       </c>
       <c r="F225" t="s">
-        <v>2073</v>
+        <v>2087</v>
       </c>
       <c r="G225" t="s">
-        <v>2074</v>
+        <v>2088</v>
       </c>
       <c r="H225" t="s">
-        <v>2075</v>
+        <v>2089</v>
       </c>
       <c r="I225" t="s">
-        <v>2076</v>
+        <v>2090</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>148</v>
+        <v>1230</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>149</v>
+        <v>1231</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2077</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5100</v>
+        <v>4722</v>
       </c>
       <c r="B226" t="s">
-        <v>2078</v>
+        <v>2092</v>
       </c>
       <c r="C226" t="s">
-        <v>2079</v>
+        <v>2093</v>
       </c>
       <c r="D226" t="s">
-        <v>2080</v>
+        <v>2094</v>
       </c>
       <c r="E226" t="s">
-        <v>2081</v>
+        <v>2095</v>
       </c>
       <c r="F226" t="s">
-        <v>2082</v>
+        <v>2096</v>
       </c>
       <c r="G226" t="s">
-        <v>2083</v>
+        <v>2097</v>
       </c>
       <c r="H226" t="s">
-        <v>2084</v>
+        <v>2098</v>
       </c>
       <c r="I226" t="s">
-        <v>2085</v>
+        <v>2099</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>669</v>
+        <v>2100</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>670</v>
+        <v>2101</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2086</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5141</v>
+        <v>4723</v>
       </c>
       <c r="B227" t="s">
-        <v>2087</v>
+        <v>2103</v>
       </c>
       <c r="C227" t="s">
-        <v>2088</v>
+        <v>2104</v>
       </c>
       <c r="D227" t="s">
-        <v>2089</v>
+        <v>2105</v>
       </c>
       <c r="E227" t="s">
-        <v>2090</v>
+        <v>2106</v>
       </c>
       <c r="F227" t="s">
-        <v>2091</v>
+        <v>2107</v>
       </c>
       <c r="G227" t="s">
-        <v>2092</v>
+        <v>2108</v>
       </c>
       <c r="H227" t="s">
-        <v>2093</v>
+        <v>2109</v>
       </c>
       <c r="I227" t="s">
-        <v>2094</v>
+        <v>2110</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>25</v>
+        <v>2111</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>27</v>
+        <v>2112</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2095</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5212</v>
+        <v>4792</v>
       </c>
       <c r="B228" t="s">
-        <v>2096</v>
+        <v>2114</v>
       </c>
       <c r="C228" t="s">
-        <v>2097</v>
+        <v>2115</v>
       </c>
       <c r="D228" t="s">
-        <v>2098</v>
+        <v>2116</v>
       </c>
       <c r="E228" t="s">
-        <v>2099</v>
+        <v>2117</v>
       </c>
       <c r="F228" t="s">
-        <v>2100</v>
+        <v>2118</v>
       </c>
       <c r="G228" t="s">
-        <v>2101</v>
+        <v>2119</v>
       </c>
       <c r="H228" t="s">
-        <v>2102</v>
+        <v>2120</v>
       </c>
       <c r="I228" t="s">
-        <v>2103</v>
+        <v>2121</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
         <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
         <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2104</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5272</v>
+        <v>4801</v>
       </c>
       <c r="B229" t="s">
-        <v>2105</v>
+        <v>2123</v>
       </c>
       <c r="C229" t="s">
-        <v>2106</v>
+        <v>2124</v>
       </c>
       <c r="D229" t="s">
-        <v>2107</v>
+        <v>2125</v>
       </c>
       <c r="E229" t="s">
-        <v>2108</v>
+        <v>2126</v>
       </c>
       <c r="F229" t="s">
-        <v>2109</v>
+        <v>2127</v>
       </c>
       <c r="G229" t="s">
-        <v>2110</v>
+        <v>2128</v>
       </c>
       <c r="H229" t="s">
-        <v>2111</v>
+        <v>2129</v>
       </c>
       <c r="I229" t="s">
-        <v>2112</v>
+        <v>2130</v>
       </c>
       <c r="J229" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>725</v>
+        <v>170</v>
       </c>
       <c r="L229" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>726</v>
+        <v>171</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2113</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5273</v>
+        <v>4809</v>
       </c>
       <c r="B230" t="s">
-        <v>2114</v>
+        <v>2132</v>
       </c>
       <c r="C230" t="s">
-        <v>2115</v>
+        <v>2133</v>
       </c>
       <c r="D230" t="s">
-        <v>2116</v>
+        <v>2134</v>
       </c>
       <c r="E230" t="s">
-        <v>2117</v>
+        <v>2135</v>
       </c>
       <c r="F230" t="s">
-        <v>2118</v>
+        <v>2136</v>
       </c>
       <c r="G230" t="s">
-        <v>2119</v>
+        <v>2137</v>
       </c>
       <c r="H230" t="s">
-        <v>2120</v>
+        <v>2138</v>
       </c>
       <c r="I230" t="s">
-        <v>2121</v>
+        <v>2139</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>2122</v>
+        <v>170</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>2123</v>
+        <v>171</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2124</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5280</v>
+        <v>4810</v>
       </c>
       <c r="B231" t="s">
-        <v>2125</v>
+        <v>2141</v>
       </c>
       <c r="C231" t="s">
-        <v>2126</v>
+        <v>2142</v>
       </c>
       <c r="D231" t="s">
-        <v>2127</v>
+        <v>2143</v>
       </c>
       <c r="E231" t="s">
-        <v>2128</v>
+        <v>2144</v>
       </c>
       <c r="F231" t="s">
-        <v>2129</v>
+        <v>2145</v>
       </c>
       <c r="G231" t="s">
-        <v>2130</v>
+        <v>2146</v>
       </c>
       <c r="H231" t="s">
-        <v>2131</v>
+        <v>2147</v>
       </c>
       <c r="I231" t="s">
-        <v>2132</v>
+        <v>2148</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2133</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5326</v>
+        <v>4811</v>
       </c>
       <c r="B232" t="s">
-        <v>2134</v>
+        <v>2150</v>
       </c>
       <c r="C232" t="s">
-        <v>2135</v>
+        <v>2151</v>
       </c>
       <c r="D232" t="s">
-        <v>2136</v>
+        <v>2152</v>
       </c>
       <c r="E232" t="s">
-        <v>2137</v>
+        <v>2153</v>
       </c>
       <c r="F232" t="s">
-        <v>2138</v>
+        <v>2154</v>
       </c>
       <c r="G232" t="s">
-        <v>2139</v>
+        <v>2155</v>
       </c>
       <c r="H232" t="s">
-        <v>2140</v>
+        <v>2156</v>
       </c>
       <c r="I232" t="s">
-        <v>2141</v>
+        <v>2157</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>148</v>
+        <v>1478</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>149</v>
+        <v>1480</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2142</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5330</v>
+        <v>4815</v>
       </c>
       <c r="B233" t="s">
-        <v>2143</v>
+        <v>2159</v>
       </c>
       <c r="C233" t="s">
-        <v>2144</v>
+        <v>2160</v>
       </c>
       <c r="D233" t="s">
-        <v>2145</v>
+        <v>2161</v>
       </c>
       <c r="E233" t="s">
-        <v>2146</v>
+        <v>2162</v>
       </c>
       <c r="F233" t="s">
-        <v>2147</v>
+        <v>2163</v>
       </c>
       <c r="G233" t="s">
-        <v>2148</v>
+        <v>2164</v>
       </c>
       <c r="H233" t="s">
-        <v>2149</v>
+        <v>2165</v>
       </c>
       <c r="I233" t="s">
-        <v>2150</v>
+        <v>2166</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2151</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5331</v>
+        <v>4817</v>
       </c>
       <c r="B234" t="s">
-        <v>2152</v>
+        <v>2168</v>
       </c>
       <c r="C234" t="s">
-        <v>2153</v>
+        <v>2169</v>
       </c>
       <c r="D234" t="s">
-        <v>2154</v>
+        <v>2170</v>
       </c>
       <c r="E234" t="s">
-        <v>2155</v>
+        <v>2171</v>
       </c>
       <c r="F234" t="s">
-        <v>2156</v>
+        <v>2172</v>
       </c>
       <c r="G234" t="s">
-        <v>2157</v>
+        <v>2173</v>
       </c>
       <c r="H234" t="s">
-        <v>2158</v>
+        <v>2174</v>
       </c>
       <c r="I234" t="s">
-        <v>2159</v>
+        <v>2175</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2160</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5332</v>
+        <v>4849</v>
       </c>
       <c r="B235" t="s">
-        <v>2161</v>
+        <v>2177</v>
       </c>
       <c r="C235" t="s">
-        <v>2162</v>
+        <v>2178</v>
       </c>
       <c r="D235" t="s">
-        <v>2163</v>
+        <v>2179</v>
       </c>
       <c r="E235" t="s">
-        <v>2164</v>
+        <v>2180</v>
       </c>
       <c r="F235" t="s">
-        <v>2165</v>
+        <v>2181</v>
       </c>
       <c r="G235" t="s">
-        <v>2166</v>
+        <v>2182</v>
       </c>
       <c r="H235" t="s">
-        <v>2167</v>
+        <v>2183</v>
       </c>
       <c r="I235" t="s">
-        <v>2168</v>
+        <v>2184</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2169</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5333</v>
+        <v>4850</v>
       </c>
       <c r="B236" t="s">
-        <v>2170</v>
+        <v>2186</v>
       </c>
       <c r="C236" t="s">
-        <v>2171</v>
+        <v>2187</v>
       </c>
       <c r="D236" t="s">
-        <v>2172</v>
+        <v>2188</v>
       </c>
       <c r="E236" t="s">
-        <v>2173</v>
+        <v>2189</v>
       </c>
       <c r="F236" t="s">
-        <v>2174</v>
+        <v>2190</v>
       </c>
       <c r="G236" t="s">
-        <v>2175</v>
+        <v>2191</v>
       </c>
       <c r="H236" t="s">
-        <v>2176</v>
+        <v>2192</v>
       </c>
       <c r="I236" t="s">
-        <v>2177</v>
+        <v>2193</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2178</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5335</v>
+        <v>4935</v>
       </c>
       <c r="B237" t="s">
-        <v>2179</v>
+        <v>2195</v>
       </c>
       <c r="C237" t="s">
-        <v>2180</v>
+        <v>2196</v>
       </c>
       <c r="D237" t="s">
-        <v>2181</v>
+        <v>2197</v>
       </c>
       <c r="E237" t="s">
-        <v>2182</v>
+        <v>2198</v>
       </c>
       <c r="F237" t="s">
-        <v>2183</v>
+        <v>2199</v>
       </c>
       <c r="G237" t="s">
-        <v>2184</v>
+        <v>2200</v>
       </c>
       <c r="H237" t="s">
-        <v>2185</v>
+        <v>2201</v>
       </c>
       <c r="I237" t="s">
-        <v>2186</v>
+        <v>2202</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2187</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5343</v>
+        <v>4936</v>
       </c>
       <c r="B238" t="s">
-        <v>2188</v>
+        <v>2204</v>
       </c>
       <c r="C238" t="s">
-        <v>2189</v>
+        <v>2205</v>
       </c>
       <c r="D238" t="s">
-        <v>2190</v>
+        <v>2206</v>
       </c>
       <c r="E238" t="s">
-        <v>2191</v>
+        <v>2207</v>
       </c>
       <c r="F238" t="s">
-        <v>2192</v>
+        <v>2208</v>
       </c>
       <c r="G238" t="s">
-        <v>2193</v>
+        <v>2209</v>
       </c>
       <c r="H238" t="s">
-        <v>2194</v>
+        <v>2210</v>
       </c>
       <c r="I238" t="s">
-        <v>2195</v>
+        <v>2211</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2196</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5346</v>
+        <v>4939</v>
       </c>
       <c r="B239" t="s">
-        <v>2197</v>
+        <v>2213</v>
       </c>
       <c r="C239" t="s">
-        <v>2198</v>
+        <v>2214</v>
       </c>
       <c r="D239" t="s">
-        <v>2199</v>
+        <v>2215</v>
       </c>
       <c r="E239" t="s">
-        <v>2200</v>
+        <v>2216</v>
       </c>
       <c r="F239" t="s">
-        <v>2201</v>
+        <v>2217</v>
       </c>
       <c r="G239" t="s">
-        <v>2202</v>
+        <v>2218</v>
       </c>
       <c r="H239" t="s">
-        <v>2203</v>
+        <v>2219</v>
       </c>
       <c r="I239" t="s">
-        <v>2204</v>
+        <v>2220</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>2205</v>
+        <v>170</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>2206</v>
+        <v>171</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2207</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5347</v>
+        <v>4944</v>
       </c>
       <c r="B240" t="s">
-        <v>2208</v>
+        <v>2222</v>
       </c>
       <c r="C240" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="D240" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="E240" t="s">
-        <v>2211</v>
+        <v>2225</v>
       </c>
       <c r="F240" t="s">
-        <v>2212</v>
+        <v>2226</v>
       </c>
       <c r="G240" t="s">
-        <v>2213</v>
+        <v>2227</v>
       </c>
       <c r="H240" t="s">
-        <v>2214</v>
+        <v>2228</v>
       </c>
       <c r="I240" t="s">
-        <v>2215</v>
+        <v>2229</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2216</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5348</v>
+        <v>4947</v>
       </c>
       <c r="B241" t="s">
-        <v>2217</v>
+        <v>2231</v>
       </c>
       <c r="C241" t="s">
-        <v>2218</v>
+        <v>2232</v>
       </c>
       <c r="D241" t="s">
-        <v>2219</v>
+        <v>2233</v>
       </c>
       <c r="E241" t="s">
-        <v>2220</v>
+        <v>2234</v>
       </c>
       <c r="F241" t="s">
-        <v>2221</v>
+        <v>2235</v>
       </c>
       <c r="G241" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="H241" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="I241" t="s">
-        <v>2224</v>
+        <v>2238</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2225</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5351</v>
+        <v>4950</v>
       </c>
       <c r="B242" t="s">
-        <v>2226</v>
+        <v>2240</v>
       </c>
       <c r="C242" t="s">
-        <v>2227</v>
+        <v>2241</v>
       </c>
       <c r="D242" t="s">
-        <v>2228</v>
+        <v>2242</v>
       </c>
       <c r="E242" t="s">
-        <v>2229</v>
+        <v>2243</v>
       </c>
       <c r="F242" t="s">
-        <v>2230</v>
+        <v>2244</v>
       </c>
       <c r="G242" t="s">
-        <v>2231</v>
+        <v>2245</v>
       </c>
       <c r="H242" t="s">
-        <v>2232</v>
+        <v>2246</v>
       </c>
       <c r="I242" t="s">
-        <v>2233</v>
+        <v>2247</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2234</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5353</v>
+        <v>4958</v>
       </c>
       <c r="B243" t="s">
-        <v>2235</v>
+        <v>2249</v>
       </c>
       <c r="C243" t="s">
-        <v>2236</v>
+        <v>2250</v>
       </c>
       <c r="D243" t="s">
-        <v>2237</v>
+        <v>2251</v>
       </c>
       <c r="E243" t="s">
-        <v>2238</v>
+        <v>2252</v>
       </c>
       <c r="F243" t="s">
-        <v>2239</v>
+        <v>2253</v>
       </c>
       <c r="G243" t="s">
-        <v>2240</v>
+        <v>2254</v>
       </c>
       <c r="H243" t="s">
-        <v>2241</v>
+        <v>2255</v>
       </c>
       <c r="I243" t="s">
-        <v>2242</v>
+        <v>2256</v>
       </c>
       <c r="J243" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>884</v>
+        <v>170</v>
       </c>
       <c r="L243" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>885</v>
+        <v>171</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2243</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5354</v>
+        <v>4965</v>
       </c>
       <c r="B244" t="s">
-        <v>2244</v>
+        <v>2258</v>
       </c>
       <c r="C244" t="s">
-        <v>2245</v>
+        <v>2259</v>
       </c>
       <c r="D244" t="s">
-        <v>2246</v>
+        <v>2260</v>
       </c>
       <c r="E244" t="s">
-        <v>2247</v>
+        <v>2261</v>
       </c>
       <c r="F244" t="s">
-        <v>2248</v>
+        <v>2262</v>
       </c>
       <c r="G244" t="s">
-        <v>2249</v>
+        <v>2263</v>
       </c>
       <c r="H244" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="I244" t="s">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2252</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5359</v>
+        <v>4968</v>
       </c>
       <c r="B245" t="s">
-        <v>2253</v>
+        <v>2267</v>
       </c>
       <c r="C245" t="s">
-        <v>2254</v>
+        <v>2268</v>
       </c>
       <c r="D245" t="s">
-        <v>2255</v>
+        <v>2269</v>
       </c>
       <c r="E245" t="s">
-        <v>2256</v>
+        <v>2270</v>
       </c>
       <c r="F245" t="s">
-        <v>2257</v>
+        <v>2271</v>
       </c>
       <c r="G245" t="s">
-        <v>2258</v>
+        <v>2272</v>
       </c>
       <c r="H245" t="s">
-        <v>2259</v>
+        <v>2273</v>
       </c>
       <c r="I245" t="s">
-        <v>2260</v>
+        <v>2274</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
         <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
         <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2261</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5364</v>
+        <v>4969</v>
       </c>
       <c r="B246" t="s">
-        <v>2262</v>
+        <v>2276</v>
       </c>
       <c r="C246" t="s">
-        <v>2263</v>
+        <v>2277</v>
       </c>
       <c r="D246" t="s">
-        <v>2264</v>
+        <v>2278</v>
       </c>
       <c r="E246" t="s">
-        <v>2265</v>
+        <v>2279</v>
       </c>
       <c r="F246" t="s">
-        <v>2266</v>
+        <v>2280</v>
       </c>
       <c r="G246" t="s">
-        <v>2267</v>
+        <v>2281</v>
       </c>
       <c r="H246" t="s">
-        <v>2268</v>
+        <v>2282</v>
       </c>
       <c r="I246" t="s">
-        <v>2269</v>
+        <v>2283</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2270</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5365</v>
+        <v>5020</v>
       </c>
       <c r="B247" t="s">
-        <v>2271</v>
+        <v>2285</v>
       </c>
       <c r="C247" t="s">
-        <v>2272</v>
+        <v>2286</v>
       </c>
       <c r="D247" t="s">
-        <v>2273</v>
+        <v>2287</v>
       </c>
       <c r="E247" t="s">
-        <v>2274</v>
+        <v>2288</v>
       </c>
       <c r="F247" t="s">
-        <v>2275</v>
+        <v>2289</v>
       </c>
       <c r="G247" t="s">
-        <v>2276</v>
+        <v>2290</v>
       </c>
       <c r="H247" t="s">
-        <v>2277</v>
+        <v>2291</v>
       </c>
       <c r="I247" t="s">
-        <v>2278</v>
+        <v>2292</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2279</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5367</v>
+        <v>5037</v>
       </c>
       <c r="B248" t="s">
-        <v>2280</v>
+        <v>2294</v>
       </c>
       <c r="C248" t="s">
-        <v>2281</v>
+        <v>2295</v>
       </c>
       <c r="D248" t="s">
-        <v>2282</v>
+        <v>2296</v>
       </c>
       <c r="E248" t="s">
-        <v>2283</v>
+        <v>2297</v>
       </c>
       <c r="F248" t="s">
-        <v>2284</v>
+        <v>2298</v>
       </c>
       <c r="G248" t="s">
-        <v>2285</v>
+        <v>2299</v>
       </c>
       <c r="H248" t="s">
-        <v>2286</v>
+        <v>2300</v>
       </c>
       <c r="I248" t="s">
-        <v>2287</v>
+        <v>2301</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2288</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5368</v>
+        <v>5100</v>
       </c>
       <c r="B249" t="s">
-        <v>2289</v>
+        <v>2303</v>
       </c>
       <c r="C249" t="s">
-        <v>2290</v>
+        <v>2304</v>
       </c>
       <c r="D249" t="s">
-        <v>2291</v>
+        <v>2305</v>
       </c>
       <c r="E249" t="s">
-        <v>2292</v>
+        <v>2306</v>
       </c>
       <c r="F249" t="s">
-        <v>2293</v>
+        <v>2307</v>
       </c>
       <c r="G249" t="s">
-        <v>2294</v>
+        <v>2308</v>
       </c>
       <c r="H249" t="s">
-        <v>2295</v>
+        <v>2309</v>
       </c>
       <c r="I249" t="s">
-        <v>2296</v>
+        <v>2310</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>27</v>
+        <v>691</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2297</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5370</v>
+        <v>5141</v>
       </c>
       <c r="B250" t="s">
-        <v>2298</v>
+        <v>2312</v>
       </c>
       <c r="C250" t="s">
-        <v>2299</v>
+        <v>2313</v>
       </c>
       <c r="D250" t="s">
-        <v>2300</v>
+        <v>2314</v>
       </c>
       <c r="E250" t="s">
-        <v>2301</v>
+        <v>2315</v>
       </c>
       <c r="F250" t="s">
-        <v>2302</v>
+        <v>2316</v>
       </c>
       <c r="G250" t="s">
-        <v>2303</v>
+        <v>2317</v>
       </c>
       <c r="H250" t="s">
-        <v>2304</v>
+        <v>2318</v>
       </c>
       <c r="I250" t="s">
-        <v>2305</v>
+        <v>2319</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
         <v>25</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
         <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2306</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5371</v>
+        <v>5212</v>
       </c>
       <c r="B251" t="s">
-        <v>2307</v>
+        <v>2321</v>
       </c>
       <c r="C251" t="s">
-        <v>2308</v>
+        <v>2322</v>
       </c>
       <c r="D251" t="s">
-        <v>2309</v>
+        <v>2323</v>
       </c>
       <c r="E251" t="s">
-        <v>2310</v>
+        <v>2324</v>
       </c>
       <c r="F251" t="s">
-        <v>2311</v>
+        <v>2325</v>
       </c>
       <c r="G251" t="s">
-        <v>2312</v>
+        <v>2326</v>
       </c>
       <c r="H251" t="s">
-        <v>2313</v>
+        <v>2327</v>
       </c>
       <c r="I251" t="s">
-        <v>2314</v>
+        <v>2328</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>2315</v>
+        <v>25</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>2316</v>
+        <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2317</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5372</v>
+        <v>5272</v>
       </c>
       <c r="B252" t="s">
-        <v>2318</v>
+        <v>2330</v>
       </c>
       <c r="C252" t="s">
-        <v>2319</v>
+        <v>2331</v>
       </c>
       <c r="D252" t="s">
-        <v>2320</v>
+        <v>2332</v>
       </c>
       <c r="E252" t="s">
-        <v>2321</v>
+        <v>2333</v>
       </c>
       <c r="F252" t="s">
-        <v>2322</v>
+        <v>2334</v>
       </c>
       <c r="G252" t="s">
-        <v>2323</v>
+        <v>2335</v>
       </c>
       <c r="H252" t="s">
-        <v>2324</v>
+        <v>2336</v>
       </c>
       <c r="I252" t="s">
-        <v>2325</v>
+        <v>2337</v>
       </c>
       <c r="J252" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K252" t="s">
-        <v>25</v>
+        <v>746</v>
       </c>
       <c r="L252" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M252" t="s">
-        <v>27</v>
+        <v>747</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2326</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5375</v>
+        <v>5273</v>
       </c>
       <c r="B253" t="s">
-        <v>2327</v>
+        <v>2339</v>
       </c>
       <c r="C253" t="s">
-        <v>2328</v>
+        <v>2340</v>
       </c>
       <c r="D253" t="s">
-        <v>2329</v>
+        <v>2341</v>
       </c>
       <c r="E253" t="s">
-        <v>2330</v>
+        <v>2342</v>
       </c>
       <c r="F253" t="s">
-        <v>2331</v>
+        <v>2343</v>
       </c>
       <c r="G253" t="s">
-        <v>2332</v>
+        <v>2344</v>
       </c>
       <c r="H253" t="s">
-        <v>2333</v>
+        <v>2345</v>
       </c>
       <c r="I253" t="s">
-        <v>2334</v>
+        <v>2346</v>
       </c>
       <c r="J253" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>252</v>
+        <v>2347</v>
       </c>
       <c r="L253" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>253</v>
+        <v>2348</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2335</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5377</v>
+        <v>5280</v>
       </c>
       <c r="B254" t="s">
-        <v>2336</v>
+        <v>2350</v>
       </c>
       <c r="C254" t="s">
-        <v>2337</v>
+        <v>2351</v>
       </c>
       <c r="D254" t="s">
-        <v>2338</v>
+        <v>2352</v>
       </c>
       <c r="E254" t="s">
-        <v>2339</v>
+        <v>2353</v>
       </c>
       <c r="F254" t="s">
-        <v>2340</v>
+        <v>2354</v>
       </c>
       <c r="G254" t="s">
-        <v>2341</v>
+        <v>2355</v>
       </c>
       <c r="H254" t="s">
-        <v>2342</v>
+        <v>2356</v>
       </c>
       <c r="I254" t="s">
-        <v>2343</v>
+        <v>2357</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2344</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5378</v>
+        <v>5326</v>
       </c>
       <c r="B255" t="s">
-        <v>2345</v>
+        <v>2359</v>
       </c>
       <c r="C255" t="s">
-        <v>2346</v>
+        <v>2360</v>
       </c>
       <c r="D255" t="s">
-        <v>2347</v>
+        <v>2361</v>
       </c>
       <c r="E255" t="s">
-        <v>2348</v>
+        <v>2362</v>
       </c>
       <c r="F255" t="s">
-        <v>2349</v>
+        <v>2363</v>
       </c>
       <c r="G255" t="s">
-        <v>2350</v>
+        <v>2364</v>
       </c>
       <c r="H255" t="s">
-        <v>2351</v>
+        <v>2365</v>
       </c>
       <c r="I255" t="s">
-        <v>2352</v>
+        <v>2366</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2353</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5380</v>
+        <v>5330</v>
       </c>
       <c r="B256" t="s">
-        <v>2354</v>
+        <v>2368</v>
       </c>
       <c r="C256" t="s">
-        <v>2355</v>
+        <v>2369</v>
       </c>
       <c r="D256" t="s">
-        <v>2356</v>
+        <v>2370</v>
       </c>
       <c r="E256" t="s">
-        <v>2357</v>
+        <v>2371</v>
       </c>
       <c r="F256" t="s">
-        <v>2358</v>
+        <v>2372</v>
       </c>
       <c r="G256" t="s">
-        <v>2359</v>
+        <v>2373</v>
       </c>
       <c r="H256" t="s">
-        <v>2360</v>
+        <v>2374</v>
       </c>
       <c r="I256" t="s">
-        <v>2361</v>
+        <v>2375</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2362</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5382</v>
+        <v>5331</v>
       </c>
       <c r="B257" t="s">
-        <v>2363</v>
+        <v>2377</v>
       </c>
       <c r="C257" t="s">
-        <v>2364</v>
+        <v>2378</v>
       </c>
       <c r="D257" t="s">
-        <v>2365</v>
+        <v>2379</v>
       </c>
       <c r="E257" t="s">
-        <v>2366</v>
+        <v>2380</v>
       </c>
       <c r="F257" t="s">
-        <v>2367</v>
+        <v>2381</v>
       </c>
       <c r="G257" t="s">
-        <v>2368</v>
+        <v>2382</v>
       </c>
       <c r="H257" t="s">
-        <v>2369</v>
+        <v>2383</v>
       </c>
       <c r="I257" t="s">
-        <v>2370</v>
+        <v>2384</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2371</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5393</v>
+        <v>5332</v>
       </c>
       <c r="B258" t="s">
-        <v>2372</v>
+        <v>2386</v>
       </c>
       <c r="C258" t="s">
-        <v>2373</v>
+        <v>2387</v>
       </c>
       <c r="D258" t="s">
-        <v>2374</v>
+        <v>2388</v>
       </c>
       <c r="E258" t="s">
-        <v>2375</v>
+        <v>2389</v>
       </c>
       <c r="F258" t="s">
-        <v>2376</v>
+        <v>2390</v>
       </c>
       <c r="G258" t="s">
-        <v>2377</v>
+        <v>2391</v>
       </c>
       <c r="H258" t="s">
-        <v>2378</v>
+        <v>2392</v>
       </c>
       <c r="I258" t="s">
-        <v>2379</v>
+        <v>2393</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2380</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5394</v>
+        <v>5333</v>
       </c>
       <c r="B259" t="s">
-        <v>2381</v>
+        <v>2395</v>
       </c>
       <c r="C259" t="s">
-        <v>2382</v>
+        <v>2396</v>
       </c>
       <c r="D259" t="s">
-        <v>2383</v>
+        <v>2397</v>
       </c>
       <c r="E259" t="s">
-        <v>2384</v>
+        <v>2398</v>
       </c>
       <c r="F259" t="s">
-        <v>2385</v>
+        <v>2399</v>
       </c>
       <c r="G259" t="s">
-        <v>2386</v>
+        <v>2400</v>
       </c>
       <c r="H259" t="s">
-        <v>2387</v>
+        <v>2401</v>
       </c>
       <c r="I259" t="s">
-        <v>2388</v>
+        <v>2402</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
         <v>25</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
         <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2389</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5403</v>
+        <v>5335</v>
       </c>
       <c r="B260" t="s">
-        <v>2390</v>
+        <v>2404</v>
       </c>
       <c r="C260" t="s">
-        <v>2391</v>
+        <v>2405</v>
       </c>
       <c r="D260" t="s">
-        <v>2392</v>
+        <v>2406</v>
       </c>
       <c r="E260" t="s">
-        <v>2393</v>
+        <v>2407</v>
       </c>
       <c r="F260" t="s">
-        <v>2394</v>
+        <v>2408</v>
       </c>
       <c r="G260" t="s">
-        <v>2395</v>
+        <v>2409</v>
       </c>
       <c r="H260" t="s">
-        <v>2396</v>
+        <v>2410</v>
       </c>
       <c r="I260" t="s">
-        <v>2397</v>
+        <v>2411</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>2398</v>
+        <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
+      <c r="M260" t="s">
+        <v>27</v>
+      </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2399</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5431</v>
+        <v>5343</v>
       </c>
       <c r="B261" t="s">
-        <v>2400</v>
+        <v>2413</v>
       </c>
       <c r="C261" t="s">
-        <v>2401</v>
+        <v>2414</v>
       </c>
       <c r="D261" t="s">
-        <v>2402</v>
+        <v>2415</v>
       </c>
       <c r="E261" t="s">
-        <v>2403</v>
+        <v>2416</v>
       </c>
       <c r="F261" t="s">
-        <v>2404</v>
+        <v>2417</v>
       </c>
       <c r="G261" t="s">
-        <v>2405</v>
+        <v>2418</v>
       </c>
       <c r="H261" t="s">
-        <v>2406</v>
+        <v>2419</v>
       </c>
       <c r="I261" t="s">
-        <v>2407</v>
+        <v>2420</v>
       </c>
       <c r="J261" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>252</v>
+        <v>170</v>
       </c>
       <c r="L261" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>253</v>
+        <v>171</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2408</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5433</v>
+        <v>5346</v>
       </c>
       <c r="B262" t="s">
-        <v>2409</v>
+        <v>2422</v>
       </c>
       <c r="C262" t="s">
-        <v>2410</v>
+        <v>2423</v>
       </c>
       <c r="D262" t="s">
-        <v>2411</v>
+        <v>2424</v>
       </c>
       <c r="E262" t="s">
-        <v>2412</v>
+        <v>2425</v>
       </c>
       <c r="F262" t="s">
-        <v>2413</v>
+        <v>2426</v>
       </c>
       <c r="G262" t="s">
-        <v>2414</v>
+        <v>2427</v>
       </c>
       <c r="H262" t="s">
-        <v>2415</v>
+        <v>2428</v>
       </c>
       <c r="I262" t="s">
-        <v>2416</v>
+        <v>2429</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>148</v>
+        <v>2430</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>149</v>
+        <v>2431</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2417</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5435</v>
+        <v>5347</v>
       </c>
       <c r="B263" t="s">
-        <v>2418</v>
+        <v>2433</v>
       </c>
       <c r="C263" t="s">
-        <v>2419</v>
+        <v>2434</v>
       </c>
       <c r="D263" t="s">
-        <v>2420</v>
+        <v>2435</v>
       </c>
       <c r="E263" t="s">
-        <v>2421</v>
+        <v>2436</v>
       </c>
       <c r="F263" t="s">
-        <v>2422</v>
+        <v>2437</v>
       </c>
       <c r="G263" t="s">
-        <v>2423</v>
+        <v>2438</v>
       </c>
       <c r="H263" t="s">
-        <v>2424</v>
+        <v>2439</v>
       </c>
       <c r="I263" t="s">
-        <v>2425</v>
+        <v>2440</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2426</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5436</v>
+        <v>5348</v>
       </c>
       <c r="B264" t="s">
-        <v>2427</v>
+        <v>2442</v>
       </c>
       <c r="C264" t="s">
-        <v>2428</v>
+        <v>2443</v>
       </c>
       <c r="D264" t="s">
-        <v>2429</v>
+        <v>2444</v>
       </c>
       <c r="E264" t="s">
-        <v>2430</v>
+        <v>2445</v>
       </c>
       <c r="F264" t="s">
-        <v>2431</v>
+        <v>2446</v>
       </c>
       <c r="G264" t="s">
-        <v>2432</v>
+        <v>2447</v>
       </c>
       <c r="H264" t="s">
-        <v>2433</v>
+        <v>2448</v>
       </c>
       <c r="I264" t="s">
-        <v>2434</v>
+        <v>2449</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2435</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5437</v>
+        <v>5351</v>
       </c>
       <c r="B265" t="s">
-        <v>2436</v>
+        <v>2451</v>
       </c>
       <c r="C265" t="s">
-        <v>2437</v>
+        <v>2452</v>
       </c>
       <c r="D265" t="s">
-        <v>2438</v>
+        <v>2453</v>
       </c>
       <c r="E265" t="s">
-        <v>2439</v>
+        <v>2454</v>
       </c>
       <c r="F265" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="G265" t="s">
-        <v>2441</v>
+        <v>2456</v>
       </c>
       <c r="H265" t="s">
-        <v>2442</v>
+        <v>2457</v>
       </c>
       <c r="I265" t="s">
-        <v>2443</v>
+        <v>2458</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
         <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
         <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2444</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5439</v>
+        <v>5353</v>
       </c>
       <c r="B266" t="s">
-        <v>2445</v>
+        <v>2460</v>
       </c>
       <c r="C266" t="s">
-        <v>2446</v>
+        <v>2461</v>
       </c>
       <c r="D266" t="s">
-        <v>2447</v>
+        <v>2462</v>
       </c>
       <c r="E266" t="s">
-        <v>2448</v>
+        <v>2463</v>
       </c>
       <c r="F266" t="s">
-        <v>2449</v>
+        <v>2464</v>
       </c>
       <c r="G266" t="s">
-        <v>2450</v>
+        <v>2465</v>
       </c>
       <c r="H266" t="s">
-        <v>2451</v>
+        <v>2466</v>
       </c>
       <c r="I266" t="s">
-        <v>2452</v>
+        <v>2467</v>
       </c>
       <c r="J266" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K266" t="s">
-        <v>25</v>
+        <v>905</v>
       </c>
       <c r="L266" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M266" t="s">
-        <v>27</v>
+        <v>906</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2453</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5456</v>
+        <v>5354</v>
       </c>
       <c r="B267" t="s">
-        <v>2454</v>
+        <v>2469</v>
       </c>
       <c r="C267" t="s">
-        <v>2455</v>
+        <v>2470</v>
       </c>
       <c r="D267" t="s">
-        <v>2456</v>
+        <v>2471</v>
       </c>
       <c r="E267" t="s">
-        <v>2457</v>
+        <v>2472</v>
       </c>
       <c r="F267" t="s">
-        <v>2458</v>
+        <v>2473</v>
       </c>
       <c r="G267" t="s">
-        <v>2459</v>
+        <v>2474</v>
       </c>
       <c r="H267" t="s">
-        <v>2460</v>
+        <v>2475</v>
       </c>
       <c r="I267" t="s">
-        <v>2461</v>
+        <v>2476</v>
       </c>
       <c r="J267" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>1402</v>
+        <v>170</v>
       </c>
       <c r="L267" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>1404</v>
+        <v>171</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2462</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5474</v>
+        <v>5359</v>
       </c>
       <c r="B268" t="s">
-        <v>2463</v>
+        <v>2478</v>
       </c>
       <c r="C268" t="s">
-        <v>2464</v>
+        <v>2479</v>
       </c>
       <c r="D268" t="s">
-        <v>2465</v>
+        <v>2480</v>
       </c>
       <c r="E268" t="s">
-        <v>2466</v>
+        <v>2481</v>
       </c>
       <c r="F268" t="s">
-        <v>2467</v>
+        <v>2482</v>
       </c>
       <c r="G268" t="s">
-        <v>2468</v>
+        <v>2483</v>
       </c>
       <c r="H268" t="s">
-        <v>2469</v>
+        <v>2484</v>
       </c>
       <c r="I268" t="s">
-        <v>2470</v>
+        <v>2485</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
         <v>25</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>27</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2471</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5475</v>
+        <v>5364</v>
       </c>
       <c r="B269" t="s">
-        <v>2472</v>
+        <v>2487</v>
       </c>
       <c r="C269" t="s">
-        <v>2473</v>
+        <v>2488</v>
       </c>
       <c r="D269" t="s">
-        <v>2474</v>
+        <v>2489</v>
       </c>
       <c r="E269" t="s">
-        <v>2475</v>
+        <v>2490</v>
       </c>
       <c r="F269" t="s">
-        <v>2476</v>
+        <v>2491</v>
       </c>
       <c r="G269" t="s">
-        <v>2477</v>
+        <v>2492</v>
       </c>
       <c r="H269" t="s">
-        <v>2478</v>
+        <v>2493</v>
       </c>
       <c r="I269" t="s">
-        <v>2479</v>
+        <v>2494</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2480</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5476</v>
+        <v>5365</v>
       </c>
       <c r="B270" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="C270" t="s">
-        <v>2482</v>
+        <v>2497</v>
       </c>
       <c r="D270" t="s">
-        <v>2483</v>
+        <v>2498</v>
       </c>
       <c r="E270" t="s">
-        <v>2484</v>
+        <v>2499</v>
       </c>
       <c r="F270" t="s">
-        <v>2485</v>
+        <v>2500</v>
       </c>
       <c r="G270" t="s">
-        <v>2486</v>
+        <v>2501</v>
       </c>
       <c r="H270" t="s">
-        <v>2487</v>
+        <v>2502</v>
       </c>
       <c r="I270" t="s">
-        <v>2488</v>
+        <v>2503</v>
       </c>
       <c r="J270" t="s">
-        <v>2489</v>
+        <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L270" t="s">
-        <v>2490</v>
+        <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2491</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5478</v>
+        <v>5367</v>
       </c>
       <c r="B271" t="s">
-        <v>2492</v>
+        <v>2505</v>
       </c>
       <c r="C271" t="s">
-        <v>2493</v>
+        <v>2506</v>
       </c>
       <c r="D271" t="s">
-        <v>2494</v>
+        <v>2507</v>
       </c>
       <c r="E271" t="s">
-        <v>2495</v>
+        <v>2508</v>
       </c>
       <c r="F271" t="s">
-        <v>2496</v>
+        <v>2509</v>
       </c>
       <c r="G271" t="s">
-        <v>2497</v>
+        <v>2510</v>
       </c>
       <c r="H271" t="s">
-        <v>2498</v>
+        <v>2511</v>
       </c>
       <c r="I271" t="s">
-        <v>2499</v>
+        <v>2512</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2500</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5479</v>
+        <v>5368</v>
       </c>
       <c r="B272" t="s">
-        <v>2501</v>
+        <v>2514</v>
       </c>
       <c r="C272" t="s">
-        <v>2502</v>
+        <v>2515</v>
       </c>
       <c r="D272" t="s">
-        <v>2503</v>
+        <v>2516</v>
       </c>
       <c r="E272" t="s">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="F272" t="s">
-        <v>2505</v>
+        <v>2518</v>
       </c>
       <c r="G272" t="s">
-        <v>2506</v>
+        <v>2519</v>
       </c>
       <c r="H272" t="s">
-        <v>2507</v>
+        <v>2520</v>
       </c>
       <c r="I272" t="s">
-        <v>2508</v>
+        <v>2521</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>559</v>
+        <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>560</v>
+        <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2509</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5482</v>
+        <v>5370</v>
       </c>
       <c r="B273" t="s">
-        <v>2510</v>
+        <v>2523</v>
       </c>
       <c r="C273" t="s">
-        <v>2511</v>
+        <v>2524</v>
       </c>
       <c r="D273" t="s">
-        <v>2512</v>
+        <v>2525</v>
       </c>
       <c r="E273" t="s">
-        <v>2513</v>
+        <v>2526</v>
       </c>
       <c r="F273" t="s">
-        <v>2514</v>
+        <v>2527</v>
       </c>
       <c r="G273" t="s">
-        <v>2515</v>
+        <v>2528</v>
       </c>
       <c r="H273" t="s">
-        <v>2516</v>
+        <v>2529</v>
       </c>
       <c r="I273" t="s">
-        <v>2517</v>
+        <v>2530</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2518</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5483</v>
+        <v>5371</v>
       </c>
       <c r="B274" t="s">
-        <v>2519</v>
+        <v>2532</v>
       </c>
       <c r="C274" t="s">
-        <v>2520</v>
+        <v>2533</v>
       </c>
       <c r="D274" t="s">
-        <v>2521</v>
+        <v>2534</v>
       </c>
       <c r="E274" t="s">
-        <v>2522</v>
+        <v>2535</v>
       </c>
       <c r="F274" t="s">
-        <v>2523</v>
+        <v>2536</v>
       </c>
       <c r="G274" t="s">
-        <v>2524</v>
+        <v>2537</v>
       </c>
       <c r="H274" t="s">
-        <v>2525</v>
+        <v>2538</v>
       </c>
       <c r="I274" t="s">
-        <v>2526</v>
+        <v>2539</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>25</v>
+        <v>2540</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>27</v>
+        <v>2541</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2527</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5485</v>
+        <v>5372</v>
       </c>
       <c r="B275" t="s">
-        <v>2528</v>
+        <v>2543</v>
       </c>
       <c r="C275" t="s">
-        <v>2529</v>
+        <v>2544</v>
       </c>
       <c r="D275" t="s">
-        <v>2530</v>
+        <v>2545</v>
       </c>
       <c r="E275" t="s">
-        <v>2531</v>
+        <v>2546</v>
       </c>
       <c r="F275" t="s">
-        <v>2532</v>
+        <v>2547</v>
       </c>
       <c r="G275" t="s">
-        <v>2533</v>
+        <v>2548</v>
       </c>
       <c r="H275" t="s">
-        <v>2534</v>
+        <v>2549</v>
       </c>
       <c r="I275" t="s">
-        <v>2535</v>
+        <v>2550</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>2536</v>
+        <v>25</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>2537</v>
+        <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2538</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5487</v>
+        <v>5375</v>
       </c>
       <c r="B276" t="s">
-        <v>2539</v>
+        <v>2552</v>
       </c>
       <c r="C276" t="s">
-        <v>2540</v>
+        <v>2553</v>
       </c>
       <c r="D276" t="s">
-        <v>2541</v>
+        <v>2554</v>
       </c>
       <c r="E276" t="s">
-        <v>2542</v>
+        <v>2555</v>
       </c>
       <c r="F276" t="s">
-        <v>2543</v>
+        <v>2556</v>
       </c>
       <c r="G276" t="s">
-        <v>2544</v>
+        <v>2557</v>
       </c>
       <c r="H276" t="s">
-        <v>2545</v>
+        <v>2558</v>
       </c>
       <c r="I276" t="s">
-        <v>2546</v>
+        <v>2559</v>
       </c>
       <c r="J276" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K276" t="s">
-        <v>2547</v>
+        <v>274</v>
       </c>
       <c r="L276" t="s">
-        <v>26</v>
+        <v>452</v>
+      </c>
+      <c r="M276" t="s">
+        <v>276</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2548</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5488</v>
+        <v>5377</v>
       </c>
       <c r="B277" t="s">
-        <v>2549</v>
+        <v>2561</v>
       </c>
       <c r="C277" t="s">
-        <v>2550</v>
+        <v>2562</v>
       </c>
       <c r="D277" t="s">
-        <v>2551</v>
+        <v>2563</v>
       </c>
       <c r="E277" t="s">
-        <v>2552</v>
+        <v>2564</v>
       </c>
       <c r="F277" t="s">
-        <v>2553</v>
+        <v>2565</v>
       </c>
       <c r="G277" t="s">
-        <v>2554</v>
+        <v>2566</v>
       </c>
       <c r="H277" t="s">
-        <v>2555</v>
+        <v>2567</v>
       </c>
       <c r="I277" t="s">
-        <v>2556</v>
+        <v>2568</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2557</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5489</v>
+        <v>5378</v>
       </c>
       <c r="B278" t="s">
-        <v>2558</v>
+        <v>2570</v>
       </c>
       <c r="C278" t="s">
-        <v>2559</v>
+        <v>2571</v>
       </c>
       <c r="D278" t="s">
-        <v>2560</v>
+        <v>2572</v>
       </c>
       <c r="E278" t="s">
-        <v>2561</v>
+        <v>2573</v>
       </c>
       <c r="F278" t="s">
-        <v>2562</v>
+        <v>2574</v>
       </c>
       <c r="G278" t="s">
-        <v>2563</v>
+        <v>2575</v>
       </c>
       <c r="H278" t="s">
-        <v>2564</v>
+        <v>2576</v>
       </c>
       <c r="I278" t="s">
-        <v>2565</v>
+        <v>2577</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>1246</v>
+        <v>25</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>1247</v>
+        <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2566</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5490</v>
+        <v>5380</v>
       </c>
       <c r="B279" t="s">
-        <v>2567</v>
+        <v>2579</v>
       </c>
       <c r="C279" t="s">
-        <v>2568</v>
+        <v>2580</v>
       </c>
       <c r="D279" t="s">
-        <v>2569</v>
+        <v>2581</v>
       </c>
       <c r="E279" t="s">
-        <v>2570</v>
+        <v>2582</v>
       </c>
       <c r="F279" t="s">
-        <v>2571</v>
+        <v>2583</v>
       </c>
       <c r="G279" t="s">
-        <v>2572</v>
+        <v>2584</v>
       </c>
       <c r="H279" t="s">
-        <v>2573</v>
+        <v>2585</v>
       </c>
       <c r="I279" t="s">
-        <v>2574</v>
+        <v>2586</v>
       </c>
       <c r="J279" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>2575</v>
+        <v>25</v>
       </c>
       <c r="L279" t="s">
-        <v>429</v>
+        <v>26</v>
+      </c>
+      <c r="M279" t="s">
+        <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2576</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5493</v>
+        <v>5382</v>
       </c>
       <c r="B280" t="s">
-        <v>2577</v>
+        <v>2588</v>
       </c>
       <c r="C280" t="s">
-        <v>2578</v>
+        <v>2589</v>
       </c>
       <c r="D280" t="s">
-        <v>2579</v>
+        <v>2590</v>
       </c>
       <c r="E280" t="s">
-        <v>2580</v>
+        <v>2591</v>
       </c>
       <c r="F280" t="s">
-        <v>2581</v>
+        <v>2592</v>
       </c>
       <c r="G280" t="s">
-        <v>2582</v>
+        <v>2593</v>
       </c>
       <c r="H280" t="s">
-        <v>2583</v>
+        <v>2594</v>
       </c>
       <c r="I280" t="s">
-        <v>2584</v>
+        <v>2595</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2585</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5496</v>
+        <v>5393</v>
       </c>
       <c r="B281" t="s">
-        <v>2586</v>
+        <v>2597</v>
       </c>
       <c r="C281" t="s">
-        <v>2587</v>
+        <v>2598</v>
       </c>
       <c r="D281" t="s">
-        <v>2588</v>
+        <v>2599</v>
       </c>
       <c r="E281" t="s">
-        <v>2589</v>
+        <v>2600</v>
       </c>
       <c r="F281" t="s">
-        <v>2590</v>
+        <v>2601</v>
       </c>
       <c r="G281" t="s">
-        <v>2591</v>
+        <v>2602</v>
       </c>
       <c r="H281" t="s">
-        <v>2592</v>
+        <v>2603</v>
       </c>
       <c r="I281" t="s">
-        <v>2593</v>
+        <v>2604</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>252</v>
+        <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>253</v>
+        <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2594</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5502</v>
+        <v>5394</v>
       </c>
       <c r="B282" t="s">
-        <v>2595</v>
+        <v>2606</v>
       </c>
       <c r="C282" t="s">
-        <v>2596</v>
+        <v>2607</v>
       </c>
       <c r="D282" t="s">
-        <v>2597</v>
+        <v>2608</v>
       </c>
       <c r="E282" t="s">
-        <v>2598</v>
+        <v>2609</v>
       </c>
       <c r="F282" t="s">
-        <v>2599</v>
+        <v>2610</v>
       </c>
       <c r="G282" t="s">
-        <v>2600</v>
+        <v>2611</v>
       </c>
       <c r="H282" t="s">
-        <v>2601</v>
+        <v>2612</v>
       </c>
       <c r="I282" t="s">
-        <v>2602</v>
+        <v>2613</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
         <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2603</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5503</v>
+        <v>5403</v>
       </c>
       <c r="B283" t="s">
-        <v>2604</v>
+        <v>2615</v>
       </c>
       <c r="C283" t="s">
-        <v>2605</v>
+        <v>2616</v>
       </c>
       <c r="D283" t="s">
-        <v>2606</v>
+        <v>2617</v>
       </c>
       <c r="E283" t="s">
-        <v>2607</v>
+        <v>2618</v>
       </c>
       <c r="F283" t="s">
-        <v>2608</v>
+        <v>2619</v>
       </c>
       <c r="G283" t="s">
-        <v>2609</v>
+        <v>2620</v>
       </c>
       <c r="H283" t="s">
-        <v>2610</v>
+        <v>2621</v>
       </c>
       <c r="I283" t="s">
-        <v>2611</v>
+        <v>2622</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>47</v>
+        <v>2623</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>48</v>
+        <v>2624</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2612</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5504</v>
+        <v>5430</v>
       </c>
       <c r="B284" t="s">
-        <v>2613</v>
+        <v>2626</v>
       </c>
       <c r="C284" t="s">
-        <v>2614</v>
+        <v>2627</v>
       </c>
       <c r="D284" t="s">
-        <v>2615</v>
+        <v>2628</v>
       </c>
       <c r="E284" t="s">
-        <v>2616</v>
+        <v>2629</v>
       </c>
       <c r="F284" t="s">
-        <v>2617</v>
+        <v>2630</v>
       </c>
       <c r="G284" t="s">
-        <v>2618</v>
+        <v>2631</v>
       </c>
       <c r="H284" t="s">
-        <v>2619</v>
+        <v>2632</v>
       </c>
       <c r="I284" t="s">
-        <v>2620</v>
+        <v>2633</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2621</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5507</v>
+        <v>5431</v>
       </c>
       <c r="B285" t="s">
-        <v>2622</v>
+        <v>2635</v>
       </c>
       <c r="C285" t="s">
-        <v>2623</v>
+        <v>2636</v>
       </c>
       <c r="D285" t="s">
-        <v>2624</v>
+        <v>2637</v>
       </c>
       <c r="E285" t="s">
-        <v>2625</v>
+        <v>2638</v>
       </c>
       <c r="F285" t="s">
-        <v>2626</v>
+        <v>2639</v>
       </c>
       <c r="G285" t="s">
-        <v>2627</v>
+        <v>2640</v>
       </c>
       <c r="H285" t="s">
-        <v>2628</v>
+        <v>2641</v>
       </c>
       <c r="I285" t="s">
-        <v>2629</v>
+        <v>2642</v>
       </c>
       <c r="J285" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K285" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L285" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M285" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2630</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5509</v>
+        <v>5433</v>
       </c>
       <c r="B286" t="s">
-        <v>2631</v>
+        <v>2644</v>
       </c>
       <c r="C286" t="s">
-        <v>2632</v>
+        <v>2645</v>
       </c>
       <c r="D286" t="s">
-        <v>2633</v>
+        <v>2646</v>
       </c>
       <c r="E286" t="s">
-        <v>2634</v>
+        <v>2647</v>
       </c>
       <c r="F286" t="s">
-        <v>2635</v>
+        <v>2648</v>
       </c>
       <c r="G286" t="s">
-        <v>2636</v>
+        <v>2649</v>
       </c>
       <c r="H286" t="s">
-        <v>2637</v>
+        <v>2650</v>
       </c>
       <c r="I286" t="s">
-        <v>2638</v>
+        <v>2651</v>
       </c>
       <c r="J286" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>1208</v>
+        <v>170</v>
       </c>
       <c r="L286" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>1209</v>
+        <v>171</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2639</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5512</v>
+        <v>5435</v>
       </c>
       <c r="B287" t="s">
-        <v>2640</v>
+        <v>2653</v>
       </c>
       <c r="C287" t="s">
-        <v>2641</v>
+        <v>2654</v>
       </c>
       <c r="D287" t="s">
-        <v>2642</v>
+        <v>2655</v>
       </c>
       <c r="E287" t="s">
-        <v>2643</v>
+        <v>2656</v>
       </c>
       <c r="F287" t="s">
-        <v>2644</v>
+        <v>2657</v>
       </c>
       <c r="G287" t="s">
-        <v>2645</v>
+        <v>2658</v>
       </c>
       <c r="H287" t="s">
-        <v>2646</v>
+        <v>2659</v>
       </c>
       <c r="I287" t="s">
-        <v>2647</v>
+        <v>2660</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2648</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5514</v>
+        <v>5436</v>
       </c>
       <c r="B288" t="s">
-        <v>2649</v>
+        <v>2662</v>
       </c>
       <c r="C288" t="s">
-        <v>2650</v>
+        <v>2663</v>
       </c>
       <c r="D288" t="s">
-        <v>2651</v>
+        <v>2664</v>
       </c>
       <c r="E288" t="s">
-        <v>2652</v>
+        <v>2665</v>
       </c>
       <c r="F288" t="s">
-        <v>2653</v>
+        <v>2666</v>
       </c>
       <c r="G288" t="s">
-        <v>2654</v>
+        <v>2667</v>
       </c>
       <c r="H288" t="s">
-        <v>2655</v>
+        <v>2668</v>
       </c>
       <c r="I288" t="s">
-        <v>2656</v>
+        <v>2669</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2657</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5516</v>
+        <v>5437</v>
       </c>
       <c r="B289" t="s">
-        <v>2658</v>
+        <v>2671</v>
       </c>
       <c r="C289" t="s">
-        <v>2659</v>
+        <v>2672</v>
       </c>
       <c r="D289" t="s">
-        <v>2660</v>
+        <v>2673</v>
       </c>
       <c r="E289" t="s">
-        <v>2661</v>
+        <v>2674</v>
       </c>
       <c r="F289" t="s">
-        <v>2662</v>
+        <v>2675</v>
       </c>
       <c r="G289" t="s">
-        <v>2663</v>
+        <v>2676</v>
       </c>
       <c r="H289" t="s">
-        <v>2664</v>
+        <v>2677</v>
       </c>
       <c r="I289" t="s">
-        <v>2665</v>
+        <v>2678</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2666</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5517</v>
+        <v>5439</v>
       </c>
       <c r="B290" t="s">
-        <v>2667</v>
+        <v>2680</v>
       </c>
       <c r="C290" t="s">
-        <v>2668</v>
+        <v>2681</v>
       </c>
       <c r="D290" t="s">
-        <v>2669</v>
+        <v>2682</v>
       </c>
       <c r="E290" t="s">
-        <v>2670</v>
+        <v>2683</v>
       </c>
       <c r="F290" t="s">
-        <v>2671</v>
+        <v>2684</v>
       </c>
       <c r="G290" t="s">
-        <v>2672</v>
+        <v>2685</v>
       </c>
       <c r="H290" t="s">
-        <v>2673</v>
+        <v>2686</v>
       </c>
       <c r="I290" t="s">
-        <v>2674</v>
+        <v>2687</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2675</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5518</v>
+        <v>5449</v>
       </c>
       <c r="B291" t="s">
-        <v>2676</v>
+        <v>2689</v>
       </c>
       <c r="C291" t="s">
-        <v>2677</v>
+        <v>2690</v>
       </c>
       <c r="D291" t="s">
-        <v>2678</v>
+        <v>2691</v>
       </c>
       <c r="E291" t="s">
-        <v>2679</v>
+        <v>2692</v>
       </c>
       <c r="F291" t="s">
-        <v>2680</v>
+        <v>2693</v>
       </c>
       <c r="G291" t="s">
-        <v>2681</v>
+        <v>2694</v>
       </c>
       <c r="H291" t="s">
-        <v>2682</v>
+        <v>2695</v>
       </c>
       <c r="I291" t="s">
-        <v>2683</v>
+        <v>2696</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2684</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5520</v>
+        <v>5456</v>
       </c>
       <c r="B292" t="s">
-        <v>2685</v>
+        <v>2698</v>
       </c>
       <c r="C292" t="s">
-        <v>2686</v>
+        <v>2699</v>
       </c>
       <c r="D292" t="s">
-        <v>2687</v>
+        <v>2700</v>
       </c>
       <c r="E292" t="s">
-        <v>2688</v>
+        <v>2701</v>
       </c>
       <c r="F292" t="s">
-        <v>2689</v>
+        <v>2702</v>
       </c>
       <c r="G292" t="s">
-        <v>2690</v>
+        <v>2703</v>
       </c>
       <c r="H292" t="s">
-        <v>2691</v>
+        <v>2704</v>
       </c>
       <c r="I292" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="J292" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K292" t="s">
-        <v>1208</v>
+        <v>1478</v>
       </c>
       <c r="L292" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M292" t="s">
-        <v>1209</v>
+        <v>1480</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2693</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5545</v>
+        <v>5470</v>
       </c>
       <c r="B293" t="s">
-        <v>2694</v>
+        <v>2707</v>
       </c>
       <c r="C293" t="s">
-        <v>2695</v>
+        <v>2708</v>
       </c>
       <c r="D293" t="s">
-        <v>2696</v>
+        <v>2709</v>
       </c>
       <c r="E293" t="s">
-        <v>2697</v>
+        <v>2710</v>
       </c>
       <c r="F293" t="s">
-        <v>2698</v>
+        <v>2711</v>
       </c>
       <c r="G293" t="s">
-        <v>2699</v>
+        <v>2712</v>
       </c>
       <c r="H293" t="s">
-        <v>2700</v>
+        <v>2713</v>
       </c>
       <c r="I293" t="s">
-        <v>2701</v>
+        <v>2714</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2702</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5657</v>
+        <v>5474</v>
       </c>
       <c r="B294" t="s">
-        <v>2703</v>
+        <v>2716</v>
       </c>
       <c r="C294" t="s">
-        <v>2704</v>
+        <v>2717</v>
       </c>
       <c r="D294" t="s">
-        <v>2705</v>
+        <v>2718</v>
       </c>
       <c r="E294" t="s">
-        <v>2706</v>
+        <v>2719</v>
       </c>
       <c r="F294" t="s">
-        <v>2707</v>
+        <v>2720</v>
       </c>
       <c r="G294" t="s">
-        <v>2708</v>
+        <v>2721</v>
       </c>
       <c r="H294" t="s">
-        <v>2709</v>
+        <v>2722</v>
       </c>
       <c r="I294" t="s">
-        <v>2710</v>
+        <v>2723</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
         <v>25</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2711</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5733</v>
+        <v>5475</v>
       </c>
       <c r="B295" t="s">
-        <v>2712</v>
+        <v>2725</v>
       </c>
       <c r="C295" t="s">
-        <v>2713</v>
+        <v>2726</v>
       </c>
       <c r="D295" t="s">
-        <v>2714</v>
+        <v>2727</v>
       </c>
       <c r="E295" t="s">
-        <v>2715</v>
+        <v>2728</v>
       </c>
       <c r="F295" t="s">
-        <v>2716</v>
+        <v>2729</v>
       </c>
       <c r="G295" t="s">
-        <v>2717</v>
+        <v>2730</v>
       </c>
       <c r="H295" t="s">
-        <v>2718</v>
+        <v>2731</v>
       </c>
       <c r="I295" t="s">
-        <v>2719</v>
+        <v>2732</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2720</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5787</v>
+        <v>5476</v>
       </c>
       <c r="B296" t="s">
-        <v>2721</v>
+        <v>2734</v>
       </c>
       <c r="C296" t="s">
-        <v>2722</v>
+        <v>2735</v>
       </c>
       <c r="D296" t="s">
-        <v>2723</v>
+        <v>2736</v>
       </c>
       <c r="E296" t="s">
-        <v>2724</v>
+        <v>2737</v>
       </c>
       <c r="F296" t="s">
-        <v>2725</v>
+        <v>2738</v>
       </c>
       <c r="G296" t="s">
-        <v>2726</v>
+        <v>2739</v>
       </c>
       <c r="H296" t="s">
-        <v>2727</v>
+        <v>2740</v>
       </c>
       <c r="I296" t="s">
-        <v>2728</v>
+        <v>2741</v>
       </c>
       <c r="J296" t="s">
-        <v>24</v>
+        <v>2742</v>
       </c>
       <c r="K296" t="s">
-        <v>148</v>
+        <v>1230</v>
       </c>
       <c r="L296" t="s">
-        <v>26</v>
+        <v>2743</v>
       </c>
       <c r="M296" t="s">
-        <v>149</v>
+        <v>1231</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2729</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5792</v>
+        <v>5478</v>
       </c>
       <c r="B297" t="s">
-        <v>2730</v>
+        <v>2745</v>
       </c>
       <c r="C297" t="s">
-        <v>2731</v>
+        <v>2746</v>
       </c>
       <c r="D297" t="s">
-        <v>2732</v>
+        <v>2747</v>
       </c>
       <c r="E297" t="s">
-        <v>2733</v>
+        <v>2748</v>
       </c>
       <c r="F297" t="s">
-        <v>2734</v>
+        <v>2749</v>
       </c>
       <c r="G297" t="s">
-        <v>2735</v>
+        <v>2750</v>
       </c>
       <c r="H297" t="s">
-        <v>2736</v>
+        <v>2751</v>
       </c>
       <c r="I297" t="s">
-        <v>2737</v>
+        <v>2752</v>
       </c>
       <c r="J297" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="L297" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>430</v>
+        <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2738</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5794</v>
+        <v>5479</v>
       </c>
       <c r="B298" t="s">
-        <v>2739</v>
+        <v>2754</v>
       </c>
       <c r="C298" t="s">
-        <v>2740</v>
+        <v>2755</v>
       </c>
       <c r="D298" t="s">
-        <v>2741</v>
+        <v>2756</v>
       </c>
       <c r="E298" t="s">
-        <v>2742</v>
+        <v>2757</v>
       </c>
       <c r="F298" t="s">
-        <v>2743</v>
+        <v>2758</v>
       </c>
       <c r="G298" t="s">
-        <v>2744</v>
+        <v>2759</v>
       </c>
       <c r="H298" t="s">
-        <v>2745</v>
+        <v>2760</v>
       </c>
       <c r="I298" t="s">
-        <v>2746</v>
+        <v>2761</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>148</v>
+        <v>580</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>149</v>
+        <v>581</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2747</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5795</v>
+        <v>5482</v>
       </c>
       <c r="B299" t="s">
-        <v>2748</v>
+        <v>2763</v>
       </c>
       <c r="C299" t="s">
-        <v>2749</v>
+        <v>2764</v>
       </c>
       <c r="D299" t="s">
-        <v>2750</v>
+        <v>2765</v>
       </c>
       <c r="E299" t="s">
-        <v>2751</v>
+        <v>2766</v>
       </c>
       <c r="F299" t="s">
-        <v>2752</v>
+        <v>2767</v>
       </c>
       <c r="G299" t="s">
-        <v>2753</v>
+        <v>2768</v>
       </c>
       <c r="H299" t="s">
-        <v>2754</v>
+        <v>2769</v>
       </c>
       <c r="I299" t="s">
-        <v>2755</v>
+        <v>2770</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2756</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5796</v>
+        <v>5483</v>
       </c>
       <c r="B300" t="s">
-        <v>2757</v>
+        <v>2772</v>
       </c>
       <c r="C300" t="s">
-        <v>2758</v>
+        <v>2773</v>
       </c>
       <c r="D300" t="s">
-        <v>2759</v>
+        <v>2774</v>
       </c>
       <c r="E300" t="s">
-        <v>2760</v>
+        <v>2775</v>
       </c>
       <c r="F300" t="s">
-        <v>2761</v>
+        <v>2776</v>
       </c>
       <c r="G300" t="s">
-        <v>2762</v>
+        <v>2777</v>
       </c>
       <c r="H300" t="s">
-        <v>2763</v>
+        <v>2778</v>
       </c>
       <c r="I300" t="s">
-        <v>2764</v>
+        <v>2779</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2765</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5798</v>
+        <v>5485</v>
       </c>
       <c r="B301" t="s">
-        <v>2766</v>
+        <v>2781</v>
       </c>
       <c r="C301" t="s">
-        <v>2767</v>
+        <v>2782</v>
       </c>
       <c r="D301" t="s">
-        <v>2768</v>
+        <v>2783</v>
       </c>
       <c r="E301" t="s">
-        <v>2769</v>
+        <v>2784</v>
       </c>
       <c r="F301" t="s">
-        <v>2770</v>
+        <v>2785</v>
       </c>
       <c r="G301" t="s">
-        <v>2771</v>
+        <v>2786</v>
       </c>
       <c r="H301" t="s">
-        <v>2772</v>
+        <v>2787</v>
       </c>
       <c r="I301" t="s">
-        <v>2773</v>
+        <v>2788</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>148</v>
+        <v>2789</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>149</v>
+        <v>2790</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2774</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5799</v>
+        <v>5487</v>
       </c>
       <c r="B302" t="s">
-        <v>2775</v>
+        <v>2792</v>
       </c>
       <c r="C302" t="s">
-        <v>2776</v>
+        <v>2793</v>
       </c>
       <c r="D302" t="s">
-        <v>2777</v>
+        <v>2794</v>
       </c>
       <c r="E302" t="s">
-        <v>2778</v>
+        <v>2795</v>
       </c>
       <c r="F302" t="s">
-        <v>2779</v>
+        <v>2796</v>
       </c>
       <c r="G302" t="s">
-        <v>2780</v>
+        <v>2797</v>
       </c>
       <c r="H302" t="s">
-        <v>2781</v>
+        <v>2798</v>
       </c>
       <c r="I302" t="s">
-        <v>2782</v>
+        <v>2799</v>
       </c>
       <c r="J302" t="s">
-        <v>1847</v>
+        <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>884</v>
+        <v>2800</v>
       </c>
       <c r="L302" t="s">
-        <v>1849</v>
+        <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>885</v>
+        <v>2801</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2783</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5803</v>
+        <v>5488</v>
       </c>
       <c r="B303" t="s">
-        <v>2784</v>
+        <v>2803</v>
       </c>
       <c r="C303" t="s">
-        <v>2785</v>
+        <v>2804</v>
       </c>
       <c r="D303" t="s">
-        <v>2786</v>
+        <v>2805</v>
       </c>
       <c r="E303" t="s">
-        <v>2787</v>
+        <v>2806</v>
       </c>
       <c r="F303" t="s">
-        <v>2788</v>
+        <v>2807</v>
       </c>
       <c r="G303" t="s">
-        <v>2789</v>
+        <v>2808</v>
       </c>
       <c r="H303" t="s">
-        <v>2790</v>
+        <v>2809</v>
       </c>
       <c r="I303" t="s">
-        <v>2791</v>
+        <v>2810</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2792</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5805</v>
+        <v>5489</v>
       </c>
       <c r="B304" t="s">
-        <v>2793</v>
+        <v>2812</v>
       </c>
       <c r="C304" t="s">
-        <v>2794</v>
+        <v>2813</v>
       </c>
       <c r="D304" t="s">
-        <v>2795</v>
+        <v>2814</v>
       </c>
       <c r="E304" t="s">
-        <v>2796</v>
+        <v>2815</v>
       </c>
       <c r="F304" t="s">
-        <v>2797</v>
+        <v>2816</v>
       </c>
       <c r="G304" t="s">
-        <v>2798</v>
+        <v>2817</v>
       </c>
       <c r="H304" t="s">
-        <v>2799</v>
+        <v>2818</v>
       </c>
       <c r="I304" t="s">
-        <v>2800</v>
+        <v>2819</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>25</v>
+        <v>1268</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>27</v>
+        <v>1269</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2801</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>5808</v>
+        <v>5490</v>
       </c>
       <c r="B305" t="s">
-        <v>2802</v>
+        <v>2821</v>
       </c>
       <c r="C305" t="s">
-        <v>2803</v>
+        <v>2822</v>
       </c>
       <c r="D305" t="s">
-        <v>2804</v>
+        <v>2823</v>
       </c>
       <c r="E305" t="s">
-        <v>2805</v>
+        <v>2824</v>
       </c>
       <c r="F305" t="s">
-        <v>2806</v>
+        <v>2825</v>
       </c>
       <c r="G305" t="s">
-        <v>2807</v>
+        <v>2826</v>
       </c>
       <c r="H305" t="s">
-        <v>2808</v>
+        <v>2827</v>
       </c>
       <c r="I305" t="s">
-        <v>2809</v>
+        <v>2828</v>
       </c>
       <c r="J305" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K305" t="s">
-        <v>25</v>
+        <v>2829</v>
       </c>
       <c r="L305" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M305" t="s">
-        <v>27</v>
+        <v>2830</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2810</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>5811</v>
+        <v>5493</v>
       </c>
       <c r="B306" t="s">
-        <v>2811</v>
+        <v>2832</v>
       </c>
       <c r="C306" t="s">
-        <v>2812</v>
+        <v>2833</v>
       </c>
       <c r="D306" t="s">
-        <v>2813</v>
+        <v>2834</v>
       </c>
       <c r="E306" t="s">
-        <v>2814</v>
+        <v>2835</v>
       </c>
       <c r="F306" t="s">
-        <v>2815</v>
+        <v>2836</v>
       </c>
       <c r="G306" t="s">
-        <v>2816</v>
+        <v>2837</v>
       </c>
       <c r="H306" t="s">
-        <v>2817</v>
+        <v>2838</v>
       </c>
       <c r="I306" t="s">
-        <v>2818</v>
+        <v>2839</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2819</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>5819</v>
+        <v>5495</v>
       </c>
       <c r="B307" t="s">
-        <v>2820</v>
+        <v>2841</v>
       </c>
       <c r="C307" t="s">
-        <v>2821</v>
+        <v>2842</v>
       </c>
       <c r="D307" t="s">
-        <v>2822</v>
+        <v>2843</v>
       </c>
       <c r="E307" t="s">
-        <v>2823</v>
+        <v>2844</v>
       </c>
       <c r="F307" t="s">
-        <v>2824</v>
+        <v>2845</v>
       </c>
       <c r="G307" t="s">
-        <v>2825</v>
+        <v>2846</v>
       </c>
       <c r="H307" t="s">
-        <v>2826</v>
+        <v>2847</v>
       </c>
       <c r="I307" t="s">
-        <v>2827</v>
+        <v>2848</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2828</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>5830</v>
+        <v>5496</v>
       </c>
       <c r="B308" t="s">
-        <v>2829</v>
+        <v>2850</v>
       </c>
       <c r="C308" t="s">
-        <v>2830</v>
+        <v>2851</v>
       </c>
       <c r="D308" t="s">
-        <v>2831</v>
+        <v>2852</v>
       </c>
       <c r="E308" t="s">
-        <v>2832</v>
+        <v>2853</v>
       </c>
       <c r="F308" t="s">
-        <v>2833</v>
+        <v>2854</v>
       </c>
       <c r="G308" t="s">
-        <v>2834</v>
+        <v>2855</v>
       </c>
       <c r="H308" t="s">
-        <v>2835</v>
+        <v>2856</v>
       </c>
       <c r="I308" t="s">
-        <v>2836</v>
+        <v>2857</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2837</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>5863</v>
+        <v>5499</v>
       </c>
       <c r="B309" t="s">
-        <v>2838</v>
+        <v>2859</v>
       </c>
       <c r="C309" t="s">
-        <v>2839</v>
+        <v>2860</v>
       </c>
       <c r="D309" t="s">
-        <v>2840</v>
+        <v>2861</v>
       </c>
       <c r="E309" t="s">
-        <v>2841</v>
+        <v>2862</v>
       </c>
       <c r="F309" t="s">
-        <v>2842</v>
+        <v>2863</v>
       </c>
       <c r="G309" t="s">
-        <v>2843</v>
+        <v>2864</v>
       </c>
       <c r="H309" t="s">
-        <v>2844</v>
+        <v>2865</v>
       </c>
       <c r="I309" t="s">
-        <v>2845</v>
+        <v>2866</v>
       </c>
       <c r="J309" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K309" t="s">
-        <v>25</v>
+        <v>2867</v>
       </c>
       <c r="L309" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M309" t="s">
-        <v>27</v>
+        <v>2868</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2846</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>5866</v>
+        <v>5502</v>
       </c>
       <c r="B310" t="s">
-        <v>2847</v>
+        <v>2870</v>
       </c>
       <c r="C310" t="s">
-        <v>2848</v>
+        <v>2871</v>
       </c>
       <c r="D310" t="s">
-        <v>2849</v>
+        <v>2872</v>
       </c>
       <c r="E310" t="s">
-        <v>2850</v>
+        <v>2873</v>
       </c>
       <c r="F310" t="s">
-        <v>2851</v>
+        <v>2874</v>
       </c>
       <c r="G310" t="s">
-        <v>2852</v>
+        <v>2875</v>
       </c>
       <c r="H310" t="s">
-        <v>2853</v>
+        <v>2876</v>
       </c>
       <c r="I310" t="s">
-        <v>2854</v>
+        <v>2877</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
         <v>25</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2855</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>5888</v>
+        <v>5503</v>
       </c>
       <c r="B311" t="s">
-        <v>2856</v>
+        <v>2879</v>
       </c>
       <c r="C311" t="s">
-        <v>2857</v>
+        <v>2880</v>
       </c>
       <c r="D311" t="s">
-        <v>2858</v>
+        <v>2881</v>
       </c>
       <c r="E311" t="s">
-        <v>2859</v>
+        <v>2882</v>
       </c>
       <c r="F311" t="s">
-        <v>2860</v>
+        <v>2883</v>
       </c>
       <c r="G311" t="s">
-        <v>2861</v>
+        <v>2884</v>
       </c>
       <c r="H311" t="s">
-        <v>2862</v>
+        <v>2885</v>
       </c>
       <c r="I311" t="s">
-        <v>2863</v>
+        <v>2886</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2864</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>5889</v>
+        <v>5504</v>
       </c>
       <c r="B312" t="s">
-        <v>2865</v>
+        <v>2888</v>
       </c>
       <c r="C312" t="s">
-        <v>2866</v>
+        <v>2889</v>
       </c>
       <c r="D312" t="s">
-        <v>2867</v>
+        <v>2890</v>
       </c>
       <c r="E312" t="s">
-        <v>2868</v>
+        <v>2891</v>
       </c>
       <c r="F312" t="s">
-        <v>2869</v>
+        <v>2892</v>
       </c>
       <c r="G312" t="s">
-        <v>2870</v>
+        <v>2893</v>
       </c>
       <c r="H312" t="s">
-        <v>2871</v>
+        <v>2894</v>
       </c>
       <c r="I312" t="s">
-        <v>2872</v>
+        <v>2895</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
         <v>25</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
         <v>27</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2873</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>5907</v>
+        <v>5507</v>
       </c>
       <c r="B313" t="s">
-        <v>2874</v>
+        <v>2897</v>
       </c>
       <c r="C313" t="s">
-        <v>2875</v>
+        <v>2898</v>
       </c>
       <c r="D313" t="s">
-        <v>2876</v>
+        <v>2899</v>
       </c>
       <c r="E313" t="s">
-        <v>2877</v>
+        <v>2900</v>
       </c>
       <c r="F313" t="s">
-        <v>2878</v>
+        <v>2901</v>
       </c>
       <c r="G313" t="s">
-        <v>2879</v>
+        <v>2902</v>
       </c>
       <c r="H313" t="s">
-        <v>2880</v>
+        <v>2903</v>
       </c>
       <c r="I313" t="s">
-        <v>2881</v>
+        <v>2904</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
         <v>25</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
         <v>27</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2882</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>5913</v>
+        <v>5509</v>
       </c>
       <c r="B314" t="s">
-        <v>2883</v>
+        <v>2906</v>
       </c>
       <c r="C314" t="s">
-        <v>2884</v>
+        <v>2907</v>
       </c>
       <c r="D314" t="s">
-        <v>2885</v>
+        <v>2908</v>
       </c>
       <c r="E314" t="s">
-        <v>2886</v>
+        <v>2909</v>
       </c>
       <c r="F314" t="s">
-        <v>2887</v>
+        <v>2910</v>
       </c>
       <c r="G314" t="s">
-        <v>2888</v>
+        <v>2911</v>
       </c>
       <c r="H314" t="s">
-        <v>2889</v>
+        <v>2912</v>
       </c>
       <c r="I314" t="s">
-        <v>2890</v>
+        <v>2913</v>
       </c>
       <c r="J314" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K314" t="s">
-        <v>47</v>
+        <v>1230</v>
       </c>
       <c r="L314" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M314" t="s">
-        <v>48</v>
+        <v>1231</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2891</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>5915</v>
+        <v>5511</v>
       </c>
       <c r="B315" t="s">
-        <v>2892</v>
+        <v>2915</v>
       </c>
       <c r="C315" t="s">
-        <v>2893</v>
+        <v>2916</v>
       </c>
       <c r="D315" t="s">
-        <v>2894</v>
+        <v>2917</v>
       </c>
       <c r="E315" t="s">
-        <v>2895</v>
+        <v>2918</v>
       </c>
       <c r="F315" t="s">
-        <v>2896</v>
+        <v>2919</v>
       </c>
       <c r="G315" t="s">
-        <v>2897</v>
+        <v>2920</v>
       </c>
       <c r="H315" t="s">
-        <v>2898</v>
+        <v>2921</v>
       </c>
       <c r="I315" t="s">
-        <v>2899</v>
+        <v>2922</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>148</v>
+        <v>2923</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>149</v>
+        <v>2924</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2900</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>5927</v>
+        <v>5512</v>
       </c>
       <c r="B316" t="s">
-        <v>2901</v>
+        <v>2926</v>
       </c>
       <c r="C316" t="s">
-        <v>2902</v>
+        <v>2927</v>
       </c>
       <c r="D316" t="s">
-        <v>2903</v>
+        <v>2928</v>
       </c>
       <c r="E316" t="s">
-        <v>2904</v>
+        <v>2929</v>
       </c>
       <c r="F316" t="s">
-        <v>2905</v>
+        <v>2930</v>
       </c>
       <c r="G316" t="s">
-        <v>2906</v>
+        <v>2931</v>
       </c>
       <c r="H316" t="s">
-        <v>2907</v>
+        <v>2932</v>
       </c>
       <c r="I316" t="s">
-        <v>2908</v>
+        <v>2933</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>467</v>
+        <v>170</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>468</v>
+        <v>171</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2909</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>5928</v>
+        <v>5514</v>
       </c>
       <c r="B317" t="s">
-        <v>2910</v>
+        <v>2935</v>
       </c>
       <c r="C317" t="s">
-        <v>2911</v>
+        <v>2936</v>
       </c>
       <c r="D317" t="s">
-        <v>2912</v>
+        <v>2937</v>
       </c>
       <c r="E317" t="s">
-        <v>2913</v>
+        <v>2938</v>
       </c>
       <c r="F317" t="s">
-        <v>2914</v>
+        <v>2939</v>
       </c>
       <c r="G317" t="s">
-        <v>2915</v>
+        <v>2940</v>
       </c>
       <c r="H317" t="s">
-        <v>2916</v>
+        <v>2941</v>
       </c>
       <c r="I317" t="s">
-        <v>2917</v>
+        <v>2942</v>
       </c>
       <c r="J317" t="s">
-        <v>2918</v>
+        <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>2919</v>
+        <v>59</v>
       </c>
       <c r="L317" t="s">
-        <v>2920</v>
+        <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>2921</v>
+        <v>61</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2922</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>5931</v>
+        <v>5516</v>
       </c>
       <c r="B318" t="s">
-        <v>2923</v>
+        <v>2944</v>
       </c>
       <c r="C318" t="s">
-        <v>2924</v>
+        <v>2945</v>
       </c>
       <c r="D318" t="s">
-        <v>2925</v>
+        <v>2946</v>
       </c>
       <c r="E318" t="s">
-        <v>2926</v>
+        <v>2947</v>
       </c>
       <c r="F318" t="s">
-        <v>2927</v>
+        <v>2948</v>
       </c>
       <c r="G318" t="s">
-        <v>2928</v>
+        <v>2949</v>
       </c>
       <c r="H318" t="s">
-        <v>2929</v>
+        <v>2950</v>
       </c>
       <c r="I318" t="s">
-        <v>2930</v>
+        <v>2951</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
         <v>25</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
         <v>27</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2931</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>5932</v>
+        <v>5517</v>
       </c>
       <c r="B319" t="s">
-        <v>2932</v>
+        <v>2953</v>
       </c>
       <c r="C319" t="s">
-        <v>2933</v>
+        <v>2954</v>
       </c>
       <c r="D319" t="s">
-        <v>2934</v>
+        <v>2955</v>
       </c>
       <c r="E319" t="s">
-        <v>2935</v>
+        <v>2956</v>
       </c>
       <c r="F319" t="s">
-        <v>2936</v>
+        <v>2957</v>
       </c>
       <c r="G319" t="s">
-        <v>2937</v>
+        <v>2958</v>
       </c>
       <c r="H319" t="s">
-        <v>2938</v>
+        <v>2959</v>
       </c>
       <c r="I319" t="s">
-        <v>2939</v>
+        <v>2960</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2940</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>5934</v>
+        <v>5518</v>
       </c>
       <c r="B320" t="s">
-        <v>2941</v>
+        <v>2962</v>
       </c>
       <c r="C320" t="s">
-        <v>2942</v>
+        <v>2963</v>
       </c>
       <c r="D320" t="s">
-        <v>2943</v>
+        <v>2964</v>
       </c>
       <c r="E320" t="s">
-        <v>2944</v>
+        <v>2965</v>
       </c>
       <c r="F320" t="s">
-        <v>2945</v>
+        <v>2966</v>
       </c>
       <c r="G320" t="s">
-        <v>2946</v>
+        <v>2967</v>
       </c>
       <c r="H320" t="s">
-        <v>2947</v>
+        <v>2968</v>
       </c>
       <c r="I320" t="s">
-        <v>2948</v>
+        <v>2969</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2949</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>5953</v>
+        <v>5520</v>
       </c>
       <c r="B321" t="s">
-        <v>2950</v>
+        <v>2971</v>
       </c>
       <c r="C321" t="s">
-        <v>2951</v>
+        <v>2972</v>
       </c>
       <c r="D321" t="s">
-        <v>2952</v>
+        <v>2973</v>
       </c>
       <c r="E321" t="s">
-        <v>2953</v>
+        <v>2974</v>
       </c>
       <c r="F321" t="s">
-        <v>2954</v>
+        <v>2975</v>
       </c>
       <c r="G321" t="s">
-        <v>2955</v>
+        <v>2976</v>
       </c>
       <c r="H321" t="s">
-        <v>2956</v>
+        <v>2977</v>
       </c>
       <c r="I321" t="s">
-        <v>2957</v>
+        <v>2978</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2958</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>5981</v>
+        <v>5545</v>
       </c>
       <c r="B322" t="s">
-        <v>2959</v>
+        <v>2980</v>
       </c>
       <c r="C322" t="s">
-        <v>2960</v>
+        <v>2981</v>
       </c>
       <c r="D322" t="s">
-        <v>2961</v>
+        <v>2982</v>
       </c>
       <c r="E322" t="s">
-        <v>2962</v>
+        <v>2983</v>
       </c>
       <c r="F322" t="s">
-        <v>2963</v>
+        <v>2984</v>
       </c>
       <c r="G322" t="s">
-        <v>2964</v>
+        <v>2985</v>
       </c>
       <c r="H322" t="s">
-        <v>2965</v>
+        <v>2986</v>
       </c>
       <c r="I322" t="s">
-        <v>2966</v>
+        <v>2987</v>
       </c>
       <c r="J322" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>2967</v>
+        <v>170</v>
       </c>
       <c r="L322" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>2968</v>
+        <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2969</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>5986</v>
+        <v>5657</v>
       </c>
       <c r="B323" t="s">
-        <v>2970</v>
+        <v>2989</v>
       </c>
       <c r="C323" t="s">
-        <v>2971</v>
+        <v>2990</v>
       </c>
       <c r="D323" t="s">
-        <v>2972</v>
+        <v>2991</v>
       </c>
       <c r="E323" t="s">
-        <v>2973</v>
+        <v>2992</v>
       </c>
       <c r="F323" t="s">
-        <v>2974</v>
+        <v>2993</v>
       </c>
       <c r="G323" t="s">
-        <v>2975</v>
+        <v>2994</v>
       </c>
       <c r="H323" t="s">
-        <v>2976</v>
+        <v>2995</v>
       </c>
       <c r="I323" t="s">
-        <v>2977</v>
+        <v>2996</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2978</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>5989</v>
+        <v>5733</v>
       </c>
       <c r="B324" t="s">
-        <v>2979</v>
+        <v>2998</v>
       </c>
       <c r="C324" t="s">
-        <v>2980</v>
+        <v>2999</v>
       </c>
       <c r="D324" t="s">
-        <v>2981</v>
+        <v>3000</v>
       </c>
       <c r="E324" t="s">
-        <v>2982</v>
+        <v>3001</v>
       </c>
       <c r="F324" t="s">
-        <v>2983</v>
+        <v>3002</v>
       </c>
       <c r="G324" t="s">
-        <v>2984</v>
+        <v>3003</v>
       </c>
       <c r="H324" t="s">
-        <v>2985</v>
+        <v>3004</v>
       </c>
       <c r="I324" t="s">
-        <v>2986</v>
+        <v>3005</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>2122</v>
+        <v>47</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>2123</v>
+        <v>48</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2987</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6018</v>
+        <v>5787</v>
       </c>
       <c r="B325" t="s">
-        <v>2988</v>
+        <v>3007</v>
       </c>
       <c r="C325" t="s">
-        <v>2989</v>
+        <v>3008</v>
       </c>
       <c r="D325" t="s">
-        <v>2990</v>
+        <v>3009</v>
       </c>
       <c r="E325" t="s">
-        <v>2991</v>
+        <v>3010</v>
       </c>
       <c r="F325" t="s">
-        <v>2992</v>
+        <v>3011</v>
       </c>
       <c r="G325" t="s">
-        <v>2993</v>
+        <v>3012</v>
       </c>
       <c r="H325" t="s">
-        <v>2994</v>
+        <v>3013</v>
       </c>
       <c r="I325" t="s">
-        <v>2995</v>
+        <v>3014</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>2996</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6021</v>
+        <v>5792</v>
       </c>
       <c r="B326" t="s">
-        <v>2997</v>
+        <v>3016</v>
       </c>
       <c r="C326" t="s">
-        <v>2998</v>
+        <v>3017</v>
       </c>
       <c r="D326" t="s">
-        <v>2999</v>
+        <v>3018</v>
       </c>
       <c r="E326" t="s">
-        <v>3000</v>
+        <v>3019</v>
       </c>
       <c r="F326" t="s">
-        <v>3001</v>
+        <v>3020</v>
       </c>
       <c r="G326" t="s">
-        <v>3002</v>
+        <v>3021</v>
       </c>
       <c r="H326" t="s">
-        <v>3003</v>
+        <v>3022</v>
       </c>
       <c r="I326" t="s">
-        <v>3004</v>
+        <v>3023</v>
       </c>
       <c r="J326" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K326" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L326" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M326" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3005</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6076</v>
+        <v>5794</v>
       </c>
       <c r="B327" t="s">
-        <v>3006</v>
+        <v>3025</v>
       </c>
       <c r="C327" t="s">
-        <v>3007</v>
+        <v>3026</v>
       </c>
       <c r="D327" t="s">
-        <v>3008</v>
+        <v>3027</v>
       </c>
       <c r="E327" t="s">
-        <v>3009</v>
+        <v>3028</v>
       </c>
       <c r="F327" t="s">
-        <v>3010</v>
+        <v>3029</v>
       </c>
       <c r="G327" t="s">
-        <v>3011</v>
+        <v>3030</v>
       </c>
       <c r="H327" t="s">
-        <v>3012</v>
+        <v>3031</v>
       </c>
       <c r="I327" t="s">
-        <v>3013</v>
+        <v>3032</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3014</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6082</v>
+        <v>5795</v>
       </c>
       <c r="B328" t="s">
-        <v>3015</v>
+        <v>3034</v>
       </c>
       <c r="C328" t="s">
-        <v>3016</v>
+        <v>3035</v>
       </c>
       <c r="D328" t="s">
-        <v>3017</v>
+        <v>3036</v>
       </c>
       <c r="E328" t="s">
-        <v>3018</v>
+        <v>3037</v>
       </c>
       <c r="F328" t="s">
-        <v>3019</v>
+        <v>3038</v>
       </c>
       <c r="G328" t="s">
-        <v>3020</v>
+        <v>3039</v>
       </c>
       <c r="H328" t="s">
-        <v>3021</v>
+        <v>3040</v>
       </c>
       <c r="I328" t="s">
-        <v>3022</v>
+        <v>3041</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>559</v>
+        <v>47</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>560</v>
+        <v>48</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3023</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6093</v>
+        <v>5796</v>
       </c>
       <c r="B329" t="s">
-        <v>3024</v>
+        <v>3043</v>
       </c>
       <c r="C329" t="s">
-        <v>3025</v>
+        <v>3044</v>
       </c>
       <c r="D329" t="s">
-        <v>3026</v>
+        <v>3045</v>
       </c>
       <c r="E329" t="s">
-        <v>3027</v>
+        <v>3046</v>
       </c>
       <c r="F329" t="s">
-        <v>3028</v>
+        <v>3047</v>
       </c>
       <c r="G329" t="s">
-        <v>3029</v>
+        <v>3048</v>
       </c>
       <c r="H329" t="s">
-        <v>3030</v>
+        <v>3049</v>
       </c>
       <c r="I329" t="s">
-        <v>3031</v>
+        <v>3050</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>3032</v>
+        <v>170</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
+      <c r="M329" t="s">
+        <v>171</v>
+      </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3033</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6112</v>
+        <v>5798</v>
       </c>
       <c r="B330" t="s">
-        <v>3034</v>
+        <v>3052</v>
       </c>
       <c r="C330" t="s">
-        <v>3035</v>
+        <v>3053</v>
       </c>
       <c r="D330" t="s">
-        <v>3036</v>
+        <v>3054</v>
       </c>
       <c r="E330" t="s">
-        <v>3037</v>
+        <v>3055</v>
       </c>
       <c r="F330" t="s">
-        <v>3038</v>
+        <v>3056</v>
       </c>
       <c r="G330" t="s">
-        <v>3039</v>
+        <v>3057</v>
       </c>
       <c r="H330" t="s">
-        <v>3040</v>
+        <v>3058</v>
       </c>
       <c r="I330" t="s">
-        <v>3041</v>
+        <v>3059</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3042</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>6179</v>
+        <v>5799</v>
       </c>
       <c r="B331" t="s">
-        <v>3043</v>
+        <v>3061</v>
       </c>
       <c r="C331" t="s">
-        <v>3044</v>
+        <v>3062</v>
       </c>
       <c r="D331" t="s">
-        <v>3045</v>
+        <v>3063</v>
       </c>
       <c r="E331" t="s">
-        <v>3046</v>
+        <v>3064</v>
       </c>
       <c r="F331" t="s">
-        <v>3047</v>
+        <v>3065</v>
       </c>
       <c r="G331" t="s">
-        <v>3048</v>
+        <v>3066</v>
       </c>
       <c r="H331" t="s">
-        <v>3049</v>
+        <v>3067</v>
       </c>
       <c r="I331" t="s">
-        <v>3050</v>
+        <v>3068</v>
       </c>
       <c r="J331" t="s">
-        <v>24</v>
+        <v>2051</v>
       </c>
       <c r="K331" t="s">
-        <v>25</v>
+        <v>905</v>
       </c>
       <c r="L331" t="s">
-        <v>26</v>
+        <v>2053</v>
       </c>
       <c r="M331" t="s">
-        <v>27</v>
+        <v>906</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3051</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>6180</v>
+        <v>5803</v>
       </c>
       <c r="B332" t="s">
-        <v>3052</v>
+        <v>3070</v>
       </c>
       <c r="C332" t="s">
-        <v>3053</v>
+        <v>3071</v>
       </c>
       <c r="D332" t="s">
-        <v>3054</v>
+        <v>3072</v>
       </c>
       <c r="E332" t="s">
-        <v>3055</v>
+        <v>3073</v>
       </c>
       <c r="F332" t="s">
-        <v>3056</v>
+        <v>3074</v>
       </c>
       <c r="G332" t="s">
-        <v>3057</v>
+        <v>3075</v>
       </c>
       <c r="H332" t="s">
-        <v>3058</v>
+        <v>3076</v>
       </c>
       <c r="I332" t="s">
-        <v>3059</v>
+        <v>3077</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
         <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
         <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3060</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>6203</v>
+        <v>5805</v>
       </c>
       <c r="B333" t="s">
-        <v>3061</v>
+        <v>3079</v>
       </c>
       <c r="C333" t="s">
-        <v>3062</v>
+        <v>3080</v>
       </c>
       <c r="D333" t="s">
-        <v>3063</v>
+        <v>3081</v>
       </c>
       <c r="E333" t="s">
-        <v>3064</v>
+        <v>3082</v>
       </c>
       <c r="F333" t="s">
-        <v>3065</v>
+        <v>3083</v>
       </c>
       <c r="G333" t="s">
-        <v>3066</v>
+        <v>3084</v>
       </c>
       <c r="H333" t="s">
-        <v>3067</v>
+        <v>3085</v>
       </c>
       <c r="I333" t="s">
-        <v>3068</v>
+        <v>3086</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3069</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>6208</v>
+        <v>5808</v>
       </c>
       <c r="B334" t="s">
-        <v>3070</v>
+        <v>3088</v>
       </c>
       <c r="C334" t="s">
-        <v>3071</v>
+        <v>3089</v>
       </c>
       <c r="D334" t="s">
-        <v>3072</v>
+        <v>3090</v>
       </c>
       <c r="E334" t="s">
-        <v>3073</v>
+        <v>3091</v>
       </c>
       <c r="F334" t="s">
-        <v>3074</v>
+        <v>3092</v>
       </c>
       <c r="G334" t="s">
-        <v>3075</v>
+        <v>3093</v>
       </c>
       <c r="H334" t="s">
-        <v>3076</v>
+        <v>3094</v>
       </c>
       <c r="I334" t="s">
-        <v>3077</v>
+        <v>3095</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3078</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>6211</v>
+        <v>5811</v>
       </c>
       <c r="B335" t="s">
-        <v>3079</v>
+        <v>3097</v>
       </c>
       <c r="C335" t="s">
-        <v>3080</v>
+        <v>3098</v>
       </c>
       <c r="D335" t="s">
-        <v>3081</v>
+        <v>3099</v>
       </c>
       <c r="E335" t="s">
-        <v>3082</v>
+        <v>3100</v>
       </c>
       <c r="F335" t="s">
-        <v>3083</v>
+        <v>3101</v>
       </c>
       <c r="G335" t="s">
-        <v>3084</v>
+        <v>3102</v>
       </c>
       <c r="H335" t="s">
-        <v>3085</v>
+        <v>3103</v>
       </c>
       <c r="I335" t="s">
-        <v>3086</v>
+        <v>3104</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3087</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>6215</v>
+        <v>5819</v>
       </c>
       <c r="B336" t="s">
-        <v>3088</v>
+        <v>3106</v>
       </c>
       <c r="C336" t="s">
-        <v>3089</v>
+        <v>3107</v>
       </c>
       <c r="D336" t="s">
-        <v>3090</v>
+        <v>3108</v>
       </c>
       <c r="E336" t="s">
-        <v>3091</v>
+        <v>3109</v>
       </c>
       <c r="F336" t="s">
-        <v>3092</v>
+        <v>3110</v>
       </c>
       <c r="G336" t="s">
-        <v>3093</v>
+        <v>3111</v>
       </c>
       <c r="H336" t="s">
-        <v>3094</v>
+        <v>3112</v>
       </c>
       <c r="I336" t="s">
-        <v>3095</v>
+        <v>3113</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3096</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>6222</v>
+        <v>5830</v>
       </c>
       <c r="B337" t="s">
-        <v>3097</v>
+        <v>3115</v>
       </c>
       <c r="C337" t="s">
-        <v>3098</v>
+        <v>3116</v>
       </c>
       <c r="D337" t="s">
-        <v>3099</v>
+        <v>3117</v>
       </c>
       <c r="E337" t="s">
-        <v>3100</v>
+        <v>3118</v>
       </c>
       <c r="F337" t="s">
-        <v>3101</v>
+        <v>3119</v>
       </c>
       <c r="G337" t="s">
-        <v>3102</v>
+        <v>3120</v>
       </c>
       <c r="H337" t="s">
-        <v>3103</v>
+        <v>3121</v>
       </c>
       <c r="I337" t="s">
-        <v>3104</v>
+        <v>3122</v>
       </c>
       <c r="J337" t="s">
-        <v>2918</v>
+        <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>884</v>
+        <v>25</v>
       </c>
       <c r="L337" t="s">
-        <v>2920</v>
+        <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>885</v>
+        <v>27</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3105</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>6254</v>
+        <v>5863</v>
       </c>
       <c r="B338" t="s">
-        <v>3106</v>
+        <v>3124</v>
       </c>
       <c r="C338" t="s">
-        <v>3107</v>
+        <v>3125</v>
       </c>
       <c r="D338" t="s">
-        <v>3108</v>
+        <v>3126</v>
       </c>
       <c r="E338" t="s">
-        <v>3109</v>
+        <v>3127</v>
       </c>
       <c r="F338" t="s">
-        <v>3110</v>
+        <v>3128</v>
       </c>
       <c r="G338" t="s">
-        <v>3111</v>
+        <v>3129</v>
       </c>
       <c r="H338" t="s">
-        <v>3112</v>
+        <v>3130</v>
       </c>
       <c r="I338" t="s">
-        <v>3113</v>
+        <v>3131</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3114</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>6255</v>
+        <v>5866</v>
       </c>
       <c r="B339" t="s">
-        <v>3115</v>
+        <v>3133</v>
       </c>
       <c r="C339" t="s">
-        <v>3116</v>
+        <v>3134</v>
       </c>
       <c r="D339" t="s">
-        <v>3117</v>
+        <v>3135</v>
       </c>
       <c r="E339" t="s">
-        <v>3118</v>
+        <v>3136</v>
       </c>
       <c r="F339" t="s">
-        <v>3119</v>
+        <v>3137</v>
       </c>
       <c r="G339" t="s">
-        <v>3120</v>
+        <v>3138</v>
       </c>
       <c r="H339" t="s">
-        <v>3121</v>
+        <v>3139</v>
       </c>
       <c r="I339" t="s">
-        <v>3122</v>
+        <v>3140</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>3123</v>
+        <v>25</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>3124</v>
+        <v>27</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3125</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>6258</v>
+        <v>5886</v>
       </c>
       <c r="B340" t="s">
-        <v>3126</v>
+        <v>3142</v>
       </c>
       <c r="C340" t="s">
-        <v>3127</v>
+        <v>3143</v>
       </c>
       <c r="D340" t="s">
-        <v>3128</v>
+        <v>3144</v>
       </c>
       <c r="E340" t="s">
-        <v>3129</v>
+        <v>3145</v>
       </c>
       <c r="F340" t="s">
-        <v>3130</v>
+        <v>3146</v>
       </c>
       <c r="G340" t="s">
-        <v>3131</v>
+        <v>3147</v>
       </c>
       <c r="H340" t="s">
-        <v>3132</v>
+        <v>3148</v>
       </c>
       <c r="I340" t="s">
-        <v>3133</v>
+        <v>3149</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>25</v>
+        <v>905</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>27</v>
+        <v>906</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3134</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>6259</v>
+        <v>5887</v>
       </c>
       <c r="B341" t="s">
-        <v>3135</v>
+        <v>3151</v>
       </c>
       <c r="C341" t="s">
-        <v>3136</v>
+        <v>3152</v>
       </c>
       <c r="D341" t="s">
-        <v>3137</v>
+        <v>3153</v>
       </c>
       <c r="E341" t="s">
-        <v>3138</v>
+        <v>3154</v>
       </c>
       <c r="F341" t="s">
-        <v>3139</v>
+        <v>3155</v>
       </c>
       <c r="G341" t="s">
-        <v>3140</v>
+        <v>3156</v>
       </c>
       <c r="H341" t="s">
-        <v>3141</v>
+        <v>3157</v>
       </c>
       <c r="I341" t="s">
-        <v>3142</v>
+        <v>3158</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3143</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>6261</v>
+        <v>5888</v>
       </c>
       <c r="B342" t="s">
-        <v>3144</v>
+        <v>3160</v>
       </c>
       <c r="C342" t="s">
-        <v>3145</v>
+        <v>3161</v>
       </c>
       <c r="D342" t="s">
-        <v>3146</v>
+        <v>3162</v>
       </c>
       <c r="E342" t="s">
-        <v>3147</v>
+        <v>3163</v>
       </c>
       <c r="F342" t="s">
-        <v>3148</v>
+        <v>3164</v>
       </c>
       <c r="G342" t="s">
-        <v>3149</v>
+        <v>3165</v>
       </c>
       <c r="H342" t="s">
-        <v>3150</v>
+        <v>3166</v>
       </c>
       <c r="I342" t="s">
-        <v>3151</v>
+        <v>3167</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3152</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>6263</v>
+        <v>5889</v>
       </c>
       <c r="B343" t="s">
-        <v>3153</v>
+        <v>3169</v>
       </c>
       <c r="C343" t="s">
-        <v>3154</v>
+        <v>3170</v>
       </c>
       <c r="D343" t="s">
-        <v>3155</v>
+        <v>3171</v>
       </c>
       <c r="E343" t="s">
-        <v>3156</v>
+        <v>3172</v>
       </c>
       <c r="F343" t="s">
-        <v>3157</v>
+        <v>3173</v>
       </c>
       <c r="G343" t="s">
-        <v>3158</v>
+        <v>3174</v>
       </c>
       <c r="H343" t="s">
-        <v>3159</v>
+        <v>3175</v>
       </c>
       <c r="I343" t="s">
-        <v>3160</v>
+        <v>3176</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3161</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>6272</v>
+        <v>5907</v>
       </c>
       <c r="B344" t="s">
-        <v>3162</v>
+        <v>3178</v>
       </c>
       <c r="C344" t="s">
-        <v>3163</v>
+        <v>3179</v>
       </c>
       <c r="D344" t="s">
-        <v>3164</v>
+        <v>3180</v>
       </c>
       <c r="E344" t="s">
-        <v>3165</v>
+        <v>3181</v>
       </c>
       <c r="F344" t="s">
-        <v>3166</v>
+        <v>3182</v>
       </c>
       <c r="G344" t="s">
-        <v>3167</v>
+        <v>3183</v>
       </c>
       <c r="H344" t="s">
-        <v>3168</v>
+        <v>3184</v>
       </c>
       <c r="I344" t="s">
-        <v>3169</v>
+        <v>3185</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3170</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>6274</v>
+        <v>5913</v>
       </c>
       <c r="B345" t="s">
-        <v>3171</v>
+        <v>3187</v>
       </c>
       <c r="C345" t="s">
-        <v>3172</v>
+        <v>3188</v>
       </c>
       <c r="D345" t="s">
-        <v>3173</v>
+        <v>3189</v>
       </c>
       <c r="E345" t="s">
-        <v>3174</v>
+        <v>3190</v>
       </c>
       <c r="F345" t="s">
-        <v>3175</v>
+        <v>3191</v>
       </c>
       <c r="G345" t="s">
-        <v>3176</v>
+        <v>3192</v>
       </c>
       <c r="H345" t="s">
-        <v>3177</v>
+        <v>3193</v>
       </c>
       <c r="I345" t="s">
-        <v>3178</v>
+        <v>3194</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3179</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>6275</v>
+        <v>5915</v>
       </c>
       <c r="B346" t="s">
-        <v>3180</v>
+        <v>3196</v>
       </c>
       <c r="C346" t="s">
-        <v>3181</v>
+        <v>3197</v>
       </c>
       <c r="D346" t="s">
-        <v>3182</v>
+        <v>3198</v>
       </c>
       <c r="E346" t="s">
-        <v>3183</v>
+        <v>3199</v>
       </c>
       <c r="F346" t="s">
-        <v>3184</v>
+        <v>3200</v>
       </c>
       <c r="G346" t="s">
-        <v>3185</v>
+        <v>3201</v>
       </c>
       <c r="H346" t="s">
-        <v>3186</v>
+        <v>3202</v>
       </c>
       <c r="I346" t="s">
-        <v>3187</v>
+        <v>3203</v>
       </c>
       <c r="J346" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>1402</v>
+        <v>170</v>
       </c>
       <c r="L346" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>1404</v>
+        <v>171</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3188</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>6327</v>
+        <v>5927</v>
       </c>
       <c r="B347" t="s">
-        <v>3189</v>
+        <v>3205</v>
       </c>
       <c r="C347" t="s">
-        <v>3190</v>
+        <v>3206</v>
       </c>
       <c r="D347" t="s">
-        <v>3191</v>
+        <v>3207</v>
       </c>
       <c r="E347" t="s">
-        <v>3192</v>
+        <v>3208</v>
       </c>
       <c r="F347" t="s">
-        <v>3193</v>
+        <v>3209</v>
       </c>
       <c r="G347" t="s">
-        <v>3194</v>
+        <v>3210</v>
       </c>
       <c r="H347" t="s">
-        <v>3195</v>
+        <v>3211</v>
       </c>
       <c r="I347" t="s">
-        <v>3196</v>
+        <v>3212</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3197</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>6337</v>
+        <v>5928</v>
       </c>
       <c r="B348" t="s">
-        <v>3198</v>
+        <v>3214</v>
       </c>
       <c r="C348" t="s">
-        <v>3199</v>
+        <v>3215</v>
       </c>
       <c r="D348" t="s">
-        <v>3200</v>
+        <v>3216</v>
       </c>
       <c r="E348" t="s">
-        <v>3201</v>
+        <v>3217</v>
       </c>
       <c r="F348" t="s">
-        <v>3202</v>
+        <v>3218</v>
       </c>
       <c r="G348" t="s">
-        <v>3203</v>
+        <v>3219</v>
       </c>
       <c r="H348" t="s">
-        <v>3204</v>
+        <v>3220</v>
       </c>
       <c r="I348" t="s">
-        <v>3205</v>
+        <v>3221</v>
       </c>
       <c r="J348" t="s">
-        <v>24</v>
+        <v>3222</v>
       </c>
       <c r="K348" t="s">
-        <v>47</v>
+        <v>3223</v>
       </c>
       <c r="L348" t="s">
-        <v>26</v>
+        <v>3224</v>
       </c>
       <c r="M348" t="s">
-        <v>48</v>
+        <v>3225</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3206</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>6361</v>
+        <v>5931</v>
       </c>
       <c r="B349" t="s">
-        <v>3207</v>
+        <v>3227</v>
       </c>
       <c r="C349" t="s">
-        <v>3208</v>
+        <v>3228</v>
       </c>
       <c r="D349" t="s">
-        <v>3209</v>
+        <v>3229</v>
       </c>
       <c r="E349" t="s">
-        <v>3210</v>
+        <v>3230</v>
       </c>
       <c r="F349" t="s">
-        <v>3211</v>
+        <v>3231</v>
       </c>
       <c r="G349" t="s">
-        <v>3212</v>
+        <v>3232</v>
       </c>
       <c r="H349" t="s">
-        <v>3213</v>
+        <v>3233</v>
       </c>
       <c r="I349" t="s">
-        <v>3214</v>
+        <v>3234</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3215</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>6379</v>
+        <v>5932</v>
       </c>
       <c r="B350" t="s">
-        <v>3216</v>
+        <v>3236</v>
       </c>
       <c r="C350" t="s">
-        <v>3217</v>
+        <v>3237</v>
       </c>
       <c r="D350" t="s">
-        <v>3218</v>
+        <v>3238</v>
       </c>
       <c r="E350" t="s">
-        <v>3219</v>
+        <v>3239</v>
       </c>
       <c r="F350" t="s">
-        <v>3220</v>
+        <v>3240</v>
       </c>
       <c r="G350" t="s">
-        <v>3221</v>
+        <v>3241</v>
       </c>
       <c r="H350" t="s">
-        <v>3222</v>
+        <v>3242</v>
       </c>
       <c r="I350" t="s">
-        <v>3223</v>
+        <v>3243</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3224</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>6454</v>
+        <v>5934</v>
       </c>
       <c r="B351" t="s">
-        <v>3225</v>
+        <v>3245</v>
       </c>
       <c r="C351" t="s">
-        <v>3226</v>
+        <v>3246</v>
       </c>
       <c r="D351" t="s">
-        <v>3227</v>
+        <v>3247</v>
       </c>
       <c r="E351" t="s">
-        <v>3228</v>
+        <v>3248</v>
       </c>
       <c r="F351" t="s">
-        <v>3229</v>
+        <v>3249</v>
       </c>
       <c r="G351" t="s">
-        <v>3230</v>
+        <v>3250</v>
       </c>
       <c r="H351" t="s">
-        <v>3231</v>
+        <v>3251</v>
       </c>
       <c r="I351" t="s">
-        <v>3232</v>
+        <v>3252</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3233</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>6460</v>
+        <v>5936</v>
       </c>
       <c r="B352" t="s">
-        <v>3234</v>
+        <v>3254</v>
       </c>
       <c r="C352" t="s">
-        <v>3235</v>
+        <v>3255</v>
       </c>
       <c r="D352" t="s">
-        <v>3236</v>
+        <v>3256</v>
       </c>
       <c r="E352" t="s">
-        <v>3237</v>
+        <v>3257</v>
       </c>
       <c r="F352" t="s">
-        <v>3238</v>
+        <v>3258</v>
       </c>
       <c r="G352" t="s">
-        <v>3239</v>
+        <v>3259</v>
       </c>
       <c r="H352" t="s">
-        <v>3240</v>
+        <v>3260</v>
       </c>
       <c r="I352" t="s">
-        <v>3241</v>
+        <v>3261</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3242</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>6468</v>
+        <v>5953</v>
       </c>
       <c r="B353" t="s">
-        <v>3243</v>
+        <v>3263</v>
       </c>
       <c r="C353" t="s">
-        <v>3244</v>
+        <v>3264</v>
       </c>
       <c r="D353" t="s">
-        <v>3245</v>
+        <v>3265</v>
       </c>
       <c r="E353" t="s">
-        <v>3246</v>
+        <v>3266</v>
       </c>
       <c r="F353" t="s">
-        <v>3247</v>
+        <v>3267</v>
       </c>
       <c r="G353" t="s">
-        <v>3248</v>
+        <v>3268</v>
       </c>
       <c r="H353" t="s">
-        <v>3249</v>
+        <v>3269</v>
       </c>
       <c r="I353" t="s">
-        <v>3250</v>
+        <v>3270</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3251</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>6611</v>
+        <v>5976</v>
       </c>
       <c r="B354" t="s">
-        <v>3252</v>
+        <v>3272</v>
       </c>
       <c r="C354" t="s">
-        <v>3253</v>
+        <v>3273</v>
       </c>
       <c r="D354" t="s">
-        <v>3254</v>
+        <v>3274</v>
       </c>
       <c r="E354" t="s">
-        <v>3255</v>
+        <v>3275</v>
       </c>
       <c r="F354" t="s">
-        <v>3256</v>
+        <v>3276</v>
       </c>
       <c r="G354" t="s">
-        <v>3257</v>
+        <v>3277</v>
       </c>
       <c r="H354" t="s">
-        <v>3258</v>
+        <v>3278</v>
       </c>
       <c r="I354" t="s">
-        <v>3259</v>
+        <v>3279</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3260</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>6615</v>
+        <v>5978</v>
       </c>
       <c r="B355" t="s">
-        <v>3261</v>
+        <v>3281</v>
       </c>
       <c r="C355" t="s">
-        <v>3262</v>
+        <v>3282</v>
       </c>
       <c r="D355" t="s">
-        <v>3263</v>
+        <v>3283</v>
       </c>
       <c r="E355" t="s">
-        <v>3264</v>
+        <v>3284</v>
       </c>
       <c r="F355" t="s">
-        <v>3265</v>
+        <v>3285</v>
       </c>
       <c r="G355" t="s">
-        <v>3266</v>
+        <v>3286</v>
       </c>
       <c r="H355" t="s">
-        <v>3267</v>
+        <v>3287</v>
       </c>
       <c r="I355" t="s">
-        <v>3268</v>
+        <v>3288</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
         <v>25</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
         <v>27</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3269</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>6761</v>
+        <v>5981</v>
       </c>
       <c r="B356" t="s">
-        <v>3270</v>
+        <v>3290</v>
       </c>
       <c r="C356" t="s">
-        <v>3271</v>
+        <v>3291</v>
       </c>
       <c r="D356" t="s">
-        <v>3272</v>
+        <v>3292</v>
       </c>
       <c r="E356" t="s">
-        <v>3273</v>
+        <v>3293</v>
       </c>
       <c r="F356" t="s">
-        <v>3274</v>
+        <v>3294</v>
       </c>
       <c r="G356" t="s">
-        <v>3275</v>
+        <v>3295</v>
       </c>
       <c r="H356" t="s">
-        <v>3276</v>
+        <v>3296</v>
       </c>
       <c r="I356" t="s">
-        <v>3277</v>
+        <v>3297</v>
       </c>
       <c r="J356" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K356" t="s">
-        <v>25</v>
+        <v>3298</v>
       </c>
       <c r="L356" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M356" t="s">
-        <v>27</v>
+        <v>3299</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3278</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>6762</v>
+        <v>5986</v>
       </c>
       <c r="B357" t="s">
-        <v>3279</v>
+        <v>3301</v>
       </c>
       <c r="C357" t="s">
-        <v>3280</v>
+        <v>3302</v>
       </c>
       <c r="D357" t="s">
-        <v>3281</v>
+        <v>3303</v>
       </c>
       <c r="E357" t="s">
-        <v>3282</v>
+        <v>3304</v>
       </c>
       <c r="F357" t="s">
-        <v>3283</v>
+        <v>3305</v>
       </c>
       <c r="G357" t="s">
-        <v>3284</v>
+        <v>3306</v>
       </c>
       <c r="H357" t="s">
-        <v>3285</v>
+        <v>3307</v>
       </c>
       <c r="I357" t="s">
-        <v>3286</v>
+        <v>3308</v>
       </c>
       <c r="J357" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>669</v>
+        <v>170</v>
       </c>
       <c r="L357" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>670</v>
+        <v>171</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3287</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>6765</v>
+        <v>5989</v>
       </c>
       <c r="B358" t="s">
-        <v>3288</v>
+        <v>3310</v>
       </c>
       <c r="C358" t="s">
-        <v>3289</v>
+        <v>3311</v>
       </c>
       <c r="D358" t="s">
-        <v>3290</v>
+        <v>3312</v>
       </c>
       <c r="E358" t="s">
-        <v>3291</v>
+        <v>3313</v>
       </c>
       <c r="F358" t="s">
-        <v>3292</v>
+        <v>3314</v>
       </c>
       <c r="G358" t="s">
-        <v>3293</v>
+        <v>3315</v>
       </c>
       <c r="H358" t="s">
-        <v>3294</v>
+        <v>3316</v>
       </c>
       <c r="I358" t="s">
-        <v>3295</v>
+        <v>3317</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>148</v>
+        <v>2347</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>149</v>
+        <v>2348</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3296</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>8265</v>
+        <v>6014</v>
       </c>
       <c r="B359" t="s">
-        <v>3297</v>
+        <v>3319</v>
       </c>
       <c r="C359" t="s">
-        <v>3298</v>
+        <v>3320</v>
       </c>
       <c r="D359" t="s">
-        <v>3299</v>
+        <v>3321</v>
       </c>
       <c r="E359" t="s">
-        <v>3300</v>
+        <v>3322</v>
       </c>
       <c r="F359" t="s">
-        <v>3301</v>
+        <v>3323</v>
       </c>
       <c r="G359" t="s">
-        <v>3302</v>
+        <v>3324</v>
       </c>
       <c r="H359" t="s">
-        <v>3303</v>
+        <v>3325</v>
       </c>
       <c r="I359" t="s">
-        <v>3304</v>
+        <v>3326</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>3305</v>
+        <v>59</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>3306</v>
+        <v>61</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3307</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>8289</v>
+        <v>6017</v>
       </c>
       <c r="B360" t="s">
-        <v>3308</v>
+        <v>3328</v>
       </c>
       <c r="C360" t="s">
-        <v>3309</v>
+        <v>3329</v>
       </c>
       <c r="D360" t="s">
-        <v>3310</v>
+        <v>3330</v>
       </c>
       <c r="E360" t="s">
-        <v>3311</v>
+        <v>3331</v>
       </c>
       <c r="F360" t="s">
-        <v>3312</v>
+        <v>3332</v>
       </c>
       <c r="G360" t="s">
-        <v>3313</v>
+        <v>3333</v>
       </c>
       <c r="H360" t="s">
-        <v>3314</v>
+        <v>3334</v>
       </c>
       <c r="I360" t="s">
-        <v>3315</v>
+        <v>3335</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>430</v>
+        <v>27</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3316</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>8341</v>
+        <v>6018</v>
       </c>
       <c r="B361" t="s">
-        <v>3317</v>
+        <v>3337</v>
       </c>
       <c r="C361" t="s">
-        <v>3318</v>
+        <v>3338</v>
       </c>
       <c r="D361" t="s">
-        <v>3319</v>
+        <v>3339</v>
       </c>
       <c r="E361" t="s">
-        <v>3320</v>
+        <v>3340</v>
       </c>
       <c r="F361" t="s">
-        <v>3321</v>
+        <v>3341</v>
       </c>
       <c r="G361" t="s">
-        <v>3322</v>
+        <v>3342</v>
       </c>
       <c r="H361" t="s">
-        <v>3323</v>
+        <v>3343</v>
       </c>
       <c r="I361" t="s">
-        <v>3324</v>
+        <v>3344</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3325</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>8344</v>
+        <v>6021</v>
       </c>
       <c r="B362" t="s">
-        <v>3326</v>
+        <v>3346</v>
       </c>
       <c r="C362" t="s">
-        <v>3327</v>
+        <v>3347</v>
       </c>
       <c r="D362" t="s">
-        <v>3328</v>
+        <v>3348</v>
       </c>
       <c r="E362" t="s">
-        <v>3329</v>
+        <v>3349</v>
       </c>
       <c r="F362" t="s">
-        <v>3330</v>
+        <v>3350</v>
       </c>
       <c r="G362" t="s">
-        <v>3331</v>
+        <v>3351</v>
       </c>
       <c r="H362" t="s">
-        <v>3332</v>
+        <v>3352</v>
       </c>
       <c r="I362" t="s">
-        <v>3333</v>
+        <v>3353</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3334</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>8355</v>
+        <v>6076</v>
       </c>
       <c r="B363" t="s">
-        <v>3335</v>
+        <v>3355</v>
       </c>
       <c r="C363" t="s">
-        <v>3336</v>
+        <v>3356</v>
       </c>
       <c r="D363" t="s">
-        <v>3337</v>
+        <v>3357</v>
       </c>
       <c r="E363" t="s">
-        <v>3338</v>
+        <v>3358</v>
       </c>
       <c r="F363" t="s">
-        <v>3339</v>
+        <v>3359</v>
       </c>
       <c r="G363" t="s">
-        <v>3340</v>
+        <v>3360</v>
       </c>
       <c r="H363" t="s">
-        <v>3341</v>
+        <v>3361</v>
       </c>
       <c r="I363" t="s">
-        <v>3342</v>
+        <v>3362</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>3343</v>
+        <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
+      <c r="M363" t="s">
+        <v>27</v>
+      </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3344</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>8357</v>
+        <v>6078</v>
       </c>
       <c r="B364" t="s">
-        <v>3345</v>
+        <v>3364</v>
       </c>
       <c r="C364" t="s">
-        <v>3346</v>
+        <v>3365</v>
       </c>
       <c r="D364" t="s">
-        <v>3347</v>
+        <v>3366</v>
       </c>
       <c r="E364" t="s">
-        <v>3348</v>
+        <v>3367</v>
       </c>
       <c r="F364" t="s">
-        <v>3349</v>
+        <v>3368</v>
       </c>
       <c r="G364" t="s">
-        <v>3350</v>
+        <v>3369</v>
       </c>
       <c r="H364" t="s">
-        <v>3351</v>
+        <v>3370</v>
       </c>
       <c r="I364" t="s">
-        <v>3352</v>
+        <v>3371</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>3343</v>
+        <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
+      <c r="M364" t="s">
+        <v>27</v>
+      </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3353</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>8377</v>
+        <v>6082</v>
       </c>
       <c r="B365" t="s">
-        <v>3354</v>
+        <v>3373</v>
       </c>
       <c r="C365" t="s">
-        <v>3355</v>
+        <v>3374</v>
       </c>
       <c r="D365" t="s">
-        <v>3356</v>
+        <v>3375</v>
       </c>
       <c r="E365" t="s">
-        <v>3357</v>
+        <v>3376</v>
       </c>
       <c r="F365" t="s">
-        <v>3358</v>
+        <v>3377</v>
       </c>
       <c r="G365" t="s">
-        <v>3359</v>
+        <v>3378</v>
       </c>
       <c r="H365" t="s">
-        <v>3360</v>
+        <v>3379</v>
       </c>
       <c r="I365" t="s">
-        <v>3361</v>
+        <v>3380</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3362</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>8386</v>
+        <v>6093</v>
       </c>
       <c r="B366" t="s">
-        <v>3363</v>
+        <v>3382</v>
       </c>
       <c r="C366" t="s">
-        <v>3364</v>
+        <v>3383</v>
       </c>
       <c r="D366" t="s">
-        <v>3365</v>
+        <v>3384</v>
       </c>
       <c r="E366" t="s">
-        <v>3366</v>
+        <v>3385</v>
       </c>
       <c r="F366" t="s">
-        <v>3367</v>
+        <v>3386</v>
       </c>
       <c r="G366" t="s">
-        <v>3368</v>
+        <v>3387</v>
       </c>
       <c r="H366" t="s">
-        <v>3369</v>
+        <v>3388</v>
       </c>
       <c r="I366" t="s">
-        <v>3370</v>
+        <v>3389</v>
       </c>
       <c r="J366" t="s">
-        <v>1847</v>
+        <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>148</v>
+        <v>1071</v>
       </c>
       <c r="L366" t="s">
-        <v>1849</v>
+        <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>149</v>
+        <v>1072</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3371</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>8392</v>
+        <v>6112</v>
       </c>
       <c r="B367" t="s">
-        <v>3372</v>
+        <v>3391</v>
       </c>
       <c r="C367" t="s">
-        <v>3373</v>
+        <v>3392</v>
       </c>
       <c r="D367" t="s">
-        <v>3374</v>
+        <v>3393</v>
       </c>
       <c r="E367" t="s">
-        <v>3375</v>
+        <v>3394</v>
       </c>
       <c r="F367" t="s">
-        <v>3376</v>
+        <v>3395</v>
       </c>
       <c r="G367" t="s">
-        <v>3377</v>
+        <v>3396</v>
       </c>
       <c r="H367" t="s">
-        <v>3378</v>
+        <v>3397</v>
       </c>
       <c r="I367" t="s">
-        <v>3379</v>
+        <v>3398</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>1848</v>
+        <v>170</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>1850</v>
+        <v>171</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3380</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>8402</v>
+        <v>6179</v>
       </c>
       <c r="B368" t="s">
-        <v>3381</v>
+        <v>3400</v>
       </c>
       <c r="C368" t="s">
-        <v>3382</v>
+        <v>3401</v>
       </c>
       <c r="D368" t="s">
-        <v>3383</v>
+        <v>3402</v>
       </c>
       <c r="E368" t="s">
-        <v>3384</v>
+        <v>3403</v>
       </c>
       <c r="F368" t="s">
-        <v>3385</v>
+        <v>3404</v>
       </c>
       <c r="G368" t="s">
-        <v>3386</v>
+        <v>3405</v>
       </c>
       <c r="H368" t="s">
-        <v>3387</v>
+        <v>3406</v>
       </c>
       <c r="I368" t="s">
-        <v>3388</v>
+        <v>3407</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3389</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>8903</v>
+        <v>6180</v>
       </c>
       <c r="B369" t="s">
-        <v>3390</v>
+        <v>3409</v>
       </c>
       <c r="C369" t="s">
-        <v>3391</v>
+        <v>3410</v>
       </c>
       <c r="D369" t="s">
-        <v>3392</v>
+        <v>3411</v>
       </c>
       <c r="E369" t="s">
-        <v>3393</v>
+        <v>3412</v>
       </c>
       <c r="F369" t="s">
-        <v>3394</v>
+        <v>3413</v>
       </c>
       <c r="G369" t="s">
-        <v>3395</v>
+        <v>3414</v>
       </c>
       <c r="H369" t="s">
-        <v>3396</v>
+        <v>3415</v>
       </c>
       <c r="I369" t="s">
-        <v>3397</v>
+        <v>3416</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3398</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>8904</v>
+        <v>6203</v>
       </c>
       <c r="B370" t="s">
-        <v>3399</v>
+        <v>3418</v>
       </c>
       <c r="C370" t="s">
-        <v>3400</v>
+        <v>3419</v>
       </c>
       <c r="D370" t="s">
-        <v>3401</v>
+        <v>3420</v>
       </c>
       <c r="E370" t="s">
-        <v>3402</v>
+        <v>3421</v>
       </c>
       <c r="F370" t="s">
-        <v>3403</v>
+        <v>3422</v>
       </c>
       <c r="G370" t="s">
-        <v>3404</v>
+        <v>3423</v>
       </c>
       <c r="H370" t="s">
-        <v>3405</v>
+        <v>3424</v>
       </c>
       <c r="I370" t="s">
-        <v>3406</v>
+        <v>3425</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3407</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>8914</v>
+        <v>6208</v>
       </c>
       <c r="B371" t="s">
-        <v>3408</v>
+        <v>3427</v>
       </c>
       <c r="C371" t="s">
-        <v>3409</v>
+        <v>3428</v>
       </c>
       <c r="D371" t="s">
-        <v>3410</v>
+        <v>3429</v>
       </c>
       <c r="E371" t="s">
-        <v>3411</v>
+        <v>3430</v>
       </c>
       <c r="F371" t="s">
-        <v>3412</v>
+        <v>3431</v>
       </c>
       <c r="G371" t="s">
-        <v>3413</v>
+        <v>3432</v>
       </c>
       <c r="H371" t="s">
-        <v>3414</v>
+        <v>3433</v>
       </c>
       <c r="I371" t="s">
-        <v>3415</v>
+        <v>3434</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3416</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>8918</v>
+        <v>6211</v>
       </c>
       <c r="B372" t="s">
-        <v>3417</v>
+        <v>3436</v>
       </c>
       <c r="C372" t="s">
-        <v>3418</v>
+        <v>3437</v>
       </c>
       <c r="D372" t="s">
-        <v>3419</v>
+        <v>3438</v>
       </c>
       <c r="E372" t="s">
-        <v>3420</v>
+        <v>3439</v>
       </c>
       <c r="F372" t="s">
-        <v>3421</v>
+        <v>3440</v>
       </c>
       <c r="G372" t="s">
-        <v>3422</v>
+        <v>3441</v>
       </c>
       <c r="H372" t="s">
-        <v>3423</v>
+        <v>3442</v>
       </c>
       <c r="I372" t="s">
-        <v>3424</v>
+        <v>3443</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3425</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>8945</v>
+        <v>6215</v>
       </c>
       <c r="B373" t="s">
-        <v>3426</v>
+        <v>3445</v>
       </c>
       <c r="C373" t="s">
-        <v>3427</v>
+        <v>3446</v>
       </c>
       <c r="D373" t="s">
-        <v>3428</v>
+        <v>3447</v>
       </c>
       <c r="E373" t="s">
-        <v>3429</v>
+        <v>3448</v>
       </c>
       <c r="F373" t="s">
-        <v>3430</v>
+        <v>3449</v>
       </c>
       <c r="G373" t="s">
-        <v>3431</v>
+        <v>3450</v>
       </c>
       <c r="H373" t="s">
-        <v>3432</v>
+        <v>3451</v>
       </c>
       <c r="I373" t="s">
-        <v>3433</v>
+        <v>3452</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3434</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>8951</v>
+        <v>6222</v>
       </c>
       <c r="B374" t="s">
-        <v>3435</v>
+        <v>3454</v>
       </c>
       <c r="C374" t="s">
-        <v>3436</v>
+        <v>3455</v>
       </c>
       <c r="D374" t="s">
-        <v>3437</v>
+        <v>3456</v>
       </c>
       <c r="E374" t="s">
-        <v>3438</v>
+        <v>3457</v>
       </c>
       <c r="F374" t="s">
-        <v>3439</v>
+        <v>3458</v>
       </c>
       <c r="G374" t="s">
-        <v>3440</v>
+        <v>3459</v>
       </c>
       <c r="H374" t="s">
-        <v>3441</v>
+        <v>3460</v>
       </c>
       <c r="I374" t="s">
-        <v>3442</v>
+        <v>3461</v>
       </c>
       <c r="J374" t="s">
-        <v>24</v>
+        <v>3222</v>
       </c>
       <c r="K374" t="s">
-        <v>148</v>
+        <v>905</v>
       </c>
       <c r="L374" t="s">
-        <v>26</v>
+        <v>3224</v>
       </c>
       <c r="M374" t="s">
-        <v>149</v>
+        <v>906</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3443</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>10014</v>
+        <v>6254</v>
       </c>
       <c r="B375" t="s">
-        <v>3444</v>
+        <v>3463</v>
       </c>
       <c r="C375" t="s">
-        <v>3445</v>
+        <v>3464</v>
       </c>
       <c r="D375" t="s">
-        <v>3446</v>
+        <v>3465</v>
       </c>
       <c r="E375" t="s">
-        <v>3447</v>
+        <v>3466</v>
       </c>
       <c r="F375" t="s">
-        <v>3448</v>
+        <v>3467</v>
       </c>
       <c r="G375" t="s">
-        <v>3449</v>
+        <v>3468</v>
       </c>
       <c r="H375" t="s">
-        <v>3450</v>
+        <v>3469</v>
       </c>
       <c r="I375" t="s">
-        <v>3451</v>
+        <v>3470</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>3452</v>
+        <v>170</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>3453</v>
+        <v>171</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3454</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>10015</v>
+        <v>6255</v>
       </c>
       <c r="B376" t="s">
-        <v>3455</v>
+        <v>3472</v>
       </c>
       <c r="C376" t="s">
-        <v>3456</v>
+        <v>3473</v>
       </c>
       <c r="D376" t="s">
-        <v>3457</v>
+        <v>3474</v>
       </c>
       <c r="E376" t="s">
-        <v>3458</v>
+        <v>3475</v>
       </c>
       <c r="F376" t="s">
-        <v>3459</v>
+        <v>3476</v>
       </c>
       <c r="G376" t="s">
-        <v>3460</v>
+        <v>3477</v>
       </c>
       <c r="H376" t="s">
-        <v>3461</v>
+        <v>3478</v>
       </c>
       <c r="I376" t="s">
-        <v>3462</v>
+        <v>3479</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>148</v>
+        <v>3480</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>149</v>
+        <v>3481</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3463</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>10036</v>
+        <v>6257</v>
       </c>
       <c r="B377" t="s">
-        <v>3464</v>
+        <v>3483</v>
       </c>
       <c r="C377" t="s">
-        <v>3465</v>
+        <v>3484</v>
       </c>
       <c r="D377" t="s">
-        <v>3466</v>
+        <v>3485</v>
       </c>
       <c r="E377" t="s">
-        <v>3467</v>
+        <v>3486</v>
       </c>
       <c r="F377" t="s">
-        <v>3468</v>
+        <v>3487</v>
       </c>
       <c r="G377" t="s">
-        <v>3469</v>
+        <v>3488</v>
       </c>
       <c r="H377" t="s">
-        <v>3470</v>
+        <v>3489</v>
       </c>
       <c r="I377" t="s">
-        <v>3471</v>
+        <v>3490</v>
       </c>
       <c r="J377" t="s">
-        <v>24</v>
+        <v>757</v>
       </c>
       <c r="K377" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L377" t="s">
-        <v>26</v>
+        <v>759</v>
       </c>
       <c r="M377" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3472</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>10098</v>
+        <v>6258</v>
       </c>
       <c r="B378" t="s">
-        <v>3473</v>
+        <v>3492</v>
       </c>
       <c r="C378" t="s">
-        <v>3474</v>
+        <v>3493</v>
       </c>
       <c r="D378" t="s">
-        <v>3475</v>
+        <v>3494</v>
       </c>
       <c r="E378" t="s">
-        <v>3476</v>
+        <v>3495</v>
       </c>
       <c r="F378" t="s">
-        <v>3477</v>
+        <v>3496</v>
       </c>
       <c r="G378" t="s">
-        <v>3478</v>
+        <v>3497</v>
       </c>
       <c r="H378" t="s">
-        <v>3479</v>
+        <v>3498</v>
       </c>
       <c r="I378" t="s">
-        <v>3480</v>
+        <v>3499</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
         <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
         <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3481</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>10101</v>
+        <v>6259</v>
       </c>
       <c r="B379" t="s">
-        <v>3482</v>
+        <v>3501</v>
       </c>
       <c r="C379" t="s">
-        <v>3483</v>
+        <v>3502</v>
       </c>
       <c r="D379" t="s">
-        <v>3484</v>
+        <v>3503</v>
       </c>
       <c r="E379" t="s">
-        <v>3485</v>
+        <v>3504</v>
       </c>
       <c r="F379" t="s">
-        <v>3486</v>
+        <v>3505</v>
       </c>
       <c r="G379" t="s">
-        <v>3487</v>
+        <v>3506</v>
       </c>
       <c r="H379" t="s">
-        <v>3488</v>
+        <v>3507</v>
       </c>
       <c r="I379" t="s">
-        <v>3489</v>
+        <v>3508</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3490</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>10412</v>
+        <v>6261</v>
       </c>
       <c r="B380" t="s">
-        <v>3491</v>
+        <v>3510</v>
       </c>
       <c r="C380" t="s">
-        <v>3492</v>
+        <v>3511</v>
       </c>
       <c r="D380" t="s">
-        <v>3493</v>
+        <v>3512</v>
       </c>
       <c r="E380" t="s">
-        <v>3494</v>
+        <v>3513</v>
       </c>
       <c r="F380" t="s">
-        <v>3495</v>
+        <v>3514</v>
       </c>
       <c r="G380" t="s">
-        <v>3496</v>
+        <v>3515</v>
       </c>
       <c r="H380" t="s">
-        <v>3497</v>
+        <v>3516</v>
       </c>
       <c r="I380" t="s">
-        <v>3498</v>
+        <v>3517</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3499</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>10603</v>
+        <v>6263</v>
       </c>
       <c r="B381" t="s">
-        <v>3500</v>
+        <v>3519</v>
       </c>
       <c r="C381" t="s">
-        <v>3501</v>
+        <v>3520</v>
       </c>
       <c r="D381" t="s">
-        <v>3502</v>
+        <v>3521</v>
       </c>
       <c r="E381" t="s">
-        <v>3503</v>
+        <v>3522</v>
       </c>
       <c r="F381" t="s">
-        <v>3504</v>
+        <v>3523</v>
       </c>
       <c r="G381" t="s">
-        <v>3505</v>
+        <v>3524</v>
       </c>
       <c r="H381" t="s">
-        <v>3506</v>
+        <v>3525</v>
       </c>
       <c r="I381" t="s">
-        <v>3507</v>
+        <v>3526</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3508</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>10647</v>
+        <v>6265</v>
       </c>
       <c r="B382" t="s">
-        <v>3509</v>
+        <v>3528</v>
       </c>
       <c r="C382" t="s">
-        <v>3510</v>
+        <v>3529</v>
       </c>
       <c r="D382" t="s">
-        <v>3511</v>
+        <v>3530</v>
       </c>
       <c r="E382" t="s">
-        <v>3512</v>
+        <v>3531</v>
       </c>
       <c r="F382" t="s">
-        <v>3513</v>
+        <v>3532</v>
       </c>
       <c r="G382" t="s">
-        <v>3514</v>
+        <v>3533</v>
       </c>
       <c r="H382" t="s">
-        <v>3515</v>
+        <v>3534</v>
       </c>
       <c r="I382" t="s">
-        <v>3516</v>
+        <v>3535</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3517</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>10887</v>
+        <v>6270</v>
       </c>
       <c r="B383" t="s">
-        <v>3518</v>
+        <v>3537</v>
       </c>
       <c r="C383" t="s">
-        <v>3519</v>
+        <v>3538</v>
       </c>
       <c r="D383" t="s">
-        <v>3520</v>
+        <v>3539</v>
       </c>
       <c r="E383" t="s">
-        <v>3521</v>
+        <v>3540</v>
       </c>
       <c r="F383" t="s">
-        <v>3522</v>
+        <v>3541</v>
       </c>
       <c r="G383" t="s">
-        <v>3523</v>
+        <v>3542</v>
       </c>
       <c r="H383" t="s">
-        <v>3524</v>
+        <v>3543</v>
       </c>
       <c r="I383" t="s">
-        <v>3525</v>
+        <v>3544</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3526</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>10925</v>
+        <v>6272</v>
       </c>
       <c r="B384" t="s">
-        <v>3527</v>
+        <v>3546</v>
       </c>
       <c r="C384" t="s">
-        <v>3528</v>
+        <v>3547</v>
       </c>
       <c r="D384" t="s">
-        <v>3529</v>
+        <v>3548</v>
       </c>
       <c r="E384" t="s">
-        <v>3530</v>
+        <v>3549</v>
       </c>
       <c r="F384" t="s">
-        <v>3531</v>
+        <v>3550</v>
       </c>
       <c r="G384" t="s">
-        <v>3532</v>
+        <v>3551</v>
       </c>
       <c r="H384" t="s">
-        <v>3533</v>
+        <v>3552</v>
       </c>
       <c r="I384" t="s">
-        <v>3534</v>
+        <v>3553</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3535</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>10930</v>
+        <v>6274</v>
       </c>
       <c r="B385" t="s">
-        <v>3536</v>
+        <v>3555</v>
       </c>
       <c r="C385" t="s">
-        <v>3537</v>
+        <v>3556</v>
       </c>
       <c r="D385" t="s">
-        <v>3538</v>
+        <v>3557</v>
       </c>
       <c r="E385" t="s">
-        <v>3539</v>
+        <v>3558</v>
       </c>
       <c r="F385" t="s">
-        <v>3540</v>
+        <v>3559</v>
       </c>
       <c r="G385" t="s">
-        <v>3541</v>
+        <v>3560</v>
       </c>
       <c r="H385" t="s">
-        <v>3542</v>
+        <v>3561</v>
       </c>
       <c r="I385" t="s">
-        <v>3543</v>
+        <v>3562</v>
       </c>
       <c r="J385" t="s">
-        <v>1401</v>
+        <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>252</v>
+        <v>25</v>
       </c>
       <c r="L385" t="s">
-        <v>1403</v>
+        <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>253</v>
+        <v>27</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3544</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>10947</v>
+        <v>6275</v>
       </c>
       <c r="B386" t="s">
-        <v>3545</v>
+        <v>3564</v>
       </c>
       <c r="C386" t="s">
-        <v>3546</v>
+        <v>3565</v>
       </c>
       <c r="D386" t="s">
-        <v>3547</v>
+        <v>3566</v>
       </c>
       <c r="E386" t="s">
-        <v>3548</v>
+        <v>3567</v>
       </c>
       <c r="F386" t="s">
-        <v>3549</v>
+        <v>3568</v>
       </c>
       <c r="G386" t="s">
-        <v>3550</v>
+        <v>3569</v>
       </c>
       <c r="H386" t="s">
-        <v>3551</v>
+        <v>3570</v>
       </c>
       <c r="I386" t="s">
-        <v>3552</v>
+        <v>3571</v>
       </c>
       <c r="J386" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K386" t="s">
-        <v>148</v>
+        <v>1478</v>
       </c>
       <c r="L386" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M386" t="s">
-        <v>149</v>
+        <v>1480</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3553</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>10948</v>
+        <v>6327</v>
       </c>
       <c r="B387" t="s">
-        <v>3554</v>
+        <v>3573</v>
       </c>
       <c r="C387" t="s">
-        <v>3555</v>
+        <v>3574</v>
       </c>
       <c r="D387" t="s">
-        <v>3556</v>
+        <v>3575</v>
       </c>
       <c r="E387" t="s">
-        <v>3557</v>
+        <v>3576</v>
       </c>
       <c r="F387" t="s">
-        <v>3558</v>
+        <v>3577</v>
       </c>
       <c r="G387" t="s">
-        <v>3559</v>
+        <v>3578</v>
       </c>
       <c r="H387" t="s">
-        <v>3560</v>
+        <v>3579</v>
       </c>
       <c r="I387" t="s">
-        <v>3561</v>
+        <v>3580</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3562</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>10950</v>
+        <v>6331</v>
       </c>
       <c r="B388" t="s">
-        <v>3563</v>
+        <v>3582</v>
       </c>
       <c r="C388" t="s">
-        <v>3564</v>
+        <v>3583</v>
       </c>
       <c r="D388" t="s">
-        <v>3565</v>
+        <v>3584</v>
       </c>
       <c r="E388" t="s">
-        <v>3566</v>
+        <v>3585</v>
       </c>
       <c r="F388" t="s">
-        <v>3567</v>
+        <v>3586</v>
       </c>
       <c r="G388" t="s">
-        <v>3568</v>
+        <v>3587</v>
       </c>
       <c r="H388" t="s">
-        <v>3569</v>
+        <v>3588</v>
       </c>
       <c r="I388" t="s">
-        <v>3570</v>
+        <v>3589</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>3571</v>
+        <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
+      <c r="M388" t="s">
+        <v>171</v>
+      </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3572</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>10951</v>
+        <v>6337</v>
       </c>
       <c r="B389" t="s">
-        <v>3573</v>
+        <v>3591</v>
       </c>
       <c r="C389" t="s">
-        <v>3574</v>
+        <v>3592</v>
       </c>
       <c r="D389" t="s">
-        <v>3575</v>
+        <v>3593</v>
       </c>
       <c r="E389" t="s">
-        <v>3576</v>
+        <v>3594</v>
       </c>
       <c r="F389" t="s">
-        <v>3577</v>
+        <v>3595</v>
       </c>
       <c r="G389" t="s">
-        <v>3578</v>
+        <v>3596</v>
       </c>
       <c r="H389" t="s">
-        <v>3579</v>
+        <v>3597</v>
       </c>
       <c r="I389" t="s">
-        <v>3580</v>
+        <v>3598</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
         <v>47</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
         <v>48</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3581</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>11220</v>
+        <v>6361</v>
       </c>
       <c r="B390" t="s">
-        <v>3582</v>
+        <v>3600</v>
       </c>
       <c r="C390" t="s">
-        <v>3583</v>
+        <v>3601</v>
       </c>
       <c r="D390" t="s">
-        <v>3584</v>
+        <v>3602</v>
       </c>
       <c r="E390" t="s">
-        <v>3585</v>
+        <v>3603</v>
       </c>
       <c r="F390" t="s">
-        <v>3586</v>
+        <v>3604</v>
       </c>
       <c r="G390" t="s">
-        <v>3587</v>
+        <v>3605</v>
       </c>
       <c r="H390" t="s">
-        <v>3588</v>
+        <v>3606</v>
       </c>
       <c r="I390" t="s">
-        <v>3589</v>
+        <v>3607</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>669</v>
+        <v>170</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>670</v>
+        <v>171</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3590</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>11231</v>
+        <v>6379</v>
       </c>
       <c r="B391" t="s">
-        <v>3591</v>
+        <v>3609</v>
       </c>
       <c r="C391" t="s">
-        <v>3592</v>
+        <v>3610</v>
       </c>
       <c r="D391" t="s">
-        <v>3593</v>
+        <v>3611</v>
       </c>
       <c r="E391" t="s">
-        <v>3594</v>
+        <v>3612</v>
       </c>
       <c r="F391" t="s">
-        <v>3595</v>
+        <v>3613</v>
       </c>
       <c r="G391" t="s">
-        <v>3596</v>
+        <v>3614</v>
       </c>
       <c r="H391" t="s">
-        <v>3597</v>
+        <v>3615</v>
       </c>
       <c r="I391" t="s">
-        <v>3598</v>
+        <v>3616</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3599</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>11287</v>
+        <v>6389</v>
       </c>
       <c r="B392" t="s">
-        <v>3600</v>
+        <v>3618</v>
       </c>
       <c r="C392" t="s">
-        <v>3601</v>
+        <v>3619</v>
       </c>
       <c r="D392" t="s">
-        <v>3602</v>
+        <v>3620</v>
       </c>
       <c r="E392" t="s">
-        <v>3603</v>
+        <v>3621</v>
       </c>
       <c r="F392" t="s">
-        <v>3604</v>
+        <v>3622</v>
       </c>
       <c r="G392" t="s">
-        <v>3605</v>
+        <v>3623</v>
       </c>
       <c r="H392" t="s">
-        <v>3606</v>
+        <v>3624</v>
       </c>
       <c r="I392" t="s">
-        <v>3607</v>
+        <v>3625</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3608</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>58060</v>
+        <v>6454</v>
       </c>
       <c r="B393" t="s">
-        <v>3609</v>
+        <v>3627</v>
       </c>
       <c r="C393" t="s">
-        <v>3610</v>
+        <v>3628</v>
       </c>
       <c r="D393" t="s">
-        <v>3611</v>
+        <v>3629</v>
       </c>
       <c r="E393" t="s">
-        <v>3612</v>
+        <v>3630</v>
       </c>
       <c r="F393" t="s">
-        <v>3613</v>
+        <v>3631</v>
       </c>
       <c r="G393" t="s">
-        <v>3614</v>
+        <v>3632</v>
       </c>
       <c r="H393" t="s">
-        <v>3615</v>
+        <v>3633</v>
       </c>
       <c r="I393" t="s">
-        <v>3616</v>
+        <v>3634</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>3617</v>
+        <v>170</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>3618</v>
+        <v>171</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3619</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>58066</v>
+        <v>6460</v>
       </c>
       <c r="B394" t="s">
-        <v>3620</v>
+        <v>3636</v>
       </c>
       <c r="C394" t="s">
-        <v>3621</v>
+        <v>3637</v>
       </c>
       <c r="D394" t="s">
-        <v>3622</v>
+        <v>3638</v>
       </c>
       <c r="E394" t="s">
-        <v>3623</v>
+        <v>3639</v>
       </c>
       <c r="F394" t="s">
-        <v>3624</v>
+        <v>3640</v>
       </c>
       <c r="G394" t="s">
-        <v>3625</v>
+        <v>3641</v>
       </c>
       <c r="H394" t="s">
-        <v>3626</v>
+        <v>3642</v>
       </c>
       <c r="I394" t="s">
-        <v>3627</v>
+        <v>3643</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>252</v>
+        <v>25</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>253</v>
+        <v>27</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3628</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>58120</v>
+        <v>6468</v>
       </c>
       <c r="B395" t="s">
-        <v>3629</v>
+        <v>3645</v>
       </c>
       <c r="C395" t="s">
-        <v>3630</v>
+        <v>3646</v>
       </c>
       <c r="D395" t="s">
-        <v>3631</v>
+        <v>3647</v>
       </c>
       <c r="E395" t="s">
-        <v>3632</v>
+        <v>3648</v>
       </c>
       <c r="F395" t="s">
-        <v>3633</v>
+        <v>3649</v>
       </c>
       <c r="G395" t="s">
-        <v>3634</v>
+        <v>3650</v>
       </c>
       <c r="H395" t="s">
-        <v>3635</v>
+        <v>3651</v>
       </c>
       <c r="I395" t="s">
-        <v>3636</v>
+        <v>3652</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
         <v>25</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
         <v>27</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3637</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>58122</v>
+        <v>6611</v>
       </c>
       <c r="B396" t="s">
-        <v>3638</v>
+        <v>3654</v>
       </c>
       <c r="C396" t="s">
-        <v>3639</v>
+        <v>3655</v>
       </c>
       <c r="D396" t="s">
-        <v>3640</v>
+        <v>3656</v>
       </c>
       <c r="E396" t="s">
-        <v>3641</v>
+        <v>3657</v>
       </c>
       <c r="F396" t="s">
-        <v>3642</v>
+        <v>3658</v>
       </c>
       <c r="G396" t="s">
-        <v>3643</v>
+        <v>3659</v>
       </c>
       <c r="H396" t="s">
-        <v>3644</v>
+        <v>3660</v>
       </c>
       <c r="I396" t="s">
-        <v>3645</v>
+        <v>3661</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3646</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>58218</v>
+        <v>6615</v>
       </c>
       <c r="B397" t="s">
-        <v>3647</v>
+        <v>3663</v>
       </c>
       <c r="C397" t="s">
-        <v>3648</v>
+        <v>3664</v>
       </c>
       <c r="D397" t="s">
-        <v>3649</v>
+        <v>3665</v>
       </c>
       <c r="E397" t="s">
-        <v>3650</v>
+        <v>3666</v>
       </c>
       <c r="F397" t="s">
-        <v>3651</v>
+        <v>3667</v>
       </c>
       <c r="G397" t="s">
-        <v>3652</v>
+        <v>3668</v>
       </c>
       <c r="H397" t="s">
-        <v>3653</v>
+        <v>3669</v>
       </c>
       <c r="I397" t="s">
-        <v>3654</v>
+        <v>3670</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3655</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>58223</v>
+        <v>6761</v>
       </c>
       <c r="B398" t="s">
-        <v>3656</v>
+        <v>3672</v>
       </c>
       <c r="C398" t="s">
-        <v>3657</v>
+        <v>3673</v>
       </c>
       <c r="D398" t="s">
-        <v>3658</v>
+        <v>3674</v>
       </c>
       <c r="E398" t="s">
-        <v>3659</v>
+        <v>3675</v>
       </c>
       <c r="F398" t="s">
-        <v>3660</v>
+        <v>3676</v>
       </c>
       <c r="G398" t="s">
-        <v>3661</v>
+        <v>3677</v>
       </c>
       <c r="H398" t="s">
-        <v>3662</v>
+        <v>3678</v>
       </c>
       <c r="I398" t="s">
-        <v>3663</v>
+        <v>3679</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3664</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>58240</v>
+        <v>6762</v>
       </c>
       <c r="B399" t="s">
-        <v>3665</v>
+        <v>3681</v>
       </c>
       <c r="C399" t="s">
-        <v>3666</v>
+        <v>3682</v>
       </c>
       <c r="D399" t="s">
-        <v>3667</v>
+        <v>3683</v>
       </c>
       <c r="E399" t="s">
-        <v>3668</v>
+        <v>3684</v>
       </c>
       <c r="F399" t="s">
-        <v>3669</v>
+        <v>3685</v>
       </c>
       <c r="G399" t="s">
-        <v>3670</v>
+        <v>3686</v>
       </c>
       <c r="H399" t="s">
-        <v>3671</v>
+        <v>3687</v>
       </c>
       <c r="I399" t="s">
-        <v>3672</v>
+        <v>3688</v>
       </c>
       <c r="J399" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K399" t="s">
-        <v>3673</v>
+        <v>690</v>
       </c>
       <c r="L399" t="s">
-        <v>26</v>
+        <v>452</v>
+      </c>
+      <c r="M399" t="s">
+        <v>691</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3674</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>58259</v>
+        <v>6765</v>
       </c>
       <c r="B400" t="s">
-        <v>3675</v>
+        <v>3690</v>
       </c>
       <c r="C400" t="s">
-        <v>3676</v>
+        <v>3691</v>
       </c>
       <c r="D400" t="s">
-        <v>3677</v>
+        <v>3692</v>
       </c>
       <c r="E400" t="s">
-        <v>3678</v>
+        <v>3693</v>
       </c>
       <c r="F400" t="s">
-        <v>3679</v>
+        <v>3694</v>
       </c>
       <c r="G400" t="s">
-        <v>3680</v>
+        <v>3695</v>
       </c>
       <c r="H400" t="s">
-        <v>3681</v>
+        <v>3696</v>
       </c>
       <c r="I400" t="s">
-        <v>3682</v>
+        <v>3697</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>3683</v>
+        <v>170</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
+      <c r="M400" t="s">
+        <v>171</v>
+      </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3684</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>64637</v>
+        <v>6820</v>
       </c>
       <c r="B401" t="s">
-        <v>3685</v>
+        <v>3699</v>
       </c>
       <c r="C401" t="s">
-        <v>3686</v>
+        <v>3700</v>
       </c>
       <c r="D401" t="s">
-        <v>3687</v>
+        <v>3701</v>
       </c>
       <c r="E401" t="s">
-        <v>3688</v>
+        <v>3702</v>
       </c>
       <c r="F401" t="s">
-        <v>3689</v>
+        <v>3703</v>
       </c>
       <c r="G401" t="s">
-        <v>3690</v>
+        <v>3704</v>
       </c>
       <c r="H401" t="s">
-        <v>3691</v>
+        <v>3705</v>
       </c>
       <c r="I401" t="s">
-        <v>3692</v>
+        <v>3706</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>47</v>
+        <v>1230</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>48</v>
+        <v>1231</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3693</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>64689</v>
+        <v>6982</v>
       </c>
       <c r="B402" t="s">
-        <v>3694</v>
+        <v>3708</v>
       </c>
       <c r="C402" t="s">
-        <v>3695</v>
+        <v>3709</v>
       </c>
       <c r="D402" t="s">
-        <v>3696</v>
+        <v>3710</v>
       </c>
       <c r="E402" t="s">
-        <v>3697</v>
+        <v>3711</v>
       </c>
       <c r="F402" t="s">
-        <v>3698</v>
+        <v>3712</v>
       </c>
       <c r="G402" t="s">
-        <v>3699</v>
+        <v>3713</v>
       </c>
       <c r="H402" t="s">
-        <v>3700</v>
+        <v>3714</v>
       </c>
       <c r="I402" t="s">
-        <v>3701</v>
+        <v>3715</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>467</v>
+        <v>3716</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>468</v>
+        <v>3717</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3702</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65000</v>
+        <v>8265</v>
       </c>
       <c r="B403" t="s">
-        <v>3703</v>
+        <v>3719</v>
       </c>
       <c r="C403" t="s">
-        <v>3704</v>
+        <v>3720</v>
       </c>
       <c r="D403" t="s">
-        <v>3705</v>
+        <v>3721</v>
       </c>
       <c r="E403" t="s">
-        <v>3706</v>
+        <v>3722</v>
       </c>
       <c r="F403" t="s">
-        <v>3707</v>
+        <v>3723</v>
       </c>
       <c r="G403" t="s">
-        <v>3708</v>
+        <v>3724</v>
       </c>
       <c r="H403" t="s">
-        <v>3709</v>
+        <v>3725</v>
       </c>
       <c r="I403" t="s">
-        <v>3710</v>
+        <v>3726</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>25</v>
+        <v>3727</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>27</v>
+        <v>3728</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3711</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65001</v>
+        <v>8289</v>
       </c>
       <c r="B404" t="s">
-        <v>3712</v>
+        <v>3730</v>
       </c>
       <c r="C404" t="s">
-        <v>3713</v>
+        <v>3731</v>
       </c>
       <c r="D404" t="s">
-        <v>3714</v>
+        <v>3732</v>
       </c>
       <c r="E404" t="s">
-        <v>3715</v>
+        <v>3733</v>
       </c>
       <c r="F404" t="s">
-        <v>3716</v>
+        <v>3734</v>
       </c>
       <c r="G404" t="s">
-        <v>3717</v>
+        <v>3735</v>
       </c>
       <c r="H404" t="s">
-        <v>3718</v>
+        <v>3736</v>
       </c>
       <c r="I404" t="s">
-        <v>3719</v>
+        <v>3737</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>148</v>
+        <v>451</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>149</v>
+        <v>453</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3720</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65002</v>
+        <v>8294</v>
       </c>
       <c r="B405" t="s">
-        <v>3721</v>
+        <v>3739</v>
       </c>
       <c r="C405" t="s">
-        <v>3722</v>
+        <v>3740</v>
       </c>
       <c r="D405" t="s">
-        <v>3723</v>
+        <v>3741</v>
       </c>
       <c r="E405" t="s">
-        <v>3724</v>
+        <v>3742</v>
       </c>
       <c r="F405" t="s">
-        <v>3725</v>
+        <v>3743</v>
       </c>
       <c r="G405" t="s">
-        <v>3726</v>
+        <v>3744</v>
       </c>
       <c r="H405" t="s">
-        <v>3727</v>
+        <v>3745</v>
       </c>
       <c r="I405" t="s">
-        <v>3728</v>
+        <v>3746</v>
       </c>
       <c r="J405" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K405" t="s">
-        <v>25</v>
+        <v>746</v>
       </c>
       <c r="L405" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M405" t="s">
-        <v>27</v>
+        <v>747</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3729</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65003</v>
+        <v>8315</v>
       </c>
       <c r="B406" t="s">
-        <v>3730</v>
+        <v>3748</v>
       </c>
       <c r="C406" t="s">
-        <v>3731</v>
+        <v>3749</v>
       </c>
       <c r="D406" t="s">
-        <v>3732</v>
+        <v>3750</v>
       </c>
       <c r="E406" t="s">
-        <v>3733</v>
+        <v>3751</v>
       </c>
       <c r="F406" t="s">
-        <v>3734</v>
+        <v>3752</v>
       </c>
       <c r="G406" t="s">
-        <v>3735</v>
+        <v>3753</v>
       </c>
       <c r="H406" t="s">
-        <v>3736</v>
+        <v>3754</v>
       </c>
       <c r="I406" t="s">
-        <v>3737</v>
+        <v>3755</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3738</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65004</v>
+        <v>8341</v>
       </c>
       <c r="B407" t="s">
-        <v>3739</v>
+        <v>3757</v>
       </c>
       <c r="C407" t="s">
-        <v>3740</v>
+        <v>3758</v>
       </c>
       <c r="D407" t="s">
-        <v>3741</v>
+        <v>3759</v>
       </c>
       <c r="E407" t="s">
-        <v>3742</v>
+        <v>3760</v>
       </c>
       <c r="F407" t="s">
-        <v>3743</v>
+        <v>3761</v>
       </c>
       <c r="G407" t="s">
-        <v>3744</v>
+        <v>3762</v>
       </c>
       <c r="H407" t="s">
-        <v>3745</v>
+        <v>3763</v>
       </c>
       <c r="I407" t="s">
-        <v>3746</v>
+        <v>3764</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3747</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65005</v>
+        <v>8343</v>
       </c>
       <c r="B408" t="s">
-        <v>3748</v>
+        <v>3766</v>
       </c>
       <c r="C408" t="s">
-        <v>3749</v>
+        <v>3767</v>
       </c>
       <c r="D408" t="s">
-        <v>3750</v>
+        <v>3768</v>
       </c>
       <c r="E408" t="s">
-        <v>3751</v>
+        <v>3769</v>
       </c>
       <c r="F408" t="s">
-        <v>3752</v>
+        <v>3770</v>
       </c>
       <c r="G408" t="s">
-        <v>3753</v>
+        <v>3771</v>
       </c>
       <c r="H408" t="s">
-        <v>3754</v>
+        <v>3772</v>
       </c>
       <c r="I408" t="s">
-        <v>3755</v>
+        <v>3773</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>3756</v>
+        <v>25</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>3757</v>
+        <v>27</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3758</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65006</v>
+        <v>8344</v>
       </c>
       <c r="B409" t="s">
-        <v>3759</v>
+        <v>3775</v>
       </c>
       <c r="C409" t="s">
-        <v>3760</v>
+        <v>3776</v>
       </c>
       <c r="D409" t="s">
-        <v>3761</v>
+        <v>3777</v>
       </c>
       <c r="E409" t="s">
-        <v>3762</v>
+        <v>3778</v>
       </c>
       <c r="F409" t="s">
-        <v>3763</v>
+        <v>3779</v>
       </c>
       <c r="G409" t="s">
-        <v>3764</v>
+        <v>3780</v>
       </c>
       <c r="H409" t="s">
-        <v>3765</v>
+        <v>3781</v>
       </c>
       <c r="I409" t="s">
-        <v>3766</v>
+        <v>3782</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>3767</v>
+        <v>170</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>3768</v>
+        <v>171</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3769</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65007</v>
+        <v>8345</v>
       </c>
       <c r="B410" t="s">
-        <v>3770</v>
+        <v>3784</v>
       </c>
       <c r="C410" t="s">
-        <v>3771</v>
+        <v>3785</v>
       </c>
       <c r="D410" t="s">
-        <v>3772</v>
+        <v>3786</v>
       </c>
       <c r="E410" t="s">
-        <v>3773</v>
+        <v>3787</v>
       </c>
       <c r="F410" t="s">
-        <v>3774</v>
+        <v>3788</v>
       </c>
       <c r="G410" t="s">
-        <v>3775</v>
+        <v>3789</v>
       </c>
       <c r="H410" t="s">
-        <v>3776</v>
+        <v>3790</v>
       </c>
       <c r="I410" t="s">
-        <v>3777</v>
+        <v>3791</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
         <v>25</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
         <v>27</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3778</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65008</v>
+        <v>8349</v>
       </c>
       <c r="B411" t="s">
-        <v>3779</v>
+        <v>3793</v>
       </c>
       <c r="C411" t="s">
-        <v>3780</v>
+        <v>3794</v>
       </c>
       <c r="D411" t="s">
-        <v>3781</v>
+        <v>3795</v>
       </c>
       <c r="E411" t="s">
-        <v>3782</v>
+        <v>3796</v>
       </c>
       <c r="F411" t="s">
-        <v>3783</v>
+        <v>3797</v>
       </c>
       <c r="G411" t="s">
-        <v>3784</v>
+        <v>3798</v>
       </c>
       <c r="H411" t="s">
-        <v>3785</v>
+        <v>3799</v>
       </c>
       <c r="I411" t="s">
-        <v>3786</v>
+        <v>3800</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3787</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65009</v>
+        <v>8355</v>
       </c>
       <c r="B412" t="s">
-        <v>3788</v>
+        <v>3802</v>
       </c>
       <c r="C412" t="s">
-        <v>3789</v>
+        <v>3803</v>
       </c>
       <c r="D412" t="s">
-        <v>3790</v>
+        <v>3804</v>
       </c>
       <c r="E412" t="s">
-        <v>3791</v>
+        <v>3805</v>
       </c>
       <c r="F412" t="s">
-        <v>3792</v>
+        <v>3806</v>
       </c>
       <c r="G412" t="s">
-        <v>3793</v>
+        <v>3807</v>
       </c>
       <c r="H412" t="s">
-        <v>3794</v>
+        <v>3808</v>
       </c>
       <c r="I412" t="s">
-        <v>3795</v>
+        <v>3809</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>148</v>
+        <v>3810</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>149</v>
+        <v>3811</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3796</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65010</v>
+        <v>8357</v>
       </c>
       <c r="B413" t="s">
-        <v>3797</v>
+        <v>3813</v>
       </c>
       <c r="C413" t="s">
-        <v>3798</v>
+        <v>3814</v>
       </c>
       <c r="D413" t="s">
-        <v>3799</v>
+        <v>3815</v>
       </c>
       <c r="E413" t="s">
-        <v>3800</v>
+        <v>3816</v>
       </c>
       <c r="F413" t="s">
-        <v>3801</v>
+        <v>3817</v>
       </c>
       <c r="G413" t="s">
-        <v>3802</v>
+        <v>3818</v>
       </c>
       <c r="H413" t="s">
-        <v>3803</v>
+        <v>3819</v>
       </c>
       <c r="I413" t="s">
-        <v>3804</v>
+        <v>3820</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>25</v>
+        <v>3810</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>27</v>
+        <v>3811</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3805</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65011</v>
+        <v>8377</v>
       </c>
       <c r="B414" t="s">
-        <v>3806</v>
+        <v>3822</v>
       </c>
       <c r="C414" t="s">
-        <v>3807</v>
+        <v>3823</v>
       </c>
       <c r="D414" t="s">
-        <v>3808</v>
+        <v>3824</v>
       </c>
       <c r="E414" t="s">
-        <v>3809</v>
+        <v>3825</v>
       </c>
       <c r="F414" t="s">
-        <v>3810</v>
+        <v>3826</v>
       </c>
       <c r="G414" t="s">
-        <v>3811</v>
+        <v>3827</v>
       </c>
       <c r="H414" t="s">
-        <v>3812</v>
+        <v>3828</v>
       </c>
       <c r="I414" t="s">
-        <v>3813</v>
+        <v>3829</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3814</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65012</v>
+        <v>8386</v>
       </c>
       <c r="B415" t="s">
-        <v>3815</v>
+        <v>3831</v>
       </c>
       <c r="C415" t="s">
-        <v>3816</v>
+        <v>3832</v>
       </c>
       <c r="D415" t="s">
-        <v>3817</v>
+        <v>3833</v>
       </c>
       <c r="E415" t="s">
-        <v>3818</v>
+        <v>3834</v>
       </c>
       <c r="F415" t="s">
-        <v>3819</v>
+        <v>3835</v>
       </c>
       <c r="G415" t="s">
-        <v>3820</v>
+        <v>3836</v>
       </c>
       <c r="H415" t="s">
-        <v>3821</v>
+        <v>3837</v>
       </c>
       <c r="I415" t="s">
-        <v>3822</v>
+        <v>3838</v>
       </c>
       <c r="J415" t="s">
-        <v>24</v>
+        <v>2051</v>
       </c>
       <c r="K415" t="s">
-        <v>3823</v>
+        <v>170</v>
       </c>
       <c r="L415" t="s">
-        <v>26</v>
+        <v>2053</v>
       </c>
       <c r="M415" t="s">
-        <v>3824</v>
+        <v>171</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3825</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65013</v>
+        <v>8387</v>
       </c>
       <c r="B416" t="s">
-        <v>3826</v>
+        <v>3840</v>
       </c>
       <c r="C416" t="s">
-        <v>3827</v>
+        <v>3841</v>
       </c>
       <c r="D416" t="s">
-        <v>3828</v>
+        <v>3842</v>
       </c>
       <c r="E416" t="s">
-        <v>3829</v>
+        <v>3843</v>
       </c>
       <c r="F416" t="s">
-        <v>3830</v>
+        <v>3844</v>
       </c>
       <c r="G416" t="s">
-        <v>3831</v>
+        <v>3845</v>
       </c>
       <c r="H416" t="s">
-        <v>3832</v>
+        <v>3846</v>
       </c>
       <c r="I416" t="s">
-        <v>3833</v>
+        <v>3847</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
         <v>25</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
         <v>27</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3834</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65014</v>
+        <v>8388</v>
       </c>
       <c r="B417" t="s">
-        <v>3835</v>
+        <v>3849</v>
       </c>
       <c r="C417" t="s">
-        <v>3836</v>
+        <v>3850</v>
       </c>
       <c r="D417" t="s">
-        <v>3837</v>
+        <v>3851</v>
       </c>
       <c r="E417" t="s">
-        <v>3838</v>
+        <v>3852</v>
       </c>
       <c r="F417" t="s">
-        <v>3839</v>
+        <v>3853</v>
       </c>
       <c r="G417" t="s">
-        <v>3840</v>
+        <v>3854</v>
       </c>
       <c r="H417" t="s">
-        <v>3841</v>
+        <v>3855</v>
       </c>
       <c r="I417" t="s">
-        <v>3842</v>
+        <v>3856</v>
       </c>
       <c r="J417" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>669</v>
+        <v>170</v>
       </c>
       <c r="L417" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>670</v>
+        <v>171</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3843</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65015</v>
+        <v>8392</v>
       </c>
       <c r="B418" t="s">
-        <v>3844</v>
+        <v>3858</v>
       </c>
       <c r="C418" t="s">
-        <v>3845</v>
+        <v>3859</v>
       </c>
       <c r="D418" t="s">
-        <v>3846</v>
+        <v>3860</v>
       </c>
       <c r="E418" t="s">
-        <v>3847</v>
+        <v>3861</v>
       </c>
       <c r="F418" t="s">
-        <v>3848</v>
+        <v>3862</v>
       </c>
       <c r="G418" t="s">
-        <v>3849</v>
+        <v>3863</v>
       </c>
       <c r="H418" t="s">
-        <v>3850</v>
+        <v>3864</v>
       </c>
       <c r="I418" t="s">
-        <v>3851</v>
+        <v>3865</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>148</v>
+        <v>2052</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>149</v>
+        <v>2054</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3852</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65016</v>
+        <v>8402</v>
       </c>
       <c r="B419" t="s">
-        <v>3853</v>
+        <v>3867</v>
       </c>
       <c r="C419" t="s">
-        <v>3854</v>
+        <v>3868</v>
       </c>
       <c r="D419" t="s">
-        <v>3855</v>
+        <v>3869</v>
       </c>
       <c r="E419" t="s">
-        <v>3856</v>
+        <v>3870</v>
       </c>
       <c r="F419" t="s">
-        <v>3857</v>
+        <v>3871</v>
       </c>
       <c r="G419" t="s">
-        <v>3858</v>
+        <v>3872</v>
       </c>
       <c r="H419" t="s">
-        <v>3859</v>
+        <v>3873</v>
       </c>
       <c r="I419" t="s">
-        <v>3860</v>
+        <v>3874</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3861</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65017</v>
+        <v>8883</v>
       </c>
       <c r="B420" t="s">
-        <v>3862</v>
+        <v>3876</v>
       </c>
       <c r="C420" t="s">
-        <v>3863</v>
+        <v>3877</v>
       </c>
       <c r="D420" t="s">
-        <v>3864</v>
+        <v>3878</v>
       </c>
       <c r="E420" t="s">
-        <v>3865</v>
+        <v>3879</v>
       </c>
       <c r="F420" t="s">
-        <v>3866</v>
+        <v>3880</v>
       </c>
       <c r="G420" t="s">
-        <v>3867</v>
+        <v>3881</v>
       </c>
       <c r="H420" t="s">
-        <v>3868</v>
+        <v>3882</v>
       </c>
       <c r="I420" t="s">
-        <v>3869</v>
+        <v>3883</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>3870</v>
+        <v>25</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
-        <v>3871</v>
+        <v>27</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3872</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65018</v>
+        <v>8886</v>
       </c>
       <c r="B421" t="s">
-        <v>3873</v>
+        <v>3885</v>
       </c>
       <c r="C421" t="s">
-        <v>3874</v>
+        <v>3886</v>
       </c>
       <c r="D421" t="s">
-        <v>3875</v>
+        <v>3887</v>
       </c>
       <c r="E421" t="s">
-        <v>3876</v>
+        <v>3888</v>
       </c>
       <c r="F421" t="s">
-        <v>3877</v>
+        <v>3889</v>
       </c>
       <c r="G421" t="s">
-        <v>3878</v>
+        <v>3890</v>
       </c>
       <c r="H421" t="s">
-        <v>3879</v>
+        <v>3891</v>
       </c>
       <c r="I421" t="s">
-        <v>3880</v>
+        <v>3892</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>3881</v>
+        <v>170</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>3882</v>
+        <v>171</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3883</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65019</v>
+        <v>8902</v>
       </c>
       <c r="B422" t="s">
-        <v>3884</v>
+        <v>3894</v>
       </c>
       <c r="C422" t="s">
-        <v>3885</v>
+        <v>3895</v>
       </c>
       <c r="D422" t="s">
-        <v>3886</v>
+        <v>3896</v>
       </c>
       <c r="E422" t="s">
-        <v>3887</v>
+        <v>3897</v>
       </c>
       <c r="F422" t="s">
-        <v>3888</v>
+        <v>3898</v>
       </c>
       <c r="G422" t="s">
-        <v>3889</v>
+        <v>3899</v>
       </c>
       <c r="H422" t="s">
-        <v>3890</v>
+        <v>3900</v>
       </c>
       <c r="I422" t="s">
-        <v>3891</v>
+        <v>3901</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3892</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65020</v>
+        <v>8903</v>
       </c>
       <c r="B423" t="s">
-        <v>3893</v>
+        <v>3903</v>
       </c>
       <c r="C423" t="s">
-        <v>3894</v>
+        <v>3904</v>
       </c>
       <c r="D423" t="s">
-        <v>3895</v>
+        <v>3905</v>
       </c>
       <c r="E423" t="s">
-        <v>3896</v>
+        <v>3906</v>
       </c>
       <c r="F423" t="s">
-        <v>3897</v>
+        <v>3907</v>
       </c>
       <c r="G423" t="s">
-        <v>3898</v>
+        <v>3908</v>
       </c>
       <c r="H423" t="s">
-        <v>3899</v>
+        <v>3909</v>
       </c>
       <c r="I423" t="s">
-        <v>3900</v>
+        <v>3910</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>3901</v>
+        <v>170</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>3902</v>
+        <v>171</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3903</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65021</v>
+        <v>8904</v>
       </c>
       <c r="B424" t="s">
-        <v>3904</v>
+        <v>3912</v>
       </c>
       <c r="C424" t="s">
-        <v>3905</v>
+        <v>3913</v>
       </c>
       <c r="D424" t="s">
-        <v>3906</v>
+        <v>3914</v>
       </c>
       <c r="E424" t="s">
-        <v>3907</v>
+        <v>3915</v>
       </c>
       <c r="F424" t="s">
-        <v>3908</v>
+        <v>3916</v>
       </c>
       <c r="G424" t="s">
-        <v>3909</v>
+        <v>3917</v>
       </c>
       <c r="H424" t="s">
-        <v>3910</v>
+        <v>3918</v>
       </c>
       <c r="I424" t="s">
-        <v>3911</v>
+        <v>3919</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3912</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65022</v>
+        <v>8905</v>
       </c>
       <c r="B425" t="s">
-        <v>3913</v>
+        <v>3921</v>
       </c>
       <c r="C425" t="s">
-        <v>3914</v>
+        <v>3922</v>
       </c>
       <c r="D425" t="s">
-        <v>3915</v>
+        <v>3923</v>
       </c>
       <c r="E425" t="s">
-        <v>3916</v>
+        <v>3924</v>
       </c>
       <c r="F425" t="s">
-        <v>3917</v>
+        <v>3925</v>
       </c>
       <c r="G425" t="s">
-        <v>3918</v>
+        <v>3926</v>
       </c>
       <c r="H425" t="s">
-        <v>3919</v>
+        <v>3927</v>
       </c>
       <c r="I425" t="s">
-        <v>3920</v>
+        <v>3928</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>25</v>
+        <v>3929</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>27</v>
+        <v>3930</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3921</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65023</v>
+        <v>8914</v>
       </c>
       <c r="B426" t="s">
-        <v>3922</v>
+        <v>3932</v>
       </c>
       <c r="C426" t="s">
-        <v>3923</v>
+        <v>3933</v>
       </c>
       <c r="D426" t="s">
-        <v>3924</v>
+        <v>3934</v>
       </c>
       <c r="E426" t="s">
-        <v>3925</v>
+        <v>3935</v>
       </c>
       <c r="F426" t="s">
-        <v>3926</v>
+        <v>3936</v>
       </c>
       <c r="G426" t="s">
-        <v>3927</v>
+        <v>3937</v>
       </c>
       <c r="H426" t="s">
-        <v>3928</v>
+        <v>3938</v>
       </c>
       <c r="I426" t="s">
-        <v>3929</v>
+        <v>3939</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
         <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
         <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3930</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65025</v>
+        <v>8918</v>
       </c>
       <c r="B427" t="s">
-        <v>3931</v>
+        <v>3941</v>
       </c>
       <c r="C427" t="s">
-        <v>3932</v>
+        <v>3942</v>
       </c>
       <c r="D427" t="s">
-        <v>3933</v>
+        <v>3943</v>
       </c>
       <c r="E427" t="s">
-        <v>3934</v>
+        <v>3944</v>
       </c>
       <c r="F427" t="s">
-        <v>3935</v>
+        <v>3945</v>
       </c>
       <c r="G427" t="s">
-        <v>3936</v>
+        <v>3946</v>
       </c>
       <c r="H427" t="s">
-        <v>3937</v>
+        <v>3947</v>
       </c>
       <c r="I427" t="s">
-        <v>3938</v>
+        <v>3948</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
         <v>25</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
         <v>27</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3939</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65026</v>
+        <v>8945</v>
       </c>
       <c r="B428" t="s">
-        <v>3940</v>
+        <v>3950</v>
       </c>
       <c r="C428" t="s">
-        <v>3941</v>
+        <v>3951</v>
       </c>
       <c r="D428" t="s">
-        <v>3942</v>
+        <v>3952</v>
       </c>
       <c r="E428" t="s">
-        <v>3943</v>
+        <v>3953</v>
       </c>
       <c r="F428" t="s">
-        <v>3944</v>
+        <v>3954</v>
       </c>
       <c r="G428" t="s">
-        <v>3945</v>
+        <v>3955</v>
       </c>
       <c r="H428" t="s">
-        <v>3946</v>
+        <v>3956</v>
       </c>
       <c r="I428" t="s">
-        <v>3947</v>
+        <v>3957</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3948</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65027</v>
+        <v>8950</v>
       </c>
       <c r="B429" t="s">
-        <v>3949</v>
+        <v>3959</v>
       </c>
       <c r="C429" t="s">
-        <v>3950</v>
+        <v>3960</v>
       </c>
       <c r="D429" t="s">
-        <v>3951</v>
+        <v>3961</v>
       </c>
       <c r="E429" t="s">
-        <v>3952</v>
+        <v>3962</v>
       </c>
       <c r="F429" t="s">
-        <v>3953</v>
+        <v>3963</v>
       </c>
       <c r="G429" t="s">
-        <v>3954</v>
+        <v>3964</v>
       </c>
       <c r="H429" t="s">
-        <v>3955</v>
+        <v>3965</v>
       </c>
       <c r="I429" t="s">
-        <v>3956</v>
+        <v>3966</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>669</v>
+        <v>25</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>670</v>
+        <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3957</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65028</v>
+        <v>8951</v>
       </c>
       <c r="B430" t="s">
-        <v>3958</v>
+        <v>3968</v>
       </c>
       <c r="C430" t="s">
-        <v>3959</v>
+        <v>3969</v>
       </c>
       <c r="D430" t="s">
-        <v>3960</v>
+        <v>3970</v>
       </c>
       <c r="E430" t="s">
-        <v>3961</v>
+        <v>3971</v>
       </c>
       <c r="F430" t="s">
-        <v>3962</v>
+        <v>3972</v>
       </c>
       <c r="G430" t="s">
-        <v>3963</v>
+        <v>3973</v>
       </c>
       <c r="H430" t="s">
-        <v>3964</v>
+        <v>3974</v>
       </c>
       <c r="I430" t="s">
-        <v>3965</v>
+        <v>3975</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3966</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65030</v>
+        <v>8954</v>
       </c>
       <c r="B431" t="s">
-        <v>3967</v>
+        <v>3977</v>
       </c>
       <c r="C431" t="s">
-        <v>3968</v>
+        <v>3978</v>
       </c>
       <c r="D431" t="s">
-        <v>3969</v>
+        <v>3979</v>
       </c>
       <c r="E431" t="s">
-        <v>3970</v>
+        <v>3980</v>
       </c>
       <c r="F431" t="s">
-        <v>3971</v>
+        <v>3981</v>
       </c>
       <c r="G431" t="s">
-        <v>3972</v>
+        <v>3982</v>
       </c>
       <c r="H431" t="s">
-        <v>3973</v>
+        <v>3983</v>
       </c>
       <c r="I431" t="s">
-        <v>3974</v>
+        <v>3984</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3975</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65031</v>
+        <v>8959</v>
       </c>
       <c r="B432" t="s">
-        <v>3976</v>
+        <v>3986</v>
       </c>
       <c r="C432" t="s">
-        <v>3977</v>
+        <v>3987</v>
       </c>
       <c r="D432" t="s">
-        <v>3978</v>
+        <v>3988</v>
       </c>
       <c r="E432" t="s">
-        <v>3979</v>
+        <v>3989</v>
       </c>
       <c r="F432" t="s">
-        <v>3980</v>
+        <v>3990</v>
       </c>
       <c r="G432" t="s">
-        <v>3981</v>
+        <v>3991</v>
       </c>
       <c r="H432" t="s">
-        <v>3982</v>
+        <v>3992</v>
       </c>
       <c r="I432" t="s">
-        <v>3983</v>
+        <v>3993</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3984</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65032</v>
+        <v>8964</v>
       </c>
       <c r="B433" t="s">
-        <v>3985</v>
+        <v>3995</v>
       </c>
       <c r="C433" t="s">
-        <v>3986</v>
+        <v>3996</v>
       </c>
       <c r="D433" t="s">
-        <v>3987</v>
+        <v>3997</v>
       </c>
       <c r="E433" t="s">
-        <v>3988</v>
+        <v>3998</v>
       </c>
       <c r="F433" t="s">
-        <v>3989</v>
+        <v>3999</v>
       </c>
       <c r="G433" t="s">
-        <v>3990</v>
+        <v>4000</v>
       </c>
       <c r="H433" t="s">
-        <v>3991</v>
+        <v>4001</v>
       </c>
       <c r="I433" t="s">
-        <v>3992</v>
+        <v>4002</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>148</v>
+        <v>905</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>149</v>
+        <v>906</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>3993</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65033</v>
+        <v>10011</v>
       </c>
       <c r="B434" t="s">
-        <v>3994</v>
+        <v>4004</v>
       </c>
       <c r="C434" t="s">
-        <v>3995</v>
+        <v>4005</v>
       </c>
       <c r="D434" t="s">
-        <v>3996</v>
+        <v>4006</v>
       </c>
       <c r="E434" t="s">
-        <v>3997</v>
+        <v>4007</v>
       </c>
       <c r="F434" t="s">
-        <v>3998</v>
+        <v>4008</v>
       </c>
       <c r="G434" t="s">
-        <v>3999</v>
+        <v>4009</v>
       </c>
       <c r="H434" t="s">
-        <v>4000</v>
+        <v>4010</v>
       </c>
       <c r="I434" t="s">
-        <v>4001</v>
+        <v>4011</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>4002</v>
+        <v>25</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>4003</v>
+        <v>27</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>4004</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65034</v>
+        <v>10014</v>
       </c>
       <c r="B435" t="s">
-        <v>4005</v>
+        <v>4013</v>
       </c>
       <c r="C435" t="s">
-        <v>4006</v>
+        <v>4014</v>
       </c>
       <c r="D435" t="s">
-        <v>4007</v>
+        <v>4015</v>
       </c>
       <c r="E435" t="s">
-        <v>4008</v>
+        <v>4016</v>
       </c>
       <c r="F435" t="s">
-        <v>4009</v>
+        <v>4017</v>
       </c>
       <c r="G435" t="s">
-        <v>4010</v>
+        <v>4018</v>
       </c>
       <c r="H435" t="s">
-        <v>4011</v>
+        <v>4019</v>
       </c>
       <c r="I435" t="s">
-        <v>4012</v>
+        <v>4020</v>
       </c>
       <c r="J435" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>559</v>
+        <v>4021</v>
       </c>
       <c r="L435" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M435" t="s">
-        <v>560</v>
+        <v>4022</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4013</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65035</v>
+        <v>10015</v>
       </c>
       <c r="B436" t="s">
-        <v>4014</v>
+        <v>4024</v>
       </c>
       <c r="C436" t="s">
-        <v>4015</v>
+        <v>4025</v>
       </c>
       <c r="D436" t="s">
-        <v>4016</v>
+        <v>4026</v>
       </c>
       <c r="E436" t="s">
-        <v>4017</v>
+        <v>4027</v>
       </c>
       <c r="F436" t="s">
-        <v>4018</v>
+        <v>4028</v>
       </c>
       <c r="G436" t="s">
-        <v>4019</v>
+        <v>4029</v>
       </c>
       <c r="H436" t="s">
-        <v>4020</v>
+        <v>4030</v>
       </c>
       <c r="I436" t="s">
-        <v>4021</v>
+        <v>4031</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4022</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65036</v>
+        <v>10036</v>
       </c>
       <c r="B437" t="s">
-        <v>4023</v>
+        <v>4033</v>
       </c>
       <c r="C437" t="s">
-        <v>4024</v>
+        <v>4034</v>
       </c>
       <c r="D437" t="s">
-        <v>4025</v>
+        <v>4035</v>
       </c>
       <c r="E437" t="s">
-        <v>4026</v>
+        <v>4036</v>
       </c>
       <c r="F437" t="s">
-        <v>4027</v>
+        <v>4037</v>
       </c>
       <c r="G437" t="s">
-        <v>4028</v>
+        <v>4038</v>
       </c>
       <c r="H437" t="s">
-        <v>4029</v>
+        <v>4039</v>
       </c>
       <c r="I437" t="s">
-        <v>4030</v>
+        <v>4040</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
         <v>25</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
         <v>27</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4031</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65037</v>
+        <v>10046</v>
       </c>
       <c r="B438" t="s">
-        <v>4032</v>
+        <v>4042</v>
       </c>
       <c r="C438" t="s">
-        <v>4033</v>
+        <v>4043</v>
       </c>
       <c r="D438" t="s">
-        <v>4034</v>
+        <v>4044</v>
       </c>
       <c r="E438" t="s">
-        <v>4035</v>
+        <v>4045</v>
       </c>
       <c r="F438" t="s">
-        <v>4036</v>
+        <v>4046</v>
       </c>
       <c r="G438" t="s">
-        <v>4037</v>
+        <v>4047</v>
       </c>
       <c r="H438" t="s">
-        <v>4038</v>
+        <v>4048</v>
       </c>
       <c r="I438" t="s">
-        <v>4039</v>
+        <v>4049</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4040</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65038</v>
+        <v>10098</v>
       </c>
       <c r="B439" t="s">
-        <v>4041</v>
+        <v>4051</v>
       </c>
       <c r="C439" t="s">
-        <v>4042</v>
+        <v>4052</v>
       </c>
       <c r="D439" t="s">
-        <v>4043</v>
+        <v>4053</v>
       </c>
       <c r="E439" t="s">
-        <v>4044</v>
+        <v>4054</v>
       </c>
       <c r="F439" t="s">
-        <v>4045</v>
+        <v>4055</v>
       </c>
       <c r="G439" t="s">
-        <v>4046</v>
+        <v>4056</v>
       </c>
       <c r="H439" t="s">
-        <v>4047</v>
+        <v>4057</v>
       </c>
       <c r="I439" t="s">
-        <v>4048</v>
+        <v>4058</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4049</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65039</v>
+        <v>10101</v>
       </c>
       <c r="B440" t="s">
-        <v>4050</v>
+        <v>4060</v>
       </c>
       <c r="C440" t="s">
-        <v>4051</v>
+        <v>4061</v>
       </c>
       <c r="D440" t="s">
-        <v>4052</v>
+        <v>4062</v>
       </c>
       <c r="E440" t="s">
-        <v>4053</v>
+        <v>4063</v>
       </c>
       <c r="F440" t="s">
-        <v>4054</v>
+        <v>4064</v>
       </c>
       <c r="G440" t="s">
-        <v>4055</v>
+        <v>4065</v>
       </c>
       <c r="H440" t="s">
-        <v>4056</v>
+        <v>4066</v>
       </c>
       <c r="I440" t="s">
-        <v>4057</v>
+        <v>4067</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4058</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65040</v>
+        <v>10412</v>
       </c>
       <c r="B441" t="s">
-        <v>4059</v>
+        <v>4069</v>
       </c>
       <c r="C441" t="s">
-        <v>4060</v>
+        <v>4070</v>
       </c>
       <c r="D441" t="s">
-        <v>4061</v>
+        <v>4071</v>
       </c>
       <c r="E441" t="s">
-        <v>4062</v>
+        <v>4072</v>
       </c>
       <c r="F441" t="s">
-        <v>4063</v>
+        <v>4073</v>
       </c>
       <c r="G441" t="s">
-        <v>4064</v>
+        <v>4074</v>
       </c>
       <c r="H441" t="s">
-        <v>4065</v>
+        <v>4075</v>
       </c>
       <c r="I441" t="s">
-        <v>4066</v>
+        <v>4076</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
-        <v>1402</v>
+        <v>25</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
-        <v>1404</v>
+        <v>27</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4067</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65043</v>
+        <v>10603</v>
       </c>
       <c r="B442" t="s">
-        <v>4068</v>
+        <v>4078</v>
       </c>
       <c r="C442" t="s">
-        <v>4069</v>
+        <v>4079</v>
       </c>
       <c r="D442" t="s">
-        <v>4070</v>
+        <v>4080</v>
       </c>
       <c r="E442" t="s">
-        <v>4071</v>
+        <v>4081</v>
       </c>
       <c r="F442" t="s">
-        <v>4072</v>
+        <v>4082</v>
       </c>
       <c r="G442" t="s">
-        <v>4073</v>
+        <v>4083</v>
       </c>
       <c r="H442" t="s">
-        <v>4074</v>
+        <v>4084</v>
       </c>
       <c r="I442" t="s">
-        <v>4075</v>
+        <v>4085</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
         <v>25</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
         <v>27</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4076</v>
+        <v>4086</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65044</v>
+        <v>10635</v>
       </c>
       <c r="B443" t="s">
-        <v>4077</v>
+        <v>4087</v>
       </c>
       <c r="C443" t="s">
-        <v>4078</v>
+        <v>4088</v>
       </c>
       <c r="D443" t="s">
-        <v>4079</v>
+        <v>4089</v>
       </c>
       <c r="E443" t="s">
-        <v>4080</v>
+        <v>4090</v>
       </c>
       <c r="F443" t="s">
-        <v>4081</v>
+        <v>4091</v>
       </c>
       <c r="G443" t="s">
-        <v>4082</v>
+        <v>4092</v>
       </c>
       <c r="H443" t="s">
-        <v>4083</v>
+        <v>4093</v>
       </c>
       <c r="I443" t="s">
-        <v>4084</v>
+        <v>4094</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4085</v>
+        <v>4095</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65045</v>
+        <v>10639</v>
       </c>
       <c r="B444" t="s">
-        <v>4086</v>
+        <v>4096</v>
       </c>
       <c r="C444" t="s">
-        <v>4087</v>
+        <v>4097</v>
       </c>
       <c r="D444" t="s">
-        <v>4088</v>
+        <v>4098</v>
       </c>
       <c r="E444" t="s">
-        <v>4089</v>
+        <v>4099</v>
       </c>
       <c r="F444" t="s">
-        <v>4090</v>
+        <v>4100</v>
       </c>
       <c r="G444" t="s">
-        <v>4091</v>
+        <v>4101</v>
       </c>
       <c r="H444" t="s">
-        <v>4092</v>
+        <v>4102</v>
       </c>
       <c r="I444" t="s">
-        <v>4093</v>
+        <v>4103</v>
       </c>
       <c r="J444" t="s">
-        <v>4094</v>
+        <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>4095</v>
+        <v>25</v>
       </c>
       <c r="L444" t="s">
-        <v>4096</v>
+        <v>26</v>
       </c>
       <c r="M444" t="s">
-        <v>4097</v>
+        <v>27</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4098</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65046</v>
+        <v>10647</v>
       </c>
       <c r="B445" t="s">
-        <v>4099</v>
+        <v>4105</v>
       </c>
       <c r="C445" t="s">
-        <v>4100</v>
+        <v>4106</v>
       </c>
       <c r="D445" t="s">
-        <v>4101</v>
+        <v>4107</v>
       </c>
       <c r="E445" t="s">
-        <v>4102</v>
+        <v>4108</v>
       </c>
       <c r="F445" t="s">
-        <v>4103</v>
+        <v>4109</v>
       </c>
       <c r="G445" t="s">
-        <v>4104</v>
+        <v>4110</v>
       </c>
       <c r="H445" t="s">
-        <v>4105</v>
+        <v>4111</v>
       </c>
       <c r="I445" t="s">
-        <v>4106</v>
+        <v>4112</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4107</v>
+        <v>4113</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65047</v>
+        <v>10887</v>
       </c>
       <c r="B446" t="s">
-        <v>4108</v>
+        <v>4114</v>
       </c>
       <c r="C446" t="s">
-        <v>4109</v>
+        <v>4115</v>
       </c>
       <c r="D446" t="s">
-        <v>4110</v>
+        <v>4116</v>
       </c>
       <c r="E446" t="s">
-        <v>4111</v>
+        <v>4117</v>
       </c>
       <c r="F446" t="s">
-        <v>4112</v>
+        <v>4118</v>
       </c>
       <c r="G446" t="s">
-        <v>4113</v>
+        <v>4119</v>
       </c>
       <c r="H446" t="s">
-        <v>4114</v>
+        <v>4120</v>
       </c>
       <c r="I446" t="s">
-        <v>4115</v>
+        <v>4121</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>4095</v>
+        <v>25</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>4097</v>
+        <v>27</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4116</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65049</v>
+        <v>10925</v>
       </c>
       <c r="B447" t="s">
-        <v>4117</v>
+        <v>4123</v>
       </c>
       <c r="C447" t="s">
-        <v>4118</v>
+        <v>4124</v>
       </c>
       <c r="D447" t="s">
-        <v>4119</v>
+        <v>4125</v>
       </c>
       <c r="E447" t="s">
-        <v>4120</v>
+        <v>4126</v>
       </c>
       <c r="F447" t="s">
-        <v>4121</v>
+        <v>4127</v>
       </c>
       <c r="G447" t="s">
-        <v>4122</v>
+        <v>4128</v>
       </c>
       <c r="H447" t="s">
-        <v>4123</v>
+        <v>4129</v>
       </c>
       <c r="I447" t="s">
-        <v>4124</v>
+        <v>4130</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4125</v>
+        <v>4131</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65050</v>
+        <v>10927</v>
       </c>
       <c r="B448" t="s">
-        <v>4126</v>
+        <v>4132</v>
       </c>
       <c r="C448" t="s">
-        <v>4127</v>
+        <v>4133</v>
       </c>
       <c r="D448" t="s">
-        <v>4128</v>
+        <v>4134</v>
       </c>
       <c r="E448" t="s">
-        <v>4129</v>
+        <v>4135</v>
       </c>
       <c r="F448" t="s">
-        <v>4130</v>
+        <v>4136</v>
       </c>
       <c r="G448" t="s">
-        <v>4131</v>
+        <v>4137</v>
       </c>
       <c r="H448" t="s">
-        <v>4132</v>
+        <v>4138</v>
       </c>
       <c r="I448" t="s">
-        <v>4133</v>
+        <v>4139</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4134</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65051</v>
+        <v>10930</v>
       </c>
       <c r="B449" t="s">
-        <v>4135</v>
+        <v>4141</v>
       </c>
       <c r="C449" t="s">
-        <v>4136</v>
+        <v>4142</v>
       </c>
       <c r="D449" t="s">
-        <v>4137</v>
+        <v>4143</v>
       </c>
       <c r="E449" t="s">
-        <v>4138</v>
+        <v>4144</v>
       </c>
       <c r="F449" t="s">
-        <v>4139</v>
+        <v>4145</v>
       </c>
       <c r="G449" t="s">
-        <v>4140</v>
+        <v>4146</v>
       </c>
       <c r="H449" t="s">
-        <v>4141</v>
+        <v>4147</v>
       </c>
       <c r="I449" t="s">
-        <v>4142</v>
+        <v>4148</v>
       </c>
       <c r="J449" t="s">
-        <v>24</v>
+        <v>1477</v>
       </c>
       <c r="K449" t="s">
-        <v>725</v>
+        <v>274</v>
       </c>
       <c r="L449" t="s">
-        <v>26</v>
+        <v>1479</v>
       </c>
       <c r="M449" t="s">
-        <v>726</v>
+        <v>276</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4143</v>
+        <v>4149</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65053</v>
+        <v>10945</v>
       </c>
       <c r="B450" t="s">
-        <v>4144</v>
+        <v>4150</v>
       </c>
       <c r="C450" t="s">
-        <v>4145</v>
+        <v>4151</v>
       </c>
       <c r="D450" t="s">
-        <v>4146</v>
+        <v>4152</v>
       </c>
       <c r="E450" t="s">
-        <v>4147</v>
+        <v>4153</v>
       </c>
       <c r="F450" t="s">
-        <v>4148</v>
+        <v>4154</v>
       </c>
       <c r="G450" t="s">
-        <v>4149</v>
+        <v>4155</v>
       </c>
       <c r="H450" t="s">
-        <v>4150</v>
+        <v>4156</v>
       </c>
       <c r="I450" t="s">
-        <v>4151</v>
+        <v>4157</v>
       </c>
       <c r="J450" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K450" t="s">
-        <v>148</v>
+        <v>746</v>
       </c>
       <c r="L450" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M450" t="s">
-        <v>149</v>
+        <v>747</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4152</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65054</v>
+        <v>10947</v>
       </c>
       <c r="B451" t="s">
-        <v>4153</v>
+        <v>4159</v>
       </c>
       <c r="C451" t="s">
-        <v>4154</v>
+        <v>4160</v>
       </c>
       <c r="D451" t="s">
-        <v>4155</v>
+        <v>4161</v>
       </c>
       <c r="E451" t="s">
-        <v>4156</v>
+        <v>4162</v>
       </c>
       <c r="F451" t="s">
-        <v>4157</v>
+        <v>4163</v>
       </c>
       <c r="G451" t="s">
-        <v>4158</v>
+        <v>4164</v>
       </c>
       <c r="H451" t="s">
-        <v>4159</v>
+        <v>4165</v>
       </c>
       <c r="I451" t="s">
-        <v>4160</v>
+        <v>4166</v>
       </c>
       <c r="J451" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>4161</v>
+        <v>170</v>
       </c>
       <c r="L451" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>4162</v>
+        <v>171</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4163</v>
+        <v>4167</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65055</v>
+        <v>10948</v>
       </c>
       <c r="B452" t="s">
-        <v>4164</v>
+        <v>4168</v>
       </c>
       <c r="C452" t="s">
-        <v>4165</v>
+        <v>4169</v>
       </c>
       <c r="D452" t="s">
-        <v>4166</v>
+        <v>4170</v>
       </c>
       <c r="E452" t="s">
-        <v>4167</v>
+        <v>4171</v>
       </c>
       <c r="F452" t="s">
-        <v>4168</v>
+        <v>4172</v>
       </c>
       <c r="G452" t="s">
-        <v>4169</v>
+        <v>4173</v>
       </c>
       <c r="H452" t="s">
-        <v>4170</v>
+        <v>4174</v>
       </c>
       <c r="I452" t="s">
-        <v>4171</v>
+        <v>4175</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>559</v>
+        <v>170</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>560</v>
+        <v>171</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4172</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65057</v>
+        <v>10950</v>
       </c>
       <c r="B453" t="s">
-        <v>4173</v>
+        <v>4177</v>
       </c>
       <c r="C453" t="s">
-        <v>4174</v>
+        <v>4178</v>
       </c>
       <c r="D453" t="s">
-        <v>4175</v>
+        <v>4179</v>
       </c>
       <c r="E453" t="s">
-        <v>4176</v>
+        <v>4180</v>
       </c>
       <c r="F453" t="s">
-        <v>4177</v>
+        <v>4181</v>
       </c>
       <c r="G453" t="s">
-        <v>4178</v>
+        <v>4182</v>
       </c>
       <c r="H453" t="s">
-        <v>4179</v>
+        <v>4183</v>
       </c>
       <c r="I453" t="s">
-        <v>4180</v>
+        <v>4184</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>252</v>
+        <v>4185</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
-        <v>253</v>
+        <v>4186</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4181</v>
+        <v>4187</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65058</v>
+        <v>10951</v>
       </c>
       <c r="B454" t="s">
-        <v>4182</v>
+        <v>4188</v>
       </c>
       <c r="C454" t="s">
-        <v>4183</v>
+        <v>4189</v>
       </c>
       <c r="D454" t="s">
-        <v>4184</v>
+        <v>4190</v>
       </c>
       <c r="E454" t="s">
-        <v>4185</v>
+        <v>4191</v>
       </c>
       <c r="F454" t="s">
-        <v>4186</v>
+        <v>4192</v>
       </c>
       <c r="G454" t="s">
-        <v>4187</v>
+        <v>4193</v>
       </c>
       <c r="H454" t="s">
-        <v>4188</v>
+        <v>4194</v>
       </c>
       <c r="I454" t="s">
-        <v>4189</v>
+        <v>4195</v>
       </c>
       <c r="J454" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>669</v>
+        <v>47</v>
       </c>
       <c r="L454" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>670</v>
+        <v>48</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4190</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65059</v>
+        <v>11000</v>
       </c>
       <c r="B455" t="s">
-        <v>4191</v>
+        <v>4197</v>
       </c>
       <c r="C455" t="s">
-        <v>4192</v>
+        <v>4198</v>
       </c>
       <c r="D455" t="s">
-        <v>4193</v>
+        <v>4199</v>
       </c>
       <c r="E455" t="s">
-        <v>4194</v>
+        <v>4200</v>
       </c>
       <c r="F455" t="s">
-        <v>4195</v>
+        <v>4201</v>
       </c>
       <c r="G455" t="s">
-        <v>4196</v>
+        <v>4202</v>
       </c>
       <c r="H455" t="s">
-        <v>4197</v>
+        <v>4203</v>
       </c>
       <c r="I455" t="s">
-        <v>4198</v>
+        <v>4204</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4199</v>
+        <v>4205</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65060</v>
+        <v>11161</v>
       </c>
       <c r="B456" t="s">
-        <v>4200</v>
+        <v>4206</v>
       </c>
       <c r="C456" t="s">
-        <v>4201</v>
+        <v>4207</v>
       </c>
       <c r="D456" t="s">
-        <v>4202</v>
+        <v>4208</v>
       </c>
       <c r="E456" t="s">
-        <v>4203</v>
+        <v>4209</v>
       </c>
       <c r="F456" t="s">
-        <v>4204</v>
+        <v>4210</v>
       </c>
       <c r="G456" t="s">
-        <v>4205</v>
+        <v>4211</v>
       </c>
       <c r="H456" t="s">
-        <v>4206</v>
+        <v>4212</v>
       </c>
       <c r="I456" t="s">
-        <v>4207</v>
+        <v>4213</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>47</v>
+        <v>1478</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>48</v>
+        <v>1480</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4208</v>
+        <v>4214</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65061</v>
+        <v>11169</v>
       </c>
       <c r="B457" t="s">
-        <v>4209</v>
+        <v>4215</v>
       </c>
       <c r="C457" t="s">
-        <v>4210</v>
+        <v>4216</v>
       </c>
       <c r="D457" t="s">
-        <v>4211</v>
+        <v>4217</v>
       </c>
       <c r="E457" t="s">
-        <v>4212</v>
+        <v>4218</v>
       </c>
       <c r="F457" t="s">
-        <v>4213</v>
+        <v>4219</v>
       </c>
       <c r="G457" t="s">
-        <v>4214</v>
+        <v>4220</v>
       </c>
       <c r="H457" t="s">
-        <v>4215</v>
+        <v>4221</v>
       </c>
       <c r="I457" t="s">
-        <v>4216</v>
+        <v>4222</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>1402</v>
+        <v>59</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>1404</v>
+        <v>61</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4217</v>
+        <v>4223</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65062</v>
+        <v>11220</v>
       </c>
       <c r="B458" t="s">
-        <v>4218</v>
+        <v>4224</v>
       </c>
       <c r="C458" t="s">
-        <v>4219</v>
+        <v>4225</v>
       </c>
       <c r="D458" t="s">
-        <v>4220</v>
+        <v>4226</v>
       </c>
       <c r="E458" t="s">
-        <v>4221</v>
+        <v>4227</v>
       </c>
       <c r="F458" t="s">
-        <v>4222</v>
+        <v>4228</v>
       </c>
       <c r="G458" t="s">
-        <v>4223</v>
+        <v>4229</v>
       </c>
       <c r="H458" t="s">
-        <v>4224</v>
+        <v>4230</v>
       </c>
       <c r="I458" t="s">
-        <v>4225</v>
+        <v>4231</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
-        <v>27</v>
+        <v>691</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4226</v>
+        <v>4232</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65063</v>
+        <v>11231</v>
       </c>
       <c r="B459" t="s">
-        <v>4227</v>
+        <v>4233</v>
       </c>
       <c r="C459" t="s">
-        <v>4228</v>
+        <v>4234</v>
       </c>
       <c r="D459" t="s">
-        <v>4229</v>
+        <v>4235</v>
       </c>
       <c r="E459" t="s">
-        <v>4230</v>
+        <v>4236</v>
       </c>
       <c r="F459" t="s">
-        <v>4231</v>
+        <v>4237</v>
       </c>
       <c r="G459" t="s">
-        <v>4232</v>
+        <v>4238</v>
       </c>
       <c r="H459" t="s">
-        <v>4233</v>
+        <v>4239</v>
       </c>
       <c r="I459" t="s">
-        <v>4234</v>
+        <v>4240</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
-        <v>1050</v>
+        <v>170</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
-        <v>1051</v>
+        <v>171</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4235</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65065</v>
+        <v>11249</v>
       </c>
       <c r="B460" t="s">
-        <v>4236</v>
+        <v>4242</v>
       </c>
       <c r="C460" t="s">
-        <v>4237</v>
+        <v>4243</v>
       </c>
       <c r="D460" t="s">
-        <v>4238</v>
+        <v>4244</v>
       </c>
       <c r="E460" t="s">
-        <v>4239</v>
+        <v>4245</v>
       </c>
       <c r="F460" t="s">
-        <v>4240</v>
+        <v>4246</v>
       </c>
       <c r="G460" t="s">
-        <v>4241</v>
+        <v>4247</v>
       </c>
       <c r="H460" t="s">
-        <v>4242</v>
+        <v>4248</v>
       </c>
       <c r="I460" t="s">
-        <v>4243</v>
+        <v>4249</v>
       </c>
       <c r="J460" t="s">
-        <v>4244</v>
+        <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>1402</v>
+        <v>47</v>
       </c>
       <c r="L460" t="s">
-        <v>4245</v>
+        <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>1404</v>
+        <v>48</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4246</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65068</v>
+        <v>11251</v>
       </c>
       <c r="B461" t="s">
-        <v>4247</v>
+        <v>4251</v>
       </c>
       <c r="C461" t="s">
-        <v>4248</v>
+        <v>4252</v>
       </c>
       <c r="D461" t="s">
-        <v>4249</v>
+        <v>4253</v>
       </c>
       <c r="E461" t="s">
-        <v>4250</v>
+        <v>4254</v>
       </c>
       <c r="F461" t="s">
-        <v>4251</v>
+        <v>4255</v>
       </c>
       <c r="G461" t="s">
-        <v>4252</v>
+        <v>4256</v>
       </c>
       <c r="H461" t="s">
-        <v>4253</v>
+        <v>4257</v>
       </c>
       <c r="I461" t="s">
-        <v>4254</v>
+        <v>4258</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>25</v>
+        <v>3810</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>27</v>
+        <v>3811</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4255</v>
+        <v>4259</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65069</v>
+        <v>11256</v>
       </c>
       <c r="B462" t="s">
-        <v>4256</v>
+        <v>4260</v>
       </c>
       <c r="C462" t="s">
-        <v>4257</v>
+        <v>4261</v>
       </c>
       <c r="D462" t="s">
-        <v>4258</v>
+        <v>4262</v>
       </c>
       <c r="E462" t="s">
-        <v>4259</v>
+        <v>4263</v>
       </c>
       <c r="F462" t="s">
-        <v>4260</v>
+        <v>4264</v>
       </c>
       <c r="G462" t="s">
-        <v>4261</v>
+        <v>4265</v>
       </c>
       <c r="H462" t="s">
-        <v>4262</v>
+        <v>4266</v>
       </c>
       <c r="I462" t="s">
-        <v>4263</v>
+        <v>4267</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4264</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65071</v>
+        <v>11287</v>
       </c>
       <c r="B463" t="s">
-        <v>4265</v>
+        <v>4269</v>
       </c>
       <c r="C463" t="s">
-        <v>4266</v>
+        <v>4270</v>
       </c>
       <c r="D463" t="s">
-        <v>4267</v>
+        <v>4271</v>
       </c>
       <c r="E463" t="s">
-        <v>4268</v>
+        <v>4272</v>
       </c>
       <c r="F463" t="s">
-        <v>4269</v>
+        <v>4273</v>
       </c>
       <c r="G463" t="s">
-        <v>4270</v>
+        <v>4274</v>
       </c>
       <c r="H463" t="s">
-        <v>4271</v>
+        <v>4275</v>
       </c>
       <c r="I463" t="s">
-        <v>4272</v>
+        <v>4276</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4273</v>
+        <v>4277</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65073</v>
+        <v>11299</v>
       </c>
       <c r="B464" t="s">
-        <v>4274</v>
+        <v>4278</v>
       </c>
       <c r="C464" t="s">
-        <v>4275</v>
+        <v>4279</v>
       </c>
       <c r="D464" t="s">
-        <v>4276</v>
+        <v>4280</v>
       </c>
       <c r="E464" t="s">
-        <v>4277</v>
+        <v>4281</v>
       </c>
       <c r="F464" t="s">
-        <v>4278</v>
+        <v>4282</v>
       </c>
       <c r="G464" t="s">
-        <v>4279</v>
+        <v>4283</v>
       </c>
       <c r="H464" t="s">
-        <v>4280</v>
+        <v>4284</v>
       </c>
       <c r="I464" t="s">
-        <v>4281</v>
+        <v>4285</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4282</v>
+        <v>4286</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65074</v>
+        <v>11303</v>
       </c>
       <c r="B465" t="s">
-        <v>4283</v>
+        <v>4287</v>
       </c>
       <c r="C465" t="s">
-        <v>4284</v>
+        <v>4288</v>
       </c>
       <c r="D465" t="s">
-        <v>4285</v>
+        <v>4289</v>
       </c>
       <c r="E465" t="s">
-        <v>4286</v>
+        <v>4290</v>
       </c>
       <c r="F465" t="s">
-        <v>4287</v>
+        <v>4291</v>
       </c>
       <c r="G465" t="s">
-        <v>4288</v>
+        <v>4292</v>
       </c>
       <c r="H465" t="s">
-        <v>4289</v>
+        <v>4293</v>
       </c>
       <c r="I465" t="s">
-        <v>4290</v>
+        <v>4294</v>
       </c>
       <c r="J465" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K465" t="s">
-        <v>4291</v>
+        <v>274</v>
       </c>
       <c r="L465" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M465" t="s">
-        <v>4292</v>
+        <v>276</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4293</v>
+        <v>4295</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65075</v>
+        <v>11306</v>
       </c>
       <c r="B466" t="s">
-        <v>4294</v>
+        <v>4296</v>
       </c>
       <c r="C466" t="s">
-        <v>4295</v>
+        <v>4297</v>
       </c>
       <c r="D466" t="s">
-        <v>4296</v>
+        <v>4298</v>
       </c>
       <c r="E466" t="s">
-        <v>4297</v>
+        <v>4299</v>
       </c>
       <c r="F466" t="s">
-        <v>4298</v>
+        <v>4300</v>
       </c>
       <c r="G466" t="s">
-        <v>4299</v>
+        <v>4301</v>
       </c>
       <c r="H466" t="s">
-        <v>4300</v>
+        <v>4302</v>
       </c>
       <c r="I466" t="s">
-        <v>4301</v>
+        <v>4303</v>
       </c>
       <c r="J466" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>4002</v>
+        <v>1136</v>
       </c>
       <c r="L466" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>4003</v>
+        <v>1137</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4302</v>
+        <v>4304</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65076</v>
+        <v>58060</v>
       </c>
       <c r="B467" t="s">
-        <v>4303</v>
+        <v>4305</v>
       </c>
       <c r="C467" t="s">
-        <v>4304</v>
+        <v>4306</v>
       </c>
       <c r="D467" t="s">
-        <v>4305</v>
+        <v>4307</v>
       </c>
       <c r="E467" t="s">
-        <v>4306</v>
+        <v>4308</v>
       </c>
       <c r="F467" t="s">
-        <v>4307</v>
+        <v>4309</v>
       </c>
       <c r="G467" t="s">
-        <v>4308</v>
+        <v>4310</v>
       </c>
       <c r="H467" t="s">
-        <v>4309</v>
+        <v>4311</v>
       </c>
       <c r="I467" t="s">
-        <v>4310</v>
+        <v>4312</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>148</v>
+        <v>3810</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
-        <v>149</v>
+        <v>3811</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4311</v>
+        <v>4313</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65077</v>
+        <v>58066</v>
       </c>
       <c r="B468" t="s">
-        <v>4312</v>
+        <v>4314</v>
       </c>
       <c r="C468" t="s">
-        <v>4313</v>
+        <v>4315</v>
       </c>
       <c r="D468" t="s">
-        <v>4314</v>
+        <v>4316</v>
       </c>
       <c r="E468" t="s">
-        <v>4315</v>
+        <v>4317</v>
       </c>
       <c r="F468" t="s">
-        <v>4316</v>
+        <v>4318</v>
       </c>
       <c r="G468" t="s">
-        <v>4317</v>
+        <v>4319</v>
       </c>
       <c r="H468" t="s">
-        <v>4318</v>
+        <v>4320</v>
       </c>
       <c r="I468" t="s">
-        <v>4319</v>
+        <v>4321</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
-        <v>725</v>
+        <v>274</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
-        <v>726</v>
+        <v>276</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4320</v>
+        <v>4322</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65080</v>
+        <v>58067</v>
       </c>
       <c r="B469" t="s">
-        <v>4321</v>
+        <v>4323</v>
       </c>
       <c r="C469" t="s">
-        <v>4322</v>
+        <v>4324</v>
       </c>
       <c r="D469" t="s">
-        <v>4323</v>
+        <v>4325</v>
       </c>
       <c r="E469" t="s">
-        <v>4324</v>
+        <v>4326</v>
       </c>
       <c r="F469" t="s">
-        <v>4325</v>
+        <v>4327</v>
       </c>
       <c r="G469" t="s">
-        <v>4326</v>
+        <v>4328</v>
       </c>
       <c r="H469" t="s">
-        <v>4327</v>
+        <v>4329</v>
       </c>
       <c r="I469" t="s">
-        <v>4328</v>
+        <v>4330</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4329</v>
+        <v>4331</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65081</v>
+        <v>58090</v>
       </c>
       <c r="B470" t="s">
-        <v>4330</v>
+        <v>4332</v>
       </c>
       <c r="C470" t="s">
-        <v>4331</v>
+        <v>4333</v>
       </c>
       <c r="D470" t="s">
-        <v>4332</v>
+        <v>4334</v>
       </c>
       <c r="E470" t="s">
-        <v>4333</v>
+        <v>4335</v>
       </c>
       <c r="F470" t="s">
-        <v>4334</v>
+        <v>4336</v>
       </c>
       <c r="G470" t="s">
-        <v>4335</v>
+        <v>4337</v>
       </c>
       <c r="H470" t="s">
-        <v>4336</v>
+        <v>4338</v>
       </c>
       <c r="I470" t="s">
-        <v>4337</v>
+        <v>4339</v>
       </c>
       <c r="J470" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K470" t="s">
-        <v>47</v>
+        <v>758</v>
       </c>
       <c r="L470" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M470" t="s">
-        <v>48</v>
+        <v>760</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4338</v>
+        <v>4340</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65082</v>
+        <v>58091</v>
       </c>
       <c r="B471" t="s">
-        <v>4339</v>
+        <v>4341</v>
       </c>
       <c r="C471" t="s">
-        <v>4340</v>
+        <v>4342</v>
       </c>
       <c r="D471" t="s">
-        <v>4341</v>
+        <v>4343</v>
       </c>
       <c r="E471" t="s">
-        <v>4342</v>
+        <v>4344</v>
       </c>
       <c r="F471" t="s">
-        <v>4343</v>
+        <v>4345</v>
       </c>
       <c r="G471" t="s">
-        <v>4344</v>
+        <v>4346</v>
       </c>
       <c r="H471" t="s">
-        <v>4345</v>
+        <v>4347</v>
       </c>
       <c r="I471" t="s">
-        <v>4346</v>
+        <v>4348</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
-        <v>47</v>
+        <v>4349</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
-        <v>48</v>
+        <v>4350</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4347</v>
+        <v>4351</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65083</v>
+        <v>58093</v>
       </c>
       <c r="B472" t="s">
-        <v>4348</v>
+        <v>4352</v>
       </c>
       <c r="C472" t="s">
-        <v>4349</v>
+        <v>4353</v>
       </c>
       <c r="D472" t="s">
-        <v>4350</v>
+        <v>4354</v>
       </c>
       <c r="E472" t="s">
-        <v>4351</v>
+        <v>4355</v>
       </c>
       <c r="F472" t="s">
-        <v>4352</v>
+        <v>4356</v>
       </c>
       <c r="G472" t="s">
-        <v>4353</v>
+        <v>4357</v>
       </c>
       <c r="H472" t="s">
-        <v>4354</v>
+        <v>4358</v>
       </c>
       <c r="I472" t="s">
-        <v>4355</v>
+        <v>4359</v>
       </c>
       <c r="J472" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K472" t="s">
-        <v>148</v>
+        <v>2347</v>
       </c>
       <c r="L472" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M472" t="s">
-        <v>149</v>
+        <v>2348</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4356</v>
+        <v>4360</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65084</v>
+        <v>58120</v>
       </c>
       <c r="B473" t="s">
-        <v>4357</v>
+        <v>4361</v>
       </c>
       <c r="C473" t="s">
-        <v>4358</v>
+        <v>4362</v>
       </c>
       <c r="D473" t="s">
-        <v>4359</v>
+        <v>4363</v>
       </c>
       <c r="E473" t="s">
-        <v>4360</v>
+        <v>4364</v>
       </c>
       <c r="F473" t="s">
-        <v>4361</v>
+        <v>4365</v>
       </c>
       <c r="G473" t="s">
-        <v>4362</v>
+        <v>4366</v>
       </c>
       <c r="H473" t="s">
-        <v>4363</v>
+        <v>4367</v>
       </c>
       <c r="I473" t="s">
-        <v>4364</v>
+        <v>4368</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
         <v>25</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
         <v>27</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4365</v>
+        <v>4369</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65085</v>
+        <v>58122</v>
       </c>
       <c r="B474" t="s">
-        <v>4366</v>
+        <v>4370</v>
       </c>
       <c r="C474" t="s">
-        <v>4367</v>
+        <v>4371</v>
       </c>
       <c r="D474" t="s">
-        <v>4368</v>
+        <v>4372</v>
       </c>
       <c r="E474" t="s">
-        <v>4369</v>
+        <v>4373</v>
       </c>
       <c r="F474" t="s">
-        <v>4370</v>
+        <v>4374</v>
       </c>
       <c r="G474" t="s">
-        <v>4371</v>
+        <v>4375</v>
       </c>
       <c r="H474" t="s">
-        <v>4372</v>
+        <v>4376</v>
       </c>
       <c r="I474" t="s">
-        <v>4373</v>
+        <v>4377</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>559</v>
+        <v>170</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>560</v>
+        <v>171</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4374</v>
+        <v>4378</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65086</v>
+        <v>58125</v>
       </c>
       <c r="B475" t="s">
-        <v>4375</v>
+        <v>4379</v>
       </c>
       <c r="C475" t="s">
-        <v>4376</v>
+        <v>4380</v>
       </c>
       <c r="D475" t="s">
-        <v>4377</v>
+        <v>4381</v>
       </c>
       <c r="E475" t="s">
-        <v>4378</v>
+        <v>4382</v>
       </c>
       <c r="F475" t="s">
-        <v>4379</v>
+        <v>4383</v>
       </c>
       <c r="G475" t="s">
-        <v>4380</v>
+        <v>4384</v>
       </c>
       <c r="H475" t="s">
-        <v>4381</v>
+        <v>4385</v>
       </c>
       <c r="I475" t="s">
-        <v>4382</v>
+        <v>4386</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
-        <v>148</v>
+        <v>3810</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
-        <v>149</v>
+        <v>3811</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4383</v>
+        <v>4387</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65087</v>
+        <v>58144</v>
       </c>
       <c r="B476" t="s">
-        <v>4384</v>
+        <v>4388</v>
       </c>
       <c r="C476" t="s">
-        <v>4385</v>
+        <v>4389</v>
       </c>
       <c r="D476" t="s">
-        <v>4386</v>
+        <v>4390</v>
       </c>
       <c r="E476" t="s">
-        <v>4387</v>
+        <v>4391</v>
       </c>
       <c r="F476" t="s">
-        <v>4388</v>
+        <v>4392</v>
       </c>
       <c r="G476" t="s">
-        <v>4389</v>
+        <v>4393</v>
       </c>
       <c r="H476" t="s">
-        <v>4390</v>
+        <v>4394</v>
       </c>
       <c r="I476" t="s">
-        <v>4391</v>
+        <v>4395</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4392</v>
+        <v>4396</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65088</v>
+        <v>58148</v>
       </c>
       <c r="B477" t="s">
-        <v>4393</v>
+        <v>4397</v>
       </c>
       <c r="C477" t="s">
-        <v>4394</v>
+        <v>4398</v>
       </c>
       <c r="D477" t="s">
-        <v>4395</v>
+        <v>4399</v>
       </c>
       <c r="E477" t="s">
-        <v>4396</v>
+        <v>4400</v>
       </c>
       <c r="F477" t="s">
-        <v>4397</v>
+        <v>4401</v>
       </c>
       <c r="G477" t="s">
-        <v>4398</v>
+        <v>4402</v>
       </c>
       <c r="H477" t="s">
-        <v>4399</v>
+        <v>4403</v>
       </c>
       <c r="I477" t="s">
-        <v>4400</v>
+        <v>4404</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
-        <v>25</v>
+        <v>1071</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
-        <v>27</v>
+        <v>1072</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4401</v>
+        <v>4405</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65089</v>
+        <v>58218</v>
       </c>
       <c r="B478" t="s">
-        <v>4402</v>
+        <v>4406</v>
       </c>
       <c r="C478" t="s">
-        <v>4403</v>
+        <v>4407</v>
       </c>
       <c r="D478" t="s">
-        <v>4404</v>
+        <v>4408</v>
       </c>
       <c r="E478" t="s">
-        <v>4405</v>
+        <v>4409</v>
       </c>
       <c r="F478" t="s">
-        <v>4406</v>
+        <v>4410</v>
       </c>
       <c r="G478" t="s">
-        <v>4407</v>
+        <v>4411</v>
       </c>
       <c r="H478" t="s">
-        <v>4408</v>
+        <v>4412</v>
       </c>
       <c r="I478" t="s">
-        <v>4409</v>
+        <v>4413</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4410</v>
+        <v>4414</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65090</v>
+        <v>58223</v>
       </c>
       <c r="B479" t="s">
-        <v>4411</v>
+        <v>4415</v>
       </c>
       <c r="C479" t="s">
-        <v>4412</v>
+        <v>4416</v>
       </c>
       <c r="D479" t="s">
-        <v>4413</v>
+        <v>4417</v>
       </c>
       <c r="E479" t="s">
-        <v>4414</v>
+        <v>4418</v>
       </c>
       <c r="F479" t="s">
-        <v>4415</v>
+        <v>4419</v>
       </c>
       <c r="G479" t="s">
-        <v>4416</v>
+        <v>4420</v>
       </c>
       <c r="H479" t="s">
-        <v>4417</v>
+        <v>4421</v>
       </c>
       <c r="I479" t="s">
-        <v>4418</v>
+        <v>4422</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4419</v>
+        <v>4423</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65091</v>
+        <v>58240</v>
       </c>
       <c r="B480" t="s">
-        <v>4420</v>
+        <v>4424</v>
       </c>
       <c r="C480" t="s">
-        <v>4421</v>
+        <v>4425</v>
       </c>
       <c r="D480" t="s">
-        <v>4422</v>
+        <v>4426</v>
       </c>
       <c r="E480" t="s">
-        <v>4423</v>
+        <v>4427</v>
       </c>
       <c r="F480" t="s">
-        <v>4424</v>
+        <v>4428</v>
       </c>
       <c r="G480" t="s">
-        <v>4425</v>
+        <v>4429</v>
       </c>
       <c r="H480" t="s">
-        <v>4426</v>
+        <v>4430</v>
       </c>
       <c r="I480" t="s">
-        <v>4427</v>
+        <v>4431</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>25</v>
+        <v>4432</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>27</v>
+        <v>4433</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
-        <v>4428</v>
+        <v>4434</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65092</v>
+        <v>58259</v>
       </c>
       <c r="B481" t="s">
-        <v>4429</v>
+        <v>4435</v>
       </c>
       <c r="C481" t="s">
-        <v>4430</v>
+        <v>4436</v>
       </c>
       <c r="D481" t="s">
-        <v>4431</v>
+        <v>4437</v>
       </c>
       <c r="E481" t="s">
-        <v>4432</v>
+        <v>4438</v>
       </c>
       <c r="F481" t="s">
-        <v>4433</v>
+        <v>4439</v>
       </c>
       <c r="G481" t="s">
-        <v>4434</v>
+        <v>4440</v>
       </c>
       <c r="H481" t="s">
-        <v>4435</v>
+        <v>4441</v>
       </c>
       <c r="I481" t="s">
-        <v>4436</v>
+        <v>4442</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
-        <v>148</v>
+        <v>4443</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
-        <v>149</v>
+        <v>4444</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
-        <v>4437</v>
+        <v>4445</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65093</v>
+        <v>64597</v>
       </c>
       <c r="B482" t="s">
-        <v>4438</v>
+        <v>4446</v>
       </c>
       <c r="C482" t="s">
-        <v>4439</v>
+        <v>4447</v>
       </c>
       <c r="D482" t="s">
-        <v>4440</v>
+        <v>4448</v>
       </c>
       <c r="E482" t="s">
-        <v>4441</v>
+        <v>4449</v>
       </c>
       <c r="F482" t="s">
-        <v>4442</v>
+        <v>4450</v>
       </c>
       <c r="G482" t="s">
-        <v>4443</v>
+        <v>4451</v>
       </c>
       <c r="H482" t="s">
-        <v>4444</v>
+        <v>4452</v>
       </c>
       <c r="I482" t="s">
-        <v>4445</v>
+        <v>4453</v>
       </c>
       <c r="J482" t="s">
         <v>24</v>
       </c>
       <c r="K482" t="s">
-        <v>148</v>
+        <v>1136</v>
       </c>
       <c r="L482" t="s">
         <v>26</v>
       </c>
       <c r="M482" t="s">
-        <v>149</v>
+        <v>1137</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
-        <v>4446</v>
+        <v>4454</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65094</v>
+        <v>64637</v>
       </c>
       <c r="B483" t="s">
-        <v>4447</v>
+        <v>4455</v>
       </c>
       <c r="C483" t="s">
-        <v>4448</v>
+        <v>4456</v>
       </c>
       <c r="D483" t="s">
-        <v>4449</v>
+        <v>4457</v>
       </c>
       <c r="E483" t="s">
-        <v>4450</v>
+        <v>4458</v>
       </c>
       <c r="F483" t="s">
-        <v>4451</v>
+        <v>4459</v>
       </c>
       <c r="G483" t="s">
-        <v>4452</v>
+        <v>4460</v>
       </c>
       <c r="H483" t="s">
-        <v>4453</v>
+        <v>4461</v>
       </c>
       <c r="I483" t="s">
-        <v>4454</v>
+        <v>4462</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
-        <v>4455</v>
+        <v>47</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483" t="s">
-        <v>4456</v>
+        <v>48</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
-        <v>4457</v>
+        <v>4463</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65095</v>
+        <v>64643</v>
       </c>
       <c r="B484" t="s">
-        <v>4458</v>
+        <v>4464</v>
       </c>
       <c r="C484" t="s">
-        <v>4459</v>
+        <v>4465</v>
       </c>
       <c r="D484" t="s">
-        <v>4460</v>
+        <v>4466</v>
       </c>
       <c r="E484" t="s">
-        <v>4461</v>
+        <v>4467</v>
       </c>
       <c r="F484" t="s">
-        <v>4462</v>
+        <v>4468</v>
       </c>
       <c r="G484" t="s">
-        <v>4463</v>
+        <v>4469</v>
       </c>
       <c r="H484" t="s">
-        <v>4464</v>
+        <v>4470</v>
       </c>
       <c r="I484" t="s">
-        <v>4465</v>
+        <v>4471</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
-        <v>725</v>
+        <v>170</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
-        <v>726</v>
+        <v>171</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
-        <v>4466</v>
+        <v>4472</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65096</v>
+        <v>64689</v>
       </c>
       <c r="B485" t="s">
-        <v>4467</v>
+        <v>4473</v>
       </c>
       <c r="C485" t="s">
-        <v>4468</v>
+        <v>4474</v>
       </c>
       <c r="D485" t="s">
-        <v>4469</v>
+        <v>4475</v>
       </c>
       <c r="E485" t="s">
-        <v>4470</v>
+        <v>4476</v>
       </c>
       <c r="F485" t="s">
-        <v>4471</v>
+        <v>4477</v>
       </c>
       <c r="G485" t="s">
-        <v>4472</v>
+        <v>4478</v>
       </c>
       <c r="H485" t="s">
-        <v>4473</v>
+        <v>4479</v>
       </c>
       <c r="I485" t="s">
-        <v>4474</v>
+        <v>4480</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
-        <v>4475</v>
+        <v>4481</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65097</v>
+        <v>65000</v>
       </c>
       <c r="B486" t="s">
-        <v>4476</v>
+        <v>4482</v>
       </c>
       <c r="C486" t="s">
-        <v>4477</v>
+        <v>4483</v>
       </c>
       <c r="D486" t="s">
-        <v>4478</v>
+        <v>4484</v>
       </c>
       <c r="E486" t="s">
-        <v>4479</v>
+        <v>4485</v>
       </c>
       <c r="F486" t="s">
-        <v>4480</v>
+        <v>4486</v>
       </c>
       <c r="G486" t="s">
-        <v>4481</v>
+        <v>4487</v>
       </c>
       <c r="H486" t="s">
-        <v>4482</v>
+        <v>4488</v>
       </c>
       <c r="I486" t="s">
-        <v>4483</v>
+        <v>4489</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
-        <v>4484</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65098</v>
+        <v>65001</v>
       </c>
       <c r="B487" t="s">
-        <v>4485</v>
+        <v>4491</v>
       </c>
       <c r="C487" t="s">
-        <v>4486</v>
+        <v>4492</v>
       </c>
       <c r="D487" t="s">
-        <v>4487</v>
+        <v>4493</v>
       </c>
       <c r="E487" t="s">
-        <v>4488</v>
+        <v>4494</v>
       </c>
       <c r="F487" t="s">
-        <v>4489</v>
+        <v>4495</v>
       </c>
       <c r="G487" t="s">
-        <v>4490</v>
+        <v>4496</v>
       </c>
       <c r="H487" t="s">
-        <v>4491</v>
+        <v>4497</v>
       </c>
       <c r="I487" t="s">
-        <v>4492</v>
+        <v>4498</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
-        <v>4493</v>
+        <v>4499</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65099</v>
+        <v>65002</v>
       </c>
       <c r="B488" t="s">
-        <v>4494</v>
+        <v>4500</v>
       </c>
       <c r="C488" t="s">
-        <v>4495</v>
+        <v>4501</v>
       </c>
       <c r="D488" t="s">
-        <v>4496</v>
+        <v>4502</v>
       </c>
       <c r="E488" t="s">
-        <v>4497</v>
+        <v>4503</v>
       </c>
       <c r="F488" t="s">
-        <v>4498</v>
+        <v>4504</v>
       </c>
       <c r="G488" t="s">
-        <v>4499</v>
+        <v>4505</v>
       </c>
       <c r="H488" t="s">
-        <v>4500</v>
+        <v>4506</v>
       </c>
       <c r="I488" t="s">
-        <v>4501</v>
+        <v>4507</v>
       </c>
       <c r="J488" t="s">
         <v>24</v>
       </c>
       <c r="K488" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L488" t="s">
         <v>26</v>
       </c>
       <c r="M488" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
-        <v>4502</v>
+        <v>4508</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65100</v>
+        <v>65003</v>
       </c>
       <c r="B489" t="s">
-        <v>4503</v>
+        <v>4509</v>
       </c>
       <c r="C489" t="s">
-        <v>4504</v>
+        <v>4510</v>
       </c>
       <c r="D489" t="s">
-        <v>4505</v>
+        <v>4511</v>
       </c>
       <c r="E489" t="s">
-        <v>4506</v>
+        <v>4512</v>
       </c>
       <c r="F489" t="s">
-        <v>4507</v>
+        <v>4513</v>
       </c>
       <c r="G489" t="s">
-        <v>4508</v>
+        <v>4514</v>
       </c>
       <c r="H489" t="s">
-        <v>4509</v>
+        <v>4515</v>
       </c>
       <c r="I489" t="s">
-        <v>4510</v>
+        <v>4516</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>3870</v>
+        <v>170</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>3871</v>
+        <v>171</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
-        <v>4511</v>
+        <v>4517</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65101</v>
+        <v>65004</v>
       </c>
       <c r="B490" t="s">
-        <v>4512</v>
+        <v>4518</v>
       </c>
       <c r="C490" t="s">
-        <v>4513</v>
+        <v>4519</v>
       </c>
       <c r="D490" t="s">
-        <v>4514</v>
+        <v>4520</v>
       </c>
       <c r="E490" t="s">
-        <v>4515</v>
+        <v>4521</v>
       </c>
       <c r="F490" t="s">
-        <v>4516</v>
+        <v>4522</v>
       </c>
       <c r="G490" t="s">
-        <v>4517</v>
+        <v>4523</v>
       </c>
       <c r="H490" t="s">
-        <v>4518</v>
+        <v>4524</v>
       </c>
       <c r="I490" t="s">
-        <v>4519</v>
+        <v>4525</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
-        <v>4520</v>
+        <v>4526</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65102</v>
+        <v>65005</v>
       </c>
       <c r="B491" t="s">
-        <v>4521</v>
+        <v>4527</v>
       </c>
       <c r="C491" t="s">
-        <v>4522</v>
+        <v>4528</v>
       </c>
       <c r="D491" t="s">
-        <v>4523</v>
+        <v>4529</v>
       </c>
       <c r="E491" t="s">
-        <v>4524</v>
+        <v>4530</v>
       </c>
       <c r="F491" t="s">
-        <v>4525</v>
+        <v>4531</v>
       </c>
       <c r="G491" t="s">
-        <v>4526</v>
+        <v>4532</v>
       </c>
       <c r="H491" t="s">
-        <v>4527</v>
+        <v>4533</v>
       </c>
       <c r="I491" t="s">
-        <v>4528</v>
+        <v>4534</v>
       </c>
       <c r="J491" t="s">
         <v>24</v>
       </c>
       <c r="K491" t="s">
-        <v>25</v>
+        <v>2867</v>
       </c>
       <c r="L491" t="s">
         <v>26</v>
       </c>
       <c r="M491" t="s">
-        <v>27</v>
+        <v>2868</v>
       </c>
       <c r="N491" t="s">
         <v>28</v>
       </c>
       <c r="O491" t="s">
-        <v>4529</v>
+        <v>4535</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65104</v>
+        <v>65006</v>
       </c>
       <c r="B492" t="s">
-        <v>4530</v>
+        <v>4536</v>
       </c>
       <c r="C492" t="s">
-        <v>4531</v>
+        <v>4537</v>
       </c>
       <c r="D492" t="s">
-        <v>4532</v>
+        <v>4538</v>
       </c>
       <c r="E492" t="s">
-        <v>4533</v>
+        <v>4539</v>
       </c>
       <c r="F492" t="s">
-        <v>4534</v>
+        <v>4540</v>
       </c>
       <c r="G492" t="s">
-        <v>4535</v>
+        <v>4541</v>
       </c>
       <c r="H492" t="s">
-        <v>4536</v>
+        <v>4542</v>
       </c>
       <c r="I492" t="s">
-        <v>4537</v>
+        <v>4543</v>
       </c>
       <c r="J492" t="s">
         <v>24</v>
       </c>
       <c r="K492" t="s">
-        <v>2536</v>
+        <v>4544</v>
       </c>
       <c r="L492" t="s">
         <v>26</v>
       </c>
       <c r="M492" t="s">
-        <v>2537</v>
+        <v>4545</v>
       </c>
       <c r="N492" t="s">
         <v>28</v>
       </c>
       <c r="O492" t="s">
-        <v>4538</v>
+        <v>4546</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65105</v>
+        <v>65007</v>
       </c>
       <c r="B493" t="s">
-        <v>4539</v>
+        <v>4547</v>
       </c>
       <c r="C493" t="s">
-        <v>4540</v>
+        <v>4548</v>
       </c>
       <c r="D493" t="s">
-        <v>4541</v>
+        <v>4549</v>
       </c>
       <c r="E493" t="s">
-        <v>4542</v>
+        <v>4550</v>
       </c>
       <c r="F493" t="s">
-        <v>4543</v>
+        <v>4551</v>
       </c>
       <c r="G493" t="s">
-        <v>4544</v>
+        <v>4552</v>
       </c>
       <c r="H493" t="s">
-        <v>4545</v>
+        <v>4553</v>
       </c>
       <c r="I493" t="s">
-        <v>4546</v>
+        <v>4554</v>
       </c>
       <c r="J493" t="s">
         <v>24</v>
       </c>
       <c r="K493" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L493" t="s">
         <v>26</v>
       </c>
       <c r="M493" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
-        <v>4547</v>
+        <v>4555</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65124</v>
+        <v>65008</v>
       </c>
       <c r="B494" t="s">
-        <v>4548</v>
+        <v>4556</v>
       </c>
       <c r="C494" t="s">
-        <v>4549</v>
+        <v>4557</v>
       </c>
       <c r="D494" t="s">
-        <v>4550</v>
+        <v>4558</v>
       </c>
       <c r="E494" t="s">
-        <v>4551</v>
+        <v>4559</v>
       </c>
       <c r="F494" t="s">
-        <v>4552</v>
+        <v>4560</v>
       </c>
       <c r="G494" t="s">
-        <v>4553</v>
+        <v>4561</v>
       </c>
       <c r="H494" t="s">
-        <v>4554</v>
+        <v>4562</v>
       </c>
       <c r="I494" t="s">
-        <v>4555</v>
+        <v>4563</v>
       </c>
       <c r="J494" t="s">
         <v>24</v>
       </c>
       <c r="K494" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L494" t="s">
         <v>26</v>
       </c>
       <c r="M494" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
-        <v>4556</v>
+        <v>4564</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
+        <v>65009</v>
+      </c>
+      <c r="B495" t="s">
+        <v>4565</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4566</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4567</v>
+      </c>
+      <c r="E495" t="s">
+        <v>4568</v>
+      </c>
+      <c r="F495" t="s">
+        <v>4569</v>
+      </c>
+      <c r="G495" t="s">
+        <v>4570</v>
+      </c>
+      <c r="H495" t="s">
+        <v>4571</v>
+      </c>
+      <c r="I495" t="s">
+        <v>4572</v>
+      </c>
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
+        <v>170</v>
+      </c>
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
+        <v>171</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
+        <v>4573</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15">
+      <c r="A496">
+        <v>65010</v>
+      </c>
+      <c r="B496" t="s">
+        <v>4574</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4575</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4576</v>
+      </c>
+      <c r="E496" t="s">
+        <v>4577</v>
+      </c>
+      <c r="F496" t="s">
+        <v>4578</v>
+      </c>
+      <c r="G496" t="s">
+        <v>4579</v>
+      </c>
+      <c r="H496" t="s">
+        <v>4580</v>
+      </c>
+      <c r="I496" t="s">
+        <v>4581</v>
+      </c>
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>25</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>27</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15">
+      <c r="A497">
+        <v>65011</v>
+      </c>
+      <c r="B497" t="s">
+        <v>4583</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4584</v>
+      </c>
+      <c r="D497" t="s">
+        <v>4585</v>
+      </c>
+      <c r="E497" t="s">
+        <v>4586</v>
+      </c>
+      <c r="F497" t="s">
+        <v>4587</v>
+      </c>
+      <c r="G497" t="s">
+        <v>4588</v>
+      </c>
+      <c r="H497" t="s">
+        <v>4589</v>
+      </c>
+      <c r="I497" t="s">
+        <v>4590</v>
+      </c>
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
+        <v>170</v>
+      </c>
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
+        <v>171</v>
+      </c>
+      <c r="N497" t="s">
+        <v>28</v>
+      </c>
+      <c r="O497" t="s">
+        <v>4591</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15">
+      <c r="A498">
+        <v>65012</v>
+      </c>
+      <c r="B498" t="s">
+        <v>4592</v>
+      </c>
+      <c r="C498" t="s">
+        <v>4593</v>
+      </c>
+      <c r="D498" t="s">
+        <v>4594</v>
+      </c>
+      <c r="E498" t="s">
+        <v>4595</v>
+      </c>
+      <c r="F498" t="s">
+        <v>4596</v>
+      </c>
+      <c r="G498" t="s">
+        <v>4597</v>
+      </c>
+      <c r="H498" t="s">
+        <v>4598</v>
+      </c>
+      <c r="I498" t="s">
+        <v>4599</v>
+      </c>
+      <c r="J498" t="s">
+        <v>24</v>
+      </c>
+      <c r="K498" t="s">
+        <v>4600</v>
+      </c>
+      <c r="L498" t="s">
+        <v>26</v>
+      </c>
+      <c r="M498" t="s">
+        <v>4601</v>
+      </c>
+      <c r="N498" t="s">
+        <v>28</v>
+      </c>
+      <c r="O498" t="s">
+        <v>4602</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15">
+      <c r="A499">
+        <v>65013</v>
+      </c>
+      <c r="B499" t="s">
+        <v>4603</v>
+      </c>
+      <c r="C499" t="s">
+        <v>4604</v>
+      </c>
+      <c r="D499" t="s">
+        <v>4605</v>
+      </c>
+      <c r="E499" t="s">
+        <v>4606</v>
+      </c>
+      <c r="F499" t="s">
+        <v>4607</v>
+      </c>
+      <c r="G499" t="s">
+        <v>4608</v>
+      </c>
+      <c r="H499" t="s">
+        <v>4609</v>
+      </c>
+      <c r="I499" t="s">
+        <v>4610</v>
+      </c>
+      <c r="J499" t="s">
+        <v>24</v>
+      </c>
+      <c r="K499" t="s">
+        <v>25</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>27</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
+        <v>4611</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15">
+      <c r="A500">
+        <v>65014</v>
+      </c>
+      <c r="B500" t="s">
+        <v>4612</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4613</v>
+      </c>
+      <c r="D500" t="s">
+        <v>4614</v>
+      </c>
+      <c r="E500" t="s">
+        <v>4615</v>
+      </c>
+      <c r="F500" t="s">
+        <v>4616</v>
+      </c>
+      <c r="G500" t="s">
+        <v>4617</v>
+      </c>
+      <c r="H500" t="s">
+        <v>4618</v>
+      </c>
+      <c r="I500" t="s">
+        <v>4619</v>
+      </c>
+      <c r="J500" t="s">
+        <v>450</v>
+      </c>
+      <c r="K500" t="s">
+        <v>690</v>
+      </c>
+      <c r="L500" t="s">
+        <v>452</v>
+      </c>
+      <c r="M500" t="s">
+        <v>691</v>
+      </c>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
+        <v>4620</v>
+      </c>
+    </row>
+    <row r="501" spans="1:15">
+      <c r="A501">
+        <v>65015</v>
+      </c>
+      <c r="B501" t="s">
+        <v>4621</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4622</v>
+      </c>
+      <c r="D501" t="s">
+        <v>4623</v>
+      </c>
+      <c r="E501" t="s">
+        <v>4624</v>
+      </c>
+      <c r="F501" t="s">
+        <v>4625</v>
+      </c>
+      <c r="G501" t="s">
+        <v>4626</v>
+      </c>
+      <c r="H501" t="s">
+        <v>4627</v>
+      </c>
+      <c r="I501" t="s">
+        <v>4628</v>
+      </c>
+      <c r="J501" t="s">
+        <v>24</v>
+      </c>
+      <c r="K501" t="s">
+        <v>170</v>
+      </c>
+      <c r="L501" t="s">
+        <v>26</v>
+      </c>
+      <c r="M501" t="s">
+        <v>171</v>
+      </c>
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
+        <v>4629</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15">
+      <c r="A502">
+        <v>65016</v>
+      </c>
+      <c r="B502" t="s">
+        <v>4630</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4631</v>
+      </c>
+      <c r="D502" t="s">
+        <v>4632</v>
+      </c>
+      <c r="E502" t="s">
+        <v>4633</v>
+      </c>
+      <c r="F502" t="s">
+        <v>4634</v>
+      </c>
+      <c r="G502" t="s">
+        <v>4635</v>
+      </c>
+      <c r="H502" t="s">
+        <v>4636</v>
+      </c>
+      <c r="I502" t="s">
+        <v>4637</v>
+      </c>
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>25</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>27</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
+        <v>4638</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15">
+      <c r="A503">
+        <v>65017</v>
+      </c>
+      <c r="B503" t="s">
+        <v>4639</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4640</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4641</v>
+      </c>
+      <c r="E503" t="s">
+        <v>4642</v>
+      </c>
+      <c r="F503" t="s">
+        <v>4643</v>
+      </c>
+      <c r="G503" t="s">
+        <v>4644</v>
+      </c>
+      <c r="H503" t="s">
+        <v>4645</v>
+      </c>
+      <c r="I503" t="s">
+        <v>4646</v>
+      </c>
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>4647</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>4648</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
+        <v>4649</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15">
+      <c r="A504">
+        <v>65018</v>
+      </c>
+      <c r="B504" t="s">
+        <v>4650</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4651</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4652</v>
+      </c>
+      <c r="E504" t="s">
+        <v>4653</v>
+      </c>
+      <c r="F504" t="s">
+        <v>4654</v>
+      </c>
+      <c r="G504" t="s">
+        <v>4655</v>
+      </c>
+      <c r="H504" t="s">
+        <v>4656</v>
+      </c>
+      <c r="I504" t="s">
+        <v>4657</v>
+      </c>
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
+        <v>4658</v>
+      </c>
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
+        <v>4659</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
+        <v>4660</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15">
+      <c r="A505">
+        <v>65019</v>
+      </c>
+      <c r="B505" t="s">
+        <v>4661</v>
+      </c>
+      <c r="C505" t="s">
+        <v>4662</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4663</v>
+      </c>
+      <c r="E505" t="s">
+        <v>4664</v>
+      </c>
+      <c r="F505" t="s">
+        <v>4665</v>
+      </c>
+      <c r="G505" t="s">
+        <v>4666</v>
+      </c>
+      <c r="H505" t="s">
+        <v>4667</v>
+      </c>
+      <c r="I505" t="s">
+        <v>4668</v>
+      </c>
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>170</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>171</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
+        <v>4669</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15">
+      <c r="A506">
+        <v>65020</v>
+      </c>
+      <c r="B506" t="s">
+        <v>4670</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4671</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4672</v>
+      </c>
+      <c r="E506" t="s">
+        <v>4673</v>
+      </c>
+      <c r="F506" t="s">
+        <v>4674</v>
+      </c>
+      <c r="G506" t="s">
+        <v>4675</v>
+      </c>
+      <c r="H506" t="s">
+        <v>4676</v>
+      </c>
+      <c r="I506" t="s">
+        <v>4677</v>
+      </c>
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>4678</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>4679</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
+        <v>4680</v>
+      </c>
+    </row>
+    <row r="507" spans="1:15">
+      <c r="A507">
+        <v>65021</v>
+      </c>
+      <c r="B507" t="s">
+        <v>4681</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4682</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4683</v>
+      </c>
+      <c r="E507" t="s">
+        <v>4684</v>
+      </c>
+      <c r="F507" t="s">
+        <v>4685</v>
+      </c>
+      <c r="G507" t="s">
+        <v>4686</v>
+      </c>
+      <c r="H507" t="s">
+        <v>4687</v>
+      </c>
+      <c r="I507" t="s">
+        <v>4688</v>
+      </c>
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>25</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>27</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
+        <v>4689</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15">
+      <c r="A508">
+        <v>65022</v>
+      </c>
+      <c r="B508" t="s">
+        <v>4690</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4691</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4692</v>
+      </c>
+      <c r="E508" t="s">
+        <v>4693</v>
+      </c>
+      <c r="F508" t="s">
+        <v>4694</v>
+      </c>
+      <c r="G508" t="s">
+        <v>4695</v>
+      </c>
+      <c r="H508" t="s">
+        <v>4696</v>
+      </c>
+      <c r="I508" t="s">
+        <v>4697</v>
+      </c>
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>25</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>27</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
+        <v>4698</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15">
+      <c r="A509">
+        <v>65023</v>
+      </c>
+      <c r="B509" t="s">
+        <v>4699</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4700</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4701</v>
+      </c>
+      <c r="E509" t="s">
+        <v>4702</v>
+      </c>
+      <c r="F509" t="s">
+        <v>4703</v>
+      </c>
+      <c r="G509" t="s">
+        <v>4704</v>
+      </c>
+      <c r="H509" t="s">
+        <v>4705</v>
+      </c>
+      <c r="I509" t="s">
+        <v>4706</v>
+      </c>
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
+        <v>25</v>
+      </c>
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
+        <v>27</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
+        <v>4707</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15">
+      <c r="A510">
+        <v>65025</v>
+      </c>
+      <c r="B510" t="s">
+        <v>4708</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4709</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4710</v>
+      </c>
+      <c r="E510" t="s">
+        <v>4711</v>
+      </c>
+      <c r="F510" t="s">
+        <v>4712</v>
+      </c>
+      <c r="G510" t="s">
+        <v>4713</v>
+      </c>
+      <c r="H510" t="s">
+        <v>4714</v>
+      </c>
+      <c r="I510" t="s">
+        <v>4715</v>
+      </c>
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>25</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>27</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
+        <v>4716</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15">
+      <c r="A511">
+        <v>65026</v>
+      </c>
+      <c r="B511" t="s">
+        <v>4717</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4718</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4719</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4720</v>
+      </c>
+      <c r="F511" t="s">
+        <v>4721</v>
+      </c>
+      <c r="G511" t="s">
+        <v>4722</v>
+      </c>
+      <c r="H511" t="s">
+        <v>4723</v>
+      </c>
+      <c r="I511" t="s">
+        <v>4724</v>
+      </c>
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
+        <v>25</v>
+      </c>
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
+        <v>27</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
+        <v>4725</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15">
+      <c r="A512">
+        <v>65027</v>
+      </c>
+      <c r="B512" t="s">
+        <v>4726</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4727</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4728</v>
+      </c>
+      <c r="E512" t="s">
+        <v>4729</v>
+      </c>
+      <c r="F512" t="s">
+        <v>4730</v>
+      </c>
+      <c r="G512" t="s">
+        <v>4731</v>
+      </c>
+      <c r="H512" t="s">
+        <v>4732</v>
+      </c>
+      <c r="I512" t="s">
+        <v>4733</v>
+      </c>
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>690</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>691</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
+        <v>4734</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15">
+      <c r="A513">
+        <v>65028</v>
+      </c>
+      <c r="B513" t="s">
+        <v>4735</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4736</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4737</v>
+      </c>
+      <c r="E513" t="s">
+        <v>4738</v>
+      </c>
+      <c r="F513" t="s">
+        <v>4739</v>
+      </c>
+      <c r="G513" t="s">
+        <v>4740</v>
+      </c>
+      <c r="H513" t="s">
+        <v>4741</v>
+      </c>
+      <c r="I513" t="s">
+        <v>4742</v>
+      </c>
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>25</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>27</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
+        <v>4743</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15">
+      <c r="A514">
+        <v>65030</v>
+      </c>
+      <c r="B514" t="s">
+        <v>4744</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4745</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4746</v>
+      </c>
+      <c r="E514" t="s">
+        <v>4747</v>
+      </c>
+      <c r="F514" t="s">
+        <v>4748</v>
+      </c>
+      <c r="G514" t="s">
+        <v>4749</v>
+      </c>
+      <c r="H514" t="s">
+        <v>4750</v>
+      </c>
+      <c r="I514" t="s">
+        <v>4751</v>
+      </c>
+      <c r="J514" t="s">
+        <v>24</v>
+      </c>
+      <c r="K514" t="s">
+        <v>25</v>
+      </c>
+      <c r="L514" t="s">
+        <v>26</v>
+      </c>
+      <c r="M514" t="s">
+        <v>27</v>
+      </c>
+      <c r="N514" t="s">
+        <v>28</v>
+      </c>
+      <c r="O514" t="s">
+        <v>4752</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15">
+      <c r="A515">
+        <v>65031</v>
+      </c>
+      <c r="B515" t="s">
+        <v>4753</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4754</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4755</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4756</v>
+      </c>
+      <c r="F515" t="s">
+        <v>4757</v>
+      </c>
+      <c r="G515" t="s">
+        <v>4758</v>
+      </c>
+      <c r="H515" t="s">
+        <v>4759</v>
+      </c>
+      <c r="I515" t="s">
+        <v>4760</v>
+      </c>
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
+        <v>25</v>
+      </c>
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
+        <v>27</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
+        <v>4761</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15">
+      <c r="A516">
+        <v>65032</v>
+      </c>
+      <c r="B516" t="s">
+        <v>4762</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4763</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4764</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4765</v>
+      </c>
+      <c r="F516" t="s">
+        <v>4766</v>
+      </c>
+      <c r="G516" t="s">
+        <v>4767</v>
+      </c>
+      <c r="H516" t="s">
+        <v>4768</v>
+      </c>
+      <c r="I516" t="s">
+        <v>4769</v>
+      </c>
+      <c r="J516" t="s">
+        <v>24</v>
+      </c>
+      <c r="K516" t="s">
+        <v>170</v>
+      </c>
+      <c r="L516" t="s">
+        <v>26</v>
+      </c>
+      <c r="M516" t="s">
+        <v>171</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
+        <v>4770</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15">
+      <c r="A517">
+        <v>65033</v>
+      </c>
+      <c r="B517" t="s">
+        <v>4771</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4772</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4773</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4774</v>
+      </c>
+      <c r="F517" t="s">
+        <v>4775</v>
+      </c>
+      <c r="G517" t="s">
+        <v>4776</v>
+      </c>
+      <c r="H517" t="s">
+        <v>4777</v>
+      </c>
+      <c r="I517" t="s">
+        <v>4778</v>
+      </c>
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>4779</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>4780</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
+        <v>4781</v>
+      </c>
+    </row>
+    <row r="518" spans="1:15">
+      <c r="A518">
+        <v>65034</v>
+      </c>
+      <c r="B518" t="s">
+        <v>4782</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4783</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4784</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4785</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4786</v>
+      </c>
+      <c r="G518" t="s">
+        <v>4787</v>
+      </c>
+      <c r="H518" t="s">
+        <v>4788</v>
+      </c>
+      <c r="I518" t="s">
+        <v>4789</v>
+      </c>
+      <c r="J518" t="s">
+        <v>450</v>
+      </c>
+      <c r="K518" t="s">
+        <v>580</v>
+      </c>
+      <c r="L518" t="s">
+        <v>452</v>
+      </c>
+      <c r="M518" t="s">
+        <v>581</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
+        <v>4790</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15">
+      <c r="A519">
+        <v>65035</v>
+      </c>
+      <c r="B519" t="s">
+        <v>4791</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4792</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4793</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4794</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4795</v>
+      </c>
+      <c r="G519" t="s">
+        <v>4796</v>
+      </c>
+      <c r="H519" t="s">
+        <v>4797</v>
+      </c>
+      <c r="I519" t="s">
+        <v>4798</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>25</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>27</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4799</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15">
+      <c r="A520">
+        <v>65036</v>
+      </c>
+      <c r="B520" t="s">
+        <v>4800</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4801</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4802</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4803</v>
+      </c>
+      <c r="F520" t="s">
+        <v>4804</v>
+      </c>
+      <c r="G520" t="s">
+        <v>4805</v>
+      </c>
+      <c r="H520" t="s">
+        <v>4806</v>
+      </c>
+      <c r="I520" t="s">
+        <v>4807</v>
+      </c>
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>25</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>27</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
+        <v>4808</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15">
+      <c r="A521">
+        <v>65037</v>
+      </c>
+      <c r="B521" t="s">
+        <v>4809</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4810</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4811</v>
+      </c>
+      <c r="E521" t="s">
+        <v>4812</v>
+      </c>
+      <c r="F521" t="s">
+        <v>4813</v>
+      </c>
+      <c r="G521" t="s">
+        <v>4814</v>
+      </c>
+      <c r="H521" t="s">
+        <v>4815</v>
+      </c>
+      <c r="I521" t="s">
+        <v>4816</v>
+      </c>
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>25</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>27</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
+        <v>4817</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15">
+      <c r="A522">
+        <v>65038</v>
+      </c>
+      <c r="B522" t="s">
+        <v>4818</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4819</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4820</v>
+      </c>
+      <c r="E522" t="s">
+        <v>4821</v>
+      </c>
+      <c r="F522" t="s">
+        <v>4822</v>
+      </c>
+      <c r="G522" t="s">
+        <v>4823</v>
+      </c>
+      <c r="H522" t="s">
+        <v>4824</v>
+      </c>
+      <c r="I522" t="s">
+        <v>4825</v>
+      </c>
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
+        <v>170</v>
+      </c>
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
+        <v>171</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
+        <v>4826</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15">
+      <c r="A523">
+        <v>65039</v>
+      </c>
+      <c r="B523" t="s">
+        <v>4827</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4828</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4829</v>
+      </c>
+      <c r="E523" t="s">
+        <v>4830</v>
+      </c>
+      <c r="F523" t="s">
+        <v>4831</v>
+      </c>
+      <c r="G523" t="s">
+        <v>4832</v>
+      </c>
+      <c r="H523" t="s">
+        <v>4833</v>
+      </c>
+      <c r="I523" t="s">
+        <v>4834</v>
+      </c>
+      <c r="J523" t="s">
+        <v>24</v>
+      </c>
+      <c r="K523" t="s">
+        <v>170</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>171</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
+        <v>4835</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15">
+      <c r="A524">
+        <v>65040</v>
+      </c>
+      <c r="B524" t="s">
+        <v>4836</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4837</v>
+      </c>
+      <c r="D524" t="s">
+        <v>4838</v>
+      </c>
+      <c r="E524" t="s">
+        <v>4839</v>
+      </c>
+      <c r="F524" t="s">
+        <v>4840</v>
+      </c>
+      <c r="G524" t="s">
+        <v>4841</v>
+      </c>
+      <c r="H524" t="s">
+        <v>4842</v>
+      </c>
+      <c r="I524" t="s">
+        <v>4843</v>
+      </c>
+      <c r="J524" t="s">
+        <v>24</v>
+      </c>
+      <c r="K524" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L524" t="s">
+        <v>26</v>
+      </c>
+      <c r="M524" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N524" t="s">
+        <v>28</v>
+      </c>
+      <c r="O524" t="s">
+        <v>4844</v>
+      </c>
+    </row>
+    <row r="525" spans="1:15">
+      <c r="A525">
+        <v>65043</v>
+      </c>
+      <c r="B525" t="s">
+        <v>4845</v>
+      </c>
+      <c r="C525" t="s">
+        <v>4846</v>
+      </c>
+      <c r="D525" t="s">
+        <v>4847</v>
+      </c>
+      <c r="E525" t="s">
+        <v>4848</v>
+      </c>
+      <c r="F525" t="s">
+        <v>4849</v>
+      </c>
+      <c r="G525" t="s">
+        <v>4850</v>
+      </c>
+      <c r="H525" t="s">
+        <v>4851</v>
+      </c>
+      <c r="I525" t="s">
+        <v>4852</v>
+      </c>
+      <c r="J525" t="s">
+        <v>24</v>
+      </c>
+      <c r="K525" t="s">
+        <v>25</v>
+      </c>
+      <c r="L525" t="s">
+        <v>26</v>
+      </c>
+      <c r="M525" t="s">
+        <v>27</v>
+      </c>
+      <c r="N525" t="s">
+        <v>28</v>
+      </c>
+      <c r="O525" t="s">
+        <v>4853</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15">
+      <c r="A526">
+        <v>65044</v>
+      </c>
+      <c r="B526" t="s">
+        <v>4854</v>
+      </c>
+      <c r="C526" t="s">
+        <v>4855</v>
+      </c>
+      <c r="D526" t="s">
+        <v>4856</v>
+      </c>
+      <c r="E526" t="s">
+        <v>4857</v>
+      </c>
+      <c r="F526" t="s">
+        <v>4858</v>
+      </c>
+      <c r="G526" t="s">
+        <v>4859</v>
+      </c>
+      <c r="H526" t="s">
+        <v>4860</v>
+      </c>
+      <c r="I526" t="s">
+        <v>4861</v>
+      </c>
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>25</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>27</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
+        <v>4862</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15">
+      <c r="A527">
+        <v>65045</v>
+      </c>
+      <c r="B527" t="s">
+        <v>4863</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4864</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4865</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4866</v>
+      </c>
+      <c r="F527" t="s">
+        <v>4867</v>
+      </c>
+      <c r="G527" t="s">
+        <v>4868</v>
+      </c>
+      <c r="H527" t="s">
+        <v>4869</v>
+      </c>
+      <c r="I527" t="s">
+        <v>4870</v>
+      </c>
+      <c r="J527" t="s">
+        <v>58</v>
+      </c>
+      <c r="K527" t="s">
+        <v>4871</v>
+      </c>
+      <c r="L527" t="s">
+        <v>60</v>
+      </c>
+      <c r="M527" t="s">
+        <v>4872</v>
+      </c>
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
+        <v>4873</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15">
+      <c r="A528">
+        <v>65046</v>
+      </c>
+      <c r="B528" t="s">
+        <v>4874</v>
+      </c>
+      <c r="C528" t="s">
+        <v>4875</v>
+      </c>
+      <c r="D528" t="s">
+        <v>4876</v>
+      </c>
+      <c r="E528" t="s">
+        <v>4877</v>
+      </c>
+      <c r="F528" t="s">
+        <v>4878</v>
+      </c>
+      <c r="G528" t="s">
+        <v>4879</v>
+      </c>
+      <c r="H528" t="s">
+        <v>4880</v>
+      </c>
+      <c r="I528" t="s">
+        <v>4881</v>
+      </c>
+      <c r="J528" t="s">
+        <v>24</v>
+      </c>
+      <c r="K528" t="s">
+        <v>47</v>
+      </c>
+      <c r="L528" t="s">
+        <v>26</v>
+      </c>
+      <c r="M528" t="s">
+        <v>48</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
+        <v>4882</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15">
+      <c r="A529">
+        <v>65047</v>
+      </c>
+      <c r="B529" t="s">
+        <v>4883</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4884</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4885</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4886</v>
+      </c>
+      <c r="F529" t="s">
+        <v>4887</v>
+      </c>
+      <c r="G529" t="s">
+        <v>4888</v>
+      </c>
+      <c r="H529" t="s">
+        <v>4889</v>
+      </c>
+      <c r="I529" t="s">
+        <v>4890</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>4871</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>4872</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4891</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530">
+        <v>65049</v>
+      </c>
+      <c r="B530" t="s">
+        <v>4892</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4893</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4894</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4895</v>
+      </c>
+      <c r="F530" t="s">
+        <v>4896</v>
+      </c>
+      <c r="G530" t="s">
+        <v>4897</v>
+      </c>
+      <c r="H530" t="s">
+        <v>4898</v>
+      </c>
+      <c r="I530" t="s">
+        <v>4899</v>
+      </c>
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
+        <v>59</v>
+      </c>
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
+        <v>61</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
+        <v>4900</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15">
+      <c r="A531">
+        <v>65050</v>
+      </c>
+      <c r="B531" t="s">
+        <v>4901</v>
+      </c>
+      <c r="C531" t="s">
+        <v>4902</v>
+      </c>
+      <c r="D531" t="s">
+        <v>4903</v>
+      </c>
+      <c r="E531" t="s">
+        <v>4904</v>
+      </c>
+      <c r="F531" t="s">
+        <v>4905</v>
+      </c>
+      <c r="G531" t="s">
+        <v>4906</v>
+      </c>
+      <c r="H531" t="s">
+        <v>4907</v>
+      </c>
+      <c r="I531" t="s">
+        <v>4908</v>
+      </c>
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
+        <v>25</v>
+      </c>
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
+        <v>27</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
+        <v>4909</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532">
+        <v>65051</v>
+      </c>
+      <c r="B532" t="s">
+        <v>4910</v>
+      </c>
+      <c r="C532" t="s">
+        <v>4911</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4912</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4913</v>
+      </c>
+      <c r="F532" t="s">
+        <v>4914</v>
+      </c>
+      <c r="G532" t="s">
+        <v>4915</v>
+      </c>
+      <c r="H532" t="s">
+        <v>4916</v>
+      </c>
+      <c r="I532" t="s">
+        <v>4917</v>
+      </c>
+      <c r="J532" t="s">
+        <v>24</v>
+      </c>
+      <c r="K532" t="s">
+        <v>746</v>
+      </c>
+      <c r="L532" t="s">
+        <v>26</v>
+      </c>
+      <c r="M532" t="s">
+        <v>747</v>
+      </c>
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
+        <v>4918</v>
+      </c>
+    </row>
+    <row r="533" spans="1:15">
+      <c r="A533">
+        <v>65053</v>
+      </c>
+      <c r="B533" t="s">
+        <v>4919</v>
+      </c>
+      <c r="C533" t="s">
+        <v>4920</v>
+      </c>
+      <c r="D533" t="s">
+        <v>4921</v>
+      </c>
+      <c r="E533" t="s">
+        <v>4922</v>
+      </c>
+      <c r="F533" t="s">
+        <v>4923</v>
+      </c>
+      <c r="G533" t="s">
+        <v>4924</v>
+      </c>
+      <c r="H533" t="s">
+        <v>4925</v>
+      </c>
+      <c r="I533" t="s">
+        <v>4926</v>
+      </c>
+      <c r="J533" t="s">
+        <v>24</v>
+      </c>
+      <c r="K533" t="s">
+        <v>170</v>
+      </c>
+      <c r="L533" t="s">
+        <v>26</v>
+      </c>
+      <c r="M533" t="s">
+        <v>171</v>
+      </c>
+      <c r="N533" t="s">
+        <v>28</v>
+      </c>
+      <c r="O533" t="s">
+        <v>4927</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15">
+      <c r="A534">
+        <v>65054</v>
+      </c>
+      <c r="B534" t="s">
+        <v>4928</v>
+      </c>
+      <c r="C534" t="s">
+        <v>4929</v>
+      </c>
+      <c r="D534" t="s">
+        <v>4930</v>
+      </c>
+      <c r="E534" t="s">
+        <v>4931</v>
+      </c>
+      <c r="F534" t="s">
+        <v>4932</v>
+      </c>
+      <c r="G534" t="s">
+        <v>4933</v>
+      </c>
+      <c r="H534" t="s">
+        <v>4934</v>
+      </c>
+      <c r="I534" t="s">
+        <v>4935</v>
+      </c>
+      <c r="J534" t="s">
+        <v>450</v>
+      </c>
+      <c r="K534" t="s">
+        <v>208</v>
+      </c>
+      <c r="L534" t="s">
+        <v>452</v>
+      </c>
+      <c r="M534" t="s">
+        <v>209</v>
+      </c>
+      <c r="N534" t="s">
+        <v>28</v>
+      </c>
+      <c r="O534" t="s">
+        <v>4936</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15">
+      <c r="A535">
+        <v>65055</v>
+      </c>
+      <c r="B535" t="s">
+        <v>4937</v>
+      </c>
+      <c r="C535" t="s">
+        <v>4938</v>
+      </c>
+      <c r="D535" t="s">
+        <v>4939</v>
+      </c>
+      <c r="E535" t="s">
+        <v>4940</v>
+      </c>
+      <c r="F535" t="s">
+        <v>4941</v>
+      </c>
+      <c r="G535" t="s">
+        <v>4942</v>
+      </c>
+      <c r="H535" t="s">
+        <v>4943</v>
+      </c>
+      <c r="I535" t="s">
+        <v>4944</v>
+      </c>
+      <c r="J535" t="s">
+        <v>24</v>
+      </c>
+      <c r="K535" t="s">
+        <v>580</v>
+      </c>
+      <c r="L535" t="s">
+        <v>26</v>
+      </c>
+      <c r="M535" t="s">
+        <v>581</v>
+      </c>
+      <c r="N535" t="s">
+        <v>28</v>
+      </c>
+      <c r="O535" t="s">
+        <v>4945</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15">
+      <c r="A536">
+        <v>65057</v>
+      </c>
+      <c r="B536" t="s">
+        <v>4946</v>
+      </c>
+      <c r="C536" t="s">
+        <v>4947</v>
+      </c>
+      <c r="D536" t="s">
+        <v>4948</v>
+      </c>
+      <c r="E536" t="s">
+        <v>4949</v>
+      </c>
+      <c r="F536" t="s">
+        <v>4950</v>
+      </c>
+      <c r="G536" t="s">
+        <v>4951</v>
+      </c>
+      <c r="H536" t="s">
+        <v>4952</v>
+      </c>
+      <c r="I536" t="s">
+        <v>4953</v>
+      </c>
+      <c r="J536" t="s">
+        <v>24</v>
+      </c>
+      <c r="K536" t="s">
+        <v>274</v>
+      </c>
+      <c r="L536" t="s">
+        <v>26</v>
+      </c>
+      <c r="M536" t="s">
+        <v>276</v>
+      </c>
+      <c r="N536" t="s">
+        <v>28</v>
+      </c>
+      <c r="O536" t="s">
+        <v>4954</v>
+      </c>
+    </row>
+    <row r="537" spans="1:15">
+      <c r="A537">
+        <v>65058</v>
+      </c>
+      <c r="B537" t="s">
+        <v>4955</v>
+      </c>
+      <c r="C537" t="s">
+        <v>4956</v>
+      </c>
+      <c r="D537" t="s">
+        <v>4957</v>
+      </c>
+      <c r="E537" t="s">
+        <v>4958</v>
+      </c>
+      <c r="F537" t="s">
+        <v>4959</v>
+      </c>
+      <c r="G537" t="s">
+        <v>4960</v>
+      </c>
+      <c r="H537" t="s">
+        <v>4961</v>
+      </c>
+      <c r="I537" t="s">
+        <v>4962</v>
+      </c>
+      <c r="J537" t="s">
+        <v>450</v>
+      </c>
+      <c r="K537" t="s">
+        <v>690</v>
+      </c>
+      <c r="L537" t="s">
+        <v>452</v>
+      </c>
+      <c r="M537" t="s">
+        <v>691</v>
+      </c>
+      <c r="N537" t="s">
+        <v>28</v>
+      </c>
+      <c r="O537" t="s">
+        <v>4963</v>
+      </c>
+    </row>
+    <row r="538" spans="1:15">
+      <c r="A538">
+        <v>65059</v>
+      </c>
+      <c r="B538" t="s">
+        <v>4964</v>
+      </c>
+      <c r="C538" t="s">
+        <v>4965</v>
+      </c>
+      <c r="D538" t="s">
+        <v>4966</v>
+      </c>
+      <c r="E538" t="s">
+        <v>4967</v>
+      </c>
+      <c r="F538" t="s">
+        <v>4968</v>
+      </c>
+      <c r="G538" t="s">
+        <v>4969</v>
+      </c>
+      <c r="H538" t="s">
+        <v>4970</v>
+      </c>
+      <c r="I538" t="s">
+        <v>4971</v>
+      </c>
+      <c r="J538" t="s">
+        <v>24</v>
+      </c>
+      <c r="K538" t="s">
+        <v>170</v>
+      </c>
+      <c r="L538" t="s">
+        <v>26</v>
+      </c>
+      <c r="M538" t="s">
+        <v>171</v>
+      </c>
+      <c r="N538" t="s">
+        <v>28</v>
+      </c>
+      <c r="O538" t="s">
+        <v>4972</v>
+      </c>
+    </row>
+    <row r="539" spans="1:15">
+      <c r="A539">
+        <v>65060</v>
+      </c>
+      <c r="B539" t="s">
+        <v>4973</v>
+      </c>
+      <c r="C539" t="s">
+        <v>4974</v>
+      </c>
+      <c r="D539" t="s">
+        <v>4975</v>
+      </c>
+      <c r="E539" t="s">
+        <v>4976</v>
+      </c>
+      <c r="F539" t="s">
+        <v>4977</v>
+      </c>
+      <c r="G539" t="s">
+        <v>4978</v>
+      </c>
+      <c r="H539" t="s">
+        <v>4979</v>
+      </c>
+      <c r="I539" t="s">
+        <v>4980</v>
+      </c>
+      <c r="J539" t="s">
+        <v>24</v>
+      </c>
+      <c r="K539" t="s">
+        <v>47</v>
+      </c>
+      <c r="L539" t="s">
+        <v>26</v>
+      </c>
+      <c r="M539" t="s">
+        <v>48</v>
+      </c>
+      <c r="N539" t="s">
+        <v>28</v>
+      </c>
+      <c r="O539" t="s">
+        <v>4981</v>
+      </c>
+    </row>
+    <row r="540" spans="1:15">
+      <c r="A540">
+        <v>65061</v>
+      </c>
+      <c r="B540" t="s">
+        <v>4982</v>
+      </c>
+      <c r="C540" t="s">
+        <v>4983</v>
+      </c>
+      <c r="D540" t="s">
+        <v>4984</v>
+      </c>
+      <c r="E540" t="s">
+        <v>4985</v>
+      </c>
+      <c r="F540" t="s">
+        <v>4986</v>
+      </c>
+      <c r="G540" t="s">
+        <v>4987</v>
+      </c>
+      <c r="H540" t="s">
+        <v>4988</v>
+      </c>
+      <c r="I540" t="s">
+        <v>4989</v>
+      </c>
+      <c r="J540" t="s">
+        <v>24</v>
+      </c>
+      <c r="K540" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L540" t="s">
+        <v>26</v>
+      </c>
+      <c r="M540" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N540" t="s">
+        <v>28</v>
+      </c>
+      <c r="O540" t="s">
+        <v>4990</v>
+      </c>
+    </row>
+    <row r="541" spans="1:15">
+      <c r="A541">
+        <v>65062</v>
+      </c>
+      <c r="B541" t="s">
+        <v>4991</v>
+      </c>
+      <c r="C541" t="s">
+        <v>4992</v>
+      </c>
+      <c r="D541" t="s">
+        <v>4993</v>
+      </c>
+      <c r="E541" t="s">
+        <v>4994</v>
+      </c>
+      <c r="F541" t="s">
+        <v>4995</v>
+      </c>
+      <c r="G541" t="s">
+        <v>4996</v>
+      </c>
+      <c r="H541" t="s">
+        <v>4997</v>
+      </c>
+      <c r="I541" t="s">
+        <v>4998</v>
+      </c>
+      <c r="J541" t="s">
+        <v>24</v>
+      </c>
+      <c r="K541" t="s">
+        <v>25</v>
+      </c>
+      <c r="L541" t="s">
+        <v>26</v>
+      </c>
+      <c r="M541" t="s">
+        <v>27</v>
+      </c>
+      <c r="N541" t="s">
+        <v>28</v>
+      </c>
+      <c r="O541" t="s">
+        <v>4999</v>
+      </c>
+    </row>
+    <row r="542" spans="1:15">
+      <c r="A542">
+        <v>65063</v>
+      </c>
+      <c r="B542" t="s">
+        <v>5000</v>
+      </c>
+      <c r="C542" t="s">
+        <v>5001</v>
+      </c>
+      <c r="D542" t="s">
+        <v>5002</v>
+      </c>
+      <c r="E542" t="s">
+        <v>5003</v>
+      </c>
+      <c r="F542" t="s">
+        <v>5004</v>
+      </c>
+      <c r="G542" t="s">
+        <v>5005</v>
+      </c>
+      <c r="H542" t="s">
+        <v>5006</v>
+      </c>
+      <c r="I542" t="s">
+        <v>5007</v>
+      </c>
+      <c r="J542" t="s">
+        <v>24</v>
+      </c>
+      <c r="K542" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L542" t="s">
+        <v>26</v>
+      </c>
+      <c r="M542" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N542" t="s">
+        <v>28</v>
+      </c>
+      <c r="O542" t="s">
+        <v>5008</v>
+      </c>
+    </row>
+    <row r="543" spans="1:15">
+      <c r="A543">
+        <v>65065</v>
+      </c>
+      <c r="B543" t="s">
+        <v>5009</v>
+      </c>
+      <c r="C543" t="s">
+        <v>5010</v>
+      </c>
+      <c r="D543" t="s">
+        <v>5011</v>
+      </c>
+      <c r="E543" t="s">
+        <v>5012</v>
+      </c>
+      <c r="F543" t="s">
+        <v>5013</v>
+      </c>
+      <c r="G543" t="s">
+        <v>5014</v>
+      </c>
+      <c r="H543" t="s">
+        <v>5015</v>
+      </c>
+      <c r="I543" t="s">
+        <v>5016</v>
+      </c>
+      <c r="J543" t="s">
+        <v>5017</v>
+      </c>
+      <c r="K543" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L543" t="s">
+        <v>5018</v>
+      </c>
+      <c r="M543" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N543" t="s">
+        <v>28</v>
+      </c>
+      <c r="O543" t="s">
+        <v>5019</v>
+      </c>
+    </row>
+    <row r="544" spans="1:15">
+      <c r="A544">
+        <v>65068</v>
+      </c>
+      <c r="B544" t="s">
+        <v>5020</v>
+      </c>
+      <c r="C544" t="s">
+        <v>5021</v>
+      </c>
+      <c r="D544" t="s">
+        <v>5022</v>
+      </c>
+      <c r="E544" t="s">
+        <v>5023</v>
+      </c>
+      <c r="F544" t="s">
+        <v>5024</v>
+      </c>
+      <c r="G544" t="s">
+        <v>5025</v>
+      </c>
+      <c r="H544" t="s">
+        <v>5026</v>
+      </c>
+      <c r="I544" t="s">
+        <v>5027</v>
+      </c>
+      <c r="J544" t="s">
+        <v>24</v>
+      </c>
+      <c r="K544" t="s">
+        <v>25</v>
+      </c>
+      <c r="L544" t="s">
+        <v>26</v>
+      </c>
+      <c r="M544" t="s">
+        <v>27</v>
+      </c>
+      <c r="N544" t="s">
+        <v>28</v>
+      </c>
+      <c r="O544" t="s">
+        <v>5028</v>
+      </c>
+    </row>
+    <row r="545" spans="1:15">
+      <c r="A545">
+        <v>65069</v>
+      </c>
+      <c r="B545" t="s">
+        <v>5029</v>
+      </c>
+      <c r="C545" t="s">
+        <v>5030</v>
+      </c>
+      <c r="D545" t="s">
+        <v>5031</v>
+      </c>
+      <c r="E545" t="s">
+        <v>5032</v>
+      </c>
+      <c r="F545" t="s">
+        <v>5033</v>
+      </c>
+      <c r="G545" t="s">
+        <v>5034</v>
+      </c>
+      <c r="H545" t="s">
+        <v>5035</v>
+      </c>
+      <c r="I545" t="s">
+        <v>5036</v>
+      </c>
+      <c r="J545" t="s">
+        <v>24</v>
+      </c>
+      <c r="K545" t="s">
+        <v>170</v>
+      </c>
+      <c r="L545" t="s">
+        <v>26</v>
+      </c>
+      <c r="M545" t="s">
+        <v>171</v>
+      </c>
+      <c r="N545" t="s">
+        <v>28</v>
+      </c>
+      <c r="O545" t="s">
+        <v>5037</v>
+      </c>
+    </row>
+    <row r="546" spans="1:15">
+      <c r="A546">
+        <v>65071</v>
+      </c>
+      <c r="B546" t="s">
+        <v>5038</v>
+      </c>
+      <c r="C546" t="s">
+        <v>5039</v>
+      </c>
+      <c r="D546" t="s">
+        <v>5040</v>
+      </c>
+      <c r="E546" t="s">
+        <v>5041</v>
+      </c>
+      <c r="F546" t="s">
+        <v>5042</v>
+      </c>
+      <c r="G546" t="s">
+        <v>5043</v>
+      </c>
+      <c r="H546" t="s">
+        <v>5044</v>
+      </c>
+      <c r="I546" t="s">
+        <v>5045</v>
+      </c>
+      <c r="J546" t="s">
+        <v>24</v>
+      </c>
+      <c r="K546" t="s">
+        <v>25</v>
+      </c>
+      <c r="L546" t="s">
+        <v>26</v>
+      </c>
+      <c r="M546" t="s">
+        <v>27</v>
+      </c>
+      <c r="N546" t="s">
+        <v>28</v>
+      </c>
+      <c r="O546" t="s">
+        <v>5046</v>
+      </c>
+    </row>
+    <row r="547" spans="1:15">
+      <c r="A547">
+        <v>65073</v>
+      </c>
+      <c r="B547" t="s">
+        <v>5047</v>
+      </c>
+      <c r="C547" t="s">
+        <v>5048</v>
+      </c>
+      <c r="D547" t="s">
+        <v>5049</v>
+      </c>
+      <c r="E547" t="s">
+        <v>5050</v>
+      </c>
+      <c r="F547" t="s">
+        <v>5051</v>
+      </c>
+      <c r="G547" t="s">
+        <v>5052</v>
+      </c>
+      <c r="H547" t="s">
+        <v>5053</v>
+      </c>
+      <c r="I547" t="s">
+        <v>5054</v>
+      </c>
+      <c r="J547" t="s">
+        <v>24</v>
+      </c>
+      <c r="K547" t="s">
+        <v>25</v>
+      </c>
+      <c r="L547" t="s">
+        <v>26</v>
+      </c>
+      <c r="M547" t="s">
+        <v>27</v>
+      </c>
+      <c r="N547" t="s">
+        <v>28</v>
+      </c>
+      <c r="O547" t="s">
+        <v>5055</v>
+      </c>
+    </row>
+    <row r="548" spans="1:15">
+      <c r="A548">
+        <v>65074</v>
+      </c>
+      <c r="B548" t="s">
+        <v>5056</v>
+      </c>
+      <c r="C548" t="s">
+        <v>5057</v>
+      </c>
+      <c r="D548" t="s">
+        <v>5058</v>
+      </c>
+      <c r="E548" t="s">
+        <v>5059</v>
+      </c>
+      <c r="F548" t="s">
+        <v>5060</v>
+      </c>
+      <c r="G548" t="s">
+        <v>5061</v>
+      </c>
+      <c r="H548" t="s">
+        <v>5062</v>
+      </c>
+      <c r="I548" t="s">
+        <v>5063</v>
+      </c>
+      <c r="J548" t="s">
+        <v>24</v>
+      </c>
+      <c r="K548" t="s">
+        <v>5064</v>
+      </c>
+      <c r="L548" t="s">
+        <v>26</v>
+      </c>
+      <c r="M548" t="s">
+        <v>5065</v>
+      </c>
+      <c r="N548" t="s">
+        <v>28</v>
+      </c>
+      <c r="O548" t="s">
+        <v>5066</v>
+      </c>
+    </row>
+    <row r="549" spans="1:15">
+      <c r="A549">
+        <v>65075</v>
+      </c>
+      <c r="B549" t="s">
+        <v>5067</v>
+      </c>
+      <c r="C549" t="s">
+        <v>5068</v>
+      </c>
+      <c r="D549" t="s">
+        <v>5069</v>
+      </c>
+      <c r="E549" t="s">
+        <v>5070</v>
+      </c>
+      <c r="F549" t="s">
+        <v>5071</v>
+      </c>
+      <c r="G549" t="s">
+        <v>5072</v>
+      </c>
+      <c r="H549" t="s">
+        <v>5073</v>
+      </c>
+      <c r="I549" t="s">
+        <v>5074</v>
+      </c>
+      <c r="J549" t="s">
+        <v>450</v>
+      </c>
+      <c r="K549" t="s">
+        <v>4779</v>
+      </c>
+      <c r="L549" t="s">
+        <v>452</v>
+      </c>
+      <c r="M549" t="s">
+        <v>4780</v>
+      </c>
+      <c r="N549" t="s">
+        <v>28</v>
+      </c>
+      <c r="O549" t="s">
+        <v>5075</v>
+      </c>
+    </row>
+    <row r="550" spans="1:15">
+      <c r="A550">
+        <v>65076</v>
+      </c>
+      <c r="B550" t="s">
+        <v>5076</v>
+      </c>
+      <c r="C550" t="s">
+        <v>5077</v>
+      </c>
+      <c r="D550" t="s">
+        <v>5078</v>
+      </c>
+      <c r="E550" t="s">
+        <v>5079</v>
+      </c>
+      <c r="F550" t="s">
+        <v>5080</v>
+      </c>
+      <c r="G550" t="s">
+        <v>5081</v>
+      </c>
+      <c r="H550" t="s">
+        <v>5082</v>
+      </c>
+      <c r="I550" t="s">
+        <v>5083</v>
+      </c>
+      <c r="J550" t="s">
+        <v>24</v>
+      </c>
+      <c r="K550" t="s">
+        <v>170</v>
+      </c>
+      <c r="L550" t="s">
+        <v>26</v>
+      </c>
+      <c r="M550" t="s">
+        <v>171</v>
+      </c>
+      <c r="N550" t="s">
+        <v>28</v>
+      </c>
+      <c r="O550" t="s">
+        <v>5084</v>
+      </c>
+    </row>
+    <row r="551" spans="1:15">
+      <c r="A551">
+        <v>65077</v>
+      </c>
+      <c r="B551" t="s">
+        <v>5085</v>
+      </c>
+      <c r="C551" t="s">
+        <v>5086</v>
+      </c>
+      <c r="D551" t="s">
+        <v>5087</v>
+      </c>
+      <c r="E551" t="s">
+        <v>5088</v>
+      </c>
+      <c r="F551" t="s">
+        <v>5089</v>
+      </c>
+      <c r="G551" t="s">
+        <v>5090</v>
+      </c>
+      <c r="H551" t="s">
+        <v>5091</v>
+      </c>
+      <c r="I551" t="s">
+        <v>5092</v>
+      </c>
+      <c r="J551" t="s">
+        <v>24</v>
+      </c>
+      <c r="K551" t="s">
+        <v>746</v>
+      </c>
+      <c r="L551" t="s">
+        <v>26</v>
+      </c>
+      <c r="M551" t="s">
+        <v>747</v>
+      </c>
+      <c r="N551" t="s">
+        <v>28</v>
+      </c>
+      <c r="O551" t="s">
+        <v>5093</v>
+      </c>
+    </row>
+    <row r="552" spans="1:15">
+      <c r="A552">
+        <v>65080</v>
+      </c>
+      <c r="B552" t="s">
+        <v>5094</v>
+      </c>
+      <c r="C552" t="s">
+        <v>5095</v>
+      </c>
+      <c r="D552" t="s">
+        <v>5096</v>
+      </c>
+      <c r="E552" t="s">
+        <v>5097</v>
+      </c>
+      <c r="F552" t="s">
+        <v>5098</v>
+      </c>
+      <c r="G552" t="s">
+        <v>5099</v>
+      </c>
+      <c r="H552" t="s">
+        <v>5100</v>
+      </c>
+      <c r="I552" t="s">
+        <v>5101</v>
+      </c>
+      <c r="J552" t="s">
+        <v>24</v>
+      </c>
+      <c r="K552" t="s">
+        <v>47</v>
+      </c>
+      <c r="L552" t="s">
+        <v>26</v>
+      </c>
+      <c r="M552" t="s">
+        <v>48</v>
+      </c>
+      <c r="N552" t="s">
+        <v>28</v>
+      </c>
+      <c r="O552" t="s">
+        <v>5102</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15">
+      <c r="A553">
+        <v>65081</v>
+      </c>
+      <c r="B553" t="s">
+        <v>5103</v>
+      </c>
+      <c r="C553" t="s">
+        <v>5104</v>
+      </c>
+      <c r="D553" t="s">
+        <v>5105</v>
+      </c>
+      <c r="E553" t="s">
+        <v>5106</v>
+      </c>
+      <c r="F553" t="s">
+        <v>5107</v>
+      </c>
+      <c r="G553" t="s">
+        <v>5108</v>
+      </c>
+      <c r="H553" t="s">
+        <v>5109</v>
+      </c>
+      <c r="I553" t="s">
+        <v>5110</v>
+      </c>
+      <c r="J553" t="s">
+        <v>24</v>
+      </c>
+      <c r="K553" t="s">
+        <v>47</v>
+      </c>
+      <c r="L553" t="s">
+        <v>26</v>
+      </c>
+      <c r="M553" t="s">
+        <v>48</v>
+      </c>
+      <c r="N553" t="s">
+        <v>28</v>
+      </c>
+      <c r="O553" t="s">
+        <v>5111</v>
+      </c>
+    </row>
+    <row r="554" spans="1:15">
+      <c r="A554">
+        <v>65082</v>
+      </c>
+      <c r="B554" t="s">
+        <v>5112</v>
+      </c>
+      <c r="C554" t="s">
+        <v>5113</v>
+      </c>
+      <c r="D554" t="s">
+        <v>5114</v>
+      </c>
+      <c r="E554" t="s">
+        <v>5115</v>
+      </c>
+      <c r="F554" t="s">
+        <v>5116</v>
+      </c>
+      <c r="G554" t="s">
+        <v>5117</v>
+      </c>
+      <c r="H554" t="s">
+        <v>5118</v>
+      </c>
+      <c r="I554" t="s">
+        <v>5119</v>
+      </c>
+      <c r="J554" t="s">
+        <v>24</v>
+      </c>
+      <c r="K554" t="s">
+        <v>47</v>
+      </c>
+      <c r="L554" t="s">
+        <v>26</v>
+      </c>
+      <c r="M554" t="s">
+        <v>48</v>
+      </c>
+      <c r="N554" t="s">
+        <v>28</v>
+      </c>
+      <c r="O554" t="s">
+        <v>5120</v>
+      </c>
+    </row>
+    <row r="555" spans="1:15">
+      <c r="A555">
+        <v>65083</v>
+      </c>
+      <c r="B555" t="s">
+        <v>5121</v>
+      </c>
+      <c r="C555" t="s">
+        <v>5122</v>
+      </c>
+      <c r="D555" t="s">
+        <v>5123</v>
+      </c>
+      <c r="E555" t="s">
+        <v>5124</v>
+      </c>
+      <c r="F555" t="s">
+        <v>5125</v>
+      </c>
+      <c r="G555" t="s">
+        <v>5126</v>
+      </c>
+      <c r="H555" t="s">
+        <v>5127</v>
+      </c>
+      <c r="I555" t="s">
+        <v>5128</v>
+      </c>
+      <c r="J555" t="s">
+        <v>24</v>
+      </c>
+      <c r="K555" t="s">
+        <v>170</v>
+      </c>
+      <c r="L555" t="s">
+        <v>26</v>
+      </c>
+      <c r="M555" t="s">
+        <v>171</v>
+      </c>
+      <c r="N555" t="s">
+        <v>28</v>
+      </c>
+      <c r="O555" t="s">
+        <v>5129</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15">
+      <c r="A556">
+        <v>65084</v>
+      </c>
+      <c r="B556" t="s">
+        <v>5130</v>
+      </c>
+      <c r="C556" t="s">
+        <v>5131</v>
+      </c>
+      <c r="D556" t="s">
+        <v>5132</v>
+      </c>
+      <c r="E556" t="s">
+        <v>5133</v>
+      </c>
+      <c r="F556" t="s">
+        <v>5134</v>
+      </c>
+      <c r="G556" t="s">
+        <v>5135</v>
+      </c>
+      <c r="H556" t="s">
+        <v>5136</v>
+      </c>
+      <c r="I556" t="s">
+        <v>5137</v>
+      </c>
+      <c r="J556" t="s">
+        <v>24</v>
+      </c>
+      <c r="K556" t="s">
+        <v>25</v>
+      </c>
+      <c r="L556" t="s">
+        <v>26</v>
+      </c>
+      <c r="M556" t="s">
+        <v>27</v>
+      </c>
+      <c r="N556" t="s">
+        <v>28</v>
+      </c>
+      <c r="O556" t="s">
+        <v>5138</v>
+      </c>
+    </row>
+    <row r="557" spans="1:15">
+      <c r="A557">
+        <v>65085</v>
+      </c>
+      <c r="B557" t="s">
+        <v>5139</v>
+      </c>
+      <c r="C557" t="s">
+        <v>5140</v>
+      </c>
+      <c r="D557" t="s">
+        <v>5141</v>
+      </c>
+      <c r="E557" t="s">
+        <v>5142</v>
+      </c>
+      <c r="F557" t="s">
+        <v>5143</v>
+      </c>
+      <c r="G557" t="s">
+        <v>5144</v>
+      </c>
+      <c r="H557" t="s">
+        <v>5145</v>
+      </c>
+      <c r="I557" t="s">
+        <v>5146</v>
+      </c>
+      <c r="J557" t="s">
+        <v>24</v>
+      </c>
+      <c r="K557" t="s">
+        <v>580</v>
+      </c>
+      <c r="L557" t="s">
+        <v>26</v>
+      </c>
+      <c r="M557" t="s">
+        <v>581</v>
+      </c>
+      <c r="N557" t="s">
+        <v>28</v>
+      </c>
+      <c r="O557" t="s">
+        <v>5147</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15">
+      <c r="A558">
+        <v>65086</v>
+      </c>
+      <c r="B558" t="s">
+        <v>5148</v>
+      </c>
+      <c r="C558" t="s">
+        <v>5149</v>
+      </c>
+      <c r="D558" t="s">
+        <v>5150</v>
+      </c>
+      <c r="E558" t="s">
+        <v>5151</v>
+      </c>
+      <c r="F558" t="s">
+        <v>5152</v>
+      </c>
+      <c r="G558" t="s">
+        <v>5153</v>
+      </c>
+      <c r="H558" t="s">
+        <v>5154</v>
+      </c>
+      <c r="I558" t="s">
+        <v>5155</v>
+      </c>
+      <c r="J558" t="s">
+        <v>24</v>
+      </c>
+      <c r="K558" t="s">
+        <v>170</v>
+      </c>
+      <c r="L558" t="s">
+        <v>26</v>
+      </c>
+      <c r="M558" t="s">
+        <v>171</v>
+      </c>
+      <c r="N558" t="s">
+        <v>28</v>
+      </c>
+      <c r="O558" t="s">
+        <v>5156</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15">
+      <c r="A559">
+        <v>65087</v>
+      </c>
+      <c r="B559" t="s">
+        <v>5157</v>
+      </c>
+      <c r="C559" t="s">
+        <v>5158</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5159</v>
+      </c>
+      <c r="E559" t="s">
+        <v>5160</v>
+      </c>
+      <c r="F559" t="s">
+        <v>5161</v>
+      </c>
+      <c r="G559" t="s">
+        <v>5162</v>
+      </c>
+      <c r="H559" t="s">
+        <v>5163</v>
+      </c>
+      <c r="I559" t="s">
+        <v>5164</v>
+      </c>
+      <c r="J559" t="s">
+        <v>24</v>
+      </c>
+      <c r="K559" t="s">
+        <v>170</v>
+      </c>
+      <c r="L559" t="s">
+        <v>26</v>
+      </c>
+      <c r="M559" t="s">
+        <v>171</v>
+      </c>
+      <c r="N559" t="s">
+        <v>28</v>
+      </c>
+      <c r="O559" t="s">
+        <v>5165</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15">
+      <c r="A560">
+        <v>65088</v>
+      </c>
+      <c r="B560" t="s">
+        <v>5166</v>
+      </c>
+      <c r="C560" t="s">
+        <v>5167</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5168</v>
+      </c>
+      <c r="E560" t="s">
+        <v>5169</v>
+      </c>
+      <c r="F560" t="s">
+        <v>5170</v>
+      </c>
+      <c r="G560" t="s">
+        <v>5171</v>
+      </c>
+      <c r="H560" t="s">
+        <v>5172</v>
+      </c>
+      <c r="I560" t="s">
+        <v>5173</v>
+      </c>
+      <c r="J560" t="s">
+        <v>24</v>
+      </c>
+      <c r="K560" t="s">
+        <v>25</v>
+      </c>
+      <c r="L560" t="s">
+        <v>26</v>
+      </c>
+      <c r="M560" t="s">
+        <v>27</v>
+      </c>
+      <c r="N560" t="s">
+        <v>28</v>
+      </c>
+      <c r="O560" t="s">
+        <v>5174</v>
+      </c>
+    </row>
+    <row r="561" spans="1:15">
+      <c r="A561">
+        <v>65089</v>
+      </c>
+      <c r="B561" t="s">
+        <v>5175</v>
+      </c>
+      <c r="C561" t="s">
+        <v>5176</v>
+      </c>
+      <c r="D561" t="s">
+        <v>5177</v>
+      </c>
+      <c r="E561" t="s">
+        <v>5178</v>
+      </c>
+      <c r="F561" t="s">
+        <v>5179</v>
+      </c>
+      <c r="G561" t="s">
+        <v>5180</v>
+      </c>
+      <c r="H561" t="s">
+        <v>5181</v>
+      </c>
+      <c r="I561" t="s">
+        <v>5182</v>
+      </c>
+      <c r="J561" t="s">
+        <v>24</v>
+      </c>
+      <c r="K561" t="s">
+        <v>25</v>
+      </c>
+      <c r="L561" t="s">
+        <v>26</v>
+      </c>
+      <c r="M561" t="s">
+        <v>27</v>
+      </c>
+      <c r="N561" t="s">
+        <v>28</v>
+      </c>
+      <c r="O561" t="s">
+        <v>5183</v>
+      </c>
+    </row>
+    <row r="562" spans="1:15">
+      <c r="A562">
+        <v>65090</v>
+      </c>
+      <c r="B562" t="s">
+        <v>5184</v>
+      </c>
+      <c r="C562" t="s">
+        <v>5185</v>
+      </c>
+      <c r="D562" t="s">
+        <v>5186</v>
+      </c>
+      <c r="E562" t="s">
+        <v>5187</v>
+      </c>
+      <c r="F562" t="s">
+        <v>5188</v>
+      </c>
+      <c r="G562" t="s">
+        <v>5189</v>
+      </c>
+      <c r="H562" t="s">
+        <v>5190</v>
+      </c>
+      <c r="I562" t="s">
+        <v>5191</v>
+      </c>
+      <c r="J562" t="s">
+        <v>24</v>
+      </c>
+      <c r="K562" t="s">
+        <v>25</v>
+      </c>
+      <c r="L562" t="s">
+        <v>26</v>
+      </c>
+      <c r="M562" t="s">
+        <v>27</v>
+      </c>
+      <c r="N562" t="s">
+        <v>28</v>
+      </c>
+      <c r="O562" t="s">
+        <v>5192</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15">
+      <c r="A563">
+        <v>65091</v>
+      </c>
+      <c r="B563" t="s">
+        <v>5193</v>
+      </c>
+      <c r="C563" t="s">
+        <v>5194</v>
+      </c>
+      <c r="D563" t="s">
+        <v>5195</v>
+      </c>
+      <c r="E563" t="s">
+        <v>5196</v>
+      </c>
+      <c r="F563" t="s">
+        <v>5197</v>
+      </c>
+      <c r="G563" t="s">
+        <v>5198</v>
+      </c>
+      <c r="H563" t="s">
+        <v>5199</v>
+      </c>
+      <c r="I563" t="s">
+        <v>5200</v>
+      </c>
+      <c r="J563" t="s">
+        <v>24</v>
+      </c>
+      <c r="K563" t="s">
+        <v>25</v>
+      </c>
+      <c r="L563" t="s">
+        <v>26</v>
+      </c>
+      <c r="M563" t="s">
+        <v>27</v>
+      </c>
+      <c r="N563" t="s">
+        <v>28</v>
+      </c>
+      <c r="O563" t="s">
+        <v>5201</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15">
+      <c r="A564">
+        <v>65092</v>
+      </c>
+      <c r="B564" t="s">
+        <v>5202</v>
+      </c>
+      <c r="C564" t="s">
+        <v>5203</v>
+      </c>
+      <c r="D564" t="s">
+        <v>5204</v>
+      </c>
+      <c r="E564" t="s">
+        <v>5205</v>
+      </c>
+      <c r="F564" t="s">
+        <v>5206</v>
+      </c>
+      <c r="G564" t="s">
+        <v>5207</v>
+      </c>
+      <c r="H564" t="s">
+        <v>5208</v>
+      </c>
+      <c r="I564" t="s">
+        <v>5209</v>
+      </c>
+      <c r="J564" t="s">
+        <v>24</v>
+      </c>
+      <c r="K564" t="s">
+        <v>170</v>
+      </c>
+      <c r="L564" t="s">
+        <v>26</v>
+      </c>
+      <c r="M564" t="s">
+        <v>171</v>
+      </c>
+      <c r="N564" t="s">
+        <v>28</v>
+      </c>
+      <c r="O564" t="s">
+        <v>5210</v>
+      </c>
+    </row>
+    <row r="565" spans="1:15">
+      <c r="A565">
+        <v>65093</v>
+      </c>
+      <c r="B565" t="s">
+        <v>5211</v>
+      </c>
+      <c r="C565" t="s">
+        <v>5212</v>
+      </c>
+      <c r="D565" t="s">
+        <v>5213</v>
+      </c>
+      <c r="E565" t="s">
+        <v>5214</v>
+      </c>
+      <c r="F565" t="s">
+        <v>5215</v>
+      </c>
+      <c r="G565" t="s">
+        <v>5216</v>
+      </c>
+      <c r="H565" t="s">
+        <v>5217</v>
+      </c>
+      <c r="I565" t="s">
+        <v>5218</v>
+      </c>
+      <c r="J565" t="s">
+        <v>24</v>
+      </c>
+      <c r="K565" t="s">
+        <v>170</v>
+      </c>
+      <c r="L565" t="s">
+        <v>26</v>
+      </c>
+      <c r="M565" t="s">
+        <v>171</v>
+      </c>
+      <c r="N565" t="s">
+        <v>28</v>
+      </c>
+      <c r="O565" t="s">
+        <v>5219</v>
+      </c>
+    </row>
+    <row r="566" spans="1:15">
+      <c r="A566">
+        <v>65094</v>
+      </c>
+      <c r="B566" t="s">
+        <v>5220</v>
+      </c>
+      <c r="C566" t="s">
+        <v>5221</v>
+      </c>
+      <c r="D566" t="s">
+        <v>5222</v>
+      </c>
+      <c r="E566" t="s">
+        <v>5223</v>
+      </c>
+      <c r="F566" t="s">
+        <v>5224</v>
+      </c>
+      <c r="G566" t="s">
+        <v>5225</v>
+      </c>
+      <c r="H566" t="s">
+        <v>5226</v>
+      </c>
+      <c r="I566" t="s">
+        <v>5227</v>
+      </c>
+      <c r="J566" t="s">
+        <v>24</v>
+      </c>
+      <c r="K566" t="s">
+        <v>5228</v>
+      </c>
+      <c r="L566" t="s">
+        <v>26</v>
+      </c>
+      <c r="M566" t="s">
+        <v>5229</v>
+      </c>
+      <c r="N566" t="s">
+        <v>28</v>
+      </c>
+      <c r="O566" t="s">
+        <v>5230</v>
+      </c>
+    </row>
+    <row r="567" spans="1:15">
+      <c r="A567">
+        <v>65095</v>
+      </c>
+      <c r="B567" t="s">
+        <v>5231</v>
+      </c>
+      <c r="C567" t="s">
+        <v>5232</v>
+      </c>
+      <c r="D567" t="s">
+        <v>5233</v>
+      </c>
+      <c r="E567" t="s">
+        <v>5234</v>
+      </c>
+      <c r="F567" t="s">
+        <v>5235</v>
+      </c>
+      <c r="G567" t="s">
+        <v>5236</v>
+      </c>
+      <c r="H567" t="s">
+        <v>5237</v>
+      </c>
+      <c r="I567" t="s">
+        <v>5238</v>
+      </c>
+      <c r="J567" t="s">
+        <v>24</v>
+      </c>
+      <c r="K567" t="s">
+        <v>746</v>
+      </c>
+      <c r="L567" t="s">
+        <v>26</v>
+      </c>
+      <c r="M567" t="s">
+        <v>747</v>
+      </c>
+      <c r="N567" t="s">
+        <v>28</v>
+      </c>
+      <c r="O567" t="s">
+        <v>5239</v>
+      </c>
+    </row>
+    <row r="568" spans="1:15">
+      <c r="A568">
+        <v>65096</v>
+      </c>
+      <c r="B568" t="s">
+        <v>5240</v>
+      </c>
+      <c r="C568" t="s">
+        <v>5241</v>
+      </c>
+      <c r="D568" t="s">
+        <v>5242</v>
+      </c>
+      <c r="E568" t="s">
+        <v>5243</v>
+      </c>
+      <c r="F568" t="s">
+        <v>5244</v>
+      </c>
+      <c r="G568" t="s">
+        <v>5245</v>
+      </c>
+      <c r="H568" t="s">
+        <v>5246</v>
+      </c>
+      <c r="I568" t="s">
+        <v>5247</v>
+      </c>
+      <c r="J568" t="s">
+        <v>24</v>
+      </c>
+      <c r="K568" t="s">
+        <v>25</v>
+      </c>
+      <c r="L568" t="s">
+        <v>26</v>
+      </c>
+      <c r="M568" t="s">
+        <v>27</v>
+      </c>
+      <c r="N568" t="s">
+        <v>28</v>
+      </c>
+      <c r="O568" t="s">
+        <v>5248</v>
+      </c>
+    </row>
+    <row r="569" spans="1:15">
+      <c r="A569">
+        <v>65097</v>
+      </c>
+      <c r="B569" t="s">
+        <v>5249</v>
+      </c>
+      <c r="C569" t="s">
+        <v>5250</v>
+      </c>
+      <c r="D569" t="s">
+        <v>5251</v>
+      </c>
+      <c r="E569" t="s">
+        <v>5252</v>
+      </c>
+      <c r="F569" t="s">
+        <v>5253</v>
+      </c>
+      <c r="G569" t="s">
+        <v>5254</v>
+      </c>
+      <c r="H569" t="s">
+        <v>5255</v>
+      </c>
+      <c r="I569" t="s">
+        <v>5256</v>
+      </c>
+      <c r="J569" t="s">
+        <v>24</v>
+      </c>
+      <c r="K569" t="s">
+        <v>170</v>
+      </c>
+      <c r="L569" t="s">
+        <v>26</v>
+      </c>
+      <c r="M569" t="s">
+        <v>171</v>
+      </c>
+      <c r="N569" t="s">
+        <v>28</v>
+      </c>
+      <c r="O569" t="s">
+        <v>5257</v>
+      </c>
+    </row>
+    <row r="570" spans="1:15">
+      <c r="A570">
+        <v>65098</v>
+      </c>
+      <c r="B570" t="s">
+        <v>5258</v>
+      </c>
+      <c r="C570" t="s">
+        <v>5259</v>
+      </c>
+      <c r="D570" t="s">
+        <v>5260</v>
+      </c>
+      <c r="E570" t="s">
+        <v>5261</v>
+      </c>
+      <c r="F570" t="s">
+        <v>5262</v>
+      </c>
+      <c r="G570" t="s">
+        <v>5263</v>
+      </c>
+      <c r="H570" t="s">
+        <v>5264</v>
+      </c>
+      <c r="I570" t="s">
+        <v>5265</v>
+      </c>
+      <c r="J570" t="s">
+        <v>24</v>
+      </c>
+      <c r="K570" t="s">
+        <v>25</v>
+      </c>
+      <c r="L570" t="s">
+        <v>26</v>
+      </c>
+      <c r="M570" t="s">
+        <v>27</v>
+      </c>
+      <c r="N570" t="s">
+        <v>28</v>
+      </c>
+      <c r="O570" t="s">
+        <v>5266</v>
+      </c>
+    </row>
+    <row r="571" spans="1:15">
+      <c r="A571">
+        <v>65099</v>
+      </c>
+      <c r="B571" t="s">
+        <v>5267</v>
+      </c>
+      <c r="C571" t="s">
+        <v>5268</v>
+      </c>
+      <c r="D571" t="s">
+        <v>5269</v>
+      </c>
+      <c r="E571" t="s">
+        <v>5270</v>
+      </c>
+      <c r="F571" t="s">
+        <v>5271</v>
+      </c>
+      <c r="G571" t="s">
+        <v>5272</v>
+      </c>
+      <c r="H571" t="s">
+        <v>5273</v>
+      </c>
+      <c r="I571" t="s">
+        <v>5274</v>
+      </c>
+      <c r="J571" t="s">
+        <v>24</v>
+      </c>
+      <c r="K571" t="s">
+        <v>170</v>
+      </c>
+      <c r="L571" t="s">
+        <v>26</v>
+      </c>
+      <c r="M571" t="s">
+        <v>171</v>
+      </c>
+      <c r="N571" t="s">
+        <v>28</v>
+      </c>
+      <c r="O571" t="s">
+        <v>5275</v>
+      </c>
+    </row>
+    <row r="572" spans="1:15">
+      <c r="A572">
+        <v>65100</v>
+      </c>
+      <c r="B572" t="s">
+        <v>5276</v>
+      </c>
+      <c r="C572" t="s">
+        <v>5277</v>
+      </c>
+      <c r="D572" t="s">
+        <v>5278</v>
+      </c>
+      <c r="E572" t="s">
+        <v>5279</v>
+      </c>
+      <c r="F572" t="s">
+        <v>5280</v>
+      </c>
+      <c r="G572" t="s">
+        <v>5281</v>
+      </c>
+      <c r="H572" t="s">
+        <v>5282</v>
+      </c>
+      <c r="I572" t="s">
+        <v>5283</v>
+      </c>
+      <c r="J572" t="s">
+        <v>24</v>
+      </c>
+      <c r="K572" t="s">
+        <v>4647</v>
+      </c>
+      <c r="L572" t="s">
+        <v>26</v>
+      </c>
+      <c r="M572" t="s">
+        <v>4648</v>
+      </c>
+      <c r="N572" t="s">
+        <v>28</v>
+      </c>
+      <c r="O572" t="s">
+        <v>5284</v>
+      </c>
+    </row>
+    <row r="573" spans="1:15">
+      <c r="A573">
+        <v>65101</v>
+      </c>
+      <c r="B573" t="s">
+        <v>5285</v>
+      </c>
+      <c r="C573" t="s">
+        <v>5286</v>
+      </c>
+      <c r="D573" t="s">
+        <v>5287</v>
+      </c>
+      <c r="E573" t="s">
+        <v>5288</v>
+      </c>
+      <c r="F573" t="s">
+        <v>5289</v>
+      </c>
+      <c r="G573" t="s">
+        <v>5290</v>
+      </c>
+      <c r="H573" t="s">
+        <v>5291</v>
+      </c>
+      <c r="I573" t="s">
+        <v>5292</v>
+      </c>
+      <c r="J573" t="s">
+        <v>24</v>
+      </c>
+      <c r="K573" t="s">
+        <v>170</v>
+      </c>
+      <c r="L573" t="s">
+        <v>26</v>
+      </c>
+      <c r="M573" t="s">
+        <v>171</v>
+      </c>
+      <c r="N573" t="s">
+        <v>28</v>
+      </c>
+      <c r="O573" t="s">
+        <v>5293</v>
+      </c>
+    </row>
+    <row r="574" spans="1:15">
+      <c r="A574">
+        <v>65102</v>
+      </c>
+      <c r="B574" t="s">
+        <v>5294</v>
+      </c>
+      <c r="C574" t="s">
+        <v>5295</v>
+      </c>
+      <c r="D574" t="s">
+        <v>5296</v>
+      </c>
+      <c r="E574" t="s">
+        <v>5297</v>
+      </c>
+      <c r="F574" t="s">
+        <v>5298</v>
+      </c>
+      <c r="G574" t="s">
+        <v>5299</v>
+      </c>
+      <c r="H574" t="s">
+        <v>5300</v>
+      </c>
+      <c r="I574" t="s">
+        <v>5301</v>
+      </c>
+      <c r="J574" t="s">
+        <v>24</v>
+      </c>
+      <c r="K574" t="s">
+        <v>25</v>
+      </c>
+      <c r="L574" t="s">
+        <v>26</v>
+      </c>
+      <c r="M574" t="s">
+        <v>27</v>
+      </c>
+      <c r="N574" t="s">
+        <v>28</v>
+      </c>
+      <c r="O574" t="s">
+        <v>5302</v>
+      </c>
+    </row>
+    <row r="575" spans="1:15">
+      <c r="A575">
+        <v>65104</v>
+      </c>
+      <c r="B575" t="s">
+        <v>5303</v>
+      </c>
+      <c r="C575" t="s">
+        <v>5304</v>
+      </c>
+      <c r="D575" t="s">
+        <v>5305</v>
+      </c>
+      <c r="E575" t="s">
+        <v>5306</v>
+      </c>
+      <c r="F575" t="s">
+        <v>5307</v>
+      </c>
+      <c r="G575" t="s">
+        <v>5308</v>
+      </c>
+      <c r="H575" t="s">
+        <v>5309</v>
+      </c>
+      <c r="I575" t="s">
+        <v>5310</v>
+      </c>
+      <c r="J575" t="s">
+        <v>24</v>
+      </c>
+      <c r="K575" t="s">
+        <v>2789</v>
+      </c>
+      <c r="L575" t="s">
+        <v>26</v>
+      </c>
+      <c r="M575" t="s">
+        <v>2790</v>
+      </c>
+      <c r="N575" t="s">
+        <v>28</v>
+      </c>
+      <c r="O575" t="s">
+        <v>5311</v>
+      </c>
+    </row>
+    <row r="576" spans="1:15">
+      <c r="A576">
+        <v>65105</v>
+      </c>
+      <c r="B576" t="s">
+        <v>5312</v>
+      </c>
+      <c r="C576" t="s">
+        <v>5313</v>
+      </c>
+      <c r="D576" t="s">
+        <v>5314</v>
+      </c>
+      <c r="E576" t="s">
+        <v>5315</v>
+      </c>
+      <c r="F576" t="s">
+        <v>5316</v>
+      </c>
+      <c r="G576" t="s">
+        <v>5317</v>
+      </c>
+      <c r="H576" t="s">
+        <v>5318</v>
+      </c>
+      <c r="I576" t="s">
+        <v>5319</v>
+      </c>
+      <c r="J576" t="s">
+        <v>24</v>
+      </c>
+      <c r="K576" t="s">
+        <v>170</v>
+      </c>
+      <c r="L576" t="s">
+        <v>26</v>
+      </c>
+      <c r="M576" t="s">
+        <v>171</v>
+      </c>
+      <c r="N576" t="s">
+        <v>28</v>
+      </c>
+      <c r="O576" t="s">
+        <v>5320</v>
+      </c>
+    </row>
+    <row r="577" spans="1:15">
+      <c r="A577">
+        <v>65107</v>
+      </c>
+      <c r="B577" t="s">
+        <v>5321</v>
+      </c>
+      <c r="C577" t="s">
+        <v>5322</v>
+      </c>
+      <c r="D577" t="s">
+        <v>5323</v>
+      </c>
+      <c r="E577" t="s">
+        <v>5324</v>
+      </c>
+      <c r="F577" t="s">
+        <v>5325</v>
+      </c>
+      <c r="G577" t="s">
+        <v>5326</v>
+      </c>
+      <c r="H577" t="s">
+        <v>5327</v>
+      </c>
+      <c r="I577" t="s">
+        <v>5328</v>
+      </c>
+      <c r="J577" t="s">
+        <v>24</v>
+      </c>
+      <c r="K577" t="s">
+        <v>5329</v>
+      </c>
+      <c r="L577" t="s">
+        <v>26</v>
+      </c>
+      <c r="M577" t="s">
+        <v>5330</v>
+      </c>
+      <c r="N577" t="s">
+        <v>28</v>
+      </c>
+      <c r="O577" t="s">
+        <v>5331</v>
+      </c>
+    </row>
+    <row r="578" spans="1:15">
+      <c r="A578">
+        <v>65116</v>
+      </c>
+      <c r="B578" t="s">
+        <v>5332</v>
+      </c>
+      <c r="C578" t="s">
+        <v>5333</v>
+      </c>
+      <c r="D578" t="s">
+        <v>5334</v>
+      </c>
+      <c r="E578" t="s">
+        <v>5335</v>
+      </c>
+      <c r="F578" t="s">
+        <v>5336</v>
+      </c>
+      <c r="G578" t="s">
+        <v>5337</v>
+      </c>
+      <c r="H578" t="s">
+        <v>5338</v>
+      </c>
+      <c r="I578" t="s">
+        <v>5339</v>
+      </c>
+      <c r="J578" t="s">
+        <v>24</v>
+      </c>
+      <c r="K578" t="s">
+        <v>170</v>
+      </c>
+      <c r="L578" t="s">
+        <v>26</v>
+      </c>
+      <c r="M578" t="s">
+        <v>171</v>
+      </c>
+      <c r="N578" t="s">
+        <v>28</v>
+      </c>
+      <c r="O578" t="s">
+        <v>5340</v>
+      </c>
+    </row>
+    <row r="579" spans="1:15">
+      <c r="A579">
+        <v>65124</v>
+      </c>
+      <c r="B579" t="s">
+        <v>5341</v>
+      </c>
+      <c r="C579" t="s">
+        <v>5342</v>
+      </c>
+      <c r="D579" t="s">
+        <v>5343</v>
+      </c>
+      <c r="E579" t="s">
+        <v>5344</v>
+      </c>
+      <c r="F579" t="s">
+        <v>5345</v>
+      </c>
+      <c r="G579" t="s">
+        <v>5346</v>
+      </c>
+      <c r="H579" t="s">
+        <v>5347</v>
+      </c>
+      <c r="I579" t="s">
+        <v>5348</v>
+      </c>
+      <c r="J579" t="s">
+        <v>24</v>
+      </c>
+      <c r="K579" t="s">
+        <v>25</v>
+      </c>
+      <c r="L579" t="s">
+        <v>26</v>
+      </c>
+      <c r="M579" t="s">
+        <v>27</v>
+      </c>
+      <c r="N579" t="s">
+        <v>28</v>
+      </c>
+      <c r="O579" t="s">
+        <v>5349</v>
+      </c>
+    </row>
+    <row r="580" spans="1:15">
+      <c r="A580">
+        <v>65255</v>
+      </c>
+      <c r="B580" t="s">
+        <v>5350</v>
+      </c>
+      <c r="C580" t="s">
+        <v>5351</v>
+      </c>
+      <c r="D580" t="s">
+        <v>5352</v>
+      </c>
+      <c r="E580" t="s">
+        <v>5353</v>
+      </c>
+      <c r="F580" t="s">
+        <v>5354</v>
+      </c>
+      <c r="G580" t="s">
+        <v>5355</v>
+      </c>
+      <c r="H580" t="s">
+        <v>5356</v>
+      </c>
+      <c r="I580" t="s">
+        <v>5357</v>
+      </c>
+      <c r="J580" t="s">
+        <v>1625</v>
+      </c>
+      <c r="K580" t="s">
+        <v>5358</v>
+      </c>
+      <c r="L580" t="s">
+        <v>1627</v>
+      </c>
+      <c r="M580" t="s">
+        <v>5359</v>
+      </c>
+      <c r="N580" t="s">
+        <v>28</v>
+      </c>
+      <c r="O580" t="s">
+        <v>5360</v>
+      </c>
+    </row>
+    <row r="581" spans="1:15">
+      <c r="A581">
+        <v>65479</v>
+      </c>
+      <c r="B581" t="s">
+        <v>5361</v>
+      </c>
+      <c r="C581" t="s">
+        <v>5362</v>
+      </c>
+      <c r="D581" t="s">
+        <v>5363</v>
+      </c>
+      <c r="E581" t="s">
+        <v>5364</v>
+      </c>
+      <c r="F581" t="s">
+        <v>5365</v>
+      </c>
+      <c r="G581" t="s">
+        <v>5366</v>
+      </c>
+      <c r="H581" t="s">
+        <v>5367</v>
+      </c>
+      <c r="I581" t="s">
+        <v>5368</v>
+      </c>
+      <c r="J581" t="s">
+        <v>24</v>
+      </c>
+      <c r="K581" t="s">
+        <v>25</v>
+      </c>
+      <c r="L581" t="s">
+        <v>26</v>
+      </c>
+      <c r="M581" t="s">
+        <v>27</v>
+      </c>
+      <c r="N581" t="s">
+        <v>28</v>
+      </c>
+      <c r="O581" t="s">
+        <v>5369</v>
+      </c>
+    </row>
+    <row r="582" spans="1:15">
+      <c r="A582">
+        <v>65566</v>
+      </c>
+      <c r="B582" t="s">
+        <v>5370</v>
+      </c>
+      <c r="C582" t="s">
+        <v>5371</v>
+      </c>
+      <c r="D582" t="s">
+        <v>5372</v>
+      </c>
+      <c r="E582" t="s">
+        <v>5373</v>
+      </c>
+      <c r="F582" t="s">
+        <v>5374</v>
+      </c>
+      <c r="G582" t="s">
+        <v>5375</v>
+      </c>
+      <c r="H582" t="s">
+        <v>5376</v>
+      </c>
+      <c r="I582" t="s">
+        <v>5377</v>
+      </c>
+      <c r="J582" t="s">
+        <v>24</v>
+      </c>
+      <c r="K582" t="s">
+        <v>170</v>
+      </c>
+      <c r="L582" t="s">
+        <v>26</v>
+      </c>
+      <c r="M582" t="s">
+        <v>171</v>
+      </c>
+      <c r="N582" t="s">
+        <v>28</v>
+      </c>
+      <c r="O582" t="s">
+        <v>5378</v>
+      </c>
+    </row>
+    <row r="583" spans="1:15">
+      <c r="A583">
+        <v>65613</v>
+      </c>
+      <c r="B583" t="s">
+        <v>5379</v>
+      </c>
+      <c r="C583" t="s">
+        <v>5380</v>
+      </c>
+      <c r="D583" t="s">
+        <v>5381</v>
+      </c>
+      <c r="E583" t="s">
+        <v>5382</v>
+      </c>
+      <c r="F583" t="s">
+        <v>5383</v>
+      </c>
+      <c r="G583" t="s">
+        <v>5384</v>
+      </c>
+      <c r="H583" t="s">
+        <v>5385</v>
+      </c>
+      <c r="I583" t="s">
+        <v>5386</v>
+      </c>
+      <c r="J583" t="s">
+        <v>5387</v>
+      </c>
+      <c r="K583" t="s">
+        <v>1665</v>
+      </c>
+      <c r="L583" t="s">
+        <v>5388</v>
+      </c>
+      <c r="M583" t="s">
+        <v>1666</v>
+      </c>
+      <c r="N583" t="s">
+        <v>28</v>
+      </c>
+      <c r="O583" t="s">
+        <v>5389</v>
+      </c>
+    </row>
+    <row r="584" spans="1:15">
+      <c r="A584">
+        <v>65869</v>
+      </c>
+      <c r="B584" t="s">
+        <v>5390</v>
+      </c>
+      <c r="C584" t="s">
+        <v>5391</v>
+      </c>
+      <c r="D584" t="s">
+        <v>5392</v>
+      </c>
+      <c r="E584" t="s">
+        <v>5393</v>
+      </c>
+      <c r="F584" t="s">
+        <v>5394</v>
+      </c>
+      <c r="G584" t="s">
+        <v>5395</v>
+      </c>
+      <c r="H584" t="s">
+        <v>5396</v>
+      </c>
+      <c r="I584" t="s">
+        <v>5397</v>
+      </c>
+      <c r="J584" t="s">
+        <v>24</v>
+      </c>
+      <c r="K584" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L584" t="s">
+        <v>26</v>
+      </c>
+      <c r="M584" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N584" t="s">
+        <v>28</v>
+      </c>
+      <c r="O584" t="s">
+        <v>5398</v>
+      </c>
+    </row>
+    <row r="585" spans="1:15">
+      <c r="A585">
         <v>66392</v>
       </c>
-      <c r="B495" t="s">
-[...26 lines deleted...]
-      <c r="K495" t="s">
+      <c r="B585" t="s">
+        <v>5399</v>
+      </c>
+      <c r="C585" t="s">
+        <v>5400</v>
+      </c>
+      <c r="D585" t="s">
+        <v>5401</v>
+      </c>
+      <c r="E585" t="s">
+        <v>5402</v>
+      </c>
+      <c r="F585" t="s">
+        <v>5403</v>
+      </c>
+      <c r="G585" t="s">
+        <v>5404</v>
+      </c>
+      <c r="H585" t="s">
+        <v>5405</v>
+      </c>
+      <c r="I585" t="s">
+        <v>5406</v>
+      </c>
+      <c r="J585" t="s">
+        <v>24</v>
+      </c>
+      <c r="K585" t="s">
         <v>25</v>
       </c>
-      <c r="L495" t="s">
-[...2 lines deleted...]
-      <c r="M495" t="s">
+      <c r="L585" t="s">
+        <v>26</v>
+      </c>
+      <c r="M585" t="s">
         <v>27</v>
       </c>
-      <c r="N495" t="s">
-[...3 lines deleted...]
-        <v>4565</v>
+      <c r="N585" t="s">
+        <v>28</v>
+      </c>
+      <c r="O585" t="s">
+        <v>5407</v>
+      </c>
+    </row>
+    <row r="586" spans="1:15">
+      <c r="A586">
+        <v>66510</v>
+      </c>
+      <c r="B586" t="s">
+        <v>5408</v>
+      </c>
+      <c r="C586" t="s">
+        <v>5409</v>
+      </c>
+      <c r="D586" t="s">
+        <v>5410</v>
+      </c>
+      <c r="E586" t="s">
+        <v>5411</v>
+      </c>
+      <c r="F586" t="s">
+        <v>5412</v>
+      </c>
+      <c r="G586" t="s">
+        <v>5413</v>
+      </c>
+      <c r="H586" t="s">
+        <v>5414</v>
+      </c>
+      <c r="I586" t="s">
+        <v>5415</v>
+      </c>
+      <c r="J586" t="s">
+        <v>1625</v>
+      </c>
+      <c r="K586" t="s">
+        <v>5416</v>
+      </c>
+      <c r="L586" t="s">
+        <v>1627</v>
+      </c>
+      <c r="M586" t="s">
+        <v>5417</v>
+      </c>
+      <c r="N586" t="s">
+        <v>28</v>
+      </c>
+      <c r="O586" t="s">
+        <v>5418</v>
+      </c>
+    </row>
+    <row r="587" spans="1:15">
+      <c r="A587">
+        <v>66511</v>
+      </c>
+      <c r="B587" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C587" t="s">
+        <v>5419</v>
+      </c>
+      <c r="D587" t="s">
+        <v>5420</v>
+      </c>
+      <c r="E587" t="s">
+        <v>5421</v>
+      </c>
+      <c r="F587" t="s">
+        <v>1973</v>
+      </c>
+      <c r="G587" t="s">
+        <v>1974</v>
+      </c>
+      <c r="H587" t="s">
+        <v>5422</v>
+      </c>
+      <c r="I587" t="s">
+        <v>5423</v>
+      </c>
+      <c r="J587" t="s">
+        <v>24</v>
+      </c>
+      <c r="K587" t="s">
+        <v>5424</v>
+      </c>
+      <c r="L587" t="s">
+        <v>26</v>
+      </c>
+      <c r="M587" t="s">
+        <v>5425</v>
+      </c>
+      <c r="N587" t="s">
+        <v>28</v>
+      </c>
+      <c r="O587" t="s">
+        <v>5426</v>
+      </c>
+    </row>
+    <row r="588" spans="1:15">
+      <c r="A588">
+        <v>66512</v>
+      </c>
+      <c r="B588" t="s">
+        <v>4482</v>
+      </c>
+      <c r="C588" t="s">
+        <v>5427</v>
+      </c>
+      <c r="D588" t="s">
+        <v>5428</v>
+      </c>
+      <c r="E588" t="s">
+        <v>5429</v>
+      </c>
+      <c r="F588" t="s">
+        <v>5430</v>
+      </c>
+      <c r="G588" t="s">
+        <v>4487</v>
+      </c>
+      <c r="H588" t="s">
+        <v>4488</v>
+      </c>
+      <c r="I588" t="s">
+        <v>4489</v>
+      </c>
+      <c r="J588" t="s">
+        <v>24</v>
+      </c>
+      <c r="K588" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L588" t="s">
+        <v>26</v>
+      </c>
+      <c r="M588" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N588" t="s">
+        <v>28</v>
+      </c>
+      <c r="O588" t="s">
+        <v>5433</v>
+      </c>
+    </row>
+    <row r="589" spans="1:15">
+      <c r="A589">
+        <v>66513</v>
+      </c>
+      <c r="B589" t="s">
+        <v>5434</v>
+      </c>
+      <c r="C589" t="s">
+        <v>5435</v>
+      </c>
+      <c r="D589" t="s">
+        <v>5436</v>
+      </c>
+      <c r="E589" t="s">
+        <v>5437</v>
+      </c>
+      <c r="F589" t="s">
+        <v>5438</v>
+      </c>
+      <c r="G589" t="s">
+        <v>4814</v>
+      </c>
+      <c r="H589" t="s">
+        <v>5439</v>
+      </c>
+      <c r="I589" t="s">
+        <v>5440</v>
+      </c>
+      <c r="J589" t="s">
+        <v>24</v>
+      </c>
+      <c r="K589" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L589" t="s">
+        <v>26</v>
+      </c>
+      <c r="M589" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N589" t="s">
+        <v>28</v>
+      </c>
+      <c r="O589" t="s">
+        <v>5441</v>
+      </c>
+    </row>
+    <row r="590" spans="1:15">
+      <c r="A590">
+        <v>66514</v>
+      </c>
+      <c r="B590" t="s">
+        <v>5442</v>
+      </c>
+      <c r="C590" t="s">
+        <v>5443</v>
+      </c>
+      <c r="D590" t="s">
+        <v>5444</v>
+      </c>
+      <c r="E590" t="s">
+        <v>5445</v>
+      </c>
+      <c r="F590" t="s">
+        <v>2118</v>
+      </c>
+      <c r="G590" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H590" t="s">
+        <v>5446</v>
+      </c>
+      <c r="I590" t="s">
+        <v>5447</v>
+      </c>
+      <c r="J590" t="s">
+        <v>24</v>
+      </c>
+      <c r="K590" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L590" t="s">
+        <v>26</v>
+      </c>
+      <c r="M590" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N590" t="s">
+        <v>28</v>
+      </c>
+      <c r="O590" t="s">
+        <v>5448</v>
+      </c>
+    </row>
+    <row r="591" spans="1:15">
+      <c r="A591">
+        <v>66515</v>
+      </c>
+      <c r="B591" t="s">
+        <v>5449</v>
+      </c>
+      <c r="C591" t="s">
+        <v>5450</v>
+      </c>
+      <c r="D591" t="s">
+        <v>5451</v>
+      </c>
+      <c r="E591" t="s">
+        <v>5452</v>
+      </c>
+      <c r="F591" t="s">
+        <v>5453</v>
+      </c>
+      <c r="G591" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H591" t="s">
+        <v>5454</v>
+      </c>
+      <c r="I591" t="s">
+        <v>5455</v>
+      </c>
+      <c r="J591" t="s">
+        <v>24</v>
+      </c>
+      <c r="K591" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L591" t="s">
+        <v>26</v>
+      </c>
+      <c r="M591" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N591" t="s">
+        <v>28</v>
+      </c>
+      <c r="O591" t="s">
+        <v>5456</v>
+      </c>
+    </row>
+    <row r="592" spans="1:15">
+      <c r="A592">
+        <v>66516</v>
+      </c>
+      <c r="B592" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C592" t="s">
+        <v>5457</v>
+      </c>
+      <c r="D592" t="s">
+        <v>5458</v>
+      </c>
+      <c r="E592" t="s">
+        <v>5459</v>
+      </c>
+      <c r="F592" t="s">
+        <v>5460</v>
+      </c>
+      <c r="G592" t="s">
+        <v>5461</v>
+      </c>
+      <c r="H592" t="s">
+        <v>5462</v>
+      </c>
+      <c r="I592" t="s">
+        <v>1733</v>
+      </c>
+      <c r="J592" t="s">
+        <v>24</v>
+      </c>
+      <c r="K592" t="s">
+        <v>170</v>
+      </c>
+      <c r="L592" t="s">
+        <v>26</v>
+      </c>
+      <c r="M592" t="s">
+        <v>171</v>
+      </c>
+      <c r="N592" t="s">
+        <v>28</v>
+      </c>
+      <c r="O592" t="s">
+        <v>5463</v>
+      </c>
+    </row>
+    <row r="593" spans="1:15">
+      <c r="A593">
+        <v>66517</v>
+      </c>
+      <c r="B593" t="s">
+        <v>5464</v>
+      </c>
+      <c r="C593" t="s">
+        <v>5465</v>
+      </c>
+      <c r="D593" t="s">
+        <v>5466</v>
+      </c>
+      <c r="E593" t="s">
+        <v>5467</v>
+      </c>
+      <c r="F593" t="s">
+        <v>5468</v>
+      </c>
+      <c r="G593" t="s">
+        <v>5469</v>
+      </c>
+      <c r="H593" t="s">
+        <v>5470</v>
+      </c>
+      <c r="I593" t="s">
+        <v>5471</v>
+      </c>
+      <c r="J593" t="s">
+        <v>24</v>
+      </c>
+      <c r="K593" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L593" t="s">
+        <v>26</v>
+      </c>
+      <c r="M593" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N593" t="s">
+        <v>28</v>
+      </c>
+      <c r="O593" t="s">
+        <v>5472</v>
+      </c>
+    </row>
+    <row r="594" spans="1:15">
+      <c r="A594">
+        <v>66518</v>
+      </c>
+      <c r="B594" t="s">
+        <v>5473</v>
+      </c>
+      <c r="C594" t="s">
+        <v>5474</v>
+      </c>
+      <c r="D594" t="s">
+        <v>5475</v>
+      </c>
+      <c r="E594" t="s">
+        <v>5476</v>
+      </c>
+      <c r="F594" t="s">
+        <v>5477</v>
+      </c>
+      <c r="G594" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H594" t="s">
+        <v>5478</v>
+      </c>
+      <c r="I594" t="s">
+        <v>5479</v>
+      </c>
+      <c r="J594" t="s">
+        <v>24</v>
+      </c>
+      <c r="K594" t="s">
+        <v>170</v>
+      </c>
+      <c r="L594" t="s">
+        <v>26</v>
+      </c>
+      <c r="M594" t="s">
+        <v>171</v>
+      </c>
+      <c r="N594" t="s">
+        <v>28</v>
+      </c>
+      <c r="O594" t="s">
+        <v>5480</v>
+      </c>
+    </row>
+    <row r="595" spans="1:15">
+      <c r="A595">
+        <v>66519</v>
+      </c>
+      <c r="B595" t="s">
+        <v>5481</v>
+      </c>
+      <c r="C595" t="s">
+        <v>5482</v>
+      </c>
+      <c r="D595" t="s">
+        <v>5483</v>
+      </c>
+      <c r="E595" t="s">
+        <v>5484</v>
+      </c>
+      <c r="F595" t="s">
+        <v>5485</v>
+      </c>
+      <c r="G595" t="s">
+        <v>5486</v>
+      </c>
+      <c r="H595" t="s">
+        <v>1993</v>
+      </c>
+      <c r="I595" t="s">
+        <v>1994</v>
+      </c>
+      <c r="J595" t="s">
+        <v>24</v>
+      </c>
+      <c r="K595" t="s">
+        <v>5487</v>
+      </c>
+      <c r="L595" t="s">
+        <v>26</v>
+      </c>
+      <c r="M595" t="s">
+        <v>5488</v>
+      </c>
+      <c r="N595" t="s">
+        <v>28</v>
+      </c>
+      <c r="O595" t="s">
+        <v>5489</v>
+      </c>
+    </row>
+    <row r="596" spans="1:15">
+      <c r="A596">
+        <v>66520</v>
+      </c>
+      <c r="B596" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C596" t="s">
+        <v>5490</v>
+      </c>
+      <c r="D596" t="s">
+        <v>5491</v>
+      </c>
+      <c r="E596" t="s">
+        <v>5492</v>
+      </c>
+      <c r="F596" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G596" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H596" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I596" t="s">
+        <v>2081</v>
+      </c>
+      <c r="J596" t="s">
+        <v>24</v>
+      </c>
+      <c r="K596" t="s">
+        <v>25</v>
+      </c>
+      <c r="L596" t="s">
+        <v>26</v>
+      </c>
+      <c r="M596" t="s">
+        <v>27</v>
+      </c>
+      <c r="N596" t="s">
+        <v>28</v>
+      </c>
+      <c r="O596" t="s">
+        <v>5493</v>
+      </c>
+    </row>
+    <row r="597" spans="1:15">
+      <c r="A597">
+        <v>66521</v>
+      </c>
+      <c r="B597" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C597" t="s">
+        <v>5494</v>
+      </c>
+      <c r="D597" t="s">
+        <v>5495</v>
+      </c>
+      <c r="E597" t="s">
+        <v>5496</v>
+      </c>
+      <c r="F597" t="s">
+        <v>5497</v>
+      </c>
+      <c r="G597" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H597" t="s">
+        <v>5498</v>
+      </c>
+      <c r="I597" t="s">
+        <v>1778</v>
+      </c>
+      <c r="J597" t="s">
+        <v>24</v>
+      </c>
+      <c r="K597" t="s">
+        <v>170</v>
+      </c>
+      <c r="L597" t="s">
+        <v>26</v>
+      </c>
+      <c r="M597" t="s">
+        <v>171</v>
+      </c>
+      <c r="N597" t="s">
+        <v>28</v>
+      </c>
+      <c r="O597" t="s">
+        <v>5499</v>
+      </c>
+    </row>
+    <row r="598" spans="1:15">
+      <c r="A598">
+        <v>66522</v>
+      </c>
+      <c r="B598" t="s">
+        <v>5500</v>
+      </c>
+      <c r="C598" t="s">
+        <v>5501</v>
+      </c>
+      <c r="D598" t="s">
+        <v>5502</v>
+      </c>
+      <c r="E598" t="s">
+        <v>5503</v>
+      </c>
+      <c r="F598" t="s">
+        <v>5504</v>
+      </c>
+      <c r="G598" t="s">
+        <v>5505</v>
+      </c>
+      <c r="H598" t="s">
+        <v>5506</v>
+      </c>
+      <c r="I598" t="s">
+        <v>5507</v>
+      </c>
+      <c r="J598" t="s">
+        <v>24</v>
+      </c>
+      <c r="K598" t="s">
+        <v>5358</v>
+      </c>
+      <c r="L598" t="s">
+        <v>26</v>
+      </c>
+      <c r="M598" t="s">
+        <v>5359</v>
+      </c>
+      <c r="N598" t="s">
+        <v>28</v>
+      </c>
+      <c r="O598" t="s">
+        <v>5508</v>
+      </c>
+    </row>
+    <row r="599" spans="1:15">
+      <c r="A599">
+        <v>66523</v>
+      </c>
+      <c r="B599" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C599" t="s">
+        <v>5509</v>
+      </c>
+      <c r="D599" t="s">
+        <v>5510</v>
+      </c>
+      <c r="E599" t="s">
+        <v>5511</v>
+      </c>
+      <c r="F599" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G599" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H599" t="s">
+        <v>1966</v>
+      </c>
+      <c r="I599" t="s">
+        <v>1967</v>
+      </c>
+      <c r="J599" t="s">
+        <v>24</v>
+      </c>
+      <c r="K599" t="s">
+        <v>47</v>
+      </c>
+      <c r="L599" t="s">
+        <v>26</v>
+      </c>
+      <c r="M599" t="s">
+        <v>48</v>
+      </c>
+      <c r="N599" t="s">
+        <v>28</v>
+      </c>
+      <c r="O599" t="s">
+        <v>5512</v>
+      </c>
+    </row>
+    <row r="600" spans="1:15">
+      <c r="A600">
+        <v>66524</v>
+      </c>
+      <c r="B600" t="s">
+        <v>4650</v>
+      </c>
+      <c r="C600" t="s">
+        <v>5513</v>
+      </c>
+      <c r="D600" t="s">
+        <v>5514</v>
+      </c>
+      <c r="E600" t="s">
+        <v>5515</v>
+      </c>
+      <c r="F600" t="s">
+        <v>5516</v>
+      </c>
+      <c r="G600" t="s">
+        <v>4655</v>
+      </c>
+      <c r="H600" t="s">
+        <v>4656</v>
+      </c>
+      <c r="I600" t="s">
+        <v>4657</v>
+      </c>
+      <c r="J600" t="s">
+        <v>24</v>
+      </c>
+      <c r="K600" t="s">
+        <v>170</v>
+      </c>
+      <c r="L600" t="s">
+        <v>26</v>
+      </c>
+      <c r="M600" t="s">
+        <v>171</v>
+      </c>
+      <c r="N600" t="s">
+        <v>28</v>
+      </c>
+      <c r="O600" t="s">
+        <v>5517</v>
+      </c>
+    </row>
+    <row r="601" spans="1:15">
+      <c r="A601">
+        <v>66525</v>
+      </c>
+      <c r="B601" t="s">
+        <v>5518</v>
+      </c>
+      <c r="C601" t="s">
+        <v>5519</v>
+      </c>
+      <c r="D601" t="s">
+        <v>5520</v>
+      </c>
+      <c r="E601" t="s">
+        <v>5521</v>
+      </c>
+      <c r="F601" t="s">
+        <v>4513</v>
+      </c>
+      <c r="G601" t="s">
+        <v>4514</v>
+      </c>
+      <c r="H601" t="s">
+        <v>4515</v>
+      </c>
+      <c r="I601" t="s">
+        <v>4516</v>
+      </c>
+      <c r="J601" t="s">
+        <v>24</v>
+      </c>
+      <c r="K601" t="s">
+        <v>170</v>
+      </c>
+      <c r="L601" t="s">
+        <v>26</v>
+      </c>
+      <c r="M601" t="s">
+        <v>171</v>
+      </c>
+      <c r="N601" t="s">
+        <v>28</v>
+      </c>
+      <c r="O601" t="s">
+        <v>5522</v>
+      </c>
+    </row>
+    <row r="602" spans="1:15">
+      <c r="A602">
+        <v>66526</v>
+      </c>
+      <c r="B602" t="s">
+        <v>5523</v>
+      </c>
+      <c r="C602" t="s">
+        <v>5524</v>
+      </c>
+      <c r="D602" t="s">
+        <v>5525</v>
+      </c>
+      <c r="E602" t="s">
+        <v>5526</v>
+      </c>
+      <c r="F602" t="s">
+        <v>5527</v>
+      </c>
+      <c r="G602" t="s">
+        <v>4523</v>
+      </c>
+      <c r="H602" t="s">
+        <v>4524</v>
+      </c>
+      <c r="I602" t="s">
+        <v>4525</v>
+      </c>
+      <c r="J602" t="s">
+        <v>24</v>
+      </c>
+      <c r="K602" t="s">
+        <v>170</v>
+      </c>
+      <c r="L602" t="s">
+        <v>26</v>
+      </c>
+      <c r="M602" t="s">
+        <v>171</v>
+      </c>
+      <c r="N602" t="s">
+        <v>28</v>
+      </c>
+      <c r="O602" t="s">
+        <v>5528</v>
+      </c>
+    </row>
+    <row r="603" spans="1:15">
+      <c r="A603">
+        <v>66527</v>
+      </c>
+      <c r="B603" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C603" t="s">
+        <v>5529</v>
+      </c>
+      <c r="D603" t="s">
+        <v>5530</v>
+      </c>
+      <c r="E603" t="s">
+        <v>5531</v>
+      </c>
+      <c r="F603" t="s">
+        <v>5532</v>
+      </c>
+      <c r="G603" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I603" t="s">
+        <v>2014</v>
+      </c>
+      <c r="J603" t="s">
+        <v>24</v>
+      </c>
+      <c r="K603" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L603" t="s">
+        <v>26</v>
+      </c>
+      <c r="M603" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N603" t="s">
+        <v>28</v>
+      </c>
+      <c r="O603" t="s">
+        <v>5533</v>
+      </c>
+    </row>
+    <row r="604" spans="1:15">
+      <c r="A604">
+        <v>66529</v>
+      </c>
+      <c r="B604" t="s">
+        <v>5534</v>
+      </c>
+      <c r="C604" t="s">
+        <v>5535</v>
+      </c>
+      <c r="D604" t="s">
+        <v>5536</v>
+      </c>
+      <c r="E604" t="s">
+        <v>5537</v>
+      </c>
+      <c r="F604" t="s">
+        <v>5538</v>
+      </c>
+      <c r="G604" t="s">
+        <v>4951</v>
+      </c>
+      <c r="H604" t="s">
+        <v>4952</v>
+      </c>
+      <c r="I604" t="s">
+        <v>4953</v>
+      </c>
+      <c r="J604" t="s">
+        <v>24</v>
+      </c>
+      <c r="K604" t="s">
+        <v>2540</v>
+      </c>
+      <c r="L604" t="s">
+        <v>26</v>
+      </c>
+      <c r="M604" t="s">
+        <v>2541</v>
+      </c>
+      <c r="N604" t="s">
+        <v>28</v>
+      </c>
+      <c r="O604" t="s">
+        <v>5539</v>
+      </c>
+    </row>
+    <row r="605" spans="1:15">
+      <c r="A605">
+        <v>66530</v>
+      </c>
+      <c r="B605" t="s">
+        <v>5540</v>
+      </c>
+      <c r="C605" t="s">
+        <v>5541</v>
+      </c>
+      <c r="D605" t="s">
+        <v>5542</v>
+      </c>
+      <c r="E605" t="s">
+        <v>5543</v>
+      </c>
+      <c r="F605" t="s">
+        <v>5544</v>
+      </c>
+      <c r="G605" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H605" t="s">
+        <v>1694</v>
+      </c>
+      <c r="I605" t="s">
+        <v>1695</v>
+      </c>
+      <c r="J605" t="s">
+        <v>24</v>
+      </c>
+      <c r="K605" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L605" t="s">
+        <v>26</v>
+      </c>
+      <c r="M605" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N605" t="s">
+        <v>28</v>
+      </c>
+      <c r="O605" t="s">
+        <v>5545</v>
+      </c>
+    </row>
+    <row r="606" spans="1:15">
+      <c r="A606">
+        <v>66531</v>
+      </c>
+      <c r="B606" t="s">
+        <v>5546</v>
+      </c>
+      <c r="C606" t="s">
+        <v>5547</v>
+      </c>
+      <c r="D606" t="s">
+        <v>5548</v>
+      </c>
+      <c r="E606" t="s">
+        <v>5549</v>
+      </c>
+      <c r="F606" t="s">
+        <v>5550</v>
+      </c>
+      <c r="G606" t="s">
+        <v>5551</v>
+      </c>
+      <c r="H606" t="s">
+        <v>5552</v>
+      </c>
+      <c r="I606" t="s">
+        <v>5553</v>
+      </c>
+      <c r="J606" t="s">
+        <v>450</v>
+      </c>
+      <c r="K606" t="s">
+        <v>5554</v>
+      </c>
+      <c r="L606" t="s">
+        <v>452</v>
+      </c>
+      <c r="M606" t="s">
+        <v>5555</v>
+      </c>
+      <c r="N606" t="s">
+        <v>28</v>
+      </c>
+      <c r="O606" t="s">
+        <v>5556</v>
+      </c>
+    </row>
+    <row r="607" spans="1:15">
+      <c r="A607">
+        <v>66532</v>
+      </c>
+      <c r="B607" t="s">
+        <v>5557</v>
+      </c>
+      <c r="C607" t="s">
+        <v>5558</v>
+      </c>
+      <c r="D607" t="s">
+        <v>5559</v>
+      </c>
+      <c r="E607" t="s">
+        <v>5560</v>
+      </c>
+      <c r="F607" t="s">
+        <v>2096</v>
+      </c>
+      <c r="G607" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I607" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J607" t="s">
+        <v>450</v>
+      </c>
+      <c r="K607" t="s">
+        <v>5561</v>
+      </c>
+      <c r="L607" t="s">
+        <v>452</v>
+      </c>
+      <c r="M607" t="s">
+        <v>5562</v>
+      </c>
+      <c r="N607" t="s">
+        <v>28</v>
+      </c>
+      <c r="O607" t="s">
+        <v>5563</v>
+      </c>
+    </row>
+    <row r="608" spans="1:15">
+      <c r="A608">
+        <v>66533</v>
+      </c>
+      <c r="B608" t="s">
+        <v>5564</v>
+      </c>
+      <c r="C608" t="s">
+        <v>5565</v>
+      </c>
+      <c r="D608" t="s">
+        <v>5566</v>
+      </c>
+      <c r="E608" t="s">
+        <v>5567</v>
+      </c>
+      <c r="F608" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G608" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H608" t="s">
+        <v>1786</v>
+      </c>
+      <c r="I608" t="s">
+        <v>5568</v>
+      </c>
+      <c r="J608" t="s">
+        <v>24</v>
+      </c>
+      <c r="K608" t="s">
+        <v>5569</v>
+      </c>
+      <c r="L608" t="s">
+        <v>26</v>
+      </c>
+      <c r="M608" t="s">
+        <v>5570</v>
+      </c>
+      <c r="N608" t="s">
+        <v>28</v>
+      </c>
+      <c r="O608" t="s">
+        <v>5571</v>
+      </c>
+    </row>
+    <row r="609" spans="1:15">
+      <c r="A609">
+        <v>66534</v>
+      </c>
+      <c r="B609" t="s">
+        <v>5572</v>
+      </c>
+      <c r="C609" t="s">
+        <v>5573</v>
+      </c>
+      <c r="D609" t="s">
+        <v>5574</v>
+      </c>
+      <c r="E609" t="s">
+        <v>5575</v>
+      </c>
+      <c r="F609" t="s">
+        <v>5576</v>
+      </c>
+      <c r="G609" t="s">
+        <v>5577</v>
+      </c>
+      <c r="H609" t="s">
+        <v>3597</v>
+      </c>
+      <c r="I609" t="s">
+        <v>3598</v>
+      </c>
+      <c r="J609" t="s">
+        <v>24</v>
+      </c>
+      <c r="K609" t="s">
+        <v>47</v>
+      </c>
+      <c r="L609" t="s">
+        <v>26</v>
+      </c>
+      <c r="M609" t="s">
+        <v>48</v>
+      </c>
+      <c r="N609" t="s">
+        <v>28</v>
+      </c>
+      <c r="O609" t="s">
+        <v>5578</v>
+      </c>
+    </row>
+    <row r="610" spans="1:15">
+      <c r="A610">
+        <v>66535</v>
+      </c>
+      <c r="B610" t="s">
+        <v>5579</v>
+      </c>
+      <c r="C610" t="s">
+        <v>5580</v>
+      </c>
+      <c r="D610" t="s">
+        <v>5581</v>
+      </c>
+      <c r="E610" t="s">
+        <v>5582</v>
+      </c>
+      <c r="F610" t="s">
+        <v>5583</v>
+      </c>
+      <c r="G610" t="s">
+        <v>5584</v>
+      </c>
+      <c r="H610" t="s">
+        <v>5585</v>
+      </c>
+      <c r="I610" t="s">
+        <v>5586</v>
+      </c>
+      <c r="J610" t="s">
+        <v>5587</v>
+      </c>
+      <c r="K610" t="s">
+        <v>5588</v>
+      </c>
+      <c r="L610" t="s">
+        <v>5589</v>
+      </c>
+      <c r="M610" t="s">
+        <v>5590</v>
+      </c>
+      <c r="N610" t="s">
+        <v>28</v>
+      </c>
+      <c r="O610" t="s">
+        <v>5591</v>
+      </c>
+    </row>
+    <row r="611" spans="1:15">
+      <c r="A611">
+        <v>66536</v>
+      </c>
+      <c r="B611" t="s">
+        <v>5592</v>
+      </c>
+      <c r="C611" t="s">
+        <v>5593</v>
+      </c>
+      <c r="D611" t="s">
+        <v>5594</v>
+      </c>
+      <c r="E611" t="s">
+        <v>5595</v>
+      </c>
+      <c r="F611" t="s">
+        <v>5596</v>
+      </c>
+      <c r="G611" t="s">
+        <v>5597</v>
+      </c>
+      <c r="H611" t="s">
+        <v>5598</v>
+      </c>
+      <c r="I611" t="s">
+        <v>5599</v>
+      </c>
+      <c r="J611" t="s">
+        <v>24</v>
+      </c>
+      <c r="K611" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L611" t="s">
+        <v>26</v>
+      </c>
+      <c r="M611" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N611" t="s">
+        <v>28</v>
+      </c>
+      <c r="O611" t="s">
+        <v>5600</v>
+      </c>
+    </row>
+    <row r="612" spans="1:15">
+      <c r="A612">
+        <v>66537</v>
+      </c>
+      <c r="B612" t="s">
+        <v>5601</v>
+      </c>
+      <c r="C612" t="s">
+        <v>5602</v>
+      </c>
+      <c r="D612" t="s">
+        <v>5603</v>
+      </c>
+      <c r="E612" t="s">
+        <v>5604</v>
+      </c>
+      <c r="F612" t="s">
+        <v>5605</v>
+      </c>
+      <c r="G612" t="s">
+        <v>5346</v>
+      </c>
+      <c r="H612" t="s">
+        <v>5347</v>
+      </c>
+      <c r="I612" t="s">
+        <v>5348</v>
+      </c>
+      <c r="J612" t="s">
+        <v>24</v>
+      </c>
+      <c r="K612" t="s">
+        <v>5431</v>
+      </c>
+      <c r="L612" t="s">
+        <v>26</v>
+      </c>
+      <c r="M612" t="s">
+        <v>5432</v>
+      </c>
+      <c r="N612" t="s">
+        <v>28</v>
+      </c>
+      <c r="O612" t="s">
+        <v>5606</v>
+      </c>
+    </row>
+    <row r="613" spans="1:15">
+      <c r="A613">
+        <v>66538</v>
+      </c>
+      <c r="B613" t="s">
+        <v>5607</v>
+      </c>
+      <c r="C613" t="s">
+        <v>5608</v>
+      </c>
+      <c r="D613" t="s">
+        <v>5609</v>
+      </c>
+      <c r="E613" t="s">
+        <v>5610</v>
+      </c>
+      <c r="F613" t="s">
+        <v>5611</v>
+      </c>
+      <c r="G613" t="s">
+        <v>2088</v>
+      </c>
+      <c r="H613" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I613" t="s">
+        <v>2090</v>
+      </c>
+      <c r="J613" t="s">
+        <v>24</v>
+      </c>
+      <c r="K613" t="s">
+        <v>5612</v>
+      </c>
+      <c r="L613" t="s">
+        <v>26</v>
+      </c>
+      <c r="M613" t="s">
+        <v>5613</v>
+      </c>
+      <c r="N613" t="s">
+        <v>28</v>
+      </c>
+      <c r="O613" t="s">
+        <v>5614</v>
+      </c>
+    </row>
+    <row r="614" spans="1:15">
+      <c r="A614">
+        <v>66540</v>
+      </c>
+      <c r="B614" t="s">
+        <v>5615</v>
+      </c>
+      <c r="C614" t="s">
+        <v>5616</v>
+      </c>
+      <c r="D614" t="s">
+        <v>5617</v>
+      </c>
+      <c r="E614" t="s">
+        <v>5618</v>
+      </c>
+      <c r="F614" t="s">
+        <v>5619</v>
+      </c>
+      <c r="G614" t="s">
+        <v>5620</v>
+      </c>
+      <c r="H614" t="s">
+        <v>5621</v>
+      </c>
+      <c r="I614" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J614" t="s">
+        <v>24</v>
+      </c>
+      <c r="K614" t="s">
+        <v>5622</v>
+      </c>
+      <c r="L614" t="s">
+        <v>26</v>
+      </c>
+      <c r="M614" t="s">
+        <v>5623</v>
+      </c>
+      <c r="N614" t="s">
+        <v>28</v>
+      </c>
+      <c r="O614" t="s">
+        <v>5624</v>
+      </c>
+    </row>
+    <row r="615" spans="1:15">
+      <c r="A615">
+        <v>66541</v>
+      </c>
+      <c r="B615" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C615" t="s">
+        <v>5625</v>
+      </c>
+      <c r="D615" t="s">
+        <v>5626</v>
+      </c>
+      <c r="E615" t="s">
+        <v>5627</v>
+      </c>
+      <c r="F615" t="s">
+        <v>5628</v>
+      </c>
+      <c r="G615" t="s">
+        <v>2070</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I615" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J615" t="s">
+        <v>24</v>
+      </c>
+      <c r="K615" t="s">
+        <v>5629</v>
+      </c>
+      <c r="L615" t="s">
+        <v>26</v>
+      </c>
+      <c r="M615" t="s">
+        <v>5630</v>
+      </c>
+      <c r="N615" t="s">
+        <v>28</v>
+      </c>
+      <c r="O615" t="s">
+        <v>5631</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">