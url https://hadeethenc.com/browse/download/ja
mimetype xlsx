--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1626">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1681">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: 日本語
 # Source: https://hadeethenc.com/ja
-# Last update: 2022-09-29 00:00:00 (v1.0.0)
-# Check for updates: https://hadeethenc.com/en/check/ja/v1.0.0
+# Last update: 2025-11-12 00:08:06 (v1.3.0)
+# Check for updates: https://hadeethenc.com/en/check/ja/v1.3.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -105,54 +105,54 @@
   <si>
     <t>مَنْ حَجَّ لله تعالى ولم يَصْدُرْ منه كلامٌ قبيحٌ ولا فعلٌ سيءٌ أثناء المناسك، ولم يأتِ بمعصيةٍ رَجَعَ مِنْ حَجِّهِ مَغْفُوراً له، كما يُولَدُ الصَّبِيُّ سَالماً من الذُّنُوب، وتكفيرُ الحجِّ للذُّنُوب والخطايا خاصٌّ بصغائر الذنوب، أما الكبائرُ فلا بُدَّ لها من التوبة.</t>
   </si>
   <si>
     <t>アッラーゆえにハッジし、その儀礼を遂行する間、いかなる醜い言葉や悪い行いもなく、罪も犯さなかった者は、罪を赦された状態でハッジから戻ることになる。それはちょうど、子供が罪から無縁な状態で生まれるようなもの。なお、ハッジによって赦される罪は、小さな罪に限られる。大罪については、タウバ（悔悟）しなければならない。</t>
   </si>
   <si>
     <t>الحجُّ يزُكَيِّ النَّفْسَ من أعمال الرَّفَثِ والفُسُوق.
 الحج مُكفِّرٌ للذُّنوب والآثام التي كانت قبله.
 الفُسُوق وإن كان ممنوعاً في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيماً لمناسك الحج في بيت الله الحرام.
 الإنسان يولد بدون خطايا مبرءاً من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>ハッジは下品な行動や放埓さから、人を清めてくれる。
 ハッジは過去の罪の贖罪となる。
 放埓さはいつでも禁じられるが、ハッジにおいては特にその禁止が強調される。それは、聖なるカァバ神殿におけるハッジの儀礼の偉大さゆえである。
 人間は罪から無垢な状態で生まれ、他人の罪を背負うこともない。</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
-    <t>真正</t>
-[...2 lines deleted...]
-    <t>二大真正集収録の伝承</t>
+    <t>[真正]</t>
+  </si>
+  <si>
+    <t>[二大真正集収録の伝承]</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/2758</t>
   </si>
   <si>
     <t>أَلا أُنَبِّئكُمْ بِأَكْبَرِ الكَبَائِرِ</t>
   </si>
   <si>
     <t>大罪の内でも最大のものを教えてあげようか？</t>
   </si>
   <si>
     <t>عن أبي بَكْرَةَ- رضي الله عنه - عن النبي صلى الله عليه وسلم أنه قال: «أَلا أُنَبِّئُكم بِأَكْبَرِ الْكَبَائِر؟»- ثَلاثا- قُلْنَا: بَلى يا رسول الله، قَالَ: «الإِشْرَاكُ بِالله وَعُقُوقُ الوالدين، وكان مُتَّكِئاً فَجَلس، وَقَال: ألا وَقَوْلُ الزور، وَشهَادَةُ الزُّور»، فَما زال يُكَرِّرُها حتى قُلنَا: لَيْتَه سَكَت.</t>
   </si>
   <si>
     <t>アブー・バクラ（彼にアッラーのご満悦あれ）によると、預言者（彼にアッラーの祝福と平安あれ）は、「大罪の内でも最大のものを教えてあげようか？」と三度繰り返して言った。私たちは言った：「はい、アッラーの使徒よ。」預言者は言った：「アッラーに同位者を置くこと、そして両親への親不孝である。」使徒はそれまで寄りかかっていたが、座り直し、そして言った：「そして偽りの言葉を述べること、偽りの証言である。」使徒は何度もその言葉を繰り返して言ったので、 私たちはもう止めて欲しいと望むほどだった。</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم قال لأصحابه: ألا أنبئكم أي أخبركم بأكبر الكبائر فذكر هذه الثلاث التي هي الإشراك بالله، وهو اعتداء على مقام الألوهية، وأخذٌ لحقه سبحانه وتعالى، وإعطاؤه لمن لا يستحقه من المخلوقين العاجزين، وعقوق الوالدين ذنب فظيع؛ لأنه مكافأة للإحسان بالإساءة لأقرب الناس، وشهادة الزور عامَّة لكل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ من ماله أو اعتداء على عرضه أو نحو ذلك.</t>
   </si>
   <si>
     <t>アッラーの使徒（彼にアッラーの祝福と平安あれ）は、教友たちに、3回こう言った：「大罪の内でも最大のものを教えてあげようか？」それから、その一つとして、アッラーに同位者を置くこと、つまりシルクを挙げた。シルクはアッラーの神性に対しての冒涜であり、アッラーの権利をそれに値しない不完全な被造物へ与えてしまうことである。また、醜悪な罪である親不孝も挙げている。親不孝は最も近縁の人間に対し、良くされたことを、悪で報いることである。また、噓の証言も挙げられているが、これは人の財産に手を付けたり、人の名誉を棄損する目的で用いる、あらゆる捏造や嘘の言葉の総称である。</t>
   </si>
@@ -213,92 +213,92 @@
     <t>عن أبي كريمة المقداد بن معد يكرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ، فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>アブー・カリーマ・アル＝ミクダード・ブン・マァド・ヤクリブ（彼にアッラーのご満悦あれ）によると、預言者（彼にアッラーの祝福と平安あれ）は言った：「同胞を愛しているなら、自分が愛しているというそのことを、彼に伝えよ。」</t>
   </si>
   <si>
     <t>دعت أحاديث كثيرة إلى التحابب في الله تعالى ، وأخبرت عن ثوابه، وهذا الحديث يشير إلى معنى مهم يُحْدِث الأثر الأكبر في علاقة المؤمنين بعضهم ببعض، كما ينشر المحبة، وهو أن يخبر أخاه أنه يحبه، وهذا يفيد المحافظة على البناء الاجتماعي من عوامل التفكك والانحلال؛ وهذا من خلال إشاعة المحبة بين أفراد المجتمع الإسلامي، وتقوية الرابطة الاجتماعية بالأخوة الإسلامية، وهذا كله يتحقق بفعل أسباب المحبة كتبادل الإخبار بالمحبة بين المتحابين في الله تعالى .</t>
   </si>
   <si>
     <t>多くのハディースが、アッラーゆえに愛し合うことについて勧めており、また、そのことによって得られるご褒美について述べている。このハディースは、信仰者同士の関係における最大の影響をもたらす、重要な意味を含んでいる。同胞に「愛している」と伝えることで愛情を広めることには、社会を分裂から守る作用があるのだ。イスラーム社会の構成員の間に愛情を広め、社会的結束力をイスラームの同胞愛で強化すること。アッラーゆえに愛し合う者たちの間で「愛情」を表現し合い、愛情が生まれる要因を実行することによってこそ、それは実現するのである。</t>
   </si>
   <si>
     <t>من أحب أخاه في الله فليخبره.
 فائدة الإخبار أنه إذا عَلِم أنه محب له قَبِل نصحه فيما دله عليه من رشده، ولم يرد قوله فيما دعاه إليه من صلاح خفي عليه.
 استحباب إخبار المحبوب في الله بحبه، لتزداد المحبة والألفة.</t>
   </si>
   <si>
     <t>同胞を愛しているなら、自分が愛しているというそのことを、彼に伝えよ。
 このように伝えることの利点は、自分が愛されていると知った相手から何か正しいことを忠告されれば、人はそれを受け入れるということである。同様に、はっきりとは判別しにくい善い事へと招かれた時でも、その言葉を拒むことはない。
 アッラーゆえに愛している相手に、その愛情を伝えることのすすめ。それにより、愛情と親愛は増すためである。</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
   </si>
   <si>
-    <t>アッ＝ティルミズィーの伝承</t>
+    <t>[アッ＝ティルミズィーの伝承 - アン＝ナサーイーの伝承 - アブー・ダーウードの伝承 - アハマドの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3017</t>
   </si>
   <si>
     <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>大罪とは、アッラーにシルクを犯すこと、親不孝、殺人、他人の権利を奪うことを意図した嘘の誓いである。</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الكبائر: الإشراك بالله، وعُقُوق الوالدين، وقتل النفس، واليمين الغَمُوس».</t>
   </si>
   <si>
     <t>アブドッラー・ブン・アムル・ブン・アル＝アース（彼らにアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの祝福と平安あれ）は言った：「大罪とは、アッラーにシルクを犯すこと、親不孝、殺人、他人の権利を奪うことを意図した嘘の誓いである。」</t>
   </si>
   <si>
     <t>يتناول هذا الحديث عددًا من الذنوب التي وصفت بأنها من الكبائر، وسميت بذلك لضررها الكبير على فاعلها وعلى الناس في الدنيا والآخرة.
 فأولها "الإِشرَاكُ بِالله": أي: الكفر بالله بأن، يعبد معه غيره ويجحد عبادة ربه.
  وثانيها "عُقُوقُ الوَالِدَينِ": والعقوق حقيقته: أن يفعل مع والديه أو مع أحدهما، ما يتأذى به عرفاً، كعدم احترامهما وسبهما وعدم القيام عليهما ورعايتهما عند حاجتهم إلى الولد.
 وثالثها "قَتْل النَّفْس": بغير حق كالقتل ظلماً وعدواناً، أما إذا استحق الشخص القتل بحق من قصاص وغيره فلا يدخل في معنى هذا الحديث.
 ثم خُتِم الحديث بالترهيب من "اليَمِين الغَمُوسُ": وسُمِيت بالغموس لأنَّها تغمس صاحبها في الإِثم أو في النار؛ لأنه حلف كاذباً على علم منه.</t>
   </si>
   <si>
     <t>このハディースは、大罪と言われるいくつかの罪を取り上げている。大罪と名付けられているのは、それを行う者とそれ以外の人々に、現世と来世において大きな害悪をもたらすためである。その最初のものが、アッラーに対するシルクである。それはアッラーに対する不信仰であり、アッラーと並べて何かを崇拝したり、アッラーに対する崇拝を否定したりすることである。２番目が親不孝である。親不孝とは、両親またはその一方に対し、不敬、悪口、義務の不履行、または彼らが子供を必要としている時に面倒を見ないことなどといった、常識的に見て親が嫌に思うことを行うことである。そして３番目が、殺人である。それは不正や侵害を伴う不当な殺人のことであり、報復刑その他の正当な理由で死刑に値する者は、その内に入らない。そして、このハディースを締めくくるのは、「他人の権利を奪うことを意図した嘘の誓い」に対する警告である。原語では「アル＝ヤミーン・アル＝ガムース」（沈み込ませる誓い）と名付けられているが、それはそのようなことを行う者を、罪に、あるいは地獄の炎の中に「沈み込ませ」てしまうためである。それは故意に行われる嘘の誓いである。</t>
   </si>
   <si>
     <t>التحذير من الوقوع في هذه المعاصي؛ لأنها من الكبائر.
 بيان أن الأيمان أقسام منها: يمين الغموس وهي التي تغمس صاحبها في النار، ومنها اليمين المنعقدة التي يحلف فيها صاحبها على فعل شيء أو تركه، فإذا خالف لزمته كفارة، ومنها يمين اللغو التي لا يقصدها صاحبها لكن جرت على لسانه مثل كلا والله وبلى والله.
 الاقتصار على هذه الأربع في الحديث لكونها أعظم الكبائر إثمًا، وأشدِّها جُرمًا، وليس القصد الحصر.</t>
   </si>
   <si>
     <t>大罪である、これらの罪に陥ることに対する警告。
 誓いにはいくつかの種類がある。①「他人の権利を奪うことを意図した嘘の誓い」：これは、このような誓いをする者を、地獄の炎の中に沈み込めてしまう。②「有効な誓い」：これは、何かを行ったり、または放棄したりすることを誓うものである。この誓いを破棄するためには、贖罪を行う義務がある。③「戯れの誓い」：これは、実際に意図していない誓いである。例えば、「カッラー（いや、断じて）！」「ワッラーヒ（アッラーにかけて）！」「バラー、ワッラーヒ（いや、アッラーにかけて）！」といった、思わず口に出てしまったような誓いの言葉のことである。
 このハディースの中で大罪が４つしか取り上げられていないのは、それらが最も大きく、重い罪だからである。その意図は、全ての大罪の網羅ではない。</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
-    <t>アル＝ブハーリーの伝承</t>
+    <t>[アル＝ブハーリーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3044</t>
   </si>
   <si>
     <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا، وعلى أن لا ننازع الأمر أهله</t>
   </si>
   <si>
     <t>逆境においても順境においても、また気乗りすることにおいても気が進まないことにおいても、またそれが私たちの利己心に反するようなものであったとしても、彼の命を良く聴き入れ、服従すること。その資格を有する者から、統治権を奪ったりしないこと。</t>
   </si>
   <si>
     <t>عن عبادة بن الصامت رضي الله عنه قال: بَايَعْنَا رسول الله صلى الله عليه وسلم على السَّمع والطَّاعَة في العُسْر واليُسْر، والمَنْشَطِ والمَكْرَه، وعلَى أَثَرَةٍ عَلَينا، وعلى أَن لاَ نُنَازِعَ الأَمْر أَهْلَه إِلاَّ أَن تَرَوْا كُفْراً بَوَاحاً عِندَكُم مِن الله تَعَالى فِيه بُرهَان، وعلى أن نقول بالحقِّ أينَما كُنَّا، لا نخافُ فِي الله لَوْمَةَ لاَئِمٍ.</t>
   </si>
   <si>
     <t>ウバーダ・ブン・アッ＝サーミト（彼にアッラーのご満悦あれ）は言った：「私たちはアッラーの使徒（彼にアッラーからの平安と祝福あれ）に対して、忠誠の誓いをした。（その内容とは：）逆境においても順境においても、また気乗りすることにおいても気が進まないことにおいても、またそれが私たちの利己心に反するようなものであったとしても、彼の命を良く聴き入れ、服従すること。その資格を有する者から、統治権を奪ったりしないこと—但し、あなた方が明らかなる不信仰を目にし、かつ至高のアッラーからの明証があなた方のもとにある場合は、その限りではない—。どこにあろうと真理を語ること。アッラー（の道）において非難されることを恐れたりしないこと。</t>
   </si>
   <si>
     <t>(بايعنا) أي بايع الصحابة رضي الله عنهم الرسول صلى الله عليه وسلم على السمع والطاعة؛ لأن الله تعالى قال: (يا أيها الذين آمنوا أطيعوا الله وأطيعوا الرسول وأولي الأمر منكم)، وبعده صلى الله عليه وسلم أولو الأمر طائفتان: العلماء والأمراء، لكن العلماء أولياء أمر في العلم والبيان، وأما الأمراء فهم أولياء أمر في التنفيذ والسلطان.
 يقول: بايعناه على السمع والطاعة، وقوله: "في العسر واليسر" يعني سواء كانت الرعية معسرة في المال أو كانت موسرة، يجب على جميع الرعية أغنياء كانوا أوفقراء أن يطيعوا ولاة أمورهم ويسمعوا لهم في المنشط والمكره، يعني سواء كانت الرعية كارهين لذلك لكونهم أمروا بما لا تهواه ولا تريده أنفسهم أو كانوا نشيطين في ذلك؛ لكونهم أُمِروا بما يلائمهم ويوافقهم. 
 "وأثرة علينا" أثرة يعني استئثارًا علينا، يعني لو كان ولاة الأمر يستأثرون على الرعية بالمال العام أو غيره، مما يرفهون به أنفسهم ويحرمون من ولاهم الله عليهم، فإنه يجب السمع والطاعة.
 ثم قال: "وألا ننازع الأمر أهله" يعني لا ننازع ولاة الأمور ما ولاهم الله علينا، لنأخذ الإمرة منهم، فإن هذه المنازعة توجب شرًّا كثيرًا، وفِتَنًا عظيمةً وتفرقًا بين المسلمين، ولم يدمر الأمة الإسلامية إلا منازعة الأمر أهله، من عهد عثمان رضي الله عنه إلى يومنا هذا.
 قال: " إلا أن تروا كفرًا بواحًا عندكم فيه من الله برهان" هذه أربعة شروط، فإذا رأينا هذا وتمت الشروط الأربعة فحينئذ ننازع الأمر أهله، ونحاول إزالتهم عن ولاية الأمر، والشروط هي:
 الأول: أن تروا، فلابد من علم، أما مجرد الظن، فلا يجوز الخروج على الأئمة.
 الثاني: أن نعلم كفرًا لا فسقًا، الفسوق، مهما فسق ولاة الأمور لا يجوز الخروج عليهم؛ لو شربوا الخمر، لو زنوا، لو ظلموا الناس، لا يجوز الخروج عليهم، لكن إذا رأينا كفرًا صريحًا يكون بواحًا.
 الثالث: الكفر البواح: وهذا معناه الكفر الصريح، البواح الشيء البين الظاهر، فأما ما يحتمل التأويل فلا يجوز الخروج عليهم به، يعني لو قدرنا أنهم فعلوا شيئا نرى أنه كفر، لكن فيه احتمال أنه ليس بكفر، فإنه لا يجوز أن ننازعهم أو نخرج عليهم، ونولهم ما تولوا، لكن إذا كان بواحا صريحا، مثل: لو اعتقد إباحة الزنا وشرب الخمر. 
@@ -354,51 +354,51 @@
   </si>
   <si>
     <t>يؤكِّد هذا الحديث رغبة الشارع في حضور قلب المكلَّف في الصلاة بين يدي ربِّه، ولا يكون ذلك إلا بقطع الشواغل؛ التي يسبب وجودها عدم الطمأنينة والخشوع؛ لهذا: فإن الشارع ينهي عن الصلاة بحضور الطعام الذي تتوق نفس المصلي إليه، ويتعلق قلبه به، وكذلك ينهى عن الصلاة مع مدافعة الأخبثين، -اللذين هما البول والغائط-؛ لانشغال خاطره بمدافعة الأذى.</t>
   </si>
   <si>
     <t>このハディースは、アッラーが、礼拝者の心の集中をお望みになっていることを強調している。そして心の集中は、気を逸らす物事から断絶しないことには実現しない。気が逸らされている状態においては、落ち着きも恐れの念もなくなってしまう。礼拝者の気を引く食事がもたらされた時、そして２つの忌まわしいこと（小便と大便）を我慢し、それを抑えることに意識が行ってしまっている時、アッラーが礼拝を禁じたのは、この理由のためである。</t>
   </si>
   <si>
     <t>كراهة الصلاة في حال مدافعة الأخبثين، ما لم يضق الوقت فتقدم الصلاة مطلقا، ولو صلى وهو كذلك فإن صلاته صحيحة لكنها ناقصة غير كاملة للحديث المذكور ولا إعادة عليه، وأما إذا دخل في الصلاة وهو غير مدافع للأخبثين وإنما حصلت المدافعة أثناء الصلاة فإن الصلاة صحيحة ولا كراهة إذا لم تمنع هذه المدافعة من إتمام الصلاة.
 حضور القلب والخضوع مطلوبان في الصلاة.
 ينبغي للمصلى إبعاد كل ما يشغله في صلاته.
 الحاجة إلى التبوُّل أو التغوُّط عذر في ترك الجمعة والجماعة، بشرط ألاَّ يجعل أوقات الصلوات مواعيد لهما.</t>
   </si>
   <si>
     <t>２つの忌まわしいことを我慢している状態における、礼拝の忌避性。
 ただし、礼拝時間が終わってしまいそうな時は、礼拝を先に行う。その場合、礼拝は正しく行われたことになるが、それはこのハディースにより、完全なものではなく欠陥があるものになる。いずれにせよ、礼拝をやり直す必要はない。
 一方、礼拝を開始した後に「２つの忌まわしいこと」を催した場合、それらに対する我慢が礼拝の完遂を妨げない限りにおいて、その礼拝は正しく行われたことになり、忌避すべきものとも見なされない。
 礼拝では、気持ちを込めた、従順な状態が求められる。
 礼拝者は、礼拝から気を逸らすようなあらゆる物事を、遠ざけなければならない。
 大小の便意は、金曜礼拝や集団礼拝を中断する正当な理由となる。ただし、礼拝時間にそれらの行為をする習慣をつけてはならない。</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
-    <t>ムスリムの伝承</t>
+    <t>[ムスリムの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3088</t>
   </si>
   <si>
     <t>إذا قلت لصاحبك: أَنْصِتْ يوم الجمعة والإمام يَخْطُبُ، فقد لَغَوْتَ</t>
   </si>
   <si>
     <t>金曜日、イマームが説教している最中、同胞に『静かに』と言ったら、戯言（たわごと）を語ったことになる。</t>
   </si>
   <si>
     <t>عن أبي هُريرة رضي الله عنه مرفوعًا: «إذا قلتَ لصاحبك: أَنْصِتْ يوم الجمعة والإمام يَخْطُبُ، فقد لَغَوْتَ».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの平安と祝福あれ）からの言葉として、こう語った：「金曜日、イマームが説教している最中、同胞に『静かに』と言ったら、戯言（たわごと）を語ったことになる。」</t>
   </si>
   <si>
     <t>من أعظم شعائر الجمعة الخطبتان، ومن مقاصدها وعظ الناس وتوجيههم، ومن آداب المستمع الواجبة: الإنصات فيهما للخطيب، ليتدبر المواعظ، ولذا حذر النبي صلى الله عليه وسلم من الكلام، ولو بأقل شيء، مثل نهي صاحبه عن الكلام ولو بقوله: " أنصت"، ومن تكلم والإمام يخطب فقد لغا فيحرم من فضيلة الجمعة؛ لأنه أتى بما يشغله ويشغل غيره عن سماع الخطبة.</t>
   </si>
   <si>
     <t>金曜日の最も偉大な宗教儀礼が、２つの説教である。その目的は人々への訓戒と指導であり、ゆえに聴衆は説教者に耳を傾け、訓戒を熟考することが礼儀として求められるのである。
 預言者（彼にアッラーからの平安と祝福あれ）が説教中に話すことについて注意しているのは、そういった理由のためである。それはたとえ僅かな言葉でも同様で、同胞に「静かに」と言う言葉でさえも、禁じられている。
 イマームが説教している最中に話す者は、戯言（たわごと）を語ったことになるのであり、金曜日の徳を禁じられたことになる。なぜならその者は自分自身と他の者を、説教への傾聴から阻んでしまうことになるからである。</t>
   </si>
   <si>
@@ -568,51 +568,51 @@
 والمقصود من إعفائها: تركها مُوَفَّرَةٌ لا يتعرض لها بحلق ولا بتقصير، لا بقليل ولا بكثير؛ لأن الإعفاء مأخوذ من الكثرة أو التوفير، فاعفوها وكثروها، فالمقصود بذلك: أنها تترك وتوفر، وقد جاءت الأحاديث الكثيرة عن رسول الله صلى الله عليه وسلم بالأمر بإعفائها بألفاظ متعددة؛ فقد جاء بلفظ : "وفروا" وبلفظ: " أرخوا " وبلفظ: " أعفوا ". 
 وكلها تدل على الأمر بإبقائها وتوفيرها وعدم التَعرض لها.
 وقد كان من عادة الفرس قص اللحية، فنهى الشرع عن ذلك، كما في البخاري من حديث ابن عمر بلفظ " خالفوا المشركين..".
 وهذا الأمر مع تعليله بمخالفة المشركين يدل على وجوب إعفائها، والأصل في التشبه التحريم، وقد قال صلى الله عليه وسلم: (من تشبه بقوم فهو منهم).</t>
   </si>
   <si>
     <t>このハディースは、ムスリムが口ひげを短くし、それが過度の長さにならない限り、４０日以上それを放ったらかしにはしないことを命じている。ムスリムの真正集に収録されている、アナス（彼にアッラーのご満悦あれ）が語るハディースによれば、「私たちは、口ひげを切ること、爪を切ること、腋毛の除去、陰毛を剃ることにおいて、４０夜以上、それらを放ったらかしにしないよう、期限を定められた。」
 また、アブー・ダーウードの伝承によれば、「アッラーの使徒（彼にアッラーからの祝福と平安あれ）は、陰毛を剃ること、爪を切ること、口ひげを切ることを、４０日間に一度行うよう、期限を定めた。」
 また、アフマドとアン＝ナサーイーの伝承には、このようにある：「口ひげを短くしない者は、私たちの仲間ではない。」（アル＝アルバーニーが『As-Sahih Al-Jami'u As-Saghir』6533番で真正と判定）
 以上のことから、口ひげを短くすることは強調された教えである。それは皮膚の白さが透けて見える位にまで短くするのでも、または唇の上部まで覆い、食べ物に付着してしまうほどの長さにならない 程度に除去するのでもよい。
 「あごひげを貯えておけ」の「あごひげ」とは、アラビア語学者らによれば「あご全体、及び両頬に生える毛」のことである。これを「貯える」こととは、量の多少を問わず、剃ったり切ったりせずに、豊かな形で残しておくことである。「貯える（イゥファーゥ）」のアラビア語における原意は、「豊かにする」「多くする」という意味であり、「残し、多い状態にする」ことであると理解される。あごひげを伸ばしておくことを命じるアッラーの使徒（彼にアッラーからの祝福と平安あれ）のハディースは、様々な表現のもと、多くのものが伝わっている。
 （当時の）ペルシャでは、あごひげを短く切ることが習慣となっており、イスラームはそれを禁じた。アル＝ブハーリーに収録されたイブン・ウマルの別のハディースには、「…そして多神教徒たちとは違うようにせよ」との言葉もある。多神教徒とは違くするという理由づけを伴うこの命令からは、あごひげを貯えることの義務性が窺える。彼らと相似することは原則禁じられており、預言者（彼にアッラーからの祝福と平安あれ）は「ある民と似る者は、彼らの仲間である」と言っている。</t>
   </si>
   <si>
     <t>تحريم حلق اللحية أو تقصيرها ووجوب إعفائها، بخلاف الشارب، فإنه يؤخذ منه.
 وجوب الأخذ من الشَّارب وعدم جواز تركه، سواء بالأخذ من أسفله مما يلي الشفة أو بتخفيفه كله.</t>
   </si>
   <si>
     <t>あごひげを剃ったり切ったりすることの禁止と、それを貯えることの義務性。口ひげはそうではなく、短くする。
 口ひげを短くすることの義務性と、それを長く伸ばすことの禁止。短くするのは、唇にかからないように除去するのでも、全体的に短くするのでもよい。</t>
   </si>
   <si>
     <t>متفق عليه، وهذا لفظ مسلم</t>
   </si>
   <si>
-    <t>二大真正集収録の伝承。文言はムスリムのもの</t>
+    <t>[二大真正集収録の伝承。文言はムスリムのもの]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3279</t>
   </si>
   <si>
     <t>من توضأ نحو وضوئي هذا، ثم صلى ركعتين، لا يحدث فيهما نفسه غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>私のこのウドゥーの通りにウドゥーをし、その後、雑念にとらわれることなく２ラクアの礼拝をした者は、それ以前の罪を赦されるだろう。</t>
   </si>
   <si>
     <t>عن حمران مولى عثمان أنَّه رأى عثمان دعا بوَضُوء، فأفرَغ على يَدَيه مِن إنائه، فغَسَلهُما ثلاثَ مرَّات، ثمَّ أدخل يَمينَه في الوَضُوء، ثمَّ تَمضمَض واستَنشَق واستَنثَر، ثُمَّ غَسل وَجهه ثَلاثًا، ويديه إلى المرفقين ثلاثا، ثم مسح برأسه، ثمَّ غَسل كِلتا رجليه ثلاثًا، ثمَّ قال: رأيتُ النَّبِي صلى الله عليه وسلم يتوضَّأ نحو وُضوئي هذا، وقال: (من توضَّأ نحو وُضوئي هذا، ثمَّ صلَّى ركعتين، لا يحدِّث فِيهما نفسه غُفِر له ما تقدَّم من ذنبه).</t>
   </si>
   <si>
     <t>ウスマーンの解放奴隷フムラーンは、ウスマーンがウドゥー（浄め）のための水を持って来させ、次のようにするのを見た：容器から自分の両手に水を注ぎ、両手を３度洗った。それから右手を浄めのための水の中に入れ、うがいをし、鼻に水を吸い込んではそれを噴き出した。次いで顔を３度洗い、両腕を肘まで３度洗った。それから頭を撫でると、両足を３度洗い、その後こう言った：「私は預言者（彼にアッラーからの祝福と平安あれ）が、私がやったようにウドゥーをするのを見た。彼は言った：『私のこのウドゥーの通りにウドゥーをし、その後、雑念にとらわれることなく２ラクアの礼拝をした者は、それ以前の罪を赦されるだろう。』」</t>
   </si>
   <si>
     <t>اشتمل هذا الحديث العظيم على الصفة الكاملة لوضوء النبي صلى الله عليه وسلم .
 فإن عثمان رضي الله عنه من حسن تعليمه وتفهيمه علمهم صفة وضوء النبي صلى الله عليه وسلم بطريقة عملية، ليكون أبلغ تفهُّماً، فإنه دعا بإناء فيه ماء، ولئلا يلوثه، لم يغمس يده فيه، وإنما صب على يديه ثلاث مرات حتى نظفتا، بعد ذلك أدخل يده اليمنى في الإناء، وأخذ بها ماء تمضمض منه واستنشق، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثا.
 فلما فرغ رضي الله عنه من هذا التطبيق والوضوء الكامل أخبرهم أنه رأى النبي صلى الله عليه وسلم توضأ مثل هذا الوضوء، وأخبرهم صلى الله عليه وسلم أنه من توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضراً قلبه بين يدي ربه عز وجل فيهما، فإنه- بفضله تعالى يجازيه على هذا الوضوء الكامل، وهذه الصلاة الخالصة بغفران ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>この偉大なハディースは、預言者（彼にアッラーからの祝福と平安あれ）のウドゥーの完全な形を示している。
 ウスマーン（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの祝福と平安あれ）のウドゥーの形を実際の行動をもって人々に教えたが、それはよりよく理解させるためであり、彼の教え方が優れていたことによるものだった。
 まず彼は水の入った容器を持って来させ、水が汚れないよう、そこに手を入れなかった。そうではなく、まず両手に水を注いで３度洗ってきれいにし、その後で容器に右手を入れたのである。そして右手で水をすくい、うがいをし、鼻を洗浄し、その後で顔を３度洗った。それから両腕を肘まで３度洗い、頭全体を１度だけ撫でた。それからくるぶしまで、両足を３回洗ったのである。
@@ -774,102 +774,102 @@
   </si>
   <si>
     <t>أن الغلو في قبور الأنبياء يجعلُها أوثاناً تُعبد.
 أن من الغلو في القبور اتخاذها مساجد، وهذا يؤدّي إلى الشرك.
 إثبات اتصاف الله سبحانه بالغضب على ما يليق بجلاله.
 قصد القبور لتعظيمها عبادة لها، فيكون شركا مهما كان قرب صاحبها من الله -تعالى-.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يبن مسجدًا.</t>
   </si>
   <si>
     <t>預言者たちの墓に対する行き過ぎは、それを拝まれる偶像としてしまう。
 墓に対する行き過ぎの例の一つが、それをマスジドにしてしまうことである。これはシルクへとつながる。
 アッラーが、かれに相応しい形でお怒りになるという性質の確証。
 それがどれほどアッラーに近い人物の墓であっても、それを拝むために崇拝行為として訪問することは、シルクである。
 墓の上にマスジドを建設することの禁止。
 マスジドを建設しなかったとしても、墓で礼拝することの禁止。</t>
   </si>
   <si>
     <t>صحيحان</t>
   </si>
   <si>
     <t>حديث عطاء بن يسار: رواه مالك.
 حديث أبي هريرة رضي الله عنه: رواه أحمد</t>
   </si>
   <si>
-    <t>アハマドの伝承</t>
+    <t>[アハマドの伝承 - マーリクの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3336</t>
   </si>
   <si>
     <t>إن عظم الجزاء مع عظم البلاء، وإن الله تعالى إذا أحب قوما ابتلاهم؛ فمن رضي فله الرضى، ومن سخط فله السخط</t>
   </si>
   <si>
     <t>まことに褒美の大きさは、試練の大きさによるものである。至高のアッラーは、ある民を愛する時、彼らを試練におかけになる。それに満足する者には満足があり、それを憎悪する者には憎悪があるのだ。</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: "إن عِظَمَ الجزاءِ مع عِظَمِ البلاءِ، وإن الله تعالى إذا أحب قوما ابتلاهم، فمن رَضِيَ فله الرِضا، ومن سَخِطَ فله السُّخْطُ".</t>
   </si>
   <si>
     <t>アナス・ブン・マーリク（彼にアッラーのご満悦あれ）が預言者（彼にアッラーからの祝福と平安あれ）から伝えるところによれば、彼はこう言った：「まことに褒美の大きさは、試練の大きさによるものである。至高のアッラーは、ある民を愛する時、彼らを試練におかけになる。それに満足する者には満足があり、それを憎悪する者には憎悪があるのだ。」</t>
   </si>
   <si>
     <t>يخبرنا النبي صلى الله عليه وسلم في هذا الحديث أن المؤمن قد يحل به شيء من المصائب في نفسه أو ماله أو غير ذلك، وأن الله سيثيبه على تلك المصائب إذا هو صبر، وأنه كلما عظمت المصيبة وعظم خطرها عظم ثوابها من الله، ثم يبين صلى الله عليه وسلم بأن المصائب من علامات حب الله للمؤمن، وأن قضاء الله وقدره نافذان لا محالة، ولكن من صبر ورضي، فإن الله سيثيبه على ذلك برضاه عنه وكفى به ثوابا، وأن من سخط وكره قضاء الله وقدره، فإن الله يسخط عليه وكفى به عقوبة.</t>
   </si>
   <si>
     <t>このハディースの中で預言者（彼にアッラーからの祝福と平安あれ）は、以下のことを伝えている：信仰者は、生命や財産などにおいて災難に出遭うが、それに忍耐すればアッラーは褒美を授けてくれること。災難が大きければ大きいほど、その危険度が高ければ高いほど、アッラーからの褒美も大きくなること。災難は信仰者に対するアッラーの愛の表れであり、アッラーの定めは必ず実現すること。そしてそれに忍耐し、満足して受け入れるのであれば、アッラーはそれゆえにその者に褒美を授け、満足されること。しかしアッラーの定めを嫌うのであれば、アッラーはそれゆえにその者をお嫌いになり、罰でもって報われるということ。</t>
   </si>
   <si>
     <t>أن المصائب مكفرات للذنوب ما لم يترتب عليها ترك واجب كترك الصبر أو فعل محرم كشق الجيوب أو لطم الخدود.
 إثبات صفة المحبة لله على وجه يليق بجلاله.
 أن البلاء للمؤمن من علامات الإيمان.
 إثبات صفة الرضا والسخط لله على وجه يليق بجلاله.
 استحباب الرضا بقضاء الله وقدره.
 تحريم السخط من قضاء الله وقدره.
 الحث على الصبر على المصائب.
 الإنسان قد يكره الشيء وهو خيرٌ له.
 إثبات الحكمة لله سبحانه في أفعاله.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>災難は、それに対しての義務を放棄したり、禁止事項を行ったりしない限り、それを被った者の罪滅ぼしとなる。義務の放棄の例としては、忍耐しないこと、禁止事項としては、災難ゆえに衣服を裂いたり自分の頬を叩いたりすることである。
 アッラーには、かれに相応しい形において、愛という属性があることの確証。
 信仰者の試練は、信仰のあかしの一つであること。
 アッラーには、かれに相応しい形において、満足や憎悪という属性があることの確証。
 アッラーの定めに満足することの奨励。
 アッラーの定めを嫌悪することの禁止。
 災難に対して忍耐することの勧め。
 人は時に、自分にとってよいことを嫌ってしまうこともあること。
 アッラーの御業における英知の確証。
 報いは、その行いと同種のもの。</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
-    <t>イブン・マージャの伝承</t>
+    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3339</t>
   </si>
   <si>
     <t>أنا أغنى الشركاء عن الشرك؛ من عمل عملا أشرك معي فيه غيري تركته وشركه</t>
   </si>
   <si>
     <t>われはシルクを最も必要としない者。われを、われ以外のものと並べるような行いをする者を、われはそのシルクと共に放っておく。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعا: "قال تعالى : أنا أغنى الشركاء عن الشرك؛ من عمل عملا أشرك معي فيه غيري تركتُه وشِرْكَه".</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）によると、預言者（彼にアッラーからの祝福と平安あれ）は、このように言った：「アッラーは仰った：『われはシルクを最も必要としない者。われを、われ以外のものと並べるような行いをする者を、われはそのシルクと共に放っておく。』」</t>
   </si>
   <si>
     <t>يروي النبي -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- عن ربه عز وجل -ويسمَّى بالحديث القدسي- أنه يتبرأ من العمل الذي دخله مشاركةٌ لأحد برياءٍ أو غيره؛ لأنه سبحانه لا يقبل إلا ما كان خالصاً لوجهه.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）はその主アッラーから伝えるもの（これをハディース・クドゥスィーと呼ぶ）として、以下のことを語った：アッラーは、何か別のものと共に意図された行いから、無縁である。それが単に人の目を気にする気持ちであったとしても、それ以外のものでも同様である。アッラーは、かれの御顔のみに純粋に向けられたものしか、お受け入れにはならない。</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله؛ وأنه مانعٌ من قبول العمل.
 وجوب إخلاص العمل لله -تعالى- من جميع شوائب الشرك.
@@ -952,51 +952,51 @@
     <t>تحريم هجر البيوت من عبادة الله.
 سد الطرق المفضية إلى الشرك من الصلاة عند القبور والغلو في قبره -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- بأن يجعل محل اجتماع وارتياد ترتب له زيارات مخصوصة.
 المنع من السفر لزيارة قبره -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ-.
 حمايته -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- جناب التوحيد.
 أنه لا مزية للقرب من قبره -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ-.
 مشروعية الصلاة والسلام عليه في جميع أنحاء الأرض.
 تحريم الصلاة في المقابر.
 تحريم جعل زيارة قبر النبي -صلى الله عليه وسلم- عيدًا، بتكريره على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 انتفاع الأموات بدعاء الأحياء.</t>
   </si>
   <si>
     <t>家の中で、アッラーへの崇拝行為が行われなくなることの禁止。
 墓場での礼拝や、預言者（彼にアッラーからの祝福と平安あれ）の墓を集まりの場としたり、頻繁に通う場所としたりすることで行き過ぎに陥ることといった、シルクにつながる物事の防止。
 預言者（彼にアッラーからの祝福と平安あれ）の墓の訪問自体を目的とした旅行の禁止。
 預言者（彼にアッラーからの祝福と平安あれ）のタウヒード（唯一神信仰）護持。
 預言者（彼にアッラーからの祝福と平安あれ）の墓からの距離的な近さには、何の徳もないこと。
 地上のあらゆる場所における、預言者（彼にアッラーからの祝福と平安あれ）に対する祝福と平安の祈願の有効性。
 墓場での礼拝の禁止。
 預言者（彼にアッラーからの祝福と平安あれ）の墓の訪問を、特定の時期に特定の形で行う定期的な習慣とすることの禁止。それは全ての墓に対して同様である。
 生者の祈願が死者を益すること。</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
-    <t>アブー・ダーウードの伝承</t>
+    <t>[アブー・ダーウードの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3350</t>
   </si>
   <si>
     <t>إن الله تعالى يغار، وغيرة الله تعالى ، أن يأتي المرء ما حرم الله عليه</t>
   </si>
   <si>
     <t>まことに至高のアッラーは、自恃（じじ）の念をお持ちである。そして至高のアッラーの自恃とは、アッラーが禁じた物事を人が侵すことである。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعًا: «إِنَّ الله -تَعَالى- يَغَارُ، وغَيرَةُ الله -تَعَالَى-، أَنْ يَأْتِيَ المَرء ما حرَّم الله عليه».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの平安と祝福あれ）が、このように語ったと伝えている：「まことに至高のアッラーは、自恃（じじ）の念をお持ちである。そして至高のアッラーの自恃とは、アッラーが禁じた物事を人が侵すことである。」</t>
   </si>
   <si>
     <t>جاء الحديث ليبين أن الله يغار على محارمه، يبغض ويكره انتهاك حدوده، ومن ذلك فاحشة الزنا، فهو طريق سافل سيِّئ، ومِن ثَمَّ حرَّم الله على عباده الزنا وجميع وسائله، فإذا زنى العبد، فإنَّ الله يغار غيرة أشد وأعظم من غيرته على ما دونه من المحارم، وكذلك أيضا اللِّوَاط، وهو إتيان الذَكَر، فإِنَّ هذا أعظم وأعظم؛ ولهذا جعله الله تعالى أشدَّ في الفُحش من الزنا. 
  وكذلك أيضا السرقة وشرب الخمر وكل المحارم يغار الله منها، لكن بعض المحارم تكون أشد غيرة من بعض، حسب الجُرم، وحسب المضَّار التي تترتَّب على ذلك.</t>
   </si>
   <si>
     <t>このハディースは、アッラーが、かれの禁じた物事を侵されることに関して自恃の念をお持ちであり、かれが決めた規定の違反をお嫌いになるということを説明している。アッラーが禁じた物事としては、姦淫がある。姦淫は醜悪かつ低劣な行為であり、アッラーはしもべに対してそれ自体だけでなく、そこにつながる物事をも禁じた。しもべが姦淫を犯せば、アッラーはそれ以外の禁止事項が侵されるよりも、激しい怒りでもってお怒りになる。
 また、窃盗や飲酒、それ以外の禁止事項を侵すことも同様に、アッラーの自恃の念を侵害する。ただし、それらはその害悪の程度によって、アッラーのお怒りの程度も違ってくる。</t>
   </si>
   <si>
@@ -1022,50 +1022,53 @@
     <t>عن عبد الله بن عمر رضي الله عنهما مرفوعاً: "من حلف بغير الله قد كفر أو أشرك"</t>
   </si>
   <si>
     <t>アブドッラー・ブン・ウマル（彼らにアッラーのご満悦あれ）は、預言者（彼にアッラーからの平安と祝福あれ）が、このように語ったと伝えている：「アッラー以外のものにおいて誓いを立てた者は、不信仰に陥ったか、あるいはシルクを犯したことになる。」</t>
   </si>
   <si>
     <t>يخبر -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- في هذا الحديث خبراً معناه النهي: أن من أقسم بغير الله من المخلوقات فقد اتخذ ذلك المحلوف به شريكاً لله وكفر بالله؛ لأن الحلف بالشيء يقتضي تعظيمه، والعظمة في الحقيقة إنما هي لله وحده، فلا يُحلف إلا به أو بصفة من صفاته.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）はこのハディースの中で、アッラーを差し置いて、被造物において誓いを立てることを禁じている。なぜならその者は、自分がそこにおいて誓った存在をアッラーに共同させ、アッラーの不信仰に陥っているからだ。何かにおいて誓うことは、そのものを偉大視しているのであり、真に偉大視すべきものはアッラーのみである。ゆえにアッラーか、あるいはその属性でしか誓ってはならない。</t>
   </si>
   <si>
     <t>تحريم الحلف بغير الله وأنه شرك وكفر بالله.
 أن التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يحلف إلا به.
 أن الحلف بغير الله لا تجب به كفّارة؛ لأنه لم يذكر فيه كفارة، وإنما تلزمه التوبة والاستغفار.
 أن القسم بغير الله شرك أصغر، وقيل: شرك أكبر والصواب أنه شرك أصغر وعليه أكثر العلماء.</t>
   </si>
   <si>
     <t>アッラー以外のものにおいて誓いを立てることの禁止。そしてそれがシルクであり、アッラーに対する不信仰であること。
 誓いを立てるという何かを偉大視する行動は、至高のアッラーだけに向けなければならない、アッラーの権利である。ゆえに、アッラー以外のものにおいて誓いを立ててはならない。
 アッラー以外のものにおいて誓いを立ててしまった場合、その贖罪は不要である。なぜなら、それに贖罪は定められていないからだ。ただ悔悟し、罪の赦しを乞うことが求められる。
 アッラー以外のものにおいて誓いを立てることは、小シルクである。大シルクという説もあるが、大半の学者の見解では小シルクと見なされている。</t>
   </si>
   <si>
     <t>رواه الترمذي  وأبو داود وأحمد</t>
+  </si>
+  <si>
+    <t>[アッ＝ティルミズィーの伝承 - アブー・ダーウードの伝承 - アハマドの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3359</t>
   </si>
   <si>
     <t>أثقل الصلاة على المنافقين: صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيها لأتوهما ولو حبوًا، ولقد هممت أن آمر بالصلاة فتقام، ثم آمر رجلا فيصلي بالناس، ثم أنطلق معي برجال معهم حزم من حطب إلى قوم لا يشهدون الصلاة فأحرق عليهم بيوتهم بالنار</t>
   </si>
   <si>
     <t>偽信者にとって最も難儀な礼拝は、イシャーの礼拝とファジュルの礼拝である。もし彼らがそこにあるものを知っていたら、這いつくばってでもやって来たであろう。私は礼拝の開始を命じ、それから誰かに礼拝の先導をさせ、私は焚き木の束を持った男たちと共に出て行き、礼拝にやって来ない人々のところへ行って、その家を火で燃やしてしまおうとまで思ったほどだ。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «أَثقَل الصَّلاةِ على المُنَافِقِين: صَلاَة العِشَاء، وصَلاَة الفَجر، وَلَو يَعلَمُون مَا فِيها لَأَتَوهُمَا وَلَو حَبْوُا، وَلَقَد هَمَمتُ أًن آمُرَ بِالصَّلاَةِ فَتُقَام، ثُمَّ آمُر رجلاً فيصلي بالنَّاس، ثُمَّ أَنطَلِق مَعِي بِرِجَال معهُم حُزَمٌ مِن حَطَب إلى قَومٍ لاَ يَشهَدُون الصَّلاَة، فَأُحَرِّقَ عَلَيهِم بُيُوتَهُم بالنَّار».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）が預言者（彼にアッラーからの祝福と平安あれ）から伝えるところによれば、彼はこう語った：「偽信者にとって最も難儀な礼拝は、イシャーの礼拝とファジュルの礼拝である。もし彼らがそこにあるものを知っていたら、這いつくばってでもやって来たであろう。私は礼拝の開始を命じ、それから誰かに礼拝の先導をさせ、私は焚き木の束を持った男たちと共に出て行き、礼拝にやって来ない人々のところへ行って、その家を火で燃やしてしまおうとまで思ったほどだ。」</t>
   </si>
   <si>
     <t>لقد كان المنافقون يراؤون الناس، ولا يذكرون الله إلا قليلا، كما أخبر الله تعالى عنهم، ويظهر كسلهم في صلاة العشاء وصلاة الفجر؛ لأنهما بوقت ظلام، فما يراهم الناس الذين يصلون؛ لأن َّجلَّ المنافقين نجدهم يقصرون في هاتين الصلاتين اللتين تَقَعان في وقت الراحة ولذة النوم ولا ينشط لأدائهما مع الجماعة إلا من حَدَاه داعي الإيمان بالله تعالى ، ورجاء ثواب الآخرة، ولمَّا كان الأمر على ما ذكر كانت هاتان الصلاتان أشق وأثقل على المنافقين، ولو يعلمون ما في فعلهما مع جماعة المسلمين في المسجد من الأجر والثواب لأتوهما ولو حبوا كحبو الطفل بالأيدي والركب، وأقسم صلى الله عليه وسلم أنَّه قد هم بمعاقبة المتخلفين المتكاسلين عن أدائهما مع الجماعة، وذلك بأن يأمر بالصلاة فتقام جماعة، ثم يأمر رجلًا فيؤم الناس مكانه، ثم ينطلق ومعه رجال يحملون حزمًا من حطب إلى قوم لا يشهدون الصلاة فيحرق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه في تخلفهم عن صلاة الجماعة، لولا ما في البيوت من النساء والصبيان الأبرياء، الذين لا ذنب لهم، كما ورد في بعض طرق الحديث.</t>
   </si>
   <si>
     <t>アッラーがクルアーンの中で仰っているように、偽信者たちは人々に見せるために行い、アッラーのことは少ししか念じない。そしてイシャーとファジュルの礼拝の中で、怠慢さを示す。それらの礼拝は暗い時間であり、礼拝者の姿も見えないので、多くの偽信者たちは、休憩や甘い睡眠の時間にあたるこれら２つの礼拝を怠けがちである。これら２つの礼拝を積極的に集団でしようとするのは、アッラーの信仰と来世の褒美への呼びかけに促される者たちだけである。これら２つの礼拝が、偽信者たちにとって最も難儀で億劫なものであるのは、以上の理由による。
 もし彼らが、それらの礼拝をマスジドでムスリムたちと集団で行うことの褒美について知っていたならば、幼児のように手足で這ってでもやって来ただろう。預言者（彼にアッラーからの祝福と平安あれ）は、怠慢ゆえにそれら２つの礼拝を集団でやらない者たちを罰することを欲するほどだった、とアッラーに誓って語っている。それは、集団礼拝を開始させて彼の代わりに礼拝を先導させ、焚き木の束を抱えた男たちと共に礼拝に参加しない者たちのところへ出かけて行き、それらの者たちの家に火をつけて燃やしてしまう、という方法である。それは集団礼拝から退くことに対する、彼らの罪の大きさ故のことである。別の伝承経路のハディースでは、「もし彼らの家に、無実な女性や年少者たちがいなかったなら」そのようにしただろう、という表現もある。</t>
   </si>
   <si>
     <t>صلاة الجماعة فرض عين، على الرجال البالغين.
@@ -1115,51 +1118,54 @@
   <si>
     <t>إثبات قيام الساعة.
 أن الساعة تقوم على شرار الناس.
 تحريم بناء المساجد على القبور أو الصلاة عندها بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 التحذير عن الصلاة عند القبور، لأنه وسيلةٌ إلى الشرك.
 أن من اتخذ قبور الصالحين مساجد للصلاة فيها فهو من شرار الخلق، وإن كان قصده التقرب إلى الله.
 التحذير من الشرك ووسائله وما يقرب إليه، مهما كان قصد صاحب تلك الوسائل.
 معجزة للنبي -صلى الله عليه وسلم- حيث وقع ما أخبر به من بناء المساجد على القبور.</t>
   </si>
   <si>
     <t>復活の日の到来の確証。
 復活の日は、悪人たちに対する反証として起こるということ。
 墓の上にマスジドを建設したり、あるいは建設せずとも墓で礼拝したりすることの禁止。マスジドとは建物ではなかったとしても、サジダ（平れ伏す形の礼拝動作）する場所のことを指すからである。
 墓での礼拝の禁止。それはシルクにつながるためである。
 正しい者たちの墓を礼拝の為のマスジドとする者は、最悪の者の内の一人である。たとえそれが、そうすることによってアッラーへのお近づきを意図していたとしても、である。
 シルクと、それにつなげたり、それに近づけたりする物事への注意。そこに、それらの物事を行う者の意図は無関係である。
 預言者（彼にアッラーからの祝福と平安あれ）の奇跡。彼が語ったように、墓の上にマスジドを建てる者が出現した。</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
-    <t>良好</t>
+    <t>[良好]</t>
+  </si>
+  <si>
+    <t>[アハマドの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3375</t>
   </si>
   <si>
     <t>أخوف ما أخاف عليكم: الشرك الأصغر، فسئل عنه، فقال: الرياء</t>
   </si>
   <si>
     <t>「私があなた方に関して最も恐れることは、小さなシルクである。」彼はそれについて尋ねられると、こう答えた：「見せかけの行為だ。」</t>
   </si>
   <si>
     <t>عن محمود بن لبيد رضي الله عنه مرفوعاً: "أَخْوَفُ ما أخاف عليكم: الشرك الأصغر، فسئل عنه، فقال: الرياء".</t>
   </si>
   <si>
     <t>マフムード・ブン・ラビード（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの祝福と平安あれ）からの言葉として、こう語った：「私があなた方に関して最も恐れることは、小さなシルクである。」彼はそれについて尋ねられると、こう答えた：「見せかけの行為だ。」</t>
   </si>
   <si>
     <t>يخبرنا النبي صلى الله عليه وسلم في هذا الحديث أنه يخاف علينا، وأكثر ما يخاف علينا من الشرك الأصغر، وذلك لما اتصف به صلى الله عليه وسلم من كمال العطف والرحمة بأمته، والحرص على ما يصلح أحوالهم، ولما عرفه من قوة أسباب الشرك الأصغر الذي هو الرياء وكثرة دواعيه، فربما دخل على المسلمين من حيث لا يعلمون فيضر بهم؛ لذا حذرهم منه وأنذرهم.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの平安と祝福あれ）はこのハディースの中で、彼が私たちに関して恐れており、そして私たちに関して最も恐れていることが「小さなシルク」であると語っている。このことは、イスラーム共同体に対する預言者（彼にアッラーからの平安と祝福あれ）の思いやりと慈悲の念、その正しい状態の維持についての彼の熱心さを示している。そして見せかけの行為である「小さなシルク」の原因の根強さ、その動機の多様性、それがムスリムたちの知らない内に入り込んできてしまい、彼らを害する可能性があることを知っているからこそ、このような警告を放ったのである。</t>
   </si>
   <si>
     <t>أن الرياء أخوف على الصالحين من فتنة الدجال.
 الحذر من الرياء ومن الشرك عموماً.
@@ -1202,50 +1208,53 @@
 بيان لنوع من أنواع الشرك وهو شرك الطاعة.
 مشروعية تعليم الجاهل.
 أن معنى العبادة واسعٌ يشمل كل ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرة والباطنة.
 بيان ضلال الأحبار والرهبان.
 إثبات شرك اليهود والنصارى.
 أن أصل دين الرسل واحد وهو التوحيد.
 أن طاعة المخلوق في معصية الخالق عبادة له.
 وجوب الاستفسار من أهل العلم عما خفي حكمه.
 حرص الصحابة على العلم.</t>
   </si>
   <si>
     <t>アッラーの法規定の改ざんにおいて、学者、またはそれ以外の被造物に従うことは大シルクである。ただし従っている者が、それがアッラーの法規定に反していることを知っている限りにおいて、である。
 何かをハラール（合法）としたりハラーム（禁止）としたりするのは、至高のアッラーのみに属する権利である。
 シルクの一種、つまり「服従によるシルク」についての説明。
 無知な者には教えるということ。
 崇拝行為（イバーダ）とは：アッラーが愛し、お喜びになる、あらゆる外面的・内面的言動を包括する、広範な意味を持つものである。
 ハディースで取り上げられているような学者や修道僧らの迷妄についての説明。
 ユダヤ教徒とキリスト教徒のシルクの確証。
 使徒たちの宗教の起源は一つであり、それがタウヒード（唯一神信仰）であるということ。
 創造主への反抗を伴う被造物への服従は、崇拝行為であること。
 規定が不明瞭であることについて、知識ある者に尋ねることの義務性。
 知識に対するサハーバの熱心さ。</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
+  </si>
+  <si>
+    <t>[アッ＝ティルミズィーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3384</t>
   </si>
   <si>
     <t>إنك تأتي قوما من أهل الكتاب، فليكن أولَ ما تدعوهم إليه شهادة أن لا إله إلا الله</t>
   </si>
   <si>
     <t>実にあなたは、啓典の民である人々のところへ行くのだ。ゆえに彼らをまず『ラー・イラーハ・イッラッラーフ（アッラー以外に崇拝されるべきいかなるものも存在しない）』という証言へと招け。</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما : أن رسول الله صلى الله عليه وسلم لما بعث معاذا إلى اليمن قال له: "إنك تأتي قوما من أهل الكتاب، فليكن أولَ ما تدعوهم إليه شهادة أن لا إله إلا الله" -وفي رواية: "إلى أن يوحدوا الله-، فإن هم أطاعوك لذلك فأعلمهم أن الله افترض عليهم خمس صلوات في كل يوم وليلة، فإن هم أطاعوك لذلك فأعلمهم أن الله افترض عليهم صدقة تؤخذ من أغنيائهم فَتُرَدُّ على فقرائهم، فإن هم أطاعوك لذلك فإياك وكَرَائِمَ أموالِهم، واتق دعوة المظلوم فإنه ليس بينها وبين الله حجاب".</t>
   </si>
   <si>
     <t>アブドッラー・ブン・アッバース（彼らにアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は彼がムアーズをイエメンへ派遣した時、彼にこう言った：「実にあなたは、啓典の民である人々のところへ行くのだ。ゆえに彼らをまず『ラー・イラーハ・イッラッラーフ（アッラー以外に崇拝されるべきいかなるものも存在しない）』という証言へと招け（別の伝承によれば、「アッラーを唯一化することへと招け」）。そして、もし彼らがそのことにおいてあなたに従ったなら、アッラーが彼らに毎日毎晩５度の礼拝を義務づけたということを、教えよ。そして、もし彼らがそのことにおいてあなたに従ったなら、アッラーが彼らに、裕福な者たちから取られて貧しい者たちに返されるサダカ（施し）を義務づけたことを、教えよ。そして、もし彼らがそのことにおいてあなたに従ったら、彼らの大事な財産には手を付けないように。不正を被っている者の祈りを恐れよ。それとアッラーの間を阻むものはないのだから。」</t>
   </si>
   <si>
     <t>أن النبي -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- لما وجه معاذ بن جبل رضي الله عنه إلى إقليم اليمن داعيا إلى الله ومعلما، رسم له الخطة التي يسير عليها في دعوته، فبين له أنه سيواجه قوما أهل علم وجدَل من اليهود والنصارى؛ ليكون على استعداد لمناظرتهم ورد شبههم، ثم ليبدأ في دعوته بالأهم فالأهم، فيدعو الناس إلى إصلاح العقيدة أولا؛ لأنها الأساس، فإذا انقادوا لذلك أمرهم بإقام الصلاة، لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم؛ مواساة لهم وشكرا لله، ثم حذّره من أخذ جيد المال؛ لأن الواجب الوسط، ثم حثّه على العدل وترك الظلم؛ لئلا يدعو عليه المظلوم ودعوتُه مستجابة.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）は、ムアーズ・ブン・ジャバル（彼にアッラーのご満悦あれ）をアッラーへと招く者、教師としてイエメン地方へ派遣した時、彼に歩むべきダアワ（宣教）の道筋を立ててやり、こう説明した：ユダヤ教徒とキリスト教徒からなる知識と議論の民と出会うことになるので、彼らとの議論と難題への対応のための準備をしておく必要があること。彼らに宣教するにあたっては、重要なものから順番に始めること。まず信条を正すことから始め、それに従ったら、タウヒード（唯一神信仰）の後に重要な義務である、礼拝の遵守を命じること。そしてそれを行うようになったら、貧者たちへの浄財の拠出を、裕福な者たちに命じること。それは貧者たちへの慰安であり、アッラーへの感謝でもある。そして、最良の財産を取らないことへの注意。中程度のものを取ることが義務である。また、公正さの遵守と、不正の放棄。それは不正を受けた者が、彼に対して災いを祈らないようにするためであり、不正を受けている者の祈りが叶えられるためである。</t>
   </si>
   <si>
     <t>مشروعية إرسال الدعاة إلى الله -تعالى-.
 أن شهادة أن لا إله إلا الله أول واجب وهي أول ما يدعى إليه الناس.
@@ -1299,50 +1308,53 @@
   <si>
     <t>ジャービル（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は魔術による治療について尋ねられ、言った：「それはシャイターンの行いである。」</t>
   </si>
   <si>
     <t>أن النبي -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- سئل عن علاج المسحور على الطريقة التي كانت تعملها الجاهلية، مثل: حل السحر بالسحر ما حكم ذلك، فأجاب -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- بأنه من عمل الشيطان أو بواسطته؛ لأنه يكون بأنواع سحرية واستخداماتٍ شيطانيةٍ، فهي شركية ومحرمة.
 أما النشرة الجائزة: فهي فك السحر بالرقية أو بالبحث عنه، وفكه باليد مع قراءة القرآن أو بالأدوية المباحة.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）は、魔術をかけられた者を同じ魔術で治療するといったジャーヒリーヤ時代（イスラーム以前の無明時代）によるやり方で行うことを尋ねられ、それを「シャイターンの行い」あるいは「シャイターンを通して行うもの」とした。なぜなら、それは魔術の一種、シャイターンの利用であるためで、そのようなことはシルクであり、禁じられるからである。
 魔術の治療として合法なのは、ルクヤ（クルアーンの読誦や合法な祈願などによる治療法）や、魔術に用いられたものを見つけ、それをクルアーンの読誦や合法な薬品を用いて手でほどくことにより、解除することである。</t>
   </si>
   <si>
     <t>مشروعية سؤال العلماء عما أشكل حكمه؛ حذرًا من الوقوع في المحذور.
 النهي عن النشرة على الصفة التي تعملها الجاهلية؛ لأنها سحر والسحر كفر.
 أن أعمال الشيطان كلها محرمة.</t>
   </si>
   <si>
     <t>禁じられている物事に陥らないよう、決まりがよく分からないことに関しては学者に質問すること。
 ジャーヒリーヤ時代のやり方で魔術の解除を行うことの禁止。魔術自体が不信仰な物事なので、魔術の解除を魔術でもって行うことは許されない。
 シャイターンの行いは全て禁じられる。</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
+    <t>[アブー・ダーウードの伝承 - アハマドの伝承]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3402</t>
   </si>
   <si>
     <t>لا تطروني كما أطرت النصارى ابن مريم؛ إنما أنا عبد، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>キリスト教徒らがマルヤムの子を過度に称えたように、私のことを過度に称えてはならない。私はかれ（アッラー） の僕に過ぎない。だからこう言うがよい：アッラーのしもべ、アッラーの使徒、と。</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لا تُطْروني كما أَطْرت النصارى ابنَ مريم؛ إنما أنا عبده، فقولوا: عبد الله ورسوله».</t>
   </si>
   <si>
     <t>ウマル・ブン・アル＝ハッターブ（彼にアッラーのご満悦あれ）は言った：私は預言者（彼にアッラーからの祝福と平安あれ）が、こう言うのを聞いた：「キリスト教徒らがマルヤムの子（イーサーのこと）を過度に称えたように、私のことを過度に称えてはならない。私はかれ（アッラー） の僕に過ぎない。だから（私のことを）こう言うがよい：アッラーのしもべ、アッラーの使徒、と。」</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم حرصاً منه على توحيد الله تعالى ، وخوفاً على أمته من الشرك الذي وقعت فيه الأمم السابقة، حذَّرها من الغلو فيه، ومجاوزة الحد في مدحه مثل وصفه بأوصاف الله تعالى وأفعاله الخاصة به، كما غلت النصارى في المسيح بوصفه بالألوهية والبنوة لله تعالى ، فوقعت في الشرك كما قال تعالى: {لَقَدْ كَفَرَ الَّذِينَ قَالُوا إِنَّ اللَّهَ هُوَ الْمَسِيحُ ابْنُ مَرْيَمَ وَقَالَ الْمَسِيحُ يَا بَنِي إِسْرَائِيلَ اعْبُدُوا اللَّهَ رَبِّي وَرَبَّكُمْ إِنَّهُ مَنْ يُشْرِكْ بِاللَّهِ فَقَدْ حَرَّمَ اللَّهُ عَلَيْهِ الْجَنَّةَ وَمَأْوَاهُ النَّارُ وَمَا لِلظَّالِمِينَ مِنْ أَنْصَارٍ} ثم قال: «فإنما أنا عبده، فقولوا عبد الله ورسوله» أي: فصفوني بالعبودية والرسالة كما وصفني الله تعالى بذلك، ولا تتجاوزوا بي حدود العبودية إلى مقام الألوهية أو الربوبية كما فعلت النصارى، فإن حق الأنبياء العبودية والرسالة، أما الألوهية فإنها حق الله وحده، ومع هذا التحذير فقد وقع بعض الناس فيما حذر منه رسول الله صلى الله عليه وسلم منه، فاحذر من أن تكون منهم.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）は、至高のアッラーの唯一性に対する強い関心と、過去の民が陥ったシルクに対するイスラーム共同体への不安から、彼自身に対する極端な考えや、過度の讃美によって度を超すことについて、注意を放った。過度の讃美とは例えば、アッラー特有の性質や、アッラー特有の行為によって、預言者を描写したりすることである。それはちょうどキリスト教徒たちがマスィーフ（イーサー）に神性を見出し、彼をアッラーの御子と見なすという極端に走ることで、シルクに陥ったことと同様である。アッラーは仰っている：『「本当にアッラー、かれは、マルヤムの子マスィーフのことである」と言った者は、確かに不信仰に陥ったのだ。マスィーフは、（こう）言ったというのに。「イスラーイールの子らよ、我が主であり、あなた方の主であるアッラーを崇拝せよ。本当に、アッラーに対してシルクを犯す者は誰であろうと、アッラーが彼に天国を禁じられるのだ。そして、その住処は（地獄の）業火である。不正者たちには、いかなる援助者もない」。』（食卓章７２）
 それから預言者（彼にアッラーからの祝福と平安あれ）は、言っている：「私はかれ（アッラー） の僕に過ぎない。だからこう言うがよい：アッラーのしもべ、アッラーの使徒、と。」 つまり、アッラーが私をそう形容したように、私を「僕」そして「使徒」と形容しなさい、キリスト教徒がしたように、私を僕の地位から神や主の地位に上げるなどといった法外なことをしてはならない、と言っている。
 預言者たちの権利は、僕であること、アッラーからのメッセージを携えていることであり、神性はアッラーのみに属する。このような警告にも関わらず、ある種の人々はアッラーの使徒（彼にアッラーからの祝福と平安あれ）が注意したことに陥ってしまった。ゆえにそのような者たちのようにならないよう、注意しなければならない。</t>
   </si>
   <si>
     <t>التحذير من الغلو والإِسراف في المدح، ومجاوزة الحد، والمدح بالباطل؛ لأن ذلك قد يفضي إلى الشرك، وإنزال العبد منزلة الرب، ووصفه بصفاته.
 أن كفر النصارى إنما كان بسبب غلوهم في المسيح والقديسين والقديسات من بعده، وقولهم في عيسى إنه ابن الله، حتى أدى بهم ذلك إلى تحريف الكتب المقدسة؛ لكي يستدلوا بها على صحة مزاعمهم الباطلة.</t>
@@ -1786,50 +1798,53 @@
     <t>يخبرنا النبي صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" وفي حديث آخر: "أفضل ما قلت أنا والنبيون قبلي لا إله إلا الله وحده لا شريك له".
 ولا شك أن هذه الكلمة كلمة عظيمة، قامت بها الأرض والسماوات، وخلقت لأجلها جميع المخلوقات، وبها أرسل الله تعالى رسله، وأنزل كتبه، وشرع شرائعه، ولأجلها نُصبت الموازين، ووُضِعَت الدواوين، وقام سوق الجنة والنار، ومعناها لا معبود بحق إلا الله، وشروطها سبعة: العلم واليقين والقبول والانقياد والصدق والإخلاص والمحبة، وعنها يسأل الأولون والآخرون، فلا تزول قدما العبد بين يدي الله حتى يسأل عن مسألتين: ماذا كنتم تعبدون؟ وماذا أجبتم المرسلين؟ 
 فجواب الأولى بتحقيق "لا إله إلا الله" معرفةً وإقرارًا وعملًا.
 وجواب الثانية بتحقيق "أن محمدا رسول الله" معرفةً وإقرارًا وانقيادًا وطاعةً.
 قال صلى الله عليه وسلم : ( بُني الإسلام على خمس: شهادة أن لا إله إلا الله وأن محمداً رسول الله..).</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの平安と祝福あれ）は、私たちにこう伝えている：「ラー・イラーハ・イッラッラーフ（アッラーの他に真に崇拝すべきものはなし）」は、最良のズィクル（唱念）である。別の伝承にはこうある：私と、私以前の預言者たちが言った最良のものは、「ラー・イラーハ・イッラッラーフ・ワフダフ・ラー・シャリーカ・ラフ（唯一でいかなる共同者もいないアッラーの他に、真に崇拝すべきものはなし）」である。
 この言葉が偉大な言葉であることに、疑念の余地はない。天地はこれによって成り立ち、全創造はこのために創造された。またアッラーはこの言葉と共に使徒たちを遣わし、啓典を下し、教えを定めたのであり、この言葉ゆえに（善行と悪行の）秤が掲げられ、行いの記録の書が置かれ、天国と地獄が存在している。
 この言葉の意味は、アッラー以外に真に崇拝すべき存在はない、ということである。この言葉には、次の７つの条件がある：知識。確信。受容。服従。正直さ。真摯さ。愛。
 先代の者も後代の者も、この言葉について尋ねられることになるのであり、人は（復活の日に）アッラーの御前まで歩み出、２つの質問を受ける。「何を崇拝していたのか？」「使徒たちに何と答えたのか？」というものである。
 一つ目の質問の答えは、「ラー・イラーハ・イッラッラーフ」を知識と是認と実行によって実現することである。
 二つ目の答えは、「ムハンマドゥッラスールッラーヒ（ムハンマドがアッラーの使徒である）」を知識と是認と服従と受容によって実現することである。
 預言者（彼にアッラーからの平安と祝福あれ）は言っている：「イスラームは５つのものの上に成り立っている：ラー・イラーハ・イッラッラーフ、ムハンマドゥッラスールッラーヒという証言、・・・」</t>
   </si>
   <si>
     <t>أن كلمة التوحيد أفضل الكلام؛ لأنها إثبات للوحدانية، ونفي للشركاء، وهي أفضل ما قاله الأنبياء، ومن أجلها بعثوا، وتحت رايتها قاتلوا، وفي سبيلها استشهدوا، وهي مفتاح الجنة والخلاص من النار.</t>
   </si>
   <si>
     <t>タウヒード（唯一神信仰）の言葉は、最良の言葉である。それはアッラーの唯一性を確証し、かれに共同者があることを否定するものであるからだ。それは預言者たちが語った最良の言葉であり、それゆえに彼らが遣わされ、戦い、その道の途上で殉教した、言葉である。またその言葉こそは天国への鍵であり、地獄からの救いなのだ。</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
+    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アン＝ナサーイーの伝承]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3567</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شِرَاكِ نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>あなた方にとって天国は靴ひもよりも近く、地獄もまた同様である。</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم : «الجنة أقرب إلى أحدكُم من شِرَاكِ نَعْلِه، والنار مِثلُ ذلك».</t>
   </si>
   <si>
     <t>イブン・マスウード（彼にアッラーのご満悦あれ）によると、預言者（彼にアッラーか らの祝福と平安あれ）は言った：「あなた方にとって天国は靴ひもよりも近く、地獄もまた同様である。」</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الجنة والنار قريبان من الإنسان كقرب السير الذي يكون على ظهر القدم، وهو قريب من الإنسان جدًّا؛ لأنه قد يفعل طاعة من رضوان الله عز وجل لا يظن أنها تبلغ ما بلغت، فإذا هي توصله إلى جنة النعيم، وربما يفعل معصية لا يلقي لها بالاً، وهي من سخط الله، فيهوي بها في النار كذا وكذا من السنين وهو لا يدري.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーか らの祝福と平安あれ）は、人にとって天国と地獄が、足の甲までの距離ほどにとても近いものであると語っている。人はアッラーがお喜びになる服従行為を行い、それが自分ではそれほどのものとは思っていなくても、それによって天国の安寧に到達できることがある。また、余り気にも留めないような罪を行い、それによってアッラーのお怒りを買うことで、気づかないままに地獄に落ちてしまうこともあり得る。</t>
   </si>
   <si>
     <t>الطاعة موصلة إلى الجنة، والمعاصي تؤدي إلى النار.
 تحصيل الجنة سهل، إذا صح القصد وعملت الصالحات.
 الطاعة والمعصية قد تكون في أيسر الأشياء، فينبغي على المرء ألا يزهد في قليل من الخير فيعمله ولافي قليل من الشر فيجتنبه.
 الترغيب في قليل الخير وإن قلَّ، والترهيب عن قليل الشر وإن قل.
@@ -1866,51 +1881,51 @@
 また、スィワークは主を喜ばせる。スィワークは、僕が至高のアッラーのお喜びを得る手段の一つなのである。
 スィワークには他にも様々な利点があると言われる：たとえば、口の臭いをよくすること。歯茎の強化。視力の改善。痰の除去。スンナの踏襲。天使たちを喜ばせること。善行の増加。胃の状態を良好にすること、などである。</t>
   </si>
   <si>
     <t>أن السواك وسيلة لتطهير الفَم.
 الله -تعالى- يحب النظافة ويحب المتطهرين، ولذلك شرع لهم ما يعينهم على ابتغاء مرضاته.
 فضيلة السواك.
 ترغيب النبي -صلى الله عليه وسلم- أمَّته للإكثار من الاستياك.
 مشروعية السواك للصائم سواء كان أول النهار أو آخره؛ لإطلاق الحديث.
 الاسْتِيَاك من  أسباب رِضَا الله -تعالى- عن العَبْد.
 إثبات صفة الرِّضَا لله -عز وجل-.</t>
   </si>
   <si>
     <t>スィワークは口を清浄に保つ手段である。
 アッラーは清浄さと、清浄な者たちをお好みになる。アッラーは、それらの者たちがアッラーのお喜びを得るための助力となるものを定めた。
 スィワークの徳。
 預言者（彼にアッラーからの祝福と平安あれ）はスィワークを頻繁に行うことを、イスラーム共同体に対して勧めている。
 このハディースが無条件に語られていることにより、断食を行う者は昼の最初でも最後でも、スィワークを行うことが可能である。
 スィワークは、僕がアッラーのお喜びを得る原因の一つである。
 アッラーには喜びという属性があることの確証。</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد والدارمي</t>
   </si>
   <si>
-    <t>アン＝ナサーイーの伝承</t>
+    <t>[アン＝ナサーイーの伝承 - アハマドの伝承 - アッ＝ダーリミーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3588</t>
   </si>
   <si>
     <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان مُكَفِّراتٌ لما بينهنَّ إذا اجتُنبَت الكبائر</t>
   </si>
   <si>
     <t>５度の礼拝、金曜礼拝から金曜礼拝、ラマダーンからラマダーンは、その間の罪滅ぼしである。ただし、大罪を避ける限りにおいてだが。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان مُكَفِّراتٌ لما بينهنَّ إذا اجتُنبَت الكبائر».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は、アッラーの使徒（彼にアッラーからの平安と祝福あれ）が、こう語ったと伝える：「５度の礼拝、金曜礼拝から金曜礼拝、ラマダーンからラマダーンは、その間の罪滅ぼしである。ただし、大罪を避ける限りにおいてだが。」</t>
   </si>
   <si>
     <t>الصلوات الخمس تكفر ما بينها من الذنوب -وهي الصغائر- إلا الكبائر فلا تكفرها إلا التوبة، وكذلك صلاة الجمعة إلى التي تليها، وكذلك صوم رمضان إلى رمضان الذي بعده.</t>
   </si>
   <si>
     <t>５度の義務の礼拝は、その間にやってしまった小さな罪を帳消しにしてくれる。ただし大罪は別で、それを帳消しにするには悔悟するしかない。金曜礼拝も同様で、それは次の金曜礼拝までの罪滅ぼしとなり、ラマダーンも次のラマダーンまでの罪滅ぼしとなる。</t>
   </si>
   <si>
     <t>أن القيام بهذه الواجبات على خير وجه يكون سببًا لأن يغفر الله عز وجل بفضله ورحمته ما وقع بينها من الذنوب الصغيرة.
 انقسام الذنوب إلى صغائر وكبائر.</t>
@@ -2241,50 +2256,53 @@
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの祝福と平安あれ）が次のように言ったと伝えている：
 「債務に苦しむ者を猶予し・・」つまり、貧しい債務者に猶予を与えることである。猶予とは期限の延期である。
 「それを免じてやる」とは、債務を軽減することである。アブー・ヌアイムの伝承では、「あるいは彼に贈与してやる」という記述もある。
 そしてこの褒美として「アッラーは審判の日、その御座（みくら）の陰に入れて下さる。」文字通り、かれの御座の陰に入れてくれる、または天国に入れて下さる。そうすることにより、審判の日の酷熱から守って下さるのである。
 この報いは、「その日、その陰のほかに陰はない」日において頂くことになる。その陰とはアッラーの陰であり、それは債権者が債務者を自分のことよりも優先し、楽にさせてやったことによるものである。報いは行いと同種のものによるのであり、アッラーはそのような者を楽にして下さるのだ。</t>
   </si>
   <si>
     <t>استحباب القَرض الحَسن ومعاملة المَدِين بلطف ولِين.
 إنظار المعسر أو الوضع عنه دينه كله أو بعضه من الخصال الموجبة للظلال تحت عرش الرحمن يوم لا ظل إلا ظله.
 فضل الدائن المتسامح وما يناله من عظيم الأجر في الآخرة.
 فضل التيسير على عباد الله -تعالى-.
 جواز التعامل بالدَّين.
 صحة تَبرع الوكيل إذا كان بإذن الموكِّل.</t>
   </si>
   <si>
     <t>よい貸金と、債務者に対するやさしい対応の勧め。
 債務に苦しむ者を猶予し、その債務を帳消しにしてやったり、あるいはその一部を免除してやったりすることは、その陰以外に陰が存在しない日に、慈悲あまねきお方の御座の陰に入る結果をもたらす行為の一つである。
 寛大な債権者の徳と、来世に授かることになる偉大な褒美。
 アッラーの僕たちに対して物事を容易にしてやることの徳。
 借金の合法性。
 委任された者が、委任した者の許可のもとに寄付することの合法性。</t>
   </si>
   <si>
     <t>رواه الترمذي والدارمي وأحمد</t>
+  </si>
+  <si>
+    <t>[アッ＝ティルミズィーの伝承 - アハマドの伝承 - アッ＝ダーリミーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4186</t>
   </si>
   <si>
     <t>من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع</t>
   </si>
   <si>
     <t>知識を求めて出発した者は、戻って来るまでアッラーの道の途上にある。</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه مرفوعاً: «من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع».</t>
   </si>
   <si>
     <t>アナス（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの祝福と平安あれ）の言葉として、このように伝える：「知識を求めて出発した者は、戻って来るまでアッラーの道の途上にある。」</t>
   </si>
   <si>
     <t>معنى الحديث: أن مَنْ خَرج من بيته أو بلده؛ بَحثا عن العلم الشرعي، فهو في حكم من خرج للجهاد في سبيل الله تعالى ، حتى يعود إلى أهله؛ لأنه كالمجاهد في إحياء الدِّين وإذلال الشيطان وإتعاب النَفْس.</t>
   </si>
   <si>
     <t>ハディースの意味は、こうである：イスラームの知識を求めて自宅や故郷を後にした者は、至高のアッラーの道において努力奮闘する者と同様の位置づけをされ、その状態は家族のもとに帰還するまで継続する。それによって宗教を興隆させ、シャイターンを卑しめ、自分自身を苦労させることにおいて、その者は努力奮闘（ジハード）しているからである。</t>
   </si>
   <si>
     <t>أن طلب العلم جهاد في سبيل الله.
 لطالب العلم أجْر المجاهد في ميادين القتال؛ لأن كلا منهما يقوم بما يُقَوِّي شريعة الله ويدفع عنها ما ليس منها.
@@ -2716,90 +2734,80 @@
 بيان شيء من أمارات الساعة.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）のよい性格の説明。彼は教友たちと共に座り、彼らは彼のところに赴いて座ったものだった。彼は自分を彼らより上に見て、独りきりでいたのではない。
 地位の高い者たちと会う時、衣服や見た目や清潔さを配慮すること。ジブリールはそのような状態や話し方と共に、人々への教師としてやって来たのである。
 天使たち（彼らに平安あれ）は、天使以外の姿を取ることも可能である。
 尋ねる者への優しさと、接近。それは、ためらいや恐れを抱かずに質問できるようにするためである。
 教師への礼儀作法。ジブリール（彼らに平安あれ）は話を聞くため、預言者（彼にアッラーからの祝福と平安あれ）の前に礼儀正しい形で座ったのである。
 掛け詞の合法性。ジブリールは「ムハンマドよ」と言ったが、これはベドウィン的な表現でもある。この表現により、彼がベドウィンであるかのように見せた。なお、都市の民は優れた品性をまとっているものであり、使徒（彼にアッラーからの祝福と平安あれ）をこのような呼び方で呼んだりはしない。
 イスラームと信仰（イーマーン）と至善（イフサーン）の違いの説明。
 信仰（イーマーン）とは基礎となる六信のことであり、それらは全て不可視の世界の事象を信じることである。
 イスラームの柱は５つ、信仰（イーマーン）の基盤は６つである。
 イスラームと信仰（イーマーン）が一緒に言及される時、イスラームは外面的事象、信仰（イーマーン）は内面的事象として説明される。
 至善（イフサーン）の高い地位の説明。
 本来、質問者は知識がないものであり、無知こそが質問の動機である。
 重要なものから順に始めること。預言者はイスラームの説明にあたり、まず２つの信仰証言から始め、信仰（イーマーン）の説明については、アッラーの信仰から始めた。
 聞いている者に教授する意図で、既に知っていることを、知者があえて質問するという手法。
 知らないことを聞かれたら、「アッラーがよくご存じである」と述べること。
 審判の日についての知識は、アッラーのみが専有するものである。
 審判の日のいくつかの予兆の説明。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4563</t>
   </si>
   <si>
-    <t>أن رجلًا قال للنبي -صلى الله عليه وآله وسلم-: أوصني، قال لا تَغْضَبْ فردَّدَ مِرارًا، قال لا تَغْضَبْ</t>
-[...38 lines deleted...]
-何かの禁止は、その原因となるものの禁止であり、またその放棄の助力となることの命令をも表す。</t>
+    <t>لا تغضب</t>
+  </si>
+  <si>
+    <t>怒るのではない。</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、 ある男が、預言者（彼にアッラーからの祝福と平安あれ）にこう言った：「私にアドバイスを下さい。」彼は言った：「怒るのではない。」彼は何度も繰り返し、「怒るのではない」と言った。</t>
+  </si>
+  <si>
+    <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
+وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
+  </si>
+  <si>
+    <t>教友の一人(アッラーのご満悦あれ)が預言者（彼にアッラーからの祝福と平安あれ）に、何か役に立つことを教えてくれることを尋ねた。それで彼は彼に、怒らないよう命じた。それは怒りの原因となるようなことを避け、怒りが生じた際には自らを律し、怒りに任せて殺人、暴力、悪口などを行ってしまわないようにすることである。
+男は何度もアドバイスを求めたが、預言者（彼にアッラーからの祝福と平安あれ）は、「怒るのではない」というアドバイスにそれ以上付け加えることがなかった。</t>
+  </si>
+  <si>
+    <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
+الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
+تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
+فضيلة طلب الوصية من العالِم.</t>
+  </si>
+  <si>
+    <t>怒りと、それを生じさせる物事への注意。怒りは悪を結集するものであり、そこから身を守ることは善の結集である。
+怒る時にはアッラーのために怒る。例えばアッラーの神聖さが侵害されたときに怒るのは、よい怒りである。
+必要があれば、聞いている者が飲み込み、その大事さを理解するまで言葉を繰り返すこと。
+学のある者からアドバイスを求めることの徳。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4709</t>
   </si>
   <si>
     <t>لا ضَرَرَ ولا ضِرَارَ</t>
   </si>
   <si>
     <t>危害を加えること、また相互に危害を加え合うことの禁止</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله -صلى الله وعليه وسلم- قال: «لا ضَرَرَ ولا ضِرَارَ».</t>
   </si>
   <si>
     <t>アブー・サイード・アル＝フドゥリー（彼にアッラーのご満悦あれ）によると、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った：「害悪もなく、互いに害し合うこともない。」</t>
   </si>
   <si>
     <t>الحديث يمثل قاعدة الإسلام في الشرائع وقواعد الأخلاق والتعامل بين الخلق، وهي دفع الضرر عنهم بمختلف أنواعه ومظاهره، فالضرر محرم وإزالة الضرر واجب، والضرر لا يزال بالضرر، والمضار محرمة.</t>
   </si>
   <si>
     <t>このハディースは、法、道徳、他の被造物との付き合いにおける、イスラームのルールを示している。それは、あらゆる種類と形の害を防止することである。害悪は禁じられており、害悪を除去することは義務となる。また、害悪を害悪で除去してはならず、互いに害し合うことは禁じられる。</t>
   </si>
   <si>
     <t>الرسول أوتي جوامع الكلم وشواهد هذا كثيرة، وهو من خصائصه -عليه الصلاة والسلام-.
 الضرر يُزال.
@@ -2807,86 +2815,92 @@
 لم يأمر الله عباده بشيء يضرهم.
 ورود النفي بمعنى النهي.
 تحريم الضرار بالقول أو الفعل أو بالترك.
 دين الإسلام هو دين السلامة.
 هذا الحديث يعتبر قاعدة من قواعد الشريعة، وهي أن الشريعة لا تقر الضرر، وتنكر الإضرار.
 هل بين الضرر والضرار فرق أم لا؟ فمنهم من قال: هما بمعنى واحد على وجه التأكيد، والمشهور أن بينهما فرقا، ثم قيل: إن الضرر هو الاسم، والضرار الفعل، فالمعنى أن الضرر نفسه منتف في الشرع، وإدخال الضرر بغير حق كذلك، وقيل: الضرر: أن يدخل على غيره ضررا بما ينتفع هو به، والضرار: أن يدخل على غيره ضررا بلا منفعة له به، كمن منع ما لا يضره ويتضرر به الممنوع، ورجح هذا القول طائفة، منهم ابن عبد البر، وابن الصلاح، وقيل: الضرر: أن يضر بمن لا يضره، والضرار: أن يضر بمن قد أضر به على وجه غير جائز، وبكل حال فالنبي -صلى الله عليه وسلم- إنما نفى الضرر والضرار بغير حق.</t>
   </si>
   <si>
     <t>預言者は過不足のない簡潔な言葉を与えられたが、それを示す根拠は沢山存在する。それは彼（彼にアッラーからの祝福と平安あれ）の特性の１つである。
 害悪は除去されるべきことである。
 自分が受けた以上のもので報復することの禁止。
 アッラーは、僕たちが自分たちを害するような物事を命じたりはしない。
 禁止を意図した、単なる否定表現。
 言葉、行動、放棄によって、相互に害し合うことは非合法である。
 イスラームという宗教は、平安の宗教である。
 このハディースは、イスラーム法を成す基礎の１つである。イスラーム法は害悪を認めることはなく、相互の害し合いを否認する。
 「害悪」と「互いに害し合うこと」という訳をあてたアラビア語は、それぞれ「ダラル」と「ディラール」であるが、その間に違いはあるか？
 学者の一部は、「これらは同じ意味だが、単なる強調のために繰り返されているのだ」とするが、通説によれば、違いはある。その場合、解釈の１つとしては、「ダラル」は名詞、「ディラール」は動詞であり、「イスラーム法においては害悪自体が禁じられ、それを正当な理由もなく行動に移すことも禁じられる」というものがある。また別の解釈では、「ダラル」は「自分の利のために他者に害悪を及ぼすこと」であり、「ディラール」は「自分の利もないものにおいて、他者に害悪を及ぼすこと」という説もある。たとえば、自分自身を害さないものを禁じることで、それを禁じられた者が害を受けるような場合である。この説はイブン・アブド・アル＝バッルやイブン・アッ＝サラーフらの一団によって、支持されている。また別の説では、「ダラル」が「自分を害さない者を害すること」、「ディラール」が「自分を害した者を、非合法な形で害すること」とされる。いずれにせよ、預言者（彼にアッラーからの祝福と平安あれ）は害悪と、互いに害し合うことを禁じたのである。</t>
   </si>
   <si>
     <t>رواه ابن ماجه من حديث أبي سعيد الخدري -رضي الله عنه- ومن حديث عبادة بن الصامت -رضي الله عنه-.
 ورواه أحمد من حديث عبادة بن الصامت -رضي الله عنه-.
 ورواه مالك من حديث عمرو بن يحي المازني مرسلا</t>
   </si>
   <si>
+    <t>[イブン・マージャの伝承 - アハマドの伝承 - マーリクの伝承]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4711</t>
   </si>
   <si>
     <t>لو أنكم توكلون على الله حق توكله لرزقكم كما يرزق الطير، تغدو خماصا، وتروح بطانا</t>
   </si>
   <si>
     <t>もしあなた方がアッラーに真の意味で委任するならば、鳥が朝には空腹で出かけ、夕には満腹で帰って来るのと同様に、（アッラーから）糧を授かるだろう。</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «لو أنكم كنتم توَكَّلُون على الله حق توَكُّلِهِ لرزقكم كما يرزق الطير، تَغْدُو خِمَاصَاً، وتَرُوحُ بِطَاناَ».</t>
   </si>
   <si>
     <t>ウマル・ブン・アル＝ハッターブ（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの祝福と平安あれ）がこのように言ったと伝えている：「もしあなた方がアッラーに真の意味で委任するならば、鳥が朝には空腹で出かけ、夕には満腹で帰って来るのと同様に、（アッラーから）糧を授かるだろう。」</t>
   </si>
   <si>
     <t>يرشدنا هذا الحديث إلى أن نتوكل على الله تعالى في جميع أمورنا، وحقيقة التوكل: هي الاعتماد على الله عز وجل في استجلاب المصالح ودفع المضار في أمور الدنيا والدين؛ فإنه لا يعطي ولا يمنع ولا يضر ولا ينفع إلا هو سبحانه وتعالى، وأن على الإنسان فعل الأسباب التي تجلب له المنافع وتدفع عنه المضار مع التوكل على الله {وَمَنْ يَتَوَكَّلْ عَلَى اللَّهِ فَهُوَ حَسْبُهُ}، {وَعَلَيْهِ فَلْيَتَوَكَّلِ الْمُتَوَكِّلُونَ}،فمتى فعل العبد ذلك رزقه الله كما يرزق الطير التي تخرج صباحا وهي جياع ثم تعود مساءً وهي ممتلئة البطون.</t>
   </si>
   <si>
     <t>このハディースは、私たちがあらゆる物事においてアッラーに委任（タワックル）することを教示している。真の委任とは、現世的なことと宗教的なことにおける利益の獲得と害悪の回避において、アッラーに依拠することである。与え、阻み、害し、益するお方はアッラー以外にはいない。ゆえに人間は利益を導き、害悪を遠ざけるための手段を講じた上で、アッラーに委任しなければならない。アッラーは仰っている：『アッラーに全てを委ねる者にとっては、かれ（アッラー）だけで十分。』（離婚章３）『そして（何かを誰かに）委ねる者たちには、かれにこそ全てを委ねさせるのだ』（ユースフ章６７）僕がこのようにすれば、アッラーは糧を授けて下さる。ちょうど鳥が朝には空腹で出かけ、夕には満腹で帰って来るのと同様に。</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يستجلب بها الرزق.
 التوكل لا ينافي النظر إلى الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضاده الغدو والرواح في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبي.
 التوكل على الله سبب معنوي في جلب الرزق ولا ينافيه فعل السبب الحسي.
 مشروعية التوكل على الله في كل المطالب، وهو من واجبات الإيمان، قال تعالى: {وَعَلَى اللَّهِ فَتَوَكَّلُوا إِنْ كُنْتُمْ مُؤْمِنِينَ}.</t>
   </si>
   <si>
     <t>委任（タワックル）の徳。それは糧を呼び寄せるための、最大の原因の１つである。
 委任（タワックル）は、物事の原因への考慮を否定しない。預言者は、真の委任が、糧を求めて朝に夕に往来することと矛盾しないと述べている。
 心の行いに対するイスラームの教えの関心。委任（タワックル）は心の行いである。
 アッラーに委任（タワックル）することは、糧を呼び寄せる形而上的原因であり、感覚的原因を行うことと矛盾はしない。
 あらゆる物事においてアッラーに委任（タワックル）する教え。それは信仰の義務の１つでもある。アッラーは仰っている：『ならばアッラーにこそ、全てを委ねるのだ。もし、あなた方が信仰者であるというなら。』（食卓章２３）</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アハマドの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4721</t>
   </si>
   <si>
     <t>مانهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>私が禁じたものは避け、私が命じたものは、あなた方のできる範囲でそれを行え。まことにあなた方以前の者たちを滅ぼしたのは、質問の多さと、預言者たちに対する彼らの相違だったからだ。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は言った：私はアッラーの使徒（彼にアッラーからの祝福と平安あれ）が、こう言うのを聞いた：「私が禁じたものは避け、私が命じたものは、あなた方のできる範囲でそれを行え。まことにあなた方以前の者たちを滅ぼしたのは、質問の多さと、預言者たちに対する彼らの相違だったからだ。」</t>
   </si>
   <si>
     <t>دلنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
 ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
   </si>
   <si>
     <t>アッラーの使徒（彼にアッラーからの祝福と平安あれ）は、以下のことを私たちに教示した：彼が私たちに禁じたことは、例外なく回避しなければならないこと。そして彼が私たちに命じたことは、出来る限り行わなければならないこと。
 それから彼は、私たちが過去の民のようにならないため、私たちに注意をした。それは過去の民が彼らの預言者たちと意見を別にし、多くの質問をしたことにより、アッラーによって様々な形で滅ぼされたからである。私たちは彼らと同様のことをして、彼らが滅ぼされたように滅んでしまってはならない。</t>
   </si>
   <si>
@@ -3058,50 +3072,53 @@
 الرضا بالقضاء والقدر.
 من أضاع الله -أي أضاع دين الله- فإن الله يضيعه ولا يحفظه.
 من حفظ الله -عزّ وجل- هداه ودله على ما فيه الخير.
 البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
 تسلية العبد عند حصول المصيبة، وفوات المحبوب على أحد المعنيين في قوله: "وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك" فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
   </si>
   <si>
     <t>家畜がその耐久性を有するならば、それに同乗することの合法性。
 教える者が知識を請う者に対し、好奇心と関心を刺激するため、教える前に「自分はあなたに・・・を伝えたい」と述べること。
 年少者に対する、預言者（彼にアッラーからの祝福と平安あれ）のやさしさ。「少年よ、あなたにいくつかの言葉を教えよう」という言葉にそれが表れている。
 イブン・アッバース（彼らにアッラーのご満悦あれ）の徳。年少であるにも関わらず、預言者は彼をこのアドバイスに相応しい者であると見なした。
 報いは行いと同種のものとなる場合もある。
 アッラーに依拠し、かれ以外のものを排除して、かれのみに物事を委ねること。アッラーこそは最善の委任者である。
 全ての被造物の無能性と、アッラーに対する欠乏的状態。
 この世は災難が付き物であり、それゆえに忍耐が必要であることへの示唆。
 定命を喜んで受け入れること。
 アッラーを蔑ろにする、つまりその宗教を蔑ろにする者に対しては、アッラーもその者を蔑ろにされ、お守り下さらない。
 アッラーに守られた者は導かれ、よいものを教示される。
 逆境に陥った時には順境を待てとの、人間に対する偉大なる吉報。
 僕に災難が降りかかった時、愛する者を失った時の慰め。「そして知るのだ。あなたに起こらなかったことは、そもそもあなたに起こることにはなっていなかったことを。そしてあなたに起こったことは、そもそもあなたが免れることにはなっていなかったということを」という言葉から、その意味をくみ取ることが可能である。つまり前半部分は災難が降りかかった時の慰安、後半部分は愛する者を失った時の慰安である。</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد بروايتيه</t>
   </si>
   <si>
+    <t>[アッ＝ティルミズィーの伝承 - アハマドの伝承]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4811</t>
   </si>
   <si>
     <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فقال: اللهم اغْفِرْ لي ذَنْبِي، فقال اللهُ تبارك وتعالى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ له رَبًّا يَغْفِرُ الذَّنْبَ، ويَأْخُذُ بالذَّنْبِ</t>
   </si>
   <si>
     <t>僕が罪を犯して、こう言った：「アッラーよ、私の罪をお赦し下さい。」それで至高のアッラーはこう仰った：「わが僕は罪を犯した。そして彼にはその罪を赦し、それゆえに罰する主があることを知った。」</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم فيما يَحْكِي عن ربه تبارك وتعالى، قال: «أَذْنَبَ عَبْدٌ ذَنْبًا، فقال: اللهم اغْفِرْ لي ذَنْبِي، فقال اللهُ تبارك وتعالى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ له رَبًّا يَغْفِرُ الذَّنْبَ، ويَأْخُذُ بالذَّنْبِ، ثم عَادَ فَأَذْنَبَ، فقال: أَيْ رَبِّ اغْفِرْ لي ذَنْبِي، فقال تبارك وتعالى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ له رَبًّا، يَغْفِرُ الذَّنْبَ، ويَأْخُذُ بالذَّنْبِ، قَدْ غَفَرْتُ لِعَبْدِي فَلْيَفْعَلْ ما شَاءَ»</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）によると、預言者（彼にアッラーからの祝福と平安あれ）はその主（アッラー）から伝えるものとして、こう言った：僕が罪を犯して、こう言った：「アッラーよ、私の罪をお赦し下さい。」それで至高のアッラーはこう仰った：「わが僕は罪を犯した。そして彼にはその罪を赦し、それゆえに罰する主があることを知った。」それから、彼はまた罪を犯し、言った：「アッラーよ、私の罪をお赦し下さい。」それで至高のアッラーはこう仰った：「わが僕は罪を犯した。そして彼にはその罪を赦し、それゆえに罰する主があることを知った。われはわが僕を赦したぞ、望むことをするがよい。」</t>
   </si>
   <si>
     <t>إذا فعل العبد ذنبا، ثم قال: اللهم اغفر لي ذنبي، يقول الله تبارك وتعالى: فعل عبدي ذنبا، فعلم أن له ربا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، ثم عاد فأذنب، فقال: يا رب اغفر لي ذنبي، فقال الله تبارك وتعالى: فعل عبدي ذنبا، فعلم أن له ربا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء من الذنوب ويتبعها بالتوبة الصحيحة، فما دام يفعل هكذا، يذنب ويتوب أغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>僕が罪を犯し、「アッラーよ、私の罪をお赦し下さい」と言えば、至高のアッラーは仰る：「わが僕は罪を犯した。そして彼にはその罪を赦し、それを覆い隠し、大目に見られる、あるいはそれゆえに罰する主があることを知った。」それから彼は、また罪を犯し、言う：「アッラーよ、私の罪をお赦し下さい。」それで至高のアッラーはこう仰る：「わが僕は罪を犯した。そして彼にはその罪を赦し、それを覆い隠し、大目に見られる、あるいはそれゆえに罰する主があることを知った。われはわが僕を赦したぞ、望むことをするがよい。罪を犯しても、その後に正しい悔悟をするのだ。そのようにする限り、罪を犯し、悔悟するならば、われは彼を赦す。悔悟はそれ以前のものを帳消しにするのである。」</t>
   </si>
   <si>
     <t>عظيم فضل الله ورحمته على عباده ما داموا يعتقدون أن ربهم بيده مقاليدهم إن شاء غفر وإن شاء عاقب.
 التوبة الصحيحة تكفر الذنب.
 المؤمن بالله تعالى يصفو قلبه بالتوبة ويأمل بعفو ربه، فيبادر إلى الصلاح وعمل الخير، وإن وقع منه ذنب استدرك على نفسه بالتوبة ولم يصر على المعصية.
 لو تكرر الذنب من العبد مائة مرة أو أكثر وتاب في كل مرة؛ قبلت توبته وسقطت ذنوبه، ولو تاب عن الجميع توبة واحدة بعد جميعها صحت توبته.</t>
@@ -3212,86 +3229,92 @@
   </si>
   <si>
     <t>عن عائشة رضي الله عنها ، وعبد الله بن عمر رضي الله عنهما قالا: قال رسول الله صلى الله عليه وسلم : «ما زال جبريل يوصيني بالجار، حتى ظننت أنه سيورِّثه».</t>
   </si>
   <si>
     <t>アーイシャ（彼女にアッラーのご満悦あれ）とアブドッラー・ブン・ウマル（彼らにアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った：「遺産相続までさせるのではないか、と私が思ってしまうほど、ジブリールは私に対し、隣人へ（の配慮を）命じ続ける。」</t>
   </si>
   <si>
     <t>ما زال جبريل يوصيني بالاعتناء بالجار، حتى ظننت أنه سينزل الوحي الذي يأتي به جبريل بتوريث الجار.</t>
   </si>
   <si>
     <t>隣人への遺産相続を命じる啓示をもたらすのではないか、と私（預言者）が思ってしまうほど、ジブリールは私に対し、隣人への配慮を命じ続けている。</t>
   </si>
   <si>
     <t>عظم حق الجوار ووجوب مراعاة ذلك.
 التأكيد على حقه بالوصية يقتضي ضرورة إكرامه والتودد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.</t>
   </si>
   <si>
     <t>隣人の権利の偉大さと、その配慮の義務。
 隣人の権利に対する「命令」による強調は、隣人を手厚く扱い、愛し、善行を施し、害悪を阻み、病気の際にはお見舞いをし、吉事の際には祝い、災難の際には慰めることを要求する。</t>
   </si>
   <si>
     <t>متفق عليه من حديث ابن عمر -رضي الله عنهما-، ورواه مسلم من حديث عائشة -رضي الله عنها</t>
   </si>
   <si>
+    <t>[ムスリムの伝承 - 二大真正集収録の伝承]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4965</t>
   </si>
   <si>
     <t>إن الرقى والتمائم والتِّوَلَة شرك</t>
   </si>
   <si>
     <t>まことに、まじない、お守り、ティワラの術はシルクである。</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: "إن الرقى والتمائم والتِّوَلَة شرك".</t>
   </si>
   <si>
     <t>アブドッラー・ブン・マスウード（彼にアッラーのご満悦あれ）は言った：私は、アッラーの使徒（彼にアッラーからの平安と祝福あれ）がこう言うのを聞いた：「まことに、まじない、お守り、ティワラの術はシルクである。」</t>
   </si>
   <si>
     <t>الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- يخبر أن استعمال هذه الأشياء لقصد دفع المضار وجلب المصالح من عند غير الله شركٌ بالله لأنه لا يملك دفع الضر وجلب الخير إلا الله سبحانه، وهذا الخبر معناه النهيُ عن هذا الفعل. 
 فالرقى -وتسمى العزائم- والتمائم وهي التي تعلق على الأطفال من الخرز ونحوها، والتولة وهي التي تصنع لتحبب أحد الزوجين إلى الآخر بأنها شرك بالله تعالى ، والجائز من الرقى ما تضمن ثلاثة شروط: الأول: أن لا يعتقد أنها تنفع بذاتها دون الله، فإن اعتقد أنها تنفع بذاتها من دون الله فهو محرم، بل شرك، بل يعتقد أنها سبب لا تنفع إلا بإذن الله، الثاني: أن لا تكون مما يخالف الشرع، كما إذا كانت متضمنة دعاء غير الله، أو استغاثة بالجن، وما أشبه ذلك، فإنها محرمة، بل شرك، الثالث: أن تكون مفهومة معلومة، فإن كانت من جنس الطلاسم والشعوذة، فإنها لا تجوز.</t>
   </si>
   <si>
     <t>使徒（彼にアッラーからの平安と祝福あれ）は、害悪を阻止し、利益を導くために、アッラー以外のものであるこれらの物事を用いることはシルクだと述べている。なぜなら害悪を阻み利益をもたらすのは至高のアッラー以外にないからであり、この預言者の言葉は、これらの行為が禁じられていることを表している。
 まじない（ルクヤ）、お守り（タミーマ）、ティワラの術は、アッラーに対するシルクである。「お守り」とは、玉などでできたものを子供にかけるものであり、「ティワラの術」とは、夫婦が相手の愛情を得るために行う術である。尚、まじない（ルクヤ）については、３つの条件を満たしたものが合法とされる：つまり①それ自体が、アッラーをよそに役立つものだと考えないこと。もしそのように考えるのであれば、それはシルクであり禁じられる。それをアッラーのお許しなしには役に立たない、単なる原因の一つと考えなければならない。➁イスラーム法に反していないこと。アッラー以外のものへの祈願や、ジンなどの援助を乞うことなどを含む場合、これもシルクとなり、禁じられる。③理解可能なものであること。暗号や魔術の類であれば、それは許されない。</t>
   </si>
   <si>
     <t>الحث على صيانة العقيدة عما يخل بها وإن كان يتعاطاه كثيرٌ من الناس.
 تحريم استعمال هذه الأشياء المذكورة فيه.
 الشرك الموصوف به في الحديث هل هو شرك أصغر أو أكبر؟ نقول: بحسب ما يريد الإنسان منها: إن اتخذها معتقدا أن المسبب للمحبة هو الله; فهي شرك أصغر، وإن اعتقد أنها تفعل بنفسها; فهي شرك أكبر.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعا.</t>
   </si>
   <si>
     <t>信条を、それを乱すものから維持することの奨励。たとえそれが、人々の間でまかり通っていることであったとしても、である。
 ここで言及されている物事の使用の非合法性。
 ハディースの中で描写されているシルクは、大シルクか小シルクか？それは当人の意図による。たとえば、ティワラの術において、愛情をもたらすのがアッラーであるという信条をもって行った場合、それは小シルクである。もしティワラの術そのものがそういった効果をもたらすと信じるのであれば、それは大シルクである。
 イスラーム法に則った形式のもの以外のまじない（ルクヤ）はシルクであり、禁じられる。</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[イブン・マージャの伝承 - アブー・ダーウードの伝承 - アハマドの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟ قالوا: الله ورسوله أعلم، قال: ذكرُك أخاك بما يكره</t>
   </si>
   <si>
     <t>「陰口（ギーバ）を知っているか？」人々は言った：「アッラーとその使徒がよくご存じです。」預言者は言った：「あなたの同胞が嫌がることによって、彼について話すことである。」</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «أتدرون ما الغِيبَةُ؟»، قالوا: الله ورسوله أعلم، قال: «ذكرُك أخاك بما يكره»، قيل: أرأيت إن كان في أخي ما أقول؟ قال: «إن كان فيه ما تقول فقد اغْتَبْتَهُ، وإن لم يكن فقد بَهَتَّهُ».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）が預言者（彼にアッラーからの祝福と平安あれ）から伝えるところによれば、彼はこう言った：「陰口（ギーバ）を知っているか？」人々は言った：「アッラーとその使徒がよくご存じです。」預言者は言った：「あなたの同胞が嫌がることによって、彼について話すことである。」すると、こう聞かれた：「もし私が言うことが、私の同胞にあてはまっていたら、どうですか？」預言者は言った：「あなたの言うことが彼にあてはまっているのなら、あなたは彼の陰口を言ったことになる。もしそうでないのなら、あなたは彼に対して嘘をついたのだ。」</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حقيقة الغيبة، وهي: ذكر المسلم الغائب بما يكره، سواء كان من صفاته الخَلْقية أو الخلُقية ولو كانت فيه تلك الصفة، وأما إذا لم تكن فيه الصفة التي ذكرت فقد جمعت إلى الغيبة المحرمة البهتان والافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）は、「陰口（ギーバ）」の真実について説明する。陰口とは、その場にいないムスリムについて、彼が嫌に感じるようなことを語ることである。それが外見上のことか、内面上のことかは問わず、実際にその描写があてはまっていたとしても、それが陰口である。もしその描写があてはまっていなかったら、それは禁じられている陰口の上に、その無実な人に対する嘘やねつ造を擦り付けていることになる。</t>
   </si>
   <si>
     <t>بيان معنى الغيبة وأنها ذكرك لأخيك المسلم بما يكره.
 أن الكافر لا تحرم الغيبة في حقه، لأن الحديث قيد الغيبة بغيبة الأخ، والمراد به المسلم.
@@ -3449,50 +3472,53 @@
     <t>全てのアーダムの子らは過ちを犯すもの。そして過ちを犯す者で最善の者が、悔悟する者たちなのである。</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : «كلُّ بني آدم خَطَّاءٌ، وخيرُ الخَطَّائِينَ التوابون».</t>
   </si>
   <si>
     <t>アナス・ブン・マーリク（彼にアッラーのご満悦あれ）は言った：アッラーの使徒（彼にアッラーからの平安と祝福あれ）は、こう言った：「全てのアーダムの子らは過ちを犯すもの。そして過ちを犯す者で最善の者が、悔悟する者たちなのである。」</t>
   </si>
   <si>
     <t>لا يخلو الإنسان من الخطيئة، لما فُطر عليه من الضعف، وعدم الانقياد لمولاه في فعل ما دعاه إليه، وترك ما نهاه عنه، لكنه تعالى فتح باب التوبة لعباده، وأخبر أن خير الخطائين هم المكثرون من التوبة.</t>
   </si>
   <si>
     <t>人は、罪を犯さずにはいられない。人間は生来弱く創られているものであり、命じられたことの遂行や禁じられたことの放棄において、なかなか主に従うことが出来ない。しかし至高のアッラーは僕たちに、悔悟の扉を開いて下さった。そして「過ちを犯す者で最善の者」が、頻繁に「悔悟する者たち」である、と仰っているのだ。</t>
   </si>
   <si>
     <t>من شأن ابن آدم الخطأ والوقوع في الذنب.
 الواجب على المؤمن إذا تلبس بمعصية أن يبادر بالتوبة.</t>
   </si>
   <si>
     <t>アーダムの子らは過ちを犯し、罪に足を踏み入れるのが常である。信仰者は罪を犯してしまったら、即刻に悔悟しなければならない。</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه والدارمي وأحمد</t>
   </si>
   <si>
+    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アハマドの伝承 - アッ＝ダーリミーの伝承]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5344</t>
   </si>
   <si>
     <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>あらゆる善行はサダカである。</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم : «كل معروف صدقة».</t>
   </si>
   <si>
     <t>ジャービル・ブン・アブドッラー（彼にアッラーのご満悦あれ）によれば 、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った：「あらゆる善行はサダカである。」</t>
   </si>
   <si>
     <t>كل معروف يفعله الإنسان صدقة، والصدقة هي ما يعطيه المتصدّق من ماله، وهذا يشمل الصدقة الواجبة والمندوبة، فبيّن النبي صلى الله عليه وسلم أن فعل المعروف له حكم الصدقة في الأجر والثواب.</t>
   </si>
   <si>
     <t>人が行うあらゆる善行は、サダカである。サダカとは人が施す財産のことであり、義務のものも推奨されたものも包含する。預言者（彼にアッラーからの祝福と平安あれ）は、あらゆる善行はその褒美においてサダカの地位にあるのだと説明しているのだ。</t>
   </si>
   <si>
     <t>الحديث يدل على أن الصدقة لا تنحصر فيما أخرجه الإنسان من ماله، بل كل شيء يفعله الإنسان أو يقوله من الخير يكتب له به صدقة.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.</t>
   </si>
   <si>
@@ -3829,51 +3855,54 @@
     <t>ムスリムに害をもたらす者は、アッラーから害をもたらされよう。ムスリムに困難を課す者は、アッラーから困難を課されよう。</t>
   </si>
   <si>
     <t>عن أبي صرمة رضي الله عنه مرفوعاً: «من ضارَّ مسلما ضارَّه الله، ومن شاقَّ مسلما شقَّ الله عليه».</t>
   </si>
   <si>
     <t>アブー・スィルマ（彼にアッラーのご満悦あれ）が預言者（彼にアッラーからの祝福と平安あれ）から伝えるところによれば、彼はこう言った：「ムスリムに害をもたらす者は、アッラーから害をもたらされよう。ムスリムに困難を課す者は、アッラーから困難を課されよう。」</t>
   </si>
   <si>
     <t>في الحديث دليل على تحريم الإيذاء وإدخال الضرر والمشقة على المسلم، سواء كان ذلك في بدنه أو أهله أو ماله أو ولده، وأن من أدخل الضرر والمشقة على المسلم فإن الله يجازيه من جنس عمله، سواء كان هذا الضرر بتفويت مصلحة أو بحصول مضرة بوجه من الوجوه، ومن ذلك التدليس والغش في المعاملات، وكتم العيوب، والخطبة على خطبة أخيه.</t>
   </si>
   <si>
     <t>このハディースの中には、身体、家族、財産、子供といったことに関わらず、ムスリムに対して嫌がらせしたり、害を与えたり、困難を課したりすることの禁止が示されている。そして、ムスリムに害をもたらしたり、困難を課したりする者に対し、アッラーはそれと同種のもので報われる。その内容は、相手に対して利益を失わせることであろうが、損害を被らせることであろうが、同様である。たとえば、取引でごまかしや詐欺を行ったり、商品の欠陥を隠蔽したり、誰かが結婚の申し込みをしている相手に結婚の申し込みをする、といったこともその中に入る。</t>
   </si>
   <si>
     <t>تحريم أذية المسلم، بأي وجه من الوجوه.
 الجزاء من جنس العمل.
 حماية الله لعباده المسلمين، وأنه هو نفسه سبحانه يدافع عنهم.</t>
   </si>
   <si>
     <t>いかなる形であれ、ムスリムを害することの禁止。
 報いは、その行いと同種のもの。
 ムスリムである僕たちに対する、アッラーのご加護。彼らをアッラーご自身が守って下さるのである。</t>
   </si>
   <si>
-    <t>رواه أبوداود والترمذي وابن ماجه وأحمد</t>
+    <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アブー・ダーウードの伝承 - アハマドの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5375</t>
   </si>
   <si>
     <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>僕が彼の主に最も近付くのは、彼がサジダ（平伏礼）している時である。だから祈願を沢山するのだ。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «أقْرَبُ ما يَكون العبد مِنْ رَبِّهِ وهو ساجد، فَأَكْثروا الدُّعاء».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）が預言者（彼にアッラーからの祝福と平安あれ）から伝えるところによれば、彼はこう言った：「僕が彼の主に最も近付くのは、彼がサジダ（平伏礼）している時である。だから祈願を沢山するのだ。」</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن النبي صلى الله عليه وسلم قال: "أقرب ما يكون العبد من ربه وهو ساجد"، وذلك لأن الإنسان إذا سجد، فإنه يضع أشرف ما به من الأعضاء في أماكن وضع الأقدام التي توطأ بالأقدام، وكذلك أيضاً يضع أعلى ما في جسده حذاء أدنى ما في جسده -يعني: أن وجهه أعلى ما في جسده وقدميه أدنى ما في جسده-، فيضعهما في مستوى واحد خضوعاً وتذللاً وتواضعاً لله عز وجل ، ولهذا كان أقرب ما يكون من ربه وهو ساجد، وقد أمر النبي صلى الله عليه وسلم بالإكثار من الدعاء في حال السجود، فيجتمع في ذلك الهيئة والمقال تواضعاً لله عز وجل ، ولهذا يقول الإنسان في سجوده: سبحان ربي الأعلى، إشارة إلى أنه جل وعلا وهو العلي الأعلى في ذاته وفي صفاته، وأن الإنسان هو السافل النازل بالنسبة لجلال الله تعالى 
  وعظمته.</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）が預言者（彼にアッラーからの祝福と平安あれ）から伝えるところによれば、彼は言った：「僕が彼の主に最も近付くのは、彼がサジダ（平伏礼）している時である。」人間はサジダする時、身体器官の中で最も高貴な部分を、足が通る場所につける。また、身体の中で最も高い位置にある部分である顔を、身体で最も低い位置である足の高さまで落とす。こうして偉大なアッラーに屈従し、身を低め、謙虚になって、顔も足も同じ高さにするのである。サジダをする時に僕が主に最も近づくというのは、こういう所以である。預言者（彼にアッラーからの祝福と平安あれ）は、サジダの状態にある時に、沢山祈願をすることを命じた。こうしてアッラーに対する謙虚さが、その中に状態と言葉が揃った形で実現するのである。ゆえに人間はサジダした際、「スブハーナ・ラッビヤ・ル＝アァラー（至高のわが主に称えあれ）」と唱える。そこには、アッラーこそがその本質と属性において至高のお方であり、アッラーの荘厳さと偉大さに比べれば、人間は低く劣った存在であるという示唆が含まれている。</t>
   </si>
   <si>
     <t>استحباب كثرة الدعاء في السجود، لأنه من مواطن الإجابة.
@@ -4098,51 +4127,51 @@
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は言った：アッラーの使徒（彼にアッラーからの平安と祝福あれ）は言った：「天国に入れる最多のものが、アッラーに対するタクワー（畏れ）と、性格の良さである。」</t>
   </si>
   <si>
     <t>في الحديث دليل على فضل التقوى، وأنها سبب لدخول الجنة، وكذلك فضل حسن الخلق وأن هذين الأمرين "التقوى وحسن الخلق" من أعظم وأكثر الأسباب التي تدخل العبد الجنة.</t>
   </si>
   <si>
     <t>このハディースには、タクワー（畏れ）と性格の良さの徳、およびそれらが天国に入る要因となることを示す根拠がある。これら２つのもの、つまり「アッラーに対するタクワー（畏れ）と、性格の良さ」は、僕が天国に入ることのできる最大かつ最多の原因である。</t>
   </si>
   <si>
     <t>أن دخول الجنة يكون بأسباب وأعمال ذكرها الشارع.
 أن من أسباب دخول الجنة أسباب متعلقة بالله ومنها في الحديث: (تقوى الله)، وأسباب متعلقة بالخَلق ومنها في الحديث: (حسن الخُلق).
 في الحديث دليل على فضيلة التقوى، وأنها سبب لدخول الجنة.
 فضل حسن الخلق على كثير من العبادات وأنه كذلك من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>イスラームの教えで示された要因や行為を満たすことで、天国に入れる。
 天国に入ることを可能にさせる要因の中には、アッラーに関連するものもあれば、被造物に関連するものもある。前者の一例が「アッラーに対するタクワー（畏れ）」であり、後者の一例が「性格の良さ」である。
 このハディースには、タクワー（畏れ）の徳、およびそれが天国に入る要因となることを示す根拠がある。
 崇拝行為の多くと比べても際立つ、性格の良さの徳。それが天国には入る要因となること。</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
-    <t>良好かつ真正</t>
+    <t>[良好かつ真正]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5476</t>
   </si>
   <si>
     <t>الْحَيَاءُ مِنْ الْإِيمَانِ</t>
   </si>
   <si>
     <t>羞恥心は信仰の一部である。</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما مرفوعاً: «الْحَيَاء مِنْ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>アブドッラー・ブン・ウマル（彼らにアッラーのご満悦あれ）によると、アッラーの使徒（彼にアッラーからの平安と祝福あれ）は言った：「羞恥心は信仰の一部である。」</t>
   </si>
   <si>
     <t>الحياء من الإيمان لأن المستحيي يُقْلِع بحيائه عن المعاصي، ويقوم بالواجبات، وهذا من تأثير الإيمان بالله تعالى إذا امتلاْ به القلب، فإنه يمنع صاحبه من المعاصي ويحثه على الواجبات،
 فصار الحياء بمنزلة الإيمان، من حيث أثر فائدته على العبد.</t>
   </si>
   <si>
     <t>羞恥心は信仰の一部である。なぜならそれは罪深いことを止めさせ、義務行為を行わせるからである。アッラーへの信仰が心を満たした時、このような影響が起きる。こうしてそれは罪深い行為を禁じ、義務行為へと駆り立てることになる。羞恥心はこのようにして、僕に与える利益による影響という側面において、信仰と同じ地位にまで上りつめる。</t>
   </si>
   <si>
     <t>الحث على التخلق بخلق الحياء كونه من الإيمان.
@@ -4182,50 +4211,56 @@
 一方、「ドゥアーは崇拝行為の真髄である」という言葉は、崇拝行為がそれなしでは成立しないところの、崇拝行為の基軸であり魂であるという意味である。それはちょうど、人間が脳なしでは成立しないようなものである。</t>
   </si>
   <si>
     <t>أن الدعاء أعظم أنواع العبادة.
 أن الدعاء هو أصل وروح العبادة فلا تقوم إلا به.
 الحث على الدعاء.
 الحرص على الدعاء في كل وقت لما فيه من جمع الذكر باللسان والانكسار بين يدي الله.
 أن الدعاء يتضمن حقيقة العبودية والاعتراف بغنى الرب وقدرته -تعالى-، وافتقار العبد إليه.
 أن الدعاء يزيد العبد قربًا من ربه واعترافا بحقه وبإحاطته -تعالى- بكل شيء علما وبعجز العبد.</t>
   </si>
   <si>
     <t>ドゥアー（祈願）は、崇拝行為の種類の内でも最大のものである。
 ドゥアー（祈願）は、崇拝行為の基盤であり魂である。崇拝行為はそれなしでは成り立たない。
 ドゥアー（祈願）の勧め。
 あらゆる時にドゥアー（祈願）することの奨励。それは言葉による念唱と、アッラーの御前での縋りつくような態度を両立させる。
 ドゥアー（祈願）は、アッラーに対する真の奉仕と従属性、そして自分が主アッラーとそのお力なしではいられないこと、自分がアッラーを必要とする欠乏した存在であることの自覚から成り立つ。
 ドゥアー（祈願）は主へのお近づきを増し、その権利を自覚させ、かれこそが全てを知り尽くすお方であり、僕は無力な存在であることの認知を深めるものである。</t>
   </si>
   <si>
     <t>حديث النعمان بن بشير: صحيح.
 حديث أنس بن مالك: ضعيف</t>
   </si>
   <si>
     <t>حديث النعمان -رضي الله عنه-: رواه أبو داود والترمذي وابن ماجه وأحمد.
 حديث أنس -رضي الله عنه-: رواه الترمذي</t>
+  </si>
+  <si>
+    <t>真正</t>
+  </si>
+  <si>
+    <t>イブン・マージャの伝承</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5496</t>
   </si>
   <si>
     <t>كَلِمَتَانِ حَبِيبَتَانِ إلَى الرَّحْمَنِ، خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ: سُبْحَانَ اللَّهِ وَبِحَمْدِهِ، سُبْحَانَ اللَّهِ الْعَظِيمِ</t>
   </si>
   <si>
     <t>舌に軽く、秤には重く、慈悲あまねきお方に愛される、２つの言葉：スブハーナッラーヒ・ワ・ビハムディヒ、スブハーナッラーヒ・アル＝アズィーム</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: "كَلِمَتَانِ خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن: سبحان الله وبحمده، سبحان الله العظيم".</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）がアッラーの使徒（彼にアッラーからの平安と祝福あれ）から伝えるところによれば、彼は言った：「舌に軽く、秤には重く、慈悲あまねきお方に愛される、２つの言葉：スブハーナッラーヒ・ワ・ビハムディヒ、スブハーナッラーヒ・アル＝アズィーム」</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم في هذا الحديث أن ربنا الرحمن -تبارك وتعالى- يحب هاتين الكلمتين القليلات الحروف مع ثقلهما في الميزان: سبحان الله وبحمده، سبحان الله العظيم؛ لما تضمنتاه من تسبيح الله تعالى وتنزيهه عن النقائص وعما لا يليق بجلاله -تبارك وتعالى-، والتأكيد على هذا التنزيه بالوصف بالعظمة.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの平安と祝福あれ）はこのハディースの中で、慈悲あまねきお方である私たちの主アッラーが、これらの２つの言葉を愛されると語っている。その２つの言葉は文字にすれば短いが、（善行の）秤には重いもの、「スブハーナッラーヒ・ワ・ビハムディヒ（いかなる欠損からも無縁なアッラーに称えあれ、かれの完全なる性質ゆえの賞賛と共に）、スブハーナッラーヒ・アル＝アズィーム（いかなる欠損からも無縁な偉大なるアッラーに称えあれ）」である。それは、これらの２つの言葉には、至高のアッラーをいかなる欠損や、かれの崇高さに相応しくないあらゆる物事から無縁だとして称えること、そしてかれを偉大さで描写することによる称賛の強調が含まれているからである。</t>
   </si>
   <si>
     <t>جواز استعمال السجع بشرط عدم التكلف.
 فضل هاتين الكلمتين من ذكر الله -عز وجل-.
@@ -4571,50 +4606,53 @@
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعاً: «أكمل المؤمنين إيمانا أحسنهم خلقا، وخياركم خياركم لنسائهم».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの平安と祝福あれ）は言った：「最も信仰心の全き信仰者は、彼らの内で最も品性がよい者である。また、あなた方の内で最良の者とは、自分たちの女性に対して最良の者である。」</t>
   </si>
   <si>
     <t>أعلى درجات المؤمنين هو من حسن خُلقه، ومن أحق الناس بحسن الخلق هي الزوجة؛ بل أحسن الناس خلقًا من حسن خلقه مع زوجه.</t>
   </si>
   <si>
     <t>信仰者の最高位は、品性がよい者である。そして、よい品性でもって接するに最も相応しいのが、妻である。それどころか最良の品性の者とは、自分の妻に対して品性のよい者なのである。</t>
   </si>
   <si>
     <t>ارتباط الإيمان بحسن الخلق.
 فضيلة الأخلاق الحسنة في الإسلام.
 تفاوت الإيمان وأنه يزيد وينقص وليس شيئًا واحدًا.</t>
   </si>
   <si>
     <t>信仰とよき品性の関連性。
 イスラームにおけるよき品性の徳。
 信仰心は違いがあり、増減もするのであり、均一のものではない。</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي  والدارمي وأحمد</t>
+  </si>
+  <si>
+    <t>[アッ＝ティルミズィーの伝承 - アブー・ダーウードの伝承 - アハマドの伝承 - アッ＝ダーリミーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5792</t>
   </si>
   <si>
     <t>الدنيا متاع، وخير متاعها المرأة الصالحة</t>
   </si>
   <si>
     <t>現世は楽しみである。そして現世の楽しみの内でも最善のものが、敬虔な女性である。</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما مرفوعاً: «الدنيا متاع، وخير متاعها المرأة الصالحة».</t>
   </si>
   <si>
     <t>アブドッラー・ブン・アムル・ブン・アル＝アース（彼らにアッラーの御満悦あれ）によると、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った： 「現世は楽しみである。そして現世の楽しみの内でも最善のものが、敬虔な女性である。」</t>
   </si>
   <si>
     <t>الدنيا بما فيها شيء يتمتع به حيناً من الوقت ثم يزول، ولكن أفضل متاع هذه الدنيا الزائلة المرأة الصالحة، التي تعين على الآخرة، وقد فسرها النبي صلى الله عليه وسلم بقوله: ((إذا نظر إليها سرته وإذا أمرها أطاعته وإذا غاب عنها حفظته في نفسها وماله)).</t>
   </si>
   <si>
     <t>現世とそこにあるものは、ある一定期間の楽しみであり、それは消え去るものである。しかしいつかは失われてしまう現世の楽しみの内でも最善のものが、来世のための助力となる、敬虔な女性なのだ。預言者（彼にアッラーからの祝福と平安あれ）はそれを、「（夫が）彼女を眺めれば喜ばせ、命じれば従い、彼女を残して不在になれば、彼女自身と彼の財産において彼を守る」者と説明している。</t>
   </si>
   <si>
     <t>يجوز التمتع بطيبات الدنيا التي أحلها الله لعباده دون سرف أو مخيلة.
 الترغيب في اختيار المرأة الصالحة لأنها عون للزوج على طاعة ربه.
@@ -5041,95 +5079,98 @@
 أن الأعمال من الإيمان؛ لأن المحبة عمل القلب، وقد نُفِي الإيمان عمن لم يكن الرسول -صلى الله عليه وسلم- أحبَّ إليه مما ذكَر.
 أن نفي الإيمان لا يَدُلُّ على الخروج من الإسلام.
 أن الإيمان الصادق لا بدَّ أن يَظْهَرَ أَثَرُه على صاحبه.
 وجوب تقديم محبة رسول الله على محبَّة النَّفْس، والوَلَد، والوالد، والناس أجمعين.
 فداء الرسول بالنفس والمال؛ لأنه يَجِبُ أن تُقَدِّم محبَّتَه على نَفْسِك ومالك.
 أنه يجب على الإنسان أن يَنْصُر سنة رسول الله، ويَبْذُل لذلك نَفْسَه وماله وكل طاقته؛ لأن ذلك من كمال محبة رسول الله، ولذلك قال بعض أهل العلم في قوله: {إِنَّ شَانِئَكَ هُوَ الْأَبْتَرُ} أي: مُبْغِضَك، قالوا: وكذلك مَن أَبْغَضَ شريعته؛ فهو مقطوع لا خير فيه.
 جواز المحبة التي للشَّفَقَة والإكرام والتعظيم؛ لقوله: «أحب إليه من وَلَدِه ووالده ...». فأَثْبَتَ أصل المحبَّة، وهذا أمر طبيعي لا يُنْكِرُه أحد.
 وجوب تقديم قول الرسول على قول كل الناس: لأن مِن لازم كونه أحبَّ مِن كل أحد أن يكون قوله مُقَدَّمًا على كل أحد مِن الناس، حتى على نَفْسِك.</t>
   </si>
   <si>
     <t>アッラーの使徒（彼にアッラーからの祝福と平安あれ）への愛と、それをあらゆる被造物の愛よりも上に位置付けることの義務。
 信仰は行為を含む。愛情は心の行為であり、使徒（彼にアッラーからの祝福と平安あれ）が上述の者たちよりも愛する存在とならなくては、信仰が正しい状態とはならないからである。
 「信仰したことにはならない」とあっても、それがイスラームの範疇から出てしまうことを意味するわけではない。
 正直な信仰は、その影響が外面に現われなければならない。
 アッラーの使徒（彼にアッラーからの祝福と平安あれ）への愛情を、自分自身、子供、親、そしてあらゆる人々への愛情よりも優先することの義務。
 生命と財産で使徒（彼にアッラーからの祝福と平安あれ）に尽くすこと。彼への愛を、自分自身と自分の財産よりも優先させなければならないからである。
 アッラーの使徒（彼にアッラーからの祝福と平安あれ）のスンナ（慣行）を支持し、そのために自分自身、自分の財産、あらゆるエネルギーを捧げる必要があること。なぜならそれが、アッラーの使徒への完全なる愛情の表れであるためだ。ある種の学者は、『実にあなたを憎む者こそは、断ち切られた者なのである。』（クルアーン１０８：３）というアーヤについて、このように語っている：使徒のみならず、彼の教えを憎んだ者もまた、いかなる善からも「断ち切られた者なのである」と。
 同情心、大切にする気持ち、尊敬の念などによる愛情の合法性。「私が自分自身の子、父親、全ての人々よりも愛しい者とならない限り・・・」とある通り、愛情が存在することは認められており、それは誰にも否定できない自然なことであるためである。
 いかなる人よりも使徒の言葉を優先させることの義務。彼が最愛の存在となれば、彼の言葉もまた、自分自身を含む他のいかなる者の言葉よりも優先されることは、当然のことだからである。</t>
   </si>
   <si>
     <t>حديث أنس -رضي الله عنه-: متفق عليه.
 حديث أبي هريرة -رضي الله عنه-: رواه البخاري</t>
   </si>
   <si>
+    <t>[アル＝ブハーリーの伝承 - 二大真正集収録の伝承]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5953</t>
   </si>
   <si>
     <t xml:space="preserve">ليس منا من تَطَيَّر أو تُطُيِّر له، أو تَكَهَّن أو تُكِهِّن له، أو سحَر أو سُحِر له؛ ومن أتى كاهنا فصدَّقه بما يقول؛ فقد كفر بما أنزل على محمد صلى الله عليه وسلم </t>
   </si>
   <si>
     <t>何かを吉凶と結びつける者、またはそれをしてもらう者、占いをする者、またはそれをしてもらう者、魔術を持ちいる者、またはそれをしてもらう者は、私たちの仲間ではない。そして占い師のもとにやって来てその言うことを信じた者は、ムハンマド（彼 にアッラーからの祝福と平安あれ）に下されたものを確かに否定したことになるのだ。</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه وابن عباس رضي الله عنهما مرفوعاً: «ليس منا من تَطَيَّر أو تُطُيِّر له، أو تَكَهَّن أو تُكِهِّن له، أو سحَر أو سُحِر له؛ ومن أتى كاهنا فصدَّقه بما يقول؛ فقد كفر بما أنزل على محمد صلى الله عليه وسلم ».</t>
   </si>
   <si>
     <t>イムラーン・ブン・フサインとイブン・アッバース（彼らにアッラーのご満悦あれ）によれば、預言者（彼 にアッラーからの祝福と平安あれ）は言った：「何かを吉凶と結びつける者、またはそれをしてもらう者、占いをする者、またはそれをしてもらう者、魔術を持ちいる者、またはそれをしてもらう者は、私たちの仲間ではない。そして占い師のもとにやって来てその言うことを信じた者は、ムハンマド（彼 にアッラーからの祝福と平安あれ）に下されたものを確かに否定したことになるのだ。」</t>
   </si>
   <si>
     <t>يقول صلى الله عليه وسلم : لا يكون من أتباعنا المتبعين لشرعنا من فعل الطِّيَرَةَ أو الكهانة أو السحر، أو فُعِلَت له هذه الأشياء؛ لأن فيها ادعاء لعلم الغيب الذي اختص الله به، وفيها إفساد للعقائد والعقول، ومن صدَّق من يفعل شيئا من هذه الأمور؛ فقد كفر بالوحي الإلهي الذي جاء بإبطال هذه الجاهليات ووقاية العقول منها، ويلحق بذلك: ما يفعله بعض الناس من قراءة ما يسمى بالكف والفنجان، أو ربط سعادة الإنسان وشقائه وحظه بالبروج ونحو ذلك.
 وقد بيَّن كل من الإمامين البغوي وابن تيمية معنى العرَّاف والكاهن والمنجِّم والرَّمَّال بما حاصله: أن كل من يدعي علم شيء من المغيَّبات فهو إما داخل في اسم الكاهن أو مشارك له في المعنى فيلحق به، والكاهن هو الذي يخبر عما يحصل في المستقبل ويأخذ عن مُسْتَرِق السمع من الشياطين.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）のこの言葉は、何かを吉凶と結びつける者、占いをする者、魔術を持ちいる者、そしてそれらの物事をしてもらう者に対する厳しい警告である。そして、それが大罪の１つであることを示唆している。なぜならこれらの物事には、アッラーの専有である不可知の事象に関する知識の主張が含まれ、信条と理性にとって有害なものが潜んでいるからである。ゆえにこれらの物事を信じた者は、これらの無知なことを否定し、理性をそのようなことから守るために下された神的啓示を否定したことになる。これには、手相占い、コーヒーカップ占い、人の幸不幸や運勢を星座と関連付けることなども、含まれる。アル＝バガウィーとイブン・タイミーヤといった学者らは、アッラーフ（神秘的力により過去の謎を解くと主張する者）、占い師、星占い師、ランマール（地面上に線を描いたりして占う者）といった者たちについて説明しているが、総論としては、不可知の事象についての知識を主張する者は全て、占い師という名称で括るか、あるいはそれに準じる者だと言うことが可能である。占い師とは、悪魔たちの盗み聞きを利用しつつ、将来起こることを告げる者である。</t>
   </si>
   <si>
     <t>تحريم ادعاء علم الغيب؛ لأنه ينافي التوحيد.
 تحريم تصديق من يفعل ذلك بكهانة أو غيرها؛ لأنه كفر.
 وجوب تكذيب الكهان ونحوهم، ووجوب الابتعاد عنهم، وعن علومهم.
 وجوب التمسك بما أُنْزِل على الرسول صلى الله عليه وسلم، وطرح ما خالفه.
 تحريم الطيرة والسحر والكهانة.
 تحريم طلب فعل هذه الثلاثة.
 أن القرآن منزل غير مخلوق.</t>
   </si>
   <si>
     <t>不可知の事象の知識を主張することの禁止。それはタウヒード（唯一神信仰）に抵触するものである。
 占いであれその他のものであれ、そのようなことを信じることの禁止。それは不信仰である。
 占い師やそれに準じる者たちを、嘘とすることの義務。そのような者たちとその様な知識を回避する義務。
 使徒（彼にアッラーからの祝福と平安あれ）に下ったものを遵守し、それに反するものを放棄する義務。
 何かを吉凶と結びつけること、魔術、占いの禁止。
 上記の物事を依頼することの禁止。
 クルアーンは啓示されたものであり、被造物ではない。</t>
   </si>
   <si>
     <t>رواه البزار عن عمران بن حصين -رضي الله عنهما-.
 ورواه الطبراني في الأوسط  عن ابن عباس -رضي الله عنهما</t>
   </si>
   <si>
-    <t>アル＝バッザールの伝承</t>
+    <t>[アル＝バッザールの伝承 - アッ＝タバラーニーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5981</t>
   </si>
   <si>
     <t>من أتَى عرَّافًا فسأله عن شيء، فصدَّقه لم تُقْبَلْ له صلاةٌ أربعينَ يومًا</t>
   </si>
   <si>
     <t>アッラーフを訪れ、彼に何かを尋ねて信じた者は、４０日間その礼拝を受け入れられない。</t>
   </si>
   <si>
     <t>عن حفصة بنت عمر بن الخطاب رضي الله عنهما عن النبي صلى الله عليه وسلم قال: "من أتَى عرَّافًا فسأله عن شيء، فصدَّقه لم تُقْبَلْ له صلاةٌ أربعينَ يومًا".</t>
   </si>
   <si>
     <t>ハフサ・ビント・ウマル・ブン・アル＝ハッターブ（彼女らにアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの祝福と平安あれ）は言った：「アッラーフ（神秘的力により過去の謎を解くと主張する者）を訪れ、彼に何かを尋ねて信じた者は、４０日間その礼拝を受け入れられない。」</t>
   </si>
   <si>
     <t>يخبرنا رسول الله صلى الله عليه وسلم في هذا الحديث أن من جاء إلى عرّاف من العرافين -وهو من يدعي معرفة المغيبات- فسأله عن شيء من أمور الغيب، وصدّقه بما يقول فإن الله سيحرمه من ثواب صلاته أربعين يومًا، وذلك عقوبة له على ما أقدم عليه من الإثم والذنب الكبير، وأما من صدّقهم فقد كفر بما أنزل على محمد -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ-، كما جاء في الحديث الآخر، وإذا كان هذا جزاءُ من أتى الكاهن فكيف بجزاء الكاهن نفسه! نعوذ بالله من ذلك ونسأل الله العافية.</t>
   </si>
   <si>
     <t>アッラーの使徒（彼にアッラーからの祝福と平安あれ）はこのハディースの中で、このように言っている：アッラーフ（神秘的力により過去の謎を解くと主張する者）を訪れ、不可知の領域の物事について尋ね、その言うことを信じた者は、アッラーによって４０日間の礼拝の褒美を禁じられる。それは、その者が望んだ大きな罪に対する罰としてのものである。尚、別のハディースにもある通り、彼ら自身を信じてしまった場合、それは預言者ムハンマド（彼にアッラーからの祝福と平安あれ）に啓示されたものに対する不信仰となってしまう。このような報いが占い師に頼る者のものであれば、占い師自身の報いはいかなるものであろうか！アッラーにご加護と無事安泰を乞おう。</t>
   </si>
   <si>
     <t>المنع من الذهاب إلى الكهان وسؤالهم عن المغيبات وتصديقهم في ذلك، وأنه كفر.
 تحريم الكهانة، وأنها من الكبائر.
@@ -5233,54 +5274,54 @@
   <si>
     <t>انقسام الذنوب إلى كبائر وصغائر.
 أن الشرك أعظم الذنوب وأكبر الكبائر.
 تحريم الأمن من مكر الله -سبحانه- واليأس من رحمته، وأنهما من أكبر الكبائر.
 جواز وصف الله -تعالى- بالمكر في مقابلة الماكرين، وهذه صفة كمال، والمذموم هو المكر بمن لا يستحق أن يُمكر به.
 أن الواجب على العبد أن يكون بين الخوف والرجاء، فإذا خاف لا ييأس، وإذا رجا لا يأمن.
 إثبات صفة الرحمة لله -تعالى- على وجه يليق بجلاله.
 وجوب إحسان الظن بالله -عز وجل-.</t>
   </si>
   <si>
     <t>罪は大罪と小罪に分けられる。
 シルクは最大の罪である。
 アッラーの計略から安心すること、アッラーのご慈悲に失望することの禁止。それらは大罪である。
 計略する者たちとの対照という意味で、至高のアッラーを「計略」という性質で描写することは合法である。それは完全なる属性であるが、それが悪い意味になるのは、計略にふさわしくない者に対する計略の場合である。
 僕は、恐れと望みの間の状態にあらなければならない。恐れても絶望はせず、望んでも安心はしない状態である。
 アッラーには、かれに相応しい形において、慈悲という属性があることの確証。
 アッラーに対してよい観測を持つことの義務。</t>
   </si>
   <si>
     <t>إسناده صحيح</t>
   </si>
   <si>
     <t>رواه عبد الرزاق</t>
   </si>
   <si>
-    <t>伝承経路は真正</t>
-[...2 lines deleted...]
-    <t>アブド・アッ＝ラッザークの伝承</t>
+    <t>[伝承経路は真正]</t>
+  </si>
+  <si>
+    <t>[アブド・アッ＝ラッザークの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/6049</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقًا</t>
   </si>
   <si>
     <t>アッラーの使徒（彼にアッラーからの平安と祝福あれ）は最良の性格のお方だった。</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قَالَ: كَانَ رسولُ اللهِ صلى الله عليه وسلم أحسنَ النَّاس خُلُقاً.</t>
   </si>
   <si>
     <t>アナス（彼にアッラーのご満悦あれ）は言った：「アッラーの使徒（彼にアッラーからの平安と祝福あれ）は最良の性格のお方だった。」</t>
   </si>
   <si>
     <t>بيان ما كان النبي صلى الله عليه وسلم عليه من حسن الخلق وكرم الشمائل والتواضع، لحيازته جميع المحاسن والمكارم وتكاملها فيه.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの平安と祝福あれ）の良い性格、高貴な人格、謙虚さの説明。彼は、あらゆる良い性質と高貴さを完璧な形で備えたお方だった。</t>
   </si>
   <si>
     <t>ما كان عليه الرسول -صلى الله عليه وسلم- من كمال الخُلق.
 الحث على حسن الخلق تأسيا بالنبي -صلى الله عليه وسلم-.</t>
@@ -5408,50 +5449,53 @@
   <si>
     <t>"ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام" يعني: أيام عشر ذي الحجة، قالوا: يا رسول الله ولا الجهاد في سبيل الله ؟ قال: "ولا الجهاد في سبيل الله إلا رجل خرج بنفسه وماله فلم يرجع من ذلك بشيء"، فقوله: "العمل الصالح"، يشمل الصلاة والصدقة والصيام والذكر والتكبير وقراءة القرآن وبر الوالدين وصلة الأرحام والإحسان إلى الخلق وحسن الجوار وغير ذلك من الأعمال الصالحة، فيُسن صيام أيام العشر عشر ذي الحجة الأول لدخولها في عموم العمل الصالح، والمراد ما عدا يوم العاشر؛ للنهي عن صيام العيد.
 وفي هذا دليل على فضيلة العمل الصالح في أيام العشر الأولى من شهر ذي الحجة، وفيه دليل أيضاً على أن الجهاد من أفضل الأعمال، ولهذا قال الصحابة: "ولا الجهاد في سبيل الله"، وفيه دليل على فضيلة هذه الحال النادرة أن يخرج الإنسان مجاهداً في سبيل الله بنفسه وماله -وماله يعني: سلاحه ومركوبه- ثم يقتل ويؤخذ سلاحه ومركوبه يأخذه العدو، فهذا فقد نفسه وماله في سبيل الله فهو من أفضل المجاهدين، فهذا أفضل من العمل الصالح في أيام العشر، وإذا وقع هذا العمل في أيام العشر تضاعف فضله.</t>
   </si>
   <si>
     <t>「これらの日々（ズルヒッジャ月の１０日間）よりも、そこにおける善行がアッラーから愛される日々はない。」人々は言った：「アッラーの使徒よ、アッラーの道における戦いもですか？」 彼は言った：「アッラーの道における戦いも、である。ただし、生命と財産と共に出征し、そこから帰って来なかった者はその限りではない。」
 この「善行」の中には、礼拝、サダカ（施し）、断食、ズィクル（念唱）、タクビール（アッラーの偉大さを称揚すること）、クルアーン読誦、親孝行、親戚関係の維持、あらゆるものへの親切、隣人とのよい関係などが含まれる。ゆえにズルヒッジャ月の１０日間は、善行の一つとして断食することも勧められるが、ただしそうする場合は１０日目は除外される。なぜならイードの日の断食は禁じられるからである。
 また、このハディースの中には、ズルヒッジャ月最初の１０日間の善行の徳の他、アッラーの道における戦いが最善の行いの一つであるという根拠も示されている。それがゆえに教友たちは、「アッラーの道における戦いもですか？」と言ったのである。また、このハディースは、生命と財産をかけて－つまり武器と乗用の家畜と共に－アッラーの道の戦いに出て殺され、武器も乗用の家畜も敵に奪われ、アッラーの道において生命と財産を失うという、稀有な状態の徳も示唆している。これは最良の戦士の一人であり、ズルヒッジャ月１０日間の善行よりも優れている。もしこの行いがズルヒッジャ月１０日間に起こったならば、その徳は倍増することになろう。</t>
   </si>
   <si>
     <t>فضل أيام عشر ذي الحجة على غيرها من أيام السنة.
 استحباب صيام العشر الأول من ذي الحجة.
 فضيلة الجهاد عظيمة في الإسلام.
 تفضيل بعض الأزمنة على بعض.
 من آداب المدعو السؤال عما أشكل.</t>
   </si>
   <si>
     <t>ズルヒッジャ月１０日間は、一年の他の日々よりも優れている。
 ズルヒッジャ月最初の１０日間における断食の勧め。
 イスラームにおける戦いの徳の偉大さ。
 他の時節に対するある時節の優越性。
 不明なことは尋ねるのが、導きを請う者の礼儀作法である。</t>
   </si>
   <si>
     <t>رواه البخاري، وهذا لفظ أبي داود وغيره</t>
+  </si>
+  <si>
+    <t>[アル＝ブハーリーの伝承 - アブー・ダーウードの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/6255</t>
   </si>
   <si>
     <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>アスルの礼拝を放棄した者は、その行いが無に帰すのだ。</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : «من تَرَكَ صلاةَ العصرِ فقد حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>ブライダ・ブン・アル＝フサイブ（彼にアッラーのご満悦あれ）は言った：アッラーの使徒（彼にアッラーからの平安と祝福あれ）は、こう言った：「アスル（午後遅く）の礼拝を放棄した者は、その行いが無に帰すのだ。」</t>
   </si>
   <si>
     <t>أفاد الحديث عقوبة من ترك صلاة العصر متعمداً، وخص العصر لأنها مظنة التأخير بالتعب من شغل النهار؛ ولأن فوتها أقبح من فوت غيرها؛ لكونها الصلاة الوسطى المخصوصة بالأمر بالمحافظة عليها في قوله تعالى : (حافظوا على الصلوات والصلاة الوسطى) [البقرة: 238]، والعقوبة المترتبة على ذلك حبوط عمل من تركها، ببطلان ثوابه، وقيل: المراد مَنْ تركها مستحلاً لذلك، أو جاحداً لوجوبها، فيكون المراد بحبوط العمل الكفر، واستدل بهذا بعض العلماء على أن من ترك صلاة العصر كفر؛ لأنه لا يحبط الأعمال إلا الردة، وقيل: هو وارد على سبيل التغليظ؛ أي: من تركها فكأنما حبط عمله، وهذا من فضائل صلاة العصر خاصة أن من تركها فقد حبط عمله؛ لأنها عظيمة.</t>
   </si>
   <si>
     <t>このハディースは、アスル（午後遅く）の礼拝を故意に行わなかった者に警告を放っている。アスルが特に取り上げられているのは、昼間の仕事の疲れのため、それが遅れがちになるためである。また、アスルをやり過ごすことが他の礼拝に比べて厭われるのは、それが「中間の礼拝」としてその遵守を命じられたものだからでもある。アッラーは仰っている：「礼拝を遵守せよ、そして中間の礼拝を。」（雌牛章２３８）アスルの礼拝の放棄に対する罰は、礼拝の褒美がなくなることによって、行いが無に帰すことである。また他説では、その放棄を合法と考えたり、その義務性を否定したりすることで放棄する者は不信仰に陥ることになり、それで行いが無駄になる。ここからある種の学者は、アスルの礼拝を放棄した者は不信仰に陥るとしている。行いが無駄になるのは、棄教以外にはないためである。また別の説では、それは警告の強調であり、つまりアスルの礼拝を放棄した者は、あたかも行いが無駄になったかのようである、という意味である。これはアスルの礼拝の徳を示すものであり、それをやらない者はその偉大さゆえに、行いが無に帰したのである。</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في وقتها.
 حرمة ترك الصلاة، وخاصة صلاة العصر.
@@ -5845,51 +5889,51 @@
   </si>
   <si>
     <t>「預言者（彼にアッラーからの祝福と平安あれ）はどんな時でもアッラーをズィクル（唱念）していました」というハディースの中の「ズィクル」には、あらゆる種類のズィクルが含まれる。タスビーフ（アッラーをあらゆる欠点から無縁な存在として称える言葉）、タフリール（アッラーの唯一性を認め称える言葉）、タクビール（アッラーの偉大さを称える言葉）、タフミード（アッラーの完璧な属性を称える言葉）を始め、クルアーン読誦もその内の一つであり、それどころかそれは最良のズィクルでもある。
 「どんな時でも」とは、いつでも、大小の汚れの状態にある時でさえも、アッラーのことをズィクルしていたということである。但し学者たちは、大きな汚れの状態におけるクルアーン読誦を、ここから除外している。大きな汚れの状態にある時は、クルアーンを見ながらでも暗記しているものからでも、読んではならない。アリー（彼にアッラーのご満悦あれ）の伝えるハディースで、このようなものがある：「預言者（彼にアッラーからの祝福と平安あれ）は大きな汚れの状態にない限り、私たちにクルアーンを読んで聞かせたものだった。」（アフマドと４大スナン集収録の伝承）
 尚、月経中の女性と悪露の女性が、大きな汚れの状態と同様に見なされるかどうかで、学者たちには見解の相違がある。
 有力な見解は、それらの状態にある女性は暗記したものの内からクルアーンを読むことが出来る、というものである。というのもそれらの期間が長く、それらの状態は大きな汚れのように自ら選んだものではないからである。
 また、クルアーン読誦に関しては大小の用便時、性交渉の最中、浴室やトイレなど、クルアーンの偉大さには相応しくないような場所、不浄な場所などで行うことが除外され、禁じられる。</t>
   </si>
   <si>
     <t>لا تشترط الطهارة من الحدث الأصغر والأكبر لذِكْر الله -تعالى-، فيجوز للمسلم أن يُسَبِّح الله -تعالى- ويحمدَه ويُهَلِلَه ويستغفره، ويقرأ القرآن ما لم يكن جنبا لورود السُّنة بذلك.
 عموم الحديث يدل على أن للحائض والنفساء قراءة القرآن لكن من غير مسٍّ له، بل من وراء حائل كالقفاز ونحوه.
 مداومة النبي -صلى الله عليه وسلم- لذِكْر الله -تعالى-.
 معرفة عائشة -رضي الله عنها- بأحوال النبي -صلى الله عليه وسلم-.</t>
   </si>
   <si>
     <t>大小の汚れの状態にある者に、アッラーのズィクルのために清めを行うことは条件づけられない。ゆえにムスリムはそのような状態下でも、タスビーフ（アッラーをあらゆる欠点から無縁な存在として称える言葉）、タフリール（アッラーの唯一性を認め称える言葉）、タクビール（アッラーの偉大さを称える言葉）、タフミード（アッラーの完璧な属性を称える言葉）を行うことが許されるが、大きな汚れの状態でのクルアーン読誦に関しては、そうすることを禁じるハディースの存在により、禁じられる。
 このハディースの一般的理解からは、月経中の女性と悪露の女性はムスハフ（書としてのクルアーン）に直接触れないことを条件に、クルアーンを読むことが許される。手袋などを着用すれば、ムスハフに触れることも可能である。
 預言者（彼にアッラーの祝福と平安あれ）は、常にアッラーをズィクルしていた。
 預言者（彼にアッラーからの祝福と平安あれ）の状況に関する、アーイシャ（彼女にアッラーのご満悦あれ）の知識。</t>
   </si>
   <si>
     <t>رواه مسلم والبخاري معلقا.
 للفائدة: التعليق حذف الإسناد</t>
   </si>
   <si>
-    <t>アル＝ブハーリーが伝承者を省略しつつも断言口調で伝える伝承</t>
+    <t>[アル＝ブハーリーが伝承者を省略しつつも断言口調で伝える伝承 - ムスリムの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/8402</t>
   </si>
   <si>
     <t>نهى رسول الله صلى الله عليه وسلم عن القَزَع</t>
   </si>
   <si>
     <t>アッラーの使徒（彼にアッラーからの祝福と平安あれ）は、カザゥを禁じた。</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما ، قال: نهى رسول الله صلى الله عليه وسلم عن القَزَع.</t>
   </si>
   <si>
     <t>イブン・ウマル（彼らにアッラーのご満悦あれ）は言った：「アッラーの使徒（彼にアッラーからの祝福と平安あれ）は、カザゥ（頭部の一部は剃り、別の部分は残しておくこと）を禁じた。」</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم أن يحلق بعض رأس الصبي ويترك بعض، وهو عام في كل أحد.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）は、子供の頭部の一部を剃り、別の部分はそうせずに残しておくことを禁じた。これは、全ての者に対する一般的な教示である。</t>
   </si>
   <si>
     <t>النهي عن حلق بعض الرأس وترك بعضه.</t>
   </si>
@@ -5993,51 +6037,51 @@
     <t>يبين لنا النبي صلى الله عليه وسلم في هذا الحديث أحد أسباب عذاب القبر، وهو الأكثر شيوعاً، ألا وهو عدم الاستنزاه والطهارة من البول.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの平安と祝福あれ）はこのハディースの中で、墓の懲罰の原因の一つであり、最も多く広まっているものを挙げている。それは小便の汚れを避けず、そこから清浄でない状態のことである。</t>
   </si>
   <si>
     <t>الحرص على التنزه والابتعاد من البول، بأن لا يصيبه في بدنه ولا ثوبه .
 الأفضل المبادرة بغسله، والطهارة منه بعد إصابته؛ لئلا تصاحبه النجاسة، أما وجوب إزالتها فيكون عند الصلاة.
 أن البول نجس، فإذا أصاب بدناً أو ثوباً أو بقعة، نجسها؛ فلا تصح بذلك الصلاة؛ لأن الطهارة من النجاسة أحد شروطها.
 أن ترك التنزه من البول من كبائر الذنوب.
 ثبوت عذاب القبر، وهو ثابت بالكتاب والسنة والإجماع.
 إثبات الجزاء في الآخرة، فأول مراحل الآخرة هي القبور، فالقبر: إما روضة من رياض الجنة، أو حفرة من حفر النار.</t>
   </si>
   <si>
     <t>小便が衣服や身体にかからないようにし、そこから無縁な清浄な状態であるように注意すること。
 もし小便がかかってしまったら、急いでそれを洗浄し、清めるのが最善である。そうすることで、汚れが自分につきまとわないようにするためである。礼拝の際には、それを除去することが義務となる。
 小便は汚れである。それが身体や衣服や場所にかかれば、汚れを被ったことになり、それによって礼拝することは有効ではなくなる。なぜなら汚れからの清浄性が、礼拝の一条件であるためである。
 小便からの清浄な状態を保たないことは、大罪の一つである。
 墓の懲罰の確証。それはクルアーン、スンナ、イジュマー（学者間の見解の一致）によって裏付けされている。
 来世における報いの確証。来世の第一段階が墓であり、墓は天国の楽園の一部となるか、地獄の穴の一つになるかのいずれかである。</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
-    <t>アッ＝ダールクトニーの伝承</t>
+    <t>[アッ＝ダールクトニーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/10044</t>
   </si>
   <si>
     <t>مَا مِنْ عَبْدٍ يَشْهَدُ أَنْ لا إلهَ إلا اللهُ، وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ صِدْقًا مِنْ قَلْبِهِ إلَّا حَرَّمَهُ اللهُ على النَّارِ</t>
   </si>
   <si>
     <t>誰でも心から正直に『ラー・イラーハ・イッラッラーフ、ムハンマドッラスールッラーヒ （アッラーの他に真に崇拝すべきものはなく、ムハンマドはそのアッラーの使徒である）』と証言する僕は、アッラーによって地獄を禁じられる。</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه : أن النبي صلى الله عليه وسلم ومعاذ رديفه على الرَّحْلِ، قال: «يا معاذ» قال: لبَّيْكَ يا رسول الله وسَعْدَيْكَ، قال: «يا معاذ» قال: لَبَّيْكَ يا رسول الله وسَعْدَيْكَ، قال: «يا معاذ» قال: لبَّيْكَ يا رسول اللهِ وسَعْدَيْكَ، ثلاثا، قال: «ما من عبد يشهد أن لا إله إلا الله، وأَنَّ محمدا عبده ورسوله صِدْقًا من قلبه إلَّا حرمه الله على النار» قال: يا رسول الله، أفلا أُخْبِر بها الناس فَيَسْتَبْشِرُوا؟ قال: «إِذًا يتكلوا» فأخبر بها معاذ عند موته تَأَثُّمًا.</t>
   </si>
   <si>
     <t>アナス（彼にアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの平安と祝福あれ）は鞍の上でムアーズを後ろに乗せ、こう言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」そしてまた、こう言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」更にまた、３度目にこう言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」預言者は言った：「誰でも心から正直に『ラー・イラーハ・イッラッラーフ、ムハンマドッラスールッラーヒ （アッラーの他に真に崇拝すべきものはなく、ムハンマドはそのアッラーの使徒である）』と証言する僕は、アッラーによって地獄を禁じられる。」彼（ムアーズ）は言った：「アッラーの使徒よ、人々にこのことを伝えてもよろしいでしょうか？彼らが喜ぶでしょう。」預言者は言った：「そうすれば、彼らは頼り切ってしまうだろう。」こうしてムアーズは罪を恐れて、自らの死の折にそのことを伝えた。</t>
   </si>
   <si>
     <t>كان معاذ رضي الله عنه راكبًا وراء النبي صلى الله عليه وسلم ، فقال النبي صلى الله عليه وسلم : يا معاذ؛ فقال: لبيك يا رسول وسعديك أي إجابة بعد إجابة، وطاعة لك، (وسعديك) ساعدت طاعتك مساعدة لك بعد مساعدة ، ثم قال: يا معاذ؛ فقال: لبيك يا رسول وسعديك، ثم قال: يا معاذ؛ فقال: لبيك يا رسول وسعديك، قال: ما من عبد يشهد أن لا إله إلا الله وأن محمد عبده ورسوله، صادقا من قلبه لا يقولها بلسانه فقط؛ إلا حرمه الله على الخلود في النار؛ فقال معاذ: يا رسول الله ألا أخبر الناس لأدخل السرور عليهم؛ فقال صلى الله عليه وسلم: لا لئلا يعتمدوا على ذلك ويتركوا العمل، فأخبر بها معاذ في آخر حياته مخافة من إثم كتمان العلم.</t>
   </si>
   <si>
     <t>ムアーズ（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの平安と祝福あれ）の後ろに同乗していた。預言者（彼にアッラーからの平安と祝福あれ）は、こう言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」これは原文では、「ラッバイカ・サァダイカ」という表現であり、そもそも「ラッバイカ」には「あなたにいつでも答え、服従します」という意味が、「サァダイカ」には「あなたへの服従にいつでも奉仕します」という意味が含まれている。それからまた、預言者は言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」更にまた、言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」そして預言者は言った：「誰でも心から正直に『ラー・イラーハ・イッラッラーフ、ムハンマドッラスールッラーヒ （アッラーの他に真に崇拝すべきものはなく、ムハンマドはそのアッラーの使徒である）』と証言する僕は、アッラーによって地獄を禁じられる。」つまり「心から正直に」とは、口先で唱えることだけではない。また、「地獄を禁じられる」とは、地獄への永遠の滞留を禁じられるということである。彼（ムアーズ）は言った：「アッラーの使徒よ、人々にこのことを伝えてもよろしいでしょうか？彼らを喜ばせたいのです。」すると預言者（彼にアッラーからの平安と祝福あれ）は言った：「いや、そうするのではない。そうすれば、彼らはそれに頼り切ってしまい、行いに励まなくなるから。」しかしムアーズは知識を隠蔽する罪を恐れ、自らの人生の最期に、そのことを伝えた。</t>
   </si>
   <si>
     <t>جواز ترك التحديث بحديث إذا كان يترتب عليه محظور، أو قعود عما هو أفضل.
 جواز الإرداف على الدابة بشرط عدم الإضرار بها.
@@ -6230,50 +6274,53 @@
 "واهْدِني" الهِداية نوعان:
 أحدهما: هداية دلالة وإرشاد إلى طريق الحق والصواب، وهذه حاصلة للمسلم والكافر: (وأما ثمود فهديناهم) [فصلت : 17] ، يعني: دللناهم على الحق. 
 الثاني: هداية توفيق وقبول، وهذه لا يحصل عليها إلا أهل الإيمان، وهي: المطلوبة هنا، ومعناها: اهْدِني للحقِّ وثَبِّتنِي عليه. 
 "وارزقْنِي" أي: أعطني رزقًا، يُغنيني في هذه الحياة الدنيا عن الحاجة إلى خلقِك، وأعطني رزقًا واسعًا في الآخرة، مثل ما أعددته لعِبادك الَّذين أنْعَمت عليهم.</t>
   </si>
   <si>
     <t>イブン・アッバース（彼らにアッラーのご満悦あれ）は、このように伝えている：預言者（彼にアッラーからの平安と祝福あれ）は２つのサジダ（平伏礼）の間に、こう言っていた：「アッラーフンマ・グフィル・リー（わが主よ、私を赦して下さい）・・・」
 つまり、預言者は義務か任意かを問わず、礼拝における２つのサジダの間に、これらの祈りの言葉を唱えていた。礼拝は全てズィクル（念唱）と、クルアーンの読誦である。
 「アッラーフンマ・グフィル・リー」とは、「お咎めすべきところを大目に見て、私を（罪が露わになることから）かくまって下さい」という意味である。
 「ワ・ルハムニー」は、現世と来世の善を私にお恵み下さい、そして私の罪を隠し、私への問責を免除することで、私にあなたのご慈悲をおかけ下さい、という意味である。
 「ワ・アーフィニー」は、私の宗教においては悪や疑念を生じさせるような物事から、私の身体においては病気や不調から、私の理性においては低下や狂気から、私を安全で無事な状態にして下さい、という意味である。そして最大の病は、心の病である。それは迷妄へと至る、疑念を生じさせる物事によるものか、または破滅へと導く欲望によるものである。
 「ワ・フディニー（私を導いて下さい）」に関しては、導きには２種類ある：
 １つは、真理と正しさの道へと示し、教導する種類の導きである。これはムスリムにも、不信仰者にも起こり得るものである。アッラーは仰った：『またサムードはといえば、われらが彼らに導きを示した後、導きよりも（迷いという）盲目を好んだ。』 （クルアーン４１：１７）
 ２つ目は、成功と受け入れの種類の導きである。これは信仰の徒に特化されたものであり、ここで言わんとしているのは、この種類の導きである。つまり、「私を真理へと導き、そこにおいて確立させて下さい」という意味である。
 「ワ・ルズクニー」の意味は、この世において、私が他人に乞うことを必要とさせないよう、私に十分な糧をお恵み下さい、そして来世においてはあなたが恩恵を授けられる僕たちに準備した、豊かな糧をお恵み下さい、というものである。</t>
   </si>
   <si>
     <t>مشروعية الطُمأنينة في الجلسة التي بين السَّجدتين، كما ثبت ذلك في أحاديث أخرى أيضًا.
 وجوب الدعاء وقول: رب اغفر لي، أو اللهم اغفر لي. بين السجدتين.
 الأفضل أن يأتي بالدعاء بين السجدتين كما ورد، فإن زاد أو نقص فيه لم تبطل صلاته.</t>
   </si>
   <si>
     <t>他の複数のハディースで確実になっているように、２つのサジダの間の座位において、少々休止を置くことの合法性。
 ２つのサジダの間に祈り、「ラッビグフィル・リー（主よ、私をお赦し下さい）」または「アッラーフンマ・グフィル・リー」と唱えることの義務性。
 ２つのサジダの間に、ハディースで伝えられている通りの祈りの言葉を唱えるのが最善である。もしそこに言葉の増減があっても、礼拝を無効にはしない。</t>
+  </si>
+  <si>
+    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アブー・ダーウードの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/10930</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا انصرف من صلاته استغفر ثلاثا، وقال: اللهم أنت السلام ومنك السلام، تباركت يا ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>アッラーの使徒（彼にアッラーからの平安と祝福あれ）は礼拝から立ち去る際には、３度アッラーの赦しを求めて、こう言った：「アッラーフンマ・アンタッサラーム、ワ・ミンカッサラーム、タバーラクタ・ヤー・ザル＝ジャラーリ・ワル＝イクラーム。」</t>
   </si>
   <si>
     <t>عن ثَوْبَان رضي الله عنه قال: كان رسول الله صلى الله عليه وسلم إذا انْصَرف من صلاته اسْتَغْفَر ثلاثا، وقال: «اللهُمَّ أنت السَّلام ومِنك السَّلام، تَبَارَكْتَ يا ذا الجَلال والإكْرَام».</t>
   </si>
   <si>
     <t>サウバーン（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの平安と祝福あれ）は礼拝から立ち去る際には、３度アッラーの赦しを求めて、こう言った：「アッラーフンマ・アンタッサラーム（アッラーよ、あなたは平安のお方）、ワ・ミンカッサラーム（平安はあなたからのもの）、タバーラクタ・ヤー・ザル＝ジャラーリ・ワル＝イクラーム（崇高さと栄誉の主に称えあれ）。」</t>
   </si>
   <si>
     <t>في الحديث بيان استحباب قول المصلي بعد الانتهاء من الصلاة: أستغفر الله، أستغفر الله، أستغفر الله. ثم يقول هذا الدعاء: اللَّهُمَّ أَنْتَ السَّلَامُ وَمِنْك السَّلَامُ، تَبَارَكْتَ يَا ذَا الْجَلَالِ وَالْإِكْرَامِ.
 وهناك أدعية أخرى وردت في أحاديث أخرى مما يقال عقب الصلاة.</t>
   </si>
   <si>
     <t>このハディースには、礼拝を終えた者が「アスタグフィルッラー（私はアッラーに赦しを乞う）、アスタグフィルッラー、アスタグフィルッラー」と唱え、それから「アッラーフンマ・アンタッサラーム（アッラーよ、あなたは平安のお方）、ワ・ミンカッサラーム（平安はあなたからのもの）、タバーラクタ・ヤー・ザル＝ジャラーリ・ワル＝イクラーム（崇高さと栄誉の主に称えあれ）」という祈りの言葉を述べることの勧めがある。
 この他にも、他のハディースに収録された、礼拝後に唱えるべき祈りの言葉が存在する。</t>
   </si>
   <si>
@@ -6413,86 +6460,92 @@
     <t>أن الحاجة يستحبّ افتتاحها بهذه الخطبة، فإنها سوف تنجح ببركة هذا الذكر.
 أن الخطبة ينبغي أن تكون مشتملة على الحمد، والشهادتين، وبعض الآيات القرآنية.
 هذا الحديث هو خطبة، تسمى خطبة الحاجة، وتستحب في مخاطبة الناس بالعلم من تعليم الكتاب والسنة، والفقه، وموعظة الناس، فهي لا تخص النكاح وحده، وإنما هي خطبة لكل حاجة، والنكاح من جملة ذلك.
 الحديث اشتمل على إثبات صفات المحامد لله، واستحقاقه لها، واتصافه بها.
 الحديث اشتمل على طلب العون من الله -تعالى-، والمساعدة على طلب التسهيل، والتيسير على الحاجة التي سيُقدِم عليها الإنسان، لاسيَّما النكاح بكُلَفِه ومؤنته.
 الحديث اشتمل على طلب المغفرة منه -تعالى-، وستر العيوب والذنوب، والاعتراف بالقصور والتقصير، وأن يمحو ذلك ويغفره.
 الحديث اشتمل على الاستعاذة به، والاعتصام به، من شرور النفس الأمارة بالسوء، التي تنازعه إلى فعل ما يحرم، وترك ما يجب، إلاَّ من عصمه الله -تعالى- وأعاذه.
 الحديث اشتمل على الإقرار بأنَّه -تعالى- صاحب التصرف المطلق في خلقه، وأنَّ هداية القلوب وضلالها بيده.
 الحديث اشتمل على الإقرار بالشهادتين اللتين هما مفتاح الإِسلام، وهما أصله وأساسه، فالإنسان لا يكون مسلمًا إلاَّ بإقراره بهما، إقرارًا نابعًا من قلبه.</t>
   </si>
   <si>
     <t>必要事の際には、このフトバを前置きとすることが推奨される。この訓戒の祝福によって、それは成功するであろう。
 フトバは、以下の物事を含んでいるべきである：讃美。２つの信仰証言。クルアーンのいくつかの節。
 このハディースが必要のフトバと呼ばれるもので、クルアーン、スンナ、法学について人々に語りかけようとしたり、訓戒を施したりする際には、このフトバが推奨される。このフトバは結婚の契約のみならず、あらゆる必要事のためのものである。結婚はそういった必要事の一つでしかない。
 このハディースは、アッラーの讃美すべき属性、かれが讃美に値すること、かれがそのような属性を有していることの確証が含まれている。
 このハディースには、これから行おうとする用事におけるアッラーからのご助力と、それを容易にしてくれることの祈願が含まれている。特に結婚における負担や糧に関するものである。
 このハディースには、アッラーからの罪の赦しや、自らの欠点や罪を隠してもらうことの祈願、自らの至らなさの自覚、罪の抹消と赦しの請願が含まれている。
 このハディースには、悪へと傾きがちで、禁じられた物事を行うことと義務行為の放棄へと促す、心の悪からのご加護の請願が含まれている。アッラーがお守りになり、ご加護を与えて下さる者の他、そこから安全な者はいない。
 このハディースには、アッラーこそが被造物を自由に司るお方であり、心が導かれるのも迷わされるのもアッラー次第であることの確証が含まれている。
 このハディースには、２つの信仰証言が含まれている。それはイスラームの鍵であり、基本である。人はその証言を心の奥底から認めるまで、ムスリムになることはない。</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アン＝ナサーイーの伝承 - アブー・ダーウードの伝承 - アハマドの伝承]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>後見人なしの結婚はない。</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لا نِكاح إلا بِوَلِيّ».</t>
   </si>
   <si>
     <t>アブー・ムーサー・アル＝アシュアリー（彼にアッラーのご満悦あれ）によれば、預言者（彼にアッラーの祝福と平安あれ）は言った：「後見人なしの結婚はない。」</t>
   </si>
   <si>
     <t>دل الحديث على اعتبار الولي في عقد النكاح وأنه شرط لصحته، فلا يصح النكاح إلاَّ بولي، يتولى عقد النكاح، ويشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلاً للولاية في عقد النكاح، فإن تعسر فوليها السلطان.</t>
   </si>
   <si>
     <t>このハディースは、結婚の契約における後見人（ワリイ）の重要性と、それが結婚の有効性の条件の一つであり、結婚の契約を執り行う後見人なしには、結婚が有効なものとはならないことを示している。後見人には、以下のことが条件づけられる：①宗教義務が課せられていること（正常な理性を備えた成人ムスリム）。➁男性。③結婚の福利の知識における正しい判断力。④後見する女性との宗教の一致。これらの特徴を有していない者は、結婚の契約の後見人になることは出来ない。もし適当な後見人がいない場合は、イスラームの権威者が後見人となる。</t>
   </si>
   <si>
     <t>وجود الولي شرط في صحة النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها ولي بعيد مع وجود أقرب منه.
 فساد النكاح بدون ولي، ويعتبر نكاحًا غير شرعيّ ويجب فسخه عند الحاكم أو بطلاق شرعي.
 إذا لم يوجد للمرأة وليٌّ من أقاربها أو مواليها، فوليها الإِمام أو نائبه، فإنَّ السلطان ولي من لا ولي له.
 لا بد أن يكون الولي ذا رشد؛ لأنه لا يمكن أن تتحقق المصلحة للمرأة إلا إذا كان الولي رشيدًا.</t>
   </si>
   <si>
     <t>結婚が有効になる条件の一つが、後見人の存在である。
 後見人は、その女性に最も近縁な男性である。女性に対してより近縁な男性がいる時、より遠縁な男性が女性を結婚させることはない。
 後見人なしの結婚は無効となり、イスラーム的には認められない結婚となる。そのような結婚は法官のもとで破棄するか、イスラームによる離婚によって破棄しなければならない。
 近親や周囲の世話役などの内から後見人を見つけられない女性については、イスラームの指導者やその代理人が後見人になる。後見人のない者には、権威者が後見人となるのである。
 後見人は正しい判断力を備えていなければならない。そうでなければ、女性にとっての福利は実現しないからである。</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه والدارمي وأحمد</t>
+  </si>
+  <si>
+    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アブー・ダーウードの伝承 - アハマドの伝承 - アッ＝ダーリミーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/58066</t>
   </si>
   <si>
     <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>少年よ、アッラーの名を唱えよ。右手で食べ、自分の近くから食べるのだ。</t>
   </si>
   <si>
     <t>عن عمر بن أبي سلمة قال: كنتُ غُلاما في حَجْرِ رسول الله صلى الله عليه وسلم ، وكانتْ يَدِي تَطِيشُ في الصَّحْفَة، فقالَ لِي رسول الله صلى الله عليه وسلم : «يا غُلامُ، سمِّ اَلله، وكُلْ بِيَمِينِك، وكُلْ ممَّا يَلِيكَ» فما زَالَتْ تِلك طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>ウマル・ブン・アビー・サラマ（彼らにアッラーのご満悦あれ）は、言った：私は、アッラーの使徒（彼にアッラーからの平安と祝福あれ）の後見下にあった。私の手は（食事の載った）皿の上をあちこち動いていたのだが、アッラーの使徒（彼にアッラーからの平安と祝福あれ）は私に言った：「少年よ、アッラーの名を唱えよ。右手で食べ、自分の近くから食べるのだ。」それ以来、それが私の食（の作法）なのである。</t>
   </si>
   <si>
     <t>كان عمر بن أبي سلمة رضي الله عنهما ابنَ زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها ، وكان في تربيته وتحت رعايته، وقد ذكر من حاله في هذا الحديث أنه كان أثناء الأكل يحرك يديه في جوانب القصعة ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم في هذا الحديث ثلاثة آداب من آداب الأكل:
 أولها: قول "بسم الله" في بداية الأكل.
 وثانيها: الأكل باليمين.
 وثالثها: الأكل مما يليه؛ لأن أكله من موضع يد صاحبه سوء أدب، قال العلماء: إلا أن يكون الطعام أنواعًا مثل أن يكون فيه قرع وباذنجان ولحم وغيره، فلا بأس أن تتخطى يدك إلى هذا النوع أو ذاك، وكذلك لو كان الإنسان يأكل وحيدًا فلا حرج أن يأكل من الطرف الآخر لأنه لا يؤذي أحدًا في ذلك.</t>
   </si>
   <si>
     <t>ウマル・ブン・アビー・サラマ（彼らにアッラーのご満悦あれ）は、預言者（彼にアッラーからの平安と祝福あれ）の妻ウンム・サラマ（彼女にアッラーのご満悦あれ）の息子であり、彼の教育と養育下にあった。このハディースの中で、ウマルは自分の状況を語っている。食事の際、彼の手は食べ物を取るために、皿のあちこちを動いていた。それで預言者（彼にアッラーからの平安と祝福あれ）は、このハディースによって３つの食の作法を教えた：
 １．食べる前に「ビスミッラーヒ（アッラーの名において）と唱えること。
@@ -6567,50 +6620,53 @@
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの平安と祝福あれ）は言った：「（統治者への）服従に背き、（正しいムスリムの）集団を離脱した状態で死んだ者は、ジャーヒリーヤ（イスラーム以前の無明時代）の死において死んだのである。また、（自身の）部族ゆえの怒り、そこへの呼びかけ、その援助のためなど（イスラームにおいてその正当性もない）盲目な目的において戦い、そして殺された者も、ジャーヒリーヤの死において死んだのである。そしてわが共同体に反抗し、その内の善い者や放埓な者を撃ち、その内の信仰者に対して気にもかけず、契約した者の契約も全うしない者は、私の仲間ではないし、私もその者の仲間ではない。」</t>
   </si>
   <si>
     <t>معنى هذا الحديث أن مَن فارق الجماعة الذين اتفقوا على طاعة إمام انتظم به شملهم واجتمعت به كلمتهم وحاطهم عن عدوهم وخرج عن طاعة ولي أمر المسلمين فمات وهو كذلك فقد مات كميتة أهل الجاهلية من حيث إنهم فوضى لا إمام لهم، ومن قاتل تحت راية أمرها أعمى لا يستبين وجهه، كتقاتل القوم للعصبية والقبلية، يغضب لعصبة أو يدعو إلى عصبة أو ينصر عصبة، ومعناها أنه يقاتل لشهوة نفسه وغضبة لها وعصبيةٍ لقومه وهواه.
 ومن خرج على الأمة يضرب الصالح والفاسق، المؤمن والمعاهد المقيم بدياره، والذمي المقيم بديار المسلمين مقابل الجزية، ولا يكترث بما يفعله فيها ولا يخاف وباله وعقوبته؛ فقد تبرأ منه النبي صلى الله عليه وسلم .</t>
   </si>
   <si>
     <t>このハディースの意味は、以下の通りである：ムスリムが指導者のもとに一致団結し、敵に対するその庇護下にある時、その集団を離脱し、指導者の服従に背き、その状態で死んだ場合、それはジャーヒリーヤ（イスラーム以前の無明時代）の人々のような死を迎えたことになる。ジャーヒリーヤ時代、人々は指導者不在の混沌とした状況にあったのである。
 また、盲目で正当な目的もない戦いにおいて死んだ場合も、同様である。それは偏狭な党派主義や部族主義ゆえの戦いのようなもので、自分の党派ゆえの怒りや、党派への呼びかけ、党派の援助のためなどにおける戦いである。つまり、自分の欲望や怒り、属する集団の党派主義とその主張のために戦うことである。
 また、ムスリム共同体に反旗をかかげ、信心深い者でも放埓な者でも、信者でもそうではない契約の民やズィンミー（ジズヤ税を支払うことでムスリム世界に居住する異教徒）でも、その領土内に居住する者たちを攻撃することにやぶさかでなく、その罰を恐れないような者たちに対し、預言者（彼にアッラーからの平安と祝福あれ）は自分自身と無縁であるとした。</t>
   </si>
   <si>
     <t>طاعة ولاة الأمور واجبة في غير معصية الله -عز وجل-.
 فيه تحذير شديد لمن خرج عن المسلمين، وعن طاعة الإمام ، وفارق جماعة المسلمين، فإذا مات على هذه الحال، فقد مات على طريق أهل الجاهلية.
 في الحديث دليل على أنه إذا فارق أحد الجماعة ولم يخرج عليهم، ولا قاتلهم أنا لا نقاتله لنرده إلى الجماعة ويذعن للإمام بالطاعة بل نخليه وشأنه.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينية، وصلاح الأحوال.</t>
   </si>
   <si>
     <t>アッラーに対する罪ではないことにおける、ムスリム統治者への服従義務。
 ムスリムの集団、指導者から離脱することへの厳しい警告。その状態で死んだ者は、ジャーヒリーヤにおいて死んだことになる。
 このハディースには、集団を離脱しても反旗を掲げず、戦いもしかけてこない者とは戦う必要がなく、その者を集団に戻し、指導者に従わせる必要もないことの根拠がある。そのような者は、放置しておくことになる。
 ムスリム集団と共にあることには、多くのよいこと、安全、安心、正しい状況が伴う。</t>
   </si>
   <si>
+    <t>ムスリムの伝承</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>あなた方の諸事が全て１人の者に任されているというのに、あなた方を分裂させるか、あるいはあなた方の集団を分散させようとする者が現れたら、その者を殺すのだ。</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: "من أتاكم وأمرُكُم جَمِيْعٌ على رجل واحد، يُريد أن يَشُقَّ عَصَاكُم، أو يُفَرِّقَ جَمَاَعَتَكُم، فاقتُلُوهُ".</t>
   </si>
   <si>
     <t>アルファジャ（彼にアッラーのご満悦あれ）は言った：私は、アッラーの使徒（彼にアッラーからの平安と祝福あれ）がこう言うのを聞いた：「あなた方の諸事が全て１人の者に任されているというのに、あなた方を分裂させるか、あるいはあなた方の集団を分散させようとする者が現れたら、その者を殺すのだ。」</t>
   </si>
   <si>
     <t>مضمون هذا الحديث في قتال أهل البغي ومن يريد تفريق كلمة المسلمين بعد اجتماعهم وإذعانهم لحاكم، وقد أفاد أنَّ المسلمين إذا اجتمعوا على خليفة واحد ثم جاءهم من يريد أن يعزِلَ إمامَهم الذي اتفقُوا على إمامته وجب عليهم وضع حد له ولو بقتله؛ دفعًا لشره وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>このハディースは、ムスリムたちが一旦統治者のもとに団結し服従した後、それを分裂させることを望む者たち、および反旗を翻す者たちとの戦いについてのものである。ムスリムたちがある者をカリフとして戴くことを決定した後、その者を退けようとする者には固定刑が科せられ、死刑になりうる。それは悪を防ぎ、ムスリムたちの生命を保護するためである。</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين، وتحريم الخروج عليه.
 من خرج على إمام قد اجتمعت عليه كلمة المسلمين فإنه يجب قتله مهما كان كانت منزلته شرفا ونسبًا.
 الحديث يشمل بظاهره ما إذا كان الخارج واحدا أو جماعة فإنهم يقتلون, لكن الجماعة إن كان لها شوكة ومنعة وخرج أفرادها بتأويل سائغ فهم بغاة, أما إن لم يكن لهم تأويل وأرادوا السيطرة على الحكم, فإن حكمهم حكم قطاع الطريق.
 الحث على الاجتماع وعدم التفرق والاختلاف.</t>
@@ -6667,50 +6723,171 @@
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: «لَعَن رسول الله صلى الله عليه وسلم الرَّاشِي والمُرْتَشِي في الحُكْم».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は言った：「アッラーの使徒（彼にアッラーからの平安と祝福あれ）は、裁決において賄賂を渡す者、賄賂を受け取る者を呪った。」</t>
   </si>
   <si>
     <t>لما كانت حقيقة الرشوة بذل المال ليتوصل به إلى باطل، دعا رسول الله صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله على معطيها وآخذها؛ لما فيها من أضرار جسيمة على الفرد والمجتمع، والرشوة محرمة مطلقًا، وجاء تخصيصها بالحكم في الحديث؛ لأن الرشوة لأجل الحكم أعظم لما في ذلك من تبديل حكم الشرع، بأن يعطى القاضي ما يكون له أثر في تغيير الحكم أو تخفيفه واعتباره في صالح الراشي.</t>
   </si>
   <si>
     <t>賄賂とは、それによって誤ったことを実現するため、財を費やすことである。アッラーの使徒（彼にアッラーからの平安と祝福あれ）は、賄賂を渡す者、受け取る者に対し、アッラーの慈悲から放逐され、遠ざけられることを祈った。それは個人と社会に対して、甚大な害悪があるためである。賄賂は無条件に禁じられている。ハディースの中で「裁決において」という限定表現が見られるのは、裁決のための賄賂が最も重大であるためである。つまり、裁判官に対して、裁決を改変したり、軽減したり、賄賂者に都合のよい形にしたりする影響があるものを与えることで、イスラーム法による裁決に改変を生じさせるためである。</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله -صلى الله عليه وسلم- لعن آخذها ومعطيها، واللعنُ لا يكون إلاَّ على كبيرةٍ من كبائر الذنوب، وقد أجمع العلماء على تحريمها.
 الرشوة في باب القضاء والحكم أعظم جرمًا, وأشد إثمًا؛ لما فيها من أكل أموال النَّاس بالباطل وتغيير حكم الله -تعالى-، والحكم بغير ما أنزل الله؛ وآخذها قد ظَلَمَ بأخذها نفسه، وظَلَمَ المحكومَ له، وظَلَمَ المَحكومَ عليه.</t>
   </si>
   <si>
     <t>賄賂は、与えることも、受け取ることも、仲介することも、援助することも禁じられる。それは、虚妄における助け合いであるためだ。
 賄賂は大罪の一つである。アッラーの使徒（彼にアッラーからの平安と祝福あれ）がそれを与える者、受け取る者を呪っているためである。そして呪いは、大罪に対してのみ発されるのであり、学者たちはそれが禁止されていることにおいて合意している。
 賄賂は裁決や裁判において、最も重大な罪となる。それは人の財産を誤った形で貪ることであり、アッラーの裁決の改変であり、アッラーが啓示した以外のものによる裁きであるためである。それを受領した者は、その受領、その裁決によって便宜をはかった者、およびその裁決によって不正を被った者において、不正を働いたことになる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/64689</t>
+  </si>
+  <si>
+    <t>بني الإسلام على خمس</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ____</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
+الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
+  </si>
+  <si>
+    <t>____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>||____</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
+أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
+الإيمان شرط لقبول الأعمال .
+الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
+الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -7013,51 +7190,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O174"/>
+  <dimension ref="A1:O179"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -8098,7107 +8275,7342 @@
       <c r="E24" t="s">
         <v>228</v>
       </c>
       <c r="F24" t="s">
         <v>229</v>
       </c>
       <c r="G24" t="s">
         <v>230</v>
       </c>
       <c r="H24" t="s">
         <v>231</v>
       </c>
       <c r="I24" t="s">
         <v>232</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>233</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
-        <v>57</v>
+        <v>234</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
         <v>3366</v>
       </c>
       <c r="B25" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C25" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D25" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E25" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F25" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G25" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H25" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I25" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
         <v>3375</v>
       </c>
       <c r="B26" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C26" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D26" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E26" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F26" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G26" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H26" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I26" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J26" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K26" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="L26" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M26" t="s">
-        <v>174</v>
+        <v>256</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
         <v>3381</v>
       </c>
       <c r="B27" t="s">
+        <v>258</v>
+      </c>
+      <c r="C27" t="s">
+        <v>259</v>
+      </c>
+      <c r="D27" t="s">
+        <v>260</v>
+      </c>
+      <c r="E27" t="s">
+        <v>261</v>
+      </c>
+      <c r="F27" t="s">
+        <v>262</v>
+      </c>
+      <c r="G27" t="s">
+        <v>263</v>
+      </c>
+      <c r="H27" t="s">
+        <v>264</v>
+      </c>
+      <c r="I27" t="s">
+        <v>265</v>
+      </c>
+      <c r="J27" t="s">
+        <v>24</v>
+      </c>
+      <c r="K27" t="s">
+        <v>254</v>
+      </c>
+      <c r="L27" t="s">
+        <v>26</v>
+      </c>
+      <c r="M27" t="s">
         <v>256</v>
       </c>
-      <c r="C27" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
         <v>3384</v>
       </c>
       <c r="B28" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C28" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D28" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E28" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F28" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="G28" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H28" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="I28" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>57</v>
+        <v>276</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
         <v>3390</v>
       </c>
       <c r="B29" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C29" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D29" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="E29" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F29" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="G29" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="H29" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="I29" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>25</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
         <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3402</v>
       </c>
       <c r="B30" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C30" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D30" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E30" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="F30" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="G30" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="H30" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="I30" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
-        <v>214</v>
+        <v>296</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3406</v>
       </c>
       <c r="B31" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C31" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="D31" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="E31" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="F31" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="G31" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="H31" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="I31" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>67</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>68</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3414</v>
       </c>
       <c r="B32" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C32" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D32" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="E32" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="F32" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="G32" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="H32" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="I32" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>67</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>68</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3416</v>
       </c>
       <c r="B33" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C33" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D33" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="E33" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="F33" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="G33" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="H33" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="I33" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>174</v>
+        <v>256</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3417</v>
       </c>
       <c r="B34" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C34" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="D34" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="E34" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="F34" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="G34" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="H34" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="I34" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3418</v>
       </c>
       <c r="B35" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C35" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="D35" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="E35" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="F35" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G35" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="H35" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="I35" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>87</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>88</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3419</v>
       </c>
       <c r="B36" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="C36" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="D36" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E36" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F36" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G36" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="H36" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="I36" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>67</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>68</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3420</v>
       </c>
       <c r="B37" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C37" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="D37" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="E37" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="F37" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="G37" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="H37" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I37" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>87</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>88</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3421</v>
       </c>
       <c r="B38" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C38" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="D38" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="E38" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="F38" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="G38" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="H38" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="I38" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>67</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>68</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3475</v>
       </c>
       <c r="B39" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C39" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="D39" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="E39" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="F39" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="G39" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="H39" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="I39" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>67</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>68</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3481</v>
       </c>
       <c r="B40" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="C40" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="D40" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="E40" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="F40" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="G40" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="H40" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="I40" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>87</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>88</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3534</v>
       </c>
       <c r="B41" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C41" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="D41" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="E41" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="F41" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="G41" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="H41" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="I41" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3553</v>
       </c>
       <c r="B42" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C42" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="D42" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="E42" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F42" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="G42" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="H42" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="I42" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>67</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>68</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3567</v>
       </c>
       <c r="B43" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C43" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="D43" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E43" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F43" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="G43" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="H43" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="I43" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="J43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K43" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="L43" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M43" t="s">
-        <v>185</v>
+        <v>415</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3581</v>
       </c>
       <c r="B44" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C44" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="D44" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="E44" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="F44" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="G44" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="H44" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="I44" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>67</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>68</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3588</v>
       </c>
       <c r="B45" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="C45" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="D45" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="E45" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="F45" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="G45" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="H45" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="I45" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3591</v>
       </c>
       <c r="B46" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="C46" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="D46" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="E46" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="F46" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="G46" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="H46" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="I46" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>87</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>88</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3686</v>
       </c>
       <c r="B47" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C47" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="D47" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="E47" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="F47" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="G47" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="H47" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="I47" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>67</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>68</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3701</v>
       </c>
       <c r="B48" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C48" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D48" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="E48" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="F48" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="G48" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="H48" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="I48" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
         <v>25</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
         <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3702</v>
       </c>
       <c r="B49" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C49" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="D49" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="E49" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="F49" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="G49" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="H49" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="I49" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3706</v>
       </c>
       <c r="B50" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C50" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="D50" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="E50" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="F50" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="G50" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="H50" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="I50" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3716</v>
       </c>
       <c r="B51" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="C51" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="D51" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="E51" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="F51" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="G51" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="H51" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="I51" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>67</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>68</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3753</v>
       </c>
       <c r="B52" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="C52" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="D52" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E52" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="F52" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="G52" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="H52" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="I52" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>25</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>27</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3854</v>
       </c>
       <c r="B53" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C53" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="D53" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="E53" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="F53" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="G53" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="H53" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="I53" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>67</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>68</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>4186</v>
       </c>
       <c r="B54" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="C54" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="D54" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="E54" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="F54" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="G54" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="H54" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="I54" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
-        <v>57</v>
+        <v>518</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>4191</v>
       </c>
       <c r="B55" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="C55" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="D55" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="E55" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="F55" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="G55" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="H55" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="I55" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="J55" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K55" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L55" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M55" t="s">
-        <v>57</v>
+        <v>276</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>4196</v>
       </c>
       <c r="B56" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="C56" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="E56" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="F56" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="G56" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="H56" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="I56" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>4202</v>
       </c>
       <c r="B57" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="C57" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="D57" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="E57" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="F57" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="G57" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="H57" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="I57" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>4204</v>
       </c>
       <c r="B58" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="C58" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="D58" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="E58" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="F58" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="G58" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="H58" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="I58" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>67</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>68</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>4304</v>
       </c>
       <c r="B59" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="C59" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="D59" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="E59" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="F59" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="G59" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="H59" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="I59" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
         <v>25</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
         <v>27</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>4309</v>
       </c>
       <c r="B60" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="C60" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="D60" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="E60" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="F60" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="G60" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="H60" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="I60" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>87</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>88</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>4314</v>
       </c>
       <c r="B61" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C61" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="D61" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="E61" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="F61" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="G61" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="H61" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="I61" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
         <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
         <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>4319</v>
       </c>
       <c r="B62" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="C62" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="D62" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="E62" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="F62" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="G62" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="H62" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="I62" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
         <v>87</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
         <v>88</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>4322</v>
       </c>
       <c r="B63" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="C63" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="D63" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="E63" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="F63" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="G63" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="H63" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="I63" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>27</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>4555</v>
       </c>
       <c r="B64" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="C64" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="D64" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="E64" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="F64" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="G64" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="H64" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="I64" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>87</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>88</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>4560</v>
       </c>
       <c r="B65" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="C65" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="D65" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="E65" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="F65" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="G65" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="H65" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="I65" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>4563</v>
       </c>
       <c r="B66" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="C66" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="D66" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="E66" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="F66" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="G66" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="H66" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="I66" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>87</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>88</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>4709</v>
       </c>
       <c r="B67" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="C67" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="D67" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="E67" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="F67" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="G67" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="H67" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="I67" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>67</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>68</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>4711</v>
       </c>
       <c r="B68" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="C68" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="D68" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="E68" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="F68" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="G68" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="H68" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="I68" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>185</v>
+        <v>646</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>4721</v>
       </c>
       <c r="B69" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="C69" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="D69" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="E69" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="F69" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="G69" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="H69" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="I69" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>185</v>
+        <v>657</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>4725</v>
       </c>
       <c r="B70" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="C70" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="D70" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="E70" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="F70" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="G70" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="H70" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="I70" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>4792</v>
       </c>
       <c r="B71" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="C71" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="D71" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="E71" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="F71" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="G71" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="H71" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="I71" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
         <v>25</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>4810</v>
       </c>
       <c r="B72" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="C72" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="D72" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="E72" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="F72" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="G72" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="H72" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="I72" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
         <v>87</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
         <v>88</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>4811</v>
       </c>
       <c r="B73" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="C73" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="D73" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="E73" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="F73" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="G73" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="H73" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="I73" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>57</v>
+        <v>695</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>4817</v>
       </c>
       <c r="B74" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="C74" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="D74" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="E74" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="F74" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="G74" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="H74" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="I74" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
         <v>25</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
         <v>27</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>4935</v>
       </c>
       <c r="B75" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
       <c r="C75" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
       <c r="D75" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
       <c r="E75" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
       <c r="F75" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
       <c r="G75" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
       <c r="H75" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="I75" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>88</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>4947</v>
       </c>
       <c r="B76" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="C76" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="D76" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="E76" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="F76" t="s">
-        <v>711</v>
+        <v>720</v>
       </c>
       <c r="G76" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
       <c r="H76" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="I76" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>67</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>68</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>4965</v>
       </c>
       <c r="B77" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="C77" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="D77" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
       <c r="E77" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="F77" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="G77" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="H77" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="I77" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
-        <v>88</v>
+        <v>734</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>5273</v>
       </c>
       <c r="B78" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
       <c r="C78" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="D78" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="E78" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="F78" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="G78" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
       <c r="H78" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="I78" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>185</v>
+        <v>745</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>735</v>
+        <v>746</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>5326</v>
       </c>
       <c r="B79" t="s">
-        <v>736</v>
+        <v>747</v>
       </c>
       <c r="C79" t="s">
-        <v>737</v>
+        <v>748</v>
       </c>
       <c r="D79" t="s">
-        <v>738</v>
+        <v>749</v>
       </c>
       <c r="E79" t="s">
-        <v>739</v>
+        <v>750</v>
       </c>
       <c r="F79" t="s">
-        <v>740</v>
+        <v>751</v>
       </c>
       <c r="G79" t="s">
-        <v>741</v>
+        <v>752</v>
       </c>
       <c r="H79" t="s">
-        <v>742</v>
+        <v>753</v>
       </c>
       <c r="I79" t="s">
-        <v>743</v>
+        <v>754</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
         <v>87</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>88</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>5330</v>
       </c>
       <c r="B80" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="C80" t="s">
-        <v>746</v>
+        <v>757</v>
       </c>
       <c r="D80" t="s">
-        <v>747</v>
+        <v>758</v>
       </c>
       <c r="E80" t="s">
-        <v>748</v>
+        <v>759</v>
       </c>
       <c r="F80" t="s">
-        <v>749</v>
+        <v>760</v>
       </c>
       <c r="G80" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="H80" t="s">
-        <v>751</v>
+        <v>762</v>
       </c>
       <c r="I80" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
         <v>87</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
         <v>88</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>753</v>
+        <v>764</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>5331</v>
       </c>
       <c r="B81" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="C81" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="D81" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
       <c r="E81" t="s">
-        <v>757</v>
+        <v>768</v>
       </c>
       <c r="F81" t="s">
-        <v>758</v>
+        <v>769</v>
       </c>
       <c r="G81" t="s">
-        <v>759</v>
+        <v>770</v>
       </c>
       <c r="H81" t="s">
-        <v>760</v>
+        <v>771</v>
       </c>
       <c r="I81" t="s">
-        <v>761</v>
+        <v>772</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
         <v>67</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
         <v>68</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>762</v>
+        <v>773</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>5332</v>
       </c>
       <c r="B82" t="s">
-        <v>763</v>
+        <v>774</v>
       </c>
       <c r="C82" t="s">
-        <v>764</v>
+        <v>775</v>
       </c>
       <c r="D82" t="s">
-        <v>765</v>
+        <v>776</v>
       </c>
       <c r="E82" t="s">
-        <v>766</v>
+        <v>777</v>
       </c>
       <c r="F82" t="s">
-        <v>767</v>
+        <v>778</v>
       </c>
       <c r="G82" t="s">
-        <v>768</v>
+        <v>779</v>
       </c>
       <c r="H82" t="s">
-        <v>769</v>
+        <v>780</v>
       </c>
       <c r="I82" t="s">
-        <v>770</v>
+        <v>781</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
         <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
         <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>771</v>
+        <v>782</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>5335</v>
       </c>
       <c r="B83" t="s">
-        <v>772</v>
+        <v>783</v>
       </c>
       <c r="C83" t="s">
-        <v>773</v>
+        <v>784</v>
       </c>
       <c r="D83" t="s">
-        <v>774</v>
+        <v>785</v>
       </c>
       <c r="E83" t="s">
-        <v>775</v>
+        <v>786</v>
       </c>
       <c r="F83" t="s">
-        <v>776</v>
+        <v>787</v>
       </c>
       <c r="G83" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="H83" t="s">
-        <v>778</v>
+        <v>789</v>
       </c>
       <c r="I83" t="s">
-        <v>779</v>
+        <v>790</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>780</v>
+        <v>791</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>5344</v>
       </c>
       <c r="B84" t="s">
-        <v>781</v>
+        <v>792</v>
       </c>
       <c r="C84" t="s">
-        <v>782</v>
+        <v>793</v>
       </c>
       <c r="D84" t="s">
-        <v>783</v>
+        <v>794</v>
       </c>
       <c r="E84" t="s">
-        <v>784</v>
+        <v>795</v>
       </c>
       <c r="F84" t="s">
-        <v>785</v>
+        <v>796</v>
       </c>
       <c r="G84" t="s">
-        <v>786</v>
+        <v>797</v>
       </c>
       <c r="H84" t="s">
-        <v>787</v>
+        <v>798</v>
       </c>
       <c r="I84" t="s">
-        <v>788</v>
+        <v>799</v>
       </c>
       <c r="J84" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K84" t="s">
-        <v>789</v>
+        <v>800</v>
       </c>
       <c r="L84" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M84" t="s">
-        <v>185</v>
+        <v>801</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>790</v>
+        <v>802</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>5346</v>
       </c>
       <c r="B85" t="s">
-        <v>791</v>
+        <v>803</v>
       </c>
       <c r="C85" t="s">
-        <v>792</v>
+        <v>804</v>
       </c>
       <c r="D85" t="s">
-        <v>793</v>
+        <v>805</v>
       </c>
       <c r="E85" t="s">
-        <v>794</v>
+        <v>806</v>
       </c>
       <c r="F85" t="s">
-        <v>795</v>
+        <v>807</v>
       </c>
       <c r="G85" t="s">
-        <v>796</v>
+        <v>808</v>
       </c>
       <c r="H85" t="s">
-        <v>797</v>
+        <v>809</v>
       </c>
       <c r="I85" t="s">
-        <v>798</v>
+        <v>810</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>67</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>68</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>5348</v>
       </c>
       <c r="B86" t="s">
-        <v>800</v>
+        <v>812</v>
       </c>
       <c r="C86" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="D86" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="E86" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
       <c r="F86" t="s">
-        <v>804</v>
+        <v>816</v>
       </c>
       <c r="G86" t="s">
-        <v>805</v>
+        <v>817</v>
       </c>
       <c r="H86" t="s">
-        <v>806</v>
+        <v>818</v>
       </c>
       <c r="I86" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>87</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>88</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>808</v>
+        <v>820</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>5351</v>
       </c>
       <c r="B87" t="s">
-        <v>809</v>
+        <v>821</v>
       </c>
       <c r="C87" t="s">
-        <v>810</v>
+        <v>822</v>
       </c>
       <c r="D87" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="E87" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
       <c r="F87" t="s">
-        <v>813</v>
+        <v>825</v>
       </c>
       <c r="G87" t="s">
-        <v>814</v>
+        <v>826</v>
       </c>
       <c r="H87" t="s">
-        <v>815</v>
+        <v>827</v>
       </c>
       <c r="I87" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>5353</v>
       </c>
       <c r="B88" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
       <c r="C88" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="D88" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
       <c r="E88" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="F88" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
       <c r="G88" t="s">
-        <v>823</v>
+        <v>835</v>
       </c>
       <c r="H88" t="s">
-        <v>824</v>
+        <v>836</v>
       </c>
       <c r="I88" t="s">
-        <v>825</v>
+        <v>837</v>
       </c>
       <c r="J88" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K88" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="L88" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M88" t="s">
-        <v>214</v>
+        <v>296</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>826</v>
+        <v>838</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>5354</v>
       </c>
       <c r="B89" t="s">
-        <v>827</v>
+        <v>839</v>
       </c>
       <c r="C89" t="s">
-        <v>828</v>
+        <v>840</v>
       </c>
       <c r="D89" t="s">
-        <v>829</v>
+        <v>841</v>
       </c>
       <c r="E89" t="s">
-        <v>830</v>
+        <v>842</v>
       </c>
       <c r="F89" t="s">
-        <v>831</v>
+        <v>843</v>
       </c>
       <c r="G89" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
       <c r="H89" t="s">
-        <v>833</v>
+        <v>845</v>
       </c>
       <c r="I89" t="s">
-        <v>834</v>
+        <v>846</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>87</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>88</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>835</v>
+        <v>847</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>5359</v>
       </c>
       <c r="B90" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="C90" t="s">
-        <v>837</v>
+        <v>849</v>
       </c>
       <c r="D90" t="s">
-        <v>838</v>
+        <v>850</v>
       </c>
       <c r="E90" t="s">
-        <v>839</v>
+        <v>851</v>
       </c>
       <c r="F90" t="s">
-        <v>840</v>
+        <v>852</v>
       </c>
       <c r="G90" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="H90" t="s">
-        <v>842</v>
+        <v>854</v>
       </c>
       <c r="I90" t="s">
-        <v>843</v>
+        <v>855</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
         <v>25</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
         <v>27</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>844</v>
+        <v>856</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>5364</v>
       </c>
       <c r="B91" t="s">
-        <v>845</v>
+        <v>857</v>
       </c>
       <c r="C91" t="s">
-        <v>846</v>
+        <v>858</v>
       </c>
       <c r="D91" t="s">
-        <v>847</v>
+        <v>859</v>
       </c>
       <c r="E91" t="s">
-        <v>848</v>
+        <v>860</v>
       </c>
       <c r="F91" t="s">
-        <v>849</v>
+        <v>861</v>
       </c>
       <c r="G91" t="s">
-        <v>850</v>
+        <v>862</v>
       </c>
       <c r="H91" t="s">
-        <v>851</v>
+        <v>863</v>
       </c>
       <c r="I91" t="s">
-        <v>852</v>
+        <v>864</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
         <v>67</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
         <v>68</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>853</v>
+        <v>865</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>5365</v>
       </c>
       <c r="B92" t="s">
-        <v>854</v>
+        <v>866</v>
       </c>
       <c r="C92" t="s">
-        <v>855</v>
+        <v>867</v>
       </c>
       <c r="D92" t="s">
-        <v>856</v>
+        <v>868</v>
       </c>
       <c r="E92" t="s">
-        <v>857</v>
+        <v>869</v>
       </c>
       <c r="F92" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="G92" t="s">
-        <v>859</v>
+        <v>871</v>
       </c>
       <c r="H92" t="s">
-        <v>860</v>
+        <v>872</v>
       </c>
       <c r="I92" t="s">
-        <v>861</v>
+        <v>873</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
         <v>25</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
         <v>27</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>862</v>
+        <v>874</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>5367</v>
       </c>
       <c r="B93" t="s">
-        <v>863</v>
+        <v>875</v>
       </c>
       <c r="C93" t="s">
-        <v>864</v>
+        <v>876</v>
       </c>
       <c r="D93" t="s">
-        <v>865</v>
+        <v>877</v>
       </c>
       <c r="E93" t="s">
-        <v>866</v>
+        <v>878</v>
       </c>
       <c r="F93" t="s">
-        <v>867</v>
+        <v>879</v>
       </c>
       <c r="G93" t="s">
-        <v>868</v>
+        <v>880</v>
       </c>
       <c r="H93" t="s">
-        <v>869</v>
+        <v>881</v>
       </c>
       <c r="I93" t="s">
-        <v>870</v>
+        <v>882</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>871</v>
+        <v>883</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>5368</v>
       </c>
       <c r="B94" t="s">
-        <v>872</v>
+        <v>884</v>
       </c>
       <c r="C94" t="s">
-        <v>873</v>
+        <v>885</v>
       </c>
       <c r="D94" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E94" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F94" t="s">
-        <v>876</v>
+        <v>888</v>
       </c>
       <c r="G94" t="s">
-        <v>877</v>
+        <v>889</v>
       </c>
       <c r="H94" t="s">
-        <v>878</v>
+        <v>890</v>
       </c>
       <c r="I94" t="s">
-        <v>879</v>
+        <v>891</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
         <v>25</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
         <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>880</v>
+        <v>892</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>5372</v>
       </c>
       <c r="B95" t="s">
-        <v>881</v>
+        <v>893</v>
       </c>
       <c r="C95" t="s">
-        <v>882</v>
+        <v>894</v>
       </c>
       <c r="D95" t="s">
-        <v>883</v>
+        <v>895</v>
       </c>
       <c r="E95" t="s">
-        <v>884</v>
+        <v>896</v>
       </c>
       <c r="F95" t="s">
-        <v>885</v>
+        <v>897</v>
       </c>
       <c r="G95" t="s">
-        <v>886</v>
+        <v>898</v>
       </c>
       <c r="H95" t="s">
-        <v>887</v>
+        <v>899</v>
       </c>
       <c r="I95" t="s">
-        <v>888</v>
+        <v>900</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>25</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>889</v>
+        <v>901</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>5375</v>
       </c>
       <c r="B96" t="s">
-        <v>890</v>
+        <v>902</v>
       </c>
       <c r="C96" t="s">
-        <v>891</v>
+        <v>903</v>
       </c>
       <c r="D96" t="s">
-        <v>892</v>
+        <v>904</v>
       </c>
       <c r="E96" t="s">
-        <v>893</v>
+        <v>905</v>
       </c>
       <c r="F96" t="s">
-        <v>894</v>
+        <v>906</v>
       </c>
       <c r="G96" t="s">
-        <v>895</v>
+        <v>907</v>
       </c>
       <c r="H96" t="s">
-        <v>896</v>
+        <v>908</v>
       </c>
       <c r="I96" t="s">
-        <v>897</v>
+        <v>909</v>
       </c>
       <c r="J96" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K96" t="s">
-        <v>898</v>
+        <v>910</v>
       </c>
       <c r="L96" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M96" t="s">
-        <v>185</v>
+        <v>911</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>899</v>
+        <v>912</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>5382</v>
       </c>
       <c r="B97" t="s">
-        <v>900</v>
+        <v>913</v>
       </c>
       <c r="C97" t="s">
-        <v>901</v>
+        <v>914</v>
       </c>
       <c r="D97" t="s">
-        <v>902</v>
+        <v>915</v>
       </c>
       <c r="E97" t="s">
-        <v>903</v>
+        <v>916</v>
       </c>
       <c r="F97" t="s">
-        <v>904</v>
+        <v>917</v>
       </c>
       <c r="G97" t="s">
-        <v>905</v>
+        <v>918</v>
       </c>
       <c r="H97" t="s">
-        <v>906</v>
+        <v>919</v>
       </c>
       <c r="I97" t="s">
-        <v>907</v>
+        <v>920</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
         <v>87</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
         <v>88</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>908</v>
+        <v>921</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>5435</v>
       </c>
       <c r="B98" t="s">
-        <v>909</v>
+        <v>922</v>
       </c>
       <c r="C98" t="s">
-        <v>910</v>
+        <v>923</v>
       </c>
       <c r="D98" t="s">
-        <v>911</v>
+        <v>924</v>
       </c>
       <c r="E98" t="s">
-        <v>912</v>
+        <v>925</v>
       </c>
       <c r="F98" t="s">
-        <v>913</v>
+        <v>926</v>
       </c>
       <c r="G98" t="s">
-        <v>914</v>
+        <v>927</v>
       </c>
       <c r="H98" t="s">
-        <v>915</v>
+        <v>928</v>
       </c>
       <c r="I98" t="s">
-        <v>916</v>
+        <v>929</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>87</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>88</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>917</v>
+        <v>930</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>5437</v>
       </c>
       <c r="B99" t="s">
-        <v>918</v>
+        <v>931</v>
       </c>
       <c r="C99" t="s">
-        <v>919</v>
+        <v>932</v>
       </c>
       <c r="D99" t="s">
-        <v>920</v>
+        <v>933</v>
       </c>
       <c r="E99" t="s">
-        <v>921</v>
+        <v>934</v>
       </c>
       <c r="F99" t="s">
-        <v>922</v>
+        <v>935</v>
       </c>
       <c r="G99" t="s">
-        <v>923</v>
+        <v>936</v>
       </c>
       <c r="H99" t="s">
-        <v>924</v>
+        <v>937</v>
       </c>
       <c r="I99" t="s">
-        <v>925</v>
+        <v>938</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>25</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>27</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>926</v>
+        <v>939</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>5439</v>
       </c>
       <c r="B100" t="s">
-        <v>927</v>
+        <v>940</v>
       </c>
       <c r="C100" t="s">
-        <v>928</v>
+        <v>941</v>
       </c>
       <c r="D100" t="s">
-        <v>929</v>
+        <v>942</v>
       </c>
       <c r="E100" t="s">
-        <v>930</v>
+        <v>943</v>
       </c>
       <c r="F100" t="s">
-        <v>931</v>
+        <v>944</v>
       </c>
       <c r="G100" t="s">
-        <v>932</v>
+        <v>945</v>
       </c>
       <c r="H100" t="s">
-        <v>933</v>
+        <v>946</v>
       </c>
       <c r="I100" t="s">
-        <v>934</v>
+        <v>947</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>935</v>
+        <v>948</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>5474</v>
       </c>
       <c r="B101" t="s">
-        <v>936</v>
+        <v>949</v>
       </c>
       <c r="C101" t="s">
-        <v>937</v>
+        <v>950</v>
       </c>
       <c r="D101" t="s">
-        <v>938</v>
+        <v>951</v>
       </c>
       <c r="E101" t="s">
-        <v>939</v>
+        <v>952</v>
       </c>
       <c r="F101" t="s">
-        <v>940</v>
+        <v>953</v>
       </c>
       <c r="G101" t="s">
-        <v>941</v>
+        <v>954</v>
       </c>
       <c r="H101" t="s">
-        <v>942</v>
+        <v>955</v>
       </c>
       <c r="I101" t="s">
-        <v>943</v>
+        <v>956</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>944</v>
+        <v>957</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>5475</v>
       </c>
       <c r="B102" t="s">
-        <v>945</v>
+        <v>958</v>
       </c>
       <c r="C102" t="s">
-        <v>946</v>
+        <v>959</v>
       </c>
       <c r="D102" t="s">
-        <v>947</v>
+        <v>960</v>
       </c>
       <c r="E102" t="s">
-        <v>948</v>
+        <v>961</v>
       </c>
       <c r="F102" t="s">
-        <v>949</v>
+        <v>962</v>
       </c>
       <c r="G102" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="H102" t="s">
-        <v>951</v>
+        <v>964</v>
       </c>
       <c r="I102" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>87</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>88</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>953</v>
+        <v>966</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>5476</v>
       </c>
       <c r="B103" t="s">
-        <v>954</v>
+        <v>967</v>
       </c>
       <c r="C103" t="s">
-        <v>955</v>
+        <v>968</v>
       </c>
       <c r="D103" t="s">
-        <v>956</v>
+        <v>969</v>
       </c>
       <c r="E103" t="s">
-        <v>957</v>
+        <v>970</v>
       </c>
       <c r="F103" t="s">
-        <v>958</v>
+        <v>971</v>
       </c>
       <c r="G103" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
       <c r="H103" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
       <c r="I103" t="s">
-        <v>961</v>
+        <v>974</v>
       </c>
       <c r="J103" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
       <c r="K103" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L103" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="M103" t="s">
-        <v>57</v>
+        <v>276</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>5478</v>
       </c>
       <c r="B104" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="C104" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="D104" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
       <c r="E104" t="s">
-        <v>968</v>
+        <v>981</v>
       </c>
       <c r="F104" t="s">
-        <v>969</v>
+        <v>982</v>
       </c>
       <c r="G104" t="s">
-        <v>970</v>
+        <v>983</v>
       </c>
       <c r="H104" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="I104" t="s">
-        <v>972</v>
+        <v>985</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>973</v>
+        <v>986</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>5496</v>
       </c>
       <c r="B105" t="s">
-        <v>974</v>
+        <v>987</v>
       </c>
       <c r="C105" t="s">
-        <v>975</v>
+        <v>988</v>
       </c>
       <c r="D105" t="s">
-        <v>976</v>
+        <v>989</v>
       </c>
       <c r="E105" t="s">
-        <v>977</v>
+        <v>990</v>
       </c>
       <c r="F105" t="s">
-        <v>978</v>
+        <v>991</v>
       </c>
       <c r="G105" t="s">
-        <v>979</v>
+        <v>992</v>
       </c>
       <c r="H105" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="I105" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
       <c r="J105" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
       <c r="K105" t="s">
-        <v>983</v>
+        <v>996</v>
       </c>
       <c r="L105" t="s">
-        <v>26</v>
+        <v>997</v>
       </c>
       <c r="M105" t="s">
-        <v>185</v>
+        <v>998</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>984</v>
+        <v>999</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>5507</v>
       </c>
       <c r="B106" t="s">
-        <v>985</v>
+        <v>1000</v>
       </c>
       <c r="C106" t="s">
-        <v>986</v>
+        <v>1001</v>
       </c>
       <c r="D106" t="s">
-        <v>987</v>
+        <v>1002</v>
       </c>
       <c r="E106" t="s">
-        <v>988</v>
+        <v>1003</v>
       </c>
       <c r="F106" t="s">
-        <v>989</v>
+        <v>1004</v>
       </c>
       <c r="G106" t="s">
-        <v>990</v>
+        <v>1005</v>
       </c>
       <c r="H106" t="s">
-        <v>991</v>
+        <v>1006</v>
       </c>
       <c r="I106" t="s">
-        <v>992</v>
+        <v>1007</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>5509</v>
       </c>
       <c r="B107" t="s">
-        <v>994</v>
+        <v>1009</v>
       </c>
       <c r="C107" t="s">
-        <v>995</v>
+        <v>1010</v>
       </c>
       <c r="D107" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="E107" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="F107" t="s">
-        <v>998</v>
+        <v>1013</v>
       </c>
       <c r="G107" t="s">
-        <v>999</v>
+        <v>1014</v>
       </c>
       <c r="H107" t="s">
-        <v>1000</v>
+        <v>1015</v>
       </c>
       <c r="I107" t="s">
-        <v>1001</v>
+        <v>1016</v>
       </c>
       <c r="J107" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K107" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="L107" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M107" t="s">
-        <v>185</v>
+        <v>657</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>1002</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>5512</v>
       </c>
       <c r="B108" t="s">
-        <v>1003</v>
+        <v>1018</v>
       </c>
       <c r="C108" t="s">
-        <v>1004</v>
+        <v>1019</v>
       </c>
       <c r="D108" t="s">
-        <v>1005</v>
+        <v>1020</v>
       </c>
       <c r="E108" t="s">
-        <v>1006</v>
+        <v>1021</v>
       </c>
       <c r="F108" t="s">
-        <v>1007</v>
+        <v>1022</v>
       </c>
       <c r="G108" t="s">
-        <v>1008</v>
+        <v>1023</v>
       </c>
       <c r="H108" t="s">
-        <v>1009</v>
+        <v>1024</v>
       </c>
       <c r="I108" t="s">
-        <v>1010</v>
+        <v>1025</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>87</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>88</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1011</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>5514</v>
       </c>
       <c r="B109" t="s">
-        <v>1012</v>
+        <v>1027</v>
       </c>
       <c r="C109" t="s">
-        <v>1013</v>
+        <v>1028</v>
       </c>
       <c r="D109" t="s">
-        <v>1014</v>
+        <v>1029</v>
       </c>
       <c r="E109" t="s">
-        <v>1015</v>
+        <v>1030</v>
       </c>
       <c r="F109" t="s">
-        <v>1016</v>
+        <v>1031</v>
       </c>
       <c r="G109" t="s">
-        <v>1017</v>
+        <v>1032</v>
       </c>
       <c r="H109" t="s">
-        <v>1018</v>
+        <v>1033</v>
       </c>
       <c r="I109" t="s">
-        <v>1019</v>
+        <v>1034</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>1020</v>
+        <v>1035</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>57</v>
+        <v>695</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1021</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>5516</v>
       </c>
       <c r="B110" t="s">
-        <v>1022</v>
+        <v>1037</v>
       </c>
       <c r="C110" t="s">
-        <v>1023</v>
+        <v>1038</v>
       </c>
       <c r="D110" t="s">
-        <v>1024</v>
+        <v>1039</v>
       </c>
       <c r="E110" t="s">
-        <v>1025</v>
+        <v>1040</v>
       </c>
       <c r="F110" t="s">
-        <v>1026</v>
+        <v>1041</v>
       </c>
       <c r="G110" t="s">
-        <v>1027</v>
+        <v>1042</v>
       </c>
       <c r="H110" t="s">
-        <v>1028</v>
+        <v>1043</v>
       </c>
       <c r="I110" t="s">
-        <v>1029</v>
+        <v>1044</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1030</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>5517</v>
       </c>
       <c r="B111" t="s">
-        <v>1031</v>
+        <v>1046</v>
       </c>
       <c r="C111" t="s">
-        <v>1032</v>
+        <v>1047</v>
       </c>
       <c r="D111" t="s">
-        <v>1033</v>
+        <v>1048</v>
       </c>
       <c r="E111" t="s">
-        <v>1034</v>
+        <v>1049</v>
       </c>
       <c r="F111" t="s">
-        <v>1035</v>
+        <v>1050</v>
       </c>
       <c r="G111" t="s">
-        <v>1036</v>
+        <v>1051</v>
       </c>
       <c r="H111" t="s">
-        <v>1037</v>
+        <v>1052</v>
       </c>
       <c r="I111" t="s">
-        <v>1038</v>
+        <v>1053</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1039</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>5518</v>
       </c>
       <c r="B112" t="s">
-        <v>1040</v>
+        <v>1055</v>
       </c>
       <c r="C112" t="s">
-        <v>1041</v>
+        <v>1056</v>
       </c>
       <c r="D112" t="s">
-        <v>1042</v>
+        <v>1057</v>
       </c>
       <c r="E112" t="s">
-        <v>1043</v>
+        <v>1058</v>
       </c>
       <c r="F112" t="s">
-        <v>1044</v>
+        <v>1059</v>
       </c>
       <c r="G112" t="s">
-        <v>1045</v>
+        <v>1060</v>
       </c>
       <c r="H112" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="I112" t="s">
-        <v>1047</v>
+        <v>1062</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1048</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>5545</v>
       </c>
       <c r="B113" t="s">
-        <v>1049</v>
+        <v>1064</v>
       </c>
       <c r="C113" t="s">
-        <v>1050</v>
+        <v>1065</v>
       </c>
       <c r="D113" t="s">
-        <v>1051</v>
+        <v>1066</v>
       </c>
       <c r="E113" t="s">
-        <v>1052</v>
+        <v>1067</v>
       </c>
       <c r="F113" t="s">
-        <v>1053</v>
+        <v>1068</v>
       </c>
       <c r="G113" t="s">
-        <v>1054</v>
+        <v>1069</v>
       </c>
       <c r="H113" t="s">
-        <v>1055</v>
+        <v>1070</v>
       </c>
       <c r="I113" t="s">
-        <v>1056</v>
+        <v>1071</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>87</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>88</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1057</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>5657</v>
       </c>
       <c r="B114" t="s">
-        <v>1058</v>
+        <v>1073</v>
       </c>
       <c r="C114" t="s">
-        <v>1059</v>
+        <v>1074</v>
       </c>
       <c r="D114" t="s">
-        <v>1060</v>
+        <v>1075</v>
       </c>
       <c r="E114" t="s">
-        <v>1061</v>
+        <v>1076</v>
       </c>
       <c r="F114" t="s">
-        <v>1062</v>
+        <v>1077</v>
       </c>
       <c r="G114" t="s">
-        <v>1063</v>
+        <v>1078</v>
       </c>
       <c r="H114" t="s">
-        <v>1064</v>
+        <v>1079</v>
       </c>
       <c r="I114" t="s">
-        <v>1065</v>
+        <v>1080</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1066</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>5733</v>
       </c>
       <c r="B115" t="s">
-        <v>1067</v>
+        <v>1082</v>
       </c>
       <c r="C115" t="s">
-        <v>1068</v>
+        <v>1083</v>
       </c>
       <c r="D115" t="s">
-        <v>1069</v>
+        <v>1084</v>
       </c>
       <c r="E115" t="s">
-        <v>1070</v>
+        <v>1085</v>
       </c>
       <c r="F115" t="s">
-        <v>1071</v>
+        <v>1086</v>
       </c>
       <c r="G115" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="H115" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
       <c r="I115" t="s">
-        <v>1074</v>
+        <v>1089</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>67</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>68</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1075</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
         <v>5792</v>
       </c>
       <c r="B116" t="s">
-        <v>1076</v>
+        <v>1091</v>
       </c>
       <c r="C116" t="s">
-        <v>1077</v>
+        <v>1092</v>
       </c>
       <c r="D116" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="E116" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="F116" t="s">
-        <v>1080</v>
+        <v>1095</v>
       </c>
       <c r="G116" t="s">
-        <v>1081</v>
+        <v>1096</v>
       </c>
       <c r="H116" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
       <c r="I116" t="s">
-        <v>1083</v>
+        <v>1098</v>
       </c>
       <c r="J116" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K116" t="s">
-        <v>1084</v>
+        <v>1099</v>
       </c>
       <c r="L116" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M116" t="s">
-        <v>57</v>
+        <v>1100</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1085</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
         <v>5794</v>
       </c>
       <c r="B117" t="s">
-        <v>1086</v>
+        <v>1102</v>
       </c>
       <c r="C117" t="s">
-        <v>1087</v>
+        <v>1103</v>
       </c>
       <c r="D117" t="s">
-        <v>1088</v>
+        <v>1104</v>
       </c>
       <c r="E117" t="s">
-        <v>1089</v>
+        <v>1105</v>
       </c>
       <c r="F117" t="s">
-        <v>1090</v>
+        <v>1106</v>
       </c>
       <c r="G117" t="s">
-        <v>1091</v>
+        <v>1107</v>
       </c>
       <c r="H117" t="s">
-        <v>1092</v>
+        <v>1108</v>
       </c>
       <c r="I117" t="s">
-        <v>1093</v>
+        <v>1109</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>87</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>88</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1094</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>5796</v>
       </c>
       <c r="B118" t="s">
-        <v>1095</v>
+        <v>1111</v>
       </c>
       <c r="C118" t="s">
-        <v>1096</v>
+        <v>1112</v>
       </c>
       <c r="D118" t="s">
-        <v>1097</v>
+        <v>1113</v>
       </c>
       <c r="E118" t="s">
-        <v>1098</v>
+        <v>1114</v>
       </c>
       <c r="F118" t="s">
-        <v>1099</v>
+        <v>1115</v>
       </c>
       <c r="G118" t="s">
-        <v>1100</v>
+        <v>1116</v>
       </c>
       <c r="H118" t="s">
-        <v>1101</v>
+        <v>1117</v>
       </c>
       <c r="I118" t="s">
-        <v>1102</v>
+        <v>1118</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>87</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>88</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1103</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>5798</v>
       </c>
       <c r="B119" t="s">
-        <v>1104</v>
+        <v>1120</v>
       </c>
       <c r="C119" t="s">
-        <v>1105</v>
+        <v>1121</v>
       </c>
       <c r="D119" t="s">
-        <v>1106</v>
+        <v>1122</v>
       </c>
       <c r="E119" t="s">
-        <v>1107</v>
+        <v>1123</v>
       </c>
       <c r="F119" t="s">
-        <v>1108</v>
+        <v>1124</v>
       </c>
       <c r="G119" t="s">
-        <v>1109</v>
+        <v>1125</v>
       </c>
       <c r="H119" t="s">
-        <v>1110</v>
+        <v>1126</v>
       </c>
       <c r="I119" t="s">
-        <v>1111</v>
+        <v>1127</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>87</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>88</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1112</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>5799</v>
       </c>
       <c r="B120" t="s">
-        <v>1113</v>
+        <v>1129</v>
       </c>
       <c r="C120" t="s">
-        <v>1114</v>
+        <v>1130</v>
       </c>
       <c r="D120" t="s">
-        <v>1115</v>
+        <v>1131</v>
       </c>
       <c r="E120" t="s">
-        <v>1116</v>
+        <v>1132</v>
       </c>
       <c r="F120" t="s">
-        <v>1117</v>
+        <v>1133</v>
       </c>
       <c r="G120" t="s">
-        <v>1118</v>
+        <v>1134</v>
       </c>
       <c r="H120" t="s">
-        <v>1119</v>
+        <v>1135</v>
       </c>
       <c r="I120" t="s">
-        <v>1120</v>
+        <v>1136</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>214</v>
+        <v>296</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1121</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>5803</v>
       </c>
       <c r="B121" t="s">
-        <v>1122</v>
+        <v>1138</v>
       </c>
       <c r="C121" t="s">
-        <v>1123</v>
+        <v>1139</v>
       </c>
       <c r="D121" t="s">
-        <v>1124</v>
+        <v>1140</v>
       </c>
       <c r="E121" t="s">
-        <v>1125</v>
+        <v>1141</v>
       </c>
       <c r="F121" t="s">
-        <v>1126</v>
+        <v>1142</v>
       </c>
       <c r="G121" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
       <c r="H121" t="s">
-        <v>1128</v>
+        <v>1144</v>
       </c>
       <c r="I121" t="s">
-        <v>1129</v>
+        <v>1145</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1130</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>5805</v>
       </c>
       <c r="B122" t="s">
-        <v>1131</v>
+        <v>1147</v>
       </c>
       <c r="C122" t="s">
-        <v>1132</v>
+        <v>1148</v>
       </c>
       <c r="D122" t="s">
-        <v>1133</v>
+        <v>1149</v>
       </c>
       <c r="E122" t="s">
-        <v>1134</v>
+        <v>1150</v>
       </c>
       <c r="F122" t="s">
-        <v>1135</v>
+        <v>1151</v>
       </c>
       <c r="G122" t="s">
-        <v>1136</v>
+        <v>1152</v>
       </c>
       <c r="H122" t="s">
-        <v>1137</v>
+        <v>1153</v>
       </c>
       <c r="I122" t="s">
-        <v>1138</v>
+        <v>1154</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
         <v>25</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
         <v>27</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1139</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>5811</v>
       </c>
       <c r="B123" t="s">
-        <v>1140</v>
+        <v>1156</v>
       </c>
       <c r="C123" t="s">
-        <v>1141</v>
+        <v>1157</v>
       </c>
       <c r="D123" t="s">
-        <v>1142</v>
+        <v>1158</v>
       </c>
       <c r="E123" t="s">
-        <v>1143</v>
+        <v>1159</v>
       </c>
       <c r="F123" t="s">
-        <v>1144</v>
+        <v>1160</v>
       </c>
       <c r="G123" t="s">
-        <v>1145</v>
+        <v>1161</v>
       </c>
       <c r="H123" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="I123" t="s">
-        <v>1147</v>
+        <v>1163</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>25</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>27</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1148</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>5830</v>
       </c>
       <c r="B124" t="s">
-        <v>1149</v>
+        <v>1165</v>
       </c>
       <c r="C124" t="s">
-        <v>1150</v>
+        <v>1166</v>
       </c>
       <c r="D124" t="s">
-        <v>1151</v>
+        <v>1167</v>
       </c>
       <c r="E124" t="s">
-        <v>1152</v>
+        <v>1168</v>
       </c>
       <c r="F124" t="s">
-        <v>1153</v>
+        <v>1169</v>
       </c>
       <c r="G124" t="s">
-        <v>1154</v>
+        <v>1170</v>
       </c>
       <c r="H124" t="s">
-        <v>1155</v>
+        <v>1171</v>
       </c>
       <c r="I124" t="s">
-        <v>1156</v>
+        <v>1172</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
         <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1157</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>5866</v>
       </c>
       <c r="B125" t="s">
-        <v>1158</v>
+        <v>1174</v>
       </c>
       <c r="C125" t="s">
-        <v>1159</v>
+        <v>1175</v>
       </c>
       <c r="D125" t="s">
-        <v>1160</v>
+        <v>1176</v>
       </c>
       <c r="E125" t="s">
-        <v>1161</v>
+        <v>1177</v>
       </c>
       <c r="F125" t="s">
-        <v>1162</v>
+        <v>1178</v>
       </c>
       <c r="G125" t="s">
-        <v>1163</v>
+        <v>1179</v>
       </c>
       <c r="H125" t="s">
-        <v>1164</v>
+        <v>1180</v>
       </c>
       <c r="I125" t="s">
-        <v>1165</v>
+        <v>1181</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1166</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>5907</v>
       </c>
       <c r="B126" t="s">
-        <v>1167</v>
+        <v>1183</v>
       </c>
       <c r="C126" t="s">
-        <v>1168</v>
+        <v>1184</v>
       </c>
       <c r="D126" t="s">
-        <v>1169</v>
+        <v>1185</v>
       </c>
       <c r="E126" t="s">
-        <v>1170</v>
+        <v>1186</v>
       </c>
       <c r="F126" t="s">
-        <v>1171</v>
+        <v>1187</v>
       </c>
       <c r="G126" t="s">
-        <v>1172</v>
+        <v>1188</v>
       </c>
       <c r="H126" t="s">
-        <v>1173</v>
+        <v>1189</v>
       </c>
       <c r="I126" t="s">
-        <v>1174</v>
+        <v>1190</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
         <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
         <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1175</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>5913</v>
       </c>
       <c r="B127" t="s">
-        <v>1176</v>
+        <v>1192</v>
       </c>
       <c r="C127" t="s">
-        <v>1177</v>
+        <v>1193</v>
       </c>
       <c r="D127" t="s">
-        <v>1178</v>
+        <v>1194</v>
       </c>
       <c r="E127" t="s">
-        <v>1179</v>
+        <v>1195</v>
       </c>
       <c r="F127" t="s">
-        <v>1180</v>
+        <v>1196</v>
       </c>
       <c r="G127" t="s">
-        <v>1181</v>
+        <v>1197</v>
       </c>
       <c r="H127" t="s">
-        <v>1182</v>
+        <v>1198</v>
       </c>
       <c r="I127" t="s">
-        <v>1183</v>
+        <v>1199</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>67</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>68</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1184</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>5932</v>
       </c>
       <c r="B128" t="s">
-        <v>1185</v>
+        <v>1201</v>
       </c>
       <c r="C128" t="s">
-        <v>1186</v>
+        <v>1202</v>
       </c>
       <c r="D128" t="s">
-        <v>1187</v>
+        <v>1203</v>
       </c>
       <c r="E128" t="s">
-        <v>1188</v>
+        <v>1204</v>
       </c>
       <c r="F128" t="s">
-        <v>1189</v>
+        <v>1205</v>
       </c>
       <c r="G128" t="s">
-        <v>1190</v>
+        <v>1206</v>
       </c>
       <c r="H128" t="s">
-        <v>1191</v>
+        <v>1207</v>
       </c>
       <c r="I128" t="s">
-        <v>1192</v>
+        <v>1208</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>87</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>88</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1193</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>5934</v>
       </c>
       <c r="B129" t="s">
-        <v>1194</v>
+        <v>1210</v>
       </c>
       <c r="C129" t="s">
-        <v>1195</v>
+        <v>1211</v>
       </c>
       <c r="D129" t="s">
-        <v>1196</v>
+        <v>1212</v>
       </c>
       <c r="E129" t="s">
-        <v>1197</v>
+        <v>1213</v>
       </c>
       <c r="F129" t="s">
-        <v>1198</v>
+        <v>1214</v>
       </c>
       <c r="G129" t="s">
-        <v>1199</v>
+        <v>1215</v>
       </c>
       <c r="H129" t="s">
-        <v>1200</v>
+        <v>1216</v>
       </c>
       <c r="I129" t="s">
-        <v>1201</v>
+        <v>1217</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>87</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>88</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1202</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>5953</v>
       </c>
       <c r="B130" t="s">
-        <v>1203</v>
+        <v>1219</v>
       </c>
       <c r="C130" t="s">
-        <v>1204</v>
+        <v>1220</v>
       </c>
       <c r="D130" t="s">
-        <v>1205</v>
+        <v>1221</v>
       </c>
       <c r="E130" t="s">
-        <v>1206</v>
+        <v>1222</v>
       </c>
       <c r="F130" t="s">
-        <v>1207</v>
+        <v>1223</v>
       </c>
       <c r="G130" t="s">
-        <v>1208</v>
+        <v>1224</v>
       </c>
       <c r="H130" t="s">
-        <v>1209</v>
+        <v>1225</v>
       </c>
       <c r="I130" t="s">
-        <v>1210</v>
+        <v>1226</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>1211</v>
+        <v>1227</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>68</v>
+        <v>1228</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1212</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>5981</v>
       </c>
       <c r="B131" t="s">
-        <v>1213</v>
+        <v>1230</v>
       </c>
       <c r="C131" t="s">
-        <v>1214</v>
+        <v>1231</v>
       </c>
       <c r="D131" t="s">
-        <v>1215</v>
+        <v>1232</v>
       </c>
       <c r="E131" t="s">
-        <v>1216</v>
+        <v>1233</v>
       </c>
       <c r="F131" t="s">
-        <v>1217</v>
+        <v>1234</v>
       </c>
       <c r="G131" t="s">
-        <v>1218</v>
+        <v>1235</v>
       </c>
       <c r="H131" t="s">
-        <v>1219</v>
+        <v>1236</v>
       </c>
       <c r="I131" t="s">
-        <v>1220</v>
+        <v>1237</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>1222</v>
+        <v>1239</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1223</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>5986</v>
       </c>
       <c r="B132" t="s">
-        <v>1224</v>
+        <v>1241</v>
       </c>
       <c r="C132" t="s">
-        <v>1225</v>
+        <v>1242</v>
       </c>
       <c r="D132" t="s">
-        <v>1226</v>
+        <v>1243</v>
       </c>
       <c r="E132" t="s">
-        <v>1227</v>
+        <v>1244</v>
       </c>
       <c r="F132" t="s">
-        <v>1228</v>
+        <v>1245</v>
       </c>
       <c r="G132" t="s">
-        <v>1229</v>
+        <v>1246</v>
       </c>
       <c r="H132" t="s">
-        <v>1230</v>
+        <v>1247</v>
       </c>
       <c r="I132" t="s">
-        <v>1231</v>
+        <v>1248</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
         <v>87</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>88</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1232</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>5989</v>
       </c>
       <c r="B133" t="s">
-        <v>1233</v>
+        <v>1250</v>
       </c>
       <c r="C133" t="s">
-        <v>1234</v>
+        <v>1251</v>
       </c>
       <c r="D133" t="s">
-        <v>1235</v>
+        <v>1252</v>
       </c>
       <c r="E133" t="s">
-        <v>1236</v>
+        <v>1253</v>
       </c>
       <c r="F133" t="s">
-        <v>1237</v>
+        <v>1254</v>
       </c>
       <c r="G133" t="s">
-        <v>1238</v>
+        <v>1255</v>
       </c>
       <c r="H133" t="s">
-        <v>1239</v>
+        <v>1256</v>
       </c>
       <c r="I133" t="s">
-        <v>1240</v>
+        <v>1257</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
-        <v>185</v>
+        <v>745</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1241</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>6021</v>
       </c>
       <c r="B134" t="s">
-        <v>1242</v>
+        <v>1259</v>
       </c>
       <c r="C134" t="s">
-        <v>1243</v>
+        <v>1260</v>
       </c>
       <c r="D134" t="s">
-        <v>1244</v>
+        <v>1261</v>
       </c>
       <c r="E134" t="s">
-        <v>1245</v>
+        <v>1262</v>
       </c>
       <c r="F134" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
       <c r="G134" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
       <c r="H134" t="s">
-        <v>1248</v>
+        <v>1265</v>
       </c>
       <c r="I134" t="s">
-        <v>1249</v>
+        <v>1266</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1250</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>6049</v>
       </c>
       <c r="B135" t="s">
-        <v>1251</v>
+        <v>1268</v>
       </c>
       <c r="C135" t="s">
-        <v>1252</v>
+        <v>1269</v>
       </c>
       <c r="D135" t="s">
-        <v>1253</v>
+        <v>1270</v>
       </c>
       <c r="E135" t="s">
-        <v>1254</v>
+        <v>1271</v>
       </c>
       <c r="F135" t="s">
-        <v>1255</v>
+        <v>1272</v>
       </c>
       <c r="G135" t="s">
-        <v>1256</v>
+        <v>1273</v>
       </c>
       <c r="H135" t="s">
-        <v>1257</v>
+        <v>1274</v>
       </c>
       <c r="I135" t="s">
-        <v>1258</v>
+        <v>1275</v>
       </c>
       <c r="J135" t="s">
-        <v>1259</v>
+        <v>1276</v>
       </c>
       <c r="K135" t="s">
-        <v>1260</v>
+        <v>1277</v>
       </c>
       <c r="L135" t="s">
-        <v>1261</v>
+        <v>1278</v>
       </c>
       <c r="M135" t="s">
-        <v>1262</v>
+        <v>1279</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1263</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>6180</v>
       </c>
       <c r="B136" t="s">
-        <v>1264</v>
+        <v>1281</v>
       </c>
       <c r="C136" t="s">
-        <v>1265</v>
+        <v>1282</v>
       </c>
       <c r="D136" t="s">
-        <v>1266</v>
+        <v>1283</v>
       </c>
       <c r="E136" t="s">
-        <v>1267</v>
+        <v>1284</v>
       </c>
       <c r="F136" t="s">
-        <v>1268</v>
+        <v>1285</v>
       </c>
       <c r="G136" t="s">
-        <v>1269</v>
+        <v>1286</v>
       </c>
       <c r="H136" t="s">
-        <v>1270</v>
+        <v>1287</v>
       </c>
       <c r="I136" t="s">
-        <v>1271</v>
+        <v>1288</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1272</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
         <v>6203</v>
       </c>
       <c r="B137" t="s">
-        <v>1273</v>
+        <v>1290</v>
       </c>
       <c r="C137" t="s">
-        <v>1274</v>
+        <v>1291</v>
       </c>
       <c r="D137" t="s">
-        <v>1275</v>
+        <v>1292</v>
       </c>
       <c r="E137" t="s">
-        <v>1276</v>
+        <v>1293</v>
       </c>
       <c r="F137" t="s">
-        <v>1277</v>
+        <v>1294</v>
       </c>
       <c r="G137" t="s">
-        <v>1278</v>
+        <v>1295</v>
       </c>
       <c r="H137" t="s">
-        <v>1279</v>
+        <v>1296</v>
       </c>
       <c r="I137" t="s">
-        <v>1280</v>
+        <v>1297</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>87</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>88</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1281</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
         <v>6208</v>
       </c>
       <c r="B138" t="s">
-        <v>1282</v>
+        <v>1299</v>
       </c>
       <c r="C138" t="s">
-        <v>1283</v>
+        <v>1300</v>
       </c>
       <c r="D138" t="s">
-        <v>1284</v>
+        <v>1301</v>
       </c>
       <c r="E138" t="s">
-        <v>1285</v>
+        <v>1302</v>
       </c>
       <c r="F138" t="s">
-        <v>1286</v>
+        <v>1303</v>
       </c>
       <c r="G138" t="s">
-        <v>1287</v>
+        <v>1304</v>
       </c>
       <c r="H138" t="s">
-        <v>1288</v>
+        <v>1305</v>
       </c>
       <c r="I138" t="s">
-        <v>1289</v>
+        <v>1306</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
         <v>87</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>88</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1290</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
         <v>6211</v>
       </c>
       <c r="B139" t="s">
-        <v>1291</v>
+        <v>1308</v>
       </c>
       <c r="C139" t="s">
-        <v>1292</v>
+        <v>1309</v>
       </c>
       <c r="D139" t="s">
-        <v>1293</v>
+        <v>1310</v>
       </c>
       <c r="E139" t="s">
-        <v>1294</v>
+        <v>1311</v>
       </c>
       <c r="F139" t="s">
-        <v>1295</v>
+        <v>1312</v>
       </c>
       <c r="G139" t="s">
-        <v>1296</v>
+        <v>1313</v>
       </c>
       <c r="H139" t="s">
-        <v>1297</v>
+        <v>1314</v>
       </c>
       <c r="I139" t="s">
-        <v>1298</v>
+        <v>1315</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>87</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>88</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1299</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
         <v>6255</v>
       </c>
       <c r="B140" t="s">
-        <v>1300</v>
+        <v>1317</v>
       </c>
       <c r="C140" t="s">
-        <v>1301</v>
+        <v>1318</v>
       </c>
       <c r="D140" t="s">
-        <v>1302</v>
+        <v>1319</v>
       </c>
       <c r="E140" t="s">
-        <v>1303</v>
+        <v>1320</v>
       </c>
       <c r="F140" t="s">
-        <v>1304</v>
+        <v>1321</v>
       </c>
       <c r="G140" t="s">
-        <v>1305</v>
+        <v>1322</v>
       </c>
       <c r="H140" t="s">
-        <v>1306</v>
+        <v>1323</v>
       </c>
       <c r="I140" t="s">
-        <v>1307</v>
+        <v>1324</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>1308</v>
+        <v>1325</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>68</v>
+        <v>1326</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1309</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
         <v>6261</v>
       </c>
       <c r="B141" t="s">
-        <v>1310</v>
+        <v>1328</v>
       </c>
       <c r="C141" t="s">
-        <v>1311</v>
+        <v>1329</v>
       </c>
       <c r="D141" t="s">
-        <v>1312</v>
+        <v>1330</v>
       </c>
       <c r="E141" t="s">
-        <v>1313</v>
+        <v>1331</v>
       </c>
       <c r="F141" t="s">
-        <v>1314</v>
+        <v>1332</v>
       </c>
       <c r="G141" t="s">
-        <v>1315</v>
+        <v>1333</v>
       </c>
       <c r="H141" t="s">
-        <v>1316</v>
+        <v>1334</v>
       </c>
       <c r="I141" t="s">
-        <v>1317</v>
+        <v>1335</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>67</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>68</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1318</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
         <v>6263</v>
       </c>
       <c r="B142" t="s">
-        <v>1319</v>
+        <v>1337</v>
       </c>
       <c r="C142" t="s">
-        <v>1320</v>
+        <v>1338</v>
       </c>
       <c r="D142" t="s">
-        <v>1321</v>
+        <v>1339</v>
       </c>
       <c r="E142" t="s">
-        <v>1322</v>
+        <v>1340</v>
       </c>
       <c r="F142" t="s">
-        <v>1323</v>
+        <v>1341</v>
       </c>
       <c r="G142" t="s">
-        <v>1324</v>
+        <v>1342</v>
       </c>
       <c r="H142" t="s">
-        <v>1325</v>
+        <v>1343</v>
       </c>
       <c r="I142" t="s">
-        <v>1326</v>
+        <v>1344</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>87</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>88</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1327</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
         <v>6274</v>
       </c>
       <c r="B143" t="s">
-        <v>1328</v>
+        <v>1346</v>
       </c>
       <c r="C143" t="s">
-        <v>1329</v>
+        <v>1347</v>
       </c>
       <c r="D143" t="s">
-        <v>1330</v>
+        <v>1348</v>
       </c>
       <c r="E143" t="s">
-        <v>1331</v>
+        <v>1349</v>
       </c>
       <c r="F143" t="s">
-        <v>1332</v>
+        <v>1350</v>
       </c>
       <c r="G143" t="s">
-        <v>1333</v>
+        <v>1351</v>
       </c>
       <c r="H143" t="s">
-        <v>1334</v>
+        <v>1352</v>
       </c>
       <c r="I143" t="s">
-        <v>1335</v>
+        <v>1353</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1336</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
         <v>6275</v>
       </c>
       <c r="B144" t="s">
-        <v>1337</v>
+        <v>1355</v>
       </c>
       <c r="C144" t="s">
-        <v>1338</v>
+        <v>1356</v>
       </c>
       <c r="D144" t="s">
-        <v>1339</v>
+        <v>1357</v>
       </c>
       <c r="E144" t="s">
-        <v>1340</v>
+        <v>1358</v>
       </c>
       <c r="F144" t="s">
-        <v>1341</v>
+        <v>1359</v>
       </c>
       <c r="G144" t="s">
-        <v>1342</v>
+        <v>1360</v>
       </c>
       <c r="H144" t="s">
-        <v>1343</v>
+        <v>1361</v>
       </c>
       <c r="I144" t="s">
-        <v>1344</v>
+        <v>1362</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>57</v>
+        <v>276</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1345</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
         <v>6460</v>
       </c>
       <c r="B145" t="s">
-        <v>1346</v>
+        <v>1364</v>
       </c>
       <c r="C145" t="s">
-        <v>1347</v>
+        <v>1365</v>
       </c>
       <c r="D145" t="s">
-        <v>1348</v>
+        <v>1366</v>
       </c>
       <c r="E145" t="s">
-        <v>1349</v>
+        <v>1367</v>
       </c>
       <c r="F145" t="s">
-        <v>1350</v>
+        <v>1368</v>
       </c>
       <c r="G145" t="s">
-        <v>1351</v>
+        <v>1369</v>
       </c>
       <c r="H145" t="s">
-        <v>1352</v>
+        <v>1370</v>
       </c>
       <c r="I145" t="s">
-        <v>1353</v>
+        <v>1371</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
         <v>25</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
         <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1354</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
         <v>6468</v>
       </c>
       <c r="B146" t="s">
-        <v>1355</v>
+        <v>1373</v>
       </c>
       <c r="C146" t="s">
-        <v>1356</v>
+        <v>1374</v>
       </c>
       <c r="D146" t="s">
-        <v>1357</v>
+        <v>1375</v>
       </c>
       <c r="E146" t="s">
-        <v>1358</v>
+        <v>1376</v>
       </c>
       <c r="F146" t="s">
-        <v>1359</v>
+        <v>1377</v>
       </c>
       <c r="G146" t="s">
-        <v>1360</v>
+        <v>1378</v>
       </c>
       <c r="H146" t="s">
-        <v>1361</v>
+        <v>1379</v>
       </c>
       <c r="I146" t="s">
-        <v>1362</v>
+        <v>1380</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1363</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
         <v>6761</v>
       </c>
       <c r="B147" t="s">
-        <v>1364</v>
+        <v>1382</v>
       </c>
       <c r="C147" t="s">
-        <v>1365</v>
+        <v>1383</v>
       </c>
       <c r="D147" t="s">
-        <v>1366</v>
+        <v>1384</v>
       </c>
       <c r="E147" t="s">
-        <v>1367</v>
+        <v>1385</v>
       </c>
       <c r="F147" t="s">
-        <v>1368</v>
+        <v>1386</v>
       </c>
       <c r="G147" t="s">
-        <v>1369</v>
+        <v>1387</v>
       </c>
       <c r="H147" t="s">
-        <v>1370</v>
+        <v>1388</v>
       </c>
       <c r="I147" t="s">
-        <v>1371</v>
+        <v>1389</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1372</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
         <v>6763</v>
       </c>
       <c r="B148" t="s">
-        <v>1373</v>
+        <v>1391</v>
       </c>
       <c r="C148" t="s">
-        <v>1374</v>
+        <v>1392</v>
       </c>
       <c r="D148" t="s">
-        <v>1375</v>
+        <v>1393</v>
       </c>
       <c r="E148" t="s">
-        <v>1376</v>
+        <v>1394</v>
       </c>
       <c r="F148" t="s">
-        <v>1377</v>
+        <v>1395</v>
       </c>
       <c r="G148" t="s">
-        <v>1378</v>
+        <v>1396</v>
       </c>
       <c r="H148" t="s">
-        <v>1379</v>
+        <v>1397</v>
       </c>
       <c r="I148" t="s">
-        <v>1380</v>
+        <v>1398</v>
       </c>
       <c r="J148" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K148" t="s">
-        <v>1381</v>
+        <v>1399</v>
       </c>
       <c r="L148" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M148" t="s">
-        <v>57</v>
+        <v>695</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1382</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
         <v>6765</v>
       </c>
       <c r="B149" t="s">
-        <v>1383</v>
+        <v>1401</v>
       </c>
       <c r="C149" t="s">
-        <v>1384</v>
+        <v>1402</v>
       </c>
       <c r="D149" t="s">
-        <v>1385</v>
+        <v>1403</v>
       </c>
       <c r="E149" t="s">
-        <v>1386</v>
+        <v>1404</v>
       </c>
       <c r="F149" t="s">
-        <v>1387</v>
+        <v>1405</v>
       </c>
       <c r="G149" t="s">
-        <v>1388</v>
+        <v>1406</v>
       </c>
       <c r="H149" t="s">
-        <v>1389</v>
+        <v>1407</v>
       </c>
       <c r="I149" t="s">
-        <v>1390</v>
+        <v>1408</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>87</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>88</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1391</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
         <v>8265</v>
       </c>
       <c r="B150" t="s">
-        <v>1392</v>
+        <v>1410</v>
       </c>
       <c r="C150" t="s">
-        <v>1393</v>
+        <v>1411</v>
       </c>
       <c r="D150" t="s">
-        <v>1394</v>
+        <v>1412</v>
       </c>
       <c r="E150" t="s">
-        <v>1395</v>
+        <v>1413</v>
       </c>
       <c r="F150" t="s">
-        <v>1396</v>
+        <v>1414</v>
       </c>
       <c r="G150" t="s">
-        <v>1397</v>
+        <v>1415</v>
       </c>
       <c r="H150" t="s">
-        <v>1398</v>
+        <v>1416</v>
       </c>
       <c r="I150" t="s">
-        <v>1399</v>
+        <v>1417</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>1400</v>
+        <v>1418</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>88</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1401</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
         <v>8289</v>
       </c>
       <c r="B151" t="s">
-        <v>1402</v>
+        <v>1420</v>
       </c>
       <c r="C151" t="s">
-        <v>1403</v>
+        <v>1421</v>
       </c>
       <c r="D151" t="s">
-        <v>1404</v>
+        <v>1422</v>
       </c>
       <c r="E151" t="s">
-        <v>1405</v>
+        <v>1423</v>
       </c>
       <c r="F151" t="s">
-        <v>1406</v>
+        <v>1424</v>
       </c>
       <c r="G151" t="s">
-        <v>1407</v>
+        <v>1425</v>
       </c>
       <c r="H151" t="s">
-        <v>1408</v>
+        <v>1426</v>
       </c>
       <c r="I151" t="s">
-        <v>1409</v>
+        <v>1427</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>1410</v>
+        <v>1428</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>57</v>
+        <v>234</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1411</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
         <v>8402</v>
       </c>
       <c r="B152" t="s">
-        <v>1412</v>
+        <v>1430</v>
       </c>
       <c r="C152" t="s">
-        <v>1413</v>
+        <v>1431</v>
       </c>
       <c r="D152" t="s">
-        <v>1414</v>
+        <v>1432</v>
       </c>
       <c r="E152" t="s">
-        <v>1415</v>
+        <v>1433</v>
       </c>
       <c r="F152" t="s">
-        <v>1416</v>
+        <v>1434</v>
       </c>
       <c r="G152" t="s">
-        <v>1417</v>
+        <v>1435</v>
       </c>
       <c r="H152" t="s">
-        <v>1418</v>
+        <v>1436</v>
       </c>
       <c r="I152" t="s">
-        <v>1419</v>
+        <v>1437</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>1420</v>
+        <v>1438</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>1421</v>
+        <v>1439</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1422</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
         <v>8914</v>
       </c>
       <c r="B153" t="s">
-        <v>1423</v>
+        <v>1441</v>
       </c>
       <c r="C153" t="s">
-        <v>1424</v>
+        <v>1442</v>
       </c>
       <c r="D153" t="s">
-        <v>1425</v>
+        <v>1443</v>
       </c>
       <c r="E153" t="s">
-        <v>1426</v>
+        <v>1444</v>
       </c>
       <c r="F153" t="s">
-        <v>1427</v>
+        <v>1445</v>
       </c>
       <c r="G153" t="s">
-        <v>1428</v>
+        <v>1446</v>
       </c>
       <c r="H153" t="s">
-        <v>1429</v>
+        <v>1447</v>
       </c>
       <c r="I153" t="s">
-        <v>1430</v>
+        <v>1448</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1431</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
         <v>8918</v>
       </c>
       <c r="B154" t="s">
-        <v>1432</v>
+        <v>1450</v>
       </c>
       <c r="C154" t="s">
-        <v>1433</v>
+        <v>1451</v>
       </c>
       <c r="D154" t="s">
-        <v>1434</v>
+        <v>1452</v>
       </c>
       <c r="E154" t="s">
-        <v>1435</v>
+        <v>1453</v>
       </c>
       <c r="F154" t="s">
-        <v>1436</v>
+        <v>1454</v>
       </c>
       <c r="G154" t="s">
-        <v>1437</v>
+        <v>1455</v>
       </c>
       <c r="H154" t="s">
-        <v>1438</v>
+        <v>1456</v>
       </c>
       <c r="I154" t="s">
-        <v>1439</v>
+        <v>1457</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>1440</v>
+        <v>1458</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>68</v>
+        <v>1228</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1441</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
         <v>8945</v>
       </c>
       <c r="B155" t="s">
-        <v>1442</v>
+        <v>1460</v>
       </c>
       <c r="C155" t="s">
-        <v>1443</v>
+        <v>1461</v>
       </c>
       <c r="D155" t="s">
-        <v>1444</v>
+        <v>1462</v>
       </c>
       <c r="E155" t="s">
-        <v>1445</v>
+        <v>1463</v>
       </c>
       <c r="F155" t="s">
-        <v>1446</v>
+        <v>1464</v>
       </c>
       <c r="G155" t="s">
-        <v>1447</v>
+        <v>1465</v>
       </c>
       <c r="H155" t="s">
-        <v>1448</v>
+        <v>1466</v>
       </c>
       <c r="I155" t="s">
-        <v>1449</v>
+        <v>1467</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>67</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>68</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1450</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
         <v>10044</v>
       </c>
       <c r="B156" t="s">
-        <v>1451</v>
+        <v>1469</v>
       </c>
       <c r="C156" t="s">
-        <v>1452</v>
+        <v>1470</v>
       </c>
       <c r="D156" t="s">
-        <v>1453</v>
+        <v>1471</v>
       </c>
       <c r="E156" t="s">
-        <v>1454</v>
+        <v>1472</v>
       </c>
       <c r="F156" t="s">
-        <v>1455</v>
+        <v>1473</v>
       </c>
       <c r="G156" t="s">
-        <v>1456</v>
+        <v>1474</v>
       </c>
       <c r="H156" t="s">
-        <v>1457</v>
+        <v>1475</v>
       </c>
       <c r="I156" t="s">
-        <v>1458</v>
+        <v>1476</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>1459</v>
+        <v>1477</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>1460</v>
+        <v>1478</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1461</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
         <v>10098</v>
       </c>
       <c r="B157" t="s">
-        <v>1462</v>
+        <v>1480</v>
       </c>
       <c r="C157" t="s">
-        <v>1463</v>
+        <v>1481</v>
       </c>
       <c r="D157" t="s">
-        <v>1464</v>
+        <v>1482</v>
       </c>
       <c r="E157" t="s">
-        <v>1465</v>
+        <v>1483</v>
       </c>
       <c r="F157" t="s">
-        <v>1466</v>
+        <v>1484</v>
       </c>
       <c r="G157" t="s">
-        <v>1467</v>
+        <v>1485</v>
       </c>
       <c r="H157" t="s">
-        <v>1468</v>
+        <v>1486</v>
       </c>
       <c r="I157" t="s">
-        <v>1469</v>
+        <v>1487</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
         <v>25</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1470</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
         <v>10412</v>
       </c>
       <c r="B158" t="s">
-        <v>1471</v>
+        <v>1489</v>
       </c>
       <c r="C158" t="s">
-        <v>1472</v>
+        <v>1490</v>
       </c>
       <c r="D158" t="s">
-        <v>1473</v>
+        <v>1491</v>
       </c>
       <c r="E158" t="s">
-        <v>1474</v>
+        <v>1492</v>
       </c>
       <c r="F158" t="s">
-        <v>1475</v>
+        <v>1493</v>
       </c>
       <c r="G158" t="s">
-        <v>1476</v>
+        <v>1494</v>
       </c>
       <c r="H158" t="s">
-        <v>1477</v>
+        <v>1495</v>
       </c>
       <c r="I158" t="s">
-        <v>1478</v>
+        <v>1496</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1479</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
         <v>10647</v>
       </c>
       <c r="B159" t="s">
-        <v>1480</v>
+        <v>1498</v>
       </c>
       <c r="C159" t="s">
-        <v>1481</v>
+        <v>1499</v>
       </c>
       <c r="D159" t="s">
-        <v>1482</v>
+        <v>1500</v>
       </c>
       <c r="E159" t="s">
-        <v>1483</v>
+        <v>1501</v>
       </c>
       <c r="F159" t="s">
-        <v>1484</v>
+        <v>1502</v>
       </c>
       <c r="G159" t="s">
-        <v>1485</v>
+        <v>1503</v>
       </c>
       <c r="H159" t="s">
-        <v>1486</v>
+        <v>1504</v>
       </c>
       <c r="I159" t="s">
-        <v>1487</v>
+        <v>1505</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
         <v>87</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
         <v>88</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1488</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
         <v>10887</v>
       </c>
       <c r="B160" t="s">
-        <v>1489</v>
+        <v>1507</v>
       </c>
       <c r="C160" t="s">
-        <v>1490</v>
+        <v>1508</v>
       </c>
       <c r="D160" t="s">
-        <v>1491</v>
+        <v>1509</v>
       </c>
       <c r="E160" t="s">
-        <v>1492</v>
+        <v>1510</v>
       </c>
       <c r="F160" t="s">
-        <v>1493</v>
+        <v>1511</v>
       </c>
       <c r="G160" t="s">
-        <v>1494</v>
+        <v>1512</v>
       </c>
       <c r="H160" t="s">
-        <v>1495</v>
+        <v>1513</v>
       </c>
       <c r="I160" t="s">
-        <v>1496</v>
+        <v>1514</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>25</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1497</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
         <v>10925</v>
       </c>
       <c r="B161" t="s">
-        <v>1498</v>
+        <v>1516</v>
       </c>
       <c r="C161" t="s">
-        <v>1499</v>
+        <v>1517</v>
       </c>
       <c r="D161" t="s">
-        <v>1500</v>
+        <v>1518</v>
       </c>
       <c r="E161" t="s">
-        <v>1501</v>
+        <v>1519</v>
       </c>
       <c r="F161" t="s">
-        <v>1502</v>
+        <v>1520</v>
       </c>
       <c r="G161" t="s">
-        <v>1503</v>
+        <v>1521</v>
       </c>
       <c r="H161" t="s">
-        <v>1504</v>
+        <v>1522</v>
       </c>
       <c r="I161" t="s">
-        <v>1505</v>
+        <v>1523</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
         <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
         <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1506</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
         <v>10930</v>
       </c>
       <c r="B162" t="s">
-        <v>1507</v>
+        <v>1525</v>
       </c>
       <c r="C162" t="s">
-        <v>1508</v>
+        <v>1526</v>
       </c>
       <c r="D162" t="s">
-        <v>1509</v>
+        <v>1527</v>
       </c>
       <c r="E162" t="s">
-        <v>1510</v>
+        <v>1528</v>
       </c>
       <c r="F162" t="s">
-        <v>1511</v>
+        <v>1529</v>
       </c>
       <c r="G162" t="s">
-        <v>1512</v>
+        <v>1530</v>
       </c>
       <c r="H162" t="s">
-        <v>1513</v>
+        <v>1531</v>
       </c>
       <c r="I162" t="s">
-        <v>1514</v>
+        <v>1532</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>213</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>185</v>
+        <v>1533</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1515</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
         <v>10947</v>
       </c>
       <c r="B163" t="s">
-        <v>1516</v>
+        <v>1535</v>
       </c>
       <c r="C163" t="s">
-        <v>1517</v>
+        <v>1536</v>
       </c>
       <c r="D163" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
       <c r="E163" t="s">
-        <v>1519</v>
+        <v>1538</v>
       </c>
       <c r="F163" t="s">
-        <v>1520</v>
+        <v>1539</v>
       </c>
       <c r="G163" t="s">
-        <v>1521</v>
+        <v>1540</v>
       </c>
       <c r="H163" t="s">
-        <v>1522</v>
+        <v>1541</v>
       </c>
       <c r="I163" t="s">
-        <v>1523</v>
+        <v>1542</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
         <v>87</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
         <v>88</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1524</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
         <v>10951</v>
       </c>
       <c r="B164" t="s">
-        <v>1525</v>
+        <v>1544</v>
       </c>
       <c r="C164" t="s">
-        <v>1526</v>
+        <v>1545</v>
       </c>
       <c r="D164" t="s">
-        <v>1527</v>
+        <v>1546</v>
       </c>
       <c r="E164" t="s">
-        <v>1528</v>
+        <v>1547</v>
       </c>
       <c r="F164" t="s">
-        <v>1529</v>
+        <v>1548</v>
       </c>
       <c r="G164" t="s">
-        <v>1530</v>
+        <v>1549</v>
       </c>
       <c r="H164" t="s">
-        <v>1531</v>
+        <v>1550</v>
       </c>
       <c r="I164" t="s">
-        <v>1532</v>
+        <v>1551</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>67</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>68</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1533</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
         <v>11287</v>
       </c>
       <c r="B165" t="s">
-        <v>1534</v>
+        <v>1553</v>
       </c>
       <c r="C165" t="s">
-        <v>1535</v>
+        <v>1554</v>
       </c>
       <c r="D165" t="s">
-        <v>1536</v>
+        <v>1555</v>
       </c>
       <c r="E165" t="s">
-        <v>1537</v>
+        <v>1556</v>
       </c>
       <c r="F165" t="s">
-        <v>1538</v>
+        <v>1557</v>
       </c>
       <c r="G165" t="s">
-        <v>1539</v>
+        <v>1558</v>
       </c>
       <c r="H165" t="s">
-        <v>1540</v>
+        <v>1559</v>
       </c>
       <c r="I165" t="s">
-        <v>1541</v>
+        <v>1560</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>87</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>88</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1542</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
         <v>11310</v>
       </c>
       <c r="B166" t="s">
-        <v>1543</v>
+        <v>1562</v>
       </c>
       <c r="C166" t="s">
-        <v>1544</v>
+        <v>1563</v>
       </c>
       <c r="D166" t="s">
-        <v>1545</v>
+        <v>1564</v>
       </c>
       <c r="E166" t="s">
-        <v>1546</v>
+        <v>1565</v>
       </c>
       <c r="F166" t="s">
-        <v>1547</v>
+        <v>1566</v>
       </c>
       <c r="G166" t="s">
-        <v>1548</v>
+        <v>1567</v>
       </c>
       <c r="H166" t="s">
-        <v>1549</v>
+        <v>1568</v>
       </c>
       <c r="I166" t="s">
-        <v>1550</v>
+        <v>1569</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>57</v>
+        <v>276</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1551</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
         <v>58060</v>
       </c>
       <c r="B167" t="s">
-        <v>1552</v>
+        <v>1571</v>
       </c>
       <c r="C167" t="s">
-        <v>1553</v>
+        <v>1572</v>
       </c>
       <c r="D167" t="s">
-        <v>1554</v>
+        <v>1573</v>
       </c>
       <c r="E167" t="s">
-        <v>1555</v>
+        <v>1574</v>
       </c>
       <c r="F167" t="s">
-        <v>1556</v>
+        <v>1575</v>
       </c>
       <c r="G167" t="s">
-        <v>1557</v>
+        <v>1576</v>
       </c>
       <c r="H167" t="s">
-        <v>1558</v>
+        <v>1577</v>
       </c>
       <c r="I167" t="s">
-        <v>1559</v>
+        <v>1578</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>1560</v>
+        <v>1579</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>185</v>
+        <v>1580</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1561</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
         <v>58066</v>
       </c>
       <c r="B168" t="s">
-        <v>1562</v>
+        <v>1582</v>
       </c>
       <c r="C168" t="s">
-        <v>1563</v>
+        <v>1583</v>
       </c>
       <c r="D168" t="s">
-        <v>1564</v>
+        <v>1584</v>
       </c>
       <c r="E168" t="s">
-        <v>1565</v>
+        <v>1585</v>
       </c>
       <c r="F168" t="s">
-        <v>1566</v>
+        <v>1586</v>
       </c>
       <c r="G168" t="s">
-        <v>1567</v>
+        <v>1587</v>
       </c>
       <c r="H168" t="s">
-        <v>1568</v>
+        <v>1588</v>
       </c>
       <c r="I168" t="s">
-        <v>1569</v>
+        <v>1589</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>1570</v>
+        <v>1590</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>185</v>
+        <v>1591</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1571</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
         <v>58120</v>
       </c>
       <c r="B169" t="s">
-        <v>1572</v>
+        <v>1593</v>
       </c>
       <c r="C169" t="s">
-        <v>1573</v>
+        <v>1594</v>
       </c>
       <c r="D169" t="s">
-        <v>1574</v>
+        <v>1595</v>
       </c>
       <c r="E169" t="s">
-        <v>1575</v>
+        <v>1596</v>
       </c>
       <c r="F169" t="s">
-        <v>1576</v>
+        <v>1597</v>
       </c>
       <c r="G169" t="s">
-        <v>1577</v>
+        <v>1598</v>
       </c>
       <c r="H169" t="s">
-        <v>1578</v>
+        <v>1599</v>
       </c>
       <c r="I169" t="s">
-        <v>1579</v>
+        <v>1600</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1580</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
         <v>58122</v>
       </c>
       <c r="B170" t="s">
-        <v>1581</v>
+        <v>1602</v>
       </c>
       <c r="C170" t="s">
-        <v>1582</v>
+        <v>1603</v>
       </c>
       <c r="D170" t="s">
-        <v>1583</v>
+        <v>1604</v>
       </c>
       <c r="E170" t="s">
-        <v>1584</v>
+        <v>1605</v>
       </c>
       <c r="F170" t="s">
-        <v>1585</v>
+        <v>1606</v>
       </c>
       <c r="G170" t="s">
-        <v>1586</v>
+        <v>1607</v>
       </c>
       <c r="H170" t="s">
-        <v>1587</v>
+        <v>1608</v>
       </c>
       <c r="I170" t="s">
-        <v>1588</v>
+        <v>1609</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>87</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>88</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1589</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
         <v>58218</v>
       </c>
       <c r="B171" t="s">
-        <v>1590</v>
+        <v>1611</v>
       </c>
       <c r="C171" t="s">
-        <v>1591</v>
+        <v>1612</v>
       </c>
       <c r="D171" t="s">
-        <v>1592</v>
+        <v>1613</v>
       </c>
       <c r="E171" t="s">
-        <v>1593</v>
+        <v>1614</v>
       </c>
       <c r="F171" t="s">
-        <v>1594</v>
+        <v>1615</v>
       </c>
       <c r="G171" t="s">
-        <v>1595</v>
+        <v>1616</v>
       </c>
       <c r="H171" t="s">
-        <v>1596</v>
+        <v>1617</v>
       </c>
       <c r="I171" t="s">
-        <v>1597</v>
+        <v>1618</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>87</v>
       </c>
       <c r="L171" t="s">
-        <v>26</v>
+        <v>997</v>
       </c>
       <c r="M171" t="s">
-        <v>88</v>
+        <v>1619</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1598</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
         <v>58223</v>
       </c>
       <c r="B172" t="s">
-        <v>1599</v>
+        <v>1621</v>
       </c>
       <c r="C172" t="s">
-        <v>1600</v>
+        <v>1622</v>
       </c>
       <c r="D172" t="s">
-        <v>1601</v>
+        <v>1623</v>
       </c>
       <c r="E172" t="s">
-        <v>1602</v>
+        <v>1624</v>
       </c>
       <c r="F172" t="s">
-        <v>1603</v>
+        <v>1625</v>
       </c>
       <c r="G172" t="s">
-        <v>1604</v>
+        <v>1626</v>
       </c>
       <c r="H172" t="s">
-        <v>1605</v>
+        <v>1627</v>
       </c>
       <c r="I172" t="s">
-        <v>1606</v>
+        <v>1628</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>87</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>88</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1607</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
         <v>64637</v>
       </c>
       <c r="B173" t="s">
-        <v>1608</v>
+        <v>1630</v>
       </c>
       <c r="C173" t="s">
-        <v>1609</v>
+        <v>1631</v>
       </c>
       <c r="D173" t="s">
-        <v>1610</v>
+        <v>1632</v>
       </c>
       <c r="E173" t="s">
-        <v>1611</v>
+        <v>1633</v>
       </c>
       <c r="F173" t="s">
-        <v>1612</v>
+        <v>1634</v>
       </c>
       <c r="G173" t="s">
-        <v>1613</v>
+        <v>1635</v>
       </c>
       <c r="H173" t="s">
-        <v>1614</v>
+        <v>1636</v>
       </c>
       <c r="I173" t="s">
-        <v>1615</v>
+        <v>1637</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>67</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>68</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1616</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
         <v>64689</v>
       </c>
       <c r="B174" t="s">
-        <v>1617</v>
+        <v>1639</v>
       </c>
       <c r="C174" t="s">
-        <v>1618</v>
+        <v>1640</v>
       </c>
       <c r="D174" t="s">
-        <v>1619</v>
+        <v>1641</v>
       </c>
       <c r="E174" t="s">
-        <v>1620</v>
+        <v>1642</v>
       </c>
       <c r="F174" t="s">
-        <v>1621</v>
+        <v>1643</v>
       </c>
       <c r="G174" t="s">
-        <v>1622</v>
+        <v>1644</v>
       </c>
       <c r="H174" t="s">
-        <v>1623</v>
+        <v>1645</v>
       </c>
       <c r="I174" t="s">
-        <v>1624</v>
+        <v>1646</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>1020</v>
+        <v>1035</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>57</v>
+        <v>695</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1625</v>
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="175" spans="1:15">
+      <c r="A175">
+        <v>66512</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F175" t="s">
+        <v>1652</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H175" t="s">
+        <v>1653</v>
+      </c>
+      <c r="I175" t="s">
+        <v>1654</v>
+      </c>
+      <c r="J175" t="s">
+        <v>24</v>
+      </c>
+      <c r="K175" t="s">
+        <v>1655</v>
+      </c>
+      <c r="L175" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" t="s">
+        <v>1656</v>
+      </c>
+      <c r="N175" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="176" spans="1:15">
+      <c r="A176">
+        <v>66515</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F176" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G176" t="s">
+        <v>579</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1662</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1649</v>
+      </c>
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
+        <v>1655</v>
+      </c>
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
+        <v>1656</v>
+      </c>
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="177" spans="1:15">
+      <c r="A177">
+        <v>66520</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1666</v>
+      </c>
+      <c r="G177" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H177" t="s">
+        <v>1667</v>
+      </c>
+      <c r="I177" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>25</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>27</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="178" spans="1:15">
+      <c r="A178">
+        <v>66523</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1671</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F178" t="s">
+        <v>1672</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H178" t="s">
+        <v>1673</v>
+      </c>
+      <c r="I178" t="s">
+        <v>1674</v>
+      </c>
+      <c r="J178" t="s">
+        <v>24</v>
+      </c>
+      <c r="K178" t="s">
+        <v>67</v>
+      </c>
+      <c r="L178" t="s">
+        <v>26</v>
+      </c>
+      <c r="M178" t="s">
+        <v>68</v>
+      </c>
+      <c r="N178" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="179" spans="1:15">
+      <c r="A179">
+        <v>66524</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1677</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F179" t="s">
+        <v>1678</v>
+      </c>
+      <c r="G179" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H179" t="s">
+        <v>1679</v>
+      </c>
+      <c r="I179" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J179" t="s">
+        <v>24</v>
+      </c>
+      <c r="K179" t="s">
+        <v>87</v>
+      </c>
+      <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
+        <v>88</v>
+      </c>
+      <c r="N179" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1680</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">