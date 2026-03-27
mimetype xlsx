--- v1 (2025-11-24)
+++ v2 (2026-03-27)
@@ -12,813 +12,709 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1681">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2576">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: 日本語
 # Source: https://hadeethenc.com/ja
-# Last update: 2025-11-12 00:08:06 (v1.3.0)
-# Check for updates: https://hadeethenc.com/en/check/ja/v1.3.0
+# Last update: 2026-03-25 19:48:53 (v1.5.0)
+# Check for updates: https://hadeethenc.com/en/check/ja/v1.5.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>من حج، فلم يرفث، ولم يفسق، رجع كيوم ولدته أمه</t>
-[...26 lines deleted...]
-人間は罪から無垢な状態で生まれ、他人の罪を背負うこともない。</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
+  </si>
+  <si>
+    <t>「アッラーゆえにハッジを行い、そこにおいて淫らな言動や罪深い行いを犯さなかった者は、母親がその者を生んだ日（のような無垢な状態）に戻るであろう。」</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）は言った：私は預言者（アッラーからの祝福と平安あれ）が、こう言うのを聞いた： 「アッラーゆえにハッジを行い、そこにおいて淫らな言動や罪深い行いを犯さなかった者は、母親がその者を生んだ日（のような無垢な状態）に戻るであろう。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
+ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、「アッラーゆえにハッジを行い、淫らな言動や罪深い行いを犯さなかった者」について説明している。ここで言う「淫らな言動」とは、性交を始め、接吻や触れ合う行為といった性行為のことであり、その他にも卑猥な言葉も含む。「罪深い行い」とは罪や悪行のことである。 また、イフラームの禁忌行為を破ることも、「罪深い行い」の一部である。以上のことを行うことなくアッラーゆえにハッジした者は、赤ん坊が罪から無垢な状態で生まれたように、罪を赦された状態に戻ることになる。</t>
+  </si>
+  <si>
+    <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
+الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
+  </si>
+  <si>
+    <t>罪深い行いはあらゆる状況下において禁じられているが、ハッジにおいてはハッジの宗教儀礼に対する尊重により、その禁止令がより強調される。
+人はそもそも罪から無垢な状態で生まれる。他人の罪を負うこともない。</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[真正]</t>
   </si>
   <si>
     <t>[二大真正集収録の伝承]</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/2758</t>
   </si>
   <si>
-    <t>أَلا أُنَبِّئكُمْ بِأَكْبَرِ الكَبَائِرِ</t>
-[...26 lines deleted...]
-噓の証言の危険性。それは道徳面だけでなく、社会生活という側面においても、ムスリム社会の生活に悪影響を及ぼす。</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
+  </si>
+  <si>
+    <t>「最大の大罪をあなたたちに教えようか？</t>
+  </si>
+  <si>
+    <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
+  </si>
+  <si>
+    <t>アブー・バクラ（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は３回、こう言った： 「最大の大罪をあなたたちに教えようか？」人びとは言った：「ええ、アッラーの使徒よ。」預言者（アッラーからの祝福と平安あれ）は言った：「アッラーに対してシルクを犯すこと。そして両親への親不孝である。」それまで寄りかかっていたが、座り直し、そして言った：「そして偽りの言葉である。」アブー・バクラ（アッラーのご満悦あれ）は言った：「もう口を閉じて下さったらよいのに、と私たちが言うまで、彼は繰り返しそう語り続けました。」</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
+1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
+2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
+3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
+وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は教友たちに、最大の大罪について伝え、これらの３つのことを述べた：
+１．アッラーに対するシルク：これはいかなる種類のものであったとしても、崇拝行為をアッラー以外のものに向けることであり、アッラーの神性、主性、美名と属性において、アッラー以外のものをアッラーに並べることである。
+２．両親への親不孝：言葉や行為による両親に対する害悪であり、彼らによいことをしないことである。
+３．偽りの言葉：噓の証言はその一部であり、つまり財産や尊厳の侵害などによって損害を与えることを意図した、あらゆる噓の言葉のことである。
+預言者（アッラーからの祝福と平安あれ）は嘘の言葉に対する警告を繰り返したが、それはその醜さと、社会への悪影響のためだった。教友たちはついに「もう口を閉じて下さったらよいのに」と言ったが、それは預言者の憤りを気遣い、忌避したためであった。</t>
+  </si>
+  <si>
+    <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
+عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
+الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
+  </si>
+  <si>
+    <t>最大の罪はアッラーに対してシルクを犯すこと。アッラーはそれを最大の罪のうちの筆頭とされた。それはクルアーンの次のアーヤの中でも強調されている：「本当にアッラーは、かれと共に（何かが）並べられること（シルク）をお赦しになることはないが、それ以外のことは、御心に適う者にお赦しになる。」
+両親の権利の大きさ。それがゆえに、アッラーの権利と並置されている。
+罪は大きなものと小さなものに分類される。大罪とは、刑罰、アッラーの慈悲から遠ざけられることといった現世における罰、または地獄の約束など来世に関する警告がされているものである。大罪にはランクがあり、その禁止の度合いは異なる。他方、小罪とは大罪には至らないようなレベルのものである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/2941</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلاحَ فَلَيْسَ مِنَّا</t>
-[...25 lines deleted...]
-武器その他のものでムスリムを怖がらせることの禁止。たとえ冗談であっても、そうすることは許されない。</t>
+    <t>من حمل علينا السلاح فليس منا</t>
+  </si>
+  <si>
+    <t>「私たちに武器を向ける者は、私たちの仲間ではない。」</t>
+  </si>
+  <si>
+    <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
+  </si>
+  <si>
+    <t>アブー・ムーサー・アル＝アシュアリー（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）はこう言った： 「私たちに武器を向ける者は、私たちの仲間ではない。」</t>
+  </si>
+  <si>
+    <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、ムスリムたちを脅したり、強奪したりするため、彼らに武器を向けることに対して警告した。そのようなことを不当に行う者は大罪の一つを犯したことになるため、このような厳しい警告に値するのである。</t>
+  </si>
+  <si>
+    <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
+التحذير الشديد من قتال المسلم لإخوانه المسلمين.
+من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
+الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
+تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
+  </si>
+  <si>
+    <t>ムスリム同胞どうしが戦い合うことに対する、厳しい警告。
+ムスリムに武器を向け、殺害することは、地上における最大の罪と害悪の一つである。
+この警告は、正当な理由における戦いには該当しない。例えば反逆者や害悪を働くような者たちとの戦いは、ここから除外される。
+ムスリムを武器その他のものでもって脅すことの禁止。たとえ冗談であっても、それは許されない。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/2997</t>
   </si>
   <si>
     <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
-    <t>同胞を愛しているなら、自分が愛しているというそのことを、彼に伝えよ。</t>
-[...27 lines deleted...]
-    <t>[アッ＝ティルミズィーの伝承 - アン＝ナサーイーの伝承 - アブー・ダーウードの伝承 - アハマドの伝承]</t>
+    <t>「人が自分の兄弟を愛しているならば、私はあなたを愛しています、と伝えさせなさい。」</t>
+  </si>
+  <si>
+    <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
+  </si>
+  <si>
+    <t>アル＝ミクダーム・ブン・マァディー・カリブ（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「人が自分の兄弟を愛しているならば、私はあなたを愛しています、と伝えさせなさい。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、信仰者間の関係を強化し、愛情を広める要因の一つとして、誰かが兄弟を愛したときには、その者を愛しているということを伝えさせなさい、と説明した。</t>
+  </si>
+  <si>
+    <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
+استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
+إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
+  </si>
+  <si>
+    <t>現世的な利益ではなく、アッラーゆえの純粋な愛情の徳。
+アッラーゆえに愛する者に対して、愛しているということを伝えることの勧め。そうすることにより、愛情と親しみの念が増強される。
+信仰者間で愛情を広めることは、信仰上の同胞愛を強化し、社会を崩壊や分裂から守ることにつながる
+。</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3017</t>
   </si>
   <si>
     <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
-    <t>大罪とは、アッラーにシルクを犯すこと、親不孝、殺人、他人の権利を奪うことを意図した嘘の誓いである。</t>
-[...25 lines deleted...]
-このハディースの中で大罪が４つしか取り上げられていないのは、それらが最も大きく、重い罪だからである。その意図は、全ての大罪の網羅ではない。</t>
+    <t>「大罪とは：アッラーに対するシルク。親不孝。殺人。嘘の誓いである。」</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「大罪とは：アッラーに対するシルク。親不孝。殺人。嘘の誓いである。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
+فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
+وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
+وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
+ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は大罪について説明している。大罪とは、現世と来世における厳しい罰を警告されているようなもののことである。
+最初に挙げられているのが、アッラーに対するシルクである。それはイバーダ（崇拝行為）をアッラー以外のものに向けることであり、アッラーだけが専有する神性、主性、美名と属性といったことにおいて、アッラーとアッラー以外のものを並べることである。
+２番目が親不孝である。親不孝とは、両親の害になるようなあらゆる言動のことであり、両親への親切の放棄のことである。
+３番目が殺人である。つまり不正や侵害による、不当な殺害のことである。
+４番目が嘘の誓いである。それは知っていながら嘘の誓いをすることである。原語では「アル＝ヤミーン・アル＝ガムース」（浸漬の誓い）だが、それはそのような誓いを行う者を罪や地獄の中に浸漬させてしまうためである。</t>
+  </si>
+  <si>
+    <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
+الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
+الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
+  </si>
+  <si>
+    <t>噓の誓いに贖罪はない。それはその大きな危険性と罪のためである。唯一の贖罪はタウバ（悔悟）である。
+この伝承で特に４つの種類のものが大罪として言及されているのは、その罪の甚大さゆえである。ここで取り上げられている大罪が全てではない。
+罪は大きなものと小さなものに分類される。大罪とは、刑罰、アッラーの慈悲から遠ざけられることといった現世における罰、または地獄の約束など来世に関する警告がされているものである。大罪にはランクがあり、その禁止の度合いは異なる。他方、小罪とは大罪には至らないようなレベルのものである。</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[アル＝ブハーリーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3044</t>
   </si>
   <si>
-    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا، وعلى أن لا ننازع الأمر أهله</t>
-[...52 lines deleted...]
-統治者の権利の尊重。人々は、逆境においても順境においても、気乗りすることにおいても気が進まないことにおいても、またそれが彼らの利己心に反するようなものであったとしても、統治者に服従しなければならない。</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
+  </si>
+  <si>
+    <t>順境においても逆境においても、気が進むことにおいても進まないことにおいても、たとえ不遇を感じたとしても</t>
+  </si>
+  <si>
+    <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
+  </si>
+  <si>
+    <t>ウバーダ・ブン・アッ＝サーミト（アッラーのご満悦あれ）は言った： 順境においても逆境においても、気が進むことにおいても進まないことにおいても、たとえ不遇を感じたとしても、（統治者の言葉を）聴き入れ、服従することにおいて、また権力の主から権力を奪おうとして戦わないこと、どこにいようと真実を語り、アッラーのためならば批判する者の批判も恐れないということに関して、私たちは忠誠の誓いを行った。</t>
+  </si>
+  <si>
+    <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、楽な時でも辛い時でも、豊かな時でも貧しい時でも、気が進む命令でも進まない命令でも、たとえ彼らが財産や地位において自分たちを優先させたとしても権力者や統治者に服従することにおいて、教友たちからの誓約を受け取った。よいことにおいて権力者の言うことを聴き、従い、反乱を起こさないことは、彼らの義務であるとした。なぜなら権力者との戦いは、彼らによる不正の害悪より大きな紊乱や害悪をもたらすためである。また、彼らの預言者に対する忠誠の誓いの中には、どこにあろうとアッラーへの真摯な態度を貫いて真実を語り、それによって批判を被ることも恐れないということも含まれていた。</t>
+  </si>
+  <si>
+    <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
+وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
+وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
+  </si>
+  <si>
+    <t>統治者への服従には、ムスリムたちの言葉の一致と分裂の放棄といった利点がある。
+順境においても逆境においても、気が進むことにおいても進まないことにおいても、たとえ不遇を感じたとしても、アッラーへの反抗にならないことにおいて、統治者の言うことを聴き、服従することの義務。
+批判する者の批判をアッラーゆえに恐れず、どこにいようと真実を語ることの義務。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3061</t>
   </si>
   <si>
-    <t>لا صلاة بحضرة طعام، ولا وهو يدافعه الأخبثان</t>
-[...28 lines deleted...]
-大小の便意は、金曜礼拝や集団礼拝を中断する正当な理由となる。ただし、礼拝時間にそれらの行為をする習慣をつけてはならない。</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
+  </si>
+  <si>
+    <t>「食べ物が面前にある時、および２つの悪を催している時、礼拝はない。」</t>
+  </si>
+  <si>
+    <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
+  </si>
+  <si>
+    <t>アーイシャ（アッラーのご満悦あれ）は言った：私は、アッラーの使徒（アッラーからの祝福と平安あれ）がこう言ったのを聞きました： 「食べ物が面前にある時、および２つの悪を催している時、礼拝はない。」</t>
+  </si>
+  <si>
+    <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
+وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）は、礼拝をする者の関心を強くひく食べ物が出されている時、礼拝することを禁じた。
+また同様に、２つの悪、つまり小便と大便を催している際の礼拝を禁じた。それはそれを抑えることに関心が奪われているためである。</t>
+  </si>
+  <si>
+    <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
+  </si>
+  <si>
+    <t>礼拝する者は礼拝を始める前に、そこから心を逸らすようなあらゆるものを遠ざけておく必要がある。</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[ムスリムの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3088</t>
   </si>
   <si>
-    <t>إذا قلت لصاحبك: أَنْصِتْ يوم الجمعة والإمام يَخْطُبُ، فقد لَغَوْتَ</t>
-[...35 lines deleted...]
-イマームが説教している時に預言者（彼にアッラーからの平安と祝福あれ）が言及されたら、静かに祝福と平安を祈るようにする。それは例えば、説教中のハディースの引用で起こり得ることである。また、祈りの言葉に対する「アーミーン」という言葉も同様である。</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
+  </si>
+  <si>
+    <t>「金曜日、イマームが説教している時、あなたがあなたの連れに“静かに”と言ったならば、それで無駄口を言ったことになるのである。」</t>
+  </si>
+  <si>
+    <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「金曜日、イマームが説教している時、あなたがあなたの連れに“静かに”と言ったならば、それで無駄口を言ったことになるのである。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、金曜礼拝に参加した者に義務づけられる礼儀作法について説明している。その一つが、説教を行う者の言葉を傾聴することである。それは訓戒をよく理解するためであり、イマームが説教している最中に、たとえ他人に「静かに」とか「ちゃんと聴きなさい」といったような言葉であっても話をする者は、金曜礼拝の徳を失ったことになるのである。</t>
+  </si>
+  <si>
+    <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
+يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
+جواز الكلام بين الخطبتين عند الحاجة.
+إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
+  </si>
+  <si>
+    <t>説教を聞いている最中に話をすることの禁止。たとえそれが悪事を禁じたり、挨拶を返したり、くしゃみした者への祈りの言葉であったりしてもである。
+ただし、イマームに話しかけたり、イマームから話しかけられたりした者は、この限りではない。
+２つの説教の間に話すのは、必要があれば許される。
+イマームが説教している最中、預言者（アッラーからの祝福と平安あれ）の名が言及されたら、声を低めて祝福と平安を祈るようにする。イマームの祈りの言葉に「アーミーン」と言う場合も、同様である。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3107</t>
   </si>
   <si>
     <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله</t>
   </si>
   <si>
     <t>未亡人と恵まれない者のために奔走する者は、アッラーの道において奮闘する者のようである。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعًا: «السَّاعِي على الأَرْمَلَةِ والمِسْكِينِ، كالمُجَاهِدِ في سبيل الله». وأَحْسَبُهُ قال: «وكالقائم الذي لا يَفْتُرُ، وكالصائم الذي لا يُفْطِرُ».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの平安と祝福あれ）からの言葉として、こう語った：「未亡人と恵まれない者のために奔走する者は、アッラーの道において奮闘する者のようである。」また、私（アブー・フライラ）は、彼がこう言ったと思う：「不断に礼拝を行う者、解除することなく断食する者のようである。」</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الذي يقوم بمصالح المرأة التي مات عنها زوجها، والمسكين المحتاج وينفق عليهم، هو في الأجر كالمجاهد في سبيل الله، وكالقائم في صلاة التهجد الذي لا يتعب من ملازمة العبادة، وكالصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの平安と祝福あれ）は、夫を亡くした女性や貧しく恵まれない者の役に立ち、拠出をしてやる者の褒美が、アッラーの道において奮闘する者や、継続的な崇拝行為に倦むことなくタハッジュドの礼拝（夜の任意の礼拝）をする者、常に断食する者の褒美に匹敵する、と述べている。</t>
   </si>
   <si>
     <t>وجه إِلْحَاق القائم على الأرملة والمسكين بما يصلحهما ويحفظهما بالمجاهد والمتهجد: أن المداومة على أعمال البر كهذه تَفتقِر إلى مجاهدة النفس والشيطان.
 الحث على كشف كرب الضعفاء وسد خُلَّتِهم وحاجاتهم وصون حُرمَتِهِم.
 حرص الشريعة الإسلامية على تضامن المسلمين وتكافلهم وتعاونهم؛ حتى يشتد البناء الإسلامي.
 العبادة تشمل كل عمل صالح.
 العبادة: اسم جامع لكل ما يحبه ويرضاه الله من الأعمال الصالحة الظاهرة والباطنة.</t>
   </si>
   <si>
     <t>未亡人と恵まれない者の福利や保護のために行動する者は、アッラーの道において奮闘する者やタハッジュドの礼拝を行う者に類似している。それらの善行を継続的に行うには、自分自身とシャイターンとの戦いが必要である。
 弱者の悩みを解消し、その必要を満たし、その尊厳を守ることの勧め。
 ムスリムの連帯や相互扶助に対する、イスラームの教えの関心。それはイスラーム社会の強化を目的としている。
 イバーダ（崇拝行為）は、あらゆる善行を包括する。
 イバーダ（崇拝行為）とは、アッラーが愛しお喜びになる、あらゆる外面的・内面的なよい行いを指す、一般名称である。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3135</t>
   </si>
   <si>
-    <t>الفطرة خمس: الختان، والاستحداد، وقص الشارب، وتقليم الأظفار، ونتف الإبط</t>
-[...45 lines deleted...]
-今日ある種の若者たちがやっているように、爪を伸ばしたり、口ひげを伸ばしたりすることは、イスラームの教えにおいて禁じられ、理性や感覚的にも受け入れられない物事である。イスラームはあらゆる美しいことしか命じず、あらゆる醜いことしか禁じない。外来文化の盲目的な追従が真理を覆し、醜いものを美しく見せ、美から感覚・理性・宗教的に遠ざけてしまっている状況があったにしても、である。</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
+  </si>
+  <si>
+    <t>「フィトゥラ（天性）とは、５つである：割礼。陰毛の処理。口ひげを切ること。爪を切ること。腋毛の処理。」</t>
+  </si>
+  <si>
+    <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）は言った：私は、預言者（アッラーからの祝福と平安あれ）がこう言うのを聞いた： 「フィトゥラ（天性）とは、５つである：割礼。陰毛の処理。口ひげを切ること。爪を切ること。腋毛の処理。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
+أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
+وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
+وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
+ورابعها: قص الأظفار. 
+وخامسها: نتف الإبط.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、イスラームの教え、および使徒たちのスンナである５つの特性を説明している。
+１番目は、割礼である。割礼は男性器の先端の余分な皮膚を除去することである。
+２番目は、陰毛の処理である。つまり、性器周囲の毛を剃ることである。
+３番目は、口ひげを切ることである。つまり、男性の上唇の上に生えるひげを切ることである。
+４番目は、爪を切ることである。
+５番目は、腋毛を抜くことである。</t>
+  </si>
+  <si>
+    <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
+مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
+لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
+ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
+  </si>
+  <si>
+    <t>アッラーが命じ、お喜びになる、使徒たちの習わしであるスンナを実践することにより、より完全で清潔で美しい形に近づくことができる。
+これら５つの物事に対して不注意になることなく、遵守することの重要性。
+これらの特性には宗教的・現世的利益がある。つまり、見た目を美しくすること、身体を清潔にすること、清めの作業に対して万全の状態にすること、非ムスリムと違った形にすること、アッラーの命令の順守、といったことである。
+ここで挙げられている５つ以外のことも、天性に関する他の伝承では言及されている。たとえば、あごひげを伸ばすこと、スィワークすることなどである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3144</t>
   </si>
   <si>
     <t>والذي نفسُ مُحمَّد بيدِه، لا يسمعُ بي أحدٌ من هذه الأمة يهوديٌّ، ولا نصرانيٌّ، ثم يموتُ ولم يؤمن بالذي أُرْسِلتُ به، إلَّا كان مِن أصحاب النار</t>
   </si>
   <si>
     <t>ムハンマドの魂がその御手に委ねられているお方にかけて。このウンマ（共同体）の内のユダヤ教徒でもキリスト教徒でも、私について耳にし、それから私が携えて来たもの（啓示）を信仰しない状態のまま死んだ者は、例外なく地獄の徒となる。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعًا: «والذي نفسُ مُحمَّد بيدِه، لا يسمعُ بي أحدٌ من هذه الأمة يهوديٌّ، ولا نصرانيٌّ، ثم يموتُ ولم يؤمن بالذي أُرْسِلتُ به، إلَّا كان مِن أصحاب النار».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの平安と祝福あれ）が、このように語ったと伝えている：「ムハンマドの魂がその御手に委ねられているお方にかけて。このウンマ（共同体）の内のユダヤ教徒でもキリスト教徒でも、私について耳にし、それから私が携えて来たもの（啓示）を信仰しない状態のまま死んだ者は、例外なく地獄の徒となる。」</t>
   </si>
   <si>
     <t>يحلف النبي صلى الله عليه وسلم بالله أنه «لا يسمع به أحد من هذه الأمة» أي: ممن هو موجود في زمانه وبعده إلى يوم القيامة «يهودي، ولا نصراني، ثم يموت ولم يؤمن بالذي أُرسلتُ به، إلا كان من أصحاب النار» فأي يهودي أونصراني وكذلك غيرهما تبلغه دعوة النبي صلى الله عليه وسلم ثم يموت ولا يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.
  وإنما ذَكر اليهودي والنصراني تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم مع أن لهم كتابًا، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم .</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの平安と祝福あれ）はアッラーに誓って、こう言った：
 「このウンマ（共同体）」とは、預言者の存命していた時期、およびそれ以後、復活の日までに至る、全ての者たちのこと。
 「ユダヤ教徒でもキリスト教徒でも、私について耳にし・・・」とは、ユダヤ教徒、キリスト教徒、またはそれ以外の者たちで、預言者（彼にアッラーからの平安と祝福あれ）の伝道が届いた者たちのこと。それらの者たちの内、それを信仰しない状態のまま死んだ者は、例外なく地獄の徒となり、永遠にその中に留まることになる。
 ここで特にユダヤ教徒とキリスト教徒が言及されているのは、それ以外の者たちに対する喚起の意味である。ユダヤ教徒もキリスト教徒も啓典を授かっているが、啓典の民がそのような状況であれば、啓典を授かっていない者たちについては尚更であり、預言者ムハンマド（彼にアッラーからの平安と祝福あれ）の宗教を信じ従うことが求められる。</t>
   </si>
   <si>
     <t>من لم يَسمع بالنبي -صلى الله عليه وسلم-، ولم تبلغه دعوة الإسلام فهو معذور.
 وجوب اتباعه -صلى الله عليه وسلم-، ونسخ جميع الشرائع بشرعه، فمن كفر به لم ينفعه إيمانه بغيره من الأنبياء -صلوات الله عليهم أجمعين-.
 الانتفاع بالإسلام قبيل الموت، ولو في المرض الشديد ما لم يصل إلى المعاينة.
 تكفير من أنكر بعض ما جاء به النبي -صلى الله عليه وسلم- إذا ثبت ذلك بنص قطعي، وأجمعت عليه الأمة.</t>
   </si>
   <si>
     <t>預言者ムハンマド（彼にアッラーからの平安と祝福あれ）について耳にすることもなく、イスラームの伝道が到達しなかった者は、赦される。
 預言者ムハンマド（彼にアッラーからの平安と祝福あれ）に従う義務と、彼がもたらした教えによって、全ての教えが撤回されたこと。預言者ムハンマド（彼にアッラーからの平安と祝福あれ）を否定する者は、他の預言者たち（彼ら全員にアッラーの祝福あれ）を信仰していても、その信仰が益することはない。
 死が訪れる前であれば、イスラームを受け入れることで救われる。たとえ重病にあったとしても、死を眼前にしない限りは間に合うのである。
 預言者ムハンマド（彼にアッラーからの平安と祝福あれ）がもたらした教えの内、確実な文言により確定し、イスラーム共同体の学者らが合意した教えを一部でも否定する者は、不信仰に陥ったと見なされる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
-[...41 lines deleted...]
-    <t>[二大真正集収録の伝承。文言はムスリムのもの]</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
+  </si>
+  <si>
+    <t>「口ひげを短く切り、あごひげを伸ばすのだ。」</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
+  </si>
+  <si>
+    <t>イブン・ウマル（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「口ひげを短く切り、あごひげを伸ばすのだ。」</t>
+  </si>
+  <si>
+    <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
+وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は口ひげを短くし、放ったらかしにするのではなく、短く切ることを命じた。
+それに反して、あごひげはそのままにしておき、長くしておくことを命じた。</t>
+  </si>
+  <si>
+    <t>تحريم حَلْقِ اللحية.</t>
+  </si>
+  <si>
+    <t>あごひげを剃ることの禁止。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3279</t>
   </si>
   <si>
-    <t>من توضأ نحو وضوئي هذا، ثم صلى ركعتين، لا يحدث فيهما نفسه غفر له ما تقدم من ذنبه</t>
-[...59 lines deleted...]
-ウドゥーと、従順に２ラクアの礼拝を行うことの褒美は、過去の罪をアッラーによって赦されることである。</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
+  </si>
+  <si>
+    <t>私のこのウドゥーのようにウドゥーをし、それから雑念なく２ラクアの礼拝をする者は、アッラーによってそれ以前の罪をゆるされよう。</t>
+  </si>
+  <si>
+    <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
+  </si>
+  <si>
+    <t>ウスマーンの解放奴隷フムラーンによれば、彼はウスマーン（アッラーのご満悦あれ）が水入れを持って来させ、容器から両手に水を注ぐのを見た。彼は両手を３回洗うと、右手を水入れに入れ、うがいをし、鼻に水を入れてはそれを噴き出した。それから顔を３回、両腕を肘まで３回洗い、頭を撫で、そして両足を３回洗った。それから言った：「私は、私がウドゥーしたように預言者（アッラーからの祝福と平安あれ）がウドゥーするのを見た。彼は言ったのだ：“私のこのウドゥーのようにウドゥーをし、それから雑念なく２ラクアの礼拝をする者は、アッラーによってそれ以前の罪をゆるされよう。”」</t>
+  </si>
+  <si>
+    <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
+فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
+  </si>
+  <si>
+    <t>ウスマーン（アッラーのご満悦あれ）は、預言者（アッラーからの祝福と平安あれ）のウドゥーのやり方を明確に説明するために、身をもってそれを教示した。まず容器を持って来させ、両手に水を注ぎ、両手を３回洗った。それから右手を水入れに入れ、水をすくって口に入れ、また出した。そして鼻に水を吸い込んでは、噴き出した。それから顔を３回、両腕を肘まで３回洗い、頭を濡れた手で１度だけ撫でた。そして両足を３回洗った。
+ウスマーン（アッラーのご満悦あれ）はウドゥーを終えると、預言者（アッラーからの祝福と平安あれ）がそのようにウドゥーをしたのだということを伝えた。また彼が、そのようにウドゥーをし、それからアッラーの御前で気持ちをこめて謹んで２ラクアの礼拝をする者は、その完全なウドゥーと真摯な礼拝ゆえに、アッラーによってそれ以前の罪をゆるされるのだ、という吉報を伝えた。</t>
+  </si>
+  <si>
+    <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
+ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
+ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
+استحباب التيامن في الوضوء.
+مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
+استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
+مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
+لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
+  </si>
+  <si>
+    <t>たとえ眠りから目覚めたのではなかったとしても、ウドゥーを始める際、水の容器に手を入れる前に両手を洗うことの勧め。もし夜の眠りから目覚めたのであれば、両手を洗うことは義務となる。
+教師は学ぶ者にとってなるべく分かりやすく、知識がしっかりと身につくような手段を用いるべきである。その一つが、身をもって教えることである。
+礼拝する者は、現世の諸事への執着心を遠ざけなければならない。気持ちを込めることによって礼拝は完全なものとなり、余計な考え事はそれを損ねることになる。ゆえに礼拝の際は、余計なことを考えることから、自分自身を遠ざけるよう努力しなければならない。
+ウドゥーで右手を用いることの勧め。
+うがい、鼻に水を吸い込むこと、鼻から水を噴き出すこと、という順番を守ること。
+顔、両手、両足を３回洗うことの勧め。最低１回洗うことが義務となる。
+過去の罪に対するアッラーの赦しは、２つのことが揃うことで実現する：つまり、伝承の中で表されている形でウドゥーと２ラクアの礼拝をすることである。
+ウドゥーで清める身体箇所には、それぞれ範囲がある。顔の範囲は、縦は額の髪の生え際からあごひげとあごの先まで、横は耳から耳まで。腕の範囲は指先から肘まで。頭の範囲は額の髪の生え際から首の最上部まで。耳を撫でることは、頭部を撫でることに含まれる。足の範囲は足のくるぶし以下の全てである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3313</t>
   </si>
   <si>
-    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد -يحذر ما صنعوا-، ولولا ذلك أبرز قبره، غير أنه خشي أن يتخذ مسجدًا</t>
-[...43 lines deleted...]
-アーイシャ（彼女にアッラーのご満悦あれ）の宗教理解。</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
+  </si>
+  <si>
+    <t>アッラーがユダヤ教徒とキリスト教徒を呪われるよう。彼らは、彼らの預言者たちの墓をマスジドにしたのだ。</t>
+  </si>
+  <si>
+    <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
+  </si>
+  <si>
+    <t>アーイシャとイブン・アッバース（アッラーのご満悦あれ）は言った： アッラーの使徒（アッラーからの祝福と平安あれ）は、自身に死が近づいた時、自分の顔に布をかけた。そして苦しくなると、それを外してこう言った：「アッラーがユダヤ教徒とキリスト教徒を呪われるよう。彼らは、彼らの預言者たちの墓をマスジドにしたのだ。」彼らが行ったことに対して注意を喚起しているのだった。</t>
+  </si>
+  <si>
+    <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
+  </si>
+  <si>
+    <t>アーイシャとイブン・アッバース（アッラーのご満悦あれ）は、このように伝えている：預言者（アッラーからの祝福と平安あれ）は、自身に死期が訪れた時、自分の顔に布の一片をかけたが、死の苦しみで苦しくなると、それを顔から外し、大変な状況のなかでこう言った。「アッラーがユダヤ教徒とキリスト教徒を呪われるよう。」つまり、彼らがアッラーの慈悲から遠ざけられるよう、という意味である。そしてその原因は、彼らが彼らの預言者たちの墓をマスジドとしたためである。そのことが非常に重要でなかったならば、そのような大変な状況のなかでそのようなことを言わなかったであろう。預言者（アッラーからの祝福と平安あれ）は自らの共同体に、同様のことを行うことを禁じた。それは彼らの行いであり、アッラーに対するシルクにつながるものだからである。</t>
+  </si>
+  <si>
+    <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
+النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
+شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
+أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
+النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
+من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
+  </si>
+  <si>
+    <t>預言者や正しい者たちの墓を、アッラーのために礼拝するためのマスジドとすることの禁止。なぜなら、それはシルクにつながるためである。
+タウヒードに対するアッラーの使徒（アッラーからの祝福と平安あれ）の関心の高さと、墓が偉大視されることの恐れ。墓の偉大視はシルクにつながる。
+墓をマスジドにしてしまうことに関し、ユダヤ教徒とキリスト教徒を呪うことの合法性。
+墓に建物を建てるのは、ユダヤ教徒とキリスト教徒の習いである。この伝承の中には、彼らと同様のことをすることの禁止が含まれる。
+墓で礼拝すること、墓に向かって礼拝することもまた、墓をマスジドにすることの意味に含まれる。たとえそこにマスジドが建設されなかったとしても、である。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3330</t>
   </si>
   <si>
     <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
-    <t>「七種の破滅的な罪を避けよ」。人々が「アッラーの使徒よ、それらは何ですか？」とたずねると、彼は言った：「アッラーに対するシルク、魔術、正当な理由もなくアッラーの禁ずる殺人を行うこと、利子を取ること、孤児の財産を貪ること、戦時の逃亡、貞淑で無実な女性信者を中傷することである。」</t>
-[...33 lines deleted...]
-不信仰者を姦淫で訴えることは大罪ではないこと。</t>
+    <t>「破滅をもたらす７つの物事を避けなさい。</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は、こう言った： 「破滅をもたらす７つの物事を避けなさい。」人々は言った：「アッラーの使徒よ、それは何ですか？」預言者は言った：「アッラーに対してシルクを犯すこと。魔法。権利もないのに、アッラーが侵さざるべきものとした人間を殺害すること。利子を取ること。孤児の財産を貪ること。戦いの日の逃亡。無頓着で貞節な
+信仰者女性を姦淫で名誉毀損すること。」</t>
+  </si>
+  <si>
+    <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
+ أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
+ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
+ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
+رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
+خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
+سادسًا: الفرار من المعركة مع الكفار.
+سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）は、破滅をもたらす７つの罪から遠ざかるよう、その共同体に命じている。そしてそれらが何か尋ねられ、このように答えている：
+１．アッラーに対してシルクを犯すこと。それはどのような形かを問わず、アッラーに同等のものを認めたり、アッラー以外のものに崇拝行為を向けたりすることである。シルクが冒頭に来ているのは、それが最大の罪であるため。
+２．魔法。これは、紐の結び目、まじない、薬、煙などを利用して、魔法をかける対象に死、病、夫婦間の分断などをもたらす行為のことである。これはシャイターンの所為であり、多くの場合シルクや、邪悪な心を持った存在に何らかの捧げ物をしたりすることを介して達成される。
+３．侵害を禁じられた人間の命を奪うこと。ただし、イスラーム法によって正当化され、統治者が実行するものは別である。
+４．利子をむさぼったり、あらゆる形においてそこから利益をえたりすること。
+５．成人前に父親を失った年少者の財産に、不当に手をつけること。
+６．不信仰者らとの戦いにおいて逃亡すること。
+７．貞節な自由民女性を姦淫で名誉毀損すること。男性の場合でも同様。</t>
+  </si>
+  <si>
+    <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
+جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
+  </si>
+  <si>
+    <t>大罪は７つだけではないが、ここではその罪の大きさと危険性ゆえにこれらのものが取り上げられている。
+報復刑、背教、既婚者の姦通など正当な理由があり、イスラーム法上の統治者がそれを実行するのであれば、生命の侵害とはならない。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهم لا تجعل قبري وثنا يُعبد، اشتد غضب الله على قوم اتخذوا قبور أنبيائهم مساجد</t>
-[...20 lines deleted...]
-قصد القبور لتعظيمها عبادة لها، فيكون شركا مهما كان قرب صاحبها من الله -تعالى-.
+    <t>اللهم لا تجعل قبري وثنا</t>
+  </si>
+  <si>
+    <t>「アッラーよ、私の墓を偶像とはしないでください</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は、こう言った： 「アッラーよ、私の墓を偶像とはしないでください。自分たちの預言者の墓をマスジドとしてしまった民に、アッラーの呪いがありますよう。」</t>
+  </si>
+  <si>
+    <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はその主に対し、自分の墓が人々によって、自分を偉大視するがゆえに崇拝され、サジダされる偶像のようなものとはならないよう祈った。それから預言者（アッラーからの祝福と平安あれ）は、預言者たちの墓をマスジドとしてしまった者が、アッラーによってその慈悲から放逐されてしまったことを伝えた。なぜならば墓をマスジドとすることは、その崇拝やその信仰への足がかりとなってしまうからである。</t>
+  </si>
+  <si>
+    <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
+لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
-تحريم الصلاة عند القبور ولو لم يبن مسجدًا.</t>
-[...17 lines deleted...]
-    <t>[アハマドの伝承 - マーリクの伝承]</t>
+تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
+  </si>
+  <si>
+    <t>預言者や清廉な者たちの墓においてイスラーム法の則を超えてしまえば、それらがアッラーを差し置いて崇拝されるものとなってしまうことにつながる。シルクへとつながる道には注意しなければならない。
+偉大視や崇拝ゆえに墓へと向かうことは非合法である。墓に埋葬された者が、いかにアッラーに近しい者だったとしてもである。
+墓にマスジドを建てることの禁止。
+マスジドがそこになかったとしても、墓でサラーすることの禁止。ただし、まだ行われていない葬儀のサラーをする場合は、
+その限りではない。</t>
+  </si>
+  <si>
+    <t>رواه أحمد</t>
+  </si>
+  <si>
+    <t>[アハマドの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3336</t>
   </si>
   <si>
     <t>إن عظم الجزاء مع عظم البلاء، وإن الله تعالى إذا أحب قوما ابتلاهم؛ فمن رضي فله الرضى، ومن سخط فله السخط</t>
   </si>
   <si>
     <t>まことに褒美の大きさは、試練の大きさによるものである。至高のアッラーは、ある民を愛する時、彼らを試練におかけになる。それに満足する者には満足があり、それを憎悪する者には憎悪があるのだ。</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: "إن عِظَمَ الجزاءِ مع عِظَمِ البلاءِ، وإن الله تعالى إذا أحب قوما ابتلاهم، فمن رَضِيَ فله الرِضا، ومن سَخِطَ فله السُّخْطُ".</t>
   </si>
   <si>
     <t>アナス・ブン・マーリク（彼にアッラーのご満悦あれ）が預言者（彼にアッラーからの祝福と平安あれ）から伝えるところによれば、彼はこう言った：「まことに褒美の大きさは、試練の大きさによるものである。至高のアッラーは、ある民を愛する時、彼らを試練におかけになる。それに満足する者には満足があり、それを憎悪する者には憎悪があるのだ。」</t>
   </si>
   <si>
     <t>يخبرنا النبي صلى الله عليه وسلم في هذا الحديث أن المؤمن قد يحل به شيء من المصائب في نفسه أو ماله أو غير ذلك، وأن الله سيثيبه على تلك المصائب إذا هو صبر، وأنه كلما عظمت المصيبة وعظم خطرها عظم ثوابها من الله، ثم يبين صلى الله عليه وسلم بأن المصائب من علامات حب الله للمؤمن، وأن قضاء الله وقدره نافذان لا محالة، ولكن من صبر ورضي، فإن الله سيثيبه على ذلك برضاه عنه وكفى به ثوابا، وأن من سخط وكره قضاء الله وقدره، فإن الله يسخط عليه وكفى به عقوبة.</t>
   </si>
   <si>
     <t>このハディースの中で預言者（彼にアッラーからの祝福と平安あれ）は、以下のことを伝えている：信仰者は、生命や財産などにおいて災難に出遭うが、それに忍耐すればアッラーは褒美を授けてくれること。災難が大きければ大きいほど、その危険度が高ければ高いほど、アッラーからの褒美も大きくなること。災難は信仰者に対するアッラーの愛の表れであり、アッラーの定めは必ず実現すること。そしてそれに忍耐し、満足して受け入れるのであれば、アッラーはそれゆえにその者に褒美を授け、満足されること。しかしアッラーの定めを嫌うのであれば、アッラーはそれゆえにその者をお嫌いになり、罰でもって報われるということ。</t>
   </si>
   <si>
     <t>أن المصائب مكفرات للذنوب ما لم يترتب عليها ترك واجب كترك الصبر أو فعل محرم كشق الجيوب أو لطم الخدود.
 إثبات صفة المحبة لله على وجه يليق بجلاله.
@@ -831,341 +727,303 @@
 إثبات الحكمة لله سبحانه في أفعاله.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>災難は、それに対しての義務を放棄したり、禁止事項を行ったりしない限り、それを被った者の罪滅ぼしとなる。義務の放棄の例としては、忍耐しないこと、禁止事項としては、災難ゆえに衣服を裂いたり自分の頬を叩いたりすることである。
 アッラーには、かれに相応しい形において、愛という属性があることの確証。
 信仰者の試練は、信仰のあかしの一つであること。
 アッラーには、かれに相応しい形において、満足や憎悪という属性があることの確証。
 アッラーの定めに満足することの奨励。
 アッラーの定めを嫌悪することの禁止。
 災難に対して忍耐することの勧め。
 人は時に、自分にとってよいことを嫌ってしまうこともあること。
 アッラーの御業における英知の確証。
 報いは、その行いと同種のもの。</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3339</t>
   </si>
   <si>
-    <t>أنا أغنى الشركاء عن الشرك؛ من عمل عملا أشرك معي فيه غيري تركته وشركه</t>
-[...30 lines deleted...]
-アッラーには完全なる高貴さが属することの確証。</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
+  </si>
+  <si>
+    <t>われは最もシルクを必要としないものである。われ以外のものにシルクを犯しつつ何らかの行為を行う者は、われがその行いと彼のシルクを放棄しよう。</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「祝福にあふれた至高なるアッラーはこう仰せられた：われは最もシルクを必要としないものである。われ以外のものにシルクを犯しつつ何らかの行為を行う者は、われがその行いと彼のシルクを放棄しよう。」</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
+فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、祝福にあふれた至高なるアッラーがこう仰せられたと伝えている：「かれは最もシルクを必要としないものであり、何も必要とはしない十分なお方である。もし人間が何らかの服従行為を行い、そこにアッラー以外のものを並べてシルクを犯すのであれば、アッラーはその者を放棄し、お受け入れにならない。そしてその行いを、その者へと突き返されるのである。」 ゆえに行為は、アッラーのために真摯に行わなければならない。アッラーはかれのお顔を真摯に求めて行われたものしか、お受け入れにはならないからである。</t>
+  </si>
+  <si>
+    <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
+استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
+  </si>
+  <si>
+    <t>あらゆる形のシルクに対する警告。それは行いが受け入れられることを阻んでしまう。
+アッラーが何ものも必要とはしない十分なお方であり、偉大なことを実感すること。それは行為における真摯さの助力となる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3342</t>
   </si>
   <si>
-    <t>إني أبرأ إلى الله أن يكون لي منكم خليل، فإن الله قد اتخذني خليلا كما اتخذ إبراهيم خليلا، ولو كنت متخذا من أمتي خليلا لاتخذت أبا بكر خليلا</t>
-[...34 lines deleted...]
-シルクへとつながる物事を防止すること。</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
+  </si>
+  <si>
+    <t>私に、あなた方の内からハリール（親愛な者）があるなどということから、私はアッラーに潔白を求める。なぜならアッラーは、イブラーヒームをかれのハリールにしたのと同様に、私をハリールとしたからである。</t>
+  </si>
+  <si>
+    <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
+  </si>
+  <si>
+    <t>ジュンダブ（アッラーのご満悦あれ）は言った： 私は、預言者（彼にアッラーからの祝福と平安あれ）が亡くなる５日前に、こう言うのを聞いた：「私に、あなた方の内からハリール（親愛な者）があるなどということから、私はアッラーに潔白を求める。なぜならアッラーは、イブラーヒームをかれのハリールにしたのと同様に、私をハリールとしたからである。 そして、もし私が私の共同体の内からハリールを選ぶとしたら、きっとアブー・バクルをハリールとして選んだだろう。かつてあなた方以前の人々は、彼らの預言者や正しい者たちの墓をマスジドとした。墓をマスジドとしてはならない。私はそのことをあなた方に禁じる。」</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
+ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は、アッラーのもとにおける自らの地位について、ちょうどイブラーヒーム（彼に平安あれ）がそうだったように、アッラーの愛における最高の位にまで達したことを語った。それゆえに、アッラー以外には自分にハリール（親愛な者）などない、と言ったのであるである。というのも彼の心はアッラーに対する愛情、かれを偉大視する気持ち、かれについての知識で満ち溢れており、アッラー以外のいかなる者に対しても向けられてはいないからである。 そしてもし彼にハリールがあったとしたら、それはきっとアブー・バクル（アッラーのご満悦あれ） だっただろう。 ユダヤ教徒やキリスト教徒は、彼らの預言者や正しい者たちの墓をアッラーをよそにして崇拝する神々とし、墓の上に建築してマスジドや崇拝の場としてしまったが、そのように愛情の定められた一線を越えることの警告。預言者（彼にアッラーからの祝福と平安あれ）は自分の共同体に対し、彼らのようなことをしないようにと禁止した。</t>
+  </si>
+  <si>
+    <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
+بناء المساجد على القبور من منكرات الأمم السابقة.
+النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
+التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
+خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
+  </si>
+  <si>
+    <t>アブー・バクル（アッラーのご満悦あれ）の徳。彼は最良の教友であり、アッラーの使徒（アッラーからの祝福と平安あれ）の逝去後に彼の後継者となるにあたって、最優先される人物である。
+墓の上にマスジドを建設することは、過去の民が行っていた悪事の一つである。
+墓を、そこで礼拝したり、そこに向かって礼拝したり、その上にマスジドやドームを建てたりして、崇拝のための場所とすることの禁止。それはそうすることによって、シルクに陥ることへの注意のためである。
+正しい者たちに関することで行き過ぎてしまうことに対する警告。それはシルクに陥ってしまう恐れが高いためである。
+預言者（彼にアッラーからの祝福と平安あれ）が警告したことの危険性。彼は他界の5日前にこのことを強調したのである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3347</t>
   </si>
   <si>
-    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا عليّ فإن صلاتكم تبلغني حيث كنتم</t>
-[...36 lines deleted...]
-生者の祈願が死者を益すること。</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
+  </si>
+  <si>
+    <t>「あなた方の家を墓にはするな。私の墓をイードにはするな。そして私のために祈願するのだ。あなた方の祈願は、あなた方がいる場所からでも私に届くのだから。」</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「あなた方の家を墓にはするな。私の墓をイードにはするな。そして私のために祈願するのだ。あなた方の祈願は、あなた方がいる場所からでも私に届くのだから。」</t>
+  </si>
+  <si>
+    <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
+ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
+وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は、家で礼拝が行われなくなり、その結果、礼拝が行われない墓場のような状態になってしまうことをを禁じた。 また、それがシルクへの道となってしまうため、彼の墓を繰り返し訪問したり、そこで集まりの場を定期的に持ったりすることを禁じた。 そして地上のどこにあろうと、彼に祝福と平安を祈ることを命じた。なぜならそれは遠い場所でも近い場所でも等しく彼に届くためであり、彼の墓を頻繁に訪れる必要はないからである。</t>
+  </si>
+  <si>
+    <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
+المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
+تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
+كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
+حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
+  </si>
+  <si>
+    <t>家を、崇拝行為が行われない場所としてしまうことの禁止。
+預言者（アッラーからの祝福と平安あれ）の墓の訪問を目的として旅行することの禁止。なぜなら預言者は彼に対する祝福祈願を命じはしたが、それはどこからでも届くためである。また、旅行の目的とするのはマスジドへと赴き、そこで礼拝することだから
+である。
+預言者（アッラーからの祝福と平安あれ）の墓の訪問を、特定の時期に特定の形で繰り返し行うような形にはしないこと。彼以外の墓でもそれは同様である。
+預言者（アッラーからの祝福と平安あれ）への祝福と平安の祈願はどこでもいつでも行うことができるという、彼に対する、アッラーからの奇跡的な栄誉。
+墓での礼拝は、教友たちに対して何度も禁じられた。そのような中、預言者（アッラーからの祝福と平安あれ）は家を、礼拝が行われない墓場のような場所にはしないよう禁じた。</t>
+  </si>
+  <si>
+    <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
+  </si>
+  <si>
+    <t>[良好]</t>
   </si>
   <si>
     <t>[アブー・ダーウードの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3350</t>
   </si>
   <si>
     <t>إن الله تعالى يغار، وغيرة الله تعالى ، أن يأتي المرء ما حرم الله عليه</t>
   </si>
   <si>
     <t>まことに至高のアッラーは、自恃（じじ）の念をお持ちである。そして至高のアッラーの自恃とは、アッラーが禁じた物事を人が侵すことである。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعًا: «إِنَّ الله -تَعَالى- يَغَارُ، وغَيرَةُ الله -تَعَالَى-، أَنْ يَأْتِيَ المَرء ما حرَّم الله عليه».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの平安と祝福あれ）が、このように語ったと伝えている：「まことに至高のアッラーは、自恃（じじ）の念をお持ちである。そして至高のアッラーの自恃とは、アッラーが禁じた物事を人が侵すことである。」</t>
   </si>
   <si>
     <t>جاء الحديث ليبين أن الله يغار على محارمه، يبغض ويكره انتهاك حدوده، ومن ذلك فاحشة الزنا، فهو طريق سافل سيِّئ، ومِن ثَمَّ حرَّم الله على عباده الزنا وجميع وسائله، فإذا زنى العبد، فإنَّ الله يغار غيرة أشد وأعظم من غيرته على ما دونه من المحارم، وكذلك أيضا اللِّوَاط، وهو إتيان الذَكَر، فإِنَّ هذا أعظم وأعظم؛ ولهذا جعله الله تعالى أشدَّ في الفُحش من الزنا. 
  وكذلك أيضا السرقة وشرب الخمر وكل المحارم يغار الله منها، لكن بعض المحارم تكون أشد غيرة من بعض، حسب الجُرم، وحسب المضَّار التي تترتَّب على ذلك.</t>
   </si>
   <si>
     <t>このハディースは、アッラーが、かれの禁じた物事を侵されることに関して自恃の念をお持ちであり、かれが決めた規定の違反をお嫌いになるということを説明している。アッラーが禁じた物事としては、姦淫がある。姦淫は醜悪かつ低劣な行為であり、アッラーはしもべに対してそれ自体だけでなく、そこにつながる物事をも禁じた。しもべが姦淫を犯せば、アッラーはそれ以外の禁止事項が侵されるよりも、激しい怒りでもってお怒りになる。
 また、窃盗や飲酒、それ以外の禁止事項を侵すことも同様に、アッラーの自恃の念を侵害する。ただし、それらはその害悪の程度によって、アッラーのお怒りの程度も違ってくる。</t>
   </si>
   <si>
     <t>التنفير من ارتكاب المحرمات؛ لأنها تُسَبِّب غضب الله -سبحانه وتعالى-.
 إثبات الغيرة لله -تعالى-، على الوجه اللائق -سبحانه وتعالى-.
 مراقبة الله -تعالى-، والخوف من غضبه وعقوبته إذا انتُهِكت محارمه.</t>
   </si>
   <si>
     <t>禁止事項を侵すことへの警告。それはアッラーのお怒りを買うことにつながるからである。
 アッラーには、かれに相応しい形で、自恃の念があることの確証。
 禁じられた物事を侵した時の、アッラーからの監視およびアッラーのお怒りと罰に対する恐怖。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3354</t>
   </si>
   <si>
-    <t>من حلف بغير الله قد كفر أو أشرك</t>
-[...32 lines deleted...]
-    <t>[アッ＝ティルミズィーの伝承 - アブー・ダーウードの伝承 - アハマドの伝承]</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
+  </si>
+  <si>
+    <t>「アッラー以外のものにおいて誓った者は、不信仰に陥ったか、またはシルクを犯したのだ。」</t>
+  </si>
+  <si>
+    <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
+  </si>
+  <si>
+    <t>イブン・ウマル（アッラーのご満悦あれ）は、ある男がこう言うのを聞いた：「いや、カァバ神殿にかけて。」それでイブン・ウマルは言った：「アッラー以外にかけて誓ってはならない。私はアッラーの使徒（アッラーからの祝福と平安あれ）が、このように言うのを聞いたのだ： 「アッラー以外のものにおいて誓った者は、不信仰に陥ったか、またはシルクを犯したのだ。」</t>
+  </si>
+  <si>
+    <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、アッラーとその美名、属性以外のものにおいて誓った者は、アッラーに対する不信仰に陥ったか、またはシルクを犯したことになる、と語っている。これは、誓いというものには、そこにおいて誓った対象を偉大視する意味があるためである。しかし偉大さは、アッラーのみに属する。ゆえにアッラーとその美名、属性以外のものにおいて誓ってはならない。 そしてこの種類の誓いは、小シルクと見なされる。ただし、そのような誓いをする者が、それにおいて誓った対象を、アッラーを偉大視するのと同等に、またはそれ以上に偉大視した場合、それは大シルクとなる。</t>
+  </si>
+  <si>
+    <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
+حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
+  </si>
+  <si>
+    <t>誓いにおいて偉大視されるのは、至高のアッラーのみが有する権利である。ゆえにアッラーとその美名、属性以外のものにおいて誓ってはならない。
+勧善懲悪、特にそれがシルクや不信仰と関連する悪事となる場合の教友たちの熱心さ。</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3359</t>
   </si>
   <si>
-    <t>أثقل الصلاة على المنافقين: صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيها لأتوهما ولو حبوًا، ولقد هممت أن آمر بالصلاة فتقام، ثم آمر رجلا فيصلي بالناس، ثم أنطلق معي برجال معهم حزم من حطب إلى قوم لا يشهدون الصلاة فأحرق عليهم بيوتهم بالنار</t>
-[...23 lines deleted...]
-فضل صلاتي العشاء والفجر.
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
+  </si>
+  <si>
+    <t>「偽信者たちにとって最も難儀に感じられるのが、イシャーとファジュルの礼拝である。もしその２つの中にあるものを知ったならば、彼らは這いつくばったとしても、そこにやって来ただろう</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「偽信者たちにとって最も難儀に感じられるのが、イシャーとファジュルの礼拝である。もしその２つの中にあるものを知ったならば、彼らは這いつくばったとしても、そこにやって来ただろう。本当に私は礼拝を命じて開始させ、誰かに命じて人々の礼拝の先導をさせておき、私はといえば薪を携えた者たちを従えて外に出て行き、礼拝をしない者たちの家に火をつけて燃やしてしまおうと思ったほどなのである。」</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
+ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は偽信者と、彼らが礼拝－特にイシャーとファジュルの礼拝－を面倒くさく感じている様子について語っている。もしそれらの礼拝をムスリムたちと共に行うことの報奨のほどについて知ったならば、彼らはちょうど幼児がそうするように、這ってでもそこにやって来たのである。
+預言者（アッラーからの祝福と平安あれ）は礼拝を命じて開始させ、誰かに命じて自分の代わりに人々の礼拝の先導をさせておき、薪を携えた者たちを従えて外に出て行き、集団礼拝をしない者たちの家に火をつけて燃やしてしまおうと決意したほどだった。それは、彼らが犯している罪の大きさのためである。しかし預言者（アッラーからの祝福と平安あれ）は、そうはしなかった。そこには女性や子供たちもおり、彼らには罪がないためである。</t>
+  </si>
+  <si>
+    <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
+المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
-ثقل صلاتي الفجر والعشاء: محمول على أدائهما في جماعة، وهذا ما يدل عليه السياق وإنما ثقلتا لقوة الداعي إلى التخلُّف عنهما، وقوة الصارف عن حضورهما.
-[...13 lines deleted...]
-罪悪者たちには突然罰が降りかかること。</t>
+الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
+  </si>
+  <si>
+    <t>マスジドで集団礼拝をしないことの危険性。
+偽信者は人目や外聞のためでなくしては、崇拝行為を行おうとはしない。彼らは人に見られている時にしか、礼拝にはやって来ない。
+イシャーとファジュルの礼拝を集団で行うことにおける偉大な報奨。それらは這ってでも参加する価値があること。
+イシャーとファジュルの礼拝の遵守は、偽の信仰からの安泰さである。そうしないことは、偽信者の特徴である。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3366</t>
   </si>
   <si>
     <t>إن من شرار الناس من تدركهم الساعة وهم أحياء، والذين يتخذون القبور مساجد</t>
   </si>
   <si>
     <t>まことに最悪の者たちとは、墓をマスジドとしている状態で、復活の日を生きたまま迎えた者たちである。</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه مرفوعاً: "إن من شرار الناس من تُدركهم الساعة وهم أحياء، والذين يتخذون القبور مساجد".</t>
   </si>
   <si>
     <t>アブドッラー・ブン・マスウード（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの祝福と平安あれ）からの言葉として、こう語った：「まことに最悪の者たちとは、墓をマスジドとしている状態で、復活の日を生きたまま迎えた者たちである。」</t>
   </si>
   <si>
     <t>يخبر -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- عمن تقوم الساعة عليهم وهم أحياءٌ أنهم شرار الناس، ومنهم الذين يصلون عند القبور وإليها ويبنون عليها القباب، وهذا تحذيرٌ لأمته أن تفعل مع قبور أنبيائهم وصالحيهم مثل فعل هؤلاء الأشرار.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）は、復活の日を生きたまま迎える者たちの内、最悪の者たちについて語っている。その内の者が、墓において、または墓に向かって礼拝する者たちであり、墓にドームを建てたりするような者たちである。これは、預言者たちや正しい者たちの墓に対して、このような最悪の者たちがしたような行為に対する、イスラーム共同体への警告である。</t>
   </si>
   <si>
     <t>إثبات قيام الساعة.
 أن الساعة تقوم على شرار الناس.
 تحريم بناء المساجد على القبور أو الصلاة عندها بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 التحذير عن الصلاة عند القبور، لأنه وسيلةٌ إلى الشرك.
 أن من اتخذ قبور الصالحين مساجد للصلاة فيها فهو من شرار الخلق، وإن كان قصده التقرب إلى الله.
 التحذير من الشرك ووسائله وما يقرب إليه، مهما كان قصد صاحب تلك الوسائل.
 معجزة للنبي -صلى الله عليه وسلم- حيث وقع ما أخبر به من بناء المساجد على القبور.</t>
   </si>
   <si>
     <t>復活の日の到来の確証。
 復活の日は、悪人たちに対する反証として起こるということ。
 墓の上にマスジドを建設したり、あるいは建設せずとも墓で礼拝したりすることの禁止。マスジドとは建物ではなかったとしても、サジダ（平れ伏す形の礼拝動作）する場所のことを指すからである。
 墓での礼拝の禁止。それはシルクにつながるためである。
 正しい者たちの墓を礼拝の為のマスジドとする者は、最悪の者の内の一人である。たとえそれが、そうすることによってアッラーへのお近づきを意図していたとしても、である。
 シルクと、それにつなげたり、それに近づけたりする物事への注意。そこに、それらの物事を行う者の意図は無関係である。
 預言者（彼にアッラーからの祝福と平安あれ）の奇跡。彼が語ったように、墓の上にマスジドを建てる者が出現した。</t>
-  </si>
-[...10 lines deleted...]
-    <t>[アハマドの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3375</t>
   </si>
   <si>
     <t>أخوف ما أخاف عليكم: الشرك الأصغر، فسئل عنه، فقال: الرياء</t>
   </si>
   <si>
     <t>「私があなた方に関して最も恐れることは、小さなシルクである。」彼はそれについて尋ねられると、こう答えた：「見せかけの行為だ。」</t>
   </si>
   <si>
     <t>عن محمود بن لبيد رضي الله عنه مرفوعاً: "أَخْوَفُ ما أخاف عليكم: الشرك الأصغر، فسئل عنه، فقال: الرياء".</t>
   </si>
   <si>
     <t>マフムード・ブン・ラビード（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの祝福と平安あれ）からの言葉として、こう語った：「私があなた方に関して最も恐れることは、小さなシルクである。」彼はそれについて尋ねられると、こう答えた：「見せかけの行為だ。」</t>
   </si>
   <si>
     <t>يخبرنا النبي صلى الله عليه وسلم في هذا الحديث أنه يخاف علينا، وأكثر ما يخاف علينا من الشرك الأصغر، وذلك لما اتصف به صلى الله عليه وسلم من كمال العطف والرحمة بأمته، والحرص على ما يصلح أحوالهم، ولما عرفه من قوة أسباب الشرك الأصغر الذي هو الرياء وكثرة دواعيه، فربما دخل على المسلمين من حيث لا يعلمون فيضر بهم؛ لذا حذرهم منه وأنذرهم.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの平安と祝福あれ）はこのハディースの中で、彼が私たちに関して恐れており、そして私たちに関して最も恐れていることが「小さなシルク」であると語っている。このことは、イスラーム共同体に対する預言者（彼にアッラーからの平安と祝福あれ）の思いやりと慈悲の念、その正しい状態の維持についての彼の熱心さを示している。そして見せかけの行為である「小さなシルク」の原因の根強さ、その動機の多様性、それがムスリムたちの知らない内に入り込んできてしまい、彼らを害する可能性があることを知っているからこそ、このような警告を放ったのである。</t>
   </si>
   <si>
     <t>أن الرياء أخوف على الصالحين من فتنة الدجال.
 الحذر من الرياء ومن الشرك عموماً.
@@ -1216,204 +1074,191 @@
 حرص الصحابة على العلم.</t>
   </si>
   <si>
     <t>アッラーの法規定の改ざんにおいて、学者、またはそれ以外の被造物に従うことは大シルクである。ただし従っている者が、それがアッラーの法規定に反していることを知っている限りにおいて、である。
 何かをハラール（合法）としたりハラーム（禁止）としたりするのは、至高のアッラーのみに属する権利である。
 シルクの一種、つまり「服従によるシルク」についての説明。
 無知な者には教えるということ。
 崇拝行為（イバーダ）とは：アッラーが愛し、お喜びになる、あらゆる外面的・内面的言動を包括する、広範な意味を持つものである。
 ハディースで取り上げられているような学者や修道僧らの迷妄についての説明。
 ユダヤ教徒とキリスト教徒のシルクの確証。
 使徒たちの宗教の起源は一つであり、それがタウヒード（唯一神信仰）であるということ。
 創造主への反抗を伴う被造物への服従は、崇拝行為であること。
 規定が不明瞭であることについて、知識ある者に尋ねることの義務性。
 知識に対するサハーバの熱心さ。</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[アッ＝ティルミズィーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3384</t>
   </si>
   <si>
-    <t>إنك تأتي قوما من أهل الكتاب، فليكن أولَ ما تدعوهم إليه شهادة أن لا إله إلا الله</t>
-[...52 lines deleted...]
-不正への警告。不正を受けている者の祈りは、たとえ罪深い者であっても叶えられる。</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
+  </si>
+  <si>
+    <t>あなたは啓典の民のもとへと赴く。だから彼らのものに行ったら、彼らを”アッラー以外に崇拝すべきものはなく、ムハンマドはアッラーの使徒である”という証言へと招くのだ</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（アッラーのご満悦あれ）は言った： アッラーの使徒（アッラーからの祝福と平安あれ）はムアーズ・ブン・ジャバルをイエメンに派遣した際、彼にこう言った：「
+あなたは啓典の民のもとへと赴く。だから彼らのものに行ったら、彼らを”アッラー以外に崇拝すべきものはなく、ムハンマドはアッラーの使徒である”という証言へと招くのだ。そしてもし彼らがそこにおいてあなたに従ったのであれば、アッラーが彼らに、毎昼夜の５回の礼拝を義務付けたということを、彼らに伝えよ。そしてもし彼らがそこにおいてあなたに従ったのであれば、アッラーが彼らに、彼らのうちの豊かな者たちから取られ、彼らのうちの貧しい者たちへと返される施しを義務付けたということを、彼らに伝えよ。そしてもし彼らがそこにおいてあなたに従ったのであれば、彼らの財産の高価なものに手をつけるのではない。また、不正を被っている者の祈りを恐れよ。その者とアッラーの間を阻む障壁はないのだから。」</t>
+  </si>
+  <si>
+    <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
+ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
+ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はムアーズ・ブン・ジャバル（アッラーのお喜びあれ）を、アッラーへと招く者、教師としてイエメン地方に派遣した際、以下のように彼に説明した：彼はキリスト教徒の人々と対面することになるので、そのための準備が出来ていなければならない。彼らへの布教に関しては、より重要性の高いものから始めて行かなければならない。 ゆえにまずは彼らを、信仰を正すことへと招くのだ。つまり、”アッラー以外に崇拝すべきものはなく、ムハンマドはアッラーの使徒である”という証言のことである。 というのも、それによって彼らはイスラームに入ることになるからである。もし彼らがそこにおいて従ったのであれば、礼拝を行うことを命じるのだ。というのも、それはタウヒードの後に次ぐ偉大な義務だからである。 そしてもし彼らがそれを行うようになったのであれば、彼らのうちの豊かな者たちが、彼らのうちの貧しい者たちに対して喜捨を支払うことを命じるのだ。それから預言者はムアーズに、彼らの最も高価な財産を取ることについて、注意した。なぜなら義務として支払うのは平均的なものだからである。 それから彼に、不正を避けるよう命じた。それは不正を被った者が彼に対して悪いことを祈らないようにするためであり、そのような者の祈りが受け入れられるためなのだ。</t>
+  </si>
+  <si>
+    <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
+معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
+مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
+أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
+بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>「アッラー以外に崇拝すべきものはなし」という証言の意味は、アッラーのみを崇拝し、アッラー以外のものの崇拝を放棄することである。
+「ムハンマドはアッラーの使徒である」という証言の意味は、彼と彼がもたらしたものを信じ、彼が真実を語ったこと、彼が人類に対するアッラーからの最後の使徒であることを信じることである。
+学識ある者や、疑念を持っている者に対する話し方は、無知な者に対する話し方とは異なる。預言者がムアーズに、「あなたは啓典の民のもとへと赴く」と注意したのは、そういったわけである。
+疑念を投げかけてくる者たちによる疑念から無事であるため、ムスリムが自らの宗教に対して深い理解を持っていることの重要性。
+アッラーの使徒（アッラーからの祝福と平安あれ）が送られた後、それ以前の啓典の民の宗教が無効化されたということ。彼らはイスラームに入り、預言者ムハンマド（アッラーからの祝福と平安あれ）を信仰するまで、審判の日に救われる者たちとはならない。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3390</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم سئل عن النُّشرة؟ فقال: هي من عمل الشيطان</t>
   </si>
   <si>
     <t>アッラーの使徒（彼にアッラーからの祝福と平安あれ）は魔術による治療について尋ねられ、言った：「それはシャイターンの行いである。」</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم سئل عن النُّشْرَةِ؟ فقال: هي من عمل الشيطان.</t>
   </si>
   <si>
     <t>ジャービル（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は魔術による治療について尋ねられ、言った：「それはシャイターンの行いである。」</t>
   </si>
   <si>
     <t>أن النبي -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- سئل عن علاج المسحور على الطريقة التي كانت تعملها الجاهلية، مثل: حل السحر بالسحر ما حكم ذلك، فأجاب -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- بأنه من عمل الشيطان أو بواسطته؛ لأنه يكون بأنواع سحرية واستخداماتٍ شيطانيةٍ، فهي شركية ومحرمة.
 أما النشرة الجائزة: فهي فك السحر بالرقية أو بالبحث عنه، وفكه باليد مع قراءة القرآن أو بالأدوية المباحة.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）は、魔術をかけられた者を同じ魔術で治療するといったジャーヒリーヤ時代（イスラーム以前の無明時代）によるやり方で行うことを尋ねられ、それを「シャイターンの行い」あるいは「シャイターンを通して行うもの」とした。なぜなら、それは魔術の一種、シャイターンの利用であるためで、そのようなことはシルクであり、禁じられるからである。
 魔術の治療として合法なのは、ルクヤ（クルアーンの読誦や合法な祈願などによる治療法）や、魔術に用いられたものを見つけ、それをクルアーンの読誦や合法な薬品を用いて手でほどくことにより、解除することである。</t>
   </si>
   <si>
     <t>مشروعية سؤال العلماء عما أشكل حكمه؛ حذرًا من الوقوع في المحذور.
 النهي عن النشرة على الصفة التي تعملها الجاهلية؛ لأنها سحر والسحر كفر.
 أن أعمال الشيطان كلها محرمة.</t>
   </si>
   <si>
     <t>禁じられている物事に陥らないよう、決まりがよく分からないことに関しては学者に質問すること。
 ジャーヒリーヤ時代のやり方で魔術の解除を行うことの禁止。魔術自体が不信仰な物事なので、魔術の解除を魔術でもって行うことは許されない。
 シャイターンの行いは全て禁じられる。</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[アブー・ダーウードの伝承 - アハマドの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3402</t>
   </si>
   <si>
-    <t>لا تطروني كما أطرت النصارى ابن مريم؛ إنما أنا عبد، فقولوا: عبد الله ورسوله</t>
-[...24 lines deleted...]
-キリスト教徒の不信仰は、マスィーフ（イーサー）や、彼以降の聖人・聖女らに対して極端に走ったことが原因だった。イーサーがアッラーの御子であるという主張は、その誤った考えの正当な根拠の必要性ゆえ、啓典の改ざんをももたらした。</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
+  </si>
+  <si>
+    <t>「キリスト教徒がマルヤムの子の讃美において度を越したように、私のことを度を越して称えてはならない。私はかれ のしもべに過ぎないのだ。それゆえ（私のことを）こう言うがよい：アッラーのしもべ、アッラーの使徒、と。」</t>
+  </si>
+  <si>
+    <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
+  </si>
+  <si>
+    <t>ウマル・ブン・アル＝ハッターブ（アッラーのご満悦あれ）は言った：私は預言者（アッラーからの祝福と平安あれ）が、こう言うのを聞いた： 「キリスト教徒がマルヤムの子の讃美において度を越したように、私のことを度を越して称えてはならない。私はかれ のしもべに過ぎないのだ。それゆえ（私のことを）こう言うがよい：アッラーのしもべ、アッラーの使徒、と。」</t>
+  </si>
+  <si>
+    <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
+ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はキリスト教徒がマルヤムの子イーサーに対してそうしたように、自分が過度に賛美されたり、アッラーが専有する属性や行為で描写されたり、不可知の領域を知っていると言われたり、アッラーと並べて祈願されたりすることを禁じた。 そして彼がアッラーのしもべの一人であることを説明し、私たちが彼のことを「アッラーのしもべ、アッラーの使徒」と言うよう命じた。</t>
+  </si>
+  <si>
+    <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
+ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
+وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
+وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
+  </si>
+  <si>
+    <t>イスラームの決まりを超えて過度に賛美したり偉大視したりすることに対する警告。なぜならそれはシルクの原因となるからである。
+預言者（アッラーからの祝福と平安あれ）が警告したことは、既にこの共同体に起こっている。あるグループはアッラーの使徒（アッラーからの祝福と平安あれ）に対して、別のグループはその一族に対して、また別のグループはワリー(宗教的に特別な徳がある者)たちに対して行き過ぎたことをし、その結果シルクに陥ったのである。
+アッラーの使徒（アッラーからの祝福と平安あれ）は自らをアッラーの使徒と描写した。それは彼がアッラーを主とするしもべであり、アッラーが専有するいかなる特徴も自分に帰させることは許されない、ということを明らかにするためであった。
+アッラーの使徒（アッラーからの祝福と平安あれ）が自らをアッラーの使徒と描写したのは、彼がアッラーから遣わされた使徒であり、彼が信仰され、踏襲されなければならないことを明らかにするためであった。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3406</t>
   </si>
   <si>
-    <t>من أسعد الناس بشفاعتك؟ قال: من قال لا إله إلا الله خالصا من قلبه</t>
-[...23 lines deleted...]
-    <t>執り成しが存在することの確証。信仰証言における純粋さの義務。見せかけの行為の非難と、それが復活の日の執り成しを阻む原因となること。アブー・フライラの徳。</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
+  </si>
+  <si>
+    <t>審判の日、私の執り成しにおいて最も幸運な者は“ラー・イラーハ・イッラッラーと心から、または精神から純粋に唱えた者である。」</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）は、言った： アッラーの使徒（アッラーからの祝福と平安あれ）に、こう言われた:「アッラーの使徒よ、審判の日、あなたの執り成しにおいて最も幸運な者は誰ですか？」アッラーの使徒（アッラーからの祝福と平安あれ）は、言った:「アブー・フライラよ、あなたが誰よりも先にこの話について尋ねるだろうと思っていた。私は話に対するあなたの熱心さを見出していたのだから。審判の日、私の執り成しにおいて最も幸運な者は“ラー・イラーハ・イッラッラーと心から、または精神から純粋に唱えた者である。」</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、「審判の日、彼の執り成しにおいて最も幸運な者は“ラー・イラーハ・イッラッラーと心から純粋に唱えた者である」と言った。つまりそれは、アッラー以外に崇拝すべきいかなるものもなく、アッラーはシルクや見せかけを意識した行いから無縁であるべきだという意味である。</t>
+  </si>
+  <si>
+    <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
+شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
+فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
+تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
+فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
+  </si>
+  <si>
+    <t>来世における預言者（アッラーからの祝福と平安あれ）の執り成しが存在し、それはアッラーだけを崇拝した者にしか与えられないということの確証。
+預言者（アッラーからの祝福と平安あれ）の執り成しとは、本来地獄行きだったはずのタウヒードの徒がそこに入らないようにし、またそこに入ってしまったタウヒードの徒がそこから出られるよう、アッラーに仲介することである。
+アッラーに対して真摯なタウヒードの言葉の徳と、その偉大なる効果。
+タウヒードの言葉の実現はその意味に関する知識と、それが要求することの実践による。
+アブー・フライラ(アッラーのご満悦あれ)の徳と、知識への熱心さ。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3414</t>
   </si>
   <si>
     <t>مَن ردته الطيرة عن حاجته فقد أشرك، قالوا: فما كفارة ذلك؟ قال: أن تقول: اللهم لا خير إلا خيرك، ولا طير إلا طيرك، ولا إله غيرك</t>
   </si>
   <si>
     <t>「ティヤラゆえに、何らかの必要な物事を行うことを止めてしまう者は、シルクを犯しているのである。」人々は言った：「その贖罪は何ですか？」彼は言った：「『アッラーフンマ・ラー・ タイラ・イッラー・タイルカ。ワ・ラー・ハイラ・イッラー・ハイルカ。ワ・ラー・イラーハ・ガイルカ』と言うことである。」</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص - رضي الله عنه- مرفوعاً: "مَن ردته الطِّيَرَة عن حاجته فقد أشرك، قالوا: فما كفارة ذلك؟ قال: أن تقول: اللهم لا خير إلا خيرك، ولا طَيْرَ إِلَّا طَيْرُكَ ولا إله غيرك".</t>
   </si>
   <si>
     <t>アブドッラー・ブン・アムル・ブン・アル＝アース（彼にアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの祝福と平安あれ）は言った：「ティヤラ（鳥その他の被造物と吉兆を結びつける迷信）ゆえに、何らかの必要な物事を行うことを止めてしまう者は、シルクを犯しているのである。」人々は言った：「その贖罪は何ですか？」彼は言った：「『アッラーフンマ・ラー・ タイラ・イッラー・タイルカ。ワ・ラー・ハイラ・イッラー・ハイルカ。ワ・ラー・イラーハ・ガイルカ（アッラーよ、あなたを差し置いて、吉凶の原因となるようなものはありません。あなたの善の他に、善はありません。あなた以外に真に崇拝すべきものは、ありません。）』と言うことである。」</t>
   </si>
   <si>
     <t>يخبرنا رسول الله صلى الله عليه وسلم في هذا الحديث أن من منعه التشاؤم عن المضي فيما يعتزم فإنه قد أتى نوعًا من الشرك، ولما سأله الصحابة عن كفارة هذا الإثم الكبير أرشدهم إلى هذه العبارات الكريمة في الحديث التي تتضمن تفويض الأمر إلى الله تعالى ونفي القدرة عمن سواه.</t>
   </si>
   <si>
     <t>アッラーの使徒（彼にアッラーからの祝福と平安あれ）はこのハディースの中で、こう言っている：何かを不吉に感じることゆえに、決心したことの実行を止めてしまう者は、一種のシルクを犯したのである、と。サハーバがその大きな罪の贖罪について尋ねると、彼はハディースの中にある貴い言葉を、彼らに教示した。その言葉の中には、アッラーに物事を委ね、アッラー以外の何ものにも力などは備わってはいないことへの示唆が含まれている。</t>
   </si>
   <si>
     <t>إثبات شرك من ردته الطيرة عن حاجته.
 قبول توبة المشرك.
@@ -1459,156 +1304,142 @@
 أن عيسى خلق من مريم بكلمة كن من غير أب، وهذا رد على اليهود الذين قذفوا مريم بالزنا.
 أن عصاة الموحدين لا يخلَّدون في النار.
 إثبات صفة الكلام لله -تعالى-.
 إثبات البعث.
 إثبات الجنة والنار.</t>
   </si>
   <si>
     <t>２つの信仰証言が、宗教の根本であるということ。
 タウヒードの徳と、アッラーがそれによって罪をお赦し下さるということ。
 至高なるアッラーの徳と善の偉大さ。
 タウヒード信仰が、ユダヤ教徒、キリスト教徒、偶像崇拝者、無神論者などの他の集団とは一線を画すること。
 ２つの信仰証言は、その意味の理解とそれが要求する物事の実践を伴わなければ、有効とはならない。
 アッラーはムハンマド（彼にアッラーからの祝福と平安あれ）を、僕とし、使徒とした。これは、彼に関して両極端に走る人々に対する反証である。
 預言者たちや正しい者たちにおいて、両極端に走ることの回避の義務。つまり、彼らの徳を否定もしなければ、過度の讃美もしてはならない。無知な者たち、迷った者たちがするように、彼らに崇拝行為を捧げたりしてはいけない。
 イーサーが僕であり使徒であることの確証。これは彼がアッラーの御子だと思い込んでいるキリスト教徒たちへの、反証である。
 イーサーが父親なしに、「あれ」という御言葉によってマルヤムの内に創造されたこと。これは、マルヤムを姦淫で訴えたユダヤ教徒たちへの反証である。
 罪深い者であっても、タウヒードの徒が地獄に永住することはないこと。
 至高のアッラーが言葉をお話になるという性質の確証。
 復活の確証。
 天国と地獄の確証。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3417</t>
   </si>
   <si>
-    <t>من لقي الله لا يشرك به شيئًا دخل الجنة، ومن لقيه يشرك به شيئًا دخل النار</t>
-[...36 lines deleted...]
-行いにおいて真に考慮すべきは、その締めくくり方である。</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
+  </si>
+  <si>
+    <t>「アッラーに何も並べることない状態でアッラーと拝謁した者は天国に入る。そしてかれに何か並べた状態で拝謁した者は、地獄に入る。」</t>
+  </si>
+  <si>
+    <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
+  </si>
+  <si>
+    <t>ジャービル・ブン・アブドッラー（彼らにアッラーのご満悦あれ）は言った：「私は、アッラーの使徒（彼にアッラーからの祝福と平安あれ）がこう言うのを聞いた： 「アッラーに何も並べることない状態でアッラーと拝謁した者は天国に入る。そしてかれに何か並べた状態で拝謁した者は、地獄に入る。」</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は、アッラーに何も並べることない状態で死んだ者の行き先は、たとえ彼が犯したある種の罪ゆえに罰されたとしても、天国だと言った。一方、アッラーに何か並べた状態で死んだ者は、地獄に永遠に入ることになると言った。</t>
+  </si>
+  <si>
+    <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
+قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
+التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
+العِبرة في الأعمال بخواتِيمِها.</t>
+  </si>
+  <si>
+    <t>タウヒードの徳と、それが永遠の地獄からの救いの要因だということ。
+しもべにとっての天国と地獄の近さ。その間を分けるのは死のみである。
+その多少に関わらずシルクに注意することの必要性。なぜならその回避によってこそ、地獄からの救いがあるからである。
+考慮すべきは、行いの締めくくりである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3418</t>
   </si>
   <si>
     <t>من مات وهو يدعو من دون الله ندًّا دخل النار</t>
   </si>
   <si>
     <t>アッラーを差し置いて何らかの同位者に祈っている状態で死を迎えた者は、地獄行きである。</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: "مَنْ مات وهو يدعُو مِنْ دون الله نِدًّا دخَل النَّار".</t>
   </si>
   <si>
     <t>アブドッラー・ブン・マスウード（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った：「アッラーを差し置いて何らかの同位者に祈っている状態で死を迎えた者は、地獄行きである。」</t>
   </si>
   <si>
     <t>يخبرنا النبي صلى الله عليه وسلم في هذا الحديث أن من صرف شيئا مما يختص به الله إلى غيره، ومات مصرا على ذلك فإن مآله إلى النار.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）はこのハディースの中で、私たちにこのように伝えている：アッラーが専有する何かをアッラー以外のものに与え、それに固執した状態で死を迎えた者は、地獄行きである、と。</t>
   </si>
   <si>
     <t>من مات على الشرك دخل النار، فإن كان شركا أكبر خلد فيها، وإن كان أصغر عذب ما شاء الله له أن يعذب ثم يخرج.
 أن العبرة بالأعمال خواتيمها.
 أن الدعاء عبادة لا تصرف إلا لله -تعالى-.</t>
   </si>
   <si>
     <t>シルクを犯している状態で死を迎えた者は、地獄に入る。それが大シルクであれば、地獄に永住することになる。小シルクであれば、アッラーはその者をお望みになるまで罰され、その後そこから解放して下さる。
 行いにおいて真に考慮すべきは、その締めくくり方である。
 祈り（ドゥアー）は崇拝行為であり、アッラー以外のものに向けてはならない。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هلك المتنطعون -قالها ثلاثا-</t>
-[...30 lines deleted...]
-イスラームの寛容さと易しさ。</t>
+    <t>هلك المتنطعون</t>
+  </si>
+  <si>
+    <t>「厳しくし過ぎる者たちは、破滅しよう。</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・マスウード（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った： 「厳しくし過ぎる者たちは、破滅しよう。」そう3回言った。</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は、知識も正しい導きもなく、宗教や現世的諸事や言動において、預言者がもたらしたイスラームの法を超えて厳しくし過ぎる者たちの破滅と損失について語った。</t>
+  </si>
+  <si>
+    <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
+طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
+استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
+سماحة الإسلام ويُسْره.</t>
+  </si>
+  <si>
+    <t>あらゆる物事において、過度に厳しくすること、無理し過ぎることの禁止。また、あらゆる物事においてそのようなことを回避することの勧め。特に崇拝行為や、正しい者たちに対する崇敬において、それが強調される。
+崇拝行為やその他の物事において、イスラーム法に則った形で完全性を追求することは、称えられるべきことである。
+重要な物事を強調することの勧め。預言者（彼にアッラーからの祝福と平安あれ）はこの文章を3回繰り返したのである。
+イスラームの寛容さとやさしさ。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3420</t>
   </si>
   <si>
     <t>في قول الله تعالى : (وَقَالُوا لا تَذَرُنَّ آلِهَتَكُمْ وَلا تَذَرُنَّ وَدًّا وَلا سُوَاعًا وَلا يَغُوثَ وَيَعُوقَ وَنَسْرًا) قال ابن عباس رضي الله عنهما : هذه أسماء رجال صالحين من قوم نوح</t>
   </si>
   <si>
     <t>「また、彼らは言いました。『あなた方は絶対に、あなた方の神々を捨て去ってはならないぞ。そして絶対に、ワッド、スワーウ、ヤグース、ヤウーク、ナスルを捨て去ってはならない。』」（ヌーフ章２３）イブン・アッバース（彼らにアッラーのご満悦あれ）はこのアッラーの御言葉について、こう語った：「これらは、ヌーフの民の正しい人々の名前である。」</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما في قول الله تعالى : (وَقَالُوا لا تَذَرُنَّ آلِهَتَكُمْ وَلا تَذَرُنَّ وَدًّا وَلا سُوَاعًا وَلا يَغُوثَ وَيَعُوقَ وَنَسْرًا) قال: "هذه أسماء رجال صالحين من قوم نوح، فلما هَلَكوا أَوحى الشَّيطان إلى قَومِهِم أنِ انْصِبُوا إلى مَجَالِسِهِم الَّتي كانوا يَجْلِسون فيها أنصَابًا، وسَمُّوها بأسمَائِهِم، فَفَعَلُوا، ولم تُعْبَد، حتَّى إِذَا هَلَك أُولئك ونُسِيَ العلم عُبِدت".</t>
   </si>
   <si>
     <t>イブン・アッバース（彼らにアッラーのご満悦あれ）は、アッラーの御言葉「また、彼らは（弱者たちに）言いました。『あなた方は絶対に、（アッラーだけを崇拝することで、）あなた方の神々を捨て去ってはならないぞ。そして絶対に、ワッド、スワーウ、ヤグース、ヤウーク、ナスルを捨て去ってはならない。』」（ヌーフ章２３）について、こう語った：「これらは、ヌーフの民の正しい人々の名前である。彼らが他界した時、シャイターンが彼らの民に、『彼ら（正しい人々）が座っていた居場所に像を立て、彼らの名前をつけよ』と吹き込んだのだ。そして彼らはそのようにしたが、それら（の像）は崇拝されることはなかった。しかし彼らが死んだ後、知識は忘れられ、それらが崇拝され出したのである。」</t>
   </si>
   <si>
     <t>يفسر ابن عباس رضي الله عنهما هذه الآية الكريمة بأن هذه الآلهة التي ذكر الله تعالى أن قوم نوح تواصوا بالاستمرار على عبادتها بعدما نهاهم نبيهم نوح -عليه السلام- عن الشرك بالله- أنها في الأصل أسماء رجال صالحين منهم، غلوا فيهم بتسويل الشيطان لهم حتى نصبوا صورهم، فآل الأمر بهذه الصور إلى أن صارت أصناماً تعبد من دون الله.</t>
   </si>
   <si>
     <t>イブン・アッバース（彼らにアッラーのご満悦あれ）はこのアーヤ（節）を説明し、以下に示すことを語っている：アッラーが言及したこれらの神々は、預言者ヌーフ（彼に平安あれ）がその民にシルクを禁止した後に及んで、彼らが継続して崇拝することを互いに勧め合ったものだということ。これらの神々はもともと彼らの民の正しい者たちの名前だったが、シャイターンが彼らに吹き込んで極端な道に歩ませ、彼らの像を立てさせたということ。そしてその像がしまいには、アッラーをよそに崇拝される偶像となってしまったこと。</t>
   </si>
   <si>
     <t>أن الغلو في الصالحين سببٌ لعبادتهم من دون الله وترك الدين بالكلية.
 التحذير من التصوير وتعليق الصور، لا سيما صور العظماء.
@@ -1622,71 +1453,77 @@
 أن هذه الأسماء الخمسة المذكورات من معبودات قوم نوح.
 بيان تكاتف وتعاون أهل الباطل على باطلهم.
 جواز الدعاء على الكفار على سبيل العموم.</t>
   </si>
   <si>
     <t>正しい者たちに対しての敬愛の過剰は、アッラーをよそにその者たちを崇拝し、宗教を完全に放棄してしまうことの原因となる。
 像を作成したり、それを高い場所に置いたりすることの注意。偉人であれば特に注意が必要である。
 シャイターンの策謀と、誤謬を真理のように提示するやり方への注意。
 当人の意図が良いものだったにせよ、宗教における新しい物事の創作への注意。
 像の作成はシルクにつながる手段の一つなので、魂があるものの像の作成には注意が必要である。
 知識の存在の重要性と、その喪失の害悪を知ること。
 学者たちの死は、知識の喪失の一つの原因である。
 盲従に対する注意。それはともすると、イスラームから出て行ってしまうことにもつながる。
 過去の社会におけるシルクの歴史の古さ。
 アーヤで言及されているこれらの５つの名前は、ヌーフの民が崇拝していた対象であること。
 虚偽の民は、虚偽において互いに協力し合うことの説明。
 一般的な形で、不信仰者に害悪が及ぶことを祈願することの合法性。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3421</t>
   </si>
   <si>
     <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
-    <t>両ひげの間にあるものと、両足の間にあるものを私に保証する者には、私が天国を保証しよう。</t>
-[...19 lines deleted...]
-地獄に入る最大の原因は、口と陰部を慎まないことである。</t>
+    <t>「両顎と両足の間にあるものを私に対して保証する者には、私が天国を保証しよう。」</t>
+  </si>
+  <si>
+    <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>サハル・ブン・サァド（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「両顎と両足の間にあるものを私に対して保証する者には、私が天国を保証しよう。」</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
+الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
+والثاني: حفظ الفرج من الوقوع في الفاحشة.
+لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、ムスリムがそれを守れば天国に入る2つの物事について語った。
+1つ目は、アッラーがお怒りになることを口にすることから、舌を守ること。
+2つ目は、醜業に陥ることから恥部を守ることである。
+なぜならこの2つこそは、しばしば罪に陥る原因となるためである。</t>
+  </si>
+  <si>
+    <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
+خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
+  </si>
+  <si>
+    <t>舌と恥部を守ることは、天国に入る道である。
+舌と恥部が特に取り上げられているのは、その2つが現世と来世において人間を最も大きな試練にかけるものだからである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3475</t>
   </si>
   <si>
     <t>إنه يستعمل عليكم أمراء فتعرفون وتنكرون، فمن كره فقد برئ، ومن أنكر فقد سلم، ولكن من رضي وتابع، قالوا: يا رسول الله، ألا نقاتلهم؟ قال: لا، ما أقاموا فيكم الصلاة</t>
   </si>
   <si>
     <t>「あなた方に首長たちが任命され、あなた方は彼らを知り、否認するであろう。嫌った者は無実であり、否認した者は無事となる。しかし（非難されるべきは彼らに）満足し、追従した者なのだ。」彼らは言った：「アッラーの使徒よ、私たちは彼らと戦ってもよいでしょうか？」彼は言った：「いや。彼らがあなた方に対して（義務の）礼拝を遂行し続ける限りは。」</t>
   </si>
   <si>
     <t>عن أم سلمة هند بنت أبي أمية حذيفة رضي الله عنها عن النبي صلى الله عليه وسلم أنه قال: «إِنَّه يُسْتَعمل عَلَيكُم أُمَرَاء فَتَعْرِفُون وَتُنكِرُون، فَمَن كَرِه فَقَد بَرِئ، ومَن أَنْكَرَ فَقَد سَلِمَ، ولَكِن مَنْ رَضِيَ وَتَابَعَ» قالوا: يا رسول الله، أَلاَ نُقَاتِلُهُم؟ قال: «لا، ما أَقَامُوا فِيكُم الصَّلاَة».</t>
   </si>
   <si>
     <t>ウンム・サラマ・ヒンド・ビント・アビー・ウマイヤ・フザイファ（彼女にアッラーのご満悦あれ）が預言者（彼にアッラーからの祝福と平安あれ）から伝えるところによれば、彼は言った：「あなた方に首長たちが任命され、あなた方は彼らを知り、否認するであろう。（彼らの内の罪深い者を）嫌った者は無実であり、否認した者は無事となる。しかし（非難されるべきは彼らに）満足し、追従した者なのだ。」彼らは言った：「アッラーの使徒よ、私たちは彼らと戦ってもよいでしょうか？」彼は言った：「いや。彼らがあなた方に対して（義務の）礼拝を遂行し続ける限りは。」</t>
   </si>
   <si>
     <t>أخبر -عليه الصلاة والسلام- أنه يولى علينا من قبل ولي الأمر أمراء، نعرف بعض أعمالهم؛ لموافقتها ما عرف من الشرع، وننكر بعضها؛ لمخالفته ذلك، فمن كره بقلبه المنكر ولم يقدر على الإنكار؛ لخوف سطوتهم فقد برىء من الإثم، ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سلم، ولكن من رضي فعلهم بقلبه، وتابعهم في العمل به يهلك كما هلكوا. 
 ثم سألوا النبي صلى الله عليه وسلم : ألا نقاتلهم؟ قال: "لا، ما أقاموا فيكم الصلاة".</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）は、私たちに対して、統治者から首長が任命されることになること、そして私たちが彼らの行いの内、イスラームの教えに則ったものを知り、それに反したものについては、否認するであろうと述べている。しかし、彼らに対して正面から否認すれば暴虐を受ける怖れがあるため、そうすることが出来ず、心の中でそれを否認する者は、罪からは無実である。そして言葉や力でそれを抑えることが出来、そうするのであれば、その者は無事となる。しかし彼らの悪行に心で満足し、その行いに追従した者は、彼ら同様滅んでしまうだろう。
 それから預言者（彼にアッラーからの祝福と平安あれ）は彼らに、「私たちは彼らと戦ってもよいでしょうか？」と聞かれ、こう答えている：「いや。彼らがあなた方に対して（義務の）礼拝を遂行し続ける限りは。」</t>
   </si>
   <si>
@@ -1732,267 +1569,239 @@
   </si>
   <si>
     <t>تعظيم شأن الصلاة، حيث أن الله لا يقبلها إلا مع طهارة.
 صلاة المحدث لا تقبل حتى يتطهر من الحدثين الأكبر والأصغر.
 الحدث ناقض للوضوء ومبطل للصلاة، إن كان فيها.
 المراد بعدم القبول هنا: عدم صحة الصلاة وعدم إجزائها.
 يفيد الحديث أن الصلاة منها مقبول، ومنها مردود، فما كان على وفق الشرع فهو مقبول، وما لم يكن على وفق الشرع فهو مردود، وهكذا سائر العبادات؛ لقول النبي صلى الله عليه وسلم: " من عمل عملا ليس عليه أمرنا فهو رد".
 صلاة المحدث حرام حتى يتوضأ؛ لأن الله لا يقبلها، والتقرب إلى الله بما لا يقبله محاداة له، ونوع من الاستهزاء.
 الإنسان إذا توضأ لصلاة، ثم دخل عليه وقت صلاة أخرى، وهو على طهارته لم يجب عليه الوضوء مرة ثانية.
 الصلاة فرضها ونفلها حتى صلاة الجنازة لا تقبل إذا صلاها المحدث ولو كان ناسيًا حتى يتوضأ، وكذلك الجنب إذا صلى قبل أن يغتسل، وعلى الناسي الإعادة.</t>
   </si>
   <si>
     <t>礼拝というものの偉大さ。アッラーは清浄な状態でなくしては、礼拝をお受け入れにはならない。
 汚れた状態にある者の礼拝は、大浄と小浄の２つの汚れから清められない限り、受け入れられない。
 汚れた状態に陥ったら、ウドゥーによって得られた清浄な状態は失われる。もし礼拝中であったら、それは礼拝を無効化する。
 礼拝が受け入れられないという意味は、礼拝が有効ではなく、それによって褒美も得られない状態を指す。
 このハディースは、礼拝にも有効なものと無効なものがあることを示している。イスラーム法に沿って行われたものは受け入れられ、そうでないものは受け入れられない。これは、その他全ての崇拝行為にも言えることである。預言者（彼にアッラーからの平安と祝福あれ）は言っている：「私たちのものではない行いを行う者は、受け入れられない。」
 汚れた状態にある者の礼拝は、ウドゥーをするまで禁じられる。アッラーがそれを受け入れないからである。アッラーが受け入れないやり方でアッラーのお近づきを得ようとするのは、アッラーに対する反抗であり、悪ふざけの一種である。
 ある礼拝のためにウドゥーをし、その後、清浄な状態のまま別のサラーの時間を迎えた者は、再びウドゥーをする必要はない。
 汚れた状態にある者の礼拝は、義務のものであれ任意のものであれ、葬儀の礼拝であれ、受け入れられない。もし忘れていたとしても、ウドゥーをやり直さなければならない。大きな汚れの状態にある者も同様で、グスルをする前だったり、浄めを忘れてしまっている状態で礼拝してしまったら、清浄な状態でやり直すことが義務となる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3534</t>
   </si>
   <si>
-    <t>إذا مَرِض العَبد أو سافر كُتب له مثلُ ما كان يعمل مقيمًا صحيحًا</t>
-[...22 lines deleted...]
-旅行や病気のようなイスラーム的に正当な理由ゆえに、普段からしていた善行ができなくなっても、その褒美は記録される。もしそれを行うことが可能な状態にあればそれを行う、という決意さえあれば、あたかも定住状態、健康な状態にあるかのようにその善行の褒美を頂けるのだ。</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
+  </si>
+  <si>
+    <t>「しもべが病気になるか旅行するかすれば、健康で滞在している状況にあった時の行いが記録される。」</t>
+  </si>
+  <si>
+    <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
+  </si>
+  <si>
+    <t>アブー・ムーサー・アル＝アシュアリー（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「しもべが病気になるか旅行するかすれば、健康で滞在している状況にあった時の行いが記録される。」</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はアッラーの恩寵と慈悲について語った。そして、健康で滞在中の状態にあるときに正しい行いを行うことを習慣としているムスリムがいたとして、もしその者が病気になったり、または旅行で忙しくなったり、その他の理由でそれが出来なくなったとしても、あたかも健康で滞在中の状態にある時に行っているかのように完全な形でご褒美を記録されるのだ、と伝えた。</t>
+  </si>
+  <si>
+    <t>سعة فضل الله على عباده.
+الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
+  </si>
+  <si>
+    <t>アッラーの、そのしもべたちに対する恩寵の偉大さ。
+健康と余暇がある時に服従行為に努力し、時間を活用することの勧め。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أفضل الذِّكر: لا إله إلا الله</t>
-[...30 lines deleted...]
-    <t>タウヒード（唯一神信仰）の言葉は、最良の言葉である。それはアッラーの唯一性を確証し、かれに共同者があることを否定するものであるからだ。それは預言者たちが語った最良の言葉であり、それゆえに彼らが遣わされ、戦い、その道の途上で殉教した、言葉である。またその言葉こそは天国への鍵であり、地獄からの救いなのだ。</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
+  </si>
+  <si>
+    <t>「最良のズィクルは“ラー・イラーハ・イッラッラー”、最良のドゥアーは“アルハムドゥリッラー”である。」</t>
+  </si>
+  <si>
+    <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
+  </si>
+  <si>
+    <t>ジャービル（彼にアッラーのご満悦あれ）は言った：「私は、アッラーの使徒（彼にアッラーからの祝福と平安あれ）がこう言うのを聞いた： 「最良のズィクルは“ラー・イラーハ・イッラッラー”、最良のドゥアーは“アルハムドゥリッラー”である。」</t>
+  </si>
+  <si>
+    <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は私たちに、こう伝えている。「最良のズィクルは“ラー・イラーハ・イッラッラー”」つまり、アッラーの他に崇拝に値するものは存在せず、「最良のドゥアーは“アルハムドゥリッラー”」つまり恩恵の主はアッラーであり、かれこそが完全かつ美しい描写にふさわしいお方である」と。</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
+  </si>
+  <si>
+    <t>タウヒードの言葉によってアッラーを沢山ズィクルし、称賛でもって沢山ドゥアーすることの勧め。</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
-    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アン＝ナサーイーの伝承]</t>
+    <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3567</t>
   </si>
   <si>
-    <t>الجنة أقرب إلى أحدكم من شِرَاكِ نعله، والنار مثل ذلك</t>
-[...28 lines deleted...]
-話を聞く者に意図が伝わりやすくなるよう、たとえを挙げること。</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
+  </si>
+  <si>
+    <t>「天国はあなた方の靴ひもよりも近くにある。地獄も同様である。」</t>
+  </si>
+  <si>
+    <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
+  </si>
+  <si>
+    <t>イブン・マスウード（彼にアッラーのご満悦あれ）は言った：預言者（彼にアッラーからの祝福と平安あれ）は、こう言った： 「天国はあなた方の靴ひもよりも近くにある。地獄も同様である。」</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は天国と地獄が人間に近いところにあり、その近さは足に履く靴ほどの近さであると言っている。というのもアッラーのお喜びを意図した一つの服従行為によって天国に入ることもあれば、一つの罪が地獄に入る原因となることもあるためである。</t>
+  </si>
+  <si>
+    <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
+لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
+  </si>
+  <si>
+    <t>たとえ少しであっても、よいことを勧め、たとえ少しであっても、悪を遠ざけさせること。
+人生においてムスリムは希望と恐怖を両立させなければならない。また、無事であり、現状に油断しないでいるために、真理における確立をアッラーに祈らなければならない。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّواك مَطْهَرَةٌ للْفَم مَرْضَاةٌ لِلرَّبِّ</t>
-[...41 lines deleted...]
-    <t>[アン＝ナサーイーの伝承 - アハマドの伝承 - アッ＝ダーリミーの伝承]</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
+  </si>
+  <si>
+    <t>「スィワークは口を浄化し、主を喜ばせるものである。」</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
+  </si>
+  <si>
+    <t>アーイシャ（彼女にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った： 「スィワークは口を浄化し、主を喜ばせるものである。」</t>
+  </si>
+  <si>
+    <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
+وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は、アラークの枝やそのようなもので口を掃除することが、汚れや不快な臭いから口を清めるのだと語っている。 それがしもべに対するアッラーのお喜びの原因であること。そこにはアッラーへの服従と、その命令に対する呼応があるのであり、またアッラーがお喜びになる清潔さもあるからである。</t>
+  </si>
+  <si>
+    <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
+الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
+  </si>
+  <si>
+    <t>スィワークの徳。預言者（彼にアッラーからの祝福と平安あれ）はその共同体に対し、それを頻繁に行うことを勧めた。
+スィワークにはアラークの枝を用いるのが最善だが、歯ブラシと歯磨き粉も代用することができる。</t>
+  </si>
+  <si>
+    <t>رواه النسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه النسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان مُكَفِّراتٌ لما بينهنَّ إذا اجتُنبَت الكبائر</t>
-[...22 lines deleted...]
-罪が小罪と大罪に分けられること。</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
+  </si>
+  <si>
+    <t>「５回のサラー（礼拝）、金曜のサラーから金曜のサラー、ラマダーンからラマダーンは、その間の罪滅ぼしである。ただし、大罪を避ける限りにおいてだが。」</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「５回のサラー（礼拝）、金曜のサラーから金曜のサラー、ラマダーンからラマダーンは、その間の罪滅ぼしである。ただし、大罪を避ける限りにおいてだが。」</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
+أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、伝えている。毎昼夜の5回の義務のサラー、毎週の金曜のサラー、毎年のラマダーン月のサウム（断食）は、その間の小さな罪の贖罪となるのだ、と。ただしそれは、大罪を回避する限りにおいてのことである。 なお、姦通、飲酒といった大罪は、タウバ（悔悟）をもってでしか贖罪とすることはできない。</t>
+  </si>
+  <si>
+    <t>الذنوب منها صغائر ومنها كبائر.
+تكفير الصغائر مشروط باجتناب الكبائر.
+الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
+  </si>
+  <si>
+    <t>罪には小さなものと大きなものがある。
+小さな罪の贖罪は、大罪を避けることが条件となる。
+大罪とは、姦通や飲酒のように、現世における固定刑の刑罰、または来世における罰、アッラーのお怒り、警告、行為者への呪いが約束されているような罪のことである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي ولو آية، وحَدِّثُوا عن بَنِي إسرائيل ولا حَرَج، ومن كَذَب عليَّ مُتَعَمِدَا فَليَتَبَوَّأ مَقْعَدَه من النَّار</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>「例えクルアーンの１句でもよいから、私から（の言葉を人々に）伝えるのだ。イスラーイールの民からの話を伝えても、問題はない。そして私が言ってもいないことを故意に嘘をついて言う者には、地獄の業火にその座を占めさせよ。」</t>
   </si>
   <si>
-    <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما : أن النبي صلى الله عليه وسلم قال: «بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فَلْيَتَبَوَّأْ مقعده من النار».</t>
-[...25 lines deleted...]
-言葉に対する正直さと、話をする際の慎重さの推奨。それは嘘をつかないため、特にアッラーの教えに関することで嘘をつかないためである。そしてそのためには正しく精緻な知識が必要となる。</t>
+    <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「例えクルアーンの１句でもよいから、私から（の言葉を人々に）伝えるのだ。イスラーイールの民からの話を伝えても、問題はない。そして私が言ってもいないことを故意に嘘をついて言う者には、地獄の業火にその座を占めさせよ。」</t>
+  </si>
+  <si>
+    <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
+ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
+ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はクルアーンやスンナから、たとえそれがアーヤ一つやハディース一つのように少しのものであったとしても、知識を伝達することを命じた。ただしそれは、自分が伝達し、招くところのものを知っている限りにおいてである。 また預言者（アッラーからの祝福と平安あれ）は、イスラーイールの民に起こった話を伝えても、問題はないと説明した。ただしそれは、イスラームの教えと矛盾しない範囲においての話である。 また、彼が言ってもいないことを故意に嘘をついて言うことについて注意をし、そのようなことをする者は地獄の業火に居場所を見出すことになる、と言った。</t>
+  </si>
+  <si>
+    <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
+وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
+وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
+الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
+  </si>
+  <si>
+    <t>アッラーの教えを伝達することの勧め。人間には、たとえわずかなものであっても、自分が記憶し理解したものを遂行する義務がある。
+イスラームの知識を追求することの義務。それはアッラーを崇拝し、正しい形でその教えを伝達するためである。
+伝達し広める前に、ハディースの信憑性を確認する義務。それは厳しい警告に該当しないようにするためである。
+言葉における誠実さと、話における注意の勧め。それは特にアッラーの教えにおいて、嘘を口にしてしまわないようにするためである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3686</t>
   </si>
   <si>
     <t>ما يُصيب المسلم من نَصب، ولا وصَب، ولا هَمِّ، ولا حَزن، ولا أَذى، ولا غَمِّ، حتى الشوكة يُشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>ムスリムに降りかかる、いかなる疲労、病気、悩み、悲しみ、害、心配でも、アッラーがそれによってその者の罪滅ぼしとしてくれないことはない。たとえそれが、ささった棘であったとしても、である。</t>
   </si>
   <si>
     <t>عن أبي سعيد وأبي هريرة رضي الله عنهما مرفوعاً: «ما يُصيب المسلم من نَصب، ولا وصَب، ولا هَمِّ، ولا حَزن، ولا أَذى، ولا غَمِّ، حتى الشوكة يُشاكها إلا كفر الله بها من خطاياه».</t>
   </si>
   <si>
     <t>アブー・サイードとアブー・フライラ（彼らにアッラーのご満悦あれ）によると、預言者（彼にアッラーからの祝福と平安あれ）は言った：「ムスリムに降りかかる、いかなる疲労、病気、悩み、悲しみ、害、心配でも、アッラーがそれによってその者の罪滅ぼしとしてくれないことはない。たとえそれが、ささった棘であったとしても、である。」</t>
   </si>
   <si>
     <t>معنى هذا الحديث: أن ما يُصاب به المسلم من أمراض وهموم وأحزان وكروب ومصائب وشدائد وخوف وجزع إلا كان ذلك كفارة لذنوبه وحطا لخطاياه.
 وإذا زاد الإنسان على ذلك: الصبر والاحتساب، يعني: احتساب الأجر، كان له مع هذا أجر.
 فالمصائب تكون على وجهين:
 تارة : إذا أصيب الإنسان تذكر الأجر واحتسب هذه المصيبة على الله، فيكون فيها فائدتان: 
 تكفير الذنوب، وزيادة الحسنات.
 وتارة يغفل عن هذا ، فيضيق صدره، ويصيبه ضجر أو ما أشبه ذلك، ويغفل عن نية احتساب الأجر والثواب على الله، فيكون في ذلك تكفير لسيئاته، إذًا هو رابح على كل حال.
 فإما أن يربح تكفير السيئات، وحط الذنوب بدون أن يحصل له أجر؛ لأنه لم ينو شيئًا ولم يصبر ولم يحتسب الأجر، وإما أن يربح شيئين: تكفير السيئات، وحصول الثواب من الله عز وجل كما تقدم.
 ولهذا ينبغي للإنسان إذا أصيب ولو بشوكة، فليتذكر احتساب الأجر من الله على هذه المصيبة، حتى يؤجر عليها، مع تكفيرها للذنوب.
@@ -2003,255 +1812,205 @@
     <t>このハディースの意味は、次の通りである：ムスリムに降りかかる、いかなる病気、悩み、悲しみ、苦悩、災難、逆境、恐怖、心配でも、アッラーがそれらによって、その者の罪滅ぼしとしてくれないことはない。そしてそこにおいて忍耐と、褒美を望む意図が加われば、この上に褒美を授かることになる。
 つまり、災難に関しては２つの場合がある：
 １．災難が降りかかった時、褒美のことを想起し、アッラーの為にその災難を耐え忍ぶ場合。そうすれば、２つの利益がある。罪を赦されることと、善行の増加である。
 ２．上記のことに不注意な場合。そして気を悪くし、うんざりしてしまったりすること。この場合でも、罪の赦しにはなる。つまり、いずれの場合でも災難を受けた者は、得をする。
 何も意図せず、忍耐することも褒美を望むこともなくても、罪の赦しを得ることは出来る。そして罪の赦しと、アッラーからの褒美を得ることも可能なのである。
 以上のことから、人はたとえ棘一本が刺さる災難であったとしても、その災難ゆえにアッラーから褒美を得ることが可能なことを想起すべきである。そうすることによって、罪の赦しと共に褒美を頂けるのだ。
 このように、試練ゆえに罪の赦しと褒美を授かることが出来るのは、信仰者に対するアッラーからの恩恵であり、寛容さであり、優しさである。
 注意：ここで赦されるのは、小さな罪のみである。大罪は、真摯な悔悟によってでしか赦されない。</t>
   </si>
   <si>
     <t>فيه أن الأمراض وغيرها من الابتلاءات، التي تُصيب المؤمن: تُطهره من الذنوب والخطايا وإن قلت.
 فيه البشارة العظيمة للمسلمين ؛ فإنه ما من مسلم إلا ويُصاب بهذه المصائب.
 فيه رفع الدرجات بهذه الأمور وزيادة الحسنات.
 تكفير الذنوب مقصورٌ على بعضها، وهي الصغائر، أما الكبائر فلا بد من إحداث توبة.</t>
   </si>
   <si>
     <t>信仰者に降りかかる病気などの試練は、たとえそれが些細なものであったとしても、その者の罪滅ぼしとなる。
 ここにはムスリムにとっての、偉大な吉報がある。ムスリムは必ず、これらの災難に出遭うことになるからである。
 これらの物事により、位階は上がり、善行は増加する。
 ここで罪が赦されるのは、小罪のみである。大罪には悔悟が必要となる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبت النار بالشهوات، وحُجبت الجنة بالمَكَاره</t>
-[...34 lines deleted...]
-天国と地獄は存在する創造物である。</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
+  </si>
+  <si>
+    <t>「地獄は欲望によって覆われ、天国は苦難によって覆われている。」</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言いました： 「地獄は欲望によって覆われ、天国は苦難によって覆われている。」</t>
+  </si>
+  <si>
+    <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
+وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、このように説明した：地獄は、非合法な物事を行ったり、義務をおろそかにしたりするようなことなど、人間の欲望にかなうような物事に囲まれている。 ゆえに欲望に従えば、地獄がふさわしい者となる。 天国は義務をきちんと遂行することや、非合法な物事を放棄すること、そこにおいて忍耐することなど、人の心が嫌に思うような物事に囲まれている。ゆえにそこに突入し、そこにおいて奮闘した者は、天国に入るにふさわしい。</t>
+  </si>
+  <si>
+    <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
+الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
+فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
+  </si>
+  <si>
+    <t>欲望に陥ることの原因としては、シャイターンによる悪事や醜行の美化がある。それにより人にはそのような物事が美しいものと映り、そこへと傾いてしまうのである。
+非合法な欲望から遠ざかることの命令。それは地獄への道である。また、自分が嫌に思うことにおいて忍耐することの命令。それは天国への道である。
+自我との奮闘、崇拝行為における努力、嫌に思うことや服従行為に関連する困難における忍耐の徳。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حقُّ المُسلمِ على المُسلمِ خمسٌّ: ردُّ السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدَّعوة، وتَشميتُ العاطِس</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>ムスリムのムスリムに対する５つの権利：挨拶を返すこと。病人を見舞うこと。葬儀に参列すること。招待に応じること。くしゃみをした者に祈願してやること。</t>
   </si>
   <si>
-    <t>عن أبي هريرة رضي الله عنه : أن رسول الله صلى الله عليه وسلم قال:«حقُّ المُسلمِ على المُسلمِ خمسٌّ: ردُّ السلام، وعِيَادَةُ المريض، واتباع الجنائز، وإجابة الدَّعوة، وتَشميتُ العاطِس».</t>
-[...40 lines deleted...]
-イマームが金曜礼拝の説教をしている最中、くしゃみをした者に祈願したり、挨拶を返したりすることは許されない。それらは言葉であり、説教の最中の言葉は禁じられるからである。</t>
+    <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（彼にアッラーのご満悦あれ）は言った：「私はアッラーの使徒（彼にアッラーからの平安と祝福あれ）がこう言うのを聞いた： ムスリムのムスリムに対する５つの権利：挨拶を返すこと。病人を見舞うこと。葬儀に参列すること。招待に応じること。くしゃみをした者に祈願してやること。</t>
+  </si>
+  <si>
+    <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
+أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
+الحق الثاني: عيادة المريض وزيارته.
+ الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
+ الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
+ الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、同胞であるムスリムに対してのムスリムの諸権利について、説明した。 1番目の権利は、サラームの挨拶をしてきた者に、サラームの挨拶を返すことである。
+2番目の権利は、病人をお見舞いし、訪問することである。
+3番目の権利は、葬儀に参列することである。つまり故人の家から礼拝の場まで、そして墓場に埋葬されるまで同伴することである。
+4番目の権利は、披露宴の食事やその他の物事に招待されたら、それに応じることである。
+5番目の権利は、くしゃみをした者に祈ってやることである。つまり、その者が「アルハムドゥリッラー（アッラーに讃えあれ）」と言ったら、「ヤルハムカッラー（アッラーがあなたを慈しんで下さいますよう）」と唱えることである。そしてくしゃみをした者は、それを聞いたら、「ヤハディークムッラーフ・ワ・ユスリフ・バーラクム（アッラーがあなた方を導き、あなた方の物事を正して下さいますよう）」と唱える。</t>
+  </si>
+  <si>
+    <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
+  </si>
+  <si>
+    <t>ムスリム間の諸権利の強調と、同胞愛と互いの愛情の確立における、イスラームの偉大さ。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3706</t>
   </si>
   <si>
-    <t>رحِم الله رَجُلا سَمْحَا إذا باع، وإذا اشترى، وإذا اقْتَضَى</t>
-[...31 lines deleted...]
-債務の返済要求においてやさしくあり、その一部を譲歩してやることの勧め。</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
+  </si>
+  <si>
+    <t>「買う時、売る時、返済の時に寛大な者を、アッラーが慈しんで下さいますよう。」</t>
+  </si>
+  <si>
+    <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
+  </si>
+  <si>
+    <t>ジャービル（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った： 「買う時、売る時、返済の時に寛大な者を、アッラーが慈しんで下さいますよう。」</t>
+  </si>
+  <si>
+    <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
+سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
+سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
+سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は、売買において物事を簡単にし、寛大で大目に見る全ての者に、慈悲を祈った。 ゆえに売買を行う者に対して値段を厳しくしてはならず、よい品格でもって付き合わなければならない。 売買の際に、物事を簡単にし、寛大で大目に見るということは、商品の値段を不当に下げたりしないことである。 債務を遂行するよう要求する時に、物事を簡単にし、寛大で大目に見るということは、貧しい者や恵まれない者に対して厳しくせず、むしろやさしさをもって対処し、債務に苦しむ者には猶予を与えることである。</t>
+  </si>
+  <si>
+    <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
+الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>イスラーム法の目的の一つは、人間関係の健常性を保護することである。
+売買などの人間間の取引における、高い品性の実践の勧め。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3716</t>
   </si>
   <si>
-    <t>كان رجل يُدَايِنُ الناس، وكان يقول لفَتَاه: إذا أَتَيْتَ مُعْسِرًا فَتَجَاوَزْ عنه، لعَلَّ الله أن يَتَجَاوَزَ عنَّا، فَلَقِيَ الله فتَجَاوز عنه</t>
-[...32 lines deleted...]
-厳しい状況にある債務者に猶予を与え、返済要求をやさしくすることの勧め。</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
+  </si>
+  <si>
+    <t>「ある者は人々にお金を貸し、（自分の使用人である）若者に、こう言っていたものだった：「債務に苦しむ者が来たら、大目に見てやれ。アッラーが私たちを大目に見てくれるだろう。</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「ある者は人々にお金を貸し、（自分の使用人である）若者に、こう言っていたものだった：「債務に苦しむ者が来たら、大目に見てやれ。アッラーが私たちを大目に見てくれるだろう。،」こうして彼はアッラーと謁見し、アッラーは彼を大目に見たのである。」</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
+إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
+فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、人々にお金を貸す取引をするか、あるいは後払いで売買する者について語った。 その男は人々から債権を請求する若者に、このように言っていた： もし債務を遂行することが不可能な負債者のところに行ったら、猶予を与えるか、厳しく請求しないことによって、「大目に見てやれ」と。 あるいは、不足分を大目に見て、返済できる分だけを受領するように、と。彼がそのようなことをしていたのは、アッラーが彼のことを大目に見て、赦してくれることを望んでのことだった。 そして彼が死んだ時、アッラーは彼をお赦しになり、その罪を大目に見られたのである。</t>
+  </si>
+  <si>
+    <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
+الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
+  </si>
+  <si>
+    <t>人々との付き合いにおいて善を尽くし、赦し、負債に苦しむ者を大目に見てやることは、審判の日に救われることになる最大の原因の一つである。
+被造物に善を尽くし、アッラーに真摯であり、その慈悲を希求することは、罪の赦しの原因の一つである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3753</t>
   </si>
   <si>
-    <t>ليس الواصل بِالمُكَافِىءِ، ولكنَّ الواصل الذي إذا قَطعت رحِمه وصَلَها</t>
-[...32 lines deleted...]
-近親と付き合うにあたり、悪に対して善で対応することは推奨されている。</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
+  </si>
+  <si>
+    <t>「（真に ）近親との良い関係を保つ者というのは、自分がされたことに対して報いる者のことを言うのではない。その関係が途絶えた時に、それをつなぎとめるような者のことを言うのだ。」</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「（真に ）近親との良い関係を保つ者というのは、自分がされたことに対して報いる者のことを言うのではない。その関係が途絶えた時に、それをつなぎとめるような者のことを言うのだ。」</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は語っている： 近親との良い関係の維持と、彼らに対する善行において完全な者というのは、自分がよくされたことに対して報いる者のことではない。 そうではなく、近親との良い関係の維持において完全な者というのは、その関係が途絶えた時に、それをつなぎとめるような者のことである。そしてたとえ彼らから悪くされたとしても、彼らに善でもって対する者のことなのである。</t>
+  </si>
+  <si>
+    <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
+صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
+  </si>
+  <si>
+    <t>イスラームにおいて認められる近親の間の関係維持とは、その関係を絶った者に対し、その関係をつなぎとめることであり、自らに与えない者に与えることである。相手がそうするから、そのお返しにそうするという種類のものではない。
+近親関係の維持は、財産、祈願、善の勧め、悪の禁止など、可能な範囲で善をほどこし、可能な範囲で悪を阻止することによるものである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/3854</t>
   </si>
   <si>
     <t>مَنْ أَنْظَرَ مُعْسِرا، أو وضَع له، أظَلَّهُ الله يوم القيامة تحت ظِل عَرشه يوم لا ظِلَّ إلا ظِلُّه</t>
   </si>
   <si>
     <t>債務に苦しむ者を猶予し、またはそれを免じてやる者を、アッラーは審判の日、その御座（みくら）の陰に入れて下さる。その日、その陰のほかに陰はない。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : «مَنْ أَنْظَرَ مُعْسِرا، أو وضع له، أظَلَّهُ الله يوم القيامة تحت ظِل عرشه يوم لا ظِلَّ إلا ظِلُّه».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った：「債務に苦しむ者を猶予し、またはそれを免じてやる者を、アッラーは審判の日、その御座（みくら）の陰に入れて下さる。その日、その陰のほかに陰はない。」</t>
   </si>
   <si>
     <t>أخبر أبو هريرة أن النبي عليه الصلاة والسلام قال:
 (من أنظر معسراً) أي أمهل مديوناً فقيراً، فالإنظار التأخير المرتقب نجازه.
 قوله: (أو وضع عنه) أي حط عنه من دينه، وفي رواية أبي نعيم (أو وهب له).
  فالجزاء: (أظله الله يوم القيامة تحت ظل عرشه) أظله في ظل عرشه حقيقة أو أدخله الجنة؛ فوقاه الله من حر يوم القيامة.
 وهذا الجزاء يحصل: (يوم لا ظل إلا ظله) أي ظل الله، وإنما استحق المُنظِر ذلك لأنه آثر المديون على نفسه وأراحه فأراحه الله والجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの祝福と平安あれ）が次のように言ったと伝えている：
@@ -2386,524 +2145,933 @@
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った：「アッラーは、かれが良いことを望まれる者を、災難に遭わせる。」</t>
   </si>
   <si>
     <t>إذا أراد الله بعباده خيرًا ابتلاهم في أنفسهم وأموالهم وأولادهم؛ ليكون ذلك سببًا في تكفير ذنوبهم ورفعة في درجاتهم، وإذا تأمل العاقل عواقب البلاء وجد أن ذلك خيرٌ في الدنيا وفي الآخرة، وإنما الخيرية في الدنيا؛ لما فيه من اللجوء إلى الله تعالى بالدعاء والتضرع وإظهار الحاجة، وأما مآلًا فلما فيه من تكفير السيئات ورفع الدرجات. 
 قال تعالى: (وَلَنَبْلُوَنَّكُمْ بِشَيْءٍ مِنَ الْخَوْفِ وَالْجُوعِ وَنَقْصٍ مِنَ الْأَمْوَالِ وَالْأَنْفُسِ وَالثَّمَرَاتِ وَبَشِّرِ الصَّابِرِينَ)، ولكن هذا الحديث المطلق مقيد بالأحاديث الأخرى التي تدل على أن المراد: من يرد الله به خيراً فيصبر ويحتسب، فيصيب الله منه حتى يبلوه، أما إذا لم يصبر فإنه قد يصاب الإنسان ببلايا كثيرة وليس فيه خير، ولم يرد الله به خيراً، فالكفار يصابون بمصائب كثيرة، ومع هذا يبقون على كفرهم حتى يموتوا عليه، وهؤلاء بلا شك لم يرد بهم خيرًا.</t>
   </si>
   <si>
     <t>アッラーは、その僕たちによいものを望む時、その生命や財産や子供において試練にかける。それは、それが彼らの罪滅ぼしと、彼らの位階の上昇の原因となるためである。理知的な者が試練の結末を熟考する時、そこには現世と来世におけるよいものがある。試練が降りかかった者は現世において、アッラーへの祈願、哀願、必要の訴えに駆られるし、来世においては結果的に罪の赦しと位階の上昇を得ることが出来る。
 なお、アッラーは仰っている：『われらは、いくばくかの恐怖や飢え、財産や生命や果実の損失によって、必ずやあなた方を試練にかける。忍耐する者たちには、吉報を伝えよ。』（雌牛章１５５）また、この非限定の形のハディースは、他の複数のハディースによって限定の意味を帯びている。つまり、「アッラーは、かれが良いことを望まれる者に忍耐と褒美への期待を与え、試練にかけるべく災難に遭わせる」といった意味である。もし忍耐が無ければ、多くの試練にあったとしても、そこに良いことはない。つまり、アッラーはその者に良いことを望まれなかったことになる。不信仰者は多くの災難が降りかかっても、この世を去るまで不信仰に留まり続ける。そのような者たちに、アッラーが良いことをお望みになったとは言わないのである。</t>
   </si>
   <si>
     <t>أن المؤمن معرَّض لأنواع من البلاء، سواء كان في الدين أو المال.
 البشارة العظيمة للمسلم؛ لأن كل مسلم لا يخلو عن كونه متأذياً.
 الابتلاء قد يكون أمارة حب الله لعبده، حتى يرفع درجته، ويعلي مرتبته، ويكفر خطيئته.</t>
   </si>
   <si>
     <t>信仰者は宗教のことであれ財産のことであれ、様々な種類の試練に遭遇する。
 ここには、ムスリムにとっての偉大な吉報がある。いかなるムスリムも、何らかの害を受けないことはないからである。
 試練は、それによって位階が上がり、罪が赦されるための、僕に対するアッラーの愛の表れかもしれない。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4204</t>
   </si>
   <si>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
+  </si>
+  <si>
+    <t>「私は、“アッラー以外に崇拝すべきものはなし、そしてムハンマドはアッラーの使徒である”と証言し、礼拝を遂行し、浄財を支払うようになるまで、人々と戦うことを命じられた</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
+  </si>
+  <si>
+    <t>イブン・ウマル（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「私は、“アッラー以外に崇拝すべきものはなし、そしてムハンマドはアッラーの使徒である”と証言し、礼拝を遂行し、浄財を支払うようになるまで、人々と戦うことを命じられた。もし彼らがそうするならば、彼らは彼らの生命、財産を私から守られる。ただし、イスラームの権利に関するものは別であるが。彼らの清算は、アッラーにのみ委ねられる。」</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
+فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、このように言っている：私は、並ぶものなきアッラー以外に真に崇拝に値するものはなし、そしてムハンマド（アッラーからの祝福と平安あれ）はアッラーの使徒である”と証言し、一日５回の礼拝を遂行し、義務の浄財をその受給資格者に支払うといった、その証言が要求するものを行うようになるまで、人々と戦うことを命じられた。 もし彼らがそれらのことを行うならば、彼らはイスラームによって、彼らの生命、財産を守られる。イスラーム法によって殺害が認められた犯罪や傷害などを犯さない限り、彼らの生命は保証される。そして彼らの清算は審判の日、内実をご存知のアッラーに委ねられることになる。</t>
+  </si>
+  <si>
+    <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
+أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
+لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
+  </si>
+  <si>
+    <t>法規定は表面的なものをもって適用する。内面的なものはアッラーが引き受けられる。
+タウヒードの教えへと招くことの重要性。それが布教において第一にすべきことである。
+このハディースは、シルクの徒を無理矢理イスラームに改宗させることを意味するのではない。彼らにはイスラームかジズヤかの選択を提示される。もし彼らがそれらを拒み、イスラームへの布教を禁じるのであれば、イスラームの法規定に則り、戦いが最終手段となる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
+  </si>
+  <si>
+    <t>「私があなた方のために留めたものに留めておくのだ。というのも、あなた方以前の者たちは、質問のしすぎと自分たちの預言者らに対する異論ゆえに滅亡したのだから</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は、こう言った： 「私があなた方のために留めたものに留めておくのだ。というのも、あなた方以前の者たちは、質問のしすぎと自分たちの預言者らに対する異論ゆえに滅亡したのだから。私があなた方に禁じた物事は遠ざけよ。そして私があなた方に命じたことは、出来る限り、それを行うのだ。」</t>
+  </si>
+  <si>
+    <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
+فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
+فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
+وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
+الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
+الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、イスラームの法規定が３つに分類されるとした：言及されていないもの。禁じられたもの。命令されたもの。
+１番目は、イスラーム法が言及していないものである。これには特に規定はおらず、かつ物事の基本は義務ではない。 預言者（アッラーからの祝福と平安あれ）時代においては、まだ起きていないことについて質問するべきではなかった。そうすることにより、義務や禁止の規定が下ってしまわないためである。アッラーはそれらの物事を、しもべたちへの慈悲から放っておかれた。 しかし預言者（アッラーからの祝福と平安あれ）の他界後、宗教的物事に関して必要なことはファトワーや学習の形で質問することが合法であり、むしろそれが要求される。一方、質問が厳しさや余計な負担を求めるようなものであれば、それこそがこのハディースで言われている放棄すべき質問となる。というのもそれは、イスラーイールの子らに起こったようなことへと帰結するかもしれないからである。彼らは一頭の雌牛を屠畜するよう命じられた時、どんな雌牛でも屠畜すればそれでよかったわけだが、物事を厳しくしたために、自分たちも厳しくされてしまったからである。
+２番目は、禁止行為である。これは、それを放棄した者は報奨を得るが、それを行なった者は罰されるというものである。ゆえにこのような物事は回避しなければならない。
+３番目は、命令行為である。これは、それを行なった者は報奨を得るが、それを放棄した者は罰されるというものである。ゆえにこのような物事は可能な限り、遂行しなければならない。</t>
+  </si>
+  <si>
+    <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
+حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
+الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
+الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
+النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
+  </si>
+  <si>
+    <t>必要な物事の内の最重要項目に勤しみ、必要でない物事はすぐに放棄するべきである。そして、まだ起こっていないような物事に関する質問に勤しむべきではない。
+物事の複雑化や、多くの異論の引き金となるような紛らわしい物事に関する質問の禁止。
+禁じられた物事は全て放棄しなければならないという命令。というのもその放棄には何の困難もないためである。禁止が非限定的であるのは、そのためである。
+命じられた物事は可能な限り行わなくてはならないという命令。というのもそこには困難や、能力の不足が伴うかもしれないからである。命令が可能な限りと限定されているのは、そのためである。
+やたらと質問することの禁止。学者らは質問を２種類に分類した：1つ目は宗教的物事の内、必要なものを学習する上での質問である。これは求められることであり、教友らの質問もこの類いのものであった。2つ目は厳しさや余計な負担を求める類いのものであり、これは禁じられる。
+預言者に異論を呈することの警告。これは過去の共同体にも起きたことである。
+やたらと不必要な質問をし、預言者たちに異論を呈することは、破滅の原因である。特に、アッラーしか知らない不可知の領域のことや、復活の日の状況など、到達不可能な領域に関することがこれに該当する。
+物事を困難化させるような質問の禁止。アル＝アウザーイーは言う：「アッラーは、そのしもべに知識の祝福を禁じようとする時、その言葉に間違いを投じる。あなたは彼らが、最も知識の少ない者たちであるのを目にするだろう。」イブン・ラジャブは言う：「学問における言い争いは、人の心から知識の光を消し去ってしまう。」</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>あなたは私に、大変なことを尋ねた。そしてそれは、アッラーによってたやすくされた者にとって、たやすいものである</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
+  </si>
+  <si>
+    <t>ムアーズ・ブン・ジャバル（アッラーのご満悦あれ）は言った： 私は預言者（アッラーからの祝福と平安あれ）と共に旅にあったが、ある日、彼に近いところを歩いていた。私は言った：「アッラーの使徒よ、私を天国に入れ、地獄から遠ざける行いについて教えてください。」彼は言った:「あなたは私に、大変なことを尋ねた。そしてそれは、アッラーによってたやすくされた者にとって、たやすいものである。アッラーを崇拝し、かれに何も並べるな。礼拝を遵守せよ。浄財を支払え。ラマダーンを断食せよ。館へとハッジせよ。」それから言った:「あなたに善の扉を教えてやろうか？断食は盾。施しは水が火を消すように罪を消す。真夜中の礼拝。」そして「彼らの脇腹は彼らの寝床から離れる…」から「…知らない」まで読誦した。それから言った:「すべての物事の要、その柱、その瘤の頂について教えてやろうか？」私は言った:「ええ、アッラーの預言者よ。」彼は言った:「物事の要はイスラーム、その柱は礼拝、その瘤の頂はジハードである。」それから言った:「それらすべてを掌握するりものを教えてやろうか？」私は言った:「ええ、アッラーの使徒よ。」彼は舌をつかんで言った:「これを慎むのだ。」それで私は言った:「アッラーの預言者よ、私たちは自分が語ることでお咎めを受けるのですか？」彼は言った:「ムアーズよ、あなたの母親があなたに先立たれるよう。人々が顔から、または鼻先から真っ逆さまに地獄にひっくり返されるのは、自分の舌で稼いだものゆえに他ならないのではないか？」</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
+قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
+الأول: تعبد الله وحده ولا تشرك به شيئًا. 
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
+قال معاذ رضي الله عنه: بلى يا رسول الله. 
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
+وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
+قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>ムアーズ（アッラーのご満悦あれ）は言った：私は預言者（アッラーからの祝福と平安あれ）と共に旅にあったが、ある日歩んでいる時、彼の近くになった。それで私は言った：「アッラーの使徒よ、私を天国に入れ、地獄から遠ざける行いについて教えてください。」 彼は言った:「あなたは私に、その実行が人にとって大変なことを尋ねた。そしてそれは、アッラーによってたやすくされた者にとって、たやすいものである。イスラームの義務を遂行せよ：
+１．アッラーだけを崇拝し、かれに何も並べるな。
+２．一日５回の義務の礼拝を遵守せよ。つまり、ファジュル、ズフル、アスル、マグリブ、イシャーのことであり、それらを礼拝の条件、根幹、義務を守りつつ行うのだ。
+３．義務の浄財を支払え。それはイスラーム法で定められた一定量に達したあらゆる財産に課せられ、その受給資格者へと与えられる、財産による義務の崇拝行為である。
+４．ラマダーンを断食せよ。それは崇拝行為を意図しつつ、ファジュルから日没まで、飲食などを断つことである。
+５．アッラーを崇拝し、その宗教儀礼を果たすことを目的として、マッカのカァバ神館を目指してハッジせよ。
+それから預言者（アッラーからの祝福と平安あれ）は言った:「あなたに、善の扉へと到達させてくれる方法を教えてやろうか？それは義務行為を行いつつ、任意の行為で補うことである」：
+１．任意の断食。それは罪に陥ることの予防であり、欲望を弱め、力を抑える。
+２．任意の施し。それは犯してしまった罪を消し、その跡もろとも抹消してしまう。
+３．夜の最後の３分の１の礼拝。それから預言者（アッラーからの祝福と平安あれ）は読誦した：「（懲罰）を怖れ、（褒美を）望みつつ、その主に祈りながら…」つまり、礼拝、ズィクル（念唱）、クルアーン読誦、祈願をしながら。「…彼らの脇腹は寝床から遠ざかる。そして彼らは、われらが授けたものから（施しのために）費やすのだ。また、いかなる者も、彼ら（信仰者たち）が行っていた（善い）ことゆえの報いとして、彼らのために秘蔵された喜びを知らない。」つまり、審判の日、そして天国において、彼らの目を喜ばせる物事を知らない。
+それから預言者（アッラーからの祝福と平安あれ）は言った：「宗教の基盤、そこにおいて依拠する柱、その瘤の頂について教えてやろうか？」
+ムアーズ（アッラーのご満悦あれ）は言った：「ええ、アッラーの預言者よ。」
+預言者（アッラーからの祝福と平安あれ）は言った:「物事の要はイスラーム、つまりそれによって人間の宗教の基礎となるところの、二つの信仰証言である。 その柱は礼拝である。礼拝のないイスラームはない。それはちょうど、柱なしには家が成り立たないようなものである。礼拝を守る者の宗教は堅固になり、高きに至る。また、その瘤の頂と高みはジハードである。それはアッラーの言葉を高く掲げるために、敵と戦うことにおいて尽力することである。
+それから預言者（アッラーからの祝福と平安あれ）は言った:「今述べた物事を完全なものとし、極めるものを教えてやろうか？」そう言うと、彼（アッラーからの祝福と平安あれ）は舌をつかんで言った:「これを慎み、余計なことを話さないようにせよ。」 ムアーズは言った:「私たちの主は、私たちが語ることゆえに私たちをお咎めになったり、それを悪行と数えて私たちを罰されたりするのですか？」
+預言者（アッラーからの祝福と平安あれ）は言った：「ムアーズよ、あなたの母親があなたに先立たれるよう。」なお、これはムアーズに災いを祈っているわけではなく、知っておくべきことに注意を向ける際に用いられる、アラブ人の言い回しである。彼は言った：「人々が顔から真っ逆さまに地獄にひっくり返され、転落させられるのは、不信仰、名誉毀損、罵詈雑言、陰口、悪い噂を広めること、嘘といった、自分の舌で稼いだものゆえに他ならないのではないか？」</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
+فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
+السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
+ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
+رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
+رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
+فضل التقرب بالنوافل بعد أداء الفرائض.
+الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
+وجوب حفظ اللسان عما يضر الإنسان في دينه.
+كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
+  </si>
+  <si>
+    <t>学びに対する教友たち（アッラーのご満悦あれ）の熱心さ。預言者（アッラーからの祝福と平安あれ）に頻繁に質問をしたのは、それによるものである。
+行いこそが天国に入るための要因であるということを知っている、教友たち（アッラーのご満悦あれ）の宗教理解。
+ムアーズ（アッラーのご満悦あれ）のした質問の偉大さ。なぜなら実際のところ、それは人生と存在の秘密であり、この世に存在する人間とジンの行き着くところは天国か地獄だからである。この質問の偉大さは、そこに潜んでいる。
+イスラームの５行、つまり二つの信仰証言、礼拝、浄財、断食、ハッジを行うことは、天国に入ることの必要条件である。
+いかなる共同者も認めることなく、アッラーだけを唯一の崇拝対象とすることは、宗教の要、最も価値ある任務、最大の義務である。
+報奨を増やし、罪の赦しを得るために善の扉を開いてくれた、しもべたちに対するアッラーのご慈悲。
+義務行為を遂行した上で任意の行為によってお近づきを求めることの徳。
+イスラームにおける礼拝はテントの柱のようなものである。柱が倒れればテントが倒れるように、礼拝がなくなればイスラームもなくなってしまう。
+宗教において人を害することから、口を慎むことの義務。
+口を慎み、律することはあらゆる善の源泉である。</t>
+  </si>
+  <si>
+    <t>صحيح بمجموع طرقه</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[صحيح بمجموع طرقه]</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/4303</t>
+  </si>
+  <si>
     <t>إذا التَقَى المسلمانِ بسَيْفَيْهِمَا فالقاتلُ والمقْتُولُ في النَّارِ</t>
   </si>
   <si>
     <t>２人のムスリムが剣をもって対峙し（戦っ）たら、殺した方も殺された方も地獄行きである。</t>
   </si>
   <si>
     <t>عن أبي بكرة نفيع بن الحارث الثقفي رضي الله عنه أن النبي صلى الله عليه وسلم قال: «إذا التَقَى المسلمانِ بسَيْفَيْهِمَا فالقاتلُ والمقْتُولُ في النَّارِ». قلت: يا رسول الله، هذا القاتلُ فما بالُ المقتولِ؟ قال: «إنه كان حريصًا على قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>アブーバクラ・ヌファイウ・ブン・アル＝ハーリス・アッ＝サカフィー（彼にアッラーのご満悦あれ）によると、預言者（彼にアッラーからの祝福と平安あれ）は言った：「２人のムスリムが剣をもって対峙し（戦っ）たら、殺した方も殺された方も地獄行きである。」私（アブーバクラ）は言った：「アッラーの使徒よ、殺した方はともかく、殺された方はどういうことでしょうか？」彼は言った：「彼も相手を殺そうと躍起になったのである。」</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلاف صاحبه؛ فالقاتل في النار بسبب مباشرته قتل صاحبه، والمقتول في النار لحرصه على ذلك، إلم يعف الله عنهما، وإذا لم يكن الاقتتال بوجه حق، كما في قول الله تعالى: (فإن بغت إحداهما على الأخرى فقاتلوا التي تبغي حتى تفيء إلى أمر الله).</t>
   </si>
   <si>
     <t>２人のムスリムが剣をもって対峙し、互いに殺害を意図して戦ったら、殺した方は相手を殺害したかどで地獄行きである。殺された方も、同じことをしようとしたために地獄行きである。これはアッラーが彼らをお赦しにもならず、その戦いが正当なものではなかった限りにおいてである。アッラーは仰っている：『そして、もしその一方が（呼びかけに応じずに、）他方を侵犯したのであれば、侵犯する方に対し、彼らがアッラーのご命令に立ち返るまで戦え。』（部屋章９）</t>
   </si>
   <si>
     <t>وقوع العقاب على من عزم على المعصية بقلبه ووطن نفسه عليها وباشر أسبابها؛ سواء حدثت أم لم تحدث، إن لم يعف الله عز وجل عنه، أما من هم بقلبه فقط ولم يباشر الأسباب فلا يأثم.
 التحذير من اقتتال المسلمين.</t>
   </si>
   <si>
     <t>罪を犯すことを心で決心し、そのために行動に移す者には、その罪が実行されたかどうかは別に罰がある。ただし、それはアッラーがお赦しにならない限りのことである。一方、そのようなことを心で望み、行動には移さなかった場合、罪には問われない。
 ムスリム同士の戦いへの警告。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4304</t>
   </si>
   <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
-    <t>宗教とは誠実さである。</t>
-[...33 lines deleted...]
-誠実さは、全ての存在に向けられるべきことであること。</t>
+    <t>「宗教とは誠実さである。</t>
+  </si>
+  <si>
+    <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>タミーム・アッ＝ダーリー（彼にアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの祝福と平安あれ）はこう言った： 「宗教とは誠実さである。」私たちは言った：「誰に対してのものですか？」彼（アッラーからの祝福と平安あれ）は言った：「アッラー、その啓典、その使徒、そしてムスリムの指導者たち、および一般の者たちに対する誠実さである。」</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は言った：宗教とは、誠実さと真摯さの上に成立するものである。そのようにして、アッラーから命じられたものを不足やごまかしなく、十全な形で遂行することができるのである。
+すると預言者（アッラーからの祝福と平安あれ）に、こう尋ねられた：誠実さとは誰に対するものですか？それで彼は答えた：
+第一に。アッラーに対する誠実さである。つまりアッラーに対して行いを純粋なものとし、シルクを犯さず、その主性、神性、美名と属性を信じ、アッラーの関する物事を偉大視し、かれへのイーマーン（信仰）へといざなうことである。
+第二に。アッラーの啓典、つまりクルアーンへの誠実さである。それはそれがアッラーの言葉であり、最後の啓典であり、それ以前の全ての天啓宗教を廃棄するものであることを信じ、偉大視し、正しく読誦し、その意味が明確なものに則って行い、意味が不明確なものについてはそのまま受け入れ、それを改変しようとする者たちの手から守り、その戒めを熟考し、その知識を広め、そこへと人々をいざなうことである。
+第三に。アッラーの使徒ムハンマド（アッラーからの祝福と平安あれ）への誠実さ。これは彼が最後の使徒であること、彼がもたらしたものを信じ、彼の命令に従い、禁じたことは回避し、アッラーを崇拝するにあたっては彼のやり方以外ではそうせず、彼の権利を偉大視し、彼を敬い、彼の宣教と教えを広め、彼に対する言われもない訴えから彼を援護することである。
+第四に。ムスリムの指導者たちに対する誠実さ。これは真理において彼らに協力すること、彼らの権威を奪ったりしないこと、アッラーの服従において彼らに聞き、従うことである。
+第五に。ムスリム一般に対する誠実さ。これは彼らに善行をほどこし、彼らをいざない、彼らを害悪から遠ざけ、彼らによいことを望み、善と敬虔さにおいて彼らと協力することである。</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع.
+عِظَم منزلة النصيحة من الدين.
+اشتمال الدين على الاعتقادات والأقوال والأعمال.
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>あらゆる対象に対する誠実さの命令。
+宗教における誠実さの地位の高さ。
+宗教は信仰だけでなく、言行をも含むということ。
+相手に善を望み、自分自身を偽りから清めることもまた、誠実さの一部である。
+預言者（アッラーからの祝福と平安あれ）の教育法の秀逸さ。彼はまず大まかに述べてから、それを細かく説明した。
+重要なものから順に説明すること。預言者（アッラーからの祝福と平安あれ）はまずアッラーに始まり、その啓典、その使徒（アッラーからの祝福と平安あれ）、ムスリムの指導者たち、一般のムスリムという順番で取り上げていった。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إن الحلال بيِّن وإن الحرام بين، وبينهما أمور مشتبهات لا يعلمهن كثير من الناس، فمن اتقى الشبهات فقد اسْتَبْرَأ لدينه وعرضه، ومن وقع في الشبهات وقع في الحرام</t>
-[...39 lines deleted...]
-イスラーム的な実際的意味を説明するにあたっての、たとえの利用。</t>
+    <t>إن الحلال بين وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>「合法的なものは明らかであり、非合法なものも明らかである</t>
+  </si>
+  <si>
+    <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
+  </si>
+  <si>
+    <t>アン＝ヌゥマーン・ブン・バシール（アッラーのご満悦あれ）は言った：私はアッラーの使徒（アッラーからの祝福と平安あれ）がこう言うのを聞いた：−そう言って、アン＝ヌゥマーンは両指で自分の両耳を指した− 「合法的なものは明らかであり、非合法なものも明らかである。そしてその間には、多くの者が知らない紛らわしい物事がある。ゆえにそういった紛らわしい物事から身を慎む者は、自らの宗教と尊厳を守ることになろう。そして紛らわしい物事に陥る者は、禁じられた領域に足を踏み入れてしまうことになろう。それはまるで、禁じられた領域の周辺で（家畜の）番をする牧童のようなものであり、それらは今にもそこに踏み入ってしまいそうである。実に全ての王には、（他の者に）禁じられた領域がある。そして実にアッラーが禁じられた領域とは、かれの禁じられた物事なのである。そして実に体には、それさえ健全であれば体全体も健全であり、それが悪ければ体全体も悪くなるところの1個の肉塊がある。そして実にそれが、心なのである。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
+ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
+وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
+وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は物事における一般原理を説明し、イスラーム法が３つの範疇に分類されるとした：明らかに合法的なもの。明らかに非合法なもの。合法なのか非合法なのか、多くの者がその規定を知らない紛らわしい物事の３つである。
+ゆえにそういった紛らわしい物事を放棄する者は、自らの宗教が非合法なものに陥ってしまうことから遠ざけることになる。また、そのような紛らわしい物事に立ち入ってしまうことで、他人から非難の言葉を向けられることから、自らの尊厳を守ることにもなる。 他方、紛らわしい物事を回避しない者は、自らを禁じられた領域に陥れてしまったり、他人からその自尊心を傷つけられてしまったりすることになる。 アッラーの使徒（アッラーからの祝福と平安あれ）は、紛らわしい物事に陥る者に対する例えとして、土地の所有者が禁区とした領域の周辺で家畜番をする牧童の例を挙げた。それらの家畜は禁区に近い場所で放牧されているために、今にもそこに踏み入ってしまいそうである。同様に、紛らわしい物事に立ち入ってしまう者は、禁じられた物事に近づき、その中に陥ってしまいそうな状況にあるのである。 預言者（アッラーからの祝福と平安あれ）はそのように説明した後、こう言った：体には、それが正しければ体全体も正しくあり、それが悪ければ体全体も悪くなるところの1個の肉塊がある。そしてそれが、心なのである。</t>
+  </si>
+  <si>
+    <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>その法規定が不明確な紛らわしい物事を放棄することへの勧め。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4314</t>
   </si>
   <si>
-    <t>إن الله كتب الإحسانَ على كل شيء، فإذا قتلتم فأحسِنوا القِتلةَ وإذا ذبحتم فأحسِنوا الذِّبحة، وليحد أحدُكم شَفْرَتَه ولْيُرِحْ ذبيحتَهُ</t>
-[...38 lines deleted...]
-イスラームの教えの完全性。その中にはあらゆる善が含まれているが、生き物に対する慈悲の念ややさしさもその内の一つである。</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>「まことに至高のアッラーはよいお方であり、よいものしかお受け入れにはならない。まことにアッラーは信者たちに、使徒たちに命じたのと同じものをお命じになり、こう仰った</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「まことに至高のアッラーはよいお方であり、よいものしかお受け入れにはならない。まことにアッラーは信者たちに、使徒たちに命じたのと同じものをお命じになり、こう仰った：“使徒たちよ、善きものの内から食べ、正しい行いを行え。”（信仰者たち章５１）また、こう仰った：“信仰する者たちよ、われらがあなた方に授けた善いものから食べ、アッラーに感謝せよ。”（雌牛章１７２）」それから彼は、髪をバサバサにして埃だらけになりながら、長い旅をしている男について話をされた。”わが主よ、わが主よ”と男は（祈りつつ）両手を天に伸ばしている。しかし彼の食べ物はハラーム、飲み物もハラーム、着るものもハラームであり、ハラームなもので養われている。どうして彼（の祈り）に応じられようか？」</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
+ثالثًا: يرفع يديه إلى السماء بالدعاء. 
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は伝えている：まことに至高のアッラーは、完全さで特徴づけられ、不足や欠点からは無縁なよいお方であり、行いでも言葉でも信条でも、よいものしかお受け入れにはならない。つまりアッラーのみに捧げられ、預言者（アッラーからの祝福と平安あれ）のスンナに則った物事のことである。アッラーのお近づきはそれら以外によって、なされることはない。また、信仰者にとって、行いがよくなるための最も重要な要因の一つが、食べ物がハラールで良質であることである。それによって行いは清められたものとなる。アッラーが信仰者たちに、使徒たちに命じたのと同様、ハラールな食べ物を食べて善行に励むことを命じたのは、そういったわけである。アッラーはこう仰った：“使徒たちよ、善きものの内から食べ、正しい行いを行え。”（信仰者たち章５１）また、こうも仰った：“信仰する者たちよ、われらがあなた方に授けた善いものから食べ、アッラーに感謝せよ。”（雌牛章１７２）」
+それから預言者（アッラーからの祝福と平安あれ）は、ハラームな食事について警告した。それは行いを駄目にしてしまい、それが受け入れられるためにどんなに表面的な手段を尽くしたとしても、受け入れられることから阻んでしまうものである。男が払った表面的な努力は、以下の物事に現れている：
+１．ハッジ、ジハード、親戚との良好な関係の維持など、服従行為における長旅。
+２．髪を梳かしていないため、髪の毛がバサバサになっていること。髪の毛や衣服の色が埃で変色してしまっていること。これらは全て、男の行き詰まった状況ゆえのものである。
+３．両手を天に伸ばして祈っていること。
+４．「わが主よ、わが主よ」とアッラーの美名によって、アッラーに懸命に祈っていること。
+このように祈りが受け入れられるための手段を尽くしているものの、男の祈りは聞き入れられない。なぜなら彼の食べ物はハラーム、飲み物もハラーム、着るものもハラームであり、ハラームなもので養われているためである。このような性質の者は、祈りが叶えられにくいものであり、むしろどうしてその祈りが受け入れられるようなことがあろうか？</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>アッラーのその本質、属性、行為、法規定における完全性。
+行いをアッラーだけに真摯に捧げ、そこにおいて預言者（アッラーからの祝福と平安あれ）に追従することの命令。
+行いへと奨励する手法を用いること。それは預言者（アッラーからの祝福と平安あれ）が、「まことにアッラーは信者たちに、使徒たちに命じたのと同じものをお命じになり…」と言った通りである。使徒たちもまた同じように命じられていたということを知る時、信仰者はその模倣へと促されるのである。
+祈願を受け入れることを阻む物事の一つが、ハラームな食事である。
+祈願を受け入れられる要因として、５つの物事がある：１．長い旅行：祈願が受け入れられる最大の要因の一つである、弱く哀れな状態がそれによって生じる。２．祈らずにはいられないような切迫した状態。３．両手を天に伸ばすこと。４．アッラーの主性を繰り返し念じつつ、念を入れて祈ることは、祈願が受け入れられるにあたって最も必要な物事の一つである。５．飲食物がよいものであること。
+ハラールでよいものを食することは、善行への助力の要因の一つである。
+アル＝カーディーは言う：「”よさ”の反対は”悪さ”である。アッラーがそれによって描写される時、それはアッラーが、あらゆる欠点や汚点から無縁で崇高なお方であることを意味する。そして特に限定なく、人間がそれによって描写される時、それはその者が悪い性格や醜い行いから縁遠く、その反対の性質を備えていることを表す。また、財産がそれによって描写される時、それはそれが最善な種類のものであり、ハラールであることを示している。
+」</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/4316</t>
+  </si>
+  <si>
+    <t>إن الله كتب الإحسان على كل شيء</t>
+  </si>
+  <si>
+    <t>「まことにアッラーは、あらゆる物事においてイフサーン（善処）を命じた</t>
+  </si>
+  <si>
+    <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>シャッダード・ブン・アウス（アッラーのご満悦あれ）は言った：私はアッラーの使徒（アッラーからの祝福と平安あれ）から、２つのものを覚えた。彼は、こう言った： 「まことにアッラーは、あらゆる物事においてイフサーン（善処）を命じた。ゆえに殺す時にはよい殺し方をし、屠畜する時にはよい屠畜をせよ。自分の刃物をよく研ぎ、屠畜される動物を楽にさせるのだ。」</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、アッラーが私たちに、あらゆる物事においてイフサーン（善処）を命じた、と言った。イフサーン（善処）とは、崇拝行為であれ、善を行うときであれ、被造物を害悪から守るときであれ、いつもアッラーを想念している状態のことである。ゆえに殺したり屠畜したりしなくてはならない状況においても、イフサーン（善処）は求められる。
+報復刑で死刑を執行しなければならない状況におけるイフサーン（善処）は、最も簡単で、受刑者にとって最も軽く、最も早く楽になれる方法を選ぶことである。
+屠畜におけるイフサーン（善処）は、刃物をよく研ぐことによって家畜に優しくし、家畜の前で刃物を研いだり、他の家畜の前で別の家畜を屠畜する光景を見せたりしないことである。</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+ إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>被造物に対するアッラーの慈悲とお優しさ。
+殺したり屠畜したりする際のイフサーン（善処）は、イスラーム法に即したやり方でなければならない。
+イスラーム法の包括性と完全性。そこにはあらゆる善行が包含されており、動物に対する慈悲と優しさも含まれている。
+死んだ人間の遺体を損傷することの禁止。
+動物をいじめることにつながるあらゆる物事の禁止。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إن الله كَتَبَ الحسناتِ والسيئاتِ ثم بَيَّنَ ذلك، فمَن هَمَّ بحسنةٍ فَلم يعمَلها كَتبها الله عنده حسنةً كاملةً، وإن هَمَّ بها فعمِلها كتبها اللهُ عندَه عشرَ حسناتٍ إلى سَبعِمائةِ ضِعْفٍ إلى أضعافٍ كثيرةٍ</t>
-[...40 lines deleted...]
-アッラーの恩寵とやさしさと善。善行を思い立つだけで実行には移さなくても、それだけで１つの善行として記録され、悪行を思い立ってもアッラーゆえにそれを実行に移さなければ、やはり１つの善行として記録されるからである。「思い立つ（アラビア語のハンマ）」とは、単に思い浮かぶだけでなく、決心することである。</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
+  </si>
+  <si>
+    <t>まことにアッラーは善行と悪行を定め、それらを説明した。一つの善行をしようと思ってもそれを行わなかった者には、アッラーはそれをかれの御許で一つの完全な善行として記録する。そしてもしそれをしようと思って行ったのであれば、アッラーはそれをかれの御許で１０倍、７００倍、それ以上にまでたくさん倍増して記録する。一方、一つの悪行を思い立ってもそれを行わなかった者には、アッラーはそれをかれの御許で一つの完全な善行として記録する。そしてもしそれを思い立って行ったのであれば、アッラーはそれを一つの悪行として記録する。」</t>
+  </si>
+  <si>
+    <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（アッラーのご満悦あれ）によれば、 預言者（アッラーからの祝福と平安あれ）はその主から伝えて、このように言った：「まことにアッラーは善行と悪行を定め、それらを説明した。一つの善行をしようと思ってもそれを行わなかった者には、アッラーはそれをかれの御許で一つの完全な善行として記録する。そしてもしそれをしようと思って行ったのであれば、アッラーはそれをかれの御許で１０倍、７００倍、それ以上にまでたくさん倍増して記録する。一方、一つの悪行を思い立ってもそれを行わなかった者には、アッラーはそれをかれの御許で一つの完全な善行として記録する。そしてもしそれを思い立って行ったのであれば、アッラーはそれを一つの悪行として記録する。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
+  </si>
+  <si>
+    <t>使徒（アッラーからの祝福と平安あれ）は、アッラーが善行と悪行を定め、それからそれらをどのようにして記録するかについて、２人の天使にこう説明したと語った：
+一つの善行をしようと思い、決心しても、それを行わなかった者には、それが一つの善行として記録される。もしそれ行ったのであれば、それは１０倍、７００倍、それ以上にまでたくさん倍増される。その倍増の程度は、心の中の純粋さや、その利益が他者にまで及んだりすることによって決定される。
+一方、一つの悪行を思い立ち、それをしようと決心しても、それをアッラーゆえに放棄した者には、それが一つの善行として記録される。もし忙しくて、それを行うためのお膳立てをしなかったために放棄したという場合には、何も記録されない。また、ただ単にそうすることが出来なかったという場合には、その意図だけが記録される。そしてもしそれを行ったのであれば、それは一つの悪行として記録される。</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
+بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
+الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
+بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
+من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
+كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
+  </si>
+  <si>
+    <t>善行は倍増し、その御許に記録され、悪行は倍増されないという、この共同体に対するアッラーの偉大な恩恵。
+行いにおける意図の重要性とその影響。
+善行を行おうとしてやらなかったとしても、アッラーがそれを一つの善行として記録してくださるという、アッラーの恩恵とやさしさと善。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4322</t>
   </si>
   <si>
     <t>إنَّ اللهَ لا يَنْظُرُ إلى أَجْسامِكُمْ، ولا إلى صُوَرِكُمْ، ولَكِنْ يَنْظُرُ إلى قُلُوبِكُمْ وأَعْمَالِكُمْ</t>
   </si>
   <si>
     <t>まことにアッラーは、あなた方の身体や姿形をご覧になるのではない。しかしかれは、あなた方の心と行いをご覧になるのだ。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعاً: «إنَّ الله لا ينْظُرُ إِلى أجْسَامِكُمْ، ولا إِلى صُوَرِكمْ، وَلَكن ينْظُرُ إلى قُلُوبِكمْ وأعمالكم».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は、アッラーの使徒（彼にアッラーからの祝福と平安あれ）から伝えて、こう言った：「まことにアッラーは、あなた方の身体や姿形をご覧になるのではない。しかしかれは、あなた方の心と行いをご覧になるのだ。」</t>
   </si>
   <si>
     <t>إن الله لا يثيبكم ولا يجازيكم على أجسامكم وصوركم ولا يحصل لكم القرب منه سبحانه بذلك، ولكن تحصل المجازاة على ما في قلوبكم من الإخلاص والصدق وعلى الأعمال الصالحة التي تقومون بها</t>
   </si>
   <si>
     <t>アッラーはあなた方の身体や姿形ゆえに、あなた方に褒美を授けたり、かれへのお近づきを授けたりすることはない。しかし褒美の対象となるのは、真摯さや誠実さといった心の中のこと、そして実際に行う正しい行いなのである。</t>
   </si>
   <si>
     <t>الاعتناء بحال القلب وصفاته، وتصحيح مقاصده، وتطهيره عن كل وصف مذموم.
 ثواب الأعمال يكون بما انعقد  عليه القلب من إخلاص وحسن نية.
 الاعتناء بإصلاح القلب وبصفاته مقدم على عمل الجوارح، لأن عمل القلب هو المصحح للأعمال الشرعية ولا يصح العمل من الكافر.
 مسؤولية الفرد على نيته وعمله، وهذا ما يحمله على تصويب العمل القلبي لكل ما يرضي الله ورسوله.</t>
   </si>
   <si>
     <t>心の状態と性質に関心を払い、意図を正し、あらゆる卑しい性質から心を清めることの重要性。
 行いの褒美は、心による真摯な決意と、よい意図によるものである。
 心を正し、その性質に配慮することは、身体的行動よりも優先される。なぜなら心の動きこそは、宗教的行動を正すものであるからである。不信仰者の行いは正しいものとはならない。
 意図と行いに対する個人の責任。心の動きをアッラーとその使徒がお喜びになることへと正していくことが、必要となる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4555</t>
   </si>
   <si>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
+  </si>
+  <si>
+    <t>「まことにアッラーとその使徒は、酒、動物の死体、豚、偶像の取引を禁じた</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
+  </si>
+  <si>
+    <t>ジャービル・ブン・アブドッラー（アッラーのご満悦あれ）は、アッラーの使徒（アッラーの祝福と平安あれ）が勝利の年（マッカ開城の年）にマッカで次のように語ったと伝えている： 「まことにアッラーとその使徒は、酒、動物の死体、豚、偶像の取引を禁じた。すると人びとはこう言った：“アッラーの使徒よ、動物の死体の脂についてはどうですか？それは舟に塗装されたり、革に塗布されたりしますし、人びとはそれを明かりにも用いますが？”すると（預言者は）言った：“いや、それはハラーム（禁じられていること）だ。”それから、アッラーの使徒（アッラーの祝福と平安あれ）は言った：“アッラーがユダヤ教徒を征伐するように。彼らはアッラーがその脂を禁じたにもかかわらず、それを溶かして売り、その代金を得たのだから。”」</t>
+  </si>
+  <si>
+    <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
+  </si>
+  <si>
+    <t>ジャービル・ブン・アブドッラー（アッラーのご満悦あれ）は、預言者（アッラーの祝福と平安あれ）が勝利の年（マッカ開城の年）にマッカで次のように言うのを聞いた：まことにアッラーとその使徒は、酒、動物の死体、豚、偶像の取引を禁じた。すると人びとはこう言った：「アッラーの使徒よ、動物の死体の脂を売買することは許されますか？それは舟に塗装されたり、革に塗布されたりしますし、人びとはそれを明かりを灯すためにも用いますが？」すると（預言者は）言った：「いや、その売買はハラーム（禁じられていること）だ。」それから、アッラーの使徒（アッラーの祝福と平安あれ）は言った：「アッラーがユダヤ教徒を滅ぼす、呪うように。彼らはアッラーがその脂を禁じたというのに、それを溶かして売り、その代金を得たのだから。」</t>
+  </si>
+  <si>
+    <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
+قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
+قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
+كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
+قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
+  </si>
+  <si>
+    <t>アン＝ナワウィーは言う:「動物の死体、酒、豚の売買が禁じられることにおいて、ムスリムたちは意見の一致を見ている。」
+カーディーは言う:「このハディースは以下のような意味を含む:食用、利用が許されないものは、その売買やそれを売った利益を手に入れることも許されない。ちょうどハディースの中で取り上げられた、死体の脂がそれである。」
+イブン・ハジャルは言う:「ハディースの文脈は、“それはハラームだ”という言葉の意味が、大多数の学者がそのように解釈しているように、売買であり、利用ではないことを強く示している。」
+ハラームなものを合法化しようとする手段は全て虚妄である。
+アン＝ナワウィーは言う:「学者たちは言う:動物の死体の売買の一般的禁止は、遺体の売買の禁止をも含み得る。ナウファル・ブン・アブドッラー・アル＝マフズーミーが塹壕の戦いで殺された時、敵軍は預言者（アッラーの祝福と平安あれ）に、その遺体を一万ディルハムで買い取ることを申し出たが、預言者はそれを受け取らずに引き渡した。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/4556</t>
+  </si>
+  <si>
     <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
-    <t>行いは、その意図によるものである。まことに全ての者は、その意図したところのものを得る。</t>
-[...36 lines deleted...]
-現世とその欲望の卑下。現世のためにヒジュラした者が得るものは「・・・それゆえにヒジュラしたことになるのだ」と漠然とした形で描写されている一方、アッラーとその使徒のためにヒジュラした者については、得られるものが明確に描写されている。これは秀逸な表現であり、修辞法に富んだ言葉である。</t>
+    <t>行為とは意志にもとづくものであり、人はみな自らの意図したものを得ることになる。</t>
+  </si>
+  <si>
+    <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
+وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
+  </si>
+  <si>
+    <t>ウマル・ブン・アル＝ハッターブ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った: 「行為とは意図にもとづくものであり、人は自らの意図したものを得ることになる。したがってアッラーとその使徒のために移住した者の移住は、アッラーとその使徒のための移住であり、現世の利益、または女性との結婚のために移住した者の移住は、彼がそれを目的として行なった移住なのである。」アル＝ブハーリーの伝承には、こうある：「行為とは意志にもとづくものであり、人はみな自らの意図したものを得ることになる。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
+ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は説明する：すべての行為は、その意図によって意味をなす。この規定は崇拝行為、取引など、あらゆる行為における一般的なものである。ゆえに自分の行いによって単なる利益を意図した者は、その利益しか得ることがなく、宗教的報奨を得ることはない。一方、自分の行いによってアッラーのお近づきを求める者は、たとえそれが飲食などの普通の行為であったとしても、それによって宗教的報奨を得ることになる。
+それから預言者（アッラーからの祝福と平安あれ）は、一見同じような行いでも意図がいかに影響するかを説明するにあたり、このような例えを挙げている：主アッラーのお喜びを求め、それを目的として移住し、故郷を後にする者の移住はイスラームの教えに沿った移住であり、その純真な意図によってその者は報奨を得ることになる。一方、移住によって財産、地位、商売、配偶者といった現世的利益を意図する者は、自分が意図したものしか得ることはなく、宗教的な報奨の取り分はない。</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
+  </si>
+  <si>
+    <t>真摯さのすすめ。アッラーは、アッラーのお顔を求めて行われた行いしかお受け入れにはならない。
+アッラーのお近づきを求める行為は、もし人がそれを習慣的形で行うのならば、そこに宗教的な報奨はない。アッラーのお近づきを意図して初めて、それを得ることができる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4560</t>
   </si>
   <si>
-    <t>بينما نحن جلوس عند رسول الله -صلى الله عليه وآله وسلم- ذات يوم إذ طلع علينا رجل شديدُ بياض الثياب شديد سواد الشعر لا يُرى عليه أثرُ السفر ولا يعرفه منا أحد</t>
-[...52 lines deleted...]
-審判の日のいくつかの予兆の説明。</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
+  </si>
+  <si>
+    <t>イスラームは、「 ラー・イラーハ・イッラッラー、ムハンマドゥッラスールッラー （アッラーの他に真に崇拝すべきものはなく、ムハンマドはその使徒である）」と証言し、 サラー （礼拝）し、ザカー （浄財）を施し、ラマダーン月にサウム（断食）をし、それが可能であるならばカァバ神殿を目指してハッジ （大巡礼）を行うことである。</t>
+  </si>
+  <si>
+    <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
+  </si>
+  <si>
+    <t>ウマル・ブン・アル＝ハッターブ（アッラーのご満悦あれ）は言った: 「私たちがある日アッラーの使徒（アッラーからの祝福と平安あれ）と共にある時、純白の衣服をまとい、漆黒の髪の一人の男が私たちのもとに現れた。彼に旅の形跡はなく、私たちの誰一人として彼を知る者はいなかった。彼は預言者（アッラーからの祝福と平安あれ）のもとまでやって来ると、彼の両膝を両膝につき合わせるようにして座り、彼の両手をその両腿の上に置いた。そして言った：”ムハンマドよ、イスラームについて教えてくれ。”それでアッラーの使徒（アッラーからの祝福と平安あれ）は言った：“イスラームは、「 ラー・イラーハ・イッラッラー、ムハンマドゥッラスールッラー （アッラーの他に真に崇拝すべきものはなく、ムハンマドはその使徒である）」と証言し、 サラー （礼拝）し、ザカー （浄財）を施し、ラマダーン月にサウム（断食）をし、それが可能であるならばカァバ神殿を目指してハッジ （大巡礼）を行うことである。”（男は）言った：“その通り。”私たちは自分で尋ねておきながら、答えを承認するその男に驚いた。（男は続けて質問して）言った：“それではイーマーンについて教えてくれ。（アッラーの使徒は）言った：“アッラーとその天使たち、その諸啓典、その諸使徒、最後の日を信じること。そして良いことであれ悪いことであれ定命を信じることである。”（男は）言った：“その通り。” （男は続けて）言った：“それではイフサーンについて教えてくれ。”（アッラーの使徒は）言った：“アッラーをまるで見ているかのように、かれを崇めることだ。そして例えかれが見えなくとも、かれはあなたをご覧になられる。”（男はまた）言った：“それでは審判の日について教えてくれ。”」（アッラーの使徒は）言った：“質問を受けた者はそれについて、質問者よりも知っているわけではない。”（男はまた）言った：“それではその諸々の予兆について教えてくれ。”（アッラーの使徒は）言った：“あなたは（その諸々の予兆として）奴隷女がその主人を産むのを見るだろう。また裸足で裸の貧しい羊飼いたちが、競って高い建築物を建て合うのを見るだろう。”それから（男は）去って行った。私（ウマル） は暫くそのまま留まっていたが、すると（アッラーの使徒は）私にこう言った：“ウマルよ、あの質問者が誰だか分かるか？”私は言った：“アッラーとその使徒がよくご存知です。”（アッラーの使徒は）言った：“彼はジブリールだ。あなた方の宗教を教えるために、あなた方のもとへやって来たのである。”」</t>
+  </si>
+  <si>
+    <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
+فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
+ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
+ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
+ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
+ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
+ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
+  </si>
+  <si>
+    <t>ウマル・ブン・アル＝ハッターブ（アッラーのご満悦あれ）は言っている:ジブリール（平安あれ）が教友たち（アッラーのご満悦あれ）のところに、誰も知らない男性の姿をしてやって来た。彼は純白の衣服をまとい、漆黒の髪をしていた。彼にはやつれ、埃、髪の毛の乱れ、服の汚れといった旅の形跡はなく、そこにいた誰も彼を知る者はいなかった。彼らは預言者（アッラーからの祝福と平安あれ）と一緒に座っていたが、その男はものを学ぶ者の座り方で預言者（アッラーからの祝福と平安あれ）の前に座った。そしてイスラームについて尋ねた。アッラーの使徒（アッラーからの祝福と平安あれ）は、２つの信仰証言の承認、５回のサラー（礼拝）の遵守、ザカー （浄財）をその受給資格者に施すこと、ラマダーン月にサウム（断食）をすること、それが可能ならハッジ （大巡礼）を行うこと、といった物事を含むこれらの根幹要素によって回答した。
+それで質問者は言った：「その通り。」教友たちは、彼が分からなさそうにして質問しておきながら、預言者の言葉を承認するのを見て、驚いた。
+それから男は、イーマーンについて質問した。アッラーの使徒はそれに答え、以下の６つの根幹要因について説明した：アッラーとその存在、属性、創造などの行為における唯一性、崇拝行為を向ける対象としての唯一性に関する信仰。天使たちがアッラーによって光から創造され、アッラーに反抗することなく、かれから命じられたことを遂行する高貴なしもべたちであるという信仰。クルアーン、トーラー、インジールといったものを含む、アッラーの御許から使徒たちに下された諸啓典に対する信仰。ヌーフ、イブラーヒーム、ムーサー、イーサー、そして最後の預言者ムハンマド（アッラーからの祝福と平安あれ）など、アッラーの教えを伝えるすべての使徒と預言者に対する信仰。死後の墓の中の世界、復活までの境界線上の人生、死後の復活と清算、天国と地獄という２つの終着点などを含む、最後の日に対する信仰。アッラーがすべての物事を既にご存じになり、それらが英知に則っており、既に書き記され、それが起こることをアッラーがお望みになり、そしてそれは定め通りに起き、アッラーがそれを創造されるのだということを信じる、定命に対する信仰である。 それから男はイフサーンについて尋ねた。アッラーの使徒はそれが、アッラーをまるで見ているかのように崇拝することだと言った。そしてもしかれがその境地に到達することができなかったとしても、アッラーが自分をご覧になっている気持ちでアッラーを崇拝せよ、と。前者が後者よりも高い境地であり、ムシャーハダ（見ること）の領域である。後者はムラーカバ（自己監視）の領域である。
+それから審判の日について尋ねた。預言者（アッラーからの祝福と平安あれ）は言った：それに関する知識はアッラーの専有であり、被造物の何ものもそれを知ることはできない。質問された側はそのことについて、質問者よりも知っているわけではない。
+それから男は、審判の日の諸々の予兆について尋ねた。それでアッラーの使徒は言った：その諸々の予兆の一つとして、奴隷女とその子供の増加がある。あるいは子供が自分の母親を奴隷のように扱う、親不孝の増加がある。また、世の末には貧しい羊飼いたちに現世の恩恵が授けられ、建築物の美しさや豪奢さを誇り合うようになるといったことがある。
+それから預言者（アッラーからの祝福と平安あれ）は言った：その質問者はジブリールで、教友たちにこの純正な宗教を教えるためにやって来たのである、と。</t>
+  </si>
+  <si>
+    <t>حُسْن خُلُقِ النبي صلى الله عليه وسلم، وأنه يجلس مع أصحابه ويجلسون إليه.
+مشروعية الرفق بالسائل وتقريبه، ليتمكن من السؤال غير مُنْقَبِضٍ ولا خائف.
+الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
+أركان الإسلام خمسة، وأصولَ الإيمان ستة.
+عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
+بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
+الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
+البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
+سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
+علم الساعة مِمَّا استأثر الله بعلمه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）のよい品性。彼は教友らと共に座っていた。
+質問者にやさしくし、近づくこと。それは質問者が億劫することも、怖がることもないようにするためである。
+教師に対する礼儀作法。ちょうどジブリール（彼に平安あれ）がしたように、預言者（アッラーからの祝福と平安あれ）から学ぶため、彼の前に礼儀正しく座ったようにである。
+イスラームの根幹は５つ、イーマーンの根幹は６つである。
+イスラームとイーマーンが並列される時、前者は外面的諸事、後者は内面的諸事と解釈される。
+宗教には様々なレベルがあるという説明：最初のレベルがイスラーム、２番目のレベルがイーマーン、３番目のレベルがイフサーンである。
+質問者はそもそも知識がないものであり、無知こそが人に質問させるものである。教友たちが驚いたのは、彼が質問しておきながら、答えを承認したことだった。
+重要な物事から始めること。というのも預言者（アッラーからの祝福と平安あれ）はイスラームを説明するにあたっては、まず信仰証言から、イーマーンを説明するにあたっては、まずアッラーへの信仰から始めたからである。
+知らないわけではないことを学がある者が質問するのは、他者にそれを教える目的があるためである。
+審判の日に関する知識は、アッラーが専有する知識である。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4563</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
+  </si>
+  <si>
+    <t>「疑念のないものへと向かうようにし、疑わしいものを放棄せよ。正直さは安らぎであり、嘘は疑念なのだから。」</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
+  </si>
+  <si>
+    <t>アブー・アル＝ハウラーゥ・アッ＝サァディーは言った：私はアル＝ハサン・ブン・アリー（アッラーのご満悦あれ）に、こう言った：あなたはアッラーの使徒（アッラーからの祝福と平安あれ）から、何を覚えましたか？すると彼は言った：私はアッラーの使徒（アッラーからの祝福と平安あれ）から、これを覚えた： 「疑念のないものへと向かうようにし、疑わしいものを放棄せよ。正直さは安らぎであり、嘘は疑念なのだから。」</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、禁じられたものなのかどうか、ハラームなのかハラールなのか、疑わしいような言葉や行いを放棄することを命じた。そしてそうではなく、その善性と合法性に疑念の余地がなく、確信の域に達しているものへと向かうことを命じた。というのも心はそこへと安らぎ落ち着くものであり、疑念のあるものに対して心は不安になり、乱れた状態になるものなのである。</t>
+  </si>
+  <si>
+    <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
+النهي عن الوقوع في الشبهات.
+إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
+رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
+  </si>
+  <si>
+    <t>ムスリムは物事を捉えるにあたって明確なものに依拠し、疑念の余地のあるものを回避しなければならない。また、宗教において慧眼を持つ必要がある。
+紛らわしい物事に足を踏み入れることの禁止。
+安らぎや落ち着きを求めるのであれば、疑念があるものを放棄しなければならない。
+アッラーの人間に対する慈悲。アッラーは心と気持ちを安らがせるものを命じ、不安や動揺を伴うものを禁じた。</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/4564</t>
+  </si>
+  <si>
+    <t>كل سلامى من الناس عليه صدقة</t>
+  </si>
+  <si>
+    <t>「人間のあらゆる骨は、日が昇るあらゆる日においてサダカを課せられている</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「人間のあらゆる骨は、日が昇るあらゆる日においてサダカを課せられている。二人の間を公正に分けるのもサダカ、人を家畜において助け、彼をそこに乗せてやるか、または彼のためにその上に荷物を載せてやるのもサダカ、よい言葉もサダカ、サラーへと歩いて行く一歩一歩にもサダカがあり、路上から有害なものを取り除けるのもサダカなのである。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
+وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
+عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
+وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
+والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
+وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
+وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はこのように説明している：宗教義務を有する全てのムスリムには毎日、骨のあらゆる関節の数だけサダカを課せられている。それは無事安泰な状態と、骨が関節によって伸びたり曲がったりすることに関し、アッラーに感謝する意味で任意に行うものである。 サダカはお金によるものに限定されず、あらゆる善行によって行うことができる。例えば： 争い合う者たちの間を公正に調停することは、サダカである。 乗り物に乗ることが出来ない者を助けて乗せてやったり、荷物を載せてやったりすることはサダカである。 ズィクル、ドゥアー、挨拶といったよい言葉はサダカである。 サラー（礼拝）へ赴く一歩一歩はサダカである。 路上から有害なものを除去することは、サダカである。</t>
+  </si>
+  <si>
+    <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
+الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
+الترغيب في المداومة على النوافل والصدقات كل يوم.
+فضل الإصلاح بين الناس.
+الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
+الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
+وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
+  </si>
+  <si>
+    <t>人間の骨の構造とそれが健全である状態は、アッラーからの最大の恩恵の一つである。その恩恵に対する感謝をするため、全ての骨のためにサダカをしなければならない。
+恩恵が継続するよう、毎日感謝を改めることの勧め。
+毎日任意の行いやサダカを続けることの勧め。
+人々の間を調停することの徳。
+同胞を援助することの勧め。それはサダカである。
+集団のサラー（礼拝）に参加し、そこに歩いて赴くこと、およびマスジドの建設や管理の勧め。
+ムスリムの公道を大切にし、そこにおいて迷惑となるものや有害なものを除去することの義務。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/4568</t>
+  </si>
+  <si>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
+  </si>
+  <si>
+    <t>「この世では異邦人か旅人のようであれ。</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・ウマル（アッラーのご満悦あれ）は言った：アッラーの使徒（アッラーからの祝福と平安あれ）は私の肩に手をやり、こう
+言った： 「この世では異邦人か旅人のようであれ。」イブン・ウマルはこう言ったものだった：「夕には朝を待つな。朝には夕を待つな。あなたの健康をあなたの病にあて、あなたの人生をあなたの死にあてよ。」</t>
+  </si>
+  <si>
+    <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
+فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
+فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・ウマル（アッラーのご満悦あれ）は、預言者（アッラーからの祝福と平安あれ）が彼の肩に手を置いて、このように仰ったと伝えている：この世では、住むための家も、なぐさめとなる住人もなく、創造主以外のことに勤しませるような家族、扶養対象、人間関係などもない国を訪れた、異邦人のようであれ。むしろ異邦人よりももっとその土地には馴染みがなく、故郷を求めて道を通過するだけの旅人のようであれ、と。というのも異邦人は馴染みのない国に居住し滞在するかもしれないが、旅人は別の国を目指して通過するだけであり、目的地への到達に熱心なあまり、そこに滞在もせず、執着もしないからである。また、旅人は旅の目的地に到達させてくれるものよりも多くのものを、必要とはしない。このように信仰者は、目的の場に到達するため以外の余計なものを、現世で必要とはしないものだ。</t>
+  </si>
+  <si>
+    <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
+الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
+حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
+اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
+ بيان قِصَر الأمل، والاستعداد للموت.
+ الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
+المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
+فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
+وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/4704</t>
   </si>
   <si>
     <t>لا تغضب</t>
   </si>
   <si>
     <t>怒るのではない。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>アブー・フライラ（アッラーのご満悦あれ）によれば、 ある男が、預言者（彼にアッラーからの祝福と平安あれ）にこう言った：「私にアドバイスを下さい。」彼は言った：「怒るのではない。」彼は何度も繰り返し、「怒るのではない」と言った。</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>教友の一人(アッラーのご満悦あれ)が預言者（彼にアッラーからの祝福と平安あれ）に、何か役に立つことを教えてくれることを尋ねた。それで彼は彼に、怒らないよう命じた。それは怒りの原因となるようなことを避け、怒りが生じた際には自らを律し、怒りに任せて殺人、暴力、悪口などを行ってしまわないようにすることである。
 男は何度もアドバイスを求めたが、預言者（彼にアッラーからの祝福と平安あれ）は、「怒るのではない」というアドバイスにそれ以上付け加えることがなかった。</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>怒りと、それを生じさせる物事への注意。怒りは悪を結集するものであり、そこから身を守ることは善の結集である。
 怒る時にはアッラーのために怒る。例えばアッラーの神聖さが侵害されたときに怒るのは、よい怒りである。
 必要があれば、聞いている者が飲み込み、その大事さを理解するまで言葉を繰り返すこと。
 学のある者からアドバイスを求めることの徳。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لا ضَرَرَ ولا ضِرَارَ</t>
-[...45 lines deleted...]
-    <t>[イブン・マージャの伝承 - アハマドの伝承 - マーリクの伝承]</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
+  </si>
+  <si>
+    <t>「害することも、害し合うこともあってはならない。害する者はアッラーによって害され、厳しくする者はアッラーによって厳しくされよう。」</t>
+  </si>
+  <si>
+    <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>アブー・サイード・アル＝フドリー（アッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）はこう言った： 「害することも、害し合うこともあってはならない。害する者はアッラーによって害され、厳しくする者はアッラーによって厳しくされよう。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
+ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は自分自身、または他人であろうと、あらゆる種類と形の害悪を押し留めなくてはならないことを説明した。ゆえに自分自身であれ他人であれ、害することは許されない。
+害悪に対して害悪で対抗することは許されない。害悪を害悪で除去することは、侵害とは見なされない報復刑以外出来ないからである。
+また、預言者（彼にアッラーからの祝福と平安あれ）は、人を害する者がやはり害を受けることになり、人に厳しくする者がやはり厳しくされることになるのだ、という警告をした。</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
+الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>同等のもの以上の仕返しをすることの禁止。
+アッラーはそのしもべたちに、自分自身を害するようなことをすることを命じなかった。
+言葉、行い、または何かをしないことによって、害すること、害し合うことの禁止。
+報いは同種のもの。害する者はアッラーによって害され、厳しくする者はアッラーによって厳しくされよう。
+イスラーム法の法則に、「害悪は除去される」というものがある。イスラーム法は害悪を放置せず、害することを否定する。</t>
+  </si>
+  <si>
+    <t>صحيح بشواهده</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني</t>
+  </si>
+  <si>
+    <t>[真正。異なる教友が伝える同一の伝承あり]</t>
+  </si>
+  <si>
+    <t>[アッ＝ダールクトニーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لو أنكم توكلون على الله حق توكله لرزقكم كما يرزق الطير، تغدو خماصا، وتروح بطانا</t>
-[...34 lines deleted...]
-    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アハマドの伝承]</t>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>「自ら
+の同胞に自らが望むことを望むようになるまで、信仰したことにはならない。」</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
+  </si>
+  <si>
+    <t>アナス（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言っ
+た： 「自ら
+の同胞に自らが望むことを望むようになるまで、信仰したことにはならない。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はこう説明する：服従行為であろうと、宗教と現世におけるあらゆるよい物事において、自分自身に望むことを自分の同胞にも望まない限り、ムスリムの信仰が完全なものとなることはない。それは、自分に嫌なことを同胞に嫌に思うことにおいても同様である。ムスリム同胞に宗教における何らかの落ち度を見出したら、それを矯正できるよう努力する。そして同胞によいものを見出したら、それを持続させ、援助するよう努力し、宗教と現世において同胞に
+助言するのである。</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>自分が欲することをムスリム同胞にも欲することの義務。というのも預言者は、自分が欲することをムスリム同胞にも欲しない者の信仰を、否定したからであり、このことはこれが義務であることの証左であ
+る。
+アッラーにおける同胞愛は、血縁上の同胞愛に優越する。その義務性
+もさらに強いものとなる。
+この同胞愛を損ねるようなあらゆる言動は、禁止される。詐欺、陰口、嫉妬、ムスリムの生命、財産、尊厳に対する侵害といった物事が、
+そこに含まれる。
+「自らの同胞」といった、行動へと促す表現の使用。
+アル＝カルマーニーはこう言っている：「自らの同胞に自らが嫌う悪を嫌うのも、信仰の一部である。このことが明言されていないのは、何かを愛することが、その逆のものの憎しみを伴うためである。そのため、ここではその明言が省略されている。
+」</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/4717</t>
+  </si>
+  <si>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>「もしあなた方がアッラーに真のタワックル(委任)をしたならば、鳥がアッラーから糧を授かるように、あなた方も糧を授かったであろう。それらは朝には空腹で出かけても、夕には満腹で帰って来るのだ。」</t>
+  </si>
+  <si>
+    <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>ウマル・ブン・アル＝ハッターブ（アッラーのご満悦あれ）は、預言者（彼にアッラーからの祝福と平安あれ）がこのように語ったと聞いた: 「もしあなた方がアッラーに真のタワックル(委任)をしたならば、鳥がアッラーから糧を授かるように、あなた方も糧を授かったであろう。それらは朝には空腹で出かけても、夕には満腹で帰って来るのだ。」</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
+وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は、以下のようなことを勧めている：現世と宗教に関する物事において、利益を導き、害悪を阻むことにあたってアッラーに依拠すること。というのもアッラーこそが与え、禁じ、害と利をもたらすお方だからである。 また、真摯さとアッラーへの依拠とともに、利益を導き、害悪を阻むことにあたって必要な物事を行うこと。そのようにすれば、アッラーは私たちに糧を授けて下さる。ちょうど朝には空腹で出かけても夕には満腹で帰って来る鳥に、アッラーが糧を授けているようなものである。鳥のこの行動は、丸投げの態度や怠惰さもなしに、糧を求める努力をするという必要な手段をとることの例である。</t>
+  </si>
+  <si>
+    <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
+التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
+اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
+التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
+  </si>
+  <si>
+    <t>タワックル(委ねること)の徳。そしてタワックルが糧を得るにあたって最大の手段であるということ。
+タワックル(委ねること)は、必要な手段を尽くすことと相反しない。預言者（彼にアッラーからの祝福と平安あれ）は真のタワックルが、糧を求めることにおいて朝夕に努力することと反するのではないと言った。
+心の動きにおけるイスラーム法の関心。タワックルは心の行為の一つである。
+必要な手段をとることのみに依拠するのは、宗教的な不足である。一方、必要な手段の放棄は知性の不足である。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4721</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>「人々が訴えによって与えられるのであれば、男たちは民の財産や生命まで主張しただろう。しかし原告には明白な証拠が必要であり、拒否する者には誓いが必要なのである。」</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「人々が訴えによって与えられるのであれば、男たちは民の財産や生命まで主張しただろう。しかし原告には明白な証拠が必要であり、拒否する者には誓いが必要なのである。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は言う：人々が根拠も状況証拠もなく、単なる訴えだけで（主張するものを）与えられるのであれば、ある種の人々は民の財産や生命に対する権利まで主張しただろう。しかし原告には明白な証拠と、その主張を裏付ける根拠が必要なのである。そして証拠がなければ、それを被告へと提示するが、もし被告がそれを拒否するのであれば、被告は誓いを行わなければならない。そうすることにより、無実が確定する。</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
+الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
+القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
+كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
+  </si>
+  <si>
+    <t>イブン・ダキーク・アル＝イードは言う：「このハディースは法規定の基礎の一つであり、争いや係争における最大の参照である。」
+イスラーム法は、
+人々の生命や財産の侵害から保護するためにある。
+裁判官は知識ではなく証拠を参照することによって裁く。
+明らかな根拠がない者の訴えは全て、拒否される。それが権利や取引に関することであれ、信仰や知識に関することであれ、同様である。</t>
+  </si>
+  <si>
+    <t>رواه البيهقي</t>
+  </si>
+  <si>
+    <t>[アル＝バイハキーの伝承]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/4722</t>
   </si>
   <si>
     <t>مانهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>私が禁じたものは避け、私が命じたものは、あなた方のできる範囲でそれを行え。まことにあなた方以前の者たちを滅ぼしたのは、質問の多さと、預言者たちに対する彼らの相違だったからだ。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）は言った：私はアッラーの使徒（彼にアッラーからの祝福と平安あれ）が、こう言うのを聞いた：「私が禁じたものは避け、私が命じたものは、あなた方のできる範囲でそれを行え。まことにあなた方以前の者たちを滅ぼしたのは、質問の多さと、預言者たちに対する彼らの相違だったからだ。」</t>
   </si>
   <si>
     <t>دلنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
 ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
   </si>
   <si>
     <t>アッラーの使徒（彼にアッラーからの祝福と平安あれ）は、以下のことを私たちに教示した：彼が私たちに禁じたことは、例外なく回避しなければならないこと。そして彼が私たちに命じたことは、出来る限り行わなければならないこと。
 それから彼は、私たちが過去の民のようにならないため、私たちに注意をした。それは過去の民が彼らの預言者たちと意見を別にし、多くの質問をしたことにより、アッラーによって様々な形で滅ぼされたからである。私たちは彼らと同様のことをして、彼らが滅ぼされたように滅んでしまってはならない。</t>
   </si>
   <si>
     <t>الأمر بامتثال الأوامر، واجتناب النواهي.
 النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
@@ -2911,212 +3079,171 @@
 المنهي عنه يشمل القليل والكثير، لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلاً: نهانا عن الرّبا فيشمل قليله وكثيره.
 ترك الأسباب المفضية إلى المحرم، لأن ذلك من معنى الاجتناب.
 الإنسان له استطاعة وقدرة، لقوله: "مَا استَطَعْتُمْ" فيكون فيه رد على الجبرية الذين يقولون: إن الإنسان لا استطاعة له، لأنه مجبر على عمله، حتى الإنسان إذا حرّك يده عند الكلام، فيقولون تحريك اليد ليس باستطاعته، بل مجبر، ولا ريب أن هذا قول باطل يترتب عليه مفاسد عظيمة.
 لا ينبغي للإنسان إذا سمع أمر الرسول -صلى الله عليه وسلم- أن يقول: هل هو واجب أم مستحبّ؟ لقوله: "فَأْتُوا مِنْهُ مَا استَطَعْتُمْ".
 ما أمر به النبي -صلى الله عليه وسلم- أو نهى عنه فإنه شريعة، سواء كان ذلك في القرآن أم لم يكن، فُيعمل بالسنة الزائدة على القرآن أمراً أو نهياً.
 كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل مسائل الغيب كأسماء الله وصفاته، وأحوال يوم القيامة، لاتكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.
 الأمم السابقة هلكوا بكثرة المسائل، وهلكوا بكثرة الاختلاف على أنبيائهم.</t>
   </si>
   <si>
     <t>命令されたことを行い、禁じられたことを避ける命令。
 禁止項目に関しては、それらの物事の一部を行うことを免除されなかった。一方、命令項目については、可能ならば、と限定された。なぜなら放棄することは可能なことだが、何かを行うことには命じられたことをするという能力が必要だからである。
 多くの質問の禁止。学者は質問を２つの種類に分類している：１つ目は宗教的物事において必要な知識を請うためであり、これはむしろ義務である。教友たちの質問は、この類いのものだった。２つ目は頑迷さからの質問や無意味な質問であり、こちらが禁じられる部類となる。
 過去の民が陥っていたように、預言者と意見を別にすることについての、イスラーム共同体への警告。
 禁止は数量の多寡を問わない。回避に多寡は関係ないからである。たとえば私たちは利子を禁じられたが、それは多かろうが少なかろうが、同じである。
 禁止事項につながる原因の放棄。それも回避の意味の中に入って来るからである。
 人間には可能性と能力がある。ハディースには、「あなた方のできる範囲で」とあるからだ。この中には、「人間に可能性はない。行動を強制されているからだ」と主張するジャバリーヤ（定命による強制論主義者）への反証がある。彼らは話す時に手を動かす仕草をする時でさえ、その仕草が自分自身の力によるものではない、と主張する。このような主張は虚偽であることに疑念の余地はなく、そこには甚大な害悪が伴う。
 使徒（彼にアッラーからの祝福と平安あれ）の命令を聞いておきながら、「これは義務ですか、それとも勧められることですか？」などと言うべきではない。彼は「あなた方のできる範囲でそれを行え」と言っているのだから。
 預言者（彼にアッラーからの祝福と平安あれ）が命じ、禁じることは、イスラーム法である。それがクルアーンの中にも存在することかどうかは関係ない。クルアーンの中にはない命令事項や禁止事項も、付加されるスンナとして実行しなければならない。
 多くの質問は破滅の原因。特に、アッラーの美名と属性、審判の日の状況など、私たちに到達不可能な不可視の領域に関することであれば、尚更である。そのような物事における質問の多さは破滅の原因となり、過激で行き過ぎな方向に走ってしまうことになる。
 過去の民は質問の多さと、預言者たちに対する多くの見解の相違ゆえに破滅した。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4725</t>
   </si>
   <si>
-    <t>مَن عَمِلَ عملًا ليس عليه أمرُنا فهو رَد</t>
-[...34 lines deleted...]
-禁止された物事は、悪いものである。禁じられた物事は全て宗教の内のものではないので、拒否されなければならない。</t>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
+  </si>
+  <si>
+    <t>「われわれのこの物事において、（そもそも）そこにはなかったことを新たに始める者は、拒まれる。</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
+ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>アーイシャ（アッラーのご満悦あれ）によれば、アッラーの使徒
+（アッラーからの祝福と平安あれ）は言った： 「われわれのこの物事において、（そもそも）そこにはなかったことを新たに始める者は、拒まれる。」（二大真正集）「われわれのこの物事にはない行為を行う者は、拒まれる。」（ムスリム）</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、このように説明する：宗教において発明事をする者、またはクルアーンとスンナに根拠が認められないような行いを行う者の行いは、アッラーによって受け入れられず、本人のもとへと返されることになる。</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>崇拝行為の基本はクルアーンとスンナにある教えである。ゆえに私たちは、ビドゥアや革新された物事ではなく、アッラーが定めた形においてアッラーを崇拝しなければならない。
+宗教は意見や感想の良し悪しではなく、使徒（アッラーからの祝福と平安あれ）への踏襲によるものである。
+このハディースは、宗教の完全さの根拠である。
+ビドゥアとは信条、言葉、行為など、預言者（アッラーからの祝福と平安あれ）時代にも教友時代にも存在しなかった、宗教における全ての新規な物事のことである。
+このハディースはイスラームの基礎の一つであり、行為における基準である。アッラーのお顔を意図しないあらゆる行いは、その行為主にとって報奨の対象とはならない。同様に、アッラーの使徒（アッラーからの祝福と平安あれ）がもたらしたやり方に合致しない行いは、拒まれて本人へと突き返される。
+禁じられる発明事とは宗教に関する物事であり、現世的物事におけるものではない。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4792</t>
   </si>
   <si>
-    <t>يا عبادي، إني حرَّمتُ الظلمَ على نفسي وجعلتُه بينكم محرَّمًا فلا تَظَالموا، يا عبادي، كلكم ضالٌّ إلا من هديتُه فاستهدوني أهدكم</t>
-[...36 lines deleted...]
-الأصل في المكلفين : الضلال، وهو الجهل بالحق وترك العمل به.
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
+  </si>
+  <si>
+    <t>わが僕たちよ、われは自らに不正を禁じた。そしてそれをあなた方の間でハラーム（非合法）とした。ゆえに不正を働き合ってはならない</t>
+  </si>
+  <si>
+    <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
+  </si>
+  <si>
+    <t>アブー・ザッル（アッラーのご満悦あれ）は、言った： アブー・ザッル・アル＝ギファーリー（アッラーのご満悦あれ）によると、預言者（アッラーからの祝福と平安あれ）は至高で偉大なるアッラーがこう仰せられたと伝えた：「わが僕たちよ、われは自らに不正を禁じた。そしてそれをあなた方の間でハラーム（非合法）とした。ゆえに不正を働き合ってはならない。わが僕たちよ、あなた方は皆迷い人である。われが導いた者を除いては。ゆえにわれに導きを求めよ、われがあなた方を導いてやろう。わが僕たちよ、あなた方は皆飢えた者である。われが食べさせた者を除いては。ゆえにわれに食べ物を求めよ、われがあなた方に食べ物を与えてやろう。わが僕たちよ、あなた方は皆裸である。われが服を着せた者を除いては。ゆえにわれに衣服を求めよ、われがあなた方に衣服を与えてやろう。わが僕たちよ、あなた方は夜に昼に過ちを犯す。そしてわれは全ての罪を赦す。ゆえにわれに罪の赦しを求めよ、われがあなた方を赦してやろう。わが僕たちよ、あなた方はわれを害するに至らず、それでわれを害することもない。また、われを益するに至らず、それでわれを益することもない。わが僕たちよ、あなた方の内の最初の者、最後の者、人間の者、ジンの者が、あなた方の内の一人の最も敬虔な者の心であったとしても、それがわが王権に何も付け足しはしない。わが僕たちよ、あなた方の内の最初の者、最後の者、人間の者、ジンの者が、あなた方の内の一人の最も放埒な者の心であったとしても、それがわが王権から何も差し引きはしない。わが僕たちよ、あなた方の内の最初の者、最後の者、人間の者、ジンの者が、一つの地に立ち、われに求めたとしても、われは各人に求めるものを与えただろう。そしてそのことは、ちょうど海に針が入れられた時に差し引きされる程のものしか、われのもとにあるものから何も差し引きはしない。わが僕たちよ、われがあなた方のために数え上げるのは、あなた方の行いなのだ。そしてわれはあなた方にそれをきちんと報いる。ゆえによいものを見出した者はアッラーを称え、そうでないものを見出した者は、自分自身以外を咎めてはならない。」</t>
+  </si>
+  <si>
+    <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
+وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
+وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
+وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
+وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
+وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
+ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
+وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
+وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、至高で偉大なるアッラーが以下のように仰せられたと伝えた：アッラーはご自身に不正を禁じ、そしてそれを被造物の間でもハラーム（非合法）とした。ゆえに不正を働き合ってはならない。 被造物はすべて、真理から迷った状態にある。ただしアッラーの導きと成功によるものは別であり、アッラーにそれを求める者に対して成功と導きを与えるのである。 被造物はすべて飢えた状態にあり、あらゆる必要ごとにおいてアッラーを必要とする存在である。アッラーに願う者はその必要を満たされ、十分な状態にしてもらえるのである。 また彼らは、夜に昼に過ちを犯す。そしてアッラーはかれに罪の赦しを求めるしもべを覆い、大目に見てくださる。 また彼らはアッラーを少しも害することもできなければ、益することもできない。 また、もし彼らが最も敬虔な者の心であったとしても、その敬虔さがアッラーの王権に何も付け足しはしない。 また、もし彼らが最も放埒な者の心であったとしても、それがかれの王権から何も差し引きはしない。というのも彼らはアッラーを必要とする弱い存在であり、あらゆる状況、時間、場所においてアッラーが必要だからである。アッラーこそは豊かで十全なお方であられる。 また、もし彼ら人間の者、ジンの者、最初の者、最後の者が、一つの場所に立ち、アッラーに求めたとしたら、アッラーは彼らのそれぞれに求めるものを与えただろう。そしてそのことはアッラーの御許から、何も減らしはしない。ちょうど海に針を入れて引き上げた時、海から何も減ったりはしないのと同様である。アッラーは完全な豊かさを備えたお方である。
+アッラーは僕たちの行いを記録し、数え上げる。そして審判の日、彼らにそれらをきちんと報いる。ゆえによい報いを見出した者は、アッラーがそのような服従へと自分を導いてくれたことに対し、アッラーを称えよ。そしてそうではない報いを見出した者は、悪へと傾いて失敗へと導いた自分自身を咎めよ。</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
-الخير كله من فضل الله تعالى على عباده من غير استحقاق، والشر كله من عند ابن آدم من اتباع هوى نفسه.
-[...21 lines deleted...]
-善の成就はアッラーから頂いた成功であり、その報いもまたアッラーからのご厚意である。ゆえに、かれにこそ称賛はある。</t>
+ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
+من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
+  </si>
+  <si>
+    <t>このハディースは、預言者（アッラーからの祝福と平安あれ）がその主アッラーから伝えるものであり、聖なるハディースと呼ばれるものである。これは文言も意味もアッラーからのものではあるが、クルアーンが専有する特徴を兼ね備えてはいないものである。つまり、その読誦が崇拝行為となったり、それを読む際にはタハーラ（清浄）の状態にある必要があったり、その模倣を挑まれていたり、その模倣が不可能であったりするようなクルアーンの特徴のことである。
+しもべが得る知識、導きは、アッラーの導きと教示によるものである。
+しもべが手にした善はアッラーの恩恵によるもの、手にした悪は自分自身と欲望によるものである。
+よいことを行えたのなら、それはアッラーからの成功によるものであり、その報いもまたアッラーの恩恵によるものである。ゆえにアッラーにこそ称賛がある。他方、悪事を行なった者は、自分自身を咎めなければならない。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يا غلام، إني أعلمُك كلمات: احْفَظِ اللهَ يحفظْك، احفظ الله تَجِدْه تجَاهَك، إذا سألت فاسأل الله، وإذا اسْتَعَنْتَ فاسْتَعِن بالله</t>
-[...23 lines deleted...]
-الجزاء قد يكون من جنس العمل.
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>少年よ、（よい）言葉を教えてやろう。アッラーを守れ。そうすればアッラーがあなたを守ってくださるだろう。アッラーを守れ。そうすればあなたは、アッラーをあなたの前に見出すだろう。求めるなら、アッラーにこそ求めよ。助けを求めるなら、アッラーにこそ助けを求めよ</t>
+  </si>
+  <si>
+    <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（アッラーのご満悦あれ）は言った： 「ある日、私はアッラーの使徒（アッラーからの祝福と平安あれ）の後ろに座っていた。彼は言った：”少年よ、（よい）言葉を教えてやろう。アッラーを守れ。そうすればアッラーがあなたを守ってくださるだろう。アッラーを守れ。そうすればあなたは、アッラーをあなたの前に見出すだろう。求めるなら、アッラーにこそ求めよ。助けを求めるなら、アッラーにこそ助けを求めよ。そして知るのだ。人々が一丸となって、あなたのために何か役立とうとしても、アッラーが既に定めたこと以外には、あなたの役に立つことはできない。また、彼らが一丸となって、あなたに対して何か害しようとしても、アッラーが既に定めたこと以外には、あなたに対して害することはできない。ペンは上げられ、ページは乾いてしまったのだ。”」</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（アッラーのご満悦あれ）は、このように伝えている：彼がまだ小さい頃、預言者（アッラーからの祝福と平安あれ）の後ろに座っていた。彼（アッラーからの祝福と平安あれ）は言った：「私はあなたに、アッラーがそれによってあなたの役に立ててくれるような物事を教えてやろう。
+アッラーの命令を遵守し、その禁止事項を回避することで、アッラーを守れ。つまり、服従行為とアッラーへのお近づきを求める行為に勤しみ、アッラーに対する反抗や罪深い行為を避けるのだ。そのようにすれば、その報いとして、現世と来世においてアッラーがあなたを諸々の悪から守ってくださる。そしてどこにあろうと、かれはあなたの任務において、あなたを助けてくださる。
+あなたが何かを求めるなら、アッラーにしか求めてはならない。アッラーだけが、求める者に応じるお方だからである。
+また、助けを求めるなら、アッラー以外に助けを求めてはならない。
+そしてこのように確信せよ。地上の民が一丸となって、あなたのために何か役立とうとしても、アッラーが既に定めたこと以外には、あなたの役に立つことはできない。また、地上の民が一丸となって、あなたに対して何か害しようとしても、アッラーが既に定めたこと以外には、あなたに対して害することはできない。
+これらの物事は、アッラーの英知と知識に基づいて前もって書かれ、定められたのだ。アッラーの定めに変更はない。</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
-عجز الخلائق كلهم، وافتقارهم إلى الله -عز وجل-.
-[...26 lines deleted...]
-    <t>[アッ＝ティルミズィーの伝承 - アハマドの伝承]</t>
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
+  </si>
+  <si>
+    <t>年少者や子供にタウヒード、礼儀作法などの宗教的物事を教育することの重要性。
+報いは、その行いと同種のもの。
+アッラーに依拠し、かれ以外のものではなく、アッラーにこそ物事を委ねること。アッラーこそは最善の委任者である。
+定命と、それに満足すること、アッラーが全てを定めたということへの信仰。
+アッラーに関する物事を蔑ろにする者は、アッラーから蔑ろにされ、守られることもない。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/4811</t>
   </si>
   <si>
     <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فقال: اللهم اغْفِرْ لي ذَنْبِي، فقال اللهُ تبارك وتعالى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ له رَبًّا يَغْفِرُ الذَّنْبَ، ويَأْخُذُ بالذَّنْبِ</t>
   </si>
   <si>
     <t>僕が罪を犯して、こう言った：「アッラーよ、私の罪をお赦し下さい。」それで至高のアッラーはこう仰った：「わが僕は罪を犯した。そして彼にはその罪を赦し、それゆえに罰する主があることを知った。」</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم فيما يَحْكِي عن ربه تبارك وتعالى، قال: «أَذْنَبَ عَبْدٌ ذَنْبًا، فقال: اللهم اغْفِرْ لي ذَنْبِي، فقال اللهُ تبارك وتعالى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ له رَبًّا يَغْفِرُ الذَّنْبَ، ويَأْخُذُ بالذَّنْبِ، ثم عَادَ فَأَذْنَبَ، فقال: أَيْ رَبِّ اغْفِرْ لي ذَنْبِي، فقال تبارك وتعالى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ له رَبًّا، يَغْفِرُ الذَّنْبَ، ويَأْخُذُ بالذَّنْبِ، قَدْ غَفَرْتُ لِعَبْدِي فَلْيَفْعَلْ ما شَاءَ»</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）によると、預言者（彼にアッラーからの祝福と平安あれ）はその主（アッラー）から伝えるものとして、こう言った：僕が罪を犯して、こう言った：「アッラーよ、私の罪をお赦し下さい。」それで至高のアッラーはこう仰った：「わが僕は罪を犯した。そして彼にはその罪を赦し、それゆえに罰する主があることを知った。」それから、彼はまた罪を犯し、言った：「アッラーよ、私の罪をお赦し下さい。」それで至高のアッラーはこう仰った：「わが僕は罪を犯した。そして彼にはその罪を赦し、それゆえに罰する主があることを知った。われはわが僕を赦したぞ、望むことをするがよい。」</t>
   </si>
   <si>
     <t>إذا فعل العبد ذنبا، ثم قال: اللهم اغفر لي ذنبي، يقول الله تبارك وتعالى: فعل عبدي ذنبا، فعلم أن له ربا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، ثم عاد فأذنب، فقال: يا رب اغفر لي ذنبي، فقال الله تبارك وتعالى: فعل عبدي ذنبا، فعلم أن له ربا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء من الذنوب ويتبعها بالتوبة الصحيحة، فما دام يفعل هكذا، يذنب ويتوب أغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>僕が罪を犯し、「アッラーよ、私の罪をお赦し下さい」と言えば、至高のアッラーは仰る：「わが僕は罪を犯した。そして彼にはその罪を赦し、それを覆い隠し、大目に見られる、あるいはそれゆえに罰する主があることを知った。」それから彼は、また罪を犯し、言う：「アッラーよ、私の罪をお赦し下さい。」それで至高のアッラーはこう仰る：「わが僕は罪を犯した。そして彼にはその罪を赦し、それを覆い隠し、大目に見られる、あるいはそれゆえに罰する主があることを知った。われはわが僕を赦したぞ、望むことをするがよい。罪を犯しても、その後に正しい悔悟をするのだ。そのようにする限り、罪を犯し、悔悟するならば、われは彼を赦す。悔悟はそれ以前のものを帳消しにするのである。」</t>
   </si>
   <si>
     <t>عظيم فضل الله ورحمته على عباده ما داموا يعتقدون أن ربهم بيده مقاليدهم إن شاء غفر وإن شاء عاقب.
 التوبة الصحيحة تكفر الذنب.
@@ -3929,143 +4056,165 @@
     <t>عن جندب بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : «مَنْ صَلَّى صلاةَ الصُّبْحِ فهو في ذِمَّةِ اللهِ فلا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبُّهُ على وَجْهِهِ في نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>ジュンダブ・ブン・アブドッラー（彼にアッラーのご満悦あれ）は言った：アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った：「暁の礼拝を行った者は、アッラーの保護下にある。ゆえにその者の保護に関して、アッラーがあなた方に何らかの問責をするようなことがあってはならない。かれ（アッラー）がその保護に関して問責した者は、逃れられない。そしてかれは、顔から地獄の炎へと投げ込まれることになるのだ。」</t>
   </si>
   <si>
     <t>من صلى صلاة الصبح فقد دخل في عهد الله فكأنه معاهد لله عزّ وجلّ أن لا يصيبه أحد بسوء، فلا تحل أذيته من أحد؛ لأن أذيته تعتبر في الحقيقة اعتداء على الله ونقضًا لأمانه الذي وهبه لهذا المصلي، ومن نقض عهد الله واعتدى عليه فقد عرض نفسه لمحاربة الله، والله ينتقم لمن أوذي وهو في جواره وأمانه.</t>
   </si>
   <si>
     <t>暁（ファジュル）の礼拝を行った者は、アッラーとの契約下に入ったようなものであり、いかなる悪からも守られるというアッラーとの契約を結んだようなものである。ゆえに、その者を害することは許されない。なぜなら、その者に対する害は実際のところアッラーに対する侵害であり、ファジュルの礼拝をした者にアッラーから授けられた保護を無視するものであるためだ。アッラーの契約を無視し、侵害する者は、自らをアッラーに歯向わせているようなものである。アッラーは、かれが保護下に入れた者を害する者に、報復される。</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الصبح.
 الحفاظ على حدود الله وحرماته سبب في حفظ الله للعبد وعونه.</t>
   </si>
   <si>
     <t>ファジュルの礼拝の重要性と徳の説明。
 ファジュルの礼拝をした者に悪を及ぼす者に対する、厳しい警告。
 アッラーの掟と、かれが禁じた物事の遵守は、アッラーからの保護と援助の理由となる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5435</t>
   </si>
   <si>
-    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرًا أو ليصْمُت، ومن كان يؤمن بالله واليوم الآخر فليُكْرِم جارَه، ومن كان يؤمن بالله واليوم الآخر فليكرم ضَيْفَه</t>
-[...55 lines deleted...]
-信仰は増減する。</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
+  </si>
+  <si>
+    <t>「アッラーと最後の日を信じる者は、よいことを語るか、あるいは黙っていよ</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「アッラーと最後の日を信じる者は、よいことを語るか、あるいは黙っていよ。アッラーと最後の日を信じる者は、隣人によくせよ。アッラーと最後の日を信じる者は、客によくせよ。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
+الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
+الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
+الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はこう言った：アッラーを信じ、そして自らの帰りどころであり、そこにおいて行いの報いを受けることになる最後の日を信じる者は、その信仰心によって、以下の特質が現れるものである：
+１．よいことを語ること：つまり、アッラーの賛美、タウヒードの言葉、勧善懲悪、人々の仲裁といったことである。もしこのような言葉を発せられないならば、口をつぐみ、害を与えるようなことから慎み、舌を守るべきである。
+２．隣人によくすること：善行をほどこしたり、危害を加えたりはしないことである。
+３．あなたを訪問する客人によくすること：つまりよい言葉を語ったり、食べ物をご馳走したりすることである。</t>
+  </si>
+  <si>
+    <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
+التحذير من آفات اللسان.
+دين الإسلام دين الأُلفة والكرم.
+هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
+كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
+  </si>
+  <si>
+    <t>アッラーと最後の日への信仰はあらゆる善の基礎であり、あらゆる善を促すものである。
+言葉による害悪への注意。
+イスラームは親愛と気前のよさの宗教である。
+これらの特徴は信仰の一部であり、称賛されるべき礼儀作法である。
+口数の多さは忌避すべき物事や禁じられた物事への扉となることがある。よいこと以外に喋らないことが無難である。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5437</t>
   </si>
   <si>
     <t>مَنْ لا يَرْحَمُ النَّاسَ لا يَرْحَمُهُ اللهُ</t>
   </si>
   <si>
     <t>人を慈しまない者を、アッラーは慈しまれない。</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه مرفوعاً: «مَنْ لا يَرْحَمِ النَّاسَ لا يَرْحَمْهُ اللهُ».</t>
   </si>
   <si>
     <t>ジャリール・ブン・アブドッラー（彼にアッラーの御満悦あれ）によれば、預言者（彼にアッラーからの祝福と平安あれ）は言った：「人を慈しまない者を、アッラーは慈しまれない。」</t>
   </si>
   <si>
     <t>الذي لا يرحم الناس لا يرحمه الله عز وجل، والمراد بالناس: الناس الذين هم أهل للرحمة كالمؤمنين وأهل الذمة ومن شابههم، وأما الكفار الحربيون فإنهم لا يرحمون، بل يقتلون لأن الله تعالى قال في وصف النبي صلى الله عليه وسلم وأصحابه (أشداء على الكفار رحماء بينهم) [سورة الفتح:29].</t>
   </si>
   <si>
     <t>人を慈しまない者が、アッラーから慈しまれることはない。ここで言う「人」とは、信仰者や庇護下にある者など、慈悲をかけるにふさわしい人々のことである。戦闘状態にある不信仰者については慈悲に値せず、戦いの対象となる。アッラーは預言者（彼にアッラーからの祝福と平安あれ）とその教友たちについて、「不信仰者たちに対しては厳格で、彼ら自身の間では慈悲深い」（勝利章２９）と描写しているからである。</t>
   </si>
   <si>
     <t>خص الناس بالذكر اهتمامًا بهم؛ وإلا فالرحمة مطلوبة لسائر المخلوقات.
 الرحمة خُلق عظيم حرص الإسلام على تعزيزه في النفس البشرية.
 التراحم بين الناس سبب في رحمة الله لهم.
 إثبات رحمة الله وهي صفة حقيقية له سبحانه على معناها الظاهر على ما يليق بجلاله.</t>
   </si>
   <si>
     <t>人が特に取り上げられているのは、人間に対する関心ゆえのことである。そもそも慈悲は、あらゆる被造物に対して要求されるものである。
 慈悲は偉大な品性であり、イスラームはそれを人類の心の中に強化することに関心を注いでいる。
 人々の間の慈しみ合いは、アッラーからの慈悲の要因である。
 崇高なるアッラーに、慈悲の属性が備わっていることの確証。それは文字通りの慈悲であり、実際上の属性ではあるが、アッラーに相応しい形でのものである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5439</t>
+  </si>
+  <si>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
+  </si>
+  <si>
+    <t>アーダムの子よ、われに祈り、われを望むのであれば、われはあなたの内にあるものにも関わらず、あなたを赦し、気にはしない</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
+  </si>
+  <si>
+    <t>アナス（アッラーのご満悦あれ）は言った： 私はアッラーの使徒（アッラーからの祝福と平安あれ）が、こう言うのを聞いた：「至高のアッラーは仰った：「アーダムの子よ、われに祈り、われを望むのであれば、われはあなたの内にあるものにも関わらず、あなたを赦し、気にはしない。アーダムの子よ、あなたの罪が天の高きにまで至ったとしても、われに罪の赦しを乞うならば、われはあなたを赦し、気にはしない。アーダムの子よ、大地いっぱいの過ちと共にわれのもとにやって来たとしても、われに何も並べない状態でわれに見えたならば、われはあなたのもとにそれといっぱいほどの赦しと共にやって来たであろう。」</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
+يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
+يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、神聖ハディースの中で、至高のアッラーがこう仰ったと伝えている：「アーダムの子よ、あなたがわれに祈り、われの慈悲を望み、絶望しない限り、われはあなたの罪を覆い隠し、帳消しにし、それを気にはしない。たとえその罪と反逆が大罪であったとしても、である。 アーダムの子よ、あなたの罪の余りの多さゆえに、それが天地を覆い、天の高きにまで至り、その隅々にを埋め尽くしてしまうほどだったとしても、われに罪の赦しを乞うならば、われはその多さなど気にすることなく、あなたのためにそれを赦し、全て抹消してやる
+。
+アーダムの子よ、たとえあなたが死後、大地いっぱいの過ちと罪と共にわれのもとにやって来たとしても、われだけを神とし、われに何も並べない状態で死んだのであれば、われはあなたのそれらの罪に大地いっぱいの赦しで報いてやる。というのもわれは赦し深いのであり、シルク以外のあらゆる罪を赦すからである。
+」</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله تعالى ومغفرته وفضله.
+فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
+خطر الشرك وأن الله لا يغفر للمشركين.
+قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
+  </si>
+  <si>
+    <t>アッラーの慈悲、罪の赦し、徳の広大さ。
+タウヒードの徳。アッラーはアッラーのみを神とする者たちに対し、その罪と反逆をお赦しくださる。
+シルクの危険性。アッラーはシルクを犯す者をお赦しにはならない。
+イブン・ラジャブは言った：「このハディースは、罪の赦しを得られる3つの要因を包含している：1つ目は望みつつ祈ること。2つ目は罪の赦しを乞い、悔悟すること。3つ目はタウヒードのもとにこの世をさること。
+」
+このハディースは、預言者（アッラーからの祝福と平安あれ）がその主アッラーから伝えるものであり、聖なるハディースと呼ばれるものである。これは文言も意味もアッラーからのものではあるが、クルアーンが専有する特徴を兼ね備えてはいないものである。つまり、その読誦が崇拝行為となったり、それを読む際にはタハーラ（清浄）の状態にある必要があったり、その模倣を挑まれていたり、その模倣が不可能であったりするようなクルアーンの特徴のことである。
+罪には3つの種類がある：1つ目はアッラーに対するシルク。これについてアッラーはお赦しにならない。アッラーは仰っている：「本当に、アッラーに対してシルクを犯す者は誰であろうと、アッラーが彼に天国を禁じられるのだ。」2つ目は、しもべが罪や反逆行為によって、自分自身と主との間において自らに不正を行うことである。アッラーはこの種のものに関し、お望みになればお赦しになり、大目に見られる。3つ目は、アッラーが放置することのない罪であり、これはしもべどうしの罪である。これは報われなければならない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/5456</t>
   </si>
   <si>
     <t>أَبْغَضُ الرِّجَالِ إِلى اللهِ الأَلَدُّ الخَصِمُ</t>
   </si>
   <si>
     <t>アッラーに最も厭われる者とは、激しい議論好きである。</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم : «أَبْغَضُ الرِّجَالِ إِلى اللهِ الأَلَدُّ الخَصِمُ».</t>
   </si>
   <si>
     <t>アーイシャ（彼女にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの平安と祝福あれ）は言った：「アッラーに最も厭われる者とは、激しい議論好きである。」</t>
   </si>
   <si>
     <t>إن الله -تبارك وتعالى- يبغض شديد الخصومة ودائم الخصومة الذي لا يقبل الانقياد للحق.</t>
   </si>
   <si>
     <t>至高のアッラーは、真理を受け入れず、激しく議論し、議論を常とするような者をお嫌いになる。</t>
   </si>
   <si>
     <t>أن الله -تعالى- يبغض الرجل كثير الخصومة والجدل.
 أن الذي يحاج عن حق له وهو مظلوم بطريق الحجاج الشرعي، وأصول المرافعات الشرعية، فهذا لا بأس به، ولا تدخل في باب الخصومات المذمومة.
 أن الإنسان إذا خاصم فإنه لابد أن تكون عنده بينة، ليتوصل إلى حقه، ولا يشد في الخصومة.
 (أبغض الرجال) هذا من باب التغليب وإلا فإن المرأة مثل الرجل في الحكم.
 أن الذي يغلب غيره ويخصمه لكن بالحق فهذا حق وصاحبه محبوب عند الله غير مبغوض.
@@ -4289,50 +4438,53 @@
   </si>
   <si>
     <t>アッラーにとって、ドゥアー（祈願）よりも大切なものはない。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه مرفوعاً: «ليس شيءٌ أكرمَ على الله من الدعاء».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）がアッラーの使徒（彼にアッラーからの平安と祝福あれ）から伝えるところによれば、彼は言った：「アッラーにとって、ドゥアー（祈願）よりも大切なものはない。」</t>
   </si>
   <si>
     <t>(ليس شيء أكرم على الله من الدعاء) لأنه عبادة، والعبادة هي التي خلق الله تعالى الخلق من أجلها، فالدعاء يدل على قدرة الله وعلى سعة علمه، وعلى عجز الداعي واحتياجه، لأجل هذا كان الدعاء من أكرم الأشياء على الله جل وعلا .</t>
   </si>
   <si>
     <t>「アッラーにとって、ドゥアー（祈願）よりも大切なものはない」のは、それが崇拝行為であるからである。崇拝行為こそは、アッラーがそれを行わせるために被造物を創造したものである。ドゥアーはアッラーのお力、その偉大な知識、祈る者の無力さと欠乏を示すものでもある。これが、アッラーにとってドゥアーが最も大切な物事であるという所以だ。</t>
   </si>
   <si>
     <t>فضل الدعاء وأنه من أفضل وأكرم الأمور على الله -تعالى-.
 الحث على الدعاء، والحرص عليه؛ لأنه من أكرم الأشياء على الله -تعالى-.</t>
   </si>
   <si>
     <t>ドゥアー（祈願）の徳。それがアッラーにとって最も位が高く、大切なものであること。
 ドゥアー（祈願）の勧め。それがアッラーにとって、最も大切なものであるためである。</t>
   </si>
   <si>
+    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アハマドの伝承]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5509</t>
   </si>
   <si>
     <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللَّهُ عَبْدًا بِعَفْوٍ إلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلَّهِ إلَّا رَفَعَهُ اللَّهُ تَعَالَى</t>
   </si>
   <si>
     <t>施しが財産を減らすことはない。僕は赦しによって、アッラーからその威光を増加させられる。アッラーに対して謙虚である者を、アッラーは高めずにはおかない。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله عز وجل »</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの平安と祝福あれ）は言った：「施しが財産を減らすことはない。僕は赦しによって、アッラーからその威光を増加させられる。アッラーに対して謙虚である者を、アッラーは高めずにはおかない。」</t>
   </si>
   <si>
     <t>(ما نقصت صدقة من مال) المعنى أن الصدقة إذا أخرجت فإنها لا تنقص المال بل تزيده، وتبارك فيه، وتدفع عنه الآفات، الزيادة للمال إما كمية: بأن يفتح الله للعبد أبواباً من الرزق، أو كيفية: بأن ينزل الله تعالى البركة التي تزيد على مقدار ما أخرجه من الصدقة.
 وما زاد الله عبداً بعفو إلا عزاً، أي أن من عرف بالعفو وترك المؤاخذة والمعاتبة، فإنه يسود ويعظم في القلوب، ويزداد عزة وكرامة، ورفعة في الدنيا والآخرة.
 وما تواضع أحد لله إلا رفعه الله، المعنى أن من تذلل لله، وانكسر بين يديه سبحانه وتعالى، وكان لين الجانب للخلق، وأظهر الخمول للمسلمين، فإن هذه الصفات لا تزيد المتحلي بها إلا رفعة في الدنيا ومحبة في القلوب، ومنزلة علية في الجنة.</t>
   </si>
   <si>
     <t>「施しが財産を減らすことはない」とは、施しは財産を減らすのではなく、むしろ増加させ、祝福し、そこから悪を防いでくれるということ。財産の増加は量的なものであったり、質的なものであったりする。前者は、アッラーが様々な糧の扉を僕のために開いてくれることであり、後者は施したものよりも多くの祝福を与えてくれるようなことである。
 「僕は赦しによって、アッラーからその威光を増加させられる」とは、赦しの心を知り、非難や叱責を放棄する者は、人々の心をつかみ、その威厳と尊さが増し、現世と来世における地位が高められるということである。
 「アッラーに対して謙虚である者を、アッラーは高めずにはおかない」とは、アッラーの御前に縋りつくようにして身を低め、被造物に対しては物腰が柔らかく、ムスリムたちに対しては気取りのないような者のことである。このような性質を持った者は、現世では高められ、人々の心においては愛される存在となり、天国においては高い位階を得ることになる。</t>
   </si>
   <si>
@@ -4368,50 +4520,53 @@
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللَّهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>アブー・アッ＝ダルダーゥ（彼にアッラーのご満悦あれ）が預言者（彼にアッラーからの祝福と平安あれ）から伝えるところによれば、彼は言った：「アッラーは審判の日、同胞の尊厳を守ってやる者の顔を、地獄の炎から守って下さる。」</t>
   </si>
   <si>
     <t>في الحديث فضيلة من دافع عن عرض أخيه المسلم، فإذا أغتابه أحد الحاضرين في مجلس، فإنه يجب عليك الدفاع عن أخيك المسلم، وإسكات المغتاب، وإنكار المنكر، أما إذا تركته فإن هذا يعتبر من الخذلان لأخيك المسلم، ومما يدل على أن المراد بذلك في غيبته حديث أسماء بنت يزيد، عن النبي صلى الله عليه وسلم قال: "من ذب عن لحم أخيه بالغيبة كان حقا على الله أن يعتقه من النار". رواه أحمد وصححه الألباني.</t>
   </si>
   <si>
     <t>このハディースには、ムスリム同胞の尊厳を守る者の徳が示されている。集まりの場で誰かが陰口を言われたら、そのムスリム同胞を守るべく、陰口を言っている者の口をつぐませ、その悪事を否認しなければならない。このような状況で陰口を放っておくのなら、それはムスリム同胞に対する裏切りと見なされる。このハディースの意味するところが陰口に関するものであることを示すものとしては、アスマーゥ・ビント・ヤズィードが預言者（彼にアッラーからの祝福と平安あれ）から伝える、次のハディースがある：「同胞の肉を陰口から守ってやる者については、その者を地獄の炎から解放することがアッラーの義務となる。」（アフマドの伝承。アルバーニーは真正と判定）</t>
   </si>
   <si>
     <t>هذا الثواب خاص في حال عدم وجود أخيك المسلم الذي أُغتيب
 أن الجزاء من جنس العمل، فمن رد عن عرض أخيه رد الله عنه النار
 إثبات النار، وإثبات يوم القيامة.</t>
   </si>
   <si>
     <t>ここで言及されている褒美は、陰口を言われているムスリム同胞がその場にはいないことが条件となる。
 報いは行いと同種のもの。アッラーは、同胞の尊厳を守ってやる者の顔を、地獄の炎から守って下さる。
 地獄の炎と、審判の日の確証。</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
+    <t>[アッ＝ティルミズィーの伝承 - アハマドの伝承]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5514</t>
   </si>
   <si>
     <t>مَنْ قَالَ: سُبْحَانَ اللَّهِ وَبِحَمْدِهِ في يوم مِائَةَ مَرَّةٍ حُطَّتْ عَنْهُ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
   </si>
   <si>
     <t>＂スブハーナッラーヒ・ワ・ビハムディヒ＂と一日に１００回言う者は、その罪を落とされる。たとえそれが、海の泡ほどだったとしても、である。</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللَّهِ وَبِحَمْدِهِ في يومٍ مِائَةَ مَرَّةٍ حُطَّتْ عَنْهُ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの平安と祝福あれ）は言った：「＂スブハーナッラーヒ・ワ・ビハムディヒ＂と一日に１００回言う者は、その罪を落とされる。たとえそれが、海の泡ほどだったとしても、である。」</t>
   </si>
   <si>
     <t>في الحديث دليل على فضل هذا الذكر المشتمل على التسبيح بهذه الصيغة، وأن من أتى بذلك فإن الله يمحو خطاياه مهما بلغت من الكثرة ولو كانت مثل رغوة البحر في الكثرة، فضل من الله لعباده الذاكرين.
 وهو من أذكار الصبح لما في هذا الحديث: "في يوم"، ومن أذكار المساء أيضًا، لحديث أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : "من قال: حين يصبح وحين يمسي: سبحان الله وبحمده، مائة مرة، لم يأت أحد يوم القيامة، بأفضل مما جاء به، إلا أحد قال مثل ما قال أو زاد عليه" رواه مسلم.</t>
   </si>
   <si>
     <t>このハディースの中には、この形式によるタスビーフ（アッラーをあらゆる欠点から無縁として称える称賛の言葉）を含むこのズィクル（念唱）の徳が含まれている。また、一日に１００回「スブハーナッラーヒ・ワ・ビハムディヒ（いかなる欠損からも無縁なアッラーに称えあれ、かれの完全なる性質ゆえの賞賛と共に）」と唱える者の罪を、たとえそれが海の泡の数ほど多かったとしても、アッラーが帳消しにして下さることを述べている。これはアッラーをズィクルする者たちへの、アッラーからの恩寵である。
 このズィクルはハディースに「一日に」とあるように、朝のズィクルであると同様、夕のズィクルでもある。アブー・フライラ（彼にアッラーのご満悦あれ）による別のハディースによれば、アッラーの使徒（彼にアッラーからの平安と祝福あれ）は言っている：「＂スブハーナッラーヒ・ワ・ビハムディヒ＂と朝を迎える時と夕を迎える時に１００回言う者よりも、審判の日によいものを携えて来る者はいない。ただしその者と同様に唱えた者、あるいはそれ以上唱えた者は、その限りではない。」（ムスリムの伝承）</t>
   </si>
   <si>
     <t>فضل هذا الذكر المشتمل على تسبيح الله، وتنزيهه عما لا يليق به من النقائص والعيوب.
 ظاهر الحديث أن هذا الأجر يحصل لمن قالها في اليوم سواء أقالها متوالية أم متفرقة، أم بعضها في النهار وبعضها الآخر في الليل.
@@ -5035,95 +5190,78 @@
 وذلك ليَبْقَى للمسلمين إسلامُهم، وتَصْفُوَ عقيدتُهم؛ وذلك لأن تصوير الصُّوَر والبِنَاءَ على القَبْر يُؤَدِّي إلى تعظيمها وتقديسها ورَفْعها فوق مَنْزِلَتها، وإعطائها حقًّا مِن حُقُوق الله تعالى .</t>
   </si>
   <si>
     <t>イスラームは、微妙なものでも露わなものでもシルクにつながるような扉を閉じてしまうことに、関心を払っている。アリー（彼にアッラーのご満悦あれ）は私たちに、アッラーの使徒（彼にアッラーからの祝福と平安あれ）が彼を派遣し、見つけた全ての像は、抹消してしまうよう命じたことを、伝えている。それは、そこに至高のアッラーの被造物に似せることと、それを偉大視することによって人々を偶像崇拝へと導いてしまう危険性があるためである。また、アリーは、墓の上に建てられた建築物や、許されている範囲を超えて盛り上げられた墓を、壊してしまうことも命じられたとしている。これは墓を高く盛ることによって人々が惑わされ、そこに埋葬されている者たちをアッラーに並べて崇拝したり、偉大視したりしないようにするためである。つまりムスリムがイスラームに留まり続け、その信条が純粋な状態を保つためなのだ。像の作成や墓の上の建築は、その偉大視や神聖視につながり、それを本来の地位よりも高めてしまい、アッラーの権利の一つを与えてしまうことにもつながる可能性があるのである。</t>
   </si>
   <si>
     <t>تحريم التصوير ووجوب إزالة الصور ومحوها بجميع أنواعها.
 التواصي بالحق والأمر بالمعروف والنهي عن المنكر وتبليغ العلم.
 تحريم رفع القبور ببناء أو غيره؛ لأنه من وسائل الشرك.
 وجوب هدم القباب المبنية على القبور.
 إن التصوير مثل البناء على القبور وسيلة إلى الشرك.
 يدخل في الإشراف زيادة على ما سبق أن يكون القبر عليه أعلام كبيرة، أو أعلام ملونة مزخرفة، وتسمى عند الناس (نصائل) أو (نصائب).</t>
   </si>
   <si>
     <t>あらゆる種類の像の作成の禁止と、その除去、抹消の義務。
 真理を勧め合い、善を命じて悪を禁じ、知識を伝達すること。
 それが建築物であってもなくても、墓を高くすることの禁止。なぜならそれは、シルクの原因となり得るためである。
 墓の上のドームを除去する義務。
 墓の上の建築など、像の作成はシルクの原因となる。
 上記の物事の他、墓に大きな墓標を置いたり、装飾されたカラフルな墓標を置いたりすることも禁じられる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لا يُؤْمِنُ أحدُكم حتى أَكُونَ أَحَبَّ إليه مِن وَلَدِه، ووالَدِه، والناس أجمعين</t>
-[...43 lines deleted...]
-    <t>[アル＝ブハーリーの伝承 - 二大真正集収録の伝承]</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
+  </si>
+  <si>
+    <t>「自分の親、子供、そして全ての人々よりも、私が最愛の者となるまで、誰も信仰したことにはならない。」</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
+  </si>
+  <si>
+    <t>アナス（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「自分の親、子供、そして全ての人々よりも、私が最愛の者となるまで、誰も信仰したことにはならない。」</t>
+  </si>
+  <si>
+    <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）は、このように言う：ムスリムは、自分の母親、父親、息子、娘、そしてあらゆる人々に対する愛よりも、アッラーの使徒（アッラーからの祝福と平安あれ）への愛を優先させるようになるまで、完全な信仰には到達しない。そしてこの愛情は、彼に対する服従、援助、彼への反抗の放棄を要求する。</t>
+  </si>
+  <si>
+    <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
+ من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
+ محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
+حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）への愛と、それをあらゆる被造物への愛に優先させることの義務。
+アッラーの使徒（アッラーからの祝福と平安あれ）のスンナを援助し、そのために生命と財産を費すことは、彼に対する完全なる愛の印である。
+アッラーの使徒（アッラーからの祝福と平安あれ）への愛は、彼が命じたことに従い、伝えたことを信じ、禁じかつ注意したことを回避し、彼を模範として踏襲し、ビドゥア(イスラームの教えではないものをイスラームの教えとする考えや行為)を放棄することを要求する。
+預言者（アッラーからの祝福と平安あれ）の権利は他のいかなる人間の権利よりも偉大で重要である。というのも彼こそが私たちを迷いから導き、地獄から救い、天国を獲得することを可能にする原因だからである。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/5953</t>
   </si>
   <si>
     <t xml:space="preserve">ليس منا من تَطَيَّر أو تُطُيِّر له، أو تَكَهَّن أو تُكِهِّن له، أو سحَر أو سُحِر له؛ ومن أتى كاهنا فصدَّقه بما يقول؛ فقد كفر بما أنزل على محمد صلى الله عليه وسلم </t>
   </si>
   <si>
     <t>何かを吉凶と結びつける者、またはそれをしてもらう者、占いをする者、またはそれをしてもらう者、魔術を持ちいる者、またはそれをしてもらう者は、私たちの仲間ではない。そして占い師のもとにやって来てその言うことを信じた者は、ムハンマド（彼 にアッラーからの祝福と平安あれ）に下されたものを確かに否定したことになるのだ。</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه وابن عباس رضي الله عنهما مرفوعاً: «ليس منا من تَطَيَّر أو تُطُيِّر له، أو تَكَهَّن أو تُكِهِّن له، أو سحَر أو سُحِر له؛ ومن أتى كاهنا فصدَّقه بما يقول؛ فقد كفر بما أنزل على محمد صلى الله عليه وسلم ».</t>
   </si>
   <si>
     <t>イムラーン・ブン・フサインとイブン・アッバース（彼らにアッラーのご満悦あれ）によれば、預言者（彼 にアッラーからの祝福と平安あれ）は言った：「何かを吉凶と結びつける者、またはそれをしてもらう者、占いをする者、またはそれをしてもらう者、魔術を持ちいる者、またはそれをしてもらう者は、私たちの仲間ではない。そして占い師のもとにやって来てその言うことを信じた者は、ムハンマド（彼 にアッラーからの祝福と平安あれ）に下されたものを確かに否定したことになるのだ。」</t>
   </si>
   <si>
     <t>يقول صلى الله عليه وسلم : لا يكون من أتباعنا المتبعين لشرعنا من فعل الطِّيَرَةَ أو الكهانة أو السحر، أو فُعِلَت له هذه الأشياء؛ لأن فيها ادعاء لعلم الغيب الذي اختص الله به، وفيها إفساد للعقائد والعقول، ومن صدَّق من يفعل شيئا من هذه الأمور؛ فقد كفر بالوحي الإلهي الذي جاء بإبطال هذه الجاهليات ووقاية العقول منها، ويلحق بذلك: ما يفعله بعض الناس من قراءة ما يسمى بالكف والفنجان، أو ربط سعادة الإنسان وشقائه وحظه بالبروج ونحو ذلك.
 وقد بيَّن كل من الإمامين البغوي وابن تيمية معنى العرَّاف والكاهن والمنجِّم والرَّمَّال بما حاصله: أن كل من يدعي علم شيء من المغيَّبات فهو إما داخل في اسم الكاهن أو مشارك له في المعنى فيلحق به، والكاهن هو الذي يخبر عما يحصل في المستقبل ويأخذ عن مُسْتَرِق السمع من الشياطين.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）のこの言葉は、何かを吉凶と結びつける者、占いをする者、魔術を持ちいる者、そしてそれらの物事をしてもらう者に対する厳しい警告である。そして、それが大罪の１つであることを示唆している。なぜならこれらの物事には、アッラーの専有である不可知の事象に関する知識の主張が含まれ、信条と理性にとって有害なものが潜んでいるからである。ゆえにこれらの物事を信じた者は、これらの無知なことを否定し、理性をそのようなことから守るために下された神的啓示を否定したことになる。これには、手相占い、コーヒーカップ占い、人の幸不幸や運勢を星座と関連付けることなども、含まれる。アル＝バガウィーとイブン・タイミーヤといった学者らは、アッラーフ（神秘的力により過去の謎を解くと主張する者）、占い師、星占い師、ランマール（地面上に線を描いたりして占う者）といった者たちについて説明しているが、総論としては、不可知の事象についての知識を主張する者は全て、占い師という名称で括るか、あるいはそれに準じる者だと言うことが可能である。占い師とは、悪魔たちの盗み聞きを利用しつつ、将来起こることを告げる者である。</t>
   </si>
   <si>
     <t>تحريم ادعاء علم الغيب؛ لأنه ينافي التوحيد.
@@ -5583,50 +5721,106 @@
   <si>
     <t>イブン・マスウード（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの平安と祝福あれ）は言った：「アッラーの書（クルアーン）から一文字でも読んだ者には、一つの善行がある。そしてその善行は、１０倍となる。『アリフ・ラーム・ミーム』が一文字だとは、言わない。しかし『アリフ』が一文字、『ラーム』が一文字、『ミーム』が一文字なのだ。」</t>
   </si>
   <si>
     <t>يروي ابن مسعود -رضي اللّه عنه- في هذا الحديث أن رسول اللّه صلى الله عليه وسلم أخبر أن كل مسلم يقرأ حرفاً من كتاب اللّه فجزاؤه عن الحرف الواحد عشر حسنات، وقوله: "لا أقول الم حرف" أي: لا أقول إن مجموع الأحرف الثلاثة حرف، بل ألف حرف ولام حرف وميم حرف، فيثاب قارئ ذلك ثلاثين حسنة، وهذه نعمة عظيمة وأجر كبير، فينبغي على الإنسان أن يكثر من تلاوة كتاب الله عز وجل .</t>
   </si>
   <si>
     <t>イブン・マスウード（彼にアッラーのご満悦あれ）が、このハディースの中でアッラーの使徒（彼にアッラーからの平安と祝福あれ）から伝えるところによれば、アッラーの書（クルアーン）から一文字でも読んだ者には一つの善行があり、そしてその善行は１０倍となる。『アリフ・ラーム・ミーム』（クルアーンのいくつかの章の冒頭に出現する節）は３つのアラビア文字から構成されているが、それら全部で一文字なのではない。しかし『アリフ』が一文字、『ラーム』が一文字、『ミーム』が一文字なのであり、つまりそれらを読んだ者は３０の善行によって褒美を受けることになる。これは偉大な恩恵であり、豊かな褒美である。ゆえにアッラーの書を多く読誦すべきである。</t>
   </si>
   <si>
     <t>الحث على تلاوة القرآن.
 أن للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة.
 بيان معنى الحرف، والتفريق بينه وبين الكلمة.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلا منه وكرماً.
 إثبات أن كلام الله بصوت وحرف.</t>
   </si>
   <si>
     <t>クルアーン読誦の勧め。
 クルアーン読誦の一文字一文字によって、何倍もの褒美がある。
 文字の意味と、それが語とは違うことの説明。
 アッラーのご慈悲の偉大さと気前の良さ。その恩寵と気前の良さにより、僕たちの褒美を何倍にもされるからである。
 音によるものであれ、文字によるものであれ、アッラーには言葉があることの確証。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/6275</t>
+  </si>
+  <si>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>わがワリイに敵対する者には、われがその者に対して宣戦布告する。わがしもべがわれにお近付きを求める物事の内、われがわがしもべに対して義務付けたものよりも、われにとって愛すべきものはない</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）は、言った： アッラーの使徒（アッラーからの祝福と平安あれ）は、言った：「本当にアッラーは、こう仰った：” わがワリイに敵対する者には、われがその者に対して宣戦布告する。わがしもべがわれにお近付きを求める物事の内、われがわがしもべに対して義務付けたものよりも、われにとって愛すべきものはない。そしてわがしもべは、われがその者を愛するようになるまで、任意の行為によってわれにお近付きを求め続けるのである。われがその者を愛せば、われはその者の聞く聴覚となり、その者の見る視覚となり、その者がそれでもって制する手となり、その者がそれでもって歩む足となる。その者がわれに向かって何かを乞えば、われは必ずそれを与える。われに庇護を求めれば、われは必ず庇護してやる。そして死を厭う信仰者の魂ほど、われが行う物事の内で、われがためらうことはない。われはその者が嫌がる物事を厭うのだから。”」</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
+مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
+وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
+فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
+ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は神聖ハディースの中で、アッラーがこう仰ったと伝えている： わがワリイの誰かに敵対し、怒らせ、嫌悪感を抱かせる者には、われがその者に対して敵対することを宣言する。
+ワリイとは、敬虔な信仰者である。信仰心と敬虔さが強ければ強いほど、アッラーとの親愛な関係は強くなる。 ムスリムがその主アッラーにお近付きを求める物事の内、服従行為の遂行や禁止行為の放棄といった、アッラーがその者に対して義務付けたものよりも、アッラーにとって愛すべきものはない。そしてムスリムは、アッラーがその者を愛するようになるまで、義務行為に加えた任意の行為によって、アッラーにお近付きを求め続けるのである。 そしてアッラーがその者を愛せば、アッラーは以下の4つのことにおいてその者を正しく導いてくださる。
+アッラーはその者の聴覚を正しく導き、アッラーのご満足にかなうことしか耳にしなくなる。
+また、その者の視覚を正しく導き、アッラーのご満足にかなうことしか見なくなる。
+また、その者の手を正しく導き、アッラーのご満足にかなうことしか手を動かさなくなる。
+また、その者の足を正しく導き、アッラーのご満足にかなうことにしか足を歩ませなくなる。つまり、よいことに向かってでしか努力しなくなる。
+その者がアッラーに向かって何かを乞えば、アッラーは必ずそれを与える。アッラーはそのような者の祈りに答えてくださるのである。また、アッラーに庇護を求めて避難すれば、アッラーは必ずその者が恐れていることから庇護して下さる。
+そしてアッラーは仰る：死を厭う信仰者の魂を召すことほど、われが行う物事の内で、われが慈悲ゆえにためらうことはない。なぜならそこには痛みがあり、アッラーは信仰者の痛みを追い嫌いになるからである。</t>
+  </si>
+  <si>
+    <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
+النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
+الأمر بمعاداة أعداء الله وتحريم موالاتهم.
+مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
+تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
+مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
+الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
+  </si>
+  <si>
+    <t>このハディースは、預言者（アッラーからの祝福と平安あれ）がその主アッラーから伝えるものであり、聖なるハディースと呼ばれるものである。これは文言も意味もアッラーからのものではあるが、クルアーンが専有する特徴を兼ね備えてはいないものである。つまり、その読誦が崇拝行為となったり、それを読む際にはタハーラ（清浄）の状態にある必要があったり、その模倣を挑まれていたり、その模倣が不可能であったりするようなクルアーンの特徴のことである。
+アッラーのワリイを害することの禁止と、彼らに対する愛情とその徳の認識のすすめ。
+アッラーの敵に敵対することの命令と、そのような者たちと親愛な関係になることの禁止。
+イスラームの教えに従ってもいないのに自分がワリイだと主張する者は、その主張において嘘をつく者である。
+義務行為の遂行と禁止行為の放棄によってこそ、アッラーのワリイとなることができる。
+義務行為を遂行し、禁止行為を放棄した上で任意の行いに勤めることは、アッラーの愛情を獲得し、祈りを受け入れてもらえる要因である。
+ワリイの栄誉とその位の高さの証明。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/6337</t>
   </si>
   <si>
     <t>إِذَا أَنْفَقَ الرجلُ على أَهْلِهِ نَفَقَةً يَحْتَسِبُهَا فهي له صَدَقَةٌ</t>
   </si>
   <si>
     <t>アッラーからの褒美を期待して家人に費やすのならば、それは彼にとってのサダカ（施し）となる。</t>
   </si>
   <si>
     <t>عن أبي مسعود البدري رضي الله عنه مرفوعاً: «إذا أَنْفَقَ الرجلُ على أهله نَفَقَةً يَحْتَسِبُهَا فهي له صَدَقَةٌ».</t>
   </si>
   <si>
     <t>アブー・マスウード・アル＝バドリー（彼にアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの平安と祝福あれ）は言った：「アッラーからの褒美を期待して家人に費やすのならば、それは彼にとってのサダカ（施し）となる。」</t>
   </si>
   <si>
     <t>إذا أنفق الرجل على أهله الذين تلزمه نفقتهم كزوجه وولده، وغيرهم كذلك، وهو يتقرب بذلك إلى الله تعالى ويحتسب عنده أجر ما ينفق فإنه يُجزى بهذه النفقة كأجر الصدقة على الفقراء ونحوهم من وجوه البر.</t>
   </si>
   <si>
     <t>アッラーへのお近づきを求め、アッラーの御許での褒美を期待して妻や子供などの扶養家族、あるいはそれ以外の者に費やすのならば、それによってサダカ（施し）の褒美を頂くことになる。それは貧者などに対するサダカという、善行としての褒美と同様のものである。</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عمله وجه الله وما عنده من الأجر والثواب.</t>
   </si>
   <si>
     <t>家族に対して費やすことの褒美。信仰者はその行いにおいて、アッラーのお顔と、かれの御許での褒美を望む。</t>
@@ -5813,79 +6007,78 @@
     <t>アーイシャ（彼女にアッラーのご満悦あれ）は言った：「預言者（彼にアッラーからの祝福と平安あれ）の性格は、クルアーンだった。」</t>
   </si>
   <si>
     <t>معنى الحديث أنه صلى الله عليه وسلم يتخلق بأخلاق القرآن، ما أمر به القرآن قام به وما نهى عنه القرآن اجتنبه، سواء كان ذلك في عبادات الله تعالى أو في معاملة عباد الله، فخلق النبي صلى الله عليه وسلم امتثال القرآن، وفي هذا إشارة من أم المؤمنين عائشة رضي الله عنها أننا إذا أردنا أن نتخلق بأخلاق رسول الله صلى الله عليه وسلم فعلينا أن نتخلق بالقرآن.</t>
   </si>
   <si>
     <t>このハディースは、預言者（彼にアッラーからの祝福と平安あれ）がクルアーンの性格を身につけていたこと、つまりアッラーに対する崇拝行為であれアッラーの僕たちとのやり取りであれ、クルアーンが命じることを行い、それが禁じることは避けていたことを示している。預言者（彼にアッラーからの祝福と平安あれ）の性格はクルアーンの実践であり、つまりこの中には「アッラーの使徒（彼にアッラーからの祝福と平安あれ）の性格を模倣したい者は、クルアーンによって性格を形作らなければならない」というアーイシャ（彼女にアッラーのご満悦あれ）からの示唆も伺える。</t>
   </si>
   <si>
     <t>الحث على التأسي بالنبي -صلى الله عليه وسلم- في تخلقه بأخلاق القرآن.
 مدح أخلاق رسول الله -صلى الله عليه وسلم-، وأنها كانت من مشكاة الوحي.
 تنبيه على منزلة الأخلاق في الإسلام وأنها من مقتضيات كلمة التوحيد التي تثمر العمل الصالح.</t>
   </si>
   <si>
     <t>クルアーンによって性格を形作るという、預言者（彼にアッラーからの祝福と平安あれ）の模倣の勧め。
 アッラーの使徒（彼にアッラーからの祝福と平安あれ）の性格の賞賛と、その源泉が啓示であることの説明。
 イスラームにおける性格の地位。それはタウヒード（唯一性信仰）の言葉に不可欠なものであり、善行を実らせるに必要なものである。</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/8265</t>
   </si>
   <si>
-    <t>الراحمون يرحمهم الرحمن ارحموا أهل الأرض يرحمكم من في السماء</t>
-[...27 lines deleted...]
-    <t>رواه أبو داود والترمذي وأحمد</t>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
+  </si>
+  <si>
+    <t>「慈悲あまねきお方は、慈悲深い者たちを慈しまれる。地にあるものを慈しめ、そうすれば天にあるものがあなた方を慈しんで下さる。」</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「慈悲あまねきお方は、慈悲深い者たちを慈しまれる。地にあるものを慈しめ、そうすれば天にあるものがあなた方を慈しんで下さる。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
+ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、他人を慈しむ者には、慈悲あまねきお方が慈悲をおかけ下さる、と語っている。それは相応の報いであり、しかも慈悲あまねきお方の慈悲は、あらゆるものに広がっているほどの慈悲である。
+預言者（アッラーからの祝福と平安あれ）は、人、動物、鳥、その他、地上に属するあらゆる被造物に対しての慈悲を命じている。そしてその報いは、天上からのアッラーの慈悲なのである。</t>
+  </si>
+  <si>
+    <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
+ الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
+الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
+  </si>
+  <si>
+    <t>イスラームは慈悲の宗教である。それはアッラーへの服従と被造物へのやさしさの上に成り立っている。
+アッラーは慈悲という特性を有する。アッラーは慈悲あまねきお方、慈悲深いお方であり、そのしもべたちに慈悲をお授けになるお方である。
+報いは同種のものである。ゆえに慈悲深い者は、アッラーから慈悲を授かる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/8289</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの祝福と平安あれ）はどんな時でもアッラーをズィクル（唱念）していた。</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: «كان النبي صلى الله عليه وسلم يذكر الله على كل أحْيَانِه».</t>
   </si>
   <si>
     <t>アーイシャ（彼女にアッラーのご満悦あれ）は言った：「預言者（彼にアッラーからの祝福と平安あれ）はどんな時でもアッラーをズィクル（唱念）していました。」</t>
   </si>
   <si>
     <t>معنى الحديث: "كان النبي صلى الله عليه وسلم يذكر الله" بجميع أنواع الذكر من التسبيح والتهليل والتكبير والتحميد ومن ذلك قراءة القرآن؛ لأن القرآن من ذِكْر الله، بل هو أفضل أنواع الذِّكْر .
 "على كل أحْيَانِه" أي أن النبي صلى الله عليه وسلم كان يذكر الله في جميع أوقاته ولو كان مُحدثا حَدَثا أصغر أو أكبر، إلا أن العلماء استثنوا من ذِكْر الله تعالى قراءة القرآن حال الجنابة، فالجُنُب ليس له أن يقرأ القرآن حال الجَنَابة مطلقا، لا نَظَرا ولا عن ظَهر قَلْب؛ لحديث علي رضي الله عنه قال: "كان النَّبي صلى الله عليه وسلم يُقْرِئُنَا القرآن ما لم يَكُن جُنباً" أحمد وأصحاب السنن الأربعة. 
 واختلف العلماء في الحائض والنفساء هل تلحقان بالجُنب؟
 والأظهر أنه تجوز لهما القراءة عن ظهر قلب؛ لأنهما تطول مدتهما، وليس الأمر في أيديهما كالجنب.
 ويستثنى من جواز قراءة القرآن على أي حال: قراءته حال البول والغائط والجماع وفي المواطِن التي لا تليق بعَظَمَته، كالحمامات ودورات المياه وغير ذلك من المواضِع النجسة.</t>
   </si>
   <si>
     <t>「預言者（彼にアッラーからの祝福と平安あれ）はどんな時でもアッラーをズィクル（唱念）していました」というハディースの中の「ズィクル」には、あらゆる種類のズィクルが含まれる。タスビーフ（アッラーをあらゆる欠点から無縁な存在として称える言葉）、タフリール（アッラーの唯一性を認め称える言葉）、タクビール（アッラーの偉大さを称える言葉）、タフミード（アッラーの完璧な属性を称える言葉）を始め、クルアーン読誦もその内の一つであり、それどころかそれは最良のズィクルでもある。
@@ -5960,50 +6153,53 @@
   <si>
     <t>تخبر عائشة رضي الله عنها أن أناسًا سألوا النبي صلى الله عليه وسلم عن الذين يخبرون عن المغيبات في المستقبل فقال: لا تعبأوا بهم ولا تأخذوا بكلامهم ولا يهمكم أمرهم.
 فقالوا: إن قولهم يوافق الواقع، كما لو أخبروا عن وقوع أمر غيبي في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم، فقال صلى الله عليه وسلم : إن الجن يخطفون ما يسمعونه من خبر السماء، فينزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يَضيف هذا الكاهن إلى هذا الذي سمعه من السماء مائة كذبة.
 ومعنى رواية البخاري: أن الملائكة تسمع في السماء ما قضى الله تعالى في كل يوم من الحوادث على أهل الدنيا ثم ينزلون في السحاب فيُحَدِّث بعضهم بعضا، فيسترق الشيطان تلك الأخبار، ثم ينزل بها إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يضيف الكاهن على ما سمعه مائة كذبة وأكثر.</t>
   </si>
   <si>
     <t>アーイシャ（彼女にアッラーのご満悦あれ）は、アッラーの使徒（彼にアッラーからの平安と祝福あれ）が人々から、未来の不可視の領域のことを語る者たちについて尋ねられ、こう言ったと伝えている：彼らを気にしたり、彼らの言うことを聞いたりしてはならない。彼らの諸事に留意するのではない、と。
 すると人々は、言った：彼らの言うことは現実と一致します。これこれの月、これこれの日にまだ未知の何らかの物事が起こると言えば、その言葉通りにそれは起こるのです、と。それで、アッラーの使徒（彼にアッラーからの平安と祝福あれ）は言った：ジンが天の知らせを盗み聞きし、その後、彼らの信奉者である占い師たちのもとに下り、聞いたことを伝えるのだ。それからその占い師が、天からの情報に１００の嘘を付け加えるのだ、と。
 アル＝ブハーリーが伝える伝承の意味は、こうである：天使たちは天で、この世の者たちに起こる毎日の出来事について、アッラーが決定されたことを聞く。それから雲に下り、互いに話し合う。その時、シャイターンがそれを盗み聞きし、それを自分たちの信奉者である占い師たちのところに持って行って、吹き込むのである。それから占い師は聞いたものに、１００またはそれ以上の嘘を付け加えるのだ。</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهان، وأن ما يقولونه كذب واختلاق وإن صَدق في بعض الأحيان.
 ما يَصْدُق من قول الكهان هو من استِراق الجِن للسمع، وقد كانوا قبل بعثة النبي -صلى الله عليه وسلم- يقعدون مقاعد دون السماء الدنيا يستمعون ما يجري في الملأ الأعلى، فبطل ذلك ومُنعوا منه ببعثة النبي -صلى الله عليه وسلم-، فأصبحوا يَسترقون السمع استِراقا فيُقْذَفُون بالشُّهب، وهو ما أخبر به القرآن الكريم.
 الجِن يتخذون لهم أولياء من الإنس.
 بقاء اسْتِرَاق الشياطين السَّمع، لكنه قَلَّ ونَدَر حتى كاد يَضْمَحِل بالنسبة لما كانوا فيه من الجاهلية.</t>
   </si>
   <si>
     <t>占い師を信じることの禁止。たとえ時に正しいことを言ったとしても、彼らの言葉が嘘であり、捏造であること。
 占い師の言葉で正しいものは、ジンが盗み聞きしたものである。預言者（彼にアッラーからの平安と祝福あれ）が遣わされる以前、彼らは天の最下層に座り、最上界の民の間で交わされる物事を耳にしていた。しかし、それは預言者（彼にアッラーからの平安と祝福あれ）が遣わされることによって無効化され、ジンたちはそこから阻まれた。それで彼らは盗み聞きをすれば、流星で撃たれるようになってしまったのだ。これがクルアーンの伝える話である。
 ジンには、人間の内に信奉者がある。
 シャイターンたちは盗み聞きし続けているが、しかしジャーヒリーヤ時代に比べれば、それはかなり希少化した。それは殆ど、起こらない位である。</t>
   </si>
   <si>
     <t>الرواية الأولى: متفق عليها.
 الرواية الثانية: رواها البخاري</t>
+  </si>
+  <si>
+    <t>[アル＝ブハーリーの伝承 - 二大真正集収録の伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/8918</t>
   </si>
   <si>
     <t>نُهِيَنا عن التَّكَلُّف</t>
   </si>
   <si>
     <t>私たちは、無理に何かすることを禁じられた。</t>
   </si>
   <si>
     <t>عن عمر رضي الله عنه قال: نُهِيَنا عن التَّكَلُّف.</t>
   </si>
   <si>
     <t>ウマル（彼らにアッラーのご満悦あれ）は言った：「私たちは、無理に何かすることを禁じられた。」</t>
   </si>
   <si>
     <t>يخبر عمر رضي الله عنه في هذا الحديث: أنهم "نهوا عن التَّكلف" والناهي هو رسول الله صلى الله عليه وسلم ؛ لأن الصحابي إذا قال: "نهينا" فإن هذا له حكم الرفع يعني كأنه قال: نهانا رسول الله صلى الله عليه وسلم عن التكلف. 
 والتكلف: هو كل فعل وقول يحاول صاحبه الظهور به أمام الآخرين وليس فيه .
 فمثال القول: كثرة السؤال، والبحث عن الأشياء الغامضة التي لا يجب البحث عنها، والأخذ بظاهر الشريعة وقبول ما أتت به، وعن أنسٍ رضي الله عنه قال: كنَّا عند عمر وعليه قميصٍ في ظهرِه أربع رقاع، فقرأ (وَفَاكِهَةً وَأَبًّا)، فقال: هذه الفاكهة قد عرفناها، فما الأَب؟ ثم قال: "قد نهينا عن التكلّف". 
 والفعل: كأن ينزل به ضَيف فيتكلف له بما يَشق عليه، بل وربما يحمله ذلك على الاستدانة وقد لا يجد لهذا الدين وفاء، فيلحق بنفسه الضرر في الدنيا والآخرة.
 فعلى المسلم أن لا يتكلف في الأمور، بل يجعل الأمور وسطا كما كان حاله صلى الله عليه وسلم لا يُمسك موجودًا ولا يتكلف معدومًا.</t>
   </si>
   <si>
     <t>ウマル（彼にアッラーのご満悦あれ）は、このハディースの中で、「私たちは、無理に何かすることを禁じられた」と伝えているが、禁じた者は、アッラーの使徒（彼にアッラーからの祝福と平安あれ）である。教友が「私たちは禁じられた」と言えば、それはアッラーの使徒（彼にアッラーからの祝福と平安あれ）に直接結びつけられる、と捉えられるからである。つまり、「アッラーの使徒（彼にアッラーからの祝福と平安あれ）は私たちに、無理に何かすることを禁じた」と言ったようなものである。
@@ -6032,56 +6228,50 @@
   </si>
   <si>
     <t>アブー・フライラ（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの平安と祝福あれ）は言った：「小便から清浄であるようにせよ。まことに墓の懲罰の大半は、それによるものなのだから。」</t>
   </si>
   <si>
     <t>يبين لنا النبي صلى الله عليه وسلم في هذا الحديث أحد أسباب عذاب القبر، وهو الأكثر شيوعاً، ألا وهو عدم الاستنزاه والطهارة من البول.</t>
   </si>
   <si>
     <t>預言者（彼にアッラーからの平安と祝福あれ）はこのハディースの中で、墓の懲罰の原因の一つであり、最も多く広まっているものを挙げている。それは小便の汚れを避けず、そこから清浄でない状態のことである。</t>
   </si>
   <si>
     <t>الحرص على التنزه والابتعاد من البول، بأن لا يصيبه في بدنه ولا ثوبه .
 الأفضل المبادرة بغسله، والطهارة منه بعد إصابته؛ لئلا تصاحبه النجاسة، أما وجوب إزالتها فيكون عند الصلاة.
 أن البول نجس، فإذا أصاب بدناً أو ثوباً أو بقعة، نجسها؛ فلا تصح بذلك الصلاة؛ لأن الطهارة من النجاسة أحد شروطها.
 أن ترك التنزه من البول من كبائر الذنوب.
 ثبوت عذاب القبر، وهو ثابت بالكتاب والسنة والإجماع.
 إثبات الجزاء في الآخرة، فأول مراحل الآخرة هي القبور، فالقبر: إما روضة من رياض الجنة، أو حفرة من حفر النار.</t>
   </si>
   <si>
     <t>小便が衣服や身体にかからないようにし、そこから無縁な清浄な状態であるように注意すること。
 もし小便がかかってしまったら、急いでそれを洗浄し、清めるのが最善である。そうすることで、汚れが自分につきまとわないようにするためである。礼拝の際には、それを除去することが義務となる。
 小便は汚れである。それが身体や衣服や場所にかかれば、汚れを被ったことになり、それによって礼拝することは有効ではなくなる。なぜなら汚れからの清浄性が、礼拝の一条件であるためである。
 小便からの清浄な状態を保たないことは、大罪の一つである。
 墓の懲罰の確証。それはクルアーン、スンナ、イジュマー（学者間の見解の一致）によって裏付けされている。
 来世における報いの確証。来世の第一段階が墓であり、墓は天国の楽園の一部となるか、地獄の穴の一つになるかのいずれかである。</t>
-  </si>
-[...4 lines deleted...]
-    <t>[アッ＝ダールクトニーの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/10044</t>
   </si>
   <si>
     <t>مَا مِنْ عَبْدٍ يَشْهَدُ أَنْ لا إلهَ إلا اللهُ، وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ صِدْقًا مِنْ قَلْبِهِ إلَّا حَرَّمَهُ اللهُ على النَّارِ</t>
   </si>
   <si>
     <t>誰でも心から正直に『ラー・イラーハ・イッラッラーフ、ムハンマドッラスールッラーヒ （アッラーの他に真に崇拝すべきものはなく、ムハンマドはそのアッラーの使徒である）』と証言する僕は、アッラーによって地獄を禁じられる。</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه : أن النبي صلى الله عليه وسلم ومعاذ رديفه على الرَّحْلِ، قال: «يا معاذ» قال: لبَّيْكَ يا رسول الله وسَعْدَيْكَ، قال: «يا معاذ» قال: لَبَّيْكَ يا رسول الله وسَعْدَيْكَ، قال: «يا معاذ» قال: لبَّيْكَ يا رسول اللهِ وسَعْدَيْكَ، ثلاثا، قال: «ما من عبد يشهد أن لا إله إلا الله، وأَنَّ محمدا عبده ورسوله صِدْقًا من قلبه إلَّا حرمه الله على النار» قال: يا رسول الله، أفلا أُخْبِر بها الناس فَيَسْتَبْشِرُوا؟ قال: «إِذًا يتكلوا» فأخبر بها معاذ عند موته تَأَثُّمًا.</t>
   </si>
   <si>
     <t>アナス（彼にアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの平安と祝福あれ）は鞍の上でムアーズを後ろに乗せ、こう言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」そしてまた、こう言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」更にまた、３度目にこう言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」預言者は言った：「誰でも心から正直に『ラー・イラーハ・イッラッラーフ、ムハンマドッラスールッラーヒ （アッラーの他に真に崇拝すべきものはなく、ムハンマドはそのアッラーの使徒である）』と証言する僕は、アッラーによって地獄を禁じられる。」彼（ムアーズ）は言った：「アッラーの使徒よ、人々にこのことを伝えてもよろしいでしょうか？彼らが喜ぶでしょう。」預言者は言った：「そうすれば、彼らは頼り切ってしまうだろう。」こうしてムアーズは罪を恐れて、自らの死の折にそのことを伝えた。</t>
   </si>
   <si>
     <t>كان معاذ رضي الله عنه راكبًا وراء النبي صلى الله عليه وسلم ، فقال النبي صلى الله عليه وسلم : يا معاذ؛ فقال: لبيك يا رسول وسعديك أي إجابة بعد إجابة، وطاعة لك، (وسعديك) ساعدت طاعتك مساعدة لك بعد مساعدة ، ثم قال: يا معاذ؛ فقال: لبيك يا رسول وسعديك، ثم قال: يا معاذ؛ فقال: لبيك يا رسول وسعديك، قال: ما من عبد يشهد أن لا إله إلا الله وأن محمد عبده ورسوله، صادقا من قلبه لا يقولها بلسانه فقط؛ إلا حرمه الله على الخلود في النار؛ فقال معاذ: يا رسول الله ألا أخبر الناس لأدخل السرور عليهم؛ فقال صلى الله عليه وسلم: لا لئلا يعتمدوا على ذلك ويتركوا العمل، فأخبر بها معاذ في آخر حياته مخافة من إثم كتمان العلم.</t>
   </si>
   <si>
     <t>ムアーズ（彼にアッラーのご満悦あれ）は、預言者（彼にアッラーからの平安と祝福あれ）の後ろに同乗していた。預言者（彼にアッラーからの平安と祝福あれ）は、こう言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」これは原文では、「ラッバイカ・サァダイカ」という表現であり、そもそも「ラッバイカ」には「あなたにいつでも答え、服従します」という意味が、「サァダイカ」には「あなたへの服従にいつでも奉仕します」という意味が含まれている。それからまた、預言者は言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」更にまた、言った：「ムアーズよ。」彼は言った：「はい、アッラーの使徒よ、何でしょう。」そして預言者は言った：「誰でも心から正直に『ラー・イラーハ・イッラッラーフ、ムハンマドッラスールッラーヒ （アッラーの他に真に崇拝すべきものはなく、ムハンマドはそのアッラーの使徒である）』と証言する僕は、アッラーによって地獄を禁じられる。」つまり「心から正直に」とは、口先で唱えることだけではない。また、「地獄を禁じられる」とは、地獄への永遠の滞留を禁じられるということである。彼（ムアーズ）は言った：「アッラーの使徒よ、人々にこのことを伝えてもよろしいでしょうか？彼らを喜ばせたいのです。」すると預言者（彼にアッラーからの平安と祝福あれ）は言った：「いや、そうするのではない。そうすれば、彼らはそれに頼り切ってしまい、行いに励まなくなるから。」しかしムアーズは知識を隠蔽する罪を恐れ、自らの人生の最期に、そのことを伝えた。</t>
   </si>
   <si>
     <t>جواز ترك التحديث بحديث إذا كان يترتب عليه محظور، أو قعود عما هو أفضل.
 جواز الإرداف على الدابة بشرط عدم الإضرار بها.
@@ -6469,422 +6659,3493 @@
   </si>
   <si>
     <t>必要事の際には、このフトバを前置きとすることが推奨される。この訓戒の祝福によって、それは成功するであろう。
 フトバは、以下の物事を含んでいるべきである：讃美。２つの信仰証言。クルアーンのいくつかの節。
 このハディースが必要のフトバと呼ばれるもので、クルアーン、スンナ、法学について人々に語りかけようとしたり、訓戒を施したりする際には、このフトバが推奨される。このフトバは結婚の契約のみならず、あらゆる必要事のためのものである。結婚はそういった必要事の一つでしかない。
 このハディースは、アッラーの讃美すべき属性、かれが讃美に値すること、かれがそのような属性を有していることの確証が含まれている。
 このハディースには、これから行おうとする用事におけるアッラーからのご助力と、それを容易にしてくれることの祈願が含まれている。特に結婚における負担や糧に関するものである。
 このハディースには、アッラーからの罪の赦しや、自らの欠点や罪を隠してもらうことの祈願、自らの至らなさの自覚、罪の抹消と赦しの請願が含まれている。
 このハディースには、悪へと傾きがちで、禁じられた物事を行うことと義務行為の放棄へと促す、心の悪からのご加護の請願が含まれている。アッラーがお守りになり、ご加護を与えて下さる者の他、そこから安全な者はいない。
 このハディースには、アッラーこそが被造物を自由に司るお方であり、心が導かれるのも迷わされるのもアッラー次第であることの確証が含まれている。
 このハディースには、２つの信仰証言が含まれている。それはイスラームの鍵であり、基本である。人はその証言を心の奥底から認めるまで、ムスリムになることはない。</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アン＝ナサーイーの伝承 - アブー・ダーウードの伝承 - アハマドの伝承]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
-    <t>後見人なしの結婚はない。</t>
-[...31 lines deleted...]
-    <t>[イブン・マージャの伝承 - アッ＝ティルミズィーの伝承 - アブー・ダーウードの伝承 - アハマドの伝承 - アッ＝ダーリミーの伝承]</t>
+    <t>「後見人なしの結婚はない。」</t>
+  </si>
+  <si>
+    <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
+  </si>
+  <si>
+    <t>アブー・ムーサー（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「後見人なしの結婚はない。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、後見人が結婚の契約を行うことなしには女性の結婚が正しいものにならないことを、説明している。</t>
+  </si>
+  <si>
+    <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
+الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
+يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
+  </si>
+  <si>
+    <t>後見人は、結婚が有効になるための一条件である。後見人なしの結婚、女性が自分で自分を結婚させるやり方では、正しいものにはならない。
+後見人には、女性に最も近縁な男性がなる。より近縁な男性がいるのに、より遠縁の男性が後見人として結婚をさせてはならない。
+後見人には、以下の条件が求められる：宗教的責任。男性。結婚の福利に関する知識において分別があること。後見人の宗教と、自らが後見人となる女性の宗教との一致。これらの特徴があてはまらない者は、結婚の契約において後見人として相応しくない。</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/58066</t>
   </si>
   <si>
     <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
-    <t>少年よ、アッラーの名を唱えよ。右手で食べ、自分の近くから食べるのだ。</t>
-[...31 lines deleted...]
-預言者（彼にアッラーからの平安と祝福あれ）によって教えられた礼儀作法に対する、教友たちの遵守。それはウマルの、「それ以来、それが私の食（の作法）なのである」という言葉から窺える。</t>
+    <t>少年よ、アッラーの名を唱えよ。右手で食べよ。自分の近くから食べるのだ。</t>
+  </si>
+  <si>
+    <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
+  </si>
+  <si>
+    <t>ウマル・ブン・アビー・サラマ（アッラーのご満悦あれ）は言った： 私は子供で、アッラーの使徒（アッラーからの祝福と平安あれ）の後見下にあった。そして私の手は、皿の上をひっきりなしに動いていた。それでアッラーの使徒（アッラーからの祝福と平安あれ）は私に言った：「少年よ、アッラーの名を唱えよ。右手で食べよ。自分の近くから食べるのだ。」それ以来、それが私の食べ方になっているのである。</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
+أولها: قول "بسم الله" في بداية الأكل. 
+وثانيها: الأكل باليمين. 
+وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
+  </si>
+  <si>
+    <t>ウマル・ブン・アビー・サラマ（アッラーのご満悦あれ）は伝えている。彼は預言者（アッラーからの祝福と平安あれ）の妻ウンム・サラマ（アッラーのご満悦あれ）の連れ子で、預言者（アッラーからの祝福と平安あれ）の後見下にあった。ウマルの手は食事のとき、食べ物を選ぼうとして食器の上をあちらこちらと行き来していた。それを見た預言者（アッラーからの祝福と平安あれ）は、食事の礼儀作法の内の３つを彼に教えた。
+１つ目は食べる前に、「ビスミッラー（アッラーの名において）」と唱えることである。
+２つ目は、右手で食べること。
+３つ目は、自分の近いところから食べ物を食べることである。</t>
+  </si>
+  <si>
+    <t>من آداب الأكل والشرب التسميةُ في أوله.
+تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
+رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
+من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
+التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
+  </si>
+  <si>
+    <t>飲食の前に「ビスミッラー（アッラーの名において）」と唱えることは、食事の礼儀作法の一部である。
+子どもに礼儀作法を教えること。特に自分が世話をしている子供に対するそれが重要である。
+子供を教える際の、預言者（アッラーからの祝福と平安あれ）の優しさと寛大さ。
+自分に近いところから食べるのが飲食の礼儀作法の１つだが、もし異なる種類の食べ物が置かれている場合、それを取るために遠くのものを手にしても問題はない。
+預言者（アッラーからの祝福と平安あれ）の礼儀作法に対する、教友たちの熱心さ。それはウマルの「それ以来、それが私の食べ方になっているのである」という言葉から、見て取れる。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
-[...32 lines deleted...]
-共同体に対する預言者（彼にアッラーからの平安と祝福あれ）の助言。この教えに関して知らなかった彼らを、預言者は導いたのである。</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
+  </si>
+  <si>
+    <t>「食べるときは右手で食べ、飲むときには右手で飲むのだ。悪魔が左手で食べ、左手で飲むのであるから。」</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
+  </si>
+  <si>
+    <t>イブン・ウマル（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「食べるときは右手で食べ、飲むときには右手で飲むのだ。悪魔が左手で食べ、左手で飲むのであるから。」</t>
+  </si>
+  <si>
+    <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、ムスリムが右手で飲み食いすることを命じた。他方、左手でそうすることを禁じたが、それはシャイターンが左手で飲み食いするためである。</t>
+  </si>
+  <si>
+    <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
+  </si>
+  <si>
+    <t>左手で飲食することによって、シャイターンに似ることの禁止。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/58122</t>
   </si>
   <si>
-    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية، ومن قاتل تحت راية عمية يغضب لعصبة، أو يدعو إلى عصبة، أو ينصر عصبة، فقتل، فقتلة جاهلية</t>
-[...26 lines deleted...]
-    <t>アッラーに対する罪ではないことにおける、ムスリム統治者への服従義務。
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
+  </si>
+  <si>
+    <t>「（指導者への）服従を（拒んで）抜け出、集団から離別して死を迎えた者は、ジャーヒリーヤの死を迎えたのである</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は、こう言った： 「（指導者への）服従を（拒んで）抜け出、集団から離別して死を迎えた者は、ジャーヒリーヤの死を迎えたのである。また、正誤をわきまえない旗のもとで戦い、部族主義ゆえに怒り、部族主義へと招き、あるいは部族主義を援助して殺された者は、ジャーヒリーヤの死でもって殺されたのである。また、わがウンマに対して反旗を翻し、その中の善人と悪人を討ち、その中の信仰者に対して自重することもなく、契約の民の契約にも忠実でない者は、私の仲間でもないし、私が彼の仲間ということもない。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
+وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
+وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、このように説明している：指導者への服従を（拒んで）抜け出て、指導者のもとに一致するイスラームの集団から離別し、分裂と不服従のままの状態で死を迎えた者は、ジャーヒリーヤの民の死を迎えたのである。それらの民は指導者に従いもせず、一つの集団にまとまることもなく、分裂し、集団に分かれて互いに戦い合っていたのである。
+また預言者（アッラーからの祝福と平安あれ）は、このようにも伝えている：正誤をわきまえない旗のもとで戦い、自らの宗教や真理のためではなく、部族や民族ゆえにこそ怒り、知識も英知もないままに偏狭さゆえに戦い合う者は、もしそのような状態のまま殺されたのだとしたら、ジャーヒリーヤの死でもって殺されたのである。
+また、こうも言っている：預言者（アッラーからの祝福と平安あれ）のウンマに対して反旗を翻し、その中の善人と悪人を討ち、その中の信仰者に対して自重することもなく、その殺害の結末も恐れず、不信仰の人々からなる契約の民や統治者との契約にも忠実であることなく、それを破棄する（これらは大罪である）ような者は、この厳しい警告に値するのである、と。</t>
+  </si>
+  <si>
+    <t>النهي عن التشبه بأحوال أهل الجاهلية.
+وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
+التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
+النهي عن قتال العصبية.
+وجوب الوفاء بالعهود.
+في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
+هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>指導者への服従は、アッラーに対する不服従にならない範囲である限り、義務である。
 ムスリムの集団、指導者から離脱することへの厳しい警告。その状態で死んだ者は、ジャーヒリーヤにおいて死んだことになる。
-このハディースには、集団を離脱しても反旗を掲げず、戦いもしかけてこない者とは戦う必要がなく、その者を集団に戻し、指導者に従わせる必要もないことの根拠がある。そのような者は、放置しておくことになる。
-[...3 lines deleted...]
-    <t>ムスリムの伝承</t>
+このハディースには、以下のことが含まれている：部族主義ゆえの戦いの禁止。
+契約の遂行の義務。
+服従、および集団と共にあることには、多くの善、安全、安心、よい状況がある。
+ジャーヒリーヤの民の状態と似ることの禁止。
+ムスリムの集団と共にあることの命令。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
-    <t>あなた方の諸事が全て１人の者に任されているというのに、あなた方を分裂させるか、あるいはあなた方の集団を分散させようとする者が現れたら、その者を殺すのだ。</t>
-[...23 lines deleted...]
-団結し、分裂と相反を避けることの勧め。</t>
+    <t>「あなた方全員が一人の者に一致しているところにやって来て、あなた方の団結を分断したり、集団を分裂させたりしようとする者は、殺すがよい。」</t>
+  </si>
+  <si>
+    <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
+  </si>
+  <si>
+    <t>アルファジャ（アッラーのご満悦あれ）は言った：私は、アッラーの使徒（アッラーからの祝福と平安あれ）がこう言うのを聞いた： 「あなた方全員が一人の者に一致しているところにやって来て、あなた方の団結を分断したり、集団を分裂させたりしようとする者は、殺すがよい。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、このように説明している：ムスリムが一人の統治者、一つの集団に団結している状態にある時、統治権を争ったり、ムスリムの集団を複数に分断させようとしたりする者が現れたら、それを阻止し、その者と戦わなければならない。それは悪を防ぎ、ムスリムの命を保護するためである。</t>
+  </si>
+  <si>
+    <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
+مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
+الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
+  </si>
+  <si>
+    <t>罪深いことではないことにおいて、ムスリムの統治者に服従することの義務と、謀反することの禁止。
+ムスリムの統治者とその集団に反旗を翻す者がいたら、その者の地位や血筋に関係なく、戦う義務が生じる。
+分裂や相違に陥らず、団結することの勧め。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/58223</t>
   </si>
   <si>
-    <t>من قتل معاهدًا لم يَرَحْ رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عامًا</t>
-[...28 lines deleted...]
-天国の芳香は、遠い距離からも嗅ぐことが出来ること。</t>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
+  </si>
+  <si>
+    <t>「全ての酒はハラームである。そして全ての酔わせるものはハラームである。現世で酒を飲み、それをやめられず、悔悟せずに死んだ者は、それを来世で飲むことがない。」</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
+  </si>
+  <si>
+    <t>イブン・ウマル（アッラーの御満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「全ての酒はハラームである。そして全ての酔わせるものはハラームである。現世で酒を飲み、それをやめられず、悔悟せずに死んだ者は、それを来世で飲むことがない。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
+وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、こう説明している：理性を失わせるものは、それを飲んで摂取したか、食べて摂取したか、吸って摂取したかどうかに関わらず、全てハラーム（禁止）である。全ての酔わせ、理性を失わせるものは、アッラーによってハラームとされ、禁じられた。その量の多寡に関係はない。 酩酊をもたらすいかなる種類のものでも摂取し、それを常用し、死ぬまで悔悟しなかった者は、アッラーからの罰としてそれを天国で禁じられる。</t>
+  </si>
+  <si>
+    <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
+الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
+مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
+ الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
+  </si>
+  <si>
+    <t>酒が禁止された理由は酩酊作用である。ゆえにその作用があるものはその種類を問わず、ハラームである。
+アッラーは酒を禁じた。それは、そこに大きな害悪があるためである。
+天国での飲酒は全き
+享楽であり、完全なる恩恵である。
+現世において飲酒を自制できなかった者は、天国でそれを飲むことをアッラーに禁じられる。行いの報いは同種のものである。
+死を迎える前に罪から悔悟
+することの勧め。</t>
+  </si>
+  <si>
+    <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/58259</t>
+  </si>
+  <si>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
+  </si>
+  <si>
+    <t>「契約の民を殺害した者は、天国の香りを嗅ぐことがない。その香りは40年の距離からあるにも関わらず、である。」</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「契約の民を殺害した者は、天国の香りを嗅ぐことがない。その香りは40年の距離からあるにも関わらず、である。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、契約の民（ムスリムの国に契約や安全保障と共に入った非ムスリム）を殺害した者が、天国の香りを嗅ぐことはない、と厳しく警告している。そしてその香りは、40年もの遠い距離から存在している。</t>
+  </si>
+  <si>
+    <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
+المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
+التحذير من خيانة العهود مع غير المسلمين.</t>
+  </si>
+  <si>
+    <t>契約の民、ズィンミー（庇護民）、安全保障を受けた非ムスリムの殺害の禁止。それは大罪の1つである。
+契約の民とは、契約を結んだ非ムスリムで、自国に滞在し、ムスリムと戦闘関係にはない者のこと。ズィンミーとはジズヤを支払い、ムスリムの国の住民となった者のこと。安全保障を受けた者とは、一定期間の滞在のため、ムスリムの国に契約と安全保障と共に入った者のことである。
+非ムスリムとの契約における裏切りに対する警告。</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/64637</t>
   </si>
   <si>
     <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
-    <t>アッラーの使徒（彼にアッラーからの平安と祝福あれ）は、裁決において賄賂を渡す者、賄賂を受け取る者を呪った。</t>
-[...11 lines deleted...]
-    <t>賄賂とは、それによって誤ったことを実現するため、財を費やすことである。アッラーの使徒（彼にアッラーからの平安と祝福あれ）は、賄賂を渡す者、受け取る者に対し、アッラーの慈悲から放逐され、遠ざけられることを祈った。それは個人と社会に対して、甚大な害悪があるためである。賄賂は無条件に禁じられている。ハディースの中で「裁決において」という限定表現が見られるのは、裁決のための賄賂が最も重大であるためである。つまり、裁判官に対して、裁決を改変したり、軽減したり、賄賂者に都合のよい形にしたりする影響があるものを与えることで、イスラーム法による裁決に改変を生じさせるためである。</t>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）は、裁決に関することで賄賂を贈る者、受け取る者を呪った。</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）は言った： アッラーの使徒（アッラーからの祝福と平安あれ）は、裁決に関することで賄賂を贈る者、受け取る者を呪った。</t>
+  </si>
+  <si>
+    <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
+ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、賄賂を贈る者、受け取る者が、アッラーの慈悲から遠ざけられることを祈った。
+不当な権利を得ようとして、裁決に携わる裁判官に賄賂を贈り、不正な裁決をしてもらうことも、その一例である。</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
-الرشوة من كبائر الذنوب؛ لأنَّ رسول الله -صلى الله عليه وسلم- لعن آخذها ومعطيها، واللعنُ لا يكون إلاَّ على كبيرةٍ من كبائر الذنوب، وقد أجمع العلماء على تحريمها.
-[...5 lines deleted...]
-賄賂は裁決や裁判において、最も重大な罪となる。それは人の財産を誤った形で貪ることであり、アッラーの裁決の改変であり、アッラーが啓示した以外のものによる裁きであるためである。それを受領した者は、その受領、その裁決によって便宜をはかった者、およびその裁決によって不正を被った者において、不正を働いたことになる。</t>
+الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
+الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
+  </si>
+  <si>
+    <t>賄賂は、その贈与、受領、仲介、手助けを禁じられる。虚妄な物事における援助になってしまうためである。
+賄賂は大罪の1つである。アッラーの使徒（アッラーからの祝福と平安あれ）がそれを受け取る者と贈る者を呪ったためである。
+賄賂は裁決や裁判の場では、より大きな罪となる。なぜなら、それはアッラーが啓示したもの以外による裁決であり、不正だからである。</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/64689</t>
   </si>
   <si>
     <t>بني الإسلام على خمس</t>
   </si>
   <si>
-    <t>____</t>
-[...8 lines deleted...]
-    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+    <t>「イスラームは５つのものの上に成立する</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>イブン・ウマル（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「イスラームは５つのものの上に成立する：アッラー以外に崇拝すべきいかなるものもない、ムハンマドはかれのしもべであり、使徒であるという証言。礼拝の遵守。喜捨の支払い。館へのハッジ。ラマダーンの断食。」</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
+وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
+والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
+والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
+والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はイスラームを、５本の柱に支えられた強固な建築物のようなものであり、それ以外のイスラームの特質は、その建築物を補完するようなものである、と例えている。 １番目の柱：２つのシャハーダ（信仰証言）。アッラーの他に崇拝すべきものはなく、ムハンマドはアッラーの使徒であるという証言のこと。この２つが互いに離れることのない、一つの柱を成している。ムスリムはアッラーの唯一性と、アッラーこそが崇拝に値する存在であり、他のいかなるものもそれには相応しくないことを認めつつこの言葉を証言し、それが要求するところのものに則って行い、預言者ムハンマド（アッラーからの祝福と平安あれ）のメッセージを信じ、彼に従うのである。 ２番目の柱：昼夜に行われる１日５回のサラーを遵守すること。それはファジュル、ズフル、アスル、マグリブ、イシャーのことであり、それらをその条件、根幹、義務を守りながら行うことである。 ３番目の柱：義務のザカー（浄財）。これはイスラーム法において定められた特定の額に達する財産に義務付けられ、その受給資格者へと支払われる、財産による崇拝行為である。 ４番目の柱：アッラーを崇拝するために、一連の宗教儀礼を行うためマッカを目指すハッジ巡礼のこと。 ５番目の柱：ラマダーンのサウム（断食）のこと。これはアッラーを崇拝することを意図して、ファジュルからマグリブまで、飲食などサウムを無効にする物事を慎むことである。</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
-    <t>____
-[...79 lines deleted...]
-    <t>https://hadeethenc.com/ja/browse/hadith/66523</t>
+    <t>２つの信仰証言は一つの柱をなし、分離不可能である。
+２つの信仰証言は宗教の基礎であり、それなしにはいかなる言葉も行いも受け入れられない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65000</t>
+  </si>
+  <si>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
+  </si>
+  <si>
+    <t>「悪事を目にした者は、それを手でもって正せ。もしそう出来なければ、舌でもって正せ。そしてそれさえも出来なければ、心でもって正すのだ。そしてそれが最も弱いイーマーンである。」</t>
+  </si>
+  <si>
+    <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
+  </si>
+  <si>
+    <t>アブー・サイード・アル＝フドゥリー（彼にアッラーのご満悦あれ）は言った：私はアッラーの使徒（アッラーからの平安と祝福あれ）がこう言うのを聞いた： 「悪事を目にした者は、それを手でもって正せ。もしそう出来なければ、舌でもって正せ。そしてそれさえも出来なければ、心でもって正すのだ。そしてそれが最も弱いイーマーンである。」</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
+فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
+فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
+فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
+والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの平安と祝福あれ）は可能な限り、悪事を正すように命じた。悪事とは、アッラーとその使徒が禁じた全ての物事のことである。 ゆえにもし悪事を目にし、そう出来るならば、それを手で正さなければならない。 もしそう出来ないのならば、その時には舌でもって正さなければならない。つまり、悪事を行う者を禁じ、その害悪を説明し、そのような悪の代わりに善へと導くことによってである。 そしてもしその段階も無理なのであれば、その時には心で正す。つまりその悪事を嫌い、もしそう出来るのならばそれを正すのだという決意を持つことである。 悪事を正すことにおいて、それを心で正すことは、イーマーンにおいて最も弱いランクである。</t>
+  </si>
+  <si>
+    <t>الحديث أصل في بيان مراتب تغيير المنكر.
+الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
+النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
+الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
+يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
+يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
+للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
+إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
+عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
+  </si>
+  <si>
+    <t>このハディースは、悪事を正すことのランクの説明における基本である。
+段階性をもって悪事を禁じることの命令。そしてその全ては、能力に応じたものとなる。
+悪事を禁じることは宗教における偉大な部門の一つであり、誰からも免除されることはない。そして全ムスリムはそこにおいて、その能力に応じた義務性を有するのである。
+善を命じ悪を禁じるのは、イーマーンの特質の一つである。そしてイーマーンは、増減する。
+悪事を禁じることにおいては、その行為が悪事であるという知識を有することが条件づけられる。
+悪事を禁じることにおいては、そうすることによってより大きな悪事が引き起こされないということが条件づけられる。
+悪事を禁じることには、ムスリムが学ばなければならない礼儀作法と条件がある。
+悪事を禁じることにおいては、イスラーム的政策、知識、炯眼が必要になる。
+心によっても悪事を否認できないことは、イーマーンの弱さを示している。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65001</t>
+  </si>
+  <si>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
+  </si>
+  <si>
+    <t>イスラームにおいて善を尽くした者が、ジャーヒリーヤにおいて行なったことでお咎めを受けることはない。だがイスラームにおいて悪かった者は、先のものと後のものでお咎めを受けることになる。」</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
+  </si>
+  <si>
+    <t>イブン・マスウード（アッラーのご満悦あれ）によれば、 ある男が言った：「アッラーの使徒よ、私たちはジャーヒリーヤ（無明）時代に私たちが行なっていたことで、お咎めを受けるのでしょうか？」預言者は言った：「イスラームにおいて善を尽くした者が、ジャーヒリーヤにおいて行なったことでお咎めを受けることはない。だがイスラームにおいて悪かった者は、先のものと後のものでお咎めを受けることになる。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
+وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
+ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、イスラームに入ることの徳を説明した。 イスラームを受け入れ、そのイスラームの実践の状態が良くなり、真摯で正直だった者は、ジャーヒリーヤで行なってしまった罪に関してお咎めを受けることはない。 しかし偽信者となったり、棄教したりといった風に、イスラーム改宗の後の状態が悪かった者については、不信仰だった時の行いとイスラーム改宗以後の行いの両方でお咎めを受けることになる。</t>
+  </si>
+  <si>
+    <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
+الحث على الثبات على الإسلام.
+فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
+المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
+  </si>
+  <si>
+    <t>ジャーヒリーヤにおける行いについての、教友たち（アッラーのご満悦あれ）の関心と恐れ。
+イスラームにおいて確固としてあることの勧め。
+イスラーム改宗の徳と、それが過去の悪行に対する贖罪となること。
+棄教者と偽信者はジャーヒリーヤで行なった全てのことと、イスラーム改宗以後に行った全ての罪で、お咎めを受けることになる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65002</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>仰って下さい。もし義務のサラー(礼拝)を礼拝し、ラマダーンをサウム(断食)し、ハラールなものをハラールとし、ハラームなものをハラームとすれば</t>
+  </si>
+  <si>
+    <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
+  </si>
+  <si>
+    <t>ジャービル（アッラーのご満悦あれ）によれば、 アッラーの使徒（アッラーからの祝福と平安あれ）にある男が尋ねた:「仰って下さい。もし義務のサラー(礼拝)を礼拝し、ラマダーンをサウム(断食)し、ハラールなものをハラールとし、ハラームなものをハラームとすれば、それ以上のことをしなくても、私は天国に入るでしょうか？」アッラーの使徒（アッラーからの祝福と平安あれ）は言った:「ええ。」男は言った:「アッラーに誓って。私はそれ以上のことはしません。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、こう説明している:5つの義務のサラー(礼拝)は礼拝するが、それ以外の任意のサラーはせず、ラマダーンのサウム(断食)はするが、それ以外の任意のサウムはせず、ハラールなものをハラールと信じてそれに則って行い、ハラームなものをハラームと信じて回避する者は、天国に入る。</t>
+  </si>
+  <si>
+    <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
+أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
+فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
+  </si>
+  <si>
+    <t>義務の遂行と禁じられた物事の回避、目的を天国とすることにおけるムスリムの関心。
+ハラールなものをハラールと信じてそれに則って行い、ハラームなものをハラームと信じて回避することの重要性。
+義務の遂行と禁じられた物事の回避が、天国に入ることの原因であること。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65003</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
+  </si>
+  <si>
+    <t>「清浄さはイーマーンの半分である 。そして「アルハムドリッラー」は秤を満たし、「スブハーナッラー」と「アルハムドリッラー」は天地を充溢させる</t>
+  </si>
+  <si>
+    <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
+  </si>
+  <si>
+    <t>アブー・マーリク・アル＝アシュアリー（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの平安と祝福あれ）は言った： 「清浄さはイーマーンの半分である 。そして「アルハムドリッラー」は秤を満たし、「スブハーナッラー」と「アルハムドリッラー」は天地を充溢させる。そしてサラー（礼拝）は光であり、サダカ（施し）は明証である。また忍耐は輝きであり、クルアーンはあなたにとっての証人、あるいはあなたに対しての証人である。全ての者は行いに励み、自らの魂を取引する。それである者は自らを救い、またある者は自らを滅ぼすのである。」</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
+وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
+وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
+وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
+وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
+وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
+وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
+ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
+فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は伝える:外面的清浄は、ウドゥーとグスルによってなされる。それはサラーの条件である。 「アルハムドリッラーは秤を満たす」という言葉は、崇高なアッラーへの賛美と、かれを完全なる属性によって描写することにより、審判の日に善行の秤が満たされるということである。 「スブハーナッラー」と「アルハムドリッラー」は、アッラーへの愛情と偉大視と共に、かれをあらゆる欠陥から無縁とし、かれに相応しい完全なる属性によって描写することであり、それによって天地が充溢するということである。 しもべの心、顔、墓、復活への招集の場において、「サラー（礼拝）は光」となる。 「サダカ（施し）は明証である」というのは、それが信仰者の信仰を実証し、そこにおいて約束されたものを信じないためにそれを行わない偽信者との違いを明らかにするものである、ということである。 忍耐とは、動揺や嫌気がさした状態に陥ることから自分自身を抑えることである。それは太陽の輝きのような熱が生じる光である。なぜならばそれは困難を伴うものであり、自分の心を抑える努力を必要とするものであり、人はそれによって正しい道を導き照らされ、歩き続けることができるからである。忍耐とは、アッラーへの服従におけるものであり、アッラーへの反抗から自身を抑制するものであり、この世における災難や諸々の好ましくない出来事が起こってしまった状況における忍耐である。 その読誦、内容の実践により、「クルアーンはあなたにとっての証人」となるが、実践も読誦も放棄すれば、「あなたに対しての証人」つまり反証にもなる。 また、預言者（アッラーからの祝福と平安あれ）は、全ての人間はそれぞれの異なる行いのために努力し、奔走し、寝床から起き、家を外出するものだ、と語る。 そのような中、ある者はアッラーへの服従に勤しむことによって自らを地獄から救い、またある者はそこから逸脱して罪深い行いに陥り、自らを滅ぼして地獄に入るのである。</t>
+  </si>
+  <si>
+    <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
+أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
+الصدقة دليل على صدق الإيمان.
+أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
+النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
+كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
+الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
+  </si>
+  <si>
+    <t>清浄には２種類ある。外面的清浄は、ウドゥーとグスルによってなされ、内面的清浄はタウヒード（唯一神信仰）、信仰、正しい行いによってなされる。
+サラー（礼拝）を遵守することの重要性。それは現世と審判の日における、しもべにとっての光である。
+サダカ（施し）は信仰を実証する証拠である。
+審判の日に自らの反証とならないためにも、クルアーンに基づいて行い、それを信仰することの重要性。
+人間の魂はアッラーへの服従行為に勤しめなければ、アッラーへの反抗に勤しむことになる。
+全ての人間は何らかの行いを行う。そしてアッラーに対する服従行為によって自らを解放するか、アッラーへの反抗によって自らを滅ぼすかのどちらかなのである。
+忍耐は、よいものを望んで耐え忍ぶことである。そこには困難がある。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65004</t>
+  </si>
+  <si>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
+  </si>
+  <si>
+    <t>”私からハディースが届き、ソファーにもたれかかった状態で、このように語る男がいるかもしれない：「私たちとあなた方との間にあるのはクルアーンのみ</t>
+  </si>
+  <si>
+    <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
+  </si>
+  <si>
+    <t>アル＝ミクダーム・ブン・マァディーカリバ（彼にアッラーのご満悦あれ）は言った：「アッラーの使徒（彼にアッラーからの平安と祝福あれ）はこう言った： ”私からハディースが届き、ソファーにもたれかかった状態で、このように語る男がいるかもしれない：「私たちとあなた方との間にあるのはクルアーンのみ。そこにおいてハラールと見出したものを、私たちはハラールとする。また、そこにおいてハラームと見出したものを、私たちはハラームとする。」実際のところ、アッラーの使徒（彼にアッラーからの平安と祝福あれ）がハラームとしたものは、アッラーがハラームとしたもの同様なのである。”」</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
+ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの平安と祝福あれ）は言っている：このような種類の人間が出現する時は近い。つまり、寝床にもたれかかった状態で座り、預言者（彼にアッラーからの平安と祝福あれ）からのハディースが届いた時に、このようなことを語る者のことである：「私たちとあなた方の間の物事に裁決を下すのはクルアーンのみであり、私たちにはそれだけで十分である。そこにおいてハラールと見出したものを、私たちは用い、そこにおいてハラームと見出したものについては、私たちはそれを回避するのである。 それから預言者（彼にアッラーからの平安と祝福あれ）は、こう説明した：預言者がそのスンナにおいてその法規定をハラームとし禁じたものは、アッラーがクルアーンの中でハラームとしたもの同様である。なぜなら彼は、アッラーからそれを伝える者だからである。</t>
+  </si>
+  <si>
+    <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
+طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
+ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
+مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
+من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
+  </si>
+  <si>
+    <t>クルアーンを偉大視するようにスンナも偉大視し、それに依拠すること。
+アッラーの使徒に服従することはアッラーに服従することを意味し、アッラーの使徒に反抗することはアッラーへの反抗を意味する。
+スンナがイスラームの教えの根拠であることの確証と、スンナに反駁しそれを否定する者に対する反論。
+スンナに背を向け、クルアーンだけで十分と主張する者は、そのいずれにも背を向けているのであり、クルアーンへの服従の主張においても嘘をついていることになる。
+預言者（彼にアッラーからの平安と祝福あれ）が未来に起こる出来事について語り、それが実際に実現したことによる、彼の預言者性の根拠。</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65005</t>
+  </si>
+  <si>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
+  </si>
+  <si>
+    <t>アッラーの使徒よ、私は大小の罪深い物事で、やらなかったことはありません。」彼は３回、こう言った：「あなたはアッラー以外に崇拝すべきものはなく、ムハンマドはアッラーの使徒であると証言するのではないか？</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
+  </si>
+  <si>
+    <t>アナス（彼にアッラーのご満悦あれ）は言った： ある男が預言者（彼にアッラーからの祝福と平安あれ）のところにやって来て、言った：「アッラーの使徒よ、私は大小の罪深い物事で、やらなかったことはありません。」彼は３回、こう言った：「あなたはアッラー以外に崇拝すべきものはなく、ムハンマドはアッラーの使徒であると証言するのではないか？」彼は言った：「はい（証言します）。」すると彼は言った：「それがそれらのためになるのである。」</t>
+  </si>
+  <si>
+    <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
+فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
+كررها له ثلاث مرات، 
+فأجابه: نعم أشهد، 
+فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
+  </si>
+  <si>
+    <t>ある男が預言者（彼にアッラーからの祝福と平安あれ）のところにやって来て、言った：「アッラーの使徒よ、私はあらゆる罪を犯しました。大小の罪で、私がやらなかったことはありません。それでも私は赦されるのでしょうか？」 それで預言者（彼にアッラーからの祝福と平安あれ）は、彼に言った：「あなたはアッラー以外に崇拝すべきものはなく、ムハンマドはアッラーの使徒であると証言するのではないか？」 彼は、そう３回くりかえした。 それで男は答えた：「はい、証言します。」 預言者（彼にアッラーからの祝福と平安あれ）は、二つの信仰証言の徳と、それが悪行への贖罪になるということ、そして悔悟が過去の罪を抹消するのだということを彼に伝えた。</t>
+  </si>
+  <si>
+    <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
+الإسلام يجُبُّ ما قبله. 
+التّوبة الصّادقة تمحو ما قبلها.
+التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
+فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
+  </si>
+  <si>
+    <t>信仰証言の偉大さと、それを心から誠実に口にした者にとっては、それが罪を乗り越えるものになるということ。
+イスラームは過去の罪を抹消する。
+誠実な悔悟は、過去の罪を抹消する。
+言葉を繰り返すことは、教育における預言者（彼にアッラーからの祝福と平安あれ）の手法である。
+信仰証言の徳と、それが地獄における永遠の罰からの救いとなること。</t>
+  </si>
+  <si>
+    <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
+  </si>
+  <si>
+    <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65006</t>
+  </si>
+  <si>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
+  </si>
+  <si>
+    <t>アッラーのしもべに対する権利とは、彼らがアッラーを崇拝し、かれに何ものも並べたりしないことだ。そしてアッラーに対するしもべの権利とは、かれに何も並べて拝したりさえしなければ、罰されはしないことだ</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
+  </si>
+  <si>
+    <t>ムアーズ（彼にアッラーの御満悦あれ）はこう伝えている： 「私はウファイルという名の 1 頭のロバに預言者（アッラーからの祝福と平安あれ）と同乗し、彼の後ろに乗っていた。彼（アッラーからの祝福と平安あれ）は言った：“ムアーズよ、アッラーのしもべに対する権利と、アッラーに対するしもべの権利について知っているか？”私は言った：“アッラーとその使徒がよく御存知です。”彼（アッラーからの祝福と平安あれ）は言った：“アッラーのしもべに対する権利とは、彼らがアッラーを崇拝し、かれに何ものも並べたりしないことだ。そしてアッラーに対するしもべの権利とは、かれに何も並べて拝したりさえしなければ、罰されはしないことだ。”私は言った：“アッラーの使徒よ、人々にこの吉報を伝えましょうか？”彼（アッラーからの祝福と平安あれ）は言った：“伝えないでおくのだ。彼らが頼り切ってしまわないように。”」</t>
+  </si>
+  <si>
+    <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
+وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
+ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
+فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、アッラーのしもべに対する権利と、アッラーに対するしもべの権利について語り、アッラーのしもべに対する権利とは、彼らがアッラーを崇拝し、かれに何ものも並べたりしないことであると説明した。 また、アッラーに対するしもべの権利とは、かれに何も並べて拝しないタウヒードの徒を、かれが罰しないことであると説明した。 その後、ムアーズは言った：「アッラーの使徒よ、人々がこの素晴らしいことに喜ぶよう、この吉報を彼らに伝えましょうか？」 しかし預言者（アッラーからの祝福と平安あれ）は、彼らがそのことに頼り切ってしまうことを恐れ、それをムアーズに許さなかった。</t>
+  </si>
+  <si>
+    <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
+بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
+فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
+حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
+التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
+عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
+  </si>
+  <si>
+    <t>アッラーのしもべに対する権利と、それが、彼らがアッラーを崇拝し、かれに何ものも並べたりしないことであるという説明。
+アッラーに対するしもべの権利が、彼らがかれに何も並べて拝したりしなければ天国に入り、罰されないということの説明。この権利はアッラーから彼らに、恩恵として与えられたものである。
+このハディースには、アッラーに何ものも並べたりしないタウヒードの徒の行き先が天国であるという、偉大な吉報が含まれている。
+ムアーズはこのハディースを自分が死ぬ前に語った。それは知識の隠蔽によって罪に陥ることを、恐れたためである。
+義務行為や、イスラーム法における刑罰に関するものでなければ、ある種のハディースをある種の人々に知らせないでおくことの示唆。それは彼らがその意味を理解できない恐れがある場合である。
+罪を犯すタウヒードの徒の末路は、アッラーの意思に委ねられる。アッラーが望めば彼らを罰し、アッラーが望めば彼らを赦し、その行き先は天国となる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65007</t>
+  </si>
+  <si>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
+  </si>
+  <si>
+    <t>アッラーに何も並べることなく死んだ者は天国に入り、アッラーに何かを並べた状態で死んだ者は地獄に入る。」</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
+  </si>
+  <si>
+    <t>ジャービル（アッラーのご満悦あれ）は言った： 預言者（アッラーからの祝福と平安あれ）のところに一人の男がやって来て、言った：「アッラーの使徒よ、２つの義務付けられたこととは何ですか？」彼は言った：「アッラーに何も並べることなく死んだ者は天国に入り、アッラーに何かを並べた状態で死んだ者は地獄に入る。」</t>
+  </si>
+  <si>
+    <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
+فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
+وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
+  </si>
+  <si>
+    <t>ある男が預言者（アッラーからの祝福と平安あれ）に、天国に入ることを義務付け、地獄に入ることを義務付ける２つの特徴について尋ねた。 預言者（アッラーからの祝福と平安あれ）は答えて言った：天国入りを義務付けるものとは、アッラーに何も並べることなく崇拝した状態で人が死ぬことである。 地獄入りを義務付けるものとは、アッラーに何かを並べた状態で人が死ぬことである。つまり、アッラーの神性、主性、その美名と属性において、アッラー以外の共同者や同類を設けることである。</t>
+  </si>
+  <si>
+    <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
+خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
+عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
+  </si>
+  <si>
+    <t>タウヒードの徳。アッラーに何も並べることなく信仰者として死んだ者が、天国に入るということ。
+シルクの危険性。アッラーに何かを並べた状態で死んだ者は地獄に入るということ。
+罪を犯すタウヒードの徒の末路は、アッラーの意思に委ねられる。アッラーが望めば彼らを罰し、アッラーが望めば彼らを赦し、その行き先は天国となる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65008</t>
+  </si>
+  <si>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
+  </si>
+  <si>
+    <t>彼は1日も、”わが主よ、報いの日、私の罪をお赦し下さい”とは言わなかった。」</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
+  </si>
+  <si>
+    <t>アーイシャ（アッラーのご満悦あれ）は言った： 私は言った：「アッラーの使徒よ、ジュドゥアーンの息子はジャーヒリーヤ時代、親戚関係を良好に保ち、恵まれない者に食を施していました。そのことは役に立つのでしょうか？」彼は言った：「彼は1日も、”わが主よ、報いの日、私の罪をお赦し下さい”とは言わなかった。」</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
+ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、アブドッラー・ブン・ジュドゥアーンについて語った。彼はイスラーム以前の時代、クライシュ族のリーダーの一人だった。 彼にはよい行いがあり、親戚関係を良好に維持し、善行を施し、恵まれない人に食べさせるなど、イスラームが勧める高徳の行いを実践していた。しかし彼の行いは来世において、彼の役に立つものとはならない。それはアッラーに対する彼の不信仰のためであり、彼が1日たりとも「わが主よ、報いの日、私の罪をお赦し下さい」とは言わなかったためである。</t>
+  </si>
+  <si>
+    <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
+بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
+الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
+أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
+  </si>
+  <si>
+    <t>信仰の徳と、それが行いが受け入れられるための条件であること。
+不信仰の災いと、それが善行を無駄にしてしまうということの説明。
+不信仰者はアッラーと来世を信じていないことにより、その行いが来世において役立つことはない。
+不信仰の状態にあった時の善行は、イスラームを受け入れることを条件に記録され、報われることになる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65009</t>
+  </si>
+  <si>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
+  </si>
+  <si>
+    <t>あなた方の主が何と仰ったか知っているか？」彼らは言った：「アッラーとその使徒がよくご存じです。」彼は言った：「朝を迎えたわがしもべたちの内、われを信仰した者と、不信仰の者がいる</t>
+  </si>
+  <si>
+    <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
+  </si>
+  <si>
+    <t>ザイド・ブン・ハーリド・アル＝ジュハニー（アッラーのご満悦あれ）は言った： アッラーの使徒（アッラーからの平安と祝福あれ）は雨が降った夜の後、フダイビヤで私たちのためにファジュルの礼拝を率いた。そして彼は言った：「あなた方の主が何と仰ったか知っているか？」彼らは言った：「アッラーとその使徒がよくご存じです。」彼は言った：「朝を迎えたわがしもべたちの内、われを信仰した者と、不信仰の者がいる。”アッラーの恩寵と慈悲によって、私たちは雨を恵まれた”と言った者は、われを信じ、星を否定した者である。一方、”これこれの星のおかげ（で、雨を恵まれた）”と言った者は、われを否定し、星を信仰したのである。」</t>
+  </si>
+  <si>
+    <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
+فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
+فأجابوه: الله ورسوله أعلم، 
+فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
+فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
+وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
+وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの平安と祝福あれ）は雨が降った夜の後、フダイビヤでファジュルの礼拝を行った。フダイビヤはマッカの近郊の村である。 彼は礼拝を終えると、人々の方に向き直って、こう尋ねた：「あなた方の主が何と仰ったか知っているか？」 彼らは答えた：「アッラーとその使徒がよくご存じです。」 彼は言った：「至高のアッラーは、雨が降った際に人々は２種類に分かれる。それはアッラーを信じる者たちと、アッラーを否定する者たちである。 ”アッラーの恩寵と慈悲によって、私たちは雨を恵まれた”と言い、雨をアッラーに結びつけた者は、この世を創造し司るアッラーを信じ、星を否定した者である。 一方、”これこれの星のおかげで、雨を恵まれた”と言った者は、アッラーを否定し、星を信仰したのである。」降雨の原因を星に結びつけることは、小さな不信仰である。アッラーは法則という意味でも、定めという意味でも、星を降雨の原因とはしなかったからである。 また、降雨やその他の地上における現象を星の出現や入りなどの動きと関連付け、かつ星自体が真の行為者であると考えるのであれば、大きな不信仰を犯した不信仰者となってしまう。</t>
+  </si>
+  <si>
+    <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
+من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
+أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
+النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
+ وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
+  </si>
+  <si>
+    <t>降雨にあたり、「アッラーの恩寵と慈悲によって、私たちは雨を恵まれた」と言うことの勧め。
+降雨やそれ以外の恵みを星に起因するものとし、更にはそれが雨を創造し、存在させたと考える者は大きな不信仰を犯している。もし、それを原因とするに留めるのであれば、小さな不信仰を犯していると見なされる。というのも星は降雨における宗教的、または物質的原因ではないためである。
+恩恵は否定すれば不信仰の原因に、感謝すれば信仰の原因になる。
+たとえそれが季節を意図するものであったとしても、「これこれの星のおかげで、雨を恵まれた」と言うことの禁止。それはシルクの防止に対する予防策である。
+恩恵を引き寄せ、害悪を遠ざけることにおいて、心がアッラーに結びついていることの義務性。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65010</t>
+  </si>
+  <si>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
+  </si>
+  <si>
+    <t>私たちは、口に出すのもはばかられるようなことを、自分自身の内に見出すことがあるのです。」彼は言った：「そのようなものを見出したのか？」彼らは言った：「はい。」彼は言った：「それが明晰なる信仰なのだ。」</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）は言った： 預言者（アッラーからの祝福と平安あれ）の教友たちからなる人々がやって来て、彼にこう尋ねた：「私たちは、口に出すのもはばかられるようなことを、自分自身の内に見出すことがあるのです。」彼は言った：「そのようなものを見出したのか？」彼らは言った：「はい。」彼は言った：「それが明晰なる信仰なのだ。」</t>
+  </si>
+  <si>
+    <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
+فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）の教友の一団がやって来て、彼にこういったことについて尋ねた：彼らは、その醜悪さ、嫌悪感から、口に出すのもはばかられるような罪深いことを、彼ら自身の内に見出すことがあるのだと。 それで預言者（アッラーからの祝福と平安あれ）は、言った：「あなた方が見出したものこそは、明晰なる信仰と確信である。それこそが、シャイターンが心の中に投げ入れる物事を拒ませ、そのようなことを口にすることから禁じ、自分自身の内において甚だしい物事と見なさせるのである。シャイターンはあなた方の心を制圧できなかったのであり、むしろそのようなことを押し戻すことが出来なかった者こそがシャイターンに制圧された者なのである。」</t>
+  </si>
+  <si>
+    <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
+عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
+وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
+لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
+  </si>
+  <si>
+    <t>信仰者に対するシャイターンの脆弱さの説明。彼らはせいぜい囁きかけるくらいのことしか出来ない。
+囁きかけによる心の誘惑を信じ、受け入れないこと。それはシャイターンからのものである。
+シャイターンの囁きは信仰者を害しないが、そこからのご加護をアッラーに求め、それを助長するようなことは止めるべきである。
+宗教に関する物事で問題があったら、ムスリムはそこにおいて沈黙すべきではない。むしろ質問すべきである。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65011</t>
+  </si>
+  <si>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
+  </si>
+  <si>
+    <t>その策略を囁きかけに減じて下さったアッラーに、讃えあれ。」</t>
+  </si>
+  <si>
+    <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（彼にアッラーのご満悦あれ）は言った： ある男が預言者（彼にアッラーからの祝福と平安あれ）のもとにやって来て、言った：「アッラーの使徒よ、私たちの内のある者は、それ（このように間接的に表現した）を口外するよりは灰になってしまった方がよいと思うほどのものを、自分の中に見出すのです。」彼は言った：「アッラーは偉大なり、アッラーは偉大なり。その策略を囁きかけに減じて下さったアッラーに、讃えあれ。」</t>
+  </si>
+  <si>
+    <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
+فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
+  </si>
+  <si>
+    <t>ある男が預言者（彼にアッラーからの祝福と平安あれ）のもとにやって来て、言った：「アッラーの使徒よ、私たちの内のある者は自らの内に何か思い浮かべることがありますが、それは口にすることも甚だしいものです。それを口外するよりは、灰になってしまった方がよいと思うほどのものなのです。 預言者（アッラーからの祝福と平安あれ）は２回「アッラーは偉大なり」と言うと、シャイターンの策略を単なる囁きかけにして跳ね返して下さったアッラーを讃えた。</t>
+  </si>
+  <si>
+    <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
+بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
+المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
+مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
+مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
+  </si>
+  <si>
+    <t>シャイターンが信仰者を信仰から不信仰へと追いやるため、彼らに囁きかける機会を伺っていることの説明。
+シャイターンは信仰者に対し、囁きかける程度のことしかできない弱い存在であることの説明。
+信仰者はシャイターンの囁きに背を向け、それを跳ね返さなければならない。
+何かよいことを見出したり、嬉しいことがあったり、それに類似することあったりした際には、タクビール（アッラーは偉大なりという言葉）を唱えるということ。
+不明点については何でも、知識あるムスリムに質問すること。</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي في الكبرى]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65012</t>
+  </si>
+  <si>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
+  </si>
+  <si>
+    <t>「シャイターンはあなた方の内の者のところにやって来て、こう言う：”このように創造したのは誰か？このように創造したのは誰か？”そしてついには、こう言うのである：”お前の主を創造したのは誰か？”ゆえにそこまで達したら、アッラーにご加護を乞い、終了するのだ。」</t>
+  </si>
+  <si>
+    <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、言った： 「シャイターンはあなた方の内の者のところにやって来て、こう言う：”このように創造したのは誰か？このように創造したのは誰か？”そしてついには、こう言うのである：”お前の主を創造したのは誰か？”ゆえにそこまで達したら、アッラーにご加護を乞い、終了するのだ。」</t>
+  </si>
+  <si>
+    <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
+فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
+فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
+ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
+فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
+بالإيمان بالله. 
+والتعوذ بالله من الشيطان. 
+والتوقف عن الاسترسال مع الوساوس.</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）は、シャイターンが信仰者に囁きかける自問の数々に対する効果的治療法について、伝えている。 シャイターンは言う：「このように創造したのは誰か？このように創造したのは誰か？天を創造したのは誰か？大地を創造したのは誰か？」 信仰者は宗教と天性と理性によって、こう答える：「アッラーだ。」 だがシャイターンの囁きはそこまでに留まらない。ついには、こう言うのである：「お前の主を創造したのは誰か？」 そこまで達したら、信仰者は３つのことによってこの囁きを追いやる。　
+アッラーへの信仰。
+シャイターンに対する加護をアッラーに乞うこと。
+シャイターンのささやきに身を任せることに、終止符を打つこと。</t>
+  </si>
+  <si>
+    <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
+كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
+النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
+  </si>
+  <si>
+    <t>シャイターンのささやきと思惑に背を向け、そこにおいて考えを捉われないようにし、その消滅においてアッラーにご加護を乞うこと。
+人間の心において生じる、イスラームの教えに反する囁きかけは全てシャイターンからのものである。
+アッラーの本質について思索することの禁止と、その被造物と印について思索することのすすめ。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65013</t>
+  </si>
+  <si>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
+  </si>
+  <si>
+    <t>「行いは６つであり、人は４種である：２つの義務づけるもの。同等のもの。１０倍の善行。７００倍の善行</t>
+  </si>
+  <si>
+    <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
+  </si>
+  <si>
+    <t>フライム・ブン・ファーティク（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「行いは６つであり、人は４種である：２つの義務づけるもの。同等のもの。１０倍の善行。７００倍の善行。そして２つの義務づけるものというのは、アッラーに何も並べることなく死んだ者が天国に入り、アッラーに何か並べた状態で死んだ者が地獄に入るということ。同等のものとは、一つの善行を行おうと思い、それを心で感じ、それをアッラーがご存じになったら、その者のために一つの善行として記録されるということであり、一つの悪行を行った者にはそれが一つのものとして記録されるということである。また、一つの善行を行った者には、その１０倍のものがある。また、アッラーの道において何かを費やせば、それは７００倍の善行となる。一方人はといえば、現世では裕福だが、来世においては貧しい者。現世においては貧しいが、来世においては裕福な者。現世と来世において貧しい者。現世と来世において裕福な者である。」</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
+أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
+وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
+وهما الموجبتان. 
+وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
+ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
+وهما: مثلٌ بمثلٍ من غير تضعيف. 
+وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
+وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
+وأما أصناف الناس الأربعة فهم: 
+الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
+والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
+والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
+والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は以下のように言っている：行いには６種類、人間には４種類ある。６種類の行いとは、次のとおりである：
+１．アッラーに何も並べることなく死んだ者には、天国が義務づけられる。
+２．アッラーに何か並べた状態で死んだ者には、永遠の地獄が義務づけられる。
+この２つが、「２つの義務づけられること」である。
+３．意図された善行。一つの善行を行おうと意図し、それを心で感じるまでに意図が誠実なものとなり、その意図をアッラーがご存じになった後、何らかの理由でそれを行えなかった場合、その者のためにそれが一つの完全な善行として記録される。
+４．意図された悪行。一つの悪行を行った者には、それが一つの悪行として記録される。
+以上の２つが、倍増されることのない同等のものである。
+５．１０倍になる善行。これは一つの善行を意図して行った場合であり、それはその１０倍のものとして記録される。
+６．７００倍になる善行。これはアッラーの道において、何か一つでも費やせば、それが７００倍の善行となるということである。これはアッラーからしもべに対するお恵みであり、栄誉によるものである。
+一方、人には４種類ある：
+１．現世では裕福な糧を所有しており、望むものが何でも手に入る状況だが、来世においては貧しい者。つまり地獄行きである者である。これは裕福な不信仰者のことである。
+２．現世においては十分な糧を所有してはいないが、来世においては裕福な者。つまり天国行きの者である。これは貧しい信仰者のことである。
+３．現世と来世において貧しい者。これは貧しい不信仰者である。
+４．現世と来世において裕福な者。これは裕福な信仰者である。</t>
+  </si>
+  <si>
+    <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
+عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
+عِظم الشرك بالله، ففيه الحرمان من الجنة.
+بيان فضل النفقة في سبيل الله.
+مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
+بيان أصناف الناس واختلافهم.
+يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
+  </si>
+  <si>
+    <t>しもべに対するアッラーの恩恵の偉大さと、善行の倍増。
+アッラーの公正さと気前の良さ。なぜならアッラーは悪行については、一つのものに対し一つの報いという公正さで対処して下さるからである。
+アッラーに対してシルクを犯すことの重大さ。それをすれば天国から阻まれてしまう。
+アッラーの道において費やすことの徳。
+アッラーの道において費やすことの褒美の倍増。それは７００倍以上に達する。なぜならそれはアッラーのお言葉を上げることにつながるからである。
+人間の種類とその相違に関する説明。
+現世の豊かさは信仰者にもそうではない者にも開かれている。しかし来世の豊かさは信仰者にしか開かれない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65014</t>
+  </si>
+  <si>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
+  </si>
+  <si>
+    <t>「アッラーは善行において信仰者に不正を働かない。彼はそれゆえに現世において与えられ、来世において報われるのだ</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
+  </si>
+  <si>
+    <t>アナス・ブン・マーリク（彼にアッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの平安と祝福あれ）は言った： 「アッラーは善行において信仰者に不正を働かない。彼はそれゆえに現世において与えられ、来世において報われるのだ。一方、不信仰者は現世においてアッラーのために行った善行ゆえに食を与えられはするものの、やがて来世へと到着すれば、それでもって報われる善行はない。」</t>
+  </si>
+  <si>
+    <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
+فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
+وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は信仰者に対するアッラーの恩寵と、不信仰者に対する公正さについて説明する。 信仰者は、行った善行の褒美を減らされることがない。彼はその服従において、現世においてよいものを与えられ、来世においてはそれゆえに報われる。場合によっては、その報いが来世にまで全て取っておかれることもある。 一方、不信仰者は現世において行った善行の報いを、現世の善の形でアッラーから受け取ることになる。やがて来世へと到着しても、それでもって報われる褒美はない。なぜなら現世と来世の両方において役立つ善行は、それを行う行為者が信仰者である必要があるためである。</t>
+  </si>
+  <si>
+    <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
+  </si>
+  <si>
+    <t>不信仰のまま死んだ者に、善行が役立つことはない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65015</t>
+  </si>
+  <si>
+    <t>أسلمت على ما سلف من خير</t>
+  </si>
+  <si>
+    <t>あなたはあなた方が行っていた善と共に、イスラームを受け入れたのだ。」</t>
+  </si>
+  <si>
+    <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
+  </si>
+  <si>
+    <t>ハキーム・ブン・ヒザーム（アッラーのご満悦あれ）は言った： 私は言った：「アッラーの使徒よ、私がジャーヒリーヤ時代に行っていた施し、奴隷の解放、良好な親戚関係の維持といった物事についてお聞かせください。それはご褒美の対象となりますか？」預言者（アッラーからの平安と祝福あれ）は言った：「あなたはあなた方が行っていた善と共に、イスラームを受け入れたのだ。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの平安と祝福あれ）は説明している：不信仰者はイスラームに改宗する時、イスラーム以前のジャーヒリーヤ時代に行っていた施し、奴隷の解放、良好な親戚関係の維持といった善行についても、報われることになる。</t>
+  </si>
+  <si>
+    <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
+  </si>
+  <si>
+    <t>現世で不信仰者が行っていた善行は、不信仰のまま死んでしまえば、報いの対象とはならない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65016</t>
+  </si>
+  <si>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
+  </si>
+  <si>
+    <t>「アッラーは、義務行為が行われるのを愛されると同様、許可が用いられることを愛される。」</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（アッラーの御満悦あれ）は言った：「アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「アッラーは、義務行為が行われるのを愛されると同様、許可が用いられることを愛される。」</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
+كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は言う：アッラーは、アッラーによって定められた許可が用いられることを愛される。それはたとえば、旅行中のサラーの短縮やまとめなど、正当な理由がある場合の法規定や崇拝行為における軽減措置や便宜のことである。 またアッラーは同様に、義務行為が行われるのを愛される。それは許可であれ義務であれ、アッラーの命令であることにおいて等しいためである。</t>
+  </si>
+  <si>
+    <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
+كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
+  </si>
+  <si>
+    <t>アッラーの僕たちに対する慈悲。アッラーによって定められた許可行為が用いられることを、アッラーが愛されること。
+イスラーム法の完全性。それはムスリムから困難を除去してくれる。</t>
+  </si>
+  <si>
+    <t>رواه ابن حبان</t>
+  </si>
+  <si>
+    <t>[イブン・ヒッバーンの伝承]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65017</t>
   </si>
   <si>
     <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
-    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
-[...2 lines deleted...]
-    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+    <t>アッラーの使徒よ、あなた以外の誰にも尋ねることのできないような、イスラームに関する言葉を私におっしゃって下さい。」するとこう言った：「私はアッラーを信じますと言い、それから行ないを正すのだ。」</t>
+  </si>
+  <si>
+    <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>スフヤーン・ブン・アブドッラー・アッ＝サカフィー（アッラーのご満悦あれ）は言った： 私は言った。「アッラーの使徒よ、あなた以外の誰にも尋ねることのできないような、イスラームに関する言葉を私におっしゃって下さい。」するとこう言った：「私はアッラーを信じますと言い、それから行ないを正すのだ。」</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
+فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
+ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>スフヤーン・ブン・アブドッラー（アッラーのご満悦あれ）は、アッラーの使徒（アッラーからの祝福と平安あれ）にこう尋ねた：あなた以外には聞くことの出来ないような、イスラームの意味についてまとめた言葉を私に教えてください。私はそれを守りたいと思います。 するとアッラーの使徒（アッラーからの祝福と平安あれ）は、彼に言った：アッラーをわが主、わが神、わが創造主、他に並べるものがないわが崇拝対象として、唯一の存在として信じます、と言いなさい。 それからアッラーが義務付け、禁止したことを守ることによって、アッラーに従うのだ。それを継続せよ。</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
+  </si>
+  <si>
+    <t>宗教の基本はアッラーをその主性、神性、美名と属性において信じることである。
+信仰の後、そこにおいて真っ直ぐに歩み、崇拝行為を継続し、確立した状態になることの重要性。
+信仰は、行いが受け入れられる条件である。
+アッラーへの信仰は以下のような物事も含む：信仰の信条やその基本項目を信じること。それに伴う心の行い。内面、外面ともにアッラーに従い服従すること。
+真っ直ぐ歩むこととは、義務行為を行い、禁止行為を回避しつつ、イスラームの道を固守すること。</t>
+  </si>
+  <si>
+    <t>رواه مسلم وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65018</t>
+  </si>
+  <si>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
+  </si>
+  <si>
+    <t>「偽信者とは、二つの羊の集団の間にいる一頭の雌羊のようなもの。ある時はこちらへと、またある時はこちらへと行ったり来たりする。」</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
+  </si>
+  <si>
+    <t>イブン・ウマル（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「偽信者とは、二つの羊の集団の間にいる一頭の雌羊のようなもの。ある時はこちらへと、またある時はこちらへと行ったり来たりする。」</t>
+  </si>
+  <si>
+    <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
+تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
+فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は偽信者の状態を説明し、それが二つの羊の集団のどちらに追従したら良いか分からず、迷っている状態にある羊のようなものであると言った。 それは時にはこちら、またある時にはそちらという風に、行ったり来たりする羊である。 つまり彼らは信仰と不信仰の間で迷っており、外面的にも内面的にも信仰者らと一緒だというわけでもないし、外面的にも内面的にも不信仰者らと一緒というわけでもない。むしろ外面的には信仰者らとともにあり、内面では疑念とためらいを感じている。時にはこちら、時にはあちらという風に心が傾くのである。</t>
+  </si>
+  <si>
+    <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
+بيان حال المنافقين من التردد والشك وعدم الاستقرار.
+التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
+  </si>
+  <si>
+    <t>意味を理解させるためにたとえを用いるという、預言者（アッラーからの祝福と平安あれ）の手法。
+躊躇、疑念、不安定さという偽信者の状態の説明。
+偽信者の状態に対する警告と、信仰に対して内面的・外面的に誠実であり、決然とした態度でいることの勧め。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65019</t>
+  </si>
+  <si>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
+  </si>
+  <si>
+    <t>「信仰心はちょうど上着が擦り切れるように、あなた方の内部で擦り切れる。ゆえにあなた方の心の中の信仰心が新たになるよう、アッラーにお願いするのだ。」</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル・ブン・アル＝アース（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「信仰心はちょうど上着が擦り切れるように、あなた方の内部で擦り切れる。ゆえにあなた方の心の中の信仰心が新たになるよう、アッラーにお願いするのだ。」</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
+وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
+فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は言っている：ちょうど新しい上着が長期間の使用によっていたんでしまうように、信仰心もムスリムの心の中でいたみ、弱くなる。 それは崇拝行為からの断絶、罪を犯すこと、欲望への耽溺などによるものである。 そのため預言者（アッラーからの祝福と平安あれ）は、アッラーが私たちの信仰心を新たにしてくれるように祈ることへと招いている。そしてそれは義務行為の遂行や、ズィクルやイスティグファールを沢山行うことによって実現するのである。</t>
+  </si>
+  <si>
+    <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
+الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>宗教における確立や、心に中の信仰心を新たにすることをアッラーに願うことの勧め。
+信仰とは、言葉、行い、信条から成立する。服従行為によって増加し、罪によって減少する。</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والطبراني</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والطبراني]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65020</t>
+  </si>
+  <si>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
+  </si>
+  <si>
+    <t>「審判の日の予兆として、知識が取り上げられ、無知が増え、姦淫がまかり通り、飲酒が普及し、50人の女性に対して監督者一人しかない状態にまで男性の数が減り、女性の数が増えるということがある。」</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
+  </si>
+  <si>
+    <t>アナス・ブン・マーリク（彼にアッラーのご満悦あれ）は言った：私がアッラーの使徒（アッラーからの祝福と平安あれ）から聞き、私以外にはあなた方も話せないような話を、あなた方に語ってあげよう：私はアッラーの使徒（アッラーからの祝福と平安あれ）から、こう聞いた： 「審判の日の予兆として、知識が取り上げられ、無知が増え、姦淫がまかり通り、飲酒が普及し、50人の女性に対して監督者一人しかない状態にまで男性の数が減り、女性の数が増えるということがある。」</t>
+  </si>
+  <si>
+    <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
+ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は審判の日が近づいた予兆として、イスラーム法についての知識が取り上げられることを挙げた。それは学者たちの死によるものである。 その結果、無知がはびこり、姦淫やふしだらな物事が増え、飲酒がまかり通り、男性の数が減少して女性の数が増加する。それは50人の女性に対し、その諸事にあたる監督者の男性が一人しかいないほどにまで至る。</t>
+  </si>
+  <si>
+    <t>بيان بعض علامات الساعة.
+علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
+الحث على تعلم العلم الشرعي قبل فقده.</t>
+  </si>
+  <si>
+    <t>審判の日のいくつかの予兆の説明。
+審判の日の到来は、アッラーにしか分からない不可視の領域に属することの一つである。
+イスラーム法が失われてしまう前に学ぶことの勧め。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65021</t>
+  </si>
+  <si>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
+  </si>
+  <si>
+    <t>「あなた方がユダヤ教徒らと戦うまで、審判の日は起こらない。ユダヤ教徒が隠れている石さえも、こう言うのだ：”ムスリムよ、ユダヤ教徒が私の後ろにいる。それを殺すのだ。”」</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「あなた方がユダヤ教徒らと戦うまで、審判の日は起こらない。ユダヤ教徒が隠れている石さえも、こう言うのだ：”ムスリムよ、ユダヤ教徒が私の後ろにいる。それを殺すのだ。”」</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
+حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、ムスリムとユダヤ教徒が戦うまで審判の日は起こらないと語った。 ムスリムたちから身を隠そうとユダヤ教徒の男が石の後ろに逃げると、アッラーはムスリムがその者を殺すよう、その石に口をきかせ、その後ろにユダヤ教徒が隠れている、とムスリムに呼びかけさせるのだ。</t>
+  </si>
+  <si>
+    <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
+محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
+بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
+نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、アッラーが不可視の領域や未来に起こることを彼に教えると伝えている。そしてそれは必ず実現することになる。
+末世においてムスリムたちはユダヤ教徒らと戦うことになるが、それは審判の日の予兆の一つである。
+審判の日までイスラームが残り、他のあらゆる宗教の上に君臨すること。
+ムスリムたちへの、その敵に対するアッラーの援助。末世いにおいてアッラーが石に口をきかせるのは、その一つの形である。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65023</t>
+  </si>
+  <si>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
+  </si>
+  <si>
+    <t>「太陽が西から昇るまで、審判の日は起こらない。そして人々はそれを見た時、皆信じるのである</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「太陽が西から昇るまで、審判の日は起こらない。そして人々はそれを見た時、皆信じるのである。しかし、”あなたの主の御徴の一部が到来する（復活の）日、（それ）以前に信仰してはいなかった、あるいはその信仰において善を稼ぐことのなかった者の信仰が、自らを益することはない。”（クルアーン6:158）審判の日が起こる時、衣服を広げている二人の男は売買もしなければ、それを畳むこともない。審判の日が起こる時、雌ラクダの乳を搾った男がそれを口にすることはない。審判の日が起こる時、水飲み場を修繕している男がそこから水を飲むことはない。審判の日が起こる時、あなた方の内の者は口元まで食べ物を持って行くが、それを口にすることはない。」</t>
+  </si>
+  <si>
+    <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
+فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
+ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
+فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
+وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
+وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
+وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）は審判の日の大きな予兆の一つとして、太陽が東からではなく西から昇ることがあり、それを見た人々は全員信仰するのだと伝えている。 しかしその時、信仰や善行や悔悟が不信仰者の役に立つことはない。 預言者（アッラーからの祝福と平安あれ）は、審判の日が唐突にやって来ると言っている。それは人々が日々の生活の中にいる時に起こるのである。 審判の日が起こる時、売買の場で衣服を広げている二人の男はその売買をすることもできなければ、それを畳むこともない。 審判の日が起こる時、雌ラクダの乳を搾った男はそれを口にすることがない。 審判の日が起こる時、水飲み場を修繕している男がそこから水を飲むことはない。 審判の日が起こる時、口元まで食べ物を持って行く男が、それを口にすることはない。</t>
+  </si>
+  <si>
+    <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
+الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
+  </si>
+  <si>
+    <t>イスラームの受容と悔悟は、太陽が西から昇るまでは受け入れられる。
+信仰と正しい行いによって審判の日に準備することの勧め。というのも審判の日は唐突にしか訪れないからである。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65026</t>
+  </si>
+  <si>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
+  </si>
+  <si>
+    <t>「私の水辺はその距離が一月の行程ほどもあり、その水は乳よりも白い。その香りは麝香よりも芳しく</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「私の水辺はその距離が一月の行程ほどもあり、その水は乳よりも白い。その香りは麝香よりも芳しく、そのひしゃくは天の星々のようである。そこから飲んだ者は、決して喉が渇くことがない。」</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
+وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
+وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
+وأباريقه مثل نجوم السماء في كثرتها، 
+مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、審判の日に彼に水飲み場があると語っている。その行程、その幅は一月ほどもある。 その水は乳よりも白く、 その香りは芳しく、麝香よりも素晴らしい。 そのひしゃくはその数の多さにおいて、天の星々のようである。 それらのひしゃくでそこから飲んだ者は、決して喉が渇くことがない。</t>
+  </si>
+  <si>
+    <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
+حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）の水飲み場とは、大変な量の水が集まる場所であり、審判の日に彼の共同体に属する信仰者たちが訪れる場所である。
+その水飲み場から飲む者の安寧。そこから飲んだ者は、決してその喉が渇くことがない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65030</t>
+  </si>
+  <si>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
+  </si>
+  <si>
+    <t>「私はわが水辺におり、あなた方の内で私のもとにやって来る者たちを見ることになる。そこである人々は私から遠ざけられてしまうため、私はこう言う：”わが主よ、私の内の者であり、わが共同体の内の者たちです。”</t>
+  </si>
+  <si>
+    <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
+  </si>
+  <si>
+    <t>アスマー・ビント・アビーバクル（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は言った： 「私はわが水辺におり、あなた方の内で私のもとにやって来る者たちを見ることになる。そこである人々は私から遠ざけられてしまうため、私はこう言う：”わが主よ、私の内の者であり、わが共同体の内の者たちです。”すると、こう言われる：”彼らがあなたの後で何をしたか知っているのか？アッラーにかけて、彼らは踵をひるがえし続けたのである。”」</t>
+  </si>
+  <si>
+    <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
+وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
+فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は審判の日、彼の共同体の者たちの内、水飲み場にやって来る者を見るためにそこにいるのだと語っている。 そこである人々は彼（アッラーからの祝福と平安あれ）から遠ざけられてしまうため、彼はこう言う：「わが主よ、彼らは私の内の者であり、わが共同体の内の者たちです。」 すると、こう言われる：「彼らがあなたと別れた後で何をしたか知っているのか？アッラーにかけて、彼らは踵をひるがえし、イスラームを拒否し続けたのである。彼らはあなたの内の者でも、あなたの共同体の内の者でもない。」</t>
+  </si>
+  <si>
+    <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
+خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
+الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）のその共同体に対する慈悲と、その熱心さ。
+預言者（アッラーからの祝福と平安あれ）がそうであった状態に反することの危険性。
+預言者（アッラーからの祝福と平安あれ）のスンナを固守することの勧め。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65031</t>
+  </si>
+  <si>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
+  </si>
+  <si>
+    <t>アッラーの使徒よ、水辺の容器はどんなものですか？」彼は言った：「ムハンマドの魂がその手にあるお方にかけて。その容器は、雲のない闇夜における天の星々や惑星よりも多い</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
+  </si>
+  <si>
+    <t>アブー・ザッル（アッラーのご満悦あれ）は、言った： 私は言った：「アッラーの使徒よ、水辺の容器はどんなものですか？」彼は言った：「ムハンマドの魂がその手にあるお方にかけて。その容器は、雲のない闇夜における天の星々や惑星よりも多い。天国の容器から飲んだ者はそれを最後に、喉が渇くことはない。天国からは二本のじょうごが渡されており、そこから飲む者の喉が渇くことはない。その幅と長さは同じくらいで、アンマンとアイラほどの距離がある。その水は乳よりも白く、蜜よりも甘い。」</t>
+  </si>
+  <si>
+    <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
+وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
+وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
+وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
+فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
+وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、審判の日の水辺の容器の数は天の星や惑星の数よりも多いのだと、誓って言った。 それは月のない闇夜におけるようなものである。というのも月明りの夜、星は月の光に隠れてしまい、あざやかに見えないためである。また、それは雲のない夜におけるようなものである。雲によって星々は見えにくくなるためである。 天国の容器からその水を飲んだ者は、その時の渇きを最後に、決して喉が渇くことはない。 水辺には、天国からの二本のじょうごが渡されており、水辺の幅と長さは同じくらいである。 水辺はその形が均整のとれたものであり、その長さはシャーム地方バルカー付近の町アンマンと、シャーム地方の縁辺に位置する町アイラほどの距離がある。 水辺の水は乳よりも白く、その味は蜜よりも甘い。</t>
+  </si>
+  <si>
+    <t>إثبات الحوض وما فيه من أنواع النعيم.
+عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
+  </si>
+  <si>
+    <t>水飲み場の存在と、そこにある種々の恩恵の確証。
+水飲み場の偉大さ、その縦横の大きさ、そこにある容器の多さ。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65032</t>
+  </si>
+  <si>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
+  </si>
+  <si>
+    <t>「アッラーは審判の日、私の共同体から一人の男を全ての被造物の前に露わにする</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル・ブン・アル＝アース（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「アッラーは審判の日、私の共同体から一人の男を全ての被造物の前に露わにする。それから彼に対し、９９の帳簿が広げられ、その一冊一冊は見渡す限りの大きさである。それから仰る：”ここにあるものの何かを、否認するか？記録者であるわが筆録者たちは、あなたに不正を働いたか？”彼は言う：”いいえ、わが主よ。”かれは仰る：「では、あなたには何か、言い訳はあるか？」彼は言う：「いいえ、わが主よ。」するとかれは仰る：”いや。あなたにはわれらのもとに、一つの善行がある。この日は、あなたに対するいかなる不正もないのだ。”こうして”私はアッラー以外に崇拝すべきいかなるものもないことを証言し、ムハンマドがかれのしもべであり使徒であることを証言する”というカードが出される。かれは仰る：”あなたの秤を持って来るがよい。”すると彼は言う：”わが主よ、これらの帳簿に対して、このカードが何になるのでしょうか？”かれは仰る：”あなたが不正を受けることはない。”こうしてそれらの帳簿が秤の一方に、そのカードがもう一方に置かれ、帳簿は軽くなり、カードが重くなる。アッラーのお名前より何かが重くなるということはないのである。」</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
+ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
+أظلمك ملائكتي الحفظة الكتبة؟ 
+فيقول الرجل: لا يا رب. 
+فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
+فيقول الرجل: لا يا رب ليس لي عذر. 
+فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
+قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
+فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
+فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
+فقال الله عز وجل: لن يقع عليك ظلم. 
+قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はこのように語った：アッラーは審判の日、彼の共同体から一人の男を清算のため、全ての被造物の前に選び出して呼びつける。それから彼に対し、９９の帳簿を広げる。それらは彼が現世で行っていた悪行の帳簿であり、その一冊一冊の長さは見渡す限りほどのものである。 それからアッラーはこの男に、こう仰る：「この帳簿に記録されているものの内、何か否認するものはあるか？ 記録者であり筆録者であるわが天使たちは、あなたに不正を働いたか？」 男は言う：「いいえ、わが主よ。」 するとアッラーは仰る：「では、現世であなたがやってしまった行いに関し、あなたには何か言い訳があるか？うっかりやってしまったとか、間違ってしてしまったとか、無知から行なってしまったとか？」 彼は言う：「いいえ、わが主よ。言い訳はありません。」 するとアッラーは仰る：「いや。あなたにはわれらのもとに、一つの善行がある。この日は、あなたに対するいかなる不正もない。」 こうして「私はアッラー以外に崇拝すべきいかなるものもないことを証言し、ムハンマドがかれのしもべであり使徒であることを証言する」と記されたカードが出される。 それからアッラーはこの男に仰る：「あなたの秤を持って来るがよい。」 すると彼は驚いて言う：「わが主よ、これらの帳簿の重さに対して、このカードの重さが一体何になるのでしょうか？」 アッラーは仰る：「あなたが不正を受けることはない。」 こうしてそれらの帳簿が秤の一方に、そのカードがもう一方に置かれ、帳簿の置かれた方は軽くなり、カードの置かれた方が重くなる。こうしてアッラーはその男を赦されたのである。</t>
+  </si>
+  <si>
+    <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
+لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
+الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
+الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
+  </si>
+  <si>
+    <t>アッラー以外に崇拝すべき何ものもないという証言である、タウヒードの言葉の偉大さ。その秤の上における重さ。
+アッラー以外に崇拝すべき何ものもない、と言葉で唱えるだけでは十分ではない。その意味に関する知識と、それが要求する行いも必要なのである。
+真摯さとタウヒードの強さは、罪の赦しの要因である。
+信仰心は心の真摯さに応じて異なる。ある種の者たちはこの言葉を口にはしていても、その罪に応じて罰されることになる。</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65033</t>
+  </si>
+  <si>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
+  </si>
+  <si>
+    <t>アッラーは天国と地獄を創った時、ジブリール（かれに平安あれ）を天国に遣わして、こう仰った</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によると、アッラーの使徒（アッラーからの平安と祝福あれ）は言った： アッラーは天国と地獄を創った時、ジブリール（かれに平安あれ）を天国に遣わして、こう仰った：「それと、その民のためにわれが用意したものを見るがよい。」それでかれはそれを見て戻り、こう言った：「あなたのご威光にかけて。それについて聞いた者は、誰でもそこに入りたがるでしょう。」そこでかれ（アッラー）は命じて、それ（天国）を嫌な物事で包囲させた。そして仰った：「行って、それと、その民のためにわれが用意したものを見るがよい。」それでかれがそれを見たところ、それは嫌な物事で包囲されていた。それでかれは、言った：「あなたのご威光にかけて。私は、そこに誰も入らないのではないかと恐れます。」かれは仰った：「行って、地獄と、その民のためにわれが用意したものを見るがよい。」それでかれがそれを見たところ、それは何層にも重なり合っていた。かれは戻ると、言った：「あなたのご威光にかけて。誰もそこには入りません。」そこでかれ（アッラー）は命じて、それ（地獄）を欲望で包囲させた。そして仰った：「行って、それを見るがよい。」それでかれがそれを見たところ、それは欲望で包囲されていた。かれは戻ると、言った：「あなたのご威光にかけて。私は、誰も逃れられず、そこに入ってしまうのではないかと恐れます。」</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
+فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
+ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
+ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
+فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
+ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
+ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
+ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
+فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの平安と祝福あれ）は、このように言った：アッラーが天国と地獄を創った時、ジブリール（かれに平安あれ）にこう仰った：「天国に行って、それを見るがよい。」それでかれは行き、それを見て戻った。 ジブリールは言った：「主よ、あなたのご威光にかけて。それと、そこにある恩恵と高貴さと善について聞いた者は誰でも、そこに入りたがり、そこに入るために努力したことでしょう。」 それからアッラーは天国を、命令の実行や禁止行為の回避といった、嫌な物事や困難によって包囲させ、そこに入りたいと望む者にそれらの嫌な物事を行うことを義務づけた。 それからアッラーは、天国を嫌な物事で包囲した後、仰った：「ジブリールよ、行って、天国を見るがよい。」 それでかれは行き、それを見た。そして戻ってきて、こう言った：「主よ、あなたのご威光にかけて。私は、そこに行く途上にある困難と厳しさのため、誰もそこに入らないのではないかと恐れます。」 また、アッラーは地獄を創り、こう仰った：「ジブリールよ、行って、それを見るがよい。」それでかれは行き、それを見た。 それからかれは戻って来ると、言った：「主よ、あなたのご威光にかけて。そこにある罰と憂鬱さと苦痛について聞いた者は誰でも、そこに入ることを嫌がり、そこに入る原因となる物事から遠ざかったことでしょう。」 それからアッラーは地獄を包囲し、そこへと到達する道を欲望と享楽とした。そして仰った：「ジブリールよ、行って、それを見るがよい。」 それでジブリールは行き、それを見て戻ってきた。そして言った：「主よ、あなたのご威光にかけて。私は、そこを包囲している欲望と享楽のために、誰もそこから逃れられないのではないかと恐れ、心配します。」</t>
+  </si>
+  <si>
+    <t>الإيمان بأن الجنة والنار موجودتان الآن.
+وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
+أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
+أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
+جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
+طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
+  </si>
+  <si>
+    <t>今、天国と地獄が存在しているという信仰。
+アッラーとその使徒（アッラーからの平安と祝福あれ）が伝える、あらゆる不可視の領域のことを信じる義務。
+嫌に感じる物事において忍耐することの重要性。なぜなら、それが天国へと至る道だからである。
+禁止行為を回避することの重要性。なぜなら、それが地獄へと至る道だからである。
+天国が嫌な物事で、地獄が欲望で包囲されているということは、この世の生活が試練ということである。
+天国への道は難しく険しいため、忍耐と、信仰心を伴う苦労が必要である。一方、地獄への道はこの世の快楽や欲望で満たされている。</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65034</t>
+  </si>
+  <si>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
+  </si>
+  <si>
+    <t>「死は、黒い模様がついた白い牡羊の形で連れて来られる</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
+  </si>
+  <si>
+    <t>アブー・サイード・アル＝フドゥリー（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「死は、黒い模様がついた白い牡羊の形で連れて来られる。そして呼びかける者が呼びかける：”天国の住人よ！”すると彼らは首を伸ばして見回す。その者は言う：”あなた方はこれを知っているか？”彼らは言う：”はい、これは死です。”こうして彼らの全員がそれを目にする。それからまた呼びかける：”地獄の住人よ！”すると彼らは首を伸ばして見回す。その者は言う：”あなた方はこれを知っているか？”彼らは言う：”はい、これは死です。”こうして彼らの全員がそれを目にする。それからそれは屠られ、その者は言う：”天国の住人よ、永遠に。もはや死はない。そして地獄の住人よ、永遠に。もはや死はない。”それから読誦した：”迂闊であった彼らに、ことが決定される悔恨の日について警告を告げよ。”（クルアーン19:39）彼らは現世の民であり、迂闊な状態にあった。そして”信仰することもなかった”（クルアーン19:39）のである。」</t>
+  </si>
+  <si>
+    <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
+فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
+فيقول لهم: هل تعرفون هذا؟ 
+فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
+ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
+فيقول: هل تعرفون هذا؟ 
+فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
+فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
+وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
+ثم قرأ النبي صلى الله عليه وسلم: 
+{وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
+فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
+فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、伝えている：審判の日、死は、黒い模様がついた白い牡羊の形で連れて来られる。 そして、このように呼びかけられる：「天国の住人よ！」すると彼らは首を伸ばして見回す。 呼びかける者は言う：「あなた方はこれを知っているか？」 彼らは言う：「はい、これは死です。」こうして彼らの全員がそれを目にし、そのことを知る。 それからまた、呼びかける者が呼びかける：「地獄の住人よ！」すると彼らは首を伸ばして見回す。 呼びかける者は言う：「あなた方はこれを知っているか？」 彼らは言う：「はい、これは死です。」こうして彼らの全員がそれを目にし、そのことを知る。 それからそれは屠られ、呼びかける者は言う：「天国の住人よ、あなた方は永遠に生きる。もはや死はない。そして地獄の住人よ、あなた方も永遠に生きる。もはや死はない。」 このように言われるのは、信仰者にとってはその安寧がより大きなものとなり、不信仰者にとってはその罰がより厳しいものとなるためである。 それから預言者（アッラーからの祝福と平安あれ）は読誦した： 「そして（使徒よ）、迂闊であり、信仰することのない彼らに、ことが決定される悔恨の日について警告を告げよ。」 こうして審判の日には天国の民と地獄の民の間が分けられ、それぞれが自分の居場所へと入り、そこで永遠に過ごすことになるのである。 現世で悪行を行っていた者は、善行を行わなかったことを後悔する。いい加減だった者は、善行をもっと行えばよかった、と後悔することになる。</t>
+  </si>
+  <si>
+    <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
+التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
+بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
+  </si>
+  <si>
+    <t>来世における人間の行き先は、永遠の天国か地獄である。
+審判の日の凄惨さに対する厳しい警告。それは後悔と悔恨の日である。
+天国の民の喜びと、地獄の民の悲しみの永続についての説明。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65035</t>
+  </si>
+  <si>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
+  </si>
+  <si>
+    <t>「あなた方の火は、地獄の火の70分の1である。</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「あなた方の火は、地獄の火の70分の1である。」すると、このように尋ねられた：「アッラーの使徒よ、それだけでも十分ですのに。」預言者は言った：「それ（地獄の火）はその69個分より勝っており、しかもその一つ一つがそれと同様の熱さなのである。」</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
+فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
+فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
+فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は言った：「現世の火は、地獄の火の70分の1である。」 つまり、来世の火は現世の火の69個分以上の熱さなのであり、しかもその一つ一つが現世の火と同様の熱さなのである。 すると、このように尋ねられた：「アッラーの使徒よ、現世の火だけでも、そこに入る者にとっては十分な罰となりますのに！」 預言者は言った：「それ（地獄の火）はその69個分より勝っており、しかもその一つ一つがそれと同様の熱さなのである。」</t>
+  </si>
+  <si>
+    <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
+عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
+  </si>
+  <si>
+    <t>人々を地獄の原因となる行いから遠ざけるための警告。
+地獄の火とその罰の厳しさと、その灼熱。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65036</t>
+  </si>
+  <si>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）は私たちに言った：つねに真実を語り、その言葉が正しいと信じられていたアッラーの御使い―アッラーよ彼に祝福と平安を与えたまえ―は、つぎのように述べた。お前たちが創られるおりには、母親の腹の中で40日間精子が宿り</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・マスウード（アッラーのご満悦あれ）は言った： アッラーの使徒（アッラーからの祝福と平安あれ）は私たちに言った：つねに真実を語り、その言葉が正しいと信じられていたアッラーの御使い―アッラーよ彼に祝福と平安を与えたまえ―は、つぎのように述べた。お前たちが創られるおりには、母親の腹の中で40日間精子が宿り、それから同じ期間凝血となり、ついで同じ期間肉塊となる。その後天使が遣わされて魂を吹きこむが、この天使はさらに4つの仕事 をするよう命じられている。つまり〔生れてくる者の〕糧、寿命、行い、幸・不幸を書きとめることである。ところで唯一無二の神であるアッラーに誓って言うが、お前たちのある者は天国まであと一腕尺というところまで天国の徒の行いにいそしむが、そこで帳簿に記されたことに災いされ、地獄の徒の行いを行って地獄におちる。だがまたある者は、地獄まであと一腕尺というところまで地獄の徒の行いにいそしむが、そこで帳簿に記されたことが幸いし、天国の徒の行いを行って天国に入る。</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
+قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
+ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
+ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
+ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
+ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
+وأجله، وهو مدة بقائه في الدنيا، 
+وعمله، ما هو؟ وشقيٌ أو سعيد. 
+ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
+لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>イブン・マスウード（アッラーのご満悦あれ）は言った：アッラーの使徒（アッラーからの祝福と平安あれ）は私たちに言った：言葉で真実を語り、アッラーによってその言葉が正しいと確証されたアッラーの御使いは、私たちにこのように述べた： お前たちが創られるおりには、男性が妻と交わることで、分かれていた精液が女性の腹の中で結びつき、40日の間精液の状態となる。 それから今度は凝血となる。これは血液が濃く固まった状態のものであり、さらに40日間このままの状態となる。 それから今度は、肉塊となる。これはちょうど噛めるくらいの大きさの肉の塊であり、この状態もやはり40日間続く。 その後そこに天使が遣わされて、3回目の40日間が終了後に、魂を吹きこむ。 この天使はさらに4つの言葉を書き留めるよう命じられる。まずは糧であるが、これはその者が人生において授かる恩恵のことである。 そして寿命。つまり現世にとどまる期間のことである。 そして行いがどのようなものであるか。また、その者が不幸になるか、幸せになるか、である。 それから預言者（アッラーからの祝福と平安あれ）は誓って言う。ある者は、天国の徒の行い、つまり正しい行いに見える行いを、天国まであと一腕尺というところまで行い続ける。しかし、そこで帳簿に記され定められたことに災いされ、地獄の徒の行いを行い、それによって行いを締めくくることで地獄におちる。 というのも行いが受け入れられるには、そこにおける確立が条件づけられるからである。一方、別の者は、地獄まであと一腕尺というところまで地獄の徒の行いにいそしむが、そこで帳簿に記され定められたことが幸いし、天国の徒の行いを行って天国に入る。</t>
+  </si>
+  <si>
+    <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
+  </si>
+  <si>
+    <t>物事の結末はそもそも定められていた定命へと行き着くということ。
+行いの表面に気をとらわれることへの注意。行いというものはその最後の締めくくりによって決定づけられるからである。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65037</t>
+  </si>
+  <si>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
+  </si>
+  <si>
+    <t>「アッラーは天地を創られる 50,000 年前に、被造物に関する定めをお書きになられた。</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル・ブン・アル＝アース（アッラーのご満悦あれ）は言った：私はアッラーの使徒（アッラーからの祝福と平安あれ）が、こう言うのを聞いた： 「アッラーは天地を創られる 50,000 年前に、被造物に関する定めをお書きになられた。」彼は言った：「そして（その時）かれの玉座は水の上にあった。」</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
+فكل شيء كائن فهو بقضاء الله وقدره، 
+فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は伝えている：アッラーは天地を創られる 50,000 年前に、生死や糧についてなど、被造物に起こることになる定めを詳細に、守られし碑板の中にお書きになられた。そしてそれらはアッラーがお決めになった通りに起きるのである。 起きる全ての物事は、アッラーの定めとご決定による。 しもべに起きたことは免れ得なかったのであり、免れたことは起きるべくもなかったのである。</t>
+  </si>
+  <si>
+    <t>وجوب الإيمان بالقضاء والقدر.
+القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
+الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
+ أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
+  </si>
+  <si>
+    <t>定めに関する信仰の義務。
+定めとは、アッラーの物事についての知識、その筆録、ご意志であり、その創造である。
+天地創造以前に定めが書かれていたことを信じることは、満足と受け入れる心を養う。
+慈悲あまねきお方の玉座は天地創造の前、水の上にあった。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65038</t>
+  </si>
+  <si>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
+  </si>
+  <si>
+    <t>全ての物事は定められている。気乗りのしない状態も、乗り気の状態でさえも。あるいは、”乗り気の状態も、気乗りのしない状態でさえも。”」</t>
+  </si>
+  <si>
+    <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
+  </si>
+  <si>
+    <t>ターウースは言った：「私は、”全ての物事は定められている”と言うアッラーの使徒（アッラーからの祝福と平安あれ）の教友の内の人々と出会った。また、アブドッラー・ブン・ウマル（アッラーのご満悦あれ）がこう言うのを聞いた：”アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 全ての物事は定められている。気乗りのしない状態も、乗り気の状態でさえも。あるいは、”乗り気の状態も、気乗りのしない状態でさえも。”」</t>
+  </si>
+  <si>
+    <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
+حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
+وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
+وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、全ての物事が既に定められていると説明した。 それは、気乗りのしない状態でも同様である。つまり現世のことであれ来世のことであれ、やらなければならないことを放棄したり、先送りにしたり、期限を遅らせたりすることである。 また、乗り気の状態でも同様である。つまりそれは現世のことであれ来世のことであれ、やる気があり、関心がある状態のことである。 アッラーは、気乗りのない状態も、乗り気の状態も、全ての物事に対して定命を定めた。アッラーの知識と意思が先んずることなくして、この世に何かが起こるということはないのである。</t>
+  </si>
+  <si>
+    <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
+كل شيء يحصل بقدر الله حتى العجز والنشاط.
+تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
+الإيمان بالقدر كله خيره وشره.</t>
+  </si>
+  <si>
+    <t>教友たち（アッラーのご満悦あれ）の定命に対する信仰。
+気乗りのない状態も、乗り気の状態も、全ての物事はアッラーの定命によって起こる。
+アッラーの使徒（アッラーからの祝福と平安あれ）のハディースを伝達することにおける、教友たち（アッラーのご満悦あれ）の精査に対する関心と慎重さ
+。
+よいこと悪いこと全てにおいて定命を信じること。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65039</t>
+  </si>
+  <si>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
+  </si>
+  <si>
+    <t>「アッラーがしもべに対し、ある場所で死ぬことを定めた時、その者にそこにおける何らかの用事を作るのである。」</t>
+  </si>
+  <si>
+    <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
+  </si>
+  <si>
+    <t>マタル・ブン・ウカーミス（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「アッラーがしもべに対し、ある場所で死ぬことを定めた時、その者にそこにおける何らかの用事を作るのである。」</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、このように言っている：アッラーがしもべに対し、彼が今滞在しているわけではない場所で死ぬことを定めた時、彼にそこにおける何らかの用事を作る。こうして彼はそこへと赴き、そこで魂を召されるのである。</t>
+  </si>
+  <si>
+    <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
+  </si>
+  <si>
+    <t>このハディースはアッラーの次のお言葉を確証するものである：「いかなる者も、自分がいずこの地で死ぬことになるかを知らないのだ。」（クルアーン31:34）</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65040</t>
+  </si>
+  <si>
+    <t>وأنا ضمام بن ثعلبة أخو بني سعد بن بكر</t>
+  </si>
+  <si>
+    <t>私はサァド・ブン・バクル族の兄弟、ディマーム・ブン・サァラバです。」</t>
+  </si>
+  <si>
+    <t>عن أَنَسَ بْنَ مَالِكٍ رضي الله عنه قال: بينما نحن جلوس مع النبي صلى الله عليه وسلم في المسجد دخل رجل على جمل، فأناخه في المسجد ثم عقله، ثم قال لهم: أيكم محمد؟ والنبي صلى الله عليه وسلم متكئ بين ظهرانيهم، فقلنا: هذا الرجل الأبيض المتكئ. فقال له الرجل: يا ابن عبد المطلب فقال له النبي صلى الله عليه وسلم: «قد أجبتك». فقال الرجل للنبي صلى الله عليه وسلم: إني سائلك فمشدد عليك في المسألة، فلا تجد علي في نفسك؟ فقال: «سل عما بدا لك» فقال: أسألك بربك ورب من قبلك، آلله أرسلك إلى الناس كلهم؟ فقال: «اللهم نعم». قال: أنشدك بالله، آلله أمرك أن نصلي الصلوات الخمس في اليوم والليلة؟ قال: «اللهم نعم». قال: أنشدك بالله، آلله أمرك أن نصوم هذا الشهر من السنة؟ قال: «اللهم نعم». قال: أنشدك بالله، آلله أمرك أن تأخذ هذه الصدقة من أغنيائنا فتقسمها على فقرائنا؟ فقال النبي صلى الله عليه وسلم: «اللهم نعم». فقال الرجل: آمنت بما جئت به، وأنا رسول من ورائي من قومي، وأنا ضمام بن ثعلبة أخو بني سعد بن بكر.</t>
+  </si>
+  <si>
+    <t>アナス（アッラーのご満悦あれ）は言った： 私たちが預言者（アッラーからの祝福と平安あれ）と一緒にマスジドで座っていると、ラクダに乗った男が入って来た。彼はラクダを座らせると、それをつなぎ止め、それから彼らに言った：「ムハンマドは誰か？」預言者（アッラーからの祝福と平安あれ）は彼らの中で、よりかかりながら座っていた。私たちは言った：「このよりかかっている肌の白い人です。」すると男は彼に向かって言った：「アブドルムッタリブの息子よ。」預言者（アッラーからの祝福と平安あれ）は彼に言った：「あなたに応じていますよ。」男は預言者（アッラーからの祝福と平安あれ）に言った：「私はあなたに問う。そしてあなたに対して厳しい質問をする。だから私に対して嫌にならないでほしいのだが？」預言者は言った：「質問したいことを質問しなさい。」男は言った：「あなたの主と、あなた以前の者たちの主にかけて問う。アッラーはあなたを全ての人々に向けて遣わしたのか？」預言者は言った：「アッラーにかけて、そうです。」男は言った：「アッラーにかけてあなたに問う。アッラーは、私たちが昼夜５回のサラー（礼拝）をすることをあなたに命じたのか？」預言者は言った：「アッラーにかけて、そうです。」男は言った：「アッラーにかけてあなたに問う。アッラーは、私たちが1年のこの月にサウム（断食）をすることをあなたに命じたのか？」預言者は言った：「アッラーにかけて、そうです。」男は言った：「アッラーにかけてあなたに問う。アッラーは、これらのサダカ（浄財）を私たちのうちの裕福な者たちから取り、私たちのうちの貧しい者に分配することをあなたに命じたのか？」預言者は言った：「アッラーにかけて、そうです。」すると男は言った：「私はあなたがもたらしたものを信じました。私は私の後ろで待っている私の民からの使いです。私はサァド・ブン・バクル族の兄弟、ディマーム・ブン・サァラバです。」</t>
+  </si>
+  <si>
+    <t>يخبر أنس بن مالك رضي الله عنه: بينما الصحابة جلوس مع النبي صلى الله عليه وسلم في المسجد إذ دخل رجل على جمل، فأبركَه ثم ربطَه، 
+ثمّ سألهم: أيُّكم محمد؟ 
+والنبي صلى الله عليه وسلم متكئ بين القوم، فقلنا: هذا الرَّجل الأبيض المتَّكئ، 
+فقال له الرَّجل: يا ابن عبد المطلب، 
+فقال له النبي صلى الله عليه وسلم: سمعتك، فسل أُجبْك. 
+فقال الرجل للنبي صلى الله عليه وسلم: إني سائلك فَمُشَدِّد عليك في المسألة، فلا تجد عليَّ في نفسك.
+ أي: فلا تغضب عليَّ ولا يصبْك ضيق، 
+فقال: سل عَمّا تريد، 
+فقال: أسألك بِربِّك وربِّ مَن قبلك، آلله أرسلَك إلى الناس؟ 
+فقال: اللَّهم نعم، تأكيدًا لِصِدقه، 
+قال الرَّجل: أنشدك بالله، أي: أسألك بالله، آلله أمرَك أن نُصلِّي الصَّلوات الخمس في اليوم واللَّيلة؟ وهي الصَّلوات المفروضة، 
+قال: اللَّهم نعم، 
+قال: أنشدك بالله، آلله أمرَك أن نصوم هذا الشَّهر مِن السنة؟ أي: شهر رمضان، 
+قال: اللَّهم نعم، 
+قال: أنشدك بالله، آلله أمرك أن تأخذ هذه الصَّدقة مِن أغنيائنا فتقسمها على فقرائنا؟ وهي الزكاة، 
+فقال النبي صلى الله عليه وسلم: اللهم نعم، 
+فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
+  </si>
+  <si>
+    <t>アナス・ブン・マーリク（アッラーのご満悦あれ）は伝えている：教友たちが預言者（アッラーからの祝福と平安あれ）と一緒にマスジドで座っていると、ラクダに乗った男が入って来た。彼はラクダを座らせると、それをつなぎ止めた。 それから彼らに尋ねて言った：「ムハンマドは誰か？」 預言者（アッラーからの祝福と平安あれ）は彼らの中で、よりかかりながら座っていた。私たちは言った：「このよりかかっている肌の白い人です。」 すると男は彼に向かって言った：「アブドルムッタリブの息子よ。」 預言者（アッラーからの祝福と平安あれ）は彼に言った：「あなたの言うことを聞いています。質問しなさい、答えましょう。」 男は預言者（アッラーからの祝福と平安あれ）に言った：「私はあなたに問う。そしてあなたに対して厳しい質問をする。だから私に対して嫌にならないでほしいのだが？」 −つまり、私に対して怒ったり、気を悪くしないでほしいということである−。 預言者は言った：「質問したいことを質問しなさい。」 男は言った：「あなたの主と、あなた以前の者たちの主にかけて問う。アッラーはあなたを人々へと遣わしたのか？」 預言者はその正しさを強調し、言った：「アッラーにかけて、そうです。」 男は言った：「アッラーにかけてあなたに問う。アッラーは、私たちが昼夜５回のサラー（礼拝）をすることをあなたに命じたのか？」−これはつまり、義務のサラーのことである−。 預言者は言った：「アッラーにかけて、そうです。」 男は言った：「アッラーにかけてあなたに問う。アッラーは、私たちが1年のこの月にサウム（断食）をすることをあなたに命じたのか？」–これはつまり、ラマダーン月のことである–。 預言者は言った：「アッラーにかけて、そうです。」 男は言った：「アッラーにかけてあなたに問う。アッラーは、これらのサダカ（浄財）を私たちのうちの裕福な者たちから取り、私たちのうちの貧しい者に分配することをあなたに命じたのか？」−これはつまり、ザカーのことである–。 預言者は言った：「アッラーにかけて、そうです。」 こうしてディマームはイスラームを受け入れ、自分の民をイスラームへと招くことを預言者（アッラーからの祝福と平安あれ）に伝えた。それから自己紹介をし、彼がサァド・ブン・バクル族の兄弟、ディマーム・ブン・サァラバであることを知らせた。</t>
+  </si>
+  <si>
+    <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
+حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
+جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
+جواز دخول الكافر المسجد للحاجة.
+لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
+حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）の謙虚さ。男は彼を教友の中から見分けることができなかった。
+預言者（アッラーからの祝福と平安あれ）のよい品性。彼は質問者に対してやさしく対応している。このようによい対応をすることは、宣教が受け入れられる理由となる。
+人を白いとか赤いとか、背が高いとか低いとかいった風に、その者を貶めることを意図せず、本人もそれを嫌がらない限り、その者の特徴によって紹介することの合法性。
+必要があれば非ムスリムがマスジドに入ることが許されること。
+このハディースにはハッジが言及されていないが、それはこの時点でそれがまだ義務付けられてはいなかったためである。
+人々をイスラームへと招くことに関する教友たちの熱心さ。ディマームはイスラームを受け入れるや否や、自分の民をそこへと招くことにおいて関心を高めたのである。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65044</t>
+  </si>
+  <si>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は何かに言及して、こう言った：「それは知識がなくなる時においてである。</t>
+  </si>
+  <si>
+    <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
+  </si>
+  <si>
+    <t>ズィヤード・ブン・ラビード（アッラーのご満悦あれ）は言った： 預言者（アッラーからの祝福と平安あれ）は何かに言及して、こう言った：「それは知識がなくなる時においてである。」私は言った：「アッラーの使徒よ、どのようにして知識がなくなるのですか？私たちはクルアーンを読み、それを私たちの子供らに読ませ、私たちの子供らはそのまた子供らに審判の日までそれを読ませるというのに？」彼は言った：「ズィヤード、あなたの母親があなたに先立たれてしまうように。私はあなたが、マディーナで最も宗教理解に秀でた者だと思っていたのに。ユダヤ教徒とキリスト教徒はトーラーとインジールを読みながらも、そこにある物事を実践していないではないか？」</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
+فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
+فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
+فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
+ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
+فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は教友たちの間に座っており、このように言った：「これこそが、人々から知識が取り上げられ、阻まれてしまう時である。」 それでズィヤード・ブン・ラビード・アル＝アンサーリー（アッラーのご満悦あれ）は驚き、預言者（アッラーからの祝福と平安あれ）に尋ねた： 「どのようにして知識が取り上げられ、私たちのもとから失われてしまうのですか？私たちはクルアーンを読み、暗記しています。アッラーに誓って、私たちはそれを読み、またそれを自分たちの女性や子供たち、そのまた子供たちに読ませています。」 預言者（アッラーからの祝福と平安あれ）は驚いて言った：「ズィヤード、あなたの母親があなたを失ってしまうように！私はあなたをマディーナの学者の一人と見なしていたのに！」 その後、預言者（アッラーからの祝福と平安あれ）は彼に説明した：知識の喪失はクルアーンが失われることではなく、その知識に沿った行いが失われることによって喪失することなのである、と。 ユダヤ教徒とキリスト教徒のもとには、トーラーとインジールがある。しかしそれらが彼らの役に立つことはなかったし、それらが目指すものから利益を得ることもなかった。つまり、知識を得てもそれを実践しなかったのである。</t>
+  </si>
+  <si>
+    <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
+رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
+من علامات الساعة ذهاب العلم وترك العمل به.
+الحث على العمل بالعلم فإنه هو المقصود.</t>
+  </si>
+  <si>
+    <t>人々のもとにクルアーンや書籍があったところで、それらに基づいて行わないのならば、それらは無意味である。
+知識の喪失の要因はいくつかある：預言者（アッラーからの祝福と平安あれ）の死、学者らの死、そして知識に基づいて行わないこと。
+審判の日の予兆の一つに、知識の喪失、知識に基づいて行わないということがある。
+知識に基づいて行うことの勧め。行いこそは知識の目的である。</t>
+  </si>
+  <si>
+    <t>صحيح لغيره</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه</t>
+  </si>
+  <si>
+    <t>[他の伝承による補強作用で真正に格上げされたもの]</t>
+  </si>
+  <si>
+    <t>[イブン・マージャの伝承]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65045</t>
+  </si>
+  <si>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
+  </si>
+  <si>
+    <t>啓典の民を信じることも、嘘呼ばわりすることもするな。しかし、こう言うのだ：”私たちはアッラーと、私たちに下されたもの（クルアーン</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）は、言った： 啓典の民はトーラーをヘブライ語で読み、それをアラビア語でムスリムに解説したものだった。それでアッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った：「啓典の民を信じることも、嘘呼ばわりすることもするな。しかし、こう言うのだ：”私たちはアッラーと、私たちに下されたもの（クルアーン）を信じる。”」(雌牛章136)</t>
+  </si>
+  <si>
+    <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
+حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
+فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
+وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
+فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
+وأمر النبي صلى الله عليه وسلم أن نقول: 
+{آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
+[البقرة: 136].</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、啓典の民が彼らの書物から伝えることに惑わされないよう、自らの共同体に警告した。 預言者（アッラーからの祝福と平安あれ）時代、ユダヤ教徒はトーラーを彼らの言葉であるヘブライ語で読み、アラビア語で解説したものだった。 それでアッラーの使徒（アッラーからの祝福と平安あれ）は、言った：「啓典の民を信じることも、嘘呼ばわりすることもするな。」これは、正しいのか嘘なのか分からないことに関してである。 というのもアッラーは私たちに、私たちに下されたクルアーン、そして彼らに下された啓典を信じるよう命じているからである。ただし私たちには、彼らがそれらの啓典から伝えているものが正しいのかそうではないのか、判別する手段がない。というのも私たちの教えには、その正しさと誤りを明らかにする根拠がないからである。 ゆえに私たちはそこで踏み込まず、彼らを信じることも、嘘呼ばわりもしないようにする。それは彼らが歪曲したものにおいて共犯者となることもなく、正しいものを嘘呼ばわりしてしまうことで、本来私たちが信じることを命じられていることを否定もしないようにするためである。 預言者（アッラーからの祝福と平安あれ）は、私たちにこう言うように命じている： 「（信仰者たちよ、）言ってやるがいい。”私たちはアッラーと、私たちに下されたもの（クルアーン）、またイブラーヒーム、イスマーイール、イスハーク、ヤァクーブ及び諸支族に下されたもの、またムーサーとイーサーに授けられたものと、預言者たちが彼らの主から授けられたものを信じる。私たちは彼らの内の誰も分け隔てせず、かれ（アッラー）だけに服従する者（ムスリム）である”。」 （雌牛章136）</t>
+  </si>
+  <si>
+    <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
+  </si>
+  <si>
+    <t>啓典の民が伝えることは３種類である：まず、クルアーンとスンナに一致する類いのもので、これは正しいとされる。次いで、クルアーンとスンナに反する類いのもの。これは虚偽であり、嘘としなければならない。３つ目はクルアーンとスンナの中に、その正しさや誤りを示す根拠を見出すことができない類いのもの。これは伝承することが許されるが、正しいものとも嘘とも断言することはできない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65046</t>
+  </si>
+  <si>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
+  </si>
+  <si>
+    <t>「学者たちの前でひけらかしたり、愚かな者たちと議論したりするために、知識を学んではならない</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
+  </si>
+  <si>
+    <t>ジャービル・ブン・アブドッラーによれば、預言者（アッラーからの祝福と平安あれ）は言った： 「学者たちの前でひけらかしたり、愚かな者たちと議論したりするために、知識を学んではならない。また、集まりの場で優越するためにも（そうしてはならない）。そのようなことをする者は、地獄、地獄である。」</t>
+  </si>
+  <si>
+    <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
+فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、学者たちと誇示し合ったり、彼らの前で「自分もあなた方同様の学者である」と顕示するためにひけらかしたり、または愚かな者たちや知性の劣る者たちと話したり、議論したり、あるいは集まりの場で優越したり、先頭に立ったりすることを目的に知識を学ぶことについて、警告した。 そしてそのようなことをする者は、知識の探究におけるひけらかしや純真さの欠如ゆえに、地獄にふさわしいのである。</t>
+  </si>
+  <si>
+    <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
+أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
+النية أساس الأعمال وعليها يكون الجزاء.</t>
+  </si>
+  <si>
+    <t>自慢したり、議論したり、集まりの場で優越したりするなどのために知識を学ぶ者に対する、地獄の警告。
+知識を学び、教授する者にとっての真摯な意図の重要性。
+意図は行いの基礎であり、報いはそれに応じたものとなる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65047</t>
+  </si>
+  <si>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
+  </si>
+  <si>
+    <t>「アッラーは、まっすぐな道をたとえとして挙げられた</t>
+  </si>
+  <si>
+    <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
+  </si>
+  <si>
+    <t>アン＝ナウワース・ブン・サムアーン・アル＝アンサーリー（アッラーのご満悦あれ）によると、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「アッラーは、まっすぐな道をたとえとして挙げられた。その道の両脇には壁があり、その壁にはいくつもの開き放たれた扉がついている。そしてそれらの扉には、垂らされたカーテンがかかっている。道の扉の上には呼びかける者がおり、こう言っている：”人々よ、みな道に入るのだ。そこから反れ去ってはならない。”また、道の上の方では、別の呼びかける者がおり、それらの扉を開けようとすると、このように言う：”何たることか、それを開くのではない。それを開けば、あなたはそこに入ってしまう。”この道こそはイスラームであり、両脇の壁はアッラーの境界線、開かれた扉はアッラーが禁じたこと、道の向こうで呼びかける者はアッラーの書、道の上の方から呼びかける者は、全てのムスリムの心の中にあるアッラーの訓戒である。」</t>
+  </si>
+  <si>
+    <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
+وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
+وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
+وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はこう説明する：アッラーは、曲がることなくまっすぐに伸びた道を、イスラームに対するたとえとして挙げられた。この道の両脇には壁があり、道を両側から囲っている。これらの壁が、アッラーの境界線である。これらの２つの壁の所々には開かれた扉があるが、それらがアッラーが禁じた物事である。これらの扉の上にはカーテンがかけられており、道の通行人にはその中が見えないようになっている。道の手前には人々を案内する呼びかけ人がおり、このように言っている：「脇にそれることなく、道をまっすぐ進みなさい。」この呼びかける者が、アッラーの書である。また、道の途上にはもう一人の呼びかける者がいて、道の通行人が扉のカーテンを少しだけ開けようとするたび、それを諫めてこのように言う：「何たることか、それを開くのではない。それを開けば、あなたはそこに入ってしまう。あなたはそこに入らずにはいられなくなるのだ。」この呼びかける者は、全てのムスリムの心の中にあるアッラーの訓戒である。</t>
+  </si>
+  <si>
+    <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
+وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
+فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
+رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
+الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
+من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
+  </si>
+  <si>
+    <t>イスラームは真理の宗教であり、天国へと導いてくれるまっすぐな道である。
+アッラーの定めた境界線、アッラーが合法としたもの、禁じたものを遵守する義務。そこにおけるいい加減さは、破滅をもたらすということ。
+クルアーンの徳と、それに則って行うことの勧め。そこにこそ導き、光、成功がある。
+アッラーの、しもべたちに対する慈悲。また、信仰者の心の中に、破滅へと至る物事に対して禁じ、戒めるものを授けてくれたことの慈悲。
+アッラーはその慈悲によって、しもべたちが罪に陥らないようにするための障壁を設けられた。
+たとえを挙げることは、理解をより深め、明確にするための学習手段の一つである。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65049</t>
+  </si>
+  <si>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）は40歳の時に啓示を受け取り</t>
+  </si>
+  <si>
+    <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（アッラーのご満悦あれ）は言った： アッラーの使徒（アッラーからの祝福と平安あれ）は40歳の時に啓示を受け取り、マッカで13年間過ごした。それから移住を命じられてマディーナに移住し、そこで10年間過ごした後、他界したのである。</t>
+  </si>
+  <si>
+    <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
+فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
+ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
+ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（アッラーのご満悦あれ）は伝える：アッラーの使徒（アッラーからの祝福と平安あれ）に啓示が下され、彼が遣わされることになったのは、彼が40歳の時だった。啓示を受け取った後、彼はマッカで13年間過ごし、それからマディーナへの移住を命じられた。こうしてマディーナで10年間過ごした後、彼（アッラーからの祝福と平安あれ）は63歳で他界した。</t>
+  </si>
+  <si>
+    <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>教友たちの、預言者（アッラーからの祝福と平安あれ）の人生に対する関心の高さ。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65050</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は「慈悲あまねく慈愛深きアッラーの御名において」が下るまでは、スーラ（章）の区切りを知ることがなかった。</t>
+  </si>
+  <si>
+    <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（アッラーのご満悦あれ）は言った： 預言者（アッラーからの祝福と平安あれ）は「慈悲あまねく慈愛深きアッラーの御名において」が下るまでは、スーラ（章）の区切りを知ることがなかった。</t>
+  </si>
+  <si>
+    <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（アッラーのご満悦あれ）は、こう説明している：預言者（アッラーからの祝福と平安あれ）にはクルアーンのスーラが啓示されていたが、「慈悲あまねく慈愛深きアッラーの御名において」が下るまでは、彼がスーラ（章）の区切りや終わりを知ることはなかった。それが下って初めて、彼は先のスーラが終わり、新たなスーラが始まることを知ったのである。</t>
+  </si>
+  <si>
+    <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
+  </si>
+  <si>
+    <t>バスマラ（「慈悲あまねく慈愛深きアッラーの御名において」という言葉）は、スーラとスーラの間を区切るものである。ただし戦利品章と悔悟章の間はその限りではない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65051</t>
+  </si>
+  <si>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
+  </si>
+  <si>
+    <t>「あなた方が家族のもとに帰った時、そこに妊娠した、太って大きな３頭の雌ラクダを見出すことを喜ぶか？</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「あなた方が家族のもとに帰った時、そこに妊娠した、太って大きな３頭の雌ラクダを見出すことを喜ぶか？」私たちは言った：「はい。」彼は言った：「あなた方が礼拝の中で読む３つのアーヤ（節）は、妊娠した、太って大きな３頭の雌ラクダよりもよいのである。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はこのように説明している：礼拝の中で行う３つのアーヤ（節）の読誦は、人が自分の家に見出す、妊娠した、太って大きな３頭の雌ラクダよりもよいのである。</t>
+  </si>
+  <si>
+    <t>بيان فضل قراءة القرآن في الصلاة.
+الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
+هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
+  </si>
+  <si>
+    <t>礼拝の中におけるクルアーン読誦の徳。
+正しい行いは、消えゆく定めにある現世の楽しみよりもよく、永遠である。
+この徳は、アーヤを３つ読誦することのみに限定されない。礼拝を行う者がその中でクルアーンを沢山読めば読むほど、それを読んだ数と同数の妊娠中の雌ラクダよりも優れた報奨があるのである。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65053</t>
+  </si>
+  <si>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
+  </si>
+  <si>
+    <t>「クルアーンの友にはこう言われる：”読み、上り、現世で読誦していたように読誦せよ。来世におけるあなたの位階は、あなたが読む最後のアーヤなのだから。”」</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「クルアーンの友にはこう言われる：”読み、上り、現世で読誦していたように読誦せよ。来世におけるあなたの位階は、あなたが読む最後のアーヤなのだから。”」</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
+اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は言っている：クルアーンをよく読み、かつそれに則って実践し、読誦と暗記に勤めていた者は、天国に入った時、こう言われる：「クルアーンを読め。それと共に、天国の位階を上れ。そして現世でそうしていたように、クルアーンの読誦をゆっくりと静かに行うのだ。来世におけるあなたの位階は、あなたが読む最後のアーヤなのだから。」</t>
+  </si>
+  <si>
+    <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
+الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
+الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
+  </si>
+  <si>
+    <t>行いの報いは、その量とやり方に応じたものとなる。
+クルアーンの読誦と、そこにおける熟達、暗記、熟慮、それに則った行いの勧め。
+天国には様々な位階とレベルがある。クルアーンをよく読む者はその中の、最高位を獲得することになる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65054</t>
+  </si>
+  <si>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
+  </si>
+  <si>
+    <t>「クルアーンを声に出して読む者は、サダカ（施し）を人前でする者のようである。クルアーンをひそやかに読む者は、サダカをひそやかにする者のようである。」</t>
+  </si>
+  <si>
+    <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
+  </si>
+  <si>
+    <t>ウクバ・ブン・アーミル・アル＝ジュハニー（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの平安と祝福あれ）は言った： 「クルアーンを声に出して読む者は、サダカ（施し）を人前でする者のようである。クルアーンをひそやかに読む者は、サダカをひそやかにする者のようである。」</t>
+  </si>
+  <si>
+    <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの平安と祝福あれ）はこのように説明する：クルアーンを聞こえるように読む者は、サダカ（施し）を人前でする者のようである。クルアーンをひそやかに読む者は、サダカをひそやかにする者のようである。</t>
+  </si>
+  <si>
+    <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
+  </si>
+  <si>
+    <t>サダカをひそやかにすることがより優れているのと同様、クルアーンをひそやかに読むことの方がより優れている。というのもそこには真摯さがあり、人目を気にした行為やうぬぼれから安全だからである。ただしクルアーンの教授など、声に出して読むことに必要性や福利がある場合、そこにおいて問題はない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65055</t>
+  </si>
+  <si>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>私はあなた方に、偉大なるアッラーへの敬虔さを勧める。そして、たとえ奴隷があなた方の長となったとしても、聞き、従うことを忠告する。あなた方は私のなき後、激しい相違を見出すだろう。ゆえに、わがスンナと正しく導かれたカリフたちのスンナを守れ</t>
+  </si>
+  <si>
+    <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
+  </si>
+  <si>
+    <t>アル＝イルバード・イブン・サーリヤ（アッラーのご満悦あれ）は、言った： アッラーの使徒（アッラーからの祝福と平安あれ）はある日、私たちの前に立ち、私たちの心が慄き、目が（涙で）溢れるような訓戒をたれた。それで誰かが言った：「アッラーの使徒よ、それはあたかも別れの訓戒のようです。私たちに忠告してください。」彼は言った：「私はあなた方に、偉大なるアッラーへの敬虔さを勧める。そして、たとえ奴隷があなた方の長となったとしても、聞き、従うことを忠告する。あなた方は私のなき後、激しい相違を見出すだろう。ゆえに、わがスンナと正しく導かれたカリフたちのスンナを守れ。それに奥歯で噛みついているのだ。また、（宗教的物事の）新たな作りごとを避けよ。というのも全てのビドゥアは迷いだからである。」</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
+فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
+قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
+والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
+ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
+وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は教友たちの心が慄き、目が（涙で）溢れるような訓戒をたれた。 預言者（アッラーからの祝福と平安あれ）の厳しい戒めの言葉を聞いて、彼らは言った：「アッラーの使徒よ、それはあたかも別れの訓戒のようです。」そう言って、彼のなき後に彼らが守るための忠告を彼に求めた。 彼は言った：私はあなた方に、義務行為を遂行し、禁止行為を放棄することによって、偉大なるアッラーに対して敬虔であることを勧める。 そして統治者に聞き、従うことを勧めた。たとえ奴隷、つまり最も地位の低い者があなた方の長となり、統治者となったとしても、それを敬遠したりすることなく、彼らに服従しなければならない。それは試練を恐れてのことであり、あなた方のうちで長生きする者は、多くの相違を見出すことになるだろう。 それから、その見解の相違からの逃げ道を説明した。それは預言者（アッラーからの祝福と平安あれ）のスンナと、彼の後の正しく導かれたカリフたち、つまりアブーバクル、ウマル、ウスマーン、アリーら（アッラーのご満悦あれ）のスンナを固守することによってである。それに奥歯で噛みついているのだ。つまり、それにしっかりとしがみついていよ。 また、宗教的物事の新たな作りごとを避けるよう、注意した。全てのビドゥアは迷いだからである。</t>
+  </si>
+  <si>
+    <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
+العناية بالمواعظ وترقيق القلوب.
+الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
+النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
+السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
+أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
+الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
+  </si>
+  <si>
+    <t>スンナを固守し、踏襲することの重要性。
+訓戒と、心を柔らかくする物事に関心を持つこと。
+正しく導かれた4人のカリフたちに服従することの命令。彼らはアブー・バクル、ウマル、ウスマーン、アリー(アッラーのお喜びあれ)のことである。
+宗教におけるビドゥア(イスラームの教えではない宗教的物事をイスラームの教えのものとすること)の禁止。全てのビドゥアは迷いである。
+罪とはならない物事において、信仰者らの諸事の指導を担う者たちに聞き従うこと。
+あらゆる時と状況においてアッラーを畏れることの重要性。
+イスラームの共同体に意見の相違は出現する。その折にはアッラーの使徒（アッラーからの祝福と平安あれ）と導かれたカリフたちのスンナへと、立ち返ることが必要である。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65057</t>
+  </si>
+  <si>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）から１０アーヤ（節）を聞いては、そこに含まれる知識と行いを学ぶまで、他の１０アーヤに移ることがなかった</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
+  </si>
+  <si>
+    <t>アブー・アブドッラフマーン・アッ＝スラミー（アッラーのご満悦あれ）は言った： 預言者（アッラーからの祝福と平安あれ）の教友たちのうち、私たちにクルアーンを読み聞かせていた者たちは、アッラーの使徒（アッラーからの祝福と平安あれ）から１０アーヤ（節）を聞いては、そこに含まれる知識と行いを学ぶまで、他の１０アーヤに移ることがなかった。彼らは言った：「こうして私たちは知識と行いを学んだのである。」</t>
+  </si>
+  <si>
+    <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
+  </si>
+  <si>
+    <t>教友たち（アッラーのご満悦あれ）は、アッラーの使徒（アッラーからの祝福と平安あれ）から１０アーヤ（節）を聞いては、そこに含まれる知識を学び、それを実際に行うまで、別のアーヤに移ることがなかった。こうして彼らは知識と行いを同時に学んだのである。</t>
+  </si>
+  <si>
+    <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
+تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
+العلم يكون قبل القول والعمل.</t>
+  </si>
+  <si>
+    <t>クルアーンを学ぶことにおける教友たち（アッラーのご満悦あれ）の徳と熱心さ。
+クルアーンの学習は、その知識と、そこにある行いを学ぶことである。単なる読み方や暗記だけによるものではない。
+知識は言葉と行いに先立つ。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65058</t>
+  </si>
+  <si>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
+  </si>
+  <si>
+    <t>アブー・アル＝ムンズィルよ、あなたが知っているアッラーの書の内、どのアーヤ（節）が最も偉大か知っているか？」私は言った：「アッラーは、かれの外に（真に）崇拝すべきものがなく、永世するお方、全てを司るお方。」（クルアーン２：２５５）すると彼は私の胸を叩き、こう言った：「アッラーにかけて、アブー・アル＝ムンズィルよ、知識があなたにとって心地よいものとなるよう。」</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
+  </si>
+  <si>
+    <t>ウバイ・ブン・カァブ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「アブー・アル＝ムンズィルよ、あなたが知っているアッラーの書の内、どのアーヤ（節）が最も偉大か知っているか？」私は言った：「アッラーとその使徒がよくご存知です。」彼は言った：「アブー・アル＝ムンズィルよ、あなたが知っているアッラーの書の内、どのアーヤ（節）が最も偉大か知っているか？」私は言った：「アッラーは、かれの外に（真に）崇拝すべきものがなく、永世するお方、全てを司るお方。」（クルアーン２：２５５）すると彼は私の胸を叩き、こう言った：「アッラーにかけて、アブー・アル＝ムンズィルよ、知識があなたにとって心地よいものとなるよう。」</t>
+  </si>
+  <si>
+    <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
+فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
+فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、アッラーの書のなかで最も偉大なアーヤについて、ウバイ・ブン・カァブ（アッラーのご満悦あれ）に尋ねた。ウバイは返答をためらった後、こう言った：「それはアーヤトルクルスィー（玉座の節）”アッラーは、かれの外に（真に）崇拝すべきものがなく、永世するお方、全てを司るお方”です。」すると預言者（アッラーからの祝福と平安あれ）はそれに同意し、彼の知識と英知を示唆する意味で彼の胸を叩くと、彼が知識によって幸福となり、知識の修得が容易いものとなるよう、彼のために祈った。</t>
+  </si>
+  <si>
+    <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
+آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
+  </si>
+  <si>
+    <t>ウバイ・ブン・カァブ（アッラーのご満悦あれ）の偉大な地位。
+アーヤトルクルスィー（玉座の節）は、アッラーの書のなかで最も偉大なアーヤである。ゆえにそれを暗記し、その意味を熟考し、それに則って行わなければならない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65059</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は毎晩就寝する時には、両手を合わせてそこに息を吹き込み、それからその中に向かって、「言え。”かれはアッラー、唯一なるお方”」と「言え。”私は黎明の主に、ご加護を乞う” 」と「言え。”「私は人々の主に、ご加護を乞う”」</t>
+  </si>
+  <si>
+    <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
+  </si>
+  <si>
+    <t>アーイシャ（アッラーのご満悦あれ）は言った： 預言者（彼にアッラーからの祝福と平安あれ）は毎晩就寝する時には、両手を合わせてそこに息を吹き込み、それからその中に向かって、「言え。”かれはアッラー、唯一なるお方”」と「言え。”私は黎明の主に、ご加護を乞う” 」と「言え。”「私は人々の主に、ご加護を乞う”」を唱え、それからその両手でもって頭、顔に始まり、体の前部というふうに、体のできる範囲の箇所を撫でた。それを３回繰り返したものだった。</t>
+  </si>
+  <si>
+    <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
+{قل هو الله أحد} 
+و{قل أعوذ برب الفلق} 
+و{قل أعوذ برب الناس}، 
+ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）の手法として、このようなものがあった：彼は就寝するために寝床につく時、ちょうど祈るときのように両手を合わせてそれを上げ、そこに少し唾が含まれる程度に口でやさしく息を吹き込み、それから「言え。”かれはアッラー、唯一なるお方”」と「言え。”私は黎明の主に、ご加護を乞う” 」と「言え。”「私は人々の主に、ご加護を乞う”」という３つのスーラ（章）を読んだものだった。それからその両手でもって頭、顔に始まり、体の前部というふうに、体のできる範囲の箇所を撫でた。それを３回繰り返したものだった。</t>
+  </si>
+  <si>
+    <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
+  </si>
+  <si>
+    <t>純正章と、「ご加護を乞う２つの章（黎明章と人々章）」を就寝前に読み、そこに息を吹き込み、それでもって体のできる範囲の部分を撫でることの推奨。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65060</t>
+  </si>
+  <si>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
+  </si>
+  <si>
+    <t>だから、（クルアーンの）意味が紛らわしい部分に従う者たちを見たら、それらの者たちこそがアッラーが言っている者たちである。彼らに気をつけよ。</t>
+  </si>
+  <si>
+    <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
+  </si>
+  <si>
+    <t>アーイシャ（アッラーのご満悦あれ）は言った： アッラーの使徒（アッラーからの祝福と平安あれ）はこのアーヤ（節）を読んだ：「かれは、この啓典（クルアーン）をあなたに下されたお方。その中には、啓典の母である明確なアーヤと、（それとは）別の紛らわしいアーヤがある。心に歪みがある者たちは（人々の）誘惑を望み、（好き勝手な）解釈を求めて、意味が紛らわしい部分に従うのだ。アッラーと、”私たちはこれ（クルアーン）を信じた。（これは）全て我らが主の御許からのものである”と言う、知識が深く根ざした者たちの外、その（真の）解釈を知るものはないというのに。澄んだ知性の持ち主以外、教訓を受けることはないのだ。」（クルアーン３：７）アッラーの使徒（アッラーからの祝福と平安あれ）は言った：「だから、（クルアーンの）意味が紛らわしい部分に従う者たちを見たら、それらの者たちこそがアッラーが言っている者たちである。彼らに気をつけよ。」</t>
+  </si>
+  <si>
+    <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
+{هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
+وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
+ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
+ثم بين الله تعامل الناس مع هذا الآيات، 
+فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
+وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
+ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
+{فأما الذين في قلوبهم زيغ} 
+فاحذروهم ولا تصغوا إليهم.</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）はこのアーヤ（節）を読んだ：「かれは、この啓典（クルアーン）をあなたに下されたお方。その中には、啓典の母である明確なアーヤと、（それとは）別の紛らわしいアーヤがある。心に歪みがある者たちは（人々の）誘惑を望み、（好き勝手な）解釈を求めて、意味が紛らわしい部分に従うのだ。アッラーと、”私たちはこれ（クルアーン）を信じた。（これは）全て我らが主の御許からのものである”と言う、知識が深く根ざした者たちの外、その（真の）解釈を知るものはないというのに。澄んだ知性の持ち主以外、教訓を受けることはないのだ。」（クルアーン３：７）このアーヤの中でアッラーは、以下のことを伝えている：アッラーがその預言者にクルアーンを下したお方であること。その中には意味が明らかで、その規定も明白で疑念の余地もないアーヤがあるが、それが啓典の母であり、立ち返るべき典拠であり、相違点があった際の根拠である。他方、クルアーンの中には複数の意味に解釈できるものもあり、ある種の人々にとってその意味が分かりにくいようなものもある。アッラーはこれらのアーヤに関する人々の対応の仕方を説明し、心が真理から逸れている者たちは疑念を生じさせ、人々を迷わせることを望み、自分たちの私欲に応じた形に解釈するために、明確なアーヤではなく意味が紛らわしく見えるアーヤに依拠する、としている。一方で確固とした知識を持つ者たちは、このような紛らわしく見えるアーヤがあればそれを明確なアーヤによって判断し、それを信じ、それがアッラーの御許からのものであること、そこに何の疑念も矛盾もないことを信じるのである。しかしそのような熟考を得るのは、健全な理性を備えた者たちだけである。それから預言者（アッラーからの祝福と平安あれ）は信仰者たちの母アーイシャ（アッラーのご満悦あれ）に、こう言ったのである：だから、（クルアーンの）意味が紛らわしい部分に従う者たちを見たら、それらの者たちこそがアッラーが言っている者たちである。彼らに気をつけ、彼らの言うことを聞くのではない。</t>
+  </si>
+  <si>
+    <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
+التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
+في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
+اتباع المتشابه سبب لزيغ القلب.
+وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
+جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
+في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
+فضيلة الرسوخ في العلم وضرورة الثبات فيه.
+للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
+  </si>
+  <si>
+    <t>クルアーンの明確なアーヤとは、その意味が明らかなもの。紛らわしいアーヤとは、複数の意味に解釈できる余地があり、検証と理解が必要な類いのもの。
+心に歪みがある者たち、ビドゥア（宗教的に正当な根拠のないものを宗教の一部だとすること）の徒、人々を迷わせ疑念に陥らせるために問題を起こすような者たちと付き合うことへの注意。
+このアーヤの最後「澄んだ知性の持ち主以外、教訓を受けることはないのだ」には、逸脱した者たちへの非難と、確固とした者たちへの賞賛がある。つまり、熟考もせず訓戒も受けず、私欲に追従する者は、「澄んだ知性の持ち主」ではない。
+紛らわしいアーヤに従うことは、心の歪みの原因である。
+意味が分からない紛らわしいアーヤがあったら、それを明確なアーヤと照らし合わせることの義務。
+アッラーはクルアーンの一部を明確なものとし、別の一部を紛らわしいものとした。それは信仰の徒と迷妄の徒を判別すべく、人々を試練にかけるためである。
+クルアーンの中に紛らわしいアーヤがあることにより、学者のそれ以外の者に対する徳や、知性の限界の認識が明らかになる。知性は創造主に降伏し、自らの無力を認めるのである。
+確固とした知識の徳と、そこにおいて確立することの必要性。
+クルアーン解釈学者らは、アーヤの中の「アッラーと、”私たちはこれ（クルアーン）を信じた。（これは）全て我らが主の御許からのものである”と言う、知識が深く根ざした者たちの外、その（真の）解釈を知るものはないというのに」という箇所で、どこで区切るべきかということについて２つの意見に分かれている。上述の解釈の場合、ここで言う「解釈」は文字通りのアーヤの解釈、説明という意味であり、アッラーはもちろんのこと、知識が深く根ざした者たちも知り得ることである。彼らはそのアーヤを信じ、明確なアーヤに照らし合わせて理解するのである。他方、アラビア語原文の文章の区切り方によっては、このアーヤは「アッラー以外、その（真の）解釈を知るものはないというのに。知識が深く根ざした者たちは、”私たちはこれ（クルアーン）を信じた。（これは）全て我らが主の御許からのものである”と言う」という意味にもなりえる。この場合、ここで言われている「解釈」は、魂や復活の日の到来に関することなど、アッラーだけにその知識が属し、それ以外の者たちにはその真の知識、本質の理解が到達不可能なものであるようなことである。そしてこの場合、知識が深く根ざした者たちはそのアーヤを信じるが、その真実についてはアッラーに委ね、服従し、委任するのである。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65062</t>
+  </si>
+  <si>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
+  </si>
+  <si>
+    <t>現世において彼を両足の上に歩ませたお方は、審判の日に彼を顔から逆さまの状態で歩ませることがお出来ではないのかね？</t>
+  </si>
+  <si>
+    <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
+  </si>
+  <si>
+    <t>カターダ（アッラーのご慈悲あれ）によれば、 アナス・ブン・マーリク（アッラーのご満悦あれ）は、ある男がこのように言ったと伝えた：「アッラーの預言者よ、不信仰者はどのようにして顔から逆さまの状態で召集されるのですか？」彼（預言者）は、言った：「現世において彼を両足の上に歩ませたお方は、審判の日に彼を顔から逆さまの状態で歩ませることがお出来ではないのかね？」カターダは言った：「私たちの主の威厳にかけて、お出来になります。」</t>
+  </si>
+  <si>
+    <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
+فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はある時、このように尋ねられた：「審判の日、不信仰者はどのようにして顔から逆さまの状態で召集されるのですか？」それで預言者（アッラーからの祝福と平安あれ）は、言った：「現世において彼を両足の上に歩ませたお方は、審判の日に彼を顔から逆さまの状態で歩ませることがお出来ではないのかね？アッラーはあらゆることがお出来のお方なのだ。」</t>
+  </si>
+  <si>
+    <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
+  </si>
+  <si>
+    <t>審判の日における、不信仰者の屈辱。彼は顔から逆さまの状態で歩くことになる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65068</t>
+  </si>
+  <si>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
+  </si>
+  <si>
+    <t>ラー・イラーハ・イッラッラー（アッラー以外に崇拝すべきいかなるものもなし）と言って下さい。私が審判の日、あなたのためにそれを証言しますから。</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、 アッラーの使徒（アッラーからの祝福と平安あれ）は、彼の叔父にこう言った：「ラー・イラーハ・イッラッラー（アッラー以外に崇拝すべきいかなるものもなし）と言って下さい。私が審判の日、あなたのためにそれを証言しますから。」彼（叔父）は言った：「クライシュ族が私を咎め、”彼は恐怖ゆえにそうしたのだ”と言うのでなければ、私はそうすることであなたを喜ばせることが出来たのだが。」それでアッラーはこのように啓示した：「（使徒よ、）本当にあなたが、自分の好む者を導くのではない。しかしアッラーが、かれのお望みになる者をお導きになるのである。」（クルアーン２８：５６）</t>
+  </si>
+  <si>
+    <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
+فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
+فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
+فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
+وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、彼の叔父アブー・ターリブが死の間際にある時、彼が「ラー・イラーハ・イッラッラー（アッラー以外に崇拝すべきいかなるものもなし）」と証言するよう頼んだ。そうすれば彼が審判の日、そのことによって彼のために執り成し、彼のイスラーム改宗を証言するためである。しかし彼（叔父）は、クライシュ族から悪く言われたり、「彼は死への恐怖と彼の弱さゆえに、改宗したのだ」と言われたりすることを恐れ、信仰証言を拒んだ。彼は預言者（アッラーからの祝福と平安あれ）に、そのようなことさえなければ、信仰証言を行なってあなたを喜ばせる、あなたの望みを叶えて満足させることが出来たのだが、と述べた。それでアッラーは、預言者（アッラーからの祝福と平安あれ）にさえも人を最終的にイスラームへと導く力はないのであり、アッラーだけが望む者をお導きになるのだということを示すべく、クルアーンを下したのである。預言者（アッラーからの祝福と平安あれ）といえども、ただ、人々を根拠、説明、唱導、宣教によって真っ直ぐな道へと導く努力をするだけなのである。</t>
+  </si>
+  <si>
+    <t>الحق لا يُترك خوفًا من كلام الناس.
+النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
+مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
+حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
+  </si>
+  <si>
+    <t>人々の言葉を恐れて真理を放棄してはならない。
+預言者（アッラーからの祝福と平安あれ）は説明と唱導によって導く努力をするのであり、最終的な導きの到達までの権威を持ってはいない。
+病人の不信仰者をイスラームへと招くためにお見舞いすることの合法性。
+あらゆる状況においてアッラーへと招こうとする、預言者（アッラーからの祝福と平安あれ）の熱心さ。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65069</t>
+  </si>
+  <si>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
+  </si>
+  <si>
+    <t>「あなたが言い、招いているものは、よいものです。私たちがやってしまったことに対する償いを教えてくれませんか？」</t>
+  </si>
+  <si>
+    <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
+  </si>
+  <si>
+    <t>イブン・アッバース（彼にアッラーのご満悦あれ）によれば、 殺人を散々行い、姦淫を散々行っていたシルクの民が預言者（彼にアッラーからの平安と祝福あれ）のところにやって来て、言った：
+「あなたが言い、招いているものは、よいものです。私たちがやってしまったことに対する償いを教えてくれませんか？」
+そこで、こう啓示された。「また、アッラーと並べて別の神を祈らず、アッラーが禁じられた者を正当な権利なしには殺さず、姦通しない者たち。」（識別章68）また、こう啓示された。「自分自身に対し、（罪という重荷を）背負いに背負った、わが僕たちよ。アッラーのご慈悲に絶望するのではない。」（集団章53）</t>
+  </si>
+  <si>
+    <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
+فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
+  </si>
+  <si>
+    <t>殺人や姦淫を散々やっていたシルクの民の男たちが、預言者（彼にアッラーからの平安と祝福あれ）のところにやって来て言った：「あなたが招いているイスラームとその教えは、よいものです。私たちが陥っているシルクや大罪に関して、償いはあるのでしょうか？」
+すると、２つのアーヤが下った。それらは、アッラーが、多くの甚大な罪を犯した人々の悔悟を受け入れることを示すものだった。もしそれがなかったとしたら、彼らは不信仰と放逸さの中に留まり続け、この宗教に入ることがなかっただろう。</t>
+  </si>
+  <si>
+    <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
+سعة رحمة الله بعباده ومغفرته وعفوه.
+تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
+التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
+تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
+  </si>
+  <si>
+    <t>イスラームの徳の偉大さと、それが過去の罪を帳消しにすること。
+僕に対するアッラーの慈悲の偉大さと罪の赦し。
+シルク、正当な権利のない殺人、姦淫の禁止。そしてそのような罪を犯す者への警告。
+真摯な意図、善行を伴う誠実な悔悟は、あらゆる大罪に対する償いとなる。そこにはアッラーに対する不信仰も含まれる。
+アッラーの慈悲に絶望することの禁止。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65071</t>
+  </si>
+  <si>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
+  </si>
+  <si>
+    <t>彼のところに言って、彼にこう言うのだ：”あなたは地獄の民などではない。しかし天国の民なのである”と。」</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
+  </si>
+  <si>
+    <t>アナス（彼にアッラーのご満悦あれ）によれば、 預言者（アッラーからの祝福と平安あれ）がサービト・ブン・カイスの安否を尋ねている時、ある男がこう言った：「アッラーの使徒よ、私が彼についての情報をあなたに持って来ましょう。」こうして男が彼のもとを訪れると、彼が自分の家の中でうなだれて座っているのを見出した。男は彼に言った：「どうしたのか？」彼は言った：「悪いことだ。彼は預言者（アッラーからの祝福と平安あれ）の声に対してそれよりも大きな声を上げたために、行いが泡となり、地獄の民の一人となってしまったのだ。」男は預言者のところに戻り、「彼はこのように言っています」と伝えた。それから大きな吉報と共にまた彼のところに戻ると、こう言った：「彼のところに言って、彼にこう言うのだ：”あなたは地獄の民などではない。しかし天国の民なのである”と。」</t>
+  </si>
+  <si>
+    <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
+فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はある時、サービト・ブン・カイスの安否を尋ねていた。すると、ある男がこう言った：「彼がなぜ姿を見せないのか、私が彼の情報を持って来ましょう。」こうして男が彼のもとを訪れると、彼が自宅でうなだれて悲しそうにしているのを見出した。男は彼に尋ねた：「どうしたのか？」それで彼は、彼の悪い状態について説明した。彼は預言者（アッラーからの祝福と平安あれ）の声に対してそれよりも大きな声を上げたために、行いが泡となり、地獄の民の一人となってしまったのだ、と。
+男は預言者（アッラーからの祝福と平安あれ）のところに戻り、そのことを伝えた。すると預言者（アッラーからの祝福と平安あれ）は彼に、サービトのところに行って、彼が地獄の民などではなく天国の民だという吉報を伝えなさい、と言った。それは彼の声が元々預言者の声より大きく、彼がアッラーの使徒（アッラーからの祝福と平安あれ）の説教者であり、アンサールの説教者であったためである。</t>
+  </si>
+  <si>
+    <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
+اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
+خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
+وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
+  </si>
+  <si>
+    <t>サービト・ブン・カイス（彼にアッラーのご満悦あれ）の徳と、彼が天国の民の一人であること。
+預言者（アッラーからの祝福と平安あれ）の教友たちに対する関心の高さと、彼らの近況を尋ねること。
+教友たち（彼らにアッラーのご満悦あれ）における、自分の行いが無駄になってしまうことに対する恐怖の念の強さ。
+預言者（アッラーからの祝福と平安あれ）の生前において、彼に話をする時の礼儀作法と、彼の死後にはそのスンナを聞く時に声を低めることの義務。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65073</t>
+  </si>
+  <si>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
+  </si>
+  <si>
+    <t>人々よ、アッラーはあなた方からジャーヒリーヤの傲慢さと、父祖を偉大視して驕慢になる気持ちを解き放った</t>
+  </si>
+  <si>
+    <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
+  </si>
+  <si>
+    <t>イブン・ウマル（アッラーのご満悦あれ）によれば、 アッラーの使徒（アッラーからの祝福と平安あれ）はマッカ開放の際、人々に説教してこう言った：「人々よ、アッラーはあなた方からジャーヒリーヤの傲慢さと、父祖を偉大視して驕慢になる気持ちを解き放った。人は善良で敬虔でアッラーにとって貴い者か、放埒で不幸でアッラーにとって卑小な者かのいずれかなのだ。人々はアーダムの子孫であり、アーダムは土から創られたのである。アッラーは仰った：”人々よ、本当にわれらは、あなた方を一人の男性と一人の女性から創り、あなた方が知り合うべく、あなた方をいくつもの民族や部族とした。実にあなた方の内、アッラーの御許で最も高貴な者とは、最も敬虔な者なのである。アッラーこそは全知者、通暁されるお方。”」（部屋章13）</t>
+  </si>
+  <si>
+    <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
+إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
+وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
+والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はマッカ解放の日、説教してこう言った：「人々よ、アッラーはあなた方からジャーヒリーヤの傲慢さと自尊心、父祖を引き合いに威張ることを解消した。人間は２種類である：
+信仰者で、善良で、敬虔で、アッラーに従順な崇拝者であるような者。これはたとえ人々の目に地位や家系に優れた者ではなかったとしても、アッラーのもとで貴い者なのである。
+または、不信仰者で、放埒で、不幸な者。これはアッラーのもとで卑小で取るに足らない者であり、何の価値もない。たとえ血筋や地位や権力があったとしてもである。
+人々は皆アーダムの子孫であり、アッラーはアーダムは土から創られたのだ。土から創られた者が威張ったり自惚れたりすることは、相応しくないことなのである。アッラーのこの言葉が、そのことをよく示している
+：”人々よ、本当にわれらは、あなた方を一人の男性と一人の女性から創り、あなた方が知り合うべく、あなた方をいくつもの民族や部族とした。実にあなた方の内、アッラーの御許で最も高貴な者とは、最も敬虔な者なのである。アッラーこそは全知者、通暁されるお方。”」（部屋章13）</t>
+  </si>
+  <si>
+    <t>النهي عن التفاخر بالأنساب والأحساب.</t>
+  </si>
+  <si>
+    <t>血筋や評判について威張ることの禁止。</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65074</t>
+  </si>
+  <si>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
+  </si>
+  <si>
+    <t>「それから、あなた方は（復活の）その日、必ずや安寧について尋ねられよう」</t>
+  </si>
+  <si>
+    <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
+  </si>
+  <si>
+    <t>アッ＝ズバイル・ブン・アル＝アウワーム（アッラーのご満悦あれ）は、言った： 「それから、あなた方は（復活の）その日、必ずや安寧について尋ねられよう」（クルアーン102:8）が啓示された時、アッ＝ズバイルは言った：「アッラーの使徒よ、私たちはどんな安寧について尋ねられるのですか？それは２つの黒いもの、つまりデーツと水のことですか？」彼は言った：「それもその内のものとなろう。」</t>
+  </si>
+  <si>
+    <t>لما نزلت آية: 
+{ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
+فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
+  </si>
+  <si>
+    <t>このアーヤが下った時： 「それから、あなた方は（復活の）その日、必ずや安寧について尋ねられよう。」（クルアーン102:8）〜つまり、アッラーがあなた方に恵んでくれた恩恵に対し、感謝をしたかどうかをあなた方は尋ねられることになるだろう、という意味である〜。アッ＝ズバイル・ブン・アル＝アウワーム（アッラーのご満悦あれ）は言った：「アッラーの使徒よ、私たちはどんな安寧について尋ねられるのですか？私たちが授かっているのは２つの黒いもの、つまりデーツと水だけであり、尋ねられるようなものでもありません。」
+預言者（アッラーからの祝福と平安あれ）は言った：「あなた方は、あなた方がいるその状況に応じて、安寧について尋ねられることになる。それら２つはアッラーの恩恵のうちでも、偉大な恩恵なのだから。
+」</t>
+  </si>
+  <si>
+    <t>التَّأكيد على شكر الله تعالى على النِّعم.
+النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
+  </si>
+  <si>
+    <t>恩恵に対してアッラーに感謝することの重要性の強調。
+人は審判の日、その寡多を問わず、安寧について尋ねられることになる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65075</t>
+  </si>
+  <si>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
+  </si>
+  <si>
+    <t>「わが共同体の最後の者たちの内から、あなた方もあなた方の祖先も聞いたことのないようなことをあなた方に語る人々が出現しよう。彼らには十分気をつけるがよい。」</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「わが共同体の最後の者たちの内から、あなた方もあなた方の祖先も聞いたことのないようなことをあなた方に語る人々が出現しよう。彼らには十分気をつけるがよい。」</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、彼の共同体の最後の者たちの内から、嘘をでっち上げ、あなた方以前の誰も言ったことのないようなことを言い、捏造した偽りの話を語るような者たちが出現する、と言った。彼（アッラーからの祝福と平安あれ）は、私たちがそのような者たちから遠ざかり、同席することも話を聞くこともないように、と命じた。それはそのような捏造の話が心に根を下ろし、そこから逃れられなくなってしまわないようにするためである。</t>
+  </si>
+  <si>
+    <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
+الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
+التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）の共同体に起きることを伝え、そしてそれが実現したことによる、預言者性の証明。
+アッラーの使徒（アッラーからの祝福と平安あれ）やイスラームに対して嘘を語る者たちから離れ、耳を貸さないこと。
+その正しさと確実性が確認される前に、預言者の伝承を受け入れたり、広めたりすることに対する注意。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65076</t>
+  </si>
+  <si>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
+  </si>
+  <si>
+    <t>書きなさい。わが魂がその御手にあるお方にかけて、ここからは真理しか出ないのだから。」</t>
+  </si>
+  <si>
+    <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル（アッラーのご満悦あれ）は、言った： 私は、私がアッラーの使徒（アッラーからの祝福と平安あれ）から聞くこと全てを覚えておくために書き留めていた。するとクライシュ族は、私にそれを禁じて言った：「あなたはアッラーの使徒（アッラーからの祝福と平安あれ）から聞くこと全てを書き留めるのか？アッラーの使徒（アッラーからの祝福と平安あれ）は人間で、怒りや喜びの状態にある時にも話すというのに。」それで私は筆記をやめたのだが、そのことがアッラーの使徒（アッラーからの祝福と平安あれ）に伝わると、彼は自分の口を指で指してこう言った：「書きなさい。わが魂がその御手にあるお方にかけて、ここからは真理しか出ないのだから。」</t>
+  </si>
+  <si>
+    <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
+فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
+وقد قال تعالى عن نبيه صلى الله عليه وسلم:
+﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル（アッラーのご満悦あれ）は言った：私は、私がアッラーの使徒（アッラーからの祝福と平安あれ）から聞くこと全てを覚えておくために書き留めていた。するとクライシュ族の者たちは、私にそれを禁じて言った：「アッラーの使徒（アッラーからの祝福と平安あれ）は人間で、怒りや喜びの状態にある時にも話すし、もしかすると間違えるかもしれない。」それで私は筆記をやめた。
+私は彼らが言ったことを、預言者（アッラーからの祝福と平安あれ）に伝えた。すると、彼は自分の口を指で指してこう言った：「書きなさい。わが魂がその御手にあるお方にかけて、喜びの時も怒りの時も、ここからは常に真理しか出ないのだから。」
+アッラーは預言者（アッラーからの祝福と平安あれ）について、こう仰った： 「また、彼は私欲で語っているのでもない。 それは、下される啓示以外の何ものでもないのだ。」（クルアーン53:3−4）</t>
+  </si>
+  <si>
+    <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
+حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
+جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
+ كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はアッラーから伝達することにおいて、喜びの状況にあろうが怒りの状況にあろうが、無謬である。
+スンナを保存し伝達することにおける、教友たちの熱心さ。
+物事の強調などの福利のため、求められてもいないのに誓うことの合法性。
+知識を保存する最も重要な要因が、それを書き留めることである。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65077</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
+  </si>
+  <si>
+    <t>「預言者（アッラーからの祝福と平安あれ）は各サラー（礼拝）のためにウドゥーをしたものだった</t>
+  </si>
+  <si>
+    <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
+  </si>
+  <si>
+    <t>アムル・ブン・アーミル（アッラーのご満悦あれ）によれば、アナスは言った： 「預言者（アッラーからの祝福と平安あれ）は各サラー（礼拝）のためにウドゥーをしたものだった。」私は言った：「あなた方はどうしていましたか？」彼は言った：「汚れの状態にならなければ、ウドゥーは不要としたものだった。」</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
+ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、たとえウドゥーが無効とはなっていなくても、各々の義務のサラー（礼拝）のためにウドゥーをしたものだった。それは報奨と徳を得るためである。
+ウドゥーが有効である限り、複数の義務のサラーを一つのウドゥーで行うことも合法である。</t>
+  </si>
+  <si>
+    <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
+استحباب الوضوء عند كل صلاة.
+جواز تأدية أكثر من صلاة بوضوء واحد.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は大方の場合、各サラー（礼拝）ごとにウドゥーをしたものだった。それはより完全性を求めてのことである。
+各サラー（礼拝）ごとにウドゥーをすることの勧め。
+一つのウドゥーで複数のサラーをすることの合法性。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65080</t>
+  </si>
+  <si>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はウドゥーを1回ずつ行った。</t>
+  </si>
+  <si>
+    <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アッバース（アッラーのご満悦あれ）は、言った： 預言者（アッラーからの祝福と平安あれ）はウドゥーを1回ずつ行った。</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はウドゥーをする時、時に洗浄部分を1回ずつ洗った。つまり顔（その中にはうがいと鼻の洗浄も含まれる）、両前腕、両足を1回ずつ洗った。そしてこれが最低限の義務である。</t>
+  </si>
+  <si>
+    <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
+ مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
+ المشروع في مسح الرأس مرة واحدة.</t>
+  </si>
+  <si>
+    <t>洗浄すべき箇所を1回洗うことが、最低限の義務であり、それ以上は推奨行為となる。
+ウドゥーの際、時には洗浄を1回だけで済ませることの合法性。
+頭を1回撫でることの合法性。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65081</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はウドゥーを２回ずつ行った。</t>
+  </si>
+  <si>
+    <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・ザイド（アッラーのご満悦あれ）は、言った： 預言者（アッラーからの祝福と平安あれ）はウドゥーを２回ずつ行った。</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はウドゥーをする時、時に洗浄部分を２回ずつ洗った。つまり顔（その中にはうがいと鼻の洗浄も含まれる）、両前腕、両足を２回ずつ洗った。</t>
+  </si>
+  <si>
+    <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
+ مشروعية الوضوء مرتين مرتين في بعض الأحيان.
+ المشروع في مسح الرأس مرة واحدة.</t>
+  </si>
+  <si>
+    <t>洗浄すべき箇所を1回洗うことが、最低限の義務であり、それ以上は推奨行為となる。
+ウドゥーの際、時には洗浄を２回だけで済ませることの合法性。
+頭を1回撫でることの合法性。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65082</t>
+  </si>
+  <si>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
+  </si>
+  <si>
+    <t>「あなた方が腹部に何かを見出して苦しくなり、（排泄口から）何か出てしまったのではないかと疑念を抱いたとしても、音を聞いたり臭いを嗅いだりしたりするまでは（礼拝を中断して）モスクを出てはならない。」</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「あなた方が腹部に何かを見出して苦しくなり、（排泄口から）何か出てしまったのではないかと疑念を抱いたとしても、音を聞いたり臭いを嗅いだりしたりするまでは（礼拝を中断して）モスクを出てはならない。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、礼拝する者が腹部に何かを見出して苦しくなり、排泄口から何か出てしまったのではないかと疑念を抱いたとしても、おならの音を聞いたり臭いを嗅いだりしたりすることによって、ウドゥーがなくなったこと確信するまでは、ウドゥーするために礼拝を中断してはならない。なぜなら疑念は確信を無効化することななく、その者にとって清浄な状態は確信されたものであり、穢れの状態は疑念があるところだからである。</t>
+  </si>
+  <si>
+    <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
+الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
+  </si>
+  <si>
+    <t>このハディースはイスラームの基盤の一つであり、法学のルールの一つである。それは疑念が確信を無効化することはなく、物事の状態というものはそれと異なる状態が確信されるまで、それまでの状態を引き続き継続するということである。
+疑念は清浄さに影響しない。礼拝者は穢れの状態を確信するまで、清浄な状態にとどまる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65083</t>
+  </si>
+  <si>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
+  </si>
+  <si>
+    <t>「毎7日間に1日はグスルをし、頭と体を洗うのが、全ムスリムの義務である。」</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「毎7日間に1日はグスルをし、頭と体を洗うのが、全ムスリムの義務である。」</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）は言っている:毎7日間に1日、つまり週1回は清潔さと清めのためにグスルをし、頭と体を洗うのが、正常な理性を備えた全成人ムスリムに対する、強調された義務である。そしてそれらの日々で最も優先されるのが金曜日であるということが、他のいくつかの伝承から理解されることである。たとえ木曜日にグスルしていたとしても、金曜日の合同のサラー前に行うグスルは強調されたスンナなのである。それが義務ではないことは、アーイシャ（アッラーのご満悦あれ）の次の伝承でも、明白である：「人々は労働していたものであり、金曜のサラーに行く時には、そのままの格好で行ったものだった。それで彼らに、こう言われたのだ：”グスルをしてきたら良かったのに。”」（アル＝ブハーリーの伝承）別の伝承には、こうある：「彼らからは臭いが漂っていた。」つまり汗などの臭いのことである。それにも関わらず、彼らに言われたのは「グスルをしてきたら良かったのに」という言葉だった。彼らのような状態にはなかった者たちにとって、それがより優先されるわけではないことは、明らかである。</t>
+  </si>
+  <si>
+    <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
+غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
+ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
+ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
+آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
+  </si>
+  <si>
+    <t>清潔さ、清浄さに対するイスラームの関心。
+金曜のサラーのためのグスルが、強調されたスンナであること。
+頭が身体の一部であるにも関わらず、特別に言及されていることは、そこに特別な重きが置かれている印である。
+他人に嫌がられるような悪臭がある者は、グスルしなければならない。
+グスルが最優先される日は、金曜日である。それはそこに特別な徳があるためである。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65084</t>
+  </si>
+  <si>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
+  </si>
+  <si>
+    <t>「私はイスラームへの改宗を望んで、預言者（アッラーからの祝福と平安あれ）のもとにやって来た。すると彼は、水とスィドゥルを用いてグスルするよう、私に命じた。」</t>
+  </si>
+  <si>
+    <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
+  </si>
+  <si>
+    <t>カイス・ブン・アースィム（彼にアッラーのご満悦あれ）は言った： 「私はイスラームへの改宗を望んで、預言者（アッラーからの祝福と平安あれ）のもとにやって来た。すると彼は、水とスィドゥルを用いてグスルするよう、私に命じた。」</t>
+  </si>
+  <si>
+    <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
+  </si>
+  <si>
+    <t>カイス・ブン・アースィム（彼にアッラーのご満悦あれ）はイスラームへの改宗を望んで、預言者（アッラーからの祝福と平安あれ）のもとにやって来た。すると彼は、水とスィドゥルの木を用いてグスルするよう、彼に命じた。スィドゥルの葉には芳香があり、洗浄に用いられるためである。</t>
+  </si>
+  <si>
+    <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
+شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
+اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
+يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
+  </si>
+  <si>
+    <t>非ムスリムがイスラームに改宗する際、グスルすること。
+心身両面に対するイスラームの関心と重要視。
+水に清浄な物質を混ぜても、その清浄性は変わらないこと。
+石鹸などの新しい類いの洗剤を、スィドゥルに代用することも可能である。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65085</t>
+  </si>
+  <si>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
+  </si>
+  <si>
+    <t>ムアッズィンが「アッラーフ　アクバル（アッラーは偉大なり）」と言ったら、「アッラーフ　アクバル（アッラーは偉大なり）」と言い</t>
+  </si>
+  <si>
+    <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>ウマル・ブン・アル＝ハッターブ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った: ムアッズィンが「アッラーフ　アクバル（アッラーは偉大なり）」と言ったら、「アッラーフ　アクバル（アッラーは偉大なり）」と言い、「アシュハドゥ　アッラー　イラーハ　イッラッラー（私はアッラーのみが崇拝に値すると証言する）」と言ったら、「アシュハドゥ　アッラー　イラーハ　イッラッラー（私はアッラーのみが崇拝に値すると証言する）」と言い、「アシュハドゥ　アンナ　ムハンマダッラスールッラー（私はムハンマドがアッラーの使徒であると証言する）」と言ったら、「アシュハドゥ　アンナ　ムハンマダッラスールッラー（私はムハンマドがアッラーの使徒であると証言する）」と言い、「ハイヤー　アラッサラー（礼拝に来たれ）」と言ったら、「ラー　ハウラ　ワラー　クウワタ　イッラー　ビッラー（アッラー以外にいかなる偉力もなし）」と言い、「ハイヤー　アラルファラーハ（成功に来たれ）」と言ったら、「ラー　ハウラ　ワラー　クウワタ　イッラー　ビッラー（アッラー以外にいかなる偉力もなし）」と言い、「アッラーフ　アクバル（アッラーは偉大なり）」と言ったら、「アッラーフ　アクバル（アッラーは偉大なり）」と言い、「ラー　イラーハ　イッラッラー（アッラー以外に崇拝に値するものはない）」と言ったら、「ラー　イラーハ　イッラッラー（アッラー以外に崇拝に値するものはない）」と心から言うものは、天国に入る。</t>
+  </si>
+  <si>
+    <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
+وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
+وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
+ومعاني كلمات الأذان:
+"الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
+"أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
+"أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
+"حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
+"حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
+  </si>
+  <si>
+    <t>アザーンとは、義務のサラー（礼拝）の時間に入ったことを人びとに知らせる、呼びかけのことである。アザーンの言葉は、信仰箇条をまとめた内容となっている。
+このハディースでアッラーの使徒（アッラーからの祝福と平安あれ）は、アザーンを聞いた時にはムアッズィンと同じように唱えることが、イスラームの教えであることを説明している。ムアッズィンが「アッラーフ　アクバル（アッラーは偉大なり）」と言ったら、それを聞いた者も「アッラーフ　アクバル（アッラーは偉大なり）」と言う、といった具合である。ただし、ムアッズィンが「ハイヤー　アラッサラー（礼拝に来たれ）」と「ハイヤー　アラルファラーハ（成功に来たれ）」と言った時だけは別で、それを聞いた者は「ラー　ハウラ　ワラー　クウワタ　イッラー　ビッラー（アッラー以外にいかなる偉力もなし）」と言う。
+預言者（アッラーからの祝福と平安あれ）は、ムアッズィンが言うことを心から純粋に復唱する者は天国に入る、と言っている。
+アザーンの言葉の意味は以下の通りである： 「アッラーフ　アクバル（アッラーは偉大なり）」：アッラーこそはいかなるものよりも偉大で、荘厳で、大きなお方。
+「アシュハドゥ　アッラー　イラーハ　イッラッラー（私はアッラーのみが崇拝に値すると証言する）」：アッラー以外には、真に崇拝するに値するものは存在しない、ということ。
+「アシュハドゥ　アンナ　ムハンマダッラスールッラー（私はムハンマドがアッラーの使徒であると証言する）」：私は自分の口と心によって、ムハンマドが偉大なるアッラーから遣わされた使徒であり、彼に従うことが義務であるということを認め、証言します、ということ。
+「ハイヤー　アラッサラー（礼拝に来たれ）」：サラー（礼拝）に来なさい、という意味。
+「ラー　ハウラ　ワラー　クウワタ　イッラー　ビッラー（アッラー以外にいかなる偉力もなし）」：アッラーへの服従行為から妨げるものに対して、自分自身にはそこから逃れるためのいかなる力もなく、アッラーへの服従行為その他の物事を行うことに対して、自分自身にはいかなる力も属しておらず、全ては至高なるアッラーのお力と定めによるものである、ということ。
+「ハイヤー　アラルファラーハ（成功に来たれ）」：成功するための物事へと来なさい、ということ。成功とは天国の獲得と地獄からの救いのことである。</t>
+  </si>
+  <si>
+    <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
+  </si>
+  <si>
+    <t>ムアッズィンが言う言葉に応じて、同じように唱えることの徳。ただし「ハイヤー　アラッサラー（礼拝に来たれ）」と「ハイヤー　アラルファラーハ（成功に来たれ）」の時は別で、「ラー　ハウラ　ワラー　クウワタ　イッラー　ビッラー（アッラー以外にいかなる偉力もなし）」と言う。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65086</t>
+  </si>
+  <si>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
+  </si>
+  <si>
+    <t>「ムアッズィン（アザーンする者）を聞いたら、彼が言うのと同じことを言え。それから私に祝福を祈願するのだ</t>
+  </si>
+  <si>
+    <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル・ブン・アル＝アース（アッラーのご満悦あれ）は、預言者（アッラーからの祝福と平安あれ）がこう言うのを聞いた： 「ムアッズィン（アザーンする者）を聞いたら、彼が言うのと同じことを言え。それから私に祝福を祈願するのだ。私に一回祝福を祈願する者に対し、アッラーは10回祝福を与えて下さるのだから。それからアッラーに対して、私へのワスィーラを求めよ。それは天国における地位であり、アッラーのしもべの内、ただ1人の者にしか相応しくはないものなのだ。そして私は、私がそれであることを願う。私がワスィーラを授かることを求める者には、執り成しが与えられよう。」</t>
+  </si>
+  <si>
+    <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
+ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
+ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、以下のことを指導している：ムアッズィン（アザーンする者）がサラーに呼びかけるのを聞いたら、彼について彼が言うのと同じことを言うようこと。ただし「ハイヤー・アラッ＝サラー」と「ハイヤー・アラル＝ファラーハ」の箇所だけは、その後に「ラー・ハウラ・ワ・ラー・クウワタ・イッラー・ビッラー（アッラーによる以外に、いかなる変転も力もない）」と唱える。そしてアザーンが終わったら、預言者（アッラーからの祝福と平安あれ）に祝福を祈願する。彼に一回祝福を祈願する者に対し、アッラーは10回祝福を与えて下さる。この「アッラーからしもべに対する祝福」とは、アッラーがその者を天使たちのところで褒め称えて下さることである。
+それから預言者（アッラーからの祝福と平安あれ）がワスィーラを得ることが出来るよう、アッラーに願うことを命じた。ワスィーラとは天国における最高の地位であり、アッラーのしもべの内でただ一人にしか与えられない。預言者（アッラーからの祝福と平安あれ）は、「私がそれであることを願う」と言った。しかしこの言葉は、預言者（アッラーからの祝福と平安あれ）が謙遜して語ったものである。というのも、それがただ1人の者にしか許されない高い地位なのであれば、それは最良の被造物である預言者（アッラーからの祝福と平安あれ）以外にはないからである。
+それから預言者（アッラーからの祝福と平安あれ）は、彼がワスィーラを授かることを求める者には、預言者（アッラーからの祝福と平安あれ）からの執り成しがある、と説明した。</t>
+  </si>
+  <si>
+    <t>الحث على إجابة المؤذن.
+فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
+الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
+بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
+بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
+من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
+بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
+سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
+  </si>
+  <si>
+    <t>ムアッズィンの言葉に応じることの勧め。
+ムアッズィンの言うことに応じた後、預言者（アッラーからの祝福と平安あれ）に祝福を祈ることの徳。
+預言者（アッラーからの祝福と平安あれ）に祝福を祈った後、彼にワスィーラが授けられることを願うことの勧め。
+ワスィーラの意味とその偉大な地位についての説明。それはただ一人のしもべにしか授けられることがない。
+預言者（アッラーからの祝福と平安あれ）がワスィーラという高い地位を特別に授かることによる徳についての説明。
+預言者（アッラーからの祝福と平安あれ）がワスィーラを授かることをアッラーに願う者には、預言者（アッラーからの祝福と平安あれ）からの執り成しがある。
+預言者（アッラーからの祝福と平安あれ）の謙虚さ。彼は、自らにその地位が与えられることになるにも関わらず、自らのウンマに対してそれを祈ることを求めた。
+アッラーの恩寵と慈悲の偉大さ。アッラーは一つの善行を10倍にして下さる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65087</t>
+  </si>
+  <si>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
+  </si>
+  <si>
+    <t>「サラー（礼拝）を忘れた者は、それを思い出した時に行え。それ以外にその罪滅ぼしはないのだ。</t>
+  </si>
+  <si>
+    <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
+  </si>
+  <si>
+    <t>アナス・ブン・マーリク（彼にアッラーのご満悦あれ）によれば、預言者（彼にアッラーからの祝福と平安あれ）は言った： 「サラー（礼拝）を忘れた者は、それを思い出した時に行え。それ以外にその罪滅ぼしはないのだ。“われを唱念すべく礼拝を遵守せよ。（クルアーン20:14）”」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は、このように説明している：義務のサラー（礼拝）をその時間帯に行うことを忘れてしまった者は、それを思い出した時にすぐそれを行わなければならない。それを出来なかったことの罪滅ぼしは、それを思い出した時に行うこと以外にはない。アッラーはクルアーンの中で仰っている：「われを唱念すべく礼拝を遵守せよ。」（20:14）つまり、忘れて出来なかったサラーを思い出した時に行え、ということである。</t>
+  </si>
+  <si>
+    <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
+لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
+وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
+وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
+  </si>
+  <si>
+    <t>サラー（礼拝）の重要性。それを時間内に行い、そうできなければその後にでも遂行することをなおざりにしないこと。
+サラーを正当な理由もなく、その時間帯が終了するまで故意に遅らせることは、許されない。
+サラーを忘れた者がそれを思い出した時に、寝過ごした者が起きた時に、それを行うことの義務。
+その時間帯にできなかったサラーを、すぐに行うことの義務。たとえそれが、本来はサラーが禁止されている時間帯であっても、である。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65088</t>
+  </si>
+  <si>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
+  </si>
+  <si>
+    <t>”アッラーゆえにマスジドを建てた者に、アッラーは同様のものを天国で建てて下さる。”」</t>
+  </si>
+  <si>
+    <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
+  </si>
+  <si>
+    <t>マフムード・ブン・ラビード（アッラーのご満悦あれ）によると、 ウスマーン・ブン・アッファーン（アッラーのご満悦あれ）はマスジドを建てようとしたが、人々はそのことを嫌がり、それをそのままの状態にしておくことを望んだ。それで彼は言った：「私はアッラーの使徒（アッラーからの祝福と平安あれ）が、こう言うのを聞いた：”アッラーゆえにマスジドを建てた者に、アッラーは同様のものを天国で建てて下さる。”」</t>
+  </si>
+  <si>
+    <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
+  </si>
+  <si>
+    <t>ウスマーン・ブン・アッファーン（アッラーのご満悦あれ）は預言者（アッラーからの祝福と平安あれ）のマスジドを、最初の形よりも優れた形で再建しようとしたが、預言者（アッラーからの祝福と平安あれ）時代の建物に変更が生じることから、人々はそのことを嫌がった。それはレンガで造られ、その屋根はナツメヤシの葉で出来ていたが、ウスマーンはそれを石と漆喰で再建しようとしたのだった。ウスマーン（アッラーのご満悦あれ）は、彼がアッラーの使徒（アッラーからの祝福と平安あれ）から、このように聞いたと彼らに言った：見栄や評判のためではなく、アッラーのお喜びゆえにマスジドを建てた者に、アッラーはその行為と同種のもので報いて下さる。そしてそれは、天国でその者に同様のものを建てて下さるという報いである。</t>
+  </si>
+  <si>
+    <t>الحث على بناء المساجد وفضل ذلك.
+توسيع المسجد وتجديده داخِلٌ في فضل البناء.
+أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
+  </si>
+  <si>
+    <t>マスジドの建設の勧めとその徳。
+マスジドの拡張、新調工事は、建設の徳の一部と見なされること。
+あらゆる物事におけるアッラーへの真摯さの重要性。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65089</t>
+  </si>
+  <si>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
+  </si>
+  <si>
+    <t>「私のこのマスジドでのサラーは、それ以外のマスジドでのサラーより千倍優れている。ただし、マスジド・ハラームは別だが。」</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、預言者（アッラーからの祝福と平安あれ）は、こう言った： 「私のこのマスジドでのサラーは、それ以外のマスジドでのサラーより千倍優れている。ただし、マスジド・ハラームは別だが。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、預言者マスジドでのサラーの徳を説明して、こう言った：地上におけるその他のマスジドにおけるサラーよりも、そこで行うサラーが千倍優れているということ。ただしマッカのマスジド・ハラームは別で、そこでのサラーは預言者マスジドでのサラーよりも優れている。</t>
+  </si>
+  <si>
+    <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
+الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
+  </si>
+  <si>
+    <t>マスジド・ハラームと預言者マスジドでのサラーが倍増されるということ。
+マスジド・ハラームでのサラーは、それ以外のマスジドでのサラーよりも10万倍優れている。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65090</t>
+  </si>
+  <si>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
+  </si>
+  <si>
+    <t>「マスジドに入ったら、座る前に２ラクア行うのだ。」</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
+  </si>
+  <si>
+    <t>アブー・カターダ・アッ＝サラミー（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「マスジドに入ったら、座る前に２ラクア行うのだ。」</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、マスジドにやって来てそこに入った者に対し、その時間帯、目的を問わず、座る前に２ラクアのサラーを行うことを勧めた。これは２ラクアのタヒイヤトゥ・マスジドのことである。</t>
+  </si>
+  <si>
+    <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
+هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
+إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
+  </si>
+  <si>
+    <t>マスジドに入って座る前に、２ラクアのタヒイヤトゥ・マスジドをすることの勧め。
+この命令は、そこに座ることを意図した者に対するものである。マスジドに入っても、座らずに立ち去る者に対しては、この命令は該当しない。
+礼拝しようとする者がマスジドに入った時、既に人々の集団のサラーが始まっていたら、タヒイヤトゥ・マスジドはせずにそこに加わる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65091</t>
+  </si>
+  <si>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
+  </si>
+  <si>
+    <t>「マスジドに入ったなら、こう言うのだ：”アッラーよ、私にあなたの慈悲の扉をお開きください。”そして出る時には、こう言うのだ：”アッラーよ、私はあなたの恩寵を、あなたに求めます。
+”」</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
+  </si>
+  <si>
+    <t>アブー・フマイドまたはアブー・ウサイド（アッラーのご満悦あれ）は言った：アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「マスジドに入ったなら、こう言うのだ：”アッラーよ、私にあなたの慈悲の扉をお開きください。”そして出る時には、こう言うのだ：”アッラーよ、私はあなたの恩寵を、あなたに求めます。
+”」</t>
+  </si>
+  <si>
+    <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はその共同体に、マスジドに入る時に唱える祈願の言葉「アッラーよ、私にあなたの慈悲の扉をお開きください」を教示した。つまり、アッラーからの慈悲の要因となることが自分に準備されるよう、アッラーに願うのである。また、出る時には、「アッラーよ、私はあなたの恩寵を、あなたに求めます」と唱えるよう言った。つまり、アッラーからの恩寵、合法な糧がより多く授けられよう、願うのである。</t>
+  </si>
+  <si>
+    <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
+تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
+هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
+  </si>
+  <si>
+    <t>これらの祈願の言葉をマスジドに入る時、出る時に唱えることの勧め。
+入る時には慈悲、出る時には恩寵が特に言及されていることには、以下のような背景があるとされる：マスジドに入る者は、アッラーへのお近づきや天国に入ることにつながることに勤しむため、慈悲が言及されるに相応しい。一方、そこを出る者は、アッラーの恩寵と糧を望んで地上で努力するため、恩寵が言及されるに相応しい。
+これらのズィクルはマスジドに入ることと、そこから出ることを意図した際に唱えるべきものである。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65092</t>
+  </si>
+  <si>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
+  </si>
+  <si>
+    <t>「人間と、シルクと不信仰の間にあるものは、サラー（礼拝）の放棄である。」</t>
+  </si>
+  <si>
+    <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>ジャービル（彼にアッラーのご満悦あれ）は言った：「私は、預言者（彼にアッラーからの祝福と平安あれ）がこう言うのを聞いた： 「人間と、シルクと不信仰の間にあるものは、サラー（礼拝）の放棄である。」</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は義務のサラー（礼拝）をしないことについて警告し、人とシルクおよび不信仰の間を分けるものは義務のサラーだということを語った。サラーは五行の二番目に位置付けられ、イスラームにおいて非常に重要なものである。その義務性を否定してそれを放棄する者が不信仰であることは、ムスリム学者の見解が一致するところである。また、それを怠けて全然行わない状態になることも不信仰であるとの教友たちの見解の一致も、伝えられている。また、義務のサラーを時々しか行わない者についても、この厳しい警告は向けられている。</t>
+  </si>
+  <si>
+    <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
+ التحذير الشديد من ترك الصلاة وإضاعتها.</t>
+  </si>
+  <si>
+    <t>サラーとその遵守の重要性。それが信仰と不信仰を分けるものである。
+サラーの放棄とそこにおける怠惰に向けられる、厳しい警告。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65093</t>
+  </si>
+  <si>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
+  </si>
+  <si>
+    <t>「私たちと、彼らとの間の取り決めは、サラー（礼拝）である。サラーを放棄した者は、不信仰に陥ったのである。」</t>
+  </si>
+  <si>
+    <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
+  </si>
+  <si>
+    <t>ブライダ（彼らにアッラーのご満悦あれ）によれば、アッラーの使徒（彼にアッラーからの祝福と平安あれ）は言った： 「私たちと、彼らとの間の取り決めは、サラー（礼拝）である。サラーを放棄した者は、不信仰に陥ったのである。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの祝福と平安あれ）は、ムスリムとそうではない不信仰者や偽信者らとの間を分ける契約はサラーであり、サラーを放棄する者は不信仰であるということを説明している。</t>
+  </si>
+  <si>
+    <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
+ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
+  </si>
+  <si>
+    <t>サラーの重要性。サラーこそが、信仰者と不信仰者を分けるものであるということ。
+イスラームの法規定は人の内面的状態ではなく、外面的な状態によって確証される。</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65094</t>
+  </si>
+  <si>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
+  </si>
+  <si>
+    <t>”ビラールよ、サラーを開始せよ。それによって私たちを休ませるのだ。
+”」</t>
+  </si>
+  <si>
+    <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
+  </si>
+  <si>
+    <t>サーリム・ブン・アビー・アル＝ジャアドは言った：ある男が言った：「サラーをして休むことができたら良いのに。」すると人々は、そのことについて彼をなじった。それで彼は言った：「私は、アッラーの使徒（アッラーからの祝福と平安あれ）がこう言うのを聞いたのだ： ”ビラールよ、サラーを開始せよ。それによって私たちを休ませるのだ。
+”」</t>
+  </si>
+  <si>
+    <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
+  </si>
+  <si>
+    <t>ある教友の男が言った：「サラーをして休むことができたら良いのに。」すると周りにいた人々は、そのことについて彼をなじった。それで彼は言った：「私は、アッラーの使徒（アッラーからの祝福と平安あれ）がこう言うのを聞いたのだ：「ビラールよ、サラーのためにアザーンをし、それを開始せよ。それによって私たちを休ませるのだ。」それはサラーにはアッラーとの語り合いと、魂と心の休憩があるためである。</t>
+  </si>
+  <si>
+    <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
+الإنكار على مَن تَثَاقَلَ عن العبادة.
+مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
+  </si>
+  <si>
+    <t>サラーによって心の休憩がある。そこにはアッラーとの語り合いがあるのだ。
+崇拝行為を面倒くさがることに対する非難。
+義務を果たし、課せられた物事を遂行すれば、休息と安らぎがある。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65095</t>
+  </si>
+  <si>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
+  </si>
+  <si>
+    <t>人々よ、私がこのようにしたのは、あなた方がイマームに続いて行い、あなた方が私の礼拝を学ぶためである。
+」</t>
+  </si>
+  <si>
+    <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
+  </si>
+  <si>
+    <t>アブーハーズィム・ブン・ディーナールによれば： 説教壇がどんな木から作られているのかについて議論していた者たちが、サハル・ブン・サァド・アッ＝サーイディーのもとにやって来て、そのことについて尋ねた。彼は言った：「アッラーに誓って。私はそれが何製かを確かに知っている。私はそれが置かれた最初の日も、アッラーの使徒（アッラーのご満悦あれ）がそこに最初に腰掛けた日も、目撃したのである。アッラーの使徒（アッラーからの祝福と平安あれ）はある女性−アンサールの女性で、サハルは彼女の名に言及した−のもとに人を遣わし、こう言った：「大工である、あなたの下働きの者に、私のために木工の用品を作らせなさい。人々に話をする時に、そこに腰掛けますから。」それで彼女は彼に命じ、アル＝ガーバのタマリスクの木でそれを作らせた。それから彼がそれを持って来たので、彼女はそれをアッラーの使徒（アッラーからの祝福と平安あれ）に送った。彼は命じてそれをここに置かせたのだ。私はアッラーの使徒（アッラーからの祝福と平安あれ）がそこで礼拝し、その上でタクビールをし、その上でルクーゥをし、それから後ずさりをして降り、説教壇の下でサジダをし、またその上に戻るのを見た。そして礼拝を終えると、人々の方を向いて、このように言った：「人々よ、私がこのようにしたのは、あなた方がイマームに続いて行い、あなた方が私の礼拝を学ぶためである。
+」</t>
+  </si>
+  <si>
+    <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーのご満悦あれ）が説教壇としたものが何で出来ているのかを尋ねるため、ある教友のもとに人々がやって来た。彼らはそのことについて、議論をしていたのだった。そこでその教友は、彼らに言った。アッラーの使徒（アッラーのご満悦あれ）は、大工の下働きがいるアンサールの女性のもとに人を遣わし、こう言ったのだと：「あなたの下働きの者に、私のための説教壇を作らせなさい。人々に話をする時に、そこに腰掛けますから。」それで彼女はそれに応じ、彼に命じて、タマリスクの木で説教壇を作らせた。そしてそれが出来上がると、彼女はそれを預言者（アッラーからの祝福と平安あれ）に送った。彼は命じて、それをマスジドのその場所に置かせた。それから預言者（アッラーからの祝福と平安あれ）はそこで礼拝し、その上でタクビールをし、その上でルクーゥをし、それから後方を振り返ることなく後ずさりをして降り、説教壇の下でサジダをし、またその上に戻った。そして礼拝を終えると、人々の方を向いて、このように言った：「人々よ、私がこのようにしたのは、あなた方がイマームに続いて行い、あなた方が私の礼拝を学ぶためである。」</t>
+  </si>
+  <si>
+    <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
+جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
+جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
+جواز الحركة اليسيرة في الصلاة للحاجة.
+جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
+  </si>
+  <si>
+    <t>説教壇を置き、説教する者がそこに上がることの勧め。それは声をよく聞かせ、伝達
+するためである。
+教える目的のために説教壇で礼拝すること、および必要性があれば、礼拝で導かれる者たちよりもイマームが高い場所に上がることの合法性。
+ムスリムの用事において、物作りを生業とする人々の力を借りることの合法性。
+礼拝中でも必要性があれば、少し余計な動作をすることの合法性。
+礼拝中、先導される者たちが学習目的でイマームを見ることの合法性。そのことは礼拝中の畏れの念とは抵触しない。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65096</t>
+  </si>
+  <si>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
+  </si>
+  <si>
+    <t>「礼拝をするなら、あなた方の列をまっすぐにしなさい。それから、あなた方の内の誰かにあなた方を先導させ、彼がタクビールしたら、タクビールしなさい</t>
+  </si>
+  <si>
+    <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
+  </si>
+  <si>
+    <t>ヒッターン・ブン・アブドッラー・アッ＝ラカーシーは言った：私はアブームーサー・アル＝アシュアリーの後ろで礼拝した。そしてタシャッフドの時、人々の中のある男が言った：「礼拝は善行と浄財と共に、義務となった。」礼拝が終わり、タスリームすると、アブームーサーは向き直って言った：「これこれのことを言った者は、あなた方の内の誰か？」人々は沈黙した。そして、言った：「これこれのことを言った者は、あなた方の内の誰か？」また人々は沈黙した。それから言った：「ヒッターンよ、もしかしてお前が言ったのか？」彼は言った：「私が言ったのではありません。私はあなたがそのことで私を責めるのではないかと、恐れていました。」すると、人々の内のある男が言った：「私が言いました。私は良かれと思って言っただけです。」アブームーサーは言った：「あなた方は礼拝の中でどのように言うのか、知らないのか？アッラーの使徒（アッラーからの祝福と平安あれ）は私たちに説教し、私たちのスンナについて私たちに説明し、私たちの礼拝について教え、こう言ったのである： 「礼拝をするなら、あなた方の列をまっすぐにしなさい。それから、あなた方の内の誰かにあなた方を先導させ、彼がタクビールしたら、タクビールしなさい。そして彼が『つまり、（あなたの）お怒りを受けるでもなく、迷うでもない者たちの道へ』（クルアーン1：7）と言ったなら、『アーミーン』と言いなさい。そうすればアッラーはあなた方に応えるでしょう。また、彼がタクビールし、ルクーゥしたら、タクビールし、ルクーゥしなさい。イマームがあなた方より先にルクーゥし、あなた方より先にそこから戻るのです。」こうしてアッラーの使徒（アッラーからの祝福と平安あれ）は、言った：「その時が、その時のためのものです。そして彼が『アッラーは、かれを讃える者を聞き給う』と言ったら、『アッラーよ、我らの主よ、あなたにこそ賛美はあります』と言いなさい。そうすればアッラーは、あなた方をお聞きになるでしょう。というのも至高なるアッラーは、その預言者（アッラーからの祝福と平安あれ）の言葉によって、『アッラーは、かれを讃える者を聞き給う』と仰ったからなのです。また、彼がタクビールし、サジダしたら、タクビールし、サジダしなさい。イマームがあなた方より先にサジダし、あなた方より先にそこから戻るのです。」こうしてアッラーの使徒（アッラーからの祝福と平安あれ）は、言った：「その時が、その時のためのものです。そしてタシャッフドの段になったら、あなた方の最初の言葉をこれにしなさい：『挨拶とよきものと礼拝は、アッラーに。預言者よ、あなたに平安とアッラーのご慈悲と祝福あれ。私たちと、アッラーの正しい僕たちに平安あれ。私はアッラー以外に崇拝すべきいかなるものもなく、ムハンマドがかれの僕であり使徒であることを証言する』と。」</t>
+  </si>
+  <si>
+    <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
+إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
+  </si>
+  <si>
+    <t>アブームーサー・アル＝アシュアリー（アッラーのご満悦あれ）が礼拝し、タシャッフドのための座位姿勢にあった時、礼拝者の中のある男が後方で言った：「礼拝はクルアーンの中で、善行と浄財と共に並べられている。」それでアブームーサー（アッラーのご満悦あれ）は礼拝が終わると、礼拝者の方へ向き直って、尋ねた：「『礼拝はクルアーンの中で、善行と浄財と共に並べられている』という言葉を言った者は、あなた方の内の誰か？」すると人々は沈黙し、誰も口を開かなかった。そして、もう一度その質問を繰り返したが、やはり誰も答えなかった。それでアブームーサー（アッラーのご満悦あれ）は言った：「ヒッターンよ、もしかしてお前が言ったのか？」それはヒッターンが大胆で、アブームーサーと血縁上も関係上も近い間柄であり、そのように言うことが大きな問題とならなかったためであり、また、張本人が白状するのを促すためでもあった。ヒッターンはそれを否定し、言った：「私はあなたが、そう言ったのは私ではないかと思って、私を責めるのではないかと恐れていました。」そこで、人々の中のある男が言った：「私が言いました。私は良かれと思って言っただけです。」アブームーサー（アッラーのご満悦あれ）はそこで、彼に教示してこう言った：「あなた方は礼拝の中でどのように言うのか、知らないのか？」これは彼からの非難の言葉であった。それからアブームーサーは、預言者（アッラーからの祝福と平安あれ）がある時彼らに説教し、そこでイスラームの教えについて説明し、礼拝について教え、こう言ったのだと語ったのである：
+「礼拝をするなら、あなた方の列をまっすぐに揃えなさい。それから、あなた方の内の誰かにあなた方を先導させ、イマームが礼拝開始のタクビールをしたら、同様にタクビールしなさい。そして彼がアル＝ファーティハを読み、『つまり、（あなたの）お怒りを受けるでもなく、迷うでもない者たちの道へ』（クルアーン1：7）という箇所に差しかかったなら、『アーミーン』と言いなさい。そうすればアッラーはあなた方の祈りに応えるでしょう。また、彼がタクビールし、ルクーゥしたら、タクビールし、ルクーゥしなさい。イマームがあなた方より先にルクーゥし、あなた方より先にそこから戻るのであり、彼に先駆けてはなりません。イマームがルクーゥする時にあなた方に先駆けるその時間は、ルクーゥから戻る時にあなた方が彼に遅れるその時間によって、償われます。その時の時間が、その時のための時間となり、あなた方のルクーゥの長さは、彼のルクーゥの長さと同様となるのです。そしてイマームが『アッラーは、かれを讃える者を聞き給う』と言ったら、あなた方は『アッラーよ、我らの主よ、あなたにこそ賛美はあります』と言いなさい。礼拝者がそう言えばアッラーは、彼らの言葉と祈りをお聞きになるでしょう。というのも至高なるアッラーは、その預言者（アッラーからの祝福と平安あれ）の言葉によって、『アッラーは、かれを讃える者を聞き給う』と仰ったからなのです。また、イマームがタクビールし、サジダしたら、礼拝者たちもタクビールし、サジダしなさい。イマームがあなた方より先にサジダし、あなた方より先にそこから戻るのです。その時の時間が、その時のための時間となり、あなた方のサジダの長さは、彼のサジダの長さと同様となります。そしてタシャッフドの段になったら、礼拝者たちの最初の言葉をこれにしなさい：『挨拶とよきものと礼拝は、アッラーに。』つまり、王権、永遠、偉大さといったものは、アッラーにこそ相応しい。『預言者よ、あなたに平安とアッラーのご慈悲と祝福あれ。私たちと、アッラーの正しい僕たちに平安あれ。』つまり、あらゆる欠陥、害悪、不足といったことからの無事を、アッラーに祈りなさい。そしてまず預言者（アッラーからの祝福と平安あれ）に対する特別な平安を祈り、次いで自分たちへの平安を祈り、次いでアッラーに対する義務と人々に対する義務を遵守する、アッラーの正しい僕たちへの平安を祈ります。それから、アッラー以外に崇拝すべきいかなるものもなく、ムハンマドがかれの僕であり使徒であることを証言するのです。」</t>
+  </si>
+  <si>
+    <t>بيان صيغة من صيغ التشهد.
+أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
+عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
+ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
+الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
+مشروعية إقامة الصفوف في الصلاة.</t>
+  </si>
+  <si>
+    <t>タシャッフドの一形式の説明。
+礼拝における言葉や動作は必ず、預言者（アッラーからの祝福と平安あれ）から確実な形で伝わるものでなければならない。スンナにおいて確かではない言葉や動作をそこにおいて採用することは、誰にも許されない。
+礼拝においてイマームに先駆けたり、遅れすぎたりすることは許されない。礼拝において先導される者は、その動作においてイマームに続か
+なければならない。
+イスラームの教えを伝達し、その共同体への教育における、預言者（アッラーからの祝福と平安あれ）の関心の高さ。
+イマームは、礼拝において先導される者たちにとっての模範である。サラーの動作において、イマームに先駆けたり、同時に行ったり、あるいは完全に遅延したりしまうことは許されない。そうではなく、イマームが行おうとしている動作に入ったことを確認してから、彼に続くのである。イマームの踏襲
+がスンナである。
+礼拝において列をまっすぐにすること。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65097</t>
+  </si>
+  <si>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
+  </si>
+  <si>
+    <t>私の魂がその手に委ねられたお方に誓って。私はあなた方の内で、最もアッラーの使徒（アッラーからの祝福と平安あれ）のサラーに近い者である。これが、現世を立ち去る時まで彼がやっていたサラーなのだ。」</t>
+  </si>
+  <si>
+    <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、 義務のサラー（礼拝）であれ、それ以外のサラーであれ、また、ラマダーンであれ、それ以外の時期であれ、全てのサラーでタクビールしたものだった。つまり立ち上がる時にも、ルクーゥする時にも、タクビールをした。そしてその後に「サミアッラーフ・リマン・ハミダフ（アッラーはかれを称える者をお聞きになる）」と言い、それからサジダする前に「ラッバナー・ワ・ラカルハムド（我らの主よ、あなたにこそ賞賛はあります）」と唱えた。サジダへと移る時にも、「アッラーフ・アクバル（アッラーは偉大なり）」と言い、サジダから頭を起こす時にもタクビールをした。またサジダする時にはタクビールし、そこから頭を起こす時にもタクビールをした。座った状態から２ラクア目のために立ち上がる時にもタクビールをし、サラーを終えるまで全てのラクアにおいてそのようにした。そして終えた後に、こう言った：「私の魂がその手に委ねられたお方に誓って。私はあなた方の内で、最もアッラーの使徒（アッラーからの祝福と平安あれ）のサラーに近い者である。これが、現世を立ち去る時まで彼がやっていたサラーなのだ。」</t>
+  </si>
+  <si>
+    <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
+ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）からは、彼が預言者（アッラーからの祝福と平安あれ）のサラーのやり方について、このようにしたことが伝わっている：彼がサラーに立つ時には、サラー開始のタクビールをした。それからルクーゥへと移る時、サジダする時、サジダから頭を起こす時、二度目のサジダをする時、そこから頭を起こす時にもタクビールをした。また、３ラクアまたは４ラクアあるサラーの時には、最初のタシャッフドのための座った状態から次のラクアのために立ち上がる時にもタクビールをした。サラーを終えるまで全てのラクアにおいて、そのようにした。また、ルクーゥから起立姿勢に戻る時には「サミアッラーフ・リマン・ハミダフ（アッラーはかれを称える者をお聞きになる）」と言い、その後起立姿勢になった時には「ラッバナー・ワ・ラカルハムド（我らの主よ、あなたにこそ賞賛はあります）」と唱えた。
+それからアブー・フライラはサラーを終えた後、こう言った：「私の魂がその手に委ねられたお方に誓って。私はあなた方の内で、最もアッラーの使徒（アッラーからの祝福と平安あれ）のサラーに近い者である。これが、現世を立ち去る時まで彼がやっていたサラーなのだ。」</t>
+  </si>
+  <si>
+    <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
+حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
+  </si>
+  <si>
+    <t>タクビールはルクーゥの時以外、身体が上がったり下がったりする度に行う。ルクーゥの時には、「サミアッラーフ・リマン・ハミダフ（アッラーはかれを称える者をお聞きになる）」と言う。
+預言者（アッラーからの祝福と平安あれ）の模倣とスンナの固守における、教友たちの熱心さ。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65098</t>
+  </si>
+  <si>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
+  </si>
+  <si>
+    <t>アッラーは仰った：「サラー（礼拝）はわれと、わが僕の間で２つに分けられた。そしてわが僕には、彼が願うものがある</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（彼にアッラーのご満悦あれ）は言った：「私はアッラーの使徒（彼にアッラーからの平安と祝福あれ）がこう言うのを聞いた： アッラーは仰った：「サラー（礼拝）はわれと、わが僕の間で２つに分けられた。そしてわが僕には、彼が願うものがある。僕が“アルハムドゥリッラーヒ・ラッビル・アーラミーン（全創造物の主、アッラーに称賛あれ）”と唱えれば、アッラーは仰る：“わが僕はわれを称賛した。”そして彼が“アッラフマーニ・ッラヒーム（慈悲あまねく慈愛深きお方）”と唱えれば、こう仰る：“わが僕はわれを讃えた。”そして彼が“マーリキ・ヤウミッディーン（報いの日の支配者）”と唱えれば、こう仰る：“わが僕はわれを褒め称えた。”または別にこう仰る：“わが僕はわれに委任した。”そして彼が“イイヤーカ・ナァブドゥ・ワ・イイヤーカ・ナスタイーン（私たちはあなただけを崇拝し、あなただけにお力添えを乞います）”と唱えれば、こう仰る：“これはわれと、わが僕の間のこと。わが僕には彼が願うものがある。”そして彼が“イヒディナッ・スィラータル・ムスタキーム、スィラータ・ッラズィーナ・アンアムタ・アライヒム、ガイリル・マグドゥービ・アライヒム・ワラッダーッリーン（私たちを、まっすぐな道へとお導きください。あなたが恩恵をお授けになった者たち、つまり、（あなたの）お怒りを受けるでもなく、迷うでもない者たちの道へ）”と唱えれば、こう仰る：“これはわれと、わが僕の間のこと。わが僕には彼が願うものがある。”」</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
+فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
+ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
+فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
+فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
+فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
+والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
+فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
+  </si>
+  <si>
+    <t>預言者（彼にアッラーからの平安と祝福あれ）は、アッラーが聖なるハディースの中で、このように仰ったと伝えている：「サラーの中で、アル＝ファーティハ章はわれとわが僕の間で、2つに分けられた。われに半分、そして彼にもう半分という風に。」
+最初の半分は、アッラーを称賛し、讃え、褒め称えることであり、それに対してわれは彼に最善のご褒美をつかわす。
+もう半分は、身を低めて祈ることであり、われはそのことでかれに応じ、願うものを与えてやる。
+サラーをする者が「アルハムドゥリッラーヒ・ラッビル・アーラミーン（全創造物の主、アッラーに称賛あれ）」と唱えれば、アッラーは仰る：“わが僕はわれを称賛した。”そして彼が“アッラフマーニ・ッラヒーム（慈悲あまねく慈愛深きお方）”と唱えれば、アッラーは仰る：“わが僕はわれを讃えた。”つまり、被造物に対するあらゆる恩恵について、われを讃えた。そして彼が“マーリキ・ヤウミッディーン（報いの日の支配者）”と唱えれば、こう仰る：“わが僕はわれを褒め称えた。”つまり、われを大いなる栄誉の主として褒め称えた、ということである。
+また、「イイヤーカ・ナァブドゥ、ワ・イイヤーカ・ナスタイーン（私たちはあなただけを崇拝し、あなただけにお力添えを乞います）」と唱えれば、アッラーは仰る：”これはわれと、わがしもべの間のことである。
+”
+つまり、このアーヤの前半部分「イイヤーカ・ナァブドゥ（私たちはあなただけを崇拝し）」はアッラーへのものである。アッラーの神性を認め、それに対して崇拝行為で応じることであり、これによってアッラーに対するこのアーヤの半分は終わる。
+このアーヤの後半部分「イイヤーカ・ナスタイーン（あなただけにお力添えを乞います）」は僕へのものである。これはアッラーからの援助を乞うものであり、アッラーはそれに応じることを約束している。
+また、「イヒディナッ・スィラータル・ムスタキーム、スィラータ・ッラズィーナ・アンアムタ・アライヒム、ガイリル・マグドゥービ・アライヒム・ワラッダーッリーン（私たちを、まっすぐな道へとお導きください。あなたが恩恵をお授けになった者たち、つまり、（あなたの）お怒りを受けるでもなく、迷うでもない者たちの道へ）」と唱えれば、アッラーはこう仰る：“これはわが僕がわれに縋りつき、祈るものである。わが僕には彼が願うものがあり、われはその祈りに応じた
+。”」</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
+بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
+اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
+استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
+  </si>
+  <si>
+    <t>アル＝ファーティハ章の偉大さ。アッラーはそれを「サラー（礼拝）」と名付けられた。
+アッラーの、その僕に対するご配慮の説明。僕がアッラーを称賛し、賛美し、褒め称えることで、彼を称え、彼が願うものを与えると約束されているのである。
+この重要なスーラは、以下のような点を含んでいる：アッラーへの賛美。終着点の想起。アッラーへの祈願。かれに対する崇拝行為における真摯さ。まっすぐな道への導きを祈ること。虚妄の道に対する警告。
+サラーする者は、アル＝ファーティハ章を読む時にこのハディースを想起することで、サラーにおける畏敬の念を増やすことができる。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65099</t>
+  </si>
+  <si>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
+  </si>
+  <si>
+    <t>「最も悪質な泥棒とは、自分のサラーを盗む者である。」人々は言った：「どうやって自分のサラーを盗むのですか？」彼は言った：「ルクーゥとサジダを完遂しないことだ。」</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
+  </si>
+  <si>
+    <t>アブー・フライラ（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は、こう言った： 「最も悪質な泥棒とは、自分のサラーを盗む者である。」人々は言った：「どうやって自分のサラーを盗むのですか？」彼は言った：「ルクーゥとサジダを完遂しないことだ。」</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、最もひどい盗みをする者が、自分のサラーを盗む者であると説明した。それは、他人の財産を盗む者がそれによって現世で役立てる一方、こちらは自らを報奨から阻んでしまうことによる。人々は言った：「アッラーの使徒よ、どうやって自分のサラーを盗むのですか？」彼は言った：「ルクーゥとサジダを完遂しないことだ。」つまり、ルクーゥやサジダを急いでやり、きちんとした形で行わないことである。</t>
+  </si>
+  <si>
+    <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
+وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
+وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
+  </si>
+  <si>
+    <t>サラーを、その根幹をおさえ、ゆっくりと畏怖の念をもってきちんと行うことの重要性。
+ルクーゥとサジダをきちんと行わない者が泥棒だと表現することは、それが禁止されていることを表すと同時に、人々に対してそれを嫌がらせて回避させる効果もある。
+サラーにおいてルクーゥとサジダをきちんと行い、そこで姿勢を安定させることの義務。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65100</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
+  </si>
+  <si>
+    <t>アッラーの使徒（アッラーからの祝福と平安あれ）は、ルクーゥから背中を戻す時には「サミアッラーフ・リマン・ハミダフ（アッラーはかれを称える者をお聞きになる）</t>
+  </si>
+  <si>
+    <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
+  </si>
+  <si>
+    <t>イブン・アビー・アウファー（アッラーのご満悦あれ）は言った： アッラーの使徒（アッラーからの祝福と平安あれ）は、ルクーゥから背中を戻す時には「サミアッラーフ・リマン・ハミダフ（アッラーはかれを称える者をお聞きになる）、アッラーフンマ・ラッバナー・ラカルハムド（アッラーよ、我らの主よ、あなたにこそ賞賛はあります）。ミルアッサマーワーティ・ワ・ミルアル・アルディ、ワ・ミルア・マー・シゥタ・ミン・シャイイン・バァド（あなたへの讃美は天一杯、大地一杯、そしてあなたの望むその他全ての物を満たします）」と唱えたものだった。</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は、サラーでルクーゥから背中を戻す時、「サミアッラーフ・リマン・ハミダフ」と唱えた。これは、アッラーはかれを称える者をお聞きになり、応じ、その賞賛を受け入れ、それに対して報奨を与えて下さる、ということである。それからアッラーを讃え、「アッラーフンマ・ラッバナー・ラカルハムド。ミルアッサマーワーティ・ワ・ミルアル・アルディ、ワ・ミルア・マー・シゥタ・ミン・シャイイン・バァド」と唱えた。つまり、天一杯、大地一杯、その間のもの、そしてアッラーが望むその他全ての物を満たすほどの賛美でもって称えるということである。</t>
+  </si>
+  <si>
+    <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
+مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
+هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
+  </si>
+  <si>
+    <t>ルクーゥから頭を上げた際、サラーをする者が言うことを推奨されている言葉の説明。
+ルクーゥから戻る時、しっかりと姿勢を安定させることの義務。というのも、しっかりと姿勢が安定していなければ、この言葉を唱えることもできないからである。
+この言葉は義務か任意かを問わず、全てのサラーの中で唱えることが可能である。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65101</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はあらゆる義務のサラーの終わりに、このように言っていた</t>
+  </si>
+  <si>
+    <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
+  </si>
+  <si>
+    <t>アル＝ムギーラ・ブン・シュゥバの筆記人ワッラードは、言った：アル＝ムギーラ・ブン・シュゥバはムアーウィヤに向けて、私にこのように書き取らせた： 預言者（アッラーからの祝福と平安あれ）はあらゆる義務のサラーの終わりに、このように言っていた：「ラー イラーハ イッラッラーフ ワハダフ ラーシャリーカ ラフ､ラフルムルク ワ ラフルハムドゥ ワ フワ アラー クッリシャイイン カディール｡アッラーフンマ ラー マーニアリマーアァタイタ､ワ ラー ムゥティヤリマーマナァタ､ワ ラー ヤンファウ ザルジャッディミンカルジャッドゥ。」（唯一で並ぶ者無きお方､アッラー以外に真に崇拝すべきものはいません｡主権と讃美はかれの御許にあり､かれは全能のお方です｡アッラーよ､あなたが与えたものを禁じる者はなく､あなたが禁じれば他に与える者はおりません｡(現世における)どんな優れた境遇も､あなたの御許での真の幸福を益することはありません。）</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
+أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）はあらゆる義務のサラーの終わりに、このように言っていた：「ラー イラーハ イッラッラーフ ワハダフ ラーシャリーカ ラフ､ラフルムルク ワ ラフルハムドゥ ワ フワ アラー クッリシャイイン カディール｡アッラーフンマ ラー マーニアリマーアァタイタ､ワ ラー ムゥティヤリマーマナァタ､ワ ラー ヤンファウ ザルジャッディミンカルジャッドゥ。」（唯一で並ぶ者無きお方､アッラー以外に真に崇拝すべきものはいません｡主権と讃美はかれの御許にあり､かれは全能のお方です｡アッラーよ､あなたが与えたものを禁じる者はなく､あなたが禁じれば他に与える者はおりません｡(現世における)どんな優れた境遇も､あなたの御許での真の幸福を益することはありません。）
+これはつまり、こういう意味です：私は「ラー イラーハ イッラッラーフ」（アッラー以外に真に崇拝すべきものはいません）というタウヒードの言葉を認めます。私は真の崇拝をアッラーにのみ認め、それ以外のものに対する崇拝を否定します。また、真の主権はアッラーにこそ属し、天地の存在による全ての称賛は、アッラーにのみふさわしいことを認めます。アッラーこそが全能であり、アッラーが与えたり禁じたりすることを定めれば、それに誰も反することはできません。アッラーのもとでは人の財産が役立つことはなく、善行こそが役立ちます。</t>
+  </si>
+  <si>
+    <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
+المبادرة إلى امتثال السنن، وإشاعتها.</t>
+  </si>
+  <si>
+    <t>タウヒードや称賛の言葉が含まれたこのズィクルの言葉を、各礼拝後に唱えることの勧め。
+率先してスンナを踏襲し、広めることの勧め。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65102</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は２つのサジダの間に、このように言っていた：「ラッビグフィルリー、ラッビグフィルリー。」（わが主よ、私をお赦しください。わが主よ、私をお赦しください。）</t>
+  </si>
+  <si>
+    <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
+  </si>
+  <si>
+    <t>フザイファ（アッラーのご満悦あれ）によれば、 預言者（アッラーからの祝福と平安あれ）は２つのサジダの間に、このように言っていた：「ラッビグフィルリー、ラッビグフィルリー。」（わが主よ、私をお赦しください。わが主よ、私をお赦しください。）</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
+ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は２つのサジダの間で座位姿勢にある時、このように繰り返し言っていた：「ラッビグフィルリー、ラッビグフィルリー。」（わが主よ、私をお赦しください。わが主よ、私をお赦しください。）
+「ラッビグフィルリー」には、僕がその主に罪の抹消と、自らの落ち度を覆ってくれることを乞う祈りの意味が含まれている。</t>
+  </si>
+  <si>
+    <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
+استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
+  </si>
+  <si>
+    <t>義務か任意かを問わず、サラーの中の２つのサジダの間に、この祈願を唱えるという教示。
+「ラッビグフィルリー」と繰り返し唱えることの勧め。少なくとも一度は唱えることの義務性。</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65104</t>
+  </si>
+  <si>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
+  </si>
+  <si>
+    <t>それはヒンザブというシャイターンである。その者を感じたら、アッラーにその者からのご加護を乞うのだ。そしてあなたの左側に３回、唾を飛ばすが良い。</t>
+  </si>
+  <si>
+    <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
+  </si>
+  <si>
+    <t>ウスマーン・ブン・アビー・アル＝アース（アッラーのご満悦あれ）によれば、 彼は預言者（アッラーからの祝福と平安あれ）のもとにやって来て、こう言った：「アッラーの使徒よ、シャイターンが私を、私のサラーと私の読誦から阻み、私に疑念を抱かせるのです。」アッラーの使徒（アッラーからの祝福と平安あれ）は言った：「それはヒンザブというシャイターンである。その者を感じたら、アッラーにその者からのご加護を乞うのだ。そしてあなたの左側に３回、唾を飛ばすが良い。」彼（ウスマーン）は言った：「それで私はそのようにした。こうしてアッラーは私からその者を追いやってくれたのである。」</t>
+  </si>
+  <si>
+    <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
+فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
+  </si>
+  <si>
+    <t>ウスマーン・ブン・アビー・アル＝アース（アッラーのご満悦あれ）は預言者（アッラーからの祝福と平安あれ）のもとにやって来て、こう言った：「アッラーの使徒よ、シャイターンが私を、私のサラーから阻み、私がそこで畏れ慎む状態にあることから遠ざけるのです。その者は私を私の読誦において混乱させ、私に疑念を抱かせるのです。」 それでアッラーの使徒（アッラーからの祝福と平安あれ）は言った：「それはヒンザブというシャイターンである。その者を見出し、感じたならば、アッラーに保護を求め、その者からのご加護をアッラーに乞うのだ。そしてあなたの左側に３回、軽く唾を飛ばすが良い。」ウスマーンは言った：「私は預言者（アッラーからの祝福と平安あれ）が私に命じたようにした。そしてアッラーは、私からその者を追いやってくれたのである。」</t>
+  </si>
+  <si>
+    <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
+استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
+بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
+حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
+  </si>
+  <si>
+    <t>サラーにおいて心が畏れ慎む状態にあることの重要性。シャイターンはサラーにおいて囁きかけ、疑念を抱かせようと努力する。
+サラーの中でシャイターンに囁きかけられたら、アッラーのご加護を乞い、自分の左側に３回、
+唾を飛ばすことの勧め。
+問題に直面したら、それを解決するために預言者（アッラーからの祝福と平安あれ）に立ち返っていた教友たちの状況の説明。
+教友たちの心の生と、彼らの関心が来世にあったということ。</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65105</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
+  </si>
+  <si>
+    <t>「4つのことが該当した者は完全なニファークに陥る者である。その内のいずれの特徴でもあてはまる者は、それを放棄するまでニファークの特徴を備えているのである:話せば嘘をつき、契約すれば裏切り、約束すれば破り、議論すれば激昂する。」</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
+  </si>
+  <si>
+    <t>アブドッラー・ブン・アムル（アッラーのご満悦あれ）によれば、アッラーの使徒（アッラーからの祝福と平安あれ）は言った： 「4つのことが該当した者は完全なニファークに陥る者である。その内のいずれの特徴でもあてはまる者は、それを放棄するまでニファークの特徴を備えているのである:話せば嘘をつき、契約すれば裏切り、約束すれば破り、議論すれば激昂する。」</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>預言者（アッラーからの祝福と平安あれ）は4つの特徴に注意した。それが全て揃ってしまったムスリムは、ニファークに陥っている者に酷似してしまうことになる。これは、これらの特徴が優勢になった者のことであり、時にそれが現れるような者については、この限りではない。これらの特徴とは、以下の通りである:
+1.話せば嘘をつくこと。言葉が正直ではないこと。
+2.契約すればそれを遵守せず、相手を裏切ること。
+3.約束すればそれを守らず、破ること。
+4.誰かと議論すれば激しく争い、真理から逸れ、相手に反論し否定するためにずるい手段を用い、虚妄や嘘の言葉を使うこと。
+ニファークとは、内面にあるものとは違うものを外面に表すことである。これらの特徴が揃った者に、この意味が該当する。話、約束、委託、議論、契約といったことにおけるニファークは、イスラームにおける偽の信仰、つまり不信仰を秘めつつイスラームを標榜することではない。これらの特徴が一つでもあてはまった者には、それを放棄するまでニファークの特徴が該当していることになる。</t>
+  </si>
+  <si>
+    <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
+المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
+قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
+النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
+قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
+قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
+  </si>
+  <si>
+    <t>ニファークに陥らないように警告し注意するための、ある種のニファークの印の説明。
+このハディースの意味は、これらの特徴はニファークの特徴であり、それらが当てはまっている者はそこにおいてニファークの人々と似通っており、彼らの性格と同様のものが備わっているということである。不信仰を内に秘め、イスラームを標榜するという意味のニファークの民だというわけではない。また一説には、このハディースは、これらの特徴が優勢になったり、それらを軽んじていたりするような者のことを意図している。そのような者は通常、信仰上問題があるものだからである。
+アル＝ガザーリーは言う：「宗教の基礎は３つの物事に絞られる：言葉、行い、意図である。それで言葉における誤りとして嘘が、行いにおける誤りとして裏切りが、意図における誤りとして約束の破棄が挙げられている。約束の破棄は、約束と同時にその意図が伴った場合のみに問題が生じる。それを遂行する意思がありつつも、それを妨げる何らかの要因が出現したり、または別の意見が生じたという場合、それはニファークとは見なされない。」
+ニファークには２種類ある：一つ目は、信仰上のニファークであり、それは人を信仰の枠外に出してしまうものである。つまり不信仰を内に秘め、イスラームを標榜することである。二つ目は行動上のニファークであり、それはニファークの民と同様の性格を持つことである。この種のものは大罪を犯していることにはなっても、信仰の枠外に出されるまでには及ばない。
+イブン・ハジャルは言う：「心と舌で信じてはいるものの、これらの特徴があてはまっている者が不信仰者とは見なされないということにおいて、学者間の見解は一致している。そのような者は、地獄に永遠に止まることになるニファークの民でもない。」
+アン＝ナワウィーは言う：「学者らの一団はこう言っている：ここで意図されているのは、預言者（アッラーからの祝福と平安あれ）時代にいたニファークの民のことである。彼らは信仰を持っていると主張しながらも、嘘をつき、宗教という信託を裏切り、宗教やその援助に関することで約束をしては破り、議論すれば激昂したものだった。」</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>||「イスラームは５つのものの上に成立する：アッラー以外に崇拝すべきいかなるものもない、ムハンマドはかれのしもべであり、使徒であるという証言。礼拝の遵守。喜捨の支払い。館へのハッジ。ラマダーンの断食。」</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 「イスラームは５つのものの上に成立する：アッラー以外に崇拝すべきいかなるものもない、ムハンマドはかれのしもべであり、使徒であるという証言。礼拝の遵守。喜捨の支払い。館へのハッジ。ラマダーンの断食。」</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>||「合法的なものは明らかであり、非合法なものも明らかである。そしてその間には、多くの者が知らない紛らわしい物事がある。ゆえにそういった紛らわしい物事から身を慎む者は、自らの宗教と尊厳を守ることになろう。そして紛らわしい物事に陥る者は、禁じられた領域に足を踏み入れてしまうことになろう。それはまるで、禁じられた領域の周辺で（家畜の）番をする牧童のようなものであり、それらは今にもそこに踏み入ってしまいそうである。実に全ての王には、（他の者に）禁じられた領域がある。そして実にアッラーが禁じられた領域とは、かれの禁じられた物事なのである。そして実に体には、それさえ健全であれば体全体も健全であり、それが悪ければ体全体も悪くなるところの1個の肉塊がある。そして実にそれが、心なのである。」</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 「合法的なものは明らかであり、非合法なものも明らかである。そしてその間には、多くの者が知らない紛らわしい物事がある。ゆえにそういった紛らわしい物事から身を慎む者は、自らの宗教と尊厳を守ることになろう。そして紛らわしい物事に陥る者は、禁じられた領域に足を踏み入れてしまうことになろう。それはまるで、禁じられた領域の周辺で（家畜の）番をする牧童のようなものであり、それらは今にもそこに踏み入ってしまいそうである。実に全ての王には、（他の者に）禁じられた領域がある。そして実にアッラーが禁じられた領域とは、かれの禁じられた物事なのである。そして実に体には、それさえ健全であれば体全体も健全であり、それが悪ければ体全体も悪くなるところの1個の肉塊がある。そして実にそれが、心なのである。」</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>||「自ら
+の同胞に自らが望むことを望むようになるまで、信仰したことにはならない。」</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 「自ら
+の同胞に自らが望むことを望むようになるまで、信仰したことにはならない。」</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ____</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ja/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>||私は言った。「アッラーの使徒よ、あなた以外の誰にも尋ねることのできないような、イスラームに関する言葉を私におっしゃって下さい。」するとこう言った：「私はアッラーを信じますと言い、それから行ないを正すのだ。」</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 私は言った。「アッラーの使徒よ、あなた以外の誰にも尋ねることのできないような、イスラームに関する言葉を私におっしゃって下さい。」するとこう言った：「私はアッラーを信じますと言い、それから行ないを正すのだ。」</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ja/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -7190,51 +10451,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O179"/>
+  <dimension ref="A1:O276"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -7799,7818 +11060,12374 @@
       <c r="C14" t="s">
         <v>127</v>
       </c>
       <c r="D14" t="s">
         <v>128</v>
       </c>
       <c r="E14" t="s">
         <v>129</v>
       </c>
       <c r="F14" t="s">
         <v>130</v>
       </c>
       <c r="G14" t="s">
         <v>131</v>
       </c>
       <c r="H14" t="s">
         <v>132</v>
       </c>
       <c r="I14" t="s">
         <v>133</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
+        <v>25</v>
+      </c>
+      <c r="L14" t="s">
+        <v>26</v>
+      </c>
+      <c r="M14" t="s">
+        <v>27</v>
+      </c>
+      <c r="N14" t="s">
+        <v>28</v>
+      </c>
+      <c r="O14" t="s">
         <v>134</v>
-      </c>
-[...10 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
         <v>3313</v>
       </c>
       <c r="B15" t="s">
+        <v>135</v>
+      </c>
+      <c r="C15" t="s">
+        <v>136</v>
+      </c>
+      <c r="D15" t="s">
         <v>137</v>
       </c>
-      <c r="C15" t="s">
+      <c r="E15" t="s">
         <v>138</v>
       </c>
-      <c r="D15" t="s">
+      <c r="F15" t="s">
         <v>139</v>
       </c>
-      <c r="E15" t="s">
+      <c r="G15" t="s">
         <v>140</v>
       </c>
-      <c r="F15" t="s">
+      <c r="H15" t="s">
         <v>141</v>
       </c>
-      <c r="G15" t="s">
+      <c r="I15" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
         <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
         <v>3330</v>
       </c>
       <c r="B16" t="s">
+        <v>144</v>
+      </c>
+      <c r="C16" t="s">
+        <v>145</v>
+      </c>
+      <c r="D16" t="s">
         <v>146</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>147</v>
       </c>
-      <c r="D16" t="s">
+      <c r="F16" t="s">
         <v>148</v>
       </c>
-      <c r="E16" t="s">
+      <c r="G16" t="s">
         <v>149</v>
       </c>
-      <c r="F16" t="s">
+      <c r="H16" t="s">
         <v>150</v>
       </c>
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
         <v>25</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
         <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
         <v>3331</v>
       </c>
       <c r="B17" t="s">
+        <v>153</v>
+      </c>
+      <c r="C17" t="s">
+        <v>154</v>
+      </c>
+      <c r="D17" t="s">
         <v>155</v>
       </c>
-      <c r="C17" t="s">
+      <c r="E17" t="s">
         <v>156</v>
       </c>
-      <c r="D17" t="s">
+      <c r="F17" t="s">
         <v>157</v>
       </c>
-      <c r="E17" t="s">
+      <c r="G17" t="s">
         <v>158</v>
       </c>
-      <c r="F17" t="s">
+      <c r="H17" t="s">
         <v>159</v>
       </c>
-      <c r="G17" t="s">
+      <c r="I17" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>25</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
         <v>3336</v>
       </c>
       <c r="B18" t="s">
+        <v>162</v>
+      </c>
+      <c r="C18" t="s">
+        <v>163</v>
+      </c>
+      <c r="D18" t="s">
         <v>164</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>165</v>
       </c>
-      <c r="D18" t="s">
+      <c r="F18" t="s">
         <v>166</v>
       </c>
-      <c r="E18" t="s">
+      <c r="G18" t="s">
         <v>167</v>
       </c>
-      <c r="F18" t="s">
+      <c r="H18" t="s">
         <v>168</v>
       </c>
-      <c r="G18" t="s">
+      <c r="I18" t="s">
         <v>169</v>
       </c>
-      <c r="H18" t="s">
+      <c r="J18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K18" t="s">
         <v>170</v>
       </c>
-      <c r="I18" t="s">
+      <c r="L18" t="s">
+        <v>26</v>
+      </c>
+      <c r="M18" t="s">
         <v>171</v>
       </c>
-      <c r="J18" t="s">
+      <c r="N18" t="s">
+        <v>28</v>
+      </c>
+      <c r="O18" t="s">
         <v>172</v>
-      </c>
-[...13 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
         <v>3339</v>
       </c>
       <c r="B19" t="s">
+        <v>173</v>
+      </c>
+      <c r="C19" t="s">
+        <v>174</v>
+      </c>
+      <c r="D19" t="s">
+        <v>175</v>
+      </c>
+      <c r="E19" t="s">
         <v>176</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19" t="s">
         <v>177</v>
       </c>
-      <c r="D19" t="s">
+      <c r="G19" t="s">
         <v>178</v>
       </c>
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>179</v>
       </c>
-      <c r="F19" t="s">
+      <c r="I19" t="s">
         <v>180</v>
       </c>
-      <c r="G19" t="s">
+      <c r="J19" t="s">
+        <v>24</v>
+      </c>
+      <c r="K19" t="s">
         <v>181</v>
       </c>
-      <c r="H19" t="s">
+      <c r="L19" t="s">
+        <v>26</v>
+      </c>
+      <c r="M19" t="s">
         <v>182</v>
       </c>
-      <c r="I19" t="s">
+      <c r="N19" t="s">
+        <v>28</v>
+      </c>
+      <c r="O19" t="s">
         <v>183</v>
-      </c>
-[...16 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
         <v>3342</v>
       </c>
       <c r="B20" t="s">
+        <v>184</v>
+      </c>
+      <c r="C20" t="s">
+        <v>185</v>
+      </c>
+      <c r="D20" t="s">
+        <v>186</v>
+      </c>
+      <c r="E20" t="s">
         <v>187</v>
       </c>
-      <c r="C20" t="s">
+      <c r="F20" t="s">
         <v>188</v>
       </c>
-      <c r="D20" t="s">
+      <c r="G20" t="s">
         <v>189</v>
       </c>
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>190</v>
       </c>
-      <c r="F20" t="s">
+      <c r="I20" t="s">
         <v>191</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
         <v>87</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
         <v>88</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
         <v>3347</v>
       </c>
       <c r="B21" t="s">
+        <v>193</v>
+      </c>
+      <c r="C21" t="s">
+        <v>194</v>
+      </c>
+      <c r="D21" t="s">
+        <v>195</v>
+      </c>
+      <c r="E21" t="s">
         <v>196</v>
       </c>
-      <c r="C21" t="s">
+      <c r="F21" t="s">
         <v>197</v>
       </c>
-      <c r="D21" t="s">
+      <c r="G21" t="s">
         <v>198</v>
       </c>
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>199</v>
       </c>
-      <c r="F21" t="s">
+      <c r="I21" t="s">
         <v>200</v>
-      </c>
-[...7 lines deleted...]
-        <v>203</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
         <v>87</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
         <v>88</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
         <v>3350</v>
       </c>
       <c r="B22" t="s">
+        <v>202</v>
+      </c>
+      <c r="C22" t="s">
+        <v>203</v>
+      </c>
+      <c r="D22" t="s">
+        <v>204</v>
+      </c>
+      <c r="E22" t="s">
         <v>205</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
         <v>206</v>
       </c>
-      <c r="D22" t="s">
+      <c r="G22" t="s">
         <v>207</v>
       </c>
-      <c r="E22" t="s">
+      <c r="H22" t="s">
         <v>208</v>
       </c>
-      <c r="F22" t="s">
+      <c r="I22" t="s">
         <v>209</v>
       </c>
-      <c r="G22" t="s">
+      <c r="J22" t="s">
         <v>210</v>
       </c>
-      <c r="H22" t="s">
+      <c r="K22" t="s">
         <v>211</v>
       </c>
-      <c r="I22" t="s">
+      <c r="L22" t="s">
         <v>212</v>
       </c>
-      <c r="J22" t="s">
-[...2 lines deleted...]
-      <c r="K22" t="s">
+      <c r="M22" t="s">
         <v>213</v>
       </c>
-      <c r="L22" t="s">
-[...2 lines deleted...]
-      <c r="M22" t="s">
+      <c r="N22" t="s">
+        <v>28</v>
+      </c>
+      <c r="O22" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
         <v>3354</v>
       </c>
       <c r="B23" t="s">
+        <v>215</v>
+      </c>
+      <c r="C23" t="s">
         <v>216</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>217</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>218</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>219</v>
       </c>
-      <c r="F23" t="s">
+      <c r="G23" t="s">
         <v>220</v>
       </c>
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>221</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
         <v>3359</v>
       </c>
       <c r="B24" t="s">
+        <v>224</v>
+      </c>
+      <c r="C24" t="s">
         <v>225</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>226</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>227</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>228</v>
       </c>
-      <c r="F24" t="s">
+      <c r="G24" t="s">
         <v>229</v>
       </c>
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>230</v>
       </c>
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>231</v>
       </c>
-      <c r="I24" t="s">
+      <c r="J24" t="s">
+        <v>24</v>
+      </c>
+      <c r="K24" t="s">
         <v>232</v>
       </c>
-      <c r="J24" t="s">
-[...2 lines deleted...]
-      <c r="K24" t="s">
+      <c r="L24" t="s">
+        <v>26</v>
+      </c>
+      <c r="M24" t="s">
         <v>233</v>
       </c>
-      <c r="L24" t="s">
-[...2 lines deleted...]
-      <c r="M24" t="s">
+      <c r="N24" t="s">
+        <v>28</v>
+      </c>
+      <c r="O24" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
         <v>3366</v>
       </c>
       <c r="B25" t="s">
+        <v>235</v>
+      </c>
+      <c r="C25" t="s">
         <v>236</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>237</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>238</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>239</v>
       </c>
-      <c r="F25" t="s">
+      <c r="G25" t="s">
         <v>240</v>
       </c>
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>241</v>
       </c>
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
         <v>3375</v>
       </c>
       <c r="B26" t="s">
+        <v>244</v>
+      </c>
+      <c r="C26" t="s">
         <v>245</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>246</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>247</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>248</v>
       </c>
-      <c r="F26" t="s">
+      <c r="G26" t="s">
         <v>249</v>
       </c>
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>250</v>
       </c>
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>251</v>
       </c>
-      <c r="I26" t="s">
+      <c r="J26" t="s">
+        <v>210</v>
+      </c>
+      <c r="K26" t="s">
+        <v>170</v>
+      </c>
+      <c r="L26" t="s">
+        <v>212</v>
+      </c>
+      <c r="M26" t="s">
+        <v>171</v>
+      </c>
+      <c r="N26" t="s">
+        <v>28</v>
+      </c>
+      <c r="O26" t="s">
         <v>252</v>
-      </c>
-[...16 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
         <v>3381</v>
       </c>
       <c r="B27" t="s">
+        <v>253</v>
+      </c>
+      <c r="C27" t="s">
+        <v>254</v>
+      </c>
+      <c r="D27" t="s">
+        <v>255</v>
+      </c>
+      <c r="E27" t="s">
+        <v>256</v>
+      </c>
+      <c r="F27" t="s">
+        <v>257</v>
+      </c>
+      <c r="G27" t="s">
         <v>258</v>
       </c>
-      <c r="C27" t="s">
+      <c r="H27" t="s">
         <v>259</v>
       </c>
-      <c r="D27" t="s">
+      <c r="I27" t="s">
         <v>260</v>
       </c>
-      <c r="E27" t="s">
+      <c r="J27" t="s">
+        <v>24</v>
+      </c>
+      <c r="K27" t="s">
+        <v>170</v>
+      </c>
+      <c r="L27" t="s">
+        <v>26</v>
+      </c>
+      <c r="M27" t="s">
+        <v>171</v>
+      </c>
+      <c r="N27" t="s">
+        <v>28</v>
+      </c>
+      <c r="O27" t="s">
         <v>261</v>
-      </c>
-[...28 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
         <v>3384</v>
       </c>
       <c r="B28" t="s">
+        <v>262</v>
+      </c>
+      <c r="C28" t="s">
+        <v>263</v>
+      </c>
+      <c r="D28" t="s">
+        <v>264</v>
+      </c>
+      <c r="E28" t="s">
+        <v>265</v>
+      </c>
+      <c r="F28" t="s">
+        <v>266</v>
+      </c>
+      <c r="G28" t="s">
         <v>267</v>
       </c>
-      <c r="C28" t="s">
+      <c r="H28" t="s">
         <v>268</v>
       </c>
-      <c r="D28" t="s">
+      <c r="I28" t="s">
         <v>269</v>
       </c>
-      <c r="E28" t="s">
+      <c r="J28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K28" t="s">
         <v>270</v>
       </c>
-      <c r="F28" t="s">
+      <c r="L28" t="s">
+        <v>26</v>
+      </c>
+      <c r="M28" t="s">
         <v>271</v>
       </c>
-      <c r="G28" t="s">
+      <c r="N28" t="s">
+        <v>28</v>
+      </c>
+      <c r="O28" t="s">
         <v>272</v>
-      </c>
-[...22 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
         <v>3390</v>
       </c>
       <c r="B29" t="s">
+        <v>273</v>
+      </c>
+      <c r="C29" t="s">
+        <v>274</v>
+      </c>
+      <c r="D29" t="s">
+        <v>275</v>
+      </c>
+      <c r="E29" t="s">
+        <v>276</v>
+      </c>
+      <c r="F29" t="s">
+        <v>277</v>
+      </c>
+      <c r="G29" t="s">
         <v>278</v>
       </c>
-      <c r="C29" t="s">
+      <c r="H29" t="s">
         <v>279</v>
       </c>
-      <c r="D29" t="s">
+      <c r="I29" t="s">
         <v>280</v>
-      </c>
-[...13 lines deleted...]
-        <v>285</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>25</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
         <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3402</v>
       </c>
       <c r="B30" t="s">
+        <v>282</v>
+      </c>
+      <c r="C30" t="s">
+        <v>283</v>
+      </c>
+      <c r="D30" t="s">
+        <v>284</v>
+      </c>
+      <c r="E30" t="s">
+        <v>285</v>
+      </c>
+      <c r="F30" t="s">
+        <v>286</v>
+      </c>
+      <c r="G30" t="s">
         <v>287</v>
       </c>
-      <c r="C30" t="s">
+      <c r="H30" t="s">
         <v>288</v>
       </c>
-      <c r="D30" t="s">
+      <c r="I30" t="s">
         <v>289</v>
       </c>
-      <c r="E30" t="s">
+      <c r="J30" t="s">
+        <v>24</v>
+      </c>
+      <c r="K30" t="s">
         <v>290</v>
       </c>
-      <c r="F30" t="s">
+      <c r="L30" t="s">
+        <v>26</v>
+      </c>
+      <c r="M30" t="s">
         <v>291</v>
       </c>
-      <c r="G30" t="s">
+      <c r="N30" t="s">
+        <v>28</v>
+      </c>
+      <c r="O30" t="s">
         <v>292</v>
-      </c>
-[...22 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3406</v>
       </c>
       <c r="B31" t="s">
+        <v>293</v>
+      </c>
+      <c r="C31" t="s">
+        <v>294</v>
+      </c>
+      <c r="D31" t="s">
+        <v>295</v>
+      </c>
+      <c r="E31" t="s">
+        <v>296</v>
+      </c>
+      <c r="F31" t="s">
+        <v>297</v>
+      </c>
+      <c r="G31" t="s">
         <v>298</v>
       </c>
-      <c r="C31" t="s">
+      <c r="H31" t="s">
         <v>299</v>
       </c>
-      <c r="D31" t="s">
+      <c r="I31" t="s">
         <v>300</v>
-      </c>
-[...13 lines deleted...]
-        <v>305</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>67</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>68</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3414</v>
       </c>
       <c r="B32" t="s">
+        <v>302</v>
+      </c>
+      <c r="C32" t="s">
+        <v>303</v>
+      </c>
+      <c r="D32" t="s">
+        <v>304</v>
+      </c>
+      <c r="E32" t="s">
+        <v>305</v>
+      </c>
+      <c r="F32" t="s">
+        <v>306</v>
+      </c>
+      <c r="G32" t="s">
         <v>307</v>
       </c>
-      <c r="C32" t="s">
+      <c r="H32" t="s">
         <v>308</v>
       </c>
-      <c r="D32" t="s">
+      <c r="I32" t="s">
         <v>309</v>
-      </c>
-[...13 lines deleted...]
-        <v>314</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>67</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>68</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3416</v>
       </c>
       <c r="B33" t="s">
+        <v>311</v>
+      </c>
+      <c r="C33" t="s">
+        <v>312</v>
+      </c>
+      <c r="D33" t="s">
+        <v>313</v>
+      </c>
+      <c r="E33" t="s">
+        <v>314</v>
+      </c>
+      <c r="F33" t="s">
+        <v>315</v>
+      </c>
+      <c r="G33" t="s">
         <v>316</v>
       </c>
-      <c r="C33" t="s">
+      <c r="H33" t="s">
         <v>317</v>
       </c>
-      <c r="D33" t="s">
+      <c r="I33" t="s">
         <v>318</v>
       </c>
-      <c r="E33" t="s">
+      <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" t="s">
+        <v>170</v>
+      </c>
+      <c r="L33" t="s">
+        <v>26</v>
+      </c>
+      <c r="M33" t="s">
+        <v>171</v>
+      </c>
+      <c r="N33" t="s">
+        <v>28</v>
+      </c>
+      <c r="O33" t="s">
         <v>319</v>
-      </c>
-[...28 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3417</v>
       </c>
       <c r="B34" t="s">
+        <v>320</v>
+      </c>
+      <c r="C34" t="s">
+        <v>321</v>
+      </c>
+      <c r="D34" t="s">
+        <v>322</v>
+      </c>
+      <c r="E34" t="s">
+        <v>323</v>
+      </c>
+      <c r="F34" t="s">
+        <v>324</v>
+      </c>
+      <c r="G34" t="s">
         <v>325</v>
       </c>
-      <c r="C34" t="s">
+      <c r="H34" t="s">
         <v>326</v>
       </c>
-      <c r="D34" t="s">
+      <c r="I34" t="s">
         <v>327</v>
-      </c>
-[...13 lines deleted...]
-        <v>332</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3418</v>
       </c>
       <c r="B35" t="s">
+        <v>329</v>
+      </c>
+      <c r="C35" t="s">
+        <v>330</v>
+      </c>
+      <c r="D35" t="s">
+        <v>331</v>
+      </c>
+      <c r="E35" t="s">
+        <v>332</v>
+      </c>
+      <c r="F35" t="s">
+        <v>333</v>
+      </c>
+      <c r="G35" t="s">
         <v>334</v>
       </c>
-      <c r="C35" t="s">
+      <c r="H35" t="s">
         <v>335</v>
       </c>
-      <c r="D35" t="s">
+      <c r="I35" t="s">
         <v>336</v>
-      </c>
-[...13 lines deleted...]
-        <v>341</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>87</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>88</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3419</v>
       </c>
       <c r="B36" t="s">
+        <v>338</v>
+      </c>
+      <c r="C36" t="s">
+        <v>339</v>
+      </c>
+      <c r="D36" t="s">
+        <v>340</v>
+      </c>
+      <c r="E36" t="s">
+        <v>341</v>
+      </c>
+      <c r="F36" t="s">
+        <v>342</v>
+      </c>
+      <c r="G36" t="s">
         <v>343</v>
       </c>
-      <c r="C36" t="s">
+      <c r="H36" t="s">
         <v>344</v>
       </c>
-      <c r="D36" t="s">
+      <c r="I36" t="s">
         <v>345</v>
-      </c>
-[...13 lines deleted...]
-        <v>350</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>67</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>68</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3420</v>
       </c>
       <c r="B37" t="s">
+        <v>347</v>
+      </c>
+      <c r="C37" t="s">
+        <v>348</v>
+      </c>
+      <c r="D37" t="s">
+        <v>349</v>
+      </c>
+      <c r="E37" t="s">
+        <v>350</v>
+      </c>
+      <c r="F37" t="s">
+        <v>351</v>
+      </c>
+      <c r="G37" t="s">
         <v>352</v>
       </c>
-      <c r="C37" t="s">
+      <c r="H37" t="s">
         <v>353</v>
       </c>
-      <c r="D37" t="s">
+      <c r="I37" t="s">
         <v>354</v>
-      </c>
-[...13 lines deleted...]
-        <v>359</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>87</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>88</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3421</v>
       </c>
       <c r="B38" t="s">
+        <v>356</v>
+      </c>
+      <c r="C38" t="s">
+        <v>357</v>
+      </c>
+      <c r="D38" t="s">
+        <v>358</v>
+      </c>
+      <c r="E38" t="s">
+        <v>359</v>
+      </c>
+      <c r="F38" t="s">
+        <v>360</v>
+      </c>
+      <c r="G38" t="s">
         <v>361</v>
       </c>
-      <c r="C38" t="s">
+      <c r="H38" t="s">
         <v>362</v>
       </c>
-      <c r="D38" t="s">
+      <c r="I38" t="s">
         <v>363</v>
-      </c>
-[...13 lines deleted...]
-        <v>368</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>67</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>68</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3475</v>
       </c>
       <c r="B39" t="s">
+        <v>365</v>
+      </c>
+      <c r="C39" t="s">
+        <v>366</v>
+      </c>
+      <c r="D39" t="s">
+        <v>367</v>
+      </c>
+      <c r="E39" t="s">
+        <v>368</v>
+      </c>
+      <c r="F39" t="s">
+        <v>369</v>
+      </c>
+      <c r="G39" t="s">
         <v>370</v>
       </c>
-      <c r="C39" t="s">
+      <c r="H39" t="s">
         <v>371</v>
       </c>
-      <c r="D39" t="s">
+      <c r="I39" t="s">
         <v>372</v>
-      </c>
-[...13 lines deleted...]
-        <v>377</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>67</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>68</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3481</v>
       </c>
       <c r="B40" t="s">
+        <v>374</v>
+      </c>
+      <c r="C40" t="s">
+        <v>375</v>
+      </c>
+      <c r="D40" t="s">
+        <v>376</v>
+      </c>
+      <c r="E40" t="s">
+        <v>377</v>
+      </c>
+      <c r="F40" t="s">
+        <v>378</v>
+      </c>
+      <c r="G40" t="s">
         <v>379</v>
       </c>
-      <c r="C40" t="s">
+      <c r="H40" t="s">
         <v>380</v>
       </c>
-      <c r="D40" t="s">
+      <c r="I40" t="s">
         <v>381</v>
-      </c>
-[...13 lines deleted...]
-        <v>386</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>87</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>88</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3534</v>
       </c>
       <c r="B41" t="s">
+        <v>383</v>
+      </c>
+      <c r="C41" t="s">
+        <v>384</v>
+      </c>
+      <c r="D41" t="s">
+        <v>385</v>
+      </c>
+      <c r="E41" t="s">
+        <v>386</v>
+      </c>
+      <c r="F41" t="s">
+        <v>387</v>
+      </c>
+      <c r="G41" t="s">
         <v>388</v>
       </c>
-      <c r="C41" t="s">
+      <c r="H41" t="s">
         <v>389</v>
       </c>
-      <c r="D41" t="s">
+      <c r="I41" t="s">
         <v>390</v>
-      </c>
-[...13 lines deleted...]
-        <v>395</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3553</v>
       </c>
       <c r="B42" t="s">
+        <v>392</v>
+      </c>
+      <c r="C42" t="s">
+        <v>393</v>
+      </c>
+      <c r="D42" t="s">
+        <v>394</v>
+      </c>
+      <c r="E42" t="s">
+        <v>395</v>
+      </c>
+      <c r="F42" t="s">
+        <v>396</v>
+      </c>
+      <c r="G42" t="s">
         <v>397</v>
       </c>
-      <c r="C42" t="s">
+      <c r="H42" t="s">
         <v>398</v>
       </c>
-      <c r="D42" t="s">
+      <c r="I42" t="s">
         <v>399</v>
-      </c>
-[...13 lines deleted...]
-        <v>404</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>67</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>68</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3567</v>
       </c>
       <c r="B43" t="s">
+        <v>401</v>
+      </c>
+      <c r="C43" t="s">
+        <v>402</v>
+      </c>
+      <c r="D43" t="s">
+        <v>403</v>
+      </c>
+      <c r="E43" t="s">
+        <v>404</v>
+      </c>
+      <c r="F43" t="s">
+        <v>405</v>
+      </c>
+      <c r="G43" t="s">
         <v>406</v>
       </c>
-      <c r="C43" t="s">
+      <c r="H43" t="s">
         <v>407</v>
       </c>
-      <c r="D43" t="s">
+      <c r="I43" t="s">
         <v>408</v>
       </c>
-      <c r="E43" t="s">
+      <c r="J43" t="s">
+        <v>210</v>
+      </c>
+      <c r="K43" t="s">
         <v>409</v>
       </c>
-      <c r="F43" t="s">
+      <c r="L43" t="s">
+        <v>212</v>
+      </c>
+      <c r="M43" t="s">
         <v>410</v>
       </c>
-      <c r="G43" t="s">
+      <c r="N43" t="s">
+        <v>28</v>
+      </c>
+      <c r="O43" t="s">
         <v>411</v>
-      </c>
-[...22 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3581</v>
       </c>
       <c r="B44" t="s">
+        <v>412</v>
+      </c>
+      <c r="C44" t="s">
+        <v>413</v>
+      </c>
+      <c r="D44" t="s">
+        <v>414</v>
+      </c>
+      <c r="E44" t="s">
+        <v>415</v>
+      </c>
+      <c r="F44" t="s">
+        <v>416</v>
+      </c>
+      <c r="G44" t="s">
         <v>417</v>
       </c>
-      <c r="C44" t="s">
+      <c r="H44" t="s">
         <v>418</v>
       </c>
-      <c r="D44" t="s">
+      <c r="I44" t="s">
         <v>419</v>
-      </c>
-[...13 lines deleted...]
-        <v>424</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>67</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>68</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3588</v>
       </c>
       <c r="B45" t="s">
+        <v>421</v>
+      </c>
+      <c r="C45" t="s">
+        <v>422</v>
+      </c>
+      <c r="D45" t="s">
+        <v>423</v>
+      </c>
+      <c r="E45" t="s">
+        <v>424</v>
+      </c>
+      <c r="F45" t="s">
+        <v>425</v>
+      </c>
+      <c r="G45" t="s">
         <v>426</v>
       </c>
-      <c r="C45" t="s">
+      <c r="H45" t="s">
         <v>427</v>
       </c>
-      <c r="D45" t="s">
+      <c r="I45" t="s">
         <v>428</v>
       </c>
-      <c r="E45" t="s">
+      <c r="J45" t="s">
+        <v>24</v>
+      </c>
+      <c r="K45" t="s">
         <v>429</v>
       </c>
-      <c r="F45" t="s">
+      <c r="L45" t="s">
+        <v>26</v>
+      </c>
+      <c r="M45" t="s">
         <v>430</v>
       </c>
-      <c r="G45" t="s">
+      <c r="N45" t="s">
+        <v>28</v>
+      </c>
+      <c r="O45" t="s">
         <v>431</v>
-      </c>
-[...22 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3591</v>
       </c>
       <c r="B46" t="s">
+        <v>432</v>
+      </c>
+      <c r="C46" t="s">
+        <v>433</v>
+      </c>
+      <c r="D46" t="s">
+        <v>434</v>
+      </c>
+      <c r="E46" t="s">
+        <v>435</v>
+      </c>
+      <c r="F46" t="s">
+        <v>436</v>
+      </c>
+      <c r="G46" t="s">
         <v>437</v>
       </c>
-      <c r="C46" t="s">
+      <c r="H46" t="s">
         <v>438</v>
       </c>
-      <c r="D46" t="s">
+      <c r="I46" t="s">
         <v>439</v>
-      </c>
-[...13 lines deleted...]
-        <v>444</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>87</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>88</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3686</v>
       </c>
       <c r="B47" t="s">
+        <v>441</v>
+      </c>
+      <c r="C47" t="s">
+        <v>442</v>
+      </c>
+      <c r="D47" t="s">
+        <v>443</v>
+      </c>
+      <c r="E47" t="s">
+        <v>444</v>
+      </c>
+      <c r="F47" t="s">
+        <v>445</v>
+      </c>
+      <c r="G47" t="s">
         <v>446</v>
       </c>
-      <c r="C47" t="s">
+      <c r="H47" t="s">
         <v>447</v>
       </c>
-      <c r="D47" t="s">
+      <c r="I47" t="s">
         <v>448</v>
-      </c>
-[...13 lines deleted...]
-        <v>453</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>67</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>68</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3701</v>
       </c>
       <c r="B48" t="s">
+        <v>450</v>
+      </c>
+      <c r="C48" t="s">
+        <v>451</v>
+      </c>
+      <c r="D48" t="s">
+        <v>452</v>
+      </c>
+      <c r="E48" t="s">
+        <v>453</v>
+      </c>
+      <c r="F48" t="s">
+        <v>454</v>
+      </c>
+      <c r="G48" t="s">
         <v>455</v>
       </c>
-      <c r="C48" t="s">
+      <c r="H48" t="s">
         <v>456</v>
       </c>
-      <c r="D48" t="s">
+      <c r="I48" t="s">
         <v>457</v>
-      </c>
-[...13 lines deleted...]
-        <v>462</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
         <v>25</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
         <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3702</v>
       </c>
       <c r="B49" t="s">
+        <v>459</v>
+      </c>
+      <c r="C49" t="s">
+        <v>460</v>
+      </c>
+      <c r="D49" t="s">
+        <v>461</v>
+      </c>
+      <c r="E49" t="s">
+        <v>462</v>
+      </c>
+      <c r="F49" t="s">
+        <v>463</v>
+      </c>
+      <c r="G49" t="s">
         <v>464</v>
       </c>
-      <c r="C49" t="s">
+      <c r="H49" t="s">
         <v>465</v>
       </c>
-      <c r="D49" t="s">
+      <c r="I49" t="s">
         <v>466</v>
       </c>
-      <c r="E49" t="s">
+      <c r="J49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K49" t="s">
+        <v>67</v>
+      </c>
+      <c r="L49" t="s">
+        <v>26</v>
+      </c>
+      <c r="M49" t="s">
+        <v>68</v>
+      </c>
+      <c r="N49" t="s">
+        <v>28</v>
+      </c>
+      <c r="O49" t="s">
         <v>467</v>
-      </c>
-[...28 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3706</v>
       </c>
       <c r="B50" t="s">
+        <v>468</v>
+      </c>
+      <c r="C50" t="s">
+        <v>469</v>
+      </c>
+      <c r="D50" t="s">
+        <v>470</v>
+      </c>
+      <c r="E50" t="s">
+        <v>471</v>
+      </c>
+      <c r="F50" t="s">
+        <v>472</v>
+      </c>
+      <c r="G50" t="s">
         <v>473</v>
       </c>
-      <c r="C50" t="s">
+      <c r="H50" t="s">
         <v>474</v>
       </c>
-      <c r="D50" t="s">
+      <c r="I50" t="s">
         <v>475</v>
-      </c>
-[...13 lines deleted...]
-        <v>480</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3716</v>
       </c>
       <c r="B51" t="s">
+        <v>477</v>
+      </c>
+      <c r="C51" t="s">
+        <v>478</v>
+      </c>
+      <c r="D51" t="s">
+        <v>479</v>
+      </c>
+      <c r="E51" t="s">
+        <v>480</v>
+      </c>
+      <c r="F51" t="s">
+        <v>481</v>
+      </c>
+      <c r="G51" t="s">
         <v>482</v>
       </c>
-      <c r="C51" t="s">
+      <c r="H51" t="s">
         <v>483</v>
       </c>
-      <c r="D51" t="s">
+      <c r="I51" t="s">
         <v>484</v>
-      </c>
-[...13 lines deleted...]
-        <v>489</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>67</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>68</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3753</v>
       </c>
       <c r="B52" t="s">
+        <v>486</v>
+      </c>
+      <c r="C52" t="s">
+        <v>487</v>
+      </c>
+      <c r="D52" t="s">
+        <v>488</v>
+      </c>
+      <c r="E52" t="s">
+        <v>489</v>
+      </c>
+      <c r="F52" t="s">
+        <v>490</v>
+      </c>
+      <c r="G52" t="s">
         <v>491</v>
       </c>
-      <c r="C52" t="s">
+      <c r="H52" t="s">
         <v>492</v>
       </c>
-      <c r="D52" t="s">
+      <c r="I52" t="s">
         <v>493</v>
-      </c>
-[...13 lines deleted...]
-        <v>498</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>25</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>27</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3854</v>
       </c>
       <c r="B53" t="s">
+        <v>495</v>
+      </c>
+      <c r="C53" t="s">
+        <v>496</v>
+      </c>
+      <c r="D53" t="s">
+        <v>497</v>
+      </c>
+      <c r="E53" t="s">
+        <v>498</v>
+      </c>
+      <c r="F53" t="s">
+        <v>499</v>
+      </c>
+      <c r="G53" t="s">
         <v>500</v>
       </c>
-      <c r="C53" t="s">
+      <c r="H53" t="s">
         <v>501</v>
       </c>
-      <c r="D53" t="s">
+      <c r="I53" t="s">
         <v>502</v>
-      </c>
-[...13 lines deleted...]
-        <v>507</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>67</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>68</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>4186</v>
       </c>
       <c r="B54" t="s">
+        <v>504</v>
+      </c>
+      <c r="C54" t="s">
+        <v>505</v>
+      </c>
+      <c r="D54" t="s">
+        <v>506</v>
+      </c>
+      <c r="E54" t="s">
+        <v>507</v>
+      </c>
+      <c r="F54" t="s">
+        <v>508</v>
+      </c>
+      <c r="G54" t="s">
         <v>509</v>
       </c>
-      <c r="C54" t="s">
+      <c r="H54" t="s">
         <v>510</v>
       </c>
-      <c r="D54" t="s">
+      <c r="I54" t="s">
         <v>511</v>
       </c>
-      <c r="E54" t="s">
+      <c r="J54" t="s">
+        <v>24</v>
+      </c>
+      <c r="K54" t="s">
         <v>512</v>
       </c>
-      <c r="F54" t="s">
+      <c r="L54" t="s">
+        <v>26</v>
+      </c>
+      <c r="M54" t="s">
         <v>513</v>
       </c>
-      <c r="G54" t="s">
+      <c r="N54" t="s">
+        <v>28</v>
+      </c>
+      <c r="O54" t="s">
         <v>514</v>
-      </c>
-[...22 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>4191</v>
       </c>
       <c r="B55" t="s">
+        <v>515</v>
+      </c>
+      <c r="C55" t="s">
+        <v>516</v>
+      </c>
+      <c r="D55" t="s">
+        <v>517</v>
+      </c>
+      <c r="E55" t="s">
+        <v>518</v>
+      </c>
+      <c r="F55" t="s">
+        <v>519</v>
+      </c>
+      <c r="G55" t="s">
         <v>520</v>
       </c>
-      <c r="C55" t="s">
+      <c r="H55" t="s">
         <v>521</v>
       </c>
-      <c r="D55" t="s">
+      <c r="I55" t="s">
         <v>522</v>
       </c>
-      <c r="E55" t="s">
+      <c r="J55" t="s">
+        <v>210</v>
+      </c>
+      <c r="K55" t="s">
+        <v>270</v>
+      </c>
+      <c r="L55" t="s">
+        <v>212</v>
+      </c>
+      <c r="M55" t="s">
+        <v>271</v>
+      </c>
+      <c r="N55" t="s">
+        <v>28</v>
+      </c>
+      <c r="O55" t="s">
         <v>523</v>
-      </c>
-[...28 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>4196</v>
       </c>
       <c r="B56" t="s">
+        <v>524</v>
+      </c>
+      <c r="C56" t="s">
+        <v>525</v>
+      </c>
+      <c r="D56" t="s">
+        <v>526</v>
+      </c>
+      <c r="E56" t="s">
+        <v>527</v>
+      </c>
+      <c r="F56" t="s">
+        <v>528</v>
+      </c>
+      <c r="G56" t="s">
         <v>529</v>
       </c>
-      <c r="C56" t="s">
+      <c r="H56" t="s">
         <v>530</v>
       </c>
-      <c r="D56" t="s">
+      <c r="I56" t="s">
         <v>531</v>
-      </c>
-[...13 lines deleted...]
-        <v>536</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>4202</v>
       </c>
       <c r="B57" t="s">
+        <v>533</v>
+      </c>
+      <c r="C57" t="s">
+        <v>534</v>
+      </c>
+      <c r="D57" t="s">
+        <v>535</v>
+      </c>
+      <c r="E57" t="s">
+        <v>536</v>
+      </c>
+      <c r="F57" t="s">
+        <v>537</v>
+      </c>
+      <c r="G57" t="s">
         <v>538</v>
       </c>
-      <c r="C57" t="s">
+      <c r="H57" t="s">
         <v>539</v>
       </c>
-      <c r="D57" t="s">
+      <c r="I57" t="s">
         <v>540</v>
-      </c>
-[...13 lines deleted...]
-        <v>545</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>4204</v>
       </c>
       <c r="B58" t="s">
+        <v>542</v>
+      </c>
+      <c r="C58" t="s">
+        <v>543</v>
+      </c>
+      <c r="D58" t="s">
+        <v>544</v>
+      </c>
+      <c r="E58" t="s">
+        <v>545</v>
+      </c>
+      <c r="F58" t="s">
+        <v>546</v>
+      </c>
+      <c r="G58" t="s">
         <v>547</v>
       </c>
-      <c r="C58" t="s">
+      <c r="H58" t="s">
         <v>548</v>
       </c>
-      <c r="D58" t="s">
+      <c r="I58" t="s">
         <v>549</v>
-      </c>
-[...13 lines deleted...]
-        <v>554</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>67</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>68</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>4304</v>
+        <v>4211</v>
       </c>
       <c r="B59" t="s">
+        <v>551</v>
+      </c>
+      <c r="C59" t="s">
+        <v>552</v>
+      </c>
+      <c r="D59" t="s">
+        <v>553</v>
+      </c>
+      <c r="E59" t="s">
+        <v>554</v>
+      </c>
+      <c r="F59" t="s">
+        <v>555</v>
+      </c>
+      <c r="G59" t="s">
         <v>556</v>
       </c>
-      <c r="C59" t="s">
+      <c r="H59" t="s">
         <v>557</v>
       </c>
-      <c r="D59" t="s">
+      <c r="I59" t="s">
         <v>558</v>
-      </c>
-[...13 lines deleted...]
-        <v>563</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
         <v>25</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
         <v>27</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>4309</v>
+        <v>4295</v>
       </c>
       <c r="B60" t="s">
+        <v>560</v>
+      </c>
+      <c r="C60" t="s">
+        <v>561</v>
+      </c>
+      <c r="D60" t="s">
+        <v>562</v>
+      </c>
+      <c r="E60" t="s">
+        <v>563</v>
+      </c>
+      <c r="F60" t="s">
+        <v>564</v>
+      </c>
+      <c r="G60" t="s">
         <v>565</v>
       </c>
-      <c r="C60" t="s">
+      <c r="H60" t="s">
         <v>566</v>
       </c>
-      <c r="D60" t="s">
+      <c r="I60" t="s">
         <v>567</v>
       </c>
-      <c r="E60" t="s">
+      <c r="J60" t="s">
+        <v>24</v>
+      </c>
+      <c r="K60" t="s">
+        <v>25</v>
+      </c>
+      <c r="L60" t="s">
+        <v>26</v>
+      </c>
+      <c r="M60" t="s">
+        <v>27</v>
+      </c>
+      <c r="N60" t="s">
+        <v>28</v>
+      </c>
+      <c r="O60" t="s">
         <v>568</v>
-      </c>
-[...28 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>4314</v>
+        <v>4303</v>
       </c>
       <c r="B61" t="s">
+        <v>569</v>
+      </c>
+      <c r="C61" t="s">
+        <v>570</v>
+      </c>
+      <c r="D61" t="s">
+        <v>571</v>
+      </c>
+      <c r="E61" t="s">
+        <v>572</v>
+      </c>
+      <c r="F61" t="s">
+        <v>573</v>
+      </c>
+      <c r="G61" t="s">
         <v>574</v>
       </c>
-      <c r="C61" t="s">
+      <c r="H61" t="s">
         <v>575</v>
       </c>
-      <c r="D61" t="s">
+      <c r="I61" t="s">
         <v>576</v>
       </c>
-      <c r="E61" t="s">
+      <c r="J61" t="s">
         <v>577</v>
       </c>
-      <c r="F61" t="s">
+      <c r="K61" t="s">
         <v>578</v>
       </c>
-      <c r="G61" t="s">
+      <c r="L61" t="s">
         <v>579</v>
       </c>
-      <c r="H61" t="s">
+      <c r="M61" t="s">
         <v>580</v>
       </c>
-      <c r="I61" t="s">
+      <c r="N61" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" t="s">
         <v>581</v>
-      </c>
-[...16 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>4319</v>
+        <v>4304</v>
       </c>
       <c r="B62" t="s">
+        <v>582</v>
+      </c>
+      <c r="C62" t="s">
         <v>583</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>584</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62" t="s">
         <v>585</v>
       </c>
-      <c r="E62" t="s">
+      <c r="F62" t="s">
         <v>586</v>
       </c>
-      <c r="F62" t="s">
+      <c r="G62" t="s">
         <v>587</v>
       </c>
-      <c r="G62" t="s">
+      <c r="H62" t="s">
         <v>588</v>
       </c>
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>589</v>
       </c>
-      <c r="I62" t="s">
+      <c r="J62" t="s">
+        <v>24</v>
+      </c>
+      <c r="K62" t="s">
+        <v>25</v>
+      </c>
+      <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
+        <v>27</v>
+      </c>
+      <c r="N62" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" t="s">
         <v>590</v>
-      </c>
-[...16 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>4322</v>
+        <v>4309</v>
       </c>
       <c r="B63" t="s">
+        <v>591</v>
+      </c>
+      <c r="C63" t="s">
         <v>592</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>593</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>594</v>
       </c>
-      <c r="E63" t="s">
+      <c r="F63" t="s">
         <v>595</v>
       </c>
-      <c r="F63" t="s">
+      <c r="G63" t="s">
         <v>596</v>
       </c>
-      <c r="G63" t="s">
+      <c r="H63" t="s">
         <v>597</v>
       </c>
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>598</v>
       </c>
-      <c r="I63" t="s">
+      <c r="J63" t="s">
+        <v>24</v>
+      </c>
+      <c r="K63" t="s">
+        <v>87</v>
+      </c>
+      <c r="L63" t="s">
+        <v>26</v>
+      </c>
+      <c r="M63" t="s">
+        <v>88</v>
+      </c>
+      <c r="N63" t="s">
+        <v>28</v>
+      </c>
+      <c r="O63" t="s">
         <v>599</v>
-      </c>
-[...16 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>4555</v>
+        <v>4314</v>
       </c>
       <c r="B64" t="s">
+        <v>600</v>
+      </c>
+      <c r="C64" t="s">
         <v>601</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>602</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>603</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
         <v>604</v>
       </c>
-      <c r="F64" t="s">
+      <c r="G64" t="s">
         <v>605</v>
       </c>
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>606</v>
       </c>
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>607</v>
       </c>
-      <c r="I64" t="s">
+      <c r="J64" t="s">
+        <v>24</v>
+      </c>
+      <c r="K64" t="s">
+        <v>25</v>
+      </c>
+      <c r="L64" t="s">
+        <v>26</v>
+      </c>
+      <c r="M64" t="s">
+        <v>27</v>
+      </c>
+      <c r="N64" t="s">
+        <v>28</v>
+      </c>
+      <c r="O64" t="s">
         <v>608</v>
-      </c>
-[...16 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>4560</v>
+        <v>4316</v>
       </c>
       <c r="B65" t="s">
+        <v>609</v>
+      </c>
+      <c r="C65" t="s">
         <v>610</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>611</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
         <v>612</v>
       </c>
-      <c r="E65" t="s">
+      <c r="F65" t="s">
         <v>613</v>
       </c>
-      <c r="F65" t="s">
+      <c r="G65" t="s">
         <v>614</v>
       </c>
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>615</v>
       </c>
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>616</v>
       </c>
-      <c r="I65" t="s">
+      <c r="J65" t="s">
+        <v>24</v>
+      </c>
+      <c r="K65" t="s">
+        <v>87</v>
+      </c>
+      <c r="L65" t="s">
+        <v>26</v>
+      </c>
+      <c r="M65" t="s">
+        <v>88</v>
+      </c>
+      <c r="N65" t="s">
+        <v>28</v>
+      </c>
+      <c r="O65" t="s">
         <v>617</v>
-      </c>
-[...16 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>4563</v>
+        <v>4319</v>
       </c>
       <c r="B66" t="s">
+        <v>618</v>
+      </c>
+      <c r="C66" t="s">
         <v>619</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>620</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
         <v>621</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F66" t="s">
         <v>622</v>
       </c>
-      <c r="F66" t="s">
+      <c r="G66" t="s">
         <v>623</v>
       </c>
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>624</v>
       </c>
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>87</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>88</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>4709</v>
+        <v>4322</v>
       </c>
       <c r="B67" t="s">
+        <v>627</v>
+      </c>
+      <c r="C67" t="s">
         <v>628</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>629</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>630</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
         <v>631</v>
       </c>
-      <c r="F67" t="s">
+      <c r="G67" t="s">
         <v>632</v>
       </c>
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>633</v>
       </c>
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>634</v>
       </c>
-      <c r="I67" t="s">
+      <c r="J67" t="s">
+        <v>24</v>
+      </c>
+      <c r="K67" t="s">
+        <v>25</v>
+      </c>
+      <c r="L67" t="s">
+        <v>26</v>
+      </c>
+      <c r="M67" t="s">
+        <v>27</v>
+      </c>
+      <c r="N67" t="s">
+        <v>28</v>
+      </c>
+      <c r="O67" t="s">
         <v>635</v>
-      </c>
-[...16 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>4711</v>
+        <v>4555</v>
       </c>
       <c r="B68" t="s">
+        <v>636</v>
+      </c>
+      <c r="C68" t="s">
         <v>637</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>638</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>639</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
         <v>640</v>
       </c>
-      <c r="F68" t="s">
+      <c r="G68" t="s">
         <v>641</v>
       </c>
-      <c r="G68" t="s">
+      <c r="H68" t="s">
         <v>642</v>
       </c>
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>643</v>
       </c>
-      <c r="I68" t="s">
+      <c r="J68" t="s">
+        <v>24</v>
+      </c>
+      <c r="K68" t="s">
+        <v>87</v>
+      </c>
+      <c r="L68" t="s">
+        <v>26</v>
+      </c>
+      <c r="M68" t="s">
+        <v>88</v>
+      </c>
+      <c r="N68" t="s">
+        <v>28</v>
+      </c>
+      <c r="O68" t="s">
         <v>644</v>
-      </c>
-[...16 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>4721</v>
+        <v>4556</v>
       </c>
       <c r="B69" t="s">
+        <v>645</v>
+      </c>
+      <c r="C69" t="s">
+        <v>646</v>
+      </c>
+      <c r="D69" t="s">
+        <v>647</v>
+      </c>
+      <c r="E69" t="s">
         <v>648</v>
       </c>
-      <c r="C69" t="s">
+      <c r="F69" t="s">
         <v>649</v>
       </c>
-      <c r="D69" t="s">
+      <c r="G69" t="s">
         <v>650</v>
       </c>
-      <c r="E69" t="s">
+      <c r="H69" t="s">
         <v>651</v>
       </c>
-      <c r="F69" t="s">
+      <c r="I69" t="s">
         <v>652</v>
       </c>
-      <c r="G69" t="s">
+      <c r="J69" t="s">
+        <v>24</v>
+      </c>
+      <c r="K69" t="s">
+        <v>25</v>
+      </c>
+      <c r="L69" t="s">
+        <v>26</v>
+      </c>
+      <c r="M69" t="s">
+        <v>27</v>
+      </c>
+      <c r="N69" t="s">
+        <v>28</v>
+      </c>
+      <c r="O69" t="s">
         <v>653</v>
-      </c>
-[...22 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>4725</v>
+        <v>4560</v>
       </c>
       <c r="B70" t="s">
+        <v>654</v>
+      </c>
+      <c r="C70" t="s">
+        <v>655</v>
+      </c>
+      <c r="D70" t="s">
+        <v>656</v>
+      </c>
+      <c r="E70" t="s">
+        <v>657</v>
+      </c>
+      <c r="F70" t="s">
+        <v>658</v>
+      </c>
+      <c r="G70" t="s">
         <v>659</v>
       </c>
-      <c r="C70" t="s">
+      <c r="H70" t="s">
         <v>660</v>
       </c>
-      <c r="D70" t="s">
+      <c r="I70" t="s">
         <v>661</v>
-      </c>
-[...13 lines deleted...]
-        <v>666</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>4792</v>
+        <v>4563</v>
       </c>
       <c r="B71" t="s">
+        <v>663</v>
+      </c>
+      <c r="C71" t="s">
+        <v>664</v>
+      </c>
+      <c r="D71" t="s">
+        <v>665</v>
+      </c>
+      <c r="E71" t="s">
+        <v>666</v>
+      </c>
+      <c r="F71" t="s">
+        <v>667</v>
+      </c>
+      <c r="G71" t="s">
         <v>668</v>
       </c>
-      <c r="C71" t="s">
+      <c r="H71" t="s">
         <v>669</v>
       </c>
-      <c r="D71" t="s">
+      <c r="I71" t="s">
         <v>670</v>
       </c>
-      <c r="E71" t="s">
+      <c r="J71" t="s">
+        <v>24</v>
+      </c>
+      <c r="K71" t="s">
+        <v>87</v>
+      </c>
+      <c r="L71" t="s">
+        <v>26</v>
+      </c>
+      <c r="M71" t="s">
+        <v>88</v>
+      </c>
+      <c r="N71" t="s">
+        <v>28</v>
+      </c>
+      <c r="O71" t="s">
         <v>671</v>
-      </c>
-[...28 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>4810</v>
+        <v>4564</v>
       </c>
       <c r="B72" t="s">
+        <v>672</v>
+      </c>
+      <c r="C72" t="s">
+        <v>673</v>
+      </c>
+      <c r="D72" t="s">
+        <v>674</v>
+      </c>
+      <c r="E72" t="s">
+        <v>675</v>
+      </c>
+      <c r="F72" t="s">
+        <v>676</v>
+      </c>
+      <c r="G72" t="s">
         <v>677</v>
       </c>
-      <c r="C72" t="s">
+      <c r="H72" t="s">
         <v>678</v>
       </c>
-      <c r="D72" t="s">
+      <c r="I72" t="s">
         <v>679</v>
       </c>
-      <c r="E72" t="s">
+      <c r="J72" t="s">
+        <v>24</v>
+      </c>
+      <c r="K72" t="s">
         <v>680</v>
       </c>
-      <c r="F72" t="s">
+      <c r="L72" t="s">
+        <v>26</v>
+      </c>
+      <c r="M72" t="s">
         <v>681</v>
       </c>
-      <c r="G72" t="s">
+      <c r="N72" t="s">
+        <v>28</v>
+      </c>
+      <c r="O72" t="s">
         <v>682</v>
-      </c>
-[...22 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>4811</v>
+        <v>4568</v>
       </c>
       <c r="B73" t="s">
+        <v>683</v>
+      </c>
+      <c r="C73" t="s">
+        <v>684</v>
+      </c>
+      <c r="D73" t="s">
+        <v>685</v>
+      </c>
+      <c r="E73" t="s">
         <v>686</v>
       </c>
-      <c r="C73" t="s">
+      <c r="F73" t="s">
         <v>687</v>
       </c>
-      <c r="D73" t="s">
+      <c r="G73" t="s">
         <v>688</v>
       </c>
-      <c r="E73" t="s">
+      <c r="H73" t="s">
         <v>689</v>
       </c>
-      <c r="F73" t="s">
+      <c r="I73" t="s">
         <v>690</v>
       </c>
-      <c r="G73" t="s">
+      <c r="J73" t="s">
+        <v>24</v>
+      </c>
+      <c r="K73" t="s">
+        <v>25</v>
+      </c>
+      <c r="L73" t="s">
+        <v>26</v>
+      </c>
+      <c r="M73" t="s">
+        <v>27</v>
+      </c>
+      <c r="N73" t="s">
+        <v>28</v>
+      </c>
+      <c r="O73" t="s">
         <v>691</v>
-      </c>
-[...22 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>4817</v>
+        <v>4704</v>
       </c>
       <c r="B74" t="s">
+        <v>692</v>
+      </c>
+      <c r="C74" t="s">
+        <v>693</v>
+      </c>
+      <c r="D74" t="s">
+        <v>694</v>
+      </c>
+      <c r="E74" t="s">
+        <v>695</v>
+      </c>
+      <c r="F74" t="s">
+        <v>696</v>
+      </c>
+      <c r="G74" t="s">
         <v>697</v>
       </c>
-      <c r="C74" t="s">
+      <c r="H74" t="s">
         <v>698</v>
       </c>
-      <c r="D74" t="s">
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
+        <v>67</v>
+      </c>
+      <c r="L74" t="s">
+        <v>26</v>
+      </c>
+      <c r="M74" t="s">
+        <v>68</v>
+      </c>
+      <c r="N74" t="s">
+        <v>28</v>
+      </c>
+      <c r="O74" t="s">
         <v>699</v>
-      </c>
-[...31 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>4935</v>
+        <v>4709</v>
       </c>
       <c r="B75" t="s">
+        <v>700</v>
+      </c>
+      <c r="C75" t="s">
+        <v>701</v>
+      </c>
+      <c r="D75" t="s">
+        <v>702</v>
+      </c>
+      <c r="E75" t="s">
+        <v>703</v>
+      </c>
+      <c r="F75" t="s">
+        <v>704</v>
+      </c>
+      <c r="G75" t="s">
+        <v>705</v>
+      </c>
+      <c r="H75" t="s">
         <v>706</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>707</v>
       </c>
-      <c r="D75" t="s">
+      <c r="J75" t="s">
+        <v>24</v>
+      </c>
+      <c r="K75" t="s">
+        <v>67</v>
+      </c>
+      <c r="L75" t="s">
+        <v>26</v>
+      </c>
+      <c r="M75" t="s">
+        <v>68</v>
+      </c>
+      <c r="N75" t="s">
+        <v>28</v>
+      </c>
+      <c r="O75" t="s">
         <v>708</v>
-      </c>
-[...31 lines deleted...]
-        <v>715</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>4947</v>
+        <v>4711</v>
       </c>
       <c r="B76" t="s">
+        <v>709</v>
+      </c>
+      <c r="C76" t="s">
+        <v>710</v>
+      </c>
+      <c r="D76" t="s">
+        <v>711</v>
+      </c>
+      <c r="E76" t="s">
+        <v>712</v>
+      </c>
+      <c r="F76" t="s">
+        <v>713</v>
+      </c>
+      <c r="G76" t="s">
+        <v>714</v>
+      </c>
+      <c r="H76" t="s">
+        <v>715</v>
+      </c>
+      <c r="I76" t="s">
         <v>716</v>
       </c>
-      <c r="C76" t="s">
+      <c r="J76" t="s">
         <v>717</v>
       </c>
-      <c r="D76" t="s">
+      <c r="K76" t="s">
         <v>718</v>
       </c>
-      <c r="E76" t="s">
+      <c r="L76" t="s">
         <v>719</v>
       </c>
-      <c r="F76" t="s">
+      <c r="M76" t="s">
         <v>720</v>
       </c>
-      <c r="G76" t="s">
+      <c r="N76" t="s">
+        <v>28</v>
+      </c>
+      <c r="O76" t="s">
         <v>721</v>
-      </c>
-[...22 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>4965</v>
+        <v>4717</v>
       </c>
       <c r="B77" t="s">
+        <v>722</v>
+      </c>
+      <c r="C77" t="s">
+        <v>723</v>
+      </c>
+      <c r="D77" t="s">
+        <v>724</v>
+      </c>
+      <c r="E77" t="s">
         <v>725</v>
       </c>
-      <c r="C77" t="s">
+      <c r="F77" t="s">
         <v>726</v>
       </c>
-      <c r="D77" t="s">
+      <c r="G77" t="s">
         <v>727</v>
       </c>
-      <c r="E77" t="s">
+      <c r="H77" t="s">
         <v>728</v>
       </c>
-      <c r="F77" t="s">
+      <c r="I77" t="s">
         <v>729</v>
       </c>
-      <c r="G77" t="s">
+      <c r="J77" t="s">
+        <v>24</v>
+      </c>
+      <c r="K77" t="s">
+        <v>25</v>
+      </c>
+      <c r="L77" t="s">
+        <v>26</v>
+      </c>
+      <c r="M77" t="s">
+        <v>27</v>
+      </c>
+      <c r="N77" t="s">
+        <v>28</v>
+      </c>
+      <c r="O77" t="s">
         <v>730</v>
-      </c>
-[...22 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>5273</v>
+        <v>4721</v>
       </c>
       <c r="B78" t="s">
+        <v>731</v>
+      </c>
+      <c r="C78" t="s">
+        <v>732</v>
+      </c>
+      <c r="D78" t="s">
+        <v>733</v>
+      </c>
+      <c r="E78" t="s">
+        <v>734</v>
+      </c>
+      <c r="F78" t="s">
+        <v>735</v>
+      </c>
+      <c r="G78" t="s">
         <v>736</v>
       </c>
-      <c r="C78" t="s">
+      <c r="H78" t="s">
         <v>737</v>
       </c>
-      <c r="D78" t="s">
+      <c r="I78" t="s">
         <v>738</v>
       </c>
-      <c r="E78" t="s">
+      <c r="J78" t="s">
+        <v>24</v>
+      </c>
+      <c r="K78" t="s">
+        <v>578</v>
+      </c>
+      <c r="L78" t="s">
+        <v>26</v>
+      </c>
+      <c r="M78" t="s">
+        <v>580</v>
+      </c>
+      <c r="N78" t="s">
+        <v>28</v>
+      </c>
+      <c r="O78" t="s">
         <v>739</v>
-      </c>
-[...28 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>5326</v>
+        <v>4722</v>
       </c>
       <c r="B79" t="s">
+        <v>740</v>
+      </c>
+      <c r="C79" t="s">
+        <v>741</v>
+      </c>
+      <c r="D79" t="s">
+        <v>742</v>
+      </c>
+      <c r="E79" t="s">
+        <v>743</v>
+      </c>
+      <c r="F79" t="s">
+        <v>744</v>
+      </c>
+      <c r="G79" t="s">
+        <v>745</v>
+      </c>
+      <c r="H79" t="s">
+        <v>746</v>
+      </c>
+      <c r="I79" t="s">
         <v>747</v>
       </c>
-      <c r="C79" t="s">
+      <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
         <v>748</v>
       </c>
-      <c r="D79" t="s">
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
         <v>749</v>
       </c>
-      <c r="E79" t="s">
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
         <v>750</v>
-      </c>
-[...28 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>5330</v>
+        <v>4725</v>
       </c>
       <c r="B80" t="s">
+        <v>751</v>
+      </c>
+      <c r="C80" t="s">
+        <v>752</v>
+      </c>
+      <c r="D80" t="s">
+        <v>753</v>
+      </c>
+      <c r="E80" t="s">
+        <v>754</v>
+      </c>
+      <c r="F80" t="s">
+        <v>755</v>
+      </c>
+      <c r="G80" t="s">
         <v>756</v>
       </c>
-      <c r="C80" t="s">
+      <c r="H80" t="s">
         <v>757</v>
       </c>
-      <c r="D80" t="s">
+      <c r="I80" t="s">
         <v>758</v>
       </c>
-      <c r="E80" t="s">
+      <c r="J80" t="s">
+        <v>24</v>
+      </c>
+      <c r="K80" t="s">
+        <v>25</v>
+      </c>
+      <c r="L80" t="s">
+        <v>26</v>
+      </c>
+      <c r="M80" t="s">
+        <v>27</v>
+      </c>
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>759</v>
-      </c>
-[...28 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>5331</v>
+        <v>4792</v>
       </c>
       <c r="B81" t="s">
+        <v>760</v>
+      </c>
+      <c r="C81" t="s">
+        <v>761</v>
+      </c>
+      <c r="D81" t="s">
+        <v>762</v>
+      </c>
+      <c r="E81" t="s">
+        <v>763</v>
+      </c>
+      <c r="F81" t="s">
+        <v>764</v>
+      </c>
+      <c r="G81" t="s">
         <v>765</v>
       </c>
-      <c r="C81" t="s">
+      <c r="H81" t="s">
         <v>766</v>
       </c>
-      <c r="D81" t="s">
+      <c r="I81" t="s">
         <v>767</v>
       </c>
-      <c r="E81" t="s">
+      <c r="J81" t="s">
+        <v>24</v>
+      </c>
+      <c r="K81" t="s">
+        <v>25</v>
+      </c>
+      <c r="L81" t="s">
+        <v>26</v>
+      </c>
+      <c r="M81" t="s">
+        <v>27</v>
+      </c>
+      <c r="N81" t="s">
+        <v>28</v>
+      </c>
+      <c r="O81" t="s">
         <v>768</v>
-      </c>
-[...28 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>5332</v>
+        <v>4810</v>
       </c>
       <c r="B82" t="s">
+        <v>769</v>
+      </c>
+      <c r="C82" t="s">
+        <v>770</v>
+      </c>
+      <c r="D82" t="s">
+        <v>771</v>
+      </c>
+      <c r="E82" t="s">
+        <v>772</v>
+      </c>
+      <c r="F82" t="s">
+        <v>773</v>
+      </c>
+      <c r="G82" t="s">
         <v>774</v>
       </c>
-      <c r="C82" t="s">
+      <c r="H82" t="s">
         <v>775</v>
       </c>
-      <c r="D82" t="s">
+      <c r="I82" t="s">
         <v>776</v>
       </c>
-      <c r="E82" t="s">
+      <c r="J82" t="s">
+        <v>24</v>
+      </c>
+      <c r="K82" t="s">
+        <v>87</v>
+      </c>
+      <c r="L82" t="s">
+        <v>26</v>
+      </c>
+      <c r="M82" t="s">
+        <v>88</v>
+      </c>
+      <c r="N82" t="s">
+        <v>28</v>
+      </c>
+      <c r="O82" t="s">
         <v>777</v>
-      </c>
-[...28 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>5335</v>
+        <v>4811</v>
       </c>
       <c r="B83" t="s">
+        <v>778</v>
+      </c>
+      <c r="C83" t="s">
+        <v>779</v>
+      </c>
+      <c r="D83" t="s">
+        <v>780</v>
+      </c>
+      <c r="E83" t="s">
+        <v>781</v>
+      </c>
+      <c r="F83" t="s">
+        <v>782</v>
+      </c>
+      <c r="G83" t="s">
         <v>783</v>
       </c>
-      <c r="C83" t="s">
+      <c r="H83" t="s">
         <v>784</v>
       </c>
-      <c r="D83" t="s">
+      <c r="I83" t="s">
         <v>785</v>
       </c>
-      <c r="E83" t="s">
+      <c r="J83" t="s">
+        <v>24</v>
+      </c>
+      <c r="K83" t="s">
+        <v>270</v>
+      </c>
+      <c r="L83" t="s">
+        <v>26</v>
+      </c>
+      <c r="M83" t="s">
+        <v>271</v>
+      </c>
+      <c r="N83" t="s">
+        <v>28</v>
+      </c>
+      <c r="O83" t="s">
         <v>786</v>
-      </c>
-[...28 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>5344</v>
+        <v>4817</v>
       </c>
       <c r="B84" t="s">
+        <v>787</v>
+      </c>
+      <c r="C84" t="s">
+        <v>788</v>
+      </c>
+      <c r="D84" t="s">
+        <v>789</v>
+      </c>
+      <c r="E84" t="s">
+        <v>790</v>
+      </c>
+      <c r="F84" t="s">
+        <v>791</v>
+      </c>
+      <c r="G84" t="s">
         <v>792</v>
       </c>
-      <c r="C84" t="s">
+      <c r="H84" t="s">
         <v>793</v>
       </c>
-      <c r="D84" t="s">
+      <c r="I84" t="s">
         <v>794</v>
       </c>
-      <c r="E84" t="s">
+      <c r="J84" t="s">
+        <v>24</v>
+      </c>
+      <c r="K84" t="s">
+        <v>25</v>
+      </c>
+      <c r="L84" t="s">
+        <v>26</v>
+      </c>
+      <c r="M84" t="s">
+        <v>27</v>
+      </c>
+      <c r="N84" t="s">
+        <v>28</v>
+      </c>
+      <c r="O84" t="s">
         <v>795</v>
-      </c>
-[...28 lines deleted...]
-        <v>802</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>5346</v>
+        <v>4935</v>
       </c>
       <c r="B85" t="s">
+        <v>796</v>
+      </c>
+      <c r="C85" t="s">
+        <v>797</v>
+      </c>
+      <c r="D85" t="s">
+        <v>798</v>
+      </c>
+      <c r="E85" t="s">
+        <v>799</v>
+      </c>
+      <c r="F85" t="s">
+        <v>800</v>
+      </c>
+      <c r="G85" t="s">
+        <v>801</v>
+      </c>
+      <c r="H85" t="s">
+        <v>802</v>
+      </c>
+      <c r="I85" t="s">
         <v>803</v>
       </c>
-      <c r="C85" t="s">
+      <c r="J85" t="s">
+        <v>24</v>
+      </c>
+      <c r="K85" t="s">
         <v>804</v>
       </c>
-      <c r="D85" t="s">
+      <c r="L85" t="s">
+        <v>26</v>
+      </c>
+      <c r="M85" t="s">
+        <v>88</v>
+      </c>
+      <c r="N85" t="s">
+        <v>28</v>
+      </c>
+      <c r="O85" t="s">
         <v>805</v>
-      </c>
-[...31 lines deleted...]
-        <v>811</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>5348</v>
+        <v>4947</v>
       </c>
       <c r="B86" t="s">
+        <v>806</v>
+      </c>
+      <c r="C86" t="s">
+        <v>807</v>
+      </c>
+      <c r="D86" t="s">
+        <v>808</v>
+      </c>
+      <c r="E86" t="s">
+        <v>809</v>
+      </c>
+      <c r="F86" t="s">
+        <v>810</v>
+      </c>
+      <c r="G86" t="s">
+        <v>811</v>
+      </c>
+      <c r="H86" t="s">
         <v>812</v>
       </c>
-      <c r="C86" t="s">
+      <c r="I86" t="s">
         <v>813</v>
       </c>
-      <c r="D86" t="s">
+      <c r="J86" t="s">
+        <v>24</v>
+      </c>
+      <c r="K86" t="s">
+        <v>67</v>
+      </c>
+      <c r="L86" t="s">
+        <v>26</v>
+      </c>
+      <c r="M86" t="s">
+        <v>68</v>
+      </c>
+      <c r="N86" t="s">
+        <v>28</v>
+      </c>
+      <c r="O86" t="s">
         <v>814</v>
-      </c>
-[...31 lines deleted...]
-        <v>820</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>5351</v>
+        <v>4965</v>
       </c>
       <c r="B87" t="s">
+        <v>815</v>
+      </c>
+      <c r="C87" t="s">
+        <v>816</v>
+      </c>
+      <c r="D87" t="s">
+        <v>817</v>
+      </c>
+      <c r="E87" t="s">
+        <v>818</v>
+      </c>
+      <c r="F87" t="s">
+        <v>819</v>
+      </c>
+      <c r="G87" t="s">
+        <v>820</v>
+      </c>
+      <c r="H87" t="s">
         <v>821</v>
       </c>
-      <c r="C87" t="s">
+      <c r="I87" t="s">
         <v>822</v>
       </c>
-      <c r="D87" t="s">
+      <c r="J87" t="s">
+        <v>24</v>
+      </c>
+      <c r="K87" t="s">
         <v>823</v>
       </c>
-      <c r="E87" t="s">
+      <c r="L87" t="s">
+        <v>26</v>
+      </c>
+      <c r="M87" t="s">
         <v>824</v>
       </c>
-      <c r="F87" t="s">
+      <c r="N87" t="s">
+        <v>28</v>
+      </c>
+      <c r="O87" t="s">
         <v>825</v>
-      </c>
-[...25 lines deleted...]
-        <v>829</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>5353</v>
+        <v>5273</v>
       </c>
       <c r="B88" t="s">
+        <v>826</v>
+      </c>
+      <c r="C88" t="s">
+        <v>827</v>
+      </c>
+      <c r="D88" t="s">
+        <v>828</v>
+      </c>
+      <c r="E88" t="s">
+        <v>829</v>
+      </c>
+      <c r="F88" t="s">
         <v>830</v>
       </c>
-      <c r="C88" t="s">
+      <c r="G88" t="s">
         <v>831</v>
       </c>
-      <c r="D88" t="s">
+      <c r="H88" t="s">
         <v>832</v>
       </c>
-      <c r="E88" t="s">
+      <c r="I88" t="s">
         <v>833</v>
       </c>
-      <c r="F88" t="s">
+      <c r="J88" t="s">
+        <v>24</v>
+      </c>
+      <c r="K88" t="s">
         <v>834</v>
       </c>
-      <c r="G88" t="s">
+      <c r="L88" t="s">
+        <v>26</v>
+      </c>
+      <c r="M88" t="s">
         <v>835</v>
       </c>
-      <c r="H88" t="s">
+      <c r="N88" t="s">
+        <v>28</v>
+      </c>
+      <c r="O88" t="s">
         <v>836</v>
-      </c>
-[...19 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>5354</v>
+        <v>5326</v>
       </c>
       <c r="B89" t="s">
+        <v>837</v>
+      </c>
+      <c r="C89" t="s">
+        <v>838</v>
+      </c>
+      <c r="D89" t="s">
         <v>839</v>
       </c>
-      <c r="C89" t="s">
+      <c r="E89" t="s">
         <v>840</v>
       </c>
-      <c r="D89" t="s">
+      <c r="F89" t="s">
         <v>841</v>
       </c>
-      <c r="E89" t="s">
+      <c r="G89" t="s">
         <v>842</v>
       </c>
-      <c r="F89" t="s">
+      <c r="H89" t="s">
         <v>843</v>
       </c>
-      <c r="G89" t="s">
+      <c r="I89" t="s">
         <v>844</v>
-      </c>
-[...4 lines deleted...]
-        <v>846</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>87</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>88</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>5359</v>
+        <v>5330</v>
       </c>
       <c r="B90" t="s">
+        <v>846</v>
+      </c>
+      <c r="C90" t="s">
+        <v>847</v>
+      </c>
+      <c r="D90" t="s">
         <v>848</v>
       </c>
-      <c r="C90" t="s">
+      <c r="E90" t="s">
         <v>849</v>
       </c>
-      <c r="D90" t="s">
+      <c r="F90" t="s">
         <v>850</v>
       </c>
-      <c r="E90" t="s">
+      <c r="G90" t="s">
         <v>851</v>
       </c>
-      <c r="F90" t="s">
+      <c r="H90" t="s">
         <v>852</v>
       </c>
-      <c r="G90" t="s">
+      <c r="I90" t="s">
         <v>853</v>
       </c>
-      <c r="H90" t="s">
+      <c r="J90" t="s">
+        <v>24</v>
+      </c>
+      <c r="K90" t="s">
+        <v>87</v>
+      </c>
+      <c r="L90" t="s">
+        <v>26</v>
+      </c>
+      <c r="M90" t="s">
+        <v>88</v>
+      </c>
+      <c r="N90" t="s">
+        <v>28</v>
+      </c>
+      <c r="O90" t="s">
         <v>854</v>
-      </c>
-[...19 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>5364</v>
+        <v>5331</v>
       </c>
       <c r="B91" t="s">
+        <v>855</v>
+      </c>
+      <c r="C91" t="s">
+        <v>856</v>
+      </c>
+      <c r="D91" t="s">
         <v>857</v>
       </c>
-      <c r="C91" t="s">
+      <c r="E91" t="s">
         <v>858</v>
       </c>
-      <c r="D91" t="s">
+      <c r="F91" t="s">
         <v>859</v>
       </c>
-      <c r="E91" t="s">
+      <c r="G91" t="s">
         <v>860</v>
       </c>
-      <c r="F91" t="s">
+      <c r="H91" t="s">
         <v>861</v>
       </c>
-      <c r="G91" t="s">
+      <c r="I91" t="s">
         <v>862</v>
-      </c>
-[...4 lines deleted...]
-        <v>864</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
         <v>67</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
         <v>68</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>5365</v>
+        <v>5332</v>
       </c>
       <c r="B92" t="s">
+        <v>864</v>
+      </c>
+      <c r="C92" t="s">
+        <v>865</v>
+      </c>
+      <c r="D92" t="s">
         <v>866</v>
       </c>
-      <c r="C92" t="s">
+      <c r="E92" t="s">
         <v>867</v>
       </c>
-      <c r="D92" t="s">
+      <c r="F92" t="s">
         <v>868</v>
       </c>
-      <c r="E92" t="s">
+      <c r="G92" t="s">
         <v>869</v>
       </c>
-      <c r="F92" t="s">
+      <c r="H92" t="s">
         <v>870</v>
       </c>
-      <c r="G92" t="s">
+      <c r="I92" t="s">
         <v>871</v>
-      </c>
-[...4 lines deleted...]
-        <v>873</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
         <v>25</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
         <v>27</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>5367</v>
+        <v>5335</v>
       </c>
       <c r="B93" t="s">
+        <v>873</v>
+      </c>
+      <c r="C93" t="s">
+        <v>874</v>
+      </c>
+      <c r="D93" t="s">
         <v>875</v>
       </c>
-      <c r="C93" t="s">
+      <c r="E93" t="s">
         <v>876</v>
       </c>
-      <c r="D93" t="s">
+      <c r="F93" t="s">
         <v>877</v>
       </c>
-      <c r="E93" t="s">
+      <c r="G93" t="s">
         <v>878</v>
       </c>
-      <c r="F93" t="s">
+      <c r="H93" t="s">
         <v>879</v>
       </c>
-      <c r="G93" t="s">
+      <c r="I93" t="s">
         <v>880</v>
-      </c>
-[...4 lines deleted...]
-        <v>882</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>5368</v>
+        <v>5344</v>
       </c>
       <c r="B94" t="s">
+        <v>882</v>
+      </c>
+      <c r="C94" t="s">
+        <v>883</v>
+      </c>
+      <c r="D94" t="s">
         <v>884</v>
       </c>
-      <c r="C94" t="s">
+      <c r="E94" t="s">
         <v>885</v>
       </c>
-      <c r="D94" t="s">
+      <c r="F94" t="s">
         <v>886</v>
       </c>
-      <c r="E94" t="s">
+      <c r="G94" t="s">
         <v>887</v>
       </c>
-      <c r="F94" t="s">
+      <c r="H94" t="s">
         <v>888</v>
       </c>
-      <c r="G94" t="s">
+      <c r="I94" t="s">
         <v>889</v>
       </c>
-      <c r="H94" t="s">
+      <c r="J94" t="s">
+        <v>210</v>
+      </c>
+      <c r="K94" t="s">
         <v>890</v>
       </c>
-      <c r="I94" t="s">
+      <c r="L94" t="s">
+        <v>212</v>
+      </c>
+      <c r="M94" t="s">
         <v>891</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>5372</v>
+        <v>5346</v>
       </c>
       <c r="B95" t="s">
         <v>893</v>
       </c>
       <c r="C95" t="s">
         <v>894</v>
       </c>
       <c r="D95" t="s">
         <v>895</v>
       </c>
       <c r="E95" t="s">
         <v>896</v>
       </c>
       <c r="F95" t="s">
         <v>897</v>
       </c>
       <c r="G95" t="s">
         <v>898</v>
       </c>
       <c r="H95" t="s">
         <v>899</v>
       </c>
       <c r="I95" t="s">
         <v>900</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>5375</v>
+        <v>5348</v>
       </c>
       <c r="B96" t="s">
         <v>902</v>
       </c>
       <c r="C96" t="s">
         <v>903</v>
       </c>
       <c r="D96" t="s">
         <v>904</v>
       </c>
       <c r="E96" t="s">
         <v>905</v>
       </c>
       <c r="F96" t="s">
         <v>906</v>
       </c>
       <c r="G96" t="s">
         <v>907</v>
       </c>
       <c r="H96" t="s">
         <v>908</v>
       </c>
       <c r="I96" t="s">
         <v>909</v>
       </c>
       <c r="J96" t="s">
-        <v>253</v>
+        <v>24</v>
       </c>
       <c r="K96" t="s">
+        <v>87</v>
+      </c>
+      <c r="L96" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96" t="s">
+        <v>88</v>
+      </c>
+      <c r="N96" t="s">
+        <v>28</v>
+      </c>
+      <c r="O96" t="s">
         <v>910</v>
-      </c>
-[...10 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>5382</v>
+        <v>5351</v>
       </c>
       <c r="B97" t="s">
+        <v>911</v>
+      </c>
+      <c r="C97" t="s">
+        <v>912</v>
+      </c>
+      <c r="D97" t="s">
         <v>913</v>
       </c>
-      <c r="C97" t="s">
+      <c r="E97" t="s">
         <v>914</v>
       </c>
-      <c r="D97" t="s">
+      <c r="F97" t="s">
         <v>915</v>
       </c>
-      <c r="E97" t="s">
+      <c r="G97" t="s">
         <v>916</v>
       </c>
-      <c r="F97" t="s">
+      <c r="H97" t="s">
         <v>917</v>
       </c>
-      <c r="G97" t="s">
+      <c r="I97" t="s">
         <v>918</v>
       </c>
-      <c r="H97" t="s">
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="K97" t="s">
+        <v>25</v>
+      </c>
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
+        <v>27</v>
+      </c>
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>919</v>
-      </c>
-[...19 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>5435</v>
+        <v>5353</v>
       </c>
       <c r="B98" t="s">
+        <v>920</v>
+      </c>
+      <c r="C98" t="s">
+        <v>921</v>
+      </c>
+      <c r="D98" t="s">
         <v>922</v>
       </c>
-      <c r="C98" t="s">
+      <c r="E98" t="s">
         <v>923</v>
       </c>
-      <c r="D98" t="s">
+      <c r="F98" t="s">
         <v>924</v>
       </c>
-      <c r="E98" t="s">
+      <c r="G98" t="s">
         <v>925</v>
       </c>
-      <c r="F98" t="s">
+      <c r="H98" t="s">
         <v>926</v>
       </c>
-      <c r="G98" t="s">
+      <c r="I98" t="s">
         <v>927</v>
       </c>
-      <c r="H98" t="s">
+      <c r="J98" t="s">
+        <v>210</v>
+      </c>
+      <c r="K98" t="s">
+        <v>290</v>
+      </c>
+      <c r="L98" t="s">
+        <v>212</v>
+      </c>
+      <c r="M98" t="s">
+        <v>291</v>
+      </c>
+      <c r="N98" t="s">
+        <v>28</v>
+      </c>
+      <c r="O98" t="s">
         <v>928</v>
-      </c>
-[...19 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>5437</v>
+        <v>5354</v>
       </c>
       <c r="B99" t="s">
+        <v>929</v>
+      </c>
+      <c r="C99" t="s">
+        <v>930</v>
+      </c>
+      <c r="D99" t="s">
         <v>931</v>
       </c>
-      <c r="C99" t="s">
+      <c r="E99" t="s">
         <v>932</v>
       </c>
-      <c r="D99" t="s">
+      <c r="F99" t="s">
         <v>933</v>
       </c>
-      <c r="E99" t="s">
+      <c r="G99" t="s">
         <v>934</v>
       </c>
-      <c r="F99" t="s">
+      <c r="H99" t="s">
         <v>935</v>
       </c>
-      <c r="G99" t="s">
+      <c r="I99" t="s">
         <v>936</v>
       </c>
-      <c r="H99" t="s">
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" t="s">
+        <v>87</v>
+      </c>
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
+        <v>88</v>
+      </c>
+      <c r="N99" t="s">
+        <v>28</v>
+      </c>
+      <c r="O99" t="s">
         <v>937</v>
-      </c>
-[...19 lines deleted...]
-        <v>939</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>5439</v>
+        <v>5359</v>
       </c>
       <c r="B100" t="s">
+        <v>938</v>
+      </c>
+      <c r="C100" t="s">
+        <v>939</v>
+      </c>
+      <c r="D100" t="s">
         <v>940</v>
       </c>
-      <c r="C100" t="s">
+      <c r="E100" t="s">
         <v>941</v>
       </c>
-      <c r="D100" t="s">
+      <c r="F100" t="s">
         <v>942</v>
       </c>
-      <c r="E100" t="s">
+      <c r="G100" t="s">
         <v>943</v>
       </c>
-      <c r="F100" t="s">
+      <c r="H100" t="s">
         <v>944</v>
       </c>
-      <c r="G100" t="s">
+      <c r="I100" t="s">
         <v>945</v>
-      </c>
-[...4 lines deleted...]
-        <v>947</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>5474</v>
+        <v>5364</v>
       </c>
       <c r="B101" t="s">
+        <v>947</v>
+      </c>
+      <c r="C101" t="s">
+        <v>948</v>
+      </c>
+      <c r="D101" t="s">
         <v>949</v>
       </c>
-      <c r="C101" t="s">
+      <c r="E101" t="s">
         <v>950</v>
       </c>
-      <c r="D101" t="s">
+      <c r="F101" t="s">
         <v>951</v>
       </c>
-      <c r="E101" t="s">
+      <c r="G101" t="s">
         <v>952</v>
       </c>
-      <c r="F101" t="s">
+      <c r="H101" t="s">
         <v>953</v>
       </c>
-      <c r="G101" t="s">
+      <c r="I101" t="s">
         <v>954</v>
       </c>
-      <c r="H101" t="s">
+      <c r="J101" t="s">
+        <v>24</v>
+      </c>
+      <c r="K101" t="s">
+        <v>67</v>
+      </c>
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
+        <v>68</v>
+      </c>
+      <c r="N101" t="s">
+        <v>28</v>
+      </c>
+      <c r="O101" t="s">
         <v>955</v>
-      </c>
-[...19 lines deleted...]
-        <v>957</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>5475</v>
+        <v>5365</v>
       </c>
       <c r="B102" t="s">
+        <v>956</v>
+      </c>
+      <c r="C102" t="s">
+        <v>957</v>
+      </c>
+      <c r="D102" t="s">
         <v>958</v>
       </c>
-      <c r="C102" t="s">
+      <c r="E102" t="s">
         <v>959</v>
       </c>
-      <c r="D102" t="s">
+      <c r="F102" t="s">
         <v>960</v>
       </c>
-      <c r="E102" t="s">
+      <c r="G102" t="s">
         <v>961</v>
       </c>
-      <c r="F102" t="s">
+      <c r="H102" t="s">
         <v>962</v>
       </c>
-      <c r="G102" t="s">
+      <c r="I102" t="s">
         <v>963</v>
       </c>
-      <c r="H102" t="s">
+      <c r="J102" t="s">
+        <v>24</v>
+      </c>
+      <c r="K102" t="s">
+        <v>25</v>
+      </c>
+      <c r="L102" t="s">
+        <v>26</v>
+      </c>
+      <c r="M102" t="s">
+        <v>27</v>
+      </c>
+      <c r="N102" t="s">
+        <v>28</v>
+      </c>
+      <c r="O102" t="s">
         <v>964</v>
-      </c>
-[...19 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>5476</v>
+        <v>5367</v>
       </c>
       <c r="B103" t="s">
+        <v>965</v>
+      </c>
+      <c r="C103" t="s">
+        <v>966</v>
+      </c>
+      <c r="D103" t="s">
         <v>967</v>
       </c>
-      <c r="C103" t="s">
+      <c r="E103" t="s">
         <v>968</v>
       </c>
-      <c r="D103" t="s">
+      <c r="F103" t="s">
         <v>969</v>
       </c>
-      <c r="E103" t="s">
+      <c r="G103" t="s">
         <v>970</v>
       </c>
-      <c r="F103" t="s">
+      <c r="H103" t="s">
         <v>971</v>
       </c>
-      <c r="G103" t="s">
+      <c r="I103" t="s">
         <v>972</v>
       </c>
-      <c r="H103" t="s">
+      <c r="J103" t="s">
+        <v>24</v>
+      </c>
+      <c r="K103" t="s">
+        <v>25</v>
+      </c>
+      <c r="L103" t="s">
+        <v>26</v>
+      </c>
+      <c r="M103" t="s">
+        <v>27</v>
+      </c>
+      <c r="N103" t="s">
+        <v>28</v>
+      </c>
+      <c r="O103" t="s">
         <v>973</v>
-      </c>
-[...19 lines deleted...]
-        <v>977</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>5478</v>
+        <v>5368</v>
       </c>
       <c r="B104" t="s">
+        <v>974</v>
+      </c>
+      <c r="C104" t="s">
+        <v>975</v>
+      </c>
+      <c r="D104" t="s">
+        <v>976</v>
+      </c>
+      <c r="E104" t="s">
+        <v>977</v>
+      </c>
+      <c r="F104" t="s">
         <v>978</v>
       </c>
-      <c r="C104" t="s">
+      <c r="G104" t="s">
         <v>979</v>
       </c>
-      <c r="D104" t="s">
+      <c r="H104" t="s">
         <v>980</v>
       </c>
-      <c r="E104" t="s">
+      <c r="I104" t="s">
         <v>981</v>
-      </c>
-[...10 lines deleted...]
-        <v>985</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>5496</v>
+        <v>5372</v>
       </c>
       <c r="B105" t="s">
+        <v>983</v>
+      </c>
+      <c r="C105" t="s">
+        <v>984</v>
+      </c>
+      <c r="D105" t="s">
+        <v>985</v>
+      </c>
+      <c r="E105" t="s">
+        <v>986</v>
+      </c>
+      <c r="F105" t="s">
         <v>987</v>
       </c>
-      <c r="C105" t="s">
+      <c r="G105" t="s">
         <v>988</v>
       </c>
-      <c r="D105" t="s">
+      <c r="H105" t="s">
         <v>989</v>
       </c>
-      <c r="E105" t="s">
+      <c r="I105" t="s">
         <v>990</v>
       </c>
-      <c r="F105" t="s">
+      <c r="J105" t="s">
+        <v>24</v>
+      </c>
+      <c r="K105" t="s">
+        <v>25</v>
+      </c>
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
+        <v>27</v>
+      </c>
+      <c r="N105" t="s">
+        <v>28</v>
+      </c>
+      <c r="O105" t="s">
         <v>991</v>
-      </c>
-[...25 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>5507</v>
+        <v>5375</v>
       </c>
       <c r="B106" t="s">
+        <v>992</v>
+      </c>
+      <c r="C106" t="s">
+        <v>993</v>
+      </c>
+      <c r="D106" t="s">
+        <v>994</v>
+      </c>
+      <c r="E106" t="s">
+        <v>995</v>
+      </c>
+      <c r="F106" t="s">
+        <v>996</v>
+      </c>
+      <c r="G106" t="s">
+        <v>997</v>
+      </c>
+      <c r="H106" t="s">
+        <v>998</v>
+      </c>
+      <c r="I106" t="s">
+        <v>999</v>
+      </c>
+      <c r="J106" t="s">
+        <v>210</v>
+      </c>
+      <c r="K106" t="s">
         <v>1000</v>
       </c>
-      <c r="C106" t="s">
+      <c r="L106" t="s">
+        <v>212</v>
+      </c>
+      <c r="M106" t="s">
         <v>1001</v>
       </c>
-      <c r="D106" t="s">
+      <c r="N106" t="s">
+        <v>28</v>
+      </c>
+      <c r="O106" t="s">
         <v>1002</v>
-      </c>
-[...31 lines deleted...]
-        <v>1008</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>5509</v>
+        <v>5382</v>
       </c>
       <c r="B107" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D107" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F107" t="s">
+        <v>1007</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H107" t="s">
         <v>1009</v>
       </c>
-      <c r="C107" t="s">
+      <c r="I107" t="s">
         <v>1010</v>
       </c>
-      <c r="D107" t="s">
+      <c r="J107" t="s">
+        <v>24</v>
+      </c>
+      <c r="K107" t="s">
+        <v>87</v>
+      </c>
+      <c r="L107" t="s">
+        <v>26</v>
+      </c>
+      <c r="M107" t="s">
+        <v>88</v>
+      </c>
+      <c r="N107" t="s">
+        <v>28</v>
+      </c>
+      <c r="O107" t="s">
         <v>1011</v>
-      </c>
-[...31 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>5512</v>
+        <v>5435</v>
       </c>
       <c r="B108" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F108" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H108" t="s">
         <v>1018</v>
       </c>
-      <c r="C108" t="s">
+      <c r="I108" t="s">
         <v>1019</v>
-      </c>
-[...16 lines deleted...]
-        <v>1025</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>87</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>88</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1026</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>5514</v>
+        <v>5437</v>
       </c>
       <c r="B109" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F109" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H109" t="s">
         <v>1027</v>
       </c>
-      <c r="C109" t="s">
+      <c r="I109" t="s">
         <v>1028</v>
       </c>
-      <c r="D109" t="s">
+      <c r="J109" t="s">
+        <v>24</v>
+      </c>
+      <c r="K109" t="s">
+        <v>25</v>
+      </c>
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
+        <v>27</v>
+      </c>
+      <c r="N109" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" t="s">
         <v>1029</v>
-      </c>
-[...31 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>5516</v>
+        <v>5439</v>
       </c>
       <c r="B110" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F110" t="s">
+        <v>1034</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I110" t="s">
         <v>1037</v>
-      </c>
-[...19 lines deleted...]
-        <v>1044</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1045</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>5517</v>
+        <v>5456</v>
       </c>
       <c r="B111" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F111" t="s">
+        <v>1043</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1045</v>
+      </c>
+      <c r="I111" t="s">
         <v>1046</v>
       </c>
-      <c r="C111" t="s">
+      <c r="J111" t="s">
+        <v>210</v>
+      </c>
+      <c r="K111" t="s">
+        <v>270</v>
+      </c>
+      <c r="L111" t="s">
+        <v>212</v>
+      </c>
+      <c r="M111" t="s">
+        <v>271</v>
+      </c>
+      <c r="N111" t="s">
+        <v>28</v>
+      </c>
+      <c r="O111" t="s">
         <v>1047</v>
-      </c>
-[...34 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>5518</v>
+        <v>5474</v>
       </c>
       <c r="B112" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F112" t="s">
+        <v>1052</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1054</v>
+      </c>
+      <c r="I112" t="s">
         <v>1055</v>
-      </c>
-[...19 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>5545</v>
+        <v>5475</v>
       </c>
       <c r="B113" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F113" t="s">
+        <v>1061</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I113" t="s">
         <v>1064</v>
-      </c>
-[...19 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>87</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>88</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1072</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>5657</v>
+        <v>5476</v>
       </c>
       <c r="B114" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F114" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I114" t="s">
         <v>1073</v>
       </c>
-      <c r="C114" t="s">
+      <c r="J114" t="s">
         <v>1074</v>
       </c>
-      <c r="D114" t="s">
+      <c r="K114" t="s">
+        <v>270</v>
+      </c>
+      <c r="L114" t="s">
         <v>1075</v>
       </c>
-      <c r="E114" t="s">
+      <c r="M114" t="s">
+        <v>271</v>
+      </c>
+      <c r="N114" t="s">
+        <v>28</v>
+      </c>
+      <c r="O114" t="s">
         <v>1076</v>
-      </c>
-[...28 lines deleted...]
-        <v>1081</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>5733</v>
+        <v>5478</v>
       </c>
       <c r="B115" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F115" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G115" t="s">
         <v>1082</v>
       </c>
-      <c r="C115" t="s">
+      <c r="H115" t="s">
         <v>1083</v>
       </c>
-      <c r="D115" t="s">
+      <c r="I115" t="s">
         <v>1084</v>
       </c>
-      <c r="E115" t="s">
+      <c r="J115" t="s">
+        <v>24</v>
+      </c>
+      <c r="K115" t="s">
+        <v>25</v>
+      </c>
+      <c r="L115" t="s">
+        <v>26</v>
+      </c>
+      <c r="M115" t="s">
+        <v>27</v>
+      </c>
+      <c r="N115" t="s">
+        <v>28</v>
+      </c>
+      <c r="O115" t="s">
         <v>1085</v>
-      </c>
-[...28 lines deleted...]
-        <v>1090</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>5792</v>
+        <v>5496</v>
       </c>
       <c r="B116" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F116" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G116" t="s">
         <v>1091</v>
       </c>
-      <c r="C116" t="s">
+      <c r="H116" t="s">
         <v>1092</v>
       </c>
-      <c r="D116" t="s">
+      <c r="I116" t="s">
         <v>1093</v>
       </c>
-      <c r="E116" t="s">
+      <c r="J116" t="s">
         <v>1094</v>
       </c>
-      <c r="F116" t="s">
+      <c r="K116" t="s">
         <v>1095</v>
       </c>
-      <c r="G116" t="s">
+      <c r="L116" t="s">
         <v>1096</v>
       </c>
-      <c r="H116" t="s">
+      <c r="M116" t="s">
         <v>1097</v>
       </c>
-      <c r="I116" t="s">
+      <c r="N116" t="s">
+        <v>28</v>
+      </c>
+      <c r="O116" t="s">
         <v>1098</v>
-      </c>
-[...16 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>5794</v>
+        <v>5507</v>
       </c>
       <c r="B117" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E117" t="s">
         <v>1102</v>
       </c>
-      <c r="C117" t="s">
+      <c r="F117" t="s">
         <v>1103</v>
       </c>
-      <c r="D117" t="s">
+      <c r="G117" t="s">
         <v>1104</v>
       </c>
-      <c r="E117" t="s">
+      <c r="H117" t="s">
         <v>1105</v>
       </c>
-      <c r="F117" t="s">
+      <c r="I117" t="s">
         <v>1106</v>
       </c>
-      <c r="G117" t="s">
+      <c r="J117" t="s">
+        <v>24</v>
+      </c>
+      <c r="K117" t="s">
+        <v>25</v>
+      </c>
+      <c r="L117" t="s">
+        <v>26</v>
+      </c>
+      <c r="M117" t="s">
+        <v>27</v>
+      </c>
+      <c r="N117" t="s">
+        <v>28</v>
+      </c>
+      <c r="O117" t="s">
         <v>1107</v>
-      </c>
-[...22 lines deleted...]
-        <v>1110</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>5796</v>
+        <v>5509</v>
       </c>
       <c r="B118" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1110</v>
+      </c>
+      <c r="E118" t="s">
         <v>1111</v>
       </c>
-      <c r="C118" t="s">
+      <c r="F118" t="s">
         <v>1112</v>
       </c>
-      <c r="D118" t="s">
+      <c r="G118" t="s">
         <v>1113</v>
       </c>
-      <c r="E118" t="s">
+      <c r="H118" t="s">
         <v>1114</v>
       </c>
-      <c r="F118" t="s">
+      <c r="I118" t="s">
         <v>1115</v>
       </c>
-      <c r="G118" t="s">
+      <c r="J118" t="s">
+        <v>210</v>
+      </c>
+      <c r="K118" t="s">
+        <v>578</v>
+      </c>
+      <c r="L118" t="s">
+        <v>212</v>
+      </c>
+      <c r="M118" t="s">
         <v>1116</v>
       </c>
-      <c r="H118" t="s">
+      <c r="N118" t="s">
+        <v>28</v>
+      </c>
+      <c r="O118" t="s">
         <v>1117</v>
-      </c>
-[...19 lines deleted...]
-        <v>1119</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>5798</v>
+        <v>5512</v>
       </c>
       <c r="B119" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D119" t="s">
         <v>1120</v>
       </c>
-      <c r="C119" t="s">
+      <c r="E119" t="s">
         <v>1121</v>
       </c>
-      <c r="D119" t="s">
+      <c r="F119" t="s">
         <v>1122</v>
       </c>
-      <c r="E119" t="s">
+      <c r="G119" t="s">
         <v>1123</v>
       </c>
-      <c r="F119" t="s">
+      <c r="H119" t="s">
         <v>1124</v>
       </c>
-      <c r="G119" t="s">
+      <c r="I119" t="s">
         <v>1125</v>
-      </c>
-[...4 lines deleted...]
-        <v>1127</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>87</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>88</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>5799</v>
+        <v>5514</v>
       </c>
       <c r="B120" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D120" t="s">
         <v>1129</v>
       </c>
-      <c r="C120" t="s">
+      <c r="E120" t="s">
         <v>1130</v>
       </c>
-      <c r="D120" t="s">
+      <c r="F120" t="s">
         <v>1131</v>
       </c>
-      <c r="E120" t="s">
+      <c r="G120" t="s">
         <v>1132</v>
       </c>
-      <c r="F120" t="s">
+      <c r="H120" t="s">
         <v>1133</v>
       </c>
-      <c r="G120" t="s">
+      <c r="I120" t="s">
         <v>1134</v>
       </c>
-      <c r="H120" t="s">
+      <c r="J120" t="s">
+        <v>24</v>
+      </c>
+      <c r="K120" t="s">
         <v>1135</v>
       </c>
-      <c r="I120" t="s">
+      <c r="L120" t="s">
+        <v>26</v>
+      </c>
+      <c r="M120" t="s">
         <v>1136</v>
-      </c>
-[...10 lines deleted...]
-        <v>296</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>5803</v>
+        <v>5516</v>
       </c>
       <c r="B121" t="s">
         <v>1138</v>
       </c>
       <c r="C121" t="s">
         <v>1139</v>
       </c>
       <c r="D121" t="s">
         <v>1140</v>
       </c>
       <c r="E121" t="s">
         <v>1141</v>
       </c>
       <c r="F121" t="s">
         <v>1142</v>
       </c>
       <c r="G121" t="s">
         <v>1143</v>
       </c>
       <c r="H121" t="s">
         <v>1144</v>
       </c>
       <c r="I121" t="s">
         <v>1145</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>5805</v>
+        <v>5517</v>
       </c>
       <c r="B122" t="s">
         <v>1147</v>
       </c>
       <c r="C122" t="s">
         <v>1148</v>
       </c>
       <c r="D122" t="s">
         <v>1149</v>
       </c>
       <c r="E122" t="s">
         <v>1150</v>
       </c>
       <c r="F122" t="s">
         <v>1151</v>
       </c>
       <c r="G122" t="s">
         <v>1152</v>
       </c>
       <c r="H122" t="s">
         <v>1153</v>
       </c>
       <c r="I122" t="s">
         <v>1154</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
         <v>25</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
         <v>27</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>5811</v>
+        <v>5518</v>
       </c>
       <c r="B123" t="s">
         <v>1156</v>
       </c>
       <c r="C123" t="s">
         <v>1157</v>
       </c>
       <c r="D123" t="s">
         <v>1158</v>
       </c>
       <c r="E123" t="s">
         <v>1159</v>
       </c>
       <c r="F123" t="s">
         <v>1160</v>
       </c>
       <c r="G123" t="s">
         <v>1161</v>
       </c>
       <c r="H123" t="s">
         <v>1162</v>
       </c>
       <c r="I123" t="s">
         <v>1163</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>25</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>27</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>5830</v>
+        <v>5545</v>
       </c>
       <c r="B124" t="s">
         <v>1165</v>
       </c>
       <c r="C124" t="s">
         <v>1166</v>
       </c>
       <c r="D124" t="s">
         <v>1167</v>
       </c>
       <c r="E124" t="s">
         <v>1168</v>
       </c>
       <c r="F124" t="s">
         <v>1169</v>
       </c>
       <c r="G124" t="s">
         <v>1170</v>
       </c>
       <c r="H124" t="s">
         <v>1171</v>
       </c>
       <c r="I124" t="s">
         <v>1172</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>5866</v>
+        <v>5657</v>
       </c>
       <c r="B125" t="s">
         <v>1174</v>
       </c>
       <c r="C125" t="s">
         <v>1175</v>
       </c>
       <c r="D125" t="s">
         <v>1176</v>
       </c>
       <c r="E125" t="s">
         <v>1177</v>
       </c>
       <c r="F125" t="s">
         <v>1178</v>
       </c>
       <c r="G125" t="s">
         <v>1179</v>
       </c>
       <c r="H125" t="s">
         <v>1180</v>
       </c>
       <c r="I125" t="s">
         <v>1181</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>5907</v>
+        <v>5733</v>
       </c>
       <c r="B126" t="s">
         <v>1183</v>
       </c>
       <c r="C126" t="s">
         <v>1184</v>
       </c>
       <c r="D126" t="s">
         <v>1185</v>
       </c>
       <c r="E126" t="s">
         <v>1186</v>
       </c>
       <c r="F126" t="s">
         <v>1187</v>
       </c>
       <c r="G126" t="s">
         <v>1188</v>
       </c>
       <c r="H126" t="s">
         <v>1189</v>
       </c>
       <c r="I126" t="s">
         <v>1190</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>5913</v>
+        <v>5792</v>
       </c>
       <c r="B127" t="s">
         <v>1192</v>
       </c>
       <c r="C127" t="s">
         <v>1193</v>
       </c>
       <c r="D127" t="s">
         <v>1194</v>
       </c>
       <c r="E127" t="s">
         <v>1195</v>
       </c>
       <c r="F127" t="s">
         <v>1196</v>
       </c>
       <c r="G127" t="s">
         <v>1197</v>
       </c>
       <c r="H127" t="s">
         <v>1198</v>
       </c>
       <c r="I127" t="s">
         <v>1199</v>
       </c>
       <c r="J127" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="K127" t="s">
-        <v>67</v>
+        <v>1200</v>
       </c>
       <c r="L127" t="s">
-        <v>26</v>
+        <v>212</v>
       </c>
       <c r="M127" t="s">
-        <v>68</v>
+        <v>1201</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>5932</v>
+        <v>5794</v>
       </c>
       <c r="B128" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="C128" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="D128" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="E128" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="F128" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="G128" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="H128" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="I128" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>87</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>88</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>5934</v>
+        <v>5796</v>
       </c>
       <c r="B129" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="C129" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="D129" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="E129" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="F129" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="G129" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="H129" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="I129" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>87</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>88</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>5953</v>
+        <v>5798</v>
       </c>
       <c r="B130" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="C130" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="D130" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="E130" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="F130" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="G130" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="H130" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="I130" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>1227</v>
+        <v>87</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>1228</v>
+        <v>88</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>5981</v>
+        <v>5799</v>
       </c>
       <c r="B131" t="s">
         <v>1230</v>
       </c>
       <c r="C131" t="s">
         <v>1231</v>
       </c>
       <c r="D131" t="s">
         <v>1232</v>
       </c>
       <c r="E131" t="s">
         <v>1233</v>
       </c>
       <c r="F131" t="s">
         <v>1234</v>
       </c>
       <c r="G131" t="s">
         <v>1235</v>
       </c>
       <c r="H131" t="s">
         <v>1236</v>
       </c>
       <c r="I131" t="s">
         <v>1237</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
+        <v>290</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>291</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1238</v>
-      </c>
-[...10 lines deleted...]
-        <v>1240</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>5986</v>
+        <v>5803</v>
       </c>
       <c r="B132" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D132" t="s">
         <v>1241</v>
       </c>
-      <c r="C132" t="s">
+      <c r="E132" t="s">
         <v>1242</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132" t="s">
         <v>1243</v>
       </c>
-      <c r="E132" t="s">
+      <c r="G132" t="s">
         <v>1244</v>
       </c>
-      <c r="F132" t="s">
+      <c r="H132" t="s">
         <v>1245</v>
       </c>
-      <c r="G132" t="s">
+      <c r="I132" t="s">
         <v>1246</v>
       </c>
-      <c r="H132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
+        <v>25</v>
+      </c>
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
+        <v>27</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1247</v>
-      </c>
-[...19 lines deleted...]
-        <v>1249</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>5989</v>
+        <v>5805</v>
       </c>
       <c r="B133" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D133" t="s">
         <v>1250</v>
       </c>
-      <c r="C133" t="s">
+      <c r="E133" t="s">
         <v>1251</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133" t="s">
         <v>1252</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" t="s">
         <v>1253</v>
       </c>
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>1254</v>
       </c>
-      <c r="G133" t="s">
+      <c r="I133" t="s">
         <v>1255</v>
       </c>
-      <c r="H133" t="s">
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="K133" t="s">
+        <v>25</v>
+      </c>
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133" t="s">
+        <v>27</v>
+      </c>
+      <c r="N133" t="s">
+        <v>28</v>
+      </c>
+      <c r="O133" t="s">
         <v>1256</v>
-      </c>
-[...19 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>6021</v>
+        <v>5811</v>
       </c>
       <c r="B134" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D134" t="s">
         <v>1259</v>
       </c>
-      <c r="C134" t="s">
+      <c r="E134" t="s">
         <v>1260</v>
       </c>
-      <c r="D134" t="s">
+      <c r="F134" t="s">
         <v>1261</v>
       </c>
-      <c r="E134" t="s">
+      <c r="G134" t="s">
         <v>1262</v>
       </c>
-      <c r="F134" t="s">
+      <c r="H134" t="s">
         <v>1263</v>
       </c>
-      <c r="G134" t="s">
+      <c r="I134" t="s">
         <v>1264</v>
-      </c>
-[...4 lines deleted...]
-        <v>1266</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>6049</v>
+        <v>5830</v>
       </c>
       <c r="B135" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D135" t="s">
         <v>1268</v>
       </c>
-      <c r="C135" t="s">
+      <c r="E135" t="s">
         <v>1269</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>1270</v>
       </c>
-      <c r="E135" t="s">
+      <c r="G135" t="s">
         <v>1271</v>
       </c>
-      <c r="F135" t="s">
+      <c r="H135" t="s">
         <v>1272</v>
       </c>
-      <c r="G135" t="s">
+      <c r="I135" t="s">
         <v>1273</v>
       </c>
-      <c r="H135" t="s">
+      <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="K135" t="s">
+        <v>25</v>
+      </c>
+      <c r="L135" t="s">
+        <v>26</v>
+      </c>
+      <c r="M135" t="s">
+        <v>27</v>
+      </c>
+      <c r="N135" t="s">
+        <v>28</v>
+      </c>
+      <c r="O135" t="s">
         <v>1274</v>
-      </c>
-[...19 lines deleted...]
-        <v>1280</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>6180</v>
+        <v>5866</v>
       </c>
       <c r="B136" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D136" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F136" t="s">
+        <v>1279</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H136" t="s">
         <v>1281</v>
       </c>
-      <c r="C136" t="s">
+      <c r="I136" t="s">
         <v>1282</v>
-      </c>
-[...16 lines deleted...]
-        <v>1288</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1289</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>6203</v>
+        <v>5907</v>
       </c>
       <c r="B137" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D137" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F137" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H137" t="s">
         <v>1290</v>
       </c>
-      <c r="C137" t="s">
+      <c r="I137" t="s">
         <v>1291</v>
       </c>
-      <c r="D137" t="s">
+      <c r="J137" t="s">
+        <v>24</v>
+      </c>
+      <c r="K137" t="s">
+        <v>25</v>
+      </c>
+      <c r="L137" t="s">
+        <v>26</v>
+      </c>
+      <c r="M137" t="s">
+        <v>27</v>
+      </c>
+      <c r="N137" t="s">
+        <v>28</v>
+      </c>
+      <c r="O137" t="s">
         <v>1292</v>
-      </c>
-[...31 lines deleted...]
-        <v>1298</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>6208</v>
+        <v>5913</v>
       </c>
       <c r="B138" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D138" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F138" t="s">
+        <v>1297</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H138" t="s">
         <v>1299</v>
       </c>
-      <c r="C138" t="s">
+      <c r="I138" t="s">
         <v>1300</v>
       </c>
-      <c r="D138" t="s">
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
+        <v>67</v>
+      </c>
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
+        <v>68</v>
+      </c>
+      <c r="N138" t="s">
+        <v>28</v>
+      </c>
+      <c r="O138" t="s">
         <v>1301</v>
-      </c>
-[...31 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>6211</v>
+        <v>5932</v>
       </c>
       <c r="B139" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D139" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F139" t="s">
+        <v>1306</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H139" t="s">
         <v>1308</v>
       </c>
-      <c r="C139" t="s">
+      <c r="I139" t="s">
         <v>1309</v>
-      </c>
-[...16 lines deleted...]
-        <v>1315</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>87</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>88</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1316</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>6255</v>
+        <v>5934</v>
       </c>
       <c r="B140" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F140" t="s">
+        <v>1315</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H140" t="s">
         <v>1317</v>
       </c>
-      <c r="C140" t="s">
+      <c r="I140" t="s">
         <v>1318</v>
       </c>
-      <c r="D140" t="s">
+      <c r="J140" t="s">
+        <v>24</v>
+      </c>
+      <c r="K140" t="s">
+        <v>87</v>
+      </c>
+      <c r="L140" t="s">
+        <v>26</v>
+      </c>
+      <c r="M140" t="s">
+        <v>88</v>
+      </c>
+      <c r="N140" t="s">
+        <v>28</v>
+      </c>
+      <c r="O140" t="s">
         <v>1319</v>
-      </c>
-[...31 lines deleted...]
-        <v>1327</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>6261</v>
+        <v>5953</v>
       </c>
       <c r="B141" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D141" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F141" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1327</v>
+      </c>
+      <c r="J141" t="s">
+        <v>24</v>
+      </c>
+      <c r="K141" t="s">
+        <v>25</v>
+      </c>
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
+        <v>27</v>
+      </c>
+      <c r="N141" t="s">
+        <v>28</v>
+      </c>
+      <c r="O141" t="s">
         <v>1328</v>
-      </c>
-[...37 lines deleted...]
-        <v>1336</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>6263</v>
+        <v>5981</v>
       </c>
       <c r="B142" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D142" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F142" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1335</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1336</v>
+      </c>
+      <c r="J142" t="s">
+        <v>24</v>
+      </c>
+      <c r="K142" t="s">
         <v>1337</v>
       </c>
-      <c r="C142" t="s">
+      <c r="L142" t="s">
+        <v>26</v>
+      </c>
+      <c r="M142" t="s">
         <v>1338</v>
       </c>
-      <c r="D142" t="s">
+      <c r="N142" t="s">
+        <v>28</v>
+      </c>
+      <c r="O142" t="s">
         <v>1339</v>
-      </c>
-[...31 lines deleted...]
-        <v>1345</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>6274</v>
+        <v>5986</v>
       </c>
       <c r="B143" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D143" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F143" t="s">
+        <v>1344</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H143" t="s">
         <v>1346</v>
       </c>
-      <c r="C143" t="s">
+      <c r="I143" t="s">
         <v>1347</v>
       </c>
-      <c r="D143" t="s">
+      <c r="J143" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" t="s">
+        <v>87</v>
+      </c>
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
+        <v>88</v>
+      </c>
+      <c r="N143" t="s">
+        <v>28</v>
+      </c>
+      <c r="O143" t="s">
         <v>1348</v>
-      </c>
-[...31 lines deleted...]
-        <v>1354</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>6275</v>
+        <v>5989</v>
       </c>
       <c r="B144" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D144" t="s">
+        <v>1351</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F144" t="s">
+        <v>1353</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H144" t="s">
         <v>1355</v>
       </c>
-      <c r="C144" t="s">
+      <c r="I144" t="s">
         <v>1356</v>
       </c>
-      <c r="D144" t="s">
+      <c r="J144" t="s">
+        <v>24</v>
+      </c>
+      <c r="K144" t="s">
+        <v>834</v>
+      </c>
+      <c r="L144" t="s">
+        <v>26</v>
+      </c>
+      <c r="M144" t="s">
+        <v>835</v>
+      </c>
+      <c r="N144" t="s">
+        <v>28</v>
+      </c>
+      <c r="O144" t="s">
         <v>1357</v>
-      </c>
-[...31 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>6460</v>
+        <v>6021</v>
       </c>
       <c r="B145" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D145" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F145" t="s">
+        <v>1362</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H145" t="s">
         <v>1364</v>
       </c>
-      <c r="C145" t="s">
+      <c r="I145" t="s">
         <v>1365</v>
-      </c>
-[...16 lines deleted...]
-        <v>1371</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
         <v>25</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
         <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1372</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>6468</v>
+        <v>6049</v>
       </c>
       <c r="B146" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D146" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F146" t="s">
+        <v>1371</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H146" t="s">
         <v>1373</v>
       </c>
-      <c r="C146" t="s">
+      <c r="I146" t="s">
         <v>1374</v>
       </c>
-      <c r="D146" t="s">
+      <c r="J146" t="s">
         <v>1375</v>
       </c>
-      <c r="E146" t="s">
+      <c r="K146" t="s">
         <v>1376</v>
       </c>
-      <c r="F146" t="s">
+      <c r="L146" t="s">
         <v>1377</v>
       </c>
-      <c r="G146" t="s">
+      <c r="M146" t="s">
         <v>1378</v>
       </c>
-      <c r="H146" t="s">
+      <c r="N146" t="s">
+        <v>28</v>
+      </c>
+      <c r="O146" t="s">
         <v>1379</v>
-      </c>
-[...19 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>6761</v>
+        <v>6180</v>
       </c>
       <c r="B147" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D147" t="s">
         <v>1382</v>
       </c>
-      <c r="C147" t="s">
+      <c r="E147" t="s">
         <v>1383</v>
       </c>
-      <c r="D147" t="s">
+      <c r="F147" t="s">
         <v>1384</v>
       </c>
-      <c r="E147" t="s">
+      <c r="G147" t="s">
         <v>1385</v>
       </c>
-      <c r="F147" t="s">
+      <c r="H147" t="s">
         <v>1386</v>
       </c>
-      <c r="G147" t="s">
+      <c r="I147" t="s">
         <v>1387</v>
-      </c>
-[...4 lines deleted...]
-        <v>1389</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>6763</v>
+        <v>6203</v>
       </c>
       <c r="B148" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D148" t="s">
         <v>1391</v>
       </c>
-      <c r="C148" t="s">
+      <c r="E148" t="s">
         <v>1392</v>
       </c>
-      <c r="D148" t="s">
+      <c r="F148" t="s">
         <v>1393</v>
       </c>
-      <c r="E148" t="s">
+      <c r="G148" t="s">
         <v>1394</v>
       </c>
-      <c r="F148" t="s">
+      <c r="H148" t="s">
         <v>1395</v>
       </c>
-      <c r="G148" t="s">
+      <c r="I148" t="s">
         <v>1396</v>
       </c>
-      <c r="H148" t="s">
+      <c r="J148" t="s">
+        <v>24</v>
+      </c>
+      <c r="K148" t="s">
+        <v>87</v>
+      </c>
+      <c r="L148" t="s">
+        <v>26</v>
+      </c>
+      <c r="M148" t="s">
+        <v>88</v>
+      </c>
+      <c r="N148" t="s">
+        <v>28</v>
+      </c>
+      <c r="O148" t="s">
         <v>1397</v>
-      </c>
-[...19 lines deleted...]
-        <v>1400</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>6765</v>
+        <v>6208</v>
       </c>
       <c r="B149" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D149" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E149" t="s">
         <v>1401</v>
       </c>
-      <c r="C149" t="s">
+      <c r="F149" t="s">
         <v>1402</v>
       </c>
-      <c r="D149" t="s">
+      <c r="G149" t="s">
         <v>1403</v>
       </c>
-      <c r="E149" t="s">
+      <c r="H149" t="s">
         <v>1404</v>
       </c>
-      <c r="F149" t="s">
+      <c r="I149" t="s">
         <v>1405</v>
-      </c>
-[...7 lines deleted...]
-        <v>1408</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>87</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>88</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1409</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>8265</v>
+        <v>6211</v>
       </c>
       <c r="B150" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D150" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E150" t="s">
         <v>1410</v>
       </c>
-      <c r="C150" t="s">
+      <c r="F150" t="s">
         <v>1411</v>
       </c>
-      <c r="D150" t="s">
+      <c r="G150" t="s">
         <v>1412</v>
       </c>
-      <c r="E150" t="s">
+      <c r="H150" t="s">
         <v>1413</v>
       </c>
-      <c r="F150" t="s">
+      <c r="I150" t="s">
         <v>1414</v>
       </c>
-      <c r="G150" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>1418</v>
+        <v>87</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>88</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1419</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>8289</v>
+        <v>6255</v>
       </c>
       <c r="B151" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D151" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F151" t="s">
         <v>1420</v>
       </c>
-      <c r="C151" t="s">
+      <c r="G151" t="s">
         <v>1421</v>
       </c>
-      <c r="D151" t="s">
+      <c r="H151" t="s">
         <v>1422</v>
       </c>
-      <c r="E151" t="s">
+      <c r="I151" t="s">
         <v>1423</v>
       </c>
-      <c r="F151" t="s">
+      <c r="J151" t="s">
+        <v>24</v>
+      </c>
+      <c r="K151" t="s">
         <v>1424</v>
       </c>
-      <c r="G151" t="s">
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
         <v>1425</v>
       </c>
-      <c r="H151" t="s">
+      <c r="N151" t="s">
+        <v>28</v>
+      </c>
+      <c r="O151" t="s">
         <v>1426</v>
-      </c>
-[...19 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>8402</v>
+        <v>6261</v>
       </c>
       <c r="B152" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D152" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E152" t="s">
         <v>1430</v>
       </c>
-      <c r="C152" t="s">
+      <c r="F152" t="s">
         <v>1431</v>
       </c>
-      <c r="D152" t="s">
+      <c r="G152" t="s">
         <v>1432</v>
       </c>
-      <c r="E152" t="s">
+      <c r="H152" t="s">
         <v>1433</v>
       </c>
-      <c r="F152" t="s">
+      <c r="I152" t="s">
         <v>1434</v>
       </c>
-      <c r="G152" t="s">
+      <c r="J152" t="s">
+        <v>24</v>
+      </c>
+      <c r="K152" t="s">
+        <v>67</v>
+      </c>
+      <c r="L152" t="s">
+        <v>26</v>
+      </c>
+      <c r="M152" t="s">
+        <v>68</v>
+      </c>
+      <c r="N152" t="s">
+        <v>28</v>
+      </c>
+      <c r="O152" t="s">
         <v>1435</v>
-      </c>
-[...22 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>8914</v>
+        <v>6263</v>
       </c>
       <c r="B153" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D153" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F153" t="s">
+        <v>1440</v>
+      </c>
+      <c r="G153" t="s">
         <v>1441</v>
       </c>
-      <c r="C153" t="s">
+      <c r="H153" t="s">
         <v>1442</v>
       </c>
-      <c r="D153" t="s">
+      <c r="I153" t="s">
         <v>1443</v>
       </c>
-      <c r="E153" t="s">
+      <c r="J153" t="s">
+        <v>24</v>
+      </c>
+      <c r="K153" t="s">
+        <v>87</v>
+      </c>
+      <c r="L153" t="s">
+        <v>26</v>
+      </c>
+      <c r="M153" t="s">
+        <v>88</v>
+      </c>
+      <c r="N153" t="s">
+        <v>28</v>
+      </c>
+      <c r="O153" t="s">
         <v>1444</v>
-      </c>
-[...28 lines deleted...]
-        <v>1449</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>8918</v>
+        <v>6274</v>
       </c>
       <c r="B154" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D154" t="s">
+        <v>1447</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F154" t="s">
+        <v>1449</v>
+      </c>
+      <c r="G154" t="s">
         <v>1450</v>
       </c>
-      <c r="C154" t="s">
+      <c r="H154" t="s">
         <v>1451</v>
       </c>
-      <c r="D154" t="s">
+      <c r="I154" t="s">
         <v>1452</v>
       </c>
-      <c r="E154" t="s">
+      <c r="J154" t="s">
+        <v>24</v>
+      </c>
+      <c r="K154" t="s">
+        <v>25</v>
+      </c>
+      <c r="L154" t="s">
+        <v>26</v>
+      </c>
+      <c r="M154" t="s">
+        <v>27</v>
+      </c>
+      <c r="N154" t="s">
+        <v>28</v>
+      </c>
+      <c r="O154" t="s">
         <v>1453</v>
-      </c>
-[...28 lines deleted...]
-        <v>1459</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>8945</v>
+        <v>6275</v>
       </c>
       <c r="B155" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D155" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F155" t="s">
+        <v>1458</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H155" t="s">
         <v>1460</v>
       </c>
-      <c r="C155" t="s">
+      <c r="I155" t="s">
         <v>1461</v>
       </c>
-      <c r="D155" t="s">
+      <c r="J155" t="s">
+        <v>24</v>
+      </c>
+      <c r="K155" t="s">
+        <v>270</v>
+      </c>
+      <c r="L155" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" t="s">
+        <v>271</v>
+      </c>
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
         <v>1462</v>
-      </c>
-[...31 lines deleted...]
-        <v>1468</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>10044</v>
+        <v>6337</v>
       </c>
       <c r="B156" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D156" t="s">
+        <v>1465</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F156" t="s">
+        <v>1467</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H156" t="s">
         <v>1469</v>
       </c>
-      <c r="C156" t="s">
+      <c r="I156" t="s">
         <v>1470</v>
       </c>
-      <c r="D156" t="s">
+      <c r="J156" t="s">
+        <v>24</v>
+      </c>
+      <c r="K156" t="s">
+        <v>67</v>
+      </c>
+      <c r="L156" t="s">
+        <v>26</v>
+      </c>
+      <c r="M156" t="s">
+        <v>68</v>
+      </c>
+      <c r="N156" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" t="s">
         <v>1471</v>
-      </c>
-[...31 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>10098</v>
+        <v>6460</v>
       </c>
       <c r="B157" t="s">
-        <v>1480</v>
+        <v>1472</v>
       </c>
       <c r="C157" t="s">
-        <v>1481</v>
+        <v>1473</v>
       </c>
       <c r="D157" t="s">
-        <v>1482</v>
+        <v>1474</v>
       </c>
       <c r="E157" t="s">
-        <v>1483</v>
+        <v>1475</v>
       </c>
       <c r="F157" t="s">
-        <v>1484</v>
+        <v>1476</v>
       </c>
       <c r="G157" t="s">
-        <v>1485</v>
+        <v>1477</v>
       </c>
       <c r="H157" t="s">
-        <v>1486</v>
+        <v>1478</v>
       </c>
       <c r="I157" t="s">
-        <v>1487</v>
+        <v>1479</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
         <v>25</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1488</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>10412</v>
+        <v>6468</v>
       </c>
       <c r="B158" t="s">
-        <v>1489</v>
+        <v>1481</v>
       </c>
       <c r="C158" t="s">
-        <v>1490</v>
+        <v>1482</v>
       </c>
       <c r="D158" t="s">
-        <v>1491</v>
+        <v>1483</v>
       </c>
       <c r="E158" t="s">
-        <v>1492</v>
+        <v>1484</v>
       </c>
       <c r="F158" t="s">
-        <v>1493</v>
+        <v>1485</v>
       </c>
       <c r="G158" t="s">
-        <v>1494</v>
+        <v>1486</v>
       </c>
       <c r="H158" t="s">
-        <v>1495</v>
+        <v>1487</v>
       </c>
       <c r="I158" t="s">
-        <v>1496</v>
+        <v>1488</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1497</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>10647</v>
+        <v>6761</v>
       </c>
       <c r="B159" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1492</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F159" t="s">
+        <v>1494</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1496</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1497</v>
+      </c>
+      <c r="J159" t="s">
+        <v>24</v>
+      </c>
+      <c r="K159" t="s">
+        <v>25</v>
+      </c>
+      <c r="L159" t="s">
+        <v>26</v>
+      </c>
+      <c r="M159" t="s">
+        <v>27</v>
+      </c>
+      <c r="N159" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" t="s">
         <v>1498</v>
-      </c>
-[...37 lines deleted...]
-        <v>1506</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>10887</v>
+        <v>6763</v>
       </c>
       <c r="B160" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F160" t="s">
+        <v>1503</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1505</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1506</v>
+      </c>
+      <c r="J160" t="s">
+        <v>210</v>
+      </c>
+      <c r="K160" t="s">
         <v>1507</v>
       </c>
-      <c r="C160" t="s">
+      <c r="L160" t="s">
+        <v>212</v>
+      </c>
+      <c r="M160" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N160" t="s">
+        <v>28</v>
+      </c>
+      <c r="O160" t="s">
         <v>1508</v>
-      </c>
-[...34 lines deleted...]
-        <v>1515</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>10925</v>
+        <v>6765</v>
       </c>
       <c r="B161" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D161" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F161" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I161" t="s">
         <v>1516</v>
       </c>
-      <c r="C161" t="s">
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" t="s">
+        <v>87</v>
+      </c>
+      <c r="L161" t="s">
+        <v>26</v>
+      </c>
+      <c r="M161" t="s">
+        <v>88</v>
+      </c>
+      <c r="N161" t="s">
+        <v>28</v>
+      </c>
+      <c r="O161" t="s">
         <v>1517</v>
-      </c>
-[...34 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>10930</v>
+        <v>8265</v>
       </c>
       <c r="B162" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D162" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F162" t="s">
+        <v>1522</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I162" t="s">
         <v>1525</v>
       </c>
-      <c r="C162" t="s">
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
         <v>1526</v>
       </c>
-      <c r="D162" t="s">
+      <c r="L162" t="s">
+        <v>26</v>
+      </c>
+      <c r="M162" t="s">
+        <v>88</v>
+      </c>
+      <c r="N162" t="s">
+        <v>28</v>
+      </c>
+      <c r="O162" t="s">
         <v>1527</v>
-      </c>
-[...31 lines deleted...]
-        <v>1534</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>10947</v>
+        <v>8289</v>
       </c>
       <c r="B163" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F163" t="s">
+        <v>1532</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I163" t="s">
         <v>1535</v>
       </c>
-      <c r="C163" t="s">
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
+        <v>232</v>
+      </c>
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" t="s">
+        <v>233</v>
+      </c>
+      <c r="N163" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" t="s">
         <v>1536</v>
-      </c>
-[...34 lines deleted...]
-        <v>1543</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>10951</v>
+        <v>8402</v>
       </c>
       <c r="B164" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1539</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F164" t="s">
+        <v>1541</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I164" t="s">
         <v>1544</v>
       </c>
-      <c r="C164" t="s">
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="K164" t="s">
         <v>1545</v>
       </c>
-      <c r="D164" t="s">
+      <c r="L164" t="s">
+        <v>26</v>
+      </c>
+      <c r="M164" t="s">
         <v>1546</v>
       </c>
-      <c r="E164" t="s">
+      <c r="N164" t="s">
+        <v>28</v>
+      </c>
+      <c r="O164" t="s">
         <v>1547</v>
-      </c>
-[...28 lines deleted...]
-        <v>1552</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>11287</v>
+        <v>8914</v>
       </c>
       <c r="B165" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F165" t="s">
+        <v>1552</v>
+      </c>
+      <c r="G165" t="s">
         <v>1553</v>
       </c>
-      <c r="C165" t="s">
+      <c r="H165" t="s">
         <v>1554</v>
       </c>
-      <c r="D165" t="s">
+      <c r="I165" t="s">
         <v>1555</v>
       </c>
-      <c r="E165" t="s">
+      <c r="J165" t="s">
+        <v>24</v>
+      </c>
+      <c r="K165" t="s">
+        <v>25</v>
+      </c>
+      <c r="L165" t="s">
+        <v>26</v>
+      </c>
+      <c r="M165" t="s">
+        <v>27</v>
+      </c>
+      <c r="N165" t="s">
+        <v>28</v>
+      </c>
+      <c r="O165" t="s">
         <v>1556</v>
-      </c>
-[...28 lines deleted...]
-        <v>1561</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>11310</v>
+        <v>8918</v>
       </c>
       <c r="B166" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F166" t="s">
+        <v>1561</v>
+      </c>
+      <c r="G166" t="s">
         <v>1562</v>
       </c>
-      <c r="C166" t="s">
+      <c r="H166" t="s">
         <v>1563</v>
       </c>
-      <c r="D166" t="s">
+      <c r="I166" t="s">
         <v>1564</v>
       </c>
-      <c r="E166" t="s">
+      <c r="J166" t="s">
+        <v>24</v>
+      </c>
+      <c r="K166" t="s">
         <v>1565</v>
       </c>
-      <c r="F166" t="s">
+      <c r="L166" t="s">
+        <v>26</v>
+      </c>
+      <c r="M166" t="s">
         <v>1566</v>
       </c>
-      <c r="G166" t="s">
+      <c r="N166" t="s">
+        <v>28</v>
+      </c>
+      <c r="O166" t="s">
         <v>1567</v>
-      </c>
-[...22 lines deleted...]
-        <v>1570</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>58060</v>
+        <v>8945</v>
       </c>
       <c r="B167" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1570</v>
+      </c>
+      <c r="E167" t="s">
         <v>1571</v>
       </c>
-      <c r="C167" t="s">
+      <c r="F167" t="s">
         <v>1572</v>
       </c>
-      <c r="D167" t="s">
+      <c r="G167" t="s">
         <v>1573</v>
       </c>
-      <c r="E167" t="s">
+      <c r="H167" t="s">
         <v>1574</v>
       </c>
-      <c r="F167" t="s">
+      <c r="I167" t="s">
         <v>1575</v>
       </c>
-      <c r="G167" t="s">
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="K167" t="s">
+        <v>67</v>
+      </c>
+      <c r="L167" t="s">
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
+        <v>68</v>
+      </c>
+      <c r="N167" t="s">
+        <v>28</v>
+      </c>
+      <c r="O167" t="s">
         <v>1576</v>
-      </c>
-[...22 lines deleted...]
-        <v>1581</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>58066</v>
+        <v>10044</v>
       </c>
       <c r="B168" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D168" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F168" t="s">
+        <v>1581</v>
+      </c>
+      <c r="G168" t="s">
         <v>1582</v>
       </c>
-      <c r="C168" t="s">
+      <c r="H168" t="s">
         <v>1583</v>
       </c>
-      <c r="D168" t="s">
+      <c r="I168" t="s">
         <v>1584</v>
       </c>
-      <c r="E168" t="s">
+      <c r="J168" t="s">
+        <v>24</v>
+      </c>
+      <c r="K168" t="s">
+        <v>718</v>
+      </c>
+      <c r="L168" t="s">
+        <v>26</v>
+      </c>
+      <c r="M168" t="s">
+        <v>720</v>
+      </c>
+      <c r="N168" t="s">
+        <v>28</v>
+      </c>
+      <c r="O168" t="s">
         <v>1585</v>
-      </c>
-[...28 lines deleted...]
-        <v>1592</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>58120</v>
+        <v>10098</v>
       </c>
       <c r="B169" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F169" t="s">
+        <v>1590</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1592</v>
+      </c>
+      <c r="I169" t="s">
         <v>1593</v>
-      </c>
-[...19 lines deleted...]
-        <v>1600</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1601</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>58122</v>
+        <v>10412</v>
       </c>
       <c r="B170" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1597</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1598</v>
+      </c>
+      <c r="F170" t="s">
+        <v>1599</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1601</v>
+      </c>
+      <c r="I170" t="s">
         <v>1602</v>
       </c>
-      <c r="C170" t="s">
+      <c r="J170" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" t="s">
+        <v>25</v>
+      </c>
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
+        <v>27</v>
+      </c>
+      <c r="N170" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" t="s">
         <v>1603</v>
-      </c>
-[...34 lines deleted...]
-        <v>1610</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>58218</v>
+        <v>10647</v>
       </c>
       <c r="B171" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F171" t="s">
+        <v>1608</v>
+      </c>
+      <c r="G171" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H171" t="s">
+        <v>1610</v>
+      </c>
+      <c r="I171" t="s">
         <v>1611</v>
-      </c>
-[...19 lines deleted...]
-        <v>1618</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>87</v>
       </c>
       <c r="L171" t="s">
-        <v>997</v>
+        <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>1619</v>
+        <v>88</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1620</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>58223</v>
+        <v>10887</v>
       </c>
       <c r="B172" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1615</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1616</v>
+      </c>
+      <c r="F172" t="s">
+        <v>1617</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H172" t="s">
+        <v>1619</v>
+      </c>
+      <c r="I172" t="s">
+        <v>1620</v>
+      </c>
+      <c r="J172" t="s">
+        <v>24</v>
+      </c>
+      <c r="K172" t="s">
+        <v>25</v>
+      </c>
+      <c r="L172" t="s">
+        <v>26</v>
+      </c>
+      <c r="M172" t="s">
+        <v>27</v>
+      </c>
+      <c r="N172" t="s">
+        <v>28</v>
+      </c>
+      <c r="O172" t="s">
         <v>1621</v>
-      </c>
-[...37 lines deleted...]
-        <v>1629</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>64637</v>
+        <v>10925</v>
       </c>
       <c r="B173" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1624</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F173" t="s">
+        <v>1626</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1627</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1628</v>
+      </c>
+      <c r="I173" t="s">
+        <v>1629</v>
+      </c>
+      <c r="J173" t="s">
+        <v>24</v>
+      </c>
+      <c r="K173" t="s">
+        <v>25</v>
+      </c>
+      <c r="L173" t="s">
+        <v>26</v>
+      </c>
+      <c r="M173" t="s">
+        <v>27</v>
+      </c>
+      <c r="N173" t="s">
+        <v>28</v>
+      </c>
+      <c r="O173" t="s">
         <v>1630</v>
-      </c>
-[...37 lines deleted...]
-        <v>1638</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>64689</v>
+        <v>10930</v>
       </c>
       <c r="B174" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1633</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1634</v>
+      </c>
+      <c r="F174" t="s">
+        <v>1635</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1636</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1637</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1638</v>
+      </c>
+      <c r="J174" t="s">
+        <v>24</v>
+      </c>
+      <c r="K174" t="s">
+        <v>211</v>
+      </c>
+      <c r="L174" t="s">
+        <v>26</v>
+      </c>
+      <c r="M174" t="s">
         <v>1639</v>
       </c>
-      <c r="C174" t="s">
+      <c r="N174" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" t="s">
         <v>1640</v>
-      </c>
-[...34 lines deleted...]
-        <v>1647</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>66512</v>
+        <v>10947</v>
       </c>
       <c r="B175" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1643</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F175" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H175" t="s">
+        <v>1647</v>
+      </c>
+      <c r="I175" t="s">
         <v>1648</v>
       </c>
-      <c r="C175" t="s">
+      <c r="J175" t="s">
+        <v>24</v>
+      </c>
+      <c r="K175" t="s">
+        <v>87</v>
+      </c>
+      <c r="L175" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" t="s">
+        <v>88</v>
+      </c>
+      <c r="N175" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" t="s">
         <v>1649</v>
-      </c>
-[...34 lines deleted...]
-        <v>1657</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>66515</v>
+        <v>10951</v>
       </c>
       <c r="B176" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F176" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G176" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1656</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1657</v>
+      </c>
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
+        <v>67</v>
+      </c>
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
+        <v>68</v>
+      </c>
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
         <v>1658</v>
-      </c>
-[...37 lines deleted...]
-        <v>1663</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>66520</v>
+        <v>11287</v>
       </c>
       <c r="B177" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1663</v>
+      </c>
+      <c r="G177" t="s">
         <v>1664</v>
       </c>
-      <c r="C177" t="s">
-[...2 lines deleted...]
-      <c r="D177" t="s">
+      <c r="H177" t="s">
         <v>1665</v>
       </c>
-      <c r="E177" t="s">
-[...2 lines deleted...]
-      <c r="F177" t="s">
+      <c r="I177" t="s">
         <v>1666</v>
       </c>
-      <c r="G177" t="s">
-[...2 lines deleted...]
-      <c r="H177" t="s">
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>87</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>88</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
         <v>1667</v>
-      </c>
-[...19 lines deleted...]
-        <v>1669</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>66523</v>
+        <v>11310</v>
       </c>
       <c r="B178" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D178" t="s">
         <v>1670</v>
       </c>
-      <c r="C178" t="s">
-[...2 lines deleted...]
-      <c r="D178" t="s">
+      <c r="E178" t="s">
         <v>1671</v>
-      </c>
-[...1 lines deleted...]
-        <v>1651</v>
       </c>
       <c r="F178" t="s">
         <v>1672</v>
       </c>
       <c r="G178" t="s">
-        <v>1649</v>
+        <v>1673</v>
       </c>
       <c r="H178" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="I178" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>67</v>
+        <v>270</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>68</v>
+        <v>271</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
+        <v>58060</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F179" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G179" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H179" t="s">
+        <v>1683</v>
+      </c>
+      <c r="I179" t="s">
+        <v>1684</v>
+      </c>
+      <c r="J179" t="s">
+        <v>24</v>
+      </c>
+      <c r="K179" t="s">
+        <v>1685</v>
+      </c>
+      <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1686</v>
+      </c>
+      <c r="N179" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="180" spans="1:15">
+      <c r="A180">
+        <v>58066</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1690</v>
+      </c>
+      <c r="E180" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F180" t="s">
+        <v>1692</v>
+      </c>
+      <c r="G180" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H180" t="s">
+        <v>1694</v>
+      </c>
+      <c r="I180" t="s">
+        <v>1695</v>
+      </c>
+      <c r="J180" t="s">
+        <v>24</v>
+      </c>
+      <c r="K180" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L180" t="s">
+        <v>26</v>
+      </c>
+      <c r="M180" t="s">
+        <v>1696</v>
+      </c>
+      <c r="N180" t="s">
+        <v>28</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="181" spans="1:15">
+      <c r="A181">
+        <v>58120</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E181" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F181" t="s">
+        <v>1702</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H181" t="s">
+        <v>1704</v>
+      </c>
+      <c r="I181" t="s">
+        <v>1705</v>
+      </c>
+      <c r="J181" t="s">
+        <v>24</v>
+      </c>
+      <c r="K181" t="s">
+        <v>25</v>
+      </c>
+      <c r="L181" t="s">
+        <v>26</v>
+      </c>
+      <c r="M181" t="s">
+        <v>27</v>
+      </c>
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="182" spans="1:15">
+      <c r="A182">
+        <v>58122</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F182" t="s">
+        <v>1711</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1713</v>
+      </c>
+      <c r="I182" t="s">
+        <v>1714</v>
+      </c>
+      <c r="J182" t="s">
+        <v>24</v>
+      </c>
+      <c r="K182" t="s">
+        <v>87</v>
+      </c>
+      <c r="L182" t="s">
+        <v>26</v>
+      </c>
+      <c r="M182" t="s">
+        <v>88</v>
+      </c>
+      <c r="N182" t="s">
+        <v>28</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="183" spans="1:15">
+      <c r="A183">
+        <v>58218</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F183" t="s">
+        <v>1720</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H183" t="s">
+        <v>1722</v>
+      </c>
+      <c r="I183" t="s">
+        <v>1723</v>
+      </c>
+      <c r="J183" t="s">
+        <v>24</v>
+      </c>
+      <c r="K183" t="s">
+        <v>87</v>
+      </c>
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
+        <v>88</v>
+      </c>
+      <c r="N183" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="184" spans="1:15">
+      <c r="A184">
+        <v>58223</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1731</v>
+      </c>
+      <c r="I184" t="s">
+        <v>1732</v>
+      </c>
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="K184" t="s">
+        <v>87</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>88</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="185" spans="1:15">
+      <c r="A185">
+        <v>58259</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F185" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1739</v>
+      </c>
+      <c r="H185" t="s">
+        <v>1740</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1741</v>
+      </c>
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>1742</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1743</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="186" spans="1:15">
+      <c r="A186">
+        <v>64637</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1749</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1751</v>
+      </c>
+      <c r="I186" t="s">
+        <v>1752</v>
+      </c>
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
+        <v>67</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>68</v>
+      </c>
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="187" spans="1:15">
+      <c r="A187">
+        <v>64689</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1756</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1758</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1760</v>
+      </c>
+      <c r="I187" t="s">
+        <v>1761</v>
+      </c>
+      <c r="J187" t="s">
+        <v>24</v>
+      </c>
+      <c r="K187" t="s">
+        <v>1135</v>
+      </c>
+      <c r="L187" t="s">
+        <v>26</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1762</v>
+      </c>
+      <c r="N187" t="s">
+        <v>28</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="188" spans="1:15">
+      <c r="A188">
+        <v>65000</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1768</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1770</v>
+      </c>
+      <c r="I188" t="s">
+        <v>1771</v>
+      </c>
+      <c r="J188" t="s">
+        <v>24</v>
+      </c>
+      <c r="K188" t="s">
+        <v>25</v>
+      </c>
+      <c r="L188" t="s">
+        <v>26</v>
+      </c>
+      <c r="M188" t="s">
+        <v>27</v>
+      </c>
+      <c r="N188" t="s">
+        <v>28</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="189" spans="1:15">
+      <c r="A189">
+        <v>65001</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E189" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F189" t="s">
+        <v>1777</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H189" t="s">
+        <v>1779</v>
+      </c>
+      <c r="I189" t="s">
+        <v>1780</v>
+      </c>
+      <c r="J189" t="s">
+        <v>24</v>
+      </c>
+      <c r="K189" t="s">
+        <v>87</v>
+      </c>
+      <c r="L189" t="s">
+        <v>26</v>
+      </c>
+      <c r="M189" t="s">
+        <v>88</v>
+      </c>
+      <c r="N189" t="s">
+        <v>28</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="190" spans="1:15">
+      <c r="A190">
+        <v>65002</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D190" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F190" t="s">
+        <v>1786</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H190" t="s">
+        <v>1788</v>
+      </c>
+      <c r="I190" t="s">
+        <v>1789</v>
+      </c>
+      <c r="J190" t="s">
+        <v>24</v>
+      </c>
+      <c r="K190" t="s">
+        <v>25</v>
+      </c>
+      <c r="L190" t="s">
+        <v>26</v>
+      </c>
+      <c r="M190" t="s">
+        <v>27</v>
+      </c>
+      <c r="N190" t="s">
+        <v>28</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="191" spans="1:15">
+      <c r="A191">
+        <v>65003</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F191" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H191" t="s">
+        <v>1797</v>
+      </c>
+      <c r="I191" t="s">
+        <v>1798</v>
+      </c>
+      <c r="J191" t="s">
+        <v>24</v>
+      </c>
+      <c r="K191" t="s">
+        <v>87</v>
+      </c>
+      <c r="L191" t="s">
+        <v>26</v>
+      </c>
+      <c r="M191" t="s">
+        <v>88</v>
+      </c>
+      <c r="N191" t="s">
+        <v>28</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="192" spans="1:15">
+      <c r="A192">
+        <v>65004</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E192" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F192" t="s">
+        <v>1804</v>
+      </c>
+      <c r="G192" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H192" t="s">
+        <v>1806</v>
+      </c>
+      <c r="I192" t="s">
+        <v>1807</v>
+      </c>
+      <c r="J192" t="s">
+        <v>24</v>
+      </c>
+      <c r="K192" t="s">
+        <v>87</v>
+      </c>
+      <c r="L192" t="s">
+        <v>26</v>
+      </c>
+      <c r="M192" t="s">
+        <v>88</v>
+      </c>
+      <c r="N192" t="s">
+        <v>28</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="193" spans="1:15">
+      <c r="A193">
+        <v>65005</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1812</v>
+      </c>
+      <c r="F193" t="s">
+        <v>1813</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H193" t="s">
+        <v>1815</v>
+      </c>
+      <c r="I193" t="s">
+        <v>1816</v>
+      </c>
+      <c r="J193" t="s">
+        <v>24</v>
+      </c>
+      <c r="K193" t="s">
+        <v>1817</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1818</v>
+      </c>
+      <c r="N193" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="194" spans="1:15">
+      <c r="A194">
+        <v>65006</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F194" t="s">
+        <v>1824</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H194" t="s">
+        <v>1826</v>
+      </c>
+      <c r="I194" t="s">
+        <v>1827</v>
+      </c>
+      <c r="J194" t="s">
+        <v>24</v>
+      </c>
+      <c r="K194" t="s">
+        <v>1828</v>
+      </c>
+      <c r="L194" t="s">
+        <v>26</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1829</v>
+      </c>
+      <c r="N194" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="195" spans="1:15">
+      <c r="A195">
+        <v>65007</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F195" t="s">
+        <v>1835</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1837</v>
+      </c>
+      <c r="I195" t="s">
+        <v>1838</v>
+      </c>
+      <c r="J195" t="s">
+        <v>24</v>
+      </c>
+      <c r="K195" t="s">
+        <v>25</v>
+      </c>
+      <c r="L195" t="s">
+        <v>26</v>
+      </c>
+      <c r="M195" t="s">
+        <v>27</v>
+      </c>
+      <c r="N195" t="s">
+        <v>28</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="196" spans="1:15">
+      <c r="A196">
+        <v>65008</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F196" t="s">
+        <v>1844</v>
+      </c>
+      <c r="G196" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H196" t="s">
+        <v>1846</v>
+      </c>
+      <c r="I196" t="s">
+        <v>1847</v>
+      </c>
+      <c r="J196" t="s">
+        <v>24</v>
+      </c>
+      <c r="K196" t="s">
+        <v>87</v>
+      </c>
+      <c r="L196" t="s">
+        <v>26</v>
+      </c>
+      <c r="M196" t="s">
+        <v>88</v>
+      </c>
+      <c r="N196" t="s">
+        <v>28</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="197" spans="1:15">
+      <c r="A197">
+        <v>65009</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F197" t="s">
+        <v>1853</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1855</v>
+      </c>
+      <c r="I197" t="s">
+        <v>1856</v>
+      </c>
+      <c r="J197" t="s">
+        <v>24</v>
+      </c>
+      <c r="K197" t="s">
+        <v>87</v>
+      </c>
+      <c r="L197" t="s">
+        <v>26</v>
+      </c>
+      <c r="M197" t="s">
+        <v>88</v>
+      </c>
+      <c r="N197" t="s">
+        <v>28</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="198" spans="1:15">
+      <c r="A198">
+        <v>65010</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F198" t="s">
+        <v>1862</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I198" t="s">
+        <v>1865</v>
+      </c>
+      <c r="J198" t="s">
+        <v>24</v>
+      </c>
+      <c r="K198" t="s">
+        <v>25</v>
+      </c>
+      <c r="L198" t="s">
+        <v>26</v>
+      </c>
+      <c r="M198" t="s">
+        <v>27</v>
+      </c>
+      <c r="N198" t="s">
+        <v>28</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="199" spans="1:15">
+      <c r="A199">
+        <v>65011</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F199" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1873</v>
+      </c>
+      <c r="I199" t="s">
+        <v>1874</v>
+      </c>
+      <c r="J199" t="s">
+        <v>24</v>
+      </c>
+      <c r="K199" t="s">
+        <v>87</v>
+      </c>
+      <c r="L199" t="s">
+        <v>26</v>
+      </c>
+      <c r="M199" t="s">
+        <v>88</v>
+      </c>
+      <c r="N199" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="200" spans="1:15">
+      <c r="A200">
+        <v>65012</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F200" t="s">
+        <v>1880</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H200" t="s">
+        <v>1882</v>
+      </c>
+      <c r="I200" t="s">
+        <v>1883</v>
+      </c>
+      <c r="J200" t="s">
+        <v>24</v>
+      </c>
+      <c r="K200" t="s">
+        <v>1884</v>
+      </c>
+      <c r="L200" t="s">
+        <v>26</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1885</v>
+      </c>
+      <c r="N200" t="s">
+        <v>28</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="201" spans="1:15">
+      <c r="A201">
+        <v>65013</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F201" t="s">
+        <v>1891</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H201" t="s">
+        <v>1893</v>
+      </c>
+      <c r="I201" t="s">
+        <v>1894</v>
+      </c>
+      <c r="J201" t="s">
+        <v>24</v>
+      </c>
+      <c r="K201" t="s">
+        <v>25</v>
+      </c>
+      <c r="L201" t="s">
+        <v>26</v>
+      </c>
+      <c r="M201" t="s">
+        <v>27</v>
+      </c>
+      <c r="N201" t="s">
+        <v>28</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="202" spans="1:15">
+      <c r="A202">
+        <v>65014</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1898</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F202" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H202" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I202" t="s">
+        <v>1903</v>
+      </c>
+      <c r="J202" t="s">
+        <v>210</v>
+      </c>
+      <c r="K202" t="s">
+        <v>170</v>
+      </c>
+      <c r="L202" t="s">
+        <v>212</v>
+      </c>
+      <c r="M202" t="s">
+        <v>171</v>
+      </c>
+      <c r="N202" t="s">
+        <v>28</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="203" spans="1:15">
+      <c r="A203">
+        <v>65015</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F203" t="s">
+        <v>1909</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1911</v>
+      </c>
+      <c r="I203" t="s">
+        <v>1912</v>
+      </c>
+      <c r="J203" t="s">
+        <v>24</v>
+      </c>
+      <c r="K203" t="s">
+        <v>87</v>
+      </c>
+      <c r="L203" t="s">
+        <v>26</v>
+      </c>
+      <c r="M203" t="s">
+        <v>88</v>
+      </c>
+      <c r="N203" t="s">
+        <v>28</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="204" spans="1:15">
+      <c r="A204">
+        <v>65016</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1916</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1917</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1918</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H204" t="s">
+        <v>1920</v>
+      </c>
+      <c r="I204" t="s">
+        <v>1921</v>
+      </c>
+      <c r="J204" t="s">
+        <v>24</v>
+      </c>
+      <c r="K204" t="s">
+        <v>25</v>
+      </c>
+      <c r="L204" t="s">
+        <v>26</v>
+      </c>
+      <c r="M204" t="s">
+        <v>27</v>
+      </c>
+      <c r="N204" t="s">
+        <v>28</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="205" spans="1:15">
+      <c r="A205">
+        <v>65017</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1927</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H205" t="s">
+        <v>1929</v>
+      </c>
+      <c r="I205" t="s">
+        <v>1930</v>
+      </c>
+      <c r="J205" t="s">
+        <v>24</v>
+      </c>
+      <c r="K205" t="s">
+        <v>1931</v>
+      </c>
+      <c r="L205" t="s">
+        <v>26</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1932</v>
+      </c>
+      <c r="N205" t="s">
+        <v>28</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="206" spans="1:15">
+      <c r="A206">
+        <v>65018</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1937</v>
+      </c>
+      <c r="F206" t="s">
+        <v>1938</v>
+      </c>
+      <c r="G206" t="s">
+        <v>1939</v>
+      </c>
+      <c r="H206" t="s">
+        <v>1940</v>
+      </c>
+      <c r="I206" t="s">
+        <v>1941</v>
+      </c>
+      <c r="J206" t="s">
+        <v>24</v>
+      </c>
+      <c r="K206" t="s">
+        <v>1942</v>
+      </c>
+      <c r="L206" t="s">
+        <v>26</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1943</v>
+      </c>
+      <c r="N206" t="s">
+        <v>28</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="207" spans="1:15">
+      <c r="A207">
+        <v>65019</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F207" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G207" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H207" t="s">
+        <v>1951</v>
+      </c>
+      <c r="I207" t="s">
+        <v>1952</v>
+      </c>
+      <c r="J207" t="s">
+        <v>24</v>
+      </c>
+      <c r="K207" t="s">
+        <v>87</v>
+      </c>
+      <c r="L207" t="s">
+        <v>26</v>
+      </c>
+      <c r="M207" t="s">
+        <v>88</v>
+      </c>
+      <c r="N207" t="s">
+        <v>28</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="208" spans="1:15">
+      <c r="A208">
+        <v>65020</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1956</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1957</v>
+      </c>
+      <c r="F208" t="s">
+        <v>1958</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H208" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I208" t="s">
+        <v>1961</v>
+      </c>
+      <c r="J208" t="s">
+        <v>24</v>
+      </c>
+      <c r="K208" t="s">
+        <v>1962</v>
+      </c>
+      <c r="L208" t="s">
+        <v>26</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1963</v>
+      </c>
+      <c r="N208" t="s">
+        <v>28</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="209" spans="1:15">
+      <c r="A209">
+        <v>65021</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F209" t="s">
+        <v>1969</v>
+      </c>
+      <c r="G209" t="s">
+        <v>1970</v>
+      </c>
+      <c r="H209" t="s">
+        <v>1971</v>
+      </c>
+      <c r="I209" t="s">
+        <v>1972</v>
+      </c>
+      <c r="J209" t="s">
+        <v>24</v>
+      </c>
+      <c r="K209" t="s">
+        <v>25</v>
+      </c>
+      <c r="L209" t="s">
+        <v>26</v>
+      </c>
+      <c r="M209" t="s">
+        <v>27</v>
+      </c>
+      <c r="N209" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="210" spans="1:15">
+      <c r="A210">
+        <v>65023</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1977</v>
+      </c>
+      <c r="F210" t="s">
+        <v>1978</v>
+      </c>
+      <c r="G210" t="s">
+        <v>1979</v>
+      </c>
+      <c r="H210" t="s">
+        <v>1980</v>
+      </c>
+      <c r="I210" t="s">
+        <v>1981</v>
+      </c>
+      <c r="J210" t="s">
+        <v>24</v>
+      </c>
+      <c r="K210" t="s">
+        <v>25</v>
+      </c>
+      <c r="L210" t="s">
+        <v>26</v>
+      </c>
+      <c r="M210" t="s">
+        <v>27</v>
+      </c>
+      <c r="N210" t="s">
+        <v>28</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="211" spans="1:15">
+      <c r="A211">
+        <v>65026</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1985</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F211" t="s">
+        <v>1987</v>
+      </c>
+      <c r="G211" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H211" t="s">
+        <v>1989</v>
+      </c>
+      <c r="I211" t="s">
+        <v>1990</v>
+      </c>
+      <c r="J211" t="s">
+        <v>24</v>
+      </c>
+      <c r="K211" t="s">
+        <v>25</v>
+      </c>
+      <c r="L211" t="s">
+        <v>26</v>
+      </c>
+      <c r="M211" t="s">
+        <v>27</v>
+      </c>
+      <c r="N211" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="212" spans="1:15">
+      <c r="A212">
+        <v>65030</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E212" t="s">
+        <v>1995</v>
+      </c>
+      <c r="F212" t="s">
+        <v>1996</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H212" t="s">
+        <v>1998</v>
+      </c>
+      <c r="I212" t="s">
+        <v>1999</v>
+      </c>
+      <c r="J212" t="s">
+        <v>24</v>
+      </c>
+      <c r="K212" t="s">
+        <v>25</v>
+      </c>
+      <c r="L212" t="s">
+        <v>26</v>
+      </c>
+      <c r="M212" t="s">
+        <v>27</v>
+      </c>
+      <c r="N212" t="s">
+        <v>28</v>
+      </c>
+      <c r="O212" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="213" spans="1:15">
+      <c r="A213">
+        <v>65031</v>
+      </c>
+      <c r="B213" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C213" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D213" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E213" t="s">
+        <v>2004</v>
+      </c>
+      <c r="F213" t="s">
+        <v>2005</v>
+      </c>
+      <c r="G213" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H213" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I213" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J213" t="s">
+        <v>24</v>
+      </c>
+      <c r="K213" t="s">
+        <v>25</v>
+      </c>
+      <c r="L213" t="s">
+        <v>26</v>
+      </c>
+      <c r="M213" t="s">
+        <v>27</v>
+      </c>
+      <c r="N213" t="s">
+        <v>28</v>
+      </c>
+      <c r="O213" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="214" spans="1:15">
+      <c r="A214">
+        <v>65032</v>
+      </c>
+      <c r="B214" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C214" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D214" t="s">
+        <v>2012</v>
+      </c>
+      <c r="E214" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F214" t="s">
+        <v>2014</v>
+      </c>
+      <c r="G214" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H214" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I214" t="s">
+        <v>2017</v>
+      </c>
+      <c r="J214" t="s">
+        <v>24</v>
+      </c>
+      <c r="K214" t="s">
+        <v>87</v>
+      </c>
+      <c r="L214" t="s">
+        <v>26</v>
+      </c>
+      <c r="M214" t="s">
+        <v>88</v>
+      </c>
+      <c r="N214" t="s">
+        <v>28</v>
+      </c>
+      <c r="O214" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="215" spans="1:15">
+      <c r="A215">
+        <v>65033</v>
+      </c>
+      <c r="B215" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C215" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D215" t="s">
+        <v>2021</v>
+      </c>
+      <c r="E215" t="s">
+        <v>2022</v>
+      </c>
+      <c r="F215" t="s">
+        <v>2023</v>
+      </c>
+      <c r="G215" t="s">
+        <v>2024</v>
+      </c>
+      <c r="H215" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I215" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J215" t="s">
+        <v>24</v>
+      </c>
+      <c r="K215" t="s">
+        <v>181</v>
+      </c>
+      <c r="L215" t="s">
+        <v>26</v>
+      </c>
+      <c r="M215" t="s">
+        <v>2027</v>
+      </c>
+      <c r="N215" t="s">
+        <v>28</v>
+      </c>
+      <c r="O215" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="216" spans="1:15">
+      <c r="A216">
+        <v>65034</v>
+      </c>
+      <c r="B216" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C216" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D216" t="s">
+        <v>2031</v>
+      </c>
+      <c r="E216" t="s">
+        <v>2032</v>
+      </c>
+      <c r="F216" t="s">
+        <v>2033</v>
+      </c>
+      <c r="G216" t="s">
+        <v>2034</v>
+      </c>
+      <c r="H216" t="s">
+        <v>2035</v>
+      </c>
+      <c r="I216" t="s">
+        <v>2036</v>
+      </c>
+      <c r="J216" t="s">
+        <v>210</v>
+      </c>
+      <c r="K216" t="s">
+        <v>2037</v>
+      </c>
+      <c r="L216" t="s">
+        <v>212</v>
+      </c>
+      <c r="M216" t="s">
+        <v>2038</v>
+      </c>
+      <c r="N216" t="s">
+        <v>28</v>
+      </c>
+      <c r="O216" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="217" spans="1:15">
+      <c r="A217">
+        <v>65035</v>
+      </c>
+      <c r="B217" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C217" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D217" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E217" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F217" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G217" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H217" t="s">
+        <v>2046</v>
+      </c>
+      <c r="I217" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J217" t="s">
+        <v>24</v>
+      </c>
+      <c r="K217" t="s">
+        <v>25</v>
+      </c>
+      <c r="L217" t="s">
+        <v>26</v>
+      </c>
+      <c r="M217" t="s">
+        <v>27</v>
+      </c>
+      <c r="N217" t="s">
+        <v>28</v>
+      </c>
+      <c r="O217" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="218" spans="1:15">
+      <c r="A218">
+        <v>65036</v>
+      </c>
+      <c r="B218" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C218" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D218" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E218" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F218" t="s">
+        <v>2053</v>
+      </c>
+      <c r="G218" t="s">
+        <v>2054</v>
+      </c>
+      <c r="H218" t="s">
+        <v>2055</v>
+      </c>
+      <c r="I218" t="s">
+        <v>2056</v>
+      </c>
+      <c r="J218" t="s">
+        <v>24</v>
+      </c>
+      <c r="K218" t="s">
+        <v>25</v>
+      </c>
+      <c r="L218" t="s">
+        <v>26</v>
+      </c>
+      <c r="M218" t="s">
+        <v>27</v>
+      </c>
+      <c r="N218" t="s">
+        <v>28</v>
+      </c>
+      <c r="O218" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="219" spans="1:15">
+      <c r="A219">
+        <v>65037</v>
+      </c>
+      <c r="B219" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C219" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D219" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E219" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F219" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G219" t="s">
+        <v>2063</v>
+      </c>
+      <c r="H219" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I219" t="s">
+        <v>2065</v>
+      </c>
+      <c r="J219" t="s">
+        <v>24</v>
+      </c>
+      <c r="K219" t="s">
+        <v>25</v>
+      </c>
+      <c r="L219" t="s">
+        <v>26</v>
+      </c>
+      <c r="M219" t="s">
+        <v>27</v>
+      </c>
+      <c r="N219" t="s">
+        <v>28</v>
+      </c>
+      <c r="O219" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="220" spans="1:15">
+      <c r="A220">
+        <v>65038</v>
+      </c>
+      <c r="B220" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C220" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D220" t="s">
+        <v>2069</v>
+      </c>
+      <c r="E220" t="s">
+        <v>2070</v>
+      </c>
+      <c r="F220" t="s">
+        <v>2071</v>
+      </c>
+      <c r="G220" t="s">
+        <v>2072</v>
+      </c>
+      <c r="H220" t="s">
+        <v>2073</v>
+      </c>
+      <c r="I220" t="s">
+        <v>2074</v>
+      </c>
+      <c r="J220" t="s">
+        <v>24</v>
+      </c>
+      <c r="K220" t="s">
+        <v>87</v>
+      </c>
+      <c r="L220" t="s">
+        <v>26</v>
+      </c>
+      <c r="M220" t="s">
+        <v>88</v>
+      </c>
+      <c r="N220" t="s">
+        <v>28</v>
+      </c>
+      <c r="O220" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="221" spans="1:15">
+      <c r="A221">
+        <v>65039</v>
+      </c>
+      <c r="B221" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C221" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D221" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E221" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F221" t="s">
+        <v>2080</v>
+      </c>
+      <c r="G221" t="s">
+        <v>2081</v>
+      </c>
+      <c r="H221" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I221" t="s">
+        <v>2083</v>
+      </c>
+      <c r="J221" t="s">
+        <v>24</v>
+      </c>
+      <c r="K221" t="s">
+        <v>87</v>
+      </c>
+      <c r="L221" t="s">
+        <v>26</v>
+      </c>
+      <c r="M221" t="s">
+        <v>88</v>
+      </c>
+      <c r="N221" t="s">
+        <v>28</v>
+      </c>
+      <c r="O221" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="222" spans="1:15">
+      <c r="A222">
+        <v>65040</v>
+      </c>
+      <c r="B222" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C222" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D222" t="s">
+        <v>2087</v>
+      </c>
+      <c r="E222" t="s">
+        <v>2088</v>
+      </c>
+      <c r="F222" t="s">
+        <v>2089</v>
+      </c>
+      <c r="G222" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H222" t="s">
+        <v>2091</v>
+      </c>
+      <c r="I222" t="s">
+        <v>2092</v>
+      </c>
+      <c r="J222" t="s">
+        <v>24</v>
+      </c>
+      <c r="K222" t="s">
+        <v>270</v>
+      </c>
+      <c r="L222" t="s">
+        <v>26</v>
+      </c>
+      <c r="M222" t="s">
+        <v>271</v>
+      </c>
+      <c r="N222" t="s">
+        <v>28</v>
+      </c>
+      <c r="O222" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="223" spans="1:15">
+      <c r="A223">
+        <v>65044</v>
+      </c>
+      <c r="B223" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C223" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D223" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E223" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F223" t="s">
+        <v>2098</v>
+      </c>
+      <c r="G223" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H223" t="s">
+        <v>2100</v>
+      </c>
+      <c r="I223" t="s">
+        <v>2101</v>
+      </c>
+      <c r="J223" t="s">
+        <v>24</v>
+      </c>
+      <c r="K223" t="s">
+        <v>25</v>
+      </c>
+      <c r="L223" t="s">
+        <v>26</v>
+      </c>
+      <c r="M223" t="s">
+        <v>27</v>
+      </c>
+      <c r="N223" t="s">
+        <v>28</v>
+      </c>
+      <c r="O223" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="224" spans="1:15">
+      <c r="A224">
+        <v>65045</v>
+      </c>
+      <c r="B224" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C224" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D224" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E224" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F224" t="s">
+        <v>2107</v>
+      </c>
+      <c r="G224" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H224" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I224" t="s">
+        <v>2110</v>
+      </c>
+      <c r="J224" t="s">
+        <v>2111</v>
+      </c>
+      <c r="K224" t="s">
+        <v>2112</v>
+      </c>
+      <c r="L224" t="s">
+        <v>2113</v>
+      </c>
+      <c r="M224" t="s">
+        <v>2114</v>
+      </c>
+      <c r="N224" t="s">
+        <v>28</v>
+      </c>
+      <c r="O224" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="225" spans="1:15">
+      <c r="A225">
+        <v>65046</v>
+      </c>
+      <c r="B225" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C225" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D225" t="s">
+        <v>2118</v>
+      </c>
+      <c r="E225" t="s">
+        <v>2119</v>
+      </c>
+      <c r="F225" t="s">
+        <v>2120</v>
+      </c>
+      <c r="G225" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H225" t="s">
+        <v>2122</v>
+      </c>
+      <c r="I225" t="s">
+        <v>2123</v>
+      </c>
+      <c r="J225" t="s">
+        <v>24</v>
+      </c>
+      <c r="K225" t="s">
+        <v>67</v>
+      </c>
+      <c r="L225" t="s">
+        <v>26</v>
+      </c>
+      <c r="M225" t="s">
+        <v>68</v>
+      </c>
+      <c r="N225" t="s">
+        <v>28</v>
+      </c>
+      <c r="O225" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="226" spans="1:15">
+      <c r="A226">
+        <v>65047</v>
+      </c>
+      <c r="B226" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C226" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D226" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E226" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F226" t="s">
+        <v>2129</v>
+      </c>
+      <c r="G226" t="s">
+        <v>2130</v>
+      </c>
+      <c r="H226" t="s">
+        <v>2131</v>
+      </c>
+      <c r="I226" t="s">
+        <v>2132</v>
+      </c>
+      <c r="J226" t="s">
+        <v>24</v>
+      </c>
+      <c r="K226" t="s">
+        <v>2112</v>
+      </c>
+      <c r="L226" t="s">
+        <v>26</v>
+      </c>
+      <c r="M226" t="s">
+        <v>2114</v>
+      </c>
+      <c r="N226" t="s">
+        <v>28</v>
+      </c>
+      <c r="O226" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="227" spans="1:15">
+      <c r="A227">
+        <v>65049</v>
+      </c>
+      <c r="B227" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C227" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D227" t="s">
+        <v>2136</v>
+      </c>
+      <c r="E227" t="s">
+        <v>2137</v>
+      </c>
+      <c r="F227" t="s">
+        <v>2138</v>
+      </c>
+      <c r="G227" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H227" t="s">
+        <v>2140</v>
+      </c>
+      <c r="I227" t="s">
+        <v>2141</v>
+      </c>
+      <c r="J227" t="s">
+        <v>24</v>
+      </c>
+      <c r="K227" t="s">
+        <v>1135</v>
+      </c>
+      <c r="L227" t="s">
+        <v>26</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1762</v>
+      </c>
+      <c r="N227" t="s">
+        <v>28</v>
+      </c>
+      <c r="O227" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="228" spans="1:15">
+      <c r="A228">
+        <v>65050</v>
+      </c>
+      <c r="B228" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C228" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D228" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E228" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F228" t="s">
+        <v>2147</v>
+      </c>
+      <c r="G228" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H228" t="s">
+        <v>2149</v>
+      </c>
+      <c r="I228" t="s">
+        <v>2150</v>
+      </c>
+      <c r="J228" t="s">
+        <v>24</v>
+      </c>
+      <c r="K228" t="s">
+        <v>25</v>
+      </c>
+      <c r="L228" t="s">
+        <v>26</v>
+      </c>
+      <c r="M228" t="s">
+        <v>27</v>
+      </c>
+      <c r="N228" t="s">
+        <v>28</v>
+      </c>
+      <c r="O228" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="229" spans="1:15">
+      <c r="A229">
+        <v>65051</v>
+      </c>
+      <c r="B229" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C229" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D229" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E229" t="s">
+        <v>2155</v>
+      </c>
+      <c r="F229" t="s">
+        <v>2156</v>
+      </c>
+      <c r="G229" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H229" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I229" t="s">
+        <v>2159</v>
+      </c>
+      <c r="J229" t="s">
+        <v>24</v>
+      </c>
+      <c r="K229" t="s">
+        <v>211</v>
+      </c>
+      <c r="L229" t="s">
+        <v>26</v>
+      </c>
+      <c r="M229" t="s">
+        <v>213</v>
+      </c>
+      <c r="N229" t="s">
+        <v>28</v>
+      </c>
+      <c r="O229" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="230" spans="1:15">
+      <c r="A230">
+        <v>65053</v>
+      </c>
+      <c r="B230" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C230" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D230" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E230" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F230" t="s">
+        <v>2165</v>
+      </c>
+      <c r="G230" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H230" t="s">
+        <v>2167</v>
+      </c>
+      <c r="I230" t="s">
+        <v>2168</v>
+      </c>
+      <c r="J230" t="s">
+        <v>24</v>
+      </c>
+      <c r="K230" t="s">
+        <v>87</v>
+      </c>
+      <c r="L230" t="s">
+        <v>26</v>
+      </c>
+      <c r="M230" t="s">
+        <v>88</v>
+      </c>
+      <c r="N230" t="s">
+        <v>28</v>
+      </c>
+      <c r="O230" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="231" spans="1:15">
+      <c r="A231">
+        <v>65054</v>
+      </c>
+      <c r="B231" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C231" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D231" t="s">
+        <v>2172</v>
+      </c>
+      <c r="E231" t="s">
+        <v>2173</v>
+      </c>
+      <c r="F231" t="s">
+        <v>2174</v>
+      </c>
+      <c r="G231" t="s">
+        <v>2175</v>
+      </c>
+      <c r="H231" t="s">
+        <v>2176</v>
+      </c>
+      <c r="I231" t="s">
+        <v>2177</v>
+      </c>
+      <c r="J231" t="s">
+        <v>210</v>
+      </c>
+      <c r="K231" t="s">
+        <v>56</v>
+      </c>
+      <c r="L231" t="s">
+        <v>212</v>
+      </c>
+      <c r="M231" t="s">
+        <v>57</v>
+      </c>
+      <c r="N231" t="s">
+        <v>28</v>
+      </c>
+      <c r="O231" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="232" spans="1:15">
+      <c r="A232">
+        <v>65055</v>
+      </c>
+      <c r="B232" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C232" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D232" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E232" t="s">
+        <v>2182</v>
+      </c>
+      <c r="F232" t="s">
+        <v>2183</v>
+      </c>
+      <c r="G232" t="s">
+        <v>2184</v>
+      </c>
+      <c r="H232" t="s">
+        <v>2185</v>
+      </c>
+      <c r="I232" t="s">
+        <v>2186</v>
+      </c>
+      <c r="J232" t="s">
+        <v>24</v>
+      </c>
+      <c r="K232" t="s">
+        <v>2037</v>
+      </c>
+      <c r="L232" t="s">
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
+        <v>2038</v>
+      </c>
+      <c r="N232" t="s">
+        <v>28</v>
+      </c>
+      <c r="O232" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="233" spans="1:15">
+      <c r="A233">
+        <v>65057</v>
+      </c>
+      <c r="B233" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C233" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D233" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E233" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F233" t="s">
+        <v>2192</v>
+      </c>
+      <c r="G233" t="s">
+        <v>2193</v>
+      </c>
+      <c r="H233" t="s">
+        <v>2194</v>
+      </c>
+      <c r="I233" t="s">
+        <v>2195</v>
+      </c>
+      <c r="J233" t="s">
+        <v>24</v>
+      </c>
+      <c r="K233" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L233" t="s">
+        <v>26</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1696</v>
+      </c>
+      <c r="N233" t="s">
+        <v>28</v>
+      </c>
+      <c r="O233" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="234" spans="1:15">
+      <c r="A234">
+        <v>65058</v>
+      </c>
+      <c r="B234" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C234" t="s">
+        <v>2198</v>
+      </c>
+      <c r="D234" t="s">
+        <v>2199</v>
+      </c>
+      <c r="E234" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F234" t="s">
+        <v>2201</v>
+      </c>
+      <c r="G234" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H234" t="s">
+        <v>2203</v>
+      </c>
+      <c r="I234" t="s">
+        <v>2204</v>
+      </c>
+      <c r="J234" t="s">
+        <v>210</v>
+      </c>
+      <c r="K234" t="s">
+        <v>170</v>
+      </c>
+      <c r="L234" t="s">
+        <v>212</v>
+      </c>
+      <c r="M234" t="s">
+        <v>171</v>
+      </c>
+      <c r="N234" t="s">
+        <v>28</v>
+      </c>
+      <c r="O234" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="235" spans="1:15">
+      <c r="A235">
+        <v>65059</v>
+      </c>
+      <c r="B235" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C235" t="s">
+        <v>2207</v>
+      </c>
+      <c r="D235" t="s">
+        <v>2208</v>
+      </c>
+      <c r="E235" t="s">
+        <v>2209</v>
+      </c>
+      <c r="F235" t="s">
+        <v>2210</v>
+      </c>
+      <c r="G235" t="s">
+        <v>2211</v>
+      </c>
+      <c r="H235" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I235" t="s">
+        <v>2213</v>
+      </c>
+      <c r="J235" t="s">
+        <v>24</v>
+      </c>
+      <c r="K235" t="s">
+        <v>87</v>
+      </c>
+      <c r="L235" t="s">
+        <v>26</v>
+      </c>
+      <c r="M235" t="s">
+        <v>88</v>
+      </c>
+      <c r="N235" t="s">
+        <v>28</v>
+      </c>
+      <c r="O235" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="236" spans="1:15">
+      <c r="A236">
+        <v>65060</v>
+      </c>
+      <c r="B236" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C236" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D236" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E236" t="s">
+        <v>2218</v>
+      </c>
+      <c r="F236" t="s">
+        <v>2219</v>
+      </c>
+      <c r="G236" t="s">
+        <v>2220</v>
+      </c>
+      <c r="H236" t="s">
+        <v>2221</v>
+      </c>
+      <c r="I236" t="s">
+        <v>2222</v>
+      </c>
+      <c r="J236" t="s">
+        <v>24</v>
+      </c>
+      <c r="K236" t="s">
+        <v>67</v>
+      </c>
+      <c r="L236" t="s">
+        <v>26</v>
+      </c>
+      <c r="M236" t="s">
+        <v>68</v>
+      </c>
+      <c r="N236" t="s">
+        <v>28</v>
+      </c>
+      <c r="O236" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="237" spans="1:15">
+      <c r="A237">
+        <v>65062</v>
+      </c>
+      <c r="B237" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C237" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D237" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E237" t="s">
+        <v>2227</v>
+      </c>
+      <c r="F237" t="s">
+        <v>2228</v>
+      </c>
+      <c r="G237" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H237" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I237" t="s">
+        <v>2231</v>
+      </c>
+      <c r="J237" t="s">
+        <v>24</v>
+      </c>
+      <c r="K237" t="s">
+        <v>25</v>
+      </c>
+      <c r="L237" t="s">
+        <v>26</v>
+      </c>
+      <c r="M237" t="s">
+        <v>27</v>
+      </c>
+      <c r="N237" t="s">
+        <v>28</v>
+      </c>
+      <c r="O237" t="s">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="238" spans="1:15">
+      <c r="A238">
+        <v>65068</v>
+      </c>
+      <c r="B238" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C238" t="s">
+        <v>2234</v>
+      </c>
+      <c r="D238" t="s">
+        <v>2235</v>
+      </c>
+      <c r="E238" t="s">
+        <v>2236</v>
+      </c>
+      <c r="F238" t="s">
+        <v>2237</v>
+      </c>
+      <c r="G238" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H238" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I238" t="s">
+        <v>2240</v>
+      </c>
+      <c r="J238" t="s">
+        <v>24</v>
+      </c>
+      <c r="K238" t="s">
+        <v>25</v>
+      </c>
+      <c r="L238" t="s">
+        <v>26</v>
+      </c>
+      <c r="M238" t="s">
+        <v>27</v>
+      </c>
+      <c r="N238" t="s">
+        <v>28</v>
+      </c>
+      <c r="O238" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="239" spans="1:15">
+      <c r="A239">
+        <v>65069</v>
+      </c>
+      <c r="B239" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C239" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D239" t="s">
+        <v>2244</v>
+      </c>
+      <c r="E239" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F239" t="s">
+        <v>2246</v>
+      </c>
+      <c r="G239" t="s">
+        <v>2247</v>
+      </c>
+      <c r="H239" t="s">
+        <v>2248</v>
+      </c>
+      <c r="I239" t="s">
+        <v>2249</v>
+      </c>
+      <c r="J239" t="s">
+        <v>24</v>
+      </c>
+      <c r="K239" t="s">
+        <v>87</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>88</v>
+      </c>
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="240" spans="1:15">
+      <c r="A240">
+        <v>65071</v>
+      </c>
+      <c r="B240" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C240" t="s">
+        <v>2252</v>
+      </c>
+      <c r="D240" t="s">
+        <v>2253</v>
+      </c>
+      <c r="E240" t="s">
+        <v>2254</v>
+      </c>
+      <c r="F240" t="s">
+        <v>2255</v>
+      </c>
+      <c r="G240" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H240" t="s">
+        <v>2257</v>
+      </c>
+      <c r="I240" t="s">
+        <v>2258</v>
+      </c>
+      <c r="J240" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" t="s">
+        <v>25</v>
+      </c>
+      <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
+        <v>27</v>
+      </c>
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="241" spans="1:15">
+      <c r="A241">
+        <v>65073</v>
+      </c>
+      <c r="B241" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D241" t="s">
+        <v>2262</v>
+      </c>
+      <c r="E241" t="s">
+        <v>2263</v>
+      </c>
+      <c r="F241" t="s">
+        <v>2264</v>
+      </c>
+      <c r="G241" t="s">
+        <v>2265</v>
+      </c>
+      <c r="H241" t="s">
+        <v>2266</v>
+      </c>
+      <c r="I241" t="s">
+        <v>2267</v>
+      </c>
+      <c r="J241" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" t="s">
+        <v>25</v>
+      </c>
+      <c r="L241" t="s">
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>27</v>
+      </c>
+      <c r="N241" t="s">
+        <v>28</v>
+      </c>
+      <c r="O241" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="242" spans="1:15">
+      <c r="A242">
+        <v>65074</v>
+      </c>
+      <c r="B242" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D242" t="s">
+        <v>2271</v>
+      </c>
+      <c r="E242" t="s">
+        <v>2272</v>
+      </c>
+      <c r="F242" t="s">
+        <v>2273</v>
+      </c>
+      <c r="G242" t="s">
+        <v>2274</v>
+      </c>
+      <c r="H242" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I242" t="s">
+        <v>2276</v>
+      </c>
+      <c r="J242" t="s">
+        <v>24</v>
+      </c>
+      <c r="K242" t="s">
+        <v>2277</v>
+      </c>
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>2278</v>
+      </c>
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="243" spans="1:15">
+      <c r="A243">
+        <v>65075</v>
+      </c>
+      <c r="B243" t="s">
+        <v>2280</v>
+      </c>
+      <c r="C243" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D243" t="s">
+        <v>2282</v>
+      </c>
+      <c r="E243" t="s">
+        <v>2283</v>
+      </c>
+      <c r="F243" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G243" t="s">
+        <v>2285</v>
+      </c>
+      <c r="H243" t="s">
+        <v>2286</v>
+      </c>
+      <c r="I243" t="s">
+        <v>2287</v>
+      </c>
+      <c r="J243" t="s">
+        <v>210</v>
+      </c>
+      <c r="K243" t="s">
+        <v>181</v>
+      </c>
+      <c r="L243" t="s">
+        <v>212</v>
+      </c>
+      <c r="M243" t="s">
+        <v>2027</v>
+      </c>
+      <c r="N243" t="s">
+        <v>28</v>
+      </c>
+      <c r="O243" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="244" spans="1:15">
+      <c r="A244">
+        <v>65076</v>
+      </c>
+      <c r="B244" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C244" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D244" t="s">
+        <v>2291</v>
+      </c>
+      <c r="E244" t="s">
+        <v>2292</v>
+      </c>
+      <c r="F244" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G244" t="s">
+        <v>2294</v>
+      </c>
+      <c r="H244" t="s">
+        <v>2295</v>
+      </c>
+      <c r="I244" t="s">
+        <v>2296</v>
+      </c>
+      <c r="J244" t="s">
+        <v>24</v>
+      </c>
+      <c r="K244" t="s">
+        <v>87</v>
+      </c>
+      <c r="L244" t="s">
+        <v>26</v>
+      </c>
+      <c r="M244" t="s">
+        <v>88</v>
+      </c>
+      <c r="N244" t="s">
+        <v>28</v>
+      </c>
+      <c r="O244" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="245" spans="1:15">
+      <c r="A245">
+        <v>65077</v>
+      </c>
+      <c r="B245" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C245" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D245" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E245" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F245" t="s">
+        <v>2302</v>
+      </c>
+      <c r="G245" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H245" t="s">
+        <v>2304</v>
+      </c>
+      <c r="I245" t="s">
+        <v>2305</v>
+      </c>
+      <c r="J245" t="s">
+        <v>24</v>
+      </c>
+      <c r="K245" t="s">
+        <v>211</v>
+      </c>
+      <c r="L245" t="s">
+        <v>26</v>
+      </c>
+      <c r="M245" t="s">
+        <v>213</v>
+      </c>
+      <c r="N245" t="s">
+        <v>28</v>
+      </c>
+      <c r="O245" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="246" spans="1:15">
+      <c r="A246">
+        <v>65080</v>
+      </c>
+      <c r="B246" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C246" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D246" t="s">
+        <v>2309</v>
+      </c>
+      <c r="E246" t="s">
+        <v>2310</v>
+      </c>
+      <c r="F246" t="s">
+        <v>2311</v>
+      </c>
+      <c r="G246" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H246" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I246" t="s">
+        <v>2314</v>
+      </c>
+      <c r="J246" t="s">
+        <v>24</v>
+      </c>
+      <c r="K246" t="s">
+        <v>67</v>
+      </c>
+      <c r="L246" t="s">
+        <v>26</v>
+      </c>
+      <c r="M246" t="s">
+        <v>68</v>
+      </c>
+      <c r="N246" t="s">
+        <v>28</v>
+      </c>
+      <c r="O246" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="247" spans="1:15">
+      <c r="A247">
+        <v>65081</v>
+      </c>
+      <c r="B247" t="s">
+        <v>2316</v>
+      </c>
+      <c r="C247" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D247" t="s">
+        <v>2318</v>
+      </c>
+      <c r="E247" t="s">
+        <v>2319</v>
+      </c>
+      <c r="F247" t="s">
+        <v>2320</v>
+      </c>
+      <c r="G247" t="s">
+        <v>2321</v>
+      </c>
+      <c r="H247" t="s">
+        <v>2322</v>
+      </c>
+      <c r="I247" t="s">
+        <v>2323</v>
+      </c>
+      <c r="J247" t="s">
+        <v>24</v>
+      </c>
+      <c r="K247" t="s">
+        <v>67</v>
+      </c>
+      <c r="L247" t="s">
+        <v>26</v>
+      </c>
+      <c r="M247" t="s">
+        <v>68</v>
+      </c>
+      <c r="N247" t="s">
+        <v>28</v>
+      </c>
+      <c r="O247" t="s">
+        <v>2324</v>
+      </c>
+    </row>
+    <row r="248" spans="1:15">
+      <c r="A248">
+        <v>65082</v>
+      </c>
+      <c r="B248" t="s">
+        <v>2325</v>
+      </c>
+      <c r="C248" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D248" t="s">
+        <v>2327</v>
+      </c>
+      <c r="E248" t="s">
+        <v>2328</v>
+      </c>
+      <c r="F248" t="s">
+        <v>2329</v>
+      </c>
+      <c r="G248" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H248" t="s">
+        <v>2331</v>
+      </c>
+      <c r="I248" t="s">
+        <v>2332</v>
+      </c>
+      <c r="J248" t="s">
+        <v>24</v>
+      </c>
+      <c r="K248" t="s">
+        <v>67</v>
+      </c>
+      <c r="L248" t="s">
+        <v>26</v>
+      </c>
+      <c r="M248" t="s">
+        <v>68</v>
+      </c>
+      <c r="N248" t="s">
+        <v>28</v>
+      </c>
+      <c r="O248" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="249" spans="1:15">
+      <c r="A249">
+        <v>65083</v>
+      </c>
+      <c r="B249" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C249" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D249" t="s">
+        <v>2336</v>
+      </c>
+      <c r="E249" t="s">
+        <v>2337</v>
+      </c>
+      <c r="F249" t="s">
+        <v>2338</v>
+      </c>
+      <c r="G249" t="s">
+        <v>2339</v>
+      </c>
+      <c r="H249" t="s">
+        <v>2340</v>
+      </c>
+      <c r="I249" t="s">
+        <v>2341</v>
+      </c>
+      <c r="J249" t="s">
+        <v>24</v>
+      </c>
+      <c r="K249" t="s">
+        <v>87</v>
+      </c>
+      <c r="L249" t="s">
+        <v>26</v>
+      </c>
+      <c r="M249" t="s">
+        <v>88</v>
+      </c>
+      <c r="N249" t="s">
+        <v>28</v>
+      </c>
+      <c r="O249" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="250" spans="1:15">
+      <c r="A250">
+        <v>65084</v>
+      </c>
+      <c r="B250" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C250" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D250" t="s">
+        <v>2345</v>
+      </c>
+      <c r="E250" t="s">
+        <v>2346</v>
+      </c>
+      <c r="F250" t="s">
+        <v>2347</v>
+      </c>
+      <c r="G250" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H250" t="s">
+        <v>2349</v>
+      </c>
+      <c r="I250" t="s">
+        <v>2350</v>
+      </c>
+      <c r="J250" t="s">
+        <v>24</v>
+      </c>
+      <c r="K250" t="s">
+        <v>25</v>
+      </c>
+      <c r="L250" t="s">
+        <v>26</v>
+      </c>
+      <c r="M250" t="s">
+        <v>27</v>
+      </c>
+      <c r="N250" t="s">
+        <v>28</v>
+      </c>
+      <c r="O250" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="251" spans="1:15">
+      <c r="A251">
+        <v>65085</v>
+      </c>
+      <c r="B251" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C251" t="s">
+        <v>2353</v>
+      </c>
+      <c r="D251" t="s">
+        <v>2354</v>
+      </c>
+      <c r="E251" t="s">
+        <v>2355</v>
+      </c>
+      <c r="F251" t="s">
+        <v>2356</v>
+      </c>
+      <c r="G251" t="s">
+        <v>2357</v>
+      </c>
+      <c r="H251" t="s">
+        <v>2358</v>
+      </c>
+      <c r="I251" t="s">
+        <v>2359</v>
+      </c>
+      <c r="J251" t="s">
+        <v>24</v>
+      </c>
+      <c r="K251" t="s">
+        <v>2037</v>
+      </c>
+      <c r="L251" t="s">
+        <v>26</v>
+      </c>
+      <c r="M251" t="s">
+        <v>2038</v>
+      </c>
+      <c r="N251" t="s">
+        <v>28</v>
+      </c>
+      <c r="O251" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="252" spans="1:15">
+      <c r="A252">
+        <v>65086</v>
+      </c>
+      <c r="B252" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C252" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D252" t="s">
+        <v>2363</v>
+      </c>
+      <c r="E252" t="s">
+        <v>2364</v>
+      </c>
+      <c r="F252" t="s">
+        <v>2365</v>
+      </c>
+      <c r="G252" t="s">
+        <v>2366</v>
+      </c>
+      <c r="H252" t="s">
+        <v>2367</v>
+      </c>
+      <c r="I252" t="s">
+        <v>2368</v>
+      </c>
+      <c r="J252" t="s">
+        <v>24</v>
+      </c>
+      <c r="K252" t="s">
+        <v>87</v>
+      </c>
+      <c r="L252" t="s">
+        <v>26</v>
+      </c>
+      <c r="M252" t="s">
+        <v>88</v>
+      </c>
+      <c r="N252" t="s">
+        <v>28</v>
+      </c>
+      <c r="O252" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="253" spans="1:15">
+      <c r="A253">
+        <v>65087</v>
+      </c>
+      <c r="B253" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C253" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D253" t="s">
+        <v>2372</v>
+      </c>
+      <c r="E253" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F253" t="s">
+        <v>2374</v>
+      </c>
+      <c r="G253" t="s">
+        <v>2375</v>
+      </c>
+      <c r="H253" t="s">
+        <v>2376</v>
+      </c>
+      <c r="I253" t="s">
+        <v>2377</v>
+      </c>
+      <c r="J253" t="s">
+        <v>24</v>
+      </c>
+      <c r="K253" t="s">
+        <v>87</v>
+      </c>
+      <c r="L253" t="s">
+        <v>26</v>
+      </c>
+      <c r="M253" t="s">
+        <v>88</v>
+      </c>
+      <c r="N253" t="s">
+        <v>28</v>
+      </c>
+      <c r="O253" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="254" spans="1:15">
+      <c r="A254">
+        <v>65088</v>
+      </c>
+      <c r="B254" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C254" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D254" t="s">
+        <v>2381</v>
+      </c>
+      <c r="E254" t="s">
+        <v>2382</v>
+      </c>
+      <c r="F254" t="s">
+        <v>2383</v>
+      </c>
+      <c r="G254" t="s">
+        <v>2384</v>
+      </c>
+      <c r="H254" t="s">
+        <v>2385</v>
+      </c>
+      <c r="I254" t="s">
+        <v>2386</v>
+      </c>
+      <c r="J254" t="s">
+        <v>24</v>
+      </c>
+      <c r="K254" t="s">
+        <v>25</v>
+      </c>
+      <c r="L254" t="s">
+        <v>26</v>
+      </c>
+      <c r="M254" t="s">
+        <v>27</v>
+      </c>
+      <c r="N254" t="s">
+        <v>28</v>
+      </c>
+      <c r="O254" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="255" spans="1:15">
+      <c r="A255">
+        <v>65089</v>
+      </c>
+      <c r="B255" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C255" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D255" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E255" t="s">
+        <v>2391</v>
+      </c>
+      <c r="F255" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G255" t="s">
+        <v>2393</v>
+      </c>
+      <c r="H255" t="s">
+        <v>2394</v>
+      </c>
+      <c r="I255" t="s">
+        <v>2395</v>
+      </c>
+      <c r="J255" t="s">
+        <v>24</v>
+      </c>
+      <c r="K255" t="s">
+        <v>25</v>
+      </c>
+      <c r="L255" t="s">
+        <v>26</v>
+      </c>
+      <c r="M255" t="s">
+        <v>27</v>
+      </c>
+      <c r="N255" t="s">
+        <v>28</v>
+      </c>
+      <c r="O255" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="256" spans="1:15">
+      <c r="A256">
+        <v>65090</v>
+      </c>
+      <c r="B256" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C256" t="s">
+        <v>2398</v>
+      </c>
+      <c r="D256" t="s">
+        <v>2399</v>
+      </c>
+      <c r="E256" t="s">
+        <v>2400</v>
+      </c>
+      <c r="F256" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G256" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H256" t="s">
+        <v>2403</v>
+      </c>
+      <c r="I256" t="s">
+        <v>2404</v>
+      </c>
+      <c r="J256" t="s">
+        <v>24</v>
+      </c>
+      <c r="K256" t="s">
+        <v>25</v>
+      </c>
+      <c r="L256" t="s">
+        <v>26</v>
+      </c>
+      <c r="M256" t="s">
+        <v>27</v>
+      </c>
+      <c r="N256" t="s">
+        <v>28</v>
+      </c>
+      <c r="O256" t="s">
+        <v>2405</v>
+      </c>
+    </row>
+    <row r="257" spans="1:15">
+      <c r="A257">
+        <v>65091</v>
+      </c>
+      <c r="B257" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C257" t="s">
+        <v>2407</v>
+      </c>
+      <c r="D257" t="s">
+        <v>2408</v>
+      </c>
+      <c r="E257" t="s">
+        <v>2409</v>
+      </c>
+      <c r="F257" t="s">
+        <v>2410</v>
+      </c>
+      <c r="G257" t="s">
+        <v>2411</v>
+      </c>
+      <c r="H257" t="s">
+        <v>2412</v>
+      </c>
+      <c r="I257" t="s">
+        <v>2413</v>
+      </c>
+      <c r="J257" t="s">
+        <v>24</v>
+      </c>
+      <c r="K257" t="s">
+        <v>25</v>
+      </c>
+      <c r="L257" t="s">
+        <v>26</v>
+      </c>
+      <c r="M257" t="s">
+        <v>27</v>
+      </c>
+      <c r="N257" t="s">
+        <v>28</v>
+      </c>
+      <c r="O257" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="258" spans="1:15">
+      <c r="A258">
+        <v>65092</v>
+      </c>
+      <c r="B258" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C258" t="s">
+        <v>2416</v>
+      </c>
+      <c r="D258" t="s">
+        <v>2417</v>
+      </c>
+      <c r="E258" t="s">
+        <v>2418</v>
+      </c>
+      <c r="F258" t="s">
+        <v>2419</v>
+      </c>
+      <c r="G258" t="s">
+        <v>2420</v>
+      </c>
+      <c r="H258" t="s">
+        <v>2421</v>
+      </c>
+      <c r="I258" t="s">
+        <v>2422</v>
+      </c>
+      <c r="J258" t="s">
+        <v>24</v>
+      </c>
+      <c r="K258" t="s">
+        <v>87</v>
+      </c>
+      <c r="L258" t="s">
+        <v>26</v>
+      </c>
+      <c r="M258" t="s">
+        <v>88</v>
+      </c>
+      <c r="N258" t="s">
+        <v>28</v>
+      </c>
+      <c r="O258" t="s">
+        <v>2423</v>
+      </c>
+    </row>
+    <row r="259" spans="1:15">
+      <c r="A259">
+        <v>65093</v>
+      </c>
+      <c r="B259" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C259" t="s">
+        <v>2425</v>
+      </c>
+      <c r="D259" t="s">
+        <v>2426</v>
+      </c>
+      <c r="E259" t="s">
+        <v>2427</v>
+      </c>
+      <c r="F259" t="s">
+        <v>2428</v>
+      </c>
+      <c r="G259" t="s">
+        <v>2429</v>
+      </c>
+      <c r="H259" t="s">
+        <v>2430</v>
+      </c>
+      <c r="I259" t="s">
+        <v>2431</v>
+      </c>
+      <c r="J259" t="s">
+        <v>24</v>
+      </c>
+      <c r="K259" t="s">
+        <v>87</v>
+      </c>
+      <c r="L259" t="s">
+        <v>26</v>
+      </c>
+      <c r="M259" t="s">
+        <v>88</v>
+      </c>
+      <c r="N259" t="s">
+        <v>28</v>
+      </c>
+      <c r="O259" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="260" spans="1:15">
+      <c r="A260">
+        <v>65094</v>
+      </c>
+      <c r="B260" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C260" t="s">
+        <v>2434</v>
+      </c>
+      <c r="D260" t="s">
+        <v>2435</v>
+      </c>
+      <c r="E260" t="s">
+        <v>2436</v>
+      </c>
+      <c r="F260" t="s">
+        <v>2437</v>
+      </c>
+      <c r="G260" t="s">
+        <v>2438</v>
+      </c>
+      <c r="H260" t="s">
+        <v>2439</v>
+      </c>
+      <c r="I260" t="s">
+        <v>2440</v>
+      </c>
+      <c r="J260" t="s">
+        <v>24</v>
+      </c>
+      <c r="K260" t="s">
+        <v>2441</v>
+      </c>
+      <c r="L260" t="s">
+        <v>26</v>
+      </c>
+      <c r="M260" t="s">
+        <v>2442</v>
+      </c>
+      <c r="N260" t="s">
+        <v>28</v>
+      </c>
+      <c r="O260" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="261" spans="1:15">
+      <c r="A261">
+        <v>65095</v>
+      </c>
+      <c r="B261" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C261" t="s">
+        <v>2445</v>
+      </c>
+      <c r="D261" t="s">
+        <v>2446</v>
+      </c>
+      <c r="E261" t="s">
+        <v>2447</v>
+      </c>
+      <c r="F261" t="s">
+        <v>2448</v>
+      </c>
+      <c r="G261" t="s">
+        <v>2449</v>
+      </c>
+      <c r="H261" t="s">
+        <v>2450</v>
+      </c>
+      <c r="I261" t="s">
+        <v>2451</v>
+      </c>
+      <c r="J261" t="s">
+        <v>24</v>
+      </c>
+      <c r="K261" t="s">
+        <v>211</v>
+      </c>
+      <c r="L261" t="s">
+        <v>26</v>
+      </c>
+      <c r="M261" t="s">
+        <v>213</v>
+      </c>
+      <c r="N261" t="s">
+        <v>28</v>
+      </c>
+      <c r="O261" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="262" spans="1:15">
+      <c r="A262">
+        <v>65096</v>
+      </c>
+      <c r="B262" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C262" t="s">
+        <v>2454</v>
+      </c>
+      <c r="D262" t="s">
+        <v>2455</v>
+      </c>
+      <c r="E262" t="s">
+        <v>2456</v>
+      </c>
+      <c r="F262" t="s">
+        <v>2457</v>
+      </c>
+      <c r="G262" t="s">
+        <v>2458</v>
+      </c>
+      <c r="H262" t="s">
+        <v>2459</v>
+      </c>
+      <c r="I262" t="s">
+        <v>2460</v>
+      </c>
+      <c r="J262" t="s">
+        <v>24</v>
+      </c>
+      <c r="K262" t="s">
+        <v>25</v>
+      </c>
+      <c r="L262" t="s">
+        <v>26</v>
+      </c>
+      <c r="M262" t="s">
+        <v>27</v>
+      </c>
+      <c r="N262" t="s">
+        <v>28</v>
+      </c>
+      <c r="O262" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="263" spans="1:15">
+      <c r="A263">
+        <v>65097</v>
+      </c>
+      <c r="B263" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C263" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D263" t="s">
+        <v>2464</v>
+      </c>
+      <c r="E263" t="s">
+        <v>2465</v>
+      </c>
+      <c r="F263" t="s">
+        <v>2466</v>
+      </c>
+      <c r="G263" t="s">
+        <v>2467</v>
+      </c>
+      <c r="H263" t="s">
+        <v>2468</v>
+      </c>
+      <c r="I263" t="s">
+        <v>2469</v>
+      </c>
+      <c r="J263" t="s">
+        <v>24</v>
+      </c>
+      <c r="K263" t="s">
+        <v>87</v>
+      </c>
+      <c r="L263" t="s">
+        <v>26</v>
+      </c>
+      <c r="M263" t="s">
+        <v>88</v>
+      </c>
+      <c r="N263" t="s">
+        <v>28</v>
+      </c>
+      <c r="O263" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="264" spans="1:15">
+      <c r="A264">
+        <v>65098</v>
+      </c>
+      <c r="B264" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C264" t="s">
+        <v>2472</v>
+      </c>
+      <c r="D264" t="s">
+        <v>2473</v>
+      </c>
+      <c r="E264" t="s">
+        <v>2474</v>
+      </c>
+      <c r="F264" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G264" t="s">
+        <v>2476</v>
+      </c>
+      <c r="H264" t="s">
+        <v>2477</v>
+      </c>
+      <c r="I264" t="s">
+        <v>2478</v>
+      </c>
+      <c r="J264" t="s">
+        <v>24</v>
+      </c>
+      <c r="K264" t="s">
+        <v>25</v>
+      </c>
+      <c r="L264" t="s">
+        <v>26</v>
+      </c>
+      <c r="M264" t="s">
+        <v>27</v>
+      </c>
+      <c r="N264" t="s">
+        <v>28</v>
+      </c>
+      <c r="O264" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="265" spans="1:15">
+      <c r="A265">
+        <v>65099</v>
+      </c>
+      <c r="B265" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C265" t="s">
+        <v>2481</v>
+      </c>
+      <c r="D265" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E265" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F265" t="s">
+        <v>2484</v>
+      </c>
+      <c r="G265" t="s">
+        <v>2485</v>
+      </c>
+      <c r="H265" t="s">
+        <v>2486</v>
+      </c>
+      <c r="I265" t="s">
+        <v>2487</v>
+      </c>
+      <c r="J265" t="s">
+        <v>24</v>
+      </c>
+      <c r="K265" t="s">
+        <v>87</v>
+      </c>
+      <c r="L265" t="s">
+        <v>26</v>
+      </c>
+      <c r="M265" t="s">
+        <v>88</v>
+      </c>
+      <c r="N265" t="s">
+        <v>28</v>
+      </c>
+      <c r="O265" t="s">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="266" spans="1:15">
+      <c r="A266">
+        <v>65100</v>
+      </c>
+      <c r="B266" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C266" t="s">
+        <v>2490</v>
+      </c>
+      <c r="D266" t="s">
+        <v>2491</v>
+      </c>
+      <c r="E266" t="s">
+        <v>2492</v>
+      </c>
+      <c r="F266" t="s">
+        <v>2493</v>
+      </c>
+      <c r="G266" t="s">
+        <v>2494</v>
+      </c>
+      <c r="H266" t="s">
+        <v>2495</v>
+      </c>
+      <c r="I266" t="s">
+        <v>2496</v>
+      </c>
+      <c r="J266" t="s">
+        <v>24</v>
+      </c>
+      <c r="K266" t="s">
+        <v>1931</v>
+      </c>
+      <c r="L266" t="s">
+        <v>26</v>
+      </c>
+      <c r="M266" t="s">
+        <v>1932</v>
+      </c>
+      <c r="N266" t="s">
+        <v>28</v>
+      </c>
+      <c r="O266" t="s">
+        <v>2497</v>
+      </c>
+    </row>
+    <row r="267" spans="1:15">
+      <c r="A267">
+        <v>65101</v>
+      </c>
+      <c r="B267" t="s">
+        <v>2498</v>
+      </c>
+      <c r="C267" t="s">
+        <v>2499</v>
+      </c>
+      <c r="D267" t="s">
+        <v>2500</v>
+      </c>
+      <c r="E267" t="s">
+        <v>2501</v>
+      </c>
+      <c r="F267" t="s">
+        <v>2502</v>
+      </c>
+      <c r="G267" t="s">
+        <v>2503</v>
+      </c>
+      <c r="H267" t="s">
+        <v>2504</v>
+      </c>
+      <c r="I267" t="s">
+        <v>2505</v>
+      </c>
+      <c r="J267" t="s">
+        <v>24</v>
+      </c>
+      <c r="K267" t="s">
+        <v>87</v>
+      </c>
+      <c r="L267" t="s">
+        <v>26</v>
+      </c>
+      <c r="M267" t="s">
+        <v>88</v>
+      </c>
+      <c r="N267" t="s">
+        <v>28</v>
+      </c>
+      <c r="O267" t="s">
+        <v>2506</v>
+      </c>
+    </row>
+    <row r="268" spans="1:15">
+      <c r="A268">
+        <v>65102</v>
+      </c>
+      <c r="B268" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C268" t="s">
+        <v>2508</v>
+      </c>
+      <c r="D268" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E268" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F268" t="s">
+        <v>2511</v>
+      </c>
+      <c r="G268" t="s">
+        <v>2512</v>
+      </c>
+      <c r="H268" t="s">
+        <v>2513</v>
+      </c>
+      <c r="I268" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J268" t="s">
+        <v>24</v>
+      </c>
+      <c r="K268" t="s">
+        <v>25</v>
+      </c>
+      <c r="L268" t="s">
+        <v>26</v>
+      </c>
+      <c r="M268" t="s">
+        <v>27</v>
+      </c>
+      <c r="N268" t="s">
+        <v>28</v>
+      </c>
+      <c r="O268" t="s">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="269" spans="1:15">
+      <c r="A269">
+        <v>65104</v>
+      </c>
+      <c r="B269" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C269" t="s">
+        <v>2517</v>
+      </c>
+      <c r="D269" t="s">
+        <v>2518</v>
+      </c>
+      <c r="E269" t="s">
+        <v>2519</v>
+      </c>
+      <c r="F269" t="s">
+        <v>2520</v>
+      </c>
+      <c r="G269" t="s">
+        <v>2521</v>
+      </c>
+      <c r="H269" t="s">
+        <v>2522</v>
+      </c>
+      <c r="I269" t="s">
+        <v>2523</v>
+      </c>
+      <c r="J269" t="s">
+        <v>24</v>
+      </c>
+      <c r="K269" t="s">
+        <v>2524</v>
+      </c>
+      <c r="L269" t="s">
+        <v>26</v>
+      </c>
+      <c r="M269" t="s">
+        <v>2525</v>
+      </c>
+      <c r="N269" t="s">
+        <v>28</v>
+      </c>
+      <c r="O269" t="s">
+        <v>2526</v>
+      </c>
+    </row>
+    <row r="270" spans="1:15">
+      <c r="A270">
+        <v>65105</v>
+      </c>
+      <c r="B270" t="s">
+        <v>2527</v>
+      </c>
+      <c r="C270" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D270" t="s">
+        <v>2529</v>
+      </c>
+      <c r="E270" t="s">
+        <v>2530</v>
+      </c>
+      <c r="F270" t="s">
+        <v>2531</v>
+      </c>
+      <c r="G270" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H270" t="s">
+        <v>2533</v>
+      </c>
+      <c r="I270" t="s">
+        <v>2534</v>
+      </c>
+      <c r="J270" t="s">
+        <v>24</v>
+      </c>
+      <c r="K270" t="s">
+        <v>87</v>
+      </c>
+      <c r="L270" t="s">
+        <v>26</v>
+      </c>
+      <c r="M270" t="s">
+        <v>88</v>
+      </c>
+      <c r="N270" t="s">
+        <v>28</v>
+      </c>
+      <c r="O270" t="s">
+        <v>2535</v>
+      </c>
+    </row>
+    <row r="271" spans="1:15">
+      <c r="A271">
+        <v>65124</v>
+      </c>
+      <c r="B271" t="s">
+        <v>2536</v>
+      </c>
+      <c r="C271" t="s">
+        <v>2537</v>
+      </c>
+      <c r="D271" t="s">
+        <v>2538</v>
+      </c>
+      <c r="E271" t="s">
+        <v>2539</v>
+      </c>
+      <c r="F271" t="s">
+        <v>2540</v>
+      </c>
+      <c r="G271" t="s">
+        <v>2541</v>
+      </c>
+      <c r="H271" t="s">
+        <v>2542</v>
+      </c>
+      <c r="I271" t="s">
+        <v>2543</v>
+      </c>
+      <c r="J271" t="s">
+        <v>24</v>
+      </c>
+      <c r="K271" t="s">
+        <v>25</v>
+      </c>
+      <c r="L271" t="s">
+        <v>26</v>
+      </c>
+      <c r="M271" t="s">
+        <v>27</v>
+      </c>
+      <c r="N271" t="s">
+        <v>28</v>
+      </c>
+      <c r="O271" t="s">
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="272" spans="1:15">
+      <c r="A272">
+        <v>66512</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C272" t="s">
+        <v>2545</v>
+      </c>
+      <c r="D272" t="s">
+        <v>2546</v>
+      </c>
+      <c r="E272" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F272" t="s">
+        <v>2548</v>
+      </c>
+      <c r="G272" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1770</v>
+      </c>
+      <c r="I272" t="s">
+        <v>1771</v>
+      </c>
+      <c r="J272" t="s">
+        <v>24</v>
+      </c>
+      <c r="K272" t="s">
+        <v>2549</v>
+      </c>
+      <c r="L272" t="s">
+        <v>26</v>
+      </c>
+      <c r="M272" t="s">
+        <v>2550</v>
+      </c>
+      <c r="N272" t="s">
+        <v>28</v>
+      </c>
+      <c r="O272" t="s">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="273" spans="1:15">
+      <c r="A273">
+        <v>66515</v>
+      </c>
+      <c r="B273" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C273" t="s">
+        <v>2553</v>
+      </c>
+      <c r="D273" t="s">
+        <v>2554</v>
+      </c>
+      <c r="E273" t="s">
+        <v>2555</v>
+      </c>
+      <c r="F273" t="s">
+        <v>2556</v>
+      </c>
+      <c r="G273" t="s">
+        <v>605</v>
+      </c>
+      <c r="H273" t="s">
+        <v>2557</v>
+      </c>
+      <c r="I273" t="s">
+        <v>2558</v>
+      </c>
+      <c r="J273" t="s">
+        <v>24</v>
+      </c>
+      <c r="K273" t="s">
+        <v>2549</v>
+      </c>
+      <c r="L273" t="s">
+        <v>26</v>
+      </c>
+      <c r="M273" t="s">
+        <v>2550</v>
+      </c>
+      <c r="N273" t="s">
+        <v>28</v>
+      </c>
+      <c r="O273" t="s">
+        <v>2559</v>
+      </c>
+    </row>
+    <row r="274" spans="1:15">
+      <c r="A274">
+        <v>66520</v>
+      </c>
+      <c r="B274" t="s">
+        <v>722</v>
+      </c>
+      <c r="C274" t="s">
+        <v>2560</v>
+      </c>
+      <c r="D274" t="s">
+        <v>2561</v>
+      </c>
+      <c r="E274" t="s">
+        <v>2562</v>
+      </c>
+      <c r="F274" t="s">
+        <v>726</v>
+      </c>
+      <c r="G274" t="s">
+        <v>727</v>
+      </c>
+      <c r="H274" t="s">
+        <v>728</v>
+      </c>
+      <c r="I274" t="s">
+        <v>729</v>
+      </c>
+      <c r="J274" t="s">
+        <v>24</v>
+      </c>
+      <c r="K274" t="s">
+        <v>25</v>
+      </c>
+      <c r="L274" t="s">
+        <v>26</v>
+      </c>
+      <c r="M274" t="s">
+        <v>27</v>
+      </c>
+      <c r="N274" t="s">
+        <v>28</v>
+      </c>
+      <c r="O274" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="275" spans="1:15">
+      <c r="A275">
+        <v>66523</v>
+      </c>
+      <c r="B275" t="s">
+        <v>2564</v>
+      </c>
+      <c r="C275" t="s">
+        <v>2558</v>
+      </c>
+      <c r="D275" t="s">
+        <v>2565</v>
+      </c>
+      <c r="E275" t="s">
+        <v>2566</v>
+      </c>
+      <c r="F275" t="s">
+        <v>2567</v>
+      </c>
+      <c r="G275" t="s">
+        <v>2558</v>
+      </c>
+      <c r="H275" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I275" t="s">
+        <v>2569</v>
+      </c>
+      <c r="J275" t="s">
+        <v>24</v>
+      </c>
+      <c r="K275" t="s">
+        <v>67</v>
+      </c>
+      <c r="L275" t="s">
+        <v>26</v>
+      </c>
+      <c r="M275" t="s">
+        <v>68</v>
+      </c>
+      <c r="N275" t="s">
+        <v>28</v>
+      </c>
+      <c r="O275" t="s">
+        <v>2570</v>
+      </c>
+    </row>
+    <row r="276" spans="1:15">
+      <c r="A276">
         <v>66524</v>
       </c>
-      <c r="B179" t="s">
-[...26 lines deleted...]
-      <c r="K179" t="s">
+      <c r="B276" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C276" t="s">
+        <v>2571</v>
+      </c>
+      <c r="D276" t="s">
+        <v>2572</v>
+      </c>
+      <c r="E276" t="s">
+        <v>2573</v>
+      </c>
+      <c r="F276" t="s">
+        <v>2574</v>
+      </c>
+      <c r="G276" t="s">
+        <v>1939</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1940</v>
+      </c>
+      <c r="I276" t="s">
+        <v>1941</v>
+      </c>
+      <c r="J276" t="s">
+        <v>24</v>
+      </c>
+      <c r="K276" t="s">
         <v>87</v>
       </c>
-      <c r="L179" t="s">
-[...2 lines deleted...]
-      <c r="M179" t="s">
+      <c r="L276" t="s">
+        <v>26</v>
+      </c>
+      <c r="M276" t="s">
         <v>88</v>
       </c>
-      <c r="N179" t="s">
-[...3 lines deleted...]
-        <v>1680</v>
+      <c r="N276" t="s">
+        <v>28</v>
+      </c>
+      <c r="O276" t="s">
+        <v>2575</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">