--- v0 (2025-10-03)
+++ v1 (2025-11-12)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2563">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2616">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Italiano
 # Source: https://hadeethenc.com/it
-# Last update: 2025-08-05 12:16:27 (v1.10.0)
-# Check for updates: https://hadeethenc.com/en/check/it/v1.10.0
+# Last update: 2025-11-12 00:07:52 (v1.13.0)
+# Check for updates: https://hadeethenc.com/en/check/it/v1.13.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -215,51 +215,51 @@
     <t>Se un uomo ama suo fratello, che lo informi che lo ama</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Si tramanda da Al-Miqdām Ibn Maʻdīkarib - che Allah Si compiaccia di lui - che il Profeta - che Allah conceda in suo favore la preghiera e la salute - disse: "Se un uomo ama suo fratello, che lo informi che lo ama".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Il Profeta - che Allah conceda in suo favore la preghiera e la salute - indicò uno dei mezzi che rafforzano il rapporto tra i fedeli e diffondono l'amore tra di loro, ossia che se qualcuno ama un suo fratello, che lo informi dell'amore che prova per lui.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Il merito dell'amore sincero in Allah l'Altissimo, scevro da interessi mondani.
 Il fatto che sia commendevole informare chi si ama per Allah del proprio amore, affinché l'amore e l'armonia aumentino.
 La diffusione dell'amore tra i fedeli rafforza la fratellanza nella fede e preserva la società dalla disgregazione e dalla divisione.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Riferito da Àbū Dāwūd, At-Tirmiḏƴ, An-Nasāʼƴ in As-Sunan Al-Kubrā e Aĥmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/it/browse/hadith/3017</t>
   </si>
   <si>
     <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>I peccati capitali sono: attribuire consoci a Iddio, mancare nei confronti dei genitori, l'omicidio e lo spergiuro</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Si tramanda da ʻAbduLlah Ibn ʻAmr Ibn Al-ʻĀş - che Allah Si compiaccia di lui e del padre - che il Profeta - che Allah conceda in suo favore la preghiera e la salute - disse: "I peccati capitali sono: attribuire consoci a Iddio, mancare nei confronti dei genitori, l'omicidio e lo spergiuro".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
@@ -768,51 +768,51 @@
   </si>
   <si>
     <t>[Riferito da Àbū Dāwūd, At-Tirmiḏƴ e Aĥmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/it/browse/hadith/3359</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Invero, la preghiera più pesante per gli ipocriti è la preghiera della Sera (Al-ʻIšāʼ) e quella dell'Alba (Al-Fajr). Se solo sapessero ciò che racchiudono, vi si recherebbero persino a carponi</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Si tramanda che Àbū Hurayrah - che Allah Si compiaccia di lui - disse: "Il Messaggero di Allah - che Allah conceda in suo favore la preghiera e la salute - disse: "Invero, la preghiera più pesante per gli ipocriti è la preghiera della Sera (Al-ʻIšāʼ) e quella dell'Alba (Al-Fajr). Se solo sapessero ciò che racchiudono, vi si recherebbero persino a carponi. Davvero ero risoluto a dar ordine che la preghiera cominciasse, e poi incaricare un uomo di guidare la gente in preghiera e avviarmi con alcuni uomini recanti fasci di legna alla volta della gente che non presenzia alla preghiera, e bruciare le loro case su di loro appiccandovi il fuoco".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Il Profeta - che Allah conceda in suo favore la preghiera e la salute - informa a proposito degli ipocriti e della loro pigrizia nel presenziare alla preghiera, specialmente quella del ʻIšāʼ e quella del Fajr, e afferma che se solo conoscessero la ricompensa e la benedizione del partecipare a queste preghiere assieme alla comunità dei musulmani, le raggiungerebbero, seppure gattonando come gattonano i bambini sulle mani e le ginocchia.
-... Il Profeta - che Allah conceda in suo favore la preghiera e la salute - era risoluto ad ordinare che la preghiera avesse inizio e ad incaricare un uomo per guidare la preghiera al suo posto per poi avviarsi accompagnato da alcuni uomini recanti fasci di legna alla volta delle persone che non partecipavano alla preghiera congregazionale, al fine di bruciare le loro case sulle loro teste come punizione per la loro grave trasgressione. Tuttavia, il Profeta - che Allah conceda in suo favore la preghiera e la salute - non lo fece per la presenza in queste case di donne, di bambini innocenti e di altri passibili di giustificazione e incolpevoli.</t>
+Il Profeta - che Allah conceda in suo favore la preghiera e la salute - era risoluto ad ordinare che la preghiera avesse inizio e ad incaricare un uomo per guidare la preghiera al suo posto per poi avviarsi accompagnato da alcuni uomini recanti fasci di legna alla volta delle persone che non partecipavano alla preghiera congregazionale, al fine di bruciare le loro case sulle loro teste come punizione per la loro grave trasgressione. Tuttavia, il Profeta - che Allah conceda in suo favore la preghiera e la salute - non lo fece per la presenza in queste case di donne, di bambini innocenti e di altri passibili di giustificazione e incolpevoli.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>La gravità dell'assentarsi alla preghiera comunitaria in moschea.
 Gli ipocriti non mirano, con la loro adorazione, altro che all'ostentazione e alla reputazione, e non partecipano alla preghiera se non quando sono osservati della gente.
 La grande ricompensa prevista per chi partecipa alle preghiere del ʻIšāʼ e del Fajr in comunità, che sono degne di essere raggiunte seppure strisciando.
 Nella costanza nel compiere le preghiere del ʻIšāʼ e del Fajr in comunità v'è integrità dall'ipocrisia, assentarsi invece rientra nelle caratteristiche degli ipocriti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/it/browse/hadith/3366</t>
   </si>
   <si>
     <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>allorché gli dicemmo: "Tu sei il nostro signore", ma egli rispose: "Il vero Signore è Allah". Aggiungemmo: "Sei il più eccellente tra noi in virtù e il più grande in generosità". Allora egli rispose: "Esprimetevi con queste parole o qualcosa di simile, ma non lasciate che Satana vi trascini (verso l'eccesso)</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
@@ -6258,51 +6258,51 @@
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Umm 'Atiyyah - che Allah sia compiaciuto di lei - la quale aveva prestato giuramento al Profeta - che Allah conceda in suo favore la preghiera e la salute - disse: "Non consideravamo [nulla di rilevante] le perdite marroncine o giallastre".</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>La Compagna Umm 'Atiyyah - che Allah sia soddisfatto di lei - riferì che le donne al tempo del Profeta - che Allah conceda in suo favore la preghiera e la salute - non consideravano mestruale la secrezione che fuoriesce dalla vagina - il cui colore tende al nero o al giallo - dopo aver visto i segni della fine del ciclo mestruale. Pertanto, tali secrezioni non impedivano loro di pregare o digiunare.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>La secrezione che fuoriesce dalla vagina della donna - dopo la purificazione dalle mestruazioni - non viene considerata [mestruale], anche nel caso contenesse tracce marroncine o giallastre causate dal sangue [mestruale precedente].
 Tuttavia, le perdite marroncine e giallastre che si verificano durante il consueto periodo mestruale sono considerate mestruazioni; poiché si tratta di sangue [che fuoriesce] nel suo tempo stabilito, sebbene sia mescolato con un altro liquido.
 La donna non deve tralasciare la preghiera né il digiuno a causa delle secrezioni marroncine o giallastre che compaiono dopo la purificazione, bensì deve compiere le abluzioni e pregare regolarmente.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[Riferito da Àbū Dāwūd con questa formulazione, e riferito da Al-Buḵārƴ senza l'aggiunta di "baʿd aţ-ţuhr" (dopo la purificazione)]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/it/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Attendi per un periodo equivalente a quello del tuo ciclo mestruale, poi esegui il lavaggio rituale</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>'Ā'ishah, madre dei credenti - che Allah sia soddisfatto di lei - riferì: "Umm Habībah bint Jaḥsh, la moglie di 'Abd al-Raḥmān ibn 'Awf, si lamentò con il Messaggero - che Allah conceda in suo favore la preghiera e la salute - del sangue [che continuava a perdere]. Egli le disse: «Attendi per un periodo equivalente a quello del tuo ciclo mestruale, poi esegui il lavaggio rituale». Pertanto, lei era solita fare il lavaggio rituale per ogni preghiera.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Una delle nobili Compagne lamentò al Profeta - che Allah conceda in suo favore la preghiera e la salute - perdite di sangue continue. Le ordinò di astenersi dalla preghiera per lo stesso periodo in cui normalmente la tratteneva il suo ciclo mestruale prima di queste perdite inconsuete; poi, avrebbe dovuto fare il lavaggio rituale e pregare. Ella, pertanto, soleva compiere volontariamente il lavaggio rituale per ogni preghiera.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -6707,54 +6707,54 @@
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibn Masʻūd - che Allah Si compiaccia di lui - ha riferito che il Profeta - che Allah conceda in suo favore la preghiera e la salute - insegnò loro Ḵuţbatu-l-Ĥājah (sermone dell'occorrenza), ed è ciò che viene pronunciato nei preamboli delle prediche e nelle introduzioni alle questioni, come in occasione del discorso matrimoniale ad esempio, o la predica del venerdì o altro ancora. Questo sermone comprende significati importantissimi, tra cui il riconoscimento che Allah è degno d'ogni tipo di lode, la richiesta di sostegno da parte Sua, Lui unicamente senza alcun consocio; la richiesta di perdono e condono dei peccati; il ricorso a Lui contro tutti i mali, che siano mali della propria anima o altri.
 Il Profeta - che Allah conceda in suo favore la preghiera e la salute - ha informato poi del fatto che la guida è nelle mani di Allah e che chiunque Egli guidi, non potrà mai smarrirsi, mentre chi Egli farà smarrire non potrà avere nessuna guida.
 Il Profeta - che Allah conceda in suo favore la preghiera e la salute - ha poi menzionato la testimonianza dell'Unicità (Tawĥīd), affermando che non c'è nessun dio degno di essere adorato se non Allah; e la testimonianza della Profezia affermando che Muĥammad è il servo di Allah e Suo Messaggero.
 Si conclude questo sermone con questi tre versetti che includono l'ordine del timore di Allah con l'obbedienza ai Suoi comandamenti e della lontananza delle Sue proibizioni, per il Suo volto. Sottolineano inoltre il fatto che la ricompensa per chi adempie a ciò è la rettitudine degli atti e dei detti, il perdono dei peccati, la buona vita in questo mondo e il conseguimento del Paradiso nel Giorno della Resurrezione.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>È commendevole iniziare i discorsi tenuti in occasione dei contratti di matrimonio, del sermone del Venerdì e simili con questa introduzione.
 Occorre che la predica comprenda la lode, la doppia testimonianza di fede e alcuni versetti del Corano.
 Il fatto che il Profeta - che Allah conceda in suo favore la preghiera e la salute - insegnava ai suoi Compagni ciò di cui avevano bisogno nella propria religione.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...2 lines deleted...]
-    <t>[Riferito da Àbū Dāwūd, At-Tirmiḏƴ, Ibn Mājah, An-Nasāʼƴ e Aĥmad]</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/it/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Non v'è matrimonio senza tutore</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Si tramanda da Àbū Mūsā Al-Ašʻarƴ - che Allah Si compiaccia di lui - che il Profeta - che Allah conceda in suo favore la preghiera e la salute - disse: «Non v'è matrimonio senza tutore».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Il Profeta - che Allah conceda in suo favore la preghiera e la salute - ha spiegato che il matrimonio di una donna non è valido senza un tutore che assolva al contratto di matrimonio.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
@@ -6838,51 +6838,51 @@
   <si>
     <t>La proibizione di imitare il diavolo mangiando e bevendo con la mano sinistra.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/it/browse/hadith/58122</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Chi si sottrae all'obbedienza e si scinde dalla Congrega (Jamāʻah) e poi muore, muore la morte della Jāhilyƴah</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Si tramanda da Àbū Hurayrah - che Allah Si compiaccia di lui - che il Profeta - che Allah conceda in suo favore la preghiera e la salute - disse: «Chi si sottrae all'obbedienza e si scinde dalla Congrega (Jamāʻah) e poi muore, muore la morte della Jāhilyƴah (n.d.T. epoca d'Ignoranza pre-islamica). E chi combatte sotto una bandiera incerta e si adira per una fazione, o richiama ad una fazione, o dà appoggio ad una fazione e viene ucciso, allora tale è un'uccisione da Jāhilyƴah. E chi si ribella contro la mia Comunità (Ùmmah) e colpisce il suo probo e il suo empio, non risparmia il suo fedele e non adempie al suo patto con colui con cui l'ha stipulato, allora costui non mi appartiene e non gli appartengo».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Il Profeta - che Allah conceda in suo favore la preghiera e la salute - ha spiegato che chiunque si sottragga dall'obbedienza alle autorità e si separi dalla comunità islamica che si è accordata nel prestare obbedienza ad un capo, e muoia in quella condizione di ribellione e disobbedienza, muore una morte simile a quella della gente dell'era della Jāhilyƴah (ignoranza pre-islamica) che non obbediva ad un unico capo e non si riuniva in un'unica comunità, ma bensì era divisa in fazioni e gruppi che si combattevano tra loro.
-... Inoltre, il Profeta - che Allah conceda in suo favore la preghiera e la salute - ha informato che chiunque combatta sotto uno stendardo di cui non si distingue il giusto dal falso, che si adiri per mero fanatismo verso la propria appartenenza o tribù e non per far trionfare la religione e la verità, e che combatta in modo fanatico senza lungimiranza e sapienza, se costui viene ucciso in tale stato è come se fosse stato ucciso nell'era della Jāhilyƴah.
+Inoltre, il Profeta - che Allah conceda in suo favore la preghiera e la salute - ha informato che chiunque combatta sotto uno stendardo di cui non si distingue il giusto dal falso, che si adiri per mero fanatismo verso la propria appartenenza o tribù e non per far trionfare la religione e la verità, e che combatta in modo fanatico senza lungimiranza e sapienza, se costui viene ucciso in tale stato è come se fosse stato ucciso nell'era della Jāhilyƴah.
 E chiunque si ribelli contro la sua comunità colpendone il probo e il trasgressore, senza preoccuparsi di ciò che commette e senza temere il castigo previsto per l'uccisione dei fedeli, e non adempia ai patti che gli infedeli o le autorità hanno pattuito e li violi, allora costui avrà commesso un atto rientrante tra i peccati maggiori, e colui che se ne macchia è destinatario di questo severo avvertimento.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>L'obbedienza alle autorità è obbligatoria, salvo che non si tratti di un atto di disobbedienza verso Allah, l'Eccelso e Maestoso.
 C'è un severo avvertimento per coloro che si sottraggono all'obbedienza al governante e si scindono dalla comunità dei musulmani. Se muoiono in questo stato, muoiono come la gente dell'era della Jāhilyƴah.
 Nel ĥadīṯ c'è il divieto di combattere per mero fanatismo.
 L'obbligatorietà di mantenere i patti.
 Nell'obbedienza e nell'adesione alla comunità dei musulmani vi è il bene, la sicurezza, la tranquillità e la prosperità delle condizioni.
 La proibizione di imitare l'operato della gente della Jāhilyƴah.
 Nel ĥadīṯ c'è l'ordine di aderire alla comunità dei musulmani.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/it/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -8573,53 +8573,50 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Si tramanda che ʻAbduLlah Ibn ʻAmr Ibn Al-ʻĀş - che Allah Si compiaccia di lui e del padre - disse: "Il Messaggero di Allah - che Allah conceda in suo favore la preghiera e la salute - disse: «Verrà detto al compagno del Corano: ‹Recita ed ascendi, intonalo come eri solito fare nel mondo, ché il tuo rango sarà in corrispondenza dell'ultimo versetto che reciterai›»".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Il Profeta - che Allah conceda in suo favore la preghiera e la salute - informa che a colui che recita il Corano, che lo applica ed è costante nella sua recitazione e memorizzazione, quando entrerà in Paradiso, gli verrà detto: recita il Corano ed elevati nei gradi del Paradiso, e recitalo con la stessa calma e serenità con cui lo recitavi nel mondo, poiché il tuo rango sarà in corrispondenza dell'ultimo versetto che leggerai.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>La ricompensa delle azioni sarà in misura dell'operato in termini di quantità e modalità.
 L'esortazione alla lettura del Corano, a padroneggiarlo, memorizzarlo, meditarvi e applicarlo.
 Il Paradiso ha molti livelli e gradi, e i compagni del Corano raggiungeranno i più alti ranghi.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/it/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Colui che recita il Corano ad alta voce è come colui che elargisce l'elemosina pubblicamente, mentre colui che recita il Corano a bassa voce è come colui che elargisce l'elemosina segretamente</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Si tramanda che ʿUqbah Ibn ʿĀmir - che Allah Si compiaccia di lui - disse: "Il Messaggero di Allah - che Allah conceda in suo favore la preghiera e la salute - disse: «Colui che recita il Corano ad alta voce è come colui che elargisce l'elemosina pubblicamente, mentre colui che recita il Corano a bassa voce è come colui che elargisce l'elemosina segretamente»".</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Il Profeta - che Allah conceda in suo favore la preghiera e la salute - spiega che colui che recita il Corano pubblicamente è come colui chi annuncia la propria elemosina data in beneficenza pubblicamente, mentre colui che recita il Corano a voce bassa è come colui che dà in beneficenza segretamente.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Nascondere la recitazione del Corano è preferibile, proprio come nascondere l'atto di dare in beneficenza, poiché ciò comporta sincerità e lontananza dall'ostentazione e dal vanto, a meno che la necessità e il beneficio richiedano la recitazione ad alta voce, come ad esempio nell'insegnamento del Corano.</t>
@@ -9941,50 +9938,264 @@
   </si>
   <si>
     <t>Si tramanda da ʻUṯmān Ibn Àbū Al-ʻĀş- che Allah Si compiaccia di lui- che si recò dal Profeta - che Allah conceda in suo favore la preghiera e la salute - e disse: «O Messaggero di Allah, invero il diavolo si frappone tra me e la mia preghiera e la mia recitazione, confondendomi in essa». Allora il Messaggero di Allah - che Allah conceda in suo favore la preghiera e la salute - disse: «Quello è un diavolo chiamato Ḵinzab; se percepisci la sua presenza, ricerca rifugio presso Allah contro di lui e soffia un poco di saliva tre volte alla tua sinistra». [Disse il narratore]: «Lo feci e Allah lo ha allontanato da me».</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>ʻUṯmān Ibn Àbū Al-ʻĀş - che Allah Si compiaccia di lui - andò dal Profeta - che Allah conceda in suo favore la preghiera e la salute - e gli lamentò il fatto che il diavolo presenziasse quando pregava e gli impedisse la concentrazione e la riverenza, confondendolo e facendolo dubitare durante la sua recitazione. Così, il Messaggero di Allah - che Allah conceda in suo favore la preghiera e la salute - lo informò che si tratta di un diavolo di nome Ḵinzab e che se avesse percepito la sua presenza, avrebbe dovuto chiedere la protezione e il rifugio ad Allah  soffiando alla propria sinistra un poco di saliva, tre volte. ʻUṯmān - che Allah Si compiaccia di lui -termina dicendo che fece ciò che il Profeta - che Allah conceda in suo favore la preghiera e la salute - gli ordinò, e Allah allontanò da lui questo diavolo.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>L'importanza della riverenza e della presenza del cuore durante la preghiera, e come il diavolo s'impegni ad interferire e a gettare dubbi in essa.
 È commendevole ricercare rifugio presso Allah contro il diavolo quando sussurra durante la preghiera, con tre sputi leggeri alla propria sinistra.
 Risalta il modus operandi dei Compagni - che Allah Si compiaccia di loro -  e come solevano rivolgersi al Profeta - che Allah conceda in suo favore la preghiera e la salute - esponendogli le problematiche che riscontravano così che gliele risolvesse.
 La vita dei cuori dei Compagni e la loro preoccupazione per l'Aldilà.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/it/browse/hadith/65105</t>
+  </si>
+  <si>
+    <t>بني الإسلام على خمس</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Abū ʿAbd ar-Raḥmān ʿAbd Allāh ibn ʿUmar ibn al-Khaṭṭāb – che Allah si compiaccia di lui e di suo padre – riferì: «Ho sentito il Messaggero – che Allāh lo benedica e gli conceda la pace – dire: ____</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
+الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
+  </si>
+  <si>
+    <t>____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/it/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Abū ʿAbd Allāh an-Nuʿmān ibn Bashīr - che Allāh si compiaccia di  lui - riferì: «Ho sentito il Messaggero - che Allāh conceda in suo favore la preghiera e la salute - dire:||"In verità, ciò che è lecito è chiaro, e ciò che è proibito è chiaro, e tra entrambi vi sono questioni dubbie che molta gente non conosce. Colui che si astiene dalle questione dubbie preserva la sua religione e protegge la sua dignità, e chi si addentra nelle questioni dubbie cade nel proibito, come un pastore che pascola attorno ad una delimitazione in cui rischia di entrarvi. Sappiate che ogni re ha una delimitazione e, in verità, i limiti di Allah sono le Sue proibizioni. Sappiate che nel corpo c'è un pezzo di carne che, se è sano, tutto il corpo è sano, ma se si corrompe, tutto il corpo si corrompe, e quel pezzo di carne è il cuore</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Abū ʿAbd Allāh an-Nuʿmān ibn Bashīr - che Allāh si compiaccia di  lui - riferì: «Ho sentito il Messaggero - che Allāh conceda in suo favore la preghiera e la salute - dire: "In verità, ciò che è lecito è chiaro, e ciò che è proibito è chiaro, e tra entrambi vi sono questioni dubbie che molta gente non conosce. Colui che si astiene dalle questione dubbie preserva la sua religione e protegge la sua dignità, e chi si addentra nelle questioni dubbie cade nel proibito, come un pastore che pascola attorno ad una delimitazione in cui rischia di entrarvi. Sappiate che ogni re ha una delimitazione e, in verità, i limiti di Allah sono le Sue proibizioni. Sappiate che nel corpo c'è un pezzo di carne che, se è sano, tutto il corpo è sano, ma se si corrompe, tutto il corpo si corrompe, e quel pezzo di carne è il cuore."</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Il detto profetico costituisce un criterio per evitare le situazioni ambigue.
+Un'esortazione ad evitare ciò che è dubbio, il cui comandamento giuridico non è chiaro.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/it/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Abū Ruqayyah Tamīm ibn Aws ad-Dārī - che Allah si compiaccia di lui - riferì che il Profeta - che Allāh conceda in suo favore la preghiera e la salute - disse:||"La religione è lealtà". Gli chiesero: "Verso chi?". Rispose: "Verso Allah, il Suo Libro, il Suo Messaggero, i leader dei musulmani e l'intera comunità</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Abū Ruqayyah Tamīm ibn Aws ad-Dārī - che Allah si compiaccia di lui - riferì che il Profeta - che Allāh conceda in suo favore la preghiera e la salute - disse: "La religione è lealtà". Gli chiesero: "Verso chi?". Rispose: "Verso Allah, il Suo Libro, il Suo Messaggero, i leader dei musulmani e l'intera comunità".</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Il Profeta - che Allāh conceda in suo favore la preghiera e la salute - ha informato che la religione si basa sulla sincerità e sulla veridicità, affinché vi si adempia come prescritto da Allāh, senza negligenza o frode. Fu quindi chiesto al Profeta - che Allāh conceda in suo favore la preghiera e la salute: «Verso chi bisogna essere leali?». Ed egli rispose: 1. La lealtà nei confronti di Allāh – sia esaltato, l'Altissimo – si realizza con la devozione nell'adempimento degli atti a Lui rivolti e rifuggendo dall'idolatria. Oltre che nell'avere fede nella Sua Signoria, nei Suoi nomi ed attributi, onorando i Suoi comandamenti ed invitando alla fede in Lui. 2. La lealtà verso il Suo Libro, ossia il nobile Corano: credendo che sia il Suo verbo, l'ultimo dei Suoi Libri che abroga tutte le leggi precedenti, onorandolo, recitandolo correttamente, praticando ciò che è esplicito e accettando ciò che è ambiguo, evitando le interpretazioni fatte da coloro che lo distorcono, traendo beneficio dalle sue lezioni, diffondendo le sue saggezze e invitando ad esso. 3. La lealtà nei confronti del Suo Messaggero, Muhammad - che Allāh conceda in suo favore la preghiera e la salute. Essa si manifesta credendo che egli sia l'ultimo dei Messaggeri, credendo in ciò che ha recato, obbedendo ai suoi ordini, evitando le sue proibizioni, adorando Allāh solo secondo tramite ciò che egli ha predicato, onorando il suo diritto [su di noi], rispettandolo, diffondendo il Suo invito alla fede e la sua legge, e respingendo le accuse contro di lui. 4. La lealtà verso le autorità dei musulmani, che si dimostra sostenendoli in ciò che è giusto, senza contendere la loro autorità, ascoltando ed obbedendo in ciò che compiace Allāh. 5. La lealtà nei confronti dei Musulmani, che si manifesta trattandoli con magnanimità, invitandoli al bene, proteggendoli dal male, desiderando il bene per loro e cooperando con loro negli [atti] di pietà e timore.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/it/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Abū Ḥamzah Anas ibn Mālik – che Allāh si compiaccia di lui, servitore del Messaggero, riferì che il Profeta – che Allāh conceda in suo favore la preghiera e la salute – disse: ____</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/it/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Abū Masʿūd ʿUqbah ibn ʿAmr al-Anṣārī al-Badrī – che Allāh si compiaccia di lui – riferì: «Disse il Messaggero di Allāh – che Allāh conceda in suo favore la preghiera e la salute: ____</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/it/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Abū ʿAmr – vi è chi lo chiama: Abū ʿAmrah – Sufyān ibn ʿAbd Allāh – che Allāh si compiaccia di lui – riferì: ____</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
+أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
+الإيمان شرط لقبول الأعمال .
+الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
+الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/it/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>In verità, Allāh l'Altissimo disse: “Chi mostra ostilità verso un Mio servo devoto, di certo gli dichiaro guerra. E il Mio servo non si avvicina a Me con nulla che Mi sia più gradito di ciò che gli ho reso obbligatorio</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Abū Hurayra – che Allāh si compiaccia di lui – riferì: "Il Messaggero di Allāh – che Allāh conceda in suo favore la preghiera e la salute – disse: «In verità, Allāh l'Altissimo disse: “Chi mostra ostilità verso un Mio servo devoto, di certo gli dichiaro guerra. E il Mio servo non si avvicina a Me con nulla che Mi sia più gradito di ciò che gli ho reso obbligatorio. E il Mio servo continua ad avvicinarsi a Me con atti di devozione supererogatori finché arrivo ad amarlo. E quando arrivo ad amarlo, divento il suo udito con cui ode, la sua vista con cui vede, la sua mano con cui afferra, e il suo piede con cui cammina. E se Mi chiede, certamente gli concederò; e se cerca protezione in Me, certamente lo proteggerò”».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Il Profeta – che Allāh conceda in suo favore la preghiera e la salute – ci ha informato nel detto "qudsī" che Allāh, l'Eccelso e il Maestoso, disse: "Chi reca danno ad un ravvicinato tra i Miei ravvicinati, lo adira o lo osteggia, ecco che gli annuncio e dichiaro l'ostilità". L'alleato di [Allāh] è il credente timorato, e la misura dell'alleanza (wilāya) con Allāh che un servo può raggiungere è proporzionale al suo grado di fede e timore divino. Il credente non si avvicina al suo Signore con nulla che Gli sia più gradito degli atti di obbedienza e dell'evitare le proibizioni che Egli ha reso obbligatori. E il credente non smette di avvicinarsi al suo Signore con atti supererogatori, oltre a quelli obbligatori, finché non ottiene l'amore di Allāh. E quando Allāh lo ama, Allāh diviene Colui che lo guida e lo assiste in questi quattro organi: Lo guida nel suo udito, cosicché egli non ode se non ciò che compiace Allāh. Lo guida nella sua vista, cosicché egli non guarda se non ciò che Allāh ama che sia guardato e che Lo compiace. Lo guida nella sua mano, cosicché egli non compie con la sua mano se non in ciò che compiace Allāh. Lo guida nel suo piede, cosicché egli non cammina se non verso ciò che compiace Allāh, e non ricerca se non ciò in cui vi è il bene. Oltre a ciò, se chiede qualcosa ad Allāh, Egli gliela concede, così che le sue suppliche siano esaudite. E se cerca rifugio in Allāh e a Lui si affida chiedendo protezione, Allāh Gloria a Lui, lo protegge e lo preserva da ciò che teme.</t>
+  </si>
+  <si>
+    <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
+النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
+الأمر بمعاداة أعداء الله وتحريم موالاتهم.
+مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
+تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
+مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
+الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/it/browse/hadith/66534</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -10287,51 +10498,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O275"/>
+  <dimension ref="A1:O282"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -21330,1896 +21541,2225 @@
       <c r="C236" t="s">
         <v>2195</v>
       </c>
       <c r="D236" t="s">
         <v>2196</v>
       </c>
       <c r="E236" t="s">
         <v>2197</v>
       </c>
       <c r="F236" t="s">
         <v>2198</v>
       </c>
       <c r="G236" t="s">
         <v>2199</v>
       </c>
       <c r="H236" t="s">
         <v>2200</v>
       </c>
       <c r="I236" t="s">
         <v>2201</v>
       </c>
       <c r="J236" t="s">
         <v>181</v>
       </c>
       <c r="K236" t="s">
-        <v>2202</v>
+        <v>56</v>
       </c>
       <c r="L236" t="s">
         <v>183</v>
       </c>
       <c r="M236" t="s">
         <v>57</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2203</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
         <v>65055</v>
       </c>
       <c r="B237" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C237" t="s">
         <v>2204</v>
       </c>
-      <c r="C237" t="s">
+      <c r="D237" t="s">
         <v>2205</v>
       </c>
-      <c r="D237" t="s">
+      <c r="E237" t="s">
         <v>2206</v>
       </c>
-      <c r="E237" t="s">
+      <c r="F237" t="s">
         <v>2207</v>
       </c>
-      <c r="F237" t="s">
+      <c r="G237" t="s">
         <v>2208</v>
       </c>
-      <c r="G237" t="s">
+      <c r="H237" t="s">
         <v>2209</v>
       </c>
-      <c r="H237" t="s">
+      <c r="I237" t="s">
         <v>2210</v>
-      </c>
-[...1 lines deleted...]
-        <v>2211</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>1346</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>1347</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2212</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
         <v>65058</v>
       </c>
       <c r="B238" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C238" t="s">
         <v>2213</v>
       </c>
-      <c r="C238" t="s">
+      <c r="D238" t="s">
         <v>2214</v>
       </c>
-      <c r="D238" t="s">
+      <c r="E238" t="s">
         <v>2215</v>
       </c>
-      <c r="E238" t="s">
+      <c r="F238" t="s">
         <v>2216</v>
       </c>
-      <c r="F238" t="s">
+      <c r="G238" t="s">
         <v>2217</v>
       </c>
-      <c r="G238" t="s">
+      <c r="H238" t="s">
         <v>2218</v>
       </c>
-      <c r="H238" t="s">
+      <c r="I238" t="s">
         <v>2219</v>
-      </c>
-[...1 lines deleted...]
-        <v>2220</v>
       </c>
       <c r="J238" t="s">
         <v>181</v>
       </c>
       <c r="K238" t="s">
         <v>152</v>
       </c>
       <c r="L238" t="s">
         <v>183</v>
       </c>
       <c r="M238" t="s">
         <v>153</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2221</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
         <v>65059</v>
       </c>
       <c r="B239" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C239" t="s">
         <v>2222</v>
       </c>
-      <c r="C239" t="s">
+      <c r="D239" t="s">
         <v>2223</v>
       </c>
-      <c r="D239" t="s">
+      <c r="E239" t="s">
         <v>2224</v>
       </c>
-      <c r="E239" t="s">
+      <c r="F239" t="s">
         <v>2225</v>
       </c>
-      <c r="F239" t="s">
+      <c r="G239" t="s">
         <v>2226</v>
       </c>
-      <c r="G239" t="s">
+      <c r="H239" t="s">
         <v>2227</v>
       </c>
-      <c r="H239" t="s">
+      <c r="I239" t="s">
         <v>2228</v>
-      </c>
-[...1 lines deleted...]
-        <v>2229</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
         <v>87</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
         <v>88</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
         <v>65060</v>
       </c>
       <c r="B240" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C240" t="s">
         <v>2231</v>
       </c>
-      <c r="C240" t="s">
+      <c r="D240" t="s">
         <v>2232</v>
       </c>
-      <c r="D240" t="s">
+      <c r="E240" t="s">
         <v>2233</v>
       </c>
-      <c r="E240" t="s">
+      <c r="F240" t="s">
         <v>2234</v>
       </c>
-      <c r="F240" t="s">
+      <c r="G240" t="s">
         <v>2235</v>
       </c>
-      <c r="G240" t="s">
+      <c r="H240" t="s">
         <v>2236</v>
       </c>
-      <c r="H240" t="s">
+      <c r="I240" t="s">
         <v>2237</v>
-      </c>
-[...1 lines deleted...]
-        <v>2238</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>67</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>68</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2239</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
         <v>65062</v>
       </c>
       <c r="B241" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C241" t="s">
         <v>2240</v>
       </c>
-      <c r="C241" t="s">
+      <c r="D241" t="s">
         <v>2241</v>
       </c>
-      <c r="D241" t="s">
+      <c r="E241" t="s">
         <v>2242</v>
       </c>
-      <c r="E241" t="s">
+      <c r="F241" t="s">
         <v>2243</v>
       </c>
-      <c r="F241" t="s">
+      <c r="G241" t="s">
         <v>2244</v>
       </c>
-      <c r="G241" t="s">
+      <c r="H241" t="s">
         <v>2245</v>
       </c>
-      <c r="H241" t="s">
+      <c r="I241" t="s">
         <v>2246</v>
-      </c>
-[...1 lines deleted...]
-        <v>2247</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
         <v>25</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
         <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2248</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
         <v>65065</v>
       </c>
       <c r="B242" t="s">
+        <v>2248</v>
+      </c>
+      <c r="C242" t="s">
         <v>2249</v>
       </c>
-      <c r="C242" t="s">
+      <c r="D242" t="s">
         <v>2250</v>
       </c>
-      <c r="D242" t="s">
+      <c r="E242" t="s">
         <v>2251</v>
       </c>
-      <c r="E242" t="s">
+      <c r="F242" t="s">
         <v>2252</v>
       </c>
-      <c r="F242" t="s">
+      <c r="G242" t="s">
         <v>2253</v>
       </c>
-      <c r="G242" t="s">
+      <c r="H242" t="s">
         <v>2254</v>
       </c>
-      <c r="H242" t="s">
+      <c r="I242" t="s">
         <v>2255</v>
       </c>
-      <c r="I242" t="s">
+      <c r="J242" t="s">
         <v>2256</v>
-      </c>
-[...1 lines deleted...]
-        <v>2257</v>
       </c>
       <c r="K242" t="s">
         <v>662</v>
       </c>
       <c r="L242" t="s">
-        <v>2258</v>
+        <v>2257</v>
       </c>
       <c r="M242" t="s">
         <v>663</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2259</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
         <v>65068</v>
       </c>
       <c r="B243" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C243" t="s">
         <v>2260</v>
       </c>
-      <c r="C243" t="s">
+      <c r="D243" t="s">
         <v>2261</v>
       </c>
-      <c r="D243" t="s">
+      <c r="E243" t="s">
         <v>2262</v>
       </c>
-      <c r="E243" t="s">
+      <c r="F243" t="s">
         <v>2263</v>
       </c>
-      <c r="F243" t="s">
+      <c r="G243" t="s">
         <v>2264</v>
       </c>
-      <c r="G243" t="s">
+      <c r="H243" t="s">
         <v>2265</v>
       </c>
-      <c r="H243" t="s">
+      <c r="I243" t="s">
         <v>2266</v>
-      </c>
-[...1 lines deleted...]
-        <v>2267</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
         <v>25</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
         <v>27</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2268</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
         <v>65069</v>
       </c>
       <c r="B244" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C244" t="s">
         <v>2269</v>
       </c>
-      <c r="C244" t="s">
+      <c r="D244" t="s">
         <v>2270</v>
       </c>
-      <c r="D244" t="s">
+      <c r="E244" t="s">
         <v>2271</v>
       </c>
-      <c r="E244" t="s">
+      <c r="F244" t="s">
         <v>2272</v>
       </c>
-      <c r="F244" t="s">
+      <c r="G244" t="s">
         <v>2273</v>
       </c>
-      <c r="G244" t="s">
+      <c r="H244" t="s">
         <v>2274</v>
       </c>
-      <c r="H244" t="s">
+      <c r="I244" t="s">
         <v>2275</v>
-      </c>
-[...1 lines deleted...]
-        <v>2276</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
         <v>87</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
         <v>88</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2277</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
         <v>65071</v>
       </c>
       <c r="B245" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C245" t="s">
         <v>2278</v>
       </c>
-      <c r="C245" t="s">
+      <c r="D245" t="s">
         <v>2279</v>
       </c>
-      <c r="D245" t="s">
+      <c r="E245" t="s">
         <v>2280</v>
       </c>
-      <c r="E245" t="s">
+      <c r="F245" t="s">
         <v>2281</v>
       </c>
-      <c r="F245" t="s">
+      <c r="G245" t="s">
         <v>2282</v>
       </c>
-      <c r="G245" t="s">
+      <c r="H245" t="s">
         <v>2283</v>
       </c>
-      <c r="H245" t="s">
+      <c r="I245" t="s">
         <v>2284</v>
-      </c>
-[...1 lines deleted...]
-        <v>2285</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
         <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
         <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2286</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
         <v>65073</v>
       </c>
       <c r="B246" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C246" t="s">
         <v>2287</v>
       </c>
-      <c r="C246" t="s">
+      <c r="D246" t="s">
         <v>2288</v>
       </c>
-      <c r="D246" t="s">
+      <c r="E246" t="s">
         <v>2289</v>
       </c>
-      <c r="E246" t="s">
+      <c r="F246" t="s">
         <v>2290</v>
       </c>
-      <c r="F246" t="s">
+      <c r="G246" t="s">
         <v>2291</v>
       </c>
-      <c r="G246" t="s">
+      <c r="H246" t="s">
         <v>2292</v>
       </c>
-      <c r="H246" t="s">
+      <c r="I246" t="s">
         <v>2293</v>
-      </c>
-[...1 lines deleted...]
-        <v>2294</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2295</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
         <v>65074</v>
       </c>
       <c r="B247" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C247" t="s">
         <v>2296</v>
       </c>
-      <c r="C247" t="s">
+      <c r="D247" t="s">
         <v>2297</v>
       </c>
-      <c r="D247" t="s">
+      <c r="E247" t="s">
         <v>2298</v>
       </c>
-      <c r="E247" t="s">
+      <c r="F247" t="s">
         <v>2299</v>
       </c>
-      <c r="F247" t="s">
+      <c r="G247" t="s">
         <v>2300</v>
       </c>
-      <c r="G247" t="s">
+      <c r="H247" t="s">
         <v>2301</v>
       </c>
-      <c r="H247" t="s">
+      <c r="I247" t="s">
         <v>2302</v>
       </c>
-      <c r="I247" t="s">
+      <c r="J247" t="s">
+        <v>24</v>
+      </c>
+      <c r="K247" t="s">
         <v>2303</v>
       </c>
-      <c r="J247" t="s">
-[...2 lines deleted...]
-      <c r="K247" t="s">
+      <c r="L247" t="s">
+        <v>26</v>
+      </c>
+      <c r="M247" t="s">
         <v>2304</v>
       </c>
-      <c r="L247" t="s">
-[...2 lines deleted...]
-      <c r="M247" t="s">
+      <c r="N247" t="s">
+        <v>28</v>
+      </c>
+      <c r="O247" t="s">
         <v>2305</v>
-      </c>
-[...4 lines deleted...]
-        <v>2306</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
         <v>65075</v>
       </c>
       <c r="B248" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C248" t="s">
         <v>2307</v>
       </c>
-      <c r="C248" t="s">
+      <c r="D248" t="s">
         <v>2308</v>
       </c>
-      <c r="D248" t="s">
+      <c r="E248" t="s">
         <v>2309</v>
       </c>
-      <c r="E248" t="s">
+      <c r="F248" t="s">
         <v>2310</v>
       </c>
-      <c r="F248" t="s">
+      <c r="G248" t="s">
         <v>2311</v>
       </c>
-      <c r="G248" t="s">
+      <c r="H248" t="s">
         <v>2312</v>
       </c>
-      <c r="H248" t="s">
+      <c r="I248" t="s">
         <v>2313</v>
-      </c>
-[...1 lines deleted...]
-        <v>2314</v>
       </c>
       <c r="J248" t="s">
         <v>181</v>
       </c>
       <c r="K248" t="s">
         <v>2052</v>
       </c>
       <c r="L248" t="s">
         <v>183</v>
       </c>
       <c r="M248" t="s">
         <v>2053</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2315</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
         <v>65076</v>
       </c>
       <c r="B249" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C249" t="s">
         <v>2316</v>
       </c>
-      <c r="C249" t="s">
+      <c r="D249" t="s">
         <v>2317</v>
       </c>
-      <c r="D249" t="s">
+      <c r="E249" t="s">
         <v>2318</v>
       </c>
-      <c r="E249" t="s">
+      <c r="F249" t="s">
         <v>2319</v>
       </c>
-      <c r="F249" t="s">
+      <c r="G249" t="s">
         <v>2320</v>
       </c>
-      <c r="G249" t="s">
+      <c r="H249" t="s">
         <v>2321</v>
       </c>
-      <c r="H249" t="s">
+      <c r="I249" t="s">
         <v>2322</v>
-      </c>
-[...1 lines deleted...]
-        <v>2323</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
         <v>87</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
         <v>88</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2324</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
         <v>65077</v>
       </c>
       <c r="B250" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C250" t="s">
         <v>2325</v>
       </c>
-      <c r="C250" t="s">
+      <c r="D250" t="s">
         <v>2326</v>
       </c>
-      <c r="D250" t="s">
+      <c r="E250" t="s">
         <v>2327</v>
       </c>
-      <c r="E250" t="s">
+      <c r="F250" t="s">
         <v>2328</v>
       </c>
-      <c r="F250" t="s">
+      <c r="G250" t="s">
         <v>2329</v>
       </c>
-      <c r="G250" t="s">
+      <c r="H250" t="s">
         <v>2330</v>
       </c>
-      <c r="H250" t="s">
+      <c r="I250" t="s">
         <v>2331</v>
-      </c>
-[...1 lines deleted...]
-        <v>2332</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
         <v>182</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
         <v>184</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2333</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
         <v>65080</v>
       </c>
       <c r="B251" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C251" t="s">
         <v>2334</v>
       </c>
-      <c r="C251" t="s">
+      <c r="D251" t="s">
         <v>2335</v>
       </c>
-      <c r="D251" t="s">
+      <c r="E251" t="s">
         <v>2336</v>
       </c>
-      <c r="E251" t="s">
+      <c r="F251" t="s">
         <v>2337</v>
       </c>
-      <c r="F251" t="s">
+      <c r="G251" t="s">
         <v>2338</v>
       </c>
-      <c r="G251" t="s">
+      <c r="H251" t="s">
         <v>2339</v>
       </c>
-      <c r="H251" t="s">
+      <c r="I251" t="s">
         <v>2340</v>
-      </c>
-[...1 lines deleted...]
-        <v>2341</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
         <v>67</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
         <v>68</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2342</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
         <v>65081</v>
       </c>
       <c r="B252" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C252" t="s">
         <v>2343</v>
       </c>
-      <c r="C252" t="s">
+      <c r="D252" t="s">
         <v>2344</v>
       </c>
-      <c r="D252" t="s">
+      <c r="E252" t="s">
         <v>2345</v>
       </c>
-      <c r="E252" t="s">
+      <c r="F252" t="s">
         <v>2346</v>
       </c>
-      <c r="F252" t="s">
+      <c r="G252" t="s">
         <v>2347</v>
       </c>
-      <c r="G252" t="s">
+      <c r="H252" t="s">
         <v>2348</v>
       </c>
-      <c r="H252" t="s">
+      <c r="I252" t="s">
         <v>2349</v>
-      </c>
-[...1 lines deleted...]
-        <v>2350</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>67</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>68</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2351</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
         <v>65082</v>
       </c>
       <c r="B253" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C253" t="s">
         <v>2352</v>
       </c>
-      <c r="C253" t="s">
+      <c r="D253" t="s">
         <v>2353</v>
       </c>
-      <c r="D253" t="s">
+      <c r="E253" t="s">
         <v>2354</v>
       </c>
-      <c r="E253" t="s">
+      <c r="F253" t="s">
         <v>2355</v>
       </c>
-      <c r="F253" t="s">
+      <c r="G253" t="s">
         <v>2356</v>
       </c>
-      <c r="G253" t="s">
+      <c r="H253" t="s">
         <v>2357</v>
       </c>
-      <c r="H253" t="s">
+      <c r="I253" t="s">
         <v>2358</v>
-      </c>
-[...1 lines deleted...]
-        <v>2359</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>67</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>68</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2360</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
         <v>65083</v>
       </c>
       <c r="B254" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C254" t="s">
         <v>2361</v>
       </c>
-      <c r="C254" t="s">
+      <c r="D254" t="s">
         <v>2362</v>
       </c>
-      <c r="D254" t="s">
+      <c r="E254" t="s">
         <v>2363</v>
       </c>
-      <c r="E254" t="s">
+      <c r="F254" t="s">
         <v>2364</v>
       </c>
-      <c r="F254" t="s">
+      <c r="G254" t="s">
         <v>2365</v>
       </c>
-      <c r="G254" t="s">
+      <c r="H254" t="s">
         <v>2366</v>
       </c>
-      <c r="H254" t="s">
+      <c r="I254" t="s">
         <v>2367</v>
-      </c>
-[...1 lines deleted...]
-        <v>2368</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>87</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>88</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2369</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
         <v>65084</v>
       </c>
       <c r="B255" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C255" t="s">
         <v>2370</v>
       </c>
-      <c r="C255" t="s">
+      <c r="D255" t="s">
         <v>2371</v>
       </c>
-      <c r="D255" t="s">
+      <c r="E255" t="s">
         <v>2372</v>
       </c>
-      <c r="E255" t="s">
+      <c r="F255" t="s">
         <v>2373</v>
       </c>
-      <c r="F255" t="s">
+      <c r="G255" t="s">
         <v>2374</v>
       </c>
-      <c r="G255" t="s">
+      <c r="H255" t="s">
         <v>2375</v>
       </c>
-      <c r="H255" t="s">
+      <c r="I255" t="s">
         <v>2376</v>
-      </c>
-[...1 lines deleted...]
-        <v>2377</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2378</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
         <v>65085</v>
       </c>
       <c r="B256" t="s">
+        <v>2378</v>
+      </c>
+      <c r="C256" t="s">
         <v>2379</v>
       </c>
-      <c r="C256" t="s">
+      <c r="D256" t="s">
         <v>2380</v>
       </c>
-      <c r="D256" t="s">
+      <c r="E256" t="s">
         <v>2381</v>
       </c>
-      <c r="E256" t="s">
+      <c r="F256" t="s">
         <v>2382</v>
       </c>
-      <c r="F256" t="s">
+      <c r="G256" t="s">
         <v>2383</v>
       </c>
-      <c r="G256" t="s">
+      <c r="H256" t="s">
         <v>2384</v>
       </c>
-      <c r="H256" t="s">
+      <c r="I256" t="s">
         <v>2385</v>
-      </c>
-[...1 lines deleted...]
-        <v>2386</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
         <v>1346</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
         <v>1347</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2387</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
         <v>65086</v>
       </c>
       <c r="B257" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C257" t="s">
         <v>2388</v>
       </c>
-      <c r="C257" t="s">
+      <c r="D257" t="s">
         <v>2389</v>
       </c>
-      <c r="D257" t="s">
+      <c r="E257" t="s">
         <v>2390</v>
       </c>
-      <c r="E257" t="s">
+      <c r="F257" t="s">
         <v>2391</v>
       </c>
-      <c r="F257" t="s">
+      <c r="G257" t="s">
         <v>2392</v>
       </c>
-      <c r="G257" t="s">
+      <c r="H257" t="s">
         <v>2393</v>
       </c>
-      <c r="H257" t="s">
+      <c r="I257" t="s">
         <v>2394</v>
-      </c>
-[...1 lines deleted...]
-        <v>2395</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
         <v>87</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
         <v>88</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2396</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
         <v>65087</v>
       </c>
       <c r="B258" t="s">
+        <v>2396</v>
+      </c>
+      <c r="C258" t="s">
         <v>2397</v>
       </c>
-      <c r="C258" t="s">
+      <c r="D258" t="s">
         <v>2398</v>
       </c>
-      <c r="D258" t="s">
+      <c r="E258" t="s">
         <v>2399</v>
       </c>
-      <c r="E258" t="s">
+      <c r="F258" t="s">
         <v>2400</v>
       </c>
-      <c r="F258" t="s">
+      <c r="G258" t="s">
         <v>2401</v>
       </c>
-      <c r="G258" t="s">
+      <c r="H258" t="s">
         <v>2402</v>
       </c>
-      <c r="H258" t="s">
+      <c r="I258" t="s">
         <v>2403</v>
-      </c>
-[...1 lines deleted...]
-        <v>2404</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>87</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>88</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2405</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
         <v>65088</v>
       </c>
       <c r="B259" t="s">
+        <v>2405</v>
+      </c>
+      <c r="C259" t="s">
         <v>2406</v>
       </c>
-      <c r="C259" t="s">
+      <c r="D259" t="s">
         <v>2407</v>
       </c>
-      <c r="D259" t="s">
+      <c r="E259" t="s">
         <v>2408</v>
       </c>
-      <c r="E259" t="s">
+      <c r="F259" t="s">
         <v>2409</v>
       </c>
-      <c r="F259" t="s">
+      <c r="G259" t="s">
         <v>2410</v>
       </c>
-      <c r="G259" t="s">
+      <c r="H259" t="s">
         <v>2411</v>
       </c>
-      <c r="H259" t="s">
+      <c r="I259" t="s">
         <v>2412</v>
-      </c>
-[...1 lines deleted...]
-        <v>2413</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
         <v>25</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
         <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2414</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
         <v>65089</v>
       </c>
       <c r="B260" t="s">
+        <v>2414</v>
+      </c>
+      <c r="C260" t="s">
         <v>2415</v>
       </c>
-      <c r="C260" t="s">
+      <c r="D260" t="s">
         <v>2416</v>
       </c>
-      <c r="D260" t="s">
+      <c r="E260" t="s">
         <v>2417</v>
       </c>
-      <c r="E260" t="s">
+      <c r="F260" t="s">
         <v>2418</v>
       </c>
-      <c r="F260" t="s">
+      <c r="G260" t="s">
         <v>2419</v>
       </c>
-      <c r="G260" t="s">
+      <c r="H260" t="s">
         <v>2420</v>
       </c>
-      <c r="H260" t="s">
+      <c r="I260" t="s">
         <v>2421</v>
-      </c>
-[...1 lines deleted...]
-        <v>2422</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2423</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
         <v>65090</v>
       </c>
       <c r="B261" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C261" t="s">
         <v>2424</v>
       </c>
-      <c r="C261" t="s">
+      <c r="D261" t="s">
         <v>2425</v>
       </c>
-      <c r="D261" t="s">
+      <c r="E261" t="s">
         <v>2426</v>
       </c>
-      <c r="E261" t="s">
+      <c r="F261" t="s">
         <v>2427</v>
       </c>
-      <c r="F261" t="s">
+      <c r="G261" t="s">
         <v>2428</v>
       </c>
-      <c r="G261" t="s">
+      <c r="H261" t="s">
         <v>2429</v>
       </c>
-      <c r="H261" t="s">
+      <c r="I261" t="s">
         <v>2430</v>
-      </c>
-[...1 lines deleted...]
-        <v>2431</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
         <v>25</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
         <v>27</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2432</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
         <v>65091</v>
       </c>
       <c r="B262" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C262" t="s">
         <v>2433</v>
       </c>
-      <c r="C262" t="s">
+      <c r="D262" t="s">
         <v>2434</v>
       </c>
-      <c r="D262" t="s">
+      <c r="E262" t="s">
         <v>2435</v>
       </c>
-      <c r="E262" t="s">
+      <c r="F262" t="s">
         <v>2436</v>
       </c>
-      <c r="F262" t="s">
+      <c r="G262" t="s">
         <v>2437</v>
       </c>
-      <c r="G262" t="s">
+      <c r="H262" t="s">
         <v>2438</v>
       </c>
-      <c r="H262" t="s">
+      <c r="I262" t="s">
         <v>2439</v>
-      </c>
-[...1 lines deleted...]
-        <v>2440</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
         <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
         <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2441</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
         <v>65092</v>
       </c>
       <c r="B263" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C263" t="s">
         <v>2442</v>
       </c>
-      <c r="C263" t="s">
+      <c r="D263" t="s">
         <v>2443</v>
       </c>
-      <c r="D263" t="s">
+      <c r="E263" t="s">
         <v>2444</v>
       </c>
-      <c r="E263" t="s">
+      <c r="F263" t="s">
         <v>2445</v>
       </c>
-      <c r="F263" t="s">
+      <c r="G263" t="s">
         <v>2446</v>
       </c>
-      <c r="G263" t="s">
+      <c r="H263" t="s">
         <v>2447</v>
       </c>
-      <c r="H263" t="s">
+      <c r="I263" t="s">
         <v>2448</v>
-      </c>
-[...1 lines deleted...]
-        <v>2449</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
         <v>87</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
         <v>88</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2450</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
         <v>65093</v>
       </c>
       <c r="B264" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C264" t="s">
         <v>2451</v>
       </c>
-      <c r="C264" t="s">
+      <c r="D264" t="s">
         <v>2452</v>
       </c>
-      <c r="D264" t="s">
+      <c r="E264" t="s">
         <v>2453</v>
       </c>
-      <c r="E264" t="s">
+      <c r="F264" t="s">
         <v>2454</v>
       </c>
-      <c r="F264" t="s">
+      <c r="G264" t="s">
         <v>2455</v>
       </c>
-      <c r="G264" t="s">
+      <c r="H264" t="s">
         <v>2456</v>
       </c>
-      <c r="H264" t="s">
+      <c r="I264" t="s">
         <v>2457</v>
-      </c>
-[...1 lines deleted...]
-        <v>2458</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>87</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>88</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2459</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
         <v>65094</v>
       </c>
       <c r="B265" t="s">
+        <v>2459</v>
+      </c>
+      <c r="C265" t="s">
         <v>2460</v>
       </c>
-      <c r="C265" t="s">
+      <c r="D265" t="s">
         <v>2461</v>
       </c>
-      <c r="D265" t="s">
+      <c r="E265" t="s">
         <v>2462</v>
       </c>
-      <c r="E265" t="s">
+      <c r="F265" t="s">
         <v>2463</v>
       </c>
-      <c r="F265" t="s">
+      <c r="G265" t="s">
         <v>2464</v>
       </c>
-      <c r="G265" t="s">
+      <c r="H265" t="s">
         <v>2465</v>
       </c>
-      <c r="H265" t="s">
+      <c r="I265" t="s">
         <v>2466</v>
       </c>
-      <c r="I265" t="s">
+      <c r="J265" t="s">
+        <v>24</v>
+      </c>
+      <c r="K265" t="s">
         <v>2467</v>
       </c>
-      <c r="J265" t="s">
-[...2 lines deleted...]
-      <c r="K265" t="s">
+      <c r="L265" t="s">
+        <v>26</v>
+      </c>
+      <c r="M265" t="s">
         <v>2468</v>
       </c>
-      <c r="L265" t="s">
-[...2 lines deleted...]
-      <c r="M265" t="s">
+      <c r="N265" t="s">
+        <v>28</v>
+      </c>
+      <c r="O265" t="s">
         <v>2469</v>
-      </c>
-[...4 lines deleted...]
-        <v>2470</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
         <v>65095</v>
       </c>
       <c r="B266" t="s">
+        <v>2470</v>
+      </c>
+      <c r="C266" t="s">
         <v>2471</v>
       </c>
-      <c r="C266" t="s">
+      <c r="D266" t="s">
         <v>2472</v>
       </c>
-      <c r="D266" t="s">
+      <c r="E266" t="s">
         <v>2473</v>
       </c>
-      <c r="E266" t="s">
+      <c r="F266" t="s">
         <v>2474</v>
       </c>
-      <c r="F266" t="s">
+      <c r="G266" t="s">
         <v>2475</v>
       </c>
-      <c r="G266" t="s">
+      <c r="H266" t="s">
         <v>2476</v>
       </c>
-      <c r="H266" t="s">
+      <c r="I266" t="s">
         <v>2477</v>
-      </c>
-[...1 lines deleted...]
-        <v>2478</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
         <v>182</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>184</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2479</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
         <v>65096</v>
       </c>
       <c r="B267" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C267" t="s">
         <v>2480</v>
       </c>
-      <c r="C267" t="s">
+      <c r="D267" t="s">
         <v>2481</v>
       </c>
-      <c r="D267" t="s">
+      <c r="E267" t="s">
         <v>2482</v>
       </c>
-      <c r="E267" t="s">
+      <c r="F267" t="s">
         <v>2483</v>
       </c>
-      <c r="F267" t="s">
+      <c r="G267" t="s">
         <v>2484</v>
       </c>
-      <c r="G267" t="s">
+      <c r="H267" t="s">
         <v>2485</v>
       </c>
-      <c r="H267" t="s">
+      <c r="I267" t="s">
         <v>2486</v>
-      </c>
-[...1 lines deleted...]
-        <v>2487</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
         <v>25</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
         <v>27</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2488</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
         <v>65097</v>
       </c>
       <c r="B268" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C268" t="s">
         <v>2489</v>
       </c>
-      <c r="C268" t="s">
+      <c r="D268" t="s">
         <v>2490</v>
       </c>
-      <c r="D268" t="s">
+      <c r="E268" t="s">
         <v>2491</v>
       </c>
-      <c r="E268" t="s">
+      <c r="F268" t="s">
         <v>2492</v>
       </c>
-      <c r="F268" t="s">
+      <c r="G268" t="s">
         <v>2493</v>
       </c>
-      <c r="G268" t="s">
+      <c r="H268" t="s">
         <v>2494</v>
       </c>
-      <c r="H268" t="s">
+      <c r="I268" t="s">
         <v>2495</v>
-      </c>
-[...1 lines deleted...]
-        <v>2496</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
         <v>87</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>88</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2497</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
         <v>65098</v>
       </c>
       <c r="B269" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C269" t="s">
         <v>2498</v>
       </c>
-      <c r="C269" t="s">
+      <c r="D269" t="s">
         <v>2499</v>
       </c>
-      <c r="D269" t="s">
+      <c r="E269" t="s">
         <v>2500</v>
       </c>
-      <c r="E269" t="s">
+      <c r="F269" t="s">
         <v>2501</v>
       </c>
-      <c r="F269" t="s">
+      <c r="G269" t="s">
         <v>2502</v>
       </c>
-      <c r="G269" t="s">
+      <c r="H269" t="s">
         <v>2503</v>
       </c>
-      <c r="H269" t="s">
+      <c r="I269" t="s">
         <v>2504</v>
-      </c>
-[...1 lines deleted...]
-        <v>2505</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
         <v>25</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
         <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2506</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
         <v>65099</v>
       </c>
       <c r="B270" t="s">
+        <v>2506</v>
+      </c>
+      <c r="C270" t="s">
         <v>2507</v>
       </c>
-      <c r="C270" t="s">
+      <c r="D270" t="s">
         <v>2508</v>
       </c>
-      <c r="D270" t="s">
+      <c r="E270" t="s">
         <v>2509</v>
       </c>
-      <c r="E270" t="s">
+      <c r="F270" t="s">
         <v>2510</v>
       </c>
-      <c r="F270" t="s">
+      <c r="G270" t="s">
         <v>2511</v>
       </c>
-      <c r="G270" t="s">
+      <c r="H270" t="s">
         <v>2512</v>
       </c>
-      <c r="H270" t="s">
+      <c r="I270" t="s">
         <v>2513</v>
-      </c>
-[...1 lines deleted...]
-        <v>2514</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
         <v>87</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
         <v>88</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2515</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
         <v>65100</v>
       </c>
       <c r="B271" t="s">
+        <v>2515</v>
+      </c>
+      <c r="C271" t="s">
         <v>2516</v>
       </c>
-      <c r="C271" t="s">
+      <c r="D271" t="s">
         <v>2517</v>
       </c>
-      <c r="D271" t="s">
+      <c r="E271" t="s">
         <v>2518</v>
       </c>
-      <c r="E271" t="s">
+      <c r="F271" t="s">
         <v>2519</v>
       </c>
-      <c r="F271" t="s">
+      <c r="G271" t="s">
         <v>2520</v>
       </c>
-      <c r="G271" t="s">
+      <c r="H271" t="s">
         <v>2521</v>
       </c>
-      <c r="H271" t="s">
+      <c r="I271" t="s">
         <v>2522</v>
-      </c>
-[...1 lines deleted...]
-        <v>2523</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>1967</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>1968</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2524</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
         <v>65101</v>
       </c>
       <c r="B272" t="s">
+        <v>2524</v>
+      </c>
+      <c r="C272" t="s">
         <v>2525</v>
       </c>
-      <c r="C272" t="s">
+      <c r="D272" t="s">
         <v>2526</v>
       </c>
-      <c r="D272" t="s">
+      <c r="E272" t="s">
         <v>2527</v>
       </c>
-      <c r="E272" t="s">
+      <c r="F272" t="s">
         <v>2528</v>
       </c>
-      <c r="F272" t="s">
+      <c r="G272" t="s">
         <v>2529</v>
       </c>
-      <c r="G272" t="s">
+      <c r="H272" t="s">
         <v>2530</v>
       </c>
-      <c r="H272" t="s">
+      <c r="I272" t="s">
         <v>2531</v>
-      </c>
-[...1 lines deleted...]
-        <v>2532</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
         <v>87</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
         <v>88</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2533</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
         <v>65102</v>
       </c>
       <c r="B273" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C273" t="s">
         <v>2534</v>
       </c>
-      <c r="C273" t="s">
+      <c r="D273" t="s">
         <v>2535</v>
       </c>
-      <c r="D273" t="s">
+      <c r="E273" t="s">
         <v>2536</v>
       </c>
-      <c r="E273" t="s">
+      <c r="F273" t="s">
         <v>2537</v>
       </c>
-      <c r="F273" t="s">
+      <c r="G273" t="s">
         <v>2538</v>
       </c>
-      <c r="G273" t="s">
+      <c r="H273" t="s">
         <v>2539</v>
       </c>
-      <c r="H273" t="s">
+      <c r="I273" t="s">
         <v>2540</v>
-      </c>
-[...1 lines deleted...]
-        <v>2541</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
         <v>25</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
         <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2542</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
         <v>65104</v>
       </c>
       <c r="B274" t="s">
+        <v>2542</v>
+      </c>
+      <c r="C274" t="s">
         <v>2543</v>
       </c>
-      <c r="C274" t="s">
+      <c r="D274" t="s">
         <v>2544</v>
       </c>
-      <c r="D274" t="s">
+      <c r="E274" t="s">
         <v>2545</v>
       </c>
-      <c r="E274" t="s">
+      <c r="F274" t="s">
         <v>2546</v>
       </c>
-      <c r="F274" t="s">
+      <c r="G274" t="s">
         <v>2547</v>
       </c>
-      <c r="G274" t="s">
+      <c r="H274" t="s">
         <v>2548</v>
       </c>
-      <c r="H274" t="s">
+      <c r="I274" t="s">
         <v>2549</v>
       </c>
-      <c r="I274" t="s">
+      <c r="J274" t="s">
+        <v>24</v>
+      </c>
+      <c r="K274" t="s">
         <v>2550</v>
       </c>
-      <c r="J274" t="s">
-[...2 lines deleted...]
-      <c r="K274" t="s">
+      <c r="L274" t="s">
+        <v>26</v>
+      </c>
+      <c r="M274" t="s">
         <v>2551</v>
       </c>
-      <c r="L274" t="s">
-[...2 lines deleted...]
-      <c r="M274" t="s">
+      <c r="N274" t="s">
+        <v>28</v>
+      </c>
+      <c r="O274" t="s">
         <v>2552</v>
-      </c>
-[...4 lines deleted...]
-        <v>2553</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
         <v>65105</v>
       </c>
       <c r="B275" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C275" t="s">
         <v>2554</v>
       </c>
-      <c r="C275" t="s">
+      <c r="D275" t="s">
         <v>2555</v>
       </c>
-      <c r="D275" t="s">
+      <c r="E275" t="s">
         <v>2556</v>
       </c>
-      <c r="E275" t="s">
+      <c r="F275" t="s">
         <v>2557</v>
       </c>
-      <c r="F275" t="s">
+      <c r="G275" t="s">
         <v>2558</v>
       </c>
-      <c r="G275" t="s">
+      <c r="H275" t="s">
         <v>2559</v>
       </c>
-      <c r="H275" t="s">
+      <c r="I275" t="s">
         <v>2560</v>
-      </c>
-[...1 lines deleted...]
-        <v>2561</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>87</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>88</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="276" spans="1:15">
+      <c r="A276">
+        <v>66512</v>
+      </c>
+      <c r="B276" t="s">
         <v>2562</v>
+      </c>
+      <c r="C276" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D276" t="s">
+        <v>2564</v>
+      </c>
+      <c r="E276" t="s">
+        <v>2565</v>
+      </c>
+      <c r="F276" t="s">
+        <v>2566</v>
+      </c>
+      <c r="G276" t="s">
+        <v>2563</v>
+      </c>
+      <c r="H276" t="s">
+        <v>2567</v>
+      </c>
+      <c r="I276" t="s">
+        <v>2568</v>
+      </c>
+      <c r="J276" t="s">
+        <v>24</v>
+      </c>
+      <c r="K276" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L276" t="s">
+        <v>26</v>
+      </c>
+      <c r="M276" t="s">
+        <v>2570</v>
+      </c>
+      <c r="N276" t="s">
+        <v>28</v>
+      </c>
+      <c r="O276" t="s">
+        <v>2571</v>
+      </c>
+    </row>
+    <row r="277" spans="1:15">
+      <c r="A277">
+        <v>66515</v>
+      </c>
+      <c r="B277" t="s">
+        <v>2572</v>
+      </c>
+      <c r="C277" t="s">
+        <v>2573</v>
+      </c>
+      <c r="D277" t="s">
+        <v>2574</v>
+      </c>
+      <c r="E277" t="s">
+        <v>2575</v>
+      </c>
+      <c r="F277" t="s">
+        <v>2576</v>
+      </c>
+      <c r="G277" t="s">
+        <v>554</v>
+      </c>
+      <c r="H277" t="s">
+        <v>2577</v>
+      </c>
+      <c r="I277" t="s">
+        <v>2578</v>
+      </c>
+      <c r="J277" t="s">
+        <v>24</v>
+      </c>
+      <c r="K277" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L277" t="s">
+        <v>26</v>
+      </c>
+      <c r="M277" t="s">
+        <v>2570</v>
+      </c>
+      <c r="N277" t="s">
+        <v>28</v>
+      </c>
+      <c r="O277" t="s">
+        <v>2579</v>
+      </c>
+    </row>
+    <row r="278" spans="1:15">
+      <c r="A278">
+        <v>66516</v>
+      </c>
+      <c r="B278" t="s">
+        <v>540</v>
+      </c>
+      <c r="C278" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D278" t="s">
+        <v>2581</v>
+      </c>
+      <c r="E278" t="s">
+        <v>2582</v>
+      </c>
+      <c r="F278" t="s">
+        <v>2583</v>
+      </c>
+      <c r="G278" t="s">
+        <v>2584</v>
+      </c>
+      <c r="H278" t="s">
+        <v>2585</v>
+      </c>
+      <c r="I278" t="s">
+        <v>547</v>
+      </c>
+      <c r="J278" t="s">
+        <v>24</v>
+      </c>
+      <c r="K278" t="s">
+        <v>87</v>
+      </c>
+      <c r="L278" t="s">
+        <v>26</v>
+      </c>
+      <c r="M278" t="s">
+        <v>88</v>
+      </c>
+      <c r="N278" t="s">
+        <v>28</v>
+      </c>
+      <c r="O278" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="279" spans="1:15">
+      <c r="A279">
+        <v>66520</v>
+      </c>
+      <c r="B279" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C279" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D279" t="s">
+        <v>2588</v>
+      </c>
+      <c r="E279" t="s">
+        <v>2589</v>
+      </c>
+      <c r="F279" t="s">
+        <v>2590</v>
+      </c>
+      <c r="G279" t="s">
+        <v>2563</v>
+      </c>
+      <c r="H279" t="s">
+        <v>2591</v>
+      </c>
+      <c r="I279" t="s">
+        <v>2592</v>
+      </c>
+      <c r="J279" t="s">
+        <v>24</v>
+      </c>
+      <c r="K279" t="s">
+        <v>25</v>
+      </c>
+      <c r="L279" t="s">
+        <v>26</v>
+      </c>
+      <c r="M279" t="s">
+        <v>27</v>
+      </c>
+      <c r="N279" t="s">
+        <v>28</v>
+      </c>
+      <c r="O279" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="280" spans="1:15">
+      <c r="A280">
+        <v>66523</v>
+      </c>
+      <c r="B280" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C280" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D280" t="s">
+        <v>2595</v>
+      </c>
+      <c r="E280" t="s">
+        <v>2596</v>
+      </c>
+      <c r="F280" t="s">
+        <v>2597</v>
+      </c>
+      <c r="G280" t="s">
+        <v>2563</v>
+      </c>
+      <c r="H280" t="s">
+        <v>2598</v>
+      </c>
+      <c r="I280" t="s">
+        <v>2599</v>
+      </c>
+      <c r="J280" t="s">
+        <v>24</v>
+      </c>
+      <c r="K280" t="s">
+        <v>67</v>
+      </c>
+      <c r="L280" t="s">
+        <v>26</v>
+      </c>
+      <c r="M280" t="s">
+        <v>68</v>
+      </c>
+      <c r="N280" t="s">
+        <v>28</v>
+      </c>
+      <c r="O280" t="s">
+        <v>2600</v>
+      </c>
+    </row>
+    <row r="281" spans="1:15">
+      <c r="A281">
+        <v>66524</v>
+      </c>
+      <c r="B281" t="s">
+        <v>2601</v>
+      </c>
+      <c r="C281" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D281" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E281" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F281" t="s">
+        <v>2604</v>
+      </c>
+      <c r="G281" t="s">
+        <v>2563</v>
+      </c>
+      <c r="H281" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I281" t="s">
+        <v>2592</v>
+      </c>
+      <c r="J281" t="s">
+        <v>24</v>
+      </c>
+      <c r="K281" t="s">
+        <v>87</v>
+      </c>
+      <c r="L281" t="s">
+        <v>26</v>
+      </c>
+      <c r="M281" t="s">
+        <v>88</v>
+      </c>
+      <c r="N281" t="s">
+        <v>28</v>
+      </c>
+      <c r="O281" t="s">
+        <v>2606</v>
+      </c>
+    </row>
+    <row r="282" spans="1:15">
+      <c r="A282">
+        <v>66534</v>
+      </c>
+      <c r="B282" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C282" t="s">
+        <v>2608</v>
+      </c>
+      <c r="D282" t="s">
+        <v>2609</v>
+      </c>
+      <c r="E282" t="s">
+        <v>2610</v>
+      </c>
+      <c r="F282" t="s">
+        <v>2611</v>
+      </c>
+      <c r="G282" t="s">
+        <v>2612</v>
+      </c>
+      <c r="H282" t="s">
+        <v>2613</v>
+      </c>
+      <c r="I282" t="s">
+        <v>2614</v>
+      </c>
+      <c r="J282" t="s">
+        <v>24</v>
+      </c>
+      <c r="K282" t="s">
+        <v>67</v>
+      </c>
+      <c r="L282" t="s">
+        <v>26</v>
+      </c>
+      <c r="M282" t="s">
+        <v>68</v>
+      </c>
+      <c r="N282" t="s">
+        <v>28</v>
+      </c>
+      <c r="O282" t="s">
+        <v>2615</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">