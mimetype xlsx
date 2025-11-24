--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,1430 +12,1430 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1330">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Fulfulde
 # Source: https://hadeethenc.com/ff
-# Last update: 2024-12-06 02:28:44 (v1.1.0)
-# Check for updates: https://hadeethenc.com/en/check/ff/v1.1.0
+# Last update: 2025-11-16 18:52:48 (v1.4.0)
+# Check for updates: https://hadeethenc.com/en/check/ff/v1.4.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>Kala kajjuɗo o waɗaani paŋŋkare wollo o haalaani ko paŋkariɗi wollo o faasaqini o ruttoto hono ñalawma mbo neene makko(iniko) jibinnoo mbo nih</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e makko o wii: Mi nanii Nelaaɗo yo jam e kisal won e makko ina maaka: " Kala kajjuɗo o waɗaani paŋŋkare wollo o haalaani ko paŋkariɗi wollo o faasaqini o ruttoto hono ñalawma mbo neene makko(iniko) jibinnoo mbo nih".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina ɓanngina kala kajjuɗo ngam Alla o waɗaani paŋkare, ɗuum woni o renndaani e debbo e geɗe gadaatooɗo denndal e mbalndi hono uurnaade e coccondireede, ɗuum ina wona kadi bolle bonɗe, o fasiqaani, hono waɗde goopi e golle bonɗe, ina jeyaa e faasiqaagal waɗde golle kaɗaaɗe karmingol, o ruttoto e hajju makko he hombo yaafa, hono no cukalel jibenirte hongel hisi e bakkatuuji.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Faasiqaagal haysi wonii ina haɗaa e denndaangal alhaaliiji, kono ko e hajju ɗum ɓuri teeŋtude kaɗegol ngam mawninde dewirɗe hajju ɗe,
 Neɗɗa jibinetee ko hombo hisi e bakkatuuji; o roondotaaka bakkatuuji goɗɗo.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[صحيح]</t>
   </si>
   <si>
     <t>[متفق عليه]</t>
   </si>
   <si>
     <t>ff</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/2758</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Si neɗɗo yiɗii musiɗɗo(sakike) makko yo o haalan mbo hombo yiɗi mbo",</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Ittaama e Mikdaam Ibnu Madikarib yo Alla wele mbo  
 (yo Alla yardo he makko) wonde Nelaaɗo yo jam e kisal won e makko maaki: " Si neɗɗo yiɗii musiɗɗo(sakike) makko yo o haalan mbo hombo yiɗi mbo",</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina ɓanngina gootel e sababuuji cemmbinooji jotondiral hakkunde gooŋɗinɓe hombo sara gilli hakkunde maɓɓe, oon woni si nɗɗo yiɗii musiɗɗo makko yo o habru mbo hombo yiɗi mbo,</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Ɓural gilli laaɓtuɗi ngam Alla, tawa wonah ngam maslaha adunayanke,
 Yiɗeede habrude jiɗraaɗo ngam Alla gilli mum ɗi, ngam gilli e goowondiral ɓeydo.
 Sarde gilli hakkunde gooŋɗinɓe ina semmbina musidal iimaaniyankeewal kadi ina reena renndo ngo e fusde e saraade.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3017</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>ndeenoɗe jeeɗiɗi kalakooji</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo (yo alla yardo he makko)wonde Nelaaɗo yo jam e kisal won e maako maaki: " ndeenoɗe jeeɗiɗi kalakooji", ɓe mbi"i: Aan Nelaaɗo Alla hoɗi ngoni ɗiin? O (wi)maaki:" renndinde Alla e goɗɗo, e mbilewu(sihro, korte), e warde fittaandu ndu Alla harmini warde tawa aldah e goongo, e ñaamde riba e ñaamde jawdi alyatiime, e dokde ñande jihaadi, e tuumde saŋiiɓe gooŋɗinɓe welsandiiɓe koɓe tuuma ko",</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Nelaaɗo ina yamira leñol makko woɗɗitaade boneeji e goopi jeeɗiɗi kalkooji, nde O naaɓna hol ko woni ɗiin? O ɓanngani ɗi wonde ko kanji ngoni:
 Gadana o woni: Waɗdude Alla e goɗɗo, ɗuum woni waɗande mbo jeradiiɗo e goreejo e kala mbaadi nondi waawi waade fof, e tottirde dewal faade e goɗɗo mbo wonah Alla, O fuɗɗori sirku sabu ko o ɓuri bakkatuuji ɗi fof mawnude.
 Ɗimmel ngel woni: Mbilewu(korte)- ɗuum woni hono piɓle e moccugol e leɗɗe e cuurayuuji- battinooji e ɓanndu bilaaɗo ka bargol wollo ñaw, wollo seerndude resandirɓe, ɗum ko golle seytaane, ko ɓuri heewde e ɗum yottortee ko sirku e ɓallaraade pittaali bonɗi huunde nde njiɗɗaa,
 Tataɓel ngel woni: Warde fittaandu ndu Alla haɗi wareede ndu, tawde tan ndu wardaako ko sariya dakni Ñaawoowo siina ɗum e baraaɗo he
 Nayaɓel ngel woni: Huutorde riba ka ñaamgol wollo ko wonah ɗuum e mbaadiiji naftaraade,
 Joyaɓel ngel woni: Ñaamde jawdi suko mbo baaba mum maayi tawa o siwah hellifeede.
 Geegaɓel ngel woni: Dokde wolde hakkunde juulɓe e heeferɓe.
 Jeeɗiɓel ngel woni: Tuumde rimɓe nefɓe jina, ko hono noon kadi tuumde worɓe.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Bakkatuuji (jonobaji )mawɗi ɗi kaaɗaani e jeeɗiɗi, kono ɗi jeeɗiɗi keertina ko ngam mawnude ɗi e bonde ɗi.
 Dagaade warde fitaandu tawde fawaa ko e goongo hono joɓtagol e murtude e jina caggal saŋaade, ko ñaawoowo sariyanke siinata ngoon warngo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Aan Alla wota A waɗ yenaandam nde sanam</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo (yo alla yardo he makko)gaa e Annabi yo jam e kisal won e makko: " Aan Alla wota A waɗ yenaandam nde sanam, yo Alla huɗ yimɓe nanngirɓe genaale Annabaaɓe maɓɓe misiidaaji"</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Annabi ñaagiima Joom makko nde O waasata waɗde yenaande makko nde hono sanam mbo yimɓe ndewata ngam mawninde nde, e huccitde e hende saanga cujjugol, refti Annabi habri wonde Alla huɗii ɓeen nanngirɓe jenaale Annabaɓe maɓɓe misiddaaji; sabu ɗuum ko laawol faade e rewde nde e fiɓde rewde nde.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Yawtude laawol sariyankeewol ko faati e genaale Annabaaɓe e moƴƴuɓe ina waɗaɗe reweede ko aldah e Alla, ina waɗɗii reentaade laabi jottinooji e sirku.
 Dagaaki faandaade yenaande ngam mawninde nde e dewal sara mayre kala no joom mum foti ɓadaade Alla fof takatah dagaade yenaande makko mawnineede e reweede Alla.
 Harmude mahde misiddaaji e dow genaale.
 Harmude juulde ka genaale hay si wonii ɗe mahiraaka misiide si wonah juulde jenayse mbo juulaaka.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[رواه أحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3336</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>ko Miin ɓuri yondinaade renndadiiɓe e renndineede, kala golluɗo huunde o renndini Mi heen e goɗɗo, Mi accida ɗum ko o renndini Mi ko</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e makko o wii: Nelaaɗo Alla maaki: " Alla tedduɗo O daali: ko Miin ɓuri yondinaade renndadiiɓe e renndineede, kala golluɗo huunde o renndini Mi heen e goɗɗo, Mi accida ɗum ko o renndini Mi ko ".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra wonde Alla daalim wonde ko kaŋko ɓuri yondinaade e renndadiiɓe gaa e denndinegol, ko kaŋko woni jondaniiɗo e kala huunde, neɗɗo si gollii huunde o gollorinde ngam Alla e goɗɗo; Alla acca mbo O jaɓantaa mbo, o ruttaɗe e jom majje. Ina waɗɗii laɓɓinande golle ngam Alla sabu O jaɓatah si wonah golle baɗiraaɗe ngam Makko.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Jeertinde sirkude e nooneeji mum ceertuɗi; sabu sirku haɗat golle jaɓeede.
 Tintinaade yondinaare Alla e manngu makko ɗum ina walla lavvinde golle ngam Alla.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[رواه مسلم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3342</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>mbeɗa moolo e Alla nde  woodanta mi sehil e mon, pellet Alla Toowɗo O nanngarii kam sehil, hono no O nanngiri Ibraahiima sehil nih</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ittaama e Jundub yo Alla wele mbo(  yo allah yardo he makko)wii: Mi nanii Annabi yo jam e kisal won e makko ko adii nde o saŋkato duuɓi joy hombo maaka: " mbeɗa moolo e Alla nde  woodanta mi sehil e mon, pellet Alla Toowɗo O nanngarii kam sehil, hono no O nanngiri Ibraahiima sehil nih, somi nanngiratno gooto e leñol am he sehil ko Abu Bakri nanngirat mi sehil, adiiɓe mon ɓe hoɓe mbaɗatno genaale Annabaaɓe maɓɓe e moƴƴuɓe maɓɓe misiidaaji, wotee nanngiree genaale misiidaaji,  pellet mbeɗa haɗa mon ɗuum"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Annabi habrii kam tolnde makko ka Alla Toowɗo O, e wonde daraja o yottiima e ko ɓuri toowde e gilli, hono no Ibraahiima heɓirno oon daraja, ko ɗuum saabi o riiwti dañde sehil mbo wonah All; sabu ɓernde makko ina heewi gilli Alla e mawninde Mbo e anndude Mbo, nde yaajantah e goɗɗo mbo wonah Alla. Si o jogina giɗo e tagoore he o wonatna Abu Bakri yo Alla wele mbo(yo allah yardo he makko). Refti o reentini yawtude keerol dagingol e gilli hono no Yahuud e Nasaara en mbaɗno e genaale Annabaaɓe maɓɓe e moƴƴuɓe maɓɓe haa ɓe mbattiɓe allaaji sirkiyankooji deweteeɗi ko wonah Alla, ɓe mahi e genaale maɓɓe misiidaaji e dewirɗe goɗɗe, O haɗi leñol makko nde ɓe mbaɗata hono ɗuum.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Ɓural Abu Bakri(siddiq) yo Alla wele mbo, (yo alla yardo he makko)wonde kaŋko ɓuri Sahabaaɓe ɓe moƴƴude e wonde kaŋko ɓuri haandude e lomtaade Nelaaɗo Alla caggal nde O maayi.
 Mahde (gniboki)misiidaaji e dow genaale ko e geɗe gañaaɗe ɗe leƴƴi gadiiɗi mbaɗatno.
 Haɗde nanngirde genaale nokkuuji dewirɗi juulateeɗi e mum e mahde( gnibde) heen misiideeji wollo soorooji, ngam reentaade yande e Sirku saba ɗuum.
 Reentinde ɓurtinde e moƴƴuɓe he sabu ɗuum ina adda yottaade e Sirku.
 Ngoƴo ko Annabi yo jam e kisal won e makko ɗo O teeŋtini ko adii duuɓi joy nde O maayata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3347</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Wotee mbaɗee cuuɗi mon genaale, wotee mbaɗee yenaande am juulde, njuule e am; sabu juulde mon ina yottoo mi kala ɗo ngonɗon</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e makko o wii: Nelaaɗo Alla maaki: " Wotee mbaɗee cuuɗi mon genaale, wotee mbaɗee yenaande am juulde, njuule e am; sabu juulde mon ina yottoo mi kala ɗo ngonɗon".</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Nelaaɗo ina haɗa yeewnude cuuɗi mon e juulde ɗi ngona hono genaale ɗe njuuletaake ɗe. O haɗi filli fillinde juurgol genaale e rentude toon e mbaadi ngoowaandi; sabu ɗum ko laawol faade e sirku, O yamiri ñaaganaade mbo kisal e kala nokku e leydi; sabu ɗuum ina yottoo mbo ummaade e goɗɗuɗo e ɓadiiɗo fof ina fota, haajaraaka filli fillinde e yenaande makko.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Haɗde ɓoldinde cuuɗi e dewal Alla.
 Haɗde ɗatnaade ngam juuroyaade yenaande Nelaaɗo Alla yo jam e kisal won e makko; sabu o yamiri ko yo en njuul e makko, o habri ngool juulgol ina yottoo mbo, ɗatnantee ko misiide e juulde e hembo.
 Harminde waɗde juuragol yenaande Annabi juulde(feet) e filli fillinde ngool juuragol e mbaadi keeriindi e yonto keeriiɗo, ko noon kadi juuraade kala yenaande e ndiin mbaadi.
 Teddungal Annabi ka Alla, sabu sarayineede juulde e makko e kala yonto e kala nokku.
 De tawno kaɗegol juulde genaale tabati ka Sahabaaɓe; ko ɗuum saabi Annabi haɗi waɗde cuuɗi hono genaale ɗe njuuletaake.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[حسن]</t>
   </si>
   <si>
     <t>[رواه أبو داود]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3350</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>kala goondirɗo ko wonah Alla o heefarinii wollo o sirkii</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Ittaama e Abni Amrin yo Alla wele mbo( yo 
 alla yardo he mabbe) wonde o nanii gorko gooto ina wi"a: Alah e Kaaba, Ibnu Umara wii: Woondirtaake ko wonah Alla, mi Nelaaɗo ina maaka: " kala goondirɗo ko wonah Alla o heefarinii wollo o sirkii"</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde goondirɗo ko wonah Alla e Inɗe e Sifaaji makko o heeferɗinii wollo o sirkii; sabu woonde ina hollo mawninde goondiraaɗo o, manngu noon ko Alla tan heedori ɗum; woondirtaaki si wonah Alla e Inɗe mum e Sifaaji mum kaŋko ceniiɗo O. Ngol goongol ko sirku tokooso, kono si goondoowo o; mawninii ko woondiri ko hono no o mawnanirta Alla wollo ko ɓuri; ɗuum ko sirku njana o waɗi.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Mawninirde woondoore ko hakke Alla alah woondirteeke mbo wonah Alla e Inɗe e Sifaaji Makko.
 Reerɗude Sahabaaɓe yamirde ko moƴƴi e haɗde ko boni, haa teeŋti si wonii ko boni ko yowitii ko e sirku wollo keefeeru.(keefeerogal)</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3359</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>aan ma a ar e yimɓe jom en defte, si arii e maɓɓe nodduɓe e seedaade wonde alah deweteeɗo e goongo mbo wonah Alla, e wonde Muhamadu ko nelaaɗo Alla</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ittaama e Ibnu Abbaas  yo Alla weleɓe (yo allah yardo he mabbe)owii: Nelaaɗo yo jam e kisal won e makko maakani(owii)Mu'aaju (mu,aazu)Ibnu Jabalin nde o neli mbo faade Yaman:" aan ma a ar e yimɓe jom en defte, si arii e maɓɓe nodduɓe e seedaade wonde alah deweteeɗo e goongo mbo wonah Alla, e wonde Muhamadu ko nelaaɗo Alla siɓe ɗoftiimo ma e ɗuum, habruɓe Alla farlii e maɓɓe juulɗeele joy e kala ñalawmo e kala jemmo, siɓe ɗoftiimo ma e ɗuum, habruɓe wonde Alla farlii e maɓɓe sadak nanngateeɗo e alɗuɓe maɓɓe mbo totte waasɓe maɓɓe, siɓe ɗoftiimo ma e ɗuum, reenta jawdi maɓɓe ɓurndi teddude, reenta ñaagunde tooñaaɗo; sabu nde alah heedo hakkunde mannde e Alla".</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Nde Nelaaɗo neli Mu'aaju(mu,aazu) Ibnu Jabal
 ( yo allah yardo he makko)faade Yaman ngam noddude faade e Alla e jannginde, o holli mbo wonde ma o hawru e yimɓe Nassara en; ngam o heblanooɓe, refti o fuɗɗoro noddaandu mum ko ɓuri himmude refti ko himmi, O noddaɓe e sellinde fiɓnde ko adi; ndeɓe ceedoto deweteeɗo e goongo alah mbo wonah Alla, e wonde Muhamadu ko nelaaɗo Alla; Sabu ko ɗuum ɓe naatrata islaam, siɓe njaɓii ɗuum o yamiraɓe juulde; sabu ko kannde ɓuri teddude e baɗɗii ɗi caggal wootadinde, Siɓe ñiiɓnii juulde o yamira alɗuɓe maɓɓe tottirde askal jawɗeele maɓɓe faade e waasɓe maɓɓe, refti o reentini nanngude jawdi ɓurndi moƴƴude ndi; sabu waɗɗii ko ka hakandii ko, refti o wasayii mbo accude tooñannge; haa tooñaaɗo o waasa huɗde mbo, pellet ñaagunde makko ko ka jaabate.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Faanda e seedaade wonde alah dewateeɗo e goongo mbo wonah Alla ko teelɗinande Alla dewal Alla, e accude rewde mbo wonah Alla.
 Faanda e seedaade Muhamadu ko Nelaaɗo Alla ɗuum woni gooŋɗinde mbo e ko o addi ko e wonde ko kanko woni cakkatiiɗo e Nelaaɓe faade e yimɓe he.
 Haaldude e ganndo nanndatah e haaldude e majjuɗo; ko ɗuum waɗi o findini Mu'aaju e konngol makko: " Pellet haɗa ara e yimɓe jom en defte".
 Himmude nde juulɗo wonata jom yi'annde e diine makko; ngam seerde e jiɓuyaaji jiɓooɓe ɓe, ɗuum noon wonirta ko ɗaɓɓude ganndal.
 Bonde diine Yahuud en e Annasaara en caggal neleede Nelaaɗo yo o his, e wonde ɓe njeyaako e yimɓe daɗooɓe ñande darngo haa ɓe naata e diine islaam, ɓe ngooŋɗina Nelaaɗo yo jam e kisal won e makko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3390</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Wotee nguttee kam hono no Annasaara en nguttirno Ɓiy Maryama; miin ko mi maccuɗo Makko ,mbi'ee: Maccuɗo Alla e Nelaaɗo Makko</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Ittaama e Umari Ibnul Khaɗɗaab yo Alla wele mbo(yo allah yardo he makko)wii: Mi nanii Nelaaɗo ina maaka: " Wotee nguttee kam hono no Annasaara en nguttirno Ɓiy Maryama; miin ko mi maccuɗo Makko ,mbi'ee: Maccuɗo Alla e Nelaaɗo Makko".</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Annabi ina haɗa yawtude keerol sariyankeewol ko faati e mantude mbo e sifaraade mbo sifaaji Alla e golle mum keeriiɗe, wollo wonde hombo anndi mbirniindi wollo noddide e Alla, hono nono Annasaara en mbaɗduno e Iisa yo kisal won e makko. Refti o ɓanngini wonde ko o maccuɗo Alla, o yamiri nde mbi'aten mbo: maccuɗo Alla e Nelaaɗo makko.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Reentinde mawningol e mantugol jawtungol keerol sariyankeewol; sabu ɗuum ina yottina e sirku.
 Ko Nelaaɗo reentinno ko yanii e ngol leñol, fedde goo fantini e Nelaaɗo, wonnde nde fantini e ɓesngu Nelaaɗo, woɗɓe goo e waliyaaɓe, ɓe njani e sirku.
 Nelaaɗo sifariima hoore bmakko wonde ko o maccuɗo Alla; ngam o hollo ko Alla jeyi mbo dagantaako nde o tottote e geɗe ɗe Alla heerori.
 Nelaaɗo sifariima hoore makko wonde ko o nelaaɗo Alla; ngam o hollira (owangina)wonde ko o Nelaaɗo ummorde ka Alla ina waɗɗii gooŋɗinde mbo e sukkude (tukkude)e makko.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[رواه البخاري]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3406</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>ɓuri maleede e tefoore am ko oon biiɗo deweteeɗo e goongo alah si wonah Alla, tawa hombo laɓɓini ɗuum e ɓernde makko e fittaandu makko</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo  allah  yardo he  makko)o wii: Nelaaɗo Alla wi'aa hombo e ymɓe he ɓuri haandude e tefoore ma ñande darngo(darngal)? Nelaaɗo mo jam e kisal woni e mum maaki(owii): " mi sikkiina aan Abu Hurayrata hay gooto idataako ma naaɓnaade o hadiis, ɓuri maleede e tefoore am ko oon biiɗo deweteeɗo e goongo alah si wonah Alla, tawa hombo laɓɓini ɗuum e ɓernde makko e fittaandu makko".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra wonde ɓuri maleede e tefoore makko e yimɓe he ñande darngo ko biiɗo:" deweteeɗo e goongo alah si wonah Alla tawa hombo laɓɓini ɗuum e ɓernde makko, tawa hombo woni kisɗo e sirku yeengo.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Tabatinde tefoore wonande Annabi ka laakara ndee tefoore wonanta tan ko wonah wootadinɓe.
 Tefoore makko yo jam e kisal won e makko woni ñaaganaade mbo Alla wonande oon jojjunooɗo naatde yiite e wootadinɓe he o waasa naatde yiite nge, tawi o naatiino nge o yalta.
 Ɓural konngol tawhiid laaɓngol wonande Alla Toowɗo O e mawnude batte maggol.
 Konngol twhiid jojjirta ko anndude maana maggol, e gollirde ko ngol ɗaɓɓi ko.
 Ɓural Abu Hurayrata yo Alla wele mbo( yo alla yardo he makko), e reerɗude mbo e ganndal.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3414</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>Kala kawruɗo e Alla tawi o renndinaani mbo e goɗɗo o naata aljanna, kala kawruɗo e makko hombo renndini Mbo e goɗɗum o naata yiite</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Ittaama e Jaabir Ɓiy Abdullaahi  yo Alla wele mbo(yo allah  yardo  he  mabbe)o wii: Mi nanii Nelaaɗo Alla ina maaka: " Kala kawruɗo e Alla tawi o renndinaani mbo e goɗɗo o naata aljanna, kala kawruɗo e makko hombo renndini Mbo e goɗɗum o naata yiite.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Annabi hombo habra wonde maayɗo mbo renndinaani Alla e hay huunde woni battande mum ko aljanna hay si wonii o leɓtorete yogo e bakkatuuji mum, kala maayɗo kadi hombo renndini Alla e huunde o saasat e jaynge.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Ɓural wootadinde Alla, ɗuum ko e sababu daɗde e caasgol e yiite.
 Aljanna e yiite ina ɓadii maccuɗo Alla alah ko woni hakkunde mum e ɗeen geɗe ɗiɗe si wonah maayde.
 Reentinde renndinde Alla e huunde goo foti ko seeɗa wollo ko heewi; sabu daɗde e yiite ko woɗɗitaade ɗuum.
 Teskete e golle ko battane majje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3418</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>Halkiima sattinɓe</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ibnu Mas'uud o wii: Nelaaɗo Alla maaki: " Halkiima sattinɓe" o wi'i noon laabi tabi tati.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nellaɗo Alla hombo habra fiɓtaare e perte ɓeen sattinɓe- ko aldah e peewal e ganndal- ka diine maɓɓe e aduno maɓɓe, e konngi mum en e golle maɓɓe, yawtuɓe keeri sariya mbo Nelaaɗo addi o.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Harminde sattinde e fawtaade ko a waawah e geɗe ɗe fof, e hirjinde e woɗɗitaade ɗuum e kala huunde e mum; haa teeŋti e dewe Alla e mawninde moƴƴuɓe.
 Ɗaɓɓude ko ɓuri timmude e dewe Alla e ko wonah majje ko huunde yettaande; ɗuum winirta ko rewde sariya.
 Yiɗeede teeŋtinde huunde himmunde, sabu Nelaaɗo filliima ngol konngol laabi tati.
 Newuya islaam e weeɓde mbo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3420</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>kala defaniiɗo mi ko woni hakkunde gaŋɗe makko e ko woni hakkunde koyɗe makko mi defanoo mbo aljanna</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Ittaama e Sahlu Ibnu Saadu yo weluya Alla won e makko wonde Nelaɗo yo jam e kisal won e makko maakim: " kala defaniiɗo mi ko woni hakkunde gaŋɗe makko e ko woni hakkunde koyɗe makko mi defanoo mbo aljanna"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Nelaaɗo yo jam e kisal ngon e makko ina habra geɗe ɗiɗe si juulɗo jaggatiima e majje o naata aljanna,
 Gadanel ngel woni: Reende ɗeɓngal ko tikkinta Alla Toowɗo O,
 Ɗimmel ngel woni: Reende farji makko yande e paŋkare;
 sabu ɗee terɗe ɗiɗe goopi keewi yanirde.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Reende ɗeɓngal e farji ko laawol faade aljanna.
 Ɗeɓngal e farji keertinaama ɗo sabu ko majje ɓuri wonde iwdi musibbaaji e dow neɗɗo ka aduna e ka laakara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3475</t>
   </si>
   <si>
-    <t>مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ</t>
+    <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
   </si>
   <si>
     <t>A la Annabi alla juul e mum hisna ɗum a la Annabi mo alla neli si wona woodani ɗum selilaaɓe e hawaariyuuna en ɓe njagga e sunna mum ɓe ɗowito yamiroore</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ، ثُمَّ إِنَّهَا تَخْلُفُ مِنْ بَعْدِهِمْ خُلُوفٌ يَقُولُونَ مَا لَا يَفْعَلُونَ، وَيَفْعَلُونَ مَا لَا يُؤْمَرُونَ، فَمَنْ جَاهَدَهُمْ بِيَدِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِلِسَانِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِقَلْبِهِ فَهُوَ مُؤْمِنٌ، وَلَيْسَ وَرَاءَ ذَلِكَ مِنَ الْإِيمَانِ حَبَّةُ خَرْدَلٍ».</t>
   </si>
   <si>
     <t>Ƴettaama e Abdullahi ɓiy masuud yo weleende ALLA  won e mum wonde nelaaɗo ALLO yo ALLO juul e dow mum O hisno ɗum o wi'i: A la Annabi alla juul e mum hisna ɗum a la Annabi mo alla neli si wona woodani ɗum selilaaɓe e hawaariyuuna en ɓe njagga e sunna mum ɓe ɗowito yamiroore mum caggal ɗuum luuto ɗum luutiiɓe ɓe kaala ko ɓe mbaɗata ɓe mbaɗa ko mbi'i aaka kaɓoriiɗo ɓe ɗemngal ma jungo e ɓernde ko juulɗo iiman caggal ɗuum hay gabbel a la ».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن نبيٍّ بعثَه الله في أمة قَبلَه إلا كان له مِن أمته أصفياء وأنصار ومجاهدون مخلصون، يَصْلحون للخِلافة بعده؛ يأخذون بِسنّته، ويقتدون بأمره، ثم يجيء بعد أولئك السلف الصالح أُناسٌ لا خيرَ فيهم؛ يقولون ما لا يفعلون، ويفعلون ما لا يؤمرون؛ فمَن جاهدَهم بيده فهو مؤمن، ومن جاهدهم بلسانه فهو مؤمن، ومن جاهدهم بقلبه فهو مؤمن، وليس وراء ذلك من الإيمان حَبَّةُ خَرْدَلٍ.</t>
   </si>
   <si>
     <t>Annabi alla juul e mum hisna ɗum haɓri won'de a la Annabi mo alla neli si wona jogi selilaaɓe e hawaariyuuna en ɓe njagga e sunna mum ɓe ɗowito yamiroore mum caggal ɗuum luuto ɗum luutiiɓe bonɓe ɓe mbaɗa ko ɓe mbi'i aaka ɓe kaala ko ɓe mbaɗata kala kaɓoowo e mu'en e junngo mum ma ɗemngal mum e ɓernde mum ko juulɗo iiman caggal ɗuum hay gabbel a la.</t>
   </si>
   <si>
     <t>الحث على مجاهدة المخالفين للشرع بأقوالهم وأفعالهم.
 عدم إنكار القلب للمنكر دليلٌ على ضَعْفِ الإيمان أو ذَهابِه.
 تيسير الله سبحانه وتعالى للأنبياء مَن يَحمِلُ رسالتَهم مِن بعدِهم.
 مَن أراد النجاة فعليه باتباع منهج الأنبياء؛ لأنَّ كل طريق سوى طريقهم هلاك وغواية.
 كلَّما بَعُد العهدُ مِن النبي صلى الله عليه وسلم وأصحابه رضي الله عنهم تَرَكَ الناس السُّنَنَ واتبعوا الأهواءَ وأَحَدَثُوا البِدَع.
 بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
 وجوب الأمر بالمعروف والنهي عن المنكر.</t>
   </si>
   <si>
-    <t>Hirjin'de e haɓaade luutndiiɓe sariya e haala ma golle.
-[...5 lines deleted...]
-Waɗɗiima yamirde ko moƴƴi haɗde ko boni.</t>
+    <t>Hirjin'de e haɓaade saliiɓe sariya e haala mumen e golle mumen.
+Waasde añde ɓernde wonande gañaaɗi ko daliilu kolliliroowo e lohde iimaneegal wollo yahde hengal.
+Newnande ALLA CENIIƊO TOOWƊO O wonande Annabaaɓe ɓeen roonotooɓe bataakaaji mumen caggal mumen.
+Kala jiɗɗo daɗal yo sukku laawol annabaaɓe; sabo kala laawol ngol wona laawol mumen kohalkare e bewre.
+Kala nde jamaanu Annabi yo ALLA juul e dow mum O hisno ɗum e sahabaaɓe mum yo weleende ALLA won e mumen ɓuri woɗɗir yimɓe ɓe ngoppa sunnaji ɓe ndewa belaaɗe mumen ɓe cosa Biraajil.
+Laɓɓinde martabaaji jihaadi ɗum noon woni ko juŋŋo oon baawɗa waylu wano heeyniiɓe laamu e ñaawooɓe e laamɓe, tawi ko koŋŋol noon ɗum wona laaɓtinde goonga e noddude faade heen, tawi ko ɓernde noon ko añde e mettinde gañaaɗi e waasde yidde ɗum wollo weleede ɗum.
+Waɗɗiima yamirde ko moƴƴi e haɗde ko boni.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3480</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Si maccuɗo Alla ñawi wollo o ɗannii o winndante fotde ko o waɗatnoo ko hombo ñiiɓi( o ɗatnaaki) hombo selli</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Ittaama e Abu Muusa Al As'arii yo Alla wele mbo (yo allah  yardo  he  makko)o wii: Nelaaɗo yo jam e kisal won e makko maaki: " Si maccuɗo Alla ñawi wollo o ɗannii o winndante fotde ko o waɗatnoo ko hombo ñiiɓi( o ɗatnaaki) hombo selli".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra ɓural Alla e yurmeende makko, e wonde juulɗo si woniino hombo aadarii gollude golle moƴƴe saanga nde o selli e nde o ñiiɓi refti o heɓi ngantu o ñawi o roŋki gollude ko gollatno ko, wollo o ɗatnii wollo o dañi ngantu goɗɗo; oon o winndante njoɓdi timmundi, hono no o golliratno saanga cellal makko e saanga ñiiɓal makko nih.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Yaacde ɓural Alla e dow jiyaaɓe Makko.
 Hirjinde e tiiɗnaare ka dewe Alla e huutoraade waktuuji saanga cellal e saanga heɓde waktu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Ɓuri moƴƴude e jikru ko: Laa ilaaha illal laahu, ɓuri moƴƴude e du'aaw ko: Al hamdu lillaahi</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Ittaama e Jaabir Ɓiy Abdullaahi (yo allah 
 yardo  he  makko) o wii: mi nanii Nelaaɗo Alla ina maaka: " Ɓuri moƴƴude e jikru ko: Laa ilaaha illal laahu, ɓuri moƴƴude e du'aaw ko: Al hamdu lillaahi".</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Annabi ina habra men wonde ɓuri moƴƴude e jikru ko wiide" laa ilaaha illaa laaha- dewateeɗo e goongo mbo wonah Alla-, e ɓuri moƴƴude e du'awuuji ko alhamdu lillaahi; ɗuum woni jaɓande neeminɗo O? Oon woni ceniiɗo O?, kaanduɗo e sifareede sifaaji timmal e njooɗndam.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Hirjinde e hebbinde jaŋtaraade Alla konngol Tawhiid, e ñaagaraade mbo yettude mbo.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3567</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Aljanna ɓuri ɓadaade e gooto e mon e kinhiol faɗa mum, yiite kadi ko hono noon</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ittaama e Ibnu Mas'uud yo Alla wele mbo,(yo  alla  yardo 
 he  makko  ) o wii: Nelaaɗo Alla maaki( 
 owii) : " Aljanna ɓuri ɓadaade e gooto e mon e kinhiol faɗa mum, yiite kadi ko hono noon"</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e mum in habra wonde aljanna e jayngol ina ɓadii aade hono no kinhinol gonatngol e dow faɗa, sabu hombo waɗa ɗoftotaare addoore  weluya Alla o naatira ɗum aljanna, wollo goopol ngol wona sabaabu naatde mbo yiite.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Reerɗinde e moƴƴere haysi nde famɗii, e hulɓinde e bone haysi mbo famɗii.
 Alah e saga juulɗo e nder nguurndam he nde o renndina hakkunde njoorto e kulol, e ñaagaade ko duumi ngam tabitde e goonga haa o hisa o waasa hoomtaraade e alhaali makko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>coccorgal laɓɓinat hunduko, ko weluya Joomiraaɗo</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Ittaama e Aa'isata yo Alla wele mbo (yo 
 allah  yardo  he  makko) owii: Nelaaɗo yo jam e kisal won e makko maaki: " coccorgal laɓɓinat hunduko, ko weluya Joomiraaɗo"</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra wonde laɓɓinirde ñiiƴe coccorgal lekki Araak wollo ko nanndi heen ina laɓɓina hunduko e tuundiiji e balngol luuɓngol, e wonde ɗuum ko e sababuuji weluya Alla wonande jiyaaɗo o, sabu ɗum ko e ɗoftaare Alla nootaade jamirooje makko jeyaa, ina mum kadi laaɓal ngal Alla yiɗi ngal.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Ɓural soccaade, e reerɗinde Annabi leñol makko heewde soccaade.
 Ɓuri moƴƴude ko soccoraade coccorgal lekki Araak, kono huutoraade furset e boroos ina waawi lomtaade ɗuum.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[رواه النسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Juulɗeele joy ɗe e aljuma faade aljuma e ramadaan faade ramadaan, ko ko momtata ko woni ko hakkunde majji si bakkatuuji mawɗi ɗi ndeentaama</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo (yo allah 
 yardo  he  makko) wonde Nelaaɗo yo jam e kisal won e makko ina maaka: " Juulɗeele joy ɗe e aljuma faade aljuma e ramadaan faade ramadaan, ko ko momtata ko woni ko hakkunde majji si bakkatuuji mawɗi ɗi ndeentaama"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde juulɗeele joy parlaaɗe ɗe e nder ñalawma e jemma, e juulde juma kala yontere, e hoorde lewru koorko ndu kala hitaande, ko ka momtata ko woni ko e hakkunde majji e bakkatuuji tokoosi dow sarɗi si joom mum woɗɗatiima bakkatuuji njani ɗi. Tawi ko bakkatuuji mawɗi ɗi hono jina e yarde sanngara ɗi njaafetaake si wonah jom majji tuub.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Bakkatuuji waɗi ko mawɗi e tokoosi.
 Momtaneede tokoosi ɗi fawii ko e reentaade mawɗi ɗi.
 Mawɗi ɗi woni ɗi Haddu njoli e aduno, wollo fodoore bonnde-kammbeede- ka laakara; lepte wollo tikkere, wollo ɗum waɗi kulɓingol, wollo kuɗdi wonande baɗɗaɗa ɗum, hono jina wollo yarde sanngara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>njottinanee kam hay si ko aaya, kaale e Banii Israa'iil bakkaat alah heen, kala penɗo e am hombo teyi yo won e jonnde makko ka yiite</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ɓiy Amru yo Alla wele ɓe wonde Annabi yo jam e kisal ngon e makko maaki: " njottinanee kam hay si ko aaya, kaale e Banii Israa'iil bakkaat alah heen, kala penɗo e am hombo teyi yo won e jonnde makko ka yiite".</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Annabi ina yamira yottinande mbo ganndal ummingal e Quraana e Sunna, hay si ko seeɗa hono aaya Quraana wollo hadiis gooto, e sarɗi tawa jottinoowo o ina anndi ko o yottinta ko e ko o noddata ko. Refti Nelaaɗo yo jam e kisal ngon e makko ɓanngini bonaani yeewtude e Banii Israa'iil ko jolaniɓe ko e joljole tawde ɗum luutndaaki sariya men. Refti o reentini fende e makko, kala penɗo e makko hombo teyi yo nanngu galle makko ka yiite.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Reerɗinde e yottinde sariya Alla o, ina fawii e neɗɗo tottirde ko o reeni e ko o faami ko hay si ɗum wonii seeɗa.
 Waɗɗaade ɗaɓɓude ganndal sari; haa joom mum waawa rewde Alla o yottina sariya makko o e mbaadi cellundi.
 Waɗɗaade yananeede sellude kala hadiis ko adii nde joom mum yottinta mbo wollo o sara mbo sabu reentaade yande e fodoore sattunde.
 Hirjinde e haalde goongo e reentaade e hadiis, haa o waasa yande e fenaande, haa teeŋti e sariya Alla Mawɗo O.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3686</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>yiite waɗanaama heedo tuuyaaji, aljanna ne waɗarana heedo gañaaɗe</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo (yo allah 
 yardo  he  makko) wonde Nelaaɗo yo jam e kisal ngon e mum maaki: " yiite waɗanaama heedo tuuyaaji, aljanna ne waɗarana heedo gañaaɗe".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon makko ina ɓanngina wonde jayngol ina fiiltira geɗe ɗe fittaandu wooɗote e golle karmuɗe wollo raɓɓaɗinaade e geɗe baɗɗiiɗe. Kala dewɗo e belaaɗe fittaandu makko naata yiite jojjona mbo. E wonde aljanna ina fiiltiraa geɗe ɗe fittaandu añi, hono ñiiɓde e jamiraaɗe e accude karminaaɗe e muñde e ɗuum, si o fawñiima e ɗeen o tiiɗni e ɗeen jojjana mbo naatde aljanna.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Cuɗgol seytaane geɗe gañaaɗe e paŋkare ina jeyaa e sababuuji liɓooji aade e tuuyaaji, haa fittaandu yi'a ɗuum ko moƴƴum ndu wuuro heen.
 Yamirde woɗɗitaade tuuyooji karminaaɗi; sabu ko kanji ngoni laawol jottinatngol e yiite, muñde e gañaaɗi woni laawol faade aljanna.
 Ɓural haɓtaade fittaandu e tiiɗnaade e dewe Alla e muñde e dow geɗe gañaaɗe e caɗeele piiltotooɗe ɗoftaare.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Hakke juulɗo(alsilame) e dow juulɗo(alsilame) ko joy: ruttude(wartirde) salminaandu, salminoyde(tomtade) ñawɗo(nawado), rewde gooskiiji, nootaade noddaandu, e du'anaade isluɗo".()</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mb(yo allah  yardo  he  makko)o o wii: Mi nanii Nelaaɗo yo jam e kisal won e makko ina maaka: " Hakke juulɗo(alsilame) e dow juulɗo(alsilame) ko joy: ruttude(wartirde) salminaandu, salminoyde(tomtade) ñawɗo(nawado), rewde gooskiiji, nootaade noddaandu, e du'anaade isluɗo".()</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Annabi in ɓanngina yogo e hakkeeji ɗi juulɗo joganii juulɗo banndum, gadanel ngel woni ruttude salminaandu oon camlminɗo ma.
 ɗimmel ngel woni: juuroyaade ñawɗo.
 tataɓel ngel woni: rewde e gooski gila ka galle haa juulirde faade yenaade haa o ubbee.
 nayaɓel ngel woni: nootaade noddaandu faade e yannge e ko nanndi heen.
 joyaɓel ngel woni: du'anaade isluɗo, ɗuum woni wiide ɗum si o yettii Alla: yo Alla yurmo ma, refti isluɗo o wi'a: yo Alla feewnu mon O moƴƴina geɗe mon.</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Teddude islaam e teeŋtinde hakkeeji hakkunde juulɓe e jokkondiral tiiɗngal hakkunde musidal e gilli hakkunde maɓɓe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3706</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>yo Alla yurmo gorko newiiɗo si o yeeyii, e si o soodii, e si o yoɓniima ñamaande</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Ittaama e Jaabir yo Alla wele mbo (yo allah  yardo  he 
 makko) wonde Nelaaɗo yo jam e kisal ngon e makko maaki(owii): " yo Alla yurmo gorko newiiɗo si o yeeyii, e si o soodii, e si o yoɓniima ñamaande".</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Annabi du'aniima yurmeende kala newiiɗo dokko kaaraysira saanga njeeygu; o sattintah e coodoowo e coggu mum o gollondira e makko e jikku moƴƴo, newiiɗo dokko si o soodii, o ustatah o famɗintah coggu ko yeeyete ko, newiiɗo dokko si o ɗaɓɓitii yoɓeede ñamaande mum; o sattintah e baasɗo katajinɗo, kono o yoɓnitiroto ko mbaadi newiindi, o muñana cattaraaɗo.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Ina jeyaa e paandale islaam reende ko moƴƴinta jokkondire hakkunde yimɓe,
 reerɗinde huutoraade jikkuuji toowɗi ka gollondire hakkunde yimɓe ka njeeygu e cootgol e ko nanndi heen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3716</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>gorko ina ñamlatno yimɓe, o wi'a liggantooɗo mbo o: si a hawrii e cattaraaɗo  yaafo mbo, mbela Alla yaafoo mi,</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah 
 yardo  he  makko) wonde Nelaaɗo yo jam e kisal won e makko maaki: " gorko ina ñamlatno yimɓe, o wi'a liggantooɗo mbo o: si a hawrii e cattaraaɗo  yaafo mbo, mbela Alla yaafoo mi,, o hawri e Alla O yaafii mbo".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra gorko ñamlatnooɗo ka gollondiral, wollo o yeeyaɓe haa e lajal, hombo wiyatnoo suko makko si hombo yoɓnoo ñamaaɗe gonɗe e yimɓe hee: Si a arii e ñamliiɗo mbo alah ko yoɓiri ñamaa- nde makko ngam ronkere "newnan mbo" newnanaa mbo mbaasa doonaade e yoɓnitaade, wollo njaɓaa ko oon jogii ko wondude e ustogol, ɗuum ko ngam reerɗude e ɗaminaare nde Alla yaafatoo mbo, nde o maayi nde Alla yaafii mbo bonɗi makko ɗi.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Moƴƴinde saanga gollondiral e yimɓe e yaafaade sattiraaɓe ina jeyaa e sababuuji daɗndooji maccuɗo ñande darngo ɓurɗi himmude himmude.
 Moƴƴude e tagoore e laɓɓinande Alla e joortaade yurmeende Alla ina jeyaa e sababuuji yaafeede bakkatuuji.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3753</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Jokkoowo enɗam wonah jokkoowo enɗam oon jokkuɗo enɗam makko, jokkoowo enɗam woni mbo si enɗam mum taƴaama o jokko ɗam</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ibnu Amru yo Alla weleɓe wonde Annabi yo jam e kisal won e makko maaki: Jokkoowo enɗam wonah jokkoowo enɗam oon jokkuɗo enɗam makko, jokkoowo enɗam woni mbo si enɗam mum taƴaama o jokko ɗam"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra: Neɗɗo timmuɗo ka jokkugol enɗam e moƴƴude e koreeji wonah moƴƴoowo e moƴƴuɗo e makko, kono woni jokkoowo enɗam woni mbo si a taƴii enɗam makko o jokko ɗam, hay siɓe mbonii e makko; kaŋko kam o yoɓratɓe moƴƴere.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Jokkere enɗam teskaande ka sariya konde njokkota enɗam oon taƴiiɗo mo, njaafaɗa tooñɗo mo, okkaa kaɗɗo mo, kono jokkude enɗam wonah yoɓrude jokkere enɗam jokkere enɗam.
 Jokkere enɗam wonirta ko yottinde moƴƴere foti ko jawdi wollo ñaaganaade wollo yamirde ko moƴƴi e haɗde ko boni e ko nanndi heen, e duñde bone fotde ko kattanɗa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3854</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Kala newnanɗo cattiraaɗo, wollo (nane)o ustani mbo, Alla ɗowdina mbo ñande darnga e les ɗowdi Arsi Makko ñande ɗowdi(beelo) alah si wonah ɗowdi(beelo) Makko</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e makko o wii: Nelaaɗo Alla yo jam e kisal won e makko maaki:(owii) " Kala newnanɗo cattiraaɗo, wollo (nane)o ustani mbo, Alla ɗowdina mbo ñande darnga e les ɗowdi Arsi Makko ñande ɗowdi(beelo) alah si wonah ɗowdi(beelo) Makko".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko habrii wonde kala newnanɗo ñamliiɗo wollo o ustani mbo e ñamaande makko he, njoɓdi makko ko: Alla ɗowdina mbo les Arsi Makko ñande darnga, ñalngu ngu naange ɓadato ko'e jiyaaɓe nguleeki mannge satta e dow maɓɓe. hay gooto dañatah ɗowdi(beelo) si wonah mbo Alla ɗowdini.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Ɓural newnande jiyaaɓe Alla Toowɗo O, ɗuum ina jeyaa e sababuuji daɗndatɗi kulhuli ñande darnga.
 Njoɓdi fawii ko e leñol golle.</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kala koorɗo lewru koorko( koorka) hombo gooŋɗini hombo faandi heen yeeso Alla o yaafe ko adii ko e bakkatuuji makko</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ittaama e Abuu Hurayrata yo weluya Alla won e dow makko wiide: Nelaaɗo yo jam e kisal ngon e makko maaki:(o wii) " Kala koorɗo lewru koorko( koorka) hombo gooŋɗini hombo faandi heen yeeso Alla o yaafe ko adii ko e bakkatuuji makko".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra wonde kala koorɗo lewru koorko(koorka) hombo gooŋɗini farleede koorko e ko Alla heblani (siryani) heen hoorɓe e njoɓdiije mawɗe e baraaje, hombo faandi heen yeeso Alla ko aldah e yeengo wollo naneede, o yaafe bakkatuuji  mum ɓennuɗi ɗi.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Ɓural laɓɓinde e himmude ɗum e nder koorko(koorka) e golle goɗɗe moƴƴe ɗe ngonah koorko.(koorka)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kala dariiɗo juuli jemmo leylatul qadiri hombo faandii heen Alla o yaafe bakkatuuji makko ɓennuɗi ɗi</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e makko o wii: Nelaaɗo Alla maaki( o wii): " Kala dariiɗo juuli jemmo leylatul qadiri hombo faandii heen Alla o yaafe bakkatuuji makko ɓennuɗi ɗi"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra ɓural daraade jemmo leylatul qadiri oon gonoowo e sappo battandiiɗe e ramadaan, kala tiiɗniiɗnoriiɗo heen e juulde e ñaagaade e janngude Quraana hombo gooŋɗini ko woni ko e hembo e ɓural, hombo joortii e njoɓdi Alla, ko aldah e yeengo e naneede, o yaafe bakkatuuji makko gadiiɗi ɗi.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Ɓural jemmo leylatul qadiri e hirjinde daraade ngam juulde mbo.
 Golle moƴƴe njaɓetaake siɗe gondaañ e anniyaaji gooŋɗuɗi.
 Ɓural Alla e yurmeende Makko, pellet kala daraniiɗo jemmo leylatul qadiri hombo gooŋɗini hombo faandi heen Alla o yaafe ko ardii ko e bakkatuuju makko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Kala mbo Alla yiɗani (mooyani)moƴƴere O jariboo mbo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e makko o wii: Nelaaɗo Alla yo jam e kisal ngon e makko maaki(o wii): " Kala mbo Alla yiɗani (mooyani)moƴƴere O jariboo mbo".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra wonde si Alla faalanaama gooto e jiyaaɓe Makko he moƴƴere O jaribatoɓe e pittaali maɓɓe e jawdi maɓɓe e koreeji maɓɓe, sabu ko gooŋɗinɗo moolorto e Alla ñaagunde, e heefde bakkatuuji, e ɓamtude darajaaji.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Pellet gooŋɗinɗo hawrat e jarabuuji ceertuɗi nooneeji.
 Jaribeede ina wona maande gilli Alla wonande jiyaaɗo, ngam daraja makko ɓamto, martaba makko toowa, bakkatuuji makko momte.
 Reerɗinde e muñal saanga jolde musibbaaji e waasde ɗeŋƴaade.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4204</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Si juulɓe(dedo) pottinii jaasiiji kafaje)maɓɓe barɗo e baraaɗo fof ko yiite naatata</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Bakri( abu bakrata) yo Alla wele mbo(yo  allah  yardo  he  makko)o wii: Mi nanii Nelaaɗo mo jam e kisal ngoni e makko ina maaka(ina wii a): " Si juulɓe(dedo) pottinii jaasiiji kafaje)maɓɓe barɗo e baraaɗo fof ko yiite naatata" mbiimi : Aan Nelaaɗo Alla o ko barɗo, baraaɗo o noon? o maak(owii)i: " pellet o reerɗuno e warde gondiijo makko o".</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra wonde si juulɓe ɗiɗe kaɓrii jaaseeje (kafaje)maɓɓe, gooto e maɓɓe fof ina faandi warde goɗɗo; barɗo o naatat yiite sabu ko kanko woni coccandirɗo e warngo he. Sahabaaɓe ɓe njiɓara baraaɗo o: Hono oon naatrata jayngol ? Nelaaɗo habri oon naatat yiite sabu reerɗunoode mbo e warde gonndiijo makko, alah fof ko haɗi mbo warde gonndiijo makko si wonah ko oya idii mbo warde ko.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Leɓte ina njojja e oon pellitɗo waɗde goopol e ɓernde makko o coccondiri e sababuuji mum.
 Jeertinde sattunde ko faati e warandirde juulɓe e fodande ɓe yiite.
 Hare(hamre) hakkunde juulɓe fawiinde e goongo naataani e ngool kulɓingol, hono haɓde e bewɓe e bonnooɓe.
 Baɗɗo bakkaat mawɗo waɗatah joom mum heefarinde; sabu Nelaaɗo innarii haɓɓe ɓe juulɓe.
 Si juulɓe ɗiɗa mbarandirii e kala laawol ngol warngo ngo woniri, gooto o wari goɗɗo o barɗo e baraaɗo o fof ko yiite naatata, innude jaasi e hadiis he ko tottirde yeru tan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Diine ko laaɓal reedu</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Ittaama e Tamiim Addaarii yo Alla wele mbo (yo allah  yardo 
 he  makko) wonde Annabi yo jam e kisal ngon e makko maaki:(o wii) " Diine ko laaɓal reedu" Min mbi'i : ko ngam hombo? O maaki(owii):" ko ngam Alla e deftere makko nde e Nelaaɗo makko o e ardiiɓe juulɓe e ardaaɓe ɓe'.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko habrii wonde diine fawii ko e laɓɓinde e gooŋɗude, haa mba waawa tottireede no Alla waɗɗiniri nih, tawa hombo timmi ko aldah e raɓɓiɗinaade wollo fuuntude.
 Nelaaɗo yo jam e kisal ngon e mum wi'aa: Hombo laaɓaneede reedu wonanta?
 Gadanel ngel: Laaɓirande Alla Ceniiɗo Toowɗo reedu: Laɓɓinande mbo golle, e waasde renndinde mbo e goɗɗo, o gooŋɗina Allayan-kaagal makko e wonde mbo dewateeɗo e inɗe makko e sifaaji makko, e mawninde fiyaaku Makko, e noddude faade e gooŋɗinde mbo.
 Ɗimmel ngel: Laaɓande deftere makko nde ndeen woni Quraana tedduɗo o: Ɗuum woni fiɓde konde haala Alla, e sakket defte makko, e wonde kombo momtuɗo denndaangal sariyaaji gadiiɗi, mawninende nde, njanngennde no haaniri nih, ngolliren aayeeje laaɓtuɗe firo, njaɓen ɗe laaɓtaani firo, ndiiwten taawiilaaji wooñiiɓe, teskoɗen waajuuji mammbo, e sarde gannde mammbo, e noddude faade e mammbo.
 Tataɓel ngel: Laavande (labaabande)Nelaaɗo Makko Muhamadu yo o his: Ɗuum woni nde piɓaten ko kaŋko woni cakkatiiɗo e Nelaaɓe, ngooŋɗinen ko o addi ko, ciinen ko o yamiri ko, ngoɗɗoɗen ko o haɗi ko, mbaasen rewirde Alla si wonah ko o addi ko, mawninen fodde makko, teddinen mbo, caren noddaandu makko e sariya makko, ndiiwtanen mbo tuumo.
 Nayaɓel: Laaɓande almameeɓe juulɓe:(yesobe alsilambe) Ɗuum woni walludeɓe e goongo, e waasde fooɗondir- de e maɓɓe, e nande e ɗoftaadeɓe sabu ɗuum ko e ɗoftaade Alla jeya,
 Joyaɓel ngel: Laaɓande juulɓe: Ɗuum woni moƴƴude e maɓɓe e noddaandu maɓɓe, e waasde ɓe lorde, e yiɗandeɓe jam, e wallandir- de e maɓɓe ka ɗiggere e kulo Alla.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Yamirde laaɓande reedu fof en.
 Mawnude daraja laaɓal reedu nder diine.
 Diine ina soomi piɓle e bolle e golle.
 Ina jeya e laaɓal reedu laɓɓinde fittaandu(yonki) e puunti wonande laaɓanteeɓe reedu e yiɗde moƴƴere wonande mbo.
 Moƴƴude ganndingol Nelaaɗo sabu fuɗɗorde ko muma refti o feñciti.
 Fuɗɗororde ko himmi e ko ɓuri himmude, ɗuum saabi Nelaaɗo yo jam e kisal won e makko fuɗɗori laaɓal wonande Alla, refti deftere makko refti Nelaaɗo makko refti Almameeɓe juulɓe refti juulɓe heynaaɓe ɓe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Pellet ko dagii ina ɓanngi ko harmi kadi ina ɓanngi</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Ittaama e Nuumaan Ɓiy Basiir yo Alla wele mbo(yo  allah  yardo  he  makko)o wii: Mi nanii Nelaaɗo yo jam e kisal won e ina maaka-Nuumaan waɗi feɗeendu mum e nofru makko-: " Pellet ko dagii ina ɓanngi ko harmi kadi ina ɓanngi, ina e hakkunde majji geɗe jiɓiiɗe heewɓe e yimɓe nganndaaɗe, kala mbo reenti jiɓiiɗe ɗe o hisnii diine makko e nguru makko, kala janɗo e jiɓiiɗe ɗe o yanii e ko harmi, hono gaynaako gonɗo e sera reenaande hombo ɗesa   durnude heen, kala laamɗo ina jogii reenaande, woni reenaande Alla ko geɗe ɗe O harmini, ko noon tigi ina e ɓanndu husre sinde moƴƴii ɓanndu fof moƴƴa sinde bonii ɓanndu fof moƴƴa, ko ndeen woni ɓernde".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Nelaaɗo yo jam e kisal ngon e makko ina ɓanngina laawol kuuɓtadinngol e geɗe(kojje), e sariya ɗeen geɗe ina peccii pecce tati: ko ɓanngi dagagol mum e ko ɓanngi karmugol, e geɗe jiɓiiɗe ɗe ñaawoore mum laaɓaani mbela ina dagii wollo ina harmi, heewɓe e yimɓe nganndah ñaawoore mum.
 Kala gaccuɗo ɗeen (kojje)geɗe jiɓiiɗe diine mum hisara woɗɗitaade yande nder ko harmi, nguru mum hisa e haala yimɓe aybinooɓe mbo sabu fawñaade mbo ndeen jiɓiinde. Kala mbo woɗɗitaaki jiɓiiɗe ɗe o aarndi fittaandu makko yande e ko harmi, wollo yimɓe njuwa nguru makko. Nelaaɗo Alla yo jam e kisal ngon e makko tottiri yero oon janoowo e jiɓiiɗe o nanndidini mbo e gaynaako gaynoowo e sara leydi ndi jom hendi waɗandi reenaare, jawdi gaynaako o ina ɗeɓa durde sera mum, ko noon baɗoowo ko jiɓii, oon o ɓadoto ko harmi hombo ɗesa yande heen. Caggal ɗuum Nelaaɗo yo jam e kisal ngon e makko habri wonde husere(ɓernde) ina e nder ɓanndu sinde moƴƴii ɓanndu fof moƴƴa sinde bonii ɓanndu fof bona.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Reerɗinde woppude ko jiɓii, ko ngannduɗa ñaawoore mum laaɓaani.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4314</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Alla winndi moƴƴinde(bodengi) e kala huunde</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Ittaama e Saddaad Ɓiy Awsu yo Alla wele mbo(yo allah  yardo  he  makko)o wii: Geɗe ɗiɗe mi reeniiɗe e Nelaaɗo yo jam e kisal won e makko o wii: Alla winndi moƴƴinde(bodengi) e kala huunde, si on mbarii moƴƴinee (boonnee)bargol si on kirsii moƴƴinee(boonnee) kirsugol, yo gooto e mon welnu laɓi makko, yo o fooftin hirsaande makko.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde Alla waɗɗinii e men moƴƴinde e kala huunde, moƴƴinde woni: Waɗtorde Alla ko duumi, ka rewde Mbo e waɗde moƴƴere e accude lorde tagaaɓe ɓe, ina e ɗuum moƴƴinde ka bargol e kirsugol.
 Moƴƴinde (bo oniki)bargol saanga yoɓtaade woni: suɓaade laabi ɓurɗi newaade e hoyde e ɓurɗi yaawde ittude fittaandu wonande barateeɗo o.
 Moƴƴinde(booniki) ka kirsugol woni: Newnande ko hirsete ko e welnude laɓi kirsirki ki, ki waasa welneede e yeesa ko hirsatee ko tawa hoɗum ndaara ki, ko hirsatee ko waasa hirseede e yeesa dammi goɗɗi ɗi.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Yurmeende Alla e newuya Makko e winndere he.
 Moƴƴinde(booniki) bargol e kirsugol wonirta ko e mbaadi njaadundi e sariya.
 Timmude sariya e soomde mbo kala moƴƴe- re, ina e ɗuum yumaade e newanaade kullele ngel.
 Haɗde muusnude e neɗɗo caggal warde mbo.
 Harminde kala ko leɓtata kulle.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>pellet Alla winndii moƴƴi e bonɗi, refti O ɓanngini ɗuum, kala mbo himmi waɗde moƴƴel o gollaani ngel o winndene moƴƴel timmungel, si o himmarii waɗde ngel o waɗi ngel o Alla winndana mbo moƴƴi sappo haa e cowe teemedde jeeɗiɗi sowre, haa e cowe keewɗe, kala kimmuɗo e waɗde gootel bonngel o waɗaani ngel o winndane moƴƴel gootel, si o waɗii ngel noon o winndane bonngel gootel</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>Ittaama e Ibnu Abbaas yo Alla weleɓe:(yo  alla  yardo  he  mabbe)) Ittaama e Annabi yo jam e kisal ngon e makko ko o habrata ummaade e Joom makko o maak(owii)i: pellet Alla winndii moƴƴi e bonɗi, refti O ɓanngini ɗuum, kala mbo himmi waɗde moƴƴel o gollaani ngel o winndene moƴƴel timmungel, si o himmarii waɗde ngel o waɗi ngel o Alla winndana mbo moƴƴi sappo haa e cowe teemedde jeeɗiɗi sowre, haa e cowe keewɗe, kala kimmuɗo e waɗde gootel bonngel o waɗaani ngel o winndane moƴƴel gootel, si o waɗii ngel noon o winndane bonngel gootel"</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Nelaaɗo yo jam e kisal ngon e makko ɓannganii wonnde Alla hoddarii moƴƴi e bonɗi refi O holli Malaykaaji ɗi mbinndirtaɗi:
 Kala paalaaɗo o faandi o felliti waaɗde moƴƴere o wwinndanee moƴƴere wootere hay si o gollaani nde, si o golliinde noon o sowenee ɗum laabi sappo haa cowe teemedde jeeɗiɗi haa e cowe keewɗe, ɓeydeede nde fawii ko e laɓɓingol ɓernde e yawtinde nafoore e ko nanndi e ɗuum.
 Kla paalaaɗo o faandi o felliti waɗde bonannde kono o waɗaani nde o winndene moƴƴere wootere, si o acciinde ngam waasde waɗde sababuuji mannde o winndantaake hay dara, si o accii ɗuum ngam roŋkere o winndene anniya makko, si o gollinde o winndane bonannde wootere.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Ɓannginde ɓural Alla e ngol leñol e sowande mbo moƴƴi e winndude ɗi ka Makko, e waasde sowde bonɗi.
 Himmude anniya e golle e batte hembo.
 Ɓural Alla e newuya makko e moƴƴere makko nde O winndata moƴƴere wonande jiɗɗo waɗde moƴƴere hay si o waɗaani nde Alla winndanat mbo moƴƴere.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4322</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Pellet Alla ndaaratah faade e mbaadiiji mon(sora bali mon) wonah faade e jawɗe mon, kono o ndaarata ko ɓerɗe mon e golle mon</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e makko o wii: Nelaaɗo Alla yo jam e kisal ngon e makko maaki:(owii) " Pellet Alla ndaaratah faade e mbaadiiji mon(sora bali mon) wonah faade e jawɗe mon, kono o ndaarata ko ɓerɗe mon e golle mon".</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Annabi (jam he kisinam won he makko)ɓannginii wonde Alla ndaaratah mbaadiiji jiyaaɓe e ɓalli maɓɓe, mbela koɗi jooɗɗi wollo bonɗi ŋari? Mbela koɗi mawɗi wollo koɗi tokoosi? Wollo koɗi celluɗi wollo koɗi ñawɗi? O ndaarathah faade e jawɗeele mon, mbele ko ɗe keewɗe wollo koɗe setta? Alla haasbortaa- ko jiyaaɓe makko ceertugol ɗe geɗe, kono O ndaarata ko woni e ɓerɗe jiyaaɓe makko e hulol e yaneede, e gooŋɗude, e laaɓde, wollo faandaade yeengo wollo naneede, O ndaarat faade e golle maɓɓe wonde ɗe moƴƴe wollo bonɗe; O barjaɗe O yoɓa ɗe.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Toppitaade moƴƴinde ɓernde, e laɓɓinde nde e kala sifa ñiŋaaɗo.
 Ɓernde moƴƴirta ko laɓɓinde, golle moƴƴirta ko rewde Annabi, ko ɗum woni ko ndaarete ka Alla.
 Aade fotaani hoomtaraade e jawdi makko wollo njooɗndam makko wollo ɓanndu makko wonah hay huunde e ɗe geɗe aduna.
 Reentinde e wuuraade e geɗe ɓannguɗe gaa e moƴƴinde nder.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>pellet golle pawii ko e anniyaaji</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Ittaama e Umar Ɓiy Khaɗɗaab yo Alla wele mbo(yo allah  yardo  he  makko  )o wii: Nelaaɗo yo jam e kisal ngon e makko maaki:(o wii) " Pellet gollet golle pawii ko e anniya, kala neɗɗo ina woodani ɗum ko o annayii ko, kala perɗo ngam Alla e Nelaaɗo makko fergo makko ko fa'i ko e Alla e Nelaaɗo makko, kala mbo feri ngam yiɗde heɓde aduna wollo ngam debbo mbo o resata, fergo makko ngo ko ferani ko" arii e konngol Bukaari:" pellet golle pawii ko e anniyaaji".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Annabi ina ɓanngina wonde golle teskirte ko anniya, nde ñaawoore ko huɓtadinnde den- ndaangal golle dewe Alla e gollondire, kala paandariiɗo e gollal makko nafoore o dañatah si wonah ndeen nafoore kono wonah baraaje, kala paandariiɗo e gollal makko ɓallaade Alla o heɓiraɗe baraaje e njoɓdi hay si wonii ko golle gaadaraaɗe, hono ñaamde e yarde.
 Refti Nelaaɗo yo o his fiyii misaal ngam ɓannginde battinde anniya e dow golle wondude e fotde ɗe e mbaadi peeñndi, o holli wonde oon perɗo acci nokku makko ngam ɗaɓɓude weluya Joom makko, oon fergo mum ko fergo sariya njaɓaako ko o dañata baraaje ngam sellude anniya makko, oon paandiiɗo e fergo makko nafoore aduna, hono jawdi e koongu, wollo njulaagu, wollo debbo, o heɓatah si wonah nafoore nde o annayii nde, kono geɗal alanaa mbo e baraaje e njoɓdi.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Hirjinde faade e laɓɓinde, Alla jaɓatah e golle si wonah ɗaɓɓiraaɗe yeeso Alla.
 Golle ɓallortrɗe Alla si kellifaaɗe waɗiiɗe e laawol aada ɗeen ngalah baraaje haa golluɗo faando heen ɓallaraade Alla.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>Islaam woni kode deweteeɗo e goongo alah si wonah Alla, e wonde Muhamadu ko nelaaɗo Alla, ñiiɓnude juulde, tottira askal(jakka)
 koora lewru koorko, (koorka)kajjaya ka suudu Alla to laawol si a hattanii</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Ittaama e Umar Ɓiy Khaɗɗaab yo Alla wele mbo (yo allah  yardo  he  makko  )o wii: Nde min njooɗino ka (to)Nelaaɗo ñalawma gooto haa gorko gooto mbo comci( kolte) daneeji tal(tar), sukundu(gaasa) ɓaleeru(baleeha tik) korum ƴellitii e amen, batte ɗatngal yi'etaake e makko, hay gooto e amen anndaa mbo, haa o jooɗi e sara Nelaaɗo, o tuggi koppi makko ɗi e koppi makko, o fawi newe makko e dow buse makko, o wii: Aan Muhamadu habram ko woni Islaam, Nelaaɗo maaki(o wii):" Islaam woni kode deweteeɗo e goongo alah si wonah Alla, e wonde Muhamadu ko nelaaɗo Alla, ñiiɓnude juulde, tottira askal(jakka)
 koora lewru koorko, (koorka)kajjaya ka suudu Alla to laawol si a hattanii" o wii : A haalii goongo, min kaawa hombo naaɓnoo mbo, hombo gooŋɗina mbo, o wii: habram ko woni Iimaan? O maaki:" konde ngooŋɗinta Alla e malaykaaji maakko e defte makko e nelaaɓe makko, ñande darngo, e hoddira ko moƴƴi heen e ko boni heen, o wii: a gooŋɗi, o wii: habram ko woni moƴƴinde, O maaki:" kode ndewataa Alla ellee haɗa yi'a Mbo, hay si a wonii a yi'ataa Mbo Kaŋko kam hombo yii ma" o wii : habram ñande darngo darato, O "maaki: " naaɓnaaɗo o ɓuraani naaɓniiɗo o anndude" o wii: habram maandeeji hembo, O maaki:" kode korɗo jibinta laamɗo makko, e nde nji'ata momsotooɓe holɓe waasɓe aynooɓe dammi ina ɓurdandira toowde kuɓeeje" refti o fokkiti, o wii: ñiiɓmi dumunno setta, O maaki(o wii) :" aan Umar mbela haɗa anndi naaɓnatonooɗo o?" mbiimi ko Alla e Nelaaɗo makko ɓuri anndude, O maaki(o wii): " ko Jibriil ari e mon ina anndina on geɗe diine mon".</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>Umar(by kaataab yo Alla  yardo  he  makko)ina habra wonde Jibrii(kici nam dow makko)l yaltii e Sahabaa- ɓe he e mbaadi gorko mbo anndaaka, ina e sifaaji makko comci (kolte)mum ko daneeji tal, (tar)sukundu (gasa)makko ko ɓaleeru kurum, batte ɗatngal yi'taake e makko hono tampere, e punndi, e saraade sukundu, e tunwude comci, hay gooto anndaano mbo e tawanooɓe he, ndeen hoɓe njooɗi ka Nelaaɗo, o jooɗi yeeso Nelaaɗo hono janngoowo nih, o naaɓnii mbo islaam, O habri mbo jookli islaam coomɗi seedeeji ɗiɗi e reende juulɗeele joy ɗe e totttirde askal, e hoorde lewru koorko ndu, e tottirde farilla hajju wonande oon kattanɗo.
 Naaɓniiɗo o wii: A gooŋɗii, Sahabaaɓe ɓe kaawa e naaɓnal makko tinndinatngal waasde anndude ko feeñi ko e gooŋɗinde naaɓnateeɗo o.
 Refti o naaɓnii mbo ko woni Iimaan, o jaabii mbo ɗi jookli Iimaan jeegom coomɗi gooŋɗinde goodal Alla e sifaaji Makko, e teelɗinande Mbo golle Makko hono tagde, e teelɗinande Mbo dewal, e wonde Malaykaaji ɗi O tagiri ɗii annoore koɗi jiyaaɓe Alla teddinaaɗi ɗi ngoopatah Alla koɗi ciinooji jamirooje Alla, e gooŋɗinde defte tellinaaɗe ɗe e Nelaaɓe ka Alla ɗe ummii, hono Quraana e Tawreeta, e Injiil e ko wonah ɗe, e gooŋɗinde Nelaaɓe yottinanooɓe Alla diine Makko o,  ina e heɓe Nuuhu e Ibraahiima e Muusa, e Iisa e sakket maɓɓe Muhamadu yo kisal won e maɓɓe, e ɓe ngonah ɓe e Annabaaɓe e Nelaaɓe, e gooŋɗinde ñalawma cakkatiiɗo, ina naata e ɗuum ko woni caggal maayde e yenaande e nguurndam Barjak, e wonde neɗɗo ina ummintine o haasbe golle makko, battane makko ngono aljanna wollo yiite, e gooŋɗinde Alla hoddarii geɗe hono no idarii e ganndal Makko e ñeeñal Makko e winndude Mbo ɗuum, e haajaande Makko, e yande huunde nde no O hoddiri nde nih, e no O tagri nde. Refti o naaɓnii mbo Ihsaan(moƴƴinde), o jaabii mbo konde o rewata Alla elle hombo yi'a mbo, si o waawah yottaade daraja yiide Alla, yo rew Alla o annda Alla ina seedoo mbo, tolnde adanere ndee woni tolnde seedaade, ko ndeen ɓuri toowde, ɗimmɗre nde woni tolnde horde.
@@ -1449,86 +1449,86 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Moƴƴude jikku Nelaaɗo sabu ko O jooɗdotono ko e Shabaaɓe kamɓe ne ɓe njooɗdo e Makko.
 Sarayineede newanaade naaɓnatooɗo e ɓallinde mbo, haa o waawa naaɓnaade tawa o fiɓaaki o hulaani.
 Needi wondude e jannginoowo hono no Jibriil waɗiri nih, ɗo o jooɗi e yeeso Nelaaɗo jonnde nehiiɗo ngam ƴettude e makko.
 Doosɗe islaam ko joy, asliiji Gooŋɗingol - iimaan- ko jeegom.
 Si Islaam renndi e Iimaan islaam firdate ko geɗe ɓannguɗe, iimaan firde geɗe birniiɗe.
 Hollirde wonde diine ko darajaaji ɓurandirɗi, daraja gadana o woni Islaam, ɗimmo o woni Iimaan, tataɓo o woni Ihasaan, ko kammbo ɓuri toowde.
 Woni asli e mas'alaaji ko waasde anndude, majjude duñata e naaɓnal, ko ɗuum waɗi Sahabaaɓe ɓe kaawa e naaɓnagol makko e gooŋɗinde mbo.
 Fuɗɗoraade ko ɓuri himmude refti ko rew heen; sabu o fuɗɗorii ko seedenfaaji ɗiɗi e firde islaam, gooŋɗinde Alla fuɗɗora ka pirgol iimaan.
 Naaɓnaade yimɓe ganndal ko naaɓniiɗo majjaani, ngam o anndina goɗɗo.
 Ko Alla heerorii ganndal daraade darnga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4563</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>woto tikku</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allahyardo he makko): Gorko gooto wi'ii Nelaaɗo: Nelaaɗo wasiyo mi, O maaki(owii):"  woto tikku" o filli ɗum o wii:" woto tikku".</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Gooto e Sahabaaɓe (allah  yardo he mabbe)ɗaɓɓii e Nelaaɗo nde o tinndanta mbo huunde nafoore mbo, O yamari mbo woto o looɓ, maana ɗum noon ko reentaa- de sababuuji gaddooji looɓre, e yo o teeru fittaandu makko si ko tikkinta yanii e makko, woto o doonoro tikkere makko nde warde wollo fiyde wollo ƴattaade e ko nanndi e ɗuum.
 Gorko o fillii ɗaɓɓude wasiya o, Nelaaɗo ɓeydaani mbo wasiya si wonah woto looɓ".</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Reentinde looɓre e sababuuji mum, sabu ko ɗuum woni ko renndini bone, reentaade ɗuum noon renndini jam.
 Tikkere ngam Alla hono sekde si hurmaaji Alla kuñcaama ko e tikkere moƴƴere jeyaa.
 Fillaade haala saanga haajareede haa keɗiiɗo faama o annda himmude ɗuum.
 Ɓural ɗaɓɓude wasya ummaade e ganndo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Woto lor(torra) woto lore,(torrode) kala lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Ittaama e Abi Sa'iid Al Khudarii yo Alla wele mbo(yo allah 
 yardo  he  makko  ) wonde Nelaaɗo yo jam e kisal won e makko maakii:(o wii) "Woto lor(torra) woto lore,(torrode) kala lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ɓannganii wonde ina waɗɗii dude lorla e nooneeji ceertu- ɗi e fittaandu e woɓɓe, daganaaki hay gooto lorde fittaandu mum wollo fittaandu goɗɗo go.
 O fotaani duñirde lor lorde goɗɗo; sabu lor ittirtaake lor tawi wonaa ko e mbaadi njoɓtiigu tawa aldah e yawtude keerol.
 Refti Annabi holliri fodoore sattunde loreedeoon  oon loroowo yimɓe, e sattinaneede oo  cattinanoowo yimɓe.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
@@ -1536,327 +1536,327 @@
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Haɗeede yoɓtaade ko ɓurti.
 Alla yamiraani jiyaaɓe makko ko inaɓe lorla.(torra)
 Harminde lorde (torode)e lorleede ka konngol wollo golle wollo accude.
 Njoɓdi ko e leñol gollal fawi, kala lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo.
 Ina doosɗe sariya: " lorlo ittete(torra ittete)" sariya jaɓatah lorlo(torra), hombo yedda lorlude.(torrode)</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[صحيح بشواهده]</t>
   </si>
   <si>
     <t>[رواه الدارقطني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Si on mbakkalinoomo e Alla tigi tigi(he gonga), ma O yeɗ mon no o yeɗrata ndiwri, ndiwri ndawndi hondi ɗehii ndi jofta hondi haari</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Ittaama e Umar Ɓiy Khaɗɗaab yo Alla wele mbo(yo allah 
 yardo  he  makko) wonde o nanii Nelaaɗo yo jam e kisal won e makko ina maaka(wii a): " Si on mbakkalinoomo e Alla tigi tigi(he gonga), ma O yeɗ mon no o yeɗrata ndiwri, ndiwri ndawndi hondi ɗehii ndi jofta hondi haari".</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina hirjina men nde mbakkiltaɗen e Alla ko faati e fooɗde nafooje e duñde lorooji e nder geɗe men aduna e diine, alah okkoowo wollo kaɗoowo wollo loroowo wollo nafoowo mbo wonah Alla Toowɗo O. E de mbaɗaten sababuuji pooɗooji nafooje duñooji lorooji wondude e gooŋɗude bakkilagol e Alla, kala nde mbaɗɗen noon Allla yeɗa men hono no O yeɗrata ndiwri ndawoori subako hondi heyɗi ndi arta kikiiɗo reedu mayri ina heewi, ɗe golle ndiwri ko noone e nooneeji yaade ngam ɗaɓɓude arsuko, wonah wakki kinaade wollo ngaameela.(yande)</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Ɓural wakkilaade, e wonde wakkilaade ko e sababuuji ɓurɗi mawnude e waawde addude arsuko.
 Wakkilaade riiwtaani gollude sababuuji, sabu o hollii wakkilaade tigi weñandiraani e dawde e hirndude ngam ɗaɓɓude arsuko.
 Sariya ina himmiri golle ɓerɗe; sabu wakkilaade ko gollal ɓerndeyankeewal.
 Yowitaade e sababuuji tan ko ustaare diine, accude sababuuji ko ustaare hakkille.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4721</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>eehey mon jiyaaɓe am pellet Mi harmanii tooñannge e fittaandu Am, mbaɗ Mi ɗuum koko harmina e hakkunde mon, wotee tooñandiree</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Jarri Al Giffaari yo Alla wele mbo(yo allah yardo he makko): Ummiima e Annabi yo jam e kisal ngon e makko ko habrata ummaade e Alla Toowɗo O daali(owii):" eehey mon jiyaaɓe am pellet Mi harmanii tooñannge e fittaandu Am, mbaɗ Mi ɗuum koko harmina e hakkunde mon, wotee tooñandiree, onon jiyaaɓe Am onon fof ko on majjuɓe ɗaɓɓe e Am peewal Mi feewna on, onon jiyaaɓe Am onon fof ko on heyɗuɓe si wonah mbo kaarnu Mi, ɗaɓɓee e Am ñaamdu Mi ñammina mon, onon jiyaaɓe Am onon fof ko on holɓe si wonah mbo koltin Mi, ɗaɓɓe e Am koltu Mi holtina mon, onon jiyaaɓe Am onon fof hoɗon ngoopo jemma e ñalawma, ko Miin yaafatoo bakkatuuju ɗi fof, njaafnee kam Mi yaafo mon, jiyaaɓe Am on mbaawah kam lor sabu loron Mi, on mbaawah kam naf sabu nafon Mi, jiyaaɓe Am si ardiiɓe mon e watta- ndiiɓe mon e yimɓe mon e jinneeji mon ngonii e ɓernde gorko ɓurɗo hulde Alla ɗuum ɓeydatah e laamu Am hay huunde, jiyaaɓe Am, si ardiiɓe mon e sakkatiiɓe mon e yimɓe mon e jinneeji mon ngonii e ɓernde gorko ɓurɗo  faajiraagal, ɗuum ustatah e laamu Am he hay huunde, jiyaaɓe Am si adiiɓe mon e sakkatiiɓe mon e yimɓe mon e jinneeji mon ngonii e ndingiral gootal ɓe ñaagii Mi okkumi gooto kala ko ñaagii ko ɗuum ustatah hay huunde ko njogii Mi ko si wonah ko ceeɓeendi meslatal waawi ustude ko si naatnaama e maayo, jiyaaɓe Am ɗuum ko golle mon ɗe tonnganat Mi mon, kala keɓɗa heen jam yo o yettu Alla, kala dañɗa heen ko wonah jam woto o ñiŋ mbo wonah hoore makko".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko hillorii wonde Alla harmanii tooñannge e hoore Makko, O waɗi tooñannge ko ko harmina hakkunde tagu makko he, hay gooto woto tooñ goɗɗo o. E wonde winndere nde fof ko majjunde laawol goongo si wonah mbo Alla feewni, kala ñaagiiɗo Alla, Alla okka mbo kawraangal O feewna mbo. E wonde tagoore nde  kowaasnde hatajinnde e Alla e fiyakuuji mayre fof, kala ñaagiiɗo Alla O humtana mbo haaju makko. E wonde hoɓe mbakkadina jemma e ñalawma, Alla suuraɓe yaafooɓe siɓe ɗaɓɓariiɓe ɗuum. E wonde ɓe mbaawah lorde Alla wollo nafde mbo hay huunde. e wonde siɓe ngonno kamɓe e ɓernde gorko ɓurɗo hulde Alla ngool kulol Alla ɓeydatah e laamu Alla he hay huunde. siɓe ngonno e ɓernde gorko ɓurɗo wonde faajiir, ngaal faajiraagal ustatah e laamu Alla he hay huunde, sabu koɓe lohɓe hatajinɓe e Alla ka kala fiyaaku e kala jamaanu, ko kanko woni jonndaniiɗo. siɓe ngonii e nokku gooto, yimɓe maɓɓe e jinneeji maɓɓe, idiiɓe ɓe e sakkatiiɓe ɓe hoɓe naaɓno Alla O okki gooto e maɓɓe fof ko o naaɓnii ko, ɗuum ustatah ko Alla jogii ko hay huunde, hono meslal si naatnaama e maaya ngal yaltina ɗuum ustatah e maaya he hay huunde, ɗum ko ngam timmude ngalu Alla Ceniiɗo O.
 Alla Toowɗo o hombo reena golle jiyaaɓe O tonngaɗe, refti o yoɓaɓe ñande darnga, kala keɓɗo heen njoɓdi moƴƴiri yo o yettu Alla e kawraangal makko, kala keɓɗa ko wonah ɗuum woto o ñiŋ si wonah fittaandu makka yamiratndu bonannde ɗowndu mbo faade e perte.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>O hadiis woni mbo habri mbo jam e kisal ngoni e makko ummaade e Joom makko, ɗum ko Hadiis Qudsii wi'te wollo Al ilaahi, ɗuum woni ko wowlaandu mum e maana mum itta ka Alla, O hadiis alah keeriiɗi Quraana oon mbo nan-  ndaani e hay huunde, ka rewrude mbo Alla e janngugol mbo e laaɓde saanga janngude mbo e dikkaraade mbo e roŋkinde mbo woɗɓe e ko wonah ɗuum.
 Ganndal e peewal ngal yimɓe ndañata, ko ka Alla ummoto.
 Kala ko heɓi jiyaaɗo e moƴƴere ko e ɓural Alla, kala ko heɓi mbo e bonannde ko e fittaandu makko e belaaɗe makko.
 Kala moƴƴinɗo ko ɓural Alla, njoɓdi makko ko ɓural Alla jettooɗe ngoodanii mbo, kala bonnuɗo woto o fel si wonah fittaandu makko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>aan cukalel, pellet mami anndin ma konngi, reen Alla  O reen ma, reen Alla tawaa Mbo sera ma, si haɗa ñaago ñaaga Alla, si haɗa wallikino wallakina Alla(si e dabiti balla dabbitin he allah),</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>Ittaama e Ibnu Abbaas yo Alla weleɓe(yo allah  yardo  he  mabbe)o wii: Mi woniina caggal Nelaaɗo Alla ñalawma gooto, O maaki (o wii): " aan cukalel, pellet mami anndin ma konngi, reen Alla  O reen ma, reen Alla tawaa Mbo sera ma, si haɗa ñaago ñaaga Alla, si haɗa wallikino wallakina Alla(si e dabiti balla dabbitin he allah),, anndu si leñol ngol fof renndii ngam ngol naf ma huunde, ɓe nafataa ma si wonah ko Alla winndan ma ko,  siɓe kawrii ngam ɓe lor ma, ɓe lorataa ma si wonah ko Alla winndan ma ko, kuɗi ɓamtaama , ɗereeji cojjii".</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibnu Abbaas ina habra wonde ko o suko o wonno hombo waɗɗadii e Annabi yo o his, Oon maakani mbo: pellet mbeɗa anndin ma geɗe ɗe Alla nafirat ma:
 Reenru Alla siinude jamirooɗe makko e reen-taade kaɗaaɗe makko, o tawma e ɗoftaare e geɗe ɓallinooje Alla, O tawataa ma e goopi e bakkatuuji, si a waɗii ɗuum njoɓdi ma wona reeneede e boneeji aduna e laakara, Alla wallu ma e haajuuji ma kala ɗo paandiɗa.
 Si a faalaama ñaagaade  hunde, ñaaga Alla tan sabu ko kanko tan jaabato ñaagatooɓe.
 Si a faalaama ballal woto wallakino mbo wonah Alla.
 Yanane a heɓatah nafoore si yimɓe leydi ndi fof ndentii ngam nafde ma si wonah ko Alla winndan ma ko, a heɓatah lorla si yimɓe aduna ɓe fof ndentii ngam lorde ma si wonah ko Alla hoddiri ko e dow ma.
 O fiyaaku Alla winndii mbo O hoddari mbo fotde ñeeñal makko e ganndal makko hay gooto waylata ko Alla winndi ko.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Himmude anndinde sukaaɓe e famarɓre fiyakuuji diine e neediiji e ko wonah ɗuum.
 Njoɓdi fawii ko e leñol golle.
 Yamiraama fawaade e Alla, e wakkilaade e makko tan, ko kanko woni bakkilteeɗo moƴƴo.
 Gooŋɗinde ñaawoore e hoddire e weleede ɗuum, e wonde Alla hoddiri kala huunde.
 Kala jeebiiɗo yamiroore Alla? pellet Alla yeeboo mbo te O reenataa mbo.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[رواه الترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4811</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>jiyaaɗo Am bakkadnii bakkaat, o wii: Aan Alla yaafo mi bakkaat am o</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah yardo he makko): Ittaama e Annabi ko o siimtata( ko o filloto ) ummaade e Joom makko(mikko), o daal( o wii )" jiyaaɗo Am bakkadnii bakkaat, o wii: Aan Alla yaafo mi bakkaat am o, Alla daali: jiyaaɗo Am bakkadinii bakkat o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkatuujin hombo nanngira bakkaat, refti o ruttii o bakkadini, o wii: Aan joom am yaafo mi bakkaat am, Alla daali: jiyaaɗo Am bakkadinii bakkat, o anndi hombo jogii joomiraaɗo jaafatooɗo bakkaat, e nanngiroowo bakkat, refti o ruttii o bakkadini, o wii: Aan Joom am yaafo mi, Alla toowɗo O daali: jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkaat, nanngiroowo bakkaat, waɗ ko mbelaɗɗa Mi yaafiimo ma".</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra gaa e Joom makkoo wonde si jiyaaɗo bakkadi- nii refti o wii: Aan Joom am yaafo mi bakkaat am, Alla daala: jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkatuuji cuuroowo , wollo O leɓta, Mi yaafiimo mbo. Refti jiyaaɗo o ruttii o bakkadini, o wii: Joom am yaafo mi bakkaat am o, Joomiraaɗo daali: jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo, hombo suura mbo O yaafoo mbo, wollo O leɓta mbo, Mi yaafiimo mbo. Refti jiyaaɗo o ruttii o bakkadini, o wii: Joom am yaafo mi, Alla daali : jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkaat, O suura mbo, wollo O leɓta mbo, Mi yaafiima jiyaaɗo Am o, yo o waɗ ko o faala tawde kala nde o bakkadini o accat bakkaat o nimsa o fellita waasde ruttaade heen sabu fittaandu makko jaaloo mbo o yana e bakkaat laawol goɗngol, ɗoon ɗo hombo waɗa ko wa'i nih o tuuba ma mi yaafo mbo, sabu tuubde ina yirbina ko adii ɗum e bakkatuuji.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Yaacde yurmeende Alla sabu neɗɗo kala ko o bakkadini e kala ko golli si o tuubi o ruttii e Alla, Alla jaɓana mbo tuubuubuyo.
 Gooŋɗinɗo Alla joortoto yaafuyo Joom mum, o hula leɓte makko, o yaawno o tuuba tawa o duumotaako e goopol.
 Sarɗeeji tuubuubuya sellungo: ɗoofaade e bakkaat, e mimsude, e fellitde waasde ruttaade e bakkaat, si tawii ko ko faati e tooñanngeeji jiyaaɓe e jawdi wollo nguru wollo fittaandu, ɓeydete sarɗi nayaɓo oon woni ɗaɓɓude dagnaneede ummaade e jom hakke he, e tottude mbo hakke makko.
 Himmude anndude Alla ganndal baɗatngal jiyaaɗo anndude geɗe diine makko o tuubo si o woopi, o fiɓtataako o doonotaako e.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4817</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Pellet ɓeen nuunɗuɓe(adilibe) ka(to) Alla ɓe ngonata ko e Minbaruuji annoore, ka Ñaamo jurmotooɗo O? Juuɗe makko ɗe fof ko ñaamo</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ɓiy Amru yo weluyo Alla won e makko (mabbe)wii: Nelaaɗo yo jam e kisal won e makko maaki(o wii): " Pellet ɓeen nuunɗuɓe(adilibe) ka(to) Alla ɓe ngonata ko e Minbaruuji annoore, ka Ñaamo jurmotooɗo O? Juuɗe makko ɗe fof ko ñaamo, ɓeen nuunɗooɓe e ñaawoore maɓɓe e koreeji maɓɓe e koɓe keednaa ko".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde ɓeen ñaawirooɓe nuunɗal(kitortobe) e goongo hakkunde yimɓe wonɓe les njiimaandi maɓɓe e ñaawoore maɓɓe e koreeji maɓɓe, ɓe njooɗoto e jooɗorɗe toowɗe ɓamtiiɗe peewniraaɗe annoore, ngam teddinde ɓe ñande darngo. Ɗii Minbaruuji ɗi ka ñaamo Jurmotooɗo O, Juuɗe makko ɗe fof ko ñaame.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Ɓural nuunɗal(adilare) e hirjinde e nuunɗal.
 Nuunɗal(adilagal) ko ko huuftadini ina soomi denndaa -ngal njiimaandi e ñaawgol hakkunde yimɓe e nuunɗal hakkunde resandirɓe e sukaaɓe e ko wonah ɗuum.
 Ɓannginde tolnde nuunɗuɓe( wanginde darja ) ñande darngo.(darngal)
 Ɓurandirde galleeji yimɓe gooŋɗinɓe ñande darnga gooto fof ko fotde golle makko.
 Laawol reerɗinde ko e laabi noddugol ɗi noddateeɗo o reerɗinte e ɗoftaare.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4935</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Leñulam ngol fof (al omma on , tomate on)naatat aljanna si wonah caliiɗo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah 
 yardo  he  makko  ) wonde Nelaaɗo yo jam e kisal won e makko maaki(o wii): " Leñulam ngol fof (al omma on , tomate on)naatat aljanna si wonah caliiɗo", ɓe mbii: Aan Nelaaɗo Alla hombo salato? O Maaki: " ɗoftiiɗo Mi naata aljanna, goopɗo Mi o saliima".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde leñol mum(tomotte) fof naatat aljanna si wonah caliiɗo!
 Sahabaaɓe ɓe yo Alla weleɓe mbii hombo salato  Aan Nelaaɗo Alla?
 Mbo jam e kisal woni e makko jaabi: Oon ɗoftiiɗo Mi rewi e Am naata aljanna, oon goopɗo Mi o siinaani sariya o saliima naatde aljanna sabu golle makko bonɗe ɗe.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Ɗoftaade Nelaaɗo ko ɗoftaade Alla, woopde Mbo ko woopde Alla.
 Ɗoftaade Annabi ina waɗɗina aljanna woopde Mbo ina waɗɗina yiite.
 Weltinde ɗoftiiɓe e ngol leñol, e wonde kamɓe fof ko aljanna ɓe naatata si wonah  oon goopɗo Alla e Annabi makko.
 Njurum Nelaaɗo e leñol makko e reerɗude mbo e peewal maggol.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4947</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Jibriil seeraani ina wasiyoo koddiijo(kondo), haa cikku mi ma O ronin mbo</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Ittama e Ɓiy Umar yo Alla weleɓe(yo allah yardo he mabbe): Nelaaɗo yo jam e kisal ngon e mum maaki(o wii): " Jibriil seeraani ina wasiyoo koddiijo(kondo), haa cikku mi ma O ronin mbo".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e mum ina habra Jibriiml (jibriila)seeraani ina fillo in yamira mbo toppitaade koddiijo, (gondo)oon gonɗo sera galle makko, foti ko juulɗo wollo keefeero, ɓalliiɗo wollo goɗɗuɗo, e reende hakke makko e waasde lorde mbo, e moƴƴude e makko e muñde lorlo makko, haa o sikki sabu mawnide mbo hakke koddiijo e fillaade Jibriil ɗuum ma wahyu tello mbo totta mbo e jawdi koddiijo si o maayi caggal makko.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Mawnude hakke koddiijo e waɗɗaade reende mbo.
 Teeŋtanirde hakke koddiijo wasiya ina waɗɗina teddinde mbo e yiɗde mbo e moƴƴude e makko e duñande mbo lorla, e juuraade mbo si o ñawii, e ñaaganaade mbo si o heɓii ko weli, e muññitde mbo saanga o heɓi musiibo.
 No damal koddiijo ɓuri ɓalliraade fof hakke makko ɓura teeŋtude.
 Timmude sariya ko mbo addi ko moƴƴere e moƴƴude e hoddiiɓe e duñandeɓe lorlo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4965</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>moccugol majjiyankoɓez(talki) e gallaaɗi e baɗe baɗeteeɗe hakkunde resandirɓe ko sirku</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ɓiy Mas'uud yo Alla wele mbo(yo allah  yardo  he  makko)o wii: Mi nanii Nelaaɗo Alla yo jam e kisal ngon e makko ina maaka:(wi a) " moccugol majjiyankoɓez(talki) e gallaaɗi e baɗe baɗeteeɗe hakkunde resandirɓe ko sirku".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ɓanngini ɗee geɗe garooje gollude ɗe ko sirku; ina heen:
 Gadanel: Moccude: ɗuum woni haala ko majjiyankooɓe cafrorto coomko sirku.
 Ɗimmel: piɓi en e ko nanndi e gallaaɗi wollo ko waɗirte leɗɗe kirji ɗum haɓɓane sukaaɓe e kulle e ko wonah ɗuum ngam duñde yitere.
 Tataɓel: Tawliya ɗuum woni ko waɗate ngam resandirɓe njiɗandira.
 Ɗee geɗe ko e sirku njeya; sabu ko waɗde huunde sababaabu, te ɗum wonah sabaabu sariyaŋke tabatirɗo daliil, wonah kadi sabaabu co'eteeɗo tabatirɗo jaribaade. Tawi ko sababuuji sariyaŋkooji hono janngude Quraana, wollo sababuuji co'eteeɗi hono safaaraaji tabatirɗi jaribuya, ɗiin ina ndagii wondude e fiɓde koɗi sababuuji kono nafoore nde e lorlo o ummii ko e Junngo Alla.</t>
   </si>
@@ -1866,771 +1866,771 @@
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Reende tawhiid e fiɓnde ko bonnata ɗum ko.
 Harmude huutoraade yogo e moccugol  e talki e yogo ko addata gilli hakkunde resandirɓe ko yaadaani e sariya.
 Fiɓde nenɗɗo wonde ɗe geɗe tate ko sababuuji: ko sirku tokooso; sabu joom mum waɗii ko wonah sabaabu ko sabaabu, tawi ko fiɓde ɗuum ina nafa wollo lorlo e jaati majjum ko sirku mawɗo.
 Jeertinde gollude sababuuji sirku karminaaɗi.
 Harminde moccude e wonde ɗuum ko e sirku jeya tawi wonah ko woni heen ko dagii.
 Ɓernde haani ko yowitaade e Alla tan, haɗde lor e addude nafoore ko e Alla tan ummoto mbo alah denndadiijo O, jam aratah si wonah ummaade e Alla alah duñoowo bone kadi mbo wonah Alla Toowɗo O.
 Moccugol dagingol ngol ina soomi sarɗeeji tati: 1 :Fiɓde ko ngol sabaabu ngol nafath si wonah e sakkitoore Alla 2: de moccugol ngol wonirta Quraana e Inɗe Alla e Sifaaji Makko e ñaagule Annabiyaŋkooje dagiiɗe 3: Nde ngol wonata e ɗeɓngal paamangal tawa soomaani jiiki jaakaaji.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>mbela hoɗon nganndi ko woni ñoore?" ɓe mbii ko Alla Nelaaɗo makko ɓuri anndude, o maaki(owii):"ko jaŋtaade siɗɗo(sakike ma) ma ko o añi</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo( yo allah 
 yardo  he  makko) wonde Nelaaɗo yo jam e kisal won e makko maaki: " mbela hoɗon nganndi ko woni ñoore?" ɓe mbii ko Alla Nelaaɗo makko ɓuri anndude, o maaki(owii):"ko jaŋtaade siɗɗo(sakike ma) ma ko o añi", o wi'a: Tawi ɗuum ina siɗɗo(sakike) am he noo? O maaki tawi ɗuum ina e siɗɗo ma he a ño'ii mbo, tawi ɗuum alah e makko a fepandiima e makko".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra tigi tigi (hakika)ñoore harminaande, ndeen woni haalde e juulɗo ko o añi, foti ko e mbaadiiji mum tagu wollo jikku, hono: ɗokko puuntoowo, penoowo, e ko nanndi e ɗuum, e sifaaji ñiŋoore, hay si wonii ɗiin sifaaji ina e ño'aaɗo he.
 Si o sifaa alah e makko ɗum ɓuri sattude e ñoore, sabu ɗum ko fepindaade e neɗɗo ko alah e mum.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Moƴƴude ganndingol Annabi, sabu o tottirat mas'alaaji e mbaadi naaɓnal.
 Moƴƴude needi Wondiiɓe Annabi nde ɓe mbii: Ko Alla e Nelaaɗo makko ɓuri anndude.
 Wiide naaɓnaaɗo ko o anndah ko: Ko Alla ɓuri anndude.
 Reenirde sariya renndo ngo deengol hakkeeji e musidal hakkunde maɓɓe.
 Ñoore ina harmi si wonah yogo e alhaaliiji ngam maslaha, ina e ɗiin: duñde tooñannge, to tooñaaɗo o haalaa ko o tooña ko ka baawɗo nanngande mbo hakke makko, o wi'a: kaari tooñii kam, wollo o waɗii kam ɗum, ina heen kadi: diisnandireede ko faati e dewgal wollo e dental wollo e koɗdigal e ko nanndi e ɗuum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Aan Alla kala keettuɗo huunde e fiyaaku leñol(tomatte) Am ngol o sattanani ɓe sattin e dow makko, kala keettinaaɗo huunde e fiyaaku leñol Am(tomatte am ) he o newnani ɓe newnan mbo</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Ittaama e Aaysa yo Alla wele mbo(yo allah  yardo  he  makko)o wii: Mi nanii Nelaaɗo yo jam e kisal won e makko ina maaka(ina wii a ) e suudu am ndu: " Aan Alla kala keettuɗo huunde e fiyaaku leñol(tomatte) Am ngol o sattanani ɓe sattin e dow makko, kala keettinaaɗo huunde e fiyaaku leñol Am(tomatte am ) he o newnani ɓe newnan mbo".</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ñaagiima( nodde)e dow kala keettinaaɗo huunde e fiyaaku e fiyakuuji juulɓe foti ko famɗunde wollo ko mawnde, foti ko heettinaa ko ko kuuɓtadin ɗum, wollo ko keeriɗum, o naatni e maɓɓe satteende o newanaaki ɓe, Alla yoɓat mbo leñol golle makko O sattinana mbo.
 Kala newnanɗo ɓe o weeɓnani ɓe geɗe maɓɓe Alla newnana mbo weeɓnana mbo geɗe makko.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Ina waɗɗii kala keettuɗo e geɗe juulɓe nde o newnanta ɓe fotde baawɗe makko.
 Njoɓdi fawii ko e leñol golle.
 Peesirgal(etargal) ko teskote ko newuya wollo ko satteende woni ko luutndaaki Quraana wollo sunno.(e sunna)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Pellet worɓe ñaamooɓe jawɗe Alla ko aldah e goongo, yiite woodaniiɓe ñande darngo</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Ittaama e Khawlata Ansaariyaŋke yo Alla wele ɓe wiide : mi nanii Annabi yo jam e kisal ngon e makko ina maaka:(ina  wii a). " Pellet worɓe ñaamooɓe jawɗe Alla ko aldah e goongo, yiite woodaniiɓe ñande darngo".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko habrii yimɓe firlittooɓe e jawdi juulɓe e meere, ɓe nannga ndi ko aldah e goongo, ɗum ko maana kuuɓtadinɗo e jawdi ko faati e renndinde ndi e faggaade ndi ko aldah ko dagi, e nafqude ndi ɗo wonah nokku mum celluɗo, ina naati e ɗuum ñaamde jawdi alyatiima e jawdi Waqfu e jamfaade desnde e ƴettude jawɗe dentaaɗe e mbaadi ndi wonah goongo.
 Refti Annabi yo jam e kisal ngon e mqkko habri wonde njoɓdi ɓe ko naatde jaynge ñande darngo.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Jawdi ngonndi e juuɗe yimɓe ko jawdi Alla, ko Kaŋko lomtaniɓe ngam ɓe nafqa ɗum e laabi sariyankooji, ɓe ndeento firlitaade e hendi e mbaadi meere, ɗum ina huɓtadini laamiiɓe e laamaaɓe.
 Sariya ina sattini e jawdi ndenndaandi, kala desndaaɗo heen huunde ma o naaɓne ɗum ñande darngo ɗo o itti ɗum e ɗo o nafqi ɗum.
 Ina naati e nde fodoore hulɓaniinde kala pirlitagol ngol yaadaani e sariya e nder jawdi foti ko jawdi mum wollo ko jawdi goɗɗo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5331</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Alah jiyaaɗo mbo Alla ina reenna mbo ngaynanteeri, o maayi tawa hombo fuuntiɓe, si wonah Alla harmina mbo aljanna</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Ittaama e Maaqil Ɓiy Yasaar Al Mujnii yo Alla wele mbo( yo allah  yardo  he  makko)o wii: Mi nanii Nelaaɗo Allqa yo jam e kisal ngon e makko ina maaka(:ina wii a) " Alah jiyaaɗo mbo Alla ina reenna mbo ngaynanteeri, o maayi tawa hombo fuuntiɓe, si wonah Alla harmina mbo aljanna".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra wonde kala mbo Alla heedni waɗi mbo naaɓnitteeɗo e yimɓe he, foti ko naaɓnitegol kuuɓtadinangol hono laamɗo wollo ko heeri hono gorko e nder galle mum e debbo e nder suudu mum, o raɓɓaɗini ko o ayninaa ko, o fuunti ɓe o laaɓanaani ɓe reedu, o yeebii hakkeeji maɓɓe diine wollo aduna, oon leɓte njojjanii mbo.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Nde fodoore hulɓaniinde nde heeranaaki Imaam mawɗo wollo lomto makko, kono ɗum ko ko huɓtadini e kala gayninaaɗo ngaynanteeri.
 Ina waɗɗii e kala gayninaaɗo huunde e geɗe juulɓe ina waɗɗii mbo laaɓande ɓe reedu, o tiiɗno e tottirde hoolaare, o reento njamfo.
 Mawnude responsibilite kala gayninaaɗo ko huuɓtadini wollo ko heeri, foti ko ko mawni wollo ko famɗi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Kala moƴƴere ko sadak</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Ittaama e Jaabir Ɓiy Abdullaahi yo Alla weleɓe wonde Annabi yo jam e kisal ngon e mqkko maaki:(o wii) " Kala moƴƴere ko sadak".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra wonde kala moƴƴere e nafoore wonande woɓɓe foti ko konngol wollo ko golle ɗuum wonata ko sadak, te hoɗum waɗi njoɓdi e baraaje.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Sadak haaɗaani tan e ko neɗɗo yaltinta ko e jawdi makko, kono hoɗum soomi kala moƴƴere nde aade waɗata wollo konngol ngol o yottinta woɗɓe.
 Ina e sadak kadi reerɗinde tottirde kala moƴƴere  e kala ko nafata woɗɓe.
 Waasde yawde huunde e moƴƴere, hay si nde wonii seeɗa.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Woto yaw e moƴƴere hay huunde, hay si wonii a jaɓɓaroto siɗɗo ma yeeso weytiingo</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Jarri yo Alla wele mbo(yo allah  yardo  he  makko)o wii: Annabi yo jam e kisal ngon e mqkko maakanii kam: "Woto yaw e moƴƴere hay huunde, hay si wonii a jaɓɓaroto siɗɗo ma yeeso weytiingo".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko hirjanii waɗde moƴƴere, e nde waasa yaweede hay si nde wonii seeɗa, ina e ɗuum moosde e yeeso musiɗɗo ma, juulɗo ina foti reende ɗuum; sabu ko woni ko e ɗuum e naatnude weltaare e makko.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Ɓural yiɗandirde hakkunde gooŋɗinɓe, e moosde e mbelwetto saanga nde kawruɗa e musiɗɗo ma.
 Timmal o sariya e huuftadinde mbo, e wonde kombo coomɗo moƴƴere wonande kala juulɓe e wootadinde konngol maɓɓe.
 Hirjinde e gollude ko moƴƴi hay si ɗum famɗii.
 Yiɗeede naatnude weltaare e juulɓe; sabu ko ɗuum addata goowondirgol hakkunde maɓɓe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Mbir(simbe) wonah liɓoowo yimɓe, kono woni mbir(simbe ) ko nanngoowo fittaandu mum saanga tikkere</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo (yo allah 
 yardo  he  makko) wonde Nelaaɗo yo jam e kisal won e makko maaki:(o wii ) " Mbir(simbe) wonah liɓoowo yimɓe, kono woni mbir(simbe ) ko nanngoowo fittaandu mum saanga tikkere".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina wonde doole tigi wonah cemmbe ɓanndu, wollo liɓoowo yimɓe semmbinɓe, kono woni cemmbinɗo ko kaɓtatooɗo fitaandu makko o foolandu saanga tikkere; sabu ɗum hollata ko waawde fittaandu ma e foolde seyaɗaane.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Ɓural muñal e teerude fittaandu saanga tikkere, e wonde ɗuum ko e golle moƴƴe ɗe islaam hirjini e mum.
 Haɓtaade fittaandu saanga tikkere ɓuri sattude e haɓaade gaño.
 Islaam ina wayla paamugol majjiyankooɓe ko faati e semmbe faana ɗum e jikkuuji moƴƴi, ɓuri semmbinde e yimɓe he ko oon baawɗo jeyde fittaandu mum saanga tikkere.
 Woɗɗitaade tikkere; sabu ko ɗum addata ko e lorlaaji e yimɓe e renndo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Kala nanndiniiɗo e yimɓe ko e maɓɓe o jeya</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Ittaama e Ɓiy Umar yo Alla weleɓe o wii: Nelaaɗo yo jam e kisal won e makko maaki: " Kala nanndiniiɗo e yimɓe ko e maɓɓe o jeya".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra wonde kala mbo nanndadinii e yimɓe heefaɓe reeɓe e naafigeeɓe wollo yimɓe moƴƴuɓe ɗuum woni nde o waɗata hono piɓle wollo dewe wollo aadaaji maɓɓe, oon ko e maɓɓe jeya; sabu nanndinaade e maɓɓe ko ɓanngi ina adda nanndidinaade e maɓɓe ko wirnii, sikke alah nanndidinaade addata ɗum ko yooɗeede ɓe, ɗuum ina adda yiɗde ɓe e mawninde ɓe e wuuraade e maɓɓe, ɗum ina fooɗo aade e nanndidinaade e maɓɓe haa e nder e dewe, heɗen mooli Alla e ɗuum.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Reentinde e nanndidinaade e heeferɓe e faasigeeɓe.
 Hirjinde e nanndidinaade e moƴƴuɓe e ñeemtinde ɓe.
 Nanndidinaade ko ɓanngi ina adda gilli ka nder.
 Neɗɗo ina heɓa kammbeede e bakkaat fotde ɗo nanndidinagol ngol tolni e mbaadi maggol.
 Haɗde nanndinaade e heefereeɓe ka diine maɓɓe e aadaaji maɓɓe keeriiɗi, tawi ko wonah ɗuum hono janngude pitiram golle e ko nanndi heen ɗuum naataani ko haɗa ko.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>kala tinndinɗo faade e moƴƴere woodanii mbo njoɓdi golluɗo nde o</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Mas'uud(Al ansari) yo Alla wele mbo(yo allah  yardo  he  makko)o wii: Gorko arii e Annabi o wii: Daaba am waati waɗɗinam, O maaki(o wii):" mi alah(mi wala)" gorko gooto wii: Aan Nelaaɗo ma mi tinndin mbo baɗɗinnoowo mbo, Annabi maaki:(wii) kala tinndinɗo faade e moƴƴere woodanii mbo njoɓdi golluɗo nde o".</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Gorko gooto arii e Annabi o wii: Daaba am halkiima, toggin am e daaba Ma he, totta am mbaɗɗanteeri njottinat mi ndi, Nelalaaɗo yo jam e kisal won e makko gantini wonde o alah daaba mbo o waɗɗani mbo, gorko gooto ina tawano wii: Aan Nelaaɗo ma mi tinndin mbo baɗɗinoowo mbo, Annabi habri wonde o hombo jeyaa e cakkiiɗo e baraaje, sabu o tinndanii katajinɗo.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Hirjinde tinndinde moƴƴere.
 Reerɗinde e waɗde moƴƴere sabu ɗum e ko sababuuji ɓasandirde renndo juulɓe e timmo- ndirde ngo.
 Yaacde ɓural Alla Toowɗo O.
 O hadiis ko mbo doosgal kuɓtadinngal hombo renndini denndaangal golle moƴƴere.
 Si aade roŋkii jojjinde ko naaɓniiɗo o reerɗi ko, yo o tinndin mbo e goɗɗo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5354</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>wotee njennee maayɓe, sabu ɓe njottiima e koɓe ngardinno ko</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>Ittaama e Aaysat yo Alla wele mbo( yo allah  yardo  he  makko)o wii: Annabi yo jam e kisal ngon e makko maaki:(o wii) " wotee njennee maayɓe, sabu ɓe njottiima e koɓe ngardinno ko".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina harmude yennude maayɓe e yuwde guri maɓɓe, e wonde ɗum ko e jikkuuji bonɗi jeyaa, ɓeen ɓe njottiima koɓe ngardinno e golleeji moƴƴi wollo bonɗi, te kadi ngol jennugol yottotaako ɓe, ngol lorata tan ko wuurɓe.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Hadiis o hollii harmude yennude maayɓe.
 Accude yennude maayɓe ko reende maslaha wuurɓe, e reende kisal renndo e dukooji e gañandiral.
 Woni ñeeñal haɗde yennudeɓe ko ɓe njottiima e ko ɓe ngardinno yennudeɓe nafatah, te ina e ɗuum lorde koreeji maɓɓe wuurɓr ɓe.
 Haananaani aade haalde ko alanah ɗum maslaha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Daganaaki gorko nde o hiiɗato musiɗɗo mum           ( daganaki neddo tajo sakike mum) ko ɓuri jemmaaji tati, ɓe kawra oya ɗuurno o ne ɗuurno, ɓuri moƴƴude e maɓɓe ko gadiiɗo salminde o</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Ayyuuba Al Ansaarii  yo Alla  wonde Nelaaɗo Alla yo jam e kisal ngon e makko maaki:(o wii) " Daganaaki gorko nde o hiiɗato musiɗɗo mum           ( daganaki neddo tajo sakike mum) ko ɓuri jemmaaji tati, ɓe kawra oya ɗuurno o ne ɗuurno, ɓuri moƴƴude e maɓɓe ko gadiiɗo salminde o".</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko haɗii de juulɗo taƴatoo juulɗo banndum ko ɓuri jemmaaji tati, ɓe kawra gooto e maɓɓe fof ɗuurno goɗɗo ɓe mbaasa salmandirde.
 Ɓuri moƴƴude e ɓee ɗiɗa dukduɓe ko etatooɗo ittude ngal taƴandiral, o ado salminde, faanda e taƴaade noon ko taƴaraade ngam belaaɗe fittaandu, kono tawi ko taƴaade ngam hakke Alla hono taƴaade woopooɓe e bidayankooɓe e wondiiɓe bonɓe, ɗuum dottantaake waktu, kono ƴeewete ko fotde maslaha taƴagol ngol, taƴagol ngol fawato ko e gasde ko saabi taƴagol ngol.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Dagaade taƴaade e nder balɗe tati wollo ko ɓuri famɗude, wondude e reende heen tagu aade en, ina yaafe e taƴaade e nder balɗe tati haa ko falii ko itto.
 Ɓural salminde, e wonde salminde ina itta ko woni e fittaandu, e wonde konde maande gilli.
 Reerɗude islaam e musidal e goowondiral hakkunde koreeji mum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>Taƴoowo enɗam naatatah aljanna</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Ittaama e Jubayru Ɓiy Mun'im(yo allah 
 yardo  he  makko) wonde o nanii Annabi yo jam e kisal won e makko hombo maaki:(o wii) " Taƴoowo enɗam naatatah aljanna".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde oon taƴiiɗo koreeji ɓadiiɓe makko ko waɗɗaniiɓe e hakkeeji, wollo o lorliɓe wollo o boni e maɓɓe, oon o jojjadii e yiite.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Taƴde enɗam ko e bakkatuuji mawɗi jeyaa.
 Jokkere enɗam ko fotde kono aadara nih, hoɗum seerta e ceertugol nokkuuji e yontaaji e yimɓe.
 Jokkere enɗam wonirta ko juurayaade, e sadak, e moƴƴude e maɓɓe, e juuroyaade ñawɓe, e yamirde ɓe moƴƴere, e haɗdeɓe ko boni e ko nanndi heen.
 Kala nde taƴgol enɗam woniri e ɓurɗo ɓadaade bakkaat mum ɓurdata heewde.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>Baddoowo(mimotodo) naatatah aljanna</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Ittaama e Hujayfata yo Alla wele mbo (yo allah  yardo  he  makko)o wii: Mi nanii Annabi yo jam e kisal ngon e makko ina maaka:( ina wii a) " Baddoowo(mimotodo) naatatah aljanna".</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra wonde baɗdoowo(mimotodo)eggoowo haala hakkunde yimɓe ngam bonnude hakkunde yimɓe hombo haandi e leɓte ɗeen ngoni waasde naatde aljanna.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Waɗdude(mimandako) ko e bakkatuuji mawɗi jeya.
 Haɗde waɗdude; (mimandako)sabu ko woni ko heen e bonnude e lorde yimɓe e dente.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Kala jiɗɗo yo Alla yaacnan mbo arsuko makko, O juutna balɗe makko, yo o jokku (o sona).enɗam makko</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Ittaama e Anas Ɓiy Maalik yo Alla wele mbo(  yo allah 
 yardo  he  makko) wonde Nelaaɗo yo jam e kisal ngon e makko maaki:(owii) " Kala jiɗɗo yo Alla yaacnan mbo arsuko makko, O juutna balɗe makko, yo o jokku (o sona).enɗam makko".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Annabe yo jam e kisal ngon e makko ina habra wonde jokkirde ɓadiiɓe ma juuraade e teddinde ɓanndu e jawdi e ko wonah ɗuum, ko e sababuuji yaacnaneede arsuko e juutde balɗe.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Enɗam woni ɓadiiɓe ka bannge baaba e yumma, kala na joom mum ɓuri ɓalliraade ko ndeen o ɓurata haande jokkaneede.
 Njoɓdi fawii ko e leñol golle, kala jokkirɗo enɗam makko ɗiggere e moƴƴere, Alla jokkana mbo nguurndam makko e arsuko makko.
 Jokkere(chonoki) enɗam ko sabaabu yaacnaneede arsuko e juutde balɗe, hay si wonii noon arsuko e lajal ko ka ndotta kono tan ɗuum ina wonira barkinde arsuko o e nguurndam ɗam, o waɗa e nguurndam mum ko ɓuri nafoore gaa ko o wata ko goɗɗum, wiyaama kadi ɓeydude arsuko e nguurndam ko ɓeydugol goongo, ko Alla anndi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Kla lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Ittaama e Abii Sirmata yo Alla wele mbo(yo allah  yardo 
 he  makko) wonde Nelaaɗo yo jam e kisal ngon e makko maaki:(owii) " Kla lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko reentanii naatnude ko lorata e juulɗo, wollo addande mbo satteende e kala huunde e kuule makko; e fittaandu makko wollo e jawdi makko wollo koreeji makko, kala baɗɗa ɗuum Alla yoɓat mbo yeru golle makko,,.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Harmude lorde juulɗo e addande mbo  satteende.
 Alla ina yoɓtano jiyaaɓe makko.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5375</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Jiyaaɗo ɓurata ɓadaade Joom (joomiko)makko konde o sujji nde, kebbine ñaagaade(do a u , karne)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah 
 yardo  he  makko) wonde Nelaaɗo Alla yo jam e kisal ngon e makko maaki:(owii) " Jiyaaɗo ɓurata ɓadaade Joom (joomiko)makko konde o sujji nde, kebbine ñaagaade(do a u , karne)".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Annabi ɓannganii wonde jiyaaɗo ɓurata ɓadaade Joom makko ko nde o sujjata nde; sabu ko ndeen juuloowo fawata ko ɓuri teddude e ɓanndu makko e leydi ngam yankinaade Joom makko e hoykinanaade Mbo saanga sujuud.
 Mbo jam e kisal woni e makko ina yamira hebbinde ñaagaade saanga sujuud, ɗuum renndina yankiniraade golle e bolle.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Ɗoftaare ina ɓeyda jiyaaɗo ɓallaade Alla Toowɗo O.
 Yiɗeede hebbinde du'aaw saanga sujuud; sabu ɗuum ko e nokkuuji jaabaneede jeya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>Kla juulɗo subako o wonii ndeenka Alla</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Ittaama e Jundub Ɓiy Abdullaahi Al Qasarii yo Alla wele mbo(yo allah  yardo 
 he makko) o wii: Nelaaɗo yo jam e kisal ngon e makko maaki(o wii): " Kla juulɗo subako o wonii ndeenka Alla, Alla ɗaɓɓirtaa mon e ndeenko makko he hay huunde, pellet kala e mon mbo O ɗaɓɓiri e ndeenko Mum e huunde O heɓa ɗum, refti O hippa mbo e yiite jahannama.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra wonde oon juulɗo Fajiri o wonata ko ndeenko Alla e ngaynaako makko, hombo duñana mbo, hombo walla mbo.
 Refti O reentini firtude aadi e bonnude mbo, foti ko accude juulde fajiri wollo ko falaade juuloowo fajiri e yande e makko, kala baɗɗo ɗuum o firtii aadi e ngal koɗdigal, o jojjii e nde fodoore sattunde nde Alla ɗaɓɓirta mbo ko o welsandii ko e hakke makko, kala mbo Alla ɗaɓɓi O heɓa mbo, refti O werloo mbo o hippa mbo e yiite.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Ɓannginde himmude juulde Fajiri e ɓural mum.
 Reentinde deentingol cattungol wonande oon baɗɗo e juuloowo Fajiri bonannde.
 Alla ina yoɓtoo ɓeen yanooɓe e jiyaaɓe makko moƴƴuɓe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o haal jam wollo o deƴƴa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah 
 yardo  he  makko) wonde Nelaaɗo yo jam e kisal ngon e makko maaki(yo allah yardo he makko): " Kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o haal jam wollo o deƴƴa, kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o teddin koddiijo ( gondo)makko, kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o teddin koɗo makko".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina wonde jiyaaɗo gooŋɗinɗo Alla e ñalawma cakkatiiɗo mbo battane makko ngoni e junngo Makko e yoɓde mbo golle makko, gooŋɗingol mum ina hirjina ɗum e gollude ɗe golle garooje:
 Gadanel: Haalde ko moƴƴi: Subahinaade e innude Alla, e yamirde ko moƴƴi, e haɗde ko boni, e moƴƴinde hakkunde yimɓe, si o waɗaani ɗuum yo o deƴƴu o waasa lorde o nannga ɗemngal makko.
 Ɗimmel ngel woni Teddinde koɗo: Ɗuum woni moƴƴude e makko e waasde mbo lorde.
 Tataɓel: Teddinde koɗo garɗo ngam juuraade mbo: Teddinirde mbo haala welko e ñamri ñaamdu e ko nanndi e ɗuum.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Gooŋɗinde Alla e ñalawma cakkatiiɗo woni iwdi kala moƴƴere, ɗum duñat faade waɗde ko moƴƴi.
 Reentinde boneeji ɗeɓngal.
 Diine Islaam ko diine goowondiral e teddungal.
 Ɗe geɗe ko e pecce iimaan njeya e aadaaji moƴƴi.
 Heewde haala ina fooɗo faade ko aña wollo ko harmi, kisal woni ko e waasde haalde si wonah ko moƴƴi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Kala mbo yurmotaaka yimɓe Alla yurmotaako mbo</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Ittaama e Jaabir Ɓiy Abdullaahi yo Alla wele mbo(yo allah  yardo  he  makko)o wii: Nelaaɗo Alla yo jam e kisal ngon e makko maaki(o wii): " Kala mbo yurmotaaka yimɓe Alla yurmotaako mbo".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina oon mbo yurmotaaka yimɓe Alla yurmotaako mbo, yurmaade jiyaaɗo tagoore nde ko e sababuuji heɓde yurmeende Alla.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Yurmeende ina ɗaɓɓa e denndaangal tagoore nde, kono aade heerina inneede ko ngam himmude mbo.
 Alla ko jurmotooɗo hombo yurmo jiyaaɓe makko yurmotooɓe ɓe, njoɓdi fawii ko e leñol golle.
 Yurmaade yimɓe ina soomi yottinde ɓe jam e duñandeɓe bone e gollondirde e maɓɓe ko ɓuri moƴƴude.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5439</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Worɓe ɓurɓe añeede ka Alla ko ɓurɓe sattude duko</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Ittaama e Aaysata yo Alla wela mbo (yo allah  yardo  he 
 makko) Nelaaɗo yo jam e kisal won e makko maaki:( yo  alla  yardo  he  makko) " Worɓe ɓurɓe añeede ka Alla ko ɓurɓe sattude duko".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko habra wonde Alla tedduɗo O Ina añi e yimɓe ɓurɓe sattude duko e heewɓe duko, oon mbo jaɓatah ɗoftaade goongo, hombo etoo duñrude mbo jeddi, wollo o dukde e goongo kono o ɓurtina o yalta keerol nuunɗal, o yeddendire ko aldah e ganndal.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Ɗaɓɓirde tooñaaɗo hakke makko laabi sariya naatatah e dukooji ñiŋaaɗi ɗi.
 Jeddi e duko ko e boneeji ɗeɓngal gaddooji seertude e fewjandirde peeje bonɗe hakkunde juulɓe.
 Maslandirde ko hunde yettaande si wonii ko e goongo e laawol moƴƴol, ina wona ko ñiŋa si woni e mbaadi ruttude goongo e tabatinde meere, wollo woni ko aldah e jogaade daliil wollo hujju.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Konnguɗi ( konnguli)nay ɓuri yiɗeede ka Alla ngoni : Subhaanallaahi, Alhamdu lillaahi, Laa Ilaaha illaa Laahu, Allaahu Akbar, kala heen ngol idoriɗa lorataama</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Ittaama e Sumrata Ɓiy Jundub yo Alla wele mbo (yo allah  yardo  he  makko)o wii: Nelaaɗo Alla yo jam e kisal ngon e makko maaki(o wii): " Konnguɗi ( konnguli)nay ɓuri yiɗeede ka Alla ngoni : Subhaanallaahi, Alhamdu lillaahi, Laa Ilaaha illaa Laahu, Allaahu Akbar, kala heen ngol idoriɗa lorataama.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina wonde ɓuri yiɗeede ka Alla e haala ko konnguɗi nay:
 Subhaana Allaahi: Ɗuum woni senaare woodani Alla gaa e ustaare.
 Alhamdu lillaahi: woni sifaraade Alla timmal timmungal wondude e yiɗde Mbo e teddinde Mbo.
 Laa Ilaaha illaa Allaahu woni: Alah deweteeɗo e goongo mbo wonah Alla.
 Allaahu Akbaru woni: Alla ɓuri mawnude ɓuri teddude e kala huunde.
 Ɓural mum e heɓe baraaje mum firtaani rewandirde ɗi konngi ka bannge gowlugol.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Newuya sariya, nde mbo wii kala konngol ngol idoriɗa alah lorla.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Nelaaɗo Alla yo jam e kisal ngon e makko naaɓnaama (chamama)ko ɓuri heewde ko naatnata neɗɗo aljanna, O maaki: "kulol Alla e moƴƴude jikku</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah 
 yardo  he  makko) wii: Nelaaɗo Alla yo jam e kisal ngon e makko naaɓnaama (chamama)ko ɓuri heewde ko naatnata neɗɗo aljanna, O maaki: "kulol Alla e moƴƴude jikku", O naaɓnaa ko ɓurata waawde naatnude neɗɗo yiite O maaki" hunduko e farji".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina wonde ɓuri mawnude ko naatnata aade aljanna ko laabi ɗiɗi:
 Kulol Alla e moƴƴude jikku.
 Kulol Alla: waɗata heede hakkunde ma e leɓte Alla, ɗum wonirta ko waɗde ko O yamiri e reentaade kaɗaaɗi Makko.
@@ -2638,979 +2638,979 @@
 Ɓuri mawnude e sababuuji naatnooji yiite ko:
 Ɗeɓngal e farji.
 Ina jeya e boneeji ɗeɓngal: Fenaande e ñoore e baddi e ko wonah ɗum.
 Ina jeya e boneeji farji: Jina e luuɗiyaŋkaagal e ko wonah ɗum.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Naatde aljanna ina jogii sababuuji jowaaɗi e Alla, ina e ɗiin: kulol Alla, e sababuuji jowotiiɗi e yimɓe ina e ɗiin: moƴƴude jikku.
 Bone ɗeɓngal e dow joom mum, ɗuum ina jeya e sababuuji naatnooji yiite.
 Bone tuuyooji e paŋkare e dow neɗɗo, ɗiin ina njeya sababuuji ɓurɗi waawde naatnude yiite.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[حسن صحيح]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>gacce( kersa)ko e gooŋɗingol jeya</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ɓiy Umar yo Alla wele ɓe wii: Annabi yo jam e kisal won e makko(nani gorkogom) ina waajo musiɗɗo makko ko faati kersa, O maaki (o wii): " gacce( kersa)ko e gooŋɗingol jeya".</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko nanii gorko ina laaɓana musiɗɗo mum reedu hombo wi'a mbo yo o accu kersa! O ɓannginani mbo wonde kerse ko e gooŋɗingol jeya, e wonde kerse addatah si wonah jam.
 Gacce(kirsa,semtene) ko jikku duñoowo e gollude ko yooɗi e accude ko boni ŋari.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Ko haɗat ma moƴƴere wonah gacce, ɗuum ko koyeere e ronkere e kulo reedu innirete.
 Gacce ( kirsa)ummiiɗe e Alla wonirta ko gollude jamiraaɗe, e accude kaɗaaɗe.
 Hersude yimɓe woni hormaade ɓe, e jippinde- deɓe e tolndeeji maɓɓe, e woɗɗitaade ko aada bonni ŋari.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>du'aawu woni dewal Alla</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Ittaama e Nuumaan Ɓiy Basiir yo Alla wele mbo (yo allah  yardo  he  makko)o wii: Mi nanii Annabi yo jam e kisal won e makko ina maaka(i na wii a): " du'aawu woni dewal Alla" refi O janngi: "noddee kam Mi nooto mon ɓeen mawnikinii ɓe rewde Mi maɓe naat jahannama ngoni hoyɓe".     -Gaafiri aaya 60-.</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko habrii wonde ko ñaagunde woni dewal Alla, waɗɗii ko wonde laaɓinde golle ngam Alla, foti ko mas'la wollo ɗaɓɓude, nde o ñaagato Alla ko nafata ɗum, e duñde ko lorata mbo aduna e laakara, wollo ko ñaagunde dewal, ɗuum woni kala ko Alla yiɗi O wela e konngi e golle ɓannguɗe e cuuɗiiɗe, dewe ɓerɗe wollo ɓanndu wollo jawdi.
 Annabi yo jam e kisal ngon e makko okkiri daliil ɗuum o maaki: Daalol Alla: ( noddee kam mi nootoo mon pellet ɓeen mawnakiniiɓe rewde Mi maɓe naat jahannama hoɓe koyi).</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Ñaagaade woni iwdi dewal Alla dagaaki firlitde ngal mbo wonah Alla.
 Ñaagaade ina soomi dewal Alla tigi e jaɓde yondinaade Alla e kattane Makko e hatajinde jiyaaɓe makko.
 Fodoore sattunde ko njoɓdi mawnikinaare rewde Alla e accude ñaagaade Mbo, ɓeen mawnakintooɓe ñaagaade Alla maɓe naat jahannama hoɓe ngoni hoyɓe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>konnguɗi ɗiɗi koyɗi e ɗeɓngal, tedduɗi e peesirgal, jiɗaaɗi ka Jurmotooɗo O</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah 
 yardo  he  makko) wonde Nelaaɗo yo jam e kisal won e maako maaki( o wii) : " konnguɗi ɗiɗi koyɗi e ɗeɓngal, tedduɗi e peesirgal, jiɗaaɗi ka Jurmotooɗo O" ɗiin ngoni. Senaare woodanii Alla Tedduɗo O, senaare woodanii Alla e jettooɗe Makko".</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko habrii konnguɗi ɗiɗi ɗi neɗɗo wowlata ko aldah e tampere e kala alhaali, njoɓdi majji ina mawni ka peesirgal, Joom men ceniiɗo O ina yiɗi ɗi:
 Senaare woodanii Alla Mawɗo O, Senaare woodanii Alla e jettooje Makko, sabu koɗe coomi ko  sifaaji Alla mawɗi timmuɗi, e senaade Mbo e kala ko ustii Kaŋko Toowɗo O.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Ɓuri moƴuude e innude Alla ko nde wonata ko renndini hakkunde seninde Mbo e mantude Mbo.
 Ɓannginde yaacde yurmeende Alla sabu hombo yoɓa baraaje keewɗe e golle setta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Alah ko ɓuri teddude e Alla Toowɗo O ko ɓuri du'aaw</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo (yo allah 
 yardo  he  makko) wonde Nelaaɗo yo jam e kisal won e maako maaki(o wii): " Alah ko ɓuri teddude e Alla Toowɗo O ko ɓuri du'aaw".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina wonde alah ko ɓuri moƴƴude e dewe ka Alla ko ɓuri du'aaw; sabu ina heen qirraade yondinaade Alla, e jaɓde roŋkude jiyaaɓe e hatajindeɓe Makko.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Ɓural ñaagaade sabu ñaagiiɗo Alla ko mawniɗo Mbo, ko o qirriiɗo yondinaade Alla gaa jiyaaɓe makko, sabu baasɗo ñaagetaake, e wonde ko o nanoowo sabu paha noddetaake, ko o tedduɗo gammboowo ñaagetaake, ko O jurmotooɗo joorɗo ɓernde ñaagetaake, ko O kattanɗo doŋkuɗo ñaagetaa ke, ko O ɓadiiɗo goɗɗuɗo nanatah, e ko wonah ɗi e sifaaji manngu e teddungal wonande Alla Toowɗo Tedduɗo O.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Sadak ustatah jawdi, Alla ɓeydiratah jiyaaɗo yaafaade si wonah teddungal, hay gooto yankintaako si wona Alla ɓamta mbo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah 
 yardo  he  makko) wonde Nelaaɗo yo jam e kisal ngon e makko maaki(o wii): " Sadak ustatah jawdi, Alla ɓeydiratah jiyaaɗo yaafaade si wonah teddungal, hay gooto yankintaako si wona Alla ɓamta mbo".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina wonde sadak ustatah jawdi, kono sadak duñcat boneeji, Alla wostonoo mbo moƴƴere mawnde, ɗum wona ɓeydaare wonah ustaare.
 Yaafaade wondude e waawde yoɓtaade ɓeydatah joom si wonah semmbe e teddungal.
 Hay gooto yankintaako o hoykino ngam Alla, tawa wonah kulol goɗɗo, wonah maslaha, wonah ɗaɓɓude nafoore e goɗɗo, si wonah Alla yoɓa mbo toowal e teddungal.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Moƴƴere e malal ko e siinude sariya e waɗde ko moƴƴi hay si wonii yogo e yimɓe ina cikka ko wonah ɗuum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Kala duttanɗo nguru musiɗɗo makko Alla ruttana yeesa makko yiite ñande darnga</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Dardaa yo Alla wele mbo(yo allah  yardo 
 he  makko) o wii: " Kala duttanɗo nguru musiɗɗo makko Alla ruttana yeesa makko yiite ñande darnga".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra wonde kala duñcanɗo nguru musiɗɗo mum ko wa'i e ñoore hono haɗde ñiŋeede mbo wollo ngu bonne, Alla ruttana mbo leɓte ñande darnga.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Haɗde haalde e guri juulɓe.
 Njoɓdi fawii ko e noone golle, kala duttanɗo nguru musiɗɗo makko Alla ruttana mbo jaynge.
 Islaam ko diine musidal e ballandirde hakkunde koreeji mum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Kala biiɗo (subhaanallaahi wabi hamdihii) e ñalawma laabi teemedere(100), bakkatuuji mum camminee hay si ɗi keewrii no yeru nguufo maayo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Ƴettaama e Abu Hurayrata yo weleende allo won e muh wonde Nelaaɗo Alla yo alla juule e  mum o hisna ɗum o wii : " Kala biiɗo (subhaanallaahi wabi hamdihii) e ñalawma laabi teemedere(100), bakkatuuji mum camminee hay si ɗi keewrii no yeru nguufo maayo".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde kala biiɗo laabi teemedere (100) subhaanallahi wabi hamdihi «senaare e jettooje kala ngoodani Alla » bakkatuuji makko momtee o yaafee, hay sindo ɗi keewii haa ɗi tolni e nguufo ndaneewa ngonoowo e dow maaya saango nde maay ngo iirti ngo waɗi bempeƴƴe.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Ndi njoɓdi na woodana kala biiɗo noon e ñalawma foti ko laabi dewo ndirɗi wollo ceertuɗi
 Subahinaade woni: laɓɓinde Alla e kala ustaare. njettooru  woni: Sifaade alla sifaaji timmal wondude e yiɗde ɗum ‚ e mawninde ɗum.
 Faanda e (Hadsiis) he ko heefde (yaafaade) bakkatuuji tokoosi ɗi, tawi ko mawɗi ɗi ala e sago joomum imsino (tuuba) .¹</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>Kala biiɗo : laa'ilaaha illallaahi wahdahu laa sariika lahuu ‚ lahul mulku wa lahul hamdu wa huwa alaa kulli seyin kadiir¹‚ laabi sappo</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>Ƴettaama e Abu Ayyuuba yo weleende Alla won e mum, wonde Annabi yo allo juule e mum o hisna ɗum o wii : « Kala biiɗo : laa'ilaaha illallaahi wahdahu laa sariika lahuu ‚ lahul mulku wa lahul hamdu wa huwa alaa kulli seyin kadiir¹‚ laabi sappo o waya no dimɗinɗo pittaali nay jeyaaɗi e ɓiɓɓe Ismaa'iil ».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Annabi yo juul e dow muh o hisno ɗum habrii wonde kala biiɗo:  «laa'ilaaha illallaahu wahdahu laa sariika lahuu lahul mulku wa lahul hamdu wa huwa alaa kulli seyin kadiir » ‚ ɗuum firti : ala dewoteeɗo e goonga so wona allo kam tan gooto ala ko renndinte ‚ ko kanko mbo senaare woodani woni keeriiɗo e laamu timmuɗo, kaanduɗo  yetteede e manteede wondude e gilli e mawninde, ko alda e goɗɗo ‚ko kanko woni baawɗo hay huunde ronkaani . Kala pilliiɗo o du'aaw tedduɗo laabi sappo e nder ñalawma; o daña njoɓdi wano pawtuɗo ɓoggol maccungaagu e dow nayo jeyaaɓe e ɓesngu Ismaa'iil ɓiy Ibraahiim yo juul e kisal won e dow maɓɓe ; O heertini ɓesngu Ismaa'iil sabu ko kamɓe ɓuri teddude e woɓɓe.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Ɓural o jikru ¹ coomɗo wootodinde ALLO toowɗo o e allayaangu mum , e laamu , e njettooru, e kattane timmuɗe.
 Ina heɓo baraaje o jikru kala kaalɗo mbo ko rewandiri wollo ko taƴandiri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Kala mbo Allla yiɗani moƴƴoore o fahminat ɗum diine</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Ƴettaama e Mu'aawiyata yo weleende allo won e muh o wii: Mi nanii Annabi yo allo juuli e dow muh o hisno ɗum ina wi : « Kala mbo Allla yiɗani moƴƴoore o fahminat ɗum diine, pellet miin woni peccoow allo woni dokkiroow , ngol leñol seerata e yamiroore Alla, lorataaɓe luutndiiɗo ɓe, haa yamiroore Alla ara ».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Annabi yo allo juuli e dow muh o hisno ɗum ina habra wonde mbo Alla yiɗani moƴƴere o arsikina mbo fahmaamuyo e diine muh , wonde kam nelaaɗo mo juul e kisal woni e muh ko peccoowo o feccat o tottir ko Alla tottimbo ko  e arsukaaji e ganndal e ko nanndi e ɗuum, wonde tottoowo tigi rigi o ko Alla, siko tawi ko goɗɗo ko sababuuji o waawa naf tawi wona e yamiroor² allo , wonde kadi ngol leñol  ngol seerata  e ñiiɓde  e yamiroore Alla, lorotaaɓe luutndiiɗo ɓe, haa darngo daro.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Manngu e ɓural ganndal sariya e janngude ngal e hirjinda e dow maggal.
 Daranaade goongo alah e sago ɗum woodo e ngol leñol, si nde fedde accii tan wonnde daro .
 Fahmaamuyo e diine ko e muyande Alla toowɗo o moƴƴere wonande jiyaaɗo muh.
 Annabiijo yo allo juuli e dow muh o hisno ɗum tottirta ko e yamiroore Alla e belaaɗe muh, e wonde o jogaaki hay huunde .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5518</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>wonde allo ino yiɗi maccuɗo kulɗo allo jondoniiɗo koybuɗo</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Ƴettaama e Saad Ɓiy Abi Waqqaas yo weleende allo won e muh o wii: mi nanii Nelaaɗo allo yo allo juuli e dow muh o hisno ɗum ina wi : « wonde allo ino yiɗi maccuɗo kulɗo allo jondoniiɗo koybuɗo</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Annabiijo yo allo juuli e dow muh o hisno ɗum laɓɓani wonde Allo tedduɗo mawɗo o ina yiɗi yogo e jiyaaɓe Makko,
 Ina e maɓɓe kulɗo Alla: oon woni baɗoowo jamirooje Alla, goɗɗotooɗo kaɗooje Makko.
 Hombo yiɗi jondaniiɗo: Oon jondoniiɗo 
 ngaa  yimɓe wonande allo mbo yeccittaako feede goɗɗum.
 Hombo yiɗi koybuɗo: Oon woni jankaniiɗo, dewoowo Joom makko, coklirɗo ko nafata mbo, o himmirta nde goɗɗo anndata mbo wollo o yeewta nga e muh e  mantoore wollo njettooru.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>Laɓɓinde yogo e sifaaji gaddooji gilli Alla wonande jiyaaɓe Makko, ɗiin ngoni kulol allo e yankinaade e weleede ko Alla feccu ma ko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5545</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Aduna ko geɗon ndakmitorkon , ɓuri heen moƴƴude ko debbo moƴƴo</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>Ƴettaama e Abdullaahi Ɓiy Amru yo weleende allo won e maɓɓe wonde Annabi yo jam e kisal ngon e makko maaki: «Aduna ko geɗon ndakmitorkon , ɓuri heen moƴƴude ko debbo moƴƴo »</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Annabi yo allo juuli e dow muh o hisno ɗum ina habra wonde aduno e ko woni e nder mum ko huunde dakmitorteende e waktu seeɗo  siko hantini gaso , ɓuri moƴƴude e dakmitngol he ko debbo moƴƴo, mbo nganduɗa siko ƴeewi ɗum o weltino ɗum, siko o yamarii mbo o ɗofto, siko o wirniima o reen ɗum e hoore muh e jawdi makko .</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Dagaade dakmitaade e geɗe aduna dagiiɗe ɗe Alla dagnani jiyaaɓe Makko ko alda bonnere wollo wasaade .
 Reerɗinde e suɓaade debbo moƴƴo; sabu ko ballo gorko makko e ɗoftaade joom makko .
 Ɓuri moƴƴude e geɗe aduna ko laatiiɗe e ɗoftaare Alla wollo  mballooje e ɗoftaare he.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>Alla ina wele gaa jiyaaɗo de ñaamat  ñaamande o yetta heen Alla, wollo de o yara yarannde o yetta Mbo heen</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>Ƴettaama e Anas Ɓiy Maalik yo weleende allo won e muh o wii: nelaaɗo yo allo juuli e dow muh o hisno ɗum o wii : «Alla ina wele gaa jiyaaɗo de ñaamat  ñaamande o yetta heen Alla, wollo de o yara yarannde o yetta Mbo heen »</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Annabi yo allo juuli e dow muh o hisno ɗum ina laɓɓino wonde jettooru jiyaaɗo  Joom muh e ɓural makko e neema makko ko geɗe ɗe o waawat dañirde weluyo Alla; o ñaama ñaamdu o wi'a: njettooje ngoodanii Alla, o yara njaram o wi'a: njettooje ngoodanii Alla.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Teddungal Alla Tedduɗo mawɗo O, ko goonga O yeɗii men e ɓural Makko, O welaa yetteede,
 Weluya Alla ina heɓire na ɓuri newaade e sabaabu, hono yettude caggal ñaamde e yarde,
 Ina jeyaa e neediiji ñaamde e yarde: Yettude Alla toowɗo O saango ñaamde e yarde .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>gooŋɗinɗo ina heɓira e moƴƴude jikkun mum daraja koorɗo dariiɗo jammo ina juula</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>Ƴettaama e Aysata yo weleende allo won e muh o wii: Mi nanii Nelaaɗo Alla ina wii: «gooŋɗinɗo ina heɓira e moƴƴude jikkun mum daraja koorɗo dariiɗo jammo ina juula».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Annabi yo allo juuli e dow muh o hisno ɗum ina laɓɓino wonde moƴƴude jikku ina yottina joom mum daraja duumiiɗo e hoorde ñalawma e daraade jammo ino juulo, renndini moƴƴere jikku ko: Tottirde moƴƴere, e moƴƴude haala, e weytaade yeeso, e accude lorlude e muñde roondaade lor ummoriiɗo e yimɓe he .</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Teddude toppitaade islaam neede jikkuuji e timminde ɗi.
 Ɓural moƴƴude jikku, haa heɓnoy jiyaaɗo o e daraja kooroowo mbo taƴata e daratooɗo ino juul mbo tampata.
 Hoorde ñalawma e daraad jamma ino juul ko golle ɗiɗe mawɗe ina heɗe tampere e dow
  pittaali , moƴƴo jikku noon yottiimo daraja maɓɓe sabu ko tiiɗnoto ko e fittaandu makko e moƴƴude gollondiral .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5799</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Kala e mon njiiɗo paŋkare yo o waylirɗe junngo makko, si o hattanaani yo o waylir ɗemngal makko ngal, si o haɗtanaani yo o waylir ɓernde makko nde, ko ɗuum ɓuri lohde goomɗingol</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ittaama e Abii Sa'iid Al Khudrii yo Alla wele mbo,( yo alla yardo he makko) o nanii Nelaaɗo- yo kisal won e makko- ina maaka: " Kala e mon njiiɗo paŋkare yo o waylirɗe junngo makko, si o hattanaani yo o waylir ɗemngal makko ngal, si o haɗtanaani yo o waylir ɓernde makko nde, ko ɗuum ɓuri lohde goomɗingol.</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Nelaaɗo yo kisal won e makko ina yamira wayylirde pankare- ɗuum woni kala ko Alla Hé nilaademako haɗi- fotde kattanɗe,(baode) Si o yi'ii ko boni ina waɗɗii mbo waylirde ɗum junngo si tawii hombo waawii, Si o roŋkii ɗuum yo o waylir ɗum ɗeɓngal makko, ɗuum wonirta ko haɗde mbo e hollude mbo lor majjum e tinndinde mbo moƴƴere gaa e bone, Si o horiima o tolno yo o waylir ɗum ɓernde makko, ɗuum woni hollirde añde ɗe paŋkare e fellitde si o heɓna doole e walude ɗuum o waylatna ɗum, Waylirde ɓernde ɓuri leesɗude e marta- baaji gooŋɗingol ko faati e waylude bonannde.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>O hadiis kombo asli e hollirde martabaaji waylude bonannde-paŋkare.
 Yamirde yaarude(sese) taaɓal taaɓal e baylugol bonannde, gooto fof waylirta ko fotde baawɗe makkom e kattane mum.
 Haɗde bonannde ko damal teddungal ka diine, ko ngal baɗɗingal e kala juulɗo, juulɗo fof ina fawiraa ngal fotde baawɗe makko.
 Yamirde ko moƴƴi e haɗde ko boni ko pecce gooŋɗingol jeya, gooŋɗingol noon ina ɓeydop ina usto.
 Ina sarɗe e haɗde bonannde: Anndude ndeen huunde konde bonnde.
 Ina sarɗe e ittude (bailoke)pankare: Nde waylude ɗum addatah bone ɓurɗo njanɗude bone baylaaɗe ɗe.
 Haɗde bonannde ko neediiji e sarɗeeji ɗi juulɗo foti janngude.
 Yeddude paŋkare ina hatajini e dawrugol sariyankeewol, e ganndal e yi'annde.
 Waasde yeddirde ɓernde ina holla lohre(lafoki) gooŋɗingol.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>kala moƴƴinɗo e islaam o jaggirtaake ko o waɗno saanga majjiyankooɓe, kala mbo bonni e islaam o jaggire ko adii ko e sakkati</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Ittaama e Ibnu Mas'uud yo Alla wele mbo, o wii:(yo alla yardo hemeko) Gorko wi'i: An Nelaaɗo mbela emin njaggire ko min mbaɗno saanga Jaahiliya-majjiyankooɓe-? O maaki:" kala moƴƴinɗo e islaam o jaggirtaake ko o waɗno saanga majjiyankooɓe, kala mbo bonni e islaam o jaggire ko adii ko e sakkati ".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Nelaaɗo yo kisal won e makko ina holla ɓural naatde e islaam. E wonde kala jebbaliiɗo o moƴƴini islaam makko o woni laɓɓinɗo gooŋɗuɗo; o haasbetaake ko o golluno saanga majjiyankooɓe. Kala mbo bonni e islaam hono o woni naafige wollo o yartadini e diine makko, o haasbete ko o waɗno saanga keefeeru e ko o golli e islaam.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Himmirde Sahabaaɓe ɓe e huldeɓe koɓe ngolluno e golle saanga majjiyankooɓe.
 Reerɗinde e tabitgol e dow islaam.
 Ɓural naatde e islaam (alsilamogal)e wonde ɗuum ko e geɗe laɓɓinooje golle gadiiɗe jeya.
 Murtuɗo e naafige ina haasbe e kala golle gadiiɗe nde jaahiliyya, e koɓe ngolli e islam.(lei alsilamogal)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>mbela si mi juulii juulɗeele parlaaɗe koor  mi lewru , ndaknu mi ko dagi, karmin mi ko harmi</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Ittaama e Jaabir yo Alla wele mbo:(alla yardo Hé mako) Gorko naaɓniima Nelaaɗo yo jam e kisal won e makko, o wii: mbela si mi juulii juulɗeele parlaaɗe koor  mi lewru , ndaknu mi ko dagi, karmin mi ko harmi, mi ɓeydaani e ɗuum hay huunde, mbela mi naatat aljanna? Nelaaɗo maaki "eey", o wii wollaahi mi ɓeydatah e ɗuum hay huunde.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina hollira wonde kala juulɗo juulɗeele joy parlaaɗe ɗe, o ɓeydaani heen hay huunde e naafilaaji, o hoori lewru koorko o gattaani, o fiɓi dagaade ko dagi o golli ɗum, o fiɓi harmude ko harmi o woɗɗatii ɗum o naatat aljanna.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Reerɗude juulɗo e waɗde farillaaji e accude karmuɗi, e nde wonata faandaare makko ko naatde aljanna.
 Himmude gollude ko dagi e fiɓde dagaade ɗum, e harminde ko harmi e fiɓde harmude ɗum.
 Waɗde baɗɗiiɗi e accude karminaaɗi ko e sababuuji naatde aljanna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Laaɓal ko feccere Iimaan(imanagal), yettude Alla ina hebbina peesirgal(manndakke) subhinade Alla e yettude Mba ina hebbina ko woni hakkunde kammuuji e leydi</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Ittaama e Abuu Maalik Al Ash'arii yo Alla wele mbo o wii: Nelaaɗo yo jam e kisal won e makko maaki: " Laaɓal ko feccere Iimaan(imanagal), yettude Alla ina hebbina peesirgal(manndakke) subhinade Alla e yettude Mba ina hebbina ko woni hakkunde kammuuji e leydi, juulde ko annoore, sadaka ko ɓanngannduye, muñal ko ndaaygu, Quraana ko hujja ma wollo e dow ma, yimɓe fof ko dawooɓe, ko jeeyoowo fittaandu makko wollo dimɗinoowo ndu wollo kalkoowo ndu".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde: laaɓal ɓanngungal ko sallige wonirta e lootngal janaaba ɗum ko sarɗi e nder juulde. E wiide:" mi yettii Alla ina hebbina peesirgal(etergal)" ko ɗuum woni mantude Alla ceniiɗo O, e sifaraade Mbo sifaaji timmal ɗuum peesete( eterte)ñande darnga ɗum hebbina peesirgal golle.(etergal golleji) E wiide" senaare woodanii Alla e yettude Alla" ɗuum woni seninde Alla e kala ustaare e sifaraade Mbo sifaaji timmal kaanduɗi e manngu Makko e yiɗde Mbo e mawninde Mbo ina hebbina ko woni hakkunde kammuuji e leydi. E wonde "juulde ko annoore" wonande macuuɗo Alla e nder ɓernde makko, e yeeso makko, e yenaande makko, e saango nde o mooɓate. E wonde" sadak (sadaka)ko daliil" sadaka ko daliil gooŋɗude iimaan(imanagal) jiyaaɗo, e seertude mbo e nafige kaɗoowo sadak sabu waasde mbo gooŋɗinde ko foda ko. E wonde" muñal ko ndaaygu" -ko ɗuum woni sokde fittaandu haɗandu faayde e tikkude- ko annoore wondunde e nguli e cumu, hono ndaaygu naange; sabu ko ɗum cattuɗum hoɗum hatajini e haɓtaa- de fittaandu e surde ndu e belaaɗe mayru, jom mayru seeratah jalbanniiɗo 
 peewɗo duumiiɗo e peewal, ɗuum woni muñde e ɗoftaare Alla, e muñde e musib- baaji e nooneeji gañaaɗi ka aduno. E wonde " Quraana ko hujjo ma wollo e dow ma" ka janngugol mbo e gollirde mbo, wollo ko "hujjo e dow ma" si a accii mbo a golliraani mbo wollo a dursitaaki mbo. Refti Nelaaɗo mo jam e kisal woni e mum habri wonde yimɓe ɓe fof ko yahooɓe hoɓe caro ɓe ummo e ɗoyɗi maɓɓe ɓe njalta galleeji maɓɓe ngam golloyde golleeji ceertuɗi. Ina e maɓɓe pooccatooɓe e ɗoftaare Alla o rimɗina fittaandu makko e yiite, ina e maɓɓe gooñatooɗo o yana egoopi o halkira ndu naatde jaynge.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Laaɓal ko pecce ɗiɗe: Laaɓal peeñngal ngaal wonirta ko sallige e lootngal, e laaɓal nder ngaal wonirta ko tawhiid-wootadinde Alla- e gooŋɗinde e golle moƴƴe.
 Himmude reende juulde sabu konde annoore jiyaaɗo aduna e ñande darngo.
 Sadaka ko maande sellude gooŋɗingol.
 Himmude gollirde Quraana e gooŋɗinde mbo ngam mbo wona hujjo wonande ma mbo waasa wonde hujjo e dow ma.
 Fittaandu si sokliniraani ndu ɗoftaare ndu soklinir ma goopol.
 Kala neɗɗo alah sago o gollo; o rimɗanira fittaandu makko ɗoftaare, wollo o halkira ndu goopol.
 Muñal ina hatajini e roondaade ko satti e haasbaade ina heen kadi satteende.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Alah mbela ma ar jamaanu yottoo e gorko Hadiis ummaade e Am tawa hombo tuggii e leeso makko o wi'a: iana hakkunde men deftere Alla</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Ittaama e Miqdaad Ibnu Madikarib yo Alla wele mbo (yo alla yardo he makko)o wii: Nelaaɗo Alla yo jam e kisal won e makko maaki: " Alah mbela ma ar jamaanu yottoo e gorko Hadiis ummaade e Am tawa hombo tuggii e leeso makko o wi'a: iana hakkunde men deftere Alla, ko min tawi e mayre ina dagi min ndakna ɗum, ko min tawi e mayre ina harmi min karmina ɗum, ngannde pellet kala ko Nelaaɗo Alla harmini ko hono ɗuum woni ko Alla harmini"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Nelaaɗo habrii wonde jamaanu ɓadiima, mbo yogo e yimɓe jooɗoto, gooto e maɓɓe ina ɓaari e leeso makko, hadiis Nelaaɗo yo jam e kisal won e makko yottoo mbo, o wi'a: ñaawata hakkunde men e geɗe ko Quraana tedduɗo o oon yonii en, kala ko tawɗen e mammbo ko dagi ngolliren ɗum, kala ko tawɗen e mammbo ko harmi ngoɗɗitaɗen ɗum. Refti Nelaaɗo holliri (wangini)wonde kala huunde harmunde wollo nde o haɗi e sunno makko, ɗuum ñaawoore mum ko ko harmi e deftere Alla he, sabu ko kaŋko woni jottinanoowo Joom makko.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Teddinde sunno hono Quraana teddinirte nih e hono noon kadi ñaawooje mammbo nanngirte.
 Ɗoftaade Nelaaɗo ko ɗoftaade Alla ko noon ne kadi woopde Nelaaɗo ko woopde Alla Toowɗo O.
 Tabitde wonde sunno ko daliil e ruttude kala duttoowo sunnaaji wollo o yeddaɗi.
 Kala ɗuurniiɗo (totitanido)sunno o noddati raɓɓa- ɗinaade e Quraana, oon kanji ɗiɗi fof o ɗuurni, ko o penoowo ko o noddittoo ko rewde e Quraana.
 Ina jeyaa e dallillaaji annabaagal Nelaaɗo yo jam e kisal won e makko habrude mbo huunde aroore nde waɗira hono no o haalirno nih.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Aan Nelaaɗo Alla, mi accaani bakkaat mawɗo wonah tokooso si wonah mbawmi mbo, Nelaaɗo maak:" mbela a seedaaki dewateeɗo e goongo alah mbo wonah Alla e wonde Muhamadu ko Nelaaɗo Alla?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Ittaama e Anas yo Alla wele mbo (yo allah yardo he makko)o wii: Gorko arii e (wari to annabijo)Annabi yo jam e kisal ngon e makko o wii:  Aan Nelaaɗo Alla, mi accaani bakkaat mawɗo wonah tokooso si wonah mbawmi mbo, Nelaaɗo maak:" mbela a seedaaki dewateeɗo e goongo alah mbo wonah Alla e wonde Muhamadu ko Nelaaɗo Alla?" laabi tati. O wii:Eey, Nelaaɗo maaki" ɗuum ina itta ɗuma".</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Gorko arii e Annabi (wari to annabijo)yo jam e kisal won e makko o wi'i: Aan Nelaaɗo Alla, miin mi waɗii kala bakkatuuji e goopi, mi accaani toksel wonah manngel si wonah mbaɗ mi ngel, mbela mami yaafe?. Nelaaɗo yo jam e kisal won e makko maaki: mbela haɗa seedo wonde alah dewateeɗo e goongo mbo wonah Alla e wonde Muhamadu ko Nelaaɗo Alla? O fillii ɗum laabi tati, o jaabii mbo: O wii eey mbeɗo seedo, Annabi habri mbo ɓural seedeeji ɗiɗi e keefgol ɗi bonɗi, e wonde tuubaabuya ina momta ko adii e ɗuum.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Mawnude seedeeji ɗiɗi wonande oon kaalɗo ɗi tawa hombo gooŋɗini e ɓernde makko.
 Islaam ina momto ko adii mbo.
 Tuubgol gooŋɗungol ina momta ko adii ɗum.
 Fillitaade e janngingol ko tinndingol e tinndinooje yo jam e kisal won e makko.
 Ɓural seedeeji ɗiɗi ɗi, e wonde koɗi sabaabu daɗde e saasde e yiite.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>woni hakke Alla e dow jiyaaɓe ko de ɓe ndewata mbo ɓe mbaasa renndinde mbo e goɗɗo, woni hakke jiyaaɓe e Alla ko waasde leɓtude ɓe ɗoon ɗoɓe ndenndinaani mbo e hay huunde</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Ittaama e Mu'aaj yo Alla wele mbo,(yo allah yardo he makko) o wii: Nelaaɗo yo jam e kisal ngon e makko togganiino (korgido)mi e mbabba(arawa dakiya) mbi'ateeba Ufar, O maaki( owi): " Mu'aaj, mbela haɗa anndi hakke Alla e dow jiyaaɓe makko, e ko woni hakke jiyaaɓe e Alla?" mbii mi: ko Alla e Nelaaɗo makko ɓuri anndude, O maaki(owi): woni hakke Alla e dow jiyaaɓe ko de ɓe ndewata mbo ɓe mbaasa renndinde mbo e goɗɗo, woni hakke jiyaaɓe e Alla ko waasde leɓtude ɓe ɗoon ɗoɓe ndenndinaani mbo e hay huunde", mbii mi Aan Nelaaɗo Alla mbela mi weltinirtah ɗum yimɓe ɓe? O maaki: alah woto weltanir ɗum yimɓe ɓe, ɓe mbakkilkino".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Annabi ina feññina (wangi
 na)hakke Alla e dow jiyaaɓe, e hakke jiyaaɓe faade e Alla, e wonde hakke Alla e dow jiyaaɓe ko ndeɓe ndewata mbo ɓe mbaasa renndinde mbo e hay huunde, E hakke jiyaaɓe e Alla ko nde O waasata leɓtude wootadinɓe ɓe ndenndinaani mbo e hay huunde. Refti Mu'aaj wii: Aan Nelaaɗo Alla, mbela mi weltintah yimɓe ɓe ngam ɓe mbeltoro ngal ɓural? Nelaaɗo haɗi mbo ngam hulde ɓe tuugno e ɗuum.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Hollirde (wanginde)hakke Alla mbo o waɗɗini e jiyaaɓe makko, ko oon woni nde ɓe nde- wata mbo, ɓe ndenndintaa mbo e hay huunde.
 Ɓannginde hakke jiyaaɓe e dow Alla baɗɗinɗo e fittaandu makko e ɓural ummaade e makko e neema, ɗuum woni nde O naatnata ɓe aljanna, O leɓtataa ɓe.
 Ina e ɗum weltaare mawnde wonande wootaɗinɓe ɓe ndenndinaani Alla Toowɗo O  e hay ndiga ndeen weltaare woni naatde aljanna.
 Mu'aaj yeewti o hadiis ko adii nde o maayata; sabu hulde yande e suuɗde ganndal.
 Findinde e waasde saaktude yogo e hadisaaji e yogo e yimɓe hulande mbo faamaani maana hembo; ɗuum ko huu- nde nde les mum alah golle tawa kadi alah e nder mum keerol e keeri sariya.
 Woopooɓe wootadinɓe Alla ɓeen ko e haajaande Alla ngoni si O haajaama O leɓtaɓe si O welaama O yaafooɓe, refti batte maɓɓe wonota ko aljanna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>oon maayɗo o renndinaani e Alla hay huunde o naata aljanna, oon maayɗo hombo renndini Alla e huunde o naata yiite"(hiite)</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Ittaama e Jaabir yo Alla wele mbo(yo allah yardo he makko) o wii: Gorko gooto arii e (wari to)Annabi yo jam e kisal won e makko o wii: Aan Nelaaɗo Alla hoɗi ngoni baɗɗinooji? O maaki:" oon maayɗo o renndinaani e Alla hay huunde o naata aljanna, oon maayɗo hombo renndini Alla e huunde o naata yiite"(hiite)</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Gorko naamniima Annabi geɗe ɗiɗe: baɗɗinatngal naatde aljanna e baɗɗinatngal naatde yiite(hiite)? Nelaaɗo yo jam e kisal won e mum jaabii mbo: geɗal naatnatngal aljanna ngal woni nde aade maayata hombo rewa Alla bajjo o tawa o renndinaani mbo e hay huunde. Geɗal baɗɗinatngal ngal jaynge woni nde aade maayata hombo waɗdi Alla e huunde o waɗana Alla goreejo e nandadiijo e Alliyankaagal makko e joomirankaagal makko e inɗe makko e sifaaji makko.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Ɓural tawhiid e wonde oon maayɗo ho- mbo gooŋɗini o renndinaani Alla e hay huunde o naata aljanna.
 Bone(ngoƴa) sirku, kala maayɗo hombo renndini Alla e huunde o naata yiite.
 Woopɓe wootadinɓe Alla ɓe ngonata ko e haajaande Alla si O haaji O leɓtaɓe si O haaji O yaafooɓe, refti battane maɓɓe ko aljanna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>sabu o feerah wiide: Joom am yaafo mi goopi am ɗi ñande ñalngu njoɓdi</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Ittaama e Aysta yo Alla wele mbo:( yo allah yardo he makko) Mbii mi: Aan Nelaaɗo, Ibnu Jad'aan hombo jokkatno enɗam e saanga jaahiliya(ko adii islaam), o yammina miskiin, mbela ɗuum ina nafa mbo? o maaki:" nafataa mbo, sabu o feerah wiide: Joom am yaafo mi goopi am ɗi ñande ñalngu njoɓdi".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Nelaaɗo habri Abu Abdullaahi Ibnu Jad'aan, ko e mawɓe Quraysi en o wonno ado islaam. Ina e golle makko moƴƴe: Hombo jokkatno enɗam o moƴƴa e ɓadiiɓe mbo, o ñammina miskiin, e ko jiidah e ɗum e ɓure ɗe islaam hirjini yoɗe ngolle, ɗe golle nafataa mbo e laakara mum; sabu ko o yedduno Alla ko, e kadi o feerah wiide hay gootol, Joom am yaafo mi bakkatuuji am ñande ñalngu njoɓdi.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Hollirde ɓural gooŋɗingol, e wonde ko ɗum sarɗi jaɓaneede golle.
 Hollirde kiite keefeeru, e wonde ko ɗum bonnat ɗum golle moƴƴe.
 Heeferɓe golle maɓɓe nafataaɓe ñande darngo sabu waasde ɓe gooŋɗinde Alla e ñalngu cakkatiingu.
 Golle neɗɗo saanga keefeeru ina mbinndanee mbo si o jebbaliima, o yoɓee ɗe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>mbela hoɗon nganndi ko Joom mon daali?" ɓe mbii: ko Alla e Nelaaɗo mum ɓuri anndude, O maaki: " fini e jiyaaɓe Am gooŋɗin ɓe Mi e yedduɓe Mi</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Ittaama e Jeydu Ibnu Khaalid Al Juhaniyyi yo Alla wele mbo o wii:(yo allah yardo he makko) Nelaaɗo yo jam e kisal won e makko juulnii amen juulde subaka ka pottal Hudaybiyya caggal de toɓno jemma, nde o firlati faade e amen o maaki: mbela hoɗon nganndi ko Joom mon daali?" ɓe mbii: ko Alla e Nelaaɗo mum ɓuri anndude, O maaki: " fini e jiyaaɓe Am gooŋɗin ɓe Mi e yedduɓe Mi, tawi ko oon biiɗo min toɓra ko e ɓural yurmeen- nde Alla, oon ko gooŋɗinɗo Mi ko o jedduɗo koode, tawi ko oon biiɗo min toɓira ko sabu hoodere maaniire wollo maaniire, oon ko jedduɗo Mi ko gooŋɗinɗo hooere".</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Nelaaɗo juulii subaka ka Hudaybiyya- ɗuum ko wuro ɓadiingo Makka-  caggal toɓo e oon jemmo. Nde o silmini o gasni juulde o hucciti e yimɓe, o naaɓniiɓe: mbela hoɗon nganndi ko Joom mon tedduɗo O daali? Ɓe njaabii mbo ko Alla e Nelaaɗo makko ɓuri anndude. O maaki: Alla toowɗo O hollari yimɓe ina peccii pecce ɗiɗi saanga tellagol toɓo, heen feccere ina gooŋɗini Alla toowɗo O, e feccere woɗnde yeddunde Alla; Tawi ko oon biiɗo: en toɓraama ngam ɓural e yurmeende Alla, o askini tellaade toɓo faade e Alla, oon woni gooŋɗinɗo Alla tagɗo pirlittooɗo e winndere he, oon ko jedduɗo hoodere. Tawi ko oon biiɗo  toɓiraɗen ko hoodere kaja wollo hoodere maaniire; oon ko jedduɗo Alla, ko o gooŋɗinɗo hoodere, ɗuum ko keefereegal tokosal tawde o askitini toɓo ngo e hoodere; Alla noon waɗaani ɗuum sababu sariyanke wollo hoddiro. Tawi ko oon duttuɗo tellagol toɓo e jol jole leydi wollo e dillugol koode saango ƴellitagol majje e jangol majje o fiɓi ko kanje goni golluɗo tigi haa toɓo ngo telli, oon ko keefeero keefaraagu manngu.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Yiɗeede wiyeede caggal tellagol toɓo: Min toɓra ko e ɓural Alla e yurmeende makko.
 Kala duttuɗo neemo tellaade toɓo e ko wonah ɗuum faade e hoodere takgol e goodnugol oon ko jedduɗo Alla jeddugol manngol, si askatini ɗum e sabaabu oon ko o jedduɗo jeddugol tokosol sabu ɗum wonah sabaabu sariya wollo tinaaɗo.
 Neema ina wona sabaabu jeddugol si ko mbo yeddiraama, hombo wona sabaabu iimaan si mbo yettiraama.
 Haɗeede wiide:" min toɓra ko hoodere kaja wollo hoodere kaja", hay si woni o faandi heen ko yonto; sabu sukkude dame sirku.
 Waɗɗaade yowitaade ɓernde e Alla ko faati e fooɗde neemaaji e duñde leɓte e loruuji.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>pellet emin tina e pittaali amen ko mawni e gooto e amen haalde ɗum, o maaki:" ko goongo on keɓii ɗum?" ɓe mbii: eey, O maaki:" ko ɗuum woni iimaan laaɓtuɗo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hrayrata yo Alla wele mbo(yo allah yardo he makko) o wii: Yimɓe jeyaaɓe e Sahabaaɓe Nelaaɗo ngarii e amen, ɓe naaɓnii mbo: pellet emin tina e pittaali amen ko mawni e gooto e amen haalde ɗum, o maaki:" ko goongo on keɓii ɗum?" ɓe mbii: eey, O maaki:" ko ɗuum woni iimaan laaɓtuɗo"</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Dental (jama aare)jeyaaɓe e Sahabaaɓe nelaaɗo ngarii e makko, ɓe naaɓnii mbo ko ɓe tinata ko e e pittaali maɓɓe e geɗe mawɗe cattuɗe haalde ngam bonde ɗe e dogde pittaali e ɗuum. Nelaaɗo yo jam e kisal won e mum maaki: ko tinanaton ko e ɓerɗe mon woni gooŋɗingol laaɓtungol e yananeede haɗoore ko seyɗaane werlato ko e ɓernde e añde mon haalde ɗuum e mawnude ɗuum e pittaali mon, seytaane huɓindaaki e ɓerɗe mon, ɗum ina luutri e mbo seyɗaani huɓandii e ɓernde makko  tawa o heɓaani ko duñciri ɗum.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Hollirde lohre seyɗaane wondude e jom en gooŋɗingol alah fof ko o waawani ɓe si wonah sikki sikkinde.
 Waasde gooŋɗinde e jaɓde ko jolata e fittaandu e sikki sikkeeji  sabu ɗum ummii ko e seyɗaane.
 Ko seyɗaane sok soktata lorlatah gooŋɗinɗo, kono yo o moolo e Alla ɗuum, yo o reenta jokkude ɗuum.
 Juulɗo fotaani deƴƴude e geɗe jiɓariiɗe mbo e fii diine makko, o haani ko naaɓ- naade ɗuum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>jettooje ngoodanii Alla duttuɗo feere makko faade e sikki sikkinde</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>Ittaama e Ibnu Abbaas yo Alla weleɓe(yo allah yardo he mabe) o wii: Gorko arii(wari) e Nelaaɗo yo jam e kisal won e makko o wii: Aan Nelaaɗo Alla, gooto e amen ina tina e fittaandu e mum-huunde honde falo- wontude mbo ndoondi ɓuranta mbo haalde ɗum, O maaki:" Alla ko mawɗo, Allo ko mawɗo, jettooje ngoodanii Alla duttuɗo feere makko faade e sikki sikkinde".</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Gorko arii faade(wari to ) e Nelaaɗo o wii: Aan Nelaaɗo Alla, gooto e amen ina tina e fittaandu makko huunde honde falo fittaandu kono haalde ɗum ina mawni, haa yotti e wontude mbo ndoondi ɓuranta mbo haalde ɗuum. Nelaaɗo habbiri laabi ɗiɗi o yetti Alla sabu O ruttii feere seyɗaane nde wonti tan ko sok sokaade ɓernde.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Hollirde(wanginde) wonde seytaane ina tommboro juulɗo sikki sikkinde; ngam o itta mbo e iimaan faade e keefeeru.(keferagal)
 Hollirde (wanginde)lohre seyɗaane wondude jom en gooŋɗingol alah fof ko o waawani ɓe si wonah sikki sikkinde.
 Gooŋɗinɗo haani ko ɗuurnaade cikki cikkingol seytaane e duñde ɗum.
 Ina sarayina habbirde saanga huunde yiɗaande heɓa wollo haawniinde e ko nanndi e ɗuum.
 Ina sariyina de juulɗo naamnato ganndo kala ko jiɓarii mbo.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[رواه أبو داود والنسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>seyɗaane ina ara(ina wara) e gooto e mon o wi'a: hombo tagi ɗum? hombo tagi ɗum? hombo tagi ɗum? Haa o wi'a: hombo tagi Joom ma? Si o yottiima ɗoon yo o moolo e Alla, yo o gasnu ɗuum</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah yardo he makko): Nelaaɗo yo jam e kisal ngon e makko maaki: " seyɗaane ina ara(ina wara) e gooto e mon o wi'a: hombo tagi ɗum? hombo tagi ɗum? hombo tagi ɗum? Haa o wi'a: hombo tagi Joom ma? Si o yottiima ɗoon yo o moolo e Alla, yo o gasnu ɗuum"</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Nelaaɗo yo jam e kisal ngon e makko ina habra men safaara lobbo ko faati e naamne ɗe seytaane sok soktinta e gooŋɗinɗo. Seyɗaane wi'a hombo tagi ɗum? Hombo tagi kammu? Hombo tagi leydi? Gooŋɗinɗo jaabaro mbo neesu e hakkille wiide: ko Alla. Kono seytaane haaɗatah e ngool keerol e sok sokaade, kono o ɓennat haa o yotto e hombo tagai Alla? Ɗo noon gooŋɗinɗo duñra ɗii sikke sikkeeji geɗe tate:
 E gooŋɗingol Allaa.
 E moolaade e Alla ummaade e seytaane.
 E dartaade gaa e jokkude ngol cikki cikkingol.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Ɗuurnaade cikki cikkingol seytaane e bone mum e waasde miijaade heen e moolaade e Alla ngam ittude ɗuum,
 Kala ko yanta e ɓernde neɗɗo e sikke sikkeeji luutndiiɗi sariya ɗuum ko e seyɗaane jeya.
 Haɗde miijaade e jaati Alla, e hirjinde e miijaade e tagaaɗe makko e kaawisaaji makko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>golle ko jeegom, yimɓe ko nayo, baɗɗinooji ɗiɗi, e yeru e yeru, moƴƴel gootel ko cowe sappo, moƴƴel gootel sowe teemedde jeeɗiɗi sowre</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Ittaama Khuraymi Ibnu Maalik yo Alla wele mbo(yo allah yardo he makko) o wii: Nelaaɗo yo jam e kisal won e makko maaki: " golle ko jeegom, yimɓe ko nayo, baɗɗinooji ɗiɗi, e yeru e yeru, moƴƴel gootel ko cowe sappo, moƴƴel gootel sowe teemedde jeeɗiɗi sowre, tawi ko baɗɗinooji ɗiɗi ɗi: kala maayɗo o renndinaani Alla e hay ndiga o naata aljanna, kala maayɗo hombo renndini Alla e huunde o naata yiite, si tawii ko yeru e yeru, oon kimmirɗo waɗde moƴ- ƴel haa o tini ɗum e ɓernde makko, o winndante moƴƴel gootel, oon baɗɗo moƴƴel gootel o winndante moƴƴi sappo, oon nafquɗo e laawol Alla moƴƴere mum sowete laabi teemedde jeeɗiɗɗi, tawi ko yimɓe, ko jaacnanaaɗo e aduna ɓittanaaɗo ka laakara, e ɓittanaaɗo e aduna jaacnanaaɗo ka laakara, e ɓittanaaɗo e aduna e laakara, goɗɗo o ko jaacnanaaɗo aduna e laakara"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -3632,701 +3632,701 @@
 3: O woni jom faaɗeende aduna e laakara, ko oon woni keefeero baasɗo.
 4: O woni jom yaajeende aduna e laakara, ko oon gooŋɗinɗo galo.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Ɓural Alla ina mawni e dow jiyaaɓe Makko e sowande ɓe moƴƴi.
 Nuunɗal Alla e teddungam Mum, nde O waɗi njoɓdi bonngel gootel ko gootel tan e nuunɗal Makko.
 Mawnude bone sirku, ina e mum haɗeede aljanna.
 Ɓannginde ɓural nafqude e laawol Alla.
 Sowde nafqude e laawol Alla fuɗɗorto ko e teemedde jeeɗiɗi sowre, sabu ɗuum wallat e toownude konngol Alla.
 Ɓannginde nooneeji yimɓe e ceertugol maɓɓe.
 Ina yaacnane ka aduna gooŋɗinɗo e mbo wonah gooŋɗinɗo, yaacnantaake ka laakara mbo wonah gooŋɗinɗo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>pellet Alla tooñatah gooŋɗinɗo moƴƴere, o toottete nde ka aduno, o yoɓee nde ka laakara</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Ittaama e Anas Ibnu Maalik yo Alla wele mbo(yoallah yardo he makko) o wii: Nelaaɗo yo jam e kisal won e mum maaki: " pellet Alla tooñatah gooŋɗinɗo moƴƴere, o toottete nde ka aduno, o yoɓee nde ka laakara, tawi ko keefeero o ñamminete moƴƴi ko o gollani Alla ko e aduno, ha si o ari ka laakara, o dañatah moƴƴere nde o yoɓete".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Annabi ina jam e kisal won e mum ina ɓanngina mawnude ɓural Alla e gooŋɗin ɓe e nuunɗal makko wondude e heeferɓe. Tawi ko gooaɗinɗo baraaje golle ɗe o golle ɗe ustetaake; o tottirte ɗe moƴƴere ka aduna sabu ɗoftaare mum, wondude ko o moɓtana e njoɓdi laakara; hombo waawi moɓtaneede njoɓdi ndi fof haa laakara. Tawi ko keefeero Alla okkat ɗum njoɓdi moƴƴe ɗe o waɗi gila aduna, si o yottiima laakara o heɓatah baraaje ɗe o yoɓate toon; sabu golle moƴƴe nafooje aduna e laakara alah e saga jom heɗe wona gooŋɗinɗo.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Kla(on) maayɗo e keefeeru golle mum nafatah mbo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>a jebbaliima ko adii ko moƴƴere</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Ittaama e Hakiim Ibnu Hujaamin yo Alla wele mbo(yo alla yardo he mkko), o wii: Mbii mi: Aan Nelaaɗo, hono njiiruɗo golle moƴƴe ɗe mbaɗatnoo mi saanga jaahiliyŋkooɓe hono sakkaraade wollo rimɗinde, e jokkude enɗam, mbela ɗuum ina waɗi baraaje? Nelaaɗo yo jam e kisal won e makko maaki:" a jebbaliima ko adii ko moƴƴere.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Nelaaɗo yo jam e kisl ngon e makko ina hollira(omoplates wangina) wonde keefeero si naati islaam o heɓat baraaje golle moƴƴe ɗe o waɗatno hono sakkaraade wollo rimɗinde maccuɓe wollo jokkude enɗam.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Golle keefeero moƴƴe ka aduna o barjetaake heen ka laakara si o maayi e keefeeru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>pellet Alla ina yiɗi nde tottirte newiiɗi Makko, hono no tottirte baɗɗiiɗi Makko</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Ittaama e Ibnu Abbaas yo Alla weleɓe (yo alla yardo ha mabbe)o wii: Nelaaɗo yo jam e kisal won e mum maaki: " pellet Alla ina yiɗi nde tottirte newiiɗi Makko, hono no tottirte baɗɗiiɗi Makko"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Annabi ina habra: wonde ina yiɗi nde newuyaaji Makko ɗi O sarayini ngarate, ɗiin ngoni hoybinaneede ñaawooje e dewe Alla, e newnande ɗi kellifaaɗo sabu ngantu- hono ustude juulde e renndinde nde saanga ɗatngal. Ko noon kadi ina waɗɗi nde geɗe baɗɗiiɗe mbaɗete; sabu yamiroore Alla e newuyaaji, e pellitaaɗi ko gootum.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Yurmeende Alla e dow jiyaaɓe Makko, Alla ina yiɗi waɗeede ko O sarayini ko e geɗe newnaaɗe.
 Timmude o sariya, e ittude satteende e dow juulɗo.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[رواه ابن حبان]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65017</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>yeru naafige, ko hono dammuwol beemngol hakkunde dammi ɗiɗi ngol fa'a e ɗi e laawol, laawol goɗngol ngol, ngol hucca e goɗɗi he</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Ittaama e Ibnu Umar yo Alla wele ɓeyo alla yardo he makko), o wii: " yeru naafige, ko hono dammuwol beemngol hakkunde dammi ɗiɗi ngol fa'a e ɗi e laawol, laawol goɗngol ngol, ngol hucca e goɗɗi he"</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e mum holliri (wangini)wonde naafige nanndi ko dammuwol denngi dennginatngol ngol anndah honde sefre e dammuhaaji ɗi ngol sukkat. Ngol sukka (tukka)e nde sefre heen saha, ngol sukka(tukka) e woɗnde saha goɗɗo o. Kamɓe koɓe weemɓe hakkunde iimanaagal e keeferaagu, ɓe ngondaani e gooŋɗinɓe ko feeñi e ko wirni, ɓe ngondatah e heeferɓe ɓe ko feeñi e ko wirnii, alah peeñndi maɓɓe ɓe ngondi ko e gooŋɗinɓe, mbirniindi maɓɓe ko denngi ndennginde, heen sahaaji ɓe nguuroro gah heen sahaaji ɓe nguuru e ɓeya.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Ina e tinndingol Annabi fiyde yeruuji ngam ɓallinde maanaaji.
 Hollirde (wanginde)ngonko naafigeeɓe ka ndenngi ndennginde e sikke e waasde deeƴde.
 Reentinde ngonko naafigeeɓe e hirjinde e gooŋɗude e fellitde e nder gooŋɗingol ko ɓanngi e ko suuɗi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>pellet iimaan ina rappa e fulkuru gooto e mon hono no comcol rappirta nih, ñaage Alla nde O hesɗatinta iimaan e ɓerɗe mon</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ibnu Amri Ibnul Aasi yo Alla  yardo he mabbe) o wii: Nelaaɗo yo jam e kisal won e makko maaki: " pellet iimaan ina rappa e fulkuru gooto e mon hono no comcol rappirta nih, ñaage Alla nde O hesɗatinta iimaan e ɓerɗe mon".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e mum ina habra wonde gooŋɗingol ina rappa e ɓernde juulɗo ngol loha hono no comcol kesol rappirta sabu ɓooyde huutareede. ɗuum ko sabaabu ngaameela ko faati e dewal Alla, wollo wawde goopi e mutde e tuuyaaji. Annabi tinndini nde ñaagotoɗen Alla nde O hesɗanirta gooŋɗingol men, ummaade e farillaaji e heewde imsinaade.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Hirjinde e ñaagaade tabitde e hesɗatinde gooŋɗingol e nder ɓernde.
 Gooŋɗingol(iimaan) ko koŋngol e gollal e fiɓnde, ina ɓeydiro ɗoftaade, ina ustoro goopol.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[رواه الحاكم والطبراني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>Pellet ina jeya e maale darngo nde ganndal ɓamtate, majjere heewa, jina heewa, yarde sanngara(doro)heewa,worɓe pamɗa, rewɓe keewa haa woodana rewɓe capanɗe njoyo gorko gooto. darantooɗo ɓe</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Ittaama e Anas yo Alla wele mbo,('yo Alla yaedo he makko) o wii: Ma mi yeewtan on yeewtere nde nan mi e Nelaaɗo Alla yo jam e kisal won e mum hombo maaka:(wala jewtowone ko hana min) " Pellet ina jeya e maale darngo nde ganndal ɓamtate, majjere heewa, jina heewa, yarde sanngara(doro)heewa,worɓe pamɗa, rewɓe keewa haa woodana rewɓe capanɗe njoyo gorko gooto. darantooɗo ɓe".</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e mum ina ɓanngina wonde ina jeya e maale darngo nde ganndal anndude sariya ɓamtatirte maayde annduɓe. ɗuum yeñcina heewde e saraade majjere, e saraade jina e paŋkare, e heewde yarde sanngara, e famɗude worɓe e heewde limoore rewɓe; haa waɗtina gorko gooto ummoto e geɗe e maslahaaji capanɗe joy debba.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Hollirde (wanginde)yogo e maandeeji(alaamaaji) darngo.
 Ganndal nde darngo darato ko ganndal ngal Alla heerori.
 Hirjinde e anndinaade ganndal sariya ko adii de ngal waasete.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>darnga darataaka haa mbarandiron e Yahuud, haa haayre nde yahuudiyanke woni caggal mum wi'a: Aan juulɗo o ko yahuudiyanke war mbo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo alla yardo he makko)wonde Nelaaɗo yo jam e kisal won e mum maaki: " darnga darataaka haa mbarandiron e Yahuud, haa haayre nde yahuudiyanke woni caggal mum wi'a: Aan juulɗo o ko yahuudiyanke war mbo"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e mum habri wonde darnga darataaka haa juulɓe e yahuud en mbarandira, haa (faa)si yahuudiyanke dogi ari caggal haaƴre ngam nde suura ɗum e juulɓe he; Alla haalna nde, nde nodda juulɗo: nde wi: yahuudi ina caggala hende ha o ara o wara mbo.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Habrude Annabi yogo ko wirni e ko arata,  ɗum ko Alla ƴellitani mbo ɗum, te ma ɗum waɗ alah e sago.
 Haɓaade juulɓe yahuud en e sakket jamaanu, ɗuum ko e maande (alaamaaji)darnga jeya.
 Heddaad diine islam haa(faa) ñande darnga, e ɓanngude mbo e dowdiineeji he fof.
 Wallude Alla juulɓe e dow añɓe maɓɓe, ina e ɗuum haalnude haaƴre ñande ka sakket jamaanu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65023</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>darnga darataaka haa (faa)naange fuɗira mutirgel (janirgal)mannge, si nge fuɗii yimɓe ɓe nji'i nge kamɓe fof ɓe ngooŋɗina</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele wonde(yo alla yardo he makko): Nelaaɗo yo jam e kisal ngo e makko : " darnga darataaka haa (faa)naange fuɗira mutirgel (janirgal)mannge, si nge fuɗii yimɓe ɓe nji'i nge kamɓe fof ɓe ngooŋɗina, ndeen woni nde:(iimaan nafatah fittaandu si wonah gooɗingol ngol o gooŋɗinno ko adi, wollo o faggi moƴƴere e gooŋɗingol makko he moƴƴere)-An'aam 158- ma darnga dara tawa worɓe ɗiɗo ina mberti comci maɓɓe hakku nde maɓɓe tawaɓe coodratah ɗi ɓe cowatah ɗi, pellet ma darnga dara tawa gorko ina firlati e kosam ngeloba mum njarla tawa o yaratah ɗam, ma darnga dara tawa neɗɗo ina feewna weendu mum tawa o yaratah heen, ma darnga dara tawa gooto e mon ina ɓami lonngere faade e hunduko mum tawa o meeɗataaa nde".</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Nelaaɗo yo jam e kisal woni e makko ina habra wonde ina e maandeeji ñalnde mawnde nde nde naange fuɗirta hirnaange gaa e funnaange,  nde yimɓe ɓe nji'i nge kamɓe fof ɓe ngooŋɗina. e oon tumo nafatah keefeero gooŋɗingol makko, golle moƴƴe e tuubde ñande heen nafath. Refti Nelaaɗo habri darnga juhat; haa ngo daroto tawa yimɓe ina e mbaadiiji e fiyqkuuji nguurndam maɓɓe; Darnga daro tawa jeeyoowo e coodoowo homɓe mberti comci maɓɓe hakkunde maɓɓe tawa ɓe coodratah, ɓe cowataa ɗi, Darnga daro tawa gorko ina jaggi kosam ngeloobo mum kono o yaratah ɗam, Darnga daro tawa gorko ina feewna weendu mum hombo ɓakkina ndu tawa o yaratah e hendu, Darnga daro tawa gorko ina ɓamti lonngere makko faade e hunduko makko tawa o ñaamataa nde.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Jebbilaade e tuubde ina jaɓe ɗoon ɗo naange fuɗraani hirnaange.
 Hirjinde heblinaraade darnga iimaan e golle moƴƴe; sabu darnga juhat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65026</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Weendu am ndu foti ko yahannde lewru, ndiyam hendu ɓuri kosam ranwude, mbalangol hendu ɓuri misku uurde</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>Ittaama e Abullaay Ibnu Amru yo Alla wele ɓe (yo alla yardo he mabe)o wii: Nelaaɗo yo jam e kisal won e mum maaki: " Weendu am ndu foti ko yahannde lewru, ndiyam hendu ɓuri kosam ranwude, mbalangol hendu ɓuri misku uurde baraaɗe hendu mba'i ko koode kammu, kala jarɗo e hendu ɗomɗatah haa bada"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e mum habri wonde weendu mum ñande darnga, njuuteendi mum ko jahgol lewru ko hono noon kadi njaajeendi hendu, Ndiyam weendu ndu ɓuri kosam ranwude, balngol hendu ɓuri lati uurde, baraaɗe hendu ko hono koode kammu e keewgol, kala jarduɗo e baraaɗe weedu ndu o wontah ɗomɗude haa cay.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Weendu Annabi ko dental ndiyam keewɗam ko gooŋɗinɓe njolata e hendu ñande darnga,
 Jarɗo e hendu heɓat neema ɗuum woni o wontah womɗude haa pooma.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>pellet ma Mi won e weendu haa mi yi'a joloowo faade e am ummaade e mon, ma wood naanngaaɓe kaɗe yottaade mi, Mi maaka: Aan joom am ko e am o jeyaa ko e leñol am o jeya</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Ittaama e Ashma ɓiy Abu Bakri yo Alla wele ɓe, (yo alla yo alla yardo he mabe)o wii: Annabi yo o his  maaki: " pellet ma Mi won e weendu haa mi yi'a joloowo faade e am ummaade e mon, ma wood naanngaaɓe kaɗe yottaade mi, Mi maaka: Aan joom am ko e am o jeyaa ko e leñol am o jeya, o wi'e mbela a tini koɓe mbaɗi caggal ma, mi woondarii Alla, ɓe ceeraani hoɓe nduttoro caggal maɓɓe"</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Annabi ina holliri  ma o won e weendu mum ñande darnga ngam o ƴeewa arooɓe e leñol mum he faade e weendu makko he, ma yimɓe nannge e sero makko, o maaka: Aan joom am ɓe ko e am ɓe njeya, ko e leñl am ɓe njeya, O wi'e: Mbela haɗa anndi koɓe ngolli caggal nde ceertuɗa e maɓɓe, mi woondari Alla ɓe ceeraani hoɓe ndutto hoɓe njalta ummaade e diine maɓɓe, ɓe njeyaaka e ma, ɓe njeyaaka e leñol ma.</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Yurmende Annabi e reerɗude mbo e maɓɓe.
 Hulɓinaade luutndaade ko Annabi yo jam e kisal ngon e makko wonnoo ko e dow mum.
 Hirjinde e jaggitaade e sunna Annabi yo jam e kisal ngon e mum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>mi woondarii mbo fittaandu Muhamadu woni e junngo mum ngenndukon hendu ɓuri koode kammu heewde</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Jarri yo Alla wele mbo: Mbii mi: Aan Nelaaɗo Alla hol ko woni ngenndukon Weendu ndu? O maaki:" mi woondarii mbo fittaandu Muhamadu woni e junngo mum ngenndukon hendu ɓuri koode kammu heewde tawa ko e jemmo niɓɓo mbo alah lewru, ngenndukon aljanna jarduɗo kon ngool jargol wonat sakket ɗomko mum haa pooma, ina ila e maggol miijaabaaji ɗiɗi ummaade ka aljanna, jarɗo heen ɗoɗatah haa bada, njaajeendi mum e njuuteendi mum poti, ko fotde hakkunde Ummaan e Aylata, ndiyam mayru ɓuri kosam ranwude, ɓuri njuumri welde"</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Annabi (honake)woondi wonde ngenndukon weendu makko ñande darnga ɓuri limoore koode kammu heewde, ɗuum feeñata ko e jemmo(jemma) niɓɓuɗo mbo alah lew lewal; sabu jemmo baɗɗo lew lewal waɗatah koode laaɓtuɗe sabu suuɗaade ɗe e ndaaygu lewru, sabu woodeede duule ina haɗa yiide koode, kala jarɗo njaram ngonɗam e ngenndu- kon aljanna o ɗomɗatah haa pooma, ɗuum wona sakket ɗomko jarɗo o, Ina ila e weendu makko he mijaabaaji ɗiɗi ummaade e aljanna, njaajeendi e hendu e njuuteeki hendu poti; weendu ndu foti jookli, njuuteendi hendu foti ko e hakkunde Ummaan -ɗum ko saare ka Balqa to Shaam, faade Aylata- ɗuum ko wuro anndaango ka ceɓam Shaam, Ndiyam weendu ndu ɓuri kosam ranwu- de, kañjam ɓuri njuumri dakmude.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Tabitde weendu e ko woni e hendu e neemaaji.
 mawnude weendu ndu e juutde ndu e yaacde ndu e e heewde genndugon hendu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>Pellet Alla ma falta gorko e leñol am e dow ko'e tagaaɗe ñande darngo</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ibnu Amri Ibnil Al Aasi yo Alla wele ɓe (yo allah yardo he mabe)o wii: Nelaaɗo yo jam e kisal woni e mum maaki: " Pellet Alla ma falta gorko e leñol am e dow ko'e tagaaɗe ñande darngo o wertane capanɗe jeenay e jeenay ɗerewol, kala heen ɗerewol ina tolno fotde ɗo yitere haaɗata, refti O wi'a: Mbela haɗa yedde huunde e ɗum? Mbela winndooɓe Am reenooɓe tooñii ma? O wi'a alah Joom am, O wi'a mbela haɗa jogii ngantu? O wi'a alah Joom am, O wi'a:  Oho kay haɗa jogii ka am moƴƴere, hannde a tooñetaake, ɗerewol yaltine ina heen: Mbeɗa seede wonde deweteeɗo e goongo alah si wonah Alla, e mbeɗa seedo wonde Muhamdu ko maccuɗo Mum ko nelaaɗo Alla, O wi'a addu peese ma, o wi'a Aan Joom am, hono ngal kartal waadi e ɗii ɗereeji? O wi'a aan a tooñe-taake hannde, O wi'a pawee ɗereeji ɗi e balaas pawon kartal ngal e peesirgal, ɗereeji ɗi koyi, kartal ngal nisi, alah ko ɓurata ko wondi e Innde Alla nisde".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Annabi yo O his habri Alla ina suɓo gorko e leñol am e dow ko'e tagaaɓe ñande darnga o nodde ngam haasbeede, o holle ɗereeji capanɗe jeenay e jeenay, ko ɗiin ngoni ɗereeji golle mum bonɗe ɗe o gollatno ka aduno, njuuteendi kala heen ɗerawol ko fotde ɗo yitere waawi haaɗde. Refti Alla tedduɗo O wi'a o gorko: mbela haɗa yedda huunde ko winnda ko e ɗi ɗereeji? Mbela malaykaaji am deenooji binndooji tooñiima? Gorko o wi'a alah Joom am. Alla tedduɗo O wi'a: Mbela haɗa jogii ngantu e ko mbaɗnaɗa ko e golle aduno? A yejjit wollo a woopo wollo ko majjere waɗnuno ma ɗuum, Gorko o wi'a: Alah Joom am mi alah ngantu. Alla tedduɗo O wi'a: Eey kay, haɗa jogii moƴƴer ka Amen, tooñannge alah e ma hannde. O wi'i: O yaltina kartal ina winnda heen: Mbeɗa seedo deweteeɗo e goongo alah si wonah Alla, mbeɗa seedo wonde Muhamadu ko maccuɗo makko e nelaaɗo makko. Alla wi'a: o gorko, addu peesirgal (etirgalmada)ma. Gorko o wi'a hombo haawa: Aan Joom am! hono niseeki ngel (etirgal)kartel waadi e ɗii ɗereeji?! Alla wi'a: Tooñannge yanatah e ma. O wii: Ɗereeji ɗi mbaɗe e balaas, kartal ngal waɗe e balaas, balaas ɗereeji ɗi koyi, kartal ngal jaali ngal nisi, Alla yaafii mbo.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Teddude konngol tawhiid: Seedaade deweteeɗo e goongo alah si wonah Alla, e teddude ɗum e peesirgal.(etirgal)
 Wowlude konngol tawhiid e ɗeɓngal tan yonatah, kono alah e saga maana kon- ngol annde e gollirde ko ngol ɗaɓɓi ko.
 Laɓɓinde e cemmbe wootadinde ko e sababuuji momtooji bakkatuuji.
 Gooŋɗingol ina ɓurandira fotde laɓɓingol gonngol e ɓerɗe, yogo e yimɓe ina kaala ngol konngol kono ɓe leɓte fotde bakkatuuji maɓɓe.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Nde Alla tagi aljanna e yiite O neli jibriil  yo o his</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Ittaama e Abuu Hurayrata yo Alla wele mbo, (yo allah yardo he makko)ummaade e Nelaaɗo yo jam e kisal won e mum o maaki: " Nde Alla tagi aljanna e yiite O neli jibriil  yo o his faade aljanna, O wi'i ndaar mba e ko keblan Mi jom en hembo, Jibriil ndaari mba o rutti, (o warti)o wi'i: E teddungal Ma hay gooto nanataa mba si wonah o naata mba,O yamiri mba fiiltira gañaaɗi, O wi'i:yah ndaara ko keblan Mi yimɓe hembo, o ndaari mbo ndeke hombo fiiltira gañaaɗi, o wii: E teddungal ma mi huli nde hay gooto naatataa mba, O wi'i: yah ndaar jayngol e ko keblan mi yimɓe hengol e nder maggol, o ndaari ngol ndeke hongol waɗɗandiri, o wi'i e teddungal ma hay gooto naatatah ngol, O yamiri ngol fiiltira tuuyaaji, O yamari mbo yo o rutto rutto o ndaara ngol rutti (owarti)o wii: E teddungal Ma mi huli nde hay gooto waawata daɗde heen si wonah o naata e hengol".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Nelaaɗo habri wonde nde Alla tagi aljanna e yiite, O daalani Jibriil: yah ka aljanna ndaaraa mba, o yahi o ndaari refti o ruttii.(owarti) Jibriil wii: Aan Joom am, e teddungal ma hay gooto nanatah mbo e kombo waɗi e neemaaji e teddungal e moƴƴereeji si wonah o yiɗa naatde mbo, o gollo sabu hembo. Refti Alla fiiltari aljanna o e geɗe gañaa- ɗe e caɗeele golllirde jamiraaɗe e reen- taade kaɗaaɗe; kala jiɗɗa natde mbo alah e saga o lummba ɗiin gañaaɗi. Refti Alla maakani : Jibriil rutto! yah ndaara aljanna, caggal de mbo fiiltara gañaaɗe. O yahi o ndaari mbo, refti o arti o wii: Aan Joom am, e teddungal mah mbeɗa huli nde hay gooto waasata naatde mbo sabu caɗeele e ɓitte gonɗe e laawol faade e aljanna he. Nde Alla tagi yiite, O maaki : Jibriil! yah ndaaroy ngol, o yahi o ndaari nge. Refi o ari jibriil wii: Aan Joom am, e teddungal Ma hay gooto nanatah ko woni ko e hengol e leɓte e caɗeele e ɓitte si wonah o aña naatde ngol o woɗɗito sababuuji naatnatɗi ngol. Refti Alla fiiltiri yiite O ɗaɗi laawol faade e henge tuuyooji e dakammeeji, O daali Jibriil, yah ndaarayaa nge. Jibriil yahi o ndaari nge, refti o ari o wii: Aan Joom am, e teddungal ma mi hulii paay mi nde hay gooto waasata daɗde e maggol; sabu ko woni e sere maggol e tuuyaaji e dakammeeji.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Gooŋɗinde wonde aljanna e yiite ina ngoodi jooni.
 Waɗɗaade gooŋɗinde ko wirni e kala ko ari ummaade Alla e Nelaaɗo makko yo jam e kisal won e makko.
 Himmude muñal e dow geɗe gañaaɗe sabu ko ɗuum woni laawol jottinatngol aljanna.
 Himmude woɗɗitaade geɗe karminaaɗe; sabu koɗe laawol faade e yiite.
 Waɗde aljanna ina fiiltara gañaaɗe, e yiite fiiltareede tuuyaaji, ɗum ina yaadi jaribuyaaji e nguurndam aduna.
 Laawol aljanna ina satti, ina hatajini e muñal e tampereeji wondude e iimaan, e laawol yiite ina hebbina dakammeeji e tuuyaaji e nder aduna.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>Ma maayde adde honde wa'i e njawdi toddiri</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>Ittaama e Abu Sa'iid Al Khadri yo Alla wele mbo o wii(yo alla yardo he makko): Nelaaɗo e jam e kisal won e mum wii: " Ma maayde adde honde wa'i e njawdi toddiri, noddoowo nodda: eey yimɓe aljanna, ɓe ɗoɗo ɓe ndaara, o wi'a: mbela o hoɗon nganndi ɗum? Ɓe mbi'a eey, ɗum ko maayde, kamɓe fof ɓe nji'inonde, refti o nodda: eey yimɓe yiite, ɓe ɗoɗo ɓe ndaara, o wi'a: mbela hoɗon nganndi ɗum? Ɓe mbi'a eey, ɗum ko maayde, kamɓe fof ɓe ni'iinonde, nde hirse, noddoowo nodda: eey yimɓe aljaana, caasal, maayde alah, eey yimɓe yiite hanti ko caasal, maayde alah, refti o jannga:- jeertinɓe ñande mette ɓernde saanga nde huunde nde ñaawa taw hoɓe e welsindaare- Maryama 39- ɓe ɓe ngoni ko e welsindaare yimɓe aduna- ɓeen ɓe ɓe gooŋɗinaani- simoore mariyama: aaya 39-".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina wonde ma maayde adde ñande darnga e mbaadi njawdi mbaɗndi todde daneeje e ɓaleeje, Yimɓe aljanna nodde, ɓe ɗoɗoo ɓe ɓamta ko'e maɓɓe ɓe ƴeewa, ɓe mbi'e: mbela hoɗon nganndi ɗum? Ɓe mbi'a: eey, ɗuɗm ko maayde, kamɓe fof ɓe nji'ii nde ɓe nganndii nde, refti noddoowo nodda: yimɓe yiite, ɓe ɗoɗoo ɓe ndaara ɓamta ko'e maɓɓe ɓe ndaara, o wi'a: mbela hoɗon nganndi ɗum? Ɓe mbi'a: eey, ɗum ko maayde, kamɓe fof ɓe nji'ii nne; Nde hirse, refti noddoowo nodda: yimɓe aljaana hanti ko keddagol duumingol maayde alah, yimɓe yiite hanti ko duumingol haa pooma maayde alah. Ngam ɗuum wona ɓeydaari e neema gooŋɗinɓe, e mette leɓte heefereeɓe. Refti Annabi janngi: - jeertinɓe ñande mette ɓernde saanga nde huunde nde ñaawa tawi hoɓe e welsindaare ɓeen ɓe ngooŋɗintah" Ñande darnga yimɓe aljanna e yimɓe yiite ceernde, gooto e maɓɓe fof naata ɗo o waɗtinta ɗo haa pooma, Bonnuɗo ɓernde mum mett o mimsa sabu ko o moƴƴinaani ko, daɓɓaniiɗo ɓeydantaake moƴƴere.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>Battane aade ka laakara ko saasde e aljanna wollo saasde e yiite.
 Jeertinde sattunde e kulhuli ñande darnga e wonde kombo mette ɓernde e mimsa.(nimmsa)
 Hollirde(wanginde) duumaade weltaare yimɓe aljanna, e duumaade suno yimɓe yiite.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Jaynge mon nge (hitemon)ko feccere e capanɓe jeeɗiɗi e yiite jahannama</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e mum, (yo alla yardo he makko) o wii Nelaaɗo yo jam e kisal won e makko maaki: " Jaynge mon nge (hitemon)ko feccere e capanɓe jeeɗiɗi e yiite jahannama" wi'a: Aan Nelaaɗo Alla, si nge yoni, o maaki: " nge ɓurnaama e majje fotde capanɗe jeegom e jeenay feccere kanje fof ko hono nguleeki heɗe"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde yiite aduna ko feccere e capanɗe jeeɗiɗi feccere ummaade e yiite Jahannama, yiite laaka (lakara)ina ɓuri nguleeki yiite aduna ko wonata capanɗe jeegom e jeenay feccere, kala heen feccere ina fofti e nguleeki(yiite) aduna. Nelaaɗo Alla wi'a: pellet yiite aduna yonii leɓte naatɓe nge, O maaki: jaynge jahannama ɓurnaama jaynge aduna ko wonata capanɗe jeegom e jeenay feccere, kala heen feccere foti ko nguleeki jayli aduna,</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Reentinde yiite haa yimɓe ɓe ngoɗɗito golle jottinooje e henge.
 Mawnude yiite jahannama, e sattude nguleeki henge,</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Nelaaɗo Alla yeewtanii min ko kaŋko woni gooŋɗuɗo gooŋɗinaaɗo:" tagu gooto e mon e ina renndine e reedu neene mum capaɗe nay ñalawma e jemma</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ibnu Mas'uud yo Alla wele mbo(yo alla yardo he makko): Nelaaɗo Alla yeewtanii min ko kaŋko woni gooŋɗuɗo gooŋɗinaaɗo:" tagu gooto e mon e ina renndine e reedu neene mum capaɗe nay ñalawma e jemma refti o wonta heɗɗere, refti o wonta husre yeru mum, refti malayka nele e makko, o sakkite konngi nay, arsuko makko winnde e lajal makko, e golle makko malaaɗo wollo ko o kiitaaɗo, refti fittaandu wuttee e makko,  pellet gooto e mon ina golla golle yimɓe aljanna haa alah ko heddoto hakkunde mum e aljanna si wonah dira, o golla golle yimɓe yiite hoddiro yana e makko o naata yiite, pellet gooto e mon ina golla golle yimɓe yiite haa heddataako hakkunde mum e yiite si wonah dira, o golla golle yimɓe aljanna hoddire winnde e makko o naata mbo"</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Ibnu Mas'uud wii: Nelaaɗo yeewtanii amen ko kanko woni gooŋɗuɗo gooŋɗinaaɗo, gooŋɗinaaɗo sabu ko 
   Allagooŋɗini mbo. O maaki: Gooto e mon tagu mum ina renndine, si gorko renndi e debbo mum maniyyu mum cariiɗo o renndinte e reedu debbo capanɗe nay ñalawma hono toɓɓere, refti nde wonta heɗɗere ɗuum woni ɗiiƴam tekkuɗam penndiɗam, ɗum ko e balɗe capanɗe nay ɗimme ɗe, refti ɗum wonta husre  ko ɗuum woni hettere teew ƴakkatoonde, ɗum ko e capanɗe nay balɗe tataɓol he, refti Alla nela e makko malayka, mbo wutta e makko fittaandu caggal balɗe capanɗe nay battuɗe laabi tati, malayko o yamire winndude konngi nay ɗiin ngoni: arsuko makko, ɗuum woni ko o heɓata e neemaaji e nder nguurndam makko, e lajal makko, ɗuum woni ko o heddoto ko e aduna, e golle makko, hol ko woni ɗeen? Kiitaaɗo wollo malaaɗo. Refti Annabi woondi (honake)wonde ma gooto e aade en gollu golle yimɓe aljanna, golle makko ngono moƴƴe, ko feeñani ko yimɓe ɓe, o wonira noon haa heddataako hakkunde mum e aljanna si wonah dira, ɗuum woni haɗata ɗum ko yottaade si en ɓetii e leydi ɗum wonata ko dira, hoddira jaalo e makko e ko o winndana ko, o golla golle yimɓe yiite, o gasnira ɗum golle makko o naata yiite; sabu sarɗi jaɓeede golle makko ko tabitde e heɗe e waasde waylaade, goɗɗo o e yimɓe he, o gollat golle yimɓe yiite haa o ɓadoo naatde nge, heddo hakkunde makko e henge fotde dira, ko winndana ko e hoddira jaalo e makko o golla golle yimɓe aljanna o naata aljanna.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Battane geɗe ko sakket ko idi e heɗe e hoddire e ñaawoore,
 Reentinde hoomtaraade e mbaadiiji golle; ƴeewete e golle ko battane heɗe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Alla winndii hoddiraaji tagaaɗi ko adii nde O tagata kammuuji e leydi ko wonata duuɓi capanɗe joy ujunere</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ɓiy Amru Ɓiy Al Aasi yo Alla wele mbo (yo allah yardo he mabe)o wii Mi nanii Nelaaɗo Alla yo jam e kisal won e makko maaki: "Alla winndii hoddiraaji tagaaɗi ko adii nde O tagata kammuuji e leydi ko wonata duuɓi capanɗe joy ujunere, o maaki: Daŋki Makko (kowal makko archi makko)ki ina ka ndiyam".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde Alla winndii hoddirooji tagaaɗe janooji e mbaadi njaacndi foti ko nguurndam wollo maayde wollo arsuko e ko wonah ɗum, ɗum winnda ko e Alluwal deenangal ko adii nde kammuuji e leydi tagatee ko woni duuɓi ujunnaaji capanɗe joy, ɗuum ko ko woodi fotde no Alla ñaawiri. Kala huunde ko woodi nde woodiri ko e ñaawoorre Alla e hoddire Makko. Kala ko heɓi jiyaaɗo ɗuum woopataano mbo, kala ko woopi mbo ɗuum heɓataano mbo.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Waɗɗaade gooŋɗinde ñaawoore e hoddiro.
 Hoddiro woni: Ganndugol Alla geɗe e binndugol ɗe e haajeede ɗe e tagde ɗe.
 Gooŋɗinde wonde hoddiraaji mbinndaa- ma ko adii tageede kammuuji e leydi ina jibina weluya e jebbilaade.
 Daŋki (korowal)Alla woniino ka ndiyam ko adii tageede kammuuji e leydi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>kala huunde ko e hoddira, haa e roŋkere e softeende, wollo softeende e roŋkere</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Ittaama e Ɗaawuus o wii: Mi tawii yimɓe jeyaaɓe Sahabaaɓe Nelaaɗo Alla hoɓe mbi'a  huunde fof ko e hoddira, o wii: nan mi Abdullaahi Ibnu Umar hombo wi'a(yo alla yardo he mabbe): Nelaaɗo yo jam e kisal won e mum maaki: " kala huunde ko e hoddira, haa e roŋkere e softeende, wollo softeende e roŋkere"</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ɓanngani wonde huunde fof ko e hoddira; haa e roŋkere, ɗuum woni  accude ko potɗa waɗde e leelnude ɗum gaa waktu mum, e geɗe aduna e laakara. haa e softeende, ɗuum woni softeende e geɗe aduna e laakara. Alla tedduɗo O hoddiri roŋkere e softeende e kala huunde, alah ko yanata e goodal si wonah tawa ganndal Alla e haajaande makko adiima ɗum.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Feññinde(wanginde) fiɓnde Sahabaaɓe yo Alla wele ɓe ko faati( yo alla yardo he mabbe) e hoddira.
 kala huunde ko( fo) e hoddira Alla hay si ko roŋkere wollo softeende.
 Nanngitagol e reentaade Sahabaaɓe Nelaaɗo ko faati e eggugol hadisaaji (hadissa)Nelaaɗo yo jam e kisal won e mum.
 Gooŋɗinde hoddira ko moƴƴi heen e ko boni heen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>si Alla hoddiranii jiyaaɗo maayde e leydi O waɗanat ɗum toon haaju</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Ittaama e Maɗar Ibnu Ukaamisin yo Alla wele mbo o wii(yo allayardo he makko): Nelaaɗo yo jam e kisal won e mum maaki: " si Alla hoddiranii jiyaaɗo maayde e leydi O waɗanat ɗum toon haaju"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde si Alla hoddirani jiyaaɗo maayoyde to leydi ndi o wonaani; O waɗanat ɗum haaju faade e ndiin leydi, fittaandu makko tamee toon.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>O hadiis ko gooŋɗinde daalol Alla:" fittaandu anndah hondi leydi o maayata"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65040</t>
   </si>
@@ -4362,454 +4362,448 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Anas Ibnu Maalik ina habra: Ndeɓe njooɗdino e Annabi yo kisal won e makko ka misiide gorko gooto  naati hombo e ngelooba, o jusniba refti o  tonngiba, refti o naaɓnii ɓe: Hombo e mon woni Muhamadu? Tawi Annabi hombo tuugn(imo wahi)i e hakkunde yimɓe he, min mbi'i: Ko o gorko daneejo tuugniiɗo. Gorko o wii: Aan Ibnu Abdul Muɗɗalibi. Annabi yo kisal won e mum maaki: mi nanii ma, naaɓna mi jaaba ma. Gorko o wii Annabi: Mi naaɓnato ma, mi sattina e ma naaɓnal, woto mettinan am e ɓernde Ma. O faandi heen ko woto looɓan am woto a heɓ ɓittere e naaɓne am he. O maaki naaɓna ko paalaɗa,(ko gidda) O wii: Mbeɗa naaɓnoro ma e Joom ma e Joom mum adiiɓe ma, mbela ko Alla nel ma e yimɓe ɓe piiw? O maaki: Aan Alla eey, ngam teeŋtinde gooŋɗude mbo, Gorko o wii: mbeɗa naaɓnora ma Alla, mbela ko Alla yamir ma nde min njuulata juulɗele joy nder ñallal e jemma? ko ɗeen ngoni juulɗeele parlaaɗe, O maaki (owi)Aan Alla eey, O wii: mbeɗa naaɓnor ma Alla, mbela ko Alla yamir ma nde min koorata ndu lewru e hitaande? Ɗuum woni lewru koorko. O maaki Aan Alla eey, O wii: mbeɗa naaɓnor ma Alla, mbela ko Alla yamir ma nde nanngata o sadak e alɗuɓe amen peccaa mbo e waasɓe amen? Oon sadak woni askal, O maaki: Aan Alla eey, Dammaam jaɓi islaam, o habri Annabi ma o noddu yimɓe makko faade e islaam, refti o anndini hoore makko, ko o Dammaam Ibnu Saalabata jeyaaɗo e Hinnde Bakri,</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Yankinaade Annabi yo jam e kisal won e makko, sabu gorko o waawaana seerndude Mbo e Sahabaaɓe makko,
 Moƴƴude jikku Annabi yo jam e kisal won e makko, e newaade no o ruttirta naaɓniiɗo, moƴƴude jaabawol noon ina jeyaa sababuuji jaɓaneede noddaandu.
 Dagaade anndanirde gorkoe mbaadi makko, hono wiide ko o boɗeejo, e daneejo, e toowɗo wollo daɓɓo, e ko nanndi e ɗuum tawa faandaaka heen aybinde, tawde ɗuum añaaka.
 Dagaade naatde keefeero misiide ngam haaju.
 Hajju haalaaka e hadiis he sabi ina waawi tawi ko hajju siwah farleede nde o ari nde,
 Reerɗude Wondiiɓe  e noddude yimɓe; o gorko o naatno islaam o fuɗɗii noddude yimɓe makko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko jaŋtiima huunde, O maaki(owi):" saanga jahgol ganndal</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Ittaama e Jiyaad Ibnu Lubaydin yo Alla wele mbo(yo alla yardo he makko): Annabi yo jam e kisal ngon e makko jaŋtiima huunde, O maaki(owi):" saanga jahgol ganndal" mbii mi: Aan Nelaaɗo Alla hono ganndal yahrata, mbeɗa min njannga Quraana, min njanngina mbo ɓiɓɓe amen, ɓiɓɓe amen ne njanngina ɓiɓɓe maɓɓe haa ñande darnga? O maaki:" yo yummaa waas ma Jiyaad, haysi woni mbeɗa yi'a ko aan ɓuri feɗɗitaade e Fiqhu  e Madiina, mbela Yahuud en e Nasaara en njanngatah Tawreeta e Injiila, te ɓe ngollirtah hay huunde ko woni e nder majje?".</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Annabi jooɗinooma e hakkunde Sahabaa- ɓe makko, O maaki( owi): ko o woni yonto mbo ganndal ɓamtate ngal teete e yimɓe. Jiyaad Ɓiy Lubayd Ansaariyanke haawa, o naaɓnii Annabi yo jam e kisal won e makko, O wiim Holno ganndal ɓamtirtee ngal majja hakkunde amen? Mi woondarii Alla ma min njanngu mbo tigi, min njanngina mbo rewɓe amen e ɓiɓɓe amen, e ɓiɓɓe ɓiɓɓe amen. Annabi yo kisal won e makko maaki hombo haawa: yo yummaa waas maan Jiyaad, haysi wonii noon mbeɗa limtu ma e annduɓe yimɓe Madiina. Refti Annabi holliti mbo wonde  waasee- de ganndal wonah waaseede Quraana; kono waaseede ganndal firti ko waasde gollirde ngal. Ɗum ko Tawreet e Injiil fof ina e juuɗe Yahuudu e Nasaara ina jannge; kono ɗuum nafaani ɓe, ɓe naftaraaki faandaa- re majje, ɗuum woni gollirde koɓe nganndi ko.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Woodeede Kaamilaaji (qor anaje)e Defte e juuɗe yimɓe nafatah hay ndiga si ɗe ngolli- raaka.
 Ɓomtude ganndal wonirta ko e geɗe, ina heen: Maayde Annabi yo o his, e maayde annduɓe e waasde golloreede ganndal.
 Ina e maandeeji (alamaji)darnga yaade ganndal e 
                             .waasde ngal huutoraade.
 Hirjinde e gollirde ganndal ko ɗuum faanda e ganndal.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[صحيح لغيره]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>wotee ngooŋɗinee jom en defte wotee penneeɓe, mbi'ee:" min ngooŋɗanii Alla e ko tellina ko e amen</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo alla yardo he makko): Yimɓe jom en defte hoɓe njanngatno Tawraata e ɗemngal Ebriyankooɓe, ɓe pirdande ɗeɓngal Arab wonande yimɓe Islaam, Nelaaɗo Alla maaki:" wotee ngooŋɗinee jom en defte wotee penneeɓe, mbi'ee:" min ngooŋɗanii Alla e ko tellina ko e amen" Al Baqara: aaya 136".</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko reen- tanii hoomtaraade ko yimɓe jom en defte kabrata ko. Yahuud en ina njanngiratno Tawreet e ɗeɓngal Ebri, ngaal woni ɗeɓngal yahuud, ɓe pirda nde ɗeɓngal arab. Nelaaɗo maaki(wi): wotee ngooŋɗinee yimɓe defte wotee penneeɓe, ɗum noon ko yo taw gooŋɗude huunde wollo wonde nde fenaande anndaaaka; sabu Alla Toowɗo O yamarii en nde ngooŋɗinten ko tellinaa ko e men e Quraana, e ko tellii ko e faade e maɓɓe e deftere, kono tan en mbaawatah anndude ko selli e ɗeen defte e ko ñawi heen; sabu araani e sariya men ko hollirta ko fenaa e heɗe e ko selli e heɗe, ndartaɗen, en ngooŋɗintaa ɓe; ngam mbaasen renndude e maɓɓe koɓe mbayli ko heen, en pennaatah ɓe kadi sabu hoɗum waawi wonde ko selli, si wa'i noon njedden ko njamiraɗen yo en ngooŋɗin, Annabi yo jam e kisal ngon e makko yamiri nde mbi'aten: " min ngooŋɗanii Alla e ko tellinaa e amen e ko tellinaa e Ibraahiima e Ismaa'iil e Ishaaqa e Yaaquuba e Asbaaɗi e ko Muusa e Isa totta e ko Annabaaɓe totta ummaade e Joom maɓɓe min ceerndatah hakkunde gooto e maɓɓe minen ko min jebbiliniiɓe mbo". Al Baqara aaya: 136.</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Ko Jom en defte habri ko pecce tati: Heen feccere honde hawri e Quraana e sunna ɗuum gooŋɗinte, e feccere luutndiinde Quraana e sunna nde ko meere nde fennete, e feccere tataɓere nde ndeen woni ko araani e Quraana e sunna ko hollata gooŋɗude nde wollo fennude nde, ɗum habrete gooŋɗintaake fennetaake.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Wote njanngiree ganndal ngam mbaso- roɗon ngal annnduɓe, wonah ngam njeddandiron e ɗaayɓe</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Ittaama e Jaabir Ɓiy Abdullaahi yo Alla weleɓe wonde(yo alla yardo hemabe) Annabi yo jam e kisal won e mum maaki: " Wote njanngiree ganndal ngam mbaso- roɗon ngal annnduɓe, wonah ngam njeddandiron e ɗaayɓe, wonah haa cu-ɓoroɗon heen joɗle, kala baɗɗa ɗuum, ko yiite ko yiite".</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Annabi reentanii (doki)ɗaɓɓirde ganndal ngam wasandirde e annduɓe, e feññinde wonde ko o ganndo hono maɓɓe, wollo yedda- ndirde e ɗaayɓe e ɓe hakkillaji koyɗi, wollo boom janngude ngam heedde yeeso ka joɗle, wollo o heynineede e woɓɓe, Kala baɗɗa ɗuum, oon dee ko e yiite o haandi sabu yeengo makko e waasde laɓɓinde ko o ɗaɓɓata ko e ganndal.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Sappanaama yiite oon ɗaɓɓiroowo ganndal ngam wasoraade ngal wollo yeddendireede, wollo  heedde yimɓe yeeso ka batuuji e ko nanndi heen
 Himmude laɓɓinde anniya wonande ɗaɓɓoowo ganndal e anndinde ngal.
 Ko anniya woni ngooroondi golle ko e anniya neɗɗo yoɓirte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>Alla okki yeru laawol pooccingol</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Ittaama e Nawwaas(bon samaan) Ansaariyaŋke o yo Alla wele mbo (yo alla yardo he makko)wonde Nelaaɗo yo jam e kisal won e makko maaki( wi): " Alla okki yeru laawol pooccingol, (dartigol)ina banngeeji Siraaɗ galli ɗiɗi, hoɗi mbaɗi dame udditaaɗe, ina e dame he ridooji juurtinaaɗi, ina e damal siraaɗ he noddo- wo hombo wi'a: eehey mon yimɓe, naate e Siraaɗ onon fof, wotee ngooñe,, e noddoowo goɗɗo kadi e dow Siraaɗ si o yiɗii udditde huunde e ɗeen dame, o wi'a woy heege ma haɗa uddita ɗum, aan si a uddatii ɗum naata heen, Siraaɗ woni islaam, galli ɗiɗi ɗi ngonim keeri Alla, dame udditaaɗe ɗe ngoni: geɗe ɗe Alla harmini, noddoowo e hoore siraaɗ he woni: Deftere Alla nde, noddoowo dow Siraaɗ he woni: baajatooɗo e nder ɓernde kala juulɗo".(alsilame)</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e mum ina feññina: Alla tottarii yeru islaam ko laawol pooccingol (dartigol)ngol alah ko wooñi e mum, ina e seraaji ngol laawol, galli ɗiɗi wollo mahdiiji ɗiɗi hoɗi piiltarii ngol banngeeji ɗiɗi, ɗiin ngoni keeri Alla, ina e ɗii galli dame udditaaɗe ko ɗeen ngoni geɗe ɗe Alla harmini, ina e ɗeen dame ridooji  kaɗatɗi yiide gonɗo nder majji, ina e arwannde laawol he noddoowo yimɓe hombo feewnaɓe o wi'aɓe: jahe mbaason wooñaaraade e banngeeji laawol he, o noddoowo woni Defetere Alla nde, ina toon kadi noddoowo goɗɗo hombo e dowo laawol; o noddoowo kala de jahoowo e laawol he himmiri udditde huunde e ridooji gonɗi e dame he o furoo ɗum o wi'a: Woy heege ma woto uddit!  sabu si a uddatii ɗum naata heen, a waawatah nanngude fittaandu ma naatde toon, o noddoowo woni baajatoowo gonɗo e ɓernde kala juulɗo.(alsilame)</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Ko Islaam woni diine goongo, kammba woni laawol pooccingol jottinatngol aljanna.
 Waɗɗaade jaggitaade e keeri Alla e ko O harmini e ko o dagni, kala belsandiiɗo heen o halko.
 Ɓural Quraana tedduɗo o e hirjinde e gollirde mbo, ko e ɗuum woni peewal e annoore e malal.
 Yurmeende Alla wonande jiyaaɓe Makko ko O waɗi ko e ɓerɗe maɓɓe ko haɗataɓe waajooɓe ngam waasde yande e geɗe kalkooje.
 Alla e yurmeende Makko O waɗanii jiyaaɓe ɓe ko haɗata ɓe yande e goopi.
 Ina jeya e laabi jannganirɗi tottirde yeruuji ngam ɓallinde maanaaji e laɓɓinde.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Mbo tellinaama e Nelaaɗo Alla yo jam e kisal won e makko hombo yaara e capanɗe nay</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Ittaama e Ɓiy Abbaas yo Alla wele ɓe(yo alla yardo he mabbe) o wii: Mbo tellinaama e Nelaaɗo Alla yo jam e kisal won e makko hombo yaara e capanɗe nay O ñiiɓi ka Makka duuɓi sappo e tati, refti O yamira ferde, o firi  faade Madiina, O woni toon duuɓi sappo, refti O saŋkii yo jam e kisal ngon e makko.</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Ibnu Abbaas ina habra: wonde Wahyu telliima e Nelaaɗo O nelaa hombo yaara e duuɓi capanɗe nay, O woni Makka duuɓi sappo e tati caggal Wahyu, refti O yamira ferde faade Madiina o woni toon duuɓi sappo, refti o saŋkii yo jam e kisal ngon e makko.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Himmirde Sahabaaɓe ɓe daartol Annabi yo jam e kisal won e mum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Annabi anndaano keerol simoore (sorawol)haa tellii(jippe) e makko " bismillaahi arrahmaani arrahiimi",</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Ittaama e Ɓiy Abbaas yo Alla wele ɓe ( yo alla yardo he mabbe)o wii: Annabi anndaano keerol simoore (sorawol)haa tellii(jippe) e makko " bismillaahi arrahmaani arrahiimi",</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ɓiy Abbaas ina hollira(no wangina) wonde cimooje ( soraji)Quraana tedduɗo o ina tellatono e Annabi yo jam e kisal won e makko tawa o anndataana keerol majje(sorawol) e ɗoɗe ngasiri, haa tellii" bismillaahi arrah- maani arrahiimi" o annda simoore adiinde nde gasii, e wonde ɗum ko fuɗɗorde simoore(sorawol kesol) hesre.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Basmala seerndata hakkunde cimooje,(soraji) si wonah hakkunde simoore(sorato ) Anfaali e simoore(sorato) Tawbati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>mbela gooto e mon ina yiɗi si o ruttii- ma e koreeji makko nde o tawata gelooɗi jarli tati payɗi?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo o wii(yo alla yardo he makko): Nelaaɗo Alla yo jam e kisal won e makko: " mbela gooto e mon ina yiɗi si o ruttii- ma e koreeji makko nde o tawata gelooɗi jarli tati payɗi?" min mbi'i: eey, O wii: " aayeeje tati ɗe o janngata e juulde makko ɓuri ngelooɗi tati jarli mawɗi payɗi".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina ɓanngina njoɓdi janngude aayeeje tati e juulde ɓuri moƴƴude nde neɗɗo tawata e galle mum gelooɗi garli tati payɗi mawɗi.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Hollirde ɓural janngude Quraana e nder juulde.
 Golle moƴƴe ɓuri moƴƴude e ɓuri heddaade gaa e dakammeeji aduna gasooji.
 Ngal ɓural ngal tonngaaka e janngude aayeeje tati tan, kala de juuloowo ɓeydi janngude aayeeje e juulde makko baraaje makko ɓura moƴƴude e limoore jarli ɗi o heɓata ɗi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>jom Quraana ina wi'e: janngu ɓamta, taro hono tarortonoɗa e aduna, daraja ma tolnii ko e aaya cakkitiɗa janngude o</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ɓiy Amru yo weluyo Alla won e makko o wii(yo alla yardo he mabbe): Nelaaɗo yo jam e kisal won e makko maaki(owi): " jom Quraana ina wi'e: janngu ɓamta, taro hono tarortonoɗa e aduna, daraja ma tolnii ko e aaya cakkitiɗa janngude o"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Annabi habrii wonde ina wi'ee janngoowo Quraana, gollori mbo, ñiiɓi e janngude mbo e reende mbo si o naati aljanna: janngu Quraana, ɓamtoroɗa ɗuum darajaaji ka aljanna, janngir no njanngi- ratnaɗa nih ka aduna wondude e seese e deeƴre; daraja ma tolnii ko e aaya mbo cakkitiɗa janngude o.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Njoɓdi ko fotde golle ka keewal wollo ka noonee.
 Hirjinde e janngude Quraana e ɗigginde mbo e teskaade mbo e gollirde mbo.
 Aljanna ko galleeji e darajaaji keewɗi, jom en Quraana ɓurata heen toowde darajaaji.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Peññinɗo Quraana nanndi ko peññinɗo sadak; cuuɗɗo Quraana nanndi ko e cuuɗɗo sadak</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Ittaama e Uqbata ɓiy Aamir Al Juhani yo Alla wele mbo (yo alla yardo he makko)wii: Nelaaɗo yo jam e kisal won e mum maaki: " Peññinɗo Quraana nanndi ko peññinɗo sadak; cuuɗɗo Quraana nanndi ko e cuuɗɗo sadak"</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Annabi feññani wonde kollirɗo janngugol Quraana wa'i kono peññinɗo tottirgol sadak, cuuɗɗo janngugol Quraana wa'i kono cooɗɗo tottirgol sadak.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Suuɗde janngugol Quraana ɓuri moƴƴude, ko noon kadi suuɗde sadak ɓuri moƴƴude, ko woni ko e ɗuum e laɓɓinde e woɗɗitaade yeengo e haawtaare, si wonah tawa ko feññinde nde ɓuri moƴƴude hono jannginde Quraana.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65055</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>ɓe njanngintone Quraana ummaade e nelaaɗo aayaaje sappo, ɓe ƴettataana goɗɗe si wonah ɓe nganndu ko woni e ɗeen aayeeje e gannadal e gollirde ngal</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Ittaama e Abu Abdurahmaan Assulami yo Alla yurmo mbo(yo alla hinomo) o wii: Yeewtanii amen oon jannginatnooɗo amen e Sahabaaɓe Annabi yo o his kamɓe ɓe njanngintone Quraana ummaade e nelaaɗo aayaaje sappo, ɓe ƴettataana goɗɗe si wonah ɓe nganndu ko woni e ɗeen aayeeje e gannadal e gollirde ngal, ɓe mbii. min ngnndi ganndal e gollal.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Sahabaaɓe hoɓe njanngatno e Nelaaɗo aayeeje sappo Quraana ɓe njawtataaɗe haa ɓe njannga ganndal gonngal e ɗeen aayaaje ɓe ngolliraɗe.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Ɓural Sahabaaɓe e reerɗude ɓe e janngude Quraana.
 Anndinaade Quraana wonirta ko ganndal e gollirde ko woni ko e ganndal he, wonah janngude ngal tan.
 Ganndal wonirta ko bolle golle.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>Aan Abu Munjir, mbela haɗa anndi hombo aaya e deftere Alla he ɓuri teddude?" o wii: mbii:- Allaahu laa ilaaha illaa huwa Al hayyu Al qayyuumu- Al Baqara 255-, o wii: O  lappi e ɓernde am, o wii:" yo Alla malnuma ganndal, Abu Munjir</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Ittaama e Ubayyi Ɓiy Ka'abin yo Alla wele mbo(yo allayardo he makko) o wii: Nelaaɗo yo jam e kisal won e mum maaki: " Aan Abu Munjir mbela haɗa anndi aaya Quraana ɓurɗo teddude e ma?" o wii: Alla e Nelaaɗo mum ɓuri anndude, O maakim" Aan Abu Munjir, mbela haɗa anndi hombo aaya e deftere Alla he ɓuri teddude?" o wii: mbii:- Allaahu laa ilaaha illaa huwa Al hayyu Al qayyuumu- Al Baqara 255-, o wii: O  lappi e ɓernde am, o wii:" yo Alla malnuma ganndal, Abu Munjir".</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Annabi naaɓniima Ubayyu Ɓiy Kaab hombo aaya ɓuri teddude e deftere Alla he, o denngi denngini e jaabagol, refti o wii: ko oon woni Aayatal Al Kursiyyi:- Allaahu laa ilaaha illa huwa Al hayyu Al qayyuum- Annabi semmbini ɗum, o lappi e ɓernde makko joopaade heewde nde ganndal e ñeeñal, O ñaaganii mbo nde malete e ngal ganndal e nde o newnantee.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Geɗal manngal wonande Ubayyu Ɓiy Kaab yo Alla wele mbo.(yo alla yardo he makko)
 Aayatul Kursiyyi ɓuri teddude e deftere Alla, ina haani reende mbo e teskaade maanaaji mammba e gollirde mbo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e mum si O lelinooma e leeso makko kala jemmo o renndina newe makko, refti O wutta e majje O jannga e majje:' Qul huwa Allaahu Ahad', e 'Qul a Uuuju bi rabbil falaqi' e ' Qul a uuju bi rabbinnaasi'</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Ittaama e Aa'isa yo Alla wele mbo(yo alla yardo he makko): Annabi yo jam e kisal won e mum si O lelinooma e leeso makko kala jemmo o renndina newe makko, refti O wutta e majje O jannga e majje:' Qul huwa Allaahu Ahad', e 'Qul a Uuuju bi rabbil falaqi' e ' Qul a uuju bi rabbinnaasi', refti O moomiraɗe ko o hattani e ɓanndu makko, o fuɗɗoro hoore makko e  e ko hucciti e ɓanndu makko, o waɗa ɗum laabi tati.</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Ina wonnno e peewal Annabi si o leliima e leesa makko ngam ɗaanaade o renndi- natno newe makko o ɓamta ɗe- hono no ñaagatooɗo waɗata nih- o tuuta e majje tuutgol koyngol laabi tati, o jannga ɗe cimooje tati:' qul a uuju bi rabbinnaasi' e 'qul a uuju bi rabbil falaqi' e ' qul huwa Allaahu' refti o moomira newe makko ko o hattani e ɓanndu makko, o fuɗɗoroo hoore makko e yeeso makko e ko woni yeeso e ɓanndu makko, o filloo ɗee golle laabi tati.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Yiɗeede janngude simoore(sorawol) Iklaasi e moolorɗe ɗiɗe ɗe ko adii de ɗaanotoɗa e wuttirde ɗe, e moomde ko kattanɗa e ɓanndu ma.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65060</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>si a yi'ii ɓeen rewooɓe ko firo mum laaɓtaani ko ɓeen woni ɓe Aalla inni, reento ɓe</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>Ittaama e Aa'isa yo Alla wele mbo( yo alla yardo he makko): Nelaaɗo yo jam e kisal won e mum janngii o aaya" ko oon woni tellinɗo e ma deftere honde waɗi aayeeje  laaɓtuɗe firo ko ɗeen ngoni Ummul kitaab e goɗɗe nannduɗe tawi ko ɓeen ɓe woni e ɓerɗe maɓɓe ooñaare ɓe ndewata ko nannduɗe ɗe ngam ɗaɓɓude fitina e ɗaɓɓude taawilde ɗe, alah gannduɗo taawiil majje si wonah Alla, e ñiiɓɓe e ganndal hoɓe mbi'a min ngooŋɗanii ɗum fof mum ummii ko ka  Joomiraaɗo siftortah si wonah jom en hakkillaaji" ' Aali Imraana:è' Aa'isa wii: Nelaaɗo maaki: si a yi'ii ɓeen rewooɓe ko firo mum laaɓtaani ko ɓeen woni ɓe Aalla inni, reento ɓe".</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>Nelaaɗo Alla janngii o aaya: " Oon woni tellinɗo e ma deftere ina e hende aayeeje Muhkamaat ɗeen ngoni neene mum deftere e goɗɗe nannduɗe maana tawi ko ɓeen ɓe wooñaare woni e ɓerɗe maɓɓe ɓe ndewata ko nannduɗe ɗe ngam ɗaɓɓude fitina e ɗaɓɓude taawiil majje, alah gannduɗo taawiil majje si wonah Alla e ñiiɓɓe e ganndal hoɓe mbi'a min ngooŋɗanii ɗum fof ko e Joom amen ummi siftortah si wonah jom en hakkillaaji", ina e heɗe kabrugol Alla wonde ko kaŋko woni ko tellini e Annabi Makko Quraana, baɗɗo aayeeje laaɓtuɗe daliil ɗe ngalah ko jiɓii, ko ɗeen ngoni asli deftere nde e ruttorde, ɗeen ngoni ruttorde saanga luural,  ina toon kadi aayeeje goɗɗe baɗɗe ko ɓuri maana,ina jiɓo e yogo e yimɓe anndude maana mum,wollo ɓe cikko ina luural hakkunde ɗe aayeeje e ɗe Muhkamaat ɗe, refti Alla feññini gollondiral yimɓe e ɗe aayeeje ɓeen ɓe ɓerɗe maɓɓe ngooñi ɓe ndewata ko e aayeeje Mutassbihaat ɓe ngacca laaɓtuɗe maana, ɓe ɗaɓɓirta ɗuum ko iirtude fitinaaji e majjinde yimɓe, e firdude ɗum ko yaadi e belaaɗe maɓɓe, tawi ko tabitɓe ɓe e ganndal ɓeen hoɓe nganndi ɗe nannduɗe, ɓe ndutta ɗum e  Muhkamaat ɓe ngooŋɗina wonde fof koto Alla ummii, ɗe mbaawatah luurude, kono waawatah siftorde annda ɗum, si wonah jom en hakkillaaji kisɗi, refti Nelaaɗo maakani Aaysata si o yi'i ɓeen sukkuɓe e nannduɗe ɗe yo o anndu ko ɓeen Alla i reento ɓe woto heɗo ɓnni e aaya:"tawi ko ɓeen ɓe ɓerɗe maɓɓe mngooñi" reeno ɓe woto heɗo ɓe.</t>
   </si>
@@ -4817,192 +4811,361 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Aayeeje Quraana ganndiraaɗe Al muhakkam: ngoni ɗe dallillaaji majje laaɓti maana mum laaɓi, tawi ko nannduɗe: ko baawɗe wonde maanaaji ceertuɗi katajinɗe e ndaartindaade e fahmu.
 Reentinde jillandirde e yimɓe wooñaare e ɓe bidaaji e ngaddoowo jiɓuyaaji ngam majjinde yimɓe e sikki sikkinde ɓe.
 E sakket Aaya he e daalol Alla: " siftortaa ɗum si wonah jom en hakkillaaji" ko mallude wooñiiɓe, e mantude ñiiɓɓe e ganndal,  faanda heen: kala mbo siftaraani waactaaki, o rewi e belaaɗe makko jeyaaka e jom en hakkillaaji.
 rewde e nannduɗe ko sabaabu wooñaade ɓernde.
 Waɗɗaade ruttude aayeeje ɗe laaɓtaani maana faade e aayeeje laaɓtuɗe maana.
 Alla waɗii yogo e Quraana ko ko laaɓti maana goɗɗe ɗe noon ko nannduɗe ɗe laaɓtaani firo majje; ɗum ko ɓetde yimɓe ngam faltaade yimɓe iimaan e yimɓe majjere.
 yande aayeeje ɗe laaɓtaani firo e Quraana: ko hollirde ɓural annduɓe, e holirde ŋakkude hakkillaaji; haa ɗi njebbilo e Joom majji ɗi jaɓa roŋkere majji.
 Ɓural ñiiɓde e ganndal e waɗɗaade tabitde nder hengal.
 woodanii tafsirooɓe daraade e "Allaahu" e daalol makko:" anndah firo majje si wonah Alla e ñiiɓɓe e ganndal" konnguɗi ɗiɗi, dariiɗo e -Allaahu-,faanda e taawiil ko ganndal tigi tigi e ngonko maggal alah baawɗo haqiiqa mum hono anndude ruuhue darngo ɗuum ko Alla tan heerori ɗum, ñiiɓɓe e ganndal hoɓe ngooŋɗini ɗuum haqiiqa majjum ruttee e Alla, oon jokkuɗo o daraaki e -Alla-faande e taawiil ko firde e huñcude e laɓɓinde, Alla ina anndi ɗuum ko noon kadi ñiiɓɓe ganndal kadi ina nganndi ɗuum, ɓe ngooŋɗina ɗuum ɓe ndutta ɗum faade e aayeede Muhakkam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65062</t>
   </si>
   <si>
-    <t>يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ</t>
+    <t>يحسب ما خانوك وعصوك وكذبوك وعقابك إياهم</t>
   </si>
   <si>
     <t>(owi) ina haasbe koɓe njamfi ma ko ɓe ngoop ma e koɓe penan ma ko e ko leɓtuɗaa ɓe ko</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ رَجُلًا قَعَدَ بَيْنَ يَدَيِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ لِي مَمْلُوكِينَ يَكْذِبُونَنِي وَيَخُونُونَنِي وَيَعْصُونَنِي، وَأَشْتُمُهُمْ وَأَضْرِبُهُمْ، فَكَيْفَ أَنَا مِنْهُمْ؟ قَالَ: «يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ، فَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ بِقَدْرِ ذُنُوبِهِمْ كَانَ كَفَافًا، لَا لَكَ وَلَا عَلَيْكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ دُونَ ذُنُوبِهِمْ كَانَ فَضْلًا لَكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ فَوْقَ ذُنُوبِهِمُ اقْتُصَّ لَهُمْ مِنْكَ الْفَضْلُ»، قَالَ: فَتَنَحَّى الرَّجُلُ فَجَعَلَ يَبْكِي وَيَهْتِفُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَمَا تَقْرَأُ كِتَابَ اللهِ: {وَنَضَعُ الْمَوَازِينَ الْقِسْطَ لِيَوْمِ الْقِيَامَةِ فَلا تُظْلَمُ نَفْسٌ شَيْئًا}، الْآيَةَ»، فَقَالَ الرَّجُلُ: وَاللهِ يَا رَسُولَ اللهِ، مَا أَجِدُ لِي وَلهُمْ شَيْئًا خَيْرًا مِنْ مُفَارَقَتِهِمْ، أُشْهِدُكَ أَنَّهُمْ أَحْرَارٌ كُلُّهُمْ.</t>
   </si>
   <si>
     <t>Ittaama e Aa'isa yo Alla wele mbo(yo alla yardo he makko): Gorko gooto jooɗiima( joodike) e yeesa Annabi yo jam e kisal won e mum o wii: Aan Nelaaɗo, mbeɗa jogii maccuɓe ɗiɗa hoɓe penana mi hoɓe njamfoo mi hoɓe ngoopa mi, mi ƴattooɓe mi fiya ɓe, hono mbaddat mi e maɓɓe? O maaki:(owi) ina haasbe koɓe njamfi ma ko ɓe ngoop ma e koɓe penan ma ko e ko leɓtuɗaa ɓe ko; si ɗuum fotondirii alah ko fawi ma alah ko fawii ɓe, si ko leɓtuɗaaɓe ko ɓurii famɗude ɗuum wona ɓural wonande ma, si tawii ko leɓtuɗaa ɓe ko ɓuri heewde, njoɓteɗa ko ɓurti ko" o wii: gorko o deestii woni e woyde hombo eewnoo, Nelaaɗo Alla maaki:Mate a janngaani deftere Alla nde:" O fawa peesirɗe nuunɗal wonande ñande darnga hay fittaandu tooñetaake hay huunde", gorko o wii: mi woondarii Alla Aan Nelaaɗo Alla, alah fof ko mbaaw mi heɓande ɓe e am ko ɓuri de min ceerata, mbeɗa seedo ɓe ndimɗii kamɓe fof.</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم يشكو مِن تصرّفات عبيده، وأنهم يكذبونه في الخبر، ويخونونه في الأمانة، ويغشّون في المعاملة، ويعصونه في الأمر، وهو يشتمهم ويضربهم تأديبًا لهم، فسأله عن حاله يوم القيامة معهم؟ 
 فقال عليه الصلاة والسلام: يُحسَب ما خانوك وعصوك وكذَّبوك ويحسَب عقابك لهم، فإذا تساوى مقدار العقاب مع ذنوبهم فما لك شيء، ولا عليك شيء، وإن كان مقدار عقابك لهم أقل مِن ذنوبهم، كان فضلًا وزيادةً لك في الأجر، 
 وإن كان عقابك لهم أكثر من ذنوبهم عُوقِبْتَ، وأُخِذ منك القدر الزائد وأُعطي لهم، 
 فتنحَّى الرجل وجعل يبكي ويعلو صوته، 
 فقال له رسول الله صلى الله عليه وسلم: أما تقرأ كتاب الله: 
 {ونضع الموازين القسط ليوم القيامة فلا تُظلم نفسٌ شيئًا، وإن كان مثقال حبة من خردل أتينا بها وكفى بنا حاسبين} [الأنبياء: 47]، 
 فلا يُظلم أحدٌ شيئًا يوم القيامة، وتكون الموازين بين الناس بالعدل، 
 فقال الرجل: والله يا رسول الله، لا أجِد لي ولهم شيئًا أفضل مِن مُفارَقتهم وتركِهم، أُشْهِدُك أنهم أحرار لوجه الله كلّهم؛ خشية الحساب والعذاب.</t>
   </si>
   <si>
     <t>Gorko gooto arii e Annabi yo jam e kisal won e makko hombo wullitoo e ko mac- cuɓe makko mbaɗata ko, hoɓe penana mbo e kabaaru, hoɓe njamfoo mbo, hoɓe puunta mbo e gollondiral, hoɓe ngoopa mbo si o yamarii ɓe, hombo ƴattooɓe o lappa ɓe ngam neede ɓe, o naaɓnii hono alhaali mum wayata ñande darng? O maaki: Ina haasbe koɓe njamfi ma ko e ko ɓe ngoop ma ko e ko ɓe penanta ma ko haasbe kadi ko leɓtuɗaa ɓe ko, si ɗuum fotandirii e koɓe mbaɗi ko hay huunde fawaaki ma, hay huunde kadi fawaaki ɓe, si wonii ko leɓtataaɓe ko ɓuri famɗude e bakkatuuji maɓɓe hee, ɗuum wona ɓural e ɓeydaari baraaje wonande ma, si tawii ko leɓte ma ɗe ɓuri heewde e bakkatuuji maɓɓe ɗi, nannge e ma ko ɓurti ko ɓe tottee, gorko o deestii woni e woyde daande dow, Nelaaɗo maaki: mbela a janngatah deftere Alla:" Min pawa peesirɗe nuunɗal ñande darnga fittaandu tooñrtaake hay huunde, hay si ɗum foti ko e gabbel khardal min ngaddat ngel min njonii haasbooɓe"Al Anbiya:47- hay gooto tooñetaake hay ndiga ñande darnga, peesirɗe ɗe peesete e nuunɗal, gorko o wii: Mi woondirii Alla Aan Nelaaɗo Alla,alah fof ko ko keɓat mi ko ɓuri moƴƴude e am e am ko ɓuri nde min ceertata, mbeɗa seednu ma kamɓe fof mi rimɗani ɓe ngam Alla, sabu hulde haasbeede e leɓteede.</t>
   </si>
   <si>
     <t>صدق الصحابي في تحريره لعبيده خوفًا من عذاب الله.
 الاقتصاص من الظالم إن كان مساويًا لمقدار الظلم أو أقل منه فهو جائز، أما الزيادة فهي محرمة.
 الحثُّ على حسن معاملة الخدم والضعفاء.</t>
   </si>
   <si>
     <t>Gooŋɗude gondiijo (sahabajo)Nelaaɗo o ko faati e dimɗingol maccuɓe mum ɓe ngam hulde leɓte Alla.
 yoɓtaade tooñɗo si fotii ko o tooñi ko wollo ko ɓuri ɗum famɗude ina dagii, si ɓurtii noon ina harmi.
 Hirjinde e gollandirde e liggatooɓe e lohɓe tawa ko e mbaadi lobbiri.</t>
   </si>
   <si>
     <t>ضعيف</t>
   </si>
   <si>
     <t>[ضعيف]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65065</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Mbela Alla jahnirɗo mbo koyɗe makko ka aduna hattanaani yahnirde mbo yeeso makko ñande darnga?</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Ittaama e Qataadata yo Alla wele mbo( alla hinomo): Anas ɓiy Maalik yo Alla wele mbo ( yo alla yardo he makko)yeewtanii amen wonde gorko gooto wi'ii: Aan Annabi Alla hono keefeero yahrata yeeso makko ñande rennduru? O maaki(owi):" Mbela Alla jahnirɗo mbo koyɗe makko ka aduna hattanaani yahnirde mbo yeeso makko ñande darnga?" Qataadata wii: Eey kay e teddungal Alla.</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Annabi Alla naaɓnaama hono keefeero yahrata yeeso makko ñande rennduru?! Annabi maaki: Mbela Oon jehnirɗo mbo koyɗe ka aduna waawaa mbo yahnirde yeeso ka laakara? Alla ina hattani kala huunde.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Hoyde keefeero ñande darnga pellet ma o yahru yeeso makko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>wii: Alah dewateeɗo e goongo mbo wonah Alla, mi seedana ma ɗuum ñande darnga</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo o wii( yo alla yardo he makko): Nelaaɗo Alla yo jam e kisal won e makko maakani Bappa makko(wi):" wii: Alah dewateeɗo e goongo mbo wonah Alla, mi seedana ma ɗuum ñande darnga",o wii: sinnda wonaana Quraysi ngaybinatno mi, ɓe mbi'a: ko kulol taki ɗum wiide noon ma mi ɓuuɓniratna ɗum ɓernde ma, Alla tellini:"Aan a feewnatah mbo njiɗɗa kono pellet ko Alla feewnata mbo haaji" -Al Qasasi: aaya 56,</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Annabi ɗaɓɓi e bappa makko Abu Ɗaalib saango nde o haɓata e fittaandu nde o wowlata konngol -Laa Ilaaha Illa laahu- ngam o tefana mbo ñande darnga, o seedanoo mbo islaam, o salii haalde nduun wolaandu ngam hulde nde Quraysi en ngaybinta mbo ɓe mbi'a: o jebbili ngam hulde maayde e lohde!, o wii : Annabi sinnda wonaana ɗuum ma mi naatnatna e ɓernde ma weltaare e wiide seede o, mi yottina ngooɗeele ma haa mbeleɗa! Alla tellini aaya kolliroowo wonde Annabi jogaaki peewal e kawraangal naatde islaam mbo o wela, kono ko Alla tan jogii peewal e kawraangal wonande mbo O welaa.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Goongo accetaake ngam hulde haala yimɓe.
 Annabi jogii ko peewal tinndinde kono wonah peewal kawraangal.
 Ina e sariyina juulɗo juuraade keefeero ñawɗo sabu noddude mbo e islaam.
 Reerɗude Annabi yo jam e kisal ngon e makko noddude faade e Alla e kala ngonkaaji.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65069</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>yah ka makko mbi'aa mbo o jeyaaka e yimɓe, kono ko e yimɓe aljanna o jeya</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>Ƴettama e Anas ɓiy Malik yo Alla wele ɗum: Ittaama e Anas - yo Alla wele mbo - Nelaaɗo hattiima Saabit Ibnu Qaysi, gorko gooto wii: mbeɗa anndi ɗo o woni, o ari o tawi mbo hombo jooɗi e galle makko, hombo turi hoore, o wii: Ko ngonduɗa? O wii: bone, hombo ɓamtatno sawtu makko e dow sawtu Nelaaɓɗo, golle makko mboni, o jeya e yimɓe jaynge. O habri Nelaaɗo wonde gorko o wii: kaja e kaja, o ruttii e laawol cakkatiingol hombo ardi e weltinde mawnde, O maaki: "yah ka makko mbi'aa mbo o jeyaaka e yimɓe, kono ko e yimɓe aljanna o jeya".</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Annabi hattiima saabit ɓiy kaysi yo alla weleɗum o naamni ɗum gorko gooto wi miin mi humpitoyanama ɗum e ko jaggi ɗum o yahi to mum o tawi hombo suni homo turi hoore galle mum o naamni mo ko woni kabaaru mum saabit wi ko bone heɓi ɗum sabu o ɓamtatno hito mum dowhito nelaaɗo te Alla sappaniima golluɗo ɗuum golle mabbuɗe e jeyeede e yimɓe jayngol
 Gorko o hibbati to nelaaɗo o habri ɗum annabi wi yo rutto to saabit o weltino ɗum won´ de o jeyaako e yimɓe jayngol ko e yimɓe aljanna o jeya ɗuum noon waɗi ɗum ko toownooɗo hito ko tagoodim o laatinoomo kutbanooɗonelaaɗo e ansaariyaŋkooɓe kadi</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Peññin gol ɓural saabit ɓiy kaysi e ko e yimɓe aljanna o jeya
 Himmirde annabi sehilaaɓe mum e kattagol ɓe
 Kulol sahabaaɓe  alla wele ɗu men e kulol muen de golle muen mbonata.
 Waɗɗaade neanaade nelaaɗo e lesɗin de hito saango haaldude e mum e nguurndam mum e saango nan´de sunna mum caggalde o maayi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65073</t>
+  </si>
+  <si>
+    <t>بني الإسلام على خمس</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>ƴettaama e baabo abdu rahmani abdullahi  ɓiy umara mi nani nelaɗo kisal e mum wi:. ____</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
+الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
+  </si>
+  <si>
+    <t>____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>ƴetta e abdillahi nuumaan ɓiy basiir ga nelaaɗa wi mi nani nelaaɗo alla juul e mum hisna ɗum wi:||" Pellet ko dagii ina ɓanngi ko harmi kadi ina ɓanngi, ina e hakkunde majji geɗe jiɓiiɗe heewɓe e yimɓe nganndaaɗe, kala mbo reenti jiɓiiɗe ɗe o hisnii diine makko e nguru makko, kala janɗo e jiɓiiɗe ɗe o yanii e ko harmi, hono gaynaako gonɗo e sera reenaande hombo ɗesa   durnude heen, kala laamɗo ina jogii reenaande, woni reenaande Alla ko geɗe ɗe O harmini, ko noon tigi ina e ɓanndu husre sinde moƴƴii ɓanndu fof moƴƴa sinde bonii ɓanndu fof moƴƴa, ko ndeen woni ɓernde</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>ƴetta e abdillahi nuumaan ɓiy basiir ga nelaaɗa wi mi nani nelaaɗo alla juul e mum hisna ɗum wi: " Pellet ko dagii ina ɓanngi ko harmi kadi ina ɓanngi, ina e hakkunde majji geɗe jiɓiiɗe heewɓe e yimɓe nganndaaɗe, kala mbo reenti jiɓiiɗe ɗe o hisnii diine makko e nguru makko, kala janɗo e jiɓiiɗe ɗe o yanii e ko harmi, hono gaynaako gonɗo e sera reenaande hombo ɗesa   durnude heen, kala laamɗo ina jogii reenaande, woni reenaande Alla ko geɗe ɗe O harmini, ko noon tigi ina e ɓanndu husre sinde moƴƴii ɓanndu fof moƴƴa sinde bonii ɓanndu fof moƴƴa, ko ndeen woni ɓernde".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>hadis o ko dosga reentaade jiɓiiɗi.
+Reerɗinde woppude ko jiɓii, ko ngannduɗa ñaawoore mum laaɓaani.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>ga abii rukayyata tamiim awsi addaarii alla wele ɗum nelaaɗo kisal e mum wi:||" Diine ko laaɓal reedu" Min mbi'i : ko ngam hombo? O maaki(owii):" ko ngam Alla e deftere makko nde e Nelaaɗo makko o e ardiiɓe juulɓe e ardaaɓe ɓe'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>ga abii rukayyata tamiim awsi addaarii alla wele ɗum nelaaɗo kisal e mum wi: " Diine ko laaɓal reedu" Min mbi'i : ko ngam hombo? O maaki(owii):" ko ngam Alla e deftere makko nde e Nelaaɗo makko o e ardiiɓe juulɓe e ardaaɓe ɓe'.</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Annabi yo jam e kisal won  e mum haɓri won'de diine fawii ko e laɓɓin'de e gooŋɗude, ha mba waawa tottireede no Alla waɗɗiniri nih, tawa hombo timmi ko alda e raɓɓiɗinaade wollo fuuntude. Nelaaɗo yo jam e kisal won e mum wi'a: Hombo laaɓaneede reedu wonanta? Gadanel ngel: Laaɓiran'de Alla Ceniiɗo Toowɗo reedu: Laɓɓinande mbo golle, e wa'asde renndin'de mbo e goɗɗum, o gooŋɗina Allayan-kaagal makko e won'de mbo dewateeɗo e inɗe makko e sifaaji makko, e mawnin'de fiyaaku makko, e noddude fa'ade e gooŋɗin'de mbo. ɗiɗi: laɓan'd deftere nde reedu piɓen ko laya alla wattini jippaade momti sariyaji adiɗi mawni nen njanngen ngoliren naɓen nannduɗi um padoɗen waylooɓe in tesko ɗen wajooji mumnoden e mum. Tataɓel ngel: Laaɓan'de (labaaban'de)Nelaaɗo mum Muhamadu yo o his: ɗuum woni nde piɓaten ko kaŋko woni cakkatiiɗo e nelaaɓe, ngooŋɗinen ko o addi ko, ciinen ko o yamiri ko, ngoɗɗoɗen ko o haɗi ko, mba'asen rewirde Alla si wona ko o addi ko, mawninen fodde mum, teddinen ɗum, caren noddaandu mum e sariya mum, ndiiwtanen mbo tuumo. Nayaɓel: Laaɓan'de ardiiɓe juulɓe:(yesobe alsilambe) Ɗuum woni walludeɓe e goongo, e wa'asde fooɗondir- de e maɓɓe, e nan'de e ɗoftaadeɓe sabu ɗuum ko e ɗoftaade Alla jeya, Joyaɓel ngel: Laaɓan'de juulɓe: ɗuum woni moƴƴude e mu'en e noddaandu mu'en, e wa'asde ɓe lorde, e yiɗande-ɓe jam, e wallandir- de e mu'en e ɗiggere e kulol Alla.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>ƴetta e abii hamsa Anas ɓiy Malik alla wele ɗum ga anabi kisal e mum wi: ____</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>ƴettaama e abii masuud Ukbata al ansari albadrii. ____</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>ƴettaama e abii Amri wi'aama abii am'rata sufyaan ɓiy abdillahi alla wele ɗum: ____</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
+أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
+الإيمان شرط لقبول الأعمال .
+الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
+الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -5305,51 +5468,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O136"/>
+  <dimension ref="A1:O142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -11225,486 +11388,768 @@
       <c r="C127" t="s">
         <v>1194</v>
       </c>
       <c r="D127" t="s">
         <v>1195</v>
       </c>
       <c r="E127" t="s">
         <v>1196</v>
       </c>
       <c r="F127" t="s">
         <v>1197</v>
       </c>
       <c r="G127" t="s">
         <v>1198</v>
       </c>
       <c r="H127" t="s">
         <v>1199</v>
       </c>
       <c r="I127" t="s">
         <v>1200</v>
       </c>
       <c r="J127" t="s">
         <v>89</v>
       </c>
       <c r="K127" t="s">
-        <v>1201</v>
+        <v>38</v>
       </c>
       <c r="L127" t="s">
         <v>91</v>
       </c>
       <c r="M127" t="s">
-        <v>1202</v>
+        <v>39</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>65055</v>
       </c>
       <c r="B128" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D128" t="s">
         <v>1204</v>
       </c>
-      <c r="C128" t="s">
+      <c r="E128" t="s">
         <v>1205</v>
       </c>
-      <c r="D128" t="s">
+      <c r="F128" t="s">
         <v>1206</v>
       </c>
-      <c r="E128" t="s">
+      <c r="G128" t="s">
         <v>1207</v>
       </c>
-      <c r="F128" t="s">
+      <c r="H128" t="s">
         <v>1208</v>
       </c>
-      <c r="G128" t="s">
+      <c r="I128" t="s">
         <v>1209</v>
-      </c>
-[...4 lines deleted...]
-        <v>1211</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>1060</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>1061</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>65058</v>
       </c>
       <c r="B129" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D129" t="s">
         <v>1213</v>
       </c>
-      <c r="C129" t="s">
+      <c r="E129" t="s">
         <v>1214</v>
       </c>
-      <c r="D129" t="s">
+      <c r="F129" t="s">
         <v>1215</v>
       </c>
-      <c r="E129" t="s">
+      <c r="G129" t="s">
         <v>1216</v>
       </c>
-      <c r="F129" t="s">
+      <c r="H129" t="s">
         <v>1217</v>
       </c>
-      <c r="G129" t="s">
+      <c r="I129" t="s">
         <v>1218</v>
-      </c>
-[...4 lines deleted...]
-        <v>1220</v>
       </c>
       <c r="J129" t="s">
         <v>89</v>
       </c>
       <c r="K129" t="s">
         <v>58</v>
       </c>
       <c r="L129" t="s">
         <v>91</v>
       </c>
       <c r="M129" t="s">
         <v>59</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>65059</v>
       </c>
       <c r="B130" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D130" t="s">
         <v>1222</v>
       </c>
-      <c r="C130" t="s">
+      <c r="E130" t="s">
         <v>1223</v>
       </c>
-      <c r="D130" t="s">
+      <c r="F130" t="s">
         <v>1224</v>
       </c>
-      <c r="E130" t="s">
+      <c r="G130" t="s">
         <v>1225</v>
       </c>
-      <c r="F130" t="s">
+      <c r="H130" t="s">
         <v>1226</v>
       </c>
-      <c r="G130" t="s">
+      <c r="I130" t="s">
         <v>1227</v>
-      </c>
-[...4 lines deleted...]
-        <v>1229</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>69</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>70</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>65060</v>
       </c>
       <c r="B131" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D131" t="s">
         <v>1231</v>
       </c>
-      <c r="C131" t="s">
+      <c r="E131" t="s">
         <v>1232</v>
       </c>
-      <c r="D131" t="s">
+      <c r="F131" t="s">
         <v>1233</v>
       </c>
-      <c r="E131" t="s">
+      <c r="G131" t="s">
         <v>1234</v>
       </c>
-      <c r="F131" t="s">
+      <c r="H131" t="s">
         <v>1235</v>
       </c>
-      <c r="G131" t="s">
+      <c r="I131" t="s">
         <v>1236</v>
-      </c>
-[...4 lines deleted...]
-        <v>1238</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
         <v>122</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>123</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>65062</v>
       </c>
       <c r="B132" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D132" t="s">
         <v>1240</v>
       </c>
-      <c r="C132" t="s">
+      <c r="E132" t="s">
         <v>1241</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132" t="s">
         <v>1242</v>
       </c>
-      <c r="E132" t="s">
+      <c r="G132" t="s">
         <v>1243</v>
       </c>
-      <c r="F132" t="s">
+      <c r="H132" t="s">
         <v>1244</v>
       </c>
-      <c r="G132" t="s">
+      <c r="I132" t="s">
         <v>1245</v>
-      </c>
-[...4 lines deleted...]
-        <v>1247</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
         <v>25</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>27</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>65065</v>
       </c>
       <c r="B133" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D133" t="s">
         <v>1249</v>
       </c>
-      <c r="C133" t="s">
+      <c r="E133" t="s">
         <v>1250</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133" t="s">
         <v>1251</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" t="s">
         <v>1252</v>
       </c>
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>1253</v>
       </c>
-      <c r="G133" t="s">
+      <c r="I133" t="s">
         <v>1254</v>
       </c>
-      <c r="H133" t="s">
+      <c r="J133" t="s">
         <v>1255</v>
-      </c>
-[...4 lines deleted...]
-        <v>1257</v>
       </c>
       <c r="K133" t="s">
         <v>433</v>
       </c>
       <c r="L133" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="M133" t="s">
         <v>434</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>65068</v>
       </c>
       <c r="B134" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D134" t="s">
         <v>1260</v>
       </c>
-      <c r="C134" t="s">
+      <c r="E134" t="s">
         <v>1261</v>
       </c>
-      <c r="D134" t="s">
+      <c r="F134" t="s">
         <v>1262</v>
       </c>
-      <c r="E134" t="s">
+      <c r="G134" t="s">
         <v>1263</v>
       </c>
-      <c r="F134" t="s">
+      <c r="H134" t="s">
         <v>1264</v>
       </c>
-      <c r="G134" t="s">
+      <c r="I134" t="s">
         <v>1265</v>
-      </c>
-[...4 lines deleted...]
-        <v>1267</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>65069</v>
       </c>
       <c r="B135" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D135" t="s">
         <v>1269</v>
       </c>
-      <c r="C135" t="s">
+      <c r="E135" t="s">
         <v>1270</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>1271</v>
       </c>
-      <c r="E135" t="s">
+      <c r="G135" t="s">
         <v>1272</v>
       </c>
-      <c r="F135" t="s">
+      <c r="H135" t="s">
         <v>1273</v>
       </c>
-      <c r="G135" t="s">
+      <c r="I135" t="s">
         <v>1274</v>
-      </c>
-[...4 lines deleted...]
-        <v>1276</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>69</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>70</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>65073</v>
       </c>
       <c r="B136" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D136" t="s">
         <v>1278</v>
       </c>
-      <c r="C136" t="s">
+      <c r="E136" t="s">
         <v>1279</v>
       </c>
-      <c r="D136" t="s">
+      <c r="F136" t="s">
         <v>1280</v>
       </c>
-      <c r="E136" t="s">
+      <c r="G136" t="s">
         <v>1281</v>
       </c>
-      <c r="F136" t="s">
+      <c r="H136" t="s">
         <v>1282</v>
       </c>
-      <c r="G136" t="s">
+      <c r="I136" t="s">
         <v>1283</v>
-      </c>
-[...4 lines deleted...]
-        <v>1285</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="137" spans="1:15">
+      <c r="A137">
+        <v>66512</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C137" t="s">
         <v>1286</v>
+      </c>
+      <c r="D137" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F137" t="s">
+        <v>1289</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1291</v>
+      </c>
+      <c r="J137" t="s">
+        <v>24</v>
+      </c>
+      <c r="K137" t="s">
+        <v>1292</v>
+      </c>
+      <c r="L137" t="s">
+        <v>26</v>
+      </c>
+      <c r="M137" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N137" t="s">
+        <v>28</v>
+      </c>
+      <c r="O137" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="138" spans="1:15">
+      <c r="A138">
+        <v>66515</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D138" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F138" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G138" t="s">
+        <v>334</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1300</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1301</v>
+      </c>
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
+        <v>1292</v>
+      </c>
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
+        <v>1293</v>
+      </c>
+      <c r="N138" t="s">
+        <v>28</v>
+      </c>
+      <c r="O138" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="139" spans="1:15">
+      <c r="A139">
+        <v>66516</v>
+      </c>
+      <c r="B139" t="s">
+        <v>320</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D139" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F139" t="s">
+        <v>1306</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I139" t="s">
+        <v>327</v>
+      </c>
+      <c r="J139" t="s">
+        <v>24</v>
+      </c>
+      <c r="K139" t="s">
+        <v>69</v>
+      </c>
+      <c r="L139" t="s">
+        <v>26</v>
+      </c>
+      <c r="M139" t="s">
+        <v>70</v>
+      </c>
+      <c r="N139" t="s">
+        <v>28</v>
+      </c>
+      <c r="O139" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="140" spans="1:15">
+      <c r="A140">
+        <v>66520</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F140" t="s">
+        <v>1313</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1314</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1315</v>
+      </c>
+      <c r="J140" t="s">
+        <v>24</v>
+      </c>
+      <c r="K140" t="s">
+        <v>25</v>
+      </c>
+      <c r="L140" t="s">
+        <v>26</v>
+      </c>
+      <c r="M140" t="s">
+        <v>27</v>
+      </c>
+      <c r="N140" t="s">
+        <v>28</v>
+      </c>
+      <c r="O140" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="141" spans="1:15">
+      <c r="A141">
+        <v>66523</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D141" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F141" t="s">
+        <v>1320</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1321</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1322</v>
+      </c>
+      <c r="J141" t="s">
+        <v>24</v>
+      </c>
+      <c r="K141" t="s">
+        <v>122</v>
+      </c>
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
+        <v>123</v>
+      </c>
+      <c r="N141" t="s">
+        <v>28</v>
+      </c>
+      <c r="O141" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="142" spans="1:15">
+      <c r="A142">
+        <v>66524</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D142" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F142" t="s">
+        <v>1327</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1328</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1315</v>
+      </c>
+      <c r="J142" t="s">
+        <v>24</v>
+      </c>
+      <c r="K142" t="s">
+        <v>69</v>
+      </c>
+      <c r="L142" t="s">
+        <v>26</v>
+      </c>
+      <c r="M142" t="s">
+        <v>70</v>
+      </c>
+      <c r="N142" t="s">
+        <v>28</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1329</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">