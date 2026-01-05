--- v1 (2025-11-24)
+++ v2 (2026-01-05)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1330">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1774">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Fulfulde
 # Source: https://hadeethenc.com/ff
-# Last update: 2025-11-16 18:52:48 (v1.4.0)
-# Check for updates: https://hadeethenc.com/en/check/ff/v1.4.0
+# Last update: 2025-12-21 14:21:25 (v1.8.0)
+# Check for updates: https://hadeethenc.com/en/check/ff/v1.8.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -644,50 +644,94 @@
   <si>
     <t>Annabi alla juul e mum hisna ɗum haɓri won'de a la Annabi mo alla neli si wona jogi selilaaɓe e hawaariyuuna en ɓe njagga e sunna mum ɓe ɗowito yamiroore mum caggal ɗuum luuto ɗum luutiiɓe bonɓe ɓe mbaɗa ko ɓe mbi'i aaka ɓe kaala ko ɓe mbaɗata kala kaɓoowo e mu'en e junngo mum ma ɗemngal mum e ɓernde mum ko juulɗo iiman caggal ɗuum hay gabbel a la.</t>
   </si>
   <si>
     <t>الحث على مجاهدة المخالفين للشرع بأقوالهم وأفعالهم.
 عدم إنكار القلب للمنكر دليلٌ على ضَعْفِ الإيمان أو ذَهابِه.
 تيسير الله سبحانه وتعالى للأنبياء مَن يَحمِلُ رسالتَهم مِن بعدِهم.
 مَن أراد النجاة فعليه باتباع منهج الأنبياء؛ لأنَّ كل طريق سوى طريقهم هلاك وغواية.
 كلَّما بَعُد العهدُ مِن النبي صلى الله عليه وسلم وأصحابه رضي الله عنهم تَرَكَ الناس السُّنَنَ واتبعوا الأهواءَ وأَحَدَثُوا البِدَع.
 بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
 وجوب الأمر بالمعروف والنهي عن المنكر.</t>
   </si>
   <si>
     <t>Hirjin'de e haɓaade saliiɓe sariya e haala mumen e golle mumen.
 Waasde añde ɓernde wonande gañaaɗi ko daliilu kolliliroowo e lohde iimaneegal wollo yahde hengal.
 Newnande ALLA CENIIƊO TOOWƊO O wonande Annabaaɓe ɓeen roonotooɓe bataakaaji mumen caggal mumen.
 Kala jiɗɗo daɗal yo sukku laawol annabaaɓe; sabo kala laawol ngol wona laawol mumen kohalkare e bewre.
 Kala nde jamaanu Annabi yo ALLA juul e dow mum O hisno ɗum e sahabaaɓe mum yo weleende ALLA won e mumen ɓuri woɗɗir yimɓe ɓe ngoppa sunnaji ɓe ndewa belaaɗe mumen ɓe cosa Biraajil.
 Laɓɓinde martabaaji jihaadi ɗum noon woni ko juŋŋo oon baawɗa waylu wano heeyniiɓe laamu e ñaawooɓe e laamɓe, tawi ko koŋŋol noon ɗum wona laaɓtinde goonga e noddude faade heen, tawi ko ɓernde noon ko añde e mettinde gañaaɗi e waasde yidde ɗum wollo weleede ɗum.
 Waɗɗiima yamirde ko moƴƴi e haɗde ko boni.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3480</t>
   </si>
   <si>
+    <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
+  </si>
+  <si>
+    <t>woto accu la caggal juulde mbi'a alla wallam e dewe ma jettooje ma e moƴƴin'de dewe ma</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e muaaji ɓiy jabal yo ALLA wele ɗum: Won'de nelaaɗo alla juul e mum hisna ɗum jaggi e junngo mum wi ɗum: «wollahi mi ɗo ma yiɗi aan maas».mi ɗo ma wasoyo woto accu la caggal juulde mbi'a alla wallam e dewe ma jettooje ma e moƴƴin'de dewe ma ».</t>
+  </si>
+  <si>
+    <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
+(اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
+(وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
+(وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>Annabi alla juul e mum hisna ɗum jaggi e junngo muaas alla wele ɗum wi ɗum miɗo ma yiɗi mi ɗo ma wasoyo wota accu caggal kala juulde wi'i de alla wllam e dewe ma jettooje ma e moƴƴin'de dewe: (alla wallam e dewe ma)e la koongol e gollal e ɗowitaade ma, (e yettu de ma)e kala dokke e duñre ka la woroɗde, (moƴƴin'de dewe ma)laɓɓin'de e jokkude Annabi alla juul e mum hisna ɗum.</t>
+  </si>
+  <si>
+    <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
+استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
+في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
+من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
+قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
+  </si>
+  <si>
+    <t>Dagiima haɓrude neɗɗo mo njiɗɗa sabi alla.
+Yiɗaama o duaa caggal ka la juulde.
+Duaa e ɗi konnguɗi seeɗa moƴƴe aduna e La'akara.
+Hina e faa'idaaji yiɗde sabi alla wassiya goonga e laaɓndeeru e ballandiral e ɗiggere e kulol.
+Atteybii jaŋto alla ardina udditaare ɓernde e njettoor jokkorgal jaangal moƴƴin'de dewe ko sokla e ɓolaade ko soklin'ta joomum ga alla toowɗo o.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/3518</t>
+  </si>
+  <si>
     <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Si maccuɗo Alla ñawi wollo o ɗannii o winndante fotde ko o waɗatnoo ko hombo ñiiɓi( o ɗatnaaki) hombo selli</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Ittaama e Abu Muusa Al As'arii yo Alla wele mbo (yo allah  yardo  he  makko)o wii: Nelaaɗo yo jam e kisal won e makko maaki: " Si maccuɗo Alla ñawi wollo o ɗannii o winndante fotde ko o waɗatnoo ko hombo ñiiɓi( o ɗatnaaki) hombo selli".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra ɓural Alla e yurmeende makko, e wonde juulɗo si woniino hombo aadarii gollude golle moƴƴe saanga nde o selli e nde o ñiiɓi refti o heɓi ngantu o ñawi o roŋki gollude ko gollatno ko, wollo o ɗatnii wollo o dañi ngantu goɗɗo; oon o winndante njoɓdi timmundi, hono no o golliratno saanga cellal makko e saanga ñiiɓal makko nih.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Yaacde ɓural Alla e dow jiyaaɓe Makko.
 Hirjinde e tiiɗnaare ka dewe Alla e huutoraade waktuuji saanga cellal e saanga heɓde waktu.</t>
   </si>
@@ -1129,50 +1173,95 @@
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e makko o wii: Nelaaɗo Alla yo jam e kisal ngon e makko maaki(o wii): " Kala mbo Alla yiɗani (mooyani)moƴƴere O jariboo mbo".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra wonde si Alla faalanaama gooto e jiyaaɓe Makko he moƴƴere O jaribatoɓe e pittaali maɓɓe e jawdi maɓɓe e koreeji maɓɓe, sabu ko gooŋɗinɗo moolorto e Alla ñaagunde, e heefde bakkatuuji, e ɓamtude darajaaji.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Pellet gooŋɗinɗo hawrat e jarabuuji ceertuɗi nooneeji.
 Jaribeede ina wona maande gilli Alla wonande jiyaaɗo, ngam daraja makko ɓamto, martaba makko toowa, bakkatuuji makko momte.
 Reerɗinde e muñal saanga jolde musibbaaji e waasde ɗeŋƴaade.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4204</t>
+  </si>
+  <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>hul alla ɗo ngonɗa fof rewnu e bone moƴƴere foppa ɗum won'dir e yimɓe jikku moƴƴa</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>eggaama e abii sar ɓiy jundubi ɓiy junaadata e abdi rahman, Muas ɓiy jabal alla weleɓe ga nelaaɗo kisal e mum wi: hul alla ɗo ngonɗa fof rewnu e bone moƴƴere foppa ɗum won'dir e yimɓe jikku moƴƴa</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>annabi i yamiri kisal e mum geɗe tati adanel :ngel kulol alla ɗuum ko waɗde jamirooje accude karmuɗi e kala nokku e jamaanu ko feeñi e ko suuɗi. ɗiɗi si bongel joli reftine mum moƴƴel gila e juulde ha sadak ɗiggere e jokkere tuupde ɗuum foppat bone o. tati:gollir yimɓe e jikkuuji moƴƴi, mo'osde e je'ece mu'en newaare waɗde moƴƴere surde bone</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>ɓural alla mawo e yurmeende mum ya'afuya e maccuɓe mum.
+hadiis o hummbi hakkeeji tati ɗi: hakke alla e kulol hakkefittaandu gollude komoƴƴi caggal bone hakke yimɓe moƴƴin gollandiral.</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه الترمذي</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/4302</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Si juulɓe(dedo) pottinii jaasiiji kafaje)maɓɓe barɗo e baraaɗo fof ko yiite naatata</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Bakri( abu bakrata) yo Alla wele mbo(yo  allah  yardo  he  makko)o wii: Mi nanii Nelaaɗo mo jam e kisal ngoni e makko ina maaka(ina wii a): " Si juulɓe(dedo) pottinii jaasiiji kafaje)maɓɓe barɗo e baraaɗo fof ko yiite naatata" mbiimi : Aan Nelaaɗo Alla o ko barɗo, baraaɗo o noon? o maak(owii)i: " pellet o reerɗuno e warde gondiijo makko o".</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra wonde si juulɓe ɗiɗe kaɓrii jaaseeje (kafaje)maɓɓe, gooto e maɓɓe fof ina faandi warde goɗɗo; barɗo o naatat yiite sabu ko kanko woni coccandirɗo e warngo he. Sahabaaɓe ɓe njiɓara baraaɗo o: Hono oon naatrata jayngol ? Nelaaɗo habri oon naatat yiite sabu reerɗunoode mbo e warde gonndiijo makko, alah fof ko haɗi mbo warde gonndiijo makko si wonah ko oya idii mbo warde ko.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
@@ -1193,175 +1282,175 @@
   </si>
   <si>
     <t>Diine ko laaɓal reedu</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Ittaama e Tamiim Addaarii yo Alla wele mbo (yo allah  yardo 
 he  makko) wonde Annabi yo jam e kisal ngon e makko maaki:(o wii) " Diine ko laaɓal reedu" Min mbi'i : ko ngam hombo? O maaki(owii):" ko ngam Alla e deftere makko nde e Nelaaɗo makko o e ardiiɓe juulɓe e ardaaɓe ɓe'.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko habrii wonde diine fawii ko e laɓɓinde e gooŋɗude, haa mba waawa tottireede no Alla waɗɗiniri nih, tawa hombo timmi ko aldah e raɓɓiɗinaade wollo fuuntude.
 Nelaaɗo yo jam e kisal ngon e mum wi'aa: Hombo laaɓaneede reedu wonanta?
 Gadanel ngel: Laaɓirande Alla Ceniiɗo Toowɗo reedu: Laɓɓinande mbo golle, e waasde renndinde mbo e goɗɗo, o gooŋɗina Allayan-kaagal makko e wonde mbo dewateeɗo e inɗe makko e sifaaji makko, e mawninde fiyaaku Makko, e noddude faade e gooŋɗinde mbo.
 Ɗimmel ngel: Laaɓande deftere makko nde ndeen woni Quraana tedduɗo o: Ɗuum woni fiɓde konde haala Alla, e sakket defte makko, e wonde kombo momtuɗo denndaangal sariyaaji gadiiɗi, mawninende nde, njanngennde no haaniri nih, ngolliren aayeeje laaɓtuɗe firo, njaɓen ɗe laaɓtaani firo, ndiiwten taawiilaaji wooñiiɓe, teskoɗen waajuuji mammbo, e sarde gannde mammbo, e noddude faade e mammbo.
-Tataɓel ngel: Laavande (labaabande)Nelaaɗo Makko Muhamadu yo o his: Ɗuum woni nde piɓaten ko kaŋko woni cakkatiiɗo e Nelaaɓe, ngooŋɗinen ko o addi ko, ciinen ko o yamiri ko, ngoɗɗoɗen ko o haɗi ko, mbaasen rewirde Alla si wonah ko o addi ko, mawninen fodde makko, teddinen mbo, caren noddaandu makko e sariya makko, ndiiwtanen mbo tuumo.
+Tataɓel ngel: Laavande (labaabande) Nelaaɗo Makko Muhamadu yo o his: Ɗuum woni nde piɓaten ko kaŋko woni cakkatiiɗo e Nelaaɓe, ngooŋɗinen ko o addi ko, ciinen ko o yamiri ko, ngoɗɗoɗen ko o haɗi ko, mbaasen rewirde Alla si wonah ko o addi ko, mawninen fodde makko, teddinen mbo, caren noddaandu makko e sariya makko, ndiiwtanen mbo tuumo.
 Nayaɓel: Laaɓande almameeɓe juulɓe:(yesobe alsilambe) Ɗuum woni walludeɓe e goongo, e waasde fooɗondir- de e maɓɓe, e nande e ɗoftaadeɓe sabu ɗuum ko e ɗoftaade Alla jeya,
-Joyaɓel ngel: Laaɓande juulɓe: Ɗuum woni moƴƴude e maɓɓe e noddaandu maɓɓe, e waasde ɓe lorde, e yiɗandeɓe jam, e wallandir- de e maɓɓe ka ɗiggere e kulo Alla.</t>
+Joyaɓel ngel: Laaɓande juulɓe: Ɗuum woni moƴƴude e maɓɓe e noddaandu maɓɓe, e waasde ɓe lorde ( torrude), e yiɗandeɓe jam, e wallandir- de e maɓɓe ka ɗiggere e kulol Alla.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Yamirde laaɓande reedu fof en.
 Mawnude daraja laaɓal reedu nder diine.
 Diine ina soomi piɓle e bolle e golle.
-Ina jeya e laaɓal reedu laɓɓinde fittaandu(yonki) e puunti wonande laaɓanteeɓe reedu e yiɗde moƴƴere wonande mbo.
+Ina jeyaa e laaɓal reedu laɓɓinde fittaandu(yonki) e puunti wonande laaɓanteeɓe reedu e yiɗde moƴƴere wonande mbo.
 Moƴƴude ganndingol Nelaaɗo sabu fuɗɗorde ko muma refti o feñciti.
 Fuɗɗororde ko himmi e ko ɓuri himmude, ɗuum saabi Nelaaɗo yo jam e kisal won e makko fuɗɗori laaɓal wonande Alla, refti deftere makko refti Nelaaɗo makko refti Almameeɓe juulɓe refti juulɓe heynaaɓe ɓe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4309</t>
   </si>
   <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Pellet ko dagii ina ɓanngi ko harmi kadi ina ɓanngi</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
-    <t>Ittaama e Nuumaan Ɓiy Basiir yo Alla wele mbo(yo  allah  yardo  he  makko)o wii: Mi nanii Nelaaɗo yo jam e kisal won e ina maaka-Nuumaan waɗi feɗeendu mum e nofru makko-: " Pellet ko dagii ina ɓanngi ko harmi kadi ina ɓanngi, ina e hakkunde majji geɗe jiɓiiɗe heewɓe e yimɓe nganndaaɗe, kala mbo reenti jiɓiiɗe ɗe o hisnii diine makko e nguru makko, kala janɗo e jiɓiiɗe ɗe o yanii e ko harmi, hono gaynaako gonɗo e sera reenaande hombo ɗesa   durnude heen, kala laamɗo ina jogii reenaande, woni reenaande Alla ko geɗe ɗe O harmini, ko noon tigi ina e ɓanndu husre sinde moƴƴii ɓanndu fof moƴƴa sinde bonii ɓanndu fof moƴƴa, ko ndeen woni ɓernde".</t>
+    <t>Ittaama e Nuumaan Ɓiy Basiir yo Alla wele mbo(yo  allah  yardo  he  makko) o wii: Mi nanii Nelaaɗo yo jam e kisal won e ina maaka-Nuumaan waɗi feɗeendu mum e nofru makko-: " Pellet ko dagii ina ɓanngi ko harmi kadi ina ɓanngi, ina e hakkunde majji geɗe jiɓiiɗe heewɓe e yimɓe nganndaaɗe, kala mbo reenti jiɓiiɗe ɗe o hisnii diine makko e nguru makko, kala janɗo e jiɓiiɗe ɗe o yanii e ko harmi, hono gaynaako gonɗo e sera reenaande hombo ɗesa   durnude heen, kala laamɗo ina jogii reenaande, woni reenaande Alla ko geɗe ɗe O harmini, ko noon tigi ina e ɓanndu husre sinde moƴƴii ɓanndu fof moƴƴa sinde bonii ɓanndu fof moƴƴa, ko ndeen woni ɓernde".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
-    <t>Nelaaɗo yo jam e kisal ngon e makko ina ɓanngina laawol kuuɓtadinngol e geɗe(kojje), e sariya ɗeen geɗe ina peccii pecce tati: ko ɓanngi dagagol mum e ko ɓanngi karmugol, e geɗe jiɓiiɗe ɗe ñaawoore mum laaɓaani mbela ina dagii wollo ina harmi, heewɓe e yimɓe nganndah ñaawoore mum.
-Kala gaccuɗo ɗeen (kojje)geɗe jiɓiiɗe diine mum hisara woɗɗitaade yande nder ko harmi, nguru mum hisa e haala yimɓe aybinooɓe mbo sabu fawñaade mbo ndeen jiɓiinde. Kala mbo woɗɗitaaki jiɓiiɗe ɗe o aarndi fittaandu makko yande e ko harmi, wollo yimɓe njuwa nguru makko. Nelaaɗo Alla yo jam e kisal ngon e makko tottiri yero oon janoowo e jiɓiiɗe o nanndidini mbo e gaynaako gaynoowo e sara leydi ndi jom hendi waɗandi reenaare, jawdi gaynaako o ina ɗeɓa durde sera mum, ko noon baɗoowo ko jiɓii, oon o ɓadoto ko harmi hombo ɗesa yande heen. Caggal ɗuum Nelaaɗo yo jam e kisal ngon e makko habri wonde husere(ɓernde) ina e nder ɓanndu sinde moƴƴii ɓanndu fof moƴƴa sinde bonii ɓanndu fof bona.</t>
+    <t>Nelaaɗo yo jam e kisal ngon e makko ina ɓanngina laawol kuuɓtadinngol e geɗe(kojje), e sariya ɗeen geɗe ina peccii pecce tati: ko ɓanngi dagagol mum e ko ɓanngi karmugol, e geɗe jiɓiiɗe ɗe ñaawoore mum laaɓaani mbela ina dagii wolla ina harmi, heewɓe e yimɓe nganndah ñaawoore mum.
+Kala gaccuɗo ɗeen (kojje) geɗe jiɓiiɗe diine mum hisara woɗɗitaade yande nder ko harmi, nguru mum hisa e haala yimɓe aybinooɓe mbo sabu fawñaade mbo ndeen jiɓiinde. Kala mbo woɗɗitaaki jiɓiiɗe ɗe o aarndi ( ballii) fittaandu makko yande e ko harmi, wolla yimɓe njuwa nguru makko. Nelaaɗo Alla yo jam e kisal ngon e makko tottiri yero oon janoowo e jiɓiiɗe o nanndidini mbo e gaynaako gaynoowo e sera leydi ndi jom hendi waɗandi reenaare, jawdi gaynaako o ina ɗeɓa durde sera mum, ko noon baɗoowo ko jiɓii, oon o ɓadoto ko harmi hombo ɗesa yande heen. Caggal ɗuum Nelaaɗo yo jam e kisal ngon e makko habri wonde husere(ɓernde) ina e nder ɓanndu sinde moƴƴii ɓanndu fof moƴƴa sinde bonii ɓanndu fof bona.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Reerɗinde woppude ko jiɓii, ko ngannduɗa ñaawoore mum laaɓaani.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4314</t>
   </si>
   <si>
     <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
-    <t>Alla winndi moƴƴinde(bodengi) e kala huunde</t>
+    <t>Alla winndi moƴƴinde (bodengi) e kala huunde</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
-    <t>Ittaama e Saddaad Ɓiy Awsu yo Alla wele mbo(yo allah  yardo  he  makko)o wii: Geɗe ɗiɗe mi reeniiɗe e Nelaaɗo yo jam e kisal won e makko o wii: Alla winndi moƴƴinde(bodengi) e kala huunde, si on mbarii moƴƴinee (boonnee)bargol si on kirsii moƴƴinee(boonnee) kirsugol, yo gooto e mon welnu laɓi makko, yo o fooftin hirsaande makko.</t>
+    <t>Ittaama e Saddaad Ɓiy Awsu yo Alla wele mbo(yo allah  yardo  he  makko) o wii: Geɗe ɗiɗe mi reeniiɗe e Nelaaɗo yo jam e kisal won e makko o wii: Alla winndi moƴƴinde (bodengi) e kala huunde, si on mbarii moƴƴinee (boonnee)bargol si on kirsii moƴƴinee (boonnee) kirsugol, yo gooto e mon welnu laɓi makko, yo o fooftin hirsannde makko.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
-    <t>Annabi ina habra wonde Alla waɗɗinii e men moƴƴinde e kala huunde, moƴƴinde woni: Waɗtorde Alla ko duumi, ka rewde Mbo e waɗde moƴƴere e accude lorde tagaaɓe ɓe, ina e ɗuum moƴƴinde ka bargol e kirsugol.
-[...1 lines deleted...]
-Moƴƴinde(booniki) ka kirsugol woni: Newnande ko hirsete ko e welnude laɓi kirsirki ki, ki waasa welneede e yeesa ko hirsatee ko tawa hoɗum ndaara ki, ko hirsatee ko waasa hirseede e yeesa dammi goɗɗi ɗi.</t>
+    <t>Annabi ina habra wonde Alla waɗɗinii e men moƴƴinde e kala huunde, moƴƴinde woni: Waɗtorde Alla ko duumi, ka rewde Mbo e waɗde moƴƴere e accude lorde ( torrude) tagaaɓe ɓe, ina e ɗuum moƴƴinde ka bargol ( wargol) e kirsugol.
+Moƴƴinde (bo oniki) bargol saanga yoɓtaade woni: suɓaade laabi ɓurɗi newaade e hoyde e ɓurɗi yaawde ittude fittaandu wonande barateeɗo o.
+Moƴƴinde (booniki) ka kirsugol woni: Newnande ko hirsete ko e welnude laɓi kirsirki ki, ki waasa welneede e yeeso ko hirsatee ko tawa hoɗum ndaara ki, ko hirsatee ko waasa hirseede e yeesa dammi goɗɗi ɗi.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Yurmeende Alla e newuya Makko e winndere he.
-Moƴƴinde(booniki) bargol e kirsugol wonirta ko e mbaadi njaadundi e sariya.
-Timmude sariya e soomde mbo kala moƴƴe- re, ina e ɗuum yumaade e newanaade kullele ngel.
+Moƴƴinde (booniki) bargol e kirsugol wonirta ko e mbaadi njaadundi e sariya.
+Timmude sariya e soomde mbo kala moƴƴere, ina e ɗuum yumaade e newanaade kullele ngel.
 Haɗde muusnude e neɗɗo caggal warde mbo.
 Harminde kala ko leɓtata kulle.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4319</t>
   </si>
   <si>
     <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
-    <t>pellet Alla winndii moƴƴi e bonɗi, refti O ɓanngini ɗuum, kala mbo himmi waɗde moƴƴel o gollaani ngel o winndene moƴƴel timmungel, si o himmarii waɗde ngel o waɗi ngel o Alla winndana mbo moƴƴi sappo haa e cowe teemedde jeeɗiɗi sowre, haa e cowe keewɗe, kala kimmuɗo e waɗde gootel bonngel o waɗaani ngel o winndane moƴƴel gootel, si o waɗii ngel noon o winndane bonngel gootel</t>
+    <t>pellet Alla winndii moƴƴi e bonɗi, refti O ɓanngini ɗuum, kala mbo himmi waɗde moƴƴel o gollaani ngel o winndene moƴƴel timmungel, si o himmarii waɗde ngel o waɗi ngel o Alla winndana mbo moƴƴe sappo haa e cowe teemedde jeeɗiɗi sowre, haa e cowe keewɗe, kala kimmuɗo e waɗde gootel bonngel o waɗaani ngel o winndanee moƴƴel gootel, si o waɗii ngel noon o winndanee bonngel gootel</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
-    <t>Ittaama e Ibnu Abbaas yo Alla weleɓe:(yo  alla  yardo  he  mabbe)) Ittaama e Annabi yo jam e kisal ngon e makko ko o habrata ummaade e Joom makko o maak(owii)i: pellet Alla winndii moƴƴi e bonɗi, refti O ɓanngini ɗuum, kala mbo himmi waɗde moƴƴel o gollaani ngel o winndene moƴƴel timmungel, si o himmarii waɗde ngel o waɗi ngel o Alla winndana mbo moƴƴi sappo haa e cowe teemedde jeeɗiɗi sowre, haa e cowe keewɗe, kala kimmuɗo e waɗde gootel bonngel o waɗaani ngel o winndane moƴƴel gootel, si o waɗii ngel noon o winndane bonngel gootel"</t>
+    <t>Ittaama e Ibnu Abbaas yo Alla weleɓe:(yo  alla  yardo  he  mabbe)) Ittaama e Annabi yo jam e kisal ngon e makko ko o habrata ummaade e Joom makko o maaki (o wii) : pellet Alla winndii moƴƴi e bonɗi, refti O ɓanngini ɗuum, kala mbo himmi waɗde moƴƴel o gollaani ngel o winndene moƴƴel timmungel, si o himmarii waɗde ngel o waɗi ngel o Alla winndana mbo moƴƴe sappo haa e cowe teemedde jeeɗiɗi sowre, haa e cowe keewɗe, kala kimmuɗo e waɗde gootel bonngel o waɗaani ngel o winndanee moƴƴel gootel, si o waɗii ngel noon o winndanee bonngel gootel"</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
-    <t>Nelaaɗo yo jam e kisal ngon e makko ɓannganii wonnde Alla hoddarii moƴƴi e bonɗi refi O holli Malaykaaji ɗi mbinndirtaɗi:
-[...1 lines deleted...]
-Kla paalaaɗo o faandi o felliti waɗde bonannde kono o waɗaani nde o winndene moƴƴere wootere, si o acciinde ngam waasde waɗde sababuuji mannde o winndantaake hay dara, si o accii ɗuum ngam roŋkere o winndene anniya makko, si o gollinde o winndane bonannde wootere.</t>
+    <t>Nelaaɗo yo jam e kisal ngon e makko ɓannganii wonnde Alla hoddarii moƴƴi e bonɗi refti  O holli Malaykaaji ɗi mbinndirtaɗi:
+Kala paalaaɗo o faandi o felliti waaɗde moƴƴere o winndanee moƴƴere wootere hay si o gollaani nde, si o golliinde noon o sowenee ɗum laabi sappo haa cowe teemedde jeeɗiɗi haa e cowe keewɗe, ɓeydeede nde fawii ko e laɓɓingol ɓernde e yawtinde nafoore e ko nanndi e ɗuum.
+Kala paalaaɗo o faandi o felliti waɗde bonannde kono o waɗaani nde o winndene moƴƴere wootere, si o acciinde ngam waasde waɗde sababuuji mannde o winndantaake hay dara, si o accii ɗuum ngam roŋkere o winndene anniya makko, si o gollinde o winndane bonannde wootere.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
-    <t>Ɓannginde ɓural Alla e ngol leñol e sowande mbo moƴƴi e winndude ɗi ka Makko, e waasde sowde bonɗi.
+    <t>Ɓannginde ɓural Alla e ngol leñol e sowande mbo moƴƴe e winndude ɗi ka Makko, e waasde sowde bonɗi.
 Himmude anniya e golle e batte hembo.
 Ɓural Alla e newuya makko e moƴƴere makko nde O winndata moƴƴere wonande jiɗɗo waɗde moƴƴere hay si o waɗaani nde Alla winndanat mbo moƴƴere.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4322</t>
   </si>
   <si>
     <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Pellet Alla ndaaratah faade e mbaadiiji mon(sora bali mon) wonah faade e jawɗe mon, kono o ndaarata ko ɓerɗe mon e golle mon</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e makko o wii: Nelaaɗo Alla yo jam e kisal ngon e makko maaki:(owii) " Pellet Alla ndaaratah faade e mbaadiiji mon(sora bali mon) wonah faade e jawɗe mon, kono o ndaarata ko ɓerɗe mon e golle mon".</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Annabi (jam he kisinam won he makko)ɓannginii wonde Alla ndaaratah mbaadiiji jiyaaɓe e ɓalli maɓɓe, mbela koɗi jooɗɗi wollo bonɗi ŋari? Mbela koɗi mawɗi wollo koɗi tokoosi? Wollo koɗi celluɗi wollo koɗi ñawɗi? O ndaarathah faade e jawɗeele mon, mbele ko ɗe keewɗe wollo koɗe setta? Alla haasbortaa- ko jiyaaɓe makko ceertugol ɗe geɗe, kono O ndaarata ko woni e ɓerɗe jiyaaɓe makko e hulol e yaneede, e gooŋɗude, e laaɓde, wollo faandaade yeengo wollo naneede, O ndaarat faade e golle maɓɓe wonde ɗe moƴƴe wollo bonɗe; O barjaɗe O yoɓa ɗe.</t>
   </si>
@@ -1369,346 +1458,423 @@
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Toppitaade moƴƴinde ɓernde, e laɓɓinde nde e kala sifa ñiŋaaɗo.
 Ɓernde moƴƴirta ko laɓɓinde, golle moƴƴirta ko rewde Annabi, ko ɗum woni ko ndaarete ka Alla.
 Aade fotaani hoomtaraade e jawdi makko wollo njooɗndam makko wollo ɓanndu makko wonah hay huunde e ɗe geɗe aduna.
 Reentinde e wuuraade e geɗe ɓannguɗe gaa e moƴƴinde nder.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4555</t>
   </si>
   <si>
     <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>pellet golle pawii ko e anniyaaji</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
-    <t>Ittaama e Umar Ɓiy Khaɗɗaab yo Alla wele mbo(yo allah  yardo  he  makko  )o wii: Nelaaɗo yo jam e kisal ngon e makko maaki:(o wii) " Pellet gollet golle pawii ko e anniya, kala neɗɗo ina woodani ɗum ko o annayii ko, kala perɗo ngam Alla e Nelaaɗo makko fergo makko ko fa'i ko e Alla e Nelaaɗo makko, kala mbo feri ngam yiɗde heɓde aduna wollo ngam debbo mbo o resata, fergo makko ngo ko ferani ko" arii e konngol Bukaari:" pellet golle pawii ko e anniyaaji".</t>
+    <t>Ittaama e Umar Ɓiy Khaɗɗaab yo Alla wele mbo (yo allah  yardo  he  makko) o wii: Nelaaɗo yo jam e kisal ngon e makko maaki:(o wii) " Pellet gollet golle pawii ko e anniya, kala neɗɗo ina woodani ɗum ko o annayii ko, kala perɗo ngam Alla e Nelaaɗo makko fergo makko ko fa'i ko e Alla e Nelaaɗo makko, kala mbo feri ngam yiɗde heɓde aduna wolla ngam debbo mbo o resata, fergo makko ngo ko ferani ko" arii e konngol Bukaari:" pellet golle pawii ko e anniyaaji".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Annabi ina ɓanngina wonde golle teskirte ko anniya, nde ñaawoore ko huɓtadinnde den- ndaangal golle dewe Alla e gollondire, kala paandariiɗo e gollal makko nafoore o dañatah si wonah ndeen nafoore kono wonah baraaje, kala paandariiɗo e gollal makko ɓallaade Alla o heɓiraɗe baraaje e njoɓdi hay si wonii ko golle gaadaraaɗe, hono ñaamde e yarde.
-Refti Nelaaɗo yo o his fiyii misaal ngam ɓannginde battinde anniya e dow golle wondude e fotde ɗe e mbaadi peeñndi, o holli wonde oon perɗo acci nokku makko ngam ɗaɓɓude weluya Joom makko, oon fergo mum ko fergo sariya njaɓaako ko o dañata baraaje ngam sellude anniya makko, oon paandiiɗo e fergo makko nafoore aduna, hono jawdi e koongu, wollo njulaagu, wollo debbo, o heɓatah si wonah nafoore nde o annayii nde, kono geɗal alanaa mbo e baraaje e njoɓdi.</t>
+Refti Nelaaɗo yo o his fiyii misaal ngam ɓannginde battinde anniya e dow golle wondude e fotde ɗe e mbaadi peeñndi, o holli wonde oon perɗo acci nokku makko ngam ɗaɓɓude weluya Joom makko, oon fergo mum ko fergo sariya njaɓaako ko o dañata baraaje ngam sellude anniya makko, oon paandiiɗo e fergo makko nafoore aduna, hono jawdi e koongu, wolla njulaagu, wolla debbo, o heɓatah si wonah nafoore nde o annayii nde, kono geɗal alanaa mbo e baraaje e njoɓdi.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Hirjinde faade e laɓɓinde, Alla jaɓatah e golle si wonah ɗaɓɓiraaɗe yeeso Alla.
 Golle ɓallortrɗe Alla si kellifaaɗe waɗiiɗe e laawol aada ɗeen ngalah baraaje haa golluɗo faando heen ɓallaraade Alla.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4560</t>
   </si>
   <si>
     <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
-    <t>Islaam woni kode deweteeɗo e goongo alah si wonah Alla, e wonde Muhamadu ko nelaaɗo Alla, ñiiɓnude juulde, tottira askal(jakka)
-koora lewru koorko, (koorka)kajjaya ka suudu Alla to laawol si a hattanii</t>
+    <t>Islaam woni kode deweteeɗo e goongo alah si wonah Alla, e wonde Muhamadu ko nelaaɗo Alla, ñiiɓnude juulde, tottira askal (jakka)
+koora lewru koorka, (koorka) kajjaya ka suudu Alla to laawol si a hattanii</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
-    <t>Ittaama e Umar Ɓiy Khaɗɗaab yo Alla wele mbo (yo allah  yardo  he  makko  )o wii: Nde min njooɗino ka (to)Nelaaɗo ñalawma gooto haa gorko gooto mbo comci( kolte) daneeji tal(tar), sukundu(gaasa) ɓaleeru(baleeha tik) korum ƴellitii e amen, batte ɗatngal yi'etaake e makko, hay gooto e amen anndaa mbo, haa o jooɗi e sara Nelaaɗo, o tuggi koppi makko ɗi e koppi makko, o fawi newe makko e dow buse makko, o wii: Aan Muhamadu habram ko woni Islaam, Nelaaɗo maaki(o wii):" Islaam woni kode deweteeɗo e goongo alah si wonah Alla, e wonde Muhamadu ko nelaaɗo Alla, ñiiɓnude juulde, tottira askal(jakka)
-koora lewru koorko, (koorka)kajjaya ka suudu Alla to laawol si a hattanii" o wii : A haalii goongo, min kaawa hombo naaɓnoo mbo, hombo gooŋɗina mbo, o wii: habram ko woni Iimaan? O maaki:" konde ngooŋɗinta Alla e malaykaaji maakko e defte makko e nelaaɓe makko, ñande darngo, e hoddira ko moƴƴi heen e ko boni heen, o wii: a gooŋɗi, o wii: habram ko woni moƴƴinde, O maaki:" kode ndewataa Alla ellee haɗa yi'a Mbo, hay si a wonii a yi'ataa Mbo Kaŋko kam hombo yii ma" o wii : habram ñande darngo darato, O "maaki: " naaɓnaaɗo o ɓuraani naaɓniiɗo o anndude" o wii: habram maandeeji hembo, O maaki:" kode korɗo jibinta laamɗo makko, e nde nji'ata momsotooɓe holɓe waasɓe aynooɓe dammi ina ɓurdandira toowde kuɓeeje" refti o fokkiti, o wii: ñiiɓmi dumunno setta, O maaki(o wii) :" aan Umar mbela haɗa anndi naaɓnatonooɗo o?" mbiimi ko Alla e Nelaaɗo makko ɓuri anndude, O maaki(o wii): " ko Jibriil ari e mon ina anndina on geɗe diine mon".</t>
+    <t>Ittaama e Umar Ɓiy Khaɗɗaab yo Alla wele mbo ( yo allah  yardo  he  makko  ) o wii: Nde min njooɗino ka (to) Nelaaɗo ñalawma gooto haa gorko gooto mbo comci ( kolte) daneeji tal (tar), sukundu(gaasa) ɓaleeru (baleeha tik) korum ƴellitii e amen, batte ɗatngal yi'etaake e makko, hay gooto e amen anndaa mbo, haa o jooɗi e sara Nelaaɗo, o tuggi koppi makko ɗi e koppi makko, o fawi newe makko e dow buse makko, o wii: Aan Muhamadu habram ko woni Islaam, Nelaaɗo maaki (o wii):" Islaam woni kode deweteeɗo e goongo alah si wonah Alla, e wonde Muhamadu ko nelaaɗo Alla, ñiiɓnude juulde, tottira askal (jakka)
+koora lewru koorka, (koorka) kajjaya ka suudu Alla to laawol si a hattanii" o wii : A haalii goonga, min kaawa hombo naaɓnoo mbo, hombo gooŋɗina mbo, o wii: habram ko woni Iimaan? O maaki:" konde ngooŋɗinta Alla e malaykaaji maakko e defte makko e nelaaɓe makko, ñande darngal, e hoddira ko moƴƴi heen e ko boni heen, o wii: a gooŋɗi, o wii: habram ko woni moƴƴinde, O maaki:" kode ndewataa Alla ellee haɗa yi'a Mbo, hay si a wonii a yi'ataa Mbo Kaŋko kam hombo yii ma" o wii : habram ñande darngo darato, O "maaki: " naaɓnaaɗo o ɓuraani naaɓniiɗo o anndude" o wii: habraam maandeeji hembo, O maaki:" ko de korɗo jibinta laamɗo makko, e nde nji'ata momsotooɓe holɓe waasɓe aynooɓe dammi ina ɓurondira toowde kuɓeeje" refti o fokkiti, o wii: ñiiɓmi dumunno setta, O maaki (o wii) :" aan Umar mbela haɗa anndi naaɓnatonooɗo o?" mbiimi ko Alla e Nelaaɗo makko ɓuri anndude, O maaki(o wii): " ko Jibriil ari e mon ina anndina on geɗe diine mon".</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
-    <t>Umar(by kaataab yo Alla  yardo  he  makko)ina habra wonde Jibrii(kici nam dow makko)l yaltii e Sahabaa- ɓe he e mbaadi gorko mbo anndaaka, ina e sifaaji makko comci (kolte)mum ko daneeji tal, (tar)sukundu (gasa)makko ko ɓaleeru kurum, batte ɗatngal yi'taake e makko hono tampere, e punndi, e saraade sukundu, e tunwude comci, hay gooto anndaano mbo e tawanooɓe he, ndeen hoɓe njooɗi ka Nelaaɗo, o jooɗi yeeso Nelaaɗo hono janngoowo nih, o naaɓnii mbo islaam, O habri mbo jookli islaam coomɗi seedeeji ɗiɗi e reende juulɗeele joy ɗe e totttirde askal, e hoorde lewru koorko ndu, e tottirde farilla hajju wonande oon kattanɗo.
+    <t>Umar (by kaataab yo Alla  yardo  he  makko) ina habra wonde Jibriil ( kisindam dow makko) l yaltii e Sahabaa- ɓe he e mbaadi gorko mbo anndaaka, ina e sifaaji makko comci (kolte) mum ko daneeje tal, (tar) sukundu (gasa) makko ko ɓaleeru kurum, batte ɗatngal yi'taake e makko hono tampere, e punndi, e saraade sukundu, e tunwude comci, hay gooto anndaano mbo e tawanooɓe he, ndeen hoɓe njooɗi ka Nelaaɗo, o jooɗi yeeso Nelaaɗo hono janngoowo nih, o naaɓnii mbo islaam, O habri mbo jookli islaam coomɗi seedeeji ɗiɗi e reende juulɗeele joy ɗe e totttirde askal, e hoorde lewru koorka ndu, e tottirde farilla hajju wonande oon kattanɗo.
 Naaɓniiɗo o wii: A gooŋɗii, Sahabaaɓe ɓe kaawa e naaɓnal makko tinndinatngal waasde anndude ko feeñi ko e gooŋɗinde naaɓnateeɗo o.
-Refti o naaɓnii mbo ko woni Iimaan, o jaabii mbo ɗi jookli Iimaan jeegom coomɗi gooŋɗinde goodal Alla e sifaaji Makko, e teelɗinande Mbo golle Makko hono tagde, e teelɗinande Mbo dewal, e wonde Malaykaaji ɗi O tagiri ɗii annoore koɗi jiyaaɓe Alla teddinaaɗi ɗi ngoopatah Alla koɗi ciinooji jamirooje Alla, e gooŋɗinde defte tellinaaɗe ɗe e Nelaaɓe ka Alla ɗe ummii, hono Quraana e Tawreeta, e Injiil e ko wonah ɗe, e gooŋɗinde Nelaaɓe yottinanooɓe Alla diine Makko o,  ina e heɓe Nuuhu e Ibraahiima e Muusa, e Iisa e sakket maɓɓe Muhamadu yo kisal won e maɓɓe, e ɓe ngonah ɓe e Annabaaɓe e Nelaaɓe, e gooŋɗinde ñalawma cakkatiiɗo, ina naata e ɗuum ko woni caggal maayde e yenaande e nguurndam Barjak, e wonde neɗɗo ina ummintine o haasbe golle makko, battane makko ngono aljanna wollo yiite, e gooŋɗinde Alla hoddarii geɗe hono no idarii e ganndal Makko e ñeeñal Makko e winndude Mbo ɗuum, e haajaande Makko, e yande huunde nde no O hoddiri nde nih, e no O tagri nde. Refti o naaɓnii mbo Ihsaan(moƴƴinde), o jaabii mbo konde o rewata Alla elle hombo yi'a mbo, si o waawah yottaade daraja yiide Alla, yo rew Alla o annda Alla ina seedoo mbo, tolnde adanere ndee woni tolnde seedaade, ko ndeen ɓuri toowde, ɗimmɗre nde woni tolnde horde.
-[...1 lines deleted...]
-Refti o naaɓnii mbo maandeeji darngo? O holli wonde ina e maandeeji he heewde horɓe e ɓiɓɓe maɓɓe, wollo heewde aaƴaade ɓiɓɓe yummiraaɓe maɓɓe ɓe ngollidoo e maɓɓe gollondiral horɓe, e wonde aynaaɓe ndammiri e waasɓe aduna ina yaacnaneeɓe e sakket jamaanu, ɓe mbasandira sinkude e mahde kuɓeeje.
+Refti o naaɓnii mbo ko woni Iimaan, o jaabii mbo ɗi jookli Iimaan jeegom coomɗi gooŋɗinde goodal Alla e sifaaji Makko, e teelɗinande Mbo golle Makko hono tagde, e teelɗinande Mbo dewal, e wonde Malaykaaji ɗi O tagiri ɗii annoore koɗi jiyaaɓe Alla teddinaaɗi ɗi ngoopatah Alla koɗi ciinooji jamirooje Alla, e gooŋɗinde defte tellinaaɗe ɗe e Nelaaɓe ka Alla ɗe ummii, hono Quraana e Tawreeta, e Injiil e ko wonah ɗe, e gooŋɗinde Nelaaɓe yottinanooɓe Alla diine Makko o,  ina e heɓe Nuuhu e Ibraahiima e Muusa, e Iisa e sakket maɓɓe Muhamadu yo kisal won e maɓɓe, e ɓe ngonah ɓe e Annabaaɓe e Nelaaɓe, e gooŋɗinde ñalawma cakkatiiɗo, ina naata e ɗuum ko woni caggal maayde e yenaande e nguurndam Barjak, e wonde neɗɗo ina ummintine o haasbee golle makko, battane makko ngono aljanna wollo yiite, e gooŋɗinde Alla hoddarii geɗe hono no idarii e ganndal Makko e ñeeñal Makko e winndude Mbo ɗuum, e haajaande Makko, e yande huunde nde no O hoddiri nde nih, e no O tagri nde. Refti o naaɓnii mbo Ihsaan(moƴƴinde), o jaabii mbo konde o rewata Alla elle hombo yi'a mbo, si o waawah yottaade daraja yiide Alla, yo rew Alla o annda Alla ina seedoo mbo, tolnde adanere ndee woni tolnde seedaade, ko ndeen ɓuri toowde, ɗimmɗre nde woni tolnde horde.
+Refti o naaɓnii mbo honde darngal darato? Annabi ɓanngini wonde ganndal ko darngal Alla heerorii ɗuum e ganndal makko, hay gooto anndah ɗum e winndere he, naaɓnaaɗo ɓuraani naaɓniiɗo o anndu.
+Refti o naaɓnii mbo maandeeji darngal? O holli wonde ina e maandeeji he heewde horɓe e ɓiɓɓe maɓɓe, wolla heewde aaƴaade ɓiɓɓe yummiraaɓe maɓɓe ɓe ngollidoo e maɓɓe gollondiral horɓe, e wonde aynaaɓe ndammiri e waasɓe aduna ina yaacnaneeɓe e sakket jamaanu, ɓe mbasandira sinkude e mahde kuɓeeje.
 Refti Annabi yo jam e kisal ngon e makko habri wonde naaɓnatooɗo O ko Jibriil O ari ko ngam anndinde Sahabaaɓe diine maɓɓe newiiɗo o.</t>
   </si>
   <si>
     <t>حُسْن خُلُقِ النبي صلى الله عليه وسلم، وأنه يجلس مع أصحابه ويجلسون إليه.
 مشروعية الرفق بالسائل وتقريبه، ليتمكن من السؤال غير مُنْقَبِضٍ ولا خائف.
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Moƴƴude jikku Nelaaɗo sabu ko O jooɗdotono ko e Shabaaɓe kamɓe ne ɓe njooɗdo e Makko.
 Sarayineede newanaade naaɓnatooɗo e ɓallinde mbo, haa o waawa naaɓnaade tawa o fiɓaaki o hulaani.
 Needi wondude e jannginoowo hono no Jibriil waɗiri nih, ɗo o jooɗi e yeeso Nelaaɗo jonnde nehiiɗo ngam ƴettude e makko.
 Doosɗe islaam ko joy, asliiji Gooŋɗingol - iimaan- ko jeegom.
 Si Islaam renndi e Iimaan islaam firdate ko geɗe ɓannguɗe, iimaan firde geɗe birniiɗe.
-Hollirde wonde diine ko darajaaji ɓurandirɗi, daraja gadana o woni Islaam, ɗimmo o woni Iimaan, tataɓo o woni Ihasaan, ko kammbo ɓuri toowde.
+Hollirde wonde diine ko darajaaji ɓurandirɗi, daraja gadano o woni Islaam, ɗimmo o woni Iimaan, tataɓo o woni Ihasaan, ko kammbo ( kanko) ɓuri toowde.
 Woni asli e mas'alaaji ko waasde anndude, majjude duñata e naaɓnal, ko ɗuum waɗi Sahabaaɓe ɓe kaawa e naaɓnagol makko e gooŋɗinde mbo.
 Fuɗɗoraade ko ɓuri himmude refti ko rew heen; sabu o fuɗɗorii ko seedenfaaji ɗiɗi e firde islaam, gooŋɗinde Alla fuɗɗora ka pirgol iimaan.
 Naaɓnaade yimɓe ganndal ko naaɓniiɗo majjaani, ngam o anndina goɗɗo.
-Ko Alla heerorii ganndal daraade darnga.</t>
+Ko Alla heerorii ganndal daraade darngal.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4563</t>
   </si>
   <si>
     <t>لا تغضب</t>
   </si>
   <si>
     <t>woto tikku</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
-    <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allahyardo he makko): Gorko gooto wi'ii Nelaaɗo: Nelaaɗo wasiyo mi, O maaki(owii):"  woto tikku" o filli ɗum o wii:" woto tikku".</t>
+    <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allahyardo he makko): Gorko gooto wi'ii Nelaaɗo: Nelaaɗo wasiyo mi, O maaki (owii):"  woto tikku" o filli ɗum o wii:" woto tikku".</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
-    <t>Gooto e Sahabaaɓe (allah  yardo he mabbe)ɗaɓɓii e Nelaaɗo nde o tinndanta mbo huunde nafoore mbo, O yamari mbo woto o looɓ, maana ɗum noon ko reentaa- de sababuuji gaddooji looɓre, e yo o teeru fittaandu makko si ko tikkinta yanii e makko, woto o doonoro tikkere makko nde warde wollo fiyde wollo ƴattaade e ko nanndi e ɗuum.
-Gorko o fillii ɗaɓɓude wasiya o, Nelaaɗo ɓeydaani mbo wasiya si wonah woto looɓ".</t>
+    <t>Gooto e Sahabaaɓe (allah  yardo he mabbe) ɗaɓɓii e Nelaaɗo nde o tinndanta mbo huunde nafoore mbo, O yamari mbo woto o looɓ, maana ɗum noon ko reentaa- de sababuuji gaddooji looɓre, e yo o teeru fittaandu makko si ko tikkinta yanii e makko, woto o doonoro tikkere makko nde warde wolla fiyde wolla  ƴattaade e ko nanndi e ɗuum.
+Gorko o fillii ɗaɓɓude wasiya o, Nelaaɗo ɓeydaani mbo wasiya si wonah woto looɓ ( fati tikku)".</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
-    <t>Reentinde looɓre e sababuuji mum, sabu ko ɗuum woni ko renndini bone, reentaade ɗuum noon renndini jam.
+    <t>Reentinde looɓre ( tikkere) e sababuuji mum, sabu ko ɗuum woni ko renndini bone, reentaade ɗuum noon renndini jam.
 Tikkere ngam Alla hono sekde si hurmaaji Alla kuñcaama ko e tikkere moƴƴere jeyaa.
 Fillaade haala saanga haajareede haa keɗiiɗo faama o annda himmude ɗuum.
 Ɓural ɗaɓɓude wasya ummaade e ganndo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4709</t>
   </si>
   <si>
     <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
-    <t>Woto lor(torra) woto lore,(torrode) kala lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo</t>
+    <t>Woto lor (torra) woto lore,(torrode) kala lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
-    <t>Ittaama e Abi Sa'iid Al Khudarii yo Alla wele mbo(yo allah 
-yardo  he  makko  ) wonde Nelaaɗo yo jam e kisal won e makko maakii:(o wii) "Woto lor(torra) woto lore,(torrode) kala lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo".</t>
+    <t>Ittaama e Abi Sa'iid Al Khudarii yo Alla wele mbo (yo allah 
+yardo  he  makko  ) wonde Nelaaɗo yo jam e kisal won e makko maakii:(o wii) "Woto lor (torra) woto lore,(torrode) kala lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
-    <t>Annabi yo jam e kisal ngon e makko ɓannganii wonde ina waɗɗii dude lorla e nooneeji ceertu- ɗi e fittaandu e woɓɓe, daganaaki hay gooto lorde fittaandu mum wollo fittaandu goɗɗo go.
-O fotaani duñirde lor lorde goɗɗo; sabu lor ittirtaake lor tawi wonaa ko e mbaadi njoɓtiigu tawa aldah e yawtude keerol.
+    <t>Annabi yo jam e kisal ngon e makko ɓannganii wonde ina waɗɗii dude lorla e nooneeji ceertu- ɗi e fittaandu e woɓɓe, daganaaki hay gooto lorde fittaandu mum wolla fittaandu goɗɗo go.
+O fotaani duñirde lorra lorde goɗɗo; sabu lorra ittirtaake lorra tawi wonaa ko e mbaadi njoɓtiigu tawa aldah e yawtude keerol.
 Refti Annabi holliri fodoore sattunde loreedeoon  oon loroowo yimɓe, e sattinaneede oo  cattinanoowo yimɓe.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Haɗeede yoɓtaade ko ɓurti.
 Alla yamiraani jiyaaɓe makko ko inaɓe lorla.(torra)
-Harminde lorde (torode)e lorleede ka konngol wollo golle wollo accude.
+Harminde lorde (torrude)e lorleede ka konngol wolla golle wolla accude.
 Njoɓdi ko e leñol gollal fawi, kala lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo.
 Ina doosɗe sariya: " lorlo ittete(torra ittete)" sariya jaɓatah lorlo(torra), hombo yedda lorlude.(torrode)</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[صحيح بشواهده]</t>
   </si>
   <si>
     <t>[رواه الدارقطني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>,ƴiiƴam juulɗa dagatako si wona gootel e tati</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> «,ƴiiƴam juulɗa dagatako si wona gootel e tatimawɗo jin'ɗo e war fittaandu accuɗo diine mum seerti e dental»</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>annabi kisal e mum won'de ƴiiƴamjuulɗa harmi ha waɗ go'otel e tati: adanel:mo yani e jina taw mo rewi e desal dago o ware. ɗiɗi: mo wari fittaandu hisndu taw kañumteyi warete e sarɗiiji mum. tati:mo acci dental juulɓediine mum ma yartodini ma hona bewɓe taƴooɓe laabi en e ko way noon.</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>ɗe geɗe tati karmi mo waɗi gotel heen dagiima ware ke'era hona jartodin'ɗoma hidde ma jinɗo wolla barɗo teyɗo.
+waɗɗiima reendeguri e laaɓalɗi.
+waɗɗiima horsin'de juulɗo ƴiiƴam mum i reena.
+hirjin'dedental julɓe wa'asa seertu e mum.
+moƴƴi njanngin nelaɗo kise e mum mo peesa halom e pecce tonnga mas'a laji reena ɗi.
+alla sariyini keeri ngam duña jinaaya reena renndo e boneeji.
+si'inude ɗi hiddeeji ko e keeriindi gardiiɗo.
+sababuji warngo ɓuri tati kona ɗi njaltaani ɗi sabu mbilewuma yennude annabi ko kefero ɗumwoni accuɗo diine mum</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/4714</t>
+  </si>
+  <si>
     <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Si on mbakkalinoomo e Alla tigi tigi(he gonga), ma O yeɗ mon no o yeɗrata ndiwri, ndiwri ndawndi hondi ɗehii ndi jofta hondi haari</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
-    <t>Ittaama e Umar Ɓiy Khaɗɗaab yo Alla wele mbo(yo allah 
-yardo  he  makko) wonde o nanii Nelaaɗo yo jam e kisal won e makko ina maaka(wii a): " Si on mbakkalinoomo e Alla tigi tigi(he gonga), ma O yeɗ mon no o yeɗrata ndiwri, ndiwri ndawndi hondi ɗehii ndi jofta hondi haari".</t>
+    <t>Ittaama e Umar Ɓiy Khaɗɗaab yo Alla wele mbo (yo allah 
+yardo  he  makko) wonde o nanii Nelaaɗo yo jam e kisal won e makko ina maaka (wii a): " Si on mbakkalinoomo e Alla tigi tigi(he gonga), ma O yeɗ mon no o yeɗrata ndiwri, ndiwri ndawndi hondi ɗehii ndi jofta hondi haari".</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina hirjina men nde mbakkiltaɗen e Alla ko faati e fooɗde nafooje e duñde lorooji e nder geɗe men aduna e diine, alah okkoowo wollo kaɗoowo wollo loroowo wollo nafoowo mbo wonah Alla Toowɗo O. E de mbaɗaten sababuuji pooɗooji nafooje duñooji lorooji wondude e gooŋɗude bakkilagol e Alla, kala nde mbaɗɗen noon Allla yeɗa men hono no O yeɗrata ndiwri ndawoori subako hondi heyɗi ndi arta kikiiɗo reedu mayri ina heewi, ɗe golle ndiwri ko noone e nooneeji yaade ngam ɗaɓɓude arsuko, wonah wakki kinaade wollo ngaameela.(yande)</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Ɓural wakkilaade, e wonde wakkilaade ko e sababuuji ɓurɗi mawnude e waawde addude arsuko.
 Wakkilaade riiwtaani gollude sababuuji, sabu o hollii wakkilaade tigi weñandiraani e dawde e hirndude ngam ɗaɓɓude arsuko.
 Sariya ina himmiri golle ɓerɗe; sabu wakkilaade ko gollal ɓerndeyankeewal.
 Yowitaade e sababuuji tan ko ustaare diine, accude sababuuji ko ustaare hakkille.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4721</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
+  </si>
+  <si>
+    <t>kala cosɗo e geɗal amen ngal¹ ko jeyaaka heen ɗum ko ko ruttinetee</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
+ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Aysata yo ALLA wele ɗum o wi'i nelaaɗo yo ALLa juul e dow mum O hisna ɗum wi'i: « kala cosɗo e geɗal amen ngal¹ ko jeyaaka heen ɗum ko ko ruttinetee» hadiis o Bukaari e muslim fof kawre hembo.
+Ino woodani muslim hadiis:« kala golluɗo gollal ngal jeyaaka e geɗɗal amen he ɗum ruttinete».</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
+  </si>
+  <si>
+    <t>Annabiijo yo ALLa juul e dow mum O hisna ɗum laɓɓani wonde kala mo fuɗɗi e diine gollal ngal alaa daliil e deftere ma e sunna ngal ruttete e joomum ngal jaɓetaake to ALLA.</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Dewe ɗe mahi ko e ko deftere addi e sunna en ndewirta ALLA so wona ko sariyini ko wona bidaaji e ko sosaa.
+Diine wona miijo e yoonnude, diine ko tukkude ( jokkude) nelaaɗo yo ALLA juul e dow mum O hisna ɗum.
+O hadiis ko mbo daliil e timmugol diine.
+Bida woni ko sosaa e diine ko woodaani e jamaanu annabiijo yo ALLa juul e dow mum O hisna ɗum e sahabaaɓe mum ummaraade fiɓnde wolla Koŋŋol wolla gollal.
+O ko asli e asliiji diine ko mbo ɓetirgal golle ko noon gollal fof ngal wonaa sabi ALLA joomum alaa njoɓdi, kala ko hawraani ko nelaaɗo addi yo ALLA juul e mum O hisna ɗum ko ko ruttete e golluɗo o.
+Bidaaji ɗi kaɗaaɗi ɗi ko fiyakuuji diine kono wona geɗe aduna .</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/4792</t>
   </si>
   <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>eehey mon jiyaaɓe am pellet Mi harmanii tooñannge e fittaandu Am, mbaɗ Mi ɗuum koko harmina e hakkunde mon, wotee tooñandiree</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Jarri Al Giffaari yo Alla wele mbo(yo allah yardo he makko): Ummiima e Annabi yo jam e kisal ngon e makko ko habrata ummaade e Alla Toowɗo O daali(owii):" eehey mon jiyaaɓe am pellet Mi harmanii tooñannge e fittaandu Am, mbaɗ Mi ɗuum koko harmina e hakkunde mon, wotee tooñandiree, onon jiyaaɓe Am onon fof ko on majjuɓe ɗaɓɓe e Am peewal Mi feewna on, onon jiyaaɓe Am onon fof ko on heyɗuɓe si wonah mbo kaarnu Mi, ɗaɓɓee e Am ñaamdu Mi ñammina mon, onon jiyaaɓe Am onon fof ko on holɓe si wonah mbo koltin Mi, ɗaɓɓe e Am koltu Mi holtina mon, onon jiyaaɓe Am onon fof hoɗon ngoopo jemma e ñalawma, ko Miin yaafatoo bakkatuuju ɗi fof, njaafnee kam Mi yaafo mon, jiyaaɓe Am on mbaawah kam lor sabu loron Mi, on mbaawah kam naf sabu nafon Mi, jiyaaɓe Am si ardiiɓe mon e watta- ndiiɓe mon e yimɓe mon e jinneeji mon ngonii e ɓernde gorko ɓurɗo hulde Alla ɗuum ɓeydatah e laamu Am hay huunde, jiyaaɓe Am, si ardiiɓe mon e sakkatiiɓe mon e yimɓe mon e jinneeji mon ngonii e ɓernde gorko ɓurɗo  faajiraagal, ɗuum ustatah e laamu Am he hay huunde, jiyaaɓe Am si adiiɓe mon e sakkatiiɓe mon e yimɓe mon e jinneeji mon ngonii e ndingiral gootal ɓe ñaagii Mi okkumi gooto kala ko ñaagii ko ɗuum ustatah hay huunde ko njogii Mi ko si wonah ko ceeɓeendi meslatal waawi ustude ko si naatnaama e maayo, jiyaaɓe Am ɗuum ko golle mon ɗe tonnganat Mi mon, kala keɓɗa heen jam yo o yettu Alla, kala dañɗa heen ko wonah jam woto o ñiŋ mbo wonah hoore makko".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko hillorii wonde Alla harmanii tooñannge e hoore Makko, O waɗi tooñannge ko ko harmina hakkunde tagu makko he, hay gooto woto tooñ goɗɗo o. E wonde winndere nde fof ko majjunde laawol goongo si wonah mbo Alla feewni, kala ñaagiiɗo Alla, Alla okka mbo kawraangal O feewna mbo. E wonde tagoore nde  kowaasnde hatajinnde e Alla e fiyakuuji mayre fof, kala ñaagiiɗo Alla O humtana mbo haaju makko. E wonde hoɓe mbakkadina jemma e ñalawma, Alla suuraɓe yaafooɓe siɓe ɗaɓɓariiɓe ɗuum. E wonde ɓe mbaawah lorde Alla wollo nafde mbo hay huunde. e wonde siɓe ngonno kamɓe e ɓernde gorko ɓurɗo hulde Alla ngool kulol Alla ɓeydatah e laamu Alla he hay huunde. siɓe ngonno e ɓernde gorko ɓurɗo wonde faajiir, ngaal faajiraagal ustatah e laamu Alla he hay huunde, sabu koɓe lohɓe hatajinɓe e Alla ka kala fiyaaku e kala jamaanu, ko kanko woni jonndaniiɗo. siɓe ngonii e nokku gooto, yimɓe maɓɓe e jinneeji maɓɓe, idiiɓe ɓe e sakkatiiɓe ɓe hoɓe naaɓno Alla O okki gooto e maɓɓe fof ko o naaɓnii ko, ɗuum ustatah ko Alla jogii ko hay huunde, hono meslal si naatnaama e maaya ngal yaltina ɗuum ustatah e maaya he hay huunde, ɗum ko ngam timmude ngalu Alla Ceniiɗo O.
 Alla Toowɗo o hombo reena golle jiyaaɓe O tonngaɗe, refti o yoɓaɓe ñande darnga, kala keɓɗo heen njoɓdi moƴƴiri yo o yettu Alla e kawraangal makko, kala keɓɗa ko wonah ɗuum woto o ñiŋ si wonah fittaandu makka yamiratndu bonannde ɗowndu mbo faade e perte.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>O hadiis woni mbo habri mbo jam e kisal ngoni e makko ummaade e Joom makko, ɗum ko Hadiis Qudsii wi'te wollo Al ilaahi, ɗuum woni ko wowlaandu mum e maana mum itta ka Alla, O hadiis alah keeriiɗi Quraana oon mbo nan-  ndaani e hay huunde, ka rewrude mbo Alla e janngugol mbo e laaɓde saanga janngude mbo e dikkaraade mbo e roŋkinde mbo woɗɓe e ko wonah ɗuum.
 Ganndal e peewal ngal yimɓe ndañata, ko ka Alla ummoto.
 Kala ko heɓi jiyaaɗo e moƴƴere ko e ɓural Alla, kala ko heɓi mbo e bonannde ko e fittaandu makko e belaaɗe makko.
 Kala moƴƴinɗo ko ɓural Alla, njoɓdi makko ko ɓural Alla jettooɗe ngoodanii mbo, kala bonnuɗo woto o fel si wonah fittaandu makko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4810</t>
   </si>
   <si>
     <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
-    <t>aan cukalel, pellet mami anndin ma konngi, reen Alla  O reen ma, reen Alla tawaa Mbo sera ma, si haɗa ñaago ñaaga Alla, si haɗa wallikino wallakina Alla(si e dabiti balla dabbitin he allah),</t>
+    <t>aan cukalel, pellet mami anndin ma konngi, reen Alla  O reen ma, reen Alla tawaa Mbo sera ma, si haɗa ñaago ñaaga Alla, si haɗa wallikino wallakina Alla (si e dabiti balla dabbitin he allah),</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
-    <t>Ittaama e Ibnu Abbaas yo Alla weleɓe(yo allah  yardo  he  mabbe)o wii: Mi woniina caggal Nelaaɗo Alla ñalawma gooto, O maaki (o wii): " aan cukalel, pellet mami anndin ma konngi, reen Alla  O reen ma, reen Alla tawaa Mbo sera ma, si haɗa ñaago ñaaga Alla, si haɗa wallikino wallakina Alla(si e dabiti balla dabbitin he allah),, anndu si leñol ngol fof renndii ngam ngol naf ma huunde, ɓe nafataa ma si wonah ko Alla winndan ma ko,  siɓe kawrii ngam ɓe lor ma, ɓe lorataa ma si wonah ko Alla winndan ma ko, kuɗi ɓamtaama , ɗereeji cojjii".</t>
+    <t>Ittaama e Ibnu Abbaas yo Alla weleɓe (yo allah  yardo  he  mabbe) o wii: Mi woniina ( mi ɗa wonnoo) caggal Nelaaɗo Alla ñalawma gooto, O maaki (o wii): " aan cukalel, pellet mami anndin ma konngi, reen Alla  O reen ma, reen Alla tawaa Mbo sera ma, si haɗa ñaago ñaaga Alla, si haɗa wallikino wallakina Alla (si e dabiti balla dabbitin he allah),, anndu si leñol ngol fof renndii ngam ngol naf ma huunde, ɓe nafataa ma si wonah ko Alla winndan ma ko,  siɓe kawrii ngam ɓe lor ( torre) ma, ɓe lorataa ma si wonah ko Alla winndan ma ko, kuɗi ɓamtaama , ɗereeji cojjii".</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibnu Abbaas ina habra wonde ko o suko o wonno hombo waɗɗadii e Annabi yo o his, Oon maakani mbo: pellet mbeɗa anndin ma geɗe ɗe Alla nafirat ma:
 Reenru Alla siinude jamirooɗe makko e reen-taade kaɗaaɗe makko, o tawma e ɗoftaare e geɗe ɓallinooje Alla, O tawataa ma e goopi e bakkatuuji, si a waɗii ɗuum njoɓdi ma wona reeneede e boneeji aduna e laakara, Alla wallu ma e haajuuji ma kala ɗo paandiɗa.
-Si a faalaama ñaagaade  hunde, ñaaga Alla tan sabu ko kanko tan jaabato ñaagatooɓe.
+Si a faalaama ñaagaade  hunde, ñaaga Alla tan sabu ko kanko tan jaabotoo ñaagatooɓe.
 Si a faalaama ballal woto wallakino mbo wonah Alla.
 Yanane a heɓatah nafoore si yimɓe leydi ndi fof ndentii ngam nafde ma si wonah ko Alla winndan ma ko, a heɓatah lorla si yimɓe aduna ɓe fof ndentii ngam lorde ma si wonah ko Alla hoddiri ko e dow ma.
-O fiyaaku Alla winndii mbo O hoddari mbo fotde ñeeñal makko e ganndal makko hay gooto waylata ko Alla winndi ko.</t>
+O fiyaaku Alla winndii mbo O hoddari mbo fotde ñeeñal makko e ganndal makko hay gooto waylataa ko Alla winndi ko.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Himmude anndinde sukaaɓe e famarɓre fiyakuuji diine e neediiji e ko wonah ɗuum.
 Njoɓdi fawii ko e leñol golle.
 Yamiraama fawaade e Alla, e wakkilaade e makko tan, ko kanko woni bakkilteeɗo moƴƴo.
 Gooŋɗinde ñaawoore e hoddire e weleede ɗuum, e wonde Alla hoddiri kala huunde.
 Kala jeebiiɗo yamiroore Alla? pellet Alla yeeboo mbo te O reenataa mbo.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه الترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4811</t>
   </si>
   <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>jiyaaɗo Am bakkadnii bakkaat, o wii: Aan Alla yaafo mi bakkaat am o</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah yardo he makko): Ittaama e Annabi ko o siimtata( ko o filloto ) ummaade e Joom makko(mikko), o daal( o wii )" jiyaaɗo Am bakkadnii bakkaat, o wii: Aan Alla yaafo mi bakkaat am o, Alla daali: jiyaaɗo Am bakkadinii bakkat o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkatuujin hombo nanngira bakkaat, refti o ruttii o bakkadini, o wii: Aan joom am yaafo mi bakkaat am, Alla daali: jiyaaɗo Am bakkadinii bakkat, o anndi hombo jogii joomiraaɗo jaafatooɗo bakkaat, e nanngiroowo bakkat, refti o ruttii o bakkadini, o wii: Aan Joom am yaafo mi, Alla toowɗo O daali: jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkaat, nanngiroowo bakkaat, waɗ ko mbelaɗɗa Mi yaafiimo ma".</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra gaa e Joom makkoo wonde si jiyaaɗo bakkadi- nii refti o wii: Aan Joom am yaafo mi bakkaat am, Alla daala: jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkatuuji cuuroowo , wollo O leɓta, Mi yaafiimo mbo. Refti jiyaaɗo o ruttii o bakkadini, o wii: Joom am yaafo mi bakkaat am o, Joomiraaɗo daali: jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo, hombo suura mbo O yaafoo mbo, wollo O leɓta mbo, Mi yaafiimo mbo. Refti jiyaaɗo o ruttii o bakkadini, o wii: Joom am yaafo mi, Alla daali : jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkaat, O suura mbo, wollo O leɓta mbo, Mi yaafiima jiyaaɗo Am o, yo o waɗ ko o faala tawde kala nde o bakkadini o accat bakkaat o nimsa o fellita waasde ruttaade heen sabu fittaandu makko jaaloo mbo o yana e bakkaat laawol goɗngol, ɗoon ɗo hombo waɗa ko wa'i nih o tuuba ma mi yaafo mbo, sabu tuubde ina yirbina ko adii ɗum e bakkatuuji.</t>
   </si>
   <si>
@@ -2447,84 +2613,84 @@
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra wonde oon juulɗo Fajiri o wonata ko ndeenko Alla e ngaynaako makko, hombo duñana mbo, hombo walla mbo.
 Refti O reentini firtude aadi e bonnude mbo, foti ko accude juulde fajiri wollo ko falaade juuloowo fajiri e yande e makko, kala baɗɗo ɗuum o firtii aadi e ngal koɗdigal, o jojjii e nde fodoore sattunde nde Alla ɗaɓɓirta mbo ko o welsandii ko e hakke makko, kala mbo Alla ɗaɓɓi O heɓa mbo, refti O werloo mbo o hippa mbo e yiite.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Ɓannginde himmude juulde Fajiri e ɓural mum.
 Reentinde deentingol cattungol wonande oon baɗɗo e juuloowo Fajiri bonannde.
 Alla ina yoɓtoo ɓeen yanooɓe e jiyaaɓe makko moƴƴuɓe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5435</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
-    <t>Kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o haal jam wollo o deƴƴa</t>
+    <t>Kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o haal jam wolla o deƴƴa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
-    <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah 
-yardo  he  makko) wonde Nelaaɗo yo jam e kisal ngon e makko maaki(yo allah yardo he makko): " Kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o haal jam wollo o deƴƴa, kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o teddin koddiijo ( gondo)makko, kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o teddin koɗo makko".</t>
+    <t>Ittaama e Abu Hurayrata yo Alla wele mbo (yo allah 
+yardo  he  makko) wonde Nelaaɗo yo jam e kisal ngon e makko maaki (yo allah yardo he makko): " Kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o haal jam wolla o deƴƴa, kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o teddin koddiijo ( gondo) makko, kala gooŋɗinɗo Alla e Ñalawma cakkatiiɗo yo o teddin koɗo makko".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina wonde jiyaaɗo gooŋɗinɗo Alla e ñalawma cakkatiiɗo mbo battane makko ngoni e junngo Makko e yoɓde mbo golle makko, gooŋɗingol mum ina hirjina ɗum e gollude ɗe golle garooje:
 Gadanel: Haalde ko moƴƴi: Subahinaade e innude Alla, e yamirde ko moƴƴi, e haɗde ko boni, e moƴƴinde hakkunde yimɓe, si o waɗaani ɗuum yo o deƴƴu o waasa lorde o nannga ɗemngal makko.
 Ɗimmel ngel woni Teddinde koɗo: Ɗuum woni moƴƴude e makko e waasde mbo lorde.
-Tataɓel: Teddinde koɗo garɗo ngam juuraade mbo: Teddinirde mbo haala welko e ñamri ñaamdu e ko nanndi e ɗuum.</t>
+Tataɓel: Teddinde koɗo garɗo ngam juuraade mbo: Teddinirde mbo haala welka e ñamri ñaamdu e ko nanndi e ɗuum.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Gooŋɗinde Alla e ñalawma cakkatiiɗo woni iwdi kala moƴƴere, ɗum duñat faade waɗde ko moƴƴi.
 Reentinde boneeji ɗeɓngal.
 Diine Islaam ko diine goowondiral e teddungal.
 Ɗe geɗe ko e pecce iimaan njeya e aadaaji moƴƴi.
-Heewde haala ina fooɗo faade ko aña wollo ko harmi, kisal woni ko e waasde haalde si wonah ko moƴƴi.</t>
+Heewde haala ina fooɗo faade ko aña wolla ko harmi, kisal woni ko e waasde haalde si wonah ko moƴƴi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5437</t>
   </si>
   <si>
     <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Kala mbo yurmotaaka yimɓe Alla yurmotaako mbo</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Ittaama e Jaabir Ɓiy Abdullaahi yo Alla wele mbo(yo allah  yardo  he  makko)o wii: Nelaaɗo Alla yo jam e kisal ngon e makko maaki(o wii): " Kala mbo yurmotaaka yimɓe Alla yurmotaako mbo".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina ɓanngina oon mbo yurmotaaka yimɓe Alla yurmotaako mbo, yurmaade jiyaaɗo tagoore nde ko e sababuuji heɓde yurmeende Alla.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
@@ -2832,424 +2998,1935 @@
 he  makko) o wii: " Kala duttanɗo nguru musiɗɗo makko Alla ruttana yeesa makko yiite ñande darnga".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra wonde kala duñcanɗo nguru musiɗɗo mum ko wa'i e ñoore hono haɗde ñiŋeede mbo wollo ngu bonne, Alla ruttana mbo leɓte ñande darnga.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Haɗde haalde e guri juulɓe.
 Njoɓdi fawii ko e noone golle, kala duttanɗo nguru musiɗɗo makko Alla ruttana mbo jaynge.
 Islaam ko diine musidal e ballandirde hakkunde koreeji mum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5514</t>
   </si>
   <si>
     <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
-    <t>Kala biiɗo (subhaanallaahi wabi hamdihii) e ñalawma laabi teemedere(100), bakkatuuji mum camminee hay si ɗi keewrii no yeru nguufo maayo</t>
+    <t>Kala biiɗo (subhaanallaahi wabi hamdihii) ley ñalawma laabi teemedere(100), bakkatuuji mum camminee hay si ɗi keewrii no yeru nguufo maayo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
-    <t>Ƴettaama e Abu Hurayrata yo weleende allo won e muh wonde Nelaaɗo Alla yo alla juule e  mum o hisna ɗum o wii : " Kala biiɗo (subhaanallaahi wabi hamdihii) e ñalawma laabi teemedere(100), bakkatuuji mum camminee hay si ɗi keewrii no yeru nguufo maayo".</t>
+    <t>Ƴettaama e Abu Hurayrata yo weleende allo won e muh wonde Nelaaɗo Alla yo alla juule e  mum o hisna ɗum o wii : " Kala biiɗo (subhaanallaahi wabi hamdihii) ley ñalawma laabi teemedere(100), bakkatuuji mum camminee hay si ɗi keewrii no yeru nguufo maayo".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde kala biiɗo laabi teemedere (100) subhaanallahi wabi hamdihi «senaare e jettooje kala ngoodani Alla » bakkatuuji makko momtee o yaafee, hay sindo ɗi keewii haa ɗi tolni e nguufo ndaneewa ngonoowo e dow maaya saango nde maay ngo iirti ngo waɗi bempeƴƴe.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
-    <t>Ndi njoɓdi na woodana kala biiɗo noon e ñalawma foti ko laabi dewo ndirɗi wollo ceertuɗi
+    <t>Ndi njoɓdi na woodana kala biiɗo noon e ñalawma foti ko laabi dewo ndirɗi wollo ceertuɗi.
 Subahinaade woni: laɓɓinde Alla e kala ustaare. njettooru  woni: Sifaade alla sifaaji timmal wondude e yiɗde ɗum ‚ e mawninde ɗum.
 Faanda e (Hadsiis) he ko heefde (yaafaade) bakkatuuji tokoosi ɗi, tawi ko mawɗi ɗi ala e sago joomum imsino (tuuba) .¹</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5516</t>
   </si>
   <si>
     <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
-    <t>Kala biiɗo : laa'ilaaha illallaahi wahdahu laa sariika lahuu ‚ lahul mulku wa lahul hamdu wa huwa alaa kulli seyin kadiir¹‚ laabi sappo</t>
+    <t>Kala biiɗo : (laa'ilaaha illallaahu, wahdahu laa sariika lahuu ‚ lahul mulku wa lahul hamdu, wa huwa alaa kulli seyin kadiir¹‚ laabi sappo (10)</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
-    <t>Ƴettaama e Abu Ayyuuba yo weleende Alla won e mum, wonde Annabi yo allo juule e mum o hisna ɗum o wii : « Kala biiɗo : laa'ilaaha illallaahi wahdahu laa sariika lahuu ‚ lahul mulku wa lahul hamdu wa huwa alaa kulli seyin kadiir¹‚ laabi sappo o waya no dimɗinɗo pittaali nay jeyaaɗi e ɓiɓɓe Ismaa'iil ».</t>
+    <t>Ƴettaama e Abu Ayyuuba yo weleende Alla won e mum, wonde Annabi yo allo juule e mum o hisna ɗum o wii : « Kala biiɗo : (laa'ilaaha illallaahu, wahdahu laa sariika lahuu ‚ lahul mulku wa lahul hamdu, wa huwa alaa kulli seyin kadiir¹‚ laabi sappo (10) o waya no dimɗinɗo pittaali nay (4) jeyaaɗi e ɓiɓɓe Ismaa'iil ».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
-    <t>Annabi yo juul e dow muh o hisno ɗum habrii wonde kala biiɗo:  «laa'ilaaha illallaahu wahdahu laa sariika lahuu lahul mulku wa lahul hamdu wa huwa alaa kulli seyin kadiir » ‚ ɗuum firti : ala dewoteeɗo e goonga so wona allo kam tan gooto ala ko renndinte ‚ ko kanko mbo senaare woodani woni keeriiɗo e laamu timmuɗo, kaanduɗo  yetteede e manteede wondude e gilli e mawninde, ko alda e goɗɗo ‚ko kanko woni baawɗo hay huunde ronkaani . Kala pilliiɗo o du'aaw tedduɗo laabi sappo e nder ñalawma; o daña njoɓdi wano pawtuɗo ɓoggol maccungaagu e dow nayo jeyaaɓe e ɓesngu Ismaa'iil ɓiy Ibraahiim yo juul e kisal won e dow maɓɓe ; O heertini ɓesngu Ismaa'iil sabu ko kamɓe ɓuri teddude e woɓɓe.</t>
+    <t>Annabi yo alla juul e mum o hisna ɗum habrii wonde kala biiɗo:  «laa'ilaaha illallaahu wahdahu laa sariika lahuu lahul mulku wa lahul hamdu wa huwa alaa kulli sey in kadiir » ‚ ɗuum firti : ala dewoteeɗo e goonga so wona alla, kam tan gooto ala ko renndinte ‚ ko kanko mbo senaare woodani woni keeriiɗo e laamu timmu ngu, kaanduɗo  yetteede e manteede, wondude e gilli e mawni neede, ko alda e goɗɗo ‚ko kanko woni baawɗo hay huunde o ronkaani . Kala pilliiɗo o du'aaw tedduɗo laabi sappo (10) e nder ñalawma; ma'o dañ njoɓdi wano pawtuɗo ɓoggol maccungaagu e dow nayo jeyaaɓe e ɓesngu Ismaa'iil ɓiy Ibraahiim yo jam e kisal won e dow maɓɓe ; O heertini ɓesngu Ismaa'iil sabu ko kamɓe ɓuri teddude e woɓɓe.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Ɓural o jikru ¹ coomɗo wootodinde ALLO toowɗo o e allayaangu mum , e laamu , e njettooru, e kattane timmuɗe.
-Ina heɓo baraaje o jikru kala kaalɗo mbo ko rewandiri wollo ko taƴandiri.</t>
+Ina heɓa baraaji o jikru (innugol alla) kala kaalɗo mbo foti koko rewandiri wollo koko taƴandiri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5517</t>
   </si>
   <si>
     <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Kala mbo Allla yiɗani moƴƴoore o fahminat ɗum diine</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
-    <t>Ƴettaama e Mu'aawiyata yo weleende allo won e muh o wii: Mi nanii Annabi yo allo juuli e dow muh o hisno ɗum ina wi : « Kala mbo Allla yiɗani moƴƴoore o fahminat ɗum diine, pellet miin woni peccoow allo woni dokkiroow , ngol leñol seerata e yamiroore Alla, lorataaɓe luutndiiɗo ɓe, haa yamiroore Alla ara ».</t>
+    <t>Ƴettaama e Mu'aawiyata yo weleende allo won e mum o wii: Mi nanii Annabi yo allo juule e dow mum o hisna ɗum wii : « Kala mbo Allla yiɗani moƴƴoore o fahminat ɗum diine, pellete miin woni peccoowo alla woni dokkiroowo , ngol leñol seerata e daraade e yamirooje Alla, lorataaɓe luutndiiɗo ɓe, haa ñaawoore Alla ara ».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
-    <t>Annabi yo allo juuli e dow muh o hisno ɗum ina habra wonde mbo Alla yiɗani moƴƴere o arsikina mbo fahmaamuyo e diine muh , wonde kam nelaaɗo mo juul e kisal woni e muh ko peccoowo o feccat o tottir ko Alla tottimbo ko  e arsukaaji e ganndal e ko nanndi e ɗuum, wonde tottoowo tigi rigi o ko Alla, siko tawi ko goɗɗo ko sababuuji o waawa naf tawi wona e yamiroor² allo , wonde kadi ngol leñol  ngol seerata  e ñiiɓde  e yamiroore Alla, lorotaaɓe luutndiiɗo ɓe, haa darngo daro.</t>
+    <t>Annabi yo allo juule e dow mum o hisna ɗum ina habra: wonde mbo Alla yiɗani moƴƴere o arsikina mbo fahmaamuyo e diine muh , wonde kam nelaaɗo mo jam e kisal ngoni e mum ko peccoowo o feccat o tottira ko Alla totti mbo ko  e arsukaaji e ganndal e ko nanndi e ɗuum, wonde tottoowo tigi rigi o ko Alla, siko tawi ko goɗɗo ko sababuuji o waawa naf tawi wona e yamiroor² alla , wonde kadi ngol leñol  ngol seerata  e ñiiɓde  e yamiroore Alla, lorotaaɓe luutndiiɗo ɓe, haa darngo daro.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
-    <t>Manngu e ɓural ganndal sariya e janngude ngal e hirjinda e dow maggal.
-[...2 lines deleted...]
-Annabiijo yo allo juuli e dow muh o hisno ɗum tottirta ko e yamiroore Alla e belaaɗe muh, e wonde o jogaaki hay huunde .</t>
+    <t>Manngu e ɓural ganndal sariya e janngude ngal e hirjinde e maggal.
+Daranaade goongo alla alaa e sago ɗum wooda e ngol leñol, si ndee fedde accii tan wonnde daro .
+Fahmaamuya e diine ko e muuyande Alla toowɗo o moƴƴere wonande jiyaaɗo mum.
+Annabiijo yo alla juule e dow mum o hisna ɗum, tottirta ko e yamiroore Alla e belaaɗe muh, e wonde o jogaaki hay huunde .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5518</t>
   </si>
   <si>
     <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
-    <t>wonde allo ino yiɗi maccuɗo kulɗo allo jondoniiɗo koybuɗo</t>
+    <t>wonde alla ina yiɗi maccuɗo kulɗo alla jondaniiɗo ( keƴitiiɗo) koybuɗo ( cuuɗiiɗo)</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
-    <t>Ƴettaama e Saad Ɓiy Abi Waqqaas yo weleende allo won e muh o wii: mi nanii Nelaaɗo allo yo allo juuli e dow muh o hisno ɗum ina wi : « wonde allo ino yiɗi maccuɗo kulɗo allo jondoniiɗo koybuɗo</t>
+    <t>Ƴettaama e Saad Ɓiy Abi Waqqaas yo weluya alla won e mum, o wii: mi nanii Nelaaɗo alla yo alla juule e dow mum o hisna ɗum ina wi'a : « wonde alla ina yiɗi maccuɗo kulɗo alla jondaniiɗo ( keƴitiiɗo) koybuɗo ( cuuɗiiɗo).</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
-    <t>Annabiijo yo allo juuli e dow muh o hisno ɗum laɓɓani wonde Allo tedduɗo mawɗo o ina yiɗi yogo e jiyaaɓe Makko,
-[...3 lines deleted...]
-Hombo yiɗi koybuɗo: Oon woni jankaniiɗo, dewoowo Joom makko, coklirɗo ko nafata mbo, o himmirta nde goɗɗo anndata mbo wollo o yeewta nga e muh e  mantoore wollo njettooru.</t>
+    <t>Annabiijo yo alla juule e dow mum o hisna ɗum, laɓɓani wonde Alla tedduɗo mawɗo o ina yiɗi yogo e jiyaaɓe Makko ( mum),
+Ina e maɓɓe kulɗo Alla: oon woni baɗoowo jamirooje Alla, goɗɗotooɗo kaɗe Makko.
+Hombo yiɗi jondaniiɗo ( hennitoiiɗo): Oon jondeniriiɗo alla
+gaa  yimɓe, mbo yeccittaako faade goɗɗum.
+Hombo yiɗi koybuɗo ( cuuɗiiɗo): Oon woni jankaniiɗo, dewoowo Joom makko, coklirɗo ko nafata mbo, o himmirtaa nde goɗɗo anndata mbo wolla na yeewtira mbo foti ko mantoore wolla ko njettooru.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
-    <t>Laɓɓinde yogo e sifaaji gaddooji gilli Alla wonande jiyaaɓe Makko, ɗiin ngoni kulol allo e yankinaade e weleede ko Alla feccu ma ko.</t>
+    <t>Laɓɓinde yogo e sifaaji gaddooji gilli Alla wonande jiyaaɓe Makko, ɗiin ngoni: kulol alla, e yankinaade ( leyɗinkinaade) e weleede ko Alla fecci.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5545</t>
   </si>
   <si>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
+  </si>
+  <si>
+    <t>Nelaaɗo yo allo juuli e dow muh o hisno ɗum ruttataano lati ( uurdi)</t>
+  </si>
+  <si>
+    <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Anas Ɓiy Maalik yo Alla wele mbo: Nelaaɗo yo allo juuli e dow muh o hisno ɗum ruttataano lati ( uurdi).</t>
+  </si>
+  <si>
+    <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
+  </si>
+  <si>
+    <t>Ina jeyanoo e peewal Annabi yo allo juuli e dow muh o hisno ɗum wonde o ruttataano lati o jaɓatna ɗum; sabu hoɗum hoybi e donngal kadi balangol mum ina weli.</t>
+  </si>
+  <si>
+    <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
+كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
+ الترغيب في استعمال الطيب.</t>
+  </si>
+  <si>
+    <t>Yiɗeede jaɓde dokkal lati ( uurdi); sabu ɗum saɗaani roondaade mbajoore ( wajoore) ala kadi e jaɓde ɗum,
+Timmal e moƴƴude jikku Annabi yo allo juuli e dow muh o hisno ɗum e waasde ruttu ruttatah lati, e jaɓde dokkal dokkuɗo mbo,
+Reerɗinde e huutoraade uuranteeri ¹ .</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5733</t>
+  </si>
+  <si>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
+  </si>
+  <si>
+    <t>Ɓuri timmude gooŋɗingol e gooŋɗinɓe hee ko ɓurɗo moƴƴude jikku, ɓuri e maɓɓe moƴƴude ko ɓurɗo moƴƴude e rewɓe maɓɓe</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Hurayrata yo weleende allo won e muh  o wii: Nelaaɗo Allo yo allo juuli e dow muh o hisno ɗum o wii : « Ɓuri timmude gooŋɗingol e gooŋɗinɓe hee ko ɓurɗo moƴƴude jikku, ɓuri e maɓɓe moƴƴude ko ɓurɗo moƴƴude e rewɓe maɓɓe».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
+وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
+  </si>
+  <si>
+    <t>Annabiijo yo allo juule e dow mum o hisno ɗum ina habra wonde: ɓuri timmude iimanaagal e yimɓe he ko ɓurɗo moƴƴude jikku, ina e ɗuum weytaade yeeso ( firtaade yeeso), e tottirde moƴƴere, e moƴƴude haala, e accude lorlude.
+Ɓuri moƴƴude e gooŋɗinɓe ko ɓurɗo moƴƴude e rewɓe makko, hono jom suudu makko e ɓiɓɓe makko rewɓe e bandiraaɓe makko rewɓe e ɓadiiɓe mbo؛ sabu ɓe ina njeyaa e ɓurɓe haandude e moƴƴaneede jikku .</t>
+  </si>
+  <si>
+    <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
+ العمل من الإيمان، والإيمان يزيد وينقص.
+إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
+  </si>
+  <si>
+    <t>Ɓural jikkuuji moƴƴi e wonde ɗuum ko e iimanaagal jeyaa .
+Golle ko e gooŋɗingol jeyaa, gooŋɗingol ina ɓeydoo ina usto .
+Islaam ina teddini debbo ina reerɗina moƴƴude  feede e makko.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5792</t>
+  </si>
+  <si>
     <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
-    <t>Aduna ko geɗon ndakmitorkon , ɓuri heen moƴƴude ko debbo moƴƴo</t>
+    <t>Aduna ko ngeɗon ndakmitokoñ ( kaakol ndakam), ɓuri heen moƴƴude ko debbo moƴƴo</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
-    <t>Ƴettaama e Abdullaahi Ɓiy Amru yo weleende allo won e maɓɓe wonde Annabi yo jam e kisal ngon e makko maaki: «Aduna ko geɗon ndakmitorkon , ɓuri heen moƴƴude ko debbo moƴƴo »</t>
+    <t>Ƴettaama e Abdullaahi Ɓiy Amru, yo weluya alla won e maɓɓe wonde Annabi yo jam e kisal ngon e makko maaki: «Aduna ko ngeɗon ndakmitokoñ ( kaakol ndakam), ɓuri heen moƴƴude ko debbo moƴƴo »</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
-    <t>Annabi yo allo juuli e dow muh o hisno ɗum ina habra wonde aduno e ko woni e nder mum ko huunde dakmitorteende e waktu seeɗo  siko hantini gaso , ɓuri moƴƴude e dakmitngol he ko debbo moƴƴo, mbo nganduɗa siko ƴeewi ɗum o weltino ɗum, siko o yamarii mbo o ɗofto, siko o wirniima o reen ɗum e hoore muh e jawdi makko .</t>
+    <t>Annabi yo alla juule e dow mum, o hisna ɗum ina habra wonde aduno e ko woni e nder mum ko huunde dakmitorteende e waktu seeɗa, siko hantini gasa ( timma) , ɓuri moƴƴude e dakmitagol he ko debbo moƴƴo, mbo nganduɗa: siko ƴeewi ɗum o weltina ɗum, siko o yamarii mbo o ɗoftoo, siko o wirniima o reena ɗum e hoore mum e jawdi makko .</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
-    <t>Dagaade dakmitaade e geɗe aduna dagiiɗe ɗe Alla dagnani jiyaaɓe Makko ko alda bonnere wollo wasaade .
-[...1 lines deleted...]
-Ɓuri moƴƴude e geɗe aduna ko laatiiɗe e ɗoftaare Alla wollo  mballooje e ɗoftaare he.</t>
+    <t>Dagaade dakmitaade e geɗe aduna dagiiɗe ɗe Alla dagnani jiyaaɓe Makko ko alda e bonnere wolla wasaade .
+Reerɗinde e suɓaade debbo moƴƴo; sabu ko o ballo gorko makko e ɗoftaade joom makko .
+Ɓuri moƴƴude e geɗe aduna ko laatii e ɗoftaare Alla wolla  mballooje e ɗoftaare nde.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5794</t>
   </si>
   <si>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
+  </si>
+  <si>
+    <t>wonde Newaare wonata e huunde tawi wonaa nde siŋkande ( ŋarɗinande) , nde ɗoofetaake e huunde tawi wona nde soofnunde ( fankinɗinande)</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e yummen (Aysata) yo weluya alla won e mum jom suudu Annabi yo Alla juul e dow mum, o hisna ɗum. wonde Annabi yo alla juule e dow mum o hisna ɗum o wii : « wonde Newaare wonata e huunde tawi wonaa nde siŋkande ( ŋarɗinande) , nde ɗoofetaake e huunde tawi wona nde soofnunde ( fankinɗinande) ».</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
+وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
+  </si>
+  <si>
+    <t>Annabi yo alla juule e  dow mum o hisna ɗum. laaɓɓino wonde newaare e weeɓre e yahrude seese e konngol e gollal ɓeydat geɗe ɗee yooɗde e timmal e moƴƴere, te ko ɗuum ɓuri haandude e anndinde joom mum e haaju mum .
+Waasde newaare aybinat geɗe ɗe bonnaɗe ŋari heɗe, haɗa joom mum annude haaju mum, hayso anndiiɗe ( ɗi) tawo ko e tampere .</t>
+  </si>
+  <si>
+    <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
+الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
+  </si>
+  <si>
+    <t>Hirjinde e jikkoraade newuya.
+Newaare ina siŋko (ŋarɗina)  neɗɗo, ko ɗuum woni sabaabu kala moƴƴoore nder geɗe diine, kam e geɗe aduna .</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5796</t>
+  </si>
+  <si>
     <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
-    <t>Alla ina wele gaa jiyaaɗo de ñaamat  ñaamande o yetta heen Alla, wollo de o yara yarannde o yetta Mbo heen</t>
+    <t>Alla ina wele gaa jiyaaɗo de ñaamat  ñaamande o yetta heen Alla, wolla de o yara yarannde o yetta Mbo heen</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
-    <t>Ƴettaama e Anas Ɓiy Maalik yo weleende allo won e muh o wii: nelaaɗo yo allo juuli e dow muh o hisno ɗum o wii : «Alla ina wele gaa jiyaaɗo de ñaamat  ñaamande o yetta heen Alla, wollo de o yara yarannde o yetta Mbo heen »</t>
+    <t>Ƴettaama e Anas Ɓiy Maalik yo weluya alla won e mum o wii: nelaaɗo yo alla juule e dow mum o hisna ɗum o wii : «Alla ina wele gaa jiyaaɗo de ñaamat  ñaamande o yetta heen Alla, wolla de o yara yarannde o yetta Mbo heen ».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
-    <t>Annabi yo allo juuli e dow muh o hisno ɗum ina laɓɓino wonde jettooru jiyaaɗo  Joom muh e ɓural makko e neema makko ko geɗe ɗe o waawat dañirde weluyo Alla; o ñaama ñaamdu o wi'a: njettooje ngoodanii Alla, o yara njaram o wi'a: njettooje ngoodanii Alla.</t>
+    <t>Annabi yo alla juule e dow mum o hisna ɗum. ina laɓɓina wonde njettooru jiyaaɗo  Joom mum e ɓural makko e neemaji makko ko geɗe ɗe o waawat dañirde weluya Alla; o ñaama ñaamdu o wi'a: njettooje ngoodanii Alla, o yara njaram o wi'a: njettooje ngoodanii Alla.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
-    <t>Teddungal Alla Tedduɗo mawɗo O, ko goonga O yeɗii men e ɓural Makko, O welaa yetteede,
-[...1 lines deleted...]
-Ina jeyaa e neediiji ñaamde e yarde: Yettude Alla toowɗo O saango ñaamde e yarde .</t>
+    <t>Teddungal Alla Tedduɗo mawɗo O, ko goonga O yeɗii men e ɓural Makko, O welaa ( jaɓi) yetteede.
+Weluya Alla ina heɓire no ɓuri newaade e sabaabu, hono yettude caggal ñaamde e yarde.
+Ina jeyaa e neediiji ñaamde e yarde: Yettude Alla toowɗo O saanga ñaamde e yarde .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5798</t>
   </si>
   <si>
     <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
-    <t>gooŋɗinɗo ina heɓira e moƴƴude jikkun mum daraja koorɗo dariiɗo jammo ina juula</t>
+    <t>gooŋɗinɗo (juulɗo) ina heɓira e moƴƴude jikkun mum ɓamtaare (daraja) (koorɗo dariiɗo jamm ina juula</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
-    <t>Ƴettaama e Aysata yo weleende allo won e muh o wii: Mi nanii Nelaaɗo Alla ina wii: «gooŋɗinɗo ina heɓira e moƴƴude jikkun mum daraja koorɗo dariiɗo jammo ina juula».</t>
+    <t>Ƴettaama e Aysata yo weluya alla won e mum. o wii: Mi nanii Nelaaɗo Alla ina wi'a: «gooŋɗinɗo (juulɗo) ina heɓira e moƴƴude jikkun mum ɓamtaare (daraja) (koorɗo dariiɗo jamm ina juula».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
-    <t>Annabi yo allo juuli e dow muh o hisno ɗum ina laɓɓino wonde moƴƴude jikku ina yottina joom mum daraja duumiiɗo e hoorde ñalawma e daraade jammo ino juulo, renndini moƴƴere jikku ko: Tottirde moƴƴere, e moƴƴude haala, e weytaade yeeso, e accude lorlude e muñde roondaade lor ummoriiɗo e yimɓe he .</t>
+    <t>Annabi yo alla juule e dow mum o hisna ɗum. ina laɓɓina wonde: moƴƴude jikku ina yottina joom mum ɓamtaare (daraja) duumiiɗo e hoorde ñalawma e daraade jamma  ina juula, renndini moƴƴere jikku ko: Tottirde moƴƴere, e moƴƴude haala, e weytaade ( firtaade) yeeso, e accude lorlude, e muñde roondaade to'e (lor/ torra) ummoriiɗo e yimɓe he .</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Teddude toppitaade islaam neede jikkuuji e timminde ɗi.
-Ɓural moƴƴude jikku, haa heɓnoy jiyaaɗo o e daraja kooroowo mbo taƴata e daratooɗo ino juul mbo tampata.
+Ɓural moƴƴude jikku, haa heɓnoy jiyaaɗo o e ɓamtaare (daraja) kooroowo mbo taƴata e daratooɗo ina juula mbo tampata.
 Hoorde ñalawma e daraad jamma ino juul ko golle ɗiɗe mawɗe ina heɗe tampere e dow
  pittaali , moƴƴo jikku noon yottiimo daraja maɓɓe sabu ko tiiɗnoto ko e fittaandu makko e moƴƴude gollondiral .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/5799</t>
+  </si>
+  <si>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
+  </si>
+  <si>
+    <t>wonde ina e ɓurɓe moƴƴude e mon ko ɓurɓe ɓe moƴƴude jikkuuji</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abdullaahi Ɓiy Amri yo weleende allo won e maɓɓe kamɓe ɗiɗo o wii: Annabi  yo allo juuli e dow muh o hisno ɗum wonaano paŋkariɗɗo o wonaano paŋkariɗtooɗo, hombo wi'atno:« wonde ina e ɓurɓe moƴƴude e mon ko ɓurɓe ɓe moƴƴude jikkuuji ».</t>
+  </si>
+  <si>
+    <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
+وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
+  </si>
+  <si>
+    <t>Jeyanooko e jikkuuji Nelaaɗo yo allo juuli e dow muh o hisno ɗum haalde haala mbonka, wolla golle coofɗe, O faandatonooko ɗum O teyataana ( murutaako) ɗum, kanko yo alla juuli e dow muh o hisno ɗum woni  jom jikku tedduɗo .
+O woniino yo alla juuli e dow muh o hombo wi'atno: Ɓuri e mon moƴƴude to Alla ko ɓurɗo moƴƴude jikku, e tottirde moƴƴoore, e  weytaade yeeso , e  accude lorde e roondaade lor ( torra) woɓɓe,  e  jillandirde e yimɓe he  mbaadi njoonndi.</t>
+  </si>
+  <si>
+    <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
+كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
+حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
+  </si>
+  <si>
+    <t>Ino waɗɗe gooŋɗindo nde reenoto e pankare ummoraade e haala mbonka e golle coofɗe ( bonnɗo).
+Timmude jikku Nelaaɗo mbo alla juuli e dow muh o hisno ɗum ummotaako e makko si wona golle moƴƴe e haala moƴƴa.
+Moƴƴude jikku ko dingiral ngam fooɗondirteegal, kala gadiiɗo jeye e ɓurɓe moƴƴude e gooŋɗinɓe e ɓurɗo timmude gooŋɗingol .</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5803</t>
+  </si>
+  <si>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
+  </si>
+  <si>
+    <t>Alla wii : Ɓiy aadam tottir mi tottumaa</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Hurayrata yo weleende Alla won e muh wonde Nelaaɗo mbo alla Juuli e dow muh o hisni ɗum O wi: « Alla wii : Ɓiy aadam tottir mi tottumaa ».</t>
+  </si>
+  <si>
+    <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
+  </si>
+  <si>
+    <t>Annabi yo alla juuli e dow muh o hisna ɗum ina habra wonde Alla Barkinɗo toowɗo O wii:  aan ɓiy aadama tottir - e nafakeeji baɗɗiiɗi e jiɗaaɗi- Mi yaacnan ( yaajinan) maa Mi okku ma lomto e ɗuum Mi barkinan ma ɗum.</t>
+  </si>
+  <si>
+    <t>الحث على الصدقة والإنفاق في سبيل الله.
+الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
+  </si>
+  <si>
+    <t>Hirjinde e sadak e nafkude e laawol Alla .
+Nafkude e jeece moƴƴere ina jeyaa ko ɓuri mawnu sababuuji barke nder arsuku e sowde ɗum, e lomtinangol alla jiyaaɗo o e ko o tottiri ko .
+O hadiis Annabi yo alla juuli e dow muh o hisna ɗum ino mbo ƴetti ummaraade e Joom mum , mbo wiiteeko  Hadiis Al Kudsii wolla Al ilaahii, ɗum woni mbo ngannuɗaa 
+haala hemo e maana hemo immi koɗo Alla, kono ala e homo kehriiɗi  Quraana  ɗi ngannuɗa al Quraana ino seertina heen e goɗɗum, gila rewireede janngude ɗum e  laaɓande wonande ɗum e dikkaade e ronkinde wano mum e goɗɗum ko wona ɗum e geɗe ɗe Quraana heerori .</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5805</t>
+  </si>
+  <si>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
+  </si>
+  <si>
+    <t>Alla ina muñana tooñoowo, haa si O jaggii mbo o ɓoccittaako</t>
+  </si>
+  <si>
+    <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abii Muusa yo weleende alla won e muh  o wii: Nelaaɗo  alla yo alla juuli e dow muh o hisno ɗum  wii: «Alla ina muñana tooñoowo, haa si O jaggii mbo o ɓoccittaako » O wii: Refti O janngi: «{ko noon kadi jaggande joomo siko o jaggi gure tawo heɗe tooñi ayno jaggande muh konde muusnde sattunde}[ Huud: aaya 102]»</t>
+  </si>
+  <si>
+    <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
+ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
+  </si>
+  <si>
+    <t>Annabi yo allo juuli e dow muh o hisno ɗum ina reentina ɓurtinde tooñde e goopi e sirku¹ e tooñde yimɓe e hakkeeji maɓɓe, Alla Toowɗo O hombo muñana tooñɗo O  neeɓnana ɗum O  juutnan ɗum e duuɓi muh e jawdi  muh O haakotaako e leɓte ; si o tuubaani O nannga ɗum te woppotaa ɗum O  O accataa ɗum sabu heewde tooñannge mum.
+Refti yo allo juuli e dow muh o hisno ɗum o janngi :" ko noon jaggande joomo siko jaggi gure ni woni nanngugol Joom ma nde nanngi gure tawo heɗe tooñi ayno jaggande muh konde muusnde sattunde } [Huud : aaya  102].</t>
+  </si>
+  <si>
+    <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
+إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
+الظلم من أسباب عقوبة الله للأمم.
+إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
+  </si>
+  <si>
+    <t>Ina waɗɗi e kakkilɗo yaawnaade tuubde, o waasa hoolaade hodo Alla si o woni ñiiɓɗo e tooñannge .
+Muñande Alla tedduɗo mawɗo O tooñooɓe e waasde haakaade e halkude ɓe ko waɗdude e maɓɓe doy doy e sowandeɓe leɓte si ɓe tuubaani .
+Tooñannge ina jeyaa e sababuuji Alla leɓtude leƴƴi.
+Si ALLO halkii wura ina waawa wonde e hengo moƴƴuɓe, ɓe umminta ñande darnga e ko ɓe maayi ko e dow mum e moƴƴoore, lorataaɓe ɓe nde leɓte ɗe kuuɓtadina ɓe.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5811</t>
+  </si>
+  <si>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
+  </si>
+  <si>
+    <t>Mi accaani caggalam fitina ɓurɗo lorde ( torrude) worɓe haa ɓuri rewɓe »</t>
+  </si>
+  <si>
+    <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Usaamata ƁIY JEYDI YO weleende ALLO won e mumen wonde Nelaaɗo yo ALLO juul e dow mum O hisno ɗum o wi'i: « Mi accaani caggalam fitina ɓurɗo lorde ( torrude) worɓe haa ɓuri rewɓe » .</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
+  </si>
+  <si>
+    <t>Annabi yo allo juuli e dow muh o hisno ɗum ina habra wonde o woppaani fitina e jarebuya mbo O acci caggal makko ɓurɗo waawde lorde ( torrude) worɓe wano rewɓe; hay si o woni e koreeji makko hombo waawa waɗde ko luutndi sariya, si o woni jananinke jillandirde e makko e weeydude e makko ina waawi jibinde boneeji.</t>
+  </si>
+  <si>
+    <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
+ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
+  </si>
+  <si>
+    <t>Ina waɗɗii e juulɗo reentaade fitina rewɓe, e sukkude ( uddude) kala  laawol baɗɗinatngol fitina.
+Ina haanani gooŋɗinɗo moolaade e ALLA, e reerɗude faade mum e hisde e fitinaaji .</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5830</t>
+  </si>
+  <si>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
+  </si>
+  <si>
+    <t>Newnee wotee cattinee, mbeltinee wotee ndiiwe</t>
+  </si>
+  <si>
+    <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Anas Ɓiy Maalik yo ALLA wele mbo wonde Nelaaɗo yo ALLO juuli e dow muh o hisno ɗum o wi'i: « Newnee wotee cattinee, mbeltinee wotee ndiiwe ».</t>
+  </si>
+  <si>
+    <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
+ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLO juuli e dow muh o hisno ɗum ina yamira hoybinde e newnude e yimɓe he e waasde sattinde dow mumen e denndaagal geɗe diine e aduna, ɗuum noon ko nder keeri ɗi ALLa  ndakni o sarliɗi ( o waɗiɗi sariya).
+Hombo hirjina e weltindeɓe e moƴƴoore ( moƴƴere), e waasde doknudeɓe e moƴƴoore.</t>
+  </si>
+  <si>
+    <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
+ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
+التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
+التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
+سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
+التيسير المأمور به هو ما جاءت به الشريعة.</t>
+  </si>
+  <si>
+    <t>Waɗɗii e goonɗinɗo nde o o yiɗnat yimɓe ɓe ALLa o reerɗinaɓe e moƴƴere.
+Ina haanani noddoowo faade e ALLa  nde o ndaarata  wondude ñeeñal faade hono o yottinirta noddaandu islaam faade e yimɓe he.
+Weltinde ina adda weltaare e jaɓde e deeƴande ɓernde wonande noddoowo o e ko hollata koo yimɓe ɓe.
+Cattinde ɗum jibinta ko dogeede e ruŋteede e sikki sakka e dow haala noddoowo o.
+Yaacde ( yaajeede) yurmeende ALLa e dow jiyaaɓe Makko te  O welanaama ɓe diine newiiɗo e sariya beeɓɗo ( yaafɗo) .
+Newnude yamiraande nde woni nde sariya addi nde.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5866</t>
+  </si>
+  <si>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
+  </si>
+  <si>
+    <t>ngaadandire ( warwartee/ dursitee) e o AL KURAAN , Mi woondarii mbo fittaandu Muhammadu woni e junngo makko ( mun) KURAAN ɓuri wawde ɓoccitaade e geeloobo tonngaaba</t>
+  </si>
+  <si>
+    <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Muusa Al As'arii yo Alla wele mbo wonde Nelaaɗo yo ALLO juul e dow muh o hisno ɗum o wii: " ngaadandire ( warwartee/ dursitee) e o AL KURAAN , Mi woondarii mbo fittaandu Muhammadu woni e junngo makko ( mun) KURAAN ɓuri wawde ɓoccitaade e geeloobo tonngaaba.</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLO juul e dow muh o hisno ɗum yamarii toppitaade Quraana e duumaade e taraade mbo haa o  waasa yejjitde caggal nde o reeni mbo e bernde makko, O teeŋtaniri ɗuum woondoore muh yo ALLO juul e dow muh o hisno ɗum wonde Quraana ɓuri waawde ɓoccitaade e yaade ummaraade ɓernde deennooɗo mbo  ( illa) e gelooba tonngaaba e korlal, si neɗɗo toppatiimo mbo o nannga mbo si o accii mbo yaha mbo sanko ( majja).</t>
+  </si>
+  <si>
+    <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
+من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Si deenɗo AL KURAAN o duumiima e janngude mbo laawol caggal laawol mbo heddo e ɓernde makko, si wonaa ɗuum mbo yaha nga mum o yejjita mbo .
+Ina jeya e faayidaaji toppitaade Quraana: njoɓdi e baraaje, e ɓamtude darajaaji ñande darnga.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5907</t>
+  </si>
+  <si>
+    <t>خيركم من تعلم القرآن وعلمه</t>
+  </si>
+  <si>
+    <t>Ɓuri moƴƴude e mon ko oon jannguɗo Quraana o janngani mbo</t>
+  </si>
+  <si>
+    <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Usmaan yo ALLA wele mbo wonde 
+Nelaaɗo yo ALLa  juul e dow muh o hisno ɗum o  wi'i: « Ɓuri moƴƴude e mon ko oon jannguɗo Quraana o janngani mbo »</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow muh o hisno ɗum ina habra wonde ɓuri e juulɓe he e ɓurɗo heen toowde daraja to ALLa : Ko oon jannguɗo Quraana taragol e deengol e pahmugol  e pirgol, o janngini goɗɗo ko o janngi ko e gannde Quraana wondude e gollorde ɗum.</t>
+  </si>
+  <si>
+    <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
+خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
+تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
+  </si>
+  <si>
+    <t>Laaptugol teddungal Quraana, ko kammbo woni haala ɓurka moƴƴude; sabu ko ka haala ALLa.
+Ɓuri moƴƴude e janngooɓe ko jannginooɓe woɓɓe wona tan kaaɗnoowo e hoore makko.
+Janngude Quraana njannginaa mbo ina soomi taraade e maanaaji e ñaawooje.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5913</t>
+  </si>
+  <si>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
+  </si>
+  <si>
+    <t>kala telliiɗo e nokku o wii: a uuzu bi kalimaatillaahi attaamaati min sarri ma kalak¹ , hay huunde lorota ɗum ha o toko ( egga) e jippunde mum</t>
+  </si>
+  <si>
+    <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Khawlata Ɓiy Hakiim Sulamiyaŋke o wii: Mi nanii Nelaaɗo yo ALLO juul e dow muh o hisno ɗum ina wi'a: « kala telliiɗo e nokku o wii: a uuzu bi kalimaatillaahi attaamaati min sarri ma kalak¹ , hay huunde lorota ɗum ha o toko ( egga) e jippunde mum».</t>
+  </si>
+  <si>
+    <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow muh o hisna ɗum ina tinndina leñol makko e moolaade e ƴooñaade nafoore duñoore kala ko neɗɗo huli si o jippiima e nokku e aduna he, foti ko e ɗatngal wolla wonah: Nde o moolorto Alla e konnguɗi timmuɗi e barke majji  e ɓural majji e nafoore majji, kisɗi e kala ayiiba e kala ustaare, e bone kala ko tagaa, o hoolo ɗoon ɗo hombo ñiiɓi e oon nokku e kala ko lorlata.</t>
+  </si>
+  <si>
+    <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
+جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
+فضيلة هذا الدعاء وبركته.
+التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
+إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
+مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
+  </si>
+  <si>
+    <t>Moolaade ko dewal ALLa: Ɗum woni ko moolora ALLa  TOOWƊO O wolla inɗe Makko wolla sifaaji Makko.
+Dagaade mooloraade Haala ALLa, sabu ko ka sifa e sifaaji Makko mbo senaare woodani, luutnaade mooloraade e kala tagoore woɗnde ɗum ko sirku.
+Ɓural o du'aaw e barke makko.
+Saŋraade ( reentoraade) jikruuji ko sabaabu reende jiyaaɗo e boneeji.
+Bonnude mooloraade ko wona ALLa hono jinneeji e wileeɓe ( sihrotooɓe) e fiyooɓe martuuji ( fenooɓe) e woɓɓe.
+Nde ñaagunde honde sariyana wonande tellatooɗo ( jippiiɗo) e nokku foti ko o tawaaɗo wolla ko o ɗatniiɗo .</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5932</t>
+  </si>
+  <si>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
+  </si>
+  <si>
+    <t>Mbela mi nelataama ko Nelaaɗo ALLa yo ALLa juul e dow muh o hisno ɗum  nelnoomi ko? Wota  accu natal mahengal si wona momtaa ngal, wona yenaande ɓamtaande si wona potnaande e lesdi</t>
+  </si>
+  <si>
+    <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Hayyaaj Al Asadii o wii: Aliyyu Ɓiy Abii taalib wi'ii kam:  Mbela mi nelataama ko Nelaaɗo ALLa yo ALLa juul e dow muh o hisno ɗum  nelnoomi ko? Wota  accu natal mahengal si wona momtaa ngal, wona yenaande ɓamtaande si wona potnaande e lesdi.</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
+وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
+  </si>
+  <si>
+    <t>Annabiijo yo ALLa juul e dow muh o hisno ɗum ina nelatno Sahabaaɓe makko ndeɓe mbaasata accude «natal mahengal» - ɗuum ko mbaadi ko jogii fittaandu ɓanndinaandu wolla ndu ɓanndinaaka- si wona ɓe itta ɗuum wolla ɓe momta ɗum.
+Woto ɓe ngoppu kadi yenaande ɓamtiinde si wonaa ɓe potnande e leysdi, ɓe njirbina ko woni ko e dow mayre e mahdiiji, wolla ɓe mbaɗa nde wertiinde nde ɓamtaaki e leydi ko heewi, kono nde ɓamtete fotde siɓre.</t>
+  </si>
+  <si>
+    <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
+مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
+حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
+  </si>
+  <si>
+    <t>Harmude natde ko jogii wonkiiji; sabu ɗum ko e laabi sirku jeya.
+Ittirde ko boni junngo wonande oon jogiiɗo laamu e ɗuum wolla kattanɗo ɗuum ko ko sariyina.
+Reerɗude Annabi  yo ALLa  juul e dow muh o hisno ɗum ittude kala ko tinndinta batte jaahiliyankooɓe, foti ko natde e waɗde statiiji ( nate) e mahdeeje e dow ngenaale.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5934</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
+  </si>
+  <si>
+    <t>Hay gooto e mon gooŋɗintaa haa o ɓura yiɗde Mi e baaba makko e ɓiɓɓe makko e yimɓe ɓe fof</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Anas Ɓiy Maalik yo Alla wele mbo o wii: Annabi yo ALLa juul e dow muh o hisna ɗum o wii: «Hay gooto e mon gooŋɗintaa haa o ɓura yiɗde Mi e baaba makko e ɓiɓɓe makko e yimɓe ɓe fof».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
+  </si>
+  <si>
+    <t>Nelaaɗo ALLa yo ALLa juul e dow muh o hisna ɗum ina habra wonde goonɗingol juulɗo timmata haa o ardina yiɗde Nelaaɗo ALLa yo ALLa juul e dow muh o hisna e dow yiɗde yumma makko e baaba mum e ɓiɓɓe mum e yimɓe ɓee fof, ɗii gilli ina ɗaɓɓa ɗoftaade mbo¹ e wallude mbo, e accude woopde mbo,</t>
+  </si>
+  <si>
+    <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
+ من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
+ محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
+حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
+  </si>
+  <si>
+    <t>Waɗɗaade yiɗde Nelaaɗo yo ALLa juul e dow muh O hisna ɗum, e ardinde ɗiin gilli e dow kala gilli wonande kala ko tagaa.
+Ina jeyaa e maale timmugol gilli: wallude sunna Nelaaɗo ALLa, e tottirde fittaandu e jawdi e ɗuum.
+Yiɗde Nelaaɗo yo ALLa juul e dow muh o hisna ɗum ina ɗaɓɓa ɗoftaade mbo ko O yamiri e gooŋɗinde mbo ko habri e woɗɗaade ko o haɗi o furii, e rewde mbo e accude bida.
+Hakke Nelaaɗo yo ALLa juul e dow muh O hisna ɗum buri teddude e teeŋtude e  yimɓe ɓe fof, sabu ko kaŋko woni sabaabu peewal men ummaraade e majjere daɗndude men e jeyngol e malnuɗo men e naatde aljanna.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5953</t>
+  </si>
+  <si>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
+  </si>
+  <si>
+    <t>Jeyaako e amen oon diwnuɗo wolla oon diwnanaaɗo, wolla o waɗi wageyaagal wolla o waɗana wageyaagal, walla o wili wolla o wilnana</t>
+  </si>
+  <si>
+    <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e imraan Ɓiy Huseyni o wii: Nelaaɗo yo ALLO juul e dow muh O hisna ɗum o wii: « Jeyaako e amen oon diwnuɗo wolla oon diwnanaaɗo, wolla o waɗi wageyaagal wolla o waɗana wageyaagal, walla o wili wolla o wilnana, kala piɓɗo fiɓnde, 
+e kala garɗo e wage ( kortotooɗo) o gooŋɗani mbo ko o haali ko o yeddii ko tellinaa ko  e Muhamadu yo ALLa juul e dow muh O hisno ɗum ».</t>
+  </si>
+  <si>
+    <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
+الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
+والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
+والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow muh O hisno ɗum o fodoni golluɗo e leñol mum he ɗe golle e maakol makko:" jeyaako e amen"  ina heen:
+Gadanel: " oon diwnuɗo wolla o diwnana" woni iwdi ɗuum ko diwnude ndiwri saanga naatde e golle hono ɗatngal wolla njulaagu wolla ko wonaa ɗuum, si ndi diwrii bannge ñaamo o aaɓno o jooko ko yahata ko e ko o faala ko, si ndu diwrii bannge nana o hiitino o acca ko o yiɗno waɗde ko, dagaaki nde neɗɗo waɗanta ɗum hoore mum wolla halfinoo goɗɗo waɗana ɗum, ina jeyaa e ɗuum hiitnaade kala huunde ko nanatee wolla ko yi'ate, e ndiwri wolla e kulle goɗɗe he, wolla jom en ŋakke wolla tonngooɗe wolla ñalɗi e ko wona ɗuum.
+Ɗimme ngel woni:" kala baɗɗo wageyaagal ( tiimngal) wolla o waɗana ngal " oon noddatiiɗo anndude ko wirnii wano huutoraade koode e ko nanndi heen, wolla o ari e noddittoowo anndude ko wirnii hono wage ( tiimoowo) e ko nanndi heen, o gooŋɗani mbo ko o haali ko e nootitongol nganndal cuuɗiiɗi, o yeddii ko tellinaa ( jippinaa) ko e Muhammadu yo ALLO juul e dow muh O hisno ɗum.
+Tataɓel ngel: " kala bilɗo wolla o wilanaa" oon woni golluɗo mbilewu e hoore makko, wolla o totti goɗɗo yo waɗan mbo mbilewu; ngam o nafa heen goɗɗo wolla o lorla ( torra) mbo, wolla o fiɓi piɓol hon fiɓrude gaarayol wolla wildude mbo mocci karminaaɗi e wuttude ( tututde) heen.</t>
+  </si>
+  <si>
+    <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
+ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
+تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
+  </si>
+  <si>
+    <t>Waɗɗaade wakkilaade ALLa e gooŋɗinde ñaawoor e hoddiro ALLa, e harminde diwnude e hiitinaade e mbilewu e wageyaagal, e naaɓnaade waɗooɓe ɗuum.
+Nodditaade anndude ko wirnii ko e sirku mbo ngannuɗa hemo riiwti wootaɗinde ( wootinɓinnde).
+Harmude gooŋɗinde wageeɓe ( siirotooɓe/ timooɓe) e yaade ka maɓɓe, ina e ɗuum ko innira ko tiimrude newre wolla koppu wolla burjuuji hay si ɗum wonii e laawol ƴellitaade.</t>
+  </si>
+  <si>
+    <t>رواه البزار</t>
+  </si>
+  <si>
+    <t>[رواه البزار]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5981</t>
+  </si>
+  <si>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
+  </si>
+  <si>
+    <t>kala garɗo e tiimoowo o naaɓnii mbo huunde juulde makko jaɓetaake jemmaaji capanɗe nay</t>
+  </si>
+  <si>
+    <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e yogo e suddiiɓe Annabiijo yo ALLa  juul e dow muh O hisno ɗum wonde Nelaaɗo yo ALLa juul e dow muh O hisno ɗum o wii : « kala garɗo e tiimoowo o naaɓnii mbo huunde juulde makko jaɓetaake jemmaaji capanɗe nay».</t>
+  </si>
+  <si>
+    <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
+  </si>
+  <si>
+    <t>Annabiijo yo ALLa  juul e dow muh O hisna ɗum ina reentina arde e tiimoowo - ɗum ko innde huɓtadinnde wonande wage e ƴeewroowo koode e ƴeewroowo ramli e ko nanndi e mumen, e ɓeen dallonirtooɓe anndude ko wirnii e geɗe gadorɗe ɗe ɓe ngollorta-, naaɓnaade tan huunde ko faati e mbirniindi ma ALLa haɗ mbo baraaje juulde capanɗe nay ñalawma; ɗum noon ko leɓte wonande ɗum e o bakkaat mawɗo.</t>
+  </si>
+  <si>
+    <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
+قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
+يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
+إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
+صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
+  </si>
+  <si>
+    <t>Harminde wageyaagal (tiimngal), e yaade to wage e naaɓnaade ɓe geɗe birniiɗe.
+Neɗɗo ina haɗe baraaje ɗoftaare sabu leɓtirde mbo ko waɗi ko e goopol ( luttal).
+Ina naati e Hadiis he ko wi'ate burjuuji e ndaardude ɗum, e ndaarde newre e koppu- hay si woni ko e laawol ƴellitaade tan-, sabu ɗum fof ko e wageyaagal e nodditaade anndude mbirniindi.
+Si ɗum wonii njoɓdi garɗo e tiimoowo, hol no njoɓdii tiimoowo oo e hoore muh wayata?
+Juulde capanɗe nay ñalawma ɗum wonat koko yoni, kono  waɗɗaki yoɓde ɗe, kono noon ɗe ngala baraaje.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5986</t>
+  </si>
+  <si>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
+  </si>
+  <si>
+    <t>kala ɗaɓɓirɗo ganndal e koode o ɗaɓɓii feccere e mbilewu, ino ɓesdoo mbilewu o kala ko ɓesdi e anndude ɗum</t>
+  </si>
+  <si>
+    <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Ibnu Abbaas yo ALLa wele ɓe o wii: Nelaaɗo ALLa yo ALLa  juul e dow muh O hisna ɗum o wii: «kala ɗaɓɓirɗo ganndal e koode o ɗaɓɓii feccere e mbilewu, ino ɓesdoo mbilewu o kala ko ɓesdi e anndude ɗum».</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow muh o hisno ɗum laɓɓani wonde kala jannguɗo wolla o nangi ganndal e koode e burjuuji e tinndiniraade e dille majje e naatgol e jaltugol majje wonande geɗe jolooje e leydi hono maayde kaari wolla nguurndam makko wolla ñawu makko, e ko nanndi e ɗum ko yanata ko fa'i arde , o janngii huunde e mbilewu, kala nde neɗɗo ɓeydii e janngude ɗum o ɓeydiima e mbilewu.</t>
+  </si>
+  <si>
+    <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
+أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
+كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
+للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
+  </si>
+  <si>
+    <t>Harmude tiimrude koode ko arata tuugnaade e alhaaliiji koode; sabu ɗuum ko e nodditaade ganndal.
+Tiimrude koode harmunde nde ɗum jeyaa ko e mbaadiiji mbilewu luutruɗo e wootaɗinde ALLa, kono ndaarde koode ngam anndude kuccatirɗe wolla huccotirde juulde wolla naatde yontaaji e lebbi ɗuum kam ina dagi.
+Kala nde neɗɗo ɓeydii e anndinaade e tiimrude koode o ɓeydoo e geɗe mbilewu.
+Koode ina njogii faayidaaji tati ALLa jaŋtiimaɗi e deftere mun he: cuɗaari wonande asmaan e maandeeji ɗi yimɓe nganndirta jookli, e fidde ( fiɗirde) seyɗenuuji.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/5989</t>
+  </si>
+  <si>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
+  </si>
+  <si>
+    <t>Ɓuri haandude e sarɗeeji ko nde kuuɓnaton (hiɓɓinton) aadiiji ko ( ɗi) ndaknirton ( dattinirɗon) farjiiji</t>
+  </si>
+  <si>
+    <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Ukbata Ɓiy Aamir yo Alla wele mbo o wii: Nelaaɗo ALLa yo ALLa juul e dow mum O hisno ɗum O wii: «Ɓuri haandude e sarɗeeji ko nde kuuɓnaton (hiɓɓinton) aadiiji ko ( ɗi) ndaknirton ( dattinirɗon) farjiiji».</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow muh O hisno ɗum ina laɓɓina wonde ɓuri haandde huuɓneede e sarɗeeji ko ɗiin gonooji sabaabu daknooji dakmitaade e debbo, ko ɗiin ngoni sarɗeeji dagiiɗi ɗi debbo ɗaɓɓata e fiɓnde dewgal.</t>
+  </si>
+  <si>
+    <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
+الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
+عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
+  </si>
+  <si>
+    <t>Waɗɗaade huuɓnude sarɗeeji ɗi gooto e resandirɓe waɗɗintinii e dow goɗɗo hee, tawi wona sarɗi daknoowo ko harmi wolla karminoowo ko dagi.
+Huuɓnude aadi sarɗi dewgal ɓuri teeŋtude ko wona  ɗuum; sabu ko ɗuum daknata farji debbo.
+Teddude tolnde ( hurum) dewgal e nder islaam, hombo teeŋtini huuɓnude aadi sarɗi dewgal.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6021</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
+  </si>
+  <si>
+    <t>Ko Nelaaɗo ALLa yo ALLa juul e dow muh O hisno ɗum woniino  ɓurɗo yimɓe ɓe moƴƴude jikku</t>
+  </si>
+  <si>
+    <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Anas Ɓiy Maalik yo Alla wele mbo o wii: Ko Nelaaɗo ALLa yo ALLa juul e dow muh O hisno ɗum woniino  ɓurɗo yimɓe ɓe moƴƴude jikku.</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
+  </si>
+  <si>
+    <t>Ko Annabi yo ALLa juul e dow muh O hisno ɗum ɓurno yimɓe ɓe fof timmude jikku, ko kanko adii e denndaangal jikkuuji  moƴƴe, ummaade e haala mbelka e tottirde moƴƴere, e weytaade ( firtaade) yeeso, e accude lorde ( torrude) e muñde lorreede ummaade e woɓɓe.</t>
+  </si>
+  <si>
+    <t>كمال خُلق النبي صلى الله عليه وسلم.
+النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
+الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
+  </si>
+  <si>
+    <t>Timmude jikku Annabi yo jam e kisal won e Makko.
+Ko Annabi yo ALLa  juul e dow mum O hisno ɗum woni ñeemtinorgal timmungal ko faati e jikkuuji moƴƴi .
+Hirjinde e ñeemtinde Annabi yo ALLa juul e dow mum O hisno ɗum e moƴƴungol jikku mum.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6180</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
+  </si>
+  <si>
+    <t>Nelaaɗo ALLa yo ALLa juul e dow mum O hisno ɗum ina haalatno ɗee daaɗe caggal kala juulde»</t>
+  </si>
+  <si>
+    <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Jubayri o wii: Ɓiy Jubayri ina wi'atno caggal kala juulde si o silminii: « Laa'ilaaha illallaahu wahdahu laa sariika lahuu lahul mulku wa lahul hamdu wa huwa alaa kulli seyin kadiir , Laahawla wa Laakuwwata illa billaahi, Laa'ilaaha illallaahu, walaa naabudu illa iyaahu, lahunni'amatu wa lahul fadlu wa lahus sanaa'ul hasan Laa'ilaaha illallaahu muklisiina lahuddiina  walaw karihal kaafiroon » o wii o wi:"  Nelaaɗo ALLa yo ALLa juul e dow mum O hisno ɗum ina haalatno ɗee daaɗe caggal kala juulde» .</t>
+  </si>
+  <si>
+    <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
+"لا إله إلا الله": يعني لا معبود بحق إلا الله. 
+"وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
+"له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
+"وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
+"وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
+"لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
+"لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
+"له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
+"وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
+"لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
+"ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
+  </si>
+  <si>
+    <t>Nelaaɗo yo ALLa juul e dow mum ina innatno ALLA caggal kala juulde farlaande e o jikru faanda heen ko:
+"Laa Ilaaha Ila laahu" woni alaa dewateeɗo e goongo mbo wona ALLa.
+" Wahdahu laa sariika lahuu" ɗum firti: O alaa mbo renndi e Alliyankaagal Makko e jeygol ( margal/ jeyal) makko e Inɗe Makko e Sifaaji Makko.
+" Lahul Mulku" ɗum firti: Hmbo jogii laamu mbellatiingu njaajngu, laamu kammuuji e  leydi e ko woni e hakkunde majji.
+" Walahul Hamdu" woni: Ko kanko woni cifariiɗo timmal bellatiingal, jettiraaɗo e timmal ngam gilli e mawninde e kala mbaadi, foti ko e yaajeende ( seyo), wolla e ɓittere ( torra).
+" Wahuwa alaa kulli sey'in kadiir" woni: Baawɗe makko ko keptuɗe tummuɗe e kala mbaadi, hay huunde roŋkintaa mbo, ala fiyaaku ( fih) cattiroowo Mbo.
+" Laa hawla walaa kuwwata illaa billaahi" woni: Ala waylitaade ummaraade e mbaadi faade gonndi, e ummaraade goopol ALLa faade e ɗoftaare Mbo, semmbe ngalana si wona e ALLa ko Kaŋko woni balloowo ko e Makko tuugoto ɗen.
+" Laa ilaaha illal laahu, walaa naabudu illaa iyaahu" ko teeŋtinde maana dewal ALLa e riiwtude sirku, e wonde alaa kaanɗo reweede mbo wona Alla.
+" Lahunni'amatu  wa lahuu alfadlu" woni hombo taga neemaaji hombo jeyaɗi, hombo yeɗa heen mbo O welaa e jiyaaɓe Makko.
+" Wa lahuu assanaa'u al hasanu" woodanii mbo mantooje  e mbaadi makko e sifaaji e golle mum e neemaaji makko, e kala mbaadi.
+" Laa ilaaha illal laahu muklisiina lahuddiina" :woni komin wootadinɓe ko alda e yeengo wolla naneede e ɗoftaare ALLa.
+" Wolaw karihal kaafiruuna" woni : emin tabiti e wootaɗinde ALLa e rewde mbo hay si heefereeɓe ɓe mettaama.</t>
+  </si>
+  <si>
+    <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
+المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
+إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
+  </si>
+  <si>
+    <t>Yiɗeede reende e o jikru caggal kala juulde farlaande.
+Juulɗo teddirat ko diine makko o hollira maale ( maande) mum, hay si heefereeɓe ɓe mettaama.
+Si konngol " duburas salaati" arii e hadiis, si wonii ko ari ko e Hadiis he ko jikru woni asli o ko nde mbo wonata caggal salminde, si wonii ñaagaade noon woni asli mum ko adii nde silmintee.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6203</t>
+  </si>
+  <si>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
+  </si>
+  <si>
+    <t>Wote mbaɗee cuuɗi mon genaale, seyɗaane ina dogo galle janngateeɗo e nder hembo ( mun) simoore Bakara</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Hurayrata yo Alla wele mbo: wonde Nelaaɗo ALLA yo ALLa  juul e dow mum O hisno ɗum  o wii: « Wote mbaɗee cuuɗi mon genaale, seyɗaane ina dogo galle janngateeɗo e nder hembo ( mun) simoore Bakara».</t>
+  </si>
+  <si>
+    <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
+ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa  juul e dow muh o hisno ɗum ina haɗa yeewnirde galleeji ɗi e juulde ɗi nannda e genaale ɗe njuuletaake.
+Refti Annabi yo ALLa  juul e dow muh O hisno ɗum habri wonde seyɗaane ina doga galle janngateeɗo simoore Bakara.</t>
+  </si>
+  <si>
+    <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
+لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
+النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
+  </si>
+  <si>
+    <t>Yiɗeede hebbinde dewe ALLA e juulde naafilaaji e nder galleeji.
+Dagaaki juulde e genaale; sabu ko ɗum laawol e laabi sirku e fantinde e jom heɗe, si wona juulde janayse ( maayɗo).
+Haɗde juuleede e genaale qiraama ummoraade e sahabaaɓe he, ko saabi Annabi yo ALLa  juul e dow mum O hisno ɗum haɗi nde galleeji mbaɗete hono genaale ɗe njuuletaake.¹</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6208</t>
+  </si>
+  <si>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
+  </si>
+  <si>
+    <t>Nde mbi'atmi : subhaanal laahi, wal hamdu lillaahi, wa Laa'ilaaha illallaahu, wallaahu akbaru,ɓuri mi yidde ko naange ƴellitii e mum</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Hurayrata yo weluya Alla won e makko o wii: Nelaaɗo ALLA yo ALLa juul e dow mum O hisno ɗum O wii: « Nde mbi'atmi : subhaanal laahi, wal hamdu lillaahi, wa Laa'ilaaha illallaahu, wallaahu akbaru,ɓuri mi yidde ko naange ƴellitii e mum».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
+"سبحان الله": تنزيه لله عن النقائص.
+"الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
+"لا إله إلا الله": لا معبود بحق إلا الله.
+"الله أكبر": أعظم وأجل من كلِّ شيء.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisno ɗum ina habra wonde innirde ALLA ɗi KONNGUƊI ƁURI MOƳƳUDE KO WONI E ADUNA E LAAKARA, ƊIIN NGONI:
+"Subhaanal laahi" laɓɓinde ALLA e kala ustaare.
+"Al hamdu lillaahi" Mantirde ALLA e sifaaji timmal wondude e yiɗde mbo e teddinde Mbo.
+"Laa'ilaaha illallaahu" Deweteeɗo e goongo alaa si wonaa ALLA.
+"ALLAHU akbaru" ALLa ɓuri teddude e mawnude e dow kala huunde.</t>
+  </si>
+  <si>
+    <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
+الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
+متاع الدنيا قليل وشهواتها زائلة.</t>
+  </si>
+  <si>
+    <t>Hirjinde e innude ALLA, ko ɗuum ɓuri yiɗeede kala ko naange tiimi.
+Hirjinde hebbinde innude ALLA; sabu ko ɗum soomi ko e njoɓdi e ɓural.
+Dakkammeeje aduna ko seeɗa, tuuyooji mum ko iwooji.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6211</t>
+  </si>
+  <si>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
+  </si>
+  <si>
+    <t>Alaa e ñalawmaaji golleteeɗi golle moƴƴe fof ko ɓuri ɗii moƴƴude" faanda heen ko ñalɗi sappo</t>
+  </si>
+  <si>
+    <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Ibnu Abbaas yo Alla wele ɓe o wii: Nelaaɗo ALLA yo ALLa  juul e dow mum O hisno ɗum O wii: « Alaa e ñalawmaaji golleteeɗi golle moƴƴe fof ko ɓuri ɗii moƴƴude" faanda heen ko ñalɗi sappo, ɓe mbii: Aan nelaaɗo ALLA, hay si tawii ko jihaadi e laawol ALLA? O wii:" hay jihaadi e laawol Alla, si wonah gorko, jaltiɗɗo e fittaandu makko e jawdi makko tawa hay huunde artaani.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
+وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
+فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
+فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa  juul e dow mum O hisno ɗum ina laaptino wonde golle moƴƴe e balɗe sappo gadane e lewru taaske ɓuri ñalawmaaji hitaande fof moƴƴude.
+Sahabaaɓe yo weleende ALLa  won e maɓɓe ɓe naaɓniimo Annabiijo yo ALLa juul e dow mum O hisno ɗum jihaadi e ko wona ɗii ñalɗi sappo mbela ko ɗuum ɓuri moƴƴude wolla ko golle moƴƴe e ɗii ñalɗi? Sabu ko tabataniɓe wonde jihaadi ino jeyaa ko ɓuri moƴƴude e golle.
+Mbo jam e kisal woni e mum jaabii: wonde Golle moƴƴe e ɗee balɗe ɓuri moƴƴude e jihaadi ko wona e ɗee balɗe, si wona gorko jaltuɗo jihaadi o naati ( waasi) fittaandu makko e jawdi makko e laawol ALLA, o waasi jawdi makko e fittaandu makko e laawol ALLA. Ko ɗum tan ɓuri golle moƴƴe e ɗee balɗe ɓurɗe.</t>
+  </si>
+  <si>
+    <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
+  </si>
+  <si>
+    <t>Ɓural golle moƴƴe e balɗe sappo e lewru taaske, ina waɗɗii e juulɗo nde ƴettata ngoo waawtungo o hebbina heen ɗoftaare ALLA, gila e innude ALLA tedduɗo mawɗo O , ha e janngude AL KURAAN, e wiide ALLAHU AKBARU e wiide LAA'ILAAHA ILLALLAAHU e yettude ALLA, e juulde e sakkaraade ( sakkaade) e hoorde, e denndaangal golle moƴƴe.</t>
+  </si>
+  <si>
+    <t>رواه البخاري وأبو داود، واللفظ له</t>
+  </si>
+  <si>
+    <t>[رواه البخاري وأبو داود، واللفظ له]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6255</t>
+  </si>
+  <si>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
+  </si>
+  <si>
+    <t>kala goppuɗo juulde takkusaan golal mum boni</t>
+  </si>
+  <si>
+    <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Buraydat Ɓiy Huseybu yo ALLA wele mbo wonde o wi'i: Lawɗine e juulde takkusaan (laasara) sabu Annabi yo ALLa juul e dow mum O hisno ɗum o wi'i: « kala goppuɗo juulde takkusaan golal mum boni».</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisno ɗum jeertinii leelnude juulde takkusaan gaa e waktu mum, kala baɗɗa ɗuum golle mum mbonii ɗe njahi e meere.</t>
+  </si>
+  <si>
+    <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
+الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
+  </si>
+  <si>
+    <t>Reerɗinde e reende juulde takkusaan e arwannde waktu e yaawnaade feede e ɗuum.
+Fodoore sattunde wonande oon ngaccuɗo juulde takkusaan, yawtinde waktu hende ɓuri bonde yawtinde waktu ngoɗɗe, ko kannde woni juulde hakkundeere heertinaande e yamiroore e kongol ALLa Toowɗo O: (ndeene juulɗeele e juulde hakkundeere) [Simoore Bakara aaya 238]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6261</t>
+  </si>
+  <si>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
+  </si>
+  <si>
+    <t>Oon callaginiiɗo o moƴƴini sallige goopi ( boofi) makko njalta e ɓanndu mum haa ɗi njalta e les cegeneeji ( kolɗe) makko</t>
+  </si>
+  <si>
+    <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Usmaan Ɓiy Affaan yo ALLA wele mbo o wi'i: Nelaaɗo ALLA yo ALLa juul e dow mum O hisno ɗum O wi'i: «Oon callaginiiɗo o moƴƴini sallige goopi ( boofi) makko njalta e ɓanndu mum haa ɗi njalta e les cegeneeji ( kolɗe) makko».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisno ɗum ina habra wonde oon calligiiɗo o reeni sunnaaji e neediiji saallige, ɗuum wona sabaabu heefeede bakkatuuji makko e ittude goopi makko" haa ɗi njalta" les cegeneeji juuɗe mum e koyɗe mum.</t>
+  </si>
+  <si>
+    <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
+فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
+شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
+تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
+  </si>
+  <si>
+    <t>Reerɗinde e toppitaade janngude sallige e sunnaaji mum e neediiji mum, e gollirde ɗuum.
+Ɓural sallige, e wonde hombo heefa bakkatuuji tokoosi, tawi ko mawɗi ɗi noon ala e saga e tuubabuyo (tuubal).
+Sarɗi yaltude goopi noon ko timminde sallige e waɗrude mbo no Annabi -yo ALLa juul e dow mum O hisno ɗum- laɓɓaniri nih ko alda bonnude.
+Momtaneede bakkatuuji e o Hadiis fawii ko e woɗɗitaade bakkatuuji mawɗi ɗi e tuubde heɗi, ALLA toowɗo O wi'i :(siko on ndeentiima bakkatuuji mwaɗi ɗiiɗi kaɗateɗon ɗi Min poppan mon bonɗi mon)              [Annisa aaya:31]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6263</t>
+  </si>
+  <si>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
+  </si>
+  <si>
+    <t>Kala jannguɗo aayeeje ɗiɗi e wattan ( cakite) simoore Bakara e jamma ɗe njoni ( heƴan) ɗum</t>
+  </si>
+  <si>
+    <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Masuud yo ALLA wele mbo o wi'i: Annabiijo yo ALLa juul e dow mum O hisna ɗum o wi'i: «Kala jannguɗo aayeeje ɗiɗi e wattan ( cakite) simoore Bakara e jamma ɗe njoni ( heƴan) ɗum ».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisna ɗum habrii wonde kala jannguɗo aayeeje ɗiɗi cakkatiiɗe e simoore Bakara e jemma ɗe njona mbo bone e ko aña, wi'aama: ɗe njona mbo daraade juulde jemma, wi'aama kadi: ɗe njona mbo e kala naafilaaji, wi'aama kadi: ko kanje ɓuri famɗude ko yonata e janngude AL KURAAN e darɗe jemma, wi'aam kadi goɗɗum, ina waawi ko haala ko fof ina selli konngol ngol soomii ɗum.</t>
+  </si>
+  <si>
+    <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
+أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
+الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
+  </si>
+  <si>
+    <t>Laɓɓingol ɓural sakket simoore Bakara, ɗuum woni ummaraade e haal mum kam toowɗo O:( aamanar rasuulu ....) haa e gasirde simoore he.
+Sakket simoore bakara ina duñana jannguɗo ɗum bone e seytaane si joom mum janngii ɗum e jemma.
+Jemmo fuɗɗoto ko e mutde naange, mbo gasa e ƴellitaade fajiri.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6274</t>
+  </si>
+  <si>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
+  </si>
+  <si>
+    <t>Kala jannguɗo harfeere e deftere ALLA woodana mbo heen moƴƴere, te moƴƴere sowete yeruuji sappo</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abdullaahi Ɓiy Masuud yo ALLA wele mbo o wi'i: Nelaaɗo ALLA yo ALLa juul e dow mum O hisno ɗum  o wi'i: «Kala jannguɗo harfeere e deftere ALLA woodana mbo heen moƴƴere, te moƴƴere sowete yeruuji sappo, Mi wi'ay {alif laam miim} ko harfeere, kono {alif} ko harfeere, e {laam} ko harfeere, e {miim} ko harfeere».</t>
+  </si>
+  <si>
+    <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
+ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisna ɗum habrii wonde kala juulɗo jannguɗo harfeere e deftere  ALLA he woodanii mbo moƴƴere,  baraaji ɗe ina cowee haa wona laabi sappo hono majji.
+Refti O laɓɓina ɗuum e gonngol mum: ( Mi wi'aani "alif laam miim" ko harfu, kono alif ko harfu, laam ko harfu, e miim ko harfu): ɗum wona capanɗe tati e tati moƴƴere.</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار من تلاوة القرآن.
+للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
+سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
+فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
+  </si>
+  <si>
+    <t>Hirjinde e hebbinde janngude AL KURAAN.
+Ina woodani jannguɗo o e kala harfu mbo o janngi moƴƴere sowaande laabi sappo wano hende.
+Yaacde yurmeende ALLA e teddungal Makko nde O sowanta wonande jiyaaɓe Makko baraaje ngam ɓural e teddungal Makko.
+Ɓural AL KURAAN e dow kala haala ngoɗka( ngonka), e rewrude e jaŋŋudemo; sabu kombo haala ALLA Toowɗo O.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6275</t>
+  </si>
+  <si>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
+  </si>
+  <si>
+    <t>Si jom galle nafki e ɓesngu makko hombo waɗiri ɗum ngam ALLA ɗuum wonanta ɗum ( mo) ko sadak</t>
+  </si>
+  <si>
+    <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Ƴettama e Abu Masuud yo ALLA wele mbo wonde Annabi yo ALLO juul e dow mum O hisno ɗum O wi'i: «Si jom galle nafki e ɓesngu makko hombo waɗiri ɗum ngam ALLA ɗuum wonanta ɗum ( mo) ko sadak»</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
+  </si>
+  <si>
+    <t>Annabiijo yo ALLa juul e dow mum O hisno ɗum ina habra wonde si jom galle nafki e ɓesngu mum mbo o foti joganaade guura wano debbo makko e jiknaaɗo mum ( saraaɓe makko) e ɓiɓɓe makko e ɓe ngona ɓe tawa hombo badaro ɗuum ALLA o tijjo njoɓdi ko o nafkata ko, woodanii mbo njoɓdi sadak.</t>
+  </si>
+  <si>
+    <t>حصول الأجر والثواب بالإنفاق على الأهل.
+المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
+ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
+  </si>
+  <si>
+    <t>Heɓde njoɓdi e baraaje sabu nafkude e galle ma ( e koreeji mun).
+Juulɗo ɗaɓɓirat golle mum ngam ALLA e ko ALLa jogi ko gila e njoɓdi ha e baraaje.
+Ina haani tawnude ( yaalinirde) anniya moƴƴo e kala golle, ina heen jeya mbaadi de nafkota e galle ma ( e koreeji).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6460</t>
+  </si>
+  <si>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
+  </si>
+  <si>
+    <t>Gooŋɗingol ko capanɗe jeeɗiɗi e huunde- wolla capanɗe jeegom e huunde- feccere, ɓuri heen moƴƴude ko  wiide Laa Ilaaha illal laahu, ɓuri heen famɗude ko ittude ko lorata ( torrta) e laawol</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Hurayrata yo weluya ALLA won e makko o wi'i: Nelaaɗo ALLA yo ALLa juul e dow mum O hisna ɗum wi'i: «Gooŋɗingol ko capanɗe jeeɗiɗi e huunde- wolla capanɗe jeegom e huunde- feccere, ɓuri heen moƴƴude ko  wiide Laa Ilaaha illal laahu, ɓuri heen famɗude ko ittude ko lorata ( torrta) e laawol, hersude ko feccere e gooŋɗingol jeyaa».</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
+وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
+وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
+ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisna ɗum ina habra wonde gooŋɗinde ko pecce e geɗe keewɗe, ina huuptadini e golle e piɓle e konnguɗi.
+Ɓuri toowde e ɗeen geɗe e ko ɓuri heen moƴƴude ko wiide : «Laa'ilaaha illallaahu »¹, tawa kaalɗo ina anndi firo ngo, hombo gollira faanaare nde , wonde ALLa woni dewoteeɗo gooto kaanduɗo reweede ko kam tan goɗɗo ala.
+Ɓuri famɗude e golle iimaan ko ittude kala ko lorat yimɓe ɓe e laabi mumen.
+Refti o habri yo ALLa juul e dow mum O hisna ɗum wonde hersude ( yaagaade/semteende) ko e jikkuuji gooŋɗingol jeyaa, ɗuum ko jikku duñoowo e waɗde ko moƴƴi e accude ko boni.</t>
+  </si>
+  <si>
+    <t>الإيمان مراتب بعضها أفضل من بعض.
+الإيمان قول وعمل واعتقاد.
+الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
+ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
+  </si>
+  <si>
+    <t>Gooŋɗinde ko martabaaji heen yoga ɓuri moƴƴude e yoga goɗɗo o.
+Gooŋɗinde ko konngol e gollal e fiɓnde.
+Hersude ALLA toowɗo O ina soomi : nde O waasat maa yiide ɗo O haɗ ma ɗo, O waas ma hattaade ɗo O yamir ma ɗo.
+Jaŋtaade limoore nde firtaani haaɗde e ndeen limoore, ɗum tinndinta tan ko heewde golle gooŋɗingol, Aarabooɓe ina kaala limoore tawa ɓe paandaaki riiwtude wonnde nde.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6468</t>
+  </si>
+  <si>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
+  </si>
+  <si>
+    <t>woto hedda e daande geelooba gawol gaawal wolla gawol si wona ngol taƴee</t>
+  </si>
+  <si>
+    <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Basiir Ansaariyaŋke yo ALLA wele mbo: O wondiina e Nelaaɗa yo ALLa juul e dow mum O hisna ɗum e yoga e ɗalle makko, o wii: Nelaaɗo yo ALLa juul e dow mum O hisna ɗum neli nelaaɗo- tawi yimɓe ɓe ina e mbalndi maɓɓe- « woto hedda e daande geelooba gawol gaawal wolla gawol si wona ngol taƴee».</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisna  ɗum ina wonno e yoga e ɗalle makko, yimɓe ɓe hoɓe e nokkuuji ɗoyngol ɗiɓe mbaalata ka dimle maɓɓe e tillisaaji maɓɓe, O neli neɗɗo gooto faade e yimɓe he yo o yamirɓe taƴde gawi kumateeɗi e gelooɗi foti ko peewniraaɗi taƴatine gaawe wolla ko wonah ɗuum hono hulnde wolla faɗa, sabu ɓe mbaɗratno ɗuum ko reentaade gite, ɓe njamira taƴde ɗuum; sabu ɗuum ruttantaaɓe hay huunde, nafoore e lorla woni ko e Juuɗe Alla kaŋko tan.</t>
+  </si>
+  <si>
+    <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
+ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
+وجوب إنكار المنكر بحسب الاستطاعة.
+وجوب تعلق القلب بالله وحده لا شريك له.</t>
+  </si>
+  <si>
+    <t>Harminde humde wataruuji ( ɓoggi)/ gaaraaji) e gawi sabu fooɗaneede nafoore wolla duñaneede loro ( torra); sabu ɗuum ko e sirku jeya.
+Humde gawol ngam cuɗaari (yammbaamuya) wolla ɗowrude daaba wolla humde mbo woto mbo yah hay ndiga ala heen.
+Waɗɗaade haɗde ko aña fotde baawɗe ma.
+Waɗɗaade yowde ɓernde e ALLA kaŋko gooto tan Mbo ala denndadiijo ( dento).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6761</t>
+  </si>
+  <si>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
+  </si>
+  <si>
+    <t>Kala biiɗo Laa'ilaaha illallaahu , o yeddi ko rewetee ko wonaa ALLA jawdi makko e ɗiiƴam makko harma, hasbeede makko wona e Alla</t>
+  </si>
+  <si>
+    <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
+  </si>
+  <si>
+    <t>Ƴetaama e taarik Ɓiy Usaymin Al Asja'iyyu yo ALLA wele mbo o wi'i: Mi nanii Nelaaɗo ALLA yo ALLa juul e dow mum O hisna ɗum ina wi'i: « Kala biiɗo Laa'ilaaha illallaahu , o yeddi ko rewetee ko wonaa ALLA jawdi makko e ɗiiƴam makko harma, hasbeede makko wona e Alla».</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
+والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisna ɗum ina habra wonde kala biiɗo o seedi e ɗeɓngal makko wonde « Laa'ilaaha illallaahu», ɗum firti alaa deweteeɗo e goonga so wona ALLa, o yeddi kala ko rewetee ko wona Alla, o hisi e kala diine mbo wona Islaam, ALLA harmanii ( harminii) jawdi makko e ƴiiƴam makko e juulɓe he, enen wonanaani men so wona ko feeñi ko e golle makko, jawdi makko teetetaake ɗiiƴam makko rufetaake, si wonaa o waɗ bonannde waɗɗinoore ñaawooje islaam.
+Ko ALLA jogii haasbaade mbo ñande darngal, si o gooŋɗii O O okkamo baraaji, si o wonii naafige O leɓta mbo.</t>
+  </si>
+  <si>
+    <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
+معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
+من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
+حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
+الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
+  </si>
+  <si>
+    <t>Haalde Laa'ilaaha illallaahu , e yeddude kala ko rewete ko wona ALLA, ko sarɗi e naatde islaam.
+Woni maana (Laa'ilaaha illallaahu) ko yeddude kala ko rewete ko wona ALLA foti ko sanamuuji wolla ko genaale, wolla koɗɗum e teelɗinande ALLA mo senaare woodani dewal Makko ngal.
+Kala gadduɗo wootodinde o nanngatii e sariyaaji ko feeñi waɗɗiima accude mbo haa laaɓa e makko ko luutndii ɗuum.
+Hurum jawdi juulɗo e ƴiiƴam makko e nguru makko si wona e hakke.
+Ñaawirde e aduna, fawi ko e ko feeñi tawi ka laakara noon fawi ko e anniyaaji e paandaale.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/6765</t>
+  </si>
+  <si>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
+  </si>
+  <si>
+    <t>ayno  jikku Nelaaɗo ALLA yo ALLa juul e dow mum O hisna ɗum wonno ko AL KURAAN</t>
+  </si>
+  <si>
+    <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
+  </si>
+  <si>
+    <t>Saadu Ɓiy Hisaam Ɓiy Aamir- nde o naati ka Aysata yo Alla wele mbo-: o wi'i-: Aan yummum juulɓe, habram jikku Nelaaɗo yo ALLa juul e dow mum O hisna ɗum, o wii: mate wona haɗa jaŋŋa AL KURAAN? Mbii mi: Oho kay, O wii.  ayno  jikku Nelaaɗo ALLA yo ALLa juul e dow mum O hisna ɗum wonno ko AL KURAAN.</t>
+  </si>
+  <si>
+    <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
+  </si>
+  <si>
+    <t>Yummum juulɓe Aysata yo Alla wele mbo naaɓnaa ma, o jaabi  konngol denndingol, o rutti naaɓniiɗo o e AL KURAAN tedduɗo denndinɗo kala sifaaji timmal, o wii: Nelaaɗo yo ALLa juul e dow mum O hisna ɗum ina jikkarino jikkuuji Quraana, ko AL KURAAN yamiri o waɗa ɗum, kombo haɗi O reento ɗum, jikku makko wonnoo ko gollirde Quraana, e daraade e keeri hembo (daaƴude e keeri makko), e neharaade e needi hembe ( makko), e teskaade e yeruuji e daari ( qissaaji) hembo ( makko).</t>
+  </si>
+  <si>
+    <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
+مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
+القرآن مَصدرٌ لكل الأخلاق الكريمة.
+الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
+  </si>
+  <si>
+    <t>Hirjinde ñeemtinde Annabiijo yo ALLa juul e dow mum O hisna ɗum e jikkoraade e jikkuuji Quraana.
+Mantude jikkuuji Nelaaɗo yo ALLa juul e dow mum O hisno ɗum, e wonde ko e bata ( ley) Wahyu ɗi ittaa.
+AL KURAAN woni iwdi kala jikkuuji tedduɗi.
+Jikkuuji e nder Islaam ina coomiri diine fof gollude jamiraaɗi e reentaade kaɗaaɗi.</t>
+  </si>
+  <si>
+    <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
+  </si>
+  <si>
+    <t>[رواه مسلم في جملة حديثٍ طويلٍ]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/8265</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisna ɗum innatna ( na woowla) ALLA e kala alhaaliiji Makko ( mun)</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Aysata yummum juulɓe yo ALLA wele mbo o wi'i: Annabi yo ALLa juul e dow mum O hisna ɗum innatna ( na woowla) ALLA e kala alhaaliiji Makko ( mun).</t>
+  </si>
+  <si>
+    <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
+  </si>
+  <si>
+    <t>Aysata yummum juulɓe yo weleende ALLa won e mum ina habra wonde Annabi ina reerɗunoo sanne e innude ( woowlude) ALLA Toowoɗo O, hombo innatno Alla e kala yonto e kala nokku e kala mbaadi.</t>
+  </si>
+  <si>
+    <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
+مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
+الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
+  </si>
+  <si>
+    <t>Laaɓal taƴre toksere e taƴre mawnde sarɗetaake ngam innude ALLA.
+Duumaade Annabi yo ALLa juul e dow mum O hisna ɗum e innude ALLA Toowɗo O.
+Hirjinde e hebbinde innude ALLA e kala yonto ngam ñeemtinde Annabi yo ALLa juul e dow mum O hisna ɗum, si wona e ka haɗaa ɗo inneede ALLA, hono saanga humtude  haaju.¹</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/8402</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
+  </si>
+  <si>
+    <t>Nelaaɗo yo ALLa juul e dow mum O hisna ɗum haɗii laɓde yogo e hoore ngacca yogo</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Ɓiy Umar yo ALLA weleɓe: Nelaaɗo yo ALLa juul e dow mum O hisna ɗum haɗii laɓde yogo e hoore ngacca yogo.</t>
+  </si>
+  <si>
+    <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
+والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
+  </si>
+  <si>
+    <t>Annabi yo juul dow mun hisna dum haɗii femmbude yoga e hoore ngacca yoga goɗɗo o.
+Ngol kaɗngol ina huuptadini sukaaɓe worɓe e mawɓe worɓe, debbo kam haanaani laɓaade.</t>
+  </si>
+  <si>
+    <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
+  </si>
+  <si>
+    <t>Sariya ina himmiri peeñndi neɗɗo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/8914</t>
+  </si>
+  <si>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
+  </si>
+  <si>
+    <t>ngool konngol goongo ko jinne biftato ngol mbo waɗangol e nofru gondiijo makko hono no gertagal ñiiɓirta, refti ɓe njilla heen ko ɓuri teemedere fenaande</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
+  </si>
+  <si>
+    <t>Yettaama e Aysata yo Alla wele mbo o wi'i: Yimɓe naaɓniima Nelaaɗo ALLA yo ALLa juul e dow mum O hisna ɗum wageeɓe, O wi'i «ɓe ngonaa hay huunde» ɓe mbi: hoɓe kaala huunde ɗum wona goonga, O wi'i yo ALLa juul e dow mum O hisna ɗum: « ngool konngol goongo ko jinne biftato ngol mbo waɗangol e nofru gondiijo makko hono no gertagal ñiiɓirta, refti ɓe njilla heen ko ɓuri teemedere fenaande».</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
+فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
+فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
+  </si>
+  <si>
+    <t>Nelaaɗo yo ALLa juul e dow mum O hisna ɗum naaɓnaama ɓeen haalooɓe geɗe birniiɗe ko arata, O wi'i : Wote ngoƴeeɓe, wote nannge haala maɓɓe, wote kimmire geɗe mumen ( maɓɓe).
+Ɓe mbii: Haala maɓɓe ina hawra koɓe kaali heen sahaaji, hono siɓe kabrii waɗde huunde wirniinde e lewru kaja ( maaniiru) e ñalngu kaja, ɗuum ina waɗira noɓe kaaldi nih.
+Mbo jam e kisal woni e makko wi'i: Pellet jinneeji ina mbiftoo koɓe nani ko ummaraade e kabaaru asmaan, ɓe telloo e wondiiɓe maɓɓe wageeɓe ɓe kabraɓe koɓe nani ko, refti wage o ɓeyda ko nani ko ummaraade e asmaan  teemedere fenaande.</t>
+  </si>
+  <si>
+    <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
+ حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
+الجِن يَتَّخذون لهم أولياء من الإنس.</t>
+  </si>
+  <si>
+    <t>Haɗde e gooŋɗinde wageeɓe, e wonde koɓe kaalata ko ko fenaande e fekindaade (taƴude), hay siɓe kaalii goongo heen sahaaji.
+Asmanuuji ina ndeenda e seyɗaneeji gila Annabi yo ALLa juul e dow mum O hisna ɗum nelaa, ɗi nattii nande hay ndiga ummaraade wahyu wolla goɗɗum tawi wona oon gujjatiiɗo nanɗe o hisi e doccate.
+Jinneeji ina njogoo sehilaaɓe yimɓe.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/8918</t>
+  </si>
+  <si>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
+  </si>
+  <si>
+    <t>Min ɗen ngonnoo ɗo Umar o wi'i " min kaɗaama fawkinaade ( jappitaade)</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
+  </si>
+  <si>
+    <t>Yettaama  e Anas yo Alla wele mbo o wi'i: Min ɗen ngonnoo ɗo Umar o wi'i " min kaɗaama fawkinaade ( jappitaade)».</t>
+  </si>
+  <si>
+    <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
+  </si>
+  <si>
+    <t>Umar ina habri wonde Nelaaɗo yo ALLa juul e dow mum O hisna ɗum haɗiiɓe fawde ko'e maɓɓe geɗe gaddooje caɗeele ko aldaa e haajorde ɗeen, foti ko konnguɗi wolla ko golle.</t>
+  </si>
+  <si>
+    <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
+ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
+الإسلام دين يسر.</t>
+  </si>
+  <si>
+    <t>Ina jeyaa e fawkinaade haɗaande nde: heewde naaɓne, wolla hollirde ganndal ko alanaa ɗum ganndal, wolla sattinde huunde nde ALLA yaacni ( yaajini).
+Ina haanani wonande juulɗo woownude fittaandu makko newuya e waasde fawkinaade bolle ( kongol) e golle: e ñaamdu makko e njaram makko, e konngi makko e denndaangal alhaaliiji makko.
+Islaam ko diine newuya.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/8945</t>
+  </si>
+  <si>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
+  </si>
+  <si>
+    <t>hay gooto seedataako wonde deweteeɗo e goongo ala si wonaa ALLA e wonde Muhamadu ko Nelaaɗo ALLA e jiyaaɗo makko hombo gooŋɗini ɗum e ɓernde makko si wonaa ALLA harmina ɓanndu mum ( makko) e jeynge</t>
+  </si>
+  <si>
+    <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
+  </si>
+  <si>
+    <t>Yettaama e Anas Ɓiy Maalik yo ALLA wele mbo: Wonde Annabi yo ALLa juul e dow mum O hisna ɗum ina togginno Muu'aaj e daaba makko O wi'i:«ee heeyma Mu'aaj Ɓiy Jabal» O wii: Mi nootimaa ma Aan Nelaaɗo Alla e malal Ma, O wi'i« eey heeyma aan  Mu'aaj»o wii: Mi nootimaa ma e malal ma, laabi tati, O wi'i :« hay gooto seedataako wonde deweteeɗo e goongo ala si wonaa ALLA e wonde Muhamadu ko Nelaaɗo ALLA e jiyaaɗo makko hombo gooŋɗini ɗum e ɓernde makko si wonaa ALLA harmina ɓanndu mum ( makko) e jeynge» O wii: Aan Nelaaɗo ALLA, mbela mi habrata ɗum yimɓe ɓe mbela ɓe mbeltoo? O wi'i: Sinnde de ɓe ndaɓɓokinto» Mu'aaj habri ɗuum saanga maayde makko sabo hulde bakkatin wassde yottin.</t>
+  </si>
+  <si>
+    <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
+وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
+فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
+فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
+فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
+فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
+  </si>
+  <si>
+    <t>Mu'aaj Ɓiy Jabal yo Alla wele mbo togginooma caggal Nelaaɗo yo ALLa juul e dow mum O hisna ɗum e daaba makko, O noddi mbo : O wi'i aan Mu'aaj? O fillii ɗum laabi tati, ngam teeŋtinde himmude ko O hebi haalande ɗum ko.
+Ɗuum fof Mu'aaj yo weleende ALLa won e mum ina jaabo Nelaaɗo:« Mi nootimaama aan Nelaaɗo ALLA e malal ma» ɗum firti nootagol caggal nootogol, mi ɗaɓɓii malal ngam jaabaade Ma.
+Mbo jam e kisal ngoni e makko habri mbo wonde kala ceediiɗo deweteeɗo e goongo alaa si wonaa ALLA, e wonde Muhamadu ko Nelaaɗo ALLA, hombo gooŋɗini ɗum e ɓernde makko o fenaani, si o maayi e oon alhaali ALLA harmina e makko jeynge.
+Mu'aaj yo ALLA wele mbo naaɓnii Annabi yo ALLa juul e dow mum O hisna ɗum nde o habrata yimɓe ngam ɓe mbeltoo ɓe mbeltoro moƴƴere?.
+Annabi yo ALLa juul e dow mum O hisna ɗum huli nde ɓe  njowoto e ɗuum, golle maɓɓe pamɗa.
+Mu'aaj yeewtanaani mbo hay gooto si wona nde  andii nde ko maayoow, hulde yande e bakkaat suuɗde ganndal.</t>
+  </si>
+  <si>
+    <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
+طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
+من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
+أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
+فضل الشهادتين لمن قالها صادقًا.
+جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
+  </si>
+  <si>
+    <t>Yankinaade ( leyɗinaare) Annabi yo ALLa juul e dow mum O hisna ɗum sabu ko o toggini ( horgini) ko Mu'aaj e daaba makko.
+Laawol janngingol Annabi yo ALLa juul e dow mum O hisna ɗum, nde O filli noddugol Mu'aaj ngam O fooɗa himme makko ko O jogori haalde ko.
+Ina jeyaa e seedaade deweteeɗo e goongo alaa si wonaa ALLA e wonde Muhamadu ko Nelaaɗo ALLA nde kaalɗa ɗum o wonata gooŋɗuɗo 
+ jananaaɗo mbo wonaa penoowo wolla sikki.
+Yimɓe tawhiid ɓe ñiimbata e jahannama, hay siɓe naatiinge sabu bakkatuuji maɓɓe, ɓe njaltinet nge caggal nde ɓe laaɓi.
+Ɓural seedeeji ɗiɗi ɗi wonande oon gowluɗo ɗi hombo gooŋɗini.
+Dagaade accude yeewtude Hadiis e alhaaluuji si wonii jeewtugol ngol ina addada bonannde.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/10098</t>
+  </si>
+  <si>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
+  </si>
+  <si>
+    <t>Joom men ina tello kala jemma e asmaan ɓurɗo leesɗude o si tataɓal jemma battindingal ngal heddiima</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
+  </si>
+  <si>
+    <t>Yettaama e Abu Hurayrata yo Alla wele mbo: wonde Nelaaɗo ALLA yo ALLa  juul e dow mum O hisna ɗum  wi'i: " Joom men ina tello kala jemma e asmaan ɓurɗo leesɗude o si tataɓal jemma battindingal ngal heddiima, O wi'i: «Hombo noddata Mi Mi nootoo mbo? mbo torotoo Mi okka mbo? Hombo yaafnatoo Mi Mi yaafoo mbo?».</t>
+  </si>
+  <si>
+    <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisna ɗum ina laɓtina wonde ALLA Tedduɗo O ina tella kala jemmo e asmaan ɓurɗo ɓadaade o si tataɓal jemma heddiima, O reerɗina jiyaaɓe Makko noddude Mbo, O nooto oon nodduɗo Mbo, O hirjinaɓe e ñaagaade Mbo koɓe jiɗi ko  O totta ñaagiiɗo Mbo, O yiɗnaɓe yaafnaade bakkatuuji maɓɓe O yaafo jiyaaɓe Makko gooŋɗinɓe.</t>
+  </si>
+  <si>
+    <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
+ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
+  </si>
+  <si>
+    <t>Ɓural tataɓal cakkatiingal e jemma e juulde e ñaagaade e yaafnaade heen.
+Ina haanani neɗɗo o Hadiis  o yottii reerɗat deerɗugol cattungol ƴettude.waktuuji jaabateeɗi ñaagunde.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/10412</t>
+  </si>
+  <si>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
+  </si>
+  <si>
+    <t>Wote njooɗe e genaale wote njuule faade e majje</t>
+  </si>
+  <si>
+    <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Marsad Al Ganawi yo ALLA wele mbo o wi'i: Nelaaɗo yo ALLa juul e dow mum O hisna ɗum wi'i: « Wote njooɗe e genaale wote njuule faade e majje».</t>
+  </si>
+  <si>
+    <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
+كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLO juul e dow mum O hisna ɗum haɗi jooɗaade e genaale.
+Hono no O haɗiri juulde faade e genaale, ɗuum woni nde yenaande wonata huccotirde juuloowo o; sabu ɗuum jeya ko e laabi sirku¹.</t>
+  </si>
+  <si>
+    <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
+النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
+نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
+حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
+  </si>
+  <si>
+    <t>Haɗeede juulde e nder genaale wolla hakkunde majje wolla huccitde e majje tawi wona juulde janaaza hono ɗum tabitiri e sunna.
+Haɗde juulde kuccita e genaale ko ngam sukkude damal faade e sirku.
+Islaam ina haɗi ɓurtingol e genaale e hoynudeɗe, woto ɓurtin woto famɗinde.
+Hormo juulɗo heddoto caggal maayde makko, sabu konngol Nelaaɗo yo ALLa juul e dow mum O hisna ɗum :(helde ƴi'al maayɗo wa'i kono helde ngal hombo wuuri).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/10647</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisna ɗum ina wi'atno hakkunde sujuddaaji ɗiɗi ɗi«allaahumma igfirlii, warhamnii, wa aafinii, wahdinii, warjuknii</t>
+  </si>
+  <si>
+    <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
+  </si>
+  <si>
+    <t>Yettaama e Ibnu Abbaas yo ALLA weleɓe: Annabi yo ALLa juul e dow mum O hisna ɗum ina wi'atno hakkunde sujuddaaji ɗiɗi ɗi«allaahumma igfirlii, warhamnii, wa aafinii, wahdinii, warjuknii».</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisna ɗum ina du'atano e hakkunde sujuddaaji ɗiɗi ɗi e nder juulde makko e o ñaago ɗe geɗe joy ɗe juulɗo hatajinta katajingol manngol, ñaagunde renndinde moƴƴere aduna e laakara, ɗaɓɓude yaafuya e suuraneede bakkatuuji, e hebbinaneede yurmeende, e hisneede e jiɓuyaaji e tuuyooji e ñabbuuji, e ñaagaade peewal faade e goonga e tabitdde e hembo, e yeɗeede iimaan e ganndal e golle moƴƴe, e jawdi ndagiindi.</t>
+  </si>
+  <si>
+    <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
+فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
+  </si>
+  <si>
+    <t>Sariyineede ñaagaade e jooɗnde wonnde hakkunde sujuddaaji ɗiɗi.
+Ɓural ɗi du'awuuji sabu koɗi coomi ko e moƴƴere aduna e laakara.</t>
+  </si>
+  <si>
+    <t>حسن بشواهده</t>
+  </si>
+  <si>
+    <t>[حسن بشواهده]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/10930</t>
+  </si>
+  <si>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
+  </si>
+  <si>
+    <t>Allaahuma antas salaam, wa minkas salaam, tabaarakta ya jal jalaali wal ikraami</t>
+  </si>
+  <si>
+    <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Sawbaan yo Alla wele mbo o wi'i: Nelaaɗo yo ALLa juul e dow mum si hantoniin ( tilike/ gaynii)  juulde makko O imsinta ( ɗaɓɓa yaafa)¹ laabi tati, O wi'i:« Allaahuma antas salaam, wa minkas salaam, tabaarakta ya jal jalaali wal ikraami» Waliid wii: Mbii mi Awjaa'iyyu: Hono imsandirte ( ɗaɓɓirta yaafa)? O wi'i: astagfirul laahi, astagfirul laahi.</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
+ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
+  </si>
+  <si>
+    <t>Si Nelaaɗo yo ALLa juul e dow mum O hisna ɗum gasniino juulde Makko O wi'atno ko: astagfirul laahi, astagfirul laahi, astagfirul laahi .
+Refti o mawnina Joom makko o wi'i:" Allahumma antas salaam wa mikas salaam tabaarakta ya jal jalaali wal ikraami" ALLA woni kisɗo timmuɗo e sifaaji makko, ceniiɗo e kala ayiiba e ustaare,  O ɗaɓɓa e ALLA ceniɗo o hisde e boneeji aduna e laakara ɓe ɗaɓɓirta ɗum goɗɗo, ALLA ceniɗo O moƴƴere makko hebbinii galleeji ɗiɗi ɗi ɗiin ngoni aduna e laakara, ko kanko woni jom teddungal e moƴƴere.</t>
+  </si>
+  <si>
+    <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
+استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
+  </si>
+  <si>
+    <t>Yiɗeede yaafnaade caggal juulde e duumaade e ɗuum.
+Yiɗeede yaafnaade ngam timminde ko ustii e dewe ALLA e ɗoftaare e raɓɓiɗinaade heen.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/10947</t>
+  </si>
+  <si>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
+  </si>
+  <si>
+    <t>Juul haɗa dari, si a hattanaani ( waaway) juul haɗa jooɗi, si a hattanaani juuldu bannge¹</t>
+  </si>
+  <si>
+    <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e umraan Ɓiy Huseyni yo ALLA wele mbo o wi'i: Mi wondiino e fero(imooriit), naaɓnii mi Annabi yo ALLa juul e dow mum O hisna ɗum e juulde O wi'i: «Juul haɗa dari, si a hattanaani ( waaway) juul haɗa jooɗi, si a hattanaani juuldu bannge¹»</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLa juul e dow mum O hisna ɗum laaptani woni cosaan e juulde ko daraade, si wonaa e mbaadi horraade joom mum juula hombo jooɗi, si horiima juul homo jooɗi ino mbo woodani juulira bannge makko.</t>
+  </si>
+  <si>
+    <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
+سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
+  </si>
+  <si>
+    <t>Juulde jippotaako ( saamataa) neɗɗo ɗoon ɗo hakkille ina tabiti, tokogol ummaade mbaadi faade e mbaadi fawi ko baawal².
+Newaare e weeɓde islaam wonde jiyaaɗo waɗata e dewe ALLA ko o waawi ko.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/10951</t>
+  </si>
+  <si>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
+  </si>
+  <si>
+    <t>mbela haɗa nana noddinaandu juulde?» o wii: Eey, O wi'i: «nootoyot</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abu Hurayrata yo ALLA wele mbo o wi'i: Gorko gumɗo ari e Annabi yo ALLa juul e dow mum O hisna ɗum o wi'i: Aan Nelaaɗo ALLa, mi alaa ɗowoowo faade juma ( misiide), o naaɓni Nelaaɗo yo ALLa juul e dow mum O hisna ɗum nde o newnnata ɗum o juula galle makko, o newnani mbo ɗuum, nde o ruŋtii O noddi mbo, O wi'i:« mbela haɗa nana noddinaandu juulde?» o wii: Eey, O wi'i: «nootoyot»</t>
+  </si>
+  <si>
+    <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
+  </si>
+  <si>
+    <t>Gorko gumɗo arii e Annabi yo ALLa juul e dow mum O hisna ɗum o wii: Aan Nelaaɗo ALLA mi ala balloowo mi o jagga e junngo am faade juma, ngam juuloyde juulɗeele joy ɗe, hombo yiɗi yo o newnane o acca dental, O newnani mbo, nde o ruŋtii, O noddi mbo O wi'i: Mbela haɗa nana noddinaandu juulde? O wii: Eey, O wi'i : Nooto noddoowo faade e juulde.</t>
+  </si>
+  <si>
+    <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
+قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
+  </si>
+  <si>
+    <t>Waɗɗaade juulde dental; sabu newnaneede wonata si wona e huunde waɗɗiinde.
+Konngol mum «nooto» wonande nanoowo noddinaandu ina holla waɗɗaade juulde dental; sabu woni cosaan e yamiroore ko waɗɗaade.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/11287</t>
+  </si>
+  <si>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
+  </si>
+  <si>
+    <t>Nelaaɗo ALLA yo ALLa juul e dow mum O hisna ɗum anndanii amen Kutba haaju</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
+  </si>
+  <si>
+    <t>Ƴettaama e Abdullaahi Ɓiy Mas'uud yo ALLA wele mbo o wi'i: Nelaaɗo ALLA yo ALLa juul e dow mum O hisna ɗum anndanii amen Kutba haaju: inal hamdu lillaahi nasta'iinuhuu wa nastagfiruhuu wa na'uuju billaahi min suruuri anfusinaa wa min seyyi'aati a'amaalinaa may yahdiihullaahu falaa mudilla lahuu wa man yudlil falaa haadiya lahuu, wa ashadu an Laa'ilaaha illallaahu,wa ashadu anna muhammadan abduhuu wa rasuuluhuu,{yaa ayyuhannaasut takuu rabbakumul lajii kalakakum min nafsin waahidin wa kalaka mihaa jawjahaa wa bassa mihaa rijaalan kasiiran wa nisaa,aan wattakullaaha allajii tasaa'aluuna bihii innallaaha kaana aleykum rakiibaa}[simoore:annisaa, aya 1],{yaa ayyuhallajiina aamanutta kullaaha hakka tukaatiihi wa laa tamuutunna illa wa antumm muslimuun}[simoore: aali Imraan, aaya 102],{yaa ayyuhallajiina aamanutta kullaaha wa kuuluu kawlan sadiidaa‹70› yuslih lakum a'amaalakum wa yagfirlakum junuubakum wa may yuti'illaaha wa rasuuluhuu fa kad faaja fawjan ajiimaa}[simoore: ahjaab. aaya 70-71].</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
+وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
+ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
+ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
+وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
+  </si>
+  <si>
+    <t>Ibnu Mas'uud yo weleende ALLa won e mum ina habra wonde Annabi yo ALLa juul e dow mum O hisno ɗum anndaniiɓe Khuɗba haaju, oon woni kaalateeɗo si haɗa uddita haala e kutba saanga haajuuji mumen, hono kutba dewgal wolla juma wolla ko nanndi heen . O kutba mbo soomii maanaaji mawɗi ina heen haandude ALLA e denndaangal jettooje, e ɗaɓɓude ballal ummaraade e kaŋko tan ala mbo renndi, e suurde bakkatuuji e yaafaade ɗi, e moolaade e ALLA e kala boneeji, boneeji fittaandu e ko wona ɗuum.
+Refti Annabi yo ALLa juul e dow mum O hisna ɗum habri wonde peewal woni ko e junngo Alla, kala mbo ALLa feewni ala majjinoowo mbo, kala mbo O majjini kadi alaa peewnoowo mbo.
+Refti O jaŋtii seede Tawhiid¹ e wonde ala deweteeɗo e goonga mbo wona kaŋko, e seedanaade Muhammadu wonde ko O maccuɗo ALLa e nelaaɗo mum.
+O timminiri hutba o ɗee aayeeje tati coomɗe yamirde kulol ALLA ngol woni gollude ko O yamiri e accude ko O haɗi ngam ɗaɓɓude ALLA, njoɓdi baɗɗa ɗuum ko ko golle makko moƴƴat e haala makko e heefde bonɗi e momtude bakkatuuji e nguurndam mbelɗam aduna e laakara e maleede naatde aljanna ñande darnga.</t>
+  </si>
+  <si>
+    <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
+الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
+تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
+  </si>
+  <si>
+    <t>Yiɗeede fuɗɗoraade kutba dewgal wolla juma e o hutba.
+Kuɗba ina haani soomde yettude ALLA e seedantaaji ɗiɗi e yoga e aayeeje Quraana.
+Annabi yo ALLa juul e dow mum O hisna ɗum anndanii wondiiɓe Makko koɓe katajini e diine maɓɓe.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/58060</t>
+  </si>
+  <si>
+    <t>بني الإسلام على خمس</t>
+  </si>
+  <si>
+    <t>Islaam mahaama e geɗe joy</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Ƴettaama e ɓiy umara yo ALLA wele ɗum wi'i: nelaaɗo ALLA yo ALLa juul e mum O hisna ɗum wi'i: Islaam mahaama e geɗe joy :seedaade dewoteeɗo alaa si wonaa ALLA e seedaade wonde Muhammadu ko maccuɗo mum nelaaɗo mum, ñiiɓnude juulde, e tottirde askal e hajjoyde suudu kaaba, e hoorde lewru koorka».</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
+وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
+والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
+والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
+والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>Annabi yo ALLA juul e mum hisna ɗum nannani islaam e mahdi tiindi e dosɗe hendi joyi dooniiɗe ɗiin mahdi, e ko heddi e sifaaji islaam wano timmotinde mahdi ndi, Dosgal adanal ngal:seedanteeji ɗiɗi ,seedaade ala dewoteeɗo si wona alla e muhammadu ko nelaaɗo alla koɗe wo´otere ɗe ceertata maccuɗo o layatɗe fiɓa ngo´otaagu alla e haan du dem e dewe kam gooto ala goorɗo ɗum gollira ɗe gooŋɗina nelal muhamad jokka ɗum. Dosgal ɗimmalngal darnude juulde, juulɗeele joyi parlaaɗeɗe ñalawma e jehma:fajar tisbaar takkusaan futura geeƴe e sarɗiiji nde yo dosɗe e sunnaji nde. Dosgal tataɓal ngal yaltin´de askal parlaaɗo do dewal jawdiyaŋkaagal e kalo jawdi yottiindi e dottoode heɓɓaande e sariya weeɗe kaan´duɗa heen. Dosgal nayaɓal:ko hajju fa´ade makka ha totta dewe alla jaaliima mawni. Dosgal joyaɓal:hoorde lewru koorka, suraade e ñaamde e yarde e ko wona ɗuum e taƴooji e annaya dewal alla gila puɗal fajar ha mutal naange.</t>
+  </si>
+  <si>
+    <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
+الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
+  </si>
+  <si>
+    <t>Seedanteeji ɗiɗi ngon´dat gootel heen yahata woppa goɗɗum.
+Seedanteeji ɗi ko dosɗe diine konngol ma gollal jaɓetaake gah ɗi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ff/browse/hadith/65000</t>
   </si>
   <si>
     <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Kala e mon njiiɗo paŋkare yo o waylirɗe junngo makko, si o hattanaani yo o waylir ɗemngal makko ngal, si o haɗtanaani yo o waylir ɓernde makko nde, ko ɗuum ɓuri lohde goomɗingol</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ittaama e Abii Sa'iid Al Khudrii yo Alla wele mbo,( yo alla yardo he makko) o nanii Nelaaɗo- yo kisal won e makko- ina maaka: " Kala e mon njiiɗo paŋkare yo o waylirɗe junngo makko, si o hattanaani yo o waylir ɗemngal makko ngal, si o haɗtanaani yo o waylir ɓernde makko nde, ko ɗuum ɓuri lohde goomɗingol.</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
-    <t>Nelaaɗo yo kisal won e makko ina yamira wayylirde pankare- ɗuum woni kala ko Alla Hé nilaademako haɗi- fotde kattanɗe,(baode) Si o yi'ii ko boni ina waɗɗii mbo waylirde ɗum junngo si tawii hombo waawii, Si o roŋkii ɗuum yo o waylir ɗum ɗeɓngal makko, ɗuum wonirta ko haɗde mbo e hollude mbo lor majjum e tinndinde mbo moƴƴere gaa e bone, Si o horiima o tolno yo o waylir ɗum ɓernde makko, ɗuum woni hollirde añde ɗe paŋkare e fellitde si o heɓna doole e walude ɗuum o waylatna ɗum, Waylirde ɓernde ɓuri leesɗude e marta- baaji gooŋɗingol ko faati e waylude bonannde.</t>
+    <t>Nelaaɗo yo kisal won e makko ina yamira wayylirde pankare- ɗuum woni kala ko Alla Hé nilaademako haɗi- fotde kattanɗe,(bawɗe) Si o yi'ii ko boni ina waɗɗii mbo waylirde ɗum junngo si tawii hombo waawii, Si o roŋkii ɗuum yo o waylir ɗum ɗeɓngal makko, ɗuum wonirta ko haɗde mbo e hollude mbo lorra majjum e tinndinde mbo moƴƴere gaa e bone, Si o horiima o tolno yo o waylir ɗum ɓernde makko, ɗuum woni hollirde añde ɗe paŋkare e fellitde si o heɓna doole e walude ɗuum o waylatna ɗum, Waylirde ɓernde ɓuri leesɗude e marta- baaji gooŋɗingol ko faati e waylude bonannde.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>O hadiis kombo asli e hollirde martabaaji waylude bonannde-paŋkare.
-Yamirde yaarude(sese) taaɓal taaɓal e baylugol bonannde, gooto fof waylirta ko fotde baawɗe makkom e kattane mum.
+Yamirde yaarude(seese) taaɓal taaɓal e baylugol bonannde, gooto fof waylirta ko fotde baawɗe makko e kattane mum.
 Haɗde bonannde ko damal teddungal ka diine, ko ngal baɗɗingal e kala juulɗo, juulɗo fof ina fawiraa ngal fotde baawɗe makko.
-Yamirde ko moƴƴi e haɗde ko boni ko pecce gooŋɗingol jeya, gooŋɗingol noon ina ɓeydop ina usto.
-[...4 lines deleted...]
-Waasde yeddirde ɓernde ina holla lohre(lafoki) gooŋɗingol.</t>
+Yamirde ko moƴƴi e haɗde ko boni ko pecce gooŋɗingol jeyaa, gooŋɗingol noon ina ɓeydo ina usto.
+Ina sarɗee e haɗde bonannde: Anndude ndeen huunde konde bonnde.
+Ina sarɗe e ittude (bailoke) pankare: Nde waylude ɗum addataa bone ɓurɗo njanɗude bone baylaaɗe ɗe.
+Haɗde bonannde ko neediiji e sarɗiiji ɗi juulɗo foti janngude.
+Yeddude paŋkare ina hatajini ( hasindini) e dawrugol sariyankeewol, e ganndal e yi'annde.
+Waasde yeddirde ɓernde ina holla lohre (lafoki) gooŋɗingol.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65001</t>
   </si>
   <si>
     <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>kala moƴƴinɗo e islaam o jaggirtaake ko o waɗno saanga majjiyankooɓe, kala mbo bonni e islaam o jaggire ko adii ko e sakkati</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Ittaama e Ibnu Mas'uud yo Alla wele mbo, o wii:(yo alla yardo hemeko) Gorko wi'i: An Nelaaɗo mbela emin njaggire ko min mbaɗno saanga Jaahiliya-majjiyankooɓe-? O maaki:" kala moƴƴinɗo e islaam o jaggirtaake ko o waɗno saanga majjiyankooɓe, kala mbo bonni e islaam o jaggire ko adii ko e sakkati ".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Nelaaɗo yo kisal won e makko ina holla ɓural naatde e islaam. E wonde kala jebbaliiɗo o moƴƴini islaam makko o woni laɓɓinɗo gooŋɗuɗo; o haasbetaake ko o golluno saanga majjiyankooɓe. Kala mbo bonni e islaam hono o woni naafige wollo o yartadini e diine makko, o haasbete ko o waɗno saanga keefeeru e ko o golli e islaam.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Himmirde Sahabaaɓe ɓe e huldeɓe koɓe ngolluno e golle saanga majjiyankooɓe.
 Reerɗinde e tabitgol e dow islaam.
 Ɓural naatde e islaam (alsilamogal)e wonde ɗuum ko e geɗe laɓɓinooje golle gadiiɗe jeya.
 Murtuɗo e naafige ina haasbe e kala golle gadiiɗe nde jaahiliyya, e koɓe ngolli e islam.(lei alsilamogal)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65002</t>
   </si>
   <si>
     <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
-    <t>mbela si mi juulii juulɗeele parlaaɗe koor  mi lewru , ndaknu mi ko dagi, karmin mi ko harmi</t>
+    <t>mbela si mi juulii juulɗeele parlaaɗe  koormi lewru , ndaknu mi ko dagi, karmin mi ko harmi</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
-    <t>Ittaama e Jaabir yo Alla wele mbo:(alla yardo Hé mako) Gorko naaɓniima Nelaaɗo yo jam e kisal won e makko, o wii: mbela si mi juulii juulɗeele parlaaɗe koor  mi lewru , ndaknu mi ko dagi, karmin mi ko harmi, mi ɓeydaani e ɗuum hay huunde, mbela mi naatat aljanna? Nelaaɗo maaki "eey", o wii wollaahi mi ɓeydatah e ɗuum hay huunde.</t>
+    <t>Ittaama e Jaabir yo Alla wele mbo:(alla yardo Hé mako) Gorko naaɓniima Nelaaɗo yo jam e kisal won e makko, o wii: mbela si mi juulii juulɗeele parlaaɗe  koormi lewru , ndaknu mi ko dagi, karmin mi ko harmi, mi ɓeydaani e ɗuum hay huunde, mbela mi naatat aljanna? Nelaaɗo maaki "eey", o wii wollaahi mi ɓeydataa e ɗuum hay huunde.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
-    <t>Annabi yo jam e kisal won e makko ina hollira wonde kala juulɗo juulɗeele joy parlaaɗe ɗe, o ɓeydaani heen hay huunde e naafilaaji, o hoori lewru koorko o gattaani, o fiɓi dagaade ko dagi o golli ɗum, o fiɓi harmude ko harmi o woɗɗatii ɗum o naatat aljanna.</t>
+    <t>Annabi yo jam e kisal won e makko ina hollira wonde kala juulɗo juulɗeele joy parlaaɗe ɗe, o ɓeydaani heen hay huunde e naafilaaji, o hoori lewru koorka o gattaani, o fiɓi dagaade ko dagi o golli ɗum, o fiɓi harmude ko harmi o woɗɗatii ɗum o naatat aljanna.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Reerɗude juulɗo e waɗde farillaaji e accude karmuɗi, e nde wonata faandaare makko ko naatde aljanna.
 Himmude gollude ko dagi e fiɓde dagaade ɗum, e harminde ko harmi e fiɓde harmude ɗum.
 Waɗde baɗɗiiɗi e accude karminaaɗi ko e sababuuji naatde aljanna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65003</t>
   </si>
   <si>
     <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
-    <t>Laaɓal ko feccere Iimaan(imanagal), yettude Alla ina hebbina peesirgal(manndakke) subhinade Alla e yettude Mba ina hebbina ko woni hakkunde kammuuji e leydi</t>
+    <t>Laaɓal ko feccere Iimaan(imanagal), yettude Alla ina hebbina peesirgal(manndakke) subhinaade Alla e yettude Mbo ina hebbina ko woni hakkunde kammuuji e leydi</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
-    <t>Ittaama e Abuu Maalik Al Ash'arii yo Alla wele mbo o wii: Nelaaɗo yo jam e kisal won e makko maaki: " Laaɓal ko feccere Iimaan(imanagal), yettude Alla ina hebbina peesirgal(manndakke) subhinade Alla e yettude Mba ina hebbina ko woni hakkunde kammuuji e leydi, juulde ko annoore, sadaka ko ɓanngannduye, muñal ko ndaaygu, Quraana ko hujja ma wollo e dow ma, yimɓe fof ko dawooɓe, ko jeeyoowo fittaandu makko wollo dimɗinoowo ndu wollo kalkoowo ndu".</t>
+    <t>Ittaama e Abuu Maalik Al Ash'arii yo Alla wele mbo o wii: Nelaaɗo yo jam e kisal won e makko maaki: " Laaɓal ko feccere Iimaan(imanagal), yettude Alla ina hebbina peesirgal(manndakke) subhinaade Alla e yettude Mbo ina hebbina ko woni hakkunde kammuuji e leydi, juulde ko annoore, sadaka ko ɓanngannduye, muñal ko ndaaygu, Quraana ko hujja ma wolla e dow maa, yimɓe fof ko dawooɓe, ko jeeyoowo fittaandu makko wolla dimɗinoowo ndu wolla kalkoowo ndu".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
-    <t>Annabi ina habra wonde: laaɓal ɓanngungal ko sallige wonirta e lootngal janaaba ɗum ko sarɗi e nder juulde. E wiide:" mi yettii Alla ina hebbina peesirgal(etergal)" ko ɗuum woni mantude Alla ceniiɗo O, e sifaraade Mbo sifaaji timmal ɗuum peesete( eterte)ñande darnga ɗum hebbina peesirgal golle.(etergal golleji) E wiide" senaare woodanii Alla e yettude Alla" ɗuum woni seninde Alla e kala ustaare e sifaraade Mbo sifaaji timmal kaanduɗi e manngu Makko e yiɗde Mbo e mawninde Mbo ina hebbina ko woni hakkunde kammuuji e leydi. E wonde "juulde ko annoore" wonande macuuɗo Alla e nder ɓernde makko, e yeeso makko, e yenaande makko, e saango nde o mooɓate. E wonde" sadak (sadaka)ko daliil" sadaka ko daliil gooŋɗude iimaan(imanagal) jiyaaɗo, e seertude mbo e nafige kaɗoowo sadak sabu waasde mbo gooŋɗinde ko foda ko. E wonde" muñal ko ndaaygu" -ko ɗuum woni sokde fittaandu haɗandu faayde e tikkude- ko annoore wondunde e nguli e cumu, hono ndaaygu naange; sabu ko ɗum cattuɗum hoɗum hatajini e haɓtaa- de fittaandu e surde ndu e belaaɗe mayru, jom mayru seeratah jalbanniiɗo 
-peewɗo duumiiɗo e peewal, ɗuum woni muñde e ɗoftaare Alla, e muñde e musib- baaji e nooneeji gañaaɗi ka aduno. E wonde " Quraana ko hujjo ma wollo e dow ma" ka janngugol mbo e gollirde mbo, wollo ko "hujjo e dow ma" si a accii mbo a golliraani mbo wollo a dursitaaki mbo. Refti Nelaaɗo mo jam e kisal woni e mum habri wonde yimɓe ɓe fof ko yahooɓe hoɓe caro ɓe ummo e ɗoyɗi maɓɓe ɓe njalta galleeji maɓɓe ngam golloyde golleeji ceertuɗi. Ina e maɓɓe pooccatooɓe e ɗoftaare Alla o rimɗina fittaandu makko e yiite, ina e maɓɓe gooñatooɗo o yana egoopi o halkira ndu naatde jaynge.</t>
+    <t>Annabi ina habra wonde: laaɓal ɓanngungal ko sallige wonirta e lootngal janaaba ɗum ko sarɗi e nder juulde. E wiide:" mi yettii Alla ina hebbina peesirgal(etergal)" ko ɗuum woni mantude Alla ceniiɗo O, e sifaraade Mbo sifaaji timmal ɗuum peesete( etirte) ñande darnga ɗum hebbina peesirgal golle.(etirgal golleji) E wiide" senaare woodanii Alla e yettude Alla" ɗuum woni seninde Alla e kala ustaare e sifaraade Mbo sifaaji timmal kaanduɗi e manngu Makko e yiɗde Mbo e mawninde Mbo ina hebbina ko woni hakkunde kammuuji e leydi. E wonde "juulde ko annoore" wonande macuuɗo Alla e nder ɓernde makko, e yeeso makko, e yenaande makko, e saanga nde o mooɓatee. E wonde" sadak (sadaka)ko daliil" sadaka ko daliil gooŋɗude iimaan(imanagal) jiyaaɗo, e seertude mbo e naafigi kaɗoowo sadak sabu waasde mbo gooŋɗinde ko fodaa ko. E wonde" muñal ko ndaaygu" -ko ɗuum woni sokde fittaandu haɗandu faayde e tikkude- ko annoore wondunde e nguli e cumu, hono ndaaygu naange; sabu ko ɗum cattuɗum hoɗum hatajini e haɓtaa- de fittaandu e surde ndu e belaaɗe mayru, jom mayru seerataa jalbanniiɗo 
+peewɗo duumiiɗo e peewal, ɗuum woni muñde e ɗoftaare Alla, e muñde e musib- baaji e nooneeji gañaaɗi ka aduno. E wonde " Quraana ko hujjo maa wolla e dow ma" ka janngugol mbo e gollirde mbo, wolla ko "hujjo e dow maa" si a accii mbo a golliraani mbo wolla a dursitaaki mbo. Refti Nelaaɗo mo jam e kisal woni e mum habri wonde yimɓe ɓe fof ko yahooɓe hoɓe caro ɓe ummo e ɗoyɗi maɓɓe ɓe njalta galleeji maɓɓe ngam golloyde golleeji ceertuɗi. Ina e maɓɓe pooccatooɓe e ɗoftaare Alla o rimɗina fittaandu makko e yiite, ina e maɓɓe gooñatooɗo o yana e goopi o halkira ndu naatde jaynge ( yiite).</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Laaɓal ko pecce ɗiɗe: Laaɓal peeñngal ngaal wonirta ko sallige e lootngal, e laaɓal nder ngaal wonirta ko tawhiid-wootadinde Alla- e gooŋɗinde e golle moƴƴe.
-Himmude reende juulde sabu konde annoore jiyaaɗo aduna e ñande darngo.
+Himmude reende juulde sabu konde annoore jiyaaɗo aduna e ñande darngal.
 Sadaka ko maande sellude gooŋɗingol.
-Himmude gollirde Quraana e gooŋɗinde mbo ngam mbo wona hujjo wonande ma mbo waasa wonde hujjo e dow ma.
-[...1 lines deleted...]
-Kala neɗɗo alah sago o gollo; o rimɗanira fittaandu makko ɗoftaare, wollo o halkira ndu goopol.
+Himmude gollirde Quraana e gooŋɗinde mbo ngam mbo wona hujjo wonande ma mbo waasa wonde hujjo e dow maa.
+Fittaandu si sokliniraani ndu ɗoftaare ndu soklinir ma goopol ( luttal).
+Kala neɗɗo alah sago o golla; o rimɗanira fittaandu makko ɗoftaare, wolla o halkira ndu goopol ( luttal).
 Muñal ina hatajini e roondaade ko satti e haasbaade ina heen kadi satteende.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65004</t>
   </si>
   <si>
     <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Alah mbela ma ar jamaanu yottoo e gorko Hadiis ummaade e Am tawa hombo tuggii e leeso makko o wi'a: iana hakkunde men deftere Alla</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Ittaama e Miqdaad Ibnu Madikarib yo Alla wele mbo (yo alla yardo he makko)o wii: Nelaaɗo Alla yo jam e kisal won e makko maaki: " Alah mbela ma ar jamaanu yottoo e gorko Hadiis ummaade e Am tawa hombo tuggii e leeso makko o wi'a: iana hakkunde men deftere Alla, ko min tawi e mayre ina dagi min ndakna ɗum, ko min tawi e mayre ina harmi min karmina ɗum, ngannde pellet kala ko Nelaaɗo Alla harmini ko hono ɗuum woni ko Alla harmini"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Nelaaɗo habrii wonde jamaanu ɓadiima, mbo yogo e yimɓe jooɗoto, gooto e maɓɓe ina ɓaari e leeso makko, hadiis Nelaaɗo yo jam e kisal won e makko yottoo mbo, o wi'a: ñaawata hakkunde men e geɗe ko Quraana tedduɗo o oon yonii en, kala ko tawɗen e mammbo ko dagi ngolliren ɗum, kala ko tawɗen e mammbo ko harmi ngoɗɗitaɗen ɗum. Refti Nelaaɗo holliri (wangini)wonde kala huunde harmunde wollo nde o haɗi e sunno makko, ɗuum ñaawoore mum ko ko harmi e deftere Alla he, sabu ko kaŋko woni jottinanoowo Joom makko.</t>
   </si>
   <si>
@@ -4180,76 +5857,76 @@
   </si>
   <si>
     <t>Annabi ina habra wonde yiite aduna ko feccere e capanɗe jeeɗiɗi feccere ummaade e yiite Jahannama, yiite laaka (lakara)ina ɓuri nguleeki yiite aduna ko wonata capanɗe jeegom e jeenay feccere, kala heen feccere ina fofti e nguleeki(yiite) aduna. Nelaaɗo Alla wi'a: pellet yiite aduna yonii leɓte naatɓe nge, O maaki: jaynge jahannama ɓurnaama jaynge aduna ko wonata capanɗe jeegom e jeenay feccere, kala heen feccere foti ko nguleeki jayli aduna,</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Reentinde yiite haa yimɓe ɓe ngoɗɗito golle jottinooje e henge.
 Mawnude yiite jahannama, e sattude nguleeki henge,</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65036</t>
   </si>
   <si>
     <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Nelaaɗo Alla yeewtanii min ko kaŋko woni gooŋɗuɗo gooŋɗinaaɗo:" tagu gooto e mon e ina renndine e reedu neene mum capaɗe nay ñalawma e jemma</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
-    <t>Ittaama e Abdullaahi Ibnu Mas'uud yo Alla wele mbo(yo alla yardo he makko): Nelaaɗo Alla yeewtanii min ko kaŋko woni gooŋɗuɗo gooŋɗinaaɗo:" tagu gooto e mon e ina renndine e reedu neene mum capaɗe nay ñalawma e jemma refti o wonta heɗɗere, refti o wonta husre yeru mum, refti malayka nele e makko, o sakkite konngi nay, arsuko makko winnde e lajal makko, e golle makko malaaɗo wollo ko o kiitaaɗo, refti fittaandu wuttee e makko,  pellet gooto e mon ina golla golle yimɓe aljanna haa alah ko heddoto hakkunde mum e aljanna si wonah dira, o golla golle yimɓe yiite hoddiro yana e makko o naata yiite, pellet gooto e mon ina golla golle yimɓe yiite haa heddataako hakkunde mum e yiite si wonah dira, o golla golle yimɓe aljanna hoddire winnde e makko o naata mbo"</t>
+    <t>Ittaama e Abdullaahi Ibnu Mas'uud yo Alla wele mbo(yo alla yardo he makko): Nelaaɗo Alla yeewtanii min ko kaŋko woni gooŋɗuɗo gooŋɗinaaɗo:" tagu gooto e mon e ina renndine e reedu neene mum capaɗe nay ñalawma e jemma refti o wonta heɗɗere, refti o wonta husre yeru mum, refti malayka nele e makko, o sakkite konngi nay, arsuko makko winnde e lajal makko, e golle makko o malaaɗo wolla ko o kiitaaɗo, refti fittaandu wuttee e makko,  pellet gooto e mon ina golla golle yimɓe aljanna haa alaa ko heddoto hakkunde mum e aljanna si wonah dira, o golla golle yimɓe yiite hoddiro yana e makko o naata yiite, pellet gooto e mon ina golla golle yimɓe yiite haa heddataako hakkunde mum e yiite si wonah dira, o golla golle yimɓe aljanna hoddire winnde e makko o naata mbo".</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Ibnu Mas'uud wii: Nelaaɗo yeewtanii amen ko kanko woni gooŋɗuɗo gooŋɗinaaɗo, gooŋɗinaaɗo sabu ko 
-  Allagooŋɗini mbo. O maaki: Gooto e mon tagu mum ina renndine, si gorko renndi e debbo mum maniyyu mum cariiɗo o renndinte e reedu debbo capanɗe nay ñalawma hono toɓɓere, refti nde wonta heɗɗere ɗuum woni ɗiiƴam tekkuɗam penndiɗam, ɗum ko e balɗe capanɗe nay ɗimme ɗe, refti ɗum wonta husre  ko ɗuum woni hettere teew ƴakkatoonde, ɗum ko e capanɗe nay balɗe tataɓol he, refti Alla nela e makko malayka, mbo wutta e makko fittaandu caggal balɗe capanɗe nay battuɗe laabi tati, malayko o yamire winndude konngi nay ɗiin ngoni: arsuko makko, ɗuum woni ko o heɓata e neemaaji e nder nguurndam makko, e lajal makko, ɗuum woni ko o heddoto ko e aduna, e golle makko, hol ko woni ɗeen? Kiitaaɗo wollo malaaɗo. Refti Annabi woondi (honake)wonde ma gooto e aade en gollu golle yimɓe aljanna, golle makko ngono moƴƴe, ko feeñani ko yimɓe ɓe, o wonira noon haa heddataako hakkunde mum e aljanna si wonah dira, ɗuum woni haɗata ɗum ko yottaade si en ɓetii e leydi ɗum wonata ko dira, hoddira jaalo e makko e ko o winndana ko, o golla golle yimɓe yiite, o gasnira ɗum golle makko o naata yiite; sabu sarɗi jaɓeede golle makko ko tabitde e heɗe e waasde waylaade, goɗɗo o e yimɓe he, o gollat golle yimɓe yiite haa o ɓadoo naatde nge, heddo hakkunde makko e henge fotde dira, ko winndana ko e hoddira jaalo e makko o golla golle yimɓe aljanna o naata aljanna.</t>
+  Allagooŋɗini mbo. O maaki: Gooto e mon tagu mum ina renndinee, si gorko renndi e debbo mum maniyyu mum cariiɗo o renndinte e reedu debbo capanɗe nay ñalawma hono toɓɓere, refti nde wonta heɗɗere ɗuum woni ɗiiƴam tekkuɗam penndiɗam, ɗum ko e balɗe capanɗe nay ɗimme ɗe, refti ɗum wonta husre  ko ɗuum woni hettere teew ƴakkatoonde, ɗum ko e capanɗe nay balɗe tataɓol he, refti Alla nela e makko malayka, mbo wutta e makko fittaandu caggal balɗe capanɗe nay battuɗe laabi tati, malayko o yamire winndude konngi nay ɗiin ngoni: arsuko makko, ɗuum woni ko o heɓata e neemaaji e nder nguurndam makko, e lajal makko, ɗuum woni ko o heddoto ko e aduna, e golle makko, hol ko woni ɗeen?  o Kiitaaɗo wolla malaaɗo. Refti Annabi woondi (honake) wonde ma gooto e aade en gollu golle yimɓe aljanna, golle makko ngono moƴƴe, ko feeñani ko yimɓe ɓe, o wonira noon haa heddataako hakkunde mum e aljanna si wonah dira, ɗuum woni haɗata ɗum ko yottaade si en ɓetii e leydi ɗum wonata ko dira, hoddira jaalo e makko e ko o winndana ko, o golla golle yimɓe yiite, o gasnira ɗum golle makko o naata yiite; sabu sarɗi jaɓeede golle makko ko tabitde e heɗe e waasde waylaade, goɗɗo o e yimɓe he, o gollat golle yimɓe yiite haa o ɓadoo naatde nge, heddo hakkunde makko e henge fotde dira, ko winndana ko e hoddira jaalo e makko o golla golle yimɓe aljanna o naata aljanna.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Battane geɗe ko sakket ko idi e heɗe e hoddire e ñaawoore,
-Reentinde hoomtaraade e mbaadiiji golle; ƴeewete e golle ko battane heɗe.</t>
+Reentinde hoomtaraade e mbaadiiji golle; ƴeewete e golle ko battane heɗe ( majje).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65037</t>
   </si>
   <si>
     <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Alla winndii hoddiraaji tagaaɗi ko adii nde O tagata kammuuji e leydi ko wonata duuɓi capanɗe joy ujunere</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Ittaama e Abdullaahi Ɓiy Amru Ɓiy Al Aasi yo Alla wele mbo (yo allah yardo he mabe)o wii Mi nanii Nelaaɗo Alla yo jam e kisal won e makko maaki: "Alla winndii hoddiraaji tagaaɗi ko adii nde O tagata kammuuji e leydi ko wonata duuɓi capanɗe joy ujunere, o maaki: Daŋki Makko (kowal makko archi makko)ki ina ka ndiyam".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Annabi ina habra wonde Alla winndii hoddirooji tagaaɗe janooji e mbaadi njaacndi foti ko nguurndam wollo maayde wollo arsuko e ko wonah ɗum, ɗum winnda ko e Alluwal deenangal ko adii nde kammuuji e leydi tagatee ko woni duuɓi ujunnaaji capanɗe joy, ɗuum ko ko woodi fotde no Alla ñaawiri. Kala huunde ko woodi nde woodiri ko e ñaawoorre Alla e hoddire Makko. Kala ko heɓi jiyaaɗo ɗuum woopataano mbo, kala ko woopi mbo ɗuum heɓataano mbo.</t>
   </si>
   <si>
@@ -4955,71 +6632,60 @@
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Annabi hattiima saabit ɓiy kaysi yo alla weleɗum o naamni ɗum gorko gooto wi miin mi humpitoyanama ɗum e ko jaggi ɗum o yahi to mum o tawi hombo suni homo turi hoore galle mum o naamni mo ko woni kabaaru mum saabit wi ko bone heɓi ɗum sabu o ɓamtatno hito mum dowhito nelaaɗo te Alla sappaniima golluɗo ɗuum golle mabbuɗe e jeyeede e yimɓe jayngol
 Gorko o hibbati to nelaaɗo o habri ɗum annabi wi yo rutto to saabit o weltino ɗum won´ de o jeyaako e yimɓe jayngol ko e yimɓe aljanna o jeya ɗuum noon waɗi ɗum ko toownooɗo hito ko tagoodim o laatinoomo kutbanooɗonelaaɗo e ansaariyaŋkooɓe kadi</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Peññin gol ɓural saabit ɓiy kaysi e ko e yimɓe aljanna o jeya
 Himmirde annabi sehilaaɓe mum e kattagol ɓe
 Kulol sahabaaɓe  alla wele ɗu men e kulol muen de golle muen mbonata.
 Waɗɗaade neanaade nelaaɗo e lesɗin de hito saango haaldude e mum e nguurndam mum e saango nan´de sunna mum caggalde o maayi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65073</t>
   </si>
   <si>
-    <t>بني الإسلام على خمس</t>
-[...2 lines deleted...]
-    <t>____</t>
+    <t>ƴettaama e baabo abdu rahmani abdullahi  ɓiy umara mi nani nelaɗo kisal e mum wi:.||Islaam mahaama e geɗe joy :seedaade dewoteeɗo alaa si wonaa ALLA e seedaade wonde Muhammadu ko maccuɗo mum nelaaɗo mum, ñiiɓnude juulde, e tottirde askal e hajjoyde suudu kaaba, e hoorde lewru koorka</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
-    <t>ƴettaama e baabo abdu rahmani abdullahi  ɓiy umara mi nani nelaɗo kisal e mum wi:. ____</t>
+    <t>ƴettaama e baabo abdu rahmani abdullahi  ɓiy umara mi nani nelaɗo kisal e mum wi:. Islaam mahaama e geɗe joy :seedaade dewoteeɗo alaa si wonaa ALLA e seedaade wonde Muhammadu ko maccuɗo mum nelaaɗo mum, ñiiɓnude juulde, e tottirde askal e hajjoyde suudu kaaba, e hoorde lewru koorka».</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
-  </si>
-[...6 lines deleted...]
-____</t>
   </si>
   <si>
     <t>رواه البخاري ومسلم</t>
   </si>
   <si>
     <t>[رواه البخاري ومسلم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/66512</t>
   </si>
   <si>
     <t>إن الحلال بين، وإن الحرام بين</t>
   </si>
   <si>
     <t>ƴetta e abdillahi nuumaan ɓiy basiir ga nelaaɗa wi mi nani nelaaɗo alla juul e mum hisna ɗum wi:||" Pellet ko dagii ina ɓanngi ko harmi kadi ina ɓanngi, ina e hakkunde majji geɗe jiɓiiɗe heewɓe e yimɓe nganndaaɗe, kala mbo reenti jiɓiiɗe ɗe o hisnii diine makko e nguru makko, kala janɗo e jiɓiiɗe ɗe o yanii e ko harmi, hono gaynaako gonɗo e sera reenaande hombo ɗesa   durnude heen, kala laamɗo ina jogii reenaande, woni reenaande Alla ko geɗe ɗe O harmini, ko noon tigi ina e ɓanndu husre sinde moƴƴii ɓanndu fof moƴƴa sinde bonii ɓanndu fof moƴƴa, ko ndeen woni ɓernde</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
   </si>
   <si>
     <t>ƴetta e abdillahi nuumaan ɓiy basiir ga nelaaɗa wi mi nani nelaaɗo alla juul e mum hisna ɗum wi: " Pellet ko dagii ina ɓanngi ko harmi kadi ina ɓanngi, ina e hakkunde majji geɗe jiɓiiɗe heewɓe e yimɓe nganndaaɗe, kala mbo reenti jiɓiiɗe ɗe o hisnii diine makko e nguru makko, kala janɗo e jiɓiiɗe ɗe o yanii e ko harmi, hono gaynaako gonɗo e sera reenaande hombo ɗesa   durnude heen, kala laamɗo ina jogii reenaande, woni reenaande Alla ko geɗe ɗe O harmini, ko noon tigi ina e ɓanndu husre sinde moƴƴii ɓanndu fof moƴƴa sinde bonii ɓanndu fof moƴƴa, ko ndeen woni ɓernde".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
@@ -5047,50 +6713,53 @@
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won  e mum haɓri won'de diine fawii ko e laɓɓin'de e gooŋɗude, ha mba waawa tottireede no Alla waɗɗiniri nih, tawa hombo timmi ko alda e raɓɓiɗinaade wollo fuuntude. Nelaaɗo yo jam e kisal won e mum wi'a: Hombo laaɓaneede reedu wonanta? Gadanel ngel: Laaɓiran'de Alla Ceniiɗo Toowɗo reedu: Laɓɓinande mbo golle, e wa'asde renndin'de mbo e goɗɗum, o gooŋɗina Allayan-kaagal makko e won'de mbo dewateeɗo e inɗe makko e sifaaji makko, e mawnin'de fiyaaku makko, e noddude fa'ade e gooŋɗin'de mbo. ɗiɗi: laɓan'd deftere nde reedu piɓen ko laya alla wattini jippaade momti sariyaji adiɗi mawni nen njanngen ngoliren naɓen nannduɗi um padoɗen waylooɓe in tesko ɗen wajooji mumnoden e mum. Tataɓel ngel: Laaɓan'de (labaaban'de)Nelaaɗo mum Muhamadu yo o his: ɗuum woni nde piɓaten ko kaŋko woni cakkatiiɗo e nelaaɓe, ngooŋɗinen ko o addi ko, ciinen ko o yamiri ko, ngoɗɗoɗen ko o haɗi ko, mba'asen rewirde Alla si wona ko o addi ko, mawninen fodde mum, teddinen ɗum, caren noddaandu mum e sariya mum, ndiiwtanen mbo tuumo. Nayaɓel: Laaɓan'de ardiiɓe juulɓe:(yesobe alsilambe) Ɗuum woni walludeɓe e goongo, e wa'asde fooɗondir- de e maɓɓe, e nan'de e ɗoftaadeɓe sabu ɗuum ko e ɗoftaade Alla jeya, Joyaɓel ngel: Laaɓan'de juulɓe: ɗuum woni moƴƴude e mu'en e noddaandu mu'en, e wa'asde ɓe lorde, e yiɗande-ɓe jam, e wallandir- de e mu'en e ɗiggere e kulol Alla.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع. 
 عِظَم منزلة النصيحة من الدين. 
 اشتمال الدين على الاعتقادات والأقوال والأعمال. 
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/66516</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>____</t>
   </si>
   <si>
     <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
   </si>
   <si>
     <t>ƴetta e abii hamsa Anas ɓiy Malik alla wele ɗum ga anabi kisal e mum wi: ____</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>____
 ____
 ____
 ____
 ____</t>
   </si>
   <si>
@@ -5468,51 +7137,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O142"/>
+  <dimension ref="A1:O190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -6235,5921 +7904,8177 @@
       </c>
       <c r="I17" t="s">
         <v>168</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>69</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>70</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3553</v>
+        <v>3518</v>
       </c>
       <c r="B18" t="s">
         <v>170</v>
       </c>
       <c r="C18" t="s">
         <v>171</v>
       </c>
       <c r="D18" t="s">
         <v>172</v>
       </c>
       <c r="E18" t="s">
         <v>173</v>
       </c>
       <c r="F18" t="s">
         <v>174</v>
       </c>
       <c r="G18" t="s">
         <v>175</v>
       </c>
       <c r="H18" t="s">
         <v>176</v>
       </c>
       <c r="I18" t="s">
         <v>177</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>122</v>
+        <v>178</v>
       </c>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
-        <v>123</v>
+        <v>179</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3567</v>
+        <v>3553</v>
       </c>
       <c r="B19" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C19" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D19" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E19" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F19" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G19" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="I19" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="J19" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="L19" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M19" t="s">
-        <v>188</v>
+        <v>123</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3581</v>
+        <v>3567</v>
       </c>
       <c r="B20" t="s">
         <v>190</v>
       </c>
       <c r="C20" t="s">
         <v>191</v>
       </c>
       <c r="D20" t="s">
         <v>192</v>
       </c>
       <c r="E20" t="s">
         <v>193</v>
       </c>
       <c r="F20" t="s">
         <v>194</v>
       </c>
       <c r="G20" t="s">
         <v>195</v>
       </c>
       <c r="H20" t="s">
         <v>196</v>
       </c>
       <c r="I20" t="s">
         <v>197</v>
       </c>
       <c r="J20" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K20" t="s">
-        <v>122</v>
+        <v>198</v>
       </c>
       <c r="L20" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M20" t="s">
-        <v>123</v>
+        <v>199</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3588</v>
+        <v>3581</v>
       </c>
       <c r="B21" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C21" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D21" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E21" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F21" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="G21" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="H21" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="I21" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>207</v>
+        <v>122</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
-        <v>208</v>
+        <v>123</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3591</v>
+        <v>3588</v>
       </c>
       <c r="B22" t="s">
         <v>210</v>
       </c>
       <c r="C22" t="s">
         <v>211</v>
       </c>
       <c r="D22" t="s">
         <v>212</v>
       </c>
       <c r="E22" t="s">
         <v>213</v>
       </c>
       <c r="F22" t="s">
         <v>214</v>
       </c>
       <c r="G22" t="s">
         <v>215</v>
       </c>
       <c r="H22" t="s">
         <v>216</v>
       </c>
       <c r="I22" t="s">
         <v>217</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>69</v>
+        <v>218</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>70</v>
+        <v>219</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3686</v>
+        <v>3591</v>
       </c>
       <c r="B23" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C23" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D23" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E23" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F23" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="G23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H23" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I23" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3702</v>
+        <v>3686</v>
       </c>
       <c r="B24" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C24" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D24" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="E24" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F24" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="G24" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H24" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="I24" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>122</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>123</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3706</v>
+        <v>3702</v>
       </c>
       <c r="B25" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C25" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D25" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E25" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F25" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="G25" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="H25" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="I25" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3716</v>
+        <v>3706</v>
       </c>
       <c r="B26" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C26" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D26" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E26" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F26" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="G26" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H26" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="I26" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3753</v>
+        <v>3716</v>
       </c>
       <c r="B27" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C27" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D27" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E27" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F27" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="G27" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H27" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="I27" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3854</v>
+        <v>3753</v>
       </c>
       <c r="B28" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C28" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D28" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E28" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="F28" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="G28" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="H28" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I28" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>4186</v>
+        <v>3854</v>
       </c>
       <c r="B29" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C29" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D29" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E29" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F29" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="G29" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="H29" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="I29" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>281</v>
+        <v>122</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
-        <v>282</v>
+        <v>123</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>4196</v>
+        <v>4186</v>
       </c>
       <c r="B30" t="s">
         <v>284</v>
       </c>
       <c r="C30" t="s">
         <v>285</v>
       </c>
       <c r="D30" t="s">
         <v>286</v>
       </c>
       <c r="E30" t="s">
         <v>287</v>
       </c>
       <c r="F30" t="s">
         <v>288</v>
       </c>
       <c r="G30" t="s">
         <v>289</v>
       </c>
       <c r="H30" t="s">
         <v>290</v>
       </c>
       <c r="I30" t="s">
         <v>291</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>25</v>
+        <v>292</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
-        <v>27</v>
+        <v>293</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>4202</v>
+        <v>4196</v>
       </c>
       <c r="B31" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C31" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D31" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E31" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="F31" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="G31" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H31" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="I31" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>4204</v>
+        <v>4202</v>
       </c>
       <c r="B32" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C32" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D32" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E32" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F32" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="G32" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="H32" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="I32" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>4304</v>
+        <v>4204</v>
       </c>
       <c r="B33" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C33" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D33" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E33" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F33" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="G33" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H33" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I33" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>4309</v>
+        <v>4302</v>
       </c>
       <c r="B34" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C34" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D34" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E34" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="F34" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="G34" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="H34" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I34" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J34" t="s">
-        <v>24</v>
+        <v>330</v>
       </c>
       <c r="K34" t="s">
-        <v>69</v>
+        <v>331</v>
       </c>
       <c r="L34" t="s">
-        <v>26</v>
+        <v>332</v>
       </c>
       <c r="M34" t="s">
-        <v>70</v>
+        <v>333</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>4314</v>
+        <v>4304</v>
       </c>
       <c r="B35" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="C35" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="D35" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="E35" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="F35" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="G35" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="H35" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="I35" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>25</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>4319</v>
+        <v>4309</v>
       </c>
       <c r="B36" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="C36" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="D36" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="E36" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="F36" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="G36" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="H36" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="I36" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>69</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>70</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>4322</v>
+        <v>4314</v>
       </c>
       <c r="B37" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C37" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="D37" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="E37" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="F37" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="G37" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="H37" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="I37" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>4555</v>
+        <v>4319</v>
       </c>
       <c r="B38" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="C38" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="D38" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="E38" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="F38" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="G38" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="H38" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="I38" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>69</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>70</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>4560</v>
+        <v>4322</v>
       </c>
       <c r="B39" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="C39" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="D39" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="E39" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="F39" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="G39" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="H39" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="I39" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>4563</v>
+        <v>4555</v>
       </c>
       <c r="B40" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="C40" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="D40" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="E40" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="F40" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="G40" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="H40" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="I40" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>69</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>70</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>4709</v>
+        <v>4560</v>
       </c>
       <c r="B41" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="C41" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="D41" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="E41" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="F41" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="G41" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="H41" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="I41" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>4711</v>
+        <v>4563</v>
       </c>
       <c r="B42" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="C42" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="D42" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="E42" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="F42" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="G42" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="H42" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="I42" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="J42" t="s">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>401</v>
+        <v>69</v>
       </c>
       <c r="L42" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="M42" t="s">
-        <v>403</v>
+        <v>70</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>4721</v>
+        <v>4709</v>
       </c>
       <c r="B43" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C43" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D43" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="E43" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="F43" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="G43" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="H43" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="I43" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>413</v>
+        <v>122</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
-        <v>414</v>
+        <v>123</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>4810</v>
+        <v>4711</v>
       </c>
       <c r="B44" t="s">
         <v>416</v>
       </c>
       <c r="C44" t="s">
         <v>417</v>
       </c>
       <c r="D44" t="s">
         <v>418</v>
       </c>
       <c r="E44" t="s">
         <v>419</v>
       </c>
       <c r="F44" t="s">
         <v>420</v>
       </c>
       <c r="G44" t="s">
         <v>421</v>
       </c>
       <c r="H44" t="s">
         <v>422</v>
       </c>
       <c r="I44" t="s">
         <v>423</v>
       </c>
       <c r="J44" t="s">
-        <v>24</v>
+        <v>424</v>
       </c>
       <c r="K44" t="s">
-        <v>69</v>
+        <v>425</v>
       </c>
       <c r="L44" t="s">
-        <v>26</v>
+        <v>426</v>
       </c>
       <c r="M44" t="s">
-        <v>70</v>
+        <v>427</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>4811</v>
+        <v>4714</v>
       </c>
       <c r="B45" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="C45" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="D45" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="E45" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="F45" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="G45" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="H45" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="I45" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>433</v>
+        <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
-        <v>434</v>
+        <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>4817</v>
+        <v>4721</v>
       </c>
       <c r="B46" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C46" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D46" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="E46" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F46" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="G46" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="H46" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="I46" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>25</v>
+        <v>446</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
-        <v>27</v>
+        <v>447</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>4935</v>
+        <v>4792</v>
       </c>
       <c r="B47" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C47" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="D47" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="E47" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="F47" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="G47" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="H47" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="I47" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>4947</v>
+        <v>4810</v>
       </c>
       <c r="B48" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C48" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D48" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E48" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="F48" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="G48" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="H48" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="I48" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>4965</v>
+        <v>4811</v>
       </c>
       <c r="B49" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C49" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="D49" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="E49" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="F49" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="G49" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="H49" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="I49" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>25</v>
+        <v>331</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
-        <v>27</v>
+        <v>333</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>5273</v>
+        <v>4817</v>
       </c>
       <c r="B50" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="C50" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="D50" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="E50" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="F50" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="G50" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="H50" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="I50" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>480</v>
+        <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>481</v>
+        <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>5326</v>
+        <v>4935</v>
       </c>
       <c r="B51" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C51" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D51" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="E51" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F51" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="G51" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="H51" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="I51" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>69</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>70</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>5330</v>
+        <v>4947</v>
       </c>
       <c r="B52" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C52" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="D52" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="E52" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="F52" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="G52" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="H52" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="I52" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>5331</v>
+        <v>4965</v>
       </c>
       <c r="B53" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C53" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D53" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="E53" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="F53" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="G53" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="H53" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="I53" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>5335</v>
+        <v>5273</v>
       </c>
       <c r="B54" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C54" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="D54" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="E54" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="F54" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="G54" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="H54" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="I54" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>25</v>
+        <v>520</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
-        <v>27</v>
+        <v>521</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>5346</v>
+        <v>5326</v>
       </c>
       <c r="B55" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="C55" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="D55" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="E55" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="F55" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="G55" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="H55" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="I55" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>527</v>
+        <v>69</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
-        <v>528</v>
+        <v>70</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>5348</v>
+        <v>5330</v>
       </c>
       <c r="B56" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C56" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D56" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E56" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F56" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="G56" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="H56" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="I56" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>69</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>70</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>5351</v>
+        <v>5331</v>
       </c>
       <c r="B57" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C57" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="D57" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="E57" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F57" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="G57" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="H57" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="I57" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>5353</v>
+        <v>5335</v>
       </c>
       <c r="B58" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C58" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D58" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="E58" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F58" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="G58" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="H58" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="I58" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="J58" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>556</v>
+        <v>25</v>
       </c>
       <c r="L58" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>557</v>
+        <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>5354</v>
+        <v>5346</v>
       </c>
       <c r="B59" t="s">
         <v>559</v>
       </c>
       <c r="C59" t="s">
         <v>560</v>
       </c>
       <c r="D59" t="s">
         <v>561</v>
       </c>
       <c r="E59" t="s">
         <v>562</v>
       </c>
       <c r="F59" t="s">
         <v>563</v>
       </c>
       <c r="G59" t="s">
         <v>564</v>
       </c>
       <c r="H59" t="s">
         <v>565</v>
       </c>
       <c r="I59" t="s">
         <v>566</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>69</v>
+        <v>567</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>70</v>
+        <v>568</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>5364</v>
+        <v>5348</v>
       </c>
       <c r="B60" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C60" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D60" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="E60" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="F60" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G60" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="H60" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I60" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>5365</v>
+        <v>5351</v>
       </c>
       <c r="B61" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C61" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D61" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="E61" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="F61" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="G61" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="H61" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="I61" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
         <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
         <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>5367</v>
+        <v>5353</v>
       </c>
       <c r="B62" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C62" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D62" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E62" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="F62" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="G62" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="H62" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="I62" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="J62" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K62" t="s">
-        <v>25</v>
+        <v>596</v>
       </c>
       <c r="L62" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M62" t="s">
-        <v>27</v>
+        <v>597</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>5368</v>
+        <v>5354</v>
       </c>
       <c r="B63" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="C63" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="D63" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="E63" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="F63" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="G63" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="H63" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="I63" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>5372</v>
+        <v>5364</v>
       </c>
       <c r="B64" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C64" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="D64" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="E64" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="F64" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="G64" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="H64" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="I64" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>5375</v>
+        <v>5365</v>
       </c>
       <c r="B65" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C65" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="D65" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="E65" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="F65" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="G65" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="H65" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="I65" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="J65" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>621</v>
+        <v>25</v>
       </c>
       <c r="L65" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>622</v>
+        <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>5382</v>
+        <v>5367</v>
       </c>
       <c r="B66" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C66" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D66" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="E66" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="F66" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="G66" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="H66" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="I66" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>5435</v>
+        <v>5368</v>
       </c>
       <c r="B67" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C67" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D67" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="E67" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="F67" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="G67" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="H67" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="I67" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>5437</v>
+        <v>5372</v>
       </c>
       <c r="B68" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C68" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D68" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="E68" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="F68" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="G68" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="H68" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="I68" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>5439</v>
+        <v>5375</v>
       </c>
       <c r="B69" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C69" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D69" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="E69" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="F69" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="G69" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="H69" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="I69" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="J69" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K69" t="s">
-        <v>25</v>
+        <v>661</v>
       </c>
       <c r="L69" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M69" t="s">
-        <v>27</v>
+        <v>662</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>5474</v>
+        <v>5382</v>
       </c>
       <c r="B70" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="C70" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="D70" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E70" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F70" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="G70" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H70" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="I70" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>5475</v>
+        <v>5435</v>
       </c>
       <c r="B71" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C71" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="D71" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="E71" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="F71" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="G71" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="H71" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="I71" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
         <v>69</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>70</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>5476</v>
+        <v>5437</v>
       </c>
       <c r="B72" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="C72" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="D72" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="E72" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="F72" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="G72" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="H72" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="I72" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="J72" t="s">
-        <v>686</v>
+        <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>413</v>
+        <v>25</v>
       </c>
       <c r="L72" t="s">
-        <v>687</v>
+        <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>414</v>
+        <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>5478</v>
+        <v>5439</v>
       </c>
       <c r="B73" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C73" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D73" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="E73" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="F73" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="G73" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="H73" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="I73" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
         <v>25</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
         <v>27</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>5496</v>
+        <v>5474</v>
       </c>
       <c r="B74" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="C74" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="D74" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="E74" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="F74" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="G74" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="H74" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="I74" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>621</v>
+        <v>25</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>622</v>
+        <v>27</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>5507</v>
+        <v>5475</v>
       </c>
       <c r="B75" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C75" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D75" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="E75" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="F75" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="G75" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="H75" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="I75" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>5509</v>
+        <v>5476</v>
       </c>
       <c r="B76" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C76" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D76" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="E76" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="F76" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="G76" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="H76" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="I76" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="J76" t="s">
-        <v>89</v>
+        <v>726</v>
       </c>
       <c r="K76" t="s">
-        <v>413</v>
+        <v>446</v>
       </c>
       <c r="L76" t="s">
-        <v>91</v>
+        <v>727</v>
       </c>
       <c r="M76" t="s">
-        <v>414</v>
+        <v>447</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>5512</v>
+        <v>5478</v>
       </c>
       <c r="B77" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C77" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="D77" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="E77" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="F77" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="G77" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="H77" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="I77" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>5514</v>
+        <v>5496</v>
       </c>
       <c r="B78" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="C78" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="D78" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="E78" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="F78" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="G78" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="H78" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="I78" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>281</v>
+        <v>661</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>282</v>
+        <v>662</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>5516</v>
+        <v>5507</v>
       </c>
       <c r="B79" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="C79" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="D79" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="E79" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="F79" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G79" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="H79" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="I79" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
         <v>25</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>27</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>5517</v>
+        <v>5509</v>
       </c>
       <c r="B80" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="C80" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="D80" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="E80" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="F80" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="G80" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="H80" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="I80" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="J80" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K80" t="s">
-        <v>25</v>
+        <v>446</v>
       </c>
       <c r="L80" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M80" t="s">
-        <v>27</v>
+        <v>447</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>5518</v>
+        <v>5512</v>
       </c>
       <c r="B81" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="C81" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="D81" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="E81" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="F81" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="G81" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="H81" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="I81" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>5545</v>
+        <v>5514</v>
       </c>
       <c r="B82" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="C82" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="D82" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="E82" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="F82" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="G82" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="H82" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="I82" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>69</v>
+        <v>292</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>70</v>
+        <v>293</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>5794</v>
+        <v>5516</v>
       </c>
       <c r="B83" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="C83" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="D83" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="E83" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="F83" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="G83" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="H83" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="I83" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>5798</v>
+        <v>5517</v>
       </c>
       <c r="B84" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="C84" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="D84" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="E84" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="F84" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="G84" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="H84" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="I84" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>5799</v>
+        <v>5518</v>
       </c>
       <c r="B85" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="C85" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="D85" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="E85" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="F85" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="G85" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="H85" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="I85" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="J85" t="s">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>556</v>
+        <v>25</v>
       </c>
       <c r="L85" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>557</v>
+        <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>65001</v>
+        <v>5545</v>
       </c>
       <c r="B86" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="C86" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="D86" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="E86" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="F86" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="G86" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="H86" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="I86" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>69</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>70</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>65002</v>
+        <v>5733</v>
       </c>
       <c r="B87" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C87" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="D87" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="E87" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="F87" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="G87" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="H87" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="I87" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>65003</v>
+        <v>5792</v>
       </c>
       <c r="B88" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="C88" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="D88" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="E88" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="F88" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="G88" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="H88" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="I88" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="J88" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K88" t="s">
-        <v>69</v>
+        <v>102</v>
       </c>
       <c r="L88" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M88" t="s">
-        <v>70</v>
+        <v>103</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>65004</v>
+        <v>5794</v>
       </c>
       <c r="B89" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="C89" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="D89" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="E89" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="F89" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="G89" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="H89" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="I89" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>69</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>70</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>65005</v>
+        <v>5796</v>
       </c>
       <c r="B90" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="C90" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="D90" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="E90" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="F90" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="G90" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="H90" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="I90" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>850</v>
+        <v>69</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
-        <v>851</v>
+        <v>70</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>65006</v>
+        <v>5798</v>
       </c>
       <c r="B91" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C91" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D91" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="E91" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="F91" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="G91" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="H91" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="I91" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>861</v>
+        <v>69</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>862</v>
+        <v>70</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>65007</v>
+        <v>5799</v>
       </c>
       <c r="B92" t="s">
         <v>864</v>
       </c>
       <c r="C92" t="s">
         <v>865</v>
       </c>
       <c r="D92" t="s">
         <v>866</v>
       </c>
       <c r="E92" t="s">
         <v>867</v>
       </c>
       <c r="F92" t="s">
         <v>868</v>
       </c>
       <c r="G92" t="s">
         <v>869</v>
       </c>
       <c r="H92" t="s">
         <v>870</v>
       </c>
       <c r="I92" t="s">
         <v>871</v>
       </c>
       <c r="J92" t="s">
-        <v>24</v>
+        <v>424</v>
       </c>
       <c r="K92" t="s">
-        <v>25</v>
+        <v>596</v>
       </c>
       <c r="L92" t="s">
-        <v>26</v>
+        <v>426</v>
       </c>
       <c r="M92" t="s">
-        <v>27</v>
+        <v>597</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>65008</v>
+        <v>5803</v>
       </c>
       <c r="B93" t="s">
         <v>873</v>
       </c>
       <c r="C93" t="s">
         <v>874</v>
       </c>
       <c r="D93" t="s">
         <v>875</v>
       </c>
       <c r="E93" t="s">
         <v>876</v>
       </c>
       <c r="F93" t="s">
         <v>877</v>
       </c>
       <c r="G93" t="s">
         <v>878</v>
       </c>
       <c r="H93" t="s">
         <v>879</v>
       </c>
       <c r="I93" t="s">
         <v>880</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>65009</v>
+        <v>5805</v>
       </c>
       <c r="B94" t="s">
         <v>882</v>
       </c>
       <c r="C94" t="s">
         <v>883</v>
       </c>
       <c r="D94" t="s">
         <v>884</v>
       </c>
       <c r="E94" t="s">
         <v>885</v>
       </c>
       <c r="F94" t="s">
         <v>886</v>
       </c>
       <c r="G94" t="s">
         <v>887</v>
       </c>
       <c r="H94" t="s">
         <v>888</v>
       </c>
       <c r="I94" t="s">
         <v>889</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>65010</v>
+        <v>5811</v>
       </c>
       <c r="B95" t="s">
         <v>891</v>
       </c>
       <c r="C95" t="s">
         <v>892</v>
       </c>
       <c r="D95" t="s">
         <v>893</v>
       </c>
       <c r="E95" t="s">
         <v>894</v>
       </c>
       <c r="F95" t="s">
         <v>895</v>
       </c>
       <c r="G95" t="s">
         <v>896</v>
       </c>
       <c r="H95" t="s">
         <v>897</v>
       </c>
       <c r="I95" t="s">
         <v>898</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>25</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>65011</v>
+        <v>5830</v>
       </c>
       <c r="B96" t="s">
         <v>900</v>
       </c>
       <c r="C96" t="s">
         <v>901</v>
       </c>
       <c r="D96" t="s">
         <v>902</v>
       </c>
       <c r="E96" t="s">
         <v>903</v>
       </c>
       <c r="F96" t="s">
         <v>904</v>
       </c>
       <c r="G96" t="s">
         <v>905</v>
       </c>
       <c r="H96" t="s">
         <v>906</v>
       </c>
       <c r="I96" t="s">
         <v>907</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>65012</v>
+        <v>5866</v>
       </c>
       <c r="B97" t="s">
         <v>909</v>
       </c>
       <c r="C97" t="s">
         <v>910</v>
       </c>
       <c r="D97" t="s">
         <v>911</v>
       </c>
       <c r="E97" t="s">
         <v>912</v>
       </c>
       <c r="F97" t="s">
         <v>913</v>
       </c>
       <c r="G97" t="s">
         <v>914</v>
       </c>
       <c r="H97" t="s">
         <v>915</v>
       </c>
       <c r="I97" t="s">
         <v>916</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
+        <v>25</v>
+      </c>
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
+        <v>27</v>
+      </c>
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>917</v>
-      </c>
-[...10 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>65013</v>
+        <v>5907</v>
       </c>
       <c r="B98" t="s">
+        <v>918</v>
+      </c>
+      <c r="C98" t="s">
+        <v>919</v>
+      </c>
+      <c r="D98" t="s">
         <v>920</v>
       </c>
-      <c r="C98" t="s">
+      <c r="E98" t="s">
         <v>921</v>
       </c>
-      <c r="D98" t="s">
+      <c r="F98" t="s">
         <v>922</v>
       </c>
-      <c r="E98" t="s">
+      <c r="G98" t="s">
         <v>923</v>
       </c>
-      <c r="F98" t="s">
+      <c r="H98" t="s">
         <v>924</v>
       </c>
-      <c r="G98" t="s">
+      <c r="I98" t="s">
         <v>925</v>
-      </c>
-[...4 lines deleted...]
-        <v>927</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>65014</v>
+        <v>5913</v>
       </c>
       <c r="B99" t="s">
+        <v>927</v>
+      </c>
+      <c r="C99" t="s">
+        <v>928</v>
+      </c>
+      <c r="D99" t="s">
         <v>929</v>
       </c>
-      <c r="C99" t="s">
+      <c r="E99" t="s">
         <v>930</v>
       </c>
-      <c r="D99" t="s">
+      <c r="F99" t="s">
         <v>931</v>
       </c>
-      <c r="E99" t="s">
+      <c r="G99" t="s">
         <v>932</v>
       </c>
-      <c r="F99" t="s">
+      <c r="H99" t="s">
         <v>933</v>
       </c>
-      <c r="G99" t="s">
+      <c r="I99" t="s">
         <v>934</v>
       </c>
-      <c r="H99" t="s">
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" t="s">
+        <v>122</v>
+      </c>
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
+        <v>123</v>
+      </c>
+      <c r="N99" t="s">
+        <v>28</v>
+      </c>
+      <c r="O99" t="s">
         <v>935</v>
-      </c>
-[...19 lines deleted...]
-        <v>937</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>65015</v>
+        <v>5932</v>
       </c>
       <c r="B100" t="s">
+        <v>936</v>
+      </c>
+      <c r="C100" t="s">
+        <v>937</v>
+      </c>
+      <c r="D100" t="s">
         <v>938</v>
       </c>
-      <c r="C100" t="s">
+      <c r="E100" t="s">
         <v>939</v>
       </c>
-      <c r="D100" t="s">
+      <c r="F100" t="s">
         <v>940</v>
       </c>
-      <c r="E100" t="s">
+      <c r="G100" t="s">
         <v>941</v>
       </c>
-      <c r="F100" t="s">
+      <c r="H100" t="s">
         <v>942</v>
       </c>
-      <c r="G100" t="s">
+      <c r="I100" t="s">
         <v>943</v>
-      </c>
-[...4 lines deleted...]
-        <v>945</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>69</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>70</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>65016</v>
+        <v>5934</v>
       </c>
       <c r="B101" t="s">
+        <v>945</v>
+      </c>
+      <c r="C101" t="s">
+        <v>946</v>
+      </c>
+      <c r="D101" t="s">
         <v>947</v>
       </c>
-      <c r="C101" t="s">
+      <c r="E101" t="s">
         <v>948</v>
       </c>
-      <c r="D101" t="s">
+      <c r="F101" t="s">
         <v>949</v>
       </c>
-      <c r="E101" t="s">
+      <c r="G101" t="s">
         <v>950</v>
       </c>
-      <c r="F101" t="s">
+      <c r="H101" t="s">
         <v>951</v>
       </c>
-      <c r="G101" t="s">
+      <c r="I101" t="s">
         <v>952</v>
       </c>
-      <c r="H101" t="s">
+      <c r="J101" t="s">
+        <v>24</v>
+      </c>
+      <c r="K101" t="s">
+        <v>69</v>
+      </c>
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
+        <v>70</v>
+      </c>
+      <c r="N101" t="s">
+        <v>28</v>
+      </c>
+      <c r="O101" t="s">
         <v>953</v>
-      </c>
-[...19 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>65017</v>
+        <v>5953</v>
       </c>
       <c r="B102" t="s">
+        <v>954</v>
+      </c>
+      <c r="C102" t="s">
+        <v>955</v>
+      </c>
+      <c r="D102" t="s">
         <v>956</v>
       </c>
-      <c r="C102" t="s">
+      <c r="E102" t="s">
         <v>957</v>
       </c>
-      <c r="D102" t="s">
+      <c r="F102" t="s">
         <v>958</v>
       </c>
-      <c r="E102" t="s">
+      <c r="G102" t="s">
         <v>959</v>
       </c>
-      <c r="F102" t="s">
+      <c r="H102" t="s">
         <v>960</v>
       </c>
-      <c r="G102" t="s">
+      <c r="I102" t="s">
         <v>961</v>
       </c>
-      <c r="H102" t="s">
+      <c r="J102" t="s">
+        <v>24</v>
+      </c>
+      <c r="K102" t="s">
+        <v>25</v>
+      </c>
+      <c r="L102" t="s">
+        <v>26</v>
+      </c>
+      <c r="M102" t="s">
+        <v>27</v>
+      </c>
+      <c r="N102" t="s">
+        <v>28</v>
+      </c>
+      <c r="O102" t="s">
         <v>962</v>
-      </c>
-[...19 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>65019</v>
+        <v>5981</v>
       </c>
       <c r="B103" t="s">
+        <v>963</v>
+      </c>
+      <c r="C103" t="s">
+        <v>964</v>
+      </c>
+      <c r="D103" t="s">
+        <v>965</v>
+      </c>
+      <c r="E103" t="s">
+        <v>966</v>
+      </c>
+      <c r="F103" t="s">
         <v>967</v>
       </c>
-      <c r="C103" t="s">
+      <c r="G103" t="s">
         <v>968</v>
       </c>
-      <c r="D103" t="s">
+      <c r="H103" t="s">
         <v>969</v>
       </c>
-      <c r="E103" t="s">
+      <c r="I103" t="s">
         <v>970</v>
       </c>
-      <c r="F103" t="s">
+      <c r="J103" t="s">
+        <v>89</v>
+      </c>
+      <c r="K103" t="s">
         <v>971</v>
       </c>
-      <c r="G103" t="s">
+      <c r="L103" t="s">
+        <v>91</v>
+      </c>
+      <c r="M103" t="s">
         <v>972</v>
       </c>
-      <c r="H103" t="s">
+      <c r="N103" t="s">
+        <v>28</v>
+      </c>
+      <c r="O103" t="s">
         <v>973</v>
-      </c>
-[...19 lines deleted...]
-        <v>975</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>65020</v>
+        <v>5986</v>
       </c>
       <c r="B104" t="s">
+        <v>974</v>
+      </c>
+      <c r="C104" t="s">
+        <v>975</v>
+      </c>
+      <c r="D104" t="s">
         <v>976</v>
       </c>
-      <c r="C104" t="s">
+      <c r="E104" t="s">
         <v>977</v>
       </c>
-      <c r="D104" t="s">
+      <c r="F104" t="s">
         <v>978</v>
       </c>
-      <c r="E104" t="s">
+      <c r="G104" t="s">
         <v>979</v>
       </c>
-      <c r="F104" t="s">
+      <c r="H104" t="s">
         <v>980</v>
       </c>
-      <c r="G104" t="s">
+      <c r="I104" t="s">
         <v>981</v>
       </c>
-      <c r="H104" t="s">
+      <c r="J104" t="s">
+        <v>24</v>
+      </c>
+      <c r="K104" t="s">
+        <v>69</v>
+      </c>
+      <c r="L104" t="s">
+        <v>26</v>
+      </c>
+      <c r="M104" t="s">
+        <v>70</v>
+      </c>
+      <c r="N104" t="s">
+        <v>28</v>
+      </c>
+      <c r="O104" t="s">
         <v>982</v>
-      </c>
-[...19 lines deleted...]
-        <v>986</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>65021</v>
+        <v>5989</v>
       </c>
       <c r="B105" t="s">
+        <v>983</v>
+      </c>
+      <c r="C105" t="s">
+        <v>984</v>
+      </c>
+      <c r="D105" t="s">
+        <v>985</v>
+      </c>
+      <c r="E105" t="s">
+        <v>986</v>
+      </c>
+      <c r="F105" t="s">
         <v>987</v>
       </c>
-      <c r="C105" t="s">
+      <c r="G105" t="s">
         <v>988</v>
       </c>
-      <c r="D105" t="s">
+      <c r="H105" t="s">
         <v>989</v>
       </c>
-      <c r="E105" t="s">
+      <c r="I105" t="s">
         <v>990</v>
       </c>
-      <c r="F105" t="s">
+      <c r="J105" t="s">
+        <v>24</v>
+      </c>
+      <c r="K105" t="s">
+        <v>520</v>
+      </c>
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
+        <v>521</v>
+      </c>
+      <c r="N105" t="s">
+        <v>28</v>
+      </c>
+      <c r="O105" t="s">
         <v>991</v>
-      </c>
-[...25 lines deleted...]
-        <v>995</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>65023</v>
+        <v>6021</v>
       </c>
       <c r="B106" t="s">
+        <v>992</v>
+      </c>
+      <c r="C106" t="s">
+        <v>993</v>
+      </c>
+      <c r="D106" t="s">
+        <v>994</v>
+      </c>
+      <c r="E106" t="s">
+        <v>995</v>
+      </c>
+      <c r="F106" t="s">
         <v>996</v>
       </c>
-      <c r="C106" t="s">
+      <c r="G106" t="s">
         <v>997</v>
       </c>
-      <c r="D106" t="s">
+      <c r="H106" t="s">
         <v>998</v>
       </c>
-      <c r="E106" t="s">
+      <c r="I106" t="s">
         <v>999</v>
-      </c>
-[...10 lines deleted...]
-        <v>1003</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>65026</v>
+        <v>6180</v>
       </c>
       <c r="B107" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D107" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F107" t="s">
         <v>1005</v>
       </c>
-      <c r="C107" t="s">
+      <c r="G107" t="s">
         <v>1006</v>
       </c>
-      <c r="D107" t="s">
+      <c r="H107" t="s">
         <v>1007</v>
       </c>
-      <c r="E107" t="s">
+      <c r="I107" t="s">
         <v>1008</v>
-      </c>
-[...10 lines deleted...]
-        <v>1012</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>65030</v>
+        <v>6203</v>
       </c>
       <c r="B108" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F108" t="s">
         <v>1014</v>
       </c>
-      <c r="C108" t="s">
+      <c r="G108" t="s">
         <v>1015</v>
       </c>
-      <c r="D108" t="s">
+      <c r="H108" t="s">
         <v>1016</v>
       </c>
-      <c r="E108" t="s">
+      <c r="I108" t="s">
         <v>1017</v>
       </c>
-      <c r="F108" t="s">
+      <c r="J108" t="s">
+        <v>24</v>
+      </c>
+      <c r="K108" t="s">
+        <v>69</v>
+      </c>
+      <c r="L108" t="s">
+        <v>26</v>
+      </c>
+      <c r="M108" t="s">
+        <v>70</v>
+      </c>
+      <c r="N108" t="s">
+        <v>28</v>
+      </c>
+      <c r="O108" t="s">
         <v>1018</v>
-      </c>
-[...25 lines deleted...]
-        <v>1022</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>65031</v>
+        <v>6208</v>
       </c>
       <c r="B109" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F109" t="s">
         <v>1023</v>
       </c>
-      <c r="C109" t="s">
+      <c r="G109" t="s">
         <v>1024</v>
       </c>
-      <c r="D109" t="s">
+      <c r="H109" t="s">
         <v>1025</v>
       </c>
-      <c r="E109" t="s">
+      <c r="I109" t="s">
         <v>1026</v>
       </c>
-      <c r="F109" t="s">
+      <c r="J109" t="s">
+        <v>24</v>
+      </c>
+      <c r="K109" t="s">
+        <v>69</v>
+      </c>
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
+        <v>70</v>
+      </c>
+      <c r="N109" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" t="s">
         <v>1027</v>
-      </c>
-[...25 lines deleted...]
-        <v>1031</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>65032</v>
+        <v>6211</v>
       </c>
       <c r="B110" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F110" t="s">
         <v>1032</v>
       </c>
-      <c r="C110" t="s">
+      <c r="G110" t="s">
         <v>1033</v>
       </c>
-      <c r="D110" t="s">
+      <c r="H110" t="s">
         <v>1034</v>
       </c>
-      <c r="E110" t="s">
+      <c r="I110" t="s">
         <v>1035</v>
-      </c>
-[...10 lines deleted...]
-        <v>1039</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>69</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>70</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>65033</v>
+        <v>6255</v>
       </c>
       <c r="B111" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F111" t="s">
         <v>1041</v>
       </c>
-      <c r="C111" t="s">
+      <c r="G111" t="s">
         <v>1042</v>
       </c>
-      <c r="D111" t="s">
+      <c r="H111" t="s">
         <v>1043</v>
       </c>
-      <c r="E111" t="s">
+      <c r="I111" t="s">
         <v>1044</v>
       </c>
-      <c r="F111" t="s">
+      <c r="J111" t="s">
+        <v>24</v>
+      </c>
+      <c r="K111" t="s">
         <v>1045</v>
       </c>
-      <c r="G111" t="s">
+      <c r="L111" t="s">
+        <v>26</v>
+      </c>
+      <c r="M111" t="s">
         <v>1046</v>
       </c>
-      <c r="H111" t="s">
+      <c r="N111" t="s">
+        <v>28</v>
+      </c>
+      <c r="O111" t="s">
         <v>1047</v>
-      </c>
-[...19 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>65034</v>
+        <v>6261</v>
       </c>
       <c r="B112" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F112" t="s">
         <v>1052</v>
       </c>
-      <c r="C112" t="s">
+      <c r="G112" t="s">
         <v>1053</v>
       </c>
-      <c r="D112" t="s">
+      <c r="H112" t="s">
         <v>1054</v>
       </c>
-      <c r="E112" t="s">
+      <c r="I112" t="s">
         <v>1055</v>
       </c>
-      <c r="F112" t="s">
+      <c r="J112" t="s">
+        <v>24</v>
+      </c>
+      <c r="K112" t="s">
+        <v>122</v>
+      </c>
+      <c r="L112" t="s">
+        <v>26</v>
+      </c>
+      <c r="M112" t="s">
+        <v>123</v>
+      </c>
+      <c r="N112" t="s">
+        <v>28</v>
+      </c>
+      <c r="O112" t="s">
         <v>1056</v>
-      </c>
-[...25 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>65035</v>
+        <v>6263</v>
       </c>
       <c r="B113" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F113" t="s">
+        <v>1061</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H113" t="s">
         <v>1063</v>
       </c>
-      <c r="C113" t="s">
+      <c r="I113" t="s">
         <v>1064</v>
       </c>
-      <c r="D113" t="s">
+      <c r="J113" t="s">
+        <v>24</v>
+      </c>
+      <c r="K113" t="s">
+        <v>69</v>
+      </c>
+      <c r="L113" t="s">
+        <v>26</v>
+      </c>
+      <c r="M113" t="s">
+        <v>70</v>
+      </c>
+      <c r="N113" t="s">
+        <v>28</v>
+      </c>
+      <c r="O113" t="s">
         <v>1065</v>
-      </c>
-[...31 lines deleted...]
-        <v>1071</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>65036</v>
+        <v>6274</v>
       </c>
       <c r="B114" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F114" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H114" t="s">
         <v>1072</v>
       </c>
-      <c r="C114" t="s">
+      <c r="I114" t="s">
         <v>1073</v>
-      </c>
-[...16 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1080</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>65037</v>
+        <v>6275</v>
       </c>
       <c r="B115" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F115" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H115" t="s">
         <v>1081</v>
       </c>
-      <c r="C115" t="s">
+      <c r="I115" t="s">
         <v>1082</v>
       </c>
-      <c r="D115" t="s">
+      <c r="J115" t="s">
+        <v>89</v>
+      </c>
+      <c r="K115" t="s">
+        <v>331</v>
+      </c>
+      <c r="L115" t="s">
+        <v>91</v>
+      </c>
+      <c r="M115" t="s">
+        <v>333</v>
+      </c>
+      <c r="N115" t="s">
+        <v>28</v>
+      </c>
+      <c r="O115" t="s">
         <v>1083</v>
-      </c>
-[...31 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>65038</v>
+        <v>6460</v>
       </c>
       <c r="B116" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F116" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H116" t="s">
         <v>1090</v>
       </c>
-      <c r="C116" t="s">
+      <c r="I116" t="s">
         <v>1091</v>
       </c>
-      <c r="D116" t="s">
+      <c r="J116" t="s">
+        <v>24</v>
+      </c>
+      <c r="K116" t="s">
+        <v>25</v>
+      </c>
+      <c r="L116" t="s">
+        <v>26</v>
+      </c>
+      <c r="M116" t="s">
+        <v>27</v>
+      </c>
+      <c r="N116" t="s">
+        <v>28</v>
+      </c>
+      <c r="O116" t="s">
         <v>1092</v>
-      </c>
-[...31 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>65039</v>
+        <v>6468</v>
       </c>
       <c r="B117" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F117" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H117" t="s">
         <v>1099</v>
       </c>
-      <c r="C117" t="s">
+      <c r="I117" t="s">
         <v>1100</v>
       </c>
-      <c r="D117" t="s">
+      <c r="J117" t="s">
+        <v>24</v>
+      </c>
+      <c r="K117" t="s">
+        <v>25</v>
+      </c>
+      <c r="L117" t="s">
+        <v>26</v>
+      </c>
+      <c r="M117" t="s">
+        <v>27</v>
+      </c>
+      <c r="N117" t="s">
+        <v>28</v>
+      </c>
+      <c r="O117" t="s">
         <v>1101</v>
-      </c>
-[...31 lines deleted...]
-        <v>1107</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>65040</v>
+        <v>6761</v>
       </c>
       <c r="B118" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F118" t="s">
+        <v>1106</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H118" t="s">
         <v>1108</v>
       </c>
-      <c r="C118" t="s">
+      <c r="I118" t="s">
         <v>1109</v>
       </c>
-      <c r="D118" t="s">
+      <c r="J118" t="s">
+        <v>24</v>
+      </c>
+      <c r="K118" t="s">
+        <v>25</v>
+      </c>
+      <c r="L118" t="s">
+        <v>26</v>
+      </c>
+      <c r="M118" t="s">
+        <v>27</v>
+      </c>
+      <c r="N118" t="s">
+        <v>28</v>
+      </c>
+      <c r="O118" t="s">
         <v>1110</v>
-      </c>
-[...31 lines deleted...]
-        <v>1116</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>65044</v>
+        <v>6765</v>
       </c>
       <c r="B119" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F119" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H119" t="s">
         <v>1117</v>
       </c>
-      <c r="C119" t="s">
+      <c r="I119" t="s">
         <v>1118</v>
       </c>
-      <c r="D119" t="s">
+      <c r="J119" t="s">
+        <v>24</v>
+      </c>
+      <c r="K119" t="s">
+        <v>69</v>
+      </c>
+      <c r="L119" t="s">
+        <v>26</v>
+      </c>
+      <c r="M119" t="s">
+        <v>70</v>
+      </c>
+      <c r="N119" t="s">
+        <v>28</v>
+      </c>
+      <c r="O119" t="s">
         <v>1119</v>
-      </c>
-[...31 lines deleted...]
-        <v>1125</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>65045</v>
+        <v>8265</v>
       </c>
       <c r="B120" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F120" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H120" t="s">
         <v>1126</v>
       </c>
-      <c r="C120" t="s">
+      <c r="I120" t="s">
         <v>1127</v>
       </c>
-      <c r="D120" t="s">
+      <c r="J120" t="s">
+        <v>24</v>
+      </c>
+      <c r="K120" t="s">
         <v>1128</v>
       </c>
-      <c r="E120" t="s">
+      <c r="L120" t="s">
+        <v>26</v>
+      </c>
+      <c r="M120" t="s">
         <v>1129</v>
       </c>
-      <c r="F120" t="s">
+      <c r="N120" t="s">
+        <v>28</v>
+      </c>
+      <c r="O120" t="s">
         <v>1130</v>
-      </c>
-[...25 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>65046</v>
+        <v>8402</v>
       </c>
       <c r="B121" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F121" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1137</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1138</v>
+      </c>
+      <c r="J121" t="s">
+        <v>24</v>
+      </c>
+      <c r="K121" t="s">
+        <v>69</v>
+      </c>
+      <c r="L121" t="s">
+        <v>26</v>
+      </c>
+      <c r="M121" t="s">
+        <v>70</v>
+      </c>
+      <c r="N121" t="s">
+        <v>28</v>
+      </c>
+      <c r="O121" t="s">
         <v>1139</v>
-      </c>
-[...37 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>65047</v>
+        <v>8914</v>
       </c>
       <c r="B122" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D122" t="s">
+        <v>1142</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F122" t="s">
+        <v>1144</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1147</v>
+      </c>
+      <c r="J122" t="s">
+        <v>24</v>
+      </c>
+      <c r="K122" t="s">
+        <v>25</v>
+      </c>
+      <c r="L122" t="s">
+        <v>26</v>
+      </c>
+      <c r="M122" t="s">
+        <v>27</v>
+      </c>
+      <c r="N122" t="s">
+        <v>28</v>
+      </c>
+      <c r="O122" t="s">
         <v>1148</v>
-      </c>
-[...37 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>65049</v>
+        <v>8918</v>
       </c>
       <c r="B123" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D123" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F123" t="s">
+        <v>1153</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1155</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1156</v>
+      </c>
+      <c r="J123" t="s">
+        <v>24</v>
+      </c>
+      <c r="K123" t="s">
+        <v>25</v>
+      </c>
+      <c r="L123" t="s">
+        <v>26</v>
+      </c>
+      <c r="M123" t="s">
+        <v>27</v>
+      </c>
+      <c r="N123" t="s">
+        <v>28</v>
+      </c>
+      <c r="O123" t="s">
         <v>1157</v>
-      </c>
-[...37 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>65050</v>
+        <v>8945</v>
       </c>
       <c r="B124" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F124" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1165</v>
+      </c>
+      <c r="J124" t="s">
+        <v>24</v>
+      </c>
+      <c r="K124" t="s">
+        <v>122</v>
+      </c>
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
+        <v>123</v>
+      </c>
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
         <v>1166</v>
-      </c>
-[...37 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>65051</v>
+        <v>10098</v>
       </c>
       <c r="B125" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D125" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F125" t="s">
+        <v>1171</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1173</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1174</v>
+      </c>
+      <c r="J125" t="s">
+        <v>24</v>
+      </c>
+      <c r="K125" t="s">
+        <v>25</v>
+      </c>
+      <c r="L125" t="s">
+        <v>26</v>
+      </c>
+      <c r="M125" t="s">
+        <v>27</v>
+      </c>
+      <c r="N125" t="s">
+        <v>28</v>
+      </c>
+      <c r="O125" t="s">
         <v>1175</v>
-      </c>
-[...37 lines deleted...]
-        <v>1183</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>65053</v>
+        <v>10412</v>
       </c>
       <c r="B126" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F126" t="s">
+        <v>1180</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1183</v>
+      </c>
+      <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="K126" t="s">
+        <v>25</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
+        <v>27</v>
+      </c>
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
         <v>1184</v>
-      </c>
-[...37 lines deleted...]
-        <v>1192</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>65054</v>
+        <v>10647</v>
       </c>
       <c r="B127" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1187</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F127" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1192</v>
+      </c>
+      <c r="J127" t="s">
+        <v>24</v>
+      </c>
+      <c r="K127" t="s">
+        <v>69</v>
+      </c>
+      <c r="L127" t="s">
+        <v>26</v>
+      </c>
+      <c r="M127" t="s">
+        <v>70</v>
+      </c>
+      <c r="N127" t="s">
+        <v>28</v>
+      </c>
+      <c r="O127" t="s">
         <v>1193</v>
-      </c>
-[...37 lines deleted...]
-        <v>1201</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>65055</v>
+        <v>10930</v>
       </c>
       <c r="B128" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F128" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1201</v>
+      </c>
+      <c r="J128" t="s">
         <v>1202</v>
       </c>
-      <c r="C128" t="s">
+      <c r="K128" t="s">
+        <v>661</v>
+      </c>
+      <c r="L128" t="s">
         <v>1203</v>
       </c>
-      <c r="D128" t="s">
+      <c r="M128" t="s">
+        <v>662</v>
+      </c>
+      <c r="N128" t="s">
+        <v>28</v>
+      </c>
+      <c r="O128" t="s">
         <v>1204</v>
-      </c>
-[...31 lines deleted...]
-        <v>1210</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>65058</v>
+        <v>10947</v>
       </c>
       <c r="B129" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F129" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H129" t="s">
         <v>1211</v>
       </c>
-      <c r="C129" t="s">
+      <c r="I129" t="s">
         <v>1212</v>
       </c>
-      <c r="D129" t="s">
+      <c r="J129" t="s">
+        <v>24</v>
+      </c>
+      <c r="K129" t="s">
+        <v>69</v>
+      </c>
+      <c r="L129" t="s">
+        <v>26</v>
+      </c>
+      <c r="M129" t="s">
+        <v>70</v>
+      </c>
+      <c r="N129" t="s">
+        <v>28</v>
+      </c>
+      <c r="O129" t="s">
         <v>1213</v>
-      </c>
-[...31 lines deleted...]
-        <v>1219</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>65059</v>
+        <v>10951</v>
       </c>
       <c r="B130" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F130" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H130" t="s">
         <v>1220</v>
       </c>
-      <c r="C130" t="s">
+      <c r="I130" t="s">
         <v>1221</v>
       </c>
-      <c r="D130" t="s">
+      <c r="J130" t="s">
+        <v>24</v>
+      </c>
+      <c r="K130" t="s">
+        <v>122</v>
+      </c>
+      <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
+        <v>123</v>
+      </c>
+      <c r="N130" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" t="s">
         <v>1222</v>
-      </c>
-[...31 lines deleted...]
-        <v>1228</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>65060</v>
+        <v>11287</v>
       </c>
       <c r="B131" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F131" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H131" t="s">
         <v>1229</v>
       </c>
-      <c r="C131" t="s">
+      <c r="I131" t="s">
         <v>1230</v>
       </c>
-      <c r="D131" t="s">
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>69</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>70</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1231</v>
-      </c>
-[...31 lines deleted...]
-        <v>1237</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>65062</v>
+        <v>58060</v>
       </c>
       <c r="B132" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F132" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H132" t="s">
         <v>1238</v>
       </c>
-      <c r="C132" t="s">
+      <c r="I132" t="s">
         <v>1239</v>
       </c>
-      <c r="D132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
         <v>1240</v>
       </c>
-      <c r="E132" t="s">
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
         <v>1241</v>
       </c>
-      <c r="F132" t="s">
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1242</v>
-      </c>
-[...25 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>65065</v>
+        <v>65000</v>
       </c>
       <c r="B133" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1245</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F133" t="s">
         <v>1247</v>
       </c>
-      <c r="C133" t="s">
+      <c r="G133" t="s">
         <v>1248</v>
       </c>
-      <c r="D133" t="s">
+      <c r="H133" t="s">
         <v>1249</v>
       </c>
-      <c r="E133" t="s">
+      <c r="I133" t="s">
         <v>1250</v>
       </c>
-      <c r="F133" t="s">
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="K133" t="s">
+        <v>25</v>
+      </c>
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133" t="s">
+        <v>27</v>
+      </c>
+      <c r="N133" t="s">
+        <v>28</v>
+      </c>
+      <c r="O133" t="s">
         <v>1251</v>
-      </c>
-[...25 lines deleted...]
-        <v>1257</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>65068</v>
+        <v>65001</v>
       </c>
       <c r="B134" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D134" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F134" t="s">
+        <v>1256</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H134" t="s">
         <v>1258</v>
       </c>
-      <c r="C134" t="s">
+      <c r="I134" t="s">
         <v>1259</v>
       </c>
-      <c r="D134" t="s">
+      <c r="J134" t="s">
+        <v>24</v>
+      </c>
+      <c r="K134" t="s">
+        <v>69</v>
+      </c>
+      <c r="L134" t="s">
+        <v>26</v>
+      </c>
+      <c r="M134" t="s">
+        <v>70</v>
+      </c>
+      <c r="N134" t="s">
+        <v>28</v>
+      </c>
+      <c r="O134" t="s">
         <v>1260</v>
-      </c>
-[...31 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>65069</v>
+        <v>65002</v>
       </c>
       <c r="B135" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D135" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F135" t="s">
+        <v>1265</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H135" t="s">
         <v>1267</v>
       </c>
-      <c r="C135" t="s">
+      <c r="I135" t="s">
         <v>1268</v>
       </c>
-      <c r="D135" t="s">
+      <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="K135" t="s">
+        <v>25</v>
+      </c>
+      <c r="L135" t="s">
+        <v>26</v>
+      </c>
+      <c r="M135" t="s">
+        <v>27</v>
+      </c>
+      <c r="N135" t="s">
+        <v>28</v>
+      </c>
+      <c r="O135" t="s">
         <v>1269</v>
-      </c>
-[...31 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>65073</v>
+        <v>65003</v>
       </c>
       <c r="B136" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D136" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F136" t="s">
+        <v>1274</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H136" t="s">
         <v>1276</v>
       </c>
-      <c r="C136" t="s">
+      <c r="I136" t="s">
         <v>1277</v>
       </c>
-      <c r="D136" t="s">
+      <c r="J136" t="s">
+        <v>24</v>
+      </c>
+      <c r="K136" t="s">
+        <v>69</v>
+      </c>
+      <c r="L136" t="s">
+        <v>26</v>
+      </c>
+      <c r="M136" t="s">
+        <v>70</v>
+      </c>
+      <c r="N136" t="s">
+        <v>28</v>
+      </c>
+      <c r="O136" t="s">
         <v>1278</v>
-      </c>
-[...31 lines deleted...]
-        <v>1284</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>66512</v>
+        <v>65004</v>
       </c>
       <c r="B137" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D137" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F137" t="s">
+        <v>1283</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H137" t="s">
         <v>1285</v>
       </c>
-      <c r="C137" t="s">
+      <c r="I137" t="s">
         <v>1286</v>
       </c>
-      <c r="D137" t="s">
+      <c r="J137" t="s">
+        <v>24</v>
+      </c>
+      <c r="K137" t="s">
+        <v>69</v>
+      </c>
+      <c r="L137" t="s">
+        <v>26</v>
+      </c>
+      <c r="M137" t="s">
+        <v>70</v>
+      </c>
+      <c r="N137" t="s">
+        <v>28</v>
+      </c>
+      <c r="O137" t="s">
         <v>1287</v>
-      </c>
-[...31 lines deleted...]
-        <v>1294</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>66515</v>
+        <v>65005</v>
       </c>
       <c r="B138" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D138" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F138" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1294</v>
+      </c>
+      <c r="I138" t="s">
         <v>1295</v>
       </c>
-      <c r="C138" t="s">
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
         <v>1296</v>
       </c>
-      <c r="D138" t="s">
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
         <v>1297</v>
       </c>
-      <c r="E138" t="s">
+      <c r="N138" t="s">
+        <v>28</v>
+      </c>
+      <c r="O138" t="s">
         <v>1298</v>
-      </c>
-[...28 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>66516</v>
+        <v>65006</v>
       </c>
       <c r="B139" t="s">
-        <v>320</v>
+        <v>1299</v>
       </c>
       <c r="C139" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D139" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F139" t="s">
         <v>1303</v>
       </c>
-      <c r="D139" t="s">
+      <c r="G139" t="s">
         <v>1304</v>
       </c>
-      <c r="E139" t="s">
+      <c r="H139" t="s">
         <v>1305</v>
       </c>
-      <c r="F139" t="s">
+      <c r="I139" t="s">
         <v>1306</v>
       </c>
-      <c r="G139" t="s">
+      <c r="J139" t="s">
+        <v>24</v>
+      </c>
+      <c r="K139" t="s">
         <v>1307</v>
       </c>
-      <c r="H139" t="s">
+      <c r="L139" t="s">
+        <v>26</v>
+      </c>
+      <c r="M139" t="s">
         <v>1308</v>
-      </c>
-[...13 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1309</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>66520</v>
+        <v>65007</v>
       </c>
       <c r="B140" t="s">
         <v>1310</v>
       </c>
       <c r="C140" t="s">
-        <v>1286</v>
+        <v>1311</v>
       </c>
       <c r="D140" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="E140" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="F140" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="G140" t="s">
-        <v>1286</v>
+        <v>1315</v>
       </c>
       <c r="H140" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="I140" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>66523</v>
+        <v>65008</v>
       </c>
       <c r="B141" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C141" t="s">
-        <v>1286</v>
+        <v>1320</v>
       </c>
       <c r="D141" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="E141" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="F141" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="G141" t="s">
-        <v>1286</v>
+        <v>1324</v>
       </c>
       <c r="H141" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="I141" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>66524</v>
+        <v>65009</v>
       </c>
       <c r="B142" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="C142" t="s">
-        <v>1286</v>
+        <v>1329</v>
       </c>
       <c r="D142" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="E142" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="F142" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="G142" t="s">
-        <v>1286</v>
+        <v>1333</v>
       </c>
       <c r="H142" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="I142" t="s">
-        <v>1315</v>
+        <v>1335</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>69</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>70</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1329</v>
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="143" spans="1:15">
+      <c r="A143">
+        <v>65010</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D143" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F143" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1343</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1344</v>
+      </c>
+      <c r="J143" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" t="s">
+        <v>25</v>
+      </c>
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
+        <v>27</v>
+      </c>
+      <c r="N143" t="s">
+        <v>28</v>
+      </c>
+      <c r="O143" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="144" spans="1:15">
+      <c r="A144">
+        <v>65011</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D144" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F144" t="s">
+        <v>1350</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1353</v>
+      </c>
+      <c r="J144" t="s">
+        <v>24</v>
+      </c>
+      <c r="K144" t="s">
+        <v>69</v>
+      </c>
+      <c r="L144" t="s">
+        <v>26</v>
+      </c>
+      <c r="M144" t="s">
+        <v>70</v>
+      </c>
+      <c r="N144" t="s">
+        <v>28</v>
+      </c>
+      <c r="O144" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="145" spans="1:15">
+      <c r="A145">
+        <v>65012</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D145" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F145" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1361</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1362</v>
+      </c>
+      <c r="J145" t="s">
+        <v>24</v>
+      </c>
+      <c r="K145" t="s">
+        <v>1363</v>
+      </c>
+      <c r="L145" t="s">
+        <v>26</v>
+      </c>
+      <c r="M145" t="s">
+        <v>1364</v>
+      </c>
+      <c r="N145" t="s">
+        <v>28</v>
+      </c>
+      <c r="O145" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="146" spans="1:15">
+      <c r="A146">
+        <v>65013</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D146" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F146" t="s">
+        <v>1370</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1373</v>
+      </c>
+      <c r="J146" t="s">
+        <v>24</v>
+      </c>
+      <c r="K146" t="s">
+        <v>25</v>
+      </c>
+      <c r="L146" t="s">
+        <v>26</v>
+      </c>
+      <c r="M146" t="s">
+        <v>27</v>
+      </c>
+      <c r="N146" t="s">
+        <v>28</v>
+      </c>
+      <c r="O146" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="147" spans="1:15">
+      <c r="A147">
+        <v>65014</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D147" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1378</v>
+      </c>
+      <c r="F147" t="s">
+        <v>1379</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1382</v>
+      </c>
+      <c r="J147" t="s">
+        <v>89</v>
+      </c>
+      <c r="K147" t="s">
+        <v>58</v>
+      </c>
+      <c r="L147" t="s">
+        <v>91</v>
+      </c>
+      <c r="M147" t="s">
+        <v>59</v>
+      </c>
+      <c r="N147" t="s">
+        <v>28</v>
+      </c>
+      <c r="O147" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="148" spans="1:15">
+      <c r="A148">
+        <v>65015</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D148" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F148" t="s">
+        <v>1388</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1390</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1391</v>
+      </c>
+      <c r="J148" t="s">
+        <v>24</v>
+      </c>
+      <c r="K148" t="s">
+        <v>69</v>
+      </c>
+      <c r="L148" t="s">
+        <v>26</v>
+      </c>
+      <c r="M148" t="s">
+        <v>70</v>
+      </c>
+      <c r="N148" t="s">
+        <v>28</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="149" spans="1:15">
+      <c r="A149">
+        <v>65016</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D149" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F149" t="s">
+        <v>1397</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1398</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1399</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1400</v>
+      </c>
+      <c r="J149" t="s">
+        <v>24</v>
+      </c>
+      <c r="K149" t="s">
+        <v>25</v>
+      </c>
+      <c r="L149" t="s">
+        <v>26</v>
+      </c>
+      <c r="M149" t="s">
+        <v>27</v>
+      </c>
+      <c r="N149" t="s">
+        <v>28</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="150" spans="1:15">
+      <c r="A150">
+        <v>65017</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D150" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F150" t="s">
+        <v>1406</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J150" t="s">
+        <v>24</v>
+      </c>
+      <c r="K150" t="s">
+        <v>1410</v>
+      </c>
+      <c r="L150" t="s">
+        <v>26</v>
+      </c>
+      <c r="M150" t="s">
+        <v>1411</v>
+      </c>
+      <c r="N150" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="151" spans="1:15">
+      <c r="A151">
+        <v>65019</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D151" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F151" t="s">
+        <v>1417</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I151" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J151" t="s">
+        <v>24</v>
+      </c>
+      <c r="K151" t="s">
+        <v>69</v>
+      </c>
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
+        <v>70</v>
+      </c>
+      <c r="N151" t="s">
+        <v>28</v>
+      </c>
+      <c r="O151" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="152" spans="1:15">
+      <c r="A152">
+        <v>65020</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D152" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F152" t="s">
+        <v>1426</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1429</v>
+      </c>
+      <c r="J152" t="s">
+        <v>24</v>
+      </c>
+      <c r="K152" t="s">
+        <v>1430</v>
+      </c>
+      <c r="L152" t="s">
+        <v>26</v>
+      </c>
+      <c r="M152" t="s">
+        <v>1431</v>
+      </c>
+      <c r="N152" t="s">
+        <v>28</v>
+      </c>
+      <c r="O152" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="153" spans="1:15">
+      <c r="A153">
+        <v>65021</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D153" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F153" t="s">
+        <v>1437</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1439</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1440</v>
+      </c>
+      <c r="J153" t="s">
+        <v>24</v>
+      </c>
+      <c r="K153" t="s">
+        <v>25</v>
+      </c>
+      <c r="L153" t="s">
+        <v>26</v>
+      </c>
+      <c r="M153" t="s">
+        <v>27</v>
+      </c>
+      <c r="N153" t="s">
+        <v>28</v>
+      </c>
+      <c r="O153" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="154" spans="1:15">
+      <c r="A154">
+        <v>65023</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D154" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F154" t="s">
+        <v>1446</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1448</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1449</v>
+      </c>
+      <c r="J154" t="s">
+        <v>24</v>
+      </c>
+      <c r="K154" t="s">
+        <v>25</v>
+      </c>
+      <c r="L154" t="s">
+        <v>26</v>
+      </c>
+      <c r="M154" t="s">
+        <v>27</v>
+      </c>
+      <c r="N154" t="s">
+        <v>28</v>
+      </c>
+      <c r="O154" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="155" spans="1:15">
+      <c r="A155">
+        <v>65026</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D155" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F155" t="s">
+        <v>1455</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1457</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1458</v>
+      </c>
+      <c r="J155" t="s">
+        <v>24</v>
+      </c>
+      <c r="K155" t="s">
+        <v>25</v>
+      </c>
+      <c r="L155" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" t="s">
+        <v>27</v>
+      </c>
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="156" spans="1:15">
+      <c r="A156">
+        <v>65030</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D156" t="s">
+        <v>1462</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1463</v>
+      </c>
+      <c r="F156" t="s">
+        <v>1464</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1467</v>
+      </c>
+      <c r="J156" t="s">
+        <v>24</v>
+      </c>
+      <c r="K156" t="s">
+        <v>25</v>
+      </c>
+      <c r="L156" t="s">
+        <v>26</v>
+      </c>
+      <c r="M156" t="s">
+        <v>27</v>
+      </c>
+      <c r="N156" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="157" spans="1:15">
+      <c r="A157">
+        <v>65031</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D157" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F157" t="s">
+        <v>1473</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1475</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1476</v>
+      </c>
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
+        <v>25</v>
+      </c>
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
+        <v>27</v>
+      </c>
+      <c r="N157" t="s">
+        <v>28</v>
+      </c>
+      <c r="O157" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="158" spans="1:15">
+      <c r="A158">
+        <v>65032</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D158" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F158" t="s">
+        <v>1482</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1484</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1485</v>
+      </c>
+      <c r="J158" t="s">
+        <v>24</v>
+      </c>
+      <c r="K158" t="s">
+        <v>69</v>
+      </c>
+      <c r="L158" t="s">
+        <v>26</v>
+      </c>
+      <c r="M158" t="s">
+        <v>70</v>
+      </c>
+      <c r="N158" t="s">
+        <v>28</v>
+      </c>
+      <c r="O158" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="159" spans="1:15">
+      <c r="A159">
+        <v>65033</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F159" t="s">
+        <v>1491</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1494</v>
+      </c>
+      <c r="J159" t="s">
+        <v>24</v>
+      </c>
+      <c r="K159" t="s">
+        <v>1495</v>
+      </c>
+      <c r="L159" t="s">
+        <v>26</v>
+      </c>
+      <c r="M159" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N159" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="160" spans="1:15">
+      <c r="A160">
+        <v>65034</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F160" t="s">
+        <v>1502</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1504</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1505</v>
+      </c>
+      <c r="J160" t="s">
+        <v>89</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1506</v>
+      </c>
+      <c r="L160" t="s">
+        <v>91</v>
+      </c>
+      <c r="M160" t="s">
+        <v>1507</v>
+      </c>
+      <c r="N160" t="s">
+        <v>28</v>
+      </c>
+      <c r="O160" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="161" spans="1:15">
+      <c r="A161">
+        <v>65035</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D161" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F161" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I161" t="s">
+        <v>1516</v>
+      </c>
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" t="s">
+        <v>25</v>
+      </c>
+      <c r="L161" t="s">
+        <v>26</v>
+      </c>
+      <c r="M161" t="s">
+        <v>27</v>
+      </c>
+      <c r="N161" t="s">
+        <v>28</v>
+      </c>
+      <c r="O161" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="162" spans="1:15">
+      <c r="A162">
+        <v>65036</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D162" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F162" t="s">
+        <v>1522</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I162" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
+        <v>25</v>
+      </c>
+      <c r="L162" t="s">
+        <v>26</v>
+      </c>
+      <c r="M162" t="s">
+        <v>27</v>
+      </c>
+      <c r="N162" t="s">
+        <v>28</v>
+      </c>
+      <c r="O162" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="163" spans="1:15">
+      <c r="A163">
+        <v>65037</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F163" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1534</v>
+      </c>
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
+        <v>25</v>
+      </c>
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" t="s">
+        <v>27</v>
+      </c>
+      <c r="N163" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="164" spans="1:15">
+      <c r="A164">
+        <v>65038</v>
+      </c>
+      <c r="B164" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F164" t="s">
+        <v>1540</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1542</v>
+      </c>
+      <c r="I164" t="s">
+        <v>1543</v>
+      </c>
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="K164" t="s">
+        <v>69</v>
+      </c>
+      <c r="L164" t="s">
+        <v>26</v>
+      </c>
+      <c r="M164" t="s">
+        <v>70</v>
+      </c>
+      <c r="N164" t="s">
+        <v>28</v>
+      </c>
+      <c r="O164" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="165" spans="1:15">
+      <c r="A165">
+        <v>65039</v>
+      </c>
+      <c r="B165" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F165" t="s">
+        <v>1549</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1551</v>
+      </c>
+      <c r="I165" t="s">
+        <v>1552</v>
+      </c>
+      <c r="J165" t="s">
+        <v>24</v>
+      </c>
+      <c r="K165" t="s">
+        <v>69</v>
+      </c>
+      <c r="L165" t="s">
+        <v>26</v>
+      </c>
+      <c r="M165" t="s">
+        <v>70</v>
+      </c>
+      <c r="N165" t="s">
+        <v>28</v>
+      </c>
+      <c r="O165" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="166" spans="1:15">
+      <c r="A166">
+        <v>65040</v>
+      </c>
+      <c r="B166" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1556</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F166" t="s">
+        <v>1558</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H166" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I166" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J166" t="s">
+        <v>24</v>
+      </c>
+      <c r="K166" t="s">
+        <v>331</v>
+      </c>
+      <c r="L166" t="s">
+        <v>26</v>
+      </c>
+      <c r="M166" t="s">
+        <v>333</v>
+      </c>
+      <c r="N166" t="s">
+        <v>28</v>
+      </c>
+      <c r="O166" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="167" spans="1:15">
+      <c r="A167">
+        <v>65044</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1565</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F167" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1569</v>
+      </c>
+      <c r="I167" t="s">
+        <v>1570</v>
+      </c>
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="K167" t="s">
+        <v>25</v>
+      </c>
+      <c r="L167" t="s">
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
+        <v>27</v>
+      </c>
+      <c r="N167" t="s">
+        <v>28</v>
+      </c>
+      <c r="O167" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="168" spans="1:15">
+      <c r="A168">
+        <v>65045</v>
+      </c>
+      <c r="B168" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D168" t="s">
+        <v>1574</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1575</v>
+      </c>
+      <c r="F168" t="s">
+        <v>1576</v>
+      </c>
+      <c r="G168" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H168" t="s">
+        <v>1578</v>
+      </c>
+      <c r="I168" t="s">
+        <v>1579</v>
+      </c>
+      <c r="J168" t="s">
+        <v>1580</v>
+      </c>
+      <c r="K168" t="s">
+        <v>1581</v>
+      </c>
+      <c r="L168" t="s">
+        <v>1582</v>
+      </c>
+      <c r="M168" t="s">
+        <v>1583</v>
+      </c>
+      <c r="N168" t="s">
+        <v>28</v>
+      </c>
+      <c r="O168" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="169" spans="1:15">
+      <c r="A169">
+        <v>65046</v>
+      </c>
+      <c r="B169" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1587</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F169" t="s">
+        <v>1589</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1591</v>
+      </c>
+      <c r="I169" t="s">
+        <v>1592</v>
+      </c>
+      <c r="J169" t="s">
+        <v>24</v>
+      </c>
+      <c r="K169" t="s">
+        <v>122</v>
+      </c>
+      <c r="L169" t="s">
+        <v>26</v>
+      </c>
+      <c r="M169" t="s">
+        <v>123</v>
+      </c>
+      <c r="N169" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="170" spans="1:15">
+      <c r="A170">
+        <v>65047</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F170" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1600</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1601</v>
+      </c>
+      <c r="J170" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" t="s">
+        <v>1581</v>
+      </c>
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
+        <v>1583</v>
+      </c>
+      <c r="N170" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="171" spans="1:15">
+      <c r="A171">
+        <v>65049</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F171" t="s">
+        <v>1607</v>
+      </c>
+      <c r="G171" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H171" t="s">
+        <v>1609</v>
+      </c>
+      <c r="I171" t="s">
+        <v>1610</v>
+      </c>
+      <c r="J171" t="s">
+        <v>24</v>
+      </c>
+      <c r="K171" t="s">
+        <v>292</v>
+      </c>
+      <c r="L171" t="s">
+        <v>26</v>
+      </c>
+      <c r="M171" t="s">
+        <v>293</v>
+      </c>
+      <c r="N171" t="s">
+        <v>28</v>
+      </c>
+      <c r="O171" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="172" spans="1:15">
+      <c r="A172">
+        <v>65050</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1614</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F172" t="s">
+        <v>1616</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H172" t="s">
+        <v>1618</v>
+      </c>
+      <c r="I172" t="s">
+        <v>1619</v>
+      </c>
+      <c r="J172" t="s">
+        <v>24</v>
+      </c>
+      <c r="K172" t="s">
+        <v>25</v>
+      </c>
+      <c r="L172" t="s">
+        <v>26</v>
+      </c>
+      <c r="M172" t="s">
+        <v>27</v>
+      </c>
+      <c r="N172" t="s">
+        <v>28</v>
+      </c>
+      <c r="O172" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="173" spans="1:15">
+      <c r="A173">
+        <v>65051</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F173" t="s">
+        <v>1625</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1626</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1627</v>
+      </c>
+      <c r="I173" t="s">
+        <v>1628</v>
+      </c>
+      <c r="J173" t="s">
+        <v>24</v>
+      </c>
+      <c r="K173" t="s">
+        <v>90</v>
+      </c>
+      <c r="L173" t="s">
+        <v>26</v>
+      </c>
+      <c r="M173" t="s">
+        <v>92</v>
+      </c>
+      <c r="N173" t="s">
+        <v>28</v>
+      </c>
+      <c r="O173" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="174" spans="1:15">
+      <c r="A174">
+        <v>65053</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F174" t="s">
+        <v>1634</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1635</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1636</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1637</v>
+      </c>
+      <c r="J174" t="s">
+        <v>24</v>
+      </c>
+      <c r="K174" t="s">
+        <v>69</v>
+      </c>
+      <c r="L174" t="s">
+        <v>26</v>
+      </c>
+      <c r="M174" t="s">
+        <v>70</v>
+      </c>
+      <c r="N174" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="175" spans="1:15">
+      <c r="A175">
+        <v>65054</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1641</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F175" t="s">
+        <v>1643</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H175" t="s">
+        <v>1645</v>
+      </c>
+      <c r="I175" t="s">
+        <v>1646</v>
+      </c>
+      <c r="J175" t="s">
+        <v>89</v>
+      </c>
+      <c r="K175" t="s">
+        <v>38</v>
+      </c>
+      <c r="L175" t="s">
+        <v>91</v>
+      </c>
+      <c r="M175" t="s">
+        <v>39</v>
+      </c>
+      <c r="N175" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="176" spans="1:15">
+      <c r="A176">
+        <v>65055</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F176" t="s">
+        <v>1652</v>
+      </c>
+      <c r="G176" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1654</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1655</v>
+      </c>
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
+        <v>1506</v>
+      </c>
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
+        <v>1507</v>
+      </c>
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="177" spans="1:15">
+      <c r="A177">
+        <v>65058</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G177" t="s">
+        <v>1662</v>
+      </c>
+      <c r="H177" t="s">
+        <v>1663</v>
+      </c>
+      <c r="I177" t="s">
+        <v>1664</v>
+      </c>
+      <c r="J177" t="s">
+        <v>89</v>
+      </c>
+      <c r="K177" t="s">
+        <v>58</v>
+      </c>
+      <c r="L177" t="s">
+        <v>91</v>
+      </c>
+      <c r="M177" t="s">
+        <v>59</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="178" spans="1:15">
+      <c r="A178">
+        <v>65059</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F178" t="s">
+        <v>1670</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1671</v>
+      </c>
+      <c r="H178" t="s">
+        <v>1672</v>
+      </c>
+      <c r="I178" t="s">
+        <v>1673</v>
+      </c>
+      <c r="J178" t="s">
+        <v>24</v>
+      </c>
+      <c r="K178" t="s">
+        <v>69</v>
+      </c>
+      <c r="L178" t="s">
+        <v>26</v>
+      </c>
+      <c r="M178" t="s">
+        <v>70</v>
+      </c>
+      <c r="N178" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="179" spans="1:15">
+      <c r="A179">
+        <v>65060</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1677</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F179" t="s">
+        <v>1679</v>
+      </c>
+      <c r="G179" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H179" t="s">
+        <v>1681</v>
+      </c>
+      <c r="I179" t="s">
+        <v>1682</v>
+      </c>
+      <c r="J179" t="s">
+        <v>24</v>
+      </c>
+      <c r="K179" t="s">
+        <v>122</v>
+      </c>
+      <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
+        <v>123</v>
+      </c>
+      <c r="N179" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="180" spans="1:15">
+      <c r="A180">
+        <v>65062</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E180" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F180" t="s">
+        <v>1688</v>
+      </c>
+      <c r="G180" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H180" t="s">
+        <v>1690</v>
+      </c>
+      <c r="I180" t="s">
+        <v>1691</v>
+      </c>
+      <c r="J180" t="s">
+        <v>24</v>
+      </c>
+      <c r="K180" t="s">
+        <v>25</v>
+      </c>
+      <c r="L180" t="s">
+        <v>26</v>
+      </c>
+      <c r="M180" t="s">
+        <v>27</v>
+      </c>
+      <c r="N180" t="s">
+        <v>28</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="181" spans="1:15">
+      <c r="A181">
+        <v>65065</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E181" t="s">
+        <v>1696</v>
+      </c>
+      <c r="F181" t="s">
+        <v>1697</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1698</v>
+      </c>
+      <c r="H181" t="s">
+        <v>1699</v>
+      </c>
+      <c r="I181" t="s">
+        <v>1700</v>
+      </c>
+      <c r="J181" t="s">
+        <v>1701</v>
+      </c>
+      <c r="K181" t="s">
+        <v>331</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1702</v>
+      </c>
+      <c r="M181" t="s">
+        <v>333</v>
+      </c>
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="182" spans="1:15">
+      <c r="A182">
+        <v>65068</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F182" t="s">
+        <v>1708</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1710</v>
+      </c>
+      <c r="I182" t="s">
+        <v>1711</v>
+      </c>
+      <c r="J182" t="s">
+        <v>24</v>
+      </c>
+      <c r="K182" t="s">
+        <v>25</v>
+      </c>
+      <c r="L182" t="s">
+        <v>26</v>
+      </c>
+      <c r="M182" t="s">
+        <v>27</v>
+      </c>
+      <c r="N182" t="s">
+        <v>28</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="183" spans="1:15">
+      <c r="A183">
+        <v>65069</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F183" t="s">
+        <v>1717</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H183" t="s">
+        <v>1719</v>
+      </c>
+      <c r="I183" t="s">
+        <v>1720</v>
+      </c>
+      <c r="J183" t="s">
+        <v>24</v>
+      </c>
+      <c r="K183" t="s">
+        <v>69</v>
+      </c>
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
+        <v>70</v>
+      </c>
+      <c r="N183" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="184" spans="1:15">
+      <c r="A184">
+        <v>65073</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1726</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1728</v>
+      </c>
+      <c r="I184" t="s">
+        <v>1729</v>
+      </c>
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="K184" t="s">
+        <v>25</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>27</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="185" spans="1:15">
+      <c r="A185">
+        <v>66512</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F185" t="s">
+        <v>1734</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H185" t="s">
+        <v>1249</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1250</v>
+      </c>
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>1735</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1736</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="186" spans="1:15">
+      <c r="A186">
+        <v>66515</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G186" t="s">
+        <v>358</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1743</v>
+      </c>
+      <c r="I186" t="s">
+        <v>1744</v>
+      </c>
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
+        <v>1735</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1736</v>
+      </c>
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="187" spans="1:15">
+      <c r="A187">
+        <v>66516</v>
+      </c>
+      <c r="B187" t="s">
+        <v>344</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1749</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1751</v>
+      </c>
+      <c r="I187" t="s">
+        <v>351</v>
+      </c>
+      <c r="J187" t="s">
+        <v>24</v>
+      </c>
+      <c r="K187" t="s">
+        <v>69</v>
+      </c>
+      <c r="L187" t="s">
+        <v>26</v>
+      </c>
+      <c r="M187" t="s">
+        <v>70</v>
+      </c>
+      <c r="N187" t="s">
+        <v>28</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="188" spans="1:15">
+      <c r="A188">
+        <v>66520</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1755</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1756</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1757</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1758</v>
+      </c>
+      <c r="I188" t="s">
+        <v>1759</v>
+      </c>
+      <c r="J188" t="s">
+        <v>24</v>
+      </c>
+      <c r="K188" t="s">
+        <v>25</v>
+      </c>
+      <c r="L188" t="s">
+        <v>26</v>
+      </c>
+      <c r="M188" t="s">
+        <v>27</v>
+      </c>
+      <c r="N188" t="s">
+        <v>28</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="189" spans="1:15">
+      <c r="A189">
+        <v>66523</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E189" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F189" t="s">
+        <v>1764</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H189" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I189" t="s">
+        <v>1766</v>
+      </c>
+      <c r="J189" t="s">
+        <v>24</v>
+      </c>
+      <c r="K189" t="s">
+        <v>122</v>
+      </c>
+      <c r="L189" t="s">
+        <v>26</v>
+      </c>
+      <c r="M189" t="s">
+        <v>123</v>
+      </c>
+      <c r="N189" t="s">
+        <v>28</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="190" spans="1:15">
+      <c r="A190">
+        <v>66524</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D190" t="s">
+        <v>1769</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1770</v>
+      </c>
+      <c r="F190" t="s">
+        <v>1771</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H190" t="s">
+        <v>1772</v>
+      </c>
+      <c r="I190" t="s">
+        <v>1759</v>
+      </c>
+      <c r="J190" t="s">
+        <v>24</v>
+      </c>
+      <c r="K190" t="s">
+        <v>69</v>
+      </c>
+      <c r="L190" t="s">
+        <v>26</v>
+      </c>
+      <c r="M190" t="s">
+        <v>70</v>
+      </c>
+      <c r="N190" t="s">
+        <v>28</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1773</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">