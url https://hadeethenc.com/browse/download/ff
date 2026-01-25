--- v2 (2026-01-05)
+++ v3 (2026-01-25)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1774">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1754">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Fulfulde
 # Source: https://hadeethenc.com/ff
-# Last update: 2025-12-21 14:21:25 (v1.8.0)
-# Check for updates: https://hadeethenc.com/en/check/ff/v1.8.0
+# Last update: 2026-01-19 19:10:46 (v1.9.0)
+# Check for updates: https://hadeethenc.com/en/check/ff/v1.9.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -605,89 +605,50 @@
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Nelaaɗo yo jam e kisal ngon e makko ina habra geɗe ɗiɗe si juulɗo jaggatiima e majje o naata aljanna,
 Gadanel ngel woni: Reende ɗeɓngal ko tikkinta Alla Toowɗo O,
 Ɗimmel ngel woni: Reende farji makko yande e paŋkare;
 sabu ɗee terɗe ɗiɗe goopi keewi yanirde.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Reende ɗeɓngal e farji ko laawol faade aljanna.
 Ɗeɓngal e farji keertinaama ɗo sabu ko majje ɓuri wonde iwdi musibbaaji e dow neɗɗo ka aduna e ka laakara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3475</t>
   </si>
   <si>
-    <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
-[...37 lines deleted...]
-  <si>
     <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
   </si>
   <si>
     <t>woto accu la caggal juulde mbi'a alla wallam e dewe ma jettooje ma e moƴƴin'de dewe ma</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
   </si>
   <si>
     <t>Ƴettaama e muaaji ɓiy jabal yo ALLA wele ɗum: Won'de nelaaɗo alla juul e mum hisna ɗum jaggi e junngo mum wi ɗum: «wollahi mi ɗo ma yiɗi aan maas».mi ɗo ma wasoyo woto accu la caggal juulde mbi'a alla wallam e dewe ma jettooje ma e moƴƴin'de dewe ma ».</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Annabi alla juul e mum hisna ɗum jaggi e junngo muaas alla wele ɗum wi ɗum miɗo ma yiɗi mi ɗo ma wasoyo wota accu caggal kala juulde wi'i de alla wllam e dewe ma jettooje ma e moƴƴin'de dewe: (alla wallam e dewe ma)e la koongol e gollal e ɗowitaade ma, (e yettu de ma)e kala dokke e duñre ka la woroɗde, (moƴƴin'de dewe ma)laɓɓin'de e jokkude Annabi alla juul e mum hisna ɗum.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
@@ -1173,95 +1134,50 @@
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo weluya Alla won e makko o wii: Nelaaɗo Alla yo jam e kisal ngon e makko maaki(o wii): " Kala mbo Alla yiɗani (mooyani)moƴƴere O jariboo mbo".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra wonde si Alla faalanaama gooto e jiyaaɓe Makko he moƴƴere O jaribatoɓe e pittaali maɓɓe e jawdi maɓɓe e koreeji maɓɓe, sabu ko gooŋɗinɗo moolorto e Alla ñaagunde, e heefde bakkatuuji, e ɓamtude darajaaji.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Pellet gooŋɗinɗo hawrat e jarabuuji ceertuɗi nooneeji.
 Jaribeede ina wona maande gilli Alla wonande jiyaaɗo, ngam daraja makko ɓamto, martaba makko toowa, bakkatuuji makko momte.
 Reerɗinde e muñal saanga jolde musibbaaji e waasde ɗeŋƴaade.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4204</t>
-  </si>
-[...43 lines deleted...]
-    <t>https://hadeethenc.com/ff/browse/hadith/4302</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Si juulɓe(dedo) pottinii jaasiiji kafaje)maɓɓe barɗo e baraaɗo fof ko yiite naatata</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Bakri( abu bakrata) yo Alla wele mbo(yo  allah  yardo  he  makko)o wii: Mi nanii Nelaaɗo mo jam e kisal ngoni e makko ina maaka(ina wii a): " Si juulɓe(dedo) pottinii jaasiiji kafaje)maɓɓe barɗo e baraaɗo fof ko yiite naatata" mbiimi : Aan Nelaaɗo Alla o ko barɗo, baraaɗo o noon? o maak(owii)i: " pellet o reerɗuno e warde gondiijo makko o".</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina habra wonde si juulɓe ɗiɗe kaɓrii jaaseeje (kafaje)maɓɓe, gooto e maɓɓe fof ina faandi warde goɗɗo; barɗo o naatat yiite sabu ko kanko woni coccandirɗo e warngo he. Sahabaaɓe ɓe njiɓara baraaɗo o: Hono oon naatrata jayngol ? Nelaaɗo habri oon naatat yiite sabu reerɗunoode mbo e warde gonndiijo makko, alah fof ko haɗi mbo warde gonndiijo makko si wonah ko oya idii mbo warde ko.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
@@ -1628,86 +1544,86 @@
     <t>Haɗeede yoɓtaade ko ɓurti.
 Alla yamiraani jiyaaɓe makko ko inaɓe lorla.(torra)
 Harminde lorde (torrude)e lorleede ka konngol wolla golle wolla accude.
 Njoɓdi ko e leñol gollal fawi, kala lorɗo Alla lora mbo, kala cattinɗo Alla sattinana mbo.
 Ina doosɗe sariya: " lorlo ittete(torra ittete)" sariya jaɓatah lorlo(torra), hombo yedda lorlude.(torrode)</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[صحيح بشواهده]</t>
   </si>
   <si>
     <t>[رواه الدارقطني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4711</t>
   </si>
   <si>
     <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
   </si>
   <si>
-    <t>,ƴiiƴam juulɗa dagatako si wona gootel e tati</t>
+    <t>,ƴiiƴam juulɗo dagatako si wona gootel e tati</t>
   </si>
   <si>
     <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
   </si>
   <si>
-    <t xml:space="preserve"> «,ƴiiƴam juulɗa dagatako si wona gootel e tatimawɗo jin'ɗo e war fittaandu accuɗo diine mum seerti e dental»</t>
+    <t>ƴeƴƴa"fillaama e ɓiy Masuud Allah wele ɗum ga nelaaɗo juulde kisal e mum: ,ƴiiƴam juulɗo dagatako si wona gootel e tatimawɗo jin'ɗo e war fittaandu accuɗo diine mum seerti e dental»</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
 الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
 الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
 الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
   </si>
   <si>
-    <t>annabi kisal e mum won'de ƴiiƴamjuulɗa harmi ha waɗ go'otel e tati: adanel:mo yani e jina taw mo rewi e desal dago o ware. ɗiɗi: mo wari fittaandu hisndu taw kañumteyi warete e sarɗiiji mum. tati:mo acci dental juulɓediine mum ma yartodini ma hona bewɓe taƴooɓe laabi en e ko way noon.</t>
+    <t>Annabiijo kisal won e mum won'de ƴiiƴam juulɗo harmi ha waɗa go'otel e tati: adanel:mo yani e jina taw mo rewi e desal dago o ware ɗiɗi: baruɗo fittaandu"yonki" hisndu taw kañumteyi "gafeeti hakke" warete e sarɗiiji mum tati:accuɗo dental juulɓe diina mum ma yartodini, ma o seedi jama on gafeeti yartude ma o acca yga diina hona bewɓe taƴooɓe laabi en e haɓooɓe jeyaaɓe kawaaeij e ko way non</t>
   </si>
   <si>
     <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
 وجوب حفظ الأعراض ونقائها.
 وجوب احترام المسلم، وأنه معصوم الدم.
 الحث على التزام جماعة المسلمين وعدم مفارقتهم.
 حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
 شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
 تطبيق هذه الحدود هو من اختصاص ولي الأمر.
 أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
   </si>
   <si>
-    <t>ɗe geɗe tati karmi mo waɗi gotel heen dagiima ware ke'era hona jartodin'ɗoma hidde ma jinɗo wolla barɗo teyɗo.
-[...6 lines deleted...]
-sababuji warngo ɓuri tati kona ɗi njaltaani ɗi sabu mbilewuma yennude annabi ko kefero ɗumwoni accuɗo diine mum</t>
+    <t>ɗe geɗe tati karmi mo waɗi gotel heen dagiima ware: keefeeru woni jartodin'ɗo, ma haddi, woni: jenɗo walla barɗo teyɗo.
+waɗɗiima reende guri e laaɓalmum.
+waɗɗiima horsin'de juulɗo, ƴiiƴam mum i reena
+hirjin'de wondude dental julɓe waasa seertu e mum en.
+moƴƴinde njannginol Nelaaɗo -julde e kisal won e mum- mo haalam na yottoo e pecce; gam feccugo ina tonnga mas'a laji hoyna reendeɗi.
+Alla sariyini keeri ngam nantude tooñooɓe reena renndo e boneeji.
+si'inude ɗi haddiiji ko e heertorii laamiiɗo
+Sababuji warngo ɓuri tati kano ɗi njaltaani ɗi, sabu mbilewuma yennude Annabiijo ko kefero ɗumwoni accuɗo diine mum</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4714</t>
   </si>
   <si>
     <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Si on mbakkalinoomo e Alla tigi tigi(he gonga), ma O yeɗ mon no o yeɗrata ndiwri, ndiwri ndawndi hondi ɗehii ndi jofta hondi haari</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Ittaama e Umar Ɓiy Khaɗɗaab yo Alla wele mbo (yo allah 
 yardo  he  makko) wonde o nanii Nelaaɗo yo jam e kisal won e makko ina maaka (wii a): " Si on mbakkalinoomo e Alla tigi tigi(he gonga), ma O yeɗ mon no o yeɗrata ndiwri, ndiwri ndawndi hondi ɗehii ndi jofta hondi haari".</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal won e makko ina hirjina men nde mbakkiltaɗen e Alla ko faati e fooɗde nafooje e duñde lorooji e nder geɗe men aduna e diine, alah okkoowo wollo kaɗoowo wollo loroowo wollo nafoowo mbo wonah Alla Toowɗo O. E de mbaɗaten sababuuji pooɗooji nafooje duñooji lorooji wondude e gooŋɗude bakkilagol e Alla, kala nde mbaɗɗen noon Allla yeɗa men hono no O yeɗrata ndiwri ndawoori subako hondi heyɗi ndi arta kikiiɗo reedu mayri ina heewi, ɗe golle ndiwri ko noone e nooneeji yaade ngam ɗaɓɓude arsuko, wonah wakki kinaade wollo ngaameela.(yande)</t>
   </si>
   <si>
@@ -1831,50 +1747,56 @@
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibnu Abbaas ina habra wonde ko o suko o wonno hombo waɗɗadii e Annabi yo o his, Oon maakani mbo: pellet mbeɗa anndin ma geɗe ɗe Alla nafirat ma:
 Reenru Alla siinude jamirooɗe makko e reen-taade kaɗaaɗe makko, o tawma e ɗoftaare e geɗe ɓallinooje Alla, O tawataa ma e goopi e bakkatuuji, si a waɗii ɗuum njoɓdi ma wona reeneede e boneeji aduna e laakara, Alla wallu ma e haajuuji ma kala ɗo paandiɗa.
 Si a faalaama ñaagaade  hunde, ñaaga Alla tan sabu ko kanko tan jaabotoo ñaagatooɓe.
 Si a faalaama ballal woto wallakino mbo wonah Alla.
 Yanane a heɓatah nafoore si yimɓe leydi ndi fof ndentii ngam nafde ma si wonah ko Alla winndan ma ko, a heɓatah lorla si yimɓe aduna ɓe fof ndentii ngam lorde ma si wonah ko Alla hoddiri ko e dow ma.
 O fiyaaku Alla winndii mbo O hoddari mbo fotde ñeeñal makko e ganndal makko hay gooto waylataa ko Alla winndi ko.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Himmude anndinde sukaaɓe e famarɓre fiyakuuji diine e neediiji e ko wonah ɗuum.
 Njoɓdi fawii ko e leñol golle.
 Yamiraama fawaade e Alla, e wakkilaade e makko tan, ko kanko woni bakkilteeɗo moƴƴo.
 Gooŋɗinde ñaawoore e hoddire e weleede ɗuum, e wonde Alla hoddiri kala huunde.
 Kala jeebiiɗo yamiroore Alla? pellet Alla yeeboo mbo te O reenataa mbo.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/4811</t>
   </si>
   <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>jiyaaɗo Am bakkadnii bakkaat, o wii: Aan Alla yaafo mi bakkaat am o</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Ittaama e Abu Hurayrata yo Alla wele mbo(yo allah yardo he makko): Ittaama e Annabi ko o siimtata( ko o filloto ) ummaade e Joom makko(mikko), o daal( o wii )" jiyaaɗo Am bakkadnii bakkaat, o wii: Aan Alla yaafo mi bakkaat am o, Alla daali: jiyaaɗo Am bakkadinii bakkat o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkatuujin hombo nanngira bakkaat, refti o ruttii o bakkadini, o wii: Aan joom am yaafo mi bakkaat am, Alla daali: jiyaaɗo Am bakkadinii bakkat, o anndi hombo jogii joomiraaɗo jaafatooɗo bakkaat, e nanngiroowo bakkat, refti o ruttii o bakkadini, o wii: Aan Joom am yaafo mi, Alla toowɗo O daali: jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkaat, nanngiroowo bakkaat, waɗ ko mbelaɗɗa Mi yaafiimo ma".</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra gaa e Joom makkoo wonde si jiyaaɗo bakkadi- nii refti o wii: Aan Joom am yaafo mi bakkaat am, Alla daala: jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkatuuji cuuroowo , wollo O leɓta, Mi yaafiimo mbo. Refti jiyaaɗo o ruttii o bakkadini, o wii: Joom am yaafo mi bakkaat am o, Joomiraaɗo daali: jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo, hombo suura mbo O yaafoo mbo, wollo O leɓta mbo, Mi yaafiimo mbo. Refti jiyaaɗo o ruttii o bakkadini, o wii: Joom am yaafo mi, Alla daali : jiyaaɗo Am bakkadinii bakkaat, o anndi hombo jogii Joomiraaɗo jaafatooɗo bakkaat, O suura mbo, wollo O leɓta mbo, Mi yaafiima jiyaaɗo Am o, yo o waɗ ko o faala tawde kala nde o bakkadini o accat bakkaat o nimsa o fellita waasde ruttaade heen sabu fittaandu makko jaaloo mbo o yana e bakkaat laawol goɗngol, ɗoon ɗo hombo waɗa ko wa'i nih o tuuba ma mi yaafo mbo, sabu tuubde ina yirbina ko adii ɗum e bakkatuuji.</t>
   </si>
   <si>
@@ -7137,51 +7059,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O190"/>
+  <dimension ref="A1:O188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -7857,8224 +7779,8130 @@
       </c>
       <c r="I16" t="s">
         <v>159</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
         <v>122</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
         <v>123</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3480</v>
+        <v>3518</v>
       </c>
       <c r="B17" t="s">
         <v>161</v>
       </c>
       <c r="C17" t="s">
         <v>162</v>
       </c>
       <c r="D17" t="s">
         <v>163</v>
       </c>
       <c r="E17" t="s">
         <v>164</v>
       </c>
       <c r="F17" t="s">
         <v>165</v>
       </c>
       <c r="G17" t="s">
         <v>166</v>
       </c>
       <c r="H17" t="s">
         <v>167</v>
       </c>
       <c r="I17" t="s">
         <v>168</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>69</v>
+        <v>169</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
-        <v>70</v>
+        <v>170</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3518</v>
+        <v>3553</v>
       </c>
       <c r="B18" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C18" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D18" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E18" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F18" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="G18" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="H18" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I18" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>178</v>
+        <v>122</v>
       </c>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
-        <v>179</v>
+        <v>123</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3553</v>
+        <v>3567</v>
       </c>
       <c r="B19" t="s">
         <v>181</v>
       </c>
       <c r="C19" t="s">
         <v>182</v>
       </c>
       <c r="D19" t="s">
         <v>183</v>
       </c>
       <c r="E19" t="s">
         <v>184</v>
       </c>
       <c r="F19" t="s">
         <v>185</v>
       </c>
       <c r="G19" t="s">
         <v>186</v>
       </c>
       <c r="H19" t="s">
         <v>187</v>
       </c>
       <c r="I19" t="s">
         <v>188</v>
       </c>
       <c r="J19" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K19" t="s">
-        <v>122</v>
+        <v>189</v>
       </c>
       <c r="L19" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M19" t="s">
-        <v>123</v>
+        <v>190</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3567</v>
+        <v>3581</v>
       </c>
       <c r="B20" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C20" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D20" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F20" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H20" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="I20" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="J20" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>198</v>
+        <v>122</v>
       </c>
       <c r="L20" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M20" t="s">
-        <v>199</v>
+        <v>123</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3581</v>
+        <v>3588</v>
       </c>
       <c r="B21" t="s">
         <v>201</v>
       </c>
       <c r="C21" t="s">
         <v>202</v>
       </c>
       <c r="D21" t="s">
         <v>203</v>
       </c>
       <c r="E21" t="s">
         <v>204</v>
       </c>
       <c r="F21" t="s">
         <v>205</v>
       </c>
       <c r="G21" t="s">
         <v>206</v>
       </c>
       <c r="H21" t="s">
         <v>207</v>
       </c>
       <c r="I21" t="s">
         <v>208</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>122</v>
+        <v>209</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
-        <v>123</v>
+        <v>210</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3588</v>
+        <v>3591</v>
       </c>
       <c r="B22" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C22" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D22" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E22" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="F22" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G22" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="H22" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="I22" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>218</v>
+        <v>69</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>219</v>
+        <v>70</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3591</v>
+        <v>3686</v>
       </c>
       <c r="B23" t="s">
         <v>221</v>
       </c>
       <c r="C23" t="s">
         <v>222</v>
       </c>
       <c r="D23" t="s">
         <v>223</v>
       </c>
       <c r="E23" t="s">
         <v>224</v>
       </c>
       <c r="F23" t="s">
         <v>225</v>
       </c>
       <c r="G23" t="s">
         <v>226</v>
       </c>
       <c r="H23" t="s">
         <v>227</v>
       </c>
       <c r="I23" t="s">
         <v>228</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3686</v>
+        <v>3702</v>
       </c>
       <c r="B24" t="s">
         <v>230</v>
       </c>
       <c r="C24" t="s">
         <v>231</v>
       </c>
       <c r="D24" t="s">
         <v>232</v>
       </c>
       <c r="E24" t="s">
         <v>233</v>
       </c>
       <c r="F24" t="s">
         <v>234</v>
       </c>
       <c r="G24" t="s">
         <v>235</v>
       </c>
       <c r="H24" t="s">
         <v>236</v>
       </c>
       <c r="I24" t="s">
         <v>237</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>122</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>123</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3702</v>
+        <v>3706</v>
       </c>
       <c r="B25" t="s">
         <v>239</v>
       </c>
       <c r="C25" t="s">
         <v>240</v>
       </c>
       <c r="D25" t="s">
         <v>241</v>
       </c>
       <c r="E25" t="s">
         <v>242</v>
       </c>
       <c r="F25" t="s">
         <v>243</v>
       </c>
       <c r="G25" t="s">
         <v>244</v>
       </c>
       <c r="H25" t="s">
         <v>245</v>
       </c>
       <c r="I25" t="s">
         <v>246</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3706</v>
+        <v>3716</v>
       </c>
       <c r="B26" t="s">
         <v>248</v>
       </c>
       <c r="C26" t="s">
         <v>249</v>
       </c>
       <c r="D26" t="s">
         <v>250</v>
       </c>
       <c r="E26" t="s">
         <v>251</v>
       </c>
       <c r="F26" t="s">
         <v>252</v>
       </c>
       <c r="G26" t="s">
         <v>253</v>
       </c>
       <c r="H26" t="s">
         <v>254</v>
       </c>
       <c r="I26" t="s">
         <v>255</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3716</v>
+        <v>3753</v>
       </c>
       <c r="B27" t="s">
         <v>257</v>
       </c>
       <c r="C27" t="s">
         <v>258</v>
       </c>
       <c r="D27" t="s">
         <v>259</v>
       </c>
       <c r="E27" t="s">
         <v>260</v>
       </c>
       <c r="F27" t="s">
         <v>261</v>
       </c>
       <c r="G27" t="s">
         <v>262</v>
       </c>
       <c r="H27" t="s">
         <v>263</v>
       </c>
       <c r="I27" t="s">
         <v>264</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3753</v>
+        <v>3854</v>
       </c>
       <c r="B28" t="s">
         <v>266</v>
       </c>
       <c r="C28" t="s">
         <v>267</v>
       </c>
       <c r="D28" t="s">
         <v>268</v>
       </c>
       <c r="E28" t="s">
         <v>269</v>
       </c>
       <c r="F28" t="s">
         <v>270</v>
       </c>
       <c r="G28" t="s">
         <v>271</v>
       </c>
       <c r="H28" t="s">
         <v>272</v>
       </c>
       <c r="I28" t="s">
         <v>273</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>3854</v>
+        <v>4186</v>
       </c>
       <c r="B29" t="s">
         <v>275</v>
       </c>
       <c r="C29" t="s">
         <v>276</v>
       </c>
       <c r="D29" t="s">
         <v>277</v>
       </c>
       <c r="E29" t="s">
         <v>278</v>
       </c>
       <c r="F29" t="s">
         <v>279</v>
       </c>
       <c r="G29" t="s">
         <v>280</v>
       </c>
       <c r="H29" t="s">
         <v>281</v>
       </c>
       <c r="I29" t="s">
         <v>282</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>122</v>
+        <v>283</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
-        <v>123</v>
+        <v>284</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>4186</v>
+        <v>4196</v>
       </c>
       <c r="B30" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C30" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D30" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E30" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="F30" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="G30" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="H30" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="I30" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>292</v>
+        <v>25</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
-        <v>293</v>
+        <v>27</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>4196</v>
+        <v>4202</v>
       </c>
       <c r="B31" t="s">
         <v>295</v>
       </c>
       <c r="C31" t="s">
         <v>296</v>
       </c>
       <c r="D31" t="s">
         <v>297</v>
       </c>
       <c r="E31" t="s">
         <v>298</v>
       </c>
       <c r="F31" t="s">
         <v>299</v>
       </c>
       <c r="G31" t="s">
         <v>300</v>
       </c>
       <c r="H31" t="s">
         <v>301</v>
       </c>
       <c r="I31" t="s">
         <v>302</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>4202</v>
+        <v>4204</v>
       </c>
       <c r="B32" t="s">
         <v>304</v>
       </c>
       <c r="C32" t="s">
         <v>305</v>
       </c>
       <c r="D32" t="s">
         <v>306</v>
       </c>
       <c r="E32" t="s">
         <v>307</v>
       </c>
       <c r="F32" t="s">
         <v>308</v>
       </c>
       <c r="G32" t="s">
         <v>309</v>
       </c>
       <c r="H32" t="s">
         <v>310</v>
       </c>
       <c r="I32" t="s">
         <v>311</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>4204</v>
+        <v>4304</v>
       </c>
       <c r="B33" t="s">
         <v>313</v>
       </c>
       <c r="C33" t="s">
         <v>314</v>
       </c>
       <c r="D33" t="s">
         <v>315</v>
       </c>
       <c r="E33" t="s">
         <v>316</v>
       </c>
       <c r="F33" t="s">
         <v>317</v>
       </c>
       <c r="G33" t="s">
         <v>318</v>
       </c>
       <c r="H33" t="s">
         <v>319</v>
       </c>
       <c r="I33" t="s">
         <v>320</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>4302</v>
+        <v>4309</v>
       </c>
       <c r="B34" t="s">
         <v>322</v>
       </c>
       <c r="C34" t="s">
         <v>323</v>
       </c>
       <c r="D34" t="s">
         <v>324</v>
       </c>
       <c r="E34" t="s">
         <v>325</v>
       </c>
       <c r="F34" t="s">
         <v>326</v>
       </c>
       <c r="G34" t="s">
         <v>327</v>
       </c>
       <c r="H34" t="s">
         <v>328</v>
       </c>
       <c r="I34" t="s">
         <v>329</v>
       </c>
       <c r="J34" t="s">
+        <v>24</v>
+      </c>
+      <c r="K34" t="s">
+        <v>69</v>
+      </c>
+      <c r="L34" t="s">
+        <v>26</v>
+      </c>
+      <c r="M34" t="s">
+        <v>70</v>
+      </c>
+      <c r="N34" t="s">
+        <v>28</v>
+      </c>
+      <c r="O34" t="s">
         <v>330</v>
-      </c>
-[...13 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>4304</v>
+        <v>4314</v>
       </c>
       <c r="B35" t="s">
+        <v>331</v>
+      </c>
+      <c r="C35" t="s">
+        <v>332</v>
+      </c>
+      <c r="D35" t="s">
+        <v>333</v>
+      </c>
+      <c r="E35" t="s">
+        <v>334</v>
+      </c>
+      <c r="F35" t="s">
         <v>335</v>
       </c>
-      <c r="C35" t="s">
+      <c r="G35" t="s">
         <v>336</v>
       </c>
-      <c r="D35" t="s">
+      <c r="H35" t="s">
         <v>337</v>
       </c>
-      <c r="E35" t="s">
+      <c r="I35" t="s">
         <v>338</v>
-      </c>
-[...10 lines deleted...]
-        <v>342</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>25</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>4309</v>
+        <v>4319</v>
       </c>
       <c r="B36" t="s">
+        <v>340</v>
+      </c>
+      <c r="C36" t="s">
+        <v>341</v>
+      </c>
+      <c r="D36" t="s">
+        <v>342</v>
+      </c>
+      <c r="E36" t="s">
+        <v>343</v>
+      </c>
+      <c r="F36" t="s">
         <v>344</v>
       </c>
-      <c r="C36" t="s">
+      <c r="G36" t="s">
         <v>345</v>
       </c>
-      <c r="D36" t="s">
+      <c r="H36" t="s">
         <v>346</v>
       </c>
-      <c r="E36" t="s">
+      <c r="I36" t="s">
         <v>347</v>
-      </c>
-[...10 lines deleted...]
-        <v>351</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>69</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>70</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>4314</v>
+        <v>4322</v>
       </c>
       <c r="B37" t="s">
+        <v>349</v>
+      </c>
+      <c r="C37" t="s">
+        <v>350</v>
+      </c>
+      <c r="D37" t="s">
+        <v>351</v>
+      </c>
+      <c r="E37" t="s">
+        <v>352</v>
+      </c>
+      <c r="F37" t="s">
         <v>353</v>
       </c>
-      <c r="C37" t="s">
+      <c r="G37" t="s">
         <v>354</v>
       </c>
-      <c r="D37" t="s">
+      <c r="H37" t="s">
         <v>355</v>
       </c>
-      <c r="E37" t="s">
+      <c r="I37" t="s">
         <v>356</v>
-      </c>
-[...10 lines deleted...]
-        <v>360</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>4319</v>
+        <v>4555</v>
       </c>
       <c r="B38" t="s">
+        <v>358</v>
+      </c>
+      <c r="C38" t="s">
+        <v>359</v>
+      </c>
+      <c r="D38" t="s">
+        <v>360</v>
+      </c>
+      <c r="E38" t="s">
+        <v>361</v>
+      </c>
+      <c r="F38" t="s">
         <v>362</v>
       </c>
-      <c r="C38" t="s">
+      <c r="G38" t="s">
         <v>363</v>
       </c>
-      <c r="D38" t="s">
+      <c r="H38" t="s">
         <v>364</v>
       </c>
-      <c r="E38" t="s">
+      <c r="I38" t="s">
         <v>365</v>
-      </c>
-[...10 lines deleted...]
-        <v>369</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>69</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>70</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>4322</v>
+        <v>4560</v>
       </c>
       <c r="B39" t="s">
+        <v>367</v>
+      </c>
+      <c r="C39" t="s">
+        <v>368</v>
+      </c>
+      <c r="D39" t="s">
+        <v>369</v>
+      </c>
+      <c r="E39" t="s">
+        <v>370</v>
+      </c>
+      <c r="F39" t="s">
         <v>371</v>
       </c>
-      <c r="C39" t="s">
+      <c r="G39" t="s">
         <v>372</v>
       </c>
-      <c r="D39" t="s">
+      <c r="H39" t="s">
         <v>373</v>
       </c>
-      <c r="E39" t="s">
+      <c r="I39" t="s">
         <v>374</v>
-      </c>
-[...10 lines deleted...]
-        <v>378</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>4555</v>
+        <v>4563</v>
       </c>
       <c r="B40" t="s">
+        <v>376</v>
+      </c>
+      <c r="C40" t="s">
+        <v>377</v>
+      </c>
+      <c r="D40" t="s">
+        <v>378</v>
+      </c>
+      <c r="E40" t="s">
+        <v>379</v>
+      </c>
+      <c r="F40" t="s">
         <v>380</v>
       </c>
-      <c r="C40" t="s">
+      <c r="G40" t="s">
         <v>381</v>
       </c>
-      <c r="D40" t="s">
+      <c r="H40" t="s">
         <v>382</v>
       </c>
-      <c r="E40" t="s">
+      <c r="I40" t="s">
         <v>383</v>
-      </c>
-[...10 lines deleted...]
-        <v>387</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>69</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>70</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>4560</v>
+        <v>4709</v>
       </c>
       <c r="B41" t="s">
+        <v>385</v>
+      </c>
+      <c r="C41" t="s">
+        <v>386</v>
+      </c>
+      <c r="D41" t="s">
+        <v>387</v>
+      </c>
+      <c r="E41" t="s">
+        <v>388</v>
+      </c>
+      <c r="F41" t="s">
         <v>389</v>
       </c>
-      <c r="C41" t="s">
+      <c r="G41" t="s">
         <v>390</v>
       </c>
-      <c r="D41" t="s">
+      <c r="H41" t="s">
         <v>391</v>
       </c>
-      <c r="E41" t="s">
+      <c r="I41" t="s">
         <v>392</v>
       </c>
-      <c r="F41" t="s">
+      <c r="J41" t="s">
+        <v>24</v>
+      </c>
+      <c r="K41" t="s">
+        <v>122</v>
+      </c>
+      <c r="L41" t="s">
+        <v>26</v>
+      </c>
+      <c r="M41" t="s">
+        <v>123</v>
+      </c>
+      <c r="N41" t="s">
+        <v>28</v>
+      </c>
+      <c r="O41" t="s">
         <v>393</v>
-      </c>
-[...25 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>4563</v>
+        <v>4711</v>
       </c>
       <c r="B42" t="s">
+        <v>394</v>
+      </c>
+      <c r="C42" t="s">
+        <v>395</v>
+      </c>
+      <c r="D42" t="s">
+        <v>396</v>
+      </c>
+      <c r="E42" t="s">
+        <v>397</v>
+      </c>
+      <c r="F42" t="s">
         <v>398</v>
       </c>
-      <c r="C42" t="s">
+      <c r="G42" t="s">
         <v>399</v>
       </c>
-      <c r="D42" t="s">
+      <c r="H42" t="s">
         <v>400</v>
       </c>
-      <c r="E42" t="s">
+      <c r="I42" t="s">
         <v>401</v>
       </c>
-      <c r="F42" t="s">
+      <c r="J42" t="s">
         <v>402</v>
       </c>
-      <c r="G42" t="s">
+      <c r="K42" t="s">
         <v>403</v>
       </c>
-      <c r="H42" t="s">
+      <c r="L42" t="s">
         <v>404</v>
       </c>
-      <c r="I42" t="s">
+      <c r="M42" t="s">
         <v>405</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>4709</v>
+        <v>4714</v>
       </c>
       <c r="B43" t="s">
         <v>407</v>
       </c>
       <c r="C43" t="s">
         <v>408</v>
       </c>
       <c r="D43" t="s">
         <v>409</v>
       </c>
       <c r="E43" t="s">
         <v>410</v>
       </c>
       <c r="F43" t="s">
         <v>411</v>
       </c>
       <c r="G43" t="s">
         <v>412</v>
       </c>
       <c r="H43" t="s">
         <v>413</v>
       </c>
       <c r="I43" t="s">
         <v>414</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>4711</v>
+        <v>4721</v>
       </c>
       <c r="B44" t="s">
         <v>416</v>
       </c>
       <c r="C44" t="s">
         <v>417</v>
       </c>
       <c r="D44" t="s">
         <v>418</v>
       </c>
       <c r="E44" t="s">
         <v>419</v>
       </c>
       <c r="F44" t="s">
         <v>420</v>
       </c>
       <c r="G44" t="s">
         <v>421</v>
       </c>
       <c r="H44" t="s">
         <v>422</v>
       </c>
       <c r="I44" t="s">
         <v>423</v>
       </c>
       <c r="J44" t="s">
+        <v>24</v>
+      </c>
+      <c r="K44" t="s">
         <v>424</v>
       </c>
-      <c r="K44" t="s">
+      <c r="L44" t="s">
+        <v>26</v>
+      </c>
+      <c r="M44" t="s">
         <v>425</v>
       </c>
-      <c r="L44" t="s">
+      <c r="N44" t="s">
+        <v>28</v>
+      </c>
+      <c r="O44" t="s">
         <v>426</v>
-      </c>
-[...7 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>4714</v>
+        <v>4792</v>
       </c>
       <c r="B45" t="s">
+        <v>427</v>
+      </c>
+      <c r="C45" t="s">
+        <v>428</v>
+      </c>
+      <c r="D45" t="s">
         <v>429</v>
       </c>
-      <c r="C45" t="s">
+      <c r="E45" t="s">
         <v>430</v>
       </c>
-      <c r="D45" t="s">
+      <c r="F45" t="s">
         <v>431</v>
       </c>
-      <c r="E45" t="s">
+      <c r="G45" t="s">
         <v>432</v>
       </c>
-      <c r="F45" t="s">
+      <c r="H45" t="s">
         <v>433</v>
       </c>
-      <c r="G45" t="s">
+      <c r="I45" t="s">
         <v>434</v>
-      </c>
-[...4 lines deleted...]
-        <v>436</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>4721</v>
+        <v>4810</v>
       </c>
       <c r="B46" t="s">
+        <v>436</v>
+      </c>
+      <c r="C46" t="s">
+        <v>437</v>
+      </c>
+      <c r="D46" t="s">
         <v>438</v>
       </c>
-      <c r="C46" t="s">
+      <c r="E46" t="s">
         <v>439</v>
       </c>
-      <c r="D46" t="s">
+      <c r="F46" t="s">
         <v>440</v>
       </c>
-      <c r="E46" t="s">
+      <c r="G46" t="s">
         <v>441</v>
       </c>
-      <c r="F46" t="s">
+      <c r="H46" t="s">
         <v>442</v>
       </c>
-      <c r="G46" t="s">
+      <c r="I46" t="s">
         <v>443</v>
       </c>
-      <c r="H46" t="s">
+      <c r="J46" t="s">
+        <v>24</v>
+      </c>
+      <c r="K46" t="s">
+        <v>69</v>
+      </c>
+      <c r="L46" t="s">
+        <v>26</v>
+      </c>
+      <c r="M46" t="s">
+        <v>70</v>
+      </c>
+      <c r="N46" t="s">
+        <v>28</v>
+      </c>
+      <c r="O46" t="s">
         <v>444</v>
-      </c>
-[...19 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>4792</v>
+        <v>4811</v>
       </c>
       <c r="B47" t="s">
+        <v>445</v>
+      </c>
+      <c r="C47" t="s">
+        <v>446</v>
+      </c>
+      <c r="D47" t="s">
+        <v>447</v>
+      </c>
+      <c r="E47" t="s">
+        <v>448</v>
+      </c>
+      <c r="F47" t="s">
         <v>449</v>
       </c>
-      <c r="C47" t="s">
+      <c r="G47" t="s">
         <v>450</v>
       </c>
-      <c r="D47" t="s">
+      <c r="H47" t="s">
         <v>451</v>
       </c>
-      <c r="E47" t="s">
+      <c r="I47" t="s">
         <v>452</v>
       </c>
-      <c r="F47" t="s">
+      <c r="J47" t="s">
+        <v>24</v>
+      </c>
+      <c r="K47" t="s">
         <v>453</v>
       </c>
-      <c r="G47" t="s">
+      <c r="L47" t="s">
+        <v>26</v>
+      </c>
+      <c r="M47" t="s">
         <v>454</v>
       </c>
-      <c r="H47" t="s">
+      <c r="N47" t="s">
+        <v>28</v>
+      </c>
+      <c r="O47" t="s">
         <v>455</v>
-      </c>
-[...19 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>4810</v>
+        <v>4817</v>
       </c>
       <c r="B48" t="s">
+        <v>456</v>
+      </c>
+      <c r="C48" t="s">
+        <v>457</v>
+      </c>
+      <c r="D48" t="s">
         <v>458</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
         <v>459</v>
       </c>
-      <c r="D48" t="s">
+      <c r="F48" t="s">
         <v>460</v>
       </c>
-      <c r="E48" t="s">
+      <c r="G48" t="s">
         <v>461</v>
       </c>
-      <c r="F48" t="s">
+      <c r="H48" t="s">
         <v>462</v>
       </c>
-      <c r="G48" t="s">
+      <c r="I48" t="s">
         <v>463</v>
       </c>
-      <c r="H48" t="s">
+      <c r="J48" t="s">
+        <v>24</v>
+      </c>
+      <c r="K48" t="s">
+        <v>25</v>
+      </c>
+      <c r="L48" t="s">
+        <v>26</v>
+      </c>
+      <c r="M48" t="s">
+        <v>27</v>
+      </c>
+      <c r="N48" t="s">
+        <v>28</v>
+      </c>
+      <c r="O48" t="s">
         <v>464</v>
-      </c>
-[...19 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>4811</v>
+        <v>4935</v>
       </c>
       <c r="B49" t="s">
+        <v>465</v>
+      </c>
+      <c r="C49" t="s">
+        <v>466</v>
+      </c>
+      <c r="D49" t="s">
         <v>467</v>
       </c>
-      <c r="C49" t="s">
+      <c r="E49" t="s">
         <v>468</v>
       </c>
-      <c r="D49" t="s">
+      <c r="F49" t="s">
         <v>469</v>
       </c>
-      <c r="E49" t="s">
+      <c r="G49" t="s">
         <v>470</v>
       </c>
-      <c r="F49" t="s">
+      <c r="H49" t="s">
         <v>471</v>
       </c>
-      <c r="G49" t="s">
+      <c r="I49" t="s">
         <v>472</v>
       </c>
-      <c r="H49" t="s">
+      <c r="J49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K49" t="s">
+        <v>69</v>
+      </c>
+      <c r="L49" t="s">
+        <v>26</v>
+      </c>
+      <c r="M49" t="s">
+        <v>70</v>
+      </c>
+      <c r="N49" t="s">
+        <v>28</v>
+      </c>
+      <c r="O49" t="s">
         <v>473</v>
-      </c>
-[...19 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>4817</v>
+        <v>4947</v>
       </c>
       <c r="B50" t="s">
+        <v>474</v>
+      </c>
+      <c r="C50" t="s">
+        <v>475</v>
+      </c>
+      <c r="D50" t="s">
         <v>476</v>
       </c>
-      <c r="C50" t="s">
+      <c r="E50" t="s">
         <v>477</v>
       </c>
-      <c r="D50" t="s">
+      <c r="F50" t="s">
         <v>478</v>
       </c>
-      <c r="E50" t="s">
+      <c r="G50" t="s">
         <v>479</v>
       </c>
-      <c r="F50" t="s">
+      <c r="H50" t="s">
         <v>480</v>
       </c>
-      <c r="G50" t="s">
+      <c r="I50" t="s">
         <v>481</v>
       </c>
-      <c r="H50" t="s">
+      <c r="J50" t="s">
+        <v>24</v>
+      </c>
+      <c r="K50" t="s">
+        <v>122</v>
+      </c>
+      <c r="L50" t="s">
+        <v>26</v>
+      </c>
+      <c r="M50" t="s">
+        <v>123</v>
+      </c>
+      <c r="N50" t="s">
+        <v>28</v>
+      </c>
+      <c r="O50" t="s">
         <v>482</v>
-      </c>
-[...19 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>4935</v>
+        <v>4965</v>
       </c>
       <c r="B51" t="s">
+        <v>483</v>
+      </c>
+      <c r="C51" t="s">
+        <v>484</v>
+      </c>
+      <c r="D51" t="s">
         <v>485</v>
       </c>
-      <c r="C51" t="s">
+      <c r="E51" t="s">
         <v>486</v>
       </c>
-      <c r="D51" t="s">
+      <c r="F51" t="s">
         <v>487</v>
       </c>
-      <c r="E51" t="s">
+      <c r="G51" t="s">
         <v>488</v>
       </c>
-      <c r="F51" t="s">
+      <c r="H51" t="s">
         <v>489</v>
       </c>
-      <c r="G51" t="s">
+      <c r="I51" t="s">
         <v>490</v>
       </c>
-      <c r="H51" t="s">
+      <c r="J51" t="s">
+        <v>24</v>
+      </c>
+      <c r="K51" t="s">
+        <v>25</v>
+      </c>
+      <c r="L51" t="s">
+        <v>26</v>
+      </c>
+      <c r="M51" t="s">
+        <v>27</v>
+      </c>
+      <c r="N51" t="s">
+        <v>28</v>
+      </c>
+      <c r="O51" t="s">
         <v>491</v>
-      </c>
-[...19 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>4947</v>
+        <v>5273</v>
       </c>
       <c r="B52" t="s">
+        <v>492</v>
+      </c>
+      <c r="C52" t="s">
+        <v>493</v>
+      </c>
+      <c r="D52" t="s">
         <v>494</v>
       </c>
-      <c r="C52" t="s">
+      <c r="E52" t="s">
         <v>495</v>
       </c>
-      <c r="D52" t="s">
+      <c r="F52" t="s">
         <v>496</v>
       </c>
-      <c r="E52" t="s">
+      <c r="G52" t="s">
         <v>497</v>
       </c>
-      <c r="F52" t="s">
+      <c r="H52" t="s">
         <v>498</v>
       </c>
-      <c r="G52" t="s">
+      <c r="I52" t="s">
         <v>499</v>
       </c>
-      <c r="H52" t="s">
+      <c r="J52" t="s">
+        <v>24</v>
+      </c>
+      <c r="K52" t="s">
         <v>500</v>
       </c>
-      <c r="I52" t="s">
+      <c r="L52" t="s">
+        <v>26</v>
+      </c>
+      <c r="M52" t="s">
         <v>501</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>4965</v>
+        <v>5326</v>
       </c>
       <c r="B53" t="s">
         <v>503</v>
       </c>
       <c r="C53" t="s">
         <v>504</v>
       </c>
       <c r="D53" t="s">
         <v>505</v>
       </c>
       <c r="E53" t="s">
         <v>506</v>
       </c>
       <c r="F53" t="s">
         <v>507</v>
       </c>
       <c r="G53" t="s">
         <v>508</v>
       </c>
       <c r="H53" t="s">
         <v>509</v>
       </c>
       <c r="I53" t="s">
         <v>510</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>5273</v>
+        <v>5330</v>
       </c>
       <c r="B54" t="s">
         <v>512</v>
       </c>
       <c r="C54" t="s">
         <v>513</v>
       </c>
       <c r="D54" t="s">
         <v>514</v>
       </c>
       <c r="E54" t="s">
         <v>515</v>
       </c>
       <c r="F54" t="s">
         <v>516</v>
       </c>
       <c r="G54" t="s">
         <v>517</v>
       </c>
       <c r="H54" t="s">
         <v>518</v>
       </c>
       <c r="I54" t="s">
         <v>519</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
+        <v>69</v>
+      </c>
+      <c r="L54" t="s">
+        <v>26</v>
+      </c>
+      <c r="M54" t="s">
+        <v>70</v>
+      </c>
+      <c r="N54" t="s">
+        <v>28</v>
+      </c>
+      <c r="O54" t="s">
         <v>520</v>
-      </c>
-[...10 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>5326</v>
+        <v>5331</v>
       </c>
       <c r="B55" t="s">
+        <v>521</v>
+      </c>
+      <c r="C55" t="s">
+        <v>522</v>
+      </c>
+      <c r="D55" t="s">
         <v>523</v>
       </c>
-      <c r="C55" t="s">
+      <c r="E55" t="s">
         <v>524</v>
       </c>
-      <c r="D55" t="s">
+      <c r="F55" t="s">
         <v>525</v>
       </c>
-      <c r="E55" t="s">
+      <c r="G55" t="s">
         <v>526</v>
       </c>
-      <c r="F55" t="s">
+      <c r="H55" t="s">
         <v>527</v>
       </c>
-      <c r="G55" t="s">
+      <c r="I55" t="s">
         <v>528</v>
       </c>
-      <c r="H55" t="s">
+      <c r="J55" t="s">
+        <v>24</v>
+      </c>
+      <c r="K55" t="s">
+        <v>122</v>
+      </c>
+      <c r="L55" t="s">
+        <v>26</v>
+      </c>
+      <c r="M55" t="s">
+        <v>123</v>
+      </c>
+      <c r="N55" t="s">
+        <v>28</v>
+      </c>
+      <c r="O55" t="s">
         <v>529</v>
-      </c>
-[...19 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>5330</v>
+        <v>5335</v>
       </c>
       <c r="B56" t="s">
+        <v>530</v>
+      </c>
+      <c r="C56" t="s">
+        <v>531</v>
+      </c>
+      <c r="D56" t="s">
         <v>532</v>
       </c>
-      <c r="C56" t="s">
+      <c r="E56" t="s">
         <v>533</v>
       </c>
-      <c r="D56" t="s">
+      <c r="F56" t="s">
         <v>534</v>
       </c>
-      <c r="E56" t="s">
+      <c r="G56" t="s">
         <v>535</v>
       </c>
-      <c r="F56" t="s">
+      <c r="H56" t="s">
         <v>536</v>
       </c>
-      <c r="G56" t="s">
+      <c r="I56" t="s">
         <v>537</v>
       </c>
-      <c r="H56" t="s">
+      <c r="J56" t="s">
+        <v>24</v>
+      </c>
+      <c r="K56" t="s">
+        <v>25</v>
+      </c>
+      <c r="L56" t="s">
+        <v>26</v>
+      </c>
+      <c r="M56" t="s">
+        <v>27</v>
+      </c>
+      <c r="N56" t="s">
+        <v>28</v>
+      </c>
+      <c r="O56" t="s">
         <v>538</v>
-      </c>
-[...19 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>5331</v>
+        <v>5346</v>
       </c>
       <c r="B57" t="s">
+        <v>539</v>
+      </c>
+      <c r="C57" t="s">
+        <v>540</v>
+      </c>
+      <c r="D57" t="s">
         <v>541</v>
       </c>
-      <c r="C57" t="s">
+      <c r="E57" t="s">
         <v>542</v>
       </c>
-      <c r="D57" t="s">
+      <c r="F57" t="s">
         <v>543</v>
       </c>
-      <c r="E57" t="s">
+      <c r="G57" t="s">
         <v>544</v>
       </c>
-      <c r="F57" t="s">
+      <c r="H57" t="s">
         <v>545</v>
       </c>
-      <c r="G57" t="s">
+      <c r="I57" t="s">
         <v>546</v>
       </c>
-      <c r="H57" t="s">
+      <c r="J57" t="s">
+        <v>24</v>
+      </c>
+      <c r="K57" t="s">
         <v>547</v>
       </c>
-      <c r="I57" t="s">
+      <c r="L57" t="s">
+        <v>26</v>
+      </c>
+      <c r="M57" t="s">
         <v>548</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>5335</v>
+        <v>5348</v>
       </c>
       <c r="B58" t="s">
         <v>550</v>
       </c>
       <c r="C58" t="s">
         <v>551</v>
       </c>
       <c r="D58" t="s">
         <v>552</v>
       </c>
       <c r="E58" t="s">
         <v>553</v>
       </c>
       <c r="F58" t="s">
         <v>554</v>
       </c>
       <c r="G58" t="s">
         <v>555</v>
       </c>
       <c r="H58" t="s">
         <v>556</v>
       </c>
       <c r="I58" t="s">
         <v>557</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>5346</v>
+        <v>5351</v>
       </c>
       <c r="B59" t="s">
         <v>559</v>
       </c>
       <c r="C59" t="s">
         <v>560</v>
       </c>
       <c r="D59" t="s">
         <v>561</v>
       </c>
       <c r="E59" t="s">
         <v>562</v>
       </c>
       <c r="F59" t="s">
         <v>563</v>
       </c>
       <c r="G59" t="s">
         <v>564</v>
       </c>
       <c r="H59" t="s">
         <v>565</v>
       </c>
       <c r="I59" t="s">
         <v>566</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
+        <v>25</v>
+      </c>
+      <c r="L59" t="s">
+        <v>26</v>
+      </c>
+      <c r="M59" t="s">
+        <v>27</v>
+      </c>
+      <c r="N59" t="s">
+        <v>28</v>
+      </c>
+      <c r="O59" t="s">
         <v>567</v>
-      </c>
-[...10 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>5348</v>
+        <v>5353</v>
       </c>
       <c r="B60" t="s">
+        <v>568</v>
+      </c>
+      <c r="C60" t="s">
+        <v>569</v>
+      </c>
+      <c r="D60" t="s">
         <v>570</v>
       </c>
-      <c r="C60" t="s">
+      <c r="E60" t="s">
         <v>571</v>
       </c>
-      <c r="D60" t="s">
+      <c r="F60" t="s">
         <v>572</v>
       </c>
-      <c r="E60" t="s">
+      <c r="G60" t="s">
         <v>573</v>
       </c>
-      <c r="F60" t="s">
+      <c r="H60" t="s">
         <v>574</v>
       </c>
-      <c r="G60" t="s">
+      <c r="I60" t="s">
         <v>575</v>
       </c>
-      <c r="H60" t="s">
+      <c r="J60" t="s">
+        <v>89</v>
+      </c>
+      <c r="K60" t="s">
         <v>576</v>
       </c>
-      <c r="I60" t="s">
+      <c r="L60" t="s">
+        <v>91</v>
+      </c>
+      <c r="M60" t="s">
         <v>577</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>5351</v>
+        <v>5354</v>
       </c>
       <c r="B61" t="s">
         <v>579</v>
       </c>
       <c r="C61" t="s">
         <v>580</v>
       </c>
       <c r="D61" t="s">
         <v>581</v>
       </c>
       <c r="E61" t="s">
         <v>582</v>
       </c>
       <c r="F61" t="s">
         <v>583</v>
       </c>
       <c r="G61" t="s">
         <v>584</v>
       </c>
       <c r="H61" t="s">
         <v>585</v>
       </c>
       <c r="I61" t="s">
         <v>586</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>5353</v>
+        <v>5364</v>
       </c>
       <c r="B62" t="s">
         <v>588</v>
       </c>
       <c r="C62" t="s">
         <v>589</v>
       </c>
       <c r="D62" t="s">
         <v>590</v>
       </c>
       <c r="E62" t="s">
         <v>591</v>
       </c>
       <c r="F62" t="s">
         <v>592</v>
       </c>
       <c r="G62" t="s">
         <v>593</v>
       </c>
       <c r="H62" t="s">
         <v>594</v>
       </c>
       <c r="I62" t="s">
         <v>595</v>
       </c>
       <c r="J62" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K62" t="s">
+        <v>122</v>
+      </c>
+      <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
+        <v>123</v>
+      </c>
+      <c r="N62" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" t="s">
         <v>596</v>
-      </c>
-[...10 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>5354</v>
+        <v>5365</v>
       </c>
       <c r="B63" t="s">
+        <v>597</v>
+      </c>
+      <c r="C63" t="s">
+        <v>598</v>
+      </c>
+      <c r="D63" t="s">
         <v>599</v>
       </c>
-      <c r="C63" t="s">
+      <c r="E63" t="s">
         <v>600</v>
       </c>
-      <c r="D63" t="s">
+      <c r="F63" t="s">
         <v>601</v>
       </c>
-      <c r="E63" t="s">
+      <c r="G63" t="s">
         <v>602</v>
       </c>
-      <c r="F63" t="s">
+      <c r="H63" t="s">
         <v>603</v>
       </c>
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>604</v>
       </c>
-      <c r="H63" t="s">
+      <c r="J63" t="s">
+        <v>24</v>
+      </c>
+      <c r="K63" t="s">
+        <v>25</v>
+      </c>
+      <c r="L63" t="s">
+        <v>26</v>
+      </c>
+      <c r="M63" t="s">
+        <v>27</v>
+      </c>
+      <c r="N63" t="s">
+        <v>28</v>
+      </c>
+      <c r="O63" t="s">
         <v>605</v>
-      </c>
-[...19 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>5364</v>
+        <v>5367</v>
       </c>
       <c r="B64" t="s">
+        <v>606</v>
+      </c>
+      <c r="C64" t="s">
+        <v>607</v>
+      </c>
+      <c r="D64" t="s">
         <v>608</v>
       </c>
-      <c r="C64" t="s">
+      <c r="E64" t="s">
         <v>609</v>
       </c>
-      <c r="D64" t="s">
+      <c r="F64" t="s">
         <v>610</v>
       </c>
-      <c r="E64" t="s">
+      <c r="G64" t="s">
         <v>611</v>
       </c>
-      <c r="F64" t="s">
+      <c r="H64" t="s">
         <v>612</v>
       </c>
-      <c r="G64" t="s">
+      <c r="I64" t="s">
         <v>613</v>
       </c>
-      <c r="H64" t="s">
+      <c r="J64" t="s">
+        <v>24</v>
+      </c>
+      <c r="K64" t="s">
+        <v>25</v>
+      </c>
+      <c r="L64" t="s">
+        <v>26</v>
+      </c>
+      <c r="M64" t="s">
+        <v>27</v>
+      </c>
+      <c r="N64" t="s">
+        <v>28</v>
+      </c>
+      <c r="O64" t="s">
         <v>614</v>
-      </c>
-[...19 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>5365</v>
+        <v>5368</v>
       </c>
       <c r="B65" t="s">
+        <v>615</v>
+      </c>
+      <c r="C65" t="s">
+        <v>616</v>
+      </c>
+      <c r="D65" t="s">
         <v>617</v>
       </c>
-      <c r="C65" t="s">
+      <c r="E65" t="s">
         <v>618</v>
       </c>
-      <c r="D65" t="s">
+      <c r="F65" t="s">
         <v>619</v>
       </c>
-      <c r="E65" t="s">
+      <c r="G65" t="s">
         <v>620</v>
       </c>
-      <c r="F65" t="s">
+      <c r="H65" t="s">
         <v>621</v>
       </c>
-      <c r="G65" t="s">
+      <c r="I65" t="s">
         <v>622</v>
-      </c>
-[...4 lines deleted...]
-        <v>624</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>5367</v>
+        <v>5372</v>
       </c>
       <c r="B66" t="s">
+        <v>624</v>
+      </c>
+      <c r="C66" t="s">
+        <v>625</v>
+      </c>
+      <c r="D66" t="s">
         <v>626</v>
       </c>
-      <c r="C66" t="s">
+      <c r="E66" t="s">
         <v>627</v>
       </c>
-      <c r="D66" t="s">
+      <c r="F66" t="s">
         <v>628</v>
       </c>
-      <c r="E66" t="s">
+      <c r="G66" t="s">
         <v>629</v>
       </c>
-      <c r="F66" t="s">
+      <c r="H66" t="s">
         <v>630</v>
       </c>
-      <c r="G66" t="s">
+      <c r="I66" t="s">
         <v>631</v>
-      </c>
-[...4 lines deleted...]
-        <v>633</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>5368</v>
+        <v>5375</v>
       </c>
       <c r="B67" t="s">
+        <v>633</v>
+      </c>
+      <c r="C67" t="s">
+        <v>634</v>
+      </c>
+      <c r="D67" t="s">
         <v>635</v>
       </c>
-      <c r="C67" t="s">
+      <c r="E67" t="s">
         <v>636</v>
       </c>
-      <c r="D67" t="s">
+      <c r="F67" t="s">
         <v>637</v>
       </c>
-      <c r="E67" t="s">
+      <c r="G67" t="s">
         <v>638</v>
       </c>
-      <c r="F67" t="s">
+      <c r="H67" t="s">
         <v>639</v>
       </c>
-      <c r="G67" t="s">
+      <c r="I67" t="s">
         <v>640</v>
       </c>
-      <c r="H67" t="s">
+      <c r="J67" t="s">
+        <v>89</v>
+      </c>
+      <c r="K67" t="s">
         <v>641</v>
       </c>
-      <c r="I67" t="s">
+      <c r="L67" t="s">
+        <v>91</v>
+      </c>
+      <c r="M67" t="s">
         <v>642</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>5372</v>
+        <v>5382</v>
       </c>
       <c r="B68" t="s">
         <v>644</v>
       </c>
       <c r="C68" t="s">
         <v>645</v>
       </c>
       <c r="D68" t="s">
         <v>646</v>
       </c>
       <c r="E68" t="s">
         <v>647</v>
       </c>
       <c r="F68" t="s">
         <v>648</v>
       </c>
       <c r="G68" t="s">
         <v>649</v>
       </c>
       <c r="H68" t="s">
         <v>650</v>
       </c>
       <c r="I68" t="s">
         <v>651</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>5375</v>
+        <v>5435</v>
       </c>
       <c r="B69" t="s">
         <v>653</v>
       </c>
       <c r="C69" t="s">
         <v>654</v>
       </c>
       <c r="D69" t="s">
         <v>655</v>
       </c>
       <c r="E69" t="s">
         <v>656</v>
       </c>
       <c r="F69" t="s">
         <v>657</v>
       </c>
       <c r="G69" t="s">
         <v>658</v>
       </c>
       <c r="H69" t="s">
         <v>659</v>
       </c>
       <c r="I69" t="s">
         <v>660</v>
       </c>
       <c r="J69" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K69" t="s">
+        <v>69</v>
+      </c>
+      <c r="L69" t="s">
+        <v>26</v>
+      </c>
+      <c r="M69" t="s">
+        <v>70</v>
+      </c>
+      <c r="N69" t="s">
+        <v>28</v>
+      </c>
+      <c r="O69" t="s">
         <v>661</v>
-      </c>
-[...10 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>5382</v>
+        <v>5437</v>
       </c>
       <c r="B70" t="s">
+        <v>662</v>
+      </c>
+      <c r="C70" t="s">
+        <v>663</v>
+      </c>
+      <c r="D70" t="s">
         <v>664</v>
       </c>
-      <c r="C70" t="s">
+      <c r="E70" t="s">
         <v>665</v>
       </c>
-      <c r="D70" t="s">
+      <c r="F70" t="s">
         <v>666</v>
       </c>
-      <c r="E70" t="s">
+      <c r="G70" t="s">
         <v>667</v>
       </c>
-      <c r="F70" t="s">
+      <c r="H70" t="s">
         <v>668</v>
       </c>
-      <c r="G70" t="s">
+      <c r="I70" t="s">
         <v>669</v>
       </c>
-      <c r="H70" t="s">
+      <c r="J70" t="s">
+        <v>24</v>
+      </c>
+      <c r="K70" t="s">
+        <v>25</v>
+      </c>
+      <c r="L70" t="s">
+        <v>26</v>
+      </c>
+      <c r="M70" t="s">
+        <v>27</v>
+      </c>
+      <c r="N70" t="s">
+        <v>28</v>
+      </c>
+      <c r="O70" t="s">
         <v>670</v>
-      </c>
-[...19 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>5435</v>
+        <v>5439</v>
       </c>
       <c r="B71" t="s">
+        <v>671</v>
+      </c>
+      <c r="C71" t="s">
+        <v>672</v>
+      </c>
+      <c r="D71" t="s">
         <v>673</v>
       </c>
-      <c r="C71" t="s">
+      <c r="E71" t="s">
         <v>674</v>
       </c>
-      <c r="D71" t="s">
+      <c r="F71" t="s">
         <v>675</v>
       </c>
-      <c r="E71" t="s">
+      <c r="G71" t="s">
         <v>676</v>
       </c>
-      <c r="F71" t="s">
+      <c r="H71" t="s">
         <v>677</v>
       </c>
-      <c r="G71" t="s">
+      <c r="I71" t="s">
         <v>678</v>
       </c>
-      <c r="H71" t="s">
+      <c r="J71" t="s">
+        <v>24</v>
+      </c>
+      <c r="K71" t="s">
+        <v>25</v>
+      </c>
+      <c r="L71" t="s">
+        <v>26</v>
+      </c>
+      <c r="M71" t="s">
+        <v>27</v>
+      </c>
+      <c r="N71" t="s">
+        <v>28</v>
+      </c>
+      <c r="O71" t="s">
         <v>679</v>
-      </c>
-[...19 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>5437</v>
+        <v>5474</v>
       </c>
       <c r="B72" t="s">
+        <v>680</v>
+      </c>
+      <c r="C72" t="s">
+        <v>681</v>
+      </c>
+      <c r="D72" t="s">
         <v>682</v>
       </c>
-      <c r="C72" t="s">
+      <c r="E72" t="s">
         <v>683</v>
       </c>
-      <c r="D72" t="s">
+      <c r="F72" t="s">
         <v>684</v>
       </c>
-      <c r="E72" t="s">
+      <c r="G72" t="s">
         <v>685</v>
       </c>
-      <c r="F72" t="s">
+      <c r="H72" t="s">
         <v>686</v>
       </c>
-      <c r="G72" t="s">
+      <c r="I72" t="s">
         <v>687</v>
-      </c>
-[...4 lines deleted...]
-        <v>689</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
         <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
         <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>5439</v>
+        <v>5475</v>
       </c>
       <c r="B73" t="s">
+        <v>689</v>
+      </c>
+      <c r="C73" t="s">
+        <v>690</v>
+      </c>
+      <c r="D73" t="s">
         <v>691</v>
       </c>
-      <c r="C73" t="s">
+      <c r="E73" t="s">
         <v>692</v>
       </c>
-      <c r="D73" t="s">
+      <c r="F73" t="s">
         <v>693</v>
       </c>
-      <c r="E73" t="s">
+      <c r="G73" t="s">
         <v>694</v>
       </c>
-      <c r="F73" t="s">
+      <c r="H73" t="s">
         <v>695</v>
       </c>
-      <c r="G73" t="s">
+      <c r="I73" t="s">
         <v>696</v>
       </c>
-      <c r="H73" t="s">
+      <c r="J73" t="s">
+        <v>24</v>
+      </c>
+      <c r="K73" t="s">
+        <v>69</v>
+      </c>
+      <c r="L73" t="s">
+        <v>26</v>
+      </c>
+      <c r="M73" t="s">
+        <v>70</v>
+      </c>
+      <c r="N73" t="s">
+        <v>28</v>
+      </c>
+      <c r="O73" t="s">
         <v>697</v>
-      </c>
-[...19 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>5474</v>
+        <v>5476</v>
       </c>
       <c r="B74" t="s">
+        <v>698</v>
+      </c>
+      <c r="C74" t="s">
+        <v>699</v>
+      </c>
+      <c r="D74" t="s">
         <v>700</v>
       </c>
-      <c r="C74" t="s">
+      <c r="E74" t="s">
         <v>701</v>
       </c>
-      <c r="D74" t="s">
+      <c r="F74" t="s">
         <v>702</v>
       </c>
-      <c r="E74" t="s">
+      <c r="G74" t="s">
         <v>703</v>
       </c>
-      <c r="F74" t="s">
+      <c r="H74" t="s">
         <v>704</v>
       </c>
-      <c r="G74" t="s">
+      <c r="I74" t="s">
         <v>705</v>
       </c>
-      <c r="H74" t="s">
+      <c r="J74" t="s">
         <v>706</v>
       </c>
-      <c r="I74" t="s">
+      <c r="K74" t="s">
+        <v>424</v>
+      </c>
+      <c r="L74" t="s">
         <v>707</v>
       </c>
-      <c r="J74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M74" t="s">
-        <v>27</v>
+        <v>425</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>5475</v>
+        <v>5478</v>
       </c>
       <c r="B75" t="s">
         <v>709</v>
       </c>
       <c r="C75" t="s">
         <v>710</v>
       </c>
       <c r="D75" t="s">
         <v>711</v>
       </c>
       <c r="E75" t="s">
         <v>712</v>
       </c>
       <c r="F75" t="s">
         <v>713</v>
       </c>
       <c r="G75" t="s">
         <v>714</v>
       </c>
       <c r="H75" t="s">
         <v>715</v>
       </c>
       <c r="I75" t="s">
         <v>716</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>5476</v>
+        <v>5496</v>
       </c>
       <c r="B76" t="s">
         <v>718</v>
       </c>
       <c r="C76" t="s">
         <v>719</v>
       </c>
       <c r="D76" t="s">
         <v>720</v>
       </c>
       <c r="E76" t="s">
         <v>721</v>
       </c>
       <c r="F76" t="s">
         <v>722</v>
       </c>
       <c r="G76" t="s">
         <v>723</v>
       </c>
       <c r="H76" t="s">
         <v>724</v>
       </c>
       <c r="I76" t="s">
         <v>725</v>
       </c>
       <c r="J76" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" t="s">
+        <v>641</v>
+      </c>
+      <c r="L76" t="s">
+        <v>26</v>
+      </c>
+      <c r="M76" t="s">
+        <v>642</v>
+      </c>
+      <c r="N76" t="s">
+        <v>28</v>
+      </c>
+      <c r="O76" t="s">
         <v>726</v>
-      </c>
-[...13 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>5478</v>
+        <v>5507</v>
       </c>
       <c r="B77" t="s">
+        <v>727</v>
+      </c>
+      <c r="C77" t="s">
+        <v>728</v>
+      </c>
+      <c r="D77" t="s">
         <v>729</v>
       </c>
-      <c r="C77" t="s">
+      <c r="E77" t="s">
         <v>730</v>
       </c>
-      <c r="D77" t="s">
+      <c r="F77" t="s">
         <v>731</v>
       </c>
-      <c r="E77" t="s">
+      <c r="G77" t="s">
         <v>732</v>
       </c>
-      <c r="F77" t="s">
+      <c r="H77" t="s">
         <v>733</v>
       </c>
-      <c r="G77" t="s">
+      <c r="I77" t="s">
         <v>734</v>
-      </c>
-[...4 lines deleted...]
-        <v>736</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>5496</v>
+        <v>5509</v>
       </c>
       <c r="B78" t="s">
+        <v>736</v>
+      </c>
+      <c r="C78" t="s">
+        <v>737</v>
+      </c>
+      <c r="D78" t="s">
         <v>738</v>
       </c>
-      <c r="C78" t="s">
+      <c r="E78" t="s">
         <v>739</v>
       </c>
-      <c r="D78" t="s">
+      <c r="F78" t="s">
         <v>740</v>
       </c>
-      <c r="E78" t="s">
+      <c r="G78" t="s">
         <v>741</v>
       </c>
-      <c r="F78" t="s">
+      <c r="H78" t="s">
         <v>742</v>
       </c>
-      <c r="G78" t="s">
+      <c r="I78" t="s">
         <v>743</v>
       </c>
-      <c r="H78" t="s">
+      <c r="J78" t="s">
+        <v>89</v>
+      </c>
+      <c r="K78" t="s">
+        <v>424</v>
+      </c>
+      <c r="L78" t="s">
+        <v>91</v>
+      </c>
+      <c r="M78" t="s">
+        <v>425</v>
+      </c>
+      <c r="N78" t="s">
+        <v>28</v>
+      </c>
+      <c r="O78" t="s">
         <v>744</v>
-      </c>
-[...19 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>5507</v>
+        <v>5512</v>
       </c>
       <c r="B79" t="s">
+        <v>745</v>
+      </c>
+      <c r="C79" t="s">
+        <v>746</v>
+      </c>
+      <c r="D79" t="s">
         <v>747</v>
       </c>
-      <c r="C79" t="s">
+      <c r="E79" t="s">
         <v>748</v>
       </c>
-      <c r="D79" t="s">
+      <c r="F79" t="s">
         <v>749</v>
       </c>
-      <c r="E79" t="s">
+      <c r="G79" t="s">
         <v>750</v>
       </c>
-      <c r="F79" t="s">
+      <c r="H79" t="s">
         <v>751</v>
       </c>
-      <c r="G79" t="s">
+      <c r="I79" t="s">
         <v>752</v>
       </c>
-      <c r="H79" t="s">
+      <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
+        <v>69</v>
+      </c>
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
+        <v>70</v>
+      </c>
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
         <v>753</v>
-      </c>
-[...19 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>5509</v>
+        <v>5514</v>
       </c>
       <c r="B80" t="s">
+        <v>754</v>
+      </c>
+      <c r="C80" t="s">
+        <v>755</v>
+      </c>
+      <c r="D80" t="s">
         <v>756</v>
       </c>
-      <c r="C80" t="s">
+      <c r="E80" t="s">
         <v>757</v>
       </c>
-      <c r="D80" t="s">
+      <c r="F80" t="s">
         <v>758</v>
       </c>
-      <c r="E80" t="s">
+      <c r="G80" t="s">
         <v>759</v>
       </c>
-      <c r="F80" t="s">
+      <c r="H80" t="s">
         <v>760</v>
       </c>
-      <c r="G80" t="s">
+      <c r="I80" t="s">
         <v>761</v>
       </c>
-      <c r="H80" t="s">
+      <c r="J80" t="s">
+        <v>24</v>
+      </c>
+      <c r="K80" t="s">
+        <v>283</v>
+      </c>
+      <c r="L80" t="s">
+        <v>26</v>
+      </c>
+      <c r="M80" t="s">
+        <v>284</v>
+      </c>
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>762</v>
-      </c>
-[...19 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>5512</v>
+        <v>5516</v>
       </c>
       <c r="B81" t="s">
+        <v>763</v>
+      </c>
+      <c r="C81" t="s">
+        <v>764</v>
+      </c>
+      <c r="D81" t="s">
         <v>765</v>
       </c>
-      <c r="C81" t="s">
+      <c r="E81" t="s">
         <v>766</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" t="s">
         <v>767</v>
       </c>
-      <c r="E81" t="s">
+      <c r="G81" t="s">
         <v>768</v>
       </c>
-      <c r="F81" t="s">
+      <c r="H81" t="s">
         <v>769</v>
       </c>
-      <c r="G81" t="s">
+      <c r="I81" t="s">
         <v>770</v>
       </c>
-      <c r="H81" t="s">
+      <c r="J81" t="s">
+        <v>24</v>
+      </c>
+      <c r="K81" t="s">
+        <v>25</v>
+      </c>
+      <c r="L81" t="s">
+        <v>26</v>
+      </c>
+      <c r="M81" t="s">
+        <v>27</v>
+      </c>
+      <c r="N81" t="s">
+        <v>28</v>
+      </c>
+      <c r="O81" t="s">
         <v>771</v>
-      </c>
-[...19 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>5514</v>
+        <v>5517</v>
       </c>
       <c r="B82" t="s">
+        <v>772</v>
+      </c>
+      <c r="C82" t="s">
+        <v>773</v>
+      </c>
+      <c r="D82" t="s">
         <v>774</v>
       </c>
-      <c r="C82" t="s">
+      <c r="E82" t="s">
         <v>775</v>
       </c>
-      <c r="D82" t="s">
+      <c r="F82" t="s">
         <v>776</v>
       </c>
-      <c r="E82" t="s">
+      <c r="G82" t="s">
         <v>777</v>
       </c>
-      <c r="F82" t="s">
+      <c r="H82" t="s">
         <v>778</v>
       </c>
-      <c r="G82" t="s">
+      <c r="I82" t="s">
         <v>779</v>
       </c>
-      <c r="H82" t="s">
+      <c r="J82" t="s">
+        <v>24</v>
+      </c>
+      <c r="K82" t="s">
+        <v>25</v>
+      </c>
+      <c r="L82" t="s">
+        <v>26</v>
+      </c>
+      <c r="M82" t="s">
+        <v>27</v>
+      </c>
+      <c r="N82" t="s">
+        <v>28</v>
+      </c>
+      <c r="O82" t="s">
         <v>780</v>
-      </c>
-[...19 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>5516</v>
+        <v>5518</v>
       </c>
       <c r="B83" t="s">
+        <v>781</v>
+      </c>
+      <c r="C83" t="s">
+        <v>782</v>
+      </c>
+      <c r="D83" t="s">
         <v>783</v>
       </c>
-      <c r="C83" t="s">
+      <c r="E83" t="s">
         <v>784</v>
       </c>
-      <c r="D83" t="s">
+      <c r="F83" t="s">
         <v>785</v>
       </c>
-      <c r="E83" t="s">
+      <c r="G83" t="s">
         <v>786</v>
       </c>
-      <c r="F83" t="s">
+      <c r="H83" t="s">
         <v>787</v>
       </c>
-      <c r="G83" t="s">
+      <c r="I83" t="s">
         <v>788</v>
-      </c>
-[...4 lines deleted...]
-        <v>790</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>5517</v>
+        <v>5545</v>
       </c>
       <c r="B84" t="s">
+        <v>790</v>
+      </c>
+      <c r="C84" t="s">
+        <v>791</v>
+      </c>
+      <c r="D84" t="s">
         <v>792</v>
       </c>
-      <c r="C84" t="s">
+      <c r="E84" t="s">
         <v>793</v>
       </c>
-      <c r="D84" t="s">
+      <c r="F84" t="s">
         <v>794</v>
       </c>
-      <c r="E84" t="s">
+      <c r="G84" t="s">
         <v>795</v>
       </c>
-      <c r="F84" t="s">
+      <c r="H84" t="s">
         <v>796</v>
       </c>
-      <c r="G84" t="s">
+      <c r="I84" t="s">
         <v>797</v>
       </c>
-      <c r="H84" t="s">
+      <c r="J84" t="s">
+        <v>24</v>
+      </c>
+      <c r="K84" t="s">
+        <v>69</v>
+      </c>
+      <c r="L84" t="s">
+        <v>26</v>
+      </c>
+      <c r="M84" t="s">
+        <v>70</v>
+      </c>
+      <c r="N84" t="s">
+        <v>28</v>
+      </c>
+      <c r="O84" t="s">
         <v>798</v>
-      </c>
-[...19 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>5518</v>
+        <v>5733</v>
       </c>
       <c r="B85" t="s">
+        <v>799</v>
+      </c>
+      <c r="C85" t="s">
+        <v>800</v>
+      </c>
+      <c r="D85" t="s">
         <v>801</v>
       </c>
-      <c r="C85" t="s">
+      <c r="E85" t="s">
         <v>802</v>
       </c>
-      <c r="D85" t="s">
+      <c r="F85" t="s">
         <v>803</v>
       </c>
-      <c r="E85" t="s">
+      <c r="G85" t="s">
         <v>804</v>
       </c>
-      <c r="F85" t="s">
+      <c r="H85" t="s">
         <v>805</v>
       </c>
-      <c r="G85" t="s">
+      <c r="I85" t="s">
         <v>806</v>
       </c>
-      <c r="H85" t="s">
+      <c r="J85" t="s">
+        <v>24</v>
+      </c>
+      <c r="K85" t="s">
+        <v>122</v>
+      </c>
+      <c r="L85" t="s">
+        <v>26</v>
+      </c>
+      <c r="M85" t="s">
+        <v>123</v>
+      </c>
+      <c r="N85" t="s">
+        <v>28</v>
+      </c>
+      <c r="O85" t="s">
         <v>807</v>
-      </c>
-[...19 lines deleted...]
-        <v>809</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>5545</v>
+        <v>5792</v>
       </c>
       <c r="B86" t="s">
+        <v>808</v>
+      </c>
+      <c r="C86" t="s">
+        <v>809</v>
+      </c>
+      <c r="D86" t="s">
         <v>810</v>
       </c>
-      <c r="C86" t="s">
+      <c r="E86" t="s">
         <v>811</v>
       </c>
-      <c r="D86" t="s">
+      <c r="F86" t="s">
         <v>812</v>
       </c>
-      <c r="E86" t="s">
+      <c r="G86" t="s">
         <v>813</v>
       </c>
-      <c r="F86" t="s">
+      <c r="H86" t="s">
         <v>814</v>
       </c>
-      <c r="G86" t="s">
+      <c r="I86" t="s">
         <v>815</v>
       </c>
-      <c r="H86" t="s">
+      <c r="J86" t="s">
+        <v>89</v>
+      </c>
+      <c r="K86" t="s">
+        <v>102</v>
+      </c>
+      <c r="L86" t="s">
+        <v>91</v>
+      </c>
+      <c r="M86" t="s">
+        <v>103</v>
+      </c>
+      <c r="N86" t="s">
+        <v>28</v>
+      </c>
+      <c r="O86" t="s">
         <v>816</v>
-      </c>
-[...19 lines deleted...]
-        <v>818</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>5733</v>
+        <v>5794</v>
       </c>
       <c r="B87" t="s">
+        <v>817</v>
+      </c>
+      <c r="C87" t="s">
+        <v>818</v>
+      </c>
+      <c r="D87" t="s">
         <v>819</v>
       </c>
-      <c r="C87" t="s">
+      <c r="E87" t="s">
         <v>820</v>
       </c>
-      <c r="D87" t="s">
+      <c r="F87" t="s">
         <v>821</v>
       </c>
-      <c r="E87" t="s">
+      <c r="G87" t="s">
         <v>822</v>
       </c>
-      <c r="F87" t="s">
+      <c r="H87" t="s">
         <v>823</v>
       </c>
-      <c r="G87" t="s">
+      <c r="I87" t="s">
         <v>824</v>
       </c>
-      <c r="H87" t="s">
+      <c r="J87" t="s">
+        <v>24</v>
+      </c>
+      <c r="K87" t="s">
+        <v>69</v>
+      </c>
+      <c r="L87" t="s">
+        <v>26</v>
+      </c>
+      <c r="M87" t="s">
+        <v>70</v>
+      </c>
+      <c r="N87" t="s">
+        <v>28</v>
+      </c>
+      <c r="O87" t="s">
         <v>825</v>
-      </c>
-[...19 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>5792</v>
+        <v>5796</v>
       </c>
       <c r="B88" t="s">
+        <v>826</v>
+      </c>
+      <c r="C88" t="s">
+        <v>827</v>
+      </c>
+      <c r="D88" t="s">
         <v>828</v>
       </c>
-      <c r="C88" t="s">
+      <c r="E88" t="s">
         <v>829</v>
       </c>
-      <c r="D88" t="s">
+      <c r="F88" t="s">
         <v>830</v>
       </c>
-      <c r="E88" t="s">
+      <c r="G88" t="s">
         <v>831</v>
       </c>
-      <c r="F88" t="s">
+      <c r="H88" t="s">
         <v>832</v>
       </c>
-      <c r="G88" t="s">
+      <c r="I88" t="s">
         <v>833</v>
       </c>
-      <c r="H88" t="s">
+      <c r="J88" t="s">
+        <v>24</v>
+      </c>
+      <c r="K88" t="s">
+        <v>69</v>
+      </c>
+      <c r="L88" t="s">
+        <v>26</v>
+      </c>
+      <c r="M88" t="s">
+        <v>70</v>
+      </c>
+      <c r="N88" t="s">
+        <v>28</v>
+      </c>
+      <c r="O88" t="s">
         <v>834</v>
-      </c>
-[...19 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>5794</v>
+        <v>5798</v>
       </c>
       <c r="B89" t="s">
+        <v>835</v>
+      </c>
+      <c r="C89" t="s">
+        <v>836</v>
+      </c>
+      <c r="D89" t="s">
         <v>837</v>
       </c>
-      <c r="C89" t="s">
+      <c r="E89" t="s">
         <v>838</v>
       </c>
-      <c r="D89" t="s">
+      <c r="F89" t="s">
         <v>839</v>
       </c>
-      <c r="E89" t="s">
+      <c r="G89" t="s">
         <v>840</v>
       </c>
-      <c r="F89" t="s">
+      <c r="H89" t="s">
         <v>841</v>
       </c>
-      <c r="G89" t="s">
+      <c r="I89" t="s">
         <v>842</v>
-      </c>
-[...4 lines deleted...]
-        <v>844</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>69</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>70</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>5796</v>
+        <v>5799</v>
       </c>
       <c r="B90" t="s">
+        <v>844</v>
+      </c>
+      <c r="C90" t="s">
+        <v>845</v>
+      </c>
+      <c r="D90" t="s">
         <v>846</v>
       </c>
-      <c r="C90" t="s">
+      <c r="E90" t="s">
         <v>847</v>
       </c>
-      <c r="D90" t="s">
+      <c r="F90" t="s">
         <v>848</v>
       </c>
-      <c r="E90" t="s">
+      <c r="G90" t="s">
         <v>849</v>
       </c>
-      <c r="F90" t="s">
+      <c r="H90" t="s">
         <v>850</v>
       </c>
-      <c r="G90" t="s">
+      <c r="I90" t="s">
         <v>851</v>
       </c>
-      <c r="H90" t="s">
+      <c r="J90" t="s">
+        <v>402</v>
+      </c>
+      <c r="K90" t="s">
+        <v>576</v>
+      </c>
+      <c r="L90" t="s">
+        <v>404</v>
+      </c>
+      <c r="M90" t="s">
+        <v>577</v>
+      </c>
+      <c r="N90" t="s">
+        <v>28</v>
+      </c>
+      <c r="O90" t="s">
         <v>852</v>
-      </c>
-[...19 lines deleted...]
-        <v>854</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>5798</v>
+        <v>5803</v>
       </c>
       <c r="B91" t="s">
+        <v>853</v>
+      </c>
+      <c r="C91" t="s">
+        <v>854</v>
+      </c>
+      <c r="D91" t="s">
         <v>855</v>
       </c>
-      <c r="C91" t="s">
+      <c r="E91" t="s">
         <v>856</v>
       </c>
-      <c r="D91" t="s">
+      <c r="F91" t="s">
         <v>857</v>
       </c>
-      <c r="E91" t="s">
+      <c r="G91" t="s">
         <v>858</v>
       </c>
-      <c r="F91" t="s">
+      <c r="H91" t="s">
         <v>859</v>
       </c>
-      <c r="G91" t="s">
+      <c r="I91" t="s">
         <v>860</v>
       </c>
-      <c r="H91" t="s">
+      <c r="J91" t="s">
+        <v>24</v>
+      </c>
+      <c r="K91" t="s">
+        <v>25</v>
+      </c>
+      <c r="L91" t="s">
+        <v>26</v>
+      </c>
+      <c r="M91" t="s">
+        <v>27</v>
+      </c>
+      <c r="N91" t="s">
+        <v>28</v>
+      </c>
+      <c r="O91" t="s">
         <v>861</v>
-      </c>
-[...19 lines deleted...]
-        <v>863</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>5799</v>
+        <v>5805</v>
       </c>
       <c r="B92" t="s">
+        <v>862</v>
+      </c>
+      <c r="C92" t="s">
+        <v>863</v>
+      </c>
+      <c r="D92" t="s">
         <v>864</v>
       </c>
-      <c r="C92" t="s">
+      <c r="E92" t="s">
         <v>865</v>
       </c>
-      <c r="D92" t="s">
+      <c r="F92" t="s">
         <v>866</v>
       </c>
-      <c r="E92" t="s">
+      <c r="G92" t="s">
         <v>867</v>
       </c>
-      <c r="F92" t="s">
+      <c r="H92" t="s">
         <v>868</v>
       </c>
-      <c r="G92" t="s">
+      <c r="I92" t="s">
         <v>869</v>
       </c>
-      <c r="H92" t="s">
+      <c r="J92" t="s">
+        <v>24</v>
+      </c>
+      <c r="K92" t="s">
+        <v>25</v>
+      </c>
+      <c r="L92" t="s">
+        <v>26</v>
+      </c>
+      <c r="M92" t="s">
+        <v>27</v>
+      </c>
+      <c r="N92" t="s">
+        <v>28</v>
+      </c>
+      <c r="O92" t="s">
         <v>870</v>
-      </c>
-[...19 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>5803</v>
+        <v>5811</v>
       </c>
       <c r="B93" t="s">
+        <v>871</v>
+      </c>
+      <c r="C93" t="s">
+        <v>872</v>
+      </c>
+      <c r="D93" t="s">
         <v>873</v>
       </c>
-      <c r="C93" t="s">
+      <c r="E93" t="s">
         <v>874</v>
       </c>
-      <c r="D93" t="s">
+      <c r="F93" t="s">
         <v>875</v>
       </c>
-      <c r="E93" t="s">
+      <c r="G93" t="s">
         <v>876</v>
       </c>
-      <c r="F93" t="s">
+      <c r="H93" t="s">
         <v>877</v>
       </c>
-      <c r="G93" t="s">
+      <c r="I93" t="s">
         <v>878</v>
-      </c>
-[...4 lines deleted...]
-        <v>880</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>5805</v>
+        <v>5830</v>
       </c>
       <c r="B94" t="s">
+        <v>880</v>
+      </c>
+      <c r="C94" t="s">
+        <v>881</v>
+      </c>
+      <c r="D94" t="s">
         <v>882</v>
       </c>
-      <c r="C94" t="s">
+      <c r="E94" t="s">
         <v>883</v>
       </c>
-      <c r="D94" t="s">
+      <c r="F94" t="s">
         <v>884</v>
       </c>
-      <c r="E94" t="s">
+      <c r="G94" t="s">
         <v>885</v>
       </c>
-      <c r="F94" t="s">
+      <c r="H94" t="s">
         <v>886</v>
       </c>
-      <c r="G94" t="s">
+      <c r="I94" t="s">
         <v>887</v>
-      </c>
-[...4 lines deleted...]
-        <v>889</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
         <v>25</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
         <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>5811</v>
+        <v>5866</v>
       </c>
       <c r="B95" t="s">
+        <v>889</v>
+      </c>
+      <c r="C95" t="s">
+        <v>890</v>
+      </c>
+      <c r="D95" t="s">
         <v>891</v>
       </c>
-      <c r="C95" t="s">
+      <c r="E95" t="s">
         <v>892</v>
       </c>
-      <c r="D95" t="s">
+      <c r="F95" t="s">
         <v>893</v>
       </c>
-      <c r="E95" t="s">
+      <c r="G95" t="s">
         <v>894</v>
       </c>
-      <c r="F95" t="s">
+      <c r="H95" t="s">
         <v>895</v>
       </c>
-      <c r="G95" t="s">
+      <c r="I95" t="s">
         <v>896</v>
-      </c>
-[...4 lines deleted...]
-        <v>898</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>25</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>5830</v>
+        <v>5907</v>
       </c>
       <c r="B96" t="s">
+        <v>898</v>
+      </c>
+      <c r="C96" t="s">
+        <v>899</v>
+      </c>
+      <c r="D96" t="s">
         <v>900</v>
       </c>
-      <c r="C96" t="s">
+      <c r="E96" t="s">
         <v>901</v>
       </c>
-      <c r="D96" t="s">
+      <c r="F96" t="s">
         <v>902</v>
       </c>
-      <c r="E96" t="s">
+      <c r="G96" t="s">
         <v>903</v>
       </c>
-      <c r="F96" t="s">
+      <c r="H96" t="s">
         <v>904</v>
       </c>
-      <c r="G96" t="s">
+      <c r="I96" t="s">
         <v>905</v>
-      </c>
-[...4 lines deleted...]
-        <v>907</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
         <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
         <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>5866</v>
+        <v>5913</v>
       </c>
       <c r="B97" t="s">
+        <v>907</v>
+      </c>
+      <c r="C97" t="s">
+        <v>908</v>
+      </c>
+      <c r="D97" t="s">
         <v>909</v>
       </c>
-      <c r="C97" t="s">
+      <c r="E97" t="s">
         <v>910</v>
       </c>
-      <c r="D97" t="s">
+      <c r="F97" t="s">
         <v>911</v>
       </c>
-      <c r="E97" t="s">
+      <c r="G97" t="s">
         <v>912</v>
       </c>
-      <c r="F97" t="s">
+      <c r="H97" t="s">
         <v>913</v>
       </c>
-      <c r="G97" t="s">
+      <c r="I97" t="s">
         <v>914</v>
       </c>
-      <c r="H97" t="s">
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="K97" t="s">
+        <v>122</v>
+      </c>
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
+        <v>123</v>
+      </c>
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>915</v>
-      </c>
-[...19 lines deleted...]
-        <v>917</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>5907</v>
+        <v>5932</v>
       </c>
       <c r="B98" t="s">
+        <v>916</v>
+      </c>
+      <c r="C98" t="s">
+        <v>917</v>
+      </c>
+      <c r="D98" t="s">
         <v>918</v>
       </c>
-      <c r="C98" t="s">
+      <c r="E98" t="s">
         <v>919</v>
       </c>
-      <c r="D98" t="s">
+      <c r="F98" t="s">
         <v>920</v>
       </c>
-      <c r="E98" t="s">
+      <c r="G98" t="s">
         <v>921</v>
       </c>
-      <c r="F98" t="s">
+      <c r="H98" t="s">
         <v>922</v>
       </c>
-      <c r="G98" t="s">
+      <c r="I98" t="s">
         <v>923</v>
       </c>
-      <c r="H98" t="s">
+      <c r="J98" t="s">
+        <v>24</v>
+      </c>
+      <c r="K98" t="s">
+        <v>69</v>
+      </c>
+      <c r="L98" t="s">
+        <v>26</v>
+      </c>
+      <c r="M98" t="s">
+        <v>70</v>
+      </c>
+      <c r="N98" t="s">
+        <v>28</v>
+      </c>
+      <c r="O98" t="s">
         <v>924</v>
-      </c>
-[...19 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>5913</v>
+        <v>5934</v>
       </c>
       <c r="B99" t="s">
+        <v>925</v>
+      </c>
+      <c r="C99" t="s">
+        <v>926</v>
+      </c>
+      <c r="D99" t="s">
         <v>927</v>
       </c>
-      <c r="C99" t="s">
+      <c r="E99" t="s">
         <v>928</v>
       </c>
-      <c r="D99" t="s">
+      <c r="F99" t="s">
         <v>929</v>
       </c>
-      <c r="E99" t="s">
+      <c r="G99" t="s">
         <v>930</v>
       </c>
-      <c r="F99" t="s">
+      <c r="H99" t="s">
         <v>931</v>
       </c>
-      <c r="G99" t="s">
+      <c r="I99" t="s">
         <v>932</v>
       </c>
-      <c r="H99" t="s">
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" t="s">
+        <v>69</v>
+      </c>
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
+        <v>70</v>
+      </c>
+      <c r="N99" t="s">
+        <v>28</v>
+      </c>
+      <c r="O99" t="s">
         <v>933</v>
-      </c>
-[...19 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>5932</v>
+        <v>5953</v>
       </c>
       <c r="B100" t="s">
+        <v>934</v>
+      </c>
+      <c r="C100" t="s">
+        <v>935</v>
+      </c>
+      <c r="D100" t="s">
         <v>936</v>
       </c>
-      <c r="C100" t="s">
+      <c r="E100" t="s">
         <v>937</v>
       </c>
-      <c r="D100" t="s">
+      <c r="F100" t="s">
         <v>938</v>
       </c>
-      <c r="E100" t="s">
+      <c r="G100" t="s">
         <v>939</v>
       </c>
-      <c r="F100" t="s">
+      <c r="H100" t="s">
         <v>940</v>
       </c>
-      <c r="G100" t="s">
+      <c r="I100" t="s">
         <v>941</v>
       </c>
-      <c r="H100" t="s">
+      <c r="J100" t="s">
+        <v>24</v>
+      </c>
+      <c r="K100" t="s">
+        <v>25</v>
+      </c>
+      <c r="L100" t="s">
+        <v>26</v>
+      </c>
+      <c r="M100" t="s">
+        <v>27</v>
+      </c>
+      <c r="N100" t="s">
+        <v>28</v>
+      </c>
+      <c r="O100" t="s">
         <v>942</v>
-      </c>
-[...19 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>5934</v>
+        <v>5981</v>
       </c>
       <c r="B101" t="s">
+        <v>943</v>
+      </c>
+      <c r="C101" t="s">
+        <v>944</v>
+      </c>
+      <c r="D101" t="s">
         <v>945</v>
       </c>
-      <c r="C101" t="s">
+      <c r="E101" t="s">
         <v>946</v>
       </c>
-      <c r="D101" t="s">
+      <c r="F101" t="s">
         <v>947</v>
       </c>
-      <c r="E101" t="s">
+      <c r="G101" t="s">
         <v>948</v>
       </c>
-      <c r="F101" t="s">
+      <c r="H101" t="s">
         <v>949</v>
       </c>
-      <c r="G101" t="s">
+      <c r="I101" t="s">
         <v>950</v>
       </c>
-      <c r="H101" t="s">
+      <c r="J101" t="s">
+        <v>89</v>
+      </c>
+      <c r="K101" t="s">
         <v>951</v>
       </c>
-      <c r="I101" t="s">
+      <c r="L101" t="s">
+        <v>91</v>
+      </c>
+      <c r="M101" t="s">
         <v>952</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>5953</v>
+        <v>5986</v>
       </c>
       <c r="B102" t="s">
         <v>954</v>
       </c>
       <c r="C102" t="s">
         <v>955</v>
       </c>
       <c r="D102" t="s">
         <v>956</v>
       </c>
       <c r="E102" t="s">
         <v>957</v>
       </c>
       <c r="F102" t="s">
         <v>958</v>
       </c>
       <c r="G102" t="s">
         <v>959</v>
       </c>
       <c r="H102" t="s">
         <v>960</v>
       </c>
       <c r="I102" t="s">
         <v>961</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>5981</v>
+        <v>5989</v>
       </c>
       <c r="B103" t="s">
         <v>963</v>
       </c>
       <c r="C103" t="s">
         <v>964</v>
       </c>
       <c r="D103" t="s">
         <v>965</v>
       </c>
       <c r="E103" t="s">
         <v>966</v>
       </c>
       <c r="F103" t="s">
         <v>967</v>
       </c>
       <c r="G103" t="s">
         <v>968</v>
       </c>
       <c r="H103" t="s">
         <v>969</v>
       </c>
       <c r="I103" t="s">
         <v>970</v>
       </c>
       <c r="J103" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K103" t="s">
+        <v>500</v>
+      </c>
+      <c r="L103" t="s">
+        <v>26</v>
+      </c>
+      <c r="M103" t="s">
+        <v>501</v>
+      </c>
+      <c r="N103" t="s">
+        <v>28</v>
+      </c>
+      <c r="O103" t="s">
         <v>971</v>
-      </c>
-[...10 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>5986</v>
+        <v>6021</v>
       </c>
       <c r="B104" t="s">
+        <v>972</v>
+      </c>
+      <c r="C104" t="s">
+        <v>973</v>
+      </c>
+      <c r="D104" t="s">
         <v>974</v>
       </c>
-      <c r="C104" t="s">
+      <c r="E104" t="s">
         <v>975</v>
       </c>
-      <c r="D104" t="s">
+      <c r="F104" t="s">
         <v>976</v>
       </c>
-      <c r="E104" t="s">
+      <c r="G104" t="s">
         <v>977</v>
       </c>
-      <c r="F104" t="s">
+      <c r="H104" t="s">
         <v>978</v>
       </c>
-      <c r="G104" t="s">
+      <c r="I104" t="s">
         <v>979</v>
       </c>
-      <c r="H104" t="s">
+      <c r="J104" t="s">
+        <v>24</v>
+      </c>
+      <c r="K104" t="s">
+        <v>25</v>
+      </c>
+      <c r="L104" t="s">
+        <v>26</v>
+      </c>
+      <c r="M104" t="s">
+        <v>27</v>
+      </c>
+      <c r="N104" t="s">
+        <v>28</v>
+      </c>
+      <c r="O104" t="s">
         <v>980</v>
-      </c>
-[...19 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>5989</v>
+        <v>6180</v>
       </c>
       <c r="B105" t="s">
+        <v>981</v>
+      </c>
+      <c r="C105" t="s">
+        <v>982</v>
+      </c>
+      <c r="D105" t="s">
         <v>983</v>
       </c>
-      <c r="C105" t="s">
+      <c r="E105" t="s">
         <v>984</v>
       </c>
-      <c r="D105" t="s">
+      <c r="F105" t="s">
         <v>985</v>
       </c>
-      <c r="E105" t="s">
+      <c r="G105" t="s">
         <v>986</v>
       </c>
-      <c r="F105" t="s">
+      <c r="H105" t="s">
         <v>987</v>
       </c>
-      <c r="G105" t="s">
+      <c r="I105" t="s">
         <v>988</v>
       </c>
-      <c r="H105" t="s">
+      <c r="J105" t="s">
+        <v>24</v>
+      </c>
+      <c r="K105" t="s">
+        <v>25</v>
+      </c>
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
+        <v>27</v>
+      </c>
+      <c r="N105" t="s">
+        <v>28</v>
+      </c>
+      <c r="O105" t="s">
         <v>989</v>
-      </c>
-[...19 lines deleted...]
-        <v>991</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>6021</v>
+        <v>6203</v>
       </c>
       <c r="B106" t="s">
+        <v>990</v>
+      </c>
+      <c r="C106" t="s">
+        <v>991</v>
+      </c>
+      <c r="D106" t="s">
         <v>992</v>
       </c>
-      <c r="C106" t="s">
+      <c r="E106" t="s">
         <v>993</v>
       </c>
-      <c r="D106" t="s">
+      <c r="F106" t="s">
         <v>994</v>
       </c>
-      <c r="E106" t="s">
+      <c r="G106" t="s">
         <v>995</v>
       </c>
-      <c r="F106" t="s">
+      <c r="H106" t="s">
         <v>996</v>
       </c>
-      <c r="G106" t="s">
+      <c r="I106" t="s">
         <v>997</v>
       </c>
-      <c r="H106" t="s">
+      <c r="J106" t="s">
+        <v>24</v>
+      </c>
+      <c r="K106" t="s">
+        <v>69</v>
+      </c>
+      <c r="L106" t="s">
+        <v>26</v>
+      </c>
+      <c r="M106" t="s">
+        <v>70</v>
+      </c>
+      <c r="N106" t="s">
+        <v>28</v>
+      </c>
+      <c r="O106" t="s">
         <v>998</v>
-      </c>
-[...19 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>6180</v>
+        <v>6208</v>
       </c>
       <c r="B107" t="s">
+        <v>999</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D107" t="s">
         <v>1001</v>
       </c>
-      <c r="C107" t="s">
+      <c r="E107" t="s">
         <v>1002</v>
       </c>
-      <c r="D107" t="s">
+      <c r="F107" t="s">
         <v>1003</v>
       </c>
-      <c r="E107" t="s">
+      <c r="G107" t="s">
         <v>1004</v>
       </c>
-      <c r="F107" t="s">
+      <c r="H107" t="s">
         <v>1005</v>
       </c>
-      <c r="G107" t="s">
+      <c r="I107" t="s">
         <v>1006</v>
       </c>
-      <c r="H107" t="s">
+      <c r="J107" t="s">
+        <v>24</v>
+      </c>
+      <c r="K107" t="s">
+        <v>69</v>
+      </c>
+      <c r="L107" t="s">
+        <v>26</v>
+      </c>
+      <c r="M107" t="s">
+        <v>70</v>
+      </c>
+      <c r="N107" t="s">
+        <v>28</v>
+      </c>
+      <c r="O107" t="s">
         <v>1007</v>
-      </c>
-[...19 lines deleted...]
-        <v>1009</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>6203</v>
+        <v>6211</v>
       </c>
       <c r="B108" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D108" t="s">
         <v>1010</v>
       </c>
-      <c r="C108" t="s">
+      <c r="E108" t="s">
         <v>1011</v>
       </c>
-      <c r="D108" t="s">
+      <c r="F108" t="s">
         <v>1012</v>
       </c>
-      <c r="E108" t="s">
+      <c r="G108" t="s">
         <v>1013</v>
       </c>
-      <c r="F108" t="s">
+      <c r="H108" t="s">
         <v>1014</v>
       </c>
-      <c r="G108" t="s">
+      <c r="I108" t="s">
         <v>1015</v>
-      </c>
-[...4 lines deleted...]
-        <v>1017</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>69</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>70</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>6208</v>
+        <v>6255</v>
       </c>
       <c r="B109" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D109" t="s">
         <v>1019</v>
       </c>
-      <c r="C109" t="s">
+      <c r="E109" t="s">
         <v>1020</v>
       </c>
-      <c r="D109" t="s">
+      <c r="F109" t="s">
         <v>1021</v>
       </c>
-      <c r="E109" t="s">
+      <c r="G109" t="s">
         <v>1022</v>
       </c>
-      <c r="F109" t="s">
+      <c r="H109" t="s">
         <v>1023</v>
       </c>
-      <c r="G109" t="s">
+      <c r="I109" t="s">
         <v>1024</v>
       </c>
-      <c r="H109" t="s">
+      <c r="J109" t="s">
+        <v>24</v>
+      </c>
+      <c r="K109" t="s">
         <v>1025</v>
       </c>
-      <c r="I109" t="s">
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
         <v>1026</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>6211</v>
+        <v>6261</v>
       </c>
       <c r="B110" t="s">
         <v>1028</v>
       </c>
       <c r="C110" t="s">
         <v>1029</v>
       </c>
       <c r="D110" t="s">
         <v>1030</v>
       </c>
       <c r="E110" t="s">
         <v>1031</v>
       </c>
       <c r="F110" t="s">
         <v>1032</v>
       </c>
       <c r="G110" t="s">
         <v>1033</v>
       </c>
       <c r="H110" t="s">
         <v>1034</v>
       </c>
       <c r="I110" t="s">
         <v>1035</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>6255</v>
+        <v>6263</v>
       </c>
       <c r="B111" t="s">
         <v>1037</v>
       </c>
       <c r="C111" t="s">
         <v>1038</v>
       </c>
       <c r="D111" t="s">
         <v>1039</v>
       </c>
       <c r="E111" t="s">
         <v>1040</v>
       </c>
       <c r="F111" t="s">
         <v>1041</v>
       </c>
       <c r="G111" t="s">
         <v>1042</v>
       </c>
       <c r="H111" t="s">
         <v>1043</v>
       </c>
       <c r="I111" t="s">
         <v>1044</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
+        <v>69</v>
+      </c>
+      <c r="L111" t="s">
+        <v>26</v>
+      </c>
+      <c r="M111" t="s">
+        <v>70</v>
+      </c>
+      <c r="N111" t="s">
+        <v>28</v>
+      </c>
+      <c r="O111" t="s">
         <v>1045</v>
-      </c>
-[...10 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>6261</v>
+        <v>6274</v>
       </c>
       <c r="B112" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D112" t="s">
         <v>1048</v>
       </c>
-      <c r="C112" t="s">
+      <c r="E112" t="s">
         <v>1049</v>
       </c>
-      <c r="D112" t="s">
+      <c r="F112" t="s">
         <v>1050</v>
       </c>
-      <c r="E112" t="s">
+      <c r="G112" t="s">
         <v>1051</v>
       </c>
-      <c r="F112" t="s">
+      <c r="H112" t="s">
         <v>1052</v>
       </c>
-      <c r="G112" t="s">
+      <c r="I112" t="s">
         <v>1053</v>
       </c>
-      <c r="H112" t="s">
+      <c r="J112" t="s">
+        <v>24</v>
+      </c>
+      <c r="K112" t="s">
+        <v>25</v>
+      </c>
+      <c r="L112" t="s">
+        <v>26</v>
+      </c>
+      <c r="M112" t="s">
+        <v>27</v>
+      </c>
+      <c r="N112" t="s">
+        <v>28</v>
+      </c>
+      <c r="O112" t="s">
         <v>1054</v>
-      </c>
-[...19 lines deleted...]
-        <v>1056</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>6263</v>
+        <v>6275</v>
       </c>
       <c r="B113" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D113" t="s">
         <v>1057</v>
       </c>
-      <c r="C113" t="s">
+      <c r="E113" t="s">
         <v>1058</v>
       </c>
-      <c r="D113" t="s">
+      <c r="F113" t="s">
         <v>1059</v>
       </c>
-      <c r="E113" t="s">
+      <c r="G113" t="s">
         <v>1060</v>
       </c>
-      <c r="F113" t="s">
+      <c r="H113" t="s">
         <v>1061</v>
       </c>
-      <c r="G113" t="s">
+      <c r="I113" t="s">
         <v>1062</v>
       </c>
-      <c r="H113" t="s">
+      <c r="J113" t="s">
+        <v>89</v>
+      </c>
+      <c r="K113" t="s">
+        <v>453</v>
+      </c>
+      <c r="L113" t="s">
+        <v>91</v>
+      </c>
+      <c r="M113" t="s">
+        <v>454</v>
+      </c>
+      <c r="N113" t="s">
+        <v>28</v>
+      </c>
+      <c r="O113" t="s">
         <v>1063</v>
-      </c>
-[...19 lines deleted...]
-        <v>1065</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>6274</v>
+        <v>6460</v>
       </c>
       <c r="B114" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D114" t="s">
         <v>1066</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" t="s">
         <v>1067</v>
       </c>
-      <c r="D114" t="s">
+      <c r="F114" t="s">
         <v>1068</v>
       </c>
-      <c r="E114" t="s">
+      <c r="G114" t="s">
         <v>1069</v>
       </c>
-      <c r="F114" t="s">
+      <c r="H114" t="s">
         <v>1070</v>
       </c>
-      <c r="G114" t="s">
+      <c r="I114" t="s">
         <v>1071</v>
-      </c>
-[...4 lines deleted...]
-        <v>1073</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1074</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>6275</v>
+        <v>6468</v>
       </c>
       <c r="B115" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D115" t="s">
         <v>1075</v>
       </c>
-      <c r="C115" t="s">
+      <c r="E115" t="s">
         <v>1076</v>
       </c>
-      <c r="D115" t="s">
+      <c r="F115" t="s">
         <v>1077</v>
       </c>
-      <c r="E115" t="s">
+      <c r="G115" t="s">
         <v>1078</v>
       </c>
-      <c r="F115" t="s">
+      <c r="H115" t="s">
         <v>1079</v>
       </c>
-      <c r="G115" t="s">
+      <c r="I115" t="s">
         <v>1080</v>
       </c>
-      <c r="H115" t="s">
+      <c r="J115" t="s">
+        <v>24</v>
+      </c>
+      <c r="K115" t="s">
+        <v>25</v>
+      </c>
+      <c r="L115" t="s">
+        <v>26</v>
+      </c>
+      <c r="M115" t="s">
+        <v>27</v>
+      </c>
+      <c r="N115" t="s">
+        <v>28</v>
+      </c>
+      <c r="O115" t="s">
         <v>1081</v>
-      </c>
-[...19 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>6460</v>
+        <v>6761</v>
       </c>
       <c r="B116" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D116" t="s">
         <v>1084</v>
       </c>
-      <c r="C116" t="s">
+      <c r="E116" t="s">
         <v>1085</v>
       </c>
-      <c r="D116" t="s">
+      <c r="F116" t="s">
         <v>1086</v>
       </c>
-      <c r="E116" t="s">
+      <c r="G116" t="s">
         <v>1087</v>
       </c>
-      <c r="F116" t="s">
+      <c r="H116" t="s">
         <v>1088</v>
       </c>
-      <c r="G116" t="s">
+      <c r="I116" t="s">
         <v>1089</v>
-      </c>
-[...4 lines deleted...]
-        <v>1091</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
         <v>25</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>27</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>6468</v>
+        <v>6765</v>
       </c>
       <c r="B117" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D117" t="s">
         <v>1093</v>
       </c>
-      <c r="C117" t="s">
+      <c r="E117" t="s">
         <v>1094</v>
       </c>
-      <c r="D117" t="s">
+      <c r="F117" t="s">
         <v>1095</v>
       </c>
-      <c r="E117" t="s">
+      <c r="G117" t="s">
         <v>1096</v>
       </c>
-      <c r="F117" t="s">
+      <c r="H117" t="s">
         <v>1097</v>
       </c>
-      <c r="G117" t="s">
+      <c r="I117" t="s">
         <v>1098</v>
       </c>
-      <c r="H117" t="s">
+      <c r="J117" t="s">
+        <v>24</v>
+      </c>
+      <c r="K117" t="s">
+        <v>69</v>
+      </c>
+      <c r="L117" t="s">
+        <v>26</v>
+      </c>
+      <c r="M117" t="s">
+        <v>70</v>
+      </c>
+      <c r="N117" t="s">
+        <v>28</v>
+      </c>
+      <c r="O117" t="s">
         <v>1099</v>
-      </c>
-[...19 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>6761</v>
+        <v>8265</v>
       </c>
       <c r="B118" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D118" t="s">
         <v>1102</v>
       </c>
-      <c r="C118" t="s">
+      <c r="E118" t="s">
         <v>1103</v>
       </c>
-      <c r="D118" t="s">
+      <c r="F118" t="s">
         <v>1104</v>
       </c>
-      <c r="E118" t="s">
+      <c r="G118" t="s">
         <v>1105</v>
       </c>
-      <c r="F118" t="s">
+      <c r="H118" t="s">
         <v>1106</v>
       </c>
-      <c r="G118" t="s">
+      <c r="I118" t="s">
         <v>1107</v>
       </c>
-      <c r="H118" t="s">
+      <c r="J118" t="s">
+        <v>24</v>
+      </c>
+      <c r="K118" t="s">
         <v>1108</v>
       </c>
-      <c r="I118" t="s">
+      <c r="L118" t="s">
+        <v>26</v>
+      </c>
+      <c r="M118" t="s">
         <v>1109</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>6765</v>
+        <v>8402</v>
       </c>
       <c r="B119" t="s">
         <v>1111</v>
       </c>
       <c r="C119" t="s">
         <v>1112</v>
       </c>
       <c r="D119" t="s">
         <v>1113</v>
       </c>
       <c r="E119" t="s">
         <v>1114</v>
       </c>
       <c r="F119" t="s">
         <v>1115</v>
       </c>
       <c r="G119" t="s">
         <v>1116</v>
       </c>
       <c r="H119" t="s">
         <v>1117</v>
       </c>
       <c r="I119" t="s">
         <v>1118</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>69</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>70</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>8265</v>
+        <v>8914</v>
       </c>
       <c r="B120" t="s">
         <v>1120</v>
       </c>
       <c r="C120" t="s">
         <v>1121</v>
       </c>
       <c r="D120" t="s">
         <v>1122</v>
       </c>
       <c r="E120" t="s">
         <v>1123</v>
       </c>
       <c r="F120" t="s">
         <v>1124</v>
       </c>
       <c r="G120" t="s">
         <v>1125</v>
       </c>
       <c r="H120" t="s">
         <v>1126</v>
       </c>
       <c r="I120" t="s">
         <v>1127</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
+        <v>25</v>
+      </c>
+      <c r="L120" t="s">
+        <v>26</v>
+      </c>
+      <c r="M120" t="s">
+        <v>27</v>
+      </c>
+      <c r="N120" t="s">
+        <v>28</v>
+      </c>
+      <c r="O120" t="s">
         <v>1128</v>
-      </c>
-[...10 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>8402</v>
+        <v>8918</v>
       </c>
       <c r="B121" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D121" t="s">
         <v>1131</v>
       </c>
-      <c r="C121" t="s">
+      <c r="E121" t="s">
         <v>1132</v>
       </c>
-      <c r="D121" t="s">
+      <c r="F121" t="s">
         <v>1133</v>
       </c>
-      <c r="E121" t="s">
+      <c r="G121" t="s">
         <v>1134</v>
       </c>
-      <c r="F121" t="s">
+      <c r="H121" t="s">
         <v>1135</v>
       </c>
-      <c r="G121" t="s">
+      <c r="I121" t="s">
         <v>1136</v>
       </c>
-      <c r="H121" t="s">
+      <c r="J121" t="s">
+        <v>24</v>
+      </c>
+      <c r="K121" t="s">
+        <v>25</v>
+      </c>
+      <c r="L121" t="s">
+        <v>26</v>
+      </c>
+      <c r="M121" t="s">
+        <v>27</v>
+      </c>
+      <c r="N121" t="s">
+        <v>28</v>
+      </c>
+      <c r="O121" t="s">
         <v>1137</v>
-      </c>
-[...19 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>8914</v>
+        <v>8945</v>
       </c>
       <c r="B122" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D122" t="s">
         <v>1140</v>
       </c>
-      <c r="C122" t="s">
+      <c r="E122" t="s">
         <v>1141</v>
       </c>
-      <c r="D122" t="s">
+      <c r="F122" t="s">
         <v>1142</v>
       </c>
-      <c r="E122" t="s">
+      <c r="G122" t="s">
         <v>1143</v>
       </c>
-      <c r="F122" t="s">
+      <c r="H122" t="s">
         <v>1144</v>
       </c>
-      <c r="G122" t="s">
+      <c r="I122" t="s">
         <v>1145</v>
       </c>
-      <c r="H122" t="s">
+      <c r="J122" t="s">
+        <v>24</v>
+      </c>
+      <c r="K122" t="s">
+        <v>122</v>
+      </c>
+      <c r="L122" t="s">
+        <v>26</v>
+      </c>
+      <c r="M122" t="s">
+        <v>123</v>
+      </c>
+      <c r="N122" t="s">
+        <v>28</v>
+      </c>
+      <c r="O122" t="s">
         <v>1146</v>
-      </c>
-[...19 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>8918</v>
+        <v>10098</v>
       </c>
       <c r="B123" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D123" t="s">
         <v>1149</v>
       </c>
-      <c r="C123" t="s">
+      <c r="E123" t="s">
         <v>1150</v>
       </c>
-      <c r="D123" t="s">
+      <c r="F123" t="s">
         <v>1151</v>
       </c>
-      <c r="E123" t="s">
+      <c r="G123" t="s">
         <v>1152</v>
       </c>
-      <c r="F123" t="s">
+      <c r="H123" t="s">
         <v>1153</v>
       </c>
-      <c r="G123" t="s">
+      <c r="I123" t="s">
         <v>1154</v>
-      </c>
-[...4 lines deleted...]
-        <v>1156</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>25</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>27</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>8945</v>
+        <v>10412</v>
       </c>
       <c r="B124" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D124" t="s">
         <v>1158</v>
       </c>
-      <c r="C124" t="s">
+      <c r="E124" t="s">
         <v>1159</v>
       </c>
-      <c r="D124" t="s">
+      <c r="F124" t="s">
         <v>1160</v>
       </c>
-      <c r="E124" t="s">
+      <c r="G124" t="s">
         <v>1161</v>
       </c>
-      <c r="F124" t="s">
+      <c r="H124" t="s">
         <v>1162</v>
       </c>
-      <c r="G124" t="s">
+      <c r="I124" t="s">
         <v>1163</v>
       </c>
-      <c r="H124" t="s">
+      <c r="J124" t="s">
+        <v>24</v>
+      </c>
+      <c r="K124" t="s">
+        <v>25</v>
+      </c>
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
+        <v>27</v>
+      </c>
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
         <v>1164</v>
-      </c>
-[...19 lines deleted...]
-        <v>1166</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>10098</v>
+        <v>10647</v>
       </c>
       <c r="B125" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D125" t="s">
         <v>1167</v>
       </c>
-      <c r="C125" t="s">
+      <c r="E125" t="s">
         <v>1168</v>
       </c>
-      <c r="D125" t="s">
+      <c r="F125" t="s">
         <v>1169</v>
       </c>
-      <c r="E125" t="s">
+      <c r="G125" t="s">
         <v>1170</v>
       </c>
-      <c r="F125" t="s">
+      <c r="H125" t="s">
         <v>1171</v>
       </c>
-      <c r="G125" t="s">
+      <c r="I125" t="s">
         <v>1172</v>
       </c>
-      <c r="H125" t="s">
+      <c r="J125" t="s">
+        <v>24</v>
+      </c>
+      <c r="K125" t="s">
+        <v>69</v>
+      </c>
+      <c r="L125" t="s">
+        <v>26</v>
+      </c>
+      <c r="M125" t="s">
+        <v>70</v>
+      </c>
+      <c r="N125" t="s">
+        <v>28</v>
+      </c>
+      <c r="O125" t="s">
         <v>1173</v>
-      </c>
-[...19 lines deleted...]
-        <v>1175</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>10412</v>
+        <v>10930</v>
       </c>
       <c r="B126" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D126" t="s">
         <v>1176</v>
       </c>
-      <c r="C126" t="s">
+      <c r="E126" t="s">
         <v>1177</v>
       </c>
-      <c r="D126" t="s">
+      <c r="F126" t="s">
         <v>1178</v>
       </c>
-      <c r="E126" t="s">
+      <c r="G126" t="s">
         <v>1179</v>
       </c>
-      <c r="F126" t="s">
+      <c r="H126" t="s">
         <v>1180</v>
       </c>
-      <c r="G126" t="s">
+      <c r="I126" t="s">
         <v>1181</v>
       </c>
-      <c r="H126" t="s">
+      <c r="J126" t="s">
         <v>1182</v>
       </c>
-      <c r="I126" t="s">
+      <c r="K126" t="s">
+        <v>641</v>
+      </c>
+      <c r="L126" t="s">
         <v>1183</v>
       </c>
-      <c r="J126" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M126" t="s">
-        <v>27</v>
+        <v>642</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>10647</v>
+        <v>10947</v>
       </c>
       <c r="B127" t="s">
         <v>1185</v>
       </c>
       <c r="C127" t="s">
         <v>1186</v>
       </c>
       <c r="D127" t="s">
         <v>1187</v>
       </c>
       <c r="E127" t="s">
         <v>1188</v>
       </c>
       <c r="F127" t="s">
         <v>1189</v>
       </c>
       <c r="G127" t="s">
         <v>1190</v>
       </c>
       <c r="H127" t="s">
         <v>1191</v>
       </c>
       <c r="I127" t="s">
         <v>1192</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>69</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>70</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
         <v>1193</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>10930</v>
+        <v>10951</v>
       </c>
       <c r="B128" t="s">
         <v>1194</v>
       </c>
       <c r="C128" t="s">
         <v>1195</v>
       </c>
       <c r="D128" t="s">
         <v>1196</v>
       </c>
       <c r="E128" t="s">
         <v>1197</v>
       </c>
       <c r="F128" t="s">
         <v>1198</v>
       </c>
       <c r="G128" t="s">
         <v>1199</v>
       </c>
       <c r="H128" t="s">
         <v>1200</v>
       </c>
       <c r="I128" t="s">
         <v>1201</v>
       </c>
       <c r="J128" t="s">
+        <v>24</v>
+      </c>
+      <c r="K128" t="s">
+        <v>122</v>
+      </c>
+      <c r="L128" t="s">
+        <v>26</v>
+      </c>
+      <c r="M128" t="s">
+        <v>123</v>
+      </c>
+      <c r="N128" t="s">
+        <v>28</v>
+      </c>
+      <c r="O128" t="s">
         <v>1202</v>
-      </c>
-[...13 lines deleted...]
-        <v>1204</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>10947</v>
+        <v>11287</v>
       </c>
       <c r="B129" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D129" t="s">
         <v>1205</v>
       </c>
-      <c r="C129" t="s">
+      <c r="E129" t="s">
         <v>1206</v>
       </c>
-      <c r="D129" t="s">
+      <c r="F129" t="s">
         <v>1207</v>
       </c>
-      <c r="E129" t="s">
+      <c r="G129" t="s">
         <v>1208</v>
       </c>
-      <c r="F129" t="s">
+      <c r="H129" t="s">
         <v>1209</v>
       </c>
-      <c r="G129" t="s">
+      <c r="I129" t="s">
         <v>1210</v>
-      </c>
-[...4 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>69</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>70</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>10951</v>
+        <v>58060</v>
       </c>
       <c r="B130" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D130" t="s">
         <v>1214</v>
       </c>
-      <c r="C130" t="s">
+      <c r="E130" t="s">
         <v>1215</v>
       </c>
-      <c r="D130" t="s">
+      <c r="F130" t="s">
         <v>1216</v>
       </c>
-      <c r="E130" t="s">
+      <c r="G130" t="s">
         <v>1217</v>
       </c>
-      <c r="F130" t="s">
+      <c r="H130" t="s">
         <v>1218</v>
       </c>
-      <c r="G130" t="s">
+      <c r="I130" t="s">
         <v>1219</v>
       </c>
-      <c r="H130" t="s">
+      <c r="J130" t="s">
+        <v>24</v>
+      </c>
+      <c r="K130" t="s">
         <v>1220</v>
       </c>
-      <c r="I130" t="s">
+      <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
         <v>1221</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>11287</v>
+        <v>65000</v>
       </c>
       <c r="B131" t="s">
         <v>1223</v>
       </c>
       <c r="C131" t="s">
         <v>1224</v>
       </c>
       <c r="D131" t="s">
         <v>1225</v>
       </c>
       <c r="E131" t="s">
         <v>1226</v>
       </c>
       <c r="F131" t="s">
         <v>1227</v>
       </c>
       <c r="G131" t="s">
         <v>1228</v>
       </c>
       <c r="H131" t="s">
         <v>1229</v>
       </c>
       <c r="I131" t="s">
         <v>1230</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>58060</v>
+        <v>65001</v>
       </c>
       <c r="B132" t="s">
         <v>1232</v>
       </c>
       <c r="C132" t="s">
         <v>1233</v>
       </c>
       <c r="D132" t="s">
         <v>1234</v>
       </c>
       <c r="E132" t="s">
         <v>1235</v>
       </c>
       <c r="F132" t="s">
         <v>1236</v>
       </c>
       <c r="G132" t="s">
         <v>1237</v>
       </c>
       <c r="H132" t="s">
         <v>1238</v>
       </c>
       <c r="I132" t="s">
         <v>1239</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
+        <v>69</v>
+      </c>
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
+        <v>70</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1240</v>
-      </c>
-[...10 lines deleted...]
-        <v>1242</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>65000</v>
+        <v>65002</v>
       </c>
       <c r="B133" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D133" t="s">
         <v>1243</v>
       </c>
-      <c r="C133" t="s">
+      <c r="E133" t="s">
         <v>1244</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133" t="s">
         <v>1245</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" t="s">
         <v>1246</v>
       </c>
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>1247</v>
       </c>
-      <c r="G133" t="s">
+      <c r="I133" t="s">
         <v>1248</v>
-      </c>
-[...4 lines deleted...]
-        <v>1250</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1251</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>65001</v>
+        <v>65003</v>
       </c>
       <c r="B134" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D134" t="s">
         <v>1252</v>
       </c>
-      <c r="C134" t="s">
+      <c r="E134" t="s">
         <v>1253</v>
       </c>
-      <c r="D134" t="s">
+      <c r="F134" t="s">
         <v>1254</v>
       </c>
-      <c r="E134" t="s">
+      <c r="G134" t="s">
         <v>1255</v>
       </c>
-      <c r="F134" t="s">
+      <c r="H134" t="s">
         <v>1256</v>
       </c>
-      <c r="G134" t="s">
+      <c r="I134" t="s">
         <v>1257</v>
-      </c>
-[...4 lines deleted...]
-        <v>1259</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>69</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>70</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1260</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>65002</v>
+        <v>65004</v>
       </c>
       <c r="B135" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D135" t="s">
         <v>1261</v>
       </c>
-      <c r="C135" t="s">
+      <c r="E135" t="s">
         <v>1262</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>1263</v>
       </c>
-      <c r="E135" t="s">
+      <c r="G135" t="s">
         <v>1264</v>
       </c>
-      <c r="F135" t="s">
+      <c r="H135" t="s">
         <v>1265</v>
       </c>
-      <c r="G135" t="s">
+      <c r="I135" t="s">
         <v>1266</v>
       </c>
-      <c r="H135" t="s">
+      <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="K135" t="s">
+        <v>69</v>
+      </c>
+      <c r="L135" t="s">
+        <v>26</v>
+      </c>
+      <c r="M135" t="s">
+        <v>70</v>
+      </c>
+      <c r="N135" t="s">
+        <v>28</v>
+      </c>
+      <c r="O135" t="s">
         <v>1267</v>
-      </c>
-[...19 lines deleted...]
-        <v>1269</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>65003</v>
+        <v>65005</v>
       </c>
       <c r="B136" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D136" t="s">
         <v>1270</v>
       </c>
-      <c r="C136" t="s">
+      <c r="E136" t="s">
         <v>1271</v>
       </c>
-      <c r="D136" t="s">
+      <c r="F136" t="s">
         <v>1272</v>
       </c>
-      <c r="E136" t="s">
+      <c r="G136" t="s">
         <v>1273</v>
       </c>
-      <c r="F136" t="s">
+      <c r="H136" t="s">
         <v>1274</v>
       </c>
-      <c r="G136" t="s">
+      <c r="I136" t="s">
         <v>1275</v>
       </c>
-      <c r="H136" t="s">
+      <c r="J136" t="s">
+        <v>24</v>
+      </c>
+      <c r="K136" t="s">
         <v>1276</v>
       </c>
-      <c r="I136" t="s">
+      <c r="L136" t="s">
+        <v>26</v>
+      </c>
+      <c r="M136" t="s">
         <v>1277</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1278</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>65004</v>
+        <v>65006</v>
       </c>
       <c r="B137" t="s">
         <v>1279</v>
       </c>
       <c r="C137" t="s">
         <v>1280</v>
       </c>
       <c r="D137" t="s">
         <v>1281</v>
       </c>
       <c r="E137" t="s">
         <v>1282</v>
       </c>
       <c r="F137" t="s">
         <v>1283</v>
       </c>
       <c r="G137" t="s">
         <v>1284</v>
       </c>
       <c r="H137" t="s">
         <v>1285</v>
       </c>
       <c r="I137" t="s">
         <v>1286</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>69</v>
+        <v>1287</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>70</v>
+        <v>1288</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>65005</v>
+        <v>65007</v>
       </c>
       <c r="B138" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="C138" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="D138" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="E138" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="F138" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="G138" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="H138" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="I138" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>1296</v>
+        <v>25</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>1297</v>
+        <v>27</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>65006</v>
+        <v>65008</v>
       </c>
       <c r="B139" t="s">
         <v>1299</v>
       </c>
       <c r="C139" t="s">
         <v>1300</v>
       </c>
       <c r="D139" t="s">
         <v>1301</v>
       </c>
       <c r="E139" t="s">
         <v>1302</v>
       </c>
       <c r="F139" t="s">
         <v>1303</v>
       </c>
       <c r="G139" t="s">
         <v>1304</v>
       </c>
       <c r="H139" t="s">
         <v>1305</v>
       </c>
       <c r="I139" t="s">
         <v>1306</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
+        <v>69</v>
+      </c>
+      <c r="L139" t="s">
+        <v>26</v>
+      </c>
+      <c r="M139" t="s">
+        <v>70</v>
+      </c>
+      <c r="N139" t="s">
+        <v>28</v>
+      </c>
+      <c r="O139" t="s">
         <v>1307</v>
-      </c>
-[...10 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>65007</v>
+        <v>65009</v>
       </c>
       <c r="B140" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D140" t="s">
         <v>1310</v>
       </c>
-      <c r="C140" t="s">
+      <c r="E140" t="s">
         <v>1311</v>
       </c>
-      <c r="D140" t="s">
+      <c r="F140" t="s">
         <v>1312</v>
       </c>
-      <c r="E140" t="s">
+      <c r="G140" t="s">
         <v>1313</v>
       </c>
-      <c r="F140" t="s">
+      <c r="H140" t="s">
         <v>1314</v>
       </c>
-      <c r="G140" t="s">
+      <c r="I140" t="s">
         <v>1315</v>
       </c>
-      <c r="H140" t="s">
+      <c r="J140" t="s">
+        <v>24</v>
+      </c>
+      <c r="K140" t="s">
+        <v>69</v>
+      </c>
+      <c r="L140" t="s">
+        <v>26</v>
+      </c>
+      <c r="M140" t="s">
+        <v>70</v>
+      </c>
+      <c r="N140" t="s">
+        <v>28</v>
+      </c>
+      <c r="O140" t="s">
         <v>1316</v>
-      </c>
-[...19 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>65008</v>
+        <v>65010</v>
       </c>
       <c r="B141" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D141" t="s">
         <v>1319</v>
       </c>
-      <c r="C141" t="s">
+      <c r="E141" t="s">
         <v>1320</v>
       </c>
-      <c r="D141" t="s">
+      <c r="F141" t="s">
         <v>1321</v>
       </c>
-      <c r="E141" t="s">
+      <c r="G141" t="s">
         <v>1322</v>
       </c>
-      <c r="F141" t="s">
+      <c r="H141" t="s">
         <v>1323</v>
       </c>
-      <c r="G141" t="s">
+      <c r="I141" t="s">
         <v>1324</v>
       </c>
-      <c r="H141" t="s">
+      <c r="J141" t="s">
+        <v>24</v>
+      </c>
+      <c r="K141" t="s">
+        <v>25</v>
+      </c>
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
+        <v>27</v>
+      </c>
+      <c r="N141" t="s">
+        <v>28</v>
+      </c>
+      <c r="O141" t="s">
         <v>1325</v>
-      </c>
-[...19 lines deleted...]
-        <v>1327</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>65009</v>
+        <v>65011</v>
       </c>
       <c r="B142" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D142" t="s">
         <v>1328</v>
       </c>
-      <c r="C142" t="s">
+      <c r="E142" t="s">
         <v>1329</v>
       </c>
-      <c r="D142" t="s">
+      <c r="F142" t="s">
         <v>1330</v>
       </c>
-      <c r="E142" t="s">
+      <c r="G142" t="s">
         <v>1331</v>
       </c>
-      <c r="F142" t="s">
+      <c r="H142" t="s">
         <v>1332</v>
       </c>
-      <c r="G142" t="s">
+      <c r="I142" t="s">
         <v>1333</v>
-      </c>
-[...4 lines deleted...]
-        <v>1335</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>69</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>70</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>65010</v>
+        <v>65012</v>
       </c>
       <c r="B143" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D143" t="s">
         <v>1337</v>
       </c>
-      <c r="C143" t="s">
+      <c r="E143" t="s">
         <v>1338</v>
       </c>
-      <c r="D143" t="s">
+      <c r="F143" t="s">
         <v>1339</v>
       </c>
-      <c r="E143" t="s">
+      <c r="G143" t="s">
         <v>1340</v>
       </c>
-      <c r="F143" t="s">
+      <c r="H143" t="s">
         <v>1341</v>
       </c>
-      <c r="G143" t="s">
+      <c r="I143" t="s">
         <v>1342</v>
       </c>
-      <c r="H143" t="s">
+      <c r="J143" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" t="s">
         <v>1343</v>
       </c>
-      <c r="I143" t="s">
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
         <v>1344</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>65011</v>
+        <v>65013</v>
       </c>
       <c r="B144" t="s">
         <v>1346</v>
       </c>
       <c r="C144" t="s">
         <v>1347</v>
       </c>
       <c r="D144" t="s">
         <v>1348</v>
       </c>
       <c r="E144" t="s">
         <v>1349</v>
       </c>
       <c r="F144" t="s">
         <v>1350</v>
       </c>
       <c r="G144" t="s">
         <v>1351</v>
       </c>
       <c r="H144" t="s">
         <v>1352</v>
       </c>
       <c r="I144" t="s">
         <v>1353</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>65012</v>
+        <v>65014</v>
       </c>
       <c r="B145" t="s">
         <v>1355</v>
       </c>
       <c r="C145" t="s">
         <v>1356</v>
       </c>
       <c r="D145" t="s">
         <v>1357</v>
       </c>
       <c r="E145" t="s">
         <v>1358</v>
       </c>
       <c r="F145" t="s">
         <v>1359</v>
       </c>
       <c r="G145" t="s">
         <v>1360</v>
       </c>
       <c r="H145" t="s">
         <v>1361</v>
       </c>
       <c r="I145" t="s">
         <v>1362</v>
       </c>
       <c r="J145" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K145" t="s">
+        <v>58</v>
+      </c>
+      <c r="L145" t="s">
+        <v>91</v>
+      </c>
+      <c r="M145" t="s">
+        <v>59</v>
+      </c>
+      <c r="N145" t="s">
+        <v>28</v>
+      </c>
+      <c r="O145" t="s">
         <v>1363</v>
-      </c>
-[...10 lines deleted...]
-        <v>1365</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>65013</v>
+        <v>65015</v>
       </c>
       <c r="B146" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D146" t="s">
         <v>1366</v>
       </c>
-      <c r="C146" t="s">
+      <c r="E146" t="s">
         <v>1367</v>
       </c>
-      <c r="D146" t="s">
+      <c r="F146" t="s">
         <v>1368</v>
       </c>
-      <c r="E146" t="s">
+      <c r="G146" t="s">
         <v>1369</v>
       </c>
-      <c r="F146" t="s">
+      <c r="H146" t="s">
         <v>1370</v>
       </c>
-      <c r="G146" t="s">
+      <c r="I146" t="s">
         <v>1371</v>
       </c>
-      <c r="H146" t="s">
+      <c r="J146" t="s">
+        <v>24</v>
+      </c>
+      <c r="K146" t="s">
+        <v>69</v>
+      </c>
+      <c r="L146" t="s">
+        <v>26</v>
+      </c>
+      <c r="M146" t="s">
+        <v>70</v>
+      </c>
+      <c r="N146" t="s">
+        <v>28</v>
+      </c>
+      <c r="O146" t="s">
         <v>1372</v>
-      </c>
-[...19 lines deleted...]
-        <v>1374</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>65014</v>
+        <v>65016</v>
       </c>
       <c r="B147" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D147" t="s">
         <v>1375</v>
       </c>
-      <c r="C147" t="s">
+      <c r="E147" t="s">
         <v>1376</v>
       </c>
-      <c r="D147" t="s">
+      <c r="F147" t="s">
         <v>1377</v>
       </c>
-      <c r="E147" t="s">
+      <c r="G147" t="s">
         <v>1378</v>
       </c>
-      <c r="F147" t="s">
+      <c r="H147" t="s">
         <v>1379</v>
       </c>
-      <c r="G147" t="s">
+      <c r="I147" t="s">
         <v>1380</v>
       </c>
-      <c r="H147" t="s">
+      <c r="J147" t="s">
+        <v>24</v>
+      </c>
+      <c r="K147" t="s">
+        <v>25</v>
+      </c>
+      <c r="L147" t="s">
+        <v>26</v>
+      </c>
+      <c r="M147" t="s">
+        <v>27</v>
+      </c>
+      <c r="N147" t="s">
+        <v>28</v>
+      </c>
+      <c r="O147" t="s">
         <v>1381</v>
-      </c>
-[...19 lines deleted...]
-        <v>1383</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>65015</v>
+        <v>65017</v>
       </c>
       <c r="B148" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D148" t="s">
         <v>1384</v>
       </c>
-      <c r="C148" t="s">
+      <c r="E148" t="s">
         <v>1385</v>
       </c>
-      <c r="D148" t="s">
+      <c r="F148" t="s">
         <v>1386</v>
       </c>
-      <c r="E148" t="s">
+      <c r="G148" t="s">
         <v>1387</v>
       </c>
-      <c r="F148" t="s">
+      <c r="H148" t="s">
         <v>1388</v>
       </c>
-      <c r="G148" t="s">
+      <c r="I148" t="s">
         <v>1389</v>
       </c>
-      <c r="H148" t="s">
+      <c r="J148" t="s">
+        <v>24</v>
+      </c>
+      <c r="K148" t="s">
         <v>1390</v>
       </c>
-      <c r="I148" t="s">
+      <c r="L148" t="s">
+        <v>26</v>
+      </c>
+      <c r="M148" t="s">
         <v>1391</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>65016</v>
+        <v>65019</v>
       </c>
       <c r="B149" t="s">
         <v>1393</v>
       </c>
       <c r="C149" t="s">
         <v>1394</v>
       </c>
       <c r="D149" t="s">
         <v>1395</v>
       </c>
       <c r="E149" t="s">
         <v>1396</v>
       </c>
       <c r="F149" t="s">
         <v>1397</v>
       </c>
       <c r="G149" t="s">
         <v>1398</v>
       </c>
       <c r="H149" t="s">
         <v>1399</v>
       </c>
       <c r="I149" t="s">
         <v>1400</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>65017</v>
+        <v>65020</v>
       </c>
       <c r="B150" t="s">
         <v>1402</v>
       </c>
       <c r="C150" t="s">
         <v>1403</v>
       </c>
       <c r="D150" t="s">
         <v>1404</v>
       </c>
       <c r="E150" t="s">
         <v>1405</v>
       </c>
       <c r="F150" t="s">
         <v>1406</v>
       </c>
       <c r="G150" t="s">
         <v>1407</v>
       </c>
       <c r="H150" t="s">
         <v>1408</v>
       </c>
       <c r="I150" t="s">
         <v>1409</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>1410</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>1411</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>65019</v>
+        <v>65021</v>
       </c>
       <c r="B151" t="s">
         <v>1413</v>
       </c>
       <c r="C151" t="s">
         <v>1414</v>
       </c>
       <c r="D151" t="s">
         <v>1415</v>
       </c>
       <c r="E151" t="s">
         <v>1416</v>
       </c>
       <c r="F151" t="s">
         <v>1417</v>
       </c>
       <c r="G151" t="s">
         <v>1418</v>
       </c>
       <c r="H151" t="s">
         <v>1419</v>
       </c>
       <c r="I151" t="s">
         <v>1420</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
         <v>1421</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>65020</v>
+        <v>65023</v>
       </c>
       <c r="B152" t="s">
         <v>1422</v>
       </c>
       <c r="C152" t="s">
         <v>1423</v>
       </c>
       <c r="D152" t="s">
         <v>1424</v>
       </c>
       <c r="E152" t="s">
         <v>1425</v>
       </c>
       <c r="F152" t="s">
         <v>1426</v>
       </c>
       <c r="G152" t="s">
         <v>1427</v>
       </c>
       <c r="H152" t="s">
         <v>1428</v>
       </c>
       <c r="I152" t="s">
         <v>1429</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
+        <v>25</v>
+      </c>
+      <c r="L152" t="s">
+        <v>26</v>
+      </c>
+      <c r="M152" t="s">
+        <v>27</v>
+      </c>
+      <c r="N152" t="s">
+        <v>28</v>
+      </c>
+      <c r="O152" t="s">
         <v>1430</v>
-      </c>
-[...10 lines deleted...]
-        <v>1432</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>65021</v>
+        <v>65026</v>
       </c>
       <c r="B153" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D153" t="s">
         <v>1433</v>
       </c>
-      <c r="C153" t="s">
+      <c r="E153" t="s">
         <v>1434</v>
       </c>
-      <c r="D153" t="s">
+      <c r="F153" t="s">
         <v>1435</v>
       </c>
-      <c r="E153" t="s">
+      <c r="G153" t="s">
         <v>1436</v>
       </c>
-      <c r="F153" t="s">
+      <c r="H153" t="s">
         <v>1437</v>
       </c>
-      <c r="G153" t="s">
+      <c r="I153" t="s">
         <v>1438</v>
-      </c>
-[...4 lines deleted...]
-        <v>1440</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>65023</v>
+        <v>65030</v>
       </c>
       <c r="B154" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D154" t="s">
         <v>1442</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" t="s">
         <v>1443</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154" t="s">
         <v>1444</v>
       </c>
-      <c r="E154" t="s">
+      <c r="G154" t="s">
         <v>1445</v>
       </c>
-      <c r="F154" t="s">
+      <c r="H154" t="s">
         <v>1446</v>
       </c>
-      <c r="G154" t="s">
+      <c r="I154" t="s">
         <v>1447</v>
-      </c>
-[...4 lines deleted...]
-        <v>1449</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1450</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>65026</v>
+        <v>65031</v>
       </c>
       <c r="B155" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D155" t="s">
         <v>1451</v>
       </c>
-      <c r="C155" t="s">
+      <c r="E155" t="s">
         <v>1452</v>
       </c>
-      <c r="D155" t="s">
+      <c r="F155" t="s">
         <v>1453</v>
       </c>
-      <c r="E155" t="s">
+      <c r="G155" t="s">
         <v>1454</v>
       </c>
-      <c r="F155" t="s">
+      <c r="H155" t="s">
         <v>1455</v>
       </c>
-      <c r="G155" t="s">
+      <c r="I155" t="s">
         <v>1456</v>
-      </c>
-[...4 lines deleted...]
-        <v>1458</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1459</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>65030</v>
+        <v>65032</v>
       </c>
       <c r="B156" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D156" t="s">
         <v>1460</v>
       </c>
-      <c r="C156" t="s">
+      <c r="E156" t="s">
         <v>1461</v>
       </c>
-      <c r="D156" t="s">
+      <c r="F156" t="s">
         <v>1462</v>
       </c>
-      <c r="E156" t="s">
+      <c r="G156" t="s">
         <v>1463</v>
       </c>
-      <c r="F156" t="s">
+      <c r="H156" t="s">
         <v>1464</v>
       </c>
-      <c r="G156" t="s">
+      <c r="I156" t="s">
         <v>1465</v>
       </c>
-      <c r="H156" t="s">
+      <c r="J156" t="s">
+        <v>24</v>
+      </c>
+      <c r="K156" t="s">
+        <v>69</v>
+      </c>
+      <c r="L156" t="s">
+        <v>26</v>
+      </c>
+      <c r="M156" t="s">
+        <v>70</v>
+      </c>
+      <c r="N156" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" t="s">
         <v>1466</v>
-      </c>
-[...19 lines deleted...]
-        <v>1468</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>65031</v>
+        <v>65033</v>
       </c>
       <c r="B157" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D157" t="s">
         <v>1469</v>
       </c>
-      <c r="C157" t="s">
+      <c r="E157" t="s">
         <v>1470</v>
       </c>
-      <c r="D157" t="s">
+      <c r="F157" t="s">
         <v>1471</v>
       </c>
-      <c r="E157" t="s">
+      <c r="G157" t="s">
         <v>1472</v>
       </c>
-      <c r="F157" t="s">
+      <c r="H157" t="s">
         <v>1473</v>
       </c>
-      <c r="G157" t="s">
+      <c r="I157" t="s">
         <v>1474</v>
       </c>
-      <c r="H157" t="s">
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
         <v>1475</v>
       </c>
-      <c r="I157" t="s">
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
         <v>1476</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>65032</v>
+        <v>65034</v>
       </c>
       <c r="B158" t="s">
         <v>1478</v>
       </c>
       <c r="C158" t="s">
         <v>1479</v>
       </c>
       <c r="D158" t="s">
         <v>1480</v>
       </c>
       <c r="E158" t="s">
         <v>1481</v>
       </c>
       <c r="F158" t="s">
         <v>1482</v>
       </c>
       <c r="G158" t="s">
         <v>1483</v>
       </c>
       <c r="H158" t="s">
         <v>1484</v>
       </c>
       <c r="I158" t="s">
         <v>1485</v>
       </c>
       <c r="J158" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K158" t="s">
-        <v>69</v>
+        <v>1486</v>
       </c>
       <c r="L158" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M158" t="s">
-        <v>70</v>
+        <v>1487</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>65033</v>
+        <v>65035</v>
       </c>
       <c r="B159" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="C159" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="D159" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="E159" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="F159" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="G159" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="H159" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="I159" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>1495</v>
+        <v>25</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>1496</v>
+        <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>65034</v>
+        <v>65036</v>
       </c>
       <c r="B160" t="s">
         <v>1498</v>
       </c>
       <c r="C160" t="s">
         <v>1499</v>
       </c>
       <c r="D160" t="s">
         <v>1500</v>
       </c>
       <c r="E160" t="s">
         <v>1501</v>
       </c>
       <c r="F160" t="s">
         <v>1502</v>
       </c>
       <c r="G160" t="s">
         <v>1503</v>
       </c>
       <c r="H160" t="s">
         <v>1504</v>
       </c>
       <c r="I160" t="s">
         <v>1505</v>
       </c>
       <c r="J160" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K160" t="s">
+        <v>25</v>
+      </c>
+      <c r="L160" t="s">
+        <v>26</v>
+      </c>
+      <c r="M160" t="s">
+        <v>27</v>
+      </c>
+      <c r="N160" t="s">
+        <v>28</v>
+      </c>
+      <c r="O160" t="s">
         <v>1506</v>
-      </c>
-[...10 lines deleted...]
-        <v>1508</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>65035</v>
+        <v>65037</v>
       </c>
       <c r="B161" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D161" t="s">
         <v>1509</v>
       </c>
-      <c r="C161" t="s">
+      <c r="E161" t="s">
         <v>1510</v>
       </c>
-      <c r="D161" t="s">
+      <c r="F161" t="s">
         <v>1511</v>
       </c>
-      <c r="E161" t="s">
+      <c r="G161" t="s">
         <v>1512</v>
       </c>
-      <c r="F161" t="s">
+      <c r="H161" t="s">
         <v>1513</v>
       </c>
-      <c r="G161" t="s">
+      <c r="I161" t="s">
         <v>1514</v>
-      </c>
-[...4 lines deleted...]
-        <v>1516</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
         <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
         <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1517</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>65036</v>
+        <v>65038</v>
       </c>
       <c r="B162" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D162" t="s">
         <v>1518</v>
       </c>
-      <c r="C162" t="s">
+      <c r="E162" t="s">
         <v>1519</v>
       </c>
-      <c r="D162" t="s">
+      <c r="F162" t="s">
         <v>1520</v>
       </c>
-      <c r="E162" t="s">
+      <c r="G162" t="s">
         <v>1521</v>
       </c>
-      <c r="F162" t="s">
+      <c r="H162" t="s">
         <v>1522</v>
       </c>
-      <c r="G162" t="s">
+      <c r="I162" t="s">
         <v>1523</v>
       </c>
-      <c r="H162" t="s">
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
+        <v>69</v>
+      </c>
+      <c r="L162" t="s">
+        <v>26</v>
+      </c>
+      <c r="M162" t="s">
+        <v>70</v>
+      </c>
+      <c r="N162" t="s">
+        <v>28</v>
+      </c>
+      <c r="O162" t="s">
         <v>1524</v>
-      </c>
-[...19 lines deleted...]
-        <v>1526</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>65037</v>
+        <v>65039</v>
       </c>
       <c r="B163" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D163" t="s">
         <v>1527</v>
       </c>
-      <c r="C163" t="s">
+      <c r="E163" t="s">
         <v>1528</v>
       </c>
-      <c r="D163" t="s">
+      <c r="F163" t="s">
         <v>1529</v>
       </c>
-      <c r="E163" t="s">
+      <c r="G163" t="s">
         <v>1530</v>
       </c>
-      <c r="F163" t="s">
+      <c r="H163" t="s">
         <v>1531</v>
       </c>
-      <c r="G163" t="s">
+      <c r="I163" t="s">
         <v>1532</v>
       </c>
-      <c r="H163" t="s">
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
+        <v>69</v>
+      </c>
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" t="s">
+        <v>70</v>
+      </c>
+      <c r="N163" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" t="s">
         <v>1533</v>
-      </c>
-[...19 lines deleted...]
-        <v>1535</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>65038</v>
+        <v>65040</v>
       </c>
       <c r="B164" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D164" t="s">
         <v>1536</v>
       </c>
-      <c r="C164" t="s">
+      <c r="E164" t="s">
         <v>1537</v>
       </c>
-      <c r="D164" t="s">
+      <c r="F164" t="s">
         <v>1538</v>
       </c>
-      <c r="E164" t="s">
+      <c r="G164" t="s">
         <v>1539</v>
       </c>
-      <c r="F164" t="s">
+      <c r="H164" t="s">
         <v>1540</v>
       </c>
-      <c r="G164" t="s">
+      <c r="I164" t="s">
         <v>1541</v>
       </c>
-      <c r="H164" t="s">
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="K164" t="s">
+        <v>453</v>
+      </c>
+      <c r="L164" t="s">
+        <v>26</v>
+      </c>
+      <c r="M164" t="s">
+        <v>454</v>
+      </c>
+      <c r="N164" t="s">
+        <v>28</v>
+      </c>
+      <c r="O164" t="s">
         <v>1542</v>
-      </c>
-[...19 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>65039</v>
+        <v>65044</v>
       </c>
       <c r="B165" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D165" t="s">
         <v>1545</v>
       </c>
-      <c r="C165" t="s">
+      <c r="E165" t="s">
         <v>1546</v>
       </c>
-      <c r="D165" t="s">
+      <c r="F165" t="s">
         <v>1547</v>
       </c>
-      <c r="E165" t="s">
+      <c r="G165" t="s">
         <v>1548</v>
       </c>
-      <c r="F165" t="s">
+      <c r="H165" t="s">
         <v>1549</v>
       </c>
-      <c r="G165" t="s">
+      <c r="I165" t="s">
         <v>1550</v>
       </c>
-      <c r="H165" t="s">
+      <c r="J165" t="s">
+        <v>24</v>
+      </c>
+      <c r="K165" t="s">
+        <v>25</v>
+      </c>
+      <c r="L165" t="s">
+        <v>26</v>
+      </c>
+      <c r="M165" t="s">
+        <v>27</v>
+      </c>
+      <c r="N165" t="s">
+        <v>28</v>
+      </c>
+      <c r="O165" t="s">
         <v>1551</v>
-      </c>
-[...19 lines deleted...]
-        <v>1553</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>65040</v>
+        <v>65045</v>
       </c>
       <c r="B166" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D166" t="s">
         <v>1554</v>
       </c>
-      <c r="C166" t="s">
+      <c r="E166" t="s">
         <v>1555</v>
       </c>
-      <c r="D166" t="s">
+      <c r="F166" t="s">
         <v>1556</v>
       </c>
-      <c r="E166" t="s">
+      <c r="G166" t="s">
         <v>1557</v>
       </c>
-      <c r="F166" t="s">
+      <c r="H166" t="s">
         <v>1558</v>
       </c>
-      <c r="G166" t="s">
+      <c r="I166" t="s">
         <v>1559</v>
       </c>
-      <c r="H166" t="s">
+      <c r="J166" t="s">
         <v>1560</v>
       </c>
-      <c r="I166" t="s">
+      <c r="K166" t="s">
         <v>1561</v>
       </c>
-      <c r="J166" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L166" t="s">
-        <v>26</v>
+        <v>1562</v>
       </c>
       <c r="M166" t="s">
-        <v>333</v>
+        <v>1563</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>65044</v>
+        <v>65046</v>
       </c>
       <c r="B167" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="C167" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="D167" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="E167" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="F167" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="G167" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="H167" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="I167" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>65045</v>
+        <v>65047</v>
       </c>
       <c r="B168" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="C168" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="D168" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="E168" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="F168" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="G168" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="H168" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="I168" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="J168" t="s">
-        <v>1580</v>
+        <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>1581</v>
+        <v>1561</v>
       </c>
       <c r="L168" t="s">
+        <v>26</v>
+      </c>
+      <c r="M168" t="s">
+        <v>1563</v>
+      </c>
+      <c r="N168" t="s">
+        <v>28</v>
+      </c>
+      <c r="O168" t="s">
         <v>1582</v>
-      </c>
-[...7 lines deleted...]
-        <v>1584</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>65046</v>
+        <v>65049</v>
       </c>
       <c r="B169" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D169" t="s">
         <v>1585</v>
       </c>
-      <c r="C169" t="s">
+      <c r="E169" t="s">
         <v>1586</v>
       </c>
-      <c r="D169" t="s">
+      <c r="F169" t="s">
         <v>1587</v>
       </c>
-      <c r="E169" t="s">
+      <c r="G169" t="s">
         <v>1588</v>
       </c>
-      <c r="F169" t="s">
+      <c r="H169" t="s">
         <v>1589</v>
       </c>
-      <c r="G169" t="s">
+      <c r="I169" t="s">
         <v>1590</v>
       </c>
-      <c r="H169" t="s">
+      <c r="J169" t="s">
+        <v>24</v>
+      </c>
+      <c r="K169" t="s">
+        <v>283</v>
+      </c>
+      <c r="L169" t="s">
+        <v>26</v>
+      </c>
+      <c r="M169" t="s">
+        <v>284</v>
+      </c>
+      <c r="N169" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" t="s">
         <v>1591</v>
-      </c>
-[...19 lines deleted...]
-        <v>1593</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>65047</v>
+        <v>65050</v>
       </c>
       <c r="B170" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D170" t="s">
         <v>1594</v>
       </c>
-      <c r="C170" t="s">
+      <c r="E170" t="s">
         <v>1595</v>
       </c>
-      <c r="D170" t="s">
+      <c r="F170" t="s">
         <v>1596</v>
       </c>
-      <c r="E170" t="s">
+      <c r="G170" t="s">
         <v>1597</v>
       </c>
-      <c r="F170" t="s">
+      <c r="H170" t="s">
         <v>1598</v>
       </c>
-      <c r="G170" t="s">
+      <c r="I170" t="s">
         <v>1599</v>
       </c>
-      <c r="H170" t="s">
+      <c r="J170" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" t="s">
+        <v>25</v>
+      </c>
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
+        <v>27</v>
+      </c>
+      <c r="N170" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" t="s">
         <v>1600</v>
-      </c>
-[...19 lines deleted...]
-        <v>1602</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>65049</v>
+        <v>65051</v>
       </c>
       <c r="B171" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D171" t="s">
         <v>1603</v>
       </c>
-      <c r="C171" t="s">
+      <c r="E171" t="s">
         <v>1604</v>
       </c>
-      <c r="D171" t="s">
+      <c r="F171" t="s">
         <v>1605</v>
       </c>
-      <c r="E171" t="s">
+      <c r="G171" t="s">
         <v>1606</v>
       </c>
-      <c r="F171" t="s">
+      <c r="H171" t="s">
         <v>1607</v>
       </c>
-      <c r="G171" t="s">
+      <c r="I171" t="s">
         <v>1608</v>
       </c>
-      <c r="H171" t="s">
+      <c r="J171" t="s">
+        <v>24</v>
+      </c>
+      <c r="K171" t="s">
+        <v>90</v>
+      </c>
+      <c r="L171" t="s">
+        <v>26</v>
+      </c>
+      <c r="M171" t="s">
+        <v>92</v>
+      </c>
+      <c r="N171" t="s">
+        <v>28</v>
+      </c>
+      <c r="O171" t="s">
         <v>1609</v>
-      </c>
-[...19 lines deleted...]
-        <v>1611</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>65050</v>
+        <v>65053</v>
       </c>
       <c r="B172" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D172" t="s">
         <v>1612</v>
       </c>
-      <c r="C172" t="s">
+      <c r="E172" t="s">
         <v>1613</v>
       </c>
-      <c r="D172" t="s">
+      <c r="F172" t="s">
         <v>1614</v>
       </c>
-      <c r="E172" t="s">
+      <c r="G172" t="s">
         <v>1615</v>
       </c>
-      <c r="F172" t="s">
+      <c r="H172" t="s">
         <v>1616</v>
       </c>
-      <c r="G172" t="s">
+      <c r="I172" t="s">
         <v>1617</v>
       </c>
-      <c r="H172" t="s">
+      <c r="J172" t="s">
+        <v>24</v>
+      </c>
+      <c r="K172" t="s">
+        <v>69</v>
+      </c>
+      <c r="L172" t="s">
+        <v>26</v>
+      </c>
+      <c r="M172" t="s">
+        <v>70</v>
+      </c>
+      <c r="N172" t="s">
+        <v>28</v>
+      </c>
+      <c r="O172" t="s">
         <v>1618</v>
-      </c>
-[...19 lines deleted...]
-        <v>1620</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>65051</v>
+        <v>65054</v>
       </c>
       <c r="B173" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D173" t="s">
         <v>1621</v>
       </c>
-      <c r="C173" t="s">
+      <c r="E173" t="s">
         <v>1622</v>
       </c>
-      <c r="D173" t="s">
+      <c r="F173" t="s">
         <v>1623</v>
       </c>
-      <c r="E173" t="s">
+      <c r="G173" t="s">
         <v>1624</v>
       </c>
-      <c r="F173" t="s">
+      <c r="H173" t="s">
         <v>1625</v>
       </c>
-      <c r="G173" t="s">
+      <c r="I173" t="s">
         <v>1626</v>
       </c>
-      <c r="H173" t="s">
+      <c r="J173" t="s">
+        <v>89</v>
+      </c>
+      <c r="K173" t="s">
+        <v>38</v>
+      </c>
+      <c r="L173" t="s">
+        <v>91</v>
+      </c>
+      <c r="M173" t="s">
+        <v>39</v>
+      </c>
+      <c r="N173" t="s">
+        <v>28</v>
+      </c>
+      <c r="O173" t="s">
         <v>1627</v>
-      </c>
-[...19 lines deleted...]
-        <v>1629</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>65053</v>
+        <v>65055</v>
       </c>
       <c r="B174" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D174" t="s">
         <v>1630</v>
       </c>
-      <c r="C174" t="s">
+      <c r="E174" t="s">
         <v>1631</v>
       </c>
-      <c r="D174" t="s">
+      <c r="F174" t="s">
         <v>1632</v>
       </c>
-      <c r="E174" t="s">
+      <c r="G174" t="s">
         <v>1633</v>
       </c>
-      <c r="F174" t="s">
+      <c r="H174" t="s">
         <v>1634</v>
       </c>
-      <c r="G174" t="s">
+      <c r="I174" t="s">
         <v>1635</v>
       </c>
-      <c r="H174" t="s">
+      <c r="J174" t="s">
+        <v>24</v>
+      </c>
+      <c r="K174" t="s">
+        <v>1486</v>
+      </c>
+      <c r="L174" t="s">
+        <v>26</v>
+      </c>
+      <c r="M174" t="s">
+        <v>1487</v>
+      </c>
+      <c r="N174" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" t="s">
         <v>1636</v>
-      </c>
-[...19 lines deleted...]
-        <v>1638</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>65054</v>
+        <v>65058</v>
       </c>
       <c r="B175" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D175" t="s">
         <v>1639</v>
       </c>
-      <c r="C175" t="s">
+      <c r="E175" t="s">
         <v>1640</v>
       </c>
-      <c r="D175" t="s">
+      <c r="F175" t="s">
         <v>1641</v>
       </c>
-      <c r="E175" t="s">
+      <c r="G175" t="s">
         <v>1642</v>
       </c>
-      <c r="F175" t="s">
+      <c r="H175" t="s">
         <v>1643</v>
       </c>
-      <c r="G175" t="s">
+      <c r="I175" t="s">
         <v>1644</v>
-      </c>
-[...4 lines deleted...]
-        <v>1646</v>
       </c>
       <c r="J175" t="s">
         <v>89</v>
       </c>
       <c r="K175" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="L175" t="s">
         <v>91</v>
       </c>
       <c r="M175" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>65055</v>
+        <v>65059</v>
       </c>
       <c r="B176" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D176" t="s">
         <v>1648</v>
       </c>
-      <c r="C176" t="s">
+      <c r="E176" t="s">
         <v>1649</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176" t="s">
         <v>1650</v>
       </c>
-      <c r="E176" t="s">
+      <c r="G176" t="s">
         <v>1651</v>
       </c>
-      <c r="F176" t="s">
+      <c r="H176" t="s">
         <v>1652</v>
       </c>
-      <c r="G176" t="s">
+      <c r="I176" t="s">
         <v>1653</v>
       </c>
-      <c r="H176" t="s">
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
+        <v>69</v>
+      </c>
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
+        <v>70</v>
+      </c>
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
         <v>1654</v>
-      </c>
-[...19 lines deleted...]
-        <v>1656</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>65058</v>
+        <v>65060</v>
       </c>
       <c r="B177" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D177" t="s">
         <v>1657</v>
       </c>
-      <c r="C177" t="s">
+      <c r="E177" t="s">
         <v>1658</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177" t="s">
         <v>1659</v>
       </c>
-      <c r="E177" t="s">
+      <c r="G177" t="s">
         <v>1660</v>
       </c>
-      <c r="F177" t="s">
+      <c r="H177" t="s">
         <v>1661</v>
       </c>
-      <c r="G177" t="s">
+      <c r="I177" t="s">
         <v>1662</v>
       </c>
-      <c r="H177" t="s">
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>122</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>123</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
         <v>1663</v>
-      </c>
-[...19 lines deleted...]
-        <v>1665</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>65059</v>
+        <v>65062</v>
       </c>
       <c r="B178" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D178" t="s">
         <v>1666</v>
       </c>
-      <c r="C178" t="s">
+      <c r="E178" t="s">
         <v>1667</v>
       </c>
-      <c r="D178" t="s">
+      <c r="F178" t="s">
         <v>1668</v>
       </c>
-      <c r="E178" t="s">
+      <c r="G178" t="s">
         <v>1669</v>
       </c>
-      <c r="F178" t="s">
+      <c r="H178" t="s">
         <v>1670</v>
       </c>
-      <c r="G178" t="s">
+      <c r="I178" t="s">
         <v>1671</v>
       </c>
-      <c r="H178" t="s">
+      <c r="J178" t="s">
+        <v>24</v>
+      </c>
+      <c r="K178" t="s">
+        <v>25</v>
+      </c>
+      <c r="L178" t="s">
+        <v>26</v>
+      </c>
+      <c r="M178" t="s">
+        <v>27</v>
+      </c>
+      <c r="N178" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" t="s">
         <v>1672</v>
-      </c>
-[...19 lines deleted...]
-        <v>1674</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>65060</v>
+        <v>65065</v>
       </c>
       <c r="B179" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D179" t="s">
         <v>1675</v>
       </c>
-      <c r="C179" t="s">
+      <c r="E179" t="s">
         <v>1676</v>
       </c>
-      <c r="D179" t="s">
+      <c r="F179" t="s">
         <v>1677</v>
       </c>
-      <c r="E179" t="s">
+      <c r="G179" t="s">
         <v>1678</v>
       </c>
-      <c r="F179" t="s">
+      <c r="H179" t="s">
         <v>1679</v>
       </c>
-      <c r="G179" t="s">
+      <c r="I179" t="s">
         <v>1680</v>
       </c>
-      <c r="H179" t="s">
+      <c r="J179" t="s">
         <v>1681</v>
       </c>
-      <c r="I179" t="s">
+      <c r="K179" t="s">
+        <v>453</v>
+      </c>
+      <c r="L179" t="s">
         <v>1682</v>
       </c>
-      <c r="J179" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M179" t="s">
-        <v>123</v>
+        <v>454</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
         <v>1683</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>65062</v>
+        <v>65068</v>
       </c>
       <c r="B180" t="s">
         <v>1684</v>
       </c>
       <c r="C180" t="s">
         <v>1685</v>
       </c>
       <c r="D180" t="s">
         <v>1686</v>
       </c>
       <c r="E180" t="s">
         <v>1687</v>
       </c>
       <c r="F180" t="s">
         <v>1688</v>
       </c>
       <c r="G180" t="s">
         <v>1689</v>
       </c>
       <c r="H180" t="s">
         <v>1690</v>
       </c>
       <c r="I180" t="s">
         <v>1691</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
         <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
         <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>65065</v>
+        <v>65069</v>
       </c>
       <c r="B181" t="s">
         <v>1693</v>
       </c>
       <c r="C181" t="s">
         <v>1694</v>
       </c>
       <c r="D181" t="s">
         <v>1695</v>
       </c>
       <c r="E181" t="s">
         <v>1696</v>
       </c>
       <c r="F181" t="s">
         <v>1697</v>
       </c>
       <c r="G181" t="s">
         <v>1698</v>
       </c>
       <c r="H181" t="s">
         <v>1699</v>
       </c>
       <c r="I181" t="s">
         <v>1700</v>
       </c>
       <c r="J181" t="s">
+        <v>24</v>
+      </c>
+      <c r="K181" t="s">
+        <v>69</v>
+      </c>
+      <c r="L181" t="s">
+        <v>26</v>
+      </c>
+      <c r="M181" t="s">
+        <v>70</v>
+      </c>
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
         <v>1701</v>
-      </c>
-[...13 lines deleted...]
-        <v>1703</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>65068</v>
+        <v>65073</v>
       </c>
       <c r="B182" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D182" t="s">
         <v>1704</v>
       </c>
-      <c r="C182" t="s">
+      <c r="E182" t="s">
         <v>1705</v>
       </c>
-      <c r="D182" t="s">
+      <c r="F182" t="s">
         <v>1706</v>
       </c>
-      <c r="E182" t="s">
+      <c r="G182" t="s">
         <v>1707</v>
       </c>
-      <c r="F182" t="s">
+      <c r="H182" t="s">
         <v>1708</v>
       </c>
-      <c r="G182" t="s">
+      <c r="I182" t="s">
         <v>1709</v>
-      </c>
-[...4 lines deleted...]
-        <v>1711</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1712</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>65069</v>
+        <v>66512</v>
       </c>
       <c r="B183" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E183" t="s">
         <v>1713</v>
       </c>
-      <c r="C183" t="s">
+      <c r="F183" t="s">
         <v>1714</v>
       </c>
-      <c r="D183" t="s">
+      <c r="G183" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H183" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I183" t="s">
+        <v>1230</v>
+      </c>
+      <c r="J183" t="s">
+        <v>24</v>
+      </c>
+      <c r="K183" t="s">
         <v>1715</v>
       </c>
-      <c r="E183" t="s">
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
         <v>1716</v>
       </c>
-      <c r="F183" t="s">
+      <c r="N183" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" t="s">
         <v>1717</v>
-      </c>
-[...25 lines deleted...]
-        <v>1721</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>65073</v>
+        <v>66515</v>
       </c>
       <c r="B184" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F184" t="s">
         <v>1722</v>
       </c>
-      <c r="C184" t="s">
+      <c r="G184" t="s">
+        <v>336</v>
+      </c>
+      <c r="H184" t="s">
         <v>1723</v>
       </c>
-      <c r="D184" t="s">
+      <c r="I184" t="s">
         <v>1724</v>
       </c>
-      <c r="E184" t="s">
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="K184" t="s">
+        <v>1715</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1716</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
         <v>1725</v>
-      </c>
-[...28 lines deleted...]
-        <v>1730</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>66512</v>
+        <v>66516</v>
       </c>
       <c r="B185" t="s">
-        <v>1243</v>
+        <v>322</v>
       </c>
       <c r="C185" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F185" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H185" t="s">
         <v>1731</v>
       </c>
-      <c r="D185" t="s">
+      <c r="I185" t="s">
+        <v>329</v>
+      </c>
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>69</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>70</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
         <v>1732</v>
-      </c>
-[...31 lines deleted...]
-        <v>1737</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>66515</v>
+        <v>66520</v>
       </c>
       <c r="B186" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1735</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1737</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H186" t="s">
         <v>1738</v>
       </c>
-      <c r="C186" t="s">
+      <c r="I186" t="s">
         <v>1739</v>
       </c>
-      <c r="D186" t="s">
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
+        <v>25</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>27</v>
+      </c>
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
         <v>1740</v>
-      </c>
-[...31 lines deleted...]
-        <v>1745</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>66516</v>
+        <v>66523</v>
       </c>
       <c r="B187" t="s">
-        <v>344</v>
+        <v>1741</v>
       </c>
       <c r="C187" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1744</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1745</v>
+      </c>
+      <c r="I187" t="s">
         <v>1746</v>
       </c>
-      <c r="D187" t="s">
+      <c r="J187" t="s">
+        <v>24</v>
+      </c>
+      <c r="K187" t="s">
+        <v>122</v>
+      </c>
+      <c r="L187" t="s">
+        <v>26</v>
+      </c>
+      <c r="M187" t="s">
+        <v>123</v>
+      </c>
+      <c r="N187" t="s">
+        <v>28</v>
+      </c>
+      <c r="O187" t="s">
         <v>1747</v>
-      </c>
-[...31 lines deleted...]
-        <v>1752</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>66520</v>
+        <v>66524</v>
       </c>
       <c r="B188" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1749</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1750</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1751</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1752</v>
+      </c>
+      <c r="I188" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J188" t="s">
+        <v>24</v>
+      </c>
+      <c r="K188" t="s">
+        <v>69</v>
+      </c>
+      <c r="L188" t="s">
+        <v>26</v>
+      </c>
+      <c r="M188" t="s">
+        <v>70</v>
+      </c>
+      <c r="N188" t="s">
+        <v>28</v>
+      </c>
+      <c r="O188" t="s">
         <v>1753</v>
-      </c>
-[...131 lines deleted...]
-        <v>1773</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">