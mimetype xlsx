--- v3 (2026-01-25)
+++ v4 (2026-03-07)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1754">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1743">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Fulfulde
 # Source: https://hadeethenc.com/ff
-# Last update: 2026-01-19 19:10:46 (v1.9.0)
-# Check for updates: https://hadeethenc.com/en/check/ff/v1.9.0
+# Last update: 2026-02-22 01:34:31 (v1.10.0)
+# Check for updates: https://hadeethenc.com/en/check/ff/v1.10.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -603,94 +603,50 @@
   <si>
     <t>Ittaama e Sahlu Ibnu Saadu yo weluya Alla won e makko wonde Nelaɗo yo jam e kisal won e makko maakim: " kala defaniiɗo mi ko woni hakkunde gaŋɗe makko e ko woni hakkunde koyɗe makko mi defanoo mbo aljanna"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Nelaaɗo yo jam e kisal ngon e makko ina habra geɗe ɗiɗe si juulɗo jaggatiima e majje o naata aljanna,
 Gadanel ngel woni: Reende ɗeɓngal ko tikkinta Alla Toowɗo O,
 Ɗimmel ngel woni: Reende farji makko yande e paŋkare;
 sabu ɗee terɗe ɗiɗe goopi keewi yanirde.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Reende ɗeɓngal e farji ko laawol faade aljanna.
 Ɗeɓngal e farji keertinaama ɗo sabu ko majje ɓuri wonde iwdi musibbaaji e dow neɗɗo ka aduna e ka laakara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/3475</t>
-  </si>
-[...42 lines deleted...]
-    <t>https://hadeethenc.com/ff/browse/hadith/3518</t>
   </si>
   <si>
     <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Si maccuɗo Alla ñawi wollo o ɗannii o winndante fotde ko o waɗatnoo ko hombo ñiiɓi( o ɗatnaaki) hombo selli</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Ittaama e Abu Muusa Al As'arii yo Alla wele mbo (yo allah  yardo  he  makko)o wii: Nelaaɗo yo jam e kisal won e makko maaki: " Si maccuɗo Alla ñawi wollo o ɗannii o winndante fotde ko o waɗatnoo ko hombo ñiiɓi( o ɗatnaaki) hombo selli".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Annabi yo jam e kisal ngon e makko ina habra ɓural Alla e yurmeende makko, e wonde juulɗo si woniino hombo aadarii gollude golle moƴƴe saanga nde o selli e nde o ñiiɓi refti o heɓi ngantu o ñawi o roŋki gollude ko gollatno ko, wollo o ɗatnii wollo o dañi ngantu goɗɗo; oon o winndante njoɓdi timmundi, hono no o golliratno saanga cellal makko e saanga ñiiɓal makko nih.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Yaacde ɓural Alla e dow jiyaaɓe Makko.
@@ -4636,51 +4592,51 @@
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/58060</t>
   </si>
   <si>
     <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>Islaam mahaama e geɗe joy</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Ƴettaama e ɓiy umara yo ALLA wele ɗum wi'i: nelaaɗo ALLA yo ALLa juul e mum O hisna ɗum wi'i: Islaam mahaama e geɗe joy :seedaade dewoteeɗo alaa si wonaa ALLA e seedaade wonde Muhammadu ko maccuɗo mum nelaaɗo mum, ñiiɓnude juulde, e tottirde askal e hajjoyde suudu kaaba, e hoorde lewru koorka».</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
-    <t>Annabi yo ALLA juul e mum hisna ɗum nannani islaam e mahdi tiindi e dosɗe hendi joyi dooniiɗe ɗiin mahdi, e ko heddi e sifaaji islaam wano timmotinde mahdi ndi, Dosgal adanal ngal:seedanteeji ɗiɗi ,seedaade ala dewoteeɗo si wona alla e muhammadu ko nelaaɗo alla koɗe wo´otere ɗe ceertata maccuɗo o layatɗe fiɓa ngo´otaagu alla e haan du dem e dewe kam gooto ala goorɗo ɗum gollira ɗe gooŋɗina nelal muhamad jokka ɗum. Dosgal ɗimmalngal darnude juulde, juulɗeele joyi parlaaɗeɗe ñalawma e jehma:fajar tisbaar takkusaan futura geeƴe e sarɗiiji nde yo dosɗe e sunnaji nde. Dosgal tataɓal ngal yaltin´de askal parlaaɗo do dewal jawdiyaŋkaagal e kalo jawdi yottiindi e dottoode heɓɓaande e sariya weeɗe kaan´duɗa heen. Dosgal nayaɓal:ko hajju fa´ade makka ha totta dewe alla jaaliima mawni. Dosgal joyaɓal:hoorde lewru koorka, suraade e ñaamde e yarde e ko wona ɗuum e taƴooji e annaya dewal alla gila puɗal fajar ha mutal naange.</t>
+    <t>Annabi yo ALLA juul e mum hisna ɗum nannani islaam e mahdi tiindi e dosɗe hendi joyi dooniiɗe ɗiin mahdi, e ko heddi e sifaaji islaam wano timmotinde mahdi ndi, Ko adi ko e ɗeen dosɗe: seedanteeji ɗiɗi; seedaade alaa dewoteeɗo si wona ALLA e  Muhamadu ko nelaaɗo ALLA yo ALLA juul e dow mum O hisno ɗum, ɗiin noon ko dosgal gootal; hay heen gootel seertata e gonngel,  jiyaaɗo ana wowlaɗi o qirruɗo gootumbaaku ALLA e handude makko dewle kanko tan gafeeti tana makko, o gollira ɗe, o gooŋɗina nelal Muhamadu - jam e kisal woni e mum - O jokka ɗum. Dosgal ɗimmalngal darnude juulde, juulɗeele joyi parlaaɗeɗe ñalawma e jehma:fajar tisbaar takkusaan futura geeƴe e sarɗiiji nde yo dosɗe e sunnaji nde. Dosgal tataɓal ngal yaltin´de askal parlaaɗo do dewal jawdiyaŋkaagal e kalo jawdi yottiindi e dottoode heɓɓaande e sariya weeɗe kaan´duɗa heen. Dosgal nayaɓal:ko hajju fa´ade makka ha totta dewe alla jaaliima mawni. Dosgal joyaɓal:hoorde lewru koorka, suraade e ñaamde e yarde e ko wona ɗuum e taƴooji e annaya dewal alla gila puɗal fajar ha mutal naange.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>Seedanteeji ɗiɗi ngon´dat gootel heen yahata woppa goɗɗum.
 Seedanteeji ɗi ko dosɗe diine konngol ma gollal jaɓetaake gah ɗi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ff/browse/hadith/65000</t>
   </si>
   <si>
     <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Kala e mon njiiɗo paŋkare yo o waylirɗe junngo makko, si o hattanaani yo o waylir ɗemngal makko ngal, si o haɗtanaani yo o waylir ɓernde makko nde, ko ɗuum ɓuri lohde goomɗingol</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ittaama e Abii Sa'iid Al Khudrii yo Alla wele mbo,( yo alla yardo he makko) o nanii Nelaaɗo- yo kisal won e makko- ina maaka: " Kala e mon njiiɗo paŋkare yo o waylirɗe junngo makko, si o hattanaani yo o waylir ɗemngal makko ngal, si o haɗtanaani yo o waylir ɓernde makko nde, ko ɗuum ɓuri lohde goomɗingol.</t>
   </si>
   <si>
@@ -7059,51 +7015,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O188"/>
+  <dimension ref="A1:O187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -7779,8130 +7735,8083 @@
       </c>
       <c r="I16" t="s">
         <v>159</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
         <v>122</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
         <v>123</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3518</v>
+        <v>3553</v>
       </c>
       <c r="B17" t="s">
         <v>161</v>
       </c>
       <c r="C17" t="s">
         <v>162</v>
       </c>
       <c r="D17" t="s">
         <v>163</v>
       </c>
       <c r="E17" t="s">
         <v>164</v>
       </c>
       <c r="F17" t="s">
         <v>165</v>
       </c>
       <c r="G17" t="s">
         <v>166</v>
       </c>
       <c r="H17" t="s">
         <v>167</v>
       </c>
       <c r="I17" t="s">
         <v>168</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
+        <v>122</v>
+      </c>
+      <c r="L17" t="s">
+        <v>26</v>
+      </c>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>28</v>
+      </c>
+      <c r="O17" t="s">
         <v>169</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3553</v>
+        <v>3567</v>
       </c>
       <c r="B18" t="s">
+        <v>170</v>
+      </c>
+      <c r="C18" t="s">
+        <v>171</v>
+      </c>
+      <c r="D18" t="s">
         <v>172</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>173</v>
       </c>
-      <c r="D18" t="s">
+      <c r="F18" t="s">
         <v>174</v>
       </c>
-      <c r="E18" t="s">
+      <c r="G18" t="s">
         <v>175</v>
       </c>
-      <c r="F18" t="s">
+      <c r="H18" t="s">
         <v>176</v>
       </c>
-      <c r="G18" t="s">
+      <c r="I18" t="s">
         <v>177</v>
       </c>
-      <c r="H18" t="s">
+      <c r="J18" t="s">
+        <v>89</v>
+      </c>
+      <c r="K18" t="s">
         <v>178</v>
       </c>
-      <c r="I18" t="s">
+      <c r="L18" t="s">
+        <v>91</v>
+      </c>
+      <c r="M18" t="s">
         <v>179</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3567</v>
+        <v>3581</v>
       </c>
       <c r="B19" t="s">
         <v>181</v>
       </c>
       <c r="C19" t="s">
         <v>182</v>
       </c>
       <c r="D19" t="s">
         <v>183</v>
       </c>
       <c r="E19" t="s">
         <v>184</v>
       </c>
       <c r="F19" t="s">
         <v>185</v>
       </c>
       <c r="G19" t="s">
         <v>186</v>
       </c>
       <c r="H19" t="s">
         <v>187</v>
       </c>
       <c r="I19" t="s">
         <v>188</v>
       </c>
       <c r="J19" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K19" t="s">
+        <v>122</v>
+      </c>
+      <c r="L19" t="s">
+        <v>26</v>
+      </c>
+      <c r="M19" t="s">
+        <v>123</v>
+      </c>
+      <c r="N19" t="s">
+        <v>28</v>
+      </c>
+      <c r="O19" t="s">
         <v>189</v>
-      </c>
-[...10 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3581</v>
+        <v>3588</v>
       </c>
       <c r="B20" t="s">
+        <v>190</v>
+      </c>
+      <c r="C20" t="s">
+        <v>191</v>
+      </c>
+      <c r="D20" t="s">
         <v>192</v>
       </c>
-      <c r="C20" t="s">
+      <c r="E20" t="s">
         <v>193</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" t="s">
         <v>194</v>
       </c>
-      <c r="E20" t="s">
+      <c r="G20" t="s">
         <v>195</v>
       </c>
-      <c r="F20" t="s">
+      <c r="H20" t="s">
         <v>196</v>
       </c>
-      <c r="G20" t="s">
+      <c r="I20" t="s">
         <v>197</v>
       </c>
-      <c r="H20" t="s">
+      <c r="J20" t="s">
+        <v>24</v>
+      </c>
+      <c r="K20" t="s">
         <v>198</v>
       </c>
-      <c r="I20" t="s">
+      <c r="L20" t="s">
+        <v>26</v>
+      </c>
+      <c r="M20" t="s">
         <v>199</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3588</v>
+        <v>3591</v>
       </c>
       <c r="B21" t="s">
         <v>201</v>
       </c>
       <c r="C21" t="s">
         <v>202</v>
       </c>
       <c r="D21" t="s">
         <v>203</v>
       </c>
       <c r="E21" t="s">
         <v>204</v>
       </c>
       <c r="F21" t="s">
         <v>205</v>
       </c>
       <c r="G21" t="s">
         <v>206</v>
       </c>
       <c r="H21" t="s">
         <v>207</v>
       </c>
       <c r="I21" t="s">
         <v>208</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
+        <v>69</v>
+      </c>
+      <c r="L21" t="s">
+        <v>26</v>
+      </c>
+      <c r="M21" t="s">
+        <v>70</v>
+      </c>
+      <c r="N21" t="s">
+        <v>28</v>
+      </c>
+      <c r="O21" t="s">
         <v>209</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3591</v>
+        <v>3686</v>
       </c>
       <c r="B22" t="s">
+        <v>210</v>
+      </c>
+      <c r="C22" t="s">
+        <v>211</v>
+      </c>
+      <c r="D22" t="s">
         <v>212</v>
       </c>
-      <c r="C22" t="s">
+      <c r="E22" t="s">
         <v>213</v>
       </c>
-      <c r="D22" t="s">
+      <c r="F22" t="s">
         <v>214</v>
       </c>
-      <c r="E22" t="s">
+      <c r="G22" t="s">
         <v>215</v>
       </c>
-      <c r="F22" t="s">
+      <c r="H22" t="s">
         <v>216</v>
       </c>
-      <c r="G22" t="s">
+      <c r="I22" t="s">
         <v>217</v>
       </c>
-      <c r="H22" t="s">
+      <c r="J22" t="s">
+        <v>24</v>
+      </c>
+      <c r="K22" t="s">
+        <v>122</v>
+      </c>
+      <c r="L22" t="s">
+        <v>26</v>
+      </c>
+      <c r="M22" t="s">
+        <v>123</v>
+      </c>
+      <c r="N22" t="s">
+        <v>28</v>
+      </c>
+      <c r="O22" t="s">
         <v>218</v>
-      </c>
-[...19 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3686</v>
+        <v>3702</v>
       </c>
       <c r="B23" t="s">
+        <v>219</v>
+      </c>
+      <c r="C23" t="s">
+        <v>220</v>
+      </c>
+      <c r="D23" t="s">
         <v>221</v>
       </c>
-      <c r="C23" t="s">
+      <c r="E23" t="s">
         <v>222</v>
       </c>
-      <c r="D23" t="s">
+      <c r="F23" t="s">
         <v>223</v>
       </c>
-      <c r="E23" t="s">
+      <c r="G23" t="s">
         <v>224</v>
       </c>
-      <c r="F23" t="s">
+      <c r="H23" t="s">
         <v>225</v>
       </c>
-      <c r="G23" t="s">
+      <c r="I23" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>122</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>123</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3702</v>
+        <v>3706</v>
       </c>
       <c r="B24" t="s">
+        <v>228</v>
+      </c>
+      <c r="C24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D24" t="s">
         <v>230</v>
       </c>
-      <c r="C24" t="s">
+      <c r="E24" t="s">
         <v>231</v>
       </c>
-      <c r="D24" t="s">
+      <c r="F24" t="s">
         <v>232</v>
       </c>
-      <c r="E24" t="s">
+      <c r="G24" t="s">
         <v>233</v>
       </c>
-      <c r="F24" t="s">
+      <c r="H24" t="s">
         <v>234</v>
       </c>
-      <c r="G24" t="s">
+      <c r="I24" t="s">
         <v>235</v>
       </c>
-      <c r="H24" t="s">
+      <c r="J24" t="s">
+        <v>24</v>
+      </c>
+      <c r="K24" t="s">
+        <v>25</v>
+      </c>
+      <c r="L24" t="s">
+        <v>26</v>
+      </c>
+      <c r="M24" t="s">
+        <v>27</v>
+      </c>
+      <c r="N24" t="s">
+        <v>28</v>
+      </c>
+      <c r="O24" t="s">
         <v>236</v>
-      </c>
-[...19 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3706</v>
+        <v>3716</v>
       </c>
       <c r="B25" t="s">
+        <v>237</v>
+      </c>
+      <c r="C25" t="s">
+        <v>238</v>
+      </c>
+      <c r="D25" t="s">
         <v>239</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>240</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
         <v>241</v>
       </c>
-      <c r="E25" t="s">
+      <c r="G25" t="s">
         <v>242</v>
       </c>
-      <c r="F25" t="s">
+      <c r="H25" t="s">
         <v>243</v>
       </c>
-      <c r="G25" t="s">
+      <c r="I25" t="s">
         <v>244</v>
       </c>
-      <c r="H25" t="s">
+      <c r="J25" t="s">
+        <v>24</v>
+      </c>
+      <c r="K25" t="s">
+        <v>122</v>
+      </c>
+      <c r="L25" t="s">
+        <v>26</v>
+      </c>
+      <c r="M25" t="s">
+        <v>123</v>
+      </c>
+      <c r="N25" t="s">
+        <v>28</v>
+      </c>
+      <c r="O25" t="s">
         <v>245</v>
-      </c>
-[...19 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3716</v>
+        <v>3753</v>
       </c>
       <c r="B26" t="s">
+        <v>246</v>
+      </c>
+      <c r="C26" t="s">
+        <v>247</v>
+      </c>
+      <c r="D26" t="s">
         <v>248</v>
       </c>
-      <c r="C26" t="s">
+      <c r="E26" t="s">
         <v>249</v>
       </c>
-      <c r="D26" t="s">
+      <c r="F26" t="s">
         <v>250</v>
       </c>
-      <c r="E26" t="s">
+      <c r="G26" t="s">
         <v>251</v>
       </c>
-      <c r="F26" t="s">
+      <c r="H26" t="s">
         <v>252</v>
       </c>
-      <c r="G26" t="s">
+      <c r="I26" t="s">
         <v>253</v>
       </c>
-      <c r="H26" t="s">
+      <c r="J26" t="s">
+        <v>24</v>
+      </c>
+      <c r="K26" t="s">
+        <v>25</v>
+      </c>
+      <c r="L26" t="s">
+        <v>26</v>
+      </c>
+      <c r="M26" t="s">
+        <v>27</v>
+      </c>
+      <c r="N26" t="s">
+        <v>28</v>
+      </c>
+      <c r="O26" t="s">
         <v>254</v>
-      </c>
-[...19 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3753</v>
+        <v>3854</v>
       </c>
       <c r="B27" t="s">
+        <v>255</v>
+      </c>
+      <c r="C27" t="s">
+        <v>256</v>
+      </c>
+      <c r="D27" t="s">
         <v>257</v>
       </c>
-      <c r="C27" t="s">
+      <c r="E27" t="s">
         <v>258</v>
       </c>
-      <c r="D27" t="s">
+      <c r="F27" t="s">
         <v>259</v>
       </c>
-      <c r="E27" t="s">
+      <c r="G27" t="s">
         <v>260</v>
       </c>
-      <c r="F27" t="s">
+      <c r="H27" t="s">
         <v>261</v>
       </c>
-      <c r="G27" t="s">
+      <c r="I27" t="s">
         <v>262</v>
       </c>
-      <c r="H27" t="s">
+      <c r="J27" t="s">
+        <v>24</v>
+      </c>
+      <c r="K27" t="s">
+        <v>122</v>
+      </c>
+      <c r="L27" t="s">
+        <v>26</v>
+      </c>
+      <c r="M27" t="s">
+        <v>123</v>
+      </c>
+      <c r="N27" t="s">
+        <v>28</v>
+      </c>
+      <c r="O27" t="s">
         <v>263</v>
-      </c>
-[...19 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3854</v>
+        <v>4186</v>
       </c>
       <c r="B28" t="s">
+        <v>264</v>
+      </c>
+      <c r="C28" t="s">
+        <v>265</v>
+      </c>
+      <c r="D28" t="s">
         <v>266</v>
       </c>
-      <c r="C28" t="s">
+      <c r="E28" t="s">
         <v>267</v>
       </c>
-      <c r="D28" t="s">
+      <c r="F28" t="s">
         <v>268</v>
       </c>
-      <c r="E28" t="s">
+      <c r="G28" t="s">
         <v>269</v>
       </c>
-      <c r="F28" t="s">
+      <c r="H28" t="s">
         <v>270</v>
       </c>
-      <c r="G28" t="s">
+      <c r="I28" t="s">
         <v>271</v>
       </c>
-      <c r="H28" t="s">
+      <c r="J28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K28" t="s">
         <v>272</v>
       </c>
-      <c r="I28" t="s">
+      <c r="L28" t="s">
+        <v>26</v>
+      </c>
+      <c r="M28" t="s">
         <v>273</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>4186</v>
+        <v>4196</v>
       </c>
       <c r="B29" t="s">
         <v>275</v>
       </c>
       <c r="C29" t="s">
         <v>276</v>
       </c>
       <c r="D29" t="s">
         <v>277</v>
       </c>
       <c r="E29" t="s">
         <v>278</v>
       </c>
       <c r="F29" t="s">
         <v>279</v>
       </c>
       <c r="G29" t="s">
         <v>280</v>
       </c>
       <c r="H29" t="s">
         <v>281</v>
       </c>
       <c r="I29" t="s">
         <v>282</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
+        <v>25</v>
+      </c>
+      <c r="L29" t="s">
+        <v>26</v>
+      </c>
+      <c r="M29" t="s">
+        <v>27</v>
+      </c>
+      <c r="N29" t="s">
+        <v>28</v>
+      </c>
+      <c r="O29" t="s">
         <v>283</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>4196</v>
+        <v>4202</v>
       </c>
       <c r="B30" t="s">
+        <v>284</v>
+      </c>
+      <c r="C30" t="s">
+        <v>285</v>
+      </c>
+      <c r="D30" t="s">
         <v>286</v>
       </c>
-      <c r="C30" t="s">
+      <c r="E30" t="s">
         <v>287</v>
       </c>
-      <c r="D30" t="s">
+      <c r="F30" t="s">
         <v>288</v>
       </c>
-      <c r="E30" t="s">
+      <c r="G30" t="s">
         <v>289</v>
       </c>
-      <c r="F30" t="s">
+      <c r="H30" t="s">
         <v>290</v>
       </c>
-      <c r="G30" t="s">
+      <c r="I30" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>293</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>25</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>27</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>4202</v>
+        <v>4204</v>
       </c>
       <c r="B31" t="s">
+        <v>293</v>
+      </c>
+      <c r="C31" t="s">
+        <v>294</v>
+      </c>
+      <c r="D31" t="s">
         <v>295</v>
       </c>
-      <c r="C31" t="s">
+      <c r="E31" t="s">
         <v>296</v>
       </c>
-      <c r="D31" t="s">
+      <c r="F31" t="s">
         <v>297</v>
       </c>
-      <c r="E31" t="s">
+      <c r="G31" t="s">
         <v>298</v>
       </c>
-      <c r="F31" t="s">
+      <c r="H31" t="s">
         <v>299</v>
       </c>
-      <c r="G31" t="s">
+      <c r="I31" t="s">
         <v>300</v>
       </c>
-      <c r="H31" t="s">
+      <c r="J31" t="s">
+        <v>24</v>
+      </c>
+      <c r="K31" t="s">
+        <v>122</v>
+      </c>
+      <c r="L31" t="s">
+        <v>26</v>
+      </c>
+      <c r="M31" t="s">
+        <v>123</v>
+      </c>
+      <c r="N31" t="s">
+        <v>28</v>
+      </c>
+      <c r="O31" t="s">
         <v>301</v>
-      </c>
-[...19 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>4204</v>
+        <v>4304</v>
       </c>
       <c r="B32" t="s">
+        <v>302</v>
+      </c>
+      <c r="C32" t="s">
+        <v>303</v>
+      </c>
+      <c r="D32" t="s">
         <v>304</v>
       </c>
-      <c r="C32" t="s">
+      <c r="E32" t="s">
         <v>305</v>
       </c>
-      <c r="D32" t="s">
+      <c r="F32" t="s">
         <v>306</v>
       </c>
-      <c r="E32" t="s">
+      <c r="G32" t="s">
         <v>307</v>
       </c>
-      <c r="F32" t="s">
+      <c r="H32" t="s">
         <v>308</v>
       </c>
-      <c r="G32" t="s">
+      <c r="I32" t="s">
         <v>309</v>
       </c>
-      <c r="H32" t="s">
+      <c r="J32" t="s">
+        <v>24</v>
+      </c>
+      <c r="K32" t="s">
+        <v>25</v>
+      </c>
+      <c r="L32" t="s">
+        <v>26</v>
+      </c>
+      <c r="M32" t="s">
+        <v>27</v>
+      </c>
+      <c r="N32" t="s">
+        <v>28</v>
+      </c>
+      <c r="O32" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>4304</v>
+        <v>4309</v>
       </c>
       <c r="B33" t="s">
+        <v>311</v>
+      </c>
+      <c r="C33" t="s">
+        <v>312</v>
+      </c>
+      <c r="D33" t="s">
         <v>313</v>
       </c>
-      <c r="C33" t="s">
+      <c r="E33" t="s">
         <v>314</v>
       </c>
-      <c r="D33" t="s">
+      <c r="F33" t="s">
         <v>315</v>
       </c>
-      <c r="E33" t="s">
+      <c r="G33" t="s">
         <v>316</v>
       </c>
-      <c r="F33" t="s">
+      <c r="H33" t="s">
         <v>317</v>
       </c>
-      <c r="G33" t="s">
+      <c r="I33" t="s">
         <v>318</v>
       </c>
-      <c r="H33" t="s">
+      <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" t="s">
+        <v>69</v>
+      </c>
+      <c r="L33" t="s">
+        <v>26</v>
+      </c>
+      <c r="M33" t="s">
+        <v>70</v>
+      </c>
+      <c r="N33" t="s">
+        <v>28</v>
+      </c>
+      <c r="O33" t="s">
         <v>319</v>
-      </c>
-[...19 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>4309</v>
+        <v>4314</v>
       </c>
       <c r="B34" t="s">
+        <v>320</v>
+      </c>
+      <c r="C34" t="s">
+        <v>321</v>
+      </c>
+      <c r="D34" t="s">
         <v>322</v>
       </c>
-      <c r="C34" t="s">
+      <c r="E34" t="s">
         <v>323</v>
       </c>
-      <c r="D34" t="s">
+      <c r="F34" t="s">
         <v>324</v>
       </c>
-      <c r="E34" t="s">
+      <c r="G34" t="s">
         <v>325</v>
       </c>
-      <c r="F34" t="s">
+      <c r="H34" t="s">
         <v>326</v>
       </c>
-      <c r="G34" t="s">
+      <c r="I34" t="s">
         <v>327</v>
       </c>
-      <c r="H34" t="s">
+      <c r="J34" t="s">
+        <v>24</v>
+      </c>
+      <c r="K34" t="s">
+        <v>25</v>
+      </c>
+      <c r="L34" t="s">
+        <v>26</v>
+      </c>
+      <c r="M34" t="s">
+        <v>27</v>
+      </c>
+      <c r="N34" t="s">
+        <v>28</v>
+      </c>
+      <c r="O34" t="s">
         <v>328</v>
-      </c>
-[...19 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>4314</v>
+        <v>4319</v>
       </c>
       <c r="B35" t="s">
+        <v>329</v>
+      </c>
+      <c r="C35" t="s">
+        <v>330</v>
+      </c>
+      <c r="D35" t="s">
         <v>331</v>
       </c>
-      <c r="C35" t="s">
+      <c r="E35" t="s">
         <v>332</v>
       </c>
-      <c r="D35" t="s">
+      <c r="F35" t="s">
         <v>333</v>
       </c>
-      <c r="E35" t="s">
+      <c r="G35" t="s">
         <v>334</v>
       </c>
-      <c r="F35" t="s">
+      <c r="H35" t="s">
         <v>335</v>
       </c>
-      <c r="G35" t="s">
+      <c r="I35" t="s">
         <v>336</v>
       </c>
-      <c r="H35" t="s">
+      <c r="J35" t="s">
+        <v>24</v>
+      </c>
+      <c r="K35" t="s">
+        <v>69</v>
+      </c>
+      <c r="L35" t="s">
+        <v>26</v>
+      </c>
+      <c r="M35" t="s">
+        <v>70</v>
+      </c>
+      <c r="N35" t="s">
+        <v>28</v>
+      </c>
+      <c r="O35" t="s">
         <v>337</v>
-      </c>
-[...19 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>4319</v>
+        <v>4322</v>
       </c>
       <c r="B36" t="s">
+        <v>338</v>
+      </c>
+      <c r="C36" t="s">
+        <v>339</v>
+      </c>
+      <c r="D36" t="s">
         <v>340</v>
       </c>
-      <c r="C36" t="s">
+      <c r="E36" t="s">
         <v>341</v>
       </c>
-      <c r="D36" t="s">
+      <c r="F36" t="s">
         <v>342</v>
       </c>
-      <c r="E36" t="s">
+      <c r="G36" t="s">
         <v>343</v>
       </c>
-      <c r="F36" t="s">
+      <c r="H36" t="s">
         <v>344</v>
       </c>
-      <c r="G36" t="s">
+      <c r="I36" t="s">
         <v>345</v>
       </c>
-      <c r="H36" t="s">
+      <c r="J36" t="s">
+        <v>24</v>
+      </c>
+      <c r="K36" t="s">
+        <v>25</v>
+      </c>
+      <c r="L36" t="s">
+        <v>26</v>
+      </c>
+      <c r="M36" t="s">
+        <v>27</v>
+      </c>
+      <c r="N36" t="s">
+        <v>28</v>
+      </c>
+      <c r="O36" t="s">
         <v>346</v>
-      </c>
-[...19 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>4322</v>
+        <v>4555</v>
       </c>
       <c r="B37" t="s">
+        <v>347</v>
+      </c>
+      <c r="C37" t="s">
+        <v>348</v>
+      </c>
+      <c r="D37" t="s">
         <v>349</v>
       </c>
-      <c r="C37" t="s">
+      <c r="E37" t="s">
         <v>350</v>
       </c>
-      <c r="D37" t="s">
+      <c r="F37" t="s">
         <v>351</v>
       </c>
-      <c r="E37" t="s">
+      <c r="G37" t="s">
         <v>352</v>
       </c>
-      <c r="F37" t="s">
+      <c r="H37" t="s">
         <v>353</v>
       </c>
-      <c r="G37" t="s">
+      <c r="I37" t="s">
         <v>354</v>
       </c>
-      <c r="H37" t="s">
+      <c r="J37" t="s">
+        <v>24</v>
+      </c>
+      <c r="K37" t="s">
+        <v>69</v>
+      </c>
+      <c r="L37" t="s">
+        <v>26</v>
+      </c>
+      <c r="M37" t="s">
+        <v>70</v>
+      </c>
+      <c r="N37" t="s">
+        <v>28</v>
+      </c>
+      <c r="O37" t="s">
         <v>355</v>
-      </c>
-[...19 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>4555</v>
+        <v>4560</v>
       </c>
       <c r="B38" t="s">
+        <v>356</v>
+      </c>
+      <c r="C38" t="s">
+        <v>357</v>
+      </c>
+      <c r="D38" t="s">
         <v>358</v>
       </c>
-      <c r="C38" t="s">
+      <c r="E38" t="s">
         <v>359</v>
       </c>
-      <c r="D38" t="s">
+      <c r="F38" t="s">
         <v>360</v>
       </c>
-      <c r="E38" t="s">
+      <c r="G38" t="s">
         <v>361</v>
       </c>
-      <c r="F38" t="s">
+      <c r="H38" t="s">
         <v>362</v>
       </c>
-      <c r="G38" t="s">
+      <c r="I38" t="s">
         <v>363</v>
       </c>
-      <c r="H38" t="s">
+      <c r="J38" t="s">
+        <v>24</v>
+      </c>
+      <c r="K38" t="s">
+        <v>25</v>
+      </c>
+      <c r="L38" t="s">
+        <v>26</v>
+      </c>
+      <c r="M38" t="s">
+        <v>27</v>
+      </c>
+      <c r="N38" t="s">
+        <v>28</v>
+      </c>
+      <c r="O38" t="s">
         <v>364</v>
-      </c>
-[...19 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>4560</v>
+        <v>4563</v>
       </c>
       <c r="B39" t="s">
+        <v>365</v>
+      </c>
+      <c r="C39" t="s">
+        <v>366</v>
+      </c>
+      <c r="D39" t="s">
         <v>367</v>
       </c>
-      <c r="C39" t="s">
+      <c r="E39" t="s">
         <v>368</v>
       </c>
-      <c r="D39" t="s">
+      <c r="F39" t="s">
         <v>369</v>
       </c>
-      <c r="E39" t="s">
+      <c r="G39" t="s">
         <v>370</v>
       </c>
-      <c r="F39" t="s">
+      <c r="H39" t="s">
         <v>371</v>
       </c>
-      <c r="G39" t="s">
+      <c r="I39" t="s">
         <v>372</v>
       </c>
-      <c r="H39" t="s">
+      <c r="J39" t="s">
+        <v>24</v>
+      </c>
+      <c r="K39" t="s">
+        <v>69</v>
+      </c>
+      <c r="L39" t="s">
+        <v>26</v>
+      </c>
+      <c r="M39" t="s">
+        <v>70</v>
+      </c>
+      <c r="N39" t="s">
+        <v>28</v>
+      </c>
+      <c r="O39" t="s">
         <v>373</v>
-      </c>
-[...19 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>4563</v>
+        <v>4709</v>
       </c>
       <c r="B40" t="s">
+        <v>374</v>
+      </c>
+      <c r="C40" t="s">
+        <v>375</v>
+      </c>
+      <c r="D40" t="s">
         <v>376</v>
       </c>
-      <c r="C40" t="s">
+      <c r="E40" t="s">
         <v>377</v>
       </c>
-      <c r="D40" t="s">
+      <c r="F40" t="s">
         <v>378</v>
       </c>
-      <c r="E40" t="s">
+      <c r="G40" t="s">
         <v>379</v>
       </c>
-      <c r="F40" t="s">
+      <c r="H40" t="s">
         <v>380</v>
       </c>
-      <c r="G40" t="s">
+      <c r="I40" t="s">
         <v>381</v>
       </c>
-      <c r="H40" t="s">
+      <c r="J40" t="s">
+        <v>24</v>
+      </c>
+      <c r="K40" t="s">
+        <v>122</v>
+      </c>
+      <c r="L40" t="s">
+        <v>26</v>
+      </c>
+      <c r="M40" t="s">
+        <v>123</v>
+      </c>
+      <c r="N40" t="s">
+        <v>28</v>
+      </c>
+      <c r="O40" t="s">
         <v>382</v>
-      </c>
-[...19 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>4709</v>
+        <v>4711</v>
       </c>
       <c r="B41" t="s">
+        <v>383</v>
+      </c>
+      <c r="C41" t="s">
+        <v>384</v>
+      </c>
+      <c r="D41" t="s">
         <v>385</v>
       </c>
-      <c r="C41" t="s">
+      <c r="E41" t="s">
         <v>386</v>
       </c>
-      <c r="D41" t="s">
+      <c r="F41" t="s">
         <v>387</v>
       </c>
-      <c r="E41" t="s">
+      <c r="G41" t="s">
         <v>388</v>
       </c>
-      <c r="F41" t="s">
+      <c r="H41" t="s">
         <v>389</v>
       </c>
-      <c r="G41" t="s">
+      <c r="I41" t="s">
         <v>390</v>
       </c>
-      <c r="H41" t="s">
+      <c r="J41" t="s">
         <v>391</v>
       </c>
-      <c r="I41" t="s">
+      <c r="K41" t="s">
         <v>392</v>
       </c>
-      <c r="J41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L41" t="s">
-        <v>26</v>
+        <v>393</v>
       </c>
       <c r="M41" t="s">
-        <v>123</v>
+        <v>394</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>4711</v>
+        <v>4714</v>
       </c>
       <c r="B42" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C42" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D42" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="E42" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="F42" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="G42" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H42" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="I42" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="J42" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>403</v>
+        <v>25</v>
       </c>
       <c r="L42" t="s">
+        <v>26</v>
+      </c>
+      <c r="M42" t="s">
+        <v>27</v>
+      </c>
+      <c r="N42" t="s">
+        <v>28</v>
+      </c>
+      <c r="O42" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>4714</v>
+        <v>4721</v>
       </c>
       <c r="B43" t="s">
+        <v>405</v>
+      </c>
+      <c r="C43" t="s">
+        <v>406</v>
+      </c>
+      <c r="D43" t="s">
         <v>407</v>
       </c>
-      <c r="C43" t="s">
+      <c r="E43" t="s">
         <v>408</v>
       </c>
-      <c r="D43" t="s">
+      <c r="F43" t="s">
         <v>409</v>
       </c>
-      <c r="E43" t="s">
+      <c r="G43" t="s">
         <v>410</v>
       </c>
-      <c r="F43" t="s">
+      <c r="H43" t="s">
         <v>411</v>
       </c>
-      <c r="G43" t="s">
+      <c r="I43" t="s">
         <v>412</v>
       </c>
-      <c r="H43" t="s">
+      <c r="J43" t="s">
+        <v>24</v>
+      </c>
+      <c r="K43" t="s">
         <v>413</v>
       </c>
-      <c r="I43" t="s">
+      <c r="L43" t="s">
+        <v>26</v>
+      </c>
+      <c r="M43" t="s">
         <v>414</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>4721</v>
+        <v>4792</v>
       </c>
       <c r="B44" t="s">
         <v>416</v>
       </c>
       <c r="C44" t="s">
         <v>417</v>
       </c>
       <c r="D44" t="s">
         <v>418</v>
       </c>
       <c r="E44" t="s">
         <v>419</v>
       </c>
       <c r="F44" t="s">
         <v>420</v>
       </c>
       <c r="G44" t="s">
         <v>421</v>
       </c>
       <c r="H44" t="s">
         <v>422</v>
       </c>
       <c r="I44" t="s">
         <v>423</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
+        <v>25</v>
+      </c>
+      <c r="L44" t="s">
+        <v>26</v>
+      </c>
+      <c r="M44" t="s">
+        <v>27</v>
+      </c>
+      <c r="N44" t="s">
+        <v>28</v>
+      </c>
+      <c r="O44" t="s">
         <v>424</v>
-      </c>
-[...10 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>4792</v>
+        <v>4810</v>
       </c>
       <c r="B45" t="s">
+        <v>425</v>
+      </c>
+      <c r="C45" t="s">
+        <v>426</v>
+      </c>
+      <c r="D45" t="s">
         <v>427</v>
       </c>
-      <c r="C45" t="s">
+      <c r="E45" t="s">
         <v>428</v>
       </c>
-      <c r="D45" t="s">
+      <c r="F45" t="s">
         <v>429</v>
       </c>
-      <c r="E45" t="s">
+      <c r="G45" t="s">
         <v>430</v>
       </c>
-      <c r="F45" t="s">
+      <c r="H45" t="s">
         <v>431</v>
       </c>
-      <c r="G45" t="s">
+      <c r="I45" t="s">
         <v>432</v>
       </c>
-      <c r="H45" t="s">
+      <c r="J45" t="s">
+        <v>24</v>
+      </c>
+      <c r="K45" t="s">
+        <v>69</v>
+      </c>
+      <c r="L45" t="s">
+        <v>26</v>
+      </c>
+      <c r="M45" t="s">
+        <v>70</v>
+      </c>
+      <c r="N45" t="s">
+        <v>28</v>
+      </c>
+      <c r="O45" t="s">
         <v>433</v>
-      </c>
-[...19 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>4810</v>
+        <v>4811</v>
       </c>
       <c r="B46" t="s">
+        <v>434</v>
+      </c>
+      <c r="C46" t="s">
+        <v>435</v>
+      </c>
+      <c r="D46" t="s">
         <v>436</v>
       </c>
-      <c r="C46" t="s">
+      <c r="E46" t="s">
         <v>437</v>
       </c>
-      <c r="D46" t="s">
+      <c r="F46" t="s">
         <v>438</v>
       </c>
-      <c r="E46" t="s">
+      <c r="G46" t="s">
         <v>439</v>
       </c>
-      <c r="F46" t="s">
+      <c r="H46" t="s">
         <v>440</v>
       </c>
-      <c r="G46" t="s">
+      <c r="I46" t="s">
         <v>441</v>
       </c>
-      <c r="H46" t="s">
+      <c r="J46" t="s">
+        <v>24</v>
+      </c>
+      <c r="K46" t="s">
         <v>442</v>
       </c>
-      <c r="I46" t="s">
+      <c r="L46" t="s">
+        <v>26</v>
+      </c>
+      <c r="M46" t="s">
         <v>443</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>4811</v>
+        <v>4817</v>
       </c>
       <c r="B47" t="s">
         <v>445</v>
       </c>
       <c r="C47" t="s">
         <v>446</v>
       </c>
       <c r="D47" t="s">
         <v>447</v>
       </c>
       <c r="E47" t="s">
         <v>448</v>
       </c>
       <c r="F47" t="s">
         <v>449</v>
       </c>
       <c r="G47" t="s">
         <v>450</v>
       </c>
       <c r="H47" t="s">
         <v>451</v>
       </c>
       <c r="I47" t="s">
         <v>452</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
+        <v>25</v>
+      </c>
+      <c r="L47" t="s">
+        <v>26</v>
+      </c>
+      <c r="M47" t="s">
+        <v>27</v>
+      </c>
+      <c r="N47" t="s">
+        <v>28</v>
+      </c>
+      <c r="O47" t="s">
         <v>453</v>
-      </c>
-[...10 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>4817</v>
+        <v>4935</v>
       </c>
       <c r="B48" t="s">
+        <v>454</v>
+      </c>
+      <c r="C48" t="s">
+        <v>455</v>
+      </c>
+      <c r="D48" t="s">
         <v>456</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
         <v>457</v>
       </c>
-      <c r="D48" t="s">
+      <c r="F48" t="s">
         <v>458</v>
       </c>
-      <c r="E48" t="s">
+      <c r="G48" t="s">
         <v>459</v>
       </c>
-      <c r="F48" t="s">
+      <c r="H48" t="s">
         <v>460</v>
       </c>
-      <c r="G48" t="s">
+      <c r="I48" t="s">
         <v>461</v>
       </c>
-      <c r="H48" t="s">
+      <c r="J48" t="s">
+        <v>24</v>
+      </c>
+      <c r="K48" t="s">
+        <v>69</v>
+      </c>
+      <c r="L48" t="s">
+        <v>26</v>
+      </c>
+      <c r="M48" t="s">
+        <v>70</v>
+      </c>
+      <c r="N48" t="s">
+        <v>28</v>
+      </c>
+      <c r="O48" t="s">
         <v>462</v>
-      </c>
-[...19 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>4935</v>
+        <v>4947</v>
       </c>
       <c r="B49" t="s">
+        <v>463</v>
+      </c>
+      <c r="C49" t="s">
+        <v>464</v>
+      </c>
+      <c r="D49" t="s">
         <v>465</v>
       </c>
-      <c r="C49" t="s">
+      <c r="E49" t="s">
         <v>466</v>
       </c>
-      <c r="D49" t="s">
+      <c r="F49" t="s">
         <v>467</v>
       </c>
-      <c r="E49" t="s">
+      <c r="G49" t="s">
         <v>468</v>
       </c>
-      <c r="F49" t="s">
+      <c r="H49" t="s">
         <v>469</v>
       </c>
-      <c r="G49" t="s">
+      <c r="I49" t="s">
         <v>470</v>
       </c>
-      <c r="H49" t="s">
+      <c r="J49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K49" t="s">
+        <v>122</v>
+      </c>
+      <c r="L49" t="s">
+        <v>26</v>
+      </c>
+      <c r="M49" t="s">
+        <v>123</v>
+      </c>
+      <c r="N49" t="s">
+        <v>28</v>
+      </c>
+      <c r="O49" t="s">
         <v>471</v>
-      </c>
-[...19 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>4947</v>
+        <v>4965</v>
       </c>
       <c r="B50" t="s">
+        <v>472</v>
+      </c>
+      <c r="C50" t="s">
+        <v>473</v>
+      </c>
+      <c r="D50" t="s">
         <v>474</v>
       </c>
-      <c r="C50" t="s">
+      <c r="E50" t="s">
         <v>475</v>
       </c>
-      <c r="D50" t="s">
+      <c r="F50" t="s">
         <v>476</v>
       </c>
-      <c r="E50" t="s">
+      <c r="G50" t="s">
         <v>477</v>
       </c>
-      <c r="F50" t="s">
+      <c r="H50" t="s">
         <v>478</v>
       </c>
-      <c r="G50" t="s">
+      <c r="I50" t="s">
         <v>479</v>
       </c>
-      <c r="H50" t="s">
+      <c r="J50" t="s">
+        <v>24</v>
+      </c>
+      <c r="K50" t="s">
+        <v>25</v>
+      </c>
+      <c r="L50" t="s">
+        <v>26</v>
+      </c>
+      <c r="M50" t="s">
+        <v>27</v>
+      </c>
+      <c r="N50" t="s">
+        <v>28</v>
+      </c>
+      <c r="O50" t="s">
         <v>480</v>
-      </c>
-[...19 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>4965</v>
+        <v>5273</v>
       </c>
       <c r="B51" t="s">
+        <v>481</v>
+      </c>
+      <c r="C51" t="s">
+        <v>482</v>
+      </c>
+      <c r="D51" t="s">
         <v>483</v>
       </c>
-      <c r="C51" t="s">
+      <c r="E51" t="s">
         <v>484</v>
       </c>
-      <c r="D51" t="s">
+      <c r="F51" t="s">
         <v>485</v>
       </c>
-      <c r="E51" t="s">
+      <c r="G51" t="s">
         <v>486</v>
       </c>
-      <c r="F51" t="s">
+      <c r="H51" t="s">
         <v>487</v>
       </c>
-      <c r="G51" t="s">
+      <c r="I51" t="s">
         <v>488</v>
       </c>
-      <c r="H51" t="s">
+      <c r="J51" t="s">
+        <v>24</v>
+      </c>
+      <c r="K51" t="s">
         <v>489</v>
       </c>
-      <c r="I51" t="s">
+      <c r="L51" t="s">
+        <v>26</v>
+      </c>
+      <c r="M51" t="s">
         <v>490</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>5273</v>
+        <v>5326</v>
       </c>
       <c r="B52" t="s">
         <v>492</v>
       </c>
       <c r="C52" t="s">
         <v>493</v>
       </c>
       <c r="D52" t="s">
         <v>494</v>
       </c>
       <c r="E52" t="s">
         <v>495</v>
       </c>
       <c r="F52" t="s">
         <v>496</v>
       </c>
       <c r="G52" t="s">
         <v>497</v>
       </c>
       <c r="H52" t="s">
         <v>498</v>
       </c>
       <c r="I52" t="s">
         <v>499</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
+        <v>69</v>
+      </c>
+      <c r="L52" t="s">
+        <v>26</v>
+      </c>
+      <c r="M52" t="s">
+        <v>70</v>
+      </c>
+      <c r="N52" t="s">
+        <v>28</v>
+      </c>
+      <c r="O52" t="s">
         <v>500</v>
-      </c>
-[...10 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>5326</v>
+        <v>5330</v>
       </c>
       <c r="B53" t="s">
+        <v>501</v>
+      </c>
+      <c r="C53" t="s">
+        <v>502</v>
+      </c>
+      <c r="D53" t="s">
         <v>503</v>
       </c>
-      <c r="C53" t="s">
+      <c r="E53" t="s">
         <v>504</v>
       </c>
-      <c r="D53" t="s">
+      <c r="F53" t="s">
         <v>505</v>
       </c>
-      <c r="E53" t="s">
+      <c r="G53" t="s">
         <v>506</v>
       </c>
-      <c r="F53" t="s">
+      <c r="H53" t="s">
         <v>507</v>
       </c>
-      <c r="G53" t="s">
+      <c r="I53" t="s">
         <v>508</v>
-      </c>
-[...4 lines deleted...]
-        <v>510</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>69</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>70</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>5330</v>
+        <v>5331</v>
       </c>
       <c r="B54" t="s">
+        <v>510</v>
+      </c>
+      <c r="C54" t="s">
+        <v>511</v>
+      </c>
+      <c r="D54" t="s">
         <v>512</v>
       </c>
-      <c r="C54" t="s">
+      <c r="E54" t="s">
         <v>513</v>
       </c>
-      <c r="D54" t="s">
+      <c r="F54" t="s">
         <v>514</v>
       </c>
-      <c r="E54" t="s">
+      <c r="G54" t="s">
         <v>515</v>
       </c>
-      <c r="F54" t="s">
+      <c r="H54" t="s">
         <v>516</v>
       </c>
-      <c r="G54" t="s">
+      <c r="I54" t="s">
         <v>517</v>
       </c>
-      <c r="H54" t="s">
+      <c r="J54" t="s">
+        <v>24</v>
+      </c>
+      <c r="K54" t="s">
+        <v>122</v>
+      </c>
+      <c r="L54" t="s">
+        <v>26</v>
+      </c>
+      <c r="M54" t="s">
+        <v>123</v>
+      </c>
+      <c r="N54" t="s">
+        <v>28</v>
+      </c>
+      <c r="O54" t="s">
         <v>518</v>
-      </c>
-[...19 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>5331</v>
+        <v>5335</v>
       </c>
       <c r="B55" t="s">
+        <v>519</v>
+      </c>
+      <c r="C55" t="s">
+        <v>520</v>
+      </c>
+      <c r="D55" t="s">
         <v>521</v>
       </c>
-      <c r="C55" t="s">
+      <c r="E55" t="s">
         <v>522</v>
       </c>
-      <c r="D55" t="s">
+      <c r="F55" t="s">
         <v>523</v>
       </c>
-      <c r="E55" t="s">
+      <c r="G55" t="s">
         <v>524</v>
       </c>
-      <c r="F55" t="s">
+      <c r="H55" t="s">
         <v>525</v>
       </c>
-      <c r="G55" t="s">
+      <c r="I55" t="s">
         <v>526</v>
       </c>
-      <c r="H55" t="s">
+      <c r="J55" t="s">
+        <v>24</v>
+      </c>
+      <c r="K55" t="s">
+        <v>25</v>
+      </c>
+      <c r="L55" t="s">
+        <v>26</v>
+      </c>
+      <c r="M55" t="s">
+        <v>27</v>
+      </c>
+      <c r="N55" t="s">
+        <v>28</v>
+      </c>
+      <c r="O55" t="s">
         <v>527</v>
-      </c>
-[...19 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>5335</v>
+        <v>5346</v>
       </c>
       <c r="B56" t="s">
+        <v>528</v>
+      </c>
+      <c r="C56" t="s">
+        <v>529</v>
+      </c>
+      <c r="D56" t="s">
         <v>530</v>
       </c>
-      <c r="C56" t="s">
+      <c r="E56" t="s">
         <v>531</v>
       </c>
-      <c r="D56" t="s">
+      <c r="F56" t="s">
         <v>532</v>
       </c>
-      <c r="E56" t="s">
+      <c r="G56" t="s">
         <v>533</v>
       </c>
-      <c r="F56" t="s">
+      <c r="H56" t="s">
         <v>534</v>
       </c>
-      <c r="G56" t="s">
+      <c r="I56" t="s">
         <v>535</v>
       </c>
-      <c r="H56" t="s">
+      <c r="J56" t="s">
+        <v>24</v>
+      </c>
+      <c r="K56" t="s">
         <v>536</v>
       </c>
-      <c r="I56" t="s">
+      <c r="L56" t="s">
+        <v>26</v>
+      </c>
+      <c r="M56" t="s">
         <v>537</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>5346</v>
+        <v>5348</v>
       </c>
       <c r="B57" t="s">
         <v>539</v>
       </c>
       <c r="C57" t="s">
         <v>540</v>
       </c>
       <c r="D57" t="s">
         <v>541</v>
       </c>
       <c r="E57" t="s">
         <v>542</v>
       </c>
       <c r="F57" t="s">
         <v>543</v>
       </c>
       <c r="G57" t="s">
         <v>544</v>
       </c>
       <c r="H57" t="s">
         <v>545</v>
       </c>
       <c r="I57" t="s">
         <v>546</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
+        <v>69</v>
+      </c>
+      <c r="L57" t="s">
+        <v>26</v>
+      </c>
+      <c r="M57" t="s">
+        <v>70</v>
+      </c>
+      <c r="N57" t="s">
+        <v>28</v>
+      </c>
+      <c r="O57" t="s">
         <v>547</v>
-      </c>
-[...10 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>5348</v>
+        <v>5351</v>
       </c>
       <c r="B58" t="s">
+        <v>548</v>
+      </c>
+      <c r="C58" t="s">
+        <v>549</v>
+      </c>
+      <c r="D58" t="s">
         <v>550</v>
       </c>
-      <c r="C58" t="s">
+      <c r="E58" t="s">
         <v>551</v>
       </c>
-      <c r="D58" t="s">
+      <c r="F58" t="s">
         <v>552</v>
       </c>
-      <c r="E58" t="s">
+      <c r="G58" t="s">
         <v>553</v>
       </c>
-      <c r="F58" t="s">
+      <c r="H58" t="s">
         <v>554</v>
       </c>
-      <c r="G58" t="s">
+      <c r="I58" t="s">
         <v>555</v>
       </c>
-      <c r="H58" t="s">
+      <c r="J58" t="s">
+        <v>24</v>
+      </c>
+      <c r="K58" t="s">
+        <v>25</v>
+      </c>
+      <c r="L58" t="s">
+        <v>26</v>
+      </c>
+      <c r="M58" t="s">
+        <v>27</v>
+      </c>
+      <c r="N58" t="s">
+        <v>28</v>
+      </c>
+      <c r="O58" t="s">
         <v>556</v>
-      </c>
-[...19 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>5351</v>
+        <v>5353</v>
       </c>
       <c r="B59" t="s">
+        <v>557</v>
+      </c>
+      <c r="C59" t="s">
+        <v>558</v>
+      </c>
+      <c r="D59" t="s">
         <v>559</v>
       </c>
-      <c r="C59" t="s">
+      <c r="E59" t="s">
         <v>560</v>
       </c>
-      <c r="D59" t="s">
+      <c r="F59" t="s">
         <v>561</v>
       </c>
-      <c r="E59" t="s">
+      <c r="G59" t="s">
         <v>562</v>
       </c>
-      <c r="F59" t="s">
+      <c r="H59" t="s">
         <v>563</v>
       </c>
-      <c r="G59" t="s">
+      <c r="I59" t="s">
         <v>564</v>
       </c>
-      <c r="H59" t="s">
+      <c r="J59" t="s">
+        <v>89</v>
+      </c>
+      <c r="K59" t="s">
         <v>565</v>
       </c>
-      <c r="I59" t="s">
+      <c r="L59" t="s">
+        <v>91</v>
+      </c>
+      <c r="M59" t="s">
         <v>566</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>5353</v>
+        <v>5354</v>
       </c>
       <c r="B60" t="s">
         <v>568</v>
       </c>
       <c r="C60" t="s">
         <v>569</v>
       </c>
       <c r="D60" t="s">
         <v>570</v>
       </c>
       <c r="E60" t="s">
         <v>571</v>
       </c>
       <c r="F60" t="s">
         <v>572</v>
       </c>
       <c r="G60" t="s">
         <v>573</v>
       </c>
       <c r="H60" t="s">
         <v>574</v>
       </c>
       <c r="I60" t="s">
         <v>575</v>
       </c>
       <c r="J60" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K60" t="s">
+        <v>69</v>
+      </c>
+      <c r="L60" t="s">
+        <v>26</v>
+      </c>
+      <c r="M60" t="s">
+        <v>70</v>
+      </c>
+      <c r="N60" t="s">
+        <v>28</v>
+      </c>
+      <c r="O60" t="s">
         <v>576</v>
-      </c>
-[...10 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>5354</v>
+        <v>5364</v>
       </c>
       <c r="B61" t="s">
+        <v>577</v>
+      </c>
+      <c r="C61" t="s">
+        <v>578</v>
+      </c>
+      <c r="D61" t="s">
         <v>579</v>
       </c>
-      <c r="C61" t="s">
+      <c r="E61" t="s">
         <v>580</v>
       </c>
-      <c r="D61" t="s">
+      <c r="F61" t="s">
         <v>581</v>
       </c>
-      <c r="E61" t="s">
+      <c r="G61" t="s">
         <v>582</v>
       </c>
-      <c r="F61" t="s">
+      <c r="H61" t="s">
         <v>583</v>
       </c>
-      <c r="G61" t="s">
+      <c r="I61" t="s">
         <v>584</v>
       </c>
-      <c r="H61" t="s">
+      <c r="J61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K61" t="s">
+        <v>122</v>
+      </c>
+      <c r="L61" t="s">
+        <v>26</v>
+      </c>
+      <c r="M61" t="s">
+        <v>123</v>
+      </c>
+      <c r="N61" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" t="s">
         <v>585</v>
-      </c>
-[...19 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>5364</v>
+        <v>5365</v>
       </c>
       <c r="B62" t="s">
+        <v>586</v>
+      </c>
+      <c r="C62" t="s">
+        <v>587</v>
+      </c>
+      <c r="D62" t="s">
         <v>588</v>
       </c>
-      <c r="C62" t="s">
+      <c r="E62" t="s">
         <v>589</v>
       </c>
-      <c r="D62" t="s">
+      <c r="F62" t="s">
         <v>590</v>
       </c>
-      <c r="E62" t="s">
+      <c r="G62" t="s">
         <v>591</v>
       </c>
-      <c r="F62" t="s">
+      <c r="H62" t="s">
         <v>592</v>
       </c>
-      <c r="G62" t="s">
+      <c r="I62" t="s">
         <v>593</v>
       </c>
-      <c r="H62" t="s">
+      <c r="J62" t="s">
+        <v>24</v>
+      </c>
+      <c r="K62" t="s">
+        <v>25</v>
+      </c>
+      <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
+        <v>27</v>
+      </c>
+      <c r="N62" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" t="s">
         <v>594</v>
-      </c>
-[...19 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>5365</v>
+        <v>5367</v>
       </c>
       <c r="B63" t="s">
+        <v>595</v>
+      </c>
+      <c r="C63" t="s">
+        <v>596</v>
+      </c>
+      <c r="D63" t="s">
         <v>597</v>
       </c>
-      <c r="C63" t="s">
+      <c r="E63" t="s">
         <v>598</v>
       </c>
-      <c r="D63" t="s">
+      <c r="F63" t="s">
         <v>599</v>
       </c>
-      <c r="E63" t="s">
+      <c r="G63" t="s">
         <v>600</v>
       </c>
-      <c r="F63" t="s">
+      <c r="H63" t="s">
         <v>601</v>
       </c>
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>602</v>
-      </c>
-[...4 lines deleted...]
-        <v>604</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>27</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>5367</v>
+        <v>5368</v>
       </c>
       <c r="B64" t="s">
+        <v>604</v>
+      </c>
+      <c r="C64" t="s">
+        <v>605</v>
+      </c>
+      <c r="D64" t="s">
         <v>606</v>
       </c>
-      <c r="C64" t="s">
+      <c r="E64" t="s">
         <v>607</v>
       </c>
-      <c r="D64" t="s">
+      <c r="F64" t="s">
         <v>608</v>
       </c>
-      <c r="E64" t="s">
+      <c r="G64" t="s">
         <v>609</v>
       </c>
-      <c r="F64" t="s">
+      <c r="H64" t="s">
         <v>610</v>
       </c>
-      <c r="G64" t="s">
+      <c r="I64" t="s">
         <v>611</v>
-      </c>
-[...4 lines deleted...]
-        <v>613</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>5368</v>
+        <v>5372</v>
       </c>
       <c r="B65" t="s">
+        <v>613</v>
+      </c>
+      <c r="C65" t="s">
+        <v>614</v>
+      </c>
+      <c r="D65" t="s">
         <v>615</v>
       </c>
-      <c r="C65" t="s">
+      <c r="E65" t="s">
         <v>616</v>
       </c>
-      <c r="D65" t="s">
+      <c r="F65" t="s">
         <v>617</v>
       </c>
-      <c r="E65" t="s">
+      <c r="G65" t="s">
         <v>618</v>
       </c>
-      <c r="F65" t="s">
+      <c r="H65" t="s">
         <v>619</v>
       </c>
-      <c r="G65" t="s">
+      <c r="I65" t="s">
         <v>620</v>
-      </c>
-[...4 lines deleted...]
-        <v>622</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>5372</v>
+        <v>5375</v>
       </c>
       <c r="B66" t="s">
+        <v>622</v>
+      </c>
+      <c r="C66" t="s">
+        <v>623</v>
+      </c>
+      <c r="D66" t="s">
         <v>624</v>
       </c>
-      <c r="C66" t="s">
+      <c r="E66" t="s">
         <v>625</v>
       </c>
-      <c r="D66" t="s">
+      <c r="F66" t="s">
         <v>626</v>
       </c>
-      <c r="E66" t="s">
+      <c r="G66" t="s">
         <v>627</v>
       </c>
-      <c r="F66" t="s">
+      <c r="H66" t="s">
         <v>628</v>
       </c>
-      <c r="G66" t="s">
+      <c r="I66" t="s">
         <v>629</v>
       </c>
-      <c r="H66" t="s">
+      <c r="J66" t="s">
+        <v>89</v>
+      </c>
+      <c r="K66" t="s">
         <v>630</v>
       </c>
-      <c r="I66" t="s">
+      <c r="L66" t="s">
+        <v>91</v>
+      </c>
+      <c r="M66" t="s">
         <v>631</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>5375</v>
+        <v>5382</v>
       </c>
       <c r="B67" t="s">
         <v>633</v>
       </c>
       <c r="C67" t="s">
         <v>634</v>
       </c>
       <c r="D67" t="s">
         <v>635</v>
       </c>
       <c r="E67" t="s">
         <v>636</v>
       </c>
       <c r="F67" t="s">
         <v>637</v>
       </c>
       <c r="G67" t="s">
         <v>638</v>
       </c>
       <c r="H67" t="s">
         <v>639</v>
       </c>
       <c r="I67" t="s">
         <v>640</v>
       </c>
       <c r="J67" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K67" t="s">
+        <v>69</v>
+      </c>
+      <c r="L67" t="s">
+        <v>26</v>
+      </c>
+      <c r="M67" t="s">
+        <v>70</v>
+      </c>
+      <c r="N67" t="s">
+        <v>28</v>
+      </c>
+      <c r="O67" t="s">
         <v>641</v>
-      </c>
-[...10 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>5382</v>
+        <v>5435</v>
       </c>
       <c r="B68" t="s">
+        <v>642</v>
+      </c>
+      <c r="C68" t="s">
+        <v>643</v>
+      </c>
+      <c r="D68" t="s">
         <v>644</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
         <v>645</v>
       </c>
-      <c r="D68" t="s">
+      <c r="F68" t="s">
         <v>646</v>
       </c>
-      <c r="E68" t="s">
+      <c r="G68" t="s">
         <v>647</v>
       </c>
-      <c r="F68" t="s">
+      <c r="H68" t="s">
         <v>648</v>
       </c>
-      <c r="G68" t="s">
+      <c r="I68" t="s">
         <v>649</v>
-      </c>
-[...4 lines deleted...]
-        <v>651</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>69</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>70</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>5435</v>
+        <v>5437</v>
       </c>
       <c r="B69" t="s">
+        <v>651</v>
+      </c>
+      <c r="C69" t="s">
+        <v>652</v>
+      </c>
+      <c r="D69" t="s">
         <v>653</v>
       </c>
-      <c r="C69" t="s">
+      <c r="E69" t="s">
         <v>654</v>
       </c>
-      <c r="D69" t="s">
+      <c r="F69" t="s">
         <v>655</v>
       </c>
-      <c r="E69" t="s">
+      <c r="G69" t="s">
         <v>656</v>
       </c>
-      <c r="F69" t="s">
+      <c r="H69" t="s">
         <v>657</v>
       </c>
-      <c r="G69" t="s">
+      <c r="I69" t="s">
         <v>658</v>
       </c>
-      <c r="H69" t="s">
+      <c r="J69" t="s">
+        <v>24</v>
+      </c>
+      <c r="K69" t="s">
+        <v>25</v>
+      </c>
+      <c r="L69" t="s">
+        <v>26</v>
+      </c>
+      <c r="M69" t="s">
+        <v>27</v>
+      </c>
+      <c r="N69" t="s">
+        <v>28</v>
+      </c>
+      <c r="O69" t="s">
         <v>659</v>
-      </c>
-[...19 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>5437</v>
+        <v>5439</v>
       </c>
       <c r="B70" t="s">
+        <v>660</v>
+      </c>
+      <c r="C70" t="s">
+        <v>661</v>
+      </c>
+      <c r="D70" t="s">
         <v>662</v>
       </c>
-      <c r="C70" t="s">
+      <c r="E70" t="s">
         <v>663</v>
       </c>
-      <c r="D70" t="s">
+      <c r="F70" t="s">
         <v>664</v>
       </c>
-      <c r="E70" t="s">
+      <c r="G70" t="s">
         <v>665</v>
       </c>
-      <c r="F70" t="s">
+      <c r="H70" t="s">
         <v>666</v>
       </c>
-      <c r="G70" t="s">
+      <c r="I70" t="s">
         <v>667</v>
-      </c>
-[...4 lines deleted...]
-        <v>669</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>5439</v>
+        <v>5474</v>
       </c>
       <c r="B71" t="s">
+        <v>669</v>
+      </c>
+      <c r="C71" t="s">
+        <v>670</v>
+      </c>
+      <c r="D71" t="s">
         <v>671</v>
       </c>
-      <c r="C71" t="s">
+      <c r="E71" t="s">
         <v>672</v>
       </c>
-      <c r="D71" t="s">
+      <c r="F71" t="s">
         <v>673</v>
       </c>
-      <c r="E71" t="s">
+      <c r="G71" t="s">
         <v>674</v>
       </c>
-      <c r="F71" t="s">
+      <c r="H71" t="s">
         <v>675</v>
       </c>
-      <c r="G71" t="s">
+      <c r="I71" t="s">
         <v>676</v>
-      </c>
-[...4 lines deleted...]
-        <v>678</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
         <v>25</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>5474</v>
+        <v>5475</v>
       </c>
       <c r="B72" t="s">
+        <v>678</v>
+      </c>
+      <c r="C72" t="s">
+        <v>679</v>
+      </c>
+      <c r="D72" t="s">
         <v>680</v>
       </c>
-      <c r="C72" t="s">
+      <c r="E72" t="s">
         <v>681</v>
       </c>
-      <c r="D72" t="s">
+      <c r="F72" t="s">
         <v>682</v>
       </c>
-      <c r="E72" t="s">
+      <c r="G72" t="s">
         <v>683</v>
       </c>
-      <c r="F72" t="s">
+      <c r="H72" t="s">
         <v>684</v>
       </c>
-      <c r="G72" t="s">
+      <c r="I72" t="s">
         <v>685</v>
       </c>
-      <c r="H72" t="s">
+      <c r="J72" t="s">
+        <v>24</v>
+      </c>
+      <c r="K72" t="s">
+        <v>69</v>
+      </c>
+      <c r="L72" t="s">
+        <v>26</v>
+      </c>
+      <c r="M72" t="s">
+        <v>70</v>
+      </c>
+      <c r="N72" t="s">
+        <v>28</v>
+      </c>
+      <c r="O72" t="s">
         <v>686</v>
-      </c>
-[...19 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>5475</v>
+        <v>5476</v>
       </c>
       <c r="B73" t="s">
+        <v>687</v>
+      </c>
+      <c r="C73" t="s">
+        <v>688</v>
+      </c>
+      <c r="D73" t="s">
         <v>689</v>
       </c>
-      <c r="C73" t="s">
+      <c r="E73" t="s">
         <v>690</v>
       </c>
-      <c r="D73" t="s">
+      <c r="F73" t="s">
         <v>691</v>
       </c>
-      <c r="E73" t="s">
+      <c r="G73" t="s">
         <v>692</v>
       </c>
-      <c r="F73" t="s">
+      <c r="H73" t="s">
         <v>693</v>
       </c>
-      <c r="G73" t="s">
+      <c r="I73" t="s">
         <v>694</v>
       </c>
-      <c r="H73" t="s">
+      <c r="J73" t="s">
         <v>695</v>
       </c>
-      <c r="I73" t="s">
+      <c r="K73" t="s">
+        <v>413</v>
+      </c>
+      <c r="L73" t="s">
         <v>696</v>
       </c>
-      <c r="J73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M73" t="s">
-        <v>70</v>
+        <v>414</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>5476</v>
+        <v>5478</v>
       </c>
       <c r="B74" t="s">
         <v>698</v>
       </c>
       <c r="C74" t="s">
         <v>699</v>
       </c>
       <c r="D74" t="s">
         <v>700</v>
       </c>
       <c r="E74" t="s">
         <v>701</v>
       </c>
       <c r="F74" t="s">
         <v>702</v>
       </c>
       <c r="G74" t="s">
         <v>703</v>
       </c>
       <c r="H74" t="s">
         <v>704</v>
       </c>
       <c r="I74" t="s">
         <v>705</v>
       </c>
       <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
+        <v>25</v>
+      </c>
+      <c r="L74" t="s">
+        <v>26</v>
+      </c>
+      <c r="M74" t="s">
+        <v>27</v>
+      </c>
+      <c r="N74" t="s">
+        <v>28</v>
+      </c>
+      <c r="O74" t="s">
         <v>706</v>
-      </c>
-[...13 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>5478</v>
+        <v>5496</v>
       </c>
       <c r="B75" t="s">
+        <v>707</v>
+      </c>
+      <c r="C75" t="s">
+        <v>708</v>
+      </c>
+      <c r="D75" t="s">
         <v>709</v>
       </c>
-      <c r="C75" t="s">
+      <c r="E75" t="s">
         <v>710</v>
       </c>
-      <c r="D75" t="s">
+      <c r="F75" t="s">
         <v>711</v>
       </c>
-      <c r="E75" t="s">
+      <c r="G75" t="s">
         <v>712</v>
       </c>
-      <c r="F75" t="s">
+      <c r="H75" t="s">
         <v>713</v>
       </c>
-      <c r="G75" t="s">
+      <c r="I75" t="s">
         <v>714</v>
       </c>
-      <c r="H75" t="s">
+      <c r="J75" t="s">
+        <v>24</v>
+      </c>
+      <c r="K75" t="s">
+        <v>630</v>
+      </c>
+      <c r="L75" t="s">
+        <v>26</v>
+      </c>
+      <c r="M75" t="s">
+        <v>631</v>
+      </c>
+      <c r="N75" t="s">
+        <v>28</v>
+      </c>
+      <c r="O75" t="s">
         <v>715</v>
-      </c>
-[...19 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>5496</v>
+        <v>5507</v>
       </c>
       <c r="B76" t="s">
+        <v>716</v>
+      </c>
+      <c r="C76" t="s">
+        <v>717</v>
+      </c>
+      <c r="D76" t="s">
         <v>718</v>
       </c>
-      <c r="C76" t="s">
+      <c r="E76" t="s">
         <v>719</v>
       </c>
-      <c r="D76" t="s">
+      <c r="F76" t="s">
         <v>720</v>
       </c>
-      <c r="E76" t="s">
+      <c r="G76" t="s">
         <v>721</v>
       </c>
-      <c r="F76" t="s">
+      <c r="H76" t="s">
         <v>722</v>
       </c>
-      <c r="G76" t="s">
+      <c r="I76" t="s">
         <v>723</v>
       </c>
-      <c r="H76" t="s">
+      <c r="J76" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" t="s">
+        <v>25</v>
+      </c>
+      <c r="L76" t="s">
+        <v>26</v>
+      </c>
+      <c r="M76" t="s">
+        <v>27</v>
+      </c>
+      <c r="N76" t="s">
+        <v>28</v>
+      </c>
+      <c r="O76" t="s">
         <v>724</v>
-      </c>
-[...19 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>5507</v>
+        <v>5509</v>
       </c>
       <c r="B77" t="s">
+        <v>725</v>
+      </c>
+      <c r="C77" t="s">
+        <v>726</v>
+      </c>
+      <c r="D77" t="s">
         <v>727</v>
       </c>
-      <c r="C77" t="s">
+      <c r="E77" t="s">
         <v>728</v>
       </c>
-      <c r="D77" t="s">
+      <c r="F77" t="s">
         <v>729</v>
       </c>
-      <c r="E77" t="s">
+      <c r="G77" t="s">
         <v>730</v>
       </c>
-      <c r="F77" t="s">
+      <c r="H77" t="s">
         <v>731</v>
       </c>
-      <c r="G77" t="s">
+      <c r="I77" t="s">
         <v>732</v>
       </c>
-      <c r="H77" t="s">
+      <c r="J77" t="s">
+        <v>89</v>
+      </c>
+      <c r="K77" t="s">
+        <v>413</v>
+      </c>
+      <c r="L77" t="s">
+        <v>91</v>
+      </c>
+      <c r="M77" t="s">
+        <v>414</v>
+      </c>
+      <c r="N77" t="s">
+        <v>28</v>
+      </c>
+      <c r="O77" t="s">
         <v>733</v>
-      </c>
-[...19 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>5509</v>
+        <v>5512</v>
       </c>
       <c r="B78" t="s">
+        <v>734</v>
+      </c>
+      <c r="C78" t="s">
+        <v>735</v>
+      </c>
+      <c r="D78" t="s">
         <v>736</v>
       </c>
-      <c r="C78" t="s">
+      <c r="E78" t="s">
         <v>737</v>
       </c>
-      <c r="D78" t="s">
+      <c r="F78" t="s">
         <v>738</v>
       </c>
-      <c r="E78" t="s">
+      <c r="G78" t="s">
         <v>739</v>
       </c>
-      <c r="F78" t="s">
+      <c r="H78" t="s">
         <v>740</v>
       </c>
-      <c r="G78" t="s">
+      <c r="I78" t="s">
         <v>741</v>
       </c>
-      <c r="H78" t="s">
+      <c r="J78" t="s">
+        <v>24</v>
+      </c>
+      <c r="K78" t="s">
+        <v>69</v>
+      </c>
+      <c r="L78" t="s">
+        <v>26</v>
+      </c>
+      <c r="M78" t="s">
+        <v>70</v>
+      </c>
+      <c r="N78" t="s">
+        <v>28</v>
+      </c>
+      <c r="O78" t="s">
         <v>742</v>
-      </c>
-[...19 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>5512</v>
+        <v>5514</v>
       </c>
       <c r="B79" t="s">
+        <v>743</v>
+      </c>
+      <c r="C79" t="s">
+        <v>744</v>
+      </c>
+      <c r="D79" t="s">
         <v>745</v>
       </c>
-      <c r="C79" t="s">
+      <c r="E79" t="s">
         <v>746</v>
       </c>
-      <c r="D79" t="s">
+      <c r="F79" t="s">
         <v>747</v>
       </c>
-      <c r="E79" t="s">
+      <c r="G79" t="s">
         <v>748</v>
       </c>
-      <c r="F79" t="s">
+      <c r="H79" t="s">
         <v>749</v>
       </c>
-      <c r="G79" t="s">
+      <c r="I79" t="s">
         <v>750</v>
       </c>
-      <c r="H79" t="s">
+      <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
+        <v>272</v>
+      </c>
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
+        <v>273</v>
+      </c>
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
         <v>751</v>
-      </c>
-[...19 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>5514</v>
+        <v>5516</v>
       </c>
       <c r="B80" t="s">
+        <v>752</v>
+      </c>
+      <c r="C80" t="s">
+        <v>753</v>
+      </c>
+      <c r="D80" t="s">
         <v>754</v>
       </c>
-      <c r="C80" t="s">
+      <c r="E80" t="s">
         <v>755</v>
       </c>
-      <c r="D80" t="s">
+      <c r="F80" t="s">
         <v>756</v>
       </c>
-      <c r="E80" t="s">
+      <c r="G80" t="s">
         <v>757</v>
       </c>
-      <c r="F80" t="s">
+      <c r="H80" t="s">
         <v>758</v>
       </c>
-      <c r="G80" t="s">
+      <c r="I80" t="s">
         <v>759</v>
       </c>
-      <c r="H80" t="s">
+      <c r="J80" t="s">
+        <v>24</v>
+      </c>
+      <c r="K80" t="s">
+        <v>25</v>
+      </c>
+      <c r="L80" t="s">
+        <v>26</v>
+      </c>
+      <c r="M80" t="s">
+        <v>27</v>
+      </c>
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>760</v>
-      </c>
-[...19 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>5516</v>
+        <v>5517</v>
       </c>
       <c r="B81" t="s">
+        <v>761</v>
+      </c>
+      <c r="C81" t="s">
+        <v>762</v>
+      </c>
+      <c r="D81" t="s">
         <v>763</v>
       </c>
-      <c r="C81" t="s">
+      <c r="E81" t="s">
         <v>764</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" t="s">
         <v>765</v>
       </c>
-      <c r="E81" t="s">
+      <c r="G81" t="s">
         <v>766</v>
       </c>
-      <c r="F81" t="s">
+      <c r="H81" t="s">
         <v>767</v>
       </c>
-      <c r="G81" t="s">
+      <c r="I81" t="s">
         <v>768</v>
-      </c>
-[...4 lines deleted...]
-        <v>770</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
         <v>25</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
         <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>5517</v>
+        <v>5518</v>
       </c>
       <c r="B82" t="s">
+        <v>770</v>
+      </c>
+      <c r="C82" t="s">
+        <v>771</v>
+      </c>
+      <c r="D82" t="s">
         <v>772</v>
       </c>
-      <c r="C82" t="s">
+      <c r="E82" t="s">
         <v>773</v>
       </c>
-      <c r="D82" t="s">
+      <c r="F82" t="s">
         <v>774</v>
       </c>
-      <c r="E82" t="s">
+      <c r="G82" t="s">
         <v>775</v>
       </c>
-      <c r="F82" t="s">
+      <c r="H82" t="s">
         <v>776</v>
       </c>
-      <c r="G82" t="s">
+      <c r="I82" t="s">
         <v>777</v>
-      </c>
-[...4 lines deleted...]
-        <v>779</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
         <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
         <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>5518</v>
+        <v>5545</v>
       </c>
       <c r="B83" t="s">
+        <v>779</v>
+      </c>
+      <c r="C83" t="s">
+        <v>780</v>
+      </c>
+      <c r="D83" t="s">
         <v>781</v>
       </c>
-      <c r="C83" t="s">
+      <c r="E83" t="s">
         <v>782</v>
       </c>
-      <c r="D83" t="s">
+      <c r="F83" t="s">
         <v>783</v>
       </c>
-      <c r="E83" t="s">
+      <c r="G83" t="s">
         <v>784</v>
       </c>
-      <c r="F83" t="s">
+      <c r="H83" t="s">
         <v>785</v>
       </c>
-      <c r="G83" t="s">
+      <c r="I83" t="s">
         <v>786</v>
       </c>
-      <c r="H83" t="s">
+      <c r="J83" t="s">
+        <v>24</v>
+      </c>
+      <c r="K83" t="s">
+        <v>69</v>
+      </c>
+      <c r="L83" t="s">
+        <v>26</v>
+      </c>
+      <c r="M83" t="s">
+        <v>70</v>
+      </c>
+      <c r="N83" t="s">
+        <v>28</v>
+      </c>
+      <c r="O83" t="s">
         <v>787</v>
-      </c>
-[...19 lines deleted...]
-        <v>789</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>5545</v>
+        <v>5733</v>
       </c>
       <c r="B84" t="s">
+        <v>788</v>
+      </c>
+      <c r="C84" t="s">
+        <v>789</v>
+      </c>
+      <c r="D84" t="s">
         <v>790</v>
       </c>
-      <c r="C84" t="s">
+      <c r="E84" t="s">
         <v>791</v>
       </c>
-      <c r="D84" t="s">
+      <c r="F84" t="s">
         <v>792</v>
       </c>
-      <c r="E84" t="s">
+      <c r="G84" t="s">
         <v>793</v>
       </c>
-      <c r="F84" t="s">
+      <c r="H84" t="s">
         <v>794</v>
       </c>
-      <c r="G84" t="s">
+      <c r="I84" t="s">
         <v>795</v>
       </c>
-      <c r="H84" t="s">
+      <c r="J84" t="s">
+        <v>24</v>
+      </c>
+      <c r="K84" t="s">
+        <v>122</v>
+      </c>
+      <c r="L84" t="s">
+        <v>26</v>
+      </c>
+      <c r="M84" t="s">
+        <v>123</v>
+      </c>
+      <c r="N84" t="s">
+        <v>28</v>
+      </c>
+      <c r="O84" t="s">
         <v>796</v>
-      </c>
-[...19 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>5733</v>
+        <v>5792</v>
       </c>
       <c r="B85" t="s">
+        <v>797</v>
+      </c>
+      <c r="C85" t="s">
+        <v>798</v>
+      </c>
+      <c r="D85" t="s">
         <v>799</v>
       </c>
-      <c r="C85" t="s">
+      <c r="E85" t="s">
         <v>800</v>
       </c>
-      <c r="D85" t="s">
+      <c r="F85" t="s">
         <v>801</v>
       </c>
-      <c r="E85" t="s">
+      <c r="G85" t="s">
         <v>802</v>
       </c>
-      <c r="F85" t="s">
+      <c r="H85" t="s">
         <v>803</v>
       </c>
-      <c r="G85" t="s">
+      <c r="I85" t="s">
         <v>804</v>
       </c>
-      <c r="H85" t="s">
+      <c r="J85" t="s">
+        <v>89</v>
+      </c>
+      <c r="K85" t="s">
+        <v>102</v>
+      </c>
+      <c r="L85" t="s">
+        <v>91</v>
+      </c>
+      <c r="M85" t="s">
+        <v>103</v>
+      </c>
+      <c r="N85" t="s">
+        <v>28</v>
+      </c>
+      <c r="O85" t="s">
         <v>805</v>
-      </c>
-[...19 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>5792</v>
+        <v>5794</v>
       </c>
       <c r="B86" t="s">
+        <v>806</v>
+      </c>
+      <c r="C86" t="s">
+        <v>807</v>
+      </c>
+      <c r="D86" t="s">
         <v>808</v>
       </c>
-      <c r="C86" t="s">
+      <c r="E86" t="s">
         <v>809</v>
       </c>
-      <c r="D86" t="s">
+      <c r="F86" t="s">
         <v>810</v>
       </c>
-      <c r="E86" t="s">
+      <c r="G86" t="s">
         <v>811</v>
       </c>
-      <c r="F86" t="s">
+      <c r="H86" t="s">
         <v>812</v>
       </c>
-      <c r="G86" t="s">
+      <c r="I86" t="s">
         <v>813</v>
       </c>
-      <c r="H86" t="s">
+      <c r="J86" t="s">
+        <v>24</v>
+      </c>
+      <c r="K86" t="s">
+        <v>69</v>
+      </c>
+      <c r="L86" t="s">
+        <v>26</v>
+      </c>
+      <c r="M86" t="s">
+        <v>70</v>
+      </c>
+      <c r="N86" t="s">
+        <v>28</v>
+      </c>
+      <c r="O86" t="s">
         <v>814</v>
-      </c>
-[...19 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>5794</v>
+        <v>5796</v>
       </c>
       <c r="B87" t="s">
+        <v>815</v>
+      </c>
+      <c r="C87" t="s">
+        <v>816</v>
+      </c>
+      <c r="D87" t="s">
         <v>817</v>
       </c>
-      <c r="C87" t="s">
+      <c r="E87" t="s">
         <v>818</v>
       </c>
-      <c r="D87" t="s">
+      <c r="F87" t="s">
         <v>819</v>
       </c>
-      <c r="E87" t="s">
+      <c r="G87" t="s">
         <v>820</v>
       </c>
-      <c r="F87" t="s">
+      <c r="H87" t="s">
         <v>821</v>
       </c>
-      <c r="G87" t="s">
+      <c r="I87" t="s">
         <v>822</v>
-      </c>
-[...4 lines deleted...]
-        <v>824</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>69</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>70</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>5796</v>
+        <v>5798</v>
       </c>
       <c r="B88" t="s">
+        <v>824</v>
+      </c>
+      <c r="C88" t="s">
+        <v>825</v>
+      </c>
+      <c r="D88" t="s">
         <v>826</v>
       </c>
-      <c r="C88" t="s">
+      <c r="E88" t="s">
         <v>827</v>
       </c>
-      <c r="D88" t="s">
+      <c r="F88" t="s">
         <v>828</v>
       </c>
-      <c r="E88" t="s">
+      <c r="G88" t="s">
         <v>829</v>
       </c>
-      <c r="F88" t="s">
+      <c r="H88" t="s">
         <v>830</v>
       </c>
-      <c r="G88" t="s">
+      <c r="I88" t="s">
         <v>831</v>
-      </c>
-[...4 lines deleted...]
-        <v>833</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>69</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>70</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>5798</v>
+        <v>5799</v>
       </c>
       <c r="B89" t="s">
+        <v>833</v>
+      </c>
+      <c r="C89" t="s">
+        <v>834</v>
+      </c>
+      <c r="D89" t="s">
         <v>835</v>
       </c>
-      <c r="C89" t="s">
+      <c r="E89" t="s">
         <v>836</v>
       </c>
-      <c r="D89" t="s">
+      <c r="F89" t="s">
         <v>837</v>
       </c>
-      <c r="E89" t="s">
+      <c r="G89" t="s">
         <v>838</v>
       </c>
-      <c r="F89" t="s">
+      <c r="H89" t="s">
         <v>839</v>
       </c>
-      <c r="G89" t="s">
+      <c r="I89" t="s">
         <v>840</v>
       </c>
-      <c r="H89" t="s">
+      <c r="J89" t="s">
+        <v>391</v>
+      </c>
+      <c r="K89" t="s">
+        <v>565</v>
+      </c>
+      <c r="L89" t="s">
+        <v>393</v>
+      </c>
+      <c r="M89" t="s">
+        <v>566</v>
+      </c>
+      <c r="N89" t="s">
+        <v>28</v>
+      </c>
+      <c r="O89" t="s">
         <v>841</v>
-      </c>
-[...19 lines deleted...]
-        <v>843</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>5799</v>
+        <v>5803</v>
       </c>
       <c r="B90" t="s">
+        <v>842</v>
+      </c>
+      <c r="C90" t="s">
+        <v>843</v>
+      </c>
+      <c r="D90" t="s">
         <v>844</v>
       </c>
-      <c r="C90" t="s">
+      <c r="E90" t="s">
         <v>845</v>
       </c>
-      <c r="D90" t="s">
+      <c r="F90" t="s">
         <v>846</v>
       </c>
-      <c r="E90" t="s">
+      <c r="G90" t="s">
         <v>847</v>
       </c>
-      <c r="F90" t="s">
+      <c r="H90" t="s">
         <v>848</v>
       </c>
-      <c r="G90" t="s">
+      <c r="I90" t="s">
         <v>849</v>
       </c>
-      <c r="H90" t="s">
+      <c r="J90" t="s">
+        <v>24</v>
+      </c>
+      <c r="K90" t="s">
+        <v>25</v>
+      </c>
+      <c r="L90" t="s">
+        <v>26</v>
+      </c>
+      <c r="M90" t="s">
+        <v>27</v>
+      </c>
+      <c r="N90" t="s">
+        <v>28</v>
+      </c>
+      <c r="O90" t="s">
         <v>850</v>
-      </c>
-[...19 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>5803</v>
+        <v>5805</v>
       </c>
       <c r="B91" t="s">
+        <v>851</v>
+      </c>
+      <c r="C91" t="s">
+        <v>852</v>
+      </c>
+      <c r="D91" t="s">
         <v>853</v>
       </c>
-      <c r="C91" t="s">
+      <c r="E91" t="s">
         <v>854</v>
       </c>
-      <c r="D91" t="s">
+      <c r="F91" t="s">
         <v>855</v>
       </c>
-      <c r="E91" t="s">
+      <c r="G91" t="s">
         <v>856</v>
       </c>
-      <c r="F91" t="s">
+      <c r="H91" t="s">
         <v>857</v>
       </c>
-      <c r="G91" t="s">
+      <c r="I91" t="s">
         <v>858</v>
-      </c>
-[...4 lines deleted...]
-        <v>860</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
         <v>25</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
         <v>27</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>5805</v>
+        <v>5811</v>
       </c>
       <c r="B92" t="s">
+        <v>860</v>
+      </c>
+      <c r="C92" t="s">
+        <v>861</v>
+      </c>
+      <c r="D92" t="s">
         <v>862</v>
       </c>
-      <c r="C92" t="s">
+      <c r="E92" t="s">
         <v>863</v>
       </c>
-      <c r="D92" t="s">
+      <c r="F92" t="s">
         <v>864</v>
       </c>
-      <c r="E92" t="s">
+      <c r="G92" t="s">
         <v>865</v>
       </c>
-      <c r="F92" t="s">
+      <c r="H92" t="s">
         <v>866</v>
       </c>
-      <c r="G92" t="s">
+      <c r="I92" t="s">
         <v>867</v>
-      </c>
-[...4 lines deleted...]
-        <v>869</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
         <v>25</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
         <v>27</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>5811</v>
+        <v>5830</v>
       </c>
       <c r="B93" t="s">
+        <v>869</v>
+      </c>
+      <c r="C93" t="s">
+        <v>870</v>
+      </c>
+      <c r="D93" t="s">
         <v>871</v>
       </c>
-      <c r="C93" t="s">
+      <c r="E93" t="s">
         <v>872</v>
       </c>
-      <c r="D93" t="s">
+      <c r="F93" t="s">
         <v>873</v>
       </c>
-      <c r="E93" t="s">
+      <c r="G93" t="s">
         <v>874</v>
       </c>
-      <c r="F93" t="s">
+      <c r="H93" t="s">
         <v>875</v>
       </c>
-      <c r="G93" t="s">
+      <c r="I93" t="s">
         <v>876</v>
-      </c>
-[...4 lines deleted...]
-        <v>878</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>5830</v>
+        <v>5866</v>
       </c>
       <c r="B94" t="s">
+        <v>878</v>
+      </c>
+      <c r="C94" t="s">
+        <v>879</v>
+      </c>
+      <c r="D94" t="s">
         <v>880</v>
       </c>
-      <c r="C94" t="s">
+      <c r="E94" t="s">
         <v>881</v>
       </c>
-      <c r="D94" t="s">
+      <c r="F94" t="s">
         <v>882</v>
       </c>
-      <c r="E94" t="s">
+      <c r="G94" t="s">
         <v>883</v>
       </c>
-      <c r="F94" t="s">
+      <c r="H94" t="s">
         <v>884</v>
       </c>
-      <c r="G94" t="s">
+      <c r="I94" t="s">
         <v>885</v>
-      </c>
-[...4 lines deleted...]
-        <v>887</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
         <v>25</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
         <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>5866</v>
+        <v>5907</v>
       </c>
       <c r="B95" t="s">
+        <v>887</v>
+      </c>
+      <c r="C95" t="s">
+        <v>888</v>
+      </c>
+      <c r="D95" t="s">
         <v>889</v>
       </c>
-      <c r="C95" t="s">
+      <c r="E95" t="s">
         <v>890</v>
       </c>
-      <c r="D95" t="s">
+      <c r="F95" t="s">
         <v>891</v>
       </c>
-      <c r="E95" t="s">
+      <c r="G95" t="s">
         <v>892</v>
       </c>
-      <c r="F95" t="s">
+      <c r="H95" t="s">
         <v>893</v>
       </c>
-      <c r="G95" t="s">
+      <c r="I95" t="s">
         <v>894</v>
-      </c>
-[...4 lines deleted...]
-        <v>896</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>25</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>5907</v>
+        <v>5913</v>
       </c>
       <c r="B96" t="s">
+        <v>896</v>
+      </c>
+      <c r="C96" t="s">
+        <v>897</v>
+      </c>
+      <c r="D96" t="s">
         <v>898</v>
       </c>
-      <c r="C96" t="s">
+      <c r="E96" t="s">
         <v>899</v>
       </c>
-      <c r="D96" t="s">
+      <c r="F96" t="s">
         <v>900</v>
       </c>
-      <c r="E96" t="s">
+      <c r="G96" t="s">
         <v>901</v>
       </c>
-      <c r="F96" t="s">
+      <c r="H96" t="s">
         <v>902</v>
       </c>
-      <c r="G96" t="s">
+      <c r="I96" t="s">
         <v>903</v>
       </c>
-      <c r="H96" t="s">
+      <c r="J96" t="s">
+        <v>24</v>
+      </c>
+      <c r="K96" t="s">
+        <v>122</v>
+      </c>
+      <c r="L96" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96" t="s">
+        <v>123</v>
+      </c>
+      <c r="N96" t="s">
+        <v>28</v>
+      </c>
+      <c r="O96" t="s">
         <v>904</v>
-      </c>
-[...19 lines deleted...]
-        <v>906</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>5913</v>
+        <v>5932</v>
       </c>
       <c r="B97" t="s">
+        <v>905</v>
+      </c>
+      <c r="C97" t="s">
+        <v>906</v>
+      </c>
+      <c r="D97" t="s">
         <v>907</v>
       </c>
-      <c r="C97" t="s">
+      <c r="E97" t="s">
         <v>908</v>
       </c>
-      <c r="D97" t="s">
+      <c r="F97" t="s">
         <v>909</v>
       </c>
-      <c r="E97" t="s">
+      <c r="G97" t="s">
         <v>910</v>
       </c>
-      <c r="F97" t="s">
+      <c r="H97" t="s">
         <v>911</v>
       </c>
-      <c r="G97" t="s">
+      <c r="I97" t="s">
         <v>912</v>
       </c>
-      <c r="H97" t="s">
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="K97" t="s">
+        <v>69</v>
+      </c>
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
+        <v>70</v>
+      </c>
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>913</v>
-      </c>
-[...19 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>5932</v>
+        <v>5934</v>
       </c>
       <c r="B98" t="s">
+        <v>914</v>
+      </c>
+      <c r="C98" t="s">
+        <v>915</v>
+      </c>
+      <c r="D98" t="s">
         <v>916</v>
       </c>
-      <c r="C98" t="s">
+      <c r="E98" t="s">
         <v>917</v>
       </c>
-      <c r="D98" t="s">
+      <c r="F98" t="s">
         <v>918</v>
       </c>
-      <c r="E98" t="s">
+      <c r="G98" t="s">
         <v>919</v>
       </c>
-      <c r="F98" t="s">
+      <c r="H98" t="s">
         <v>920</v>
       </c>
-      <c r="G98" t="s">
+      <c r="I98" t="s">
         <v>921</v>
-      </c>
-[...4 lines deleted...]
-        <v>923</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>69</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>70</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>5934</v>
+        <v>5953</v>
       </c>
       <c r="B99" t="s">
+        <v>923</v>
+      </c>
+      <c r="C99" t="s">
+        <v>924</v>
+      </c>
+      <c r="D99" t="s">
         <v>925</v>
       </c>
-      <c r="C99" t="s">
+      <c r="E99" t="s">
         <v>926</v>
       </c>
-      <c r="D99" t="s">
+      <c r="F99" t="s">
         <v>927</v>
       </c>
-      <c r="E99" t="s">
+      <c r="G99" t="s">
         <v>928</v>
       </c>
-      <c r="F99" t="s">
+      <c r="H99" t="s">
         <v>929</v>
       </c>
-      <c r="G99" t="s">
+      <c r="I99" t="s">
         <v>930</v>
       </c>
-      <c r="H99" t="s">
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" t="s">
+        <v>25</v>
+      </c>
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
+        <v>27</v>
+      </c>
+      <c r="N99" t="s">
+        <v>28</v>
+      </c>
+      <c r="O99" t="s">
         <v>931</v>
-      </c>
-[...19 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>5953</v>
+        <v>5981</v>
       </c>
       <c r="B100" t="s">
+        <v>932</v>
+      </c>
+      <c r="C100" t="s">
+        <v>933</v>
+      </c>
+      <c r="D100" t="s">
         <v>934</v>
       </c>
-      <c r="C100" t="s">
+      <c r="E100" t="s">
         <v>935</v>
       </c>
-      <c r="D100" t="s">
+      <c r="F100" t="s">
         <v>936</v>
       </c>
-      <c r="E100" t="s">
+      <c r="G100" t="s">
         <v>937</v>
       </c>
-      <c r="F100" t="s">
+      <c r="H100" t="s">
         <v>938</v>
       </c>
-      <c r="G100" t="s">
+      <c r="I100" t="s">
         <v>939</v>
       </c>
-      <c r="H100" t="s">
+      <c r="J100" t="s">
+        <v>89</v>
+      </c>
+      <c r="K100" t="s">
         <v>940</v>
       </c>
-      <c r="I100" t="s">
+      <c r="L100" t="s">
+        <v>91</v>
+      </c>
+      <c r="M100" t="s">
         <v>941</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>5981</v>
+        <v>5986</v>
       </c>
       <c r="B101" t="s">
         <v>943</v>
       </c>
       <c r="C101" t="s">
         <v>944</v>
       </c>
       <c r="D101" t="s">
         <v>945</v>
       </c>
       <c r="E101" t="s">
         <v>946</v>
       </c>
       <c r="F101" t="s">
         <v>947</v>
       </c>
       <c r="G101" t="s">
         <v>948</v>
       </c>
       <c r="H101" t="s">
         <v>949</v>
       </c>
       <c r="I101" t="s">
         <v>950</v>
       </c>
       <c r="J101" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K101" t="s">
+        <v>69</v>
+      </c>
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
+        <v>70</v>
+      </c>
+      <c r="N101" t="s">
+        <v>28</v>
+      </c>
+      <c r="O101" t="s">
         <v>951</v>
-      </c>
-[...10 lines deleted...]
-        <v>953</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>5986</v>
+        <v>5989</v>
       </c>
       <c r="B102" t="s">
+        <v>952</v>
+      </c>
+      <c r="C102" t="s">
+        <v>953</v>
+      </c>
+      <c r="D102" t="s">
         <v>954</v>
       </c>
-      <c r="C102" t="s">
+      <c r="E102" t="s">
         <v>955</v>
       </c>
-      <c r="D102" t="s">
+      <c r="F102" t="s">
         <v>956</v>
       </c>
-      <c r="E102" t="s">
+      <c r="G102" t="s">
         <v>957</v>
       </c>
-      <c r="F102" t="s">
+      <c r="H102" t="s">
         <v>958</v>
       </c>
-      <c r="G102" t="s">
+      <c r="I102" t="s">
         <v>959</v>
       </c>
-      <c r="H102" t="s">
+      <c r="J102" t="s">
+        <v>24</v>
+      </c>
+      <c r="K102" t="s">
+        <v>489</v>
+      </c>
+      <c r="L102" t="s">
+        <v>26</v>
+      </c>
+      <c r="M102" t="s">
+        <v>490</v>
+      </c>
+      <c r="N102" t="s">
+        <v>28</v>
+      </c>
+      <c r="O102" t="s">
         <v>960</v>
-      </c>
-[...19 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>5989</v>
+        <v>6021</v>
       </c>
       <c r="B103" t="s">
+        <v>961</v>
+      </c>
+      <c r="C103" t="s">
+        <v>962</v>
+      </c>
+      <c r="D103" t="s">
         <v>963</v>
       </c>
-      <c r="C103" t="s">
+      <c r="E103" t="s">
         <v>964</v>
       </c>
-      <c r="D103" t="s">
+      <c r="F103" t="s">
         <v>965</v>
       </c>
-      <c r="E103" t="s">
+      <c r="G103" t="s">
         <v>966</v>
       </c>
-      <c r="F103" t="s">
+      <c r="H103" t="s">
         <v>967</v>
       </c>
-      <c r="G103" t="s">
+      <c r="I103" t="s">
         <v>968</v>
       </c>
-      <c r="H103" t="s">
+      <c r="J103" t="s">
+        <v>24</v>
+      </c>
+      <c r="K103" t="s">
+        <v>25</v>
+      </c>
+      <c r="L103" t="s">
+        <v>26</v>
+      </c>
+      <c r="M103" t="s">
+        <v>27</v>
+      </c>
+      <c r="N103" t="s">
+        <v>28</v>
+      </c>
+      <c r="O103" t="s">
         <v>969</v>
-      </c>
-[...19 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>6021</v>
+        <v>6180</v>
       </c>
       <c r="B104" t="s">
+        <v>970</v>
+      </c>
+      <c r="C104" t="s">
+        <v>971</v>
+      </c>
+      <c r="D104" t="s">
         <v>972</v>
       </c>
-      <c r="C104" t="s">
+      <c r="E104" t="s">
         <v>973</v>
       </c>
-      <c r="D104" t="s">
+      <c r="F104" t="s">
         <v>974</v>
       </c>
-      <c r="E104" t="s">
+      <c r="G104" t="s">
         <v>975</v>
       </c>
-      <c r="F104" t="s">
+      <c r="H104" t="s">
         <v>976</v>
       </c>
-      <c r="G104" t="s">
+      <c r="I104" t="s">
         <v>977</v>
-      </c>
-[...4 lines deleted...]
-        <v>979</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>6180</v>
+        <v>6203</v>
       </c>
       <c r="B105" t="s">
+        <v>979</v>
+      </c>
+      <c r="C105" t="s">
+        <v>980</v>
+      </c>
+      <c r="D105" t="s">
         <v>981</v>
       </c>
-      <c r="C105" t="s">
+      <c r="E105" t="s">
         <v>982</v>
       </c>
-      <c r="D105" t="s">
+      <c r="F105" t="s">
         <v>983</v>
       </c>
-      <c r="E105" t="s">
+      <c r="G105" t="s">
         <v>984</v>
       </c>
-      <c r="F105" t="s">
+      <c r="H105" t="s">
         <v>985</v>
       </c>
-      <c r="G105" t="s">
+      <c r="I105" t="s">
         <v>986</v>
       </c>
-      <c r="H105" t="s">
+      <c r="J105" t="s">
+        <v>24</v>
+      </c>
+      <c r="K105" t="s">
+        <v>69</v>
+      </c>
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
+        <v>70</v>
+      </c>
+      <c r="N105" t="s">
+        <v>28</v>
+      </c>
+      <c r="O105" t="s">
         <v>987</v>
-      </c>
-[...19 lines deleted...]
-        <v>989</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>6203</v>
+        <v>6208</v>
       </c>
       <c r="B106" t="s">
+        <v>988</v>
+      </c>
+      <c r="C106" t="s">
+        <v>989</v>
+      </c>
+      <c r="D106" t="s">
         <v>990</v>
       </c>
-      <c r="C106" t="s">
+      <c r="E106" t="s">
         <v>991</v>
       </c>
-      <c r="D106" t="s">
+      <c r="F106" t="s">
         <v>992</v>
       </c>
-      <c r="E106" t="s">
+      <c r="G106" t="s">
         <v>993</v>
       </c>
-      <c r="F106" t="s">
+      <c r="H106" t="s">
         <v>994</v>
       </c>
-      <c r="G106" t="s">
+      <c r="I106" t="s">
         <v>995</v>
-      </c>
-[...4 lines deleted...]
-        <v>997</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>69</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>70</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>6208</v>
+        <v>6211</v>
       </c>
       <c r="B107" t="s">
+        <v>997</v>
+      </c>
+      <c r="C107" t="s">
+        <v>998</v>
+      </c>
+      <c r="D107" t="s">
         <v>999</v>
       </c>
-      <c r="C107" t="s">
+      <c r="E107" t="s">
         <v>1000</v>
       </c>
-      <c r="D107" t="s">
+      <c r="F107" t="s">
         <v>1001</v>
       </c>
-      <c r="E107" t="s">
+      <c r="G107" t="s">
         <v>1002</v>
       </c>
-      <c r="F107" t="s">
+      <c r="H107" t="s">
         <v>1003</v>
       </c>
-      <c r="G107" t="s">
+      <c r="I107" t="s">
         <v>1004</v>
-      </c>
-[...4 lines deleted...]
-        <v>1006</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>69</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>70</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>6211</v>
+        <v>6255</v>
       </c>
       <c r="B108" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D108" t="s">
         <v>1008</v>
       </c>
-      <c r="C108" t="s">
+      <c r="E108" t="s">
         <v>1009</v>
       </c>
-      <c r="D108" t="s">
+      <c r="F108" t="s">
         <v>1010</v>
       </c>
-      <c r="E108" t="s">
+      <c r="G108" t="s">
         <v>1011</v>
       </c>
-      <c r="F108" t="s">
+      <c r="H108" t="s">
         <v>1012</v>
       </c>
-      <c r="G108" t="s">
+      <c r="I108" t="s">
         <v>1013</v>
       </c>
-      <c r="H108" t="s">
+      <c r="J108" t="s">
+        <v>24</v>
+      </c>
+      <c r="K108" t="s">
         <v>1014</v>
       </c>
-      <c r="I108" t="s">
+      <c r="L108" t="s">
+        <v>26</v>
+      </c>
+      <c r="M108" t="s">
         <v>1015</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
         <v>1016</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>6255</v>
+        <v>6261</v>
       </c>
       <c r="B109" t="s">
         <v>1017</v>
       </c>
       <c r="C109" t="s">
         <v>1018</v>
       </c>
       <c r="D109" t="s">
         <v>1019</v>
       </c>
       <c r="E109" t="s">
         <v>1020</v>
       </c>
       <c r="F109" t="s">
         <v>1021</v>
       </c>
       <c r="G109" t="s">
         <v>1022</v>
       </c>
       <c r="H109" t="s">
         <v>1023</v>
       </c>
       <c r="I109" t="s">
         <v>1024</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
+        <v>122</v>
+      </c>
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
+        <v>123</v>
+      </c>
+      <c r="N109" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" t="s">
         <v>1025</v>
-      </c>
-[...10 lines deleted...]
-        <v>1027</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>6261</v>
+        <v>6263</v>
       </c>
       <c r="B110" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D110" t="s">
         <v>1028</v>
       </c>
-      <c r="C110" t="s">
+      <c r="E110" t="s">
         <v>1029</v>
       </c>
-      <c r="D110" t="s">
+      <c r="F110" t="s">
         <v>1030</v>
       </c>
-      <c r="E110" t="s">
+      <c r="G110" t="s">
         <v>1031</v>
       </c>
-      <c r="F110" t="s">
+      <c r="H110" t="s">
         <v>1032</v>
       </c>
-      <c r="G110" t="s">
+      <c r="I110" t="s">
         <v>1033</v>
       </c>
-      <c r="H110" t="s">
+      <c r="J110" t="s">
+        <v>24</v>
+      </c>
+      <c r="K110" t="s">
+        <v>69</v>
+      </c>
+      <c r="L110" t="s">
+        <v>26</v>
+      </c>
+      <c r="M110" t="s">
+        <v>70</v>
+      </c>
+      <c r="N110" t="s">
+        <v>28</v>
+      </c>
+      <c r="O110" t="s">
         <v>1034</v>
-      </c>
-[...19 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>6263</v>
+        <v>6274</v>
       </c>
       <c r="B111" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D111" t="s">
         <v>1037</v>
       </c>
-      <c r="C111" t="s">
+      <c r="E111" t="s">
         <v>1038</v>
       </c>
-      <c r="D111" t="s">
+      <c r="F111" t="s">
         <v>1039</v>
       </c>
-      <c r="E111" t="s">
+      <c r="G111" t="s">
         <v>1040</v>
       </c>
-      <c r="F111" t="s">
+      <c r="H111" t="s">
         <v>1041</v>
       </c>
-      <c r="G111" t="s">
+      <c r="I111" t="s">
         <v>1042</v>
       </c>
-      <c r="H111" t="s">
+      <c r="J111" t="s">
+        <v>24</v>
+      </c>
+      <c r="K111" t="s">
+        <v>25</v>
+      </c>
+      <c r="L111" t="s">
+        <v>26</v>
+      </c>
+      <c r="M111" t="s">
+        <v>27</v>
+      </c>
+      <c r="N111" t="s">
+        <v>28</v>
+      </c>
+      <c r="O111" t="s">
         <v>1043</v>
-      </c>
-[...19 lines deleted...]
-        <v>1045</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>6274</v>
+        <v>6275</v>
       </c>
       <c r="B112" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D112" t="s">
         <v>1046</v>
       </c>
-      <c r="C112" t="s">
+      <c r="E112" t="s">
         <v>1047</v>
       </c>
-      <c r="D112" t="s">
+      <c r="F112" t="s">
         <v>1048</v>
       </c>
-      <c r="E112" t="s">
+      <c r="G112" t="s">
         <v>1049</v>
       </c>
-      <c r="F112" t="s">
+      <c r="H112" t="s">
         <v>1050</v>
       </c>
-      <c r="G112" t="s">
+      <c r="I112" t="s">
         <v>1051</v>
       </c>
-      <c r="H112" t="s">
+      <c r="J112" t="s">
+        <v>89</v>
+      </c>
+      <c r="K112" t="s">
+        <v>442</v>
+      </c>
+      <c r="L112" t="s">
+        <v>91</v>
+      </c>
+      <c r="M112" t="s">
+        <v>443</v>
+      </c>
+      <c r="N112" t="s">
+        <v>28</v>
+      </c>
+      <c r="O112" t="s">
         <v>1052</v>
-      </c>
-[...19 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>6275</v>
+        <v>6460</v>
       </c>
       <c r="B113" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D113" t="s">
         <v>1055</v>
       </c>
-      <c r="C113" t="s">
+      <c r="E113" t="s">
         <v>1056</v>
       </c>
-      <c r="D113" t="s">
+      <c r="F113" t="s">
         <v>1057</v>
       </c>
-      <c r="E113" t="s">
+      <c r="G113" t="s">
         <v>1058</v>
       </c>
-      <c r="F113" t="s">
+      <c r="H113" t="s">
         <v>1059</v>
       </c>
-      <c r="G113" t="s">
+      <c r="I113" t="s">
         <v>1060</v>
       </c>
-      <c r="H113" t="s">
+      <c r="J113" t="s">
+        <v>24</v>
+      </c>
+      <c r="K113" t="s">
+        <v>25</v>
+      </c>
+      <c r="L113" t="s">
+        <v>26</v>
+      </c>
+      <c r="M113" t="s">
+        <v>27</v>
+      </c>
+      <c r="N113" t="s">
+        <v>28</v>
+      </c>
+      <c r="O113" t="s">
         <v>1061</v>
-      </c>
-[...19 lines deleted...]
-        <v>1063</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>6460</v>
+        <v>6468</v>
       </c>
       <c r="B114" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D114" t="s">
         <v>1064</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" t="s">
         <v>1065</v>
       </c>
-      <c r="D114" t="s">
+      <c r="F114" t="s">
         <v>1066</v>
       </c>
-      <c r="E114" t="s">
+      <c r="G114" t="s">
         <v>1067</v>
       </c>
-      <c r="F114" t="s">
+      <c r="H114" t="s">
         <v>1068</v>
       </c>
-      <c r="G114" t="s">
+      <c r="I114" t="s">
         <v>1069</v>
-      </c>
-[...4 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>6468</v>
+        <v>6761</v>
       </c>
       <c r="B115" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D115" t="s">
         <v>1073</v>
       </c>
-      <c r="C115" t="s">
+      <c r="E115" t="s">
         <v>1074</v>
       </c>
-      <c r="D115" t="s">
+      <c r="F115" t="s">
         <v>1075</v>
       </c>
-      <c r="E115" t="s">
+      <c r="G115" t="s">
         <v>1076</v>
       </c>
-      <c r="F115" t="s">
+      <c r="H115" t="s">
         <v>1077</v>
       </c>
-      <c r="G115" t="s">
+      <c r="I115" t="s">
         <v>1078</v>
-      </c>
-[...4 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>6761</v>
+        <v>6765</v>
       </c>
       <c r="B116" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D116" t="s">
         <v>1082</v>
       </c>
-      <c r="C116" t="s">
+      <c r="E116" t="s">
         <v>1083</v>
       </c>
-      <c r="D116" t="s">
+      <c r="F116" t="s">
         <v>1084</v>
       </c>
-      <c r="E116" t="s">
+      <c r="G116" t="s">
         <v>1085</v>
       </c>
-      <c r="F116" t="s">
+      <c r="H116" t="s">
         <v>1086</v>
       </c>
-      <c r="G116" t="s">
+      <c r="I116" t="s">
         <v>1087</v>
       </c>
-      <c r="H116" t="s">
+      <c r="J116" t="s">
+        <v>24</v>
+      </c>
+      <c r="K116" t="s">
+        <v>69</v>
+      </c>
+      <c r="L116" t="s">
+        <v>26</v>
+      </c>
+      <c r="M116" t="s">
+        <v>70</v>
+      </c>
+      <c r="N116" t="s">
+        <v>28</v>
+      </c>
+      <c r="O116" t="s">
         <v>1088</v>
-      </c>
-[...19 lines deleted...]
-        <v>1090</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>6765</v>
+        <v>8265</v>
       </c>
       <c r="B117" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D117" t="s">
         <v>1091</v>
       </c>
-      <c r="C117" t="s">
+      <c r="E117" t="s">
         <v>1092</v>
       </c>
-      <c r="D117" t="s">
+      <c r="F117" t="s">
         <v>1093</v>
       </c>
-      <c r="E117" t="s">
+      <c r="G117" t="s">
         <v>1094</v>
       </c>
-      <c r="F117" t="s">
+      <c r="H117" t="s">
         <v>1095</v>
       </c>
-      <c r="G117" t="s">
+      <c r="I117" t="s">
         <v>1096</v>
       </c>
-      <c r="H117" t="s">
+      <c r="J117" t="s">
+        <v>24</v>
+      </c>
+      <c r="K117" t="s">
         <v>1097</v>
       </c>
-      <c r="I117" t="s">
+      <c r="L117" t="s">
+        <v>26</v>
+      </c>
+      <c r="M117" t="s">
         <v>1098</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>8265</v>
+        <v>8402</v>
       </c>
       <c r="B118" t="s">
         <v>1100</v>
       </c>
       <c r="C118" t="s">
         <v>1101</v>
       </c>
       <c r="D118" t="s">
         <v>1102</v>
       </c>
       <c r="E118" t="s">
         <v>1103</v>
       </c>
       <c r="F118" t="s">
         <v>1104</v>
       </c>
       <c r="G118" t="s">
         <v>1105</v>
       </c>
       <c r="H118" t="s">
         <v>1106</v>
       </c>
       <c r="I118" t="s">
         <v>1107</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
+        <v>69</v>
+      </c>
+      <c r="L118" t="s">
+        <v>26</v>
+      </c>
+      <c r="M118" t="s">
+        <v>70</v>
+      </c>
+      <c r="N118" t="s">
+        <v>28</v>
+      </c>
+      <c r="O118" t="s">
         <v>1108</v>
-      </c>
-[...10 lines deleted...]
-        <v>1110</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>8402</v>
+        <v>8914</v>
       </c>
       <c r="B119" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D119" t="s">
         <v>1111</v>
       </c>
-      <c r="C119" t="s">
+      <c r="E119" t="s">
         <v>1112</v>
       </c>
-      <c r="D119" t="s">
+      <c r="F119" t="s">
         <v>1113</v>
       </c>
-      <c r="E119" t="s">
+      <c r="G119" t="s">
         <v>1114</v>
       </c>
-      <c r="F119" t="s">
+      <c r="H119" t="s">
         <v>1115</v>
       </c>
-      <c r="G119" t="s">
+      <c r="I119" t="s">
         <v>1116</v>
       </c>
-      <c r="H119" t="s">
+      <c r="J119" t="s">
+        <v>24</v>
+      </c>
+      <c r="K119" t="s">
+        <v>25</v>
+      </c>
+      <c r="L119" t="s">
+        <v>26</v>
+      </c>
+      <c r="M119" t="s">
+        <v>27</v>
+      </c>
+      <c r="N119" t="s">
+        <v>28</v>
+      </c>
+      <c r="O119" t="s">
         <v>1117</v>
-      </c>
-[...19 lines deleted...]
-        <v>1119</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>8914</v>
+        <v>8918</v>
       </c>
       <c r="B120" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D120" t="s">
         <v>1120</v>
       </c>
-      <c r="C120" t="s">
+      <c r="E120" t="s">
         <v>1121</v>
       </c>
-      <c r="D120" t="s">
+      <c r="F120" t="s">
         <v>1122</v>
       </c>
-      <c r="E120" t="s">
+      <c r="G120" t="s">
         <v>1123</v>
       </c>
-      <c r="F120" t="s">
+      <c r="H120" t="s">
         <v>1124</v>
       </c>
-      <c r="G120" t="s">
+      <c r="I120" t="s">
         <v>1125</v>
-      </c>
-[...4 lines deleted...]
-        <v>1127</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>8918</v>
+        <v>8945</v>
       </c>
       <c r="B121" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D121" t="s">
         <v>1129</v>
       </c>
-      <c r="C121" t="s">
+      <c r="E121" t="s">
         <v>1130</v>
       </c>
-      <c r="D121" t="s">
+      <c r="F121" t="s">
         <v>1131</v>
       </c>
-      <c r="E121" t="s">
+      <c r="G121" t="s">
         <v>1132</v>
       </c>
-      <c r="F121" t="s">
+      <c r="H121" t="s">
         <v>1133</v>
       </c>
-      <c r="G121" t="s">
+      <c r="I121" t="s">
         <v>1134</v>
       </c>
-      <c r="H121" t="s">
+      <c r="J121" t="s">
+        <v>24</v>
+      </c>
+      <c r="K121" t="s">
+        <v>122</v>
+      </c>
+      <c r="L121" t="s">
+        <v>26</v>
+      </c>
+      <c r="M121" t="s">
+        <v>123</v>
+      </c>
+      <c r="N121" t="s">
+        <v>28</v>
+      </c>
+      <c r="O121" t="s">
         <v>1135</v>
-      </c>
-[...19 lines deleted...]
-        <v>1137</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>8945</v>
+        <v>10098</v>
       </c>
       <c r="B122" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D122" t="s">
         <v>1138</v>
       </c>
-      <c r="C122" t="s">
+      <c r="E122" t="s">
         <v>1139</v>
       </c>
-      <c r="D122" t="s">
+      <c r="F122" t="s">
         <v>1140</v>
       </c>
-      <c r="E122" t="s">
+      <c r="G122" t="s">
         <v>1141</v>
       </c>
-      <c r="F122" t="s">
+      <c r="H122" t="s">
         <v>1142</v>
       </c>
-      <c r="G122" t="s">
+      <c r="I122" t="s">
         <v>1143</v>
       </c>
-      <c r="H122" t="s">
+      <c r="J122" t="s">
+        <v>24</v>
+      </c>
+      <c r="K122" t="s">
+        <v>25</v>
+      </c>
+      <c r="L122" t="s">
+        <v>26</v>
+      </c>
+      <c r="M122" t="s">
+        <v>27</v>
+      </c>
+      <c r="N122" t="s">
+        <v>28</v>
+      </c>
+      <c r="O122" t="s">
         <v>1144</v>
-      </c>
-[...19 lines deleted...]
-        <v>1146</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>10098</v>
+        <v>10412</v>
       </c>
       <c r="B123" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D123" t="s">
         <v>1147</v>
       </c>
-      <c r="C123" t="s">
+      <c r="E123" t="s">
         <v>1148</v>
       </c>
-      <c r="D123" t="s">
+      <c r="F123" t="s">
         <v>1149</v>
       </c>
-      <c r="E123" t="s">
+      <c r="G123" t="s">
         <v>1150</v>
       </c>
-      <c r="F123" t="s">
+      <c r="H123" t="s">
         <v>1151</v>
       </c>
-      <c r="G123" t="s">
+      <c r="I123" t="s">
         <v>1152</v>
-      </c>
-[...4 lines deleted...]
-        <v>1154</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>25</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>27</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>10412</v>
+        <v>10647</v>
       </c>
       <c r="B124" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D124" t="s">
         <v>1156</v>
       </c>
-      <c r="C124" t="s">
+      <c r="E124" t="s">
         <v>1157</v>
       </c>
-      <c r="D124" t="s">
+      <c r="F124" t="s">
         <v>1158</v>
       </c>
-      <c r="E124" t="s">
+      <c r="G124" t="s">
         <v>1159</v>
       </c>
-      <c r="F124" t="s">
+      <c r="H124" t="s">
         <v>1160</v>
       </c>
-      <c r="G124" t="s">
+      <c r="I124" t="s">
         <v>1161</v>
       </c>
-      <c r="H124" t="s">
+      <c r="J124" t="s">
+        <v>24</v>
+      </c>
+      <c r="K124" t="s">
+        <v>69</v>
+      </c>
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
+        <v>70</v>
+      </c>
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
         <v>1162</v>
-      </c>
-[...19 lines deleted...]
-        <v>1164</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>10647</v>
+        <v>10930</v>
       </c>
       <c r="B125" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D125" t="s">
         <v>1165</v>
       </c>
-      <c r="C125" t="s">
+      <c r="E125" t="s">
         <v>1166</v>
       </c>
-      <c r="D125" t="s">
+      <c r="F125" t="s">
         <v>1167</v>
       </c>
-      <c r="E125" t="s">
+      <c r="G125" t="s">
         <v>1168</v>
       </c>
-      <c r="F125" t="s">
+      <c r="H125" t="s">
         <v>1169</v>
       </c>
-      <c r="G125" t="s">
+      <c r="I125" t="s">
         <v>1170</v>
       </c>
-      <c r="H125" t="s">
+      <c r="J125" t="s">
         <v>1171</v>
       </c>
-      <c r="I125" t="s">
+      <c r="K125" t="s">
+        <v>630</v>
+      </c>
+      <c r="L125" t="s">
         <v>1172</v>
       </c>
-      <c r="J125" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M125" t="s">
-        <v>70</v>
+        <v>631</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>10930</v>
+        <v>10947</v>
       </c>
       <c r="B126" t="s">
         <v>1174</v>
       </c>
       <c r="C126" t="s">
         <v>1175</v>
       </c>
       <c r="D126" t="s">
         <v>1176</v>
       </c>
       <c r="E126" t="s">
         <v>1177</v>
       </c>
       <c r="F126" t="s">
         <v>1178</v>
       </c>
       <c r="G126" t="s">
         <v>1179</v>
       </c>
       <c r="H126" t="s">
         <v>1180</v>
       </c>
       <c r="I126" t="s">
         <v>1181</v>
       </c>
       <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="K126" t="s">
+        <v>69</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
+        <v>70</v>
+      </c>
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
         <v>1182</v>
-      </c>
-[...13 lines deleted...]
-        <v>1184</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>10947</v>
+        <v>10951</v>
       </c>
       <c r="B127" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D127" t="s">
         <v>1185</v>
       </c>
-      <c r="C127" t="s">
+      <c r="E127" t="s">
         <v>1186</v>
       </c>
-      <c r="D127" t="s">
+      <c r="F127" t="s">
         <v>1187</v>
       </c>
-      <c r="E127" t="s">
+      <c r="G127" t="s">
         <v>1188</v>
       </c>
-      <c r="F127" t="s">
+      <c r="H127" t="s">
         <v>1189</v>
       </c>
-      <c r="G127" t="s">
+      <c r="I127" t="s">
         <v>1190</v>
       </c>
-      <c r="H127" t="s">
+      <c r="J127" t="s">
+        <v>24</v>
+      </c>
+      <c r="K127" t="s">
+        <v>122</v>
+      </c>
+      <c r="L127" t="s">
+        <v>26</v>
+      </c>
+      <c r="M127" t="s">
+        <v>123</v>
+      </c>
+      <c r="N127" t="s">
+        <v>28</v>
+      </c>
+      <c r="O127" t="s">
         <v>1191</v>
-      </c>
-[...19 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>10951</v>
+        <v>11287</v>
       </c>
       <c r="B128" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D128" t="s">
         <v>1194</v>
       </c>
-      <c r="C128" t="s">
+      <c r="E128" t="s">
         <v>1195</v>
       </c>
-      <c r="D128" t="s">
+      <c r="F128" t="s">
         <v>1196</v>
       </c>
-      <c r="E128" t="s">
+      <c r="G128" t="s">
         <v>1197</v>
       </c>
-      <c r="F128" t="s">
+      <c r="H128" t="s">
         <v>1198</v>
       </c>
-      <c r="G128" t="s">
+      <c r="I128" t="s">
         <v>1199</v>
       </c>
-      <c r="H128" t="s">
+      <c r="J128" t="s">
+        <v>24</v>
+      </c>
+      <c r="K128" t="s">
+        <v>69</v>
+      </c>
+      <c r="L128" t="s">
+        <v>26</v>
+      </c>
+      <c r="M128" t="s">
+        <v>70</v>
+      </c>
+      <c r="N128" t="s">
+        <v>28</v>
+      </c>
+      <c r="O128" t="s">
         <v>1200</v>
-      </c>
-[...19 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>11287</v>
+        <v>58060</v>
       </c>
       <c r="B129" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D129" t="s">
         <v>1203</v>
       </c>
-      <c r="C129" t="s">
+      <c r="E129" t="s">
         <v>1204</v>
       </c>
-      <c r="D129" t="s">
+      <c r="F129" t="s">
         <v>1205</v>
       </c>
-      <c r="E129" t="s">
+      <c r="G129" t="s">
         <v>1206</v>
       </c>
-      <c r="F129" t="s">
+      <c r="H129" t="s">
         <v>1207</v>
       </c>
-      <c r="G129" t="s">
+      <c r="I129" t="s">
         <v>1208</v>
       </c>
-      <c r="H129" t="s">
+      <c r="J129" t="s">
+        <v>24</v>
+      </c>
+      <c r="K129" t="s">
         <v>1209</v>
       </c>
-      <c r="I129" t="s">
+      <c r="L129" t="s">
+        <v>26</v>
+      </c>
+      <c r="M129" t="s">
         <v>1210</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>58060</v>
+        <v>65000</v>
       </c>
       <c r="B130" t="s">
         <v>1212</v>
       </c>
       <c r="C130" t="s">
         <v>1213</v>
       </c>
       <c r="D130" t="s">
         <v>1214</v>
       </c>
       <c r="E130" t="s">
         <v>1215</v>
       </c>
       <c r="F130" t="s">
         <v>1216</v>
       </c>
       <c r="G130" t="s">
         <v>1217</v>
       </c>
       <c r="H130" t="s">
         <v>1218</v>
       </c>
       <c r="I130" t="s">
         <v>1219</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
+        <v>25</v>
+      </c>
+      <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
+        <v>27</v>
+      </c>
+      <c r="N130" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" t="s">
         <v>1220</v>
-      </c>
-[...10 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>65000</v>
+        <v>65001</v>
       </c>
       <c r="B131" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D131" t="s">
         <v>1223</v>
       </c>
-      <c r="C131" t="s">
+      <c r="E131" t="s">
         <v>1224</v>
       </c>
-      <c r="D131" t="s">
+      <c r="F131" t="s">
         <v>1225</v>
       </c>
-      <c r="E131" t="s">
+      <c r="G131" t="s">
         <v>1226</v>
       </c>
-      <c r="F131" t="s">
+      <c r="H131" t="s">
         <v>1227</v>
       </c>
-      <c r="G131" t="s">
+      <c r="I131" t="s">
         <v>1228</v>
       </c>
-      <c r="H131" t="s">
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>69</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>70</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1229</v>
-      </c>
-[...19 lines deleted...]
-        <v>1231</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>65001</v>
+        <v>65002</v>
       </c>
       <c r="B132" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D132" t="s">
         <v>1232</v>
       </c>
-      <c r="C132" t="s">
+      <c r="E132" t="s">
         <v>1233</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132" t="s">
         <v>1234</v>
       </c>
-      <c r="E132" t="s">
+      <c r="G132" t="s">
         <v>1235</v>
       </c>
-      <c r="F132" t="s">
+      <c r="H132" t="s">
         <v>1236</v>
       </c>
-      <c r="G132" t="s">
+      <c r="I132" t="s">
         <v>1237</v>
       </c>
-      <c r="H132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
+        <v>25</v>
+      </c>
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
+        <v>27</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1238</v>
-      </c>
-[...19 lines deleted...]
-        <v>1240</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>65002</v>
+        <v>65003</v>
       </c>
       <c r="B133" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D133" t="s">
         <v>1241</v>
       </c>
-      <c r="C133" t="s">
+      <c r="E133" t="s">
         <v>1242</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133" t="s">
         <v>1243</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" t="s">
         <v>1244</v>
       </c>
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>1245</v>
       </c>
-      <c r="G133" t="s">
+      <c r="I133" t="s">
         <v>1246</v>
       </c>
-      <c r="H133" t="s">
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="K133" t="s">
+        <v>69</v>
+      </c>
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133" t="s">
+        <v>70</v>
+      </c>
+      <c r="N133" t="s">
+        <v>28</v>
+      </c>
+      <c r="O133" t="s">
         <v>1247</v>
-      </c>
-[...19 lines deleted...]
-        <v>1249</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>65003</v>
+        <v>65004</v>
       </c>
       <c r="B134" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D134" t="s">
         <v>1250</v>
       </c>
-      <c r="C134" t="s">
+      <c r="E134" t="s">
         <v>1251</v>
       </c>
-      <c r="D134" t="s">
+      <c r="F134" t="s">
         <v>1252</v>
       </c>
-      <c r="E134" t="s">
+      <c r="G134" t="s">
         <v>1253</v>
       </c>
-      <c r="F134" t="s">
+      <c r="H134" t="s">
         <v>1254</v>
       </c>
-      <c r="G134" t="s">
+      <c r="I134" t="s">
         <v>1255</v>
-      </c>
-[...4 lines deleted...]
-        <v>1257</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>69</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>70</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>65004</v>
+        <v>65005</v>
       </c>
       <c r="B135" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D135" t="s">
         <v>1259</v>
       </c>
-      <c r="C135" t="s">
+      <c r="E135" t="s">
         <v>1260</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>1261</v>
       </c>
-      <c r="E135" t="s">
+      <c r="G135" t="s">
         <v>1262</v>
       </c>
-      <c r="F135" t="s">
+      <c r="H135" t="s">
         <v>1263</v>
       </c>
-      <c r="G135" t="s">
+      <c r="I135" t="s">
         <v>1264</v>
       </c>
-      <c r="H135" t="s">
+      <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="K135" t="s">
         <v>1265</v>
       </c>
-      <c r="I135" t="s">
+      <c r="L135" t="s">
+        <v>26</v>
+      </c>
+      <c r="M135" t="s">
         <v>1266</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>65005</v>
+        <v>65006</v>
       </c>
       <c r="B136" t="s">
         <v>1268</v>
       </c>
       <c r="C136" t="s">
         <v>1269</v>
       </c>
       <c r="D136" t="s">
         <v>1270</v>
       </c>
       <c r="E136" t="s">
         <v>1271</v>
       </c>
       <c r="F136" t="s">
         <v>1272</v>
       </c>
       <c r="G136" t="s">
         <v>1273</v>
       </c>
       <c r="H136" t="s">
         <v>1274</v>
       </c>
       <c r="I136" t="s">
         <v>1275</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>1276</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>1277</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1278</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>65006</v>
+        <v>65007</v>
       </c>
       <c r="B137" t="s">
         <v>1279</v>
       </c>
       <c r="C137" t="s">
         <v>1280</v>
       </c>
       <c r="D137" t="s">
         <v>1281</v>
       </c>
       <c r="E137" t="s">
         <v>1282</v>
       </c>
       <c r="F137" t="s">
         <v>1283</v>
       </c>
       <c r="G137" t="s">
         <v>1284</v>
       </c>
       <c r="H137" t="s">
         <v>1285</v>
       </c>
       <c r="I137" t="s">
         <v>1286</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
+        <v>25</v>
+      </c>
+      <c r="L137" t="s">
+        <v>26</v>
+      </c>
+      <c r="M137" t="s">
+        <v>27</v>
+      </c>
+      <c r="N137" t="s">
+        <v>28</v>
+      </c>
+      <c r="O137" t="s">
         <v>1287</v>
-      </c>
-[...10 lines deleted...]
-        <v>1289</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>65007</v>
+        <v>65008</v>
       </c>
       <c r="B138" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D138" t="s">
         <v>1290</v>
       </c>
-      <c r="C138" t="s">
+      <c r="E138" t="s">
         <v>1291</v>
       </c>
-      <c r="D138" t="s">
+      <c r="F138" t="s">
         <v>1292</v>
       </c>
-      <c r="E138" t="s">
+      <c r="G138" t="s">
         <v>1293</v>
       </c>
-      <c r="F138" t="s">
+      <c r="H138" t="s">
         <v>1294</v>
       </c>
-      <c r="G138" t="s">
+      <c r="I138" t="s">
         <v>1295</v>
       </c>
-      <c r="H138" t="s">
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
+        <v>69</v>
+      </c>
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
+        <v>70</v>
+      </c>
+      <c r="N138" t="s">
+        <v>28</v>
+      </c>
+      <c r="O138" t="s">
         <v>1296</v>
-      </c>
-[...19 lines deleted...]
-        <v>1298</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>65008</v>
+        <v>65009</v>
       </c>
       <c r="B139" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D139" t="s">
         <v>1299</v>
       </c>
-      <c r="C139" t="s">
+      <c r="E139" t="s">
         <v>1300</v>
       </c>
-      <c r="D139" t="s">
+      <c r="F139" t="s">
         <v>1301</v>
       </c>
-      <c r="E139" t="s">
+      <c r="G139" t="s">
         <v>1302</v>
       </c>
-      <c r="F139" t="s">
+      <c r="H139" t="s">
         <v>1303</v>
       </c>
-      <c r="G139" t="s">
+      <c r="I139" t="s">
         <v>1304</v>
-      </c>
-[...4 lines deleted...]
-        <v>1306</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>69</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>70</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>65009</v>
+        <v>65010</v>
       </c>
       <c r="B140" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D140" t="s">
         <v>1308</v>
       </c>
-      <c r="C140" t="s">
+      <c r="E140" t="s">
         <v>1309</v>
       </c>
-      <c r="D140" t="s">
+      <c r="F140" t="s">
         <v>1310</v>
       </c>
-      <c r="E140" t="s">
+      <c r="G140" t="s">
         <v>1311</v>
       </c>
-      <c r="F140" t="s">
+      <c r="H140" t="s">
         <v>1312</v>
       </c>
-      <c r="G140" t="s">
+      <c r="I140" t="s">
         <v>1313</v>
       </c>
-      <c r="H140" t="s">
+      <c r="J140" t="s">
+        <v>24</v>
+      </c>
+      <c r="K140" t="s">
+        <v>25</v>
+      </c>
+      <c r="L140" t="s">
+        <v>26</v>
+      </c>
+      <c r="M140" t="s">
+        <v>27</v>
+      </c>
+      <c r="N140" t="s">
+        <v>28</v>
+      </c>
+      <c r="O140" t="s">
         <v>1314</v>
-      </c>
-[...19 lines deleted...]
-        <v>1316</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>65010</v>
+        <v>65011</v>
       </c>
       <c r="B141" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D141" t="s">
         <v>1317</v>
       </c>
-      <c r="C141" t="s">
+      <c r="E141" t="s">
         <v>1318</v>
       </c>
-      <c r="D141" t="s">
+      <c r="F141" t="s">
         <v>1319</v>
       </c>
-      <c r="E141" t="s">
+      <c r="G141" t="s">
         <v>1320</v>
       </c>
-      <c r="F141" t="s">
+      <c r="H141" t="s">
         <v>1321</v>
       </c>
-      <c r="G141" t="s">
+      <c r="I141" t="s">
         <v>1322</v>
       </c>
-      <c r="H141" t="s">
+      <c r="J141" t="s">
+        <v>24</v>
+      </c>
+      <c r="K141" t="s">
+        <v>69</v>
+      </c>
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
+        <v>70</v>
+      </c>
+      <c r="N141" t="s">
+        <v>28</v>
+      </c>
+      <c r="O141" t="s">
         <v>1323</v>
-      </c>
-[...19 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>65011</v>
+        <v>65012</v>
       </c>
       <c r="B142" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D142" t="s">
         <v>1326</v>
       </c>
-      <c r="C142" t="s">
+      <c r="E142" t="s">
         <v>1327</v>
       </c>
-      <c r="D142" t="s">
+      <c r="F142" t="s">
         <v>1328</v>
       </c>
-      <c r="E142" t="s">
+      <c r="G142" t="s">
         <v>1329</v>
       </c>
-      <c r="F142" t="s">
+      <c r="H142" t="s">
         <v>1330</v>
       </c>
-      <c r="G142" t="s">
+      <c r="I142" t="s">
         <v>1331</v>
       </c>
-      <c r="H142" t="s">
+      <c r="J142" t="s">
+        <v>24</v>
+      </c>
+      <c r="K142" t="s">
         <v>1332</v>
       </c>
-      <c r="I142" t="s">
+      <c r="L142" t="s">
+        <v>26</v>
+      </c>
+      <c r="M142" t="s">
         <v>1333</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>65012</v>
+        <v>65013</v>
       </c>
       <c r="B143" t="s">
         <v>1335</v>
       </c>
       <c r="C143" t="s">
         <v>1336</v>
       </c>
       <c r="D143" t="s">
         <v>1337</v>
       </c>
       <c r="E143" t="s">
         <v>1338</v>
       </c>
       <c r="F143" t="s">
         <v>1339</v>
       </c>
       <c r="G143" t="s">
         <v>1340</v>
       </c>
       <c r="H143" t="s">
         <v>1341</v>
       </c>
       <c r="I143" t="s">
         <v>1342</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
+        <v>25</v>
+      </c>
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
+        <v>27</v>
+      </c>
+      <c r="N143" t="s">
+        <v>28</v>
+      </c>
+      <c r="O143" t="s">
         <v>1343</v>
-      </c>
-[...10 lines deleted...]
-        <v>1345</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>65013</v>
+        <v>65014</v>
       </c>
       <c r="B144" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D144" t="s">
         <v>1346</v>
       </c>
-      <c r="C144" t="s">
+      <c r="E144" t="s">
         <v>1347</v>
       </c>
-      <c r="D144" t="s">
+      <c r="F144" t="s">
         <v>1348</v>
       </c>
-      <c r="E144" t="s">
+      <c r="G144" t="s">
         <v>1349</v>
       </c>
-      <c r="F144" t="s">
+      <c r="H144" t="s">
         <v>1350</v>
       </c>
-      <c r="G144" t="s">
+      <c r="I144" t="s">
         <v>1351</v>
       </c>
-      <c r="H144" t="s">
+      <c r="J144" t="s">
+        <v>89</v>
+      </c>
+      <c r="K144" t="s">
+        <v>58</v>
+      </c>
+      <c r="L144" t="s">
+        <v>91</v>
+      </c>
+      <c r="M144" t="s">
+        <v>59</v>
+      </c>
+      <c r="N144" t="s">
+        <v>28</v>
+      </c>
+      <c r="O144" t="s">
         <v>1352</v>
-      </c>
-[...19 lines deleted...]
-        <v>1354</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>65014</v>
+        <v>65015</v>
       </c>
       <c r="B145" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D145" t="s">
         <v>1355</v>
       </c>
-      <c r="C145" t="s">
+      <c r="E145" t="s">
         <v>1356</v>
       </c>
-      <c r="D145" t="s">
+      <c r="F145" t="s">
         <v>1357</v>
       </c>
-      <c r="E145" t="s">
+      <c r="G145" t="s">
         <v>1358</v>
       </c>
-      <c r="F145" t="s">
+      <c r="H145" t="s">
         <v>1359</v>
       </c>
-      <c r="G145" t="s">
+      <c r="I145" t="s">
         <v>1360</v>
       </c>
-      <c r="H145" t="s">
+      <c r="J145" t="s">
+        <v>24</v>
+      </c>
+      <c r="K145" t="s">
+        <v>69</v>
+      </c>
+      <c r="L145" t="s">
+        <v>26</v>
+      </c>
+      <c r="M145" t="s">
+        <v>70</v>
+      </c>
+      <c r="N145" t="s">
+        <v>28</v>
+      </c>
+      <c r="O145" t="s">
         <v>1361</v>
-      </c>
-[...19 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>65015</v>
+        <v>65016</v>
       </c>
       <c r="B146" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D146" t="s">
         <v>1364</v>
       </c>
-      <c r="C146" t="s">
+      <c r="E146" t="s">
         <v>1365</v>
       </c>
-      <c r="D146" t="s">
+      <c r="F146" t="s">
         <v>1366</v>
       </c>
-      <c r="E146" t="s">
+      <c r="G146" t="s">
         <v>1367</v>
       </c>
-      <c r="F146" t="s">
+      <c r="H146" t="s">
         <v>1368</v>
       </c>
-      <c r="G146" t="s">
+      <c r="I146" t="s">
         <v>1369</v>
       </c>
-      <c r="H146" t="s">
+      <c r="J146" t="s">
+        <v>24</v>
+      </c>
+      <c r="K146" t="s">
+        <v>25</v>
+      </c>
+      <c r="L146" t="s">
+        <v>26</v>
+      </c>
+      <c r="M146" t="s">
+        <v>27</v>
+      </c>
+      <c r="N146" t="s">
+        <v>28</v>
+      </c>
+      <c r="O146" t="s">
         <v>1370</v>
-      </c>
-[...19 lines deleted...]
-        <v>1372</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>65016</v>
+        <v>65017</v>
       </c>
       <c r="B147" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D147" t="s">
         <v>1373</v>
       </c>
-      <c r="C147" t="s">
+      <c r="E147" t="s">
         <v>1374</v>
       </c>
-      <c r="D147" t="s">
+      <c r="F147" t="s">
         <v>1375</v>
       </c>
-      <c r="E147" t="s">
+      <c r="G147" t="s">
         <v>1376</v>
       </c>
-      <c r="F147" t="s">
+      <c r="H147" t="s">
         <v>1377</v>
       </c>
-      <c r="G147" t="s">
+      <c r="I147" t="s">
         <v>1378</v>
       </c>
-      <c r="H147" t="s">
+      <c r="J147" t="s">
+        <v>24</v>
+      </c>
+      <c r="K147" t="s">
         <v>1379</v>
       </c>
-      <c r="I147" t="s">
+      <c r="L147" t="s">
+        <v>26</v>
+      </c>
+      <c r="M147" t="s">
         <v>1380</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>65017</v>
+        <v>65019</v>
       </c>
       <c r="B148" t="s">
         <v>1382</v>
       </c>
       <c r="C148" t="s">
         <v>1383</v>
       </c>
       <c r="D148" t="s">
         <v>1384</v>
       </c>
       <c r="E148" t="s">
         <v>1385</v>
       </c>
       <c r="F148" t="s">
         <v>1386</v>
       </c>
       <c r="G148" t="s">
         <v>1387</v>
       </c>
       <c r="H148" t="s">
         <v>1388</v>
       </c>
       <c r="I148" t="s">
         <v>1389</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
+        <v>69</v>
+      </c>
+      <c r="L148" t="s">
+        <v>26</v>
+      </c>
+      <c r="M148" t="s">
+        <v>70</v>
+      </c>
+      <c r="N148" t="s">
+        <v>28</v>
+      </c>
+      <c r="O148" t="s">
         <v>1390</v>
-      </c>
-[...10 lines deleted...]
-        <v>1392</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>65019</v>
+        <v>65020</v>
       </c>
       <c r="B149" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D149" t="s">
         <v>1393</v>
       </c>
-      <c r="C149" t="s">
+      <c r="E149" t="s">
         <v>1394</v>
       </c>
-      <c r="D149" t="s">
+      <c r="F149" t="s">
         <v>1395</v>
       </c>
-      <c r="E149" t="s">
+      <c r="G149" t="s">
         <v>1396</v>
       </c>
-      <c r="F149" t="s">
+      <c r="H149" t="s">
         <v>1397</v>
       </c>
-      <c r="G149" t="s">
+      <c r="I149" t="s">
         <v>1398</v>
       </c>
-      <c r="H149" t="s">
+      <c r="J149" t="s">
+        <v>24</v>
+      </c>
+      <c r="K149" t="s">
         <v>1399</v>
       </c>
-      <c r="I149" t="s">
+      <c r="L149" t="s">
+        <v>26</v>
+      </c>
+      <c r="M149" t="s">
         <v>1400</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>65020</v>
+        <v>65021</v>
       </c>
       <c r="B150" t="s">
         <v>1402</v>
       </c>
       <c r="C150" t="s">
         <v>1403</v>
       </c>
       <c r="D150" t="s">
         <v>1404</v>
       </c>
       <c r="E150" t="s">
         <v>1405</v>
       </c>
       <c r="F150" t="s">
         <v>1406</v>
       </c>
       <c r="G150" t="s">
         <v>1407</v>
       </c>
       <c r="H150" t="s">
         <v>1408</v>
       </c>
       <c r="I150" t="s">
         <v>1409</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
+        <v>25</v>
+      </c>
+      <c r="L150" t="s">
+        <v>26</v>
+      </c>
+      <c r="M150" t="s">
+        <v>27</v>
+      </c>
+      <c r="N150" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" t="s">
         <v>1410</v>
-      </c>
-[...10 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>65021</v>
+        <v>65023</v>
       </c>
       <c r="B151" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D151" t="s">
         <v>1413</v>
       </c>
-      <c r="C151" t="s">
+      <c r="E151" t="s">
         <v>1414</v>
       </c>
-      <c r="D151" t="s">
+      <c r="F151" t="s">
         <v>1415</v>
       </c>
-      <c r="E151" t="s">
+      <c r="G151" t="s">
         <v>1416</v>
       </c>
-      <c r="F151" t="s">
+      <c r="H151" t="s">
         <v>1417</v>
       </c>
-      <c r="G151" t="s">
+      <c r="I151" t="s">
         <v>1418</v>
-      </c>
-[...4 lines deleted...]
-        <v>1420</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
         <v>25</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
         <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1421</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>65023</v>
+        <v>65026</v>
       </c>
       <c r="B152" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D152" t="s">
         <v>1422</v>
       </c>
-      <c r="C152" t="s">
+      <c r="E152" t="s">
         <v>1423</v>
       </c>
-      <c r="D152" t="s">
+      <c r="F152" t="s">
         <v>1424</v>
       </c>
-      <c r="E152" t="s">
+      <c r="G152" t="s">
         <v>1425</v>
       </c>
-      <c r="F152" t="s">
+      <c r="H152" t="s">
         <v>1426</v>
       </c>
-      <c r="G152" t="s">
+      <c r="I152" t="s">
         <v>1427</v>
-      </c>
-[...4 lines deleted...]
-        <v>1429</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>25</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>65026</v>
+        <v>65030</v>
       </c>
       <c r="B153" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D153" t="s">
         <v>1431</v>
       </c>
-      <c r="C153" t="s">
+      <c r="E153" t="s">
         <v>1432</v>
       </c>
-      <c r="D153" t="s">
+      <c r="F153" t="s">
         <v>1433</v>
       </c>
-      <c r="E153" t="s">
+      <c r="G153" t="s">
         <v>1434</v>
       </c>
-      <c r="F153" t="s">
+      <c r="H153" t="s">
         <v>1435</v>
       </c>
-      <c r="G153" t="s">
+      <c r="I153" t="s">
         <v>1436</v>
-      </c>
-[...4 lines deleted...]
-        <v>1438</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1439</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>65030</v>
+        <v>65031</v>
       </c>
       <c r="B154" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D154" t="s">
         <v>1440</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" t="s">
         <v>1441</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154" t="s">
         <v>1442</v>
       </c>
-      <c r="E154" t="s">
+      <c r="G154" t="s">
         <v>1443</v>
       </c>
-      <c r="F154" t="s">
+      <c r="H154" t="s">
         <v>1444</v>
       </c>
-      <c r="G154" t="s">
+      <c r="I154" t="s">
         <v>1445</v>
-      </c>
-[...4 lines deleted...]
-        <v>1447</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1448</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>65031</v>
+        <v>65032</v>
       </c>
       <c r="B155" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D155" t="s">
         <v>1449</v>
       </c>
-      <c r="C155" t="s">
+      <c r="E155" t="s">
         <v>1450</v>
       </c>
-      <c r="D155" t="s">
+      <c r="F155" t="s">
         <v>1451</v>
       </c>
-      <c r="E155" t="s">
+      <c r="G155" t="s">
         <v>1452</v>
       </c>
-      <c r="F155" t="s">
+      <c r="H155" t="s">
         <v>1453</v>
       </c>
-      <c r="G155" t="s">
+      <c r="I155" t="s">
         <v>1454</v>
       </c>
-      <c r="H155" t="s">
+      <c r="J155" t="s">
+        <v>24</v>
+      </c>
+      <c r="K155" t="s">
+        <v>69</v>
+      </c>
+      <c r="L155" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" t="s">
+        <v>70</v>
+      </c>
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
         <v>1455</v>
-      </c>
-[...19 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>65032</v>
+        <v>65033</v>
       </c>
       <c r="B156" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D156" t="s">
         <v>1458</v>
       </c>
-      <c r="C156" t="s">
+      <c r="E156" t="s">
         <v>1459</v>
       </c>
-      <c r="D156" t="s">
+      <c r="F156" t="s">
         <v>1460</v>
       </c>
-      <c r="E156" t="s">
+      <c r="G156" t="s">
         <v>1461</v>
       </c>
-      <c r="F156" t="s">
+      <c r="H156" t="s">
         <v>1462</v>
       </c>
-      <c r="G156" t="s">
+      <c r="I156" t="s">
         <v>1463</v>
       </c>
-      <c r="H156" t="s">
+      <c r="J156" t="s">
+        <v>24</v>
+      </c>
+      <c r="K156" t="s">
         <v>1464</v>
       </c>
-      <c r="I156" t="s">
+      <c r="L156" t="s">
+        <v>26</v>
+      </c>
+      <c r="M156" t="s">
         <v>1465</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
         <v>1466</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>65033</v>
+        <v>65034</v>
       </c>
       <c r="B157" t="s">
         <v>1467</v>
       </c>
       <c r="C157" t="s">
         <v>1468</v>
       </c>
       <c r="D157" t="s">
         <v>1469</v>
       </c>
       <c r="E157" t="s">
         <v>1470</v>
       </c>
       <c r="F157" t="s">
         <v>1471</v>
       </c>
       <c r="G157" t="s">
         <v>1472</v>
       </c>
       <c r="H157" t="s">
         <v>1473</v>
       </c>
       <c r="I157" t="s">
         <v>1474</v>
       </c>
       <c r="J157" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K157" t="s">
         <v>1475</v>
       </c>
       <c r="L157" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M157" t="s">
         <v>1476</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>65034</v>
+        <v>65035</v>
       </c>
       <c r="B158" t="s">
         <v>1478</v>
       </c>
       <c r="C158" t="s">
         <v>1479</v>
       </c>
       <c r="D158" t="s">
         <v>1480</v>
       </c>
       <c r="E158" t="s">
         <v>1481</v>
       </c>
       <c r="F158" t="s">
         <v>1482</v>
       </c>
       <c r="G158" t="s">
         <v>1483</v>
       </c>
       <c r="H158" t="s">
         <v>1484</v>
       </c>
       <c r="I158" t="s">
         <v>1485</v>
       </c>
       <c r="J158" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K158" t="s">
+        <v>25</v>
+      </c>
+      <c r="L158" t="s">
+        <v>26</v>
+      </c>
+      <c r="M158" t="s">
+        <v>27</v>
+      </c>
+      <c r="N158" t="s">
+        <v>28</v>
+      </c>
+      <c r="O158" t="s">
         <v>1486</v>
-      </c>
-[...10 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>65035</v>
+        <v>65036</v>
       </c>
       <c r="B159" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D159" t="s">
         <v>1489</v>
       </c>
-      <c r="C159" t="s">
+      <c r="E159" t="s">
         <v>1490</v>
       </c>
-      <c r="D159" t="s">
+      <c r="F159" t="s">
         <v>1491</v>
       </c>
-      <c r="E159" t="s">
+      <c r="G159" t="s">
         <v>1492</v>
       </c>
-      <c r="F159" t="s">
+      <c r="H159" t="s">
         <v>1493</v>
       </c>
-      <c r="G159" t="s">
+      <c r="I159" t="s">
         <v>1494</v>
-      </c>
-[...4 lines deleted...]
-        <v>1496</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
         <v>25</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
         <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>65036</v>
+        <v>65037</v>
       </c>
       <c r="B160" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D160" t="s">
         <v>1498</v>
       </c>
-      <c r="C160" t="s">
+      <c r="E160" t="s">
         <v>1499</v>
       </c>
-      <c r="D160" t="s">
+      <c r="F160" t="s">
         <v>1500</v>
       </c>
-      <c r="E160" t="s">
+      <c r="G160" t="s">
         <v>1501</v>
       </c>
-      <c r="F160" t="s">
+      <c r="H160" t="s">
         <v>1502</v>
       </c>
-      <c r="G160" t="s">
+      <c r="I160" t="s">
         <v>1503</v>
-      </c>
-[...4 lines deleted...]
-        <v>1505</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>25</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1506</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>65037</v>
+        <v>65038</v>
       </c>
       <c r="B161" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D161" t="s">
         <v>1507</v>
       </c>
-      <c r="C161" t="s">
+      <c r="E161" t="s">
         <v>1508</v>
       </c>
-      <c r="D161" t="s">
+      <c r="F161" t="s">
         <v>1509</v>
       </c>
-      <c r="E161" t="s">
+      <c r="G161" t="s">
         <v>1510</v>
       </c>
-      <c r="F161" t="s">
+      <c r="H161" t="s">
         <v>1511</v>
       </c>
-      <c r="G161" t="s">
+      <c r="I161" t="s">
         <v>1512</v>
       </c>
-      <c r="H161" t="s">
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" t="s">
+        <v>69</v>
+      </c>
+      <c r="L161" t="s">
+        <v>26</v>
+      </c>
+      <c r="M161" t="s">
+        <v>70</v>
+      </c>
+      <c r="N161" t="s">
+        <v>28</v>
+      </c>
+      <c r="O161" t="s">
         <v>1513</v>
-      </c>
-[...19 lines deleted...]
-        <v>1515</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>65038</v>
+        <v>65039</v>
       </c>
       <c r="B162" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D162" t="s">
         <v>1516</v>
       </c>
-      <c r="C162" t="s">
+      <c r="E162" t="s">
         <v>1517</v>
       </c>
-      <c r="D162" t="s">
+      <c r="F162" t="s">
         <v>1518</v>
       </c>
-      <c r="E162" t="s">
+      <c r="G162" t="s">
         <v>1519</v>
       </c>
-      <c r="F162" t="s">
+      <c r="H162" t="s">
         <v>1520</v>
       </c>
-      <c r="G162" t="s">
+      <c r="I162" t="s">
         <v>1521</v>
-      </c>
-[...4 lines deleted...]
-        <v>1523</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>69</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>70</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>65039</v>
+        <v>65040</v>
       </c>
       <c r="B163" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D163" t="s">
         <v>1525</v>
       </c>
-      <c r="C163" t="s">
+      <c r="E163" t="s">
         <v>1526</v>
       </c>
-      <c r="D163" t="s">
+      <c r="F163" t="s">
         <v>1527</v>
       </c>
-      <c r="E163" t="s">
+      <c r="G163" t="s">
         <v>1528</v>
       </c>
-      <c r="F163" t="s">
+      <c r="H163" t="s">
         <v>1529</v>
       </c>
-      <c r="G163" t="s">
+      <c r="I163" t="s">
         <v>1530</v>
       </c>
-      <c r="H163" t="s">
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
+        <v>442</v>
+      </c>
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" t="s">
+        <v>443</v>
+      </c>
+      <c r="N163" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" t="s">
         <v>1531</v>
-      </c>
-[...19 lines deleted...]
-        <v>1533</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>65040</v>
+        <v>65044</v>
       </c>
       <c r="B164" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D164" t="s">
         <v>1534</v>
       </c>
-      <c r="C164" t="s">
+      <c r="E164" t="s">
         <v>1535</v>
       </c>
-      <c r="D164" t="s">
+      <c r="F164" t="s">
         <v>1536</v>
       </c>
-      <c r="E164" t="s">
+      <c r="G164" t="s">
         <v>1537</v>
       </c>
-      <c r="F164" t="s">
+      <c r="H164" t="s">
         <v>1538</v>
       </c>
-      <c r="G164" t="s">
+      <c r="I164" t="s">
         <v>1539</v>
       </c>
-      <c r="H164" t="s">
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="K164" t="s">
+        <v>25</v>
+      </c>
+      <c r="L164" t="s">
+        <v>26</v>
+      </c>
+      <c r="M164" t="s">
+        <v>27</v>
+      </c>
+      <c r="N164" t="s">
+        <v>28</v>
+      </c>
+      <c r="O164" t="s">
         <v>1540</v>
-      </c>
-[...19 lines deleted...]
-        <v>1542</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>65044</v>
+        <v>65045</v>
       </c>
       <c r="B165" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D165" t="s">
         <v>1543</v>
       </c>
-      <c r="C165" t="s">
+      <c r="E165" t="s">
         <v>1544</v>
       </c>
-      <c r="D165" t="s">
+      <c r="F165" t="s">
         <v>1545</v>
       </c>
-      <c r="E165" t="s">
+      <c r="G165" t="s">
         <v>1546</v>
       </c>
-      <c r="F165" t="s">
+      <c r="H165" t="s">
         <v>1547</v>
       </c>
-      <c r="G165" t="s">
+      <c r="I165" t="s">
         <v>1548</v>
       </c>
-      <c r="H165" t="s">
+      <c r="J165" t="s">
         <v>1549</v>
       </c>
-      <c r="I165" t="s">
+      <c r="K165" t="s">
         <v>1550</v>
       </c>
-      <c r="J165" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L165" t="s">
-        <v>26</v>
+        <v>1551</v>
       </c>
       <c r="M165" t="s">
-        <v>27</v>
+        <v>1552</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>65045</v>
+        <v>65046</v>
       </c>
       <c r="B166" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="C166" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="D166" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="E166" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="F166" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="G166" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="H166" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="I166" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="J166" t="s">
-        <v>1560</v>
+        <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>1561</v>
+        <v>122</v>
       </c>
       <c r="L166" t="s">
+        <v>26</v>
+      </c>
+      <c r="M166" t="s">
+        <v>123</v>
+      </c>
+      <c r="N166" t="s">
+        <v>28</v>
+      </c>
+      <c r="O166" t="s">
         <v>1562</v>
-      </c>
-[...7 lines deleted...]
-        <v>1564</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>65046</v>
+        <v>65047</v>
       </c>
       <c r="B167" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D167" t="s">
         <v>1565</v>
       </c>
-      <c r="C167" t="s">
+      <c r="E167" t="s">
         <v>1566</v>
       </c>
-      <c r="D167" t="s">
+      <c r="F167" t="s">
         <v>1567</v>
       </c>
-      <c r="E167" t="s">
+      <c r="G167" t="s">
         <v>1568</v>
       </c>
-      <c r="F167" t="s">
+      <c r="H167" t="s">
         <v>1569</v>
       </c>
-      <c r="G167" t="s">
+      <c r="I167" t="s">
         <v>1570</v>
       </c>
-      <c r="H167" t="s">
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="K167" t="s">
+        <v>1550</v>
+      </c>
+      <c r="L167" t="s">
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
+        <v>1552</v>
+      </c>
+      <c r="N167" t="s">
+        <v>28</v>
+      </c>
+      <c r="O167" t="s">
         <v>1571</v>
-      </c>
-[...19 lines deleted...]
-        <v>1573</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>65047</v>
+        <v>65049</v>
       </c>
       <c r="B168" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D168" t="s">
         <v>1574</v>
       </c>
-      <c r="C168" t="s">
+      <c r="E168" t="s">
         <v>1575</v>
       </c>
-      <c r="D168" t="s">
+      <c r="F168" t="s">
         <v>1576</v>
       </c>
-      <c r="E168" t="s">
+      <c r="G168" t="s">
         <v>1577</v>
       </c>
-      <c r="F168" t="s">
+      <c r="H168" t="s">
         <v>1578</v>
       </c>
-      <c r="G168" t="s">
+      <c r="I168" t="s">
         <v>1579</v>
       </c>
-      <c r="H168" t="s">
+      <c r="J168" t="s">
+        <v>24</v>
+      </c>
+      <c r="K168" t="s">
+        <v>272</v>
+      </c>
+      <c r="L168" t="s">
+        <v>26</v>
+      </c>
+      <c r="M168" t="s">
+        <v>273</v>
+      </c>
+      <c r="N168" t="s">
+        <v>28</v>
+      </c>
+      <c r="O168" t="s">
         <v>1580</v>
-      </c>
-[...19 lines deleted...]
-        <v>1582</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>65049</v>
+        <v>65050</v>
       </c>
       <c r="B169" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D169" t="s">
         <v>1583</v>
       </c>
-      <c r="C169" t="s">
+      <c r="E169" t="s">
         <v>1584</v>
       </c>
-      <c r="D169" t="s">
+      <c r="F169" t="s">
         <v>1585</v>
       </c>
-      <c r="E169" t="s">
+      <c r="G169" t="s">
         <v>1586</v>
       </c>
-      <c r="F169" t="s">
+      <c r="H169" t="s">
         <v>1587</v>
       </c>
-      <c r="G169" t="s">
+      <c r="I169" t="s">
         <v>1588</v>
       </c>
-      <c r="H169" t="s">
+      <c r="J169" t="s">
+        <v>24</v>
+      </c>
+      <c r="K169" t="s">
+        <v>25</v>
+      </c>
+      <c r="L169" t="s">
+        <v>26</v>
+      </c>
+      <c r="M169" t="s">
+        <v>27</v>
+      </c>
+      <c r="N169" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" t="s">
         <v>1589</v>
-      </c>
-[...19 lines deleted...]
-        <v>1591</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>65050</v>
+        <v>65051</v>
       </c>
       <c r="B170" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D170" t="s">
         <v>1592</v>
       </c>
-      <c r="C170" t="s">
+      <c r="E170" t="s">
         <v>1593</v>
       </c>
-      <c r="D170" t="s">
+      <c r="F170" t="s">
         <v>1594</v>
       </c>
-      <c r="E170" t="s">
+      <c r="G170" t="s">
         <v>1595</v>
       </c>
-      <c r="F170" t="s">
+      <c r="H170" t="s">
         <v>1596</v>
       </c>
-      <c r="G170" t="s">
+      <c r="I170" t="s">
         <v>1597</v>
       </c>
-      <c r="H170" t="s">
+      <c r="J170" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" t="s">
+        <v>90</v>
+      </c>
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
+        <v>92</v>
+      </c>
+      <c r="N170" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" t="s">
         <v>1598</v>
-      </c>
-[...19 lines deleted...]
-        <v>1600</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>65051</v>
+        <v>65053</v>
       </c>
       <c r="B171" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D171" t="s">
         <v>1601</v>
       </c>
-      <c r="C171" t="s">
+      <c r="E171" t="s">
         <v>1602</v>
       </c>
-      <c r="D171" t="s">
+      <c r="F171" t="s">
         <v>1603</v>
       </c>
-      <c r="E171" t="s">
+      <c r="G171" t="s">
         <v>1604</v>
       </c>
-      <c r="F171" t="s">
+      <c r="H171" t="s">
         <v>1605</v>
       </c>
-      <c r="G171" t="s">
+      <c r="I171" t="s">
         <v>1606</v>
       </c>
-      <c r="H171" t="s">
+      <c r="J171" t="s">
+        <v>24</v>
+      </c>
+      <c r="K171" t="s">
+        <v>69</v>
+      </c>
+      <c r="L171" t="s">
+        <v>26</v>
+      </c>
+      <c r="M171" t="s">
+        <v>70</v>
+      </c>
+      <c r="N171" t="s">
+        <v>28</v>
+      </c>
+      <c r="O171" t="s">
         <v>1607</v>
-      </c>
-[...19 lines deleted...]
-        <v>1609</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>65053</v>
+        <v>65054</v>
       </c>
       <c r="B172" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D172" t="s">
         <v>1610</v>
       </c>
-      <c r="C172" t="s">
+      <c r="E172" t="s">
         <v>1611</v>
       </c>
-      <c r="D172" t="s">
+      <c r="F172" t="s">
         <v>1612</v>
       </c>
-      <c r="E172" t="s">
+      <c r="G172" t="s">
         <v>1613</v>
       </c>
-      <c r="F172" t="s">
+      <c r="H172" t="s">
         <v>1614</v>
       </c>
-      <c r="G172" t="s">
+      <c r="I172" t="s">
         <v>1615</v>
       </c>
-      <c r="H172" t="s">
+      <c r="J172" t="s">
+        <v>89</v>
+      </c>
+      <c r="K172" t="s">
+        <v>38</v>
+      </c>
+      <c r="L172" t="s">
+        <v>91</v>
+      </c>
+      <c r="M172" t="s">
+        <v>39</v>
+      </c>
+      <c r="N172" t="s">
+        <v>28</v>
+      </c>
+      <c r="O172" t="s">
         <v>1616</v>
-      </c>
-[...19 lines deleted...]
-        <v>1618</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>65054</v>
+        <v>65055</v>
       </c>
       <c r="B173" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D173" t="s">
         <v>1619</v>
       </c>
-      <c r="C173" t="s">
+      <c r="E173" t="s">
         <v>1620</v>
       </c>
-      <c r="D173" t="s">
+      <c r="F173" t="s">
         <v>1621</v>
       </c>
-      <c r="E173" t="s">
+      <c r="G173" t="s">
         <v>1622</v>
       </c>
-      <c r="F173" t="s">
+      <c r="H173" t="s">
         <v>1623</v>
       </c>
-      <c r="G173" t="s">
+      <c r="I173" t="s">
         <v>1624</v>
       </c>
-      <c r="H173" t="s">
+      <c r="J173" t="s">
+        <v>24</v>
+      </c>
+      <c r="K173" t="s">
+        <v>1475</v>
+      </c>
+      <c r="L173" t="s">
+        <v>26</v>
+      </c>
+      <c r="M173" t="s">
+        <v>1476</v>
+      </c>
+      <c r="N173" t="s">
+        <v>28</v>
+      </c>
+      <c r="O173" t="s">
         <v>1625</v>
-      </c>
-[...19 lines deleted...]
-        <v>1627</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>65055</v>
+        <v>65058</v>
       </c>
       <c r="B174" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D174" t="s">
         <v>1628</v>
       </c>
-      <c r="C174" t="s">
+      <c r="E174" t="s">
         <v>1629</v>
       </c>
-      <c r="D174" t="s">
+      <c r="F174" t="s">
         <v>1630</v>
       </c>
-      <c r="E174" t="s">
+      <c r="G174" t="s">
         <v>1631</v>
       </c>
-      <c r="F174" t="s">
+      <c r="H174" t="s">
         <v>1632</v>
       </c>
-      <c r="G174" t="s">
+      <c r="I174" t="s">
         <v>1633</v>
       </c>
-      <c r="H174" t="s">
+      <c r="J174" t="s">
+        <v>89</v>
+      </c>
+      <c r="K174" t="s">
+        <v>58</v>
+      </c>
+      <c r="L174" t="s">
+        <v>91</v>
+      </c>
+      <c r="M174" t="s">
+        <v>59</v>
+      </c>
+      <c r="N174" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" t="s">
         <v>1634</v>
-      </c>
-[...19 lines deleted...]
-        <v>1636</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>65058</v>
+        <v>65059</v>
       </c>
       <c r="B175" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D175" t="s">
         <v>1637</v>
       </c>
-      <c r="C175" t="s">
+      <c r="E175" t="s">
         <v>1638</v>
       </c>
-      <c r="D175" t="s">
+      <c r="F175" t="s">
         <v>1639</v>
       </c>
-      <c r="E175" t="s">
+      <c r="G175" t="s">
         <v>1640</v>
       </c>
-      <c r="F175" t="s">
+      <c r="H175" t="s">
         <v>1641</v>
       </c>
-      <c r="G175" t="s">
+      <c r="I175" t="s">
         <v>1642</v>
       </c>
-      <c r="H175" t="s">
+      <c r="J175" t="s">
+        <v>24</v>
+      </c>
+      <c r="K175" t="s">
+        <v>69</v>
+      </c>
+      <c r="L175" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" t="s">
+        <v>70</v>
+      </c>
+      <c r="N175" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" t="s">
         <v>1643</v>
-      </c>
-[...19 lines deleted...]
-        <v>1645</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>65059</v>
+        <v>65060</v>
       </c>
       <c r="B176" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D176" t="s">
         <v>1646</v>
       </c>
-      <c r="C176" t="s">
+      <c r="E176" t="s">
         <v>1647</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176" t="s">
         <v>1648</v>
       </c>
-      <c r="E176" t="s">
+      <c r="G176" t="s">
         <v>1649</v>
       </c>
-      <c r="F176" t="s">
+      <c r="H176" t="s">
         <v>1650</v>
       </c>
-      <c r="G176" t="s">
+      <c r="I176" t="s">
         <v>1651</v>
       </c>
-      <c r="H176" t="s">
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
+        <v>122</v>
+      </c>
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
+        <v>123</v>
+      </c>
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
         <v>1652</v>
-      </c>
-[...19 lines deleted...]
-        <v>1654</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>65060</v>
+        <v>65062</v>
       </c>
       <c r="B177" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D177" t="s">
         <v>1655</v>
       </c>
-      <c r="C177" t="s">
+      <c r="E177" t="s">
         <v>1656</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177" t="s">
         <v>1657</v>
       </c>
-      <c r="E177" t="s">
+      <c r="G177" t="s">
         <v>1658</v>
       </c>
-      <c r="F177" t="s">
+      <c r="H177" t="s">
         <v>1659</v>
       </c>
-      <c r="G177" t="s">
+      <c r="I177" t="s">
         <v>1660</v>
       </c>
-      <c r="H177" t="s">
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>25</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>27</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
         <v>1661</v>
-      </c>
-[...19 lines deleted...]
-        <v>1663</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>65062</v>
+        <v>65065</v>
       </c>
       <c r="B178" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D178" t="s">
         <v>1664</v>
       </c>
-      <c r="C178" t="s">
+      <c r="E178" t="s">
         <v>1665</v>
       </c>
-      <c r="D178" t="s">
+      <c r="F178" t="s">
         <v>1666</v>
       </c>
-      <c r="E178" t="s">
+      <c r="G178" t="s">
         <v>1667</v>
       </c>
-      <c r="F178" t="s">
+      <c r="H178" t="s">
         <v>1668</v>
       </c>
-      <c r="G178" t="s">
+      <c r="I178" t="s">
         <v>1669</v>
       </c>
-      <c r="H178" t="s">
+      <c r="J178" t="s">
         <v>1670</v>
       </c>
-      <c r="I178" t="s">
+      <c r="K178" t="s">
+        <v>442</v>
+      </c>
+      <c r="L178" t="s">
         <v>1671</v>
       </c>
-      <c r="J178" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M178" t="s">
-        <v>27</v>
+        <v>443</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>65065</v>
+        <v>65068</v>
       </c>
       <c r="B179" t="s">
         <v>1673</v>
       </c>
       <c r="C179" t="s">
         <v>1674</v>
       </c>
       <c r="D179" t="s">
         <v>1675</v>
       </c>
       <c r="E179" t="s">
         <v>1676</v>
       </c>
       <c r="F179" t="s">
         <v>1677</v>
       </c>
       <c r="G179" t="s">
         <v>1678</v>
       </c>
       <c r="H179" t="s">
         <v>1679</v>
       </c>
       <c r="I179" t="s">
         <v>1680</v>
       </c>
       <c r="J179" t="s">
+        <v>24</v>
+      </c>
+      <c r="K179" t="s">
+        <v>25</v>
+      </c>
+      <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
+        <v>27</v>
+      </c>
+      <c r="N179" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" t="s">
         <v>1681</v>
-      </c>
-[...13 lines deleted...]
-        <v>1683</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>65068</v>
+        <v>65069</v>
       </c>
       <c r="B180" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D180" t="s">
         <v>1684</v>
       </c>
-      <c r="C180" t="s">
+      <c r="E180" t="s">
         <v>1685</v>
       </c>
-      <c r="D180" t="s">
+      <c r="F180" t="s">
         <v>1686</v>
       </c>
-      <c r="E180" t="s">
+      <c r="G180" t="s">
         <v>1687</v>
       </c>
-      <c r="F180" t="s">
+      <c r="H180" t="s">
         <v>1688</v>
       </c>
-      <c r="G180" t="s">
+      <c r="I180" t="s">
         <v>1689</v>
       </c>
-      <c r="H180" t="s">
+      <c r="J180" t="s">
+        <v>24</v>
+      </c>
+      <c r="K180" t="s">
+        <v>69</v>
+      </c>
+      <c r="L180" t="s">
+        <v>26</v>
+      </c>
+      <c r="M180" t="s">
+        <v>70</v>
+      </c>
+      <c r="N180" t="s">
+        <v>28</v>
+      </c>
+      <c r="O180" t="s">
         <v>1690</v>
-      </c>
-[...19 lines deleted...]
-        <v>1692</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>65069</v>
+        <v>65073</v>
       </c>
       <c r="B181" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D181" t="s">
         <v>1693</v>
       </c>
-      <c r="C181" t="s">
+      <c r="E181" t="s">
         <v>1694</v>
       </c>
-      <c r="D181" t="s">
+      <c r="F181" t="s">
         <v>1695</v>
       </c>
-      <c r="E181" t="s">
+      <c r="G181" t="s">
         <v>1696</v>
       </c>
-      <c r="F181" t="s">
+      <c r="H181" t="s">
         <v>1697</v>
       </c>
-      <c r="G181" t="s">
+      <c r="I181" t="s">
         <v>1698</v>
       </c>
-      <c r="H181" t="s">
+      <c r="J181" t="s">
+        <v>24</v>
+      </c>
+      <c r="K181" t="s">
+        <v>25</v>
+      </c>
+      <c r="L181" t="s">
+        <v>26</v>
+      </c>
+      <c r="M181" t="s">
+        <v>27</v>
+      </c>
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
         <v>1699</v>
-      </c>
-[...19 lines deleted...]
-        <v>1701</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>65073</v>
+        <v>66512</v>
       </c>
       <c r="B182" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E182" t="s">
         <v>1702</v>
       </c>
-      <c r="C182" t="s">
+      <c r="F182" t="s">
         <v>1703</v>
       </c>
-      <c r="D182" t="s">
+      <c r="G182" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I182" t="s">
+        <v>1219</v>
+      </c>
+      <c r="J182" t="s">
+        <v>24</v>
+      </c>
+      <c r="K182" t="s">
         <v>1704</v>
       </c>
-      <c r="E182" t="s">
+      <c r="L182" t="s">
+        <v>26</v>
+      </c>
+      <c r="M182" t="s">
         <v>1705</v>
       </c>
-      <c r="F182" t="s">
+      <c r="N182" t="s">
+        <v>28</v>
+      </c>
+      <c r="O182" t="s">
         <v>1706</v>
-      </c>
-[...25 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>66512</v>
+        <v>66515</v>
       </c>
       <c r="B183" t="s">
-        <v>1223</v>
+        <v>1707</v>
       </c>
       <c r="C183" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F183" t="s">
         <v>1711</v>
       </c>
-      <c r="D183" t="s">
+      <c r="G183" t="s">
+        <v>325</v>
+      </c>
+      <c r="H183" t="s">
         <v>1712</v>
       </c>
-      <c r="E183" t="s">
+      <c r="I183" t="s">
         <v>1713</v>
       </c>
-      <c r="F183" t="s">
+      <c r="J183" t="s">
+        <v>24</v>
+      </c>
+      <c r="K183" t="s">
+        <v>1704</v>
+      </c>
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1705</v>
+      </c>
+      <c r="N183" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" t="s">
         <v>1714</v>
-      </c>
-[...25 lines deleted...]
-        <v>1717</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>66515</v>
+        <v>66516</v>
       </c>
       <c r="B184" t="s">
+        <v>311</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F184" t="s">
         <v>1718</v>
       </c>
-      <c r="C184" t="s">
+      <c r="G184" t="s">
         <v>1719</v>
       </c>
-      <c r="D184" t="s">
+      <c r="H184" t="s">
         <v>1720</v>
       </c>
-      <c r="E184" t="s">
+      <c r="I184" t="s">
+        <v>318</v>
+      </c>
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="K184" t="s">
+        <v>69</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>70</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
         <v>1721</v>
-      </c>
-[...28 lines deleted...]
-        <v>1725</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>66516</v>
+        <v>66520</v>
       </c>
       <c r="B185" t="s">
-        <v>322</v>
+        <v>1722</v>
       </c>
       <c r="C185" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F185" t="s">
         <v>1726</v>
       </c>
-      <c r="D185" t="s">
+      <c r="G185" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H185" t="s">
         <v>1727</v>
       </c>
-      <c r="E185" t="s">
+      <c r="I185" t="s">
         <v>1728</v>
       </c>
-      <c r="F185" t="s">
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>25</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>27</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
         <v>1729</v>
-      </c>
-[...25 lines deleted...]
-        <v>1732</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>66520</v>
+        <v>66523</v>
       </c>
       <c r="B186" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1731</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F186" t="s">
         <v>1733</v>
       </c>
-      <c r="C186" t="s">
+      <c r="G186" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H186" t="s">
         <v>1734</v>
       </c>
-      <c r="D186" t="s">
+      <c r="I186" t="s">
         <v>1735</v>
       </c>
-      <c r="E186" t="s">
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
+        <v>122</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>123</v>
+      </c>
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
         <v>1736</v>
-      </c>
-[...28 lines deleted...]
-        <v>1740</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>66523</v>
+        <v>66524</v>
       </c>
       <c r="B187" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1740</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H187" t="s">
         <v>1741</v>
       </c>
-      <c r="C187" t="s">
-[...2 lines deleted...]
-      <c r="D187" t="s">
+      <c r="I187" t="s">
+        <v>1728</v>
+      </c>
+      <c r="J187" t="s">
+        <v>24</v>
+      </c>
+      <c r="K187" t="s">
+        <v>69</v>
+      </c>
+      <c r="L187" t="s">
+        <v>26</v>
+      </c>
+      <c r="M187" t="s">
+        <v>70</v>
+      </c>
+      <c r="N187" t="s">
+        <v>28</v>
+      </c>
+      <c r="O187" t="s">
         <v>1742</v>
-      </c>
-[...78 lines deleted...]
-        <v>1753</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">