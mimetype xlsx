--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,1380 +12,1380 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1238">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Ελληνικά
 # Source: https://hadeethenc.com/el
-# Last update: 2025-03-16 18:45:41 (v1.2.0)
-# Check for updates: https://hadeethenc.com/en/check/el/v1.2.0
+# Last update: 2025-11-12 00:04:00 (v1.4.0)
+# Check for updates: https://hadeethenc.com/en/check/el/v1.4.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>Όποιος εκπληρώσει το Χατζ (προσκύνημα) για χάρη του Αλλάχ, ενώ απέχει (κατά τη διάρκειά του) από τη σεξουαλική επαφή και τις αμαρτίες, θα επιστρέψει (απαλλαγμένος από τις προηγούμενες αμαρτίες του) σαν να είχε μόλις γεννηθεί από τη μητέρα του</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι άκουσε τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Όποιος εκπληρώσει το Χατζ (προσκύνημα) για χάρη του Αλλάχ, ενώ απέχει (κατά τη διάρκειά του) από τη σεξουαλική επαφή και τις αμαρτίες, θα επιστρέψει (απαλλαγμένος από τις προηγούμενες αμαρτίες του) σαν να είχε μόλις γεννηθεί από τη μητέρα του.»</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) επισημαίνει ότι όποιος εκπληρώσει το Χατζ (προσκύνημα) για χάρη του Αλλάχ, ενώ απέχει κατά τη διάρκειά του από τη σεξουαλική επαφή, τα προκαταρκτικά, κάθε αμαρτία και κάθε κακή πράξη, και από όλες τις πράξεις που απαγορεύονται κατά την κατάσταση του Ιχράμ, θα επιστρέψει από το προσκύνημα απαλλαγμένος από τις προηγούμενες αμαρτίες του, σαν να είχε μόλις γεννηθεί εκ νέου.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Αν και οι αμαρτίες απαγορεύονται ανά πάσα στιγμή, η απαγόρευσή τους γίνεται ακόμη πιο αυστηρή κατά τη διάρκεια του Χατζ, ως ένδειξη σεβασμού προς τις τελετουργίες του.
 Κάθε άνθρωπος γεννιέται απαλλαγμένος από αμαρτίες και δεν είναι υπεύθυνος για τις αμαρτίες των άλλων.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[صحيح]</t>
   </si>
   <si>
     <t>[متفق عليه]</t>
   </si>
   <si>
     <t>el</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/2758</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Αν κάποιος αγαπά τον Μουσουλμάνο αδερφό του, ας του το πει</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Ο Αλ-Μικντάμ μπιν Μά‘ντι-καρεμπ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε, ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Αν κάποιος αγαπά τον Μουσουλμάνο αδερφό του, ας του το πει.»</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) δείχνει ένα από τα μέσα που ενισχύουν τους δεσμούς μεταξύ των πιστών και διαδίδουν την αγάπη ανάμεσά τους: αν κάποιος αγαπά τον Μουσουλμάνο αδερφό του, ας του το πει.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή της αγάπης για χάρη του Αλλάχ, χωρίς εγκόσμια συμφέροντα.
 Επισημαίνει ότι είναι επιθυμητό ένας Μουσουλμάνος να πει στον Μουσουλμάνο αδερφό του πως τον αγαπά για χάρη του Αλλάχ, ώστε να αυξάνεται η αγάπη μεταξύ τους.
 Επισημαίνει ότι η διάδοση της αγάπης μεταξύ των πιστών ενισχύει την αδελφοσύνη στην πίστη και προστατεύει την κοινωνία από τη διάσπαση και την αποδυνάμωσή της.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3017</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Αποφύγετε τις επτά καταστροφικές αμαρτίες</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Αποφύγετε τις επτά καταστροφικές αμαρτίες.» Ρώτησαν: «Ω, Αγγελιαφόρε του Αλλάχ! Ποιες είναι αυτές;» Είπε: «Η απόδοση εταίρων στον Αλλάχ στη λατρεία, η μαγεία, ο φόνος μιας ψυχής που ο Αλλάχ έχει απαγορεύσει να θανατωθεί (δηλαδή οποιασδήποτε ψυχής), εκτός αν υπάρχει δίκαιη αιτία (όπως στην περίπτωση ενός δολοφόνου), η λήψη τόκων (Ρίμπα), η καταπάτηση της περιουσίας ενός ορφανού, η φυγή από το πεδίο της μάχης και η κατηγορία για μοιχεία κατά αγνών πιστών γυναικών, που ποτέ δεν έχουν σκεφτεί τίποτα που να αγγίζει την αγνότητά τους.»</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) διέταξε τους Μουσουλμάνους να αποφεύγουν επτά καταστροφικές αμαρτίες. Όταν ρωτήθηκε ποιες είναι, τις περιέγραψε ως εξής:
 Πρώτον: Η απόδοση εταίρων στον Αλλάχ στη λατρεία, δηλαδή το να θεωρεί κάποιος οποιονδήποτε ή οτιδήποτε ίσο ή παρόμοιο με Αυτόν και να αφιερώνει οποιαδήποτε πράξη λατρείας σε άλλους εκτός από τον Παντοδύναμο Αλλάχ. Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ανέφερε πρώτα τον πολυθεϊσμό, διότι είναι το μεγαλύτερο και βαρύτερο αμάρτημα.
 Δεύτερον: Η μαγεία, η οποία περιλαμβάνει κόμπους, ξόρκια και καπνούς. Επηρεάζει το σώμα του μαγεμένου ατόμου, με αποτέλεσμα να αρρωστήσει ή ακόμα και να πεθάνει. Επίσης, μπορεί να προκαλέσει διαζύγιο ή διχόνοια μεταξύ των συζύγων. Η μαγεία είναι μια σατανική πράξη και, στις περισσότερες περιπτώσεις, δεν μπορεί να εκτελεστεί παρά μόνο μέσω πολυθεϊστικών πρακτικών και της ικανοποίησης των κακών πνευμάτων, κάνοντας ό,τι τους ευχαριστεί.
 Τρίτον: Ο φόνος μιας ψυχής που ο Αλλάχ έχει απαγορεύσει να θανατωθεί, δηλαδή οποιασδήποτε ψυχής, εκτός αν υπάρχει δίκαιη αιτία, όταν το δίκαιο το απαιτεί. Όπως στην περίπτωση ενός δολοφόνου, όπου η εκτέλεση πρέπει να πραγματοποιείται με εντολή του δικαστή.
 Τέταρτον: Η λήψη τόκων (Ρίμπα).
 Πέμπτον: Η καταπάτηση ή η καταστροφή της περιουσίας ενός ορφανού.
 Έκτον: Η φυγή από το πεδίο της μάχης.
 Έβδομον: Η κατηγορία για μοιχεία κατά αγνών πιστών γυναικών, καθώς και η ψευδής κατηγορία κατά αθώων ανδρών.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Τα μεγάλα αμαρτήματα δεν περιορίζονται σε επτά· όμως, αυτά τα επτά ξεχωρίζουν λόγω της σοβαρότητας και της επικινδυνότητάς τους.
 Ένας δικαστής μπορεί να καταδικάσει ένα άτομο σε θανατική ποινή για λόγους δικαιοσύνης, όπως στην περίπτωση καταδικασμένου δολοφόνου.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Ω, Αλλάχ! Μην κάνεις τον τάφο μου είδωλο</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ω, Αλλάχ! Μην κάνεις τον τάφο μου είδωλο (στο οποίο οι άνθρωποι πηγαίνουν για να το δοξάζουν και να το λατρεύουν).» «Ο Αλλάχ έχει καταραστεί εκείνους που πήραν τους τάφους των προφητών τους ως τόπους λατρείας.»</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) επικαλέστηκε τον Κύριό του να μην επιτρέψει ο τάφος του να γίνει είδωλο, το οποίο οι άνθρωποι θα λατρεύουν, δοξάζοντάς τον και λαμβάνοντάς τον ως κατεύθυνση προσευχής. Στη συνέχεια, ο Προφήτης (ﷺ) ενημέρωσε ότι ο Παντοδύναμος Αλλάχ απέκλεισε από το έλεός Του όσους μετέτρεψαν τους τάφους των προφητών σε τόπους λατρείας, διότι αυτό μπορεί να οδηγήσει στη λατρεία αυτών των τάφων και στην πίστη σε αυτούς.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Η υπέρβαση των ορίων που έχει θέσει η Σαρία σχετικά με τους τάφους των προφητών και των δικαίων ανθρώπων, μπορεί να τους μετατρέψει σε είδωλα που λατρεύονται αντί του Αλλάχ. Επομένως, πρέπει να είμαστε προσεκτικοί απέναντι σε ό,τι οδηγεί στον πολυθεϊσμό.
 Δεν πρέπει κανείς να πηγαίνει στους τάφους για να τους δοξάζει, να αποδίδει σεβασμό σε αυτούς ή να τους μετατρέπει σε τόπους λατρείας, ανεξάρτητα από το πόσο ευσεβείς ήταν όσοι είναι θαμμένοι εκεί.
 Το Χαντίθ επισημαίνει την απαγόρευση της ανέγερσης τζαμιών πάνω από τους τάφους.
 Το Χαντίθ επισημαίνει την απαγόρευση της προσευχής πάνω από τάφους, με εξαίρεση την επικήδεια προσευχή (Σαλάτου Αλ-Τζανάζα), εφόσον δεν έχει ήδη τελεστεί.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[رواه أحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3336</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>Εγώ είμαι ο πιο απαλλαγμένος από την ανάγκη για εταίρους στη λατρεία. Όποιος πράττει μια πράξη λατρείας και Μου αποδίδει σε αυτή εταίρους, τον εγκαταλείπω – τόσο αυτόν όσο και την πράξη πολυθεϊσμού του</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο Ύψιστος Αλλάχ είπε: «Εγώ είμαι ο πιο απαλλαγμένος από την ανάγκη για εταίρους στη λατρεία. Όποιος πράττει μια πράξη λατρείας και Μου αποδίδει σε αυτή εταίρους, τον εγκαταλείπω – τόσο αυτόν όσο και την πράξη πολυθεϊσμού του.».»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι ο Παντοδύναμος Αλλάχ είπε πως είναι ο πιο απαλλαγμένος από την ανάγκη για εταίρους στη λατρεία, καθώς είναι ο Αυτάρκης και δεν έχει καμία ανάγκη από οτιδήποτε. Εάν κάποιος εκτελέσει μια πράξη λατρείας, αλλά αποδώσει στον Αλλάχ εταίρους σε αυτήν την πράξη, τότε ο Αλλάχ θα απορρίψει αυτή την πράξη και δεν θα τη δεχθεί από αυτόν, καθώς αποτελεί πράξη πολυθεϊσμού. Επομένως, πρέπει να αφιερώνουμε τις πράξεις λατρείας μας αποκλειστικά στον Παντοδύναμο Αλλάχ, διότι Αυτός δεν δέχεται παρά μόνο τις πράξεις λατρείας που προσφέρονται αποκλειστικά σε Αυτόν.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Το Χαντίθ προειδοποιεί για τον πολυθεϊσμό σε όλες τις μορφές του και ενημερώνει ότι αυτός εμποδίζει την αποδοχή των καλών πράξεων, καθιστώντας τις μάταιες.
 Η σκέψη για την αυτάρκεια και τη μεγαλοπρέπεια του Αλλάχ μάς βοηθά να πράττουμε καλές πράξεις με αφοσίωση αποκλειστικά σε Αυτόν.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[رواه مسلم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3342</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>Αρνούμαι ενώπιον του Αλλάχ να έχω οποιονδήποτε από εσάς ως Χαλίλ (δηλαδή κάποιον που να φτάσει στο υψηλότερο επίπεδο αγάπης, διότι η αγάπη μου προς τον Αλλάχ έχει ήδη γεμίσει όλη την καρδιά μου). Ο Αλλάχ με επέλεξε ως Χαλίλ (σε υψηλή θέση στην αγάπη Του), όπως επέλεξε τον Ιμπραήμ (Αβραάμ) ως Χαλίλ</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ο Τζούνντουμπ (η ευαρέστηση του Αλλάχ επ' αυτού) είπε: «Άκουσα τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), πέντε ημέρες πριν πεθάνει, να λέει: «Αρνούμαι ενώπιον του Αλλάχ να έχω οποιονδήποτε από εσάς ως Χαλίλ (δηλαδή κάποιον που να φτάσει στο υψηλότερο επίπεδο αγάπης, διότι η αγάπη μου προς τον Αλλάχ έχει ήδη γεμίσει όλη την καρδιά μου). Ο Αλλάχ με επέλεξε ως Χαλίλ (σε υψηλή θέση στην αγάπη Του), όπως επέλεξε τον Ιμπραήμ (Αβραάμ) ως Χαλίλ. Αν επρόκειτο να πάρω κάποιον από το έθνος μου ως Χαλίλ, θα ήταν ο Άμπου Μπακρ. Εκείνοι (οι Εβραίοι και οι Χριστιανοί) που ήταν πριν από εσάς έκαναν τους τάφους των προφητών τους και των ενάρετων ανθρώπων τους, τόπους προσευχής. Για αυτό, μην παίρνετε τους τάφους ως τόπους προσευχής. Πράγματι, σας το απαγορεύω αυτό.».»</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει για τη θέση του ενώπιον του Αλλάχ, η οποία έφτασε στο υψηλότερο επίπεδο αγάπης. Στην ίδια θέση έφτασε και ο Ιμπραήμ (Αβραάμ, ειρήνη σε αυτόν). Για αυτό, αρνήθηκε να έχει οποιονδήποτε ως Χαλίλ (δηλαδή κάποιον που να φτάσει στο υψηλότερο επίπεδο αγάπης), εκτός από τον Αλλάχ, αφού η αγάπη του προς Αυτόν έχει ήδη γεμίσει όλη την καρδιά του, αφήνοντας έτσι κανέναν χώρο για άλλον. Ακόμα κι αν επρόκειτο να πάρει κάποιον από τους ανθρώπους ως Χαλίλ, θα είχε επιλέξει τον Άμπου Μπακρ (η ευαρέστηση του Αλλάχ επ' αυτού). Στη συνέχεια, προειδοποίησε για την υπερβολική αγάπη, όπως έκαναν οι Εβραίοι και οι Χριστιανοί με τους τάφους των προφητών και των ενάρετων ανθρώπων τους. Τους δόξασαν τόσο πολύ, ώστε τελικά τους λάτρεψαν αντί του Αλλάχ. Έχτισαν πάνω στους τάφους τους ναούς και τόπους προσευχής. Για αυτό, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) απαγόρευσε στους Μουσουλμάνους να πράξουν το ίδιο.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή του Άμπου Μπακρ Ασ-Σιντίκ (η ευαρέστηση του Αλλάχ επ' αυτού) και ότι είναι ο καλύτερος από τους συντρόφους του Προφήτη, καθώς και ο πιο άξιος να διαδεχθεί τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μετά τον θάνατό του.
 Επισημαίνει επίσης ότι η ανέγερση χώρων λατρείας πάνω από τάφους είναι μία από τις κακές πράξεις που διέπραξαν τα προηγούμενα έθνη.
 Απαγορεύει τη μετατροπή των τάφων σε τόπους λατρείας ή σε κατεύθυνση προσευχής και απαγορεύει την ανέγερση τζαμιών ή θόλων πάνω σε αυτούς, ώστε να μην οδηγηθούμε σε πράξεις πολυθεϊσμού εξαιτίας αυτού.
 Προειδοποιεί για την υπερβολή στην αγάπη προς τους δίκαιους, διότι αυτή μπορεί να οδηγήσει στον πολυθεϊσμό.
 Αναδεικνύει τη σοβαρότητα αυτού για το οποίο προειδοποίησε ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), καθώς το τόνισε πέντε ημέρες πριν από τον θάνατό του.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3347</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Μην μετατρέπετε τα σπίτια σας σε τάφους (διακόπτοντας την προσευχή σε αυτά), μην κάνετε τον τάφο μου τόπο γιορτής (υπερβάλλοντας στην επαναλαμβανόμενη επίσκεψή του σαν να ήταν μια γιορτή) και επικαλείστε τον Αλλάχ να με ευλογήσει, διότι οι επικλήσεις σας προς Αυτόν για ευλογία σε εμένα φτάνουν σε εμένα, όπου κι αν βρίσκεστε</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Μην μετατρέπετε τα σπίτια σας σε τάφους (διακόπτοντας την προσευχή σε αυτά), μην κάνετε τον τάφο μου τόπο γιορτής (υπερβάλλοντας στην επαναλαμβανόμενη επίσκεψή του σαν να ήταν μια γιορτή) και επικαλείστε τον Αλλάχ να με ευλογήσει, διότι οι επικλήσεις σας προς Αυτόν για ευλογία σε εμένα φτάνουν σε εμένα, όπου κι αν βρίσκεστε.»</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) προειδοποίησε για τη διακοπή της προσευχής στα σπίτια, καθώς αυτό τα κάνει να μοιάζουν με τάφους – όπου δεν τελείται προσευχή – και τους κατοίκους τους με νεκρούς. Επίσης, προειδοποίησε για τη συχνή επίσκεψη στον τάφο του και τη τακτική συγκέντρωση εκεί, σαν να επρόκειτο για ετήσια γιορτή, διότι αυτό μπορεί να οδηγήσει στον πολυθεϊσμό. Επίσης, μας διέταξε να επικαλούμαστε τον Αλλάχ να τον ευλογήσει, όπου κι αν βρισκόμαστε, διότι οι επικλήσεις μας φτάνουν σε αυτόν, ανεξάρτητα από το πού βρισκόμαστε. Έτσι, δεν υπάρχει ανάγκη για τη συχνή επίσκεψη στον τάφο του.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας απαγορεύει να διακόψουμε τις πράξεις λατρείας προς τον Αλλάχ στα σπίτια μας.
 Το Χαντίθ μας απαγορεύει να ταξιδεύουμε αποκλειστικά για να επισκεφθούμε τον τάφο του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), διότι ο Προφήτης μάς διέταξε να κάνουμε επικλήσεις στον Αλλάχ να τον ευλογήσει και μας ενημέρωσε ότι αυτές οι επικλήσεις φτάνουν σε αυτόν, όπου κι αν βρισκόμαστε. Επομένως, το ταξίδι μας πρέπει να έχει ως στόχο την επίσκεψη του Τζαμιού του Προφήτη και την προσευχή μέσα σε αυτό.
 Το Χαντίθ απαγορεύει να μετατρέπουμε την επίσκεψη στον τάφο του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) σε γιορτή, επισκεπτόμενοι τον συχνά με συγκεκριμένο τρόπο και σε καθορισμένο χρόνο. Αυτή η απαγόρευση ισχύει για κάθε τάφο.
 Το Χαντίθ επισημαίνει την τιμημένη θέση του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενώπιον του Κυρίου του, καθώς και το ότι ο Αλλάχ επέτρεψε να Τον επικαλούμαστε για να ευλογήσει τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) σε οποιονδήποτε χρόνο και τόπο.
 Καθώς ήταν καλά καθιερωμένο μεταξύ των συντρόφων ότι η προσευχή δεν επιτρέπεται στους τάφους, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) απαγόρευσε να μετατρέπουμε τα σπίτια μας σε τάφους, όπου δεν τελείται προσευχή.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[حسن]</t>
   </si>
   <si>
     <t>[رواه أبو داود]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3350</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Όποιος ορκίζεται σε άλλον εκτός από τον Αλλάχ, έχει αποστατήσει ή έχει αποδώσει εταίρο στον Αλλάχ στη λατρεία</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Ο Ιμπν Όμαρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι άκουσε έναν άνδρα να λέει: «Όχι, μα την Κά‘μπα!» Τότε ο Ιμπν Όμαρ του είπε: «Δεν πρέπει κανείς να ορκίζεται σε άλλον εκτός από τον Αλλάχ, διότι άκουσα τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Όποιος ορκίζεται σε άλλον εκτός από τον Αλλάχ, έχει αποστατήσει ή έχει αποδώσει εταίρο στον Αλλάχ στη λατρεία.»</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι όποιος ορκίζεται σε άλλον εκτός από τον Αλλάχ, έχει αρνηθεί την πίστη στον Αλλάχ ή έχει διαπράξει πράξη πολυθεϊσμού. Αυτό συμβαίνει επειδή ο όρκος συνεπάγεται δοξασία προς εκείνον στον οποίο γίνεται, ενώ όλη η δόξα ανήκει αποκλειστικά στον Αλλάχ. Επομένως, πρέπει να ορκιζόμαστε μόνο στον Αλλάχ, στα Ονόματά Του και στις Ιδιότητές Του. Αυτός ο τύπος όρκου εμπίπτει στον δευτερεύοντα πολυθεϊσμό. Ωστόσο, εάν αυτός που ορκίζεται δοξάζει εκείνον στον οποίο ορκίζεται όπως δοξάζει τον Αλλάχ ή ακόμα περισσότερο, τότε ο όρκος του συνιστά μείζονα πολυθεϊσμό.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Η δοξασία μέσω του όρκου ανήκει αποκλειστικά στον Παντοδύναμο Αλλάχ. Επομένως, πρέπει να ορκιζόμαστε μόνο στον Αλλάχ, στα Ονόματά Του και στις Ιδιότητές Του.
 Το Χαντίθ επισημαίνει την προσπάθεια των συντρόφων να διατάσσουν το καλό και να απαγορεύουν το κακό, ιδιαίτερα όταν η κακή πράξη σχετίζεται με πολυθεϊσμό ή απιστία.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3359</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Θα πας σε έναν λαό από τους ανθρώπους του Βιβλίου (Χριστιανούς). Προσκάλεσέ τους να μαρτυρήσουν ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ και ότι ο Μωχάμμαντ είναι ο Αγγελιαφόρος του Αλλάχ</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ο Ιμπν ‘Αμπάς (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε στον Μου‘άδ μπιν Τζάμπαλ όταν τον έστειλε στην Υεμένη: «Θα πας σε έναν λαό από τους ανθρώπους του Βιβλίου (Χριστιανούς). Προσκάλεσέ τους να μαρτυρήσουν ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ και ότι ο Μωχάμμαντ είναι ο Αγγελιαφόρος του Αλλάχ. Αν σε υπακούσουν σε αυτό, ενημέρωσέ τους ότι ο Αλλάχ τούς επέβαλε να τελούν πέντε προσευχές κάθε μέρα και νύχτα. Αν σε υπακούσουν σε αυτό, ενημέρωσέ τους ότι ο Αλλάχ τούς επέβαλε να δίνουν τη Ζακά (ετήσια υποχρεωτική ελεημοσύνη), η οποία λαμβάνεται από τους πλούσιους τους και δίνεται στους φτωχούς τους. Αν σε υπακούσουν σε αυτό, μην πάρεις (για τη Ζακά) τα καλύτερα από την περιουσία τους, (αλλά να παίρνεις από τα μέτρια και να τα δίνεις στους φτωχούς). Και να αποφεύγεις την επίκληση του αδικημένου εναντίον σου, διότι δεν υπάρχει πέπλο ανάμεσα σε αυτήν και στον Αλλάχ.»</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Όταν ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) έστειλε τον Μου‘άδ μπιν Τζάμπαλ (η ευαρέστηση του Αλλάχ επ' αυτού) στην Υεμένη για να προσκαλεί τους κατοίκους της στον Αλλάχ και να τους διδάσκει το Ισλάμ, του εξήγησε ότι θα συναντήσει εκεί Χριστιανούς, ώστε να είναι προετοιμασμένος για το πώς θα τους καλέσει στο Ισλάμ βήμα προς βήμα. Πρώτα, πρέπει να τους προσκαλέσει να διορθώσουν το δόγμα και την πίστη τους, μαρτυρώντας ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ και ότι ο Μωχάμμαντ είναι ο Αγγελιαφόρος του Αλλάχ. Διότι, μέσω αυτής της μαρτυρίας πίστεως, θα εισέλθουν στο Ισλάμ. Εάν τον υπακούσουν σε αυτό, πρέπει να τους ενημερώσει ότι ο Αλλάχ τούς επέβαλε να τελούν πέντε προσευχές κάθε μέρα και νύχτα, καθώς η προσευχή είναι το σπουδαιότερο καθήκον των Μουσουλμάνων μετά τη μαρτυρία πίστεως. Εάν τον υπακούσουν σε αυτό, πρέπει να τους ενημερώσει ότι ο Αλλάχ τούς επέβαλε να δώσουν από τις περιουσίες τους τη Ζακά – την ετήσια υποχρεωτική ελεημοσύνη – η οποία λαμβάνεται από τους πλούσιους τους και δίνεται στους φτωχούς τους. Στη συνέχεια, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) τον προειδοποίησε να μην πάρει για τη Ζακά από τα καλύτερα των περιουσιών τους και του εξήγησε ότι πρέπει να παίρνει από τα μέτρια και να τα δίνει στους φτωχούς. Στη συνέχεια, τον διέταξε να αποφεύγει την αδικία και να μην αδικεί κανέναν, ώστε να μην στραφεί εναντίον του καμία επίκληση προς τον Αλλάχ, διότι η επίκληση του αδικημένου εισακούεται.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Η σημασία της μαρτυρίας πίστεως «Λα ιλάχα ίλλα Αλλάχ» (Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ) είναι ότι πρέπει να λατρεύουμε αποκλειστικά τον Αλλάχ, χωρίς να Του αποδίδουμε κανέναν εταίρο στη λατρεία.
 Η σημασία της μαρτυρίας ότι «Μωχάμμαντ ρασούλου Αλλάχ» (ο Μωχάμμαντ είναι ο Αγγελιαφόρος του Αλλάχ) είναι ότι πρέπει να πιστεύουμε σε αυτόν και σε ό,τι του αποκαλύφθηκε από τον Κύριό του. Επίσης, πρέπει να τον ακολουθούμε και να πιστεύουμε ότι είναι ο τελευταίος Αγγελιαφόρος του Αλλάχ προς την ανθρωπότητα.
 Μαθαίνουμε από το Χαντίθ ότι το να απευθύνεται κανείς σε ανθρώπους που διαθέτουν κάποια γνώση ή έχουν παρανοήσεις δεν είναι το ίδιο με το να απευθύνεται σε αγράμματους. Για αυτό ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε στον Μου‘άδ: «Θα πας σε έναν λαό από τους ανθρώπους του Βιβλίου (Χριστιανούς).»
 Είναι σημαντικό για κάθε Μουσουλμάνο να γνωρίζει καλά τη θρησκεία του, ώστε να απαλλαγεί από τις παρανοήσεις όσων τις έχουν. Για αυτό, πρέπει πάντα να αναζητά τη γνώση.
 Το Χαντίθ καταδεικνύει ότι, μετά την αποστολή του Προφήτη Μωχάμμαντ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), όλοι οι Χριστιανοί και οι Εβραίοι οφείλουν να τον ακολουθήσουν και να εισέλθουν στο Ισλάμ. Διαφορετικά, δεν θα είναι μεταξύ εκείνων που θα επιτύχουν τη σωτηρία την Ημέρα της Κρίσεως.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3390</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Μη με επαινείτε όπως επαινούν άδικα οι Χριστιανοί τον Χριστό, γιο της Μαρίας, διότι είμαι μόνο δούλος του Αλλάχ, (όπως και ο Χριστός είναι μόνο δούλος του Αλλάχ). Έτσι, πείτε για εμένα: «Ο δούλος του Αλλάχ και ο Αγγελιαφόρος Του</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Ο Όμαρ ιμπν Αλ-Χαττάμπ (η ευαρέστηση του Αλλάχ επ' αυτού), ανέφερε ότι άκουσε τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Μη με επαινείτε όπως επαινούν άδικα οι Χριστιανοί τον Χριστό, γιο της Μαρίας, διότι είμαι μόνο δούλος του Αλλάχ, (όπως και ο Χριστός είναι μόνο δούλος του Αλλάχ). Έτσι, πείτε για εμένα: «Ο δούλος του Αλλάχ και ο Αγγελιαφόρος Του.».»</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας προειδοποίησε να μην υπερβάλλουμε όταν τον επαινούμε, αποδίδοντάς του ιδιότητες που ανήκουν αποκλειστικά στον Αλλάχ, ή πράξεις που μπορεί να εκτελέσει μόνο ο Αλλάχ. Επίσης, μας προειδοποίησε να μην ισχυριζόμαστε ότι γνωρίζει το αόρατο, το οποίο γνωρίζει μόνο ο Αλλάχ, ή να τον επικαλούμαστε μαζί με τον Αλλάχ, όπως έκαναν οι Χριστιανοί με τον Προφήτη Ιησού (ειρήνη σε αυτόν). Στη συνέχεια, εξήγησε ότι είναι ένας δούλος ανάμεσα στους δούλους του Αλλάχ και μας διέταξε να λέμε για αυτόν: «Ο δούλος του Αλλάχ και ο Αγγελιαφόρος Του.»</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Το Χαντίθ προειδοποιεί για την υπερβολή στον έπαινο οποιουδήποτε εκτός από τον Αλλάχ, διότι αυτό μπορεί να οδηγήσει στον πολυθεϊσμό.
 Αυτό για το οποίο προειδοποίησε ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), κάποιοι Μουσουλμάνοι το διέπραξαν! Έτσι, μια ομάδα υπερέβαλε στον έπαινο του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), μια άλλη υπερέβαλε στον έπαινο της οικογένειάς του, ενώ μια τρίτη υπερέβαλε στον έπαινο των ευσεβών ανθρώπων. Ως αποτέλεσμα, έπεσαν στο να αποδίδουν στον Αλλάχ εταίρους στη λατρεία.
 Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) περιέγραψε τον εαυτό του ως δούλο του Αλλάχ, επισημαίνοντας έτσι ότι είναι απλώς δούλος Του και ότι δεν επιτρέπεται να του αποδίδουμε οποιοδήποτε από τα χαρακτηριστικά του Κυρίου.
 Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) περιέγραψε τον εαυτό του ως Αγγελιαφόρο του Αλλάχ, επισημαίνοντας έτσι ότι είναι ένας απεσταλμένος του Αλλάχ, τον οποίο πρέπει να πιστέψουμε και να ακολουθήσουμε, αφού έχουμε δει τις αποδείξεις της αποστολής του.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[رواه البخاري]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3406</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Ο πιο ευτυχισμένος από τους ανθρώπους που θα λάβει τη διαμεσολάβησή μου την Ημέρα της Κρίσεως είναι εκείνος που λέει: «Λα ιλάχα ίλλα Αλλάχ» (Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ) με ειλικρίνεια από την καρδιά ή την ψυχή του</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: «Ειπώθηκε (δηλαδή, ρώτησα τον Προφήτη ﷺ): «Ω, Αγγελιαφόρε του Αλλάχ! Ποιος είναι ο πιο ευτυχισμένος από τους ανθρώπους που θα λάβει τη διαμεσολάβησή σου (ενώπιον του Αλλάχ) την Ημέρα της Κρίσεως;» Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) απάντησε: «Ω, Άμπου Χουράιρα! Νόμιζα πως κανείς δεν θα με ρωτούσε για αυτό το Χαντίθ πριν από εσένα, λόγω της προθυμίας σου να μάθεις τα Χαντίθ. Ο πιο ευτυχισμένος από τους ανθρώπους που θα λάβει τη διαμεσολάβησή μου την Ημέρα της Κρίσεως είναι εκείνος που λέει: «Λα ιλάχα ίλλα Αλλάχ» (Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ) με ειλικρίνεια από την καρδιά ή την ψυχή του.».»</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι ο πιο ευτυχισμένος από τους ανθρώπους που θα λάβει τη διαμεσολάβησή του την Ημέρα της Κρίσεως, είναι εκείνος που λέει: «Λα ιλάχα ίλλα Αλλάχ» (Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ), με ειλικρίνεια από την καρδιά του, αποφεύγοντας τις πράξεις πολυθεϊσμού και την επίδειξη.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Το Χαντίθ επιβεβαιώνει τη διαμεσολάβηση του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) την Ημέρα της Κρίσεως και ότι αυτή θα χορηγηθεί μόνο στους πιστούς που δεν αποδίδουν εταίρους στον Αλλάχ στη λατρεία.
 Η διαμεσολάβηση του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είναι η ειλικρινής ικεσία του προς τον Παντοδύναμο Αλλάχ υπέρ των πιστών, οι οποίοι, λόγω των αμαρτιών τους, αξίζουν να εισέλθουν στην Κόλαση, ώστε να μην εισέλθουν σε αυτήν. Επίσης, αφορά όσους από αυτούς έχουν ήδη εισέλθει, ώστε να βγουν από αυτήν.
 Το Χαντίθ επισημαίνει την αρετή και τη μεγάλη επίδραση της ειλικρινούς έκφρασης της μαρτυρίας πίστεως, ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Παντοδύναμος Αλλάχ.
 Η ολοκληρωμένη επίτευξη της μαρτυρίας πίστεως πραγματοποιείται με τη γνώση της σημασίας της και την εφαρμογή της στην πράξη.
 Το Χαντίθ επισημαίνει την αρετή του Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) και την προθυμία του να αναζητά τη γνώση.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3414</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>Όποιος πεθάνει (ως πιστός), χωρίς να αποδίδει εταίρους στον Αλλάχ στη λατρεία, θα εισέλθει στον Παράδεισο. Και όποιος πεθάνει αποδίδοντας εταίρους στον Αλλάχ στη λατρεία, θα εισέλθει στην Κόλαση</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Ο Τζάμπιρ μπιν Αμπντ Αλλάχ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι άκουσε τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Όποιος πεθάνει (ως πιστός), χωρίς να αποδίδει εταίρους στον Αλλάχ στη λατρεία, θα εισέλθει στον Παράδεισο. Και όποιος πεθάνει αποδίδοντας εταίρους στον Αλλάχ στη λατρεία, θα εισέλθει στην Κόλαση.»</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι όποιος πεθάνει ως πιστός, χωρίς να αποδίδει εταίρους στον Αλλάχ στη λατρεία, θα εισέλθει στον Παράδεισο, ακόμη κι αν τιμωρηθεί προσωρινά για τις αμαρτίες που διέπραξε. Αντίθετα, όποιος πεθάνει αποδίδοντας εταίρους στον Αλλάχ στη λατρεία, θα εισέλθει στην Κόλαση, όπου θα παραμείνει για πάντα.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή του Ατ-Ταουχίντ (την πίστη στον Αλλάχ χωρίς την απόδοση εταίρων στη λατρεία) και τονίζει ότι το Ατ-Ταουχίντ είναι το μέσο σωτηρίας από την αιώνια παραμονή στην Κόλαση.
 Το Χαντίθ επισημαίνει ότι ο Παράδεισος και η Κόλαση είναι πολύ κοντά σε κάθε άνθρωπο, και τίποτα δεν τον διαχωρίζει από αυτά παρά μόνον ο θάνατος!
 Το Χαντίθ προειδοποιεί ενάντια στον πολυθεϊσμό, είτε σε μικρό είτε σε μεγάλο βαθμό, διότι η σωτηρία από την Κόλαση επιτυγχάνεται με την αποφυγή του.
 Οι τελευταίες πράξεις ενός ανθρώπου πριν από τον θάνατό του έχουν μεγάλη σημασία για τον τελικό του προορισμό!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3418</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>Ας καταστραφούν οι εξτρεμιστές!</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>Ο Αμπντ Αλλάχ μπιν Μασ‘ούντ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ας καταστραφούν οι εξτρεμιστές!» Το είπε τρεις φορές.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει για την καταστροφή και την απώλεια των εξτρεμιστών, εκείνων που επιδεικνύουν φανατισμό είτε στη θρησκεία τους, είτε στην εγκόσμια ζωή τους, είτε στα λόγια και στις πράξεις τους. Οι εξτρεμιστές αυτοί υπερβαίνουν τα όρια που τέθηκαν από τη θρησκεία, όρια τα οποία μας δίδαξε ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ).</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την απαγόρευση του εξτρεμισμού και του φανατισμού σε όλα τα ζητήματα, ενθαρρύνοντας την αποφυγή τους, ιδιαίτερα στις πράξεις λατρείας προς τον Αλλάχ και στον έπαινο των δικαίων ανθρώπων.
 Η επιδίωξη της τελειότητας στη λατρεία και σε άλλες πτυχές της ζωής είναι αξιέπαινη, αρκεί να επιτυγχάνεται με προσήλωση στη θρησκεία.
 Συνιστάται η έμφαση στα σημαντικά ζητήματα, όπως δείχνει το παράδειγμα του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), ο οποίος επανέλαβε αυτή τη φράση τρεις φορές.
 Αναδεικνύει την ανεκτικότητα και την ευκολία του Ισλάμ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3420</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Όποιος εγγυηθεί ότι θα προφυλάξει αυτό που βρίσκεται ανάμεσα στα σαγόνια του (δηλαδή τη γλώσσα του) και αυτό που βρίσκεται ανάμεσα στα πόδια του (δηλαδή τα γεννητικά του όργανα) από τις απαγορευμένες πράξεις, του εγγυώμαι τον Παράδεισο</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Ο Σαχλ μπιν Σα‘ντ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όποιος εγγυηθεί ότι θα προφυλάξει αυτό που βρίσκεται ανάμεσα στα σαγόνια του (δηλαδή τη γλώσσα του) και αυτό που βρίσκεται ανάμεσα στα πόδια του (δηλαδή τα γεννητικά του όργανα) από τις απαγορευμένες πράξεις, του εγγυώμαι τον Παράδεισο.»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει για δύο πράγματα, τα οποία, αν τα διατηρήσει ένας Μουσουλμάνος, θα εισέλθει -με το θέλημα του Αλλάχ- στον Παράδεισο.
 Πρώτον: η προφύλαξη της γλώσσας του από την εκφορά κακών λόγων, που ο Παντοδύναμος Αλλάχ έχει απαγορεύσει.
 Δεύτερον: η προφύλαξη των ιδιωτικών μερών του από κάθε μορφή αισχρότητας.
 Διότι αυτά τα δύο όργανα χρησιμοποιούνται συχνά στη διάπραξη αμαρτιών.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει ότι η προφύλαξη της γλώσσας και των ιδιωτικών μερών αποτελεί μέσο για την είσοδο στον Παράδεισο.
 Ξεχώρισε τη γλώσσα και τα ιδιωτικά μέρη, διότι αποτελούν τη μεγαλύτερη πηγή δοκιμασιών για τους ανθρώπους σε αυτόν τον κόσμο.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3475</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Αν κάποιος αρρωστήσει ή ταξιδέψει, θα του γραφούν καλές πράξεις, ίδιες με εκείνες που συνήθιζε να πράττει όταν ήταν στην πόλη του (και όχι σε ταξίδι) και σε καλή υγεία (και όχι άρρωστος)</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Ο Άμπου Μούσα Αλ-Ασ‘αρέι (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Αν κάποιος αρρωστήσει ή ταξιδέψει, θα του γραφούν καλές πράξεις, ίδιες με εκείνες που συνήθιζε να πράττει όταν ήταν στην πόλη του (και όχι σε ταξίδι) και σε καλή υγεία (και όχι άρρωστος).»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει για τη χάρη και τη γενναιοδωρία του Αλλάχ, λέγοντας ότι αν ένας Μουσουλμάνος συνήθιζε να πράττει καλές πράξεις ενώ ήταν υγιής και στην πόλη του, αλλά στη συνέχεια αρρώστησε ή ταξίδεψε και δεν μπορούσε πλέον να τις εκτελεί, θα του γραφούν οι ίδιες αμοιβές, σαν να τις έπραττε ακόμα με καλή υγεία και στην πόλη του.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Το Χαντίθ αναδεικνύει τη μεγάλη γενναιοδωρία του Αλλάχ προς τους δούλους Του.
 Μας προτρέπει να είμαστε επιμελείς στην εκτέλεση καλών πράξεων και να αξιοποιούμε τον χρόνο μας όσο έχουμε καλή υγεία και ελεύθερο χρόνο.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Η καλύτερη εξύμνηση του Αλλάχ είναι η φράση: «Λα ιλάχα ίλλα Αλλάχ» (Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ). Και η καλύτερη ικεσία είναι η φράση: «Αλ-Χάμντου Λιλλάχ» (Όλες οι ευχαριστίες, οι δοξασίες και οι έπαινοι ανήκουν στον Αλλάχ), [διότι εκφράζει ευγνωμοσύνη προς τον Αλλάχ, και έτσι ο Αλλάχ απονέμει περισσότερες χάρες]</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Ο Τζάμπιρ (η ευαρέστηση του Αλλάχ επ' αυτού), ανέφερε ότι άκουσε τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Η καλύτερη εξύμνηση του Αλλάχ είναι η φράση: «Λα ιλάχα ίλλα Αλλάχ» (Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ). Και η καλύτερη ικεσία είναι η φράση: «Αλ-Χάμντου Λιλλάχ» (Όλες οι ευχαριστίες, οι δοξασίες και οι έπαινοι ανήκουν στον Αλλάχ), [διότι εκφράζει ευγνωμοσύνη προς τον Αλλάχ, και έτσι ο Αλλάχ απονέμει περισσότερες χάρες].»</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι η καλύτερη εξύμνηση του Αλλάχ είναι η φράση: «Λα ιλάχα ίλλα Αλλάχ», που σημαίνει ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ. Επίσης, η καλύτερη ικεσία είναι η φράση: «Αλ-Χάμντου Λιλλάχ», που σημαίνει ότι όλες οι ευχαριστίες, οι δοξασίες και οι έπαινοι ανήκουν στον Αλλάχ. Αυτή η φράση εκφράζει την αναγνώριση ότι ο Αλλάχ είναι Εκείνος που παρέχει τις χάρες και τη γενναιοδωρία, και ότι Αυτός και μόνο αξίζει την τέλεια και την όμορφη περιγραφή.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας προτρέπει να εξυμνούμε συχνά τον Αλλάχ με τη μαρτυρία της πίστεως: «Λα ιλάχα ίλλα Αλλάχ» και με την ικεσία του επαίνου: «Αλ-Χάμντου Λιλλάχ».</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3567</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Ο Παράδεισος είναι πιο κοντά στον καθένα σας από τα κορδόνια των παπουτσιών του, και το ίδιο ισχύει και για την Κόλαση</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ο Ιμπν Μασ‘ούντ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο Παράδεισος είναι πιο κοντά στον καθένα σας από τα κορδόνια των παπουτσιών του, και το ίδιο ισχύει και για την Κόλαση.»</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι ο Παράδεισος και η Κόλαση είναι πιο κοντά στον άνθρωπο ακόμη και από τα κορδόνια των παπουτσιών του. Αυτό συμβαίνει επειδή ένα άτομο μπορεί να κάνει μια καλή πράξη που θα ευχαριστήσει τον Παντοδύναμο Αλλάχ και έτσι να εισέλθει στον Παράδεισο, ή να διαπράξει μια αμαρτία που θα το οδηγήσει στην Κόλαση.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας ενθαρρύνει να πράττουμε το καλό, έστω και λίγο, και μας προειδοποιεί να αποφεύγουμε το κακό, ακόμη και το παραμικρό.
 Ένας Μουσουλμάνος πρέπει πάντοτε να έχει ελπίδα στην αμοιβή του Αλλάχ και φόβο για την τιμωρία Του. Επιπλέον, θα πρέπει να επικαλείται τον Αλλάχ να τον καθοδηγήσει και να τον διατηρήσει σταθερό στην αλήθεια, ώστε να είναι ασφαλής από την τιμωρία Του και να παραμένει μακριά από τη ματαιοδοξία.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Το Ασ-Σιουάκ (ένα μικρό κλαδί από το δέντρο Αλ-Αράκ, που χρησιμοποιείται για τον καθαρισμό των δοντιών και έχει το μέγεθος ενός στυλό) αποτελεί μέσο καθαρισμού του στόματος και τρόπο απόκτησης της ευχαρίστησης του Κυρίου</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Η Αΐσα (η ευαρέστηση του Αλλάχ επ' αυτής) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Το Ασ-Σιουάκ (ένα μικρό κλαδί από το δέντρο Αλ-Αράκ, που χρησιμοποιείται για τον καθαρισμό των δοντιών και έχει το μέγεθος ενός στυλό) αποτελεί μέσο καθαρισμού του στόματος και τρόπο απόκτησης της ευχαρίστησης του Κυρίου.»</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι ο καθαρισμός των δοντιών με το Ασ-Σιουάκ απομακρύνει τη βρωμιά και τις δυσάρεστες οσμές από το στόμα. Επιπλέον, αποτελεί μέσο για την απόκτηση της ευαρέστησης του Αλλάχ, καθώς η χρήση του συνιστά πράξη υπακοής προς Αυτόν, τήρηση της εντολής Του και επίτευξη καθαριότητας, η οποία είναι αρεστή στον Παντοδύναμο Αλλάχ.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή του καθαρισμού των δοντιών με το Ασ-Σιουάκ και ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) παρότρυνε τους Μουσουλμάνους να το χρησιμοποιούν συχνά.
 Για τον καθαρισμό των δοντιών, συνιστάται η χρήση του Ασ-Σιουάκ, αλλά και η χρήση οδοντόβουρτσας και οδοντόκρεμας θεωρείται επίσης ωφέλιμη.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[رواه النسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Οι πέντε καθημερινές προσευχές, η προσευχή της Παρασκευής μέχρι την επόμενη προσευχή της Παρασκευής, και ο μήνας του Ραμαντάν μέχρι το επόμενο Ραμαντάν, εξιλεώνουν τις (μικρές) αμαρτίες που διέπραξε ο άνθρωπος στο μεταξύ, υπό την προϋπόθεση ότι αποφεύγει τις μεγάλες αμαρτίες</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Οι πέντε καθημερινές προσευχές, η προσευχή της Παρασκευής μέχρι την επόμενη προσευχή της Παρασκευής, και ο μήνας του Ραμαντάν μέχρι το επόμενο Ραμαντάν, εξιλεώνουν τις (μικρές) αμαρτίες που διέπραξε ο άνθρωπος στο μεταξύ, υπό την προϋπόθεση ότι αποφεύγει τις μεγάλες αμαρτίες.»</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι η τέλεση των πέντε καθημερινών προσευχών, η τέλεση της προσευχής της Παρασκευής κάθε εβδομάδα και η τήρηση της νηστείας κατά τον μήνα του Ραμαντάν κάθε χρόνο, εξιλεώνουν τις μικρές αμαρτίες που διέπραξε ο άνθρωπος στο μεταξύ, υπό την προϋπόθεση ότι αποφεύγει τις μεγάλες αμαρτίες. Όσον αφορά τις μεγάλες αμαρτίες, όπως η μοιχεία και η κατανάλωση αλκοόλ, αυτές δεν εξιλεώνονται παρά μόνο μέσω ειλικρινούς μεταμέλειας.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Οι αμαρτίες χωρίζονται σε δύο κατηγορίες: μικρές και μεγάλες.
 Η εξιλέωση των μικρών αμαρτιών, όπως αναφέρθηκε προηγουμένως, εξαρτάται από την αποφυγή των μεγάλων.
 Οι μεγάλες αμαρτίες είναι εκείνες για τις οποίες επιβάλλεται ποινή σε αυτήν τη ζωή, ή για τις οποίες υπάρχει προειδοποίηση για μεγάλη τιμωρία ή την οργή του Αλλάχ στη Μέλλουσα Ζωή. Επίσης, περιλαμβάνουν όσες αναφέρθηκε ότι επιφέρουν κατάρα σε εκείνον που τις διαπράττει, όπως η κατανάλωση αλκοόλ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Διαδώστε από εμένα έστω και μία άγια (είτε ένα εδάφιο του Κοράν, είτε ένα Χαντίθ) και αφηγηθείτε από τα παιδιά του Ισραήλ (τα γεγονότα που βίωσαν, εφόσον δεν έρχονται σε αντίφαση με το Ισλάμ και γνωρίζετε ότι δεν είναι ψευδή), δεν υπάρχει αμαρτία σε αυτό. Όποιος, όμως, αποδίδει ψευδώς λόγια σε εμένα, ας προετοιμαστεί για τη θέση του στην Κόλαση</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Ο Αμπντ Αλλάχ μπιν ‘Αμρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Διαδώστε από εμένα έστω και μία άγια (είτε ένα εδάφιο του Κοράν, είτε ένα Χαντίθ) και αφηγηθείτε από τα παιδιά του Ισραήλ (τα γεγονότα που βίωσαν, εφόσον δεν έρχονται σε αντίφαση με το Ισλάμ και γνωρίζετε ότι δεν είναι ψευδή), δεν υπάρχει αμαρτία σε αυτό. Όποιος, όμως, αποδίδει ψευδώς λόγια σε εμένα, ας προετοιμαστεί για τη θέση του στην Κόλαση.»</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) διατάζει τους Μουσουλμάνους να διαδίδουν τις γνώσεις που έχουν λάβει από αυτόν (ﷺ), είτε πρόκειται για ένα εδάφιο του Κοράν, είτε για ένα Χαντίθ, είτε για μία Σούννα. Αυτό, όμως, προϋποθέτει ότι κατανοούν πλήρως όσα μεταδίδουν και καλούν τους άλλους να ακολουθήσουν. Στη συνέχεια, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) διευκρίνισε ότι δεν υπάρχει αμαρτία για τους Μουσουλμάνους αν αφηγηθούν γεγονότα που άκουσαν από τα παιδιά του Ισραήλ, υπό την προϋπόθεση ότι αυτά δεν έρχονται σε αντίθεση με το Ισλάμ και δεν είναι ψευδή. Στη συνέχεια, προειδοποίησε αυστηρά ενάντια στην εσκεμμένη απόδοση ψευδών λόγων σε αυτόν και διευκρίνισε ότι όποιος το πράξει, ας προετοιμαστεί για τη θέση του στην Κόλαση.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας παροτρύνει να διαδίδουμε τη θρησκεία του Αλλάχ και υποδεικνύει ότι κάθε άτομο πρέπει να μεταδίδει ό,τι έχει μάθει και κατανοήσει, ακόμη κι αν είναι ελάχιστο.
 Είναι υποχρεωτικό να αναζητούμε τη θρησκευτική γνώση, ώστε να μπορούμε να λατρεύουμε τον Αλλάχ με γνώση και να διαδίδουμε τη θρησκεία Του με γνώση και ορθότητα.
 Είμαστε υποχρεωμένοι να εξακριβώνουμε την αυθεντικότητα κάθε Χαντίθ προτού το διαδώσουμε, ώστε να μην υποπέσουμε σε αυτήν τη σοβαρή προειδοποίηση.
 Το Χαντίθ μας παροτρύνει να είμαστε ειλικρινείς και προσεκτικοί στον λόγο μας, ώστε να μην υποπέσουμε στο ψέμα, ιδιαίτερα όταν πρόκειται για τη θρησκεία του Παντοδύναμου Αλλάχ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3686</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Η Φωτιά περιβλήθηκε με επιθυμίες, ενώ ο Παράδεισος περιβλήθηκε με κακουχίες</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Η Φωτιά περιβλήθηκε με επιθυμίες, ενώ ο Παράδεισος περιβλήθηκε με κακουχίες.»</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι η Φωτιά είναι περικυκλωμένη από όσα επιθυμεί η ψυχή, δηλαδή τις απαγορευμένες πράξεις και την παραμέληση των θρησκευτικών υποχρεώσεων. Έτσι, όποιος ακολουθεί τους απαγορευμένους πόθους του, θα αξίζει την τιμωρία της Κόλασης. Επιπλέον, μας ενημερώνει ότι ο Παράδεισος είναι περικυκλωμένος από κακουχίες και πράγματα που η ψυχή δεν επιθυμεί, όπως η επιμονή και η υπομονή στην τήρηση των εντολών του Αλλάχ, καθώς και η αποφυγή των απαγορεύσεων Του. Έτσι, όποιος αναγκάσει τον εαυτό του να υπακούει στις εντολές του Αλλάχ και να αποφεύγει τις απαγορεύσεις Του, θα αξίζει να εισέλθει στον Παράδεισο.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Ένας από τους λόγους που οδηγούν στην πτώση σε μάταιες επιθυμίες είναι ότι ο διάβολος εξωραΐζει τις απαγορευμένες και κακές πράξεις, κάνοντάς τες να φαίνονται ελκυστικές στα μάτια του ανθρώπου, με αποτέλεσμα να κλίνει προς αυτές.
 Το Χαντίθ μάς προτρέπει να απομακρυνθούμε από τις απαγορευμένες επιθυμίες, καθώς οδηγούν στην Κόλαση, και να δείχνουμε υπομονή στις αντιξοότητες, καθώς αυτές οδηγούν στον Παράδεισο.
 Το Χαντίθ επισημαίνει την αρετή του να είναι κανείς πρόθυμος στις πράξεις λατρείας και να επιδεικνύει υπομονή απέναντι στις αντιξοότητες και τις κακουχίες που συνοδεύουν τις πράξεις υπακοής.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Τα δικαιώματα του ενός Μουσουλμάνου απέναντι σε έναν άλλον είναι πέντε: η ανταπόκριση στον χαιρετισμό, η επίσκεψη στους ασθενείς, η παρουσία στις κηδείες, η αποδοχή της πρόσκλησης και η ευχή «Γιαρχάμουκα Αλλάχ» (Είθε ο Αλλάχ να σε ελεήσει) σε αυτόν που φτερνίζεται</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού), ανέφερε ότι άκουσε τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Τα δικαιώματα του ενός Μουσουλμάνου απέναντι σε έναν άλλον είναι πέντε: η ανταπόκριση στον χαιρετισμό, η επίσκεψη στους ασθενείς, η παρουσία στις κηδείες, η αποδοχή της πρόσκλησης και η ευχή «Γιαρχάμουκα Αλλάχ» (Είθε ο Αλλάχ να σε ελεήσει) σε αυτόν που φτερνίζεται.»</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) διευκρίνισε ορισμένα από τα δικαιώματα ενός Μουσουλμάνου απέναντι στον Μουσουλμάνο αδελφό του. Το πρώτο από αυτά τα δικαιώματα: η ανταπόκριση στον χαιρετισμό σε όποιον του απευθύνει χαιρετισμό.
 Το δεύτερο από αυτά τα δικαιώματα: η επίσκεψη του ασθενούς.
 Το τρίτο από αυτά τα δικαιώματα: η συνοδεία της κηδείας από το σπίτι έως το χώρο προσευχής και έπειτα μέχρι το νεκροταφείο, μέχρι την ταφή.
 Το τέταρτο από αυτά τα δικαιώματα: η αποδοχή της πρόσκλησης, είτε πρόκειται για γαμήλιο γεύμα, είτε για άλλη περίσταση.
 Το πέμπτο από αυτά τα δικαιώματα είναι η ευχή «Γιαρχάμουκα Αλλάχ» (Είθε ο Αλλάχ να σε ελεήσει) σε αυτόν που φτερνίζεται, αφού πρώτα έχει πει «Αλ-Χάμντου Λιλλάχ» (Όλοι οι έπαινοι ανήκουν στον Αλλάχ). Στη συνέχεια, αυτός που φτερνίστηκε πρέπει να απαντήσει: «Γιαχντείκουμ Αλλάχ ουά γιούσλιχ μπάλακουμ» (Είθε ο Αλλάχ να σας καθοδηγήσει και να βελτιώσει την κατάστασή σας).</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Το Χαντίθ αποδεικνύει το μεγαλείο του Ισλάμ στην κατοχύρωση των δικαιωμάτων μεταξύ των Μουσουλμάνων και στην ενίσχυση της αδελφοσύνης και της αγάπης μεταξύ τους.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3706</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Είθε ο Αλλάχ να ελεήσει έναν άνθρωπο που είναι ευγενικός και ανεκτικός όταν πουλά, όταν αγοράζει και όταν ζητά την αποπληρωμή ενός χρέους</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Ο Τζάμπιρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Είθε ο Αλλάχ να ελεήσει έναν άνθρωπο που είναι ευγενικός και ανεκτικός όταν πουλά, όταν αγοράζει και όταν ζητά την αποπληρωμή ενός χρέους.»</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) έκανε επίκληση στον Αλλάχ να ελεήσει όποιον είναι ευγενικός, ανεκτικός, εύκολος και γενναιόδωρος όταν πουλάει, αγοράζει ή ζητά την αποπληρωμή ενός χρέους. Έτσι, όταν πουλάει, δεν γίνεται αυστηρός, ούτε υπερτιμά το προϊόν, αλλά αντιμετωπίζει τον αγοραστή με καλοσύνη και ευγένεια. Και όταν ο ίδιος αγοράζει κάτι, είναι γενναιόδωρος και επιεικής, χωρίς να υποτιμά την αξία του προϊόντος. Και όταν ζητά την αποπληρωμή του χρέους που του οφείλεται, δεν δυσκολεύει τους φτωχούς και τους άπορους. Αντιθέτως, τους ζητά την αποπληρωμή με ευγένεια και ήπιο τρόπο, και δίνει αναβολή σε όσους αδυνατούν να πληρώσουν.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Ένας από τους στόχους του Ισλάμ είναι η διατήρηση των καλών σχέσεων μεταξύ των ανθρώπων.
 Το Χαντίθ μας προστάζει να υιοθετούμε ευγενείς τρόπους και υψηλά ήθη σε όλες τις συναλλαγές μας, όπως στις αγοραπωλησίες και σε άλλες παρόμοιες δραστηριότητες.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3716</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>Υπήρχε ένας άντρας που έδινε δάνεια σε ανθρώπους. Έλεγε στον υπηρέτη του: «Όταν πας σε έναν αφερέγγυο, δώσε του αναβολή· ίσως ο Αλλάχ να συγχωρήσει τις αμαρτίες μας</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Υπήρχε ένας άντρας που έδινε δάνεια σε ανθρώπους. Έλεγε στον υπηρέτη του: «Όταν πας σε έναν αφερέγγυο, δώσε του αναβολή· ίσως ο Αλλάχ να συγχωρήσει τις αμαρτίες μας.» Έτσι, όταν πέθανε εκείνος ο άντρας, ο Αλλάχ συγχώρησε τις αμαρτίες του.»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει για έναν άντρα που έδινε δάνεια σε ανθρώπους ή πουλούσε σε αυτούς με πίστωση, ο οποίος συνήθιζε να λέει στον υπηρέτη του, που εισέπραττε τα χρέη από τους ανθρώπους: «Όταν πας σε έναν αφερέγγυο, δώσε του αναβολή.», είτε αποφεύγοντας να επιμείνει στην αποπληρωμή του χρέους, είτε αποδεχόμενος ό,τι του δίνει από χρήματα, ακόμα κι αν είναι λιγότερα από το χρέος. Το έκανε αυτό με την ελπίδα ότι ο Αλλάχ θα συγχωρήσει τις αμαρτίες του. Έτσι, όταν εκείνος ο άντρας πέθανε, ο Αλλάχ συγχώρησε τις αμαρτίες του.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Η καλοσύνη προς τους ανθρώπους, η συγχώρεσή τους και η παροχή αναβολής στους αφερέγγυους είναι από τα σημαντικότερα μέσα σωτηρίας την Ημέρα της Κρίσεως.
 Η καλοσύνη προς τους ανθρώπους, η ειλικρίνεια προς τον Αλλάχ και η ελπίδα στο έλεός Του είναι από τα μέσα συγχώρεσης των αμαρτιών.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3753</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Αυτός που διατηρεί τους δεσμούς συγγένειας δεν είναι εκείνος που απλώς ανταποδίδει (την καλοσύνη των συγγενών του), αλλά εκείνος που, αν οι δεσμοί συγγένειας του διακοπούν (από κάποιους συγγενείς του), τους διατηρεί (και συνεχίζει να έχει καλή σχέση μαζί τους)</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Ο Αμπντ Αλλάχ μπιν ‘Αμρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Αυτός που διατηρεί τους δεσμούς συγγένειας δεν είναι εκείνος που απλώς ανταποδίδει (την καλοσύνη των συγγενών του), αλλά εκείνος που, αν οι δεσμοί συγγένειας του διακοπούν (από κάποιους συγγενείς του), τους διατηρεί (και συνεχίζει να έχει καλή σχέση μαζί τους).»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι αυτός που διατηρεί άψογα τους δεσμούς συγγένειας και δείχνει απόλυτη καλοσύνη στους συγγενείς του, δεν είναι εκείνος που απλώς ανταποδίδει την καλοσύνη τους με τη δική του καλοσύνη, αλλά εκείνος που, αν οι δεσμοί συγγένειάς του διακοπούν από τους ίδιους του τους συγγενείς, συνεχίζει να τους διατηρεί και να έχει καλές σχέσεις μαζί τους. Και αν οι συγγενείς του τον προσβάλλουν, τους ανταποδίδει με καλοσύνη.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Η αληθινή διατήρηση των δεσμών συγγένειας, σύμφωνα με το Ισλάμ, σημαίνει να διατηρείς τους δεσμούς με εκείνους που τους έκοψαν, να συγχωρείς όσους σε αδίκησαν και να προσφέρεις γενναιοδωρία σε εκείνους που δεν σου έδωσαν. Επομένως, δεν πρόκειται απλώς για την ανταπόδοση της καλοσύνης με καλοσύνη.
 Η αληθινή διατήρηση των δεσμών συγγένειας επιτυγχάνεται με το να δείχνεις στους συγγενείς σου όσο το δυνατόν περισσότερη καλοσύνη, είτε με τη μορφή χρημάτων, είτε με προσευχές προς τον Αλλάχ να τους ευλογήσει, είτε με συμβουλές για το καλό και προειδοποιήσεις για το κακό, κλπ. Επιπλέον, περιλαμβάνει την αποτροπή του κακού από αυτούς όσο καλύτερα μπορείς.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/3854</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Όποιος δίνει αναβολή σε ένα αφερέγγυο άτομο ή διαγράφει μέρος του χρέους του, ο Αλλάχ θα τον σκιάσει κάτω από τη σκιά του Θρόνου Του την Ημέρα της Κρίσεως, την Ημέρα κατά την οποία δεν θα υπάρχει καμία σκιά, παρά μόνο η σκιά που Εκείνος παρέχει</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όποιος δίνει αναβολή σε ένα αφερέγγυο άτομο ή διαγράφει μέρος του χρέους του, ο Αλλάχ θα τον σκιάσει κάτω από τη σκιά του Θρόνου Του την Ημέρα της Κρίσεως, την Ημέρα κατά την οποία δεν θα υπάρχει καμία σκιά, παρά μόνο η σκιά που Εκείνος παρέχει.»</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας πληροφόρησε ότι όποιος δίνει αναβολή σε ένα αφερέγγυο άτομο ή διαγράφει μέρος του χρέους του, η ανταμοιβή του θα είναι ότι ο Αλλάχ θα τον σκιάσει κάτω από τον Θρόνο Του την Ημέρα της Κρίσεως, κατά την οποία ο ήλιος θα πλησιάσει τα κεφάλια των δούλων και η ζέστη θα είναι αφόρητη για αυτούς, και έτσι, κανείς δεν θα βρει σκιά, εκτός από εκείνους στους οποίους ο Αλλάχ θα παρέχει μία σκιά.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή του να διευκολύνει κανείς τις υποθέσεις των δούλων του Αλλάχ και ότι αυτό αποτελεί μία από τις αιτίες της σωτηρίας από τη φρίκη της Ημέρας της Κρίσεως.
 Η ανταμοιβή είναι ανάλογη με τις πράξεις του ανθρώπου.</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Όποιος νηστεύει το Ραμαντάν (Ραμαζάνι) με πίστη και επιδιώκοντας την ανταμοιβή του Αλλάχ, θα του συγχωρηθούν οι προηγούμενες αμαρτίες</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όποιος νηστεύει το Ραμαντάν (Ραμαζάνι) με πίστη και επιδιώκοντας την ανταμοιβή του Αλλάχ, θα του συγχωρηθούν οι προηγούμενες αμαρτίες.»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας πληροφόρησε ότι όποιος νηστεύει το Ραμαντάν με πίστη στον Αλλάχ, αναγνωρίζοντας την υποχρέωση της νηστείας και την άφθονη ανταμοιβή Του, επιδιώκοντας την ευχαρίστησή Του, χωρίς επίδειξη ή αναζήτηση φήμης μεταξύ των ανθρώπων, θα του συγχωρηθούν οι προηγούμενες αμαρτίες.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή της αφοσίωσης και τη σημασία της τόσο στη νηστεία του Ραμαντάν όσο και σε όλες τις άλλες καλές πράξεις.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Όποιος περνά τη Νύχτα του Αλ-Καντρ (του Διατάγματος) τελώντας πράξεις λατρείας, (όπως προσευχή, απαγγελία του Κοράν και δέηση), με πίστη και επιδιώκοντας την ανταμοιβή του Αλλάχ, θα του συγχωρηθούν οι προηγούμενες αμαρτίες</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όποιος περνά τη Νύχτα του Αλ-Καντρ (του Διατάγματος) τελώντας πράξεις λατρείας, (όπως προσευχή, απαγγελία του Κοράν και δέηση), με πίστη και επιδιώκοντας την ανταμοιβή του Αλλάχ, θα του συγχωρηθούν οι προηγούμενες αμαρτίες.»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας πληροφόρησε για την αρετή και την αξία των πράξεων λατρείας κατά τη Νύχτα του Διατάγματος, η οποία βρίσκεται στο τελευταίο δεκαήμερο του Ραμαντάν. Όποιος την περάσει σε προσευχή, ικεσία, απαγγελία του Κοράν και μνημόνευση του Αλλάχ, πιστεύοντας στη σημασία της και στην αρετή που της αποδίδεται, καθώς και επιδιώκοντας την ανταμοιβή του Αλλάχ με τις πράξεις του, χωρίς επίδειξη ή αναζήτηση φήμης μεταξύ των ανθρώπων, θα του συγχωρηθούν οι προηγούμενες αμαρτίες.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή της Νύχτας του Διατάγματος και μας προτρέπει να την περάσουμε με πράξεις λατρείας.
 Οι ενάρετες πράξεις δεν γίνονται δεκτές χωρίς ειλικρινή πρόθεση.
 Το Χαντίθ δείχνει τη γενναιοδωρία και το έλεος του Αλλάχ, καθώς όποιος περνά τη Νύχτα του Διατάγματος τελώντας πράξεις λατρείας με πίστη και επιδιώκοντας την ανταμοιβή Του, θα του συγχωρηθούν οι προηγούμενες αμαρτίες.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Όταν ο Αλλάχ θέλει το καλό για κάποιον, τον δοκιμάζει με δυσκολίες</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όταν ο Αλλάχ θέλει το καλό για κάποιον, τον δοκιμάζει με δυσκολίες.»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μάς ενημερώνει ότι όταν ο Αλλάχ θέλει το καλό για κάποιον από τους πιστούς δούλους Του, τον δοκιμάζει με κακουχίες που αφορούν τον ίδιο, την περιουσία του ή την οικογένειά του. Αυτές οι δοκιμασίες κάνουν τον πιστό να καταφεύγει στον Παντοδύναμο Αλλάχ, επικαλούμενος τη βοήθειά Του. Επιπλέον, μέσω αυτών οι αμαρτίες του συγχωρούνται και το επίπεδό του στον Παράδεισο ανυψώνεται.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Ο πιστός υπόκειται σε δοκιμασίες και κακουχίες.
 Η δοκιμασία μπορεί να αποτελεί ένδειξη της αγάπης του Αλλάχ για τον δούλο Του και να αποσκοπεί στην ανύψωση του επιπέδου του και στη συγχώρεση των αμαρτιών του.
 Το Χαντίθ μας προτρέπει να δείχνουμε υπομονή κατά τη διάρκεια των δοκιμασιών και των κακουχιών.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4204</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Όταν δύο Μουσουλμάνοι συναντιούνται για να πολεμήσουν ο ένας τον άλλον με τα ξίφη τους, τόσο ο δολοφόνος όσο και ο σκοτωμένος θα είναι καταδικασμένοι στην Κόλαση</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Μπάκρα (η ευαρέστηση του Αλλάχ επ' αυτού), ανέφερε ότι άκουσε τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Όταν δύο Μουσουλμάνοι συναντιούνται για να πολεμήσουν ο ένας τον άλλον με τα ξίφη τους, τόσο ο δολοφόνος όσο και ο σκοτωμένος θα είναι καταδικασμένοι στην Κόλαση». Είπα: «Ω, Αγγελιαφόρε του Αλλάχ! Καταλαβαίνουμε γιατί αυτό θα συμβεί στον δολοφόνο, αλλά γιατί και στον σκοτωμένο;» Είπε: «Επειδή και αυτός ήθελε να σκοτώσει τον σύντροφό του.»</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι όταν δύο Μουσουλμάνοι συναντιούνται για να πολεμήσουν ο ένας τον άλλον με τα ξίφη τους, έχοντας και οι δύο την πρόθεση να σκοτώσουν τον αδελφό τους, τότε τόσο ο δολοφόνος όσο και ο σκοτωμένος θα είναι καταδικασμένοι στην Κόλαση. Όμως, οι σύντροφοι ρώτησαν σχετικά με τον σκοτωμένο: γιατί και αυτός θα πάει στην Κόλαση; Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) απάντησε ότι επειδή είχε την πρόθεση να σκοτώσει τον αδελφό του, αλλά δεν πρόλαβε.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Όποιος έχει την πρόθεση να διαπράξει μια αμαρτία και στη συνέχεια ακολουθεί τα μέσα και τις αιτίες που οδηγούν σε αυτήν, αξίζει την τιμωρία.
 Το Χαντίθ προειδοποιεί αυστηρά ενάντια στη μεταξύ τους σύγκρουση των Μουσουλμάνων, καθώς αυτό οδηγεί στην Κόλαση.
 Οι μάχες μεταξύ Μουσουλμάνων για δίκαιο λόγο δεν εμπίπτουν σε αυτήν την προειδοποίηση, όπως η μάχη ενάντια στους άδικους που σκορπίζουν το κακό στη γη.
 Αυτός που διαπράττει μια μεγάλη αμαρτία δεν θεωρείται άπιστος εξαιτίας της, καθώς ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) αποκάλεσε τους Μουσουλμάνους που πολεμούν ο ένας τον άλλον ‘Μουσουλμάνους’ και όχι άπιστους.
 Εάν δύο Μουσουλμάνοι πολεμήσουν ο ένας τον άλλον με οποιοδήποτε φονικό μέσο και ο ένας σκοτώσει τον άλλον, τότε τόσο ο δολοφόνος όσο και ο σκοτωμένος θα βρεθούν στην Κόλαση. Στο Χαντίθ, το ξίφος αναφέρεται ως παράδειγμα.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Η θρησκεία είναι ειλικρίνεια και αφοσίωση</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Ο Ταμείμ Αντ-Ντάρι (η ευαρέστηση του Αλλάχ επ' αυτού), ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Η θρησκεία είναι ειλικρίνεια και αφοσίωση». Είπαμε: «Προς ποιον;» Είπε: «Προς τον Αλλάχ, το Βιβλίο Του, τον Αγγελιαφόρο Του, τους ηγέτες των Μουσουλμάνων και το σύνολο των Μουσουλμάνων.»</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι η θρησκεία βασίζεται στην ειλικρίνεια και την αφοσίωση, ώστε ο Μουσουλμάνος να τηρεί τη θρησκεία του όπως τον διέταξε ο Αλλάχ, πλήρως, χωρίς καμία μείωση ή εξαπάτηση.
 Τότε ρωτήθηκε ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ): ‘Προς ποιον πρέπει να απευθύνεται η ειλικρίνεια και η αφοσίωση;’ Απάντησε:
 Πρώτον: Προς τον Παντοδύναμο Αλλάχ – με το να τελεί ο Μουσουλμάνος τις πράξεις λατρείας του με ειλικρίνεια και αφοσίωση προς Αυτόν, να πράττει ενάρετες πράξεις αποκλειστικά για χάρη Του, να μην αποδίδει σε Αυτόν εταίρους στη λατρεία, να πιστεύει στην Κυριαρχία, τη Θεότητα, τα Ονόματα και τις Ιδιότητές Του, να τηρεί όλες τις εντολές Του και να καλεί τους ανθρώπους στην πίστη σε Αυτόν.
 Δεύτερον: Προς το Βιβλίο Του, το Ευγενές Κοράν – με το να πιστεύει ο Μουσουλμάνος ότι το Κοράνι είναι ο Λόγος του Αλλάχ, το τελευταίο Βιβλίο Του, και ότι αντικαθιστά ό,τι αποκαλύφθηκε πριν από αυτό. Επίσης, με το να το σέβεται, να το απαγγέλλει όπως του αρμόζει, να ενεργεί σύμφωνα με τα Εδάφιά του, να το υπερασπίζεται απέναντι σε εκείνους που επιδιώκουν να διαστρεβλώσουν τις έννοιές του, να λαμβάνει υπόψη τις νουθεσίες του, να το διαδίδει και να καλεί τους ανθρώπους στην πίστη σε αυτό.
 Τρίτον: Προς τον Αγγελιαφόρο Του, τον Μωχάμμαντ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) – με το να πιστεύει ο Μουσουλμάνος ότι ο Προφήτης είναι ο τελευταίος Αγγελιαφόρος, να αποδέχεται ως αλήθεια ό,τι μετέφερε σε εμάς, να τηρεί τις εντολές του, να αποφεύγει τις απαγορεύσεις του, να μη λατρεύει τον Αλλάχ παρά μόνο με τον τρόπο που εκείνος δίδαξε, να τον σέβεται και να τον τιμά, να διαδίδει το κάλεσμά του, να διαδίδει τη θρησκεία του και να τον υπερασπίζεται απέναντι στις ψεύτικες κατηγορίες που επινοούν οι εχθροί του.
 Τέταρτον: Προς τους ηγέτες των Μουσουλμάνων – με το να τους βοηθά ο Μουσουλμάνος στην αλήθεια και τη δικαιοσύνη και να τους υπακούει σε ό,τι συνιστά υπακοή προς τον Αλλάχ.
 Πέμπτον: Προς τους Μουσουλμάνους – με το να τους δείχνει ο Μουσουλμάνος καλοσύνη, να μην τους βλάπτει με κανέναν τρόπο, να τους εύχεται το καλό και να συνεργάζεται μαζί τους στην καλοσύνη και την ευσέβεια.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας προτρέπει να είμαστε ειλικρινείς προς όλους.
 Η ειλικρίνεια έχει μεγάλη σημασία στη θρησκεία.
 Η θρησκεία αποτελείται από πεποιθήσεις, λόγια και πράξεις.
 Μία πτυχή της ειλικρίνειας είναι να απαλλαγεί κανείς από κάθε μορφή εξαπάτησης προς εκείνον στον οποίο απευθύνεται η ειλικρίνεια και να του εύχεται το καλό.
 Το Χαντίθ υπογραμμίζει την εξαιρετική διδακτική προσέγγιση του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), καθώς πρώτα αναφέρει κάτι συνοπτικά και στη συνέχεια το εξηγεί λεπτομερώς.
 Ξεκινά με το πιο σημαντικό. Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ανέφερε πρώτα την ειλικρίνεια προς τον Αλλάχ, έπειτα προς το Βιβλίο Του, μετά προς τον Αγγελιαφόρο Του (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), ακολούθως προς τους ηγέτες των Μουσουλμάνων και, τέλος, προς το σύνολο των Μουσουλμάνων.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Πράγματι, το επιτρεπτό είναι ξεκάθαρο και το απαγορευμένο επίσης ξεκάθαρο</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Ο Αν-Νου'μάν μπιν Μπασείρ (η ευαρέστηση του Αλλάχ επ' αυτού), ανέφερε ότι άκουσε τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Πράγματι, το επιτρεπτό είναι ξεκάθαρο και το απαγορευμένο επίσης ξεκάθαρο. Ανάμεσά τους, όμως, υπάρχουν αμφιλεγόμενες πράξεις, και πολλοί άνθρωποι δεν τις γνωρίζουν. Όποιος αποφεύγει αυτές τις αμφιλεγόμενες πράξεις, διατηρεί ασφαλή τη θρησκεία και την τιμή του (προστατεύοντάς τις από το να πέσει στο απαγορευμένο ή να εκτεθεί σε κακή φήμη και κριτική). Ωστόσο, όποιος εμπλέκεται σε αυτές τις αμφιλεγόμενες πράξεις, είναι πιθανό να πέσει στο απαγορευμένο. Είναι όπως ένας βοσκός που βόσκει τα ζώα του κοντά σε μια προστατευμένη περιοχή (όπως το βοσκότοπο ενός βασιλιά)· είναι πιθανό τα ζώα του να εισέλθουν εκεί, (και έτσι να υποστεί την τιμωρία του βασιλιά). Πράγματι, κάθε βασιλιάς έχει μια προστατευόμενη περιοχή, και η προστατευόμενη περιοχή του Αλλάχ είναι οι απαγορεύσεις Του. Πράγματι, υπάρχει ένα μικρό όργανο στο σώμα, αν αυτό είναι καλό, τότε όλο το σώμα είναι καλό· αν όμως είναι διεφθαρμένο, τότε όλο το σώμα διαφθείρεται. Αυτό το όργανο είναι η καρδιά.»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) εξηγεί έναν γενικό κανόνα, σύμφωνα με τον οποίο όλες οι πράξεις κατατάσσονται σε τρεις κατηγορίες: πράξεις που είναι ξεκάθαρα επιτρεπτές, πράξεις που είναι ξεκάθαρα απαγορευμένες και αμφιλεγόμενες πράξεις των οποίων ο κανόνας δεν είναι σαφής ως προς το αν είναι επιτρεπτές ή απαγορευμένες, και πολλοί άνθρωποι δεν τον γνωρίζουν.
 Όποιος αποφεύγει αυτές τις αμφιλεγόμενες πράξεις, διατηρεί τη θρησκεία του ασφαλή από το να πέσει στο απαγορευμένο και την τιμή του προστατευμένη από την κακή φήμη και την κριτική των ανθρώπων. Όμως, όποιος εμπλέκεται σε αυτές τις αμφιλεγόμενες πράξεις, διατρέχει τον κίνδυνο να πέσει στο απαγορευμένο και να εκτεθεί στην κριτική των ανθρώπων. Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) έδωσε ένα παράδειγμα για να εξηγήσει την κατάσταση εκείνου που εμπλέκεται σε μια αμφιλεγόμενη πράξη. Το παράδειγμά του μοιάζει με έναν βοσκό που βόσκει τα ζώα του κοντά σε μια προστατευμένη περιοχή – δηλαδή, το βοσκότοπο ενός βασιλιά, ο οποίος απειλεί με βαριά τιμωρία όποιον παραβιάσει την περιοχή του. Εφόσον τα ζώα βρίσκονται πολύ κοντά, είναι πιθανό να εισέλθουν σε αυτή την προστατευμένη περιοχή, με αποτέλεσμα ο βοσκός να υποστεί την τιμωρία. Παρομοίως, όποιος εμπλέκεται σε μια αμφιλεγόμενη πράξη, πλησιάζει επικίνδυνα στο να πέσει στο απαγορευμένο! Έπειτα, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ανέφερε ότι υπάρχει ένα μέρος στο σώμα -η καρδιά-, αν είναι καλή, τότε όλο το σώμα είναι καλό· αν όμως είναι διεφθαρμένη, τότε όλο το σώμα διαφθείρεται.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας προτρέπει να αποφεύγουμε τις αμφιλεγόμενες πράξεις, των οποίων ο κανόνας δεν είναι ξεκάθαρος.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4314</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Πράγματι, ο Αλλάχ έχει διατάξει την καλοσύνη σε όλα τα πράγματα</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Ο Σαντάντ μπιν Άους (η ευαρέστηση του Αλλάχ επ' αυτού) είπε: ‘Δύο πράγματα έμαθα και διατήρησα από τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), καθώς είπε:’ «Πράγματι, ο Αλλάχ έχει διατάξει την καλοσύνη σε όλα τα πράγματα. Έτσι, όταν εκτελείτε (έναν δολοφόνο με δικαστική απόφαση), κάντε το με τον καλύτερο τρόπο (δηλ. με τον πιο εύκολο και γρήγορο τρόπο, ώστε να μην ταλαιπωρηθεί ο καταδικασμένος). Και όταν σφάζετε (ένα ζώο για τροφή), κάντε το με τον καλύτερο τρόπο: ας ακονίσει κάποιος καλά τη λεπίδα του και ας φροντίσει να μην ταλαιπωρηθεί το ζώο.»</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι ο Παντοδύναμος Αλλάχ έχει διατάξει την καλοσύνη σε όλα τα πράγματα. Η καλοσύνη (Ιχσάν) σημαίνει να τελεί κανείς τις πράξεις λατρείας και τις καλές του πράξεις με ευλάβεια, σαν να βλέπει τον Αλλάχ· και αν δεν αισθάνεται ότι Τον βλέπει, τότε ας γνωρίζει ότι ο Αλλάχ τον βλέπει συνεχώς. Ο άνθρωπος πρέπει να επιδεικνύει καλοσύνη όταν κάνει το καλό, – ακόμη και όταν σφάζει ένα ζώο - και να αποφεύγει να βλάπτει τους άλλους.
 Η καλοσύνη κατά την εκτέλεση μιας δικαστικής απόφασης θανάτωσης ενός δολοφόνου για δίκαιους λόγους σημαίνει ότι ο εκτελεστής πρέπει να επιλέξει τον πιο εύκολο και γρήγορο τρόπο, ώστε ο καταδικασμένος δολοφόνος να μην υποφέρει.
 Η καλοσύνη κατά τη σφαγή ενός ζώου σημαίνει ότι ο άνθρωπος πρέπει να δείξει έλεος προς αυτό, ακονίζοντας καλά τη λεπίδα του – αλλά όχι μπροστά στο ζώο – ώστε να μην το ταλαιπωρήσει. Επιπλέον, δεν πρέπει να σφάζει το ζώο παρουσία άλλων ζώων που μπορούν να το δουν.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Το Χαντίθ αποδεικνύει το έλεος και την καλοσύνη του Αλλάχ προς τη δημιουργία Του.
 Το Χαντίθ ορίζει ότι η καλοσύνη κατά τη σφαγή ενός ζώου πρέπει να εφαρμόζεται σύμφωνα με τον τρόπο που έχει ορίσει η Σαρία.
 Το Χαντίθ επισημαίνει την τελειότητα της Σαρία, η οποία περιλαμβάνει όλες τις μορφές καλοσύνης, συμπεριλαμβανομένων του ελέους και της καλοσύνης προς τα ζώα.
 Το Χαντίθ απαγορεύει τον ακρωτηριασμό ενός ατόμου μετά τη θανάτωσή του.
 Το Χαντίθ επισημαίνει ότι οποιαδήποτε πράξη προκαλεί ταλαιπωρία στα ζώα είναι απαγορευμένη.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Ο Αλλάχ έχει καθορίσει τις καλές και τις κακές πράξεις και έχει εξηγήσει (στους Αγγέλους πώς να τις καταγράφουν στα βιβλία των πράξεων των ανθρώπων). Έτσι, όποιος σκοπεύει (με αποφασιστικότητα) να κάνει μια καλή πράξη αλλά τελικά δεν την εκτελεί, ο Αλλάχ θα την καταγράψει ως μια πλήρη καλή πράξη. Αν, όμως, την εκτελέσει, τότε ο Αλλάχ θα την καταγράψει ως δέκα καλές πράξεις, έως επτακόσιες φορές, ή και πολλαπλάσιες φορές. Όποιος, όμως, σκοπεύει να διαπράξει μια κακή πράξη αλλά δεν την εκτελεί (για χάρη του Αλλάχ), ο Αλλάχ θα την καταγράψει ως μια πλήρη καλή πράξη. Αν, ωστόσο, την εκτελέσει, τότε ο Αλλάχ θα την καταγράψει ως μόνο μία κακή πράξη</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>Ο Ιμπν 'Αμπάς (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), ως μέρος αυτού που αφηγείται από τον Κύριό του, είπε: «Ο Αλλάχ έχει καθορίσει τις καλές και τις κακές πράξεις και έχει εξηγήσει (στους Αγγέλους πώς να τις καταγράφουν στα βιβλία των πράξεων των ανθρώπων). Έτσι, όποιος σκοπεύει (με αποφασιστικότητα) να κάνει μια καλή πράξη αλλά τελικά δεν την εκτελεί, ο Αλλάχ θα την καταγράψει ως μια πλήρη καλή πράξη. Αν, όμως, την εκτελέσει, τότε ο Αλλάχ θα την καταγράψει ως δέκα καλές πράξεις, έως επτακόσιες φορές, ή και πολλαπλάσιες φορές. Όποιος, όμως, σκοπεύει να διαπράξει μια κακή πράξη αλλά δεν την εκτελεί (για χάρη του Αλλάχ), ο Αλλάχ θα την καταγράψει ως μια πλήρη καλή πράξη. Αν, ωστόσο, την εκτελέσει, τότε ο Αλλάχ θα την καταγράψει ως μόνο μία κακή πράξη.»</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) εξηγεί ότι ο Αλλάχ έχει καθορίσει τις καλές και τις κακές πράξεις και, στη συνέχεια, διευκρίνισε στους Αγγέλους πώς να τις καταγράφουν στα βιβλία των πράξεων των ανθρώπων.
 Έτσι, όποιος σκοπεύει με αποφασιστικότητα να κάνει μια καλή πράξη αλλά τελικά δεν την εκτελεί, θα του καταγραφεί ως μια πλήρης καλή πράξη. Αν, όμως, αφού τη σκεφτεί, την πραγματοποιήσει, τότε θα του καταγραφεί ως δέκα καλές πράξεις, έως και επτακόσιες φορές, ή και πολλαπλάσιες φορές, ανάλογα με την αφοσίωση και την ειλικρίνειά του, καθώς και με το πόσο ωφέλησε αυτή η καλή πράξη τους άλλους ανθρώπους.
 Όποιος σκοπεύει με αποφασιστικότητα να διαπράξει μια κακή πράξη αλλά δεν την εκτελεί για χάρη του Αλλάχ, θα του καταγραφεί ως μια πλήρης καλή πράξη. Αν δεν την εκτελέσει επειδή ήταν απασχολημένος με κάτι άλλο και δεν έκανε καμία από τις ενέργειες που οδηγούν σε αυτήν, τότε δεν θα του καταγραφεί τίποτα. Αν, όμως, δεν την εκτελέσει επειδή δεν είχε τη δυνατότητα, τότε θα του καταγραφεί η πρόθεσή του. Και αν, αφού τη σκεφτεί, την πραγματοποιήσει, τότε θα του καταγραφεί μόνο ως μία κακή πράξη.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Το Χαντίθ υπογραμμίζει τη μεγάλη εύνοια του Αλλάχ προς τους Μουσουλμάνους, καθώς πολλαπλασιάζει την ανταμοιβή των καλών τους πράξεων, ενώ δεν πολλαπλασιάζει τις κακές τους πράξεις.
 Το Χαντίθ υπογραμμίζει τη μεγάλη σημασία της πρόθεσης των ανθρώπων στις πράξεις τους και τις συνέπειές της.
 Το Χαντίθ υπογραμμίζει τη μεγάλη χάρη του Αλλάχ, καθώς όποιος σκοπεύει να κάνει μια καλή πράξη αλλά δεν την εκτελεί, ο Αλλάχ θα του την καταγράψει ως μια πλήρη καλή πράξη.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4322</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Ο Αλλάχ δεν κοιτάζει τις μορφές σας ή τα πλούτη σας, αλλά κοιτάζει τις καρδιές σας και τις πράξεις σας</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο Αλλάχ δεν κοιτάζει τις μορφές σας ή τα πλούτη σας, αλλά κοιτάζει τις καρδιές σας και τις πράξεις σας.»</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) εξηγεί ότι ο Παντοδύναμος Αλλάχ δεν κοιτάζει τις μορφές και τα σώματα των δούλων Του – αν είναι όμορφα ή όχι, μεγάλα ή μικρά, υγιή ή άρρωστα –, ούτε κοιτάζει τα πλούτη τους, – αν είναι πολλά ή λίγα –. Πράγματι, ο Παντοδύναμος Αλλάχ δεν τιμωρεί τους δούλους Του ούτε τους θεωρεί υπεύθυνους για τα παραπάνω. Αντίθετα, κοιτάζει τις καρδιές τους και το τι περιέχουν – αν έχουν ευσέβεια, πίστη, ειλικρίνεια και αφοσίωση, ή αν έχουν αλαζονεία, επίδειξη, υποκρισία και απιστία. Επίσης, κοιτάζει τις πράξεις των ανθρώπων – αν είναι καλές ή κακές – και, ανάλογα, είτε τους ανταμείβει, είτε τους τιμωρεί.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας προτρέπει να διορθώνουμε τις προθέσεις μας, να εξαγνίζουμε τις καρδιές μας και να τις απαλλάσσουμε από κάθε κακό χαρακτηριστικό.
 Το Χαντίθ μας ενημερώνει ότι οι καρδιές γίνονται αγνές μέσω της ειλικρίνειας και ότι οι πράξεις γίνονται ορθές όταν ακολουθούμε το παράδειγμα του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ). Επίσης, μας διδάσκει ότι ο Αλλάχ κοιτάζει τις καρδιές και τις πράξεις των ανθρώπων και, στη συνέχεια, τους ανταμείβει ή τους τιμωρεί ανάλογα με αυτές.
 Το Χαντίθ μας ενημερώνει ότι ο άνθρωπος δεν πρέπει να ξεγελιέται από τον πλούτο, την ομορφιά ή τη σωματική του διάπλαση, ούτε από τις εγκόσμιες εμφανίσεις.
 Το Χαντίθ μας προειδοποιεί να μην ασχολούμαστε μόνο με την εξωτερική εμφάνιση, παραμελώντας τη διόρθωση των προθέσεων και των πράξεών μας.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>Στ’ αλήθεια, η ανταμοιβή των πράξεων εξαρτάται από τις προθέσεις, και κάθε άτομο θα λάβει είτε ανταμοιβή, είτε τιμωρία, σύμφωνα με αυτό που σκόπευε</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Ο Όμαρ ιμπν Αλ-Χαττάμπ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Στ’ αλήθεια, η ανταμοιβή των πράξεων εξαρτάται από την πρόθεση, και κάθε άτομο θα λάβει είτε ανταμοιβή, είτε τιμωρία, σύμφωνα με αυτό που σκόπευε. Έτσι, όποιος μεταναστεύει για τον Αλλάχ και τον Αγγελιαφόρο Του, τότε η μετανάστευσή του θα είναι για τον Αλλάχ και τον Αγγελιαφόρο Του. Αλλά όποιος μεταναστεύει για εγκόσμια οφέλη ή για να παντρευτεί μια γυναίκα, τότε η μετανάστευσή του θα είναι για ό,τι είχε σκοπό.»
 Στην αναφορά του Αλ-Μπουχάρι: «Στ’ αλήθεια, η ανταμοιβή των πράξεων εξαρτάται από τις προθέσεις, και κάθε άτομο θα λάβει είτε ανταμοιβή, είτε τιμωρία, σύμφωνα με αυτό που σκόπευε.»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) εξηγεί ότι όλες οι πράξεις εξαρτώνται από την πρόθεση, είτε πρόκειται για πράξεις λατρείας είτε για συναλλαγές κ.λπ. Έτσι, όποιος εκτελεί μια πράξη με σκοπό αποκλειστικά κάποιο εγκόσμιο όφελος, τότε δεν θα λάβει παρά μόνο αυτό, χωρίς καμία ανταμοιβή από τον Αλλάχ. Αλλά όποιος εκτελεί μια πράξη με σκοπό να αποκτήσει την ευαρέστηση του Αλλάχ, τότε θα λάβει ανταμοιβή από Αυτόν, ακόμα και αν η πράξη του είναι απλή, όπως το να φάει ή να πιει.
 Στη συνέχεια, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) έδωσε ένα παράδειγμα για να καταδείξει τον αντίκτυπο της πρόθεσης, ακόμα και όταν δύο πράξεις φαίνονται εξωτερικά ίδιες. Τόνισε ότι εάν κάποιος μεταναστεύσει και εγκαταλείψει την πατρίδα του με σκοπό να λάβει την ευαρέστηση του Κυρίου του, η μετανάστευσή του θα είναι αποδεκτή και θα λάβει ανταμοιβή για αυτήν, εφόσον είχε ειλικρινή πρόθεση. Αν όμως μεταναστεύσει με μοναδικό σκοπό να επιτύχει εγκόσμια οφέλη, όπως πλούτο, υψηλή θέση, εμπόριο ή σύζυγο, χωρίς να έχει την πρόθεση να αναζητήσει την ευαρέστηση του Αλλάχ, τότε δεν θα αποκομίσει τίποτα από τη μετανάστευσή του πέρα από το όφελος που σκόπευε, και δεν θα λάβει καμία ανταμοιβή για αυτήν.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας προτρέπει να είμαστε ειλικρινείς, καθώς ο Αλλάχ δέχεται μόνο τις πράξεις που γίνονται αποκλειστικά για χάρη Του.
 Οι καλές πράξεις που εκτελεί κάποιος από συνήθεια, χωρίς να έχει την πρόθεση να λάβει την ευαρέστηση του Αλλάχ, δεν θα του αποφέρουν ανταμοιβή. Μόνο όταν η πρόθεσή του είναι να τις κάνει για χάρη του Αλλάχ και για να λάβει την ευαρέστησή Του, τότε θα ανταμειφθεί για αυτές.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>Το Ισλάμ είναι να μαρτυρήσεις ότι κανείς δεν έχει το δικαίωμα να λατρεύεται παρά μόνο ο Αλλάχ και ότι ο Μωχάμμαντ είναι ο Αγγελιαφόρος του Αλλάχ, να τελείς την προσευχή τακτικά, να δίνεις τη Ζακά (ετήσια υποχρεωτική ελεημοσύνη), να νηστεύεις το Ραμαντάν και να εκτελείς το Χατζ (το μεγάλο προσκύνημα) στον Ιερό Οίκο, αν είσαι σε θέση (οικονομικά και σωματικά)</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Ο Όμαρ ιμπν Αλ-Χαττάμπ (η ευαρέστηση του Αλλάχ επ' αυτού) είπε: «Κάποτε καθόμασταν με τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), όταν εμφανίστηκε ένας άνδρας ντυμένος με πολύ λευκά ρούχα και με εξαιρετικά μαύρα μαλλιά. Δεν υπήρχαν πάνω του σημάδια ταξιδιού, και κανείς από εμάς δεν τον γνώριζε. Κάθισε μπροστά στον Προφήτη (ﷺ), ακούμπησε τα γόνατά του στα γόνατα του Προφήτη (ﷺ) και τοποθέτησε τις δύο παλάμες του πάνω στους μηρούς του, λέγοντας: «Ω, Μωχάμμαντ! Πες μου για το Ισλάμ.» Ο Προφήτης (ﷺ) απάντησε: «Το Ισλάμ είναι να μαρτυρήσεις ότι κανείς δεν έχει το δικαίωμα να λατρεύεται παρά μόνο ο Αλλάχ και ότι ο Μωχάμμαντ είναι ο Αγγελιαφόρος του Αλλάχ, να τελείς την προσευχή τακτικά, να δίνεις τη Ζακά (ετήσια υποχρεωτική ελεημοσύνη), να νηστεύεις το Ραμαντάν και να εκτελείς το Χατζ (το μεγάλο προσκύνημα) στον Ιερό Οίκο, αν είσαι σε θέση (οικονομικά και σωματικά).» Εκείνος είπε: «Είπες την αλήθεια.» - Μας προκάλεσε έκπληξη το γεγονός ότι τον ρωτούσε και στη συνέχεια επιβεβαίωνε την απάντησή του! - Στη συνέχεια είπε: «Πες μου για την Ιμάν (πίστη).» Ο Προφήτης (ﷺ) απάντησε: «Η πίστη είναι να πιστεύεις στον Αλλάχ, στους αγγέλους Του, στα Βιβλία Του, στους αγγελιαφόρους Του, στην Έσχατη Ημέρα και στο Θείο Πεπρωμένο, είτε οι συνέπειές του είναι καλές είτε κακές.» Είπε: «Είπες την αλήθεια.» Έπειτα ρώτησε: «Πες μου για τον Ιχσάν.» Ο Προφήτης (ﷺ) απάντησε: «Είναι να λατρεύεις τον Αλλάχ σαν να Τον βλέπεις, και αν δεν μπορείς να το αισθανθείς αυτό, τότε να ξέρεις ότι Εκείνος σε βλέπει.» Είπε: «Πες μου για την Ώρα.» Ο Προφήτης (ﷺ) είπε: «Ούτε ο ερωτώμενος, ούτε ο ερωτών γνωρίζει την Ώρα.» Είπε: «Τότε πες μου για τα σημάδια της.» Ο Προφήτης (ﷺ) είπε: «Όταν η δούλη γεννήσει την κυρία της [κάτι που μπορεί να σημαίνει ότι η ανυπακοή των παιδιών προς τις μητέρες τους θα είναι ευρέως διαδεδομένη και ότι οι κόρες θα συμπεριφέρονται στις μητέρες τους σαν να ήταν δούλες τους] και όταν δεις τους ξυπόλητους, γυμνούς, άπορους βοσκούς να συναγωνίζονται στο χτίσιμο ψηλών κτιρίων.» Έπειτα, εκείνος ο άνδρας έφυγε, και εγώ περίμενα για λίγο. Μετά, ο Προφήτης (ﷺ) μου είπε: «Ω, Ομάρ! Ξέρεις ποιος ήταν ο ερωτών;» Είπα: «Ο Αλλάχ και ο Αγγελιαφόρος Του γνωρίζουν καλύτερα.»Εκείνος είπε: «Ήταν ο Τζιμπρήλ (Γαβριήλ). Ήρθε για να σας διδάξει τη θρησκεία σας.».»</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>Ο Όμαρ ιμπν Αλ-Χαττάμπ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Γαβριήλ (ειρήνη σε αυτόν) εμφανίστηκε στους συντρόφους με τη μορφή ενός άγνωστου άνδρα, ο οποίος ήταν ντυμένος με πολύ λευκά ρούχα και είχε εξαιρετικά μαύρα μαλλιά. Δεν υπήρχαν πάνω του σημάδια ταξιδιού, όπως κούραση, σκόνη, ακατάστατα μαλλιά ή λερωμένα ρούχα, και κανείς από τους συντρόφους που ήταν μαζί με τον Προφήτη (ﷺ) δεν τον γνώριζε. Ο Γαβριήλ κάθισε μπροστά στον Προφήτη (ﷺ) με τον σεβασμό κάποιου που επιθυμεί να αποκτήσει γνώση. Στη συνέχεια, ο Γαβριήλ ρώτησε τον Προφήτη (ﷺ) για το Ισλάμ, και εκείνος απάντησε αναφέροντας τους πυλώνες του: τις δύο μαρτυρίες της πίστεως, τις πέντε υποχρεωτικές προσευχές, τη Ζακά (ετήσια υποχρεωτική ελεημοσύνη), τη νηστεία κατά τον μήνα του Ραμαντάν και την τέλεση του Χατζ (του μεγάλου προσκυνήματος) στον Ιερό Οίκο για όποιον είναι σε θέση να το εκτελέσει.
 Τότε ο Γαβριήλ είπε: «Είπες την αλήθεια.», προκαλώντας έκπληξη στους συντρόφους, καθώς τους φάνηκε παράξενο το ότι τον ρωτούσε για κάτι και στη συνέχεια επιβεβαίωνε την απάντησή του!
 Στη συνέχεια, ο Γαβριήλ ρώτησε για την πίστη, και ο Προφήτης (ﷺ) απάντησε αναφέροντας τους έξι πυλώνες της πίστης, που περιλαμβάνουν: 1) Την πίστη στον Αλλάχ – στην απόλυτη μοναδικότητά Του, στις Ιδιότητές Του, στις πράξεις Του (όπως το ότι Αυτός δημιούργησε τα πάντα) και στη Θεότητά Του, δηλαδή ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον Αυτός. 2) Την πίστη στους αγγέλους Του – οι οποίοι δημιουργήθηκαν από φως και είναι τιμημένοι δούλοι που δεν παρακούν ποτέ τον Αλλάχ, εκτελώντας μόνο τις εντολές Του. 3) Την πίστη στα Βιβλία Του – όπως το Κοράν, την Τορά και το Ιν-τζήλ. 4) Την πίστη στους αγγελιαφόρους Του – όπως στον Νώε, τον Αβραάμ, τον Μωυσή, τον Ιησού και τον Μωχάμμαντ (ειρήνη σε αυτούς). 5) Την πίστη στην Έσχατη Ημέρα – περιλαμβάνοντας όσα θα συμβούν μετά τον θάνατο, τις δοκιμασίες του τάφου, την ανάσταση, τον απολογισμό και τον τελικό προορισμό, που θα είναι είτε η Κόλαση, είτε ο Παράδεισος. 6) Την πίστη στο Θείο Πεπρωμένο – ότι ο Αλλάχ έχει ορίσει τα πάντα σύμφωνα με την τέλεια Σοφία Του. Στη συνέχεια, ο Γαβριήλ ρώτησε για το Ιχσάν, και ο Προφήτης (ﷺ) απάντησε ότι το Ιχσάν είναι να λατρεύει κανείς τον Αλλάχ σαν να Τον βλέπει (παρόλο που δεν Τον βλέπει). Αν όμως δεν μπορεί να φτάσει σε αυτό το επίπεδο, τότε πρέπει να γνωρίζει με απόλυτη βεβαιότητα ότι ο Αλλάχ τον βλέπει συνεχώς. Ωστόσο, η πρώτη θέση είναι ανώτερη από τη δεύτερη.
 Στη συνέχεια, ο Γαβριήλ ρώτησε για την Ώρα, και ο Προφήτης (ﷺ) εξήγησε ότι η γνώση της Ώρας ανήκει αποκλειστικά στον Αλλάχ, και κανένα από τα δημιουργήματά Του δεν γνωρίζει πότε θα συμβεί. Δηλαδή, ούτε ο ερωτώμενος, ούτε ο ερωτών γνωρίζουν την ακριβή της ώρα.
 Στη συνέχεια, ο Γαβριήλ ρώτησε για τα σημάδια της Ώρας, και ο Προφήτης (ﷺ) απάντησε ότι μεταξύ αυτών είναι: 1) Η δούλα θα γεννήσει την κυρία της – δηλαδή, η ανυπακοή των παιδιών προς τις μητέρες τους θα είναι ευρέως διαδεδομένη, και οι κόρες θα συμπεριφέρονται στις μητέρες τους σαν να ήταν οι δούλες τους. 2) Οι ξυπόλητοι, γυμνοί, άποροι βοσκοί θα συναγωνίζονται στο χτίσιμο ψηλών κτιρίων.
@@ -1397,419 +1397,419 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Το Χαντίθ αναδεικνύει τους άριστους τρόπους του Προφήτη (ﷺ), ο οποίος συνήθιζε να κάθεται με τους συντρόφους του και να τους διδάσκει τη θρησκεία τους.
 Ο ερωτών πρέπει να αντιμετωπίζεται με ήπιο και φιλικό τρόπο, ώστε να μπορεί να θέτει την ερώτησή του χωρίς επιφυλάξεις ή φόβο.
 Ένας δάσκαλος πρέπει να αντιμετωπίζεται με ευγένεια και σεβασμό, όπως ο Γαβριήλ (ειρήνη σε αυτόν) κάθισε μπροστά στον Προφήτη (ﷺ) με σεβασμό, προκειμένου να μάθει από αυτόν.
 Οι πυλώνες του Ισλάμ είναι πέντε, και οι θεμελιώδεις αρχές της πίστης είναι έξι.
 Όταν το Ισλάμ και η πίστη αναφέρονται μαζί, το Ισλάμ αφορά τις εξωτερικές πράξεις, ενώ η πίστη αφορά τις εσωτερικές πεποιθήσεις.
 Η θρησκεία έχει διάφορα επίπεδα: το πρώτο είναι το Ισλάμ, το δεύτερο η πίστη (Ιμάν) και το τρίτο η ειλικρίνεια (Ιχσάν), που αποτελεί το υψηλότερο επίπεδο.
 Ένας ερωτών συνήθως δεν γνωρίζει την απάντηση, για αυτό προκάλεσε έκπληξη στους συντρόφους το γεγονός ότι ο ερωτών όχι μόνο ρώτησε, αλλά και επιβεβαίωσε την απάντηση.
 Ξεκίνησε με το πιο σημαντικό. Για αυτό, όταν εξηγούσε το Ισλάμ, άρχισε με τις δύο μαρτυρίες της πίστης, και όταν εξηγούσε την πίστη, ξεκίνησε με την πίστη στον Αλλάχ.
 Ένας λόγιος μπορεί να ερωτηθεί για κάτι που ο ερωτών ήδη γνωρίζει, ώστε να το μάθουν και οι άλλοι.
 Η γνώση της Ώρας ανήκει αποκλειστικά στον Αλλάχ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4563</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>Μην θυμώνεις</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: Ένας άντρας ήρθε στον Προφήτη (ﷺ) και είπε: «Συμβούλευσέ με.» Εκείνος απάντησε: «Μην θυμώνεις.» Ο άνδρας επανέλαβε την ερώτηση περισσότερες από μία φορές, και κάθε φορά ο Προφήτης (ﷺ) του απαντούσε: «Μην θυμώνεις.»</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Ένας σύντροφος ζήτησε από τον Προφήτη (ﷺ) να τον καθοδηγήσει σε κάτι που θα του ήταν ωφέλιμο, και εκείνος του είπε να μην θυμώνει. Δηλαδή, να αποφεύγει όλες τις αιτίες που οδηγούν στον θυμό και, όταν θυμώσει για κάτι, να ελέγχει τον εαυτό του και τον θυμό του, ώστε να μην τον παρασύρει στο κακό.
 Ο σύντροφος επανέλαβε την ερώτηση πολλές φορές, αλλά ο Προφήτης (ﷺ) δεν πρόσθεσε τίποτα πέρα από τη συμβουλή του: «Μην θυμώνεις.»</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Το Χαντίθ προειδοποιεί ενάντια στον θυμό και στις αιτίες του, καθώς ο θυμός περιλαμβάνει κάθε μορφή κακού, ενώ η αποφυγή του οδηγεί σε κάθε καλοσύνη.
 Ο θυμός για χάρη του Αλλάχ, όπως ο θυμός όταν παραβιάζονται οι απαγορεύσεις Του, είναι αξιέπαινος.
 Εάν είναι απαραίτητο, κάποιος μπορεί να επαναλάβει τα λόγια του, ώστε ο ακροατής να τα κατανοήσει πλήρως και να συνειδητοποιήσει τη σημασία τους.
 Το Χαντίθ αναδεικνύει την αρετή της αναζήτησης συμβουλών από έναν λόγιο που κατέχει γνώση.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Κανείς δεν πρέπει να προκαλεί βλάβη σε κανέναν, ούτε να ανταποδίδει τη βλάβη με βλάβη. Όποιος προξενεί βλάβη, ο Αλλάχ θα τον βλάψει, και όποιος δυσκολεύει τη ζωή των άλλων, ο Αλλάχ θα κάνει τα πράγματα δύσκολα για αυτόν</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Σαΐντ Αλ-Χουντρέι (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Κανείς δεν πρέπει να προκαλεί βλάβη σε κανέναν, ούτε να ανταποδίδει τη βλάβη με βλάβη. Όποιος προξενεί βλάβη, ο Αλλάχ θα τον βλάψει, και όποιος δυσκολεύει τη ζωή των άλλων, ο Αλλάχ θα κάνει τα πράγματα δύσκολα για αυτόν.»</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) επισήμανε ότι πρέπει να αποτρέπουμε το κακό τόσο από τον εαυτό μας όσο και από τους άλλους, σε όλες του τις μορφές και εκδηλώσεις. Είναι εξίσου ανεπίτρεπτο για οποιονδήποτε να βλάψει τον εαυτό του ή να βλάψει τους άλλους.
 Επιπλέον, δεν επιτρέπεται να ανταποκριθεί κανείς στη βλάβη με μια άλλη βλάβη, διότι η αδικία δεν αναιρείται με αδικία. Η αποκατάσταση της βλάβης πρέπει να γίνεται μόνο μέσω δίκαιης νομικής ανταπόδοσης, χωρίς υπέρβαση των ορίων.
 Έπειτα, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) επισήμανε ότι όποιος βλάπτει τους άλλους, θα υποστεί και ο ίδιος βλάβη, και όποιος προκαλεί δυσκολίες στους άλλους, θα αντιμετωπίσει και ο ίδιος δυσκολίες.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Απαγορεύεται η ανταπόδοση με κάτι μεγαλύτερο από το αντίστοιχο.
 Ο Αλλάχ δεν πρόσταξε στους δούλους Του τίποτα που να τους προκαλεί βλάβη.
 Απαγορεύεται να προκαλεί κανείς βλάβη σε άλλον ή να ανταποδίδει βλάβη με βλάβη, είτε μέσω λόγων, είτε μέσω πράξεων, είτε μέσω αδιαφορίας.
 Ο καθένας θα λάβει το αντίστοιχο της πράξης του. Επομένως, όποιος προκαλεί βλάβη, ο Αλλάχ θα τον βλάψει, και όποιος δυσκολεύει τη ζωή των άλλων, ο Αλλάχ θα κάνει τα πράγματα δύσκολα για αυτόν.
 Ένας από τους θεμελιώδεις κανόνες της Σαρία είναι ότι «η ζημιά πρέπει να αφαιρεθεί», καθώς η Σαρία καταδικάζει κάθε μορφή βλάβης.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[صحيح بشواهده]</t>
   </si>
   <si>
     <t>[رواه الدارقطني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Εάν εμπιστεύεστε τον Αλλάχ όπως Του αρμόζει, θα σας παρέχει αγαθά όπως παρέχει στα πουλιά, τα οποία φεύγουν το πρωί πεινασμένα και επιστρέφουν το βράδυ με γεμάτες κοιλιές</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Ο Όμαρ ιμπν Αλ-Χαττάμπ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι άκουσε τον Προφήτη του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Εάν εμπιστεύεστε τον Αλλάχ όπως Του αρμόζει, θα σας παρέχει αγαθά όπως παρέχει στα πουλιά, τα οποία φεύγουν το πρωί πεινασμένα και επιστρέφουν το βράδυ με γεμάτες κοιλιές.»</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας προτρέπει να εναποθέτουμε την εμπιστοσύνη μας στον Αλλάχ, είτε όταν επιδιώκουμε κάτι καλό, είτε όταν θέλουμε να αποτρέψουμε κάτι κακό. Αυτό ισχύει τόσο για τα εγκόσμια ζητήματα όσο και για τα θέματα της θρησκείας, καθώς κανείς δεν μπορεί να δώσει, να αποτρέψει, να βλάψει ή να ωφελήσει, παρά μόνον Αυτός. Επιπλέον, μας προτρέπει να επιδιώκουμε τα κατάλληλα μέσα που φέρνουν οφέλη ή αποτρέπουν το κακό, ενώ ταυτόχρονα εναποθέτουμε την εμπιστοσύνη μας στον Αλλάχ. Όταν πράττουμε έτσι, ο Αλλάχ θα μας παρέχει αγαθά, όπως παρέχει στα πουλιά, τα οποία φεύγουν το πρωί πεινασμένα και επιστρέφουν το βράδυ με γεμάτες κοιλιές. Η συμπεριφορά των πουλιών αποτελεί παράδειγμα της σωστής αναζήτησης βιοπορισμού, καθώς επιδιώκουν τα μέσα για την επιβίωσή τους χωρίς τεμπελιά.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Το Χαντίθ τονίζει την αρετή του Ατ-Τάουακολ (της εναπόθεσης της εμπιστοσύνης στον Αλλάχ), το οποίο αποτελεί ένα από τα καλύτερα μέσα για την απόκτηση των προς το ζην.
 Το Ατ-Τάουακολ δεν αντιβαίνει στην επιδίωξη των κατάλληλων μέσων, καθώς το Χαντίθ δείχνει ότι η αληθινή εμπιστοσύνη στον Αλλάχ δεν έρχεται σε αντίθεση με το γεγονός ότι τα πουλιά βγαίνουν το πρωί αναζητώντας τα προς το ζην.
 Η Σαρία δίνει ιδιαίτερη έμφαση στις πράξεις της καρδιάς, καθώς το Ατ-Τάουακολ ανήκει σε αυτήν την κατηγορία.
 Η αποκλειστική προσκόλληση στα μέσα αποτελεί ένδειξη ανεπάρκειας στη θρησκεία κάποιου, ενώ η πλήρης εγκατάλειψή τους υποδηλώνει ανεπάρκεια στη λογική του.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4721</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>Ω, δούλοι Μου! Απέτρεψα τον Εαυτό Μου από την αδικία και σας την απαγόρευσα, επομένως, μην αδικείτε ο ένας τον άλλον</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Ο Άμπου Δαρρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι: «Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ανέφερε ότι ο Παντοδύναμος Αλλάχ είπε (σε ένα Χαντίθ Κούντουσι): 
 «Ω, δούλοι Μου! Απέτρεψα τον Εαυτό Μου από την αδικία και σας την απαγόρευσα, επομένως, μην αδικείτε ο ένας τον άλλον. Ω, δούλοι Μου! Όλοι είστε παραστρατημένοι, εκτός από όποιον καθοδηγήσω. Ζητήστε λοιπόν καθοδήγηση από Εμένα, και θα σας καθοδηγήσω. Ω, δούλοι Μου! Όλοι είστε πεινασμένοι, εκτός από όποιον του παρέχω τροφή. Ζητήστε λοιπόν από Εμένα τροφή, και θα σας την παρέχω. Ω, δούλοι Μου! Όλοι είστε γυμνοί, εκτός από όποιον του παρέχω ρούχα. Ζητήστε λοιπόν από Εμένα ρούχα, και θα σας τα παρέχω. Ω, δούλοι Μου! Εσείς όλοι αμαρτάνετε τη νύχτα και την ημέρα, και Εγώ είμαι Αυτός που συγχωρεί όλες τις αμαρτίες. Ζητήστε λοιπόν από Εμένα συγχώρεση, και θα σας συγχωρήσω. Ω, δούλοι Μου! Δεν μπορείτε να Με βλάψετε, ούτε να Με ωφελήσετε με τίποτα. Ω, δούλοι Μου! Αν εσείς όλοι – από τον πρώτο σας μέχρι τον τελευταίο σας, και όλοι οι άνθρωποι και τα Τζίνν – ήσασταν τόσο ευσεβείς όσο η καρδιά του πιο ευσεβούς ανθρώπου ανάμεσά σας, αυτό δεν θα πρόσθετε τίποτα στη Βασιλεία Μου. Ω, δούλοι Μου! Αν εσείς όλοι – από τον πρώτο σας μέχρι τον τελευταίο σας, και όλοι οι άνθρωποι και τα Τζίνν – ήσασταν τόσο αμαρτωλοί όσο η καρδιά του πιο κακού ανθρώπου ανάμεσά σας, αυτό δεν θα μείωνε τίποτα από τη Βασιλεία Μου. Ω, δούλοι Μου! Αν εσείς όλοι – από τον πρώτο σας μέχρι τον τελευταίο σας, και όλοι οι άνθρωποι και τα Τζίνν – στεκόσασταν μαζί σε ένα μέρος και ζητούσατε από Εμένα, και στη συνέχεια έδινα στον καθένα ό,τι ζητούσε, αυτό δεν θα μείωνε τίποτα από ό,τι κατέχω, παρά μόνο όσο μία βελόνα μειώνει το νερό μιας θάλασσας όταν βυθίζεται μέσα της (και βγαίνει από αυτή) [δηλ. τίποτε]. Ω, δούλοι Μου! Πράγματι, καταγράφω όλες τις πράξεις σας και θα σας ανταμείψω ή θα σας τιμωρήσω για αυτές. Έτσι, όποιος βρίσκει καλή ανταμοιβή για τις πράξεις του, ας δοξάζει τον Αλλάχ. Και όποιος βρίσκει κάτι διαφορετικό από αυτό, δεν πρέπει να κατηγορεί κανέναν παρά μόνο τον εαυτό του.».»</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) εξηγεί ότι ο Παντοδύναμος Αλλάχ δήλωσε πως απέτρεψε τον Εαυτό Του από την αδικία και την απαγόρευσε στους δούλους Του. Επομένως, κανείς δεν πρέπει να αδικεί τον άλλον. Επιπλέον, εξηγεί ότι όλοι οι άνθρωποι είναι παραστρατημένοι από τον δρόμο της αλήθειας, εκτός από εκείνους που καθοδηγεί ο Αλλάχ. Επομένως, όποιος αναζητά την καθοδήγηση από τον Αλλάχ, ο Αλλάχ θα τον καθοδηγήσει. Επιπλέον, εξηγεί ότι όλοι οι άνθρωποι έχουν ανάγκη τον Αλλάχ σε όλες τις υποθέσεις τους. Επομένως, όποιος Τον επικαλείται για τις ανάγκες του, ο Αλλάχ θα ανταποκριθεί στις επικλήσεις του. Επιπλέον, εξηγεί ότι όλοι οι άνθρωποι διαπράττουν αμαρτίες τη νύχτα και την ημέρα, ενώ ο Αλλάχ είναι Αυτός που συγχωρεί όλες τις αμαρτίες, όταν ο δούλος επιστρέφει σε Αυτόν με ειλικρινή μεταμέλεια. Επιπλέον, εξηγεί ότι οι άνθρωποι δεν μπορούν ούτε να προκαλέσουν κακό στον Αλλάχ, ούτε να Τον ωφελήσουν με οτιδήποτε. Επιπλέον, εξηγεί ότι αν όλοι οι δούλοι ήταν τόσο ευσεβείς στη λατρεία του Αλλάχ όσο η καρδιά του πιο ευσεβούς ανθρώπου ανάμεσά τους, αυτό δεν θα πρόσθετε τίποτα στην Κυριαρχία Του. Και αν όλοι οι δούλοι ήταν τόσο αμαρτωλοί όσο η καρδιά του πιο κακού ανθρώπου ανάμεσά τους, αυτό δεν θα μείωνε τίποτα από την Κυριαρχία του Αλλάχ. Διότι αυτοί είναι αδύναμοι και έχουν ανάγκη τον Αλλάχ σε κάθε κατάσταση, χρόνο και τόπο, ενώ ο Αλλάχ είναι ο Πλούσιος και ο Ελεύθερος από κάθε ανάγκη. Επιπλέον, εξηγεί ότι αν όλοι οι δούλοι, άνθρωποι και Τζίνν, από τον πρώτο έως τον τελευταίο τους, στέκονταν μαζί σε ένα μέρος και ζητούσαν από τον Αλλάχ, και στη συνέχεια ο Αλλάχ έδινε στον καθένα ό,τι ζητούσε, αυτό δεν θα μείωνε τίποτα από ό,τι κατέχει. Όπως ακριβώς, όταν μια βελόνα βυθίζεται σε μια θάλασσα και έπειτα βγαίνει, δεν αφαιρεί τίποτα από το νερό της.
 Επιπλέον, εξηγεί ότι ο Αλλάχ καταγράφει όλες τις πράξεις των δούλων Του και θα τους ανταμείψει ή θα τους τιμωρήσει για αυτές την Ημέρα της Κρίσεως. Επομένως, όποιος βρει καλή ανταμοιβή για τις πράξεις του, ας δοξάζει τον Αλλάχ. Και όποιος βρει κάτι διαφορετικό, δεν πρέπει να κατηγορεί κανέναν παρά μόνο τον εαυτό του, που τον οδήγησε στην απώλεια.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Αυτό το Χαντίθ αναφέρεται από τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ως λόγια του Κυρίου του και ονομάζεται "Χαντίθ Κούντουσι" ή "Χαντίθ Ιλάχι" (Ιερό ή Θεϊκό Χαντίθ). Τα λόγια και η σημασία του αποδίδονται στον Αλλάχ. Ωστόσο, δεν διαθέτει τα χαρακτηριστικά του Κοράν, τα οποία το διακρίνουν από κάθε άλλο κείμενο, όπως η θαυματουργία του και το γεγονός ότι η απαγγελία του αποτελεί πράξη λατρείας.
 Κάθε γνώση ή καθοδήγηση που κατέχουν οι άνθρωποι οφείλεται στην καθοδήγηση του Αλλάχ.
 Κάθε καλό που συμβαίνει σε έναν άνθρωπο προέρχεται από τη χάρη του Παντοδύναμου Αλλάχ, ενώ κάθε κακό που τον πλήττει οφείλεται στον ίδιο και στις επιθυμίες του.
 Όποιος ενεργεί ορθά, το οφείλει στην καθοδήγηση του Αλλάχ, και η ανταμοιβή που θα λάβει, θα προέρχεται από τη γενναιοδωρία Του. Αλλά όποιος διαπράττει κακές πράξεις, δεν πρέπει να κατηγορεί κανέναν παρά μόνο τον εαυτό του.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Ω, νεαρέ! Θα σου μάθω μερικά λόγια: Τήρησε τις εντολές του Αλλάχ και Αυτός θα σε προστατεύει. Τήρησε τις εντολές του Αλλάχ και θα Τον βρεις να σε υποστηρίζει. Αν είναι να ζητήσεις κάτι, ζήτησέ το μόνο από τον Αλλάχ, και αν είναι να αναζητήσεις βοήθεια, ζήτησέ τη μόνο από τον Αλλάχ</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>Ο Ιμπν ‘Αμπάς (η ευαρέστηση του Αλλάχ επ' αυτού) είπε: «Κάποτε ήμουν καβάλα με τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), και μου είπε: «Ω, νεαρέ! Θα σου μάθω μερικά λόγια: Τήρησε τις εντολές του Αλλάχ και Αυτός θα σε προστατεύει. Τήρησε τις εντολές του Αλλάχ και θα Τον βρεις να σε υποστηρίζει. Αν είναι να ζητήσεις κάτι, ζήτησέ το μόνο από τον Αλλάχ, και αν είναι να αναζητήσεις βοήθεια, ζήτησέ τη μόνο από τον Αλλάχ. Να ξέρεις ότι αν όλος ο κόσμος συγκεντρωνόταν για να σε ωφελήσει με κάτι, δεν θα μπορούσε να σε ωφελήσει παρά μόνο με ό,τι έχει ήδη προκαθορίσει ο Αλλάχ για σένα. Και αν συγκεντρωνόταν για να σε βλάψει με κάτι, δεν θα μπορούσε να σε βλάψει παρά μόνο με ό,τι έχει ήδη προκαθορίσει ο Αλλάχ για σένα. Οι πένες έχουν σηκωθεί και οι γραφές έχουν στεγνώσει (δηλαδή, o γέγραφε γέγραφε).».»</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ο Ιμπν ‘Αμπάς (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι όταν ήταν μικρός, καβάλησε μαζί με τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), ο οποίος του είπε ότι θα του διδάξει κάποια λόγια, μέσω των οποίων ο Αλλάχ θα τον ωφελήσει. Και έτσι του είπε:
 Τήρησε τις εντολές του Αλλάχ και απόφυγε τις απαγορεύσεις Του, πράττοντας τις ενάρετες πράξεις και αποφεύγοντας τις κακές. Έτσι, ο Αλλάχ θα σε προστατεύει από τις δυσκολίες της εγκόσμιας ζωής και της Μέλλουσας Ζωής και θα σε υποστηρίζει όπου κι αν βρίσκεσαι.
 Αν χρειαστεί να ζητήσεις κάτι, ζήτησέ το μόνο από τον Αλλάχ, καθώς μόνο Αυτός ανταποκρίνεται στις επικλήσεις των ανθρώπων.
 Αν χρειαστεί να ζητήσεις βοήθεια, ζήτησέ τη μόνο από τον Αλλάχ.
 Να ξέρεις με απόλυτη βεβαιότητα ότι αν όλος ο κόσμος συγκεντρωνόταν για να σε ωφελήσει με κάτι, δεν θα μπορούσε να σε ωφελήσει παρά μόνο με ό,τι έχει ήδη προκαθορίσει ο Αλλάχ για σένα. Και αν συγκεντρωνόταν για να σε βλάψει με κάτι, δεν θα μπορούσε να σε βλάψει παρά μόνο με ό,τι έχει ήδη προκαθορίσει ο Αλλάχ για σένα.
 Ό,τι σου συμβαίνει, είτε καλό, είτε κακό, είχε ήδη προκαθοριστεί από τον Παντοδύναμο Αλλάχ, σύμφωνα με τη σοφία και τη γνώση Του. Και ό,τι έχει προκαθορίσει ο Αλλάχ, δεν θα αλλάξει.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Το Χαντίθ τονίζει τη σημασία της διδασκαλίας στα παιδιά, ιδιαίτερα σε θέματα θρησκείας, όπως η λατρεία του Αλλάχ και η διαμόρφωση ηθικού χαρακτήρα.
 Η ανταμοιβή και η τιμωρία αντιστοιχούν στον τύπο των πράξεων που έκανε κάποιος.
 Το Χαντίθ μας διατάζει να εναποθέτουμε την εμπιστοσύνη μας στον Αλλάχ και όχι σε κανέναν άλλον, καθώς Εκείνος είναι ο Καλύτερος Κηδεμόνας που μπορεί να διευθετεί όλες τις υποθέσεις.
 Πρέπει να πιστεύουμε στη Θεία Μοίρα, να είμαστε ικανοποιημένοι με αυτήν και να έχουμε τη βεβαιότητα ότι ο Αλλάχ έχει προκαθορίσει τα πάντα σύμφωνα με τη σοφία και τη γνώση Του.
 Όποιος δεν τηρεί τις εντολές του Αλλάχ, ο Αλλάχ θα τον αφήσει να παραστρατήσει και δεν θα τον προστατεύσει.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[رواه الترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4811</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Ένας δούλος διέπραξε μια αμαρτία και στη συνέχεια είπε, (στρεφόμενος με αληθινή μεταμέλεια): «Ω, Αλλάχ! Συγχώρεσε την αμαρτία μου</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι: «Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ανέφερε ότι ο Παντοδύναμος Αλλάχ είπε (σε ένα Χαντίθ Κούντουσι): «Ένας δούλος διέπραξε μια αμαρτία και στη συνέχεια είπε, (στρεφόμενος με αληθινή μεταμέλεια): «Ω, Αλλάχ! Συγχώρεσε την αμαρτία μου.» Τότε, ο Παντοδύναμος Αλλάχ είπε: «Ο δούλος Μου διέπραξε μια αμαρτία και συνειδητοποίησε ότι έχει έναν Κύριο που συγχωρεί τις αμαρτίες και τιμωρεί για αυτές.» Έπειτα, διέπραξε μια άλλη αμαρτία και ξανά είπε (με ειλικρινή μεταμέλεια): «Κύριέ μου! Συγχώρεσε την αμαρτία μου.» Και ο Παντοδύναμος Αλλάχ είπε: «Ο δούλος Μου διέπραξε μια αμαρτία και συνειδητοποίησε ότι έχει έναν Κύριο που συγχωρεί τις αμαρτίες και τιμωρεί για αυτές.» Στη συνέχεια, διέπραξε ακόμα μια αμαρτία και πάλι είπε (με ειλικρινή μεταμέλεια): «Κύριέ μου! Συγχώρεσε την αμαρτία μου.» Και ο Παντοδύναμος Αλλάχ είπε: «Ο δούλος Μου διέπραξε μια αμαρτία και συνειδητοποίησε ότι έχει έναν Κύριο που συγχωρεί τις αμαρτίες και τιμωρεί για αυτές. [Αφού δεν επιμένεις στην αμαρτία και έχεις την αποφασιστικότητα να μην επιστρέψεις σε αυτήν], όποτε σε νικήσει ο εαυτός σου και πέσεις σε αμαρτία [και στη συνέχεια στραφείς προς Εμένα με αληθινή μεταμέλεια] θα σε συγχωρήσω.».»</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ανέφερε ότι ο Παντοδύναμος Αλλάχ είπε: Αν ένας δούλος διαπράξει μια αμαρτία και έπειτα στραφεί με αληθινή μεταμέλεια προς τον Αλλάχ, λέγοντας: «Ω, Αλλάχ! Συγχώρεσε την αμαρτία μου», τότε ο Παντοδύναμος Αλλάχ θα πει: «Ο δούλος Μου διέπραξε μια αμαρτία και στη συνέχεια συνειδητοποίησε ότι έχει έναν Κύριο που συγχωρεί τις αμαρτίες και τιμωρεί για αυτές. Για αυτό, θα του συγχωρήσω την αμαρτία του.» Έπειτα, αν ο δούλος διαπράξει ξανά μια αμαρτία και στη συνέχεια στραφεί με αληθινή μεταμέλεια προς τον Αλλάχ, λέγοντας: «Κύριέ μου! Συγχώρεσε την αμαρτία μου», τότε ο Παντοδύναμος Αλλάχ θα πει: «Ο δούλος Μου διέπραξε μια αμαρτία και στη συνέχεια συνειδητοποίησε ότι έχει έναν Κύριο που συγχωρεί τις αμαρτίες και τιμωρεί για αυτές. Για αυτό, θα του συγχωρήσω την αμαρτία του.» Έπειτα, αν ο δούλος διαπράξει ξανά μια αμαρτία και στη συνέχεια στραφεί με αληθινή μεταμέλεια προς τον Αλλάχ, λέγοντας: «Κύριέ μου! Συγχώρεσε την αμαρτία μου», τότε ο Παντοδύναμος Αλλάχ θα πει: «Ο δούλος Μου διέπραξε μια αμαρτία και στη συνέχεια συνειδητοποίησε ότι έχει έναν Κύριο που συγχωρεί τις αμαρτίες και τιμωρεί για αυτές. Για αυτό, θα του συγχωρήσω την αμαρτία του, [αφού δεν επιμένει σε αυτήν, έχει μετανιώσει ειλικρινά και έχει την αποφασιστικότητα να μην επιστρέψει σε αυτήν]. Όποτε ο εαυτός του τον νικήσει και πέσει σε αμαρτία [-χωρίς να επιμένει σε αυτήν-, και στραφεί ξανά με αληθινή μεταμέλεια προς Εμένα, γνωρίζοντας ότι μόνο Εγώ συγχωρώ τις αμαρτίες και τιμωρώ γι’ αυτές], θα τον συγχωρήσω. Διότι η αληθινή μεταμέλεια σβήνει την αμαρτία.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Το Χαντίθ αναδεικνύει το απέραντο έλεος του Αλλάχ προς τους δούλους Του. Δείχνει ότι όταν ένας άνθρωπος πέσει σε αμαρτία και στη συνέχεια στραφεί με αληθινή μεταμέλεια προς τον Αλλάχ, Εκείνος θα του συγχωρήσει την αμαρτία.
 Αυτός που πιστεύει στον Παντοδύναμο Αλλάχ επιζητά τη συγχώρεσή Του και φοβάται την τιμωρία Του. Έτσι, σπεύδει να στραφεί με ειλικρινή μεταμέλεια προς τον Αλλάχ και δεν επιμένει στην αμαρτία.
 Οι προϋποθέσεις της αληθινής μεταμέλειας είναι οι εξής:
 1) Η εγκατάλειψη της αμαρτίας.
 2) Η ειλικρινής μετάνοια για αυτήν.
 3) Η αποφασιστικότητα να μην επιστρέψει σε αυτήν.
 Αν η μεταμέλεια αφορά αμαρτία που σχετίζεται με τα δικαιώματα των ανθρώπων – όπως η περιουσία, η τιμή ή η ζωή τους – τότε προστίθεται μια τέταρτη προϋπόθεση:
 4) Να επιστρέψει το δικαίωμα στον αδικημένο ή να τον παρακαλέσει ευγενικά να τον συγχωρέσει, χωρίς να τον εξαναγκάσει σε αυτό.
 Το Χαντίθ υπογραμμίζει τη σημασία της γνώσης του ανθρώπου για τον Αλλάχ, διότι αυτή η γνώση τον βοηθά να κατανοήσει τα ζητήματα της θρησκείας του. Έτσι, όταν σφάλλει, στρέφεται με ειλικρινή μεταμέλεια προς τον Αλλάχ, δεν απελπίζεται από το έλεος και τη συγχώρησή Του, ούτε επιμένει στις αμαρτίες.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4817</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Οι δίκαιοι άνθρωποι θα είναι τιμημένοι κοντά στον Αλλάχ, σε άμβωνες από φως, κοντά στο δεξί Χέρι του Παντελεήμονα. Δόξα σε Αυτόν, του Οποίου και τα δύο Χέρια είναι δεξιά (δηλαδή, Ευλογημένα και Τέλεια, χωρίς καμία ατέλεια)</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>Ο ‘Αμπντ Αλλάχ ιμπν ‘Αμρ ιμπν Αλ-‘Ας (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Οι δίκαιοι άνθρωποι θα είναι τιμημένοι κοντά στον Αλλάχ, σε άμβωνες από φως, κοντά στο δεξί Χέρι του Παντελεήμονα. Δόξα σε Αυτόν, του Οποίου και τα δύο Χέρια είναι δεξιά (δηλαδή, Ευλογημένα και Τέλεια, χωρίς καμία ατέλεια). Εκείνοι (οι δίκαιοι) είναι αυτοί που επιδεικνύουν δικαιοσύνη στην κρίση τους, στη συμπεριφορά τους προς τους ανθρώπους και στη διαχείριση όσων βρίσκονται υπό την ευθύνη τους.»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι όσοι κρίνουν με δικαιοσύνη ανάμεσα στους ανθρώπους, θα είναι τιμημένοι την Ημέρα της Κρίσεως και θα καθίσουν σε υψηλούς άμβωνες από φως. Αυτοί οι άμβωνες θα βρίσκονται κοντά στο δεξί Χέρι του Παντελεήμονα. Δόξα σε Αυτόν, του Οποίου και τα δύο Χέρια είναι δεξιά (δηλαδή, Ευλογημένα και Τέλεια, χωρίς καμία ατέλεια).</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Το Χαντίθ υπογραμμίζει την αρετή της δικαιοσύνης και μας προτρέπει να την εφαρμόζουμε.
 Η δικαιοσύνη περιλαμβάνει όλες τις μορφές κηδεμονίας, εξουσίας και κρίσης μεταξύ των ανθρώπων, ακόμη και στις σχέσεις μέσα στην οικογένεια και μεταξύ των συζύγων.
 Αναδεικνύει τη θέση των δίκαιων ανθρώπων την Ημέρα της Κρίσεως.
 Οι πιστοί θα βρίσκονται σε διαφορετικά επίπεδα την Ημέρα της Κρίσεως, ανάλογα με τις πράξεις τους.
 Η μέθοδος της ενθάρρυνσης είναι μία από τις προσεγγίσεις του Ντάουα (καλέσματος προς το Ισλάμ), η οποία παρακινεί τους ανθρώπους να πράττουν καλές πράξεις και να υπακούουν τον Αλλάχ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4935</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Όλο το έθνος μου θα εισέλθει στον Παράδεισο, εκτός από εκείνους που αρνούνται</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όλο το έθνος μου θα εισέλθει στον Παράδεισο, εκτός από εκείνους που αρνούνται.» Οι σύντροφοι ρώτησαν: «Ω, Αγγελιαφόρε του Αλλάχ! Ποιος αρνείται;» Εκείνος απάντησε: «Όποιος με υπακούει, θα εισέλθει στον Παράδεισο, αλλά όποιος με παρακούει, είναι αυτός που αρνείται.»</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι όλο το έθνος του θα εισέλθει στον Παράδεισο, εκτός από εκείνους που αρνούνται!
 Τότε οι σύντροφοι ρώτησαν: «Ω, Αγγελιαφόρε του Αλλάχ! Ποιος είναι αυτός που αρνείται;»
 Τους απάντησε ότι όποιος τον υπακούει και ακολουθεί τον δρόμο του, θα εισέλθει στον Παράδεισο. Αλλά όποιος τον παρακούει και δεν ακολουθεί τους κανόνες της θρησκείας, είναι αυτός που, μέσω των πράξεών του, αρνείται την είσοδό του στον Παράδεισο.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Αναδεικνύει ότι η υπακοή στον Αγγελιοφόρο (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) αποτελεί μέρος της υπακοής στον Αλλάχ, ενώ η παρακοή προς αυτόν συνιστά ανυπακοή προς τον Αλλάχ.
 Η υπακοή στον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) οδηγεί στον Παράδεισο, ενώ η ανυπακοή προς αυτόν οδηγεί στη Φωτιά.
 Το Χαντίθ φέρνει ευχάριστα νέα σε αυτό το έθνος, καθώς όλοι οι δίκαιοι άνθρωποι που υπακούν τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) θα εισέλθουν στον Παράδεισο, εκτός από εκείνους που παρακούν τον Αλλάχ και τον Αγγελιαφόρο Του.
 Αναδεικνύει τη συμπόνια του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) προς το έθνος του και την επιθυμία του να το καθοδηγήσει.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4947</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Ο Τζιμπρήλ (Γαβριήλ) με συμβούλευε συνεχώς για τον γείτονα, μέχρι που νόμισα ότι θα του όριζε μερίδιο στην κληρονομιά</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Ο Ιμπν Όμαρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο Τζιμπρήλ (Γαβριήλ) με συμβούλευε συνεχώς για τον γείτονα, μέχρι που νόμισα ότι θα του όριζε μερίδιο στην κληρονομιά.»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι ο Γαβριήλ τον συμβούλευε συνεχώς να συμπεριφέρεται με καλοσύνη προς τον γείτονα και να μην τον ενοχλεί με κανέναν τρόπο, είτε ήταν Μουσουλμάνος είτε όχι, είτε συγγενής είτε όχι.
 Αυτό επιτυγχάνεται μέσω της καλής συμπεριφοράς, της ευγένειας, της γενναιοδωρίας, της αποφυγής κάθε βλάβης ή ενόχλησης, καθώς και της υπομονής σε περίπτωση που ο ίδιος ο γείτονας προκαλεί ενόχληση.
 Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), λόγω της επανειλημμένης συμβουλής του Γαβριήλ και της μεγάλης έμφασης που δόθηκε στα δικαιώματα του γείτονα, νόμιζε ότι θα ερχόταν αποκάλυψη που θα όριζε στον γείτονα μερίδιο από την κληρονομιά του άλλου γείτονα μετά τον θάνατό του.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει τη σημασία των δικαιωμάτων του γείτονα και το καθήκον του να τα τηρεί και να τα σέβεται.
 Η επαναλαμβανόμενη οδηγία σχετικά με τα δικαιώματα του γείτονα συνεπάγεται ότι πρέπει να τον τιμούμε, να του συμπεριφερόμαστε με ευγένεια και καλοσύνη, να αποτρέπουμε κάθε κακό από αυτόν, να τον επισκεπτόμαστε όταν είναι άρρωστος, να τον συγχαίρουμε για τα ευχάριστα γεγονότα στη ζωή του και να τον παρηγορούμε στη θλίψη του.
 Όσο πιο κοντά βρίσκεται η πόρτα του γείτονα, τόσο μεγαλύτερη είναι η έμφαση στα δικαιώματά του.
 Το Χαντίθ αναδεικνύει την τελειότητα της Σαρία και των διδασκαλιών της, οι οποίες προάγουν την ευημερία της κοινωνίας. Αυτό περιλαμβάνει την καλοσύνη προς τους γείτονες και την αποτροπή κάθε κακού ή βλάβης από αυτούς.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/4965</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Τα ξόρκια (που γίνονται στο όνομα ενός ειδώλου ή του διαβόλου ή περιέχουν οποιαδήποτε λέξη απιστίας), τα φυλαχτά και η μαγεία αποτελούν πράξεις ειδωλολατρίας</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Ο Αμπντ Αλλάχ μπιν Μασ‘ούντ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι άκουσε τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Τα ξόρκια (που γίνονται στο όνομα ενός ειδώλου ή του διαβόλου ή περιέχουν οποιαδήποτε λέξη απιστίας), τα φυλαχτά και η μαγεία αποτελούν πράξεις ειδωλολατρίας.»</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει για ορισμένες πράξεις που συνιστούν ειδωλολατρία, μεταξύ των οποίων είναι:
 1) Τα ξόρκια: Αυτά που εκτελούνται στο όνομα ενός ειδώλου ή του διαβόλου ή περιλαμβάνουν λόγια απιστίας. Τέτοιου είδους ξόρκια χρησιμοποιούνταν από τους ειδωλολάτρες ως μέσο θεραπείας.
 2) Τα φυλαχτά: Κατασκευασμένα από χάντρες ή άλλα παρόμοια αντικείμενα, τα οποία ορισμένοι άνθρωποι τοποθετούν σε παιδιά ή ζώα, πιστεύοντας ότι αποτρέπουν το κακό μάτι.
 3) Η μαγεία.
 Αυτές οι προαναφερόμενες πρακτικές ανήκουν στις πράξεις ειδωλολατρίας. Ορισμένοι άνθρωποι τις χρησιμοποιούν ως μέσα για να πετύχουν κάποιο στόχο, ενώ στην πραγματικότητα πρόκειται για απαγορευμένες πρακτικές που δεν βασίζονται στο Ισλάμ. Τα επιτρεπτά μέσα που εγκρίνει το Ισλάμ περιλαμβάνουν την απαγγελία του Κοράν για την αποτροπή του κακού, καθώς και τη χρήση φαρμάκων για θεραπεία. Ωστόσο, ο πιστός πρέπει να αναγνωρίζει ότι αυτά είναι μόνο μέσα και ότι μόνο ο Αλλάχ είναι Αυτός που φέρνει το καλό και αποτρέπει το κακό.</t>
   </si>
@@ -1822,1516 +1822,1516 @@
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας διατάζει να διατηρούμε την πίστη μας αγνή, μακριά από οτιδήποτε μπορεί να τη μειώσει ή να τη διαστρεβλώσει.
 Απαγορεύεται η χρήση πολυθεϊστικών ξορκιών, φυλαχτών και μαγείας.
 Αν ένας άνθρωπος πιστεύει ότι αυτά τα τρία πράγματα (ξόρκια, φυλαχτά και μαγεία) είναι απλώς μέσα για την επίτευξη κάποιου σκοπού, τότε αυτό συνιστά μικρό πολυθεϊσμό, καθώς αποδίδει σε αυτά ιδιότητες που δεν έχουν. Ωστόσο, αν πιστεύει ότι αυτά επιφέρουν οφέλη ή προκαλούν βλάβη από μόνα τους, τότε αυτό συνιστά μεγάλο πολυθεϊσμό.
 Το Χαντίθ μας προειδοποιεί ενάντια στις πολυθεϊστικές και απαγορευμένες πράξεις.
 Η απαγόρευση αφορά τα πολυθεϊστικά ξόρκια, όχι τα επιτρεπτά ξόρκια.
 Οι καρδιές μας πρέπει να είναι αφοσιωμένες αποκλειστικά στον Αλλάχ, διότι μόνο Αυτός φέρνει το καλό και αποτρέπει το κακό. Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται, παρά μόνον Αυτός.
 Τα επιτρεπτά ξόρκια πρέπει να πληρούν τρεις προϋποθέσεις:
 1) Ο άνθρωπος πρέπει να πιστεύει ότι αυτά είναι απλώς μέσα και ότι δεν ωφελούν παρά μόνο με την άδεια του Αλλάχ.
 2) Πρέπει να περιλαμβάνουν την απαγγελία του Κοράν, τα Ονόματα και τις Ιδιότητες του Αλλάχ, τις επικλήσεις που αναφέρθηκαν από τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) και τις επιτρεπτές ικεσίες.
 3) Πρέπει να γίνονται με κατανοητές λέξεις και όχι με ταχυδακτυλουργίες ή ακατανόητες φράσεις.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>Ξέρετε τι είναι η Γάιμπα;» Οι σύντροφοι απάντησαν: «Ο Αλλάχ και ο Αγγελιαφόρος Του γνωρίζουν καλύτερα.» Είπε: «Είναι το να αναφέρεις κάτι για τον αδελφό σου κατά την απουσία του, το οποίο δεν του αρέσει</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ξέρετε τι είναι η Γάιμπα;» Οι σύντροφοι απάντησαν: «Ο Αλλάχ και ο Αγγελιαφόρος Του γνωρίζουν καλύτερα.» Είπε: «Είναι το να αναφέρεις κάτι για τον αδελφό σου κατά την απουσία του, το οποίο δεν του αρέσει.» Κάποιος ρώτησε: «Ακόμα και αν αυτό που λέω είναι αλήθεια για τον αδελφό μου;» Απάντησε: «Αν αυτό που είπες είναι αλήθεια για αυτόν, τότε διέπραξες Γάιμπα εναντίον του. Αλλά αν δεν είναι αλήθεια, τότε είπες ψέματα και συκοφάντησες τον αδελφό σου.»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) εξηγεί την απαγορευμένη Γάιμπα, η οποία είναι το να αναφέρει κανείς κάτι για τον αδελφό του κατά την απουσία του, το οποίο δεν του αρέσει. Αυτό μπορεί να αφορά τον ηθικό του χαρακτήρα, όπως το να πει ότι είναι ψεύτης, ή τις σωματικές του ιδιότητες, όπως το να πει ότι είναι μονόφθαλμος, ακόμα και αν αυτό το χαρακτηριστικό είναι αληθές.
 Ωστόσο, αν αυτό το χαρακτηριστικό δεν ισχύει για αυτόν, τότε αυτό που ειπώθηκε είναι χειρότερο από τη Γάιμπα, καθώς αποτελεί συκοφαντία.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Το Χαντίθ αναδεικνύει τον εξαιρετικό τρόπο διδασκαλίας του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), καθώς συνήθιζε να προσεγγίζει τα ζητήματα μέσω ερωτήσεων, προκειμένου να διεγείρει τη σκέψη και να ενισχύσει την κατανόηση των ακροατών του.
 Το Χαντίθ καταδεικνύει την ευγένεια και τον σεβασμό των συντρόφων προς τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), καθώς όταν ρωτήθηκαν, απάντησαν με ταπεινότητα: «Ο Αλλάχ και ο Αγγελιαφόρος Του γνωρίζουν καλύτερα.»
 Όταν ένα άτομο ερωτάται για κάτι που δεν γνωρίζει, πρέπει να απαντά με ταπεινότητα: «Ο Αλλάχ γνωρίζει καλύτερα.»
 Η Σαρία προστατεύει την κοινωνία διασφαλίζοντας τα δικαιώματα των μελών της και ενισχύοντας την αδελφότητα μεταξύ τους.
 Η Γάιμπα είναι γενικά απαγορευμένη, εκτός από ορισμένες περιπτώσεις όπου επιτρέπεται για δικαιολογημένους λόγους. Για παράδειγμα, επιτρέπεται όταν κάποιος προσπαθεί να αποτρέψει ή να αφαιρέσει μια αδικία, όπως όταν ένας καταπιεσμένος αναφέρει το όνομα του ατόμου που τον αδίκησε και περιγράφει την αδικία που υπέστη, μπροστά σε κάποιον που μπορεί να τον βοηθήσει να ανακτήσει τα δικαιώματά του. Ένα άλλο παράδειγμα είναι όταν κάποιος ζητά τη γνώμη των άλλων για ένα άτομο που σκοπεύει να παντρέψει την κόρη του ή να τον κάνει συνέταιρο σε μια επιχείρηση κ.λπ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Ω, Αλλάχ! Όποιος αναλαμβάνει την ευθύνη για οποιαδήποτε υπόθεση που αφορά το έθνος μου και στη συνέχεια δυσκολεύει τα πράγματα για αυτούς, δυσκόλεψε τη ζωή του. Όποιος αναλαμβάνει την ευθύνη για οποιαδήποτε υπόθεση που αφορά το έθνος μου, και στη συνέχεια διευκολύνει τα πράγματα για αυτούς, διευκόλυνετη ζωή του</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Η ‘Αΐσα (η ευαρέστηση του Αλλάχ επ' αυτής) ανέφερε: Άκουσα τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) στο σπίτι μου να λέει: «Ω, Αλλάχ! Όποιος αναλαμβάνει την ευθύνη για οποιαδήποτε υπόθεση που αφορά το έθνος μου και στη συνέχεια δυσκολεύει τα πράγματα για αυτούς, δυσκόλεψε τη ζωή του. Όποιος αναλαμβάνει την ευθύνη για οποιαδήποτε υπόθεση που αφορά το έθνος μου, και στη συνέχεια διευκολύνει τα πράγματα για αυτούς, διευκόλυνετη ζωή του.»</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) έκανε επίκληση ενάντια σε οποιονδήποτε αναλαμβάνει την ευθύνη για οποιοδήποτε ζήτημα που αφορά τους Μουσουλμάνους – είτε είναι κυβερνήτης, είτε υπάλληλος που εξυπηρετεί το κοινό – και στη συνέχεια τους δυσκολεύει και δεν τους δείχνει έλεος. Ζήτησε από τον Αλλάχ να δυσκολέψει τη ζωή του.
 Επίσης, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) έκανε επίκληση ώστε όποιος διευκολύνει τις υποθέσεις των Μουσουλμάνων, ο Αλλάχ να διευκολύνει και τις δικές του υποθέσεις.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Όποιος αναλαμβάνει οποιαδήποτε εξουσία πάνω στους Μουσουλμάνους, οφείλει να τους συμπεριφέρεται με τη μέγιστη δυνατή ηπιότητα.
 Η τιμωρία ή η ανταμοιβή αντιστοιχεί στο είδος της πράξης.
 Το κριτήριο για το αν μια μεταχείριση είναι καλή ή όχι, δεν πρέπει να έρχεται σε αντίθεση με το Κοράν και τη Σούννα.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Μερικοί άνθρωποι χρησιμοποιούν την περιουσία του Αλλάχ με άδικο τρόπο (αποκτώντας χρήματα με απαγορευμένα μέσα, σπαταλώντας τα άσκοπα ή κλέβοντας από τα δημόσια ταμεία). Αυτοί θα τιμωρηθούν στην Κόλαση την Ημέρα της Κρίσεως</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Η Χάουλα Αλ-Ανσαρέγια (η ευαρέστηση του Αλλάχ επ' αυτής) ανέφερε ότι άκουσε τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Μερικοί άνθρωποι χρησιμοποιούν την περιουσία του Αλλάχ με άδικο τρόπο (αποκτώντας χρήματα με απαγορευμένα μέσα, σπαταλώντας τα άσκοπα ή κλέβοντας από τα δημόσια ταμεία). Αυτοί θα τιμωρηθούν στην Κόλαση την Ημέρα της Κρίσεως.»</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει για ορισμένους ανθρώπους που χρησιμοποιούν με άδικο τρόπο τα δημόσια χρήματα και τα αγαθά που ο Αλλάχ έχει παράσχει για το κοινό συμφέρον. Αυτοί αποκτούν πλούτο με απαγορευμένα μέσα, τον σπαταλούν άσκοπα, καταναλώνουν άδικα τις περιουσίες των ορφανών και τα δημόσια κονδύλια, και δεν επιστρέφουν τα εμπιστεύματα στους δικαιούχους τους.
 Αυτοί οι άνθρωποι θα τιμωρηθούν στην Κόλαση την Ημέρα της Κρίσεως.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Όλα τα χρήματα που βρίσκονται στην ιδιοκτησία και στα χέρια των ανθρώπων ανήκουν, στην πραγματικότητα, στον Αλλάχ. Ο Αλλάχ τα παρείχε στους ανθρώπους ώστε να τα ξοδεύουν με σωστό και επιτρεπτό τρόπο, αποφεύγοντας τη σπατάλη και την άδικη χρήση τους. Αυτό ισχύει τόσο για τους κυβερνήτες όσο και για όλους τους υπόλοιπους ανθρώπους.
 Η Σαρία δίνει μεγάλη έμφαση στη διαχείριση των δημόσιων χρημάτων, τονίζοντας ότι όποιος αναλάβει οποιαδήποτε ευθύνη για αυτά, θα λογοδοτήσει την Ημέρα της Κρίσεως για τον τρόπο με τον οποίο τα διαχειρίστηκε.
 Αυτή η προειδοποίηση ισχύει για όποιον διαχειρίζεται με απαγορευμένο τρόπο είτε τη δική του περιουσία, είτε την περιουσία των άλλων.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5331</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Όποιον ο Αλλάχ καθιστά υπεύθυνο για κάποιους ανθρώπους, και αυτός εξαπατά εκείνους που βρίσκονται υπό την ευθύνη του, και πεθάνει ενώ παραμένει σε αυτήν την κατάσταση, ο Αλλάχ θα του απαγορεύσει την είσοδο στον Παράδεισο</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Ο Μά'καλ μπιν Γιασάρ Αλ-Μούζανι (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι άκουσε τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Όποιον ο Αλλάχ καθιστά υπεύθυνο για κάποιους ανθρώπους, και αυτός εξαπατά εκείνους που βρίσκονται υπό την ευθύνη του, και πεθάνει ενώ παραμένει σε αυτήν την κατάσταση, ο Αλλάχ θα του απαγορεύσει την είσοδο στον Παράδεισο.»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι όποιον ο Αλλάχ καθιστά υπεύθυνο για μια ομάδα ανθρώπων – είτε η ευθύνη του είναι γενική, όπως αυτή ενός κυβερνήτη, είτε ιδιωτική, όπως η ευθύνη ενός άνδρα για την οικογένειά του ή μιας γυναίκας για το σπίτι της – και αυτός εξαπατά εκείνους που βρίσκονται υπό την ευθύνη του, παραμελεί τα δικαιώματά τους και δεν τους φροντίζει, τότε θα αξίζει αυτή την αυστηρή τιμωρία.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Αυτή η προειδοποίηση ισχύει για κάθε κυβερνήτη και τους βοηθούς του, καθώς και για οποιονδήποτε ο Αλλάχ καθιστά υπεύθυνο για μια ομάδα ανθρώπων.
 Όποιος αναλαμβάνει εξουσία επί των Μουσουλμάνων, οφείλει να είναι ειλικρινής απέναντί τους, να καταβάλλει κάθε δυνατή προσπάθεια για να εκπληρώσει την ευθύνη του προς αυτούς και να μην τους εξαπατά.
 Το Χαντίθ αναδεικνύει τη σοβαρότητα της ευθύνης κάθε ατόμου που αναλαμβάνει εξουσία ή καθήκοντα, είτε αυτά είναι δημόσια, είτε ιδιωτικά.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Κάθε χάρη και καλή πράξη προς τους άλλους ισοδυναμεί με μια ελεημοσύνη</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Ο Τζάμπιρ μπιν Αμπντ Αλλάχ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) είπε: «Κάθε χάρη και καλή πράξη προς τους άλλους ισοδυναμεί με μια ελεημοσύνη.»</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι κάθε χάρη και καλή πράξη που ωφελεί τους άλλους – είτε μέσω λόγων, είτε μέσω πράξεων – ισοδυναμεί με ελεημοσύνη ως προς την ανταμοιβή.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Το Χαντίθ υποδεικνύει ότι η ελεημοσύνη δεν περιορίζεται μόνο σε χρηματικές δωρεές προς τους φτωχούς, αλλά περιλαμβάνει κάθε καλό που κάποιος πράττει, λέει ή μεταφέρει στους άλλους.
 Μας ενθαρρύνει να κάνουμε καλό στους άλλους και να τους προσφέρουμε οτιδήποτε τους είναι ωφέλιμο.
 Δεν πρέπει να υποτιμούμε την αξία καμίας πράξης καλοσύνης προς τους άλλους, όσο μικρή κι αν είναι.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Μην υποτιμάς καμία καλή πράξη προς τους άλλους, ακόμη κι αν είναι απλώς να συναντάς τον αδελφό σου με χαρούμενο πρόσωπο</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Ο Άμπου Δαρρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) του είπε: «Μην υποτιμάς καμία καλή πράξη προς τους άλλους, ακόμη κι αν είναι απλώς να συναντάς τον αδελφό σου με χαρούμενο πρόσωπο.»</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας προτρέπει να κάνουμε καλό στους άλλους και να μην υποτιμούμε καμία καλή πράξη, όσο μικρή κι αν φαίνεται. Ακόμη και μια απλή πράξη, όπως το να συναντά κανείς τον αδελφό του με χαρούμενο πρόσωπο, έχει μεγάλη επιρροή στην ψυχή του ανθρώπου, προσφέροντάς του ευτυχία και χαρά.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Το Χαντίθ τονίζει την αξία της αμοιβαίας αγάπης μεταξύ των πιστών, καθώς και τη σημασία του να συναντιούνται μεταξύ τους με χαρούμενα και χαμογελαστά πρόσωπα.
 Υποδεικνύει την τελειότητα και την πληρότητα της Σαρία, καθώς οι διδασκαλίες της περιλαμβάνουν κάθε καλό για τους Μουσουλμάνους και συμβάλλουν στην ενότητά τους.
 Μας προτρέπει να κάνουμε το καλό προς τους άλλους, ακόμη και αν πρόκειται για μια μικρή και απλή πράξη.
 Συνιστάται να φέρουμε χαρά στους Μουσουλμάνους, καθώς αυτό ενισχύει τη φιλικότητα και την αδελφότητα μεταξύ μας.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Ο πραγματικά ισχυρός άνδρας δεν είναι εκείνος που υπερέχει στη σωματική δύναμη και νικά τους άλλους, αλλά εκείνος που καταφέρνει να ελέγχει τον εαυτό του τη στιγμή του θυμού</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο πραγματικά ισχυρός άνδρας δεν είναι εκείνος που υπερέχει στη σωματική δύναμη και νικά τους άλλους, αλλά εκείνος που καταφέρνει να ελέγχει τον εαυτό του τη στιγμή του θυμού.»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) υποδεικνύει ότι η αληθινή δύναμη δεν έγκειται στη σωματική ικανότητα κάποιου να νικά τους άλλους, αλλά στην ικανότητά του να ελέγχει τον εαυτό του τη στιγμή του θυμού. Αυτό αποδεικνύει ότι έχει καταφέρει να υπερνικήσει τις επιθυμίες του και τις παροτρύνσεις του διαβόλου.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αξία της μακροθυμίας και της αυτοσυγκράτησης τη στιγμή του θυμού, μια αρετή που αποτελεί καλή πράξη και την οποία το Ισλάμ μας ενθαρρύνει να υιοθετήσουμε.
 Η αυτοσυγκράτηση τη στιγμή του θυμού είναι δυσκολότερη από το να πολεμά κανείς τους εχθρούς του.
 Το Ισλάμ άλλαξε την έννοια της δύναμης που επικρατούσε στην προϊσλαμική εποχή, δείχνοντας ότι η αληθινή δύναμη έγκειται στον καλό χαρακτήρα. Ο πιο ισχυρός άνθρωπος είναι εκείνος που επιδεικνύει μεγάλη αυτοσυγκράτηση.
 Πρέπει να αποφεύγουμε τον θυμό, καθώς έχει επιβλαβείς συνέπειες τόσο για το άτομο όσο και για την κοινωνία.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Όποιος μιμείται έναν λαό, γίνεται ένας από αυτούς</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Ο Ιμπν Όμαρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όποιος μιμείται έναν λαό, γίνεται ένας από αυτούς.»</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι όποιος μιμείται μια ομάδα ανθρώπων – είτε πρόκειται για άπιστους, αμαρτωλούς ή δίκαιους – ακολουθώντας ορισμένα από τα χαρακτηριστικά τους, όπως τα δόγματά τους, τις πράξεις λατρείας τους ή τα έθιμά τους, γίνεται ένας από αυτούς. Αυτό συμβαίνει επειδή η εξωτερική μίμηση επηρεάζει την καρδιά και τη νοοτροπία του ατόμου. Δεν υπάρχει αμφιβολία ότι η μίμηση ενός λαού προέρχεται από τον θαυμασμό, τον σεβασμό και την αγάπη προς αυτούς, κάτι που μπορεί να οδηγήσει, Αλλάχ φυλάξοι, ακόμα και στην υιοθέτηση των πράξεων λατρείας τους.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Μας προειδοποιεί να μην μιμούμαστε τους άπιστους και τους αμαρτωλούς ανθρώπους.
 Μας προτρέπει να μιμούμαστε τους ενάρετους και να τους παίρνουμε ως καλό παράδειγμα για εμάς.
 Η εξωτερική μίμηση οδηγεί στην εσωτερική αγάπη!
 Ένα άτομο θα θεωρηθεί αμαρτωλό και άξιο τιμωρίας ανάλογα με το είδος και τον βαθμό της μίμησής του.
 Η απαγόρευση της μίμησης των άπιστων αφορά τη θρησκεία τους και τα θρησκευτικά τους έθιμα. Ωστόσο, άλλα ζητήματα, όπως η εκμάθηση επαγγελμάτων και δεξιοτήτων, δεν εμπίπτουν σε αυτήν την απαγόρευση.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Όποιος καθοδηγεί σε μια καλή πράξη, θα λάβει την ίδια ανταμοιβή με εκείνον που την εκτελεί</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Μασ'ούντ Αλ-Ανσάρι (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: «Ένας άνδρας ήρθε στον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) και είπε: «Η καμήλα μου πέθανε (και δεν έχω άλλο ζώο για να ταξιδέψω – μπορεί να εννοούσε για το Τζιχάντ). Δώσε μου λοιπόν ένα ζώο για να ταξιδέψω.» Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) του απάντησε: «Δεν έχω κανένα.» Τότε κάποιος από τους παρευρισκόμενους είπε: «Ω, Αγγελιαφόρε του Αλλάχ! Εγώ μπορώ να τον καθοδηγήσω σε κάποιον που θα του δώσει ένα ζώο.» Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) τότε είπε: «Όποιος καθοδηγεί σε μια καλή πράξη, θα λάβει την ίδια ανταμοιβή με εκείνον που την εκτελεί.».»</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Ένας άνδρας ήρθε στον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) και του είπε ότι η καμήλα του πέθανε και δεν είχε άλλο ζώο για να ταξιδέψει – ίσως για το Τζιχάντ – και του ζήτησε να του δώσει ένα ζώο. Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) του απάντησε ότι εκείνη τη στιγμή δεν είχε κανένα ζώο να του δώσει. Τότε, ένας άλλος άνδρας είπε στον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ότι μπορούσε να τον καθοδηγήσει σε κάποιον που θα του παρείχε ένα ζώο. Στη συνέχεια, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε ότι όποιος καθοδηγεί κάποιον σε κάτι καλό ή σε μια καλή πράξη, θα λάβει την ίδια ανταμοιβή με εκείνον που την εκτελεί.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας προτρέπει να καθοδηγούμε τους άλλους στο καλό και στις καλές πράξεις.
 Το να καθοδηγεί κάποιος τους άλλους στο καλό και στις καλές πράξεις είναι ένας από τους παράγοντες που προάγουν την αλληλεγγύη και την ενότητα της Μουσουλμανικής κοινότητας.
 Το Χαντίθ αναδεικνύει τη μεγάλη γενναιοδωρία του Αλλάχ.
 Δίνει έναν γενικό κανόνα που ισχύει για όλες τις καλές πράξεις.
 Εάν ένα άτομο δεν μπορεί να βοηθήσει κάποιον που έχει ανάγκη, θα πρέπει να τον καθοδηγήσει σε κάποιον που μπορεί.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5354</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Μη βρίζετε τους νεκρούς, γιατί έχουν φτάσει στις συνέπειες των πράξεών τους</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>Η ‘Αΐσα (η ευαρέστηση του Αλλάχ επ' αυτής) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Μη βρίζετε τους νεκρούς, γιατί έχουν φτάσει στις συνέπειες των πράξεών τους.»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι απαγορεύεται να βρίζει κανείς τους νεκρούς, καθώς αυτό αποτελεί ένδειξη κακού χαρακτήρα. Οι νεκροί έχουν ήδη φτάσει στις συνέπειες των πράξεών τους, είτε καλές, είτε κακές. Επιπλέον, οι βρισιές δεν τους επηρεάζουν, αλλά ενοχλούν και πληγώνουν τους ζωντανούς που τις ακούν.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Το Χαντίθ αποδεικνύει ότι η κατάρα των νεκρών είναι απαγορευμένη.
 Η αποχή από την κατάρα των νεκρών εξυπηρετεί το συμφέρον των ζωντανών και προστατεύει την κοινωνία από την αμοιβαία κακία και το μίσος.
 Η σοφία πίσω από την απαγόρευση της κατάρας των νεκρών είναι ότι αυτοί ήδη αντιμετωπίζουν τις συνέπειες των πράξεών τους. Επομένως, η κατάρα δεν θα επιφέρει κανένα όφελος, ενώ αντίθετα μπορεί να βλάψει μόνο τους ζωντανούς συγγενείς τους.
 Δεν πρέπει κανείς να λέει άχρηστα λόγια που δεν εξυπηρετούν κανένα συμφέρον.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Απαγορεύεται σε έναν Μουσουλμάνο να μη μιλάει με τον Μουσουλμάνο αδελφό του (λόγω διχόνοιας) για περισσότερες από τρεις νύχτες. Όταν συναντιούνται, και οι δύο γυρίζουν την πλάτη ο ένας στον άλλο. Ωστόσο, ο καλύτερος από αυτούς είναι εκείνος που χαιρετάει πρώτος τον άλλον</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Αϊούμπ Αλ-Ανσάρι (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Απαγορεύεται σε έναν Μουσουλμάνο να μη μιλάει με τον Μουσουλμάνο αδελφό του (λόγω διχόνοιας) για περισσότερες από τρεις νύχτες. Όταν συναντιούνται, και οι δύο γυρίζουν την πλάτη ο ένας στον άλλο. Ωστόσο, ο καλύτερος από αυτούς είναι εκείνος που χαιρετάει πρώτος τον άλλον.»</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) προειδοποίησε ενάντια στο να εγκαταλείπει ένας Μουσουλμάνος τον αδελφό του και να μη μιλάει μαζί του λόγω διχόνοιας για περισσότερες από τρεις νύχτες. Όταν συναντιούνται, και οι δύο γυρίζουν την πλάτη ο ένας στον άλλο, αποφεύγουν την επικοινωνία και δεν ανταλλάσσουν χαιρετισμό.
 Ωστόσο, ο καλύτερος από αυτούς είναι εκείνος που προσπαθεί να αφαιρέσει τη διχόνοια μεταξύ τους και, ως εκ τούτου, χαιρετάει πρώτος τον άλλον. Η αποφυγή της επικοινωνίας μεταξύ δύο Μουσουλμάνων αφορά προσωπικές διχόνοιες μεταξύ τους. Όμως, αν ένας Μουσουλμάνος αποφεύγει αμαρτωλούς ή εκείνους που εισάγουν καινοτομίες στη θρησκεία, τότε έχει το δικαίωμα να μη μιλήσει μαζί τους, μέχρι να πάψουν να επιμένουν στην κακή τους πράξη.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Το Χαντίθ επιτρέπει σε έναν Μουσουλμάνο να μη μιλήσει με τον αδελφό του λόγω προσωπικής διχόνοιας για έως και τρεις ημέρες, λαμβάνοντας υπόψη την ανθρώπινη φύση. Αυτό το χρονικό διάστημα δίνεται ως ευκαιρία ώστε να εξαφανιστεί η αιτία της διχόνοιας και του θυμού.
 Το Χαντίθ επισημαίνει την αρετή του χαιρετισμού, καθώς αυτός αφαιρεί τον θυμό και αποτελεί σημάδι αγάπης και συμφιλίωσης.
 Το Ισλάμ δίνει μεγάλη σημασία στην αδελφοσύνη και τη φιλικότητα μεταξύ των Μουσουλμάνων.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>Δεν θα εισέλθει στον Παράδεισο όποιος διακόψει τους δεσμούς συγγένειάς του</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Ο Τζουμπάιρ μπιν Μούτ'αμ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι άκουσε τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Δεν θα εισέλθει στον Παράδεισο όποιος διακόψει τους δεσμούς συγγένειάς του.»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι όποιος διακόπτει τους δεσμούς συγγένειας, δεν αποδίδει στους συγγενείς του τα δικαιώματά τους ή τους βλάπτει, δεν αξίζει να εισέλθει στον Παράδεισο.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Το να διακόψει κανείς τους δεσμούς συγγένειας αποτελεί μία μεγάλη αμαρτία (Καμπείρα).
 Η διατήρηση των δεσμών συγγένειας υπολογίζεται σύμφωνα με τα συνηθισμένα έθιμα κάθε κοινωνίας, και έτσι μπορεί να διαφέρει ανάλογα με τον τόπο, τον χρόνο και τους ανθρώπους.
 Οι δεσμοί συγγένειας διατηρούνται μέσω επισκέψεων, ελεημοσύνης, καλοσύνης, επίσκεψης ασθενών, προτροπής στο καλό και αποτροπής από το κακό, και άλλες πράξεις ευεργεσίας.
 Όσο πιο κοντινοί είναι οι συγγενείς με τους οποίους διακόπτονται οι δεσμοί, τόσο μεγαλύτερη είναι η αμαρτία.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>Δεν θα εισέλθει στον Παράδεισο όποιος διαδίδει λόγια μεταξύ των ανθρώπων με σκοπό να διαταράξει τις σχέσεις τους</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Ο Χουδάιφα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι άκουσε τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Δεν θα εισέλθει στον Παράδεισο όποιος διαδίδει λόγια μεταξύ των ανθρώπων με σκοπό να διαταράξει τις σχέσεις τους.»</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι όποιος διαδίδει λόγια μεταξύ των ανθρώπων με σκοπό να διαταράξει τις σχέσεις τους, αξίζει την τιμωρία του να μην εισέλθει στον Παράδεισο.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Η Αν-Ναμίμα (η διάδοση λόγων μεταξύ των ανθρώπων με σκοπό να διαταραχθούν οι σχέσεις τους) αποτελεί μία από τις μεγάλες αμαρτίες.
 Η Αν-Ναμίμα απαγορεύεται, καθώς διαταράσσει τις σχέσεις μεταξύ των ανθρώπων.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Όποιος επιθυμεί να αυξηθεί ο βιοπορισμός του και να παραταθεί η διάρκεια της ζωής του (δηλαδή, να έχει ευλογία στη ζωή και στον χρόνο του και να καθοδηγηθεί προς τις καλές πράξεις) ας διατηρήσει τους συγγενικούς του δεσμούς</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Ο Άνας μπιν Μάλικ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) είπε: «Όποιος επιθυμεί να αυξηθεί ο βιοπορισμός του και να παραταθεί η διάρκεια της ζωής του (δηλαδή, να έχει ευλογία στη ζωή και στον χρόνο του και να καθοδηγηθεί προς τις καλές πράξεις) ας διατηρήσει τους συγγενικούς του δεσμούς.»</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας προτρέπει να διατηρούμε στενούς δεσμούς με τους συγγενείς μας μέσω επισκέψεων, τιμής και καλής συμπεριφοράς, καθώς αυτό αποτελεί αιτία για την αύξηση του βιοπορισμού μας και την παράταση της ζωής μας, δηλαδή την ευλογία στη ζωή μας.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Η συγγένεια αναφέρεται στους συγγενείς μας από την πλευρά της μητέρας και του πατέρα. Όσο πιο κοντινός είναι ο συγγενής, τόσο πιο άξιος είναι για τη διατήρηση των συγγενικών δεσμών.
 Η ανταμοιβή είναι ανάλογη με την πράξη. Όποιος διατηρεί τους συγγενικούς δεσμούς με καλοσύνη, ο Αλλάχ θα τον ανταμείψει παρέχοντάς του περισσότερα αγαθά και ευλογία στη ζωή του.
 Η διατήρηση των συγγενικών δεσμών αποτελεί αιτία για την αύξηση του βιοπορισμού και την παράταση της διάρκειας της ζωής. Αν και η διάρκεια ζωής και ο βιοπορισμός των ανθρώπων είναι προκαθορισμένα, αυτό μπορεί να πραγματοποιηθεί μέσω της ευλογίας σε αυτούς. Έτσι, ένα άτομο μπορεί, κατά τη διάρκεια της ζωής του, να επιτύχει περισσότερες και ανώτερες ενάρετες πράξεις από άλλους. Ορισμένοι λόγιοι υποστηρίζουν ότι η αύξηση στη διάρκεια της ζωής και στο βιοπορισμό είναι πραγματική. Και ο Αλλάχ γνωρίζει καλύτερα.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Όποιος βλάπτει τους άλλους, ο Αλλάχ θα τον βλάψει, και όποιος προκαλεί ταλαιπωρία και δυσκολίες στους άλλους, ο Αλλάχ θα του επιφέρει ταλαιπωρία και δυσκολίες</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Σίρμα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όποιος βλάπτει τους άλλους, ο Αλλάχ θα τον βλάψει, και όποιος προκαλεί ταλαιπωρία και δυσκολίες στους άλλους, ο Αλλάχ θα του επιφέρει ταλαιπωρία και δυσκολίες.»</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) προειδοποίησε ενάντια στο να βλάπτει κανείς τους άλλους ή να τους προκαλεί ταλαιπωρία και δυσκολίες, είτε στον εαυτό τους, είτε στην περιουσία τους, είτε στις οικογένειές τους. Και όποιος το κάνει αυτό, ο Αλλάχ θα τον τιμωρήσει, κάνοντάς τον να αντιμετωπίσει ταλαιπωρία και δυσκολίες.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Απαγορεύεται να βλάπτει κανείς τους άλλους ή να τους προκαλεί ταλαιπωρία και δυσκολίες.
 Ο Παντοδύναμος Αλλάχ αποδίδει δικαιοσύνη για τους δούλους Του.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5375</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Η στάση στην οποία ένας δούλος βρίσκεται πιο κοντά στον Κύριό του, είναι όταν βρίσκεται σε Σιτζούντ (με το μέτωπο και τις παλάμες στο έδαφος σε ταπεινή υποταγή). Για αυτό, αυξήστε τις επικλήσεις σας (κατά τη διάρκεια αυτής της στάσης)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Η στάση στην οποία ένας δούλος βρίσκεται πιο κοντά στον Κύριό του, είναι όταν βρίσκεται σε Σιτζούντ (με το μέτωπο και τις παλάμες στο έδαφος σε ταπεινή υποταγή). Για αυτό, αυξήστε τις επικλήσεις σας (κατά τη διάρκεια αυτής της στάσης).»</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι αυτή η στάση της Σιτζούντ εκφράζει την απόλυτη υποταγή και ευλάβεια του δούλου προς τον Αλλάχ, καθώς τοποθετεί το πιο τιμημένο μέρος του σώματός του, το μέτωπό του, στο έδαφος. Με αυτήν την ταπεινή υποταγή, ο δούλος έρχεται πιο κοντά στον Κύριό του.
 Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας παρότρυνε να να αυξήσουμε τις επικλήσεις μας κατά τη στάση Σιτζούντ, εκφράζοντας την ταπείνωσή μας προς τον Αλλάχ τόσο με λόγια όσο και με πράξεις.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Η υπακοή στον Αλλάχ φέρνει τον δούλο πιο κοντά στον Παντοδύναμο.
 Συνιστάται να προσεύχεται κανείς με πολλές επικλήσεις κατά τη στάση Σιτζούντ, καθώς ο Αλλάχ ανταποκρίνεται σε αυτές.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>Όποιος τελεί την προσευχή Φατζρ, έχει εξασφαλίσει τη συνθήκη προστασίας από τον Αλλάχ</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Ο Τζούνντουμπ μπιν Αμπντ Αλλάχ Αλ-Κάσρι (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όποιος τελεί την προσευχή Φατζρ, έχει εξασφαλίσει τη συνθήκη προστασίας από τον Αλλάχ. Επομένως, μην παραβιάζετε αυτή τη συνθήκη, γιατί όποιος την παραβιάζει, ο Αλλάχ θα τον τιμωρήσει και θα τον ρίξει με το πρόσωπό του στη Φωτιά της Κόλασης.»</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) αναφέρει ότι όποιος τελεί την προσευχή Φατζρ βρίσκεται υπό την προστασία του Αλλάχ, και ότι όποιος τον βλάψει ή τον αδικήσει, θα αντιμετωπίσει την εκδίκηση του Αλλάχ.
 Έπειτα, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) προειδοποιεί όσους παραβιάζουν αυτή τη συνθήκη ασφάλειας, είτε παραλείποντας την προσευχή Φατζρ, είτε βλάπτοντας κάποιον που την έχει τελέσει. Όποιος παραβιάζει αυτή τη συνθήκη εκθέτει τον εαυτό του σε σοβαρή τιμωρία, καθώς ο Αλλάχ θα τον φέρει σε απολογία και θα τον ρίξει με το πρόσωπό του στη Φωτιά της Κόλασης.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Το Χαντίθ υπογραμμίζει τη σπουδαιότητα και την αρετή της προσευχής Φατζρ, καθώς όποιος την τελεί τίθεται υπό την προστασία του Αλλάχ.
 Το Χαντίθ περιέχει μια αυστηρή προειδοποίηση για όποιον βλάπτει κάποιον που έχει τελέσει την προσευχή Φατζρ, καθώς παραβιάζει τη συνθήκη προστασίας του Αλλάχ.
 Ο Παντοδύναμος Αλλάχ εκδικείται όσους βλάπτουν τους ευσεβείς και δίκαιους δούλους Του.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Όποιος πιστεύει στον Αλλάχ και στην Έσχατη Ημέρα, ας μιλάει με καλά λόγια ή ας σιωπά</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όποιος πιστεύει στον Αλλάχ και στην Έσχατη Ημέρα, ας μιλάει με καλά λόγια ή ας σιωπά. Όποιος πιστεύει στον Αλλάχ και στην Έσχατη Ημέρα, ας φέρεται με καλοσύνη και γενναιοδωρία στον γείτονά του. Όποιος πιστεύει στον Αλλάχ και στην Έσχατη Ημέρα, ας είναι γενναιόδωρος προς τον επισκέπτη του.»</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) επεσήμανε ότι όποιος πιστεύει στον Αλλάχ και στην Έσχατη Ημέρα, οδηγείται από αυτή την πίστη να κάνει τα εξής:
 Πρώτον: Να λέει καλά λόγια, όπως να δοξάζει και να εξυμνεί τον Αλλάχ, να προτρέπει στο καλό και να αποτρέπει το κακό, καθώς και να επιδιώκει τη συμφιλίωση μεταξύ των ανθρώπων. Αν κάποιος δεν έχει να πει κάτι καλό, ας προτιμήσει τη σιωπή, ώστε να μην βλάψει τους άλλους με τη γλώσσα του.
 Δεύτερον: Να τιμά τους γείτονές του, δείχνοντας καλοσύνη και γενναιοδωρία προς αυτούς, αποφεύγοντας κάθε πράξη που θα μπορούσε να τους βλάψει ή να τους προκαλέσει δυσφορία.
 Τρίτον: Να είναι γενναιόδωρος με τον επισκέπτη του, προσφέροντάς του φιλοξενία και μιλώντας του ευγενικά.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Η πίστη στον Αλλάχ και στην Έσχατη Ημέρα αποτελεί τη θεμέλια βάση κάθε καλοσύνης και παρακινεί τους ανθρώπους να πράττουν το καλό.
 Το Χαντίθ προειδοποιεί ενάντια στη βλάβη των άλλων μέσω των λόγων.
 Το Ισλάμ διδάσκει εγκαρδιότητα και γενναιοδωρία, ενθαρρύνοντας τους πιστούς να συμπεριφέρονται με καλοσύνη και αλτρουισμό.
 Αυτά τα χαρακτηριστικά αποτελούν κλάδους της πίστης και ανήκουν στην ανώτερη ηθική, ενισχύοντας την αρετή και την ευσέβεια στην ανθρώπινη συμπεριφορά.
 Το να μιλάει κανείς υπερβολικά μπορεί να τον οδηγήσει σε κάτι ανεπιθύμητο ή απαγορευμένο. Η ασφάλεια βρίσκεται στη σιωπή, εκτός αν πρόκειται να ειπωθεί κάτι καλό.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Όποιος δεν δείχνει έλεος στους ανθρώπους, δεν θα λάβει έλεος από τον Παντοδύναμο Αλλάχ</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Ο Τζαρίρ μπιν Αμπντ Αλλάχ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όποιος δεν δείχνει έλεος στους ανθρώπους, δεν θα λάβει έλεος από τον Παντοδύναμο Αλλάχ.»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) αναφέρει ότι ο Παντοδύναμος Αλλάχ δεν θα ελεήσει εκείνον που δεν δείχνει έλεος στους ανθρώπους. Η συμπόνια και το έλεος προς τους άλλους αποτελούν από τα μεγαλύτερα μέσα για να αξίζει κάποιος το έλεος του Αλλάχ.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Το έλεος απαιτείται για όλα τα πλάσματα, αλλά το Χαντίθ αναφέρει συγκεκριμένα τους ανθρώπους, δίνοντας έμφαση στην ιδιαίτερη φροντίδα και συμπόνια που πρέπει να δείχνουμε προς αυτούς.
 Ο Αλλάχ, ο Πολυεύσπλαχνος, δείχνει έλεος στους δούλους Του που επιδεικνύουν έλεος προς τα άλλα πλάσματα, καθώς η ανταμοιβή και η τιμωρία αντιστοιχούν στις πράξεις του κάθε ατόμου.
 Το να δείχνει κανείς έλεος στους ανθρώπους περιλαμβάνει το να τους προσφέρει ό,τι είναι ωφέλιμο, να τους προστατεύει από το κακό και να τους φέρεται με ευγένεια και καλοσύνη.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5439</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Ο πιο μισητός άνθρωπος ενώπιον του Αλλάχ είναι αυτός που υπερβάλλει στη διχόνοια και τη διαφωνία</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Η ‘Αΐσα (η ευαρέστηση του Αλλάχ επ' αυτής) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο πιο μισητός άνθρωπος ενώπιον του Αλλάχ είναι αυτός που υπερβάλλει στη διχόνοια και τη διαφωνία.»</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι ο Αλλάχ μισεί όποιον επιδίδεται συνεχώς σε υπερβολική διχόνοια, δηλαδή όποιον δεν αποδέχεται την αλήθεια και προσπαθεί να την αντικρούσει μέσω διαφωνίας. Ακόμα κι αν έχει δίκιο σε μια συζήτηση, αν υπερβάλλει και ξεπερνά τα όρια της μετριοπάθειας, φτάνοντας στο σημείο να διαφωνεί χωρίς γνώση, αυτό τον καθιστά μισητό ενώπιον του Αλλάχ.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Η επιδίωξη της αποκατάστασης του δικαιώματος του αδικημένου μέσω νόμιμων και δίκαιων διαδικασιών δεν θεωρείται καταδικαστέα διχόνοια ή διαφωνία. Αντιθέτως, η προσφυγή στη δικαιοσύνη για την αποκατάσταση των δικαιωμάτων είναι αποδεκτή και δεν εμπίπτει στις υπερβολικές και αδικαιολόγητες διαφωνίες που μισεί ο Αλλάχ.
 Η διχόνοια και η διαφωνία αποτελούν κακές χρήσεις της γλώσσας, καθώς οδηγούν σε εχθρότητα και διαίρεση μεταξύ των Μουσουλμάνων, αποδυναμώνοντας έτσι την ενότητα και την αδελφοσύνη τους.
 Η αξιέπαινη διαφωνία είναι αυτή που αποσκοπεί στην αναζήτηση της αλήθειας και διεξάγεται με σεβασμό και ορθό τρόπο. Αντίθετα, η καταδικαστέα διαφωνία είναι αυτή που στοχεύει στην απόκρυψη της αλήθειας, στην υποστήριξη του ψεύδους και της πλάνης ή διεξάγεται χωρίς αποδείξεις και έγκυρα επιχειρήματα.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Τα πιο αγαπητά λόγια για τον Αλλάχ είναι τέσσερα: Σουμπχάνα Αλλάχ (Δόξα στον Αλλάχ, ο Οποίος είναι πολύ Ανώτερος από κάθε ατέλεια), Αλ-χάμντου Λιλλάχ (Όλος ο έπαινος ανήκει στον Αλλάχ), Λα ιλάχα ίλα Αλλάχ (Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ) και Αλλάχου Άκμπαρ (Ο Αλλάχ είναι ο Μέγας). Δεν πειράζει με ποιο από αυτά ξεκινήσεις</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Ο Σάμουρα μπιν Τζούννταμπ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Τα πιο αγαπητά λόγια για τον Αλλάχ είναι τέσσερα: Σουμπχάνα Αλλάχ (Δόξα στον Αλλάχ, ο Οποίος είναι πολύ Ανώτερος από κάθε ατέλεια), Αλ-χάμντου Λιλλάχ (Όλος ο έπαινος ανήκει στον Αλλάχ), Λα ιλάχα ίλα Αλλάχ (Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ) και Αλλάχου Άκμπαρ (Ο Αλλάχ είναι ο Μέγας). Δεν πειράζει με ποιο από αυτά ξεκινήσεις.»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι τα πιο αγαπητά λόγια για τον Αλλάχ είναι τέσσερα:
 Σουμπχάνα Αλλάχ: Δόξα στον Αλλάχ, ο Οποίος είναι πολύ Ανώτερος από κάθε ατέλεια.
 Αλ-χάμντου Λιλλάχ: Όλος ο έπαινος και η απόλυτη τελειότητα ανήκουν στον Αλλάχ.
 Λα ιλάχα ίλα Αλλάχ: Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ.
 Αλλάχου Άκμπαρ: Ο Αλλάχ είναι ο Μέγας.
 Η απόκτηση της ανταμοιβής από την προφορά αυτών των λέξεων δεν προϋποθέτει συγκεκριμένη σειρά στην προφορά τους.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Το Χαντίθ δείχνει την ευκολία της Σαρία, καθώς επιτρέπεται να ξεκινήσει κανείς με οποιαδήποτε από αυτές τις λέξεις χωρίς συγκεκριμένη σειρά.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ρωτήθηκε για το τι οδηγεί περισσότερο τους ανθρώπους στον Παράδεισο, και απάντησε: «Το να φυλάγεται κανείς από την τιμωρία του Αλλάχ τηρώντας τις εντολές Του και ο καλός χαρακτήρας</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: «Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ρωτήθηκε για το τι οδηγεί περισσότερο τους ανθρώπους στον Παράδεισο, και απάντησε: «Το να φυλάγεται κανείς από την τιμωρία του Αλλάχ τηρώντας τις εντολές Του και ο καλός χαρακτήρας.» Στη συνέχεια, όταν ρωτήθηκε για το τι οδηγεί περισσότερο τους ανθρώπους στην Κόλαση, απάντησε: «Η γλώσσα (όταν κάποιος λέει απαγορευμένα λόγια) και τα ιδιωτικά μέρη (όταν κάποιος δεν τα φυλάει από τις αισχρές πράξεις, όπως η μοιχεία).».»</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι οι δύο σημαντικότερες αιτίες που οδηγούν τους ανθρώπους στον Παράδεισο είναι:
 Το να φυλάγεται κανείς από την τιμωρία του Αλλάχ, τηρώντας τις εντολές Του, και το να διαθέτει καλό χαρακτήρα.
 Το να φυλάγεται κανείς από την τιμωρία του Αλλάχ σημαίνει να ακολουθεί τις αιτίες που τον απομακρύνουν από αυτήν, δηλαδή να τηρεί τις εντολές Του και να αποφεύγει τις απαγορεύσεις Του.
 Ο καλός χαρακτήρας εκδηλώνεται με το να συναντά κανείς τους αδελφούς του με χαρούμενο πρόσωπο, να ευεργετεί τους άλλους και να απέχει από το να τους βλάπτει.
 Επίσης, ενημερώνει ότι οι δύο μεγαλύτερες αιτίες που οδηγούν τους ανθρώπους στην Κόλαση είναι:
 Η γλώσσα, όταν χρησιμοποιείται σε απαγορευμένα λόγια, και τα ιδιωτικά μέρη, όταν δεν φυλάγονται από αισχρές πράξεις.
 Όσο για τη γλώσσα, μπορεί να διαπράττει αμαρτίες μέσω ψεμάτων, συκοφαντιών, κουτσομπολιού, κατάρας και άλλων απαγορευμένων λόγων.
 Όσο για τα ιδιωτικά μέρη, μπορούν να οδηγήσουν σε αμαρτίες, όπως η μοιχεία, η πορνεία και άλλες αισχρές πράξεις.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Υπάρχουν αιτίες που οδηγούν στην είσοδο στον Παράδεισο. Κάποιες από αυτές σχετίζονται με τον Αλλάχ, τον Παντοδύναμο, όπως το να αποφεύγει κανείς την τιμωρία Του, ακολουθώντας τις εντολές Του και αποφεύγοντας τις απαγορεύσεις Του. Άλλες αιτίες σχετίζονται με τη συμπεριφορά προς τους ανθρώπους, όπως το να διαθέτει κανείς καλό χαρακτήρα, δείχνοντας καλοσύνη, δικαιοσύνη και ευγένεια προς τους άλλους.
 Το Χαντίθ υπογραμμίζει τον κίνδυνο της γλώσσας για τον άνθρωπο και τονίζει ότι αποτελεί μία από τις κύριες αιτίες που μπορούν να τον οδηγήσουν στη Φωτιά.
 Το Χαντίθ καταδεικνύει τον κίνδυνο των επιθυμιών και των ανήθικων πράξεων για τους ανθρώπους, επισημαίνοντας ότι αποτελούν από τις μεγαλύτερες αιτίες εισόδου στην Κόλαση.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[حسن صحيح]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Το να είναι κανείς ντροπαλός, είναι μέρος της πίστης</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ο Αμπντ Αλλάχ μπιν Όμαρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι: «Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) άκουσε έναν άνδρα να συμβουλεύει τον αδελφό του να μην είναι τόσο ντροπαλός. Τότε (ο Προφήτης ﷺ) είπε: «Το να είναι κανείς ντροπαλός, είναι μέρος της πίστης.».»</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) άκουσε έναν άνδρα να συμβουλεύει τον αδελφό του να μην είναι τόσο ντροπαλός, καθώς αυτό τον εμπόδιζε από ορισμένα πράγματα και από το να διεκδικεί σωστά τα δικαιώματά του. Τότε, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) τον ενημέρωσε ότι το να είναι κανείς ντροπαλός αποτελεί μέρος της πίστης, γιατί αυτό οδηγεί στο καλό.
 Ο χαρακτηρισμός του να είναι κανείς ντροπαλός ωθεί τον άνθρωπο να πράττει το καλό και να αποφεύγει το κακό.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει ότι το να είναι κανείς ντροπαλός δεν σημαίνει ότι πρέπει να τον εμποδίζει από το να κάνει το καλό, γιατί τότε αυτό θεωρείται κακή ντροπή, ανικανότητα, τεμπελιά και δειλία.
 Το να είναι κανείς ντροπαλός απέναντι στον Αλλάχ σημαίνει να υπακούει στις εντολές Του, να αποφεύγει τις απαγορεύσεις Του.
 Το να είναι κανείς ντροπαλός απέναντι στους ανθρώπους σημαίνει να τους τιμά, να τους σέβεται και να αποφεύγει συμπεριφορές που μπορεί να τους δυσαρεστήσουν ή να τους φέρουν σε δύσκολη θέση.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Η ικεσία είναι λατρεία</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Ο Αν-Νου'μάν μπιν Πασείρ (η ευαρέστηση του Αλλάχ επ' αυτού), ανέφερε ότι άκουσε τον Προφήτη (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) να λέει: «Η ικεσία είναι λατρεία.» Στη συνέχεια, απήγγειλε: { Ο Κύριός σας λέει: «Επικαλεστείτε Με, και θα ανταποκριθώ στις επικλήσεις σας. Πράγματι, εκείνοι που από αλαζονεία αρνούνται να Με λατρεύουν, θα εισέλθουν ταπεινωμένοι στο Πυρ της Κολάσεως.» } (40:60)</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι η ικεσία αποτελεί μορφή λατρείας και, επομένως, πρέπει να απευθύνεται αποκλειστικά στον Αλλάχ. Η ικεσία μπορεί να είναι είτε:
 1) Ικεσία σε μορφή ζήτησης, όπου κάποιος ζητά από τον Αλλάχ να του δώσει κάτι καλό που θα τον ωφελήσει ή να τον προστατέψει από κάτι κακό που μπορεί να τον βλάψει.
 2) Ικεσία σε μορφή λατρείας, όπου κάποιος εκφράζει την υποταγή του στον Αλλάχ μέσω καλών λόγων και ενάρετων πράξεων που είναι αποδεκτές και αγαπητές σε Αυτόν.
 Στη συνέχεια, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ανέφερε ως απόδειξη τα λόγια του Αλλάχ: { Ο Κύριός σας λέει: «Επικαλεστείτε Με, και θα ανταποκριθώ στις επικλήσεις σας. Πράγματι, εκείνοι που από αλαζονεία αρνούνται να Με λατρεύουν, θα εισέλθουν ταπεινωμένοι στο Πυρ της Κολάσεως.» } (40:60)</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Η ικεσία αποτελεί τη βάση της λατρείας και πρέπει να απευθύνεται αποκλειστικά στον Αλλάχ.
 Η ικεσία εκφράζει την αληθινή έννοια της υποταγής του ανθρώπου ως δούλου του Αλλάχ, καθώς περιλαμβάνει την αναγνώριση ότι ο Αλλάχ είναι ο Αυτάρκης και Παντοδύναμος, ενώ ο δούλος Του είναι πάντοτε εξαρτημένος από Αυτόν και τις ευλογίες Του.
 Το Χαντίθ περιέχει μια αυστηρή προειδοποίηση για όσους, λόγω αλαζονείας, αρνούνται να λατρεύουν τον Αλλάχ και να Τον επικαλούνται. Αυτοί θα εισέλθουν στην Κόλαση ταπεινωμένοι και εξευτελισμένοι.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Υπάρχουν δύο φράσεις που είναι ελαφριές στη γλώσσα, αλλά βαριές στη ζυγαριά (των πράξεων) και αγαπητές στον Παντελεήμονα</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Υπάρχουν δύο φράσεις που είναι ελαφριές στη γλώσσα, αλλά βαριές στη ζυγαριά (των πράξεων) και αγαπητές στον Παντελεήμονα: Σουμπχάνα Αλλάχι Αλ-Αδείμ (Δόξα στον Αλλάχ, τον Μέγα) και Σουμπχάνα Αλλάχι ουά μπιχάμντιχ (Δόξα στον Αλλάχ, ευγνωμονώντας Τον).»</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι υπάρχουν δύο φράσεις που είναι εύκολες στην προφορά, αλλά έχουν μεγάλη βαρύτητα στη ζυγαριά των πράξεων και είναι αγαπητές στον Παντελεήμονα Αλλάχ:
 Σουμπχάνα Αλλάχι Αλ-Αδείμ (Δόξα στον Αλλάχ, τον Μέγα) και Σουμπχάνα Αλλάχι ουά μπιχάμντιχ (Δόξα στον Αλλάχ, ευγνωμονώντας Τον). 
 Αυτές οι δύο φράσεις αποδίδουν στον Αλλάχ κάθε δόξα και τελειότητα, και δηλώνουν ότι είναι πολύ Ανώτερος από κάθε ατέλεια.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Η καλύτερη εξύμνηση προς τον Αλλάχ είναι αυτή που δηλώνει ότι είναι απόλυτα Ανώτερος από κάθε ατέλεια, ενώ ταυτόχρονα Τον εξυμνεί και Τον επαινεί.
 Το Χαντίθ αναδεικνύει το απέραντο έλεος του Αλλάχ προς τους δούλους Του, καθώς τους χαρίζει μεγάλες ανταμοιβές για απλές και εύκολες πράξεις λατρείας.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Δεν υπάρχει καμία πράξη λατρείας πιο αγαπητή και ανώτερη ενώπιον του Παντοδύναμου Αλλάχ από την ικεσία</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Δεν υπάρχει καμία πράξη λατρείας πιο αγαπητή και ανώτερη ενώπιον του Παντοδύναμου Αλλάχ από την ικεσία.»</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι καμία πράξη λατρείας δεν είναι πιο αγαπητή ενώπιον του Παντοδύναμου Αλλάχ από την ικεσία. Αυτό συμβαίνει επειδή, μέσω της ικεσίας, ο άνθρωπος εκφράζει την απόλυτη ανάγκη του για τον Αλλάχ, αναγνωρίζοντας τη δική του αδυναμία και τη μοναδική παντοδυναμία του Αλλάχ.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Το Χαντίθ καταδεικνύει την αρετή και την αξία της ικεσίας, καθώς όταν ένας δούλος επικαλείται τον Κύριό του, αναγνωρίζει το Μεγαλείο Του και ότι Αυτός είναι ο Αυτάρκης, που δεν έχει καμία ανάγκη, ο Γενναιόδωρος, που ακούει τα πάντα, ο Πολυεύσπλαχνος και ο Παντοδύναμος, που μπορεί να ανταποκριθεί σε κάθε αίτημα. Η ικεσία δεν απευθύνεται σε κάποιον που είναι εξαρτημένος, κωφός, τσιγκούνης, ανελέητος ή ανίκανος, αλλά μόνο στον Αλλάχ, που διαθέτει απόλυτη γνώση, δύναμη και έλεος.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Η ελεημοσύνη δεν μειώνει τον πλούτο. Ο Αλλάχ αυξάνει την τιμή του δούλου που συγχωρεί τους άλλους, ακόμη κι αν έχει τη δυνατότητα να εκδικηθεί. Και κανείς δεν ταπεινώνεται (ενώπιον του Αλλάχ και των ανθρώπων) αναζητώντας την ευχαρίστηση του Αλλάχ, χωρίς ο Αλλάχ να τον εξυψώσει σε τιμή</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Η ελεημοσύνη δεν μειώνει τον πλούτο. Ο Αλλάχ αυξάνει την τιμή του δούλου που συγχωρεί τους άλλους, ακόμη κι αν έχει τη δυνατότητα να εκδικηθεί. Και κανείς δεν ταπεινώνεται (ενώπιον του Αλλάχ και των ανθρώπων) αναζητώντας την ευχαρίστηση του Αλλάχ, χωρίς ο Αλλάχ να τον εξυψώσει σε τιμή.»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι η ελεημοσύνη δεν μειώνει τον πλούτο, αλλά αντιθέτως, απομακρύνει το κακό από αυτόν. Ο Αλλάχ αποζημιώνει γενναιόδωρα όποιον δίνει ελεημοσύνη, παρέχοντάς του μεγάλο καλό και άφθονη ανταμοιβή. Έτσι, η ελεημοσύνη, αντί να μειώνει τον πλούτο, συμβάλλει στην αύξηση και την ευλογία του.
 Επίσης, μας ενημερώνει ότι όποιος συγχωρεί τους άλλους, παρόλο που έχει τη δυνατότητα να εκδικηθεί, δεν χάνει τίποτα, αλλά αντίθετα, ο Αλλάχ τον ανυψώνει σε τιμή και δύναμη.
 Επίσης, μας ενημερώνει ότι όποιος ταπεινώνεται ενώπιον του Αλλάχ και συμπεριφέρεται με ταπεινότητα προς τους ανθρώπους, χωρίς αλαζονεία, αναζητώντας μόνο την ευχαρίστηση του Αλλάχ, δεν χάνει τίποτα. Αντιθέτως, ο Αλλάχ θα τον εξυψώσει σε τιμή και δόξα.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Όλη η καλοσύνη και η επιτυχία βρίσκονται στην προσήλωση στη Σαρία και στην επιτέλεση καλών πράξεων, ανεξάρτητα από το τι μπορεί να πιστεύουν ή να ισχυρίζονται κάποιοι άλλοι.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Όποιος υπερασπίζεται τον αδελφό του κατά την απουσία του, (αποτρέποντας δυσάρεστα λόγια, είτε ζητώντας από αυτόν που τα είπε να σταματήσει, είτε διαψεύδοντάς τα αν γνωρίζει ότι είναι ψευδή), ο Αλλάχ θα προστατεύσει το πρόσωπό του από τη Φωτιά την Ημέρα της Κρίσεως</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Αντ-Νταρντά' (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όποιος υπερασπίζεται τον αδελφό του κατά την απουσία του, (αποτρέποντας δυσάρεστα λόγια, είτε ζητώντας από αυτόν που τα είπε να σταματήσει, είτε διαψεύδοντάς τα αν γνωρίζει ότι είναι ψευδή), ο Αλλάχ θα προστατεύσει το πρόσωπό του από τη Φωτιά την Ημέρα της Κρίσεως.»</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι όποιος υπερασπίζεται τον αδελφό του κατά την απουσία του, αποτρέποντας δυσάρεστα λόγια—είτε ζητώντας από αυτόν που τα είπε να μην μιλάει για τον αδελφό του, είτε διαψεύδοντάς τα αν γνωρίζει ότι πρόκειται για συκοφαντία—ο Αλλάχ θα προστατεύσει το πρόσωπό του από τη Φωτιά την Ημέρα της Κρίσεως.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την απαγόρευση της συκοφαντίας.
 Η ανταμοιβή είναι ανάλογη με τις πράξεις κάποιου. Έτσι, όποιος υπερασπίζεται την τιμή του αδελφού του και αποτρέπει δυσάρεστα λόγια εις βάρος του κατά την απουσία του, ο Αλλάχ θα τον προστατεύσει από τη Φωτιά την Ημέρα της Κρίσεως.
 Το Ισλάμ προάγει την αδελφοσύνη και ενθαρρύνει την αμοιβαία υποστήριξη μεταξύ των Μουσουλμάνων, ενισχύοντας τη συνοχή και την αγάπη στην κοινότητα.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/5514</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Όποιος απ' εσάς δει μια κακή πράξη, ας την αλλάξει με το χέρι του, και αν δεν μπορεί, τότε με τη γλώσσα του, και αν δεν μπορεί, τότε με την καρδιά του και αυτό είναι το πιο αδύναμο επίπεδο πίστης (στην αλλαγή του κακού)</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Σαΐντ Αλ-Χουντρέι (η ευαρέστηση του Αλλάχ επ' αυτού), ανέφερε ότι άκουσε τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Όποιος απ' εσάς δει μια κακή πράξη, ας την αλλάξει με το χέρι του, και αν δεν μπορεί, τότε με τη γλώσσα του, και αν δεν μπορεί, τότε με την καρδιά του και αυτό είναι το πιο αδύναμο επίπεδο πίστης (στην αλλαγή του κακού).»</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), μας διατάζει ότι όποιος δει μια κακή πράξη -  την οποία έχει απαγορεύσει ο Αλλάχ και ο Αγγελιοφόρος Του - να την αλλάξει σύμφωνα με τις δυνατότητές του. Έτσι, όποιος δει μια κακή πράξη, θα πρέπει να την αλλάξει με το χέρι αν έχει τη δυνατότητα. Αν δεν μπορεί να το κάνει, τότε θα πρέπει να την αλλάξει με τη γλώσσα του, λέγοντας σ' αυτόν που την διαπράττει ότι είναι απαγορευμένη πράξη, εξηγώντας του το κακό της και καθοδηγώντας τον στο καλό. Εάν δεν είναι σε θέση να εκπληρώσει αυτό το επίπεδο, τότε θα πρέπει να την αλλάξει με την καρδιά του, δηλαδή να την αντιπαθεί και να πει μέσα του ότι αν ήταν σε θέση να την αλλάξει με το χέρι ή με τη γλώσσα, σίγουρα θα το είχε κάνει. Και το να αντιπαθεί κανείς το κακό μέσα στην καρδιά του, είναι το πιο αδύναμο επίπεδο πίστης στην αλλαγή του κακού.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Αυτό το Χαντίθ είναι μια βάση για την περιγραφή των επιπέδων αλλαγής των κακών πράξεων.
 Έχουμε διαταχθεί να υιοθετήσουμε διαβάθμιση στο να αλλάξουμε και να απαγορεύσουμε τις κακές πράξεις, ο καθένας ανάλογα με τις ικανότητες και τις δυνατότητές του.
 Η απαγόρευση του κακού είναι θεμελιώδες στοιχείο της θρησκείας και παραμένει καθήκον γι' όλους. Κάθε μουσουλμάνος είναι υποχρεωμένος να αλλάξει και να απαγορεύσει το κακό σύμφωνα με τις δυνατότητές του.
 Η διαταγή του καλού και η απαγόρευση του κακού είναι ένα από τα χαρακτηριστικά της πίστης, και η πίστη αυξάνεται και μειώνεται.
 Αποτελεί μια προϋπόθεση της απαγόρευσης του κακού, το να γνωρίζουμε ότι η εν λόγω πράξη είναι απαγορευμένη.
 Αποτελεί μια προϋπόθεση της αλλαγής του κακού, το να μην οδηγεί σε μεγαλύτερο κακό.
 Η απαγόρευση του κακού έχει ορισμένες εθιμοτυπίες και απαιτήσεις που πρέπει να τις μάθει ο κάθε Μουσουλμάνος.
 Η απαγόρευση του κακού χρειάζεται θρησκευτική πολιτική, γνώση και διορατικότητα.
 Η μη άρνηση μέσα στην καρδιά μιας κακής πράξης δείχνει αδυναμία πίστης.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Αυτός που κάνει καλό στο Ισλάμ δεν θα τιμωρηθεί για ό,τι έκανε κατά την εποχή της Τζαχιλία, ενώ αυτός που διαπράττει το κακό στο Ισλάμ (με το να είναι υποκριτής ή να αποστατήσει), θα τιμωρηθεί για τις προηγούμενες και τις μεταγενέστερες κακές πράξεις του</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Ο Αμπντ Αλλάχ ιμπν Μασ‘ούντ (η ευαρέστηση του Αλλάχ επ' αυτού), ανέφερε: Ένας άντρας είπε: «Ω, Αγγελιαφόρε του Αλλάχ, θα τιμωρηθούμε για ό,τι κάναμε κατά την εποχή της Τζαχιλία (την προ-ισλαμική περίοδο της άγνοιας);» Είπε: «Αυτός που κάνει καλό στο Ισλάμ δεν θα τιμωρηθεί για ό,τι έκανε κατά την εποχή της Τζαχιλία, ενώ αυτός που διαπράττει το κακό στο Ισλάμ (με το να είναι υποκριτής ή να αποστατήσει), θα τιμωρηθεί για τις προηγούμενες και τις μεταγενέστερες κακές πράξεις του.»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) επισημαίνει την αρετή του να εισέλθει κανείς στο Ισλάμ. Και επισημαίνει ότι όποιος εισέλθει στο Ισλάμ και γίνει ένας αφοσιωμένος και ειλικρινής Μουσουλμάνος, δεν θα τιμωρηθεί για τις αμαρτίες που διέπραξε κατά την εποχή της Τζαχιλία. Αλλά αυτός που διαπράττει το κακό αφού εισήλθε στο Ισλάμ, με το να είναι υποκριτής ή να αποστατήσει, θα τιμωρηθεί για ό,τι έκανε τόσο κατά την περίοδο της απιστίας του όσο και αφού εισήλθε στο Ισλάμ.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει το ενδιαφέρον των συντρόφων (η ευαρέστηση του Αλλάχ επ' αυτών) για τη συγχώρεση των προηγούμενων αμαρτιών τους, και το φόβο τους για ό,τι έκαναν κατά τη διάρκεια της Τζαχιλία.
 Το Χαντίθ μας διατάσσει να είμαστε σταθεροί στο Ισλάμ.
 Το Χαντίθ επισημαίνει την αρετή του να εισέλθει κανείς στο Ισλάμ και ότι το Ισλάμ εξιλεώνει τις προηγούμενες αμαρτίες.
 Το Χαντίθ επισημαίνει ότι ο αποστάτης και ο υποκριτής θα λογοδοτήσουν για κάθε κακή πράξη που διέπραξαν κατά τη διάρκεια της Τζαχιλία και για κάθε αμαρτία που διέπραξαν στο Ισλάμ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>Πώς το βλέπεις, εάν τελώ τις υποχρεωτικές καθημερινές προσευχές, νηστεύω κατά το Ραμαντάν (Ραμαζάνι), ακολουθώ ό,τι είναι επιτρεπτό, και απέχω από ό,τι είναι απαγορευμένο</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Ο Τζάμπιρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: «Ένας άνδρας ρώτησε τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), και είπε: «Πώς το βλέπεις, εάν τελώ τις υποχρεωτικές καθημερινές προσευχές, νηστεύω κατά το Ραμαντάν (Ραμαζάνι), ακολουθώ ό,τι είναι επιτρεπτό, και απέχω από ό,τι είναι απαγορευμένο, και δεν κάνω τίποτε παραπάνω απ' αυτά, θα εισέλθω στον Παράδεισο;» Είπε (ﷺ): «Ναι.» Εκείνος ο άνδρας είπε: «Μα τον Αλλάχ, δε θα κάνω τίποτε άλλο παραπάνω απ' αυτά.».»</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), αναφέρει ότι όποιος τελεί τις πέντε υποχρεωτικές καθημερινές προσευχές χωρίς να τελεί τις προαιρετικές προσευχές, νηστεύει το Ραμαντάν (Ραμαζάνι) χωρίς να προσφέρει προαιρετική νηστεία και ακολουθεί το επιτρεπτό και απέχει από το απαγορευμένο, θα μπει στον Παράδεισο.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Ένας Μουσουλμάνος πρέπει να τελεί τις υποχρεωτικές πράξεις λατρείας και να απέχει από όλες τις απαγορευμένες πράξεις, και ο στόχος του πρέπει να είναι η είσοδος στον Παράδεισο.
 Ένας Μουσουλμάνος πρέπει να ακολουθεί τις επιτρεπτές πράξεις, και να μην καθιστά καμία πράξη ως απαγορευμένη ενώ ο Αλλάχ την είχε καταστήσει ως επιτρεπτή. Επίσης πρέπει να απέχει από όλες τις απαγορευμένες πράξεις, και να μην καθιστά καμία απαγορευμένη πράξη ως επιτρεπτή ενώ ο Αλλάχ την είχε καταστήσει ως απαγορευμένη.
 Το να τελεί κανείς τις υποχρεωτικές πράξεις λατρείας και να απέχει από τις απαγορευμένες πράξεις, αποτελεί έναν λόγο για να μπει κανείς στον Παράδεισο.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Η καθαρότητα (Ουντού', -νίψη για προσευχή-) είναι το ήμισυ της πίστης, και (η ρήση:) «Αλ-Χάμντου Λελλάχ.» (όλες οι ευχαριστίες και οι δοξασίες και οι έπαινοι ανήκουν στον Αλλάχ), γεμίζει τη ζυγαριά (με καλούς πόντους). Και (η ρήση:) «Σουμπχάνα Αλλάχ ουά Αλ-Χάμντου Λελλάχ.» (Ύψιστος είναι ο Αλλάχ και Ανώτερος από κάθε ατέλεια, και όλοι οι έπαινοι και οι δοξασίες ανήκουν στον Αλλάχ) γεμίζει ό,τι υπάρχει ανάμεσα στους ουρανούς και τη Γη</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Ο Άμπου Μάλικ Αλ-Ασ‘άρι (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), είπε: «Η καθαρότητα (Ουντού', -νίψη για προσευχή-) είναι το ήμισυ της πίστης, και (η ρήση:) «Αλ-Χάμντου Λελλάχ.» (όλες οι ευχαριστίες και οι δοξασίες και οι έπαινοι ανήκουν στον Αλλάχ), γεμίζει τη ζυγαριά (με καλούς πόντους). Και (η ρήση:) «Σουμπχάνα Αλλάχ ουά Αλ-Χάμντου Λελλάχ.» (Ύψιστος είναι ο Αλλάχ και Ανώτερος από κάθε ατέλεια, και όλοι οι έπαινοι και οι δοξασίες ανήκουν στον Αλλάχ) γεμίζει ό,τι υπάρχει ανάμεσα στους ουρανούς και τη Γη. Η προσευχή είναι ένα φως, η ελεημοσύνη είναι μια απόδειξη (της πίστης), η υπομονή είναι ένα λαμπερό φως (σαν το φως του ηλίου) και το Κορ’άν είτε είναι μια απόδειξη για σένα είτε είναι μια απόδειξη εναντίον σου. Όλοι οι άνθρωποι βγαίνουν νωρίς το πρωί και ο καθένας σπεύδει στις πράξεις του, είτε θα σώσει τον εαυτό του από το Πυρ (μέσω των καλών πράξεων), είτε θα καταστρέψει τον εαυτό του (μέσω των κακών πράξεων).»</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι η εξωτερική καθαριότητα επιτυγχάνεται με το Ουντού' (νίψη) και το Γουσλ (ντους), και αποτελεί προϋπόθεση για την προσευχή. Και ότι η ρήση: «Αλ-Χάμντου Λελλάχ» -που σημαίνει το να εξυμνεί κανείς τον Αλλάχ, αποδίδοντας σ' Αυτόν τις τέλειες Ιδιότητες-, γεμίζει τη ζυγαριά με καλούς πόντους την Ημέρα της Κρίσεως. Και ότι η ρήση: «Σουμπχάνα Αλλάχ ουά Αλ-Χάμντου Λελλάχ», γεμίζει ό,τι υπάρχει ανάμεσα στους ουρανούς και τη Γη. Και σημαίνει το να δοξάζει κανείς τον Αλλάχ με λόγια που Του αρνούνται κάθε ατέλεια και έλλειψη, και αποδίδοντας σ' Αυτόν τις τέλειες Ιδιότητες που ταιριάζουν στην Μεγαλοπρέπειά Του, με αγάπη και σεβασμό προς Αυτόν. Και ότι «η προσευχή αποτελεί φως» στην καρδιά, το πρόσωπο και τον τάφο του ανθρώπου, ακόμα και την Ημέρα που θα αναστηθεί. Και ότι «η ελεημοσύνη είναι μια απόδειξη» της πίστης ενός πιστού, και τον διαχωρίζει από τον υποκριτή που δεν δίνει ελεημοσύνη επειδή δεν πιστεύει πραγματικά στην αμοιβή της. Και ότι «η υπομονή είναι ένα λαμπερό φως», η οποία επιτυγχάνεται με την αποχή από την αγανάκτηση. Και είναι λαμπερό φως, σαν το φως του ηλίου, που περιέχει θερμότητα και καύση. Αυτό δείχνει ότι η υπομονή είναι δύσκολη και απαιτεί αυτοπειθαρχία και συγκράτηση από τις επιθυμίες. Έτσι, ένας υπομονετικός άνθρωπος πάντα έχει φως που τον καθοδηγεί και τον κρατάει στον σωστό δρόμο. Ένας υπομονετικός άνθρωπος δείχνει υπομονή στην τήρηση των εντολών του Αλλάχ, στην αποχή από τις απαγορεύσεις Του και στις συμφορές που μπορεί να πάθει σ' αυτόν τον κόσμο. Και ότι «Το Κορ’άν είτε είναι μια απόδειξη για σένα», αν το απαγγέλλεις και εφαρμόζεις τις εντολές του, «είτε είναι μια απόδειξη εναντίον σου», αν παραμελείς την απαγγελία του και τις εντολές του. Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας πληροφόρησε ότι όλοι οι άνθρωποι βγαίνουν νωρίς το πρωί από τα σπίτια τους, και ο καθένας σπεύδει προς τις πράξεις του. Κάποιοι σπεύδουν στις πράξεις υπακοής προς τον Αλλάχ, και έτσι σώζουν τον εαυτό τους από το Πυρ της Κολάσεως, ενώ κάποιοι άλλοι αποκλίνουν από την υπακοή προς τον Αλλάχ και πέφτουν στις αμαρτίες, και έτσι καταστρέφουν τον εαυτό τους με το εισέλθουν στο Πυρ της Κολάσεως.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Η καθαρότητα είναι δύο ειδών: εξωτερική, με το Ουντού' και το Γουσλ, και εσωτερική με την πίστη και τις καλές πράξεις.
 Η προσευχή αποτελεί φως για τον άνθρωπο, και στην εγκόσμια ζωή και στη Μέλλουσα Ζωή. Γι' αυτό πρέπει να την τηρεί ο πιστός.
 Η ελεημοσύνη αποτελεί απόδειξη της πίστης ενός πιστού.
 Είναι σημαντικό το να πράττει κανείς σύμφωνα με το Κορ’άν και να πιστεύει σ' αυτό, ώστε να είναι μία απόδειξη γι' αυτόν και όχι μία απόδειξη εναντίον του.
 Αν δεν απασχολήσεις την ψυχή σου με την υπακοή, θα σε απασχολήσει αυτή με την ανυπακοή.
 Ο κάθε άνθρωπος σπεύδει στις πράξεις του, εάν πράττει δίκαια σώζεται, και εάν διαπράττει αμαρτίες καταστρέφεται.
 Η υπομονή χρειάζεται αντοχή, να επιδιώκεις την ανταμοιβή του Αλλάχ, και περιλαμβάνει δυσκολίες.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Πλησιάζει η ώρα (εποχή) να φτάσει σε έναν άνθρωπο ένα Χαντίθ (λόγος) μου, ενώ είναι ξαπλωμένος στον καναπέ του, και έπειτα να πει: «Αυτό που θα κρίνει ανάμεσα σ' εμάς και σ' εσάς είναι το Βιβλίο του Αλλάχ</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Ο Αλ-Μικντάμ μπιν Μά‘ντι-καρεμπ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε, ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Πλησιάζει η ώρα (εποχή) να φτάσει σε έναν άνθρωπο ένα Χαντίθ (λόγος) μου, ενώ είναι ξαπλωμένος στον καναπέ του, και έπειτα να πει: «Αυτό που θα κρίνει ανάμεσα σ' εμάς και σ' εσάς είναι το Βιβλίο του Αλλάχ. Έτσι, ό,τι βρίσκουμε επιτρεπτό σ' αυτό, θα το θεωρούμε επιτρεπτό, και ό,τι βρίσκουμε απαγορευμένο σ' αυτό θα το θεωρούμε απαγορευμένο.» Πράγματι, ό,τι απαγόρευσε ο Αγγελιαφόρος του Αλλάχ, είναι όπως ό,τι απαγόρευσε ο Αλλάχ στο Βιβλίο Του (αφού εγώ μεταδίδω μόνο τα Λόγια του Αλλάχ).»</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), μας πληροφόρησε ότι πλησιάσει η εποχή όπου κάποιοι άνθρωποι θα αρνούνται τα λόγια του Προφήτη (ﷺ), στο σημείο που όταν ένα Χαντίθ του Προφήτη (ﷺ) θα ειπωθεί σε έναν άνθρωπο ενώ είναι ξαπλωμένος και γύρω του πολλοί άνθρωποι, θα πει: «Αυτό που θα κρίνει ανάμεσα σ' εμάς και σ' εσάς σε όλα τα θέματα, είναι το Βιβλίο του Αλλάχ, και μας αρκεί. Έτσι, ό,τι βρίσκουμε σ' αυτό ότι είναι επιτρεπτό, θα το θεωρούμε επιτρεπτό, και ό,τι βρίσκουμε σ' αυτό ότι είναι απαγορευμένο θα το θεωρούμε απαγορευμένο και θα απομακρυνθούμε απ' αυτό.»! Στη συνέχεια, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) επεσήμανε ότι οτιδήποτε απαγόρευσε στη Σούννα του, είναι απαγορευμένο για μας όπως οτιδήποτε απαγόρευσε ο Αλλάχ στο Βιβλίο Του, γιατί ο Προφήτης (ﷺ) μεταφέρει μόνο τα Λόγια και τις εντολές του Κυρίου του.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Πρέπει να σεβόμαστε και να τηρούμε και το Κορ’άν και τη Σούννα.
 Η υπακοή προς τον Προφήτη (ﷺ) αποτελεί υπακοή και προς τον Αλλάχ, επειδή ο Αλλάχ μας διέταξε να υπακούμε τον Προφήτη (ﷺ). Η ανυπακοή προς τον Προφήτη (ﷺ) αποτελεί ανυπακοή και προς τον Αλλάχ.
 Αυτό το Χαντίθ αποτελεί απόδειξη για την εγκυρότητα της Σούννας του Προφήτη (ﷺ), και απαντά σε όποιον προσπαθεί να την αμφισβητήσει ή να την αρνηθεί.
 Όποιος απομακρύνεται από τη Σούννα και ισχυρίζεται ότι του αρκεί το Κορ’άν, έχει απομακρυνθεί και από τα δύο, και είναι ψεύτης στον ισχυρισμό του ότι ακολουθεί το Κορ’άν.
 Μια από τις αποδείξεις της αποστολής του Προφήτη (ﷺ), είναι ότι ενημέρωσε για πολλά πράγματα που θα συνέβαιναν στο μέλλον, και τα οποία έγιναν όπως ενημέρωσε.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Ω, Αγγελιαφόρε του Αλλάχ! Δεν άφησα κανένα μικρό ή μεγάλο αμάρτημα χωρίς να το έχω διαπράξει (αλλά μετανιώνω πολύ και θέλω να με συγχωρέσει ο Αλλάχ).» Είπε (ο Προφήτης): «Δεν μαρτυρείς ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ και ότι ο Μωχάμμαντ είναι ο Αγγελιαφόρος του Αλλάχ;</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Ο Άνας (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: «Ένας άνδρας ήρθε στον Προφήτη (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) και είπε: «Ω, Αγγελιαφόρε του Αλλάχ! Δεν άφησα κανένα μικρό ή μεγάλο αμάρτημα χωρίς να το έχω διαπράξει (αλλά μετανιώνω πολύ και θέλω να με συγχωρέσει ο Αλλάχ).» Είπε (ο Προφήτης): «Δεν μαρτυρείς ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ και ότι ο Μωχάμμαντ είναι ο Αγγελιαφόρος του Αλλάχ;» -Επανέλαβε την ερώτηση τρεις φορές-. Απάντησε: «Ναι.» Είπε (ο Προφήτης): «Αυτή (δηλ. η μαρτυρία σου και η ειλικρινής μεταμέλειά σου) θα σβήσει εκείνες (δηλ. τις αμαρτίες σου).».»</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Ένας άνδρας ήρθε στον Προφήτη (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) και είπε: Ω, Αγγελιαφόρε του Αλλάχ! Έπεσα σε κάθε είδους αμαρτία, μικρή και μεγάλη, αλλά τώρα στρέφομαι με ειλικρινή μεταμέλεια προς τον Αλλάχ. Θα με συγχωρέσει, λοιπόν, ο Αλλάχ; Του απάντησε ο Προφήτης (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) ρωτώντας: Δεν μαρτυρείς ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ και ότι ο Μωχάμμαντ είναι ο Αγγελιαφόρος του Αλλάχ; Επανέλαβε την ερώτηση τρεις φορές. Του απάντησε: Ναι μαρτυρώ. Τον ενημέρωσε ο Προφήτης (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) για την αρετή των δύο μαρτυριών της πίστεως και ότι σβήνουν τις αμαρτίες, και ότι η ειλικρινής μεταμέλεια σβήνει ό,τι προηγήθηκε από αμαρτίες.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Το Χαντίθ δείχνει τη σημασία των δύο μαρτυριών της πίστεως και ότι σβήνουν τις αμαρτίες, αν κάποιος τις εκφέρει ειλικρινά από την καρδιά του.
 Το Ισλάμ σβήνει τις αμαρτίες που διαπράχθηκαν από κάποιον πριν ασπαστεί το Ισλάμ.
 Η ειλικρινής μεταμέλεια σβήνει τις αμαρτίες που διαπράχθηκαν πριν.
 Η επανάληψη στην εκπαίδευση είναι μέρος της προσέγγισης του Προφήτη (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ).
 Η αρετή των δύο μαρτυριών της πίστεως, οι οποίες αποτελούν λόγο για την σωτηρία κάποιου από το να μείνει αιώνια στην Κόλαση.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Το δικαίωμα του Αλλάχ στους δούλους Του είναι να Τον λατρεύουν και να μην Του αποδίδουν εταίρους στη λατρεία. Και το δικαίωμα των δούλων στον Αλλάχ είναι να μην τιμωρεί όποιον δεν Του αποδίδει εταίρους στη λατρεία</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Ο Μου‘άδ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: Επέβαινα πίσω από τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) σε έναν γάιδαρο που λεγόταν «‘Ουφάιρ». Ο Προφήτης (ﷺ) είπε: «Ω, Μουάδ! Ξέρεις ποιο είναι το δικαίωμα του Αλλάχ στους δούλους Του και ποιο είναι το δικαίωμα των δούλων Του σ' Αυτόν;» Απάντησα: «Ο Αλλάχ και ο Αγγελιαφόρος Του ξέρουν καλύτερα.» Είπε (ﷺ): «Το δικαίωμα του Αλλάχ στους δούλους Του είναι να Τον λατρεύουν και να μην Του αποδίδουν εταίρους στη λατρεία. Και το δικαίωμα των δούλων στον Αλλάχ είναι να μην τιμωρεί όποιον δεν Του αποδίδει εταίρους στη λατρεία.» Είπα: «Ω, Αγγελιαφόρε του Αλλάχ! Να ενημερώσω τους ανθρώπους γι' αυτά τα ευχάριστα νέα;» Είπε (ﷺ): «Μην τους ενημερώσεις γι' αυτά, μήπως εξαρτηθούν αποκλειστικά απ' αυτά.»</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) επισήμανε το δικαίωμα του Αλλάχ στους δούλους Του και το δικαίωμα των δούλων Του σ' Αυτόν. Και διασαφήνισε ότι το δικαίωμα του Αλλάχ στους δούλους Του είναι να Τον λατρεύουν χωρίς να Του αποδίδουν εταίρους στη λατρεία. Και ότι το δικαίωμα των δούλων στον Αλλάχ είναι να μην τιμωρεί εκείνους που πιστεύουν σ' Αυτόν και μόνο, και δεν Του αποδίδουν εταίρους στη λατρεία. Στη συνέχεια, ο Μου‘άδ ρώτησε: «Ω, Αγγελιαφόρε του Αλλάχ! Να ενημερώσω τους ανθρώπους γι' αυτά τα ευχάριστα νέα;» Για να χαρούν οι άνθρωποι μ' αυτή τη γενναιοδωρία του Αλλάχ. Αλλά ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) του είπε να μην τους ενημερώσει, για να μην εξαρτηθούν αποκλειστικά απ' αυτά.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Το Χαντίθ διασαφηνίζει το δικαίωμα του Παντοδύναμου Αλλάχ που όρισε στους δούλους Του: να Τον λατρεύουν χωρίς να Του αποδίδουν εταίρους στη λατρεία.
 Διασαφηνίζει το δικαίωμα των δούλων στον Αλλάχ που το υποσχέθηκε ως γενναιοδωρία και χάρη απ' Αυτόν προς τους δούλους Του: να τους εισάγει στον Παράδεισο και να μην τους τιμωρήσει, εφόσον δεν αποδίδουν σ' Αυτόν εταίρους στη λατρεία.
 Αναγγέλλει σπουδαία καλά νέα για τους πιστούς που λατρεύουν τον Αλλάχ χωρίς να Του αποδίδουν εταίρους στη λατρεία, ότι θα εισαχθούν στον Παράδεισο.
 Ο Μου‘άδ διηγήθηκε αυτό το Χαντίθ πριν από το θάνατό του, φοβούμενος ότι μπορεί να πέσει στην αμαρτία της απόκρυψης της γνώσης.
 Το Χαντίθ υποδεικνύει ότι ορισμένα Χαντίθ δεν πρέπει να διηγούνται μπροστά από ορισμένους ανθρώπους, από το φόβο ότι δεν θα μπορέσουν να καταλάβουν τις έννοιές τους, υπό την προϋπόθεση όμως ότι τα Χαντίθ δεν αφορούν πράξεις λατρείας ή τιμωρίες για τις αμαρτίες.
 Το Χαντίθ υποδεικνύει ότι όσοι Μουσουλμάνοι λατρεύουν τον Αλλάχ χωρίς να Του αποδίδουν εταίρους στη λατρεία, αλλά έχουν διαπράξει αμαρτίες, αυτοί υπόκεινται στο θέλημα του Αλλάχ: εάν θέλει να τους τιμωρήσει ή εάν θέλει να τους συγχωρέσει και να τους εισάγει στον Παράδεισο.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Όποιος πεθάνει (ως πιστός) ενώ δεν αποδίδει εταίρους στον Αλλάχ στη λατρεία, θα μπει στον Παράδεισο, και όποιος πεθάνει ενώ αποδίδει εταίρους στον Αλλάχ στη λατρεία, θα μπει στην Κόλαση</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Ο Τζάμπιρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: Ένας άντρας ήρθε στον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) και είπε: «Ω, Αγγελιαφόρε του Αλλάχ, ποιοι είναι οι δύο χαρακτήρες (που είτε εισάγουν έναν άνθρωπο στον Παράδεισο είτε τον εισάγουν στην Κόλαση);» Είπε (ﷺ): «Όποιος πεθάνει (ως πιστός) ενώ δεν αποδίδει εταίρους στον Αλλάχ στη λατρεία, θα μπει στον Παράδεισο, και όποιος πεθάνει ενώ αποδίδει εταίρους στον Αλλάχ στη λατρεία, θα μπει στην Κόλαση.»</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Ένας άντρας ήρθε στον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) και τον ρώτησε για το ποιος είναι ο χαρακτήρας που εισάγει έναν άνθρωπο στον Παράδεισο, και ποιος είναι ο χαρακτήρας που τον εισάγει στην Κόλαση; Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) του απάντησε ότι ο χαρακτήρας που εισάγει έναν άνθρωπο στον Παράδεισο είναι το να πεθάνει ως πιστός που λατρεύει τον Αλλάχ χωρίς να Του αποδίδει εταίρους στη λατρεία. Και ότι ο χαρακτήρας που εισάγει έναν άνθρωπο στην Κόλαση είναι το να πεθάνει ως άπιστος αποδίδοντας στον Αλλάχ εταίρους και παρόμοιους στη Θεότητα, Κυριότητα, Ονόματα και Ιδιότητές Του.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή του να πιστεύει κανείς στον Αλλάχ και μόνο. Όποιος πεθάνει ως πιστός που δεν αποδίδει εταίρους στον Αλλάχ στη λατρεία, θα μπει με το θέλημα του Αλλάχ στον Παράδεισο.
 Και επισημαίνει τον κίνδυνο του να αποδίδει κανείς εταίρους στον Αλλάχ στη λατρεία (Σιρκ). Όποιος πεθαίνει ενώ αποδίδει εταίρους στον Αλλάχ στη λατρεία, θα μπει με το θέλημα του Αλλάχ στην Κόλαση.
 Οι Μουσουλμάνοι που λατρεύουν τον Αλλάχ χωρίς να Του αποδίδουν εταίρους στη λατρεία, αλλά έχουν διαπράξει αμαρτίες, αυτοί υπόκεινται στο θέλημα του Αλλάχ: εάν θέλει να τους τιμωρήσει ή εάν θέλει να τους συγχωρέσει και να τους εισάγει στον Παράδεισο.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>γιατί δεν είπε ποτέ: Κύριέ μου, συγχώρεσε για μένα τις αμαρτίες μου την Ημέρα της Κρίσεως</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Η Αΐσα (η ευαρέστηση του Αλλάχ επ' αυτής) ανέφερε: «Είπα: «Ω, Αγγελιαφόρε του Αλλάχ! Ο Ιμπν Τζουντ‘άν συνήθιζε κατά την εποχή της Τζαχιλία (προ-Ισλαμική εποχή) να διατηρεί τους δεσμούς συγγένειας και να ταΐζει τους φτωχούς. Θα τον ωφελήσει αυτό;» Είπε (ο Προφήτης): «Δεν θα τον ωφελήσει, γιατί δεν είπε ποτέ: Κύριέ μου, συγχώρεσε για μένα τις αμαρτίες μου την Ημέρα της Κρίσεως.».»</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) μας ενημέρωσε για την κατάσταση του ‘Αμπντ Αλλάχ μπιν Τζουντ‘άν, ο οποίος ήταν από τους αρχηγούς των Κουράις πριν το Ισλάμ. Και από τις καλές του πράξεις ήταν ότι συνήθιζε να διατηρεί συγγενικούς δεσμούς, να ταΐζει τους φτωχούς και να κάνει άλλες ευγενείς πράξεις που τις προτρέπει το Ισλάμ. Ο Προφήτης (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) επεσήμανε ότι αυτές οι καλές πράξεις, του Ιμπν Τζουντ‘άν, δεν θα τον ωφελήσουν στη Μέλλουσα Ζωή λόγω της απιστίας του και του γεγονότος ότι δεν είπε ποτέ: Κύριε μου, συγχώρεσε τις αμαρτίες μου την Ημέρα του Κρίσεως.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή της πίστης και ότι είναι προϋπόθεση για την αποδοχή των καλών πράξεων των ανθρώπων.
 Δείχνει το κακό αντίκτυπο της απιστίας και ότι καθιστά τις καλές πράξεις μάταιες.
 Οι καλές πράξεις των άπιστων δεν θα τους ωφελήσουν κατά τη Μέλλουσα Ζωή λόγω του ότι δεν πίστευαν στον Αλλάχ και στην Έσχατη Ημέρα.
 Οι καλές πράξεις ενός άπιστου θα καταγραφούν γι' αυτόν εάν ασπαστεί το Ισλάμ και θα ανταμειφθεί γι' αυτές.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>Ξέρετε τι είπε ο Κύριός σας;» Εκείνοι απάντησαν: «Ο Αλλάχ και ο Αγγελιαφόρος Του ξέρουν καλύτερα.» Είπε (ο Προφήτης): « (Ότι ο Αλλάχ είπε) οι δούλοι Μου διαχωρίστηκαν σε πιστούς σ' Εμένα, και άπιστους</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Ο Ζάιντ μπιν Χάλιντ Αλ-Τζούχανι (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) οδήγησε την προσευχή του Φατζρ που την τελέσαμε στην Αλ-Χουνταϊμπίγια μετά από μια βροχόπτωση κατά τη διάρκεια της νύχτας. Στο τέλος της προσευχής, γύρισε προς τους ανθρώπους και είπε: «Ξέρετε τι είπε ο Κύριός σας;» Εκείνοι απάντησαν: «Ο Αλλάχ και ο Αγγελιαφόρος Του ξέρουν καλύτερα.» Είπε (ο Προφήτης): « (Ότι ο Αλλάχ είπε) οι δούλοι Μου διαχωρίστηκαν σε πιστούς σ' Εμένα, και άπιστους. Αυτός που είπε: «Είχαμε βροχόπτωση λόγω της χάρης και του ελέους του Αλλάχ.», αυτός πιστεύει σ' Εμένα και δεν πιστεύει στα αστέρια· ενώ αυτός που είπε: «Είχαμε βροχόπτωση λόγω της ανατολής του τάδε και τάδε αστεριού.», δεν πιστεύει σ' Εμένα και πιστεύει στα αστέρια.»</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) τέλεσε την προσευχή Αλ-Φατζρ στην Αλ-Χουνταϊμπίγια - ένα μικρό χωριό κοντά στη Μάκκα - μετά από μια βροχόπτωση κατά τη διάρκεια της νύχτας. Όταν τελείωσε την προσευχή, γύρισε προς τους ανθρώπους που τέλεσαν την προσευχή πίσω του, και τους ρώτησε: Ξέρετε τι είπε ο Κύριός σας; Εκείνοι απάντησαν: Ο Αλλάχ και ο Αγγελιαφόρος Του ξέρουν καλύτερα. Είπε: Ότι ο Αλλάχ, ο Ύψιστος, διασαφήνισε ότι οι άνθρωποι κατά την βροχόπτωση είναι δύο ειδών: ένα είδος που πιστεύει στον Αλλάχ, και άλλο είδος που είναι άπιστοι. Αυτός που είπε: Είχαμε βροχόπτωση λόγω της χάρης και του ελέους του Αλλάχ. Και απέδιδε τη βροχόπτωση στον Αλλάχ, είναι αυτός που πιστεύει στον Αλλάχ ότι είναι ο Δημιουργός που κυριαρχεί όλο το σύμπαν, και δεν πιστεύει στα αστέρια. Ενώ όποιος είπε: Είχαμε βροχόπτωση λόγω της ανατολής του τάδε και τάδε αστεριού. Είναι αυτός που δεν πιστεύει στον Αλλάχ και πιστεύει στα αστέρια. Και αυτό αποτελεί μία πράξη «μικρής απιστίας», επειδή απέδιδε την βροχόπτωση στα αστέρια, ενώ ο Αλλάχ δεν έκανε τα αστέρια να είναι ο λόγος για τη βροχόπτωση. Όποιος αποδίδει τη βροχόπτωση και ό,τι συμβαίνει στη Γη στις κινήσεις των πλανητών πιστεύοντας ό,τι είναι ο πραγματικός εκτελεστής, είναι άπιστος που διέπραξε μία πράξη «μεγάλης απιστίας».</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Είναι επιθυμητό να πούμε μετά τη βροχή: Είχαμε βροχόπτωση λόγω της χάρης και του ελέους του Αλλάχ.
 Όποιος πιστεύει ότι ένα αστέρι ή παραπάνω είναι ο δημιουργός της βροχόπτωσης, είναι άπιστος με τη μεγαλύτερη απιστία. Και αν αποδίδει στα αστέρια ότι είναι ο λόγος της βροχόπτωσης, είναι άπιστος με τη μικρή απιστία, γιατί ο Αλλάχ δεν κατέστησε τα αστέρια ως λόγο για τη βροχόπτωση.
 Μια ευλογία μπορεί να είναι αιτία απιστίας εάν κάποιος την αρνηθεί ότι είναι μια ευλογία από τον Αλλάχ ή να είναι αιτία πίστης εάν αναγνωριστεί ότι είναι μια ευλογία από τον Αλλάχ.
 Απαγορεύεται να πούμε «Είχαμε βροχόπτωση λόγω της κίνησης του τάδε και του τάδε αστεριού», ώστε να κλείσουμε τέτοια πόρτα που μπορεί να οδηγήσει κάποιον στον πολυθεϊσμό.
 Οι καρδιές μας πρέπει να είναι συνδεδεμένες με τον Αλλάχ όταν Τον επικαλούμαστε για να μας παράσχει ευλογίες ή να απομακρύνει δεινά από μας.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Βρίσκουμε μέσα μας αυτές (τις κακές σκέψεις που έρχονται στο μυαλό μας παρά τη θέλησή μας) που κάποιος απ' εμάς δεν τολμάει να τις προφέρει.» Είπε (ο Προφήτης): «Το παθαίνετε αυτό;» Είπαν: «Ναι.» Είπε (ο Προφήτης): «Αυτή είναι η ξεκάθαρη πίστη (που σας κάνει να μην τολμάτε καν να τις προφέρετε)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: Μερικοί από τους συντρόφους του Προφήτη (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) ήρθαν και τον ρώτησαν: «Βρίσκουμε μέσα μας αυτές (τις κακές σκέψεις που έρχονται στο μυαλό μας παρά τη θέλησή μας) που κάποιος απ' εμάς δεν τολμάει να τις προφέρει.» Είπε (ο Προφήτης): «Το παθαίνετε αυτό;» Είπαν: «Ναι.» Είπε (ο Προφήτης): «Αυτή είναι η ξεκάθαρη πίστη (που σας κάνει να μην τολμάτε καν να τις προφέρετε).»</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Μερικοί από τους συντρόφους του Προφήτη (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) ήρθαν και τον ρώτησαν σχετικά με τις κακές σκέψεις που έρχονται στο μυαλό τους παρά τη θέλησή τους, οι οποίες είναι τόσο σοβαρές που κανείς τους δεν τολμάει ούτε να τις προφέρει. Και έτσι τους είπε ο Προφήτης (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) ότι αυτό είναι η ξεκάθαρη πίστη που τους παρακινεί να αποτρέψουν αυτές τις κακές σκέψεις που ρίχνει ο Σατανάς στις καρδιές σας. Και που τους κάνει να αποφύγουν να τις προφέρουν, επειδή τις βλέπουν πολύ σοβαρές. Και αυτό δείχνει ότι ο Σατανάς δεν μπορούσε να κυριαρχήσει στις καρδιές τους, σε αντίθεση μ' άλλους που ο Σατανάς μπορούσε να κυριαρχήσει στις καρδιές τους και δεν βρήκε καμία αντίσταση απ' αυτούς.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Υπογραμμίζει την αδυναμία του Σατανά απέναντι στους πιστούς, καθώς δεν μπορεί να κάνει τίποτα παρά μόνο να ψιθυρίσει.
 Δεν πρέπει να πιστεύουμε ή να αποδεχόμαστε τις κακές σκέψεις που έρχονται στο μυαλό μας από τον ψίθυρο του Σατανά.
 Ο ψίθυρος του Σατανά δεν βλάπτει τον πιστό, αλλά θα πρέπει να αναζητήσει καταφύγιο στον Αλλάχ από τους ψιθύρους του Σατανά και θα πρέπει να απέχει από το να παρασυρθεί απ' αυτό.
 Ένας Μουσουλμάνος δεν πρέπει να μένει σιωπηλός για πράγματα που τον μπερδεύουν όσον αφορά τη θρησκεία του. Θα πρέπει να ρωτήσει γι' αυτά.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>Δόξα στον Αλλάχ που εμπόδισε το σχέδιο του (Σατανά) και δεν μπόρεσε παρά μόνο να ψιθυρίσει</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>Ο Ιμπν ‘Αμπάς (η ευαρέστηση του Αλλάχ επ' αυτού) είπε: «Ένας άνδρας ήρθε στον Προφήτη (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) και είπε: «Ω, Αγγελιαφόρε του Αλλάχ! Σε κάποιον απ' εμάς μπορεί να έρθουν τέτοιες σκέψεις - αναφερόμενος σ' αυτό έμμεσα - που θα προτιμούσε να μετατραπεί σε κάρβουνο παρά να τις προφέρει.» Έτσι, ο Προφήτης (ﷺ) είπε: «Αλλάχου Άκμπαρ, Αλλάχου Άκμπαρ, Δόξα στον Αλλάχ που εμπόδισε το σχέδιο του (Σατανά) και δεν μπόρεσε παρά μόνο να ψιθυρίσει.»</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Ένας άνδρας ήρθε στον Προφήτη (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) και του είπε ότι κάποιες φορές μπορεί να του έρθουν κάποιες σκέψεις, οι οποίες είναι τόσο κακές στο βαθμό που θα προτιμούσε να μετατραπεί σε κάρβουνο παρά να τις προφέρει. Τότε, ο Προφήτης (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) είπε: «Αλλάχου Άκμπαρ, Αλλάχου Άκμπαρ.» και δόξαζε τον Αλλάχ ότι εμπόδισε το σχέδιο του Σατανά και δεν μπόρεσε παρά μόνο να ψιθυρίσει.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Το Χαντίθ δείχνει ότι ο Σατανάς στοχεύει τους πιστούς με τους ψιθύρους του, προσπαθώντας να τους μετατρέψει από πιστούς σε άπιστους.
 Υπογραμμίζει την αδυναμία του Σατανά απέναντι στους πιστούς, καθώς δεν μπορεί να κάνει τίποτα παρά μόνο να ψιθυρίσει.
 Ένας πιστός πρέπει να απομακρύνεται από τους ψιθύρους του Σατανά και να τους αποκρούει.
 Ένας Μουσουλμάνος είναι καλό να πει «Αλλάχου Άκμπαρ» όταν βλέπει κάτι καλό ή εκπληκτικό κλπ.
 Ένας Μουσουλμάνος θα πρέπει να ρωτήσει έναν λόγιο για τα πράγματα που τον μπερδεύουν όσον αφορά τη θρησκεία του.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[رواه أبو داود والنسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>Ο Σατανάς έρχεται σε έναν απ' εσάς και λέει: «Ποιος δημιούργησε αυτό; Kαι ποιος δημιούργησε το άλλο;», μέχρι να πει: «Ποιος δημιούργησε τον Κύριό σου;» Αν φτάσει αυτή (τέτοια σκέψη) σε κάποιον, θα πρέπει να αναζητήσει καταφύγιο στον Αλλάχ (από τον Σατανά) και να την σταματήσει (αυτή τη σκέψη)</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο Σατανάς έρχεται σε έναν απ' εσάς και λέει: «Ποιος δημιούργησε αυτό; Kαι ποιος δημιούργησε το άλλο;», μέχρι να πει: «Ποιος δημιούργησε τον Κύριό σου;» Αν φτάσει αυτή (τέτοια σκέψη) σε κάποιον, θα πρέπει να αναζητήσει καταφύγιο στον Αλλάχ (από τον Σατανά) και να την σταματήσει (αυτή τη σκέψη).»</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει για την αποτελεσματική λύση για τις ερωτήσεις που τις ψιθυρίζει ο Σατανάς στον πιστό. Ο Σατανάς ψιθυρίσει στον άνθρωπο: «Ποιος δημιούργησε αυτό; Kαι ποιος δημιούργησε εκείνο; Ποιος δημιούργησε τον ουρανό; Και ποιος δημιούργησε τη Γη;» Και στη συνέχεια, ο πιστός απαντάει στο μυαλό του: «Ο Αλλάχ!» Αλλά ο Σατανάς δεν σταματάει εκεί, και συνεχίζει λέγοντας: «Τότε, ποιος λοιπόν, δημιούργησε τον Κύριό σου;» Σ' αυτό το σημείο θα πρέπει ένας πιστός να διώξει αυτούς τους ψιθύρους με τρία πράγματα:
 1- Με την πίστη στον Αλλάχ.
 2- Με το να αναζητά καταφύγιο στον Αλλάχ από τον καταραμένο Σατανά.
 3- Με το να σταματήσει αμέσως αυτές τις σκέψεις, και να μην αφήσει τον εαυτό του να παρασυρθεί απ' αυτές.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>1- Θα πρέπει να απομακρυνθούμε από τους ψιθύρους του Σατανά και να μην τους σκεφτόμαστε, και θα πρέπει να αναζητούμε καταφύγιο στον Παντοδύναμο Αλλάχ από τον Σατανά, ώστε να φύγουν οι ψίθυροί του.
 2- Όλες οι σκέψεις που έρχονται στο μυαλό ενός ατόμου που έρχονται σε αντίθεση με τη θρησκεία, είναι ψίθυροι από τον Σατανά.
 3- Δεν πρέπει να σκεφτόμαστε για τον Εαυτό του Αλλάχ πέρα από ότι μας πληροφόρησε ο Αλλάχ για τον Εαυτό Του και ότι μας πληροφόρησε ο Αγγελιαφόρος Του για τον Αλλάχ, και θα πρέπει να σκεφτόμαστε στα δημιουργήματα και τα σημάδια του Αλλάχ στο σύμπαν.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>Οι πράξεις είναι έξι ειδών και οι άνθρωποι είναι τεσσάρων κατηγοριών: (όσον αφορά τα είδη των πράξεων:) (1ο, 2ο είδος) δύο χαρακτήρες (η πρώτη εισάγει τον άνθρωπο στον Παράδεισο, ενώ η δεύτερη τον εισάγει στην Κόλαση), (3ο, 4ο) μία πράξη (είτε καλή είτε κακή που η ανταμοιβή ή η τιμωρία της) θα είναι ίση μ' αυτήν (δηλ. μία, χωρίς αύξηση), (5ο) μία καλή πράξη με δεκαπλάσια ανταμοιβή και (6ο) μία καλή πράξη με επτακοσιαπλάσια ανταμοιβή</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Ο Χουράιμ μπιν Φάτικ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε, ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Οι πράξεις είναι έξι ειδών και οι άνθρωποι είναι τεσσάρων κατηγοριών: (όσον αφορά τα είδη των πράξεων:) (1ο, 2ο είδος) δύο χαρακτήρες (η πρώτη εισάγει τον άνθρωπο στον Παράδεισο, ενώ η δεύτερη τον εισάγει στην Κόλαση), (3ο, 4ο) μία πράξη (είτε καλή είτε κακή που η ανταμοιβή ή η τιμωρία της) θα είναι ίση μ' αυτήν (δηλ. μία, χωρίς αύξηση), (5ο) μία καλή πράξη με δεκαπλάσια ανταμοιβή και (6ο) μία καλή πράξη με επτακοσιαπλάσια ανταμοιβή. Όσο για τους (προαναφερθέντες) δύο χαρακτήρες, (1ο είδος) όποιος πεθάνει ενώ δεν αποδίδει τίποτα στον Αλλάχ στη λατρεία, θα μπει στον Παράδεισο, (2ο) και όποιος πεθάνει ενώ αποδίδει εταίρους στον Αλλάχ στη λατρεία, θα μπει στη Φωτιά. Όσο για την (προαναφερθείσα) μία πράξη που είναι ίση με την ανταμοιβή ή τιμωρία της, (3ο) όποιος είχε ειλικρινή πρόθεση να κάνει μια καλή πράξη και κόντεψε να την κάνει μέχρι που η καρδιά του την αισθάνθηκε (αλλά προέκυψε κάτι που τον εμπόδισε από να την κάνει) ενώ ο Αλλάχ ξέρει ότι είχε μέσα του αληθινή πρόθεση (να την κάνει), θα καταγραφεί γι' αυτόν ως μία καλή πράξη (παρόλο που δεν την έπραξε)· (4ο) και όποιος διαπράξει μια κακή πράξη, θα καταγραφεί εναντίον του ως μία μόνο κακή πράξη (και όχι παραπάνω). (5ο) Όποιος κάνει μια καλή πράξη, θα έχει δεκαπλάσια ανταμοιβή. (6ο) Και όποιος ξοδεύει στο δρόμο του Αλλάχ, έχει κάνει μια καλή πράξη που η ανταμοιβή της θα πολλαπλασιαστεί επτακόσιες φορές. Όσο για τους ανθρώπους, (1η κατηγορία) ένας που είναι ευκατάστατος στην εγκόσμια ζωή, αλλά θα είναι φτωχός στη Μέλλουσα ζωή (ο οποίος είναι ο πλούσιος άπιστος), (2η) ένας που είναι φτωχός στην εγκόσμια ζωή, αλλά θα είναι πλούσιος στη Μέλλουσα ζωή (ο οποίος είναι ο φτωχός πιστός), (3η) ένας που είναι φτωχός και στην εγκόσμια ζωή και στη Μέλλουσα Ζωή (ο οποίος είναι ο φτωχός άπιστος), (4η) και ένας που είναι πλούσιος και στην εγκόσμια ζωή και στη Μέλλουσα Ζωή (ο οποίος είναι ο πλούσιος πιστός).»</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -3352,700 +3352,700 @@
 (3η) Ένας που είναι φτωχός και στην εγκόσμια ζωή και στη Μέλλουσα Ζωή, ο οποίος είναι ο φτωχός άπιστος.
 (4η) Ένας που είναι πλούσιος και στην εγκόσμια ζωή και στη Μέλλουσα Ζωή, ο οποίος είναι ο πλούσιος πιστός.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει τη μεγάλη γενναιοδωρία του Αλλάχ προς τους δούλους Του και πως πολλαπλασιάσει τις ανταμοιβές Του για τις καλές τους πράξεις.
 Δείχνει τη δικαιοσύνη και τη γενναιοδωρία του Αλλάχ που καταγράφει την αμαρτία που διαπράξαμε, ως μια αμαρτία χωρίς να την πολλαπλασιάζει.
 Καταδεικνύει τη βαρύτητα τού να αποδίδει κανείς εταίρους στον Αλλάχ στη λατρεία, κάτι που τον στερεί από το να μπει στον Παράδεισο.
 Υπογραμμίζει την αρετή τού να ξοδεύει κανείς στο δρόμο του Αλλάχ.
 Ο πολλαπλασιασμός των ανταμοιβών γι' αυτόν που ξοδεύει στο δρόμο του Αλλάχ ξεκινά με επτακόσιες φορές, επειδή ό,τι ξόδεψε βοηθάει στην εξύψωση του λόγου του Αλλάχ στη Γη.
 Δείχνει τους διαφορετικούς τύπους ανθρώπων.
 Οι πιστοί και οι άπιστοι μπορεί να βρουν χλιδή σ' αυτόν τον κόσμο, αλλά στη Μέλλουσα Ζωή η χλιδή θα είναι μόνο για τους πιστούς.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Ο Αλλάχ δεν αδικεί (δηλ. δεν θα μειώσει την αμοιβή για) κανέναν πιστό που έκανε μια καλή πράξη· θα του δοθούν λόγω αυτής (αγαθά) σ' αυτόν τον κόσμο και θα ανταμειφθεί γι' αυτή στη Μέλλουσα Ζωή</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Ο Άνας μπιν Μάλικ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) είπε: «Ο Αλλάχ δεν αδικεί (δηλ. δεν θα μειώσει την αμοιβή για) κανέναν πιστό που έκανε μια καλή πράξη· θα του δοθούν λόγω αυτής (αγαθά) σ' αυτόν τον κόσμο και θα ανταμειφθεί γι' αυτή στη Μέλλουσα Ζωή. Όσο γι' αυτόν που αρνήθηκε την πίστη (που αποδίδει εταίρους στον Αλλάχ στη λατρεία), θα του δοθούν αγαθά σ' αυτόν τον κόσμο για όσες καλές πράξεις έκανε σκοπεύοντας να τον φέρουν πιο κοντά στον Αλλάχ (παρόλο που αποδίδει στον Αλλάχ εταίρους στην λατρεία), και όταν έρθει στη Μέλλουσα Ζωή, δεν θα υπάρξει γι' αυτόν καμία καλή πράξη για να ανταμειφθεί λόγω αυτής (επειδή η σωστή πίστη στον Αλλάχ αποτελεί προϋπόθεση για να ανταμειφθεί κανείς για τις καλές πράξεις του).»</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) διασαφηνίζει τη μεγάλη χάρη και γενναιοδωρία του Αλλάχ στους πιστούς και τη δικαιοσύνη Του μ' εκείνους που αρνήθηκαν την πίστη. Όσο για τον πιστό, δεν θα αντιμετωπίσει καμία μείωση στην αμοιβή γι' όποια καλή πράξη έχει κάνει. Θα λάβει αγαθά σ' αυτόν τον κόσμο για τις καλές πράξεις του, και θα λάβει μεγάλη αμοιβή γι' αυτές στη Μέλλουσα Ζωή. Και μπορεί να του αποθηκεύσει ο Αλλάχ ολόκληρη την αμοιβή του στη Μέλλουσα Ζωή. Όσο γι' αυτόν που αρνήθηκε την πίστη και αποδίδει εταίρους στον Αλλάχ στη λατρεία, αλλά έχει κάνει καλές πράξεις με σκοπό να τον φέρουν πιο κοντά στον Αλλάχ, παρόλο που αποδίδει στον Αλλάχ εταίρους στην λατρεία, ο Αλλάχ θα του δώσει αγαθά σ' αυτόν τον κόσμο για όσα έκανε από καλές πράξεις, αλλά όταν έρθει στη Μέλλουσα Ζωή, δεν θα υπάρξει γι' αυτόν καμία καλή πράξη για να ανταμειφθεί λόγω αυτής! Επειδή η σωστή πίστη στον Αλλάχ αποτελεί προϋπόθεση για να ανταμειφθεί κανείς για τις καλές πράξεις του.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Όποιος πεθάνει ως άπιστος, οι καλές του πράξεις δεν θα τον ωφελήσουν στη Μέλλουσα Ζωή.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>Ασπάστηκες το Ισλάμ, μαζί με τις προηγούμενες καλές σου πράξεις (δηλ. θα γίνουν αποδεκτές και θα ανταμειφθείς γι' αυτές)</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Ο Χακείμ μπιν Χιζάμ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: «Είπα: «Ω, Αγγελιαφόρε του Αλλάχ! Τι λες για όσα έκανα κατά την Τζαχιλίγια (εποχή της άγνοιας, δηλ. πριν ασπαστώ το Ισλάμ) από πράξεις λατρείας, όπως ελεημοσύνη, απελευθέρωση σκλάβων και διατήρηση συγγενικών δεσμών, θα λάβω αμοιβή γι' αυτές;» Τότε ο Προφήτης (ﷺ) είπε: «Ασπάστηκες το Ισλάμ, μαζί με τις προηγούμενες καλές σου πράξεις (δηλ. θα γίνουν αποδεκτές και θα ανταμειφθείς γι' αυτές).».»</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) διασαφηνίζει ότι αν ένας άπιστος ασπαστεί το Ισλάμ, τότε θα ανταμειφθεί για όσα έκανε από καλές πράξεις πριν ασπαστεί το Ισλάμ, όπως ελεημοσύνη, απελευθέρωση σκλάβων και διατήρηση συγγενικών δεσμών κλπ.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Όποιος πεθάνει ως άπιστος, δεν θα ανταμειφθεί στη Μέλλουσα Ζωή για όσα έκανε από καλές πράξεις στην εγκόσμια ζωή του.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Ο Αλλάχ αγαπά να εφαρμόζουν οι δούλοι Του ό,τι τους επέτρεψε από ελαφρύνσεις στις πράξεις λατρείας (σε συγκεκριμένες περιστάσεις), όπως αγαπά το να τηρούνται οι υποχρεώσεις (των δούλων Του) προς Αυτόν</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Ο Ιμπν ‘Αμπάς (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο Αλλάχ αγαπά να εφαρμόζουν οι δούλοι Του ό,τι τους επέτρεψε από ελαφρύνσεις στις πράξεις λατρείας (σε συγκεκριμένες περιστάσεις), όπως αγαπά το να τηρούνται οι υποχρεώσεις (των δούλων Του) προς Αυτόν.»</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Σ' αυτό το Χαντίθ ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μάς ενημερώνει ότι ο Αλλάχ αγαπά να εφαρμόζουν οι δούλοι Του ό,τι τους επέτρεψε από ελαφρύνσεις στις πράξεις λατρείας σε συγκεκριμένες περιστάσεις, όπως η μείωση της προσευχής που αποτελείται από τέσσερις Ράκ‘α (μονάδες προσευχής) σε δύο Ράκ‘α κατά το ταξίδι, και το να τελεί ο ταξιδιώτης δύο προσευχές μαζί είτε στην ώρα της πρώτης, είτε στην ώρα της δεύτερης προσευχής, όπως την προσευχή Δουχρ και ‘Ασρ μαζί, και την προσευχή Μάγριμπ και Ίσα μαζί. Επίσης ο Αλλάχ αγαπά να τηρούν οι δούλοι Του τις υποχρεώσεις τους προς Αυτόν. Επειδή η εντολή του Αλλάχ είναι η ίδια και στις ελαφρύνσεις και στις υποχρεώσεις.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Το Χαντίθ δείχνει το έλεος του Αλλάχ προς τους δούλους Του, και ότι αγαπά να εφαρμόζουν οι δούλοι Του ό,τι τους επέτρεψε από ελαφρύνσεις στις πράξεις λατρείας σε συγκεκριμένες περιστάσεις.
 Υπογραμμίζει την τελειότητα αυτής της θρησκείας και πως ελαφρύνει τις δυσκολίες από τους Μουσουλμάνους.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[رواه ابن حبان]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65017</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Ο υποκριτής είναι σαν μια προβατίνα που διστάζει ανάμεσα σε δύο κοπάδια προβάτων (δεν ξέρει σε ποιο να μπει, και έτσι πηγαίνει πέρα δώθε): μια φορά πηγαίνει στο ένα και μια φορά πηγαίνει στο άλλο</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Ο Ιμπν Όμαρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο υποκριτής είναι σαν μια προβατίνα που διστάζει ανάμεσα σε δύο κοπάδια προβάτων (δεν ξέρει σε ποιο να μπει, και έτσι πηγαίνει πέρα δώθε): μια φορά πηγαίνει στο ένα και μια φορά πηγαίνει στο άλλο.»</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) διασαφηνίζει την κατάσταση του υποκριτή, ότι είναι σαν μια προβατίνα που διστάζει ανάμεσα σε δύο κοπάδια προβάτων, και δεν ξέρει ποιο κοπάδι πρέπει να ακολουθήσει! Και έτσι, πηγαίνει μια φορά στο ένα και μια φορά στο άλλο! Έτσι είναι οι υποκριτές, διστάζουν ανάμεσα στην πίστη και στην απιστία. Και έτσι, δεν είναι με τους πιστούς εσωτερικά και εξωτερικά, ούτε είναι με τους άπιστους εσωτερικά και εξωτερικά. Μάλλον είναι εξωτερικά με τους πιστούς και εσωτερικά σε αμφιβολίες και δισταγμούς. Κάποιες φορές κλίνουν προς τους πιστούς, και κάποιες προς τους άπιστους.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Ήταν η προσέγγιση του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) το να παρουσιάζει παραβολές για να κάνει τα νοήματα ξεκάθαρα και εύκολα κατανοητά.
 Το Χαντίθ υπογραμμίζει τη διστακτικότητα, την αμφιβολία και την αστάθεια των υποκριτών.
 Το Χαντίθ προειδοποιεί για την κατάσταση των υποκριτών και μας προτρέπει να είμαστε ειλικρινείς και αποφασιστικοί στην πίστη, τόσο εσωτερικά όσο και εξωτερικά.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Πράγματι, η πίστη φθείρεται μέσα στην καρδιά κάποιου απ' εσάς, όπως φθείρεται ένα ένδυμα· γι' αυτό ζητήστε από τον Αλλάχ να ανανεώσει την πίστη στις καρδιές σας</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Ο ‘Αμπντ Αλλάχ μπιν ‘Αμρ μπιν Αλ-‘Ας (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Πράγματι, η πίστη φθείρεται μέσα στην καρδιά κάποιου απ' εσάς, όπως φθείρεται ένα ένδυμα· γι' αυτό ζητήστε από τον Αλλάχ να ανανεώσει την πίστη στις καρδιές σας.»</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι η πίστη φθείρεται μέσα στην καρδιά ενός Μουσουλμάνου όπως φθείρεται ένα καινούριο ένδυμα από τη πολύ χρήση. Αυτό οφείλεται στην αδυναμία στη λατρεία ή στη διάπραξη αμαρτιών και στο να επιδίδεται ένας Μουσουλμάνος στους πόθους. Γι' αυτό μας εξήγησε ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ότι θα πρέπει να επικαλεστούμε τον Αλλάχ να ανανεώσει την πίστη στις καρδιές μας, και να τηρούμε τις πράξεις λατρείας και να μνημονεύουμε τον Αλλάχ πολύ και να Του ζητάμε συγχώρεση για τις αμαρτίες μας.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Το Χαντίθ μας προτρέπει να ζητήσουμε από τον Αλλάχ να σταθεροποιήσει την πίστη μας και να την ανανεώνει στην καρδιά μας.
 Η πίστη αποτελείται από λόγια, πράξεις και πεποιθήσεις. Αυξάνεται με την υπακοή και μειώνεται με την ανυπακοή.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[رواه الحاكم والطبراني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>Κάποια από τα σημάδια της προσέγγισης της Ώρας είναι ότι η γνώση θα αφαιρεθεί, η άγνοια θα επικρατήσει, η μοιχεία θα εξαπλωθεί, η κατανάλωση αλκοόλ θα είναι κοινή, και οι άνδρες θα μειωθούν σε αριθμό ενώ οι γυναίκες θα αυξηθούν τόσο πολύ που για πενήντα γυναίκες θα υπάρχει μόνο ένας άνδρας να τις προσέχει</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Ο Άνας (η ευαρέστηση του Αλλάχ επ' αυτού) είπε: Θα σας διηγηθώ ένα Χαντίθ που άκουσα από τον Αγγελιοφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), και κανείς άλλος δεν θα σας το διηγηθεί εκτός απ' εμένα. Άκουσα τον Αγγελιαφόρο του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) να λέει: «Κάποια από τα σημάδια της προσέγγισης της Ώρας είναι ότι η γνώση θα αφαιρεθεί, η άγνοια θα επικρατήσει, η μοιχεία θα εξαπλωθεί, η κατανάλωση αλκοόλ θα είναι κοινή, και οι άνδρες θα μειωθούν σε αριθμό ενώ οι γυναίκες θα αυξηθούν τόσο πολύ που για πενήντα γυναίκες θα υπάρχει μόνο ένας άνδρας να τις προσέχει.»</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) επεσήμανε ότι από τα σημάδια της προσέγγισης της Ώρας είναι ότι η γνώση θα αφαιρεθεί μέσω του θανάτου των λογίων. Και έτσι η άγνοια θα επικρατήσει, η μοιχεία και η ανηθικότητα θα εξαπλωθεί, η κατανάλωση αλκοόλ θα είναι κοινή, και οι άνδρες θα μειωθούν σε αριθμό ενώ οι γυναίκες θα αυξηθούν τόσο πολύ που για πενήντα γυναίκες θα υπάρχει μόνο ένας άνδρας να τις προσέχει.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Το Χαντίθ δείχνει μερικά από τα σημάδια της προσέγγισης της Ώρας.
 Η γνώση για το πότε θα συμβεί η Ώρα είναι ένα από τα αόρατα πράγματα που μόνο ο Αλλάχ, ο Παντοδύναμος, ξέρει.
 Το Χαντίθ μας προτρέπει να μάθουμε καλά όλες τις πτυχές της θρησκείας μας πριν αρχίσει η εποχή όπου πολλοί λόγιοι θα πεθάνουν σε μικρή ηλικία.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>Δεν θα 'ρθει η Ώρα μέχρι να γίνει πόλεμος μεταξύ εσάς και των Εβραίων: μέχρι η πέτρα πίσω από την οποία θα κρύβεται ένας Εβραίος, θα πει: «Ω Μουσουλμάνε! Αυτός είναι ένας Εβραίος πίσω μου, πολέμησέ τον</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Δεν θα 'ρθει η Ώρα μέχρι να γίνει πόλεμος μεταξύ εσάς και των Εβραίων: μέχρι η πέτρα πίσω από την οποία θα κρύβεται ένας Εβραίος, θα πει: «Ω Μουσουλμάνε! Αυτός είναι ένας Εβραίος πίσω μου, πολέμησέ τον.»</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημέρωσε ότι από τα σημάδια της Ώρας είναι ότι θα γίνει ένας πόλεμος μεταξύ των Μουσουλμάνων και των Εβραίων. Και όταν ένας Εβραίος τραπεί σε φυγή και κρυφτεί πίσω από μια πέτρα από τους Μουσουλμάνους, ο Αλλάχ θα κάνει την πέτρα να μιλήσει και θα φωνάξει τον Μουσουλμάνο ότι υπάρχει ένας Εβραίος πίσω της, ώστε να 'ρθει να τον πολεμήσει.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημέρωσε για κάποια από τα αόρατα γεγονότα που θα γίνουν οπωσδήποτε στο μέλλον, όπως τον ενημέρωσε ο Αλλάχ.
 Ένα από τα σημάδια της Ώρας είναι ότι θα γίνει ένας πόλεμος μεταξύ των Μουσουλμάνων και των Εβραίων.
 Το Ισλάμ θα μείνει μέχρι την Ημέρα της Κρίσεως και θα επικρατήσει όλων των άλλων θρησκειών.
 Ο Παντοδύναμος Αλλάχ θα υποστηρίξει τους Μουσουλμάνους, και μέρος αυτής της υποστήριξης είναι ότι θα κάνει τις πέτρες να μιλήσουν στο τέλος του χρόνου.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65023</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>Η Ώρα δεν θα 'ρθει μέχρι να ανατείλει ο ήλιος από τη Δύση! Και όταν ανατείλει και οι άνθρωποι τον δουν, θα πιστέψουν όλοι</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Η Ώρα δεν θα 'ρθει μέχρι να ανατείλει ο ήλιος από τη Δύση! Και όταν ανατείλει και οι άνθρωποι τον δουν, θα πιστέψουν όλοι. Αλλά αυτή θα είναι η στιγμή που { τότε καμία ψυχή δεν θα την ωφελήσει το να πιστέψει, αν δεν είχε ήδη πιστέψει από πριν, ούτε (θα την ωφελήσει το να κάνει εκείνη τη στιγμή μία καλή πράξη) αν δεν είχε ήδη κάνει καλό (καλές πράξεις) ενώ ήταν πιστή. } [Σούρατ Αλ-Αν‘άμ 6:158]. Η Ώρα θα συμβεί (ξαφνικά ενώ οι άνθρωποι θα είναι στις καθημερινές τους απασχολήσεις και) ενώ δύο άτομα (πωλητής και αγοραστής) θα έχουν απλώσει ένα ρούχο ανάμεσά τους (για να το αγοράσει ο αγοραστής), αλλά δεν θα προλάβουν ούτε να ολοκληρώσουν τη συναλλαγή τους, ούτε να διπλώσουν το ρούχο. Και η Ώρα θα συμβεί ενώ ένας άντρας θα κρατήσει ένα ποτήρι με γάλα από την καμήλα του, αλλά δεν θα προλάβει να το πιει. Και η Ώρα θα συμβεί ενώ κάποιος θα προετοιμάσει τη γούρνα ποτίσματος (για να πιουν τα ζώα του), αλλά δεν θα προλάβει να τα κάνει να πιουν απ' αυτήν. Και η Ώρα θα συμβεί ενώ κάποιος από σας θα σηκώσει μία μπουκιά προς το στόμα του, αλλά δεν θα προλάβει να τη φάει.»</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μάς ενημερώνει ότι ένα από τα μεγάλα σημάδια της Ώρας είναι ότι ο ήλιος θα ανατείλει από τη Δύση αντί από την Ανατολή, και ότι όταν οι άνθρωποι θα το δουν, θα πιστέψουν όλοι. Αλλά τότε δεν θα ωφελήσει τον άπιστο το να πιστέψει εκείνη τη στιγμή, ούτε θα ωφελήσει κανέναν το να κάνει εκείνη τη στιγμή μια καλή πράξει ή να στραφεί με μεταμέλεια προς τον Αλλάχ. Έπειτα ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μάς ενημερώνει ότι η Ώρα θα συμβεί ξαφνικά ενώ οι άνθρωποι θα είναι στις καθημερινές τους απασχολήσεις. Και έτσι, η Ώρα θα συμβεί ενώ ένας πωλητής και αγοραστής θα έχουν απλώσει ένα ρούχο ανάμεσά τους, για να το αγοράσει ο αγοραστής, αλλά δεν θα προλάβουν ούτε να ολοκληρώσουν τη συναλλαγή τους, ούτε να διπλώσουν το ρούχο. Και η Ώρα θα συμβεί ενώ ένας άντρας θα κρατήσει ένα ποτήρι με γάλα από την καμήλα του, αλλά δεν θα προλάβει να το πιει. Και η Ώρα θα συμβεί ενώ κάποιος θα προετοιμάσει τη γούρνα ποτίσματος για να πιουν τα ζώα του απ' αυτή, αλλά δεν θα προλάβει να τα κάνει να πιουν απ' αυτήν. Και η Ώρα θα συμβεί ενώ κάποιος θα σηκώσει μία μπουκιά προς το στόμα του, αλλά δεν θα προλάβει να τη φάει.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Ο Αλλάχ δέχεται από κάποιον το να πιστέψει και να γίνει Μουσουλμάνος ή το να στραφεί με μεταμέλεια προς Αυτόν, εφόσον ο ήλιος δεν έχει ανατείλει από τη Δύση.
 Το Χαντίθ μας προτρέπει να προετοιμαστούμε για την Ώρα με πίστη και καλές πράξεις, γιατί η Ώρα θα 'ρθει ξαφνικά.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65026</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Η λίμνη (Χάουντ) μου (είναι τόσο μεγάλη) που για να τη διασχίσει κάποιος χρειάζεται ένα μήνα ταξίδι. Το νερό της είναι πιο λευκό από το γάλα, η μυρωδιά της είναι πιο ωραία από το μόσχο</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>Ο Αμπντ Αλλάχ μπιν ‘Αμρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Η λίμνη (Χάουντ) μου (είναι τόσο μεγάλη) που για να τη διασχίσει κάποιος χρειάζεται ένα μήνα ταξίδι. Το νερό της είναι πιο λευκό από το γάλα, η μυρωδιά της είναι πιο ωραία από το μόσχο και τα ποτήρια της είναι σαν τα αστέρια του ουρανού· όποιος πιει απ' αυτήν δεν θα διψάσει ποτέ.»</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι θα έχει μια λίμνη (Χάουντ) την Ημέρα της Κρίσεως, η οποία είναι τόσο μεγάλη που για να τη διασχίσει κάποιος χρειάζεται ένα μήνα ταξίδι. Το νερό της οποίας είναι πιο λευκό από το γάλα. Και η μυρωδιά της είναι πιο ωραία από τη μυρωδιά του μόσχου. Και έχει ποτήρια που είναι σαν τα αστέρια του ουρανού. Όποιος πιει απ' αυτήν, δεν θα διψάσει ποτέ.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Η λίμνη (Χάουντ) του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είναι μία τεράστια λίμνη όπου θα 'ρθουν οι πιστοί Μουσουλμάνοι την Ημέρα της Κρίσεως για να πιούν απ' αυτήν.
 Όποιος πιει απ' αυτήν, θα είναι σε ευδαιμονία και έτσι δε θα διψάσει ποτέ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>Θα βρίσκομαι στη Λίμνη (Χάουντ) για να δω ποιος απ' εσάς θα 'ρθει σ' εμένα. Αλλά μερικοί άνθρωποι θα αποκλείονται από το να με φτάσουν. Τότε, θα πω: «Ω, Κύριε! Είναι απ' εμένα και από το (Μουσουλμανικό) έθνος μου</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Η Ασμά’ μπινετ Άμπι Μπάκρ Ασ-Σιντείκ (η ευαρέστηση του Αλλάχ επ' αυτών) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Θα βρίσκομαι στη Λίμνη (Χάουντ) για να δω ποιος απ' εσάς θα 'ρθει σ' εμένα. Αλλά μερικοί άνθρωποι θα αποκλείονται από το να με φτάσουν. Τότε, θα πω: «Ω, Κύριε! Είναι απ' εμένα και από το (Μουσουλμανικό) έθνος μου.» Θα ειπωθεί: «Ξέρεις τι έκαναν μετά απ' εσένα; Μα τον Αλλάχ! Εξακολούθησαν να γυρίζουν πίσω (εγκαταλείποντας τη θρησκεία ή επινοώντας καινοτομίες στη θρησκεία).».»</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενημερώνει ότι θα βρίσκεται στη Λίμνη (Χάουντ) του την Ημέρα της Κρίσεως για να δει ποιος από το έθνος του θα 'ρθει σ' αυτόν. Αλλά μερικοί άνθρωποι θα αποκλείονται από το να τον φτάσουν. Έτσι, θα πει ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ): «Ω, Κύριε! Είναι απ' εμένα και από το (Μουσουλμανικό) έθνος μου.» Αλλά τότε θα ειπωθεί: «Ξέρεις τι έκαναν μετά απ' εσένα; Μα τον Αλλάχ, εξακολούθησαν να γυρίζουν πίσω και να εγκαταλείψουν τη θρησκεία τους, γι' αυτό δεν είναι ούτε απ' εσένα, ούτε από το έθνος σου.»</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Το Χαντίθ δείχνει το έλεος και τη φροντίδα του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) προς το έθνος του.
 Επισημαίνει τον κίνδυνο απομάκρυνσης από την πορεία του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ).
 Μας προτρέπει να κρατηθούμε στη Σούννα του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>(Ορκίζομαι) μα Εκείνον στο Χέρι του Οποίου βρίσκεται η ψυχή του Μωχάμμαντ! Τα σκεύη της είναι παραπάνω από τα αστέρια του ουρανού και τους πλανήτες του</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Ο Άμπου Δαρρ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: Είπα: «Ω, Αγγελιαφόρε του Αλλάχ, πώς είναι τα σκεύη της Λίμνης (Χάουντ);» Είπε: «(Ορκίζομαι) μα Εκείνον στο Χέρι του Οποίου βρίσκεται η ψυχή του Μωχάμμαντ! Τα σκεύη της είναι παραπάνω από τα αστέρια του ουρανού και τους πλανήτες του που λάμπουν σε μια σκοτεινή νύχτα (που δεν έχει φεγγάρι και είναι) χωρίς σύννεφα. Αυτά θα είναι τα σκεύη του Παραδείσου, όποιος πίνει απ' αυτά δεν θα διψάσει ποτέ. Θα ρίξουν νερό μέσα της (Λίμνης) δύο στόμια από τον Παράδεισο και όποιος πιει απ' αυτήν δεν θα διψάσει ποτέ. Το πλάτος της (Λίμνης) είναι σαν το μήκος της, όσο είναι η απόσταση μεταξύ Αμμάν και Άυλα (Άκαμπα στην Ιορδανία). Το νερό της είναι πιο λευκό από το γάλα και πιο γλυκό από το μέλι.»</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ορκίστηκε ότι τα σκεύη της Λίμνης (Χάουντ) του την Ημέρα της Κρίσεως, θα είναι παραπάνω από τα αστέρια και τους πλανήτες του ουρανού. Τέτοια αστέρια που λάμπουν σε μια σκοτεινή νύχτα που δεν έχει φεγγάρι ούτε σύννεφα. Δηλαδή τίποτε δεν καλύπτει το φως τους. Και ότι όποιος πιει από τα σκεύη του Παραδείσου, δε θα διψάσει ποτέ. Και ότι η Λίμνη (Χάουντ) του, γεμίζει από δύο στόμια από τον Παράδεισο, και ότι το πλάτος της Λίμνης είναι σαν το μήκος της. Και ότι το μήκος της είναι όσο είναι η απόσταση μεταξύ Αμμάν και Άυλα (Άκαμπα στην Ιορδανία). Και ότι το νερό της είναι πιο λευκό από το γάλα και πιο γλυκό από το μέλι.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Το Χαντίθ επιβεβαιώνει την ύπαρξη της Λίμνης (Χάουντ) και περιγράφει τους τύπους ευδαιμονίας που θα περιέχει.
 Επισημαίνει την απεραντοσύνη της Λίμνης (Χάουντ) και το μήκος, το πλάτος και τα άφθονα σκεύη της.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>Πράγματι, ο Αλλάχ θα ξεχωρίσει έναν άνθρωπο από το έθνος (οπαδούς) μου μπροστά σε όλη τη δημιουργία την Ημέρα της Κρίσεως</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Ο ‘Αμπντ Αλλάχ μπιν ‘Αμρ μπιν Αλ-‘Ας (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Πράγματι, ο Αλλάχ θα ξεχωρίσει έναν άνθρωπο από το έθνος (οπαδούς) μου μπροστά σε όλη τη δημιουργία την Ημέρα της Κρίσεως. και θα του δείξει ενενήντα εννέα αρχεία (των κακών του πράξεων). Κάθε αρχείο θα είναι όσο μακριά μπορεί να δει το μάτι. Στη συνέχεια, (ο Αλλάχ) θα πει: «Αρνείσαι κάτι από όλα αυτά; Αυτοί (οι άγγελοι) που τα κατέγραψαν, σε έχουν αδικήσει;» Θα πει: «Όχι, Κύριε!» Θα πει (ο Αλλάχ): «Έχεις καμία δικαιολογία;» Θα πει: «Όχι, Κύριε!» Έτσι, θα πει (ο Αλλάχ): «Πράγματι, έχεις μια καλή πράξη μαζί μας· έτσι δεν θα αδικηθείς σήμερα.» Στη συνέχεια, θα βγει μια κάρτα, στην οποία είναι γραμμένο: «Μαρτυρώ ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ, και μαρτυρώ ότι ο Μωχάμμαντ είναι ο δούλος και ο Αγγελιαφόρος Του.» Θα πει (ο Αλλάχ): «Φέρε τη ζυγαριά σου (που ζυγίζει τις πράξεις σου και βάλε αυτή την κάρτα).» Θα πει: «Κύριε, πόσο βαριά θα είναι αυτή η μικρή κάρτα σε σχέση με όλα αυτά τα αρχεία;» Θα πει (ο Αλλάχ): «Δεν θα αδικηθείς.» Και έτσι, θα τοποθετηθούν τα αρχεία στη μια πλευρά (της ζυγαριάς) και θα τοποθετηθεί η κάρτα στην άλλη πλευρά (της ζυγαριάς). Στη συνέχεια, θα πεταχτούν τα αρχεία, και θα μείνει η κάρτα πολύ βαριά στη ζυγαριά. Πράγματι, δεν υπάρχει κάτι που μπορεί να είναι πιο βαρύ (στη ζυγαριά) από το Όνομα του Αλλάχ.»</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημέρωσε ότι την Ημέρα της Κρίσεως ο Αλλάχ θα ξεχωρίσει έναν άνθρωπο από τους Μουσουλμάνους μπροστά σε όλη τη δημιουργία. Θα τον φέρνει για απολογισμό, και θα του δείξει ενενήντα εννέα αρχεία των κακών του πράξεων. Κάθε αρχείο θα είναι όσο μακριά μπορεί να δει το μάτι. Στη συνέχεια, ο Αλλάχ θα του πει: Αρνείσαι κάτι από όλα αυτά που είναι γραμμένα σ' αυτά τα αρχεία; Οι άγγελοί Μου που τα κατέγραψαν, σε έχουν αδικήσει; Εκείνος ο άνδρας θα απαντήσει: Όχι, Κύριε! Και ο Αλλάχ θα του πει: Έχεις καμία δικαιολογία γι' αυτές τις κακές πράξεις που τις είχες διαπράξει κατά την εγκόσμια ζωή; Σαν να τις είχες κάνει κατά λάθος ή από άγνοια. Ο άνδρας θα απαντήσει: Όχι, Κύριε! Δεν έχω καμία δικαιολογία. Τότε, ο Αλλάχ θα του πει: Πράγματι, έχεις μια καλή πράξη μαζί μας· και δεν θα αδικηθείς σήμερα. Και έτσι, θα βγει μια κάρτα, στην οποία είναι γραμμένο: «Μαρτυρώ ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ, και μαρτυρώ ότι ο Μωχάμμαντ είναι ο δούλος και ο Αγγελιαφόρος Του.» Ο Αλλάχ θα του πει: Φέρε τη ζυγαριά σου. Έκπληκτος ο άνδρας θα πει: Κύριε, πόσο θα ζυγίζει αυτή η μικρή κάρτα σε σχέση με όλα αυτά τα αρχεία; Ο Αλλάχ θα του πει: Δεν θα αδικηθείς. Και έτσι, θα τοποθετηθούν τα αρχεία στη μια πλευρά (της ζυγαριάς) και η κάρτα θα τοποθετηθεί στην άλλη πλευρά (της ζυγαριάς), και στη συνέχεια, θα πεταχτούν τα αρχεία, και θα μείνει μόνο η κάρτα πολύ βαριά στη ζυγαριά, και έτσι ο Αλλάχ θα τον συγχωρέσει.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Πόσο σπουδαία είναι η μαρτυρία της πίστης: ότι δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ. Kαι πόσο βαριά είναι αυτή η μαρτυρία στη ζυγαριά των πράξεων την Ημέρα της Κρίσεως.
 Δεν αρκεί το να προφέρει κανείς την μαρτυρία της πίστεως με τη γλώσσα του μόνο, αλλά θα πρέπει να μάθει τη σημασία της και να πράττει σύμφωνα μ' αυτήν.
 Η πίστη με αφοσίωση και ειλικρίνεια είναι ένας μεγάλος λόγος για να συγχωρέσει ο Αλλάχ τις αμαρτίες ενός δούλου.
 Η πίστη ποικίλλει σε επίπεδα ανάλογα με τους διαφορετικούς βαθμούς ειλικρίνειας στις καρδιές των ανθρώπων. Μερικοί άνθρωποι μπορεί να προφέρουν αυτή τη μαρτυρία, ωστόσο θα τιμωρηθούν ανάλογα με τις αμαρτίες τους.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Όταν ο Αλλάχ δημιούργησε τον Παράδεισο και την Κόλαση, έστειλε τον Γαβριήλ, ειρήνη σ' αυτόν</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Όταν ο Αλλάχ δημιούργησε τον Παράδεισο και την Κόλαση, έστειλε τον Γαβριήλ, ειρήνη σ' αυτόν στον Παράδεισο, και είπε: «Κοίταξε σ' αυτόν και σε ό,τι έχω προετοιμάσει για τους κατοίκους του.» Και έτσι (ο Γαβριήλ) το κοίταξε και είπε: «Μα τη Δύναμή Σου! Κανείς δεν θα ακούσει γι' αυτόν εκτός (να θέλει) να μπει μέσα του (δηλ. λόγω των απολαύσεων που έχει μέσα).» Διέταξε (ο Αλλάχ), λοιπόν, να περικυκλωθεί (ο Παράδεισος) με κακουχίες (δηλ. να υπάρχουν στο δρόμο προς αυτόν κακουχίες στις ψυχές όπως η νηστεία και η Ζακά κλπ.), και είπε: «Πήγαινε σ' αυτόν και κοίταξε σ' αυτόν και σε τι έχω προετοιμάσει για τους κατοίκους του μέσα του.» Το κοίταξε (ο Γαβριήλ), και ιδού, ήταν περικυκλωμένο με κακουχίες, και είπε: «Μα τη Δύναμή Σου! Φοβήθηκα ότι δεν θα μπει μέσα του κανείς (λόγω του ότι οι άνθρωποι δεν έχουν υπομονή με τις κακουχίες και την κούραση).» Είπε (ο Αλλάχ): «Πήγαινε και κοίταξε στην Κόλαση και σε τι έχω προετοιμάσει για τους κατοίκους της.» Την κοίταξε λοιπόν, και βρήκε τις φλόγες της, η μια πάνω στην άλλη, μετά γύρισε και είπε: «Μα τη Δύναμή Σου! Κανείς δεν θα (θέλει να) μπει μέσα (λόγω του μαρτυρίου που έχει μέσα).» Διέταξε (ο Αλλάχ), λοιπόν, να περικυκλωθεί (η Κόλαση) με επιθυμίες (δηλ. να υπάρχουν στο δρόμο προς αυτήν επιθυμίες για πλούτη, εξουσία και παράνομη συνουσία κλπ.), και είπε: «Πήγαινε πίσω και κοίταξε σ' αυτήν.» Την κοίταξε (ο Γαβριήλ), και ιδού, ήταν περικυκλωμένο με επιθυμίες. Γύρισε και είπε: «Μα τη Δύναμή Σου! Φοβήθηκα ότι κανείς δεν θα ξεφύγει απ' αυτήν, και οπωσδήποτε θα μπεί μέσα της (λόγω της αδυναμίας καθενός προς τις επιθυμίες).»</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημέρωσε ότι όταν ο Αλλάχ έπλασε τον Παράδεισο και την Κόλαση, είπε στον Γαβριήλ (ειρήνη σ' αυτόν): Πήγαινε και κοίταξε στον Παράδεισο. Και έτσι πήγε για να τον κοιτάξει και έπειτα επέστρεψε. Και είπε ο Γαβριήλ: Μα τη Δύναμή Σου! Κανείς δεν θα ακούσει γι' αυτόν και για το ό,τι έχει από απολαύσεις, εκτός να θέλει να μπει μέσα του και να πράττει δίκαια ώστε να μπορέσει να μπει μέσα του. Έπειτα, ο Αλλάχ διέταξε να περικυκλωθεί ο Παράδεισος με κακουχίες. Δηλαδή το να τηρεί κανείς τις εντολές του Αλλάχ και να απέχει από τις απαγορεύσεις Του. Και έτσι, όποιος θέλει να εισέλθει στον Παράδεισο θα πρέπει να ξεπερνά αυτές τις κακουχίες. Έπειτα, αφού ο Παράδεισος περικυκλώθηκε με κακουχίες, ο Αλλάχ είπε στον Γαβριήλ: Πήγαινε και κοίταξε τον Παράδεισο. Πήγε ο Γαβριήλ και τον κοίταξε και είπε: Μα τη Δύναμή Σου! Φοβάμαι ότι δεν θα μπει μέσα του κανείς, λόγω των κακουχιών που βρίσκονται στο δρόμο προς αυτόν. Και όταν ο Αλλάχ δημιούργησε την Κόλαση, είπε στον Γαβριήλ: Πήγαινε και κοίταξε την Κόλαση. Και έτσι ο Γαβριήλ πήγε και την κοίταξε. Έπειτα επέστρεψε και είπε: Μα τη Δύναμή Σου! Κανείς δεν θα ακούσει γι' αυτήν και για ό,τι έχει από μαρτύριο, εκτός να φοβάται από το να μπει μέσα της, και έτσι θα απέχει από όλες τις αιτίες της εισόδου της. Έπειτα, ο Αλλάχ διέταξε να περικυκλωθεί η Κόλαση με επιθυμίες, και είπε στον Γαβριήλ: Ω, Γαβριήλ, πήγαινε και κοίταξε την. Και έτσι ο Γαβριήλ πήγε και την κοίταξε, και έπειτα επέστρεψε και είπε: Μα τη Δύναμή Σου! Φοβήθηκα πως κανείς δεν θα ξεφύγει απ' αυτήν, λόγω των επιθυμιών που την περικυκλώνουν.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει ότι πρέπει να πιστεύουμε ότι ο Παράδεισος και η Κόλαση υπάρχουν τώρα.
 Πρέπει να πιστεύουμε στο αόρατο και σε όλα όσα είπε ο Αλλάχ και ο Αγγελιαφόρος Του (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ).
 Στη σημασία της υπομονής στις αντιξοότητες, γιατί είναι το μονοπάτι που οδηγεί στον Παράδεισο.
 Στη σημασία της αποφυγής των απαγορευμένων πράξεων, γιατί είναι το μονοπάτι που οδηγεί στην Κόλαση.
 Η περικύκλωση του Παραδείσου με κακουχίες και της Κόλασης με επιθυμίες, είναι το αντικείμενο δοκιμασίας στη ζωή αυτού του κόσμου.
 Ο δρόμος προς τον Παράδεισο είναι δύσκολος και επίπονος, και απαιτεί πίστη και υπομονή στις κακουχίες, ενώ ο δρόμος προς την Κόλαση είναι γεμάτος απολαύσεις και επιθυμίες στη ζωή αυτού του κόσμου.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>Ο θάνατος θα εμφανιστεί σε μορφή ασπρόμαυρου κριαριού</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>Ο Άμπου Σαΐντ Αλ-Χουντρέι (η ευαρέστηση του Αλλάχ επ' αυτού), ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο θάνατος θα εμφανιστεί σε μορφή ασπρόμαυρου κριαριού. Τότε, ένας καλών θα φωνάξει: «Ω, άνθρωποι του Παραδείσου!» Τότε, θα τεντώσουν το λαιμό τους και θα κοιτάξουν προσεκτικά. Ο καλών θα πει: «Το ξέρετε αυτό;» Θα πουν: «Ναι, αυτός είναι ο θάνατος.» Όλοι τους το ήξεραν (επειδή ο Αλλάχ τους ενέπνευσε ότι αυτός είναι ο θάνατος). Τότε, ο καλών θα φωνάξει: «Ω, άνθρωποι της Κόλασης!» Τότε, θα τεντώσουν το λαιμό τους και θα κοιτάξουν προσεκτικά. Ο καλών θα πει: «Το ξέρετε αυτό;» Θα πουν: «Ναι, αυτός είναι ο θάνατος.» Όλοι τους το ήξεραν (επειδή ο Αλλάχ τους ενέπνευσε ότι αυτός είναι ο θάνατος). Τότε, θα σφαγιαστεί (ο θάνατος), και ο καλών θα πει: «Ω, άνθρωποι του Παραδείσου, αιωνιότητα γι' εσάς και όχι θάνατος. Ω, άνθρωποι της Κόλασης, αιωνιότητα γι' εσάς και όχι θάνατος.» Στη συνέχεια, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) απήγγειλε: { Προειδοποίησέ τους για την Ημέρα της λύπης, όταν το θέμα θα έχει αποφασιστεί (δηλ. θα έχει τελειώσει ο απολογισμός και οι κάτοικοι του Παραδείσου θα έχουν μπει στον Παράδεισο, και οι κάτοικοι της Κολάσεως θα έχουν μπει στην Κόλαση), αλλά αυτοί (τώρα στην εγκόσμια ζωή) βρίσκονται σε απροσεξία (για ότι τους είχαν προειδοποιήσει). } [Σούρα Μάριαμ 19:39]. Και βρίσκονται σε απροσεξία στην εγκόσμια ζωή { Και δεν πιστεύουν. } [Σούρα Μάριαμ 19:39].»</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι κατά την Ημέρα της Κρίσεως ο θάνατος θα εμφανιστεί σε μορφή ασπρόμαυρου κριαριού. Και ένας καλών θα φωνάξει: «Ω, άνθρωποι του Παραδείσου!» Τότε, θα τεντώσουν το λαιμό τους και θα κοιτάξουν προσεκτικά. Ο καλών θα τους πει: «Το ξέρετε αυτό;» Θα πουν: «Ναι, αυτός είναι ο θάνατος.» Όλοι τους το ήξεραν (επειδή ο Αλλάχ τους ενέπνευσε ότι αυτός είναι ο θάνατος). Έπειτα, ο καλών θα φωνάξει: «Ω, άνθρωποι της Κόλασης!» Τότε, θα τεντώσουν το λαιμό τους και θα κοιτάξουν προσεκτικά. Ο καλών θα τους πει: «Το ξέρετε αυτό;» Θα πουν: «Ναι, αυτός είναι ο θάνατος.» Όλοι τους το ήξεραν (επειδή ο Αλλάχ τους ενέπνευσε ότι αυτός είναι ο θάνατος). Τότε, θα σφαγιαστεί ο θάνατος. Και έπειτα ο καλών θα πει: «Ω, άνθρωποι του Παραδείσου, αιωνιότητα γι' εσάς και όχι θάνατος. Ω, άνθρωποι της Κόλασης, αιωνιότητα γι' εσάς και όχι θάνατος.» Κάτι που σημαίνει ότι οι πιστοί θα βρίσκονται σε αιώνια ευδαιμονία, ενώ οι άπιστοι θα βρίσκονται σε αιώνιο μαρτύριο. Στη συνέχεια, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) απήγγειλε: { Προειδοποίησέ τους για την Ημέρα της λύπης, όταν το θέμα θα έχει αποφασιστεί (δηλ. θα έχει τελειώσει ο απολογισμός και οι κάτοικοι του Παραδείσου θα έχουν μπει στον Παράδεισο, και οι κάτοικοι της Κολάσεως θα έχουν μπει στην Κόλαση), αλλά αυτοί (τώρα στην εγκόσμια ζωή) βρίσκονται σε απροσεξία (για ότι τους είχαν προειδοποιήσει). Και δεν πιστεύουν. } Την Ημέρα της Κρίσεως, οι κάτοικοι του Παραδείσου θα χωριστούν από τους κατοίκους της Κολάσεως και ο καθένας θα μπει στον προορισμό του όπου θα μείνει για πάντα. Έτσι, ο κακός θα λυπηθεί και θα μετανιώσει που δεν έκανε καλό, και αυτός που δεν έκανε πολλές καλές πράξεις θα μετανιώσει που δεν έκανε περισσότερες.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>Ο προορισμός των ανθρώπων στη Μέλλουσα Ζωή θα είναι είτε ο Παράδεισος για πάντα, είτε η Κόλαση για πάντα.
 Το Χαντίθ δίνει μια αυστηρή προειδοποίηση για τη φρίκη της Ημέρας της Κρίσεως και ότι θα είναι η Ημέρα της θλίψης και της λύπης.
 Δείχνει ότι οι κάτοικοι του Παραδείσου θα είναι σε μόνιμη ευχαρίστηση, ενώ οι κάτοικοι της Κολάσεως θα είναι σε μόνιμη θλίψη.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Η φωτιά σας (στην εγκόσμια ζωή) είναι μία μονάδα από εβδομήντα μονάδες της Φωτιάς της Κολάσεως (δηλ. η φωτιά της εγκόσμιας ζωής έχει εβδομήντα φορές λιγότερη ένταση από την ένταση της Φωτιάς της Κολάσεως)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Η φωτιά σας (στην εγκόσμια ζωή) είναι μία μονάδα από εβδομήντα μονάδες της Φωτιάς της Κολάσεως (δηλ. η φωτιά της εγκόσμιας ζωής έχει εβδομήντα φορές λιγότερη ένταση από την ένταση της Φωτιάς της Κολάσεως).» Ειπώθηκε: «Ω, Αγγελιαφόρε του Αλλάχ! Πράγματι, (η φωτιά της εγκόσμιας ζωής) θα ήταν αρκετή (για να βασανίσει τους άπιστους και τους αμαρτωλούς)!» Στη συνέχεια, είπε: «(Η Φωτιά της Κολάσεως) υπερβαίνει αυτή (τη φωτιά της εγκόσμιας ζωής) με επιπλέον εξήντα εννέα μονάδες, κάθε μονάδα ισοδυναμεί (σε ένταση) τη θερμότητά της (δηλ. ολόκληρης της φωτιάς της εγκόσμιας ζωής).»</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι ολόκληρη η φωτιά σ' αυτόν τον κόσμο είναι μία μονάδα από εβδομήντα μονάδες της Φωτιάς της Κολάσεως. Κάτι που σημαίνει ότι η φωτιά της εγκόσμιας ζωής έχει εβδομήντα φορές λιγότερη ένταση από την ένταση της Φωτιάς της Κολάσεως. Τότε οι σύντροφοι είπαν: Ω, Αγγελιαφόρε του Αλλάχ! Πράγματι, η φωτιά της εγκόσμιας ζωής θα ήταν αρκετή για να βασανίσει τους άπιστους και τους αμαρτωλούς! Στη συνέχεια, είπε: Η Φωτιά της Κολάσεως υπερβαίνει με επιπλέον εξήντα εννέα μονάδες ολόκληρη την φωτιά της εγκόσμιας ζωής, κάθε μονάδα ισοδυναμεί σε ένταση, τη θερμότητα ολόκληρης της φωτιάς της εγκόσμιας ζωής.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Το Χαντίθ προειδοποιεί για τη Φωτιά της Κολάσεως, ώστε οι άνθρωποι να κρατηθούν μακριά από τις πράξεις που οδηγούν σ' αυτήν.
 Δείχνει το μέγεθος της Φωτιάς της Κολάσεως και την τιμωρία της και την υπερβολική θερμότητά της.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Ο ειλικρινής και αξιόπιστος Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μάς είπε: «Η δημιουργία του καθενός απ' εσάς (από σπέρμα) συγκεντρώνεται στην κοιλιά (δηλ. στο ωάριο) της μητέρας του για σαράντα ημέρες και σαράντα νύχτες</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Ο Αμπντ Αλλάχ μπιν Μασ‘ούντ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: Ο ειλικρινής και αξιόπιστος Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μάς είπε: «Η δημιουργία του καθενός απ' εσάς (από σπέρμα) συγκεντρώνεται στην κοιλιά (δηλ. στο ωάριο) της μητέρας του για σαράντα ημέρες και σαράντα νύχτες. Έπειτα, γίνεται ‘Άλακα (κρεμάμενος θρόμβος αίματος) για μια παρόμοια περίοδο (σαράντα ημέρες), έπειτα, γίνεται Μούντγα (ένα κομμάτι σάρκας, που φαίνεται μασημένη) για μια παρόμοια περίοδο (σαράντα ημέρες). Έπειτα, του στέλνεται ο άγγελος που έχει εντολή να γράψει τέσσερα πράγματα: (1) τα αγαθά που θα λάβει στη ζωή του, (2) τη διάρκεια της ζωής του, (3) τις πράξεις του (4) και αν θα είναι άθλιος (που θα καταλήξει στη Φωτιά) ή ευτυχισμένος (που θα καταλήξει στον Παράδεισο). Στη συνέχεια, (ο άγγελος) θα φυσήξει μέσα του τη ψυχή. Πράγματι, ο ένας απ' εσάς, μπορεί να πράττει τις (καλές) πράξεις των ανθρώπων του Παραδείσου μέχρι που δεν θα υπάρξει μεταξύ αυτού και του Παραδείσου παρά μόνο μια απόσταση ενός πήχη (δηλ. κόντεψε να πεθάνει και να μπει στον Παράδεισο), αλλά θα τον κυριεύσει αυτή (η Θεία Μοίρα του) που έχει γραφτεί πριν (όταν ήταν στην κοιλιά της μητέρας του), και έτσι, θα διαπράττει τις (κακές) πράξεις των ανθρώπων της Φωτιάς, και έτσι θα εισέλθει στη Φωτιά! Και πράγματι, ο ένας απ' εσάς, μπορεί να διαπράττει τις (κακές) πράξεις των ανθρώπων της Φωτιάς μέχρι που δεν θα υπάρξει μεταξύ αυτού και της Φωτιάς παρά μόνο μια απόσταση ενός πήχη (δηλ. κόντεψε να πεθάνει και να μπει στη Φωτιά), αλλά θα τον κυριεύσει αυτή (η Θεία Μοίρα του) που έχει γραφτεί πριν (όταν ήταν στην κοιλιά της μητέρας του), και έτσι, θα πράττει τις (καλές) πράξεις των ανθρώπων του Παραδείσου, και έτσι θα εισέλθει στον Παράδεισο!»</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Ο Αμπντ Αλλάχ μπιν Μασ‘ούντ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ο οποίος είναι ειλικρινής στα λόγια του και αξιόπιστος, που ο Αλλάχ επιβεβαίωσε την ειλικρίνειά του, είπε: ότι η δημιουργία του καθενός απ' εσάς από σπέρμα συγκεντρώνεται στην κοιλιά -δηλ. στο ωάριο- της μητέρας του για σαράντα ημέρες και σαράντα νύχτες. Έπειτα, γίνεται ‘Άλακα, η οποία είναι κρεμάμενος θρόμβος αίματος, για άλλες σαράντα ημέρες. Έπειτα, γίνεται Μούντγα, η οποία είναι ένα κομμάτι σάρκας, που φαίνεται μασημένη, για άλλες σαράντα ημέρες. Έπειτα, του στέλνει ο Αλλάχ έναν άγγελο που θα φυσήξει μέσα του την ψυχή. Ο Αλλάχ θα διατάξει τον άγγελο να γράψει τέσσερα πράγματα, τα οποία είναι: (1) ό,τι αγαθά θα λάβει κατά τη διάρκεια της ζωής του. (2) τη διάρκεια της ζωής του, (3) τις πράξεις του, (4) και αν θα είναι άθλιος που θα καταλήξει στη Φωτιά ή ευτυχισμένος που θα καταλήξει στον Παράδεισο. Στη συνέχεια, μας ενημερώνει ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ότι ο ένας άνθρωπος, μπορεί να πράττει καλές πράξεις όπως πράττουν και οι άνθρωποι που θα μπουν στον Παράδεισο, και να φανεί στους ανθρώπους ότι αυτός είναι ένας καλός άνθρωπος, μέχρι που δεν θα υπάρξει μεταξύ αυτού και του Παραδείσου παρά μόνο μια απόσταση ενός πήχη -δηλ. κόντεψε να πεθάνει και να μπει στον Παράδεισο-, αλλά θα τον κυριεύσει η Θεία Μοίρα του που έχει γραφτεί πριν -όταν ήταν στην κοιλιά της μητέρας του-, και έτσι, θα διαπράττει κακές πράξεις όπως διαπράττουν οι άνθρωποι που θα μπουν στη Φωτιά, και έτσι θα εισέλθει στη Φωτιά! Αυτό επειδή αποτελεί προϋπόθεση για να εισέλθει κανείς στον Παράδεισο, το να παραμένει στις καλές πράξεις του και να μην αλλάζει τις πράξεις του προς κακές! Από την άλλη, ο ένας άνθρωπος, μπορεί να διαπράττει κακές πράξεις που διαπράττουν οι άνθρωποι που θα μπουν στη Φωτιά, μέχρι που δεν θα υπάρξει μεταξύ αυτού και της Φωτιάς παρά μόνο μια απόσταση ενός πήχη, -δηλ. κόντεψε να πεθάνει και να μπει στη Φωτιά-, αλλά θα τον κυριεύσει η Θεία Μοίρα του που έχει γραφτεί πριν -όταν ήταν στην κοιλιά της μητέρας του-, και έτσι, θα πράττει καλές πράξεις που τις πράττουν οι άνθρωποι που θα εισέλθουν στον Παράδεισο, και έτσι θα εισέλθει στον Παράδεισο!</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Ο προορισμός των ανθρώπων είναι αυτός που έχει γραφτεί και οριστεί από πριν στη Θεία Μοίρα.
 Το Χαντίθ μας προειδοποιεί να μην παραπλανηθούμε από την εξωτερική εμφάνιση των πράξεων, γιατί οι πράξεις κρίνονται μόνο από το τέλος τους.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Ο Αλλάχ έγραψε τη Θεία Μοίρα των δημιουργημάτων πενήντα χιλιάδες χρόνια πριν δημιουργήσει τους ουρανούς και τη Γη</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Ο ‘Αμπντ Αλλάχ μπιν ‘Αμρ μπιν Αλ-‘Ας (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο Αλλάχ έγραψε τη Θεία Μοίρα των δημιουργημάτων πενήντα χιλιάδες χρόνια πριν δημιουργήσει τους ουρανούς και τη Γη.» Είπε: «Και ο θρόνος Του είναι πάνω στο νερό.»</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημέρωσε ότι ο Αλλάχ, ο Ύψιστος, έγραψε με λεπτομέρεια στο Αλ-Λάουχ Αλ-Μαχφούδ τη Θεία Μοίρα των δημιουργημάτων, πενήντα χιλιάδες χρόνια πριν δημιουργήσει τους ουρανούς και τη Γη. Έγραψε ό,τι θα συμβεί από ζωή και θάνατο, και κέρδη και απώλεια, δηλαδή τα πάντα. Και ό,τι έγραψε ο Αλλάχ, πραγματοποιείται στις προκαθορισμένες ώρες του. Όλα όσα έρχονται σε ύπαρξη, είναι σύμφωνα με ότι όρισε ο Αλλάχ. Ό,τι συνέβη σε έναν άνθρωπο, δεν ήταν για να τον αποφύγει, και ό,τι δεν του συνέβει, δεν ήταν για να του συμβεί.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Είναι υποχρεωτικό να πιστεύουμε στη Θεία Μοίρα.
 Η Θεία Μοίρα: αναφέρεται στη γνώση του Αλλάχ για όλα τα πράγματα, και ότι τα έγραψε, τα ήθελε και τα δημιούργησε.
 Η πεποίθηση ότι η Θεία Μοίρα γράφτηκε πριν από τη δημιουργία των ουρανών και της Γης, φέρνει ικανοποίηση στη ψυχή για ό,τι όρισε ο Αλλάχ, και υποταγή σε ό,τι όρισε ο Αλλάχ.
 Ο θρόνος του Αλλάχ είναι πάνω στο νερό, και υπήρχε πριν τη δημιουργία των ουρανών και της Γης.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>Τα πάντα γίνονται σύμφωνα με τη Θεία Μοίρα, ακόμα και η ανικανότητα και η δραστηριότητα, -ή η δραστηριότητα και η ανικανότητα</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Ο Ταούς (ο οποίος γεννήθηκε μετά το θάνατο του Προφήτη ﷺ) είπε: Πρόλαβα μερικούς συντρόφους του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), οι οποίοι έλεγαν: «Όλα είναι σύμφωνα με τη Θεία Μοίρα.» Και άκουσα τον Αμπντ Αλλάχ ιμπν ‘Όμαρ να λέει ότι ο Αγγελιαφόρος του Αλλάχ (ﷺ) είπε: «Τα πάντα γίνονται σύμφωνα με τη Θεία Μοίρα, ακόμα και η ανικανότητα και η δραστηριότητα, -ή η δραστηριότητα και η ανικανότητα.»</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι τα πάντα γίνονται σύμφωνα με τη Θεία Μοίρα. Ακόμα και η ανικανότητα, που σημαίνει το να παραμελεί κάποιος κάποια πράγματα, ή να τα καθυστερήσει από τις συγκεκριμένες ώρες τους ώστε να τα κάνει αργότερα, είτε ήταν πράγματα που σχετίζονται με τη ζωή του, είτε σχετίζονται με τη λατρεία του. Και η δραστηριότητα, που σημαίνει να είναι κάποιος ενεργός και έξυπνος στα θέματα που σχετίζονται με τη ζωή του ή σχετίζονται με τη λατρεία του. Ο Παντοδύναμος Αλλάχ είχε προκαθορίσει την ανικανότητα και την δραστηριότητα και τα πάντα. Έτσι, τίποτε δεν γίνεται σ' αυτό το σύμπαν παρά με τη Γνώση του Αλλάχ και τη Θέλησή Του.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Το Χαντίθ καταδεικνύει την πίστη των Συντρόφων (η ευαρέστηση του Αλλάχ επ' αυτών) στη Θεία Μοίρα.
 Τα πάντα γίνονται σύμφωνα με τη Θεία Μοίρα, ακόμα και η ανικανότητα και η δραστηριότητα.
 Το Χαντίθ δείχνει ότι οι Σύντροφοι (η ευαρέστηση του Αλλάχ επ' αυτών) ήταν προσεκτικοί όταν μετέδιδαν τα λόγια του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ).
 Πρέπει να πιστεύουμε στο πεπρωμένο, με τα καλά και τα κακά του.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>Αν ο Αλλάχ αποφάσισε να πεθάνει κάποιος σε μια συγκεκριμένη γη, του κάνει να έχει κάποια ανάγκη σ' αυτή (για να πάει εκεί)</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Ο Μάταρ μπιν ‘Ουκάμες (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε, ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Αν ο Αλλάχ αποφάσισε να πεθάνει κάποιος σε μια συγκεκριμένη γη, του κάνει να έχει κάποια ανάγκη σ' αυτή (για να πάει εκεί).»</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι αν ο Αλλάχ αποφάσισε να πεθάνει κάποιος άνθρωπος σε μια συγκεκριμένη γη ενώ αυτός δεν βρίσκεται εκεί, του κάνει να έχει κάποια ανάγκη σ' αυτή για να πάει εκεί, και έτσι ο άγγελος να βγάλει τη ψυχή του από το σώμα του εκεί.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Το Χαντίθ δηλώνει το ίδιο που είπε ο Αλλάχ στο Κορ’άν: { Καμιά ψυχή δεν ξέρει σε ποια γη θα πεθάνει } [Σούρατ Λουκμάν 31:34]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65040</t>
   </si>
@@ -4081,453 +4081,447 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Ο Άνας (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ενώ οι σύντροφοι καθόντουσαν με τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) στο τζαμί, ήρθε ένας άντρας καβάλα σε μια καμήλα. Στη συνέχεια έκανε την καμήλα του να γονατίσει στο τζαμί και την έδεσε. Έπειτα τους ρώτησε: Ποιος απ' εσάς είναι ο Μωχάμμαντ; Ενώ ο Προφήτης (ﷺ) καθόταν ανάμεσά τους και στηριζόταν στον αγκώνα του. Απάντησαν: Αυτός ο λευκός άνδρας που στηρίζεται στον αγκώνα του. Τότε εκείνος ο άντρας του είπε: Ω, γιε του ‘Αμπντ Αλ-Μουτάλιμπ -τον φώναξε με το όνομα του παππού του-! Ο Προφήτης (ﷺ) του απάντησε: Σε ακούω. Πες ό,τι θες. Ο άντρας είπε στον Προφήτη (ﷺ): Θα σε ρωτήσω κάτι, αλλά θα είμαι σκληρός στην ερώτησή μου. Γι' αυτό μην θυμώσεις μέσα σου μαζί μου. Δηλαδή μη θυμώνεις μαζί μου, ούτε να αισθανθείς στεναχώρια μέσα σου. Ο Προφήτης (ﷺ) είπε: Ρώτα για ό,τι θες. Ο άντρας είπε: Σε ρωτάω στο Όνομα του Κυρίου σου, και του Κυρίου όσων υπήρχαν πριν από σένα! Σε έστειλε ο Αλλάχ ως έναν Αγγελιαφόρο σε όλη την ανθρωπότητα; Του απάντησε: Ο Αλλάχ είναι Μάρτυρας ότι ναι. Δηλαδή, ναι με έστειλε ο Αλλάχ σε όλη την ανθρωπότητα και ξέρει και επιβεβαιώνει την ειλικρίνειά μου και την αποστολή μου. Ο άντρας είπε: Σε ρωτάω στο Όνομα του Αλλάχ! Σε έχει διατάξει ο Αλλάχ να τελούμε πέντε προσευχές τη μέρα και τη νύχτα; -Δηλαδή τις πέντε υποχρεωτικές προσευχές-. Του απάντησε: Ο Αλλάχ είναι Μάρτυρας ότι ναι. Ο άντρας είπε: Σε ρωτάω στο Όνομα του Αλλάχ! Σε έχει διατάξει ο Αλλάχ να νηστεύουμε αυτόν τον μήνα -Ραμαντάν- κάθε χρόνο; Του απάντησε: Ο Αλλάχ είναι Μάρτυρας ότι ναι. Ο άντρας είπε: Σε ρωτάω στο Όνομα του Αλλάχ! Σε έχει διατάξει ο Αλλάχ να πάρεις αυτή τη φιλανθρωπία -Ζακά- από τους πλούσιους ανάμεσά μας και να τη μοιράσεις στους φτωχούς ανάμεσά μας; Ο Προφήτης (ﷺ) απάντησε: Ο Αλλάχ είναι Μάρτυρας ότι ναι. Τότε, εκείνος ο άντρας ασπάστηκε το Ισλάμ και είπε στον Προφήτη (ﷺ) ότι θα καλέσει τον λαό του στο Ισλάμ. Και στη συνέχεια παρουσίασε τον εαυτό του ότι είναι ο Ντιμάμ μπιν Θα‘λάμπα, από τη φυλή Μπάνι Σά‘ντ μπιν Μπακρ.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Το Χαντίθ δείχνει πώς ο Προφήτης (ﷺ) δεν ήταν αλαζόνας, ούτε δικτάτορας, ούτε επιζητούσε δόξα και εξουσία, καθώς ο άνδρας δεν μπορούσε να διακρίνει μεταξύ αυτού και των συντρόφων του.
 Υπογραμμίζει τον καλό χαρακτήρα και την ευγένεια του Προφήτη (ﷺ) στην απάντηση στον ερωτώντα, και ότι η καλή ανταπόκριση είναι ένας από τους λόγους πίσω από την αποδοχή του καλέσματος.
 Επιτρέπεται η ταυτοποίηση ενός ατόμου με ένα συγκεκριμένο χαρακτηριστικό, όπως το να είναι λευκός, κοκκινωπός, ψηλός, κοντός και οποιοδήποτε άλλο χαρακτηριστικό που δεν προορίζεται να είναι ελαττωματικό - εκτός αν το αντιπαθεί αυτό.
 Επιτρέπεται σε έναν άπιστο να μπει στο τζαμί για κάποια ανάγκη.
 Δεν ανέφερε το Χατζ στο Χαντίθ γιατί δεν ήταν ακόμα υποχρεωτικό την ώρα που ήρθε αυτός ο άνθρωπος.
 Οι σύντροφοι ήταν πάντα πρόθυμοι να προσκαλέσουν τους ανθρώπους στο Ισλάμ. Μόλις αυτός ο άνθρωπος ασπάστηκε το Ισλάμ, αποφάσισε να καλέσει και τον λαό του στο Ισλάμ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ανέφερε κάτι και είπε: «Αυτό θα γίνει τη στιγμή που η γνώση θα εξαφανιστεί</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Ο Ζιγιάντ μπιν Λαμπίντ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ανέφερε κάτι και είπε: «Αυτό θα γίνει τη στιγμή που η γνώση θα εξαφανιστεί.» Είπα: «Ω, Αγγελιαφόρε του Αλλάχ! Πώς θα εξαφανιστεί η γνώση όταν απαγγέλλουμε το Κορ’άν και το διδάσκουμε στα παιδιά μας, και τα παιδιά μας το διδάσκουν στα παιδιά τους -και ούτω καθεξής- μέχρι την Ημέρα της Κρίσεως;» Είπε: «Ω, Ζιγιάντ! Σε είδα πώς ήσουν ένας από τους πιο ενημερωμένους ανθρώπους στη Μαντίνα (πώς, λοιπόν, λες κάτι τέτοιο;)! Μα δεν απήγγειλαν οι Εβραίοι και οι Χριστιανοί την Τορά (που στάλθηκε στον Μωυσή) και το Ιν-τζήλ (που στάλθηκε στον Ιησού), αλλά δεν εφαρμόζουν τίποτα από μέσα τους (και τα διαστρέβλωσαν και δεν τα διατήρησαν παρά ένα μικρό μέρος και στο οποίο πρόσθεσαν άλλα βιβλία που έγραψαν κάποιοι άνθρωποι ισχυριζόμενοι ότι είναι τα αυθεντικά Λόγια του Αλλάχ);»</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) καθόταν με τους συντρόφους του και είπε: Αυτό θα γίνει τη στιγμή που η γνώση θα εξαφανιστεί από αυτόν τον κόσμο. Έτσι, εξεπλάγην ο Ζιγιάντ μπιν Λαμπίντ (η ευαρέστηση του Αλλάχ επ' αυτού) και ρώτησε τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), Και είπα: Ω, Αγγελιαφόρε του Αλλάχ, πώς θα εξαφανιστεί η γνώση όταν απαγγέλλουμε το Κορ’άν και το διδάσκουμε στα παιδιά μας, και τα παιδιά μας το διδάσκουν στα παιδιά τους -και ούτω καθεξής- μέχρι την Ημέρα της Κρίσεως; Τότε ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) του είπε: Ω, Ζιγιάντ! Σε είδα πώς ήσουν ένας από τους πιο ενημερωμένους ανθρώπους στη Μαντίνα! -Πώς, λοιπόν, λες κάτι τέτοιο;- Έπειτα, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) εξήγησε το θέμα στον Ζιγιάντ, ότι η γνώση εξαφανίζεται όταν οι άνθρωποι δεν την διατηρούν και δεν πράττουν σύμφωνα μ' αυτή. Να τοι οι Εβραίοι και οι Χριστιανοί, είχαν και απήγγειλαν την Τορά που στάλθηκε στον Μωυσή, και το Ιν-τζήλ που στάλθηκε στον Ιησού, και παρόλο αυτά δεν επωφελήθηκαν από αυτά, επειδή δεν κατάλαβαν ότι θα έπρεπε να εφαρμόσουν τις εντολές τους, και έτσι να πράττουν σύμφωνα με ό,τι έμαθαν από αυτά. Αντιθέτως, δεν τα διατήρησαν παρά ένα μικρό μέρος τους και στο οποίο πρόσθεσαν άλλα βιβλία που έγραψαν κάποιοι άνθρωποι ισχυριζόμενοι ότι είναι τα αυθεντικά Λόγια του Αλλάχ!</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Το να έχουν οι άνθρωποι το Κορ’άν και τα θρησκευτικά βιβλία στα χέρια τους [όπως τα βιβλία των Χαντίθ -λόγια του Προφήτη (ﷺ)], δεν θα τους ωφελήσει παρά μόνο αν πράττουν σύμφωνα με τα διδάγματά τους.
 Η γνώση θα εξαφανιστεί λόγω τριών πραγμάτων: ο θάνατος του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ), ο θάνατος των λογίων και η παραμέληση των ανθρώπων να πράττουν σύμφωνα με τη γνώση που έμαθαν από το Κορ’άν και τη Σούννα του Προφήτη (ﷺ).
 Ένα από τα σημάδια της Ώρας είναι η εξαφάνιση της γνώσης και η παραμέληση των ανθρώπων να πράττουν σύμφωνα μ' αυτή.
 Το Χαντίθ μας προτρέπει να ενεργούμε βάσει της γνώσης, γιατί αυτός είναι ο επιθυμητός στόχος.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[صحيح لغيره]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>Ούτε να πιστεύετε τους Ανθρώπους του Βιβλίου (τους Εβραίους) ούτε να τους διαψεύδετε (σ' αυτά που δεν ξέρετε αν είναι αλήθεια ή ψεύδος), αλλά πείτε: { Πιστεύουμε στον Αλλάχ και σε ό,τι μας έχει σταλεί. }</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: «Οι Άνθρωποι του Βιβλίου (οι Εβραίοι) συνήθιζαν να διαβάζουν την Τορά στα Εβραϊκά και να την ερμηνεύουν στα Αραβικά στους Μουσουλμάνους. Έτσι, ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ούτε να πιστεύετε τους Ανθρώπους του Βιβλίου (τους Εβραίους) ούτε να τους διαψεύδετε (σ' αυτά που δεν ξέρετε αν είναι αλήθεια ή ψεύδος), αλλά πείτε: { Πιστεύουμε στον Αλλάχ και σε ό,τι μας έχει σταλεί. } [Σούρατ Αλ-Μπάκαρα 2:136].».»</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) προειδοποίησε τους Μουσουλμάνους να μην παραπλανηθούν από όσα αναφέρουν οι Άνθρωποι του Βιβλίου (οι Εβραίοι) από τα βιβλία τους. Επειδή οι Άνθρωποι του Βιβλίου (οι Εβραίοι) συνήθιζαν κατά την εποχή του Προφήτη (ﷺ) να διαβάζουν την Τορά στα Εβραϊκά -τη γλώσσα των Εβραίων- και να την ερμηνεύουν στα Αραβικά στους Μουσουλμάνους. Έτσι, ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: Ούτε να πιστεύετε τους Ανθρώπους του Βιβλίου (τους Εβραίους) ούτε να τους διαψεύδετε σ' αυτά που δεν ξέρετε αν είναι αλήθεια ή ψεύδος. Αυτό επειδή ο Αλλάχ μάς διέταξε να πιστεύουμε σ' αυτό που μας έχει σταλεί -το Κορ’άν- και σ' αυτό που στάλθηκε σ' αυτούς από την αυθεντική Τορά. Αλλά δεν υπάρχει κανένας τρόπος με τον οποίο μπορούμε να γνωρίζουμε αν αυτό που μας αναφέρουν απ' τα βιβλία τους είναι αλήθεια ή ψεύδος, εκτός εάν η θρησκεία μας αποδείξει αν είναι αλήθεια ή ψέμα. Έτσι, δεν πρέπει να τους πιστεύουμε σ' αυτά που δεν ξέρουμε ότι είναι αλήθειες, ώστε να μην είμαστε συνέταιροι τους σε ό,τι διαστρέβλωσαν  στο βιβλίο τους. Επίσης δεν τους διαψεύδουμε, επειδή μπορεί να είναι αλήθεια, και έτσι να αρνούμαστε κάτι που μας διατάζει η θρησκεία μας να πιστεύουμε σ' αυτό. Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας διέταξε να πούμε: { «Πιστεύουμε στον Αλλάχ και σε ό,τι στάλθηκε σ’ εμάς, και σε ό,τι στάλθηκε στον Ιμπραήμ (Αβραάμ), στον Ισμαήλ, στον Ισαάκ, στον Ιακώβ και στους Αλ-Ασμπάτ (τους προφήτες από τους απογόνους του Ιακώβ), και σε ό,τι δόθηκε στον Μωυσή και στον Ιησού, και σε ό,τι δόθηκε στους Προφήτες από τον Κύριό τους. Καμία διάκριση δεν κάνουμε ανάμεσα σε κανέναν απ' αυτούς (δηλ. πιστεύουμε σ' όλους τους), και είμαστε σ’ Αυτόν Μουσουλμάνοι (υποταγμένοι).» } [Σούρατ Αλ-Μπάκαρα 2:136]</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Αυτά που αναφέρουν οι άνθρωποι του Βιβλίο, θα πρέπει να τα διαχωρίσουμε σε τρεις κατηγορίες: 1- αυτά που συμφωνούν με το Κορ’άν και τη Σούννα, τα οποία θα πρέπει να τα πιστεύουμε, 2- αυτά που έρχονται σε αντίθεση με το Κορ’άν και τη Σούννα, τα οποία θα πρέπει να τα διαψεύδουμε επειδή είναι ψέματα και πλάνη που επινόησαν οι ίδιοι, 3- αυτά που δεν υπάρχει στο Κορ’άν ή στη Σούννα κάτι που να τα διαψεύδει ή να τα επιβεβαιώνει, τα οποία δεν θα πρέπει να τα πιστεύουμε, ούτε να τα διαψεύδουμε.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Μην επιδιώκετε τη γνώση για να επιδεικνύεστε μπροστά στους λόγιους, ούτε για να τα συζητάτε με τους ανόητους</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Ο Τζάμπιρ μπιν Αμπντ Αλλάχ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Προφήτης (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) είπε: «Μην επιδιώκετε τη γνώση για να επιδεικνύεστε μπροστά στους λόγιους, ούτε για να τα συζητάτε με τους ανόητους· ούτε για να έχετε τις καλύτερες (και τις πιο τιμημένες) θέσεις στις συγκεντρώσεις. Όποιος το κάνει αυτό, τότε η Φωτιά, η Φωτιά (θα τον περιμένει).»</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου 'αλάιχι ουά σάλλαμ) μας προειδοποιεί να μην επιδιώκει κανείς τη γνώση με σκοπό να επιδεικνύεται μπροστά στους λόγιους, δείχνοντας ότι είναι λόγιος σαν και αυτούς, ούτε με σκοπό να συζητήσει και να διαφωνήσει με τους ανόητους· ούτε με σκοπό να έχει προτεραιότητα στις συγκεντρώσεις κλπ. Όποιος το κάνει αυτό, τότε του αξίζει να μπει στην Κόλαση λόγω της επίδειξής του και επειδή δεν επιζήτησε τη γνώση για χάρη του Αλλάχ και μόνο.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Το Χαντίθ προειδοποιεί όσους αναζητούν τη γνώση για να καυχιούνται γι' αυτήν ή να τη χρησιμοποιούν για να διαφωνούν με τους ανόητους ή να κατακτούν την προβολή στις συγκεντρώσεις, και ούτω καθεξής.
 Είναι σημαντικό να έχουμε ειλικρινή πρόθεση καθώς αναζητούμε τη γνώση και τη διδάσκουμε σ' άλλους.
 Η πρόθεση είναι η βάση των πράξεων και των ανταμοιβών τους.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>Ο Αλλάχ έχει παρουσιάσει μια παραβολή: ένα ίσιο μονοπάτι</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Ο Αν-Ναουάς μπιν Σαμ‘άν Αλ-Ανσάρεϊ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Ο Αλλάχ έχει παρουσιάσει μια παραβολή: ένα ίσιο μονοπάτι που έχει και στις δύο πλευρές δύο τοίχους, με πολλές ανοιχτές πόρτες, πάνω στις πόρτες υπάρχουν κουρτίνες που τις καλύπτουν. Υπάρχει ένας καλών στην πύλη του μονοπατιού που λέει: «Ω, άνθρωποι, μπείτε στο μονοπάτι, όλοι σας, και μην παρεκκλίνετε απ' αυτό.» Εν τω μεταξύ, ένας καλών πάνω από το μονοπάτι προειδοποιεί επίσης όποιον θέλει να ανοίξει κάποια απ' αυτές τις πόρτες: «Αλίμονό σου! Μην την ανοίξεις, γιατί αν την ανοίξεις, θα μπεις μέσα της.» Το μονοπάτι είναι το Ισλάμ, τα δύο τείχη είναι τα όρια που τέθηκαν από τον Αλλάχ και οι ανοιχτές πόρτες είναι οι απαγορεύσεις του Αλλάχ. Ο καλών στην πύλη του μονοπατιού είναι το Βιβλίο του Αλλάχ, ενώ ο καλών πάνω από το μονοπάτι είναι η νουθεσία του Αλλάχ στην καρδιά καθενός Μουσουλμάνου.»</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε ότι ο Αλλάχ έχει παρουσιάσει μια παραβολή που παρομοιάζει το Ισλάμ με ένα ίσιο μονοπάτι, στο οποίο δεν υπάρχουν στροφές. Στις δύο πλευρές του υπάρχουν δύο τοίχοι, με πολλές ανοιχτές πόρτες. Οι τοίχοι συμβολίζουν τα όρια που τέθηκαν από τον Αλλάχ, ενώ οι ανοιχτές πόρτες συμβολίζουν τις απαγορεύσεις Του. Πάνω στις πόρτες υπάρχουν κουρτίνες που τις καλύπτουν, και έτσι ο περαστικός δεν βλέπει τι υπάρχει μέσα. Υπάρχει ένας καλών στην αρχή του μονοπατιού, στην πύλη του, ο οποίος είναι το Βιβλίο του Αλλάχ, και καλεί τους ανθρώπους να μπουν σ' αυτό το μονοπάτι και να μην παρεκκλίνουν απ' αυτό. Υπάρχει και άλλος ένας καλών πάνω από το μονοπάτι, που προειδοποιεί όποιον θέλει να ανοίξει κάποια απ' αυτές τις πόρτες, επειδή αν την ανοίξει, δεν θα μπορέσει να κρατηθεί από το να μπει μέσα της. Αυτός ο καλών είναι η νουθεσία του Αλλάχ στην καρδιά κάθε ενός Μουσουλμάνου.</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Το Ισλάμ είναι η αληθινή θρησκεία, και είναι ο ίσιος δρόμος που μας οδηγεί στον Παράδεισο.
 Θα πρέπει να τηρούμε τα όρια που τέθηκαν από τον Αλλάχ, με το να πράττουμε ό,τι όρισε ως επιτρεπτά και να απέχουμε από ό,τι όρισε ως απαγορευμένα. Όποιος δεν τα πάρει σοβαρά και δεν τα τηρεί δυνατά, αυτά τα όρια θα τον καταστρέψουν.
 Το Χαντίθ επισημαίνει τη μεγάλη αρετή του Κορ’άν και μας προτρέπει να ενεργήσουμε σύμφωνα μ' αυτό, το οποίο περιέχει καθοδήγηση, φως και επιτυχία.
 Είναι το έλεος του Αλλάχ προς τους δούλους Του, και η αίσθηση της νουθεσίας που έχει βάλει στις καρδιές τους που τους εμποδίζουν να πέσουν σε καταστροφικές αμαρτίες.
 Από το έλεος του Αλλάχ ότι έκανε για τους δούλους Του, φραγμούς που να τους εμποδίζουν από το να πέσουν σε αμαρτίες.
 Είναι μια μέθοδος εκπαίδευσης, να δίνει κανείς παραβολές για να κάνει το νόημα πιο ξεκάθαρο και πιο κατανοητό.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) έλαβε τη θεία αποκάλυψη σε ηλικία σαράντα ετών</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Ο Ιμπν ‘Αμπάς (η ευαρέστηση του Αλλάχ επ' αυτού) είπε: «Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) έλαβε τη θεία αποκάλυψη σε ηλικία σαράντα ετών. Πέρασε δεκατρία χρόνια στη Μάκκα, και έπειτα, του δόθηκε εντολή (από τον Αλλάχ) να μεταναστεύσει, και έτσι, μετανάστευσε στη Μαντίνα, όπου έμεινε για δέκα χρόνια. Έπειτα, πέθανε (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ).»</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Ο Ιμπν ‘Αμπάς (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) έλαβε τη θεία αποκάλυψη σε ηλικία σαράντα ετών, και έπειτα έμεινε για δεκατρία χρόνια στη Μάκκα, και μετά, ο Αλλάχ τον διέταξε να μεταναστεύσει προς τη Μαντίνα, όπου έμεινε για δέκα χρόνια. Έπειτα, πέθανε (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) στην ηλικία των εξηντατριών ετών.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Το Χαντίθ δείχνει το ενδιαφέρον των συντρόφων για τη βιογραφία του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) δεν ήξερε που τελειώνει η Σούρα (το Κεφάλαιο που του αποκαλύπτεται) μέχρι να του αποκαλυφθεί { Στο Όνομα του Αλλάχ, του Αρ-Ραχμάν (Παντελεήμονα), του Αρ-Ραχείμ (Πολυεύσπλαχνου). } (που σημαίνει ότι ξεκινάει άλλη Σούρα και ότι η προηγούμενη τελείωσε)</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Ο Ιμπν ‘Αμπάς (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: «Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) δεν ήξερε που τελειώνει η Σούρα (το Κεφάλαιο που του αποκαλύπτεται) μέχρι να του αποκαλυφθεί { Στο Όνομα του Αλλάχ, του Αρ-Ραχμάν (Παντελεήμονα), του Αρ-Ραχείμ (Πολυεύσπλαχνου). } (που σημαίνει ότι ξεκινάει άλλη Σούρα και ότι η προηγούμενη τελείωσε).»</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ο Ιμπν ‘Αμπάς (η ευαρέστηση του Αλλάχ επ' αυτού) εξηγεί ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) δεν ήξερε πού τελειώνει η Σούρα που του αποκαλύπτεται, μέχρι να του αποκαλυφθεί { Στο Όνομα του Αλλάχ, του Αρ-Ραχμάν (Παντελεήμονα), του Αρ-Ραχείμ (Πολυεύσπλαχνου). }, και έτσι να ξέρει ότι ξεκινάει άλλη Σούρα και ότι η προηγούμενη έχει τελειώσει.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Η Μπασμάλα { Στο Όνομα του Αλλάχ, του Αρ-Ραχμάν (Παντελεήμονα), του Αρ-Ραχείμ (Πολυεύσπλαχνου). } χωρίζει τις Σούρες μεταξύ τους, εκτός μεταξύ της Σούρας Αλ-Ανφάλ και της Σούρας Ατ-Τάουμπα.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>Θα ήθελε κανείς απ' εσάς όταν επιστρέψει στην οικογένειά του να βρει τρεις μεγάλες, με πολύ κρέας, έγκυες καμήλες;</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Θα ήθελε κανείς απ' εσάς όταν επιστρέψει στην οικογένειά του να βρει τρεις μεγάλες, με πολύ κρέας, έγκυες καμήλες;» Είπαμε: «Ναι.» Είπε: «Τρια εδάφια που ένας απ' εσάς απαγγέλλει στην προσευχή του είναι καλύτερα γι' αυτόν από τρεις μεγάλες, με πολύ κρέας, έγκυες καμήλες.»</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι η αμοιβή της απαγγελίας τριών εδάφιων κατά τη προσευχή είναι καλύτερη από το να πάει κανείς στο σπίτι του και να βρει τρεις μεγάλες έγκυες καμήλες.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή της απαγγελίας του Κορ’άν κατά την προσευχή.
 Οι καλές πράξεις είναι καλύτερες και διαρκούν περισσότερο από τις παροδικές εγκόσμιες απολαύσεις.
 Αυτή η αρετή δεν περιορίζεται στην απαγγελία μόνο τριών εδάφιων. Αλλά, όσο περισσότερο απαγγέλλει κάποιος από τα εδάφια στην προσευχή του, τόσο καλύτερη θα είναι η ανταμοιβή του από το να αποκτήσει τον ίδιο αριθμό σε καμήλες.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Θα ειπωθεί σ' αυτόν που είναι αφοσιωμένος στο Κορ’άν (που το απαγγέλλει συνέχεια, που πράττει σύμφωνα με τις εντολές του, και το απομνημονεύει): «Απάγγελλε και ανέβα (στα στρώματα του Παραδείσου) και απάγγελλε με ωραίο τρόπο όπως συνήθιζες να απαγγέλλεις στην εγκόσμια ζωή. Η θέση σου θα είναι όπου θα απαγγείλεις το τελευταίο εδάφιο</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Ο ‘Αμπντ Αλλάχ ιμπν ‘Αμρ ιμπν Αλ-‘Ας (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Θα ειπωθεί σ' αυτόν που είναι αφοσιωμένος στο Κορ’άν (που το απαγγέλλει συνέχεια, που πράττει σύμφωνα με τις εντολές του, και το απομνημονεύει): «Απάγγελλε και ανέβα (στα στρώματα του Παραδείσου) και απάγγελλε με ωραίο τρόπο όπως συνήθιζες να απαγγέλλεις στην εγκόσμια ζωή. Η θέση σου θα είναι όπου θα απαγγείλεις το τελευταίο εδάφιο.».»</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι θα ειπωθεί σ' αυτόν που είναι αφοσιωμένος στο Κορ’άν, που το απαγγέλλει συνέχεια, πράττει σύμφωνα με τις εντολές του, και το απομνημονεύει, όταν θα μπει στον Παράδεισο: Απάγγελλε το Κορ’άν και ανέβα στα στρώματα του Παραδείσου, και απάγγελλε με ωραίο τρόπο όπως συνήθιζες να απαγγέλλεις στην εγκόσμια ζωή. Πράγματι, η θέση σου στον Παράδεισο θα είναι όπου θα φτάσεις στην απαγγελία σου στο τελευταίο εδάφιο.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Οι αμοιβές δίνονται ανάλογα με τις πράξεις, ως προς την ποσότητά τους και τον τρόπο εκτέλεσής τους.
 Το Χαντίθ μας προτρέπει να απαγγέλλουμε το Κορ’άν, να το μάθουμε, να το απομνημονεύσουμε, να το συλλογιστούμε και να πράττουμε σύμφωνα μ' αυτό.
 Ο Παράδεισος περιέχει πολυάριθμα στρώματα, στα υψηλότερα στρώματά του θα μείνουν εκείνοι που είναι αφοσιωμένοι στο Κορ’άν.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/el/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Αυτός που απαγγέλλει το Κορ’άν φωναχτά είναι σαν εκείνον που δίνει ελεημοσύνη φανερά, και αυτός που απαγγέλλει το Κορ’άν με χαμηλή φωνή είναι σαν εκείνον που δίνει ελεημοσύνη κρυφά</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Ο ‘Ούκμπα μπιν ‘Άμιρ Αλ-Τζούχανι (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Αυτός που απαγγέλλει το Κορ’άν φωναχτά είναι σαν εκείνον που δίνει ελεημοσύνη φανερά, και αυτός που απαγγέλλει το Κορ’άν με χαμηλή φωνή είναι σαν εκείνον που δίνει ελεημοσύνη κρυφά.»</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας ενημερώνει ότι αυτός που απαγγέλλει το Κορ’άν φωναχτά είναι σαν εκείνον που δίνει ελεημοσύνη φανερά, και αυτός που απαγγέλλει το Κορ’άν με χαμηλή φωνή είναι σαν εκείνον που δίνει ελεημοσύνη κρυφά.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Η απαγγελία του Κορ’άν με χαμηλή φωνή είναι καλύτερη, όπως και η κρυφή ελεημοσύνη, γιατί αυτό είναι πλησιέστερο στην ειλικρίνεια και την αποφυγή της επίδειξης και του αυτοθαυμασμού, εκτός εάν αυτό απαιτείται για κάποια ανάγκη ή όφελος, όπως η διδασκαλία και η εκμάθηση του Κορ’άν και το κάλεσμα άλλων προς το Ισλάμ κλπ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65055</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>συνήθιζαν να μαθαίνουν δέκα εδάφια από τον Προφήτη (ﷺ) και δεν ξεκινούσαν να μαθαίνουν τα επόμενα δέκα εδάφια μέχρι να μάθουν πρώτα καλά ό,τι περιέχουν -αυτά που έμαθαν- από γνώσεις και πράξεις</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Ο ‘Αμπντ Αρ-Ραχμάν Ασ-Σούλαμι (είθε ο Αλλάχ να τον ελεήσει) ανέφερε: «Αυτοί που μας έμαθαν το Κορ’άν από τους συντρόφους του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μας είπαν ότι συνήθιζαν να μαθαίνουν δέκα εδάφια από τον Προφήτη (ﷺ) και δεν ξεκινούσαν να μαθαίνουν τα επόμενα δέκα εδάφια μέχρι να μάθουν πρώτα καλά ό,τι περιέχουν -αυτά που έμαθαν- από γνώσεις και πράξεις.» Είπαν: «Έτσι, μάθαμε τη γνώση και την πράξη.»</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Οι σύντροφοι (η ευαρέστηση του Αλλάχ επ' αυτών) συνήθιζαν να μαθαίνουν δέκα εδάφια από τον Προφήτη (ﷺ) και δεν ξεκινούσαν να μαθαίνουν τα επόμενα δέκα εδάφια μέχρι να μάθουν πρώτα καλά ό,τι περιέχουν -αυτά που έμαθαν- από γνώσεις και να πράττουν σύμφωνα με αυτά. Έτσι, έμαθαν τη γνώση και την εφαρμογή της.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή των Συντρόφων (η ευαρέστηση του Αλλάχ επ' αυτών) και τον κόπο τους στο να μάθουν το Κορ’άν.
 Η εκμάθηση του Κορ’άν γίνεται με το να μάθει κανείς τι περιέχει από γνώσεις και να πράττει σύμφωνα μ' αυτές, και όχι μόνο να το απαγγείλει και να το απομνημονεύσει.
 Η γνώση προηγείται του λόγου και της εφαρμογής.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>Ω, Άμπα Αλ-Μούνδιρ, ξέρεις ποιο εδάφιο στο Βιβλίο του Αλλάχ που έχεις, είναι σπουδαιότερο;» Είπα: «{ Αλλάχ! Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον Αυτός – ο Αλ-Χάι (ο Αιώνια Ζωντανός), ο Αλ-Καϊούμ (ο Υποστηρικτής και ο Συντηρητής όλων) ... } [Σούρατ Αλ-Μπάκαρα 2:255].» Τότε, με χτύπησε στο στήθος (δηλ. έβαλε το χέρι του πάνω στο στήθος μου χαρούμενος από την απάντησή μου) και είπε: «Είθε ο Αλλάχ να κάνει τη γνώση να είναι ευχάριστη για σένα (διευκολύνοντας τη γνώση για σένα), ω, Άμπα Αλ-Μούνδιρ!</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Ο Ουμπάι μπιν Κά‘μπ (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε ότι ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) του είπε: «Ω, Άμπα Αλ-Μούνδιρ, ξέρεις ποιο εδάφιο στο Βιβλίο του Αλλάχ που έχεις, είναι σπουδαιότερο;» Απάντησα: «Ο Αλλάχ και ο Αγγελιοφόρος Του ξέρουν καλύτερα.» Είπε: «Ω, Άμπα Αλ-Μούνδιρ, ξέρεις ποιο εδάφιο στο Βιβλίο του Αλλάχ που έχεις, είναι σπουδαιότερο;» Είπα: «{ Αλλάχ! Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον Αυτός – ο Αλ-Χάι (ο Αιώνια Ζωντανός), ο Αλ-Καϊούμ (ο Υποστηρικτής και ο Συντηρητής όλων) ... } [Σούρατ Αλ-Μπάκαρα 2:255].» Τότε, με χτύπησε στο στήθος (δηλ. έβαλε το χέρι του πάνω στο στήθος μου χαρούμενος από την απάντησή μου) και είπε: «Είθε ο Αλλάχ να κάνει τη γνώση να είναι ευχάριστη για σένα (διευκολύνοντας τη γνώση για σένα), ω, Άμπα Αλ-Μούνδιρ!»</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ρώτησε τον Ουμπάι μπιν Κά‘μπ (η ευαρέστηση του Αλλάχ επ' αυτού) για το ποιο είναι το σπουδαιότερο εδάφιο στο Κορ’άν. Ο Ουμπάι δεν απάντησε αμέσως, και στη συνέχεια είπε ότι είναι το Άγιατ Αλ-Κουρσέι: { Αλλάχ! Δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον Αυτός – ο Αλ-Χάι (ο Αιώνια Ζωντανός), ο Αλ-Καϊούμ (ο Υποστηρικτής και ο Συντηρητής όλων) ... } [Σούρατ Αλ-Μπάκαρα 2:255]. Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ενέκρινε την απάντηση του Ουμπάι και χτύπησε στο στήθος του Ουμπάι ως ένδειξη ότι έχει γνώση και σοφία στο στήθος του. Στη συνέχεια έκανε επίκληση στον Αλλάχ να κάνει τη γνώση να είναι ευχάριστη στον Ουμπάι και να τη διευκολύνει γι' αυτόν.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Το Χαντίθ επισημαίνει την αρετή του Ουμπάι (η ευαρέστηση του Αλλάχ επ' αυτού).
 Άγιατ Αλ-Κούρσεϊ είναι το σπουδαιότερο εδάφιο στο Βιβλίο του Παντοδύναμου Αλλάχ. Έτσι, θα πρέπει να το απομνημονεύσουμε, να συλλογιστούμε τις έννοιές του και να ενεργήσουμε σύμφωνα μ' αυτό.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Όταν ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) πήγαινε για ύπνο κάθε βράδυ, ένωνε τις παλάμες του μεταξύ τους και φυσούσε φτύνοντας πολύ ελαφριά (σαν να έφτυνε τον αέρα) μέσα τους και απάγγειλε μέσα τους τη Σούρατ Αλ-Ιχλάς (112), Αλ-Φάλακ (113) και Αν-Νάς (114)</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Η Αΐσα (η ευαρέστηση του Αλλάχ επ' αυτής) ανέφερε: «Όταν ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) πήγαινε για ύπνο κάθε βράδυ, ένωνε τις παλάμες του μεταξύ τους και φυσούσε φτύνοντας πολύ ελαφριά (σαν να έφτυνε τον αέρα) μέσα τους και απάγγειλε μέσα τους τη Σούρατ Αλ-Ιχλάς (112), Αλ-Φάλακ (113) και Αν-Νάς (114) και μετά σκούπιζε με τις παλάμες του όσα μέρη του σώματός του μπορούσε, ξεκινώντας από το κεφάλι, το πρόσωπο και το μπροστινό μέρος του σώματός του. Το έκανε αυτό τρεις φορές.»</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Από τη Σούννα -παράδοση- του Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είναι ότι όταν πήγαινε για ύπνο κάθε βράδυ, ένωνε τις παλάμες του μεταξύ τους, όπως κάνει κάποιος που σηκώνει τα χέρια του για να επικαλεστεί τον Αλλάχ. Έπειτα φυσούσε φτύνοντας πολύ ελαφριά -σαν να έφτυνε τον αέρα- μέσα τους και απάγγελνε μέσα τους τη Σούρατ Αλ-Ιχλάς (112), Αλ-Φάλακ (113) και Αν-Νάς (114). Έπειτα, σκούπιζε με τις παλάμες του όσα μέρη του σώματός του μπορούσε, ξεκινώντας από το κεφάλι, το πρόσωπο και το μπροστινό μέρος του σώματός του. Το έκανε αυτό τρεις φορές.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Είναι επιθυμητό να φυσήσουμε φτύνοντας πολύ ελαφριά (σαν να φτύσουμε τον αέρα) στις παλάμες μας πριν κοιμηθούμε, και να απαγγείλουμε στις παλάμες μας τη Σούρατ Αλ-Ιχλάς (112), Αλ-Φάλακ (113) και Αν-Νάς (114). Έπειτα, να σκουπίσουμε με τις παλάμες μας όσα μέρη του σώματός μας που μπορούμε, ξεκινώντας από το κεφάλι, το πρόσωπο και το μπροστινό μέρος του σώματός μας -τρεις φορές-.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65060</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>Αν βλέπεις εκείνους που ακολουθούν μόνο αυτά (τα Εδάφια) που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία, τότε να ξέρεις ότι εκείνοι είναι που τους ανέφερε ο Αλλάχ (στο εδάφιο), γι' αυτό πρόσεξε απ' αυτούς</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>Η Αΐσα (η ευαρέστηση του Αλλάχ επ' αυτής) ανέφερε: «Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) απάγγειλε αυτό το εδάφιο: { Αυτός είναι που σου έστειλε (ω, Μωχάμμαντ), το Βιβλίο (το Κορ’άν). Στο οποίο υπάρχουν Εδάφια με ξεκάθαρες οριστικές σημασίες (στο μυαλό όλων των ανθρώπων), τα οποία είναι τα θεμέλια του Βιβλίου (και αποτελούν το μεγαλύτερο μέρος του) - και υπάρχουν και άλλα (Εδάφια) που μπορούν να ερμηνευτούν (στο μυαλό πολλών ανθρώπων) με παραπάνω από μια σημασία (και έτσι δεν ερμηνεύονται παρά μόνο υπό το φως των άλλων Εδαφίων που αποτελούν τα θεμέλια του Βιβλίου). Όσο γι’ εκείνους στις καρδιές των οποίων υπάρχει απόκλιση από την αλήθεια, (αφήνουν τα Εδάφια που αποτελούν τα θεμέλια του Βιβλίου, και) ακολουθούν μόνο αυτά (τα Εδάφια) που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία (χωρίς να τα ερμηνεύσουν υπό το φως των άλλων των Εδαφίων), αναζητώντας να εγείρουν παρανοήσεις και πλάνη ανάμεσα στους ανθρώπους και αναζητώντας να τα ερμηνεύσουν (πέρα από την αληθινή σημασία τους και σύμφωνα με τις παραπλανημένες απόψεις τους). Και κανείς δεν ξέρει την (αληθινή) ερμηνεία τους, παρά μόνον ο Αλλάχ. Και αυτοί που είναι σταθεροί στη γνώση, λένε: «Πιστεύουμε σ’ αυτό (ολόκληρο το Κορ’άν). Όλο το (Κορ’άν) είναι από τον Κύριό μας.» Και δεν το λαμβάνουν υπόψη, παρά μόνο αυτοί που έχουν μυαλό (για να το συλλογιστούν). } (Σούρατ Άαλ ‘Ιμράν 3:7) Στη συνέχεια ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε:«Αν βλέπεις εκείνους που ακολουθούν μόνο αυτά (τα Εδάφια) που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία, τότε να ξέρεις ότι εκείνοι είναι που τους ανέφερε ο Αλλάχ (στο εδάφιο), γι' αυτό πρόσεξε απ' αυτούς.».»</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) απάγγειλε αυτό το εδάφιο: { Αυτός είναι που σου έστειλε (ω, Μωχάμμαντ), το Βιβλίο (το Κορ’άν). Στο οποίο υπάρχουν Εδάφια με ξεκάθαρες οριστικές σημασίες (στο μυαλό όλων των ανθρώπων), τα οποία είναι τα θεμέλια του Βιβλίου (και αποτελούν το μεγαλύτερο μέρος του) - και υπάρχουν και άλλα (Εδάφια) που μπορούν να ερμηνευτούν (στο μυαλό πολλών ανθρώπων) με παραπάνω από μια σημασία (και έτσι δεν ερμηνεύονται παρά μόνο υπό το φως των άλλων Εδαφίων που αποτελούν τα θεμέλια του Βιβλίου). Όσο γι’ εκείνους στις καρδιές των οποίων υπάρχει απόκλιση από την αλήθεια, (αφήνουν τα Εδάφια που αποτελούν τα θεμέλια του Βιβλίου, και) ακολουθούν μόνο αυτά (τα Εδάφια) που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία (χωρίς να τα ερμηνεύσουν υπό το φως των άλλων Εδαφίων), αναζητώντας να εγείρουν παρανοήσεις και πλάνη ανάμεσα στους ανθρώπους και αναζητώντας να τα ερμηνεύσουν (πέρα από την αληθινή σημασία τους και σύμφωνα με τις παραπλανημένες απόψεις τους). Και κανείς δεν ξέρει την (αληθινή) ερμηνεία τους, παρά μόνον ο Αλλάχ. Και αυτοί που είναι σταθεροί στη γνώση, λένε: «Πιστεύουμε σ’ αυτό (ολόκληρο το Κορ’άν). Όλο το (Κορ’άν) είναι από τον Κύριό μας.» Και δεν το λαμβάνουν υπόψη, παρά μόνο αυτοί που έχουν μυαλό (για να το συλλογιστούν). } (Σούρατ Άαλ ‘Ιμράν 3:7). Σ' αυτό το εδάφιο ο Αλλάχ, ο Ύψιστος, είπε ότι είναι Αυτός που έστειλε το Κορ’άν στον Προφήτη Του, στο οποίο υπάρχουν Εδάφια με ξεκάθαρες οριστικές σημασίες στο μυαλό όλων των ανθρώπων, τα οποία είναι τα θεμέλια του Βιβλίου και αποτελούν το μεγαλύτερο μέρος του. Και σε περίπτωση διαφωνίας μεταξύ των Μουσουλμάνων σε κάποιο θέμα, θα πρέπει να επιστρέψουμε σ' αυτά τα Εδάφια. Επίσης, υπάρχουν και άλλα Εδάφια που μπορούν να ερμηνευτούν στο μυαλό πολλών ανθρώπων με παραπάνω από μια σημασία, και γι' αυτό μπορεί κάποιος να μην καταλάβει την ακριβή σημασία τους, ή να νομίζει ότι υπάρχει αντίφαση μεταξύ αυτών και των άλλων Εδαφίων, έτσι, θα πρέπει να τα ερμηνεύσει υπό το φως των άλλων Εδαφίων που αποτελούν τα θεμέλια του Βιβλίου! Ο Αλλάχ έδειξε πώς αντιμετωπίζουν οι άνθρωποι αυτά τα εδάφια: όσο γι' εκείνους στις καρδιές των οποίων υπάρχει απόκλιση από την αλήθεια, αφήνουν τα Εδάφια που αποτελούν τα θεμέλια του Βιβλίου, και ακολουθούν μόνο τα Εδάφια που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία, χωρίς να τα ερμηνεύσουν υπό το φως των άλλων Εδαφίων! Αναζητούν μ' αυτό να εγείρουν παρανοήσεις και πλάνη ανάμεσα στους ανθρώπους και αναζητούν να τα ερμηνεύσουν πέρα από την αληθινή σημασία τους και σύμφωνα με τις παραπλανημένες απόψεις τους. Όσο γι' εκείνους που είναι σταθεροί στη γνώση, ξέρουν τα Εδάφια που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία, αλλά τα ερμηνεύουν υπό το φως των άλλων Εδαφίων που αποτελούν τα θεμέλια του Βιβλίου. Και πιστεύουν σε ολόκληρο το Κορ’άν και ότι όλο το Κορ’άν είναι από τον Αλλάχ! Και δεν το λαμβάνουν υπόψη, παρά μόνο αυτοί που έχουν μυαλό, για να το συλλογιστούν. Στη συνέχεια, ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε στη μητέρα των πιστών, την Αΐσα (η ευαρέστηση του Αλλάχ επ' αυτής), ότι αν δει εκείνους που ακολουθούν μόνο τα Εδάφια που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία, τότε να ξέρει ότι εκείνοι είναι που τους ανέφερε ο Αλλάχ στο Εδάφιο λέγοντας { Όσο γι’ εκείνους στις καρδιές των οποίων υπάρχει απόκλιση από την αλήθεια }. Έτσι, θα πρέπει να προσέξει απ' αυτούς και να μην τους ακούει.</t>
   </si>
@@ -4535,157 +4529,281 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Τα Εδάφια με ξεκάθαρες οριστικές σημασίες: είναι αυτά των οποίων οι σημασίες φαίνονται ξεκάθαρα σε όλους, και κανείς δεν μπορεί να αμφισβητήσει τις σημασίες τους. Ενώ τα Εδάφια που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία: είναι αυτά πρέπει να ερμηνεύονται υπό το φως των άλλων Εδαφίων, και χρειάζονται μελέτη και σωστή κατανόηση για να καταλάβουμε σωστά τις σημασίες τους.
 Το Χαντίθ μάς προειδοποιεί να μην συναναστρεφόμαστε με τους ανθρώπους της παραπλάνησης, παρέκκλισης και των θρησκευτικών καινοτομιών, και μ' εκείνους που εγείρουν διφορούμενα ζητήματα με στόχο να παραπλανήσουν τους ανθρώπους και να ρίξουν αμφιβολίες στην καρδιά τους.
 Στα Λόγια του Αλλάχ στο τέλος του εδαφίου: { Και δεν το λαμβάνουν υπόψη, παρά μόνο αυτοί που έχουν μυαλό (για να το συλλογιστούν). } υπάρχει επίπληξη γι' εκείνους στις καρδιές των οποίων υπάρχει απόκλιση από την αλήθεια, και εξύμνηση γι' εκείνους που είναι σταθεροί στη γνώση. Δηλαδή, όποιος δεν το λαμβάνει υπόψη και ακολουθεί τους πόθους του, τότε δεν είναι από τους ανθρώπους της κατανόησης.
 Το να ακολουθεί κανείς μόνο τα Εδάφια που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία, χωρίς να τα ερμηνεύσει υπό το φως των άλλων Εδαφίων που αποτελούν τα θεμέλια του Βιβλίου, αποτελεί λόγο να παρεκκλίνει η καρδιά από την αλήθεια.
 Τα Εδάφια που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία, ή που μπορεί να μην καταλάβουμε τη σημασία τους, θα πρέπει να τα ερμηνεύσουμε υπό το φως των άλλων Εδαφίων που αποτελούν τα θεμέλια του Βιβλίου.
 Ο Αλλάχ, ο Ύψιστος, έκανε κάποια Εδάφια να έχουν οριστικές ξεκάθαρες σημασίες, ενώ έκανε κάποια άλλα να πρέπει να ερμηνευτούν υπό το φως των άλλων που έχουν οριστικές ξεκάθαρες σημασίες, ως δοκιμασία για τους ανθρώπους, και έτσι να διαχωριστούν οι άνθρωποι της αλήθειας από τους ανθρώπους της πλάνης.
 Το να υπάρχουν κάποια Εδάφια που μπορούν να ερμηνευτούν με παραπάνω από μια σημασία, αυτό δείχνει την αρετή των λόγιων πάνω στους άλλους ανθρώπους, και δείχνει στους ανθρώπους ότι υπάρχουν όρια για τα μυαλά που δεν μπορούν να περάσουν, και έτσι, να υποτάσσονται στον Δημιουργό τους και να αναγνωρίζουν την ανικανότητά τους ενώπιον Του.
 Το Χαντίθ υπογραμμίζει την αρετή του να είναι κανείς σταθερός στη γνώση.
 Οι ερμηνευτές του Κορ’άν έχουν δύο απόψεις σχετικά με την παύση στην απαγγελία όταν λέμε { Αλλάχ } στο εδάφιο: { Και κανείς δεν ξέρει την (αληθινή) ερμηνεία τους, παρά μόνον ο Αλλάχ. Και αυτοί που είναι σταθεροί στη γνώση. } Η πρώτη άποψη είναι ότι κάνουμε παύση όταν λέμε { Αλλάχ } και δεν συνεχίσουμε αμέσως την απαγγελία λέγοντας { και αυτοί που είναι σταθεροί στη γνώση }, και έτσι η λέξη { ερμηνεία } στο Εδάφιο εννοεί τη γνώση της πραγματικότητας και της ουσίας των πραγμάτων, όπως τι είναι «η ψυχή ή το πνεύμα» και πότε είναι «η Ώρα της Κρίσεως» και τα άλλα πράγματα των οποίων τη γνώση ο Αλλάχ κράτησε μόνο για τον Εαυτό Του, ενώ εκείνοι που είναι σταθεροί στη γνώση, πιστεύουν σ' αυτό. Η άλλη άποψη, λοιπόν, είναι ότι συνεχίζουμε την απαγγελία χωρίς παύση όταν λέμε { Αλλάχ }, και έτσι η λέξη { ερμηνεία } στο Εδάφιο εννοεί την εξήγηση και τη διευκρίνιση. Έτσι, ο Αλλάχ, ο Παντοδύναμος γνωρίζει την αληθινή σημασία αυτών των Εδαφίων, και αυτοί που είναι σταθεροί στη γνώση γνωρίζουν τη σημασία τους, πιστεύοντας σ' αυτά και ερμηνεύοντάς τα υπό το φως των άλλων Εδαφίων που αποτελούν τα θεμέλια του Βιβλίου.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65062</t>
   </si>
   <si>
-    <t>يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ</t>
+    <t>يحسب ما خانوك وعصوك وكذبوك وعقابك إياهم</t>
   </si>
   <si>
     <t>Θα μετρηθούν, όσα σε εξαπάτησαν, σε παράκουσαν και σου είπαν ψέματα, και όση τιμωρία τους έκανες</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ رَجُلًا قَعَدَ بَيْنَ يَدَيِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ لِي مَمْلُوكِينَ يَكْذِبُونَنِي وَيَخُونُونَنِي وَيَعْصُونَنِي، وَأَشْتُمُهُمْ وَأَضْرِبُهُمْ، فَكَيْفَ أَنَا مِنْهُمْ؟ قَالَ: «يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ، فَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ بِقَدْرِ ذُنُوبِهِمْ كَانَ كَفَافًا، لَا لَكَ وَلَا عَلَيْكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ دُونَ ذُنُوبِهِمْ كَانَ فَضْلًا لَكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ فَوْقَ ذُنُوبِهِمُ اقْتُصَّ لَهُمْ مِنْكَ الْفَضْلُ»، قَالَ: فَتَنَحَّى الرَّجُلُ فَجَعَلَ يَبْكِي وَيَهْتِفُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَمَا تَقْرَأُ كِتَابَ اللهِ: {وَنَضَعُ الْمَوَازِينَ الْقِسْطَ لِيَوْمِ الْقِيَامَةِ فَلا تُظْلَمُ نَفْسٌ شَيْئًا}، الْآيَةَ»، فَقَالَ الرَّجُلُ: وَاللهِ يَا رَسُولَ اللهِ، مَا أَجِدُ لِي وَلهُمْ شَيْئًا خَيْرًا مِنْ مُفَارَقَتِهِمْ، أُشْهِدُكَ أَنَّهُمْ أَحْرَارٌ كُلُّهُمْ.</t>
   </si>
   <si>
     <t>Η Αΐσα (η ευαρέστηση του Αλλάχ επ' αυτής) ανέφερε: «Ένας άντρας ήρθε και κάθισε μπροστά στον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) και είπε: «Ω, Αγγελιαφόρε του Αλλάχ, έχω δύο σκλάβους που μου λένε ψέματα, με εξαπατούν και με παρακούν, και τους επιπλήττω και τους χτυπάω. Ποια θα είναι η κατάσταση μου (την Ημέρα της Κρίσεως ενώπιον του Αλλάχ) λόγω αυτών;» Είπε: «Θα μετρηθούν, όσα σε εξαπάτησαν, σε παράκουσαν και σου είπαν ψέματα, και όση τιμωρία τους έκανες. Εάν η τιμωρία που τους έκανες είναι ίση με τις αμαρτίες τους, αυτό αρκεί, και έτσι ούτε θα υπάρξει για σένα αμοιβή σχετικά μ' αυτό, ούτε θα υπάρξει εναντίον σου τιμωρία σχετικά μ' αυτό. Αλλά αν η τιμωρία που τους έκανες είναι λιγότερη από τις αμαρτίες τους, τότε έχεις δικαίωμα σ' αυτούς (που μπορείς να τους ζητήσεις ή να τους συγχωρέσεις). Και αν η τιμωρία που τους έκανες είναι παραπάνω από τις αμαρτίες τους, τότε θα τιμωρηθείς για όση τιμωρία τους έκανες και υπερβαίνει τις αμαρτίες τους.» Τότε άρχισε ο άντρας να κλαίει δυνατά και με φωνή, και ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε: «Μα δεν διαβάζεις στο Βιβλίο του Αλλάχ: { Και θα θέσουμε ζυγούς δικαιοσύνης την Ημέρα της Ανάστασης, και καμιά ψυχή δεν θα αδικηθεί σε τίποτα ... } [Σούρατ Αλ-Ανμπιγιά’ 21:47].» Τότε, ο άνδρας είπε: «Μα τον Αλλάχ! Ω, Αγγελιαφόρε του Αλλάχ, δεν βλέπω τίποτα καλύτερο για τον εαυτό μου και γι' εκείνους από το να τους αποχωριστώ. Είσαι μάρτυρας τώρα ότι είναι όλοι ελεύθεροι.».»</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم يشكو مِن تصرّفات عبيده، وأنهم يكذبونه في الخبر، ويخونونه في الأمانة، ويغشّون في المعاملة، ويعصونه في الأمر، وهو يشتمهم ويضربهم تأديبًا لهم، فسأله عن حاله يوم القيامة معهم؟ 
 فقال عليه الصلاة والسلام: يُحسَب ما خانوك وعصوك وكذَّبوك ويحسَب عقابك لهم، فإذا تساوى مقدار العقاب مع ذنوبهم فما لك شيء، ولا عليك شيء، وإن كان مقدار عقابك لهم أقل مِن ذنوبهم، كان فضلًا وزيادةً لك في الأجر، 
 وإن كان عقابك لهم أكثر من ذنوبهم عُوقِبْتَ، وأُخِذ منك القدر الزائد وأُعطي لهم، 
 فتنحَّى الرجل وجعل يبكي ويعلو صوته، 
 فقال له رسول الله صلى الله عليه وسلم: أما تقرأ كتاب الله: 
 {ونضع الموازين القسط ليوم القيامة فلا تُظلم نفسٌ شيئًا، وإن كان مثقال حبة من خردل أتينا بها وكفى بنا حاسبين} [الأنبياء: 47]، 
 فلا يُظلم أحدٌ شيئًا يوم القيامة، وتكون الموازين بين الناس بالعدل، 
 فقال الرجل: والله يا رسول الله، لا أجِد لي ولهم شيئًا أفضل مِن مُفارَقتهم وتركِهم، أُشْهِدُك أنهم أحرار لوجه الله كلّهم؛ خشية الحساب والعذاب.</t>
   </si>
   <si>
     <t>Ένας άντρας ήρθε στον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) για να παραπονεθεί για τη συμπεριφορά των δύο δούλων του, οι οποίοι του λένε ψέματα, τον εξαπατούν στα πλούτη του και παρακούν τις εντολές του, και αυτός τους επιπλήττει και τους χτυπάει ως πειθαρχία προς αυτούς. Έτσι, ρώτησε τον Προφήτη (ﷺ) για την κατάστασή του την Ημέρα της Κρίσεως ενώπιον του Αλλάχ λόγω αυτών! Ο Προφήτης (ﷺ) του απάντησε ότι θα μετρηθούν, όσα τον εξαπάτησαν, τον παράκουσαν και του είπαν ψέματα, και όση τιμωρία τους έκανε. Εάν η τιμωρία που τους έκανε είναι ίση με τις αμαρτίες τους, αυτό αρκεί, και έτσι ούτε θα υπάρξει γι' αυτόν αμοιβή σχετικά μ' αυτό, ούτε θα υπάρξει εναντίον του τιμωρία σχετικά μ' αυτό. Αλλά αν η τιμωρία που τους έκανε είναι λιγότερη από τις αμαρτίες τους, τότε θα έχει δικαίωμα σ' αυτούς και θα μπορέσει να τους το ζητήσει ή να τους συγχωρέσει. Και αν η τιμωρία που τους έκανε είναι παραπάνω από τις αμαρτίες τους, τότε θα τιμωρηθεί για όση τιμωρία τους έκανε και υπερβαίνει τις αμαρτίες τους. Έτσι, άρχισε ο άντρας να κλαίει δυνατά και με φωνή, και τότε ο Αγγελιαφόρος του Αλλάχ (ﷺ) του είπε: Μα δεν διαβάζεις στο Βιβλίο του Αλλάχ: { Και θα θέσουμε ζυγούς δικαιοσύνης την Ημέρα της Ανάστασης, και καμιά ψυχή δεν θα αδικηθεί σε τίποτα. Ακόμα κι αν (μια πράξη) είναι στο βάρος ενός σιναπόσπορου, θα τη φέρουμε (για να μετρηθεί). Και επαρκεί ότι είμαστε Εμείς που θα λογαριάσουμε. } [Σούρατ Αλ-Ανμπιγιά’ 21:47].» Τότε, ο άνδρας φοβούμενος από την τιμωρία είπε: «Μα τον Αλλάχ! Ω, Αγγελιαφόρε του Αλλάχ, δεν βλέπω τίποτα καλύτερο για τον εαυτό μου και γι' εκείνους από το να τους αποχωριστώ. Είσαι μάρτυρας τώρα ότι είναι όλοι ελεύθεροι.»</t>
   </si>
   <si>
     <t>صدق الصحابي في تحريره لعبيده خوفًا من عذاب الله.
 الاقتصاص من الظالم إن كان مساويًا لمقدار الظلم أو أقل منه فهو جائز، أما الزيادة فهي محرمة.
 الحثُّ على حسن معاملة الخدم والضعفاء.</t>
   </si>
   <si>
     <t>Το Χαντίθ δείχνει την ειλικρίνεια του Συντρόφου στην απελευθέρωση των δύο σκλάβων του από φόβο για την τιμωρία του Αλλάχ.
 Επιτρέπεται η ανταπόδοση για τις πράξεις του άδικου, αν είναι ίση ή μικρότερη από την αδικία που διέπραξε, αλλά αν υπερβαίνει το μέγεθος της αδικίας που διέπραξε, τότε απαγορεύεται.
 Μας προτρέπει να συμπεριφερόμαστε στους αδύναμους με ευγενικό τρόπο.</t>
   </si>
   <si>
     <t>ضعيف</t>
   </si>
   <si>
     <t>[ضعيف]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65065</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Δεν είναι Αυτός (ο Αλλάχ) που τον έκανε να περπατάει στα πόδια του στην εγκόσμια ζωή, Ικανός να τον κάνει να περπατάει με το πρόσωπό του την Ημέρα της Ανάστασης;</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Ο Κατάντα (είθε ο Αλλάχ να τον ελεήσει) ανέφερε: Ο Άνας μπιν Μάλικ (η ευαρέστηση του Αλλάχ επ' αυτού) μας ανέφερε ότι ένας άντρας είπε: «Ω, Προφήτη του Αλλάχ, πώς θα συρθεί ο άπιστος με το πρόσωπό του (στην Κόλαση) την Ημέρα της Ανάστασης;» Είπε: «Δεν είναι Αυτός (ο Αλλάχ) που τον έκανε να περπατάει στα πόδια του στην εγκόσμια ζωή, Ικανός να τον κάνει να περπατάει με το πρόσωπό του την Ημέρα της Ανάστασης;» Ο Κατάντα είπε: «Ναι, (ορκίζομαι) μα τη Δόξα του Κυρίου μας!»</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ρωτήθηκε για το πώς θα συρθεί ένας άπιστος με το πρόσωπό του στην Κόλαση την Ημέρα της Ανάστασης. Απάντησε: Δεν είναι ο Αλλάχ που τον έκανε να περπατάει στα πόδια του στην εγκόσμια ζωή, Ικανός να τον κάνει να περπατάει με το πρόσωπό του την Ημέρα της Ανάστασης; Αφού ο Αλλάχ είναι για τα πάντα Ικανός.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Οι άπιστοι θα είναι ταπεινωμένοι την Ημέρα της Κρίσεως και θα περπατούν με τα πρόσωπά τους.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>Πες: «Λα ιλάχα ίλλα Αλλάχ (δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ)», ώστε να μπορέσω να μαρτυρήσω για σένα (δηλ. να μεσολαβήσω για σένα) την Ημέρα της Κρίσεως</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Ο Άμπου Χουράιρα (η ευαρέστηση του Αλλάχ επ' αυτού) ανέφερε: Ο Αγγελιαφόρος του Αλλάχ (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) είπε στον θείο του (Άμπι Τάλιμπ πριν πεθάνει): «Πες: «Λα ιλάχα ίλλα Αλλάχ (δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ)», ώστε να μπορέσω να μαρτυρήσω για σένα (δηλ. να μεσολαβήσω για σένα) την Ημέρα της Κρίσεως.» Είπε: «Αν δεν ήταν η ντροπή ότι οι Κουράις θα με πειράξουν λέγοντας: «Ήταν ο φόβος (από τον επικείμενο θάνατο) που τον έκανε να κάνει αυτό», σίγουρα θα είχα ευχαριστήσει τα μάτια σου μ' αυτό.» Έτσι, ο Αλλάχ αποκάλυψε: { Πράγματι, δεν μπορείς να καθοδηγείς όποιον αγαπάς. Μα ο Αλλάχ καθοδηγεί όποιον θέλει. } [Σούρατ Αλ-Κάσσας 28:56].</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ζήτησε από τον θείο του, τον Άμπι Τάλιμπ, πριν πεθάνει να πει «Λα ιλάχα ίλλα Αλλάχ -δεν υπάρχει άλλος θεός που αξίζει να λατρεύεται παρά μόνον ο Αλλάχ-», ώστε να μπορέσει να μαρτυρήσει γι' αυτόν ότι ασπάστηκε το Ισλάμ και να μεσολαβήσει γι' αυτόν την Ημέρα της Κρίσεως. Αλλά ο Άμπου Τάλιμπ αρνήθηκε να πει την μαρτυρία της πίστεως, επειδή δεν ήθελε να πουν οι Κουράις -η φυλή του- ότι ασπάστηκε το Ισλάμ επειδή φοβόταν από τον επικείμενο θάνατο και την αδυναμία! Και είπε στον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ότι αν δεν ήταν γι' αυτό το λόγο, σίγουρα θα είχε ευχαριστήσει τα μάτια του Προφήτη μ' αυτό. Έτσι, ο Αλλάχ αποκάλυψε ένα Εδάφιο που ενημερώνει τον Προφήτη (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) ότι δεν μπορεί να καθοδηγήσει τους ανθρώπους κάνοντάς τους Μουσουλμάνους, αλλά μόνο ο Αλλάχ που καθοδηγεί όποιον θέλει ο Αλλάχ. Και ότι ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μπορεί μόνο να καθοδηγήσει τους ανθρώπους με το να τους καλέσει προς το Ισλάμ και τον ίσιο δρόμο.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Η αλήθεια δεν πρέπει να παραμελείται από φόβο για τα λόγια των ανθρώπων.
 Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) μπορεί μόνο να καθοδηγήσει τους ανθρώπους με το να τους καλέσει προς το Ισλάμ και τον ίσιο δρόμο, αλλά δεν μπορεί να καθοδηγήσει τις καρδιές τους κάνοντάς τους Μουσουλμάνους.
 Είναι θεμιτό να επισκεφτεί ο Μουσουλμάνος έναν άρρωστο άπιστο για να τον καλέσει στο Ισλάμ.
 Ο Προφήτης (σάλλα Αλλάχου ‘αλάιχι ουά σάλλαμ) κάλεσε τους ανθρώπους στο Ισλάμ σε όλες τις περιστάσεις.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/el/browse/hadith/65069</t>
+  </si>
+  <si>
+    <t>بني الإسلام على خمس</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ____</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
+الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
+  </si>
+  <si>
+    <t>____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/el/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>||«Πράγματι, το επιτρεπτό είναι ξεκάθαρο και το απαγορευμένο επίσης ξεκάθαρο. Ανάμεσά τους, όμως, υπάρχουν αμφιλεγόμενες πράξεις, και πολλοί άνθρωποι δεν τις γνωρίζουν. Όποιος αποφεύγει αυτές τις αμφιλεγόμενες πράξεις, διατηρεί ασφαλή τη θρησκεία και την τιμή του (προστατεύοντάς τις από το να πέσει στο απαγορευμένο ή να εκτεθεί σε κακή φήμη και κριτική). Ωστόσο, όποιος εμπλέκεται σε αυτές τις αμφιλεγόμενες πράξεις, είναι πιθανό να πέσει στο απαγορευμένο. Είναι όπως ένας βοσκός που βόσκει τα ζώα του κοντά σε μια προστατευμένη περιοχή (όπως το βοσκότοπο ενός βασιλιά)· είναι πιθανό τα ζώα του να εισέλθουν εκεί, (και έτσι να υποστεί την τιμωρία του βασιλιά). Πράγματι, κάθε βασιλιάς έχει μια προστατευόμενη περιοχή, και η προστατευόμενη περιοχή του Αλλάχ είναι οι απαγορεύσεις Του. Πράγματι, υπάρχει ένα μικρό όργανο στο σώμα, αν αυτό είναι καλό, τότε όλο το σώμα είναι καλό· αν όμως είναι διεφθαρμένο, τότε όλο το σώμα διαφθείρεται. Αυτό το όργανο είναι η καρδιά</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> «Πράγματι, το επιτρεπτό είναι ξεκάθαρο και το απαγορευμένο επίσης ξεκάθαρο. Ανάμεσά τους, όμως, υπάρχουν αμφιλεγόμενες πράξεις, και πολλοί άνθρωποι δεν τις γνωρίζουν. Όποιος αποφεύγει αυτές τις αμφιλεγόμενες πράξεις, διατηρεί ασφαλή τη θρησκεία και την τιμή του (προστατεύοντάς τις από το να πέσει στο απαγορευμένο ή να εκτεθεί σε κακή φήμη και κριτική). Ωστόσο, όποιος εμπλέκεται σε αυτές τις αμφιλεγόμενες πράξεις, είναι πιθανό να πέσει στο απαγορευμένο. Είναι όπως ένας βοσκός που βόσκει τα ζώα του κοντά σε μια προστατευμένη περιοχή (όπως το βοσκότοπο ενός βασιλιά)· είναι πιθανό τα ζώα του να εισέλθουν εκεί, (και έτσι να υποστεί την τιμωρία του βασιλιά). Πράγματι, κάθε βασιλιάς έχει μια προστατευόμενη περιοχή, και η προστατευόμενη περιοχή του Αλλάχ είναι οι απαγορεύσεις Του. Πράγματι, υπάρχει ένα μικρό όργανο στο σώμα, αν αυτό είναι καλό, τότε όλο το σώμα είναι καλό· αν όμως είναι διεφθαρμένο, τότε όλο το σώμα διαφθείρεται. Αυτό το όργανο είναι η καρδιά.»</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/el/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/el/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/el/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
+أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
+الإيمان شرط لقبول الأعمال .
+الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
+الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/el/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -4988,51 +5106,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O127"/>
+  <dimension ref="A1:O132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -10532,439 +10650,674 @@
       <c r="C119" t="s">
         <v>1122</v>
       </c>
       <c r="D119" t="s">
         <v>1123</v>
       </c>
       <c r="E119" t="s">
         <v>1124</v>
       </c>
       <c r="F119" t="s">
         <v>1125</v>
       </c>
       <c r="G119" t="s">
         <v>1126</v>
       </c>
       <c r="H119" t="s">
         <v>1127</v>
       </c>
       <c r="I119" t="s">
         <v>1128</v>
       </c>
       <c r="J119" t="s">
         <v>89</v>
       </c>
       <c r="K119" t="s">
-        <v>1129</v>
+        <v>38</v>
       </c>
       <c r="L119" t="s">
         <v>91</v>
       </c>
       <c r="M119" t="s">
-        <v>1130</v>
+        <v>39</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>65055</v>
       </c>
       <c r="B120" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D120" t="s">
         <v>1132</v>
       </c>
-      <c r="C120" t="s">
+      <c r="E120" t="s">
         <v>1133</v>
       </c>
-      <c r="D120" t="s">
+      <c r="F120" t="s">
         <v>1134</v>
       </c>
-      <c r="E120" t="s">
+      <c r="G120" t="s">
         <v>1135</v>
       </c>
-      <c r="F120" t="s">
+      <c r="H120" t="s">
         <v>1136</v>
       </c>
-      <c r="G120" t="s">
+      <c r="I120" t="s">
         <v>1137</v>
-      </c>
-[...4 lines deleted...]
-        <v>1139</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>988</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>989</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1140</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>65058</v>
       </c>
       <c r="B121" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D121" t="s">
         <v>1141</v>
       </c>
-      <c r="C121" t="s">
+      <c r="E121" t="s">
         <v>1142</v>
       </c>
-      <c r="D121" t="s">
+      <c r="F121" t="s">
         <v>1143</v>
       </c>
-      <c r="E121" t="s">
+      <c r="G121" t="s">
         <v>1144</v>
       </c>
-      <c r="F121" t="s">
+      <c r="H121" t="s">
         <v>1145</v>
       </c>
-      <c r="G121" t="s">
+      <c r="I121" t="s">
         <v>1146</v>
-      </c>
-[...4 lines deleted...]
-        <v>1148</v>
       </c>
       <c r="J121" t="s">
         <v>89</v>
       </c>
       <c r="K121" t="s">
         <v>58</v>
       </c>
       <c r="L121" t="s">
         <v>91</v>
       </c>
       <c r="M121" t="s">
         <v>59</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>65059</v>
       </c>
       <c r="B122" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D122" t="s">
         <v>1150</v>
       </c>
-      <c r="C122" t="s">
+      <c r="E122" t="s">
         <v>1151</v>
       </c>
-      <c r="D122" t="s">
+      <c r="F122" t="s">
         <v>1152</v>
       </c>
-      <c r="E122" t="s">
+      <c r="G122" t="s">
         <v>1153</v>
       </c>
-      <c r="F122" t="s">
+      <c r="H122" t="s">
         <v>1154</v>
       </c>
-      <c r="G122" t="s">
+      <c r="I122" t="s">
         <v>1155</v>
-      </c>
-[...4 lines deleted...]
-        <v>1157</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
         <v>69</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
         <v>70</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>65060</v>
       </c>
       <c r="B123" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D123" t="s">
         <v>1159</v>
       </c>
-      <c r="C123" t="s">
+      <c r="E123" t="s">
         <v>1160</v>
       </c>
-      <c r="D123" t="s">
+      <c r="F123" t="s">
         <v>1161</v>
       </c>
-      <c r="E123" t="s">
+      <c r="G123" t="s">
         <v>1162</v>
       </c>
-      <c r="F123" t="s">
+      <c r="H123" t="s">
         <v>1163</v>
       </c>
-      <c r="G123" t="s">
+      <c r="I123" t="s">
         <v>1164</v>
-      </c>
-[...4 lines deleted...]
-        <v>1166</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>122</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>123</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>65062</v>
       </c>
       <c r="B124" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D124" t="s">
         <v>1168</v>
       </c>
-      <c r="C124" t="s">
+      <c r="E124" t="s">
         <v>1169</v>
       </c>
-      <c r="D124" t="s">
+      <c r="F124" t="s">
         <v>1170</v>
       </c>
-      <c r="E124" t="s">
+      <c r="G124" t="s">
         <v>1171</v>
       </c>
-      <c r="F124" t="s">
+      <c r="H124" t="s">
         <v>1172</v>
       </c>
-      <c r="G124" t="s">
+      <c r="I124" t="s">
         <v>1173</v>
-      </c>
-[...4 lines deleted...]
-        <v>1175</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
         <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>65065</v>
       </c>
       <c r="B125" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D125" t="s">
         <v>1177</v>
       </c>
-      <c r="C125" t="s">
+      <c r="E125" t="s">
         <v>1178</v>
       </c>
-      <c r="D125" t="s">
+      <c r="F125" t="s">
         <v>1179</v>
       </c>
-      <c r="E125" t="s">
+      <c r="G125" t="s">
         <v>1180</v>
       </c>
-      <c r="F125" t="s">
+      <c r="H125" t="s">
         <v>1181</v>
       </c>
-      <c r="G125" t="s">
+      <c r="I125" t="s">
         <v>1182</v>
       </c>
-      <c r="H125" t="s">
+      <c r="J125" t="s">
         <v>1183</v>
-      </c>
-[...4 lines deleted...]
-        <v>1185</v>
       </c>
       <c r="K125" t="s">
         <v>424</v>
       </c>
       <c r="L125" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="M125" t="s">
         <v>425</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>65068</v>
       </c>
       <c r="B126" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D126" t="s">
         <v>1188</v>
       </c>
-      <c r="C126" t="s">
+      <c r="E126" t="s">
         <v>1189</v>
       </c>
-      <c r="D126" t="s">
+      <c r="F126" t="s">
         <v>1190</v>
       </c>
-      <c r="E126" t="s">
+      <c r="G126" t="s">
         <v>1191</v>
       </c>
-      <c r="F126" t="s">
+      <c r="H126" t="s">
         <v>1192</v>
       </c>
-      <c r="G126" t="s">
+      <c r="I126" t="s">
         <v>1193</v>
-      </c>
-[...4 lines deleted...]
-        <v>1195</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
         <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
         <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1196</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>65069</v>
       </c>
       <c r="B127" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D127" t="s">
         <v>1197</v>
       </c>
-      <c r="C127" t="s">
+      <c r="E127" t="s">
         <v>1198</v>
       </c>
-      <c r="D127" t="s">
+      <c r="F127" t="s">
         <v>1199</v>
       </c>
-      <c r="E127" t="s">
+      <c r="G127" t="s">
         <v>1200</v>
       </c>
-      <c r="F127" t="s">
+      <c r="H127" t="s">
         <v>1201</v>
       </c>
-      <c r="G127" t="s">
+      <c r="I127" t="s">
         <v>1202</v>
-      </c>
-[...4 lines deleted...]
-        <v>1204</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>69</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>70</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15">
+      <c r="A128">
+        <v>66512</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C128" t="s">
         <v>1205</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F128" t="s">
+        <v>1208</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1209</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1210</v>
+      </c>
+      <c r="J128" t="s">
+        <v>24</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1211</v>
+      </c>
+      <c r="L128" t="s">
+        <v>26</v>
+      </c>
+      <c r="M128" t="s">
+        <v>1212</v>
+      </c>
+      <c r="N128" t="s">
+        <v>28</v>
+      </c>
+      <c r="O128" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="129" spans="1:15">
+      <c r="A129">
+        <v>66515</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F129" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G129" t="s">
+        <v>325</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1219</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J129" t="s">
+        <v>24</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1211</v>
+      </c>
+      <c r="L129" t="s">
+        <v>26</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1212</v>
+      </c>
+      <c r="N129" t="s">
+        <v>28</v>
+      </c>
+      <c r="O129" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="130" spans="1:15">
+      <c r="A130">
+        <v>66520</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F130" t="s">
+        <v>1223</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1224</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1225</v>
+      </c>
+      <c r="J130" t="s">
+        <v>24</v>
+      </c>
+      <c r="K130" t="s">
+        <v>25</v>
+      </c>
+      <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
+        <v>27</v>
+      </c>
+      <c r="N130" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15">
+      <c r="A131">
+        <v>66523</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F131" t="s">
+        <v>1229</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1230</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>122</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>123</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="132" spans="1:15">
+      <c r="A132">
+        <v>66524</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F132" t="s">
+        <v>1235</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1225</v>
+      </c>
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
+        <v>69</v>
+      </c>
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
+        <v>70</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1237</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">